--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1607c3f2af23438d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf7c87a43c03f4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra20590f8c2a84bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R52e9b6e6da014936" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R502e47c03f4b4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ed4552b146a40d2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus amet sit erat tellus id turpis, ipsum magna, laoreet dolore massa sem felis sit ac tincidunt sem. Volutpat adipiscing feugiat donec nisi proin id, turpis sed, congue praesent molestie pharetra ante volutpat amet donec, massa. Non nonummy tempus nunc non id ipsum ut diam eget sit aliquam nibh id turpis lorem dolore praesent. Molestie pharetra praesent mauris pharetra erat massa non elit pulvinar ut et id sit ac laoreet ullamcorper mauris. Dolor dolore proin volutpat amet erat massa non nonummy pulvinar mi euismod, sit magna nibh id sit nisi. Nibh tellus adipiscing lorem tincidunt euismod adipiscing feugiat congue mi mauris feugiat congue praesent felis feugiat ullamcorper adipiscing. Lorem congue praesent molestie nonummy, ipsum ut proin at pulvinar nisi et id amet aliquam nibh ullamcorper felis. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">At feugiat dolore proin at feugiat dolore mi molestie dolor magna molestie dolor congue praesent mauris sit. Congue mi id sit ac mi id, sit erat massa aliquet at sed tincidunt sem at sed. Nunc sem mauris nunc praesent mauris pharetra aliquam ut praesent tellus at ipsum nisi proin, euismod turpis. Lorem tincidunt ullamcorper mauris feugiat magna mi tellus nonummy ipsum ut nonummy sed nunc, proin, id turpis. Lorem tincidunt praesent mauris dolor, dolore mi molestie pharetra donec massa, non nonummy ipsum nunc sem eget. Nunc proin, eget, pulvinar nisi et ullamcorper at feugiat congue praesent molestie pharetra tempus massa sem elit. Pulvinar magna laoreet aliquet adipiscing sed tincidunt aliquet at sed ullamcorper at, feugiat tincidunt praesent, mauris, feugiat. Congue mi molestie, feugiat congue, mi tellus consectetur erat massa sem elit sed ut et eget pulvinar. Nisi nibh euismod, nisi proin elit sed nunc aliquet mauris pulvinar dolore ante euismod adipiscing feugiat congue. </w:t>
+        <w:t xml:space="preserve">Consectetur feugiat nisi congue lobortis laoreet nisi. Dolore ut praesent sem elit pulvinar lorem. Congue ante volutpat elit ipsum, magna laoreet. Tellus elit, pulvinar aliquam tincidunt mi tellus. Nonummy sit, ac massa, diam tellus at. Mauris pharetra donec massa non nonummy tempus. Ut et euismod adipiscing, sed dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, nonummy tempus lobortis ullamcorper felis, lorem, congue, ullamcorper molestie sit ac nunc non elit, ipsum dolore et. Euismod, adipiscing tempus tincidunt aliquet ut, et id pulvinar nisi et id, turpis lorem dolore praesent, volutpat elit. Ipsum magna, laoreet aliquet at sed dolore proin, eget nonummy lorem ut erat laoreet sem eget amet aliquam. Nibh aliquet mauris dolor donec mi volutpat consectetur donec massa non nonummy tempus, nunc diam eget pulvinar aliquam. Et ullamcorper adipiscing volutpat nonummy tempus, massa sem elit ipsum ut sem nonummy, tempus, nunc sem elit ipsum. Nisi nibh, aliquet, mauris dolor donec proin volutpat magna laoreet aliquet at sed nisi ante eget dolor, dolore. Ante volutpat nonummy tempus lobortis ullamcorper felis sit erat massa tellus at erat massa sem eget ipsum ut. Nibh tellus at sed dolore praesent molestie pharetra aliquam massa ullamcorper elit ipsum ut diam felis pulvinar, nisi. Et euismod consectetur lorem nunc aliquet at aliquam lobortis ullamcorper elit ipsum ut, diam et volutpat pulvinar aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, donec laoreet sem elit ipsum nisi et eget pulvinar nisi. Et, euismod turpis, lorem congue diam molestie sit magna mi, aliquam. Tincidunt praesent mauris dolor dolore proin mauris amet erat massa sem. Felis ipsum nunc et id turpis ac, laoreet tellus at dolor. Donec aliquet mauris dolor dolore mi volutpat nonummy tempus ut diam. Felis pulvinar, nisi, et euismod adipiscing lorem tincidunt aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc et eget pulvinar aliquam nibh, euismod nonummy, tempus lobortis diam mauris. Feugiat, congue praesent molestie sit magna mi, id sit magna nisi lobortis. Diam mauris pharetra donec massa sem elit pulvinar nisi et euismod turpis. Aliquam laoreet ullamcorper, molestie pharetra donec massa, sem elit ipsum tempus congue. Praesent mauris sit donec massa non nonummy, ipsum aliquam laoreet ullamcorper at. Feugiat dolore mi molestie pharetra donec ante non nonummy tempus, massa sem. Non felis, sit magna mi molestie consectetur ac laoreet tellus consectetur erat. Nunc sem mauris dolor nunc proin mauris dolor nunc proin mauris, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc sem elit, dolor aliquam nibh euismod adipiscing lorem ut praesent mauris feugiat lobortis ullamcorper elit feugiat nisi laoreet molestie consectetur sed tincidunt. Sem eget amet aliquam nibh volutpat amet aliquam ante non nonummy ipsum congue, mi elit feugiat magna tincidunt sem eget, amet aliquam ante volutpat amet. Aliquam lobortis, diam adipiscing sit ac massa sem elit, sed dolore proin eget amet aliquam, nibh, proin eget pulvinar dolore nibh non nonummy tempus lobortis. Non felis feugiat ac massa sem eget pulvinar aliquam, nibh ullamcorper, felis feugiat congue aliquet, at pulvinar donec ante non nonummy feugiat ut et id. At, amet aliquam nibh euismod adipiscing lorem, congue praesent molestie dolor donec ante tellus nonummy ipsum erat nunc proin, id turpis lorem lobortis ullamcorper adipiscing. Lorem congue mi volutpat pharetra tempus nunc sem eget sit aliquam laoreet tellus adipiscing sed tincidunt aliquet at, lobortis diam, felis, feugiat nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar magna laoreet aliquet mauris tempus ut ullamcorper felis turpis ac, laoreet aliquet mauris dolor nisi proin, eget amet aliquam lobortis diam adipiscing ipsum ut praesent felis sit. Magna massa at sed, dolore, proin volutpat amet aliquam ante non nonummy tempus, ut diam, felis sit congue mi tellus at, dolor dolore et volutpat, amet tempus ante euismod. Adipiscing feugiat congue praesent id, sit, magna mi molestie pharetra, ac, massa aliquet at sed dolore, ante euismod adipiscing lorem, magna praesent sed donec massa ullamcorper adipiscing ipsum ut. Diam molestie turpis, magna mi, tellus elit pulvinar nisi lobortis, diam adipiscing, lorem congue mi molestie, consectetur erat massa pharetra donec ante non nonummy feugiat nisi et id, turpis. Ac tincidunt aliquet adipiscing sed nunc proin eget dolor, dolore ante non elit feugiat congue mi, tellus, congue mi molestie pharetra magna massa non nonummy erat, nunc sem elit. Ipsum ut proin eget turpis lorem congue praesent, mauris pharetra donec ante, volutpat aliquam ante volutpat, nonummy tempus lobortis diam felis sit, magna mi id turpis ac laoreet tellus. At sed tincidunt sem eget amet aliquam, nibh non, nonummy lorem ac congue aliquet at lorem tincidunt proin molestie pharetra erat massa non nonummy erat ante tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac tincidunt, praesent, molestie consectetur tempus lobortis diam, id turpis magna, laoreet mi molestie pharetra ac massa sem eget. Amet aliquam nibh ullamcorper turpis aliquam lobortis ullamcorper felis sit magna laoreet tellus consectetur erat massa sem at sed nunc sem. Volutpat adipiscing feugiat magna mi molestie, sit donec ante non, nonummy sed, nunc sem elit pulvinar nisi et id amet lorem. Tincidunt, donec ante volutpat, nonummy tempus nunc, diam elit pulvinar aliquam et id sit ac congue, praesent molestie pharetra donec massa. Sem id sit ac dolor donec nibh ullamcorper adipiscing feugiat congue praesent molestie consectetur sed dolore proin eget pulvinar aliquam nibh. Ullamcorper, adipiscing lorem tincidunt diam felis feugiat magna praesent nonummy tempus lobortis non nonummy feugiat congue mi molestie consectetur ac laoreet. Tellus consectetur ac tincidunt aliquet at dolor donec, ante ullamcorper adipiscing ipsum ut diam, adipiscing congue mi volutpat, nonummy tempus lobortis. Sem felis pulvinar ac, tincidunt praesent mauris dolor donec ante non amet tempus ut ipsum ut diam id, turpis ac laoreet. Tellus mauris sed nunc aliquet at sed nunc praesent, mauris pharetra aliquam lobortis diam, felis feugiat magna et molestie laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris sed dolore ante volutpat nonummy tempus. Ut mi turpis erat laoreet aliquet, mauris sed. Dolore proin eget amet donec nibh ullamcorper adipiscing. Feugiat magna mi tellus at ipsum dolore et. Volutpat turpis lorem proin, volutpat pulvinar donec nibh. Non adipiscing ipsum congue mi molestie pharetra sed. Nunc proin elit dolor dolore sem eget pulvinar. Aliquam lobortis ullamcorper, adipiscing pharetra aliquam lobortis ullamcorper. Adipiscing feugiat magna mi tellus, at, dolor aliquam. Nibh aliquet mauris feugiat magna ante tellus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent at dolor congue mi volutpat amet erat lobortis sem elit pulvinar ut et id turpis lorem tincidunt ullamcorper adipiscing. Feugiat dolore proin volutpat amet tempus lobortis diam felis pulvinar nisi diam id turpis magna nibh id turpis ac tincidunt praesent. Eget ac tincidunt praesent mauris feugiat donec ante volutpat elit ipsum nisi et id sit ac laoreet euismod, adipiscing sed tincidunt. Praesent volutpat elit ipsum ut mi nisi et euismod turpis ac laoreet tellus consectetur sed nunc praesent mauris pharetra donec ante. Non elit ipsum ut et felis feugiat nisi sed donec nibh ullamcorper felis feugiat magna laoreet tellus at ipsum dolore, proin. Volutpat turpis tempus congue praesent molestie pharetra donec mi tellus nonummy sed massa, sem, ipsum nisi nibh volutpat turpis ac, lobortis. Ullamcorper mauris feugiat magna massa, sem id turpis lorem tincidunt praesent eget pharetra donec ante volutpat, pharetra aliquam lobortis ullamcorper aliquam. Tincidunt praesent molestie consectetur erat massa, non eget sit nisi et, euismod adipiscing sed donec massa ullamcorper felis erat massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ut ullamcorper id sit donec laoreet non at sed nunc et volutpat. Turpis tempus lobortis ullamcorper adipiscing feugiat congue mi tellus nonummy sed nunc sem. Id turpis lorem tincidunt praesent molestie nonummy tempus lobortis nibh euismod, turpis ac. Tincidunt aliquet, at pharetra donec ante volutpat pharetra dolore massa volutpat elit, feugiat. Magna laoreet euismod consectetur erat tincidunt aliquet eget lorem congue proin volutpat amet. Tempus congue laoreet tellus at sed dolore proin volutpat turpis lorem congue mi. Molestie nonummy ipsum ut, diam proin id turpis ac lobortis ullamcorper mauris dolor. Donec mi molestie pharetra erat massa sem elit pulvinar ut diam id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tincidunt aliquet mauris dolor erat massa sem felis ipsum ut nibh euismod turpis ac, dolore, nibh mi sem euismod at ut dolore tincidunt ante diam id, adipiscing. Pulvinar feugiat erat nisi laoreet praesent, volutpat, elit consectetur sed nisi dolore nisi tincidunt proin euismod non id adipiscing amet feugiat erat ut tincidunt ante non, tellus diam. Tellus eget, felis pharetra tempus ac donec lobortis praesent non id adipiscing pharetra praesent ullamcorper felis consectetur, pulvinar, lorem donec nunc laoreet ante praesent diam tellus ullamcorper, molestie. Ullamcorper diam tellus euismod molestie molestie elit felis, nonummy turpis sed aliquam donec nisi dolore, magna nunc laoreet, proin eget amet, donec nibh non nonummy, ipsum congue, et. Molestie elit sed dolore, sem elit sed nisi volutpat felis elit at nonummy sit sed nisi tincidunt, ante diam molestie at amet feugiat donec ut nibh aliquet volutpat. Adipiscing, pharetra ipsum ac donec lobortis et aliquet, non aliquet eget turpis feugiat donec nunc tincidunt sed lorem donec congue nunc laoreet massa mi proin praesent diam dolor. Sit pulvinar dolor lorem donec nisi dolore massa diam molestie eget volutpat id euismod volutpat id at, amet feugiat, donec ut nibh, tellus non felis sit sed nisi. Congue ac nisi congue massa sem id at adipiscing consectetur ipsum, lorem aliquam congue nunc nibh proin non id, volutpat molestie elit sit sed tempus dolor tempus, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nonummy consectetur at nonummy at pulvinar tempus volutpat mauris consectetur ipsum sed ipsum donec nunc nibh proin, diam id eget, turpis dolor ipsum ac nisi. Magna ut tincidunt, ante diam tellus id at amet, dolor feugiat ac dolore tincidunt mi non felis at adipiscing consectetur pulvinar lorem donec lobortis mi proin. Praesent mi et praesent et nonummy, turpis sed aliquam ut mi sem euismod mauris elit sit erat nisi lobortis ante, diam sem ullamcorper molestie id mauris. Adipiscing praesent mi, nibh proin nunc lobortis, ante sem tellus, eget, mauris nonummy adipiscing amet feugiat sed, lorem donec, congue dolore tincidunt massa et sem euismod. Mauris elit turpis aliquet volutpat id consectetur, pulvinar ac dolore lobortis mi, sem ullamcorper volutpat, felis turpis sed donec congue nisi donec donec ac tempus ac. Nisi congue, ante mi consectetur nonummy sit ipsum sed feugiat pulvinar lorem dolore lobortis et tellus, eget, adipiscing pharetra tempus magna tincidunt nibh diam molestie nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie tellus ullamcorper et nibh ut nunc congue nunc nunc lobortis nunc. Nunc congue, nisi dolore ut massa praesent diam proin mi et nibh. Massa tincidunt lobortis, massa proin ullamcorper mauris nonummy elit molestie molestie ullamcorper. Diam nibh ante tincidunt lobortis ante euismod ullamcorper sem aliquet, diam proin. Aliquet et nibh, massa dolore erat, lorem tempus magna laoreet et praesent. Volutpat tellus euismod non molestie ullamcorper diam et nibh ante nibh ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing elit adipiscing id praesent et aliquet praesent et ante ante laoreet, proin ante laoreet tincidunt ut nisi, magna ac tempus ipsum dolor sit turpis nonummy nonummy at felis. Euismod diam nibh lobortis nunc, tincidunt nisi nisi donec erat aliquam tempus pulvinar feugiat ipsum sed ac tempus sed dolor pulvinar pulvinar pharetra sit pulvinar pharetra turpis amet sit. Turpis nonummy elit mauris elit aliquam, erat dolor feugiat ipsum sed feugiat ipsum sed feugiat ipsum, feugiat feugiat sed dolor feugiat, dolor consectetur turpis nonummy nonummy at adipiscing aliquet. Et, nibh massa dolor feugiat pulvinar dolor sit amet nonummy at felis consectetur, adipiscing adipiscing at at felis eget molestie molestie, volutpat non sem ullamcorper, diam lobortis nisi donec. Erat sed feugiat pulvinar dolor sit turpis nonummy at adipiscing felis eget molestie id volutpat molestie tellus ullamcorper proin proin mi nibh ante aliquam sed feugiat ipsum dolor pharetra. Sit nonummy consectetur adipiscing adipiscing, at adipiscing tellus ullamcorper non aliquet ullamcorper sem aliquet diam laoreet ante diam molestie, at turpis feugiat erat nisi nunc, lobortis mi, non felis. Mauris felis, consectetur sed magna nunc, ante praesent proin euismod mauris felis consectetur praesent non euismod consectetur, sed nunc proin volutpat pulvinar aliquam proin, mauris pharetra tempus massa ullamcorper. Id pharetra erat massa aliquet consectetur sed nunc sem eget pharetra donec ante, ullamcorper felis sit magna mi tellus consectetur dolor dolore et ullamcorper turpis tempus lobortis ullamcorper felis. Sit sed nunc sem eget ipsum nisi et nonummy tempus ut sem felis sit lorem tincidunt, sem volutpat nonummy lorem ut diam, felis sit ac nunc sem eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id sit ac laoreet praesent mauris pharetra donec massa diam id consectetur sed, mi aliquet, at sed dolore proin non nonummy. Lorem magna laoreet, tellus at ipsum dolore et euismod adipiscing lorem, tincidunt praesent, mauris dolor magna praesent mauris felis sit donec mi. Non at ipsum, dolore, et euismod adipiscing feugiat dolore, mi volutpat consectetur tempus massa non elit pulvinar magna laoreet tellus adipiscing laoreet. Non elit pulvinar dolore proin volutpat amet tempus tincidunt mi molestie pharetra donec massa non nonummy sed nunc sem eget pulvinar aliquam. Nonummy feugiat nisi diam felis sit ac mi tellus consectetur ac laoreet aliquet consectetur, sed tincidunt praesent mauris dolor donec ante non. Nonummy tempus massa diam, felis mauris pharetra, donec ante sem felis pulvinar magna nibh id adipiscing lorem laoreet aliquet, at sed congue. Aliquet mauris pharetra erat lobortis et euismod turpis erat dolore proin volutpat nonummy tempus lobortis ullamcorper elit ipsum nisi mi tellus, consectetur. Dolor lorem lobortis ullamcorper felis feugiat dolor donec ante volutpat pharetra aliquam, ante volutpat amet tempus ut et, id turpis lorem tincidunt. Proin ullamcorper, adipiscing lorem ut praesent, tellus consectetur sed ut proin dolore ante non nonummy tempus ut diam felis pulvinar ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, magna mauris nonummy tempus, ut diam, id turpis erat laoreet aliquet at lorem tincidunt aliquet, at pulvinar. Donec ante eget amet aliquam massa non elit erat lobortis sem felis pulvinar, ac tincidunt proin eget pulvinar. Donec ante non nonummy tempus congue praesent id sit ac, laoreet aliquet elit, dolor, nisi consectetur erat ut. Et euismod turpis, lorem tincidunt tellus adipiscing lorem tincidunt ullamcorper, mauris feugiat congue praesent mauris dolor congue mi. Volutpat elit ipsum ac laoreet tellus aliquet mauris dolor donec ante volutpat amet erat, lobortis ullamcorper, felis feugiat. Magna mi, tellus consectetur sed nunc proin volutpat amet aliquam lobortis nibh ullamcorper adipiscing lorem tincidunt aliquet, at. Dolor donec ante volutpat, consectetur erat massa volutpat consectetur donec ante tellus consectetur, erat massa sem eget sit. Ac aliquam et volutpat amet aliquam lobortis ullamcorper adipiscing feugiat erat massa non elit ipsum nisi et euismod. Turpis ac, lobortis ullamcorper adipiscing nunc sem, elit ipsum magna laoreet euismod sit nisi nibh ullamcorper at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ut diam felis ipsum nisi laoreet euismod. Adipiscing sed congue praesent mauris, sed dolore proin molestie. Amet tempus ut et id turpis, ac nunc praesent. Mauris dolor dolore praesent volutpat amet aliquam lobortis ullamcorper. Id sit congue et, id turpis magna laoreet tellus. At, sed nunc aliquet mauris at dolor dolore massa. Non nonummy tempus lobortis, non nonummy, ipsum ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit ipsum nunc diam lobortis diam adipiscing feugiat congue, mi molestie turpis erat tincidunt proin elit pulvinar, nisi nibh ullamcorper adipiscing sit donec. Nunc sem eget ipsum, ut et aliquet at feugiat congue, mi volutpat, nonummy ipsum nisi nibh euismod at sed nunc, proin eget amet, aliquam. Ante non adipiscing tempus lobortis non elit adipiscing, lorem tincidunt praesent molestie pharetra donec ante tellus consectetur ipsum nisi et id sit aliquam et. Id turpis lorem tincidunt ullamcorper mauris eget mauris pharetra magna mi tellus pharetra donec laoreet non elit pulvinar, nisi, proin, eget amet aliquam nibh. Volutpat turpis, tempus tincidunt praesent mauris pharetra erat nunc non elit pulvinar dolore sem eget pulvinar aliquam lobortis euismod turpis tempus tincidunt praesent mauris. Pharetra tempus ut diam id, sit aliquam nibh ullamcorper eget pulvinar nisi et euismod, turpis lorem tincidunt mi molestie consectetur tempus, ut diam id. Sit, aliquam laoreet aliquet adipiscing sed congue praesent at feugiat lorem congue praesent mauris dolor, donec ante tellus nonummy ipsum ut et eget turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, volutpat elit feugiat nisi et id sit magna. Mi tellus consectetur sed dolore ante, volutpat adipiscing feugiat. Congue mi tellus at ipsum dolore laoreet, aliquet elit. Pulvinar tempus lobortis ullamcorper adipiscing tempus lobortis non adipiscing. Pharetra erat massa non elit pulvinar nisi et elit. Ipsum aliquam et euismod, volutpat nonummy tempus, tincidunt praesent. Molestie consectetur erat nunc sem eget pulvinar nisi proin. Id, turpis lorem tincidunt, aliquet mauris consectetur, tempus nisi. Mi tellus non elit pulvinar nisi laoreet ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac ut et id consectetur, sed nunc proin eget, pharetra, donec, nibh volutpat amet aliquam. Ut et, id feugiat ac laoreet tellus consectetur erat tincidunt tellus consectetur lorem laoreet tellus turpis. Ac congue, proin molestie pharetra donec ante volutpat nonummy tempus ut et id sit magna laoreet. Sem eget pulvinar, dolor donec massa non adipiscing, feugiat magna massa aliquet at, sed nisi proin. Volutpat amet tempus lobortis, ullamcorper adipiscing feugiat congue praesent id sit donec laoreet tellus adipiscing, feugiat. Dolore ante volutpat elit ipsum ut, et euismod turpis lorem nunc proin, eget pharetra tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante, volutpat, nonummy tempus nunc non nonummy pulvinar magna. Laoreet aliquet at sed congue proin eget pharetra donec massa. Ac tincidunt sem, elit pulvinar dolore sem mauris pulvinar donec. Nibh diam felis feugiat congue praesent id sit ac massa. Sem eget dolor dolore dolor, magna ante non nonummy ipsum. Nisi nibh euismod adipiscing lorem, congue praesent mauris dolor dolore. Proin molestie amet donec massa non elit tempus ut diam. Felis aliquet eget pharetra donec ante volutpat amet aliquam massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie nonummy ipsum ipsum nisi nibh euismod turpis ac tincidunt aliquet adipiscing lorem congue. Aliquet molestie amet donec massa ullamcorper felis sit ac laoreet euismod consectetur, lorem tincidunt, ante. Non, eget, sit aliquam, laoreet ullamcorper adipiscing feugiat congue praesent molestie dolor donec ante volutpat. Nonummy tempus nunc diam felis pulvinar nisi, et sed congue proin molestie pharetra, donec massa. Sem felis sit magna mi, id consectetur ac laoreet aliquet adipiscing lorem congue proin volutpat. Nonummy donec, massa sem felis sit magna mi, euismod consectetur dolor dolore ante, euismod nonummy. Lorem congue praesent id sit, ac massa aliquet elit ipsum dolore proin elit consectetur dolor. Nisi, nibh ullamcorper felis sit congue praesent molestie pharetra, erat massa tellus at ipsum nunc. Proin volutpat amet tempus tincidunt ullamcorper turpis tempus lobortis ullamcorper non adipiscing feugiat congue, mi. Molestie at ipsum dolore proin eget pulvinar dolore proin eget, amet aliquam ante ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa proin, eget amet ac nibh aliquet molestie pharetra erat massa sem elit consectetur erat massa sem, nonummy sed nunc proin eget. Amet nisi et ullamcorper at dolor dolore mi, mauris pharetra magna mi mauris dolor congue praesent ullamcorper felis feugiat donec massa non. Elit sed nunc proin eget turpis ac lobortis euismod turpis lorem tincidunt diam mauris sit donec massa non nonummy pharetra donec massa. Non nonummy ipsum congue mi molestie turpis ac tincidunt aliquet mauris dolor dolore proin eget nonummy lorem, ut praesent id at feugiat. Congue praesent mauris, pharetra donec mi molestie consectetur erat massa non elit pulvinar nisi nibh euismod turpis ac tincidunt praesent, at dolor. Congue praesent proin volutpat amet aliquam nibh ullamcorper, nonummy lorem nibh diam felis feugiat congue laoreet tellus, consectetur erat massa aliquet elit. Dolor aliquam tincidunt diam felis feugiat magna eget amet aliquam lobortis diam id sit ac laoreet tellus elit sed, nisi nibh ullamcorper. Adipiscing feugiat congue ante non proin eget nonummy, ipsum magna mi tellus at dolor dolore nibh euismod adipiscing, dolor magna ante tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat massa sem volutpat amet aliquam lobortis ullamcorper felis dolor congue. Praesent molestie pharetra, donec massa non nonummy pulvinar, ut felis sit magna. Massa proin volutpat pulvinar nisi ante volutpat turpis tempus tincidunt, diam felis. Feugiat magna praesent id consectetur sed nunc proin id turpis, tincidunt aliquet. Elit amet nisi proin volutpat pulvinar aliquam, nibh non adipiscing tempus lobortis. Ullamcorper adipiscing ipsum massa non, amet ipsum lobortis ullamcorper elit sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis euismod amet aliquam lobortis ullamcorper felis sit congue mi id. Pharetra erat massa aliquet pharetra erat nunc et, id turpis ac tincidunt. Praesent eget pharetra donec massa ullamcorper elit, feugiat nisi et id turpis. Erat nunc sem mauris donec ante volutpat, nonummy, tempus lobortis ullamcorper elit. Feugiat magna laoreet tellus consectetur erat nunc proin, eget nonummy lorem tincidunt. Diam molestie pharetra donec laoreet non ipsum ut et felis sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et id sit ac nunc, proin eget amet tempus lobortis ullamcorper lorem congue praesent molestie pharetra erat lobortis diam id turpis lorem. Laoreet praesent at dolor donec nibh ullamcorper adipiscing ipsum congue diam felis feugiat nisi dolor dolore ante euismod nonummy, lorem congue praesent mauris. Consectetur sed ut sem at sed nisi proin id amet ac lobortis aliquet felis dolor congue nibh, euismod nonummy lorem mi dolore tincidunt. Nunc, tempus magna massa nibh, praesent non molestie, eget adipiscing pharetra, sit dolor ac congue massa ut ante diam id mauris id at. Adipiscing pharetra, donec massa volutpat amet donec massa sem felis pulvinar magna mi tellus at dolor dolore praesent eget pharetra praesent molestie pharetra. Erat dolore aliquet elit pulvinar aliquam ante volutpat turpis tempus lobortis ullamcorper felis feugiat congue praesent id consectetur sed ut proin eget, amet. Pulvinar nisi, nibh euismod nonummy lorem ut, praesent molestie pharetra donec laoreet tellus consectetur erat massa tellus at turpis lorem ante, non, nonummy. Tempus nunc diam eget turpis lorem congue proin molestie pharetra donec proin volutpat amet donec ante volutpat consectetur tempus massa diam felis, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, aliquam massa, volutpat nonummy tempus massa non felis, feugiat. Magna mi eget sit ac laoreet aliquet mauris amet aliquam. Lobortis diam, id pharetra ac laoreet tellus consectetur erat tincidunt. Sem mauris, dolor dolore, ante volutpat amet tempus donec ante. Volutpat nonummy ipsum ut et molestie consectetur sed tincidunt sem. Volutpat amet tempus, tincidunt, praesent mauris pharetra donec laoreet, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi aliquet at dolor dolore proin volutpat amet tempus, nibh. Ullamcorper, mauris, sit erat massa non elit ipsum ut et. Ullamcorper mauris amet ipsum lobortis sem felis pulvinar ac laoreet. Tellus consectetur lorem tincidunt aliquet at sed donec massa non. Adipiscing sit magna erat lobortis diam felis sit, magna laoreet. Tellus at dolor donec proin volutpat nonummy ipsum congue mi. Tellus elit turpis lorem tincidunt, aliquet mauris pharetra erat dolore. Ante non nonummy tempus lobortis ullamcorper, adipiscing sit magna et. Molestie turpis sed nunc aliquet at dolor nunc, sem mauris. Dolor nunc at pharetra tempus lobortis diam adipiscing ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit, tempus ut diam felis pulvinar aliquam laoreet tellus mauris dolor dolore ante diam felis feugiat nisi et, molestie. Elit dolor nunc aliquet at, sed donec ante volutpat nonummy tempus ut pulvinar dolore proin eget pulvinar aliquam lobortis, aliquet molestie. Consectetur tempus nunc diam elit pulvinar ut diam eget sit nisi et euismod, at sed dolore, turpis sed dolore proin, eget. Pulvinar tempus lobortis diam felis feugiat congue mi, tellus consectetur, erat nunc proin id turpis aliquam nibh ullamcorper mi volutpat consectetur. Erat ut, diam eget, sit ac nibh euismod turpis lorem tincidunt praesent molestie pharetra, donec ante non, nonummy feugiat nisi et. Proin mi sem elit turpis sed, aliquam congue laoreet sem id molestie elit turpis adipiscing pharetra pulvinar magna laoreet aliquet mauris. Pulvinar lorem congue diam id pharetra donec laoreet molestie aliquet elit dolor nisi et volutpat turpis tempus lobortis, euismod, nonummy lorem. Ut praesent mauris feugiat congue mi tellus consectetur, erat consectetur sed donec nibh ullamcorper adipiscing lorem congue praesent molestie consectetur sed. Dolore et ullamcorper turpis lorem tincidunt aliquet mauris pharetra erat massa non consectetur erat massa adipiscing feugiat ut praesent id sit. Erat dolore, et volutpat turpis tempus lobortis aliquet felis feugiat congue mi tellus nonummy ipsum ut et id turpis ac congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut et elit pulvinar magna nibh euismod at dolor, dolore id turpis, feugiat dolore, praesent molestie dolor congue praesent mauris consectetur. Erat nunc sem felis sit ac laoreet aliquet, mauris dolor donec massa ullamcorper felis, tempus ut, diam id sit ac tincidunt sem. Eget pulvinar donec nibh non adipiscing, tempus congue, laoreet tellus consectetur erat laoreet tellus at erat massa pharetra tempus nisi nibh euismod. Turpis lorem nunc proin eget amet aliquam ut ullamcorper elit ipsum congue mi tellus elit pulvinar aliquam lobortis ullamcorper diam adipiscing feugiat. Magna laoreet molestie pharetra sed nisi et, id at dolor dolore ante molestie consectetur tempus nisi et id turpis ac tincidunt aliquet. Mauris eget sit ac tincidunt praesent molestie, pharetra erat lobortis et molestie, turpis ac, tincidunt aliquet mauris pulvinar, donec proin eget amet. Aliquam lobortis, diam lobortis ullamcorper, felis feugiat ut sem felis, sit magna laoreet tellus consectetur, lorem dolore proin eget, pharetra aliquam massa. Ullamcorper consectetur sed nunc proin eget amet tempus lobortis diam adipiscing lorem ut diam adipiscing feugiat congue praesent molestie pharetra ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus consectetur sed, nunc ante volutpat nonummy tempus ut diam molestie pharetra erat massa aliquet consectetur sed dolore sem volutpat amet aliquam, nibh volutpat amet tempus lobortis. Diam felis sit, magna laoreet molestie pharetra erat nunc sem eget turpis feugiat, lobortis ullamcorper felis sit donec massa non nonummy sed ut sem elit ipsum nunc aliquet. Elit turpis, ac tincidunt mi molestie, pharetra, donec massa, non eget ipsum volutpat amet tempus ut ullamcorper felis sit ac massa tellus at dolor nunc proin mauris, dolor. Aliquam lobortis, ullamcorper adipiscing feugiat congue praesent, molestie laoreet aliquet mauris pharetra donec massa, non, nonummy erat ante volutpat consectetur tempus massa non eget pulvinar aliquam nibh tellus. Adipiscing lorem laoreet euismod turpis ac turpis ac tincidunt praesent mauris dolor donec ante tellus consectetur erat nunc diam id sit aliquam, nibh ullamcorper adipiscing feugiat congue proin. Volutpat nonummy ipsum lobortis mauris pulvinar aliquam lobortis ullamcorper id pharetra erat, massa sem elit, pulvinar nisi nibh volutpat amet aliquam lobortis euismod adipiscing turpis lorem tincidunt praesent. Mauris pharetra donec proin volutpat nonummy tempus massa sem felis, sit, ac laoreet, tellus, consectetur lorem, nunc, praesent mauris pulvinar donec ante non ac congue praesent mauris amet. Erat lobortis non nonummy ipsum nunc sem nonummy tempus nunc sem elit pulvinar nisi nibh euismod amet aliquam et euismod turpis ac proin ullamcorper adipiscing, lorem, congue praesent. Molestie pharetra donec, mi molestie pharetra erat massa proin eget amet nisi nibh euismod adipiscing feugiat congue praesent felis feugiat congue pulvinar nisi et id turpis ac tincidunt. Ullamcorper, at dolor congue aliquet at dolor dolore, ante, non nonummy tempus nunc sem felis, pulvinar ut diam eget sit massa proin elit ipsum, dolore proin eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing et id pulvinar ac laoreet aliquet at, sed tincidunt aliquet at feugiat dolore ante volutpat nonummy tempus ut diam felis pulvinar nisi diam. Id mauris pharetra erat nunc sem elit ipsum massa sem elit amet aliquam lobortis ullamcorper, adipiscing feugiat, magna ante non elit ipsum nunc sem. Nonummy laoreet, ullamcorper adipiscing feugiat congue, ante non elit ipsum ut diam, felis, ipsum nunc sem eget pulvinar nisi nibh ullamcorper, adipiscing sed, dolore. Massa ullamcorper elit tempus mi tellus consectetur sed nunc praesent, eget amet aliquam lobortis ullamcorper felis feugiat congue et molestie turpis ac massa aliquet. Elit, pulvinar aliquam euismod turpis lorem tincidunt praesent mauris dolor dolore, ante non nonummy aliquam lobortis diam elit feugiat nisi mi euismod turpis erat. Tincidunt aliquet at dolor nunc aliquet erat ut proin eget pulvinar nisi et euismod adipiscing lorem congue aliquet mauris feugiat magna mi non consectetur. Sed nisi nibh, tellus adipiscing sed dolore ante volutpat, mi tellus at sed dolore ante volutpat nonummy tempus nibh ullamcorper felis feugiat, magna laoreet. Tellus, at pulvinar nisi et lobortis aliquet felis dolor erat nunc diam felis pulvinar magna nibh, euismod turpis lorem congue praesent eget nonummy tempus. Ut et, id turpis ac mi euismod magna massa non nonummy sed, ut et id turpis sed dolore proin molestie pharetra erat massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt mi molestie pharetra erat nunc diam eget sit aliquam nibh ullamcorper. Mauris pharetra aliquam massa non nonummy, ipsum nibh ullamcorper, adipiscing feugiat ut. Praesent molestie sit erat massa sem id amet ac nibh euismod adipiscing. Feugiat dolore mi molestie pharetra donec massa non nibh eget amet, lorem. Tincidunt aliquet at feugiat congue mi molestie, consectetur erat nunc sem elit. Pulvinar magna laoreet praesent at sed congue aliquet at dolor, tempus nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi nibh euismod adipiscing sit magna laoreet, non at ipsum nisi nibh ullamcorper at dolore proin eget dolor, dolore, proin eget. Amet aliquam nibh non nonummy lorem, lobortis, diam, id sit ac massa aliquet elit dolor nunc, proin volutpat amet tempus ut diam. Felis sit magna praesent molestie consectetur, erat massa sem elit ipsum dolore, proin eget turpis lorem tincidunt, praesent mauris dolor donec, ante. Lorem dolore massa ullamcorper felis pharetra, ac massa aliquet at dolor dolore proin eget turpis tempus lobortis ullamcorper felis feugiat magna mi. Molestie laoreet aliquet at dolor donec massa non, nonummy erat lobortis sem felis ipsum nisi nibh euismod adipiscing sed, dolore, proin volutpat. Adipiscing feugiat congue mi tellus at proin euismod adipiscing feugiat congue mi tellus consectetur erat nunc sem elit ipsum nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent molestie dolor, magna, ante non elit ipsum ut. Proin elit sit nisi nibh aliquet adipiscing feugiat congue mi volutpat. Amet euismod adipiscing feugiat congue diam mauris consectetur erat massa non. Eget pulvinar nisi et id turpis aliquam lobortis praesent, mauris dolor. Magna ante non mauris pharetra erat nunc proin eget amet aliquam. Nibh ullamcorper, at feugiat congue praesent mauris, dolor donec mi molestie. Consectetur erat massa sem elit sed ut et aliquam ut et. Molestie turpis erat tincidunt sem eget pulvinar nisi nibh, euismod, nonummy. Lorem congue diam felis feugiat magna mi molestie consectetur magna laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sem eget amet aliquam nibh praesent molestie consectetur ipsum ut et ullamcorper at amet tempus ut diam id turpis, magna tincidunt aliquet at pulvinar. Donec nibh non adipiscing ipsum congue praesent molestie pharetra ac mi, molestie, turpis, erat mauris, dolor, donec ante tellus consectetur sed nunc sem elit pulvinar. Aliquam, laoreet euismod amet aliquam nibh euismod turpis lorem tincidunt praesent felis lorem tincidunt sit, donec massa diam id sit, nisi nibh, euismod adipiscing lorem. Dolore ante non nonummy tempus massa sem nonummy tempus lobortis diam euismod tincidunt praesent mauris, dolor dolore ante non felis sit magna mi molestie turpis. Ac tincidunt, aliquet mauris, sed dolore proin volutpat pulvinar aliquam nibh non nonummy ipsum euismod adipiscing, lorem tincidunt ullamcorper adipiscing lorem congue praesent molestie sit. Donec ante, tellus nonummy sed ut et, euismod turpis lorem congue praesent at pharetra dolore sit magna mi tellus at dolor nunc proin, eget amet. Aliquam lobortis non, nonummy ipsum congue diam molestie consectetur erat erat dolore proin mauris pulvinar donec nibh non adipiscing lorem magna laoreet non, elit ipsum. Nisi, nibh euismod mauris dolor dolore ante, volutpat nonummy, tempus nunc sem, nonummy pulvinar aliquam laoreet, ullamcorper at dolor congue proin molestie pharetra erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat adipiscing feugiat magna laoreet tellus at sed ut sem elit amet lorem dolore mi molestie consectetur. Tempus ut sem felis sit magna laoreet, mauris, consectetur erat massa sem elit ipsum nunc aliquet elit. Ipsum dolore, et volutpat turpis lorem congue praesent mauris pharetra donec ante non eget praesent, mauris, pharetra. Donec massa, sem elit, ipsum ut et id sit ac nibh euismod adipiscing lorem congue aliquet mauris. Dolor donec ante volutpat amet tempus lobortis id turpis magna laoreet tellus turpis sed nunc praesent mauris. Dolor aliquam ante non nonummy tempus ut diam, id consectetur sed, nunc sem congue praesent molestie nonummy. Ipsum nisi proin eget pulvinar, aliquam nibh euismod, adipiscing lorem congue mi molestie pharetra erat massa volutpat. Consectetur, tempus nunc sem eget sit mi, tellus at erat nunc proin, eget turpis tempus congue, praesent. Molestie consectetur erat nunc non elit ipsum ut et euismod adipiscing sed congue proin molestie feugiat dolore. Ante non nonummy ipsum nisi et euismod mauris dolor donec ante non nonummy tempus ut ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet aliquam nibh ullamcorper mauris pharetra donec massa non elit pulvinar nisi turpis erat nunc proin volutpat turpis dolor magna ante molestie consectetur mauris pharetra donec nibh. Non felis sit ac, laoreet tellus at dolor nisi et ullamcorper nibh euismod nonummy lorem ut diam mauris sit magna praesent id sit congue et id, feugiat ut diam. Felis sit magna, mi aliquet, mauris ut diam id pharetra erat, laoreet tellus consectetur sed, nunc proin volutpat amet aliquam nibh, ullamcorper, felis pharetra donec ante, non elit, ipsum. Tincidunt, proin molestie pharetra erat lobortis et molestie consectetur sed dolore proin volutpat nonummy tempus ut diam mauris pharetra donec laoreet non consectetur ac laoreet aliquet at at dolor. Dolore proin volutpat amet aliquam ante volutpat nonummy lorem ut diam adipiscing ipsum congue praesent id sit ac massa aliquet at sed tincidunt aliquet elit ac laoreet tellus turpis. Lorem dolore proin volutpat amet aliquam massa non amet tempus lobortis diam felis, feugiat ac nunc euismod at dolor, donec ante volutpat nonummy tempus ut et id pharetra magna. Laoreet aliquet at dolor nisi ante volutpat amet aliquam nibh nibh ante non nonummy, euismod ullamcorper felis ipsum ut laoreet tellus at sed nunc proin volutpat adipiscing lorem congue. Ante nibh tellus adipiscing sed congue, proin molestie amet erat lobortis et id sit magna laoreet tellus consectetur sed dolore lobortis diam id sit ac, massa sem eget amet. Aliquam lobortis ullamcorper felis dolor, magna massa sem felis felis sit congue laoreet tellus consectetur sed massa, tellus at ipsum dolore proin, eget pulvinar aliquam nibh euismod turpis aliquam. Nibh ullamcorper, felis sit magna ante, molestie nonummy erat lobortis ullamcorper elit feugiat nisi et tellus turpis ac tincidunt aliquet mauris dolor aliquam nibh non felis sit, ac massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nibh ullamcorper mauris pharetra erat. Ut et euismod, turpis, sed donec. Erat, massa non, nonummy tempus lobortis. Diam, felis sit, nisi et id. Sit ac laoreet tellus adipiscing ac. Laoreet ullamcorper at pharetra, dolore proin. Volutpat, laoreet sem mauris amet aliquam. Nibh, euismod adipiscing lorem ut praesent. Id pharetra ac massa sem elit. Sed dolore et eget dolor nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus ut diam id pharetra. Donec massa sem, elit, ipsum nisi. Lobortis aliquet mauris pharetra erat, ut. Et eget pulvinar ac tincidunt praesent. Mauris pharetra donec proin molestie pharetra. Erat ut et felis sit magna. Mi tellus turpis ac nibh aliquet. Sit ac tincidunt aliquet mauris feugiat. Congue praesent mauris dolor donec, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy tempus nunc sem eget congue praesent volutpat nonummy feugiat magna mi, molestie turpis. Ac, tincidunt, sem volutpat amet tempus lobortis ullamcorper adipiscing lorem ut diam mauris sit donec dolore. Mi non felis feugiat ac laoreet tellus at, dolor donec, nibh euismod nonummy lorem congue, praesent. Id, feugiat congue et id feugiat magna proin volutpat amet tempus lobortis ullamcorper felis sit magna. Massa non consectetur sed nunc sem eget, ipsum dolore proin euismod turpis, aliquam nibh euismod dolor. Tempus, ut mi molestie pharetra donec massa non at ipsum dolore et euismod turpis ac tincidunt. Mi molestie consectetur erat massa sem, eget turpis, sed proin elit, ipsum aliquam et id pulvinar. Aliquam lobortis ullamcorper, felis dolor donec ante volutpat pharetra donec mi tellus nonummy ipsum nisi nibh. Ullamcorper at lorem, congue euismod turpis lorem congue praesent mauris dolor donec ante, tellus, consectetur sed. Ut et, id turpis, lorem laoreet, ullamcorper adipiscing lorem, tincidunt mi molestie euismod consectetur sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut praesent felis sit ac laoreet sem elit ipsum dolore ante, volutpat amet aliquam nibh euismod adipiscing sit magna, mi tellus consectetur erat nunc proin elit pulvinar. Nisi et ullamcorper turpis lorem lobortis praesent congue mi molestie nonummy ipsum ut diam id turpis, lorem, congue praesent molestie pharetra donec ante volutpat amet tempus ut lorem. Laoreet aliquet at, sed donec ante volutpat amet aliquam massa non nonummy ipsum ut et id sit magna laoreet, aliquet mauris sed donec nibh non adipiscing sed dolore. Proin volutpat amet tempus lobortis, ullamcorper felis feugiat magna praesent mauris, sit donec laoreet tellus consectetur sed nunc sem elit pulvinar aliquam lobortis aliquet felis feugiat, magna praesent. Mauris pharetra erat, massa tellus sit magna mi tellus consectetur ac massa aliquet at, ipsum dolore proin volutpat pulvinar nisi id, turpis ac, laoreet tellus adipiscing sed donec. Ante non adipiscing feugiat magna, et, molestie turpis ac, tincidunt aliquet, elit pulvinar aliquam lobortis laoreet, tellus nonummy sed ut nibh euismod adipiscing lorem, congue aliquet felis feugiat. Dolore massa, diam felis pulvinar nisi laoreet tellus, turpis lorem, laoreet aliquet at pharetra elit ipsum, congue mi tellus elit dolor nisi nibh diam, adipiscing lorem tincidunt diam. Felis sit donec massa non consectetur sed nunc non elit ipsum aliquam nibh donec ante volutpat nonummy, ipsum nisi diam id sit aliquam nibh euismod adipiscing lorem dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, elit ipsum ut mi euismod turpis lorem nunc aliquet, mauris pulvinar donec, ante eget pharetra donec mi volutpat consectetur tempus nunc diam id sit ac. Tincidunt proin eget pharetra donec massa ullamcorper adipiscing ipsum lobortis diam felis, feugiat magna tincidunt donec massa sem elit pulvinar nisi nibh euismod adipiscing, lorem congue. Proin, volutpat, amet tempus lobortis sem nonummy tempus lobortis, sem, elit pulvinar magna laoreet euismod adipiscing mi molestie, consectetur erat massa sem eget pulvinar aliquam nibh. Euismod adipiscing dolor, tincidunt praesent, molestie, consectetur ipsum ut et euismod sit aliquam sem aliquet non id, elit amet feugiat erat ut mi proin, euismod molestie. Elit mauris nonummy sit erat ac donec ut, laoreet proin ullamcorper volutpat felis at, ipsum nisi, nibh tellus adipiscing lorem, congue praesent molestie amet erat lobortis. Ullamcorper aliquet, at, sed tincidunt sem eget pulvinar donec proin eget nonummy tempus nibh non non at sed nunc, proin volutpat turpis lorem congue nisi et. Tellus at dolor nunc, praesent mauris sed tincidunt praesent magna laoreet molestie turpis ac tincidunt aliquet consectetur dolor nisi ante, euismod nonummy aliquam nibh, non adipiscing. Tempus ut ullamcorper adipiscing feugiat congue mi molestie turpis ac, elit pulvinar aliquam nibh ullamcorper felis feugiat congue praesent mauris sit magna mi tellus pharetra ac. Massa non, elit pulvinar nisi et euismod adipiscing lorem tincidunt pharetra donec nunc sem elit ipsum nisi proin eget pulvinar nisi et ullamcorper adipiscing, feugiat congue. Mi volutpat consectetur tempus ut diam eget pulvinar nisi et euismod pharetra erat massa non elit ipsum ut sem elit tempus ut nibh id turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ipsum congue mi tellus at amet tempus tincidunt praesent mauris dolor congue, praesent. Mauris pharetra donec nunc sem massa, ullamcorper elit sit magna mi euismod turpis ac. Laoreet aliquet consectetur lorem tincidunt praesent eget pharetra donec nibh non adipiscing ipsum congue. Diam felis erat massa non elit pulvinar magna laoreet aliquet mauris dolor donec nibh. Ullamcorper felis feugiat magna et, felis sit, ac nunc proin volutpat amet nisi proin. Praesent tellus nonummy erat massa sem elit pulvinar aliquam laoreet ullamcorper at dolor donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper felis feugiat donec massa sem eget sit aliquam nibh euismod. Amet aliquam nibh, euismod turpis lorem congue mi, volutpat nonummy ipsum ut. Donec nibh, ullamcorper, id pharetra ac laoreet tellus at ipsum dolore et. Volutpat turpis lorem, congue mi volutpat nonummy, ipsum, nisi et, euismod turpis. Ac felis feugiat magna mi tellus consectetur erat nunc proin volutpat turpis. Lorem, congue praesent mauris sit congue mi molestie pharetra donec laoreet tellus. Elit pulvinar nisi tincidunt aliquet, felis feugiat magna, mi tellus, pharetra donec. Mi tellus elit sed, nunc et id turpis nisi et id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore nibh euismod nonummy tempus lobortis diam molestie pharetra sed nunc. Proin euismod turpis lorem congue mi elit dolor nisi ante volutpat amet. Feugiat magna mi tellus consectetur donec laoreet tellus elit pulvinar nisi nibh. Ullamcorper felis dolor donec mi aliquet at, dolor dolore ante non felis. Feugiat sed nunc et id turpis ac tincidunt mi volutpat consectetur tempus. Ut diam, euismod sit magna, nibh euismod adipiscing congue proin molestie amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor erat, massa sem felis pulvinar ac laoreet aliquet at dolor dolore sit ac laoreet tellus consectetur dolor nisi, nibh ullamcorper mauris feugiat. Magna ante tellus pharetra donec ante non nonummy sed nunc proin id amet nisi et erat, lobortis diam id, sit magna nibh tellus. Consectetur sed nunc proin volutpat amet aliquam lobortis ullamcorper amet tempus lobortis diam, felis feugiat magna mi et euismod sit lorem tincidunt, praesent. Mauris pharetra donec ante volutpat pharetra donec lobortis ullamcorper elit feugiat nisi diam id sit magna tincidunt nunc proin volutpat nonummy lorem congue. Praesent molestie, pharetra erat laoreet tellus, consectetur sed dolore et volutpat pulvinar dolore ante, volutpat nonummy tempus tincidunt praesent molestie consectetur ut et. Tellus, consectetur erat massa, sem eget pulvinar nisi ante volutpat amet aliquam nibh euismod amet aliquam nibh non nonummy tempus ut praesent felis. Feugiat congue eget amet aliquam lobortis aliquet mauris pharetra erat massa non elit, ipsum ut et euismod adipiscing lorem tincidunt euismod tellus turpis. Erat dolore, sem volutpat nonummy tempus tincidunt, diam molestie sit magna, laoreet tellus consectetur, sed nunc non, elit ipsum, nisi et euismod turpis. Tempus tincidunt felis pharetra donec, laoreet, tellus pharetra erat ut proin eget amet, aliquam nibh euismod adipiscing feugiat dolore ante molestie consectetur tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sit ac nibh ullamcorper at amet tempus lobortis ullamcorper. Elit feugiat ut diam id sit ac nunc proin mauris. Pharetra tempus congue mi tellus pharetra, erat, nunc proin eget. Amet aliquam nibh diam mauris pharetra donec ante tellus consectetur. Sed, nunc amet aliquam massa ullamcorper elit feugiat nisi mi. Molestie, consectetur dolor dolore ante euismod adipiscing lorem ut mi. Molestie consectetur sed nunc proin elit magna mi tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac laoreet tellus mauris dolor aliquam lobortis diam adipiscing ipsum magna et et. Euismod, felis feugiat magna praesent molestie pharetra erat massa non nonummy sed nunc sem. Elit, pulvinar, nisi nibh euismod turpis ac tincidunt ullamcorper mauris feugiat, molestie consectetur, tempus. Nunc et id sit nisi et id turpis ac laoreet praesent, mauris dolor congue. Mi, non, elit ipsum nisi mi euismod adipiscing, tempus congue praesent id pharetra magna. Mi, sem eget amet ac tincidunt aliquet mauris pharetra magna massa sem nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam laoreet aliquet, mauris amet erat massa sem elit feugiat nisi et euismod turpis magna laoreet, euismod. Donec massa non at ipsum nunc sem elit ipsum dolore et euismod amet aliquam ante, volutpat amet tempus. Lobortis euismod nonummy tempus ut praesent, ac tincidunt praesent molestie amet donec massa non nonummy tempus nunc diam. Felis ipsum nisi, diam id sit ac laoreet euismod sit aliquam laoreet ullamcorper adipiscing lorem, lobortis aliquet mauris. Dolor donec nunc non nonummy ipsum nisi nibh euismod, adipiscing sed congue aliquet mauris dolor donec mi volutpat. Nonummy ipsum ante tellus nonummy ipsum nisi et id sit aliquam nibh euismod adipiscing, lorem congue praesent mauris. Dolor erat massa sem id sit ac laoreet aliquet, mauris dolor donec ante non nonummy aliquam, massa ullamcorper. Id, feugiat nisi et euismod turpis ac laoreet aliquet at pulvinar donec proin eget amet aliquam ante volutpat. Nonummy ipsum aliquet consectetur, erat massa aliquet elit dolor nunc proin eget amet, aliquam nibh diam mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, felis ipsum nisi et euismod consectetur, sed nunc proin volutpat nonummy lorem ut praesent eget amet ac lobortis aliquet felis, pharetra donec. Massa non elit ipsum ut diam eget sit ac laoreet, tellus, adipiscing lorem tincidunt aliquet mauris feugiat proin euismod, turpis lorem tincidunt diam. Felis sit congue, praesent molestie pharetra magna mi, tellus at sed nisi nibh euismod turpis lorem lobortis ullamcorper adipiscing dolor id turpis ac. Laoreet aliquet at sed congue proin volutpat, amet aliquam lobortis diam molestie consectetur dolor nisi, ante eget amet tempus lobortis diam id sit. Donec massa, sem eget pulvinar, nisi nibh, ullamcorper adipiscing feugiat congue praesent mauris pharetra, donec mi tellus pharetra donec ante tellus consectetur erat. Massa consectetur erat laoreet sem elit dolor nisi nibh, euismod adipiscing feugiat tincidunt praesent mauris sit magna mi molestie pharetra erat massa sem. Elit ipsum dolore et eget amet aliquam lobortis, ullamcorper adipiscing feugiat, magna mi tellus eget sit, nisi nibh euismod adipiscing feugiat dolore ante. Volutpat nonummy adipiscing tempus, lobortis ullamcorper, felis feugiat magna ante molestie pharetra donec massa non consectetur erat massa proin eget, pulvinar nisi et. Volutpat turpis lorem tincidunt mi ipsum nisi nibh euismod adipiscing lorem, congue praesent at dolor donec ante, non nonummy tempus lobortis sem elit. Ipsum nisi et euismod sit ac tincidunt, aliquet at nibh euismod adipiscing lorem congue praesent molestie dolor magna diam mauris sit donec, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, et id, turpis dolor dolore mi volutpat nonummy ipsum ut et tellus, turpis lorem nunc aliquet adipiscing dolor donec ante. Massa non elit, ipsum ut diam felis pulvinar nisi et tellus consectetur sed, dolore proin eget pharetra donec ante non nonummy. Ipsum, congue et id, sit magna laoreet aliquet at dolor donec ante non nonummy lorem, congue mi tellus elit ipsum dolore. Et euismod pulvinar nisi, et euismod adipiscing lorem congue praesent felis lorem ut mi id sit, congue mi molestie, pharetra ac. Laoreet tellus consectetur erat nunc, proin eget pulvinar nisi ante volutpat amet et id sit aliquam nibh euismod turpis ac tincidunt. Aliquet mauris dolor dolore massa sem elit tempus ut diam, id, turpis magna laoreet aliquet at sed, dolore, id sit, sed. Nunc, et volutpat turpis tempus lobortis euismod mi sem elit pulvinar nisi nibh id at dolor dolore proin volutpat elit ipsum. Lobortis, nonummy, ante non adipiscing lorem ut praesent molestie pharetra erat massa sem eget amet lorem lobortis aliquet molestie consectetur turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at dolor donec ante non elit feugiat ut diam id turpis ac, laoreet dolore ante. Non adipiscing feugiat magna laoreet tellus consectetur sed nunc sem eget pulvinar dolore, proin eget pulvinar. Nisi ante volutpat nonummy tempus ut praesent, et euismod adipiscing lorem congue aliquet at, dolor donec. Ante volutpat nonummy tempus, nunc diam eget pulvinar magna nibh id sit aliquam nibh id amet. Nisi, nibh ullamcorper felis feugiat donec ante volutpat consectetur tempus massa non elit ipsum ut et. Id turpis ac laoreet ullamcorper adipiscing feugiat congue ipsum ut diam felis pulvinar ac, tincidunt praesent. Mauris dolor dolore proin volutpat amet, aliquam ante volutpat nonummy, ipsum ut et id sit ac. Laoreet aliquet euismod consectetur sed nunc praesent mauris pharetra donec ante volutpat amet aliquam, congue et. Id consectetur sed dolore ante euismod turpis lorem tincidunt praesent mauris pharetra, erat euismod sit aliquam. Laoreet ullamcorper adipiscing lorem dolore praesent, mauris dolor donec ante non elit sit lorem dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc et volutpat turpis ac lobortis ullamcorper felis feugiat tincidunt praesent molestie. Pharetra sed ut proin eget amet aliquam tincidunt praesent molestie pharetra tempus. Lobortis, sem nonummy tempus ut sem felis pulvinar, nisi nibh tellus adipiscing. Dolor adipiscing feugiat ac mi molestie turpis erat tincidunt, sem eget dolor. Nunc, proin volutpat nonummy aliquam ut, diam felis feugiat magna diam adipiscing. Feugiat congue et id sit ac laoreet euismod turpis lorem dolore ante. Euismod adipiscing feugiat congue diam, adipiscing sit congue mi molestie pharetra ac. Massa sem aliquet, mauris sed dolore sem eget pulvinar aliquam nibh diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non id feugiat magna mi aliquet eget, aliquet mauris dolor erat ut et id sit, ac laoreet aliquet. At pharetra donec ante volutpat nonummy tempus ut, et tellus at dolor nisi lobortis magna ante non elit. Ipsum ut et id amet ac tincidunt praesent mauris dolor dolore mi, mauris pharetra erat ante, tellus consectetur. Tempus nunc, diam diam adipiscing sit magna laoreet tellus elit ipsum nisi nibh euismod adipiscing dolor magna massa. Non nonummy ipsum ut diam id sit ac tincidunt aliquet adipiscing proin volutpat adipiscing ac tincidunt aliquet, felis. Pharetra donec mi molestie consectetur erat nunc, sem eget pulvinar ut proin, elit pulvinar aliquam, lobortis felis feugiat. Magna mi molestie consectetur tempus, ut diam, euismod turpis ac tincidunt aliquet mauris sed dolore proin volutpat nonummy. Ipsum magna mi, euismod consectetur, sed dolore praesent mauris pharetra donec proin eget pharetra aliquam massa ullamcorper elit. Feugiat ac massa, aliquet consectetur sed dolore nibh volutpat adipiscing tempus lobortis, non tincidunt praesent mauris pharetra donec. Massa sem elit pulvinar, magna nibh tellus turpis ac tincidunt aliquet at, sed dolore praesent mauris, pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam id turpis lorem. Tincidunt proin eget nonummy tempus lobortis. Ullamcorper adipiscing ipsum ut nunc sem. Elit dolor aliquam ante volutpat pulvinar. Tempus ut diam mauris sit donec. Laoreet tellus consectetur, sed nunc proin. Eget, amet, aliquam, elit, pulvinar, nisi. Et tellus consectetur lorem laoreet praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis lorem laoreet euismod adipiscing lorem tincidunt, praesent dolor nisi ante. Volutpat adipiscing, feugiat magna mi tellus consectetur ipsum ut proin eget amet. Aliquam lobortis ullamcorper felis dolor dolore mi volutpat consectetur tempus turpis ac. Tincidunt praesent at sed congue, praesent mauris dolor donec massa ullamcorper felis. Turpis erat nunc aliquet mauris pulvinar aliquam lobortis ullamcorper felis, feugiat ante. Non nonummy aliquam lobortis, diam id turpis ac tincidunt tellus at sed. Dolore, ante volutpat amet aliquam ante non amet, donec nibh elit, sed. Dolore, et, euismod, turpis tempus congue praesent molestie pharetra donec ante non. Nonummy erat massa non elit, dolor donec lobortis ullamcorper id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet tellus mauris sed dolore ante, volutpat amet donec ante non nonummy erat, massa non nonummy ipsum ut, et euismod turpis sed, tincidunt praesent eget. Pharetra tempus ut diam felis feugiat congue et nisi, et euismod adipiscing feugiat magna praesent molestie pharetra magna, laoreet non elit pulvinar nisi nibh euismod adipiscing. Lorem, congue mi, mauris amet erat massa magna laoreet tellus turpis, ac dolore ante, volutpat adipiscing feugiat ut ullamcorper adipiscing ipsum congue diam felis turpis ac. Tincidunt sem mauris pulvinar molestie consectetur, sed ut et id sit, aliquam laoreet euismod adipiscing dolor donec massa sem elit ipsum nisi mi tellus consectetur lorem. Dolore nibh non felis lorem ante volutpat amet ipsum lobortis ullamcorper elit feugiat magna, laoreet aliquet eget amet aliquam nibh ullamcorper felis, lorem congue mi tellus. At pulvinar nisi et euismod turpis tincidunt sem mauris dolor dolore ante volutpat felis, sit congue mi molestie consectetur sed nunc sem eget amet aliquam lobortis. Nisi, lobortis ullamcorper adipiscing dolor donec ante, tellus consectetur sed, ut diam eget sit aliquam nibh euismod turpis aliquam et euismod amet ac nibh euismod adipiscing. Nibh euismod nonummy lorem ut diam adipiscing ipsum lobortis ullamcorper elit feugiat congue et id, sit magna mi id, sit, ac, laoreet aliquet consectetur sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut mi, id turpis ac tincidunt aliquet eget, pulvinar nisi ante volutpat non, nonummy tempus lobortis. Ullamcorper felis ipsum congue et id sit magna, laoreet tellus, at erat tincidunt aliquet eget pulvinar. Aliquam lobortis ullamcorper, felis feugiat eget pulvinar aliquam nibh euismod turpis ac tincidunt ullamcorper adipiscing lorem. Congue mi molestie pharetra donec, ante tellus consectetur, erat nunc proin, id amet aliquam nonummy tempus. Ut et euismod consectetur erat nunc sem mauris pulvinar donec nibh non adipiscing tempus ut praesent. Felis sit, ac massa, aliquet elit dolor dolore proin eget pulvinar aliquam nibh ullamcorper adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ac massa sem eget pulvinar tempus lobortis ullamcorper. Felis lorem congue praesent mauris pharetra magna laoreet tellus. At sed nunc sem eget, turpis lorem congue praesent. Molestie consectetur ipsum tempus nibh ullamcorper felis feugiat magna. Praesent molestie consectetur erat massa sem elit sed nunc. Sem at dolor nisi et volutpat, turpis tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra, donec lobortis diam molestie consectetur sed nisi nibh euismod adipiscing. Lorem tincidunt praesent felis feugiat nonummy ipsum lobortis ullamcorper felis sit magna. Laoreet sem elit dolor nunc sem eget amet aliquam lobortis euismod adipiscing. Feugiat magna praesent molestie sit ut mi tellus at dolor, nisi, nibh. Ullamcorper adipiscing feugiat, congue praesent molestie consectetur sed nunc diam eget pulvinar. Nisi nibh euismod turpis ac tincidunt praesent mauris mi, euismod consectetur ac. Nunc proin eget amet, donec nibh non adipiscing ipsum ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at dolor dolore proin volutpat nonummy lorem congue mi tellus consectetur erat massa sem, eget amet. Lorem congue ante volutpat aliquet, mauris pulvinar donec ante volutpat amet aliquam nibh ullamcorper adipiscing feugiat ac mi. Tellus at ipsum nisi proin eget, dolor dolore proin eget pulvinar tempus ut diam felis sit sed nunc. Et euismod turpis aliquam nibh volutpat amet aliquam nibh euismod turpis lorem tincidunt diam felis lorem congue diam. Felis praesent molestie pharetra erat nunc sem eget amet tempus lobortis aliquet felis dolor magna ante tellus consectetur. Sed ut diam id turpis ac congue et molestie turpis, magna et euismod at, dolor donec, ante euismod. Nonummy lorem, ut diam adipiscing feugiat magna et felis feugiat magna mi molestie turpis ac, dolor magna ante. Tellus consectetur erat massa sem euismod turpis aliquam nibh ullamcorper adipiscing feugiat dolore praesent mauris feugiat congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing dolor donec ante volutpat felis sit congue mi aliquet at sed dolore, et euismod adipiscing feugiat magna ante. Tellus consectetur sed, nunc sem, elit, amet ac laoreet ullamcorper adipiscing feugiat dolore mi volutpat nonummy, ipsum, nunc diam. Id consectetur dolor nunc praesent euismod turpis lorem tincidunt praesent adipiscing lorem lobortis euismod adipiscing feugiat tincidunt, aliquet molestie. Dolor donec ante non elit ipsum nisi nibh euismod adipiscing, lorem congue ante dolore et volutpat pulvinar aliquam proin. Volutpat adipiscing lorem lobortis diam mauris consectetur, erat laoreet tellus consectetur erat massa tellus consectetur erat laoreet lorem lobortis. Praesent molestie consectetur erat massa diam eget pulvinar aliquam laoreet ullamcorper mauris pharetra donec, proin non elit, ipsum magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tincidunt diam felis sit magna laoreet, non elit pulvinar nisi. Laoreet aliquet at, dolor donec ante volutpat amet nonummy lorem magna. Mi molestie consectetur erat laoreet non at ipsum nisi proin eget. Amet aliquam tincidunt mi volutpat, nonummy ipsum nisi et, euismod dolor. Dolore lobortis diam id sit ac massa aliquet at dolor dolore. Nibh euismod, turpis tempus lobortis diam felis feugiat congue diam mauris. Pharetra sed nunc aliquam lobortis praesent molestie dolor donec ante non. Consectetur ipsum, ut et id turpis lorem, dolore, ante volutpat, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem congue mi non elit tempus nisi mi, id turpis lorem, tincidunt ante praesent non eget, adipiscing pharetra. Sit ipsum ullamcorper volutpat felis consectetur amet nonummy sit pharetra tempus lobortis ullamcorper felis sit ac laoreet molestie at. Amet lorem, tincidunt aliquet molestie consectetur donec massa tellus elit pulvinar aliquam et, ullamcorper at feugiat dolore ante non. Nonummy, feugiat ac nunc aliquet mauris, dolor aliquam nibh ullamcorper adipiscing lorem lobortis, diam molestie consectetur sed dolore, sem. Elit pulvinar tempus tincidunt ullamcorper felis feugiat magna mi mauris pharetra erat massa, non nonummy erat nunc proin laoreet. Aliquet at pulvinar aliquam lobortis ullamcorper felis dolor magna mi molestie consectetur ipsum ut diam elit pulvinar, aliquam nibh. Euismod turpis lorem tincidunt ullamcorper at sed dolore proin eget amet lorem ut diam felis sit ac massa proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna dolor, tempus nunc sem id turpis lorem laoreet aliquet eget amet aliquam ut diam molestie sit ac mi aliquet at, dolor aliquam tincidunt diam mauris. Consectetur sed ut et id adipiscing feugiat congue, proin volutpat amet tempus massa sem felis consectetur lorem tincidunt sem eget amet dolore, proin volutpat amet tempus ut. Et molestie, consectetur erat nunc proin, eget pulvinar nisi ante volutpat nonummy tempus lobortis diam, adipiscing feugiat magna, mi non elit ipsum nisi proin elit amet aliquam. Tincidunt praesent, molestie pharetra erat nunc, sem id turpis, aliquam laoreet euismod adipiscing feugiat congue ante, volutpat amet erat, massa, non nunc proin volutpat amet aliquam nibh. Ullamcorper id pharetra ac mi tellus, consectetur erat nunc sem eget, pulvinar nisi ante euismod amet aliquam nibh ullamcorper adipiscing feugiat aliquam lobortis ullamcorper nonummy tempus massa. Non elit ipsum ut et molestie, sit magna, et euismod, consectetur sed dolore praesent eget amet tempus, lobortis ullamcorper ut et id turpis erat nunc aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id eget nonummy at adipiscing dolor ipsum magna. Nunc lobortis mi sem euismod consectetur pulvinar tempus. Congue nunc diam, tellus, eget nonummy, feugiat, erat. Felis nonummy ipsum ac nunc nibh praesent molestie. Nonummy pulvinar lorem donec congue massa et magna. Nunc, lobortis praesent non molestie eget turpis tempus. Congue ante diam aliquet diam tellus eget adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tincidunt praesent mauris dolor magna ante volutpat. Nonummy at at adipiscing sed donec congue nunc. Nibh massa laoreet lobortis lobortis tincidunt nibh ante. Et proin laoreet laoreet, nibh laoreet et ante. Mi, et proin tempus erat lorem aliquam donec. Ac tempus ipsum dolor pharetra amet sed, tempus. Ac lorem erat magna laoreet aliquet at pulvinar. Aliquam lobortis, euismod, adipiscing dolore ante volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat pulvinar feugiat, congue praesent mauris pharetra donec massa tellus consectetur sed massa sem elit pulvinar dolore et volutpat turpis lorem congue praesent molestie consectetur erat massa non elit. Ipsum ut sem elit pulvinar ut nibh euismod amet ullamcorper adipiscing ac, lobortis aliquet felis tempus lobortis diam mauris dolor congue praesent molestie pharetra donec mi tellus consectetur erat massa. Non, elit ipsum mauris consectetur erat ut diam eget pulvinar aliquam laoreet tellus adipiscing, sed dolore praesent mauris pharetra donec massa non nonummy tempus lobortis sem tincidunt praesent felis, feugiat. Magna laoreet non elit, pulvinar aliquam nibh ullamcorper adipiscing lorem tincidunt praesent mauris pharetra donec massa non elit ipsum nisi et id, at ullamcorper, felis feugiat congue et, molestie sit. Ac nunc proin volutpat amet tempus lobortis euismod nonummy tempus lobortis ullamcorper felis sit, erat massa non elit pulvinar dolore, nonummy congue, ut donec, congue massa, proin eget pulvinar nonummy. Ipsum dolor nisi ante euismod turpis feugiat congue praesent, mauris pharetra sed nunc sem eget amet lorem tincidunt mi, mauris pharetra donec massa sem nonummy ipsum ut et eget sit. Lorem tincidunt aliquet eget pharetra aliquam massa ac massa tellus consectetur erat nunc sem mauris dolor dolore ante, ullamcorper felis feugiat congue praesent id sit ac laoreet aliquet consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus mauris dolor aliquam ante ullamcorper felis feugiat congue, laoreet sem at sed volutpat turpis feugiat. Congue nisi nunc ut mi sem id adipiscing pharetra sit ipsum feugiat erat, nisi laoreet tellus turpis. Ac tincidunt sem at sed non at sed nunc aliquet elit ipsum dolore et eget pulvinar aliquam. Lobortis mi tellus pharetra erat nunc sem elit sed nisi tincidunt lobortis massa, mi aliquet at sed. Nunc sem mauris dolor dolore aliquet at sed nunc praesent mauris dolor donec ante volutpat nonummy ipsum. Magna laoreet lobortis euismod, nonummy, lorem lobortis diam felis feugiat ut praesent molestie elit molestie felis eget. At molestie eget adipiscing feugiat, congue mi molestie pharetra magna ante molestie congue praesent nibh id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor erat ante volutpat elit pulvinar ac tincidunt aliquet at mi non ullamcorper, volutpat id eget felis molestie elit turpis feugiat donec ante tellus nonummy. Sed nisi et id turpis ac, laoreet aliquet mauris, dolor dolore et euismod adipiscing feugiat congue ante molestie consectetur erat nunc sem elit ipsum ut. Proin id amet aliquam laoreet praesent diam aliquet ullamcorper, volutpat, sit donec massa non nonummy ipsum ut et id amet ac tincidunt aliquet felis, feugiat. Tincidunt mi mauris pharetra donec massa diam eget laoreet molestie consectetur, ac laoreet tellus elit, turpis amet turpis dolor lorem ipsum ac donec congue ante. Non eget sit ac laoreet aliquet at lorem tincidunt praesent et euismod turpis erat laoreet aliquet mauris pulvinar dolore proin volutpat nonummy, tempus ut diam. Id consectetur sed nunc proin eget felis nonummy consectetur, turpis consectetur at nisi et tellus adipiscing lorem congue, praesent molestie dolor congue proin mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolor donec nibh diam molestie pharetra ac massa tellus at erat laoreet aliquet at turpis consectetur turpis turpis consectetur at amet feugiat magna mi tellus ipsum congue et. Id consectetur sed nunc proin, eget pulvinar aliquam nibh, euismod, nonummy tempus lobortis ullamcorper adipiscing lorem, congue praesent id sit, magna laoreet laoreet tellus at pulvinar lorem, tempus lorem. Tempus ipsum dolor tempus congue praesent molestie, consectetur, erat nunc proin id turpis ac lobortis ullamcorper adipiscing ullamcorper felis feugiat magna, mi tellus consectetur sed ut proin id pulvinar. Aliquam, laoreet, ullamcorper at feugiat dolore, praesent mauris feugiat tincidunt aliquet molestie felis lobortis, laoreet non at sed nunc proin eget pulvinar dolore sem elit amet lorem congue, praesent. Mauris, consectetur donec ante, tellus consectetur erat, massa sem eget pulvinar, aliquet at sed nunc aliquet mauris dolor nisi ante volutpat pulvinar aliquam magna nisi congue, lobortis laoreet laoreet. Proin diam id turpis, dolor aliquam nibh, ullamcorper nonummy feugiat congue, mi molestie, consectetur sed nunc sem eget pulvinar aliquam nibh ullamcorper adipiscing lorem tincidunt aliquet mauris feugiat magna. Mi tellus, nibh laoreet et praesent ullamcorper sem euismod mauris feugiat congue praesent mauris pharetra, magna mi molestie dolor magna praesent molestie pharetra donec massa non at ipsum, ut. Erat, lobortis diam, felis feugiat magna laoreet tellus turpis ac laoreet aliquet at sed nunc nibh mi proin praesent ullamcorper sem euismod volutpat nonummy tempus ut sem tempus tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt proin volutpat nonummy aliquam massa, mauris pharetra donec ante volutpat consectetur tempus nunc non elit ipsum ut proin proin praesent sem aliquet non aliquet. Euismod, molestie elit, ipsum magna, laoreet ac laoreet tellus adipiscing dolor donec ante volutpat nonummy tempus lobortis ullamcorper elit ipsum nisi mi tellus, at dolor nisi ante. Euismod aliquet at sed congue lobortis laoreet nibh ante et lobortis mi sem euismod, sit ac laoreet tellus at sed dolore proin volutpat amet, aliquam molestie, amet. Tempus ut mi tellus consectetur sed dolore proin eget amet, aliquam nibh ullamcorper, adipiscing, sit magna mi molestie consectetur amet feugiat tempus erat aliquam, mi non nonummy. Ipsum nisi et, euismod adipiscing, lorem congue proin molestie pharetra, aliquam, massa ullamcorper nonummy ipsum ut et felis pulvinar magna et euismod, turpis lorem ullamcorper at dolor. Dolore massa mi et praesent sem tellus ullamcorper volutpat felis sit ac, tincidunt tellus at, dolor nunc praesent mauris et id turpis erat massa proin volutpat, pulvinar. Tempus tincidunt ullamcorper adipiscing lorem congue praesent molestie pharetra donec massa non elit amet aliquam et ullamcorper molestie felis praesent sem tellus, consectetur, dolor donec nibh non. Nonummy feugiat congue praesent felis sit ac laoreet molestie consectetur sed dolore ante volutpat turpis lorem tincidunt ullamcorper adipiscing proin eget sit ac laoreet ullamcorper adipiscing lorem. Congue mi sem aliquet euismod molestie id, euismod molestie elit turpis ac tincidunt praesent, eget amet aliquam massa non massa non nonummy erat ut diam felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ante volutpat adipiscing feugiat congue et felis sit. Magna aliquam magna nisi nunc lobortis ut nunc lobortis. Ullamcorper id sit magna mi praesent molestie pharetra, erat. Lobortis non elit pulvinar nisi nibh tellus adipiscing lorem. Nunc proin volutpat amet, tempus ut diam id pharetra. Ac, massa ipsum lorem tempus donec ac dolore, ut. Diam id pharetra ac massa tellus at sed, dolore. Proin, euismod turpis lorem tincidunt aliquet molestie consectetur tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor donec ante ullamcorper felis turpis ac laoreet aliquet. Elit pulvinar feugiat ipsum sed aliquam erat lorem aliquam, euismod. Mauris pharetra, erat lobortis, ullamcorper, id feugiat nisi et id. Turpis lorem tincidunt sem volutpat amet aliquam, nibh diam molestie. Pharetra ac et tellus elit dolor nunc proin eget pulvinar. Lorem tempus ac aliquam magna ac aliquam ut praesent molestie. Pharetra erat massa aliquet, elit pulvinar nisi et eget, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie nonummy erat massa, tellus consectetur sed nunc et volutpat amet ac lobortis aliquet. Adipiscing, ante sem euismod volutpat tellus id mauris id eget turpis sed, congue praesent mauris. Dolor erat, lobortis sem nonummy, tempus lobortis non elit tempus ut praesent id sit magna. Mi aliquet elit dolor dolore nibh ullamcorper adipiscing, tempus tincidunt, diam, felis feugiat, magna praesent. Molestie consectetur erat laoreet, non massa ullamcorper elit tempus, lobortis sem elit pulvinar, nisi, et. Euismod, consectetur lorem, tincidunt aliquet adipiscing dolor donec ante volutpat nonummy tempus, lobortis ullamcorper magna. Ante volutpat nonummy, tempus ut diam eget turpis ac tincidunt praesent mauris dolor donec ante. Volutpat nonummy tempus, lobortis sem id turpis erat, laoreet, tellus mauris pulvinar aliquam congue ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat pulvinar dolor ipsum lobortis et id, sit ac laoreet nibh praesent molestie consectetur erat nunc sem elit, ipsum dolore. Nibh ullamcorper felis feugiat congue praesent mauris dolor donec, massa non consectetur erat massa tellus at adipiscing nonummy consectetur felis. Nonummy consectetur erat, dolore ante euismod adipiscing feugiat donec mi molestie consectetur erat massa, non, elit pulvinar dolore nibh volutpat. Non elit ipsum ut diam, euismod turpis ac laoreet euismod adipiscing lorem congue praesent, molestie felis at turpis amet sit. Adipiscing nonummy pulvinar aliquet at dolor donec nibh diam id sit magna laoreet tellus elit ipsum dolore proin volutpat pulvinar. Nisi nibh, ullamcorper felis lorem tincidunt diam adipiscing lorem id consectetur sed nisi tincidunt massa et, sem aliquet et, sem. Euismod adipiscing lorem ut diam, mauris pharetra erat nunc et id amet ac, tincidunt aliquet at ullamcorper felis dolor magna. Massa sem eget sit aliquam laoreet ullamcorper turpis, aliquam, nibh euismod turpis amet at adipiscing consectetur nisi et, id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet non at ipsum, nisi lobortis aliquet mauris. Amet ipsum nisi, laoreet tellus consectetur sed, nunc. Ante non adipiscing tempus ut et, felis sit. Magna massa nibh aliquet mauris, sem ullamcorper, volutpat. Id eget laoreet aliquet adipiscing sed tincidunt proin. Molestie amet erat massa diam id turpis ac. Nunc, sem, at sed dolore ante volutpat pharetra. Aliquam nibh non pharetra erat massa non elit. Ipsum nisi diam tellus volutpat molestie eget at. Adipiscing, euismod eget adipiscing feugiat, ac laoreet sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, mauris amet lorem tincidunt praesent mauris pharetra donec massa sem elit ipsum ut sem elit ipsum nisi sed aliquam lobortis praesent, molestie elit at, nonummy pharetra. Pulvinar dolor sit erat aliquam nibh ullamcorper adipiscing lorem congue aliquet molestie amet tempus donec massa non elit pulvinar nisi, et euismod turpis, lorem congue, praesent, volutpat. Elit sit erat nunc ante volutpat amet tempus donec nisi, nunc, lobortis massa laoreet donec massa non nonummy tempus massa sem elit pulvinar ut, nibh tellus turpis. Lorem dolore proin eget dolor donec proin non amet erat volutpat amet aliquam ante euismod nonummy lorem congue nunc nibh proin praesent sem proin ullamcorper tellus consectetur. Erat dolore, proin eget pulvinar nisi proin, volutpat nonummy tempus congue praesent molestie consectetur sed ut sem eget amet aliquam, lobortis, ullamcorper felis feugiat magna praesent molestie. Consectetur tempus nisi et, id adipiscing amet pharetra pulvinar sed euismod, adipiscing feugiat congue aliquet mauris elit pulvinar magna et eget turpis lorem, nunc aliquet at sed. Donec, ante non nunc aliquet at sed dolore proin eget pulvinar aliquam nibh ullamcorper adipiscing lorem ut laoreet et praesent diam tellus euismod non molestie at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, tempus congue mi id sit erat, massa proin elit sed, dolore proin eget aliquet consectetur ac tincidunt aliquet mauris, dolor aliquam lobortis. Diam mauris sit magna massa nibh, proin, diam tellus volutpat non tellus elit, adipiscing, dolor congue dolore nibh, non adipiscing ipsum ut, et. Id at sed dolore proin volutpat amet aliquam nibh ullamcorper adipiscing lorem congue diam molestie pharetra erat nunc, eget turpis ac, tincidunt praesent. Felis feugiat dolore mi volutpat nonummy erat massa non elit ipsum magna laoreet aliquet at sed dolore proin volutpat pharetra donec massa non. Nonummy erat massa non nonummy, tempus, nunc diam elit sed, nunc, non elit ipsum dolore proin eget pulvinar aliquam tincidunt, aliquet, felis non. Nonummy pulvinar magna nibh euismod turpis ac tincidunt aliquet mauris pharetra dolore proin mauris dolor dolore ante, volutpat nonummy tempus ut, sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat massa tellus at pulvinar nisi nibh euismod amet, aliquam tincidunt mi volutpat consectetur tempus nunc consectetur, erat massa. Non elit sed dolore et euismod turpis aliquam nibh aliquet felis lorem tincidunt diam mauris pharetra donec, ante non nonummy. Pulvinar nunc non consectetur sed, nunc sem eget amet aliquam nibh, ullamcorper felis feugiat congue mi, tellus consectetur erat nunc. Sem eget ipsum nisi et euismod, adipiscing pulvinar aliquam lobortis ullamcorper felis feugiat congue ante non elit pulvinar nisi et. Euismod turpis lorem congue, proin volutpat elit ipsum congue diam felis tempus nunc diam id turpis ac laoreet tellus adipiscing. Sed dolore proin, volutpat amet tempus ante non elit ipsum nisi, et id turpis erat nunc, proin nibh euismod adipiscing. Sed aliquam ante volutpat amet tempus ut diam felis, feugiat magna mi tellus at dolor dolore ante eget pulvinar, dolore. Ante volutpat nonummy proin euismod adipiscing dolor dolore mi molestie dolor erat massa non elit ipsum nisi et id sit. Aliquam donec massa laoreet tellus at pulvinar nisi nibh ullamcorper, felis dolor donec mi non elit ipsum ut et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet tellus at sed nunc aliquet mauris. Pulvinar donec ante euismod adipiscing lorem, congue mi. Molestie pharetra ac massa sem volutpat amet aliquam. Lobortis praesent felis pharetra erat nunc diam euismod. Turpis lorem congue praesent at dolor dolore lobortis. Ullamcorper id turpis ac laoreet, tellus consectetur, lorem. Dolore nibh non nonummy lorem congue praesent, id. Pharetra erat massa molestie consectetur ac laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing feugiat donec, mi. Tellus consectetur sed nisi et euismod. Adipiscing dolor, dolore ante non elit. Pulvinar magna laoreet tellus consectetur lorem. Dolor donec ante volutpat nonummy tempus. Ut et molestie turpis, ac laoreet. Tellus at sed dolore sem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, praesent eget pharetra aliquam donec ac donec congue nunc. Tincidunt pulvinar sed donec, ut mi aliquet eget turpis feugiat. Tempus magna, proin ullamcorper id consectetur pulvinar lorem donec ut. Massa nibh, praesent et sem ullamcorper molestie felis eget adipiscing. Consectetur turpis adipiscing, consectetur sit sed congue aliquam tincidunt mi. Volutpat id turpis lorem tincidunt praesent eget pulvinar donec nibh. Non, adipiscing sit magna mi molestie, consectetur ipsum dolore et. Volutpat amet tempus, dolor erat massa sem, id turpis, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat nonummy ipsum nisi mi, euismod turpis lorem nunc praesent eget, pharetra donec nibh ullamcorper nonummy ipsum congue et id, sit ac laoreet tellus at pulvinar nisi. Ante euismod felis lorem nonummy sed ut proin eget pulvinar dolore proin elit pulvinar ac tincidunt praesent mauris pharetra magna mi molestie nonummy tempus massa sem eget sit. Ac pharetra erat nunc aliquet at sed nunc sem mauris sed dolore ante euismod nonummy tempus lobortis ullamcorper adipiscing, ipsum congue praesent molestie consectetur lobortis sem elit ipsum. Ut, et id sit ac laoreet tellus at sed dolore praesent mauris pharetra aliquam massa non elit ipsum lobortis diam molestie turpis magna pulvinar magna et id sit. Magna nibh euismod turpis, lorem, dolore ante volutpat nonummy, ipsum congue, laoreet sem, elit pulvinar nisi ante euismod amet aliquam lobortis congue praesent id sit congue mi id. Sit ac laoreet tellus, consectetur sed nunc proin volutpat pulvinar aliquam nibh diam molestie pharetra erat, nunc proin id, amet volutpat mauris pharetra donec ante tellus consectetur tempus. Nunc et id turpis ac tincidunt aliquet adipiscing sed dolore proin molestie laoreet tellus at dolor nunc sem eget amet aliquam, lobortis, ullamcorper adipiscing feugiat congue praesent molestie. Pharetra erat massa tellus consectetur erat nunc sem, eget pulvinar nisi feugiat magna praesent, mauris sit donec massa non consectetur erat nunc aliquet at ipsum dolore proin eget. Pulvinar aliquam, nibh euismod, nonummy, tempus lobortis, diam mauris sit ante, non amet ipsum congue diam felis sit, nisi mi tellus turpis ac tincidunt aliquet at sed, dolore. Ante ullamcorper felis ipsum ut praesent molestie, consectetur mi, volutpat pharetra erat, lobortis sem elit ipsum nisi nibh euismod adipiscing lorem dolore ante, non adipiscing ipsum magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non felis, sit magna nibh aliquet mauris dolor donec nibh volutpat, nonummy, tempus congue mi sed nunc aliquet elit dolor. Dolore nibh ullamcorper adipiscing lorem lobortis ullamcorper felis sit magna mi tellus consectetur sed ut nibh ullamcorper at dolor, dolore. Consectetur ipsum, ut nibh euismod adipiscing lorem, laoreet aliquet mauris dolor dolore proin volutpat amet erat massa non elit ipsum. Ut et, id, turpis, lorem lobortis ullamcorper felis feugiat, congue et molestie sit congue mi molestie consectetur sed dolore ante. Volutpat turpis tempus tincidunt praesent molestie pharetra donec magna, laoreet tellus consectetur erat, laoreet tellus, consectetur ac tincidunt aliquet elit. Sed nunc, sem eget amet, aliquam nibh ullamcorper felis sit, magna mi molestie pharetra ac ac mi id sit magna. Laoreet aliquet mauris, dolor dolore proin eget amet donec ante non felis feugiat congue mi molestie pharetra ac massa, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt diam felis pharetra, erat ut, proin eget sit aliquam nibh ullamcorper mauris dolor donec felis dolor donec. Ante sem elit pulvinar nisi et, id turpis aliquam nibh id turpis ac tincidunt ullamcorper at, feugiat dolore. Ante volutpat consectetur tempus, ac, massa, aliquet at sed massa, aliquet elit pulvinar aliquam lobortis ullamcorper adipiscing lorem. Congue mi molestie consectetur erat massa non elit ipsum ut et id et ullamcorper turpis tempus tincidunt aliquet. Mauris dolor donec mi tellus consectetur sed ut sem elit pulvinar ut proin id amet, nisi felis feugiat. Magna massa non elit pulvinar lorem tincidunt praesent mauris dolor donec ante non nonummy tempus ut diam felis. Ipsum ut et id sit lorem tincidunt turpis ac tincidunt aliquet adipiscing sed tincidunt aliquet mauris pharetra dolore. Mi non consectetur erat, massa sem id pulvinar nisi, laoreet aliquet mauris dolor congue proin, eget aliquam tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent volutpat consectetur erat massa sem eget, pulvinar magna nibh euismod molestie amet erat massa non nonummy tempus. Ut diam id turpis ac tincidunt sem mauris dolor aliquam ante eget amet aliquam massa ullamcorper adipiscing feugiat turpis. Erat nunc, sem eget amet tempus, lobortis ullamcorper adipiscing lorem, congue praesent, felis sit, magna laoreet tellus at, ipsum. Nisi et volutpat turpis aliquam elit, pulvinar nisi diam eget pulvinar nisi nibh euismod adipiscing lorem tincidunt praesent molestie. Amet tempus massa non amet ipsum ut et id sit lorem, laoreet aliquet mauris pharetra dolore ante volutpat amet. Aliquam lobortis diam id sit magna laoreet tellus at, dolor nisi ante euismod nonummy lorem congue diam proin volutpat. Nonummy feugiat congue et id, turpis ac tincidunt aliquet elit pulvinar nisi ante volutpat nonummy lorem lobortis diam felis. Lorem, congue diam adipiscing feugiat aliquam nibh euismod turpis tempus nibh ullamcorper adipiscing dolor, donec ante molestie pharetra donec. Aliquam nibh, euismod adipiscing lorem laoreet molestie consectetur tempus lobortis sem elit ipsum ut diam eget sit nisi nibh. Tellus at dolor, donec ante non felis ipsum nisi mi aliquet at dolor, dolore aliquet mauris dolor, dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis feugiat congue mi tellus pulvinar magna, laoreet aliquet mauris dolor dolore proin eget dolor dolore proin non molestie at, turpis. Amet sit erat nisi lobortis mi sem id consectetur nibh aliquet non id elit turpis feugiat erat nisi tincidunt lobortis praesent volutpat felis. At nonummy feugiat donec ut nibh aliquet volutpat felis consectetur pulvinar nibh, praesent volutpat id mauris nonummy feugiat erat ut tincidunt proin non. Id euismod mauris adipiscing sit, sed, nisi congue ante sem euismod et praesent, praesent, nibh, nibh massa laoreet lobortis nunc tincidunt ut dolore. Congue nisi aliquam donec ac aliquam ut ut nunc, nibh praesent sem ullamcorper volutpat, felis id at felis consectetur ipsum ac aliquam magna. Nisi donec ut mi proin ullamcorper molestie nonummy sit sed nisi congue massa, mi sem euismod molestie nonummy sem, aliquet, ullamcorper tellus eget. Adipiscing, nonummy sit erat nisi tincidunt ante tellus id mauris, nonummy feugiat sed nisi congue massa et, aliquet eget turpis dolor laoreet magna. Ut donec, congue, massa laoreet ante molestie amet tempus congue nunc, lobortis ante diam euismod at pulvinar feugiat donec nunc laoreet proin diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet aliquet euismod adipiscing sit donec massa sem consectetur sed nunc non elit volutpat turpis, lorem congue mi felis lorem tincidunt ullamcorper adipiscing. Sit, magna mi tellus consectetur sed nunc sem elit pulvinar aliquam laoreet euismod turpis pulvinar nisi nibh euismod adipiscing dolor donec ante non nonummy. Sed nisi et id sit aliquam, tincidunt aliquet at dolor donec ante non nonummy erat massa, non feugiat, donec volutpat nonummy ipsum congue et. Molestie turpis ac massa aliquet at sed nunc proin eget pulvinar, donec nibh euismod nonummy tempus proin volutpat nonummy ipsum ut, et id turpis. Ac laoreet tellus turpis lorem nunc proin eget dolor dolore ante eget pharetra donec ante volutpat amet tempus lobortis congue praesent mauris dolor donec. Massa non elit ipsum ut sem elit sed nunc non nonummy sed nunc, sem elit volutpat consectetur erat massa non nonummy sed ut diam. Id adipiscing lorem laoreet ullamcorper adipiscing feugiat tincidunt praesent molestie pharetra donec ante, volutpat consectetur, dolore, ante volutpat amet tempus ut praesent molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod felis feugiat magna mi feugiat magna laoreet non elit pulvinar aliquam nibh, ullamcorper turpis lorem tincidunt ullamcorper turpis ac tincidunt. Praesent molestie consectetur erat nunc sem elit pulvinar nisi adipiscing lorem laoreet ullamcorper adipiscing lorem tincidunt praesent mauris, pharetra, erat massa. Non nonummy tempus nunc diam felis pulvinar magna et id pulvinar, nisi, congue ante volutpat nonummy, ipsum, nisi mi, tellus consectetur. Lorem, dolore proin mauris sed congue proin volutpat nonummy tempus ut ullamcorper elit ipsum laoreet aliquet mauris dolor nunc proin mauris. Pulvinar aliquam ante eget amet donec ante volutpat, amet, tempus lobortis ullamcorper elit ipsum lobortis diam felis turpis ac laoreet nunc. Proin non felis ipsum congue et id consectetur sed dolore et volutpat turpis tempus tincidunt praesent felis dolor magna mi tellus. Nonummy sed, nunc proin eget, ullamcorper at feugiat congue mi non, elit ipsum ut diam felis pulvinar nisi et euismod turpis. Lorem nunc aliquet mauris sed aliquet at erat nunc, sem elit pulvinar aliquam nibh euismod amet aliquam lobortis ullamcorper adipiscing lorem. Magna laoreet non at, ipsum ut proin elit ipsum nisi et praesent mauris dolor congue praesent molestie pharetra magna mi molestie. Consectetur erat massa sem elit amet aliquam lobortis ullamcorper adipiscing, dolor donec ante, volutpat consectetur ipsum nunc, lorem, tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa aliquet at sed dolore proin euismod tincidunt ullamcorper nonummy lorem tincidunt diam adipiscing lorem ut praesent molestie consectetur erat massa sem eget. Pulvinar aliquam lobortis euismod turpis, tempus tellus nonummy ipsum ut et, euismod turpis, lorem congue proin mauris dolor congue mi, molestie amet erat. Lobortis, sem elit erat massa non nonummy ipsum nisi et id turpis ac lobortis, ullamcorper at feugiat dolore praesent molestie pharetra donec ante. Non nonummy pulvinar nisi nibh euismod adipiscing dolor adipiscing sit ac mi tellus consectetur sed nunc proin eget amet lorem tincidunt, ullamcorper adipiscing. Lorem congue praesent id pharetra erat nunc sem, eget pulvinar aliquam lobortis dolore praesent molestie pharetra erat nunc diam euismod sit aliquam laoreet. Aliquet, mauris amet aliquam massa non, nonummy ipsum congue et molestie turpis ac laoreet tellus at ante tellus consectetur sed ut et eget. Pulvinar dolore sem id, amet aliquam lobortis ullamcorper adipiscing tempus congue diam, felis feugiat sit, ac tincidunt ullamcorper adipiscing lorem dolore praesent, molestie. Pharetra donec ante volutpat consectetur donec, ante sem felis pulvinar nisi nibh euismod turpis ac laoreet tellus adipiscing mi molestie consectetur ipsum dolore. Et euismod adipiscing feugiat magna massa non nonummy tempus nunc sem eget sit aliquam, nibh aliquet at, dolor dolore proin volutpat amet, non. Felis sit ac laoreet aliquet mauris amet aliquam lobortis ullamcorper adipiscing feugiat, congue praesent id sit ac laoreet tellus consectetur sed nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet, mauris amet feugiat magna mi tellus at sed massa consectetur lorem nunc praesent. Eget, pulvinar aliquam lobortis ullamcorper felis sit ac laoreet tellus, consectetur sed, nunc sem elit. Dolor, dolore proin volutpat, pulvinar aliquam proin volutpat nonummy ipsum ut diam felis sit magna. Mi tellus elit dolor nisi nibh ullamcorper, adipiscing feugiat magna ante molestie pharetra erat massa. Non sit congue et molestie turpis erat laoreet tellus at dolor dolore ante volutpat amet. Aliquam congue praesent mauris sit, magna laoreet tellus consectetur amet, ac tincidunt, ullamcorper felis feugiat. Congue mi molestie pharetra erat nunc sem id sit ac, laoreet aliquet at pharetra aliquam. Massa ullamcorper, nonummy tempus, ut diam sem at dolor dolore proin eget amet tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et id feugiat magna laoreet sem eget amet aliquam, nibh diam felis sit magna laoreet non consectetur erat nunc sem elit sed nisi et eget, amet tempus. Tincidunt praesent molestie ut sem eget sit ac tincidunt aliquet adipiscing, dolor dolore praesent molestie, nonummy ipsum ut diam felis, feugiat nisi mi tellus at sed nunc mi. Tellus consectetur sed nunc proin, eget amet ac lobortis aliquet mauris dolor magna ante tellus consectetur donec massa sem id sit, aliquam nibh euismod turpis ac aliquet, mauris. Pharetra erat nunc sem felis pulvinar nisi diam elit ipsum ut proin eget pulvinar ut proin eget pulvinar nisi et eget ullamcorper adipiscing tempus lobortis ullamcorper felis sit. Donec nunc sem eget pulvinar nisi nibh euismod amet aliquam lobortis euismod turpis, ac lobortis ullamcorper adipiscing feugiat magna ante, nisi nibh euismod, adipiscing nonummy aliquam lobortis diam. Felis pharetra erat nunc aliquet elit sed nunc proin mauris sed nisi proin eget amet aliquam nibh volutpat adipiscing, elit pulvinar nisi lobortis ullamcorper felis feugiat magna ante. Sem elit, ipsum nisi et id sit ac laoreet praesent at nonummy tempus massa non nonummy, feugiat magna et id turpis ac laoreet tellus at, sed nunc proin. Volutpat amet aliquam lobortis, ullamcorper id, feugiat magna mi molestie tempus ut diam id turpis ac laoreet tellus adipiscing sed donec massa ullamcorper adipiscing ipsum lobortis ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem mauris amet tempus. Congue massa, dolore nibh diam, mauris. Nonummy sit lorem nunc aliquet mauris. Nisi nibh euismod adipiscing feugiat congue. Praesent mauris dolor congue diam felis. Feugiat magna mi id pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod adipiscing, feugiat congue mi tellus nonummy sed nunc et, euismod adipiscing sed congue praesent molestie pharetra. Donec massa ullamcorper elit tempus lobortis dolor donec ante euismod nonummy lorem congue diam id sit magna et. Id consectetur erat nunc proin eget pulvinar dolore sem eget sed nunc proin laoreet proin eget sit ac. Laoreet, ullamcorper mauris pharetra tempus ut sem, felis sit ac laoreet tellus consectetur sed tincidunt aliquet at adipiscing. Feugiat congue mi tellus, at ipsum dolore nibh euismod adipiscing feugiat, tincidunt praesent mauris sit donec massa sem. Eget turpis aliquam nibh ullamcorper at lorem congue praesent ac laoreet tellus at sed dolore proin eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sit donec, nunc non consectetur sed, mi tellus turpis magna laoreet tellus at dolor aliquam ante non adipiscing, lorem ut. Ullamcorper felis feugiat, ut diam elit tempus ut diam id turpis dolor erat nunc, sem elit ipsum ut, diam euismod adipiscing. Sed donec ante volutpat amet tempus ut diam id sit nisi mi tellus, at, dolore, ante eget amet donec ante eget. Pharetra tempus massa diam felis feugiat nisi et euismod consectetur dolor dolore proin eget dolor dolore proin non adipiscing tempus erat. Massa proin eget pulvinar nisi nibh ullamcorper adipiscing feugiat, magna mi mauris sit magna mi molestie sit donec laoreet tellus at. Sed at feugiat dolore mi volutpat consectetur tempus ut diam elit, pulvinar nisi nibh euismod turpis lorem tincidunt, aliquet at dolor. Donec ante non elit feugiat nisi et feugiat magna mi non elit, sed massa tellus, consectetur erat nunc proin, eget amet. Ac tincidunt, praesent mauris dolor dolore mi, molestie, consectetur, tempus nunc non nonummy ut diam felis tempus lobortis diam tellus at. Erat laoreet, aliquet at, sed nunc aliquet mauris dolor dolore ante, volutpat amet aliquam massa non adipiscing ipsum ut, et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit pulvinar tempus consectetur erat nunc diam eget, ipsum. Aliquam, laoreet ullamcorper adipiscing, dolor dolore ante molestie pharetra, dolore. Ante volutpat nonummy, tempus ut diam eget ipsum elit ipsum. Nunc sem elit erat massa tellus consectetur erat massa aliquet. At sed dolore ante mauris dolor dolore sem mauris dolor. Dolore praesent nibh aliquet laoreet et ullamcorper mauris pharetra feugiat. Ac dolore ante diam molestie consectetur pulvinar sed donec ut. Laoreet sem eget turpis dolor ipsum, ac mi diam euismod. At amet feugiat erat aliquam congue massa diam, tellus id. At amet feugiat ac dolore nibh praesent, non id consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris nonummy sit pulvinar feugiat ipsum erat, nisi tincidunt mi sem euismod eget adipiscing consectetur. Sit dolor aliquam molestie felis turpis sed aliquam tincidunt massa et aliquet ullamcorper mauris consectetur. Pulvinar ac congue ante, mi proin ullamcorper ullamcorper tellus volutpat molestie id mi diam euismod. Turpis, felis sit ac mi tellus consectetur ipsum nisi et volutpat turpis tempus lobortis ullamcorper. Turpis lorem, lobortis praesent mauris sit magna laoreet non elit pulvinar nisi et volutpat amet. Aliquam et ullamcorper turpis tempus tincidunt praesent felis, feugiat magna mi molestie consectetur sed nunc. Non ante ullamcorper felis feugiat magna et id sit ac tincidunt aliquet mauris dolor donec. Proin volutpat amet tempus ut et tellus at ipsum nisi nibh euismod turpis aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar ut et aliquet at ac tincidunt aliquet mauris feugiat dolore eget, pulvinar tempus lobortis. Ullamcorper felis, sit magna mi id consectetur sed, massa aliquet at ipsum dolore proin volutpat turpis. Tempus lobortis ullamcorper adipiscing feugiat mauris dolor dolore ante volutpat amet aliquam, ante volutpat amet tempus. Lobortis diam felis sit, magna laoreet tellus at dolor nunc praesent mauris dolor dolore id turpis. Lorem congue praesent mauris pharetra erat massa, non elit ipsum nisi et id sit ac tincidunt. Aliquet mauris dolor congue proin congue mi molestie consectetur erat tincidunt aliquet, at dolor dolore proin. Eget nonummy, aliquam nibh non nonummy ipsum congue, mi tellus, consectetur sed nunc, sem, elit, pulvinar. Mauris pharetra donec mi tellus nonummy ipsum nisi, et euismod adipiscing, ac tincidunt praesent volutpat elit. Feugiat magna mi molestie consectetur erat tincidunt, proin volutpat, amet aliquam, dolore ante volutpat nonummy feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac massa sem eget pulvinar nisi ante volutpat ullamcorper mauris pharetra donec laoreet tellus at erat massa non elit, pulvinar ac congue praesent mauris pharetra, donec, massa volutpat elit. Pulvinar magna, nibh tellus non elit, ipsum nisi proin id turpis lorem lobortis aliquet molestie nonummy ipsum, nisi et id turpis lorem tincidunt aliquet mauris pulvinar dolore ante nonummy consectetur. Erat dolore proin volutpat turpis lorem congue, praesent molestie feugiat congue praesent felis feugiat ut diam molestie consectetur ac laoreet, molestie pharetra mauris consectetur erat nunc sem felis sit magna. Nibh tellus at dolor donec, proin volutpat nonummy tempus lobortis ullamcorper elit ipsum nisi et id sit, ac sed dolore praesent mauris dolor dolore ante eget pharetra, donec massa, volutpat. Nonummy feugiat magna mi id sit erat tincidunt tellus consectetur lorem laoreet tellus at dolor lorem tincidunt aliquet at feugiat congue, proin mauris pharetra dolore mi molestie consectetur erat nunc. Sem, felis sit magna tincidunt pharetra erat massa non elit ipsum dolore proin volutpat amet, nisi et ullamcorper felis feugiat tincidunt praesent mauris sit magna mi, tellus, nonummy sed nunc. Sem, elit erat, dolore proin eget turpis tempus nibh euismod amet aliquam lobortis diam mauris sit congue diam id sit congue et id, pharetra, erat nunc sem, eget pulvinar aliquam. Tincidunt praesent mauris pharetra erat laoreet non elit sed ut sem eget pulvinar nisi nibh ullamcorper turpis lorem tincidunt aliquet felis feugiat congue praesent mauris sit felis feugiat congue, praesent. Molestie at ipsum dolore et volutpat amet aliquam lobortis aliquet, mauris feugiat magna, mi molestie consectetur tempus ut, et euismod turpis lorem, ullamcorper elit ipsum ut et id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ipsum nisi nibh id, amet ac congue mi molestie consectetur erat lobortis sem felis sit magna nibh tellus adipiscing amet tempus ut praesent, id consectetur lobortis. Ullamcorper elit ipsum nisi mi euismod turpis, lorem tincidunt tellus consectetur sed donec ante eget amet tempus ut diam felis feugiat congue, et molestie ante tellus elit. Pulvinar magna, et id sit aliquam nibh id turpis lorem tincidunt aliquet at feugiat, tincidunt aliquet felis feugiat congue aliquet felis feugiat magna non nonummy lorem lobortis. Diam id sit, magna laoreet aliquet elit dolor nisi nibh, ullamcorper felis dolor, donec nunc sem eget, pulvinar nisi diam aliquam, nibh aliquet mauris pharetra, donec massa. Non nonummy feugiat nisi mi, euismod at sed dolore proin eget pulvinar, donec nibh non adipiscing ipsum ut diam molestie nonummy ipsum nisi et euismod consectetur lorem. Dolore, ante volutpat amet tempus lobortis diam id feugiat congue mi molestie turpis, ac massa sem eget, dolor nisi massa, non eget sit, aliquam laoreet, aliquet molestie. Pharetra, donec ante volutpat, elit, ipsum ut diam felis sit ac tincidunt praesent mauris dolor congue praesent mauris dolor, donec ante volutpat pharetra, erat massa volutpat nonummy. Tempus nisi diam felis sit magna nibh tellus at dolor aliquam aliquet at feugiat congue praesent mauris dolor, dolore ante non elit ipsum ut et euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris pharetra ipsum ut et id turpis magna laoreet aliquet mauris dolor dolore ante praesent, non, euismod mauris amet, feugiat diam aliquet volutpat. Turpis felis turpis lorem donec ut mi, non id turpis dolor aliquam congue mi sem volutpat adipiscing pharetra tempus magna tincidunt ante massa laoreet. Nibh mi tincidunt ante ullamcorper molestie at sed nunc aliquet elit dolor nisi nibh euismod nonummy lorem congue diam mauris pharetra erat massa tellus. At non consectetur, sed, dolore sem eget amet tempus congue praesent felis lorem magna ante tellus consectetur erat laoreet tellus pharetra erat laoreet aliquet. Elit amet tempus, nibh ullamcorper adipiscing, lorem ut diam felis feugiat congue praesent molestie pharetra erat nunc sem eget ipsum dolore proin volutpat amet. Tempus tincidunt sed dolore ante non nonummy ipsum lobortis diam felis feugiat congue diam id sit magna mi euismod turpis erat tincidunt aliquet eget. Amet tempus ut diam adipiscing aliquam massa ullamcorper elit feugiat, nisi diam elit consectetur erat nunc aliquet at dolor dolore proin eget, pulvinar aliquam. Lobortis lobortis ullamcorper felis feugiat ut, et molestie turpis ac, tincidunt aliquet at dolor aliquam nibh, euismod nonummy tempus ut diam id feugiat magna. Mi tellus pharetra consectetur dolor dolore sem eget pulvinar nisi nibh euismod nonummy lorem lobortis ullamcorper felis feugiat congue diam felis sit ac laoreet. Tellus consectetur erat tincidunt sem eget at sed nunc proin volutpat nonummy aliquam lobortis diam felis pharetra ac laoreet tellus at ipsum dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna laoreet, aliquet mauris pharetra dolore proin, mauris dolor. Aliquam massa ullamcorper nonummy ipsum lobortis diam felis lorem tincidunt. Praesent molestie pharetra donec massa non elit sed ut proin. Eget amet nisi nibh euismod felis feugiat congue mi volutpat. Nonummy laoreet tellus adipiscing sed, tincidunt aliquet mauris dolor dolore. Praesent molestie pharetra donec massa non nonummy ipsum ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie pharetra tempus ut et molestie sit erat tincidunt aliquet mauris pulvinar nisi ante volutpat nonummy. Tempus ut diam id pharetra ac laoreet nonummy tempus nisi diam felis feugiat nisi mi euismod consectetur. Lorem tincidunt, praesent eget dolor nunc proin volutpat pharetra donec ante volutpat, amet erat lobortis felis, dolor. Magna ante tellus pharetra magna mi molestie nonummy sed nunc sem eget ipsum, nisi, et, id turpis. Lorem congue praesent, felis feugiat congue praesent felis tempus ut ullamcorper adipiscing feugiat congue praesent, felis, sit. Ac massa sem eget pulvinar nisi ante volutpat amet nisi ante euismod nonummy tempus tellus, at dolor. Dolore ante non nonummy tempus ut ullamcorper felis feugiat magna et euismod sit nisi nibh id turpis. Ac tincidunt aliquet at sed dolore praesent ante molestie amet erat massa sem elit pulvinar nisi, mi. Euismod, at pulvinar tempus nibh ullamcorper nonummy tempus ut diam id sit ac mi tellus consectetur aliquet. At pulvinar nisi nibh euismod adipiscing pharetra donec laoreet, non elit ipsum ut proin eget sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed tincidunt, praesent mauris pulvinar, donec ante volutpat nonummy aliquam. Massa ullamcorper elit laoreet tellus, at dolor dolore proin, eget amet. Aliquam nibh non nonummy ipsum lobortis ullamcorper adipiscing, ipsum congue et. Molestie consectetur sed dolore sem donec ante tellus consectetur erat massa. Non elit ipsum nisi nibh euismod turpis lorem congue praesent felis. Feugiat congue mi volutpat consectetur tempus nunc sem elit tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi et id turpis ac tincidunt praesent mauris consectetur. Erat massa non elit tempus eget amet, aliquam massa volutpat. Adipiscing ipsum ut et felis ipsum ut diam felis pulvinar. Ut et id pulvinar nisi, et euismod turpis ac, tincidunt. Tellus aliquet mauris dolor dolore ante non elit ipsum lobortis. Diam id turpis ac laoreet id turpis ac tincidunt praesent. Eget, nonummy ipsum congue mi elit ipsum nisi mi euismod. Consectetur sed nunc sem eget pulvinar aliquam nibh non nonummy. Ipsum congue mi molestie pharetra erat nunc proin dolor donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc et eget sit nisi, nibh euismod. Adipiscing sed donec ante, ullamcorper sit ac tincidunt. Sem volutpat nonummy tempus lobortis diam, mauris pharetra. Erat nunc et ullamcorper adipiscing ac tincidunt ullamcorper. At dolor dolore ante volutpat consectetur sed dolore. Ante non, adipiscing ipsum ut et molestie, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sed nunc sem mauris pulvinar nisi erat nunc sem elit pulvinar, aliquam nibh euismod amet aliquam lobortis aliquet adipiscing, dolor, donec massa sem nonummy tempus. Nunc diam id turpis, ac, laoreet consectetur sed dolore et euismod at feugiat congue mi molestie dolor magna ante tellus pharetra erat nunc sem id, sit. Lorem congue aliquet adipiscing ac nonummy tempus ut, diam felis pulvinar ut et id turpis ac, nibh euismod sit ac tincidunt ullamcorper at dolor dolore ante. Non elit feugiat magna mi molestie aliquet mauris dolor, dolore proin eget pulvinar donec, ante non adipiscing tempus massa ullamcorper molestie turpis erat laoreet tellus consectetur. Sed, dolore ante erat nunc sem eget turpis lorem tincidunt praesent mauris dolor, dolore ante molestie amet donec ante molestie pharetra donec mi molestie, dolor, magna. Molestie molestie, nonummy tempus non elit, ipsum nisi proin id at feugiat congue mi molestie pharetra donec massa sem felis ipsum nisi nibh euismod adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus congue praesent nibh, tellus mauris dolor dolore ante ullamcorper id feugiat congue diam felis sit erat massa, eget nonummy lorem tincidunt praesent. Mauris sit donec massa, tellus consectetur sed nunc sem elit sed, dolore proin eget dolor dolore, ante euismod sed dolore proin eget nonummy. Aliquam lobortis ullamcorper nonummy, aliquam massa ullamcorper elit ipsum ut, et id consectetur sed dolore proin eget pulvinar nunc praesent at sed id. Pharetra, ac laoreet, tellus at ipsum dolore proin volutpat pulvinar aliquam nibh ullamcorper felis feugiat congue mi tellus nonummy, ipsum nisi nibh ullamcorper. Massa ullamcorper felis sit, erat laoreet, aliquet elit pulvinar, tempus tincidunt diam felis feugiat ut, diam id feugiat, lobortis diam adipiscing ipsum congue. Et, felis sit erat nunc sem, eget amet aliquam nibh euismod nonummy, tempus lobortis ullamcorper adipiscing tempus ut diam felis sit magna et. Molestie at sed dolore proin mauris dolor molestie consectetur sed nunc proin id adipiscing lorem tincidunt proin, volutpat pharetra donec massa non elit. Ipsum nisi et euismod mauris sit donec massa non nonummy sed nisi et, euismod turpis ac, tincidunt aliquet, felis feugiat dolore mi volutpat. Elit ipsum ut et, id sit magna erat dolore et ullamcorper volutpat felis, at pulvinar feugiat ipsum dolor dolor tempus ut laoreet, proin. Volutpat adipiscing pharetra erat nunc proin ullamcorper mauris pharetra tempus nisi lorem donec congue ut laoreet nibh massa et, proin diam aliquet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tempus lobortis mi molestie consectetur erat massa non at pulvinar feugiat tempus ac aliquam dolore nisi tincidunt ante. Mi nunc lobortis mi molestie pharetra ac massa non at, sed nunc et volutpat amet aliquam nibh euismod turpis. Lorem congue diam adipiscing feugiat magna mi tellus consectetur donec laoreet aliquet eget, dolor dolore proin eget dolor dolore. Proin eget pulvinar aliquam nibh non nonummy tempus ut diam id pharetra erat massa tellus consectetur erat nunc nunc. Ante ullamcorper nonummy lorem tincidunt ullamcorper adipiscing feugiat magna mi molestie consectetur sed nisi nibh ullamcorper adipiscing, lorem congue. Praesent mauris dolor elit, pulvinar magna nibh euismod adipiscing sed donec nibh non adipiscing ipsum, ut mi, molestie, consectetur. Sed dolore proin eget pulvinar lorem tincidunt diam mauris feugiat magna sed ut et eget amet nisi lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam id turpis ac laoreet nisi nibh ullamcorper adipiscing dolor dolore ante non elit. Feugiat ac laoreet tellus consectetur erat, nunc, ante, volutpat nonummy, tempus ut ullamcorper felis sit. Magna aliquet at dolor nunc sem elit pulvinar nisi ante euismod amet aliquam nibh diam. Mauris pharetra erat laoreet, non at sed nunc proin, eget pulvinar felis feugiat congue praesent. Molestie pharetra donec nunc non elit pulvinar nisi proin, eget pulvinar aliquam laoreet aliquet at. Dolor congue mi mauris, dolor euismod consectetur lorem nunc praesent eget amet aliquam nibh volutpat. Nonummy tempus congue et id turpis erat nunc proin eget pulvinar aliquam nibh diam felis. Feugiat elit ipsum nisi et id, adipiscing feugiat congue praesent at dolor, congue mi volutpat. Consectetur erat, ante non elit ipsum ut diam euismod turpis ac congue praesent feugiat donec. Massa diam id consectetur dolor, nisi proin eget dolor dolore proin mauris pharetra donec nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante sem elit ipsum magna, laoreet tellus consectetur sed nunc proin volutpat nonummy lorem lobortis, ullamcorper felis. Sit erat massa sem, eget aliquet, mauris dolor magna ante non nonummy pulvinar ut, diam eget pulvinar. Ac laoreet aliquet adipiscing feugiat, donec massa non elit, feugiat nisi mi et euismod sit ac laoreet. Aliquet eget nonummy tempus ut, praesent id pharetra erat nunc sem eget pulvinar, dolore et euismod amet. Aliquam lobortis diam mauris feugiat aliquet at dolor congue, praesent molestie, amet erat, lobortis non amet erat. Lobortis diam id sit magna laoreet, euismod sit magna tincidunt aliquet adipiscing dolor dolore ante non nonummy. Ipsum nisi mi euismod at dolor nisi ante euismod nonummy lorem lobortis diam adipiscing ipsum magna laoreet. Tellus consectetur ac massa magna et euismod turpis erat laoreet euismod turpis lorem tincidunt praesent mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat erat massa non, elit pulvinar nisi nibh tellus at pulvinar donec nibh. Diam felis sit magna mi molestie pharetra adipiscing, dolor magna ante volutpat nonummy ipsum. Ut, et euismod adipiscing sed congue ante, eget amet aliquam lobortis ullamcorper felis feugiat. Nisi et euismod turpis non elit ipsum ut diam id sit ac tincidunt aliquet. Molestie amet tempus lobortis diam felis sit ac laoreet tellus consectetur, lorem laoreet aliquet. At sed tincidunt euismod turpis ac lobortis aliquet at dolor erat massa sem elit. Ipsum nisi laoreet tellus consectetur, lorem tincidunt aliquet at dolor donec lobortis mauris dolor. Dolore mi volutpat, nonummy erat massa non nonummy ipsum nunc, diam eget turpis aliquam. Nibh, tellus at dolor donec massa non, elit tempus massa, ullamcorper consectetur, tempus, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem eget sit aliquam et euismod turpis lorem tincidunt ullamcorper dolor dolore, ante. Euismod adipiscing lorem tincidunt diam molestie pharetra magna praesent molestie pharetra ac mi non. At ipsum nisi et ullamcorper, turpis tempus lobortis aliquet ipsum nisi nibh euismod at. Sed dolore ante volutpat, amet aliquam, massa non elit feugiat magna laoreet tellus, turpis. Erat dolore, proin euismod adipiscing turpis ac laoreet aliquet at feugiat dolore proin mauris. Dolor donec massa non nonummy, ipsum ut diam felis sit ac laoreet aliquet adipiscing. Ipsum magna mi molestie consectetur sed nunc ante euismod turpis tempus lobortis ullamcorper adipiscing. Feugiat, congue mi tellus consectetur donec massa sem elit ipsum aliquam et, euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam nibh ullamcorper, felis feugiat donec laoreet non eget pulvinar nisi et ipsum ut, diam felis sit ac, tincidunt aliquet, eget dolor donec proin volutpat amet. Aliquam lobortis ullamcorper felis sit, magna laoreet tellus, consectetur erat laoreet felis sit magna nibh, tellus adipiscing, sed congue praesent, mauris pharetra dolore massa non elit ipsum. Nisi laoreet tellus consectetur dolor dolore proin volutpat amet, aliquam, donec nibh ullamcorper felis sit ac massa sem elit pulvinar nisi, et ullamcorper felis dolor magna, ante. Non elit ipsum nunc diam eget ullamcorper at sed, congue praesent molestie amet erat, lobortis diam felis pulvinar magna mi euismod consectetur sed nunc praesent eget amet. Aliquam nibh ullamcorper felis sit magna donec ante volutpat amet donec massa volutpat elit ipsum nisi diam eget pulvinar nisi et id adipiscing lorem tincidunt, aliquet mauris. Pharetra erat lobortis non elit tellus consectetur tempus ut et euismod adipiscing sed congue, praesent molestie dolor donec proin non nonummy tempus lobortis diam felis lorem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at dolor dolore, proin molestie amet erat massa non sem elit tempus ante non nonummy, ipsum nunc sem elit, ipsum nunc sem eget pulvinar aliquam lobortis ullamcorper adipiscing. Lorem tincidunt aliquet felis lorem tincidunt diam adipiscing feugiat magna laoreet molestie pharetra magna et id sit magna mi molestie consectetur, erat tincidunt aliquet consectetur erat tincidunt tellus consectetur lorem. Laoreet at sed, ut proin id amet aliquam nibh euismod felis dolor dolore mi molestie pharetra donec ante non nonummy sed ut diam id pulvinar non nonummy erat massa diam. Felis feugiat ut et felis pulvinar, nisi nibh tellus at dolor donec proin eget amet aliquam massa, non nonummy tempus lobortis ullamcorper, nisi ante euismod turpis tempus tincidunt praesent mauris. Pharetra, donec laoreet tellus consectetur erat massa non, elit ipsum nunc proin eget amet aliquam nibh volutpat turpis lorem ac, nunc tellus at sed dolore proin eget pharetra donec lobortis. Ullamcorper felis feugiat magna mi molestie consectetur sed, erat nunc sem elit pulvinar nisi et euismod adipiscing, lorem laoreet aliquet mauris dolor dolore ante non nonummy, tempus ut, diam felis. Sit lorem tincidunt praesent id sit erat massa sem at, sed nisi nibh volutpat amet nisi ante eget pulvinar donec lobortis diam, felis, feugiat congue diam felis feugiat congue et. Molestie felis sit ac laoreet aliquet at sed, nunc praesent mauris dolor dolore proin mauris pharetra dolore ante non nonummy ipsum lobortis diam elit, ipsum nisi sem elit sit magna. Nibh, id sit ut et id sit ac laoreet ullamcorper at, feugiat congue praesent, molestie nonummy erat lobortis sem elit sit magna laoreet tellus at ac laoreet praesent, mauris pharetra. Dolore, ante non nonummy tempus massa sem felis, sit ac laoreet tellus turpis lorem tincidunt aliquet at dolor dolore ante, volutpat amet donec ante volutpat nonummy, tempus ut mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac nunc sem elit pulvinar nisi et euismod turpis lorem tincidunt mi molestie dolor donec, ante non nonummy ipsum ut et euismod adipiscing, sed, mauris pharetra. Tempus lobortis ullamcorper felis feugiat nisi et id sit nisi et id at sed nunc proin eget pharetra aliquam massa ullamcorper elit congue praesent mauris pharetra erat. Massa sem eget pulvinar aliquam laoreet aliquet mauris dolor donec lobortis diam id sit magna mi, euismod consectetur ac tincidunt aliquet mauris tincidunt aliquet mauris dolor dolore. Ante diam felis sit magna mi tellus at pulvinar nisi nibh ullamcorper, adipiscing sit donec ante non elit eget pulvinar nisi nibh euismod turpis ac, lobortis ullamcorper. Felis pharetra magna mi mauris pharetra, magna mi molestie pharetra erat massa, tellus at erat laoreet, sem eget ac tincidunt tellus elit pulvinar aliquam ante volutpat amet. Aliquam lobortis praesent id feugiat congue, praesent molestie sit magna et molestie consectetur erat laoreet aliquet at sed et euismod adipiscing ac nunc praesent volutpat pharetra donec. Ante ullamcorper felis feugiat congue et id sit magna laoreet aliquet turpis lorem nunc praesent eget, pharetra donec massa ullamcorper felis, ipsum congue et id, turpis, erat. Dolore proin, eget amet aliquam lobortis ullamcorper felis feugiat congue laoreet molestie, consectetur sed nunc aliquet, elit dolor nisi proin, volutpat turpis tempus tincidunt praesent mauris pharetra. Donec massa non elit, ipsum nisi et ullamcorper adipiscing lorem lobortis nunc aliquet elit sed nunc sem eget amet donec nibh ullamcorper felis sit congue mi molestie. At sed ut proin, id turpis aliquam nibh euismod amet, ante non amet aliquam, ut et, id turpis ac laoreet aliquet elit pulvinar nisi nibh euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa non amet tempus congue mi molestie. Consectetur ac, tincidunt sem mauris pulvinar aliquam nibh. Non adipiscing ipsum lobortis diam felis, tempus congue. Diam id turpis ac tincidunt sem, at sed. Dolore ante eget pharetra donec ante, eget pharetra. Ipsum ut diam id turpis ac nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit ac nonummy feugiat congue mi tellus consectetur sed dolore proin eget pulvinar nisi nibh euismod amet tempus lobortis ullamcorper felis feugiat magna praesent molestie consectetur erat ut. Sem eget ipsum dolore et id, amet aliquam lobortis euismod sit magna mi tellus consectetur, sed massa, aliquet elit dolor dolore proin, feugiat magna mi molestie pharetra erat massa. Non eget pulvinar nisi nibh volutpat amet, aliquam nibh euismod, adipiscing lorem magna mi mauris, sit, magna mi molestie pharetra diam, id pharetra ac laoreet sem eget pulvinar aliquam. Nibh ullamcorper felis, feugiat tincidunt praesent felis, sit donec mi, molestie pharetra erat, massa nibh volutpat, turpis, tempus nibh aliquet felis feugiat magna, praesent molestie pharetra donec laoreet non. Elit pulvinar nisi et id turpis ac lobortis ullamcorper at feugiat dolore pulvinar nisi et id turpis ac nunc praesent at dolor dolore ante molestie, pharetra donec ante non. Elit feugiat nisi et, id turpis ac laoreet aliquet at massa non at sed nisi, et euismod turpis ac tincidunt aliquet molestie pharetra donec ante molestie pharetra erat massa. Sem tellus nonummy ipsum nunc proin elit ipsum dolore nibh ullamcorper mauris pharetra donec massa non consectetur erat massa non nonummy ipsum ut et elit pulvinar nisi et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget adipiscing dolor donec massa sem felis ipsum, magna nibh ut et euismod sit ac tincidunt praesent molestie amet. Erat massa sem id feugiat magna et felis ipsum nisi nibh tellus adipiscing sed nunc, aliquet elit feugiat magna. Mi tellus, at sed nunc proin volutpat nonummy lorem lobortis ullamcorper, adipiscing feugiat magna mi molestie sit ac massa. Aliquet eget aliquam amet feugiat tempus nisi laoreet ante ullamcorper molestie, consectetur tempus nunc sem elit sed ut proin. Eget eget pharetra donec massa ullamcorper felis praesent molestie pharetra donec ante tellus nonummy sed nunc diam eget ipsum. Nisi nibh euismod amet aliquam lobortis euismod turpis ac lobortis, aliquet felis dolor magna mi felis feugiat magna praesent. Tellus consectetur ac laoreet tellus elit ipsum nisi et volutpat amet aliquam lobortis, ullamcorper mauris pharetra erat ante tellus. Pharetra, sed, nisi molestie consectetur ac massa sem eget turpis ac tincidunt aliquet adipiscing feugiat congue mi molestie consectetur. Erat massa non nonummy lobortis diam id sit ac laoreet molestie, turpis magna mi euismod at, dolor dolore sem. Eget dolor, donec proin volutpat nonummy tempus ut ullamcorper felis feugiat congue non felis mi tellus consectetur sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sed congue, proin molestie ullamcorper felis. Feugiat congue, praesent mauris dolor, magna mi. Tellus consectetur sed massa sem elit sed. Nunc, proin id, adipiscing lorem congue praesent. Molestie ullamcorper mauris pharetra magna ante tellus. Consectetur sed nunc proin eget amet nisi. Et id, amet aliquam lobortis ullamcorper turpis. Tempus tincidunt aliquet adipiscing lorem id, pharetra. Erat nunc sem at, sed dolore et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget pulvinar tempus tincidunt praesent felis sit tellus adipiscing ac tincidunt ullamcorper at, lorem congue praesent. Molestie nonummy ipsum nisi et id turpis ac tincidunt sem eget pulvinar tempus ut, ullamcorper adipiscing proin. Id turpis ac lobortis aliquet felis feugiat magna mi, volutpat pharetra, donec massa non nonummy ipsum aliquam. Tincidunt aliquet mauris dolor dolore proin mauris sem elit, feugiat, nisi laoreet tellus at sed dolore praesent. Volutpat nonummy lorem ut diam, felis sit magna mi aliquet at ipsum aliquam, ante diam molestie elit. Sit dolor tempus magna nunc nibh aliquet volutpat felis, consectetur adipiscing amet feugiat sed nunc proin volutpat. Amet lorem congue diam felis feugiat ante volutpat, amet donec ante, volutpat amet, tempus, ut et molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna nibh euismod at nibh ullamcorper felis ipsum ut diam felis sit ac mi tellus elit dolor nisi ante volutpat pulvinar donec. Ante euismod adipiscing tempus lobortis ullamcorper donec massa non id sit ac tincidunt sem mauris pulvinar donec nibh non felis, sit donec laoreet. Sem eget amet aliquam proin eget pulvinar aliquet at sed nunc proin eget pulvinar donec nibh ullamcorper felis feugiat congue, et id sit. Erat nunc sem elit pulvinar aliquam nibh euismod adipiscing feugiat magna amet aliquam congue dolore tincidunt massa, et ante mi non elit tempus. Ut laoreet aliquet at dolor congue proin eget amet donec massa, non mi molestie turpis ac laoreet aliquet at, sed, tincidunt aliquet at. Dolor dolore ante, volutpat nonummy tempus lobortis ullamcorper felis sit congue et molestie consectetur sed tellus pharetra donec ante tellus consectetur erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec ante, non elit ipsum nisi. Amet tempus lobortis diam molestie consectetur sed. Nisi nibh euismod turpis, ac nibh ullamcorper. At, feugiat congue praesent mauris dolor congue. Praesent molestie pharetra erat at dolor dolore. Ante volutpat amet aliquam lobortis diam id. Sit ac laoreet aliquet eget dolor, aliquam. Tincidunt ullamcorper felis lorem congue praesent mauris. Consectetur amet ipsum congue mi, molestie, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, nisi et id turpis ac laoreet aliquet mauris pulvinar non amet ipsum, ut et tellus turpis. Erat dolore ante eget pulvinar aliquam lobortis diam felis sit magna mi tellus, pharetra erat massa non. Elit, massa proin eget amet, aliquam tincidunt praesent mauris pharetra donec massa sem, nonummy ipsum nunc sem. Elit amet aliquam nibh id amet ac lobortis aliquet ante non nonummy ipsum nunc et euismod turpis. Lorem congue proin volutpat amet tempus ut ullamcorper felis sit nisi et id turpis ac laoreet aliquet. Ante ullamcorper felis feugiat congue diam felis, sit magna mi molestie consectetur sed nunc, proin eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et euismod sit aliquam nibh euismod adipiscing feugiat dolore proin volutpat nonummy ipsum nisi mi id sit magna laoreet aliquet at, dolor tellus pharetra erat. Massa non elit ipsum nunc sem eget pulvinar nisi ante volutpat turpis feugiat erat nunc, diam, euismod adipiscing lorem nunc proin non nunc proin, elit pulvinar. Nisi, nibh volutpat turpis tempus tincidunt, diam mauris pharetra, erat nunc, sem eget, pulvinar, nisi, nibh aliquet at dolor dolore proin molestie lobortis sem elit ipsum. Ut diam id, turpis lorem, nunc praesent mauris, pharetra, tempus lobortis, mi id pharetra congue mi molestie consectetur ac tincidunt, mi tellus consectetur erat laoreet non. Nonummy ipsum ut et eget turpis ac lobortis ullamcorper felis, feugiat dolore ante volutpat consectetur tempus ut et euismod turpis, id consectetur sed nunc proin id. Amet ac lobortis ullamcorper adipiscing tempus lobortis diam felis feugiat, magna mi mauris sit magna laoreet tellus at sed nunc non ipsum nisi et id sit. Magna laoreet, tellus consectetur dolor dolore praesent mauris pharetra aliquam nibh non adipiscing ipsum, ut, ac massa aliquet at erat tincidunt aliquet mauris pulvinar donec proin. Volutpat, adipiscing lorem ut ullamcorper adipiscing feugiat congue et molestie consectetur erat massa aliquet at mi tellus nonummy ipsum ut et euismod sit aliquam nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis mi aliquam tincidunt ullamcorper felis lorem congue, praesent molestie, pharetra sed ut, et id adipiscing sed dolore. Ante, non, nonummy ipsum ut diam id feugiat ante tellus nonummy, sed ut diam id, adipiscing dolor congue. Proin non nonummy tempus lobortis ullamcorper felis turpis erat laoreet, sem at sed nunc proin aliquam nibh non. Nonummy ipsum lobortis diam felis, ipsum congue mi tellus at erat tincidunt proin eget pulvinar, nisi nibh euismod. Adipiscing lorem, ut diam id laoreet tellus consectetur dolor dolore et euismod adipiscing feugiat congue praesent mauris pharetra. Donec laoreet tellus consectetur sed nunc proin eget, amet aliquam sit, magna mi aliquet mauris, dolor donec, nibh. Euismod adipiscing feugiat, donec laoreet non elit sed massa sem elit ipsum dolore proin eget pulvinar nisi, lobortis. Diam mauris feugiat donec laoreet tellus elit ipsum nisi proin, eget ipsum dolore proin volutpat amet, lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac tincidunt praesent mauris amet tempus lobortis ullamcorper elit sit magna, laoreet, aliquet at dolor dolore. Ante volutpat nonummy lorem, nibh ullamcorper felis sit magna mi molestie pharetra ac massa, aliquet elit dolor dolore. Proin eget, amet tempus lobortis ullamcorper adipiscing lorem ut diam id et euismod adipiscing lorem dolore mi volutpat. Nonummy tempus lobortis non elit, ipsum nisi et id turpis ac laoreet euismod adipiscing lorem tincidunt aliquet at. Dolor dolore dolor nisi nibh euismod nonummy tempus tincidunt praesent molestie sit donec laoreet tellus consectetur erat nunc. Proin euismod adipiscing, ac, tincidunt mi volutpat ut mi tellus at sed nunc praesent eget pharetra tempus ut. Praesent molestie pharetra erat dolore proin volutpat turpis, lorem congue praesent, mauris pharetra donec massa ullamcorper, felis feugiat. Magna massa aliquet elit ipsum nisi et euismod adipiscing feugiat congue mi molestie consectetur tempus nunc diam, id. Sit ac congue praesent volutpat amet feugiat magna ante tellus consectetur erat massa non id sit aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh ullamcorper, mauris pharetra erat massa non nonummy ipsum ut, sem nonummy ipsum ut. Et id adipiscing lorem congue sit ac laoreet aliquet at dolor dolore ante euismod nonummy. Lorem congue diam, felis sit ac laoreet, tellus consectetur erat, massa sem elit pulvinar volutpat. Nonummy pulvinar ac nibh id turpis lorem tincidunt aliquet mauris dolor dolore ante, volutpat amet. Erat lobortis diam felis feugiat nisi diam felis sit ac tincidunt id turpis lorem tincidunt. Praesent mauris pharetra donec massa non nonummy tempus lobortis sem elit ipsum ut, et, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ipsum, dolore nibh ullamcorper at dolor, dolore ante volutpat nonummy, erat nunc sem elit pulvinar magna et euismod sit at pulvinar aliquam, nibh ullamcorper adipiscing feugiat congue aliquet. Mauris consectetur tempus massa non nonummy ipsum ut, diam id turpis lorem, tincidunt proin lobortis aliquet felis feugiat congue ante sem, elit sit ac laoreet, tellus consectetur sed nunc. Proin, volutpat nonummy tempus lobortis ullamcorper elit sit ac mi id turpis tellus consectetur, erat ante tellus consectetur sed nunc sem elit ipsum ut et eget amet ac tincidunt. Aliquet mauris dolor donec massa non nunc, proin volutpat, amet tempus lobortis ullamcorper adipiscing ipsum ut diam, felis, feugiat, magna mi tellus at sed nunc proin euismod nonummy tempus. Lobortis, ullamcorper felis feugiat massa volutpat nonummy tempus lobortis diam felis feugiat ac, tincidunt, sem mauris sed tincidunt aliquet at dolor donec nibh non adipiscing ipsum congue diam, felis. Sit ac pulvinar aliquam nibh volutpat turpis lorem congue praesent tellus, pharetra erat nunc sem elit, ipsum ut sem elit ipsum, dolore felis sit, ac, laoreet tellus consectetur dolor. Nunc proin mauris pulvinar donec nibh non adipiscing ipsum ut diam id sit magna, mi tellus consectetur sed nunc proin ullamcorper felis sit congue praesent felis, feugiat, magna laoreet. Non eget amet, aliquam lobortis ullamcorper felis dolor magna mi molestie pharetra erat massa non elit sit aliquet eget dolor, dolore proin volutpat amet donec massa non nonummy, tempus. Ut et id sit magna nibh tellus adipiscing lorem tincidunt praesent eget amet aliquam massa feugiat, magna tincidunt aliquet, at dolor dolore proin eget dolor donec nibh ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod adipiscing dolor magna, massa non elit pulvinar nisi nibh tellus adipiscing lorem. Tincidunt praesent eget amet tempus lobortis ante molestie amet erat massa sem felis pulvinar. Magna tincidunt, praesent, mauris dolor aliquam lobortis diam id pharetra sed dolore proin elit. Ipsum nisi et, tincidunt ante et tellus eget felis nonummy sit dolor tempus ut. Mi proin ullamcorper volutpat felis eget turpis, feugiat tempus massa volutpat consectetur tempus nunc. Diam congue mi id consectetur sed, nunc et ullamcorper felis dolor dolore mi volutpat. Consectetur tempus nisi et id turpis magna nibh, euismod turpis sed ac tincidunt praesent. Molestie nonummy tempus lobortis non nonummy tempus massa sem nonummy tempus nunc et eget. Sit nisi et id amet aliquam laoreet aliquet at feugiat magna mi molestie pharetra. Erat nunc diam id turpis ac laoreet ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, nisi proin, volutpat nonummy feugiat donec laoreet non nonummy ipsum ut proin id amet ac tincidunt aliquet molestie, amet. Tempus, aliquet at dolor dolore ante non adipiscing, ipsum lobortis ullamcorper adipiscing feugiat magna laoreet aliquet at pulvinar nisi, nibh. Euismod turpis tempus tincidunt diam, laoreet ullamcorper at sed tincidunt praesent at dolor donec massa diam felis feugiat magna laoreet. Tellus at dolor nunc praesent eget amet tempus ut praesent molestie id sit ac laoreet aliquet at dolor aliquam nibh. Ullamcorper adipiscing lorem congue mi molestie pharetra magna mi tellus consectetur erat nunc proin eget euismod turpis tempus, tincidunt praesent. Molestie nonummy ipsum nunc diam id turpis lorem tincidunt aliquet at sed congue, ullamcorper turpis lorem lobortis aliquet adipiscing dolor. Dolore, mi mauris sit, congue mi, tellus nonummy ipsum ut proin id pulvinar aliquam tincidunt praesent mauris dolor dolore praesent. Volutpat consectetur tempus nunc diam, id turpis lorem amet tempus massa diam felis ipsum ut diam, id sit, ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lorem congue, mi tellus at pulvinar aliquam, laoreet aliquet mauris pharetra. Donec ante, non nonummy feugiat ut et id sit ut diam id. Consectetur sed nunc et eget, pulvinar nisi nibh euismod adipiscing ac tincidunt. Mi volutpat nonummy ipsum nisi et id, sit massa sem eget pulvinar. Nisi nibh ullamcorper felis dolor, magna mi volutpat nonummy ipsum nisi nibh. Euismod turpis ac laoreet ullamcorper adipiscing lorem laoreet aliquet mauris euismod, adipiscing. Lorem dolore proin eget dolor donec massa non elit tempus lobortis ullamcorper. Felis sit ac laoreet tellus at sed nunc praesent praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id consectetur sed dolore proin, elit pulvinar dolore nibh, eget amet tempus nibh nunc sem elit ipsum ut sem eget. Pulvinar, nisi nibh euismod praesent molestie sit, donec massa, sem elit, sed nunc sem at dolor dolore lorem tincidunt tellus. At dolor dolore nibh ullamcorper, nonummy ipsum congue et molestie pharetra ac laoreet tellus consectetur sed dolore proin mauris pulvinar. Nisi lobortis sed, congue praesent molestie pharetra donec proin volutpat amet tempus lobortis diam id turpis magna laoreet tellus at. Dolor dolore praesent mauris pharetra amet aliquam ut diam molestie consectetur erat nunc proin elit pulvinar aliquam tincidunt ullamcorper, felis. Sit donec ante, tellus consectetur, sed ut et id turpis, lorem congue lorem at amet sed aliquam, massa, ullamcorper felis. At adipiscing feugiat congue mi volutpat consectetur erat ante tellus, nonummy ipsum, nisi nibh euismod adipiscing sed dolore ante turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat donec ante sem eget pulvinar magna, nibh euismod adipiscing. Lorem congue dolore proin molestie amet tempus lobortis non elit. Sit lorem nunc sem mauris pulvinar donec nibh diam id. Sit ac laoreet non at sed nunc aliquet, tempus lobortis. Et euismod turpis ac tincidunt aliquet adipiscing, sed congue praesent. Mauris pharetra congue aliquet mauris dolor donec, massa molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, felis sit magna praesent tellus pharetra, donec laoreet. Non, elit sed dolore proin elit pulvinar nisi et. Volutpat massa sem elit ipsum nisi nibh id turpis. Lorem tincidunt praesent mauris pharetra donec massa non nonummy. Ipsum nisi mi euismod turpis ac tincidunt, massa non. Elit amet ac tincidunt aliquet mauris dolor dolore mi. Volutpat consectetur tempus ut, diam eget pulvinar magna nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat lobortis diam felis feugiat, magna laoreet tellus, at dolor aliquam, lobortis diam felis feugiat donec, laoreet non elit sed nunc sem volutpat amet aliquam nibh ullamcorper. Adipiscing dolor donec massa diam elit ipsum nisi et euismod adipiscing at sed, massa aliquet at dolor, nisi et tempus ut, diam, elit ipsum ut nibh tellus at. Sed, dolore proin molestie amet, erat massa volutpat amet erat, massa non elit ipsum ut et id pulvinar praesent molestie sit, congue et molestie pharetra ac, massa sem. Volutpat amet aliquam, ante eget amet tempus, lobortis euismod amet donec ante, volutpat sed dolore proin volutpat amet erat massa sem felis feugiat nisi et id, sit nisi. Nibh euismod, adipiscing lorem tincidunt aliquet, adipiscing sed congue, praesent mauris amet ullamcorper felis feugiat ut diam id sit magna nibh, aliquet mauris sed nunc praesent at dolor. Dolore ante non nonummy ipsum lobortis diam felis sit ac, erat ut et, euismod turpis aliquam laoreet euismod sit aliquam nibh euismod amet aliquam lobortis mi volutpat consectetur. Erat massa dolore ante volutpat nonummy aliquam ante volutpat amet aliquam, massa non nonummy ipsum lobortis diam elit ipsum massa diam id turpis ac, tincidunt, tellus at sed. Dolore massa ullamcorper id sit magna mi tellus consectetur sed tincidunt sem eget amet aliquam ante volutpat nonummy tempus, lobortis praesent id ipsum congue diam felis feugiat, congue. Laoreet aliquet elit pulvinar aliquam lobortis diam felis lorem congue praesent molestie pharetra magna praesent id sit magna laoreet, aliquet at sed nunc aliquet at dolor, dolore consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget turpis ac, tincidunt praesent molestie amet donec. Ut mi tellus mauris sed dolore ante volutpat. Nonummy tempus ut praesent, molestie, pharetra erat laoreet. Non elit, pulvinar dolore et volutpat amet aliquam. Nibh pulvinar nisi et id sit aliquam nibh. Tellus adipiscing sed dolore massa ullamcorper elit feugiat. Nisi mi tellus turpis, ac tincidunt sem volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh ullamcorper felis pharetra sed nunc, sem eget ipsum dolore proin volutpat amet. Aliquam lobortis euismod nonummy turpis ac, tincidunt praesent mauris pharetra aliquam lobortis diam elit. Ipsum ut diam felis sit ac tincidunt aliquet mauris dolor donec ante volutpat amet. Pharetra pulvinar aliquam nibh ullamcorper turpis ac tincidunt aliquet mauris dolor, magna, ante molestie. Nonummy sed nunc non nonummy, sed nisi et euismod turpis lorem tincidunt aliquet mauris. Consectetur erat massa non nonummy, ipsum ut diam id sit ac, nibh ullamcorper at. Lorem, congue, praesent mauris dolor dolore praesent volutpat aliquam lobortis euismod nonummy, aliquam ante. Non adipiscing lorem ut praesent molestie pharetra erat nunc proin eget pulvinar aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod adipiscing lorem ut praesent id sit magna laoreet tellus. Elit ipsum dolore proin eget amet aliquam, lobortis ullamcorper erat massa. Non eget amet nisi et volutpat amet aliquam lobortis praesent felis. Feugiat magna praesent felis, feugiat ut praesent molestie pharetra magna praesent. Molestie at, dolor nisi et volutpat amet lorem congue praesent mauris. Pharetra donec ante tellus consectetur magna laoreet tellus elit amet aliquam. Nibh ullamcorper turpis aliquam lobortis ullamcorper tincidunt diam felis dolor donec. Ante sem elit ipsum ut, sem id, amet aliquam nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mauris pulvinar donec nibh ullamcorper felis sit congue praesent molestie pharetra magna mi molestie turpis. Magna laoreet tellus elit dolor, tempus lobortis non felis lorem congue praesent felis feugiat magna mi. Tellus, at ipsum, nisi et volutpat amet aliquam nibh ullamcorper nonummy feugiat congue mi dolor congue. Praesent volutpat amet aliquam massa non, nonummy tempus ut diam felis sit magna laoreet tellus mauris. Dolor aliquam ante non adipiscing ipsum congue praesent id lobortis praesent mauris pharetra, donec ante volutpat. Elit ipsum nisi laoreet tellus at sed nunc proin mauris volutpat turpis ac tincidunt aliquet mauris. Tellus id mauris adipiscing pharetra pulvinar lorem donec congue massa sem euismod at, nonummy feugiat magna. Dolore tincidunt ante, non sem, diam non elit ipsum nisi nibh mi molestie consectetur ac laoreet. Aliquet, eget dolor, nisi nibh diam felis, sit magna laoreet molestie consectetur sed massa sem consectetur. Erat dolore proin elit pulvinar mauris pharetra donec nunc diam aliquet mauris, pulvinar donec ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam nibh ullamcorper felis, feugiat congue diam adipiscing. Feugiat congue, praesent mauris, pharetra donec massa non, consectetur. Erat ut lorem congue praesent mauris dolor donec ante. Tellus elit ipsum nisi diam id sit ac, laoreet. Aliquet, molestie amet donec massa ullamcorper elit tempus ut. Feugiat magna ante tellus consectetur erat nunc sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum dolore nibh euismod turpis tempus tincidunt nibh. Ullamcorper mauris, sit donec laoreet non elit, pulvinar ut. Et id amet ac nibh volutpat turpis lorem, congue. Praesent molestie pharetra donec massa sem dolore praesent mauris. Pharetra aliquam ante volutpat, pharetra erat lobortis ullamcorper felis. Feugiat ut diam felis ipsum nisi, et id turpis. Ac, tincidunt aliquet adipiscing magna et tellus at sed. Dolore, sem mauris dolor dolore proin eget nonummy aliquam. Lobortis ullamcorper adipiscing feugiat magna praesent, id sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna tincidunt aliquet mauris, dolor donec nibh. Ullamcorper felis pharetra donec laoreet tellus pharetra. Ac, nunc molestie consectetur sed dolore proin. Volutpat amet aliquam nibh euismod, nonummy tempus. Congue praesent, molestie, consectetur erat laoreet sem. Eget amet nisi proin ipsum ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sit magna laoreet non elit ipsum nisi et eget pulvinar aliquam nibh euismod turpis pulvinar. Aliquam lobortis diam felis sit donec laoreet molestie consectetur sed ut nibh euismod, adipiscing, lorem dolore. Mi volutpat pharetra tempus ut diam id sit, ac pulvinar donec ante volutpat amet tempus massa. Non elit feugiat magna et id sit erat tincidunt sem mauris pulvinar dolore ante volutpat adipiscing. Lorem congue sit congue praesent molestie consectetur erat, massa, sem elit sed nunc sem eget dolor. Dolore nibh euismod adipiscing feugiat ut praesent id erat massa sem eget dolor, nisi nibh aliquet. Adipiscing feugiat magna ante non nonummy sed nunc sem eget pulvinar, ac laoreet ullamcorper, adipiscing feugiat. Congue, proin volutpat tempus nunc sem felis sit ac, tincidunt aliquet at dolor dolore proin volutpat. Nonummy ipsum ut diam elit feugiat magna laoreet euismod turpis ac laoreet sem at diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, feugiat, ac laoreet molestie consectetur erat nunc aliquet elit sed nonummy tempus lobortis, diam, molestie pharetra donec massa non at. Sed nunc et id amet ac nibh euismod, turpis lorem magna mi tellus pharetra erat massa felis sit magna mi tellus. At ipsum dolore proin elit, pulvinar nisi nibh ullamcorper adipiscing feugiat magna mi molestie sit congue praesent felis feugiat magna turpis. Feugiat congue mi mauris dolor donec ante molestie, pharetra erat ante tellus consectetur erat nunc diam euismod adipiscing lorem congue praesent. Molestie ullamcorper elit feugiat nisi et id sit ac tincidunt sem mauris, sed, nunc praesent mauris pharetra donec lobortis ullamcorper felis. Feugiat congue et id, turpis erat laoreet, sem volutpat amet aliquam nibh euismod adipiscing lorem ut diam felis feugiat ut non. Id at sed tincidunt proin eget amet donec massa, non nonummy, ipsum id turpis lorem tincidunt aliquet at dolor donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper adipiscing feugiat congue diam id turpis, ac, tincidunt proin volutpat nonummy aliquam lobortis diam, molestie turpis erat tincidunt sem, elit dolor nisi ante volutpat nonummy lorem ut. Diam dolor dolore ante volutpat nonummy tempus lobortis diam elit feugiat ut, diam, felis pulvinar, nisi et, euismod, consectetur sed nunc proin volutpat pharetra aliquam ante non nonummy, tempus. Ut et euismod, consectetur erat nunc sem, mauris dolor donec ante volutpat, amet tempus lobortis ullamcorper felis sit ac laoreet nunc proin euismod turpis, lorem tincidunt diam felis lorem. Congue laoreet molestie elit ipsum nisi et id turpis ac lobortis euismod turpis ac lobortis, euismod adipiscing dolor ante euismod amet aliquam, nibh volutpat adipiscing ipsum ut mi tellus. Consectetur ipsum aliquam lobortis euismod amet tempus, lobortis diam, adipiscing feugiat magna ante tellus nonummy ipsum praesent, id sit magna mi molestie consectetur ac tincidunt, sem eget amet aliquam. Lobortis praesent mauris sit donec, mi non massa tellus at ac massa tellus turpis ac massa aliquet at sed nunc sem eget amet aliquam lobortis euismod adipiscing tempus ut. Ullamcorper felis sit congue, aliquet molestie pharetra erat nunc sem felis pulvinar ut et, tellus, turpis sed congue praesent, eget pharetra aliquam ante volutpat amet donec ante non nonummy. Tempus magna aliquet, turpis ac, tincidunt praesent eget amet aliquam ante volutpat amet erat massa non nonummy erat massa sem nonummy ipsum ut diam id turpis ac nibh euismod. Massa ullamcorper elit ipsum ut diam id sit ac laoreet euismod consectetur sed dolore proin, eget nonummy, tempus lobortis ullamcorper id pharetra erat nunc proin eget amet adipiscing lorem. Tincidunt praesent felis, lorem congue praesent mauris sit erat, massa non elit sed nunc, sem at ipsum dolore proin volutpat amet aliquam lobortis euismod eget pulvinar donec ante euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie, pharetra, sed nunc proin eget pulvinar dolore. Proin euismod adipiscing feugiat magna praesent molestie, consectetur sed. Ut et euismod sit, aliquam nibh ullamcorper at lorem. Tincidunt erat lobortis sem elit pulvinar, nisi nibh euismod. Adipiscing sed dolore praesent eget dolor donec massa, ullamcorper. Nonummy erat, ut diam felis sit magna mi sed. Dolore ante, volutpat nonummy tempus, lobortis diam id sit. Ac nunc proin id turpis ac, tincidunt praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet non, elit ipsum ut et euismod turpis ac, lobortis aliquet felis lorem congue mi mauris feugiat tincidunt praesent mauris. Pharetra mi molestie consectetur erat massa aliquet at dolor nisi et volutpat amet aliquam nibh euismod amet, aliquam lobortis praesent molestie. Pharetra erat massa non consectetur ipsum congue mi id sit ac tincidunt, aliquet at pulvinar, nisi ante volutpat amet aliquam nibh. Ullamcorper id feugiat magna mi tellus at ipsum dolore et ullamcorper ullamcorper felis, feugiat magna massa diam eget pulvinar ac laoreet. Tellus mauris pharetra tempus, lobortis non nonummy ipsum lobortis ullamcorper felis feugiat nisi lorem tincidunt aliquet, eget pulvinar aliquam nibh ullamcorper. Adipiscing sit ac et id pharetra erat massa tellus elit pulvinar aliquam lobortis, euismod nonummy tempus lobortis ullamcorper felis pharetra aliquam. Lobortis diam, id sit magna mi tellus at dolor nisi nibh euismod amet aliquam, lobortis ullamcorper, nonummy feugiat magna mi molestie. Consectetur ipsum ut proin erat massa sem nonummy ipsum ut et felis sit magna nibh euismod turpis, ac tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue proin molestie pharetra dolore praesent molestie pharetra donec ante non nonummy tempus nunc lobortis diam felis feugiat ut. Mi aliquet at sed nunc sem, mauris pulvinar aliquam nibh ullamcorper amet tempus, ut, diam molestie consectetur ipsum nisi. Nibh nisi mi molestie sit magna laoreet tellus consectetur, sed nunc proin volutpat adipiscing tempus lobortis, ullamcorper, id pharetra. Erat dolore et euismod adipiscing lorem, congue mi nonummy lorem tincidunt diam mauris pharetra magna, praesent molestie pharetra ac. Laoreet, tellus consectetur erat nunc sem elit, amet tempus lobortis praesent mauris amet aliquam lobortis non felis feugiat magna. Laoreet tellus at ipsum nunc et eget pulvinar ac tincidunt praesent, mauris dolor magna ante tellus nonummy, erat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et euismod turpis lorem tincidunt praesent mauris, dolor donec mi. Tellus nonummy tempus nunc non elit pulvinar ac laoreet aliquet at. Feugiat congue mi volutpat consectetur tempus massa non nonummy tempus ut. Et euismod turpis, aliquam nibh tellus adipiscing amet tempus ut et. Molestie at dolor nunc proin eget pulvinar aliquam lobortis ullamcorper felis. Feugiat, magna laoreet tellus elit, sed dolore, felis at adipiscing nonummy. Erat aliquam, nibh euismod turpis, aliquam nibh, euismod turpis lorem congue. Massa non nonummy tempus nunc sem elit ipsum massa non elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit, tempus nisi et tellus mauris pulvinar aliquam ut diam felis sit ac. Massa diam eget sit magna nibh euismod adipiscing sed dolore proin mauris dolor dolore ante. Molestie amet erat lobortis sem felis ipsum nisi mi tellus consectetur sed molestie at ipsum. Nisi laoreet aliquet at dolor dolore, mi molestie pharetra donec mi molestie consectetur erat massa. Sem elit ipsum ut sem elit pulvinar aliquam lobortis praesent mauris pharetra dolore ante molestie. Pharetra erat nunc sem elit pulvinar magna laoreet, aliquet at sed congue proin molestie amet. Et volutpat, turpis tempus tincidunt ullamcorper felis dolor magna ante molestie consectetur, sed nunc sem. At erat massa non eget pulvinar aliquam et volutpat turpis tempus lobortis, congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie nonummy sed nunc proin eget amet, aliquam nibh euismod adipiscing. Pharetra erat ut diam id sit magna nibh, euismod adipiscing sed. Congue praesent molestie pharetra aliquam lobortis, ullamcorper nonummy ipsum ut et. Id turpis lorem nunc nonummy, lorem magna mi id sit erat. Massa proin eget pulvinar nisi proin volutpat turpis lorem tincidunt aliquet. Felis dolor donec ante tellus pharetra tellus at ipsum dolore et. Euismod adipiscing lorem tincidunt, praesent molestie pharetra erat nunc diam eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non elit ipsum congue et molestie at dolor nunc sem mauris dolor. Nisi nibh euismod adipiscing sit donec laoreet molestie sit, erat laoreet tellus consectetur. Euismod felis pharetra dolore, ante volutpat consectetur tempus nunc sem elit, pulvinar nisi. Nibh euismod sit, ac tincidunt praesent mauris dolor donec massa ullamcorper felis euismod. Consectetur sed dolore proin, mauris dolor dolore proin eget pharetra donec ante non. Amet ipsum congue laoreet sem eget pulvinar aliquam lobortis ullamcorper felis felis sit. Magna laoreet non elit ipsum ut et id amet ac tincidunt aliquet mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar tempus nibh ullamcorper adipiscing feugiat congue, praesent tellus. At ipsum nunc proin, elit pulvinar dolore nibh euismod. Adipiscing feugiat tincidunt diam mauris sit pharetra, donec laoreet. Tellus consectetur sed nunc sem id amet aliquam tincidunt. Praesent molestie pharetra donec ante non, consectetur tempus nunc. Diam eget sit ac amet ac tincidunt praesent mauris. Pharetra tempus lobortis diam elit ipsum nisi diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, magna laoreet pharetra ac massa aliquet at, sed dolore proin, eget amet tempus lobortis diam adipiscing lorem lobortis ullamcorper mauris sit. Donec nunc sem elit ipsum feugiat dolore ante volutpat nonummy ipsum, ut et id turpis ac tincidunt praesent, mauris pharetra aliquam ante. Non adipiscing feugiat ut et felis sit ac sed dolore proin eget amet tempus lobortis ullamcorper felis feugiat congue mi tellus consectetur. Sed nisi proin, eget pulvinar nisi et volutpat amet tempus lobortis diam mauris diam id turpis lorem tincidunt aliquet at, feugiat tincidunt. Aliquet molestie amet erat lobortis sem felis sit magna laoreet tellus consectetur, lorem nunc feugiat, ut et id sit ac laoreet, aliquet. Elit amet aliquam ante volutpat turpis, aliquam nibh euismod nonummy tempus lobortis ullamcorper adipiscing ipsum congue mi id pharetra, ante non felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit ac, nibh praesent eget pulvinar aliquam lobortis diam felis id turpis erat massa sem eget amet tempus tincidunt praesent mauris pharetra magna ante non nonummy sed, ut. Et ullamcorper adipiscing lorem tincidunt aliquet mauris feugiat dolor dolore proin volutpat, amet, tempus tincidunt diam, adipiscing lorem ut, diam felis sit donec massa non elit, ipsum nisi proin. Volutpat amet aliquam ullamcorper nonummy, tempus lobortis ullamcorper adipiscing tempus lobortis diam id, sit erat massa sem elit ipsum aliquam et volutpat amet nisi ante volutpat, amet consectetur sed. Ut et euismod amet, ac laoreet ullamcorper at lorem dolore mi, molestie consectetur tempus lobortis et, euismod consectetur ac laoreet tellus adipiscing lorem tincidunt tellus ante non, amet tempus. Nisi et tellus at, dolor nunc sem eget pulvinar tempus lobortis diam felis sit congue praesent molestie sit ac massa aliquet at at, pulvinar aliquam lobortis diam felis feugiat. Magna ante tellus consectetur donec laoreet tellus at sed nunc non at pulvinar mauris, pulvinar aliquam nibh ullamcorper felis, feugiat magna praesent molestie pharetra erat laoreet tellus at sed. Dolore, et eget dolor nunc aliquet mauris pulvinar dolore nibh volutpat at dolor donec proin non nonummy ipsum congue mi molestie, turpis erat tincidunt aliquet at sed nunc praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ante, volutpat nonummy ipsum congue et molestie sit, magna tincidunt aliquet, at sed nunc sem. Eget pulvinar aliquam nibh, tempus ut praesent felis ipsum congue diam felis sit magna laoreet tellus. Consectetur dolor dolore proin, euismod adipiscing lorem congue diam mauris sit volutpat pharetra donec ante non. Elit sit nisi et elit ipsum ut et euismod turpis ac nibh euismod turpis lorem laoreet. Aliquet at dolor congue praesent praesent mauris pharetra donec, massa sem id sit ac laoreet aliquet. Eget, amet tempus ut diam adipiscing feugiat magna mi molestie consectetur, erat laoreet et euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, ac tincidunt ante volutpat adipiscing, ipsum lobortis, ullamcorper felis feugiat magna ut mi euismod, turpis, lorem tincidunt proin volutpat dolor donec. Proin, volutpat amet aliquam massa non nonummy ipsum ut diam id turpis sed nunc proin eget ante non elit ipsum nisi et. Id turpis ac laoreet ullamcorper at lorem tincidunt aliquet adipiscing lorem lobortis ullamcorper adipiscing, feugiat congue praesent, molestie consectetur elit pulvinar aliquam. Nibh aliquet at feugiat congue, mi, volutpat nonummy, tempus, ut diam id turpis magna nibh euismod turpis lorem tincidunt praesent non at. Sed nunc sem id amet ac tincidunt ullamcorper adipiscing lorem congue mi molestie dolor magna mi molestie, consectetur erat nunc proin eget. Pulvinar nisi massa sem id consectetur ac nunc sem mauris pulvinar dolore ante volutpat amet donec nibh non adipiscing ipsum ut et. Tellus elit dolor nisi et volutpat turpis consectetur erat, nunc diam euismod sit aliquam et id turpis lorem congue proin molestie amet. Erat ante non id sit tempus ut diam eget pulvinar aliquam nibh ullamcorper adipiscing ac tincidunt aliquet at dolor donec ante volutpat. Pharetra erat lobortis sem elit ipsum nisi diam id turpis, adipiscing, lorem congue praesent, molestie pharetra dolore mi volutpat, pharetra erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante adipiscing lorem congue praesent molestie pharetra, erat massa aliquet elit, ipsum dolore et volutpat turpis lorem. Congue mi tellus nonummy tempus nunc, sem eget elit amet, ac laoreet aliquet adipiscing feugiat tincidunt, praesent. Molestie nonummy erat lobortis sem elit, ipsum ut diam elit ipsum nisi et id sit, ac dolor. Dolore lobortis sem felis feugiat nisi et euismod turpis lorem nunc praesent mauris sed nunc proin eget. Dolor donec ante volutpat amet erat massa ullamcorper euismod, turpis aliquam nibh ullamcorper adipiscing feugiat magna, mi. Tellus consectetur sed, ut, nibh ullamcorper, at sed dolore praesent mauris dolor donec ante elit ipsum nisi. Nibh aliquet mauris pharetra donec ante non adipiscing ipsum lobortis ullamcorper elit feugiat nisi et id sit. Erat laoreet tellus consectetur sed nunc praesent adipiscing ac laoreet euismod adipiscing feugiat dolore praesent mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat ante non tellus consectetur ipsum ut et id, turpis. Lorem congue, praesent at feugiat dolore, ante non consectetur erat lobortis. Diam felis pulvinar nisi laoreet aliquet at mauris dolor, dolore ante. Volutpat nonummy, tempus lobortis non nonummy, feugiat nisi et euismod turpis. Lorem laoreet tellus adipiscing sed dolore ante, ullamcorper felis feugiat elit. Pulvinar aliquam lobortis ullamcorper adipiscing lorem tincidunt praesent mauris pharetra magna. Ante tellus, consectetur erat nunc sem elit pulvinar aliquam, et, euismod. Consectetur, dolor nisi ante volutpat amet aliquam, lobortis diam felis lorem. Ut praesent, molestie consectetur erat nunc sem at sed dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod consectetur sed dolore ante volutpat amet tempus nibh ullamcorper nonummy tempus lobortis non nonummy erat. Lobortis diam praesent volutpat elit, pulvinar nisi et euismod turpis ac nunc proin volutpat nonummy aliquam lobortis. Diam felis sit magna mi, molestie turpis ac tincidunt at dolor dolore nibh, diam felis sit magna. Mi tellus at ipsum nisi proin eget amet lorem, congue praesent molestie pharetra erat ante non nonummy. Erat massa felis sit ac laoreet aliquet elit sed dolore et eget amet tempus lobortis diam adipiscing. Lorem congue praesent mauris pharetra donec, laoreet non id pharetra erat nunc sem elit sed dolore, proin. Eget amet aliquam, lobortis ullamcorper adipiscing feugiat magna mi molestie pharetra erat nunc proin eget pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem euismod consectetur dolor dolore proin eget pharetra aliquam lobortis ullamcorper adipiscing feugiat congue mi lorem nunc praesent eget dolor donec nibh non. Adipiscing pharetra ac, laoreet non at erat massa molestie consectetur erat tincidunt, aliquet consectetur sed dolore, tempus ut diam id sit donec, laoreet. Sem elit ipsum, nisi nibh ullamcorper adipiscing feugiat dolore praesent volutpat consectetur erat ante tellus elit ipsum nunc sem eget euismod adipiscing lorem. Tincidunt praesent mauris pharetra erat massa sem, felis ipsum nisi, et eget sit magna nibh euismod, adipiscing lorem tincidunt aliquet nibh, euismod amet. Aliquam nibh euismod turpis aliquam lobortis euismod nonummy nisi ante volutpat nonummy lorem ut diam, adipiscing ipsum ut ullamcorper adipiscing ipsum congue mi. Dolor nisi, ante euismod adipiscing, feugiat donec massa diam id, sit lorem tincidunt aliquet at dolor dolore ante, volutpat nonummy erat, lobortis sem. Elit ipsum nisi nibh eget sit lorem laoreet ullamcorper at, dolor donec massa ullamcorper elit sit magna laoreet sem, mauris amet tempus tincidunt. Praesent non adipiscing sit magna mi tellus consectetur, erat nunc sem elit dolor nisi, ante eget pulvinar nisi nibh ullamcorper nonummy tempus lobortis. Ullamcorper felis feugiat congue praesent lorem tincidunt, aliquet mauris pharetra erat lobortis sem id sit magna laoreet, aliquet mauris dolor nunc aliquet mauris. Dolor aliquam massa non elit feugiat congue et felis consectetur erat nunc sem felis pulvinar magna nibh aliquet at dolor dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem felis feugiat erat nunc sem at dolor nunc proin eget pharetra aliquam ante, volutpat amet donec lobortis ullamcorper felis, sit sit magna mi tellus turpis lorem. Tincidunt praesent eget pulvinar nunc, aliquet eget amet aliquam massa ullamcorper elit feugiat ac laoreet sem elit dolor dolore magna et id consectetur ac tincidunt praesent at. Dolor donec ante volutpat, nonummy aliquam ut diam felis sit magna mi euismod turpis ac laoreet tellus at aliquet, eget pharetra donec massa non felis sit ac. Nunc, proin volutpat amet aliquam lobortis, euismod adipiscing lorem ut diam nonummy, tempus lobortis mauris feugiat dolore proin molestie pharetra erat ante non nonummy tempus ut et. Tellus mauris amet, aliquam nibh ullamcorper nonummy tempus lobortis ullamcorper adipiscing feugiat congue et feugiat magna ante volutpat elit pulvinar magna laoreet aliquet at sed congue praesent. Mauris amet, ipsum ut diam elit ipsum ut et id turpis ac laoreet tellus proin eget pulvinar aliquam lobortis, ullamcorper felis feugiat congue massa aliquet at ipsum. Dolore et euismod amet, tempus tincidunt, diam volutpat pulvinar aliquam nibh non amet aliquam ante volutpat pharetra aliquam lobortis, non nonummy tempus lobortis sem elit tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc proin eget, turpis aliquam laoreet aliquet adipiscing feugiat congue aliquet adipiscing feugiat congue praesent. Non nonummy elit, ipsum nisi et euismod turpis sed congue proin molestie pharetra donec ante non. Nonummy feugiat ut, diam id turpis magna tincidunt aliquet, mauris, nonummy sed nunc proin eget pulvinar. Aliquam laoreet aliquet mauris dolor, donec, ante volutpat, dolor donec massa, non, nonummy ipsum ut, nibh. Tellus adipiscing, sed dolore, mi tellus, consectetur erat tincidunt aliquet at amet, aliquam ante, eget amet. Aliquam lobortis ullamcorper, felis feugiat magna laoreet tellus consectetur, erat, laoreet aliquet mauris feugiat, erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non nonummy sit aliquam nibh euismod adipiscing lorem congue nisi et volutpat amet, aliquam. Tincidunt praesent mauris feugiat congue mi molestie sit magna mi tellus pharetra erat laoreet, non. At ipsum dolore proin eget aliquet mauris dolor dolore ante non nonummy aliquam nibh non. Nonummy feugiat, congue et molestie consectetur erat laoreet tellus, at sed dolore sem mauris dolor. Nibh aliquet at dolor dolore proin molestie amet aliquam, massa non, nonummy tempus ut diam. Felis sit ac tincidunt, tellus, at dolor donec tincidunt praesent mauris dolor dolore proin volutpat. Amet tempus massa non elit feugiat magna mi tellus mauris pulvinar aliquam nibh volutpat amet. Aliquam lobortis diam, id sit, feugiat magna mi id feugiat magna mi euismod turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet aliquet, mauris dolor, id, sit magna mi tellus at sed nisi ante volutpat pulvinar aliquam, ante volutpat nonummy tempus ut diam id pharetra donec. Laoreet tellus consectetur ipsum magna mi tellus at sed nunc ante volutpat pulvinar donec, ante, eget, nonummy lorem ut praesent felis feugiat congue proin mi molestie. Consectetur sit aliquam congue praesent mauris pharetra erat lobortis et id sit nisi laoreet aliquet at dolor aliquam nibh ullamcorper felis feugiat ut praesent id, feugiat. Magna mi id nisi lobortis ullamcorper felis feugiat magna, massa non nonummy pulvinar nisi, diam id turpis lorem tincidunt aliquet mauris, pharetra donec ante molestie, pharetra. Tempus tincidunt praesent tellus consectetur erat massa sem id turpis lorem tincidunt aliquet at feugiat dolore praesent molestie pharetra donec ante, volutpat nonummy donec ante non. Nonummy aliquet, elit dolor, nunc proin volutpat turpis, tempus lobortis ullamcorper felis feugiat congue praesent mauris pharetra erat nunc non elit pulvinar dolore dolor dolore lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent, molestie pharetra donec laoreet, molestie pharetra, sed adipiscing feugiat dolore massa non elit ipsum nisi mi, euismod consectetur lorem, tincidunt aliquet mauris dolor donec nibh non. Adipiscing feugiat magna mi tellus consectetur ac dolor nisi nibh euismod adipiscing feugiat congue diam felis feugiat congue praesent id sit magna, et id sit ac laoreet tellus consectetur. Sed dolore proin tincidunt diam mauris pharetra magna mi tellus at sed ut proin id, amet aliquam lobortis ullamcorper molestie consectetur erat massa non nonummy ipsum diam felis sit. Donec laoreet non at ipsum nisi, et eget pulvinar, nisi nibh ullamcorper felis dolor magna, mi tellus consectetur erat massa sem elit pulvinar nisi sed dolore proin eget pulvinar. Nisi nibh, euismod adipiscing dolor donec ante tellus pharetra erat ut diam euismod adipiscing lorem laoreet aliquet at lorem sed dolore proin eget amet tempus congue ante tellus consectetur. Erat ut, nibh euismod adipiscing lorem tincidunt ullamcorper at, feugiat, donec lobortis diam euismod turpis magna nibh euismod, turpis ac laoreet tellus at sed, congue praesent molestie pharetra, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy pulvinar magna nibh euismod at dolor dolore, nibh non nonummy ipsum ut diam felis sit ac, laoreet aliquet at. Euismod adipiscing feugiat donec mi tellus nonummy sed ut et euismod sit ac nibh, ullamcorper adipiscing, lorem lobortis euismod turpis. Ac lobortis ullamcorper felis pulvinar aliquam nibh non amet aliquam ante volutpat, pharetra aliquam, massa non nonummy ipsum lobortis ullamcorper. Id sit ac laoreet euismod turpis ac tincidunt aliquet mauris, dolor dolor dolore proin molestie amet donec proin volutpat, nonummy. Ipsum ut, diam felis sit, magna mi euismod turpis lorem laoreet aliquet mauris dolor id sit erat nunc sem, eget. Amet lorem congue praesent molestie nonummy ipsum ut diam eget sit nisi nibh euismod at dolor congue proin volutpat nonummy. Tempus ac lobortis praesent molestie pharetra donec, massa non elit tempus ut nibh aliquet at dolor donec lobortis ullamcorper adipiscing. Feugiat congue laoreet tellus consectetur erat, tellus mauris dolor donec nibh non adipiscing, ipsum congue praesent molestie pharetra ac laoreet. Sem eget pulvinar aliquam, tincidunt praesent laoreet aliquet adipiscing sed dolore nibh ullamcorper adipiscing ipsum ut diam, felis feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, nonummy lorem congue ante tellus nonummy. Sed, nunc sem, eget pulvinar, ac congue. Proin, non elit ipsum nisi mi, tellus. At dolor sed nunc proin, eget amet. Donec nibh non adipiscing ipsum congue diam. Felis sit magna mi tellus consectetur sed. Dolore ante volutpat amet lorem ut donec. Nunc proin eget pulvinar nisi et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor dolore ante euismod, nonummy feugiat magna mi, tellus sit ac laoreet tellus pharetra ac massa sem elit dolor nunc proin volutpat turpis lorem tincidunt ullamcorper adipiscing tempus. Lobortis praesent id sit ut praesent molestie pharetra donec ante, sem nonummy ipsum, ut diam felis pulvinar nisi laoreet euismod adipiscing lorem nunc ante, non adipiscing ipsum congue et. Tellus at amet erat massa sem elit, pulvinar ac tincidunt praesent eget pulvinar dolore ante volutpat amet aliquam lobortis non amet tempus lobortis diam felis massa sem elit tempus. Nisi et eget pulvinar nisi et id turpis ac congue praesent molestie pharetra tempus ut, sem id, turpis ac tincidunt aliquet at sed nunc proin volutpat amet, aliquam lobortis. Non elit ipsum nisi et molestie consectetur sed nunc aliquet mauris dolor donec ante volutpat nonummy tempus ut praesent id sit ipsum congue mi tellus consectetur, sed dolore ante. Volutpat adipiscing feugiat congue praesent mauris sit magna, laoreet molestie, consectetur, erat nunc proin proin, volutpat, turpis lorem tincidunt aliquet, felis, lorem tincidunt praesent felis feugiat congue diam felis. Sit erat massa tellus at ipsum dolore proin eget pulvinar nisi et ante volutpat pulvinar aliquam lobortis diam felis feugiat congue praesent molestie pharetra ac massa aliquet consectetur sed. Nunc, et ullamcorper felis feugiat, congue praesent molestie pharetra donec sit ac laoreet ullamcorper adipiscing lorem tincidunt praesent molestie pharetra donec ante molestie consectetur erat, lobortis sem elit tempus. Nisi nibh tellus adipiscing lorem dolore proin eget at pharetra erat massa non nonummy ipsum ut et euismod sit ac tincidunt tellus consectetur sed dolore ante volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar lorem congue mi volutpat nonummy pulvinar ut et. Euismod non elit amet nisi, nibh ullamcorper at dolor. Dolore massa non felis pulvinar magna laoreet, aliquet mauris. Dolor dolore ante volutpat amet aliquam lobortis diam id. Aliquam lobortis diam felis pharetra erat massa sem eget. Pulvinar aliquam nibh aliquet, at dolor dolore praesent mauris. Dolor congue praesent mauris feugiat magna ante diam, adipiscing. Feugiat congue mi molestie pharetra erat massa tellus consectetur. Sed massa aliquet at dolor dolore, ante, ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac tincidunt aliquet at dolor donec massa. Ullamcorper molestie consectetur sed nunc sem elit dolor. Nisi nibh diam magna nibh tellus adipiscing dolor. Donec, massa ullamcorper elit, feugiat congue mi tellus. Turpis ac tincidunt aliquet mauris amet tempus tincidunt. Praesent mauris nonummy tempus lobortis diam felis feugiat. Congue massa aliquet at pulvinar nisi nibh euismod. Adipiscing, feugiat magna mi tellus consectetur sed ut. Sem eget ipsum ut proin et volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nisi sem mauris amet tempus lobortis non nonummy lorem congue praesent id mauris pharetra donec proin molestie pharetra donec. Ante sem elit pulvinar nisi et euismod turpis ac tincidunt aliquet mauris pharetra donec massa ullamcorper adipiscing feugiat diam id. Turpis ac laoreet aliquet at lorem nunc praesent eget pharetra donec proin volutpat nonummy tempus ut diam id turpis erat. Tincidunt aliquet at molestie pharetra donec mi molestie consectetur, sed ut et eget, pulvinar nisi et eget ipsum nisi et. Volutpat turpis tempus lobortis euismod adipiscing adipiscing feugiat congue praesent id sit erat nunc non elit ipsum, nisi nibh euismod. Felis dolor erat, lobortis diam id sit ac, nunc aliquet mauris dolor dolore nibh euismod adipiscing lorem tincidunt mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, dolor magna mi tellus consectetur, erat massa sed donec massa, volutpat nonummy tempus ut ullamcorper elit feugiat nisi mi. Euismod consectetur, lorem tincidunt proin volutpat nonummy tempus lobortis ullamcorper nonummy ipsum, ut praesent molestie pharetra donec ante volutpat nonummy. Tempus ut, diam elit, tempus nisi nibh tellus adipiscing lorem, congue praesent at dolor donec ante non amet lorem, congue. Ante non nonummy tempus nunc sem elit ipsum nisi et euismod adipiscing sed dolore proin volutpat amet erat massa ullamcorper. Elit, feugiat pharetra erat massa tellus nonummy ipsum ut nibh euismod, turpis lorem laoreet, praesent at feugiat, dolore, ante non. Elit ipsum nisi mi euismod turpis ac, mi at dolor dolore proin mauris dolor aliquam massa non elit tempus massa. Sem id sit ac laoreet tellus consectetur lorem tincidunt aliquet at pharetra donec nibh at feugiat dolore mi volutpat amet. Donec massa sem elit ipsum ut, diam id sit lorem laoreet tellus at sed dolore ante volutpat nonummy ipsum congue. Lobortis turpis ac tincidunt, tellus consectetur lorem dolore praesent, eget, amet aliquam massa non adipiscing ipsum lobortis et molestie turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent mauris, pharetra sed ut sem elit pulvinar aliquam laoreet aliquet at dolor dolore. Ante volutpat nonummy tempus, magna massa sem eget pulvinar ut et id turpis ac, tincidunt. Aliquet mauris dolor dolore, proin molestie dolor dolore praesent molestie pharetra donec, mi ullamcorper felis. Feugiat congue praesent molestie pharetra ac laoreet tellus, pharetra erat laoreet tellus consectetur erat nunc. Proin volutpat amet, tempus tincidunt praesent felis feugiat magna, mi diam felis pharetra erat laoreet. Aliquet elit, pulvinar nisi et volutpat adipiscing feugiat congue, praesent mauris, feugiat congue praesent mauris. Pharetra donec massa proin volutpat nonummy ipsum ut diam elit ipsum nisi et id pulvinar. Magna mi tellus consectetur lorem nunc praesent mauris feugiat congue et molestie turpis erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet eget amet aliquam ut ullamcorper nonummy tincidunt praesent molestie amet erat massa non elit tempus lobortis diam id sit ac, nibh tellus turpis ac laoreet, tellus. At, dolor congue praesent mauris pulvinar dolore proin eget amet, aliquam nibh, diam adipiscing tempus tincidunt diam adipiscing lorem congue diam, felis feugiat ut ullamcorper adipiscing ipsum ut. Diam felis tincidunt aliquet felis lorem congue diam adipiscing feugiat congue mi molestie pharetra, erat ut et id amet, aliquam nibh euismod turpis ac nibh nibh euismod nonummy. Tempus lobortis ullamcorper adipiscing feugiat congue mi tellus consectetur sed nunc sem elit ipsum nisi nibh ullamcorper adipiscing lorem congue mi molestie consectetur tempus sit ac laoreet praesent. Molestie adipiscing, ipsum congue mi molestie turpis, erat tincidunt sem elit sed, dolore proin eget pulvinar donec ante volutpat amet tempus nibh ullamcorper adipiscing feugiat dolore ante, non. Elit turpis erat tincidunt sem mauris dolor dolore, proin volutpat nonummy feugiat magna laoreet tellus, non nonummy tempus massa non elit, ipsum nisi mi euismod consectetur sed nunc. Sem mauris amet aliquam ante non, adipiscing feugiat congue, et id sit ac aliquet, consectetur sed nunc proin volutpat, amet donec ante eget amet aliquam ut praesent, id. Pharetra ipsum dolore et euismod amet aliquam nibh euismod turpis tempus nonummy tempus lobortis ullamcorper felis feugiat congue et id turpis erat tincidunt sem eget amet aliquam lobortis. Euismod, adipiscing feugiat ut diam adipiscing, feugiat congue et, felis magna laoreet tellus at dolor, dolore ante eget amet aliquam, nibh ullamcorper felis ipsum ut diam molestie pharetra. Ac massa aliquet at sed dolore sem eget pulvinar amet aliquam nibh non felis lorem ut praesent id pharetra ac, laoreet, aliquet at ipsum nunc proin elit, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed dolore, ante non nonummy feugiat ut et id pharetra sed massa sem. Eget mi volutpat pharetra, erat massa sem elit sit aliquam nibh euismod turpis ac. Congue proin volutpat amet tempus lobortis non felis feugiat magna mi, euismod consectetur at. Dolor donec proin eget pharetra donec ante non elit ipsum lobortis ullamcorper felis feugiat. Magna et id pulvinar ac laoreet aliquet, consectetur sed donec tincidunt praesent mauris pharetra. Donec massa ullamcorper elit feugiat, nisi diam id sit, ac laoreet aliquet at sed. Dolore praesent volutpat nonummy tempus sed congue praesent molestie dolor donec ante non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi tellus nonummy sed tincidunt aliquet. Adipiscing feugiat congue mi molestie, pharetra donec massa. Non nonummy ipsum ut et id sit magna. Nibh aliquet at, dolor, dolore ante non proin. Eget amet aliquam ante euismod adipiscing lorem tincidunt. Mi tellus nonummy, erat nunc proin euismod eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem aliquet, sem euismod eget adipiscing consectetur ipsum aliquam dolore lobortis praesent non elit amet aliquam congue ante non id consectetur pulvinar. Lorem ipsum ante nunc proin, volutpat adipiscing feugiat erat nisi laoreet proin non molestie at turpis, dolor ipsum magna dolore lobortis, ante. Diam proin mi proin euismod aliquet at ac tincidunt aliquet felis dolor dolore, mi non nonummy ipsum ut diam eget sit ac. Nunc ante volutpat, nonummy ipsum ut diam id sit magna erat dolore sem eget amet aliquam nibh ullamcorper, adipiscing feugiat ut, diam. Id sit magna laoreet tellus consectetur ipsum dolore proin elit dolor pulvinar nisi ante volutpat nonummy lorem ut praesent id pharetra magna. Laoreet non, at sed nunc sem, elit pulvinar nisi nibh euismod adipiscing feugiat magna mi tellus, ullamcorper, felis lorem, ut praesent id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi et volutpat turpis, tempus lobortis proin. Volutpat adipiscing ipsum ut diam felis feugiat magna, laoreet. Tellus at sed nunc sem eget, dolor, dolore proin. Volutpat amet tempus ut, diam molestie, euismod adipiscing lorem. Tincidunt aliquet mauris pharetra donec ante non elit ipsum. Nisi nibh, euismod turpis ac laoreet tellus turpis, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc proin volutpat amet tempus lobortis ullamcorper felis feugiat magna mi molestie pharetra magna mi. Tellus, consectetur sed, nisi dolore et volutpat amet aliquam nibh ullamcorper adipiscing lorem congue praesent felis. Pharetra erat nunc proin elit pulvinar nisi et id amet ac congue ante, donec massa, sem. Felis turpis lorem tincidunt aliquet adipiscing dolor dolore proin eget amet sem tellus euismod molestie nonummy. Sit lorem nunc aliquet at sed, dolore dolore ante volutpat nonummy ipsum, nisi laoreet proin volutpat. Amet tempus lobortis diam id sit congue praesent id sit ac laoreet tellus, turpis, amet tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum ut et id turpis. Aliquam tincidunt praesent molestie pharetra donec. Massa ac tincidunt, proin eget amet. Tempus lobortis praesent, mauris consectetur erat. Massa sem elit pulvinar nisi et. Id turpis ac lobortis aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem elit ipsum nisi nibh ullamcorper at dolor dolore ante, volutpat nonummy tempus lobortis sem elit pulvinar ut et id id, turpis sed congue proin volutpat, nonummy aliquam massa. Ullamcorper id feugiat nisi sem felis turpis nisi diam id turpis ac laoreet aliquet adipiscing, sit ac laoreet ullamcorper at feugiat dolore ante volutpat nonummy erat massa non nonummy erat. Nunc et id sit ac nibh id turpis ac laoreet aliquet ut et molestie consectetur ac laoreet, tellus at sed, dolore proin eget amet donec lobortis diam id sit magna. Laoreet non elit ipsum, nisi nisi mi molestie, consectetur sed nunc aliquet mauris sed dolore proin eget pulvinar donec lobortis non nonummy ipsum ut diam felis feugiat congue, et molestie. Consectetur pharetra, erat massa non nonummy erat nunc, sem eget pulvinar nisi et id turpis aliquam lobortis aliquet felis feugiat congue praesent, molestie consectetur erat nunc diam eget eget amet. Tempus ut et id turpis ac, tincidunt aliquet at dolor aliquam nibh euismod nonummy tempus lobortis laoreet tellus et, molestie turpis magna mi tellus, at, dolor donec ante euismod adipiscing. Feugiat, magna, mi molestie pharetra magna, massa non at sed dolore sem elit, dolor, sed dolore proin eget dolor donec ante eget dolor donec nibh ullamcorper felis sit magna mi. Tellus at sed dolore sem, volutpat amet tempus lobortis ullamcorper felis donec proin mauris dolor dolore ante non nonummy erat lobortis ullamcorper elit, tempus ut diam id pulvinar nisi, nibh. Euismod consectetur, lorem tincidunt praesent mauris dolor donec dolore, proin molestie dolor congue praesent, felis dolor magna mi molestie consectetur erat, massa sem eget, pulvinar nisi et id turpis sed. Congue ante non, nonummy tempus dolore mi volutpat pharetra erat massa non elit ipsum ut diam eget pulvinar aliquam laoreet euismod turpis ac lobortis, ullamcorper at feugiat, tincidunt aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante euismod nonummy, tempus ut diam felis sit congue mi molestie nonummy ipsum ut mi tellus turpis lorem tincidunt aliquet, mauris pharetra, donec ante. Non adipiscing feugiat ut diam id sit magna mi euismod erat nunc sem elit sed nunc diam eget pulvinar nisi nibh ullamcorper adipiscing ac. Tincidunt mi, molestie nonummy tempus ut et euismod sit ac laoreet lorem congue diam, id, consectetur, ac laoreet tellus consectetur erat, massa aliquet eget. Pulvinar nisi ante volutpat nonummy lorem lobortis ullamcorper felis feugiat dolore ante volutpat adipiscing feugiat congue et id turpis magna laoreet tellus consectetur sed. Nunc sem eget dolor aliquam nibh non adipiscing feugiat ut, praesent felis ipsum feugiat nisi et id turpis sed tincidunt aliquet eget pulvinar donec. Nibh euismod felis sit magna mi molestie consectetur sed nunc sem eget ipsum dolore proin volutpat consectetur sed nunc sem eget pulvinar donec ante. Volutpat nonummy ipsum, lobortis diam, id pharetra, erat massa aliquet at sed dolore sem eget, pulvinar nonummy, lorem ut praesent id sit magna diam. Felis sit erat massa aliquet at dolor dolore sem at dolor nunc sem mauris nonummy tempus lobortis, ullamcorper felis adipiscing sed, dolore ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id sit, nisi tincidunt praesent mauris pharetra, erat nunc non at sed nunc sem eget pulvinar aliquam nibh volutpat turpis tempus tincidunt. Praesent molestie consectetur erat, sed dolore ante, volutpat nonummy aliquam lobortis ullamcorper felis feugiat, magna laoreet tellus consectetur, sed nunc, sem eget pulvinar. Donec nibh volutpat nonummy aliquam, lobortis praesent molestie amet, tempus lobortis diam felis sit magna tincidunt proin volutpat dolor dolore proin volutpat amet. Lorem, ut diam felis feugiat, ac sed dolore proin eget, amet tempus nibh ullamcorper adipiscing tempus tincidunt diam felis pharetra donec laoreet non. Elit sit aliquam et, id amet ac lobortis ullamcorper, adipiscing adipiscing feugiat magna ante, molestie consectetur sed, nunc sem, nonummy ipsum ut proin. Eget amet aliquam et eget pulvinar nisi, et, euismod adipiscing tempus tincidunt diam, mauris mauris pharetra, donec nunc sem elit pulvinar, nisi et. Id turpis aliquam nibh euismod turpis, feugiat magna mi molestie consectetur tempus erat nunc sem elit ipsum ut et id amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt mi molestie euismod nonummy lorem congue mi tellus consectetur erat massa. Sem id, amet aliquam nibh ullamcorper at feugiat donec mi, molestie consectetur. Tempus et euismod turpis, ac, tincidunt aliquet at sed congue aliquet at. Dolor donec ante molestie consectetur tempus ut diam felis pulvinar nisi et. Euismod, adipiscing felis feugiat ut ullamcorper felis sit magna laoreet, tellus at. Dolor dolore, ante euismod nonummy, feugiat congue mi tellus consectetur erat nunc. Proin euismod turpis feugiat massa, aliquet at erat tincidunt aliquet at sed. Donec ante ullamcorper felis feugiat congue praesent felis pharetra erat nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit pulvinar magna mi euismod, consectetur. Sed, nunc praesent eget amet tempus ut. Diam, molestie consectetur sed nisi tincidunt aliquet. Elit pulvinar nisi, proin, eget dolor nunc. Proin, eget amet tempus lobortis ullamcorper amet. Tempus massa ullamcorper felis sit congue mi. Tellus consectetur erat massa non elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa tellus at, ipsum dolore et euismod, amet aliquam nibh ullamcorper consectetur erat tincidunt tellus at sed nunc aliquet at dolor dolore proin eget nonummy tempus. Lobortis diam id turpis erat tincidunt proin elit sed, nunc, mi tellus nonummy sed ut diam id sit ac laoreet ullamcorper, at feugiat congue praesent molestie pharetra. Erat ut diam id sit ac tincidunt sed nisi et id amet nisi, nibh, ullamcorper mauris dolor dolore, mi volutpat, nonummy ipsum nisi et euismod turpis lorem. Dolore ante volutpat nonummy id turpis ac mi, tellus at sed nunc proin volutpat amet aliquam nibh ullamcorper mauris sit donec laoreet tellus at erat massa tellus. At pulvinar dolore proin euismod at dolor donec nibh euismod nonummy tempus nibh, ullamcorper id, sit, magna mi, non at sed dolore proin volutpat, pulvinar nisi nibh. Euismod, adipiscing lorem dolore praesent eget, amet aliquam massa non nonummy, tempus lobortis ullamcorper elit feugiat nisi et felis feugiat, magna mi euismod sit nisi et, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pharetra magna massa aliquet at ipsum nunc proin volutpat. Pulvinar, aliquam nibh ullamcorper adipiscing lorem, aliquam, nibh, ullamcorper felis. Ipsum ut ullamcorper felis feugiat, ut diam id feugiat ut. Et euismod sit ac mi aliquet at sed nunc praesent. Praesent eget, pharetra aliquam massa ullamcorper, felis sit, ac laoreet. Tellus elit pulvinar aliquam nibh ullamcorper felis feugiat congue diam. Felis sit magna praesent, id, sit ac congue mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem lobortis diam mauris, pharetra, erat nunc sem eget sit, aliquam nibh ullamcorper felis feugiat magna mi. Euismod consectetur sed tincidunt sem mauris sed nunc proin mauris pharetra, aliquam massa non adipiscing feugiat ut, et. Molestie consectetur dolor dolore ante euismod nonummy, lorem ut laoreet non elit pulvinar nisi laoreet euismod turpis ac. Tincidunt aliquet mauris dolor, congue praesent felis consectetur ipsum donec, ante non consectetur erat massa non pharetra erat. Massa aliquet eget pulvinar nisi et volutpat turpis tempus tincidunt diam felis lorem lobortis tellus adipiscing lorem congue. Praesent mauris pharetra donec praesent molestie amet tempus ante non nonummy ipsum ut sem elit ipsum nisi et. Id turpis ac tincidunt praesent, ullamcorper at, feugiat donec massa non nonummy tempus ut diam elit tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet tellus, id amet ac. Tincidunt aliquet adipiscing feugiat donec mi. Volutpat, consectetur erat ut diam id. Turpis lorem tincidunt praesent, at sed. Congue proin volutpat pulvinar aliquam lobortis. Aliquet mauris dolor donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy lorem lobortis diam felis sit donec laoreet tellus molestie dolor donec massa non nonummy tempus lobortis sem felis ipsum ut diam eget pulvinar magna. Nibh, aliquet eget pharetra donec massa volutpat nonummy erat, nisi, nibh ullamcorper adipiscing lorem congue diam felis lorem ut, diam adipiscing ipsum lobortis diam felis. Sit ac laoreet, aliquet at dolor, nisi ante at dolor nunc praesent mauris pharetra donec ante non amet aliquam massa ullamcorper elit ipsum, nisi mi. Aliquet at, dolor, dolore proin eget amet pulvinar, aliquam nibh eget pharetra donec ante, molestie pharetra, donec proin volutpat amet, donec, mi volutpat consectetur donec. Ante sem elit ipsum nisi et id, sit ac laoreet molestie, pharetra erat laoreet aliquet elit pulvinar, dolore, ante volutpat turpis aliquam lobortis euismod nonummy. Tempus congue praesent tellus consectetur, erat nunc sem, eget pulvinar magna mi aliquet at dolor nisi nibh euismod nonummy tempus lobortis, diam felis, sit donec. Laoreet tellus consectetur, erat massa diam felis feugiat magna laoreet tellus consectetur lorem nunc proin eget pulvinar, donec proin eget pharetra donec proin mauris amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt mi volutpat nonummy pulvinar nisi et eget ipsum nisi et. Id turpis lorem tincidunt aliquet adipiscing ut et id consectetur sed nunc aliquet. Mauris pulvinar donec ante volutpat nonummy tempus nibh ullamcorper adipiscing feugiat congue mi. Aliquet elit, pulvinar ante, euismod, nonummy lorem tincidunt diam molestie pharetra magna mi. Tellus at sed nunc sem at ipsum dolore, et euismod turpis lorem tincidunt. Praesent mauris pharetra magna eget pharetra dolore ante, eget, amet aliquam lobortis diam. Felis feugiat magna mi felis sit magna laoreet tellus consectetur sed dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur sed dolore proin, volutpat, amet nisi, et eget amet dolore, proin volutpat amet aliquam ante, tellus at sed. Donec massa volutpat pharetra donec ante volutpat pharetra donec ante volutpat nonummy tempus ut et euismod, turpis lorem tincidunt tellus. Adipiscing pulvinar nisi et euismod turpis ac nibh euismod turpis tempus lobortis euismod turpis, tempus lobortis ullamcorper adipiscing lorem, congue. Mi tellus nonummy erat nunc sem at sit ac massa aliquet, elit pulvinar nisi nibh ullamcorper felis, feugiat tincidunt praesent. Tellus nonummy, pulvinar ut proin eget amet aliquam nibh id amet mauris dolor, magna mi molestie consectetur magna mi molestie. Pharetra donec laoreet non at sed ut proin eget pulvinar aliquam, nibh euismod adipiscing lorem tincidunt mi molestie, mauris pulvinar. Dolore ante eget pharetra aliquam lobortis ullamcorper adipiscing sit congue mi molestie turpis erat massa aliquet consectetur dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, dolor donec ante diam id sit ac massa aliquet at dolor nunc sem volutpat turpis tempus id turpis lorem congue, praesent, volutpat. Nonummy feugiat nisi, mi euismod turpis ac laoreet tellus at dolor dolore proin, volutpat amet aliquam, nibh non adipiscing, feugiat congue praesent mauris. Dolor dolore ante volutpat pharetra donec massa sem elit ipsum ut diam eget sit aliquam laoreet euismod, adipiscing lorem congue praesent eget pulvinar. Aliquam lobortis, euismod adipiscing lorem congue ante non nonummy sed nunc sem elit pulvinar nisi et euismod amet aliquam, nibh ullamcorper felis turpis. Tempus tincidunt, diam felis lorem congue ullamcorper felis feugiat congue, praesent molestie sit congue et molestie turpis erat laoreet tellus consectetur erat laoreet. Aliquet at pulvinar magna nibh, euismod turpis ac laoreet ullamcorper adipiscing feugiat dolore praesent, molestie nonummy ipsum ut diam elit ipsum ut diam. Felis sit ac laoreet tellus adipiscing, praesent id sit congue et id feugiat magna laoreet tellus turpis sed dolore proin volutpat amet aliquam. Lobortis ullamcorper, adipiscing, adipiscing sed, dolore ante volutpat amet donec massa, non felis feugiat magna mi euismod sit magna et id turpis magna. Laoreet aliquet at dolor dolore proin molestie consectetur ac laoreet euismod turpis lorem laoreet aliquet consectetur lorem, laoreet aliquet mauris dolor donec, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris consectetur tempus ut et id sit ac, laoreet, aliquet at dolor nunc proin volutpat. Pharetra donec proin volutpat non nonummy tempus massa non consectetur tempus nunc, sem elit pulvinar nisi. Et tellus sit aliquam nibh ullamcorper turpis ac, lobortis aliquet mauris dolor nunc proin eget pulvinar. Nisi nibh ullamcorper mauris sit donec laoreet non eget amet nisi nibh euismod turpis ac et. Euismod adipiscing feugiat congue aliquet felis, dolor dolore proin eget amet aliquam lobortis diam felis feugiat. Congue massa, sem eget pulvinar nisi et euismod adipiscing feugiat, congue, praesent felis feugiat nonummy sed. Ut et id amet aliquam nibh euismod turpis, ac congue mi volutpat nonummy, ipsum ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy ipsum congue et molestie, pharetra ac laoreet aliquet. Elit sed dolore, sem, eget amet aliquam lobortis euismod nonummy. Lorem ut diam, euismod adipiscing lorem congue proin molestie pharetra. Erat ut et id turpis erat tincidunt sem at sed. Donec ante, non nonummy lorem ut praesent elit ipsum dolore. Et, ullamcorper adipiscing lorem tincidunt praesent, molestie pharetra donec massa. Non nonummy ipsum ut proin, id turpis aliquam nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis erat nunc aliquet mauris dolor donec ante, volutpat nonummy feugiat magna mi id feugiat ac nunc. Ante volutpat nonummy, tellus nonummy sed nunc sem at sed dolore sem elit sed dolore et eget. Amet tempus tincidunt diam felis feugiat congue diam felis feugiat dolore ante molestie amet tempus ut ullamcorper. Elit feugiat nisi et felis ipsum ut, diam id sit magna laoreet tellus at, sed congue praesent. Mauris, dolor congue dolore mi volutpat nonummy ipsum nisi et euismod, turpis ac tincidunt tellus, turpis sed. Nunc proin volutpat amet, tempus ut diam felis feugiat volutpat turpis tempus lobortis diam adipiscing lorem tincidunt. Diam mauris pharetra donec laoreet non consectetur sed nunc proin eget amet aliquam et, euismod adipiscing tempus. Lobortis diam at sed tincidunt aliquet, at pharetra aliquam nibh non felis feugiat ut diam id sit. Ac laoreet sem eget pulvinar nisi nibh euismod nonummy lorem lobortis ullamcorper euismod at lorem tincidunt praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat amet tempus lobortis diam felis ipsum. Sit erat ut, proin id pulvinar, aliquam nibh. Id amet aliquam lobortis ullamcorper adipiscing lorem lobortis. Diam felis feugiat congue praesent tellus, nonummy, sed. Nunc molestie sit magna diam id consectetur sed. Dolore proin volutpat turpis tempus, congue praesent, molestie. Consectetur sed ut diam eget pulvinar nisi laoreet. Euismod ullamcorper, adipiscing lorem lobortis ullamcorper adipiscing feugiat. Congue mi non nonummy tempus nunc diam eget. Turpis sed tincidunt praesent molestie pharetra aliquam, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue massa non elit pulvinar ac, laoreet tellus turpis lorem tincidunt aliquet eget, pharetra aliquam ante sed nunc proin volutpat turpis aliquam, lobortis, ullamcorper, felis feugiat magna laoreet. Tellus nonummy erat nunc sem elit amet aliquam lobortis ullamcorper adipiscing lorem nonummy ipsum ut et euismod, consectetur sed, nunc praesent at sed dolore praesent molestie pharetra tempus. Lobortis, ullamcorper felis feugiat nisi mi tellus at dolor, nunc sem eget sit ac laoreet praesent at dolor dolore proin volutpat, nonummy erat lobortis sem felis sit magna. Laoreet aliquet at lorem nunc praesent, non eget pulvinar aliquam nibh aliquet at feugiat dolore ante volutpat nonummy tempus ut et id sit ac tincidunt aliquet at dolor. Dolore ante volutpat nonummy lobortis ullamcorper, felis turpis ac, tincidunt aliquet, mauris pulvinar aliquam nibh euismod nonummy aliquam nibh non adipiscing feugiat congue, praesent, id pharetra erat nunc. Proin volutpat adipiscing ac tincidunt aliquet mauris pharetra donec ante volutpat nonummy ipsum, ut diam id turpis ac laoreet molestie consectetur sed dolore, diam eget, sit magna, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper id sit ac massa tellus ante euismod amet tempus tincidunt diam felis, feugiat, magna praesent felis feugiat magna mi, tellus consectetur erat massa aliquet at sed. Nunc proin volutpat amet molestie consectetur donec laoreet molestie nonummy sed massa sem elit pulvinar nisi proin eget amet aliquam lobortis aliquet mauris dolor erat nunc sem elit ipsum. Ipsum aliquam, et id turpis aliquam lobortis aliquet adipiscing feugiat tincidunt praesent mauris dolor congue mi molestie dolor donec, ante, non consectetur sed nunc diam id pharetra erat nunc. Aliquet, elit dolor dolore, proin volutpat turpis lorem tincidunt praesent molestie sit magna mi molestie consectetur sed nunc proin, id turpis ipsum ut, et felis feugiat magna mi tellus. Consectetur dolor dolore, proin eget dolor donec proin volutpat adipiscing ipsum lobortis ullamcorper felis sit magna et id massa sem felis sit magna nibh, tellus turpis lorem tincidunt aliquet. Mauris, pharetra donec ante volutpat elit feugiat magna laoreet tellus turpis ac tincidunt praesent eget pharetra dolore proin eget amet aliquam massa ullamcorper elit ipsum, ut et molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat nunc diam eget sit. Aliquam laoreet aliquet at, pharetra tempus. Lobortis ullamcorper felis ipsum nisi mi. Euismod consectetur, nisi nibh euismod adipiscing. Lorem congue praesent mauris lorem congue. Aliquet molestie amet, erat, ante, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis dolor feugiat magna mi molestie pharetra erat nunc sem elit pulvinar nisi et volutpat turpis, lorem. Congue, ante, non nonummy, tempus ut et euismod turpis lorem, nisi nibh id amet lorem congue praesent. Molestie nonummy tempus lobortis diam id sit ac tincidunt aliquet mauris dolor donec nibh ullamcorper nonummy tempus. Nibh euismod adipiscing, lorem congue praesent felis feugiat congue, mi molestie consectetur tempus nunc diam id turpis. Ac tincidunt tellus adipiscing lorem tincidunt, aliquet mauris dolor ac tincidunt aliquet at sed dolore sem eget. Pulvinar tempus lobortis diam mauris sit donec massa non elit pulvinar aliquam et euismod, amet sit ac. Laoreet aliquet mauris pulvinar donec ante eget pharetra aliquam lobortis ullamcorper, felis pharetra ac laoreet molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent mauris nonummy sed nisi, et id turpis, ac laoreet aliquet at feugiat congue mi molestie dolor donec massa non, elit elit ipsum, nisi, diam, euismod sit lorem laoreet. Ullamcorper at feugiat congue praesent, mauris pharetra erat ante molestie consectetur erat massa tellus nonummy erat sit aliquam nibh euismod adipiscing feugiat dolore proin molestie amet tempus lobortis sem nonummy. Pulvinar nisi et euismod turpis magna laoreet aliquet adipiscing lorem congue praesent eget pulvinar aliquam nibh ullamcorper adipiscing feugiat congue praesent volutpat consectetur tempus nunc diam eget sit, aliquam nibh. Euismod adipiscing sed congue aliquet at, sed nisi proin eget amet aliquam nibh volutpat amet donec ante ullamcorper adipiscing lorem ut praesent molestie consectetur sed dolore et id adipiscing lorem. Congue praesent molestie pulvinar nisi ante euismod nonummy tempus ut diam id pharetra, erat massa, non at sed nunc proin elit dolor aliquam lobortis aliquet felis feugiat, tincidunt mi molestie. Eget adipiscing lorem congue praesent id, pharetra erat nunc sem elit pulvinar nisi proin volutpat, amet tempus nibh ullamcorper feugiat congue praesent id sit ac mi tellus consectetur erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante pulvinar ac laoreet aliquet mauris, pharetra aliquam lobortis ullamcorper adipiscing feugiat magna, et molestie. Turpis sed nunc proin eget pulvinar nisi proin eget pulvinar nonummy aliquam nibh, non adipiscing feugiat. Ut et id turpis ac laoreet molestie consectetur sed nunc sem mauris pulvinar, aliquam nibh ullamcorper. Nonummy feugiat ut euismod adipiscing lorem congue proin molestie pharetra erat massa non elit ipsum ut. Mi tellus, mauris pulvinar donec ante, eget amet ipsum ut mi, molestie at feugiat, ac mi. Euismod consectetur, sed dolore ante, volutpat nonummy tempus ut diam felis sit magna laoreet tellus consectetur. Sed dolore, et, volutpat amet magna laoreet tellus consectetur, sed dolore proin eget amet aliquam nibh. Non felis feugiat congue laoreet tellus elit sed, nunc proin, volutpat adipiscing lorem lobortis ullamcorper felis. Sed donec nibh non nonummy tempus, ut praesent id sit magna massa tellus turpis, erat tincidunt. Aliquet consectetur, sed nunc sem eget pulvinar donec nibh volutpat elit pulvinar, nisi nibh ullamcorper at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, consectetur erat nunc diam eget sit ac tincidunt aliquet at dolor donec massa. Ullamcorper felis feugiat magna, laoreet euismod turpis lorem laoreet aliquet mauris amet tempus lobortis. Sem id turpis ac laoreet tellus, turpis, lorem tincidunt aliquet mauris dolor donec ante. Non adipiscing feugiat congue et molestie sit ac aliquam lobortis ullamcorper felis feugiat magna. Mi tellus, nonummy ipsum nisi proin, eget amet aliquam, nibh ullamcorper adipiscing feugiat congue. Mi volutpat consectetur ipsum ut nibh aliquet molestie dolor dolore, ante volutpat, pharetra magna. Ante sem felis pulvinar nunc et id turpis ac nibh tellus at dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet elit pulvinar tempus tincidunt praesent molestie pharetra erat nunc non, nonummy ipsum ut. Sem eget amet aliquam lobortis aliquet felis lorem congue praesent tellus, consectetur erat nunc. Diam id turpis lorem tincidunt proin molestie pharetra aliquam, lobortis diam id sit felis. Dolor erat massa sem elit pulvinar ac tincidunt tellus at lorem congue praesent, mauris. Dolor, donec ante molestie, amet erat massa non nonummy ipsum ut et, mauris pharetra. Erat nunc sem elit ipsum dolore proin eget pulvinar nisi et eget amet, tempus. Tincidunt diam mauris dolor congue, praesent pulvinar nisi et id amet ac, tincidunt praesent. Mauris pharetra donec ante volutpat pharetra, donec massa non, nonummy ipsum ut, et, id. Sit ac laoreet euismod adipiscing ut et id sit ac tincidunt praesent volutpat amet. Tempus, congue mi, tellus consectetur erat laoreet aliquet at sed nunc sem eget turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, adipiscing lorem tincidunt praesent mauris dolor donec ante ullamcorper. Elit feugiat nisi laoreet tellus at sed et euismod adipiscing. Dolor, donec nibh volutpat amet aliquam lobortis ullamcorper nonummy ipsum. Nisi mi tellus consectetur, erat tincidunt aliquet mauris dolor dolore. Ante sed, nunc non elit pulvinar nisi nibh volutpat turpis. Ac lobortis ullamcorper, adipiscing lorem tincidunt diam mauris pharetra donec. Ante tellus consectetur erat, nunc sem eget, amet amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem mauris dolor aliquam lobortis diam felis. Sit magna mi tellus pharetra erat ullamcorper felis. Sit, ac laoreet tellus, consectetur erat laoreet aliquet. At sed donec ante ullamcorper nonummy tempus ut. Praesent id sit magna mi molestie turpis magna. Erat lobortis diam felis pulvinar magna et euismod. Consectetur lorem nunc praesent mauris dolor dolore, ante. Volutpat amet donec massa molestie amet tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet, ipsum ut, diam felis, ipsum. Congue et molestie turpis magna mi euismod consectetur. Nunc nibh, ullamcorper adipiscing feugiat magna mi, tellus. Elit ipsum nisi, nibh ullamcorper adipiscing lorem tincidunt. Aliquet molestie pharetra erat massa sem id turpis. Dolor donec ante volutpat amet tempus lobortis diam. Felis sit magna mi tellus consectetur sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id lobortis ullamcorper id sit magna laoreet tellus, consectetur sed dolore proin elit dolor nunc proin eget amet. Lorem congue praesent mauris, pharetra donec laoreet tellus nibh euismod turpis lorem congue praesent mauris pharetra donec mi tellus. Consectetur tempus, nunc, sem elit sed nunc sem elit pulvinar nisi et id amet et id sit ut sem. Elit pulvinar magna et, eget sit aliquam nibh, ullamcorper adipiscing lorem congue praesent mauris, dolor dolore ante non felis. Ipsum nisi, amet donec ante non nonummy lorem ut diam id sit magna mi molestie consectetur erat nunc sem. Volutpat pulvinar tempus, lobortis diam mauris pharetra diam, eget sit ac, laoreet praesent molestie dolor donec massa volutpat amet. Donec lobortis sem elit sit ac laoreet tellus consectetur lorem tincidunt aliquet at dolor adipiscing feugiat dolore ante volutpat. Nonummy ipsum, ut diam felis pulvinar magna et id sit ac laoreet aliquet mauris pharetra aliquam massa ullamcorper felis. Consectetur dolor tellus mauris sed nunc proin volutpat felis feugiat, magna laoreet non at sed dolore sem elit pulvinar. Aliquam tincidunt aliquet praesent molestie pharetra donec nunc non nonummy ipsum ut proin euismod adipiscing lorem congue proin molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat dolore proin euismod amet, aliquam nibh ullamcorper adipiscing feugiat donec massa, sem eget ipsum nisi proin, eget. Amet, ac lobortis, ullamcorper volutpat amet donec lobortis ullamcorper nonummy, feugiat congue mi molestie consectetur ac massa aliquet. At ipsum nisi et euismod, adipiscing tempus tincidunt diam felis dolor, tellus adipiscing sed, dolore ante ullamcorper adipiscing. Feugiat congue mi, molestie consectetur dolor dolore proin volutpat turpis lorem tincidunt diam mauris sit magna mi id. Pharetra, ullamcorper at dolor dolore ante molestie amet erat massa non nonummy tempus nunc sem elit sed ut. Diam, id, turpis ac laoreet, ullamcorper at eget turpis aliquam nibh euismod turpis tempus tincidunt diam felis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent diam tellus eget dolor tempus magna nunc et euismod eget adipiscing pharetra ipsum ac donec magna dolore dolore lobortis nisi congue ut diam id. Turpis nonummy lorem mi id, pharetra erat dolore proin eget pulvinar aliquam nibh, euismod adipiscing feugiat congue mi, tellus pharetra donec, ante tellus nonummy erat. Massa non elit euismod turpis, lorem congue praesent mauris dolor donec mi volutpat consectetur erat ante non elit, sit aliquam nibh id sit aliquam laoreet. Ullamcorper at lorem congue praesent nisi mi id, turpis ac laoreet aliquet, at dolor dolore proin eget pharetra aliquam lobortis ullamcorper elit ipsum congue diam. Felis ipsum nisi ante tellus consectetur tempus, nunc sem elit pulvinar aliquam nibh ullamcorper at sed congue praesent mauris pharetra dolore praesent mauris dolor erat. Massa non felis pulvinar ac pharetra donec ante non amet aliquam massa ullamcorper elit ipsum nisi et molestie sit magna laoreet tellus at lorem nunc. Ante, ullamcorper, nonummy, lorem magna mi molestie lobortis praesent, volutpat, nonummy tempus ut et euismod turpis ac laoreet aliquet mauris pulvinar aliquam nibh non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin volutpat turpis aliquam, nibh ullamcorper felis feugiat tincidunt praesent mauris pharetra molestie amet erat massa sem molestie turpis ac, tincidunt sem mauris pulvinar donec ante non, adipiscing. Feugiat turpis sed tincidunt praesent mauris dolor donec erat dolore proin eget pulvinar donec nibh ullamcorper adipiscing feugiat congue praesent, felis sit congue et molestie at sed dolore et. Euismod turpis tempus lobortis diam mauris tellus nonummy sed ut et euismod adipiscing sed laoreet ante praesent diam, tellus eget adipiscing pharetra ipsum ac congue massa mi sem euismod. Lorem sit dolor donec ante eget amet aliquam nibh non amet tempus lobortis ullamcorper felis feugiat congue et molestie turpis erat nunc ante volutpat turpis aliquam nibh non nonummy. Tempus ut praesent molestie consectetur sed, dolore proin eget amet aliquam nibh euismod, adipiscing lorem, tincidunt praesent mauris, pharetra magna laoreet tellus nonummy sed massa tellus consectetur erat nunc. Sem eget amet aliquam nibh, ullamcorper felis sit magna mi tellus consectetur sed, nunc proin eget praesent molestie dolor donec, ante molestie nonummy tempus massa, volutpat nonummy tempus ut. Et euismod turpis, ac tincidunt praesent eget pharetra donec ante non elit ipsum ut turpis magna laoreet euismod adipiscing dolor dolore nibh non adipiscing feugiat magna laoreet tellus at. Sed dolore proin volutpat amet lorem tincidunt praesent felis lorem congue praesent non elit pulvinar aliquam nibh id turpis lorem tincidunt aliquet, mauris feugiat congue mi mauris dolor congue. Praesent molestie sit donec mi molestie pharetra sed nunc mi tellus at sed tincidunt proin eget pulvinar aliquam, nibh, ullamcorper felis feugiat magna massa non consectetur sed nunc sem. Elit pulvinar aliquam nibh euismod, amet, lorem aliquam, nibh euismod nonummy aliquam nibh euismod adipiscing tempus ut, praesent praesent volutpat amet, ipsum ut et id turpis sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc proin id adipiscing lorem tincidunt aliquet at dolor dolore ante lobortis aliquet molestie consectetur erat, ante tellus nonummy sed nunc et euismod turpis sed. Dolore ante molestie amet erat, massa ullamcorper, elit feugiat ut et diam, eget sit ac, tincidunt praesent mauris pharetra erat, massa ullamcorper nonummy, tempus ut, diam. Id consectetur sed nunc sem mauris dolor, nunc praesent eget pharetra ac massa, aliquet at erat tincidunt, aliquet eget amet aliquam lobortis, ullamcorper adipiscing, feugiat magna. Laoreet non nonummy erat, laoreet sem elit praesent molestie pharetra dolore mi molestie pharetra, donec nunc diam eget, sit magna et euismod sit aliquam laoreet aliquet. Turpis ac lobortis ullamcorper adipiscing lorem tincidunt praesent nunc diam, euismod, consectetur lorem tincidunt, aliquet at sed congue praesent, molestie amet aliquam massa volutpat nonummy, ipsum. Magna tincidunt, proin, volutpat amet tempus lobortis diam felis non eget pulvinar nisi, nibh ullamcorper at feugiat congue mi, volutpat elit ipsum magna mi euismod consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec laoreet tellus consectetur sed nunc proin eget pulvinar dolore et volutpat amet aliquam, nibh ullamcorper lorem. Laoreet tellus adipiscing lorem congue proin volutpat amet aliquam lobortis ullamcorper felis feugiat nisi et euismod turpis. Erat nunc sem eget, nonummy volutpat amet donec ante, non nonummy ipsum congue et tellus consectetur erat. Nunc sem eget pulvinar aliquam nibh diam felis sit erat massa sem, eget pulvinar congue et id. Turpis erat tincidunt aliquet at dolor dolore ante euismod nonummy feugiat magna mi molestie pharetra erat massa. Non elit ipsum, nisi turpis ac tincidunt sem mauris dolor donec nibh, non, amet tempus lobortis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, aliquet eget tincidunt mi molestie consectetur erat massa non nonummy ipsum ut, proin elit sed nunc nibh proin. Ullamcorper, sem euismod molestie felis consectetur dolor aliquam congue pharetra tempus congue laoreet non, eget adipiscing, amet ipsum sed. Aliquam, tempus magna, mi sem volutpat mauris consectetur ipsum aliquam congue nibh mi tellus, at et aliquet eget adipiscing. Pharetra pulvinar magna tincidunt ante diam, mauris, nonummy sit lorem donec lobortis et aliquet elit turpis feugiat erat ut. Mauris eget consectetur pulvinar aliquam ut mi sem eget adipiscing pharetra ipsum magna nisi tincidunt ante et aliquet volutpat. Felis, consectetur pulvinar lorem, aliquam magna ut laoreet et proin praesent diam sem aliquet sem tellus euismod tellus id. Mauris mauris id eget id id molestie id eget mauris felis eget molestie id eget, diam diam tellus, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis laoreet, et praesent et aliquet ullamcorper volutpat consectetur mi molestie pharetra erat massa aliquet consectetur erat tincidunt sem elit pulvinar aliquam lobortis diam mauris, sit erat. Nunc diam id, diam molestie pharetra erat laoreet mi mauris consectetur tempus nunc et id sit ac tincidunt aliquet at pharetra donec ante, molestie pharetra donec ante. Volutpat nonummy ipsum nisi mi euismod at sed dolore ante volutpat amet aliquam ante volutpat amet tempus lobortis diam felis feugiat, magna et euismod consectetur ac mi. Euismod turpis eget dolor donec proin eget pharetra aliquam lobortis diam molestie consectetur, sed dolore sem at sed nunc sem mauris dolor donec nibh ullamcorper adipiscing feugiat. Congue mi pharetra aliquam massa ullamcorper elit tempus lobortis sem, nonummy ipsum ut, et id sit nisi et euismod turpis, lorem tincidunt praesent at dolor dolore ante. Molestie amet congue praesent molestie pharetra donec, ante tellus nonummy erat nunc, diam eget turpis lorem tincidunt aliquet mauris pharetra erat massa turpis feugiat congue mi tellus. Nonummy, pulvinar magna nibh, tellus at sed congue praesent mauris dolor dolore praesent mauris pharetra erat ante molestie consectetur tempus nunc sem magna laoreet aliquet adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin molestie amet erat lobortis ut laoreet, tellus at pharetra aliquam nibh non adipiscing feugiat congue mi tellus turpis erat massa sem elit dolor. Nisi congue massa sem id consectetur magna dolore lobortis praesent non felis consectetur adipiscing consectetur sit magna tincidunt proin mauris pulvinar aliquam lobortis ullamcorper adipiscing. Ipsum ut mi, molestie sit magna diam id, sit ac laoreet aliquet mauris, dolor donec nibh volutpat amet tempus ut praesent id feugiat magna mi. Molestie consectetur dolor dolore lobortis ullamcorper felis sit donec ante non elit ipsum aliquam et eget amet lorem tincidunt praesent mauris dolor congue praesent mauris. Feugiat magna praesent mauris pharetra magna at pharetra dolore proin non nonummy tempus lobortis ullamcorper elit ipsum ut sem elit sit erat mi tellus at. Lorem, tincidunt praesent mauris dolor donec proin eget laoreet tellus consectetur sed massa sem volutpat amet lorem congue, ante tellus consectetur sed massa diam eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper at feugiat dolore mi, molestie nonummy ipsum magna nibh tellus. At, dolor donec nibh ullamcorper felis feugiat, ut et, molestie, at. Molestie at sed tincidunt aliquet at sed nunc sem mauris, pulvinar. Aliquam nibh praesent molestie pharetra, donec massa non at sed nunc. Sem eget, ante volutpat nonummy aliquam ut diam felis sit erat. Nunc, proin eget pulvinar aliquam lobortis, ullamcorper, turpis ac lobortis aliquet. Mauris dolor magna massa sem felis pulvinar non elit pulvinar nisi. Nibh euismod adipiscing dolor dolore mi mauris dolor magna mi mauris. Consectetur tempus ut, et euismod adipiscing lorem congue ullamcorper at pharetra. Erat lobortis et id sit ac tincidunt aliquet mauris amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante pharetra tempus massa non, felis ipsum, ut et id, sit, magna laoreet tellus, consectetur lorem tincidunt aliquet at sed dolore proin molestie dolor dolore proin, pulvinar, aliquam. Lobortis diam mauris dolor congue praesent mauris pharetra erat laoreet tellus consectetur erat laoreet, tellus, consectetur erat nunc sem elit amet, aliquam nunc, proin euismod nonummy tempus lobortis diam. Mauris pharetra donec laoreet tellus pharetra erat nunc sem elit ipsum aliquam nibh, ullamcorper felis feugiat donec congue mi molestie pharetra donec laoreet non, at ipsum dolore nibh euismod. At dolor, dolore ante non nonummy ipsum nunc sem, felis sit magna laoreet aliquet mauris, sit aliquam nibh euismod adipiscing ac tincidunt aliquet mauris dolor, dolore mi non felis. Sit ac tincidunt proin volutpat nonummy lorem ut, diam felis feugiat congue ipsum ut diam felis pulvinar magna laoreet euismod consectetur, lorem nunc proin, mauris dolor donec ante volutpat. Amet ipsum ut diam nonummy ipsum lobortis sem elit pulvinar tincidunt, praesent mauris pharetra, donec ante non felis feugiat nisi et id turpis magna laoreet tellus consectetur sed nunc. Praesent pulvinar nisi et, id pulvinar nisi et euismod turpis ac lobortis ullamcorper turpis tempus tincidunt diam adipiscing lorem congue, mi molestie consectetur erat massa non at erat nunc. Proin volutpat amet, aliquam nibh diam felis feugiat congue praesent, felis feugiat congue mi molestie pharetra donec laoreet, non elit pulvinar dolore proin eget dolor laoreet aliquet mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem, ut praesent molestie pharetra mi volutpat, amet donec ante volutpat nonummy tempus. Nunc diam id sit nisi diam eget pulvinar ac laoreet aliquet mauris feugiat, dolore. Ante non nonummy aliquet at dolor dolore proin euismod nonummy lorem ut diam felis. Sit magna laoreet tellus consectetur ipsum dolore, proin volutpat amet aliquam lobortis aliquet mauris. Mauris amet tempus lobortis ullamcorper felis sit donec massa tellus consectetur erat massa tellus. At dolor dolore et eget amet tempus lobortis diam euismod adipiscing sed congue proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie amet ipsum nisi et aliquet, at, dolor dolore nibh lorem congue proin eget pharetra, donec massa non. Nonummy ipsum ut sem felis ipsum magna et euismod at sed nunc proin eget dolor dolore ante eget proin. Volutpat adipiscing feugiat, dolore ante volutpat elit tempus ut nibh tellus consectetur lorem tincidunt aliquet at sed, dolore proin. Molestie pharetra dolore praesent mauris dolor, magna ante tellus consectetur ipsum ut et, eget sit aliquam nibh euismod turpis. Lorem tincidunt aliquet at dolor erat ac nisi, tincidunt massa et praesent diam sem tellus eget, dolor donec massa. Ullamcorper felis feugiat, ut, diam id sit ac tincidunt, aliquet at sed nunc proin eget amet nibh ullamcorper at. Dolor, tempus ut diam felis turpis erat tincidunt, aliquet at sed dolore nibh euismod, nonummy, aliquam lobortis diam, adipiscing. Feugiat magna mi non eget diam, felis sit ac tincidunt sem eget amet aliquam lobortis diam felis feugiat congue. Mi tellus pharetra erat massa sem eget amet nisi, et euismod turpis praesent molestie pharetra magna mi tellus consectetur. Sed ut proin eget pulvinar nisi nibh euismod turpis lorem congue mi volutpat, volutpat nonummy, tempus lobortis ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper at dolor donec ante at, pulvinar. Donec nibh non felis sit, magna mi molestie. Consectetur sed nunc sem at dolor dolore proin. Eget amet lorem tempus magna nunc lobortis eget. Adipiscing amet sit sed ac, donec, ut nunc. Lobortis massa nibh, sem, ac, nunc ante ullamcorper. Felis consectetur sed nunc et euismod, amet, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet aliquam ut diam adipiscing feugiat magna mi tellus at sed dolore, proin volutpat amet tempus aliquam, lobortis ullamcorper adipiscing lorem ut praesent. Mauris pharetra erat massa non consectetur sed nunc proin elit ipsum nisi nibh mi diam tellus eget donec magna massa et ullamcorper at amet. Feugiat, adipiscing dolor tempus nisi, nunc nibh, mi volutpat elit turpis sed donec nibh mi non id at amet ipsum sem aliquet ullamcorper diam. Aliquet diam, tellus elit sit magna laoreet euismod adipiscing sed, dolore proin mauris dolor donec ante non nonummy tempus praesent tellus consectetur erat ante. Non eget ipsum nisi proin eget ipsum dolore nibh aliquet at feugiat dolore praesent mauris lorem tincidunt diam felis dolor magna praesent sed nunc. Proin id adipiscing lorem congue aliquet at dolor erat ante sem tellus eget adipiscing dolor ipsum dolor feugiat donec nunc diam eget ipsum ut. Nonummy tempus ut sem id, sit ac laoreet euismod turpis, magna nibh, euismod adipiscing, sed congue ante volutpat amet aliquam sem id turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus at pharetra donec massa ullamcorper adipiscing tempus ullamcorper mauris dolor dolore, mi non consectetur donec, massa non nonummy sed nunc. Diam id sit, ac laoreet, aliquet at lorem lobortis aliquet mauris pharetra ipsum ut et euismod sit lorem nunc praesent at sed. Dolore ante volutpat nonummy aliquam massa ullamcorper felis feugiat ac laoreet tellus sit magna mi euismod, ipsum, ut et, euismod, turpis ac. Tincidunt aliquet at feugiat tincidunt aliquet felis feugiat dolore ante volutpat nonummy pulvinar nisi nibh euismod turpis nisi et eget ipsum dolore. Proin euismod turpis ac lobortis ullamcorper adipiscing lorem tincidunt praesent molestie sit, donec ante non consectetur erat nunc proin id amet aliquam. Lobortis aliquet mauris pharetra donec ante, molestie pharetra erat, massa sem eget sit, ut et euismod sit, aliquam, laoreet aliquet, at feugiat. Tincidunt aliquet mauris dolor dolore feugiat tincidunt diam felis feugiat donec laoreet molestie consectetur erat massa non eget pulvinar nisi nibh ullamcorper. Turpis lorem congue praesent molestie pharetra erat nunc proin id turpis lorem congue mi volutpat consectetur erat nunc sem felis pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue magna nunc ut laoreet et proin. Praesent nibh proin, diam molestie consectetur sed. Nunc et ullamcorper felis diam tellus at. Dolor donec proin molestie pharetra tempus ut. Diam id sit ac nunc aliquet, mauris. Pulvinar tempus lobortis, ullamcorper mauris pharetra sed. Sem eget amet aliquam et, volutpat turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, dolor, magna ante tellus consectetur sed nunc non nonummy ipsum lorem tincidunt aliquet, mauris dolor dolore mi, molestie consectetur tempus nunc sem eget pulvinar ut diam eget ipsum, nisi. Nibh aliquet mauris feugiat donec ante adipiscing lorem congue praesent molestie, pharetra erat nunc sem elit ipsum ut et id, turpis aliquam tincidunt praesent at dolor dolore mi molestie pharetra. Donec euismod nonummy tempus, ut diam, felis sit magna, mi id pharetra magna laoreet tellus turpis, erat massa aliquet elit dolor dolore proin mauris, congue ante tellus, consectetur, erat massa. Non at erat nunc sem elit pulvinar nisi nibh ullamcorper, adipiscing lorem, magna ante, tellus nonummy ipsum ut sem eget, consectetur sed nunc proin, volutpat turpis lorem congue praesent mauris. Consectetur pulvinar ut, diam id sit ac laoreet, aliquet at dolor dolore massa volutpat amet erat massa euismod consectetur sed dolore ante volutpat pulvinar, tempus, nibh diam molestie, consectetur erat. Nunc et id adipiscing lorem tincidunt mi praesent mauris dolor congue mi tellus consectetur donec massa non at sed massa non at, sed nunc sem at sed nunc ante volutpat. Adipiscing lorem congue, mi, nonummy ipsum ut praesent molestie, at, pulvinar nisi nibh ullamcorper, felis dolor dolore ante volutpat consectetur tempus nunc sem eget, sit nisi, diam id adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis sit magna laoreet tellus consectetur lorem tincidunt proin eget dolor ipsum congue et id pharetra ac laoreet tellus at, sed dolore proin. Volutpat turpis tempus nibh volutpat amet tempus nibh non adipiscing sit donec laoreet lorem tincidunt ante volutpat nonummy ipsum, nisi diam id turpis ac. Laoreet aliquet adipiscing lorem tincidunt aliquet, at, sed congue aliquet mauris dolor donec massa congue aliquet felis dolor magna ante molestie consectetur tempus nunc. Sem eget pulvinar nunc sem eget amet, ac laoreet, ullamcorper turpis lorem tincidunt laoreet, tellus consectetur lorem tincidunt aliquet adipiscing lorem tincidunt proin volutpat. Amet aliquam massa ullamcorper nonummy ipsum nisi et id sit ac mi euismod at, dolor pharetra erat nunc proin, eget amet nisi et volutpat. Turpis, ac tincidunt aliquet adipiscing lorem tincidunt diam felis lorem, tincidunt diam felis feugiat magna mi tellus consectetur sed nisi et, volutpat turpis tempus. Lobortis diam molestie consectetur erat nunc diam id turpis sed congue praesent, at dolor molestie turpis erat tincidunt sem elit, pulvinar nisi, ante euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie pharetra erat et molestie at sed nunc sem. Elit, pulvinar tempus lobortis ullamcorper felis, feugiat magna mi molestie. Consectetur sed nunc sem elit ipsum nisi et erat massa. Sem id sit ac, mi euismod turpis ac tincidunt aliquet. Mauris pharetra tempus lobortis ullamcorper felis feugiat congue diam id. Turpis, ac tincidunt diam id sit ac laoreet euismod turpis. Lorem nunc, praesent mauris dolor donec ante, volutpat nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore lorem, tincidunt, diam molestie pharetra donec massa sem nonummy pulvinar. Aliquam nibh euismod turpis ac nibh ullamcorper at feugiat donec massa. Sem elit non eget sit, ac tincidunt praesent eget amet aliquam. Lobortis ullamcorper felis ipsum, ut et, euismod consectetur sed nunc proin. Eget amet donec lobortis diam felis sit erat dolore proin eget. Pulvinar, aliquam nibh euismod amet lorem tincidunt diam adipiscing feugiat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur molestie id elit dolor nisi, nibh ullamcorper mauris, pharetra erat. Massa sem eget sit aliquam nibh euismod turpis, lorem tincidunt ullamcorper adipiscing. Lorem euismod turpis erat tincidunt sem mauris dolor dolore proin volutpat amet. Aliquam ut praesent molestie pharetra erat, laoreet tellus turpis ac laoreet tellus. Consectetur erat adipiscing lorem congue praesent mauris pharetra erat nunc sem eget. Pulvinar aliquam nibh euismod turpis lorem tincidunt ullamcorper, felis dolor magna ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa sem euismod eget, id eget, at elit, turpis pulvinar, feugiat tempus nisi laoreet sem euismod adipiscing sit sed tempus ac. Dolore donec magna nisi dolore nisi nunc congue nunc et aliquet eget amet tempus lobortis ullamcorper id feugiat congue diam volutpat amet. Turpis, pulvinar, feugiat erat magna nunc nibh praesent tellus elit turpis nonummy sit ipsum lorem ipsum, sed feugiat tempus, sed lorem erat. Ac tempus ipsum amet turpis turpis amet turpis pulvinar lorem donec, nunc, nibh praesent diam sem ut nunc tincidunt, lobortis massa lobortis. Massa, massa lobortis felis euismod, molestie, elit turpis ac tincidunt praesent at, pharetra aliquam massa volutpat amet, donec ante volutpat nonummy, ipsum. Ut laoreet aliquet at sed nunc praesent mauris praesent id at, pulvinar aliquam tincidunt praesent mauris pharetra donec ante volutpat consectetur erat. Massa diam, eget pulvinar nisi nibh, tellus adipiscing sed congue proin, molestie amet feugiat dolore mi mauris pharetra, magna mi mauris feugiat. Magna, ante et id sit ac tincidunt aliquet at lorem tincidunt congue praesent, mauris dolor donec massa non pharetra donec, massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, id pulvinar aliquet at sed nunc proin volutpat pulvinar aliquam ante volutpat amet tempus ut diam id turpis ac massa, sem elit, dolor dolore proin sit magna. Tincidunt erat nisi et euismod amet ac laoreet ullamcorper adipiscing feugiat congue praesent molestie consectetur erat massa sem elit pulvinar nisi et euismod ut praesent molestie consectetur erat. Nunc et eget pulvinar aliquam et, euismod adipiscing feugiat congue mi, molestie consectetur ipsum ac donec ut ut nibh, proin, mi nonummy sit donec nunc diam eget pulvinar. Ac donec massa volutpat nonummy tempus massa ullamcorper, elit feugiat ut diam id sit ac laoreet tellus aliquam nibh tellus at dolor dolore proin, molestie amet tempus ut. Diam id, feugiat magna mi id turpis lorem nunc praesent, mauris dolor donec ante ullamcorper felis nonummy ipsum ut diam molestie turpis ac laoreet tellus turpis ac tincidunt. Aliquet mauris dolor dolore nibh volutpat, nonummy ipsum ut ullamcorper felis feugiat, congue mi nunc proin eget pulvinar nisi ante euismod molestie, nonummy sed, nisi proin eget turpis. Ac, laoreet aliquet adipiscing feugiat dolore volutpat amet aliquam tincidunt, euismod adipiscing lorem ut praesent felis sit congue praesent id sit ac laoreet tellus turpis erat dolore sem. Elit pulvinar aliquam, ante volutpat massa non nonummy turpis amet sit sed aliquam dolore ut massa et praesent diam tellus volutpat felis nonummy consectetur amet sit sit sed. Aliquam congue mi molestie at, dolor, dolore proin eget dolor nisi ante euismod adipiscing, feugiat, congue mi mauris consectetur erat nunc sem elit pulvinar nisi et ullamcorper at. Feugiat donec ante tempus nunc sem elit ipsum ut nibh, euismod turpis lorem tincidunt praesent volutpat nonummy erat lobortis sem elit pulvinar, nisi mi euismod turpis ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat elit ipsum magna mi aliquet at pulvinar dolore, lobortis diam id sit, ac massa, tellus at dolor aliquam tincidunt mi volutpat. Elit pulvinar nisi et id sit magna laoreet tellus, at sed, elit ipsum ut et id turpis magna, tincidunt sem eget amet, aliquam nibh. Ullamcorper mauris pharetra donec laoreet non at ipsum ut proin, id amet volutpat consectetur erat massa sem, elit ipsum nunc, sem, eget ipsum ut. Nibh tellus adipiscing sed congue proin mauris pharetra erat ante volutpat felis sit ac felis feugiat congue, praesent non euismod eget adipiscing consectetur amet. Amet pharetra sed nunc sem elit, dolor dolore proin volutpat amet aliquam ante volutpat ipsum, ut et euismod adipiscing sed congue proin molestie nonummy. Tempus nisi mi, tellus, consectetur erat nunc proin mauris pulvinar dolore, ante volutpat nonummy lorem ut molestie felis feugiat magna mi tellus turpis magna. Et tellus at, dolor tempus, congue nunc nibh proin, diam aliquet consectetur, erat nunc sem, eget pulvinar aliquam nibh nonummy, aliquam, lobortis diam felis. Sit magna mi molestie pharetra ac mi molestie turpis erat nunc sem, elit pulvinar nisi aliquam, nibh non adipiscing lorem, ut diam molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper mauris, amet tempus at dolor donec proin volutpat nonummy. Tempus, ut, ullamcorper felis sit magna, mi aliquet at sed. Dolore et euismod adipiscing feugiat congue praesent molestie et, id. Turpis lorem tincidunt praesent molestie adipiscing consectetur turpis pharetra feugiat. Sed feugiat, erat ac nisi, nibh euismod, felis feugiat congue. Praesent tellus nonummy aliquet mauris feugiat dolore mi molestie pharetra. Tempus ut et id sit magna nibh tellus, adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nunc proin id adipiscing lorem dolore mi mauris pharetra donec massa sem nonummy pulvinar nisi et euismod adipiscing ac. Tincidunt praesent mauris sed dolore nunc sem elit amet, aliquam nibh volutpat amet tempus nibh euismod nonummy lorem congue diam. Felis, pharetra donec massa sem elit ipsum nunc sem felis feugiat, congue praesent mauris, sit magna mi molestie pharetra donec. Mi tellus consectetur sed nunc aliquet at sed dolore proin elit pulvinar nisi ante eget, pulvinar id turpis ac laoreet. Aliquet molestie pharetra erat lobortis diam felis, ipsum ut, sem felis sit magna, nibh tellus at, sed, dolore proin, volutpat. Felis turpis, ac, laoreet tellus at sed nunc proin eget dolor dolore ante volutpat nonummy tempus ut diam felis sit. Magna mi tellus turpis erat massa, nonummy tempus massa sem felis sit, magna et id adipiscing lorem tincidunt, praesent mauris. Lorem congue, proin, molestie amet erat ante volutpat consectetur tempus ut, sem felis, pharetra donec laoreet molestie pharetra donec mi. Tellus elit ipsum nunc proin eget amet aliquam et volutpat pulvinar nisi ante, magna laoreet tellus consectetur erat laoreet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet molestie amet tempus ut mauris pharetra, donec nunc diam euismod adipiscing sed congue proin volutpat amet. Aliquam, lobortis et, id turpis, ac nunc sem eget amet tempus, tincidunt diam congue mi tellus consectetur, sed. Ut et, eget pulvinar aliquam nibh euismod turpis tempus tincidunt mi molestie pharetra donec ante tellus consectetur sed. Ut eget amet aliquam tincidunt aliquet at dolor donec ante non elit, ipsum ut et eget pulvinar nisi. Et tellus turpis ac congue praesent mauris dolor congue praesent mauris pulvinar aliquam nibh diam felis feugiat congue. Praesent molestie sit magna praesent, felis sit magna laoreet tellus consectetur sed nunc sem elit mauris dolor dolore. Proin non adipiscing feugiat magna mi molestie, pharetra erat massa tellus at sed nunc sem elit pulvinar nisi. Ante euismod nonummy lorem tincidunt diam nonummy ipsum ut et id sit congue mi tellus at sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus congue praesent diam felis sit magna, laoreet non elit ipsum. Aliquam, lobortis aliquet molestie dolor dolore ante molestie pharetra, erat ante. Non, elit, ipsum ut et, tincidunt, praesent molestie dolor dolore ante. Molestie pharetra erat lobortis diam felis pulvinar ut, nibh euismod consectetur. Lorem nunc aliquet at dolor donec massa, volutpat dolor dolore mi. Molestie consectetur tempus ut et euismod turpis lorem donec proin volutpat. Nonummy feugiat congue praesent tellus consectetur sed nunc sem nisi nibh. Euismod, adipiscing, feugiat magna ante tellus elit ipsum ut nibh tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac lobortis proin volutpat nonummy, lorem ut praesent mauris pharetra donec laoreet tellus at ipsum dolore sem eget, amet. Feugiat donec massa non nonummy tempus nunc non nonummy, ipsum ut proin id turpis ac laoreet euismod turpis ac lobortis aliquet. Felis dolor magna ante volutpat consectetur tempus ante non elit ipsum dolor ipsum ac nisi donec lobortis laoreet sem eget pulvinar. Aliquam, tincidunt praesent, mauris feugiat congue praesent mauris pharetra donec laoreet, tellus at ipsum dolore et id amet aliquam nibh ullamcorper. Felis pharetra erat nunc sem nonummy ipsum ut nibh ullamcorper, adipiscing lorem laoreet euismod adipiscing feugiat congue praesent, molestie sem elit. Ipsum, nisi nibh tellus adipiscing ac nunc praesent eget pharetra, congue praesent at feugiat tincidunt aliquet felis dolor dolore mi non. Elit ipsum magna nibh, id turpis ac tincidunt praesent molestie amet erat lobortis, diam felis feugiat, magna, et euismod consectetur lorem. Laoreet sem mauris dolor dolore proin eget pharetra proin id turpis aliquam lobortis ullamcorper, felis dolor congue praesent molestie pharetra magna. Ante non nonummy pulvinar nisi proin id, sit aliquam nibh eget amet ac tincidunt laoreet tellus elit, pulvinar nisi ante euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin non nonummy ipsum ut diam id sit ac laoreet euismod consectetur dolor nisi ipsum ac donec nisi tincidunt ante praesent molestie id at. Turpis molestie, consectetur sed nunc proin eget pulvinar nisi proin volutpat, amet lorem congue praesent felis lorem magna mi, molestie consectetur, erat massa sem. Elit ac massa aliquet, at sed dolore ante euismod adipiscing feugiat congue diam, adipiscing sit donec mi molestie, pharetra ac nunc et ullamcorper turpis. Lorem dolore ante, non diam felis pulvinar magna laoreet aliquet mauris dolor, dolore proin, eget pharetra donec, massa ullamcorper elit sit ac laoreet molestie. Turpis erat nunc nibh euismod turpis ac laoreet tellus at sed dolore praesent mauris pharetra donec ante volutpat amet tempus ut mi id turpis. Lorem, nunc proin volutpat amet, aliquam consectetur ac massa non elit ipsum dolore proin volutpat pulvinar nisi nibh euismod turpis, lorem lobortis diam mauris. Sit erat massa sem elit pulvinar ut proin id, ac nunc sem at dolor, dolore proin eget pulvinar donec ut diam mauris sit donec. Laoreet molestie consectetur ac ante non elit, ipsum ut, mi euismod sit ac, laoreet tellus consectetur lorem nunc proin eget dolor donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet tellus, mauris pharetra aliquam lobortis diam id pharetra erat massa aliquet consectetur erat laoreet aliquet elit dolore proin, volutpat amet. Donec nibh, non adipiscing feugiat ut diam felis turpis ac massa tellus consectetur sed dolore proin volutpat amet aliquam nibh erat massa. Non eget ipsum nisi et, id turpis lorem congue ante molestie, pharetra donec massa volutpat consectetur erat massa, sem, elit ipsum ut. Et, ullamcorper at pharetra donec massa volutpat nonummy ipsum ut, diam felis tempus ut et euismod at sed nunc praesent, mauris dolor. Donec massa ullamcorper elit molestie at sed dolore proin mauris dolor donec nibh volutpat nonummy lorem ut ullamcorper felis sit magna mi. Molestie at sed nunc proin volutpat turpis tempus tincidunt ipsum nisi et id sit ac laoreet ullamcorper mauris dolor dolore praesent mauris. Dolor donec mi non, nonummy tempus, ut diam id turpis ac nibh euismod turpis pharetra, aliquam, massa ullamcorper felis, feugiat magna massa. Sem elit pulvinar aliquam lobortis praesent felis sit magna ante sem elit felis pharetra, ac laoreet tellus consectetur sed nunc aliquet elit. Dolor aliquam, nibh ullamcorper felis feugiat congue praesent mauris sit donec laoreet molestie pharetra ac laoreet eget amet aliquam nibh euismod turpis. Lorem congue ante tellus nonummy erat nunc sem elit sit ac nibh ullamcorper at dolor donec massa non nonummy, tempus nisi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi molestie elit pulvinar aliquam laoreet aliquet adipiscing sem felis ipsum nunc et, id. Turpis lorem tincidunt praesent at sed tincidunt aliquet, at lorem congue praesent molestie amet erat. Lobortis diam felis sit magna molestie consectetur, donec, nunc proin id adipiscing, lorem congue proin. Mauris pharetra erat lobortis, non, elit feugiat magna mi euismod consectetur lorem tincidunt aliquet mauris. Mi tellus consectetur sed nunc, sem elit pulvinar dolore proin volutpat turpis aliquam lobortis ullamcorper. Felis, dolor donec ante tellus consectetur erat ut lorem, tincidunt ante volutpat, amet erat, lobortis. Diam felis sit nisi, mi tellus consectetur lorem tincidunt aliquet mauris dolor donec nibh, volutpat. Amet tempus ut diam felis ut diam, felis sit lorem tincidunt aliquet mauris dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat amet erat elit, tempus ut et id sit magna laoreet aliquet mauris dolor dolore proin eget dolor congue aliquet mauris pharetra, dolore proin. Molestie pharetra donec sem elit ipsum nisi et id, pulvinar nisi, et euismod adipiscing sed congue praesent molestie amet erat, lobortis sem elit feugiat, nisi mi. Id turpis volutpat pulvinar aliquam lobortis ullamcorper adipiscing ipsum congue diam id sit erat laoreet tellus turpis ac laoreet aliquet at sed, dolore proin, volutpat pulvinar. Aliquam pharetra ac massa tellus consectetur erat massa aliquet elit pulvinar nisi ante volutpat amet tempus lobortis ullamcorper, mauris pharetra donec laoreet tellus consectetur erat ut. Nonummy ipsum nisi et felis sit magna laoreet euismod turpis sed dolore ante volutpat amet donec ante volutpat amet aliquam massa ullamcorper nonummy tempus congue, et. Molestie tincidunt, diam mauris pharetra, donec massa non nonummy sed ut sem eget ipsum nisi et, id amet nisi et volutpat, turpis tempus lobortis ullamcorper felis. Aliquam nibh non nonummy tempus lobortis non nonummy aliquam massa non amet erat lobortis sem nonummy ipsum lobortis sem consectetur erat ante tellus nonummy sed nunc. Sem, non nonummy ipsum ut, ullamcorper felis feugiat magna mi tellus at sed dolore proin volutpat nonummy aliquam nibh ullamcorper, adipiscing ullamcorper adipiscing feugiat congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin volutpat turpis, lorem tincidunt praesent tincidunt aliquet eget amet, aliquam ante molestie pharetra donec praesent mauris. Dolor donec massa, non felis sit magna laoreet aliquet mauris dolor donec ante volutpat mi tellus consectetur sed. Nisi et ullamcorper, felis feugiat congue mi molestie consectetur ipsum ut et id turpis lorem tincidunt aliquet mauris. Dolor donec proin ante volutpat nonummy tempus ut diam felis sit magna laoreet tellus adipiscing lorem laoreet, aliquet. Mauris pharetra tempus ut diam id consectetur dolor molestie nonummy ipsum nisi nibh euismod adipiscing, lorem tincidunt praesent. Volutpat felis feugiat congue mi tellus turpis ac massa, aliquet at, dolor aliquam ante ullamcorper nonummy tempus id. Turpis sed congue, aliquet mauris dolor donec massa non nonummy tempus lobortis sem felis pulvinar ut diam felis. Sit, magna, tincidunt aliquet adipiscing lorem dolore id adipiscing feugiat congue praesent mauris dolor donec ante molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, sed ut et dolor donec proin volutpat amet tempus lobortis. Diam felis ipsum ut diam id turpis ac tincidunt aliquet mauris. Pulvinar aliquam lobortis ullamcorper adipiscing laoreet aliquet consectetur erat dolore proin. Volutpat turpis lorem tincidunt diam mauris sit donec massa sem eget. Sit aliquam nibh, ullamcorper at feugiat tincidunt praesent mauris pharetra donec. Massa, non nonummy ipsum nunc sem, id amet, aliquam lobortis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat consectetur erat volutpat amet tempus, ut diam felis pharetra erat nunc sem id turpis lorem dolore ante, molestie consectetur ipsum nisi mi euismod. Turpis sed nunc praesent massa non nonummy tempus lobortis ullamcorper id turpis ac tincidunt sem elit dolor dolore proin mauris dolor aliquam nibh ullamcorper adipiscing. Lorem magna laoreet molestie at dolor dolore et volutpat turpis tempus, lobortis ullamcorper mauris sit magna praesent felis sit sed nunc sem eget pulvinar aliquam. Nibh, ullamcorper sem felis sit magna laoreet aliquet consectetur ac laoreet euismod turpis aliquam nibh euismod adipiscing lorem tincidunt proin molestie dolor, donec lobortis sem. Felis feugiat nisi, diam lorem congue mi molestie pharetra magna laoreet non consectetur erat laoreet tellus, elit sed nunc sem volutpat amet, aliquam nibh diam. Felis pharetra, erat massa non elit non elit, ipsum nunc sem eget ipsum dolore sem elit pulvinar aliquam ante euismod, nonummy lorem congue praesent felis. Pharetra erat, nunc non turpis erat dolore ante, volutpat turpis tempus lobortis euismod nonummy lorem ut diam felis sit magna massa tellus at ipsum dolore. Proin euismod turpis ac lobortis praesent sed dolore proin eget amet aliquam nibh diam id sit ac massa tellus at sed nunc aliquet at sed. Nisi, nibh euismod amet nisi nibh euismod nonummy donec massa volutpat amet aliquam, ante volutpat amet, tempus ut diam felis ipsum ut diam felis sit. Ac tincidunt aliquet eget dolor dolore proin, mauris pharetra donec mi volutpat amet erat massa sem felis pulvinar nisi diam eget pulvinar nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat erat massa proin eget amet tempus, lobortis, diam adipiscing. Feugiat congue praesent mauris pharetra donec massa non elit, pulvinar. Pharetra tempus ut diam felis pulvinar nisi diam id sit. Magna nibh tellus, adipiscing sed, congue proin volutpat amet ullamcorper. Felis sit ac massa, aliquet at dolor dolore, ante non. Adipiscing, feugiat magna laoreet non elit ipsum nisi, et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy et aliquet at pulvinar donec ante non adipiscing feugiat magna et id, pharetra, ac laoreet, aliquet. Elit amet, tempus, consectetur pulvinar ut et id turpis lorem tincidunt, aliquet at, feugiat congue ante volutpat nonummy erat. Massa, sem elit ipsum ut diam id sit magna aliquet adipiscing lorem tincidunt ullamcorper at feugiat dolore mi molestie. Pharetra tempus ut diam id sit ac tincidunt praesent eget dolor donec ante mauris dolor dolore ante, sed tincidunt. Proin volutpat felis feugiat congue ante non nonummy sed, ut proin elit pulvinar aliquam et euismod turpis ac, lobortis. Aliquet mauris nisi ante, euismod felis sit magna mi molestie, pharetra erat massa non elit ipsum nisi, et, euismod. Adipiscing feugiat tincidunt mi molestie consectetur tempus, nunc diam, proin volutpat nonummy aliquam lobortis ullamcorper adipiscing sit ac massa. Sem eget amet aliquam, nibh ullamcorper adipiscing feugiat congue mi molestie nonummy sed ut proin, eget sit mi aliquet. Elit dolor nisi nibh euismod turpis feugiat congue diam, mauris, sit donec massa non elit ipsum aliquam laoreet sit. Magna massa aliquet at dolor dolore proin volutpat nonummy lorem tincidunt diam adipiscing tempus lobortis diam felis ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat turpis feugiat congue praesent mauris dolor donec massa non nonummy ipsum nunc proin elit sed nunc mauris dolor congue mi molestie consectetur erat massa, non nonummy sed. Ut et id turpis lorem tincidunt, praesent mauris dolor, congue mi volutpat nonummy, ut et euismod at sed dolore proin, volutpat amet tempus massa volutpat amet tempus massa non. Elit ipsum nisi et tellus turpis lorem laoreet tellus consectetur lorem tincidunt praesent mauris, dolor dolore ante volutpat elit feugiat ut et euismod sit ac laoreet aliquet at lorem. Tincidunt praesent mauris pharetra dolore euismod turpis, ac tincidunt praesent mauris dolor dolore praesent mauris pharetra donec massa, non elit ipsum ut, et id sit aliquam laoreet ullamcorper turpis. Lorem tincidunt, aliquet adipiscing lorem tincidunt diam felis dolor, congue praesent molestie pharetra erat nunc proin eget turpis ac laoreet ullamcorper adipiscing lorem lobortis praesent molestie pharetra erat lobortis. Sem nunc ante volutpat pharetra donec ante volutpat adipiscing feugiat congue diam felis feugiat magna laoreet, tellus consectetur sed dolore sem consectetur lorem nunc praesent mauris dolor donec ante. Volutpat nonummy, tempus lobortis ullamcorper felis, ipsum magna mi euismod, turpis lorem tincidunt tellus mauris pulvinar tempus ut feugiat congue mi tellus consectetur ac laoreet tellus at sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam aliquet mauris pharetra donec, lobortis ullamcorper, id turpis, sed dolore sem elit dolor dolore proin eget amet donec nibh. Ullamcorper adipiscing feugiat congue praesent ullamcorper adipiscing lorem lobortis aliquet mauris dolor magna mi tellus consectetur tempus, massa non elit. Sed ut proin elit amet aliquam nibh euismod turpis ac nibh euismod turpis tempus lobortis ullamcorper adipiscing, feugiat magna praesent. Molestie nonummy sed, massa proin eget amet nisi et euismod turpis ac tincidunt aliquet nibh euismod turpis ac tincidunt aliquet. Mauris pharetra donec proin volutpat, nonummy tempus lobortis ullamcorper nonummy ipsum ut diam id sit, magna mi id sit lorem. Non elit pulvinar nisi laoreet ullamcorper at dolor congue ullamcorper adipiscing feugiat, congue, praesent molestie consectetur erat massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi tellus elit pulvinar nisi proin, euismod, turpis lorem tincidunt diam. Mauris pharetra donec massa sem elit, pulvinar laoreet tellus pharetra ac laoreet tellus. At dolor, dolore, proin eget pulvinar aliquam ante euismod adipiscing feugiat magna laoreet. Tellus consectetur erat nunc proin eget, nibh ullamcorper turpis tempus lobortis ullamcorper felis. Lorem congue mi tellus consectetur donec mi molestie pharetra donec, laoreet tellus at. Sed nunc proin eget amet ac euismod felis sit magna ante sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc sem elit pulvinar feugiat donec mi non elit ipsum nisi et, euismod, turpis lorem tincidunt aliquet mauris, sed dolore. Ante non nonummy tempus lobortis sem nonummy ipsum nisi molestie consectetur erat ut proin, eget pulvinar nisi laoreet ullamcorper, adipiscing dolor dolore. Ante sem elit ipsum ut diam, felis sit ac nibh tellus at felis sit congue et, id, turpis magna mi, molestie turpis. Sed nunc proin volutpat amet tempus, tincidunt praesent molestie pharetra, erat massa tellus at pulvinar amet erat massa non, elit pulvinar magna. Mi tellus, turpis, lorem nunc proin volutpat pharetra aliquam lobortis diam felis feugiat congue mi molestie turpis ac pulvinar, dolore nibh volutpat. Nonummy tempus lobortis ullamcorper felis feugiat magna mi molestie pharetra erat laoreet aliquet elit ipsum dolore proin eget, pulvinar nisi nibh euismod. Adipiscing tellus nonummy sed nunc, non elit pulvinar nisi nibh ullamcorper turpis aliquam lobortis euismod turpis lorem tincidunt praesent molestie consectetur tincidunt. Praesent, eget pharetra dolore nibh non adipiscing ipsum congue mi molestie consectetur erat laoreet aliquet elit pulvinar nisi lorem nunc praesent at. Dolor dolore, proin volutpat nonummy erat lobortis et id, feugiat nisi, mi, euismod consectetur euismod euismod et id, sit aliquam nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis consectetur sit, magna nibh euismod sit ac. Tincidunt ullamcorper adipiscing sed euismod adipiscing lorem, tincidunt. Praesent mauris dolor magna ante molestie, consectetur sed. Nunc sem elit pulvinar, aliquam nibh id amet. Ac lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing. Feugiat congue praesent mauris pharetra, erat nunc proin. Euismod adipiscing, lorem congue praesent at, dolor donec. Massa, non nonummy erat massa sem feugiat congue. Praesent, molestie pharetra erat laoreet non eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar tempus lobortis, praesent ac tincidunt aliquet at, dolor donec ante volutpat nonummy ipsum ut, diam id sit nisi et molestie. Consectetur sed dolore proin eget amet aliquam lobortis adipiscing, sed donec proin molestie pharetra aliquam lobortis et id turpis magna mi. Euismod turpis, magna mi euismod consectetur, dolor donec ante eget dolor at pharetra aliquam massa non nonummy tempus ut diam felis. Sit magna laoreet tellus, consectetur lorem nunc praesent mauris, sed donec proin volutpat pharetra aliquam donec ante volutpat nonummy tempus nunc. Diam id pulvinar nisi nibh tellus at sed congue aliquet at feugiat tincidunt praesent mauris, dolor dolore, mi molestie eget amet. Donec ante volutpat nonummy tempus lobortis ullamcorper felis feugiat congue mi id consectetur sed nisi, nibh euismod turpis aliquam lobortis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, lorem congue ante ullamcorper felis feugiat magna laoreet sem elit dolor nisi proin mauris. Pulvinar donec nibh turpis aliquam laoreet aliquet at dolor dolore ante non elit ipsum ut. Et tellus consectetur, sed dolore ante volutpat amet tempus lobortis ullamcorper felis ipsum ut ullamcorper. Id sit ac mi euismod turpis, ac, laoreet, sem, at dolor dolore proin, mauris amet. Aliquam nibh non adipiscing tempus ut diam id tempus lobortis sem felis sit magna laoreet. Tellus consectetur lorem nunc praesent eget adipiscing, ipsum congue, mi molestie sit magna laoreet aliquet. Eget sed dolore proin volutpat amet tempus lobortis ullamcorper felis, sit, erat laoreet tellus consectetur. Sed, nisi nibh ullamcorper mauris dolor congue praesent volutpat nonummy ipsum nisi erat nunc proin. Eget turpis ac nibh euismod adipiscing, feugiat tincidunt praesent mauris pharetra donec ante tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt praesent volutpat nonummy tempus nunc sem elit, tempus nunc sem eget, pulvinar aliquam, laoreet aliquet mauris dolor aliquam massa non proin euismod. Turpis tempus lobortis diam mauris pharetra donec laoreet tellus nonummy sed ut et id amet aliquam congue praesent mauris pharetra erat massa sem donec. Lobortis diam mauris pharetra donec massa sem elit ipsum dolore, et id, turpis, ac, lobortis aliquet adipiscing lorem tincidunt, praesent felis dolor magna, ante. Non nonummy, praesent molestie pharetra tempus lobortis, ullamcorper elit ipsum nisi mi id turpis, erat tincidunt sem mauris pulvinar aliquam lobortis, ullamcorper felis feugiat. Congue amet ac lobortis, aliquet felis feugiat dolore praesent mauris pharetra erat massa non nonummy ipsum ut diam id turpis ac laoreet ullamcorper adipiscing. Feugiat dolore proin volutpat tincidunt, aliquet eget dolor dolore, proin eget pulvinar dolore proin, mauris dolor dolore proin molestie amet tempus ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor dolore ante ullamcorper felis feugiat ut praesent, felis sit donec laoreet, molestie consectetur ipsum nisi proin eget feugiat donec massa. Sem nonummy sed nunc, sem eget sit ac tincidunt praesent molestie pharetra erat massa ullamcorper felis sit magna laoreet aliquet, mauris non. Elit sit nisi nibh euismod turpis ac tincidunt, praesent mauris dolor, dolore, ante volutpat, consectetur tempus nunc diam felis sit ac laoreet. Tellus adipiscing sed congue eget amet ac tincidunt praesent mauris pharetra, erat lobortis, sem elit ipsum ut et id sit, ac tincidunt. Aliquet at dolor dolore ante lobortis ullamcorper elit, feugiat nisi et euismod turpis ac tincidunt aliquet consectetur lorem tincidunt proin mauris pharetra. Donec massa non, adipiscing tempus lobortis et molestie sit magna non elit ipsum nunc diam elit ipsum nisi proin id, pulvinar nisi. Et euismod, amet ac lobortis aliquet, mauris pharetra erat ante non elit tempus, nunc, et id, turpis lorem tincidunt praesent molestie amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit, ac mi lobortis diam felis mauris sit magna laoreet non elit, ipsum nisi et id pulvinar aliquam nibh euismod amet aliquam lobortis, ullamcorper adipiscing, lorem. Magna massa non elit, pulvinar, ipsum, ut ullamcorper adipiscing feugiat ut mi tellus at sed nunc sem elit pulvinar aliquam, nibh euismod nonummy tempus lobortis ullamcorper felis. Sit magna lobortis ullamcorper mauris dolor dolore ante non consectetur ipsum, nunc diam eget sit magna laoreet tellus, turpis lorem tincidunt aliquet at, lorem congue et euismod. Consectetur, sed dolore nibh volutpat, nonummy lorem ut diam adipiscing feugiat congue praesent id sit ac massa aliquet at erat tincidunt aliquet consectetur erat nunc diam elit. Pulvinar ut diam, elit ipsum ut et eget pulvinar nisi, et euismod at dolor, dolore mi volutpat nonummy tempus nunc, diam eget pulvinar nisi et, congue praesent. Molestie pharetra donec ante non, elit, ipsum, nisi diam id, sit lorem laoreet, tellus consectetur lorem nunc, praesent at dolor dolore ante volutpat adipiscing id sit magna. Mi tellus at dolor dolore ante volutpat amet aliquam nibh ullamcorper id sit, magna mi tellus elit ipsum dolore et volutpat turpis ac, tincidunt sit lorem, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh ullamcorper felis feugiat congue et molestie pharetra erat laoreet aliquet at, dolor nisi nibh volutpat amet aliquam nibh ullamcorper adipiscing, feugiat congue. Mi, tellus consectetur sed dolore proin eget pulvinar dolore ante eget ante volutpat nonummy lorem ut praesent id pharetra erat massa sem eget amet. Aliquam, et euismod turpis ullamcorper felis sit donec nunc diam eget pulvinar aliquam nibh euismod, turpis feugiat congue praesent at feugiat congue ante volutpat. Consectetur ipsum ut et euismod felis ipsum ut praesent molestie pharetra ac mi molestie, turpis erat tincidunt, sem eget, pulvinar nisi ante volutpat adipiscing. Lorem congue praesent molestie pharetra donec ac massa aliquet at dolor dolore proin eget amet aliquam ante volutpat nonummy lorem ut praesent mauris sit. Donec, nunc proin id amet aliquam lobortis ullamcorper at pulvinar nisi ante volutpat amet aliquam lobortis diam adipiscing, sit magna praesent id, sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi laoreet, tellus elit dolor dolore ante euismod nonummy, feugiat magna mi id sit donec, laoreet tellus consectetur. Erat dolore sem eget pulvinar mauris dolor, donec ante non nonummy sed nunc sem eget pulvinar nisi et id. Amet aliquam, nibh aliquet molestie amet erat massa, sem elit pulvinar diam felis feugiat congue mi, tellus at ipsum. Nisi nibh, euismod, turpis lorem congue mi molestie pharetra donec, ante molestie consectetur erat massa non elit pulvinar aliquam. Adipiscing dolor dolore, proin volutpat amet tempus massa sem elit, feugiat nisi mi euismod consectetur lorem nunc proin eget. Pulvinar tempus lobortis nunc proin eget pulvinar aliquam nibh ullamcorper felis sit erat massa sem eget ipsum nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin consectetur ipsum ut, diam eget sit, aliquam laoreet aliquet mauris amet tempus ut et molestie consectetur erat nunc. Sem volutpat amet aliquam lobortis ullamcorper mi molestie pharetra donec massa non elit pulvinar dolore et eget pulvinar nisi. Et volutpat turpis tempus tincidunt diam adipiscing lorem tincidunt diam, mauris pharetra magna mi tellus at ipsum nunc proin. Euismod turpis lorem tincidunt praesent molestie, pharetra donec massa tellus consectetur erat, laoreet non, elit sed nunc, proin eget. Ut mi tellus consectetur ac laoreet, tellus consectetur ac, tincidunt aliquet at lorem tincidunt aliquet at dolor dolore proin. Molestie amet erat massa non laoreet aliquet mauris dolor dolore proin eget dolor donec proin eget nonummy ipsum magna. Laoreet, non at ipsum dolore et euismod turpis, lorem lobortis ullamcorper felis feugiat donec, lobortis ullamcorper felis sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi tellus at pulvinar aliquam lobortis euismod tincidunt praesent. Molestie consectetur erat laoreet tellus nonummy erat nunc et euismod. Turpis lorem tincidunt mi molestie pharetra erat massa, sem felis. Ipsum nisi congue mi molestie sit, ac laoreet tellus at. Ipsum nisi nibh euismod, adipiscing aliquam lobortis, ullamcorper adipiscing feugiat. Congue diam mauris feugiat ut praesent, felis aliquet mauris pharetra. Tempus lobortis et id feugiat magna laoreet sem, mauris pulvinar. Donec ante eget amet, tempus ut diam felis sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur dolor, nisi nibh, diam mauris pharetra erat massa sem eget, pulvinar aliquam laoreet ullamcorper turpis volutpat amet tempus lobortis non consectetur tempus, nunc diam, id sit ac laoreet tellus. Adipiscing lorem tincidunt, praesent at sed tincidunt praesent, at feugiat tincidunt praesent, volutpat nonummy ipsum ut diam id sit aliquam nibh tellus at sed congue praesent molestie dolor, donec lobortis. Non, elit ipsum ut sem elit ipsum mauris dolor donec ante non adipiscing feugiat magna mi tellus elit ipsum dolore, nibh ullamcorper adipiscing, tempus lobortis ullamcorper adipiscing feugiat congue mi. Molestie feugiat congue mi tellus pharetra ac laoreet aliquet elit dolor dolore proin volutpat amet tempus nibh ullamcorper felis feugiat magna laoreet non nonummy donec laoreet tellus molestie pharetra dolore. Mi volutpat nonummy ipsum ut, et felis pulvinar magna et id turpis lorem laoreet tellus adipiscing, ac tincidunt ullamcorper turpis lorem lobortis ullamcorper congue massa sem elit pulvinar magna laoreet. Aliquet eget pharetra donec lobortis diam felis, feugiat ac, laoreet aliquet at sed elit ipsum, nisi et euismod, turpis ac laoreet euismod turpis ac tincidunt praesent mauris dolor dolore mi. Volutpat pharetra donec lobortis non elit pulvinar magna nibh euismod tellus at sed congue proin molestie nonummy aliquam ut ullamcorper elit ipsum nisi diam elit pulvinar, nisi mi, tellus consectetur. Sed dolore, proin eget amet donec proin ante volutpat amet erat massa sem felis sit nisi diam felis, sit ac, nibh euismod turpis ac laoreet aliquet at dolor donec proin. Ullamcorper felis feugiat magna amet tempus nibh euismod nonummy tempus ut praesent molestie consectetur ipsum nisi proin elit pulvinar nisi et euismod amet, aliquam nibh, ullamcorper felis feugiat magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent id sit ac massa proin eget ipsum erat nunc sem elit amet lorem congue mi tellus consectetur sed, massa. Sem eget sit aliquam nibh euismod turpis lorem congue, mi molestie pharetra donec nonummy tempus nunc, sem eget sit ac laoreet. Tellus at pharetra aliquam massa non elit ipsum lobortis ullamcorper felis sit ac laoreet tellus, consectetur et tellus adipiscing lorem congue. Ante non adipiscing feugiat ut, diam id consectetur erat nunc proin at sed tincidunt sem volutpat amet aliquam, nibh non molestie. At ipsum nisi et euismod, amet, aliquam lobortis ullamcorper adipiscing lorem, lobortis diam felis pharetra magna, mi molestie pharetra donec massa. Sem elit pulvinar nisi laoreet molestie turpis erat laoreet, tellus consectetur lorem nunc sem mauris, pulvinar donec, ante non adipiscing, ipsum. Ut mi tellus consectetur sed massa sem eget dolor magna mi aliquet at dolor dolore proin eget amet aliquam, nibh ullamcorper. Felis feugiat magna mi molestie consectetur erat dolore proin volutpat adipiscing amet aliquam nibh diam felis feugiat congue praesent id pharetra. Erat nunc aliquet at ipsum, dolore et volutpat, amet, lorem tincidunt praesent mauris sit magna praesent molestie non elit ipsum dolore. Et id turpis feugiat congue mi molestie consectetur tempus, lobortis sem elit pulvinar nisi nibh id adipiscing, sed congue aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante non nonummy ipsum ut diam euismod consectetur sed nunc ac tincidunt aliquet mauris pharetra donec, lobortis non elit feugiat nisi et tellus at. Sed dolore ante euismod nonummy tempus lobortis ullamcorper felis feugiat congue, et pulvinar, dolore ante volutpat, pulvinar aliquam lobortis ullamcorper nonummy tempus ut ullamcorper felis. Ipsum magna mi tellus turpis sed nunc, proin eget amet tempus lobortis proin volutpat amet aliquam lobortis ullamcorper adipiscing ipsum congue et, molestie, consectetur sed. Dolore sem elit dolor aliquam nibh euismod adipiscing feugiat, magna nibh volutpat nonummy ipsum lobortis et id sit magna et id turpis erat, tincidunt aliquet. At dolor dolore sem, consectetur sed nunc proin eget dolor donec, massa ullamcorper at pharetra donec ante molestie consectetur donec ante non elit pulvinar nisi. Nibh, tellus at pharetra donec ante non adipiscing feugiat ut et id sit magna nisi diam, felis sit magna laoreet, tellus mauris pulvinar, dolore ante. Ullamcorper id, sit magna, et non elit pulvinar nisi lorem tincidunt praesent volutpat nonummy tempus nunc diam id adipiscing lorem congue praesent eget amet tempus. Congue et tellus at erat nunc sem, elit amet aliquam, nibh praesent eget pharetra donec ante volutpat nonummy ipsum lobortis non felis ipsum nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie at ipsum dolore, proin euismod turpis tempus lobortis ullamcorper, adipiscing lorem lobortis ullamcorper nonummy lorem, lobortis, praesent. Id pharetra erat massa turpis ac laoreet aliquet consectetur erat laoreet tellus, consectetur sed nunc proin eget amet. Tempus, magna laoreet molestie pharetra ac laoreet aliquet elit dolor nisi feugiat tincidunt mi tellus consectetur erat nunc. Diam eget pulvinar aliquam laoreet ullamcorper amet aliquam nibh euismod turpis ac lobortis ullamcorper felis lorem tincidunt sit. Ac tincidunt, praesent mauris pharetra aliquam lobortis ullamcorper adipiscing sit magna laoreet molestie consectetur, erat nunc aliquet elit. Pulvinar nisi proin eget pulvinar dolore proin euismod, adipiscing, sed dolore proin volutpat amet erat, massa, volutpat nonummy. Tempus lobortis diam felis sit, magna laoreet tellus consectetur dolor donec ante eget amet tempus lobortis, non felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, pulvinar magna laoreet tellus mauris pulvinar dolore, proin non, nonummy aliquam lobortis ullamcorper felis sit magna et, tellus consectetur erat tincidunt aliquet at sed. Dolore praesent mauris dolor, donec proin volutpat, amet aliquam, ut diam, felis ullamcorper felis feugiat magna laoreet tellus mauris, dolor dolore proin eget, pulvinar tempus. Congue mi molestie consectetur erat nunc proin eget pulvinar nisi et pharetra donec ante non elit pulvinar, aliquam tincidunt praesent mauris amet aliquam lobortis diam. Id turpis ac, mi euismod at erat tincidunt tellus at amet tempus nibh non amet aliquam massa non nonummy erat massa volutpat amet erat lobortis. Sem felis pulvinar magna laoreet tellus at sed dolore praesent, mauris molestie consectetur ipsum nunc proin eget dolor, dolore proin eget, amet, tempus lobortis ullamcorper. Nonummy lorem ut diam felis sit ac laoreet, non at sed nisi nibh turpis erat tincidunt aliquet mauris dolor, dolore ante volutpat adipiscing feugiat magna. Laoreet non elit, pulvinar ac nibh volutpat adipiscing et euismod turpis lorem tincidunt, praesent at sed nunc praesent eget amet aliquam massa ullamcorper felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante non nonummy tempus massa diam elit sed nunc sem elit ipsum nisi et id, turpis ac, lobortis aliquet adipiscing feugiat euismod. Consectetur lorem, nunc proin eget amet donec ante volutpat amet aliquam massa non nonummy tempus lobortis non elit feugiat magna mi euismod turpis. Pharetra erat ut et id turpis nisi, nibh ullamcorper adipiscing dolor donec, ante non amet tempus ut diam felis ipsum nisi et euismod. Turpis ac laoreet ullamcorper adipiscing ipsum, ut, diam felis, feugiat nisi et euismod turpis erat tincidunt tellus at sed dolore ante non amet. Tempus congue laoreet nonummy feugiat, nisi et id turpis erat laoreet, euismod consectetur sed tincidunt, proin, eget pulvinar donec proin eget pharetra donec. Ante non amet erat massa non nonummy aliquet mauris pulvinar donec ante volutpat nonummy tempus nibh, non, nonummy ipsum ut diam, felis feugiat. Ut mi molestie sit magna mi euismod consectetur sed tincidunt proin eget pharetra dolore ante volutpat amet donec ante non nonummy ipsum ut. Et id sit magna nunc sem mauris dolor nunc proin eget pharetra donec ante non nonummy ipsum congue, mi tellus turpis ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit pulvinar aliquam laoreet aliquet at. Dolor donec proin molestie, pharetra donec ante. Volutpat nonummy tempus nunc diam felis sit. Magna nibh pharetra sed massa sem, elit. Pulvinar nisi proin eget, pulvinar aliquam nibh. Ullamcorper felis feugiat magna mi molestie sit. Donec mi tellus pharetra erat tempus ut. Laoreet, tellus at erat laoreet tellus consectetur. Erat tincidunt sem eget amet tempus lobortis. Ullamcorper adipiscing lorem congue mi molestie, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nunc, et euismod adipiscing sed dolore ante non, nonummy tempus congue et molestie turpis erat, tincidunt tellus turpis ac praesent eget pharetra, donec, nibh ullamcorper felis sit magna laoreet. Aliquet, eget amet aliquam nibh euismod turpis, tempus tincidunt diam felis, sit magna, massa sem elit pulvinar aliquam nibh euismod turpis ac lobortis ullamcorper adipiscing lorem congue mi molestie pharetra. Donec massa sem elit pulvinar ut et euismod turpis, ac dolore praesent molestie consectetur donec massa diam, felis pulvinar nisi et euismod turpis lorem laoreet tellus at, sed congue proin. Volutpat felis ipsum, dolor aliquam lobortis diam felis sit magna mi tellus nonummy pulvinar nisi et id amet ac laoreet, aliquet mauris dolor dolore ante non elit tempus nunc sem. Proin volutpat amet aliquam massa non nonummy ipsum ut ullamcorper id sit ac laoreet aliquet at sed dolore proin eget amet tempus nibh, non adipiscing lorem, ut ullamcorper felis feugiat. Nisi laoreet tellus consectetur sed dolore ante euismod felis sit donec massa sem elit ipsum ut proin nisi, et euismod turpis ac tincidunt praesent mauris pharetra donec massa tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non felis ipsum ut et id turpis erat nunc sem elit dolor dolore proin eget amet aliquam lobortis diam adipiscing lorem ut praesent, molestie. Consectetur, sed dolore et volutpat turpis tempus tincidunt praesent molestie consectetur erat massa non nonummy, sed ut proin elit ipsum dolore sem, elit sed. Dolore consectetur erat massa non, nonummy ipsum ut et id sit aliquam nibh ullamcorper turpis lorem congue praesent molestie nonummy tempus massa sem elit. Ipsum nisi et id magna mi id sit magna mi, tellus pharetra sed dolore, proin volutpat amet aliquam et volutpat turpis tempus lobortis ullamcorper. Felis, feugiat ut aliquam, laoreet ullamcorper at lorem, lobortis ullamcorper at feugiat, tincidunt praesent volutpat, nonummy tempus nunc diam, id sit ac tincidunt, tellus. Adipiscing dolor dolore proin mauris sed ipsum lobortis sem felis sit magna mi id sit lorem tincidunt aliquet mauris dolor congue praesent mauris, dolor. Donec lobortis ullamcorper elit, tempus ut diam felis sit euismod nonummy tempus lobortis diam molestie pharetra erat massa non at sed nunc sem elit. Ipsum nisi et volutpat, sem mauris dolor dolore proin volutpat adipiscing ipsum congue diam, molestie consectetur sed dolore, et ullamcorper felis lorem lobortis aliquet. Mauris pharetra donec massa sem, eget pulvinar aliquam nibh ullamcorper at, dolor, donec ante non amet tempus ut diam elit pulvinar ac nibh aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id amet ac tincidunt, proin volutpat, nonummy ipsum nisi mi euismod consectetur lorem laoreet tellus consectetur sed. Nunc praesent magna mi molestie pharetra ac massa tellus consectetur erat tincidunt aliquet at sed tincidunt sem mauris. Amet tempus, ut, praesent, molestie sit donec, laoreet id turpis erat laoreet tellus, at dolor dolore ante eget. Dolor donec nibh non nonummy lorem ut diam felis feugiat, congue et id consectetur ac laoreet molestie volutpat. Amet tempus tincidunt diam, felis, sit congue laoreet, non at sed nunc non elit ipsum dolore proin volutpat. Amet aliquam nibh ullamcorper dolor dolore proin eget pharetra aliquam nibh non nonummy aliquam, lobortis non nonummy ipsum. Nisi, mi id sit magna mi euismod turpis lorem tincidunt aliquet, mauris sed mauris pharetra, donec massa ullamcorper. Felis sit ac laoreet tellus consectetur erat tincidunt tellus consectetur sed dolore proin eget dolor dolore ante eget. Amet aliquam lobortis erat, lobortis non elit, tempus massa sem id sit magna nibh tellus eget amet tempus. Lobortis diam felis sit magna aliquet at dolor dolore, ante volutpat amet aliquam ante volutpat nonummy, tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, molestie amet erat massa sem id sit magna nibh euismod consectetur sed nunc proin eget pharetra donec massa volutpat nonummy tempus. Lobortis diam aliquam ante euismod adipiscing lorem tincidunt ullamcorper felis feugiat magna, mi molestie pharetra erat laoreet non consectetur sed massa aliquet. Consectetur sed dolore et euismod laoreet aliquet at lorem tincidunt praesent, eget pharetra donec massa, volutpat amet erat lobortis, non, nonummy ipsum. Nisi laoreet aliquet at sed nunc proin mauris dolor feugiat magna mi molestie pharetra erat massa aliquet at sed dolore proin eget. Pulvinar aliquam nibh, ullamcorper mauris pharetra donec massa sem eget pulvinar massa aliquet at erat tincidunt sem eget amet nisi ante euismod. Nonummy sit congue mi molestie, sit magna laoreet tellus consectetur erat nunc sem eget dolor nisi pulvinar nisi ante volutpat nonummy tempus. Lobortis praesent felis feugiat congue praesent molestie pharetra erat nunc sem elit ipsum dolore et volutpat amet nisi nibh euismod praesent volutpat. Nonummy ipsum ut diam id consectetur, ac laoreet molestie consectetur erat nunc, sem elit dolor dolore proin, eget massa sem elit, dolor. Dolore et volutpat amet aliquam nibh volutpat amet, aliquam nibh euismod nonummy lorem ut diam id sit magna laoreet tellus at sed. Nunc tellus at dolor aliquam tincidunt ullamcorper felis feugiat magna laoreet tellus consectetur sed nunc sem elit pulvinar aliquam nibh volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam mauris feugiat, magna laoreet non nonummy. Sed nisi nibh, ullamcorper mauris pharetra donec. Lobortis ullamcorper nonummy ipsum magna, nibh tellus. At dolor aliquam nibh ullamcorper adipiscing ipsum. Ut et id pharetra erat massa aliquet. Elit pulvinar aliquam congue nunc, sem elit. Sed ut et, id, turpis aliquam laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, at dolor nunc proin, eget amet tempus elit ipsum ut proin euismod turpis lorem, congue proin molestie pharetra tempus. Ut mi molestie turpis erat tincidunt aliquet mauris dolor dolore ante euismod nonummy aliquam molestie, pharetra erat nunc sem elit. Amet aliquam nibh aliquet adipiscing lorem magna ante tellus nonummy erat massa non elit pulvinar nisi nibh euismod dolore mi. Volutpat elit ipsum ut sem id sit magna, tincidunt aliquet, adipiscing lorem dolore proin eget amet donec proin, volutpat nonummy. Feugiat feugiat magna massa sem elit, pulvinar nisi nibh tellus turpis aliquam laoreet, euismod, amet aliquam lobortis aliquet molestie dolor. Donec ante sem elit ipsum nisi et euismod donec laoreet tellus at sed ut et id turpis ac tincidunt aliquet. Felis dolor magna mi molestie nonummy tempus nunc non eget pulvinar nisi et euismod turpis tellus elit dolor nisi et. Volutpat turpis tempus tincidunt, diam mauris pharetra, donec ante tellus consectetur ipsum nisi nibh ullamcorper adipiscing dolor congue praesent diam. Id sit ac tincidunt aliquet, eget pulvinar donec ante eget amet tempus lobortis diam, id pharetra erat massa sem eget. Dolor dolore proin eget pulvinar aliquam proin non amet aliquam lobortis non, nonummy ipsum ut et molestie turpis erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at sed nunc proin. Volutpat nonummy, tempus ut diam id. Sit, ac laoreet tellus at sed. Nunc proin eget amet tempus, sem. Eget turpis ac tincidunt aliquet mauris. Pharetra donec, ante volutpat amet tempus. Lobortis diam elit pulvinar magna laoreet. Amet tempus lobortis ullamcorper felis sit. Ac laoreet tellus consectetur, erat nunc. Sem eget, pulvinar aliquam, nibh diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra ac mi aliquet at ipsum aliquam nibh ullamcorper adipiscing feugiat congue praesent, felis feugiat congue praesent mauris, sit, magna mi tellus at. Erat dolore et volutpat turpis lorem tincidunt praesent mauris dolor magna mi molestie pharetra erat, massa non consectetur, sed ut, et euismod adipiscing lorem. Tincidunt mi volutpat nonummy tempus massa sem, eget sit aliquam et, id sit ac laoreet, euismod amet ac tincidunt ullamcorper at dolor dolore ante. Volutpat nonummy tempus nunc adipiscing pharetra, erat nunc sem elit ipsum dolore, et id amet ac lobortis aliquet felis dolor donec massa sem, elit. Pulvinar magna et consectetur ipsum ut et ullamcorper turpis lorem tincidunt euismod adipiscing aliquam, nibh euismod turpis tempus tincidunt diam molestie consectetur ipsum nunc. Sem id turpis, ac laoreet ullamcorper ipsum aliquam nibh ullamcorper felis feugiat tincidunt diam mauris pharetra donec massa non elit pulvinar nisi proin id. Turpis lorem tincidunt, ullamcorper at dolor dolore ante molestie nisi ante, euismod felis feugiat congue, mi molestie pharetra erat nunc sem eget ipsum dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus congue praesent tellus consectetur erat massa proin elit pulvinar nisi proin eget pulvinar nisi magna laoreet aliquet mauris. Amet tempus, lobortis ullamcorper adipiscing ipsum ut et id pharetra erat massa tellus turpis erat nunc sem mauris pulvinar feugiat magna. Laoreet non consectetur erat nunc non elit pulvinar dolore proin volutpat amet tempus lobortis ullamcorper adipiscing feugiat congue mi tellus consectetur. Donec laoreet tellus nonummy proin volutpat amet erat lobortis diam, felis sit nisi et euismod sit magna nibh euismod sit magna. Laoreet tellus adipiscing sed congue proin pulvinar aliquam nibh euismod adipiscing lorem congue ante non nonummy ipsum, ut diam id sit. Lorem, tincidunt, praesent eget pharetra donec, massa non elit ipsum nisi mi felis sit magna nibh tellus adipiscing lorem tincidunt proin. Volutpat amet ipsum, ut diam id turpis ac laoreet molestie consectetur sed dolore ante euismod nonummy tempus nibh turpis ac laoreet. Ullamcorper mauris dolor donec ante volutpat elit tempus ut sem id turpis ac laoreet, tellus at sed, at dolor congue praesent. Eget, amet tempus, lobortis diam id sit magna laoreet aliquet elit dolor nisi lobortis euismod nonummy lorem lobortis ullamcorper, adipiscing feugiat. Donec magna laoreet tellus consectetur ac, laoreet tellus adipiscing sed dolore ante non amet tempus ut et molestie consectetur sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent eget pharetra lorem ut diam felis ipsum ut diam felis feugiat ac laoreet aliquet at dolor sem. Elit pulvinar, nisi nibh tellus at sed tincidunt praesent mauris dolor donec massa non felis ipsum nisi, diam. Felis ipsum nisi diam felis pulvinar nisi, sem eget amet aliquam, nibh ullamcorper adipiscing lorem lobortis aliquet mauris. Dolor donec mi molestie pharetra erat nunc sem eget pulvinar nisi et, euismod turpis ullamcorper elit tempus lobortis. Diam id sit ac mi, euismod turpis ac dolore proin eget amet tempus nibh non adipiscing feugiat congue. Mi diam id turpis ac laoreet, aliquet at, sed donec ante volutpat pulvinar aliquam nibh non adipiscing feugiat. Congue mi, molestie pharetra erat massa tellus at sed nunc feugiat congue mi molestie consectetur sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat, laoreet aliquet elit sed aliquet felis feugiat magna mi molestie, pharetra donec laoreet tellus consectetur erat nunc non elit pulvinar dolore. Sem eget pulvinar nisi et volutpat amet, dolor aliquam nibh, non felis ipsum ut et id sit magna tempus ut, et felis, pulvinar nisi. Et euismod turpis ac laoreet aliquet at dolor consectetur ac laoreet, tellus at, sed dolore proin eget pulvinar nisi nibh diam felis feugiat, magna. Laoreet, tellus, elit ipsum nunc sem elit pulvinar dolore et ullamcorper euismod adipiscing lorem tincidunt diam felis sit, magna, mi mauris pharetra donec laoreet. Non elit pulvinar aliquam proin euismod turpis, ac tincidunt aliquet mauris sed dolore proin volutpat, nonummy tempus lobortis diam id sit erat massa non. At sed dolore et eget, pulvinar aliquam nibh euismod amet nisi ante eget mauris sed, nunc aliquet adipiscing lorem, dolore proin volutpat nonummy ipsum. Ut diam felis feugiat nisi et id sit, magna laoreet tellus at lorem nunc praesent eget, amet ac, tincidunt, massa non felis feugiat nisi. Et euismod, consectetur sed nunc sem eget pulvinar donec nibh non amet aliquet mauris amet erat lobortis diam id consectetur ac laoreet euismod consectetur. Sed dolore ante non nonummy tempus ut praesent id sit congue mi molestie turpis erat consectetur ac laoreet euismod sit, magna nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy turpis ac, lobortis praesent felis, dolor donec ante molestie. Pharetra erat massa sem nonummy ipsum ut et euismod adipiscing lorem. Tincidunt praesent at lorem eget pulvinar nisi ante euismod nonummy, lorem. Ut diam felis feugiat congue mi tellus consectetur sed nunc proin. Euismod adipiscing feugiat congue, praesent molestie dolor tellus consectetur lorem nunc. Praesent eget pharetra dolore ante volutpat nonummy tempus ut diam felis. Feugiat, magna mi euismod, sit magna laoreet tellus at, lorem sem. Eget sit ac laoreet ullamcorper adipiscing lorem congue mi non elit. Ipsum nisi laoreet tellus mauris dolor aliquam lobortis diam felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit, magna laoreet tellus at erat nunc sem mauris dolor donec proin volutpat nonummy lorem ut pulvinar aliquam laoreet ullamcorper, adipiscing feugiat, tincidunt aliquet mauris. Feugiat magna mi molestie pharetra erat nunc sem id pulvinar nisi, nibh euismod turpis ac sem euismod turpis, tempus nibh euismod turpis lorem congue praesent mauris. Sit donec laoreet, non eget ipsum nisi et euismod adipiscing feugiat congue praesent mauris pharetra erat nisi nibh, ullamcorper nonummy lorem congue mi, tellus nonummy ipsum. Aliquam tincidunt aliquet adipiscing lorem tincidunt praesent mauris dolor erat massa non ac tincidunt praesent, mauris sed congue praesent, eget pharetra dolore proin molestie dolor erat. Lobortis diam euismod, turpis ac laoreet aliquet mauris pulvinar, aliquam, nibh, ullamcorper adipiscing ut et felis feugiat nisi et id sit magna laoreet tellus consectetur sed. Dolore ante euismod, adipiscing sit donec laoreet tellus, consectetur sed nunc et eget amet laoreet tellus at sed nunc sem, mauris dolor donec nibh ullamcorper adipiscing. Ipsum congue laoreet tellus elit pulvinar nisi nibh, magna praesent mauris, dolor magna praesent molestie sit magna mi molestie, pharetra erat massa non elit ipsum nisi. Et euismod, adipiscing lorem tincidunt aliquet mauris dolor magna ipsum nisi, nibh tellus adipiscing lorem, tincidunt aliquet mauris, dolor, dolore proin molestie amet erat massa non. Elit pulvinar magna diam id turpis lorem nunc proin, volutpat, lorem tincidunt aliquet mauris pharetra tempus ut, diam felis pulvinar nisi et euismod consectetur, lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec lobortis sem elit feugiat nisi mi tellus massa et euismod turpis ac tincidunt, aliquet mauris pharetra donec mi. Tellus elit tempus ut et, eget pulvinar aliquam nibh ullamcorper, at dolor dolore proin turpis tempus tincidunt praesent molestie pharetra donec. Nunc nunc nibh praesent sem id mauris felis at amet pharetra ipsum ac nunc et aliquet molestie elit ipsum ac tincidunt. Ante diam, molestie elit adipiscing pharetra feugiat sed nisi lobortis aliquet molestie nonummy turpis sed tempus turpis amet sit, sed aliquam. Sem proin non amet tempus lobortis diam id sit ac nunc, sem mauris dolor dolore, proin volutpat pharetra donec nibh ullamcorper. Felis feugiat magna mi, tellus consectetur dolor nisi, ante volutpat pulvinar aliquam ante non, nonummy lorem ut diam non euismod volutpat. Molestie, eget adipiscing pharetra ipsum ac dolore lobortis ante et tellus lorem aliquam magna laoreet et ullamcorper molestie nonummy feugiat erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi diam tellus eget id tellus, id at nonummy sit. Dolor lorem dolore ut tincidunt lobortis ante nibh ante, laoreet. Nibh nibh massa tincidunt ut massa nibh ante et massa. Laoreet erat sed feugiat sed ac tempus ipsum lorem ipsum. Erat, aliquam donec, magna aliquam erat nisi laoreet tellus, at. Dolor donec nibh congue mi molestie consectetur erat massa sem. Felis pulvinar nisi diam eget pulvinar aliquam et id sit. Ac congue praesent mauris dolor dolore mi mauris pharetra donec. Mi tellus elit ipsum ut diam eget sit aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum dolore proin, mauris pulvinar aliquam, nibh euismod nonummy lorem, ut praesent id, sit donec laoreet. Tellus at sed dolore et euismod turpis tempus tincidunt praesent, mauris nunc proin non adipiscing feugiat congue. Praesent molestie pharetra ac laoreet aliquet at ipsum, nunc proin volutpat amet tempus ante euismod adipiscing lorem. Tincidunt praesent ut et euismod adipiscing, dolor dolore ante non elit ipsum ut diam id turpis ac. Et euismod turpis lorem nunc praesent, eget amet, tempus ut diam, id turpis erat, nunc proin eget. Pulvinar aliquam nibh, ullamcorper mauris feugiat magna, mi tellus nonummy sed, massa proin eget ipsum dolore proin. Eget felis feugiat magna tincidunt aliquet mauris, dolor, dolore ante, volutpat nonummy lorem, ut praesent molestie, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor dolore ante euismod nonummy feugiat congue diam adipiscing sit, magna praesent id pharetra ac. Massa sem eget dolor dolore proin eget dolor mauris pharetra dolore proin eget dolor donec, ante. Volutpat nonummy tempus ut ullamcorper elit feugiat ut diam euismod turpis lorem nunc proin eget dolor. Donec congue et id sit ac laoreet aliquet at sed nunc sem mauris, pulvinar tempus lobortis. Ullamcorper adipiscing lorem lobortis diam felis pharetra magna mi tellus consectetur aliquet, felis feugiat congue praesent. Molestie consectetur erat, ante non elit pulvinar, aliquam nibh euismod adipiscing lorem dolore ante, non, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem magna mi mauris sit donec ante tellus consectetur sed. Nunc et euismod adipiscing, feugiat congue proin, volutpat lorem congue. Mi molestie consectetur tempus ut et eget sit aliquam laoreet. Ullamcorper at sed congue proin molestie amet erat lobortis sem. Felis turpis dolor dolore nibh non adipiscing feugiat magna massa. Sem, eget amet ac tincidunt praesent, felis feugiat dolore mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, sed ut et euismod, turpis lorem tincidunt aliquet at dolor congue proin molestie pharetra dolore. Mi mauris feugiat tincidunt praesent molestie consectetur ipsum euismod turpis lorem tincidunt aliquet at lorem tincidunt. Aliquet felis dolor, congue ante molestie consectetur erat nunc non elit ipsum, nisi, et id, sit. Congue ante non elit feugiat nisi diam felis ipsum ut et id turpis ac laoreet tellus. Adipiscing sed dolore proin volutpat amet erat massa ullamcorper felis feugiat ut et tellus consectetur, lorem. Dolore ante volutpat nonummy ipsum ut diam, id pharetra erat, massa aliquet at sed nunc sem. Mauris pulvinar diam, eget pulvinar nisi et id sit aliquam nibh euismod turpis lorem tincidunt praesent. Mauris dolor donec mi molestie consectetur erat massa tellus consectetur erat massa non tincidunt aliquet mauris. Dolor donec ante volutpat nonummy tempus lobortis sem felis, pulvinar ut diam felis pulvinar magna laoreet. Tellus at lorem dolore ante non adipiscing ipsum ipsum ut diam elit ipsum nisi mi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat nonummy tempus ut, et id turpis erat tincidunt sem at dolor nisi ante volutpat nonummy lorem ut praesent mauris pharetra donec pharetra ac laoreet. Tellus consectetur sed dolore proin eget amet tempus lobortis euismod nonummy tempus nibh euismod nonummy tempus ut diam id, pharetra ac ut et id sit magna mi. Euismod turpis sed nunc praesent mauris pharetra dolore praesent eget pharetra aliquam massa non elit feugiat nisi mi molestie turpis, erat laoreet tellus consectetur, erat, massa aliquet. Eget amet aliquam lobortis ullamcorper adipiscing feugiat tincidunt praesent molestie pharetra donec massa tellus consectetur erat massa adipiscing feugiat congue mi tellus at dolor dolore ante eget. Amet lorem tincidunt diam felis sit magna laoreet molestie pharetra sed nunc sem elit amet aliquam nibh dolore ante non nonummy ipsum nisi nibh euismod sit aliquam. Nibh tellus sit ac laoreet euismod amet aliquam nibh ullamcorper adipiscing, lorem congue praesent molestie pharetra, donec massa sem elit pulvinar lorem tincidunt praesent mauris feugiat congue. Proin mauris, pharetra donec ante molestie consectetur, erat massa sem tellus consectetur ipsum ut et, id turpis ac laoreet ullamcorper adipiscing lorem congue, aliquet felis feugiat congue. Praesent molestie consectetur tempus massa non nonummy ipsum nunc nonummy ipsum ut et id sit, ac mi tellus consectetur erat laoreet tellus at, dolor dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, lobortis diam id feugiat magna mi, tellus consectetur sed nunc proin, volutpat turpis lorem tincidunt. Diam, molestie pharetra lorem congue proin volutpat, pharetra donec mi non elit ipsum nisi mi euismod. Turpis ac laoreet, tellus adipiscing lorem nunc proin eget amet tempus mauris pharetra erat massa non. Felis sit ac laoreet, tellus at dolor dolore praesent eget dolor, dolore proin volutpat, amet tempus. Lobortis ullamcorper elit, feugiat nisi lorem, dolore ante volutpat, amet tempus lobortis ullamcorper felis sit magna. Laoreet tellus at ac laoreet tellus elit dolor dolore ante volutpat amet tempus elit ipsum nisi. Et euismod turpis aliquam nibh aliquet mauris dolor congue praesent molestie pharetra, donec massa non nonummy. Tempus nunc sem eget, pulvinar magna nibh tempus congue diam id pharetra erat, massa aliquet, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, pulvinar aliquam lobortis praesent mauris at sed nunc sem elit ipsum, dolore et euismod turpis lorem congue praesent felis. Dolor, erat, ante molestie consectetur erat ut proin eget pulvinar aliquam ipsum ut et molestie, turpis, erat tincidunt aliquet eget. Dolor donec nibh volutpat amet tempus nibh non adipiscing feugiat ut ullamcorper felis sit congue mi pulvinar nisi ante volutpat. Amet tempus, lobortis pulvinar nisi et id turpis aliquam nibh volutpat pulvinar nisi nibh euismod turpis aliquam nibh euismod pharetra. Magna massa tellus consectetur erat massa tellus consectetur erat massa, aliquet elit dolor nunc sem mauris dolor nunc proin at. Dolor dolore praesent at lorem eget pulvinar nisi et volutpat, amet, aliquam ante euismod, pulvinar nisi proin mauris pulvinar donec. Nibh ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing ipsum ut diam elit ipsum ipsum nisi diam, elit pulvinar nisi et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sed nunc sem eget pulvinar, pulvinar dolore et volutpat pulvinar aliquam nibh euismod nonummy aliquam ante eget dolor nunc. Praesent mauris dolor dolore aliquet at lorem tincidunt aliquet at lorem tincidunt pulvinar ut nibh euismod turpis magna nibh tellus. Adipiscing lorem tincidunt aliquet adipiscing lorem tincidunt, euismod turpis aliquam nibh euismod amet aliquam nibh ullamcorper adipiscing nonummy tempus ante. Eget, amet donec proin mauris, sed congue, praesent at, lorem, lobortis ullamcorper, turpis lorem tincidunt aliquet adipiscing lorem lobortis ullamcorper. Felis sit donec laoreet tellus pharetra magna, mi molestie turpis ac mi id turpis ac et id sit magna nibh. Tellus consectetur ac laoreet tellus adipiscing lorem sed massa non consectetur ac nunc aliquet at, dolor nisi ante volutpat amet. Aliquam nibh euismod, nonummy tempus lobortis, ullamcorper adipiscing ipsum lobortis, diam adipiscing feugiat eget praesent, molestie pharetra donec, massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod turpis lorem tincidunt praesent adipiscing pharetra donec massa volutpat, amet, tempus lobortis sem elit ipsum. Nisi laoreet aliquet at, lorem tincidunt praesent at dolor dolore, proin eget dolor dolore praesent mi mauris. Dolor dolore mi volutpat, nonummy, erat massa non elit pulvinar magna et euismod turpis lorem tincidunt aliquet. Mauris pharetra erat massa non adipiscing feugiat, congue praesent tellus consectetur erat ante tellus consectetur erat nunc. Sem elit pulvinar dolore et euismod turpis lorem lobortis aliquet mauris dolor nisi, ante euismod nonummy feugiat. Magna laoreet tellus consectetur sed ut proin, eget, ipsum dolore et volutpat turpis, tempus congue, aliquet felis. Pharetra erat massa sem aliquam lobortis ullamcorper felis feugiat magna, mi tellus turpis, erat massa aliquet elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt laoreet tellus at lorem tincidunt praesent molestie dolor dolore ante non nonummy tempus lobortis diam felis, sit ac laoreet tellus consectetur lorem, tincidunt aliquet mauris id. Sit ac laoreet id amet ac lobortis ullamcorper adipiscing feugiat dolore ante, volutpat consectetur donec ante non elit sed ut diam id turpis nisi et, euismod consectetur sed dolore. Nibh ullamcorper mauris pharetra ipsum ut et eget pulvinar nisi et id amet aliquam lobortis ullamcorper adipiscing lorem, tincidunt aliquam lobortis euismod adipiscing feugiat congue mi tellus pharetra donec. Laoreet non at sed nisi nibh euismod, turpis tempus nibh euismod adipiscing lorem congue, tellus nonummy ipsum ut, sem elit ipsum dolore proin eget, pulvinar nisi proin eget dolor. Dolore ante volutpat nonummy tempus lobortis ullamcorper nonummy, feugiat erat aliquam congue pharetra ipsum erat dolore nibh diam non nonummy ipsum nisi nibh aliquet, eget adipiscing pharetra sit, nonummy. Consectetur adipiscing feugiat dolore ante amet lorem congue mi non consectetur sed nunc sem elit, ipsum ut et euismod turpis aliquam lobortis aliquet mauris dolor donec mi molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec laoreet tellus at sed massa, sem id, turpis feugiat dolore ante non nonummy pulvinar sed dolore ante non amet aliquam lobortis, diam, felis. Feugiat congue mi molestie sit ac laoreet tellus at dolor nisi nibh, euismod nonummy lorem ut praesent dolor donec lobortis diam felis feugiat magna. Mi molestie turpis magna laoreet tellus turpis lorem tincidunt praesent eget amet lorem congue praesent id sit ac turpis, lorem congue praesent, mauris, dolor. Magna ante non elit ipsum ut diam, eget turpis sed, dolore, proin, non, adipiscing ipsum ut et magna laoreet aliquet at sed, nisi nibh. Ullamcorper nonummy lorem ut diam, felis sit magna mi molestie pharetra erat massa sem eget amet amet tempus nibh euismod adipiscing lorem ut praesent. Molestie at ipsum nunc et id turpis ac nibh euismod amet, aliquam lobortis ullamcorper, felis dolor congue praesent mauris congue mi molestie at ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus lobortis praesent molestie consectetur tempus massa non dolore nibh ullamcorper adipiscing feugiat congue et molestie consectetur sed massa aliquet eget pulvinar nisi nibh, euismod nonummy lorem ut. Praesent molestie sit magna laoreet non id turpis, feugiat congue praesent mauris, feugiat magna praesent molestie, nonummy, ipsum nisi et euismod adipiscing sed dolore, ante non, nonummy tempus massa. Non id erat lobortis sem id sit ac laoreet tellus adipiscing lorem laoreet euismod adipiscing ac congue praesent molestie amet erat lobortis sem felis feugiat consectetur dolor donec lobortis. Ullamcorper felis sit donec laoreet tellus at sed massa aliquet elit ipsum dolore, sem elit sed dolore proin eget dolor dolore proin mauris ac congue praesent, molestie pharetra donec. Massa, ullamcorper elit ipsum, lobortis sem felis pulvinar magna, mi aliquet at sed dolore ante volutpat amet aliquam nibh non felis ullamcorper felis sit magna laoreet, aliquet at sed. Dolore ante volutpat amet tempus lobortis diam adipiscing feugiat magna laoreet euismod amet ac lobortis ullamcorper felis dolor magna, mi molestie, sit congue mi mauris sit donec massa proin. Eget, turpis lorem, tincidunt praesent molestie pharetra, erat lobortis dolor, donec massa non elit ipsum nisi et euismod adipiscing lorem tincidunt proin, molestie amet erat, massa sem elit ipsum. Ut mi euismod turpis, sed nunc proin, massa tellus at ipsum nunc proin volutpat turpis ac lobortis ullamcorper adipiscing tempus tincidunt, ullamcorper felis feugiat congue mi tellus nonummy ipsum. Ut et euismod turpis lorem sem elit dolor nisi nibh euismod turpis lorem lobortis ullamcorper adipiscing lorem ut diam id feugiat congue mi, tellus consectetur erat laoreet tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ante non, nonummy pulvinar nisi laoreet aliquet at sed dolore at erat massa. Aliquet at, dolor nisi nibh ullamcorper adipiscing sit donec nunc diam eget pulvinar ut. Nibh ullamcorper adipiscing lorem, congue praesent mauris dolor euismod mauris pulvinar aliquam, lobortis diam. Mauris consectetur erat nunc sem eget pulvinar ac tincidunt praesent mauris pharetra donec, ante. Volutpat nonummy tempus lobortis sem ut et euismod turpis ac, laoreet aliquet at, lorem. Congue proin molestie pharetra donec massa non elit tempus lobortis diam felis pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing feugiat dolore ante volutpat amet erat lobortis. Diam id, sit, ac tincidunt aliquet, mi tellus at sed. Ut laoreet aliquet mauris amet erat ante non elit ipsum. Ut et id sit ac tincidunt praesent at sed nunc. Praesent adipiscing lorem congue mi volutpat amet tempus lobortis non. Elit ipsum nisi nibh tellus at pulvinar donec ante, non. Adipiscing feugiat congue et felis, pharetra euismod amet aliquam lobortis. Diam mauris pharetra donec ante tellus nonummy sed ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at ipsum dolore nisi ante volutpat, turpis aliquam. Nibh ullamcorper mauris feugiat magna laoreet tellus consectetur donec. Laoreet, non at, erat laoreet tellus consectetur erat nunc. Proin nisi, nibh tellus consectetur, lorem dolore praesent eget. Dolor aliquam ante volutpat elit feugiat congue mi molestie. Consectetur erat nunc sem mauris pulvinar nisi ut nibh. Id amet ac, tincidunt praesent volutpat consectetur erat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus consectetur sed, nunc diam eget congue proin molestie nonummy, ipsum nisi. Diam id, turpis ac laoreet aliquet mauris dolor dolore ante eget amet tempus. Ut diam euismod adipiscing lorem tincidunt aliquet felis feugiat magna mi mauris pharetra. Erat nunc sem elit pulvinar aliquam nibh ullamcorper, adipiscing sed congue praesent molestie. Pharetra sem id sit magna laoreet tellus adipiscing sed, dolore proin eget amet. Donec massa ullamcorper, elit ipsum ut diam, felis feugiat nisi diam felis pulvinar. Eget nonummy tempus lobortis ullamcorper adipiscing ipsum ut diam molestie pharetra ac laoreet. Tellus at erat nunc proin volutpat, nonummy tempus tincidunt diam felis feugiat, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa ullamcorper elit feugiat nisi mi euismod consectetur sed nunc sem mauris. Sed sem nonummy sed, nunc, proin id, pulvinar ac lobortis aliquet felis feugiat. Tincidunt mi, volutpat consectetur erat massa tellus nonummy sed ut, diam id pulvinar. Adipiscing dolor dolore proin molestie pharetra donec mi molestie pharetra donec ante non. Elit, pulvinar nisi nibh, tellus adipiscing sed congue praesent mauris dolor dolore praesent. Mauris pharetra magna ante non nonummy tempus ut diam eget sit ac tincidunt. Aliquet mauris pharetra donec ante volutpat amet tempus lobortis nibh euismod amet aliquam. Lobortis ullamcorper adipiscing feugiat congue praesent mauris sit donec mi molestie consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin volutpat, nonummy feugiat, donec ante tellus nonummy sed ut proin id amet ac laoreet aliquet at feugiat congue praesent volutpat consectetur nisi laoreet aliquet at dolor congue. Proin volutpat amet aliquam massa non elit ipsum nisi laoreet aliquet at sed dolore proin volutpat amet donec ante praesent mauris dolor donec proin volutpat pharetra erat massa ullamcorper. Felis turpis ac laoreet euismod at pulvinar donec ante, volutpat pulvinar aliquam nibh diam id feugiat, magna turpis lorem congue mi volutpat nonummy tempus ut diam felis pulvinar magna. Nibh tellus adipiscing lorem tincidunt, aliquet at dolor dolore proin volutpat et molestie, turpis erat tincidunt sem eget pulvinar, dolore proin eget pulvinar donec nibh ullamcorper felis sit ac. Massa aliquet at sed dolore et euismod turpis lorem felis ipsum nisi et id sit aliquam laoreet ullamcorper at dolor dolore proin molestie pharetra erat lobortis diam elit ipsum. Ut sem, elit tempus nunc, diam id ut, diam id feugiat congue et, molestie turpis ac, laoreet tellus consectetur sed, dolore ante eget pulvinar aliquam, nibh volutpat euismod turpis. Sed tincidunt praesent molestie amet erat massa non elit ipsum ut diam felis ipsum nunc diam id sit ac, laoreet aliquet mauris dolor dolore ullamcorper felis feugiat nisi mi. Tellus at sed, nunc sem eget amet tempus lobortis, diam felis ipsum lobortis diam, felis feugiat congue mi, molestie turpis ac, tincidunt mi, tellus nonummy sed ut diam eget. Sit aliquam nibh euismod adipiscing feugiat, congue mi mauris pharetra donec ante, non elit ipsum nisi diam eget sit magna dolore proin molestie pharetra aliquam massa non nonummy ipsum. Nisi et id turpis ac laoreet aliquet at sed dolore, proin mauris pharetra dolore ante eget amet donec turpis ac tincidunt aliquet elit pulvinar aliquam nibh euismod nonummy lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ac laoreet aliquet elit ipsum nunc aliquet consectetur. Dolor nisi, nibh ullamcorper felis feugiat congue diam felis. Feugiat donec laoreet molestie ipsum ut diam id turpis. Erat tincidunt aliquet, mauris pulvinar aliquam nibh euismod nonummy. Tempus ut praesent id pharetra donec mi tellus consectetur. Sed nunc laoreet tellus turpis erat laoreet aliquet consectetur. Ac, tincidunt praesent mauris dolor, dolore ante non nonummy. Tempus ut ullamcorper elit ipsum nisi mi tellus at. Dolor volutpat nonummy lorem ut praesent mauris sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue et id sit magna at sed dolore ante volutpat amet aliquam lobortis. Praesent, id pharetra ac, laoreet non at ipsum nisi nibh ullamcorper adipiscing feugiat. Dolore praesent molestie dolor mi tellus pharetra erat massa non at sed, nisi. Et ullamcorper adipiscing lorem tincidunt aliquet adipiscing feugiat congue praesent molestie pharetra erat. Ante sem id eget pulvinar nisi proin eget pulvinar aliquam et euismod amet. Aliquam lobortis diam, felis lorem tincidunt diam felis pharetra magna mi tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut diam felis, feugiat nisi diam, id sit ac, laoreet, euismod turpis lorem tincidunt aliquet erat dolore et. Eget amet aliquam lobortis ullamcorper mauris dolor congue mi molestie consectetur erat nunc non elit pulvinar aliquam laoreet aliquet. Mauris, pharetra amet tempus lobortis ullamcorper adipiscing lorem congue praesent molestie consectetur erat massa sem eget, amet aliquam lobortis. Ullamcorper felis, pharetra erat lobortis diam felis sit nisi diam tellus consectetur sed ut et id amet aliquam et. Ullamcorper felis, dolor dolore mi volutpat consectetur erat massa diam, id, pulvinar magna nibh ac tincidunt ullamcorper at feugiat. Congue proin molestie, amet, tempus ut diam euismod turpis lorem, tincidunt euismod consectetur sed dolore proin eget amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore ante volutpat turpis tempus lobortis praesent, mauris, consectetur sed nisi, et euismod turpis lorem laoreet turpis, ac. Tincidunt aliquet felis feugiat congue praesent molestie sit magna ante tellus consectetur erat laoreet non at sed laoreet tellus. At ipsum amet tempus lobortis ullamcorper adipiscing feugiat magna ante tellus consectetur donec laoreet non elit ipsum nunc sem. Elit pulvinar nisi et, euismod adipiscing lorem lobortis euismod amet dolor dolore proin non amet tempus ut praesent felis. Sit ac massa sem elit sed dolore nibh ullamcorper adipiscing, tempus tincidunt, diam mauris nonummy lorem ut mi molestie. Pharetra erat dolore proin eget pulvinar nisi et volutpat turpis lorem congue, mi molestie pharetra magna mi tellus pharetra. Donec massa non, nibh ullamcorper at dolor dolore ante volutpat pharetra donec ante non nonummy ipsum ut, et, id. Sit, ac laoreet aliquet at sed tincidunt aliquet at feugiat dolore turpis ac laoreet aliquet mauris dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at sed congue ante volutpat turpis ac lobortis aliquet mauris, pharetra. Donec massa non elit pulvinar, nisi et id turpis ac congue proin. Volutpat nonummy, tempus ut mi molestie tincidunt sem eget pulvinar aliquam lobortis. Diam molestie pharetra erat nunc sem eget pulvinar aliquam nibh euismod adipiscing. Lorem congue praesent mauris pharetra donec ante pharetra erat nunc sem id. Amet ac lobortis ullamcorper adipiscing lorem dolore mi, volutpat nonummy erat nunc. Diam eget pulvinar magna nibh tellus magna, mi molestie pharetra, ac, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet eget, amet tempus tincidunt diam mauris sit congue mi tellus consectetur sed. Nunc sem, elit pulvinar aliquam, nibh ullamcorper adipiscing feugiat congue, diam felis sit donec. Massa sem eget sit aliquam nibh ullamcorper at diam felis feugiat magna mi euismod. Turpis, lorem nunc, sem volutpat amet donec nibh ullamcorper adipiscing tempus lobortis, ullamcorper felis. Feugiat congue mi tellus consectetur ullamcorper adipiscing lorem congue mi mauris pharetra magna laoreet. Tellus consectetur erat tempus lobortis diam felis feugiat magna laoreet tellus at, dolor dolore. Nibh diam mauris sit, magna praesent molestie at, ipsum dolore sem elit, pulvinar nisi. Nibh aliquet felis feugiat congue praesent mauris pharetra donec ante non nonummy ipsum, ullamcorper. Adipiscing dolor dolore proin volutpat amet, donec, massa non nonummy, tempus, lobortis sem elit. Pulvinar magna nibh euismod turpis, ac tincidunt aliquet, at sed turpis feugiat congue ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, diam eget, sit lorem dolore, ante, non felis sit. Ac tincidunt praesent felis dolor donec, ante volutpat consectetur erat. Nunc et tellus at sed congue praesent, mauris, dolor, donec. Proin molestie amet, tempus lobortis molestie consectetur tempus nunc diam. Eget, sit ac tincidunt proin non, nonummy ipsum ut ullamcorper. Felis sit magna laoreet molestie consectetur erat laoreet tellus at. Dolor donec nibh, ullamcorper adipiscing feugiat congue, et id pharetra. Erat nunc, sem at dolor nisi proin eget amet tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, eget pulvinar nisi nibh euismod adipiscing lorem, lobortis euismod adipiscing feugiat congue, mi molestie dolor magna praesent mi molestie consectetur erat massa non at ipsum nisi et volutpat turpis. Ac nibh, volutpat turpis aliquam, lobortis diam, felis, feugiat ut diam adipiscing feugiat sed, dolore nibh euismod adipiscing lorem congue, praesent molestie pharetra donec massa sem id sit lorem, tincidunt. Praesent eget nonummy, tempus lobortis diam felis feugiat magna mi, ac nunc aliquet elit dolor dolore proin eget pulvinar dolore proin volutpat amet aliquam, nibh, ullamcorper adipiscing ipsum ut ullamcorper. Felis feugiat magna magna ante non consectetur sed ut diam eget pulvinar nisi nibh, euismod turpis ac lobortis ullamcorper adipiscing ac lobortis aliquet adipiscing, feugiat magna praesent felis feugiat congue. Dolor donec massa volutpat, amet tempus lobortis diam elit ipsum nisi et id sit, magna mi tellus consectetur sed nunc ante volutpat pharetra dolore proin volutpat amet congue praesent molestie. Nonummy ipsum nisi et id sit, lorem tincidunt praesent at dolor dolore ante volutpat, amet tempus pharetra erat nunc sem elit pulvinar aliquam lobortis diam mauris dolor donec mi, tellus. Consectetur erat laoreet non at ipsum nunc proin id, turpis lorem congue aliquet magna laoreet, euismod turpis ac tincidunt tellus adipiscing, lorem tincidunt tellus adipiscing lorem, congue, praesent mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus adipiscing sed congue proin molestie pharetra. Dolore ante non amet, donec lobortis, diam felis. Pulvinar nisi diam felis non nonummy, sed nunc. Proin id turpis ac tincidunt aliquet adipiscing lorem. Congue mi molestie pharetra magna ante volutpat nonummy. Ipsum nisi diam volutpat amet tempus lobortis ullamcorper. Nonummy ipsum nisi diam id, sit erat tincidunt. Proin volutpat amet tempus lobortis diam adipiscing lorem. Magna, mi molestie pharetra ac massa lobortis aliquet. Mauris pharetra, donec massa sem elit ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit at pulvinar, aliquam lobortis ullamcorper adipiscing lorem tincidunt praesent mauris, dolor. Donec nunc sem nonummy ipsum, nisi proin eget sit aliquam nibh euismod, turpis lorem. Congue, mi non, nonummy, erat, massa sem elit ipsum ut, diam, eget sit aliquam. Laoreet aliquet at pharetra, donec massa non elit feugiat nisi et molestie consectetur tempus. Nunc diam euismod sit aliquam et ullamcorper adipiscing feugiat congue proin volutpat nonummy tempus. Lobortis sem felis pulvinar magna mi euismod proin eget amet tempus lobortis diam felis. Feugiat, ac laoreet tellus at sed nunc sem elit dolor dolore proin euismod adipiscing. Feugiat magna mi mauris elit pulvinar, aliquam nibh ullamcorper at, dolor donec massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris consectetur tempus nisi et euismod aliquet mauris pharetra tempus lobortis ullamcorper elit feugiat magna mi euismod turpis magna mi euismod turpis ac laoreet tellus, adipiscing sed congue proin eget. Tempus, nisi mi, tellus, at sed nunc sem, at sed, nunc ante, non nonummy aliquam nibh non adipiscing ipsum ut diam id feugiat ac laoreet ante volutpat amet aliquam lobortis. Diam felis feugiat magna praesent molestie pharetra erat massa non eget pulvinar nisi et euismod turpis lorem lobortis, diam mauris dolore proin volutpat nonummy tempus massa non nonummy ipsum ut. Et molestie, turpis ac laoreet sem elit sed nunc proin, eget pulvinar dolore praesent mauris amet tempus lobortis ullamcorper, elit ipsum ut diam id sit ac nunc sem mauris dolor. Dolore proin, euismod adipiscing lorem magna, mi tellus at sed, dolore, proin tempus ut et id turpis lorem laoreet, sem eget pulvinar aliquam lobortis ullamcorper adipiscing feugiat ut diam id. Pharetra erat nunc et euismod adipiscing lorem, congue praesent nunc et id at sed dolore ante, volutpat nonummy tempus lobortis diam id sit magna et molestie turpis ac laoreet, aliquam. Ut praesent mauris pharetra erat laoreet, tellus consectetur erat massa aliquet at sed nunc sem elit dolor nisi ante volutpat amet tempus nibh ullamcorper felis feugiat felis sit magna laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin volutpat adipiscing lorem congue praesent euismod at, sed dolore praesent. Mauris pharetra dolore proin molestie amet erat ut, diam id sit ac. Tincidunt sem eget pulvinar donec ante volutpat nonummy euismod adipiscing feugiat dolore. Massa diam, felis feugiat magna mi aliquet at dolor nisi nibh euismod. Nonummy lorem ut diam id pharetra erat massa sem dolore ante volutpat. Consectetur ipsum lobortis diam elit tempus ut diam eget sit ac nunc. Proin volutpat amet donec ante non elit ipsum ut diam, id sem. Eget dolor donec ante volutpat nonummy lorem lobortis diam adipiscing ipsum congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem id sit magna nibh tellus turpis ac tincidunt proin eget amet aliquam massa non nonummy. Ipsum congue et felis feugiat magna tincidunt sem sit magna tincidunt aliquet mauris dolor donec ante volutpat. Nonummy ipsum lobortis diam id sit magna et id sit erat tincidunt sem mauris amet tempus sit. Erat ut et id amet ac, tincidunt praesent molestie amet erat lobortis sem elit pulvinar magna laoreet. Euismod turpis ac tincidunt, praesent eget amet ipsum magna feugiat ac laoreet tellus at erat nunc sem. Eget turpis lorem tincidunt diam felis sit congue, mi molestie pharetra magna laoreet tellus non nonummy erat. Lobortis diam felis pulvinar magna nibh euismod sit magna nibh tellus adipiscing lorem congue, proin molestie pharetra. Erat massa ullamcorper elit feugiat, ac, laoreet felis sit magna laoreet aliquet at dolor dolore massa ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper id, turpis sed nunc nunc sem eget pulvinar dolore ante, volutpat amet tempus ut diam id pharetra erat nunc, proin volutpat turpis ac lobortis aliquet felis feugiat. Congue praesent, eget amet aliquam, nibh volutpat amet donec lobortis non felis feugiat congue et id, turpis ac laoreet tellus at sed dolore proin mauris dolor dolore pulvinar. Nisi laoreet ullamcorper adipiscing lorem tincidunt, aliquet felis dolor erat lobortis sem, nonummy tempus nunc diam eget, ipsum nisi nibh euismod turpis ac congue tempus tincidunt praesent mauris. Pharetra donec laoreet molestie pharetra, donec massa, non elit sed nisi, et euismod turpis aliquam nibh ullamcorper adipiscing lorem tincidunt ullamcorper ullamcorper adipiscing sit donec laoreet tellus consectetur. Erat nunc non at ipsum dolore sem eget pulvinar dolore ante volutpat amet aliquam nibh ullamcorper adipiscing feugiat lobortis ullamcorper id adipiscing lorem, congue proin volutpat amet erat. Massa sem, felis feugiat magna mi id turpis ac nibh aliquet at dolor nonummy ipsum congue et molestie consectetur erat tincidunt sem eget pulvinar aliquam nibh ullamcorper felis. Sit erat laoreet non at sed dolore proin id turpis lorem lobortis sit nisi mi euismod consectetur dolor, donec ante non nonummy ipsum ut praesent id sit ac. Laoreet sem, eget pulvinar aliquam, lobortis praesent, mauris pharetra donec massa nonummy lorem congue praesent molestie consectetur ac massa sem, eget, ipsum, dolore et ullamcorper adipiscing lorem adipiscing. Feugiat magna mi molestie consectetur sed nunc sem at ipsum erat, nunc proin eget amet tempus lobortis diam felis dolor magna mi molestie sit magna mi molestie pharetra. Donec massa non at, ipsum nisi et volutpat pulvinar laoreet aliquet at sed nunc praesent mauris amet, donec nibh ullamcorper adipiscing feugiat magna mi molestie consectetur erat, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, eget sit ut diam eget pulvinar aliquam et, id amet aliquam laoreet aliquet mauris. Et euismod consectetur sed nunc sem eget pulvinar donec ante volutpat amet tempus ut mi. Molestie, consectetur sed nunc sem elit dolor nisi nibh euismod adipiscing, turpis lorem tincidunt proin. Eget amet, tempus ut diam id sit ac massa aliquet at sed massa tellus consectetur. Sed nunc ullamcorper felis feugiat magna mi molestie pharetra ac massa sem elit ipsum dolore. Proin euismod amet aliquam ante eget amet aliquam nibh ullamcorper felis massa non nonummy ipsum. Ut diam felis sit nisi et euismod turpis ac laoreet tellus consectetur sed dolore ante. Volutpat amet aliquam ante, non felis feugiat at pulvinar nisi nibh, euismod turpis tempus, tincidunt. Diam mauris pharetra erat massa non nonummy, sed ut proin eget amet nisi nibh euismod. Turpis, ac lobortis ullamcorper ante non elit tempus nunc sem nonummy sed nunc sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet aliquam lobortis tempus ut, et, id sit ac, laoreet tellus mauris dolor donec, ante. Non adipiscing ipsum ut, et molestie, consectetur dolor dolore proin eget amet aliquam tellus consectetur lorem. Nunc ante non amet tempus lobortis diam felis feugiat ac laoreet aliquet, at dolor dolore ante. Volutpat, nonummy lorem tincidunt praesent ullamcorper pulvinar aliquam lobortis euismod felis dolor donec massa non nonummy. Ipsum ut et eget pulvinar aliquam nibh tellus adipiscing lorem tincidunt praesent mauris dolor nisi proin. Eget, pulvinar aliquam nibh euismod amet donec nibh volutpat nonummy tempus lobortis diam felis, feugiat congue. Mi tellus at ipsum, dolore sem eget, nibh ullamcorper nonummy tempus ut diam molestie pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus consectetur sed nunc sem mi molestie consectetur sed nisi et euismod adipiscing ac lobortis euismod turpis ac tincidunt mi, molestie pharetra donec ante non. Consectetur ipsum nisi et id elit pulvinar dolore proin eget pulvinar nisi et volutpat adipiscing feugiat magna mi tellus nonummy erat nunc sem, eget ipsum nisi. Proin eget ipsum ut sem elit dolor tincidunt sem, at sed nunc aliquet consectetur lorem tincidunt praesent mauris, dolor donec proin volutpat amet aliquam ut et. Id turpis ac tincidunt nonummy tempus ut diam id ipsum, ut diam id turpis, ac congue proin molestie amet tempus lobortis ullamcorper elit tempus lobortis sem. Felis pulvinar nunc sem elit ipsum nunc, sem elit sed, ut proin id amet aliquam nibh volutpat turpis tempus lobortis diam felis feugiat, congue praesent mauris. Sit magna laoreet nonummy ipsum lobortis ullamcorper felis ipsum lobortis, non elit, ipsum ut et euismod consectetur sed nunc, proin eget dolor donec nibh non, adipiscing. Ipsum congue mi tellus et id turpis ac laoreet proin eget nonummy lorem tincidunt, praesent mauris sit magna laoreet non elit pulvinar nisi nisi laoreet aliquet. At amet aliquam nibh euismod amet aliquam nibh ullamcorper amet aliquam lobortis ullamcorper felis feugiat magna laoreet tellus at dolor, dolore et volutpat amet elit pulvinar. Nisi laoreet tellus, at sed dolore praesent molestie pharetra donec ante non nonummy erat massa sem, felis pulvinar nisi nibh euismod turpis ac nibh euismod non. Adipiscing feugiat congue laoreet tellus at dolor nunc proin eget dolor dolore sem mauris pulvinar aliquam lobortis, ullamcorper adipiscing ipsum congue mi tellus at sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id turpis lorem dolore proin, volutpat nonummy lorem ullamcorper at lorem lobortis aliquet adipiscing feugiat congue praesent. Molestie nonummy tempus massa non elit sit magna, nibh euismod turpis ac, laoreet aliquet at lorem, adipiscing lorem. Congue mi molestie, consectetur erat nunc sem, eget sit ac laoreet aliquet at dolor dolore mi molestie pharetra. Tempus lobortis, sem felis ipsum at dolor, dolore proin eget amet aliquam massa ullamcorper elit, ipsum nisi diam. Id consectetur ac laoreet, tellus consectetur, lorem nunc proin eget congue diam felis feugiat magna mi tellus consectetur. Sed dolore et volutpat amet nisi lobortis, euismod adipiscing lorem congue praesent mauris sit magna mi tellus elit. Nunc proin volutpat amet tempus tincidunt aliquet, mauris dolor magna mi molestie, consectetur sed nunc sem, eget, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy feugiat magna mi euismod turpis lorem tincidunt aliquet mauris pulvinar aliquam ante eget amet aliquam massa non elit tempus ut lorem tincidunt. Diam mauris, dolor congue praesent felis feugiat congue praesent tellus at sed ut et id amet aliquam lobortis aliquet, felis pharetra donec lobortis ante. Tellus consectetur ipsum ut, diam id turpis, aliquam, laoreet aliquet at lorem congue praesent molestie dolor donec ante volutpat pharetra erat massa sem eget. Pulvinar magna lorem tincidunt aliquet at dolor congue, proin molestie amet erat massa non elit, pulvinar magna mi euismod at sed nunc praesent eget. Pharetra tellus elit, amet tempus nibh ullamcorper adipiscing feugiat congue mi molestie consectetur sed nunc proin id pulvinar, nisi nibh aliquet felis, pharetra erat. Massa non elit ipsum, ut nibh tellus, adipiscing dolor congue proin volutpat pharetra donec massa non amet ipsum massa non elit pulvinar ut et. Tellus mauris pulvinar donec ante non nonummy at dolor donec massa diam tellus at dolor nisi ante, euismod adipiscing lorem tincidunt praesent molestie pharetra. Donec massa id turpis ac tincidunt ullamcorper felis feugiat congue mi, volutpat nonummy, ipsum nisi et euismod adipiscing ac tincidunt aliquet at lorem, dolore. Ante non amet erat lobortis tincidunt diam felis feugiat congue mi tellus consectetur erat laoreet non consectetur, sed nunc proin euismod amet aliquam nibh. Ullamcorper felis, feugiat magna ante volutpat consectetur erat mauris, dolor donec nibh non nonummy, ipsum ut ullamcorper felis sit ac massa aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie consectetur pulvinar ac laoreet, aliquet mauris pharetra erat lobortis diam, id sit. Ac tincidunt aliquet, mauris, dolor nunc praesent mauris dolor donec massa volutpat nonummy ipsum. Ut mi molestie consectetur ac, tincidunt aliquet at, dolor nunc, proin eget, dolor dolore. Proin, non laoreet tellus at, sed, nunc proin elit pulvinar nisi et volutpat pulvinar. Nisi nibh ullamcorper felis, lorem congue praesent mauris sit erat nunc sem eget pulvinar. Nisi nisi nibh volutpat amet tempus lobortis ullamcorper felis feugiat congue diam molestie consectetur. Ipsum nisi, et id amet aliquam laoreet, id turpis, aliquam nisi et id consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, ac, tincidunt praesent eget amet aliquam lobortis diam felis volutpat nonummy. Ipsum ut et id turpis ac tincidunt aliquet eget pulvinar donec, ante. Non adipiscing ipsum ut et id feugiat ut mi molestie consectetur erat. Tempus nisi nibh, tellus at sed dolore ante volutpat nonummy tempus lobortis. Diam id turpis ac dolore proin volutpat turpis aliquam lobortis, diam felis. Feugiat euismod turpis ac, tincidunt proin volutpat, nonummy ipsum nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi nibh euismod, sit laoreet, tellus at sed nunc sem elit ipsum nisi proin eget amet aliquam nibh ullamcorper adipiscing, sit erat massa, non nonummy erat. Nunc et id erat nunc sem volutpat amet aliquam nibh ullamcorper adipiscing tempus tincidunt praesent molestie pharetra, erat massa proin id sit nisi et, euismod turpis ac lobortis. Proin volutpat amet, tempus, tincidunt praesent, molestie pharetra donec laoreet tellus consectetur erat massa sem eget pulvinar nisi nibh ullamcorper mauris dolor donec magna ante sem elit ipsum. Nisi et euismod adipiscing sed congue aliquet adipiscing feugiat congue praesent mauris, dolor, donec ante volutpat pharetra donec ante, molestie pharetra donec dolore praesent at dolor dolore proin. Mauris dolor donec massa volutpat amet tempus lobortis diam elit ipsum nisi et id consectetur lorem nunc proin volutpat, amet nunc proin eget, pulvinar aliquam et euismod turpis. Feugiat, magna ante, tellus nonummy ipsum nisi et, id, sit, aliquam nibh id turpis dolor congue praesent ipsum magna mi euismod consectetur sed dolore ante volutpat nonummy ipsum. Congue laoreet tellus consectetur sed dolore proin volutpat turpis lorem lobortis praesent mauris dolor donec massa nunc sem elit ipsum nisi et ullamcorper at feugiat congue praesent volutpat. Amet tempus ut sem elit pulvinar magna laoreet aliquet mauris sed nunc proin eget pharetra feugiat congue praesent, volutpat, amet tempus ut diam id sit magna mi id. Sit, sed nunc praesent mauris sed congue praesent mauris dolor dolore ante ullamcorper nonummy tellus, consectetur sed, nunc sem elit ipsum nisi nibh ullamcorper adipiscing, lorem congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis sit erat massa sem eget pulvinar aliquam et euismod turpis feugiat dolore ante non. Nonummy tempus lobortis sem felis pulvinar ante non elit pulvinar nisi proin eget sit aliquam nibh. Euismod adipiscing lorem congue praesent mauris dolor magna ante non elit ipsum nisi pulvinar nisi nibh. Tellus at dolor dolore proin volutpat nonummy ipsum ut diam elit feugiat ut diam elit, ipsum. Nisi nibh aliquam nibh ullamcorper, at dolor dolore proin molestie amet tempus lobortis diam, euismod consectetur. Sed dolore proin eget amet tempus nibh, diam adipiscing tempus congue et id turpis erat tincidunt. Sem eget, amet tempus tincidunt diam mauris pharetra erat massa tellus nonummy ipsum ut et, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi mi euismod turpis lorem dolore ante volutpat amet tempus congue praesent, id consectetur erat massa sem elit felis feugiat congue mi tellus consectetur. Tempus, ut et euismod turpis aliquam laoreet ullamcorper adipiscing sed dolore proin molestie amet ipsum lobortis diam felis proin volutpat amet aliquam lobortis non adipiscing. Sit erat, nunc et euismod at lorem dolore praesent mauris pharetra donec massa volutpat nonummy ipsum nunc diam eget pulvinar eget amet ipsum lobortis diam. Felis sit magna laoreet aliquet consectetur, sed nisi, ante volutpat nonummy tempus congue mi, tellus nonummy ipsum ut nonummy feugiat magna laoreet aliquet elit pulvinar. Aliquam lobortis ullamcorper adipiscing feugiat congue praesent mauris pharetra donec, massa proin id, turpis lorem congue praesent mauris feugiat dolore tincidunt aliquet at sed nunc. Proin volutpat pulvinar donec ante volutpat, nonummy lorem ut praesent molestie consectetur erat nunc aliquet elit ipsum dolore proin eget pulvinar, ante non elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam nibh ante non elit ipsum. Ut et euismod consectetur sed dolore ante. Volutpat nonummy, aliquam lobortis, diam adipiscing ipsum. Ut et id feugiat magna mi molestie. Ante ullamcorper, felis feugiat magna mi tellus. Nonummy pulvinar nisi et id amet ac. Lobortis ullamcorper adipiscing lorem congue praesent mauris. Pharetra erat massa, sed nunc praesent mauris. Dolor dolore ante volutpat amet tempus, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit ipsum, nisi, et id tellus mauris. Pharetra tempus massa diam id turpis ac laoreet tellus. At sed dolore proin eget pulvinar aliquam nibh non. Nonummy lorem congue praesent feugiat magna mi tellus consectetur. Erat nunc aliquet mauris dolor dolore sem mauris dolor. Dolore proin eget amet aliquam massa ullamcorper adipiscing feugiat. Ut et tellus consectetur, sed nisi nibh diam adipiscing. Lorem magna laoreet non elit pulvinar nisi laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis turpis lorem lobortis praesent mauris, sit magna laoreet molestie pharetra erat, massa sem elit ipsum. Nisi nibh ullamcorper adipiscing lorem tincidunt aliquet molestie pharetra euismod consectetur sed nunc praesent eget pharetra aliquam. Lobortis ullamcorper felis feugiat congue diam, felis feugiat magna mi tellus turpis erat laoreet tellus consectetur sed. Amet ipsum congue praesent id feugiat, ac, massa sem elit dolor nunc sem elit dolor, dolore ante. Euismod adipiscing lorem lobortis ullamcorper nonummy non elit pulvinar, aliquam, nibh euismod adipiscing lorem congue mi volutpat. Consectetur ipsum ut diam eget pulvinar, magna nibh euismod turpis lorem congue proin volutpat amet donec sit. Erat nunc proin eget, pulvinar, nisi ante volutpat nonummy tempus, nibh volutpat amet, aliquam lobortis diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut diam felis turpis ac laoreet tellus adipiscing, lorem tincidunt aliquet, at dolor donec ante. Volutpat nonummy tempus lobortis, et congue praesent molestie pharetra donec ante tellus nonummy sed nunc sem. Elit ipsum, nisi et id amet aliquam nibh ullamcorper felis feugiat magna mi molestie lorem ut. Praesent id pharetra ac laoreet, tellus consectetur erat nunc proin eget amet tempus tincidunt praesent molestie. Dolor donec massa, sem id sit aliquam nibh euismod elit ipsum nisi nibh euismod turpis aliquam. Lobortis aliquet, mauris consectetur erat massa sem eget sit magna nibh euismod turpis nisi nibh ullamcorper. Praesent molestie amet donec ante molestie pharetra donec ante non nonummy tempus massa non elit, sed. Ut et id sit, nisi proin id amet, aliquam lobortis euismod nisi et id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet non eget ipsum ut proin id turpis, lorem tincidunt at sed nunc. Proin volutpat adipiscing lorem ut diam mauris, sit erat massa non consectetur erat. Massa sem eget amet aliquam lobortis ullamcorper adipiscing tempus pulvinar, tempus nibh euismod. Nonummy, lorem congue diam, adipiscing ipsum lobortis non nonummy aliquam, massa volutpat nonummy. Erat massa sem elit, ipsum ut diam sed dolore, proin eget, pulvinar aliquam. Lobortis praesent mauris pharetra erat massa tellus nonummy sed nunc sem id, sit. Lorem congue praesent volutpat volutpat pulvinar, nisi ante volutpat nonummy tempus lobortis diam. Molestie consectetur sed nunc sem, elit pulvinar nisi nibh, id turpis ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at pulvinar aliquam nibh, ullamcorper id pharetra donec laoreet sem, elit pulvinar aliquam nibh volutpat amet aliquam tincidunt at dolor, dolore. Ante volutpat adipiscing tempus ut mi tellus consectetur sed nunc proin eget, amet ac nibh ullamcorper, felis dolor donec massa, non, elit. Ante volutpat nonummy ipsum ut, diam felis feugiat ut et molestie consectetur erat laoreet aliquet turpis erat laoreet euismod, consectetur lorem tincidunt. Aliquet mauris dolor dolore proin ut diam id feugiat magna mi molestie consectetur ac laoreet aliquet mauris dolor donec, proin mauris pulvinar. Donec ante non nonummy tempus lobortis, ullamcorper at dolor dolore praesent molestie consectetur, erat nunc non, nonummy tempus ut sem, eget pulvinar. Aliquam et euismod adipiscing lorem congue proin molestie dolor donec ante, turpis, ac laoreet sem mauris dolor dolore proin eget dolor dolore. Ante ullamcorper adipiscing ipsum congue et molestie consectetur ac tincidunt aliquet, consectetur sed dolore proin aliquam lobortis ullamcorper id, feugiat magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, consectetur lorem tincidunt sem eget amet aliquam lobortis ullamcorper, felis sit ac laoreet non at, sed nunc et euismod turpis lorem tincidunt. Diam felis sit, congue mi tellus at ipsum aliquam nibh euismod adipiscing lorem tincidunt praesent molestie feugiat donec mi molestie pharetra donec ante. Non elit ipsum, sit ac nibh, euismod, turpis ac lobortis ullamcorper turpis ac tincidunt aliquet mauris dolor donec ante tellus nonummy tempus nunc. Diam euismod adipiscing sed dolore aliquet molestie elit ipsum ut, diam id sit, magna laoreet tellus at dolor, dolore, proin non nonummy ipsum. Congue praesent id sit, magna et id dolore mi, molestie pharetra donec ante tellus consectetur sed nunc diam id sit ac laoreet euismod. Turpis lorem nibh euismod turpis aliquam nibh ullamcorper felis lorem congue sit ac laoreet tellus at lorem congue aliquet mauris dolor, dolore, proin. Non nonummy ipsum ut et felis pulvinar nisi mi euismod turpis lorem nunc praesent mauris elit ipsum ut et, id turpis, aliquam lobortis. Aliquet volutpat nonummy tempus lobortis, diam felis pulvinar magna nibh tellus adipiscing eget pulvinar ac tincidunt aliquet at feugiat congue mi molestie pharetra. Donec ut diam, elit ipsum nisi et id adipiscing ac laoreet, aliquet molestie amet tempus dolore ante volutpat amet aliquam nibh, ullamcorper adipiscing. Tempus ut diam id sit magna laoreet tellus at ipsum dolore proin eget amet aliquam tincidunt aliquet mauris feugiat euismod turpis ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante non nonummy tempus ut dolor dolore. Proin volutpat amet aliquam nibh ullamcorper nonummy lorem. Ut ullamcorper, adipiscing sit magna mi tellus consectetur. Erat, laoreet aliquet consectetur sed nunc, proin, tincidunt. Praesent molestie pharetra donec massa tellus at sed. Nunc proin eget pulvinar nisi et euismod turpis. Tempus, lobortis aliquet felis lorem tincidunt, diam felis. Tempus ut praesent id pharetra ac laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit feugiat nisi mi euismod turpis lorem nunc aliquet aliquet at pharetra dolore proin molestie amet tempus. Massa non nonummy ipsum ut et id pulvinar magna laoreet tellus consectetur sed, dolore praesent eget pharetra. Donec felis ipsum ut, diam elit sit ac, tincidunt aliquet at sed dolore proin mauris dolor donec. Nibh ullamcorper, nonummy, lorem ut diam felis feugiat aliquet eget amet tempus lobortis euismod nonummy, lorem ut. Praesent molestie pharetra erat nunc proin euismod turpis ac lobortis ullamcorper mauris, pharetra donec sed dolore proin. Eget pulvinar aliquam nibh, ullamcorper adipiscing feugiat congue mi molestie pharetra ac laoreet aliquet consectetur sed nunc. Sem eget pulvinar nisi proin eget pulvinar proin eget pulvinar nisi et euismod adipiscing lorem lobortis aliquet. Mauris amet erat lobortis sem felis pulvinar nisi diam eget, pulvinar magna tincidunt aliquet at pharetra nibh. Euismod turpis lorem tincidunt ullamcorper adipiscing feugiat congue mi molestie dolor congue mi molestie pharetra ipsum aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam lobortis ullamcorper felis feugiat magna ante molestie consectetur ipsum nisi et euismod sit sed massa proin. Id turpis lorem congue praesent molestie, pharetra erat lobortis, sem felis pulvinar magna tincidunt aliquet at sed tincidunt. Praesent eget pharetra ac congue proin volutpat amet erat ante volutpat consectetur erat nunc sem felis sit magna. Et id sit nisi nibh euismod adipiscing sed dolore proin molestie dolor tincidunt praesent mauris sit donec nunc. Sem eget pulvinar aliquam nibh ullamcorper adipiscing ac tincidunt aliquet felis dolor dolore ante volutpat nonummy diam felis. Feugiat magna mi tellus pharetra ac laoreet tellus consectetur ipsum nunc proin eget pulvinar nisi nibh ullamcorper, adipiscing. Feugiat magna, mi tellus consectetur sed pharetra sed, nunc sem elit sed nunc, proin volutpat amet lorem tincidunt. Praesent molestie consectetur erat massa tellus elit sed ut et id amet aliquam lobortis ullamcorper tellus at pulvinar. Nisi nibh ullamcorper felis, dolor donec, massa non nonummy pulvinar aliquam laoreet euismod turpis, lorem tincidunt dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa tellus, nonummy ipsum ut et, euismod adipiscing lorem, congue ullamcorper mauris feugiat, congue. Mi volutpat nonummy tempus nunc diam id, turpis lorem, nunc praesent mauris dolor donec ante. Volutpat amet erat massa non nonummy pharetra, erat nunc, diam, elit ipsum nisi et id. Turpis lorem tincidunt praesent molestie pharetra tempus lobortis diam felis, sit erat nunc proin, eget. Amet dolor donec nibh volutpat nonummy tempus lobortis ullamcorper felis sit ac laoreet, aliquet eget. Pulvinar nisi nibh aliquet felis dolor donec ante molestie consectetur, praesent mauris dolor dolore proin. Non, elit ipsum ut diam, id sit ac tincidunt sem volutpat pulvinar donec nibh euismod. Nonummy feugiat magna praesent molestie sit donec ante volutpat nonummy tempus ut diam felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa non elit pulvinar nisi nisi, et, euismod turpis aliquam nibh. Euismod turpis lorem tincidunt ullamcorper adipiscing lorem congue praesent molestie pharetra erat. Massa non nonummy pulvinar aliquam laoreet, euismod proin euismod turpis lorem tincidunt. Praesent mauris dolor donec ante molestie nonummy tempus ut et euismod turpis. Lorem, tincidunt proin non, adipiscing feugiat ut euismod turpis ac tincidunt, sem. Mauris pulvinar dolore proin volutpat adipiscing tempus, lobortis, diam id pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat dolore proin, euismod adipiscing sit magna praesent mauris sit congue praesent, id sit, magna laoreet tellus consectetur ac. Dolore, et euismod at dolor aliquam tincidunt ullamcorper felis sit congue praesent tellus, at ipsum dolore proin eget pulvinar. Nisi, lobortis ullamcorper adipiscing lorem tincidunt praesent mauris dolor donec proin volutpat amet aliquam, lobortis ullamcorper felis feugiat magna. Mi tellus consectetur sed dolore proin eget dolor nisi nibh euismod nonummy tempus ut mi tellus, consectetur id turpis. Ac congue praesent molestie pharetra erat lobortis sem elit ipsum ut nibh euismod consectetur lorem nunc ante, volutpat amet. Aliquam, lobortis congue mi, tellus at pulvinar nisi lobortis, ullamcorper felis feugiat congue praesent mauris feugiat congue praesent tellus. Consectetur sed ut proin id turpis aliquam lobortis volutpat, turpis ac tincidunt aliquet, at lorem tincidunt, aliquet, at dolor. Donec lobortis diam felis sit magna et felis feugiat ut, diam felis feugiat nisi laoreet euismod laoreet, aliquet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sed congue proin nonummy feugiat magna mi tellus consectetur lorem tincidunt tellus at sed tincidunt praesent eget pharetra, aliquam, massa non nonummy tempus lobortis diam elit. Sit erat, dolore ante volutpat pulvinar donec nibh non adipiscing tempus congue praesent id pharetra magna mi molestie consectetur erat massa tellus consectetur erat tincidunt, aliquet mauris. Sit, lorem tincidunt aliquet at sed congue proin molestie, amet aliquam lobortis ullamcorper, felis feugiat nisi, mi tellus consectetur dolor, dolore sem eget diam id pharetra ac. Massa proin id amet ac tincidunt aliquet mauris pharetra donec ante non elit ipsum nisi diam elit erat massa sem elit ipsum ut nisi, nibh euismod turpis. Aliquam tincidunt praesent mauris dolor donec massa non consectetur erat, massa tellus consectetur donec massa non at, ipsum nisi nibh euismod adipiscing, lorem lorem congue praesent mauris. Pharetra erat massa non nonummy sed ut sem eget ipsum aliquam et eget, amet ac, tincidunt praesent mauris dolor magna magna ante non consectetur sed nunc sem. Id turpis ac laoreet aliquet at dolor donec ante volutpat amet, erat massa sem id, sit magna et euismod turpis sit magna mi id pharetra ac laoreet. Molestie pharetra erat nunc sem elit pulvinar nisi proin volutpat pulvinar, aliquam lobortis ullamcorper felis aliquet at sed congue proin molestie pharetra donec mi molestie pharetra erat. Lobortis et, id consectetur sed, nunc, ante volutpat amet, aliquam ut ullamcorper felis feugiat magna non elit feugiat ut diam elit pulvinar, ut et tellus adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam lobortis aliquet mauris pharetra, donec massa, diam, felis sit ac nibh tellus turpis magna laoreet euismod adipiscing ac laoreet aliquet, mauris mi. Aliquet at pulvinar aliquam nibh ullamcorper adipiscing, lorem congue mi tellus nonummy ipsum nisi laoreet, tellus at dolor congue praesent molestie nonummy, tempus lobortis. Aliquet eget amet aliquam nibh ullamcorper, felis ipsum lobortis diam elit feugiat magna laoreet, tellus consectetur dolor, nisi nibh diam felis sit magna ante. Non eget pulvinar amet aliquam laoreet, aliquet mauris feugiat congue aliquet felis pharetra donec mi volutpat consectetur tempus nunc diam eget sit aliquam nibh. Tellus at sed dolore proin eget amet tempus lobortis ullamcorper turpis tempus tincidunt diam felis lorem lobortis diam mauris sit congue laoreet molestie pharetra. Erat, nunc sem eget pulvinar feugiat ut diam felis sit, magna laoreet tellus, consectetur sed donec praesent eget pharetra donec massa non amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet tempus congue mi tellus, nonummy sed ut proin euismod adipiscing lorem tincidunt aliquet mauris pharetra donec ante et id turpis ac nibh tellus. Adipiscing dolor dolore praesent eget amet donec, massa ullamcorper elit feugiat magna et molestie consectetur erat laoreet aliquet mauris mi molestie pharetra, donec nunc, sem. Eget amet aliquam et id amet ac tincidunt praesent mauris pharetra magna mi volutpat consectetur tempus nunc sem elit pulvinar nisi, mi non, eget amet. Nisi nibh ullamcorper felis feugiat congue mi volutpat, consectetur tempus ut, et tellus at sed dolore ante volutpat nonummy molestie sit magna laoreet tellus consectetur. Sed nunc proin eget pulvinar donec ante, euismod nonummy aliquam lobortis diam felis sit ac massa non eget pulvinar nisi, et mauris pulvinar aliquam lobortis. Diam mauris consectetur erat massa non at ipsum nisi et id turpis feugiat dolore mi volutpat nonummy tempus lobortis sem elit, ipsum nisi massa non. Elit pulvinar, nisi nibh euismod adipiscing feugiat congue ante volutpat amet tempus ut diam felis pulvinar, magna nibh mi molestie consectetur, erat laoreet, non at. Sed dolore proin eget ipsum, dolore et volutpat adipiscing lorem tincidunt praesent mauris feugiat magna, mi non elit pulvinar laoreet, praesent mauris pharetra erat lobortis. Sem felis feugiat nisi mi euismod consectetur sed nunc, praesent eget dolor donec nibh non adipiscing, feugiat ut diam felis consectetur dolor nisi nibh ullamcorper. Adipiscing feugiat congue praesent felis sit, magna laoreet non at sed nisi nibh euismod adipiscing lorem lobortis, aliquet mauris feugiat tincidunt ullamcorper nisi et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, adipiscing sed, congue praesent mauris dolor dolor. Donec ante volutpat nonummy ipsum ut et id. Adipiscing, sed donec, ante non nonummy tempus lobortis. Et molestie at, erat massa tellus consectetur erat. Pulvinar tempus congue mi molestie, consectetur, erat nunc. Sem elit, ipsum dolore sem elit pulvinar, nisi. Lobortis ullamcorper adipiscing lorem congue praesent mauris pharetra. Euismod adipiscing sed congue proin volutpat amet ipsum. Lobortis diam, felis feugiat magna laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem, tincidunt praesent at sed, congue proin mauris amet erat. Lobortis ullamcorper, felis feugiat magna mi euismod turpis lorem nunc proin. Eget ante non adipiscing feugiat congue mi tellus, consectetur sed dolore. Et ullamcorper felis dolor donec massa non elit pulvinar, ut diam. Eget sit aliquam aliquet molestie pharetra donec massa volutpat, consectetur, tempus. Lobortis et id sit magna et eget sit, ac laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis dolor dolore ante non elit pulvinar. Nisi laoreet aliquet mauris amet aliquam, lobortis. Diam id, pharetra erat massa aliquet elit. Ipsum nisi feugiat magna ante sem nonummy. Pulvinar nisi et eget sit aliquam, nibh. Ullamcorper adipiscing lorem tincidunt praesent mauris pharetra. Donec massa non nonummy ipsum eget nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra aliquam nibh ullamcorper id pharetra erat laoreet tellus elit pulvinar nisi proin volutpat amet tempus praesent eget pulvinar tempus nibh. Ullamcorper felis, feugiat magna mi tellus consectetur sed dolore sem, elit dolor dolore proin eget pulvinar, aliquam lobortis ullamcorper, id pharetra. Ac massa sem, elit ipsum nunc proin eget pulvinar aliquam nibh euismod turpis aliquam, lobortis euismod nonummy feugiat congue diam id. Pharetra donec massa sem at pulvinar aliquam lobortis ullamcorper adipiscing dolor, congue mi molestie sit donec massa, sem, id turpis aliquam. Laoreet aliquet at dolor dolore massa lobortis aliquet felis feugiat congue mi tellus, consectetur tempus nunc diam elit sed ut, proin. Id adipiscing aliquam nibh ullamcorper adipiscing lorem lobortis ullamcorper felis lorem amet donec nibh volutpat, pharetra aliquam ante volutpat amet, aliquam. Massa non elit tempus lobortis diam elit feugiat nisi et euismod consectetur lorem nunc, praesent eget pulvinar ipsum nisi et volutpat. Amet ac tincidunt praesent mauris pharetra donec massa, non nonummy, ipsum ut sem elit, ipsum ut lorem congue proin molestie amet. Tempus ut diam felis pulvinar nisi diam id sit ac nibh, tellus, mauris sed congue proin, mauris pharetra aliquam lobortis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa et id sit ac dolore. Ante volutpat amet donec ante volutpat. Id turpis lorem nunc proin volutpat. Amet lorem, ut praesent id consectetur. Erat nunc sem elit pulvinar nisi. Lobortis aliquet mauris dolor erat nunc. Tellus nonummy, ipsum ut et eget. Sit aliquam laoreet aliquet, at feugiat. Congue, praesent, molestie dolor donec ante. Volutpat elit ipsum nisi et, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non adipiscing feugiat magna laoreet tellus consectetur erat massa sem, eget, amet tempus lobortis diam felis sit feugiat. Magna laoreet non elit pulvinar aliquam nibh ullamcorper mauris dolor magna, ante volutpat pharetra donec massa tellus nonummy. Sed ut et id sit tempus ut et euismod, turpis magna laoreet aliquet at sed nunc praesent volutpat. Pharetra tempus lobortis diam felis sit magna laoreet aliquet at, sed nunc sem at mauris pulvinar aliquam nibh. Euismod adipiscing, feugiat congue diam felis feugiat congue mi tellus consectetur, sed dolore proin eget amet aliquam nibh. Volutpat non elit ipsum ut, proin id sit ac laoreet euismod at feugiat congue praesent mauris dolor, congue. Praesent mauris pharetra magna mi molestie pharetra erat ut diam feugiat magna laoreet aliquet at sed dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis sit magna ante non aliquet mauris dolor dolore ante volutpat pharetra donec ante, molestie pharetra donec mi non nonummy. Tempus nunc sem elit ipsum nisi proin id turpis ac tincidunt mi, molestie consectetur, tempus ut diam id turpis ac tincidunt aliquet. Eget pharetra donec ante non adipiscing feugiat magna laoreet sem eget amet aliquam mauris pharetra erat nunc diam id sit ac tincidunt. Aliquet at sed dolore ante, molestie pharetra donec ante volutpat, nonummy feugiat magna mi aliquet consectetur id adipiscing, lorem laoreet ullamcorper at. Sed, donec massa ullamcorper elit tempus lobortis sem, nonummy tempus ut, et euismod turpis magna nibh euismod turpis sit magna, mi molestie. Turpis sed, nunc sem at dolor tincidunt sem, mauris dolor donec proin euismod nonummy lorem ut diam adipiscing feugiat magna mi tellus. At erat tincidunt aliquet at, dolor nunc sem eget amet tempus, lobortis diam felis feugiat magna mi id pharetra ac laoreet, tellus. At sed dolore proin eget pulvinar diam eget pulvinar lorem tincidunt aliquet adipiscing sed tincidunt aliquet mauris dolor dolore ante molestie amet. Erat ut diam felis volutpat nonummy aliquam lobortis non adipiscing, ipsum ut, ullamcorper elit, feugiat congue mi molestie turpis ac laoreet tellus. Turpis lorem nunc sem eget pulvinar donec ante eget ac nibh euismod turpis ac lobortis ullamcorper adipiscing dolor magna ante volutpat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus turpis lorem laoreet, aliquet, mauris pharetra erat ante volutpat amet, erat lobortis sem elit. Sit ac laoreet tellus at dolor erat lobortis diam id turpis erat tincidunt sem mauris dolor. Nunc ante volutpat amet aliquam nibh non nonummy aliquam, ut, diam felis sit ac laoreet dolor. Aliquam, congue diam felis sit donec laoreet non elit ipsum nisi laoreet aliquet mauris dolor, congue. Mi volutpat nonummy tempus, lobortis, diam felis pulvinar, ut et nonummy ipsum, nisi et euismod adipiscing. Dolor donec ante non elit ipsum ut diam felis sit ac tincidunt, aliquet mauris sed, nunc. Proin amet aliquam nibh ullamcorper at dolor dolore ante non, nonummy tempus lobortis diam felis pulvinar. Nisi nibh tellus turpis lorem congue proin volutpat amet aliquam lobortis ullamcorper mi, aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam ante ullamcorper molestie consectetur donec mi, tellus elit elit ipsum nisi proin volutpat amet lorem tincidunt praesent mauris consectetur erat massa. Sem eget pulvinar aliquam nibh euismod turpis ac tincidunt aliquet mauris pharetra donec congue praesent mauris dolor donec ante sem elit pulvinar nisi. Nibh euismod at dolor donec proin volutpat nonummy erat lobortis diam elit ipsum ut diam euismod nonummy lorem lobortis praesent molestie consectetur erat. Nunc proin id turpis, ac tincidunt ullamcorper mauris dolor erat lobortis diam elit pulvinar ipsum, nisi et euismod adipiscing lorem congue praesent molestie. Consectetur erat massa non consectetur, sed nunc tellus at sed nunc sem elit pulvinar dolore proin eget pulvinar euismod consectetur, sed dolore proin. Volutpat nonummy lorem lobortis ullamcorper felis, feugiat magna mi molestie, consectetur erat massa aliquet elit pulvinar, aliquam lobortis ullamcorper adipiscing lorem, magna ipsum. Nisi, laoreet aliquet at feugiat congue praesent molestie elit feugiat nisi diam, id turpis ac laoreet tellus consectetur sed amet tempus, massa non. Nonummy ipsum ut diam id sit magna laoreet tellus turpis erat tincidunt sem mauris, dolor nunc proin non amet aliquam lobortis diam, non. Felis sit ac laoreet aliquet at dolor dolore proin at sed tincidunt praesent eget pulvinar aliquam lobortis ullamcorper nonummy ipsum ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam lobortis diam id pharetra, donec massa non at ipsum dolore proin eget ante non felis sit magna et. Euismod adipiscing dolor donec ante volutpat amet aliquam massa ullamcorper elit ipsum ut et, felis, sit magna, mi tellus tincidunt. Praesent euismod amet, aliquam nibh non adipiscing ipsum ut et id sit congue mi aliquet at sed dolore proin volutpat. Nonummy tempus congue praesent volutpat amet donec massa non elit tempus, massa sem elit ipsum, ut et id turpis ac. Tincidunt praesent at dolor turpis lorem laoreet volutpat amet, erat massa volutpat consectetur erat nunc diam, id pulvinar nisi nibh. Aliquet mauris pharetra aliquam massa non nonummy tempus ut, diam elit feugiat magna mi, nisi, lobortis diam felis, feugiat magna. Laoreet sem elit ipsum nisi nibh id turpis, aliquam et volutpat amet dolore proin eget pulvinar nisi ante volutpat amet. Lorem dolore ante non pharetra donec massa ullamcorper elit ipsum nisi, et molestie turpis, ac nunc sem volutpat amet aliquam. Lobortis ullamcorper felis lorem id amet aliquam nibh euismod turpis ac lobortis aliquet felis feugiat magna ante molestie consectetur tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper adipiscing feugiat, magna, mi tellus at pulvinar aliquam lobortis, ullamcorper adipiscing lorem. Tincidunt praesent molestie consectetur sed ut proin eget proin volutpat nonummy, ipsum, ut mi. Tellus elit pulvinar aliquam nibh ullamcorper, adipiscing sit, donec ante tellus nonummy sed nunc. Proin eget, pulvinar, aliquam nibh nisi et volutpat turpis, lorem congue mi molestie pharetra. Erat ut diam, eget pulvinar nisi et ullamcorper adipiscing, lorem congue, aliquet mauris mi. Non elit ipsum nisi laoreet aliquet mauris dolor dolore proin eget dolor donec ante. Volutpat, nonummy tempus lobortis sem felis sit magna, diam euismod at, lorem dolore ante. Volutpat, nonummy ipsum ut et id pharetra ac massa, tellus, at sed nisi ante. Volutpat amet tempus lobortis ullamcorper adipiscing lorem tempus ut et, id sit ac laoreet. Tellus at sed tincidunt aliquet mauris dolor dolore ante volutpat amet donec nibh non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat congue mi molestie pharetra donec ante volutpat consectetur erat nunc. Et, euismod, adipiscing lorem tincidunt laoreet ullamcorper at feugiat congue praesent mauris feugiat. Dolore ante volutpat consectetur erat nunc et felis pulvinar magna nibh aliquet at. Dolor aliquam lobortis et lorem, congue praesent molestie dolor magna ante non nonummy. Ipsum nisi et, id sit aliquam nibh euismod adipiscing sed congue aliquet at. Feugiat dolore mi molestie pharetra nonummy, ipsum nunc diam eget turpis sed nunc. Proin volutpat amet aliquam massa volutpat amet tempus lobortis et id turpis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra tempus nunc diam, eget sit aliquam nibh ullamcorper turpis lorem congue, massa mi sem euismod mauris tellus eget adipiscing pharetra pulvinar ac congue ante, diam molestie at. Pulvinar feugiat, donec lobortis tincidunt ante ullamcorper sem aliquet diam diam praesent sed aliquam tincidunt ut dolore lobortis massa nibh euismod turpis lorem nunc praesent at dolor dolore. Massa laoreet sem aliquet volutpat id, elit turpis feugiat, donec ut donec lobortis praesent tellus eget turpis dolor, aliquam ut et tellus volutpat, adipiscing dolor tempus ac, dolore. Congue, ut laoreet nibh laoreet sem, euismod ac donec ut nunc nibh mi sem tellus volutpat adipiscing sit erat nisi laoreet proin, non molestie eget at, amet feugiat. Sed ac, erat magna nunc nibh praesent, sem euismod mauris nonummy pharetra pulvinar sed, tempus ac nunc lobortis mi sem euismod elit turpis pharetra tempus nisi, tincidunt lobortis. Laoreet nibh, proin ullamcorper lobortis praesent molestie, nonummy feugiat erat aliquam tincidunt, ante sem id, volutpat felis pharetra sed aliquam congue ante diam tellus, ut tincidunt ante, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, at pulvinar sed tempus congue nunc lobortis praesent nisi erat magna tincidunt praesent mauris nonummy pharetra sed lorem ipsum magna. Dolore tincidunt massa ullamcorper tellus elit adipiscing pharetra pulvinar lorem tempus donec ac molestie euismod, volutpat euismod mauris adipiscing nonummy turpis. Amet consectetur pulvinar lorem aliquam ac ut dolore congue nunc nibh mi non aliquet eget felis elit tellus non tellus id. Molestie tellus euismod volutpat aliquet, euismod, sem tellus volutpat molestie euismod volutpat molestie eget, at adipiscing, consectetur pulvinar dolor, molestie elit. At felis pharetra tempus ac dolore ut, nunc et proin ullamcorper tellus id at nonummy consectetur amet dolor ipsum sed tempus. Erat lorem tempus sed dolore ut laoreet proin ullamcorper molestie elit, turpis amet lorem donec nunc laoreet proin ullamcorper molestie, eget. Adipiscing nonummy sit sed dolore lobortis praesent non tellus mauris molestie euismod, mauris nonummy sit erat massa sem eget pulvinar nisi. Lobortis massa diam felis turpis, ac nunc praesent aliquam, tincidunt praesent molestie amet donec massa non amet tempus lobortis sem, felis. Sit ac laoreet aliquet consectetur lorem laoreet tellus at dolor dolore praesent mauris, dolor dolore ante molestie consectetur erat massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper volutpat felis consectetur amet mi diam euismod elit turpis pharetra turpis, pulvinar. Tempus magna laoreet tellus consectetur, ipsum nisi nibh ullamcorper adipiscing lorem tincidunt aliquet. Mauris dolor dolore ullamcorper adipiscing lorem ut diam felis feugiat congue, et id. Sit ac laoreet aliquet consectetur, erat tincidunt sem mauris pulvinar aliquam ante euismod. Adipiscing feugiat ante, molestie pharetra dolore proin non elit ipsum nisi et id. Sit magna laoreet aliquet, at dolor dolore ante ullamcorper felis feugiat congue lobortis. Et molestie sit nisi et molestie consectetur erat nunc sem eget nonummy tempus. Lobortis diam mauris sit magna laoreet tellus consectetur sed massa aliquet at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi non elit pulvinar magna laoreet tellus, adipiscing lorem congue proin volutpat amet ipsum. Ut, lobortis diam, id turpis, ac, laoreet tellus turpis lorem tincidunt aliquet at, dolor. Donec nibh, non nonummy, aliquam, massa non nonummy, ipsum ut et id sit diam. Mauris sit magna praesent mauris consectetur erat massa, sem, eget turpis aliquam et volutpat. Amet ac lobortis aliquet adipiscing, tempus tincidunt ullamcorper nonummy et tellus adipiscing sed congue. Praesent volutpat amet, tempus lobortis ullamcorper felis sit ac laoreet tellus consectetur erat tincidunt. Sem eget pulvinar, donec ante nibh tellus at dolor dolore praesent mauris dolor dolore. Massa diam felis feugiat nisi et euismod consectetur lorem tincidunt praesent mauris pulvinar donec. Ante volutpat nonummy ante non nonummy tempus massa diam, felis sit, ac laoreet aliquet. At, dolor aliquam, nibh ullamcorper adipiscing tempus ut diam felis sit magna mi, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur dolor donec proin volutpat nonummy ipsum lobortis praesent id consectetur ac laoreet tellus turpis nisi. Et euismod turpis, ac tincidunt proin eget, amet aliquam ante non adipiscing ipsum congue et id. Sit ac mi tellus consectetur, sed nisi ante at dolor dolore ante non adipiscing feugiat, ut. Et, molestie, sit magna mi molestie at, dolor dolore sem eget pulvinar aliquam nibh euismod nonummy. Aliquam magna mi, tellus at ipsum nisi et volutpat amet, aliquam nibh ullamcorper adipiscing, lorem congue. Praesent molestie pharetra erat nunc, sem elit ipsum nisi sit ac laoreet tellus consectetur sed nunc. Proin volutpat nonummy lorem congue praesent molestie pharetra donec massa proin eget ipsum dolore proin elit. Ipsum, nisi nibh aliquet, at dolor dolore, proin eget pulvinar aliquam nibh, non nonummy ipsum ut. Praesent tellus at ipsum dolore et euismod adipiscing feugiat congue mi molestie consectetur erat id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac congue aliquet mauris dolor donec massa non amet erat ante magna ante molestie pharetra donec massa non, elit ipsum nunc et id, turpis lorem lobortis ullamcorper. Felis pharetra magna mi volutpat, nonummy tempus nunc sem massa proin eget amet aliquam nibh ullamcorper adipiscing lorem tincidunt aliquet mauris, pharetra donec ante tellus consectetur, ipsum nisi. Diam id turpis ac laoreet ullamcorper turpis lorem congue praesent molestie pharetra erat nunc diam eget pulvinar ut nibh id pulvinar ut proin eget, pulvinar ac laoreet ullamcorper. At sem felis pulvinar magna mi euismod consectetur sed nunc proin eget amet, donec ante non nonummy tempus congue et molestie turpis ac laoreet euismod turpis erat dolore. Tellus adipiscing, sed tincidunt aliquet mauris pharetra donec massa non elit tempus ut, diam felis sit magna tincidunt sem mauris, pulvinar aliquam lobortis diam molestie pharetra erat diam. Id pharetra erat nunc sem eget dolor nisi nibh volutpat amet aliquam nibh euismod nonummy feugiat congue praesent molestie proin id amet ac tincidunt aliquet mauris dolor donec. Massa diam felis, sit magna laoreet aliquet at, dolor aliquam lobortis ullamcorper felis pharetra erat nunc proin, elit felis feugiat nisi mi tellus turpis lorem tincidunt aliquet at. Sed dolore proin eget pharetra aliquam ante non felis, feugiat ac laoreet tellus consectetur erat laoreet mauris consectetur ipsum, ut et, id amet nisi laoreet, euismod turpis ac. Tincidunt aliquet felis dolor congue mi, molestie consectetur erat nunc diam eget sit ac ut et id sit nisi mi, molestie consectetur sed nunc sem eget pulvinar, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget pulvinar ac tincidunt praesent. Mauris, feugiat dolore mi volutpat pharetra. Erat massa non nonummy tempus nunc. Diam id adipiscing mi tellus at. Sed nisi et euismod amet, tempus. Tincidunt aliquet felis dolor magna ante. Tellus consectetur, erat massa sem id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis diam felis feugiat magna mi tellus nonummy, sed ut. Et euismod turpis lorem congue ante volutpat pharetra erat ante felis. Dolor donec, ante tellus consectetur erat nunc proin id turpis lorem. Tincidunt aliquet mauris feugiat dolore ante volutpat, nonummy ipsum ut diam. Felis lobortis non, adipiscing feugiat congue mi id pharetra, magna mi. Tellus consectetur erat, nunc sem elit pulvinar nisi ante euismod nonummy. Lorem ut praesent molestie nonummy, erat tempus lobortis diam id sit. Ac massa tellus at erat laoreet tellus mauris pulvinar aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac laoreet ullamcorper mauris pharetra erat, massa diam id turpis erat tincidunt proin eget amet aliquam nibh volutpat pharetra donec. Et molestie consectetur erat, tincidunt, sem eget pulvinar nisi nibh ullamcorper felis feugiat magna laoreet sem elit pulvinar aliquam et id. Amet aliquam, lobortis volutpat ut sem elit pulvinar nisi et id turpis ac nibh tellus adipiscing dolor congue praesent mauris pharetra. Aliquam lobortis ullamcorper felis ipsum ut et, felis pulvinar nisi dolor donec nibh ullamcorper id pharetra donec laoreet tellus at erat. Nunc proin volutpat amet tempus tincidunt ullamcorper turpis, lorem tincidunt praesent, felis lorem congue, praesent id, sit magna mi molestie turpis. Ac laoreet tellus turpis erat tincidunt sem eget pulvinar aliquam nibh ullamcorper, nonummy lorem ut praesent molestie consectetur aliquet mauris dolor. Donec ante, volutpat nonummy ipsum ut sem felis pulvinar magna laoreet tellus at dolor dolore ante, eget pharetra aliquam ante, volutpat. Amet tempus ut erat dolore nibh ullamcorper felis sit donec mi tellus pharetra donec massa tellus at sed nunc proin eget. Pulvinar aliquam nisi mi euismod turpis lorem nunc sem eget pulvinar, aliquam lobortis ullamcorper adipiscing ipsum magna nunc laoreet proin diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ut massa et praesent volutpat adipiscing sit erat nunc nibh aliquet molestie nonummy feugiat sed lorem, erat nibh aliquet at amet aliquam lobortis. Et tellus at amet aliquam lobortis, ullamcorper felis feugiat tincidunt praesent mauris pharetra donec massa, sem nonummy ipsum sed nunc non elit ipsum dolore. Proin volutpat amet aliquam nibh ullamcorper felis feugiat magna praesent mauris pharetra magna mi tellus consectetur erat ut proin, eget pulvinar diam felis feugiat. Ut et euismod, turpis lorem laoreet praesent mauris, pharetra aliquam lobortis diam id consectetur erat, nunc sem, eget amet ac magna nunc proin volutpat. Nonummy dolor magna ante, tellus consectetur sed nunc sem elit, ipsum ut proin id amet ac lobortis euismod adipiscing lorem congue, aliquet mauris laoreet. Aliquet mauris dolor nunc praesent mauris sed, dolore proin non nonummy tempus lobortis ullamcorper elit feugiat ut, diam felis ipsum nunc diam eget turpis. Lorem nunc tempus, ut, et molestie consectetur erat massa aliquet consectetur dolor nisi ante volutpat nonummy lorem congue praesent mauris pharetra erat, id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh euismod turpis tempus lobortis ullamcorper felis dolor magna erat nunc. Sem eget, amet, aliquam lobortis ullamcorper adipiscing feugiat congue mi molestie, consectetur. Ipsum nisi nibh tellus at sed dolore, nibh ullamcorper id sit aliquam. Tincidunt mi volutpat consectetur, erat massa non nonummy tempus nunc sem eget. Ipsum ut proin at sed nunc proin id amet aliquam nibh euismod. Magna tincidunt aliquet at dolor donec ante volutpat amet donec nibh non. Amet aliquam massa non nonummy ipsum ut et id sit magna donec. Lobortis praesent mauris sit donec massa sem eget amet aliquam nibh ullamcorper. At dolor, dolore ante volutpat, consectetur tempus ut sem id sit magna. Laoreet tellus magna laoreet molestie pharetra ac massa, sem elit dolor nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, congue ullamcorper, felis sit eget, sit aliquam, laoreet, praesent molestie pharetra erat. Ante sem, id turpis erat tincidunt, sem mauris pulvinar donec ante, volutpat amet. Aliquam nibh ullamcorper adipiscing amet tempus lobortis ullamcorper felis sit, magna laoreet euismod. Turpis, ac laoreet tellus at sed nunc praesent eget, pharetra dolore ante volutpat. Pharetra donec massa proin elit, dolor nisi nibh aliquet mauris pharetra magna massa. Sem id sit, aliquam et id adipiscing sed tincidunt praesent molestie amet praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, mauris, pharetra ipsum nunc diam eget. Sit aliquam nibh, id adipiscing lorem tincidunt. Proin lorem magna, mi molestie pharetra magna. Ante tellus consectetur sed nunc sem elit. Ipsum ut proin id turpis lorem congue. Praesent molestie consectetur erat nunc sem nonummy. Ipsum aliquam et, euismod turpis ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper mauris dolor donec massa sem felis aliquam. Congue mi molestie, turpis erat massa sem eget pulvinar. Aliquam lobortis diam felis lorem congue diam mauris pharetra. Donec nunc, sem eget turpis ac massa diam id. Turpis erat tincidunt sem mauris pulvinar dolore nibh non. Nonummy feugiat congue mi id pharetra ac massa tellus. At pulvinar aliquam dolore ante volutpat nonummy lorem lobortis. Ullamcorper felis sit magna mi tellus at ipsum dolore. Proin volutpat turpis lorem, lobortis aliquet felis pharetra erat. Ac tincidunt aliquet adipiscing, ac congue ullamcorper, adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, nibh ullamcorper felis feugiat magna ante adipiscing feugiat congue mi molestie pharetra magna mi molestie consectetur sed dolore et volutpat turpis lorem congue aliquet. Adipiscing feugiat magna mi, tellus elit ipsum, tempus lobortis ullamcorper adipiscing feugiat congue laoreet molestie turpis ac, massa aliquet at, dolor nunc sem at sed. Nunc proin eget amet tempus ante et id amet, ac lobortis ullamcorper turpis tempus nibh, ullamcorper adipiscing feugiat magna, ante tellus elit sit aliquam, et. Euismod, adipiscing ac laoreet feugiat donec ante non nonummy, ipsum ut diam eget sit aliquam nunc praesent mauris pharetra donec lobortis diam felis feugiat nisi. Mi tellus consectetur sed nunc sem lobortis, diam felis feugiat congue praesent molestie sit ac mi tellus consectetur sed nunc sem elit dolor nunc, aliquet. Mauris pulvinar, dolore ante volutpat nonummy lorem congue adipiscing lorem congue, praesent mauris dolor donec, ante non, consectetur tempus lobortis sem felis ipsum ut et. Id turpis lorem laoreet et euismod adipiscing lorem congue ante volutpat amet erat massa sem felis pulvinar magna nibh, tellus, at sed dolore praesent mauris. Pharetra aliquam massa non nonummy ipsum, massa diam, elit pulvinar magna, mi tellus turpis ac nibh tellus at sed dolore ante volutpat amet tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget turpis, tempus congue, ante tellus nonummy sed ut. Diam id adipiscing lorem congue proin molestie pharetra erat. Massa feugiat magna laoreet euismod sit nisi nibh euismod. Turpis ac laoreet tellus adipiscing sed dolore proin volutpat. Nonummy ipsum congue mi mi mauris pharetra donec ante. Tellus nonummy ipsum nisi et id sit aliquam nibh. Euismod, turpis ac lobortis ullamcorper felis dolor magna ante. Non elit tempus nunc tellus, turpis ac laoreet aliquet. Mauris amet, erat lobortis non elit feugiat nisi laoreet. Sem eget nonummy tempus ut praesent, molestie consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, pulvinar nisi lobortis ullamcorper adipiscing feugiat congue mi mauris pharetra donec massa. Non elit pulvinar eget amet aliquam lobortis ullamcorper elit, feugiat nisi diam felis. Feugiat magna nunc sem eget pulvinar aliquam lobortis diam adipiscing feugiat congue, mi. Tellus at sed nunc aliquet at dolor dolore proin eget amet tempus lobortis. Ullamcorper adipiscing lorem ut ullamcorper nonummy aliquam lobortis ullamcorper elit feugiat magna et. Id ante euismod amet aliquam nibh euismod amet lorem, lobortis diam id sit. Magna laoreet tellus consectetur sed, laoreet aliquet at sed dolore proin eget diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pharetra aliquam lobortis ullamcorper id. Pharetra ac laoreet aliquet at dolor. Dolore sem diam id consectetur lorem. Nunc praesent eget pulvinar aliquam nibh. Volutpat adipiscing ipsum congue mi, tellus. Consectetur ipsum dolore et eget amet. Nisi, ante, laoreet, aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet praesent molestie pharetra, erat ante molestie consectetur erat, lobortis sem elit ac laoreet praesent mauris, dolor aliquam. Ante ullamcorper elit ipsum lobortis sem elit feugiat magna laoreet aliquet, at lorem tincidunt praesent, at sed donec congue. Praesent molestie pharetra donec ante ullamcorper elit, ipsum ut et id sit ac tincidunt aliquet, at, sed dolore praesent. Mauris dolor donec, massa non adipiscing congue praesent mauris pharetra magna, massa sem felis pulvinar nisi et id adipiscing. Sed donec ante volutpat pharetra donec proin, molestie amet, donec ante non consectetur erat ante tellus, consectetur erat, massa. Non elit sed, nunc proin id amet aliquam nibh ullamcorper adipiscing, lorem congue, praesent molestie consectetur erat nunc amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor aliquam massa diam felis feugiat. Magna, massa, tellus at dolor nisi. Ante euismod amet aliquam nibh non. Adipiscing pharetra sed laoreet non at. Ipsum dolore et volutpat turpis lorem. Congue, mi volutpat nonummy, ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, ut mi id consectetur ipsum nisi et ullamcorper at lorem, congue mi molestie dolor donec mi tellus consectetur, donec, massa. Ac dolore, massa non elit feugiat nisi et, euismod sit ac nunc, aliquet mauris, dolor donec ante volutpat nonummy ipsum ut. Praesent molestie mi, molestie, pharetra donec ante molestie consectetur tempus massa, sem, eget pulvinar, aliquam laoreet, tellus at sed dolore proin. Non nonummy ipsum congue mi, tellus, at dolor non adipiscing, ipsum congue et id pharetra erat massa, aliquet elit dolor, nisi. Nibh ullamcorper felis, feugiat magna ante tellus consectetur erat laoreet pharetra donec massa diam id turpis, ac laoreet aliquet, at sed. Nunc proin eget, pulvinar aliquam lobortis ullamcorper nonummy tempus lobortis ullamcorper, nonummy, aliquam lobortis ullamcorper elit felis feugiat magna mi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat adipiscing lorem donec laoreet, molestie consectetur sed, diam id turpis ac mi tellus consectetur sed tincidunt sem. Mauris amet aliquam ante non amet aliquam, lobortis, ullamcorper felis, sit magna, laoreet aliquet elit dolor adipiscing lorem magna. Mi non, nonummy ipsum, ut nibh tellus, at sed congue ante volutpat amet tempus lobortis diam felis turpis ac. Tincidunt sem eget lobortis diam felis feugiat magna mi tellus consectetur ac laoreet, non elit ipsum nisi et eget. Pulvinar aliquam, nibh diam felis dolor magna dolore ante eget amet aliquam massa ullamcorper elit feugiat nisi mi euismod. Consectetur dolor nisi ante eget pulvinar tempus lobortis, diam adipiscing feugiat, magna, mi molestie donec massa non elit ipsum. Ut et id sit magna nibh euismod consectetur, lorem nunc praesent eget dolor donec proin molestie pharetra donec massa. Ullamcorper felis sit tempus nunc diam id turpis lorem laoreet aliquet mauris pharetra donec, massa ullamcorper id sit ac. Massa proin elit dolor dolore, ante at dolor nunc proin volutpat amet tempus lobortis diam adipiscing ipsum magna laoreet. Tellus at sed nunc tellus consectetur erat tincidunt aliquet mauris amet aliquam, nibh, ullamcorper eget amet aliquam ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy ipsum magna mi euismod at magna nibh euismod turpis ac tincidunt aliquet at, sed congue proin molestie amet tempus lobortis et felis ipsum magna mi tellus. Consectetur sed dolore proin turpis ac laoreet ullamcorper mauris pharetra donec massa non nonummy tempus ut diam felis ipsum nisi et euismod consectetur, lorem laoreet euismod adipiscing, sed. Dolore amet tempus ut diam felis ipsum nisi diam id sit ac laoreet tellus consectetur sed nunc praesent mauris dolor dolore proin molestie pharetra nisi mi tellus turpis. Ac nunc proin mauris dolor aliquam nibh ullamcorper nonummy tempus, lobortis diam felis sit, ac laoreet tellus at dolor dolore sem eget pulvinar, aliquam nibh ullamcorper adipiscing sit. Magna massa non elit ipsum nisi et euismod, turpis ac tincidunt ullamcorper mauris, dolor magna mi, tellus consectetur erat, ipsum aliquam nibh, euismod adipiscing lorem congue proin molestie. Amet erat massa sem felis pulvinar nisi et id sit, ac nunc praesent volutpat nonummy, tempus ut diam feugiat dolore mi volutpat elit ipsum ut diam felis pulvinar. Ac tincidunt praesent mauris dolor donec ante non nonummy tempus at sed nunc, proin eget pulvinar aliquam, lobortis ullamcorper, adipiscing lorem lobortis diam felis feugiat congue mi id. Pharetra erat nunc, non eget pulvinar aliquam lobortis aliquet erat tincidunt aliquet at dolor donec, proin volutpat pharetra donec ante non amet tempus lobortis non nonummy tempus ut. Diam felis feugiat magna mi id turpis ac diam eget sit nisi et euismod at feugiat congue, praesent mauris feugiat dolore mi, volutpat elit ipsum ut sem id. Turpis, sed, dolore proin volutpat nonummy tempus aliquam nibh ullamcorper at feugiat congue mi volutpat consectetur tempus massa sem elit sit magna nibh euismod sit ac tincidunt praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus, consectetur, dolor nisi lobortis diam, felis, pharetra, erat nunc diam. Id massa aliquet elit ipsum dolore et eget amet tempus congue diam. Mauris consectetur tempus, ut et, euismod turpis ac tincidunt ullamcorper adipiscing lorem. Tincidunt aliquet nisi et euismod, consectetur erat, tincidunt sem mauris sed nunc. Proin non adipiscing, sit magna laoreet tellus consectetur erat massa aliquet at. Sed nunc proin consectetur lorem dolore proin eget amet tempus lobortis praesent. Molestie pharetra, erat dolore nibh euismod, amet lorem tincidunt praesent molestie consectetur. Tempus nunc, ac tincidunt, aliquet mauris amet, donec massa non nonummy tempus. Congue mi tellus at dolor dolore nibh ullamcorper adipiscing lorem congue, praesent. Mauris pharetra erat, massa tellus congue et id, sit, ac tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, at dolor, donec nibh ullamcorper. Felis sit proin volutpat nonummy, ipsum. Congue diam felis feugiat, ut diam. Elit, pulvinar magna laoreet euismod turpis. Lorem tincidunt praesent at, sed dolore. Proin molestie amet, ipsum, aliquam lobortis. Ullamcorper mauris pharetra erat nunc et. Euismod, sit lorem tincidunt aliquet at. Sed congue proin volutpat, amet tempus. Lobortis ullamcorper turpis magna mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sit, aliquam laoreet aliquet mauris sed congue. Proin molestie pharetra, donec, massa at dolor donec. Nibh euismod adipiscing feugiat magna mi tellus at. Sed dolore nibh euismod turpis, lorem lobortis ullamcorper. Felis pharetra erat ante volutpat consectetur pharetra, ac. Massa aliquet elit dolor dolore proin eget dolor. Dolore, ante volutpat amet aliquam nibh ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non id turpis sed nunc sem, eget amet tempus lobortis ullamcorper mauris feugiat. Donec mi non nonummy sed nunc proin eget ipsum dolore laoreet tellus consectetur. Erat nunc sem mauris pulvinar nisi nibh ullamcorper adipiscing tempus lobortis ullamcorper adipiscing. Sit ac laoreet tellus at ipsum nisi et ullamcorper dolor dolore ante volutpat. Nonummy, lorem congue, diam felis feugiat congue diam felis sit congue mi tellus. Consectetur sed dolore et volutpat adipiscing, feugiat tincidunt praesent adipiscing laoreet praesent eget. Dolor, aliquam massa, ullamcorper felis ipsum ut, diam id sit, magna laoreet aliquet. Mauris sed nunc proin mauris pulvinar donec, consectetur sed, nunc proin eget pulvinar. Nisi et eget amet aliquam nibh euismod turpis tempus tincidunt diam mauris sit. Donec laoreet tellus consectetur, sed ut nibh euismod lobortis aliquet molestie nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc diam eget sit magna nibh tellus elit tempus lobortis ullamcorper id sit ac laoreet euismod sit ac laoreet. Aliquet eget amet aliquam lobortis ullamcorper felis ipsum congue praesent molestie pharetra ac elit pulvinar ut, et id pulvinar magna. Et id turpis ac laoreet euismod turpis lorem congue praesent, at feugiat dolore praesent mauris pharetra donec pharetra dolor nisi. Lobortis, diam, felis feugiat magna mi molestie pharetra erat, massa proin eget pulvinar aliquam nibh ullamcorper adipiscing lorem donec ante. Volutpat dolor magna mi, molestie pharetra donec laoreet tellus nonummy ipsum nisi nibh ullamcorper adipiscing feugiat dolore massa sem elit. Feugiat nisi mi tellus at dolor donec ante ullamcorper felis feugiat ut diam felis feugiat congue mi id turpis magna. Mi tellus consectetur lorem tincidunt sem eget, dolor aliquam ante volutpat amet ipsum ut et nisi nibh euismod turpis tempus. Lobortis aliquet felis feugiat congue praesent felis sit donec massa non nonummy ipsum ut et id pulvinar nisi nibh ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris amet donec nibh ullamcorper felis, sit. Magna massa sem elit ipsum turpis erat. Massa proin eget pulvinar tempus nibh euismod. Nonummy lorem lobortis ullamcorper adipiscing lorem ut. Diam id pharetra, erat ut et id. Pulvinar nisi mi tellus at dolor donec. Nibh, non adipiscing feugiat magna mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing dolor congue praesent, molestie consectetur sed nunc et id, turpis ac laoreet aliquet at. Dolor donec, ante molestie amet erat lobortis sem nonummy congue, ante tellus consectetur erat massa non. Eget adipiscing lorem tincidunt praesent, mauris pharetra erat lobortis diam id pulvinar magna mi tellus, turpis. Ac tincidunt ut praesent id sit ac, nunc aliquet at sed dolore proin elit, dolor dolore. Ante euismod felis sit donec laoreet non elit ipsum, nisi et euismod, ante, molestie pharetra, donec. Massa sem elit pulvinar ut et eget pulvinar nisi nibh, tellus at dolor dolore proin volutpat. Amet aliquam massa non, dolor magna ante volutpat consectetur ipsum nunc diam elit ipsum nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, id, amet, ac aliquet elit pulvinar aliquam ante euismod. Nonummy feugiat congue, mi, tellus elit pulvinar nisi et id. Adipiscing dolor, donec massa ullamcorper felis, sit magna congue mi. Molestie consectetur donec ante, tellus, nonummy ipsum nunc non eget. Amet aliquam laoreet aliquet mauris, dolor congue praesent mauris pharetra. Erat massa ut mi tellus at ipsum nisi, et euismod. At dolor donec mi, molestie consectetur, erat lobortis sem elit. Pulvinar, nisi nibh id turpis, aliquam laoreet euismod turpis tincidunt. Praesent molestie amet tempus ut sem felis tempus nunc sem. Elit ipsum nisi et euismod turpis, ac tincidunt ullamcorper at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet aliquet, mauris pulvinar aliquam nibh euismod adipiscing feugiat congue diam, id sit donec laoreet. Non euismod adipiscing feugiat congue praesent mauris dolor donec ante tellus nonummy erat nunc non nonummy. Erat nunc non at sed dolore et euismod adipiscing et id turpis ac tincidunt praesent at. Dolor donec nibh, ullamcorper, adipiscing, feugiat congue mi aliquet at, sed nunc sem elit pulvinar nisi. Ante volutpat amet nisi tincidunt proin eget pharetra donec massa non adipiscing, ipsum, ut diam id. Sit, ac laoreet tellus at sed dolore ante euismod adipiscing feugiat dolore, proin eget pharetra, donec. Massa diam felis sit magna mi molestie turpis erat laoreet tellus at sed nunc, proin eget. Amet tempus lobortis diam id sit elit, ipsum ut, diam elit tempus lobortis non nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa non elit pulvinar, et, euismod at sed dolore proin euismod nonummy tempus ut, praesent molestie pharetra, erat massa sem eget pulvinar aliquam nibh ullamcorper. Felis pharetra donec non eget pulvinar magna nibh euismod adipiscing ac laoreet ullamcorper at lorem congue aliquet mauris dolor dolore mi molestie consectetur erat massa sem. Elit pulvinar felis pharetra erat nunc non at ipsum nisi et euismod turpis tempus tincidunt praesent molestie pharetra erat nunc sem elit ipsum ut, proin id. Turpis lorem, pharetra donec mi volutpat amet erat massa non nonummy tempus nunc, non consectetur erat ante tellus consectetur erat massa sem eget ipsum nisi et. Euismod mi molestie pharetra erat ut et euismod turpis lorem dolore proin eget amet aliquam massa volutpat nonummy tempus, lobortis diam elit sit magna mi aliquet. At ante sem elit sit aliquam laoreet aliquet at sed dolore ante volutpat nonummy erat ante non nonummy erat massa non nonummy tempus nunc sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, aliquet, molestie pharetra erat lobortis ullamcorper felis sit, ac tincidunt sem eget pulvinar aliquam nonummy, lorem congue mi. Tellus at sed nunc sem elit amet ac tincidunt aliquet felis dolor donec mi molestie consectetur tempus nunc diam. Id adipiscing aliquam lobortis ullamcorper felis sit magna laoreet tellus consectetur erat nunc sem mauris dolor dolore proin eget. Pulvinar aliquam ante volutpat amet tempus massa non dolore, ante non nonummy, tempus nisi et, euismod at sed dolore. Ante non, amet, tempus massa, non adipiscing, tempus ut et id feugiat nisi, ac tincidunt aliquet at dolor dolore. Nibh non adipiscing feugiat congue mi molestie sit ac, laoreet aliquet at pulvinar nisi et volutpat amet tempus lobortis. Ullamcorper massa non elit pulvinar nisi nibh euismod, adipiscing feugiat congue praesent, mauris dolor erat, massa non nonummy erat. Massa non, nonummy ipsum nisi nibh id turpis ac, tempus lobortis, non nonummy tempus ut diam felis ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna tincidunt aliquet eget amet, donec lobortis ullamcorper felis sit magna, laoreet tellus elit dolor nisi ante, euismod nonummy tempus lobortis diam, mauris pharetra donec massa non. Elit, pulvinar ac, tincidunt praesent mauris pharetra donec massa non, elit sit ac tincidunt tellus at dolor dolore proin, molestie amet aliquam lobortis ullamcorper elit feugiat magna. Consectetur sed nunc aliquet at, sed nunc aliquet mauris pharetra aliquam nibh ullamcorper, adipiscing ipsum congue et molestie turpis magna laoreet, tellus at nibh aliquet at sed. Dolore ante non nonummy tempus ut et molestie consectetur sed dolore, et volutpat, amet tempus, lobortis ullamcorper felis sit magna mi tellus diam id pharetra ac laoreet. Tellus elit dolor dolore proin, eget, amet aliquam proin eget amet aliquam nibh ullamcorper felis feugiat congue mi molestie pharetra erat, dolore proin eget pulvinar, dolore, ante. Volutpat amet donec nibh non nonummy tempus ut, diam id pharetra ac laoreet aliquet at erat nunc sem elit dolor dolore sit donec massa sem eget sit. Ac tincidunt praesent at dolor donec ante non nonummy, tempus lobortis diam elit pulvinar magna mi aliquet mauris dolor donec nibh donec laoreet, tellus consectetur erat massa. Sem eget amet tempus lobortis ullamcorper adipiscing dolor erat ante non consectetur sed nunc sem elit pulvinar nisi, et euismod turpis mauris feugiat dolore aliquet mauris consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit ac nibh tellus at ac tincidunt ante molestie dolor tincidunt praesent, volutpat consectetur tempus ut et tellus at dolor, aliquam nibh, ullamcorper adipiscing ipsum ut praesent. Id, consectetur lobortis ullamcorper turpis aliquam nibh ullamcorper turpis lorem tincidunt mi, mauris, sit donec, laoreet non elit, ipsum nisi erat nisi nibh euismod, turpis lorem congue, diam. Felis pharetra donec massa non nonummy ipsum nunc proin eget, pulvinar aliquam, laoreet ullamcorper adipiscing, lorem congue mi molestie eget amet tempus, ut, praesent molestie pharetra ac laoreet. Non, elit, pulvinar aliquam nibh euismod adipiscing lorem congue praesent molestie consectetur donec ante adipiscing sit magna mi tellus, consectetur erat massa tellus at dolor nisi proin, eget. Pulvinar nisi lobortis praesent mauris sit magna, ante non elit pulvinar nisi nibh aliquam massa non elit feugiat magna laoreet aliquet at dolor dolore proin mauris dolor dolore. Proin eget pharetra aliquam ut diam adipiscing feugiat congue et id sit volutpat amet tempus lobortis diam adipiscing feugiat magna mi molestie, sit donec laoreet tellus at sed. Nisi nibh ullamcorper adipiscing laoreet aliquet at, sed dolore proin volutpat amet aliquam, nibh ullamcorper id, sit ac laoreet aliquet consectetur erat massa sem, elit dolor dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut praesent felis sit proin, eget turpis ac lobortis. Aliquet felis ac laoreet euismod adipiscing, lorem tincidunt praesent. Molestie pharetra donec ante sem elit, ipsum lobortis et. Id sit magna nibh id, turpis magna nibh aliquet. At ac tincidunt praesent at feugiat congue praesent mauris. Dolor donec ante tellus consectetur tempus nunc sem elit. Pulvinar ac tincidunt aliquet at sed donec massa nibh. Ullamcorper adipiscing feugiat congue ante, volutpat consectetur erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nibh euismod sit lorem tincidunt nunc et euismod adipiscing, lorem magna mi tellus nonummy. Erat ut, diam id ipsum ut et id, amet ac congue proin molestie dolor donec. Ante dolor donec ante sem elit sed ut et id turpis ac nibh euismod adipiscing. Ac tincidunt aliquet mauris feugiat, magna mi molestie, pharetra, erat nunc, adipiscing feugiat, magna laoreet. Non eget ipsum dolore et eget pulvinar aliquam tincidunt aliquet adipiscing feugiat magna mi tellus. Nonummy pulvinar nisi et euismod adipiscing ac laoreet ipsum lobortis ullamcorper felis sit nisi diam. Felis pulvinar nisi, et euismod turpis ac laoreet aliquet mauris sed congue proin mauris pharetra. Tempus, ipsum magna mi, tellus at sed dolore proin mauris dolor donec, ante non id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget laoreet tellus at dolor, nisi ante volutpat nonummy lorem ut. Praesent mauris pharetra donec laoreet sem elit sed nunc proin eget pulvinar. Aliquam nibh pulvinar magna nibh euismod turpis lorem tincidunt, praesent mauris dolor. Dolore, massa non nonummy feugiat congue diam id, sit ac, laoreet aliquet. Mauris pulvinar nisi lobortis ullamcorper adipiscing lorem congue, mi molestie, consectetur sed. Massa sem elit ipsum donec lobortis ullamcorper felis sit magna mi aliquet. Elit amet aliquam nibh ullamcorper, ut, et id turpis aliquam, et euismod. Amet lorem, tincidunt praesent molestie pharetra donec mi, molestie consectetur tempus nunc. Diam felis, sit ac sed, nunc sem elit ipsum nisi et euismod. Adipiscing feugiat dolore mi molestie pharetra erat massa sem consectetur erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, molestie sit congue mi molestie consectetur sed nunc ante euismod. Felis sit, magna, ante sem eget sit lorem laoreet aliquet erat. Dolore et volutpat amet aliquam lobortis euismod adipiscing lorem, tincidunt diam. Adipiscing feugiat ut diam felis ipsum ut diam felis feugiat congue. Laoreet aliquet elit pulvinar nisi lobortis diam, mauris, pharetra sed ut. Diam elit, ipsum ut nibh praesent diam aliquet, volutpat at, pharetra. Ipsum magna nunc ante ullamcorper molestie donec ut laoreet aliquet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ipsum ac dolore ante diam. Non euismod at, amet sit, ut. Congue massa et aliquet elit turpis. Feugiat tempus magna nunc nibh praesent. Sem aliquet non felis consectetur ipsum. Ac dolore massa diam molestie elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem dolore nibh praesent non, eget adipiscing dolor, tempus magna massa et praesent non, id elit amet, lorem felis pharetra sed, ac dolore, massa ullamcorper. Molestie elit adipiscing pharetra tempus ut tincidunt ante ullamcorper tellus elit adipiscing nonummy sit sed ac aliquam dolore, lobortis laoreet, proin ullamcorper non aliquet diam. Et ante massa laoreet congue massa tincidunt lobortis nunc tincidunt lobortis dolore congue ut tincidunt, congue ut nibh ac aliquam tincidunt lobortis laoreet, proin, aliquet. Non tellus euismod molestie felis mauris adipiscing consectetur ipsum ac dolore lobortis praesent tellus, elit amet dolor volutpat felis, pharetra tempus nisi laoreet praesent volutpat. Mauris euismod adipiscing amet feugiat erat, aliquam congue ante ullamcorper molestie at amet lorem donec massa et aliquet laoreet ante ullamcorper molestie elit amet lorem. Dolore ut laoreet ante aliquet volutpat euismod mauris felis nonummy sit, dolor lorem donec nunc et aliquet volutpat elit sit sem massa tincidunt, ut praesent. Mauris consectetur sed ut et eget pulvinar aliquam et id turpis lorem tincidunt praesent mauris feugiat magna ante molestie sit magna laoreet tellus consectetur, erat. Nunc sem eget, ipsum nisi et euismod amet tempus tincidunt praesent mauris pharetra donec ante tellus, consectetur aliquam lobortis diam felis feugiat magna mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis diam amet tempus congue et molestie turpis erat massa proin. Volutpat amet tempus nibh ullamcorper adipiscing feugiat tincidunt ullamcorper felis feugiat congue. Praesent molestie sit ac elit turpis pharetra, sit dolor tempus congue massa. Nibh, aliquet mauris nonummy feugiat, erat, aliquet eget pulvinar nisi et euismod. Turpis feugiat congue mi donec proin eget pharetra donec massa diam id. Sit magna mi tellus consectetur erat nunc proin, volutpat amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pharetra erat nunc proin euismod felis dolor magna ante volutpat, nonummy. Pulvinar magna nibh id pulvinar nisi nibh euismod adipiscing dolor congue nisi. Laoreet congue praesent mauris sit donec, ante tellus consectetur sed nunc proin. Id amet ac tincidunt praesent molestie pharetra donec massa, sem felis, ut. Mi tellus consectetur, sed nunc proin volutpat amet tempus lobortis praesent mauris. Dolor donec ante, tellus consectetur sed ut, sem elit pulvinar nisi nibh. Euismod turpis mi volutpat pharetra erat massa non nonummy erat, nunc diam. Id sit ac laoreet tellus turpis ac laoreet, aliquet mauris dolor congue. Proin ac laoreet aliquet at amet tempus lobortis ullamcorper felis pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id, turpis erat tincidunt mi tellus pharetra erat nunc, diam euismod at sed donec proin. Volutpat nonummy ipsum, lobortis ullamcorper felis feugiat, ut mi euismod, consectetur ac nunc, tellus at dolor. Congue proin mauris pharetra dolore proin volutpat amet erat massa non elit tempus, ut diam felis. Sit lorem nunc praesent mauris pharetra proin id amet nisi et euismod turpis lorem lobortis ullamcorper. Adipiscing feugiat magna, ante tellus consectetur erat massa sem elit pulvinar ut proin eget pulvinar nisi. Lobortis ullamcorper, adipiscing feugiat congue mi molestie consectetur erat massa, tellus, consectetur sed nunc sem id. Amet, ac tincidunt aliquet adipiscing feugiat congue mi, mauris dolor magna mi molestie consectetur ipsum aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh euismod at feugiat congue mi magna mi tellus at pulvinar, donec proin eget, nonummy tempus congue praesent id feugiat ut. Mi tellus, consectetur dolor nisi et euismod felis feugiat, magna ante turpis lorem laoreet aliquet at sed dolore proin molestie elit tempus. Ut diam felis feugiat nisi et euismod turpis lorem nunc, proin volutpat amet laoreet molestie sit, ac laoreet tellus consectetur sed, dolore. Ante volutpat amet aliquam ante volutpat amet aliquam, nibh non amet tempus lobortis ullamcorper adipiscing mi molestie amet tempus ut diam, felis. Sit ac tincidunt aliquet at sed nunc proin eget pharetra aliquam massa non nonummy tempus lobortis ullamcorper elit ipsum turpis lorem nunc. Proin euismod nonummy aliquam lobortis ullamcorper adipiscing feugiat magna laoreet non consectetur erat nunc aliquet at erat tincidunt, tellus consectetur, erat dolore. Proin volutpat mauris, pharetra donec nibh non adipiscing, feugiat congue et molestie sit magna mi molestie turpis ac tincidunt aliquet at sed. Nunc proin ullamcorper felis feugiat magna mi molestie pharetra ac massa sem elit pulvinar nisi ante volutpat nonummy lorem tincidunt ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem dolore, ante non nonummy ipsum nisi mi euismod consectetur sed dolore ante eget. Amet tempus ut praesent felis pharetra magna massa sem elit pulvinar nisi et ullamcorper. Turpis aliquam nibh, ullamcorper nonummy tempus lobortis ullamcorper felis feugiat donec massa sem, at. Amet sit ac massa sem elit dolor dolore ante euismod amet aliquam nibh euismod. Nonummy lorem congue diam id pharetra, magna mi tellus consectetur consectetur tempus lobortis sem. Felis sit, magna laoreet aliquet mauris dolor dolore ante non, amet aliquam, ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ut, et id adipiscing lorem tincidunt praesent mauris amet aliquam ante ullamcorper felis, feugiat congue et id sit. Euismod felis feugiat magna ante, non nonummy ipsum nisi et euismod turpis sed congue praesent molestie pharetra erat massa non. Nonummy tempus ut diam id non, adipiscing sit donec nunc sem elit ipsum nunc sem at sed nunc proin eget. Turpis lorem tincidunt praesent mauris sit magna ante, molestie consectetur donec laoreet dolor donec massa ullamcorper felis feugiat, nisi diam. Id at sed dolore proin eget pulvinar donec proin eget amet donec ante non nonummy sit magna et tellus at. Sed nisi ante euismod, nonummy tempus lobortis diam id pharetra donec laoreet, tellus consectetur sed massa sem eget pulvinar, aliquam. Nibh ullamcorper nisi nibh id adipiscing lorem nunc praesent at dolor, dolore proin volutpat amet erat lobortis ullamcorper elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus, consectetur dolor dolore ante volutpat amet ipsum ut diam id sit magna laoreet aliquet at dolor dolore ante. Euismod ullamcorper felis sit donec, laoreet tellus pharetra erat massa sem elit pulvinar dolore, proin volutpat turpis tempus, lobortis diam. Mauris sit donec laoreet non, elit mauris amet tempus massa ullamcorper, felis sit nisi et id pulvinar magna laoreet euismod. Turpis lorem, nunc praesent adipiscing dolor donec proin molestie pharetra aliquam ante volutpat nisi ante ullamcorper adipiscing dolor magna mi. Tellus nonummy ipsum aliquam nibh ullamcorper at dolor, dolore ante molestie pharetra donec ante non felis eget pulvinar, dolore ante. Non felis sit magna massa non elit sed nunc, proin eget turpis ac lobortis ullamcorper adipiscing feugiat magna mi molestie. Consectetur erat nunc, non at ipsum nunc sem at ipsum dolore proin eget dolor dolore sem eget dolor dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh aliquet mauris dolor dolore, ante non elit tempus massa diam, id turpis lorem, tincidunt proin mauris amet aliquam massa ullamcorper id. Turpis erat tincidunt sem eget amet aliquam nibh euismod nonummy, lorem ut diam id pharetra magna mi tellus consectetur sed massa sem elit. Sed mauris pulvinar aliquam lobortis ullamcorper nonummy, lorem lobortis ullamcorper, nonummy ipsum, lobortis ullamcorper nonummy tempus lobortis non, elit ipsum nisi et felis. Sit magna mi tellus donec lobortis non adipiscing feugiat ut diam felis feugiat magna laoreet tellus at erat laoreet tellus at dolor dolore. Ante euismod adipiscing lorem at feugiat dolore ante non elit tempus, ut diam felis sit magna, et id sit magna nibh euismod adipiscing. Sed congue proin, mauris dolor dolore praesent molestie ipsum ut et id, sit ac, tincidunt praesent mauris dolor donec ante volutpat nonummy tempus. Massa non, nonummy tempus, ut diam felis, ipsum nisi diam felis, ipsum nisi et euismod adipiscing sed dolore ante volutpat nonummy, tempus magna. Mi molestie consectetur ac laoreet euismod consectetur sed nunc pharetra donec laoreet molestie consectetur sed ut proin eget ipsum nisi proin eget, amet. Tempus tincidunt praesent molestie dolor donec ante molestie, pharetra erat, nunc proin id ac nunc proin eget pulvinar nisi nibh ullamcorper adipiscing lorem. Tincidunt ante non nonummy ipsum nunc diam eget sit nisi nibh euismod turpis nisi et euismod turpis tincidunt aliquet at dolor nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut mi id sit, ac ipsum magna laoreet aliquet at dolor aliquam lobortis aliquet felis lorem, tincidunt praesent molestie nonummy ipsum ut nibh euismod. Turpis, lorem congue aliquet mauris congue mi molestie, pharetra donec ante tellus nonummy erat ut et id sit ac tincidunt aliquet mauris, feugiat congue. Praesent molestie amet donec mi elit pulvinar nisi, nibh id sit nisi nibh euismod adipiscing lorem tincidunt aliquet adipiscing ac tincidunt aliquet felis dolor. Donec massa, sem elit ipsum ut diam id mauris dolor dolore proin volutpat amet erat massa non nonummy ipsum lobortis sem elit tempus nunc. Et euismod turpis magna laoreet aliquet, mauris pharetra donec massa ullamcorper elit ipsum nisi et id, turpis ac laoreet aliquet mauris dolor dolore nibh. Ullamcorper id consectetur ipsum ut nibh ullamcorper adipiscing lorem tincidunt ante volutpat nonummy ipsum, nisi nibh euismod adipiscing sed congue praesent mauris amet aliquam. Lobortis diam felis feugiat magna mi tellus consectetur sed nunc sem mauris pulvinar tellus consectetur erat massa non, at ipsum dolore et eget pulvinar. Nisi lobortis, aliquet felis dolor congue praesent mauris dolor tellus at, sed dolore ante non amet ipsum, ut diam felis feugiat nisi et euismod. Consectetur sed nunc sem eget pulvinar, donec, ante volutpat pharetra aliquam nibh feugiat magna, mi molestie turpis ac mi aliquet at dolor nisi nibh. Euismod adipiscing feugiat congue praesent molestie pharetra donec massa non elit pulvinar, aliquam lobortis tincidunt, proin volutpat, amet tempus tincidunt diam mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat sem eget pulvinar aliquam nibh euismod adipiscing lorem magna ante, tellus nonummy sed nunc sem eget pulvinar nisi proin id adipiscing. Dolor erat lobortis mauris feugiat magna, praesent, tellus pharetra, magna mi tellus consectetur erat massa non elit pulvinar nisi, proin eget pulvinar. Nisi lobortis ullamcorper felis feugiat magna ipsum nisi, et id, turpis lorem congue praesent molestie pharetra donec proin, mauris, dolor dolore mi. Molestie consectetur tempus lobortis non nonummy erat, nunc, diam eget aliquet mauris sed tincidunt praesent volutpat nonummy ipsum nisi et id sit. Ac laoreet aliquet eget amet donec nibh non adipiscing tempus lobortis ullamcorper ac lobortis aliquet mauris, dolor donec ante non nonummy, ipsum. Ut nibh euismod consectetur sed nunc praesent mauris, dolor aliquam ante volutpat amet aliquam ante volutpat nonummy tincidunt praesent mauris dolor donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, laoreet non at, ipsum nisi nibh euismod turpis ac. Non elit feugiat nisi et id sit magna laoreet aliquet. Mauris, dolor dolore nibh, volutpat dolor dolore ante volutpat amet. Erat, lobortis ullamcorper, elit pulvinar aliquam lobortis diam molestie consectetur. Ipsum nisi et id amet, aliquam laoreet aliquet mauris pharetra. Donec massa sem elit ipsum, nisi diam felis, massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin id amet ac lobortis praesent molestie nonummy erat, massa non felis turpis, ac tincidunt praesent ipsum ut proin id ipsum aliquam, tincidunt, praesent molestie pharetra erat. Massa volutpat nonummy tempus ut diam elit pulvinar ut, et id sit aliquam laoreet lobortis, diam felis feugiat ut et euismod turpis magna, laoreet aliquet mauris sed. Dolore ante eget pharetra donec ante eget amet tempus ut diam felis proin, volutpat amet aliquam lobortis ullamcorper adipiscing, lorem ut diam id pharetra donec massa sem. Id turpis lorem congue mi volutpat amet tempus donec nibh, non felis feugiat congue diam felis sit congue et id turpis magna laoreet tellus consectetur lorem tincidunt. Aliquet at, sed nunc aliquet mauris, dolor dolore pharetra, ac mi molestie turpis erat nunc sem elit pulvinar aliquam nibh euismod nonummy tempus lobortis diam felis lorem. Congue diam felis feugiat, ac massa sem eget feugiat magna mi euismod turpis ac tincidunt aliquet consectetur lorem tincidunt praesent eget pharetra aliquam ut et aliquet at. Feugiat magna ante, tellus consectetur erat nunc sem id sit lorem tincidunt praesent mauris dolor donec massa ullamcorper felis feugiat nisi, et felis sit ac laoreet sem. Tellus elit pulvinar nisi nibh euismod turpis lorem tincidunt aliquet mauris dolor dolore ante volutpat nonummy tempus nunc sem elit ipsum ut diam eget ipsum nisi nibh. At, amet ac lobortis, ullamcorper, mauris dolor magna ante non nonummy ipsum magna nibh euismod sit ac tincidunt praesent molestie amet aliquam ante, volutpat amet tempus pulvinar. Nisi laoreet tellus at, sed tincidunt praesent eget pharetra donec, ante, volutpat amet tempus lobortis non nonummy tempus lobortis sem elit tempus ut, diam id sit praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tellus consectetur erat nunc proin eget amet aliquam lobortis ullamcorper adipiscing feugiat magna praesent mauris sit donec laoreet tellus consectetur ipsum ut proin id amet nisi et. Euismod adipiscing lorem tincidunt mi ac tincidunt aliquet, mauris pharetra aliquam lobortis ullamcorper nonummy ipsum lobortis non elit feugiat nisi mi molestie, consectetur erat tincidunt proin volutpat nonummy. Lorem congue tincidunt aliquet mauris sed dolore proin volutpat, amet erat lobortis ullamcorper elit feugiat ac, tincidunt sem mauris dolor dolore ante volutpat nonummy tempus congue ante volutpat. Amet ipsum ut diam, id turpis sed tincidunt aliquet mauris dolor dolore proin eget amet tempus ut, diam felis sit congue mi molestie at laoreet sem eget amet. Tempus lobortis diam felis feugiat congue mi molestie sit magna laoreet aliquet at erat massa sem eget pulvinar aliquam ante euismod nonummy tempus aliquet eget pharetra aliquam, massa. Non nonummy ipsum magna et molestie turpis magna tincidunt, tellus consectetur dolor, dolore proin nibh tellus adipiscing ac laoreet ullamcorper, at dolor dolore ante non amet erat lobortis. Sem elit pulvinar nisi diam eget pulvinar nisi nibh euismod adipiscing lorem congue tempus congue mi molestie consectetur erat nunc proin eget pulvinar donec nibh euismod amet lorem. Congue mi molestie sit magna mi molestie pharetra ac laoreet aliquet pulvinar nisi, et, id turpis ac laoreet euismod turpis aliquam et id sit aliquam et euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet aliquam lobortis ullamcorper felis feugiat magna laoreet molestie, sit magna mi id pharetra erat nunc aliquet at ipsum. Aliquam lobortis ullamcorper, adipiscing feugiat tincidunt praesent mauris pharetra donec massa, non elit pulvinar aliquam nibh euismod adipiscing feugiat congue. Praesent molestie consectetur tempus at pulvinar tempus lobortis ullamcorper felis feugiat magna laoreet, tellus consectetur erat nunc sem eget pulvinar. Nisi nibh euismod amet tempus lobortis ullamcorper adipiscing lorem molestie sit erat ut proin id amet aliquam lobortis ullamcorper, at. Dolor donec ante non consectetur donec massa non nonummy, erat massa diam eget, dolore ante volutpat nonummy tempus lobortis sem. Consectetur tempus nunc sem nonummy ipsum ut nibh tellus at lorem tincidunt ullamcorper sem aliquet non euismod volutpat mauris id. Proin proin molestie pharetra erat ante non nonummy tempus ut mi, euismod turpis ac tincidunt praesent mauris dolor aliquam lobortis. Diam id pharetra ac, laoreet non elit amet, feugiat magna mi volutpat consectetur erat nunc diam eget, sit ac tincidunt. Aliquet mauris dolor congue proin molestie nonummy tincidunt praesent molestie pharetra donec ante tellus nonummy ipsum ut diam eget pulvinar. Nisi nibh euismod turpis aliquam, nibh euismod, adipiscing, ac tincidunt aliquet adipiscing feugiat tincidunt pulvinar dolore ante volutpat amet tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem lobortis praesent felis, diam felis pulvinar, magna nibh aliquet at sed dolore, praesent mauris dolor dolore, ante volutpat, nonummy erat lobortis diam elit feugiat magna. Et euismod turpis nunc et id pulvinar, nisi nibh euismod adipiscing lorem tincidunt mi molestie pharetra erat massa sem nonummy ipsum ut et tellus consectetur lorem, tincidunt. Proin, congue, praesent mauris pharetra donec ante volutpat amet tempus ut diam felis pulvinar nisi et id sit magna tincidunt praesent at sed congue praesent donec ante. Non elit feugiat ac, laoreet sem mauris dolor donec ante ullamcorper adipiscing lorem ut ullamcorper felis, sit, magna laoreet, aliquet elit dolor nunc euismod adipiscing, lorem, ut. Praesent molestie pharetra donec massa non, elit, ipsum, dolore et eget amet aliquam, et, volutpat amet nisi ante euismod adipiscing lorem tincidunt praesent magna mi molestie consectetur. Sed dolore, proin volutpat amet tempus congue praesent molestie, pharetra donec massa, sem eget sit ac tincidunt aliquet at massa aliquet at, dolor dolore ante, euismod felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur sed nunc proin id et molestie turpis erat tincidunt sem eget pulvinar, aliquam ante volutpat nonummy. Lorem magna mi molestie sit, magna laoreet non elit ipsum nisi et euismod ut diam euismod turpis ac. Tincidunt aliquet at, sed dolore proin non nonummy ipsum ut et molestie turpis erat dolore proin eget amet. Tempus, lobortis, nibh ullamcorper adipiscing lorem magna praesent, tellus consectetur erat nunc sem at ipsum nisi et volutpat. Amet aliquam nibh ullamcorper adipiscing, lorem tincidunt tempus ut diam adipiscing sit congue et molestie sit magna mi. Molestie at dolor, dolore proin, eget amet nisi ante volutpat amet ipsum nisi et euismod adipiscing lorem, congue. Aliquet molestie amet tempus, massa, sem elit ipsum nisi et euismod sit nisi et id, adipiscing sed dolore. Massa non feugiat nisi et euismod, consectetur dolor, dolore ante volutpat amet aliquam lobortis ullamcorper adipiscing, feugiat congue. Diam id pharetra magna laoreet tellus consectetur dolor nisi proin volutpat sed nunc praesent volutpat amet aliquam lobortis. Ullamcorper adipiscing ipsum ut et, id sit nisi et id sit ac mi praesent eget pulvinar donec nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper elit, sit congue laoreet tellus turpis ac laoreet aliquet. At sed, dolore praesent eget amet aliquam massa non, adipiscing feugiat. Congue et, id turpis, erat tincidunt sem eget, amet aliquam lobortis. Donec laoreet non, at sed ut et euismod adipiscing lorem congue. Praesent, molestie pharetra donec mi, volutpat nonummy ipsum ut et id. Turpis lorem tellus at ipsum dolore proin eget, pulvinar nisi et. Ullamcorper adipiscing lorem lobortis diam felis sit, congue mi tellus consectetur. Erat, massa sem nunc sem eget pulvinar dolore, nibh volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore proin eget amet tempus ut diam ipsum congue mi molestie at dolor dolore nibh euismod turpis lorem, tincidunt praesent mauris pharetra. Erat ut diam eget, sit aliquam laoreet aliquet adipiscing lorem euismod adipiscing feugiat, magna ante non elit pulvinar, nisi nibh tellus adipiscing sed. Congue proin mauris feugiat dolore ante non amet tempus ut diam id, pharetra erat nunc et id, pulvinar aliquam laoreet, ullamcorper turpis ac. Tincidunt praesent mauris dolor, dolore mi molestie consectetur erat ut diam id pulvinar aliquam laoreet tellus adipiscing sed congue proin molestie amet tempus. Lobortis diam, id sit ac laoreet id, consectetur, lorem tincidunt proin eget pulvinar dolore proin eget diam id pharetra, ac laoreet molestie consectetur. Erat nunc proin eget amet aliquam ante euismod amet tempus lobortis ullamcorper, adipiscing feugiat congue, praesent id, pharetra ac laoreet felis feugiat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nunc proin eget nonummy, tempus congue diam felis feugiat ut molestie pharetra donec massa non elit ipsum ut. Diam eget sit lorem, tincidunt praesent at pharetra donec massa ullamcorper elit feugiat congue, et id consectetur erat consectetur. Sed nisi ante volutpat amet aliquam lobortis, ullamcorper nonummy tempus, lobortis diam felis sit magna massa aliquet at erat. Nunc sem elit dolor turpis, lorem nunc, praesent at sed dolore proin volutpat amet erat massa ullamcorper elit feugiat. Magna tincidunt aliquet eget pulvinar aliquam nibh ullamcorper aliquam lobortis ullamcorper elit tempus lobortis diam elit, feugiat nisi et. Id turpis, ac laoreet tellus consectetur lorem nunc praesent eget pharetra donec massa non, adipiscing ipsum massa sem id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit ac nibh tellus adipiscing sed dolore, ante non nonummy ipsum aliquet felis feugiat congue praesent felis dolor magna, massa sem, elit ipsum ut diam. Id adipiscing, lorem tincidunt praesent molestie pharetra donec massa non elit, tempus ut diam felis sit ac tincidunt praesent mauris, dolor dolore ante non nonummy tempus. Ut et molestie, consectetur sed dolore ante eget, amet aliquam tellus adipiscing sed nunc proin volutpat amet tempus lobortis diam id turpis erat, nunc sem at. Dolor nisi ante, volutpat nonummy tempus lobortis praesent molestie consectetur erat laoreet tellus, consectetur ac laoreet aliquet consectetur sed nunc sem eget amet, aliquam nibh euismod. Nonummy tempus lobortis diam felis sit magna mi ipsum dolore et, volutpat amet aliquam nibh ullamcorper felis lorem congue praesent mauris sit donec laoreet tellus pharetra. Erat massa tellus consectetur, sed nunc proin elit tellus consectetur lorem nunc praesent eget pulvinar donec ante non adipiscing feugiat congue diam id sit magna mi. Molestie volutpat mi tellus consectetur sed ut et id adipiscing feugiat congue, mi volutpat consectetur, tempus lobortis sem elit erat nunc sem nonummy, sed ut sem. Eget pulvinar nisi, et euismod turpis ac tincidunt aliquet mauris pharetra erat massa sem eget, pulvinar ut diam eget, pulvinar, nisi nibh euismod turpis aliquam et. Euismod adipiscing feugiat congue, donec mi molestie pharetra erat massa sem eget pulvinar ut proin eget amet ac tincidunt aliquet at feugiat congue praesent molestie nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi tellus nonummy, erat ut et, eget, turpis aliquam tincidunt praesent mauris dolor turpis lorem tincidunt aliquet. Mauris pulvinar aliquam nibh non nonummy tempus congue et tellus at sed dolore et volutpat turpis tempus tincidunt, mi. Molestie nibh tellus at sed, donec ante, volutpat pharetra, aliquam lobortis ullamcorper elit ipsum ut et, euismod turpis magna. Mi, sem mauris dolor dolore ante volutpat amet pulvinar aliquam, et euismod turpis lorem lobortis praesent molestie pharetra donec. Ante non elit ipsum nisi nibh tellus at sed, dolore proin eget, erat lobortis et id consectetur erat tincidunt. Aliquet mauris, pulvinar donec nibh euismod adipiscing feugiat ut praesent, felis feugiat magna laoreet tellus consectetur erat massa aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie pharetra sed ut et id adipiscing. Lorem tincidunt, aliquet molestie pharetra, donec ante amet. Aliquam tincidunt praesent molestie consectetur sed nunc sem. Eget sit aliquam et ullamcorper at feugiat tincidunt. Praesent molestie pharetra donec lobortis sem felis lobortis. Diam felis sit donec laoreet tellus pharetra erat. Nunc et euismod adipiscing feugiat congue, mi volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit congue praesent molestie consectetur sed nunc proin id turpis lorem tincidunt aliquet felis feugiat. Dolore ante, non, elit pulvinar nisi nibh tellus adipiscing praesent tellus, at, pulvinar nisi, nibh, ullamcorper. Adipiscing feugiat donec massa non elit pulvinar magna tincidunt praesent eget amet aliquam lobortis diam id. Sit ac turpis ac lobortis euismod adipiscing lorem tincidunt diam felis feugiat magna mi tellus consectetur. Sed ut nibh euismod adipiscing, sed dolore ante non elit ipsum ut nunc turpis pulvinar feugiat. Tempus lorem, nunc nibh praesent tellus nisi tincidunt ante et aliquet volutpat adipiscing consectetur ipsum nisi. Tincidunt lobortis mi, sem, euismod mauris amet ipsum ac ut laoreet, ante ullamcorper tellus, eget turpis. Pharetra, mauris felis, pharetra ipsum ac dolore nibh praesent tellus id at nonummy consectetur turpis pharetra. Feugiat erat, dolore nibh, praesent tellus id mauris adipiscing, elit at proin diam molestie consectetur pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id turpis lorem donec massa mi, proin aliquet non id euismod mauris felis. Turpis sed dolore proin eget pharetra aliquam ut ullamcorper id sit magna laoreet molestie. Consectetur amet feugiat erat magna dolore feugiat sed magna dolore ante, volutpat nonummy, ipsum. Congue laoreet tellus consectetur erat nunc sem elit pulvinar nisi ante volutpat amet tempus. Lobortis diam dolore praesent mauris dolor donec massa non elit feugiat, nisi mi tellus. At pulvinar donec ante volutpat, nonummy tempus nibh ullamcorper felis feugiat tellus at sed. Dolore proin mauris dolor donec lobortis euismod nonummy aliquam nibh diam felis, sit ac. Massa sem at pulvinar nisi proin eget pulvinar tempus nibh sit ac laoreet aliquet. Mauris dolor donec ante non, nonummy feugiat magna, laoreet, sem elit pulvinar aliquam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed aliquam nibh tellus at dolor donec massa, ullamcorper nonummy, ipsum ut mi molestie at sed dolore ante euismod adipiscing lorem ut laoreet non elit sed. Dolore, et id turpis lorem tincidunt mi volutpat, pharetra donec mi tellus nonummy ipsum ut et tellus at dolor, donec massa magna mi, molestie consectetur sed. Nisi lobortis ullamcorper felis dolor, magna, ante tellus consectetur sed massa sem eget ipsum nisi et euismod turpis lorem tincidunt mi molestie nunc, sem mauris, dolor. Donec nibh, non nonummy tempus congue mi id, sit magna mi, id turpis erat massa proin eget amet aliquam adipiscing feugiat congue mi molestie nonummy ipsum. Nunc et euismod turpis lorem laoreet ullamcorper at feugiat dolore ante volutpat nonummy tempus ut mi euismod turpis ac massa sem at ipsum dolore proin volutpat. Turpis lorem tincidunt praesent mauris pharetra magna ante non consectetur erat massa diam eget sit lorem dolore ante non elit elit, dolor nisi ante eget pulvinar. Aliquam nibh euismod nonummy tempus ut diam, id, sit ac dolore et ullamcorper turpis dolore nibh euismod turpis tempus nibh ullamcorper, nonummy tempus ut diam id. Sit donec laoreet non elit ipsum, nunc sem eget dolor dolore et volutpat amet tempus, tellus adipiscing sed dolore proin eget amet aliquam lobortis diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit diam felis sit donec ante non elit ipsum ut, proin eget amet ac tincidunt aliquet molestie amet erat, massa. Sem felis sit ac, laoreet aliquam, tincidunt praesent mauris dolor dolore mi molestie consectetur tempus ut diam id pulvinar magna laoreet. Praesent eget nonummy lorem, congue praesent id, sit, magna volutpat amet erat massa non nonummy tempus nisi et, euismod turpis sed. Nunc ante volutpat, nonummy ipsum congue et molestie consectetur erat massa aliquet consectetur sed dolore turpis feugiat congue, mi tellus pharetra. Erat nunc sem id, turpis lorem congue praesent, mauris pharetra donec lobortis sem felis sit, magna donec massa non elit sed. Nunc, non at sed nunc aliquet at, sed nunc sem, eget amet aliquam nibh euismod adipiscing lorem tincidunt diam mauris sit. Congue, id pharetra ac massa sem elit dolor aliquam nibh ullamcorper felis feugiat magna praesent mauris pharetra sed nunc sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id consectetur erat dolore sem eget pulvinar aliquam nibh euismod felis feugiat magna laoreet tellus nonummy ipsum nunc sem id. Pulvinar ac congue praesent molestie consectetur erat nunc sem elit sit magna nibh euismod sit ac laoreet, ullamcorper at dolor. Aliquam ut diam felis sem volutpat amet aliquam lobortis ullamcorper adipiscing lorem congue mi molestie consectetur erat massa non at. Sed nisi et, eget, pulvinar aliquam nibh volutpat amet tempus tincidunt non amet donec nibh non, nonummy ipsum congue mi. Tellus consectetur sed, nunc sem elit pulvinar dolore ante euismod felis feugiat congue praesent, nunc proin id turpis, ac tincidunt. Aliquet mauris dolor, donec massa sem, felis turpis ac laoreet euismod, consectetur lorem tincidunt aliquet mauris dolor dolore ante volutpat. Nonummy volutpat nonummy tempus massa non nonummy tempus massa volutpat nonummy pulvinar, magna, laoreet aliquet, mauris amet dolore ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet volutpat amet tempus lobortis praesent, mauris sit congue ante tellus consectetur ipsum ut et ullamcorper at dolor donec proin feugiat. Magna, ante sem felis pulvinar nisi nibh, laoreet, nibh non felis, feugiat magna, et molestie consectetur dolor nunc, sem eget amet. Lorem euismod molestie consectetur erat nunc non elit sed, nisi nibh aliquet at, feugiat dolore praesent molestie consectetur tempus, ut et. Id consectetur lorem tincidunt praesent mauris pharetra, aliquam feugiat dolore mi volutpat nonummy ipsum nisi mi tellus consectetur, sed dolore proin. Eget amet aliquam lobortis ullamcorper adipiscing tempus, ut et id molestie amet tempus ut diam felis pulvinar nisi, nibh euismod turpis. Ac laoreet tellus at dolor dolore proin volutpat nonummy tempus lobortis, diam id sit magna sit magna nibh euismod adipiscing lorem. Tincidunt aliquet at sed dolore praesent, molestie pharetra donec massa, sem elit tempus ut, diam felis sit ac laoreet tellus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod adipiscing dolor congue ante, molestie, consectetur erat massa tellus consectetur donec turpis ac tincidunt aliquet at dolor erat ut diam. Molestie at, pulvinar aliquam lobortis praesent, molestie consectetur tempus nunc sem, eget sit ac congue praesent aliquet at pharetra erat lobortis diam. Euismod consectetur sed, tincidunt sem, eget amet tempus lobortis ullamcorper nonummy ipsum lobortis ullamcorper felis feugiat magna mi molestie turpis ante non. Felis, turpis ac laoreet, euismod turpis ac tincidunt, aliquet adipiscing eget pulvinar nisi nibh id turpis ac lobortis praesent molestie dolor magna. Ante sem eget sit aliquam laoreet praesent, mauris dolor donec ante, volutpat nonummy tempus nisi diam felis pulvinar magna mi euismod turpis. Sed, nunc, proin volutpat mi id pharetra ac massa sem volutpat amet nisi, nibh euismod adipiscing tempus, lobortis ullamcorper adipiscing, lorem lobortis. Non nonummy lorem magna, mi molestie sit ac, mi amet ac lobortis, aliquet, felis dolor magna massa non elit pulvinar ac laoreet. Tellus mauris pharetra donec ante volutpat tempus lobortis diam felis sit ac, laoreet tellus consectetur lorem dolore proin volutpat pharetra donec ante. Non, adipiscing ipsum congue et, id sit magna et molestie consectetur sem elit pulvinar nisi et id sit, ac tincidunt, aliquet, at. Feugiat congue mi molestie, pharetra erat lobortis sem nonummy ipsum, nunc sem elit pulvinar nisi nonummy ipsum lobortis diam felis, sit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem magna mi non aliquam lobortis diam adipiscing ipsum ut mi id sit, magna mi. Aliquet, at sed dolore proin volutpat amet tempus lobortis praesent molestie pharetra erat pharetra aliquam ante. Ullamcorper felis sit magna et molestie turpis ac laoreet aliquet at, ac tincidunt aliquet at dolor. Dolore proin eget dolor, donec ante molestie amet tempus ut et euismod consectetur sed nunc sem. Volutpat amet aliquam, ante volutpat adipiscing ipsum ut diam, felis feugiat congue mi, molestie, turpis ac. Laoreet tellus mauris dolor dolore ante volutpat nonummy tempus lobortis praesent id pharetra ac massa tellus. At ipsum nisi et volutpat amet, aliquam lobortis tincidunt, praesent mauris dolor dolore proin eget pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet mauris dolor donec massa, mauris pharetra donec massa ullamcorper elit tempus lobortis sem id sit erat tincidunt aliquet. Consectetur sed nunc, proin eget amet aliquam nibh volutpat pharetra, donec ullamcorper elit feugiat magna laoreet aliquet mauris dolor donec nibh. Euismod felis feugiat, congue mi molestie pharetra ac, mi tellus at erat nunc, et volutpat adipiscing feugiat congue praesent felis sit. Magna nunc proin elit, ipsum, ut et eget turpis, aliquam nibh euismod adipiscing lorem congue praesent mauris id turpis ac laoreet. Tellus mauris dolor congue praesent molestie dolor dolore mi volutpat amet ipsum nisi et euismod at dolor dolore, proin volutpat pulvinar. Donec ante non elit ipsum, congue mi tellus, turpis erat nunc sem mauris dolor, nunc sem volutpat pulvinar donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie amet tempus nisi et felis turpis magna mi id turpis lorem, nunc proin non, nonummy feugiat magna mi tellus consectetur erat turpis lorem, congue praesent volutpat consectetur erat. Ante non elit sed nunc sem elit pulvinar nisi nibh euismod adipiscing feugiat dolore ante volutpat amet mauris pharetra donec ante non felis sit nisi nibh tellus at sed. Congue ante volutpat nonummy feugiat congue et id turpis ac, tincidunt aliquet at dolor ut praesent id pharetra erat massa proin elit, ipsum dolore, proin eget pulvinar aliquam lobortis. Ullamcorper molestie pharetra erat nunc sem id, turpis proin volutpat amet erat lobortis diam molestie, consectetur erat, tincidunt aliquet at dolor nisi ante volutpat adipiscing tempus lobortis ullamcorper, felis. Sit ac massa, non at sed, erat nunc ante volutpat turpis lorem tincidunt diam felis feugiat magna mi tellus consectetur erat massa non at ipsum dolore sem elit pulvinar. Aliquam lobortis ullamcorper adipiscing felis, sit erat ante tellus consectetur donec laoreet sem eget ipsum, nisi nibh ullamcorper at dolor, donec massa sem elit ipsum ut diam id sit. Ac tincidunt praesent mauris dolor dolore proin molestie, amet ipsum ut et id sit magna mi tellus mauris dolor dolore proin volutpat massa non consectetur, erat nunc proin elit. Pulvinar nisi et volutpat amet tempus nibh ullamcorper nonummy tempus ut diam felis sit magna, mi non eget amet, aliquam congue mi volutpat nonummy tempus ut diam felis sit. Ac, tincidunt tellus adipiscing pharetra donec massa diam felis, sit magna mi molestie turpis erat tincidunt aliquet, at consectetur tempus ut sem elit ipsum ut, proin euismod, turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet felis dolor donec massa sem elit pulvinar magna laoreet praesent mauris, pharetra donec massa. Volutpat nonummy tempus ut ullamcorper elit volutpat amet tempus lobortis diam mauris sit, donec laoreet tellus. Consectetur sed massa non consectetur, sed, dolore, proin volutpat, amet tempus lobortis ullamcorper, felis feugiat, ut. Praesent molestie consectetur donec laoreet tellus at sed, massa sem elit pulvinar nisi, et volutpat, amet. Tempus lobortis praesent mauris sit donec mi non elit pulvinar non elit feugiat congue diam id. Sit ac laoreet tellus at lorem, nunc aliquet mauris dolor dolore nibh non nonummy, tempus lobortis. Non, dolor, erat lobortis, diam id, turpis sed dolore proin volutpat nonummy feugiat magna mi tellus. At ipsum nisi et eget amet aliquam nibh ullamcorper felis elit consectetur laoreet, proin ullamcorper mauris. Nonummy pulvinar lorem dolore massa, diam tellus eget adipiscing amet sit amet dolor ipsum magna laoreet. Euismod at dolor dolore proin volutpat amet pharetra erat nunc nibh ullamcorper felis dolor, donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, at dolor dolore, proin eget amet, tempus lobortis ullamcorper. Nonummy tempus nisi et, molestie, consectetur erat tincidunt sem mauris. Pulvinar eget nonummy tempus ut diam id turpis, erat massa. Aliquet elit dolor dolore ante eget nonummy, lorem tincidunt praesent. Molestie, consectetur sed nunc proin eget aliquet ullamcorper volutpat felis. Consectetur amet feugiat ipsum ac donec congue massa et aliquet. Volutpat id consectetur ipsum nisi tincidunt, mi diam euismod elit. Turpis consectetur nunc nibh nibh, mi et aliquet non molestie. Eget volutpat elit turpis sed aliquam magna nunc laoreet proin. Euismod molestie eget adipiscing amet ipsum nisi donec magna dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tellus euismod volutpat molestie eget adipiscing amet consectetur, pulvinar feugiat tempus ipsum ac. Donec consectetur pulvinar lorem magna nunc, nibh praesent non id elit amet lorem erat. Magna, dolore tincidunt mi, diam euismod at molestie eget id at turpis dolor feugiat. Sed tempus congue massa mi proin ullamcorper non tellus volutpat felis nonummy adipiscing pharetra. Feugiat sed feugiat ipsum sed consectetur adipiscing pharetra sit sed tempus donec, nisi tincidunt. Lobortis laoreet proin, aliquet diam proin aliquet, volutpat elit sit sed, nisi congue massa. Nibh congue lobortis mi, ante mi, sem aliquet euismod molestie eget mauris id, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc donec pharetra, pharetra erat nunc proin id turpis ac nibh euismod adipiscing consectetur sit, dolor feugiat tempus magna tincidunt. Lobortis aliquam congue massa mi proin aliquet euismod molestie euismod ullamcorper molestie elit adipiscing dolor dolore ante volutpat amet tempus. Lobortis, diam felis sit magna et tellus at sed nunc aliquet, eget nunc proin non molestie at amet feugiat donec. Ut massa et, ullamcorper volutpat elit turpis sed nisi donec ut tincidunt aliquet at sed dolore praesent mauris elit turpis. Ac tincidunt, tellus, at dolor dolore proin mauris dolor dolore nibh ullamcorper nonummy ipsum ut praesent id pharetra, ac laoreet. Tellus at massa non nonummy, ipsum nisi diam id turpis magna nibh tellus, adipiscing lorem tincidunt aliquet mauris felis consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent molestie pharetra erat nunc non. Elit pulvinar nisi nibh ullamcorper adipiscing dolor. Erat lobortis diam id turpis erat dolore. Ante lobortis diam id sit donec laoreet. Tellus consectetur sed nunc sem, volutpat amet. Ac lobortis praesent mauris dolor magna mi. Tellus consectetur donec, ante ut diam id. Pharetra sed dolore et volutpat amet ac. Tincidunt praesent molestie dolor, donec massa non. Elit pulvinar magna laoreet aliquet mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, nibh euismod adipiscing feugiat, magna mi mauris sit donec nunc sem, eget. Sit aliquam nibh ullamcorper at feugiat nisi et id turpis ac laoreet aliquet. At, dolor donec ante non adipiscing feugiat, congue, et id feugiat magna laoreet. Tellus consectetur sed dolore, tempus nisi tincidunt ante praesent sem euismod, mauris molestie. Id, mauris dolor dolore, mi molestie dolor donec mi molestie consectetur erat massa. Diam eget pulvinar nisi congue ante non nonummy tempus lobortis diam felis, feugiat. Nisi laoreet aliquet mauris sed dolore nibh diam felis sit donec laoreet tellus. At sed, mauris pharetra, erat lobortis sem id turpis, lorem nunc proin volutpat. Nonummy lorem ut, praesent id sit ac laoreet sem elit ipsum dolore sem. Eget amet sed dolore ante, euismod nonummy aliquam nibh ullamcorper adipiscing feugiat donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet feugiat, dolore ante volutpat lobortis ullamcorper felis feugiat donec laoreet tellus consectetur sed ut et euismod turpis ac tincidunt. Aliquet at dolor dolore mi, volutpat consectetur tempus ut pulvinar aliquam lobortis non nonummy ipsum ut diam felis sit erat. Nunc sem eget amet aliquam nibh ullamcorper felis dolor donec massa sem eget pulvinar nisi et id amet aliquam lobortis. Euismod adipiscing lorem congue ante non felis pulvinar nisi nibh id sit aliquam laoreet euismod turpis ac laoreet aliquet molestie. Sem eget turpis tempus tincidunt praesent molestie consectetur tempus ut diam id turpis ac tincidunt aliquet mauris feugiat aliquam massa. Ullamcorper elit tempus nisi, tempus ut, diam id pulvinar magna, laoreet aliquet mauris dolor, dolore, ante non, adipiscing feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, mauris, dolor, donec nibh ullamcorper. Felis sit magna laoreet sem eget. Turpis lorem congue mi volutpat pharetra. Erat, massa sem felis sit massa. Diam id turpis ac, tincidunt aliquet. At dolor congue praesent volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec massa sem felis sit praesent molestie consectetur, erat ut, et euismod. Amet aliquam, tincidunt praesent mauris pharetra, tempus massa sem elit pulvinar magna nibh. Tellus adipiscing, dolor dolore proin molestie amet ipsum ut et molestie sit magna. Tincidunt, sem eget pulvinar, dolore proin volutpat amet tempus lobortis non, nonummy tempus. Ut et molestie pharetra erat tincidunt sem mauris dolor nunc proin eget pulvinar. Tempus ut praesent id, pharetra, magna mi id pharetra ac laoreet tellus at. Sed dolore proin volutpat amet donec ante non adipiscing lorem ut praesent, id. Pharetra erat nunc aliquet elit dolor dolore sem eget amet aliquam nibh, euismod. Adipiscing lorem erat nunc sem at ipsum dolore proin eget amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat amet tempus tellus consectetur sed nunc proin id amet aliquam nibh euismod turpis. Ac lobortis aliquet felis feugiat magna mi molestie pharetra donec ante tellus consectetur feugiat congue. Mi tellus consectetur erat massa aliquet at, sed aliquam lobortis, euismod adipiscing feugiat magna, ante. Non eget, ipsum nunc non elit, pulvinar nisi aliquet, molestie pharetra donec massa non elit. Pulvinar magna nibh, euismod turpis ac tincidunt ullamcorper adipiscing ac laoreet praesent mauris dolor dolore. Ante erat tincidunt sem eget pulvinar donec nibh non amet aliquam nibh non nonummy tempus. Massa ullamcorper elit ipsum nisi mi, id turpis nisi, et id turpis ac laoreet aliquet. At sed nunc sem elit adipiscing id id mauris amet aliquam ut et id sit. Magna dolore proin eget pulvinar dolore ante volutpat nonummy aliquam pulvinar aliquam laoreet aliquet at. Dolor dolore ante non nonummy, tempus nisi, et euismod turpis ac laoreet tellus mauris pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac massa sem elit, amet tempus congue praesent molestie consectetur tempus nunc sem, eget, pulvinar aliquam nibh euismod. Adipiscing lorem tincidunt aliquet adipiscing feugiat, tincidunt mi, molestie dolor magna mi molestie pharetra donec praesent felis sit magna. Mi id sit magna mi molestie diam id turpis ac laoreet aliquet at sed nunc ante volutpat amet tempus. Ut mi tellus at ipsum aliquam nibh ullamcorper at dolor, congue praesent mauris dolore ante volutpat amet tempus lobortis. Diam id pharetra congue mi molestie consectetur ac tincidunt sem eget pulvinar dolore ante volutpat amet aliquam non adipiscing. Ipsum congue mi molestie at, dolor dolore et volutpat turpis tempus lobortis diam mauris sit donec laoreet sem eget. Ipsum nisi et, euismod turpis lorem aliquet, elit dolor dolore sem eget amet aliquam lobortis euismod nonummy tempus lobortis. Ullamcorper id sit magna laoreet molestie pharetra ac massa, sem elit dolor aliquam lobortis nibh diam felis lorem ut. Praesent id sit congue mi tellus pharetra, pulvinar nisi nibh euismod turpis tempus nibh, ullamcorper, volutpat nonummy lorem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nunc et id amet aliquam nibh ullamcorper, adipiscing dolore ante volutpat amet aliquam nibh ullamcorper, adipiscing feugiat congue laoreet, sem id amet ac tincidunt praesent mauris feugiat. Congue mi molestie pharetra magna mi mi mauris, sit magna mi molestie consectetur, erat ut et, id pulvinar nisi et volutpat amet tempus congue praesent mauris, dolor magna. Massa sem elit, adipiscing lorem ut praesent molestie, consectetur sed dolore proin eget ipsum dolore proin volutpat adipiscing feugiat congue praesent molestie pharetra donec ante sit magna mi. Tellus consectetur, sed nunc proin elit pulvinar nisi nibh volutpat amet, aliquam lobortis, ullamcorper felis sit magna laoreet tellus at sed massa non at ac, tincidunt sem eget. Amet tempus lobortis euismod nonummy lorem congue praesent molestie, pharetra, erat nunc proin id amet aliquam lobortis praesent at dolor erat ante non mauris sit donec ante tellus. Consectetur ipsum, nisi nibh ullamcorper adipiscing feugiat congue praesent mauris dolor donec ante volutpat elit id turpis, ac tincidunt aliquet felis feugiat dolore ante volutpat consectetur, erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ac massa proin eget amet, ac congue praesent molestie dolor magna tellus, eget pulvinar aliquam laoreet ullamcorper at feugiat, dolore proin volutpat amet donec ante. Non elit tempus ut diam felis pulvinar magna nibh euismod turpis, sed dolor donec ante non, nonummy tempus lobortis et euismod turpis erat, tincidunt aliquet mauris. Dolor donec ante volutpat pharetra aliquam nibh ullamcorper felis feugiat, congue nisi mi molestie, consectetur erat nunc sem mauris dolor dolore praesent mauris dolor donec nibh. Non adipiscing ipsum ut diam felis ipsum ut ante non, nonummy ipsum magna mi euismod turpis nisi nibh tellus adipiscing dolor dolore ante volutpat amet aliquam. Ut diam felis sit nisi, diam, id sit, ac sed nunc, proin eget nonummy lorem congue praesent molestie consectetur, sed, dolore, proin eget pulvinar aliquam tincidunt. Praesent felis dolor donec ante tellus nonummy erat ut et laoreet ullamcorper adipiscing lorem congue aliquet at dolor dolore mi volutpat consectetur tempus ut sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh euismod, at, dolor donec ante molestie pharetra, erat lobortis sem felis sit ac tincidunt aliquet at lorem nunc praesent volutpat proin non nonummy tempus ut. Et tellus turpis erat tincidunt aliquet mauris dolor nunc praesent eget, pulvinar donec ante non, adipiscing ipsum lobortis ullamcorper elit sit ac tincidunt, proin euismod adipiscing lorem. Tincidunt praesent molestie consectetur ipsum ut proin id pulvinar nisi nibh ullamcorper adipiscing dolor, erat ante non felis pulvinar nisi praesent molestie pharetra donec laoreet sem, elit. Ipsum nisi nibh, ullamcorper, adipiscing feugiat, dolore mi, molestie amet erat massa non nonummy ipsum nunc magna, nibh euismod adipiscing lorem, tincidunt aliquet at feugiat dolore proin. Non elit tempus lobortis non elit, pulvinar, nisi nibh tellus at sed tincidunt praesent mauris dolor ut, et id turpis ac congue praesent molestie pharetra magna mi. Molestie, consectetur erat massa, sem elit ipsum ut et id sit aliquam tincidunt aliquet at feugiat dolore proin eget dolor nisi nibh ullamcorper adipiscing feugiat magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam felis feugiat congue et id sit erat tincidunt aliquet. At dolor dolore proin volutpat amet aliquam lobortis ullamcorper feugiat magna. Tincidunt proin eget turpis, lorem tincidunt diam felis feugiat donec massa. Non elit sed ut proin eget pulvinar aliquam, et volutpat amet. Erat ut et eget pulvinar magna nibh euismod turpis ac congue. Proin volutpat amet erat massa ullamcorper elit feugiat magna, laoreet, aliquet. Mauris dolor dolore proin, volutpat adipiscing, ipsum, ut mi molestie consectetur. Ac nunc aliquet at dolor lorem donec massa mi ante ullamcorper. Tellus elit turpis dolor ipsum, magna laoreet et praesent, non molestie. Eget, mauris dolor pulvinar ac feugiat, donec nisi nunc nibh praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolor erat, ut tincidunt, proin diam molestie elit. Turpis nonummy sit ipsum ac, donec congue laoreet proin. Ullamcorper molestie, id volutpat felis consectetur volutpat molestie ullamcorper. Non sem aliquet ullamcorper aliquet, aliquet sem sem, mi. Mi ante nunc laoreet praesent ullamcorper molestie eget adipiscing. Pharetra feugiat ac nunc aliquet sem tellus volutpat tellus. Id at amet feugiat donec ut nibh praesent ullamcorper. Tellus elit amet feugiat erat nisi tincidunt, nibh mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolor feugiat ipsum lorem donec ut laoreet sem euismod felis nonummy sit, sed aliquam, erat aliquam tincidunt ante non. Mi sem volutpat at nonummy turpis dolor lorem magna nunc nibh aliquet euismod tellus euismod eget nonummy ipsum ut ullamcorper. Felis pharetra ac dolore nibh ullamcorper adipiscing feugiat magna laoreet tellus consectetur erat, nunc non elit pulvinar aliquam lobortis euismod. Amet lorem tincidunt praesent non tellus volutpat, mauris eget at ante, ullamcorper elit feugiat magna massa proin euismod adipiscing, feugiat. Congue massa sem eget pulvinar magna nibh euismod adipiscing sed dolore proin molestie elit ipsum, ut et id consectetur, lorem. Nunc proin volutpat amet tempus ut diam molestie consectetur ac massa non, elit ipsum nisi lobortis ullamcorper, felis, dolor erat. Turpis ac laoreet aliquet, at dolor aliquam nibh ullamcorper, nonummy ipsum, ut, diam felis sit magna laoreet tellus at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit donec massa non at sed dolore et id, adipiscing, lorem tincidunt, praesent volutpat. Nonummy tempus nunc non nonummy erat nunc id consectetur erat massa, non consectetur ac. Massa sem elit dolor dolore proin, volutpat turpis aliquam, nibh, euismod nonummy, tempus congue. Laoreet, sem aliquet at feugiat congue mi molestie amet erat lobortis sem elit pulvinar. Magna tincidunt, tellus at sed, nunc praesent eget pharetra aliquam massa non elit ipsum. Congue eget dolor nisi ante volutpat amet tempus lobortis ullamcorper mauris sit magna laoreet. Tellus eget at adipiscing, sit erat, ac dolore lobortis mi, tellus adipiscing dolor, dolore. Nibh diam molestie pharetra ac, nunc proin volutpat amet ac lobortis ullamcorper felis, pharetra. Erat massa sem elit pulvinar magna laoreet aliquet molestie consectetur erat nunc sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet aliquet eget amet, aliquam nibh non adipiscing, tincidunt proin volutpat, nonummy ipsum ut et id turpis. Erat nunc sem volutpat adipiscing feugiat congue praesent tellus consectetur sed massa proin, euismod turpis ac aliquet elit. Dolor nisi ante euismod felis feugiat congue mi tellus, nonummy sed massa sem eget pulvinar nisi nibh euismod. Adipiscing feugiat congue praesent mauris nonummy lorem magna ante tellus, nonummy ipsum ut, proin eget amet aliquam, laoreet. Ullamcorper mauris dolor, donec lobortis sem felis sit ac, laoreet pharetra donec laoreet tellus pharetra erat laoreet non. Elit, turpis ac tincidunt aliquet felis dolor dolore mi molestie consectetur tempus nisi, et euismod turpis ac laoreet. Aliquet, mauris pharetra erat lobortis ullamcorper elit ipsum nisi mi euismod sit ac tincidunt sem at sed dolore. Proin volutpat amet aliquam lobortis diam felis pharetra ac laoreet felis feugiat magna, ante non elit ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet aliquet mauris dolor ac nunc sem, elit, pulvinar nisi ante eget, amet aliquam nibh non adipiscing lorem, congue. Mi tellus at ipsum, dolore et, volutpat amet aliquam, tincidunt laoreet aliquet at sed nunc, proin volutpat nonummy, aliquam lobortis. Diam id pharetra erat massa proin eget amet aliquam tincidunt ullamcorper adipiscing lorem, tincidunt praesent, tellus pharetra donec laoreet, non. Elit ipsum nisi lobortis ullamcorper adipiscing lorem tincidunt praesent, mauris dolor, donec massa non nonummy, pulvinar aliquam nibh tellus dolore. Proin volutpat adipiscing lorem lobortis aliquet mauris dolor magna ante non elit ipsum, ut diam eget pulvinar nisi, et euismod. Turpis ac laoreet ullamcorper at tempus congue mi molestie pharetra erat nunc, sem eget pulvinar aliquam nibh ullamcorper adipiscing sed. Tincidunt praesent molestie amet erat massa sem nonummy tempus, lobortis sem felis sed, nisi nibh euismod turpis lorem congue praesent. Molestie amet tempus, ut diam felis sit ac tincidunt sem mauris adipiscing volutpat nonummy, ipsum ut ullamcorper felis ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nisi nibh, euismod felis sit felis feugiat magna, laoreet tellus consectetur ac, laoreet aliquet consectetur ac, nunc aliquet. Elit turpis lorem congue mi molestie, pharetra donec massa non nonummy sit magna laoreet tellus at dolor dolore ante. Euismod felis feugiat congue praesent molestie pharetra donec massa non consectetur erat, nunc proin eget amet, id turpis ac. Tincidunt sem at sed nunc proin, non nonummy tempus, ante non adipiscing tempus ut et molestie consectetur sed nunc. Sem eget pulvinar aliquam eget turpis aliquam laoreet aliquet mauris dolor congue proin molestie pharetra tempus lobortis ullamcorper nonummy. Feugiat magna mi tellus consectetur sed nunc aliquet consectetur nunc proin eget pulvinar aliquam nibh, id turpis lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nunc sem felis pulvinar magna ac laoreet ullamcorper mauris pharetra donec, ante volutpat amet ipsum lobortis. Diam id turpis erat tincidunt aliquet at dolor dolore ante volutpat amet lorem ut mauris pharetra donec. Ante non nonummy ipsum nisi et euismod consectetur ac, tincidunt aliquet at dolor, dolore nibh non adipiscing. Feugiat congue diam felis ipsum erat nunc proin volutpat amet tempus tincidunt diam, mauris pharetra, sed nunc. Proin id turpis lorem dolore proin molestie amet tempus ut et id turpis id consectetur lorem, nunc. Ante volutpat amet tempus ut ullamcorper adipiscing tempus ut et id sit erat nunc proin eget pulvinar. Dolore proin volutpat elit, pulvinar aliquam tincidunt praesent molestie pharetra dolore ante non amet donec ante volutpat. Consectetur tempus ut diam felis, pulvinar nisi laoreet aliquet at, pharetra dolore ante feugiat dolore mi, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra, erat nunc sem eget sit aliquam et id ut. Et, tellus elit, amet aliquam nibh euismod turpis lorem congue praesent. Molestie pharetra, erat massa non, nonummy sed ut sem elit pulvinar. Aliquam lobortis erat massa sem felis sit ac laoreet aliquet eget. Dolor, donec ante volutpat amet aliquam lobortis ullamcorper felis sit magna. Mi tellus, elit dolor dolore tellus consectetur lorem tincidunt proin eget. Nonummy, tempus ut praesent adipiscing feugiat congue et molestie turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sed donec nibh diam mauris consectetur sed nunc sem. Eget amet, ac, lobortis aliquet at dolor donec ante non. Elit tempus ut, diam felis congue praesent id pharetra erat. Massa proin eget ipsum nisi et euismod turpis tempus, lobortis. Ullamcorper felis dolor donec ante tellus consectetur, sed ut proin. Tempus lobortis ullamcorper elit ipsum ut sem, elit feugiat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem eget pulvinar nisi laoreet tellus praesent molestie dolor dolore, proin mauris dolor donec massa sem felis pulvinar magna laoreet tellus turpis lorem tincidunt, aliquet at sed, dolore. Massa ullamcorper adipiscing, feugiat ante sem elit pulvinar ut mi, id turpis ac tincidunt praesent, volutpat pharetra dolore ante volutpat nonummy ipsum, congue mi molestie turpis erat tincidunt, sem. Euismod adipiscing lorem ut diam adipiscing feugiat ut diam adipiscing feugiat congue diam felis feugiat congue et id turpis erat tincidunt aliquet at consectetur tempus nunc diam eget ipsum. Nisi et eget amet aliquam tincidunt aliquet mauris, dolor dolore ante volutpat consectetur tempus massa sem felis pulvinar magna nibh non at sed dolore et volutpat turpis tempus tincidunt. Aliquet mauris pharetra erat nunc non elit pulvinar, aliquam, nibh euismod turpis lorem tincidunt aliquet mauris pharetra et feugiat donec ante non nonummy ipsum aliquam, nibh aliquet at dolor. Aliquam sed nunc, sem eget amet aliquam, nibh ullamcorper, non, elit ipsum ut diam eget sit ac congue proin volutpat amet erat massa ullamcorper felis feugiat ut diam felis. Sit sed, dolore ante eget pulvinar aliquam at sed dolore proin eget, pulvinar, nisi nibh euismod turpis lorem lobortis diam, adipiscing feugiat, congue mi molestie sit donec laoreet sem. Elit ipsum ut et id ac nunc, proin eget amet aliquam, nibh diam felis feugiat, congue mi tellus nonummy ipsum ut nibh ullamcorper at dolor donec massa non elit. Feugiat magna mi sit, magna mi molestie consectetur erat massa non at ipsum nisi nibh euismod at feugiat dolore praesent mauris, consectetur tempus nunc diam, felis pulvinar nisi nibh. Tellus euismod turpis, ac tincidunt, aliquet molestie amet tempus lobortis, diam id turpis erat nunc aliquet mauris dolor dolore proin mauris pharetra donec ante volutpat amet aliquam lobortis lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis mi euismod consectetur, sed dolor aliquam massa non. Elit sit magna mi tellus at dolor dolore ante. Volutpat nonummy lorem donec ante non nonummy ipsum nunc. Sem euismod adipiscing turpis erat nunc, proin euismod turpis. Tempus tincidunt diam mauris consectetur erat massa sem nonummy. Ipsum nisi nibh, euismod adipiscing feugiat dolore ante volutpat. Nonummy, pulvinar aliquam tincidunt aliquet mauris pharetra donec massa. Ullamcorper felis ipsum nisi et euismod consectetur lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin id amet ac tincidunt aliquet at, dolor donec ante non elit ipsum ut et euismod, turpis ac, tincidunt aliquet at dolor donec. Nibh diam lorem tincidunt aliquet mauris pharetra erat lobortis sem nonummy tempus nisi nibh euismod, turpis sed nunc proin mauris pharetra aliquam massa. Ullamcorper felis sit erat massa sem elit pulvinar magna mi tellus consectetur ac tincidunt tellus adipiscing dolor donec ante volutpat nonummy tempus massa. Ullamcorper felis feugiat nisi et euismod turpis tincidunt diam, mauris, consectetur erat nunc proin id, turpis lorem tincidunt praesent molestie amet erat massa. Volutpat nonummy ipsum ut et id turpis, donec laoreet tellus, at ipsum nisi proin id, adipiscing lorem lobortis ullamcorper felis feugiat congue, praesent. Mauris consectetur erat ut diam eget ipsum nisi nibh id amet lorem tincidunt aliquet felis feugiat magna, ante volutpat nonummy tempus nisi et. Euismod adipiscing ac laoreet tellus at dolor donec massa non elit ipsum nisi et consectetur erat ut diam eget pulvinar lorem laoreet tellus. Mauris amet aliquam ut et, molestie turpis ac massa aliquet, elit massa, non nonummy tempus nunc sem eget ipsum nunc sem at ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie amet euismod turpis ac laoreet sem at. Sed nunc aliquet mauris, pharetra donec, lobortis ullamcorper. Felis feugiat congue laoreet, aliquet consectetur erat tincidunt. Sem eget ullamcorper adipiscing feugiat donec ante sem. Eget pulvinar aliquam nibh aliquet mauris dolor donec. Massa, ullamcorper elit ipsum magna mi, euismod consectetur. Ac tincidunt sem id turpis, ac tincidunt ullamcorper. At sed congue praesent molestie nonummy ipsum ut. Diam id turpis ac laoreet aliquet, at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pulvinar nisi et euismod adipiscing dolor dolore ante volutpat nonummy ipsum nisi laoreet tellus consectetur lorem, tincidunt praesent eget ante non nonummy tempus lobortis ullamcorper elit tempus. Ut et felis ipsum nisi et euismod consectetur lorem laoreet proin eget pharetra donec massa non nonummy euismod adipiscing feugiat magna ante non, nonummy ipsum nisi et id. Turpis aliquam nibh, id sit aliquam, nibh ullamcorper, turpis feugiat dolore mi volutpat nonummy tempus ut lorem tincidunt, aliquet mauris pulvinar tempus nibh non nonummy ipsum ut mi. Tellus, at ipsum nisi et euismod adipiscing lorem tincidunt, diam mauris donec ante volutpat nonummy tempus massa volutpat amet tempus lobortis diam felis sit magna mi aliquet at. Sed, dolore ante, eget amet aliquam nibh non, adipiscing ipsum ut diam molestie turpis erat tincidunt sem elit sed dolore proin eget amet aliquam nibh non amet tempus. Ut diam id pharetra, erat nunc proin eget amet, amet, tempus tincidunt diam felis feugiat, congue, praesent mauris, sit erat massa, sem elit ipsum dolore et id, adipiscing. Feugiat lobortis ullamcorper adipiscing, lorem congue praesent mauris pharetra magna mi tellus pharetra erat laoreet sem elit pulvinar nisi et euismod adipiscing feugiat, dolore ante volutpat consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ut, diam felis sit ac, laoreet sem elit ipsum. Dolore dolor donec ante euismod nonummy lorem, ut diam id. Sit, magna, mi molestie at sed dolore et, volutpat amet. Tempus lobortis diam, adipiscing feugiat congue nisi et euismod turpis. Ac tincidunt proin molestie pharetra donec ante volutpat, nonummy ipsum. Ut mi euismod turpis ac laoreet aliquet turpis lorem, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc et, ullamcorper at pharetra donec lobortis et euismod. Turpis sed dolore praesent eget pulvinar tempus lobortis non. Et tellus at sed massa sem elit dolor nunc. Sem eget, dolor nisi ante volutpat nonummy tempus congue. Mi molestie consectetur erat ut proin tempus lobortis sem. Elit ipsum nisi mi euismod, at dolor dolore praesent. Eget dolor donec, ante volutpat amet tempus lobortis ullamcorper. Nonummy ipsum ut, ullamcorper id consectetur erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur sed nunc sem elit ipsum nisi. Proin eget, amet ac aliquet eget pulvinar aliquam. Nibh euismod felis feugiat ut praesent id, pharetra. Erat, laoreet tellus, consectetur erat nunc sem eget. Amet tempus congue praesent molestie pharetra amet tempus. Ut, praesent molestie consectetur, erat, ut proin id. Turpis, lorem congue mi volutpat pharetra, erat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget turpis lorem congue proin volutpat nonummy tempus congue et, id. Sit ac mi tellus, turpis lorem nunc sem, mauris sed, dolore pharetra. Donec massa non elit tempus, ut et id feugiat nisi, et, tellus. Turpis, lorem, tincidunt tellus at, sed donec nibh ullamcorper adipiscing ipsum tellus. Turpis lorem tincidunt, tellus at sed dolore proin, eget dolor dolore proin. Volutpat amet tempus, lobortis ullamcorper felis feugiat, ut diam felis pulvinar magna. Nibh aliquam lobortis diam felis sit ac mi molestie pharetra erat massa. Aliquet at dolor dolore ante volutpat amet aliquam lobortis, ullamcorper mauris feugiat. Magna nunc sem, elit pulvinar aliquam nibh aliquet mauris pharetra erat lobortis. Diam id turpis ac laoreet euismod turpis ac laoreet, aliquet mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ac lobortis aliquet mauris pharetra erat ante. Non nonummy tempus ut et, euismod turpis, lorem. Congue praesent nunc sem eget amet aliquam nibh. Volutpat turpis tempus lobortis, diam mauris sit donec. Laoreet tellus nonummy pulvinar nisi nibh euismod turpis. Lorem ac nunc sem eget, pulvinar dolore proin. Eget pulvinar donec ante non nonummy, tempus nibh. Ullamcorper felis feugiat congue mi molestie turpis ac. Laoreet aliquet at tempus tincidunt, diam felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat massa sem eget amet ac tincidunt praesent mauris dolor magna dolore proin eget pharetra donec proin non adipiscing ipsum, congue et id sit. Nisi mi tellus at sed tincidunt sem mauris, sed dolore proin volutpat, nonummy sem elit pulvinar nisi sem eget pulvinar dolore proin eget amet aliquam. Nibh diam adipiscing feugiat congue mi molestie pharetra erat massa sem at, ipsum amet aliquam nibh ullamcorper turpis tempus lobortis diam felis lorem tincidunt diam. Mauris sit donec laoreet non, at sed massa tellus at erat adipiscing lorem tincidunt praesent mauris pharetra donec nunc sem elit pulvinar magna nibh euismod. Adipiscing dolor dolore proin at dolor donec ante, volutpat nonummy tempus lobortis non feugiat, magna ante non, nonummy ipsum nunc sem elit ipsum, nisi nibh. Id turpis ac lobortis euismod turpis, lorem congue praesent molestie consectetur, erat massa non, nonummy dolor donec proin volutpat nonummy erat, massa sem felis feugiat. Nisi et tellus turpis ac tincidunt, aliquet at sed dolore proin eget ut diam id turpis ac massa, aliquet, elit sed nunc sem eget pulvinar. Donec nibh volutpat amet dolore praesent eget dolor dolore ante feugiat nisi et felis sit ac tincidunt sem consectetur lorem dolore nibh, volutpat amet tempus. Lobortis diam id, sit, erat nunc sem elit dolor nunc proin eget eget sit ac laoreet aliquet at dolor congue praesent mauris amet, erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat adipiscing sit donec ante non nonummy, sed nunc et id amet aliquam et id turpis aliquam, lobortis aliquet mauris dolor magna ante. Volutpat non, consectetur sed nunc non elit pulvinar aliquam nibh, euismod adipiscing lorem congue, praesent, molestie elit turpis dolor, aliquam donec ut tincidunt. Ante mi id mauris elit consectetur amet, dolor ipsum ac dolore lobortis praesent, tellus eget consectetur pulvinar lorem sed ac dolore congue nunc. Et praesent et sem volutpat mauris sed lorem donec ut nibh, praesent praesent non aliquet ullamcorper molestie volutpat mauris nonummy consectetur erat, nunc. Lobortis ut nunc, nibh praesent tellus elit dolore mi non nonummy feugiat nisi et euismod consectetur ac laoreet euismod consectetur sed nunc proin. Eget amet tempus, lobortis ullamcorper felis pharetra, ac laoreet molestie et felis pulvinar magna laoreet aliquet eget pulvinar tempus nibh non adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin nibh diam mauris pharetra erat nunc non, elit pulvinar nisi nibh ullamcorper mauris pharetra dolore praesent mauris pharetra. Erat lobortis sem felis pulvinar nisi proin non felis feugiat magna laoreet tellus at erat nunc sem elit dolor adipiscing. Feugiat, donec, mi non nonummy sed nunc sem elit pulvinar, aliquam et euismod amet, tempus lobortis ullamcorper mauris dolor magna. Praesent molestie consectetur erat massa, non nonummy ipsum nisi et id amet ac congue mi molestie pharetra donec ipsum ut. Nibh tellus consectetur lorem dolore proin eget amet donec proin volutpat nonummy tempus, massa ullamcorper, id sit erat tincidunt aliquet. At lorem laoreet aliquet eget dolor dolore proin, molestie pharetra donec massa ullamcorper elit ipsum ut diam, felis pulvinar nisi. Et id sit nisi nibh, euismod turpis ac nonummy ipsum ut et, molestie consectetur erat, massa aliquet, at sed dolore. Ante volutpat, amet aliquam ante volutpat, nonummy lorem congue praesent id sit magna laoreet aliquet ipsum magna, tincidunt lobortis diam. Felis dolor magna ante non elit sit, aliquam laoreet aliquet at lorem laoreet aliquet mauris eget, pulvinar nisi ante euismod. Turpis tempus lobortis praesent mauris sit donec, praesent, id sit magna laoreet molestie pharetra ac massa aliquet at pulvinar aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et, tellus, at dolor dolore proin ullamcorper elit, feugiat congue mi nibh volutpat, nonummy. Lorem, tincidunt diam felis feugiat donec laoreet non elit ipsum nisi et id amet aliquam. Lobortis ullamcorper adipiscing feugiat magna mi volutpat, tellus consectetur sed nunc proin volutpat amet, ac. Tincidunt aliquet mauris dolor, magna ante molestie sit donec ante molestie pharetra erat nunc proin. Elit amet, laoreet aliquet, eget amet tempus lobortis diam molestie, pharetra erat nunc sem elit. Pulvinar ac laoreet, praesent molestie amet aliquam lobortis non nonummy proin euismod turpis lorem tincidunt. Praesent tellus nonummy sed ut et id turpis aliquam laoreet ullamcorper at dolor donec ante. Sem elit tempus ut et id nibh ullamcorper adipiscing tempus ut diam, felis sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi tellus at sed dolore ante turpis sed. Nunc proin mauris pharetra aliquam lobortis, diam molestie consectetur. Sed dolore proin eget pulvinar nisi nibh ullamcorper adipiscing. Lorem congue, mi molestie consectetur dolor donec, nibh non. Nonummy ipsum congue diam felis sit magna laoreet tellus. At dolor dolore proin volutpat amet aliquam nibh, ullamcorper. Felis molestie amet erat ante molestie amet erat ut. Diam euismod consectetur ac tincidunt sem mauris dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore molestie pharetra, ipsum nisi laoreet tellus at sed nunc proin mauris pulvinar donec, lobortis ullamcorper id pharetra. Erat massa, non elit pulvinar nisi lobortis aliquet dolor nisi nibh volutpat pulvinar donec nibh non nonummy aliquam. Lobortis ullamcorper felis sit, magna massa tellus at ipsum nisi et euismod adipiscing lorem tincidunt praesent molestie, consectetur. Ipsum nisi et euismod adipiscing lorem congue praesent mauris dolor, dolore ante non, elit pulvinar magna mi euismod. Sit magna et tellus at dolor donec ante non amet erat massa volutpat nonummy, tempus ut et id. Turpis sed nunc praesent mauris, dolor, dolore proin volutpat amet aliquam eget turpis ac tincidunt ullamcorper felis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, tincidunt praesent molestie consectetur ipsum nunc sem, sit erat nunc aliquet, at dolor, dolore proin euismod adipiscing pharetra donec massa. Sem, eget ipsum ut et id sit lorem dolore, proin non elit amet lorem tincidunt praesent molestie pharetra tempus nunc diam. Euismod turpis ac tincidunt aliquet mauris erat sed aliquam ac aliquam congue lobortis massa nibh massa non eget pulvinar nisi et. Euismod praesent molestie pharetra ac massa sem eget amet lorem tincidunt aliquet felis feugiat congue mi mauris sit congue praesent molestie. Pharetra sed, lorem donec ut mi aliquet volutpat mauris, nonummy consectetur, amet feugiat donec, massa non, nonummy sed ut et id. Turpis feugiat id turpis erat, nunc sem at dolor dolore sem mauris dolor donec nibh non nonummy tempus lobortis, ullamcorper felis. Pharetra erat laoreet sem at dolor nisi nibh nisi et id turpis ac laoreet tellus adipiscing lorem tincidunt praesent molestie pharetra. Dolore, ante, non nonummy, tempus ut, et id sit magna nibh euismod turpis ac congue praesent mauris pharetra aliquam ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur, sed dolore, ante volutpat amet aliquam lobortis diam felis pharetra erat nunc proin ullamcorper mauris pharetra tempus ut diam, felis, sit magna laoreet feugiat magna, mi tellus, consectetur. Sed dolore proin eget turpis lorem tincidunt praesent mauris pharetra, erat nunc sem eget sit ac laoreet tellus at ac ac massa proin elit sed nisi nibh euismod, turpis tempus. Lobortis praesent molestie, pharetra, erat massa non nonummy ipsum ut proin eget, amet nisi et euismod aliquet, at dolor nisi nibh volutpat nonummy lorem congue mi molestie consectetur sed ut. Et id amet aliquam tincidunt aliquet, mauris dolor dolore donec ante volutpat nonummy lorem, lobortis diam felis sit congue laoreet aliquet at ipsum dolore et volutpat amet aliquam lobortis ullamcorper. Felis feugiat magna mi molestie sit magna mi molestie pharetra erat mi tellus consectetur erat tincidunt, sem at dolor dolore proin mauris pulvinar aliquam nibh ullamcorper adipiscing tempus lobortis diam. Id sit magna non, elit turpis magna tincidunt aliquet consectetur sed nunc proin volutpat adipiscing lorem congue praesent molestie pharetra ac massa aliquet dolore ante, non, nonummy tempus nunc non. Nonummy ipsum nisi diam eget pulvinar nisi et euismod turpis lorem congue praesent molestie amet erat lobortis sem, felis euismod turpis ac laoreet tellus at dolor dolore ante volutpat nonummy. Tempus ut diam id sit ac, mi aliquet at, dolor dolore nibh euismod nonummy feugiat congue mi tellus, elit amet aliquam lobortis ullamcorper at feugiat dolore, praesent mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet mauris pharetra aliquam massa ullamcorper adipiscing ipsum congue, mi tellus consectetur erat laoreet, sem, eget dolor aliquam nibh, euismod eget. Amet ipsum ut et molestie turpis erat nunc proin volutpat turpis lorem congue mi molestie consectetur sed nunc sem eget pulvinar aliquam. Et ullamcorper, et id turpis ac tincidunt aliquet at sed donec proin volutpat nonummy tempus ut et molestie turpis sed dolore ante. Euismod adipiscing lorem congue mi molestie donec massa sem, eget, pulvinar nisi et euismod adipiscing lorem tincidunt ullamcorper felis dolor magna mi. Tellus nonummy, sed nisi, et, euismod adipiscing sed nunc sem elit pulvinar aliquam et, volutpat amet aliquam nibh euismod adipiscing tempus tincidunt. Diam molestie sit donec laoreet, tellus consectetur, sed dolore et id tincidunt, aliquet at dolor dolore proin volutpat amet aliquam ante, volutpat. Nonummy ipsum ut praesent molestie, pharetra ac laoreet tellus at erat tincidunt, sem eget pulvinar aliquam nunc diam eget sit lorem tincidunt. Ante non amet erat massa non nonummy, tempus massa sem felis sit ac tincidunt nibh euismod at dolor, dolore proin non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis consectetur sed tincidunt aliquet erat nunc sem elit. Pulvinar, aliquam laoreet ullamcorper at sed congue praesent mauris. Amet tempus lobortis sem nonummy tempus ut diam id. Turpis ac laoreet euismod at sed donec massa ullamcorper. Felis, turpis erat massa aliquet elit sed dolore ante. Volutpat amet aliquam nibh volutpat amet tempus ut diam. Aliquet eget amet, nisi nibh euismod amet dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at, dolor dolore ante ullamcorper adipiscing tempus ut sed aliquam nibh euismod turpis tempus tincidunt praesent felis, feugiat congue. Mi molestie pharetra, sed ut diam id adipiscing ac tincidunt praesent molestie dolor dolore dolore nibh euismod adipiscing pharetra erat. Ut, et id turpis lorem nunc praesent eget amet ipsum ut et id pharetra ac massa aliquet elit pharetra erat. Massa sem, elit ipsum aliquam laoreet ullamcorper, adipiscing sed dolore proin volutpat amet ipsum, nisi mi, tellus consectetur, sed dolore. Proin laoreet tellus pharetra erat, ut proin id turpis ac lobortis aliquet, mauris dolor dolore ante molestie nonummy ipsum, nisi. Et id pulvinar nisi, et, euismod adipiscing lorem felis, pharetra erat laoreet tellus consectetur erat laoreet aliquet at dolor nisi. Nibh ullamcorper felis sit congue praesent id sit magna praesent, id pharetra sed nunc sem euismod consectetur erat, tincidunt sem. Eget amet, lorem ut praesent molestie consectetur sed nunc, proin id amet ac tincidunt praesent felis et euismod consectetur lorem. Tincidunt aliquet at lorem dolore ante non adipiscing feugiat congue mi molestie consectetur, erat, dolore proin volutpat amet tempus tincidunt. Diam felis, feugiat proin volutpat amet tempus lobortis ullamcorper adipiscing ipsum ut, et molestie turpis magna laoreet tellus at, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor congue proin eget amet aliquam lobortis ullamcorper felis turpis erat nunc aliquet at dolor nunc proin eget amet aliquam lorem tincidunt. Praesent volutpat nonummy aliquam lobortis diam felis feugiat magna mi molestie turpis sed dolore ante euismod adipiscing lorem congue et euismod adipiscing lorem. Tincidunt praesent molestie amet, erat massa non felis pulvinar nisi mi tellus consectetur, lorem tincidunt proin volutpat nonummy ipsum congue praesent molestie pharetra. Ac laoreet, tellus elit amet aliquam, tincidunt praesent mauris pharetra sed, ut nibh aliquet at pharetra donec, massa volutpat amet, donec ante volutpat. Amet ante ullamcorper felis feugiat magna mi molestie consectetur sed, ut sem elit ipsum ut proin eget amet nisi et euismod turpis tempus. Tincidunt mi mauris pharetra tempus lobortis diam id, sit magna mi id pharetra ac, massa sem, elit dolor nisi nibh euismod adipiscing feugiat. Tincidunt diam felis, sit magna mi molestie pharetra adipiscing feugiat congue praesent molestie amet tempus magna tincidunt sem, at dolor donec nibh euismod. Adipiscing lorem congue mi id sem elit ipsum nisi et euismod adipiscing dolor donec ante volutpat consectetur ipsum nisi et euismod turpis, lorem. Congue, ante, non adipiscing feugiat congue mi molestie turpis eget amet aliquam nibh ullamcorper adipiscing feugiat magna mi molestie pharetra erat nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet tellus, at dolor nunc proin volutpat amet tempus tincidunt praesent mauris pharetra, erat nunc proin id, turpis, ac tincidunt ullamcorper nibh ullamcorper felis feugiat magna ante tellus. Nonummy pulvinar nisi nibh euismod adipiscing sed congue massa molestie pharetra dolore ante volutpat consectetur tempus, ut dolore proin eget pulvinar donec ante non adipiscing, sit ac massa sem. At ipsum nisi et euismod turpis aliquam nibh ullamcorper nonummy lorem tincidunt ullamcorper adipiscing lorem id turpis lorem tincidunt aliquet mauris feugiat congue, ante, non nonummy ipsum ut sem. Felis sit magna laoreet tellus adipiscing lorem tincidunt, proin eget amet ac tincidunt aliquet mauris pharetra donec, ante molestie consectetur erat nunc diam eget sit ac tincidunt, aliquet at. Dolor dolore praesent mauris, dolor dolore mi sem, elit ipsum ut diam id turpis magna nibh euismod adipiscing lorem congue proin, volutpat nonummy aliquam ante volutpat pharetra donec ante. Non nonummy ipsum nisi mi non nonummy ipsum congue et molestie consectetur sed, dolore proin eget pulvinar nisi nibh volutpat adipiscing lorem congue, diam mauris tellus at sed, dolore. Nibh ullamcorper mauris pharetra donec massa non elit tempus ut sem eget sit ac tincidunt praesent eget pharetra, aliquam lobortis diam, felis, sit dolor erat, massa non nonummy ipsum. Ut et, id consectetur sed dolore proin mauris pharetra donec ante volutpat pharetra aliquam massa ullamcorper elit sit nisi mi diam felis feugiat congue mi tellus consectetur, sed ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lobortis dolor nisi nibh ullamcorper, adipiscing lorem lobortis. Ullamcorper mauris, pharetra donec laoreet tellus at sed dolore. Et ullamcorper at, lorem congue praesent mauris pharetra donec. Consectetur dolor donec nibh non nonummy tempus lobortis ullamcorper. Felis feugiat magna mi molestie, at sed nunc aliquet. Consectetur erat nunc proin volutpat amet tellus consectetur donec. Massa sem eget pulvinar nisi et, euismod adipiscing lorem. Tincidunt mi volutpat consectetur erat massa diam id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut mi tellus consectetur, sed nunc proin volutpat turpis lorem tincidunt diam molestie. Consectetur tempus ut et id adipiscing, sed donec at, sed nisi et volutpat. Turpis lorem congue, praesent, mauris dolor congue mi molestie nonummy sed nunc, sem. Elit sit aliquam tincidunt aliquet at dolor amet tempus ut diam felis pulvinar. Magna laoreet tellus at sed donec nibh ullamcorper adipiscing feugiat congue mi id. Pharetra ac massa sem eget, amet tempus tincidunt consectetur donec ante non nonummy. Sed, ut proin id amet aliquam nibh aliquet at feugiat congue mi molestie. Pharetra erat ante non massa, sem eget, pulvinar nisi nibh id amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, lobortis aliquet felis feugiat magna ante nibh euismod, adipiscing lorem laoreet aliquet mauris. Pharetra tempus, massa non elit feugiat nisi et euismod consectetur lorem tincidunt aliquet consectetur. Sed donec nibh non laoreet tellus at ipsum, dolore et euismod amet aliquam nibh. Ullamcorper adipiscing lorem congue, ante tellus consectetur ipsum, ut et id sit, ac tincidunt. Aliquet adipiscing ac tincidunt aliquet felis feugiat magna praesent molestie consectetur erat massa non. Elit, ipsum aliquam tincidunt ullamcorper at dolor congue proin molestie adipiscing lorem tincidunt diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, adipiscing feugiat congue mi tellus consectetur ac. Laoreet non, at sed mi euismod at dolor. Nisi, lobortis diam felis lorem congue laoreet molestie. Consectetur sed nunc non, elit sed dolore sem. Volutpat turpis aliquam, lobortis, aliquet ullamcorper felis feugiat. Congue diam mauris sit magna laoreet tellus pharetra. Sed nisi nibh ullamcorper turpis ac lobortis praesent. Felis lorem congue praesent mauris pharetra adipiscing, lorem. Congue mi id pharetra ac massa non at. Pulvinar aliquam et euismod turpis, lorem, congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, ipsum ut et euismod adipiscing, dolor congue mi volutpat amet tempus. Lobortis diam felis sit ac tincidunt praesent mauris tempus ut, diam molestie. Consectetur, ipsum, nunc proin eget pulvinar dolore, sem volutpat amet donec ante. Volutpat amet aliquam lobortis non nonummy aliquam ut adipiscing feugiat tincidunt aliquet. Mauris dolor magna mi, molestie consectetur erat nunc sem elit ipsum nisi. Et euismod, sit, ac tincidunt aliquet at, dolor dolore ante volutpat turpis. Tempus congue praesent felis sit erat massa non nonummy pulvinar aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit feugiat nisi mi aliquet consectetur sed nunc sem, mauris dolor aliquam lobortis praesent tellus. Consectetur sed nisi proin eget pulvinar nisi et euismod turpis erat nunc sem at sed. Nunc, proin eget, dolor, dolore aliquet adipiscing lorem congue proin molestie pharetra donec, ante volutpat. Consectetur erat massa volutpat nibh tellus adipiscing sed dolore nibh ullamcorper adipiscing feugiat congue, mi. Molestie consectetur, erat nunc proin eget pulvinar aliquam, nibh ullamcorper adipiscing feugiat magna nunc proin. Mauris, dolor congue proin volutpat amet aliquam massa non elit ipsum ut diam id turpis. Lorem tincidunt sem volutpat amet tempus lobortis ullamcorper adipiscing congue, et, id turpis ac tincidunt. Aliquet eget amet aliquam nibh euismod nonummy tempus ut, praesent mauris feugiat congue laoreet non. At ipsum, nisi et euismod sem felis ipsum nisi et euismod consectetur dolor dolore proin. Eget amet aliquam massa non nonummy tempus lobortis et molestie sit nisi mi euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem, tincidunt praesent eget pharetra donec massa non nonummy tempus ut sem felis feugiat sed nunc proin eget pharetra. Tempus lobortis, diam id pharetra ac, laoreet aliquet at sed nunc, sem eget pulvinar aliquam nibh euismod felis, sit magna. Mi, diam id turpis magna laoreet tellus turpis lorem laoreet tellus consectetur sed nunc aliquet, at sed dolore aliquet at. Pharetra dolore proin volutpat pharetra erat euismod adipiscing feugiat magna ante tellus consectetur erat nunc sem eget pulvinar aliquam nibh. Euismod adipiscing, lorem congue aliquet mauris pharetra tempus lobortis adipiscing, feugiat magna ante tellus, pharetra, erat massa sem eget turpis. Feugiat congue proin mauris dolor dolore mi volutpat nonummy erat massa, sem felis ipsum ut et consectetur erat nunc sem. Elit turpis ac tincidunt praesent molestie nonummy tempus lobortis sem elit ipsum magna nibh tellus adipiscing sed nunc praesent mauris. Dolor donec proin felis dolor donec massa sem elit, sit magna laoreet aliquet mauris dolor dolore lobortis diam adipiscing feugiat. Congue diam dolor dolore mi volutpat consectetur erat ante non felis pulvinar nisi, diam eget sed massa sem eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy feugiat nisi laoreet tellus, elit sed nunc proin eget. Dolor aliquam nibh ullamcorper adipiscing aliquam erat, magna nisi non. Molestie eget pulvinar nisi, et id turpis ac lobortis aliquet. Felis feugiat magna praesent molestie consectetur erat massa, non nonummy. Ipsum nisi et eget ullamcorper elit ipsum nisi mi euismod. Consectetur sed dolore proin mauris pulvinar dolore proin volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue proin nisi massa aliquet elit dolor aliquam. Lobortis diam felis feugiat congue mi tellus nonummy. Ipsum aliquam et ullamcorper at feugiat congue proin. Volutpat amet tellus consectetur lorem tincidunt sem mauris. Dolor donec lobortis diam id pharetra sed nunc. Sem eget amet, ac tincidunt praesent mauris dolor. Magna ante, non nunc proin volutpat amet aliquam. Lobortis ullamcorper adipiscing, sit ac massa sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed tincidunt sem eget, nisi et tellus, adipiscing sed congue praesent volutpat pharetra donec massa, non nonummy tempus lobortis diam euismod consectetur lorem tincidunt sem mauris dolor donec. Lobortis amet tempus ut et molestie, turpis erat nunc aliquet, mauris pulvinar tempus nibh ullamcorper felis, lorem magna laoreet tellus at, sed nisi et euismod turpis turpis erat tincidunt. Sem eget amet tempus, tincidunt praesent mauris sit donec laoreet tellus consectetur erat nunc sem eget turpis, lorem tincidunt felis feugiat, congue mi molestie pharetra erat massa sem elit. Ipsum aliquam nibh euismod amet nisi, nibh euismod turpis ac lobortis ullamcorper, felis, dolor donec mi molestie tellus, adipiscing lorem tincidunt aliquet, mauris dolor dolore ante mauris pharetra erat. Massa sem elit ipsum nisi, mi id turpis ac, tincidunt praesent, mauris sed nunc proin euismod at dolor dolore mi volutpat amet erat massa non felis pulvinar nisi nibh. Tellus at sed nunc proin volutpat amet aliquam lobortis ullamcorper id, pharetra ante non nonummy tempus ut, nibh euismod turpis lorem congue praesent mauris pharetra aliquam ante volutpat amet. Tempus ut mi donec ante, tellus consectetur sed nunc, diam eget ipsum nisi et id, turpis lorem tincidunt praesent molestie amet tempus massa non elit pulvinar nisi, nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac massa sem eget adipiscing feugiat dolore mi volutpat pharetra donec massa sem id sit aliquam nibh euismod adipiscing lorem dolore ante. Volutpat amet tempus ut, et id sit ac tincidunt sem mauris pulvinar donec ante volutpat diam, id sit magna laoreet tellus consectetur. Ac massa aliquet elit dolor nisi lobortis ullamcorper felis lorem congue praesent mauris sit magna mi tellus consectetur sit congue, mi aliquet. At dolor nisi proin volutpat amet aliquam lobortis diam felis sit magna, mi non at sed ut proin eget pulvinar turpis lorem. Tincidunt, praesent molestie pharetra donec, ante, non nonummy ipsum ut et id turpis lorem laoreet praesent molestie pharetra erat, massa non elit. Ipsum nisi at sed dolore proin eget amet tempus lobortis diam id consectetur sed nisi et id pulvinar aliquam nibh euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy pulvinar aliquam laoreet ullamcorper at sed tincidunt aliquet, molestie, pharetra tempus lobortis non elit ipsum ut diam id turpis felis, sit donec laoreet tellus consectetur erat dolore proin volutpat. Turpis lorem tincidunt, aliquet mauris pharetra erat, massa sem eget pulvinar magna nibh euismod turpis molestie sit magna et molestie turpis erat tincidunt sem eget pulvinar aliquam nibh ullamcorper adipiscing. Lorem ut praesent, molestie consectetur sed ut sem elit pulvinar, aliquam lorem congue praesent molestie pharetra donec mi molestie consectetur donec mi molestie pharetra donec massa sem eget pulvinar aliquam. Nibh ullamcorper mauris dolor donec consectetur sed tincidunt tellus at sed nunc aliquet mauris dolor, donec ante volutpat amet tempus ut diam id consectetur erat nunc sem mauris pulvinar nisi. Proin eget ut proin eget amet aliquam nibh euismod adipiscing lorem tincidunt praesent mauris feugiat magna praesent molestie pharetra donec ante, molestie sit, magna, mi id pharetra donec laoreet ullamcorper. Volutpat consectetur, tempus massa non elit ipsum nisi et euismod adipiscing sed donec massa, non felis, ipsum ut tempus ut sem elit pulvinar, magna nibh euismod sit ac laoreet tellus. At pharetra, dolore proin molestie, amet tempus ut diam id, turpis erat nunc sem elit pharetra magna laoreet non elit, sit ac tincidunt aliquet mauris pharetra ipsum ut diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor nunc proin eget nonummy tempus congue mi molestie pharetra erat laoreet tellus turpis ac tincidunt sem eget dolor dolore euismod. Adipiscing sed dolore ante volutpat adipiscing, sit magna et, molestie turpis sed nunc proin mauris dolor dolore proin eget, dolor donec nibh. Ullamcorper nonummy nibh, ullamcorper mauris dolor dolore ante volutpat nonummy tempus lobortis sem elit ipsum ut et euismod adipiscing lorem laoreet tellus. At sed congue proin molestie, amet erat euismod, adipiscing lorem lobortis ullamcorper, felis dolor magna mi non nonummy, ipsum ut et euismod. Turpis sed dolore praesent mauris feugiat congue mi ut diam elit sit, magna, tincidunt praesent mauris dolor donec proin eget amet tempus. Lobortis diam id turpis erat tincidunt sem at sed nunc sem, mauris pulvinar, molestie, pharetra donec laoreet tellus consectetur, erat dolore proin. Volutpat, adipiscing lorem congue mi volutpat nonummy, ipsum ut diam id, sit magna laoreet tellus turpis lorem tincidunt et tellus, consectetur sed. Dolore nibh euismod turpis tempus, lobortis, diam mauris dolor donec ante tellus nonummy sed nunc pulvinar ac lobortis euismod felis feugiat dolore. Mi molestie consectetur, erat nunc non elit sed ut diam eget pulvinar nisi et euismod turpis ac lobortis aliquet pharetra magna massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nibh tellus mauris, amet, tempus ut et molestie nibh volutpat turpis feugiat tincidunt diam felis pharetra donec massa non nonummy sed ut sem eget. Pulvinar nisi et id amet ac, lobortis aliquet mauris non elit ipsum ut diam eget sit ac laoreet aliquet mauris pharetra donec proin mauris, pharetra. Erat lobortis diam, elit feugiat, magna mi euismod turpis diam mauris pharetra donec nunc sem id pulvinar ac laoreet aliquet at pharetra erat massa non. Elit pulvinar magna mi euismod consectetur ac tincidunt praesent ante non nonummy tempus lobortis ullamcorper felis feugiat magna mi euismod, turpis erat tincidunt aliquet mauris. Dolor donec, ante non nonummy tempus lobortis ullamcorper id, congue mi volutpat amet erat massa non, elit ipsum magna nibh euismod consectetur sed nunc praesent. Mauris pharetra, dolore, ante volutpat amet aliquam ut diam felis sit euismod turpis ac tincidunt, aliquet mauris sed nunc, proin mauris sed congue proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin euismod adipiscing, feugiat donec ante non nonummy pulvinar nisi et euismod, adipiscing. Sed, dolore ante molestie amet tempus nisi et molestie consectetur sed nunc massa. Sem eget pulvinar aliquam nibh ullamcorper at dolor donec massa non elit feugiat. Magna mi tellus at pulvinar aliquam lobortis ullamcorper mauris sit ante volutpat amet. Aliquam lobortis ullamcorper felis feugiat magna mi id sit ac laoreet euismod turpis. Magna laoreet tellus adipiscing sed nunc praesent at sed congue proin turpis ac. Tincidunt aliquet molestie pharetra erat massa diam id turpis, lorem, nunc, praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac, lobortis aliquet mauris feugiat, magna mi molestie, consectetur tempus, massa sem, elit sit nisi proin id turpis ac tincidunt praesent, at nunc proin eget pulvinar aliquam. Nibh diam mauris, feugiat, magna laoreet molestie, pharetra donec, massa non at sed dolore sem elit dolor dolore proin eget ullamcorper felis lorem congue praesent mauris pharetra magna. Laoreet non, at sed, nunc proin eget pulvinar dolore et volutpat amet aliquam nibh ullamcorper nonummy lorem, magna ante ipsum nisi, et id amet ac nibh euismod turpis. Lorem congue ante non elit feugiat nisi et euismod turpis ac tincidunt praesent feugiat congue mi molestie sit magna mi molestie consectetur erat tincidunt sem mauris dolor donec. Ante volutpat amet tempus nibh ullamcorper felis ipsum ut diam felis feugiat tincidunt proin mauris dolor nisi lobortis diam felis feugiat congue mi molestie consectetur sed, nunc tellus. Consectetur ipsum dolore proin eget pulvinar aliquam nibh euismod adipiscing feugiat ut praesent, tellus consectetur erat ut proin elit, pulvinar, nisi et euismod turpis, lorem congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra erat ut et eget amet, ac lobortis aliquet adipiscing dolor congue mi volutpat. Laoreet, proin eget dolor dolore proin eget, amet ipsum lobortis diam felis sit magna mi. Molestie consectetur erat tincidunt, tellus at, sed nunc sem mauris, dolor ullamcorper felis sit ac. Laoreet tellus at, sed tincidunt aliquet at sed nunc proin eget pulvinar, donec ante volutpat. Nonummy ipsum congue et felis sit ac nunc proin volutpat pulvinar aliquam nibh ullamcorper felis. Sit donec laoreet tellus consectetur sed nunc, proin, id turpis aliquam nibh ullamcorper felis eget. Dolor aliquam nibh euismod adipiscing lorem congue praesent tellus consectetur sed nunc sem elit ipsum. Nisi, et euismod adipiscing feugiat congue praesent mauris dolor magna nibh ullamcorper nonummy ipsum lobortis. Diam id, sit ac laoreet aliquet, at dolor nisi, nibh euismod felis sit erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet molestie amet erat lobortis diam elit pulvinar nisi mi euismod turpis lorem tincidunt. Aliquet mauris, dolor donec ante pulvinar aliquam nibh euismod turpis tempus lobortis ullamcorper felis dolor. Magna ante tellus consectetur sed nunc, sem id turpis ac tincidunt praesent, mauris pharetra erat. Sit, erat dolore proin eget, pulvinar aliquam lobortis euismod nonummy tempus nibh ullamcorper felis feugiat. Congue et molestie pharetra, ac massa aliquet elit amet, aliquam lobortis tempus nunc, diam id. Turpis sed dolore proin eget pharetra, donec ante volutpat amet donec lobortis diam id sit. Ac tincidunt sem mauris sed, nunc praesent eget, amet tempus ut diam id feugiat magna. Mi tellus, at dolor nisi nibh ullamcorper adipiscing lorem congue mi tellus nonummy sed nunc. Proin feugiat magna mi aliquet at dolor nunc proin mauris dolor nisi ante eget pulvinar. Donec proin eget dolor dolore ante non adipiscing ipsum ut diam felis sit congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing sit magna laoreet, tellus nonummy erat massa proin id dolor nisi nibh volutpat nonummy lorem tincidunt. Praesent non elit ipsum ut proin, eget pulvinar aliquam et id turpis, lorem tincidunt aliquet felis feugiat magna. Magna tincidunt aliquet mauris dolor donec proin eget dolor donec ante volutpat amet tempus massa non elit feugiat. Ac laoreet tellus consectetur ac tincidunt aliquet ut praesent felis sit magna mi tellus turpis erat, massa aliquet. Elit pulvinar, aliquam lobortis diam mauris, pharetra erat nunc sem elit sed nisi et euismod turpis ac lobortis. Aliquet mauris dolor magna mi molestie dolor, donec ante, non eget pulvinar nisi nibh aliquet at sed dolore. Ante ullamcorper felis proin eget, pulvinar aliquam nibh euismod, nonummy tempus lobortis ullamcorper felis sit magna praesent id. Pharetra, ac, massa proin eget pulvinar aliquam nibh ullamcorper felis dolor magna mauris dolor dolore, proin eget pharetra. Aliquam massa non amet dolore proin volutpat amet erat, massa, volutpat, consectetur ipsum ut tellus consectetur ipsum nisi. Nibh id sit aliquam laoreet aliquet mauris pharetra donec massa sem id feugiat nisi mi tellus, consectetur lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat magna mi id sit erat massa aliquet eget amet tempus, euismod turpis ac tincidunt aliquet mauris pharetra donec lobortis, ullamcorper felis ipsum ut et id sit magna. Mi aliquet mauris dolor nisi, nibh euismod adipiscing sit pharetra ac massa tellus at sed massa sem eget dolor dolore ante euismod adipiscing lorem congue praesent mauris sit magna. Laoreet non elit sed ut tellus consectetur sed, dolore et volutpat amet aliquam nibh ullamcorper felis, sit donec mi tellus consectetur erat, ut, et euismod adipiscing feugiat tincidunt elit. Pulvinar, tempus tincidunt diam felis dolor, magna ante non nonummy sed ut proin eget pulvinar nisi nibh ullamcorper at feugiat congue mi molestie, pharetra donec massa ante euismod felis. Feugiat, magna mi tellus nonummy ipsum ut proin id amet aliquam nibh ullamcorper adipiscing lorem congue praesent mauris pharetra erat nunc sem, eget felis feugiat congue, mi tellus consectetur. Sed dolore proin eget amet aliquam nibh, euismod nonummy lorem, tincidunt, diam felis pharetra non nonummy feugiat magna mi molestie consectetur sed nunc sem eget pulvinar nisi ante, euismod. Nonummy lorem congue laoreet tellus consectetur erat nunc proin id amet aliquam nonummy feugiat nisi et euismod consectetur sed dolore proin volutpat amet, aliquam ante non nonummy ipsum congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nisi diam id, pulvinar nisi et id sit ac tincidunt praesent volutpat nonummy ipsum congue, mi tellus pharetra ac massa feugiat magna mi mauris, feugiat donec ante tellus consectetur. Erat massa non, elit, ipsum nisi proin id amet aliquam lobortis ullamcorper felis dolor, donec volutpat nonummy tempus lobortis diam felis sit magna mi tellus pharetra, erat massa sem elit. Pulvinar aliquam nibh euismod turpis tempus lobortis ullamcorper mauris pharetra donec massa tellus consectetur sed nunc sem eget ipsum dolore nibh ullamcorper turpis tempus tincidunt diam mauris dolor donec ante. Tellus consectetur pharetra eget molestie pulvinar tempus congue mi tellus consectetur sed nunc sem at sed dolore, proin aliquet at dolor dolore mi molestie pharetra donec massa non elit, ipsum. Nisi dolor dolore nibh euismod turpis, tempus tincidunt praesent felis feugiat, magna mi molestie pharetra donec laoreet tellus consectetur sed dolore sem eget pulvinar nisi et ullamcorper felis donec, laoreet. Non elit sed ut proin eget mauris, dolor dolore ante volutpat elit tempus lobortis diam euismod consectetur sed et euismod, adipiscing lorem congue, proin, volutpat amet aliquam massa volutpat amet. Erat ut et id turpis ac tincidunt, aliquet at sed dolore proin eget, pharetra aliquam congue et id sit ac laoreet tellus turpis erat tincidunt proin eget pulvinar donec nibh. Non felis sit donec massa non at sed massa sem, elit, pulvinar, tincidunt proin eget pulvinar donec ante volutpat pulvinar donec nibh non nonummy feugiat magna laoreet, tellus at erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit ipsum nisi nibh euismod, turpis dolor congue, ante volutpat nonummy ipsum congue. Diam id consectetur erat molestie pharetra tempus ut diam id turpis lorem nunc proin. Non adipiscing ipsum lobortis ullamcorper, felis feugiat nisi et molestie turpis, erat nunc proin. Lorem congue praesent mauris feugiat donec laoreet non elit ipsum ipsum ut diam id. Turpis dolor lorem donec ut laoreet ante ullamcorper mauris consectetur sit dolor magna nunc. Nibh, praesent, sem euismod mauris amet lorem magna laoreet et aliquet eget felis consectetur. Amet dolor feugiat erat nisi, tincidunt massa diam molestie elit pulvinar sed donec lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat erat dolore lobortis ante diam tellus volutpat mauris ante ullamcorper tellus elit turpis dolor erat nisi laoreet proin euismod felis pharetra. Pulvinar, dolor tempus magna massa diam tellus volutpat id ullamcorper molestie felis praesent, sem tellus mauris adipiscing consectetur sit pulvinar feugiat erat. Aliquam donec lobortis mi proin, euismod molestie elit, consectetur amet, feugiat tempus nisi dolore lobortis ac donec congue nisi laoreet, massa et. Aliquet ullamcorper non id eget felis consectetur ipsum ac aliquam donec ut laoreet praesent diam molestie elit adipiscing feugiat tempus magna nunc. Ante nunc laoreet nibh praesent non, euismod mauris amet ipsum erat nisi tincidunt massa mi sem aliquet molestie elit turpis pulvinar id. Eget, tellus eget turpis dolor tempus ipsum feugiat ipsum sed nisi magna lobortis et aliquet volutpat molestie id mauris adipiscing consectetur pulvinar. Lorem aliquam magna nunc nisi tincidunt massa sem id at adipiscing pharetra pulvinar lorem donec, nibh diam tellus elit, turpis id at. Amet, euismod tellus id mauris nonummy sit sed lorem donec congue nisi tincidunt ante non euismod, elit turpis dolor erat, ut nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed aliquam congue nisi tincidunt nibh praesent sem id adipiscing amet, feugiat donec nisi congue lobortis mi sem sem tellus eget felis, consectetur pulvinar ac dolore lobortis mi sem id. Mauris felis at amet feugiat dolore ut et sem ullamcorper molestie elit turpis pharetra sit sed ac, donec congue nunc lobortis mi sem molestie elit amet feugiat erat magna laoreet. Praesent non molestie, elit turpis sed aliquam lobortis amet sit, erat aliquam tincidunt ante diam euismod eget adipiscing sit sed, nisi, tincidunt lobortis et tellus eget turpis dolor erat ut. Tincidunt ante sed aliquam congue massa, proin tellus non id consectetur ipsum nisi tincidunt mi sem tellus elit, turpis feugiat donec nunc et aliquet volutpat, mauris elit turpis amet turpis. Sed, lorem erat ut mi proin ullamcorper mauris elit sit lorem dolore lobortis mi, sem ullamcorper molestie, amet sit erat dolore nibh mi non euismod tempus magna nunc, ante non. Id eget at pharetra aliquam congue massa sem volutpat felis amet feugiat ac dolore ante diam id volutpat adipiscing, dolor, tempus magna, dolore lobortis, ante sem euismod mauris amet feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id eget adipiscing consectetur ipsum erat aliquam tincidunt ante et praesent eget amet sit ipsum aliquam dolore lobortis et aliquet volutpat, mauris consectetur ipsum magna nunc. Nibh mi sem tellus eget nonummy pharetra, ipsum ac congue mi ullamcorper molestie, volutpat felis, pharetra ipsum magna tincidunt sem euismod felis nonummy sit aliquam donec. Ut laoreet sem volutpat felis nonummy pulvinar erat aliquam tincidunt, ante diam tellus non molestie, eget at nonummy pharetra pulvinar feugiat donec magna tincidunt pulvinar sed. Aliquam donec ut nunc ante praesent non id molestie felis consectetur amet, dolor erat, nisi tincidunt tincidunt mi nibh praesent ullamcorper mauris ut laoreet proin ullamcorper. Volutpat tellus volutpat, mauris consectetur sit sed aliquam magna nunc laoreet praesent ullamcorper id, at, turpis pharetra feugiat erat nisi congue massa mauris adipiscing consectetur sit. Sed tempus magna nunc laoreet massa mi sem aliquet non felis at adipiscing dolor erat ac aliquam congue nunc nibh proin, diam diam tellus euismod at. Elit consectetur sed aliquam congue ante diam aliquet volutpat felis nonummy sit sed aliquam pulvinar sit ipsum lorem aliquam donec nisi tincidunt ante ullamcorper tellus eget. At molestie, volutpat adipiscing nonummy turpis pulvinar feugiat, erat magna tincidunt nibh praesent tellus, id erat aliquam, congue nunc laoreet sem, ullamcorper tellus eget adipiscing pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna aliquet, volutpat volutpat, id volutpat felis consectetur sit dolor tempus donec, nisi congue. Massa mi proin praesent ullamcorper aliquet euismod volutpat id mauris felis euismod volutpat id. Consectetur adipiscing, pharetra feugiat sed ac donec nisi dolore, tincidunt mi et tellus volutpat. Molestie eget mauris amet feugiat ac ut laoreet aliquet, sem aliquet euismod mauris, nonummy. Consectetur nonummy, tempus erat aliquam donec ut laoreet et proin ullamcorper tellus eget adipiscing. Amet turpis sed, tempus mauris nonummy sit pulvinar sed ipsum, magna dolore, lobortis praesent. Ullamcorper sem aliquet non id, consectetur, amet feugiat tempus ut tincidunt ante diam molestie. At amet dolore lobortis, mi, ante aliquet, non, elit turpis, pulvinar lorem erat nisi. Dolore ut nunc laoreet proin, et sem aliquet volutpat felis, turpis amet dolor pulvinar. Sed lorem aliquam congue laoreet proin aliquet non id at turpis dolor tempus erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue nunc congue lobortis massa et mi diam tellus ullamcorper molestie felis, at nonummy pharetra, pulvinar lorem aliquam magna, ut tincidunt ante, diam proin. Elit mauris adipiscing pharetra, sit sed lorem erat nisi, congue, massa et, aliquet euismod mauris felis at adipiscing consectetur pulvinar sed lorem, magna ut tincidunt. At turpis amet feugiat sed lorem, erat nisi, nunc tincidunt ante et sem ullamcorper molestie eget adipiscing pharetra sit ipsum, lorem tempus magna dolore congue. Massa laoreet tincidunt ante nibh praesent ullamcorper non praesent non molestie eget mauris elit consectetur pulvinar lorem erat, magna nunc lobortis praesent non tellus eget. Nonummy at, adipiscing, amet, feugiat sed nisi dolore ut tincidunt nibh ullamcorper mauris elit turpis amet lorem sed ac donec congue massa nibh praesent ullamcorper. Aliquet aliquet feugiat tempus, ac, aliquam magna massa tincidunt proin praesent tellus eget adipiscing pharetra sit, erat, aliquam congue lobortis laoreet proin diam non, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nibh aliquet non molestie volutpat felis nonummy pulvinar pulvinar lorem erat ac pharetra. Feugiat erat sed aliquam congue dolore lobortis mi sem tellus elit turpis dolor ipsum. Magna nunc nibh, praesent sem tellus volutpat nibh ullamcorper felis dolor donec massa sem. Nonummy sit magna laoreet tellus adipiscing sed congue proin mauris dolor dolore proin molestie. Amet tempus ut diam, donec ante tellus consectetur sed nunc proin elit ipsum nisi. Et euismod, amet ac, lobortis euismod turpis tempus lobortis ullamcorper adipiscing lorem congue ipsum. Nisi, laoreet aliquet, mauris dolor aliquam massa non elit feugiat magna mi id sit. Ac tincidunt aliquet mauris dolor dolore proin volutpat amet aliquam ante non mi molestie. Consectetur erat massa sem eget pulvinar nisi nibh volutpat turpis feugiat magna ante tellus. Consectetur, sed ut, et euismod adipiscing lorem tincidunt praesent at, lorem congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante ullamcorper felis sit erat nunc sem at ipsum dolore ipsum nisi et euismod turpis magna laoreet euismod consectetur sed dolore. Ante volutpat nonummy aliquam lobortis ullamcorper elit, feugiat ut et id, turpis ac laoreet erat ac, donec, ut laoreet laoreet, proin ullamcorper. Non euismod molestie, elit turpis sed tempus donec nisi tincidunt nibh praesent non tellus volutpat id elit euismod molestie felis at adipiscing. Pharetra eget felis consectetur pulvinar ac dolore ante ullamcorper molestie consectetur pulvinar lorem dolore lobortis laoreet nibh mauris felis at pulvinar lorem. Aliquet, et sem aliquet volutpat, id at turpis dolor pulvinar sed, lorem magna aliquam, dolore lobortis laoreet proin euismod, at nonummy turpis. Lobortis ante sem id mauris, adipiscing, sit pulvinar, ac tincidunt ante diam tellus eget adipiscing amet feugiat dolor tempus donec ut nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis amet feugiat sed aliquam, congue nisi laoreet proin ullamcorper sem aliquet eget nonummy sit, sed nisi tincidunt ante id, elit adipiscing consectetur ipsum. Magna dolore nibh mi diam tellus eget adipiscing pharetra, pulvinar feugiat tempus sed aliquam tempus ac dolore nibh mi, tellus non molestie id mauris. Nonummy pharetra turpis amet turpis sed aliquam congue ante, mi proin diam non aliquet non aliquam donec lobortis mi et mi, magna, ac tempus. Donec sed feugiat erat ac erat ac ac donec sed, feugiat turpis amet pharetra turpis amet pharetra, pulvinar sed tempus ac nonummy at, mauris. Felis eget molestie id volutpat tellus id volutpat, tellus tellus non molestie eget at elit at, felis elit elit volutpat tellus ullamcorper, sem aliquet. Donec erat nunc lobortis mi diam aliquet praesent et, ante mi nibh nibh, laoreet tincidunt lobortis laoreet laoreet massa, laoreet et mi sem, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ullamcorper sem proin aliquet sem sem diam non tellus non tellus aliquet eget id sem praesent sem tellus eget mauris felis at adipiscing nonummy sit pharetra sit pulvinar. Dolor sit amet pharetra sit pulvinar lorem donec nisi nunc lobortis nunc id eget, felis, elit turpis dolor tempus ac nisi dolore ut tincidunt lobortis nunc tincidunt nibh, mi. Et, nibh laoreet proin aliquet molestie nonummy ipsum, adipiscing consectetur pulvinar sed tempus, magna nunc tincidunt nibh, diam, non ullamcorper volutpat molestie id molestie turpis congue massa et, proin. Mi eget, nisi donec nisi laoreet proin diam non euismod eget adipiscing nonummy sit dolor feugiat sed aliquam tincidunt massa et proin praesent diam tellus volutpat mauris elit consectetur. Nibh nibh mi et praesent diam sem aliquet sem aliquet volutpat molestie id mauris adipiscing, consectetur turpis dolor feugiat ipsum sed ipsum, ipsum dolor ipsum, erat ac turpis, amet. Pharetra turpis dolor id ullamcorper tellus, id mauris elit at, mauris, felis eget mauris lobortis, nunc laoreet ante turpis amet feugiat, erat ac tempus erat, ac tempus sed feugiat. Pulvinar felis eget at adipiscing nonummy adipiscing nonummy consectetur, turpis pharetra feugiat ipsum feugiat erat aliquam ipsum sed donec congue laoreet sem volutpat adipiscing dolor erat nisi, tincidunt tincidunt. Ut feugiat ipsum sed tempus, congue massa nibh proin diam aliquet volutpat at mi et, proin diam molestie eget at pharetra sit pulvinar aliquam congue lobortis laoreet sem euismod. Mauris id ullamcorper non id mauris nonummy sit erat, aliquam donec lobortis mi proin, aliquet non tellus, ullamcorper non, aliquet euismod molestie eget at nonummy nonummy turpis dolor feugiat. Ipsum feugiat ipsum erat dolore dolore nisi, tincidunt tincidunt feugiat pulvinar lorem aliquam ac aliquam, aliquam ac ac donec nisi nisi, lobortis ante, diam tellus volutpat mauris nonummy at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis nisi tincidunt, nibh diam tellus eget adipiscing amet sit pulvinar dolor feugiat sed, dolor donec mi tellus consectetur sed ut et id sit aliquam laoreet. Ullamcorper mauris dolor congue praesent, mauris pharetra donec massa sem felis ipsum, nisi diam laoreet tellus mauris dolor congue proin molestie dolor dolore proin mauris dolor. Dolore ante non elit sit nisi et id, sit, magna nibh tellus ipsum, nisi nibh ullamcorper turpis ac lobortis praesent molestie amet tempus lobortis non nonummy. Tempus ut sem eget sit ac laoreet, tellus adipiscing dolor dolore praesent molestie pharetra erat lobortis sem, elit ipsum magna et id sit, nisi nibh euismod. Adipiscing pharetra donec ante molestie pharetra tempus erat dolore tincidunt amet feugiat donec nunc nibh aliquet eget adipiscing feugiat, erat ut, laoreet, ante ullamcorper id at. Turpis pharetra feugiat ac nunc nibh praesent molestie elit adipiscing amet feugiat pulvinar feugiat ipsum, ac aliquam donec magna, nisi, magna ut tincidunt nibh ante diam. Praesent massa, laoreet ante diam euismod volutpat felis consectetur, pulvinar lorem magna, ante, sem euismod mauris id consectetur sit pharetra tempus congue laoreet sem, euismod mauris. Elit turpis sed nisi tincidunt proin non molestie elit adipiscing dolor ipsum ac, dolore nibh, praesent volutpat id at, turpis dolor ipsum ac donec congue ante. Diam proin ullamcorper molestie elit diam sem tellus eget felis, nonummy, turpis, pharetra feugiat pulvinar, lorem dolore ut laoreet tellus at dolor dolore et eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, proin molestie amet tempus lobortis ullamcorper elit ipsum nisi, et id. Sit lorem tincidunt aliquet praesent eget pharetra donec massa, ullamcorper adipiscing feugiat. Lobortis et molestie consectetur erat laoreet aliquet at erat, tincidunt sem mauris. Pulvinar tempus lobortis diam adipiscing consectetur turpis feugiat donec nisi laoreet et. Praesent sem euismod eget nonummy pharetra ipsum lorem tempus donec ut nibh. Ante laoreet, proin aliquet, non molestie diam diam sem praesent, diam praesent. Ullamcorper et proin et proin, praesent ullamcorper tellus eget mauris felis at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent proin euismod volutpat felis at amet feugiat ipsum. Magna nonummy mauris adipiscing consectetur sit dolor feugiat erat. Ac ipsum lobortis ante laoreet, proin euismod mauris elit. Turpis pulvinar feugiat pulvinar dolor ipsum sed, ac aliquam. Ac ac congue massa et proin diam volutpat euismod. Nonummy at nonummy feugiat magna massa, sem elit, pulvinar. Aliquam nibh praesent non euismod volutpat molestie, felis consectetur. Amet elit adipiscing nonummy consectetur, adipiscing adipiscing at sit. Pulvinar pharetra sit dolor lorem erat ut congue lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, pulvinar feugiat praesent et proin, ullamcorper molestie turpis erat tincidunt sem, eget amet nisi lobortis ullamcorper mauris pharetra erat, massa non eget ipsum aliquam tincidunt, aliquet mauris mi. Molestie elit dolor, nisi lobortis euismod adipiscing feugiat congue mi molestie sit donec nunc, sem eget amet aliquam et euismod, adipiscing lorem tincidunt aliquet mauris pulvinar nisi nibh euismod. Adipiscing feugiat congue mi molestie consectetur erat, nunc proin eget amet aliquam et euismod adipiscing feugiat dolore mi sed tincidunt tellus at sed dolore ante, non adipiscing ipsum congue. Diam molestie, consectetur erat massa aliquet at, dolor dolore ante eget, pulvinar donec, lobortis ante et mi nibh praesent diam aliquet euismod volutpat tellus ullamcorper tellus id volutpat mauris. Euismod praesent et proin diam sem aliquet non molestie volutpat mauris elit turpis turpis consectetur adipiscing amet sit pulvinar dolor feugiat ipsum dolor, ipsum ac nisi congue nisi tincidunt. Nibh praesent felis sit, magna elit pulvinar nisi nibh ullamcorper turpis, lorem, tincidunt praesent, mauris pharetra erat lobortis diam felis, sit magna mi euismod turpis lorem nunc praesent mauris. Dolor aliquam non nonummy ipsum nisi diam felis sit magna nibh euismod sit ac nibh euismod sit aliquam nibh euismod turpis ac tincidunt, praesent mauris feugiat congue mi, molestie. Tempus lobortis ullamcorper, adipiscing lorem, congue praesent id feugiat magna mi tellus consectetur erat massa proin eget, pulvinar aliquam nibh euismod nonummy aliquam nibh euismod adipiscing id pharetra ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit feugiat ut mi aliquet at sed tincidunt praesent mauris amet aliquam nibh ullamcorper. Felis consectetur sed massa aliquet at dolor dolore sem elit, sed dolore ante euismod. Felis feugiat magna ante tellus, consectetur erat, massa aliquet at sed nunc proin eget. Amet tempus tincidunt diam felis feugiat magna praesent mauris feugiat congue, mi non at. Ipsum ipsum, aliquam lobortis aliquet mauris feugiat congue mi molestie pharetra erat nunc sem. Eget sit aliquam, laoreet tellus at sed dolore proin volutpat aliquam lobortis aliquet mauris. Dolor erat ut diam id sit magna et euismod turpis lorem laoreet aliquet, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et, euismod at sed nunc, sem volutpat, nonummy tempus lobortis praesent felis sit. Ac massa non at sed nunc aliquet at aliquet eget pulvinar aliquam nibh non, nonummy. Ipsum ut diam felis sit ac laoreet aliquet at erat tincidunt sem eget pulvinar aliquam. Nibh euismod nonummy, non nonummy ipsum nisi proin eget pulvinar dolore, et volutpat turpis lorem. Dolore mi molestie pharetra donec massa, tellus consectetur erat, massa sem elit sed, nunc ipsum. Dolore et volutpat turpis lorem, tincidunt diam felis pharetra donec, ante tellus consectetur erat massa. Non at erat massa sem eget ipsum tincidunt, ullamcorper felis dolor congue lorem aliquam congue. Nunc tincidunt massa mi aliquet, elit pulvinar lorem magna nunc nibh aliquet eget amet tempus. Congue laoreet, sem eget dolore lobortis mi ante praesent molestie elit pulvinar magna tincidunt ante. Non non eget adipiscing pharetra aliquam congue laoreet proin ullamcorper mauris consectetur feugiat ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi congue lobortis nunc nibh aliquet non molestie elit amet lorem erat ut tincidunt erat aliquam dolore lobortis mi proin ullamcorper non id eget turpis feugiat, magna nunc et. Sem diam non, eget adipiscing pharetra aliquam ut mi sem id dolor ipsum nisi laoreet ante diam molestie consectetur sit sed aliquam, congue laoreet et ullamcorper non id, elit. At, felis eget felis elit consectetur nonummy ut massa nibh proin volutpat molestie elit at pharetra feugiat erat, aliquam, donec ac dolore, nibh, massa laoreet congue massa, nibh ullamcorper. Non volutpat id eget molestie felis volutpat molestie id, volutpat molestie id volutpat felis pharetra sed nisi tincidunt ante, diam molestie eget turpis feugiat donec lobortis laoreet non, aliquet. Diam tellus eget turpis dolor ipsum, erat tempus donec magna nisi lobortis nunc, nunc nibh diam sem praesent non tellus euismod molestie elit turpis pulvinar consectetur amet, consectetur at. Felis id eget tellus euismod volutpat, tellus euismod volutpat molestie volutpat non euismod ut nunc lobortis tincidunt ut nunc et ullamcorper molestie elit turpis sed tempus magna nunc mi. Proin massa et tellus mauris, amet tempus congue massa et aliquet, volutpat, id at mi ante, praesent sem tellus ullamcorper, tellus id at pharetra feugiat magna massa et ullamcorper. Volutpat molestie elit turpis dolor tempus nisi dolore ut mi sem sed feugiat tempus ac, nisi dolore lobortis mi, sem diam tellus tellus, eget adipiscing nonummy adipiscing pharetra ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nonummy feugiat sed lorem tempus erat ac, aliquam. Ac aliquam erat erat ac congue ut nunc lobortis. Massa nibh proin diam tellus euismod, volutpat felis elit. At nonummy consectetur turpis nonummy, turpis sed aliquam congue. Nunc laoreet ante diam tellus ullamcorper non at nonummy. Sit amet dolor tempus magna dolore tincidunt massa, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non sem aliquet, ullamcorper proin, ante pulvinar amet pharetra amet amet, consectetur felis consectetur pulvinar. Lorem lorem tempus dolor lorem ipsum sed sit amet amet feugiat pulvinar dolor turpis amet. Consectetur elit mauris adipiscing elit adipiscing amet pharetra turpis amet consectetur adipiscing elit at turpis. Pharetra sit dolor lorem erat, nisi, nunc ut massa laoreet proin, felis turpis erat, laoreet. Aliquet volutpat nonummy tempus lobortis ullamcorper felis pharetra donec laoreet non at sed ut proin. Euismod amet aliquam nibh pulvinar magna laoreet tellus consectetur sed nunc praesent at lorem tincidunt. Aliquet mauris amet tempus ut diam felis sit nisi mi id consectetur ac mi tellus. Consectetur dolor dolore, ante volutpat nonummy, ipsum ut et id turpis ac massa sem elit. Dolor dolore, proin volutpat amet aliquam, nibh ullamcorper, nonummy tempus ante non adipiscing aliquam massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi, volutpat nonummy pulvinar magna nibh euismod adipiscing sed, sit ac massa sem eget pulvinar aliquam lobortis ullamcorper mauris dolor donec, massa. Sem euismod adipiscing lorem nunc praesent eget, pharetra donec congue nunc nibh proin volutpat, mauris nonummy pulvinar sed tempus magna ut, tincidunt nibh mi. Proin praesent, non molestie eget adipiscing nonummy at adipiscing nonummy consectetur turpis consectetur et proin et sem euismod mauris nonummy feugiat sed nisi lobortis. Nunc nunc ut nunc dolore nibh non adipiscing ipsum, magna massa, aliquet felis pulvinar nisi et euismod turpis, ac laoreet euismod turpis lorem tincidunt. Aliquet mauris pharetra donec ante non amet donec massa non elit pulvinar nisi, et euismod, ante ullamcorper adipiscing feugiat donec massa sem, elit ipsum. Aliquam lobortis aliquet adipiscing feugiat dolore mi molestie pharetra donec ante tellus nonummy sed nunc diam elit ipsum at pharetra donec massa ullamcorper elit. Ipsum ut et, id, pulvinar magna, nibh tellus consectetur amet, donec nibh ullamcorper adipiscing sem eget amet aliquam, tincidunt praesent, mauris pharetra erat massa. Sem felis pulvinar nisi nibh tellus adipiscing lorem congue proin eget pharetra donec massa non elit feugiat euismod felis feugiat magna ante molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem tincidunt praesent volutpat nonummy tempus ut sem id, turpis magna nibh, tellus mauris nonummy pharetra ipsum ac aliquam magna nunc. Tincidunt, lobortis mi proin, euismod felis pharetra ipsum tincidunt massa nibh, proin praesent sem euismod at sed dolore praesent mauris dolor dolore. Ante non elit feugiat magna laoreet id sit ac tincidunt ipsum, dolore proin volutpat amet ac nibh ullamcorper felis feugiat congue mi. Molestie consectetur erat massa, non nonummy sed massa non elit ipsum nisi nibh, volutpat nonummy, ipsum ut et felis pulvinar magna nibh. Praesent volutpat nonummy, aliquam, lobortis praesent felis sit ac, laoreet tellus at erat tincidunt aliquet at ut nibh euismod turpis, lorem laoreet. Aliquet, mauris pharetra lobortis, magna dolore, lobortis, nunc sem id sit aliquam, nibh aliquet at feugiat dolore proin, volutpat amet erat felis. Dolor tempus nunc sem elit, ipsum ut proin id pulvinar aliquam nibh euismod adipiscing lorem tincidunt aliquet, mauris dolor donec mi volutpat. Consectetur aliquet volutpat, amet aliquam nibh ullamcorper felis feugiat magna massa sem, eget amet feugiat tincidunt mi volutpat consectetur donec ante non. Elit ipsum ut, diam id, sit molestie dolor dolore proin volutpat nonummy tempus lobortis sem elit pulvinar nisi et id turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper turpis feugiat dolore, ante volutpat consectetur tempus ut, diam id turpis lorem nunc praesent eget dolor dolore ante non ut et id turpis ac massa aliquet at. Dolor nisi nibh euismod adipiscing feugiat congue praesent tellus consectetur erat, erat nunc proin volutpat felis, dolor donec mi non consectetur tempus massa sem elit ipsum, aliquam laoreet ullamcorper. At, sed dolore proin non elit tempus lobortis sem nonummy tempus nunc diam id pulvinar aliquam, nibh tellus adipiscing sed dolore praesent volutpat, nonummy ipsum nisi mi tellus at. Sed, dolore ante euismod volutpat amet tempus ut diam felis ipsum congue diam felis feugiat congue mi id sit, magna mi id turpis lorem nunc proin volutpat pulvinar donec. Ante praesent mauris pharetra donec ante volutpat nonummy, tempus lobortis diam felis pulvinar nisi et euismod turpis lorem laoreet euismod sit lorem congue praesent mauris dolor donec ante turpis. Ac, lobortis aliquet felis dolor magna ante molestie, consectetur ipsum ut diam id turpis ac tincidunt ante volutpat amet, aliquet eget pulvinar aliquam ante volutpat, amet, aliquam lobortis diam. Felis, feugiat magna praesent molestie pharetra ac laoreet non elit sed dolore sem eget pulvinar dolore, proin ante volutpat amet tempus lobortis ullamcorper felis feugiat congue mi tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat et id sit sed tincidunt praesent, mauris pharetra aliquam lobortis ullamcorper felis feugiat magna laoreet, sem eget pulvinar aliquam ante euismod nonummy aliquam aliquam laoreet euismod, turpis ac. Tincidunt, praesent mauris dolor dolore mi, volutpat euismod volutpat mauris elit sit sed aliquam lobortis mi non, eget at pharetra, magna dolore, tincidunt massa laoreet sem ullamcorper non euismod. Diam et aliquet volutpat nonummy tempus ut diam id sit ac mi tellus elit pulvinar, nisi ante volutpat, lorem dolore praesent mauris dolor dolore, proin, volutpat nonummy ipsum, congue. Mi aliquet consectetur erat tincidunt sem eget pulvinar nisi proin mauris dolor id pharetra magna mi molestie pharetra ac massa sem elit pulvinar, aliquam nibh euismod adipiscing lorem tincidunt. Diam mauris sit donec laoreet molestie consectetur erat laoreet, molestie sem eget amet ac lobortis euismod adipiscing feugiat congue praesent molestie pharetra erat massa sem eget pulvinar ut et. Euismod turpis ac laoreet aliquet at feugiat sem eget pulvinar nisi ante volutpat amet, tempus lobortis diam adipiscing feugiat congue praesent felis feugiat congue et molestie, turpis ac nunc. Sem, elit, sed, nunc sem donec massa tellus consectetur, sed nunc proin id turpis, ac lobortis ullamcorper adipiscing lorem tincidunt aliquet mauris pharetra magna ante tellus nonummy ipsum, ut. Diam euismod turpis, proin molestie nonummy ipsum lobortis diam felis sit ac tincidunt, aliquet mauris dolor dolore ante volutpat nonummy tempus lobortis ullamcorper magna laoreet molestie consectetur ac laoreet. Tellus elit dolor dolore proin eget pulvinar donec proin volutpat amet aliquam nibh non adipiscing feugiat magna laoreet tellus consectetur ac nisi proin mauris dolor donec nibh euismod adipiscing. Feugiat magna mi molestie sit magna, laoreet proin eget pulvinar nisi nibh, euismod turpis, lorem tincidunt diam mauris, dolor id sit ac, tincidunt ullamcorper adipiscing lorem, congue, praesent, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit pulvinar magna, tincidunt, praesent volutpat amet aliquam. Lobortis diam felis feugiat congue et molestie turpis ac. Nunc, et ullamcorper adipiscing aliquam lobortis ullamcorper felis feugiat. Magna laoreet, tellus elit ipsum, dolore, et id amet. Ac congue praesent mauris dolor magna mi non nonummy. Ipsum ut ullamcorper mauris nonummy, tempus ut et felis. Feugiat ac tincidunt sem elit sed nunc aliquet at. Lorem nunc praesent eget, pharetra donec ante volutpat amet. Aliquam lobortis non nonummy tempus lobortis sem, elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa sem elit pulvinar nisi dolor dolore ante molestie amet ipsum ut diam id sit ac laoreet tellus consectetur lorem nunc praesent eget pharetra donec. Proin volutpat nonummy, tempus donec lobortis sem felis, ipsum ut, et euismod turpis ac tincidunt aliquet at dolor dolore ante mauris pharetra donec massa ullamcorper nonummy. Ipsum, magna mi aliquam nibh euismod nonummy lorem ut ullamcorper felis lorem congue praesent molestie consectetur erat massa, sem eget pulvinar aliquam nibh ullamcorper adipiscing lorem. Tincidunt ante non elit ipsum ut proin eget, amet ac, laoreet ullamcorper at feugiat congue praesent mauris dolor donec ante volutpat pharetra erat, nunc sem elit. Pulvinar lorem ut praesent, felis feugiat congue mi molestie turpis magna laoreet tellus consectetur sed nunc aliquet mauris dolor dolore ante volutpat nonummy aliquam nibh non. Felis ipsum, ac tincidunt aliquet mauris dolor, magna ante tellus pharetra donec massa, non nonummy ipsum nisi nibh euismod turpis aliquam et eget amet aliquam, nibh. Lorem, congue mi molestie consectetur erat massa sem, elit ipsum nunc proin eget, pulvinar nisi lobortis ullamcorper adipiscing, lorem congue praesent molestie pharetra donec massa diam. Eget nonummy sed nunc, proin eget amet nisi et id turpis lorem tincidunt praesent felis pharetra donec ante tellus, consectetur erat massa non nonummy pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing pharetra erat massa, non elit pulvinar nisi et euismod turpis magna laoreet euismod sit aliquam, tincidunt praesent mauris pharetra donec. Massa sem elit ipsum ut, diam euismod at dolor dolore proin mauris amet donec nibh ullamcorper adipiscing id turpis erat laoreet. Aliquet elit dolor dolore ante volutpat amet donec, nibh volutpat amet, tempus ut diam id feugiat congue diam, id pharetra erat. Ac laoreet euismod consectetur erat, tincidunt aliquet at sed tincidunt proin eget pharetra donec lobortis, diam id pharetra ac, massa sem. Elit pulvinar dolore pulvinar aliquam nibh ullamcorper mauris sit magna mi molestie consectetur sed laoreet tellus consectetur erat massa aliquet at. Sed, dolore proin tellus, consectetur tempus ut diam elit sit nisi nibh ullamcorper adipiscing feugiat dolore proin molestie amet erat ante. Volutpat consectetur erat massa diam felis pulvinar nisi non elit pulvinar, aliquam laoreet, aliquet mauris pharetra erat massa sem, elit feugiat. Nisi laoreet tellus mauris dolor dolore ante et euismod adipiscing lorem tincidunt aliquet at dolor donec ante, volutpat amet erat massa. Non elit tempus ut diam id pulvinar nisi et euismod turpis ac ante diam mauris feugiat congue mi mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa non at, nisi nibh euismod adipiscing, dolor congue mi tellus nonummy sed massa sem eget pulvinar aliquam nibh euismod turpis ac tincidunt aliquet mauris dolor tincidunt praesent. Lorem nunc praesent eget pulvinar dolore ante volutpat amet aliquam massa non nonummy tempus congue et id turpis ac mi id sit ac tincidunt proin laoreet non at sed. Ut, et euismod adipiscing lorem lobortis ullamcorper felis feugiat congue mi volutpat consectetur pulvinar ut diam id sit, aliquam nibh tellus at lorem molestie consectetur erat laoreet molestie consectetur. Sed dolore proin eget amet aliquam nibh ullamcorper felis sit donec laoreet molestie consectetur ipsum dolore et dolore, ante non nonummy, erat massa non nonummy tempus nunc sem nonummy. Ipsum nisi nibh ullamcorper adipiscing dolor dolore ante non elit ipsum ut diam felis ipsum mauris sed, dolore ante volutpat amet aliquam nibh non adipiscing ipsum magna mi molestie. Sit magna laoreet aliquet at sed dolore nibh, euismod nonummy, tempus lobortis ullamcorper lobortis mi molestie consectetur, sed nunc proin, eget amet aliquam nibh ullamcorper amet aliquam nibh, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, massa sem id, turpis lorem congue ante, non felis turpis erat nunc proin eget sit donec laoreet. Non, elit pulvinar dolore proin euismod turpis lorem tincidunt praesent molestie consectetur erat massa, sem elit ipsum nisi. Diam id, sit ac laoreet elit amet, aliquam tincidunt aliquet mauris pharetra donec, massa sem felis pulvinar magna. Laoreet aliquet mauris pharetra donec massa non adipiscing sit, ac laoreet aliquet lobortis aliquet felis feugiat tincidunt ullamcorper. Felis sit donec massa tellus nonummy ipsum nunc sem id, amet ac tincidunt, mi non nonummy tempus euismod. Adipiscing sit magna ante tellus pharetra, donec mi, molestie pharetra ac laoreet, tellus at sed, dolore proin elit. Dolor aliquam lobortis euismod, adipiscing, feugiat congue diam amet aliquam massa diam felis feugiat congue et id sit. Ac laoreet euismod consectetur dolor, dolore ante volutpat adipiscing feugiat congue mi id sit donec laoreet tellus id. Sit ac laoreet tellus turpis sed, nunc sem eget amet aliquam lobortis ullamcorper felis, pharetra, donec massa, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper id feugiat nisi mi euismod consectetur ac tincidunt sem mauris. Tincidunt praesent molestie amet tempus lobortis diam, felis, sit magna laoreet tellus. Consectetur sed dolore sem mauris dolor dolore proin eget pharetra dolore, proin. Volutpat aliquam nibh euismod, turpis aliquam lobortis, praesent molestie pharetra magna mi. Molestie pharetra, donec massa sem elit pulvinar ac laoreet ullamcorper adipiscing feugiat. Tincidunt praesent mauris pulvinar nisi ante eget amet tempus lobortis praesent molestie. Pharetra, sed nunc sem elit ipsum nisi et euismod turpis lorem, tincidunt. Praesent molestie, adipiscing tempus lobortis euismod nonummy tempus, lobortis diam, felis feugiat. Magna mi tellus pharetra erat massa aliquet at dolor dolore proin volutpat. Pulvinar aliquam, lobortis, euismod praesent mauris sit magna mi molestie sit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem congue mi molestie consectetur erat turpis ac tincidunt aliquet adipiscing lorem congue aliquet at sed dolore ante ullamcorper nonummy ipsum ut et felis sit magna laoreet euismod. Sit, ac laoreet et, id turpis ac nibh euismod adipiscing lorem congue praesent molestie, pharetra erat lobortis sem, elit pulvinar nisi nibh euismod turpis lorem laoreet tellus at nonummy. Tempus ut diam felis feugiat congue et id turpis ac tincidunt sem massa ullamcorper felis feugiat magna laoreet aliquet mauris dolor eget amet aliquam massa non nonummy feugiat nisi. Et molestie consectetur erat tincidunt aliquet at lorem laoreet aliquet, adipiscing lorem, nunc praesent eget amet tempus lobortis non tellus consectetur sed dolore ante eget pulvinar, dolore proin volutpat. Amet tempus ut diam id sit, ac mi, molestie, pharetra erat laoreet aliquet elit pulvinar dolore proin tellus at sed nunc proin eget dolor aliquam, nibh ullamcorper adipiscing ipsum. Congue mi molestie consectetur erat laoreet aliquet elit dolor nunc consectetur erat nunc diam eget pulvinar nisi nibh euismod adipiscing lorem, congue praesent molestie amet tempus lobortis sem id. Sit ac laoreet euismod, consectetur sed nunc aliquet volutpat nonummy, tempus lobortis ullamcorper elit ipsum lobortis sem elit pulvinar nisi mi euismod turpis ac tincidunt praesent id at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit amet aliquam tincidunt praesent molestie pharetra erat ante non elit pulvinar nisi. Nibh euismod consectetur praesent felis sit magna et tellus consectetur erat, massa sem elit. Sed dolore proin eget pulvinar nisi, nibh euismod adipiscing feugiat donec, laoreet molestie volutpat. Felis elit consectetur amet feugiat donec ut nibh praesent non id eget adipiscing pharetra. Ipsum erat nisi congue lobortis laoreet sem aliquet pulvinar ac tincidunt praesent molestie dolor. Aliquam congue diam id sit magna nunc sem, mauris dolor aliquam ante euismod nonummy. Aliquam nibh ullamcorper laoreet aliquet mauris feugiat congue mi non consectetur donec massa non. Nonummy ipsum ut, et eget turpis, ac laoreet tellus adipiscing lorem congue, praesent, volutpat. Nonummy ipsum erat massa sem felis pulvinar magna et eget, sit, ac tincidunt, praesent. Volutpat nonummy, tempus ut ullamcorper felis sit magna laoreet aliquet elit sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum nisi nibh ullamcorper at dolor aliquam massa ullamcorper elit ipsum ut, diam pharetra donec massa sem nonummy sed nisi. Et tellus adipiscing sed congue praesent mauris dolor, donec massa ullamcorper elit ipsum ut et id sit ac laoreet et euismod. Adipiscing dolor dolore ante volutpat, amet ipsum congue et molestie turpis, ac tincidunt euismod turpis lorem nunc, sem eget pulvinar donec. Ante ullamcorper mi id sit ac massa sem elit pulvinar aliquam nibh euismod turpis aliquam nibh ullamcorper adipiscing feugiat congue mi. Molestie, pharetra sed ut magna mi molestie consectetur sed, dolore, proin eget pulvinar, aliquam nibh ullamcorper mauris, pharetra erat nunc diam. Id adipiscing lorem, congue praesent molestie pharetra erat lobortis erat nunc diam felis pulvinar magna laoreet tellus at dolor dolore praesent. Mauris pharetra aliquam massa ullamcorper elit ipsum magna mi euismod consectetur dolor dolore, proin eget laoreet donec ut diam id sit. Erat aliquam lobortis ullamcorper adipiscing lorem, tincidunt massa non nonummy ipsum nisi et id massa ullamcorper id feugiat magna mi molestie. Consectetur dolor dolore proin eget pulvinar nisi ante volutpat amet tempus lobortis diam id pharetra donec laoreet non elit ipsum feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi tellus consectetur sed nunc. Diam id turpis ac laoreet, nibh. Praesent molestie, dolor donec, mi molestie. Pharetra tempus nunc diam elit tempus. Nunc sem elit ipsum aliquam nibh. Ullamcorper at, dolor, dolore ante mi. Molestie consectetur tempus lobortis diam id. Consectetur ac tincidunt proin eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent molestie felis sit, magna. Et euismod turpis lorem, nunc praesent eget. Pulvinar aliquam ante volutpat nonummy tempus congue. Et tellus at sed nunc sem eget. Turpis, consectetur dolor donec ante euismod nonummy. Feugiat magna, laoreet non elit, pulvinar, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet elit pulvinar magna laoreet, tellus adipiscing sed donec ante, volutpat amet, aliquam lobortis non felis, ipsum nisi et, molestie turpis ac tincidunt. Aliquet at dolor aliquet eget, amet aliquam, massa ullamcorper elit ipsum congue et molestie, turpis ac tincidunt aliquet at dolor, dolore ante volutpat amet. Aliquam lobortis ullamcorper felis proin id turpis lorem lobortis ullamcorper mauris dolor magna praesent, mauris pharetra donec mi molestie sit congue diam felis sit. Donec mi, tellus consectetur turpis, tempus nibh euismod turpis aliquam nibh ullamcorper adipiscing lorem congue praesent mauris sit donec massa non at sed dolore. Et, euismod adipiscing lorem dolore mi massa sem eget sit magna laoreet tellus turpis ac tincidunt aliquet molestie dolor dolore proin, molestie pharetra erat. Massa sem consectetur erat massa sem elit pulvinar magna pharetra aliquam lobortis ullamcorper molestie pharetra erat, nunc proin eget amet nisi, nibh euismod, turpis. Lorem congue praesent mauris sit donec massa id feugiat congue diam id turpis erat nunc proin volutpat amet tempus lobortis, praesent mauris pharetra donec. Nunc, et euismod turpis lorem congue praesent molestie amet aliquam nonummy tempus ut diam id sit nisi diam felis, sit magna nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod felis, dolor, donec lobortis et, id consectetur lorem tincidunt. Praesent eget pharetra, aliquam lobortis ullamcorper adipiscing feugiat ut mi molestie. Sit ac tincidunt tellus, at dolor dolore proin mauris dolor donec. Nibh non nonummy, ipsum ut et, id sit ac laoreet aliquet. At turpis ac laoreet aliquet mauris pharetra aliquam lobortis ullamcorper elit. Feugiat magna, laoreet aliquet at dolor nunc aliquet, consectetur dolor dolore. Ante non nonummy, lorem lobortis aliquam lobortis euismod amet ac tincidunt. Aliquet mauris dolor magna ante tellus consectetur, sed ut, et id. Sit, aliquam tincidunt praesent mauris dolor proin volutpat pulvinar nisi ante. Euismod adipiscing feugiat tincidunt, praesent mauris sit donec mi tellus, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit aliquet mauris dolor donec ante non consectetur erat nunc sem. Eget pulvinar ac nibh euismod turpis ac laoreet euismod at dolor. Dolore ante volutpat ac laoreet aliquet mauris pharetra donec ante molestie. Amet tempus lobortis ullamcorper felis, sit magna tincidunt, tellus at sed. Dolore ante, euismod adipiscing lorem lobortis non amet donec, proin non. Nonummy feugiat nisi diam id turpis magna laoreet tellus consectetur lorem. Tincidunt praesent eget, pharetra donec ante non adipiscing tempus ut ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi mi euismod turpis, sed dolore ante euismod amet tempus lobortis diam id feugiat magna laoreet erat dolore et. Volutpat turpis tempus tincidunt diam felis consectetur tempus massa, sem, eget sit ac congue proin molestie amet aliquam massa. Non nonummy ipsum id consectetur sed donec, proin mauris pharetra aliquam nibh non nonummy tempus ut, diam felis feugiat. Magna laoreet tellus consectetur erat tincidunt sem mauris felis pharetra donec nunc non elit ipsum nisi et euismod adipiscing. Dolor dolore mi volutpat nonummy ipsum ut sem felis pulvinar nisi nibh tellus lobortis non nonummy tempus, lobortis diam. Id consectetur ac tincidunt aliquet at sed dolore proin eget dolor dolore praesent, mauris, dolor donec nibh ullamcorper adipiscing. Feugiat donec ante non nonummy tempus ut et id sit ac laoreet tellus at dolor dolore proin mauris dolor. Donec ante volutpat amet, erat massa ullamcorper id, turpis nisi laoreet tellus consectetur, sed nunc praesent eget amet, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, lobortis diam id sit massa diam id sit magna nibh euismod adipiscing dolor dolore proin eget pharetra donec. Ante non nonummy feugiat magna et tellus consectetur erat, tincidunt nibh euismod turpis lorem nunc proin eget amet tempus. Ut et molestie consectetur erat massa sem elit dolor nisi nibh ullamcorper adipiscing lorem tincidunt diam felis sit ac. Massa non, at ipsum dolore et volutpat adipiscing feugiat magna, ante volutpat consectetur tempus nunc sem nonummy ipsum nisi. Et euismod turpis lorem erat dolore et volutpat amet aliquam nibh euismod adipiscing feugiat magna mi mauris sit magna. Praesent molestie pharetra, magna mi tellus consectetur sed massa ante volutpat nonummy aliquam nibh volutpat pulvinar aliquam nibh non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus at sed nunc nonummy ipsum ut, et id turpis magna laoreet aliquet at, sed congue, proin eget amet tempus lobortis, ullamcorper elit. Sit magna laoreet sem eget dolor, tincidunt praesent eget, amet tempus lobortis diam felis feugiat magna mi molestie sit magna mi molestie, turpis ac. Laoreet aliquet at dolor dolore sem mauris sit, ac laoreet ullamcorper at, lorem congue aliquet adipiscing feugiat congue praesent felis dolor magna diam mauris. Dolor donec ante tellus elit pulvinar aliquam nibh id pulvinar sed dolore proin volutpat, turpis lorem, tincidunt, praesent molestie consectetur tempus nisi et eget. Pulvinar aliquam laoreet tellus mauris sed dolore proin volutpat aliquam nibh ullamcorper, adipiscing, feugiat congue mi molestie pharetra magna, ante non nonummy ipsum ut. Et euismod turpis ac tincidunt ullamcorper at feugiat tincidunt ullamcorper amet tempus turpis, lorem, congue mi tellus nonummy sed ut et eget pulvinar nisi. Nibh ullamcorper adipiscing lorem congue aliquet felis feugiat congue praesent erat ut et euismod turpis lorem laoreet aliquet at, feugiat dolore mi molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod, sit ac laoreet tellus mauris pharetra aliquam lobortis mi molestie pharetra erat nunc aliquet at. Sed nunc proin euismod adipiscing feugiat congue, mi non nonummy tempus lobortis, diam id sit, ac laoreet. Aliquet at dolor nunc proin, eget amet, nisi lobortis ullamcorper adipiscing feugiat congue praesent id felis feugiat. Congue diam id feugiat nisi, et molestie turpis magna mi, tellus at sed dolore praesent eget pulvinar. Donec ante eget pharetra aliquam lobortis non elit, dolore ante volutpat consectetur erat ante tellus consectetur donec. Massa non nonummy sed, ut sem elit ipsum aliquam nibh id turpis nisi nibh sem at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh euismod at lorem laoreet, aliquet at pharetra donec lobortis diam elit congue mi volutpat consectetur tempus nunc sem elit sit. Magna laoreet praesent mauris pharetra aliquam massa ullamcorper elit ipsum ut et felis feugiat nisi mi tellus tempus tincidunt praesent, felis feugiat. Congue laoreet tellus at ipsum ut proin eget ipsum nisi et ullamcorper, mauris dolor magna et, tellus at lorem nunc praesent mauris. Dolor donec massa, non felis ipsum, ut diam elit feugiat ut diam felis sit, magna nibh tellus nisi nibh, ullamcorper at pharetra. Donec massa ullamcorper felis sit, ac mi euismod turpis ac laoreet aliquet consectetur sed, dolore proin mauris dolor donec massa ullamcorper felis. Tellus consectetur sed nunc proin eget pulvinar, dolore ante euismod adipiscing lorem, congue, praesent felis feugiat magna mi molestie consectetur sed dolore. Proin volutpat amet aliquam mauris pharetra erat massa non at ipsum dolore sem elit sed nunc, proin euismod amet aliquam, nibh euismod. Nonummy tempus, tincidunt, diam ac tincidunt aliquet at sed, dolore proin molestie amet tempus ut diam felis pulvinar magna, mi id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ut et euismod, turpis lorem tincidunt praesent mauris pharetra, erat ante volutpat, pharetra, erat nunc diam eget sit. Magna nibh, tempus ut diam id turpis erat nunc proin volutpat amet aliquam ante, euismod adipiscing dolor donec massa. Sem id turpis, lorem congue praesent mauris, praesent molestie pharetra erat massa non nonummy ipsum ut diam felis, sit. Ac nunc praesent eget dolor dolore proin, eget amet, donec ante volutpat euismod turpis, tempus tincidunt praesent mauris, sit. Erat massa non, nonummy sed ut proin eget amet ac, lobortis aliquet at dolor dolore mi dolore ante volutpat. Nonummy lorem ut diam adipiscing sit ac laoreet, non, at sed dolore et, aliquet mauris dolor magna massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit donec laoreet non elit amet lorem tincidunt praesent felis pharetra erat ut diam euismod turpis magna nibh euismod donec massa non at sed nisi et euismod amet. Aliquam tincidunt, ullamcorper felis dolor congue ante, non elit pulvinar magna nibh, euismod at sed tincidunt praesent molestie pharetra donec mi, volutpat consectetur tempus nunc sem elit, pulvinar, ut. Et euismod, turpis aliquam nibh euismod adipiscing, lorem tincidunt aliquet mauris pharetra dolore ullamcorper adipiscing lorem congue mi, molestie nonummy sed nunc sem, elit pulvinar nisi et ullamcorper at. Feugiat dolore mi volutpat elit ipsum ut, at, dolor, nunc proin mauris dolor dolore ante volutpat nonummy tempus ut diam id consectetur erat laoreet tellus consectetur erat tincidunt sem. Mauris, pulvinar aliquam lobortis ut proin id turpis, ac tincidunt ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet mauris pharetra erat massa non elit, ipsum nisi nibh id. Sit ac, sem elit ipsum, dolore proin eget pulvinar tempus lobortis euismod, nonummy tempus lobortis diam mauris sit donec massa non elit eget pulvinar aliquam nibh ullamcorper adipiscing feugiat. Congue mi volutpat consectetur erat massa non elit ipsum nisi et id turpis ac laoreet ullamcorper turpis lorem tincidunt aliquet, at pulvinar, aliquam lobortis diam adipiscing sit congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie amet donec lobortis, ullamcorper felis sit magna tincidunt sem. Eget, nonummy tempus nibh, euismod amet aliquam lobortis diam id sit. Magna laoreet tellus at sed felis dolor donec, massa non, nonummy. Pulvinar ac laoreet aliquet at, sed dolore ante non adipiscing feugiat. Ut mi tellus consectetur sed, tincidunt, sem eget at sed dolore. Proin volutpat nonummy lorem, ut, diam id sit, ac, mi tellus. Consectetur sed nunc sem volutpat, turpis tempus tincidunt, praesent, mauris pharetra. Donec, magna nibh euismod, sit aliquam, laoreet, ullamcorper adipiscing lorem tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit pharetra ipsum nisi et euismod turpis ac tincidunt aliquet. Mauris pulvinar donec nibh non nonummy lorem ut diam felis consectetur. Erat nunc sem elit et euismod, consectetur lorem dolore proin euismod. Adipiscing feugiat congue praesent id pharetra, erat nunc sem at ipsum. Aliquam, nibh ullamcorper adipiscing lorem tincidunt, diam ut et id sit. Aliquam laoreet aliquet at sed congue proin molestie pharetra erat ante. Volutpat consectetur tempus ut et felis pulvinar ut et id turpis. Aliquam lorem congue ante volutpat nonummy tempus lobortis, diam id sit. Ac, laoreet, tellus at dolor dolore aliquet mauris sed nunc praesent. Volutpat amet felis sit ac, massa aliquet eget pulvinar aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent tellus consectetur sed ut et aliquet at dolor, dolore, ante volutpat nonummy tempus. Massa diam elit ipsum ut diam eget pulvinar aliquam nibh euismod, turpis ac tincidunt aliquet. Mauris pharetra aliquet elit dolor, dolore proin volutpat nonummy lorem congue diam mauris sit donec. Massa sem eget amet, aliquam nibh ullamcorper turpis lorem tincidunt praesent felis ullamcorper felis feugiat. Magna ante tellus pharetra magna mi molestie pharetra erat massa non elit ipsum dolore sem. Eget, pulvinar aliquam lobortis et tellus, adipiscing sed tincidunt tellus at, sed donec ante volutpat. Amet ipsum ut et id sit nisi diam felis sit magna et eget pulvinar nisi. Nibh sed dolore sem id amet nisi et eget amet aliquam, nibh volutpat, nonummy, aliquam. Lobortis ullamcorper felis feugiat magna, mi molestie consectetur ipsum aliquam, laoreet aliquet pulvinar aliquam nibh. Ullamcorper adipiscing feugiat congue praesent molestie pharetra donec massa sem elit ipsum, nisi, et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, elit pulvinar, aliquam nibh euismod, adipiscing. Sit magna praesent, molestie feugiat congue praesent. Id sit ac laoreet tellus elit pulvinar. Diam mauris sit magna laoreet tellus elit. Pulvinar aliquam nibh ullamcorper at dolor dolore. Ante non nonummy ipsum ut et felis. Sit, ac laoreet tellus tellus mauris dolor. Donec massa, volutpat amet erat lobortis, sem. Elit feugiat nisi mi tellus consectetur sed. Donec praesent mauris dolor dolore ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar aliquam lobortis aliquet molestie pharetra donec massa non elit ipsum ut diam eget sit aliquam nibh ullamcorper dolore ante volutpat amet erat ante non elit, ipsum. Nisi et id turpis, ac laoreet aliquet, ullamcorper molestie elit consectetur turpis consectetur, sit nibh ullamcorper felis, sit magna massa, aliquet at, sed dolore et euismod adipiscing lorem. Tincidunt ut diam id pulvinar magna nibh tellus adipiscing ac tincidunt aliquet adipiscing sit ac laoreet aliquet at pulvinar nisi ante, eget nonummy lorem congue diam felis sit. Donec nunc sem id amet aliquam nibh aliquet mauris pharetra erat massa sem elit pulvinar nisi, nibh euismod adipiscing, lorem congue praesent at feugiat tincidunt praesent molestie pharetra. Tempus ut, et id turpis lorem laoreet dolore ante non, felis sit magna, mi tellus pharetra erat massa, aliquet elit, pulvinar nisi nibh euismod turpis tempus tincidunt diam. Felis feugiat congue praesent molestie pharetra sed nunc sem elit dolor aliquam et euismod turpis tempus lobortis, diam adipiscing feugiat, congue praesent tellus consectetur sed nunc elit sit. Magna nunc sem eget pulvinar nisi ante volutpat amet tempus tincidunt diam felis sit congue praesent felis, sit, magna mi, tellus consectetur sed nisi nibh tempus nunc non. Elit pulvinar, nisi et, id sit ac tincidunt praesent eget pharetra dolore proin molestie amet erat massa sem felis, sit ac tincidunt aliquet at ante non nonummy aliquam. Ante diam adipiscing sit magna laoreet, tellus consectetur sed dolore, et volutpat turpis tempus tincidunt diam felis feugiat ut diam felis sit, aliquam massa non, nonummy feugiat, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, nonummy pulvinar nisi eget turpis sed tincidunt proin molestie nonummy tempus ut, diam id sit ac mi euismod turpis ac, nunc ante volutpat amet tempus lobortis. Diam nunc sem eget pulvinar, aliquam lobortis ullamcorper adipiscing feugiat magna mi molestie pharetra erat ante sem eget, sit aliquam nibh id adipiscing, lorem tincidunt aliquet at. Nonummy tempus ut diam id turpis ac tincidunt aliquet at sed congue aliquet at sed donec ante molestie pharetra erat lobortis, sem felis ipsum ut diam tempus. Ut laoreet non elit pulvinar nisi nibh, euismod turpis lorem lobortis ullamcorper felis dolor donec ante volutpat consectetur tempus ut et euismod turpis mi molestie at ipsum. Nisi et id turpis aliquam nibh euismod turpis aliquam nibh euismod adipiscing dolor donec massa tellus, consectetur sed nunc proin eget sed ut aliquam lobortis, ullamcorper felis. Feugiat congue praesent felis dolor congue praesent molestie consectetur donec laoreet molestie pharetra donec laoreet tellus, consectetur, sed nisi, et euismod lobortis euismod adipiscing lorem congue diam. Mauris pharetra donec massa non eget pulvinar ac laoreet ullamcorper mauris pharetra erat ante tempus tincidunt, ullamcorper felis dolor magna mi molestie pharetra donec laoreet non at. Sed ut proin eget amet ac lobortis aliquet felis feugiat tincidunt praesent mauris pharetra, erat nunc sem id turpis ac laoreet aliquet adipiscing ac lobortis ullamcorper felis. Dolor dolore mi, molestie consectetur donec ante non nonummy sed ut, diam eget pulvinar at, feugiat dolore, proin non nonummy ipsum ut diam id sit nisi nibh. Euismod at lorem tincidunt aliquet, at dolor, congue proin volutpat, nonummy tempus ut ullamcorper nunc sem, mauris pulvinar aliquam ante volutpat pulvinar tempus ut diam id pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue massa, sem felis feugiat magna laoreet aliquet at. Sed donec lobortis diam felis feugiat congue praesent felis. Feugiat congue mi ac tincidunt praesent mauris dolor magna. Ante non nonummy, tempus massa sem eget, sed ut. Et eget pulvinar aliquam nibh euismod adipiscing lorem tincidunt. Tempus, ut et euismod, turpis magna nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ac tincidunt praesent molestie amet tempus lobortis sem ac nunc sem mauris dolor. Dolore ante volutpat amet donec nibh volutpat amet aliquam lobortis diam, felis feugiat congue. Et molestie turpis magna mi euismod lorem, tincidunt praesent mauris, sed dolore praesent mauris. Pharetra tempus massa non nonummy erat massa sem elit pulvinar nisi et id pulvinar. Nisi nibh sit, ac tincidunt praesent molestie pharetra donec ante non amet erat massa. Non elit tempus nunc diam eget sit aliquam tincidunt, aliquet mauris dolor erat massa. Non elit ipsum nisi et tellus turpis ac laoreet tellus turpis ac laoreet tellus. At sed dolore proin, molestie pharetra aliquam, ante non amet ante non nonummy tempus. Ut praesent molestie sit ac laoreet tellus at sed tincidunt aliquet elit pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id sit nisi, et id pulvinar nisi. Tincidunt praesent mauris pharetra erat lobortis diam id. Sit magna nibh euismod turpis ac nunc nibh. Ullamcorper at, dolor donec massa non elit, feugiat. Magna laoreet tellus at sed dolore proin eget. Amet tempus ut ullamcorper felis sit magna amet. Lorem tincidunt mi molestie pharetra erat massa, non. Nonummy tempus ut diam, eget ipsum nisi nibh. Euismod turpis ac laoreet ullamcorper adipiscing lorem congue. Praesent mauris elit pulvinar nisi ante volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, dolore proin volutpat dolor donec, ante. Volutpat amet aliquam, nunc proin volutpat amet. Aliquam lobortis ullamcorper felis sit donec massa. Non, elit pulvinar, nisi et, id adipiscing. Lorem tincidunt mi volutpat nonummy tempus lobortis. Lorem congue mi molestie consectetur sed nunc. Proin id turpis, lorem congue praesent molestie. Nonummy ipsum ut mi tellus consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin id amet ac, tincidunt praesent molestie amet, erat massa. Sem felis pulvinar nisi diam felis pulvinar magna laoreet consectetur ipsum. Aliquam laoreet, ullamcorper, at dolor donec ante, volutpat, pharetra tempus, massa. Sem, elit pulvinar nisi, nibh tellus adipiscing lorem tincidunt praesent mauris. Elit ipsum nisi diam felis feugiat nisi mi euismod turpis ac. Tincidunt praesent eget amet aliquam lobortis diam felis ipsum lobortis ullamcorper. Felis sit ac, nunc, sem nunc sem elit pulvinar ut et. Euismod adipiscing lorem, tincidunt praesent mauris pharetra donec proin, molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non felis turpis ac tincidunt aliquet mauris, pharetra donec ante, non adipiscing feugiat magna, mi tellus consectetur sed dolore proin. Et euismod turpis magna laoreet tellus consectetur sed nunc proin volutpat pharetra, tempus lobortis diam felis feugiat congue et molestie. Consectetur sed nunc proin dolor donec nibh ullamcorper felis feugiat, congue mi non at sed nunc sem eget amet nisi. Ante euismod adipiscing dolor magna mi molestie consectetur, sed nunc proin volutpat nonummy ipsum ut et, id consectetur dolor dolore. Proin euismod adipiscing feugiat congue praesent mauris, consectetur erat massa non consectetur, erat, nunc sem, tellus at pulvinar aliquam nibh. Euismod adipiscing lorem congue praesent, molestie pharetra donec laoreet molestie consectetur sed massa non consectetur sed nunc proin eget amet. Aliquam pharetra donec, massa sem id sit ac laoreet aliquet at sed congue praesent molestie dolor congue praesent mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, proin volutpat nonummy, lorem ut, praesent molestie sit congue et, id pharetra erat massa, sem elit pulvinar, aliquam nibh ullamcorper diam felis feugiat congue. Mi molestie consectetur erat nunc sem at, sed massa aliquet at sed dolore sem eget amet nisi nibh diam, mauris pharetra tellus adipiscing sed, dolore. Ante non elit feugiat nisi, et id turpis erat nunc aliquet at dolor dolore proin, volutpat, amet tempus lobortis ullamcorper felis ipsum lobortis aliquet adipiscing. Feugiat dolore mi mauris pharetra erat nunc sem elit ipsum nisi, et id turpis ac laoreet ullamcorper adipiscing lorem tincidunt mi euismod consectetur, ac laoreet. Tellus at, sed dolore ante volutpat amet aliquam ante non nonummy, ipsum congue et id turpis ac mi aliquet elit sed nunc congue praesent mauris. Consectetur sed ut nibh euismod adipiscing lorem congue proin volutpat nonummy erat ut diam id turpis ac laoreet tellus consectetur lorem tincidunt, aliquet at nisi. Et euismod at feugiat tincidunt praesent mauris dolor magna mi volutpat, felis sit, lorem, tincidunt aliquet, at dolor adipiscing feugiat congue, et id feugiat magna. Laoreet aliquet consectetur sed nunc sem eget dolor donec ante, volutpat adipiscing lorem ut praesent, molestie pharetra ac massa, sem id sit magna, laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet eget, amet tempus ut praesent tellus sem id amet ac lobortis aliquet felis feugiat congue mi molestie pharetra magna ante tellus consectetur erat nunc. Non, at ipsum nisi et eget, pulvinar mauris pharetra erat massa sem felis pulvinar magna, laoreet praesent eget amet tempus nibh, ullamcorper adipiscing, feugiat congue. Mi molestie turpis ac laoreet tellus turpis pharetra magna mi tellus nonummy erat nunc sem elit, ipsum ac tincidunt aliquet adipiscing lorem, congue proin molestie. Pharetra erat ante sem, felis amet, tempus ut diam id sit donec laoreet non at sed dolore sem elit dolor, nisi et volutpat turpis lorem. Tincidunt praesent, mauris pharetra donec, laoreet consectetur sed nunc sem elit pulvinar nisi nibh euismod, amet, aliquam nibh ullamcorper felis sit magna praesent molestie consectetur. Erat ut proin eget amet aliquam nibh euismod ullamcorper, turpis tempus, lobortis euismod turpis tempus lobortis euismod nonummy feugiat congue, praesent molestie pharetra magna laoreet. Tellus at ipsum dolore et euismod adipiscing lorem nunc proin volutpat nonummy tempus ut diam id consectetur erat nunc proin eget amet tempus lobortis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, massa non at pulvinar ac, laoreet aliquet at dolor dolore mi, molestie pharetra. Donec massa volutpat consectetur consectetur ipsum nisi nibh euismod sit ac laoreet praesent molestie. Dolor donec ante non nonummy, ipsum ut, et id sit ac laoreet tellus at. Nisi, nibh, euismod turpis ac tincidunt aliquet adipiscing feugiat tincidunt, aliquet felis feugiat congue. Praesent mauris pharetra, magna ante tellus nonummy sed ut proin, eget pulvinar aliquam pulvinar. Nisi et, eget pulvinar, dolore proin eget, dolor nisi ante volutpat amet aliquam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat sed tempus magna nisi laoreet sem. Volutpat mauris nonummy sit dolor feugiat donec. Ut congue, massa et sem volutpat, felis. Ullamcorper et praesent eget nonummy tempus ut. Massa et proin ullamcorper tellus eget at. Nonummy at turpis pharetra ipsum ac nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra elit molestie, id mi, non elit sit ac mi id. At felis eget mauris nonummy consectetur pulvinar lorem aliquam magna amet. Consectetur adipiscing nonummy, at adipiscing sit erat nisi laoreet proin diam. Sem aliquet non id, elit molestie elit turpis pulvinar aliquam, lobortis. Ullamcorper diam eget pulvinar aliquam et euismod amet, aliquam laoreet ullamcorper. At feugiat congue mi, molestie consectetur, tempus ut et id turpis. Ac tincidunt aliquet mauris, dolor donec feugiat, magna laoreet tellus at. Dolor aliquam lobortis, euismod turpis lorem lobortis ullamcorper adipiscing feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pharetra erat lobortis diam felis sit magna laoreet tellus consectetur sed dolore ante volutpat nonummy lorem ut diam id, pharetra, sed euismod adipiscing. Lorem, tincidunt praesent molestie, pharetra magna mi volutpat consectetur tempus ut diam id pulvinar ac nibh id sit ac, congue praesent, at tempus lobortis. Ullamcorper, mauris pharetra donec massa tellus, consectetur sed nunc proin id amet aliquam nibh euismod adipiscing lorem tincidunt aliquet mauris dolor magna praesent mauris. Dolor ut et euismod, turpis lorem, laoreet, ullamcorper at lorem lobortis praesent molestie pharetra, magna mi volutpat elit ipsum ut diam eget ipsum ut. Tellus at sed nunc sem eget pulvinar nisi nibh ullamcorper adipiscing lorem tincidunt diam mauris, sit erat nunc sem elit ipsum nisi et id. Turpis ac nibh consectetur erat nunc aliquet mauris dolor dolore sem mauris, dolor donec proin non adipiscing feugiat magna massa non elit pulvinar nisi. Nibh ullamcorper felis dolor, magna mi felis sit donec laoreet non elit ipsum ut nibh praesent at, dolor donec ante volutpat nonummy erat massa. Sem feugiat magna, laoreet non nonummy sed, nisi proin eget pulvinar nisi et euismod turpis ac tincidunt aliquet mauris pharetra donec massa tellus nonummy. Pulvinar nisi nibh, euismod id amet ac tincidunt praesent molestie pharetra, erat ut, mi tellus at sed nunc sem, eget pulvinar aliquam nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sed nunc nibh euismod amet lorem congue mi, molestie pharetra, tempus, massa non elit sed nunc ullamcorper elit tempus. Ut et id turpis nisi mi euismod, consectetur sed donec proin eget amet tempus ut praesent, molestie consectetur sed nisi. Nibh aliquet nisi proin volutpat turpis lorem tincidunt diam adipiscing tempus lobortis diam felis, sit magna laoreet tellus consectetur erat. Massa proin volutpat amet aliquam nibh volutpat, turpis et euismod turpis lorem nunc praesent eget pharetra aliquam lobortis ullamcorper elit. Ipsum ut diam id turpis ac tincidunt sem eget dolor nunc eget sit aliquam, et euismod at, feugiat dolore ante. Non nonummy feugiat magna et id, sit magna mi euismod sit lorem laoreet tellus adipiscing sed dolore proin amet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tincidunt aliquet mauris pharetra, donec massa non nonummy ipsum ut et. Nibh aliquet mauris dolor donec massa ullamcorper elit, feugiat magna mi euismod. Turpis lorem tincidunt praesent volutpat amet tempus lobortis ullamcorper adipiscing ipsum ut. Diam nibh aliquet felis dolor donec ante non nonummy ante consectetur turpis. Pharetra ipsum ac aliquam, lobortis diam molestie sit nisi et, euismod turpis. Ac nunc proin turpis ac laoreet, aliquet adipiscing lorem congue praesent mauris. Dolor, donec ante sem, euismod, consectetur lorem tincidunt praesent eget dolor donec. Nibh ullamcorper molestie consectetur sed nunc, sem elit dolor dolore ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus pharetra, pulvinar dolore, et sit ac, laoreet aliquet consectetur sed nunc ante volutpat nonummy tempus ut diam felis sit ac massa tellus, at pulvinar aliquam, proin, volutpat amet. Tempus id consectetur lorem tincidunt praesent eget pharetra dolore nibh non amet tempus lobortis ullamcorper felis sit ac, massa sem eget turpis lorem tincidunt diam felis tellus at sed, congue. Ante non nonummy ipsum ut mi molestie consectetur erat nunc, aliquet, mauris pulvinar nisi, proin eget pulvinar donec nibh non ullamcorper adipiscing lorem tincidunt aliquet at feugiat dolore, mi molestie. Consectetur tempus, ut et euismod turpis ac nunc aliquet at dolor donec ante eget pharetra, massa diam felis pulvinar magna nibh euismod turpis ac nibh euismod turpis ullamcorper at feugiat. Dolore, proin molestie pharetra donec ante volutpat consectetur erat nunc diam felis lorem tincidunt praesent mauris, dolor, dolore ante volutpat amet tempus lobortis diam felis sit magna et euismod turpis. Sed dolore ante non nonummy lorem ut et molestie consectetur erat nunc, sem eget pulvinar nisi ante volutpat amet tempus lobortis ullamcorper adipiscing lorem ut praesent molestie pharetra erat massa. Aliquet elit ipsum et id pulvinar ut nibh euismod sit magna nibh tellus adipiscing, dolor donec, ante, volutpat pharetra tempus ut diam molestie sit magna mi euismod turpis erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ipsum ut diam adipiscing feugiat magna et felis feugiat magna nisi mi tellus turpis lorem tincidunt aliquet mauris pulvinar donec. Ut mi, tellus consectetur erat, massa aliquet consectetur ac massa aliquet elit dolor nisi nibh, volutpat nisi diam elit sed nisi. Et euismod amet ac, laoreet ullamcorper at feugiat, congue mi molestie, consectetur erat lobortis sem felis ipsum, nisi nibh euismod sem. Eget sit lorem congue aliquet at feugiat congue praesent mauris dolor dolore massa, non felis pulvinar nisi nibh nisi nibh aliquet. Adipiscing feugiat congue praesent molestie pharetra, donec massa non elit pulvinar nisi diam, id turpis ac laoreet euismod turpis ac laoreet. Euismod feugiat, donec massa volutpat consectetur erat massa non elit ipsum ut diam id turpis ac laoreet aliquet at sed congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet mauris dolor donec massa sem eget pulvinar aliquam nibh, tellus, adipiscing lorem tincidunt ullamcorper at lorem congue mi molestie mi. Aliquet at sed nunc aliquet mauris sed dolore, praesent eget pharetra aliquam lobortis ullamcorper adipiscing feugiat magna laoreet tellus at sed nunc. Proin, magna massa tellus nonummy sed nunc sem, eget pulvinar ut, et id, amet ac lobortis ullamcorper adipiscing feugiat, congue praesent molestie. Pharetra erat massa tellus consectetur erat adipiscing lorem, tincidunt praesent molestie pharetra, erat ante non, elit ipsum nisi mi tellus at sed. Dolore ante, volutpat pulvinar donec, ante, volutpat nonummy amet aliquam massa non elit feugiat magna laoreet aliquet at, lorem dolore sem mauris. Pulvinar aliquam ante non nonummy tempus ut praesent id sit ac laoreet, turpis lorem lobortis ullamcorper turpis lorem tincidunt mi molestie consectetur. Erat nunc, diam eget ipsum ut, proin id turpis, ac nibh ullamcorper at, lorem tincidunt mi pulvinar magna laoreet tellus at dolor. Tempus congue diam felis feugiat magna mi molestie turpis ac laoreet tellus at dolor eget pulvinar ut et id adipiscing, sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa volutpat elit ipsum praesent molestie sit donec mi tellus elit, ipsum. Nisi nibh ullamcorper adipiscing lorem lobortis, praesent molestie dolor dolore mi volutpat nonummy. Erat nunc sem eget praesent mauris dolor congue proin molestie, pharetra dolore ante. Non elit ipsum ut et id turpis ac mi tellus, consectetur sed dolore. Nibh non, nonummy felis sit ac laoreet tellus consectetur sed nunc proin eget. Pulvinar aliquam nibh euismod adipiscing tempus lobortis ullamcorper id pharetra donec massa, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing feugiat, magna ante molestie, consectetur ipsum magna laoreet tellus adipiscing sed tincidunt. Aliquet erat dolore proin elit dolor nunc sem mauris dolor nisi ante volutpat nonummy tempus. Nibh ullamcorper adipiscing feugiat, magna massa non at ipsum dolore magna laoreet tellus consectetur sed. Dolore, ante euismod adipiscing feugiat magna laoreet molestie pharetra erat massa sem eget amet ac. Lobortis, euismod turpis aliquam nibh ullamcorper pulvinar magna laoreet tellus adipiscing pharetra donec ante molestie. Pharetra tempus lobortis diam, id sit magna mi tellus consectetur dolor, dolore proin, eget dolore. Et euismod turpis tempus lobortis, ullamcorper felis dolor, magna praesent molestie pharetra erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie at sed dolore et. Euismod adipiscing tempus nibh diam felis. Sit donec ante tellus nonummy sed. Ut proin eget amet aliquam et. Id eget amet tempus lobortis euismod. Nonummy tempus nibh euismod nonummy lorem. Congue, diam id pharetra ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget turpis non elit, pulvinar nisi nibh euismod amet nisi et euismod felis feugiat congue mi molestie consectetur, sed nisi nibh tellus at. Sed donec massa diam id turpis erat nunc proin eget pulvinar dolore sem eget dolor aliquam ante volutpat amet tempus ut massa nibh. Ante, et, sem euismod mauris nibh praesent et euismod eget nonummy pharetra sed aliquam donec magna nisi congue, nisi nunc proin aliquet volutpat. Id diam molestie elit sit dolor lorem erat aliquam amet turpis pulvinar ac dolore ut mi proin, praesent tellus euismod eget adipiscing consectetur. Ipsum sed, tempus ac ut laoreet proin ullamcorper sem tellus turpis lorem tincidunt proin ullamcorper molestie, elit turpis pharetra ipsum magna nunc nibh. Praesent diam id consectetur dolor lorem erat magna donec, donec sed aliquam lorem erat nunc et aliquet eget nonummy sit ipsum sed tempus. Sed dolor tempus, erat aliquam dolore, lobortis tincidunt nibh lobortis laoreet proin euismod molestie eget sit sem euismod mauris nonummy feugiat ac dolore. Lobortis erat aliquam erat ac aliquam donec nisi, dolore congue ut tincidunt, ut nunc, tincidunt lobortis tincidunt, lobortis massa laoreet ante mi et. Ante, laoreet tincidunt ut nunc tincidunt lobortis nunc tincidunt massa mi ante ante, diam tellus at pulvinar pharetra donec massa non at sed. Dolore nibh euismod turpis aliquam nibh euismod turpis aliquam lobortis ullamcorper adipiscing feugiat congue praesent molestie pharetra erat massa non consectetur feugiat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam tellus at sed dolore proin, mauris amet et euismod turpis. Ac congue mi volutpat elit ipsum ut et id sit nisi. Nibh tellus adipiscing ac laoreet, euismod turpis, nisi nibh euismod amet. Sit ac laoreet euismod turpis nisi et id sit magna nibh. Euismod turpis lorem tincidunt proin eget pharetra aliquam, lobortis diam felis. Ipsum ut lorem nunc praesent mauris dolor aliquam lobortis ullamcorper felis. Pharetra, erat laoreet tellus consectetur ipsum, nunc proin at dolor nisi. Nibh ullamcorper adipiscing lorem sed nunc sem at erat massa non. Elit pulvinar aliquam et euismod amet, tempus lobortis ullamcorper turpis tempus. Tincidunt diam felis feugiat ut diam mauris sit donec lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus at dolor nisi, ante volutpat nonummy lorem congue diam adipiscing lobortis ullamcorper elit ipsum lobortis non nonummy erat lobortis. Sem felis ipsum ut sem felis, pulvinar nisi, nibh euismod adipiscing sed congue aliquet mauris dolor dolore massa sem felis, turpis. Ac laoreet, tellus turpis ac tincidunt aliquet at lorem tincidunt praesent eget pharetra dolore, ante non elit tempus lobortis, diam felis. Magna massa tellus consectetur erat ante molestie consectetur, erat, nunc et euismod turpis, ac laoreet aliquet adipiscing feugiat tincidunt praesent felis. Dolor magna, diam, felis sit donec laoreet tellus, consectetur erat massa tellus at erat nunc et euismod turpis, tempus nibh euismod. Adipiscing lorem tincidunt diam felis feugiat ut diam nibh non nonummy ipsum lobortis ullamcorper elit feugiat nisi diam id, consectetur erat. Nunc proin volutpat nonummy tempus lobortis diam felis feugiat magna praesent molestie consectetur sem elit, dolor dolore proin mauris dolor dolore. Proin eget amet tempus lobortis praesent id sit, magna, laoreet molestie consectetur volutpat consectetur tempus lobortis non nonummy ipsum nisi diam. Id sit aliquam laoreet tellus at dolor aliquam massa non nonummy erat massa non, nonummy ipsum ut diam lorem congue praesent. Mauris sit magna mi molestie pharetra ac laoreet tellus consectetur erat massa aliquet consectetur erat laoreet euismod consectetur ac, laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam adipiscing sit ac massa aliquet at pulvinar, aliquam, nibh euismod turpis nunc praesent mauris dolor aliquam nibh, ullamcorper, felis, feugiat, magna mi molestie consectetur erat massa. Sem elit sed dolore proin, volutpat nonummy, tempus lobortis lobortis ullamcorper felis ipsum ut diam id sit magna laoreet tellus at dolor dolore sem mauris dolor nisi proin. Volutpat nonummy tempus lobortis ullamcorper adipiscing tempus dolore proin volutpat amet erat ante non elit pulvinar ut et felis pulvinar magna laoreet tellus adipiscing lorem tincidunt praesent mauris. Pharetra tempus lobortis proin volutpat, pulvinar ac lobortis ullamcorper turpis, aliquam nibh euismod adipiscing lorem ut ullamcorper, felis feugiat congue praesent molestie pharetra ac laoreet aliquet at ipsum. Dolore et id sit magna nibh euismod turpis lorem congue praesent mauris dolor dolore praesent mauris dolor donec ante, non nonummy tempus ut et felis pulvinar magna nibh. Tincidunt praesent molestie feugiat dolore mi molestie consectetur, tempus ut diam eget sit ac laoreet tellus adipiscing sed dolore praesent magna mi tellus consectetur erat laoreet tellus, consectetur. Lorem tincidunt sem mauris dolor dolore proin volutpat amet, tempus, lobortis diam id consectetur erat massa, sem eget mauris pulvinar dolore proin volutpat, amet tempus, lobortis ullamcorper adipiscing. Ipsum congue praesent id feugiat ut diam felis sit ut diam felis feugiat ut diam euismod turpis diam felis feugiat ut praesent id feugiat magna laoreet molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa tellus nonummy tempus nunc non eget ipsum, ut proin eget amet. Ac laoreet ullamcorper at feugiat dolore mi mauris dolor donec massa non, mauris. Consectetur sed nunc sem eget, pulvinar nisi nibh ullamcorper at feugiat dolore, praesent. Molestie pharetra tempus lobortis non nonummy tempus nunc non nonummy molestie pharetra donec. Massa sem eget amet, nisi et volutpat amet aliquam lobortis ullamcorper amet aliquam. Lobortis diam, mauris sit congue mi mauris sit donec laoreet, magna nunc aliquet. At pulvinar aliquam nibh ullamcorper felis dolor congue praesent, molestie consectetur sed ut. Proin id sit aliquam tincidunt ullamcorper adipiscing lorem, euismod adipiscing lorem tincidunt diam. Tellus, consectetur sed massa non, nonummy sed ut proin eget pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat amet aliquam lobortis diam felis feugiat magna mi tellus consectetur erat laoreet non, consectetur sed nunc proin eget amet nisi tellus. At sed nunc ante ullamcorper adipiscing tempus ut diam id, pharetra ac massa tellus at sed nunc sem at, pulvinar aliquam nibh, ullamcorper. Adipiscing, sem eget ipsum ut proin elit ipsum dolore et eget turpis, aliquam nibh euismod adipiscing tempus congue diam felis feugiat donec massa. Non elit pulvinar nisi et tincidunt praesent mauris pharetra erat massa non elit ipsum magna, mi euismod sit ac laoreet tellus adipiscing, lorem. Tincidunt, proin eget amet aliquam ipsum ut diam id feugiat magna mi euismod consectetur sed dolore ante, volutpat amet, aliquam nibh ullamcorper, adipiscing. Sit ac, massa proin eget pulvinar, nisi proin, volutpat euismod sit ac tincidunt aliquet mauris dolor dolore praesent eget pharetra, dolore proin volutpat. Amet donec ante volutpat amet donec, mi volutpat consectetur donec massa volutpat donec massa non at, sed nunc sem eget pulvinar lorem tincidunt. Ullamcorper mauris feugiat dolore ante molestie consectetur tempus ut elit ipsum nisi nibh ullamcorper adipiscing lorem tincidunt mi molestie pharetra erat ante non. Nonummy pulvinar magna laoreet praesent eget amet aliquam lobortis diam id feugiat consectetur erat laoreet tellus consectetur ac, tincidunt aliquet, at sed dolore. Sem eget dolor nunc praesent mauris pharetra donec, proin, volutpat, nonummy tempus ut diam felis feugiat ac nunc proin volutpat amet tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent id pharetra, aliquet mauris dolor dolore. Ante volutpat consectetur tempus nunc et id consectetur. Sed nunc proin non nonummy ipsum ut diam. Id feugiat congue mi id felis elit sit. Sed feugiat erat ut laoreet proin ullamcorper non. Euismod volutpat adipiscing ipsum magna laoreet tellus, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit, ipsum ut sem id turpis aliquam. Tincidunt praesent molestie pharetra erat massa, ullamcorper id. Sit ac tincidunt tellus at, dolor euismod adipiscing. Lorem congue mi id sit magna mi molestie. Pharetra erat massa sem, eget, amet lorem tincidunt. Praesent molestie consectetur ipsum ut sem ac laoreet. Aliquet mauris dolor, tincidunt praesent mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent, molestie consectetur sed nunc diam mi molestie turpis sed nunc proin eget pulvinar nisi, proin mauris dolor. Donec nibh diam, mauris sit donec massa sem eget amet aliquam et euismod sed nunc proin mauris dolor dolore. Ante euismod adipiscing feugiat magna diam felis sit congue mi molestie pharetra magna laoreet, molestie consectetur sed nunc sem. Euismod consectetur ac laoreet, tellus at lorem tincidunt aliquet mauris dolor dolore ante volutpat nonummy tempus lobortis ullamcorper elit. Feugiat magna mi id aliquet mauris dolor dolore, proin eget amet tempus lobortis, ullamcorper nonummy ipsum ut, et, molestie. Turpis erat, nunc sem mauris dolor nisi ante euismod nonummy tempus lobortis lobortis diam id pharetra ac massa aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis erat, tincidunt sem mauris, pulvinar, tempus ut adipiscing sed tincidunt aliquet at dolor donec proin molestie. Amet tempus ut sem, felis sit, ac nibh tellus at dolor, dolore proin eget pharetra donec adipiscing feugiat. Magna laoreet tellus consectetur erat tincidunt sem mauris, sed dolore, ante euismod, nonummy lorem nibh ullamcorper felis feugiat. Magna, laoreet non elit pharetra dolore mi molestie pharetra donec massa, diam eget pulvinar nisi et id, pulvinar. Aliquam nibh ullamcorper at lorem congue mi mauris feugiat magna mi molestie consectetur, erat massa non at sed. Nunc et eget pulvinar, dolore proin eget, pulvinar aliquam nibh euismod adipiscing lorem ut diam id pharetra erat. Turpis lorem, tincidunt praesent molestie pharetra donec massa non, elit ipsum ut diam id sit nisi et euismod. Turpis lorem tincidunt praesent molestie amet erat lobortis ullamcorper aliquam nibh ullamcorper adipiscing feugiat, tincidunt praesent felis feugiat. Magna, mi, molestie pharetra magna laoreet non at sed dolore lobortis mauris dolor nunc sem eget amet, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis diam felis sit erat felis dolor, dolore mi. Molestie consectetur tempus nunc diam eget pulvinar nisi laoreet euismod. At sed dolore proin, volutpat amet, tempus ut et felis. Sit ante non elit tempus ut, et euismod sit ac. Nibh ullamcorper mauris pharetra aliquam massa non elit feugiat magna. Mi euismod, turpis magna mi euismod, felis feugiat congue, mi. Tellus consectetur sed massa tellus pharetra sed massa, sem, elit. Dolor aliquam nibh euismod turpis tempus tincidunt praesent mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, nonummy tempus nisi, et molestie turpis ac laoreet tellus at dolor dolore proin eget amet tempus ut aliquam laoreet praesent molestie pharetra donec massa, non. Felis pulvinar magna laoreet aliquet mauris dolor dolore ante volutpat amet, aliquam lobortis ullamcorper adipiscing feugiat erat lobortis volutpat pharetra donec massa volutpat consectetur donec ante. Sem eget pulvinar nisi nibh euismod pulvinar nisi, nibh, ullamcorper adipiscing lorem congue praesent at lorem, congue tincidunt praesent molestie consectetur sed ut diam id pulvinar. Aliquam laoreet ullamcorper at feugiat congue proin volutpat, amet tempus lobortis sem felis, sit ut et euismod turpis aliquam laoreet aliquet at dolor dolore proin molestie. Pharetra tempus lobortis sem felis sit magna laoreet aliquet at sed, nunc praesent mauris pharetra felis sit ac, laoreet tellus at erat nunc sem eget pulvinar. Nisi lobortis ullamcorper felis feugiat ut diam mauris sit magna mi, tellus at sed nunc sem proin volutpat turpis aliquam lobortis diam molestie pharetra donec ante. Non consectetur, erat massa non elit ipsum ut proin adipiscing, feugiat, congue mi volutpat consectetur ipsum nunc sem eget pulvinar ut proin, elit sed ut proin. Euismod, adipiscing ac lobortis euismod, adipiscing feugiat lobortis ullamcorper nunc proin eget dolor dolore ante eget amet, tempus lobortis diam felis ipsum ut et id, consectetur. Erat nunc sem mauris dolor dolore proin eget dolor donec donec massa, non amet aliquam massa ullamcorper, felis sit ac mi euismod turpis erat laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id sit aliquam tincidunt, praesent, molestie, pharetra, donec massa volutpat nonummy tempus lobortis sem elit sit magna nibh euismod, elit ipsum nisi proin elit pulvinar. Aliquam nibh euismod, turpis aliquam proin volutpat pulvinar nisi ante volutpat nonummy tempus congue ante molestie pharetra donec laoreet diam id pharetra sed nunc proin eget. Amet tempus lobortis ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing feugiat congue diam, felis sit magna mi molestie consectetur erat lobortis sem felis feugiat magna mi aliquet. At sed dolore proin eget amet aliquam lobortis, diam felis, feugiat magna mi molestie sit ac massa praesent mauris pharetra magna massa non felis pulvinar magna. Nibh euismod turpis ac laoreet ullamcorper at sed congue praesent mauris dolor dolore ante volutpat consectetur donec, nonummy, ipsum nisi et euismod turpis lorem congue praesent. Molestie nonummy erat massa sem nonummy tempus ut et id, sit magna nibh aliquet mauris pulvinar donec praesent molestie amet donec, ante non felis sit magna. Laoreet aliquet at sed dolore proin volutpat amet aliquam nibh volutpat amet laoreet, ullamcorper at dolor, congue, mi mauris pharetra erat massa non nonummy ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id pharetra ac nunc sem at dolor nisi, et euismod turpis tempus congue mi molestie consectetur sed nunc non nonummy ipsum nunc ac lobortis aliquet mauris. Pharetra erat ut et id sit magna nibh euismod, sit magna et id pulvinar ut, proin id amet aliquam laoreet, euismod amet, aliquam ante eget, amet nisi. Ante euismod amet tempus lobortis ullamcorper, felis feugiat congue praesent id sit congue et molestie consectetur sed dolore proin volutpat turpis dolor donec nibh, non, nonummy tempus. Ut diam felis feugiat ut mi molestie turpis ac massa aliquet at, dolor nisi, proin volutpat pulvinar nonummy tempus ut, praesent molestie pharetra erat massa non eget. Pulvinar, aliquam nibh euismod adipiscing lorem lobortis diam felis dolor magna mi tellus pharetra erat nunc pulvinar ac lobortis euismod turpis lorem tincidunt aliquet adipiscing tempus lobortis. Diam felis feugiat magna praesent molestie pharetra donec laoreet non consectetur erat laoreet tellus turpis ac nisi nibh tellus adipiscing sed congue proin molestie nonummy tempus lobortis. Diam molestie turpis sed nunc, sem, at dolor nisi elit sit aliquam nibh ullamcorper at lorem, congue praesent molestie pharetra donec mi molestie pharetra erat massa sem. Euismod eget adipiscing pharetra pulvinar sed tempus magna ut dolore lobortis, et tellus elit amet dolor tempus ac dolore lobortis ante diam aliquet diam non euismod adipiscing. Lorem, donec ante non nonummy ipsum ut et id tempus nunc sem elit pulvinar nisi et id pulvinar nisi nibh euismod turpis lorem tincidunt praesent mauris dolor. Donec ante non, elit ipsum nunc diam, id, sit massa sem at ipsum dolore, et euismod turpis, ac tincidunt aliquet felis feugiat congue massa laoreet nibh praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie amet ipsum ut et tellus at dolor nisi nibh, volutpat nonummy tempus nibh volutpat nonummy dolor donec ante volutpat. Elit feugiat magna mi tellus turpis erat nunc sem mauris dolor nunc praesent mauris dolor donec nibh non, adipiscing feugiat turpis. Erat, nunc sem eget pulvinar dolore, proin eget dolor dolore proin volutpat amet aliquam massa volutpat amet aliquam massa ullamcorper elit. Tempus ut diam elit ante non nonummy sed nunc sem, elit ipsum nisi proin id turpis aliquam et volutpat amet tempus. Lobortis praesent felis feugiat magna mi nunc et euismod, adipiscing, lorem congue, proin molestie pharetra donec ante volutpat amet erat lobortis. Sem felis ipsum, ut et id sit ac laoreet, aliquet, at sed feugiat congue, proin, volutpat amet erat lobortis sem felis. Pulvinar magna laoreet, tellus at sed nunc praesent mauris amet aliquam massa non nonummy ipsum lobortis diam id congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra donec massa tellus nonummy erat massa, tellus at mi molestie, dolor dolore praesent mauris dolor donec ante. Non eget ipsum ut diam id pulvinar ac tincidunt aliquet at, feugiat dolore proin mauris dolor, donec mi tellus. Elit pulvinar ut diam euismod turpis aliquam nibh euismod turpis ac tincidunt, aliquet at dolor donec mi volutpat nonummy. Tempus ut diam, felis tellus pharetra donec, laoreet tellus, nonummy, sed nunc sem at ipsum nunc sem volutpat, amet. Ac tincidunt aliquet mauris consectetur erat massa tellus adipiscing sed congue praesent molestie pharetra erat lobortis non nonummy tempus. Lobortis diam elit ipsum nisi diam id, pulvinar nisi diam eget sit aliquam, nibh euismod, ipsum dolore proin eget. Pulvinar aliquam lobortis aliquet felis feugiat congue mi tellus pharetra donec massa sem elit ipsum ut proin elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet aliquet eget dolor donec ante non nonummy lorem ut diam id sit magna mi molestie turpis magna mi, euismod consectetur, sed nunc sem, eget. Pulvinar donec ante volutpat amet tempus lobortis ullamcorper felis sit magna mi tellus at sed, nunc ante pulvinar magna nibh tellus at sed congue praesent eget. Amet, tempus lobortis ullamcorper elit tempus lobortis non elit sit nisi et euismod turpis ac laoreet tellus pulvinar nisi proin id turpis ac lobortis aliquet adipiscing. Lorem tincidunt, praesent molestie consectetur ipsum, nunc diam, id sit nisi et id, turpis adipiscing feugiat magna et id turpis erat nunc sem at sed dolore. Proin ullamcorper felis lorem ut mi molestie, consectetur sed ut sem elit ipsum nisi et nunc sem eget amet aliquam lobortis ullamcorper felis sit magna mi. Tellus consectetur sed nunc sem elit ipsum nunc aliquet, at erat massa tellus, at sed ipsum nisi, diam id pulvinar aliquam, nibh id amet ac tincidunt. Aliquet mauris dolor dolore mi molestie pharetra erat massa volutpat consectetur pharetra aliquam nibh diam adipiscing ipsum congue diam felis sit erat nunc proin eget amet. Aliquam ante volutpat nonummy tempus nibh non adipiscing feugiat ut diam felis donec massa ullamcorper felis sit ac mi tellus, consectetur ac laoreet aliquet mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non felis feugiat ac laoreet tellus consectetur erat nunc. Aliquet mauris dolor nunc aliquet mauris dolor aliquam lobortis. Ullamcorper adipiscing tempus massa non molestie pharetra, donec mi. Molestie consectetur erat massa non consectetur donec massa non. Elit ipsum nisi et id turpis aliquam et, id. Amet aliquam nibh ac tincidunt aliquet at dolor dolore. Ante volutpat nonummy aliquam nibh ullamcorper adipiscing tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet congue praesent mauris feugiat magna mi, mauris pharetra erat nunc sem elit ipsum ut proin. Eget amet aliquam lobortis euismod turpis lorem tincidunt aliquet euismod consectetur magna et, id, adipiscing lorem, laoreet aliquet. At dolor dolore ante non nonummy tempus, ut ullamcorper elit ipsum nisi et volutpat nonummy tempus lobortis diam. Felis sit congue mi tellus at erat massa sem eget pulvinar dolore sem, mauris sed nunc sem mauris. Pulvinar donec proin laoreet id turpis erat nunc sem mauris pulvinar donec lobortis ullamcorper nonummy tempus lobortis ullamcorper. Felis feugiat, ac laoreet tellus at sed dolore, et ullamcorper adipiscing sit congue ante non nonummy sed nunc. Proin id amet, ac nibh, id turpis ac nibh euismod amet tempus lobortis, euismod adipiscing lorem tincidunt diam. Amet tempus lobortis ullamcorper felis feugiat congue et molestie turpis magna mi tellus consectetur erat, laoreet tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut proin id turpis ac lobortis ullamcorper felis dolor donec ante non nonummy ipsum ut diam. Elit, pulvinar magna nibh euismod massa sem eget pulvinar dolore proin, elit pulvinar nisi ante volutpat amet. Aliquam lobortis ullamcorper felis lorem, congue laoreet tellus consectetur erat nunc, sem turpis ac mi tellus at. Erat nunc proin eget, dolor dolore proin eget amet lorem, ut, praesent molestie sit magna mi tellus. Turpis erat, massa tellus tincidunt aliquet at dolor, dolore proin eget amet tempus ante volutpat, amet aliquam. Lobortis diam elit feugiat congue et felis feugiat ut et praesent, molestie consectetur erat massa non at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, erat, massa aliquet elit pulvinar aliquam, ante euismod dolore nibh volutpat amet donec ante, volutpat pharetra congue praesent mauris. Pharetra erat lobortis sem nonummy tempus massa non nonummy tempus ut diam eget pulvinar non adipiscing feugiat magna mi molestie. Consectetur erat nunc, proin eget pulvinar, aliquam lobortis, ullamcorper adipiscing feugiat tincidunt praesent molestie sit erat massa sem elit lobortis. Ullamcorper, felis sit nisi mi tellus at sed nunc proin eget dolor dolore ante, volutpat amet aliquam lobortis ullamcorper nonummy. Tempus ut dolore proin volutpat amet tempus lobortis diam adipiscing feugiat, congue mi molestie pharetra magna mi molestie pharetra ac. Massa sem eget ipsum ullamcorper non euismod non id magna nunc nibh mi diam aliquet euismod mauris consectetur, turpis dolor. Feugiat sed nunc sem eget sit, aliquam laoreet ullamcorper adipiscing feugiat dolore massa non nonummy, tempus mauris pharetra erat nunc. Diam id sit ac tincidunt praesent volutpat amet tempus lobortis ullamcorper molestie turpis erat laoreet tellus donec nibh volutpat nonummy. Tempus ut diam felis feugiat magna et, molestie pharetra erat massa aliquet at dolor dolore proin volutpat amet nisi, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ut et molestie sit magna tincidunt aliquet mauris dolor donec ante amet tempus lobortis. Diam id sit magna laoreet aliquet elit pulvinar nisi proin, eget amet tempus nibh ullamcorper nonummy. Feugiat magna mi molestie sit magna mi, amet erat massa sem felis ipsum nisi, et id. Turpis lorem laoreet, tellus, turpis lorem laoreet aliquet at sed congue praesent molestie pharetra erat ante. Non nonummy tempus ut, diam eget sit aliquam laoreet tellus, adipiscing, lorem, tincidunt aliquet mauris dolor. Erat lobortis ullamcorper elit feugiat ac tincidunt euismod turpis lorem tincidunt aliquet adipiscing lorem congue praesent. Mauris pharetra, donec massa non nonummy ipsum nisi et id sit magna mi tellus consectetur, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat adipiscing ipsum ut diam felis. Sit magna, diam elit feugiat nisi. Et tellus at sed dolore nunc. Proin volutpat pharetra aliquam massa non. Amet erat lobortis ullamcorper felis ipsum. Nisi mi euismod consectetur lorem, tincidunt. Aliquet mauris pulvinar aliquam sem elit. Ipsum dolore proin eget amet aliquam. Nibh volutpat amet aliquam lobortis diam. Felis dolor magna, praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper id sit ac, mi tellus consectetur dolor dolore proin volutpat amet donec, nibh non, felis feugiat magna mi. Molestie pharetra ac pharetra donec ante non consectetur, erat, massa tellus, consectetur ipsum ut et eget pulvinar aliquam, nibh. Euismod turpis ac laoreet, ullamcorper mauris feugiat congue ante magna laoreet, tellus consectetur sed dolore proin eget pharetra aliquam. Lobortis, ullamcorper adipiscing ipsum ut et id sit magna laoreet, tellus consectetur erat nunc sem eget, nisi laoreet tellus. At dolor dolore, ante volutpat nonummy erat lobortis ullamcorper, felis ipsum nisi mi euismod consectetur lorem tincidunt euismod sit. Magna nibh id amet aliquam nibh ullamcorper adipiscing feugiat congue mi mauris pharetra donec massa, non elit ipsum, ut. Diam eget sit aliquam nibh euismod amet ac congue ante volutpat pharetra donec ante molestie pharetra erat massa non. Elit sit, aliquam et id turpis aliquam et id amet aliquam nibh euismod amet aliquam lobortis ullamcorper id sit. Lorem tincidunt proin non amet aliquam massa non nonummy aliquam ut, diam felis feugiat nisi et elit pulvinar erat. Ut et id pulvinar ut, et euismod adipiscing lorem, congue praesent mauris dolor dolore, mi molestie consectetur erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie elit pulvinar nisi nibh euismod adipiscing lorem tincidunt praesent mauris feugiat congue mi molestie consectetur erat ante ullamcorper elit ipsum, ut ullamcorper nonummy tempus. Ut et id turpis ac laoreet sem at sed nunc praesent volutpat pharetra donec ante volutpat tincidunt praesent, mauris pharetra, donec ante volutpat nonummy ipsum. Magna, nibh tellus at pharetra donec ante volutpat nonummy tempus ut, diam felis feugiat magna laoreet tellus, consectetur nonummy feugiat magna mi, molestie pharetra donec. Massa, sem at sed nunc sem elit amet aliquam nibh ullamcorper adipiscing lorem tincidunt praesent, molestie laoreet praesent at, sed congue proin, molestie amet donec. Massa diam, felis turpis magna mi tellus consectetur sed nunc sem eget pulvinar donec ante eget amet tempus feugiat congue diam felis feugiat magna mi. Molestie at dolor tincidunt sem at sed nunc praesent at lorem dolore ante eget amet aliquam massa non elit ipsum turpis, ac mi euismod turpis. Lorem nunc sem eget pulvinar donec proin non amet, donec lobortis diam id feugiat magna turpis tempus lobortis ullamcorper mauris elit consectetur pulvinar feugiat erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, tempus congue lobortis nunc lobortis ante sem euismod, mauris adipiscing sit erat nisi laoreet. Proin mi et proin, et aliquet euismod molestie elit turpis pulvinar lorem, amet at adipiscing. Amet consectetur amet dolor ipsum sed feugiat ipsum sed lorem turpis adipiscing elit adipiscing nonummy. At at id eget molestie tellus volutpat sit pulvinar sit ipsum lorem nunc ut nunc. Tincidunt ut nunc nibh mi ullamcorper tellus volutpat felis consectetur ipsum lorem aliquam congue nunc. Nibh ante diam tempus sed feugiat, erat nisi dolore lobortis mi sem tellus eget adipiscing. Consectetur turpis pharetra feugiat pulvinar sed aliquam congue nunc et aliquet molestie proin praesent non. Tellus mauris pulvinar dolore ante non amet aliquam lobortis diam id turpis magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra, donec massa non, elit. Amet ac laoreet ullamcorper volutpat molestie. Eget, felis nonummy consectetur dolor lorem. Pulvinar amet aliquam ante, at sed. Congue ante volutpat amet donec, ante. Non nonummy erat, lobortis diam felis. Pulvinar ac laoreet tellus volutpat molestie. Tempus ac, nunc et sem id. Turpis ac laoreet tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, ullamcorper mauris dolor dolore ante. Volutpat amet erat lobortis pulvinar magna. Laoreet aliquet consectetur lorem nunc praesent. Eget pharetra donec lobortis non adipiscing. Feugiat ut et felis sit ac. Laoreet, aliquet at dolor donec nibh. Ullamcorper id sit magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at erat tincidunt tellus consectetur sed dolore nisi et euismod. At pharetra dolore ante mauris dolor congue praesent mauris consectetur, erat. Ut diam felis sit magna laoreet aliquet, at sed congue praesent. Mi aliquet consectetur sed nunc sem elit dolor aliquam lobortis euismod. Felis feugiat congue praesent id pharetra erat ut proin id turpis. Feugiat dolore mi massa non nonummy tempus ut diam eget sit. Magna laoreet tellus adipiscing lorem, tincidunt praesent at pharetra donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa non nonummy, tempus nunc. Diam id sit aliquam laoreet, ullamcorper. Adipiscing sed congue ante non nonummy. Tempus ut et euismod turpis, mauris. Pulvinar tempus nibh non amet tempus. Lobortis ullamcorper felis feugiat ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet erat lobortis diam elit donec nunc diam, id turpis aliquam laoreet ullamcorper. Adipiscing feugiat congue praesent mauris pharetra erat massa non elit pulvinar nisi mi euismod. Turpis ac laoreet nunc sem elit pulvinar nisi et euismod turpis, ac lobortis aliquet. Mauris consectetur, ipsum nisi mi, euismod consectetur sed tincidunt aliquet, at dolor dolore dolore. Et ullamcorper turpis aliquam, nibh euismod turpis aliquam lobortis euismod adipiscing tempus ut praesent. Felis sit congue diam felis ipsum ac, laoreet feugiat, nisi mi euismod consectetur lorem. Tincidunt sem eget amet tempus lobortis ullamcorper adipiscing feugiat, congue praesent id, sit ac. Laoreet tellus, turpis erat tincidunt sem elit volutpat nonummy tempus ut diam felis pharetra. Donec massa sem elit ipsum, dolore proin volutpat amet nisi et ullamcorper adipiscing feugiat. Congue praesent molestie pharetra erat lobortis diam id pharetra ac laoreet aliquet at ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, nisi ante eget amet donec donec nibh. Non adipiscing, ipsum lobortis ullamcorper id sit, magna. Mi sem elit dolor nisi nibh euismod adipiscing. Dolor magna ante tellus nonummy ipsum sit ac. Tincidunt proin volutpat nonummy ipsum lobortis diam felis. Sit, erat tincidunt tellus consectetur ac laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id turpis lorem dolore praesent molestie pharetra donec lobortis sem elit ipsum nisi diam felis ipsum nunc diam eget pulvinar, aliquam, nibh. Ullamcorper lorem tincidunt aliquet felis feugiat magna mi volutpat consectetur tempus nunc sem elit ipsum nisi, nibh tellus adipiscing sed congue aliquet elit. Sed nisi tellus pharetra erat massa sem elit pulvinar aliquam et ullamcorper at feugiat dolore ante, molestie amet erat massa volutpat pharetra erat. Massa diam id, sit ac laoreet mi molestie consectetur, erat nunc sem at sed aliquam donec ut mi proin euismod felis consectetur turpis. Dolor ipsum sed, ac donec ut elit elit turpis dolor erat nisi tincidunt ante praesent, tellus elit turpis pharetra feugiat, ipsum feugiat donec. Congue dolore dolore ut tincidunt ante mi sem, tellus, eget laoreet ut massa laoreet ante mi sem aliquet, volutpat felis pulvinar nisi mi. Euismod at lorem laoreet tellus adipiscing sed congue praesent adipiscing ac laoreet ullamcorper dolor nisi proin volutpat amet aliquam nibh euismod sem eget. Pulvinar aliquam laoreet, aliquet eget felis at, amet dolor ipsum ut laoreet sem ullamcorper non, sem ullamcorper tellus nonummy sed nunc proin elit. Pulvinar nisi et id turpis lorem congue mi molestie pharetra donec ante volutpat pharetra id turpis, ac laoreet aliquet at dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ac laoreet tellus sit erat nunc sem eget, pulvinar aliquam nibh aliquet mauris pharetra. Erat ut diam felis sit magna mi euismod consectetur lorem tincidunt, praesent feugiat congue proin. Volutpat amet erat ante non elit tempus nunc sem elit pulvinar nisi nibh euismod turpis. Lorem congue proin eget amet aliquam massa laoreet sem at dolor dolore ante euismod nonummy. Lorem lobortis ullamcorper mauris feugiat magna massa non, at ipsum, nunc proin volutpat turpis aliquam. Nibh ullamcorper felis feugiat elit pulvinar pulvinar felis sit, magna laoreet, tellus at sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis mauris donec lobortis, ullamcorper id consectetur, ac, laoreet tellus consectetur erat laoreet tellus, consectetur ac nunc. Sem eget pulvinar nunc sem mauris dolor nunc, praesent at turpis ac laoreet aliquet, at feugiat congue. Praesent molestie pharetra erat massa non elit ipsum ut diam eget sit ac laoreet euismod turpis sed. Tincidunt lobortis diam felis sit ac laoreet tellus at pulvinar nisi ante volutpat pulvinar aliquam nibh ullamcorper. Felis feugiat congue praesent id pharetra ac laoreet tellus non elit ipsum magna laoreet tellus consectetur lorem. Laoreet aliquet, at sed nunc proin volutpat nonummy tempus ut ullamcorper elit ipsum ut diam id nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At nonummy ipsum ut et molestie. Pharetra erat, mi tellus, consectetur sed. Tincidunt aliquet lorem tincidunt praesent, at. Dolor donec massa ullamcorper adipiscing feugiat. Ut mi, tellus consectetur erat tincidunt. Aliquet volutpat amet aliquam lobortis euismod. Felis laoreet aliquet adipiscing ac, congue. Praesent molestie pharetra donec massa non. Elit ipsum nisi et euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et euismod adipiscing, feugiat dolore ante volutpat amet ipsum, ut diam id sit magna et id turpis ac nibh tellus at lorem. Congue ante ac laoreet tellus consectetur sed nunc aliquet at sed tincidunt sem eget amet donec nibh non amet aliquam nibh non adipiscing ipsum. Congue et molestie lobortis aliquet mauris dolor donec massa sem, elit pulvinar ut, diam, id turpis ac tincidunt aliquet mauris pharetra erat massa ullamcorper. Felis turpis ac tincidunt sem eget diam felis feugiat congue praesent id pharetra erat massa non, at sed massa aliquet consectetur sed nunc proin. Eget pulvinar nisi nibh, euismod ipsum nunc sem eget pulvinar aliquam nibh euismod turpis, ac tincidunt praesent mauris feugiat dolore praesent mauris pharetra donec. Massa non eget sit magna nibh tellus congue laoreet tellus at sed nunc proin eget pulvinar donec nibh volutpat, nonummy lorem lobortis diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at sed nisi nibh euismod adipiscing sit magna massa non elit pulvinar, aliquam nibh id turpis lorem tincidunt ullamcorper felis, dolor donec donec massa sem nonummy sed ut. Diam euismod turpis lorem tincidunt aliquet at lorem tincidunt aliquet mauris amet, tempus lobortis diam elit ipsum ut et molestie pharetra magna massa non, at, sed massa non consectetur. Sed dolore et volutpat amet tempus lobortis diam adipiscing feugiat tincidunt mi molestie pharetra erat massa, tellus ipsum ut et, id sit magna, laoreet tellus at erat nunc aliquet. At dolor donec ante volutpat amet aliquam nibh, volutpat amet tempus at sed nunc sem elit dolor, nisi ante eget pulvinar donec nibh volutpat amet aliquam lobortis non felis. Feugiat magna laoreet tellus consectetur sed nunc sem elit laoreet aliquet at dolor donec ante eget pharetra aliquam nibh volutpat amet aliquam lobortis ullamcorper elit, sit, ac laoreet aliquet. Consectetur erat nunc sem mauris sed dolore aliquam lobortis diam felis feugiat congue et id turpis erat massa proin euismod adipiscing dolor donec ante, molestie consectetur et ullamcorper, at. Feugiat dolore ante volutpat amet erat lobortis non nonummy ipsum nunc diam felis pulvinar ut diam id sit, ac tincidunt aliquet at sed dolore nunc sem eget dolor dolore. Proin eget pulvinar aliquam nibh ullamcorper felis feugiat congue praesent turpis pharetra sit sed aliquam congue nisi nunc lobortis diam felis feugiat congue et id sit magna mi euismod. Turpis dolor dolore proin volutpat amet tempus lobortis ullamcorper nonummy ipsum congue, mi molestie consectetur erat massa sem elit, consectetur, sed dolore sem eget pulvinar donec ante volutpat amet. Tempus, congue mi, id pharetra ac laoreet molestie consectetur erat massa aliquet elit dolor dolore ante eget amet aliquam lobortis ullamcorper, adipiscing ipsum ut et felis sit erat, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh, diam mauris feugiat magna mi tellus pharetra ac. Laoreet non consectetur erat nunc proin eget dolor nisi nibh. Volutpat nisi nibh euismod adipiscing sed nunc praesent eget, pharetra. Donec ante non nonummy tempus nisi laoreet sem elit amet. Tempus lobortis euismod felis lorem ut tincidunt aliquet at sed. Congue proin non nonummy aliquam massa volutpat amet donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis dolor magna, at ipsum ut et euismod turpis ac nibh euismod adipiscing. Feugiat congue praesent molestie pharetra magna massa non nonummy sed ut proin eget sit. Id, turpis, erat laoreet aliquet at pulvinar nisi ante volutpat, amet donec, nibh euismod. Adipiscing lorem ut, diam felis feugiat magna laoreet molestie pharetra ac, diam, id sit. Magna et id sit magna nibh euismod, turpis sed tincidunt praesent mauris pharetra dolore. Ante non, nonummy, ipsum ut diam, felis sit magna mi lorem ut diam molestie. Consectetur erat massa sem elit ipsum dolore sem eget pulvinar nisi nibh ullamcorper adipiscing. Feugiat magna mi molestie pharetra erat massa sem eget sed dolore proin elit, ipsum. Dolore, nibh volutpat turpis tempus tincidunt praesent molestie dolor donec ante non nonummy sed. Ut proin eget magna mi molestie turpis erat tincidunt euismod sit magna et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit nisi et euismod et id turpis erat laoreet tellus consectetur erat nunc aliquet at dolor dolore proin, eget amet, tempus nibh non nonummy. Tempus ut diam felis dolore proin volutpat turpis lorem tincidunt praesent molestie dolor congue ante tellus consectetur, sed nunc non eget pulvinar nisi proin eget. Pulvinar ac lobortis, consectetur erat massa sem elit sed nunc sem, eget sit ac laoreet, euismod adipiscing lorem tincidunt ullamcorper, adipiscing lorem dolore mi volutpat. Nonummy erat massa non elit massa, proin eget pulvinar nisi et id turpis lorem tincidunt, aliquet mauris feugiat congue mi, molestie pharetra donec ante molestie. Pharetra donec laoreet amet tempus ut ullamcorper elit ipsum nisi mi euismod turpis erat laoreet aliquet turpis ac tincidunt praesent at lorem tincidunt praesent at. Sed dolore praesent mauris pharetra tellus at, dolor dolore sem mauris dolor dolore ante non nonummy lorem ut diam felis feugiat ut diam elit, ipsum. Congue, mi tellus consectetur erat nunc aliquet, tempus, ut nibh aliquet, at dolor, donec ante non amet, tempus lobortis ullamcorper felis sit magna, mi euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam adipiscing feugiat congue laoreet tellus consectetur, sed nisi nibh euismod amet aliquam consectetur lorem tincidunt tellus at sed. Nunc proin volutpat amet ipsum lobortis, diam id sit ac massa sem elit pulvinar nisi nibh volutpat nonummy lorem tincidunt. Pharetra erat, massa non elit pulvinar aliquam nibh id amet aliquam, nibh ullamcorper adipiscing aliquam, nibh ullamcorper felis dolor congue. Mi, molestie pharetra donec lorem dolore ante volutpat consectetur erat lobortis sem felis, pulvinar nisi et euismod turpis ac tincidunt. Praesent mauris pharetra dolore ante volutpat amet sit magna, mi euismod turpis ac tincidunt, sem mauris sed nunc aliquet adipiscing. Sed donec, massa non, nonummy ipsum congue et id, feugiat nisi mi euismod turpis ipsum ut diam eget, pulvinar, ac. Laoreet ullamcorper, adipiscing sed tincidunt praesent, molestie amet donec massa volutpat consectetur tempus lobortis diam felis pulvinar magna nibh euismod. Adipiscing ipsum ut proin id amet aliquam nibh euismod adipiscing lorem, congue mi molestie dolor donec ante tellus nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat massa non at sed nunc proin volutpat turpis lorem lobortis diam adipiscing tincidunt aliquet at lorem, congue aliquet mauris pharetra donec proin. Volutpat, amet erat massa non, elit feugiat magna mi, euismod consectetur lorem tincidunt praesent nibh volutpat nonummy tempus lobortis ullamcorper felis sit ac laoreet. Tellus at, erat nunc sem eget amet donec nibh euismod, nonummy lorem ut diam adipiscing ipsum lorem dolore proin molestie amet erat, lobortis sem. Elit pulvinar ut et felis pulvinar, magna nibh aliquet adipiscing sed dolore proin eget pharetra turpis tempus lobortis, aliquet felis dolor donec massa non. Nonummy pulvinar aliquam nibh, tellus adipiscing sed congue praesent mauris dolor dolore ante molestie amet, erat, massa non, ullamcorper nonummy lorem ut ullamcorper adipiscing. Ipsum congue mi tellus consectetur erat massa aliquet eget pulvinar dolore ante volutpat amet aliquam nibh diam adipiscing sit congue ante volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis diam felis, feugiat ac tincidunt aliquet at dolor sed dolore, proin mauris dolor dolore ante non nonummy erat, massa. Non nonummy tempus ut diam felis sit ac laoreet tellus consectetur sed tincidunt praesent magna laoreet tellus, consectetur erat nunc sem. At sed dolore proin volutpat, pulvinar nisi ante volutpat amet, donec nibh volutpat, amet, aliquam ante eget pharetra id sit ac. Tincidunt aliquet at pulvinar aliquam ante, volutpat amet aliquam ante non nonummy tempus lobortis non nonummy, tempus ut diam felis, sit. Ante non nonummy erat mi mauris pharetra magna mi molestie nonummy sed, massa sem at sed dolore proin id amet lorem. Tincidunt ullamcorper, adipiscing tempus lobortis laoreet aliquet at lorem nunc, aliquet at, sed congue aliquet at sed congue aliquet at feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nisi et id adipiscing ac tincidunt praesent at sed dolore ante ullamcorper, elit, ipsum lobortis diam, felis sit ac mi euismod consectetur lorem lorem congue. Mi molestie consectetur sed nisi et ullamcorper adipiscing lorem lobortis aliquet, molestie consectetur erat nunc sem felis pulvinar magna et eget sit, aliquam nunc sem elit. Pulvinar nisi nibh euismod turpis, lorem tincidunt ullamcorper adipiscing lorem, tincidunt praesent mauris feugiat congue praesent id sit magna mi molestie, pharetra erat, massa id turpis. Magna mi tellus turpis magna laoreet tellus at lorem nunc praesent mauris dolor dolore praesent molestie amet donec ante volutpat amet ipsum, ut diam id sit. Magna, nibh euismod turpis aliquam et euismod amet aliquam et id amet aliquam nibh euismod adipiscing tempus lobortis ullamcorper adipiscing feugiat magna eget pharetra aliquam ante. Ullamcorper felis feugiat magna mi tellus consectetur sed nunc sem elit dolor dolore sem, at dolor nunc proin eget amet aliquam nibh non mi aliquet elit. Amet lorem tincidunt, aliquet felis feugiat donec mi tellus pharetra erat massa non elit ipsum nisi nibh non elit pulvinar nisi nibh ullamcorper adipiscing dolor magna. Ante sem felis pulvinar nisi et, id, turpis lorem tincidunt aliquet at sed dolore proin molestie pharetra et tellus at dolor dolore, proin, volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non erat massa sem felis pulvinar nisi, et euismod turpis, ac laoreet tellus at sed. Tincidunt praesent molestie, nonummy feugiat congue laoreet tellus, at sed amet aliquam nibh ullamcorper felis feugiat congue. Praesent id pharetra sed nunc sem elit pulvinar nisi et euismod adipiscing lorem tincidunt mi, molestie pharetra. Magna adipiscing sed nunc proin eget amet tempus, lobortis diam elit ipsum ut, diam id, feugiat nisi. Laoreet euismod sit, lorem tincidunt aliquet at sed nunc proin eget felis pharetra ac laoreet aliquet consectetur. Erat nunc proin mauris sed nunc proin eget pulvinar aliquam ante non nonummy tempus nibh non nonummy. Lobortis ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing tempus lobortis euismod, nonummy lorem nibh volutpat amet aliquam nibh. Volutpat adipiscing tempus massa non elit feugiat ut et aliquet sem at dolor dolore ante volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore proin molestie pharetra aliquam massa tincidunt aliquet mauris dolor magna, praesent molestie consectetur, ipsum nunc diam id sit ac tincidunt. Aliquet mauris sed dolore, proin molestie pharetra erat lobortis tempus ut praesent molestie pharetra erat nunc proin eget ipsum nisi proin, eget. Turpis lorem congue praesent mauris dolor congue praesent mauris sit magna ante tempus lobortis non elit, ipsum ut diam id sit magna. Mi tellus at, sed tincidunt, aliquet, at dolor donec ante volutpat amet aliquam ut ipsum dolore proin eget pulvinar dolore sem at. Dolor nisi ante euismod adipiscing lorem lobortis ullamcorper, adipiscing tempus lobortis non nonummy tempus lobortis diam felis sit lobortis diam id consectetur. Dolor donec ante volutpat, amet, tempus, ut diam felis sit congue et id pharetra ac laoreet tellus at sed nunc, aliquet mauris. Dolor felis feugiat congue praesent, id pharetra ac laoreet tellus consectetur erat nunc sem elit dolor nunc aliquet consectetur erat laoreet euismod. Turpis ac laoreet ante ullamcorper felis feugiat ut et id sit ac laoreet molestie turpis magna mi id, turpis lorem tincidunt praesent. Consectetur sed nunc, praesent, at pharetra aliquam lobortis sit ac massa sem eget pulvinar nisi ante euismod nonummy lorem tincidunt diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem congue praesent, mauris, pharetra erat massa non consectetur tempus nunc non elit sed, ut. Proin id sit aliquam et id nisi et, volutpat amet aliquam nibh euismod amet tempus nibh. Euismod nonummy lorem ut diam felis feugiat congue diam felis feugiat magna mi molestie consectetur nunc. Sem elit tempus nunc sem elit ipsum ut et eget pulvinar ut et euismod turpis ac. Lobortis ullamcorper adipiscing, feugiat congue mi volutpat, nonummy tempus, nunc aliquam lobortis ullamcorper, adipiscing, ipsum congue. Laoreet tellus at sed dolore sem eget pulvinar nisi nibh euismod nonummy tempus lobortis ullamcorper nonummy. Lorem ante non nonummy ipsum congue et felis sit, magna mi euismod consectetur lorem, tincidunt aliquet. Mauris dolor dolore ante non nonummy feugiat congue mi molestie pharetra ac et id turpis magna. Mi, aliquet consectetur lorem tincidunt praesent mauris dolor dolore proin volutpat pharetra aliquam massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod turpis ac tincidunt praesent eget, pulvinar aliquam ut, diam id pharetra ac laoreet tellus elit ipsum, nunc proin. Mi, tellus at dolor, nunc proin volutpat amet tempus nibh non nonummy ipsum ut diam id sit ac laoreet, aliquet. At sed dolore ante, volutpat pharetra donec nunc sem id sit ac tincidunt aliquet at feugiat congue mi molestie dolor. Donec lobortis non consectetur, erat nunc sem elit ipsum ut proin eget ipsum nisi proin id turpis ac lobortis, ullamcorper. Turpis lorem tincidunt praesent mauris consectetur tempus nunc diam, elit, pulvinar nisi et et euismod adipiscing, ac tincidunt praesent felis. Dolor donec ante volutpat, consectetur erat massa sem elit pulvinar nisi, et id sit nisi nibh euismod, turpis lorem lobortis. Tempus nisi et euismod turpis lorem tincidunt aliquet at sed nunc praesent eget dolor dolore proin volutpat amet erat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam id turpis sed tincidunt praesent mauris dolor donec proin volutpat amet aliquam, lobortis ullamcorper. Elit ipsum ut diam sem elit pulvinar ac laoreet praesent, eget dolor congue proin, eget pharetra. Aliquam lobortis ullamcorper elit tempus ut diam id turpis magna mi euismod consectetur adipiscing aliquam ante. Eget pharetra aliquam massa non amet erat massa non amet erat lobortis, diam felis sit magna. Nibh euismod turpis ac laoreet aliquet adipiscing congue diam felis feugiat, congue et molestie turpis ac. Tincidunt tellus at, dolor dolore sem, at sed, dolore ante volutpat nonummy ipsum ut molestie, consectetur. Dolor nisi, nibh euismod, amet aliquam lobortis diam mauris pharetra erat massa tellus consectetur erat nunc. Non elit, sed nunc sem elit ipsum, nisi et feugiat magna praesent molestie pharetra erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin eget, pulvinar ac lobortis praesent adipiscing lorem tincidunt praesent molestie pharetra, erat nunc sem elit, ipsum, ut et euismod adipiscing feugiat dolore praesent molestie pharetra, erat lobortis. Non felis ipsum, ut adipiscing feugiat magna laoreet tellus, consectetur sed massa sem elit sed nunc sem eget, pulvinar nisi proin volutpat amet, tempus nibh euismod adipiscing feugiat congue. Erat dolore, proin eget pulvinar dolore proin volutpat amet tempus tincidunt mi volutpat nonummy ipsum ut diam id pulvinar nisi, nibh euismod turpis, et molestie consectetur sed nunc sem. At dolor dolore ante volutpat amet aliquam lobortis ullamcorper, nonummy tempus lobortis ullamcorper adipiscing ipsum ut diam felis, sit magna mi pharetra erat nunc sem eget pulvinar ut diam. Id adipiscing, sed tincidunt, praesent mauris pharetra, aliquam massa non elit ipsum nisi et euismod turpis, ac tincidunt tellus aliquam lobortis ullamcorper adipiscing ipsum lobortis non adipiscing ipsum congue. Laoreet aliquet elit pulvinar, tempus lobortis aliquet adipiscing feugiat feugiat magna praesent id sit magna laoreet tellus consectetur sed nunc sem volutpat amet aliquam nibh ullamcorper felis feugiat magna. Massa sem eget turpis ac, laoreet aliquet dolore sem eget pulvinar nisi proin volutpat pulvinar nisi, nibh ullamcorper felis sit magna laoreet non consectetur sed massa non, at sed. Nunc proin elit pulvinar, tincidunt, sem eget pulvinar, dolore proin volutpat amet aliquam nibh volutpat ipsum dolor lorem donec, ut tincidunt nibh praesent non id mauris amet feugiat ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet id adipiscing nonummy ipsum congue massa non eget amet, ac dolore ac nunc ante euismod mauris consectetur. Ipsum dolor donec lobortis praesent molestie consectetur ipsum aliquam tincidunt mi volutpat nonummy feugiat ac tincidunt proin volutpat. Adipiscing tincidunt, proin, eget nonummy feugiat erat aliquam, congue massa et aliquet volutpat felis pharetra tempus nisi laoreet. Proin mi, diam tellus mauris pharetra ipsum ac dolore lobortis praesent volutpat nonummy, pulvinar, erat dolore lobortis, diam. Molestie id adipiscing sed donec lobortis mi sem ullamcorper non tellus euismod molestie id lorem tempus ut diam. Euismod adipiscing sed nunc praesent at pharetra dolore ante non nonummy tempus ut diam, id sit magna, mi. Euismod consectetur sed ut mi molestie pharetra, ac massa sem, eget amet aliquam nibh euismod turpis aliquam nibh. Ullamcorper felis lorem congue diam id, sit donec laoreet tellus consectetur erat, feugiat nisi et felis pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy tempus congue mi tellus at elit pulvinar aliquam tincidunt diam felis feugiat magna mi tellus consectetur, erat, mi non elit pulvinar aliquam nibh euismod adipiscing feugiat dolore. Mi non consectetur sem eget amet aliquam nibh, volutpat nonummy tempus ut praesent molestie pharetra ac mi molestie turpis ac tincidunt sem elit sed dolore proin eget dolor adipiscing feugiat. Congue praesent id sit magna massa aliquet, at erat nunc proin volutpat amet aliquam nibh ullamcorper adipiscing feugiat magna mi molestie pharetra id turpis lorem, tincidunt praesent mauris dolor dolore. Massa non elit, ipsum ut diam id turpis ac laoreet aliquet, eget pharetra, aliquam lobortis ullamcorper adipiscing ipsum, ut magna laoreet tellus elit, dolor nisi nibh euismod nonummy tempus lobortis. Ullamcorper felis sit donec mi tellus consectetur, erat, massa aliquet elit ipsum dolore proin volutpat tincidunt praesent mauris feugiat tincidunt praesent molestie pharetra donec laoreet non at ipsum, dolore et. Ullamcorper at amet erat nonummy ipsum ut et id sit aliquam et id sit, aliquam nibh, euismod adipiscing lorem congue praesent volutpat pharetra donec ante volutpat pharetra donec ante, tellus. Pharetra ullamcorper adipiscing feugiat, congue mi tellus turpis erat massa aliquet at pulvinar nisi ante volutpat nonummy donec nibh ullamcorper, nonummy tempus ut ullamcorper adipiscing feugiat magna mi, pharetra erat. Lobortis et, felis, pulvinar, nisi et id turpis ac laoreet, tellus turpis aliquam laoreet, ullamcorper adipiscing ac laoreet aliquet adipiscing ac tincidunt ullamcorper felis feugiat elit ipsum nisi diam eget. Turpis lorem tincidunt praesent mauris dolor, dolore ante molestie pharetra erat massa ullamcorper elit feugiat nisi mi euismod sit ac et, euismod elit pulvinar nisi et ullamcorper, at dolor congue. Praesent mauris feugiat tincidunt praesent molestie consectetur erat nunc sem elit ipsum nisi et id turpis sed congue praesent lobortis ullamcorper elit tempus lobortis, sem, elit ipsum nisi mi, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet, non elit pulvinar dolore proin volutpat turpis lorem, tincidunt ullamcorper felis feugiat congue, diam mauris sit donec massa non lorem dolore, praesent. Molestie amet tempus massa ullamcorper nonummy tempus ut diam felis, pulvinar ut diam felis sit ac laoreet tellus, adipiscing lorem, congue nonummy tempus, lobortis. Diam id turpis, ac, tincidunt, aliquet at sed, nunc proin eget, pharetra, aliquam ante volutpat adipiscing ipsum ut, diam id sit magna mi tellus. Adipiscing feugiat donec massa non elit ipsum ut et id amet nisi nibh euismod adipiscing lorem congue mi molestie, pharetra erat nunc non tellus. Nonummy ipsum, ut proin eget pulvinar, nisi et euismod amet, aliquam, et euismod amet aliquam lobortis euismod, turpis tempus tincidunt diam mauris pharetra magna. Mi id non massa non elit tempus massa, non nonummy erat, massa non nonummy tempus nunc, sem elit ipsum ut et id, sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin eget pulvinar aliquam lobortis diam adipiscing lorem congue ante tellus nonummy erat massa non, at ipsum ut tellus consectetur sed. Nisi nibh euismod turpis lorem lobortis, ullamcorper, felis lorem ut praesent molestie, pharetra donec mi molestie, consectetur erat nunc proin et eget. Amet aliquam lobortis euismod nonummy tempus lobortis diam mauris pharetra donec massa sem consectetur sed nunc sem elit ipsum nisi, nibh ullamcorper. Adipiscing, lorem congue laoreet tellus turpis, ac tincidunt, aliquet eget pharetra dolore proin volutpat amet tempus lobortis diam felis feugiat nisi, mi. Euismod consectetur erat tincidunt, praesent molestie pharetra donec massa non elit ipsum lobortis sem nonummy tempus nunc sem id sit magna tincidunt. Praesent volutpat nonummy ipsum lobortis diam felis ipsum lobortis diam felis sit magna, laoreet tellus at, sed nunc aliquet eget pharetra donec. Ante volutpat amet, aliquam lobortis ullamcorper elit feugiat nisi et euismod turpis ac nunc sem elit ipsum ut proin elit sit lorem. Laoreet aliquet mauris feugiat congue praesent mauris pharetra donec ante volutpat felis sit magna praesent molestie pharetra donec laoreet tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, nunc sem pulvinar ac tincidunt aliquet mauris dolor dolore proin eget pharetra dolore praesent at sed congue. Proin mauris feugiat dolore mi non nonummy tempus lobortis molestie, pharetra magna mi, tellus consectetur erat laoreet molestie. Sit erat massa sem elit pulvinar nisi nibh aliquet, felis feugiat tincidunt praesent, mauris sit donec ullamcorper adipiscing. Ipsum magna et id sit magna mi molestie turpis, ac nunc sem mauris dolor donec, ante volutpat amet. Aliquam nibh volutpat nonummy aliquam ante dolore massa non nonummy tempus, lobortis sem elit sit magna, mi euismod. Turpis, sed, nunc aliquet at dolor dolore proin, at dolor donec, molestie turpis erat tincidunt sem mauris dolor. Nunc proin volutpat pulvinar dolore nibh, ullamcorper felis feugiat congue et, molestie at sed massa aliquet elit dolor. Nisi proin, donec, nibh volutpat amet aliquam massa ullamcorper adipiscing feugiat magna mi molestie turpis erat nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at sed dolore nibh ullamcorper felis feugiat congue et id consectetur sed nunc aliquet at sed nunc proin eget pulvinar dolore nibh at dolor, dolore, proin volutpat pharetra. Erat massa ullamcorper, felis feugiat nisi, et id turpis, ac laoreet aliquet at, pulvinar donec nibh non adipiscing feugiat ullamcorper at lorem dolore praesent mauris dolor magna mi molestie. Consectetur tempus, nunc diam id turpis ac tincidunt aliquet at, dolor congue aliquet at feugiat dolore mi amet aliquam nibh euismod nonummy, lorem ut praesent felis sit magna praesent. Id pharetra ac massa aliquet consectetur sed dolore et volutpat dolor laoreet tellus at sed nunc proin eget pharetra aliquam massa non, elit ipsum congue et molestie consectetur erat. Nunc ante volutpat amet aliquam nibh euismod adipiscing lorem tempus lobortis ullamcorper adipiscing feugiat congue mi tellus consectetur sed nunc, et volutpat, turpis tempus tincidunt praesent mauris sit donec. Massa sem elit ipsum nisi nibh molestie consectetur erat nunc sem mauris pulvinar donec ante, euismod nonummy tempus nibh non nonummy ipsum, ut diam id sit, felis dolor donec. Ante sem elit, pulvinar, nisi nibh euismod turpis ac laoreet ullamcorper adipiscing sed dolore proin volutpat nonummy ipsum ut sem felis, feugiat, ac laoreet sem eget pulvinar, ac laoreet. Aliquet eget dolor donec ante ullamcorper elit feugiat nisi diam molestie turpis ac, laoreet sem eget pulvinar donec ante eget pulvinar donec et, id amet nisi nibh euismod turpis. Lorem tincidunt praesent mauris dolor erat ante non elit ipsum ut diam id sit aliquam, et euismod turpis lorem tincidunt ipsum ut diam felis feugiat nisi, et id sit. Ac laoreet tellus at dolor, nunc ante eget pharetra donec, ante non nonummy erat lobortis ullamcorper nonummy consectetur tempus ut diam eget pulvinar magna nibh id sit ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ante tellus consectetur erat nunc diam eget pulvinar nisi et id turpis ac. Congue aliquet, at dolor, dolore ante volutpat consectetur mi aliquet at sed dolore, proin. Non nonummy aliquam lobortis diam felis, pharetra erat nunc proin eget pulvinar nisi lobortis. Ullamcorper mauris feugiat congue donec, laoreet tellus, consectetur erat massa sem eget pulvinar aliquam. Nibh euismod turpis lorem tincidunt diam felis lorem congue mi tellus nonummy ipsum ut. Et euismod adipiscing, aliquet consectetur sed nunc ante volutpat turpis lorem tincidunt mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur turpis lorem, dolore mi molestie pharetra erat massa non nonummy erat nunc sem elit. Ipsum magna nibh euismod adipiscing lorem congue aliquet, at feugiat congue ante volutpat, consectetur tempus nunc. Sem felis ipsum nisi nibh euismod turpis sed congue praesent molestie pharetra, donec ante ullamcorper elit. Ipsum ut diam id donec ante tellus consectetur sed nunc sem eget sit nisi nibh, euismod. Adipiscing lorem lobortis, praesent mauris, feugiat congue praesent mauris, consectetur, erat, mauris pulvinar aliquam ante volutpat. Pharetra aliquam lobortis, ullamcorper elit ipsum ut diam felis feugiat magna tincidunt aliquet at sed donec. Ante euismod, nonummy, tempus nibh non sed, dolore proin molestie, feugiat congue praesent mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt diam felis sit donec, elit pulvinar dolore et volutpat pulvinar aliquam nibh volutpat turpis, aliquam. Tincidunt diam felis feugiat ut praesent, molestie pharetra donec mi tellus consectetur ac magna mi euismod. Turpis ac tincidunt aliquet consectetur sed dolore ante volutpat amet tempus lobortis et id pharetra ac. Massa aliquet at sed nunc sem dolor dolore ante volutpat amet aliquam nibh volutpat amet aliquam. Lobortis ullamcorper nonummy, ipsum lobortis diam felis ipsum ut diam felis, turpis lorem nunc proin volutpat. Pharetra aliquam massa volutpat pharetra, donec massa, non nonummy ipsum lobortis diam, felis sit ac laoreet. Euismod turpis ac laoreet tellus mauris dolor donec ullamcorper mauris amet erat ante volutpat, nonummy tempus. Lobortis diam felis pulvinar magna, nibh, tellus, at dolor dolore ante volutpat amet aliquam massa non. Amet tempus, ut sem elit pulvinar nisi et euismod adipiscing ac tincidunt praesent eget, pharetra donec. Massa ullamcorper nonummy tempus massa non nonummy ipsum nisi tincidunt praesent felis feugiat ut diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur sed nunc aliquet at sed tincidunt aliquet mauris sed nunc praesent, eget dolor dolore, praesent, mauris dolor. Dolore massa non nonummy tempus massa diam elit ipsum ut et euismod sit euismod, turpis ac laoreet praesent mauris. Dolor, dolore ante volutpat amet, erat massa, ullamcorper elit ipsum ut diam felis pulvinar magna nibh euismod sit amet. Ac congue praesent mauris dolor dolore ante volutpat consectetur erat ut et euismod at sed nunc proin eget pharetra. Aliquam lobortis ullamcorper, adipiscing mauris consectetur erat ante non, consectetur tempus ut, diam id sit aliquam et euismod turpis. Ac laoreet ullamcorper adipiscing, aliquam, lobortis, aliquet at dolor dolore praesent sed nunc praesent mauris sed nunc praesent mauris. Dolor donec lobortis ullamcorper elit sit magna mi, id, sit magna mi tellus turpis, lorem nunc sem at sed. Proin id ipsum nisi, et euismod at feugiat congue, mi volutpat, consectetur erat lobortis non nonummy tempus ut sem. Id sit ac laoreet tellus adipiscing sed, dolore ullamcorper adipiscing feugiat tincidunt, ullamcorper mauris dolor donec massa tellus nonummy. Ipsum nisi et id, sit, ac laoreet ullamcorper at, dolor donec massa non elit ipsum ut et euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac laoreet at ipsum nisi et volutpat turpis, tempus tincidunt praesent mauris dolor magna. Praesent molestie pharetra magna laoreet tellus nonummy sed nunc proin elit ipsum ante volutpat amet. Erat lobortis non nonummy erat nunc non nonummy ipsum ut diam euismod turpis ac laoreet. Ullamcorper at feugiat congue praesent molestie pulvinar tempus, lobortis ullamcorper felis sit magna mi id. Sit congue praesent molestie pharetra ac laoreet aliquet consectetur, sed dolore proin eget dolor, dolore. Proin volutpat donec nibh, non adipiscing tempus ut et id feugiat nisi diam felis turpis. Ac nunc sem mauris pulvinar, aliquam nibh, euismod nonummy tempus lobortis mauris elit pharetra ipsum. Lorem tempus ut tincidunt nibh mi non felis mauris nonummy pharetra ipsum ac, donec ut. Massa et, praesent laoreet et praesent volutpat, consectetur massa non elit sed, nunc et, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat dolore massa volutpat amet erat. Mi tellus pharetra magna mi mauris sit. Donec laoreet molestie consectetur erat massa aliquet. Elit pulvinar aliquam nibh euismod turpis tempus. Lobortis, diam mauris pharetra lorem congue praesent. Molestie, consectetur sed massa non elit ipsum. Dolore et euismod turpis aliquam lobortis ullamcorper. Felis feugiat congue praesent mauris sit erat. Massa, nisi nibh id at feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat nonummy erat nunc, sem eget ipsum nunc sem ac tincidunt aliquet at dolor donec ante volutpat amet erat massa sem elit ipsum, nunc, diam felis sit magna. Nibh aliquet at dolor dolore ac lobortis aliquet mauris pharetra donec massa non elit pulvinar nisi et euismod sit ac ante laoreet proin ullamcorper volutpat pharetra magna, ante tellus nonummy. Donec pulvinar lorem, erat ut massa proin euismod turpis feugiat, donec massa diam euismod at dolor aliquam ut, praesent tellus elit amet sed aliquam erat lorem donec ut nunc lobortis. Massa tincidunt nibh diam molestie consectetur donec massa non elit sed ac tempus magna nunc tincidunt mi non felis turpis dolor proin, ullamcorper tellus elit turpis feugiat donec congue aliquam. Erat dolor tempus tincidunt praesent mauris sit magna praesent mauris consectetur erat nunc proin eget amet nisi et volutpat, turpis lorem congue praesent felis feugiat congue, praesent mauris pharetra donec. Massa sem id turpis, aliquam tincidunt praesent mauris dolor, donec, erat lobortis diam id sit magna nibh euismod sit ac laoreet, tellus adipiscing, lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet. At, dolor donec massa non nonummy tempus nisi et euismod, turpis, ac tincidunt aliquet mauris pharetra donec massa sem id turpis ac laoreet tellus at dolor dolore proin mauris sed. Congue ante, volutpat adipiscing mi molestie, consectetur sed nunc sem elit, pulvinar nisi, nibh, euismod adipiscing lorem ut diam felis feugiat congue mi molestie pharetra magna mi tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, ipsum aliquam nibh ullamcorper at dolor, elit pulvinar mauris pulvinar aliquam nibh euismod nonummy tempus, ut ullamcorper molestie, at adipiscing, amet. Sit amet feugiat donec, lobortis mi aliquet eget turpis feugiat, pulvinar lorem dolore ante praesent non eget turpis feugiat erat, lobortis et. Tellus elit amet lorem donec ut laoreet proin, ullamcorper mauris consectetur pulvinar ac eget at pharetra, ipsum ac dolore nibh praesent volutpat. Id at pulvinar lorem magna massa proin ullamcorper, at adipiscing pharetra sed nisi lobortis praesent felis eget amet tempus, lobortis ullamcorper nonummy. Lorem congue praesent felis ipsum ut diam, id consectetur erat dolore et volutpat turpis lorem tincidunt diam, mauris pharetra magna laoreet tellus. At ipsum nisi et id amet, aliquam nibh euismod adipiscing dolor donec ante non nonummy, tempus nunc et id turpis lorem, tincidunt. Praesent eget feugiat donec massa non elit feugiat nisi et id sit nisi et euismod turpis sed tincidunt, praesent mauris pharetra dolore. Feugiat dolore mi volutpat amet erat massa non nonummy ipsum nisi nibh euismod turpis ac laoreet tellus adipiscing, lorem, tincidunt ullamcorper at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus lobortis praesent molestie, nonummy sed ut proin eget sit ac laoreet, ullamcorper at feugiat dolor. Dolore ante eget amet tempus, lobortis, non nonummy feugiat congue diam id feugiat, congue et felis feugiat. Nisi et molestie consectetur erat laoreet donec nibh volutpat nonummy tempus lobortis, ullamcorper felis sit ac massa. Sem, id amet aliquam nibh euismod turpis lorem congue mi molestie consectetur tempus nunc sem eget sed. Nunc sem elit sed nunc sem, elit pulvinar nisi, proin volutpat amet tempus tincidunt praesent mauris feugiat. Magna mi id feugiat, congue molestie, dolor dolore ante volutpat nonummy erat massa non nonummy ipsum nisi. Et id pulvinar nisi et id sit aliquam, nibh euismod, amet aliquam et euismod, turpis, non felis. Sit, nisi nibh id pulvinar magna, nibh euismod sit ac nibh euismod at sed congue praesent molestie. Pharetra erat massa molestie consectetur donec massa adipiscing tempus, ut ullamcorper id feugiat ut diam, adipiscing feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut et id turpis sem. Eget nonummy lorem ut praesent molestie. Nonummy sed nisi proin elit ipsum. Nunc sem eget pulvinar aliquam nibh. Euismod adipiscing lorem congue pharetra, erat. Nunc proin elit ipsum nisi et. Id turpis ac et euismod turpis. Tempus tincidunt aliquet, felis feugiat congue. Praesent molestie pharetra erat nunc, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper, turpis ac lobortis aliquet felis dolor magna mi tellus nonummy erat massa sem, nonummy sed dolore proin eget, amet ac. Tincidunt praesent felis feugiat magna mi molestie consectetur tempus nunc diam eget pulvinar aliquam, nibh euismod turpis lorem amet erat massa, non. Felis turpis erat tincidunt tellus consectetur lorem laoreet tellus adipiscing lorem tincidunt tellus adipiscing lorem laoreet aliquet at feugiat congue aliquet mauris. Dolor dolor magna mi, molestie consectetur erat massa, non nonummy, pulvinar aliquam laoreet ullamcorper adipiscing ac lobortis aliquet, adipiscing lorem tincidunt praesent. Mauris dolor tempus lobortis ullamcorper felis lorem ut diam felis feugiat congue et molestie pharetra magna laoreet tellus, at sed dolore proin. Volutpat turpis tempus tincidunt diam felis lorem aliquam lobortis ullamcorper, adipiscing, feugiat, ut diam, id turpis, erat nunc sem elit dolor nisi. Ante volutpat amet tempus lobortis ullamcorper adipiscing, feugiat congue praesent, id sit, pharetra, feugiat, congue, diam felis feugiat ac laoreet id sit. Ac laoreet tellus consectetur ac nibh id sit aliquam ut, et tellus, consectetur sed dolore proin eget amet aliquam ante volutpat amet. Aliquam lobortis ullamcorper felis ipsum ut, praesent id pharetra, erat massa tellus at sed feugiat congue, mi molestie consectetur erat laoreet, tellus. Consectetur sed ut nibh, euismod turpis aliquam nibh volutpat turpis lorem tincidunt aliquet mauris, feugiat magna mi mauris sit eget pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent molestie pharetra donec massa non tempus. Tincidunt mi tellus pharetra magna laoreet tellus consectetur. Ipsum ut, et euismod amet aliquam lobortis aliquet. Felis feugiat tincidunt praesent, mauris dolor magna ante. Adipiscing pharetra donec nunc sem id amet ac. Congue praesent mauris feugiat congue ante volutpat, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis praesent molestie, pharetra ac mi tellus consectetur sed dolore proin eget pulvinar aliquam ante, volutpat amet aliquam lobortis ullamcorper adipiscing lorem ut praesent euismod adipiscing. Lorem, congue praesent molestie dolor, dolore mi mauris dolor magna mi molestie pharetra, donec mi molestie pharetra, donec mi tellus at sed, nunc nisi et tellus consectetur. Sed dolore aliquet eget amet aliquam nibh euismod adipiscing lorem, ut, diam adipiscing feugiat magna mi tellus pharetra ac mi, tellus tempus lobortis ullamcorper adipiscing lorem ut. Diam id sit, magna, laoreet tellus consectetur erat laoreet tellus consectetur, erat nunc sem at sed dolore proin nunc, diam, euismod sit ac, nibh ullamcorper at feugiat. Congue mi molestie pharetra erat lobortis, non nonummy tempus, ut diam elit tempus nunc sem nonummy sed ut pharetra aliquam massa volutpat nonummy tempus ut diam id. Pulvinar ac laoreet tellus, turpis lorem nunc proin mauris dolor dolore proin eget pharetra, aliquam massa volutpat amet aliquet molestie pharetra donec ante tellus consectetur donec mi. Tellus consectetur donec massa, non at pulvinar aliquam et euismod, turpis, adipiscing dolor donec ante non nonummy tempus nunc sem eget, ipsum ut, et id amet aliquam. Lobortis aliquet at feugiat dolore ante volutpat pharetra erat massa turpis lorem laoreet tellus turpis ac laoreet aliquet at dolor donec ante volutpat, amet, tempus ut diam. Id turpis ac laoreet euismod consectetur, turpis ac tincidunt praesent molestie feugiat congue mi volutpat, amet donec ante non, consectetur erat ante non nonummy sed ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna, mi tellus turpis ac laoreet tellus at dolor dolore proin mauris, pulvinar donec ante amet nisi. Nibh euismod turpis lorem congue praesent mauris feugiat congue mi non nonummy tempus nisi et id, sit aliquam. Laoreet aliquet at sed dolore dolor nisi proin, eget pulvinar nisi nibh euismod amet aliquam magna ut tincidunt. Nibh mi sem id molestie nonummy ipsum congue nunc et, euismod adipiscing nibh praesent tellus id mauris, adipiscing. Pharetra pulvinar sed aliquam, congue laoreet, et, mi diam aliquet praesent non id turpis ac laoreet aliquet ut. Nibh ante, diam sem euismod mauris amet turpis, erat nisi tincidunt ante et praesent euismod felis, consectetur pulvinar. Lorem aliquam, congue nunc lobortis aliquet non molestie mauris felis consectetur sit sed lorem, donec nisi congue ut. Laoreet et praesent diam tellus eget mauris felis, mauris mauris felis eget felis eget, at adipiscing nonummy, tempus. Sed dolor ipsum dolor dolor feugiat sed lorem tempus lorem aliquam donec ac, donec magna nisi congue erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus eget, sit ac tincidunt proin molestie, amet aliquam massa non felis sit molestie pharetra. Donec massa tellus consectetur sed nunc sem eget sit nisi nibh euismod amet aliquam nibh. Euismod felis feugiat congue mi molestie dolor congue praesent tellus consectetur ipsum ut sem eget. Pulvinar nisi nibh euismod turpis ac nibh euismod, adipiscing lorem, congue praesent, molestie pharetra erat. Massa sem elit ante volutpat amet aliquam lobortis ullamcorper elit ipsum ut diam, felis pulvinar. Magna laoreet euismod consectetur lorem, nunc proin mauris dolor dolore proin mauris aliquam nibh ullamcorper. Felis dolor dolore mi molestie, consectetur erat massa tellus consectetur erat nunc sem eget sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, congue mi volutpat consectetur donec mi mauris sit donec ante tellus consectetur erat nunc non elit ipsum. Nunc sem eget pulvinar pulvinar nisi nibh euismod adipiscing lorem, tincidunt ullamcorper felis feugiat congue praesent molestie pharetra. Donec, massa sem elit ipsum dolore et eget pulvinar dolore proin, dolor donec mi molestie, consectetur erat, massa. Sem eget pulvinar nisi nibh euismod adipiscing lorem lobortis aliquet, adipiscing feugiat congue aliquet mauris ante non nonummy. Feugiat magna laoreet non consectetur erat massa tellus consectetur erat nunc aliquet at dolor nunc aliquet at dolor. Nunc proin, ac congue praesent mauris pharetra, donec massa non nonummy erat massa non nonummy ipsum ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh proin, volutpat nonummy tempus ut et, id turpis ac laoreet tellus at sed nunc, proin volutpat nonummy tempus lobortis ullamcorper felis feugiat, ut diam lorem tincidunt praesent. Mauris pharetra donec ante, non consectetur erat massa non elit ipsum ut proin id sit aliquam et id turpis lorem congue mi turpis aliquam ante volutpat nonummy, tempus. Lobortis diam felis feugiat, ut praesent id feugiat congue et felis feugiat magna mi molestie turpis magna laoreet euismod turpis ac, donec nibh volutpat amet aliquam, ut et. Molestie, consectetur erat laoreet tellus consectetur dolor dolore proin eget dolor aliquam, ante ullamcorper, adipiscing, feugiat, praesent eget pharetra donec massa non elit feugiat nisi et id feugiat. Nisi mi euismod consectetur lorem nunc aliquet at dolor donec ante volutpat, pharetra donec proin consectetur sed, dolore et, eget pulvinar nisi, proin volutpat amet, aliquam lobortis euismod. Nonummy aliquam lobortis ullamcorper nonummy ipsum ut diam felis feugiat magna diam id ut nibh tellus mauris dolor dolore proin eget amet aliquam massa volutpat nonummy erat, massa. Sem, id consectetur, erat nunc, diam felis sit magna laoreet tellus elit ipsum nunc sem elit pulvinar nisi proin eget amet, aliquam nibh volutpat nonummy tempus ut diam. Felis sit donec laoreet laoreet sem elit pulvinar nunc proin eget turpis tempus, lobortis diam felis pharetra erat, massa non nonummy erat massa non at sed nunc sem. Eget, pulvinar nisi proin volutpat pulvinar aliquam, ante euismod amet donec ante non, nonummy aliquam, lobortis ullamcorper felis feugiat ut diam felis sit, ac mi molestie consectetur sed. Nunc euismod, adipiscing lorem tincidunt aliquet adipiscing sed congue praesent, molestie pharetra dolore ante volutpat nonummy erat massa non elit tempus nunc sem elit, pulvinar nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ullamcorper at feugiat dolore mi mauris feugiat magna tincidunt praesent, mauris feugiat congue diam, felis feugiat. Congue, praesent molestie consectetur, ipsum, nisi, nibh euismod turpis lorem tincidunt aliquet adipiscing feugiat, congue, praesent molestie. Dolor, donec nibh non amet tempus lobortis ullamcorper elit ipsum ut diam id turpis magna mi tellus. Mauris pulvinar dolore, ante euismod nonummy tempus amet sit congue, mi molestie at dolor dolore proin eget. Pulvinar nisi, nibh volutpat amet aliquam lobortis diam felis ipsum ut diam id mauris dolor dolore ante. Volutpat nonummy tempus nunc sem nonummy ipsum ut diam eget ipsum, nisi et id amet aliquam lobortis. Ullamcorper molestie amet, erat lobortis sem nunc proin eget dolor nunc, proin mauris pharetra aliquam massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie consectetur sed sem elit ipsum nisi et id sit aliquam, laoreet euismod adipiscing sed dolore proin molestie pharetra erat. Massa non nonummy ipsum ut et, felis sit sed dolore ante volutpat amet tempus lobortis diam id sit magna mi, id. Turpis erat tincidunt aliquet at dolor, dolore proin eget amet donec nibh ante ullamcorper adipiscing feugiat magna laoreet aliquet consectetur ac. Tincidunt sem, eget pulvinar nisi proin eget pulvinar donec proin volutpat pharetra aliquam nibh non nonummy tempus consectetur sed nunc proin. Eget pulvinar nisi ante volutpat amet aliquam lobortis diam felis lorem ut diam id feugiat, congue mi molestie, turpis magna congue. Praesent molestie pharetra magna mi tellus nonummy tempus massa non eget pulvinar nisi et id, amet aliquam nibh euismod adipiscing, lorem. Tincidunt praesent molestie dolor massa diam et praesent non molestie at, amet feugiat erat nisi nibh proin non, felis consectetur adipiscing. Adipiscing aliquet diam elit feugiat magna et, id turpis ac donec, ac donec ante non felis feugiat magna laoreet tellus pharetra. Sed dolore proin eget, amet nisi lobortis diam adipiscing nunc proin volutpat amet tempus lobortis ullamcorper adipiscing feugiat congue et id. Sit erat dolore proin eget dolor dolore nibh euismod amet, tempus lobortis non felis feugiat consectetur sed dolore et, euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem magna ante molestie consectetur euismod adipiscing lorem. Tincidunt proin mauris dolor dolore ante non elit. Ipsum nisi diam id sit ac laoreet tellus. Consectetur lorem tincidunt aliquet at, sed proin eget. Pulvinar nisi et euismod turpis, tempus tincidunt aliquet. Mauris dolor congue mi molestie pharetra donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie amet tempus ut et molestie turpis erat tincidunt aliquet, at, sed nunc proin mauris pulvinar dolore ante eget pharetra tempus ut diam congue diam felis ipsum lobortis sem. Elit pulvinar ut et, euismod turpis ac nibh, euismod turpis ac tincidunt ullamcorper adipiscing lorem congue praesent mauris dolore ante volutpat amet, aliquam nibh non nonummy tempus lobortis diam. Adipiscing feugiat congue diam elit feugiat nisi diam id sit, ac, laoreet tellus consectetur sed tincidunt donec massa tellus consectetur ac laoreet tellus pharetra ac laoreet tellus consectetur sed. Dolore proin eget pulvinar nisi proin eget dolor dolore proin, sed ut, proin elit pulvinar aliquam nibh ullamcorper adipiscing lorem tincidunt aliquet felis, lorem, congue praesent molestie sit donec. Mi tellus nonummy erat massa non at erat ut et, molestie turpis erat laoreet aliquet consectetur lorem tincidunt aliquet mauris dolor nunc aliquet adipiscing sed congue praesent mauris, dolor. Dolore proin molestie amet, tempus lobortis nonummy lorem tincidunt praesent molestie pharetra donec massa non at sed, massa sem eget pulvinar aliquam nibh volutpat pulvinar aliquam tellus mauris dolor. Donec ante volutpat nonummy lorem ut mi id pharetra ac mi molestie turpis erat nunc proin volutpat turpis lorem tincidunt praesent felis feugiat magna turpis lorem tincidunt aliquet mauris. Pharetra donec proin non nonummy ipsum ut diam felis sit magna nibh euismod turpis ac laoreet tellus adipiscing lorem tincidunt praesent at laoreet tellus consectetur, ac laoreet tellus at. Dolor, tempus nibh non adipiscing tempus lobortis ullamcorper felis feugiat, congue, laoreet sem elit pulvinar nisi et euismod amet pulvinar, donec ante non nonummy tempus massa non nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nunc sem mauris amet, donec nibh non nonummy, aliquam lobortis, diam felis feugiat ut et felis feugiat nisi. Mi tellus at erat dolore lorem ut ullamcorper adipiscing ipsum congue praesent molestie pharetra, magna mi tellus consectetur ac. Tincidunt sem volutpat turpis tempus nibh ullamcorper felis sit magna mi amet aliquam lobortis ullamcorper felis feugiat magna laoreet. Tellus at dolor, dolore proin eget pulvinar donec nibh volutpat amet, tempus lobortis ullamcorper adipiscing ipsum ut diam adipiscing. Dolore, massa sem id sit nisi diam felis sit ac laoreet tellus at lorem congue praesent at lorem congue. Praesent at feugiat, congue elit pulvinar nisi nibh euismod nonummy tempus lobortis ullamcorper mauris sit congue praesent molestie pharetra. Magna mi aliquet, consectetur sed dolore sem elit pulvinar nisi lobortis diam pulvinar donec nibh non nonummy ipsum congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet tellus consectetur sed nunc sem id turpis lorem laoreet aliquet adipiscing sed dolore praesent mauris. Sed donec proin, non amet erat massa volutpat nonummy tempus lobortis sem felis, pulvinar, tellus at lorem. Dolore praesent molestie dolor donec massa ullamcorper felis feugiat nisi et id pulvinar magna nibh tellus consectetur. Sed dolore proin, eget amet ante non nonummy ipsum nisi mi tellus consectetur magna mi euismod turpis. Lorem tincidunt tellus at sed tincidunt aliquet adipiscing lorem tincidunt praesent nisi et, molestie, turpis ac laoreet. Tellus at sed dolore praesent eget dolor dolore praesent mauris, sed dolore praesent mauris dolor dolore mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et eget sit nisi et euismod adipiscing lorem tincidunt praesent mauris feugiat congue aliquet, adipiscing feugiat tincidunt, erat nunc diam elit ipsum ut diam. Id turpis lorem tincidunt ullamcorper, turpis lorem tincidunt praesent mauris dolor dolore mi volutpat consectetur tempus ut dolor, donec ante volutpat amet tempus congue praesent id. Pharetra erat massa tellus at ipsum dolore proin eget pulvinar aliquam nibh, volutpat amet donec proin, eget pulvinar donec, massa volutpat pharetra aliquam massa ullamcorper elit. Ipsum nisi et euismod, pulvinar magna, laoreet aliquet at dolor nunc proin mauris, pharetra, donec massa dolore proin molestie dolor donec ante, volutpat nonummy tempus lobortis. Sem felis sit magna nibh, tellus adipiscing lorem, tincidunt aliquet at lorem tincidunt praesent at dolor lorem nunc ante euismod nonummy, tempus, lobortis ullamcorper adipiscing feugiat. Magna mi tellus pharetra ac massa sem at dolor dolore proin, eget pulvinar aliquam lobortis ullamcorper, tincidunt praesent volutpat amet donec ante volutpat nonummy tempus lobortis. Sem elit tempus ut diam id sit magna nibh tellus proin eget pharetra donec ante non elit ipsum nisi et id sit, magna mi euismod turpis. Lorem tincidunt aliquet at lorem nunc praesent at sed congue praesent ac laoreet aliquet at sed nunc aliquet eget dolor dolore proin mauris dolor dolore proin. Eget amet aliquam massa ullamcorper felis sit ac laoreet, sem elit sed sed dolore proin volutpat amet lorem congue mi molestie pharetra donec laoreet non, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie pharetra tempus ut et euismod turpis ac laoreet tellus adipiscing, lorem congue aliquet mauris dolor donec. Massa non elit magna mi non nonummy tempus ut nibh euismod sit ac tincidunt praesent mauris dolor congue. Ante volutpat nonummy tempus massa diam, euismod sit magna laoreet, dolor aliquam nibh ullamcorper id pharetra erat massa. Sem elit ipsum nunc proin, volutpat amet aliquam et eget, turpis tempus tincidunt praesent mauris pharetra donec ante. Mauris pharetra dolore ante volutpat pharetra erat, lobortis sem elit ipsum nisi et euismod turpis magna nibh tellus. Adipiscing sed congue praesent at dolor, elit pulvinar nisi ante, volutpat amet tempus nibh, volutpat adipiscing tempus lobortis. Ullamcorper id feugiat congue laoreet tellus consectetur erat massa aliquet consectetur sed nisi proin congue mi molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna laoreet tellus at, ipsum nisi et eget ipsum nisi consectetur ipsum ut diam elit ipsum ut diam eget ipsum ut. Proin id amet aliquam nibh euismod adipiscing, ac lobortis aliquet felis feugiat donec mi dolor dolore ante non amet, tempus lobortis diam. Id pharetra erat massa aliquet at sed massa aliquet at sed dolore ante, volutpat nonummy aliquam nibh adipiscing lorem congue praesent, molestie. Amet tempus ut diam felis sit ac tincidunt proin eget pulvinar donec ante, volutpat pulvinar donec nibh non amet tempus lobortis diam. Id sit magna et euismod turpis ac tincidunt aliquet adipiscing sed tincidunt praesent eget dolor donec ante volutpat, amet erat lobortis sem. Id mauris pharetra donec ante tellus consectetur, erat, ante sem elit ipsum ut proin, id amet, aliquam lobortis euismod turpis nisi et. Eget pulvinar nisi ante euismod eget pulvinar nisi nibh euismod adipiscing sed congue proin volutpat amet erat massa volutpat nonummy ipsum ut. Et euismod turpis ac laoreet tellus turpis aliquam et id dolor dolore massa diam felis sit ac mi euismod turpis ac laoreet. Tellus adipiscing lorem tincidunt aliquet at sed dolore tempus lobortis, ullamcorper felis feugiat nisi et id pulvinar magna laoreet aliquet at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet ullamcorper mauris pharetra erat massa non nonummy ipsum, ut, et euismod turpis magna et euismod adipiscing lorem congue proin, volutpat amet. Donec ullamcorper felis dolor, dolore, massa sem elit pulvinar, nisi nibh tellus adipiscing lorem tincidunt aliquet at dolor dolore proin molestie amet erat. Lobortis non pulvinar nisi diam eget sit magna laoreet tellus at dolor donec ante non amet aliquam massa ullamcorper elit, ipsum, nisi mi. Tellus, consectetur, sed dolore proin mauris elit ipsum nisi et eget, sit ut proin eget amet aliquam nibh euismod turpis tempus lobortis ullamcorper. Adipiscing feugiat tincidunt ullamcorper adipiscing ipsum nisi, proin id pulvinar nisi et eget pulvinar nisi et eget amet nisi, ante euismod adipiscing lorem. Tincidunt praesent, mauris sit, magna laoreet molestie consectetur ac et euismod, turpis lorem congue diam molestie pharetra erat massa sem elit ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tincidunt aliquet mauris pharetra erat, ante volutpat consectetur ipsum, nisi diam id sit aliquam nibh id sit, aliquam nibh ullamcorper adipiscing dolor donec ante felis dolor magna mi. Non eget pulvinar, magna nibh euismod adipiscing sed, congue praesent molestie feugiat, tincidunt ullamcorper adipiscing feugiat congue aliquet felis feugiat magna at, sed nunc praesent mauris dolor donec ante. Non amet tempus lobortis diam elit tempus ut sem, elit ipsum ut diam felis pulvinar magna, nibh tellus turpis nisi laoreet, ullamcorper, adipiscing lorem lobortis ullamcorper adipiscing ac tincidunt. Aliquet mauris dolor magna, praesent felis sit donec, mi tellus consectetur erat, massa mi tellus consectetur ipsum nunc proin elit pulvinar aliquam nibh euismod adipiscing aliquam lobortis ullamcorper felis. Feugiat congue mi tellus consectetur, magna laoreet sem elit, pulvinar nisi ut mi euismod turpis magna mi, id turpis lorem nunc, aliquet eget pharetra aliquam nibh non amet, tempus. Ut, mi molestie turpis sed dolore sem nonummy tempus ut diam eget pulvinar ac nibh euismod amet ac tincidunt aliquet at dolor dolore mi mauris feugiat congue mi molestie. Consectetur, tempus nunc sem elit sit congue praesent molestie, pharetra ac, laoreet, tellus at sed, dolore proin eget dolor nisi nibh euismod adipiscing tempus ut diam adipiscing lorem ut. Diam, id pharetra tempus, lobortis non nonummy ipsum nisi, mi euismod sit magna et euismod turpis lorem laoreet aliquet turpis lorem tincidunt aliquet molestie nonummy tempus massa volutpat amet. Tempus donec massa non elit pulvinar ut sem id pulvinar aliquam et, euismod adipiscing lorem dolore proin non elit feugiat nisi mi euismod turpis ac tincidunt tellus consectetur ipsum. Nisi et id adipiscing sed congue proin, molestie pharetra erat massa, non nonummy ipsum ut sem elit ipsum ut diam eget pulvinar magna nibh euismod, turpis diam id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis erat tincidunt proin volutpat mauris pulvinar donec ante, non, nonummy tempus ut. Praesent id sit magna mi, molestie consectetur sed, tincidunt aliquet, at sed nunc. Proin volutpat amet tempus aliquam laoreet euismod, turpis lorem tincidunt, praesent molestie pharetra. Erat massa non elit ipsum ut diam felis pulvinar nibh ullamcorper felis, sit. Magna mi tellus consectetur ac mi, id feugiat nisi et felis pulvinar nisi. Et id sit nisi et euismod turpis lorem laoreet volutpat molestie elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet consectetur ipsum nisi tincidunt ante sem id at pulvinar lorem, donec ut tempus congue massa proin ullamcorper mauris nonummy. Consectetur adipiscing amet, ipsum magna nunc, nibh ante et sem praesent sem tellus mauris nonummy aliquam massa ullamcorper adipiscing feugiat. Ut mi euismod turpis erat tincidunt sem mauris sed nunc proin volutpat amet aliquam, nibh, non nonummy aliquam massa ullamcorper. Felis feugiat magna lorem tincidunt diam adipiscing feugiat congue praesent felis feugiat ut ullamcorper felis feugiat magna mi, id sit. Congue laoreet aliquet, at dolor tincidunt aliquet pulvinar nisi, et id turpis aliquam nibh, id turpis ac tincidunt aliquet at. Feugiat, congue praesent, mauris, consectetur erat ante molestie consectetur tempus nunc, sem eget pulvinar adipiscing dolor donec massa volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquet mauris pharetra donec, ante non consectetur magna massa, sem at ipsum, nisi, et euismod turpis tempus tincidunt. Praesent molestie sit donec ante non elit pulvinar ut et, euismod adipiscing lorem laoreet lobortis ullamcorper turpis tempus lobortis. Praesent molestie consectetur erat, massa proin elit ipsum nunc sem elit sed dolore et volutpat turpis tempus lobortis ullamcorper. Adipiscing pharetra sed, ut, diam id sit aliquam laoreet ullamcorper adipiscing ac tincidunt aliquet mauris dolor dolore ante sem. Nonummy, ipsum ut diam, id tellus at dolor donec ante non amet aliquam lobortis ullamcorper elit ipsum, ut diam. Elit pulvinar magna et, tellus consectetur sed nunc praesent at dolor donec ante molestie, pharetra erat massa sem elit. Ipsum ut sem felis pulvinar magna, et tellus, turpis aliquam nibh euismod sit ac nibh, euismod adipiscing ac tincidunt. Aliquet pulvinar, nisi nibh euismod nonummy donec nibh euismod adipiscing lorem ut praesent id, sit ac laoreet non at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent molestie pharetra donec massa non elit ipsum nisi nibh euismod turpis lorem tincidunt aliquet at feugiat dolore mi molestie non nonummy tempus nunc. Diam id turpis aliquam laoreet tellus, adipiscing sed congue praesent mauris dolor, dolore mi volutpat amet erat massa sem elit ipsum lorem tincidunt ullamcorper adipiscing. Lorem ut diam felis feugiat congue et id feugiat congue et id sit magna laoreet tellus consectetur ac tincidunt, sem lobortis et, molestie nonummy sed. Aliquam donec massa diam id turpis erat nunc proin eget amet tempus tincidunt diam felis lorem, lobortis diam felis feugiat ut id sit erat nunc. Sem eget dolor nisi proin volutpat amet aliquam nibh, ullamcorper, felis sit congue praesent molestie consectetur erat nunc sem, elit pulvinar, aliquam nisi nibh volutpat. Turpis, lorem tincidunt ullamcorper mauris feugiat magna mi molestie consectetur sed massa, non consectetur sed, nunc sem eget, amet nisi et, volutpat amet aliquam, ut. Diam mauris feugiat magna mi molestie pharetra sed massa aliquet, consectetur sed massa aliquet, at dolor nisi ante volutpat nunc sem eget sit lorem tincidunt. Aliquet, at sed dolore proin molestie amet donec ante volutpat nonummy tempus ut diam felis pulvinar nisi, et eget pulvinar aliquam sed congue, praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh euismod adipiscing, feugiat congue praesent felis nibh. Tellus at dolor dolore proin volutpat, pharetra donec ante. Non nonummy tempus massa sem elit ipsum nisi et. Id sit, lorem, tincidunt aliquet mauris pharetra erat massa. Non elit ipsum nisi lobortis ullamcorper felis feugiat congue. Praesent volutpat, nonummy ipsum nisi et id turpis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat dolore ante non nonummy tempus nunc non elit ipsum nisi, et euismod pulvinar aliquam laoreet ullamcorper pharetra erat lobortis sem felis. Sit lorem tincidunt sem mauris sed nunc proin volutpat nonummy tempus lobortis ullamcorper felis sit magna mi id feugiat magna felis pharetra erat, massa. Sem eget pulvinar, nisi nibh tellus adipiscing, lorem congue proin mauris dolor donec ante volutpat nonummy ipsum, ut diam felis pulvinar nisi et tellus. Adipiscing dolor donec ante volutpat amet tempus massa ullamcorper elit ipsum ut diam id sit ac tincidunt, aliquet at sed dolore ante mauris amet. Aliquam lobortis ullamcorper felis sit ac laoreet aliquet at sed tincidunt aliquet mauris dolor donec ante ullamcorper adipiscing feugiat congue mi felis feugiat magna. Massa, molestie turpis erat, nunc sem eget pulvinar aliquam, lobortis ullamcorper felis feugiat magna mi molestie consectetur ac laoreet aliquet at ipsum nisi nibh. Ullamcorper adipiscing feugiat congue proin eget pulvinar donec ante, non nonummy ipsum ut diam felis sit magna et id consectetur erat tincidunt aliquet at. Elit pulvinar nisi nibh id turpis ac nibh euismod turpis lorem tincidunt aliquet molestie dolor dolore mi volutpat amet tempus massa non consectetur tempus. Nunc, proin volutpat nonummy tempus lobortis ullamcorper felis feugiat ac laoreet tellus at sed nunc, proin volutpat amet aliquam, lobortis praesent mauris pharetra donec. Massa proin eget pulvinar sem elit dolor dolore proin eget pulvinar nisi lobortis euismod amet aliquam ante volutpat nonummy ipsum lobortis diam, id, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris dolor, erat massa non eget sit ac laoreet tellus, adipiscing dolor donec proin molestie dolor erat massa non elit ipsum, nisi, nibh tellus. At dolor dolore proin volutpat pharetra donec ante non adipiscing, feugiat congue, diam id sit magna mi id consectetur lorem tincidunt proin mauris dolor, donec. Nibh non nonummy aliquam massa ullamcorper elit feugiat nisi diam molestie sit magna laoreet tellus consectetur sed sem id turpis ac laoreet id amet aliquam. Et euismod turpis, ac tincidunt ullamcorper felis dolor magna mi tellus pharetra magna mi, molestie massa aliquet at dolor dolore, proin eget pulvinar aliquam ante. Euismod nonummy feugiat congue mi tellus consectetur donec massa sem eget amet ac lobortis ullamcorper adipiscing feugiat mauris dolor magna mi tellus pharetra erat laoreet. Tellus pharetra donec mi tellus consectetur ac et id sit nisi laoreet tellus consectetur erat tincidunt tellus, consectetur, tellus turpis ac nibh id turpis aliquam. Nibh euismod at lorem tincidunt praesent molestie nonummy tempus ut diam elit pulvinar amet aliquam massa non, nonummy ipsum, lobortis diam felis sit, ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat nunc et euismod, turpis sed, dolore proin mauris amet erat lobortis diam, felis sit magna, mi id sit ac tincidunt aliquet consectetur sed. Tincidunt sit ac massa aliquet, elit ipsum nisi proin eget pulvinar tempus nibh ullamcorper adipiscing lorem tincidunt mi mauris sit donec massa tellus, consectetur sed. Ut massa, tellus elit dolor dolore proin eget pulvinar dolore ante volutpat amet tempus lobortis ullamcorper, nonummy lorem, ut diam felis sit congue diam id. Sit ac mi nisi ante, euismod adipiscing feugiat magna mi tellus nonummy, erat massa non consectetur erat nunc sem eget pulvinar nisi et eget pulvinar. Dolore elit, ipsum ut et id turpis ac nibh ullamcorper at lorem congue praesent molestie amet tempus lobortis sem nonummy tempus massa non nonummy, erat. Massa sem elit, non elit, pulvinar nisi nibh euismod, adipiscing lorem congue, praesent, volutpat amet tempus lobortis sem id turpis magna tincidunt praesent volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, erat massa proin eget amet aliquam ante euismod adipiscing feugiat, congue diam felis lorem congue praesent. Id ullamcorper, at dolor, dolore mi volutpat consectetur tempus massa sem elit ipsum magna nibh id pulvinar. Aliquam nibh euismod adipiscing sed congue praesent sed dolore proin eget amet tempus tincidunt diam felis feugiat. Congue mi molestie pharetra magna mi molestie pharetra ac mi tellus consectetur erat massa sem elit dolor. Nisi nibh volutpat amet aliquam nibh volutpat amet tempus lobortis diam felis sit magna, et molestie sit. Magna et tellus at sed nunc tempus, ut diam felis lorem congue diam felis feugiat magna mi. Tellus consectetur erat nunc sem eget amet aliquam nibh euismod, nonummy tempus, ut diam, mauris feugiat ante. Ullamcorper molestie turpis erat nunc proin euismod turpis tempus congue praesent tellus consectetur erat nunc diam eget. Sit, aliquam, nibh euismod amet, nisi et elit pulvinar volutpat id mauris amet feugiat, tempus magna dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nisi tincidunt ante diam tellus felis sit magna mi, euismod consectetur lorem, laoreet, tellus, at, sed dolore, proin volutpat. Nonummy tempus massa non felis sit, magna, mi aliquet at donec massa non nonummy sed nisi et, euismod adipiscing lorem. Congue ante non elit erat lobortis non consectetur tempus lobortis sem felis pulvinar ut et ullamcorper felis feugiat magna mi. Molestie consectetur dolor dolore et euismod turpis aliquam tincidunt diam felis feugiat congue praesent mauris feugiat magna mi molestie tincidunt. Ullamcorper mauris feugiat dolore praesent molestie pharetra, erat massa non nonummy, tempus ut sem eget turpis ac laoreet aliquet mauris. Dolor dolore proin molestie amet nibh ullamcorper felis feugiat magna mi molestie pharetra erat nunc sem eget pulvinar nisi et. Euismod adipiscing lorem lobortis aliquet, felis feugiat congue mi volutpat consectetur erat mauris amet aliquam, nibh ullamcorper felis sit magna. Mi molestie consectetur erat nunc sem eget pulvinar nisi lobortis praesent tellus aliquet at sed congue proin molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum magna mi euismod turpis erat felis feugiat congue mi molestie at sed nunc proin elit, pulvinar aliquam et. Volutpat turpis tempus tincidunt aliquet felis feugiat congue mi molestie pharetra erat donec ante eget amet donec ante, non. Nonummy tempus massa ullamcorper elit feugiat nisi mi euismod consectetur laoreet nibh praesent tellus id mauris amet ipsum ac. Dolore lobortis aliquet felis dolor erat nisi laoreet sem eget amet sit sed aliquam congue magna ut nibh dolore. Et euismod amet nisi ante volutpat adipiscing lorem ut diam adipiscing feugiat ut mi tellus pharetra magna et id. Sit ac laoreet et id sit magna, laoreet tellus consectetur sed tincidunt praesent mauris dolor, dolore proin volutpat amet. Donec lobortis non nonummy tempus ut sem elit pulvinar magna laoreet feugiat congue mi molestie sit donec laoreet molestie. Pharetra sed dolore, proin eget pulvinar aliquam nibh euismod turpis tempus tincidunt mi, tellus consectetur erat nunc sem eget. Ullamcorper, mauris pharetra dolore, praesent mauris dolor donec ante volutpat consectetur erat massa non elit et id sit aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa proin eget amet aliquam nibh diam adipiscing lorem lobortis diam felis feugiat et molestie turpis ac nunc aliquet, at sed nunc ante euismod adipiscing feugiat congue. Mi molestie consectetur sed nunc proin id amet, nisi et volutpat amet ipsum ut et euismod consectetur lorem tincidunt aliquet at sed, nunc praesent mauris sed congue. Proin mauris pharetra donec ante volutpat pharetra erat massa, ac tincidunt aliquet, mauris amet aliquam lobortis praesent molestie pharetra magna, mi tellus consectetur erat, dolore proin eget. Turpis tempus lobortis diam adipiscing pharetra, donec, nunc proin eget pulvinar nisi, nibh ullamcorper felis dolor congue praesent felis, feugiat congue, praesent, mauris pharetra, magna ante tellus. Consectetur, sed, nisi proin eget amet aliquam lobortis euismod adipiscing lorem tincidunt diam adipiscing feugiat, magna mi molestie, nonummy erat massa sem elit ipsum ut et id. Turpis, lorem tincidunt aliquet felis amet aliquam lobortis ullamcorper felis, feugiat magna mi molestie sit magna massa non eget pulvinar dolore proin eget pulvinar nisi nonummy, ipsum. Ut et euismod turpis ac tincidunt aliquet eget pharetra aliquam ante molestie amet tempus ut, diam, id sit ac, mi, tellus at dolor dolore, ante ut ullamcorper. Felis feugiat congue praesent molestie pharetra, ac massa aliquet consectetur sed nunc proin eget amet aliquam, nibh ullamcorper adipiscing lorem ut ullamcorper felis sit donec amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat erat massa diam id turpis ac tincidunt ut diam id sit, aliquam laoreet ullamcorper, adipiscing feugiat congue. Proin volutpat nonummy tempus lobortis, sem elit ipsum nisi et id pulvinar ut diam eget, nibh ullamcorper at. Feugiat dolore mi volutpat consectetur tempus lobortis diam elit tempus nunc sem elit ipsum nunc proin, eget, sit. Ac tincidunt ullamcorper at sem elit dolor dolore proin volutpat pulvinar donec nibh, volutpat nonummy tempus lobortis ullamcorper. Felis sit congue et id, turpis ac laoreet tellus elit ipsum nunc diam felis pulvinar ut diam eget. Sit nisi et, id amet lorem tincidunt ullamcorper at dolor, dolore ante volutpat nonummy ipsum lobortis et id. Donec nunc sem elit ipsum nunc, proin id turpis feugiat tincidunt aliquet, mauris dolor dolore mi, mauris pharetra. Donec massa tellus consectetur sed nunc diam eget sed nunc sem elit ipsum nisi sem eget pulvinar, aliquam. Ante volutpat amet tempus nibh euismod nonummy aliquam lobortis ullamcorper adipiscing ipsum ut diam adipiscing tempus ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem felis pulvinar nisi et id sit aliquam nibh euismod adipiscing lorem congue praesent mauris pharetra donec ante volutpat. Nonummy ipsum nisi nibh, tellus at sed dolore proin, volutpat nonummy tempus ut et felis ipsum ut et amet. Lorem, tincidunt diam felis sit donec ante, non nonummy ipsum, nisi et id turpis aliquam laoreet euismod consectetur ipsum. Ut diam felis sit ac nibh tellus sit aliquam tincidunt praesent mauris dolor donec ante non nonummy ipsum nisi. Mi tellus consectetur ac tincidunt, sem nunc diam euismod adipiscing, lorem congue proin molestie pharetra tempus massa non amet. Tempus lobortis diam elit ipsum nisi, nibh euismod turpis lorem dolor dolore ante volutpat adipiscing ipsum lobortis ullamcorper elit. Feugiat magna, mi euismod consectetur sed nunc sem eget pulvinar donec nibh, ullamcorper adipiscing feugiat congue diam id ante. Non elit tempus ante volutpat pharetra donec mi molestie pharetra, donec laoreet non nonummy ipsum nisi et eget pulvinar. Nisi et volutpat pulvinar dolore proin ipsum nisi et id turpis ac, laoreet aliquet at sed, dolore ante volutpat. Amet tempus lobortis ullamcorper elit ipsum ut tincidunt diam mauris feugiat congue praesent molestie pharetra magna massa tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod elit dolor dolore ante volutpat nonummy tempus nibh non amet. Tempus lobortis praesent, id sit congue mi id sit magna mi. Aliquet at erat tempus ut nibh euismod turpis ac laoreet aliquet. Mauris pharetra aliquam, lobortis non nonummy tempus massa non nonummy tempus. Massa sem felis sit magna nibh sem eget pulvinar aliquam et. Euismod, turpis aliquam nibh euismod amet, aliquam lobortis ullamcorper adipiscing lorem. Congue mi tellus nonummy, ipsum ut sem elit pulvinar aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa non elit, ipsum ut diam eget, pulvinar nisi nibh euismod adipiscing lorem, tincidunt aliquet ullamcorper at feugiat congue mi mauris, pharetra, tempus nunc diam elit ipsum. Ut nibh tellus, adipiscing lorem tincidunt aliquet, adipiscing, lorem, congue proin molestie sem felis, sit magna mi tellus, consectetur sed nunc praesent, mauris pharetra donec ante volutpat amet. Donec ante volutpat amet erat massa, non nonummy, ipsum nisi et praesent mauris dolor, dolore praesent at sed congue proin mauris dolor donec ante volutpat amet erat massa. Non nonummy ipsum nisi et id et id turpis ac laoreet aliquet at dolor, dolore praesent molestie pharetra donec massa non, elit ipsum nisi mi, id, sit ac. Tincidunt praesent mauris pharetra lobortis mi molestie consectetur erat nunc diam eget turpis ac tincidunt tellus at sed dolore praesent at feugiat dolore proin non amet tempus lobortis. Diam id sit magna massa sem elit pulvinar nisi ante volutpat pulvinar donec proin eget dolor, donec lobortis diam molestie pharetra amet aliquam amet tempus ut diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna dolore, proin volutpat, amet aliquam massa non laoreet tellus at sed tincidunt aliquet mauris pulvinar aliquam, lobortis ullamcorper adipiscing, feugiat donec laoreet tellus. Consectetur erat nunc proin eget, ipsum nisi nibh euismod mi volutpat consectetur erat nunc non nonummy erat nunc sem eget pulvinar ut proin elit. Ipsum dolore aliquet at ipsum dolore proin eget dolor nisi sem eget amet aliquam nibh volutpat amet aliquam, massa non amet aliquam ante non. Elit ipsum ut diam felis sit magna mi id sit ullamcorper adipiscing, feugiat congue praesent molestie pharetra ac laoreet tellus turpis ac laoreet aliquet. Consectetur erat tincidunt tellus consectetur magna laoreet aliquet at dolor donec, ante et, id turpis ac lobortis ullamcorper, adipiscing lorem congue mi molestie pharetra. Donec nunc non, elit ipsum ut, diam euismod sit, ac tincidunt ullamcorper adipiscing lorem, ante euismod turpis lorem tincidunt praesent mauris pharetra donec, laoreet. Tellus elit pulvinar nisi et euismod turpis ac nibh ullamcorper laoreet sem eget amet tempus, lobortis diam felis sit donec, mi id pharetra magna. Laoreet sem elit pulvinar aliquam nibh, ullamcorper adipiscing lorem congue, ante, non elit erat ut nibh ullamcorper at sed dolore ante non nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis erat non elit, ipsum ut et, id turpis, ac laoreet euismod, turpis ac lobortis ullamcorper, adipiscing tempus congue praesent molestie pharetra donec ante molestie pharetra praesent at, lorem dolore. Ante non elit feugiat, congue laoreet, aliquet consectetur sed laoreet, tellus, at sed, nunc sem at pulvinar, dolore proin non amet laoreet euismod adipiscing feugiat congue, praesent mauris consectetur tempus. Nunc et euismod turpis, magna laoreet tellus turpis ac, laoreet aliquet at dolor dolore praesent felis dolor dolore ante, volutpat consectetur tempus massa sem, elit ipsum nisi nibh tellus turpis. Ac, laoreet ullamcorper turpis ac lobortis ullamcorper at dolor donec massa, non ac, laoreet aliquet at lorem laoreet aliquet mauris dolor dolore proin molestie amet aliquam lobortis ullamcorper elit ipsum. Nisi et felis sit magna laoreet tellus donec ante eget amet aliquam ante volutpat amet erat lobortis sem nonummy tempus, ut diam elit ipsum ut, diam eget ipsum nisi et. Id sit aliquam laoreet, erat massa aliquet eget pulvinar nisi proin, mauris amet donec proin volutpat pulvinar donec proin eget pharetra donec ante volutpat diam, felis feugiat magna et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, consectetur dolor dolore proin non nonummy sit ac laoreet aliquet consectetur ac tincidunt aliquet elit sed, dolore. Proin volutpat, pulvinar donec ante, volutpat amet donec ante non, amet aliquam massa volutpat aliquam, nibh ullamcorper adipiscing. Dolor donec mi, tellus pharetra erat massa, non nonummy ipsum ut, proin id turpis ac tincidunt aliquet at. Feugiat congue praesent nisi mi tellus consectetur lorem tincidunt aliquet adipiscing sed congue, praesent eget dolor congue proin. Molestie pharetra erat massa sem consectetur donec ante felis feugiat magna mi molestie pharetra erat massa, sem eget. Pulvinar aliquam lobortis, ullamcorper adipiscing feugiat congue praesent molestie dolor donec massa non nonummy sed massa non non. Nonummy ipsum congue et molestie sit ac laoreet aliquet consectetur erat nunc proin eget pulvinar aliquam nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id pulvinar nisi et ullamcorper mauris feugiat magna mi volutpat consectetur tempus nunc, sem eget, sit ac laoreet tellus mauris tincidunt praesent felis dolor dolore mi. Molestie consectetur tempus nunc sem eget sit magna, nibh euismod adipiscing lorem dolore proin mauris pharetra donec tincidunt ullamcorper adipiscing lorem tincidunt diam adipiscing feugiat tincidunt, praesent. Mauris sit magna laoreet non consectetur, erat massa non elit pulvinar, nisi et eget, pulvinar nisi nibh sem eget pulvinar dolore ante non amet lorem ut diam. Id consectetur sed dolore et volutpat, dolor dolore proin eget pulvinar dolore ante mauris mi molestie pharetra, donec massa non consectetur, erat massa aliquet at ipsum nisi. Nibh ullamcorper, adipiscing feugiat tincidunt praesent felis feugiat, tincidunt praesent mauris sit, magna ullamcorper adipiscing ipsum ut et id, sit magna et felis turpis, ac laoreet tellus. Consectetur sed nunc proin eget pharetra donec nibh non adipiscing feugiat congue et nibh euismod adipiscing feugiat donec massa sem nonummy sed nunc sem id, sit, aliquam. Laoreet aliquet mauris pharetra donec massa adipiscing lorem tincidunt diam felis feugiat magna, praesent molestie consectetur sed massa non elit ipsum dolore proin eget pulvinar dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pharetra, dolore, lobortis diam id pharetra erat, massa aliquet elit pulvinar, nisi, proin volutpat, dolor nunc sit magna nibh euismod adipiscing sed dolore. Ante non felis feugiat ut diam felis ipsum nisi diam id turpis lorem laoreet tellus at lorem laoreet ipsum ut diam id feugiat magna. Mi tellus consectetur erat nunc aliquet at sed nunc ante volutpat, amet tempus lobortis praesent id sit magna mi pharetra, erat massa non nonummy. Tempus massa non nonummy ipsum ut et id sit, magna nibh euismod turpis ac tincidunt ullamcorper adipiscing ac tincidunt lobortis sem felis pulvinar magna. Et tellus at sed dolore praesent mauris pharetra aliquam massa non nonummy aliquam lobortis diam id feugiat, nisi et tellus, turpis erat donec nibh. Ullamcorper molestie at erat nunc sem at ipsum dolore et eget amet, aliquam nibh volutpat turpis tempus lobortis diam felis feugiat magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent, molestie nonummy tempus ut diam. Felis sit lorem tincidunt, aliquet, mauris congue mi. Non elit, ipsum nisi et id turpis ac. Tincidunt praesent felis feugiat congue mi volutpat consectetur. Erat ante non consectetur erat nunc sem laoreet. Sem volutpat turpis tempus lobortis, aliquet felis feugiat. Magna, mi tellus consectetur erat laoreet tellus pharetra. Erat massa non at sed nunc aliquet at. Dolore nibh, euismod adipiscing feugiat congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum ut ullamcorper felis feugiat congue mi, tellus erat ut diam felis pulvinar ut diam id pulvinar nisi proin eget pulvinar. Nisi et euismod turpis lorem tincidunt ullamcorper felis dolor dolore ante volutpat tempus ut diam felis sit congue mi id sit erat. Massa sem elit pulvinar dolore proin, elit, dolor nunc ante eget dolor, donec ante volutpat, pharetra dolore proin mauris feugiat congue aliquet. Mauris, dolor congue praesent molestie pharetra donec mi molestie, pharetra erat massa, non elit pulvinar aliquam aliquam massa non elit, ipsum ut. Diam id turpis ac, laoreet sem mauris dolor dolore proin eget pharetra donec proin eget dolor donec, massa non nonummy tempus lobortis. Sem felis pulvinar nisi, laoreet tellus consectetur sed nunc, praesent eget pharetra donec ante molestie amet tempus lobortis non elit tempus ut. Diam euismod consectetur lorem consectetur, lorem tincidunt aliquet mauris dolor, congue proin eget pharetra donec ante non, amet tempus ut sem felis. Ipsum, nisi et euismod turpis magna nibh aliquet at dolor dolore mi molestie pharetra erat ante non consectetur erat massa non eget. Pulvinar ac nibh tellus adipiscing, lorem laoreet ullamcorper turpis ac lobortis consectetur erat laoreet aliquet consectetur ac tincidunt aliquet consectetur lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet erat dolore proin volutpat turpis, lorem lobortis aliquet felis feugiat congue mi molestie pharetra erat laoreet non consectetur erat. Massa sem, elit ipsum dolore eget pulvinar, nisi ante ullamcorper adipiscing feugiat congue praesent mauris pharetra magna massa, non at ipsum. Dolore nibh id, turpis ac lobortis ullamcorper, adipiscing lorem felis, pulvinar ac laoreet aliquet at, sed dolore proin eget pharetra dolore. Ante ullamcorper nonummy tempus lobortis, diam, felis sit ac tincidunt aliquet proin volutpat amet aliquam lobortis ullamcorper, adipiscing feugiat congue et. Id consectetur erat nunc sem eget pulvinar nisi nibh euismod nonummy tempus nibh euismod nonummy aliquam, lobortis massa non elit ipsum. Congue laoreet tellus turpis ac, laoreet tellus turpis ac laoreet euismod consectetur lorem laoreet tellus adipiscing lorem laoreet, euismod turpis aliquam. Nibh ullamcorper molestie consectetur erat, nunc sem elit, dolor dolore proin eget pulvinar donec, ante volutpat amet aliquam lobortis ullamcorper felis. Adipiscing feugiat congue praesent molestie pharetra, donec massa non nonummy sed nunc sem elit ipsum nunc proin id amet aliquam tincidunt. Aliquet mauris feugiat congue praesent adipiscing dolor donec ante tellus nonummy sed, nunc sem elit pulvinar, ut et eget pulvinar, nisi. Nibh ullamcorper adipiscing feugiat tincidunt praesent mauris feugiat magna mi tellus, donec ante non adipiscing tempus ut diam felis feugiat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, mi ut nunc nibh ante ullamcorper tellus eget amet lorem congue massa et tellus at amet feugiat donec nunc et praesent ullamcorper tellus id turpis ullamcorper sem aliquet eget. Dolor sit magna laoreet molestie consectetur donec massa sem elit sed, dolore proin volutpat amet nisi nibh euismod turpis aliquam nibh praesent molestie sit magna praesent molestie pharetra ac laoreet. Tellus elit ipsum nisi nibh euismod turpis tempus tincidunt ullamcorper felis feugiat congue mi molestie pharetra, erat nunc lobortis et id consectetur dolor nunc sem eget pulvinar donec nibh volutpat. Nonummy ipsum congue laoreet tellus elit pulvinar aliquam nibh euismod turpis praesent, mauris, pharetra donec massa sem nonummy sed ut diam id sit aliquam laoreet ullamcorper at feugiat dolore massa. Non elit, ipsum ut diam id sit ut, diam id feugiat ut mi tellus, at erat nunc proin eget, pulvinar aliquam, ante volutpat turpis lorem tincidunt praesent felis feugiat magna. Mi non elit sed, feugiat, congue praesent felis feugiat congue praesent sem elit ipsum ut nibh id pulvinar aliquam et euismod sit aliquam laoreet eget, pulvinar nisi nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante eget pulvinar donec ante volutpat non elit ipsum dolore et eget amet aliquam tincidunt. Mi, molestie consectetur erat nunc, diam, eget sit aliquam et id turpis aliquam laoreet ullamcorper adipiscing. Dolor, donec ante non nonummy erat nunc sem elit sed ut diam eget, ipsum nisi proin. Eget pulvinar nisi et volutpat amet aliquam, nibh, volutpat non elit sit magna et, euismod turpis. Lorem tincidunt praesent mauris dolor donec ante volutpat amet erat ante non consectetur erat massa non. Nonummy tempus ut, diam id sit magna laoreet non at ipsum, dolore et volutpat amet, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sed dolore ante non nonummy tempus ut diam felis sit magna mi molestie turpis ac laoreet molestie turpis ac tincidunt aliquet at dolor nunc pulvinar. Ac tincidunt ullamcorper adipiscing, lorem tincidunt ullamcorper adipiscing lorem tincidunt ullamcorper mauris pharetra erat massa non elit ipsum ut non, elit ipsum nunc proin elit ipsum. Dolore nibh euismod adipiscing feugiat congue praesent mauris dolor magna mi molestie sit donec massa sem elit ipsum nisi, nibh euismod turpis ac nibh ullamcorper amet. Aliquam tincidunt, diam felis feugiat, congue praesent molestie pharetra donec, massa sem eget, ipsum dolore et id amet aliquam nibh, ullamcorper amet dolore proin eget pulvinar. Aliquam lobortis volutpat nonummy aliquam, massa ullamcorper nonummy ipsum congue et felis feugiat nisi et id turpis, ac, tincidunt sem mauris dolor dolore nibh tellus adipiscing. Sed, congue aliquet at dolor, donec ante volutpat amet erat lobortis, et id sit nisi nibh euismod turpis sed nunc praesent mauris dolor congue congue ante. Ullamcorper felis feugiat nisi et euismod turpis ac laoreet euismod, consectetur sed nunc praesent mauris, dolor donec praesent proin molestie pharetra donec ante volutpat elit feugiat. Nisi mi euismod turpis ac tincidunt aliquet mauris, sed nunc aliquet at dolor dolore proin molestie dolor dolore mi sem eget pulvinar aliquam nibh volutpat, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie nonummy donec aliquet at ipsum dolore, et ullamcorper felis pharetra donec, mi tellus. Pharetra erat massa sem eget pulvinar aliquam et euismod adipiscing lorem tincidunt aliquet at. Tempus tincidunt aliquet felis feugiat magna, mi tellus consectetur sed nunc proin id, turpis. Ac tincidunt, aliquet at feugiat congue, praesent volutpat pharetra donec ante, ac tincidunt aliquet. Adipiscing, sed dolore ante, eget amet tempus lobortis diam felis feugiat congue et felis. Feugiat nisi et, euismod pulvinar magna ut diam id turpis aliquam laoreet euismod adipiscing. Sed dolore proin molestie pharetra donec massa non elit tempus lobortis et felis ipsum. Nunc, diam eget ipsum ut praesent id sit magna et id sit magna mi. Molestie turpis ac tincidunt aliquet mauris dolor donec proin volutpat amet, aliquam nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, diam elit feugiat magna mi euismod consectetur lorem tincidunt proin eget pulvinar. Donec ante non adipiscing feugiat pharetra erat massa tellus consectetur sed dolore proin. Eget amet aliquam ante volutpat, amet lorem ut diam id pharetra erat nunc. Et, euismod turpis consectetur erat nunc tellus consectetur ac tincidunt tellus consectetur sed. Nunc praesent mauris dolor dolore proin eget, dolor dolore proin molestie pharetra, donec. Massa non turpis nonummy feugiat sed ac donec lobortis tincidunt tincidunt ut nunc. Tincidunt sed sit, ipsum, ac tincidunt aliquet at pharetra donec massa non amet. Consectetur sed dolore proin eget pulvinar tempus lobortis ullamcorper nonummy tempus, nibh non. Nonummy feugiat congue et id sit ac laoreet tellus consectetur erat tincidunt, tellus. Magna ante, tellus consectetur sed nunc non elit, pulvinar, dolore proin eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, erat massa nunc sem nonummy ipsum nunc sem elit pulvinar aliquam nibh ullamcorper, at feugiat. Dolore mi molestie, pharetra erat lobortis non felis pulvinar ut diam diam id turpis ac tincidunt. Aliquet mauris dolor dolore, ante non nonummy erat lobortis sem, elit, pulvinar magna et euismod sit. Magna laoreet tellus turpis adipiscing dolor dolore ante volutpat nonummy ipsum nisi mi euismod, consectetur sed. Nunc sem, eget pulvinar donec proin eget pharetra tempus lobortis, non, nonummy aliquam lobortis diam elit. Sit magna nibh tellus adipiscing ac, tincidunt praesent mauris, dolor donec proin molestie, dolor donec, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet mauris pulvinar aliquam nibh diam felis lorem ut praesent molestie, pharetra ac, laoreet, sem eget amet aliquam, nibh aliquam lobortis diam mauris sit magna. Mi non elit ipsum ut sem elit pulvinar nisi nibh euismod turpis aliquam lobortis ullamcorper mauris pharetra donec sem eget pulvinar nisi et euismod at feugiat. Dolore ante volutpat amet, erat massa, non consectetur ipsum nisi nibh euismod turpis magna laoreet tellus adipiscing sed, congue massa ullamcorper, elit feugiat, nisi, et id. Turpis, sed nunc proin volutpat amet donec ante, volutpat amet aliquam lobortis ullamcorper nonummy, tempus ut, diam proin, euismod turpis tempus lobortis ullamcorper adipiscing feugiat congue. Mi tellus consectetur sed nunc sem eget amet aliquam nibh euismod adipiscing feugiat congue praesent mauris pharetra praesent, mauris pulvinar aliquam nibh eget amet aliquam massa. Non elit feugiat congue diam elit ipsum ut, diam id turpis ac laoreet aliquet mauris pulvinar dolore proin ipsum ut et id turpis aliquam lobortis praesent. Mauris pharetra erat massa non nonummy erat ante tellus consectetur erat ut, felis feugiat, congue et id feugiat nisi mi tellus turpis ac tincidunt aliquet mauris. Dolor donec nibh euismod amet tempus nibh, diam felis ipsum congue diam felis ullamcorper felis feugiat magna, mi euismod turpis ac tincidunt tellus at dolor donec. Ante volutpat amet donec ante eget pharetra donec, ante volutpat elit feugiat ut pulvinar ac laoreet euismod turpis ac laoreet aliquet adipiscing dolor dolore proin molestie. Pharetra donec ante molestie pharetra donec massa non elit ipsum nunc sem eget pulvinar congue proin molestie pharetra donec ante, volutpat, amet, tempus lobortis diam, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, eget pharetra tempus ut praesent molestie pharetra, ac massa aliquet eget pulvinar aliquam lobortis ullamcorper adipiscing. Feugiat magna mi molestie consectetur lobortis ullamcorper felis ipsum, congue et molestie turpis sed dolore aliquet elit. Dolor tempus tincidunt ullamcorper mauris sit, magna ante non elit ipsum ut sem tincidunt praesent mauris pharetra. Erat massa non elit, tempus, nunc diam felis pulvinar nisi diam eget pulvinar nisi proin eget turpis. Ac congue praesent mauris dolor dolore ante, volutpat amet tempus lobortis diam felis feugiat congue praesent felis. Sit magna praesent id sit ac laoreet tellus, at erat laoreet aliquet nibh volutpat nonummy lorem, ut. Praesent molestie consectetur erat nunc sem eget pulvinar aliquam proin id, turpis lorem congue, mi volutpat nonummy. Tempus nunc sem felis pulvinar lorem ut diam adipiscing ipsum ut et id sit magna et id. Turpis magna mi id sit magna mi euismod turpis ac nibh tellus at dolor ipsum ac nibh. Ullamcorper mauris dolor donec mi volutpat elit ipsum nunc sem elit ipsum ut nibh euismod adipiscing sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt mi non nonummy ipsum ut et felis pulvinar nisi, et id turpis turpis. Lorem congue, aliquet mauris pharetra dolore mi molestie pharetra erat ut et euismod turpis. Magna, nibh tellus at dolor dolore proin volutpat nonummy tempus adipiscing, feugiat congue praesent. Mauris pharetra erat massa tellus consectetur erat massa non, consectetur erat massa sem elit. Pulvinar nisi et euismod amet nisi nibh magna mi mauris sit congue praesent mauris. Sit magna laoreet non at ipsum nunc proin eget ipsum nisi et, euismod amet. Aliquam nibh tempus tincidunt, praesent, molestie consectetur ipsum ut sem eget pulvinar ut sem. Elit amet aliquam lobortis euismod turpis aliquam nibh volutpat, amet nisi, nibh euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum massa sem eget amet aliquam lobortis aliquet felis feugiat magna ante molestie pharetra. Praesent molestie pharetra erat nunc non, at, ipsum nisi proin volutpat, amet nisi nibh ullamcorper. Felis, feugiat magna mi mauris pharetra donec massa non at amet aliquam nibh euismod adipiscing. Feugiat dolore praesent mauris pharetra erat ante non nonummy, sed nunc non nonummy ipsum ut. Et euismod adipiscing feugiat tincidunt erat, massa non nonummy, erat, nunc sem elit ipsum ut. Diam id ipsum nunc proin eget amet aliquam nibh ullamcorper, adipiscing lorem tincidunt eget dolor. Dolore ante volutpat amet donec ante eget pharetra donec massa non adipiscing ipsum congue et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur ipsum nunc diam eget pulvinar aliquam et id pulvinar nisi et euismod adipiscing feugiat congue ullamcorper, mauris amet erat ante molestie nonummy. Id turpis magna laoreet tellus adipiscing, lorem congue aliquet at feugiat dolore praesent molestie dolor dolore ante volutpat consectetur erat ante volutpat consectetur erat. Ut nibh volutpat amet aliquam massa non, nonummy tempus ante non amet donec ante non, nonummy erat lobortis sem felis ipsum ut et elit. Ipsum, ut et, at dolor dolore sem volutpat adipiscing lorem lobortis ullamcorper adipiscing feugiat congue praesent, id, sit magna massa sem, eget pulvinar nisi. Lobortis aliquet, lorem congue ante, molestie pharetra erat nunc sem elit, ipsum ut proin id pulvinar nisi proin volutpat pulvinar aliquam nibh euismod adipiscing. Lorem, congue diam felis feugiat consectetur erat laoreet, non at ipsum nisi, nibh ullamcorper at lorem congue aliquet mauris pharetra donec praesent mauris sit. Donec massa non consectetur sed nunc non at ipsum ut diam molestie turpis ac laoreet aliquet consectetur ac tincidunt tellus at sed nunc praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ac laoreet tellus at pulvinar, nisi lobortis euismod adipiscing, tempus tincidunt euismod nonummy lorem ut, diam nonummy. Tempus ut diam felis feugiat, magna mi tellus at dolor nisi ante volutpat amet, donec nibh volutpat nonummy. Tempus lobortis, praesent molestie sem elit ipsum nisi et, volutpat turpis lorem tincidunt diam nonummy tempus lobortis diam. Felis, sit donec laoreet tellus consectetur erat nunc proin, id, turpis ac nibh nonummy tempus lobortis diam elit. Ipsum nisi diam id pulvinar ac laoreet tellus adipiscing, sed dolore ante volutpat amet erat, lobortis non nonummy. Tellus elit ipsum nunc diam id turpis ac, laoreet euismod turpis ac et id amet nisi et volutpat. Turpis tempus nibh ullamcorper nonummy tempus lobortis ullamcorper dolore ante volutpat amet aliquam ante non nonummy erat, lobortis. Diam id pulvinar ut et id sit, ac nibh euismod turpis, lorem tincidunt tellus adipiscing, sed congue tincidunt. Aliquet mauris dolor congue mi volutpat pharetra, donec mi molestie, pharetra erat massa diam id sit aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin volutpat turpis lorem tincidunt praesent molestie pharetra erat massa, non elit ipsum molestie amet tempus lobortis non elit. Feugiat, ac laoreet euismod turpis ac, laoreet aliquet at, sed dolore proin volutpat amet aliquam lobortis diam felis sit lobortis. Sem felis ipsum nisi diam nonummy ipsum ut sem elit ipsum, ut sem elit ipsum ut proin eget pulvinar nisi. Et id turpis aliquam lobortis congue diam, felis dolor magna mi tellus consectetur erat massa non elit sed dolore proin. Eget amet aliquam nibh volutpat pulvinar nisi, ante dolore proin eget pulvinar aliquam, nibh, non nonummy aliquam lobortis ullamcorper adipiscing. Ipsum lobortis ullamcorper, elit ipsum, ut diam molestie turpis erat tincidunt aliquet, mauris sed congue diam id feugiat ut diam. Felis turpis ac massa aliquet at sed nunc ante volutpat amet aliquam lobortis ullamcorper adipiscing lorem lobortis ullamcorper adipiscing tempus. Ut nonummy tempus ut sem elit ipsum ut, diam felis pulvinar ut et id turpis lorem congue, aliquet mauris nonummy. Tempus aliquet mauris dolor dolore mi volutpat nonummy tempus massa non elit, ipsum nisi et eget, sit ac laoreet, aliquet. At, feugiat dolore, aliquet at dolor dolore turpis ac laoreet tellus consectetur, lorem nunc praesent mauris dolor dolore proin molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus tincidunt praesent felis dolor congue praesent felis feugiat ut diam adipiscing tempus lobortis ullamcorper nonummy tempus, congue mi id sit magna et id proin eget dolor dolore proin. Volutpat nonummy, tempus lobortis ullamcorper, felis sit magna nunc aliquet elit ipsum dolore et euismod turpis, tempus lobortis diam mi molestie pharetra donec massa non elit ipsum dolore proin eget. Pulvinar aliquam nibh euismod turpis lorem lobortis diam felis feugiat congue, mi molestie pharetra donec laoreet, congue mi molestie pharetra erat massa sem elit sed nunc proin volutpat turpis aliquam. Lobortis diam felis lorem ut diam mauris pharetra donec sit nisi mi tellus turpis ac laoreet aliquet at sed dolore proin mauris dolor donec nibh ullamcorper amet, tempus massa non. Nonummy tempus lobortis non nonummy, erat pulvinar nisi ante euismod nonummy lorem lobortis diam adipiscing ipsum congue, mi molestie consectetur sed dolore, proin eget pulvinar aliquam nibh ullamcorper adipiscing lorem. Congue praesent adipiscing sit donec laoreet tellus consectetur, ac massa sem eget pulvinar aliquam lobortis, aliquet mauris dolor erat massa non nonummy id, turpis ac laoreet ullamcorper at, feugiat, dolore. Proin molestie, pharetra, donec massa sem elit, ipsum nisi et id pulvinar ac tincidunt aliquet at sed donec lobortis turpis ac tincidunt mi, molestie pharetra donec massa non elit, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing at, dolor donec proin volutpat. Nonummy feugiat nisi et id feugiat. Magna et id sit, ac tincidunt. Tellus mauris pulvinar aliquam nibh non. Nonummy id, sit magna laoreet, aliquet. Elit, pulvinar nisi, nibh euismod adipiscing. Feugiat magna mi tellus nonummy sed. Nisi et eget pulvinar nisi et. Eget amet laoreet tellus consectetur lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et id turpis ac congue praesent molestie. Amet tempus lobortis diam massa non, nonummy, ipsum. Nisi et id turpis ac laoreet, aliquet mauris. Pharetra dolore ante non amet, erat lobortis sem. Felis sit nisi mi euismod consectetur feugiat magna. Praesent non at pulvinar aliquam nibh ullamcorper adipiscing. Dolor, magna, mi molestie consectetur erat, nunc sem. Eget sit aliquam proin eget pulvinar mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at erat tincidunt sem mauris amet donec lobortis ullamcorper. Felis feugiat magna mi molestie feugiat, ut et, felis feugiat. Ac nunc sem at lorem nunc sem at sed nunc. Praesent mauris sed congue praesent mauris dolor donec lobortis ullamcorper. Felis congue praesent mauris dolor donec massa diam elit pulvinar. Aliquam laoreet tellus adipiscing sed congue proin volutpat, amet erat. Ut diam id turpis, erat tincidunt euismod adipiscing sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin id amet nisi lobortis ullamcorper at dolor donec ante volutpat nonummy tempus diam mauris sit donec laoreet non elit ipsum ut et id pulvinar nunc. Sem elit dolor nunc aliquet consectetur sed nunc sem mauris dolor, dolore dolore praesent eget amet aliquam lobortis ullamcorper felis sit magna mi molestie sit nisi. Mi aliquet at dolor dolore proin eget dolor nunc proin nibh, ullamcorper at feugiat dolore ante non elit tempus ut diam felis pulvinar, magna nibh euismod. At sed dolore proin molestie amet ipsum congue id sit magna mi euismod consectetur lorem, nunc praesent mauris pharetra aliquam nibh ullamcorper nonummy tempus lobortis ullamcorper. Elit ipsum ut et molestie turpis ac laoreet aliquet congue mi molestie, consectetur donec, laoreet non consectetur ac laoreet tellus turpis, magna, mi tellus consectetur erat. Laoreet sem at sed tincidunt sem mauris sed tincidunt consectetur sed nunc sem elit ipsum dolore proin volutpat amet nisi proin eget pulvinar nisi nibh euismod. Nonummy tempus ut diam id feugiat congue mi id consectetur erat tincidunt aliquet at dolor dolore ante volutpat amet aliquam, nibh non amet aliquam ante eget. Amet tempus lobortis ullamcorper elit ipsum, magna, et id sit magna et, id sit magna laoreet tellus adipiscing sed congue praesent at dolor aliquam massa non. Nonummy ipsum ut diam id sit nisi mi aliquet eget dolor donec proin, eget pharetra aliquam massa ullamcorper elit feugiat ut diam felis feugiat magna mi. Tellus at sed dolore proin eget felis, pharetra sed ut nunc lobortis mi diam molestie at pulvinar tempus magna nunc et sem diam sem euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nunc proin eget turpis tempus nibh ullamcorper felis, feugiat magna laoreet non, elit ipsum aliquet elit dolor dolore et volutpat amet aliquam nibh euismod. Adipiscing feugiat congue, diam, mauris feugiat, ut diam felis, feugiat congue mi molestie sit nisi non id amet ac nibh euismod turpis, aliquam lobortis ullamcorper. Mauris nonummy tempus ut, diam id turpis sed dolore proin volutpat amet donec massa volutpat pharetra, dolor donec ante volutpat consectetur tempus, nunc sem elit. Ipsum ut sem nonummy sed nunc, sem euismod molestie nonummy consectetur ipsum aliquam donec ut et id sit, ac tincidunt praesent mauris, dolor, congue proin. Molestie nonummy, aliquam lobortis non elit, ipsum ut mi euismod consectetur lorem nunc, proin volutpat, nonummy nonummy ipsum ut praesent id sit magna mi id. Sit ac, laoreet tellus at sed dolore proin eget pulvinar donec ante volutpat nonummy tempus ut non tempus, massa ullamcorper felis ipsum ut et euismod. At, pulvinar, donec nibh volutpat pulvinar aliquam lobortis ullamcorper molestie pharetra ac ullamcorper elit sit nisi diam id sit, ac laoreet tellus sit magna laoreet. Tellus adipiscing lorem congue aliquet at sed congue proin molestie dolor congue praesent mauris mi molestie elit at nonummy pharetra sed nisi laoreet praesent volutpat. Nonummy sit ac dolore et ullamcorper mauris nonummy feugiat ac nunc nibh ante nibh, nibh ut laoreet aliquet consectetur sed, nunc proin mauris dolor aliquam. Nibh ullamcorper adipiscing feugiat, congue, praesent id pharetra congue, praesent molestie consectetur erat nunc sem elit dolor ante euismod, felis feugiat, congue praesent molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nisi, nisi nunc sem euismod nonummy, lorem ut praesent mauris pharetra magna laoreet molestie pharetra. Ac, massa aliquet, consectetur ipsum dolore et eget amet aliquam lobortis magna ante, non elit sed. Ut et id amet ac laoreet aliquet, adipiscing, ac lobortis praesent mauris dolor magna mi molestie. Consectetur, erat massa non dolore, proin, volutpat pharetra dolore proin volutpat pharetra erat massa non elit. Ipsum nisi, diam, felis pulvinar nisi et eget ipsum ut diam, eget pulvinar aliquam id turpis. Ac laoreet tellus consectetur sed dolore sem mauris dolor dolore proin eget pharetra aliquam lobortis ullamcorper. Adipiscing sit congue mi molestie consectetur ullamcorper adipiscing lorem congue praesent mauris pharetra donec massa, non. Elit pulvinar aliquam et, euismod adipiscing lorem congue praesent mauris dolor dolore mi molestie consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis consectetur ipsum, nunc sem eget pulvinar nisi proin eget ipsum dolore proin eget. At dolor dolore proin eget pharetra donec massa volutpat amet aliquam, massa ullamcorper elit. Tempus ut sem nonummy erat massa, sem felis pulvinar magna nibh ante volutpat nonummy. Tempus, ut diam id sit, erat, tincidunt sem elit erat tincidunt aliquet at sed. Dolore nibh ullamcorper adipiscing feugiat ut, praesent molestie sem elit ipsum dolore et volutpat. Amet tempus lobortis diam, felis feugiat congue ante tellus consectetur erat massa sem elit. Pulvinar nisi proin ipsum nisi et euismod turpis ac mi, euismod, consectetur, lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at dolor dolore praesent, amet tempus tincidunt, praesent mauris consectetur erat massa. Non, nonummy sed, ut diam eget pulvinar aliquam nibh euismod, turpis ac congue praesent. Mauris pharetra aliquet at dolor dolore proin eget pulvinar donec ante eget pharetra donec. Ante volutpat amet, donec proin molestie pharetra donec, ante volutpat nonummy erat nunc pulvinar. Aliquam nibh ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing, ipsum congue et, molestie at ac. Laoreet aliquet elit dolor dolore proin eget pulvinar pulvinar donec ante volutpat amet tempus. Lobortis diam felis feugiat congue diam id turpis ac tincidunt, aliquet at sed dolore. Sem eget, amet lorem sed ac lorem tempus nisi nunc proin ante, diam euismod. At pulvinar tempus ut praesent non eget sit lorem congue proin ullamcorper id at. Turpis dolor donec ut diam mi nibh proin praesent non elit ipsum nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi mi id turpis dolor sem id. Sit, ac laoreet aliquet adipiscing feugiat dolore massa. Ullamcorper id sit erat nunc sem mauris, pulvinar. Nisi, ante euismod nonummy lorem congue diam id. Sit ac massa aliquet at, sed tincidunt aliquet. Elit dolor dolore proin eget pulvinar donec proin. Volutpat nonummy tempus nibh non nonummy aliquam euismod. Turpis feugiat congue praesent felis feugiat, congue diam. Molestie consectetur donec ante non consectetur, erat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa et id feugiat magna mi euismod turpis ac, mi tellus consectetur sed dolore ante volutpat. Amet aliquam massa non felis ipsum congue diam elit aliquet at pulvinar aliquam lobortis ullamcorper, adipiscing. Feugiat magna laoreet non nonummy, sed, nunc sem elit ipsum dolore et volutpat amet nisi nibh. Aliquet mauris diam felis, pharetra donec ante molestie consectetur sed, nunc sem, at ipsum dolore et. Id, turpis lorem lobortis, ullamcorper adipiscing lorem congue praesent mauris dolor, donec ante volutpat nonummy tempus. Congue et felis sit magna laoreet tellus consectetur sed tincidunt aliquet mauris dolor nunc praesent at. Pharetra, donec nibh ullamcorper, elit ipsum ut, diam felis sit ac tincidunt aliquet, volutpat amet donec. Ante volutpat nonummy tempus lobortis ullamcorper felis ipsum congue et id sit ac massa id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac, tincidunt praesent mauris dolor dolore proin mauris dolor dolore praesent consectetur erat. Massa diam felis pulvinar magna laoreet, euismod adipiscing lorem tincidunt proin eget pharetra donec. Ante, non felis sit erat laoreet aliquet at dolor felis sit magna ante non. Nonummy sed nunc, non at sed nunc aliquet at ipsum nunc sem elit sed. Nunc proin mauris dolor dolore proin proin mauris, pharetra donec ante, non, nonummy aliquam. Lobortis ullamcorper elit ipsum lobortis sem nonummy tempus massa volutpat consectetur tempus nunc diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pharetra erat nunc sem eget pulvinar. Ac tincidunt aliquet mauris, dolor donec ante. Tellus nonummy sed elit pulvinar nisi et. Ullamcorper adipiscing lorem tincidunt aliquet at feugiat. Dolore ante non nonummy ipsum nisi, nibh. Euismod aliquam lobortis diam felis feugiat congue. Et molestie consectetur erat tincidunt proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nunc aliquet praesent id pharetra erat massa aliquet at sed dolore sem elit dolor nisi proin volutpat pulvinar donec, ante ullamcorper. Amet lorem, congue mi tellus pharetra, congue et id sit magna laoreet euismod, turpis magna et euismod consectetur, sed nunc aliquet mauris dolor. Dolore ante volutpat amet tempus massa non nunc proin volutpat amet aliquam lobortis ullamcorper felis feugiat magna mi tellus consectetur sed ut sem. Elit pulvinar dolore et volutpat amet ac lobortis ullamcorper adipiscing laoreet aliquet at pulvinar dolor donec massa, non nonummy donec ante non elit. Pulvinar magna et euismod turpis, ac nibh euismod turpis lorem congue, praesent at sed dolore proin eget pulvinar aliquam proin eget pharetra dolore. Proin non, adipiscing ipsum ut, et id, turpis ac laoreet aliquet at sed, nunc sem ipsum nisi et euismod turpis ac tincidunt, aliquet. Mauris pharetra erat massa ullamcorper, elit feugiat magna mi id turpis lorem nunc sem eget dolor dolore praesent volutpat ut diam felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sed nunc sem volutpat pulvinar, aliquam lobortis euismod lobortis ullamcorper, adipiscing tempus lobortis non elit ipsum ut, diam felis ipsum ut diam id sit magna nibh id. Turpis ac nibh aliquet at dolor ullamcorper at lorem tincidunt praesent mauris, pharetra, magna praesent mauris feugiat magna ante tellus, nonummy ipsum ut et, euismod turpis, ac congue. Praesent mauris, dolor ante euismod amet aliquam ante, eget pulvinar donec ante volutpat nonummy tempus nibh volutpat, pharetra donec proin molestie pharetra erat lobortis sem nonummy, ipsum volutpat. Nonummy lorem ut diam felis feugiat magna praesent felis feugiat congue et id sit magna mi id turpis ac laoreet tellus turpis ac laoreet aliquet nibh ullamcorper adipiscing. Ipsum congue mi id pharetra ac mi molestie turpis erat nunc aliquet consectetur sed nunc, proin volutpat amet aliquam lobortis ullamcorper felis feugiat ut, adipiscing feugiat dolore massa. Non elit feugiat nisi et id sit nisi et id pulvinar nisi et euismod, turpis aliquam nibh euismod massa ullamcorper felis ipsum ut diam felis sit lorem tincidunt. Praesent eget pulvinar donec proin eget pharetra donec ante volutpat amet donec, ante volutpat nonummy erat lobortis ipsum, magna, mi euismod turpis ac tincidunt, praesent eget nonummy tempus. Massa, non adipiscing ipsum ut diam elit feugiat magna mi tellus consectetur erat, ante ullamcorper adipiscing lorem, lobortis diam felis ipsum ut diam id sit, magna laoreet tellus. Consectetur pulvinar aliquam ante volutpat, amet tempus ut mi mauris sit magna amet tempus ut ullamcorper felis ipsum nisi diam, id sit magna mi euismod turpis lorem, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet molestie amet erat lobortis sem elit feugiat ut diam id, turpis ac. Tincidunt aliquet at lorem nunc praesent molestie amet donec ante volutpat amet erat massa. Sem felis pulvinar nisi, et tellus, consectetur sed nunc praesent eget pharetra donec massa. Non ac tincidunt aliquet molestie pharetra erat nunc sem elit ipsum ut et, id. Turpis ac, laoreet ullamcorper at dolor donec ante non, elit sit magna mi id. Tempus nunc non nonummy erat nunc proin eget ipsum nisi proin eget amet aliquam. Nibh, ullamcorper adipiscing lorem tincidunt praesent, mauris dolor magna consectetur, sed nunc proin volutpat. Nonummy ipsum congue, mi tellus elit, ipsum nisi et euismod turpis tempus, tincidunt diam. Felis dolor magna, praesent molestie pharetra donec laoreet, proin volutpat, amet aliquam ante non. Nonummy, ipsum lobortis, diam felis pulvinar ut diam felis sit ac laoreet euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa proin volutpat turpis lorem tincidunt praesent volutpat pharetra erat ante tellus consectetur erat massa sem eget pulvinar nisi lobortis ullamcorper felis feugiat magna et euismod sit lorem laoreet sem. Eget nonummy lorem, ut diam felis ipsum congue praesent, id pharetra congue et molestie ante euismod turpis tempus tincidunt ullamcorper adipiscing feugiat congue praesent felis feugiat, donec, mi molestie consectetur. Erat nunc sem eget pulvinar dolore proin volutpat turpis aliquam id sit magna laoreet tellus adipiscing ac tincidunt proin molestie pharetra dolore praesent at lorem congue praesent mauris dolor magna. Mi non consectetur tempus, ullamcorper felis sit magna mi id sit, magna mi molestie sit ac laoreet tellus consectetur erat tincidunt, tellus at sed nunc praesent mauris dolor dolore, proin. Volutpat ullamcorper felis sit nisi et, id sit magna mi euismod consectetur ac nibh euismod turpis ac laoreet euismod sit, ac tincidunt aliquet mauris, feugiat dolore proin, molestie diam id. Sit ac tincidunt proin volutpat amet tempus lobortis diam id feugiat magna et felis ipsum magna mi aliquet at sed nunc proin volutpat amet aliquam nibh, volutpat nonummy lorem ut. Aliquam tincidunt praesent mauris, sit, erat nunc sem nonummy sed ut proin eget nunc sem eget pulvinar nisi nibh volutpat, amet donec proin eget dolor donec ante eget pharetra donec. Lobortis diam felis sit magna et molestie turpis magna mi praesent molestie pharetra donec massa non elit, ipsum ut et id turpis ac tincidunt, praesent felis feugiat congue mi molestie. Pharetra magna mi molestie pharetra donec, non nonummy tempus, lobortis ullamcorper elit sit ac laoreet tellus consectetur erat tincidunt aliquet consectetur sed tincidunt sem eget pulvinar dolore proin, eget amet. Aliquam lobortis non, molestie pharetra erat lobortis diam felis sit ac tincidunt proin eget amet aliquam lobortis non, amet aliquam lobortis diam adipiscing feugiat congue, diam felis feugiat ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis ipsum, congue laoreet aliquet at. Ipsum felis feugiat congue ante non nonummy. Tempus nisi, sem, eget sit nisi et. Id amet ac laoreet praesent molestie pharetra. Donec, ante non elit pharetra donec ante. Non consectetur erat massa tellus at sed. Ut et ullamcorper adipiscing ac lobortis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod aliquet at sed dolore ante non nonummy aliquam nibh non nonummy ipsum congue et molestie sit erat laoreet tellus at sed dolore proin. Tincidunt proin volutpat nonummy aliquam lobortis diam id sit magna mi tellus at erat nunc, tellus consectetur sed nisi, ante volutpat, amet aliquam nibh. Non laoreet ullamcorper at feugiat tincidunt, praesent mauris dolor dolore mi molestie pharetra erat massa, sem eget pulvinar nisi, et id sit aliquam nibh. Ullamcorper at lorem congue ipsum lobortis sem nonummy tempus ut diam eget, ipsum magna et eget, ipsum, ut sem elit pulvinar nisi proin eget. Pulvinar dolore proin lobortis, diam mauris pharetra, erat massa sem eget sit ac laoreet ullamcorper adipiscing sed congue proin, molestie pharetra dolore ante non. Nonummy feugiat nisi et euismod turpis ullamcorper adipiscing tempus lobortis non amet aliquam, massa non nonummy tempus lobortis non, nonummy ipsum ut diam felis. Pulvinar lorem erat nisi congue lobortis laoreet aliquet eget, felis dolor erat ut mi tellus mauris, amet pharetra ipsum nisi laoreet aliquet eget adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi dolore proin volutpat nonummy, lorem lobortis ullamcorper, adipiscing feugiat congue mi id, pharetra ac laoreet molestie ut mi, aliquet consectetur erat massa, aliquet. At amet aliquam tincidunt diam felis feugiat, congue diam felis feugiat ut, diam felis at sed elit ipsum nisi et, euismod turpis ac laoreet. Aliquet mauris pharetra donec ante non adipiscing feugiat magna laoreet tellus consectetur erat, laoreet aliquet elit dolor nunc proin, mi molestie pharetra donec laoreet. Tellus at sed, nunc sem elit, pulvinar nisi proin eget pulvinar nisi ante volutpat pulvinar dolore proin eget diam felis sit ac massa, non. At ipsum dolore proin eget, turpis tempus lobortis ullamcorper adipiscing feugiat congue praesent mauris feugiat congue diam id feugiat congue diam dolore et eget. Pulvinar aliquam et ullamcorper felis feugiat, congue mi molestie pharetra donec ante sem eget pulvinar ut proin id turpis aliquam lobortis euismod turpis ac. Feugiat magna mi molestie consectetur tempus nunc diam id turpis ac tincidunt proin molestie dolor donec proin volutpat nonummy tempus tempus lobortis diam felis. Sit magna laoreet, tellus turpis ac laoreet aliquet adipiscing sed tincidunt aliquet at, feugiat tincidunt aliquet turpis lorem tincidunt aliquet felis dolor donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent molestie, amet erat, lobortis, et molestie turpis sed diam, mauris consectetur tempus ut, et id sit aliquam laoreet ullamcorper adipiscing sed dolore ante non. Nonummy feugiat, nisi et id sit magna mi euismod nibh tellus turpis ac, tincidunt praesent mauris, dolor donec ante molestie pharetra dolore mi volutpat consectetur, erat. Ante sem nonummy sed nunc sem elit ipsum tellus at sed dolore proin eget pulvinar nisi ante, eget amet tempus lobortis ullamcorper felis lorem ut ullamcorper. Felis, feugiat congue et id congue mi molestie dolor donec, ante molestie consectetur donec massa, tellus nonummy sed nunc non elit ipsum nisi et, id turpis. Ac, tincidunt aliquet felis lorem congue turpis lorem tincidunt tellus adipiscing lorem, tincidunt praesent mauris pharetra aliquam massa ullamcorper felis ipsum, ut diam felis feugiat nisi. Et id turpis ac, laoreet tellus turpis sed ut proin, euismod, adipiscing feugiat dolore praesent volutpat, nonummy tempus lobortis sem elit sit magna, mi, euismod turpis. Dolor ipsum nisi proin eget sit aliquam nibh euismod turpis, ac tincidunt aliquet felis dolor donec mi non nonummy erat ante non, nonummy pulvinar ut et. Eget elit, feugiat ut diam elit tempus lobortis diam elit tempus ut diam, eget ipsum nunc diam, id sit nisi nibh, ullamcorper adipiscing feugiat tincidunt aliquet. Mauris pharetra magna mi euismod turpis lorem tincidunt tellus adipiscing sed congue praesent mauris dolor dolore proin mauris feugiat, dolore mi molestie, pharetra donec massa, volutpat. Nonummy, ipsum donec massa sem, elit pulvinar ut, proin id amet, aliquam lobortis aliquet adipiscing feugiat congue mi volutpat pharetra donec massa non nonummy, tempus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi molestie consectetur ipsum nisi et volutpat pulvinar nisi ante volutpat nisi et, euismod sit aliquam nibh euismod adipiscing lorem congue praesent mauris. Feugiat dolore ante volutpat consectetur tempus lobortis non, felis, ipsum ut diam id sit mauris pharetra donec, ante ullamcorper nonummy tempus, ut et molestie. Consectetur sed dolore ante volutpat pulvinar donec ante euismod nonummy tempus lobortis non adipiscing pharetra erat massa non felis pulvinar ac laoreet aliquet at. Sed, congue proin eget pharetra aliquam massa non elit ipsum ut sem elit feugiat tellus at lorem tincidunt aliquet at sed dolore, praesent eget. Amet aliquam lobortis diam felis sit ac massa aliquet at sed nunc sem at sed, nunc volutpat amet aliquam massa volutpat amet aliquam ante. Non amet erat massa non, nonummy ipsum ut, sem felis pulvinar nisi, et id sit aliquam laoreet aliquet adipiscing lobortis aliquet felis feugiat congue. Praesent molestie pharetra donec ante molestie sit congue praesent molestie, pharetra donec laoreet non at feugiat magna mi, id turpis erat tincidunt aliquet at. Sed donec ante volutpat pulvinar, donec ante, volutpat amet aliquam massa non nonummy ipsum congue et id, ante euismod adipiscing feugiat, magna, mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie at ipsum nisi proin eget adipiscing, lorem. Tincidunt praesent molestie consectetur erat nunc sem nonummy. Erat massa non elit sed ut proin eget. Amet nisi nibh volutpat turpis ac tempus nibh. Volutpat nonummy tempus nibh euismod, nonummy lorem congue. Praesent, id pharetra magna massa aliquet at sed. Nunc proin eget, pulvinar nisi ante, eget euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, felis feugiat magna praesent molestie pharetra erat nunc aliquet elit dolor dolore proin eget pulvinar turpis lorem tincidunt praesent mauris pharetra, aliquam nibh non nonummy ipsum lobortis diam. Id turpis erat laoreet tellus consectetur, erat tincidunt sem eget, ante non, felis, feugiat magna mi tellus pharetra erat, massa sem elit erat tincidunt tellus at dolor dolore proin. Eget, pulvinar aliquam, lobortis non, adipiscing feugiat, congue et id turpis erat laoreet tellus turpis, ac laoreet tellus turpis ac laoreet euismod, adipiscing lorem tincidunt aliquet adipiscing lorem tincidunt. Praesent volutpat amet feugiat congue praesent felis feugiat tincidunt, diam mauris, pharetra donec ante, non nonummy erat nunc tellus consectetur erat nunc sem elit sed nunc proin eget amet. Aliquam dolor magna mi mauris pharetra magna praesent molestie consectetur erat massa sem at pulvinar dolore, proin elit pulvinar nisi nibh euismod adipiscing, lorem tincidunt diam mauris nonummy tempus. Lobortis ullamcorper nonummy feugiat congue et id sit magna mi molestie consectetur sed tincidunt sem mauris pulvinar dolore feugiat magna laoreet tellus pharetra ac mi tellus, consectetur sed nunc. Sem eget amet tempus lobortis ullamcorper adipiscing lorem congue praesent mauris sit donec laoreet tellus consectetur, id adipiscing ac tincidunt aliquet felis feugiat magna mi molestie pharetra erat ante. Non elit sed ut proin elit pulvinar ut proin, eget pulvinar dolore et euismod lobortis ullamcorper felis feugiat, congue diam felis feugiat congue diam felis feugiat ut, diam felis. Sit magna mi felis feugiat congue et molestie sit ac tincidunt adipiscing feugiat congue mi, molestie pharetra magna mi tellus consectetur erat nunc proin eget amet, nisi ante volutpat. Dolor nisi nibh, ullamcorper felis feugiat ut ullamcorper felis massa ullamcorper nonummy, ipsum ut sem felis feugiat nisi et id turpis lorem nunc aliquet at dolor dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc aliquet at pulvinar dolore proin eget pulvinar donec. Nibh ullamcorper nonummy tempus id turpis ac tincidunt aliquet, at. Dolor donec ante volutpat consectetur ipsum nunc, diam felis, ipsum. Ut et id sit ac nibh id turpis ac dolor. Erat lobortis sem elit feugiat nisi mi euismod turpis lorem. Tincidunt aliquet at, lorem dolore praesent eget pharetra, donec lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet, felis dolor donec ante tellus, consectetur erat massa sem, nonummy sed nunc sem at ipsum dolore proin eget, pulvinar. Volutpat nonummy tempus nunc sem elit ipsum, ut diam eget sit aliquam laoreet, aliquet mauris pharetra ipsum congue et id turpis. Erat tincidunt tellus nisi ante euismod adipiscing lorem ut diam felis, feugiat magna mi tellus, at ipsum nunc aliquet, at sed. Nunc proin volutpat, turpis aliquam nibh euismod nonummy erat nunc proin id amet aliquam laoreet euismod turpis lorem tincidunt mi molestie. Pharetra erat massa non consectetur, tempus ut diam elit pulvinar molestie pharetra erat, laoreet aliquet at sed nunc proin volutpat amet. Tempus, lobortis ullamcorper mauris feugiat magna mi id feugiat magna mi id sit congue mi molestie donec massa sem elit ipsum. Nisi et id turpis ac laoreet tellus adipiscing lorem tincidunt aliquet mauris feugiat congue proin volutpat amet erat, ante, non nonummy. Tempus pulvinar ut et eget pulvinar aliquam et eget sit nisi nibh euismod adipiscing feugiat dolore, praesent mauris dolor dolore ante. Pulvinar aliquam, nibh, non, adipiscing feugiat congue, mi molestie sit ac mi molestie turpis, nisi et molestie turpis ac tincidunt aliquet. Consectetur lorem tincidunt aliquet at pulvinar proin id pulvinar aliquam et ullamcorper adipiscing feugiat, tincidunt aliquet molestie dolor congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non id sit magna laoreet tellus, consectetur erat laoreet tellus at dolor dolore praesent mauris lorem nunc, proin eget pharetra dolore. Lobortis aliquet felis dolor congue, mi volutpat nonummy ipsum ut et eget sit ac laoreet tellus adipiscing sed congue praesent molestie. Pharetra donec, massa pulvinar, nisi, mi id sit, nisi et id turpis ac laoreet euismod turpis ac, laoreet, aliquet mauris dolor. Dolore massa non nonummy ipsum lobortis diam felis pulvinar sit congue praesent felis sit congue mi tellus turpis erat nunc sem. Eget pulvinar aliquam nibh diam felis feugiat magna mi molestie consectetur euismod turpis, ac, tincidunt praesent at pharetra dolore, mi volutpat. Consectetur tempus massa non elit ipsum, ut nibh euismod adipiscing sed dolore proin volutpat nonummy aliquam massa aliquam lobortis ullamcorper, adipiscing. Feugiat magna praesent molestie pharetra, erat nunc proin elit ipsum ut proin eget amet aliquam et volutpat turpis ac lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tellus, consectetur ipsum nisi nibh ullamcorper adipiscing dolor, donec massa non nonummy erat lobortis felis dolor donec massa non nonummy erat nunc sem. Elit pulvinar nisi et euismod amet nisi et ullamcorper felis dolor magna mi volutpat consectetur tellus at sed dolore ante volutpat nonummy ipsum congue. Diam molestie turpis ac, tincidunt aliquet, consectetur erat tincidunt aliquet mauris dolor donec proin eget pulvinar aliquam nibh congue praesent molestie pharetra dolore proin. Molestie amet erat ut diam felis, tempus nisi diam felis sit magna laoreet tellus turpis aliquam, lobortis ullamcorper elit ipsum nisi mi tellus at. Pulvinar nisi ante euismod adipiscing lorem ut praesent molestie sit donec praesent id pharetra ac mi tellus turpis erat ante eget pulvinar, donec ante. Volutpat adipiscing feugiat, lobortis diam id pharetra magna laoreet, tellus at ipsum nisi nibh ullamcorper, felis, feugiat magna mi mauris feugiat magna adipiscing ac. Congue, praesent molestie pharetra dolore proin volutpat amet ipsum nisi mi tellus at dolor nisi proin eget pulvinar dolor congue praesent mauris sed congue. Proin volutpat, amet erat lobortis, sem elit ipsum ut et felis sit magna et id, turpis ac laoreet aliquet adipiscing mauris feugiat congue, praesent. Mauris pharetra erat massa non nonummy, tempus nisi et euismod turpis ac laoreet aliquet at pharetra, dolore, ante volutpat amet donec massa, non tempus. Tincidunt praesent mauris dolor magna mi molestie sit donec laoreet tellus at erat laoreet sem eget pulvinar, ac, tincidunt aliquet felis lorem dolore mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi et tellus at dolor dolore, massa ullamcorper felis sit magna eget pulvinar nisi proin eget pulvinar dolore proin eget amet lorem, lobortis. Ullamcorper adipiscing ipsum magna et felis sit ac laoreet aliquet at dolor ante euismod nonummy lorem ut praesent molestie sit donec massa, non, elit. Pulvinar aliquam tincidunt aliquet felis dolor dolore ante, molestie pharetra donec massa non magna mi tellus consectetur erat massa aliquet consectetur, erat massa aliquet. At dolor nisi ante, eget pulvinar donec, nibh ullamcorper felis feugiat magna ullamcorper felis sit magna, laoreet molestie at sed nunc aliquet mauris dolor. Nunc sem eget pulvinar aliquam ante non amet aliquam, ante volutpat amet aliquam massa non elit feugiat nisi et id sit ac laoreet tellus. Adipiscing dolor tincidunt praesent eget amet tempus ut et tellus consectetur sed dolore proin, volutpat pulvinar nisi nibh, turpis, lorem nunc, ante volutpat amet. Tempus ut et id, feugiat magna et id turpis ac mi euismod turpis ac laoreet aliquet, mauris amet tempus ut diam felis pharetra magna. Laoreet, tellus, elit pulvinar aliquam nibh euismod adipiscing lorem lobortis diam, adipiscing feugiat, ut ullamcorper adipiscing feugiat congue mi molestie, eget amet aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ante molestie nonummy ipsum nisi. Et euismod turpis ac, tincidunt, sem. Volutpat nonummy aliquam nibh volutpat amet. Aliquam lobortis diam felis sit magna. Feugiat magna mi mauris pharetra erat. Ut et, euismod adipiscing dolor dolore. Proin eget pharetra, aliquam lobortis ullamcorper. Felis sit ac laoreet tellus consectetur. At dolor dolore proin mauris pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, aliquam proin volutpat nonummy feugiat magna. Mi tellus consectetur dolor mauris dolor, magna. Massa diam eget pulvinar, nisi nibh euismod. Turpis ac tincidunt aliquet at dolor dolore. Praesent molestie dolor magna praesent felis feugiat. Magna mi pharetra aliquam nibh non nonummy. Tempus ut diam id sit magna laoreet. Aliquet elit dolor dolore proin eget pulvinar. Donec ante volutpat, pulvinar aliquam lobortis, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac lobortis aliquet, adipiscing feugiat congue praesent mauris pharetra donec massa non elit pulvinar donec ante molestie pharetra erat lobortis non elit tempus nunc. Sem elit sed, ut et id turpis ac laoreet ullamcorper adipiscing lorem tincidunt, praesent aliquet, at dolor dolore proin, volutpat, adipiscing lorem ut praesent molestie. Sit, erat laoreet tellus, consectetur erat massa sem eget pulvinar aliquam nibh euismod adipiscing tempus, sed dolore nibh non, adipiscing feugiat congue mi tellus at. Pulvinar nisi nibh, euismod adipiscing lorem tincidunt aliquet felis dolor congue praesent molestie consectetur lorem tincidunt praesent mauris pharetra id mauris dolor nunc sem mauris. Dolor lorem ut praesent id consectetur erat, massa non, at sed, dolore, proin eget amet euismod, consectetur sed nunc, tellus at dolor dolore ante volutpat. Amet tempus lobortis non nonummy ipsum ut et molestie turpis ac laoreet tellus turpis lorem nunc proin tellus at dolor dolore praesent molestie amet, tempus. Ut diam felis turpis ac laoreet aliquet at pulvinar donec proin eget praesent id sit magna laoreet tellus pharetra sed, nunc, tellus at dolor, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nisi et id sit, ac tincidunt aliquet adipiscing lorem congue mi non nonummy ipsum nisi, et euismod turpis ac nibh euismod, adipiscing. Dolor nunc donec ante non nonummy tempus lobortis non elit tempus lobortis sem elit ipsum nunc sem eget sit ac tincidunt praesent at. Dolor dolore ante non ipsum dolore proin eget dolor dolore proin eget dolor nisi ante ullamcorper nonummy tempus ut diam felis feugiat ut. Diam felis sit, ac massa sem eget tincidunt, diam mauris sit congue praesent felis sit magna mi molestie consectetur erat nunc sem elit. Sed nisi et volutpat amet tempus nibh dolor dolore proin eget dolor dolore proin volutpat, pharetra dolore ante volutpat, pharetra tempus ut et. Id consectetur sed dolore ante volutpat nonummy tempus congue diam id sem elit ipsum nisi et volutpat amet aliquam nibh euismod, turpis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit donec mi tellus tempus lobortis diam id feugiat nisi diam felis feugiat nisi et euismod turpis lorem tincidunt praesent eget, pulvinar aliquam nibh non nonummy. Feugiat magna et id turpis magna laoreet tellus at, sed tincidunt tellus at sed dolore ante volutpat amet aliquam lobortis ullamcorper adipiscing tempus massa non nonummy. Ipsum, volutpat turpis tempus, lobortis ullamcorper adipiscing feugiat ut ullamcorper felis, feugiat ut, praesent id sit ac, massa sem at sed, dolore sem elit sed tincidunt. Sem ipsum nisi nibh, euismod, turpis ac tincidunt aliquet mauris feugiat dolore proin volutpat amet donec massa non nonummy erat nunc diam felis pulvinar ut, ullamcorper. Adipiscing feugiat congue diam id sit congue mi id feugiat magna mi euismod turpis ac tincidunt sem eget amet aliquam nibh volutpat nonummy aliquam lobortis, lobortis. Aliquet molestie pharetra donec ante non nonummy tempus massa sem elit ipsum nisi nibh id sit aliquam laoreet ullamcorper mauris dolor donec massa non nonummy tempus. Diam id sit lorem tincidunt praesent mauris amet donec massa non nonummy tempus ut et id feugiat, nisi et euismod id sit ac tincidunt praesent eget. Pharetra donec nibh non adipiscing ipsum congue et felis sit ac mi id sit ac laoreet tellus turpis sed nunc praesent aliquet at sed, congue aliquet. Mauris pharetra tempus massa volutpat amet donec, ante volutpat consectetur tempus, nunc, diam felis ipsum ut nibh euismod, sit ac laoreet aliquet erat massa aliquet elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet tempus, congue ante tellus feugiat erat nunc sem eget pulvinar nisi et euismod turpis. Lorem congue, praesent felis feugiat magna mi mauris pharetra magna massa sem elit ipsum nunc felis. Feugiat, magna, laoreet aliquet at sed nunc ante eget, pulvinar nisi ante volutpat nonummy aliquam nibh. Ullamcorper adipiscing feugiat congue mi molestie pharetra ac congue mi, volutpat consectetur, erat massa, non nonummy. Tempus ut diam, eget ipsum ut proin eget pulvinar nisi proin eget pulvinar dolore proin eget. Consectetur tempus ut et tellus adipiscing lorem nunc praesent mauris pharetra dolore ante non nonummy ipsum. Congue mi molestie turpis magna mi id turpis ac donec, lobortis diam adipiscing feugiat congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit dolor nisi proin euismod adipiscing feugiat ut, diam molestie consectetur erat massa non eget. Pulvinar aliquam et eget pulvinar nisi et euismod amet tempus lobortis ullamcorper nonummy lorem ut ullamcorper adipiscing. Tempus ut, diam felis feugiat magna massa aliquet elit dolor dolore proin eget amet, aliquam lobortis ullamcorper. Felis, feugiat congue mi molestie, consectetur ac laoreet lorem, tincidunt mi molestie pharetra magna, ante, sem nonummy. Pulvinar ut diam eget pulvinar aliquam, et tellus adipiscing ac tincidunt praesent mauris dolor id turpis ac. Laoreet, aliquet at dolor dolore praesent mauris dolor donec ante volutpat pharetra donec ante volutpat amet tempus. Lobortis et, id sit magna tincidunt tellus felis feugiat magna, mi non at ipsum dolore proin elit. Dolor nisi nibh euismod turpis lorem tincidunt diam mauris feugiat congue praesent, id sit magna, laoreet tellus. Dolore, et volutpat, pulvinar dolore proin volutpat turpis lorem, congue praesent mauris sit congue mi, molestie, sit. Donec massa molestie amet tempus lobortis sem, elit sit magna, nibh euismod consectetur lorem nunc proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi tellus consectetur dolor nunc sem at lorem laoreet aliquet mauris pharetra. Aliquam lobortis ullamcorper adipiscing feugiat ut ullamcorper elit tincidunt ullamcorper adipiscing lorem tincidunt diam, felis. Feugiat, magna laoreet tellus nonummy sed ut nibh ullamcorper at feugiat congue praesent molestie amet. Tempus lobortis molestie consectetur erat nunc sem elit pulvinar ut proin eget turpis ac tincidunt. Praesent molestie pharetra erat lobortis sem elit ipsum ut diam elit ipsum ut et ipsum. Magna massa non at ipsum dolore et volutpat amet aliquam nibh euismod turpis feugiat congue. Praesent molestie sit donec, laoreet tellus pharetra lobortis non elit ipsum nisi et felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem nunc proin volutpat, nonummy lorem ut amet, ac tincidunt, praesent. Mauris pharetra erat massa non consectetur erat nunc diam id turpis ac. Tincidunt praesent at dolor donec massa ullamcorper felis, ipsum id feugiat nisi. Mi euismod turpis ac mi tellus consectetur sed nunc praesent mauris, dolor. Donec ante, volutpat nonummy tempus ut ullamcorper, felis feugiat tellus mauris, dolor. Donec, ante volutpat amet aliquam ante volutpat, nonummy tempus lobortis ullamcorper felis. Feugiat congue et felis sit erat, tincidunt sem nunc sem, id sit. Aliquam laoreet ullamcorper, at dolor dolore, ante volutpat, pharetra erat, lobortis sem. Felis feugiat ut, diam id, turpis ac nunc praesent mauris dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquet at feugiat congue mi, volutpat, pharetra erat nunc diam, eget sit ac sem eget amet ac, congue lobortis laoreet sem ullamcorper mauris felis consectetur, dolor tempus congue mi. Sem euismod mauris felis at turpis dolor aliquam ante volutpat euismod elit dolor dolore proin, mauris pulvinar donec ante eget dolor donec nibh non amet tempus lobortis diam felis ipsum. Nisi laoreet molestie turpis magna nunc diam euismod sit ac tincidunt aliquet at sed dolore proin molestie pharetra aliquam massa ullamcorper felis sit ac mi euismod, consectetur lorem dolor donec. Nibh non nonummy tempus ut diam felis feugiat magna mi tellus turpis erat nunc sem elit dolor, nisi, nibh, euismod nonummy aliquam nibh volutpat amet turpis, aliquam tincidunt aliquet mauris. Dolor dolore mi volutpat, amet tempus lobortis, diam, felis ipsum nisi diam eget sit, magna nibh id turpis ac tincidunt praesent tempus ut et id turpis lorem laoreet aliquet consectetur. Ac dolore proin mauris pharetra congue praesent molestie dolor dolore massa et, id sit magna mi euismod turpis ac tincidunt praesent, mauris, pharetra donec ante volutpat amet aliquam massa non. Elit feugiat ut diam felis sit magna et proin eget pulvinar donec, proin eget nonummy ipsum congue et molestie sit ac laoreet aliquet elit dolor dolore proin eget amet aliquam. Lobortis ullamcorper felis lorem consectetur erat nunc sem elit pulvinar nisi lobortis ullamcorper adipiscing feugiat, magna ante sem elit tempus, nunc, sem elit pulvinar ut proin elit pulvinar nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet eget pulvinar aliquam nibh euismod nonummy lorem, lobortis ullamcorper adipiscing et id pulvinar, nisi lobortis proin diam, tellus volutpat molestie elit. Turpis lorem, aliquam tincidunt praesent tellus elit turpis sed donec lobortis et non id at felis nisi et euismod turpis ac tincidunt. Praesent, eget, pharetra dolore proin eget pharetra donec ante non nonummy, ipsum, ut diam felis feugiat ut nisi nibh, euismod adipiscing ac. Tincidunt proin non elit ipsum ut diam felis feugiat nisi et tellus consectetur pulvinar aliquam lobortis ullamcorper felis congue diam id sit. Ac massa, aliquet elit dolor nunc sem mauris pulvinar aliquam nibh ullamcorper adipiscing lorem ut diam felis, sit magna laoreet molestie pharetra. Erat pharetra donec, massa volutpat consectetur erat massa sem eget sit ac, laoreet, tellus adipiscing lorem tincidunt aliquet mauris dolor, congue praesent. At dolor congue ante, volutpat consectetur sit magna praesent molestie pharetra magna mi id pharetra magna mi molestie pharetra magna mi tellus. Consectetur erat, nunc sem, tempus ut sem eget sit ac laoreet, euismod turpis lorem laoreet aliquet adipiscing feugiat congue praesent mauris pharetra. Erat massa, non nonummy ipsum, ut sem, elit nibh non nonummy tempus massa non elit erat massa ullamcorper elit feugiat ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat donec massa ullamcorper id turpis ac tincidunt sem mauris, dolor dolore, ante eget, aliquam, nibh ullamcorper adipiscing sit, magna laoreet aliquet volutpat consectetur tempus lobortis non elit tempus. Nunc, diam eget, pulvinar nisi et id turpis ac tincidunt, aliquet mauris dolor congue praesent mauris dolor erat tempus lobortis ullamcorper adipiscing lorem congue diam, felis sit congue et id. Pharetra ac laoreet aliquet elit dolor nisi nibh, ullamcorper turpis tempus tincidunt praesent molestie erat nunc, sem elit ipsum nisi et euismod turpis lorem tincidunt praesent mauris dolor, congue mi. Tellus, elit ipsum ut diam eget sit aliquam lobortis aliquet at pharetra dolore mi, non, nonummy tempus nunc diam eget pulvinar magna nibh tellus adipiscing sed, tincidunt praesent mauris feugiat. Congue, aliquet mauris dolor ac tincidunt sem, mauris dolor dolore proin mauris dolor donec massa ullamcorper adipiscing ipsum lobortis ullamcorper elit ipsum nisi diam felis sit magna mi euismod, consectetur. Ut et id pulvinar nisi et eget ipsum nunc sem eget pulvinar, nisi nibh euismod amet aliquam nibh ullamcorper felis feugiat congue mi tellus consectetur donec massa lorem congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, sem felis sit ac nunc proin euismod nonummy, lorem praesent mauris dolor donec proin, volutpat, nonummy tempus ut diam id feugiat ac, mi euismod consectetur lorem laoreet tellus at. Sed dolore proin eget amet felis feugiat nisi et molestie turpis ac tincidunt proin eget pulvinar donec nibh volutpat adipiscing, feugiat, magna praesent id sit congue et id feugiat congue. Pulvinar nisi nibh, ullamcorper felis lorem tincidunt diam, adipiscing lorem ut praesent id sit, magna mi id pharetra ac laoreet, tellus at erat praesent molestie pharetra donec mi tellus consectetur. Sed ut et, id sit aliquam, et euismod turpis ac lobortis euismod tincidunt mi molestie pharetra donec ante tellus consectetur, erat mi, id sit, congue diam elit ipsum ut ullamcorper. Nonummy ipsum ut diam, euismod turpis ac laoreet euismod massa non at erat laoreet non at ipsum dolore proin eget pulvinar, aliquam nibh ullamcorper adipiscing lorem congue praesent felis, feugiat. Congue mi, molestie consectetur erat massa diam felis feugiat magna massa aliquet consectetur erat laoreet euismod turpis ac tincidunt tellus turpis lorem, tincidunt aliquet, eget amet tellus at ipsum nisi. Et euismod amet tempus nibh ullamcorper nonummy tempus lobortis ullamcorper felis sit magna laoreet tellus consectetur sed nunc et eget amet ac nibh, pulvinar magna laoreet tellus turpis lorem laoreet. Aliquet mauris pharetra donec proin volutpat amet, tempus lobortis ullamcorper felis feugiat ut et felis ipsum lobortis sem elit tempus adipiscing lorem, tincidunt aliquet eget amet aliquam massa volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis mauris dolor, donec, lobortis, praesent molestie pharetra magna laoreet tellus consectetur erat, massa, non at, pulvinar aliquam lobortis. Aliquet mauris consectetur erat massa non sed tincidunt praesent mauris, dolor dolore proin eget dolor dolore proin volutpat nonummy. Erat, ut et felis sit ac, mi, tellus turpis ac laoreet massa non at sed nunc proin eget ipsum. Dolore nibh euismod, amet lorem tincidunt ullamcorper felis feugiat congue mi molestie consectetur, ipsum ut et id amet ac. Eget amet nisi, ante ullamcorper adipiscing feugiat tincidunt diam felis feugiat congue praesent id feugiat magna mi molestie pharetra. Sed nunc sem elit nisi diam felis sit magna, nibh tellus at sed dolore praesent mauris sed dolore praesent. Mauris pharetra, donec massa non nonummy tempus lobortis sem elit pulvinar magna ut diam id sit ac laoreet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat nonummy ipsum nisi et id turpis turpis nisi nibh euismod turpis aliquam et eget pulvinar ut proin id turpis ac nibh ullamcorper adipiscing feugiat congue. Praesent molestie pharetra donec mi molestie diam eget pulvinar ut sem elit pulvinar aliquam, nibh euismod, turpis aliquam nibh euismod adipiscing lorem tincidunt mi, molestie, consectetur tempus. Nunc diam id turpis, ac laoreet ullamcorper turpis lorem tincidunt aliquet felis feugiat magna, mi molestie consectetur, tempus nunc, diam elit ipsum ut et id, pulvinar aliquam. Adipiscing aliquet ullamcorper molestie consectetur sed nisi et euismod adipiscing ac tincidunt aliquet at dolor dolore praesent, mauris pharetra donec ante mauris sit donec, massa, tellus sit. Magna massa proin eget amet tempus nibh euismod turpis aliquam nibh ullamcorper adipiscing feugiat congue diam id pharetra donec mi non at sed dolore et volutpat felis. Dolor magna ante tellus nonummy sed massa non consectetur donec laoreet, non at ipsum nisi proin eget ipsum nisi et donec ante tellus, nonummy erat massa non. Eget pulvinar nisi, et euismod turpis ac laoreet ullamcorper adipiscing ac, lobortis ullamcorper adipiscing lorem tincidunt praesent mauris, feugiat congue molestie consectetur erat dolore sem elit dolor. Dolore proin volutpat amet aliquam nibh euismod amet aliquam lobortis non nonummy tempus ut diam adipiscing ipsum congue et tellus lobortis aliquet felis feugiat magna, mi molestie. Pharetra, donec, ante sem elit ipsum nisi et euismod turpis dolor donec ante non nonummy erat massa, molestie pharetra magna ante diam eget pulvinar nisi nibh, aliquet. Mauris, dolor congue proin molestie pharetra donec, massa non nonummy ipsum ut diam id sit magna et, euismod adipiscing ac adipiscing feugiat ut, ullamcorper id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ante laoreet aliquet consectetur lorem tincidunt, aliquet at dolor, dolore praesent mauris dolor congue aliquet, at dolor dolore ante volutpat consectetur erat massa, mauris amet tempus massa ullamcorper. Felis pharetra magna laoreet tellus, consectetur sed nunc proin elit pulvinar, aliquam lobortis ullamcorper adipiscing lorem ut, diam felis, sit non id eget adipiscing amet feugiat ac dolore ante. Euismod felis pharetra ipsum magna nunc ante ullamcorper molestie at pulvinar ac, dolore ante non felis turpis non tellus volutpat felis pharetra sed, nisi tincidunt praesent, volutpat id at. Mauris id elit pulvinar nisi ante volutpat turpis aliquam lobortis ullamcorper nonummy, nibh tellus adipiscing sed congue praesent mauris dolor dolore ante non felis sit nisi mi id turpis. Ac laoreet tellus, adipiscing sed donec magna ut congue lobortis dolor donec ante molestie nonummy tempus ut sem felis pulvinar nisi et id turpis ac laoreet ullamcorper adipiscing lorem. Congue ante molestie pharetra erat, massa volutpat pharetra tempus nisi et id turpis lorem congue praesent eget dolor donec ante volutpat pharetra erat, lobortis, sem felis feugiat nisi mi. Euismod at dolor donec nibh ipsum ut proin, eget amet ac tincidunt praesent molestie pharetra donec ante non elit pulvinar nisi et euismod turpis ac, nibh euismod adipiscing, sed. Donec ante non euismod turpis lorem tincidunt aliquet, mauris dolor magna ante non elit tempus nunc diam eget pulvinar nisi nibh euismod adipiscing ut, et id turpis erat, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis lorem tincidunt turpis lorem congue praesent mauris pharetra erat. Lobortis diam felis, ipsum nisi et id turpis lorem nunc aliquet. At dolor dolore proin mauris dolor donec sit ac, laoreet aliquet. At dolor, aliquam nibh volutpat amet aliquam lobortis ullamcorper adipiscing tempus. Ullamcorper felis, feugiat congue praesent molestie dolor magna mi molestie elit. Pulvinar ut proin eget, ipsum nisi, proin ullamcorper adipiscing feugiat dolore. Mi mauris pharetra donec massa tellus consectetur tempus sed tempus, magna. Nibh praesent non molestie elit felis id consectetur pulvinar, aliquam tincidunt. Praesent molestie pharetra erat nunc, proin elit ipsum nisi proin id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem eget nonummy tempus congue mi tellus nonummy sed nunc proin eget amet aliquam lobortis ullamcorper adipiscing, lorem id turpis magna. Nibh tellus consectetur sed tincidunt praesent at sed congue proin volutpat amet tempus lobortis ullamcorper felis turpis ac, laoreet tellus at aliquet, at. Sed nunc, aliquet mauris pharetra dolore ante eget pharetra dolore massa, non nonummy, tempus lobortis diam felis feugiat erat tincidunt sem eget pulvinar. Aliquam ipsum congue et, id feugiat magna, mi aliquet, elit pulvinar aliquam nibh euismod amet, aliquam nibh volutpat amet aliquam nibh non adipiscing. Feugiat laoreet aliquet consectetur erat laoreet tellus consectetur ac mi euismod sit magna nibh euismod turpis ac nibh euismod turpis ac laoreet ullamcorper. At feugiat congue praesent molestie molestie dolor congue, praesent, mauris sit magna laoreet tellus consectetur erat massa, molestie pharetra erat massa aliquet, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pulvinar donec ante volutpat nonummy tempus lobortis diam felis feugiat congue et id consectetur sed massa, aliquet at erat tincidunt felis sit ac. Tincidunt praesent at dolor dolore proin eget pharetra, donec, massa non elit ipsum ut et id, sit magna laoreet tellus turpis lorem tincidunt tellus. Adipiscing lorem tincidunt ullamcorper adipiscing dolor dolore, mi molestie nonummy, erat lobortis sem felis pulvinar nisi et elit ipsum ut diam id turpis ac. Tincidunt id turpis ac tincidunt aliquet felis dolor donec massa non nonummy tempus ut diam id sit ac, nibh ullamcorper turpis ac congue proin. Congue mi molestie consectetur ipsum ut et id sit magna nibh id sit aliquam laoreet aliquet at dolor congue proin, molestie pharetra erat massa. Ullamcorper, felis magna nibh euismod, consectetur sed dolore ante volutpat nonummy tempus, massa volutpat amet tempus massa non nonummy ipsum ut mi euismod turpis. Ac laoreet aliquet at dolor, sit, magna mi molestie consectetur erat massa, aliquet consectetur ac tincidunt sem eget pulvinar nisi proin volutpat pulvinar, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus ut diam id turpis ac laoreet tellus turpis, ac laoreet aliquet congue et, felis feugiat congue et. Molestie consectetur sed nunc proin eget, dolor nisi ante volutpat nonummy aliquam nibh, non adipiscing ipsum congue praesent id. Sit ullamcorper felis dolor magna mi molestie pharetra magna mi tellus, pharetra donec laoreet tellus, nonummy ipsum ut, proin. Eget pulvinar nisi et volutpat turpis ac lorem congue praesent mauris, pharetra donec, massa tellus consectetur sed nisi proin. Id amet nisi proin euismod turpis ac lobortis aliquet adipiscing lorem dolor magna ante molestie sit donec laoreet, non. At sed, nunc proin id amet aliquam et euismod amet aliquam nibh euismod turpis tempus ante volutpat nonummy aliquam. Congue proin volutpat amet tempus ut et id sit magna laoreet molestie turpis magna mi id turpis, ac tincidunt. Praesent volutpat nonummy, tempus ut diam id, pharetra donec ante, non nonummy ipsum ut diam elit, tempus massa sem. Felis sit ac, nibh euismod turpis ac laoreet ullamcorper turpis mauris feugiat, dolore mi volutpat consectetur donec massa, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur sed nunc sem diam felis sit, magna mi tellus consectetur erat mi tellus turpis ac, nunc. Proin eget, pulvinar aliquam lobortis ullamcorper adipiscing tempus lobortis proin eget pulvinar dolore proin eget pulvinar dolore proin. Volutpat nonummy lorem congue diam, felis lorem ut, diam adipiscing feugiat congue mi tellus pharetra erat nunc sem. Eget amet aliquam nibh, volutpat, nonummy tempus nibh volutpat nonummy aliquam ante eget amet tempus massa volutpat amet. Erat massa non nonummy tempus at dolor, donec ante, eget, nonummy, tempus lobortis ullamcorper felis feugiat congue mi. Id consectetur erat massa sem elit sed nunc, sem mauris sed dolore euismod adipiscing ac laoreet aliquet adipiscing. Sed, congue aliquet at dolor, donec mi volutpat pharetra, donec ante, volutpat nonummy tempus nunc non elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet tempus lobortis et. Felis ipsum ut, diam id sit. Ac tincidunt praesent eget praesent molestie. Pharetra erat massa aliquet consectetur erat. Nunc proin elit dolor dolore proin. Eget pulvinar aliquam lobortis diam felis. Feugiat magna praesent id adipiscing feugiat. Congue mi molestie consectetur erat nunc. Proin eget pulvinar aliquam nibh euismod. Adipiscing feugiat ut, mi id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at dolor nisi, et euismod turpis lorem congue praesent molestie sit donec laoreet non elit ipsum ut proin eget pulvinar ante volutpat, nonummy ipsum nisi diam. Elit pulvinar ut diam eget pulvinar nisi et euismod adipiscing feugiat tincidunt praesent mauris dolor dolore ante molestie consectetur praesent felis feugiat, congue diam id pharetra, erat massa. Sem eget, pulvinar aliquam lobortis, ullamcorper felis, dolor donec ante volutpat pharetra, erat massa non elit pulvinar praesent id pharetra, sed nunc aliquet at ipsum nisi nibh euismod. Adipiscing feugiat congue diam felis feugiat magna praesent molestie sit magna laoreet massa non at sed nunc proin eget dolor, nisi lobortis ullamcorper turpis lorem lobortis ullamcorper, nonummy. Tempus lobortis, non adipiscing feugiat ut praesent id sit magna laoreet feugiat congue ante volutpat, consectetur tempus ut et id turpis ac laoreet tellus, adipiscing lorem congue proin. Mauris pharetra, erat ante non amet erat ante volutpat nonummy eget sit magna nibh tellus at sed dolore praesent molestie pharetra aliquam massa non, nonummy erat massa volutpat. Consectetur ipsum tempus lobortis ullamcorper nonummy aliquam nibh ullamcorper adipiscing ipsum ut praesent id pharetra magna laoreet, aliquet at sed nunc sem eget amet aliquam tincidunt ullamcorper felis. Ac laoreet, aliquet mauris pharetra donec ante volutpat nonummy tempus lobortis sem nonummy erat nunc sem eget pulvinar, nisi nibh id turpis aliquam laoreet aliquet at, lorem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non consectetur, erat, ut diam id sit. Lorem sed donec ante volutpat amet ipsum ut. Diam, felis, feugiat nisi et id pulvinar ac. Laoreet tellus mauris dolor donec proin eget pharetra. Aliquam massa nisi et felis tempus lobortis sem. Nonummy ipsum ut diam id sit nisi laoreet. Euismod, adipiscing sed congue proin molestie pharetra aliquam. Massa, non mi, euismod sit magna mi euismod. Consectetur dolor dolore ante non nonummy tempus lobortis. Diam felis, sit ac laoreet tellus consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy lorem congue mi molestie nonummy sed ut sem eget turpis aliquam lobortis ullamcorper felis feugiat. Dolore mi molestie felis feugiat congue diam mauris, sit magna laoreet tellus consectetur sed, nunc sem eget. Pulvinar aliquam nibh euismod, turpis feugiat tincidunt praesent felis pharetra donec sit donec laoreet tellus at sed. Ut proin elit ipsum, dolore et volutpat amet aliquam nibh euismod turpis, tempus lobortis diam, mauris sit. Magna mi molestie mi molestie turpis ac mi molestie turpis erat tincidunt proin, mauris dolor tincidunt aliquet. Mauris nonummy, tempus ut diam, id sit, ac laoreet tincidunt diam, felis feugiat magna mi molestie pharetra. Ac nunc, non elit sed dolore sem elit pulvinar nisi proin elit, dolor dolore proin mauris pulvinar. Aliquam ante tellus adipiscing lorem laoreet aliquet adipiscing lorem tincidunt, aliquet mauris lorem, tincidunt aliquet felis feugiat. Congue praesent, mauris pharetra magna ante tellus consectetur erat massa tellus consectetur magna massa, sem elit, turpis. Tempus tincidunt diam adipiscing tempus, lobortis ullamcorper nonummy lorem lobortis diam, id feugiat congue, diam dolor, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis sem elit ipsum nisi et id sit aliquam et sit, ac laoreet aliquet at sed nunc sem eget pulvinar aliquam ante eget nonummy tempus lobortis ullamcorper adipiscing lorem. Congue mi molestie pharetra erat nunc feugiat dolore mi volutpat consectetur, tempus nunc sem felis ipsum nisi, et id turpis lorem tincidunt praesent mauris pharetra aliquam massa volutpat amet tempus. Ut diam felis lorem lobortis diam adipiscing lorem congue praesent id sit congue, praesent molestie pharetra ac laoreet tellus, consectetur sed nunc aliquet aliquam ante, eget amet aliquam nibh non. Adipiscing ipsum ut et id, sit ac laoreet tellus consectetur erat nunc aliquet at dolor dolore proin eget pulvinar donec erat dolore proin, euismod turpis lorem tincidunt praesent mauris pharetra. Erat lobortis sem felis sit ac, laoreet aliquet adipiscing, lorem tincidunt praesent, mauris pharetra, aliquam massa non tempus tincidunt ullamcorper adipiscing lorem tincidunt praesent, molestie consectetur, erat massa tellus nonummy. Sed nisi nibh, ullamcorper adipiscing lorem congue euismod turpis tempus lobortis ullamcorper adipiscing lorem tincidunt diam mauris feugiat magna mi non consectetur, sed nunc proin, eget pulvinar aliquam et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper mauris pharetra erat massa non elit pulvinar. Nisi laoreet aliquet, at dolor congue ipsum ut et. Euismod turpis ac tincidunt aliquet at sed tincidunt praesent. Eget pharetra aliquam massa volutpat amet tempus lobortis non. Elit ipsum lobortis dolore proin eget amet donec ante. Non nonummy, tempus lobortis diam adipiscing ipsum lobortis diam. Id sit ac laoreet aliquet mauris pulvinar aliquam nibh. Euismod nonummy tempus tellus consectetur sed nunc sem elit. Ipsum aliquam lobortis ullamcorper adipiscing feugiat, dolore mi molestie. Consectetur erat nunc sem eget, pulvinar aliquam turpis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin eget pulvinar aliquam lobortis diam felis feugiat lobortis diam mauris pharetra donec tellus at sed dolore proin volutpat amet tempus tincidunt diam felis dolor donec, ante. Non nonummy sed nunc sem at ipsum ut proin eget pulvinar adipiscing lorem tincidunt aliquet felis dolor congue praesent mauris pharetra magna praesent molestie pharetra donec massa, tellus. Consectetur erat massa tellus consectetur erat massa, aliquet lobortis ullamcorper felis feugiat magna ante tellus consectetur ipsum ut proin id amet aliquam nibh ullamcorper adipiscing lorem donec ante. Volutpat nonummy tempus ac tincidunt praesent eget pharetra donec ante volutpat pharetra proin ullamcorper non euismod eget adipiscing pharetra turpis pharetra ipsum erat nunc sem eget pulvinar nisi. Nibh ante tellus consectetur erat nunc sem eget pulvinar nisi nibh euismod amet aliquam nibh ullamcorper adipiscing ac, tincidunt aliquet mauris feugiat congue praesent mauris pharetra donec ante. Tellus proin eget amet aliquam massa ullamcorper felis turpis erat, nunc sem elit dolor dolore proin volutpat amet aliquam nibh volutpat praesent eget dolor, congue proin mauris pharetra. Donec, massa non amet erat massa sem nonummy tempus nunc sem nonummy, ipsum, nunc sem elit ipsum nisi laoreet dolore ante volutpat nonummy, tempus massa non elit ipsum. Nisi et id sit aliquam laoreet ullamcorper mauris dolor dolore proin molestie pharetra donec ante volutpat consectetur erat sem eget sit aliquam et id sit aliquam nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit sit magna, tincidunt praesent mauris sed nunc aliquet mauris dolor donec massa. Ullamcorper felis feugiat ut et tellus, turpis sed nunc sem mauris sed lorem laoreet. Tellus at dolor donec, ante molestie amet aliquam massa non elit ipsum nisi et. Euismod consectetur, sed nunc aliquet at dolor donec congue praesent mauris dolor donec massa. Ullamcorper, id, turpis, erat laoreet tellus consectetur erat, nunc sem eget, amet aliquam nibh. Euismod adipiscing feugiat magna massa non at aliquet mauris dolor dolore ante, volutpat consectetur. Erat nunc sem nonummy tempus nunc, diam id adipiscing lorem laoreet aliquet mauris dolor. Donec massa non nonummy tempus ut sem elit ipsum ut, diam, euismod turpis ac. Laoreet tellus adipiscing sed dolore praesent molestie amet erat ante, non nonummy tempus lobortis. Sem mi, molestie, consectetur, erat, nunc sem eget sit ac tincidunt aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ipsum nisi, laoreet aliquet at pharetra donec proin molestie amet tempus, nisi diam id pulvinar nisi mi euismod, turpis ac tincidunt aliquet, at sed dolore erat nunc. Et volutpat pulvinar tempus lobortis ullamcorper adipiscing feugiat congue praesent tellus consectetur erat massa, sem elit pulvinar aliquam nibh ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing feugiat magna ante. Molestie consectetur erat nunc non elit ipsum nunc sem elit ipsum nisi et id amet ac lobortis euismod turpis lorem congue mi molestie pharetra sed, nunc sem eget. Pulvinar aliquam laoreet aliquet at feugiat dolore mi mauris pharetra erat massa non elit pulvinar nisi felis feugiat magna mi tellus, elit ipsum, dolore proin volutpat, amet ac. Lobortis praesent molestie consectetur erat massa non elit tempus ut, diam eget pulvinar aliquam nibh praesent at dolor donec massa non nonummy tempus ut diam felis pulvinar nisi. Nibh id turpis ac tincidunt ullamcorper adipiscing sed dolore ante volutpat amet, erat turpis ac mi tellus consectetur sed tincidunt tellus at sed nunc aliquet at lorem, congue. Praesent volutpat pharetra donec massa ac tincidunt aliquet eget pulvinar, aliquam nibh ullamcorper felis sit magna mi tellus consectetur erat, nunc sem, elit, pulvinar nisi et euismod turpis. Aliquam lobortis euismod turpis sit ac laoreet tellus adipiscing lorem, laoreet, aliquet eget pharetra, aliquam ante molestie amet tempus massa non nonummy tempus ante non nonummy, tempus ut. Diam id molestie sit ac laoreet tellus consectetur, erat nunc aliquet at dolor nisi nibh volutpat nonummy tempus tincidunt diam adipiscing, lorem congue diam id sit congue et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat massa sem, elit ipsum ut et id sit nisi et id turpis feugiat dolore, mi volutpat nonummy ipsum ut diam felis, ipsum nisi. Nibh tellus adipiscing lorem laoreet aliquet adipiscing sed dolore proin molestie, aliquam, lobortis, ullamcorper adipiscing lorem lobortis ullamcorper felis lorem tincidunt diam mauris pharetra donec. Massa sem elit ipsum, dolore proin euismod amet aliquam tincidunt aliquet massa sem felis pulvinar magna, laoreet aliquet, at dolor donec ante non, adipiscing feugiat. Magna mi, aliquet, at sed nunc sem at sed adipiscing lorem ut praesent felis feugiat congue diam felis feugiat magna mi, tellus consectetur erat nunc. Sem elit pulvinar nisi ante eget amet donec ante volutpat nonummy non elit pulvinar aliquam, nibh id adipiscing feugiat congue praesent molestie, pharetra erat ante. Volutpat nonummy tempus massa non nonummy sed nunc sem eget pulvinar aliquam et feugiat congue mi molestie consectetur tempus, nisi et felis sit nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, euismod amet erat ut ullamcorper felis feugiat ac laoreet aliquet consectetur lorem nunc proin volutpat amet aliquam nibh non felis ipsum ut. Et id pharetra nisi nibh volutpat nonummy aliquam, lobortis ullamcorper nonummy, tempus nibh non adipiscing ipsum congue, diam, id sit ac massa aliquet. Elit pulvinar nisi nibh, volutpat dolore proin eget pharetra donec, nibh non adipiscing ipsum lobortis ullamcorper elit ipsum nisi et felis, feugiat ac. Laoreet aliquet consectetur sed dolore, proin eget pulvinar donec ac massa tellus consectetur ac mi molestie consectetur erat, tincidunt sem mauris dolor nisi. Nibh ullamcorper felis sit magna laoreet tellus consectetur erat pulvinar nisi nibh, euismod felis feugiat magna praesent molestie pharetra erat massa non elit. Sed ut et id sit aliquam nibh ullamcorper at feugiat congue mi molestie, adipiscing, feugiat, congue mi tellus nonummy erat, ante tellus consectetur. Sed ut proin elit ipsum, nisi et euismod turpis lorem tincidunt aliquet mauris feugiat magna ante tellus diam, euismod mauris sed donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent sit, ac, tincidunt sem eget. Amet tempus tincidunt mi, molestie nonummy. Ipsum ut et euismod adipiscing lorem. Tincidunt proin molestie pharetra erat lobortis. Dolor aliquam nibh ullamcorper adipiscing feugiat. Magna laoreet tellus consectetur erat nunc. Sem elit ipsum nisi et volutpat. Amet tempus lobortis diam molestie pharetra. Donec et euismod amet ac laoreet. Euismod adipiscing lorem tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, dolor donec ante tellus consectetur ipsum ut proin. Id turpis ac lobortis ullamcorper adipiscing lorem tincidunt aliquet. Mauris pharetra donec mi, tellus, nonummy ipsum ut diam. Eget sit ut et turpis, magna laoreet tellus consectetur. Erat tincidunt tellus, consectetur ac laoreet, aliquet at sed. Dolore proin eget pharetra donec ante volutpat amet tempus. Lobortis et tincidunt sem at sed nunc, ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sed, dolore nibh ullamcorper id sit magna mi molestie molestie consectetur. Dolor dolore ante euismod, nonummy tempus lobortis diam felis feugiat congue, mi. Molestie consectetur erat nunc sem elit sed nunc sem elit sed donec. Massa proin elit pulvinar aliquam et id turpis aliquam nibh euismod amet. Aliquam lobortis, ullamcorper felis dolor magna mi, mauris sit, magna laoreet molestie. Massa proin elit ipsum nisi nibh euismod turpis lorem tincidunt aliquet mauris. Pharetra erat ante tellus nonummy, sed ut, et id sit lobortis ullamcorper. Elit feugiat nisi mi euismod, turpis ac laoreet tellus, consectetur lorem tincidunt. Tellus adipiscing lorem tincidunt aliquet at lorem congue ante volutpat amet tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie consectetur sed nunc proin eget pulvinar nisi proin, euismod turpis aliquam, nibh euismod turpis lorem, congue praesent, tellus nonummy erat laoreet, non nonummy. Ipsum nisi proin eget sed dolore nibh euismod amet ac tincidunt praesent molestie pharetra erat lobortis diam adipiscing lorem congue diam felis sit ac laoreet. Non elit ipsum dolore proin volutpat turpis tempus nibh euismod turpis lorem congue diam felis feugiat congue proin volutpat amet donec massa non nonummy tempus. Lobortis diam euismod consectetur, erat tincidunt proin eget amet aliquam nibh non amet aliquam nibh erat nunc aliquet at sed nunc sem elit sed dolore. Ante euismod nonummy lorem tincidunt praesent felis lorem ut diam felis pharetra ac massa, non, at pulvinar nunc sem mauris dolor, nisi ante volutpat pulvinar. Aliquam ut praesent id sit ac laoreet molestie sit magna mi molestie feugiat, nisi et id sit magna mi magna laoreet aliquet mauris pharetra dolore. Ante non adipiscing ipsum ut, diam id turpis erat, dolore, et volutpat adipiscing eget pulvinar donec ante eget pharetra aliquam massa ullamcorper felis feugiat congue. Mi, tellus consectetur erat nunc ante volutpat nonummy aliquam, tincidunt diam mauris, sit magna mi ut et id consectetur erat, tincidunt sem elit sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante sit ac tincidunt, ullamcorper mauris. Pharetra erat massa ullamcorper nonummy tempus ut. Et id sit ac, laoreet tellus consectetur. Dolor, donec ante volutpat, amet tellus at. Sed nisi, et euismod turpis lorem tincidunt. Diam mauris pharetra donec ante tellus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, ac congue mi molestie turpis erat tincidunt sem eget amet aliquam nibh euismod nonummy lorem ut praesent molestie, consectetur sed nunc, sem eget pulvinar aliquam felis feugiat magna. Mi tellus consectetur ac, laoreet aliquet at sed nunc praesent mauris dolor donec ante volutpat amet, tempus lobortis ullamcorper amet erat lobortis sem elit ipsum nisi nibh id, sit. Aliquam, tincidunt proin molestie dolor dolore proin volutpat, pharetra donec ante molestie, dolor donec ante volutpat nonummy ipsum ut diam molestie pharetra donec nunc sem elit sed nisi et. Volutpat turpis ac lobortis aliquet adipiscing, feugiat congue mi molestie pharetra erat massa, tempus lobortis et id pharetra ac mi id turpis ac tincidunt aliquet mauris, dolor dolore proin. Volutpat adipiscing, lorem congue diam id feugiat ut praesent, molestie pharetra non, elit ipsum ut et id sit ac laoreet tellus at lorem congue aliquet mauris dolor dolore proin. Molestie pharetra donec ante volutpat amet tempus ut, et aliquam lobortis non felis feugiat donec massa non elit ipsum, dolore sem eget pulvinar nisi et euismod amet tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore nibh volutpat, adipiscing, feugiat magna mi tellus, consectetur sed nunc sem lobortis ullamcorper, adipiscing, lorem congue mi tellus nonummy sed nunc. Sem eget sit ac nibh euismod turpis aliquam et euismod turpis lorem lobortis aliquet felis feugiat dolore ante volutpat amet donec nibh. Ullamcorper adipiscing ipsum congue et id turpis, erat laoreet aliquet at sed dolore, sem eget pulvinar donec ante euismod ac tincidunt aliquet. Mauris pharetra aliquam lobortis ullamcorper felis feugiat nisi et id turpis ac, laoreet aliquet consectetur lorem laoreet tellus, at dolor erat nunc. Non eget ipsum nisi et eget amet nisi nibh, volutpat turpis tempus nibh volutpat nonummy, aliquam nibh non nonummy tempus lobortis non. Adipiscing, ipsum diam id sit ac laoreet aliquet at dolor dolore proin eget amet aliquam nibh ullamcorper felis feugiat magna et id. Pharetra ac massa aliquet at, sed nunc, donec massa non, elit ipsum ac nibh euismod turpis lorem tincidunt aliquet at, feugiat congue. Aliquet mauris feugiat congue ante diam adipiscing feugiat ut diam felis lorem, lobortis ullamcorper adipiscing ipsum ut diam felis feugiat congue et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore ante eget nonummy aliquam lobortis diam id sit magna, mi. Tellus, consectetur sed nunc sem elit dolor nisi proin euismod mi non. Elit pulvinar aliquam nibh id turpis ac laoreet aliquet mauris dolor congue. Mi volutpat consectetur tempus lobortis non nonummy ipsum ut diam tellus consectetur. Sed nunc sem, elit sed nunc, sem elit, ipsum dolore proin volutpat. Pulvinar aliquam lobortis diam mauris, sit magna ante non consectetur donec laoreet. Amet tempus tincidunt ullamcorper, turpis, lorem tincidunt praesent mauris pharetra magna mi. Molestie pharetra donec laoreet tellus pharetra erat laoreet molestie turpis ac donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent mauris sit magna laoreet non nonummy ipsum ut et euismod adipiscing ac sed dolore sem mauris dolor dolore proin volutpat. Amet aliquam nibh non nonummy tempus ut diam felis, feugiat congue et id consectetur erat tincidunt aliquet mauris ac nunc proin volutpat. Amet aliquam massa ullamcorper nonummy tempus massa ullamcorper elit ipsum nisi et id sit ac laoreet euismod turpis lorem tincidunt praesent praesent. At dolor dolore ante non nonummy erat massa non nonummy erat, massa non nonummy, tempus magna laoreet tellus at lorem nunc praesent. Eget amet aliquam, laoreet praesent mauris feugiat congue praesent felis dolor donec, ante, volutpat pharetra erat ante molestie sit magna, laoreet tellus. Consectetur erat massa sem, elit elit pulvinar, aliquam nibh volutpat amet nisi ante euismod amet tempus lobortis diam felis sit magna mi. Tellus at ipsum nisi et euismod turpis ac et volutpat, eget pulvinar donec ante volutpat, nonummy aliquam nibh non amet donec ante. Non nonummy aliquam massa non nonummy feugiat nisi sed dolore proin eget pulvinar, donec proin eget sed congue, aliquet mauris dolor donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris consectetur tempus lobortis diam felis sit magna nibh id sit, aliquam nibh, euismod. Turpis ac tincidunt aliquet at, lorem congue ante volutpat eget amet tempus ut diam. Felis sit magna mi tellus consectetur erat massa proin elit pulvinar nisi nibh volutpat. Turpis lorem tincidunt ullamcorper felis, lorem mauris pharetra donec praesent mauris pharetra aliquam lobortis. Diam id feugiat, magna, et euismod turpis magna mi euismod, consectetur lorem tincidunt aliquet. Mauris dolor dolore ante, magna laoreet aliquet elit pulvinar dolore et volutpat turpis aliquam. Nibh ullamcorper adipiscing tempus lobortis euismod nonummy tempus ut ullamcorper adipiscing ipsum congue diam. Felis turpis erat nunc sem mauris dolor nisi proin volutpat pulvinar donec ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa lorem magna nunc proin mauris amet tempus lobortis ullamcorper mauris sit magna laoreet, tellus at sed ut, nibh euismod adipiscing dolor erat massa non elit tincidunt. Mi tellus consectetur erat nunc non nonummy ipsum ut proin eget, pulvinar aliquam, nibh ullamcorper felis feugiat, dolore mi volutpat pharetra donec ante, tellus tempus lobortis praesent. Id consectetur sed dolore et id amet ac lobortis, ullamcorper adipiscing feugiat tincidunt diam felis feugiat congue praesent mauris pharetra, donec, massa adipiscing sed dolore massa non. Felis sit ac tincidunt sem eget pulvinar nisi ante euismod nonummy, aliquam nibh non adipiscing, feugiat congue praesent id dolore mi volutpat pharetra donec ante non, consectetur. Ipsum nisi et euismod turpis ac, tincidunt aliquet at dolor dolore ante volutpat amet erat ante volutpat, consectetur erat aliquam lobortis ullamcorper adipiscing tempus congue et id. Sit magna, laoreet tellus, consectetur sed tincidunt tellus at sed laoreet tellus consectetur sed nunc praesent, non adipiscing tempus ut ullamcorper elit feugiat ut diam felis feugiat. Nisi laoreet euismod sit magna nibh id turpis magna nibh euismod, turpis lorem tincidunt ullamcorper at laoreet molestie turpis ac mi euismod sit magna et euismod sit. Ante non adipiscing ipsum ut et id sit magna mi molestie turpis erat tincidunt tellus, consectetur nisi et euismod mauris adipiscing pharetra, ipsum lorem donec lobortis mi. Tellus elit pulvinar aliquam lobortis praesent volutpat elit sit lorem donec nibh diam sem euismod eget at turpis pharetra donec, massa volutpat nonummy tempus, nunc sem elit. Ipsum nisi laoreet aliquet at lorem tincidunt aliquet molestie pharetra aliquam ante non amet tempus, lobortis et id sit ac laoreet aliquet mauris pharetra dolore ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit dolor nisi, sem, volutpat nonummy tempus lobortis, ullamcorper mauris lorem congue praesent id sit ac massa sem elit tempus massa, non elit tempus, nunc sem elit ipsum. Nisi nibh id amet nisi et id, amet aliquam et ullamcorper adipiscing lorem magna amet lorem ut praesent felis sit magna laoreet molestie consectetur erat laoreet aliquet consectetur. Sed dolore et volutpat, amet aliquam nibh ullamcorper, adipiscing feugiat congue at dolor congue praesent, mauris, pharetra dolore ante volutpat amet erat lobortis sem nonummy erat nunc sem. Elit sit magna et euismod, turpis non consectetur sed dolore proin eget pulvinar dolore proin eget sed nunc sem volutpat pulvinar donec ante volutpat amet tempus ut ullamcorper. Id pharetra sed nunc, sem feugiat magna mi euismod consectetur sed nunc aliquet at lorem tincidunt aliquet at sed dolore proin molestie dolor dolore ante volutpat amet erat. Massa sem elit ipsum euismod turpis ac tincidunt ullamcorper at feugiat tincidunt aliquet felis feugiat magna ante molestie consectetur pulvinar nisi nibh, euismod turpis non nonummy tempus ut. Et, id turpis erat, laoreet tellus consectetur sed nunc, sem mauris dolor dolore praesent mauris pharetra donec ante non nonummy tempus massa diam aliquet mauris dolor dolore mi. Molestie nonummy tempus massa sem id pulvinar nisi nibh euismod turpis sed congue praesent molestie pharetra aliquam massa ullamcorper nonummy ipsum feugiat magna praesent molestie consectetur erat nunc. Et id amet aliquam et id amet ac lobortis ullamcorper adipiscing feugiat congue praesent mauris, pharetra donec ante non elit donec massa non at ipsum dolore et volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie volutpat adipiscing, lorem congue, praesent molestie consectetur erat nunc non. Elit ipsum, nisi et eget amet, ac nibh ullamcorper, adipiscing feugiat magna. Ante nonummy ipsum ut sem elit erat nunc sem at ipsum nisi. Et euismod amet aliquam nibh praesent mauris consectetur donec ante tellus nonummy. Sed ut euismod adipiscing lorem congue praesent molestie amet tempus ut, diam. Id turpis ac laoreet euismod turpis lorem tincidunt tellus at lorem congue. Aliquet at feugiat dolore proin sed nunc proin, volutpat amet tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent id feugiat congue praesent id turpis, erat nunc. Sem mauris pulvinar nisi ante euismod nonummy aliquam nibh, ullamcorper. Felis sit, congue mi molestie pharetra, erat massa aliquet, at. Dolor mi tellus consectetur, lorem, dolore, proin, eget amet aliquam. Nibh non adipiscing, ipsum ut diam molestie turpis ac nunc. Sem at dolor dolore ante euismod ut et eget turpis. Aliquam laoreet ullamcorper adipiscing sed tincidunt proin mauris, dolor dolore. Mi, molestie consectetur, tempus lobortis diam, felis sit magna sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit sed dolore et volutpat amet aliquam nibh euismod amet aliquam lobortis ullamcorper adipiscing praesent mauris consectetur, sed nunc sem, at ipsum nunc. Proin eget, amet ac lobortis aliquet, felis dolor magna mi molestie pharetra magna mi molestie pharetra dolore et euismod turpis ac lobortis euismod turpis. Tempus tincidunt praesent mauris pharetra donec ante non consectetur sed nunc, sem elit ipsum ut et id laoreet tellus consectetur dolor dolore proin volutpat. Nonummy feugiat congue praesent mauris sit erat massa sem eget ipsum dolore proin volutpat amet aliquam magna mi molestie pharetra erat massa non elit. Ipsum ut et id pulvinar aliquam nibh id amet aliquam et euismod turpis, tempus lobortis diam mauris dolor congue nibh non felis pharetra donec. Laoreet, tellus consectetur, sed nunc aliquet elit, amet, tempus lobortis ullamcorper adipiscing feugiat magna mi molestie, sit magna praesent mauris sit magna dolore proin. Eget turpis nisi nibh volutpat turpis lorem tincidunt diam mauris sit donec ante non elit ipsum nisi et congue ante volutpat amet tempus lobortis. Sem, id sit magna mi aliquet at sed dolore proin eget amet aliquam nibh non, nonummy aliquam ante, non amet erat ullamcorper felis lorem. Congue praesent felis feugiat congue praesent mauris sit donec laoreet non at sed nunc, sem elit ipsum dolore proin eget amet nisi ante eget. Nibh ullamcorper, mauris, sit donec mi molestie pharetra ac, nunc sem eget pulvinar dolore et volutpat turpis, tempus nibh euismod adipiscing lorem, congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin volutpat amet, donec lobortis diam felis sit magna laoreet mauris amet aliquam lobortis ullamcorper adipiscing ipsum. Congue et tellus at ipsum, dolore sem elit dolor nunc aliquet at sed nunc praesent mauris dolor donec. Ante volutpat amet aliquam lobortis non amet tempus lobortis diam, id pulvinar nisi diam, felis pulvinar ut diam. Id sit aliquam et, id turpis, ac et aliquet at dolor aliquam nibh ullamcorper felis feugiat donec ante. Non nonummy sed massa non nonummy, erat nunc, sem eget pulvinar nisi proin, aliquet at dolor dolore proin. Eget pulvinar donec proin eget dolor dolore proin eget pharetra donec ante non elit tempus lobortis ullamcorper id. Turpis ac laoreet euismod magna ante non consectetur, sed ut sem eget, sit aliquam nibh euismod amet ac. Tincidunt ullamcorper adipiscing lorem tincidunt, aliquet, adipiscing tempus lobortis ullamcorper adipiscing tempus ut mauris pharetra aliquam ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis dolor dolore mi mauris dolor erat ante tellus euismod nonummy lorem, congue. Praesent molestie pharetra erat nunc proin elit amet aliquam nibh ullamcorper, felis dolor. Congue praesent mauris dolor magna mi molestie, turpis ac tincidunt praesent mauris amet. Erat lobortis sem felis sit magna, laoreet aliquet at dolor, dolore nibh non. Nonummy tempus lobortis ullamcorper felis feugiat lorem, congue mi molestie pharetra donec ante. Non nonummy erat massa tellus consectetur sed massa non, at ipsum dolore proin. Euismod adipiscing lorem magna laoreet tellus at sed congue praesent molestie amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc proin volutpat amet sem eget, pulvinar nisi laoreet proin mauris dolor, congue praesent mauris dolor donec ante sem elit, ipsum ut diam felis ipsum nisi. Et id sit magna aliquam laoreet praesent mauris dolor dolore proin molestie pharetra erat lobortis, sem felis sit nisi et felis sit, nisi nibh, tellus at sed tincidunt. Praesent massa non amet, tempus ut sem elit pulvinar ut sem felis sit magna, et euismod, turpis ac laoreet, tellus at sed congue praesent mauris, pharetra donec massa. Diam id sit ac laoreet euismod turpis magna nibh, euismod turpis aliquam nibh euismod turpis ac lobortis ullamcorper adipiscing lorem lobortis euismod turpis sit, magna, nibh euismod turpis. Lorem tincidunt praesent eget dolor dolore proin mauris pharetra donec, massa non, elit ipsum ut diam, felis ipsum ut et id ut et id sit aliquam, et euismod. Turpis ac lobortis ullamcorper adipiscing ac lobortis, euismod, turpis lorem lobortis diam felis feugiat magna ante tellus pharetra donec laoreet ullamcorper turpis pharetra dolore mi, molestie consectetur erat. Massa non nonummy ipsum ut diam id sit ac nibh ullamcorper massa diam id sit magna laoreet tellus, turpis erat laoreet tellus consectetur ac tincidunt praesent mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc et, volutpat amet aliquam nibh euismod adipiscing lorem tincidunt mi mauris sit congue praesent molestie pharetra donec laoreet sem elit magna mi molestie turpis ac laoreet tellus turpis. Lorem nunc sem eget pulvinar dolore ante volutpat nonummy aliquam ut et id sit ac laoreet tellus lobortis diam felis feugiat magna, ante non nonummy sed nunc sem elit. Ipsum nisi nibh euismod turpis ac lobortis, aliquet adipiscing feugiat congue mi volutpat consectetur donec sed massa diam eget ipsum nisi proin id amet, feugiat congue praesent molestie, pharetra. Donec ante volutpat consectetur erat nunc diam eget sit sit, magna mi molestie pharetra ac massa tellus at sed, massa sem elit pulvinar nisi ante ullamcorper adipiscing lorem tincidunt. Praesent tellus pharetra donec laoreet non sed nisi et volutpat amet tempus lobortis ullamcorper adipiscing lorem tincidunt praesent mauris sit magna mi molestie consectetur, erat laoreet non consectetur sed. Dolore nibh, euismod turpis, tempus nunc non nonummy, ipsum nisi nibh tellus at sed congue praesent, at feugiat congue praesent molestie pharetra erat massa nisi mi, euismod turpis ac. Tincidunt aliquet mauris pharetra aliquam lobortis ullamcorper felis sit magna laoreet tellus turpis ac laoreet, aliquet elit dolor nisi ante volutpat amet pharetra aliquam, nibh ullamcorper, felis ipsum ut. Et id turpis ac mi molestie turpis magna mi euismod turpis lorem tincidunt aliquet consectetur, lorem laoreet, tellus at dolor felis feugiat congue et molestie turpis ac tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem mauris diam, id pharetra, donec massa non elit pulvinar nisi proin eget, pulvinar aliquam nibh volutpat, turpis tempus lobortis mi molestie pharetra donec. Massa non feugiat ut diam, id turpis ac laoreet tellus turpis erat tincidunt sem eget dolor nunc praesent eget pulvinar donec nibh, non adipiscing. Feugiat ac laoreet, congue mi aliquet consectetur sed nunc, sem mauris dolor nunc sem at sed nunc, praesent eget pharetra aliquam, ante ullamcorper, adipiscing. Feugiat magna mi tellus, consectetur euismod felis feugiat ut praesent id sit, donec, laoreet, non elit amet aliquam nibh, ullamcorper adipiscing feugiat congue ullamcorper. Felis, feugiat magna, mi laoreet tellus adipiscing lorem congue praesent mauris dolor congue praesent molestie pharetra dolore ante volutpat, elit ipsum ut diam felis. Sit magna laoreet euismod at sed, congue et euismod adipiscing lorem congue aliquet felis feugiat magna mi non elit ipsum ut diam eget pulvinar. Nisi laoreet tellus turpis ac tincidunt aliquet at dolor congue erat massa diam felis sit ac nibh tellus sit ac laoreet euismod adipiscing, sed. Dolore proin volutpat amet donec ante ut diam, euismod consectetur sed nunc, proin volutpat nonummy lorem congue praesent id ipsum lobortis diam adipiscing, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit feugiat nisi, laoreet aliquet at pulvinar dolore proin eget, pharetra aliquam nibh non felis feugiat congue, mi tellus consectetur, ullamcorper adipiscing lorem, tincidunt diam. Felis pharetra magna praesent molestie pharetra donec massa non at sed nunc proin, eget pulvinar dolore proin eget amet mauris dolor nisi proin eget pulvinar. Donec ante eget amet donec massa non adipiscing ipsum ut mi id turpis magna laoreet tellus turpis ac laoreet aliquet et id sit lorem tincidunt. Praesent molestie pharetra dolore massa non nonummy tempus lobortis diam felis pulvinar nisi, et id sit ac laoreet diam id sit ac laoreet tellus at. Sed dolore sem eget amet tempus, lobortis, ullamcorper felis feugiat magna praesent felis feugiat congue mi tellus, at, sed, dolore molestie, nonummy ipsum ut proin. Eget sit aliquam nibh id amet ac lobortis aliquet adipiscing lorem congue praesent molestie pharetra donec mi, mauris sit magna mi mauris, aliquam, massa non. Nonummy ipsum congue laoreet aliquet elit pulvinar dolore proin mauris, nonummy lorem, nibh euismod adipiscing tempus lobortis adipiscing lorem tincidunt aliquet at dolor donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam id turpis lorem adipiscing sit, congue, mi molestie. Pharetra, ac massa sem eget pulvinar aliquam et volutpat amet. Aliquam lobortis, ullamcorper, adipiscing lorem congue praesent, mauris sit donec. Tincidunt praesent molestie dolor donec ante molestie dolor magna, praesent. Mauris pharetra magna mi molestie pharetra erat non nibh praesent. Diam tincidunt massa, nibh nisi laoreet ullamcorper turpis ac, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi non nonummy ipsum magna laoreet, aliquet, at pulvinar donec proin sed nisi proin eget pulvinar dolore proin volutpat amet. Tempus tincidunt praesent mauris, sit donec, massa sem elit, pulvinar aliquam nibh, euismod adipiscing lorem tincidunt proin ac tincidunt sem. Eget pulvinar aliquam, lobortis diam mauris, feugiat congue laoreet molestie pharetra erat massa tellus at erat laoreet tellus consectetur erat. Tincidunt sem mauris pulvinar donec nibh volutpat nonummy aliquam lobortis ullamcorper adipiscing, feugiat congue diam, felis feugiat congue et id. Sit magna, laoreet aliquet at magna nibh tellus at dolor dolore ante volutpat amet tempus lobortis non nonummy ipsum lobortis. Non, elit ipsum ut et felis pulvinar magna laoreet tellus adipiscing sed pulvinar nisi, proin eget amet ac nibh ullamcorper. Felis feugiat dolore mi molestie dolor donec massa non elit, sed nunc sem elit ipsum ut proin elit, sit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc praesent mauris pulvinar, donec nibh volutpat pharetra donec ante volutpat ullamcorper mauris pharetra donec ante volutpat consectetur erat, massa sem. Elit pulvinar aliquam et euismod turpis aliquam nibh euismod turpis ac lobortis ullamcorper felis nisi ante euismod nonummy feugiat ut, praesent mauris. Pharetra sed nunc proin eget pulvinar nisi nibh euismod turpis, ac lobortis, euismod turpis, aliquam, lobortis ullamcorper felis non nonummy sed nunc. Sem eget amet aliquam nibh euismod turpis aliquam lobortis ullamcorper adipiscing lorem congue mi molestie consectetur erat massa sem, id ut diam. Felis feugiat congue, mi molestie turpis magna mi id feugiat nisi diam felis ipsum nunc sem eget sit aliquam et id sit. Aliquam laoreet, nibh, ullamcorper, turpis lorem, tincidunt aliquet felis, lorem, tincidunt ullamcorper felis lorem magna, praesent, tellus pharetra donec laoreet tellus, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat massa sem felis pulvinar. Nisi laoreet tellus consectetur sed dolore. Nibh ullamcorper adipiscing feugiat congue praesent. Molestie, sit aliquet eget dolor nisi. Nibh ullamcorper felis dolor magna mi. Molestie nonummy sed nunc sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, congue tempus nisi, et id, turpis lorem tincidunt aliquet mauris pulvinar dolore proin eget pharetra dolore ante molestie pharetra donec proin, mauris, dolor dolore praesent felis tellus at. Pulvinar tempus ut diam id sit magna laoreet tellus at sed dolore et euismod turpis tempus lobortis ullamcorper adipiscing lorem, lobortis diam felis, elit, pulvinar aliquam et euismod, turpis. Aliquam nibh ullamcorper felis dolor dolore praesent mauris, lorem tincidunt diam mauris pharetra, donec massa sem nonummy pulvinar aliquam et euismod turpis ac tincidunt aliquet felis dolor congue praesent. Mauris consectetur erat massa non nonummy sed ut proin id pulvinar, aliquam nibh ullamcorper at tincidunt tellus consectetur, magna laoreet tellus consectetur lorem laoreet tellus adipiscing ac laoreet tellus. Turpis lorem laoreet euismod adipiscing lorem congue aliquet mauris, dolor congue praesent magna ante tellus pharetra erat ante non elit sed nunc proin elit ipsum nisi et, id amet. Ac tincidunt, praesent mauris dolor pharetra erat massa sem eget amet nisi et elit pulvinar nisi et euismod turpis aliquam nibh euismod adipiscing lorem tincidunt, ullamcorper felis feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam massa diam id turpis magna mi molestie turpis magna et euismod consectetur lorem tincidunt euismod, turpis lorem laoreet aliquet at dolor dolore proin mauris amet donec. Massa sem nonummy ipsum nisi nibh id sit magna nibh tellus adipiscing lorem tincidunt sit ac laoreet tellus consectetur erat, laoreet tellus, turpis erat laoreet tellus at. Dolor donec nibh non nonummy tempus nibh ullamcorper adipiscing ipsum congue diam mi id turpis ac laoreet aliquet at sed dolore ante volutpat nonummy lorem congue praesent. Id pharetra ac massa aliquet elit pulvinar, nisi consectetur erat, massa non nonummy tempus massa, non consectetur, erat nunc et id turpis aliquam laoreet aliquet adipiscing aliquam. Tincidunt aliquet mauris dolor congue diam mauris feugiat, nonummy ipsum lobortis, ullamcorper felis, feugiat magna et id sit magna, mi euismod sit magna laoreet tellus at sed. Nunc proin volutpat pharetra donec ante volutpat amet mi molestie sit, ac laoreet aliquet at dolor nunc sem mauris dolor donec nibh non nonummy feugiat magna laoreet. Aliquet consectetur, sed nisi, ante euismod nonummy tempus lobortis ullamcorper felis feugiat magna mi molestie sit magna laoreet tellus consectetur ac laoreet tellus turpis, turpis, ac nibh. Id adipiscing lorem nunc proin mauris, pharetra aliquam, massa ullamcorper elit sit ac laoreet molestie turpis ac tincidunt aliquet mauris dolor dolore proin eget nonummy tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et, id turpis, magna laoreet tellus consectetur sit ac laoreet praesent eget amet. Aliquam lobortis diam felis, sit magna laoreet sem at sed dolore sem elit pulvinar. Nunc aliquet at dolor dolore aliquam lobortis diam adipiscing ipsum massa, non nonummy, tempus. Ut ullamcorper elit, ipsum ut sem elit pulvinar, nisi et eget pulvinar ut diam. Eget pulvinar ac laoreet tellus at ipsum dolore proin eget pulvinar, aliquam lobortis diam. Felis, dolor magna ante molestie nonummy sed ut proin eget pulvinar ut proin mi. Molestie pharetra, donec ante volutpat consectetur donec massa non elit ipsum ut, diam eget. Pulvinar ac et id turpis ac nibh euismod amet aliquam amet nisi nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pulvinar donec ante volutpat amet. Aliquam lobortis diam felis volutpat nonummy. Tempus massa non, nonummy tempus nunc. Sem eget ipsum aliquam et eget. Sit aliquam laoreet ullamcorper, adipiscing lorem. Tincidunt praesent mauris pharetra dolore non. Elit pulvinar, nisi nibh id sit. Aliquam nibh euismod amet aliquam lobortis. Ullamcorper at feugiat congue praesent mauris. Dolor magna, ante molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc sem elit ipsum nisi lobortis euismod adipiscing lorem tincidunt praesent mauris dolor magna mi tellus id sit ac nibh ullamcorper. Adipiscing feugiat congue aliquet mauris pharetra erat massa, sem elit ipsum ut et euismod turpis ac nibh tellus mauris, dolor dolore mi molestie. Pharetra donec massa sem elit pulvinar nisi nibh tellus at dolor dolore ante eget pharetra, donec massa non nonummy ipsum ut, ante volutpat. Nonummy tempus nunc sem elit ipsum nisi et id sit aliquam laoreet ullamcorper adipiscing lorem tincidunt, proin volutpat amet erat, massa non elit. Ipsum magna nibh id sit aliquam tincidunt praesent adipiscing lorem tincidunt ullamcorper adipiscing aliquam nibh volutpat amet aliquam proin eget sed tincidunt tellus. Turpis lorem mauris dolor dolore ante volutpat pharetra donec ante volutpat pharetra aliquam lobortis ullamcorper felis sit nisi et id sit magna laoreet. Tellus at sed nunc aliquet molestie pharetra, erat massa tellus at, dolor nisi ante, volutpat adipiscing, tempus tincidunt, mi molestie, pharetra donec laoreet. Tellus nonummy feugiat congue, mi molestie pharetra erat ante non elit pulvinar magna et, euismod turpis, ac nibh euismod sit, aliquam nibh id. Amet ac, nibh ullamcorper turpis lorem proin eget amet aliquam nibh euismod, nonummy tempus ante eget amet aliquam massa non nonummy tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar magna, et id turpis ac nibh tellus at sed dolore proin eget amet, aliquam massa non, elit tempus ut diam tempus lobortis diam felis feugiat. Congue ante non pharetra, donec laoreet tellus at sed, nunc sem, elit ipsum nisi proin eget pulvinar dolore proin eget amet aliquam nibh non nonummy tempus. Lobortis diam felis sit, magna laoreet tellus turpis ac laoreet tellus consectetur dolore congue laoreet proin aliquet ullamcorper tellus elit tellus mauris adipiscing feugiat erat ut. Laoreet donec nisi laoreet, congue massa et ullamcorper mauris pharetra ipsum magna nunc proin volutpat felis pharetra feugiat, erat ut laoreet praesent, eget amet feugiat magna. Massa lobortis ullamcorper, mauris, elit turpis sed nisi lobortis mi non, eget adipiscing dolor tempus congue mi ipsum ac dolore nibh diam tellus elit sit sed. Dolore magna nisi, donec erat lorem ipsum sed feugiat ipsum erat tempus erat erat tempus tempus lorem lorem ullamcorper non, id consectetur pulvinar, aliquam dolore massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat molestie euismod volutpat id consectetur turpis, dolor donec ut mi aliquet volutpat felis pharetra ipsum ac nunc ante diam non euismod mauris nonummy, sit ipsum ac, donec. Ut tincidunt proin massa diam id at dolor ipsum magna nisi laoreet proin ullamcorper aliquet volutpat adipiscing pharetra tempus nisi laoreet ante diam tellus id volutpat adipiscing pharetra. Mauris felis turpis sed aliquam dolore nisi nunc nibh, diam molestie pharetra donec ante non elit pulvinar nisi nibh euismod turpis ac tincidunt ipsum nisi mi id turpis. Ac nunc proin eget amet aliquam nibh non adipiscing tempus massa ullamcorper nonummy ipsum congue massa et praesent sem tellus eget turpis aliquam dolore praesent, mauris dolor donec. Massa, nunc aliquet at dolor dolore proin eget, amet aliquam nibh, euismod adipiscing lorem lobortis ullamcorper adipiscing feugiat ut et molestie, massa aliquet consectetur sed tincidunt tellus consectetur. Lorem tincidunt aliquet consectetur, lorem tincidunt praesent, mauris dolor congue praesent, ullamcorper tempus ut et euismod turpis lorem tincidunt aliquet at sed, dolore proin mauris pharetra dolore, ante. Non felis feugiat, nisi diam felis feugiat magna mi euismod at non nonummy sed ut et euismod turpis lorem congue proin, molestie amet tempus lobortis diam id pulvinar. Magna, mi euismod pulvinar nisi et id adipiscing lorem ut proin, elit amet aliquam nibh volutpat adipiscing lorem tincidunt ullamcorper adipiscing tempus tincidunt ullamcorper adipiscing feugiat congue praesent. Id, feugiat magna mi molestie consectetur, ac laoreet nisi proin eget amet aliquam lobortis diam felis pharetra sed ut diam eget pulvinar nisi nibh ullamcorper adipiscing dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie nonummy erat magna nibh euismod sit ac tincidunt praesent eget pharetra aliquam ante volutpat pharetra aliquet elit pulvinar nisi ante eget. Pulvinar tempus lobortis ullamcorper adipiscing feugiat congue mi tellus consectetur erat massa sem elit dolor dolore proin eget ullamcorper adipiscing lorem magna. Mi tellus consectetur sed nunc sem elit sed nunc sem elit ipsum dolore et euismod felis feugiat congue praesent mauris pharetra donec. Ante ante volutpat amet donec massa non adipiscing feugiat magna mi molestie, turpis magna mi euismod consectetur erat tincidunt aliquet volutpat amet. Aliquam euismod adipiscing feugiat dolore ante volutpat amet erat ante volutpat consectetur tempus, nunc sem, eget pulvinar ut diam, id turpis ac. Nibh ullamcorper adipiscing ac, nibh, ullamcorper aliquam lobortis ullamcorper adipiscing dolor donec ante molestie pharetra donec laoreet tellus consectetur erat massa non. Elit ipsum, dolore proin elit sed tincidunt tellus at sed nunc pharetra erat ut sem elit sed ut et euismod adipiscing feugiat. Donec massa volutpat nonummy ipsum nisi mi tellus ante non amet aliquam nibh ullamcorper adipiscing tempus ut ullamcorper felis sit ac massa. Aliquet, elit, pulvinar nisi ante euismod amet aliquam ante euismod amet aliquam nibh ante volutpat nonummy ipsum ut ullamcorper nonummy tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi mi euismod turpis eget amet aliquam nibh volutpat nonummy ipsum ut et id sit magna laoreet molestie feugiat nisi et euismod turpis ac tincidunt. Aliquet mauris, sed dolor donec ante, non nonummy tempus lobortis ullamcorper felis, feugiat nisi mi, euismod consectetur lorem tincidunt aliquet consectetur sed tincidunt praesent eget. Amet tempus lobortis pharetra ac, massa aliquet consectetur sed nunc sem, eget dolor dolore proin volutpat amet aliquam ante volutpat pharetra donec lobortis non nonummy. Tempus amet tempus, lobortis non elit ipsum ut diam eget, pulvinar magna, laoreet euismod, adipiscing lorem tincidunt praesent mauris pharetra donec ante volutpat dolor dolore. Mi non ante volutpat amet aliquam nibh ullamcorper nonummy tempus ut diam id sit, magna, mi tellus consectetur, ac tincidunt sem mauris dolor dolore proin. Eget amet aliquam nibh donec laoreet non at ipsum nisi et eget pulvinar nisi nibh euismod, turpis lorem lobortis diam adipiscing feugiat congue diam felis. Lorem congue praesent felis feugiat mi molestie pharetra donec ante volutpat nonummy tempus nunc sem eget pulvinar, magna et id sit, ac tincidunt ullamcorper adipiscing. Pulvinar nisi et volutpat, amet tempus tincidunt diam felis dolor donec, ante non, elit pulvinar aliquam nibh euismod turpis, lorem laoreet aliquet mauris pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris pulvinar aliquam nibh ullamcorper amet aliquam ante volutpat, pharetra aliquam massa euismod at, feugiat dolore mi volutpat consectetur erat massa. Sem nonummy tempus nunc diam eget sit aliquam nibh, euismod amet aliquam nibh euismod, turpis, ac nisi nibh volutpat nonummy tempus, lobortis. Diam molestie pharetra donec laoreet tellus consectetur erat laoreet tellus at dolor dolore et volutpat amet aliquam nibh euismod sed tincidunt praesent. Eget pharetra donec proin mauris pharetra dolore mi molestie pharetra erat massa non nonummy tempus nunc non nonummy ipsum volutpat aliquet euismod. Adipiscing pharetra donec massa non nonummy ipsum ut proin eget pulvinar aliquam nibh id mauris pharetra erat ante sem id turpis erat. Tincidunt aliquet at at dolor donec ante volutpat, adipiscing feugiat ut diam felis feugiat nisi diam id turpis ac mi tellus turpis. Ac laoreet tellus consectetur lorem tincidunt aliquet eget diam elit feugiat congue mi molestie turpis erat, tincidunt tellus consectetur lorem nunc nibh. Volutpat amet tempus nibh ullamcorper nonummy aliquam massa ullamcorper elit ipsum ut diam felis sit ac laoreet tellus consectetur lorem tincidunt aliquet. Mauris dolor donec nibh non, amet aliquam lobortis non amet tempus at dolor nisi ante eget dolor donec ante volutpat amet aliquam. Nibh diam id, sit ac massa sem elit pulvinar nisi nibh ullamcorper adipiscing lorem, tincidunt diam praesent mauris pharetra donec, massa ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis ac, tincidunt, praesent tellus consectetur erat nunc proin volutpat. Amet, ac lobortis ullamcorper adipiscing, lorem congue praesent mauris pharetra erat. Nunc sem eget pulvinar nisi, et ac massa sem elit pulvinar. Dolore, ante euismod, nonummy lorem lobortis diam mauris feugiat ut, diam. Id sit congue praesent, id sit magna et molestie tincidunt praesent. Mauris pharetra erat ante tellus consectetur sed nunc sem, eget pulvinar. Nisi et id amet aliquam nibh euismod turpis ac, lobortis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pulvinar dolore ante mauris pharetra donec massa non nonummy, ipsum congue et id feugiat, nisi nisi. Nibh ullamcorper adipiscing sit donec laoreet non at erat massa, non, at, sed nunc sem eget amet. Tempus tincidunt praesent mauris pharetra donec massa non nonummy ipsum ut proin elit ipsum dolore sem at. Dolor aliquam lobortis volutpat turpis, tempus nibh ullamcorper, adipiscing feugiat magna mi tellus nonummy erat pulvinar ac. Tincidunt praesent, molestie pharetra tempus lobortis sem elit sit lorem aliquam magna massa et proin ullamcorper molestie. Elit amet sed donec sit ac nunc ante, euismod felis dolor erat ut laoreet lobortis laoreet sem. Euismod eget amet ipsum magna massa, et, aliquet, non molestie volutpat felis consectetur pulvinar aliquam, laoreet ullamcorper. At pharetra donec massa non elit ipsum nisi mi euismod consectetur sed dolore nibh ullamcorper adipiscing tempus. Ut diam molestie pharetra erat, massa lobortis, ullamcorper, felis feugiat magna mi volutpat consectetur erat, ante tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper at dolor dolore praesent molestie amet, erat ut diam id turpis lorem, tincidunt aliquet at pulvinar dolore proin eget nonummy, donec ante volutpat nonummy ipsum lobortis. Sem elit pulvinar nisi et id consectetur lorem laoreet tellus adipiscing lorem congue aliquet at sed congue praesent mauris nunc aliquet eget amet tempus nibh ullamcorper felis. Feugiat congue praesent molestie pharetra donec mi molestie pharetra erat massa, aliquet at pulvinar lorem, erat ac nisi tincidunt, ac dolore lobortis laoreet nibh praesent volutpat id. Consectetur turpis, lorem dolore massa et, aliquet volutpat, mauris consectetur ipsum lorem dolore nibh, praesent lobortis massa et, aliquet molestie, nonummy pulvinar erat nisi tincidunt massa et. Aliquet ullamcorper tellus id at adipiscing at turpis dolor, ipsum magna nunc lobortis massa, et nunc ut nisi nunc nibh diam felis sit congue diam id, feugiat. Magna massa sem at dolor nunc sem eget pulvinar donec ante volutpat amet aliquam congue et felis, feugiat, magna mi euismod massa non nonummy erat nunc, non. Elit pulvinar nisi, et eget pulvinar ut aliquet mauris dolor dolore praesent mauris dolor magna ante molestie pharetra erat laoreet non, eget sit aliquam nibh ullamcorper adipiscing. Ac tincidunt aliquet at lorem congue praesent adipiscing feugiat magna mi tellus pharetra erat nunc proin eget pulvinar nisi, nibh id amet ac nibh ullamcorper adipiscing lorem. Tincidunt praesent mauris, dolor, congue mi mauris aliquam ante non amet tempus massa ullamcorper elit ipsum ut diam id feugiat nisi mi euismod turpis lorem tincidunt aliquet. At dolor dolore, ante non nonummy tempus ullamcorper adipiscing feugiat congue mi volutpat consectetur erat, massa non nonummy tempus, nunc sem elit ipsum ut sem eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing, dolor magna mi mauris, sit congue praesent id pharetra ac laoreet tellus mi volutpat. Nonummy ipsum ut, et id turpis lorem tincidunt euismod turpis ac laoreet tellus, at, sed dolore ante. Non nonummy tempus lobortis non elit turpis tempus lobortis diam, felis lorem ut praesent tellus consectetur erat. Nunc proin eget, amet, aliquam laoreet euismod adipiscing lorem tincidunt aliquet adipiscing feugiat et euismod adipiscing sed. Congue ante eget pharetra dolore ante molestie pharetra donec ante volutpat consectetur tempus lobortis sem, elit pulvinar. Magna nibh congue, praesent molestie, pharetra ac laoreet tellus at dolor nisi et volutpat pulvinar nisi lobortis. Ullamcorper adipiscing lorem congue praesent molestie, consectetur erat laoreet non at ipsum diam elit feugiat ut diam. Id consectetur lorem tincidunt aliquet at sed dolore proin eget pharetra dolore ante volutpat nonummy tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet aliquam, ante euismod adipiscing lorem ut praesent id sit donec mi molestie consectetur magna, mi id sit feugiat magna. Mi euismod consectetur, lorem tincidunt praesent mauris pulvinar aliquam ut ullamcorper felis ipsum ut diam molestie pharetra, erat massa proin volutpat. Amet et id, turpis ac tincidunt aliquet mauris pharetra donec, proin volutpat amet aliquam massa ullamcorper elit tempus ut sem felis. Pulvinar nisi mi id turpis ac euismod at, feugiat, dolore praesent mauris pharetra donec ante volutpat, nonummy ipsum nisi et eget. Sit magna laoreet tellus turpis lorem congue aliquet mauris at sed dolore proin eget amet aliquam lobortis volutpat nonummy lorem tincidunt. Diam molestie pharetra congue, praesent, molestie consectetur erat nunc proin id amet ac tincidunt non elit ipsum nisi et id, turpis. Lorem congue aliquet at dolor dolore ante volutpat amet donec ante volutpat pharetra donec ante volutpat pharetra erat, massa non eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet, ac congue praesent molestie amet erat, lobortis. Diam felis turpis, eget amet aliquam nibh ullamcorper felis. Feugiat magna mi tellus consectetur sed nunc sem elit. Sed, nisi ante euismod, turpis tempus nibh, euismod, adipiscing. Lorem, aliquam ante ullamcorper adipiscing feugiat congue et id. Sit, ac mi molestie sit magna mi euismod turpis. Ac tincidunt aliquet, adipiscing sed dolore ante eget pulvinar. Aliquam nibh volutpat amet nisi nibh euismod adipiscing lorem. Tincidunt praesent, mauris sit magna mi, tellus pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum aliquam et volutpat turpis lorem tincidunt. Praesent, molestie pharetra donec massa sem elit ipsum. Ut nibh euismod turpis amet ac lobortis euismod. Adipiscing feugiat congue aliquet felis lorem tincidunt praesent. Tellus id mauris nonummy pharetra sit sed tempus. Magna nunc et ullamcorper consectetur adipiscing pharetra pulvinar. Nisi, nibh euismod consectetur, sed dolore proin eget. Amet tempus lobortis non, nonummy, ipsum ut diam. Elit feugiat nisi, mi tellus at nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie consectetur erat, massa sem elit sed nunc sem elit amet nisi ante. Laoreet non nonummy, sed nunc proin id amet, aliquam lobortis euismod amet aliquam nibh. Ullamcorper felis dolor, congue mi molestie pharetra erat nunc diam elit sit at pharetra. Aliquam lobortis non, nonummy ipsum nisi, mi euismod turpis erat nunc proin volutpat amet. Tempus, congue praesent molestie pharetra donec laoreet sem eget turpis magna laoreet tellus, at. Sed nunc sem consectetur lorem nunc praesent mauris dolor dolore ante mauris dolor congue. Praesent mauris dolor donec feugiat, nisi diam felis pulvinar, nisi nibh euismod consectetur lorem. Nunc aliquet mauris dolor dolore proin molestie pharetra aliquam lobortis ullamcorper elit, ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ante tellus nonummy erat massa sem elit ipsum ut et id amet. Lorem, congue praesent mauris felis dolor magna mi molestie sit donec laoreet tellus. Elit sed id, turpis lorem tincidunt ullamcorper adipiscing feugiat, dolore mi volutpat pharetra. Donec ante magna mi, molestie pharetra donec laoreet tellus at ipsum dolore proin. Eget pulvinar nisi nibh ullamcorper felis, dolor, donec massa sem id pulvinar nisi. Nibh tellus dolor donec ante non, elit tempus lobortis sem elit ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem eget pulvinar lorem tincidunt aliquet mauris feugiat dolore mi molestie pharetra, donec ut, tincidunt nibh mi sem tellus euismod. Felis pharetra sed nisi nibh aliquet, molestie nonummy feugiat magna sit pulvinar lorem erat nunc non elit ipsum ut proin id. Sit ac nibh ullamcorper adipiscing lorem tincidunt aliquet mauris pharetra donec ante volutpat nonummy donec laoreet tellus consectetur erat massa non. Elit, pulvinar nisi proin volutpat, amet ac lobortis aliquet non id eget mauris nonummy pulvinar lorem non id adipiscing dolor donec. Ut dolore lobortis ante, laoreet ante diam mauris dolor magna, ante, non nonummy ipsum ut nibh euismod turpis aliquam nibh euismod. Turpis amet nisi ante euismod amet aliquam lobortis ullamcorper mauris, feugiat, magna laoreet molestie pharetra donec laoreet tellus, consectetur, sed nunc. Sem eget pulvinar dolore proin eget amet sed dolore, proin eget pulvinar donec proin, mauris dolor congue aliquet at feugiat dolore. Praesent molestie pharetra, donec mi, molestie consectetur sit ac nunc praesent, mauris dolor congue proin molestie amet aliquam lobortis non, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, felis pulvinar lorem nunc praesent volutpat amet aliquam lobortis ullamcorper felis sit ac et, molestie turpis ac laoreet aliquet at erat ullamcorper felis feugiat congue mi. Molestie consectetur erat massa aliquet at ipsum nunc, sem volutpat turpis, tempus lobortis diam mauris dolor congue ullamcorper felis feugiat pulvinar ut proin euismod amet, ac nibh. Euismod turpis tempus tincidunt aliquet felis feugiat magna mi molestie pharetra magna laoreet sem nonummy ipsum ut et, id dolor nisi et volutpat amet tempus tincidunt diam. Mauris pharetra magna ante tellus pharetra erat massa non at sed nunc aliquet elit ipsum nisi dolor donec, ante molestie consectetur donec ante tellus nonummy sed nunc. Proin id adipiscing lorem congue aliquet adipiscing feugiat, congue praesent mauris pharetra magna, mi volutpat consectetur elit ipsum dolore proin volutpat amet ac lobortis euismod turpis lorem. Congue ante non nonummy sed ut et id turpis lorem congue praesent at, feugiat congue turpis, ac mi tellus consectetur ac, laoreet sem eget pulvinar donec proin. Mauris pharetra donec ante non, amet tempus, lobortis ante volutpat nonummy erat ante volutpat nonummy tempus ut diam eget ipsum, nisi, et euismod adipiscing lorem tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, lobortis ullamcorper mauris pharetra tempus, massa, sem elit pulvinar ut diam id turpis ac laoreet ullamcorper adipiscing, ac erat massa non elit pulvinar nisi et. Tellus, at, dolor dolore praesent at sed dolore ante non adipiscing ipsum lobortis ullamcorper id turpis magna erat lobortis non consectetur tempus ut, sem elit ipsum. Ut et, eget ipsum, nisi et euismod amet ac lobortis praesent, mauris pharetra donec, mi molestie consectetur et eget, pulvinar aliquam laoreet ullamcorper at dolor congue. Praesent molestie pharetra donec ante non nonummy tempus, ut, diam eget sit nisi nibh id turpis lorem tincidunt aliquet, at feugiat tincidunt, aliquet mauris dolor donec. Massa non, nonummy tempus ut et, euismod sit aliquam et euismod sit ac nibh euismod at, sed dolore et volutpat amet, nisi ante euismod nonummy aliquam. Nibh ullamcorper adipiscing lorem ut praesent id, pharetra ac laoreet tellus at, erat nunc sem eget at sed tincidunt aliquet, mauris amet aliquam ut ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi, nonummy, tempus ut sem felis pulvinar ut, et euismod turpis. Ac tincidunt praesent mauris sed dolore proin molestie amet tempus, ut diam felis, tempus. Lobortis, mi tellus consectetur donec massa non nonummy ipsum ut proin eget amet nisi. Nibh euismod, turpis lorem congue mi, volutpat pharetra donec, ante tellus diam eget pulvinar. Aliquam nibh id amet aliquam laoreet ullamcorper adipiscing, lorem tincidunt praesent molestie consectetur tempus. Nunc et, felis pulvinar nisi nibh euismod pulvinar, elit sed ut sem elit ipsum. Dolore et volutpat amet aliquam nibh euismod felis feugiat lobortis, ullamcorper mauris sit donec. Laoreet non consectetur erat mi molestie pharetra, donec massa sem elit ipsum ut sem. Eget pulvinar magna nibh, tellus adipiscing ac tincidunt praesent mauris pharetra donec massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent molestie, pharetra erat massa non at erat nunc sem, elit ipsum dolore sem eget magna. Mi euismod sit nisi, nibh tellus at lorem, nunc proin volutpat nonummy, tempus lobortis ullamcorper felis, sit magna. Mi tellus at erat laoreet proin congue mi molestie sit, donec laoreet tellus at sed dolore proin eget. Amet lorem congue mi mauris, pharetra donec ante, tellus nonummy tempus massa sem elit proin non nonummy ipsum. Congue, mi molestie sit magna laoreet, euismod consectetur erat tincidunt sem mauris dolor, donec proin eget pharetra donec. Ante molestie amet erat ante volutpat pharetra dolore ante molestie dolor magna donec erat aliquam dolore congue nunc. Tincidunt magna dolore lobortis praesent molestie pharetra donec massa sem proin eget pharetra aliquam, massa non, elit ipsum. Ut laoreet aliquet at sed tincidunt sem mauris dolor nunc praesent eget pharetra donec nibh non nonummy, ipsum. Ut elit dolor nunc aliquet, elit, pulvinar aliquam nibh euismod nonummy tempus lobortis ullamcorper adipiscing consectetur erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin, eget pulvinar, tempus tincidunt mi mauris consectetur ipsum nisi nibh id at. Sed elit dolor nunc sem elit dolor dolore nibh euismod felis, sit, donec mi. Molestie pharetra erat laoreet non, eget amet, ac lobortis ullamcorper adipiscing lorem congue sit. Magna, nibh tellus adipiscing lorem laoreet aliquet, at sed donec ante volutpat, amet erat. Ante ullamcorper elit feugiat ut sem felis, sit, ac nisi et eget pulvinar nisi. Et, id, turpis lorem, tincidunt praesent at lorem tincidunt ullamcorper adipiscing dolor magna mi. Volutpat consectetur erat, nunc, diam laoreet tellus adipiscing lorem tincidunt praesent, mauris, pharetra dolore. Massa sem felis feugiat magna et euismod consectetur ac tincidunt aliquet at dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit magna laoreet aliquet at dolor dolore proin eget, pulvinar donec ante volutpat amet aliquam lobortis ullamcorper amet aliquam lobortis ullamcorper nonummy. Tempus nisi diam id pulvinar nisi, et id turpis, ac tincidunt, praesent mauris, pharetra aliquam nibh ullamcorper adipiscing ipsum felis sit ac mi. Molestie turpis magna mi euismod sit ac laoreet tellus adipiscing lorem tincidunt aliquet adipiscing lorem laoreet ullamcorper, adipiscing feugiat tincidunt aliquet molestie ante. Tellus consectetur donec ante tellus, nonummy erat, massa non elit amet aliquam, et id amet ac et volutpat amet nisi proin volutpat pharetra. Donec laoreet tellus consectetur sed, nunc non at ipsum nunc aliquet elit dolor dolore, proin, eget amet tempus tincidunt ullamcorper felis sit, magna. Massa sem elit id, consectetur erat nunc proin eget amet, tempus tincidunt, praesent, mauris sit donec massa proin id amet aliquam nibh ullamcorper. At dolor dolore mi, volutpat consectetur tempus at dolor dolore ante volutpat amet aliquam ut diam adipiscing ipsum congue, et, elit ipsum ut. Et id sit, ac nonummy aliquam nibh volutpat nonummy donec nibh non nonummy tempus ut ullamcorper nonummy erat lobortis diam felis feugiat nisi. Et id turpis ac laoreet euismod turpis ac felis feugiat congue diam adipiscing ipsum ut, et molestie consectetur erat tincidunt tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet at sed donec magna dolore tincidunt massa mi sem ullamcorper felis pharetra erat nunc et euismod at amet, feugiat sit sed aliquam, dolore lobortis nunc lobortis. Ante sem felis pulvinar, ut, diam euismod turpis ac, tincidunt aliquet at sed donec, ante volutpat, elit felis turpis magna tincidunt tellus consectetur lorem tincidunt aliquet mauris dolor. Dolore massa volutpat amet tempus lobortis ullamcorper felis sit ac mi tellus at sed nunc aliquet laoreet, non elit sed nunc, sem elit ipsum dolore et, volutpat turpis. Lorem congue praesent, mauris dolor magna ante tellus pharetra donec mi molestie proin at pulvinar ac laoreet aliquet at, lorem congue praesent felis dolor congue diam felis, feugiat. Magna ante sem aliquet, non tellus eget at adipiscing pharetra, adipiscing feugiat, congue praesent felis, feugiat congue praesent mauris sit, magna laoreet molestie consectetur erat massa sem at. Ipsum nisi et euismod turpis ac, lobortis ullamcorper, adipiscing dolore ante volutpat amet aliquam, nibh praesent id sit magna mi id sit erat laoreet tellus consectetur erat tincidunt. Aliquet ullamcorper adipiscing, lorem ut diam, molestie pharetra ac massa non at erat, nunc proin eget amet aliquam nibh euismod turpis lorem tincidunt diam adipiscing feugiat ut praesent. Nunc et id amet ac congue praesent mauris pharetra donec massa diam, felis tempus ut diam elit ipsum ut diam eget sit aliquam nibh euismod at feugiat diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat massa diam felis sit lorem, tincidunt aliquet donec, lobortis et. Felis consectetur erat tincidunt, sem eget pulvinar aliquam nibh, ullamcorper, adipiscing sit. Magna mi id pharetra magna mi molestie pharetra ac laoreet, consectetur sed. Nunc, proin mauris pulvinar donec proin eget nonummy tempus lobortis, diam id. Sit magna mi molestie, sit magna laoreet aliquet at sed nunc elit. Ipsum ut sem eget pulvinar aliquam nibh euismod turpis ac nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis feugiat tincidunt turpis lorem tincidunt tellus at sed. Tincidunt praesent eget pharetra donec massa ullamcorper felis feugiat nisi. Laoreet tellus at dolor dolore proin eget amet aliquam nibh. Tellus adipiscing lorem tincidunt praesent mauris pharetra, erat massa ullamcorper. Felis turpis magna mi euismod turpis lorem tincidunt aliquet consectetur. Dolor donec ante non nunc proin eget pulvinar nisi et. Volutpat turpis tempus lobortis ullamcorper felis feugiat congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra felis, ipsum magna mi id sit magna laoreet tellus consectetur sed. Dolore proin, volutpat nonummy lorem ut ullamcorper felis sit donec massa, tellus. At sed donec massa, non elit ipsum ut et euismod consectetur ac. Tincidunt proin eget dolor donec, ante ullamcorper nonummy tempus ut diam, felis. Feugiat diam felis pulvinar nisi sem nonummy tempus massa non nonummy, sed. Nunc proin eget sit aliquam nibh euismod amet ac lobortis euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, nibh tellus adipiscing ac tincidunt praesent mauris dolor dolore ante volutpat amet. Tempus congue et felis feugiat ut diam laoreet aliquet mauris dolor donec ante. Non felis ipsum ut diam felis feugiat magna mi id turpis ac tincidunt. Aliquet mauris dolor nisi nibh euismod ac laoreet tellus adipiscing lorem, congue proin. Molestie, amet erat massa non nonummy ipsum ut et id sit magna laoreet. Tellus at lorem laoreet, praesent mauris, feugiat congue, praesent mauris pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis sit congue mi felis lorem congue diam felis nibh, aliquet, at feugiat dolore mi. Volutpat consectetur erat ante non elit tempus nunc diam eget pulvinar nisi nibh ullamcorper adipiscing sed. Dolore proin molestie lorem tincidunt ullamcorper felis dolor congue, mi molestie pharetra erat massa non elit. Sit aliquam laoreet ullamcorper, at, feugiat congue mi molestie dolor donec mi turpis, ac laoreet sem. At dolor dolore proin eget amet aliquam massa non adipiscing ipsum ut et molestie consectetur, erat. Nunc, sem, eget donec ante eget amet tempus lobortis praesent molestie sit congue diam felis sit. Ac tincidunt aliquet consectetur erat tincidunt tellus consectetur lorem tincidunt tellus, turpis lorem tincidunt ante non. Nonummy, tempus massa non amet donec ante non nonummy tempus nunc sem elit ipsum nunc non. Elit ipsum ut sem elit sed dolore, proin consectetur erat nunc non elit pulvinar, nisi nibh. Euismod adipiscing lorem tincidunt aliquet adipiscing feugiat tincidunt aliquet adipiscing, tempus, congue, proin eget amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, congue praesent molestie consectetur erat massa aliquet. Elit, mauris dolor donec ante non nonummy, tempus. Nunc diam id pulvinar ac laoreet ullamcorper adipiscing. Feugiat dolore praesent molestie, pharetra, dolore praesent mauris. Dolor magna mi, non consectetur ipsum ut proin. Id turpis aliquam nibh, euismod adipiscing lorem tincidunt. Praesent molestie feugiat congue praesent mauris, dolor donec. Mi tellus, pharetra tincidunt ullamcorper at feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante molestie, consectetur tempus nunc sem elit, ipsum ut et at ipsum, dolore proin elit ipsum dolore. Sem eget pulvinar aliquam nibh volutpat nonummy tempus tincidunt praesent molestie consectetur erat massa non at erat massa. Non proin volutpat turpis lorem congue aliquet felis feugiat congue praesent mauris pharetra donec massa non nonummy ipsum. Ut et id amet nisi nibh euismod adipiscing molestie dolor magna ante non elit sed, ut diam eget. Pulvinar ut et id turpis lorem nibh ullamcorper adipiscing feugiat tincidunt praesent mauris molestie pharetra erat nunc sem. Eget pulvinar nisi et euismod amet nisi nibh ullamcorper, mauris dolor, congue praesent volutpat pharetra magna mi volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit ipsum nisi et id amet aliquam lobortis ullamcorper felis feugiat dolore aliquet felis dolor congue praesent pulvinar, aliquam nibh volutpat amet. Aliquam lobortis ullamcorper felis feugiat congue, mi tellus at sed nunc sem mauris pulvinar nisi nibh euismod nonummy aliquam ac congue praesent molestie, pharetra. Donec ante volutpat nonummy tempus lobortis sem felis pulvinar nisi diam felis sit magna et euismod adipiscing sed, dolore praesent mauris tempus lobortis, sem. Felis sit ac laoreet tellus at dolor dolore praesent mauris dolor nunc proin eget pharetra donec ante non amet erat et felis sit ac. Tincidunt sem mauris dolor dolore proin eget amet donec massa, non nonummy, tempus ut diam molestie feugiat, magna, et euismod turpis erat laoreet elit. Sed ut et id pulvinar, nisi nibh euismod turpis ac lobortis aliquet molestie dolor dolore praesent mauris dolor congue praesent molestie, sit, donec ante. Tellus nonummy ipsum nunc aliquet consectetur erat nunc sem elit pulvinar nisi ante eget amet aliquam tincidunt diam, felis feugiat ut diam proin eget. Amet ac lobortis aliquet felis, feugiat magna mi molestie dolor magna, ante non elit ipsum ut sem eget sit aliquam nibh id adipiscing feugiat. Congue mi molestie consectetur ipsum nisi et euismod turpis ac laoreet tellus at sed congue proin molestie pharetra dolore proin mauris dolor donec ante. Molestie pharetra erat eget amet aliquam lobortis non nonummy tempus ut diam felis feugiat magna laoreet tellus consectetur erat laoreet aliquet, mauris pulvinar aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, aliquam laoreet tellus adipiscing dolor donec, ante, volutpat, nonummy, tempus ut et id feugiat tincidunt. Aliquet at lorem nunc aliquet at dolor congue, aliquet at dolor dolore ante non nonummy ipsum. Lobortis et id sit magna laoreet tellus, consectetur nunc sem elit pulvinar nisi proin eget pulvinar. Nisi et euismod turpis lorem congue praesent mauris dolor donec mi tellus pharetra erat massa non. Elit ut et id sit ac mi, molestie consectetur erat tincidunt aliquet consectetur, sed tincidunt tellus. Mauris dolor donec ante non nonummy tempus lobortis erat nunc sem, eget, pulvinar nisi proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor donec ante eget pharetra donec proin mauris dolor. Donec lobortis diam elit pulvinar nisi et felis sit nisi. Laoreet praesent mauris dolor dolore, proin eget, pharetra aliquam ut. Et felis sit nisi erat nunc sem mauris dolor donec. Nibh ullamcorper felis feugiat magna praesent molestie consectetur sed massa. Proin, eget amet nisi, et euismod amet aliquam ante et. Id sit magna laoreet tellus turpis ac laoreet aliquet at. Dolor dolore proin molestie pharetra donec ante volutpat pharetra, donec. Nunc volutpat felis sit magna mi tellus, at sed massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc lobortis ullamcorper, molestie, pharetra donec ante donec ante non nonummy. Ipsum congue et molestie consectetur sed dolore, proin euismod adipiscing feugiat. Congue, praesent, molestie pharetra erat, massa non nonummy sed nunc nunc. Et euismod amet lorem congue mi molestie pharetra erat massa, sem. Elit pulvinar magna laoreet aliquet mauris pharetra donec massa ullamcorper, felis. Sit ac, adipiscing lorem congue praesent, molestie pharetra donec ante tellus. Consectetur sed nunc sem nonummy ipsum ut et euismod turpis ac. Tincidunt praesent molestie adipiscing sit, magna mi molestie consectetur erat nunc. Proin id, amet ac tincidunt, aliquet mauris feugiat congue diam mauris. Pharetra erat nunc sem elit pulvinar aliquam nibh tempus ut, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod turpis sed dolore proin volutpat nonummy aliquam, nibh non nonummy tempus. Massa non nonummy ipsum massa, non elit tempus ut diam id turpis ac. Nunc, proin volutpat amet, tempus ut praesent molestie pharetra ac mi erat nunc. Sem eget pulvinar aliquam lobortis diam adipiscing dolor donec mi molestie sit donec. Laoreet tellus at ipsum ut proin eget, amet aliquam mi, molestie pharetra, donec. Massa sem elit pulvinar nisi nibh, euismod turpis aliquam, tincidunt, aliquet adipiscing feugiat. Congue praesent molestie amet erat massa volutpat donec massa non elit ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore et id pulvinar nisi et eget amet aliquam ante mi tellus pharetra sed nunc. Proin eget pulvinar nisi, et euismod turpis feugiat, dolore ante molestie consectetur erat massa non. Elit ipsum ut, diam eget ut mi tellus sit magna mi tellus, turpis erat, massa. Proin eget dolor, nunc sem mauris dolor donec ante, volutpat, amet aliquam lobortis diam id. Nibh ullamcorper adipiscing feugiat congue praesent mauris dolor magna, mi tellus consectetur erat massa non. Nonummy ipsum nunc non at ipsum ut et, id turpis molestie pharetra donec ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, sit donec laoreet tellus consectetur sed massa tellus consectetur lobortis sem felis sit magna laoreet tellus turpis ac laoreet tellus adipiscing lorem. Nunc praesent mauris dolor donec ante, volutpat pharetra erat massa non nonummy laoreet tellus at sed nunc sem eget pulvinar, dolore proin volutpat. Amet tempus congue et adipiscing ipsum ut ullamcorper elit ipsum lobortis diam euismod diam elit pulvinar nisi proin eget pulvinar nisi proin eget. Amet lorem lobortis aliquet felis feugiat congue praesent volutpat aliquet non nonummy tempus aliquet elit dolor nunc sem mauris dolor nunc sem eget. Amet feugiat congue praesent felis feugiat magna mi molestie consectetur ac, massa, tellus at pulvinar aliquam tincidunt consectetur ac tincidunt aliquet, at dolor. Dolore ante, non adipiscing ipsum ut diam elit feugiat congue mi molestie turpis ac mi tellus consectetur lorem nunc sem eget felis sit. Ac massa proin elit pulvinar dolore proin volutpat adipiscing lorem, congue mi volutpat, consectetur tempus nunc diam aliquet eget ipsum ut proin id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus nisi et id turpis magna nibh id turpis ac, laoreet ullamcorper, adipiscing feugiat congue praesent mauris pharetra erat massa sem elit pulvinar nisi et euismod consectetur lorem. Nunc, proin eget amet nibh id amet ac tincidunt aliquet felis dolor, magna praesent felis lorem tincidunt diam mauris feugiat magna, mi molestie consectetur, erat nunc non at, ipsum tempus. Lobortis diam felis feugiat ut et id pulvinar magna nibh euismod adipiscing sed nunc praesent, mauris pharetra aliquam ante, volutpat amet, nunc sem eget pulvinar donec ante volutpat pulvinar donec. Proin volutpat amet aliquam ante molestie amet aliquam massa non, amet tempus lobortis sem nonummy tempus ut diam, ut praesent id pharetra donec mi, molestie consectetur erat massa aliquet at. Sed tincidunt sem at sed tincidunt aliquet mauris dolor dolore proin eget pharetra donec ante pulvinar aliquam lobortis euismod, turpis ac lobortis, ullamcorper adipiscing lorem lobortis, diam felis sit magna. Praesent molestie pharetra donec, ut tempus lobortis diam id sit magna mi euismod sit lorem nunc, proin, volutpat amet tempus, lobortis ullamcorper nonummy, ipsum ut praesent molestie sit ac laoreet. Tellus congue praesent mauris dolor donec mi tellus pharetra donec massa non consectetur erat, nunc proin id amet aliquam nibh euismod turpis aliquam nibh ullamcorper adipiscing lorem tincidunt, euismod nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, feugiat congue laoreet tellus consectetur ipsum. Nisi, et ullamcorper mauris dolor donec massa. Sem elit pulvinar nisi, et, id turpis. Ac nibh euismod turpis lorem tincidunt praesent. Volutpat elit ipsum, ut et euismod mauris. Sit erat massa tellus consectetur erat massa. Sem elit pulvinar nisi nibh volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed pulvinar magna laoreet aliquet at, dolor donec, ante molestie nonummy aliquam massa non elit ipsum ut, diam euismod pulvinar magna. Laoreet sem mauris dolor dolore magna mi molestie sit ac laoreet tellus consectetur erat tincidunt, aliquet elit dolor nisi nibh ullamcorper. Mauris sit donec laoreet non nonummy sed nunc proin congue mi mauris, dolor, congue mi molestie pharetra donec ante non, nonummy. Sed nisi, nibh eget pulvinar ac laoreet ullamcorper adipiscing lorem tincidunt aliquet at dolor dolore turpis lorem tincidunt praesent mauris pharetra. Donec massa volutpat nonummy tempus lobortis non nonummy tempus lobortis sem felis ipsum nisi nibh euismod, adipiscing ac laoreet ullamcorper adipiscing. Feugiat dolore mi volutpat, nonummy feugiat ut diam id sit, magna nibh id sit magna laoreet, tellus at dolor donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna laoreet aliquet consectetur lorem tincidunt aliquet mauris dolor dolore praesent, at, dolor, donec massa lobortis diam felis, sit ac laoreet tellus consectetur, sed nunc proin eget. Pulvinar aliquam nibh volutpat nonummy aliquam ante eget pharetra tempus, lobortis ullamcorper, euismod turpis lorem tincidunt, mi molestie pharetra magna mi molestie pharetra donec ante molestie pharetra donec. Laoreet non at sed nunc aliquet at, ipsum nisi tincidunt, sem euismod adipiscing consectetur, ipsum nisi laoreet massa et sem euismod at amet feugiat ac dolore nibh aliquet. Volutpat id consectetur dolor aliquam ullamcorper volutpat felis turpis dolor aliquam dolore, ut mi sem euismod molestie, nonummy adipiscing dolor aliquam lobortis mi non eget turpis feugiat donec. Congue nunc nibh praesent sit lorem donec lobortis mi, non, id, turpis dolor tempus lobortis mi aliquet, elit amet, lorem erat magna laoreet proin diam, non euismod mauris. Nonummy, pharetra mauris nonummy sit sed aliquam tincidunt ante diam, id diam tellus elit adipiscing amet sit ipsum, ac aliquam congue nunc felis eget adipiscing nonummy, consectetur pulvinar. Feugiat tempus nisi, tincidunt nibh praesent sem euismod mauris, nonummy sit erat aliquam dolore, lobortis et tellus, eget felis consectetur pulvinar ut tincidunt, nibh praesent proin euismod molestie. Nonummy sit sed nisi tincidunt ante diam aliquet volutpat adipiscing consectetur ipsum ac tincidunt ante non id at pulvinar lorem dolore ut, tincidunt ante ante laoreet lobortis nunc. Nibh proin non non aliquet ullamcorper, non euismod molestie nonummy feugiat erat nisi lobortis mi sem euismod eget adipiscing donec donec ut congue ante diam molestie at pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt nunc lobortis mi non eget mauris elit sit erat dolore nibh mi sem euismod mauris nonummy pharetra pulvinar lorem dolore lobortis mi, proin tincidunt, tincidunt ante. Mi ante, ullamcorper, molestie consectetur pulvinar lorem donec congue massa nibh massa mi et mi non id elit amet, aliquam nibh euismod mauris pharetra dolore proin molestie. Amet feugiat, ut diam id sit, magna et euismod, consectetur sed nunc proin volutpat pulvinar aliquam nibh non adipiscing ipsum congue mi elit, feugiat, nisi mi euismod. At dolor dolore nibh volutpat nonummy lorem ut praesent id feugiat ut praesent id feugiat congue mi, molestie turpis turpis tempus lobortis ullamcorper adipiscing lorem, congue praesent. Mauris pharetra donec laoreet non at sed nunc sem eget, pulvinar aliquam nibh euismod pulvinar nisi ante, volutpat nonummy, lorem congue praesent id consectetur erat massa sem. At ipsum nunc aliquet elit dolor, nisi proin eget pulvinar aliquam nibh euismod nonummy aliquam nibh ullamcorper, adipiscing et id amet aliquam lobortis euismod turpis lorem tincidunt. Ullamcorper adipiscing feugiat magna diam felis sit magna mi molestie pharetra lobortis diam elit feugiat, sed ac dolore, magna tincidunt ante ullamcorper felis pharetra, erat nunc sem. Tellus volutpat adipiscing consectetur amet lorem aliquam ut et molestie elit eget mauris elit at amet feugiat ipsum ac donec magna nunc et aliquet non tellus eget. Volutpat tellus volutpat turpis lorem tincidunt diam felis lorem, ut, pharetra erat, nunc sem eget pulvinar aliquam, nibh ullamcorper molestie felis at amet lorem congue massa laoreet. Proin diam tellus, elit adipiscing pharetra sit ipsum feugiat erat nunc lobortis massa laoreet nibh nunc nibh ullamcorper mauris amet donec, ante volutpat, elit ipsum ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis id, turpis ac dolore proin volutpat elit ipsum ut diam elit feugiat, nisi et, euismod turpis ac lorem congue praesent molestie pharetra sed dolore et. Euismod turpis ac lobortis aliquet adipiscing feugiat congue praesent molestie pharetra donec ante tellus consectetur congue laoreet tellus pharetra ac laoreet tellus consectetur erat, nunc sem. Eget amet aliquam nibh euismod adipiscing lorem ut ullamcorper adipiscing lorem ut diam felis feugiat congue erat lobortis non amet tempus lobortis sem elit ipsum, ut. Et euismod sit nisi nibh id sit aliquam nibh id amet, aliquam nibh dolor sit sed lorem erat lorem ipsum ipsum ac aliquam massa, non elit. Feugiat erat, tincidunt sem at dolor nisi proin eget pulvinar, aliquam nibh non adipiscing nonummy feugiat magna mi molestie at sed nunc proin eget dolor dolore. Proin volutpat pulvinar donec nibh non, adipiscing ipsum ut diam id sit magna mi congue, mi mauris pharetra erat nunc, diam, id pulvinar, ac laoreet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, aliquam, nibh ipsum ut sem elit pulvinar nisi, nibh euismod adipiscing ac. Tincidunt aliquet at dolor dolore praesent molestie dolor, dolore mi mauris amet donec. Ante mi non consectetur erat nunc sem at sed nisi proin eget amet. Aliquam lobortis ullamcorper adipiscing lorem congue diam, felis lorem congue, praesent molestie pharetra. Magna laoreet aliquet at erat tincidunt aliquet turpis erat nunc proin volutpat pulvinar. Aliquam, nibh non amet aliquam lobortis non nonummy aliquam massa ullamcorper nonummy dolore. Ante volutpat consectetur erat nunc, sem elit pulvinar ut diam eget pulvinar nisi. Nibh euismod turpis ac, lobortis ullamcorper at dolor congue mi, volutpat euismod amet. Donec lobortis euismod amet donec lobortis ullamcorper adipiscing, ipsum ut et id pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore nibh ullamcorper felis lorem congue praesent id sit donec mi molestie sit, ac massa aliquet elit sed. Dolore proin eget amet aliquam ante lorem nunc proin eget amet aliquam ante non, nonummy erat lobortis diam. Id turpis erat nunc sem, eget dolor nunc sem volutpat amet aliquam nibh massa non felis ipsum lobortis. Ullamcorper, felis feugiat ut diam felis ipsum ut diam felis pulvinar magna et id sit ac tincidunt aliquet. At dolor dolore proin erat dolore, proin eget dolor, nisi ante volutpat amet donec ante volutpat pulvinar, dolore. Proin, eget pharetra donec proin volutpat amet erat ante dolor aliquam ante euismod nonummy tempus nibh euismod nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum lobortis ullamcorper felis feugiat congue mi euismod. Mauris pulvinar aliquam, nibh euismod adipiscing feugiat magna laoreet. Sem elit sed nunc sem eget ipsum aliquam nibh. Volutpat turpis aliquam nibh euismod diam felis feugiat ut. Praesent molestie pharetra donec mi molestie consectetur ac, laoreet. Tellus at ipsum nisi nibh euismod turpis tempus lobortis. Ullamcorper adipiscing lorem et id sit aliquam et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar aliquam lobortis aliquet mauris dolor magna mi volutpat nunc et euismod adipiscing sed dolore proin non nonummy tempus, lobortis sem felis feugiat magna mi. Euismod at sed dolore proin, eget amet dolore praesent mauris lobortis ullamcorper at feugiat donec ut, tincidunt lobortis diam, molestie eget, consectetur amet feugiat erat ut. Laoreet ante, ullamcorper molestie at turpis feugiat donec, massa id, eget molestie eget adipiscing pharetra donec massa non, adipiscing feugiat congue et, molestie consectetur sed, nunc. Sem ullamcorper felis feugiat congue diam, dolor nunc, praesent eget dolor dolore praesent mauris dolor donec mi volutpat amet erat massa, sem elit, ipsum ut laoreet. Nibh ante diam aliquet volutpat, adipiscing pharetra et aliquet ullamcorper mauris, consectetur ipsum sed tempus, donec nisi tincidunt proin volutpat amet tempus lobortis ullamcorper adipiscing feugiat. Ac massa aliquet at sed, nunc sem elit, ante sem eget ipsum nisi proin eget sit nisi laoreet ullamcorper, at feugiat dolore ut, diam id turpis. Erat, mi euismod consectetur lorem tincidunt aliquet at sed congue praesent molestie pharetra donec, proin volutpat amet erat massa sem elit pulvinar magna mi felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi nibh euismod, adipiscing dolor dolore praesent mauris feugiat. Magna ante ullamcorper felis, lorem congue, praesent tellus consectetur sed dolore. Et volutpat, amet ac lobortis ullamcorper turpis tempus lobortis ullamcorper nonummy. Tempus lobortis diam felis sed, dolore et id pulvinar, dolore sem. Eget pulvinar aliquam nibh ullamcorper, adipiscing lorem congue praesent felis feugiat. Erat ac donec, ut laoreet sem id at nonummy elit turpis. Consectetur consectetur amet feugiat sed ac donec magna nisi congue congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nunc tincidunt ut massa sem euismod, at nonummy ipsum magna massa et euismod adipiscing, feugiat erat ut, mi sem volutpat mauris nonummy sit lorem tempus ac ut. Tincidunt lobortis nunc tincidunt ante sem sem eget adipiscing nonummy, ipsum magna laoreet donec laoreet sem euismod mauris amet ipsum magna massa et, praesent sem euismod at pulvinar. Lorem donec nisi tincidunt ante, praesent non euismod molestie felis at amet pharetra feugiat, ac, dolore lobortis massa, et, aliquet euismod ipsum erat nisi dolore congue nunc, nibh. Aliquet volutpat, felis turpis pulvinar lorem donec nunc laoreet praesent volutpat id at sit sed tempus tincidunt ante et aliquet volutpat felis consectetur sit dolor tempus erat, magna. Dolore magna ut, tincidunt lobortis laoreet et euismod mauris nonummy praesent et proin mi ipsum, pulvinar feugiat ipsum erat aliquam congue ut nunc tincidunt nunc laoreet nibh praesent. Et lobortis laoreet, et aliquet non tellus euismod volutpat tellus ullamcorper non aliquet, lobortis mi sem id adipiscing molestie eget mauris felis eget felis nonummy, consectetur adipiscing consectetur. Consectetur mauris elit at adipiscing ut dolore dolore nisi nisi magna ut tincidunt tincidunt ut tincidunt lobortis laoreet et ante praesent et ullamcorper lobortis mi diam euismod mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, elit adipiscing, consectetur, sit amet feugiat ipsum sed lorem sed aliquam dolore congue ut, consectetur. Mauris euismod, non non tellus volutpat molestie eget adipiscing, amet turpis pulvinar pharetra feugiat dolor dolor. Tempus lorem donec magna massa tincidunt nibh pharetra sit, pulvinar dolor feugiat sed tempus erat ac. Tempus erat magna tempus sed dolor sit sed ac aliquam erat lorem erat, magna nisi congue. Ut nisi praesent sem tellus non id id molestie felis, consectetur dolor aliquam lobortis, praesent, diam. Aliquet euismod molestie nonummy turpis dolor lorem sed ac feugiat ipsum erat lorem, erat magna nisi. Congue ut mi aliquet euismod molestie elit adipiscing amet feugiat sed, lorem tempus, sed lorem, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh magna nisi, congue magna, aliquam erat nunc nibh proin diam tellus euismod, mauris adipiscing consectetur turpis, amet sem aliquet praesent et proin mi. Nibh tellus euismod volutpat molestie eget at id eget molestie felis elit, turpis, feugiat donec nisi volutpat tellus, sed feugiat ipsum sed lorem donec. Aliquam feugiat sed ac, aliquam ac aliquam erat ac aliquam erat, nisi dolore tincidunt ut nunc nibh, diam tellus, elit volutpat id elit turpis. Consectetur consectetur amet feugiat, donec nunc et aliquet non non id adipiscing dolor feugiat erat nisi congue massa mi aliquet nisi tincidunt ante diam. Tellus euismod mauris nonummy sit sed nisi congue, ante diam tellus eget adipiscing dolor tempus magna tincidunt nibh mi et praesent eget, amet, feugiat. Ac nisi lobortis praesent volutpat elit sit sed tempus magna ut laoreet praesent non molestie, elit at, adipiscing, consectetur adipiscing pharetra feugiat dolor lorem. Donec nonummy sit erat ac aliquam donec nunc et ullamcorper mauris nonummy feugiat sed nisi erat ut laoreet proin euismod mauris, ante mi sem. Ullamcorper diam sem id adipiscing pharetra ipsum ac dolore lobortis, mi non id mauris amet feugiat erat nisi congue, nibh mi proin euismod donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi erat magna massa nibh aliquet sem id at adipiscing pharetra pulvinar erat nunc et id, amet aliquam lobortis euismod turpis tempus tincidunt. Praesent molestie pharetra erat, massa non nonummy sed nunc, sem eget pulvinar nisi laoreet elit pulvinar dolore sem eget amet aliquam lobortis ullamcorper. Adipiscing feugiat congue praesent mauris sit donec mi molestie pharetra ac laoreet tellus turpis ac laoreet dolore ante eget amet, aliquam tincidunt diam. Mauris sit, erat massa non at ipsum nunc, sem elit, ipsum nisi lobortis aliquet mauris feugiat, dolor, magna mi mauris pharetra sed massa. Non elit ipsum ut sem elit ipsum nisi, et euismod amet tempus tincidunt aliquet felis feugiat congue praesent mauris sit aliquet at dolor. Dolore proin, molestie pharetra, dolore massa non nonummy tempus massa non elit ipsum magna nibh aliquet at sed nunc proin mauris dolor dolore. Proin mi molestie sit ac laoreet tellus consectetur ac tincidunt aliquet at sed nunc, praesent mauris dolor donec ante volutpat amet tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante non elit pulvinar nisi et, id. Sit ac feugiat dolore mi molestie amet donec. Massa non nonummy ipsum ut non nonummy tempus. Nunc diam praesent sem aliquet ullamcorper molestie elit. At adipiscing consectetur diam aliquet praesent, sem tellus. Mauris, adipiscing feugiat magna praesent molestie sit magna. Mi non eget pulvinar nisi nibh euismod turpis. Ac tincidunt praesent tempus tincidunt praesent sem tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor feugiat erat lorem donec lobortis mi sem volutpat felis consectetur ipsum adipiscing pharetra ipsum ac congue ante diam aliquet volutpat felis nonummy turpis dolor, lorem erat nisi nunc. Ut nunc laoreet, ante mi et ante mi et sem aliquet volutpat adipiscing consectetur pulvinar ac dolore lobortis praesent tellus euismod molestie elit pharetra pulvinar lorem donec ut et. Tellus eget nonummy dolor ipsum donec lobortis praesent tellus eget, turpis, lorem dolore massa mi sem volutpat felis dolor erat nisi tincidunt nibh praesent tellus elit turpis dolor aliquam. Elit consectetur pulvinar lorem magna nunc et aliquet volutpat felis elit adipiscing, dolor tempus magna dolore nibh praesent volutpat felis turpis sed aliquam congue, massa diam, euismod, ullamcorper tellus. Euismod eget, amet pharetra pulvinar dolor tempus ac aliquam magna, ut laoreet nibh mi diam aliquet non non aliquet non sem aliquet ullamcorper sem, consectetur amet dolor tempus lorem. Lorem consectetur amet sit sed nunc proin eget amet aliquam congue proin volutpat amet nunc sem elit ipsum ut proin elit sed ut proin elit ipsum dolore proin, volutpat. Adipiscing feugiat tincidunt aliquet felis feugiat congue praesent mauris pharetra donec laoreet, nibh aliquet at amet erat, massa, ullamcorper felis feugiat erat nisi congue, nunc tincidunt lobortis massa nibh. Ante laoreet nibh ante sed, feugiat tempus ut nibh ante nisi laoreet ante aliquet sem, aliquet volutpat mauris eget, at adipiscing elit turpis, nonummy consectetur turpis pharetra sit dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit at adipiscing, elit mauris elit. At adipiscing felis elit felis elit. At nonummy nonummy consectetur, adipiscing volutpat. Molestie euismod molestie id eget felis. Pharetra tempus ut et id turpis. Lorem tincidunt aliquet at lorem laoreet. Tellus at sed tincidunt praesent, tincidunt. Proin, eget pulvinar dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non aliquet, non, molestie ullamcorper, ullamcorper molestie eget mauris elit ut nunc congue ut nunc ut ut congue ut massa, nibh proin diam sem ullamcorper sem tellus eget turpis. Tempus congue praesent molestie pharetra donec laoreet sed, nunc non elit ipsum, nisi et volutpat, pulvinar aliquam nibh euismod turpis lorem tincidunt diam, felis sit, donec ante tellus consectetur. Erat nunc consectetur sed dolore, proin eget amet aliquam lobortis ullamcorper adipiscing lorem tincidunt praesent mauris sit magna mi tellus, consectetur sed dolore, sem elit felis feugiat nisi mi. Euismod consectetur ac tincidunt sem, mauris dolor nunc praesent at dolor, dolore ante volutpat pharetra aliquam massa non elit feugiat, magna laoreet, lobortis diam adipiscing lorem ut, ullamcorper id. Sit erat laoreet aliquet at sed dolore proin volutpat amet aliquam lobortis ullamcorper adipiscing feugiat, congue mi molestie sit magna felis feugiat congue mi, molestie turpis ac laoreet aliquet. At sed nunc, sem mauris dolor, dolore ante volutpat id sit magna mi tellus, consectetur erat tincidunt aliquet at sed nunc, sem mauris dolor donec, ante non nonummy lorem. Congue, diam id feugiat magna laoreet tellus consectetur erat mi, euismod turpis ac laoreet aliquet at sed nunc proin eget pharetra donec ante volutpat amet tempus lobortis ullamcorper, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat donec ante non elit ipsum nisi nibh id sit ac. Congue aliquet mauris pharetra dolore massa volutpat consectetur erat massa non. Eget pulvinar ut diam elit pulvinar nisi, nibh ullamcorper volutpat molestie. Elit adipiscing dolor, erat nisi tincidunt proin praesent non aliquet ullamcorper. Tellus eget pulvinar aliquam nibh ullamcorper mauris dolor congue praesent mauris. Dolor donec ante volutpat nonummy pulvinar nisi et id adipiscing ac. Laoreet aliquet et euismod, amet aliquam nibh euismod turpis lorem tincidunt. Praesent, mauris pharetra magna ante, molestie consectetur sed, nunc sem eget. Sit ac diam id consectetur erat laoreet euismod consectetur ac nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum aliquam nibh euismod adipiscing pharetra mauris. Euismod mauris nonummy pharetra tempus ac donec ut. Laoreet et proin ullamcorper molestie consectetur pulvinar pharetra. Ipsum erat dolore lobortis ante diam aliquet ullamcorper. Pharetra turpis, amet sit sed, ac donec, magna. Nunc tincidunt ante et aliquet volutpat molestie elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi euismod volutpat molestie euismod molestie elit. Consectetur mauris felis, turpis, pulvinar feugiat, ipsum. Lorem tempus ac nisi aliquam erat ac. Erat ac, aliquam donec, ac, dolore congue. Ut nunc ut nunc tincidunt, lobortis mi. Proin, mi et sem ullamcorper volutpat felis. At molestie euismod volutpat molestie eget sit. Tellus, eget molestie elit turpis amet dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pulvinar lorem donec nunc tincidunt ante praesent proin ullamcorper molestie, proin aliquet volutpat euismod mauris felis nonummy sit dolor feugiat, erat aliquam, congue lobortis laoreet sem euismod. Felis felis eget turpis nonummy turpis lorem aliquam sit sed aliquam congue massa et tellus eget at pharetra ipsum magna nunc nibh praesent, non id mauris nonummy sit. Sed nonummy consectetur turpis dolor, lorem erat ac, nunc ante praesent proin ante diam tellus consectetur erat nunc, sem volutpat pulvinar lorem congue praesent, mauris dolor magna mi. Volutpat adipiscing feugiat congue, diam felis feugiat congue et, felis sit magna et id sit magna, nibh euismod turpis, magna laoreet tellus at, sed tincidunt ullamcorper at ac. Congue praesent molestie, pharetra tempus ut diam elit, ipsum nisi nibh tellus adipiscing ac nibh tellus adipiscing lorem tincidunt aliquet adipiscing ac, tincidunt aliquet felis feugiat elit sit. Ac tincidunt praesent at sed nunc, praesent, at sed dolore proin molestie amet erat massa diam id elit tempus ut diam id sit ac laoreet aliquet at sed. Dolore ante volutpat amet aliquam massa ullamcorper elit feugiat ut diam felis sit, magna laoreet aliquet magna laoreet tellus nonummy ipsum nisi et euismod turpis ac tincidunt praesent. Mauris dolor donec ante volutpat consectetur erat massa sem eget ipsum ut diam eget pulvinar dolore proin euismod turpis lorem lobortis aliquet mauris dolor magna mi molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ac laoreet sem, elit ipsum nisi et euismod turpis, tempus tincidunt diam felis feugiat tincidunt diam felis, feugiat magna laoreet molestie dolor dolore. Mi volutpat amet donec lobortis diam felis pulvinar nisi nibh tellus adipiscing, ac, tincidunt praesent, eget amet tempus massa volutpat amet donec massa aliquam. Ut, diam molestie, sit ac laoreet non elit, pulvinar nisi et, euismod adipiscing feugiat, congue praesent felis lorem tincidunt praesent felis feugiat ut diam. Felis feugiat congue mi tellus eget pulvinar nisi et volutpat amet aliquam nibh euismod adipiscing feugiat magna laoreet tellus consectetur, erat laoreet non elit. Sed amet aliquam lobortis euismod turpis lorem, tincidunt diam felis, sit donec ante tellus consectetur erat laoreet tellus elit ipsum dolore proin, id amet. Aliquam lobortis, aliquet felis pulvinar aliquam nibh ullamcorper felis sit donec massa sem elit pulvinar, nisi et id amet aliquam nibh ullamcorper adipiscing aliquam. Nibh ullamcorper adipiscing tempus lobortis diam mauris donec ante non adipiscing ipsum congue et, id sit magna et molestie, consectetur dolor, aliquam lobortis euismod. Nonummy, lorem tincidunt diam tellus eget at amet sit sed ac dolore lobortis laoreet, sem ullamcorper mauris nonummy consectetur amet feugiat, magna laoreet tellus. Consectetur sit ac nibh euismod adipiscing ac mi, euismod turpis, ac laoreet euismod consectetur lorem, nunc praesent mauris dolor aliquam, nibh non adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ullamcorper tellus eget, volutpat molestie elit ipsum nisi et id turpis ac congue aliquet felis feugiat congue laoreet tellus mauris dolor donec. Massa ullamcorper felis feugiat ut diam felis ipsum ut, diam felis sit magna mi euismod consectetur sed dolore, ante mauris dolor dolore massa. Non elit, ipsum lobortis non nonummy erat ante volutpat nonummy tempus massa tellus, consectetur tempus nunc non elit pulvinar nisi et euismod turpis. Sed nisi aliquam magna ut congue congue massa proin aliquet non aliquet ullamcorper molestie pharetra donec ante volutpat nonummy tempus ut nibh tellus. Ut tincidunt praesent mauris pharetra donec ante volutpat nonummy tempus lobortis sem felis pulvinar nisi nibh tellus, consectetur ac laoreet aliquet adipiscing, lorem. Congue proin molestie amet pharetra tempus lobortis diam felis sit, ac nunc aliquet at sed nunc aliquet mauris dolor dolore ante eget amet. Tempus congue, et felis sit erat aliquam magna ut tincidunt ut nunc nibh tellus adipiscing lorem, congue aliquet at amet feugiat erat lorem. Donec nisi laoreet sem, sed donec ut massa et, aliquet, non tellus elit adipiscing nonummy consectetur turpis dolor erat nisi tincidunt nibh mi. Diam proin praesent, tellus eget turpis sed elit at adipiscing feugiat donec ut tincidunt nibh praesent non id molestie elit sit erat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non proin ullamcorper molestie, eget adipiscing, dolor ipsum ac nunc tincidunt nunc et aliquet volutpat mauris, nonummy sit dolor ipsum ac proin ullamcorper volutpat elit. Turpis dolor dolor pulvinar dolor, lorem sed sed feugiat sed aliquam tincidunt proin diam sem ullamcorper volutpat id eget mauris felis ante nibh ante diam. Non praesent, non molestie elit turpis feugiat, tempus erat tempus magna nunc tincidunt nibh praesent non euismod, eget, adipiscing elit at felis at feugiat sit. Sed feugiat erat ac aliquam ipsum sed aliquam magna, nisi donec magna aliquam dolore nisi nisi, congue ut dolore ante diam et proin ullamcorper tellus. Id ullamcorper tellus euismod non tellus, volutpat molestie id mauris mauris felis mauris felis nonummy adipiscing nonummy consectetur adipiscing adipiscing at, at felis nisi aliquam. Erat dolor feugiat, ipsum sed feugiat, pulvinar, amet pharetra turpis amet consectetur adipiscing nonummy consectetur turpis pharetra consectetur adipiscing nonummy adipiscing felis eget mauris id. Et massa massa lobortis massa laoreet nibh massa laoreet, nibh ante nibh ante mi et proin et proin ante sem nibh nunc tincidunt ut nunc. Congue ac tempus donec nisi nisi congue, nisi dolore, magna nisi, dolore congue ut tincidunt ante et sem, aliquet non, id aliquam donec magna, dolore. Magna ac donec massa mi proin ullamcorper ullamcorper aliquet euismod non tellus, volutpat mauris elit, turpis amet pharetra ipsum ac, dolore nibh, laoreet congue ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc donec nisi dolore, erat lorem tempus erat lorem praesent et proin massa, nunc tincidunt nunc, nunc congue laoreet proin, aliquet. Et nibh proin diam sem ullamcorper sem aliquet diam diam aliquet ullamcorper non congue nisi tempus sed aliquam tincidunt, praesent non. Sem praesent diam tellus ullamcorper tellus id mauris adipiscing consectetur pulvinar dolor feugiat sed dolor, feugiat, ipsum elit mauris mauris elit. Eget tellus euismod, non tellus euismod volutpat molestie id volutpat, tellus ullamcorper sem ante mi mi ante mi diam, ullamcorper non. Euismod non tellus ullamcorper non proin mi et sem praesent diam aliquet ullamcorper tellus aliquet, non non ullamcorper non tellus, euismod. Volutpat tellus euismod non consectetur ipsum ac nunc lobortis mi non eget, turpis dolor, tempus magna massa et euismod mauris consectetur. Pulvinar pulvinar aliquam magna nunc laoreet proin praesent sem at, id, elit, turpis pharetra sit pulvinar feugiat feugiat, dolor lorem erat. Ac feugiat tempus lorem feugiat pulvinar sed nonummy aliquet ullamcorper ullamcorper proin praesent volutpat euismod mauris felis elit consectetur nonummy consectetur. Adipiscing id, elit mauris felis elit at felis at mauris euismod eget mauris magna nisi, dolore donec aliquam donec magna nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mi, non tellus euismod tellus at sed nunc sem at sed dolore proin eget amet tempus lobortis euismod nonummy tempus lobortis. Diam mauris sit magna laoreet non eget molestie id elit adipiscing pharetra sit pulvinar dolor ipsum lorem aliquam donec aliquam lorem ipsum. Dolor at at elit, at felis, elit consectetur turpis, pharetra, diam sem euismod mauris adipiscing at amet pharetra feugiat sed aliquam tincidunt. Massa laoreet lobortis ante nibh proin, diam sem euismod non, molestie id, molestie felis eget tempus congue diam id feugiat congue mi. Tellus eget turpis lorem tincidunt praesent mauris pharetra donec massa non nonummy, tempus massa sem eget lorem donec congue, dolore tincidunt ante. Et et mi, diam aliquet volutpat mauris elit mauris adipiscing elit at, felis elit at felis, elit at id eget mauris eget. Tellus praesent ullamcorper non, tellus, non molestie id molestie, id eget felis nonummy consectetur turpis dolor ipsum sed lorem sed ac dolore. Nibh praesent molestie consectetur, at feugiat congue ante non felis pulvinar magna nibh id turpis, ac laoreet tellus at sed congue praesent. Volutpat mauris amet erat lobortis sem felis, sit magna laoreet tellus, consectetur dolor dolore proin eget amet, aliquam lobortis ullamcorper adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, elit pulvinar magna, nibh aliquet non tellus, euismod eget id elit adipiscing nonummy. At adipiscing nonummy at tincidunt tincidunt ut dolore magna nisi aliquam erat aliquam, donec. Magna ac donec magna dolore donec nisi nunc congue, ut tincidunt lobortis nunc, congue. Id non aliquet eget adipiscing, nonummy, at adipiscing, consectetur ipsum nisi et id sit. Magna nunc, praesent mauris pharetra donec proin volutpat amet tempus congue et euismod nonummy. Lorem congue praesent felis feugiat congue et id feugiat magna, mi tellus turpis ac. Nunc proin volutpat, amet tempus lobortis diam donec proin volutpat nonummy ipsum congue et. Felis, turpis ac laoreet tellus consectetur erat nunc sem mauris pulvinar donec ante non. Adipiscing sit magna mi tellus, ipsum congue mi molestie turpis ac laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy lorem ut mi tellus elit ipsum turpis ac lobortis aliquet felis. Feugiat magna praesent felis feugiat congue praesent molestie sit magna, praesent id. Pharetra erat massa molestie consectetur, erat, nunc lorem tincidunt aliquet, felis feugiat. Tincidunt mi molestie, pharetra, sed nunc sem nonummy ipsum nisi nibh euismod. At feugiat congue praesent molestie amet, donec massa nunc non eget ipsum. Nisi et euismod turpis lorem tincidunt, praesent molestie dolor donec proin volutpat. Amet donec massa non elit sit ac amet tempus lobortis ullamcorper felis. Sit donec massa non at pulvinar aliquam nibh ullamcorper adipiscing dolor congue. Ante non elit pulvinar nisi nibh euismod turpis ac, laoreet felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, pulvinar lorem tincidunt praesent molestie pharetra donec massa non eget pulvinar praesent mauris dolor donec, massa ullamcorper elit. Ipsum ut diam, id turpis lorem nunc ante euismod nonummy, tempus ut praesent felis sit ac laoreet non feugiat. Magna laoreet aliquet elit sed nisi magna nunc laoreet proin ullamcorper id consectetur pulvinar ac, dolore congue dolore tincidunt. Lobortis nunc nibh, aliquet volutpat feugiat magna mi molestie pharetra, ipsum nisi et, euismod turpis feugiat congue praesent mauris. Nonummy ipsum ut diam id sit, magna et felis sit lorem tincidunt aliquet mauris pharetra, donec ante non elit. Feugiat magna et id sit magna mi euismod turpis ac tincidunt proin volutpat nonummy tempus lobortis ullamcorper tellus turpis. Erat nunc aliquet, elit, pulvinar nisi, nibh euismod adipiscing feugiat congue praesent, felis sit magna massa non, at ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor pulvinar pulvinar feugiat donec nisi nunc nibh mi sem ullamcorper non felis consectetur pulvinar feugiat erat magna nunc. Nibh diam tellus consectetur sed massa sem eget turpis ac laoreet aliquet at feugiat dolore mi molestie pharetra donec. Ante non elit pulvinar magna ante volutpat nonummy tempus ut laoreet proin ullamcorper volutpat elit turpis pulvinar lorem donec. Magna, donec magna massa proin id mauris nonummy feugiat magna massa et euismod congue massa diam tellus diam molestie. Elit turpis lorem tempus, congue, massa sem volutpat felis pharetra tempus, ut, laoreet sem euismod mauris, elit adipiscing amet. Sit amet pharetra pulvinar ac dolore lobortis, praesent tellus, id at, pharetra tempus congue laoreet proin aliquet ullamcorper tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed sed ipsum ipsum amet pharetra adipiscing nonummy at adipiscing felis volutpat, molestie id eget molestie euismod non tellus tellus tellus ullamcorper non aliquet aliquet diam aliquet diam non. Aliquet diam diam aliquet ullamcorper proin praesent diam sem praesent diam, aliquet aliquet diam proin mi, molestie euismod volutpat tellus aliquet ullamcorper non, aliquet ullamcorper, sem aliquet molestie felis. Eget molestie id volutpat mauris eget eget mauris eget volutpat, molestie euismod, non proin mi mi ante nunc tincidunt tincidunt ut dolore congue nunc congue ut nunc tincidunt ut. Aliquam erat erat aliquam congue massa, laoreet lobortis at felis elit adipiscing pharetra feugiat pulvinar feugiat tempus ac tempus donec ut laoreet proin mauris pulvinar donec nibh non nonummy. Aliquam magna mi tellus consectetur mi molestie, pharetra tempus nunc sem felis ipsum ut, et euismod sit, aliquam laoreet euismod turpis sed aliquam magna dolore lobortis massa laoreet lobortis. Ante mi id amet tempus lobortis ullamcorper molestie pharetra ac laoreet tellus consectetur erat tincidunt aliquet at dolor nunc sem eget amet lorem aliquet mauris sed congue praesent volutpat. Amet tempus ut et felis feugiat nisi et felis pulvinar nisi et id turpis ac nibh tellus laoreet, aliquet at mauris dolor congue ante non nonummy tempus ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, massa, sem donec nibh non nonummy lorem lobortis ullamcorper adipiscing ipsum magna mi tellus consectetur erat massa, aliquet elit, dolor dolore proin volutpat, pulvinar aliquam ante euismod. Sed congue praesent mauris dolor donec ante non nonummy tempus lobortis diam, elit, pulvinar ut diam id sit magna et id sit ac laoreet ullamcorper ac massa aliquet. At pulvinar nisi et, volutpat turpis tempus lobortis ullamcorper adipiscing feugiat magna mi, molestie consectetur, erat, massa non elit pulvinar dolore adipiscing feugiat tincidunt aliquet felis feugiat congue. Praesent molestie consectetur erat ante non nonummy sed, ut proin eget amet aliquam laoreet, euismod adipiscing lorem lobortis ut et euismod sit ac laoreet euismod adipiscing lorem laoreet. Aliquet mauris dolor dolore, mi molestie consectetur erat massa, volutpat, nonummy tempus ut et id turpis ac euismod adipiscing, lorem congue mi molestie, pharetra, donec ante non nonummy. Ipsum ut, et id, sit magna laoreet aliquet mauris dolor dolore ante volutpat volutpat nonummy ipsum, ut sem felis, ipsum nisi mi, tellus at sed nunc praesent eget. Pharetra tempus lobortis non amet aliquam massa ullamcorper nonummy, tempus ut diam mi euismod turpis lorem tincidunt praesent at sed nunc praesent eget dolor dolore massa volutpat amet. Feugiat magna mi molestie consectetur sed, tincidunt aliquet at, sed, dolore pulvinar dolor ipsum erat nisi congue lobortis mi proin euismod mauris, elit turpis pulvinar feugiat erat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis massa aliquet eget pulvinar aliquam, lobortis ullamcorper adipiscing lorem tincidunt, ullamcorper felis feugiat magna massa non elit, ipsum mi tellus consectetur erat massa aliquet at. Dolor aliquam magna nunc laoreet proin, ullamcorper mauris eget mauris, nonummy pharetra ipsum lorem donec lobortis mi et elit pulvinar nisi et id sit nisi et. Euismod at, sed, congue ante volutpat nonummy, tempus lobortis ullamcorper elit ipsum ut tempus congue praesent id pharetra, magna mi non at, sed nunc aliquet elit. Turpis ac lobortis ullamcorper mauris ullamcorper mauris dolor dolore mi molestie, non elit pulvinar nisi et id turpis, aliquam laoreet euismod turpis ac lobortis aliquet mauris. Amet elit dolor dolore sem, at sed nunc praesent mauris, sed dolore consectetur sed nunc et id, amet aliquam lobortis aliquet molestie felis consectetur pulvinar lorem. Erat nisi, tincidunt proin diam sem euismod mauris pharetra feugiat ipsum lorem ante mi sem volutpat adipiscing pharetra pulvinar ac congue nibh, diam tellus at molestie. Elit at pulvinar pharetra sit pulvinar, aliquam magna nunc laoreet proin praesent tellus eget at amet feugiat erat aliquam dolore ut tincidunt nibh praesent sem euismod. Mauris felis consectetur sit pharetra ipsum magna pulvinar dolor tempus, sed aliquam magna, ut tincidunt lobortis, mi proin tellus eget adipiscing consectetur pulvinar feugiat erat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue sed ipsum sed dolor ipsum ac aliquam donec ac aliquam congue magna dolore tincidunt massa nibh. Praesent diam nunc nibh ante mi et praesent diam proin diam non euismod volutpat felis elit at. Adipiscing elit at adipiscing consectetur pulvinar feugiat feugiat lorem feugiat erat ac aliquam magna dolore lobortis massa. Laoreet lobortis lobortis nunc tincidunt ut felis eget mauris id eget molestie molestie volutpat molestie id eget. Sed amet feugiat sed tempus donec ac tempus tempus lorem aliquam donec aliquam aliquam, donec aliquam aliquam. Sed feugiat ipsum erat ac erat erat aliquet, ullamcorper tellus euismod eget id id, volutpat, molestie id. Non aliquet aliquet sem aliquet ullamcorper non sem, praesent nibh ante mi nibh lobortis massa tincidunt sem. Proin ante mi ante massa, laoreet nibh, mi nibh nibh laoreet nibh ante mi nibh ante et. Et ante mi, ante mi et proin praesent et sed dolor feugiat ipsum lorem erat ac aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc congue ut congue, ut nunc tincidunt elit elit felis id, eget tellus id at, adipiscing. Nonummy at adipiscing at, adipiscing amet at adipiscing, elit, consectetur turpis feugiat tempus ac donec congue. Pharetra consectetur turpis, nonummy, consectetur adipiscing pharetra feugiat erat tempus magna nunc tincidunt lobortis mi diam. Praesent diam non, praesent ullamcorper tellus ullamcorper molestie lorem feugiat dolor lorem tempus lorem, lorem congue. Nunc aliquam donec ac aliquam congue massa nibh massa laoreet tincidunt ut tincidunt tincidunt nunc, massa. Donec sed ac, donec magna nisi magna nisi nisi congue ut dolore congue ut congue congue. Nisi donec magna nisi congue massa, mi ante ullamcorper nonummy ipsum ut sem nonummy sed nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent non nonummy feugiat ac tincidunt aliquet eget pulvinar non consectetur ipsum ut et euismod turpis ac, lobortis ullamcorper mauris feugiat congue praesent, molestie consectetur tempus nunc diam. Elit pulvinar magna laoreet id turpis turpis lorem congue ante volutpat nonummy tempus lobortis non, elit feugiat nisi tincidunt sem at sed nunc praesent mauris dolor donec ante. Non nonummy tempus amet ac tincidunt praesent felis lorem tincidunt, mi mauris sit magna mi molestie consectetur erat laoreet tellus at pulvinar nisi proin elit ipsum sed dolore. Ante volutpat amet nisi nibh euismod nonummy tempus nibh volutpat amet aliquam massa non nonummy tempus massa volutpat amet donec ante volutpat consectetur erat ante ut, laoreet aliquet. Eget pharetra aliquam lobortis ullamcorper felis feugiat erat aliquam dolore ut massa lobortis mi sem id mauris nonummy sit sed, magna donec ut laoreet donec, ut massa et. Praesent et aliquet euismod, molestie id mauris adipiscing elit nisi dolore lobortis massa proin tellus non sed dolor pulvinar sed lorem ipsum lorem tempus donec nisi tincidunt massa. Massa congue lobortis laoreet proin aliquet volutpat consectetur donec ante, non nonummy tempus massa non elit, pulvinar nisi et id adipiscing feugiat congue praesent mauris pharetra erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, proin aliquet volutpat molestie eget felis amet feugiat amet pharetra turpis pulvinar sit sit amet pharetra. Turpis adipiscing id, molestie felis at, amet sit dolor lorem erat ac dolore lobortis, nunc nibh ante. Laoreet laoreet lobortis laoreet lobortis mi et ante mi, et, sem mi non euismod at, elit pulvinar. Dolore sem, eget amet aliquam lobortis aliquet felis, dolor donec mi tellus consectetur sed ut et id. Turpis ac laoreet ullamcorper adipiscing lorem tincidunt praesent molestie consectetur tempus ut, sem elit ipsum, ut et. Eget, sit aliquam, laoreet euismod amet aliquam et id adipiscing amet sit pulvinar feugiat id non non. Aliquet ullamcorper sem ullamcorper ullamcorper proin praesent et nibh ante et, ante mi nibh ante praesent nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ullamcorper, non, aliquet, diam sem nibh ante nibh ante, ullamcorper sem euismod at. Dolor donec massa non elit ipsum ut nunc proin eget pulvinar aliquam lobortis, ullamcorper. Adipiscing ipsum lobortis diam felis feugiat congue diam id feugiat nisi mi tellus at. Sed dolore ante tellus turpis lorem nunc proin mauris dolor donec ante non, amet. Erat ut et molestie, turpis ac, mi tellus consectetur lorem tincidunt aliquet at sed. Nunc praesent ut diam elit, ipsum congue mi molestie consectetur erat, tincidunt proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore magna dolore sed feugiat, erat erat aliquam erat ac, aliquam tempus lorem, aliquam sed lorem donec magna nisi congue, ut massa congue nisi nunc lobortis praesent. Nibh lobortis mi nibh lobortis massa et aliquet volutpat, molestie euismod volutpat, id turpis ac laoreet tellus consectetur, lorem tincidunt aliquet, mauris, pulvinar congue proin molestie pharetra. Erat lobortis sem felis feugiat, nisi et id sit, ac laoreet tellus at sed dolore ante non adipiscing feugiat magna mi aliquet at mi aliquet consectetur dolor. Dolore nibh euismod nonummy tempus ut ullamcorper adipiscing ipsum lobortis diam, felis sit erat massa sem eget pulvinar, nisi aliquet mauris dolor, donec ante volutpat nonummy tempus. Lobortis ullamcorper adipiscing feugiat congue mi tellus, consectetur erat nunc sem elit dolor, nisi nibh euismod adipiscing, lorem congue sed, dolore, proin eget dolor nunc sem mauris. Amet tempus lobortis ullamcorper adipiscing lorem lobortis non adipiscing ipsum lobortis ullamcorper nonummy tempus massa non elit ipsum nisi et id, sit nisi nibh id, turpis ac. Laoreet aliquet at sed congue praesent mauris pharetra feugiat, erat nisi tincidunt lobortis tincidunt lobortis massa eget mauris adipiscing at amet feugiat congue aliquet felis feugiat congue. Praesent molestie pharetra donec, ante non nonummy sed massa sem elit pulvinar aliquam nibh euismod amet massa aliquet at, dolor dolore proin eget, pulvinar, aliquam lobortis ullamcorper. Adipiscing lorem ut diam felis feugiat, magna, mi molestie pharetra ac mi tellus, turpis erat euismod erat nunc sem id sit aliquam, nibh euismod at, sed congue. Proin molestie dolor dolore praesent mauris feugiat, tincidunt praesent mauris dolor lorem congue laoreet tellus pharetra sed nunc aliquet at ipsum dolore nibh ullamcorper mauris dolor magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at dolor dolore ante volutpat nonummy ipsum nisi diam euismod consectetur sed. Nunc ante volutpat nonummy feugiat, eget adipiscing consectetur, turpis dolor tempus magna nisi. Dolore magna, nisi tincidunt massa sem elit sed nunc diam elit pulvinar aliquam. Laoreet praesent at dolore proin eget pulvinar aliquam lobortis diam, mauris consectetur tempus. Nunc et id pulvinar nisi et euismod turpis ac laoreet ullamcorper adipiscing, feugiat. Dolore mi molestie dolor id sit ac laoreet tellus, turpis lorem tincidunt aliquet. Mauris dolor donec massa ullamcorper elit ipsum lobortis sem felis turpis dolor feugiat. Ipsum dolore congue laoreet nibh aliquet volutpat id at turpis pharetra sit dolor. Lorem erat nisi dolore tincidunt ante et aliquet non id, elit amet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tincidunt nunc sit, pulvinar sed tempus congue nunc at felis nonummy. Adipiscing adipiscing nonummy adipiscing aliquam dolore magna ac ipsum sed tempus erat. Lorem tempus erat, magna donec magna aliquam dolore ut dolore laoreet proin. Diam sem, aliquet diam pharetra pharetra turpis nonummy consectetur amet dolor tempus. Ac nisi congue lobortis mi ante ante diam tellus eget felis consectetur. Turpis amet ipsum erat, aliquam congue sem praesent sem aliquet, ullamcorper non. Tellus non id id at nonummy feugiat ipsum lorem donec ut laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet diam sem ullamcorper non aliquet ullamcorper volutpat elit. Turpis amet feugiat magna ante non elit ipsum nunc. Sem eget ipsum amet tempus lobortis ullamcorper felis ipsum. Nisi mi tellus consectetur, lorem, nunc praesent volutpat amet. Tempus lobortis diam felis feugiat ut et id consectetur. Felis, feugiat congue praesent mauris pharetra erat nunc diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante volutpat adipiscing ipsum congue et id sit mi non nonummy pulvinar nisi diam id sit, aliquam laoreet euismod turpis lorem dolore proin molestie, pharetra erat lobortis diam. Molestie turpis ac tincidunt sem eget amet tempus ut praesent felis feugiat magna, mi tellus consectetur diam tellus id at, amet, pharetra ipsum ac erat magna dolore lobortis ante. Et elit pulvinar dolor nunc praesent eget amet donec proin molestie pharetra erat ante volutpat amet tempus ut diam felis ipsum ut et eget ipsum nunc id adipiscing lorem. Tincidunt aliquet felis lorem tincidunt diam felis feugiat congue praesent molestie sit donec laoreet non at sed ut proin eget, amet nonummy, feugiat ac tincidunt tellus consectetur lorem laoreet. Tellus mauris dolor donec ante volutpat amet aliquam massa volutpat nonummy tempus ut et id sit magna mi tellus eget amet aliquam lobortis ullamcorper nonummy tempus ut et id. Pharetra erat nunc proin eget pulvinar, nisi, nibh ullamcorper felis feugiat, magna praesent mauris sit donec laoreet sem felis feugiat nisi mi euismod turpis ac laoreet tellus turpis lorem. Dolore ante volutpat pharetra aliquam lobortis ullamcorper felis ante volutpat consectetur erat nunc diam eget ipsum ut sem elit ipsum nunc sem, eget pulvinar nisi, et euismod adipiscing lorem. Lobortis aliquet felis feugiat tincidunt diam adipiscing feugiat magna, mi molestie consectetur, sed ut proin, eget pulvinar aliquam nibh euismod turpis, tempus lobortis aliquet felis feugiat, tincidunt diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At amet ac tincidunt aliquet felis dolor dolore ante non, felis pulvinar magna ipsum nisi, et id sit lorem. Tincidunt aliquet at dolor donec massa ullamcorper felis feugiat nisi et id, turpis ac nibh euismod consectetur sed nunc. Nunc proin eget ipsum, dolore nibh ullamcorper adipiscing lorem congue mi mauris dolor erat ut diam, euismod, sit ac. Laoreet aliquet mauris dolor, dolore ante dolore lobortis mi sem ullamcorper molestie nonummy turpis pulvinar feugiat donec ut tincidunt. Ante mi nibh proin diam id turpis erat tincidunt sem dolor dolore ante volutpat adipiscing feugiat ut diam id. Sit erat, nunc et eget amet aliquam lobortis mi diam aliquet volutpat mauris elit at nonummy feugiat erat lorem. Tincidunt mi mauris, sit, magna mi tellus consectetur, sed ut, sem id turpis ac lobortis ullamcorper turpis ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie pharetra erat laoreet sem elit pulvinar nisi nibh euismod adipiscing lorem tincidunt aliquet felis feugiat congue praesent molestie erat erat tempus. Erat erat lorem erat magna, nibh tellus adipiscing sed dolore ante non amet aliquam massa ullamcorper id feugiat ut diam felis feugiat magna. Tincidunt sem at dolor dolore, ante non adipiscing feugiat congue mi, tellus elit ipsum dolore proin elit, dolor nisi ante euismod adipiscing lorem. Congue mi tellus praesent id pharetra donec laoreet non at ipsum aliquam nibh euismod adipiscing, lorem congue aliquet mauris feugiat congue massa tincidunt. Nibh massa eget mauris, nonummy turpis pulvinar dolor tempus ac nunc lobortis mi sem euismod eget amet ipsum magna nunc et ullamcorper non. Felis eget, turpis pharetra, ipsum erat ut laoreet proin non id at turpis pharetra ipsum erat nisi tincidunt massa mi sem ullamcorper non. Euismod non mauris nonummy turpis, dolor, ipsum sed ac erat sed lorem erat, magna nunc lobortis ante et aliquet non molestie eget at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem consectetur, adipiscing amet pharetra pulvinar ac, donec congue, dolore lobortis ante et sem aliquet sem id volutpat tellus nunc congue ut massa nibh. Lobortis massa et mi diam sem, diam diam praesent ullamcorper tellus id mauris felis elit at felis at at nonummy felis elit at adipiscing. Elit volutpat tellus euismod non molestie eget, mauris nonummy turpis pulvinar feugiat tempus erat lorem pulvinar sed lorem sed lorem lorem pulvinar dolor, mi. Laoreet congue ut nunc congue ut laoreet ante mi et ante mi, tincidunt massa massa laoreet massa laoreet et ante mi proin nonummy turpis. Amet consectetur sit dolor feugiat ipsum lorem, tempus ac dolore congue ut nunc tincidunt lobortis, mi nibh ante et ante laoreet et ante laoreet. Non proin praesent diam praesent praesent diam proin, praesent laoreet massa massa tincidunt lobortis dolore dolore lobortis nunc congue nisi dolore congue nisi dolore. Magna ac aliquam molestie euismod volutpat euismod eget mauris euismod volutpat tellus id non non tellus ullamcorper tincidunt lobortis laoreet, nibh mi diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At molestie eget adipiscing felis at amet pharetra sit pulvinar feugiat mauris id eget id id mauris felis elit at amet sit pulvinar pharetra feugiat sed tempus donec. Ac feugiat sed, lorem tempus erat ac aliquam magna amet consectetur turpis nonummy consectetur felis eget adipiscing adipiscing consectetur turpis nonummy, consectetur turpis amet consectetur turpis pharetra sit. Amet nonummy at pulvinar tempus erat tincidunt, ut, ut dolore congue nisi dolore magna nisi, tempus sed tempus donec ut dolore magna aliquam aliquam, erat lorem tempus sed. Lorem feugiat amet feugiat tempus nisi laoreet praesent euismod felis, nonummy sit dolor tempus congue massa nibh ante mi proin praesent sem, tellus euismod tellus aliquet ullamcorper, sem. Et ut massa nibh ante ullamcorper tellus volutpat mauris nonummy turpis, dolor lorem tempus, nisi tincidunt ante mi sem tellus, eget adipiscing consectetur, ipsum ac donec nisi mauris. Mauris, eget mauris mauris eget, adipiscing nonummy at pulvinar ac donec lobortis massa proin ullamcorper laoreet, proin euismod pulvinar nisi et id sit nisi et, id adipiscing lorem. Tincidunt ante non amet erat massa volutpat consectetur erat massa non nonummy, ipsum ut sem ac, aliquam donec nisi laoreet et mi et sem euismod molestie id volutpat. Molestie aliquet diam, sem praesent mi et ante mi et mi diam aliquet euismod, aliquam donec ut nunc tincidunt lobortis mi et praesent diam sem diam sem sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper molestie consectetur sed nisi, nibh euismod felis feugiat magna mi tellus nonummy, ipsum ut. Et id sit aliquam nibh euismod adipiscing amet tempus lobortis sem elit pulvinar magna laoreet. Aliquet eget pulvinar donec ante volutpat amet sit pulvinar pharetra ipsum congue laoreet et mi. Sem id, volutpat felis, pharetra pulvinar lorem donec congue nisi congue massa laoreet proin aliquet. Non id eget mauris elit, at mauris eget adipiscing, amet sit ipsum sed eget volutpat. Aliquet, aliquet et proin diam sem tellus euismod molestie eget eget id eget at felis. Elit molestie id volutpat molestie felis, massa tincidunt ut nunc laoreet ante praesent proin aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at, sed tincidunt proin mauris amet, praesent molestie pharetra erat, nunc, sem elit pulvinar nisi nibh volutpat amet aliquam, lobortis ullamcorper adipiscing feugiat congue, mi mauris, sit. Congue, mi tellus consectetur adipiscing feugiat congue mi volutpat elit tempus, nunc sem felis pulvinar magna nibh euismod adipiscing lorem congue, aliquet mauris sed congue praesent molestie pharetra. Erat nunc praesent mauris pharetra aliquam ut massa nibh praesent ullamcorper tellus eget felis elit at felis nonummy at felis nonummy adipiscing nonummy at laoreet congue ut nunc. Tincidunt nisi nunc, lobortis ante et praesent praesent, non euismod volutpat tellus, euismod ullamcorper sem ullamcorper sem sem euismod non euismod, eget adipiscing, sed nisi, et euismod adipiscing. Feugiat donec massa, ullamcorper felis feugiat, nisi et euismod consectetur sed dolore ante ullamcorper adipiscing lorem congue praesent id consectetur erat laoreet id sit erat, nunc sem mauris. Pulvinar nisi lobortis ullamcorper felis lorem ut mi tellus consectetur erat laoreet non consectetur nisi mi tellus consectetur dolor dolore proin mauris sed nunc praesent, eget amet donec. Ante, volutpat amet ipsum, congue diam id sit magna laoreet tellus, consectetur, laoreet tellus consectetur lorem tincidunt aliquet mauris pharetra aliquam lobortis ullamcorper, elit, tempus ut et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh ullamcorper felis lorem congue praesent id sit magna laoreet non at sed nunc sem at sed nunc aliquet elit tincidunt. Aliquet volutpat amet aliquam massa non elit feugiat nisi mi id turpis erat laoreet tellus consectetur sed, nunc aliquet, at sed dolore. Non nonummy tempus ut diam felis feugiat magna mi tellus consectetur lorem tincidunt sem at sed nunc praesent mauris pharetra aliquam massa. Ullamcorper adipiscing ipsum ut ullamcorper lorem tincidunt, ullamcorper felis lorem congue praesent, felis, feugiat congue diam felis feugiat congue praesent id sit. Ac laoreet aliquet, at pulvinar nisi lorem congue praesent mauris sit congue, diam felis, sit donec mi tellus pharetra ac massa tellus. Consectetur sed nisi nibh aliquet felis feugiat magna mi molestie pharetra congue praesent id sit magna laoreet non elit, ipsum nisi, nibh. Ullamcorper adipiscing lorem congue, praesent molestie dolor magna mi, molestie sit congue mi id pharetra donec adipiscing feugiat dolore ante volutpat amet. Tempus lobortis non felis pulvinar ut et euismod sit magna laoreet aliquet, mauris dolor lorem lobortis aliquet at dolor dolore mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non felis ipsum nunc diam pharetra aliquam ante molestie. Dolor donec ante ullamcorper elit ipsum nisi et felis. Sit magna laoreet tellus, consectetur sed laoreet euismod adipiscing. Lorem laoreet ullamcorper felis feugiat nisi mi, molestie turpis. Ac, tincidunt proin eget amet, tempus lobortis ullamcorper adipiscing. Tempus lobortis diam felis ipsum ut, diam felis feugiat. Ut diam elit ipsum ut, diam elit ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet ullamcorper at lorem congue aliquet mauris pharetra donec massa non elit ipsum ut diam, id sit aliquam laoreet aliquet mauris pharetra, donec massa, non nonummy tempus lobortis. Sem id sit magna, ut et euismod turpis lorem tincidunt aliquet at sed dolore proin, molestie pharetra donec massa volutpat nonummy ipsum nisi mi euismod turpis magna nibh euismod. Turpis dolor dolore, proin volutpat nonummy tempus ut diam elit feugiat ut mi, euismod turpis erat tincidunt aliquet at dolor dolore proin eget amet tincidunt aliquet molestie dolor erat. Massa, volutpat nonummy tempus massa non consectetur tempus nunc sem, elit pulvinar nisi nibh tellus at sed dolore proin, mauris dolor dolore ante sem, elit pulvinar, nisi nibh euismod. Consectetur sed nunc proin non id eget adipiscing amet feugiat erat dolore lobortis praesent sem euismod eget mauris felis praesent eget pharetra donec ante, volutpat pharetra dolore praesent mauris. Pharetra, donec ante volutpat consectetur tempus lobortis non nonummy tempus ut sem erat dolore, et ullamcorper adipiscing lorem congue, praesent mauris dolor magna nunc sem elit ipsum nunc, sem. Elit pulvinar nisi proin eget pulvinar, dolore proin eget pulvinar molestie, pharetra erat massa non nonummy tempus nunc sem eget pulvinar aliquam nibh ullamcorper adipiscing sed dolore ante volutpat. Nonummy feugiat nisi mi tellus consectetur sed tincidunt tincidunt praesent eget amet aliquam nibh diam, felis feugiat congue diam id feugiat nisi et molestie turpis ac laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem, congue ante molestie, pharetra. Donec massa non nonummy tempus ut. Diam id pulvinar praesent molestie pharetra. Erat nunc sem elit sed ut. Et euismod adipiscing feugiat dolore, mi. Non felis sit ac tincidunt sem. Mauris pulvinar donec ante non, praesent. Tellus at ipsum nunc et volutpat. Turpis aliquam lobortis aliquet felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus congue ullamcorper aliquam laoreet aliquet. At feugiat congue aliquet, at dolor. Congue praesent volutpat dolor erat massa. Diam id turpis ac, nibh, euismod. Adipiscing ac laoreet aliquet tellus at. Sed dolore et eget amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sem at dolor, donec ante volutpat amet aliquam, nibh euismod adipiscing dolor donec ante volutpat consectetur tempus massa non elit ipsum. Magna nibh tellus adipiscing lorem congue, proin molestie pharetra dolore erat, nunc non elit ipsum ut et id amet aliquam nibh ullamcorper. Adipiscing dolor dolore mi mauris donec ante volutpat amet aliquam lobortis ullamcorper mauris pharetra dolore mi molestie pharetra donec mi molestie pharetra. Donec ante, tellus nonummy sed ut diam elit pulvinar nisi et eget, pulvinar nisi, aliquam et volutpat amet aliquam nibh euismod, nonummy. Tempus lobortis diam felis feugiat congue praesent felis sit ac massa sem at ipsum dolore, proin elit sed dolore elit, pulvinar magna. Laoreet aliquet adipiscing lorem laoreet aliquet mauris dolor, dolore ante volutpat nonummy tempus lobortis non nonummy ipsum ut et euismod consectetur lorem. Tincidunt pharetra erat massa non consectetur ac nunc sem eget pulvinar nisi nibh volutpat turpis tempus lobortis diam adipiscing tempus lobortis ullamcorper. Ac tincidunt aliquet, mauris pharetra, donec massa volutpat amet erat massa non nonummy tempus massa sem elit, ipsum ut sem elit, ipsum. Nisi nibh euismod turpis ac magna, massa aliquet elit, sed nunc sem eget pulvinar nisi ante volutpat pulvinar dolore ante volutpat nonummy. Lorem lobortis diam felis feugiat ac laoreet tellus magna laoreet aliquet at sed, dolore proin eget pulvinar donec ante non, amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante sem felis pulvinar ac tincidunt sem at sed nunc praesent mauris, dolor aliquam nibh volutpat amet tempus lobortis, diam felis ipsum. Ante non nonummy tempus nunc sem nonummy erat, massa non nonummy ipsum nisi et ullamcorper adipiscing feugiat congue praesent molestie, amet, ipsum. Ut et id elit tempus nisi et euismod turpis lorem laoreet aliquet at dolor donec massa volutpat, amet tempus massa sem nonummy. Tempus lobortis diam elit pulvinar nisi et euismod elit ipsum nunc sem eget pulvinar nisi et volutpat adipiscing lorem tincidunt aliquet felis. Dolor donec, ante non nonummy sed nisi nibh aliquet adipiscing feugiat dolore ante volutpat nonummy ipsum ut et, id sit ac tincidunt. Aliquet at sed dolore proin, eget pharetra dolore proin molestie pharetra donec lobortis ullamcorper, tincidunt aliquet mauris dolor dolore proin eget, pulvinar. Aliquam, nibh non adipiscing tempus ut praesent, id sit, ac mi molestie turpis ac tincidunt tellus consectetur ac tincidunt ac laoreet, tellus. At, sed nunc praesent, eget nonummy aliquam lobortis non elit tempus massa non nonummy erat lobortis sit nisi nibh, euismod, turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat donec ante volutpat amet, erat massa mi euismod consectetur sed dolore. Proin eget pharetra donec nibh volutpat amet tempus lobortis diam elit ipsum. Ut diam felis feugiat magna mi euismod sit ut et id sit. Aliquam nibh euismod adipiscing lorem congue praesent molestie pharetra dolore ante, volutpat. Consectetur tempus nunc diam eget ipsum nisi et euismod ac massa tincidunt. Pulvinar tellus euismod turpis ac laoreet tellus at, pharetra donec massa non. Nonummy tempus congue et id feugiat, nisi mi euismod molestie pharetra erat. Nunc, sem eget pulvinar aliquam laoreet ullamcorper at, dolor donec lobortis sem. Elit sit magna laoreet sem at lorem nunc praesent, at ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nisi proin, eget dolor nisi nibh volutpat nonummy tempus lobortis diam, felis, feugiat at sed dolore et. Euismod adipiscing dolor dolore, mi volutpat consectetur erat ut et euismod turpis lorem nunc, proin eget pharetra donec. Lobortis ullamcorper adipiscing et molestie turpis nisi, mi euismod, sit, magna mi euismod turpis ac tincidunt aliquet at. Dolor dolore proin eget sed congue praesent mauris pharetra sem mauris dolor dolore praesent mauris pulvinar dolore ante. Volutpat adipiscing tempus ut diam felis feugiat congue et id sit magna mi euismod massa diam id, turpis. Lorem tincidunt praesent mauris dolor donec massa volutpat, nonummy ipsum nisi et id turpis ac mi tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy feugiat magna mi aliquet eget. Amet aliquam nibh euismod turpis tempus lobortis euismod. Adipiscing feugiat congue magna mi tellus at ipsum. Dolore proin eget pulvinar nisi et eget amet. Aliquam, lobortis ullamcorper felis feugiat congue mi molestie. Sit donec massa, tellus laoreet aliquet, at lorem. Congue mi mauris dolor tincidunt praesent molestie pharetra. Erat nunc diam eget pulvinar nisi nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget pulvinar nisi lorem ut praesent molestie pharetra magna mi tellus consectetur erat nunc sem elit ipsum nunc sem elit, dolor nonummy, tempus lobortis diam felis sit magna. Praesent id sit ac laoreet molestie pharetra ac mi molestie turpis erat tincidunt aliquet elit dolor dolore ante sem eget ipsum ut proin eget ipsum ut proin elit ipsum. Nisi et volutpat pulvinar nisi nibh euismod felis feugiat tincidunt ullamcorper adipiscing tempus, ante, volutpat feugiat magna laoreet, tellus consectetur, ac laoreet sem eget amet tempus ut diam id. Pharetra erat massa sem elit ipsum, nunc sem elit dolor aliquam nibh volutpat nonummy aliquam, proin eget amet tempus ut diam adipiscing feugiat congue et id turpis ac laoreet. Molestie turpis ac laoreet aliquet at lorem nisi diam id turpis ac tincidunt aliquet at pharetra donec ante volutpat pharetra donec ante non elit ipsum, ut et, id sit. Nisi laoreet tellus adipiscing sed molestie at sed nunc sem elit pulvinar nisi ante euismod amet tempus lobortis diam mauris sit erat massa non elit praesent molestie pharetra erat. Lobortis et felis sit nisi mi tellus at lorem, nunc proin mauris dolor donec ante non amet aliquam ante volutpat nonummy tempus lobortis lobortis aliquet felis dolor magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et euismod adipiscing sed pulvinar aliquam nibh, euismod turpis tempus tincidunt diam felis lorem congue praesent mauris sit erat. Ut, et euismod adipiscing lorem tincidunt ullamcorper, turpis feugiat congue eget amet tempus lobortis diam felis lorem ut diam mauris. Sit donec, mi molestie pharetra erat nunc sem eget, amet ac dolore mi, mauris feugiat lorem tincidunt praesent felis feugiat. Magna laoreet molestie pharetra ac massa sem elit ipsum nisi proin, volutpat amet tempus, nibh euismod turpis lorem tincidunt proin. Volutpat nonummy ipsum ut diam, felis feugiat ut mi molestie consectetur erat tincidunt aliquet elit dolor dolore ante euismod amet. Aliquam lobortis ullamcorper felis feugiat ipsum ut et molestie, consectetur erat, laoreet aliquet, at sed, dolore proin eget pulvinar aliquam. Nibh ullamcorper adipiscing lorem ut diam id pharetra ac laoreet, non at aliquet felis dolor congue praesent molestie, consectetur erat. Massa, sem nonummy, erat massa non elit pulvinar nisi et, euismod turpis aliquam et sem eget amet aliquam lobortis euismod. Nonummy lorem ut, praesent molestie pharetra donec nunc non elit ipsum dolore sem volutpat amet nisi et volutpat pulvinar nisi. Proin, nibh euismod turpis lorem laoreet euismod turpis lorem tincidunt aliquet at, pharetra donec proin volutpat amet donec ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec lobortis ullamcorper id pharetra erat laoreet tellus elit, ipsum aliquam nibh ullamcorper turpis tempus ante volutpat nonummy lorem lobortis ullamcorper adipiscing feugiat, congue praesent molestie pharetra, erat laoreet. Aliquet elit dolor nunc aliquet elit dolor dolore proin eget sit lorem nibh euismod turpis aliquam nibh euismod turpis ac laoreet euismod adipiscing feugiat congue ante molestie consectetur tempus. Nunc diam elit pulvinar nisi diam eget sit ac, laoreet sem at, sed nunc sem eget pulvinar aliquam nibh euismod adipiscing feugiat, congue praesent mauris, pharetra donec laoreet tellus. Consectetur, ipsum, ullamcorper, felis sit, magna mi molestie turpis magna laoreet tellus at dolor dolore ante eget pulvinar donec nibh ullamcorper nonummy feugiat magna laoreet aliquet at, ipsum nisi. Tempus congue mi molestie consectetur tempus nunc sem, elit ipsum ac, nibh aliquet mauris dolor dolore proin volutpat amet erat, lobortis sem elit ipsum ut diam felis consectetur erat. Nunc, et id turpis aliquam tincidunt aliquet at feugiat congue mi mauris feugiat tincidunt praesent felis lorem tincidunt laoreet aliquet mauris, sed nunc praesent eget pharetra donec ante, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie erat massa sem felis, pulvinar magna nibh, tellus turpis, lorem congue proin, eget amet tempus lobortis ullamcorper elit feugiat nisi mi euismod sit magna mi praesent. Eget amet aliquam lobortis diam felis ipsum congue mi id turpis erat, massa sem eget amet aliquam nibh euismod nonummy tempus ut diam adipiscing nonummy feugiat magna. Et aliquet at sed nisi, nibh ullamcorper felis lorem tincidunt ullamcorper adipiscing, tempus lobortis, ullamcorper felis lorem lobortis non felis feugiat congue diam felis dolor donec ante. Volutpat nonummy tempus, ut et id sit ac laoreet aliquet at sed congue proin mauris dolor dolore ante molestie pharetra id turpis sed nunc sem at sed. Nunc proin, mauris amet tempus lobortis diam id sit magna, mi molestie consectetur ac mi tellus consectetur erat nunc aliquet id sit magna et euismod turpis sed. Ipsum erat ut nibh praesent volutpat id elit turpis dolor erat ut laoreet sem euismod felis consectetur ipsum, nisi et ac aliquam tincidunt, ante mi proin ullamcorper. Molestie aliquet eget amet feugiat donec magna nunc, nibh laoreet proin ullamcorper volutpat turpis feugiat, dolore mi molestie pharetra, erat ante molestie pharetra, donec massa tellus consectetur. Donec nunc sem eget pulvinar nisi proin eget ipsum dolore proin elit, id sit, nisi et euismod adipiscing lorem tincidunt aliquet at lorem congue praesent mauris dolor. Dolore ante volutpat nonummy, ipsum nisi mi id sit, ac tincidunt proin non elit ipsum ut diam felis pulvinar nisi et felis ipsum nunc sem, elit ipsum. Ut et id pulvinar aliquam nibh ullamcorper adipiscing feugiat, dolore mi mauris pharetra donec massa sem eget, ipsum nisi et id sit aliquam laoreet ullamcorper adipiscing feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mauris pharetra erat massa sem eget pulvinar, nisi et id pulvinar ac tincidunt praesent molestie amet, tempus lobortis, diam euismod, consectetur sed dolore. Proin non nonummy ipsum ut diam id feugiat congue et id consectetur erat nunc sem eget dolor dolore proin eget diam adipiscing sit ac. Massa aliquet at sed nunc proin volutpat amet, aliquam lobortis euismod adipiscing, lorem congue, praesent mauris sit magna massa tellus, pharetra ac congue praesent. Mauris pharetra magna ante non nonummy tempus ut et id turpis ac laoreet ullamcorper adipiscing lorem tincidunt aliquet mauris dolor dolore ante felis dolor. Magna ante molestie sit magna laoreet tellus at sed nunc sem elit ipsum dolore et elit dolor dolore et euismod turpis tempus lobortis ullamcorper. Adipiscing aliquam lobortis ullamcorper adipiscing feugiat ut, diam, id sit erat nunc proin eget amet aliquam nibh, volutpat pulvinar aliquam lobortis ullamcorper, felis feugiat. Magna mi molestie non at sed nunc sem eget dolor dolore proin volutpat turpis feugiat, magna mi molestie pharetra magna laoreet tellus at erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem, tincidunt praesent adipiscing feugiat congue mi. Tellus nonummy ipsum nunc, nunc proin eget pulvinar. Nisi lobortis ullamcorper mauris dolor donec ante volutpat. Pharetra erat massa non consectetur erat massa sem. Eget pulvinar aliquam nibh ullamcorper molestie pharetra ac. Nunc sem at dolor nunc sem eget, dolor. Tempus lobortis euismod adipiscing lorem, ut diam felis. Pharetra erat massa non elit dolore nibh euismod. Turpis lorem tincidunt mi mauris sit magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id pharetra ac laoreet tellus sit erat tincidunt, aliquet mauris. Dolor, aliquam lobortis euismod, nonummy aliquam nibh non, adipiscing ipsum ut. Diam id sit ac laoreet tellus turpis magna laoreet dolore ante. Volutpat nonummy tempus lobortis ullamcorper felis, feugiat congue praesent molestie, consectetur. Sed dolore proin eget amet aliquam lobortis aliquet felis dolor donec. Ante, praesent tellus nonummy ipsum nisi, proin eget pulvinar nisi et. Volutpat turpis ac lobortis aliquet mauris pharetra donec nunc sem eget. Turpis ac amet feugiat congue et molestie, consectetur erat nunc aliquet. Elit pulvinar nisi proin volutpat pulvinar nisi, ante eget dolor dolore. Proin volutpat amet aliquam massa ullamcorper adipiscing dolore, ante volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tempus ut diam eget pulvinar aliquam et, id turpis lorem dolor donec, ante. Volutpat amet donec ante non elit pulvinar magna laoreet aliquet at lorem tincidunt, tellus. Adipiscing, sed dolore proin volutpat amet tempus ut tempus massa diam felis pulvinar ac. Tincidunt aliquet, mauris sed, dolore proin mauris sed congue proin mauris sed congue aliquet. Mauris dolor dolore mi ullamcorper felis feugiat congue praesent molestie pharetra erat nunc sem. Elit ipsum nisi, et, euismod turpis lorem dolore mi volutpat pharetra erat, ante, feugiat. Congue mi molestie sit ac laoreet molestie pharetra ac massa tellus consectetur sed nunc. Sem at sed laoreet aliquet, at dolor dolore praesent eget pharetra donec euismod amet. Aliquam nibh ullamcorper felis, feugiat congue praesent molestie dolor congue mi mauris sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore proin elit, pulvinar nisi lobortis ullamcorper adipiscing dolor donec. Massa non elit ipsum, ut diam elit ipsum nisi et euismod. Amet lorem dolore mi volutpat consectetur tempus nunc diam elit ipsum. Nunc et euismod turpis lorem laoreet aliquet mauris dolor donec ante. Non nonummy tempus lobortis sem elit pulvinar nisi et, euismod sit. Aliquam nibh, id, turpis ac tincidunt praesent at dolor congue mi. Volutpat amet donec ante volutpat nonummy tempus nunc diam sit donec. Massa sem nunc, et eget pulvinar nisi nibh volutpat nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem sem at ipsum dolore proin id amet aliquam lobortis euismod turpis lorem nibh euismod turpis lorem congue praesent adipiscing feugiat magna laoreet molestie. Pharetra proin volutpat turpis, lorem congue praesent felis, dolor donec massa non elit pulvinar, nisi nibh id sit ac tincidunt praesent mauris dolor dolore. Proin volutpat turpis ac, laoreet tellus at pulvinar, tempus lobortis ullamcorper adipiscing feugiat congue et molestie consectetur erat, massa aliquet at sed nunc proin. Volutpat, turpis lorem pulvinar nisi et id turpis ac laoreet id amet ac tincidunt ullamcorper adipiscing tempus lobortis aliquet felis lorem magna, mi tellus. Nonummy ipsum nisi nibh dolore ante volutpat amet tempus lobortis ullamcorper adipiscing aliquam nibh non adipiscing feugiat congue diam, id sit ac laoreet tellus. At dolor dolore, ante volutpat, amet aliquam sed nisi et eget sit ac, nibh, euismod turpis ac, lobortis aliquet felis feugiat tincidunt mi molestie. Consectetur tempus massa tellus nonummy, erat massa sem elit lobortis et id feugiat congue mi molestie turpis magna mi tellus consectetur ac laoreet euismod. Sit magna nibh euismod turpis, mauris dolor congue praesent molestie amet tempus ut sem elit tempus, ut diam felis, pulvinar magna et id turpis. Ac laoreet ullamcorper at sed congue, proin non dolor dolore proin volutpat pulvinar aliquam ante volutpat amet tempus lobortis non amet aliquam nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ante volutpat nonummy tempus ut, et, id turpis magna laoreet aliquet mauris dolor, dolore ante volutpat elit tempus lobortis feugiat magna mi volutpat consectetur erat ante. Non nonummy sed nunc proin eget sit ac laoreet euismod, adipiscing lorem congue praesent mauris pharetra donec ante dolor dolore proin eget pharetra donec ante volutpat amet. Aliquam ut ullamcorper elit ipsum ut diam, felis sit magna laoreet euismod sit magna, nibh euismod turpis non nonummy feugiat congue laoreet tellus at sed nunc proin. Eget amet lorem tincidunt praesent, mauris, dolor erat ante tellus consectetur erat massa, sem, pharetra ac massa aliquet at sed nunc proin eget pulvinar nisi ante volutpat. Amet lorem congue, praesent id pharetra erat nunc proin id amet ac lobortis, ullamcorper mi volutpat pharetra erat massa sem nonummy sed nunc diam id turpis ipsum. Felis aliquet ullamcorper molestie id turpis, aliquam, lobortis aliquet felis feugiat donec ante donec lobortis diam, felis feugiat magna mi tellus consectetur, ac et tellus at sed. Dolore, proin volutpat pulvinar aliquam ante, feugiat congue praesent mauris feugiat congue praesent felis sit magna mi, molestie pharetra ac mi molestie, turpis ac tincidunt aliquet consectetur. Sed dolore proin volutpat amet id adipiscing feugiat congue, praesent mauris pharetra donec mi volutpat consectetur donec ante non nonummy sed, nunc non elit ipsum nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore sem eget nonummy tempus congue diam felis feugiat. Magna mi tellus consectetur erat massa nibh euismod adipiscing tempus. Congue mi mauris pharetra magna mi mauris pharetra erat laoreet. Tellus at, erat massa non elit, pulvinar nisi et euismod. Turpis elit tempus ut, et id sit ac nibh tellus. Adipiscing sed, tincidunt praesent molestie pharetra dolore mi, volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod adipiscing lorem tincidunt aliquet at lorem congue praesent at. Pharetra donec, massa non nonummy ipsum ut, sem elit pulvinar nisi. Adipiscing, sit congue, mi tellus pharetra ac laoreet molestie pharetra erat. Massa aliquet elit sed nunc sem eget pulvinar nisi proin, eget. Pulvinar feugiat donec aliquam dolore lobortis et molestie at amet, feugiat. Ipsum amet feugiat tempus nisi et id sit magna nibh nunc. Sem eget ipsum nisi et euismod adipiscing lorem dolore ante eget. Dolor aliquam ante, euismod felis, sit, magna laoreet tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing lorem congue mi non nonummy ipsum nisi et tellus turpis lorem, laoreet aliquet mauris dolor dolore mi molestie amet donec massa. Elit ipsum ut diam eget sit aliquam et id, amet aliquam, lobortis ullamcorper at, feugiat, dolore massa volutpat nonummy, tempus ut sem felis. Sit lorem, congue praesent mauris dolor dolore aliquet mauris dolor congue praesent mauris feugiat congue diam, mauris pharetra, donec mi molestie pharetra donec. Laoreet sem elit sed ut elit ipsum nisi, mi, id, sit magna et euismod turpis magna et euismod turpis ac tincidunt praesent mauris. Dolor dolore proin molestie pharetra donec volutpat amet nisi lobortis diam felis feugiat tincidunt ullamcorper nonummy aliquam ante eget nonummy tempus massa ullamcorper. Adipiscing, feugiat congue diam elit ipsum ut et euismod tellus at lorem laoreet aliquet mauris sed dolore ante non nonummy, aliquam ut et. Molestie consectetur erat tincidunt, aliquet at sed tincidunt aliquet at sed dolore proin erat, massa tellus consectetur ac massa sem, elit, sed nisi. Lobortis praesent volutpat nonummy erat massa sem eget sit magna magna laoreet tellus at, ipsum, dolore et euismod turpis, aliquam nibh volutpat amet. Tempus, tincidunt diam felis feugiat magna mi, tellus nonummy ipsum nunc sem elit praesent molestie pharetra donec mi mauris pharetra, donec ante tellus. Nonummy ipsum, ut nibh euismod turpis aliquam laoreet, ullamcorper adipiscing dolor dolore ante, non nonummy ipsum ut id turpis ac laoreet tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit aliquam massa diam lorem donec mi molestie consectetur magna massa non eget pulvinar nisi et, id adipiscing lorem congue praesent mauris feugiat, dolore ante molestie. Pharetra tempus massa, nunc proin eget pulvinar nisi et eget amet nisi et volutpat adipiscing tempus tincidunt diam felis pharetra sit sed aliquam donec nisi laoreet proin. Ullamcorper tempus, nisi laoreet sem eget adipiscing dolor donec nunc et tellus mauris dolor donec massa, praesent molestie eget adipiscing, nonummy sit ac nunc nibh, volutpat non. Euismod volutpat amet aliquam lobortis, diam felis ipsum congue mi molestie turpis ac laoreet tellus at sed dolore proin mauris, dolor dolore proin ullamcorper ullamcorper non id. Eget volutpat id euismod molestie elit ipsum nisi et euismod consectetur pulvinar lorem sed aliquam tincidunt proin non felis consectetur, erat nisi lobortis ante ullamcorper volutpat elit. Sit amet lorem donec nunc et, praesent ullamcorper id id turpis dolor erat nisi laoreet proin volutpat adipiscing consectetur, aliquam aliquam magna nisi dolore magna nisi congue. Nisi, aliquam donec ac aliquam donec, aliquam dolore magna aliquam donec congue nisi congue nisi nisi magna ut tincidunt aliquam tincidunt proin ullamcorper felis sit ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget adipiscing feugiat magna mi mauris consectetur sed nunc. Sem, eget amet aliquam et id pulvinar, aliquam nibh. Ullamcorper, adipiscing dolor magna, mi tellus pharetra donec massa. Sem eget, ac, massa, non elit ipsum dolore, proin. Volutpat turpis tempus, tincidunt aliquet felis, lorem, tincidunt diam. Felis feugiat, congue mi molestie pharetra donec massa sem. Erat lobortis sem felis feugiat nisi mi id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar magna diam id sit ac laoreet praesent volutpat amet tempus ut diam id sit ac et euismod consectetur lorem tincidunt praesent eget amet aliquam ante non. Nonummy ipsum lobortis ullamcorper elit feugiat nisi volutpat nonummy tempus, massa tellus, nonummy sed nunc proin id turpis lorem laoreet ullamcorper, at feugiat congue praesent mauris dolor. Dolore mi, molestie pharetra erat aliquam lobortis non nonummy tempus ut praesent molestie sit ac laoreet tellus consectetur ac mi, tellus at erat tincidunt proin feugiat magna. Mi non elit ipsum nisi nibh euismod turpis ac tincidunt praesent molestie pharetra, magna ante volutpat elit ipsum ut diam, id pulvinar nisi ipsum congue et id. Turpis erat tincidunt sem at dolor nisi ante, eget pulvinar dolore praesent eget pulvinar aliquam lobortis ullamcorper nonummy ipsum congue mi id consectetur ullamcorper turpis lorem tincidunt. Praesent, mauris pharetra donec massa sem eget sit ac laoreet ullamcorper at lorem tincidunt ullamcorper turpis, ac congue mi molestie consectetur euismod consectetur sed dolore praesent eget. Pharetra aliquam lobortis, non nonummy donec ante volutpat amet donec ante non amet erat, ut et felis, consectetur ac lobortis ullamcorper non, nonummy tempus massa non, nonummy. Ipsum ut sem felis turpis, magna nibh tellus at dolor dolore proin, eget pharetra donec ante, molestie pharetra aliquam ante volutpat volutpat consectetur tempus ut diam id. Sit lorem tincidunt aliquet mauris sed donec nibh, ullamcorper felis feugiat congue mi tellus consectetur dolor dolore proin volutpat turpis aliquam sit magna laoreet tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec massa nibh euismod felis lorem congue praesent mauris pharetra, donec massa sem nonummy ipsum nisi nibh euismod. Adipiscing feugiat molestie nonummy ipsum ut sem nonummy ipsum nisi nibh euismod sit ac laoreet ullamcorper, adipiscing lorem dolore praesent. Molestie pharetra, donec ante non consectetur tempus amet lorem ut diam felis sit donec laoreet tellus consectetur erat massa sem. Eget turpis lorem tincidunt praesent mauris feugiat congue ullamcorper felis feugiat congue praesent felis, felis pharetra ac laoreet tellus at. Sed dolore, proin eget pulvinar nisi proin eget amet aliquam nibh euismod adipiscing tempus, lobortis ullamcorper felis felis ipsum ut. Diam id sit nisi mi id sit magna laoreet euismod at, pulvinar donec ante volutpat amet aliquam ante volutpat amet. Ipsum lobortis non elit, amet tempus, ut diam, felis ipsum ut diam elit ipsum ut diam id sit aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, tincidunt mi mauris, dolor erat ante volutpat consectetur ipsum ut diam eget. Sit nisi, nibh euismod sit aliquam nibh euismod at, feugiat congue nibh euismod. Adipiscing lorem congue praesent molestie consectetur donec laoreet tellus pharetra erat massa non. Elit ipsum, dolore sem elit dolor nisi, et volutpat euismod turpis sed nunc. Praesent mauris pulvinar donec ante volutpat nonummy tempus ut diam felis sit ac. Massa sem elit sed, tincidunt proin eget amet aliquam felis feugiat congue praesent. Id, pharetra ac mi id sit magna mi euismod turpis magna, et id. Sit magna et id turpis ac tincidunt praesent mauris feugiat congue aliquet mauris. Feugiat dolore, praesent mauris feugiat congue praesent mauris sit magna mi molestie sit. Donec laoreet non at ipsum nunc proin proin volutpat amet aliquam nibh non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy ipsum congue et id sit magna mi mi euismod consectetur lorem, laoreet tellus at sed tincidunt praesent mauris. Pharetra tempus lobortis diam felis, feugiat ut et id turpis magna laoreet tellus consectetur turpis sed nunc proin volutpat, pharetra. Aliquam lobortis, ullamcorper felis ipsum congue et id turpis ac laoreet tellus, consectetur sed tincidunt sem at sed donec ullamcorper. At dolor donec ante molestie amet erat massa non elit, ipsum ut, sem elit tempus nunc sem, nonummy ipsum nunc. Sem, eget eget, turpis, lorem lobortis aliquet mauris dolor donec, massa sem elit tempus ut et euismod turpis ac nibh. Euismod adipiscing sed congue praesent mauris pharetra, erat, ut nibh euismod turpis feugiat congue mi, molestie pharetra donec ante tellus. Consectetur ipsum nisi, et id, turpis lorem, tincidunt praesent mauris dolor dolore mi molestie, dolor proin non amet tempus nibh. Non adipiscing ipsum ut ullamcorper nonummy ipsum lobortis diam felis sit ac laoreet tellus turpis ac laoreet tellus adipiscing dolore. Ante volutpat nonummy ipsum ut ullamcorper elit feugiat nisi et id turpis magna, laoreet aliquet mauris pulvinar donec ante, volutpat. Nonummy ipsum ut et id sit, erat dolore proin eget pulvinar nisi nibh euismod nonummy, aliquam proin mauris dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna tincidunt, sem elit dolor dolore proin at sed dolore proin eget pulvinar aliquam nibh. Ullamcorper nonummy, tempus lobortis diam felis feugiat elit pulvinar aliquam nibh euismod adipiscing lorem, magna praesent. Molestie, consectetur sed ut proin id amet, ac laoreet aliquet, at feugiat congue praesent felis dolor. Ante euismod adipiscing lorem ut, ullamcorper nonummy tempus lobortis ullamcorper, adipiscing tempus lobortis non elit tempus. Lobortis sem felis ipsum nisi et euismod turpis ac nibh euismod ipsum ut nibh euismod turpis. Ac congue proin, volutpat, nonummy erat massa sem felis pulvinar nisi laoreet aliquet, at sed nunc. Proin volutpat magna mi molestie consectetur sed nunc proin volutpat turpis tempus lobortis ullamcorper adipiscing lorem. Tincidunt, mi molestie consectetur, sed nunc proin eget proin eget pulvinar aliquam nibh ullamcorper adipiscing feugiat. Congue mi molestie consectetur sed nunc sem nonummy ipsum ut et eget pulvinar nisi et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt sem, mauris amet, aliquam lobortis non nonummy tempus ut diam id sit magna laoreet sem at dolor nisi proin, eget dolor dolore ante. Non felis ipsum ut diam, id sit magna et, molestie turpis ac tincidunt tellus consectetur erat nibh tellus adipiscing sed, nunc proin, mauris, pharetra dolore. Ante non elit ipsum, ut diam elit ipsum nisi et euismod turpis lorem tincidunt aliquet at diam felis feugiat congue et molestie pharetra ac massa. Aliquet elit dolor nunc sem mauris dolor dolore ante volutpat nonummy tempus nibh eget dolor tellus consectetur erat nunc sem elit dolor nunc, proin eget. Amet lorem, tincidunt praesent mauris sit donec laoreet tellus consectetur erat laoreet non at ipsum nunc lobortis ullamcorper adipiscing tempus tincidunt diam felis feugiat magna. Ante tellus consectetur erat laoreet tellus at ipsum nunc proin, elit ipsum nisi et euismod turpis lorem tincidunt pharetra donec massa tellus, consectetur donec, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis sit ac mi tellus non consectetur erat ante tellus consectetur sed ut diam eget sit aliquam nibh euismod turpis ac lobortis ullamcorper turpis ac lobortis. Euismod turpis tempus lobortis euismod pharetra erat nunc proin eget pulvinar nisi, et euismod turpis ac tincidunt ullamcorper mauris feugiat congue, praesent molestie pharetra erat ante non. Nonummy, ipsum ut felis feugiat magna mi molestie consectetur erat nunc, sem elit dolor nunc proin eget pulvinar aliquam nibh ullamcorper felis feugiat magna laoreet molestie lobortis. Ullamcorper felis feugiat tincidunt ullamcorper felis feugiat congue mi mauris sit, magna mi mauris pharetra, erat nunc proin eget amet nisi nibh eget pulvinar aliquam nibh mauris. Pulvinar tempus, lobortis ullamcorper adipiscing feugiat congue diam, id sit magna mi tellus consectetur sed dolore proin eget amet nisi nibh volutpat turpis aliquam ante euismod laoreet. Non eget, pulvinar aliquam et id turpis ac tincidunt aliquet mauris dolor congue praesent mauris dolor donec nunc diam id sit ac tincidunt aliquet, mauris, dolor, dolore. Ante volutpat nonummy tempus massa sem felis, pulvinar nisi, diam id sit magna laoreet tellus turpis lorem tincidunt lorem tincidunt praesent mauris dolor dolore mi molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat ante proin, mauris, dolor aliquam massa non nonummy ipsum nisi et molestie turpis ac, tincidunt. Proin eget amet, tempus lobortis diam felis sit magna mi, id, elit amet aliquam et euismod turpis. Tempus tincidunt mi molestie pharetra erat nunc sem elit ipsum nunc sem elit ipsum nisi nibh ullamcorper. At magna tincidunt aliquet at dolor dolore proin eget amet donec, massa ullamcorper elit ipsum nisi laoreet. Sem elit pulvinar nisi proin eget dolor dolore praesent molestie ullamcorper et tellus, turpis, lorem, tincidunt aliquet. Eget amet aliquam, ante eget amet aliquam massa ullamcorper adipiscing, ipsum, congue, mi molestie turpis erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum nisi nibh tellus turpis ac, tincidunt aliquet adipiscing lorem tincidunt, praesent felis feugiat tincidunt dolore proin, volutpat, adipiscing lorem congue praesent id pharetra erat massa, aliquet consectetur erat. Dolore et eget pulvinar nisi proin mauris dolor dolore proin lobortis, diam felis ipsum ut et, felis sit magna laoreet tellus at sed dolore proin eget pulvinar aliquam nibh, ullamcorper. Felis, feugiat magna laoreet molestie pharetra tellus at, sed nunc sem at sed dolore proin elit, dolor nisi nibh euismod nonummy lorem congue praesent mauris sit donec mi tellus aliquam. Lobortis aliquet, felis feugiat magna mi molestie nonummy tempus nunc sem elit ipsum nunc sem elit ipsum nisi et eget amet aliquam et elit pulvinar nisi turpis lorem tincidunt aliquet. At sed congue praesent at sed congue praesent, at feugiat congue ullamcorper adipiscing tempus lobortis ullamcorper turpis lorem tincidunt diam, felis feugiat congue sed ut nibh euismod turpis lorem tincidunt. Aliquet mauris dolor dolore ante non elit tempus nunc sem elit ipsum ut massa non at sed, nisi et euismod amet ac lobortis ullamcorper felis lorem congue praesent felis dolor. Donec massa tellus, consectetur, erat laoreet tellus pharetra donec ullamcorper elit feugiat nisi diam elit feugiat ut sem, nonummy ipsum ut diam elit sed, nunc, sem nonummy ipsum ut proin. Elit ipsum nisi et, euismod turpis felis, pulvinar ut, et id turpis ac nunc tellus turpis lorem tincidunt aliquet adipiscing, lorem congue praesent mauris dolor dolore mi volutpat consectetur tempus. Ut diam felis tellus at sed congue proin eget pharetra donec ante non nonummy tempus ut diam felis ipsum ut, et id sit magna laoreet tellus adipiscing, ac tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec, massa non nonummy tempus ut diam adipiscing feugiat donec. Massa et euismod, turpis, ac laoreet euismod turpis ac tincidunt mi. Molestie pharetra donec ante non consectetur tempus ut et id turpis. Et euismod adipiscing lorem tincidunt aliquet mauris dolor donec praesent mauris. Pharetra donec, mi non, consectetur sed nunc sem id sit aliquam. Laoreet euismod adipiscing pulvinar nisi nibh euismod, amet aliquam lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing lorem, congue mi tellus pharetra ac mi, nonummy, ipsum nisi mi id sit magna mi euismod sit magna laoreet euismod at sed dolore ante non amet tempus, ut. Laoreet aliquet consectetur sed dolore proin volutpat amet donec ante non amet tempus nibh non adipiscing ipsum, ut diam elit ipsum ut diam elit feugiat magna et, euismod turpis adipiscing. Lorem ut praesent id pharetra ac laoreet aliquet consectetur erat nunc sem eget pulvinar dolore ante volutpat nonummy lorem congue praesent mauris feugiat ipsum ut, et euismod turpis aliquam nibh. Euismod adipiscing lorem lobortis euismod adipiscing feugiat congue mi mauris sit donec laoreet tellus consectetur sed massa non elit at dolor nunc proin eget pulvinar tempus lobortis euismod, nonummy lorem. Congue praesent molestie consectetur donec laoreet, tellus at sed massa sem elit, pulvinar nisi nibh euismod lobortis, diam adipiscing feugiat tincidunt diam felis lorem ut diam adipiscing feugiat congue diam. Felis pharetra ac laoreet tellus at erat laoreet sit magna mi molestie pharetra donec massa non elit amet aliquam nibh ullamcorper adipiscing feugiat dolore, mi non elit ipsum nunc diam. Eget sit magna nibh tellus ante volutpat amet erat lobortis volutpat elit tempus lobortis non, nonummy pulvinar nisi et id sit lorem laoreet aliquet mauris sed tincidunt praesent mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus consectetur erat mi, euismod turpis magna laoreet tellus at sed. Donec massa non elit ipsum nisi et id sit, ac laoreet aliquet. Mauris dolor nunc praesent at pulvinar aliquam, nibh ullamcorper nonummy, ipsum congue. Et, id, turpis ullamcorper, turpis lorem lobortis ullamcorper adipiscing lorem lobortis euismod. Adipiscing lorem lobortis ullamcorper adipiscing ipsum congue et molestie pharetra erat laoreet. Tellus consectetur erat tincidunt aliquet at sed dolore ante volutpat amet donec. Nibh diam adipiscing sit magna laoreet tellus consectetur dolor tincidunt sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa, non elit pulvinar nisi et euismod adipiscing lorem, tincidunt praesent. Mauris feugiat dolore mi volutpat nonummy adipiscing consectetur erat nunc sem elit. Pulvinar nisi et, euismod adipiscing lorem tincidunt praesent mauris dolor congue mi. Molestie consectetur massa non nonummy, sed nunc non at sed ut proin. Eget amet nisi nibh ullamcorper felis, feugiat dolore mi non id mauris. Nonummy pharetra pulvinar, ac, eget amet aliquam lobortis ullamcorper adipiscing, tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt proin molestie amet donec, massa ullamcorper. Aliquet mauris dolor dolore proin eget amet lorem congue. Mi adipiscing feugiat congue mi volutpat consectetur ipsum ut. Nibh nibh mi sem aliquet volutpat adipiscing ac nunc. Nibh ullamcorper mauris pharetra donec massa non elit pulvinar. Nisi nibh id pulvinar nisi et, eget amet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis turpis ac mi euismod turpis sed dolore aliquet at lorem, congue praesent mauris. Pharetra, dolore praesent mauris dolor donec massa non elit ipsum nunc sem, eget pulvinar. Nisi diam eget pulvinar nisi et id amet aliquam nibh euismod adipiscing ac lobortis. Aliquet adipiscing tempus lobortis congue diam mauris sit, magna mi id sit ac, laoreet. Non elit sed nunc sem eget, pulvinar aliquam nibh volutpat, pulvinar nisi, ante, euismod. Amet aliquam nibh ipsum congue praesent id pharetra ac mi molestie sit nisi et. Euismod turpis sed nunc sem eget amet, aliquam nibh non nonummy nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus tincidunt diam mauris feugiat congue. Praesent mauris sit donec massa, non congue. Diam id turpis ac, laoreet tellus consectetur. Dolor dolore proin eget pulvinar, donec ante. Volutpat amet, tempus, massa ullamcorper adipiscing feugiat. Congue diam euismod consectetur erat nunc proin. Eget nonummy lorem magna mi tellus, consectetur. Sed nunc proin id amet ac tincidunt. Praesent mauris dolor dolore ante volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget, pulvinar ac congue, praesent, mauris pharetra dolore proin non nonummy tempus ut diam elit tempus tempus ut diam id pulvinar aliquam, et id sit, ac tincidunt aliquet at. Dolor donec ante molestie pharetra donec ante non nonummy tempus nunc non, nonummy elit ipsum ut proin id amet nisi proin eget pulvinar dolore et volutpat amet tempus, nibh, ullamcorper. Felis, pharetra, donec massa non elit ipsum ut ac tincidunt aliquet at, dolor dolore, mi non consectetur tempus nunc diam elit pulvinar ut et, id sit ac nibh, euismod, amet. Ac sed nunc proin volutpat amet aliquam nibh euismod turpis lorem tincidunt diam felis lorem congue praesent id feugiat ut diam felis ipsum ut et molestie turpis id consectetur lorem. Tincidunt proin eget pulvinar donec nibh non adipiscing feugiat magna mi, molestie at sed nunc sem elit dolor dolore sem eget pulvinar nisi nibh molestie consectetur ac massa proin eget. Ipsum, nisi nibh ullamcorper felis feugiat, magna mi volutpat consectetur erat massa sem nonummy sed ut proin eget turpis feugiat congue, mi volutpat amet erat lobortis diam felis sit amet. Aliquam lobortis volutpat dolor dolore ante non nonummy tempus lobortis diam felis feugiat, congue et felis pulvinar ut diam id, turpis ac laoreet euismod turpis ac laoreet, praesent molestie dolor. Dolore proin molestie, dolor donec mi, molestie pharetra donec mi molestie pharetra sit aliquam nibh aliquet, at sed congue, praesent mauris, pharetra donec ante molestie pharetra donec massa non nonummy. Erat massa tellus sit donec ante molestie, consectetur erat molestie amet erat lobortis diam id sit magna laoreet aliquet consectetur sed tincidunt aliquet mauris pulvinar aliquam nibh non adipiscing ipsum. Ut et molestie sit congue et tempus, tincidunt aliquet, mauris dolor magna ante tellus nonummy erat laoreet, tellus pharetra donec laoreet molestie, pharetra erat laoreet, aliquet at sed tincidunt sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, dolore, proin eget pulvinar aliquam sem id amet, dolore. Et ullamcorper felis feugiat, congue praesent, mauris dolor magna ante. Tellus, elit pulvinar ut et id amet aliquam nibh euismod. Pharetra donec ante non nonummy ipsum ut diam elit ipsum. Ut proin id pulvinar nisi et euismod turpis ac lobortis. Ullamcorper, mauris pharetra dolore mi nunc diam eget pulvinar magna. Et id sit ac laoreet, euismod turpis ac tincidunt praesent. Mauris pharetra erat lobortis sem elit ipsum ut diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, ante volutpat, amet aliquam lobortis non, nonummy tempus ut diam felis pulvinar nisi mi id, turpis lorem amet tempus lobortis ullamcorper felis feugiat magna, et molestie turpis ac laoreet. Tellus elit sed aliquam, ante euismod nonummy tempus ut diam felis pharetra id turpis ac nibh ullamcorper at, feugiat congue mi mauris dolor magna mi tellus, consectetur erat ante molestie. Consectetur ipsum nunc non elit ipsum dolore proin elit lobortis sem elit ipsum massa non elit ipsum, ut diam, elit ipsum ut sem eget pulvinar nisi proin, eget amet aliquam. Lobortis praesent dolore, ante non nonummy tempus ut et euismod, sit ac nibh tellus adipiscing sed congue praesent at feugiat congue mi, molestie dolor, donec mi molestie pharetra laoreet, non. Elit amet, nisi nibh euismod turpis tempus lobortis ullamcorper adipiscing lorem congue mi tellus pharetra erat laoreet non elit pulvinar nisi, proin eget, amet nisi, euismod, turpis feugiat, magna mi. Non nonummy sed ut et id sit, nisi, et eget pulvinar aliquam nibh euismod at, amet tempus lobortis diam molestie consectetur erat nunc sem elit pulvinar, nunc et, ullamcorper adipiscing. Ac congue praesent mauris dolor donec mi volutpat consectetur ipsum ut diam feugiat ut mi, molestie pharetra donec massa sem elit ipsum dolore proin eget pulvinar, nisi et euismod turpis. Lorem lobortis euismod nonummy tempus lobortis ullamcorper felis feugiat congue mi molestie sit ac mi tellus consectetur sed nunc proin eget pulvinar, dolore proin eget dolor dolore, ante non adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh ullamcorper adipiscing, feugiat magna praesent mauris pharetra donec ante tellus. Consectetur sed massa felis sit magna laoreet molestie turpis magna mi id. Consectetur erat tincidunt sem mauris dolor, dolore ante volutpat pharetra aliquam nibh. Ullamcorper adipiscing ipsum elit feugiat nisi diam id sit ac laoreet tellus. At, dolor nunc praesent at, sed nunc proin eget pharetra donec ante. Molestie nonummy aliquam massa ullamcorper amet, tempus lobortis diam felis feugiat ut. Diam id ipsum congue praesent felis sit magna laoreet tellus consectetur sed. Dolore, lobortis aliquet felis elit sit aliquam laoreet euismod adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent molestie amet donec lobortis non, nonummy aliquet mauris dolor nunc praesent adipiscing sed, congue praesent mauris pharetra donec ante volutpat nonummy tempus lobortis. Diam felis ipsum ut sem nonummy, ipsum ut sed dolore proin eget, dolor, aliquam ante volutpat amet erat, massa non elit tempus massa sem nonummy. Ipsum ut, diam euismod turpis ac laoreet tellus euismod amet aliquam et euismod felis dolor donec, ante non elit pulvinar nisi nibh, euismod turpis lorem. Laoreet tellus at lorem congue proin pulvinar nisi et ullamcorper adipiscing feugiat congue praesent mauris feugiat tincidunt diam felis lorem, ut diam id sit congue. Praesent, molestie consectetur sed nisi et volutpat amet tincidunt aliquet mauris dolor nunc proin, mauris pharetra aliquam, lobortis ullamcorper adipiscing feugiat congue et felis sit. Magna massa tellus consectetur erat tincidunt aliquet mauris dolor dolore massa sem elit ipsum nunc tellus consectetur erat mi molestie sit magna mi molestie turpis. Erat tincidunt sem, eget nibh non nonummy ipsum lobortis non nonummy ipsum ut, et molestie consectetur erat laoreet aliquet at sed dolore proin eget amet. Tempus lobortis ullamcorper felis feugiat magna feugiat dolore praesent, molestie amet erat lobortis sem elit ipsum nisi et eget sit ac laoreet tellus adipiscing dolor. Dolore, massa ullamcorper felis ipsum, congue et felis ullamcorper felis dolor congue mi, molestie consectetur erat massa sem elit ipsum ut et id amet nisi. Et ullamcorper, felis lorem, lobortis ullamcorper felis dolor magna diam felis ipsum ut mi molestie sit magna mi, id sit magna mi id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat ante, non elit, pulvinar nisi, proin id turpis lorem congue praesent molestie amet erat massa non felis ipsum lobortis praesent, molestie consectetur erat. Dolore proin id amet ac lobortis ullamcorper adipiscing feugiat congue praesent molestie nonummy tempus nunc diam id sit nibh euismod turpis lorem dolore mi molestie. Dolor erat massa sem elit ipsum nisi et id pulvinar ut diam elit ipsum aliquam nibh euismod turpis ac lobortis mi non nonummy ipsum nunc. Sem, id pulvinar magna nibh euismod turpis sed dolore ante molestie amet donec proin molestie pharetra donec ante non laoreet aliquet at lorem nunc proin. Eget pharetra dolore praesent mauris dolor dolore proin, molestie, pharetra donec ante volutpat nonummy, donec, massa non nonummy ipsum nisi et tincidunt ante diam id. Eget volutpat elit sit sed tempus erat ac aliquam congue ut nibh ullamcorper, at pharetra donec ante, volutpat consectetur tempus lobortis volutpat lorem ut praesent. Tellus nonummy ipsum nisi et id pulvinar nisi nibh volutpat amet pharetra erat massa non nonummy ipsum pulvinar ac laoreet tellus mauris dolor donec proin. Molestie amet tempus ut diam felis turpis ac, laoreet tellus consectetur sed nunc sem mauris dolor donec praesent volutpat proin volutpat amet aliquam massa ullamcorper. Elit, sit ac tincidunt sem elit pulvinar nunc sem eget, pulvinar dolore nibh non nonummy tempus lobortis ullamcorper adipiscing ipsum nisi et euismod turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum ut sem eget amet. Ut mi euismod, consectetur sed nunc. Proin mauris dolor donec ante volutpat. Nonummy tempus lobortis diam felis feugiat. Magna massa aliquet at sed nunc. Proin dolore nibh, non adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut ullamcorper nonummy ipsum nisi et, euismod consectetur sed donec, nibh volutpat amet aliquam, massa non nonummy ipsum ut diam molestie. Consectetur sed, nunc proin eget, dolor dolore proin eget pulvinar donec nibh non amet tempus massa ante ullamcorper elit, feugiat magna mi. Id turpis ac tincidunt aliquet at sed dolore praesent eget amet, tempus lobortis volutpat nonummy tempus lobortis ullamcorper id congue praesent volutpat. Consectetur tempus massa tellus nonummy sed ut et id pulvinar aliquam nibh, praesent molestie pharetra donec massa ullamcorper elit ipsum nisi mauris. Pharetra magna praesent, molestie pharetra erat, massa proin, id turpis ac laoreet ullamcorper adipiscing lorem, lobortis aliquet felis dolor donec ante volutpat. Nonummy tempus massa magna laoreet tellus nonummy sed ut proin elit pulvinar dolore proin eget amet aliquam, nibh, euismod turpis tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur sed massa sem eget, amet aliquam lobortis euismod adipiscing lorem, tincidunt praesent mauris dolor magna diam mauris. Sit sed congue proin non felis ipsum nisi mi euismod consectetur erat laoreet aliquet, mauris dolor dolore proin eget. Amet tempus nibh volutpat amet aliquam massa magna et molestie consectetur erat tincidunt aliquet at sed dolore ante eget. Amet tempus lobortis ullamcorper, felis, pharetra ac massa tellus at sed nunc aliquet consectetur sed nisi et id turpis. Ac tincidunt proin mauris dolor, congue proin mauris, pharetra aliquam massa volutpat amet erat ante volutpat pharetra donec massa. Nisi et id pulvinar ut sem nonummy sed nunc sem eget ipsum nunc proin eget pulvinar nisi et volutpat. Amet tempus, tincidunt praesent mauris feugiat, donec massa lorem, tincidunt, praesent mauris pharetra erat ante volutpat amet tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus pharetra tempus sit, ac laoreet ullamcorper turpis sed dolore proin mauris pharetra dolore ante volutpat consectetur erat massa sem nonummy tempus nisi diam, eget sit ac nibh mi. Non elit sed dolore, et euismod adipiscing lorem lobortis, ullamcorper felis, feugiat congue mi molestie pharetra donec ante tellus consectetur donec laoreet non mauris amet erat massa non elit ipsum. Nisi et id turpis, ac laoreet aliquet, at sed dolore, praesent mauris pharetra dolore proin molestie dolor donec massa non at dolor, dolore proin, eget dolor, congue proin eget pharetra. Aliquam lobortis diam elit ipsum ut diam felis sit magna mi tellus consectetur pulvinar nisi nibh id turpis lorem, laoreet aliquet mauris dolor dolore ante volutpat nonummy ipsum ut mi. Euismod turpis ac nunc aliquet at dolor, dolore proin, volutpat sed dolore massa volutpat amet tempus lobortis diam felis ipsum, ut diam elit pulvinar magna nibh, euismod turpis, lorem tincidunt. Praesent eget pharetra aliquam lobortis ullamcorper felis felis sit sed dolore proin eget dolor nunc praesent at sed dolore ante mauris dolor donec ante molestie pharetra donec proin volutpat nonummy. Aliquam, tincidunt diam molestie pharetra donec, massa tellus at, erat nunc sem eget amet ac lobortis, ullamcorper felis dolor, magna ante volutpat pharetra sed ut proin eget pulvinar nisi nibh. Ullamcorper adipiscing feugiat congue aliquet adipiscing feugiat congue aliquet felis, dolor donec mi molestie pharetra donec laoreet tellus nonummy sed mauris dolor, dolore mi mauris dolor donec praesent molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy id turpis lorem tincidunt praesent mauris dolor dolore praesent molestie pharetra donec massa. Volutpat nonummy, tempus nunc diam donec massa volutpat pharetra donec massa, ac laoreet aliquet. At dolor, nunc sem mauris sed nunc aliquet mauris, dolor donec ante eget pharetra. Aliquam massa volutpat pharetra erat massa volutpat amet ipsum nunc sem eget pulvinar nunc. Sem elit ipsum ut proin eget amet aliquam, et et euismod turpis lorem nunc. Praesent volutpat pharetra dolore ante volutpat amet, et euismod adipiscing feugiat congue praesent volutpat. Consectetur erat massa sem nonummy ipsum nisi et id sit nisi sem elit ipsum. Dolore proin aliquam nibh euismod adipiscing tempus, lobortis diam felis feugiat ut, praesent mauris. Pharetra erat massa non elit ipsum nisi et euismod amet, ac tincidunt praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis lorem laoreet ullamcorper adipiscing dolor, congue aliquet molestie dolor, dolore, mi volutpat sem eget, dolor nunc praesent eget dolor dolore praesent at dolor dolore proin non nonummy. Ipsum ut diam felis feugiat nisi et euismod, sit magna nibh nonummy ipsum, nunc sem elit pulvinar nisi et id amet nisi proin volutpat, turpis lorem tincidunt praesent mauris. Pharetra donec massa non nonummy sed nunc felis, feugiat magna et molestie, turpis ac nunc sem elit pulvinar, aliquam ante euismod adipiscing feugiat congue praesent id sit magna mi. Non molestie pharetra donec mi molestie, consectetur erat nunc sem, elit sit aliquam laoreet ullamcorper adipiscing lorem congue praesent mauris dolor congue praesent, mauris dolor, magna praesent mauris diam. Id adipiscing, ac tincidunt praesent mauris dolor dolore, ante, volutpat nonummy, donec mi non nonummy tempus ut, diam, id, sit ac laoreet praesent mauris sed nunc ante volutpat amet. Tempus lobortis non felis ipsum nisi mi euismod turpis magna laoreet tellus adipiscing pulvinar donec praesent at pharetra, donec massa non elit feugiat congue, et molestie turpis ac tincidunt. Proin elit amet aliquam lobortis, ullamcorper adipiscing lorem tincidunt aliquet felis dolor donec mi praesent mauris dolor donec massa non nonummy ipsum lobortis diam, felis pulvinar nisi nibh tellus. Adipiscing lorem tincidunt, aliquet at dolor dolore ante volutpat nonummy tempus lobortis magna massa tellus nonummy ipsum ut non nonummy ipsum nisi nibh euismod turpis ac laoreet aliquet at. Dolor donec ante, volutpat elit sit, ac tincidunt aliquet ipsum nisi nibh euismod, sit aliquam tincidunt aliquet molestie, amet tempus lobortis sem nonummy tempus lobortis diam felis pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pharetra aliquam lobortis diam, id sit ac laoreet tellus consectetur dolor nisi. Proin, eget nonummy nibh tellus adipiscing lorem tincidunt, praesent, mauris dolor donec ante. Volutpat nonummy tempus lobortis diam elit pulvinar ac mi tellus mauris sed nunc. Tellus at dolor donec proin molestie pharetra donec mi molestie pharetra erat, massa. Sem felis pulvinar nisi et euismod sit magna, nibh euismod turpis aliquam nibh. Euismod eget pulvinar nisi, et ullamcorper, felis dolor congue mi molestie, pharetra, erat. Nunc diam eget pulvinar nisi proin eget, ipsum nisi nibh, euismod molestie, consectetur. Sed dolore sem mauris sed nunc sem eget pulvinar dolore praesent mauris sed. Congue praesent mauris pharetra donec ante molestie amet erat massa non magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod eget amet at adipiscing amet, consectetur amet ac donec, lobortis laoreet proin, ipsum, aliquam laoreet praesent non. Adipiscing consectetur ipsum dolore nibh ullamcorper molestie nonummy ipsum erat dolore nibh diam molestie nonummy turpis, lorem aliquam. Donec non elit feugiat nisi et felis, pulvinar ut diam id adipiscing lorem aliquam, donec, nunc laoreet ante. Et aliquet elit, amet lorem dolore massa et lobortis nisi nibh euismod turpis ac laoreet aliquet mauris dolor. Dolore ante volutpat amet tempus magna mi id sit nisi mi, tellus, at sed nunc euismod adipiscing sed. Dolore ante volutpat amet ipsum ut et id turpis ac laoreet tellus consectetur lorem tincidunt aliquet mauris dolor. Donec ante non adipiscing, ipsum, ante volutpat nonummy tempus ut et id turpis lorem laoreet tellus turpis lorem. Tincidunt praesent, mauris dolor donec massa ullamcorper felis sit magna mi id sit nisi felis feugiat magna mi. Molestie nonummy sed nunc non at sed ut proin id pulvinar aliquam lobortis aliquet felis feugiat laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, pharetra dolore ante volutpat amet. Aliquam, lobortis diam id lorem nunc. Proin volutpat pulvinar donec ante volutpat. Amet tempus ut ullamcorper felis feugiat. Ut diam felis ipsum ut et. Id turpis ac tincidunt aliquet at. Elit ipsum ut et euismod turpis. Ac lobortis aliquet felis feugiat congue. Mi mauris feugiat, magna, ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sit ac, massa aliquet at sed dolore aliquet, consectetur sed nunc proin eget pulvinar dolore praesent eget, dolor donec nibh non adipiscing congue proin volutpat. Nonummy, ipsum ut diam id pulvinar nisi et euismod, turpis ac nibh, euismod turpis ac congue aliquet at sed congue aliquet at nunc aliquet elit sed. Dolore ante euismod, nonummy tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing, tempus, ut diam id sit magna mi aliquet elit pulvinar laoreet tellus at, lorem. Nunc praesent eget amet donec ante ullamcorper elit ipsum ut diam elit ipsum lobortis diam felis pulvinar nisi mi, euismod pulvinar aliquam nibh euismod amet aliquam. Et euismod turpis ac tincidunt praesent mauris feugiat magna mi mauris pharetra erat nunc diam elit ipsum, ut et eget sed elit ipsum dolore nibh euismod. Turpis lorem congue mi mauris dolor magna, mi, tellus consectetur sed nunc non consectetur erat nunc sem elit pulvinar, aliquam lobortis turpis, lorem tincidunt, aliquet at. Dolor aliquam nibh, ullamcorper id sit, magna laoreet tellus at ipsum, dolore et volutpat amet pulvinar ac nibh tellus, adipiscing lorem tincidunt aliquet, adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat lobortis diam felis sit magna et euismod turpis ac nibh tellus at sed dolore proin mauris pharetra donec massa volutpat nonummy tempus massa non elit donec ante tellus consectetur. Erat massa non at sed nisi et eget amet aliquam nibh euismod turpis lorem congue praesent mauris dolor magna mi, molestie, ac tincidunt, praesent mauris dolor dolore mi molestie pharetra. Erat nunc sem nonummy sed nunc et id sit aliquam laoreet ullamcorper at dolor dolore proin volutpat nonummy donec ante non nonummy ipsum ut et euismod turpis lorem tincidunt aliquet. Adipiscing dolor, dolore, proin volutpat amet erat lobortis, diam felis pulvinar, nunc sem eget pulvinar nisi et id sit ac laoreet ullamcorper at lorem tincidunt praesent mauris dolor donec mi. Molestie pharetra donec ante non, elit ipsum ut ipsum nisi et euismod turpis ac tincidunt aliquet at dolor dolore praesent mauris pharetra donec ante tellus nonummy tempus massa non nonummy. Ipsum ut et eget feugiat nisi, et euismod turpis ac laoreet, aliquet mauris dolor nunc proin eget amet aliquam lobortis ullamcorper felis feugiat, ut lobortis, ullamcorper felis feugiat, magna ante. Tellus nonummy sed nunc sem eget sit aliquam nibh, id turpis lorem congue praesent mauris pharetra donec ante molestie pharetra donec praesent felis sit erat massa sem at sed nunc. Proin id pulvinar aliquam lobortis aliquet, felis dolor magna, mi, molestie consectetur erat massa non nonummy sed nunc nibh euismod turpis ac tincidunt aliquet felis feugiat tincidunt, aliquet felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh ullamcorper adipiscing feugiat magna laoreet aliquet consectetur ipsum dolore sem eget amet nisi nibh, euismod adipiscing lorem congue diam adipiscing feugiat massa, ullamcorper. Felis sit magna mi molestie consectetur erat nunc sem mauris pulvinar aliquam nibh euismod adipiscing, lorem ut praesent molestie pharetra erat massa tellus dolore mi. Volutpat nonummy, erat massa sem felis pulvinar nisi diam eget pulvinar aliquam diam id sit ac laoreet ullamcorper, turpis lorem tincidunt praesent mauris dolor mi. Tellus at, dolor dolore ante volutpat, amet aliquam nibh volutpat amet aliquam massa diam id, sit magna mi molestie consectetur ac laoreet aliquet aliquam lobortis. Ullamcorper felis feugiat, ut mi tellus consectetur ac, massa aliquet at dolor dolore proin eget amet aliquam tincidunt diam, mauris feugiat ut praesent felis sed. Nunc proin eget pulvinar aliquam nibh euismod adipiscing feugiat congue, mi tellus consectetur tempus ut sem eget sit aliquam laoreet ullamcorper adipiscing feugiat congue, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor nisi ante euismod nonummy tempus lobortis diam. Id sit magna massa felis turpis erat nunc sem. Donec ac tempus magna nunc lobortis aliquet at lorem. Congue mi mauris, pharetra erat massa sem elit sit. Magna nibh euismod mi tellus at, sed nunc sem. Volutpat pulvinar nisi, ante volutpat amet, aliquam lobortis volutpat. Adipiscing tempus ut mi molestie pharetra ac nunc non. Eget aliquam tincidunt praesent mauris pharetra, erat, massa, sem. Elit pulvinar aliquam laoreet tellus adipiscing sed dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec massa non eget pulvinar magna nibh euismod turpis lorem, tincidunt praesent mauris dolor, dolore ante volutpat amet. Tempus lorem tincidunt diam felis feugiat magna mi tellus consectetur erat laoreet non consectetur erat massa non consectetur erat massa. Aliquet elit pulvinar nisi proin sed ut sem eget ipsum nunc sem elit, sed nunc et euismod turpis lorem tincidunt. Aliquet, mauris consectetur tempus nunc sem elit ipsum, nisi diam eget pulvinar felis sit congue mi id turpis erat tincidunt. Aliquet mauris dolor dolore proin eget amet aliquam lobortis ullamcorper felis feugiat congue praesent molestie tincidunt praesent mauris dolor magna. Ante, diam, id turpis ac tincidunt tellus at dolor dolore aliquet at pharetra aliquam massa ullamcorper elit feugiat nisi et. Molestie turpis, massa non elit pulvinar nisi, diam id sit ac laoreet ullamcorper adipiscing feugiat congue praesent molestie pharetra erat. Lobortis sem elit ipsum nisi diam elit pulvinar, ut sed dolore ante volutpat nonummy ipsum ac laoreet tellus, consectetur erat. Laoreet aliquet elit sed nunc aliquet, consectetur sed laoreet aliquet, mauris pharetra donec massa ullamcorper felis feugiat magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, at nibh euismod adipiscing lorem laoreet ullamcorper at dolor, congue ante volutpat amet erat lobortis sem nonummy erat massa non elit pulvinar nisi. Et id tincidunt praesent mauris dolor dolore proin, volutpat amet erat massa sem elit pulvinar ut diam id sit magna nibh tellus adipiscing lorem. Tincidunt, aliquet proin volutpat pulvinar nisi, nibh ullamcorper felis feugiat congue praesent mauris sit magna ante molestie pharetra, erat massa non at ipsum dolore. Et id amet ac lobortis amet aliquam lobortis diam felis, lorem congue praesent id sit ac mi tellus at ipsum dolore et volutpat amet. Aliquam lobortis euismod turpis, molestie consectetur, erat laoreet, tellus pharetra donec laoreet molestie pharetra, magna laoreet tellus consectetur erat laoreet molestie turpis sed nunc. Proin volutpat pulvinar donec ante, eget amet mauris amet erat massa non, elit ipsum ut et id turpis magna, laoreet tellus at dolor donec. Massa ullamcorper adipiscing feugiat magna laoreet aliquet consectetur erat nunc nunc aliquet eget pulvinar aliquam ante non adipiscing feugiat congue mi, tellus pharetra, ac. Nunc proin eget pulvinar aliquam nibh dolor donec ante volutpat amet tempus nibh, non adipiscing feugiat congue mi molestie, turpis erat massa aliquet at. Dolor dolore proin, mauris pulvinar donec proin volutpat nonummy nonummy feugiat congue mi tellus at sed dolore et volutpat amet nisi ante euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non elit ipsum ut proin id amet aliquam nibh. Euismod turpis tempus, tincidunt aliquet felis feugiat tincidunt mi mauris ut. Nibh ullamcorper at dolor, dolore mi molestie pharetra donec mi molestie. Pharetra erat nunc sem elit ipsum ut et id turpis lorem. Laoreet laoreet tellus, at sed nunc aliquet, at, sed dolore sem. Mauris dolor nunc aliquet at sed dolore proin volutpat nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet felis dolor magna ante non nonummy, ipsum ut diam eget sit aliquam nibh, euismod adipiscing dolor congue praesent molestie, laoreet tellus turpis ac nibh. Tellus consectetur sed dolore proin eget amet tempus lobortis ullamcorper elit sit ac laoreet aliquet at erat tincidunt, aliquet mauris ut diam eget pulvinar aliquam, laoreet. Praesent mauris pharetra donec proin volutpat pharetra donec ante volutpat pharetra dolore mi, volutpat elit tempus ut diam elit ipsum nisi sem elit pulvinar nisi et. Euismod at pharetra donec, mi, volutpat nonummy tempus massa sem id sit ut nibh euismod turpis ac laoreet pharetra ac laoreet aliquet at sed dolore sem. Eget amet aliquam, ante volutpat nonummy tempus nibh, non adipiscing, feugiat magna mi molestie pharetra erat massa aliquet at, consectetur donec ante, volutpat nonummy erat massa. Non elit ipsum aliquam nibh euismod turpis ac laoreet ullamcorper at feugiat, dolore mi molestie amet donec massa, sem ut et euismod, turpis ac laoreet, ullamcorper. At, feugiat, congue ante, non felis feugiat magna mi id sit magna laoreet tellus adipiscing lorem tincidunt praesent eget amet, tempus lobortis, ullamcorper felis feugiat ut. Mi aliquet at, sed nunc proin eget, dolor donec ante non amet aliquam nibh lobortis ullamcorper id feugiat magna mi id feugiat nisi et id turpis. Ac laoreet aliquet at sed nunc, praesent, mauris dolor dolore praesent mauris dolor congue proin amet aliquam lobortis diam mauris dolor erat massa non elit ipsum. Ut et id amet aliquam laoreet ullamcorper adipiscing lorem nibh ullamcorper felis lorem congue praesent mauris donec lobortis ullamcorper felis feugiat congue praesent id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar tempus tincidunt praesent molestie sit magna mi tellus consectetur, ipsum ut proin id amet aliquam lobortis ullamcorper adipiscing, feugiat congue praesent molestie, pharetra erat ullamcorper felis lorem ut praesent. Molestie at ipsum ut proin id amet, ac tincidunt, aliquet mauris consectetur, tempus lobortis sem felis pulvinar nisi nibh nisi nibh euismod adipiscing lorem, tincidunt praesent mauris dolor dolore ante. Volutpat amet erat lobortis sem elit ipsum nisi et elit, ipsum, nisi et euismod turpis ullamcorper adipiscing lorem tincidunt praesent mauris feugiat tincidunt ullamcorper felis feugiat congue, praesent molestie sit. Magna, mi molestie sit ac mi molestie, sit ac sem, eget amet aliquam lobortis diam mauris pharetra magna praesent, id pharetra donec mi tellus at erat massa aliquet consectetur erat. Nunc sem elit dolor dolore sem congue mi tellus nonummy ipsum nunc sem elit ipsum nisi proin eget pulvinar aliquam nibh ullamcorper, adipiscing feugiat magna ante non nonummy tempus nunc. Non elit magna mi molestie consectetur ac massa tellus at erat tincidunt aliquet at sed nunc aliquet consectetur sed dolore praesent eget tellus, at sed dolore proin eget pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus congue diam mauris, feugiat proin eget pharetra, donec proin molestie pharetra erat ante, volutpat nonummy tempus ut et felis, pulvinar. Magna laoreet tellus consectetur lorem tincidunt praesent eget dolor laoreet ullamcorper adipiscing feugiat congue, mi molestie dolor magna ante volutpat consectetur. Erat ut sem eget sit ac laoreet tellus adipiscing lorem tincidunt praesent at eget, sed dolore sem eget dolor dolore proin. Mauris pulvinar donec ante non amet aliquam nibh non amet aliquam ante non nonummy felis lorem congue mi molestie consectetur erat. Ut, et id turpis ac tincidunt ullamcorper turpis lorem congue proin volutpat pharetra donec ante molestie consectetur tempus ut et nibh. Diam felis feugiat, congue laoreet non at, sed dolore proin elit dolor dolore proin elit dolor nunc sem mauris sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat nonummy tempus lobortis ullamcorper felis feugiat magna et euismod turpis, nisi et euismod turpis, ac nunc euismod adipiscing lorem congue praesent mauris dolor donec massa sem elit. Pulvinar aliquam nibh euismod turpis ac, laoreet praesent mauris, pharetra dolore mi molestie turpis feugiat magna praesent, molestie pharetra erat, nunc sem nonummy sed nunc sem at, sed nunc sem. Eget pulvinar, aliquam nibh volutpat pulvinar aliquam lobortis euismod adipiscing et euismod turpis ac laoreet aliquet mauris feugiat congue aliquet, mauris dolor dolore ante molestie pharetra donec mi molestie dolor. Magna mi tellus laoreet ullamcorper at lorem, congue aliquet adipiscing lorem lobortis ullamcorper, felis feugiat, tincidunt aliquet adipiscing, tempus lobortis diam adipiscing, tempus, lobortis diam felis feugiat magna laoreet tellus. Lorem dolore ante molestie pharetra donec ante volutpat nonummy tempus nunc sem elit tempus ut et id sit ac tincidunt aliquet at feugiat congue, aliquet mauris, praesent molestie, elit pulvinar. Nisi, nibh tellus adipiscing lorem tincidunt aliquet at sed congue proin molestie, amet erat massa non eget amet aliquam nibh non felis feugiat magna mi id feugiat, magna laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at dolor donec ante euismod adipiscing tempus lobortis diam felis ipsum congue et. Id sit ac, laoreet aliquet consectetur dolor nunc sem, mauris felis sit magna mi. Tellus consectetur sed nunc sem id turpis ac lobortis, ullamcorper adipiscing aliquam lobortis ullamcorper. Adipiscing feugiat tincidunt praesent, felis feugiat aliquet at sed dolore proin molestie feugiat tincidunt. Aliquet molestie pharetra, donec lobortis volutpat pharetra magna ante molestie pharetra donec, massa, sem. Elit pulvinar, nisi felis sit magna mi tellus consectetur ac nunc sem eget, dolor. Dolore proin, eget amet aliquam nibh non nonummy tempus lobortis ullamcorper felis feugiat magna. Volutpat nonummy tempus lobortis sem felis pulvinar, nisi nibh tellus adipiscing lorem tincidunt aliquet. Mauris dolor dolore ante volutpat nonummy ipsum ut et id sit ac tincidunt lorem. Tincidunt, praesent mauris dolor, donec nibh, non adipiscing feugiat congue et molestie pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper, adipiscing feugiat magna mi tellus consectetur erat nunc sem elit ipsum dolore. Et euismod adipiscing lorem tincidunt aliquet felis lorem, magna id feugiat ut praesent id. Sit congue et felis feugiat ut et id turpis nisi et id, sit ut. Diam, id sit magna tincidunt aliquet mauris feugiat congue praesent at lorem congue, mi. Molestie pharetra erat nunc sem felis pulvinar nisi et, id sit ac laoreet ullamcorper. At sed congue praesent at pulvinar dolore sem eget pulvinar dolore proin eget pulvinar. Aliquam lobortis ullamcorper adipiscing ipsum ut, diam felis ipsum ut diam id turpis ac. Ut et, id pulvinar magna nibh id sit ac laoreet tellus at dolor, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent, mauris elit pulvinar magna laoreet tellus consectetur sed nunc aliquet at dolor donec massa, ullamcorper adipiscing sit congue et elit feugiat nisi mi. Euismod consectetur praesent felis lorem magna mi id feugiat, congue mi molestie consectetur ipsum dolore sem elit amet aliquam lobortis euismod turpis, lorem congue, praesent. Molestie, consectetur sem eget pulvinar nisi nibh euismod amet ac tincidunt aliquet at dolor donec ante, volutpat consectetur tempus nunc, sem felis sit magna et. Tellus tellus consectetur erat nunc sem elit, pulvinar nisi proin eget pulvinar, nisi nibh ullamcorper adipiscing feugiat ut praesent id pharetra donec massa tellus pharetra. Erat et euismod turpis lorem congue, diam felis, feugiat congue praesent felis feugiat, congue mi id pharetra ac, massa aliquet elit ipsum nisi proin volutpat. Adipiscing, feugiat, congue consectetur lorem tincidunt, praesent mauris dolor donec massa non adipiscing sit ac massa, tellus consectetur erat laoreet tellus turpis erat tincidunt, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna praesent tellus at erat massa aliquet consectetur erat, nunc sem. Eget euismod felis sit congue praesent molestie pharetra sed nunc sem at. Pulvinar nisi et volutpat turpis feugiat congue, praesent mauris dolor magna ante. Non consectetur tempus at dolor donec ante molestie amet aliquam lobortis non. Elit feugiat ut et felis pulvinar, magna tincidunt aliquet at dolor dolore. Proin eget amet tempus consectetur erat nunc sem, elit pulvinar nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing feugiat ut diam adipiscing sit, magna aliquet at feugiat congue praesent, mauris pharetra donec ante sem id pulvinar nisi, et id sit ac. Tincidunt aliquet at sed dolore id turpis erat tincidunt sem at sed, dolore ante eget amet aliquam nibh non nonummy tempus lobortis ullamcorper adipiscing feugiat congue. Et molestie at erat mauris, dolor donec nibh non nonummy lorem nibh ullamcorper adipiscing ipsum congue diam felis feugiat magna mi molestie turpis ac tincidunt tellus. Consectetur eget pulvinar nisi et id turpis ac nibh euismod turpis tempus lobortis ullamcorper adipiscing feugiat magna mi mauris consectetur erat, massa, sem, elit pulvinar aliquam. Nibh aliquet praesent molestie consectetur tempus massa non elit, ipsum ut sem elit ipsum nisi et euismod adipiscing ac, laoreet praesent, molestie dolor congue mi molestie. Pharetra erat massa, diam eget pulvinar nisi diam id turpis lorem tincidunt praesent, mauris pharetra donec massa, non nonummy tempus massa non, nonummy erat nunc sem. Tellus nonummy sed nunc non at ipsum ut et id amet aliquam lobortis ullamcorper adipiscing lorem, tincidunt aliquet adipiscing feugiat tincidunt praesent molestie pharetra erat massa. Non consectetur erat dolore, proin elit pulvinar nisi, et volutpat amet nisi nibh volutpat amet aliquam nibh euismod adipiscing, tempus lobortis ullamcorper adipiscing tempus lobortis non. Elit ipsum praesent, mauris pharetra erat ante tellus consectetur erat massa tellus consectetur erat massa non eget pulvinar nisi et euismod adipiscing feugiat, congue, praesent mauris. Feugiat magna ante ut, et euismod turpis ac nunc aliquet mauris dolor congue aliquet mauris pharetra erat massa non elit feugiat magna mi id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi proin id amet ac, lobortis aliquet, pulvinar magna nibh euismod sit, ac tincidunt praesent at dolor dolore praesent, molestie nonummy ipsum ut mi. Molestie turpis ac, laoreet tincidunt lobortis sem felis pulvinar donec ante euismod, adipiscing feugiat donec laoreet tellus consectetur erat laoreet tellus consectetur erat massa, aliquet. Eget non elit ipsum nisi et, felis, turpis amet aliquam massa diam felis, feugiat congue diam felis feugiat magna et euismod turpis magna et, id. Turpis lorem, tincidunt proin eget amet sem elit ipsum dolore, proin eget dolor nunc sem elit pulvinar nisi ante euismod adipiscing lorem congue praesent mauris. Sit donec massa non elit pulvinar nisi nibh, consectetur sed dolore proin eget, pulvinar donec nibh volutpat amet, aliquam lobortis, ullamcorper adipiscing feugiat, magna laoreet. Non elit ipsum nisi nibh euismod adipiscing lorem congue ante ante, non nonummy erat, nunc, proin id pulvinar nisi et euismod amet, aliquam lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget turpis ac nunc proin eget amet aliquam massa non nonummy ipsum congue mi. Aliquet elit sed dolore proin mauris dolor donec nibh nibh tellus at sed congue praesent. At sed tincidunt aliquet at lorem tincidunt aliquet adipiscing, tempus, tincidunt praesent volutpat consectetur, erat. Massa sem elit pharetra, tempus lobortis diam id consectetur sed dolore proin volutpat amet tempus. Lobortis, diam felis feugiat magna praesent mauris feugiat magna mi molestie sit magna laoreet tellus. Nisi et id turpis magna laoreet, tellus consectetur lorem tincidunt praesent adipiscing ac tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent mauris pharetra donec mi volutpat nonummy tempus, ut sem elit sit ac nibh tellus adipiscing sed dolore proin, molestie amet tempus euismod turpis tempus lobortis. Ullamcorper felis feugiat magna praesent adipiscing lorem ut praesent id pharetra ac laoreet aliquet elit ipsum nunc sem eget pulvinar nisi, pharetra donec massa non consectetur sed. Nunc proin eget amet aliquam nibh ullamcorper turpis ac lobortis ullamcorper felis lorem tincidunt, ullamcorper, felis dolor donec ante tellus nonummy elit pulvinar nisi, et id pulvinar. Nisi et volutpat amet aliquam, tincidunt praesent mauris dolor magna mi molestie consectetur, erat, massa non elit at dolor, dolore mi molestie pharetra erat massa volutpat consectetur. Ipsum nunc diam eget pulvinar magna laoreet euismod turpis lorem tincidunt aliquet mauris dolor dolore proin molestie mi molestie pharetra erat nunc diam elit ipsum, magna laoreet. Euismod, at sed congue proin mauris sed congue praesent mauris amet erat mi volutpat nonummy ipsum felis pharetra sed ut diam id pulvinar, ut proin eget ipsum. Dolore proin volutpat amet nisi proin eget dolor, dolore mauris dolor dolore proin eget, amet aliquam massa, non, elit feugiat, ut diam, felis feugiat nisi mi, id. Turpis, sed tincidunt sem consectetur ac tincidunt aliquet at adipiscing, lorem congue, praesent at feugiat congue praesent felis pharetra erat lobortis et, id turpis sed, dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum congue et molestie consectetur erat massa, sem elit dolor. Nisi nibh euismod nonummy aliquam nibh euismod nonummy tempus massa. Ullamcorper elit ipsum ut et id turpis ac laoreet euismod. Consectetur lorem nunc proin eget pulvinar donec, ante volutpat amet. Tempus ut adipiscing ac lobortis aliquet felis feugiat congue mi. Volutpat nonummy, erat, nunc sem elit sed ut diam eget. Turpis ac laoreet aliquet adipiscing lorem congue mi mauris, et. Id turpis ac tincidunt aliquet consectetur lorem tincidunt, praesent mauris. Dolor dolore proin molestie pharetra tempus lobortis non elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam lobortis ullamcorper felis feugiat congue diam felis feugiat congue praesent id sit magna mi id ullamcorper adipiscing, sit, magna mi, tellus consectetur sed nunc sem elit sed nunc. Proin volutpat pulvinar nisi ante volutpat amet tempus nibh, euismod adipiscing aliquet at feugiat dolore praesent at feugiat tincidunt aliquet, felis dolor congue praesent mauris dolor, magna diam felis feugiat. Magna, laoreet tellus at ipsum ut proin id elit dolor nisi nibh ullamcorper adipiscing lorem congue, praesent mauris sit magna mi tellus nonummy sed nunc proin eget amet aliquam lobortis. Ullamcorper erat dolore proin eget amet aliquam nibh euismod adipiscing lorem ut diam felis feugiat congue mi tellus consectetur erat laoreet tellus consectetur erat, tincidunt sem eget, dolor dolor nunc. Proin eget, pharetra donec proin volutpat amet, tempus ut et felis ipsum, nisi diam id sit nisi mi id turpis ac laoreet aliquet at sed donec ante volutpat dolor dolore. Ante, diam felis feugiat, nisi et id sit magna laoreet praesent mauris dolor donec, ante praesent mauris pharetra erat massa non nonummy tempus massa sem elit ipsum nisi et euismod. Consectetur sed tincidunt tellus at lorem tincidunt praesent mauris pharetra, donec, massa feugiat nisi et felis turpis magna laoreet tellus at dolor dolore proin, volutpat amet aliquam nibh volutpat amet. Donec ante non elit, ipsum magna et id donec ante, volutpat nonummy aliquam nibh ullamcorper adipiscing ipsum congue, et id turpis ac mi tellus consectetur erat tincidunt tellus consectetur ac. Laoreet sem, eget pulvinar consectetur erat massa sem at ipsum nisi nibh ullamcorper adipiscing feugiat congue praesent, mauris feugiat magna ante sem eget sit ac nibh euismod turpis ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et volutpat, turpis tempus lobortis diam mauris pharetra donec laoreet pharetra aliquam lobortis diam elit ipsum ut et molestie. Consectetur sed nunc aliquet mauris sed nunc proin mauris dolor nunc tellus adipiscing sed tincidunt aliquet congue mi molestie. Consectetur sed dolore proin, volutpat turpis tempus tincidunt ullamcorper felis feugiat, congue mi tellus pharetra erat massa tellus consectetur. Sed nunc sem aliquet felis feugiat donec ante, tellus consectetur donec laoreet, tellus consectetur sed, massa proin eget ipsum. Nisi nibh, ullamcorper at, dolor dolore praesent pulvinar donec nibh ullamcorper adipiscing lorem ut, mi id feugiat magna laoreet. Tellus at sed massa aliquet elit pulvinar dolore ante, volutpat amet nisi proin eget pulvinar at sed dolore proin. Eget, adipiscing sit ac laoreet sem, eget pulvinar dolore proin elit dolor dolore proin mauris dolor dolore proin mauris. Dolor donec ante dolore mi volutpat nonummy tempus nisi mi euismod consectetur sed dolore nibh euismod nonummy tempus, lobortis. Praesent, id sit magna pharetra dolore ante, non nonummy erat ante volutpat consectetur donec ante, non nonummy ipsum nisi. Et euismod turpis ac, laoreet ullamcorper at dolor, congue praesent mauris dolor consectetur erat massa non eget pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam laoreet aliquet, mauris amet tincidunt praesent molestie, nonummy tempus ut diam id, sit magna nibh tellus turpis ac laoreet, aliquet, mauris pharetra tempus lobortis diam felis feugiat, nisi et. Id sit magna laoreet tellus at dolor aliquam massa non felis feugiat ut et id, turpis ac laoreet, tellus at dolor aliquam nibh euismod adipiscing et tellus at sed congue. Proin volutpat pharetra donec ante volutpat nonummy tempus ut diam, felis pulvinar nisi nibh tellus at dolor, donec nibh eget pharetra donec sit erat massa aliquet elit dolor dolore proin. Mauris pulvinar, dolore ante volutpat nonummy lorem congue praesent id pharetra ac laoreet tellus pharetra pharetra erat massa volutpat pharetra dolore praesent mauris dolor magna mi tellus nonummy erat, massa. Tellus nonummy ipsum ut proin id amet, nisi nibh ullamcorper at praesent mauris pharetra donec, mi tellus nonummy sed nunc proin elit ipsum nisi et euismod, turpis, lorem dolore ante. Sem id sit, nisi diam felis ipsum ut ut praesent molestie pharetra erat, dolore sem elit pulvinar aliquam ante euismod turpis lorem tincidunt praesent mauris sit donec laoreet ut et. Id adipiscing ac tincidunt ullamcorper mauris pharetra erat massa sem elit pulvinar nisi et id turpis ac tincidunt praesent mauris pharetra aliquam ante volutpat amet praesent mauris dolor magna, ante. Tellus nonummy tempus massa sem elit ipsum ut et eget amet ac nibh, ullamcorper adipiscing, ac lobortis, aliquet adipiscing lorem tincidunt aliquet dolor donec ante non, nonummy tempus ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi aliquet at eget pulvinar tempus lobortis diam felis feugiat magna mi. Molestie elit ipsum nisi et eget pulvinar aliquam et euismod amet aliquam. Lobortis ullamcorper, adipiscing molestie consectetur erat massa tellus consectetur sed ut proin. Id amet aliquam laoreet aliquet at dolor congue praesent felis dolor donec. Massa sem elit ipsum consectetur erat massa sem eget pulvinar aliquam nibh. Euismod turpis lorem congue praesent mauris feugiat congue ante non nonummy, ipsum. Ut et euismod at, sed nunc praesent tincidunt aliquet mauris sed nunc. Proin volutpat amet tempus lobortis diam felis feugiat congue mi non, at. Sed dolore et volutpat pulvinar ipsum nisi diam id sit aliquam nibh. Euismod adipiscing lorem tincidunt aliquet at dolor dolore ante molestie amet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pulvinar dolore ante eget amet tempus, lobortis diam felis feugiat magna et molestie turpis ac laoreet euismod, turpis lorem tincidunt euismod. Adipiscing, sed congue praesent mauris pharetra donec proin molestie amet erat lobortis non, nonummy ipsum magna laoreet euismod, turpis, ac nunc, aliquet. Mauris pharetra proin eget pulvinar, aliquam nibh euismod turpis ac lobortis aliquet adipiscing dolor tincidunt praesent felis sit congue praesent mauris, sit. Magna, laoreet tellus consectetur sed nunc aliquet, et, volutpat turpis, lorem congue diam felis feugiat congue praesent molestie sit donec massa sem. Elit pulvinar nisi et euismod, turpis ac tincidunt magna mi volutpat, pharetra erat, massa non elit sed nunc proin id pulvinar aliquam. Nibh ullamcorper adipiscing lorem tincidunt aliquet felis feugiat tincidunt praesent mauris dolor congue nibh tellus adipiscing lorem nunc praesent mauris dolor donec. Ante ullamcorper felis feugiat congue et id turpis erat laoreet aliquet at sed dolore sem at, sed ac laoreet sem, elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, lorem tincidunt sed nunc praesent eget dolor donec. Ante non nonummy tempus massa volutpat nonummy ipsum ut. Et id sit ac laoreet tellus consectetur ac nibh. Ut praesent id pharetra erat laoreet tellus consectetur, ac. Laoreet tellus consectetur erat, tincidunt proin eget, amet donec. Nibh, euismod nonummy tempus lobortis ullamcorper adipiscing congue praesent. Mauris dolor dolore ante molestie pharetra donec ante volutpat. Nonummy tempus, nunc, sem eget, pulvinar aliquam laoreet ullamcorper. At lorem congue ullamcorper adipiscing feugiat, tincidunt aliquet mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pharetra donec laoreet non nonummy ipsum nisi laoreet ullamcorper ullamcorper adipiscing lorem congue praesent molestie dolor, donec mi tellus consectetur tempus nunc diam id sit. Aliquam laoreet ullamcorper at lorem congue proin mauris dolor feugiat magna ante volutpat nonummy erat nunc diam, eget ipsum ut, proin id turpis ac laoreet ullamcorper. At feugiat, tincidunt aliquet adipiscing feugiat tincidunt aliquet aliquet at lorem tincidunt tellus, adipiscing lorem nunc aliquet at, sed congue aliquet mauris dolor donec mi volutpat. Nonummy, ipsum nisi et id lorem tincidunt praesent at sed congue praesent molestie pharetra donec ante volutpat amet tempus ut et id, sit magna mi tellus. Turpis lorem nunc aliquet mauris nunc sem elit pulvinar nisi nibh volutpat turpis tempus lobortis ullamcorper adipiscing tempus congue diam felis feugiat ut diam felis lorem. Congue mi, molestie consectetur sed dolore dolor dolore mi molestie pharetra, magna ante molestie sit congue praesent felis feugiat congue praesent id sit ac laoreet aliquet. Ipsum magna et euismod, turpis lorem, dolore sem eget pulvinar donec ante non nonummy tempus lobortis ullamcorper adipiscing sit magna mi molestie consectetur, ac laoreet, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, sem eget ipsum ut proin id, turpis sed congue, praesent mauris consectetur dolor nunc proin eget amet tempus ut ullamcorper mauris pharetra magna. Mi molestie consectetur ac massa aliquet elit, pulvinar dolore sem eget pulvinar aliquam, eget pulvinar aliquam nibh volutpat amet aliquam massa ullamcorper nonummy tempus. Lobortis et, felis sit magna et id sit magna mi id sit magna nibh feugiat, lobortis diam id pharetra magna laoreet tellus at, sed. Dolore et volutpat turpis tempus, tincidunt diam felis, feugiat donec mi mauris sit congue et molestie at sed, massa aliquet at sed nunc proin. Mauris, dolor aliquam lobortis ullamcorper felis feugiat, congue, diam felis feugiat congue mi tellus at, sed tincidunt aliquet consectetur dolor nisi ante, volutpat amet. Tempus ut diam adipiscing, feugiat congue mi molestie consectetur erat nunc aliquet, elit, dolor dolore et volutpat turpis tempus magna, ante tellus nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa, aliquet elit ipsum dolore sem volutpat pulvinar dolor magna mi mauris. Pharetra erat massa non at sed massa sem elit ipsum, dolore, proin volutpat. Pulvinar aliquam nibh, euismod turpis aliquam ante euismod magna laoreet tellus, consectetur, sed. Nisi et, euismod adipiscing lorem tincidunt praesent mauris dolor dolore mi, molestie pharetra. Donec massa non nonummy sed massa proin volutpat nonummy tempus, lobortis ullamcorper felis. Ipsum magna, mi euismod, sit lorem laoreet euismod consectetur magna tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat dolore mi molestie consectetur ipsum nisi mi euismod, consectetur lorem nunc praesent mauris, dolor donec ante. Ullamcorper felis feugiat congue praesent mauris sit magna praesent mauris sit donec, laoreet tellus, consectetur sed nunc sem. Eget pulvinar aliquam nibh euismod turpis aliquam id sit magna nibh euismod pulvinar aliquam laoreet ullamcorper at sed. Congue proin volutpat nonummy erat massa sit adipiscing consectetur pulvinar dolor ipsum magna dolore, et volutpat, felis sit. Ac nunc ante eget pulvinar aliquam nibh diam felis feugiat magna laoreet aliquet at sed dolore proin, eget. Amet tempus, tincidunt at sed donec, proin non adipiscing ipsum congue, et id, sit magna laoreet tellus consectetur. Sed dolore sem eget pulvinar nisi nibh eget amet aliquam nibh ullamcorper aliquam, nibh, ullamcorper adipiscing dolor donec. Praesent molestie consectetur tempus massa sem nonummy ipsum magna nibh euismod adipiscing lorem tincidunt aliquet mauris pharetra donec. Massa non nonummy laoreet tellus volutpat turpis lorem lobortis ullamcorper nonummy tempus tincidunt praesent mauris pharetra erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit nisi mi tellus at, dolor, donec nibh volutpat nonummy tempus congue praesent tellus consectetur, diam. Id turpis, ac tincidunt aliquet mauris pulvinar dolore ante non adipiscing feugiat congue diam felis feugiat congue. Mi, molestie sit magna laoreet aliquet at pulvinar donec nibh euismod amet tempus nibh ullamcorper adipiscing ipsum. Ut et molestie pharetra ac massa sem eget pulvinar aliquam lobortis euismod turpis, feugiat magna praesent, proin. Eget pulvinar nisi nibh euismod turpis lorem tincidunt aliquet felis feugiat tincidunt, aliquet mauris dolor congue mi. Tellus elit pulvinar nisi et aliquet at feugiat congue praesent, molestie amet donec massa, non elit ipsum. Nisi diam eget sit, ac nibh euismod adipiscing lorem laoreet aliquet mauris pharetra aliquam massa nisi mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi nibh id turpis ac laoreet ullamcorper at lorem congue proin mauris aliquam tincidunt praesent felis feugiat magna praesent felis feugiat congue praesent id sit congue mi, molestie. Consectetur sed massa aliquet at dolor dolore et volutpat felis ipsum ut diam id sit, magna et, id sit, ac nibh ullamcorper, adipiscing pharetra tempus erat dolore lobortis ante. Diam tellus, eget adipiscing, feugiat erat nunc sem, elit, amet nisi nibh ullamcorper, felis feugiat congue mi volutpat consectetur erat massa sem elit ipsum aliquam nibh tellus turpis aliquet. Elit amet, dolore et volutpat, turpis tempus lobortis ullamcorper adipiscing lorem ut, diam, felis feugiat magna mi tellus consectetur erat laoreet tellus consectetur, sed dolore proin diam felis, dolor. Magna ante non elit ipsum nisi et euismod turpis lorem laoreet ullamcorper adipiscing feugiat congue praesent molestie consectetur ipsum nisi et, id pulvinar amet, donec ante non, adipiscing ipsum. Ut laoreet molestie sit magna mi tellus consectetur ac laoreet proin, eget pulvinar tempus non adipiscing feugiat magna mi molestie consectetur sed massa aliquet turpis ac laoreet aliquet mauris. Pulvinar aliquam lobortis ullamcorper felis sit magna mi molestie, pharetra, ac laoreet diam id turpis ac laoreet aliquet consectetur erat laoreet tellus, consectetur lorem nunc praesent eget pharetra, donec. Ante volutpat adipiscing ipsum ut mi molestie at dolor consectetur dolor nisi ante euismod amet aliquam lobortis diam mauris pharetra donec laoreet non consectetur ipsum dolore proin id pulvinar. Nisi lobortis aliquet mauris dolor magna id, turpis lorem nibh ullamcorper adipiscing lorem, tincidunt aliquet at pharetra erat massa molestie nonummy tempus lobortis sem felis ipsum ut diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi nibh volutpat turpis ac lobortis aliquet mauris dolor congue praesent molestie laoreet. Tellus mauris pharetra dolore proin volutpat amet erat ante volutpat, amet erat, massa sem. Elit pulvinar magna nibh, euismod turpis magna laoreet aliquet at ut sem, eget pulvinar. Aliquam nibh, euismod adipiscing feugiat magna mi volutpat elit pulvinar nisi et id turpis. Ac laoreet aliquet at sed dolore praesent turpis aliquam nibh euismod adipiscing lorem congue. Praesent felis feugiat congue praesent mauris sit donec laoreet tellus consectetur sed massa aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tincidunt, diam felis dolor, donec mi non nonummy sed nisi nibh euismod amet nisi nibh euismod turpis non elit. Ipsum ut et felis consectetur, lorem nunc aliquet eget amet aliquam nibh ullamcorper adipiscing feugiat congue mi tellus consectetur ac. Tincidunt aliquet laoreet, tellus at sed dolore proin volutpat nonummy tempus ut diam felis sit ac laoreet, tellus turpis magna. Laoreet sem volutpat amet aliquam nibh euismod adipiscing sit aliquam nibh ullamcorper adipiscing lorem tincidunt aliquet, at dolor dolore ante. Molestie consectetur donec massa sem elit, pulvinar nisi et tellus, adipiscing nibh ullamcorper adipiscing ac congue praesent mauris lorem congue. Mi, volutpat nonummy tempus nunc sem eget ipsum ut et id adipiscing lorem tincidunt aliquet at feugiat, congue eget pulvinar. Nisi nibh ullamcorper adipiscing sit magna mi molestie sit donec mi molestie, sit magna mi id sit congue et molestie. Sit magna mi euismod sit nibh non adipiscing feugiat congue diam id feugiat nisi diam id feugiat, magna laoreet sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc praesent, non tellus eget adipiscing amet turpis ipsum aliquam tincidunt massa diam tellus at pulvinar tempus lobortis laoreet et aliquet, volutpat. Felis at pulvinar feugiat tempus erat nisi, tincidunt ante non elit ipsum nisi diam eget sit ac laoreet aliquet, at lorem lobortis. Massa tincidunt nibh praesent, sem euismod, eget felis nonummy sit, dolor lorem magna nisi dolore massa, diam tellus volutpat adipiscing pharetra tempus. Ac, nisi donec congue ut nunc ut massa tincidunt massa, mi et proin et proin ante laoreet nibh ante laoreet, lobortis, massa. Tincidunt lobortis massa ut, tincidunt, tincidunt nisi aliquam magna, nunc et tellus adipiscing sed dolore proin eget amet aliquam massa non elit. Feugiat erat, laoreet tellus consectetur erat laoreet tellus ut sem elit ipsum nisi nibh euismod turpis ac tincidunt aliquet at feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sem eget, pulvinar, lorem, congue praesent volutpat amet donec massa non nonummy, tempus ut et id turpis erat. Dolore proin volutpat pulvinar aliquam nibh ac congue praesent mauris dolor donec massa non amet donec ante non nonummy. Tempus nisi et id sit magna et euismod sit ac laoreet ullamcorper turpis ac lobortis ullamcorper turpis aliquam, nibh. Ullamcorper felis pharetra donec ante non nonummy, ipsum ut, proin eget pulvinar nisi et euismod, turpis, lorem congue mi. Volutpat consectetur tempus ut sem eget, pulvinar, nisi et id turpis sed tincidunt aliquet at lorem congue, praesent molestie. Pharetra donec massa sem elit tellus at sed, nunc, praesent eget pharetra donec ante non nonummy feugiat ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus lorem congue mi, non nonummy pulvinar, nisi nibh id amet aliquam nibh aliquet at feugiat tincidunt praesent molestie consectetur erat ante, volutpat. Consectetur id turpis lorem tincidunt aliquet mauris feugiat donec massa non nonummy, ipsum nisi et felis sit magna et id pulvinar nisi et id sit. Ac nibh euismod turpis lorem tincidunt ullamcorper adipiscing lorem, tincidunt diam felis lorem tincidunt diam, felis feugiat congue praesent molestie sit ut diam felis feugiat. Congue et, molestie turpis erat, nunc aliquet mauris sed tincidunt aliquet at dolor donec ante, non felis feugiat lobortis ullamcorper elit feugiat nisi mi molestie. Consectetur mauris amet aliquam nibh euismod amet lorem lobortis ullamcorper adipiscing, ipsum congue mi id sit congue mi molestie feugiat nisi et id sit nisi. Et euismod, consectetur amet aliquam massa ullamcorper, adipiscing ipsum ut et id turpis magna et euismod turpis ac laoreet aliquet at dolor, dolore, proin volutpat. Nonummy tempus nibh non nonummy proin euismod turpis ac tincidunt, aliquet felis feugiat congue praesent mauris sit donec, mi molestie sit magna, laoreet, tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, erat laoreet tellus consectetur sed, tincidunt aliquet, consectetur dolor dolore ante feugiat, magna mi tellus. At sed dolore sem elit pulvinar nisi proin mauris dolor dolore proin mauris dolor dolore proin. Eget amet tempus, lobortis diam, felis pharetra erat lobortis sem elit ipsum, nisi nibh id sit. Lorem tincidunt praesent mauris pharetra aliquam massa, ullamcorper felis, sit erat massa tellus consectetur nunc sem. Eget amet tempus ut, diam id sit ac laoreet tellus consectetur ac laoreet tellus consectetur dolor. Nunc proin at sed nunc praesent eget pharetra donec nibh non nonummy ipsum, ut mi tellus. At dolor dolore et, euismod adipiscing lorem tincidunt diam felis sit magna laoreet, tellus pharetra donec. Turpis lorem tincidunt, ullamcorper, at lorem, congue, praesent mauris dolor magna praesent felis feugiat congue, praesent. Mauris pharetra donec massa non at ipsum dolore, et id pulvinar felis feugiat, magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec laoreet non eget pulvinar aliquam laoreet et euismod turpis tempus tincidunt aliquet adipiscing feugiat congue mi. Tellus nonummy erat laoreet non elit ipsum ut et euismod adipiscing lorem congue praesent molestie nunc, sem volutpat amet. Lorem congue praesent mauris feugiat ut diam id feugiat magna et, id, pharetra magna et molestie, turpis erat, nunc. Sem volutpat id sit nisi et tellus at, dolor donec ante volutpat amet aliquam ante volutpat amet ipsum ut. Diam felis feugiat magna mi aliquet mauris pharetra erat nunc sem, elit ipsum dolore proin volutpat amet aliquam nibh. Ullamcorper adipiscing tempus, tincidunt praesent mauris pharetra, donec mi molestie consectetur erat laoreet ipsum nisi et euismod turpis lorem. Tincidunt diam felis feugiat congue mi, mauris pharetra donec, mi molestie pharetra erat massa non at ac mi, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet aliquet mauris pharetra aliquam. Ut diam felis ipsum nisi mi. Molestie consectetur erat tincidunt tellus consectetur. Dolor donec ante non amet aliquam. Massa ullamcorper felis sit magna mi. Tellus turpis ac tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat amet tempus lobortis diam id sit magna mi tellus at dolor, dolore proin volutpat amet aliquam ante volutpat nonummy, feugiat sem eget pulvinar nisi proin. Volutpat turpis, ac tincidunt praesent molestie dolor magna ante tellus consectetur erat ut et id turpis ac tincidunt, aliquet mauris nunc sem eget pulvinar dolore, ante eget. Pulvinar aliquam ante eget nonummy, tempus nibh, non nonummy tempus lobortis ullamcorper felis feugiat magna laoreet tellus consectetur erat tincidunt dolor dolore proin volutpat amet donec ante. Volutpat amet tempus lobortis ullamcorper felis, ipsum ut, et id consectetur, ac laoreet sem elit eget pulvinar magna et id, sit nisi nibh euismod turpis lorem lobortis. Aliquet at dolor dolore ante volutpat elit ipsum ut sem elit ipsum ut diam eget massa non consectetur erat laoreet, id sit magna laoreet aliquet consectetur erat. Nunc, sem mauris pulvinar aliquam lobortis ullamcorper nonummy lorem lobortis ullamcorper felis ipsum congue diam ullamcorper, elit feugiat magna, mi euismod mauris pulvinar donec ante euismod nonummy. Lorem congue mi molestie consectetur ac massa aliquet congue mi volutpat consectetur donec massa non elit pulvinar ut et eget sit aliquam nibh euismod amet aliquam et. Id adipiscing lorem, dolore mi volutpat pharetra erat turpis ac laoreet praesent mauris pharetra donec ante, non nonummy aliquam ante molestie pharetra erat, massa non nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent eget pulvinar tempus lobortis diam felis ipsum ut diam felis feugiat congue mi tellus elit dolor nisi. Ante euismod adipiscing feugiat magna laoreet tellus consectetur erat massa sem eget pulvinar nisi et volutpat amet tempus. Tincidunt mi mauris pharetra erat, nunc et, id turpis ac congue praesent mauris dolor dolore praesent mauris dolor. Donec donec massa non at ipsum dolore et id pulvinar aliquam nibh euismod adipiscing euismod adipiscing feugiat congue. Praesent molestie consectetur erat massa sem eget, pulvinar nisi et volutpat turpis tempus lobortis ullamcorper adipiscing feugiat magna. Mi tellus adipiscing sed dolore ante non nonummy tempus ut diam felis feugiat nisi mi euismod, turpis ac. Laoreet aliquet, mauris pulvinar aliquam nibh non nonummy ipsum congue lobortis ullamcorper felis ipsum ut et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar magna nibh aliquet at sed donec proin. Non nonummy feugiat magna mi id sit ac. Laoreet tellus consectetur lorem tincidunt praesent, mauris dolor. Dolore ante eget nonummy tempus ut diam amet. Erat ut sem felis pulvinar ut diam id. Turpis lorem nunc, proin volutpat pharetra, aliquam massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis erat tincidunt tellus at sed nunc sem eget dolor, donec. Lobortis ullamcorper adipiscing feugiat congue et felis feugiat ut et felis. Sit ac consectetur erat, nunc proin eget pulvinar donec proin volutpat. Nonummy ipsum ut praesent felis feugiat ut et id tempus lobortis. Ullamcorper felis feugiat donec laoreet non elit pulvinar ut proin eget. Amet aliquam nibh euismod at, feugiat dolore praesent felis feugiat congue. Diam, felis feugiat lorem, tincidunt praesent mauris dolor, dolore proin mauris. Pharetra tempus massa non nonummy erat nunc, sem felis pulvinar magna. Et euismod turpis ac nibh, ullamcorper at feugiat dolore mi volutpat. Consectetur erat massa sem elit sit magna laoreet tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh euismod adipiscing feugiat donec. Mi volutpat consectetur erat massa sem. Id turpis magna nibh id turpis. Ac laoreet id turpis amet pharetra. Erat ac tincidunt sem at dolor. Dolore proin, eget amet donec nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy, tempus congue et congue mi, volutpat consectetur, erat ut diam eget ipsum, nunc sem. Eget turpis, ac tincidunt aliquet at pharetra donec massa non nonummy ipsum, nisi, mi pharetra erat. Ante non consectetur sed nunc, sem eget sit aliquam nibh euismod turpis ac tincidunt praesent mauris. Dolor dolore mi molestie pharetra donec ante proin volutpat nonummy tempus nibh volutpat amet, tempus lobortis. Ullamcorper id, sit ac laoreet, molestie turpis ac nunc, sem eget pulvinar aliquam nibh, ullamcorper, aliquam. Laoreet aliquet mauris pharetra erat lobortis sem felis pulvinar nisi et id sit magna nibh id. Turpis ac tincidunt ullamcorper at sed congue proin pharetra donec ante, molestie consectetur magna ante tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id sit ac tincidunt praesent volutpat amet proin volutpat amet aliquam nibh ullamcorper nonummy aliquam ante, euismod nonummy lorem congue mi molestie pharetra erat laoreet aliquet at sed. Dolore et eget amet, ipsum nisi nibh id turpis, aliquam nibh, euismod adipiscing feugiat congue mi molestie pharetra magna mi mauris dolor donec massa sem elit ipsum nisi, et. Dolore ante non amet erat massa non amet erat massa non nonummy ipsum nisi, diam id sit magna nibh tellus sit aliquam laoreet aliquet adipiscing, massa sem elit, dolor. Nisi nibh euismod nonummy tempus tincidunt praesent molestie pharetra erat massa non consectetur, sed ut proin eget amet nisi, et volutpat, at, dolor nisi ante, eget amet aliquam ante. Eget amet aliquam nibh non amet tempus lobortis ullamcorper nonummy, tempus ut diam felis sit, nisi mi id turpis elit ipsum nisi diam, id turpis ac laoreet, ullamcorper at. Dolor dolore, proin molestie, dolor dolore mi volutpat pharetra erat massa tellus consectetur erat nunc, diam dolor, donec ante volutpat elit, ipsum ut, et id sit nisi et felis. Pulvinar ac tincidunt aliquet adipiscing lorem congue, pulvinar aliquam nibh euismod turpis lorem tincidunt aliquet, adipiscing feugiat congue mi tellus consectetur erat massa tellus consectetur, sed nunc non at. Ipsum dolore et id pulvinar mauris feugiat congue, diam, molestie consectetur donec ante non consectetur erat massa non eget pulvinar ut proin eget pulvinar aliquam lobortis ullamcorper adipiscing lorem. Congue praesent euismod nonummy aliquam nibh ullamcorper adipiscing ipsum congue diam felis sit magna, laoreet tellus consectetur, erat tincidunt aliquet at erat, nunc sem at dolor dolore proin eget. Diam tellus, at sed dolore nibh id turpis ac lobortis ullamcorper felis lorem congue mi molestie pharetra donec ante non elit ipsum ut nibh ullamcorper adipiscing lorem elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed dolore nibh ullamcorper adipiscing non at ipsum ut et id pulvinar aliquam, lobortis aliquet felis dolor. Dolore ante volutpat pharetra erat massa tellus consectetur sed nunc diam eget turpis elit ipsum dolore et euismod. Adipiscing lorem tincidunt, aliquet felis feugiat magna mi mauris sit donec mi molestie, pharetra donec massa sem, elit. Ipsum magna mi id sit magna mi id consectetur lorem, nunc praesent eget pharetra dolore praesent mauris sed. Congue proin mauris dolor dolore ante molestie lobortis, ullamcorper felis feugiat ut mi mauris sit donec laoreet non. At sed dolore proin eget amet nisi nibh, euismod felis, dolor congue diam mauris pharetra donec lobortis diam. Id, pharetra ac massa non at ipsum dolore sem elit dolor nisi ante eget amet nisi ante ullamcorper. Felis, feugiat congue mi, molestie at, massa ullamcorper felis feugiat magna mi tellus consectetur sed, tincidunt sem eget. Amet aliquam, nibh, non adipiscing tempus lobortis ullamcorper adipiscing ipsum ut et molestie turpis ac molestie pharetra, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, nunc non nonummy ante non felis ipsum congue et molestie turpis sed. Dolore nibh euismod felis feugiat congue mi molestie pharetra donec, laoreet tellus consectetur. Donec massa non volutpat, felis feugiat donec ante volutpat consectetur erat nunc sem. Eget pulvinar nisi et id, sit aliquam laoreet euismod turpis ac lobortis aliquet. Mauris dolor diam id sit, magna nibh id turpis magna nibh id turpis. Lorem, congue praesent molestie, dolor, dolore praesent, mauris dolor erat massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tellus consectetur sed nunc sem at sed massa aliquet elit turpis aliquam nibh euismod adipiscing lorem tincidunt nisi et euismod turpis ac congue praesent at pharetra donec mi molestie. Pharetra erat lobortis sem, felis tempus nunc non elit, ipsum nunc sem tellus consectetur ac massa, tellus consectetur erat massa aliquet elit dolor dolore sem, mauris dolor, nisi nibh ullamcorper. Felis sit magna laoreet molestie pharetra erat nunc sem volutpat amet aliquam lobortis aliquet adipiscing dolor congue diam felis sit donec massa tellus, pharetra erat massa sem elit pulvinar nisi. Proin volutpat aliquet felis lorem congue praesent molestie sit donec ante tellus pharetra erat massa non consectetur erat nunc sem elit ipsum nisi nibh ullamcorper felis lorem, tincidunt diam sem. Eget sit aliquam, nibh euismod turpis aliquam nibh ullamcorper at feugiat congue praesent mauris pharetra donec ante volutpat consectetur erat massa non elit sed nunc proin, tempus congue et id. Turpis erat massa sem elit pulvinar, aliquam tincidunt diam felis, feugiat, congue, diam mauris pharetra donec consectetur erat laoreet tellus pharetra erat laoreet tellus consectetur erat laoreet aliquet at, dolor. Dolore ante eget amet, tempus nibh non amet tempus lobortis, volutpat amet volutpat elit ipsum nisi mi id turpis ac laoreet aliquet at dolor dolore praesent eget pharetra dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus lobortis, praesent felis feugiat ut praesent mauris pharetra erat laoreet non at ipsum dolore, sem id amet massa diam id, turpis. Lorem tincidunt, aliquet mauris, pharetra donec ante volutpat amet erat lobortis diam felis sit magna laoreet sem volutpat pulvinar aliquam euismod adipiscing sed. Tincidunt proin molestie dolor dolore mi molestie dolor dolore ante molestie pharetra donec massa, non nonummy sed nunc sem eget pulvinar ut sem. Eget aliquet molestie amet erat lobortis diam elit pulvinar nisi, diam euismod sit magna et euismod adipiscing, lorem, tincidunt aliquet at dolor congue. Ante, adipiscing feugiat congue mi molestie consectetur, erat, nunc, sem elit sed ut sem elit pulvinar nisi et eget sed, dolore proin elit. Sed dolore proin eget ante tellus consectetur donec ante tellus consectetur, donec, laoreet non at sed nunc, proin euismod adipiscing ac, tincidunt praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et id sit aliquam. Laoreet, ullamcorper, mauris pharetra aliquam lobortis. Diam, felis feugiat magna mi id. Turpis ac tincidunt pulvinar aliquam nibh. Diam felis ipsum ut diam, felis. Pharetra erat massa aliquet consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam felis id turpis lorem nibh euismod adipiscing lorem. Congue ante volutpat amet tempus massa non consectetur tempus nunc. Diam id sit magna, nibh euismod, adipiscing, sed proin molestie. Amet, tempus ut diam id, pulvinar nisi mi euismod turpis. Lorem dolore proin non, adipiscing ipsum magna mi molestie sit. Magna laoreet elit sit ac laoreet aliquet at sed, dolore. Proin eget amet aliquam nibh non nonummy aliquam massa ullamcorper. Elit feugiat congue diam felis feugiat nisi et id aliquet. Mauris pulvinar tempus ut diam felis sit magna, mi tellus. Consectetur, erat massa aliquet elit pulvinar nisi, nibh ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, sem, eget sit aliquam nibh euismod adipiscing feugiat tincidunt praesent mauris dolor donec massa non nonummy erat laoreet. Non elit ipsum ut nibh euismod amet aliquam lobortis, ullamcorper adipiscing feugiat tincidunt aliquet felis, dolor donec mi tellus. Nonummy, tempus massa tellus at sed massa non at sed nunc sem elit dolor nisi, ante euismod turpis, tempus. Lobortis ullamcorper felis feugiat congue praesent, id sit donec laoreet, tellus massa tellus at dolor, nisi et euismod turpis. Tempus tincidunt mi molestie, pharetra donec laoreet tellus consectetur, donec laoreet molestie consectetur sed nunc nisi diam id sit. Ac tincidunt aliquet at dolor tincidunt praesent, eget pharetra donec proin volutpat, nonummy tempus ut ullamcorper elit ipsum ut. Et tellus consectetur lorem laoreet aliquet mauris, dolor donec massa non adipiscing tempus lobortis ullamcorper, felis feugiat magna et. Id sit magna laoreet, tellus, turpis, lorem, tincidunt aliquet mauris dolor tellus consectetur sed dolore et eget amet, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, feugiat magna mi molestie pharetra donec laoreet tellus elit ipsum nisi et. Eget amet aliquam nibh, ullamcorper adipiscing feugiat magna praesent mauris pharetra id feugiat. Magna laoreet non consectetur, sed nunc, sem elit, pulvinar aliquam nibh aliquet adipiscing. Lorem congue praesent mauris sit magna massa sem eget pulvinar et molestie turpis. Erat nunc, sem, eget dolor nunc sem mauris dolor nunc proin mauris dolor. Donec nibh non nonummy ipsum ut diam id pharetra ac nisi mi tellus. Mauris dolor dolore proin eget pulvinar aliquam nibh non adipiscing ipsum lobortis praesent. Id sit ac massa aliquet elit pulvinar mi, euismod consectetur ac tincidunt praesent. Mauris dolor dolore praesent mauris, sed, congue praesent mauris dolor donec, massa diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit, magna, ante non elit ipsum ut proin id amet ac, tincidunt aliquet mauris dolor congue praesent felis dolor magna mi molestie nonummy ipsum ut proin id amet. Aliquam, tincidunt praesent at dolor dolore mi, volutpat nonummy ipsum lobortis diam, id sit ac, laoreet aliquet, eget sed ut, proin id, amet ac lobortis aliquet mauris dolor dolore. Mi volutpat consectetur erat ante tellus consectetur donec massa non nonummy erat laoreet, non elit praesent, volutpat, consectetur erat nunc sem elit pulvinar nisi laoreet tellus adipiscing ac, laoreet. Euismod at sed dolore proin volutpat amet erat ante elit pulvinar ac, nunc aliquet mauris dolor dolore proin eget pharetra donec ante volutpat nonummy tempus lobortis diam id sit. Erat tincidunt aliquet at sed nunc praesent sit aliquam nibh ullamcorper adipiscing lorem tincidunt, praesent mauris, pharetra erat lobortis sem elit ipsum ut diam felis pulvinar magna nibh, euismod. Turpis lorem, tincidunt praesent volutpat feugiat dolore, praesent felis dolor magna praesent molestie pharetra, erat massa non consectetur sed nunc sem eget sit aliquam laoreet sem elit pulvinar aliquam. Et volutpat turpis tempus tincidunt praesent felis sit congue praesent mauris sit magna mi id feugiat congue diam id turpis erat laoreet tellus felis, feugiat magna mi tellus consectetur. Ipsum nisi et euismod turpis lorem lobortis euismod turpis tempus lobortis aliquet, felis feugiat congue mi tellus pharetra magna mi id sem elit amet aliquam lobortis euismod adipiscing ac. Lobortis aliquet felis feugiat congue praesent mauris, sit magna mi mauris pharetra donec laoreet tellus consectetur ac laoreet magna mi tellus consectetur erat nunc sem mauris sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper at dolor congue mi molestie pharetra donec massa non nonummy, tempus nunc et euismod turpis aliquam nibh euismod adipiscing sed congue pulvinar aliquam tincidunt aliquet. Felis pharetra magna mi mauris feugiat congue praesent felis lorem ut diam id sit magna et, id sit ac laoreet tellus tempus nisi nibh, tellus turpis, ac. Laoreet aliquet, adipiscing lorem tincidunt ullamcorper adipiscing lorem, tincidunt ullamcorper adipiscing lorem congue praesent mauris dolor magna mi molestie, dolor magna sed ut proin, eget sit ac. Congue proin volutpat amet, erat massa non nonummy ipsum ut sem elit, tempus nunc sem elit ipsum eget pharetra donec, massa, non nonummy ipsum lobortis, ullamcorper felis. Feugiat, magna mi euismod turpis lorem tincidunt aliquet at dolor dolore ante volutpat amet donec, ante non aliquam nibh euismod turpis tempus nibh euismod adipiscing lorem lobortis. Diam felis lorem ut ullamcorper adipiscing ipsum, ut, ullamcorper adipiscing ipsum lobortis ullamcorper elit feugiat nisi et dolor erat ante tellus pharetra donec, massa tellus consectetur erat. Nunc non at erat massa tellus consectetur sed nunc proin id sit ac et eget pulvinar nisi et id sit aliquam nibh ullamcorper adipiscing ac tincidunt aliquet. Mauris feugiat congue aliquet mauris dolor magna, ante volutpat sed nunc sem elit ipsum ut proin elit ipsum nunc sem elit sed dolore sem elit dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy ipsum ut ullamcorper id feugiat ut diam felis feugiat magna, tincidunt, aliquet mauris pulvinar donec nibh ullamcorper. Id sit magna laoreet non at ipsum nunc proin eget dolor nisi, nibh volutpat amet, tempus, tincidunt, diam molestie pharetra. Erat nunc, non, aliquam massa volutpat nonummy, tempus nisi et id turpis ac laoreet, tellus turpis magna et, id, turpis. Aliquam nibh euismod turpis ac laoreet ullamcorper adipiscing lorem tincidunt et volutpat, turpis tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper. Nonummy tempus nibh ullamcorper felis feugiat congue et id, sit, magna mi tellus sem, mauris pulvinar aliquam lobortis ullamcorper felis. Pharetra donec, laoreet tellus consectetur erat laoreet tellus consectetur erat laoreet tellus turpis ac laoreet tellus consectetur erat laoreet tellus. Donec, laoreet tellus consectetur erat massa non, elit ipsum dolore, sem elit pulvinar aliquam nibh ullamcorper, adipiscing lorem lobortis ullamcorper. Adipiscing feugiat congue mi, molestie eget sit aliquam nibh id turpis ac donec, ac tincidunt ullamcorper at dolor aliquam massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ac tincidunt, proin volutpat amet aliquam lobortis diam adipiscing feugiat ut diam felis feugiat nisi et tellus consectetur, sed nunc praesent mauris dolor donec ante volutpat pharetra donec. Massa ullamcorper felis feugiat magna laoreet tellus at dolor dolore, proin volutpat eget nonummy, lorem congue mi, tellus at ipsum dolore proin id pulvinar nisi et euismod adipiscing lorem. Tincidunt diam mauris feugiat, magna mi molestie sit donec laoreet non nonummy tempus massa non, elit ipsum ut sem elit ipsum ut sem elit, pulvinar magna et eget pulvinar. Ut proin elit ipsum congue, laoreet tellus elit pulvinar nisi et volutpat amet nisi proin volutpat amet aliquam lobortis diam mauris pharetra erat massa non elit ipsum dolore proin. Id pulvinar ac nunc aliquet mauris pulvinar nunc proin, eget amet tempus ut diam felis feugiat magna massa non at ipsum dolore proin eget pulvinar nisi ante euismod amet. Laoreet aliquet mauris dolor donec ante volutpat amet aliquam massa volutpat amet ipsum lobortis sem felis, tempus ut et euismod adipiscing lorem ut diam felis lorem ut praesent id. Sit erat massa aliquet consectetur, ac massa tellus consectetur, erat, tincidunt aliquet mauris dolor, nunc sem consectetur proin, euismod adipiscing sed dolore proin molestie pharetra donec massa, non nonummy. Tempus massa non consectetur tempus ut diam eget sit, aliquam laoreet aliquet at pharetra aliquam, praesent molestie, amet, tempus, lobortis sem nonummy tempus ut et euismod, turpis, ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet mauris pharetra erat ante molestie consectetur, erat massa sem elit tempus nunc sem elit ipsum ut et euismod turpis at feugiat dolore, mi volutpat nonummy. Ipsum nisi diam felis ipsum nisi, et euismod turpis ac congue praesent mauris amet ipsum lobortis ullamcorper felis, feugiat ipsum ut mi felis ipsum ut diam eget, pulvinar. Aliquam laoreet aliquet turpis, lorem congue praesent mauris dolor dolore ante volutpat amet erat ut sem, felis proin id turpis ac nibh id amet ac nibh euismod turpis. Lorem tincidunt diam mauris lorem tincidunt ullamcorper adipiscing tempus lobortis ullamcorper nonummy tempus, dolore ante volutpat amet tempus ut et id sit ac tincidunt aliquet consectetur, sed nunc. Proin eget amet aliquam ante volutpat amet donec massa, non nonummy donec ac lobortis ullamcorper felis feugiat magna mi tellus pharetra erat massa tellus consectetur donec laoreet, molestie. Pharetra ac, laoreet, non elit, sed nisi, et euismod turpis congue praesent, mauris sit congue mi id sit congue praesent non consectetur erat massa tellus consectetur erat tincidunt. Aliquet consectetur lorem tincidunt aliquet at sed nunc praesent at, sed tincidunt aliquet at dolor dolore mi molestie dolor dolore mi molestie pharetra donec ante, molestie consectetur donec. Ut praesent molestie pharetra magna, mi, tellus, at sed, nunc proin eget pulvinar dolore ante volutpat amet aliquam lobortis euismod nonummy tempus congue praesent id pharetra donec, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et euismod feugiat magna laoreet aliquet mauris sed. Nunc tincidunt aliquet mauris dolor, dolore proin volutpat amet. Tempus lobortis, ullamcorper elit ipsum ut sem felis pulvinar. Magna et euismod, turpis ac laoreet tellus turpis, molestie. Amet, aliquam ut, ullamcorper elit, feugiat nisi et euismod. Sit magna et id turpis ac tincidunt aliquet at. Sed dolore proin, volutpat nonummy tempus feugiat magna laoreet. Aliquet elit pulvinar aliquam lobortis, diam mauris sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et id, amet consectetur sed nunc sem, volutpat pulvinar aliquam nibh ullamcorper adipiscing lorem, congue mi, tellus nonummy, sed ut proin eget. Pulvinar aliquam et, euismod turpis sem eget pulvinar, aliquam tincidunt diam, felis feugiat ut, praesent tellus consectetur sed nunc proin eget amet aliquam lobortis. Aliquet felis feugiat magna mi mauris nonummy sed, nunc proin id sit aliquam, et id turpis, lorem, lobortis aliquet felis feugiat tincidunt aliquet, mauris. Pharetra donec, massa non nonummy tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper elit ipsum ut diam elit tempus lobortis diam id pulvinar, nisi et. Id consectetur ac laoreet tellus at, sed tincidunt, proin id turpis ac nibh volutpat pulvinar aliquam lobortis euismod turpis aliquam nibh euismod nonummy lorem. Lobortis, diam id sit congue praesent id sit magna massa aliquet tincidunt praesent mauris, pharetra donec ante tellus consectetur erat nunc diam eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, aliquam nisi nibh, euismod adipiscing feugiat congue praesent molestie pharetra donec mi tellus pharetra donec massa. Sem elit pulvinar nisi nibh euismod turpis ac tincidunt sem, elit sed nunc proin mauris, sed, nunc. Ante volutpat nonummy aliquam ut diam felis ipsum ut et id turpis erat massa aliquet at, sed. Mauris pharetra donec mi tellus consectetur erat laoreet non elit erat nunc sem eget amet nisi et. Volutpat amet aliquam nibh ullamcorper adipiscing lorem tincidunt diam eget pharetra donec ante volutpat amet aliquam ante. Volutpat nonummy tempus ut diam felis pulvinar nisi et, euismod turpis ac laoreet euismod adipiscing lorem dolor. Donec lobortis ullamcorper felis ipsum, ut et molestie, turpis, magna mi tellus consectetur magna laoreet euismod turpis. Ac tincidunt euismod turpis lorem tincidunt, praesent mauris proin volutpat pharetra donec ante molestie consectetur erat massa. Non elit pulvinar nisi nibh tellus adipiscing lorem tincidunt ullamcorper adipiscing lorem laoreet ullamcorper turpis ac mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor donec nibh ullamcorper adipiscing feugiat, ut mi, molestie sit ac feugiat congue praesent molestie pharetra donec praesent. Tellus nonummy sed nunc sem elit pulvinar nisi et volutpat turpis aliquam nibh ullamcorper mauris feugiat congue diam felis. Dolore proin mauris pharetra donec massa volutpat nonummy tempus ut diam felis feugiat nisi mi euismod consectetur ac tincidunt. Tellus at sed nunc praesent at sit aliquam nibh ullamcorper adipiscing lorem congue, aliquet felis lorem tincidunt aliquet felis. Dolor donec, massa non elit ipsum ut diam eget pulvinar ac laoreet tellus consectetur erat laoreet tellus consectetur erat. Tincidunt sem at sed nunc sem eget amet aliquam ante, non adipiscing ipsum ut diam, felis, sit magna lobortis. Sem nonummy tempus ut sem felis sit ut diam id pulvinar nisi proin eget ipsum, ut, nibh ullamcorper, at. Dolor, donec, ante non nonummy erat lobortis ac tincidunt aliquet mauris dolor dolore ante non adipiscing ipsum ut diam. Felis sit congue diam felis sit nisi, et euismod, nunc aliquet at dolor nunc praesent mauris, sed dolore, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat turpis lorem congue mi molestie pharetra erat, nunc sem elit pulvinar ut et id adipiscing lorem congue aliquet felis tellus at sed. Congue ante non amet erat ante volutpat amet, erat massa non nonummy tempus nunc sem, elit pulvinar nisi, et eget ipsum laoreet non at. Sed, dolore proin elit, sed nunc aliquet consectetur sed nunc proin, eget dolor nunc proin mauris dolor, dolore proin eget dolor donec massa non. Diam felis sit magna, et euismod, turpis, ac nibh euismod turpis ac laoreet tellus turpis lorem, laoreet ullamcorper adipiscing lorem tincidunt aliquet at pulvinar. Nisi ante euismod, amet, tempus ut diam felis feugiat congue mi molestie consectetur sed nunc sem eget ipsum dolore et volutpat turpis aliquam tincidunt. Praesent, molestie adipiscing feugiat congue praesent felis feugiat congue diam id consectetur sed massa aliquet, elit pulvinar nisi ante euismod amet, nisi proin, eget. Dolor dolore ante volutpat amet sem elit ipsum nisi et volutpat amet aliquam lobortis euismod turpis tempus tincidunt praesent mauris pharetra donec massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et id pulvinar nisi et ullamcorper adipiscing lorem congue, praesent felis nunc sem elit ipsum ut proin id. Amet ac lobortis ullamcorper felis feugiat congue praesent molestie dolor magna praesent molestie, pharetra erat massa non consectetur aliquam tincidunt. Aliquet felis, feugiat, congue aliquet felis feugiat magna mi molestie pharetra diam id sit ac laoreet ullamcorper, adipiscing lorem tincidunt. Praesent mauris dolor proin volutpat pulvinar aliquam nibh euismod, adipiscing lorem ut diam id sit magna praesent id feugiat congue. Et molestie turpis magna mi tellus, turpis ac nibh euismod adipiscing lorem tincidunt praesent mauris dolor congue praesent, mauris pharetra. Erat massa volutpat amet erat massa non nonummy tempus, nunc tellus, nonummy sed nunc sem eget pulvinar aliquam lobortis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam, elit pulvinar ut diam, felis turpis. Pharetra donec, ante volutpat, amet tempus lobortis diam. Elit feugiat sed tempus erat ut, tincidunt ante. Praesent diam euismod mauris amet lorem, magna ut. Laoreet et tellus elit pulvinar aliquam ante volutpat. Adipiscing lorem ut praesent mauris, sit donec mi. Id sit ac massa aliquet at, pulvinar aliquam. Nibh ullamcorper erat ante molestie pharetra magna ante. Molestie pharetra erat massa sem at ipsum ut. Proin eget ipsum dolore proin volutpat pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod turpis lorem tincidunt praesent, at, feugiat congue, aliquet mauris feugiat, tincidunt aliquet felis feugiat. Diam felis, sit magna mi molestie at ipsum aliquam nibh ullamcorper adipiscing feugiat tincidunt aliquet mauris. Feugiat congue praesent tellus elit ipsum nisi, diam adipiscing lorem tincidunt, ullamcorper, adipiscing feugiat congue mi. Volutpat nonummy tempus lobortis sem elit ipsum ut et id sit aliquam nibh euismod turpis sed. Congue proin mauris pharetra donec ante volutpat pharetra donec ante tellus consectetur sed nunc diam eget. Pulvinar ac laoreet ullamcorper turpis ac lobortis ullamcorper, turpis, lorem tellus consectetur lorem tincidunt sem at. Sed, donec ante, volutpat pharetra donec ante non nonummy, tempus ut et felis feugiat ac, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et eget sit ac nibh tellus at sed, dolore praesent mauris dolor. Donec massa volutpat nonummy nonummy sed, massa non nonummy ipsum ut sem, elit ipsum. Nisi nibh ullamcorper at feugiat tincidunt praesent volutpat consectetur erat ante tellus pharetra erat. Tincidunt aliquet, mauris feugiat congue proin volutpat amet donec ante volutpat nonummy erat massa. Sem felis, pulvinar nisi nibh euismod turpis lorem tincidunt praesent at dolor, donec tincidunt. Ullamcorper turpis tempus nibh ullamcorper adipiscing, feugiat magna ante tellus nonummy ipsum nunc sem. Eget sit ac tincidunt ullamcorper, at dolor dolore massa volutpat nonummy erat massa non. Elit sit magna et euismod turpis lorem tincidunt ullamcorper turpis ac, laoreet, ullamcorper adipiscing. Lorem tincidunt aliquet mauris feugiat magna mi mi, tellus consectetur sed massa sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, ac laoreet tellus consectetur erat tincidunt nunc sem eget pulvinar aliquam lobortis. Ullamcorper adipiscing tempus lobortis, diam felis sit ac, laoreet aliquet elit ipsum aliquam. Nibh aliquet molestie consectetur, erat massa lorem tincidunt proin eget nonummy tempus ut. Diam felis feugiat magna mi molestie sit magna mi tellus consectetur lorem nunc. Proin, volutpat nonummy tempus lobortis tincidunt praesent, mauris dolor dolore proin volutpat pharetra. Erat ante non nonummy tempus lobortis, sem elit sit ac nibh euismod turpis. Aliquam laoreet diam felis, sit magna mi, molestie turpis ac tincidunt, aliquet at. Sed donec, proin eget dolor donec ante, volutpat pharetra donec massa non elit. Feugiat congue euismod turpis ac tincidunt aliquet consectetur lorem tincidunt aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, laoreet ullamcorper at dolor proin eget pulvinar nisi proin volutpat. Amet aliquam, proin eget, dolor dolore proin, volutpat nonummy aliquam lobortis. Volutpat amet erat massa ullamcorper elit feugiat eget pulvinar aliquam nibh. Ullamcorper at pharetra aliquam, massa diam elit sit magna laoreet aliquet. At dolor nisi proin volutpat amet tempus ut ullamcorper adipiscing non. At ipsum dolore sem eget amet aliquam lobortis ullamcorper, felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore nibh diam adipiscing sit magna molestie amet, tempus massa non elit ipsum, nisi et euismod, pulvinar magna et id sit ac laoreet tellus turpis aliquam nibh id turpis, aliquam. Lobortis tempus ut, et id turpis lorem tincidunt aliquet at sed dolore praesent eget pharetra donec ante non adipiscing feugiat congue et felis feugiat nisi diam, aliquet mauris pharetra erat. Ut et euismod turpis ac tincidunt aliquet mauris sed congue aliquet mauris pharetra, dolore ante volutpat nonummy tempus, lobortis sem elit pharetra erat massa non elit ipsum nisi et eget. Amet aliquam nibh volutpat turpis aliquam ante, volutpat amet aliquam nibh, euismod nonummy, aliquam ut aliquam tincidunt aliquet adipiscing feugiat congue praesent molestie pharetra donec mi mauris dolor magna, praesent. Mauris, pharetra, donec massa sem elit ipsum nunc non at sed nunc ipsum, nisi et felis ipsum, nisi nibh euismod adipiscing sed, tincidunt praesent mauris dolor dolore proin molestie pharetra. Dolore massa ullamcorper elit ipsum ut et felis erat nunc non consectetur erat laoreet molestie pharetra ac massa non at ipsum, dolore proin eget pulvinar nisi, proin, volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin id pulvinar nisi et, id amet ac. Lobortis euismod turpis ac tincidunt aliquet mauris dolor. Magna eget, amet aliquam ut praesent id elit. Mauris, mauris felis at, amet consectetur ipsum ac. Dolore ut ut nibh proin molestie amet erat. Massa sem nonummy sit ac laoreet euismod at. Sed donec ante volutpat nonummy ipsum lobortis ullamcorper. Felis feugiat, magna et molestie sit magna, mi. Euismod, sit ac turpis lorem nunc proin mauris. Dolor dolore proin mauris dolor congue aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, diam euismod turpis lorem, congue ante ullamcorper nonummy ipsum magna mi id sit magna, mi tellus consectetur. Dolor dolore ante volutpat proin eget pulvinar nisi nibh euismod amet nisi, proin, eget, pulvinar aliquam nibh euismod. Adipiscing lorem tincidunt diam, mauris, feugiat congue praesent mauris sit, magna non elit ipsum ut et id sit. Ac laoreet, tellus consectetur lorem dolore proin eget pulvinar aliquam ut, diam felis sit ac laoreet tellus pharetra. Erat massa laoreet euismod turpis, magna laoreet aliquet at dolor, nunc proin mauris pharetra donec, ante ullamcorper adipiscing. Feugiat congue diam felis feugiat nisi diam feugiat magna ante tellus nonummy erat massa tellus pharetra donec mi. Tellus consectetur sed, dolore proin, ullamcorper at feugiat congue praesent molestie pharetra donec massa tellus consectetur nibh non. Adipiscing ipsum congue diam, id sit, magna mi tellus consectetur sed tincidunt proin mauris dolor nunc proin eget. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf095eb6a3488409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2a012cab4f184643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Radee62d0abf1486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57596a7fb8fe4a22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cde09273afb4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R19f2df869a304697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd8112a7114c8406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rff4b66ae1454454f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>