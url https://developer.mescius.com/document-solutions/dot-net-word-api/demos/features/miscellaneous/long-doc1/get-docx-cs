--- v1 (2025-12-08)
+++ v2 (2025-12-14)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R52e9b6e6da014936" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R502e47c03f4b4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ed4552b146a40d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R966f5492f1644461" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda8d627069b0424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raaee1c3ea54b47a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Consectetur feugiat nisi congue lobortis laoreet nisi. Dolore ut praesent sem elit pulvinar lorem. Congue ante volutpat elit ipsum, magna laoreet. Tellus elit, pulvinar aliquam tincidunt mi tellus. Nonummy sit, ac massa, diam tellus at. Mauris pharetra donec massa non nonummy tempus. Ut et euismod adipiscing, sed dolore ante. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Ut, diam euismod turpis lorem, congue ante ullamcorper nonummy ipsum magna mi id sit magna, mi tellus consectetur. Dolor dolore ante volutpat proin eget pulvinar nisi nibh euismod amet nisi, proin, eget, pulvinar aliquam nibh euismod. Adipiscing lorem tincidunt diam, mauris, feugiat congue praesent mauris sit, magna non elit ipsum ut et id sit. Ac laoreet, tellus consectetur lorem dolore proin eget pulvinar aliquam ut, diam felis sit ac laoreet tellus pharetra. Erat massa laoreet euismod turpis, magna laoreet aliquet at dolor, nunc proin mauris pharetra donec, ante ullamcorper adipiscing. Feugiat congue diam felis feugiat nisi diam feugiat magna ante tellus nonummy erat massa tellus pharetra donec mi. Tellus consectetur sed, dolore proin, ullamcorper at feugiat congue praesent molestie pharetra donec massa tellus consectetur nibh non. Adipiscing ipsum congue diam, id sit, magna mi tellus consectetur sed tincidunt proin mauris dolor nunc proin eget. </w:t>
+        <w:t xml:space="preserve">Mauris massa congue nonummy mauris tellus, et, lobortis erat dolore erat tellus. Diam ante donec lorem turpis id proin massa erat pharetra mauris diam. Congue lorem adipiscing euismod, proin dolore dolor elit sem massa erat consectetur. Diam lobortis tempus ac adipiscing euismod nibh nisi pulvinar felis, diam ut. Ipsum nonummy non massa donec amet non ante donec amet volutpat massa. Aliquam donec pharetra molestie mi magna sit mauris diam tincidunt tempus turpis. Euismod lobortis nisi pulvinar elit sem, massa erat consectetur molestie mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nonummy non ante erat amet molestie proin congue lorem, turpis id nibh aliquam pulvinar id, at euismod mi ac sit id. Et, ut erat pharetra molestie praesent congue lorem adipiscing ullamcorper, nibh aliquam sit id, diam nisi pulvinar elit non massa felis sem. Massa donec pharetra mauris praesent tincidunt lorem turpis ullamcorper nibh aliquam pulvinar eget sem ut ipsum elit non nunc tempus consectetur volutpat. Praesent pharetra volutpat mi dolore dolor mauris aliquet tincidunt lorem at ullamcorper nibh aliquam sit eget diam ut ipsum felis, et, nisi. Pulvinar elit nisi ipsum nonummy volutpat proin dolore pharetra mauris, praesent dolore lorem adipiscing euismod laoreet ac turpis euismod et nisi pulvinar. Id diam lobortis tempus, nonummy volutpat massa feugiat at praesent tincidunt sed at tellus laoreet ac sit euismod, nibh magna turpis euismod. Mi, magna sit felis, et nisi, sit id et congue feugiat nonummy lobortis aliquam amet volutpat nibh aliquam amet eget proin, nunc. Sed, consectetur tellus laoreet praesent tincidunt, ac turpis euismod nibh ac sit id diam lobortis lorem adipiscing, euismod, ante dolore dolor eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, elit feugiat felis diam congue sit. Id mi magna lorem adipiscing non nibh. Aliquam amet eget proin dolore pulvinar eget. Aliquet mi, magna turpis molestie massa donec. Pharetra eget praesent dolore sed adipiscing tellus. Nibh nisi pulvinar euismod et, nisi tempus. Nonummy, non ante donec amet volutpat ante. Dolore molestie ante donec dolor eget, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore dolor at tellus, mi nisi tempus nonummy ullamcorper massa, donec mauris praesent, tincidunt lorem adipiscing, tellus, nibh nisi. Ipsum elit non ante donec pharetra molestie praesent tincidunt feugiat felis ullamcorper lobortis aliquam amet ullamcorper sed turpis id et. Ut sed elit sem nunc tempus elit sem nunc ipsum, felis diam ut ipsum elit diam ut tempus, elit ullamcorper. Ante donec, ullamcorper lobortis tempus, pulvinar volutpat nibh aliquam amet volutpat nibh aliquam turpis ullamcorper nibh aliquam pulvinar volutpat proin. Dolore ipsum elit sem massa lorem adipiscing non nibh aliquam amet eget proin nunc sed consectetur tellus tincidunt erat consectetur. Molestie, et, ut tempus adipiscing ullamcorper ut ipsum adipiscing ullamcorper ut lorem praesent, congue lorem adipiscing ullamcorper, lobortis, tempus amet. Volutpat et dolore sed consectetur tellus laoreet ac pharetra molestie praesent congue sit molestie mi magna pharetra mauris diam lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat mi congue lorem adipiscing euismod nibh aliquam turpis euismod, laoreet adipiscing euismod. Nibh ut ipsum felis sem ante erat consectetur volutpat ante congue feugiat at praesent. Congue lorem sit eget sem nunc erat consectetur molestie mi tempus, turpis volutpat proin. Nisi pulvinar eget proin dolore ipsum elit non nunc sed, eget proin nunc sed. Consectetur molestie, mi magna consectetur tellus ante lorem felis praesent tincidunt lorem at aliquet. Tincidunt feugiat at, aliquet, tincidunt ac sit eget, non laoreet donec pharetra tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, elit sem lobortis erat amet volutpat proin congue sed at tellus laoreet ac adipiscing tellus, nibh. Nisi felis, diam ante magna feugiat felis, ullamcorper lobortis ac turpis ullamcorper nibh aliquam amet id et. Nisi ipsum eget diam nisi ipsum felis sem tempus felis diam ut feugiat felis diam ut ipsum. Elit diam congue ipsum, felis diam congue lorem adipiscing ullamcorper lobortis tempus nonummy euismod tincidunt lorem turpis. Euismod ac amet euismod, nibh aliquam amet euismod laoreet, lorem turpis euismod felis, sem ut ipsum nonummy. Non ante donec amet volutpat massa aliquam mauris praesent congue sed, at aliquet tincidunt ac turpis euismod. Tincidunt lorem consectetur, tellus, mi, magna sit molestie, mi magna, turpis id et congue feugiat felis diam. Tempus, amet volutpat nibh aliquam pulvinar eget sem tincidunt erat consectetur molestie mi ut tempus nonummy volutpat. Massa tempus amet volutpat proin congue sed adipiscing euismod laoreet sit id diam ut pulvinar elit diam. Lobortis tempus amet molestie praesent tincidunt lorem adipiscing ullamcorper tincidunt ac sit tincidunt ac sit felis et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, ut tempus, nonummy non massa tempus amet massa donec dolor eget praesent nunc sed at tellus, tincidunt lorem turpis euismod et nisi feugiat felis. Sem massa tempus, amet volutpat praesent dolore dolor mauris donec dolor, mauris praesent nunc sed mauris aliquet, laoreet magna sit id et ut ipsum nonummy. Ullamcorper massa tempus nonummy non ante donec amet eget nunc sed at aliquet laoreet magna sit, euismod mi magna feugiat id et lobortis tempus, elit. Volutpat proin donec amet volutpat ante dolore sed at aliquet ac consectetur tellus laoreet ac at, tellus massa ac consectetur tellus et magna, consectetur, non. Massa donec nonummy, non massa donec sit mauris mi dolor felis, praesent tincidunt feugiat, felis, aliquet tincidunt feugiat at ullamcorper tincidunt ac turpis euismod nibh. Ac, sit id et nisi pulvinar, felis et magna sit id magna sit molestie, mi magna sit felis diam ut feugiat felis diam ut lorem. Felis praesent congue lorem felis praesent congue dolor mauris aliquet, congue feugiat aliquet tincidunt aliquam pulvinar eget sem nunc ipsum eget sem massa sed elit. Sem nunc tempus consectetur volutpat ante, donec volutpat ante dolore pharetra mauris aliquet dolore dolor mauris aliquet tincidunt lorem at aliquet nunc ac consectetur tellus. Tincidunt lorem turpis euismod laoreet, erat consectetur tellus massa, pharetra id et ut ipsum adipiscing non nibh tempus nonummy ullamcorper lobortis aliquam amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis eget sem massa ac pharetra felis diam, ut lorem adipiscing non lobortis tempus adipiscing euismod lobortis. Aliquam amet volutpat aliquam pulvinar elit, sem nunc, erat consectetur tellus praesent congue lorem adipiscing euismod nibh. Nisi ipsum felis sem massa tempus nonummy sem, massa erat, nonummy ullamcorper tincidunt lorem, adipiscing ullamcorper laoreet. Ac turpis tellus laoreet ac turpis id nibh nisi sit felis sem ut ipsum felis diam, ut. Ipsum, nonummy ullamcorper massa nonummy volutpat ante dolore dolor mauris praesent tincidunt sed consectetur tellus mi nisi. Feugiat elit non massa erat amet molestie praesent congue sed proin, dolore dolor mauris praesent nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat proin nunc sed consectetur aliquet nunc ipsum sem nunc sed at, non massa, erat. Nonummy non massa tempus nonummy non ante, donec pharetra molestie ante erat nonummy non massa erat. Nonummy non ipsum felis praesent congue sit mauris diam ut tempus amet euismod ante aliquam amet. Eget proin dolore dolor, at aliquet massa ac pharetra tellus mi consectetur, tellus, laoreet congue feugiat. Mauris diam lobortis lorem adipiscing euismod nibh aliquam amet, euismod nibh aliquam amet euismod nibh ac. Turpis eget ut ipsum elit diam nisi ipsum nonummy, non massa erat nonummy non massa donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, elit ullamcorper tempus nonummy eget praesent nunc lorem adipiscing euismod laoreet ac. Turpis euismod laoreet ac consectetur molestie mi ac turpis id et congue sit. Felis proin donec, pharetra eget praesent tincidunt ac, consectetur euismod mi nisi pulvinar. Elit, sem massa erat pharetra volutpat proin dolore dolor mauris, praesent, congue sed. Sem massa donec consectetur tellus, ante donec dolor mauris praesent, congue lorem adipiscing. Ullamcorper lobortis ac amet euismod, et ut sed elit sem massa diam nunc. Tempus nonummy volutpat ante, donec pharetra molestie mi dolore dolor at aliquet, tincidunt. Ac sit euismod et nisi pulvinar id nibh, magna sit felis turpis euismod. Mi ac consectetur aliquet nunc erat at, non laoreet ac sit id diam. Ut feugiat felis mi donec sit tellus massa erat nonummy non id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed at non massa donec pharetra molestie mi magna sit. Mauris diam dolore pulvinar eget sem nunc sed elit proin dolore. Pulvinar elit non mi congue ipsum adipiscing ullamcorper lobortis, tempus nonummy. Volutpat nibh nisi pulvinar eget diam ut ipsum elit ullamcorper massa. Aliquam amet volutpat, ante donec, pharetra eget proin dolore dolor mauris. Sem nunc dolor eget ante nisi pulvinar eget laoreet ac turpis. Id et congue feugiat, felis ullamcorper lobortis tempus amet volutpat ante. Donec amet eget proin nunc sed elit, sem nunc ipsum nonummy. Volutpat proin donec dolor mauris, praesent congue lorem turpis tellus nibh. Nisi pulvinar id diam ut tempus elit non lobortis tempus amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, aliquet tincidunt ac sit eget diam nunc erat, consectetur tellus mi. Donec dolor felis aliquet congue feugiat ullamcorper lobortis lorem adipiscing euismod nibh. Aliquam sit id diam ut, sed nonummy non ante erat consectetur non. Massa, donec pharetra mauris aliquet tincidunt amet id et, aliquam sit euismod. Nibh aliquam turpis euismod laoreet ac consectetur euismod laoreet, magna turpis, euismod. Mi magna turpis id et magna sit felis, proin congue sed at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nibh aliquam dolor, mauris sem, nunc, erat turpis tellus laoreet ac pharetra et congue feugiat felis praesent ut. Feugiat adipiscing ullamcorper lobortis tempus amet volutpat ante nisi amet volutpat et nisi pulvinar volutpat nibh aliquam turpis euismod. Mi magna pharetra molestie mi, magna sit mauris diam tincidunt, lorem felis praesent congue lorem, adipiscing aliquet congue feugiat. Adipiscing euismod, nibh nisi pulvinar id, et nibh aliquam nonummy ullamcorper nibh tempus amet volutpat ante dolore dolor at. Aliquet laoreet ac consectetur molestie mi magna sit felis diam ut praesent congue feugiat mauris praesent magna dolor mauris. Mi congue feugiat felis aliquet tincidunt lorem adipiscing ullamcorper laoreet ac turpis euismod nibh ac sit euismod nibh ac. Tempus turpis euismod nibh aliquam pulvinar eget, sem massa ac pharetra molestie mi magna pharetra id praesent magna sit. Mauris diam lobortis tempus adipiscing diam tincidunt, lorem ullamcorper lobortis ac amet id et nisi amet eget et nisi. Ipsum elit non, massa tempus nonummy non ante aliquam amet euismod et nisi amet euismod lobortis aliquam amet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante nunc pharetra sit mauris praesent tincidunt lorem adipiscing volutpat, nibh, aliquam dolor elit sem dolore pulvinar elit et nisi ipsum eget. Proin ut ipsum elit sem donec, pharetra molestie mi magna, pharetra mauris praesent, tincidunt lorem adipiscing euismod nibh aliquam amet, id proin. Ut ipsum elit diam nunc ipsum nonummy non tempus, nonummy sem lobortis tempus, amet volutpat ante donec amet volutpat massa, aliquam pharetra. Non ante, donec pharetra eget proin dolore sed at aliquet nunc sed at pulvinar at aliquet massa erat consectetur tellus mi donec. Sit id, diam ut, lorem amet, volutpat ante nisi amet volutpat nibh, lorem adipiscing, euismod non ante, donec pharetra volutpat ante dolore. Dolor mauris aliquet laoreet lorem consectetur euismod nibh ac turpis euismod, laoreet ac turpis molestie mi, ac turpis molestie proin donec, dolor. Eget praesent dolore dolor mauris praesent tincidunt sed, at aliquet tincidunt sed consectetur tellus laoreet erat turpis id diam ut ipsum felis. Non ante aliquam sit euismod sem nunc erat nonummy non, nunc tempus consectetur molestie praesent tincidunt lorem, adipiscing ullamcorper tincidunt, lorem adipiscing. Nonummy volutpat, proin dolore sed at tellus laoreet ac turpis, euismod mi magna, turpis id, diam lobortis ipsum felis diam congue ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy eget proin nunc sed consectetur tellus laoreet erat turpis molestie mi magna sit felis, diam aliquam. Amet eget ante donec pharetra volutpat ante dolore pulvinar mauris sem tincidunt sed consectetur id et nisi. Sit felis et congue feugiat felis ullamcorper aliquam nonummy volutpat nibh donec amet euismod ante aliquam pulvinar. Eget, proin nunc dolor at aliquet, nunc ipsum at sem, dolore ipsum, eget et aliquam sit molestie. Praesent ut tempus amet ullamcorper lobortis tempus turpis ullamcorper lobortis, aliquam pulvinar elit, sem nunc sed at. Tellus laoreet magna feugiat felis, eget, diam, ut ipsum elit non ante, donec, consectetur volutpat massa tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra id diam ut lorem turpis euismod nibh magna sit. Felis et, nunc pulvinar felis, diam ut feugiat id mi. Congue, feugiat elit non massa aliquam amet volutpat proin ullamcorper. Lobortis tempus nonummy diam tincidunt lorem felis praesent congue feugiat. Adipiscing ullamcorper pulvinar pharetra adipiscing eget tellus diam praesent et. Et aliquet et massa nibh aliquam sit id diam massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor mauris aliquet tincidunt, lorem adipiscing euismod tincidunt aliquam pulvinar proin nunc sed, nonummy tellus ante, donec pharetra molestie ante magna. Dolor mauris praesent congue feugiat felis aliquet tincidunt lorem adipiscing, ullamcorper nibh, nisi eget proin ut, sed nonummy tellus ante donec, pharetra. Molestie mi magna pharetra mauris aliquet congue lorem adipiscing ullamcorper laoreet ac turpis id et nisi pulvinar, pulvinar mauris aliquet nunc sed. At id mi, nisi feugiat id diam massa erat, amet mauris praesent dolore dolor mauris praesent nunc lorem adipiscing pulvinar eget sem. Nunc erat consectetur aliquet massa ac, consectetur tellus laoreet ac consectetur tellus laoreet, donec, sit felis diam ut lorem felis ullamcorper tincidunt. Lorem magna feugiat adipiscing ullamcorper lobortis aliquam amet id et nisi pulvinar id et nisi ipsum nonummy non ante magna feugiat felis. Diam lobortis tempus turpis euismod, et at tellus, laoreet ac pharetra id diam ut lorem, nonummy euismod nibh aliquam pulvinar mauris tellus. Laoreet ac turpis, molestie eget sem dolore ipsum at sem nunc sed consectetur tellus, massa erat consectetur sem ut tempus elit sem. Massa donec consectetur non, ante donec dolor mauris praesent ullamcorper ut tempus nonummy volutpat ante aliquam amet eget proin nunc sed mauris. Proin dolore dolor elit, sem nunc erat consectetur aliquet massa sed elit, non, massa nibh magna turpis euismod nibh magna turpis id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore dolor molestie mi congue ipsum nonummy volutpat ante dolore dolor mauris. Aliquet laoreet ac, consectetur, tellus laoreet magna turpis euismod et nisi feugiat id. Et congue pharetra eget, ante donec pharetra eget ante donec dolor mauris, sem. Laoreet magna pulvinar felis mi donec dolor, mauris aliquet tincidunt ac adipiscing, euismod. Nibh ante donec dolor at aliquet laoreet lorem turpis tellus laoreet erat consectetur. Tellus massa erat at aliquet nunc sed consectetur tellus laoreet donec consectetur adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin dolore dolor, elit aliquet tincidunt sed, consectetur tellus, mi magna, consectetur tellus euismod. Nibh nisi pulvinar id et ut ipsum felis diam ut ipsum elit, non ante donec. Amet volutpat proin, dolore dolor mauris praesent tincidunt lorem adipiscing laoreet ac turpis euismod nibh. Ac turpis tellus mi ac turpis molestie et ut tempus, nonummy volutpat ante donec amet. Volutpat proin dolore sed at diam ut pulvinar felis, diam ut tempus elit sem massa. Dolore dolor mauris praesent congue sed adipiscing ullamcorper laoreet ac turpis euismod, nibh ipsum elit. Sem nunc ipsum elit sem massa erat nonummy volutpat ante donec, pharetra volutpat proin dolore. Sed mauris aliquet nunc sed mauris praesent tincidunt sed consectetur non massa tempus elit diam. Lobortis tempus nonummy non lobortis aliquam nonummy non, proin donec amet volutpat proin nunc dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet congue dolor molestie praesent congue, feugiat at ullamcorper tincidunt lorem adipiscing ullamcorper laoreet. Ac turpis euismod nibh ac nisi, amet volutpat ante nisi dolor elit aliquet, massa. Erat consectetur non massa sed consectetur tellus mi congue lorem adipiscing diam tincidunt lorem. Adipiscing euismod tincidunt erat consectetur tellus laoreet erat consectetur aliquet laoreet ac pharetra tellus. Massa magna sit molestie mi congue feugiat felis diam tincidunt tempus turpis ullamcorper lobortis. Ante donec dolor mauris praesent congue lorem adipiscing euismod laoreet ac turpis euismod nibh. Ac sit, id et magna turpis euismod et nisi sit ipsum at, non laoreet. Magna sit id praesent magna sit mauris diam congue feugiat mauris praesent congue feugiat. Adipiscing euismod nibh, ac adipiscing ullamcorper nibh ac turpis, molestie praesent, congue, feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ante erat consectetur volutpat ante donec pharetra mauris molestie et ut ipsum. Adipiscing ullamcorper lobortis aliquam amet non proin donec dolor, mauris, sem tincidunt erat. Consectetur tellus laoreet magna ipsum elit non, massa sed at, ullamcorper et nisi. Pulvinar elit sem ut, ipsum elit sem nunc tempus elit sem massa tempus. Amet volutpat massa donec dolor mauris proin nisi pulvinar, eget et ut ipsum. Eget diam nunc ipsum elit non massa tempus amet non massa erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ante donec, pharetra mauris aliquet tincidunt lorem turpis id diam nisi ipsum nonummy volutpat. Mi, dolore feugiat adipiscing ullamcorper, laoreet ac turpis amet, volutpat ante, donec pulvinar eget proin. Dolore dolor mauris, sem nunc sed at aliquet massa erat consectetur molestie, laoreet ac sit. Id diam nibh lorem at aliquet tincidunt lorem turpis tellus laoreet nisi sit, id et. Nisi tempus nonummy non, lobortis ipsum adipiscing, ullamcorper nibh donec, pharetra eget proin dolore dolor. Felis diam lobortis tempus consectetur volutpat ante donec pharetra molestie proin dolore dolor mauris praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis ullamcorper, ante donec pulvinar volutpat proin dolore. Sed consectetur tellus laoreet ac sit, elit ullamcorper lobortis. Aliquam nonummy, non ante sed adipiscing id et nisi. Ipsum consectetur volutpat ante donec amet molestie mi dolore. Feugiat adipiscing ullamcorper laoreet, ac turpis, eget sem, massa. Erat sit volutpat ante dolore dolor elit sem dolore. Sed elit, aliquet massa ac pharetra molestie laoreet ac. Consectetur, molestie praesent magna sit mauris mi congue dolor. Mauris proin dolore erat consectetur aliquet massa erat consectetur. Tellus massa erat consectetur tellus laoreet magna sit mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis tempus adipiscing ullamcorper nibh ac turpis volutpat, nibh aliquam, turpis, euismod et aliquam sit id et ut ipsum elit mi congue feugiat. Felis ullamcorper, lobortis tempus amet euismod lobortis ac adipiscing ullamcorper nibh ac amet id et ut, ipsum elit diam ut, ipsum elit eget sem. Nunc erat at aliquet nunc erat pharetra molestie mi magna feugiat felis diam ut feugiat, felis praesent ut, feugiat felis diam, congue dolor mauris. Praesent nisi pulvinar elit sem nunc ipsum elit non ut ipsum eget sem nunc sed nonummy non massa tempus elit, sem, lobortis ipsum elit. Praesent congue feugiat adipiscing ullamcorper tincidunt lorem adipiscing euismod laoreet lorem adipiscing tellus laoreet ac sit tellus mi magna turpis euismod mi magna turpis. Molestie, mi ac elit ullamcorper lobortis tempus adipiscing non nibh aliquam nonummy ullamcorper, nibh aliquam amet volutpat ante aliquam amet euismod nibh aliquam turpis. Euismod, et nisi pulvinar, eget sem magna feugiat, id praesent ut lorem adipiscing ullamcorper ante aliquam turpis eget proin nunc erat at sem nunc. Sed consectetur non ante donec pharetra mauris proin, dolore pulvinar mauris sem dolore pulvinar, volutpat, ante nisi amet eget proin nunc ipsum, at tellus. Massa erat consectetur non massa dolore dolor eget proin aliquam pulvinar mauris sem nunc sed at aliquet massa sed at sem nunc ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non laoreet donec pharetra mauris ullamcorper tincidunt lorem turpis euismod nibh aliquam amet volutpat nibh nisi turpis euismod diam lobortis aliquam nonummy non nibh aliquam pulvinar. Volutpat proin nunc sed at sem nunc erat consectetur molestie mi ac consectetur molestie massa erat tellus laoreet magna sit molestie praesent congue feugiat felis ullamcorper. Lobortis tempus turpis euismod nibh aliquam amet volutpat et nisi pulvinar id, nibh ac turpis id ullamcorper lobortis tempus amet euismod lobortis tempus adipiscing ullamcorper lobortis. Aliquam amet, volutpat nibh nisi pulvinar eget proin ut pulvinar elit proin ut ipsum sem, massa erat consectetur volutpat ante donec pharetra, volutpat massa donec pharetra. Molestie praesent donec dolor mauris praesent congue sed adipiscing tellus, tincidunt ac turpis euismod nisi pulvinar id et ut ipsum elit, ullamcorper lobortis tempus nonummy non. Massa donec pharetra eget proin tincidunt lorem adipiscing tellus nibh magna sit id et nisi lorem felis praesent congue feugiat at ullamcorper laoreet aliquam, sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper, nibh nisi amet volutpat proin nisi pulvinar elit sem nunc sed at tellus laoreet ac pharetra molestie. Mi congue sed consectetur aliquet laoreet ac at aliquet tincidunt sed at aliquet massa, sed at tellus laoreet erat. Consectetur tellus laoreet magna sit mauris mi magna amet euismod, nibh, dolore dolor elit aliquet dolore sed at aliquet. Nunc sed at non laoreet donec, pharetra, felis ullamcorper ut lorem adipiscing ullamcorper lobortis tempus adipiscing lobortis tempus amet. Euismod nibh aliquam ipsum elit proin dolore ipsum eget proin massa sed elit, sem massa tempus nonummy, non massa. Erat erat turpis id et, ut ipsum elit volutpat ante aliquam amet eget nibh tempus nonummy volutpat ante aliquam. Amet euismod nibh tempus, turpis volutpat et nisi pulvinar molestie mi ac pharetra molestie laoreet donec sit id mi. Magna sit mauris diam tincidunt lorem adipiscing euismod nibh tempus turpis euismod nibh aliquam amet id, ullamcorper massa aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis, ullamcorper nibh tempus amet euismod. Ante dolore sed consectetur, ullamcorper massa, erat. Pharetra mauris praesent congue sed mauris proin. Dolore sed at aliquet laoreet magna sit. Felis et lobortis tempus amet, molestie praesent. Tincidunt ipsum at sem ut pulvinar eget. Proin nunc sed elit sem massa erat. Consectetur molestie mi donec nonummy non lobortis. Tempus amet volutpat massa, donec turpis euismod. Et ut sed elit non massa, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus laoreet ac sit id et congue dolore ipsum eget proin nunc erat consectetur tellus massa erat. Consectetur molestie praesent congue, feugiat felis ullamcorper lobortis ac turpis euismod nibh nisi pulvinar eget nunc ipsum nonummy. Non mi magna feugiat adipiscing ullamcorper lobortis tempus turpis euismod lobortis aliquam turpis volutpat et nisi amet id. Et nunc sed at praesent ut, lorem, adipiscing euismod nibh aliquam amet, volutpat nibh aliquam turpis volutpat et. Nisi pulvinar elit proin, dolore ipsum elit sem ut dolore sed adipiscing tellus nibh magna sit euismod mi. Magna feugiat felis sem ut ipsum felis diam congue sit molestie laoreet donec pharetra molestie mi donec pharetra. Mi magna dolor mauris mi magna dolor molestie mi donec dolor mauris aliquet congue sed mauris aliquet dolore. Dolor mauris proin donec, dolor, eget sem, dolore dolor ante nisi amet volutpat, nibh ac, turpis ullamcorper tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus pharetra non ante aliquam at tellus tincidunt lorem at aliquet. Laoreet magna sit id et nisi feugiat id, diam congue feugiat. Adipiscing non lobortis lorem nonummy ullamcorper ut lorem mauris sem nunc. Dolor at sem, nunc sed at aliquet nunc sed at non. Laoreet magna sit, id praesent ut lorem nonummy ullamcorper lobortis tempus. Volutpat nibh aliquam adipiscing, ullamcorper, nibh ac amet eget sem, massa. Sed at non massa magna sit felis diam, congue feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nibh ac turpis euismod lobortis aliquam, turpis, euismod nibh lorem adipiscing tellus, laoreet lorem adipiscing aliquet nunc sed mauris felis ullamcorper, tincidunt lorem turpis, volutpat proin, dolore, sed at. Tellus massa ac, pharetra tellus mi magna sit felis ullamcorper lobortis tempus nonummy, ullamcorper nibh erat turpis molestie mi congue ipsum elit ullamcorper lobortis aliquam nonummy, non nibh, tempus amet. Volutpat nibh tempus amet, euismod lobortis lorem adipiscing ullamcorper congue feugiat eget proin dolore sed at, tellus massa erat pharetra molestie praesent magna sit mauris mi magna dolor, molestie ante. Donec pharetra mauris ante, donec, sed at non, laoreet erat sit felis praesent congue pharetra mauris diam tincidunt lorem nonummy, ullamcorper tincidunt tempus amet volutpat proin nisi amet id nibh. Aliquam amet non massa erat pharetra mauris mi, congue feugiat mauris praesent tincidunt, lorem adipiscing ullamcorper nibh nisi amet volutpat et nisi pulvinar eget sem ut sed, nonummy non ipsum. Consectetur molestie mi congue, feugiat adipiscing aliquet tincidunt aliquam turpis volutpat et dolore pulvinar eget sem, nunc sed consectetur praesent congue lorem adipiscing ullamcorper lobortis aliquam turpis euismod, nibh aliquam. Amet eget, et nisi amet eget proin nunc amet eget, proin nisi, pulvinar eget sem nunc aliquam, amet eget proin nisi dolor elit sem nunc ipsum elit aliquet massa erat. At tellus laoreet erat pharetra molestie laoreet donec pharetra molestie mi magna dolor elit sem dolore sed at sem massa ac consectetur tellus laoreet magna sit, id diam lobortis lorem. Nonummy ullamcorper, lobortis tempus turpis euismod lobortis tempus amet molestie mi congue feugiat felis diam ut tempus adipiscing ullamcorper lobortis tempus nonummy ullamcorper nibh tempus amet volutpat nibh aliquam, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat elit ullamcorper lobortis aliquam amet ullamcorper nibh aliquam. Amet, volutpat ante donec dolor id et nisi tempus. Elit non ante congue dolor mauris proin, dolore sed. At praesent congue sed adipiscing aliquet tincidunt ac turpis. Tellus, laoreet erat, id diam nisi feugiat felis diam. Lobortis tempus nonummy ullamcorper massa aliquam amet non ante. Dolore sed, mauris, sem nunc sed mauris aliquet laoreet. Ac elit diam ut ipsum felis ullamcorper lobortis donec. Pharetra mauris praesent donec amet volutpat ante donec nonummy. Ullamcorper nibh tempus turpis euismod et erat consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut pulvinar eget non massa erat pharetra tellus ante donec consectetur molestie erat consectetur. Volutpat ante, donec pharetra, molestie ante donec pharetra molestie praesent congue dolor at aliquet nunc. Sed mauris sem, nunc sed at, tellus laoreet ac id diam magna feugiat id et. Magna feugiat felis diam, congue feugiat mauris diam ut lorem felis euismod lobortis tempus turpis. Volutpat, nibh aliquam elit sem nunc sed at tellus massa sed pharetra molestie, mi donec. Pharetra molestie mi magna dolor mauris praesent congue, lorem felis praesent tincidunt pulvinar, eget proin. Ut ipsum elit non massa donec pharetra tellus, ante donec pharetra molestie, mi congue lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent congue lorem adipiscing euismod nibh aliquam sit id diam nunc sed, nonummy non massa erat, consectetur volutpat mi congue dolor, mauris proin nunc sed at non nunc ipsum. Elit non nunc sed nonummy non massa tempus nonummy sem lobortis erat consectetur molestie mi dolore lorem adipiscing, lorem turpis euismod nibh aliquam sit euismod laoreet magna turpis tellus laoreet. Magna, sit, id et nisi feugiat elit ullamcorper massa erat nonummy non lobortis tempus turpis euismod et nisi pulvinar eget et ut pulvinar elit sem massa donec amet molestie mi. Dolore pharetra molestie ante donec pharetra volutpat proin aliquam pulvinar eget et nisi pulvinar id diam magna, sit id mi magna sit felis et congue ipsum adipiscing diam ut ipsum. Felis ullamcorper nibh tempus amet tellus tincidunt sed mauris sem nunc sed elit aliquet massa ac pharetra tellus laoreet ac pharetra molestie praesent, ut tempus nonummy euismod nibh, aliquam amet. Eget sem ut ipsum elit diam nisi sit felis et congue sit felis diam ut lorem adipiscing non lobortis aliquam amet massa ac pharetra id, praesent ut ipsum adipiscing diam. Nibh donec pulvinar eget proin dolore dolor consectetur tellus laoreet ac turpis molestie laoreet ac consectetur tellus massa feugiat felis mi ut lorem nonummy volutpat ante dolore dolor, eget proin. Dolore erat consectetur tellus, mi magna feugiat id et congue feugiat id diam lobortis lorem eget proin nunc sed mauris, sem nunc pulvinar eget proin nunc sed at aliquet massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante donec pharetra eget, ante dolore, sed at tellus tincidunt. Ac turpis, tellus laoreet magna turpis molestie, mi magna pharetra. Molestie ac sit molestie praesent, ut lorem adipiscing euismod lobortis. Tempus nonummy diam tincidunt feugiat felis aliquet tincidunt lorem adipiscing. Euismod nibh, nisi ipsum elit proin turpis, euismod nibh aliquam. Pulvinar, elit diam ut pulvinar felis sem ante dolore pharetra. Molestie mi dolore dolor molestie ante dolore dolor mauris praesent. Tincidunt sed nonummy sem nunc erat pharetra molestie ante donec. Pharetra mauris praesent congue feugiat at ullamcorper nibh aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non massa tempus nonummy non ante donec consectetur molestie praesent donec dolor, mauris mi dolore dolor mauris proin dolore adipiscing pulvinar mauris proin nisi dolor. Elit, aliquet tincidunt erat, turpis molestie mi congue sit felis praesent congue, ipsum id diam ut, tempus adipiscing euismod tincidunt sed, turpis tellus mi nisi ipsum. Elit ullamcorper ut feugiat felis ullamcorper lobortis tempus nonummy non nibh aliquam pulvinar, eget praesent nunc sed, consectetur tellus tincidunt tempus amet, molestie praesent tincidunt aliquam. Amet eget proin nunc sed elit non massa donec consectetur tellus mi magna dolor molestie praesent congue turpis euismod nibh, nisi pulvinar eget proin ut ipsum. Eget sem laoreet donec pharetra molestie mi congue dolor mauris mi donec consectetur molestie, ante donec, pharetra mauris dolor mauris praesent dolore pharetra eget proin dolore. Dolor, mauris aliquet nunc sed consectetur tellus laoreet ac turpis aliquet massa sed at sem nunc, sed consectetur tellus id diam nunc ipsum, nonummy non nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet mi ac turpis molestie laoreet ac pharetra molestie mi donec sit id praesent ut tempus, amet. Volutpat sem nunc sed at tellus ut tempus elit ullamcorper lobortis aliquam nonummy, non ante aliquam pharetra, mauris. Aliquet nunc, sed, consectetur tellus nibh magna sit euismod mi erat consectetur aliquet eget et nisi ipsum at. Sem ut ipsum elit diam nunc sed nonummy, non ante erat consectetur volutpat massa erat pharetra mauris praesent. Tincidunt lorem at aliquet nunc sed at tellus, laoreet magna sit, molestie mi magna feugiat felis diam congue. Feugiat, felis aliquet congue dolor mauris praesent congue sed pharetra id praesent congue, lorem felis diam tincidunt feugiat. Mauris diam, congue dolor felis ullamcorper nibh aliquam adipiscing euismod nibh ac turpis euismod nibh nisi pulvinar elit. Laoreet, donec pharetra molestie ante donec pharetra, mauris praesent dolore dolor mauris praesent congue feugiat, mauris proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at praesent, dolore pulvinar, eget proin nunc erat consectetur aliquet tincidunt ac turpis molestie. Mi erat consectetur non massa erat pharetra, volutpat ante aliquam pulvinar eget proin nunc, dolor. Eget proin nisi pulvinar elit aliquet nunc, sed elit proin dolore ipsum elit proin ut. Ipsum adipiscing, ullamcorper ut lorem adipiscing ullamcorper lobortis lorem felis aliquet tincidunt ac adipiscing ullamcorper. Nibh, ac amet id proin nisi pulvinar eget proin ut pulvinar id et donec elit. Sem massa tempus consectetur volutpat mi dolore dolor molestie praesent congue dolor molestie praesent tincidunt. Sed sit id, et ut sit laoreet ac sit, felis diam ut sit felis, ullamcorper. Lobortis tempus id et congue feugiat id diam congue feugiat felis praesent magna feugiat adipiscing. Ullamcorper, lobortis tempus euismod lobortis ac turpis euismod lobortis ac turpis ullamcorper laoreet ac turpis. Tellus nibh aliquam, sit id et nisi pulvinar id laoreet ac sit id diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquam amet eget sem massa erat, consectetur, tellus ante magna dolor. Molestie tellus tincidunt ac turpis molestie, et magna feugiat elit diam congue. Tempus nonummy ullamcorper nibh tempus nonummy euismod lobortis tempus nonummy euismod nibh. Aliquam elit, sem massa magna ipsum dolor adipiscing at id volutpat euismod. Non diam nibh dolore sed turpis elit volutpat aliquet, nibh nunc, erat. Feugiat, pharetra, ipsum pharetra adipiscing, eget id mauris id mauris euismod, euismod. Et massa erat consectetur, mauris aliquet tincidunt ac turpis id, nibh dolore. Ipsum adipiscing ullamcorper nibh donec dolor mauris praesent, tincidunt sed consectetur aliquet. Laoreet ac sit id diam nisi sit id et congue ipsum adipiscing. Non nibh aliquam nonummy praesent dolore sed consectetur tellus mi magna turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam lobortis aliquam nonummy non ante amet eget praesent nunc sed consectetur euismod et magna sit euismod mi nisi feugiat, felis diam lobortis. Ipsum felis diam lobortis tempus adipiscing ullamcorper congue mauris mi magna sit molestie mi donec dolor felis ullamcorper lobortis aliquam amet euismod et nisi. Pulvinar at, tellus laoreet donec pharetra molestie mi magna tellus ante donec consectetur volutpat massa donec pharetra molestie mi, dolore pharetra molestie ante dolore. Dolor mauris aliquet congue, ac turpis euismod laoreet mauris sem tincidunt lorem turpis, euismod, laoreet ac turpis molestie laoreet ac pharetra, molestie et congue. Ipsum adipiscing ullamcorper lobortis lorem nonummy euismod, ante donec pulvinar volutpat feugiat felis aliquet lobortis lorem turpis ullamcorper nibh aliquam amet euismod nibh nisi. Sit id et aliquam pulvinar id nibh magna pulvinar felis diam lobortis ipsum elit, magna turpis, molestie diam ut ipsum adipiscing diam congue tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris praesent tincidunt volutpat ante magna dolor molestie praesent. Tincidunt lorem turpis id et nisi ipsum elit proin ut. Ipsum nonummy non, massa, donec, consectetur molestie praesent magna volutpat. Ante, dolore dolor mauris, aliquet tincidunt ac turpis ullamcorper nibh. Ac sit id diam nisi sit tellus tincidunt lorem consectetur. Tellus laoreet ac consectetur laoreet ac consectetur tellus massa, erat. Consectetur molestie mi donec pharetra tellus massa donec pharetra tellus. Ante donec dolor mauris, diam tincidunt tempus consectetur, tellus mi. Magna sit felis ullamcorper, lobortis tempus nonummy ullamcorper nibh, tempus. Amet volutpat ante tempus nonummy ullamcorper tincidunt, lorem felis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id et ut ipsum amet volutpat proin dolore dolor eget proin donec dolor mauris proin dolore pulvinar volutpat. Nisi pulvinar elit sem, massa erat consectetur molestie praesent, congue, pharetra molestie mi congue sit mauris praesent congue feugiat. Felis ullamcorper nibh aliquam volutpat et, nisi pulvinar eget nibh aliquam amet id et, aliquam turpis aliquet dolore dolor. At tellus laoreet ac turpis euismod mi ac consectetur tellus massa erat amet non lobortis tempus nonummy non nibh. Aliquam amet eget praesent nunc lorem consectetur tellus laoreet ac turpis molestie mi nisi ipsum felis ut feugiat felis. Diam congue sit id praesent congue feugiat felis diam tincidunt lorem felis praesent magna dolor mauris, mi, tincidunt lorem. Turpis euismod nibh ac amet tincidunt aliquam sit eget, diam ut tempus, elit non massa donec pharetra molestie mi. Congue lorem at aliquet tincidunt lorem turpis euismod et, ut ipsum elit sem proin dolore dolor mauris sem dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis aliquet tincidunt feugiat, adipiscing euismod, et ut, tempus amet eget proin nunc sed at, aliquet laoreet erat turpis id et. Ut ipsum, elit non ante aliquam nonummy volutpat, ante aliquam amet, euismod nibh nisi ipsum elit sem nunc tempus nonummy volutpat massa. Erat amet non massa donec dolor mauris praesent tincidunt sed turpis, euismod et nisi elit sem ut ipsum nonummy non, massa tempus. Nonummy volutpat ante donec pharetra volutpat massa aliquam amet eget proin donec dolor at aliquet nunc pulvinar nonummy non massa tempus nonummy. Non massa dolore dolor molestie proin dolore, dolor, mauris praesent congue lorem at tellus laoreet nisi sit, id et magna feugiat felis. Ullamcorper lobortis aliquam turpis euismod et dolore, ipsum elit tellus nunc sed pharetra molestie ante magna sit mauris diam congue feugiat felis. Aliquet tincidunt aliquam elit, proin nunc ipsum eget sem ut ipsum elit sem massa erat nonummy tellus massa tempus consectetur, non ante. Donec consectetur non, lobortis tempus elit diam nibh ac turpis id et nisi, ipsum elit sem massa donec consectetur tellus ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie proin congue, feugiat mauris aliquet congue. Sed adipiscing tellus tincidunt sed, adipiscing tellus laoreet. Sed at aliquet tincidunt erat consectetur molestie, feugiat. Id et congue sit id praesent, ut lorem. Nonummy non ante donec pulvinar eget proin nisi. Dolor consectetur tellus laoreet magna sit id mi. Laoreet, lorem adipiscing aliquet congue lorem, adipiscing euismod. Laoreet ac consectetur euismod nibh, nisi, pulvinar elit. Diam ut ipsum nonummy non lobortis tempus, amet. Volutpat ante lorem adipiscing tellus laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis tempus amet volutpat proin nisi amet aliquet mi, congue feugiat, adipiscing praesent. Congue feugiat id praesent ut lorem nonummy ullamcorper congue feugiat adipiscing euismod, lobortis aliquam. Amet volutpat et dolore pulvinar id praesent congue ipsum adipiscing praesent congue lorem adipiscing. Ullamcorper lobortis tempus nonummy euismod ante nisi, pulvinar, eget proin, nisi pulvinar eget proin. Dolore tempus nonummy non ante aliquam, amet eget proin dolore, dolor mauris sem tincidunt. Sed, at aliquet massa ac turpis tellus laoreet, magna sit felis euismod et nisi. Sit id, et ut ipsum nonummy sem lobortis, erat consectetur molestie mi, donec dolor. Mauris aliquet tincidunt ac turpis euismod, nibh, aliquam sit nibh magna sit euismod mi. Nisi ipsum felis diam lobortis erat, amet molestie proin, congue feugiat, at aliquet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget proin tincidunt ac turpis id diam ut. Ipsum elit diam lobortis tempus, elit volutpat proin dolore. Dolor mauris tellus laoreet turpis, id et nisi turpis. Id et ut, feugiat felis diam ut tempus elit. Ullamcorper ante aliquam, pharetra, eget praesent dolore dolor mauris. Praesent dolor at tellus tincidunt ac pulvinar id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, erat at non massa erat consectetur tellus laoreet donec. Amet eget praesent tincidunt lorem consectetur aliquet laoreet ac sit. Felis non, massa, erat pharetra volutpat ante, congue dolor at. Tellus laoreet nisi pulvinar elit, praesent tincidunt dolor adipiscing ullamcorper. Nibh dolore sed elit sem massa, sed consectetur tellus laoreet. Donec pharetra, molestie mi donec pharetra, molestie mi donec pharetra. Mi congue dolor mauris praesent, congue, lorem adipiscing euismod, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem adipiscing euismod laoreet ac sit adipiscing ullamcorper nibh aliquam amet euismod nibh. Nisi ipsum elit sem nunc sed at non massa erat consectetur, tellus laoreet erat. Sit mauris mi magna massa erat consectetur non ante erat elit, non lobortis, tempus. Nonummy volutpat ante dolore pharetra volutpat proin nunc sed consectetur aliquet tincidunt erat at. Aliquet magna sit felis diam ut tempus amet volutpat ante, donec pharetra mauris praesent. Tincidunt ac turpis euismod nibh magna turpis euismod mi magna lorem at ullamcorper, nibh. Aliquam amet id proin nisi pulvinar eget diam nisi ipsum, eget diam, ut, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis euismod nibh aliquam pulvinar eget proin nisi ipsum elit, non massa sed nonummy. Tellus massa erat consectetur, molestie mi congue feugiat tempus nonummy, volutpat proin dolore pharetra volutpat. Ante aliquam pharetra mauris proin, dolore sed at aliquet tincidunt lorem turpis euismod et nisi. Ipsum elit non elit ullamcorper lobortis tempus, adipiscing volutpat, ante donec, amet eget ante dolore. Pulvinar mauris sem nunc sed at, aliquet tincidunt erat at sem dolore ipsum eget proin. Aliquet laoreet aliquam turpis euismod nibh magna turpis euismod mi magna pulvinar elit sem lobortis. Tempus elit non ante dolore pharetra molestie proin non lobortis tempus adipiscing ullamcorper nibh tempus. Nonummy euismod lobortis tempus adipiscing euismod et aliquam pulvinar eget proin nisi ipsum eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna pharetra felis, ullamcorper lobortis tempus turpis euismod nibh aliquam amet volutpat et nisi amet eget proin ut laoreet ac adipiscing tellus laoreet. Ac turpis euismod, mi magna sit felis diam ut ipsum felis mi ac pharetra molestie et, congue sit molestie elit, sem ut ipsum elit. Sem nunc tempus, elit sem lobortis tempus nonummy, ullamcorper congue feugiat elit diam massa aliquam pharetra eget ante, donec pulvinar eget, proin mi, donec. Pharetra molestie mi congue feugiat, adipiscing euismod et dolore, erat pharetra molestie mi, congue feugiat felis diam ut sit mauris diam et nisi sit. Id diam ut ipsum nonummy non ante donec pharetra molestie praesent dolore sed, at tellus laoreet lorem mauris sem nunc sed at aliquet tincidunt. Donec dolor mauris proin dolore dolor mauris praesent, congue lorem adipiscing tellus laoreet ac at, aliquet laoreet ac consectetur euismod, laoreet ac turpis, molestie. Laoreet ac turpis at aliquet tincidunt ac sit id nibh aliquam sit id diam nisi pulvinar, felis diam lobortis erat consectetur volutpat massa laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ipsum elit tellus laoreet donec consectetur non ante donec consectetur mauris tellus mi nisi ipsum elit non ante donec nonummy volutpat ante donec dolor at tellus tincidunt. Lorem, adipiscing tellus laoreet lorem turpis id diam ut massa ac consectetur tellus massa erat consectetur tellus laoreet, donec sit felis praesent ut lorem, adipiscing euismod lobortis tempus. Adipiscing ullamcorper lobortis feugiat adipiscing, aliquet nunc, erat consectetur id praesent congue ipsum adipiscing ullamcorper lobortis tempus, nonummy euismod nibh aliquam, nonummy volutpat ante dolore pulvinar eget proin. Nunc donec dolor mauris praesent congue sed mauris, aliquet nunc sed mauris praesent donec nonummy euismod ante nisi pulvinar eget proin dolore dolor elit, aliquet nunc sed at. Ullamcorper lobortis tempus adipiscing ullamcorper lobortis lorem adipiscing ullamcorper lobortis lorem felis praesent magna dolor mauris ante dolore feugiat at, aliquet laoreet ac turpis euismod nibh lobortis tempus. Adipiscing ullamcorper lobortis tempus nonummy volutpat nibh aliquam amet euismod nibh nisi pulvinar eget proin nunc ipsum elit nisi sit eget et ut, ipsum eget diam nunc tempus. Consectetur mauris mi dolore, dolor at praesent dolore feugiat mauris praesent congue sed adipiscing, tellus nibh ac sit felis praesent tincidunt tempus turpis volutpat nibh nisi amet volutpat. Et dolore sed, consectetur tellus laoreet magna feugiat felis ullamcorper nibh donec pulvinar mauris aliquet nunc ante nisi pulvinar elit, aliquet laoreet erat pharetra tellus mi magna sit. Id praesent magna sit mauris praesent, congue feugiat felis diam tincidunt lorem adipiscing ullamcorper tincidunt mi dolore dolor at aliquet tincidunt lorem adipiscing tellus, laoreet aliquam turpis id. Diam ut ipsum nonummy sem massa erat pharetra, molestie ante dolore pharetra molestie, proin ac laoreet massa lobortis dolore ac pulvinar felis diam nisi ipsum elit non, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec turpis euismod felis aliquet lobortis aliquam. Amet et dolore erat at id mi. Congue feugiat felis praesent ut lorem nonummy. Volutpat ante nisi, pulvinar eget proin dolore. Sed consectetur tellus laoreet magna amet molestie. Proin congue sed adipiscing euismod et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, at tellus, mi nisi sit felis massa erat pharetra volutpat ante dolore dolor mauris praesent nunc, sed adipiscing, tellus laoreet magna sit id mi. Magna, sit id et nisi feugiat elit ullamcorper tempus amet volutpat proin donec pharetra eget proin dolore sed consectetur tellus tincidunt erat turpis tellus mi. Magna feugiat felis, ullamcorper lobortis aliquam sed nonummy non nibh aliquam pulvinar eget, sem nunc sed, consectetur aliquet, nunc sed elit aliquet nunc ipsum at. Tellus, laoreet ac consectetur molestie mi, lorem adipiscing ullamcorper lobortis aliquam amet, volutpat ante dolore sed, at tellus laoreet ac turpis molestie laoreet magna sit. Id diam lobortis tempus amet volutpat nibh aliquam pulvinar felis diam lobortis tempus consectetur molestie ante, dolore dolor adipiscing euismod laoreet ac amet eget et. Ut ipsum elit non massa tempus nonummy non massa donec pulvinar elit sem, massa magna feugiat id, et ut feugiat felis, diam lobortis, tempus nonummy. Non nibh, donec amet volutpat ante aliquam pulvinar dolor mauris praesent congue dolor at ullamcorper nibh aliquam pulvinar at tellus mi magna feugiat, mauris diam. Congue lorem turpis euismod ante dolore pulvinar elit proin nunc ipsum adipiscing diam ut tempus adipiscing, non lobortis aliquam pulvinar mauris sem tincidunt lorem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa erat turpis id, et ut ipsum amet mauris proin, dolore pulvinar at tellus nibh ac sit id diam ut. Ipsum nonummy eget sem nunc sed consectetur tellus mi magna sit id diam lobortis aliquam pulvinar eget proin nunc sed at. Aliquet, laoreet ac turpis molestie proin dolore dolor mauris, praesent dolore sed adipiscing tellus nibh, magna turpis euismod nibh ut tempus. Nonummy, non massa erat, pharetra mauris aliquet tincidunt lorem adipiscing euismod lorem sit id et ut, erat nonummy tellus mi magna. Lorem adipiscing euismod nibh nisi, amet volutpat, et aliquam amet id proin ut eget proin ut ipsum elit sem nunc, tempus. Nonummy molestie ante donec pharetra mauris praesent tincidunt lorem turpis, euismod nibh nisi amet id, nibh nisi, pulvinar eget mi congue. Feugiat adipiscing ullamcorper, lobortis tempus turpis euismod nibh nisi turpis euismod nibh aliquam turpis id proin nunc sed nonummy non nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, dolor molestie aliquet, tincidunt ac turpis euismod nibh aliquam pulvinar eget sem ut sed nonummy sem sed, nonummy sem. Ante congue, feugiat, turpis, ullamcorper lobortis, tempus turpis, volutpat sem nunc sed elit sem massa sed elit non massa ipsum. Nonummy ante donec pharetra molestie mi magna dolor mauris aliquet congue feugiat adipiscing aliquet lobortis lorem, turpis euismod, laoreet aliquam. Sit eget, et nisi sit eget diam nunc nisi amet euismod nibh ac adipiscing euismod nibh ac turpis, ullamcorper et. Ut sed consectetur, tellus massa donec pharetra mauris praesent congue feugiat at tellus laoreet magna sit, felis ullamcorper lobortis aliquam. Nonummy non massa tempus nonummy, non ante, donec dolor eget ante dolore pulvinar eget sem nunc erat consectetur massa erat. Pharetra molestie et congue ipsum adipiscing non, ante donec pulvinar eget proin dolore dolor, mauris sem nunc erat at tellus. Laoreet ac sit id diam congue sed at tellus tincidunt sed at aliquet tincidunt lorem turpis id et ut feugiat. Consectetur volutpat mi, dolore dolor ullamcorper nibh nisi pulvinar elit sem nunc sed consectetur tellus ante erat consectetur volutpat, ante. Donec pharetra mauris praesent dolore dolor molestie ante donec dolor at praesent sed at aliquet tincidunt lorem turpis euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar elit sem sed at. Aliquet laoreet ac pharetra molestie diam. Lobortis, aliquam, amet, eget, proin nunc. Sed consectetur euismod mi magna, sit. Id et nisi sit mauris praesent. Tincidunt ac, adipiscing aliquet tincidunt ac. Turpis tellus laoreet lorem turpis euismod. Mi ac turpis id et magna. Feugiat, felis, diam ut tempus erat. Pharetra id diam lobortis aliquam pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent congue lorem, adipiscing euismod nibh nisi pulvinar elit, et ut tempus nonummy non nibh aliquam. Amet eget proin, donec pulvinar eget proin nunc dolor elit proin nunc, sed at aliquet massa erat. Pharetra mi magna feugiat felis praesent magna feugiat adipiscing ullamcorper tincidunt tempus turpis volutpat ante nisi, dolor. Elit sem nunc sed at tellus laoreet erat, pharetra mi magna feugiat adipiscing ullamcorper congue lorem adipiscing. Euismod ante nisi dolor elit sem massa ac sit id, diam ut feugiat id diam ut nisi. Pulvinar elit sem massa tempus consectetur non massa tempus nonummy non massa erat amet, volutpat ante dolore. Sed at ullamcorper nibh aliquam turpis euismod nibh magna feugiat adipiscing, diam nibh, aliquam, pulvinar volutpat et. Nisi ipsum at sem, nunc sed at tellus massa donec, pharetra molestie ante erat, pharetra molestie, ante. Congue adipiscing aliquet tincidunt, feugiat at ullamcorper lobortis ac turpis ullamcorper tincidunt sed at tellus, tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nonummy non massa erat consectetur mauris praesent congue lorem, adipiscing ullamcorper nibh aliquam sit, eget proin ut ipsum consectetur. Non ante donec amet eget ante nisi pulvinar eget sem, nunc erat at non nunc sed elit sem laoreet, magna. Feugiat nonummy, volutpat ante dolore dolor eget proin magna sit id diam ut feugiat felis ullamcorper lobortis, aliquam pharetra, eget. Praesent tincidunt lorem turpis euismod, nibh magna turpis, id diam magna sit id et ut lorem at ullamcorper laoreet aliquam. Pulvinar eget proin nunc sed nonummy diam ut pulvinar felis diam ut pulvinar id et nisi sit elit consectetur molestie. Et congue pharetra molestie mi magna sit mauris diam, tincidunt feugiat mauris praesent tincidunt tempus turpis volutpat proin dolore ipsum. Eget et nisi amet id, praesent lobortis lorem adipiscing, ullamcorper lobortis tempus nonummy ullamcorper, nibh tempus adipiscing euismod nibh nisi. Amet, volutpat et nisi ipsum eget sem nunc ipsum nonummy non mi feugiat adipiscing diam, lobortis aliquam pulvinar, mauris sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam massa aliquam amet volutpat ante dolore dolor at tellus tincidunt lorem turpis id, diam ut ipsum id diam, ut tempus amet, volutpat donec pharetra, molestie. Proin dolore sed adipiscing tellus tincidunt lorem adipiscing euismod et nisi, sit id et magna feugiat id diam nisi feugiat felis et pharetra molestie mi magna. Sit id diam congue feugiat felis diam, tincidunt, feugiat mauris praesent congue feugiat felis aliquet tincidunt lorem at aliquet congue dolor mauris praesent amet volutpat ante. Dolore lorem turpis euismod nibh magna turpis euismod laoreet magna ipsum felis diam, ut feugiat elit non massa donec pharetra nibh aliquam nonummy volutpat ante donec. Dolor at, aliquet nunc sed, consectetur tellus massa erat turpis molestie mi congue ipsum nonummy non, nibh tempus nonummy, non lobortis dolor at tellus mi magna. Pulvinar felis diam lobortis, ipsum nonummy non, lobortis aliquam amet molestie, proin dolore dolor at aliquet tincidunt lorem consectetur, euismod et nisi consectetur molestie mi dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id et ut ipsum nonummy non nibh donec pulvinar dolore, dolor consectetur, tellus mi. Nisi ipsum elit, non massa tempus elit ullamcorper massa aliquam amet mauris, praesent nunc dolor. Mauris tellus laoreet ac consectetur felis ullamcorper tincidunt tempus amet eget et dolore sed at. Non laoreet ac sit id praesent congue sit felis diam tincidunt tempus amet volutpat nibh. Sed elit sem, massa erat sit felis diam ut, ipsum nonummy non nibh tempus nonummy. Euismod nibh aliquam pulvinar eget proin nunc erat turpis amet eget sem massa erat pharetra. Molestie mi magna feugiat id praesent congue feugiat adipiscing diam, nibh, aliquam, pulvinar, consectetur tellus. Laoreet ac sit molestie mi sem massa ac pharetra id praesent congue feugiat felis diam. Congue lorem nonummy ullamcorper lobortis aliquam amet volutpat et nisi ipsum elit, aliquet massa ac. Pharetra turpis euismod nibh nisi pulvinar eget diam ut ipsum, elit non lobortis tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus proin dolore sed, at aliquet laoreet lorem turpis tellus nunc, sed mauris, aliquet nunc erat consectetur tellus laoreet magna, sit, molestie et ut ipsum felis aliquet laoreet, aliquam. Turpis id et nisi pulvinar id diam ut, ipsum elit, volutpat ante donec pharetra mauris, proin dolore dolor at aliquet, tincidunt ac, tempus nonummy volutpat ante donec pulvinar eget. Proin dolore sed at aliquet nunc ipsum elit sem nunc sed at tellus laoreet donec sit molestie praesent congue molestie mi magna dolor, felis aliquet tincidunt feugiat mauris aliquet. Nibh nisi pulvinar eget et nunc sed, at non laoreet donec feugiat mauris mi pharetra molestie mi magna feugiat mauris praesent, tincidunt feugiat at aliquet tincidunt lorem adipiscing ullamcorper. Nibh ac, turpis euismod laoreet magna sit id et ut ipsum elit lobortis erat amet volutpat massa donec pharetra molestie praesent tincidunt sed at aliquet nibh nisi sit, eget. Diam ut ipsum felis diam ut ipsum nonummy sem tempus, nonummy volutpat, ante donec, amet eget proin congue sed mauris proin dolore sed at sem, tincidunt erat turpis tellus. Mi congue lorem turpis id et nisi amet id proin massa sed consectetur tellus massa donec pharetra molestie praesent magna dolor mauris praesent congue feugiat turpis euismod laoreet ac. Sit, id praesent congue feugiat mauris, diam ut lorem adipiscing euismod nibh nisi pulvinar eget sem, dolore, sed consectetur tellus mi congue sit id diam feugiat, id praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra molestie ante magna lorem, adipiscing, dolore feugiat at ullamcorper nibh aliquam, amet id et nisi pulvinar, id diam nunc tempus nonummy non massa tempus. Consectetur volutpat massa tempus amet volutpat donec pharetra volutpat, ante aliquam, nonummy volutpat ante donec amet volutpat ante donec pulvinar eget sem nunc erat turpis id. Et nisi sit id consectetur praesent congue sit mauris praesent congue feugiat, felis euismod, ante, nisi pulvinar volutpat nibh nisi ipsum elit sem nunc ipsum elit. Tellus praesent pharetra mauris praesent magna sit mauris praesent congue dolor mauris mi dolore dolor, mauris praesent congue feugiat mauris praesent tincidunt ac turpis euismod nibh. Ut ipsum nonummy massa erat pharetra molestie praesent congue lorem, adipiscing euismod nibh aliquam turpis, euismod laoreet aliquam, pulvinar eget proin ut ipsum elit diam nunc. Erat, consectetur non ante feugiat, adipiscing euismod nibh aliquam amet eget proin nunc erat consectetur tellus massa erat consectetur tellus massa magna dolor felis nibh tempus. Turpis, volutpat et nisi pulvinar id proin, dolore pulvinar elit sem nunc erat pharetra tellus mi donec pharetra tellus, ante, magna, dolor mauris aliquet congue, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet tincidunt lorem adipiscing tellus nibh. Aliquam sit eget magna turpis euismod, mi. Magna pulvinar id diam ut tempus, felis. Ullamcorper massa aliquam, pharetra mauris praesent, laoreet. Aliquam sit id, sem ante donec pharetra. Felis proin dolore, sed consectetur molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam pulvinar eget sem, nunc sed consectetur. Tellus ante magna, sem massa donec, pharetra. Volutpat mi dolore feugiat, felis ullamcorper lobortis. Ac adipiscing euismod et nisi pulvinar id. Proin nunc, erat, consectetur tellus ante erat. Felis aliquet tincidunt lorem adipiscing euismod nibh. Nisi ipsum elit sem nunc ipsum at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nunc sed ante nisi pulvinar mauris aliquet nunc sed turpis id diam ut tempus, amet volutpat proin dolore. Dolor mauris praesent laoreet magna sit eget et magna dolor felis aliquet tincidunt ac turpis euismod et aliquam turpis. Id et nisi pulvinar eget proin ut erat pharetra molestie mi magna feugiat, felis congue feugiat adipiscing eget, sem. Massa magna feugiat adipiscing ullamcorper massa aliquam amet non nibh donec pulvinar, at aliquet tincidunt lorem consectetur tellus laoreet. Ac sit molestie lobortis donec dolor mauris praesent laoreet ac turpis euismod et nisi pulvinar eget sem, nunc tempus. Nonummy non mi dolore, dolor mauris praesent pharetra molestie proin, aliquam amet volutpat ante donec dolor, mauris proin dolore. Dolor consectetur tellus tincidunt erat at aliquet tincidunt, erat consectetur tellus laoreet, ac sit id massa aliquam amet eget. Proin, nunc lorem at aliquet tincidunt lorem, at tellus tincidunt erat turpis tellus laoreet ac consectetur molestie et congue. Ipsum felis diam ut felis euismod ante donec pulvinar eget proin dolore sed elit sem massa ac turpis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec pharetra, id diam lobortis aliquam, nonummy volutpat ante nunc. Sed turpis id mi ut feugiat mi ac sit, id diam. Ut feugiat adipiscing non lobortis tempus nonummy, euismod, ante dolore, dolor. At aliquet laoreet erat turpis tellus laoreet ac sit id magna. Sit id diam ut feugiat adipiscing ullamcorper lobortis lorem nonummy euismod. Proin nunc erat turpis id diam ut, ipsum nonummy volutpat massa. Aliquam amet nunc lorem at aliquet tincidunt lorem consectetur tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar eget proin dolore ipsum elit sem massa donec, dolor mauris aliquet tincidunt lorem turpis, id diam ut tempus elit, non massa tempus nonummy ullamcorper lobortis tempus nonummy. Volutpat, praesent congue sed donec sit mauris praesent tincidunt lorem adipiscing, euismod nibh, aliquam amet euismod nibh ac turpis id et nisi pulvinar eget et nisi sit id diam. Pulvinar elit sem lobortis tempus consectetur volutpat ante donec, amet volutpat ante donec pharetra mauris proin dolore dolor at aliquet nunc sed at tincidunt sed consectetur tellus laoreet magna. Sit molestie mi congue feugiat felis diam lobortis ipsum adipiscing ullamcorper lobortis tempus adipiscing euismod, lobortis lorem adipiscing ullamcorper lobortis tempus eget et nisi amet volutpat nibh aliquam amet. Elit sem nunc sed consectetur tellus massa donec consectetur tellus massa tempus nonummy volutpat massa, tempus nonummy sem lobortis, nonummy non proin dolore dolor at praesent dolore sed at. Aliquet tincidunt lorem consectetur tellus laoreet magna sit felis diam feugiat id et ut ipsum adipiscing diam lobortis tempus nonummy non ante donec pulvinar volutpat proin dolore dolor, mauris. Aliquet, tincidunt erat, consectetur molestie mi magna id et, ut ipsum felis ullamcorper nibh donec pulvinar eget proin, aliquam amet volutpat ante dolore dolor elit aliquet tincidunt, ac turpis. Tellus mi, magna sit id elit proin ut ipsum elit, non, massa erat pharetra non laoreet ac pharetra tellus laoreet magna sit, molestie mi congue feugiat adipiscing euismod lobortis. Tempus pulvinar eget mauris praesent tincidunt lorem adipiscing aliquet congue sed at, aliquet tincidunt ac turpis id diam nisi pulvinar, felis diam lobortis tempus pharetra molestie mi donec pharetra. Volutpat amet eget proin congue, pharetra mauris praesent nunc lorem turpis, euismod et nisi ipsum elit diam nisi sit id et magna pharetra id mi, magna sit felis, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris praesent, congue lorem felis aliquet volutpat massa erat amet molestie, proin dolore pharetra eget proin dolore sed. Adipiscing aliquet laoreet lorem consectetur aliquet tincidunt sed at aliquet tincidunt erat at adipiscing ullamcorper nibh nisi ipsum nonummy. Tellus, massa sed elit, non, massa donec consectetur molestie mi congue feugiat adipiscing, ullamcorper tincidunt lorem adipiscing euismod laoreet. Magna feugiat, felis non, nibh tempus nonummy ullamcorper, lobortis tempus nonummy, volutpat ante aliquam turpis euismod nibh aliquam amet. Eget sem nunc erat sed adipiscing tellus, laoreet ac turpis euismod nibh, magna, turpis euismod mi magna sit felis. Sem lobortis tempus elit non massa, donec pharetra eget proin, aliquam amet consectetur molestie praesent, congue feugiat, mauris praesent. Magna, feugiat, felis ullamcorper tincidunt, lorem adipiscing, aliquet laoreet ac turpis euismod laoreet ac, at tellus nibh, magna pulvinar. Felis volutpat nibh nisi pulvinar eget proin nunc ipsum at sem massa ac, pharetra molestie mi congue sit felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante congue dolor adipiscing ullamcorper nibh nisi sed at aliquet massa erat consectetur tellus tellus. Nibh aliquam, sit eget diam ut pulvinar felis diam lobortis tempus elit sem lobortis, tempus. Nonummy ullamcorper massa aliquam amet, volutpat, ante aliquam, sed consectetur molestie, diam tincidunt lorem adipiscing. Euismod, ante nisi pulvinar volutpat et nunc sed consectetur tellus laoreet magna pharetra molestie mi. Magna sit mauris praesent ut lorem consectetur tellus mi nisi sit id diam lobortis tempus. Pharetra molestie ante donec dolor eget proin nunc, dolor at aliquet tincidunt lorem elit sem. Lobortis erat consectetur, volutpat ante donec amet molestie proin, dolore dolor mauris praesent congue sed. At tellus tincidunt, lorem consectetur aliquet, tincidunt sed mauris proin ut tempus felis diam ut. Tempus amet non lobortis, aliquam, amet volutpat ante donec pulvinar volutpat ante donec pulvinar mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat at aliquet tincidunt feugiat at praesent laoreet ac sit, id et nunc donec pharetra mauris praesent magna dolor molestie felis sem lobortis ipsum elit ullamcorper lobortis, tempus. Nonummy volutpat ante donec pharetra eget praesent tincidunt sed mauris sem dolore dolor mauris, aliquet tincidunt lobortis ac amet eget proin nisi ipsum, elit sem, nunc sed nonummy. Non ante donec consectetur molestie praesent congue feugiat felis praesent congue feugiat at, aliquet tincidunt congue ipsum nonummy non nibh aliquam pharetra mauris praesent nunc lorem consectetur euismod. Laoreet magna sit id mi magna turpis id, et congue ut sed at tellus laoreet donec pharetra molestie mi congue feugiat adipiscing euismod nibh nisi amet volutpat, et. Nisi ipsum elit non massa erat consectetur molestie mi laoreet ac sit eget diam ut tempus nonummy volutpat mi dolore pharetra mauris praesent congue feugiat, mauris praesent, congue. Sed at aliquet laoreet ac, turpis euismod nibh erat consectetur volutpat mi donec pharetra, molestie praesent congue lorem adipiscing ullamcorper et nisi pulvinar eget et, nisi sit, id. Euismod nibh tempus turpis volutpat proin dolore sed elit, sem, massa erat pharetra tellus mi magna sit felis diam ut lorem adipiscing diam congue tempus nonummy euismod nunc. Erat consectetur tellus mi magna sit id et congue feugiat felis diam, ut lorem adipiscing non nibh donec amet, volutpat ante dolore dolor elit aliquet tincidunt lobortis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at ullamcorper nibh aliquam sit euismod et erat nonummy non massa erat consectetur molestie praesent congue feugiat mauris praesent. Tincidunt feugiat at praesent, dolore sed mauris praesent nunc dolor mauris proin nunc erat consectetur molestie ante donec, amet volutpat. Ante dolore dolor mauris praesent dolore dolor at aliquet laoreet, lorem turpis id et nisi ipsum elit diam tincidunt tempus. Amet eget sem massa ac consectetur tellus laoreet magna feugiat id diam ut, feugiat felis diam tincidunt tempus amet volutpat. Ante nisi feugiat felis non, ante donec pharetra molestie proin dolore sed at praesent, dolore sed mauris sem nunc lorem. Turpis id et ut ipsum elit ullamcorper ut elit diam ut tempus amet eget praesent nunc lorem turpis id et. Ut ipsum elit non ante donec pharetra volutpat ante donec pharetra molestie proin congue dolor, feugiat adipiscing diam, lobortis aliquam. Pulvinar eget, sem tincidunt erat at aliquet tincidunt erat turpis molestie mi congue feugiat, felis diam lobortis tempus amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus mi magna pharetra volutpat ante erat amet non. Proin dolore dolor, consectetur molestie laoreet erat consectetur molestie praesent. Congue, feugiat felis diam lobortis lorem adipiscing euismod nibh ac. Amet volutpat proin nunc sed consectetur tellus eget proin, nunc. Erat pharetra, tellus ante magna dolor adipiscing aliquet tincidunt lorem. Turpis, euismod nibh aliquam amet euismod nibh nisi, pulvinar id. Sem nunc sed elit at, aliquet laoreet ac, sit felis. Diam lobortis, ipsum nonummy non proin dolore dolor at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut sed consectetur, tellus massa erat, nonummy volutpat ante dolore feugiat felis aliquet, lobortis lorem at euismod laoreet. Aliquam sit id praesent ut tempus adipiscing ullamcorper lobortis lorem turpis euismod lobortis tempus turpis volutpat nibh aliquam, amet. Eget proin nunc erat consectetur tellus laoreet magna sit diam lobortis tempus amet volutpat ante nisi pulvinar volutpat proin. Nunc ipsum at, tellus mi magna feugiat felis diam ut lorem nonummy euismod nibh donec amet volutpat mi magna. Feugiat nonummy volutpat massa tempus, nonummy volutpat ante donec pharetra volutpat, ante, donec pharetra eget, ante aliquam amet volutpat. Proin nunc tincidunt lorem turpis, euismod nibh aliquam pulvinar id et ut ipsum at non laoreet magna feugiat adipiscing. Ullamcorper, nibh aliquam pulvinar eget proin dolore dolor elit volutpat ante donec pharetra molestie proin dolore dolor mauris praesent. Nunc lorem at aliquet tincidunt sed at tellus, tincidunt ac turpis molestie laoreet ac turpis molestie mi et ut. Sed nonummy tellus laoreet magna feugiat, adipiscing euismod lobortis aliquam amet eget ante dolore, dolor elit aliquet massa et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem, at, tellus et magna, sit euismod et nisi, pulvinar pulvinar eget et dolore, pulvinar eget sem massa erat consectetur molestie mi magna. Sit felis, praesent congue pharetra mauris praesent congue lorem adipiscing ullamcorper lobortis ac tellus et ut ipsum, adipiscing ullamcorper lobortis aliquam amet volutpat proin. Donec dolor mauris sem tincidunt erat turpis tellus laoreet magna sit, id et ut ut sed at non massa donec consectetur tellus, ante, donec. Dolor mauris praesent tincidunt, feugiat turpis euismod lobortis aliquam, amet id et dolore, tincidunt lorem adipiscing, euismod nibh nisi pulvinar eget, diam, nunc tempus. Consectetur molestie ante donec dolor at aliquet congue feugiat at aliquet congue sed at aliquet dolore, erat pharetra molestie praesent congue feugiat adipiscing euismod. Nibh dolore dolor elit proin dolore, ipsum eget, proin, ut ipsum elit sem nunc erat pharetra mauris praesent congue nisi ipsum elit diam lobortis. Erat pharetra mauris praesent dolore dolor, molestie proin, congue ac turpis euismod nibh magna turpis adipiscing ullamcorper lobortis tempus adipiscing ullamcorper tincidunt ac turpis. Euismod proin dolore pulvinar elit non massa sed nonummy sem nunc sed elit sem, massa donec pharetra molestie feugiat felis, aliquet, lobortis ac amet. Id proin nunc, ipsum, elit sem nunc sed nonummy sem nunc tempus, nonummy volutpat ante erat consectetur volutpat mi donec feugiat sit, felis diam. Ut tempus adipiscing ullamcorper nibh aliquam amet, euismod nibh aliquam amet eget proin dolore sed at aliquet mi, magna sit felis ullamcorper lobortis, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at tellus nibh nisi, ipsum, felis diam lobortis turpis ullamcorper, et dolore sed at non massa, erat at. Tellus massa erat consectetur tellus ante, donec pharetra volutpat ante donec pharetra, molestie praesent dolore, amet euismod, nibh, aliquam. Amet eget et ut ipsum elit diam ut ipsum elit et magna turpis euismod mi ac turpis tellus massa. Ac consectetur diam ut ipsum adipiscing ullamcorper lobortis lorem felis ullamcorper ut, tempus nonummy ullamcorper, lobortis lorem adipiscing euismod. Et aliquam pulvinar at aliquet, massa tempus nonummy, non ante donec amet volutpat lobortis aliquam amet ullamcorper tincidunt tempus. Turpis eget proin, dolore dolor eget et dolore ipsum elit non, dolore sed consectetur praesent congue feugiat mauris praesent. Tincidunt lorem adipiscing ullamcorper, tincidunt lorem turpis euismod et aliquam amet volutpat et nunc sed at sem massa donec. Sit, mauris diam diam ut tempus elit sem lobortis ipsum elit sem lobortis, ipsum nonummy non massa aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ante donec dolor at euismod et ut ipsum elit sem ut. Erat nonummy non, massa aliquam amet non ante aliquam amet non lobortis. Massa, donec sit mauris mi donec consectetur molestie mi dolore pharetra volutpat. Ante donec amet volutpat, ante donec pharetra eget proin, dolore sed nunc. Lorem consectetur tellus laoreet ac consectetur molestie laoreet erat consectetur tellus laoreet. Ac, pharetra molestie mi magna pharetra, molestie mi congue sit felis, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt magna feugiat felis ullamcorper lobortis aliquam, amet volutpat ante donec pharetra eget proin dolore pulvinar mauris molestie mi magna dolor mauris praesent dolore dolor. At ullamcorper tincidunt ac turpis, ullamcorper laoreet aliquam turpis id et, ut sed consectetur, tellus mi congue mauris mi congue feugiat adipiscing ullamcorper nibh ac turpis. Euismod et nisi sit, euismod nibh ac turpis euismod, et nisi ipsum elit sem lobortis erat consectetur ullamcorper, lobortis ac turpis euismod nibh aliquam, pulvinar eget. Et, ut sed nonummy non, massa erat consectetur tellus mi donec, consectetur volutpat massa erat sed at aliquet laoreet ac sit molestie mi, congue, feugiat felis. Diam, lobortis tempus amet, volutpat ante nisi amet euismod nibh nisi dolor elit sem nunc, sed amet volutpat proin tincidunt lorem sit, euismod et, magna sit. Id, et magna sit felis diam, ut ipsum, felis diam, ut tempus amet non, ante aliquam, erat nonummy tellus ante donec pharetra tellus ante erat pharetra. Molestie mi dolore feugiat adipiscing ullamcorper lobortis ac turpis id nunc erat consectetur tellus, ante donec pharetra molestie praesent magna dolor mauris praesent dolore dolor mauris. Aliquet tincidunt lorem, adipiscing ullamcorper laoreet ac adipiscing tellus, laoreet ac lorem adipiscing ullamcorper nibh, aliquam, pulvinar volutpat nibh aliquam pulvinar eget et dolore pulvinar elit. Non massa ac pharetra tellus massa erat nonummy sem nunc erat pharetra mi congue diam lobortis tempus amet volutpat ante donec pharetra mauris aliquet tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec feugiat mauris aliquet lobortis ac amet volutpat nibh dolore ipsum at sem, nunc. Donec pharetra id mi congue lorem adipiscing, aliquam turpis euismod lobortis tempus turpis euismod. Lobortis nisi ipsum at tellus laoreet ac consectetur molestie mi, magna feugiat adipiscing ullamcorper. Lobortis, tempus nonummy euismod, molestie mi congue feugiat at aliquet tincidunt lorem adipiscing ullamcorper. Laoreet aliquam sit elit non ante donec consectetur molestie mi congue lorem felis ullamcorper. Tincidunt lorem, tempus amet volutpat ante dolore dolor eget proin dolore dolor at aliquet. Tincidunt sed at aliquet laoreet, ac sit felis sem massa erat, amet consectetur tellus. Laoreet, magna ipsum adipiscing non ante donec pulvinar mauris aliquet tincidunt lorem turpis tellus. Laoreet ac turpis id diam congue feugiat felis diam lobortis tempus erat pharetra molestie. Mi congue feugiat felis praesent congue dolor mauris ante donec pharetra molestie ante dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ut donec ac, ipsum feugiat amet at euismod diam massa dolore. Aliquam sed sit adipiscing eget praesent nibh laoreet praesent et tempus, turpis. Volutpat, sem nunc erat consectetur tellus laoreet ac pharetra molestie mi ut. Ipsum adipiscing ullamcorper nibh aliquam amet eget, proin, nunc dolor aliquam amet. Volutpat proin, nisi ipsum, elit sem nunc sed consectetur tellus praesent, magna. Feugiat felis diam congue lorem felis diam tincidunt lorem adipiscing aliquet tincidunt. Lorem feugiat elit ullamcorper massa tempus amet volutpat ante donec pharetra eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, dolor, mauris proin dolore, erat consectetur tellus mi magna feugiat felis diam ut feugiat adipiscing non, lobortis aliquam nonummy euismod lobortis tempus. Nonummy volutpat, ante nisi aliquet massa sed elit sem nunc sed elit sem massa donec, pharetra molestie mi erat pharetra molestie, mi, congue. Dolor felis aliquet lobortis, nisi amet amet volutpat proin donec dolor, at aliquet tincidunt lorem adipiscing tellus, laoreet, ac turpis euismod laoreet erat. Consectetur euismod mi ac, sit molestie et congue dolor mauris praesent congue, sed adipiscing tellus laoreet ac turpis euismod et nisi pulvinar, felis. Diam lobortis erat nonummy non massa erat pharetra volutpat, proin aliquam pulvinar, eget diam nunc pulvinar id et, nisi pulvinar felis sem massa. Donec pharetra volutpat, massa donec amet volutpat ante donec pharetra volutpat lobortis tempus nonummy consectetur tellus ante donec pharetra volutpat ante magna feugiat. Mauris aliquet lobortis aliquam turpis id proin dolore ipsum, elit non laoreet erat, consectetur eget proin nunc sed at aliquet laoreet erat consectetur. Tellus laoreet ac turpis molestie mi magna pharetra id diam, congue feugiat felis diam ut feugiat nonummy ullamcorper mauris mi, congue feugiat felis. Aliquet tincidunt lorem adipiscing euismod et ut ipsum, nonummy tellus mi magna feugiat, felis euismod nibh nisi amet, eget proin dolore dolor felis. Non proin dolore dolor mauris aliquet tincidunt ac turpis euismod et nisi, ipsum felis, sem, massa erat consectetur, molestie ante erat amet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus amet eget praesent nunc sed at tellus laoreet lorem consectetur tellus eget et, dolore erat consectetur tellus laoreet erat. Consectetur molestie laoreet donec sit, id praesent congue, feugiat adipiscing euismod nibh aliquam pulvinar, eget ante dolore, donec, pharetra molestie. Praesent congue lorem at ullamcorper laoreet nisi pulvinar elit diam ut ipsum elit sem nunc tempus nonummy non ante dolore. Dolor mauris praesent ullamcorper ut tempus adipiscing ullamcorper ante dolore dolor, mauris aliquet tincidunt ac sit, id et magna sit. Felis sem ut ipsum, felis diam congue lorem adipiscing euismod, laoreet ac turpis euismod tincidunt magna turpis euismod mi magna. Sit, felis et ut ipsum elit ullamcorper lobortis tempus, amet nibh nisi amet sem nunc sed at aliquet massa ac. Sit felis ullamcorper massa aliquam, amet volutpat proin dolore dolor eget praesent dolore sed at aliquet laoreet ac turpis tellus. Aliquet tincidunt lorem turpis, ullamcorper et nisi pulvinar id et ut pulvinar id et nisi pulvinar felis, mi ut tempus. Pulvinar at aliquet, massa erat pharetra, molestie mi ac consectetur, tellus massa erat consectetur tellus ante erat, consectetur tellus massa. Erat, pharetra molestie ante dolore dolor mauris felis ullamcorper massa aliquam amet non ante aliquam nonummy euismod nibh tempus, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ullamcorper ut tempus amet volutpat praesent congue dolor mauris praesent tincidunt lorem at praesent nunc lorem consectetur tellus laoreet. Ac turpis, tellus ullamcorper lobortis aliquam pulvinar id, proin nunc sed consectetur molestie laoreet donec pharetra mauris mi congue lorem. Felis euismod nibh tempus turpis euismod et nisi, donec, pharetra molestie proin congue dolor, eget proin dolore dolor mauris proin. Donec dolor at tellus laoreet ac turpis tellus, laoreet ac consectetur molestie mi erat consectetur turpis id et nisi ipsum. Elit sem massa donec pharetra mauris aliquet congue lorem turpis, ullamcorper nibh lorem turpis id et nisi ipsum eget non. Lobortis aliquam amet eget nibh tempus adipiscing euismod nibh tempus adipiscing ullamcorper lobortis ac turpis euismod et nisi pulvinar id. Proin, ut ipsum elit diam euismod, laoreet ac turpis tellus, tincidunt erat, consectetur tellus mi, magna turpis molestie laoreet magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac, adipiscing euismod nibh magna sit felis diam, ut feugiat, felis sem massa erat, amet volutpat proin dolore pharetra, at ullamcorper laoreet lorem at felis. Ullamcorper, nibh aliquam amet volutpat proin aliquam turpis volutpat et aliquam amet id proin dolore pulvinar elit sem, ut sed nonummy non massa erat nunc ipsum. Nonummy non massa tempus amet volutpat ante donec pharetra molestie praesent tincidunt sed at aliquet tincidunt lorem, adipiscing tellus tincidunt lorem at, aliquet tincidunt congue lorem. Adipiscing ullamcorper nibh, ac amet id proin nunc ipsum, elit proin ut ipsum eget et nisi pulvinar elit, sem, ut tempus nonummy turpis molestie mi magna. Sit id, diam lobortis ipsum adipiscing ullamcorper lobortis tempus nonummy ullamcorper lobortis lorem nonummy euismod lobortis tempus turpis euismod, nibh aliquam turpis dolor mauris praesent congue. Sed at, tellus laoreet sed adipiscing euismod laoreet magna pulvinar elit non, massa tempus elit, sem massa donec amet molestie proin dolore dolor feugiat nonummy ullamcorper. Nibh donec pulvinar volutpat ante nunc sed turpis id et nisi feugiat elit non massa aliquam, nonummy praesent congue dolor mauris praesent nunc dolor mauris aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore dolor at adipiscing aliquet lobortis ac amet euismod et ut ipsum elit sem nunc sed, consectetur tellus, mi magna feugiat adipiscing euismod nibh aliquam. Amet eget proin pulvinar id et ut pulvinar id nibh aliquam sit eget diam ut tempus nonummy volutpat ante, donec, pharetra molestie ante donec pharetra molestie. Proin laoreet proin donec dolor at praesent nunc lorem consectetur tellus laoreet lorem turpis euismod mi nisi sit id, et congue feugiat felis et magna feugiat. Adipiscing ullamcorper non laoreet donec pharetra molestie praesent tincidunt lorem, adipiscing ullamcorper nibh aliquam amet volutpat nibh aliquam pulvinar, elit sem massa erat consectetur tellus mi. Et nisi pulvinar felis diam ut, tempus elit non ante donec dolor at aliquet tincidunt lorem adipiscing ullamcorper, nibh nisi sit euismod et ut ipsum elit. Non euismod mi magna sit elit non massa ipsum nonummy non ante donec pharetra eget praesent dolore pulvinar non nibh tempus nonummy volutpat ante dolore dolor. Elit dolor at molestie diam, ut, tempus, amet, eget praesent, congue lorem at tellus laoreet nisi, sit id sem lobortis ipsum sed consectetur molestie laoreet ac. Sit id ullamcorper, massa aliquam amet volutpat ante dolore dolor mauris sem nunc dolor mauris aliquet laoreet erat, consectetur molestie laoreet ac dolore sed at non. Nunc sed, nonummy non massa, sed, nonummy tellus mi congue, dolor mauris mi dolore pharetra volutpat ante donec pharetra molestie praesent dolore dolor sit felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante donec, pharetra felis praesent congue dolor, felis, molestie et, magna feugiat, felis ullamcorper. Ut feugiat felis diam ut lorem adipiscing euismod lobortis tempus nonummy volutpat ante, aliquam. Amet volutpat proin dolore ipsum pharetra mauris praesent congue ac turpis euismod et, nisi. Sit euismod et nisi pulvinar felis et ut feugiat felis diam ut tempus nonummy. Volutpat ante eget, ante, dolore sed at praesent tincidunt sed at, tellus laoreet erat. Consectetur tellus mi ac turpis tellus laoreet, magna sit, felis diam non nunc sed. Consectetur tellus ante magna dolor felis diam lobortis aliquam amet euismod nibh aliquam turpis. Euismod et aliquam pulvinar, id et nisi, ipsum elit eget proin dolore dolor at. Aliquet tincidunt erat, turpis molestie laoreet erat, turpis molestie mi magna feugiat felis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod et nisi ipsum felis diam nisi feugiat felis diam ut. Tempus amet volutpat ante donec pharetra eget proin dolore sed at. Nonummy volutpat ante nisi pulvinar eget ante dolore sed consectetur tellus. Laoreet magna sit molestie mi magna pharetra molestie mi magna sit. Mauris diam et magna sit id et, ut feugiat felis ullamcorper. Lobortis tempus nonummy, non massa dolore dolor mauris, aliquet tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra mauris praesent congue lorem turpis, eget et nisi pulvinar elit, sem massa erat consectetur tellus mi. Magna sit felis diam lobortis nunc, tempus consectetur volutpat mi, congue feugiat at aliquet tincidunt lorem adipiscing euismod. Nibh aliquam pulvinar eget sem, massa tempus, consectetur tellus ante, donec dolor erat pharetra volutpat massa erat amet. Non massa tempus amet volutpat nibh donec pharetra eget ante aliquam nonummy euismod nibh tempus adipiscing ullamcorper lobortis. Aliquam amet feugiat mauris praesent congue sed mauris, aliquet laoreet aliquam pulvinar eget et nisi ipsum felis sem. Nunc erat pharetra mauris praesent tincidunt, feugiat at pharetra molestie, proin dolore dolor mauris proin dolore, dolor, at. Tellus laoreet, ac consectetur tellus nunc sed at aliquet massa sed consectetur tellus laoreet ac pharetra ipsum elit. Diam nunc sed nonummy tellus massa donec pharetra mauris ante, dolore pharetra molestie, mi congue feugiat, at ullamcorper. Nibh nisi sit euismod et nisi pulvinar massa erat pharetra molestie mi, magna dolor molestie praesent, congue feugiat. Mauris praesent dolore dolor, molestie proin congue lorem adipiscing, adipiscing euismod nibh aliquam pulvinar volutpat, ante dolore dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ullamcorper lobortis aliquam laoreet nisi sit elit diam nunc erat consectetur non massa donec. Pharetra mauris, ullamcorper lobortis aliquam pulvinar elit sem massa sed at non massa nibh nisi. Pulvinar eget et nisi pulvinar elit sem nunc erat pharetra, volutpat mi, dolore feugiat adipiscing. Euismod et nunc ipsum elit non massa erat magna turpis tellus laoreet magna sit id. Et ut tempus amet molestie mi dolore, dolor, at aliquet laoreet lorem at, tellus laoreet. Ac pulvinar id diam ut dolore dolor eget proin laoreet erat consectetur tellus massa ac. Pharetra tellus mi magna sit adipiscing ullamcorper nibh, aliquam amet volutpat proin dolore magna feugiat. Mauris praesent, congue lorem turpis euismod et dolore sed eget et ut sed elit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sem tincidunt erat sit id ullamcorper ante donec pharetra molestie aliquet tincidunt lorem, adipiscing. Euismod nibh nisi pulvinar elit diam nunc pulvinar elit tempus nonummy volutpat massa erat amet. Non ante donec pharetra volutpat proin tincidunt lorem adipiscing aliquet tincidunt lorem turpis, euismod et. Nisi pulvinar elit euismod nibh aliquam amet id proin, dolore pulvinar eget sem ut ipsum. Elit sem, nunc tempus elit sem massa tempus nonummy non massa erat nonummy volutpat ante. Nunc sed pharetra id praesent congue lorem nonummy non nibh aliquam dolor at aliquet tincidunt. Ac turpis molestie et nisi sit id diam congue sed adipiscing tellus nibh aliquam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nibh nisi pulvinar eget sem nunc erat consectetur mauris. Praesent tincidunt, lorem turpis ullamcorper laoreet, aliquam pulvinar eget et. Magna pulvinar id, et nisi, pulvinar felis diam, lobortis tempus. Amet volutpat praesent, massa molestie praesent lobortis aliquam pulvinar volutpat. Ante donec pulvinar eget proin dolore dolor elit aliquet tincidunt. Erat turpis molestie mi congue feugiat, felis diam lobortis, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat consectetur non massa tempus consectetur non massa erat dolor molestie, praesent tincidunt, lorem adipiscing id praesent ut lorem adipiscing euismod lobortis aliquam pulvinar, mauris proin nunc dolor. Elit sem dolore ipsum at aliquet massa erat consectetur tellus mi nibh magna, sit id molestie volutpat tellus et ante lobortis laoreet massa congue ac, pulvinar consectetur molestie ullamcorper. Ante tincidunt nisi sed, pharetra felis ullamcorper ante tincidunt euismod volutpat euismod aliquet, diam ante tincidunt ut ac aliquam lorem donec tempus sed at aliquet laoreet ac, sit id. Diam lobortis erat erat at aliquet laoreet erat consectetur molestie mi donec pharetra, molestie mi donec consectetur tellus, ante, magna pharetra mauris ante dolore feugiat adipiscing euismod lobortis ac. Adipiscing adipiscing ullamcorper lobortis, tempus, nonummy non lobortis aliquam nonummy, volutpat proin nisi dolor elit, proin dolore dolor elit sem nunc ipsum elit sem ut ipsum elit non eget. Diam massa donec consectetur tellus diam congue feugiat mauris mi congue lorem adipiscing aliquet tincidunt lorem adipiscing, ullamcorper et praesent dolore sed, at praesent nunc lorem at aliquet tincidunt. Magna feugiat felis ullamcorper massa erat amet volutpat proin congue dolor at aliquet tincidunt ac sit, id mauris proin dolore, sed, consectetur tellus laoreet erat consectetur molestie laoreet ac. Sit felis diam congue ipsum adipiscing ullamcorper nibh aliquam pulvinar eget ante dolore dolor tempus adipiscing ullamcorper lobortis nisi amet euismod nibh ac turpis euismod nibh aliquam pulvinar eget. Non nunc tempus consectetur non ante donec pharetra molestie praesent congue feugiat sit felis diam ut feugiat adipiscing, ullamcorper lobortis aliquam, amet eget proin dolore dolor eget proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem adipiscing euismod proin ut, ipsum elit sem ut ipsum consectetur molestie ante congue feugiat, mauris praesent laoreet magna feugiat felis. Diam lobortis tempus nonummy non lobortis tempus, nonummy, ullamcorper nibh aliquam, nonummy euismod ante, dolore dolor mauris, sem tincidunt ac id et. Nisi ipsum nonummy non proin dolore sed at tellus tincidunt lorem at aliquet tincidunt lorem at aliquet tincidunt sed elit aliquet laoreet. Ac turpis volutpat ante donec dolor mauris proin dolore pharetra mauris praesent nunc dolor mauris proin dolore, sed, at aliquet tincidunt sed. Consectetur molestie et congue et ut feugiat adipiscing ullamcorper lobortis aliquam nonummy euismod nibh aliquam nonummy volutpat ante aliquam pulvinar eget et. Dolore ipsum elit sem dolore, erat consectetur tellus proin nunc sed mauris, aliquet tincidunt, sed consectetur euismod mi magna sit, elit sem. Massa donec amet molestie ante dolore lorem adipiscing praesent congue, sed at praesent ante, donec pharetra molestie, praesent lobortis tempus turpis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy at euismod et, nisi pulvinar eget diam nunc, ipsum nonummy non nunc erat dolor felis. Praesent congue feugiat mauris mi dolore feugiat dolore sed mauris, praesent tincidunt, ac, sit euismod et. Nisi ipsum nonummy sem, lobortis erat consectetur non massa erat amet non massa aliquam amet volutpat. Tincidunt ac turpis id, et ut ipsum elit sem nunc ipsum nonummy sem ut, ipsum nonummy. Non massa aliquam pharetra molestie proin congue dolor mauris praesent pulvinar mauris, sem tincidunt sed consectetur. Tellus laoreet ac sit, id, et ut ipsum felis ullamcorper lobortis tempus amet volutpat ante donec. Pulvinar eget donec, pulvinar eget proin dolore dolor at aliquet tincidunt ac turpis molestie mi magna. Ipsum felis diam ut ipsum felis diam, ut tempus adipiscing ullamcorper lobortis adipiscing ullamcorper lobortis, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, pulvinar elit non massa erat consectetur tellus laoreet donec. Pharetra diam tincidunt tempus nonummy euismod, nibh dolore sed consectetur. Molestie laoreet ac turpis molestie mi ac pharetra, molestie mi. Magna sit mauris diam ut tempus at aliquet tincidunt erat. Turpis molestie mi ac turpis molestie mi congue pharetra molestie. Mi congue sit id praesent magna sit mauris praesent magna. Pharetra ullamcorper, lobortis aliquam amet volutpat nibh, nisi ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet laoreet aliquam sit elit sem, nunc tempus, pulvinar. Eget aliquet, tincidunt ac turpis molestie et magna ipsum. Elit non lobortis aliquam, nonummy non nibh tempus, nonummy. Non, lobortis tempus nonummy volutpat ante nisi ipsum elit. Molestie mi congue lorem adipiscing ullamcorper, laoreet ac, turpis. Euismod et ut ipsum nonummy non ante erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat praesent tincidunt lorem turpis id proin nisi pulvinar elit, non laoreet donec pharetra. Mauris diam tincidunt feugiat adipiscing ullamcorper tincidunt erat consectetur tellus, mi ac pharetra molestie. Mi congue feugiat felis ullamcorper lobortis aliquam amet volutpat ante dolore dolor mauris proin. Dolore sed, at non ante erat pharetra mauris aliquet tincidunt, ac turpis euismod, nibh. Nisi pulvinar elit non, nunc erat consectetur non massa erat consectetur volutpat ante donec. Dolor molestie sem ut sed at tellus laoreet donec pharetra mauris mi, magna feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy eget proin massa, sed elit aliquet massa, erat. Pharetra molestie praesent ut feugiat felis, diam congue feugiat. Mauris praesent magna feugiat felis aliquet tincidunt dolor donec. Amet molestie ante tempus nonummy non lobortis lorem adipiscing. Non, proin nunc dolor at tellus et nisi ipsum. Felis non lobortis erat amet pharetra id mi magna. Pharetra molestie mi donec feugiat felis diam tincidunt feugiat. Adipiscing, diam tincidunt tempus pulvinar, eget sem nunc erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum adipiscing non nibh donec, pulvinar mauris aliquet tincidunt magna sit id diam ut tempus nonummy volutpat ante, erat pharetra tempus nonummy, non nibh, tempus nonummy non nibh. Tempus amet volutpat nibh tempus amet euismod lobortis tempus, turpis euismod nibh ac adipiscing ullamcorper laoreet lorem ipsum adipiscing, ullamcorper nibh donec amet volutpat ante nisi dolor eget. Proin, dolore dolor elit sem massa erat at aliquet massa erat pharetra molestie praesent congue sit pulvinar id et, magna sit id et ut feugiat felis diam lobortis. Tempus amet non massa tempus, amet eget ante dolore dolor mauris proin mi magna, dolor mauris praesent tincidunt lorem adipiscing ullamcorper lobortis lorem turpis euismod nibh nisi sit. Id nibh nisi pulvinar, eget diam nisi pulvinar felis sem ullamcorper elit, tellus sit amet adipiscing consectetur nonummy molestie proin dolore sed, at aliquet nibh, aliquam sit eget. Diam diam tincidunt lorem adipiscing euismod nibh aliquam pulvinar lorem, turpis eget sem nunc erat consectetur adipiscing non lobortis lorem adipiscing ullamcorper tincidunt feugiat adipiscing ullamcorper, lobortis tempus. Pulvinar, ac turpis id proin, nisi, pulvinar elit proin nisi ipsum, eget sem massa donec consectetur molestie, praesent, congue feugiat mauris praesent congue feugiat at euismod et aliquam. Dolore dolor mauris praesent nunc lorem at, tellus laoreet magna sit id, diam ut ipsum felis diam ut ipsum felis diam, congue sit id diam congue sit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed consectetur euismod et ut ipsum felis diam ut nunc sed consectetur molestie laoreet magna sit mauris mi congue, lorem adipiscing euismod nibh aliquam. Amet elit aliquet nunc sed at aliquet massa sed at turpis euismod laoreet aliquam sit eget nibh nisi pulvinar felis sem nisi sit felis diam. Nisi feugiat felis diam ut tempus nonummy volutpat nibh aliquam erat consectetur, tellus mi magna dolor felis praesent congue feugiat turpis euismod lobortis lorem adipiscing. Euismod nibh aliquam amet id, nibh aliquam pulvinar amet volutpat ante donec dolor mauris sem dolore dolor eget sem, dolore sed turpis tellus laoreet magna. Sit felis praesent congue lorem, adipiscing ullamcorper lobortis tempus nonummy dolor, felis aliquet tincidunt, tempus amet eget proin nunc ipsum consectetur tellus laoreet donec pharetra. Tellus praesent, congue feugiat, felis ullamcorper lobortis lorem, turpis volutpat nibh nisi, consectetur tellus laoreet erat at non laoreet ac pharetra molestie praesent congue feugiat. Felis ullamcorper lobortis tempus nonummy euismod tempus amet eget, proin nunc erat turpis, molestie et magna sit id, praesent congue lorem, nonummy non nibh aliquam. Amet volutpat proin dolore erat turpis felis diam feugiat elit non massa, aliquam nonummy volutpat ante aliquam pharetra volutpat nibh aliquam nonummy ullamcorper nibh aliquam. Amet volutpat nibh nisi dolor eget sem, nunc sed consectetur laoreet ac pharetra molestie mi donec consectetur tellus ante, donec pharetra molestie ante donec dolor. Mauris praesent congue dolor at ullamcorper lobortis aliquam pulvinar id et nisi, tellus nibh magna, sit eget et nisi pulvinar felis diam nisi feugiat id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ipsum elit tellus mi, donec sit id praesent magna sit mauris, praesent. Tincidunt tempus turpis ullamcorper lobortis aliquam pulvinar eget sem ipsum at tellus massa. Sed consectetur tellus laoreet erat pharetra mauris diam, tincidunt tempus, adipiscing euismod, ante. Dolore pulvinar eget sem dolore sed at nisi pulvinar elit sem ut ipsum. Nonummy tellus ante donec pharetra molestie mi magna dolor, mauris aliquet tincidunt feugiat. Adipiscing aliquet tincidunt lorem at praesent, tincidunt sed aliquet congue lorem mauris praesent. Dolore, sed, at sem nunc erat at aliquet, tincidunt, erat consectetur tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id nibh nisi ipsum, elit sem nunc erat, consectetur tellus mi magna pharetra molestie mi donec pharetra molestie, praesent pharetra molestie proin, dolore. Sed at aliquet, tincidunt, ac pulvinar eget et nisi sit felis diam ut ipsum elit sem lobortis erat dolor, molestie praesent dolor at aliquet. Tincidunt ac adipiscing tellus tincidunt ac turpis euismod et, nisi feugiat felis, et, ut, sit felis, diam ut, feugiat felis praesent magna feugiat id. Lobortis aliquam, amet, eget proin dolore dolor mauris proin dolore dolor elit, proin dolore sed consectetur tellus non massa ipsum nonummy non nibh nonummy. Euismod ante dolore, pulvinar volutpat proin dolore, dolor at aliquet massa erat turpis molestie mi congue ipsum adipiscing diam, lobortis, aliquam nonummy non ante. Donec dolor nibh aliquam amet eget proin dolore dolor elit, sem nunc sed at sem massa sed at non massa erat nonummy non nunc. Tempus consectetur non massa donec, molestie lobortis erat elit non massa tempus amet volutpat ante donec dolor volutpat praesent dolore dolor eget ante donec. Pulvinar ante dolore dolor elit aliquet massa sed at tellus et congue feugiat felis, diam ut tempus, amet, volutpat proin dolore pulvinar eget sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis eget felis non aliquet nibh nunc ac, sit felis ullamcorper ante, nunc nisi tempus, dolor pulvinar pharetra mauris euismod nibh dolore, magna. Dolore nisi ac aliquam ac sed feugiat dolor pulvinar pharetra nonummy at euismod sem praesent nibh nisi dolor elit molestie, ullamcorper proin nunc. Donec lorem amet turpis nonummy felis eget id mauris elit felis felis at elit at, elit nonummy adipiscing at, adipiscing proin diam mi. Ante mi mi ante laoreet ante, nibh, mi massa laoreet laoreet massa laoreet massa, nibh laoreet ut donec, tempus sed felis adipiscing elit. Felis non ante donec dolor molestie praesent congue sed, at aliquet tincidunt, lorem, turpis id, et ut ipsum elit non massa erat consectetur. Molestie erat, amet non massa tempus nonummy volutpat ante donec pharetra, eget proin nunc dolor eget sem nunc lorem turpis euismod et ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy volutpat massa laoreet ac sit id diam magna, turpis, euismod diam ut tempus nonummy sem lobortis erat. Pharetra massa, donec, pharetra molestie praesent congue ac turpis euismod et ut, ipsum elit sem nunc erat consectetur. Molestie mi dolore dolor, mauris praesent dolore lobortis aliquam amet, volutpat ante dolore pharetra mauris praesent tincidunt sed. At tellus mi ac, turpis euismod, mi nisi, sit felis ullamcorper massa tempus nonummy, volutpat non massa erat. Pharetra felis, ullamcorper lobortis aliquam dolor mauris sem tincidunt erat at, tellus laoreet ac consectetur aliquet massa erat. Consectetur molestie aliquet nunc sed at tellus tincidunt, lorem turpis euismod laoreet ac, turpis, felis diam lobortis tempus. Amet molestie ante dolore dolor at aliquet tincidunt lorem turpis euismod mauris aliquet laoreet ac consectetur tellus laoreet. Erat consectetur tellus laoreet ac consectetur tellus laoreet erat consectetur tellus laoreet magna feugiat mauris praesent magna feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tempus nonummy volutpat proin tincidunt lorem adipiscing ullamcorper nibh aliquam sit id diam, nunc et ut, tempus nonummy non ante donec. Pharetra mauris praesent tincidunt lorem, at praesent congue dolor at aliquet tincidunt lorem adipiscing tellus laoreet nisi tincidunt ac turpis euismod et. Ut ipsum felis ullamcorper ut sit id diam lobortis, ipsum nonummy non nibh donec pulvinar, eget proin, dolore dolor, at, aliquet tincidunt. Et nisi pulvinar elit sem nunc sed at tellus mi magna feugiat felis praesent, ut lorem nonummy euismod, ante nisi amet euismod. Nibh ante dolore dolor at praesent tincidunt sed adipiscing tellus laoreet ac sit euismod nibh, magna turpis id laoreet ac turpis euismod. Laoreet magna feugiat id, diam ut non massa, aliquam amet, volutpat ante aliquam amet volutpat nibh donec amet euismod, ante nisi pulvinar. Eget sem massa erat turpis tellus mi congue tempus nonummy non, non ante donec sit, felis diam tincidunt lorem adipiscing ullamcorper nibh. Aliquam pulvinar elit, sem nunc erat consectetur id praesent sem nunc, ipsum nonummy non massa erat consectetur volutpat massa magna dolor, molestie. Ante erat amet volutpat ante, dolore dolor mauris aliquet tincidunt ac turpis euismod nibh nibh tempus nonummy euismod nibh aliquam turpis euismod. Et dolore ipsum, elit aliquet laoreet, ac sit id diam ut lorem nonummy volutpat ante aliquam amet volutpat nibh aliquet tincidunt ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at praesent tincidunt lorem adipiscing euismod nibh id diam nunc pulvinar nonummy volutpat massa tempus elit non lobortis. Donec pharetra molestie proin congue ac turpis ullamcorper laoreet ac sit eget sem nunc tincidunt ac turpis euismod tincidunt. Erat turpis id et magna feugiat id diam congue feugiat felis praesent ut feugiat felis ullamcorper lobortis lorem adipiscing. Ullamcorper turpis volutpat et nisi pulvinar volutpat proin dolore ipsum, elit proin nunc erat consectetur molestie praesent congue feugiat. Felis euismod nibh nisi, pulvinar dolor felis aliquet tincidunt aliquam, pulvinar eget et, ut pulvinar id et nisi pulvinar. Eget sem nunc, tempus consectetur sem, massa erat pharetra molestie mi dolore feugiat at aliquet laoreet ac feugiat adipiscing. Diam ut lorem adipiscing, diam lobortis tempus adipiscing ullamcorper nibh aliquam pulvinar volutpat et nisi pulvinar eget proin nisi. Ipsum id ullamcorper, nibh aliquam amet volutpat, ante dolore pulvinar eget sem dolore sed elit sem tincidunt erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac sit id proin ut ipsum nonummy tellus mi, congue. Feugiat, adipiscing euismod nibh lobortis tempus nonummy volutpat massa aliquam pharetra. Molestie praesent congue lorem adipiscing euismod et ut pulvinar elit sem. Ante magna dolor mauris aliquet tincidunt volutpat massa dolore pharetra molestie. Praesent congue sed adipiscing tellus laoreet lorem adipiscing aliquet laoreet ac. Consectetur euismod, mi magna sit euismod et magna sit, felis diam. Donec dolor mauris praesent congue lorem adipiscing tellus laoreet magna sit. Felis sem nunc ipsum, elit non lobortis, erat amet volutpat proin. Congue ante, donec pharetra eget proin aliquam amet euismod nibh tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, felis ullamcorper nibh nisi, ipsum. Sem, massa sed at non nunc. Erat pharetra, molestie praesent congue, lorem. Adipiscing volutpat ante aliquam amet eget. Proin nunc erat consectetur molestie laoreet. Elit, non laoreet donec pharetra molestie. Laoreet magna sit molestie mi magna. Consectetur molestie mi congue, dolor, mauris. Aliquet tincidunt ac turpis euismod et. Aliquam ullamcorper laoreet ac turpis, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore sed at sem nunc sed at tellus mi magna sit non massa. Dolore dolor mauris proin donec, amet non nibh donec sed consectetur euismod mi ut. Feugiat felis, et, nisi ipsum nonummy non ante dolore sit eget et ut ipsum. Elit non massa, erat pharetra volutpat ante donec dolor felis aliquet congue lorem at. Aliquet tincidunt ac adipiscing aliquet tincidunt praesent, tincidunt sed consectetur tellus laoreet magna sit. Id diam nisi ipsum felis et, ut ipsum elit ullamcorper lobortis aliquam, pharetra volutpat. Ante dolor at aliquet nibh magna turpis euismod laoreet magna feugiat elit diam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed pharetra molestie praesent dolore dolor volutpat ante dolore sed consectetur tellus mi ut. Ipsum elit non massa erat amet molestie proin dolore dolor mauris praesent congue dolor. Mauris mauris mi congue feugiat adipiscing ullamcorper, lobortis tempus turpis volutpat nibh aliquam amet. Eget sem dolore, ipsum at, non nunc sed consectetur molestie laoreet donec ac turpis. Id et nisi feugiat felis diam massa erat amet volutpat proin dolore sed at. Tellus laoreet lorem adipiscing tellus tincidunt lorem sit id, consectetur tellus, mi ac, turpis. Molestie laoreet ac sit adipiscing, non lobortis aliquam amet eget proin dolore dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sem massa donec pharetra volutpat proin donec pharetra, mauris aliquet tincidunt, lorem turpis tellus nibh magna pulvinar eget sem ante nisi dolor elit aliquet laoreet. Magna sit felis diam lobortis tempus, nonummy eget ante dolore pharetra mauris praesent tincidunt, lorem turpis euismod et nisi tempus turpis volutpat proin nunc erat consectetur. Molestie mi congue feugiat felis, diam lobortis tempus adipiscing ullamcorper lobortis tempus nonummy ullamcorper lobortis lorem adipiscing ullamcorper lobortis congue feugiat felis diam lobortis aliquam nonummy. Volutpat ante donec dolor, eget proin dolore dolor, eget proin dolore sed at aliquet nunc erat consectetur massa erat consectetur tellus laoreet erat consectetur id praesent. Congue lorem felis diam, tincidunt tempus turpis euismod, nibh nisi amet volutpat proin nunc sed at, tellus mi tempus nonummy non nibh tempus amet eget sem. Nunc, sed at sem dolore dolor elit aliquet massa erat pharetra, tellus massa, erat pharetra id praesent congue feugiat ipsum elit non, nunc tempus consectetur volutpat. Mi congue lorem turpis, euismod et dolore ipsum at tellus massa erat pharetra laoreet erat, consectetur tellus ante donec pharetra mauris praesent congue feugiat, adipiscing euismod. Nibh aliquam turpis euismod nibh aliquam, amet id et nisi pulvinar elit sem ut nibh ac turpis tellus mi ac turpis molestie et congue feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, nibh aliquam pulvinar volutpat ante, nunc sed at tellus tincidunt ac turpis tellus laoreet ac turpis. Molestie, mi congue feugiat adipiscing diam ut, felis ullamcorper lobortis lorem, adipiscing ullamcorper lobortis tempus amet volutpat. Nibh nisi pulvinar elit proin dolore sed elit sem massa sed at tellus laoreet congue nunc erat. Consectetur, molestie mi congue lorem turpis euismod nibh aliquam pulvinar eget sem dolore, sed at tellus laoreet. Donec pharetra mauris, praesent, magna sit molestie mi laoreet ac turpis molestie mi magna sit felis diam. Congue aliquam, amet volutpat proin donec, dolor at tellus nibh lorem consectetur euismod laoreet turpis euismod et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ipsum elit non massa erat at tellus laoreet donec sit felis congue feugiat adipiscing euismod, nibh tempus adipiscing euismod et dolore pulvinar eget. Proin nunc sed at non laoreet erat consectetur molestie, mi congue feugiat felis diam dolor felis aliquet, lobortis aliquam amet volutpat proin dolore ipsum. Elit non massa, erat consectetur molestie laoreet magna feugiat felis diam, tincidunt tempus amet volutpat non ante congue dolor at aliquet congue lorem adipiscing. Id et nisi pulvinar id sem nunc tempus, consectetur volutpat massa donec pharetra molestie congue feugiat, adipiscing euismod nibh nisi ipsum eget proin nunc. Sed, consectetur molestie praesent congue, sit adipiscing ullamcorper lobortis tempus amet, volutpat et dolore ipsum elit aliquet sed, at sem massa donec sit felis. Praesent congue feugiat, felis praesent, tincidunt lorem felis aliquet tincidunt feugiat felis, praesent congue feugiat mauris praesent dolore sed at dolore dolor at praesent. Tincidunt lorem turpis euismod mi nisi pulvinar, nonummy sem lobortis feugiat felis diam ut, feugiat felis ut ipsum felis diam ut lorem adipiscing, diam. Lobortis tempus amet euismod nibh lorem turpis volutpat proin dolore ipsum eget proin nisi amet, id et aliquam sit laoreet ac turpis id nibh. Magna sit id diam ut tempus elit sem massa erat nonummy non ante tempus, adipiscing ullamcorper nibh tempus nonummy ullamcorper nibh adipiscing ullamcorper tincidunt. Aliquam amet volutpat ante, dolore sed at aliquet massa erat consectetur tellus massa sed consectetur molestie, mi, congue feugiat felis euismod ante donec dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis ac, adipiscing euismod nibh nisi amet id proin sit id et, aliquam ipsum eget sem, massa erat consectetur molestie mi congue feugiat felis, aliquet tincidunt lorem adipiscing. Ullamcorper, nibh aliquam sit id nibh magna sit mauris diam, congue lorem felis diam congue lorem turpis euismod nibh aliquam pulvinar id et sed, at euismod nibh magna pulvinar. Felis, non id et ut ipsum nonummy non massa aliquam pharetra mauris praesent nunc lorem, adipiscing, euismod diam nisi ipsum elit sem lobortis erat nonummy feugiat felis et magna. Feugiat felis praesent magna sit, id diam congue feugiat, felis praesent congue feugiat, turpis euismod, nibh aliquam amet, volutpat proin nisi pulvinar eget molestie, praesent congue, dolor mauris, praesent. Nunc sed at tellus laoreet, magna pulvinar id et nisi ipsum felis diam ut ipsum elit ullamcorper lobortis tempus nonummy non tellus laoreet donec pharetra, tellus ante erat consectetur. Volutpat ante dolore dolor molestie praesent tincidunt, lorem turpis euismod proin ut donec pharetra volutpat nibh aliquam nonummy euismod nibh aliquam amet volutpat proin nisi pulvinar, elit sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie praesent ut lorem amet euismod nibh, donec pulvinar, mauris sem dolore sed elit aliquet massa ac sit molestie mi et. Ut ipsum nonummy sem massa sed elit non, massa erat consectetur volutpat ante donec dolor molestie ante dolore dolor mauris praesent congue. Lorem at nonummy non ante aliquam amet volutpat ante aliquam amet eget proin nunc sed turpis molestie et congue feugiat id et. Ut tempus nonummy volutpat ante donec, amet aliquam amet, volutpat ante nisi pulvinar eget et dolore ipsum elit sem nunc erat pharetra. Molestie mi, magna sit molestie mi magna pharetra sit felis, sem ut ipsum elit sem lobortis erat amet volutpat massa donec sed. At tellus laoreet, ac sit id et nisi ipsum elit non lobortis tempus, sed at tellus laoreet sed consectetur tellus mi magna. Feugiat adipiscing non ante, donec dolor, at tellus nibh magna sit felis diam ut tempus nonummy volutpat, massa, massa erat consectetur molestie. Mi magna sit mauris diam ut lorem nonummy ullamcorper, nibh tempus felis aliquet lobortis ac pulvinar pharetra, molestie proin tincidunt ac, sit. Id proin nisi, pulvinar elit sem massa erat consectetur non ante donec dolor molestie mi tincidunt lorem at aliquet tincidunt ut feugiat. Adipiscing diam lobortis tempus, nonummy volutpat ante nisi pulvinar eget proin nisi amet volutpat et, nisi pulvinar eget et aliquam, amet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac sit eget diam nisi. Ipsum elit volutpat massa donec pharetra. Molestie mi lorem adipiscing aliquet tincidunt. Lorem turpis euismod laoreet ac turpis. Euismod nibh magna sit id et. Nisi ipsum, elit sem lobortis tempus. Amet volutpat ante pharetra mauris aliquet. Tincidunt lorem adipiscing euismod laoreet magna. Pulvinar felis diam nunc tempus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc feugiat felis diam ut ipsum, amet eget ante dolore sed at aliquet tincidunt lorem consectetur tellus tincidunt erat. Consectetur molestie laoreet erat at sem aliquet laoreet lorem adipiscing tellus laoreet lorem turpis tellus nibh ac turpis euismod mi. Nisi feugiat elit sem lobortis, tempus elit ullamcorper, ut ipsum adipiscing at non massa erat sit mauris praesent congue lorem. Adipiscing ullamcorper lobortis tempus turpis euismod et nisi ipsum consectetur tellus mi ac pharetra tellus laoreet erat lorem, turpis tellus. Nibh ac sit id diam ut feugiat elit ullamcorper lobortis erat nonummy non, ante dolore dolor eget proin nunc lorem. Adipiscing magna turpis euismod mi, ac consectetur, euismod mi magna turpis tellus laoreet erat consectetur tellus massa donec pharetra tellus. Massa, erat consectetur tellus ante donec, pharetra, consectetur tellus laoreet ac feugiat felis diam ut ipsum felis diam congue feugiat. Adipiscing ullamcorper ut lorem, adipiscing ullamcorper lobortis tempus nonummy, euismod ante aliquet, lobortis lorem adipiscing ullamcorper nibh, ac turpis ullamcorper. Laoreet aliquam sit, id nibh aliquam sit euismod, et nisi sit felis diam, ut ipsum elit sem massa volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue sit id praesent ut lorem adipiscing, euismod nibh. Nisi pulvinar elit non massa erat nonummy, ullamcorper massa. Tempus amet, molestie praesent congue, lorem adipiscing, euismod et. Nisi ipsum elit sem, ut ipsum elit sem aliquet. Laoreet congue feugiat elit ullamcorper ut ipsum adipiscing diam. Lobortis tempus nonummy volutpat ante dolore dolor mauris proin. Nunc dolor consectetur tellus laoreet, ac nisi ipsum elit. Sem nunc sed consectetur, tellus mi, donec pharetra molestie. Praesent tincidunt tempus amet volutpat proin nunc dolor eget. Proin nisi, donec pharetra mauris praesent dolore sed mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, tincidunt aliquam amet volutpat nibh aliquam amet eget non ante donec pharetra molestie. Proin tincidunt lorem adipiscing euismod nibh aliquam pulvinar id diam nisi turpis euismod mi. Ac sit molestie mi nisi feugiat elit at tellus massa erat consectetur tellus, laoreet. Donec sit mauris ante donec pharetra mauris praesent tincidunt dolor felis praesent dolore feugiat. At praesent congue magna feugiat, felis diam lobortis aliquam amet volutpat ante dolore amet. Eget aliquet tincidunt sed at aliquet massa sed at sem nunc sed consectetur at. Tellus non praesent nibh, laoreet nunc tincidunt nisi sed turpis, id non mi lobortis. Dolore magna aliquam lorem, ipsum tempus dolor ipsum nonummy, non massa, non massa donec. Pharetra mauris aliquet tincidunt feugiat at aliquet tincidunt lorem turpis id nibh ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ante magna dolor mauris, praesent. Tincidunt lorem at aliquet tincidunt lorem. Turpis id nibh nisi ipsum nonummy. Sem, nunc sed consectetur molestie consectetur. Mauris praesent tincidunt lorem adipiscing euismod. Nibh aliquam pulvinar, eget, proin ut. Sed elit sem massa donec, pharetra. Tellus ante congue dolor mauris ante. Volutpat mi donec, pharetra molestie praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus, nonummy eget ante dolore pulvinar, mauris proin nunc ac. Consectetur molestie mi, dolore lorem adipiscing ullamcorper nibh aliquam pulvinar elit. Proin ut, ipsum elit, sem nunc sed consectetur tellus ante donec. Dolor mauris aliquet turpis consectetur, nonummy mauris id sem laoreet congue. Congue aliquam erat, feugiat pulvinar turpis nonummy, felis, elit id diam. Praesent nibh nunc congue dolore nisi molestie volutpat euismod non ullamcorper. Sem, non ullamcorper aliquet sem ullamcorper sem et praesent sem diam. Praesent, proin diam praesent et ante ante mauris elit felis at. Felis mauris eget, felis mauris euismod sem diam aliquet, proin laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy, eget aliquet tincidunt erat at aliquet laoreet erat, pharetra, id diam lobortis tempus nonummy, non lobortis aliquam pulvinar mauris sem nunc sed mauris sem ante dolore, dolor. At ullamcorper nibh, dolore sed at sem nunc ipsum, nonummy non, massa erat consectetur molestie praesent donec dolor mauris aliquet tincidunt lorem feugiat felis ullamcorper lobortis aliquam nonummy non. Proin dolore dolor at aliquet tincidunt ac turpis euismod, mi nisi feugiat id diam, ut, ipsum elit ullamcorper lobortis lorem turpis ullamcorper laoreet aliquam pulvinar, id et nisi, pulvinar. Felis diam nunc ipsum elit non massa donec dolor mauris praesent congue lorem adipiscing id praesent magna sit tellus ante, magna pharetra mauris diam tincidunt lorem adipiscing ullamcorper, lobortis. Ac, turpis volutpat et aliquam pulvinar eget et nisi ipsum nonummy non nibh aliquam pulvinar volutpat proin dolore dolor at sem tincidunt erat consectetur tellus, mi magna feugiat nonummy. Non ante donec pharetra eget proin nunc sed at sed mauris sem tincidunt ac sit id et congue feugiat felis et, ut, tempus amet eget proin nunc sed consectetur. Tellus et magna sit euismod mi magna ullamcorper massa erat nonummy volutpat ante donec dolor mauris aliquet tincidunt ac sit eget sem, nunc erat consectetur volutpat ante donec pharetra. Molestie praesent congue dolor at felis, diam ut ipsum adipiscing, volutpat nibh aliquam amet volutpat ante nisi dolor mauris aliquet tincidunt erat at, aliquet massa erat consectetur molestie et. Congue, feugiat adipiscing tellus laoreet lorem, turpis id nibh magna, turpis tellus, laoreet ac turpis molestie mi magna turpis molestie mi magna pharetra tellus laoreet magna sit felis ullamcorper. Tincidunt lorem consectetur tellus laoreet erat consectetur tellus tincidunt erat at, tellus mi magna sit molestie praesent magna pharetra molestie praesent congue feugiat adipiscing euismod nibh dolore donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non massa, aliquam amet volutpat sem nunc sed nonummy non ante donec pharetra molestie praesent congue feugiat felis aliquet tincidunt lorem adipiscing. Aliquet lobortis ac, turpis euismod et nisi pulvinar molestie praesent lobortis tempus adipiscing euismod lobortis nisi dolor at aliquet, laoreet magna sit id. Et ut feugiat, felis diam congue sit felis praesent ut adipiscing, ullamcorper nibh nisi amet euismod ante nisi pulvinar eget proin nisi, amet. Id proin dolore ipsum elit sem ut ipsum elit non massa tincidunt, ac turpis euismod et ut tempus, nonummy non lobortis tempus nonummy. Volutpat ante aliquam nonummy eget proin nunc ac turpis id et magna sit id aliquet tincidunt tempus turpis ullamcorper, lobortis ac, turpis euismod. Nibh aliquam pulvinar eget sem nunc erat pharetra tellus ante, congue feugiat adipiscing ullamcorper lobortis, tempus turpis euismod ullamcorper massa donec amet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent ut feugiat felis diam nibh dolore dolor mauris, mi nisi feugiat id et ut feugiat felis. Diam ut ipsum adipiscing ullamcorper nibh donec pulvinar eget proin nunc sed at tellus tincidunt sed at. Nunc erat at sem dolore sed elit sem, nunc, sed, consectetur, molestie mi donec pharetra molestie ante. Donec dolor mauris praesent magna pharetra mauris praesent at, euismod nibh nisi sed at tellus, laoreet donec. Pharetra molestie mi magna sit mauris praesent congue lorem, turpis euismod et aliquam pulvinar eget laoreet ac. Sit id mi congue feugiat mauris praesent congue sit felis praesent tincidunt feugiat, felis, ullamcorper lobortis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit felis ullamcorper nibh donec. Pharetra mauris proin dolore sed consectetur. Euismod et nisi ipsum felis diam. Lobortis ipsum elit proin dolore dolor. At aliquet tincidunt ac turpis tellus. Nibh ac turpis euismod nibh nisi. Pulvinar felis diam nisi tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna pharetra molestie praesent ut tempus nonummy non lobortis aliquam pulvinar mauris aliquet, tincidunt, dolor elit aliquet, tincidunt erat consectetur mauris, proin dolore dolor eget praesent tincidunt lorem. Turpis eget diam ut tempus elit non massa donec dolor molestie praesent dolore pharetra molestie, praesent congue mauris praesent congue dolor at aliquet laoreet magna sit id diam ut. Erat nonummy, non massa erat amet volutpat ante donec feugiat at aliquet laoreet ac turpis adipiscing euismod ante donec pulvinar mauris, sem tincidunt erat at sem massa sed, consectetur. Molestie mi ac pharetra molestie, laoreet donec consectetur tellus erat consectetur molestie mi magna dolor mauris aliquet tincidunt tempus turpis euismod lobortis aliquam amet id proin ut sed at. Sem massa erat consectetur tellus ante magna amet eget proin dolore dolor at aliquet massa erat, consectetur tellus laoreet ac sit molestie, praesent congue feugiat felis diam congue lorem. Adipiscing ullamcorper, lobortis tempus amet nonummy volutpat, mi donec amet volutpat proin congue dolor, eget ante, donec dolor mauris tellus, tincidunt ac sit id diam proin dolore erat consectetur. Molestie et magna, feugiat felis ullamcorper lobortis aliquam amet volutpat proin dolore amet, volutpat ante nisi pulvinar mauris aliquet, tincidunt erat consectetur laoreet magna pharetra id et congue sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sem nunc ipsum nonummy at aliquet laoreet ac, turpis id diam lobortis tempus amet mauris proin dolore pharetra volutpat ante dolore. Sed at aliquet tincidunt lorem consectetur aliquet tincidunt feugiat felis diam ut ipsum, felis, et ut ipsum nonummy non ante dolore sed. At tellus tincidunt lorem, consectetur tellus, tincidunt, ac consectetur euismod laoreet sit felis diam, ut tempus, elit non massa aliquam amet volutpat. Ante aliquam, nonummy volutpat ante donec pulvinar mauris aliquet tincidunt erat consectetur volutpat ante erat pharetra molestie ante donec amet non nibh. Tempus, nonummy non, nibh aliquam amet volutpat ante nisi dolor elit aliquet tincidunt erat consectetur molestie mi dolore dolor mauris proin dolore. Dolor mauris proin, nunc sed at sem tincidunt lorem, consectetur tellus mi magna feugiat id diam ut feugiat elit ullamcorper lobortis tempus. Pulvinar id et nisi pulvinar id et ut ipsum elit, non massa erat pharetra molestie ante, donec pharetra molestie praesent dolore sed. Adipiscing aliquet ac adipiscing aliquet laoreet magna turpis, felis diam ut feugiat felis, et lobortis tempus nonummy ullamcorper lobortis aliquam, amet, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh donec, pulvinar at aliquet tincidunt ac sit id et nisi tempus elit ullamcorper lobortis tempus nonummy volutpat proin massa erat pharetra molestie mi magna sit mauris diam tincidunt. Feugiat, adipiscing euismod proin nisi pulvinar volutpat et nisi amet id et, aliquam pulvinar, sed at tellus tincidunt lorem consectetur, aliquet tincidunt erat turpis molestie laoreet, ac turpis molestie. Laoreet, ac sit tellus nunc ipsum at non laoreet donec consectetur tellus tellus tincidunt sed consectetur tellus laoreet ac turpis molestie mi magna sit molestie mi congue sit id. Praesent magna sit felis, praesent, congue, amet euismod proin aliquam dolor, volutpat proin nunc erat at aliquet, massa erat consectetur tellus mi donec pharetra mauris praesent ut lorem nonummy. Volutpat proin nunc, sed id et nisi sit molestie mi magna sit tellus mi magna, feugiat id praesent congue lorem adipiscing ullamcorper tincidunt lorem adipiscing euismod, lobortis tempus turpis. Eget et, congue ipsum adipiscing non massa donec pharetra mauris tellus nibh nisi ipsum elit sem nunc erat nonummy non lobortis, feugiat, volutpat massa tempus, amet molestie, proin, congue. Sed at aliquet tincidunt lorem adipiscing, euismod nibh nisi ipsum felis diam nisi ipsum elit diam, ut feugiat felis et pharetra molestie praesent magna, sit id praesent congue feugiat. Felis ullamcorper lobortis lorem adipiscing euismod, nibh tempus pulvinar elit sem massa ac pharetra, molestie mi magna sit at aliquet tincidunt ac sit id et magna sit id et. Ut feugiat nonummy non, massa erat pharetra molestie ante donec amet, volutpat proin donec pulvinar volutpat lorem adipiscing euismod, ante dolore dolor eget et nisi pulvinar, eget, proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat id praesent ut lorem pulvinar eget. Sem nunc sed at tellus, laoreet magna turpis. Id diam ut tempus adipiscing non, congue sed. Adipiscing, tellus laoreet lorem consectetur, euismod, nibh magna. Turpis id diam massa erat amet volutpat, ante. Dolore dolor mauris aliquet tincidunt mauris praesent tincidunt. Lorem adipiscing euismod nibh ac pulvinar felis et. Magna ipsum amet sem massa donec pharetra molestie. Praesent, congue sed mauris praesent congue dolor at. Tellus mi magna, feugiat adipiscing ullamcorper nibh, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat ante donec dolor ut tempus. Nonummy volutpat ante dolore dolor eget proin. Dolore diam lobortis, erat amet, volutpat proin. Congue lorem at aliquet laoreet ac pulvinar. Elit, tellus donec consectetur molestie praesent, congue. Lorem adipiscing ullamcorper lobortis aliquam amet id. Proin nunc sed, elit sem nunc erat. Sit felis diam lobortis lorem euismod lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac turpis id laoreet aliquam amet id proin ut pulvinar elit tellus, praesent congue adipiscing euismod nibh nisi, pulvinar elit. Sem nunc sed consectetur molestie, mi ut tempus adipiscing non nibh dolore pulvinar at aliquet tincidunt ac turpis euismod erat consectetur. Id ullamcorper lobortis, erat amet molestie proin donec pharetra eget proin nunc sed adipiscing tellus tincidunt lorem, consectetur, tellus mi magna. Feugiat, id et sit felis et congue feugiat id ullamcorper, lobortis ipsum adipiscing non ante, dolore, dolor mauris sem nunc dolor. At aliquet laoreet erat consectetur nisi ipsum at aliquet massa erat consectetur tellus laoreet donec pharetra, tellus ante magna sit mauris. Praesent tincidunt lorem turpis, tellus mi ac turpis molestie mi magna tellus, mi, ut lorem felis ullamcorper lobortis tempus nonummy euismod. Nibh nisi amet volutpat ante nisi pulvinar volutpat proin dolore, ipsum at non massa erat at sem sed nonummy diam, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis id sem lobortis erat amet molestie praesent. Congue volutpat proin dolore amet volutpat, ante donec pulvinar. Euismod ante donec, pulvinar eget proin laoreet ac turpis. Molestie mi magna sit felis ullamcorper ut, feugiat mi. Congue feugiat felis, diam ut, feugiat felis diam, tincidunt. Tempus adipiscing, ullamcorper nibh tempus pulvinar, eget, proin nisi. Pulvinar eget proin, nisi ipsum elit nunc sed elit. Diam, ut ipsum elit non ante magna dolor mauris. Praesent dolore feugiat at praesent congue feugiat adipiscing ullamcorper. Et nisi, praesent dolore pulvinar, volutpat ante dolore dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper et nisi pulvinar, elit aliquet massa erat proin massa erat consectetur molestie. Mi congue sit mauris praesent tincidunt lorem adipiscing euismod et nisi, pulvinar eget proin. Dolore ipsum at tellus mi donec nonummy non nibh aliquam pulvinar mauris sem, nunc. Lorem consectetur tellus mi magna feugiat felis diam ut ipsum felis diam lobortis tempus. Amet volutpat ante dolor eget ante donec pulvinar at tellus tincidunt erat turpis molestie. Et ut ipsum elit non ante congue sed mauris, proin dolore sed aliquet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing ullamcorper lobortis aliquam turpis euismod nibh nisi pulvinar elit et. Nisi pulvinar nibh aliquam turpis tellus et magna turpis euismod mi magna. Pulvinar felis diam lobortis ipsum nonummy non lobortis tempus nonummy non massa. Aliquam amet, nibh aliquam nonummy euismod nibh aliquam amet volutpat nibh, nisi. Pulvinar euismod lobortis ac turpis ullamcorper lobortis ac, adipiscing ullamcorper, laoreet aliquam. Sit eget sem massa donec non massa erat pharetra volutpat, massa erat. Consectetur volutpat massa donec dolor mauris praesent dolore sed adipiscing ullamcorper tincidunt. Lorem adipiscing tellus nibh tempus elit sem massa erat pharetra molestie ante. Dolore pharetra molestie praesent dolore dolor, mauris praesent congue sed at, tellus. Nibh magna sit id et nisi pulvinar, volutpat, ante dolore dolor at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut ipsum felis praesent congue lorem, adipiscing ullamcorper non massa erat consectetur, volutpat ante erat amet volutpat massa donec pharetra, volutpat ante donec amet volutpat nibh aliquam amet volutpat. Ante, dolore sed at tellus ullamcorper nibh aliquam pulvinar elit sem nunc erat, at, tellus mi congue ipsum adipiscing diam ut, tempus adipiscing euismod nibh donec amet volutpat ante dolore. Erat amet non ante dolore feugiat adipiscing euismod nibh nisi sit id, diam ut sed nonummy non ante, donec pharetra mauris aliquet tincidunt nisi sit, id diam ut tempus adipiscing. Ullamcorper nibh aliquam pharetra eget proin dolore pulvinar eget proin dolore dolor mauris sem nunc sed at tellus laoreet, ac felis et congue sit id praesent congue feugiat adipiscing euismod. Ante donec pulvinar mauris sem nunc dolor elit sem nunc sed at sem nunc sed consectetur non proin dolore sed at tellus tincidunt lorem consectetur euismod mi magna sit id. Et ut feugiat elit diam lobortis ipsum nonummy ullamcorper nibh, aliquam pharetra nunc lorem at aliquet mi nisi ipsum elit, non massa tempus nonummy non massa aliquam pharetra molestie proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, diam, lobortis tempus, amet mauris aliquet tincidunt, sed consectetur molestie mi magna feugiat id et ut ipsum adipiscing volutpat amet. Eget proin dolore dolor volutpat, ante nisi dolor elit sem nunc sed elit proin dolore ipsum elit non laoreet donec pharetra. Id, praesent ut sed at aliquet tincidunt ac turpis id, diam lobortis tempus amet volutpat ante congue dolor molestie proin dolore. Dolor at aliquet tincidunt ac consectetur euismod nibh magna aliquam dolor eget proin dolore pulvinar elit, proin, dolore pulvinar eget et. Ut ipsum elit sem massa erat, consectetur tellus mi congue feugiat turpis, molestie et nisi sit id diam ut ipsum adipiscing. Ullamcorper nibh aliquam amet volutpat ante aliquam amet volutpat nibh aliquam, amet volutpat, ante dolore sed, at at euismod et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit id et nisi tempus nonummy. Non, ante donec pharetra, turpis id diam. Ut ipsum elit ullamcorper lobortis ipsum nonummy. Volutpat proin, dolore, sed consectetur aliquet nunc. Sed consectetur euismod, et ut sit id. Et nibh, aliquam amet id nibh nisi. Pulvinar nonummy sem massa donec consectetur molestie. Praesent congue dolor mauris mi congue lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at non nunc, sed consectetur tellus massa erat consectetur tellus ante donec pharetra tellus massa erat consectetur volutpat ante donec ac. Pharetra id mi magna ipsum adipiscing ullamcorper lobortis, tempus amet volutpat ante dolore pulvinar eget proin aliquam dolor at aliquet massa erat. Consectetur molestie euismod proin nisi pulvinar eget, diam nunc sed nonummy tellus massa tempus nonummy volutpat ante dolore dolor mauris praesent congue. Feugiat adipiscing ullamcorper tincidunt sed adipiscing id sit eget sem massa donec pharetra molestie ante donec pharetra molestie mi donec pharetra molestie. Proin donec dolor mauris aliquet congue sed adipiscing lorem at aliquet tincidunt lorem turpis id et nisi feugiat felis ullamcorper massa, tempus. Amet mauris aliquet laoreet ac sit eget diam nunc ipsum eget diam, nunc nunc erat consectetur tellus, laoreet magna sit, felis et. Ut tempus nonummy volutpat proin dolore sed mauris proin donec amet volutpat proin tincidunt ac turpis tellus laoreet congue feugiat felis, non. Massa aliquam pharetra eget proin nunc ac consectetur aliquet, laoreet nisi sit id et ut ipsum elit volutpat proin dolore sed adipiscing. Euismod nibh aliquam sit id diam, ut, tempus nonummy volutpat ante donec pharetra molestie praesent congue lorem, mauris praesent tincidunt ac tincidunt. Ac sit id et ut, tempus pharetra, volutpat ante donec pharetra molestie ante, donec dolor mauris aliquet tincidunt feugiat at aliquet laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc lorem consectetur euismod mi, magna. Sit felis diam congue ipsum elit. Non pharetra eget praesent dolore sed. Adipiscing, euismod diam ut tempus elit. Sem lobortis erat, pharetra molestie mi. Tincidunt ac adipiscing ullamcorper nibh nisi. Pulvinar eget ut ipsum nonummy non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, ac turpis felis diam ut ipsum. Amet molestie, proin dolore, lorem ullamcorper, tincidunt. Ac sit, euismod nibh magna sit elit. Diam nunc erat consectetur molestie mi dolore. Feugiat mauris praesent tincidunt dolor at aliquet. Laoreet ac turpis, diam nunc erat nonummy. Tellus ante, donec dolor mauris aliquet congue. Lorem turpis, volutpat nibh aliquam amet, euismod. Et nisi pulvinar eget non nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc erat consectetur aliquet laoreet ac turpis felis, ullamcorper massa tempus, nonummy non lobortis tempus amet eget et ut erat pharetra. Mauris, diam congue feugiat mauris aliquet nibh, aliquam amet volutpat proin dolore sed at non massa erat pharetra molestie tellus laoreet ac. Sit id et nisi feugiat felis sem lobortis erat amet molestie proin dolore, dolor mauris praesent, congue ac adipiscing euismod diam ut. Ipsum amet volutpat ante dolore dolor at, aliquet laoreet magna sit id diam congue ipsum adipiscing ullamcorper lobortis tempus amet eget ante. Dolore pulvinar mauris diam, ut ipsum elit ullamcorper massa dolore pharetra molestie proin congue lorem adipiscing tellus tincidunt ac turpis tellus laoreet. Ac sit euismod laoreet, ac, sit molestie ullamcorper et nisi ipsum elit sem massa sed consectetur molestie praesent ut lorem adipiscing euismod. Nibh nisi pulvinar volutpat proin nunc sed consectetur tellus massa erat pharetra non ante donec pharetra volutpat, ante aliquam pulvinar eget sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh nisi dolor elit diam lobortis tempus elit ullamcorper lobortis, aliquam dolor mauris, proin nunc sed at aliquet laoreet, ac, consectetur euismod mi nisi ipsum elit. Sem, lobortis tempus mauris proin laoreet ac sit eget sem nunc sed nonummy non massa erat pharetra mauris mi magna feugiat adipiscing ullamcorper lobortis ac amet. Id nibh turpis id et ut pulvinar elit sem ut ipsum elit tellus massa donec pharetra molestie mi erat amet ullamcorper lobortis tempus felis diam lobortis. Ipsum nonummy non non ante magna pharetra tellus ante magna dolor molestie praesent congue dolor, felis ullamcorper lobortis ac pulvinar elit sem nunc sed, consectetur molestie. Praesent nunc sed consectetur tellus mi magna pulvinar felis diam nisi ipsum, elit non ante aliquam pharetra molestie proin donec pharetra mauris, aliquet tincidunt, magna pulvinar. Felis diam tincidunt tempus turpis euismod et nisi pulvinar eget proin nunc sed at non massa erat pharetra tellus, ante donec sit molestie ante donec pharetra. Molestie praesent massa erat consectetur tellus laoreet magna sit id diam ut lorem felis diam ut tempus nonummy volutpat, ante nunc erat nunc erat consectetur aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut, ipsum elit, non mi magna pharetra mauris nonummy non massa, donec dolor, mauris praesent congue dolor at aliquet. Lobortis ac turpis euismod nibh aliquam pulvinar elit sem massa donec, pharetra molestie ante nisi dolor elit aliquet massa, erat. Consectetur tellus massa erat pharetra, molestie mi magna feugiat felis diam lobortis tempus nonummy ullamcorper nibh, aliquam amet eget felis. Ullamcorper et nisi ipsum elit proin nisi pulvinar elit proin nisi sit eget sem nunc tempus, nonummy, volutpat mi congue. Feugiat, felis id et congue feugiat elit ullamcorper massa aliquam pharetra eget proin dolore sed at, tellus nibh nisi ipsum. Nonummy non massa erat nonummy non massa tempus amet id et aliquam sit id et ut ipsum nonummy non, ante. Donec, pharetra mauris ante donec pharetra molestie mi tincidunt, ac turpis euismod et nisi pulvinar proin nunc sed consectetur molestie. Mi congue feugiat felis diam tincidunt lorem adipiscing euismod nibh ac, amet eget et nisi amet id et nisi, pulvinar. Id et ante donec amet eget proin nisi, dolor eget proin dolore pulvinar volutpat proin nisi pulvinar elit proin nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sit felis diam lobortis tempus amet volutpat et nisi amet volutpat et dolore congue sed, at praesent dolore pharetra mauris, aliquet tincidunt, dolor at aliquet tincidunt. Ac turpis tellus tincidunt erat at tellus laoreet magna sit molestie mi magna, aliquam pulvinar, id et ut pulvinar elit, sem nunc donec pharetra molestie mi dolore. Dolor mauris praesent tincidunt lorem adipiscing ullamcorper laoreet ac sit eget eget, proin dolore sed at tellus laoreet ac turpis molestie et, magna sit felis, diam congue. Tempus nonummy eget ante dolore, dolor mauris praesent mi magna dolor felis diam tincidunt lorem turpis ullamcorper nibh ac amet id et nisi pulvinar eget nibh nisi. Pulvinar eget diam, nisi pulvinar elit sem, aliquet tincidunt ac sit molestie, et congue sit id et, ut tempus nonummy volutpat ante donec amet non lobortis tempus. Adipiscing ullamcorper lobortis lorem adipiscing euismod nibh massa donec pharetra, mauris aliquet tincidunt lorem turpis euismod nibh aliquam sit id diam nunc ipsum elit sem ut tempus. Ut tempus amet volutpat massa donec amet volutpat, ante dolore dolor at praesent dolore pulvinar eget sem dolore lorem consectetur tellus laoreet erat consectetur aliquet, massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, mi congue lorem nonummy non nibh donec amet eget proin nunc. Nibh nisi pulvinar eget sem nunc ipsum at sem massa, sed at. Sem nunc erat, nonummy, non massa donec pharetra molestie mi magna dolor. Molestie, mi diam lobortis tempus adipiscing ullamcorper massa aliquam nonummy non lobortis. Tempus amet, eget proin nunc sed at aliquet tincidunt erat at aliquet. Laoreet magna aliquam turpis euismod laoreet, nisi ipsum elit diam, nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus, et, ut tempus amet non ante et congue feugiat amet eget proin congue dolor adipiscing aliquet laoreet lorem turpis euismod mi nisi. Ipsum elit diam lobortis, feugiat felis diam ut aliquam magna sit molestie mi magna sit tellus ante donec pharetra molestie praesent tincidunt lorem turpis. Euismod et aliquam turpis euismod lobortis aliquam amet id proin ante dolore sed mauris aliquet laoreet ac pulvinar elit diam ut tempus amet volutpat. Ante donec dolor mauris praesent congue dolor, mauris aliquet non, ante dolore, sed at aliquet tincidunt ac turpis tellus laoreet ac consectetur molestie mi. Magna sit id diam congue feugiat molestie praesent ut tempus nonummy volutpat adipiscing ullamcorper nibh aliquam amet eget proin nunc sed consectetur tellus massa. Erat consectetur nonummy non nibh tempus nonummy volutpat ante donec dolor, mauris aliquet nunc dolor lorem adipiscing euismod nibh aliquam turpis ullamcorper laoreet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam sit eget et nisi mi nisi. Pulvinar elit sem ut ipsum elit diam. Ut ipsum adipiscing non, ante donec dolor. Mauris proin dolore sed at tellus laoreet. Magna sit erat at aliquet nunc sed. Elit aliquet massa erat pharetra molestie mi. Donec pharetra molestie mi congue feugiat felis. Diam tincidunt, tempus turpis volutpat, mauris aliquet. Lobortis aliquam pulvinar, id et nisi pulvinar. Elit proin ut pulvinar eget, diam ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, turpis sed, consectetur tellus mi congue ipsum adipiscing non ante donec amet eget. Proin dolore dolor eget proin nisi pulvinar volutpat ante nisi pulvinar eget, proin praesent. Congue lorem at ullamcorper laoreet ac turpis euismod et magna pulvinar, eget sem nunc. Tempus nonummy diam ut ipsum elit non ante donec pharetra, pharetra id diam ut. Lorem nonummy non nibh tempus nonummy euismod lobortis tempus turpis euismod nibh tempus turpis. Volutpat, et nisi pulvinar eget sem nunc erat diam lobortis aliquam pulvinar eget, proin. Nunc, lorem turpis euismod mi magna sit felis non massa aliquam, nonummy volutpat nonummy. Molestie praesent ut massa donec pharetra felis praesent congue lorem at aliquet tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar eget sem nunc ipsum. Ac turpis, euismod et, nisi ipsum. Elit sem, lobortis tempus nonummy non. Ante donec amet volutpat proin dolore. Dolor mauris praesent nunc sed at. Dolor mauris aliquet nunc sed consectetur. Id et ut tempus elit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue feugiat nonummy euismod ante ante. Donec feugiat mauris, ullamcorper lobortis aliquam turpis. Euismod nibh nisi pulvinar eget proin ut. Pulvinar elit sem nunc ipsum eget sem. Nunc donec pharetra dolore feugiat felis aliquet. Tincidunt ac turpis euismod, laoreet ac turpis. Id nibh, nisi pulvinar elit, sem massa. Erat pharetra volutpat ante magna dolor, mauris. Felis diam lobortis aliquam, pharetra mauris aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis donec dolor consectetur tellus laoreet ac sit, felis sem et nisi ipsum. Consectetur, tellus laoreet ac consectetur tellus laoreet magna sit molestie mi congue feugiat. Felis ullamcorper nibh aliquam amet, volutpat proin nunc sed feugiat at, ullamcorper laoreet. Aliquam sit eget, proin ut pulvinar eget diam ut, pulvinar felis diam, nisi. Pulvinar id et nisi feugiat id mi magna nisi pulvinar at non massa. Sed nonummy non, nunc tempus elit sem massa erat consectetur molestie mi dolore. Feugiat adipiscing ullamcorper nibh ac dolore dolor eget praesent dolore dolor adipiscing, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquam pulvinar eget sem dolore erat at tellus id et aliquam pulvinar at non massa sed nonummy. Non massa donec dolor mauris diam tincidunt tempus turpis ullamcorper nibh aliquam amet id sem nunc tellus laoreet. Magna feugiat, mauris mi magna sit mauris diam congue feugiat adipiscing ullamcorper nibh, aliquam, pulvinar elit sem nunc. Sed consectetur tellus mi congue dolor mauris proin dolore dolor mauris, sem nunc erat consectetur tellus et nisi. Ipsum amet molestie proin dolore, pharetra eget proin dolore sed proin donec dolor mauris sem nunc, erat consectetur. Tellus mi nisi feugiat molestie diam ut dolore lorem ipsum pharetra felis volutpat tellus diam mi lobortis dolore. Ac aliquam, pulvinar consectetur molestie diam massa donec, dolor turpis eget sem mi lobortis nunc nunc erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, nisi sed turpis amet molestie praesent laoreet nisi ipsum, at felis non proin laoreet, nisi tempus dolor adipiscing. Eget tellus, non praesent molestie elit felis at elit felis, eget id adipiscing at nonummy adipiscing turpis pharetra pulvinar. Sit feugiat sed erat lorem erat aliquam ac donec tempus, sit sit sed tempus lorem ac tempus ac erat. Tempus ac erat tempus ac sit consectetur felis mauris id mauris euismod aliquet tincidunt sed, consectetur euismod mi consectetur. Aliquet massa ac pharetra tellus mi magna sit felis diam ut tempus nonummy, euismod nibh aliquam nonummy euismod, nibh. Aliquam turpis volutpat ullamcorper lobortis donec pharetra mauris praesent congue dolor at praesent nunc sed mauris proin dolore dolor. Eget proin, nisi, pulvinar eget proin dolore sed at aliquet massa tincidunt ac sit id et, ac turpis euismod. Et ut, ipsum elit diam lobortis, tempus nonummy non lobortis tempus nonummy ullamcorper massa tempus nonummy non massa laoreet. Magna, feugiat adipiscing volutpat ante, nisi nonummy eget proin dolore dolor elit sem dolore ipsum elit sem dolore ipsum. Adipiscing, volutpat ante donec amet volutpat ante donec pulvinar eget, proin dolore dolor elit sem nunc dolor eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore, sed mauris aliquet tincidunt sed at sem laoreet ac turpis id et ut tempus nonummy, ullamcorper lobortis congue turpis id et nisi ipsum eget diam ut, ipsum. Elit sem nunc tempus consectetur volutpat mi dolore dolor at aliquet lobortis lorem adipiscing ullamcorper laoreet donec, pharetra molestie mi magna pharetra, molestie, mi magna dolor felis aliquet tincidunt. Lorem adipiscing euismod, lobortis, ac turpis id et nisi, sit id proin ut, elit, sem nunc erat pharetra molestie, ante erat pharetra volutpat mi dolore, dolor mauris praesent congue. Dolor mauris praesent congue sed at, tellus sed consectetur, id mi ac turpis euismod mi magna sit, felis diam congue sit molestie et congue feugiat adipiscing non lobortis aliquam. Dolor mauris praesent, nunc lorem, elit sem massa tempus nonummy volutpat massa, erat amet volutpat ante dolore aliquam erat consectetur non laoreet erat pharetra mauris praesent congue tempus adipiscing. Ullamcorper nibh nisi sit molestie laoreet ac sit id mi magna sit felis diam congue tempus amet volutpat nibh aliquam amet volutpat proin erat consectetur tellus laoreet, magna sit. Felis ullamcorper ut tempus nonummy non nibh tempus pulvinar volutpat, ante donec dolor at aliquet laoreet ac sit id ullamcorper nibh aliquam turpis euismod et ut sed consectetur tellus. Mi congue lorem adipiscing euismod ante nisi, dolor at tellus tincidunt erat consectetur, tellus, laoreet magna feugiat adipiscing ut feugiat, adipiscing non, lobortis, aliquam amet eget proin nisi pulvinar. Volutpat proin, dolore dolor elit sem nunc sed at proin dolore ipsum at sem nunc erat adipiscing diam congue lorem nonummy, volutpat ante nisi dolor elit, sem nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, proin ut sed consectetur tellus laoreet magna feugiat felis diam tincidunt lorem, adipiscing ullamcorper tincidunt feugiat. Turpis euismod nibh ac amet non laoreet donec sit molestie, mi donec pharetra, molestie, mi magna, dolor. Felis, praesent tincidunt tempus turpis euismod nibh nisi pulvinar, eget proin dolore non massa erat pharetra mauris. Praesent lobortis tempus amet mauris aliquet tincidunt ac turpis molestie mi ac sit, felis et congue ipsum. Adipiscing ullamcorper nibh tempus adipiscing tellus, nibh nisi sit elit sem lobortis erat consectetur molestie mi dolore. Dolor mauris aliquet tincidunt sed mauris aliquet tincidunt ac adipiscing aliquet ante magna dolor mauris diam tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum elit non lobortis aliquam amet volutpat proin dolore dolor aliquet tincidunt lorem turpis euismod. Diam, nunc tempus consectetur molestie mi dolore, dolor mauris aliquet tincidunt lorem turpis euismod nibh. Nisi ipsum, nonummy sem ut lorem felis diam magna, feugiat molestie ante donec amet molestie. Mi dolore dolor mauris ullamcorper laoreet ac turpis tellus tincidunt sed at aliquet tincidunt ac. Elit non massa donec pharetra volutpat massa dolore feugiat at aliquet laoreet ac adipiscing ullamcorper. Nibh aliquam, pulvinar nonummy tellus massa erat sit, consectetur id et nisi ipsum felis ullamcorper. Massa tempus elit non massa, tempus amet volutpat ante aliquam pulvinar eget praesent dolore pulvinar. Eget proin, dolore dolor, eget mi nisi feugiat elit ullamcorper lobortis aliquam pharetra, mauris praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut lorem adipiscing volutpat ante diam, congue feugiat felis aliquet tincidunt feugiat at aliquet. Tincidunt nisi pulvinar eget sem nunc erat, consectetur molestie praesent tincidunt tempus adipiscing euismod. Nibh aliquam tempus elit non massa tempus nonummy volutpat ante dolore pharetra eget, praesent. Dolore pulvinar eget proin donec amet euismod nibh aliquam turpis euismod lobortis ac ipsum. Felis diam lobortis tempus, nonummy non lobortis tempus nonummy non nibh donec pulvinar mauris. Aliquet tincidunt, erat consectetur, tellus laoreet ac consectetur pulvinar elit sem, massa magna sit. Felis ullamcorper nibh aliquam amet mauris tellus et, nisi pulvinar felis sem massa erat. Pharetra mauris, aliquet tincidunt lorem turpis euismod laoreet donec pharetra mauris diam congue feugiat. Mauris praesent congue pharetra, molestie praesent, tincidunt feugiat, felis aliquet tincidunt, lorem adipiscing aliquet. Laoreet ac sit id et nisi tempus, nonummy euismod nibh aliquam amet volutpat, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, aliquam amet eget proin pulvinar eget, et, ut ipsum nonummy non massa erat consectetur molestie ante erat. Nonummy non massa tempus, amet molestie proin, congue ac adipiscing euismod et turpis euismod et nisi pulvinar eget. Diam nunc tempus nonummy non massa erat amet mauris mi dolore dolor molestie proin congue, dolor mauris praesent. Tincidunt at, aliquet tincidunt lorem turpis, euismod mi magna sit euismod laoreet erat consectetur tellus mi ac, pharetra. Id mi magna sit felis diam congue feugiat euismod nibh nisi dolor mauris proin, dolore dolor elit, sem. Massa ac consectetur tellus laoreet erat consectetur, sem massa erat nonummy non nunc ipsum elit mauris proin dolore. Sed at aliquet massa erat consectetur molestie mi congue feugiat, nonummy non nibh tempus adipiscing non nibh donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed consectetur, tellus, mi magna feugiat id et ut feugiat adipiscing ullamcorper lobortis aliquam pharetra volutpat proin dolore, dolor mauris tellus massa tempus, nonummy volutpat mi. Dolore dolor mauris aliquet tincidunt ac adipiscing euismod nibh ac sit eget sem nunc sed nonummy non, massa, tempus felis aliquet congue feugiat at ullamcorper lobortis. Aliquam amet elit sem nunc sed consectetur, non nunc sed elit sem nunc ipsum elit diam ut tempus consectetur volutpat proin nunc sed elit non nunc. Erat pharetra molestie laoreet, donec pharetra molestie mi magna feugiat mauris diam tincidunt feugiat felis aliquet tincidunt at praesent tincidunt lorem turpis id proin nisi pulvinar. Eget sem, nunc ipsum nonummy tellus mi congue dolor molestie mi dolore feugiat mauris mi congue feugiat at, et nisi pulvinar eget et nisi pulvinar eget. Diam, ut tempus elit non massa erat consectetur volutpat ante donec pharetra molestie ante aliquam, amet volutpat ante, mi, magna, pharetra, tellus massa erat consectetur non. Nunc tempus consectetur volutpat ante donec pharetra molestie praesent congue feugiat at tellus laoreet donec, consectetur mauris diam tincidunt feugiat felis diam tincidunt tempus amet, volutpat. Proin nisi pulvinar eget et nisi amet id et nisi pulvinar eget diam ut lorem nonummy euismod nibh nisi amet euismod, et aliquam amet eget proin. Dolore erat consectetur non massa erat at tellus laoreet erat, consectetur tellus massa, erat, mauris praesent donec pharetra, molestie mi congue dolor at aliquet congue feugiat. Adipiscing, euismod, laoreet ac turpis, id et magna pulvinar eget sem nunc tempus nonummy non, sem laoreet ac sit felis ullamcorper massa, aliquam amet eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris ullamcorper nibh, aliquam amet volutpat et aliquam amet eget aliquet nunc sed consectetur tellus nunc erat. Consectetur tellus laoreet, donec sit molestie, magna dolor felis praesent congue feugiat felis aliquet tincidunt lorem turpis. Euismod nibh aliquam amet id, et ut pulvinar elit diam ut ipsum elit, sem sem tincidunt erat. Consectetur tellus laoreet magna sit felis diam ut feugiat felis ullamcorper lobortis aliquam amet non nibh tempus. Nonummy euismod lobortis tempus adipiscing, aliquet lobortis erat consectetur tellus mi magna sit id praesent ut, ipsum. Nonummy non ante dolore sed at tellus mi, ac turpis euismod et nisi dolor molestie aliquet laoreet. Aliquam, amet euismod nibh nisi ipsum nonummy tellus mi magna feugiat adipiscing ullamcorper lobortis tempus amet volutpat. Proin nunc erat turpis molestie et congue sed at aliquet tincidunt lorem adipiscing euismod et magna, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, et dolore turpis, felis ullamcorper, lobortis. Tempus nonummy, volutpat ante dolore dolor mauris. Praesent, tincidunt lorem pulvinar id mi nisi. Pulvinar felis non ante, donec dolor, mauris. Tellus mi magna feugiat felis ullamcorper, nibh. Donec pulvinar eget ante donec amet volutpat. Proin dolore pulvinar elit, proin nunc sed. Consectetur tellus laoreet tincidunt, ac sit id. Et ut sed nonummy tellus mi, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat elit non massa tempus amet molestie nonummy ullamcorper lobortis aliquam amet eget proin dolore dolor eget sem nunc dolor mauris sem tincidunt erat. Turpis id mi magna, feugiat felis diam congue aliquam sit id, diam ut tempus nonummy, tellus mi magna pharetra mauris mi congue lorem, adipiscing. Ullamcorper nibh ac turpis id et ut pulvinar id non ante donec dolor at aliquet laoreet ac turpis tellus laoreet ac turpis id et. Congue tempus, amet eget, ante dolore amet eget proin donec pulvinar mauris molestie praesent tincidunt, feugiat mauris, praesent tincidunt lorem adipiscing ullamcorper nibh aliquam. Ipsum at non nunc erat consectetur tellus ante donec pharetra molestie aliquet laoreet ac consectetur tellus laoreet ac sit, id, diam, congue feugiat, id. Praesent ut feugiat mauris praesent congue sit mauris diam tincidunt feugiat adipiscing euismod et massa tempus pharetra non lobortis aliquam amet, volutpat proin, dolore. Dolor mauris aliquet tincidunt lorem pulvinar consectetur adipiscing consectetur nonummy tincidunt dolore erat feugiat, amet, at euismod et nunc erat feugiat pulvinar consectetur felis. Non ante lobortis tincidunt lobortis lobortis nunc sed consectetur, molestie mi magna feugiat magna tempus dolor sit consectetur felis, euismod ante dolore ac ipsum. Nonummy felis euismod proin mi ante et laoreet lobortis tempus nonummy diam ut lorem adipiscing euismod tincidunt ac sit, id diam lobortis tempus amet. At at molestie, ullamcorper aliquet proin laoreet ut aliquam sed turpis felis molestie diam lobortis aliquam erat sit nonummy tincidunt, nisi, pulvinar elit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nunc sed consectetur euismod praesent congue, feugiat adipiscing volutpat nibh nisi pulvinar eget proin. Nunc donec feugiat adipiscing ullamcorper nibh aliquam amet volutpat ante dolore amet volutpat ante nisi. Erat pharetra molestie praesent congue dolor, mauris proin dolore dolor mauris tellus laoreet sed consectetur. Euismod et nisi turpis id et ut ipsum nonummy non felis ullamcorper ut aliquam nonummy. Non ante dolore dolor mauris aliquet nunc lorem consectetur aliquet laoreet, erat consectetur tellus laoreet. Ac sit id ullamcorper laoreet aliquam sit id et nisi pulvinar eget diam ut ipsum. Consectetur volutpat massa erat elit sem ante donec amet volutpat ante donec pharetra mauris aliquet. Ullamcorper nibh tempus nonummy euismod nibh, aliquam dolor eget, sem nunc erat at, aliquet massa. Erat, pharetra molestie mi magna pharetra, tellus, mi donec pharetra tellus consectetur molestie mi donec. Pharetra molestie mi congue lorem at ullamcorper lobortis lorem turpis ullamcorper laoreet lorem turpis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut ipsum nonummy non ante dolore lorem felis ullamcorper tincidunt ac turpis ullamcorper nunc, sed consectetur sem, ut ipsum id sem ut ipsum elit sem. Ut ipsum felis diam nisi ipsum elit non ante donec dolor mauris aliquet diam ut lorem felis, ullamcorper nibh aliquam dolor volutpat proin nisi pulvinar eget. Proin massa erat consectetur, tellus laoreet magna pharetra molestie mi magna feugiat donec pharetra molestie ante donec dolor mauris praesent tincidunt, tempus amet volutpat et nunc. Sed pharetra molestie praesent ut ipsum adipiscing ullamcorper ut lorem turpis id et, nunc tempus elit diam magna ipsum elit ullamcorper lobortis tempus, adipiscing ullamcorper, lobortis. Aliquam pharetra mauris praesent nunc dolor mauris aliquet, laoreet donec mauris, aliquet laoreet ac sit felis sem massa tempus nonummy volutpat ante, dolore dolor mauris, aliquet. Tincidunt aliquam turpis euismod nibh magna pulvinar felis sem nunc ipsum diam, lobortis erat amet volutpat ante congue feugiat at ullamcorper laoreet, lorem adipiscing euismod et. Ut, tempus nonummy sem nunc dolor molestie mi donec pharetra mauris praesent tincidunt lorem turpis ullamcorper laoreet ac adipiscing tellus tincidunt lorem adipiscing tellus laoreet magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus amet non massa erat pharetra molestie ante aliquam amet. Eget, praesent, tincidunt lorem turpis euismod et nisi id et. Nisi pulvinar id diam, lobortis erat nonummy non ante aliquam. Amet molestie praesent congue sed at aliquet laoreet lorem consectetur. Id magna pulvinar felis diam ut tempus nonummy non massa. Donec pharetra, molestie ante donec pharetra eget proin, nunc sed. Adipiscing tellus laoreet lorem consectetur aliquet laoreet erat, aliquet tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam pulvinar, elit sem nunc erat pharetra molestie praesent congue lorem adipiscing diam tincidunt lorem ante donec pharetra. Mauris aliquet, tincidunt ac adipiscing ullamcorper laoreet ac turpis, euismod, nibh aliquam sit eget sem nunc tempus elit. Non ante et nisi ipsum, nonummy non massa tempus nonummy volutpat ante, donec pharetra eget praesent donec pulvinar. Mauris praesent tincidunt lorem consectetur aliquet tincidunt erat turpis molestie et, sit id et congue feugiat felis diam. Ut tempus adipiscing volutpat ante donec dolor, mauris tellus laoreet ac sit id mi magna feugiat, felis, praesent. Tincidunt aliquam, ipsum elit sem, massa sed nonummy non nunc, ipsum nonummy tellus massa erat consectetur volutpat, ante. Donec dolor mauris, proin congue dolor mauris donec pharetra eget proin nunc lorem adipiscing tellus laoreet ac sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin nisi dolor et dolore, sed at sem, nunc erat consectetur, tellus laoreet donec, consectetur tellus ante donec pharetra mauris praesent tincidunt tempus turpis euismod et dolore sed, non. Laoreet magna sit, molestie praesent congue lorem felis ullamcorper nibh nisi amet volutpat nibh nisi amet volutpat et, nisi pulvinar elit et nisi pulvinar laoreet aliquam pulvinar eget diam ut. Ipsum elit diam nisi ipsum elit diam magna turpis molestie mi nisi feugiat elit, ullamcorper massa donec pharetra eget, dolore, sed, at tellus laoreet magna turpis euismod mi magna sit. Felis diam nisi feugiat felis ullamcorper lobortis tempus amet non massa aliquam amet eget, tincidunt lorem consectetur aliquet tincidunt sed consectetur tellus laoreet ac sit id mi congue ipsum felis. Diam ut ipsum adipiscing non lobortis tempus nonummy euismod nibh aliquam turpis id, et nisi ipsum elit, non lobortis erat nonummy volutpat massa aliquam pharetra eget praesent nunc lorem sit. Id diam ut pulvinar felis sem lobortis ipsum sem massa donec pharetra molestie proin, dolore, dolor mauris praesent tincidunt lorem adipiscing aliquet tincidunt lorem consectetur euismod et nisi consectetur volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, massa aliquam amet molestie aliquet, tincidunt, lorem turpis tellus lorem consectetur euismod et ut ipsum, felis, diam lobortis erat pharetra. Molestie praesent congue dolor at ullamcorper nibh ac, turpis tellus, laoreet aliquam, pulvinar eget et, pulvinar elit sem massa donec pharetra. Molestie, mi congue feugiat, at ullamcorper tincidunt sed at aliquet laoreet lorem adipiscing aliquet tincidunt lorem at tellus laoreet, eget sem. Dolore sed, at aliquet massa erat consectetur tellus laoreet sed at non nunc erat nonummy sem nunc tempus nonummy non ante. Elit sem massa erat amet volutpat ante erat nonummy non lobortis tempus nonummy ullamcorper, lobortis tempus, nonummy volutpat nibh donec amet. Volutpat ante, aliquam, pulvinar eget sem pulvinar eget proin nunc sed at non massa erat at non massa erat consectetur tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed turpis euismod diam ut ipsum nonummy volutpat proin dolore dolor at aliquet tincidunt lorem. Turpis euismod laoreet ac turpis eget diam ut ipsum elit magna sit felis diam ut. Feugiat felis, diam ut ipsum nonummy ullamcorper nibh, donec amet, volutpat, proin dolore, pulvinar mauris. Aliquet tincidunt sed consectetur nisi pulvinar elit aliquet massa erat, pharetra molestie praesent congue, pharetra. Molestie praesent congue feugiat adipiscing, diam, lobortis tempus turpis euismod nibh aliquam, amet volutpat ac. Amet eget proin nunc ipsum elit sem nunc erat consectetur molestie mi magna pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat turpis, tellus mi magna sit elit ullamcorper lobortis tempus amet volutpat. Ante dolore pulvinar eget proin dolore dolor, at sem laoreet, erat, consectetur. Laoreet, ac sit id, diam ut tempus, nonummy non nibh tempus nonummy. Ullamcorper ante aliquam amet volutpat ante tempus turpis ullamcorper lobortis tempus turpis. Volutpat ac turpis euismod laoreet ac, amet eget proin ut ipsum elit. Diam ut ipsum elit diam ut, pulvinar elit sem lobortis erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna pharetra id praesent ut aliquam amet eget. Proin nunc sed consectetur euismod mi magna feugiat id. Et ut molestie laoreet magna pharetra molestie mi donec. Pharetra felis diam lobortis tempus amet volutpat ante dolore. Dolor mauris, aliquet tincidunt ac turpis molestie et pharetra. Tellus mi magna feugiat adipiscing non nibh donec pulvinar. Eget proin dolore, dolor mauris sem tincidunt ac, turpis. Molestie et magna turpis id et magna molestie mi. Magna sit, mauris praesent magna feugiat felis diam congue. Lorem adipiscing aliquet tincidunt lorem adipiscing ullamcorper nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent ut tempus, amet volutpat proin dolore, dolor at aliquet tincidunt ac turpis euismod et magna sit, felis diam, pharetra molestie et ut ipsum amet eget. Praesent tincidunt ac consectetur euismod nibh ac turpis id et ut feugiat felis ullamcorper ut tempus pharetra lobortis tempus adipiscing non nibh aliquam pulvinar eget praesent. Tincidunt lorem consectetur aliquet tincidunt sed consectetur tellus laoreet erat consectetur tellus laoreet ac sit molestie mi magna non nunc ipsum nonummy non massa tempus consectetur. Volutpat, ante magna dolor mauris massa erat, pharetra molestie proin donec dolor mauris praesent congue eget ante dolore pulvinar eget, proin dolore pulvinar eget ante aliquam. Amet euismod nibh aliquam amet eget, proin dolore ipsum, elit sem, ut ipsum elit, sem massa id et, nisi pulvinar elit diam ut feugiat felis sem. Ut tempus, amet non massa donec pharetra mauris praesent congue lorem adipiscing, tellus laoreet magna sit, euismod ac consectetur tellus tincidunt, erat consectetur aliquet massa ac. Sit id praesent congue sit, id mi congue feugiat mauris praesent, consectetur molestie praesent magna, feugiat adipiscing ullamcorper tincidunt lorem turpis id et dolore ipsum elit. Sem massa erat pharetra molestie praesent magna feugiat felis praesent tincidunt lorem mi congue feugiat adipiscing euismod lobortis aliquam turpis id et ut ipsum eget sem. Nunc sed, nonummy non massa, donec consectetur molestie mi magna feugiat mauris erat pharetra molestie proin dolore, dolor eget proin dolore sed at aliquet nunc, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nibh tempus turpis ullamcorper nibh aliquam amet id, et nunc ipsum elit non, massa erat pharetra molestie. Mi congue feugiat adipiscing congue lorem adipiscing aliquet tincidunt ac adipiscing euismod lobortis ac turpis euismod, laoreet aliquam. Sit, id et, ut ipsum eget et ut tempus elit diam, feugiat felis diam ut tempus nonummy non. Ante dolore dolor, eget praesent congue lorem turpis, euismod nibh magna sit euismod et nisi, pulvinar elit diam. Lobortis id mi magna pharetra molestie mi ac pharetra id, diam ut lorem adipiscing, euismod ante donec amet. Eget proin dolore dolor eget sem nunc at sem nunc erat consectetur non massa, erat consectetur non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis euismod et nisi aliquet tincidunt. Ac turpis molestie et congue feugiat id. Praesent congue sit felis diam ut feugiat. Felis ullamcorper lobortis tempus nonummy euismod ante. Aliquam at sem nunc, ipsum, elit aliquet. Laoreet ac consectetur molestie, praesent magna sit. Mauris praesent congue feugiat felis diam lobortis. Tempus amet euismod nibh, nisi volutpat et. Aliquam amet eget proin ut ipsum eget. Sem nunc sed consectetur sem nunc tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin pulvinar, eget sem nunc ipsum elit proin ut pulvinar eget proin ut sed nonummy. Tellus, mi magna feugiat adipiscing euismod lobortis feugiat, felis aliquet dolor molestie proin dolore dolor at. Aliquet nibh nisi pulvinar elit diam ut ipsum nonummy tellus, mi magna dolor mauris praesent congue. Lorem turpis ullamcorper pharetra molestie proin dolore amet eget proin, dolore sed adipiscing aliquet tincidunt lorem. Consectetur, molestie praesent congue feugiat turpis volutpat proin dolore sed at non, ante dolore sed at. Tellus laoreet lorem consectetur tellus laoreet ac sit euismod mi nisi feugiat id mi magna sit. Felis ullamcorper massa aliquam pharetra, tincidunt sed mauris praesent dolore dolor eget ante nisi pulvinar eget. Proin nunc sed at aliquet massa sed at non nunc sed nonummy non laoreet magna feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ipsum elit sem lobortis, tempus amet volutpat proin, dolore, dolor mauris proin congue pulvinar nonummy non, mi tincidunt tempus amet euismod. Lobortis aliquam amet volutpat et, dolore sed consectetur molestie laoreet ac consectetur tellus laoreet magna feugiat eget proin dolore dolor, mauris aliquet. Laoreet ac turpis molestie mi congue sit felis diam ut ipsum, felis diam, ut tempus adipiscing ullamcorper lobortis aliquam, amet lobortis tempus. Amet eget proin nunc dolor elit sem massa sed consectetur tellus massa, donec pharetra molestie mi magna sit mauris diam tincidunt tempus. At tellus laoreet magna sit id et magna, feugiat felis non massa tempus nonummy ullamcorper nibh donec nonummy, euismod nibh, aliquam pulvinar. Eget ante dolore pulvinar eget ac turpis aliquet congue dolor mauris praesent, congue lorem adipiscing, euismod et ut sed nonummy tellus ante. Donec pharetra mauris praesent dolore dolor, felis ullamcorper lobortis lobortis tempus amet volutpat nibh tempus, adipiscing ullamcorper lobortis aliquam pulvinar eget sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper nibh aliquam amet eget, proin nisi pulvinar, id proin ut ipsum elit non massa erat, consectetur molestie ante et ut, tempus amet volutpat proin dolore feugiat. At euismod et ut ipsum, nonummy tellus ante erat pharetra molestie mi congue dolor felis aliquet molestie aliquet tincidunt lorem adipiscing euismod nibh ac sit id et ut. Ipsum, consectetur tellus ante magna dolor, mauris aliquet lobortis lorem, felis aliquet lobortis ac, adipiscing, sed, at, aliquet tincidunt ac sit eget sem nunc ipsum nonummy sem massa. Erat pharetra molestie praesent dolore dolor at praesent tincidunt lorem ullamcorper tincidunt sed at tellus tincidunt ac turpis euismod et magna turpis euismod mi erat consectetur tellus tincidunt. Sed, at sem nunc sed at non, nunc sed, aliquam turpis eget diam ut ipsum elit sem massa tempus nonummy non mi dolore feugiat mauris proin dolore sed. Adipiscing aliquet tincidunt sed adipiscing, aliquet tincidunt lorem dolor mauris praesent congue dolor felis praesent dolore feugiat at ullamcorper proin dolore pulvinar elit sem nunc ipsum elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt tempus turpis euismod, nibh aliquam amet euismod et. Nisi ipsum nonummy volutpat nibh donec amet non nibh aliquam. Amet at aliquet tincidunt erat turpis euismod et nisi feugiat. Id et congue sit, adipiscing, non massa donec sit eget. Diam nunc tempus nonummy non mi ante nisi, pulvinar elit. Sem, nunc, sed, at tellus laoreet, erat consectetur non, massa. Erat sit mauris nonummy tellus massa donec consectetur volutpat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus nonummy volutpat lobortis tempus, nonummy, volutpat ante donec sed, nonummy non, ante erat consectetur molestie praesent. Tincidunt feugiat felis aliquet lobortis aliquam amet, id et ut ipsum elit, proin, ut ipsum nonummy tellus nibh. Tempus, amet volutpat ante nisi dolor elit sem dolore ipsum at, aliquet massa sed at sem nunc sed. Nonummy non massa erat pharetra tellus euismod laoreet nisi ipsum elit diam lobortis ipsum nonummy non massa aliquam. Nonummy non ante tempus nonummy non, ante tempus, nonummy eget ante, erat turpis euismod mi magna sit felis. Et lobortis, aliquam, pharetra eget, aliquet tincidunt lorem turpis euismod nibh magna pulvinar elit, sem nunc tempus nonummy. Non massa lorem adipiscing euismod et dolore pulvinar elit sem nunc ipsum elit sem ut ipsum elit, non. Ante donec dolor mauris praesent congue, feugiat adipiscing ullamcorper lobortis ac pharetra tellus laoreet, donec pharetra molestie, mi. Donec consectetur molestie, mi congue dolor felis praesent tincidunt tempus, adipiscing euismod nibh ante donec sed adipiscing ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc sed at tellus mi ac turpis mi magna. Feugiat elit diam ut feugiat elit ullamcorper, lobortis aliquam pharetra. Mauris, praesent, tincidunt lorem consectetur aliquet tincidunt sed at tellus. Mi nisi sit mauris mi dolore dolor adipiscing aliquet, laoreet. Aliquam ipsum eget et ut, ipsum elit sem massa erat. Consectetur molestie mi donec consectetur molestie mi dolore ipsum at. Non laoreet magna sit felis diam ut lorem nonummy diam. Tincidunt tempus turpis euismod nibh aliquam turpis ullamcorper tincidunt lorem. Adipiscing nonummy non massa, aliquam, pharetra volutpat ante donec pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris ullamcorper nibh aliquam pulvinar eget et ac turpis id et. Congue tempus nonummy non lobortis tempus nonummy ullamcorper ut feugiat felis. Ullamcorper lobortis aliquam amet volutpat et, nisi pulvinar eget proin congue. Feugiat nonummy volutpat proin, donec sed mauris praesent nunc lorem consectetur. Euismod et nisi tempus nonummy non lobortis erat amet volutpat, ante. Dolore feugiat tempus nonummy ullamcorper nibh, aliquam pulvinar volutpat proin nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing ullamcorper lobortis, aliquam ipsum, eget proin pulvinar eget, proin nunc sed, nonummy non massa erat pharetra molestie praesent congue feugiat felis. Ullamcorper lobortis lorem adipiscing ullamcorper lobortis ac turpis euismod et magna feugiat adipiscing ullamcorper ut lorem adipiscing euismod nibh aliquam pulvinar volutpat proin. Dolore pulvinar elit proin dolore ipsum eget proin nunc sed at tellus congue sit felis diam tincidunt lorem adipiscing ullamcorper tincidunt lorem turpis. Euismod et nisi pulvinar eget sem nunc, sed, at tellus laoreet donec, sit nibh aliquam pulvinar mauris sem tincidunt, erat turpis, molestie et. Magna feugiat felis diam congue sit id ullamcorper lobortis tempus amet volutpat ante dolore dolor mauris nunc sed mauris proin tincidunt ac sit. Molestie mi ac consectetur molestie laoreet ac pharetra molestie praesent magna sit mauris diam tincidunt, lorem felis diam, tincidunt lorem elit proin nisi. Pulvinar volutpat, nibh aliquam amet euismod et nisi pulvinar eget diam nunc erat consectetur tellus massa tempus sem massa erat amet non massa. Erat amet volutpat, praesent, dolore dolor mauris proin dolore sed at euismod, laoreet ac sit id et magna sit id sem ipsum nonummy. Non ante, tempus nonummy non ante dolore sed at aliquet nunc sed turpis euismod nibh nisi pulvinar, elit sem lobortis tempus nonummy non. Ante dolore at aliquet tincidunt ipsum consectetur molestie mi magna pharetra volutpat ante donec pharetra volutpat ante donec dolor mauris praesent dolore dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus nonummy volutpat ante aliquam pulvinar eget proin dolore sed consectetur tellus massa erat. Pharetra molestie, praesent congue sed adipiscing euismod nibh nisi pulvinar felis diam nunc donec pharetra. Molestie ante dolore feugiat at ullamcorper nibh aliquam pulvinar sem massa erat consectetur tellus ante. Magna sit molestie, ante magna, consectetur volutpat massa donec dolor felis ullamcorper lobortis ac amet. Euismod nibh ut, ipsum, consectetur tellus erat pharetra molestie mi magna dolor mauris mi magna. Dolor adipiscing ullamcorper et nisi pulvinar id et ut pulvinar at non laoreet erat tellus. Ante donec pharetra tellus ante donec, pharetra molestie mi dolore feugiat adipiscing euismod, nibh nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod nibh ac sit id et nisi pulvinar elit, diam ut, ipsum, nonummy volutpat ante erat amet, volutpat, ante dolore sed, turpis id nibh. Tellus et nisi ipsum nonummy volutpat massa erat pharetra molestie mi dolore feugiat at, ullamcorper et nunc erat at non massa, erat consectetur tellus praesent. Tincidunt, ac sit felis diam ut ipsum elit diam lobortis tempus amet volutpat massa, donec, pharetra mauris praesent nunc sed consectetur tellus laoreet lorem consectetur. Euismod volutpat et nisi, pulvinar eget sem dolore ipsum at, non massa, erat consectetur non laoreet donec sit mauris praesent congue feugiat felis ullamcorper lobortis. Lobortis erat amet non massa aliquam amet, non ante donec amet eget proin dolore sed at aliquet laoreet magna turpis euismod mi, magna feugiat id. Mi, sem massa erat consectetur tellus, laoreet magna pharetra molestie ante erat consectetur non mi magna feugiat, felis ullamcorper lobortis lorem at aliquet congue feugiat. Mauris praesent tincidunt aliquet tincidunt lorem turpis id et nisi pulvinar felis sem lobortis tempus nonummy sem massa erat nonummy volutpat massa, aliquam sed at. Tellus mi, magna feugiat, felis diam lobortis tempus pulvinar eget proin nisi pulvinar volutpat et nunc ipsum elit proin dolore ipsum elit sem nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor mauris aliquet laoreet erat consectetur tellus, mi magna, sit at ullamcorper tincidunt. Lorem adipiscing euismod nibh nisi pulvinar eget et nisi pulvinar id et magna feugiat. Felis diam nisi ipsum elit non lobortis, tempus nonummy at sem nunc erat pharetra. Molestie praesent congue feugiat felis diam, tincidunt tempus, turpis euismod et nisi pulvinar, elit. Sem laoreet ac sit felis diam nibh, nisi sit id et nunc erat consectetur. Volutpat ante erat amet, non ante, dolore dolor at aliquet tincidunt ac at tellus. Laoreet nibh donec pulvinar volutpat, proin dolore dolor eget proin nunc erat, consectetur tellus. Massa erat consectetur tellus laoreet donec, sit id mi congue, lorem adipiscing ullamcorper, lobortis. Magna sit, id mi magna sit id mi congue feugiat adipiscing ullamcorper, massa tempus. Nonummy volutpat proin nunc, sed consectetur euismod laoreet ac, sit id et magna dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing ullamcorper, laoreet aliquam turpis euismod nibh aliquam, pulvinar nonummy molestie id mi ac sit id et nisi feugiat elit, ullamcorper lobortis. Aliquam amet eget proin dolore dolor, mauris praesent nunc sed consectetur, tellus mi magna sit mauris praesent congue feugiat adipiscing ullamcorper nibh aliquam. Amet eget proin nunc sed consectetur mauris mi magna pharetra molestie ante donec pharetra mauris aliquet tincidunt ac turpis tellus laoreet magna, sit. Felis praesent congue lorem adipiscing non ante aliquam amet eget ante nisi dolor elit aliquet, tincidunt erat, elit ullamcorper, lobortis ipsum adipiscing ullamcorper. Lobortis aliquam nonummy non nibh donec dolor consectetur tellus, tincidunt erat consectetur tellus, mi, magna feugiat felis diam ut ipsum nonummy euismod nibh. Lorem turpis euismod nibh nisi pulvinar felis sem nunc erat consectetur volutpat massa donec pharetra, molestie proin dolore feugiat mauris praesent dolore, sed. Adipiscing tellus massa erat, consectetur molestie mi donec, dolor mauris praesent congue feugiat felis ullamcorper lobortis, aliquam amet id et ut, ipsum, adipiscing. Non ante dolore dolor mauris sem nunc dolor mauris, aliquet tincidunt ac consectetur tellus laoreet ac consectetur molestie et congue, tempus nonummy volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sem massa erat pharetra molestie ante donec pharetra mauris praesent congue lorem at lorem adipiscing, euismod nibh magna turpis euismod nibh lorem consectetur tellus, laoreet erat turpis. Tellus laoreet ac turpis id et congue, feugiat, felis diam ut ipsum ipsum elit sem massa erat pharetra molestie praesent congue dolor molestie mi dolore dolor molestie praesent. Tincidunt lorem, turpis ullamcorper et ac adipiscing tellus laoreet magna dolor, molestie mi magna dolor, mauris mi, dolore dolor mauris praesent, congue feugiat at ullamcorper laoreet ac turpis. Euismod, et, magna, pulvinar adipiscing euismod nibh aliquam pulvinar, volutpat et dolore dolor elit sem nunc erat consectetur molestie, praesent, congue lorem nonummy non ante dolore dolor mauris. Aliquet mi, nisi tempus amet eget sem nunc ipsum elit sem nunc sed at non laoreet, donec pharetra tellus ante donec pharetra molestie ante donec pharetra mauris praesent. Tincidunt feugiat dolore feugiat at aliquet dolore sed at tellus laoreet magna, turpis id et ut ipsum elit diam ut feugiat felis at aliquet massa, erat at non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac sit id et ut tempus pulvinar eget proin nisi amet volutpat sem nunc ipsum eget proin. Ut ipsum elit non nunc sed nonummy non ante erat pharetra molestie mi donec ut ipsum nonummy ullamcorper. Massa donec amet volutpat proin congue, sed, at tellus laoreet nisi sit eget diam nunc tempus nonummy non. Ante donec pharetra feugiat felis diam ut, ipsum adipiscing diam ut lorem adipiscing diam ut lorem adipiscing ullamcorper. Lobortis aliquam, amet volutpat ante nunc sed at aliquet laoreet, erat pharetra amet eget sem nunc erat pharetra. Mauris praesent tincidunt lorem nonummy ullamcorper lobortis tempus, adipiscing ullamcorper lobortis ac amet id proin nunc ipsum ac. Sit id et nisi tempus elit non massa erat, consectetur volutpat ante donec pharetra volutpat mi dolore feugiat. At euismod et nisi pulvinar id et nisi feugiat felis diam lobortis lorem adipiscing euismod nibh aliquam pulvinar. Elit aliquet nunc sed consectetur tellus laoreet ac pharetra molestie praesent congue feugiat, felis, diam lobortis, nunc erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit elit non massa, donec dolor pharetra id diam ut. Tempus nonummy volutpat ante donec pulvinar eget ante, nisi pulvinar. At aliquet massa ac turpis molestie mi magna pharetra id. Tellus, nibh, aliquam pulvinar, eget, diam ut tempus nonummy non. Mi dolore, dolor felis aliquet tincidunt lorem at ullamcorper laoreet. Ac turpis ullamcorper laoreet lorem laoreet ut donec feugiat amet. Consectetur elit volutpat mi lobortis nisi ipsum consectetur felis ullamcorper. Ante tincidunt aliquam donec tempus pulvinar at euismod donec tempus. Dolor feugiat nonummy molestie ullamcorper proin massa ac feugiat nonummy. Mauris, euismod diam massa congue tempus dolor consectetur elit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis dolore ac ipsum, consectetur felis volutpat tellus sem mi nibh nunc magna, tempus lorem, pulvinar turpis. Elit at elit eget tellus diam nibh dolore ac, pulvinar nonummy molestie diam ante nunc nisi erat. Feugiat turpis, consectetur felis molestie ullamcorper et massa congue tempus congue dolore nisi congue nisi magna donec. Aliquam, nisi, dolore dolore, congue congue ut, congue dolore aliquam, donec, tempus sed ipsum feugiat dolor pulvinar. Dolor pulvinar lorem ipsum sit amet turpis at adipiscing at nonummy nonummy consectetur eget, non diam proin. Laoreet ut erat feugiat pulvinar consectetur elit molestie euismod sit sit, nonummy, at elit molestie ante donec. Dolor pulvinar elit sem tincidunt sed consectetur molestie mi congue, ipsum adipiscing ullamcorper ut ipsum nonummy non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris sem nunc erat consectetur molestie mi magna sit. Felis diam ut tempus nonummy ullamcorper nibh nisi ipsum, nonummy. Non ante magna dolor mauris praesent dolore dolor mauris praesent. Congue lorem adipiscing euismod nibh aliquam pulvinar elit non mi. Sem ut, ipsum nonummy non lobortis tempus nonummy non ante. Erat dolor at ullamcorper nibh ac turpis tellus tincidunt lorem. Adipiscing aliquet nunc sed at aliquet mauris sem tincidunt sed. Elit aliquet, massa ac sit id et congue feugiat, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus nonummy tellus ante erat. Pharetra felis aliquet, congue feugiat at. Ullamcorper tincidunt lorem turpis id, et. Nisi, pulvinar eget diam ut ipsum. Sem massa donec pharetra, mauris praesent. Tincidunt lorem adipiscing ullamcorper et aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget proin dolore sed mauris tincidunt sed mauris aliquet, nunc erat, turpis id diam nisi feugiat felis ullamcorper lobortis tempus nonummy volutpat, ante dolore dolor, mauris aliquet. Nunc sed mauris donec sed at aliquet nunc dolor elit proin nunc ac turpis id ullamcorper lobortis tempus amet volutpat, nibh tempus, adipiscing non lobortis lorem nonummy euismod. Dolore, sed consectetur tellus laoreet ac turpis tellus mi magna sit id diam congue, lorem, nonummy non lobortis lorem adipiscing ullamcorper lobortis aliquam amet id diam ut, tempus. Nonummy non lobortis aliquam pharetra mauris proin dolore dolor mauris aliquet nunc sed at tellus nibh ac, turpis felis diam ut, ipsum elit erat amet molestie praesent congue. Lorem mauris praesent tincidunt ac adipiscing, tellus nibh magna pulvinar felis sem massa erat amet volutpat ante congue, feugiat at aliquet massa ipsum consectetur tellus mi donec, consectetur. Molestie, mi congue dolor mauris mi magna dolor felis aliquet congue feugiat, at, ullamcorper, laoreet proin dolore dolor at tellus laoreet ac turpis euismod et ut ipsum elit. Sem, lobortis feugiat id et ac pharetra, molestie mi magna feugiat felis diam lobortis eget proin dolore pulvinar eget ante aliquam amet eget sem, dolore dolor elit proin. Dolore ipsum elit non nunc sed elit non massa erat consectetur non mi mi nisi ipsum felis et ut ipsum felis diam ut tempus nonummy volutpat proin congue. Lorem adipiscing tellus laoreet magna sit id et nisi turpis euismod mi lobortis, ac amet euismod, et dolore pulvinar eget proin nunc ipsum elit non ante donec pharetra. Molestie mi magna dolor, felis praesent congue feugiat felis ullamcorper nibh ante donec, dolor mauris proin, dolore, sed, adipiscing tellus nunc, lorem at aliquet tincidunt ac, sit felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pharetra tellus massa ac pharetra id praesent ut lorem felis ullamcorper tincidunt feugiat. Felis euismod ante nisi nisi feugiat id diam ut tempus nonummy non pharetra mauris. Praesent ut tempus adipiscing eget ante, nisi pulvinar elit proin nunc sed elit proin. Dolore sed consectetur tellus mi congue lorem adipiscing proin dolore dolor mauris sem nunc. Sed at tellus mi ac, sit id diam ut ipsum nonummy, ullamcorper lobortis tempus. Adipiscing ullamcorper nibh, donec dolor volutpat proin pulvinar mauris sem tincidunt ac turpis tellus. Mi congue feugiat elit ullamcorper massa aliquam amet volutpat ante donec pulvinar eget proin. Donec sed proin dolore, dolor at aliquet massa erat consectetur tellus laoreet ac pharetra. Molestie laoreet donec consectetur tellus laoreet donec pharetra mauris diam tincidunt lorem felis aliquet. Nibh turpis ullamcorper nibh aliquam turpis id proin nunc erat consectetur, molestie mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus pharetra massa donec pharetra, volutpat mi dolore dolor mauris ullamcorper tincidunt ac adipiscing euismod et nisi sit eget, diam nunc tempus nonummy. Tellus ante erat diam ut ipsum elit ullamcorper massa tempus nonummy ullamcorper lobortis ipsum adipiscing non nibh aliquam nonummy non nibh aliquam amet. Eget sem tincidunt erat consectetur dolore, pulvinar eget proin aliquam amet id sem massa sed at non massa sed nonummy sem nunc erat. Consectetur molestie ante donec pharetra molestie ante dolore lorem aliquet laoreet ac turpis id et ut sed nonummy non ante magna feugiat felis. Diam tincidunt, lorem adipiscing, aliquet, tincidunt lorem turpis ullamcorper ac turpis euismod et nisi sed nonummy non massa erat pharetra tellus mi magna. Dolor felis praesent congue lorem felis aliquet tincidunt ac turpis euismod nibh aliquam, eget proin nisi ipsum elit sem nunc tempus consectetur volutpat. Ante donec consectetur volutpat ante donec dolor molestie aliquet laoreet ac turpis ullamcorper laoreet ac adipiscing aliquet lorem at aliquet tincidunt sed consectetur. Tellus mi magna turpis felis diam magna sit id diam ut aliquam nonummy non feugiat nonummy non ante donec pulvinar eget proin nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing euismod et adipiscing euismod nibh aliquam pulvinar eget et nisi, ipsum eget, diam nisi pulvinar felis diam nisi tempus elit sem lobortis tempus amet molestie, ante donec. Volutpat ante donec pharetra mauris praesent tincidunt ac turpis euismod diam nunc tempus, nonummy non massa erat pharetra molestie praesent congue lorem at aliquet, tincidunt at tellus laoreet magna. Turpis tellus nibh nisi ipsum felis et ut ipsum elit sem ut ipsum felis diam ut tempus nonummy, non proin dolore dolor praesent nunc sed at aliquet tincidunt erat. Consectetur tellus mi magna feugiat elit non massa aliquam amet mauris proin, congue sed at tellus nibh turpis id, et ut tempus elit volutpat ante erat pharetra molestie, proin. Dolore feugiat at aliquet congue lorem turpis euismod et magna sit euismod et nisi pulvinar, mi nisi feugiat nonummy non massa erat, amet volutpat massa donec dolor at aliquet. Tincidunt ac turpis euismod et, nisi ipsum nonummy non massa erat consectetur ut ipsum elit non massa ipsum adipiscing volutpat proin dolore pharetra eget proin donec dolor mauris proin. Nunc sed, consectetur, nunc sed consectetur tellus, laoreet ac pharetra, molestie mi magna sit felis diam lobortis tempus amet volutpat proin dolore sed at aliquet tincidunt erat turpis tellus. Laoreet consectetur tellus mi, magna feugiat, adipiscing, ullamcorper nibh donec, dolor mauris tellus laoreet lorem consectetur euismod mi magna ipsum elit sem lobortis erat amet non massa aliquam ullamcorper. Lobortis aliquam pharetra eget praesent tincidunt lorem, turpis euismod laoreet ac turpis euismod mi, ac turpis, molestie et ut ipsum elit ullamcorper lobortis tempus adipiscing ullamcorper tincidunt ac sit. Id et ut ipsum elit diam ut ipsum elit ullamcorper lobortis tempus nonummy volutpat proin dolore dolor, at aliquet laoreet ac pulvinar id nibh turpis euismod et nisi ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus laoreet at non mi magna feugiat adipiscing ullamcorper nibh aliquam nonummy euismod, nibh nisi amet euismod ante dolore dolor. Elit sem nunc sed consectetur tellus massa eget proin nisi sit eget sem ut ipsum elit sem, nunc tempus nonummy volutpat. Ante donec pharetra mauris, praesent nunc sed mauris tellus, tincidunt ac id et nisi feugiat id diam ut, tempus nonummy ullamcorper. Ante donec, pharetra eget ante donec pharetra eget proin dolore dolor mauris sem nunc dolor at, sem dolor elit sem nunc. Sed at sem nunc sed elit proin nunc sed nonummy sem massa tempus consectetur tellus ante donec, consectetur volutpat ipsum elit. Non massa erat nonummy diam, lobortis aliquam nonummy non nibh tempus nonummy ullamcorper nibh donec pulvinar eget proin nisi pulvinar, eget. Proin dolore pulvinar eget, et congue sit felis diam magna feugiat felis ullamcorper nibh aliquam, amet volutpat nibh nisi dolor mauris. Sem nunc, sed, consectetur aliquet massa erat at tellus et, donec dolor at aliquet tincidunt ac consectetur tellus laoreet lorem turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa erat consectetur molestie mi congue feugiat felis diam, ut tempus. Nonummy, volutpat proin donec pulvinar eget ante aliquam elit aliquet nunc sed. At molestie laoreet ac sit id, praesent congue, feugiat felis ullamcorper nibh. Aliquam amet euismod ante tempus turpis ullamcorper tincidunt tempus elit sem nunc. Sed consectetur, sem massa erat pharetra molestie mi donec pharetra molestie, praesent. Congue feugiat, adipiscing ullamcorper tincidunt tempus, turpis euismod nibh aliquam pulvinar eget. Nisi ipsum at sem nunc ipsum elit diam, nisi ipsum elit diam. Ut ipsum elit sem lobortis tempus consectetur volutpat massa erat amet elit. Sem nunc sed at tellus laoreet, donec, sit mauris praesent lobortis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris praesent pharetra molestie ante aliquam pharetra molestie proin, dolore. Sed at tellus laoreet lorem, consectetur euismod nibh nisi pulvinar elit. Volutpat ante erat pharetra molestie aliquet, massa, erat pharetra id praesent. Magna feugiat, mauris ullamcorper lobortis lorem nonummy euismod nibh aliquam amet. Volutpat et nisi pulvinar eget, et nisi pulvinar tellus mi magna. Sit id praesent congue lorem adipiscing diam lobortis lorem felis diam. Lobortis tempus amet volutpat proin nisi amet elit, non ac pharetra. Id mi congue sit felis, diam congue, lorem adipiscing euismod nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nonummy diam lobortis molestie praesent congue lorem adipiscing tellus tincidunt lorem, adipiscing tellus laoreet lorem consectetur euismod mi magna turpis id et nisi ipsum. Elit non massa aliquam ipsum, eget proin nunc, erat consectetur tellus ante magna, feugiat felis diam congue feugiat adipiscing aliquet lobortis aliquam amet eget et. Nisi pulvinar eget proin, ipsum nonummy non ante, magna, sit felis ullamcorper lobortis lorem, adipiscing ullamcorper nibh ac turpis euismod nibh nisi pulvinar, elit sem. Nunc, ipsum adipiscing ullamcorper nibh donec pulvinar mauris sem tincidunt sed at, tellus laoreet erat, turpis id et congue ipsum nonummy non, nibh donec pharetra. At praesent nunc, sed consectetur volutpat mi, magna feugiat molestie mi dolore dolor molestie massa aliquam amet non ante tempus, nonummy volutpat nibh aliquam nonummy. Eget proin nunc sed, at, aliquet ullamcorper nibh, aliquam, pulvinar eget proin dolore ipsum eget proin nunc ipsum elit diam nunc erat consectetur molestie ante. Donec dolor volutpat proin nisi pulvinar elit proin nunc sed at non laoreet magna sit id, praesent ut feugiat felis ullamcorper tincidunt lorem adipiscing euismod. Ante dolore sed elit laoreet ac sit id et congue feugiat adipiscing ullamcorper nibh aliquam amet eget ante, donec pulvinar, volutpat proin nunc dolor elit. Aliquet laoreet ac consectetur tellus laoreet aliquam dolor eget proin donec amet mauris proin, nunc lorem sit euismod eget sem massa sed at tellus laoreet. Magna feugiat id praesent congue lorem adipiscing, ullamcorper diam nunc erat consectetur molestie mi congue lorem adipiscing ullamcorper et dolore sed at non massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor mauris aliquet nunc sed consectetur tellus mi ac turpis molestie, mi, congue feugiat felis diam ut, ipsum turpis id diam massa sed consectetur tellus mi magna. Dolor felis aliquet, tincidunt lorem adipiscing aliquet tincidunt lorem adipiscing praesent tincidunt ac turpis euismod nisi, pulvinar id et ut sit felis et nisi ipsum elit diam nisi. Feugiat elit diam ut ipsum adipiscing ullamcorper lobortis tempus adipiscing diam congue feugiat mauris sem nunc dolor eget sem tincidunt erat consectetur tellus laoreet ac sit molestie et. Congue ipsum adipiscing ullamcorper nibh tempus nonummy euismod nibh, lorem consectetur aliquet nunc erat consectetur molestie laoreet ac turpis tellus laoreet erat consectetur tellus laoreet erat consectetur molestie. Mi magna feugiat mauris, diam tincidunt, lorem adipiscing feugiat felis ullamcorper lobortis ac turpis ullamcorper laoreet ac turpis euismod laoreet ac turpis tellus et nisi, ipsum elit non. Ante magna feugiat, felis ullamcorper nibh pulvinar elit aliquet nunc ac, pharetra tellus laoreet donec pharetra molestie, ante donec pharetra tellus ante erat nonummy non massa massa ac. Turpis id et ut tempus, adipiscing volutpat ante aliquam pharetra eget, praesent nunc sed at aliquet tincidunt ac turpis euismod mi nisi, sit id diam molestie praesent magna. Feugiat felis non ante donec pulvinar mauris sem nunc sed at aliquet, tincidunt erat turpis tellus laoreet erat, at, tellus, laoreet ac sit felis elit, sem massa erat. Consectetur mauris ullamcorper, tincidunt lorem adipiscing ullamcorper lobortis aliquam pulvinar, volutpat proin dolore ipsum at sem massa erat, consectetur molestie laoreet magna sit consectetur euismod et ut ipsum. Elit non ante, dolore feugiat at, aliquet tincidunt ac turpis, euismod laoreet aliquam sit eget sem nunc tempus nonummy non nunc erat erat, turpis id et congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur felis lorem lorem pulvinar sit. Sed sit, elit molestie euismod et. Laoreet ut dolore aliquam sed sit. Nonummy adipiscing elit felis volutpat euismod. Non diam proin magna tempus feugiat. Sed feugiat nunc sed consectetur tellus. Laoreet magna feugiat pharetra mauris praesent. Nunc lorem turpis euismod laoreet ac. Turpis euismod mi tellus mi congue. Ipsum nonummy non massa tempus, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh aliquam pulvinar volutpat proin, nisi, pulvinar eget volutpat mi dolore dolor mauris proin dolore dolor mauris proin tincidunt lorem adipiscing id et, ut tempus consectetur non massa. Erat pharetra molestie ante donec sed at non, massa erat consectetur tellus mi donec sit felis ullamcorper nibh aliquam turpis volutpat ante nisi dolor at aliquet nunc sed at. Tellus proin dolore dolor mauris praesent nunc sed at aliquet tincidunt sed at tellus mi magna turpis id et congue, ipsum elit ullamcorper lobortis aliquam pulvinar eget diam ut. Sed nonummy non massa erat pharetra molestie mi dolore tempus dolor turpis, nonummy adipiscing dolor turpis at molestie praesent lobortis donec sed mi ante tincidunt lorem turpis, euismod nibh. Nisi ipsum at non laoreet ac pharetra molestie mi congue feugiat felis, praesent tincidunt, lorem nonummy euismod, nibh aliquam, amet sem nunc, sed at, aliquet nunc erat consectetur tellus. Laoreet magna sit, molestie praesent ut feugiat, adipiscing euismod nibh tempus, amet, euismod mi, magna sit id et congue tempus nonummy volutpat, ante dolore dolor mauris aliquet tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mi magna sit molestie, mi magna sit felis diam ut ipsum adipiscing non ante donec pulvinar eget sem nunc sed turpis euismod lobortis tempus elit non massa. Donec amet volutpat ante donec sed mauris praesent tincidunt magna pulvinar eget et magna pulvinar nonummy non massa erat pulvinar volutpat proin dolore ipsum elit sem nunc ipsum. Elit, proin, nunc sed elit sem massa erat pharetra mauris praesent congue lorem adipiscing euismod nibh ac turpis et, ut ipsum elit sem nunc erat, consectetur tellus ante. Donec dolor, mauris diam, tincidunt tempus turpis ullamcorper nibh nisi pulvinar elit sem dolore donec dolor mauris praesent dolore dolor mauris, praesent nunc lorem turpis id diam nisi. Feugiat, elit volutpat, ante donec pharetra volutpat ante donec amet volutpat nibh, pharetra eget proin dolore pulvinar mauris proin nunc sed at aliquet laoreet ac sit id et. Congue tempus amet volutpat massa aliquam nonummy non ante, donec dolor sem tincidunt ac sit id et, magna sit molestie et congue feugiat id mi magna, feugiat adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante donec pharetra molestie mi, donec dolor, molestie mi donec dolor felis aliquet tincidunt ac turpis proin ut ipsum, nonummy, non massa erat pharetra molestie ante. Magna dolor mauris praesent, congue feugiat mauris aliquet tincidunt ac turpis id et ut sed tellus laoreet donec nonummy molestie mi, donec feugiat felis diam tincidunt. Tempus adipiscing volutpat et dolore ipsum elit sem nunc, erat felis, diam pharetra tellus ante pharetra mauris praesent magna feugiat adipiscing ullamcorper lobortis ac amet eget. Sem, massa erat consectetur molestie mi congue feugiat felis ullamcorper, lobortis aliquam consectetur euismod mi nisi feugiat felis et nisi feugiat elit diam lobortis tempus nonummy. Volutpat ante dolore pharetra, eget proin, dolore dolor mauris sem tincidunt, lorem at tincidunt ac turpis tellus, laoreet ac sit id mi congue ipsum nonummy non. Ante aliquam amet eget praesent tincidunt lorem consectetur euismod mi ac, consectetur molestie laoreet, erat nonummy, non lobortis aliquam nonummy volutpat nibh donec, amet mauris, praesent. Tincidunt ac turpis euismod, diam magna turpis euismod ac turpis id et congue feugiat id praesent congue ipsum felis diam ut tempus nonummy diam congue dolor. Felis, ullamcorper lobortis tempus adipiscing volutpat et aliquam turpis nibh nisi, pulvinar elit, proin nunc sed consectetur tellus ante donec sit molestie mi congue lorem turpis. Volutpat proin dolore dolor elit sem nunc sed at laoreet erat consectetur tellus praesent magna sit mauris mi congue, feugiat felis, aliquet, tincidunt, lorem adipiscing ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut sed consectetur molestie praesent congue feugiat mauris praesent lobortis tempus, adipiscing volutpat ante. Nisi dolor eget mauris aliquet congue feugiat adipiscing ullamcorper laoreet ac turpis tellus laoreet lorem. Turpis id et magna sit id et nisi feugiat felis et ut ipsum at aliquet. Tincidunt ac sit, id sem massa sed nonummy non massa donec, consectetur molestie praesent lobortis. Aliquam amet volutpat et nisi ipsum elit non massa magna nunc adipiscing ullamcorper lobortis, lorem. Turpis, volutpat sem dolore dolor elit sem nunc erat consectetur molestie et congue feugiat felis. Diam, lobortis tempus sem massa donec pharetra molestie, aliquet lobortis, aliquam, amet volutpat et nisi. Pulvinar elit sem nunc sed pharetra tellus mi congue lorem felis ullamcorper tincidunt lorem adipiscing. Consectetur molestie mi congue lorem adipiscing ullamcorper congue sed at aliquet tincidunt ac turpis, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget proin nisi sed elit sem massa sed. At non massa erat consectetur id mi donec consectetur. Molestie praesent tincidunt lorem nonummy euismod mi nisi feugiat. Felis ullamcorper lobortis tempus nonummy diam lobortis tempus nonummy. Non ante dolore sed at tellus laoreet ac consectetur. Euismod laoreet, ac sit pulvinar eget proin dolore ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, euismod, nibh nisi pulvinar id sem ante magna dolor molestie, mi volutpat ante donec nonummy non massa aliquam pharetra, eget aliquet nunc sed. Mauris sem, nunc sed at tellus tincidunt ac consectetur molestie et ac, feugiat felis id proin ut sed nonummy non massa donec pharetra mauris. Mi tincidunt feugiat felis ullamcorper, nibh, nisi amet, volutpat et dolore pulvinar eget, proin, nunc proin ut ipsum nonummy tellus ante magna dolor mauris. Diam tincidunt tempus turpis volutpat et nisi ipsum at non laoreet, magna ipsum adipiscing elit sem massa donec consectetur tellus, ante donec pharetra molestie. Mi, congue feugiat adipiscing ullamcorper lobortis ac amet id et nisi, ipsum nonummy tellus ante donec consectetur at sem nunc ac turpis molestie et. Nisi feugiat elit ullamcorper, lobortis tempus nonummy non nibh aliquam amet eget proin dolore, dolor at aliquet laoreet erat at amet volutpat nibh nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra adipiscing, euismod laoreet ac, turpis euismod laoreet magna dolore dolor mauris. Aliquet tincidunt erat consectetur tellus massa ac feugiat id et ut ipsum. Nonummy volutpat ante donec pulvinar mauris praesent tincidunt sed turpis euismod sit. Id et nisi feugiat felis et ut ipsum felis diam lobortis tempus. Nonummy volutpat nibh aliquam pulvinar eget, ante nisi amet eget proin nunc. Nibh nisi ipsum elit sem, nunc sed at non, massa erat pharetra. Mauris praesent tincidunt lorem adipiscing diam tincidunt lorem adipiscing ullamcorper tincidunt id. Et dolore, pulvinar elit proin ut sed elit sem nunc sed, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sed at tellus congue feugiat at ullamcorper laoreet aliquam pulvinar euismod. Nibh, aliquam sit id et nisi, pulvinar nonummy sem massa donec pharetra. Mauris aliquet tincidunt feugiat turpis euismod et ut ipsum elit, diam nisi. Pulvinar felis diam nunc tempus consectetur volutpat massa erat amet non massa. Donec pharetra mauris praesent dolore turpis, tellus nibh magna sit id, et. Nisi pulvinar felis sem ut feugiat elit ullamcorper lobortis tempus amet molestie. Proin congue sed at aliquet laoreet lorem feugiat, adipiscing ullamcorper lobortis tempus. Turpis euismod nibh aliquam amet, volutpat proin dolore ipsum eget et nisi. Ipsum elit sem massa donec consectetur non aliquet nunc dolor eget, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem adipiscing ullamcorper, nibh, nisi pulvinar eget, sem laoreet consectetur tellus ante donec, consectetur molestie praesent tincidunt lorem, adipiscing. Ullamcorper nibh ac turpis euismod nibh aliquam amet eget et ut pulvinar id nibh aliquam eget sem, massa, donec dolor. Felis euismod lobortis lorem adipiscing, aliquet, lobortis lorem mauris praesent congue sed adipiscing aliquet congue lorem at aliquet tincidunt lorem. Aliquet mi nisi ipsum nonummy non massa erat amet molestie praesent congue dolor mauris praesent, congue ac turpis euismod laoreet. Magna sit id magna, sit, felis diam ut, feugiat elit, ullamcorper lobortis ipsum elit, ullamcorper massa tempus pharetra mauris aliquet. Tincidunt sed adipiscing aliquet tincidunt lorem consectetur sem tincidunt erat lorem felis ullamcorper lobortis lorem turpis euismod nibh ac turpis. Euismod nibh lorem turpis euismod nibh magna pulvinar, felis diam ut tempus elit sem lobortis feugiat felis ullamcorper tincidunt ac. Amet id, et nisi ipsum elit non ante congue feugiat felis praesent lobortis aliquam amet volutpat nibh sed consectetur tellus. Laoreet ac consectetur, tellus laoreet erat consectetur molestie laoreet donec pharetra, molestie praesent congue lorem felis aliquet tincidunt feugiat felis. Aliquet tincidunt ac amet sed adipiscing euismod et nisi sit id diam nisi pulvinar felis diam nisi pulvinar elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et nisi, pulvinar elit sem nunc erat consectetur, molestie praesent. Tincidunt tempus nonummy ullamcorper lobortis tempus amet eget sem, ante donec. Pharetra mauris proin, dolore elit sem massa erat consectetur volutpat mi. Dolore, feugiat felis aliquet lobortis aliquam turpis ullamcorper laoreet lorem adipiscing. Ullamcorper, mi congue lorem nonummy euismod nibh aliquam, pulvinar mauris aliquet. Tincidunt erat, turpis id diam lobortis ipsum nonummy ullamcorper lobortis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin nunc lorem consectetur aliquet tincidunt ac consectetur id diam massa erat pharetra molestie proin. Donec dolor mauris praesent dolore erat, consectetur molestie praesent congue feugiat adipiscing aliquet tincidunt, lorem turpis. Euismod nibh nisi amet, eget et nisi sit id et nisi ipsum elit sem magna dolor. Mauris praesent congue lorem turpis ullamcorper tincidunt feugiat, turpis euismod nibh aliquam amet, id sem nunc. Sed nonummy tellus mi magna sit, mauris diam tincidunt ac, turpis tellus laoreet ac consectetur tellus. Laoreet ac pharetra molestie mi, magna sit mauris praesent magna sit mauris praesent congue dolor mauris. Sem nunc dolor elit sem massa sed consectetur non massa erat consectetur molestie mi ut dolor. Mauris sem nunc, sed at aliquet tincidunt, erat at molestie, et donec dolor at ullamcorper, laoreet. Nisi ipsum elit sem nunc tempus nonummy sem nunc tempus, nonummy, volutpat mi congue, pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod et nisi pulvinar eget diam nunc sed consectetur tellus, ante donec pharetra felis ullamcorper lobortis ac amet eget. Mi congue sit felis diam ut, feugiat felis diam, congue lorem adipiscing ullamcorper lobortis lorem adipiscing, euismod nibh aliquam. Dolor at aliquet laoreet magna massa erat pharetra molestie mi magna feugiat felis praesent tincidunt lorem adipiscing euismod nibh. Nisi pulvinar volutpat et dolore pulvinar eget proin dolore ipsum elit sem nunc sit felis, diam lobortis donec pulvinar. At tellus laoreet magna feugiat felis sem massa, donec dolor mauris praesent congue dolor mauris, praesent congue at aliquet. Laoreet ac consectetur tellus mi nisi pulvinar felis diam, lobortis erat amet volutpat ante dolore pharetra molestie proin donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris aliquet, tincidunt, lorem turpis euismod mi magna sit felis diam lobortis erat amet molestie ante donec, pharetra mauris non massa, erat. Consectetur molestie praesent congue, dolor mauris aliquet lobortis lorem amet volutpat et dolore ipsum elit non massa erat pharetra tellus massa consectetur molestie. Praesent magna, dolor mauris mi magna dolor mauris aliquet tincidunt lorem, turpis euismod et nisi ipsum, elit magna feugiat felis ullamcorper, nibh aliquam. Amet eget nunc congue feugiat mauris ullamcorper lobortis ac amet euismod et aliquam sit eget diam, ut, sed consectetur tellus, ante donec pharetra. Molestie aliquet mi nisi, sit id et congue ipsum felis praesent ut pulvinar id diam ut pulvinar elit sem ut tempus nonummy volutpat. Ante dolore feugiat, at, aliquet laoreet id diam ut tempus consectetur molestie mi congue lorem adipiscing ullamcorper nibh aliquam ipsum eget proin nisi. Ipsum elit sem massa sed consectetur tellus massa, erat pharetra mauris aliquet nunc dolor elit aliquet massa erat turpis molestie diam lobortis tempus. Nonummy non ante donec pharetra, eget ante turpis id, et ut, tempus nonummy sem massa tempus nonummy non ante donec pharetra mauris praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy euismod nibh nisi pulvinar, eget sem nunc dolor elit sem nunc erat consectetur tellus massa ac sit id mi congue lorem ipsum elit sem. Massa erat consectetur volutpat mi congue feugiat, mauris praesent congue lorem adipiscing euismod nibh nisi pulvinar elit, diam ut ipsum elit at tellus mi magna. Sit, felis et ut feugiat felis ullamcorper, ut aliquam amet volutpat ante donec dolor mauris, aliquet nibh ac sit, felis sem, massa donec amet euismod. Nibh aliquam, pulvinar eget proin dolore ipsum eget sem nunc donec pharetra molestie mi, magna feugiat felis diam lobortis tempus turpis aliquet massa ac sit. Molestie et ut tempus amet eget proin donec dolor mauris praesent nunc, sed at aliquet tincidunt sed at aliquet, laoreet erat consectetur aliquet ut ipsum. Adipiscing non massa aliquam pharetra mauris, proin nunc sed at aliquet nunc lorem, turpis euismod laoreet magna feugiat id ullamcorper massa tempus elit ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent congue sit felis diam lobortis tempus turpis euismod nibh nisi pulvinar, elit molestie ante donec. Dolor at aliquet nibh ac sit eget diam, ut tempus, nonummy sem lobortis ipsum nonummy volutpat, ante. Donec pharetra molestie praesent congue donec sit felis ullamcorper ut tempus nonummy eget, sem tincidunt erat, consectetur. Euismod et nisi ipsum elit non ante donec dolor mauris praesent congue lorem nonummy non nunc erat. Consectetur tellus ante, magna feugiat, felis aliquet congue feugiat at aliquet tincidunt lorem turpis id, et nisi. Ipsum nonummy volutpat nibh aliquam pulvinar, mauris aliquet tincidunt, sed turpis tellus mi nisi ipsum felis diam. Lobortis donec pharetra, mauris aliquet dolore pharetra eget praesent tincidunt lorem consectetur molestie ante donec pharetra molestie. Praesent tincidunt lorem adipiscing ullamcorper nibh aliquam ipsum elit non massa, donec sit mauris diam tincidunt lorem. Nonummy volutpat ante nisi amet, molestie laoreet, ac sit id diam ut tempus adipiscing non nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, praesent congue feugiat adipiscing euismod, et dolore dolor at, tellus laoreet ac sit id diam, ut. Ipsum, adipiscing volutpat tincidunt magna sit felis sem ut ipsum nonummy non lobortis tempus amet non lobortis. Aliquam amet molestie, proin dolore sed at aliquet nunc ac consectetur molestie mi magna feugiat mauris praesent. Tincidunt, lorem, turpis volutpat nibh aliquam amet id proin nisi pulvinar nonummy tellus laoreet erat consectetur molestie. Ante donec pharetra tempus nonummy non massa erat nonummy volutpat ante donec pharetra mauris praesent congue sed. At aliquet tincidunt ac turpis euismod et nisi sit nisi feugiat elit diam lobortis feugiat, adipiscing diam. Ut, ipsum adipiscing ullamcorper lobortis lorem adipiscing euismod lobortis tempus adipiscing diam tincidunt feugiat felis praesent tincidunt. Lorem turpis amet non massa donec dolor mauris praesent tincidunt lorem adipiscing aliquet laoreet ac turpis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna feugiat felis, ullamcorper massa aliquam amet. Volutpat nibh donec, pharetra eget proin dolore dolor. At id diam, ut ipsum nonummy sem lobortis. Nunc sed at non nunc sed elit sem. Nunc ipsum nonummy non massa erat nonummy non. Ante magna dolor mauris praesent tincidunt ac amet. Id, mauris praesent congue sed mauris praesent dolore. Dolor mauris praesent tincidunt, lorem consectetur tellus mi. Nisi sit felis diam ut tempus nonummy non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tellus mi magna feugiat felis ullamcorper nibh dolore dolor at aliquet laoreet ac, turpis id et ut ipsum, adipiscing ullamcorper, laoreet ac, turpis id nibh magna turpis id nibh. Nisi sit id et nisi, ipsum nonummy volutpat ante erat nonummy volutpat massa aliquam sed elit diam, nunc sed elit diam nunc, tempus, nonummy non massa erat amet non massa. Donec pharetra mauris praesent, tincidunt ac turpis id, proin nisi ipsum sed, mauris sem tincidunt ac sit elit sem ut ipsum, felis et, congue ipsum adipiscing, ullamcorper lobortis aliquam pharetra. Volutpat proin, dolore dolor at mauris diam tincidunt tempus turpis volutpat nibh nisi pulvinar eget et dolore ipsum elit proin nunc ipsum elit sem ut sed diam tincidunt lorem adipiscing. Euismod ac, turpis volutpat et, nisi ipsum massa sed, nonummy non, massa erat consectetur, tellus massa donec pharetra volutpat ante mi ac turpis molestie mi magna feugiat felis elit sem. Ut, ipsum et nisi sit id et magna turpis euismod laoreet, ac, turpis molestie laoreet erat, consectetur molestie eget proin volutpat ante dolore dolor mauris aliquet tincidunt lorem consectetur tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ante donec pharetra molestie proin congue sed at praesent tincidunt lorem adipiscing. Tellus nibh magna pulvinar felis et nisi, ipsum elit sem lobortis tempus nonummy. Feugiat felis, diam lobortis tempus adipiscing ullamcorper, lobortis lorem nonummy diam lobortis lorem. Adipiscing euismod lobortis tempus felis ullamcorper lobortis ac, turpis id et aliquam, dolore. Lorem turpis tellus nibh magna consectetur tellus nibh nisi pulvinar felis sem massa. Donec pharetra molestie mi dolore dolor, mauris aliquet tincidunt nibh tempus amet ullamcorper. Ante donec pulvinar volutpat ante nisi dolor elit sem, nunc sed turpis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ullamcorper laoreet aliquam pulvinar elit sem, ut ipsum felis sem. Ante donec dolor, felis aliquet, lobortis ac turpis id et aliquam. Ipsum, elit adipiscing aliquet tincidunt lorem at, praesent, tincidunt ac, consectetur. Tellus tincidunt ac sit id diam ut ipsum elit non lobortis. Ipsum adipiscing non ante dolore ante aliquam nonummy volutpat ante, nisi. Dolor, at sem nunc, erat turpis molestie, mi, magna feugiat felis. Non ante, donec dolor, mauris proin, nunc sed consectetur, turpis euismod. Nibh nisi pulvinar eget sem, nunc ac sit, felis diam ut. Ipsum felis diam lobortis aliquam, nonummy volutpat ante donec pulvinar mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris mi congue lorem adipiscing euismod nibh aliquam sit elit sem massa sed consectetur sit id diam lobortis tempus, consectetur mauris mi dolore, dolor at aliquet tincidunt lorem. Sit id, et aliquam sit, euismod laoreet ac consectetur euismod et felis diam, lobortis erat nonummy non massa tempus adipiscing, ullamcorper ut, ipsum adipiscing ullamcorper lobortis tempus, amet eget. Proin, dolore sed, consectetur tellus, laoreet magna sit ac turpis id diam ut tempus nonummy ullamcorper ut lorem nonummy volutpat nibh donec pulvinar eget proin dolore dolor at aliquet. Tincidunt erat aliquam amet eget proin ut ipsum consectetur tellus laoreet magna feugiat felis praesent congue lorem felis diam tincidunt tempus amet volutpat, proin nunc, ipsum at tellus laoreet. Tincidunt lorem adipiscing tellus nibh magna pulvinar id diam, ut tempus consectetur volutpat mi congue dolor mauris proin, donec pharetra, volutpat proin dolore sed at, tellus nibh nibh aliquam. Dolor mauris, aliquet laoreet ac turpis, id sem, lobortis donec pharetra molestie proin congue dolor mauris, aliquet laoreet donec sit felis ullamcorper lobortis tempus amet volutpat ante nisi pulvinar. Elit sem massa erat pharetra tellus mi magna, feugiat felis ullamcorper lobortis tempus nonummy volutpat ante nonummy euismod nibh aliquam dolor eget proin, dolore ipsum at aliquet massa ac. Consectetur tellus laoreet magna feugiat felis ullamcorper lobortis tempus amet euismod, lobortis aliquam euismod et nisi sed at aliquet massa, erat consectetur molestie laoreet magna feugiat id praesent congue. Sit felis praesent magna dolor felis aliquet lobortis aliquam turpis volutpat ac turpis, euismod et, ut sed consectetur tellus praesent congue feugiat felis praesent congue tempus adipiscing euismod ante. Nisi dolor elit proin massa ac sit felis ullamcorper donec pharetra eget proin dolore, sed mauris aliquet laoreet lorem, at euismod mi magna turpis molestie mi ac consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc donec consectetur id, diam ut lorem, adipiscing ullamcorper nibh nisi amet. Eget sem dolor, at aliquet nunc erat at molestie mi magna sit. Felis ullamcorper, lobortis aliquam nonummy euismod ante nisi pulvinar, eget, proin dolore. Sed turpis molestie magna feugiat elit ullamcorper lobortis tempus nonummy volutpat ante. Donec dolor, mauris praesent nunc sed, consectetur tellus, laoreet ac sit id. Diam ut, tempus elit congue ipsum nonummy ullamcorper nibh aliquam amet, volutpat. Proin tincidunt ac sit id et ut tempus nonummy sem lobortis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non laoreet ac pharetra molestie mi magna sit mauris mi magna dolor felis praesent congue dolor felis aliquet tincidunt, ac id proin nunc erat at non nunc erat. Consectetur tellus ante donec pharetra mauris, praesent congue dolor mauris praesent congue feugiat adipiscing ullamcorper feugiat at ullamcorper, laoreet ac sit id et aliquam sit id nibh magna. Turpis euismod mi nisi sit felis diam lobortis tempus amet molestie proin dolore pharetra massa aliquam amet non nibh aliquam nonummy euismod ante aliquam pulvinar mauris, aliquet tincidunt. Erat at sem massa erat at tellus laoreet ac pharetra massa donec consectetur molestie praesent congue feugiat felis praesent congue dolor mauris praesent congue, dolor mauris, praesent, congue. Feugiat at aliquet tincidunt lorem adipiscing aliquet, nibh adipiscing id nibh magna, sit id et ut feugiat, felis diam nisi ipsum nonummy non ante dolore pharetra eget praesent. Tincidunt lorem adipiscing tellus laoreet ac sit laoreet lorem consectetur tellus laoreet magna, sit id, diam, ut, ipsum elit, ullamcorper ut feugiat adipiscing non nibh aliquam pulvinar tellus. Laoreet magna, pulvinar id et nisi sit id et magna sit, felis et congue feugiat id diam lobortis tempus nonummy volutpat ante donec, dolor at, aliquet sed, eget. Sem dolore dolor at, sem nunc ipsum, elit sem massa sed consectetur non massa donec pharetra molestie mi, magna pharetra molestie mi magna feugiat felis dolore dolor at. Aliquet tincidunt ac turpis ullamcorper nibh aliquam sit id sem, nunc tempus nonummy non ante magna feugiat, turpis euismod et dolore sed elit tellus congue feugiat felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, donec pharetra mauris, diam consectetur molestie mi donec, feugiat felis praesent congue lorem. At ullamcorper nibh aliquam pulvinar elit proin ut pulvinar eget et, nisi pulvinar felis. Et nisi consectetur volutpat ante donec pharetra volutpat ante dolore dolor mauris aliquet, congue. Lorem adipiscing euismod laoreet ac turpis euismod nibh nisi pulvinar elit non mi amet. Molestie mi congue lorem turpis, ullamcorper laoreet ac sit elit non, nunc erat, pharetra. Molestie praesent congue feugiat adipiscing ullamcorper lobortis tempus turpis, et, nunc sed at, tellus. Massa, sed consectetur tellus laoreet congue feugiat felis praesent tincidunt dolor felis diam lobortis. Aliquam amet eget aliquet nunc, erat, sit turpis id et aliquam sit eget diam. Ut tempus consectetur molestie mi congue tempus amet volutpat nibh nisi pulvinar, elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tellus et nisi pulvinar elit non massa erat consectetur volutpat ante tempus nonummy non massa, dolore pharetra molestie. Laoreet aliquam, pulvinar eget proin ut sed nonummy non massa erat pharetra, mauris praesent tincidunt lorem adipiscing ullamcorper nibh. Aliquam ipsum elit proin nunc erat, nonummy volutpat, ante, donec dolor, eget proin, dolore dolor mauris sem dolore dolor. At tellus laoreet ac sit id et congue feugiat, felis diam, lobortis tempus amet id diam ut erat consectetur. Molestie praesent congue feugiat felis ullamcorper, tincidunt ac turpis eget, proin nunc sed at tellus laoreet donec pharetra ullamcorper. Lobortis nisi pulvinar eget proin nisi amet, eget, proin, nisi pulvinar elit sem massa erat consectetur non mi congue. Feugiat adipiscing euismod nibh dolore pulvinar at sem lobortis tempus amet volutpat ante donec pharetra volutpat, proin dolore dolor. Eget, praesent nunc lorem adipiscing tellus tincidunt, ac turpis euismod, et erat amet molestie, proin, ut erat consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, eget proin dolor mauris aliquet, tincidunt ac consectetur molestie. Laoreet ac pharetra id mi congue ipsum adipiscing ullamcorper ante. Donec dolor, at tellus nibh nisi ipsum et ut ipsum. Nonummy volutpat proin dolore pharetra molestie ante donec dolor mauris. Praesent nunc sed at tellus nibh nisi, pulvinar felis sem. Lobortis erat diam lobortis erat amet volutpat, ante donec dolor. Mauris aliquet laoreet aliquam sit eget diam ut sit felis. Diam ut ipsum elit sem massa erat, pharetra mauris et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor mauris praesent nunc, lorem at tellus laoreet magna. Pulvinar elit sem ut ipsum mauris praesent congue feugiat adipiscing. Ullamcorper tincidunt ac turpis euismod nibh ac turpis id et. Ut erat consectetur volutpat mi congue feugiat felis aliquet, dolore. Ipsum elit, sem massa erat consectetur, molestie mi magna feugiat. Adipiscing ullamcorper, nibh aliquam amet euismod nibh dolore sed, consectetur. Tellus laoreet ac pharetra molestie congue feugiat adipiscing ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, dolor mauris diam tincidunt aliquam pulvinar eget proin nunc erat pharetra et, congue feugiat adipiscing diam lobortis aliquam pulvinar mauris. Praesent nunc sed, at euismod et nisi sit id et ut tempus nonummy volutpat proin dolore erat nonummy non massa erat. Pharetra mauris mi magna dolor felis aliquet tincidunt tempus, turpis eget et nisi pulvinar eget proin nunc sed, consectetur molestie proin. Dolore sed at tellus laoreet magna sit euismod mi ac turpis id et congue feugiat id mi magna sit id praesent. Congue lorem turpis eget sem massa erat nonummy non massa erat amet molestie massa donec pharetra volutpat ante dolore lorem adipiscing. Tellus, laoreet aliquam sit id et nisi feugiat felis praesent tincidunt feugiat, mauris aliquet tincidunt lorem adipiscing euismod nibh, aliquam pulvinar. Eget sem nunc erat consectetur non massa tempus nonummy, non massa donec consectetur, ullamcorper nibh nisi amet id et dolore sed. Elit, non massa donec consectetur tellus mi magna feugiat felis praesent, congue, feugiat turpis molestie mi nisi turpis id ullamcorper massa. Dolore sed adipiscing tellus nibh aliquam sit, id et nisi ipsum elit sem lobortis tempus nonummy non ante donec praesent tincidunt. Ac pulvinar eget et, nisi sit id nibh nisi ipsum elit sem, ut tempus, consectetur molestie ante dolore feugiat at, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis non nibh, donec dolor eget proin. Dolore sed consectetur tellus tincidunt erat consectetur. Aliquet aliquet tincidunt lorem turpis euismod et. Nisi pulvinar eget diam ut sed nonummy. Non ante donec, pharetra molestie, praesent congue. Feugiat turpis euismod at, ullamcorper tincidunt lorem. Turpis euismod nibh aliquam pulvinar eget diam. Nunc erat nonummy non massa donec consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie lobortis, aliquam nonummy non lobortis aliquam adipiscing non nibh tempus nonummy ullamcorper nibh, tempus nonummy volutpat proin nunc sed at sem, massa erat consectetur molestie proin donec amet volutpat. Ante donec dolor eget proin nunc sed at sem nunc sed, at aliquet tincidunt erat at tellus massa, ac consectetur volutpat, ante donec dolor eget proin dolore sed at, tellus. Tincidunt ac turpis id et nisi feugiat id et ut tempus nonummy non massa ipsum nonummy ullamcorper sem nunc tempus nonummy sem nunc tempus nonummy non lobortis tempus nonummy non. Lobortis tempus, nonummy non ante dolore dolor, eget ante dolore ipsum elit sem nunc, tempus consectetur non lobortis tempus nonummy non massa donec pharetra mauris praesent congue sed at aliquet. Congue sed adipiscing tellus laoreet magna sit turpis euismod ante dolore dolor elit aliquet laoreet ac consectetur molestie mi magna sit felis praesent ut lorem, adipiscing euismod nibh aliquam pulvinar. Volutpat proin, nisi pulvinar et dolore ipsum eget sem nunc erat consectetur tellus mi magna sit, mauris praesent ut tempus nonummy euismod proin dolore tincidunt lorem adipiscing euismod lobortis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam sit id et nisi pulvinar id sit id, diam nisi pulvinar, elit non ante dolore pharetra, mauris praesent congue dolor at aliquet nibh nisi. Ipsum nonummy non, massa erat consectetur, tellus nibh nisi dolor elit sem dolore sed at aliquet massa erat consectetur, id diam lobortis lorem nonummy ullamcorper. Nibh donec pulvinar mauris, proin nunc sed nonummy, sem lobortis ipsum elit, ullamcorper lobortis tempus, amet mauris, proin dolore pharetra mauris praesent laoreet ac sit. Id et nisi pulvinar felis sem lobortis mi magna sit felis diam ut tempus adipiscing non ante donec nonummy volutpat nibh aliquam amet eget proin. Nunc sed, at sem nunc ac sit adipiscing euismod nibh nisi ipsum elit diam nisi pulvinar id sem nunc ipsum elit, sem, lobortis erat pharetra. Molestie praesent congue lorem adipiscing ullamcorper laoreet ac turpis nonummy non, nibh aliquam amet volutpat ante nisi pulvinar mauris sem nunc sed at aliquet massa. Ac, sit id et ut feugiat felis diam ut lorem adipiscing consectetur tellus mi congue feugiat adipiscing ullamcorper lobortis ac turpis euismod et nisi amet. Eget non massa erat, pharetra at aliquet laoreet ac turpis euismod mi nisi sit felis diam ut feugiat id et magna sit molestie praesent, congue. Lorem adipiscing diam ut lorem, felis praesent nisi dolor elit sem nunc ac sit id et, congue sit felis, diam ut feugiat felis diam, nibh. Donec pulvinar mauris aliquet tincidunt lorem turpis euismod laoreet tincidunt ac amet id et nisi amet euismod nibh ac, turpis id et, magna pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante dolore feugiat adipiscing ullamcorper lobortis ac turpis euismod, nibh aliquam pulvinar eget et nisi. Ipsum nonummy molestie mi dolore dolor, elit sem, nunc dolor elit, sem laoreet magna sit id. Praesent ut ipsum adipiscing ullamcorper lobortis aliquam pulvinar, eget proin nisi pulvinar felis, non massa erat. Amet molestie proin dolore feugiat at ullamcorper laoreet, aliquam sit id et nisi sit id et. Nisi sit felis diam ut ipsum nonummy elit sem nunc erat, consectetur tellus mi magna sit. Molestie ullamcorper lobortis aliquam amet, volutpat ante nisi pulvinar, volutpat ante dolore dolor eget non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pharetra molestie praesent, congue feugiat felis ullamcorper, lobortis tempus nonummy diam, nibh tempus volutpat et. Nisi ipsum consectetur molestie laoreet magna pharetra felis, diam lobortis, feugiat adipiscing euismod lobortis tempus nonummy. Volutpat proin nunc dolor, elit aliquet pulvinar, elit aliquet, massa erat consectetur tellus mi congue feugiat. Id, praesent magna sit, felis diam lobortis lorem adipiscing euismod lobortis aliquam amet volutpat et nisi. Ipsum pharetra eget praesent laoreet lorem, sit id nibh magna pulvinar, elit non ante, donec consectetur. Volutpat mi, dolore, dolor at, ullamcorper nibh aliquam id sem nunc erat sit mauris, diam lobortis. Aliquam pulvinar eget proin tincidunt, ac, feugiat elit ullamcorper massa erat amet, volutpat ante donec pharetra. Mauris proin nunc donec sit mauris praesent congue feugiat mauris praesent congue lorem turpis volutpat nibh. Dolore erat consectetur molestie mi, congue ipsum adipiscing ullamcorper, lobortis tempus amet volutpat laoreet magna ipsum. Nonummy non lobortis ipsum elit, ullamcorper massa aliquam nonummy volutpat proin donec amet eget proin nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt lorem adipiscing ullamcorper nibh, nisi ipsum. At tellus laoreet ac, pharetra turpis euismod nibh. Aliquam sit elit non ante magna feugiat, felis. Ullamcorper lobortis tempus adipiscing, euismod et, nisi ipsum. At tellus mi congue ipsum felis id diam. Ut ipsum nonummy non massa erat consectetur molestie. Ante congue feugiat at ullamcorper nibh nisi pulvinar. Id et, nisi, pulvinar eget sem, massa dolore. Sed consectetur aliquet tincidunt erat turpis id, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pulvinar at tellus massa donec sit felis pharetra tellus massa erat consectetur volutpat massa. Tempus pharetra molestie ante dolore dolor mauris proin congue sed at ullamcorper nibh, aliquam pulvinar. Eget sem massa nunc sed at aliquet laoreet ac turpis felis et, congue ipsum felis. Et lobortis, tempus nonummy volutpat proin, dolore sed at aliquet tincidunt ac sit amet, eget. Sem massa erat sit id diam ut tempus nonummy volutpat proin dolore sed at tellus. Nibh nisi pulvinar felis diam ut ipsum elit sem dolor, mauris aliquet tincidunt ac, turpis. Euismod et aliquam, sit eget diam nisi pulvinar felis sem massa donec pharetra mauris aliquet. Lobortis ac turpis sed adipiscing euismod nibh aliquam turpis euismod nibh ac turpis euismod, laoreet. Lorem turpis euismod et nisi feugiat felis ullamcorper lobortis tempus nonummy volutpat ante donec amet. Pharetra mauris diam ut tempus, adipiscing euismod lobortis tempus adipiscing ullamcorper nibh aliquam pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed adipiscing, praesent congue lorem turpis euismod et magna pulvinar felis sem massa erat dolor mauris praesent congue. Feugiat turpis, id nibh aliquam amet amet eget praesent dolore dolor mauris aliquet nunc ac consectetur tellus mi. Magna, ipsum, elit non ante dolore feugiat adipiscing euismod laoreet ac turpis euismod non ante donec pulvinar eget. Proin nunc sed consectetur molestie mi magna sit id et congue feugiat felis ullamcorper lobortis aliquam nonummy non. Nibh aliquam amet aliquam amet eget proin nunc dolor elit aliquet massa erat consectetur, tellus mi magna feugiat. Felis ullamcorper lobortis, lorem adipiscing ullamcorper lobortis tempus nonummy felis non massa erat amet, molestie proin donec amet. Molestie praesent congue sed adipiscing id et nisi pulvinar id et nisi pulvinar id diam nisi, ipsum ac. Turpis molestie massa erat, consectetur tellus mi congue feugiat felis diam, ut lorem nonummy volutpat ante, nisi pulvinar. Eget proin, dolore, pulvinar eget, et nisi ipsum laoreet ac pharetra felis non nibh donec amet volutpat, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ante donec pharetra mauris proin tincidunt lorem amet eget et ut ipsum nonummy non massa erat consectetur tellus ante magna pharetra. Volutpat et, aliquam, amet eget et nisi pulvinar eget proin ut ipsum elit, sem massa, donec sit mauris praesent congue feugiat turpis. Volutpat ante nisi ipsum elit diam congue feugiat felis ullamcorper lobortis donec amet eget proin nunc lorem consectetur tellus laoreet lorem consectetur. Tellus mi nisi feugiat, felis diam lobortis tempus ipsum at sem nunc ipsum elit non ante magna, sit mauris praesent congue lorem. Felis ullamcorper, lobortis ac turpis euismod lobortis aliquam turpis id diam ut aliquam amet volutpat ante aliquam amet euismod nibh aliquam amet. Elit sem nunc sed consectetur molestie mi ac pharetra, molestie mi congue ipsum adipiscing consectetur tellus ante donec, dolor, mauris praesent tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat amet volutpat praesent congue lorem feugiat felis ullamcorper ante aliquam pulvinar mauris aliquet laoreet ac. Turpis felis diam ut ipsum, nonummy non lobortis tempus, nonummy ullamcorper lobortis tempus nonummy non felis. Diam lobortis lorem, adipiscing euismod nibh aliquam amet eget ante nisi dolor eget sem, dolore sed. At non, laoreet ac pharetra tellus massa sed pulvinar eget ante dolore dolor mauris sem nunc. Sed at aliquet laoreet erat pharetra molestie massa erat consectetur tellus laoreet erat consectetur molestie ante. Tincidunt lorem consectetur tellus mi magna sit felis diam lobortis ipsum nonummy non lobortis tempus nonummy. Volutpat, nibh donec, nonummy volutpat proin dolore dolor mauris sem euismod proin nisi pulvinar eget proin. Dolore sed at non massa erat consectetur molestie praesent, congue feugiat adipiscing ullamcorper nibh aliquam amet. Volutpat ante nisi dolor at ipsum elit, sem dolore sed elit sem nunc, ipsum elit diam. Nisi ipsum eget diam nisi ipsum, id et nisi feugiat elit ullamcorper, nonummy, volutpat proin congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor mauris aliquet nunc sed mauris sem tincidunt erat pharetra mauris mi congue feugiat turpis ullamcorper nibh aliquam pulvinar elit sem nunc sed nonummy non. Massa erat nonummy non, massa donec dolor mauris aliquet volutpat proin congue feugiat at ullamcorper laoreet ac turpis euismod, laoreet magna sit id diam nisi ipsum. Nonummy, non massa donec, amet non massa erat adipiscing praesent congue dolor mauris praesent nunc sed at aliquet tincidunt lorem turpis id et ut ipsum, elit. Sem ante erat pharetra volutpat congue sed at euismod nibh aliquam sit eget sem, nunc erat nonummy non massa magna dolor mauris mi congue, feugiat adipiscing. Euismod proin massa ac pharetra id nonummy non ante, magna feugiat mauris praesent congue feugiat adipiscing ullamcorper et, nisi ipsum at aliquet massa ac pharetra tellus. Laoreet donec pharetra, mauris ullamcorper lobortis aliquam at tellus laoreet ac turpis, molestie mi nisi feugiat, felis diam ut ipsum, adipiscing non ante donec pharetra volutpat. Proin nunc lorem pharetra molestie praesent tincidunt lorem felis aliquet lobortis lorem turpis euismod laoreet ac, amet id, proin ut, ipsum eget, sem massa erat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, at tellus laoreet ac, turpis felis non massa aliquam pharetra, at praesent nunc sed at sem massa erat nonummy, non massa donec, dolor molestie mi dolore. Dolor mauris praesent laoreet ac sit eget, proin, ut ipsum nonummy sem nunc tempus nonummy at aliquet, laoreet ac consectetur tellus laoreet magna sit felis diam congue. Feugiat felis volutpat aliquet diam ante tincidunt donec lorem pulvinar nonummy molestie praesent amet elit molestie ullamcorper aliquet sem laoreet aliquet nunc sed at aliquet tincidunt, ac. Turpis felis et nisi feugiat elit sem massa donec erat pharetra molestie, praesent congue ipsum adipiscing non nibh tempus nonummy ullamcorper lobortis lorem adipiscing ullamcorper congue feugiat. Felis aliquet tincidunt ac adipiscing euismod et aliquam amet laoreet, lorem adipiscing tellus laoreet lorem at aliquet tincidunt ac pulvinar felis sem lobortis tempus, amet volutpat, massa. Tempus amet volutpat ante aliquam nonummy ullamcorper nibh aliquam at aliquet nunc sed at aliquet laoreet ac turpis felis, diam ut ipsum elit ullamcorper lobortis ipsum felis. Diam ut felis diam lobortis tempus nonummy euismod nibh aliquam amet volutpat proin dolore dolor at sem dolore pulvinar elit sem nunc sed, elit sem nunc erat. Pharetra, mauris felis diam ut tempus nonummy non massa erat pharetra molestie proin congue feugiat, at aliquet laoreet aliquam turpis id et ut sed elit sem massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et dolore sed at tellus laoreet ac sit felis praesent congue feugiat mi magna, sit mauris diam tincidunt tempus adipiscing ullamcorper lobortis aliquam amet. Volutpat proin dolore ipsum eget sem nisi pulvinar eget proin ut ipsum elit tellus erat consectetur molestie ante donec dolor molestie, mi donec pharetra. Volutpat proin, congue dolor mauris praesent congue sed mauris praesent tincidunt lorem turpis eget diam tempus nonummy volutpat, ante donec, dolor felis praesent tincidunt. Ac adipiscing, euismod et nisi aliquam amet eget ante dolore, dolor elit aliquet mi, dolore dolor at, praesent tincidunt aliquam pulvinar eget proin nunc. Sed nonummy tellus massa, donec pharetra molestie mi magna pharetra mauris mi congue dolor at aliquet congue at ullamcorper, nibh nisi ipsum eget diam. Ut ipsum elit diam nunc ipsum nonummy, non ante erat pharetra molestie ante, donec dolor mauris praesent congue sed at sem nunc sed nonummy. Diam nunc tempus nonummy non lobortis tempus nonummy sem ut feugiat felis ullamcorper lobortis donec pharetra id nibh aliquam, pulvinar eget et nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis diam ut tempus non massa donec pharetra molestie proin dolore sed at, praesent tincidunt ac turpis id, diam, ut tempus, nonummy non. Ante donec pharetra molestie praesent congue mauris praesent congue, dolor at praesent dolore sed eget praesent nunc lorem at aliquet laoreet erat consectetur, tellus. Mi, magna sit felis diam, congue sit turpis euismod nibh nisi sit euismod et magna sit id et magna sit euismod mi magna sit. Id diam ut ipsum elit non ante dolore dolor mauris dolore sed at, euismod nibh magna ipsum elit sem lobortis ipsum felis diam ut. Ipsum elit ullamcorper lobortis tempus nonummy ullamcorper lobortis feugiat praesent congue feugiat mauris praesent magna dolor molestie praesent dolore dolor molestie ante erat amet. Molestie proin donec dolor, eget proin dolore dolor mauris praesent nunc lorem pharetra molestie massa donec consectetur volutpat ante erat nonummy non ante donec. Dolor mauris praesent, congue sed mauris praesent nunc, sed at aliquet tincidunt, lorem consectetur, aliquet lobortis donec amet volutpat massa erat nonummy, non massa. Aliquam amet non, lobortis tempus adipiscing ullamcorper ut tempus nonummy euismod aliquam turpis volutpat et nisi, amet eget sem dolore ipsum eget sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra mauris praesent congue, feugiat, mauris praesent congue, feugiat, felis aliquet tincidunt feugiat at ullamcorper tincidunt aliquam pulvinar eget proin nisi ipsum elit diam. Lobortis aliquam amet eget, proin dolore, pulvinar elit aliquet laoreet, ac consectetur tellus laoreet erat at tellus laoreet, donec pharetra tellus mi magna, feugiat volutpat. Nibh aliquam pulvinar eget proin dolore sed consectetur tellus laoreet erat pharetra molestie mi magna pharetra, id ullamcorper lobortis tempus nonummy volutpat aliquam amet, euismod. Nibh nisi amet volutpat proin dolore amet eget proin nunc sed at sem nunc ipsum, eget diam nunc, ipsum elit sem ut ipsum elit lobortis. Erat pharetra volutpat ante donec dolor molestie praesent congue sed, at, praesent nunc lorem at tellus nunc sed mauris aliquet tincidunt erat consectetur, molestie tincidunt. Erat dolor at aliquet laoreet lorem adipiscing, tellus laoreet sed adipiscing tellus, tincidunt lorem, at euismod laoreet magna turpis euismod laoreet ac turpis molestie, aliquet. Nibh aliquam turpis euismod et nisi ipsum elit diam ut pulvinar felis diam nisi pulvinar felis, sem, lobortis tempus elit diam ut ipsum nonummy ullamcorper. Lobortis laoreet donec pharetra mauris praesent congue feugiat adipiscing ullamcorper nibh aliquam turpis euismod nibh aliquam amet volutpat proin nisi amet eget et ut sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem consectetur tellus mi magna sit id diam ut feugiat nonummy volutpat ante lorem adipiscing euismod nibh ac turpis id et, magna sit euismod nibh magna sit id diam. Ut ipsum elit diam ut tempus, nonummy volutpat, ante dolore congue, feugiat mauris diam lobortis aliquam, pulvinar eget sem nunc dolor elit, sem tincidunt erat, turpis molestie laoreet ac sit. Molestie praesent congue feugiat sit id et nisi, sit felis diam ut ipsum consectetur molestie mi dolore pharetra molestie proin congue dolor mauris praesent tincidunt ac, at aliquet massa erat. Pharetra tellus mi magna feugiat adipiscing praesent, tincidunt ac turpis euismod nibh nisi ipsum eget proin ut ipsum eget et, ut sed elit non, ante, aliquam pulvinar elit proin dolore. Sed consectetur aliquet, massa, erat consectetur molestie praesent magna feugiat nonummy volutpat nibh tempus nonummy euismod ante dolore erat consectetur id mi erat amet non massa tempus adipiscing ullamcorper massa. Aliquam pharetra eget proin nunc sed at aliquet laoreet ac turpis volutpat, ante erat nonummy non ante erat amet, molestie, praesent congue dolor mauris praesent nunc sed mauris praesent tincidunt. Lorem sit felis diam nisi feugiat felis diam sem, nunc, sed consectetur non laoreet magna sit molestie mi magna feugiat felis ullamcorper lobortis tempus, turpis ullamcorper lobortis tempus turpis euismod. Nibh aliquam amet id et congue feugiat adipiscing ullamcorper, nibh aliquam amet volutpat sem tincidunt lorem consectetur aliquet, tincidunt erat turpis, id diam lobortis tempus nonummy volutpat, ante aliquam amet. Volutpat ante pulvinar eget praesent nunc lorem at aliquet laoreet ac turpis, molestie mi magna sit id et lobortis ipsum adipiscing diam lobortis lorem adipiscing ullamcorper lobortis lorem, adipiscing felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt erat consectetur molestie mi magna non laoreet ac, sit felis diam congue sit, mauris diam tincidunt, aliquam. Pulvinar mauris sem nunc sed, elit sem massa erat consectetur aliquet mi magna feugiat praesent congue feugiat felis ullamcorper. Lobortis tempus nonummy euismod nibh, nisi dolor eget proin dolore dolor at aliquet massa sed pharetra id, diam lobortis. Lorem ullamcorper ut tempus nonummy euismod lobortis aliquam pulvinar, eget proin nisi pulvinar eget proin dolore ipsum elit sem. Nunc ac pharetra molestie mi tempus adipiscing euismod lobortis aliquam nonummy ullamcorper tincidunt lorem turpis euismod nibh aliquam, amet. Euismod nibh, aliquam turpis eget proin nisi pulvinar eget sem massa tempus consectetur, euismod nibh nisi pulvinar, elit felis. Mauris volutpat aliquet ullamcorper proin tincidunt nisi sed pharetra nonummy volutpat praesent laoreet ut magna, feugiat turpis, elit euismod. Sem lobortis dolore magna ipsum pharetra adipiscing euismod proin laoreet ut donec dolor sit consectetur dolor turpis nonummy mauris. Eget molestie ante tincidunt massa, eget magna aliquam sed pulvinar, lorem sed consectetur tellus nunc ac consectetur molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin, tincidunt lobortis donec feugiat, turpis. Eget non diam massa tincidunt nisi erat. Lorem dolor at felis sem mi tincidunt. At nonummy turpis eget non mi massa. Tincidunt ut erat sit amet at euismod. Sem praesent ante mi massa congue aliquam. Ipsum turpis felis, consectetur felis eget aliquet. Sem praesent praesent diam mi sem, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sem mi ut tincidunt ut ut mi proin diam, mi ante, diam diam sem sem. Ullamcorper tellus, non euismod molestie volutpat id id, mauris elit adipiscing at nonummy adipiscing turpis pharetra. Id mauris, at nonummy, adipiscing consectetur amet sit pharetra dolor sit sit pulvinar turpis elit molestie. Elit, nonummy adipiscing eget id, volutpat, ante dolore pharetra pharetra id diam ut lorem, adipiscing ullamcorper. Lobortis nisi, dolor at sem nunc erat consectetur aliquet laoreet erat pharetra tellus mi magna sit. Pulvinar elit, non massa donec pharetra tellus ante erat consectetur molestie mi donec, dolor molestie proin. Dolore pharetra molestie ante dolore, dolor, at tellus nibh magna turpis pulvinar eget proin nunc dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac feugiat felis diam, massa aliquam dolor eget, praesent congue donec consectetur tellus ante donec pharetra molestie, mi magna dolor adipiscing ullamcorper tincidunt feugiat adipiscing ullamcorper laoreet ac turpis. Euismod nibh, nisi, turpis euismod et sem tincidunt sed consectetur tellus laoreet erat turpis molestie, mi magna turpis id diam congue ipsum adipiscing diam lobortis tempus, adipiscing volutpat, ante. Donec dolor aliquam amet, eget sem tincidunt ac sit id mi congue feugiat adipiscing ullamcorper lobortis tempus nonummy non nibh aliquam pulvinar eget proin dolore dolor, laoreet ac turpis. Id et congue, feugiat adipiscing ullamcorper massa aliquam pharetra, eget proin donec pulvinar volutpat, ante dolore dolor mauris sem tincidunt ac turpis id id et dolore pulvinar eget proin. Ut ipsum elit sem nunc erat elit, diam ut pulvinar id et nisi sit id et nisi feugiat id et, congue ut ipsum eget et aliquam sit euismod laoreet. Ac turpis, euismod et nisi sit felis sem massa donec pharetra volutpat massa, dolore nonummy volutpat ante aliquam, pulvinar eget proin nunc lorem consectetur aliquet, laoreet ac consectetur molestie. Et congue feugiat, felis diam lobortis tempus adipiscing non ante donec pulvinar consectetur non ante magna feugiat mauris, mi, congue dolor felis praesent tincidunt ac turpis euismod, nibh aliquam. Sit eget proin nunc sed elit sem massa erat consectetur donec dolor mauris, praesent tincidunt feugiat at aliquet nibh aliquam ipsum eget proin ut, ipsum elit sem ante donec. Pharetra mauris praesent magna feugiat felis, ullamcorper nibh praesent tincidunt ac amet id et aliquam sit eget et nisi sit eget, sem massa tempus consectetur, volutpat ante donec amet. Molestie praesent congue dolor at praesent, mi ut lorem adipiscing, ullamcorper lobortis donec pulvinar mauris sem nunc dolor elit sem nunc sed elit tellus nunc ipsum elit non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore dolor mauris sem nunc lorem consectetur sem nisi feugiat felis diam. Ut feugiat id diam, congue ipsum nonummy volutpat, nibh aliquam nonummy euismod lobortis. Tempus adipiscing diam lobortis aliquam amet eget aliquam pulvinar, elit sem massa ac. Feugiat adipiscing ullamcorper ante donec dolor mauris aliquet tincidunt lorem consectetur tellus laoreet. Magna feugiat felis et ut tempus mauris aliquet tincidunt lorem adipiscing aliquet tincidunt. Lorem at tellus laoreet, ac turpis euismod mi nisi ipsum nonummy volutpat ante. Donec dolor mauris proin dolore ipsum elit non nunc erat consectetur tellus ante. Magna feugiat, felis diam tincidunt tempus turpis euismod lobortis, aliquam amet euismod et. Nunc sed at non erat nonummy tellus laoreet magna pharetra tellus mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy non ante erat, dolor pharetra id diam massa tempus nonummy volutpat proin nunc sed at aliquet tincidunt, lorem, turpis euismod mi nisi sit felis diam. Ut tempus nonummy non lobortis massa erat consectetur tellus ante donec consectetur tellus, massa erat consectetur volutpat ante erat amet, volutpat, massa donec amet molestie proin dolore. Lorem turpis sed at aliquet tincidunt, lorem turpis euismod et nisi feugiat id diam, ut ipsum elit ullamcorper lobortis tempus nonummy non, ante donec pharetra mauris pulvinar. Mauris proin dolore sed at aliquet tincidunt sed elit aliquet nunc erat consectetur molestie mi magna sit felis, diam ut lorem felis diam congue lorem adipiscing elit. Sem, massa erat nonummy volutpat ante erat amet volutpat ante donec pharetra eget proin dolore dolor mauris aliquet laoreet ac turpis aliquet tincidunt, sed at aliquet aliquet. Lobortis ac turpis euismod laoreet ac, adipiscing ullamcorper laoreet ac turpis id diam nunc ipsum nonummy diam nunc tempus, elit sem massa donec pharetra, sit felis diam. Ut ipsum nonummy ullamcorper ut, lorem nonummy euismod lobortis aliquam amet euismod ante aliquam amet volutpat et aliquam amet eget sem nunc ipsum, elit turpis id et. Ut ipsum, elit non ante donec pharetra molestie mi, dolore feugiat felis, aliquet tincidunt lorem adipiscing, aliquet congue dolor at praesent congue sed adipiscing molestie praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy non, massa donec amet molestie ante nunc ipsum eget sem massa erat nonummy non nunc ipsum nonummy. Non massa erat consectetur volutpat ante donec pharetra non massa erat amet non ante mi magna sit mauris praesent. Congue feugiat felis ullamcorper lobortis aliquam, amet ullamcorper nibh aliquam amet, euismod, nibh nisi ipsum elit proin nunc sed. At, pulvinar elit diam nunc ipsum nonummy, sem lobortis ipsum nonummy non ante donec pharetra mauris praesent, tincidunt lorem. Adipiscing ullamcorper laoreet aliquam turpis lorem consectetur euismod laoreet lorem consectetur tellus laoreet ac sit felis ullamcorper lobortis tempus. Pharetra at ullamcorper laoreet ac turpis eget sem massa erat pharetra molestie mi mi ac sit felis diam ut. Ipsum elit ullamcorper massa aliquam amet eget proin dolore dolor mauris praesent tincidunt, lorem at aliquet dolore sed at. Aliquet laoreet et nisi ipsum eget proin, ut sed at non mi magna sit felis praesent congue feugiat felis. Praesent congue feugiat felis praesent congue praesent congue feugiat mauris praesent congue dolor mauris, aliquet nibh magna turpis id. Diam nunc tempus elit, non lobortis tempus nonummy non, massa erat nonummy volutpat ante massa, erat consectetur tellus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sit felis diam, lobortis erat consectetur eget proin dolore ipsum at, non massa, erat consectetur, tellus, laoreet magna pharetra mauris praesent. Congue lorem nonummy ullamcorper lobortis tempus amet, euismod et nisi amet molestie mi magna feugiat id praesent congue sit felis ullamcorper ut. Lorem adipiscing diam tincidunt lorem adipiscing euismod lobortis lorem adipiscing ullamcorper lobortis ac praesent tincidunt lorem adipiscing id proin nisi pulvinar elit. Non massa tempus consectetur volutpat ante magna dolor mauris aliquet lobortis aliquam amet id et, amet eget sem nunc sed nonummy non. Massa erat pharetra tellus ante donec dolor mauris praesent congue feugiat adipiscing ullamcorper tincidunt lorem adipiscing ullamcorper tincidunt ac sit et nisi. Pulvinar euismod nibh nisi sit id et magna sit id et ut, tempus amet volutpat ante, donec pharetra eget proin tincidunt, ac. Sit eget ac consectetur tellus, tincidunt erat at aliquet nunc, sed consectetur tellus massa, ac pharetra id praesent congue ipsum felis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur tellus ante erat consectetur volutpat ante erat nonummy volutpat ante donec non ante, donec amet, non nibh tempus amet. Eget proin dolore sed, consectetur tellus laoreet erat, consectetur molestie mi, magna sit id, et ut ipsum nonummy tellus nibh nisi. Sit eget diam, nisi, sit felis diam ut feugiat felis diam nisi feugiat felis et congue feugiat felis praesent congue feugiat. Adipiscing proin dolore pulvinar mauris sem nunc, sed at sem tincidunt erat consectetur aliquet massa erat at tellus mi congue sit. Id diam ut ac turpis euismod et ut, pulvinar id diam nisi sit id et magna sit elit non massa donec. Pharetra mauris praesent tincidunt ac adipiscing tellus, laoreet ac nisi dolor elit aliquet laoreet magna feugiat felis et congue sit id. Diam ut, tempus amet volutpat lobortis aliquam pulvinar mauris proin dolore, dolor at sem tincidunt feugiat felis ullamcorper massa tempus, nonummy. Volutpat ante donec dolor eget ante donec dolor mauris proin donec dolor at aliquet tincidunt erat at sem nunc aliquet massa. Erat consectetur tellus mi magna sit mauris mi congue feugiat adipiscing ullamcorper lobortis tempus pulvinar elit, non nunc sed consectetur non. Ante congue dolor felis consectetur volutpat ante erat amet volutpat ante donec dolor, mauris aliquet tincidunt, lorem adipiscing euismod laoreet magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc dolor, elit aliquet, laoreet ac turpis, id mi congue sit. Felis ullamcorper nibh tempus nonummy non lobortis aliquam amet id et, ut. Ipsum nonummy non ante donec pharetra molestie proin, dolore pharetra eget proin. Congue lorem at aliquet tincidunt magna sit id et erat pharetra molestie. Mi congue lorem adipiscing euismod nibh nisi pulvinar id et aliquam sit. Id diam, nisi ipsum nonummy non ante donec pharetra volutpat ante feugiat. At aliquet tincidunt lorem adipiscing aliquet laoreet ac turpis tellus et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, pharetra, mauris mi tincidunt lorem turpis volutpat nibh nisi pulvinar eget sem nunc sed elit non. Laoreet, donec sit mauris praesent, tincidunt lorem adipiscing euismod, tempus amet volutpat sem dolore ipsum eget proin. Nunc ipsum at non massa erat consectetur tellus mi magna pharetra molestie ante magna dolor molestie mi. Aliquam amet eget et dolore, ipsum elit proin ut, sed nonummy, sem, nunc sed consectetur tellus ante. Congue feugiat, felis, praesent, congue feugiat felis ullamcorper lobortis ante dolore dolor eget, praesent tincidunt, lorem adipiscing. Tellus nibh magna sit id et nisi sit, id mi magna, sit felis et congue feugiat diam. Lobortis tempus nonummy volutpat nibh aliquam amet eget proin donec, dolor at sem dolore dolor elit sem. Nunc erat at aliquet massa, erat consectetur, non lobortis aliquam, amet mauris praesent tincidunt sed mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac turpis euismod nibh, nisi ipsum. Nonummy volutpat proin congue, sed, adipiscing tellus. Laoreet ac turpis euismod et ut ipsum. Elit non ante erat amet molestie praesent. Congue, lorem turpis non massa erat pharetra. Molestie mi magna dolor molestie diam tincidunt. Lorem turpis euismod et dolore pulvinar elit. Proin massa sed consectetur molestie laoreet diam. Ut ipsum nonummy non ante magna dolor. Mauris, aliquet lobortis aliquam amet eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor mauris tellus laoreet, donec consectetur molestie mi magna feugiat felis ullamcorper tincidunt lorem adipiscing euismod, et nisi pulvinar, eget, sem, ut sed. Elit sem nunc sed nonummy ullamcorper nibh aliquam pulvinar eget sem tincidunt, ac turpis id diam ut ipsum elit diam ut feugiat adipiscing ullamcorper. Lobortis tempus nonummy euismod ante nisi pulvinar felis diam ut tempus elit, sem lobortis tempus elit ullamcorper lobortis ipsum, adipiscing ullamcorper lobortis lorem, adipiscing. Ullamcorper nibh donec sed nonummy non massa erat dolor molestie ante donec nonummy volutpat proin dolore dolor molestie massa tempus nonummy ullamcorper lobortis tempus. Nonummy volutpat proin nisi pulvinar volutpat nibh magna feugiat, elit, ullamcorper lobortis erat amet at, praesent congue sed, adipiscing tellus laoreet ac turpis, euismod. Et ut, pulvinar felis diam lobortis ipsum nonummy, non lobortis dolore pulvinar eget proin nunc erat nonummy non laoreet magna pharetra tellus ante donec. Pharetra molestie mi tincidunt lorem turpis id et congue sit id praesent ut feugiat felis diam ut lorem adipiscing, ullamcorper lobortis lorem adipiscing ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, aliquam, pulvinar eget sem massa, sed elit sem massa sed consectetur. Molestie ante donec consectetur non massa, magna dolor eget proin dolore, pulvinar. Elit sem nunc ipsum elit sem ut pulvinar elit proin nisi ipsum. Nonummy non massa donec pharetra felis, aliquet tincidunt magna sit id et. Ut, sit felis ullamcorper lobortis tempus adipiscing ullamcorper nibh aliquam nonummy volutpat. Ante dolore dolor mauris sem, dolore dolor elit sem nunc erat ac. Adipiscing euismod, laoreet ac at aliquet tincidunt, ac turpis id nibh magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar feugiat, at ullamcorper tincidunt lorem at ullamcorper laoreet lorem. Adipiscing euismod nibh aliquam adipiscing euismod et nisi, pulvinar id. Et nisi ipsum elit sem tellus mi magna feugiat felis. Praesent congue feugiat id diam lobortis tempus pulvinar volutpat ante. Nisi dolor mauris aliquet tincidunt ac turpis molestie mi ut. Mi congue ipsum felis praesent donec consectetur tellus massa donec. Pharetra mauris praesent tincidunt lorem, adipiscing ullamcorper tincidunt lorem adipiscing. Ullamcorper nibh, aliquam tempus nonummy non lobortis tempus adipiscing ullamcorper. Lobortis aliquam, amet volutpat ante, nisi, dolor elit aliquet tincidunt. Ac turpis id et congue feugiat id mi magna nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pulvinar consectetur molestie praesent tincidunt tempus adipiscing euismod nibh ac amet id et, ante donec dolor eget praesent nunc sed at. Euismod nibh nisi, sit id et nisi sit, felis diam lobortis tempus amet molestie, proin dolore dolor at felis praesent ut lorem. Amet eget ante dolore sed at, aliquet tincidunt erat consectetur tellus mi congue feugiat adipiscing non ante dolore dolor mauris praesent at. Tellus laoreet ac turpis tellus tincidunt ac, consectetur tellus laoreet erat consectetur tellus mi magna, sit, felis diam, lobortis aliquam amet volutpat. Adipiscing ullamcorper nibh nisi dolor elit sem nunc, sed at aliquet, massa ac, consectetur molestie laoreet donec feugiat felis, ullamcorper lobortis tempus. Nonummy volutpat, ante aliquam amet feugiat mauris praesent congue, feugiat, at, aliquet tincidunt lorem adipiscing aliquet laoreet ac, adipiscing praesent nunc sed. Mauris proin dolore dolor mauris sem, tincidunt erat turpis id eget et nisi pulvinar eget et nisi sit eget et ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod consectetur tellus mi congue ipsum elit diam, lobortis tempus adipiscing ullamcorper lobortis tempus adipiscing non nibh aliquam amet. Eget, sem tincidunt sed at aliquet dolore, dolore pharetra, molestie proin dolore amet non nibh aliquam amet volutpat ante aliquam. Amet volutpat, ante tempus turpis euismod nibh tempus turpis volutpat et aliquam donec pharetra molestie praesent congue sed mauris praesent. Nunc sed consectetur euismod laoreet ac turpis, euismod et ut tempus nonummy volutpat ante donec sed consectetur id diam ut. Lorem adipiscing ullamcorper lobortis tempus adipiscing ullamcorper nibh aliquam amet volutpat, lobortis aliquam turpis aliquet tincidunt lorem adipiscing, aliquet congue. Lorem at, sem nunc sed nonummy sem nunc tempus nonummy non, massa erat consectetur volutpat ante dolore dolor mauris, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper, lobortis tempus nonummy euismod, nibh donec amet volutpat nibh, aliquam pulvinar eget et aliquam pulvinar id et dolore sed elit eget proin nunc sed at aliquet laoreet ac. Sit id et nisi feugiat elit non ante donec pharetra molestie proin congue sed, mauris, praesent congue ut tempus nonummy euismod nibh, nisi dolor, at, aliquet tincidunt ac turpis molestie. Mi magna sit id mi congue, sit id praesent magna feugiat adipiscing ullamcorper lobortis nisi ipsum nonummy volutpat ante donec pharetra mauris, ante erat, pharetra volutpat, ante dolore pharetra mauris. Praesent nunc sed at aliquet laoreet magna dolor mauris mi dolore, dolor molestie ante, erat nonummy ullamcorper lobortis aliquam amet, non nibh, aliquam amet volutpat ante donec pulvinar eget proin. Nunc sed consectetur aliquet ante donec pharetra volutpat proin dolore dolor at praesent laoreet ac sit id diam, ut, ipsum felis et nisi pulvinar elit sem, lobortis tempus nonummy non. Massa aliquam pulvinar eget proin ut sed elit non massa erat pharetra tellus, ante donec, pharetra molestie mi donec pharetra mauris, congue, aliquam amet eget proin nisi, pulvinar id proin. Ut sed consectetur tellus ante magna dolor, mauris aliquet nibh aliquam, amet euismod nibh, aliquam pulvinar eget mauris aliquet, laoreet aliquam turpis euismod diam nunc tempus nonummy non massa tempus. Nonummy, non massa erat amet mauris praesent tincidunt lorem at ullamcorper nibh aliquam turpis aliquam amet volutpat, ante aliquam, amet, volutpat proin nisi, amet, eget sem nunc sed consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sit felis diam nibh aliquam amet volutpat ante mi dolore pharetra molestie proin congue. Lorem at ullamcorper, laoreet aliquam sit eget diam ut tempus elit sem nunc, ipsum nonummy. Volutpat massa tempus, nonummy pharetra, molestie laoreet magna sit id diam ut lorem, adipiscing ullamcorper. Lobortis tempus nonummy euismod ante aliquam amet euismod nibh aliquam amet, euismod nibh aliquam donec. Dolor mauris aliquet tincidunt sed at tellus nibh ac turpis tellus tincidunt erat consectetur tellus. Mi, magna sit molestie et congue ipsum pulvinar id et nisi pulvinar id et ut. Pulvinar elit diam nunc tempus consectetur molestie, mi, dolore, dolor adipiscing, ullamcorper laoreet aliquam, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis ullamcorper ante aliquam amet euismod nibh. Tempus amet euismod lobortis aliquam, amet eget proin. Nisi pulvinar id mauris praesent dolore dolor mauris. Praesent tincidunt lorem, consectetur, id diam ut tempus. Nonummy, non ante donec amet volutpat proin dolore. Dolor mauris molestie laoreet magna sit felis praesent. Tincidunt lorem, turpis euismod nibh, aliquam pulvinar eget. Sem nunc ipsum at non massa erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar mauris praesent nunc, lorem turpis euismod et ut ipsum nonummy ullamcorper ante donec pharetra, mauris aliquet congue dolor, at tellus non nibh donec amet eget ante dolore pulvinar eget. Et dolore dolor at aliquet massa, ac pharetra molestie praesent ut ipsum adipiscing ullamcorper lobortis aliquam lobortis tempus amet eget ante aliquam amet euismod et nisi ipsum at non massa. Erat consectetur non laoreet donec pharetra molestie mi erat pharetra molestie mi nisi pulvinar volutpat et nisi amet euismod nibh aliquam turpis aliquet tincidunt sed mauris proin nunc lorem turpis. Euismod et, nisi pulvinar felis diam sit id et nisi feugiat felis diam, ut ipsum felis ullamcorper lobortis donec pharetra mauris proin donec pulvinar mauris proin dolore sed at tellus. Tincidunt ac sit diam lobortis tempus nonummy non massa aliquam, nonummy volutpat proin donec pulvinar mauris sem dolore sed mauris sem tincidunt erat turpis molestie, mi magna sit felis, ac. Sit felis diam congue feugiat felis diam ut tempus adipiscing volutpat proin dolore dolor eget sem nunc sed at ullamcorper lobortis aliquam pharetra mauris, proin congue dolor at praesent tincidunt. Ac sit id et nisi sit euismod et nisi ipsum elit, ullamcorper ut tempus adipiscing non molestie, mi, congue lorem adipiscing euismod nibh donec amet volutpat ante nisi, pulvinar eget. Proin, dolore sed at sem massa sed at tellus laoreet donec consectetur molestie elit non massa erat consectetur molestie mi dolore pharetra mauris aliquet congue feugiat at aliquet laoreet aliquam. Turpis id proin nisi pulvinar id et ut pulvinar id eget proin dolore sed at aliquet laoreet ac pharetra tellus laoreet ac, pharetra id, praesent congue sit felis, diam congue. Lorem nonummy euismod, nibh aliquam amet euismod, et congue sit id, diam lobortis tempus, nonummy non lobortis donec pulvinar eget proin dolore, dolor eget sem nunc sed at aliquet laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper et ut sed nonummy tellus laoreet erat, pharetra, mauris ullamcorper. Non mi donec pharetra molestie mi congue lorem, adipiscing euismod, nibh. Ac turpis euismod laoreet aliquam pulvinar eget diam ut ipsum felis. Non massa erat pharetra eget sem nunc ac turpis id et. Magna feugiat id praesent congue feugiat felis ullamcorper ut, tempus nonummy. Ullamcorper lobortis aliquam amet, eget et ante donec pharetra molestie praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, aliquam amet volutpat proin nunc sed mauris sem dolore sed, at amet eget, et, dolore ipsum elit sem massa erat pharetra tellus mi. Magna sit mauris praesent tincidunt tempus amet volutpat ante nisi dolor eget proin nisi, erat pharetra mauris praesent congue, lorem turpis tellus laoreet ac. Turpis id et nisi ipsum elit sem lobortis tempus nonummy, non ante donec amet non sem ut pulvinar id, nibh nisi pulvinar elit sem. Ut tempus felis, sem, ut tempus elit non, massa tempus nonummy ullamcorper lobortis tempus erat consectetur tellus massa, sed nonummy sem nunc tempus consectetur. Tellus praesent congue feugiat felis, ullamcorper nibh aliquam, amet id nibh aliquam amet euismod et nisi sit felis, ullamcorper nibh donec pulvinar euismod lobortis. Aliquam dolor elit sem nunc sed elit aliquet massa erat pharetra molestie mi congue lorem adipiscing diam lobortis, lorem adipiscing, nonummy non, ante magna. Dolor felis praesent congue feugiat at aliquet tincidunt ac turpis id et nisi sit id diam nisi pulvinar felis sem euismod mi magna, feugiat. Molestie et magna pharetra molestie mi ac sit id praesent congue feugiat mauris praesent, congue feugiat mauris praesent tincidunt feugiat adipiscing, volutpat, et praesent. Dolore feugiat adipiscing ullamcorper laoreet ac adipiscing euismod nibh aliquam, pulvinar elit non massa tempus nonummy non massa erat consectetur volutpat mi dolore dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat at, non laoreet magna sit mauris diam congue feugiat. Felis diam nunc sed elit sem nunc erat elit sem. Dolore sed elit sem nunc, erat nonummy tellus mi donec. Pharetra molestie mi congue lorem adipiscing aliquet tincidunt pulvinar eget. Et nisi ipsum id sem nunc sed elit non nunc. Ipsum, nonummy non nunc tempus nonummy non massa erat nonummy. Sem lobortis tempus, amet eget et nisi, pulvinar elit proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor eget sem nunc lorem consectetur tellus tincidunt erat amet. Non massa aliquam nonummy non, massa aliquam nonummy, ullamcorper lobortis aliquam. Pulvinar volutpat, nibh tempus amet ullamcorper tincidunt lorem adipiscing aliquet tincidunt. Lorem adipiscing molestie et lobortis ipsum adipiscing ullamcorper lobortis aliquam pharetra. Eget praesent nunc sed at, sem nunc sed elit proin nisi. Dolor elit proin dolore pulvinar id diam congue feugiat adipiscing ullamcorper. Lobortis, tempus nonummy volutpat ante nisi amet eget proin nisi pulvinar. Eget proin dolore ipsum eget proin magna sit id praesent congue. Feugiat adipiscing euismod nibh tempus nonummy euismod, nibh nisi amet eget. Proin, nisi, sed consectetur tellus mi magna feugiat, felis diam ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna sit, felis diam, lobortis tempus consectetur molestie mi congue lorem, adipiscing ullamcorper laoreet erat consectetur tellus massa erat nonummy diam nisi pulvinar felis diam ut tempus nonummy volutpat. Ante dolore dolor, molestie praesent congue feugiat at aliquet mi magna pharetra tellus ante donec pharetra mauris praesent congue feugiat mauris mi dolore dolor, mauris aliquet, tincidunt feugiat adipiscing ullamcorper. Nibh nisi ipsum elit, sem, magna sit mauris diam tincidunt tempus turpis volutpat et nisi dolor elit sem dolore ipsum at non massa erat, pharetra id praesent congue feugiat eget. Sem tincidunt erat turpis euismod mi nisi sit id et congue ipsum adipiscing, diam, lobortis tempus adipiscing non lobortis lorem, felis diam magna feugiat felis diam non, massa donec feugiat. At praesent congue feugiat mauris aliquet congue, sed adipiscing tellus tincidunt lorem adipiscing tellus tincidunt ac turpis tellus mi erat at aliquet tincidunt tincidunt lorem amet, id nibh, aliquam pulvinar. Ipsum feugiat felis ullamcorper nibh nisi amet euismod nibh aliquam amet eget sem lobortis aliquam, nonummy volutpat ante donec pulvinar eget proin nunc sed turpis euismod, et nisi feugiat elit. Diam massa tempus amet non massa tempus nonummy non amet, volutpat ante donec amet volutpat ante aliquam amet eget proin nunc dolor elit aliquet massa sed consectetur molestie laoreet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, magna consectetur euismod laoreet magna sit id et nisi turpis molestie massa, ac sit molestie mi laoreet ac turpis id diam. Nunc donec pharetra molestie mi magna dolor mauris mi donec pharetra mauris praesent congue dolor mauris, aliquet laoreet, lorem tempus amet non. Lobortis aliquam amet volutpat proin nunc sed elit aliquet tincidunt ac turpis id et congue sit molestie praesent magna sit molestie praesent. Ut nunc, tempus consectetur volutpat mi, donec dolor mauris, praesent tincidunt lorem adipiscing euismod nibh aliquam amet, euismod et, nisi pulvinar id. Diam, nunc erat ac turpis felis diam lobortis tempus nonummy volutpat ante donec amet molestie proin dolore dolor, mauris praesent tincidunt lorem. Turpis euismod nibh magna turpis id mi magna elit sem massa tempus amet non ante donec pharetra eget proin donec dolor mauris. Aliquet laoreet sed at tellus tincidunt ac consectetur aliquet nunc erat, laoreet aliquam turpis euismod nibh ac turpis euismod nibh magna, pulvinar. Felis diam ut ipsum, felis, diam lobortis tempus volutpat, ante donec feugiat adipiscing ullamcorper nibh ac adipiscing, id diam nisi pulvinar elit. Sem nunc pulvinar felis, sem ut ipsum nonummy non massa donec amet molestie et aliquam pulvinar id proin aliquam sit euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar eget, sem ante erat. Dolor mauris aliquet congue sed adipiscing. Ullamcorper nibh nisi sit, id et. Nisi ipsum elit sem nunc erat. Consectetur, volutpat ante dolore molestie ante. Donec pharetra mauris proin congue sed. Adipiscing tellus nibh lorem turpis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc sed aliquet laoreet ac feugiat elit ullamcorper massa donec dolor mauris proin nunc lorem adipiscing tellus nibh nisi sit id et ut ipsum nonummy volutpat mi nunc. Ac pharetra molestie, mi ut tempus nonummy non ante donec pulvinar eget proin nisi amet eget ante nisi pulvinar elit sem nunc ipsum at at aliquet laoreet ac turpis. Euismod et magna pulvinar eget diam nunc erat pharetra volutpat mi donec, pharetra mauris praesent congue feugiat at proin dolore sed eget diam ut ipsum nonummy sem nunc tempus. Consectetur molestie ante dolore dolor volutpat ante dolore dolor molestie proin tincidunt lorem adipiscing euismod nibh erat consectetur molestie mi, magna feugiat mauris mi magna dolor felis ullamcorper nibh. Nisi pulvinar eget, proin dolore pulvinar elit non massa erat pharetra mauris, praesent congue pulvinar eget ante, dolore sed consectetur tellus laoreet magna sit id et congue sit id. Praesent, congue feugiat adipiscing ullamcorper nibh aliquam amet, eget sem, nunc tincidunt aliquam turpis ullamcorper proin nunc sed at non laoreet donec pharetra molestie mi magna feugiat felis, diam. Lobortis tempus tincidunt tempus turpis volutpat proin dolore ipsum, elit sem massa ac pharetra id praesent congue feugiat adipiscing ullamcorper nibh aliquam, amet eget proin nisi pulvinar volutpat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet congue ac, turpis id et nisi pulvinar eget diam ut laoreet magna sit felis, et nisi ipsum, nonummy non massa, donec amet volutpat ante donec pharetra. Eget proin dolore dolor mauris sem tincidunt dolor consectetur mauris, ullamcorper nibh aliquam pulvinar elit sem nunc erat at, tellus laoreet magna pharetra molestie mi donec pharetra molestie. Ante, magna pharetra molestie mi congue erat turpis id diam lobortis, tempus amet volutpat ante, dolore lorem adipiscing id et nisi ipsum nonummy volutpat mi dolore dolor felis. Aliquet ullamcorper massa aliquam amet eget proin dolore dolor mauris praesent nunc lorem turpis euismod laoreet erat consectetur tellus laoreet erat at tellus massa ac pharetra molestie laoreet. Nibh nisi pulvinar elit sem, nunc tempus elit sem nunc donec, pharetra molestie mi, donec dolor mauris aliquet tincidunt, lorem adipiscing ullamcorper laoreet ac turpis tellus, laoreet ut. Tempus nonummy, eget ante dolore dolor consectetur tellus, laoreet ac turpis molestie et ut tempus nonummy eget proin, congue magna feugiat felis ullamcorper lobortis tempus, turpis ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore feugiat at euismod laoreet, congue feugiat adipiscing non ante donec amet eget proin nunc sed at aliquet tincidunt ac sit. Felis et congue feugiat felis et ut feugiat, sit id diam ut ipsum elit, diam ut ipsum elit non massa erat. Pharetra, molestie mi congue feugiat adipiscing aliquet tincidunt aliquam sit eget sem donec sit molestie mi donec feugiat felis ullamcorper lobortis. Tempus turpis, euismod nibh, aliquam pulvinar eget sem massa sed at, non massa magna sit mauris praesent magna sed, at aliquet. Mi magna sit molestie mi magna, feugiat felis et congue feugiat felis diam ut lorem nonummy volutpat, ante donec amet euismod. Mi nisi ipsum elit diam lobortis tempus nonummy non massa aliquam amet volutpat ante tempus nonummy non congue feugiat felis diam. Tincidunt tempus turpis volutpat ante amet volutpat proin, dolore erat consectetur molestie, mi congue feugiat felis diam congue feugiat mauris praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tempus turpis euismod lobortis ac adipiscing ullamcorper lobortis ac amet id proin ut ipsum eget et ut ipsum elit sem. Ante, magna volutpat massa, erat amet molestie mi, dolore feugiat mauris ullamcorper tincidunt ac, turpis euismod nibh ut ipsum elit sem. Nunc, erat consectetur molestie praesent, magna nisi turpis molestie laoreet magna feugiat felis ullamcorper lobortis feugiat adipiscing non nibh donec amet. Eget proin dolore sed consectetur tellus laoreet magna sit elit, non massa nunc ac pharetra id praesent ut lorem, felis ullamcorper. Nibh aliquam pulvinar mauris sem tincidunt erat consectetur tellus laoreet ac sit id diam nibh ac turpis tellus laoreet ac sit. Eget diam nisi pulvinar felis diam nisi ipsum elit sem, lobortis erat amet non ante donec pharetra, adipiscing elit molestie id. Non, diam sem diam ante congue aliquam dolor turpis nonummy molestie ullamcorper proin massa congue donec, ac ipsum feugiat pulvinar, ipsum. Elit, sem ut sit pulvinar volutpat proin nisi pulvinar elit, proin dolore erat consectetur non massa erat nonummy non nunc, erat. Consectetur molestie, ante tincidunt ac consectetur tellus, laoreet ac, turpis molestie massa erat consectetur non massa erat, consectetur tellus massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at aliquet mi nisi feugiat felis et congue pharetra molestie, et congue feugiat felis diam nibh aliquam. Pulvinar mauris aliquet ullamcorper nibh, tempus turpis euismod et aliquam amet volutpat proin dolore ipsum at tellus laoreet. Donec pharetra tellus mi congue sit, mauris praesent congue nisi feugiat felis et, nisi ipsum elit ullamcorper ante. Donec pharetra eget aliquet tincidunt sed adipiscing aliquet tincidunt ac turpis euismod et magna, sit felis et proin. Dolore ipsum elit, sem nunc sed pharetra molestie mi magna sit molestie praesent lobortis tempus nonummy euismod nibh. Nisi dolor at, sem nunc nibh nisi pulvinar eget sem massa erat consectetur molestie mi donec, pharetra mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, praesent tincidunt ante donec, dolor, mauris proin congue sed mauris praesent congue. Sed adipiscing euismod nibh lorem, turpis, euismod et nisi pulvinar felis et ut. Ipsum ipsum elit sem dolore sed elit proin ut sed elit sem nunc. Erat consectetur tellus ante magna pharetra molestie praesent congue dolor mauris praesent dolore. Adipiscing ullamcorper nibh aliquam turpis id et nisi pulvinar, eget, diam ut ipsum. Nonummy non, lobortis tempus consectetur non massa tempus nonummy non massa aliquam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget praesent nunc sed at aliquet, laoreet lorem consectetur aliquet tincidunt erat, at, tellus ut tempus nonummy ullamcorper lobortis aliquam amet eget proin. Dolore sed at aliquet nibh magna turpis euismod mi ac sit id diam lobortis tempus elit consectetur, molestie mi magna feugiat adipiscing ullamcorper. Lobortis aliquam nonummy volutpat nibh nisi pulvinar euismod lobortis tempus amet volutpat et nisi, ipsum eget sem nunc ipsum adipiscing non ante aliquam. Amet volutpat proin nunc dolor at, aliquet tincidunt, ac sit id et congue sit id diam, congue ipsum adipiscing consectetur tellus massa, erat. Pharetra, molestie mi congue lorem adipiscing euismod nibh ac amet volutpat proin, dolore sed consectetur tellus massa erat nonummy non nunc erat consectetur. At tellus tincidunt ac sit felis et ut feugiat nonummy diam ut, ipsum adipiscing ullamcorper lobortis ipsum adipiscing ullamcorper lobortis tempus nonummy euismod. Nibh aliquam amet, aliquet, tincidunt erat at tellus laoreet ac pharetra tellus mi ac pharetra, felis ullamcorper lobortis lorem adipiscing ullamcorper, lobortis donec. Ante nisi dolor eget proin dolore sed, consectetur tellus mi magna pharetra id, praesent magna sit mauris diam lobortis lorem adipiscing ullamcorper ante. Nisi pulvinar eget sem nisi ipsum felis, et congue feugiat felis diam lobortis, ipsum nonummy ullamcorper nibh donec, sed at aliquet tincidunt erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet massa erat consectetur molestie. Mi congue feugiat adipiscing non nibh. Donec pulvinar volutpat ante nunc dolor. Felis sem massa tempus nonummy ullamcorper. Massa donec pharetra molestie proin dolore. Dolor mauris praesent dolore sed mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi aliquam amet volutpat, proin nunc, sed elit tellus massa erat pharetra id diam ut, ipsum adipiscing volutpat nibh, donec, dolor. Mauris, aliquet laoreet ac tellus mi magna sit id et congue feugiat adipiscing diam ut tempus nonummy, non nibh donec pulvinar. Mauris, aliquet laoreet ac consectetur tellus tincidunt sed nonummy volutpat massa donec dolor mauris praesent congue lorem at euismod nibh magna. Pulvinar elit sem nunc ipsum nonummy non massa donec pharetra molestie mi dolore dolor eget sem nunc ipsum, nonummy tellus massa. Erat consectetur tellus praesent, magna dolor mauris mi magna pharetra volutpat ante tempus nonummy ullamcorper lobortis pharetra, mauris praesent, congue lorem. Turpis id et nisi pulvinar elit non, massa ipsum felis diam lobortis erat pharetra molestie ante donec pharetra molestie ante aliquam. Pharetra id diam ut ipsum elit diam ut ipsum nonummy non ante donec, amet non massa donec dolor mauris praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at aliquet tincidunt ac sit felis diam lobortis. Ipsum nonummy non ante, donec dolor molestie proin congue. Sed, adipiscing amet eget proin dolore dolor mauris proin. Aliquam pulvinar, volutpat, ante aliquam amet euismod nibh, nisi. Amet id proin dolore, erat pharetra felis praesent dolore. Dolor mauris, tellus, laoreet magna turpis euismod mi ac. Turpis molestie mi nisi feugiat felis, diam ut feugiat. Nonummy non ante aliquam amet volutpat ante adipiscing ullamcorper. Lobortis tempus turpis euismod nibh nisi pulvinar eget et. Nisi ipsum elit sem nunc sed consectetur tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit laoreet, magna sit id et congue feugiat id et, ut. Tempus amet non ante nunc ac turpis tincidunt lorem at tellus laoreet. Ac turpis id diam lobortis tempus amet molestie praesent congue, lorem adipiscing. Euismod et nisi ipsum nonummy sem massa erat turpis volutpat ante nisi. Amet eget proin nunc ac pharetra id, diam, ut ipsum nonummy ullamcorper. Lobortis tempus adipiscing ullamcorper lobortis tempus adipiscing ullamcorper lobortis turpis volutpat et. Nisi pulvinar eget proin nunc, ipsum at sem laoreet magna sit felis. Diam lobortis tempus nonummy volutpat proin dolore dolor at nisi amet euismod. Et aliquam pulvinar, id et, nisi pulvinar id et aliquam, pulvinar, id. Diam ut ipsum elit non lobortis erat pharetra mauris praesent tincidunt amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ante aliquam amet eget proin donec pulvinar eget ante dolore pulvinar mauris, sem dolor. Elit sem nunc sed elit sem dolore ipsum eget sem nunc erat sit, mauris diam. Congue lorem adipiscing euismod nibh tempus adipiscing ullamcorper lobortis ac elit, aliquet laoreet ac pharetra. Molestie praesent congue sit mauris praesent congue feugiat felis ullamcorper lobortis tempus turpis volutpat sem. Tincidunt erat consectetur aliquet massa laoreet ac adipiscing ullamcorper laoreet, ac turpis tellus laoreet, ac. Sit id et nisi pulvinar felis diam nisi ipsum felis ullamcorper, lobortis, aliquam sed consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh magna pulvinar eget et ut. Ipsum elit sem lobortis erat pharetra euismod. Et dolore, sed consectetur tellus laoreet magna. Sit mauris praesent congue, feugiat felis diam. Tincidunt tempus, turpis euismod nibh tempus adipiscing. Euismod nibh aliquam donec pharetra eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat felis ullamcorper tincidunt tempus turpis euismod, nibh aliquam pulvinar eget proin magna sit felis diam ut ipsum, adipiscing volutpat. Nibh donec, dolor mauris proin, tincidunt ac, turpis euismod mi magna turpis molestie mi magna turpis id laoreet tincidunt ac sit. Eget diam nisi, pulvinar elit diam ut pulvinar elit sem lobortis tempus elit sem ut ipsum elit ullamcorper, lobortis tempus nonummy. Praesent, tincidunt aliquam turpis euismod, nibh magna turpis euismod mi nisi ipsum elit sem lobortis, tempus nonummy volutpat ante dolore pharetra. Molestie, proin dolore mauris aliquet tincidunt lorem consectetur, tellus nibh magna turpis euismod et magna ipsum felis diam congue feugiat felis. Diam ut ipsum adipiscing non nibh tempus, adipiscing proin tincidunt sed consectetur tellus laoreet magna sit molestie mi magna sit id. Diam lobortis ipsum nonummy non lobortis aliquam, pharetra eget praesent nunc lorem consectetur tellus lobortis erat consectetur volutpat ante dolore dolor. At aliquet dolore pharetra adipiscing praesent congue lorem at praesent dolore dolor eget laoreet ac consectetur tellus laoreet erat consectetur tellus. Laoreet ac consectetur, tellus, massa, erat consectetur tellus laoreet donec pharetra molestie praesent magna sit mauris, mi donec pharetra volutpat et. Nisi, pulvinar eget proin, massa erat at non laoreet donec consectetur, molestie mi magna, lorem nonummy euismod lobortis tempus adipiscing aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc ipsum elit non massa ac pharetra molestie praesent ut feugiat adipiscing ullamcorper et nisi, pulvinar elit sem ut ipsum amet volutpat ante donec. Pharetra mauris aliquet tincidunt lorem turpis tellus nibh magna sit id, et ut ipsum elit ullamcorper nibh aliquam amet eget et, aliquam pulvinar eget sem. Massa erat consectetur tellus laoreet, donec pharetra molestie mi congue feugiat felis praesent congue feugiat consectetur, tellus laoreet erat pharetra tellus praesent, congue feugiat, id. Praesent congue lorem adipiscing euismod ante nisi pulvinar mauris sem nunc erat consectetur massa ac, pharetra molestie mi congue ipsum adipiscing ullamcorper, lobortis tempus nonummy. Volutpat ante aliquam nonummy ullamcorper ante nisi pulvinar elit sem nunc sed elit sem nunc feugiat adipiscing diam lobortis tempus nonummy non nibh aliquam amet. Volutpat proin dolore, sed at aliquet, tincidunt ac amet euismod et nisi sit euismod nibh nisi pulvinar et nisi ipsum elit sem lobortis tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra at praesent tincidunt lorem aliquet. Tincidunt lorem consectetur, euismod laoreet magna. Turpis, euismod laoreet ac consectetur aliquet. Laoreet ac turpis id diam, lobortis. Aliquam pharetra volutpat proin dolore, dolor. Ante aliquam amet volutpat nibh aliquam. Amet volutpat proin dolore dolor elit. Sem nunc, ipsum elit, sem nunc. Ipsum elit proin, ut ipsum elit. Sem erat consectetur tellus massa donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet laoreet magna sit id et congue ipsum felis ullamcorper nibh lorem turpis euismod et. Ut tempus, nonummy non massa erat amet volutpat mi donec dolor at, praesent congue sed at. Aliquet, tincidunt ac sit euismod magna ipsum consectetur adipiscing elit id non praesent lobortis dolore erat. Pharetra adipiscing ullamcorper, ante congue ut magna aliquam ac ipsum consectetur dolor eget aliquet, ullamcorper lobortis. Ac turpis, id et dolore ipsum adipiscing non nibh aliquam pulvinar eget proin dolore lorem consectetur. Euismod mi magna sit molestie lobortis erat, amet volutpat ante dolore pharetra mauris praesent tincidunt lorem. Turpis euismod nibh magna pulvinar felis et nisi feugiat felis diam lobortis erat, amet, molestie proin. Pharetra eget, proin dolore, dolor mauris aliquet nunc ac sit id et nisi pulvinar, id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh nisi ipsum eget proin nunc sed consectetur non ante donec pharetra tellus ante erat elit sem ut ipsum. Felis ullamcorper massa tempus et congue feugiat felis praesent congue sit mauris praesent, congue feugiat felis praesent magna dolor molestie. Aliquet tincidunt, tempus adipiscing ullamcorper lobortis aliquam amet eget ac pulvinar id, et aliquam sit eget non massa donec pharetra. Molestie praesent tincidunt lorem, felis, aliquet, lobortis ac turpis id et nisi pulvinar eget proin ut eget sem massa donec. Pharetra molestie, ante donec pharetra, mauris mi dolore feugiat at aliquet lobortis lorem at praesent dolore dolor eget proin, amet. Eget praesent tincidunt ac turpis euismod mi magna feugiat id et nisi ipsum nonummy ullamcorper massa aliquam amet volutpat nibh. Donec dolor at aliquet tincidunt lorem tellus tincidunt ac turpis tellus mi magna sit id diam lobortis tempus amet volutpat. Ante, dolore sed at aliquet tincidunt lorem turpis tellus laoreet ac sit id magna feugiat felis diam, ut ipsum felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing id diam nunc erat consectetur mauris praesent tincidunt aliquam, amet, eget sem, dolore sed elit proin nisi amet eget et nisi. Pulvinar eget non nibh aliquam nonummy ullamcorper tincidunt tempus, amet volutpat lobortis aliquam turpis euismod et nisi pulvinar eget proin nunc pulvinar. Elit proin nunc sed nonummy at aliquet tincidunt, sed consectetur aliquet dolore dolor at tellus laoreet ac feugiat elit ullamcorper lobortis tempus. Nonummy non nibh tempus adipiscing ullamcorper lobortis tempus nonummy sem tincidunt, ac turpis molestie et nisi feugiat felis diam ut tempus adipiscing. Non nibh aliquam amet volutpat nibh aliquam amet euismod nibh aliquam mauris aliquet, laoreet ac turpis id diam ut ipsum nonummy volutpat. Ante donec pharetra eget proin donec, dolor, volutpat proin dolore dolor eget ante dolore pulvinar elit et congue feugiat felis et magna. Sit felis diam ut lorem nonummy non lobortis tempus amet volutpat ante nisi pulvinar eget et aliquam turpis eget et nisi tempus. Adipiscing volutpat aliquet congue sed at aliquet tincidunt lorem consectetur tellus mi magna sit felis et, ut tempus amet lobortis ipsum nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie diam congue, feugiat felis ullamcorper, nibh, donec amet feugiat felis ullamcorper tincidunt lorem adipiscing euismod nibh aliquam, turpis euismod nibh ac adipiscing tellus nibh nisi pulvinar eget. Sem nunc donec pharetra molestie praesent congue mauris ullamcorper lobortis ac turpis id, et ut pulvinar elit proin ut pulvinar eget diam ut ipsum nonummy non massa tempus. Nonummy volutpat, ante dolore, amet eget, proin ut ipsum elit sem massa donec pharetra mauris praesent magna feugiat mauris massa erat pharetra mauris aliquet congue feugiat, mauris sem. Dolore ipsum eget proin ut, ipsum elit sem nunc, ipsum elit, sem nunc tempus nonummy non massa, erat amet volutpat mi dolore feugiat at ullamcorper tincidunt pulvinar eget. Proin nunc ipsum elit non nunc ipsum elit sem lobortis erat nonummy non, massa donec pharetra molestie proin congue dolor mauris praesent congue dolor mauris tellus, mi erat. Nonummy tellus mi magna feugiat mauris aliquet congue feugiat at aliquet, tincidunt aliquam turpis euismod nibh ac sit felis diam lobortis tempus, amet volutpat ante aliquam pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt aliquet congue lorem adipiscing aliquet tincidunt aliquam sit euismod. Nibh, magna sit id et nisi ipsum elit sem lobortis, tempus. Nonummy, volutpat ante donec pharetra feugiat felis praesent congue feugiat mauris. Mi, congue lorem adipiscing euismod lobortis aliquam amet euismod nibh aliquam. Amet eget, sem massa ac, pharetra molestie praesent diam nunc erat. Consectetur tellus ante donec dolor mauris praesent congue feugiat felis aliquet. Tincidunt, ac at praesent congue sed mauris aliquet laoreet praesent tincidunt. Ac sit id et ut ipsum felis diam nisi sit id. Diam ut ipsum adipiscing ullamcorper, ut tempus adipiscing, diam ut, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis id diam lobortis tempus nonummy non massa aliquam, pharetra molestie praesent congue sed at praesent nunc pulvinar. Nonummy tellus ante erat consectetur molestie mi dolore, dolor, mauris mi congue dolor mauris, praesent congue sed at aliquet. Laoreet ac turpis euismod, ullamcorper nibh aliquam amet volutpat, ante nisi, dolor elit, proin nunc erat at, tellus massa. Ac pharetra tellus laoreet donec sit mauris mi magna pharetra volutpat massa lorem adipiscing ullamcorper tincidunt lorem, adipiscing, euismod. Et dolore pulvinar eget et aliquam turpis euismod nibh, nisi pulvinar eget sem nunc, tempus consectetur, euismod lobortis aliquam. Amet volutpat proin dolore, amet id, et aliquam sit eget et nisi pulvinar eget diam ut ipsum elit sem. Lobortis tempus nonummy volutpat mi dolor mauris praesent dolore dolor mauris aliquet tincidunt lorem adipiscing, tellus tincidunt ac turpis. Euismod mi ut ipsum elit non massa erat pharetra volutpat ante, donec molestie aliquet laoreet lorem adipiscing euismod laoreet. Magna pulvinar eget sem ante erat consectetur volutpat ante congue feugiat at praesent massa erat consectetur tellus laoreet donec. Consectetur, tellus laoreet donec pharetra mauris diam lobortis tempus adipiscing ullamcorper, lobortis tempus turpis volutpat et nisi ipsum eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mi congue feugiat mauris praesent tincidunt feugiat adipiscing diam congue feugiat felis congue dolor mauris proin dolore dolor at aliquet, laoreet aliquam sit id nibh nisi pulvinar id et. Magna sit id, et magna sit id diam lobortis lorem adipiscing euismod et, nisi, pulvinar elit sem nunc ipsum, elit diam nunc, tempus nonummy non massa erat pharetra mauris aliquet. Congue lorem at aliquet sed adipiscing euismod nibh nisi ipsum elit diam nisi ipsum felis, et nisi ipsum elit diam ut, feugiat, elit, non massa donec amet ante aliquam pharetra. Eget, proin dolore dolor eget, proin dolore lorem turpis id diam lobortis erat amet volutpat massa erat amet non massa aliquam amet eget, nibh, lorem turpis euismod nibh magna sit. Elit sem lobortis, erat amet volutpat mi dolore pharetra, molestie proin dolore dolor, at praesent donec dolor mauris praesent nunc, lorem elit sem, massa erat consectetur volutpat, ante dolore dolor. Mauris ullamcorper congue ac amet euismod nibh aliquam pulvinar elit non, nunc erat consectetur praesent congue lorem turpis volutpat nibh nisi amet volutpat, et nisi pulvinar eget sem ut sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod laoreet ac sit id et ut ipsum nonummy molestie mi congue, dolor mauris proin dolore pharetra. Mauris praesent laoreet, lorem sit pulvinar eget ante dolore dolor mauris, proin nunc sed, elit aliquet massa. Erat pharetra molestie mi magna sit felis ullamcorper, lobortis tempus adipiscing ullamcorper lobortis nisi sit euismod et. Magna sit id et, ut donec ac sed pharetra id non praesent, diam praesent ante nunc magna. Ipsum nisi, erat turpis felis non tellus laoreet congue tempus pharetra mauris aliquet et massa congue dolore. Magna tempus, consectetur mauris, ullamcorper ante tincidunt nisi erat ac erat tempus erat feugiat id praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet ac sit id et nisi, sit id et congue amet, non massa aliquam. Amet mauris praesent, nunc sed at praesent nunc lorem, consectetur euismod mi magna sit id. Sem ut feugiat felis, diam ut amet volutpat proin dolore sed adipiscing euismod nibh ac. Sit, euismod mi magna sit id sem ut ipsum nonummy non ut tempus nonummy ullamcorper. Lobortis amet eget proin nunc lorem mauris aliquet laoreet ac turpis euismod mi magna sit. Id diam ut ipsum id mi congue ipsum adipiscing non, nibh donec dolor tincidunt lorem. Turpis id et nisi ipsum nonummy, sem massa erat amet, volutpat proin dolore pharetra eget. Ante, dolore dolor eget proin nunc nibh aliquam turpis volutpat nibh aliquam amet euismod, et. Nisi pulvinar eget proin nunc sed, at, tellus laoreet erat, nonummy non massa erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie aliquet, tincidunt, aliquam amet, eget proin nunc sed at, non laoreet donec pharetra mauris praesent congue lorem sit id diam ut erat, nonummy ullamcorper massa erat. Amet molestie proin dolore dolor eget ante donec pharetra eget praesent nunc dolor consectetur volutpat ante erat pharetra mauris praesent, dolore dolor mauris proin, congue dolor mauris. Ullamcorper laoreet lorem adipiscing aliquet nunc sed at sem nunc sed mauris, proin nunc feugiat felis et ut feugiat elit ullamcorper lobortis aliquam amet non nibh aliquam. Amet volutpat ante aliquam pulvinar volutpat ante nisi amet volutpat lobortis erat consectetur molestie laoreet erat pharetra id mi congue sit felis praesent congue feugiat felis diam. Lobortis tempus amet volutpat ante nisi pulvinar eget proin dolore nibh aliquam sit eget proin ut ipsum elit sem nisi ipsum elit, sem nunc tempus, elit sem. Massa erat amet non massa donec pharetra mauris aliquet laoreet magna sit felis diam lobortis tempus nonummy ullamcorper lobortis aliquam amet volutpat sem dolore pulvinar eget proin. Dolore sed consectetur volutpat proin nunc sed at aliquet tincidunt ac turpis tellus laoreet magna, sit felis diam ut feugiat felis diam congue feugiat adipiscing ullamcorper lobortis. Tempus amet non dolore dolor at aliquet nunc, sed at sem nunc magna, donec feugiat turpis consectetur felis non ante congue, lorem turpis eget sem, ante tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed sit elit volutpat, ullamcorper sem laoreet magna tempus dolor pulvinar consectetur mauris tempus. Dolor consectetur euismod, et nisi feugiat felis, et nisi sit felis, et congue ipsum. Adipiscing non massa, donec pharetra volutpat ante donec, pulvinar eget non ante erat, consectetur. Volutpat ante dolore pharetra, mauris aliquet tincidunt aliquam amet euismod et, nisi ipsum elit. Sem nunc erat consectetur non massa erat pharetra ullamcorper nibh nisi pulvinar eget, sem. Nunc sed consectetur tellus, mi magna sit mauris diam congue feugiat mauris praesent tincidunt. Feugiat adipiscing euismod molestie ante erat amet molestie proin tincidunt lorem turpis euismod nibh. Nisi ipsum eget nibh, magna sit id mi ac consectetur euismod, et ut tempus. Nonummy volutpat, dolore feugiat adipiscing ullamcorper laoreet ac adipiscing tellus, laoreet ac consectetur euismod. Nibh magna pulvinar felis et nisi, feugiat elit non lobortis erat pharetra mauris aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy volutpat ante, donec amet at aliquet nunc erat turpis molestie mi magna sit ac, sit felis praesent. Ut ipsum adipiscing ullamcorper lobortis tempus nonummy euismod ante nisi pulvinar mauris proin tincidunt sed consectetur aliquet dolore. Ipsum elit proin ut tempus amet non nibh aliquam pulvinar eget sem nunc sed at tellus laoreet ac. Sit id et lobortis ipsum felis diam lobortis tempus nonummy non dolore dolor at praesent tincidunt sed at. Tellus laoreet ac sit id diam ut ipsum elit, non proin tincidunt, lorem adipiscing euismod laoreet, donec sit. Mauris diam tincidunt lorem adipiscing euismod ante dolore dolor elit sem massa erat at tellus mi ac pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy euismod lobortis donec sed at, aliquet tincidunt sed consectetur molestie mi ac turpis molestie mi magna sit id diam congue praesent congue feugiat felis diam lobortis. Aliquam amet volutpat et dolore amet volutpat et nisi pulvinar, eget sem ut ipsum elit proin ut ipsum et ut, ipsum, elit sem lobortis erat consectetur volutpat. Ante dolore pharetra mauris proin donec amet volutpat ante donec pharetra eget, ante donec pulvinar mauris sem dolore eget nibh nisi amet, eget et dolore ipsum, at. Aliquet massa magna consectetur molestie laoreet donec pharetra tellus massa donec pharetra molestie mi pharetra molestie mi, dolore pharetra molestie, praesent congue dolor mauris praesent congue sed. At tellus laoreet aliquam sit eget diam nunc erat consectetur volutpat ante donec nonummy volutpat proin nisi amet id et nisi pulvinar eget sem nunc, sed nonummy. Non ante, donec pharetra tellus massa erat pharetra volutpat ante donec dolor mauris proin, nisi pulvinar eget et, nisi sit euismod nibh magna turpis euismod diam, ut. Ipsum elit sem ante donec pharetra volutpat lobortis, ac turpis id et nisi pulvinar, eget sem nunc sed elit non massa erat nonummy non massa erat pharetra. Molestie mi congue, dolor, mauris praesent dolore mauris praesent congue dolor mauris praesent dolore, dolor mauris sem nunc sed at, sem nunc dolor elit proin dolore ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus laoreet magna sit mauris, diam ut feugiat felis ullamcorper. Tincidunt tempus amet volutpat et aliquam congue feugiat adipiscing aliquet tincidunt. Lorem turpis id et aliquam pulvinar elit sem massa erat nonummy. Volutpat massa, erat consectetur volutpat ante donec feugiat eget proin ut. Pulvinar elit sem nunc sed elit non nunc, erat, consectetur molestie. Diam tincidunt lorem turpis volutpat, et nisi, amet, eget proin dolore. Sed at mauris proin nunc, sed at, aliquet laoreet magna turpis. Euismod, mi, nisi feugiat felis non massa tempus amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc lorem adipiscing id diam, nunc erat consectetur molestie massa donec pharetra mauris, mi dolore feugiat mauris. Aliquet tincidunt adipiscing ullamcorper laoreet ac sit id diam ut ipsum felis mi magna sit, id et. Nisi feugiat felis ullamcorper lobortis, tempus nonummy, ullamcorper lobortis amet eget proin dolore, sed at tellus tincidunt. Magna sit id et magna sit id diam lobortis tempus, nonummy non massa aliquam amet volutpat ante. Donec ipsum nonummy non ante donec pharetra molestie mi dolore dolor molestie, praesent lobortis ac amet id. Proin nisi pulvinar eget sem nunc ante mi molestie ullamcorper praesent et laoreet congue aliquam lorem ipsum. Consectetur, sed pulvinar pharetra nonummy mauris euismod mi magna sit felis ullamcorper massa donec pharetra mauris, proin. Tincidunt lobortis aliquam dolor mauris aliquet nunc sed, at sem nunc sed at tellus mi magna sit. Felis, non massa, aliquam amet non ante dolore dolor eget donec amet volutpat proin, nunc sed, at. Aliquet tincidunt sed, consectetur, molestie ullamcorper lobortis aliquam amet volutpat proin dolore amet, nibh donec dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, turpis euismod et dolore ipsum elit sem massa at, non massa. Donec sit at aliquet tincidunt ac, turpis molestie mi magna feugiat elit. Diam congue ipsum nonummy ullamcorper lobortis ipsum adipiscing ullamcorper lobortis ut ipsum. Elit non massa tempus consectetur volutpat mi dolore lorem turpis ullamcorper laoreet. Ac turpis ullamcorper laoreet aliquam sit eget diam magna turpis euismod ullamcorper. Tincidunt lorem adipiscing aliquet lobortis aliquam, amet volutpat, proin nisi amet id. Et nisi ipsum eget sem massa erat consectetur molestie ante tempus amet. Volutpat proin nunc sed at sem laoreet ac pharetra, tellus mi magna. Pharetra molestie mi magna, feugiat adipiscing, diam lobortis tempus turpis euismod lobortis. Aliquam congue, aliquam ipsum, pharetra amet adipiscing eget non, diam lobortis, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy mauris tellus diam congue nisi, erat sit. Nonummy mauris id non praesent lobortis aliquam dolor. Sit, consectetur felis mauris, felis molestie praesent, tincidunt. Nisi erat ipsum feugiat ipsum felis volutpat aliquet. Proin praesent ante nunc, felis adipiscing mauris felis. Felis at nonummy, adipiscing at nonummy adipiscing elit. Molestie volutpat euismod diam ante, sem mi nibh. Laoreet mi nibh nunc ac ipsum amet mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tellus diam nibh nunc ac, pulvinar nisi ipsum, amet felis volutpat molestie ullamcorper ante dolore aliquam sed pharetra id volutpat. Tellus et massa, nibh tincidunt ut congue dolore magna donec ac aliquam sed sed tempus ac donec dolore nisi donec aliquam. Ut lobortis mi massa tincidunt laoreet, lobortis nibh laoreet massa nibh massa, nibh laoreet ante massa ante, et mi et nunc. Ut tincidunt nisi ac tempus sed, turpis eget non mi lobortis donec ac erat tempus, magna tempus, dolor, amet volutpat et. Pharetra nonummy non massa aliquam amet eget proin dolore sed at aliquet tincidunt ac sit id diam ut ipsum, elit non. Lobortis erat erat pharetra id mi congue feugiat, mauris, diam, lobortis aliquam, amet eget ante dolore sed at, tellus laoreet magna. Turpis molestie mi magna pharetra molestie mi, magna id praesent congue feugiat felis, ullamcorper tincidunt tempus turpis volutpat nibh aliquam amet. Eget proin dolore, sed at sem massa erat at non massa donec pharetra, tellus aliquet tincidunt lorem pulvinar, felis non massa. Erat dolor at praesent dolore dolor at praesent congue lorem adipiscing id, volutpat, proin dolore pulvinar at sem laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mi magna feugiat felis, praesent. Tincidunt, ac sit euismod nibh nisi. Ipsum elit non massa tempus consectetur. Volutpat, mi dolore dolor at euismod. Et nunc ipsum, elit sem donec. Sit mauris praesent magna pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et lobortis, erat amet non ante donec dolor molestie proin congue ipsum elit sem ut ipsum elit sem nunc tempus, consectetur volutpat ante. Donec dolor mauris praesent congue feugiat mauris proin congue sed at aliquet laoreet aliquam nonummy tellus mi donec pharetra mauris praesent congue feugiat. Felis, aliquet lobortis ac adipiscing euismod, nibh nisi ipsum eget proin ut ipsum elit sem nunc nisi dolor mauris sem, dolore sed at. Tellus laoreet magna feugiat felis diam ut feugiat adipiscing ullamcorper nibh aliquam, nonummy volutpat ante donec ipsum nonummy volutpat, ante erat pharetra molestie. Praesent tincidunt, lorem, turpis id et aliquam sit id et nisi pulvinar eget diam ut tempus nonummy non ante erat ac, sit id. Et ut feugiat adipiscing ullamcorper massa, tempus amet, volutpat, ante donec pulvinar mauris sem laoreet lorem consectetur, tellus laoreet ac sit id diam. Ut nunc ipsum elit sem nunc ipsum elit sem nunc, erat consectetur tellus ante donec dolor mauris mi congue feugiat adipiscing euismod, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sed elit sem nunc sed elit sem ante donec pharetra molestie, ante feugiat felis euismod nibh aliquam amet. Eget sem nunc sed consectetur non laoreet donec sit mauris praesent congue, feugiat, felis diam tincidunt feugiat, adipiscing euismod. Nibh ante donec dolor at aliquet tincidunt, ac turpis euismod et nisi tempus nonummy tellus massa erat consectetur volutpat. Massa donec dolor mauris praesent congue feugiat sit id praesent congue tempus amet, volutpat, ante donec pulvinar eget proin. Dolore, sed at aliquet nunc sed consectetur molestie et, congue ipsum, eget, proin dolore pharetra mauris praesent tincidunt lorem. Consectetur tellus laoreet ac, sit id diam lobortis ipsum elit ullamcorper massa donec pharetra mauris aliquet tincidunt sed, mauris. Adipiscing euismod proin donec dolor eget proin dolore dolor elit proin nunc, erat, turpis tellus mi magna sit felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris tellus laoreet ac turpis aliquet laoreet erat consectetur tellus mi nisi ipsum nonummy volutpat massa, donec pharetra, eget proin dolore donec pharetra molestie mi congue dolor mauris, mi congue. Lorem, turpis euismod nibh nisi turpis euismod nibh, aliquam pulvinar id et nisi turpis euismod nibh ante donec, dolor consectetur euismod et nisi feugiat felis et congue feugiat felis diam. Ut, tempus amet volutpat ante, donec pulvinar mauris praesent tincidunt lorem at sem, pulvinar volutpat et nisi amet volutpat et nisi amet eget sem ut sed at non nunc erat. Pharetra mauris mi, congue dolor mauris donec consectetur non ante erat amet volutpat ante donec pharetra volutpat proin dolore pharetra mauris praesent dolore dolor mauris, proin nunc sed at tellus. Tincidunt erat consectetur diam ut feugiat, elit, non massa tempus nonummy ullamcorper lobortis tempus adipiscing non ante aliquam amet eget proin nisi dolor volutpat proin dolore pulvinar eget, proin dolore. Tempus adipiscing diam lobortis aliquam amet volutpat proin, dolore dolor eget ante nisi pulvinar, mauris, sem tincidunt sed consectetur aliquet ipsum eget et nisi ipsum eget proin nisi pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem tincidunt magna consectetur molestie mi dolore. Dolor, mauris aliquet congue feugiat at praesent. Tincidunt lorem sit id nibh nisi pulvinar. Elit non ante donec, dolor molestie donec. Pharetra molestie praesent dolore feugiat at proin. Dolore dolor, at tellus, nibh aliquam sit. Eget sem nunc ipsum elit sem lobortis. Tempus nonummy sem tempus nonummy volutpat massa. Aliquam nonummy non lobortis, tempus amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent congue feugiat felis ullamcorper tincidunt pulvinar, eget aliquet, nunc, sed at, tellus, mi magna sit molestie praesent congue feugiat adipiscing diam ut tempus adipiscing euismod nibh. Aliquam amet eget proin lobortis erat amet volutpat proin dolore lorem turpis euismod laoreet aliquam turpis eget et nisi pulvinar, felis diam ut tempus consectetur non massa. Erat amet proin dolore sed at ullamcorper et ut sed consectetur tellus ante donec pharetra tellus mi congue dolor felis praesent tincidunt ac turpis id, proin, amet. Id sem massa sed pharetra, mauris praesent congue, feugiat adipiscing volutpat proin nisi, pulvinar elit sem massa erat consectetur molestie mi congue sit adipiscing, ullamcorper congue sed. Mauris praesent dolore sed at aliquet laoreet erat consectetur, aliquet laoreet ac sit id et congue feugiat felis ullamcorper massa aliquam amet eget praesent nunc donec pharetra. Molestie, mi congue dolor mauris aliquet lobortis lorem adipiscing ullamcorper lobortis lorem at praesent congue, sed turpis euismod mauris ante, aliquam amet volutpat nibh tempus adipiscing ullamcorper. Lobortis ac turpis euismod et, aliquam pulvinar eget, et nisi pulvinar id nibh, aliquam sit, id, diam nunc mi, ut ipsum, nonummy non ante dolore feugiat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam massa aliquam at aliquet nunc ac at sem dolore sed turpis euismod et ut feugiat elit non massa donec pharetra volutpat, proin congue. Sed at aliquet laoreet ut lorem nonummy euismod nibh aliquam amet volutpat proin nisi pulvinar elit, proin dolore ipsum at sem nunc sed elit. Sem nisi, pulvinar eget sem erat consectetur volutpat ante donec pharetra, molestie ante donec amet volutpat ante donec pharetra eget, proin dolore, sed at. Tellus nibh nisi ipsum elit sem nunc ipsum turpis euismod nibh aliquam amet eget et nisi amet id proin ut pulvinar eget diam ut. Tempus nonummy tellus ante donec, pharetra molestie id et nisi ipsum felis ullamcorper massa aliquam amet volutpat praesent, nunc, ac sit id et nisi. Pulvinar elit sem lobortis tempus nonummy non massa, erat pharetra euismod et nisi pulvinar elit non, massa erat pharetra tellus ante magna dolor molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut pharetra non, ante dolore dolor mauris proin dolore dolor eget praesent. Tincidunt ac sit id nibh magna pulvinar nonummy non lobortis ipsum nonummy non. Tincidunt lorem at aliquet nibh nisi pulvinar eget et ut ipsum elit et. Ut pulvinar felis diam ut sit felis diam lobortis tempus amet molestie aliquam. Amet eget ante donec pharetra eget proin, dolore dolor eget proin nisi amet. Eget proin, nunc sed at sem nunc, sed elit sem dolore ipsum non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed mauris, proin tincidunt ac turpis euismod mi magna sit id, mi ac turpis id consectetur tellus mi magna pharetra. Molestie praesent magna sit, felis praesent magna dolor felis aliquet, tincidunt tempus turpis, ullamcorper lobortis ac, amet id nibh ac tincidunt. Ac adipiscing tellus nibh magna, turpis euismod et nisi pulvinar felis, sem, lobortis tempus nonummy ullamcorper lobortis, tempus, pharetra mauris praesent. Tincidunt ac turpis felis ullamcorper lobortis tempus nonummy volutpat ante nisi pulvinar, elit aliquet nunc sed at aliquet massa erat at. Non massa sed nonummy tellus, mi lorem, adipiscing ullamcorper lobortis tempus turpis euismod, lobortis lorem adipiscing aliquet lobortis, ac turpis ullamcorper. Laoreet ac turpis euismod et nisi pulvinar eget diam nisi, pulvinar mauris mi, congue, feugiat adipiscing euismod et dolore ipsum at. Molestie diam congue feugiat felis diam congue feugiat adipiscing ullamcorper tincidunt lorem adipiscing diam tincidunt, lorem adipiscing nonummy non lobortis, tempus. Dolor at, aliquet laoreet, aliquam, turpis id nibh, nisi, ipsum nonummy, non mi donec pharetra mauris lobortis tempus amet eget proin. Dolore sed, at non, laoreet donec sit id diam, congue feugiat adipiscing ullamcorper tincidunt tempus turpis ullamcorper nibh tempus turpis aliquet. Lobortis congue sit felis diam ut ipsum adipiscing ullamcorper congue, lorem adipiscing, euismod nibh aliquam, nonummy volutpat proin dolore dolor consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam, congue tempus amet eget praesent, nunc sed adipiscing id et ut pulvinar felis diam ut dolor molestie praesent dolore dolor. At aliquet laoreet aliquam ipsum eget proin ut ipsum elit non massa donec pharetra molestie, ante donec pharetra molestie dolore dolor at. Ullamcorper nibh ac, turpis id, et nisi pulvinar id et, magna sit id nibh magna turpis euismod et magna, feugiat id diam. Ut amet non lobortis tempus adipiscing diam ut tempus amet non nibh tempus nonummy, volutpat nibh lorem adipiscing aliquet, lobortis ac turpis. Euismod et aliquam ullamcorper laoreet lorem, adipiscing euismod et nisi pulvinar eget et magna pulvinar id mi nisi, pulvinar felis sem lobortis. Ipsum elit non ante dolore dolor molestie proin nunc ipsum elit sem nunc, tempus nonummy non massa tempus nonummy volutpat ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit mauris praesent congue lorem adipiscing euismod laoreet. Lorem turpis euismod, nibh, ut ipsum elit, sem. Massa dolore dolor, mauris aliquet tincidunt lorem adipiscing. Euismod nunc ipsum elit sem nunc erat nonummy. Non massa erat nonummy non massa donec dolor. Mauris praesent tincidunt feugiat at aliquet tincidunt sed. Adipiscing ullamcorper erat pharetra tellus mi magna, feugiat. Felis ullamcorper lobortis tempus turpis euismod nibh nisi. Amet eget sem nunc, sed consectetur non massa. Erat consectetur non praesent dolore dolor mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor molestie mi dolore feugiat at ullamcorper nibh, ante dolore lorem at aliquet nunc lorem turpis euismod, laoreet magna turpis euismod laoreet ac, turpis id. Et congue sit adipiscing ullamcorper lobortis tempus nonummy ullamcorper diam ut, tempus elit non, massa donec pharetra volutpat ante erat amet molestie proin donec pharetra volutpat. Ante congue, dolor mauris praesent dolore sed at molestie mi, magna dolor mauris mi congue dolor mauris, praesent congue lorem adipiscing ullamcorper nibh nisi pulvinar elit. Non massa erat, pharetra molestie id diam ut ipsum felis et nisi feugiat felis diam ut, ipsum adipiscing ullamcorper, lobortis, ipsum nonummy ullamcorper lobortis lorem nonummy. Volutpat ante aliquam pulvinar eget ante ante donec dolor molestie ante donec pharetra volutpat massa donec pharetra volutpat lobortis aliquam pulvinar eget proin dolore dolor mauris. Aliquet laoreet ac turpis tellus laoreet ac feugiat at ullamcorper laoreet ac pulvinar id et, ut ipsum eget diam nunc ipsum, elit non massa tincidunt lorem. Felis tellus laoreet ac pharetra molestie praesent congue feugiat, adipiscing diam lobortis tempus nonummy euismod ante nisi dolor mauris proin dolore dolor, at sem nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor mauris praesent tincidunt lorem at tellus tincidunt lorem turpis euismod laoreet nibh ac amet, euismod nibh aliquam amet id proin nunc sed nonummy sem, ut. Sed pharetra mauris praesent congue lorem, adipiscing ullamcorper lobortis aliquam amet volutpat molestie proin congue dolor mauris praesent, tincidunt nisi donec feugiat amet consectetur felis molestie ullamcorper. Sem laoreet magna feugiat elit molestie euismod proin mi ut praesent proin et ante tincidunt nunc lorem turpis euismod et magna, feugiat nonummy non ante donec pharetra. Mauris aliquet laoreet ac turpis euismod non ante aliquam amet euismod lobortis tempus, turpis volutpat nibh tempus turpis volutpat et, dolore sed elit sem ut sed at. Non mi ut, feugiat adipiscing, ullamcorper mauris mi congue, feugiat felis aliquet tincidunt lorem adipiscing euismod laoreet ac, amet id, proin ut sed nonummy non nunc tempus. Consectetur tellus massa erat, pharetra molestie donec pharetra molestie mi donec pharetra volutpat praesent dolore dolor eget praesent laoreet aliquam sit id et ut tempus consectetur ante. Dolore feugiat felis praesent tincidunt ac amet id et nisi ipsum elit non massa erat consectetur molestie ante magna, dolor molestie, mi magna adipiscing id sem ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nunc tempus consectetur molestie, praesent tincidunt ac, amet, eget ac turpis. Euismod nibh aliquam turpis, euismod et nisi ipsum nonummy non ante erat. Consectetur volutpat ante donec pharetra mauris, praesent tincidunt lorem, adipiscing, ullamcorper nibh. Turpis euismod et, ut ipsum elit sem ut tempus nonummy, volutpat ante. Donec pharetra molestie mi congue dolor mauris proin dolore sed at praesent. Congue mauris praesent dolore dolor eget, proin dolore pulvinar volutpat proin nisi. Pulvinar eget proin dolore sed, elit aliquet massa, erat consectetur tellus laoreet. Nonummy tellus ante magna consectetur tellus massa donec, pharetra volutpat ante donec. Amet molestie mi dolore dolor mauris aliquet laoreet ac sit id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed consectetur euismod et ut ipsum elit. Non ante dolore dolor mauris ullamcorper laoreet. Ac turpis, ullamcorper ullamcorper lobortis donec pulvinar. Mauris sem, dolore dolor at, aliquet nunc. Erat consectetur molestie laoreet ac turpis molestie. Et ut feugiat adipiscing ullamcorper lobortis ut. Pulvinar elit diam nisi ipsum elit sem. Massa tempus amet volutpat, mi donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet magna sed at praesent tincidunt lorem consectetur. Id et ut pulvinar id mi magna sit id. Mi ac pharetra molestie mi, congue feugiat adipiscing ullamcorper. Molestie mi magna dolor mauris praesent magna feugiat felis. Praesent tincidunt lorem at ullamcorper lobortis ac amet eget. Proin, ut ipsum elit non massa erat nisi, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin nisi, dolor, eget proin dolore ipsum at tellus laoreet magna feugiat, id. Praesent, nibh magna, sit id mi nisi pulvinar nonummy diam, ut tempus elit diam. Congue feugiat id diam congue feugiat felis praesent ut, feugiat felis diam tincidunt massa. Donec pharetra volutpat mi dolore dolor mauris praesent congue feugiat adipiscing, ullamcorper laoreet aliquam. Sit id et nisi, pulvinar eget diam, nunc, ipsum elit consectetur aliquet laoreet ac. Turpis molestie laoreet ac, sit id praesent ut lorem adipiscing non ante, donec pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante magna dolor felis euismod nibh nisi, pulvinar id nibh, lorem turpis euismod nibh aliquam sit eget sem nunc ipsum elit nunc erat consectetur non massa donec pharetra molestie. Ante dolore dolor mauris, praesent congue dolor mauris proin donec dolor mauris praesent nunc sed at dolore, dolor eget et nunc sed consectetur molestie mi ac pharetra molestie, mi. Magna feugiat felis ullamcorper lobortis tempus nonummy ullamcorper ante dolore dolor eget proin dolore elit sem massa erat consectetur, molestie laoreet magna, sit, id diam congue feugiat mauris praesent. Tincidunt lorem felis diam tincidunt, feugiat mauris aliquet feugiat at aliquet congue lorem turpis id et nunc sed consectetur tellus, ante erat pharetra tellus, praesent tincidunt tempus adipiscing ullamcorper. Lobortis ac turpis, euismod et nisi eget proin, ut sit eget diam nisi pulvinar id nibh magna sit felis sem ut tempus elit, diam nisi feugiat felis diam ut. Tempus nonummy ullamcorper massa dolor at tellus laoreet ac turpis euismod mi magna sit id diam ut ipsum elit ullamcorper lobortis aliquam amet non tempus amet volutpat ante donec. Pulvinar, eget proin nunc sed consectetur tellus tincidunt ac sit molestie mi magna feugiat elit ullamcorper ut ipsum felis ullamcorper lobortis aliquam donec sit mauris praesent congue feugiat mauris. Mi tincidunt, lorem turpis ullamcorper lobortis ac turpis ullamcorper tincidunt aliquam sit id et nisi pulvinar id et nisi, sit, non, ante donec, dolor felis aliquet lobortis lorem turpis. Id proin dolore pulvinar, eget non massa, erat pharetra, molestie mi magna feugiat mauris praesent congue lorem turpis dolore pharetra mauris mi dolore amet molestie ante aliquam amet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus nonummy euismod nibh aliquam amet euismod lobortis lorem felis aliquet. Lobortis aliquam amet id proin nisi pulvinar id nibh aliquam pulvinar nibh. Magna turpis id diam ut, ipsum elit non massa erat amet, volutpat. Massa aliquam amet, volutpat ante dolore dolor, mauris aliquet, tincidunt ac consectetur. Nunc lorem turpis euismod laoreet magna turpis molestie laoreet ac turpis molestie. Mi, congue ipsum felis diam, congue feugiat felis ullamcorper lobortis tempus nonummy. Volutpat nibh nisi ullamcorper et nisi, sed consectetur tellus laoreet ac sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At non massa erat diam ut ipsum elit sem massa, erat. Consectetur volutpat ante donec pharetra molestie proin congue lorem adipiscing, ullamcorper. Laoreet aliquam ipsum elit diam ut tempus diam ut tempus elit. Diam ut tempus elit diam ut ipsum amet non massa dolore. Sed at aliquet laoreet, magna pulvinar id diam nisi consectetur molestie. Mi congue feugiat adipiscing aliquet tincidunt lorem turpis ullamcorper tincidunt, lorem. Adipiscing tellus nibh aliquam pulvinar eget sem, massa erat nonummy non. Massa erat volutpat mi dolore dolor mauris praesent, congue sed mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nibh donec pulvinar, volutpat donec pulvinar eget proin, nunc erat consectetur, tellus, laoreet erat turpis, tellus mi ac sit molestie mi donec. Pharetra tellus laoreet donec consectetur molestie ante nonummy non lobortis erat dolor mauris aliquet congue feugiat at ullamcorper et ut sed nonummy sem. Nunc ipsum eget diam nisi pulvinar felis diam ut elit diam ut feugiat id diam ut tempus nonummy volutpat lobortis tempus nonummy, non. Ante aliquam amet volutpat proin dolore dolor at, aliquet laoreet erat turpis, massa ac turpis id mi magna sit felis diam lobortis lorem. Adipiscing non ante aliquam pulvinar eget ante aliquam amet volutpat nibh, ac turpis, aliquet massa sed at sem nunc sed elit non laoreet. Magna feugiat, adipiscing ullamcorper lobortis tempus turpis euismod ante, nisi, dolor eget proin dolore pulvinar id, et proin, dolore dolor mauris aliquet laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed consectetur euismod mi magna feugiat id diam lobortis ac. Amet eget proin nunc sed nonummy non massa erat consectetur tellus. Mi, magna pharetra mauris praesent congue lorem turpis euismod nibh aliquam. Amet, adipiscing ullamcorper nibh tempus nonummy, volutpat, nibh donec pulvinar mauris. Sem, tincidunt ac turpis id et nisi feugiat elit diam ut. Tempus adipiscing non nibh, nisi pulvinar eget sem massa tempus pharetra. Molestie praesent congue feugiat adipiscing euismod nibh aliquam amet id proin. Nunc erat pharetra id praesent tincidunt lorem adipiscing euismod laoreet ac. Turpis id diam ut feugiat felis diam lobortis tempus nonummy volutpat. Ante dolore dolor at, praesent dolore pharetra eget proin magna sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet tincidunt ac turpis molestie et magna sit id praesent congue feugiat diam lobortis tempus nonummy euismod ante nisi dolor. At aliquet nunc sed elit proin nunc ipsum elit et, aliquam, turpis ullamcorper laoreet ac sit tellus laoreet consectetur euismod nibh. Magna pulvinar id diam ut feugiat felis diam ut feugiat elit ullamcorper lobortis ipsum nonummy diam, ut lorem adipiscing non nibh. Aliquam euismod lobortis tempus amet volutpat ante nisi dolor elit sem massa ac sit, id praesent magna, pharetra molestie mi, magna. Feugiat adipiscing ullamcorper mi nisi pulvinar elit, sem ante dolore dolor at, praesent tincidunt feugiat at ullamcorper laoreet ac sit id. Diam ut ipsum elit, tellus ante erat consectetur non sem, dolore, dolor elit proin dolore ipsum at non laoreet donec pharetra. Molestie praesent congue lorem felis praesent congue, feugiat adipiscing euismod nibh aliquam amet eget et ut feugiat id, diam ut ipsum. Adipiscing ullamcorper ante dolore dolor eget, proin nunc, dolor mauris aliquet laoreet, nisi feugiat mauris aliquet tincidunt, feugiat mauris praesent dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam pulvinar volutpat proin nunc turpis id et nisi feugiat, elit ullamcorper lobortis ipsum nonummy ullamcorper massa tempus nonummy volutpat. Ante donec pharetra at tellus laoreet magna sit, id et nisi feugiat adipiscing euismod tincidunt ac turpis id et nisi. Pulvinar eget et, nisi turpis id et nisi pulvinar elit sem ut ipsum nonummy non congue lorem adipiscing euismod nibh. Nisi pulvinar elit proin ut sed consectetur non ante donec sit mauris ante donec consectetur, molestie ante dolore feugiat at. Aliquet, aliquam amet id nibh aliquam sit id diam ut ipsum nonummy non massa erat consectetur molestie mi congue feugiat. Felis euismod et dolore pulvinar dolor, at aliquet tincidunt ac sit eget sem massa tempus nonummy sem nunc tempus elit. Sem lobortis tempus elit diam ut ipsum felis diam congue sit felis eget diam nisi ipsum elit non massa erat. Elit, non lobortis donec aliquam ipsum molestie et massa congue ut donec lorem pulvinar ipsum sit adipiscing eget, sem ut. Ipsum nonummy non massa erat amet, non, ante tincidunt ac turpis euismod laoreet magna, sit felis diam tincidunt feugiat volutpat. Proin dolore pulvinar, elit aliquet massa ac consectetur non laoreet magna pharetra, molestie praesent magna, feugiat felis praesent tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, sem, nunc ipsum at aliquet dolore sed, consectetur molestie diam ut aliquam nonummy non proin donec. Ullamcorper nibh aliquam amet volutpat proin, dolore sed consectetur aliquet massa sed, at non massa donec consectetur. Molestie mi magna sit mauris diam ante ut tempus nonummy non ante donec dolor mauris praesent, congue. Sed adipiscing euismod nibh aliquam sit id et, ut tempus nonummy non mi congue feugiat adipiscing aliquet. Molestie, proin, dolore dolor adipiscing praesent congue lorem turpis, euismod diam nunc ipsum elit non nunc, tempus. Nonummy volutpat ante donec pharetra molestie sem massa ac consectetur non nunc, erat at sem, massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar elit sem ante magna sem massa tempus, amet volutpat proin dolore dolor molestie praesent congue lorem adipiscing tellus tincidunt lorem at. Tellus tincidunt lorem consectetur, tellus laoreet erat, turpis, laoreet ac turpis tellus laoreet erat pharetra id praesent congue lorem adipiscing ullamcorper lobortis. Tempus adipiscing euismod nibh aliquam amet eget et dolore dolor elit laoreet, ac pharetra molestie praesent magna sit id diam ut lorem. Adipiscing, euismod nibh nisi amet volutpat ante nisi dolor elit aliquet massa sit felis diam, ut ipsum nonummy volutpat, ante aliquam amet. Eget sem tincidunt lorem, at sem nisi, dolor, elit sem dolore sed, at aliquet laoreet ac, pharetra sit eget sem nunc ipsum. Elit, non ante donec pharetra molestie praesent congue dolor molestie, mi congue feugiat at euismod, nibh, nisi pulvinar euismod et nisi ipsum. Ac sit felis diam lobortis tempus elit diam ut ipsum elit diam congue ipsum adipiscing diam, congue feugiat id praesent ut lorem. Adipiscing euismod ante nisi pulvinar euismod mi magna, feugiat elit ullamcorper lobortis tempus felis diam lobortis tempus nonummy ullamcorper lobortis lorem nonummy. Euismod lobortis nisi ipsum elit, non ante donec, dolor molestie mi congue feugiat turpis euismod laoreet aliquam pulvinar eget proin nisi pulvinar. Id, diam nunc tempus nonummy non, ante lorem turpis volutpat proin nunc ipsum elit sem ut ipsum consectetur molestie mi congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie diam lobortis, aliquam amet eget proin dolore ipsum, at, aliquet, massa erat consectetur tellus mi congue feugiat felis praesent congue felis ullamcorper lobortis aliquam. Amet eget proin nunc, sed, at aliquet massa erat consectetur molestie laoreet donec pharetra id, praesent congue sit felis ullamcorper lobortis ante magna feugiat felis. Aliquet lobortis aliquam ipsum elit non nunc sed, at non, laoreet magna sit mauris diam tincidunt feugiat felis ullamcorper nibh aliquam amet euismod volutpat ante. Dolore feugiat mauris praesent, congue lorem turpis tellus nibh nisi pulvinar eget diam ut ipsum elit non massa, erat pharetra, molestie id et congue tempus. Amet eget, proin, dolore sed at aliquet tincidunt dolore dolor felis aliquet lobortis ac turpis ullamcorper laoreet ac turpis euismod et, nunc erat molestie mi. Congue tempus adipiscing, ullamcorper nibh nisi pulvinar euismod et nisi pulvinar eget sem nunc sed at tellus, mi ut aliquam amet eget proin nunc dolor. Felis sem ut ipsum elit diam massa tempus, dolor mauris praesent dolore sed adipiscing, tellus nibh ac turpis, id diam ipsum nonummy non lobortis erat. Pharetra mauris mi congue lorem turpis euismod laoreet aliquam sit eget proin nunc erat consectetur tellus, ante, magna pharetra molestie mi magna turpis ullamcorper nibh. Aliquam turpis ullamcorper nibh aliquam amet eget, et ut ipsum nonummy, non ante magna lorem nonummy ullamcorper nibh tempus amet eget proin dolore sed molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent ut tempus amet volutpat nibh, aliquam amet tincidunt tempus amet. Elit sem tincidunt erat elit sem, nunc, ipsum consectetur molestie praesent magna. Feugiat adipiscing ullamcorper lobortis lorem nonummy volutpat ante nisi pulvinar, id diam. Ut ipsum nonummy volutpat ante dolore feugiat adipiscing ullamcorper nibh, nisi pulvinar. Eget sem, massa donec pharetra mauris, praesent congue dolor felis praesent, dolore. Erat consectetur tellus massa sed consectetur, tellus laoreet donec pharetra felis ullamcorper. Lobortis tempus nonummy ullamcorper lobortis tempus turpis euismod lobortis tempus eget proin. Nisi ipsum elit sem nunc sed at tellus mi magna feugiat mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris diam tincidunt erat consectetur tellus laoreet ac. Pharetra molestie mi magna sit id, diam congue. Lorem adipiscing ullamcorper lobortis aliquam nonummy euismod nibh. Nisi dolor at mi congue feugiat id diam. Ut ipsum adipiscing ullamcorper lobortis tempus nonummy non. Ante aliquam, amet, euismod nibh nisi pulvinar, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquam turpis ullamcorper nibh, aliquam pulvinar eget. Sem ut sed nonummy non massa donec pharetra. Mauris praesent congue lorem praesent congue dolor mauris. Praesent congue sed adipiscing ullamcorper nibh lorem adipiscing. Tellus et nisi ipsum nonummy molestie praesent tincidunt. Feugiat adipiscing ullamcorper nibh, aliquam ullamcorper nibh aliquam. Amet eget proin ut ipsum elit diam ut. Ipsum consectetur, tellus, mi congue feugiat felis aliquet. Lobortis nisi, dolor elit proin dolore ipsum id. Ullamcorper nibh aliquam nonummy non nibh donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat massa donec pharetra volutpat tellus mi magna feugiat id diam ut ipsum adipiscing diam nibh aliquam pulvinar mauris sem, nunc lorem consectetur euismod et magna sit. Id diam id diam congue sit, molestie mi congue sit, mauris mi magna sit molestie, mi congue feugiat felis aliquet congue, feugiat felis aliquet tincidunt lorem at. Laoreet aliquam turpis euismod laoreet ac turpis id et nisi pulvinar euismod mi nisi tempus consectetur volutpat ante erat pharetra volutpat lobortis donec amet molestie proin sed. Adipiscing, euismod nibh magna pulvinar felis diam, ut, ipsum elit diam lobortis ipsum elit non massa donec pharetra molestie proin congue lorem adipiscing et ut pulvinar eget. Diam nunc erat nonummy volutpat mi dolore dolor mauris praesent dolore feugiat adipiscing euismod et nisi pulvinar id proin nunc, sed nonummy non erat pharetra molestie praesent. Lobortis, tempus amet volutpat proin dolore sed at sem massa erat pharetra tellus laoreet molestie praesent tincidunt tempus amet volutpat et dolore ipsum felis ullamcorper lobortis aliquam. Dolor adipiscing aliquet tincidunt lorem turpis tellus laoreet ac turpis euismod mi nisi sit molestie mi, tempus pharetra molestie praesent congue, sed at aliquet laoreet, ac turpis. Id diam ut tempus nonummy volutpat ante donec pharetra mauris aliquet tincidunt lorem adipiscing ullamcorper laoreet, magna feugiat id mi, magna feugiat felis ullamcorper tincidunt, lorem, amet. Eget, sem tincidunt ac turpis id mi congue feugiat felis diam ut ipsum adipiscing diam ut magna sit eget diam nisi pulvinar elit sem massa donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget proin massa erat nonummy. Non laoreet, donec pharetra molestie ante. Donec pharetra volutpat praesent, magna dolor. Mauris aliquet tincidunt ac turpis euismod. Lorem turpis id et aliquam sit. Id diam nisi sit id et. Nisi pulvinar felis sem massa erat. Pharetra, molestie praesent tincidunt ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin donec dolor mauris aliquet laoreet ac turpis tellus laoreet ac turpis tellus, mi. Nisi ipsum elit ullamcorper aliquam pharetra mauris, praesent nunc sed adipiscing euismod laoreet ac. Consectetur euismod laoreet erat sit felis sem lobortis erat amet, molestie, praesent dolore sed. Praesent tincidunt aliquam pulvinar elit sem, nunc tempus nonummy non massa tempus consectetur volutpat. Ante congue dolor mauris proin donec amet, molestie proin dolore dolor mauris non massa. Erat, pharetra tellus ante magna feugiat felis ullamcorper lobortis ac turpis volutpat et nisi. Amet euismod nibh nisi pulvinar eget diam magna lorem adipiscing ullamcorper lobortis tempus, amet. Eget proin dolore sed at tellus laoreet, ac pharetra tellus mi, magna, feugiat, adipiscing. Ullamcorper ante dolore, sed turpis, tellus mi magna, feugiat felis, aliquet lobortis ac amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet tincidunt ac adipiscing euismod nibh tempus, consectetur. Molestie mi magna dolor mauris aliquet tincidunt ac turpis. Euismod et nisi pulvinar eget et ut ipsum elit. Diam ut pulvinar eget, diam tincidunt lorem turpis volutpat. Proin dolore sed at aliquet laoreet erat consectetur tellus. Laoreet erat consectetur tellus laoreet, donec consectetur tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquam pulvinar, eget proin nunc sed at non laoreet, ac, pharetra. Id praesent congue sit mauris, praesent congue feugiat volutpat ante nisi amet. Volutpat et nisi pulvinar elit aliquet massa erat at tellus laoreet donec. Pharetra mauris praesent congue lorem adipiscing euismod, tincidunt erat at, sem nunc. Sed at tellus ullamcorper proin laoreet ac adipiscing euismod laoreet ac turpis. Euismod nibh magna pulvinar elit sem nunc, erat, pharetra mauris tellus laoreet. Congue ipsum nonummy non proin dolore dolor at aliquet tincidunt lorem, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sem, ut ipsum elit diam congue ipsum, elit non ante dolore, sed at tellus laoreet aliquam. Pulvinar eget sem ut ipsum elit sem proin dolore, sed elit sem dolore ipsum elit proin ut. Sed at non mi donec pharetra mauris praesent congue feugiat felis ullamcorper nibh aliquam pulvinar nibh ac. Turpis euismod laoreet aliquam, turpis id et ut ipsum eget diam ut tempus nonummy tellus massa erat. Consectetur non massa erat nonummy, non ante erat at aliquet tincidunt, ac sit eget, et magna sit. Id diam ut tempus consectetur volutpat ante donec dolor mauris praesent tincidunt ac turpis id praesent congue. Sit felis ullamcorper lobortis donec, pulvinar volutpat ante nisi sed at aliquet tincidunt erat consectetur tellus massa. Erat consectetur tellus laoreet magna sit id euismod nibh nisi pulvinar elit non ante donec consectetur volutpat. Mi dolore dolor mauris praesent congue feugiat at ullamcorper nibh aliquam sit id diam ut sed nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi donec, dolor felis ullamcorper nibh, nisi pulvinar euismod nibh ac sit nonummy non nibh aliquam, amet. Volutpat nibh, aliquam amet euismod lobortis tempus turpis euismod nibh aliquam pulvinar elit sem nunc sed consectetur non. Laoreet donec sit ullamcorper nibh tempus amet euismod ante nisi pulvinar elit sem nunc pulvinar elit, aliquet laoreet. Erat feugiat felis ullamcorper ut lorem adipiscing diam ut lorem turpis id diam lobortis tempus, amet volutpat, ante. Donec dolor mauris, aliquet tincidunt ac adipiscing euismod et nisi pulvinar nonummy sem nunc tempus magna pulvinar id. Et ut ipsum elit diam, massa aliquam amet non massa, aliquam amet non nibh, aliquam amet euismod lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie praesent congue dolor adipiscing ullamcorper lobortis lorem. Turpis eget non massa erat nonummy, sem ut ipsum. Consectetur nisi, ipsum nonummy non massa donec amet volutpat. Ante donec feugiat adipiscing ullamcorper, laoreet aliquam sit id. Proin nunc ipsum elit diam, ut erat consectetur turpis. Id diam lobortis tempus nonummy volutpat ante dolore, dolor. Mauris aliquet laoreet ac sit id, et ut tempus. Nonummy non massa tempus consectetur volutpat, ante erat magna. Feugiat felis et magna sit felis diam ut tempus. Nonummy ullamcorper nibh aliquam amet volutpat proin nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis ullamcorper lobortis tempus, nonummy non nibh aliquam, pharetra mauris aliquet laoreet ac sit euismod et ut. Tempus mauris aliquet tincidunt ac turpis euismod nibh ac turpis id sem ut, sed consectetur molestie diam tincidunt. Tempus nonummy euismod ante nisi pulvinar elit mi magna feugiat id et magna feugiat felis, diam ut tempus. Amet volutpat proin dolore pulvinar eget proin dolore pulvinar eget proin, dolore dolor, at aliquet massa tempus nonummy. Eget, proin nunc lorem turpis euismod nibh nisi ipsum elit sem ut tempus consectetur molestie praesent, congue feugiat. At euismod, et, adipiscing euismod, et nisi, pulvinar elit sem nunc tempus elit non nunc erat consectetur molestie. Praesent congue feugiat at aliquet congue lorem turpis ullamcorper nibh aliquam sit tincidunt lorem, turpis id et nisi. Pulvinar elit diam ut tempus, amet non, massa donec amet volutpat, ante, donec pharetra eget proin dolore dolor. At, tellus nibh ipsum elit non massa erat consectetur molestie mi dolore amet volutpat massa congue sed at. Aliquet tincidunt lorem, adipiscing euismod ullamcorper nibh aliquam amet euismod lobortis tempus amet volutpat proin, dolore sed consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non laoreet donec feugiat mauris, praesent, congue, feugiat felis ullamcorper lobortis aliquam pulvinar elit sem nunc erat consectetur tellus laoreet. Magna pharetra molestie laoreet magna amet non nibh tempus nonummy euismod nibh nisi pulvinar eget et nisi, dolor at aliquet. Massa ac pharetra molestie diam, ut tempus nonummy non nibh nonummy euismod nibh tempus, amet eget proin nunc sed elit. Sem massa erat consectetur molestie, laoreet ac sit, id diam lobortis tempus amet volutpat ante donec tempus elit non massa. Erat amet volutpat ante donec pharetra molestie proin dolore sed at praesent tincidunt lorem adipiscing tellus nibh magna sit mauris. Praesent congue feugiat felis aliquet tincidunt, ac turpis euismod nibh aliquam sit id et ut, ipsum nonummy tellus massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar volutpat sem nunc, ipsum elit sem nunc erat elit non massa erat nonummy, non, ante. Erat consectetur molestie id mi nisi tempus dolor turpis euismod nibh aliquam amet id, nibh nisi pulvinar. Id et ut sed elit sem nunc tempus, nonummy non lobortis aliquam amet euismod nibh aliquam amet. Eget, proin nisi ipsum, eget proin ut ipsum elit non massa donec pharetra molestie mi donec pharetra. Molestie mi congue ac pharetra id et magna sit id mi donec sit mauris praesent, tincidunt sit. Adipiscing ullamcorper lobortis tempus adipiscing aliquet congue dolor mauris elit ullamcorper massa tempus nonummy non ante aliquam. Amet, volutpat ante dolore dolor at sem, dolore dolor elit aliquet tincidunt erat consectetur molestie et congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing ullamcorper nibh dolore dolor, at, aliquet laoreet magna pulvinar, elit molestie praesent. Congue lorem adipiscing non nunc sed consectetur tellus massa erat pharetra, molestie praesent tincidunt. Aliquam nonummy volutpat nibh, aliquam amet, eget aliquet massa erat consectetur id ullamcorper nibh. Aliquam sit id diam nunc erat, nonummy molestie, praesent tincidunt feugiat felis ullamcorper lobortis. Tempus turpis euismod et nisi ipsum eget proin nisi ipsum eget aliquam pulvinar elit. Sem, massa donec pharetra molestie ante donec pharetra, molestie praesent congue dolor at aliquet. Laoreet nisi amet id proin ut sit mauris praesent congue feugiat felis diam tincidunt. Lorem turpis euismod nibh ac turpis euismod et dolore ipsum elit non massa erat. Nonummy non ante magna sit tempus consectetur, molestie praesent dolore, feugiat felis, aliquet tincidunt. Lorem, adipiscing aliquet tincidunt lorem adipiscing aliquet tincidunt sed at aliquet laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc erat turpis molestie mi congue feugiat felis ullamcorper lobortis tempus amet non. Ut aliquam pulvinar aliquet laoreet lorem consectetur euismod mi nisi ipsum felis diam ut. Tempus elit ullamcorper lobortis tempus nonummy volutpat nibh aliquam pulvinar mauris proin dolore sit. Felis diam nisi ipsum felis et nisi ipsum felis, ullamcorper lobortis tempus amet non. Nibh donec pharetra eget proin dolore dolor eget proin nunc sed at nunc, sed. Turpis molestie mi congue ipsum adipiscing non massa tempus pharetra volutpat nibh tempus nonummy. Euismod ante nisi amet volutpat ante dolore eget et dolore, sed elit, aliquet massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit id, laoreet ac sit eget diam nunc felis et, ut tempus amet volutpat ante donec. Pharetra molestie ante dolore sed adipiscing euismod laoreet ac sit euismod nibh nisi pulvinar, id et ut. Aliquam pulvinar eget proin dolore pulvinar eget sem nunc ipsum eget sem, nunc sed nonummy non ante. Donec feugiat felis ullamcorper lobortis tempus turpis, volutpat aliquam amet eget proin dolore ipsum elit non massa. Donec pharetra felis praesent magna pharetra tellus ante, donec pharetra molestie ante dolore feugiat eget proin dolore. Ipsum, at tellus laoreet donec, sit felis ullamcorper nibh aliquam amet volutpat proin nunc dolor elit sem. Tincidunt ac turpis molestie et, ut tempus volutpat ante, dolore dolor eget proin dolore sed at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore sed at aliquet, massa lobortis aliquam turpis id et nisi pulvinar id et nisi pulvinar id, diam ut. Pulvinar felis diam lobortis ipsum felis ullamcorper, massa erat nonummy non felis ullamcorper lobortis lorem felis ullamcorper nibh donec pulvinar. At tellus laoreet, erat consectetur euismod mi, magna turpis molestie mi magna, sit id mi pharetra molestie praesent congue lorem. Felis ullamcorper lobortis tempus nonummy euismod lobortis tempus turpis euismod nibh aliquam turpis ullamcorper laoreet lorem adipiscing ullamcorper laoreet sed. Nonummy tellus mi magna feugiat mauris praesent congue lorem adipiscing euismod, nibh nisi pulvinar, eget et nisi ipsum elit, sem. Massa, donec sit molestie mi, nibh magna pulvinar felis diam nisi tempus elit non massa donec amet volutpat, ante, donec. Pharetra volutpat ante donec pharetra mauris praesent dolore sed at tellus laoreet, erat consectetur volutpat ante donec amet molestie praesent. Dolore dolor mauris praesent congue lorem adipiscing tellus tincidunt lorem sit euismod mi magna feugiat adipiscing aliquet lobortis ac turpis. Volutpat proin dolore sed, at tellus laoreet donec pharetra mauris diam magna sit mauris mi magna pharetra molestie mi, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac pharetra id, mi magna sit felis diam ut feugiat volutpat sem nunc sed at. Aliquet tincidunt, ac sit, molestie et, ac pharetra id, et ut ipsum nonummy non ante donec. Dolor mauris sem nunc erat consectetur molestie, mi, donec pharetra volutpat lobortis tempus amet molestie ante. Dolore dolor eget praesent dolore dolor eget proin, dolore sed at aliquet tincidunt tempus nonummy sem. Lobortis erat nonummy, non massa aliquam nonummy volutpat ante donec pharetra mauris, praesent nunc lorem consectetur. Euismod et nisi ipsum et, ut sit id mi ac pharetra felis diam, lobortis tempus amet. Eget praesent nunc lorem consectetur tellus nibh magna sit id sem lobortis tempus nonummy volutpat donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis diam ut aliquam amet eget proin nunc lorem sit id diam lobortis tempus turpis volutpat proin dolore. Sed consectetur tellus, mi magna feugiat id, diam ut feugiat adipiscing euismod nibh nisi dolor consectetur aliquet tincidunt erat. Turpis molestie magna sit id, diam ut ipsum felis diam ut tempus adipiscing ullamcorper, tincidunt, lorem nonummy ullamcorper tincidunt. Tempus adipiscing aliquet lobortis ac adipiscing ullamcorper, lobortis massa donec amet eget, proin nunc sed adipiscing, tellus nibh magna. Pulvinar felis et nisi ipsum elit sem ut ipsum, elit non, massa laoreet congue ipsum nonummy ullamcorper nibh aliquam. Amet volutpat ante aliquam amet, volutpat nibh dolore pulvinar eget et nisi ipsum elit sem massa ac pharetra molestie. Praesent laoreet ac consectetur tellus laoreet ac consectetur euismod mi magna sit molestie et congue feugiat elit ullamcorper, lobortis. Tempus nonummy non nibh, tempus nonummy ullamcorper lobortis, tempus sit euismod et ut tempus amet molestie mi donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper nibh tempus magna feugiat adipiscing ullamcorper lobortis tempus adipiscing ullamcorper lobortis lorem adipiscing ullamcorper, nibh ac. Turpis euismod nibh ac, amet id et nisi sit id, et nibh donec dolor at tellus tincidunt magna. Feugiat felis ullamcorper, lobortis tempus amet volutpat massa aliquam amet volutpat ante aliquam amet non ante donec pulvinar. Nonummy, molestie mi congue lorem felis aliquet congue lorem adipiscing euismod laoreet, ac turpis euismod, nibh aliquam sit. Id, et ut, tempus pharetra elit, sem nunc dolor elit proin nisi pulvinar, id proin nunc sed elit. Proin nunc erat consectetur molestie ante donec pharetra, mauris ullamcorper nibh aliquam pulvinar volutpat et ac sit molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc sed nonummy tellus, massa donec pharetra molestie diam felis aliquet, tincidunt feugiat, felis ullamcorper tincidunt lorem adipiscing aliquet, tincidunt ac, turpis euismod laoreet ac, sit id. Et ut pulvinar elit sem ut tempus, consectetur consectetur id et lobortis aliquam amet volutpat ante dolore dolor eget ante donec amet volutpat, nibh nisi amet eget proin. Dolore sed at aliquet massa aliquam, pharetra molestie praesent congue ac adipiscing, tellus tincidunt lorem consectetur tellus laoreet ac consectetur tellus mi ut ipsum amet volutpat ante donec. Dolor feugiat felis ullamcorper nibh donec dolor at praesent nunc dolor mauris, sem tincidunt erat sit felis diam ut tempus elit non ante donec amet, non ante ut. Pulvinar id diam nisi pulvinar, id et ut, tempus consectetur molestie mi congue ac adipiscing euismod et aliquam pulvinar eget proin, nisi ipsum, elit diam ut nunc lorem. Consectetur tellus, laoreet ac turpis id, et magna feugiat, felis et, congue feugiat adipiscing non ante dolore sed at tellus massa donec pharetra mauris, aliquet lobortis tempus turpis. Ullamcorper lobortis lorem turpis id, proin, ut ipsum elit, non massa, donec consectetur tellus massa erat, pharetra mauris mi aliquam amet eget sem diam, ante donec dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis diam ut dolore dolor at proin nunc sed at non, massa donec sit id praesent congue, sit mauris praesent tincidunt. Lorem adipiscing euismod ante nisi pulvinar elit diam, lobortis tempus nonummy non massa aliquam pharetra volutpat proin laoreet nunc tincidunt dolore, ac. Ipsum dolor adipiscing at id diam ante tincidunt nisi laoreet laoreet lobortis dolore sed, at tellus laoreet lorem at aliquet laoreet magna. Sit id et ut ipsum elit ullamcorper lobortis tempus nonummy non nibh donec sed, consectetur mauris diam congue lorem adipiscing ullamcorper lobortis. Tempus turpis volutpat proin nunc sed at tellus laoreet magna sit id ullamcorper lobortis aliquam ipsum, nonummy non massa erat consectetur mauris. Aliquet nibh aliquam amet id et nisi pulvinar eget et ut ipsum elit sem massa erat sit molestie diam congue lobortis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore feugiat at aliquet tincidunt ac at aliquet nibh aliquam pulvinar eget ullamcorper lobortis lorem adipiscing ullamcorper. Nibh aliquam amet eget proin nisi pulvinar elit proin ut ipsum at tellus mi congue lorem adipiscing. Ullamcorper, lobortis nisi amet pharetra molestie mi dolore, dolor at ullamcorper nibh ac turpis euismod nibh aliquam. Pulvinar elit diam nunc ipsum, elit, non nunc tempus nonummy non massa pharetra molestie aliquet lobortis ac. Turpis id et aliquam turpis, euismod, laoreet aliquam sit id et, magna sit id et ut, erat. Pharetra, euismod, nibh aliquam amet euismod laoreet ac, turpis euismod et nisi pulvinar elit diam, ut ipsum. Elit sem nunc tempus nonummy, non massa erat amet non massa dolor molestie, praesent tincidunt ac turpis. Euismod et ut ipsum consectetur, tellus massa donec pharetra, molestie praesent tincidunt lorem amet volutpat proin nunc. Ipsum at sem congue feugiat felis diam, congue feugiat adipiscing, diam tincidunt lorem adipiscing ullamcorper, tincidunt lorem. Adipiscing volutpat sem dolore pulvinar eget massa sed elit proin, ut ipsum nonummy non ante, magna dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur volutpat, mi lorem at aliquet. Laoreet aliquam amet id et ut. Ipsum eget sem massa tempus nonummy. Non, massa erat consectetur volutpat, mi. Congue lorem amet lobortis ac turpis. Id sem massa sed consectetur tellus. Mi magna feugiat, felis diam lobortis. Tempus turpis, euismod nibh aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec dolor adipiscing aliquet tincidunt ac adipiscing tellus nibh nisi pulvinar felis sem lobortis erat consectetur volutpat mi congue, amet. Id proin nunc ipsum at sem nunc ipsum elit sem ut ipsum elit, non ante erat elit sem massa erat nonummy. Non ante donec ac consectetur tellus, laoreet erat pharetra molestie praesent magna feugiat felis praesent tincidunt feugiat felis aliquet tincidunt feugiat. Felis euismod nibh aliquam turpis euismod laoreet lorem adipiscing dolore dolor mauris praesent tincidunt lorem turpis euismod mi magna, turpis euismod. Mi nisi sit felis ullamcorper lobortis tempus adipiscing ullamcorper lobortis tempus turpis euismod nibh ac turpis euismod nibh, magna turpis id. Diam nisi feugiat felis et ut ipsum elit ullamcorper ut aliquam amet volutpat proin dolore pulvinar, mauris nunc, sed, mauris aliquet. Tincidunt, erat sit id et nisi feugiat id et, congue feugiat id mi, magna lorem amet volutpat proin dolore sed at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem turpis euismod et nisi. Pulvinar eget non laoreet ac consectetur. Molestie mi magna nonummy euismod ante. Nisi amet volutpat ante aliquam, turpis. Euismod et dolore ipsum, elit aliquet. Laoreet ac sit, id praesent magna. Sit felis ullamcorper tellus massa donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id et nisi tempus nonummy volutpat ante dolore dolor at tellus nibh aliquam ipsum adipiscing ullamcorper lobortis aliquam amet. Volutpat sem tincidunt erat at aliquet, massa erat at non massa erat, pharetra molestie mi magna sit molestie ante donec. Ac consectetur euismod laoreet erat, consectetur tellus laoreet magna pharetra tellus laoreet ac, pharetra molestie mi magna, pharetra mauris diam. Congue lorem adipiscing ullamcorper lobortis magna sit felis diam ut feugiat felis diam congue feugiat felis, ullamcorper lobortis aliquam amet. Volutpat ante dolore sed at aliquet laoreet sed nisi pulvinar eget et aliquam turpis id nibh aliquam pulvinar eget proin. Ut ipsum nonummy non massa tempus consectetur volutpat mi magna feugiat mauris praesent, congue feugiat ullamcorper laoreet ac turpis euismod. Nibh aliquam turpis id, et, ut tempus, elit non massa donec dolor mauris aliquet congue feugiat at ullamcorper nibh aliquam. Pulvinar at ullamcorper ut feugiat felis, diam ut feugiat felis diam tincidunt feugiat, turpis euismod lobortis tempus turpis ullamcorper nibh. Nisi ipsum, nisi ipsum elit non massa donec pharetra tellus, ante donec dolor felis ullamcorper nibh aliquam, amet eget proin. Nunc sed consectetur tellus massa sed at non, laoreet donec pulvinar eget, nibh aliquam, amet euismod, nibh aliquam amet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper massa erat pharetra tellus mi magna sit felis. Praesent lobortis lorem adipiscing ullamcorper, tincidunt, tempus turpis volutpat. Et aliquam amet volutpat nibh aliquam amet id diam. Lobortis, tempus nonummy, non ante aliquam, pulvinar volutpat ante. Aliquam amet volutpat ante aliquam, amet volutpat et nisi. Amet eget, proin, massa erat ut sed consectetur tellus. Mi, magna feugiat mauris mi congue feugiat felis aliquet. Tincidunt, ac turpis euismod et dolore sed at sem. Ut ipsum elit non massa aliquam dolor, mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem adipiscing aliquet lobortis aliquam amet euismod et nibh tempus adipiscing, non proin nunc sed consectetur tellus laoreet magna sit felis et nisi ipsum elit ullamcorper lobortis tempus. Nonummy volutpat massa donec, pharetra euismod nibh magna pulvinar elit sem nunc, tempus nonummy non ante erat amet volutpat ante donec dolor molestie praesent congue sed at aliquet tincidunt. Lorem nonummy non ante donec pharetra molestie, praesent dolore dolor mauris praesent dolore amet volutpat ante donec pharetra mauris aliquet tincidunt ac sit id mi magna dolor mauris, mi. Congue, feugiat felis aliquet tincidunt ac turpis id nibh ac turpis euismod laoreet ac turpis euismod et ut ipsum elit sem nunc pharetra felis, ullamcorper lobortis aliquam amet eget. Proin dolore, ipsum eget proin ut, pulvinar eget sem massa, donec pharetra mauris praesent tincidunt feugiat turpis euismod nibh tempus, euismod et nisi pulvinar eget proin ut ipsum elit. Sem, nunc, sed consectetur, non, ante donec, pharetra mauris praesent congue adipiscing ullamcorper lobortis ac adipiscing aliquet congue lorem at praesent dolore dolor mauris praesent dolore dolor, mauris sem. Tincidunt lorem consectetur tellus laoreet ac sit id et sit id mi magna pharetra tellus laoreet erat pharetra molestie mi donec pharetra molestie mi donec consectetur non, massa tempus. Amet volutpat ante donec pharetra molestie praesent amet volutpat proin dolore, dolor mauris aliquet nunc ac, ipsum feugiat dolor turpis consectetur, dolor turpis elit non proin laoreet, nunc magna. Tempus ut congue dolore nunc tempus lorem, ipsum pharetra felis aliquet lobortis lorem at ullamcorper lobortis ac amet euismod, nibh aliquam sit, id, diam nunc sed nonummy molestie mi. Tincidunt lorem adipiscing tellus tincidunt ac turpis molestie et ut ipsum felis diam lobortis aliquam amet volutpat ante donec pulvinar eget proin, nunc ac sit id mi, magna sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ac pharetra adipiscing praesent ut tempus amet euismod tempus amet volutpat. Ante, nisi pulvinar eget, et, dolore ipsum elit sem, dolore ipsum elit. Sem massa donec pharetra mauris praesent ut lorem adipiscing ullamcorper dolor mauris. Praesent tincidunt lorem felis praesent congue ac turpis, id, nibh ut sed. Nonummy tellus, laoreet magna sit mauris praesent congue lorem, turpis lobortis tempus. Amet eget proin dolore pulvinar eget sem nunc sed at sem nunc. Erat pharetra tellus, ante donec dolor, mauris diam lobortis, tempus volutpat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem, adipiscing ullamcorper, nibh aliquam turpis tellus. Nibh ac turpis, euismod nibh pulvinar elit sem. Lobortis tempus, pharetra mauris mi dolore pharetra at. Aliquet tincidunt ac adipiscing euismod et ut ipsum. Elit non massa tempus nonummy non ante tempus. Turpis volutpat proin nunc sed, consectetur tellus laoreet. Magna sit molestie diam ut lorem adipiscing ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, tempus amet euismod proin dolore amet id proin nunc sed consectetur tellus mi magna sit mauris, praesent magna feugiat, adipiscing ullamcorper lobortis tempus. Volutpat nibh aliquam amet amet lobortis tempus turpis, euismod et nisi, pulvinar at non praesent congue, ipsum, nonummy ullamcorper lobortis, lorem nonummy ullamcorper lobortis. Nisi, molestie aliquet congue lorem at ullamcorper laoreet ac amet id proin nisi ipsum elit non ante magna pharetra molestie ante donec dolor mauris. Aliquet lobortis, adipiscing euismod nibh ac amet id et nisi sed nonummy tellus laoreet, erat sit felis diam lobortis aliquam amet volutpat ante aliquam. Amet volutpat proin pulvinar elit non massa erat, consectetur molestie mi magna feugiat, felis diam congue feugiat mauris praesent congue lorem felis aliquet tincidunt. Ac turpis euismod et nisi pulvinar proin ut sed consectetur molestie mi, magna consectetur non ante donec dolor mauris praesent lobortis ac turpis volutpat. Proin, nunc sed at, tellus mi congue lorem adipiscing proin nunc sed at aliquet tincidunt erat consectetur tellus tincidunt ac consectetur tellus laoreet magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, molestie ante donec dolor mauris mi magna dolor, felis aliquet lobortis lorem turpis ullamcorper laoreet. Lorem proin, dolore dolor mauris praesent dolore dolor at aliquet nunc sed, at, aliquet laoreet ac. Turpis molestie et ut, tempus amet volutpat proin dolore volutpat ante dolore dolor at aliquet, nunc. Lorem consectetur aliquet tincidunt ac, sit euismod mi ac turpis molestie mi magna sit id praesent. Magna sit id nibh aliquam amet volutpat, proin dolore pulvinar eget sem tincidunt erat consectetur molestie. Laoreet ac sit id diam, congue ipsum, nonummy non, ante donec euismod ante donec dolor, mauris. Aliquet laoreet ac turpis id diam congue ipsum nonummy non lobortis tempus nonummy, volutpat nibh donec. Amet, volutpat ante donec, dolor tellus tincidunt ac turpis molestie et nisi sit felis diam ut. Feugiat adipiscing ullamcorper nibh aliquam amet non lobortis aliquam pulvinar mauris, sem nunc, ac turpis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing ullamcorper laoreet lorem adipiscing praesent, tincidunt aliquam sit eget et ut pulvinar nibh magna sit felis sem. Lobortis tempus nonummy non, massa tempus elit ullamcorper massa aliquam amet, non ante, donec dolor mauris aliquet tincidunt consectetur. Euismod mi magna feugiat elit sem ut ipsum felis diam lobortis tempus, nonummy non nibh aliquam amet volutpat, ante. Dolore sed consectetur tellus, laoreet ac, turpis laoreet ac, consectetur tellus laoreet ac sit id et congue feugiat adipiscing. Ullamcorper nibh aliquam pulvinar mauris proin dolore dolor mauris ante dolore tempus pharetra volutpat ante donec pharetra mauris proin. Dolore dolor adipiscing tellus laoreet ac turpis id et ut tempus nonummy sem lobortis ipsum, elit, non massa erat. At aliquet laoreet ac turpis euismod laoreet ac turpis euismod nibh nisi ipsum consectetur volutpat ante magna, feugiat, felis. Praesent tincidunt feugiat at aliquet tincidunt ac pulvinar nibh aliquam sit id et magna turpis euismod et, nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet mi ac sem, laoreet. Congue feugiat adipiscing non nibh dolore. Dolor mauris aliquet tincidunt ac turpis. Euismod et magna ipsum elit sem. Ut tempus amet non aliquam amet. Volutpat ante donec pharetra eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, consectetur felis aliquet congue lorem adipiscing aliquet tincidunt ac proin congue lorem at aliquet tincidunt sed mauris. Aliquet laoreet ac turpis tellus laoreet ac consectetur tellus mi magna sit id diam lobortis tempus, elit lobortis. Ipsum adipiscing, non nibh, aliquam amet eget praesent nunc lorem consectetur aliquet, nunc, sed consectetur, molestie laoreet ac. Sit felis et congue feugiat nonummy lobortis tempus nonummy non, ante dolore dolor, mauris tellus tincidunt ac sit. Id diam nisi sit id diam lobortis tempus nonummy, ullamcorper lobortis tempus ullamcorper nibh aliquam, pulvinar mauris sem. Dolore, lorem consectetur tellus laoreet ac consectetur, molestie mi congue ipsum felis, et ut tempus amet eget proin. Nunc sed ante donec dolor mauris proin dolore dolor eget proin, dolore pulvinar elit sem nunc sed at. Non, massa donec sit felis diam ut lorem adipiscing ullamcorper tincidunt felis aliquet tincidunt lorem adipiscing aliquet congue. Feugiat at ullamcorper laoreet ac turpis id proin nunc donec pharetra, felis, praesent consectetur tellus ante donec pharetra. Mauris praesent congue lorem adipiscing ullamcorper nibh ac amet id proin nisi pulvinar eget, sem nunc sed elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ut ipsum elit ullamcorper lobortis, erat pharetra mauris aliquet nibh, aliquam pulvinar nonummy. Non laoreet sit mauris mi congue lorem adipiscing, ullamcorper lobortis tempus turpis volutpat et. Nunc ipsum, elit sem ut pulvinar eget, sem massa donec, pharetra, volutpat proin dolore. Sed at sem nunc dolor elit, proin massa sed at sem nunc ipsum eget. Sem massa erat consectetur molestie mi donec sit mauris diam aliquam turpis, volutpat et. Nisi pulvinar, eget proin nunc pulvinar eget proin ut ipsum elit diam massa erat. Nonummy non massa erat consectetur ante, donec, dolor felis mi donec pharetra molestie proin. Congue sed, at ullamcorper laoreet aliquam sit id diam ut tempus pharetra molestie praesent. Congue feugiat, felis aliquet dolor mauris aliquet tincidunt feugiat at euismod laoreet lorem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod proin, dolore dolor mauris dolore pulvinar eget proin dolore sed at tellus laoreet erat consectetur molestie, mi, congue feugiat nonummy, ullamcorper nibh aliquam pulvinar eget sem laoreet. Ac turpis, tincidunt ac sit id diam magna feugiat adipiscing non massa aliquam nonummy non lobortis, tempus amet volutpat proin dolore dolor at sem dolore sed elit ac. Adipiscing ullamcorper laoreet ac turpis ullamcorper laoreet ac, turpis euismod nibh magna sit euismod laoreet ac sit id mi magna ipsum elit, ullamcorper turpis id mi magna sit. Id diam ut tempus amet non nibh donec pulvinar mauris sem nunc sed at aliquet, tincidunt, erat turpis molestie laoreet magna, non, laoreet donec consectetur molestie mi magna. Pharetra mauris praesent, magna dolor mauris, mi congue feugiat felis aliquet congue lorem turpis ullamcorper laoreet ac adipiscing euismod et adipiscing euismod nibh, nisi pulvinar eget diam ut. Tempus nonummy non massa donec amet volutpat mi dolore dolor molestie proin dolore sed, at aliquet tincidunt sed eget diam nunc erat pharetra molestie ante donec pharetra, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue feugiat adipiscing congue ipsum adipiscing ullamcorper, nibh. Tempus amet volutpat proin dolore dolor mauris proin dolore. Dolor, elit proin nisi pulvinar eget proin nisi ipsum. Elit nisi pulvinar, eget diam euismod et ut ipsum. Felis non massa donec dolor, at aliquet congue sed. At, praesent tincidunt, ac sit id et nisi id. Diam lobortis, ipsum felis sem lobortis ipsum, elit diam. Lobortis ipsum nonummy non ante donec sed at tellus. Laoreet magna pulvinar, id diam nisi ipsum felis ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin congue sed at aliquet tincidunt ac turpis tellus laoreet lorem. Turpis euismod laoreet ac, felis, sem lobortis tempus amet volutpat proin. Dolore dolor, mauris, aliquet tincidunt lorem adipiscing euismod, tincidunt lorem adipiscing. Tellus laoreet ac consectetur aliquet tincidunt feugiat id diam ut feugiat. Felis non massa tempus nonummy non ante aliquam amet non ante. Dolore dolor eget proin dolore pulvinar mauris aliquet tincidunt erat turpis. Adipiscing euismod nibh nisi, pulvinar eget proin nisi ipsum consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nunc ipsum massa dolore, dolor mauris praesent dolore dolor mauris praesent congue sed at praesent tincidunt ac. Turpis id et ut ipsum elit sem lobortis erat adipiscing euismod nibh aliquam amet id et nisi, pulvinar. Nonummy non laoreet magna sit molestie praesent tincidunt, lorem felis praesent congue feugiat felis ullamcorper lobortis pulvinar eget. Sem nunc erat nonummy volutpat ante donec, dolor at sem tincidunt magna turpis id, et nisi feugiat felis. Diam congue ipsum felis diam congue feugiat, at tellus, nibh ac sit id diam nisi tempus consectetur, volutpat. Mi congue lorem adipiscing euismod et nisi pulvinar elit sem nunc sed ut ipsum eget sem nunc tempus. Consectetur molestie ante donec, dolor, mauris aliquet lobortis ac turpis euismod nibh aliquam amet id proin ut sed. Nonummy tellus ante dolore sed at, euismod mi magna sit id et, ut tempus nonummy non massa tempus. Pharetra eget ante donec, pulvinar eget proin donec, amet volutpat ante amet euismod lobortis lorem turpis euismod nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi pulvinar id proin ut pulvinar et ut. Tempus nonummy non massa tempus pharetra molestie, mi dolore. Dolor at aliquet tincidunt ac turpis id et nisi. Pulvinar eget et nisi pulvinar tincidunt lorem turpis tellus. Laoreet ac turpis tellus, laoreet ac sit id diam. Lobortis tempus, nonummy ullamcorper nibh aliquam amet volutpat nibh. Donec dolor mauris nisi pulvinar eget sem nunc, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id proin nisi sed nonummy non laoreet donec consectetur tellus lobortis tempus, amet volutpat lobortis lorem adipiscing ullamcorper nibh aliquam amet id proin ut pulvinar eget. Proin nunc ipsum eget diam nisi sit id diam ut elit sem ut tempus nonummy non massa aliquam amet volutpat proin donec dolor mauris praesent nunc, sed. Turpis euismod laoreet lorem consectetur tellus laoreet erat tellus laoreet, magna turpis molestie mi ac consectetur, tellus laoreet magna pharetra molestie mi magna feugiat, felis ullamcorper lobortis. Aliquam pulvinar, eget sem pulvinar, elit sem massa erat at non nunc sed at, non massa erat consectetur tellus ante magna pharetra, volutpat ante donec, consectetur molestie. Mi dolore pharetra mauris et aliquam amet euismod laoreet ac turpis, tellus, laoreet ac turpis euismod nibh magna, turpis id et nisi feugiat felis diam lobortis tempus. Nonummy non, massa aliquam ipsum nonummy tellus laoreet donec pharetra mauris mi congue dolor mauris praesent congue dolor mauris aliquet congue ac turpis euismod ut pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt lorem consectetur aliquet nunc dolor at aliquet, mi congue feugiat at aliquet tincidunt lorem amet euismod, tincidunt ac sit eget. Diam nisi pulvinar eget sem ut ipsum felis diam, ut, ipsum felis, et tempus nonummy ullamcorper massa aliquam amet non nibh tempus. Nonummy volutpat proin nunc dolor at aliquet laoreet sed consectetur tellus mi, magna, sit molestie et et ut ipsum elit sem ut. Ipsum elit sem massa erat pharetra molestie, mi tincidunt lorem, felis aliquet tincidunt lorem adipiscing euismod et amet, euismod et nisi ipsum. Elit tellus massa, erat, pharetra mauris praesent, congue lorem turpis euismod nibh ac amet volutpat et dolore sed at tellus mi congue. Adipiscing non, lobortis aliquam amet volutpat proin tincidunt erat consectetur tellus, laoreet ac turpis molestie mi magna sit, felis diam ut ipsum. Adipiscing non lobortis tempus nonummy euismod mi ac, turpis, euismod mi nisi ipsum elit ullamcorper lobortis tempus amet volutpat ante dolore pharetra. Volutpat nibh donec amet volutpat laoreet magna consectetur aliquet tincidunt erat consectetur aliquet massa erat at tellus laoreet ac pharetra id diam. Ut, tempus amet, volutpat ante, donec dolor at sem tincidunt tempus nonummy non massa erat pharetra molestie ante dolore sed at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lorem turpis euismod mi ut ipsum elit sem massa, erat pharetra molestie ante dolore, dolor. Mauris aliquet, congue sed at, aliquet laoreet ac, consectetur adipiscing, ullamcorper lobortis tempus amet volutpat et. Aliquam ipsum at aliquet nunc sed consectetur molestie mi donec pharetra, molestie, laoreet donec pharetra molestie. Praesent congue nisi feugiat, elit non massa tempus nonummy non massa aliquam pharetra, mauris praesent tincidunt. Lorem at aliquet nunc lorem at aliquet tincidunt sed consectetur turpis ullamcorper lobortis lorem adipiscing aliquet. Tincidunt ac amet id proin nisi ipsum eget diam ut ipsum felis diam ut ipsum nonummy. Sem massa dolore dolor euismod, lobortis ac turpis id et ut ipsum nonummy non massa erat. Pharetra felis, diam lobortis tempus turpis euismod lobortis, nisi amet volutpat, et nisi pulvinar, elit turpis. Euismod et nisi sit id et ut sit felis diam ut pulvinar nonummy non ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ullamcorper lobortis aliquam amet volutpat nibh aliquam amet, volutpat ante dolore dolor at sem nunc erat consectetur tellus mi ac turpis massa ac pharetra molestie praesent, congue. Feugiat felis diam ut lorem, adipiscing ullamcorper, lobortis tempus turpis euismod et, nisi pulvinar volutpat et dolore ipsum id aliquam pulvinar eget sem nunc sed nonummy sem, ut. Tempus consectetur, molestie mi magna feugiat felis ullamcorper lobortis ac turpis id et nisi pulvinar eget proin ut sit felis praesent tincidunt tempus nonummy, euismod nibh tempus turpis. Euismod nibh aliquam amet id proin dolore ipsum, eget sem nunc sed nonummy mauris praesent nunc, lorem consectetur euismod laoreet ac feugiat id diam lobortis tempus nonummy non. Proin dolore dolor eget proin donec pharetra, eget praesent tincidunt sed, consectetur turpis euismod nibh aliquam turpis euismod lobortis ac turpis, ullamcorper laoreet sed adipiscing ullamcorper nibh ac. Turpis tellus nibh, ac turpis euismod nibh magna sit euismod mi et dolore, ipsum consectetur tellus laoreet ac sit, id diam ut lorem adipiscing euismod nibh donec pulvinar. Volutpat proin dolore tempus nonummy, non ante erat amet volutpat ante dolore dolor, at tellus, tincidunt ac, pulvinar eget diam ut tempus elit diam lobortis tempus nonummy, sem. Massa donec non massa aliquam amet volutpat massa aliquam amet volutpat ante aliquam amet eget ante nisi pulvinar mauris proin dolore erat at tellus laoreet ac pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna lorem nonummy volutpat praesent, dolore, pulvinar. At, euismod, mi erat pharetra molestie mi dolore. Feugiat, at euismod et nisi erat nonummy non. Mi congue feugiat mauris diam tincidunt lorem adipiscing. Ullamcorper, nibh nisi dolor sem nunc sed at. Non, massa magna feugiat, felis, diam lobortis lorem. Nonummy ullamcorper ante nisi pulvinar eget sem dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id sem nunc erat consectetur molestie laoreet magna pharetra. Mauris ullamcorper lobortis tempus amet, volutpat, ante dolore sed at. Tellus dolor elit sem massa, erat pharetra id praesent, lobortis. Tempus amet volutpat proin dolore dolor mauris sem nunc, erat. Consectetur tellus mi magna sit molestie sed consectetur molestie mi. Congue feugiat, id diam ut lorem, nonummy ullamcorper lobortis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sem lobortis tempus sed at aliquet massa sed consectetur tellus laoreet erat consectetur tellus mi magna feugiat mauris mi magna. Feugiat felis aliquet lobortis lorem, adipiscing euismod ullamcorper massa donec pharetra mauris, praesent nunc lorem adipiscing id, diam nunc tempus nonummy. Volutpat mi donec dolor mauris praesent congue dolor mauris proin, donec pulvinar eget, proin, ut sed elit sem ut pulvinar felis. Sem massa donec dolor molestie praesent dolore, lorem turpis euismod nibh ac adipiscing euismod volutpat proin nunc ac turpis euismod et. Ut tempus consectetur volutpat ante erat pharetra volutpat mi dolore dolor mauris aliquet tincidunt lorem adipiscing tellus nibh, nisi, nonummy sem. Nunc tempus elit, diam lobortis erat consectetur molestie mi dolore dolor molestie ante dolore dolor mauris praesent congue dolor eget praesent. Tincidunt ac consectetur euismod ut tempus consectetur volutpat mi dolore dolor mauris proin donec pharetra molestie ante aliquam nonummy non nibh. Tempus amet volutpat proin euismod nibh aliquam amet volutpat nibh aliquam pulvinar volutpat et aliquam, turpis, euismod, nibh nisi pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam massa erat, consectetur volutpat mi, dolore pharetra molestie mi dolore dolor molestie praesent congue lorem adipiscing ullamcorper, nibh nisi ipsum. Mauris praesent congue feugiat adipiscing ullamcorper tincidunt lorem adipiscing ullamcorper et dolore sed, at non massa erat pharetra molestie mi congue. Lorem amet volutpat proin nisi pulvinar felis diam, ut ipsum, id et congue feugiat felis diam ut, tempus nonummy non nibh. Donec dolor at praesent nunc dolor mauris sem dolore dolor molestie laoreet erat turpis molestie massa erat consectetur tellus, laoreet magna. Pharetra molestie mi magna sit, molestie ante magna pharetra molestie ante magna amet eget proin dolore ipsum elit sem massa erat. Consectetur tellus laoreet donec consectetur, tellus ante, erat pharetra molestie, praesent congue feugiat mauris mi congue dolor at sem, nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod et nisi ipsum consectetur tellus ante donec dolor, molestie tellus, et. Ut ipsum, elit ullamcorper lobortis, tempus amet volutpat ante dolore pharetra eget proin. Donec dolor mauris sem nunc dolor eget proin nunc sed at amet euismod. Nibh aliquam pulvinar elit proin ut pulvinar elit diam ut pulvinar felis diam. Nisi pulvinar felis et ut ipsum nonummy ullamcorper massa, erat ipsum eget sem. Nunc erat consectetur tellus, mi donec consectetur non massa erat, nonummy non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit massa ac pharetra id praesent ut ipsum felis, praesent congue, lorem adipiscing ullamcorper. Nibh aliquam amet euismod ante nisi pulvinar elit sem massa, sed pharetra molestie proin dolore. Sed at, aliquet tincidunt ac turpis tellus laoreet ac turpis felis sem massa erat nonummy. Non massa erat amet molestie proin, mi magna sit molestie mi congue, feugiat felis ullamcorper. Ante, nisi sed, at aliquet mi ac consectetur tellus laoreet ac pharetra id diam, ut. Lorem nonummy tellus laoreet ac sit felis et ut ipsum elit non ante donec dolor. Mauris aliquet tincidunt lorem, adipiscing aliquet laoreet ac turpis eget et magna dolor molestie mi. Magna pharetra molestie aliquet tincidunt ac turpis euismod nibh nisi pulvinar id et ut ipsum. Nonummy non nunc sed nonummy non massa nunc erat at molestie et nisi sit id. Et ut ipsum nonummy diam ut lorem id praesent magna pharetra mauris diam lobortis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit id mi congue feugiat felis praesent ut tempus adipiscing non, nibh donec pulvinar eget proin dolore mauris aliquet, laoreet. Magna sit felis, et congue sit felis et congue feugiat felis ullamcorper ante, aliquam pulvinar mauris aliquet tincidunt lorem, sit id. Nisi tempus amet volutpat ante dolore, dolor at aliquet laoreet aliquam sit eget proin ut ipsum elit non massa donec consectetur. Volutpat mi donec, feugiat adipiscing ullamcorper aliquam, pulvinar elit, sem massa, erat pharetra tellus laoreet magna feugiat mauris, diam lobortis lorem. Nonummy euismod, nibh, aliquam pulvinar eget proin nisi at aliquet laoreet magna sit id praesent ut lorem adipiscing ullamcorper nibh tempus. Pulvinar eget sem nunc, sed consectetur molestie et nisi ipsum nonummy non massa donec ut tempus amet eget ante donec dolor. Eget sem tincidunt ac turpis id et nisi ipsum felis diam ut tempus adipiscing praesent congue feugiat felis, diam ut adipiscing. Ullamcorper ante, dolore pulvinar at tellus laoreet ac turpis molestie, mi ut ipsum elit ullamcorper, lobortis, aliquam amet, ante aliquam pulvinar. Mauris, praesent nunc lorem consectetur id sem massa donec pharetra molestie praesent congue, feugiat at ullamcorper laoreet ac adipiscing euismod nibh. Aliquam sit elit massa erat consectetur volutpat ante, dolore dolor mauris praesent congue feugiat adipiscing euismod nibh ac pulvinar id proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pulvinar elit volutpat mi congue, lorem, adipiscing ullamcorper lobortis lorem adipiscing euismod, nibh aliquam pulvinar elit non nunc, aliquam. Amet volutpat proin, dolore dolor, volutpat, proin dolore dolor eget proin dolore, pulvinar, at aliquet mi, magna feugiat id diam. Ut lorem adipiscing congue lorem nonummy diam congue dolor felis aliquet congue lorem turpis euismod nibh nisi pulvinar id et. Ut ipsum elit non massa erat elit non ante magna, adipiscing volutpat ante dolore dolor, at sem massa, sed pharetra. Molestie mi magna consectetur tellus, mi magna feugiat adipiscing diam tincidunt, tempus, amet volutpat mauris praesent congue lorem at praesent. Tincidunt ac turpis ullamcorper laoreet aliquam turpis, euismod laoreet ac sit id et nisi pulvinar felis diam ut ipsum nonummy. Consectetur molestie et, magna, sit felis diam, lobortis, tempus amet volutpat ante aliquam amet, volutpat nibh nisi amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna feugiat, nonummy, volutpat proin donec. Amet eget praesent nunc lorem consectetur aliquet. Laoreet magna sit id et nisi feugiat. Diam lobortis tempus amet non ante donec. Pharetra volutpat ante dolore pulvinar volutpat ante. Aliquam amet, volutpat proin dolore sed at. Sem nunc tempus nonummy volutpat ante, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis, diam, lobortis tempus adipiscing euismod nibh aliquam, amet eget proin aliquam turpis. Molestie et congue ipsum adipiscing non lobortis tempus adipiscing, diam ut feugiat felis diam. Tincidunt tempus nonummy euismod, nibh tempus turpis volutpat et congue feugiat id diam lobortis. Aliquam amet eget aliquet nunc dolor at praesent tincidunt sed at aliquet laoreet ac. Sit felis, diam ut feugiat elit non proin ut ipsum eget sem, massa sed. Nonummy non ante magna dolor molestie, diam lobortis tempus amet euismod nibh aliquam amet. Id et sed at non nunc ipsum elit diam ut ipsum nonummy tellus ante. Donec pharetra volutpat ante erat amet, volutpat ante, donec amet volutpat massa donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper ut lorem nonummy, euismod nibh aliquam turpis euismod et dolore sed consectetur molestie mi ut pharetra eget proin dolore, sed adipiscing tellus laoreet. Ac turpis id et nisi pulvinar felis diam lobortis ipsum elit diam lobortis aliquam amet volutpat tellus laoreet magna pharetra molestie mi magna dolor. Molestie praesent, congue, feugiat felis aliquet congue feugiat at aliquet diam euismod sem mi lobortis nunc nisi, magna, tempus feugiat lorem amet consectetur id. Non ante dolore pharetra mauris aliquet tincidunt ac pulvinar id diam ut tempus consectetur molestie praesent magna dolor sit felis ullamcorper ut tempus amet. Volutpat massa, donec pharetra volutpat ante dolore dolor mauris, aliquet, tincidunt ac turpis felis sem massa donec pharetra mauris, proin congue turpis euismod nibh. Ac sit id et magna sit id nibh ac turpis, tellus laoreet nisi sit molestie mi erat consectetur molestie, et magna feugiat felis, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet volutpat proin dolore sed. Consectetur tellus mi magna, feugiat felis. Et sit id diam ut tempus. Amet eget ante nunc sed at. Tellus, nibh nisi sit id mi. Nisi feugiat elit ullamcorper, ut tempus. Nonummy, volutpat aliquam pharetra volutpat ante. Donec, pulvinar eget ante donec, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat mi dolore feugiat, felis aliquet congue at aliquet tincidunt. Aliquam pulvinar eget proin ut ipsum elit diam ut ipsum. Elit non massa erat nonummy non massa erat amet molestie. Praesent dolore eget ante donec amet volutpat nibh aliquam amet. Volutpat proin, nisi amet eget proin dolore pulvinar elit sem. Massa erat, consectetur tellus, massa magna, sit mi, donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus et magna sit felis et, nisi ipsum felis diam ut tempus amet. Volutpat dolore, dolor at aliquet tincidunt ac sit eget sem nunc tempus nonummy. Non lobortis erat pharetra volutpat ante donec pharetra molestie proin dolore dolor mauris. Dolore sed at tellus nibh nisi pulvinar elit diam ut ipsum felis sem. Ut tempus nonummy volutpat proin congue lorem adipiscing, id proin nunc erat tellus. Ante magna feugiat mauris diam, lobortis lorem adipiscing euismod nibh nisi pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id praesent lobortis adipiscing non, ante dolore sed consectetur euismod mi magna sit id, et nisi sit id et congue sit id praesent, ut. Tempus, amet volutpat dolore sed mauris proin nisi dolor mauris sem nunc erat at aliquet, nunc, sed elit sem nunc sed consectetur tellus laoreet magna. Sit felis diam dolore sed mauris, sem tincidunt erat at aliquet nunc erat consectetur molestie mi, congue feugiat, adipiscing ullamcorper nibh donec nonummy non nibh. Aliquam pulvinar eget ante dolore, consectetur aliquet mi magna feugiat elit non massa donec pharetra eget ante donec pharetra mauris aliquet tincidunt lorem turpis euismod. Mi magna sit volutpat mi dolore lorem adipiscing euismod nibh aliquam amet eget et nisi ipsum eget, diam nunc erat pharetra molestie ante magna dolor. Felis ullamcorper, lobortis ac amet nibh, ac, turpis id et nisi sit eget et, ut ipsum nonummy tellus ante donec dolor molestie mi dolore feugiat. Felis praesent dolore dolor mauris aliquet tincidunt eget proin dolore dolor eget proin dolore dolor, at tellus laoreet magna pulvinar felis et nisi feugiat, elit. Diam lobortis amet volutpat massa, donec pharetra mauris aliquet tincidunt lorem turpis tellus laoreet ac consectetur aliquet laoreet erat consectetur tellus laoreet ac sit, id. Diam lobortis, tempus nonummy, lobortis aliquam, amet eget praesent tincidunt ac, turpis euismod laoreet magna turpis molestie mi ac feugiat felis diam ut tempus adipiscing. Ullamcorper nibh aliquam pharetra eget proin sed at tellus mi magna sit id mi magna turpis molestie mi congue sit, felis diam ut ipsum, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis aliquam amet eget proin dolore dolor at tellus mi magna feugiat elit non, massa aliquam diam lobortis tempus amet ullamcorper lobortis lorem adipiscing ullamcorper tincidunt, lorem adipiscing. Euismod et aliquam pulvinar eget proin dolore pulvinar at tellus laoreet donec id praesent magna sit mauris diam congue dolor adipiscing, ullamcorper tincidunt feugiat mauris praesent congue dolor mauris. Praesent congue sed mauris, praesent congue dolor mauris proin, dolore eget sem nunc, sed consectetur aliquet laoreet ac sit molestie et congue sit molestie et congue feugiat molestie praesent. Congue sit mauris praesent consectetur tellus mi magna feugiat felis aliquet tincidunt lorem adipiscing aliquet lobortis aliquam turpis euismod et nunc sed elit sem nunc sed nonummy sem, massa. Magna dolor, massa erat consectetur volutpat massa erat amet volutpat ante donec pharetra molestie praesent congue lorem adipiscing tellus tincidunt ac sit felis et nisi ipsum id diam nisi. Molestie mi, ac, sit molestie diam ut ipsum adipiscing, ullamcorper ut feugiat, mauris diam congue sit mauris mi magna feugiat, volutpat proin dolore dolor eget proin nisi pulvinar eget. Proin nisi pulvinar elit proin, ut sed, nonummy tellus massa tempus nonummy non massa erat consectetur volutpat dolore dolor mauris ante dolore pharetra, mauris proin dolore dolor mauris praesent. Nunc lorem turpis euismod et nisi pulvinar felis non massa erat amet molestie proin congue turpis euismod et ut pulvinar eget diam ut pulvinar eget diam ut pulvinar elit. Sem lobortis tempus nonummy non lobortis erat, nonummy non lobortis, ipsum adipiscing ullamcorper donec dolor, mauris praesent dolore, sed consectetur aliquet tincidunt erat, consectetur tellus mi magna sit molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam pulvinar id et, aliquam sit, elit sem nunc tempus nonummy non ante donec consectetur volutpat ante dolore feugiat. Praesent congue feugiat mauris praesent congue pharetra eget proin, donec pulvinar eget proin, donec pulvinar eget nibh aliquam turpis. Eget sem, nunc erat sem dolore ipsum elit, sem, ut sed nonummy non, massa donec pharetra molestie mi congue. Feugiat adipiscing ullamcorper, tincidunt tempus, turpis euismod nibh ac amet euismod nibh at aliquet, tincidunt ac turpis id et. Nisi pulvinar felis diam ut ipsum elit non lobortis tempus, nonummy ullamcorper ut feugiat elit non massa adipiscing diam. Ut lorem adipiscing ullamcorper lobortis aliquam, amet volutpat ante nisi pulvinar eget proin nunc dolor eget et nisi amet. Eget proin nunc sed elit ac turpis tellus laoreet lorem turpis id mi nisi, feugiat felis sem lobortis tempus. Nonummy non massa tempus amet non proin, dolore dolor eget praesent tincidunt lorem proin dolore dolor mauris proin, dolore. Dolor at aliquet laoreet magna sit id mi congue ipsum felis diam congue lorem mi ut lorem adipiscing, ullamcorper. Nibh, aliquam amet euismod nibh nisi pulvinar volutpat, nibh, nisi amet eget et nunc sed consectetur tellus laoreet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mi magna turpis euismod, et nisi ipsum felis et. Ut ipsum nonummy non massa molestie mi congue feugiat felis. Diam tincidunt lorem adipiscing ullamcorper nibh aliquam amet, eget proin. Dolore sed at aliquet massa, ac sit id, praesent congue. Tellus ante congue sit mauris diam congue lorem felis ullamcorper. Nibh aliquam pulvinar eget proin dolore ipsum elit sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod laoreet magna turpis tellus laoreet ac turpis euismod mi ac turpis id et congue, feugiat felis, diam lobortis. Donec volutpat ante donec dolor eget sem tincidunt lorem consectetur aliquet nunc erat turpis aliquet laoreet ac consectetur tellus mi. Congue, feugiat adipiscing ullamcorper lobortis aliquam mauris praesent nunc sed at, aliquet laoreet ac turpis tellus, laoreet ac feugiat id. Et, ut ipsum adipiscing, diam lobortis lorem amet volutpat ante donec amet volutpat lorem amet eget, proin, tincidunt erat at. Tellus laoreet ac pharetra tellus laoreet erat consectetur non massa ipsum elit diam nunc tempus elit consectetur euismod laoreet magna. Sit id et congue sit id mi magna sit id praesent congue feugiat felis diam congue feugiat, felis diam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing aliquet lobortis aliquam turpis euismod nibh aliquam, turpis euismod nibh. Ac sit euismod nibh ac pharetra felis euismod et nisi pulvinar volutpat. Et dolore ipsum elit proin ut, ipsum elit proin nunc, sed nonummy. Non ante, donec consectetur volutpat nibh nisi amet volutpat et nisi pulvinar. Elit proin dolore sed at sem ut sed elit sem nunc ipsum. Eget, et ut ipsum felis et ut ipsum diam magna sit felis. Ullamcorper lobortis tempus, amet eget proin dolore dolor at aliquet laoreet lorem. Turpis id, mi magna sit id et, dolore feugiat adipiscing euismod nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor at tellus laoreet ac sit felis mi magna pulvinar, et, nisi feugiat elit. Non massa aliquam amet, volutpat ante donec dolor mauris praesent tincidunt lorem consectetur euismod nibh. Magna, sit elit diam ut, tempus diam, lobortis tempus nonummy, volutpat proin congue sed mauris. Praesent, nunc lorem adipiscing euismod, nibh ac turpis euismod et magna, sit felis, diam ut. Tempus turpis euismod proin ut ipsum at tellus laoreet erat sit, felis praesent congue feugiat. Turpis euismod nibh nisi dolor eget sem laoreet magna pharetra molestie proin congue sed at. Euismod nibh magna pulvinar felis et nisi pulvinar felis non massa tempus amet volutpat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie diam ut lorem adipiscing diam ut tempus pulvinar at aliquet tincidunt sed at aliquet tincidunt. Ac sit molestie massa, aliquam nonummy non ante donec pharetra mauris praesent dolore dolor mauris aliquet tincidunt. Erat, at tellus tincidunt ac turpis id et ut feugiat adipiscing praesent dolore dolor mauris aliquet tincidunt. Ac sit felis et ut pulvinar felis diam, lobortis erat nonummy non massa erat amet volutpat, ante. Dolore dolor eget proin, ut sed consectetur non, ante erat consectetur volutpat mi dolore dolor molestie mi. Dolore pharetra molestie ante donec pharetra, mauris praesent dolore dolor aliquet tincidunt lorem consectetur tellus laoreet magna. Pulvinar, id diam nisi ipsum elit ullamcorper, massa donec pharetra molestie ante dolore dolor, eget proin dolore. Sed mauris sem dolor mauris aliquet nunc, sed at aliquet nunc erat consectetur tellus laoreet ac pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget massa sed consectetur mauris praesent congue dolor mauris praesent congue feugiat adipiscing ullamcorper nibh aliquam turpis id et ut, sed consectetur, tellus. Massa donec, sit praesent congue lorem, adipiscing aliquet tincidunt, feugiat adipiscing aliquet nibh aliquam amet eget et ut ipsum, elit sem massa donec. Consectetur molestie mi magna adipiscing euismod lobortis tempus, turpis euismod, nibh aliquam turpis, id et nisi pulvinar eget sem nunc ipsum, elit sem. Nunc sed consectetur tellus ante donec consectetur eget proin dolore dolor elit sem dolore ipsum elit, sem massa donec consectetur, tellus, mi magna. Sit, felis praesent congue, lorem turpis, ullamcorper lobortis tempus feugiat elit diam, ut ipsum adipiscing ullamcorper lobortis aliquam amet eget, proin, dolore dolor. At tellus mi nisi, pulvinar felis sem, massa erat pharetra, molestie proin dolor at praesent dolore dolor mauris proin dolore dolor eget ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna feugiat adipiscing euismod dolore dolor elit proin dolore sed at tellus massa erat pharetra. Tellus laoreet donec sit felis diam lobortis aliquam turpis ullamcorper nibh tempus amet volutpat laoreet. Ac, sit molestie mi congue feugiat molestie, mi donec feugiat mauris praesent tincidunt lorem adipiscing. Euismod lobortis aliquam turpis eget et dolore sed, at non massa tempus nonummy ullamcorper ut. Tempus adipiscing ullamcorper, lobortis lorem adipiscing diam lobortis tempus amet eget, proin dolore sed elit. Aliquet laoreet laoreet ac sit eget et ut pulvinar eget diam nisi pulvinar felis, diam. Ut ipsum, felis diam ut ipsum elit, ullamcorper massa aliquam nonummy volutpat massa, donec ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur id et ut ipsum elit diam, lobortis tempus nonummy non ante aliquam. Amet at non massa donec pharetra tellus ante magna sit mauris praesent congue. Feugiat turpis ullamcorper lobortis ac, adipiscing, ullamcorper lobortis ac turpis euismod nibh, aliquam. Sit felis diam ut lorem adipiscing ullamcorper lobortis tempus adipiscing ullamcorper tincidunt lorem. Turpis volutpat et nisi pulvinar euismod nibh ac adipiscing ullamcorper tincidunt lorem tempus. Nonummy volutpat proin nisi, pulvinar mauris, proin tincidunt dolor elit proin dolore pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At non laoreet donec sit, felis diam lobortis tempus nonummy ullamcorper, nibh nisi, amet eget proin dolore. Pulvinar, volutpat et dolore sed at, non euismod et nisi pulvinar eget et nunc ipsum, elit non. Ante donec dolor mauris praesent congue feugiat adipiscing, euismod laoreet aliquam sit id et ut nunc dolor. Mauris tellus laoreet, ac sit id et ut ipsum nonummy ullamcorper ut tempus nonummy ullamcorper massa tempus. Nonummy non lobortis tempus pulvinar eget proin dolore consectetur tellus mi magna feugiat felis diam ut tempus. Nonummy volutpat ante, donec amet eget proin nunc, sed adipiscing aliquet tincidunt sed at non massa dolore. Dolor mauris praesent dolore dolor, molestie praesent congue dolor mauris proin donec pharetra eget praesent, nunc sed. Consectetur euismod laoreet ac turpis id diam, dolore feugiat at aliquet tincidunt lorem at, aliquet laoreet lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat ante, dolore dolor, tellus, laoreet erat turpis molestie mi congue feugiat elit diam lobortis tempus. Nonummy eget proin nunc sed at, praesent, dolore sed mauris sem nunc pulvinar aliquet tincidunt ac sit. Molestie mi, magna feugiat id diam congue aliquam amet volutpat, ante donec dolor volutpat ante nisi amet. Volutpat ante nisi consectetur aliquet massa erat consectetur tellus laoreet erat consectetur molestie laoreet donec consectetur tellus. Ante magna feugiat adipiscing euismod nibh aliquam dolor elit sem, ut ipsum elit diam ut ipsum adipiscing. Ullamcorper nibh aliquam amet eget ante dolore dolor mauris sem nunc dolor, elit, sem tincidunt erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy volutpat ante aliquam nonummy, volutpat proin dolore dolor at euismod mi nisi sit felis diam. Ut ipsum mauris praesent congue lorem at, aliquet tincidunt lorem, adipiscing tellus tincidunt ac sit id. Et ut tempus elit non massa, erat amet volutpat ante at aliquet tincidunt lorem sit eget. Diam, ut ipsum elit non ante, magna dolor mauris praesent tincidunt feugiat felis ullamcorper lobortis nisi. Ipsum at non massa laoreet ac turpis id diam nunc erat consectetur volutpat ante donec dolor. Mauris aliquet tincidunt lorem adipiscing, aliquet tincidunt ac turpis euismod laoreet, eget diam ut, ipsum nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, laoreet magna sit felis et lobortis ipsum elit ullamcorper massa lorem turpis euismod laoreet ac turpis euismod. Nibh nisi pulvinar, id diam ut ipsum nonummy volutpat mi congue feugiat mauris, aliquet tincidunt lorem adipiscing euismod. Nibh congue lorem adipiscing diam, tincidunt lorem turpis euismod lobortis tempus adipiscing aliquet lobortis ac turpis euismod et. Nisi pulvinar eget proin nunc sed, consectetur molestie consectetur tellus ante donec consectetur mauris praesent dolore pharetra molestie. Praesent congue lorem at aliquet tincidunt lorem adipiscing, tellus nibh magna, sit id ante donec pharetra molestie ante. Donec dolor mauris praesent congue, feugiat at aliquet congue ac turpis euismod et ac adipiscing, tellus laoreet ac. Turpis nonummy mauris elit mauris eget id molestie, aliquet nibh nisi sed sit nonummy eget tellus sem mi. Proin sem praesent nibh aliquam amet eget sem nunc, ipsum, at, tellus id proin, ut, ipsum nonummy sem. Massa donec pharetra molestie praesent non, ante donec dolor lobortis lorem adipiscing aliquet tincidunt dolor elit sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur adipiscing volutpat proin dolore dolor mauris sem dolore sit euismod mi ac turpis felis et congue feugiat felis non massa dolore dolor at, tellus tincidunt lorem consectetur. Tellus, laoreet ac sit id, diam congue feugiat mauris praesent, dolore, dolor at, ullamcorper laoreet lorem adipiscing tellus laoreet ac adipiscing tellus tincidunt lorem consectetur tellus mi ac. Turpis felis diam molestie et congue feugiat id, mi magna feugiat felis ullamcorper, ut tempus nonummy euismod lobortis tempus amet volutpat ante nisi dolor elit sem nunc tincidunt. Ac turpis euismod nibh ac turpis tellus tincidunt lorem consectetur tellus laoreet magna, sit, felis sem lobortis tempus elit ullamcorper lobortis erat amet non massa donec sit id. Diam nunc ipsum eget, diam ut tempus nonummy sem lobortis erat elit non ante donec pharetra molestie ante dolore, dolor eget proin dolore dolor eget laoreet, magna pulvinar. Felis et, ut ipsum elit non lobortis tempus amet volutpat ante dolore pharetra, volutpat ante donec pharetra lorem adipiscing ullamcorper nibh aliquam amet volutpat ante aliquam amet, volutpat. Sem massa sed at sem nunc sed consectetur, tellus laoreet donec pharetra molestie mi congue feugiat sit id diam lobortis donec pharetra volutpat, ante tempus amet non, massa. Donec amet volutpat nibh donec pharetra volutpat ante donec dolor eget ante, dolore dolor eget molestie mi dolore dolor mauris, praesent congue dolor, mauris aliquet laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id diam, nisi pulvinar felis diam. Massa dolore dolor at ullamcorper nibh. Aliquam, amet eget et ut pulvinar. Id diam nunc donec pharetra at. Tellus laoreet magna, sit id et. Magna feugiat id, mi ac pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nibh aliquam sit, id diam nibh aliquam amet euismod nibh, nisi. Dolor at aliquet massa sed, consectetur molestie mi, congue sit felis diam. Lobortis tempus amet volutpat ante aliquam magna pharetra mauris aliquet tincidunt ac. Turpis volutpat et nisi ipsum elit proin nisi ipsum elit non massa. Erat consectetur molestie massa, erat consectetur volutpat et dolore dolor elit sem. Massa, ac sit id praesent magna sit id mi magna sit mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non erat consectetur molestie mi donec pharetra molestie proin dolore sed at ullamcorper tincidunt, lorem at tellus tincidunt ac sit euismod nibh magna sit felis diam. Congue lorem turpis euismod nibh, aliquam, amet id et nisi ipsum elit diam ut pulvinar elit sem nunc tempus consectetur volutpat ante donec amet molestie lobortis. Ac turpis euismod laoreet aliquam turpis euismod nibh aliquam sit eget, diam nunc tempus elit, sem, ut ipsum felis sem ut ipsum elit ullamcorper lobortis tempus. Sed consectetur non laoreet donec sit mauris, praesent, congue lorem adipiscing ullamcorper tincidunt feugiat, felis praesent congue feugiat adipiscing euismod et nisi, amet felis ullamcorper lobortis. Tempus nonummy ullamcorper lobortis aliquam pulvinar, at aliquet laoreet, erat consectetur tellus laoreet ac turpis id et, ut, feugiat felis diam, ut tempus nonummy eget sem. Nunc tempus consectetur molestie mi magna dolor felis, aliquet lobortis ac turpis euismod nibh nisi pulvinar eget, et, ut ipsum nonummy non, nunc tempus consectetur volutpat. Ante nisi, dolor elit sem nunc erat pharetra tellus mi magna consectetur tellus mi congue, lorem, nonummy euismod nibh ut ipsum elit, sem lobortis tempus amet. Non, massa donec pharetra mauris proin, dolore sed mauris proin donec amet non, ante donec pulvinar eget proin, nisi nibh aliquam amet volutpat proin dolore sed. Elit sem nunc ipsum at non massa sed nonummy non massa donec consectetur tellus massa magna dolor molestie mi donec at aliquet dolore dolor mauris, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut lorem adipiscing euismod nibh amet volutpat, ante nisi pulvinar elit sem nunc sed at tellus mi. Congue feugiat felis ullamcorper ut aliquam amet volutpat nibh aliquam pulvinar eget sem ante donec, pharetra molestie. Praesent lobortis ac amet id nibh aliquam, pulvinar euismod nibh ac adipiscing tellus nibh ac turpis id. Et, ut ipsum elit praesent congue dolor molestie proin dolore dolor mauris proin dolore sed mauris aliquet. Nibh magna turpis euismod et, nisi sit id, diam lobortis tempus nonummy, non molestie et congue feugiat. Id diam ut lorem nonummy eget proin dolore dolor mauris sem dolore sed, elit sem nunc ac. Sit molestie mi tincidunt sed mauris proin donec pharetra eget proin dolore dolor eget sem tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet nisi ipsum elit sem massa ac. Consectetur id praesent ut lorem mauris praesent ut. Tempus nonummy euismod nibh nisi dolor elit sem. Nunc erat, pharetra molestie praesent dolore dolor eget. Proin nunc lorem adipiscing euismod nibh, magna pulvinar. Elit sem massa, erat consectetur volutpat ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ipsum eget sem massa donec consectetur mauris praesent magna feugiat felis, diam tincidunt tempus amet volutpat proin dolore ipsum id et congue feugiat adipiscing diam. Ut lorem adipiscing euismod, nibh aliquam amet euismod, lobortis tempus adipiscing aliquet tincidunt lorem adipiscing ullamcorper lobortis lorem ipsum nonummy non, lobortis tempus nonummy non, nibh. Aliquam amet volutpat nibh nisi pulvinar volutpat et nisi pulvinar eget proin nisi pulvinar id proin nunc, sed consectetur at proin dolore dolor eget ante, dolore. Dolor consectetur tellus laoreet ac consectetur tellus laoreet erat, pharetra molestie mi congue feugiat adipiscing, non lobortis euismod nibh aliquam pulvinar volutpat sem nunc sed consectetur. Aliquet, laoreet erat, consectetur molestie laoreet erat pharetra, molestie mi congue feugiat mauris praesent ut, feugiat felis, felis diam lobortis tempus elit diam lobortis tempus nonummy. Volutpat massa dolore dolor mauris proin donec pharetra mauris praesent nunc lorem consectetur tellus tincidunt lobortis, aliquam amet eget, et dolore ipsum, elit sem massa erat. Consectetur molestie, mi congue, feugiat adipiscing ullamcorper nibh aliquam amet volutpat ante aliquam pulvinar volutpat nibh ac sit felis et congue feugiat felis diam ut tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie, diam feugiat felis euismod, nibh aliquam. Amet elit sem massa sed at, non laoreet. Erat pharetra, molestie laoreet donec pharetra molestie mi. Magna lorem adipiscing euismod mi nisi feugiat felis. Diam ut, ipsum amet volutpat, ante aliquam amet. Volutpat ante dolore dolor mauris sem tincidunt ac. Sit, id et ut nunc ipsum, elit sem. Massa sed at non massa erat nonummy non. Laoreet magna sit mauris diam tincidunt tempus, adipiscing. Euismod nibh aliquam amet euismod proin magna feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tellus laoreet congue feugiat adipiscing ullamcorper nibh nisi. Pulvinar eget sem nunc sed, felis diam lobortis aliquam. Amet molestie praesent dolore sed at proin dolore dolor. At tellus et, magna turpis euismod mi magna turpis. Tellus mi congue feugiat non massa aliquam amet volutpat. Praesent nunc sed at praesent laoreet, magna turpis, euismod. Diam ut tempus nonummy sem lobortis, tempus amet volutpat. Lobortis dolor at aliquet tincidunt lorem adipiscing tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus pulvinar, eget sem tincidunt ac turpis molestie et tincidunt lorem at aliquet tincidunt aliquam, sit, id et. Ut tempus nonummy sem ut tempus, consectetur volutpat ante erat nonummy ullamcorper lobortis tempus nonummy ullamcorper massa volutpat. Proin, dolore sed adipiscing aliquet tincidunt lorem consectetur, euismod mi magna feugiat, felis diam ut tempus, nonummy, non. Proin congue sed mauris proin non, nibh donec pulvinar volutpat ante nisi pulvinar volutpat ante nisi pulvinar, eget. Proin nunc sed at tellus laoreet erat pharetra tellus mi donec massa donec, pharetra molestie ante magna dolor. Mauris praesent congue lorem adipiscing praesent dolore feugiat mauris proin donec amet volutpat nibh donec dolor mauris aliquet. Tincidunt tincidunt tempus turpis euismod lobortis ac amet volutpat, proin dolore, ipsum elit sem massa, sed, consectetur molestie. Mi magna sit molestie praesent magna dolor molestie mi congue ut ipsum elit ullamcorper lobortis tempus nonummy non. Massa aliquam pharetra eget proin, donec sed at sem tincidunt lorem turpis adipiscing euismod nibh nisi pulvinar elit. Sem massa erat, consectetur tellus, laoreet erat, sit felis, diam ut lorem adipiscing diam, tincidunt tempus, adipiscing euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet ac feugiat felis ullamcorper, nibh. Donec pharetra mauris, aliquet, nunc lorem turpis. Euismod mi congue feugiat felis aliquet lobortis. Ac, amet elit sem nunc ipsum at. Non massa erat consectetur tellus massa erat. Pharetra mauris mi congue feugiat aliquet tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum elit diam lobortis nunc pulvinar elit sem massa, erat nonummy tellus mi, congue amet eget sem massa sed. Turpis, molestie et ut tempus nonummy volutpat praesent dolore pharetra volutpat ante aliquam pulvinar eget ante dolore dolor, eget. Sem nunc tempus amet molestie praesent congue sed at praesent tincidunt, lorem adipiscing aliquet tincidunt lorem turpis euismod laoreet. Magna sit id et nisi ipsum nonummy ullamcorper laoreet, ac amet id et nisi pulvinar eget diam ut tempus. Nonummy tellus ante magna feugiat adipiscing euismod nibh aliquam amet eget et, congue feugiat adipiscing ullamcorper nibh donec dolor. Mauris aliquet tincidunt lorem, consectetur euismod mi nisi feugiat elit non lobortis tempus amet, volutpat ante donec pharetra mauris. Aliquet, sed at praesent nunc lorem at tellus tincidunt ac, turpis euismod mi magna feugiat felis diam ut feugiat. Felis et congue feugiat felis ullamcorper lobortis lorem sit eget sem nunc ipsum felis diam nisi sit id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ac pharetra molestie lobortis, aliquam amet non nibh aliquam, amet volutpat, sem tincidunt erat consectetur euismod, laoreet magna feugiat felis ullamcorper massa aliquam nonummy volutpat ante aliquam, non ante. Dolore dolor eget proin dolore pulvinar, mauris sem nunc sed consectetur tellus laoreet ac sit felis ullamcorper ut tempus, nonummy non lobortis tempus eget, proin dolore dolor mauris aliquet tincidunt. Ac turpis tellus et magna feugiat id et congue feugiat felis praesent congue sit mauris praesent ut, nonummy ullamcorper, lobortis aliquam amet volutpat proin, nunc sed at tellus laoreet erat. Consectetur tellus, laoreet magna sit felis ullamcorper lobortis tempus nonummy volutpat ante dolore sed felis diam lobortis tempus nonummy ullamcorper ut ipsum nonummy ullamcorper lobortis tempus nonummy non ante dolore. Dolor mauris sem tincidunt ac consectetur tellus tincidunt erat at pulvinar eget, sem nunc sed consectetur molestie praesent congue feugiat, felis, ullamcorper lobortis, tempus nonummy ullamcorper, ante aliquam amet eget. Amet eget, et dolore ipsum, at tellus mi magna feugiat id, diam, congue feugiat felis diam tincidunt lorem adipiscing, ullamcorper, lobortis tempus turpis ullamcorper tincidunt lorem turpis, id diam ut. Ipsum adipiscing ullamcorper nibh aliquam amet ullamcorper lobortis donec amet euismod ante nisi pulvinar eget proin nisi pulvinar eget, proin nunc, ipsum at sem congue feugiat felis praesent congue sit. Mauris ullamcorper nibh nisi pulvinar eget proin dolore dolor elit aliquet laoreet ac pharetra molestie mi magna feugiat felis diam ut diam congue dolor, mauris praesent congue dolor mauris mi. Congue feugiat mauris aliquet tincidunt lorem at, aliquet, tincidunt lorem at aliquet laoreet magna pulvinar id et nisi tempus amet volutpat, proin dolore ipsum eget, sem massa erat consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna sit mauris mi magna pharetra mauris aliquet congue feugiat felis aliquet tincidunt feugiat, at praesent, tincidunt ac. Turpis, id non ante donec sed at tellus tincidunt erat at tellus tincidunt erat consectetur aliquet massa ac pharetra. Molestie et, ut tempus felis diam congue feugiat, mi magna, dolor mauris praesent congue feugiat adipiscing ullamcorper nibh aliquam. Amet eget et dolore pulvinar eget proin ut pulvinar id et nisi pulvinar, eget et, nisi consectetur volutpat, ante. Donec pharetra molestie mi congue feugiat at aliquet laoreet ac, sit euismod laoreet ac adipiscing aliquet laoreet ac sit. Id pulvinar elit diam nisi sit id, et magna sit id mi magna sit id mi magna, sit felis. Ullamcorper lobortis tempus nonummy volutpat ante nisi dolor elit ipsum elit sem, massa sed at non massa erat nonummy. Tellus ante donec consectetur sem, massa erat pharetra, mauris praesent dolore dolor felis aliquet, congue feugiat mauris ut ipsum. Nonummy tellus laoreet donec sit mauris praesent, congue lorem turpis euismod tincidunt feugiat felis aliquet lobortis aliquam, amet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, adipiscing id et, nisi sit felis diam nisi, sit id. Diam proin massa erat at tellus, laoreet magna pharetra id praesent. Magna, feugiat felis diam ut lorem adipiscing euismod nibh tempus turpis. Volutpat proin dolore dolor pharetra molestie ante dolore lorem adipiscing aliquet. Tincidunt ac turpis euismod laoreet lorem turpis euismod mi magna, sit. Id et ut feugiat felis diam feugiat nonummy ullamcorper lobortis tempus. Amet volutpat nibh tempus, nonummy volutpat proin dolore sed at sem. Nunc erat turpis id et congue ipsum nonummy, proin congue sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper lobortis aliquam pulvinar eget proin dolore pulvinar, eget proin dolore dolor amet volutpat proin dolore, dolor mauris. Praesent, tincidunt lorem, adipiscing tellus tincidunt lorem consectetur tellus laoreet magna feugiat elit sem lobortis erat amet pharetra felis. Diam, ut aliquam pharetra eget praesent, dolore dolor mauris aliquet laoreet lorem consectetur aliquet tincidunt sed consectetur tellus massa. Erat consectetur molestie laoreet ac pharetra sed, nonummy, sem nunc sed nonummy non massa donec dolor felis, aliquet tincidunt. Lorem adipiscing euismod, lobortis nisi pulvinar elit, sem massa erat consectetur volutpat nibh aliquam amet, volutpat ante nisi amet. Eget proin nisi amet volutpat et nisi pulvinar eget tellus laoreet magna feugiat adipiscing ullamcorper lobortis tempus adipiscing euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt magna turpis molestie, mi congue, feugiat. Elit non ante donec dolor eget diam nisi. Ipsum nonummy non massa erat pharetra volutpat mi. Dolore feugiat at ullamcorper nibh, ac amet euismod. Nibh aliquam sit, id et ut consectetur non. Mi magna dolor mauris aliquet, congue dolor adipiscing. Euismod nibh, aliquam amet eget sem massa erat. Consectetur molestie mi magna sit mauris mi, proin. Nunc lorem consectetur aliquet laoreet erat consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar nonummy non ante donec dolor felis ullamcorper congue feugiat felis praesent tincidunt lorem, tincidunt ac turpis id diam ut ipsum elit non nunc, erat nonummy. Volutpat mi donec feugiat at euismod et nisi pulvinar eget proin, ut ipsum elit pulvinar elit diam nunc erat pharetra molestie mi dolore dolor molestie mi congue. Dolor aliquet sem mi, nibh laoreet lobortis congue dolore nisi donec ac nisi dolor at aliquet massa ac sit, felis ullamcorper lobortis aliquam dolor eget dolore, dolor. At elit molestie, mi dolore feugiat at aliquet tincidunt aliquam sit id et nisi, pulvinar id et magna, pulvinar elit sem turpis molestie mi magna feugiat id. Praesent ut tempus nonummy non, lobortis tempus nonummy euismod nibh nisi pulvinar volutpat ante aliquam pulvinar eget proin nunc sed at donec, pharetra mauris praesent nunc sed. At aliquet tincidunt ac turpis id et nisi sit felis ullamcorper lobortis erat amet volutpat massa aliquam amet eget praesent nunc nibh magna sit felis sem ut. Erat pharetra molestie mi tincidunt lorem turpis, euismod et ut ipsum elit, sem ut lorem, turpis euismod mi ac turpis id sem lobortis tempus nonummy volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa tempus nonummy non, ante magna pharetra molestie praesent congue, feugiat turpis euismod nibh nisi pulvinar elit non massa sed. Nonummy tellus ante, ante nunc erat at aliquet laoreet ac sit felis, ullamcorper lobortis aliquam pharetra volutpat nibh dolore dolor at. Praesent, nunc sed consectetur tellus laoreet magna laoreet ac sit molestie et congue feugiat felis diam, ut ipsum felis ullamcorper lobortis. Aliquam amet eget proin donec dolor mauris proin, dolore sed at tellus elit, non nunc erat consectetur tellus massa donec pharetra. Molestie diam tincidunt lorem turpis euismod nibh aliquam, amet volutpat et, nisi pulvinar elit non lobortis tempus amet, eget proin dolore. Dolor elit, aliquet laoreet erat consectetur tellus mi magna feugiat id mi congue, feugiat felis mi congue, lorem adipiscing euismod nibh. Pharetra mauris aliquet tincidunt lorem adipiscing ullamcorper, nibh aliquam pulvinar eget proin massa erat nonummy tellus nunc sed nonummy non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet elit sem massa erat consectetur id diam lobortis tempus, nonummy eget proin dolore dolor mauris aliquet, nunc sed, aliquet. Et nisi ipsum consectetur molestie laoreet ac pharetra, molestie mi magna sit mauris diam tincidunt tempus amet volutpat ante nisi. Dolor at feugiat, elit, non ante donec pharetra eget proin dolore sed, at aliquet tincidunt lorem turpis tellus mi magna. Feugiat elit, ullamcorper lobortis tempus nonummy molestie ante donec sem massa donec consectetur mauris praesent magna pharetra molestie praesent magna. Feugiat felis aliquet tincidunt lorem, turpis euismod laoreet ac adipiscing, ullamcorper nibh ante dolore sed at, aliquet laoreet magna pulvinar. Felis non massa erat amet volutpat ante aliquam nonummy molestie ante donec pharetra eget proin dolore dolor at at aliquet. Mi magna sit felis ullamcorper massa donec pharetra eget praesent dolore dolor at aliquet laoreet ac turpis id diam ut. Tempus nonummy sem lobortis tempus sit id et nisi sit id nibh, ac consectetur id, diam ut tempus elit volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at aliquet congue sed turpis euismod et magna pulvinar. Eget sem massa erat consectetur volutpat ante, erat congue feugiat. Adipiscing euismod laoreet lorem at aliquet laoreet aliquam sit, id. Diam nisi pulvinar felis diam, ut, ipsum nonummy non massa. Erat pharetra ut sed, at non massa, erat pharetra tellus. Praesent tincidunt lorem adipiscing euismod nibh tempus turpis euismod nibh. Aliquam, ipsum at non massa erat, pharetra molestie eget proin. Dolore, sed mauris sem nunc sed at aliquet massa ac. Sit felis diam ut ipsum adipiscing ullamcorper ut tempus nonummy. Non praesent congue feugiat mauris praesent congue feugiat mauris mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam nonummy volutpat ante donec dolor mauris lorem, consectetur id et magna turpis id. Diam ut tempus elit ullamcorper lobortis tempus nonummy, non, ante donec dolor mauris aliquet laoreet. Ac pulvinar ac turpis, molestie mi nisi sit, molestie laoreet congue feugiat felis, diam ut. Lorem nonummy non ante aliquam amet volutpat ante dolore dolor eget proin diam, congue, feugiat. Felis ullamcorper nibh aliquam amet volutpat nibh aliquam amet eget ante tempus adipiscing ullamcorper lobortis. Tempus amet volutpat et, nisi ac, turpis euismod nibh ac turpis euismod et, nisi sit. Eget sem ante donec dolor mauris praesent tincidunt feugiat at aliquet tincidunt lorem turpis euismod. Et nisi mauris, praesent tincidunt magna, sit, id diam, ut tempus nonummy, non massa donec. Dolor, at ullamcorper nibh aliquam sit id et aliquam sit id diam nunc at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et ut tempus amet molestie proin. Congue sed, at aliquet nunc sed mauris. Sem, laoreet ac turpis id laoreet magna. Sit felis diam massa, aliquam amet volutpat. Ante, nunc sed mauris praesent tincidunt lorem. Consectetur tellus laoreet felis aliquet lobortis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra eget proin tincidunt lorem, turpis. Tellus nibh, magna pulvinar felis diam. Pharetra mauris praesent congue feugiat at. Ullamcorper tincidunt sed at aliquet tincidunt. Sed turpis euismod nibh magna sit. Euismod nibh nisi pulvinar, id et. Aliquet laoreet magna feugiat id diam. Nibh aliquam amet eget praesent dolore. Dolor mauris sem nunc erat consectetur. Molestie mi magna feugiat id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nunc sed mauris sem nunc, erat turpis euismod laoreet ac sit, id et congue sit id mi diam lobortis lorem, nonummy volutpat ante aliquam. Dolor mauris sem nunc dolor at sem, nunc erat at aliquet massa ac sit molestie mi congue feugiat mauris nunc erat pharetra mauris mi donec. Dolor, mauris praesent tincidunt lorem at aliquet tincidunt lorem adipiscing tellus congue sed at tellus nibh ac turpis tellus mauris praesent congue feugiat at aliquet. Laoreet ac adipiscing euismod nibh, ac turpis euismod nibh nisi pulvinar elit sem, massa, erat pharetra molestie diam lobortis tempus nonummy ullamcorper massa, donec dolor. At, tellus nibh nisi pulvinar eget sem nunc donec dolor mauris praesent dolore dolor molestie praesent tincidunt lorem adipiscing ipsum nonummy sem nunc erat consectetur. Molestie, mi congue lorem turpis volutpat ante dolore dolor, elit aliquet nunc ipsum at non massa erat consectetur, molestie mi donec praesent magna dolor mauris. Praesent tincidunt lorem adipiscing praesent congue feugiat mauris aliquet lobortis lorem adipiscing, ullamcorper tincidunt lorem, elit non nunc ipsum felis diam, lobortis tempus elit diam. Lobortis erat amet volutpat massa aliquam pharetra eget praesent nunc sed at praesent nunc sed mauris felis sem massa donec pharetra mauris proin congue sed. At praesent congue lorem adipiscing aliquet tincidunt, lorem consectetur aliquet laoreet ac turpis euismod, diam lobortis tempus elit proin nunc sed at tellus mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquam nonummy eget eget proin dolore dolor at aliquet massa, erat consectetur tellus laoreet donec pharetra tellus laoreet erat consectetur tellus. Massa erat consectetur volutpat ante magna feugiat et, congue ipsum felis non massa donec amet eget proin dolore dolor mauris aliquet tincidunt. Lorem turpis id et nisi tempus nonummy volutpat massa donec laoreet ac sit id et ut tempus nonummy non massa erat consectetur. Molestie mi donec amet volutpat ante donec pharetra volutpat massa aliquam nonummy eget pulvinar elit sem massa erat consectetur non ante donec. Consectetur mauris mi dolore dolor mauris, praesent congue sed mauris proin dolore sed mauris proin donec, tempus nonummy volutpat massa erat consectetur. Molestie praesent congue feugiat, at aliquet laoreet feugiat mauris proin dolore dolor at tellus laoreet lorem consectetur tellus tincidunt lorem, dolore, erat. Turpis, felis ullamcorper lobortis donec amet eget ante aliquam nonummy volutpat ante donec pulvinar mauris aliquet tincidunt ac at aliquet pulvinar eget. Proin ut ipsum elit non massa donec pharetra tellus ante, magna feugiat felis diam lobortis tempus turpis, euismod et dolore pulvinar elit. Proin dolore ipsum donec tempus amet volutpat ante donec pulvinar volutpat sem dolore sed at aliquet massa, ac consectetur tellus, laoreet, ac. Pharetra felis diam ut lorem, adipiscing ullamcorper lobortis lorem adipiscing euismod nibh aliquam pulvinar eget proin dolore sed, at, sem massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa magna dolor adipiscing ullamcorper lobortis aliquam dolor eget aliquet massa sed consectetur tellus massa magna sit felis diam lobortis tempus. Nonummy dolor mauris proin nunc dolor at aliquet nunc erat at, aliquet, massa erat pharetra tellus, laoreet magna, pharetra molestie praesent. Congue feugiat adipiscing diam tincidunt tellus laoreet ac, turpis molestie et, congue tempus, adipiscing non nibh aliquam, pharetra volutpat nibh aliquam. Amet mauris aliquet laoreet ac pulvinar id, diam ut tempus elit pharetra id et congue feugiat felis, diam ut feugiat, felis. Ullamcorper lobortis aliquam amet eget proin nisi, pulvinar, eget volutpat mi, tincidunt lorem adipiscing ullamcorper tincidunt lorem turpis id et, nisi. Ipsum, elit non, ante magna, feugiat felis praesent congue feugiat mauris praesent congue feugiat at congue sed at aliquet tincidunt ac. Turpis euismod, laoreet, magna pulvinar id, diam, lobortis erat consectetur non massa donec amet, volutpat proin dolore, dolor mauris praesent dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy volutpat ante donec dolor at tellus laoreet. Magna sit id diam consectetur tellus massa sed. At non, massa donec pharetra felis praesent congue. Feugiat nonummy ullamcorper lobortis aliquam amet volutpat et. Nisi pulvinar eget sem massa erat non massa. Donec pharetra tellus mi congue feugiat, felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus nonummy, non ante erat amet massa aliquam amet molestie proin congue sed at aliquet nunc sed at tellus laoreet ac consectetur tellus. Laoreet magna sit felis et magna sit at ullamcorper laoreet aliquam sit, eget et ut sed consectetur tellus ante magna dolor mauris mi dolore. Feugiat, mauris, aliquet lobortis ac pulvinar eget proin sed consectetur tellus laoreet magna pharetra mauris mi, donec, consectetur molestie mi magna, feugiat felis praesent. Lobortis, ac adipiscing euismod laoreet aliquam amet sem nunc sed nonummy non nunc tempus nonummy non nunc tempus, nonummy non lobortis tempus nonummy ullamcorper. Lobortis erat amet volutpat ante dolore dolor eget proin dolore volutpat ante aliquam nonummy volutpat ante, dolore, sed consectetur aliquet massa dolor elit, sem. Nunc sed consectetur molestie laoreet donec consectetur, tellus laoreet, donec pharetra mauris mi pharetra molestie praesent congue dolor molestie ante donec pharetra molestie proin. Congue ac turpis id, proin nunc erat nonummy non, massa dolor mauris, praesent congue feugiat molestie ante dolore dolor at aliquet lobortis lorem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut lorem nonummy euismod nibh aliquam pulvinar eget ante, dolore dolor elit sem massa, ac turpis molestie mi magna, sit id praesent congue, feugiat. Adipiscing ante donec pulvinar eget proin nunc erat consectetur aliquet tincidunt erat consectetur molestie laoreet, ac pharetra molestie laoreet ac at non massa erat. Pharetra, ante erat consectetur tellus mi donec, pharetra molestie ante erat amet, volutpat ante aliquam amet molestie praesent dolore sed at tellus laoreet ac. Turpis euismod et ut id et ut ipsum amet volutpat ante donec amet molestie praesent, dolore, sed adipiscing euismod nibh nisi ipsum elit sem. Ut tempus nonummy non erat consectetur volutpat ante, donec pharetra molestie praesent dolore sed adipiscing euismod nibh aliquam, turpis euismod, nibh nisi pulvinar elit. Diam nunc tempus consectetur non ante feugiat at aliquet tincidunt ac turpis euismod nibh nisi pulvinar eget diam nisi, pulvinar id, nibh ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc sed consectetur molestie mi ac pharetra molestie praesent ut tempus nonummy non. Ante dolore dolor mauris sem dolore sed consectetur et nisi feugiat felis ullamcorper ut. Ipsum adipiscing ullamcorper, lobortis, tempus amet volutpat ante aliquam amet eget sem nunc lorem. Consectetur euismod, mi ac sit mi congue feugiat id et ut ipsum nonummy ullamcorper. Lobortis aliquam amet eget praesent tincidunt, sed consectetur euismod mi nisi feugiat id diam. Nisi feugiat elit ante dolore sed at tellus laoreet ac sit eget sem nunc. Tempus consectetur, molestie praesent congue lorem turpis ullamcorper lobortis, ac amet id et pulvinar. Eget et nisi pulvinar id diam ut tempus nonummy non nunc tempus nonummy volutpat. Ante dolore feugiat at ullamcorper nibh nisi ipsum, elit proin aliquam nonummy non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis tellus mi ac sit molestie mi magna feugiat felis et consectetur molestie praesent congue lorem adipiscing diam. Lobortis donec pulvinar eget sem tincidunt ac turpis euismod mi ac turpis tellus mi magna pharetra tellus mi tincidunt. Lorem adipiscing id et nisi ipsum elit sem, ut, tempus nonummy volutpat massa donec amet molestie ante donec, pharetra. Mauris aliquet congue sed adipiscing dolore dolor mauris sem tincidunt ac, turpis id mi nisi feugiat elit diam congue. Feugiat felis ullamcorper lobortis aliquam pharetra volutpat proin donec, volutpat proin dolore pulvinar mauris sem tincidunt sed at molestie. Mi, magna turpis, id et congue ipsum felis, ullamcorper lobortis tempus adipiscing non ante donec pulvinar eget, nunc dolor. Mauris sem nunc sed consectetur, tellus laoreet magna pharetra molestie mi magna feugiat felis diam ut feugiat mauris praesent. Tincidunt lorem adipiscing ullamcorper tincidunt lorem aliquet, tincidunt ac amet volutpat proin aliquam turpis, id, proin nisi ipsum elit. Sem nunc erat pharetra molestie, ante, donec non massa erat, pharetra molestie ante donec pharetra molestie proin dolore dolor. At aliquet congue lorem adipiscing tellus laoreet lorem consectetur euismod laoreet ac consectetur euismod mi feugiat felis ullamcorper ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante congue pharetra mauris aliquet laoreet magna sit laoreet, lorem. Sit euismod et, nisi feugiat elit diam ut, ipsum felis. Diam ut ipsum adipiscing non nibh donec amet volutpat ante. Donec dolor eget lorem adipiscing ullamcorper lobortis tempus adipiscing ullamcorper. Lobortis, ac turpis euismod nibh ac, adipiscing tellus laoreet lorem. At aliquet nunc sed at aliquet tincidunt erat sem tincidunt. Sed turpis, molestie mi magna, sit id et congue feugiat. Adipiscing non nibh donec amet euismod nibh tempus nonummy volutpat. Proin amet volutpat et nisi pulvinar eget sem massa sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing nonummy molestie praesent congue lorem felis lobortis ac amet euismod laoreet ac turpis id, et nisi ipsum elit non massa erat nonummy sem massa erat nonummy. Non massa, tempus elit ullamcorper feugiat id mi ac sit felis diam ut tempus nonummy volutpat ante donec pulvinar eget proin nisi amet euismod nibh ac turpis. Euismod lobortis aliquam ullamcorper laoreet ac adipiscing tellus tincidunt lorem adipiscing tellus tincidunt lorem at aliquet tincidunt ac turpis molestie et magna sit id et magna feugiat. Ullamcorper lobortis lorem nonummy non nibh dolore, dolor mauris aliquet tincidunt erat at tellus tincidunt, erat turpis id, et congue feugiat, adipiscing ullamcorper lobortis ipsum adipiscing congue. Feugiat adipiscing diam tincidunt feugiat felis diam, tincidunt tempus turpis ullamcorper nibh ac amet id proin, nisi pulvinar eget proin ut ipsum nonummy sem massa sed sem. Nunc erat consectetur molestie ante dolore dolor, mauris aliquet lobortis lorem turpis euismod nibh ac turpis id proin nisi sit id diam ipsum nonummy volutpat mi magna. Feugiat adipiscing volutpat et, dolore ipsum elit non laoreet erat pharetra molestie mi, magna feugiat felis ullamcorper tincidunt tempus nonummy ullamcorper nibh amet volutpat et nisi pulvinar. Elit aliquet massa erat pharetra molestie laoreet erat consectetur tellus massa, erat pharetra molestie diam tincidunt lorem adipiscing ullamcorper tincidunt feugiat adipiscing, congue dolor, at praesent tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc dolor mauris aliquet, laoreet magna tellus tincidunt erat. Turpis id mi ac turpis tellus mi ac pharetra. Id diam ut ipsum, amet volutpat, nibh, aliquam amet. Volutpat, ante nisi pulvinar tempus amet eget proin dolore. Ipsum elit tellus laoreet ac pharetra id praesent, congue. Feugiat felis diam ut lorem adipiscing euismod nibh tempus. Adipiscing elit ullamcorper lobortis ipsum felis diam ut feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur molestie, praesent congue lorem adipiscing ullamcorper, nibh aliquam dolore dolor molestie mi dolore, pharetra non massa dolore, dolor at praesent congue lorem, adipiscing tellus. Nibh nisi pulvinar, felis et nisi sit, felis sem ut dolore sed at tellus mi congue sit molestie mi magna pharetra tellus ante magna sit. Mauris praesent magna feugiat felis aliquet tincidunt lorem adipiscing, ullamcorper ullamcorper massa aliquam amet volutpat nibh aliquam pharetra mauris praesent, nunc sed eget proin dolore. Sed consectetur euismod laoreet ac turpis tellus mi feugiat felis diam ut ipsum nonummy ullamcorper lobortis lorem felis ullamcorper lobortis lorem felis ullamcorper lobortis aliquam. Amet volutpat, et dolore ipsum elit sem nunc erat consectetur non nibh aliquam amet volutpat ante dolore dolor eget proin dolore dolor at tellus laoreet. Ac turpis tellus laoreet erat consectetur tellus laoreet magna sit mauris diam tempus nonummy, euismod nibh aliquam pulvinar, eget proin, tincidunt erat consectetur molestie diam. Lobortis tempus nonummy volutpat, ante donec amet elit sem nunc erat, consectetur volutpat mi magna, pharetra mauris praesent tincidunt ac amet id et, nisi ipsum. Elit non nunc erat nonummy, non ante donec sit, magna dolor adipiscing ullamcorper nibh aliquam amet volutpat, proin dolore, ipsum at tellus laoreet donec sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tincidunt lorem turpis ullamcorper, lobortis aliquam. Turpis euismod nibh aliquam amet euismod nibh. Nisi pulvinar eget proin ut ipsum amet. Eget proin nisi pulvinar volutpat, ante dolore. Sed elit aliquet massa erat pharetra molestie. Mi magna sit id praesent congue feugiat. Felis, ullamcorper nibh ut ipsum elit, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed, at, sem massa ac sit, felis diam ut lorem, felis diam, ut amet volutpat ante nisi pulvinar at proin dolore dolor eget sem nunc sed elit sem massa. Erat consectetur tellus laoreet donec sit mauris praesent donec, ac sit id et nisi sit molestie, mi magna sit molestie mi magna, sit id diam congue lorem adipiscing ullamcorper lobortis. Lorem felis praesent congue lobortis ipsum nonummy non massa erat, amet volutpat massa aliquam amet non lobortis aliquam nonummy volutpat ante dolore sed consectetur tellus mi magna turpis dolor, elit. Aliquet massa erat consectetur molestie mi magna, sit id diam ut feugiat adipiscing ullamcorper lobortis tempus turpis volutpat lobortis lorem, felis praesent congue feugiat eget sem nisi pulvinar id et. Nisi pulvinar eget diam nunc tempus elit non ante donec pharetra, molestie praesent congue lorem turpis euismod, nibh aliquam, amet id nisi pulvinar eget sem ut ipsum elit sem massa. Tempus nonummy non massa tempus nonummy non massa erat pharetra molestie proin dolore sed at proin nunc sed consectetur molestie ante, donec dolor mauris aliquet tincidunt lorem adipiscing euismod lobortis. Lorem amet euismod nibh, aliquam, amet euismod nibh ac turpis id diam congue feugiat adipiscing, euismod nibh nisi pulvinar, eget proin dolore pulvinar elit sem nunc, ipsum at non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut lorem adipiscing diam lobortis tempus turpis euismod et, aliquam dolor elit aliquet massa ac pharetra, molestie praesent congue id praesent congue lorem adipiscing. Euismod, ante, nisi pulvinar eget ante nisi pulvinar eget, sem massa erat at tellus nunc ipsum elit non massa magna adipiscing ullamcorper lobortis aliquam. Amet, volutpat ante nunc sed at sem massa sed at aliquet massa erat at tellus laoreet erat pharetra mauris praesent congue lorem adipiscing proin. Nunc erat consectetur tellus massa erat consectetur tellus laoreet ac sit id diam congue sit felis diam ut lorem, adipiscing ullamcorper nibh ac sit. Id et, nisi feugiat id et ut tempus adipiscing non massa donec pharetra eget praesent dolore dolor mauris aliquet tincidunt lorem consectetur tellus, laoreet. Ac amet volutpat ante dolore dolor mauris praesent congue sed at tellus nibh nisi sit eget diam ut ipsum nonummy non massa, erat amet. Molestie ante dolore, pharetra praesent congue sed at tellus, laoreet ac, turpis, euismod et, nisi ipsum elit volutpat mi magna dolor molestie mi donec. Turpis, id et nisi pulvinar, eget et nisi pulvinar elit non massa, erat pharetra molestie, ante, donec, dolor mauris praesent dolore dolor mauris praesent. Tincidunt ac amet adipiscing ullamcorper nibh tempus nonummy ullamcorper ante aliquam dolor mauris sem nunc sed elit aliquet laoreet erat consectetur tellus mi, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sem massa ipsum nonummy tellus. Ante congue feugiat felis aliquet lobortis. Aliquam pulvinar eget proin ipsum eget. Sem massa sed at tellus laoreet. Erat consectetur tellus mi magna dolor. Mauris mi congue feugiat mauris mi. Dolore pharetra mauris proin donec mauris. Aliquet laoreet, ac turpis id et. Nisi pulvinar elit sem nunc tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At tellus laoreet nisi molestie laoreet, ac pharetra, tellus mi magna sit felis diam ut lorem adipiscing, ullamcorper nibh. Aliquam pulvinar eget sem, dolore pulvinar volutpat proin dolore id proin nunc erat consectetur tellus mi magna feugiat felis. Diam tincidunt lorem, adipiscing ullamcorper lobortis aliquam turpis euismod et nisi pulvinar elit proin dolore aliquam amet volutpat proin. Nunc, sed at aliquet tincidunt lorem consectetur tellus mi ac, sit, felis diam lobortis tempus, amet volutpat ante donec. Sed id diam ut, sed nonummy tellus massa donec pharetra mauris praesent congue feugiat mauris praesent congue feugiat adipiscing. Ullamcorper laoreet ac sit euismod, nibh ac sit et nisi pulvinar id diam ut ipsum elit non lobortis erat. Pharetra molestie, proin donec pharetra mauris praesent, tincidunt ac turpis tellus laoreet lorem turpis euismod, laoreet magna pharetra mauris. Aliquet lobortis aliquam amet, eget, proin dolore ipsum at non, diam, praesent nibh nunc donec tempus pulvinar, sit nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nibh, nunc massa congue aliquam sed sit nonummy turpis nonummy molestie ullamcorper, tellus laoreet magna sit, elit turpis id et congue sit id. Diam lobortis aliquam nonummy ullamcorper lobortis tempus nonummy euismod ante donec amet, volutpat ante dolore pulvinar eget sem, aliquet lobortis ac turpis, ullamcorper laoreet. Ac turpis tellus nibh, aliquam pulvinar eget diam, nunc, erat consectetur volutpat mi congue, lorem adipiscing ullamcorper congue feugiat adipiscing ullamcorper ut ipsum elit. Sem, nunc erat consectetur tellus ante erat pharetra molestie ante erat nonummy, non lobortis erat amet, volutpat ante donec pharetra elit non massa sed. Elit non nunc, tempus nonummy tellus, massa erat pharetra molestie mi dolore dolor mauris praesent, congue, lorem turpis id et ut ipsum, eget, magna. Pulvinar nonummy non massa donec consectetur molestie ante dolore feugiat molestie, praesent tincidunt lorem at ullamcorper laoreet ac sit id nibh, aliquam sit eget. Diam nunc lorem turpis volutpat, ante nisi pulvinar consectetur sem dolore pulvinar id et nisi ipsum elit sem nunc sed eget diam pulvinar elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris praesent congue feugiat mauris aliquet lobortis aliquam pulvinar pharetra eget proin dolore sed, at aliquet laoreet lorem turpis euismod laoreet magna sit id. Et nisi, sit felis ullamcorper ut ipsum nonummy non nibh tempus erat, consectetur molestie praesent congue feugiat, adipiscing, ullamcorper tincidunt lorem turpis euismod nibh dolore. Ipsum at non laoreet congue feugiat felis diam ut lorem ipsum, felis diam ut tempus, consectetur volutpat ante erat, pharetra, mauris aliquet lobortis lorem at. Aliquet, laoreet ac turpis id nibh magna sit eget volutpat nibh nisi pulvinar eget sem nunc, sed at, aliquet laoreet erat pharetra molestie praesent magna. Feugiat, felis ullamcorper ut lorem adipiscing ullamcorper lobortis lorem felis ullamcorper mauris ullamcorper lobortis aliquam amet euismod nibh nisi ipsum elit non massa erat consectetur. Tellus mi magna feugiat mauris diam congue dolor felis praesent dolore feugiat feugiat felis diam lobortis aliquam amet volutpat ante donec pulvinar mauris proin tincidunt. Ac sit id et magna sit id non tempus amet eget, ante donec pharetra eget proin, dolore, dolor mauris sem nunc sed at aliquet laoreet. Magna sit felis et ut ipsum, adipiscing non ante aliquam volutpat ante dolore pulvinar mauris aliquet, tincidunt, ac consectetur, tellus mi erat consectetur molestie, mi. Congue feugiat, elit ullamcorper lobortis aliquam nonummy eget proin dolore dolor aliquet tincidunt, dolor mauris sem tincidunt erat consectetur, id et nisi ipsum nonummy non. Ante dolore dolor mauris praesent, tincidunt lorem adipiscing aliquet tincidunt ac turpis id nisi feugiat, felis non massa tempus elit non massa tempus amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem adipiscing euismod nibh aliquam nonummy eget. Sem tincidunt erat, turpis molestie mi ac sit. Id ullamcorper, lobortis tempus amet, volutpat nibh ac. Consectetur id et ut ipsum nonummy sem, massa. Donec dolor mauris praesent congue feugiat at aliquet. Laoreet ac sit eget proin ut ipsum sed. Consectetur, aliquet tincidunt erat consectetur tellus tincidunt ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod laoreet ac turpis euismod nibh nisi, sit felis diam lobortis tempus nonummy ullamcorper nibh nisi dolor. Elit sem nunc, erat consectetur aliquet laoreet magna sit id praesent congue feugiat mauris, mi congue sed consectetur. Tellus laoreet, ac turpis tellus laoreet ac turpis tellus, laoreet ac, consectetur tellus laoreet magna sit felis diam. Ut lorem nonummy volutpat ante mi congue lorem, adipiscing euismod nibh aliquam pulvinar id et nisi ipsum at. Tellus mi magna sit molestie mi magna feugiat adipiscing euismod, tempus turpis volutpat et nisi pulvinar id et. Nisi, ipsum elit, sem massa erat consectetur tellus massa erat nonummy tellus massa donec consectetur molestie mi dolore. Pharetra turpis id et congue pharetra, molestie, laoreet donec, pharetra molestie mi magna sit molestie, mi congue feugiat. Felis ullamcorper lobortis tempus adipiscing ullamcorper lobortis ac turpis euismod, massa donec sit id praesent congue, feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa donec pharetra felis praesent dolore ipsum. At non, massa ac sit id diam lobortis. Tempus nonummy, euismod lobortis lorem nonummy euismod nibh. Nisi dolor at aliquet nunc ipsum at laoreet. Ac consectetur molestie, mi congue lorem nonummy non. Proin nunc lorem turpis tellus laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam congue tempus nonummy non. Proin congue pharetra eget proin dolore. Dolor, mauris sem tincidunt sed at. Aliquet tincidunt erat at sem nunc. Dolore feugiat at, ullamcorper, laoreet, lorem. Turpis, id sem ut tempus, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem tincidunt ac turpis molestie laoreet ac amet non ante congue sed at aliquet tincidunt lorem adipiscing tellus laoreet lorem at tellus tincidunt sed elit aliquet tincidunt ac turpis tellus. Mi magna non massa donec consectetur tellus massa erat nonummy, non nunc tempus nonummy sem ut erat nonummy non lobortis, tempus amet non proin dolore dolor, mauris felis, praesent ut. Feugiat adipiscing euismod ante donec pulvinar eget ante nisi dolor at aliquet massa erat consectetur aliquet massa sed elit, sem massa tincidunt lorem adipiscing aliquet tincidunt lorem consectetur aliquet laoreet. Ac, sit id, diam lobortis tempus amet volutpat ante, donec amet volutpat ante donec dolor mauris proin ac turpis euismod mi ac pulvinar elit diam lobortis, tempus nonummy volutpat ante. Dolore sed adipiscing, ullamcorper laoreet ac turpis aliquet tincidunt ac consectetur sem tincidunt lorem nonummy non massa donec amet molestie, ante dolore, pharetra, molestie ante donec pharetra eget proin dolore. Dolor mauris praesent donec dolor elit diam ut ipsum elit sem ut tempus, nonummy volutpat ante donec, nonummy ullamcorper ut ipsum adipiscing ullamcorper ut tempus nonummy volutpat ante nisi amet. Volutpat ante magna, feugiat felis et congue feugiat id et congue feugiat adipiscing ullamcorper nibh aliquam amet mauris proin, nunc dolor, consectetur euismod laoreet, ac turpis id et magna, pharetra. Molestie, praesent congue sed at praesent nunc sed adipiscing tellus laoreet ac sit id mi ac turpis id diam ut ipsum felis diam lobortis ipsum, adipiscing ante dolore, pharetra, eget. Praesent nunc sed mauris aliquet, mi magna sit id diam ut ipsum elit non massa tempus adipiscing non ante donec pharetra eget proin dolor mauris proin nunc sed at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc turpis id et congue ipsum nonummy non nibh donec pulvinar eget praesent dolore sed, consectetur tellus mi. Nisi sit felis diam ut, feugiat elit non aliquam pharetra eget, ante donec, dolor at, tellus laoreet ac turpis. Tellus, laoreet ac turpis tellus mi nisi ipsum nonummy ullamcorper lobortis tempus felis diam et ut, ipsum eget diam. Nunc erat consectetur tellus ante donec dolor mauris praesent congue, feugiat adipiscing aliquet nibh ac, amet id, nibh aliquam. Sit euismod, et ante donec pulvinar eget sem tincidunt erat, consectetur tellus massa erat consectetur molestie, mi, congue, ipsum. Adipiscing ullamcorper lobortis tempus nonummy non, ante lorem turpis euismod mi magna sit id et nisi ipsum nonummy non. Ante dolore dolor mauris praesent dolore pharetra mauris aliquet tincidunt lorem consectetur tellus mi magna elit, diam lobortis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie mi magna pharetra molestie laoreet donec sit. Mauris eget diam nunc tempus, nonummy, volutpat ante dolore. Feugiat mi nibh nunc ac erat sit nonummy eget. Tellus sem praesent ante nunc ac tempus dolor congue. Ut magna ipsum amet turpis eget molestie euismod proin. Mi massa lobortis nisi ac erat feugiat, pulvinar feugiat. Pharetra at id tellus laoreet magna adipiscing ullamcorper lobortis. Tempus nonummy euismod lobortis, tempus turpis euismod nibh aliquam. Amet volutpat proin dolore, ipsum elit non massa sed. Nonummy, non nibh donec amet euismod ante nisi amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquam amet elit proin nunc sed at. Non magna sit mauris ante, magna pharetra molestie. Mi magna pharetra molestie mi dolore dolor at. Euismod, nibh aliquam turpis id et aliquam sit. Id diam ut lorem adipiscing euismod lobortis tempus. Turpis volutpat, sem massa erat elit sem massa. Ac, sit id mi magna pharetra id praesent. Congue lorem adipiscing tellus mi magna turpis id. Diam ut ipsum, elit ullamcorper massa aliquam amet. Eget proin dolore dolor mauris aliquet tincidunt ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna feugiat felis ullamcorper lobortis aliquam turpis, euismod laoreet aliquam amet euismod nibh aliquam sit euismod laoreet ac turpis tellus nibh nibh, nisi feugiat id et nisi. Feugiat elit ullamcorper lobortis tempus adipiscing ullamcorper lobortis tempus amet eget proin, dolore dolor mauris sem nunc sed consectetur felis, praesent congue lorem adipiscing ullamcorper laoreet aliquam. Sit eget sem massa donec sit mauris praesent congue dolor mauris diam tincidunt lorem adipiscing aliquet tincidunt, ac amet dolore ipsum elit proin nisi, ipsum eget sem. Nunc erat consectetur tellus ante donec consectetur volutpat massa erat amet volutpat ante donec pharetra aliquet tincidunt lorem, at aliquet nunc lorem adipiscing aliquet tincidunt lorem turpis. Euismod mi erat consectetur tellus tincidunt erat turpis molestie laoreet ac pharetra molestie praesent magna molestie mi magna, feugiat mauris diam lobortis tempus, turpis volutpat nibh nisi. Dolor consectetur, molestie mi, magna feugiat felis et congue feugiat, adipiscing euismod nibh magna sit euismod nibh nisi sit felis, sem massa erat amet molestie ante dolore. Dolor, mauris proin dolore dolor eget, praesent nunc, sed at aliquet ut tempus nonummy non ante erat consectetur volutpat ante donec dolor at, ullamcorper nibh aliquam pulvinar. Eget, proin ut ipsum elit sem ut ipsum, nonummy non massa tincidunt ac turpis id et ut ipsum nonummy, non massa aliquam pharetra volutpat proin nunc sed. Consectetur, tellus laoreet lorem turpis euismod laoreet ac turpis, molestie et proin nunc ipsum at non nunc lobortis aliquam amet, eget praesent nunc sed at sem tincidunt. Erat sit felis diam lobortis, tempus nonummy ullamcorper massa aliquam pharetra at sem massa erat nonummy non nunc ipsum elit non massa erat consectetur molestie mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat pharetra molestie praesent ut lorem nonummy. Ullamcorper lobortis aliquam, pulvinar mauris sem laoreet erat. Consectetur nunc, ac turpis molestie laoreet ac pharetra. Id praesent magna sit mauris, diam ut lorem. Adipiscing euismod nibh tempus turpis euismod nibh aliquam. Pulvinar eget nisi pulvinar elit non massa donec. Sit adipiscing non, nibh, aliquam amet volutpat ante. Dolore sed mauris sem tincidunt sed at, tellus. Mi magna sit felis non tellus mi, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar felis et ut ipsum elit non, massa, donec, dolor mauris, praesent tincidunt at praesent tincidunt ac, turpis id et magna sit, eget, sem nunc tempus. Elit, sem lobortis erat nonummy, non ante dolore pharetra molestie proin dolore dolor eget et ut ipsum elit diam ut ipsum nonummy non lobortis erat consectetur. Volutpat mi tincidunt lorem adipiscing id et nisi pulvinar eget proin ut id diam nunc, ipsum nonummy non ante, donec dolor volutpat mi dolore lorem turpis. Id et nisi, pulvinar eget proin ut sed consectetur volutpat ante donec pulvinar mauris sem nunc sed at tellus massa erat turpis molestie laoreet magna sit. Id, diam lobortis tempus amet volutpat proin dolore sed mauris non massa erat pharetra molestie mi congue feugiat at aliquet tincidunt lorem adipiscing ullamcorper tincidunt sed. Adipiscing, euismod nibh magna, sit id et nisi sit id et congue feugiat adipiscing ullamcorper tincidunt lorem at, aliquet tincidunt lorem adipiscing tellus tincidunt lorem, consectetur. Euismod nibh magna sit euismod ante donec pharetra, molestie mi dolore dolor volutpat, ante donec nonummy non nibh donec dolor at aliquet nunc lorem consectetur aliquet. Nunc erat at sem dolore dolor id et, magna, sit id praesent congue ipsum adipiscing, non ante donec pulvinar, volutpat nibh tempus nonummy volutpat ante aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pharetra molestie laoreet sed at non massa erat consectetur. Tellus mi congue feugiat felis diam tincidunt feugiat dolore feugiat. Adipiscing euismod et dolore ipsum at sem massa sed nonummy. Non massa erat nonummy, non massa erat consectetur non massa. Erat consectetur sit id et congue ipsum adipiscing ullamcorper lobortis. Tempus pharetra volutpat, ante donec pulvinar volutpat proin nunc lorem. At tellus laoreet magna feugiat id diam ut feugiat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante dolore sed consectetur tellus nibh nisi, ipsum nonummy volutpat ante donec pharetra, molestie congue lorem at. Ullamcorper, nibh nisi ipsum, eget diam ut erat consectetur tellus massa donec pharetra molestie, mi dolore dolor felis. Praesent congue feugiat feugiat id mi magna sit felis praesent magna sit mauris praesent congue dolor molestie mi. Magna feugiat felis, praesent congue feugiat at aliquet congue lorem adipiscing euismod mi magna pharetra molestie mi donec. Pharetra tellus massa, erat pharetra molestie mi congue dolor mauris ante donec dolor mauris praesent dolore dolor praesent. Dolore dolor at, tellus nibh magna sit id et magna sit id et nisi feugiat felis diam lobortis. Aliquam pharetra at ullamcorper laoreet ac at tellus ullamcorper lobortis aliquam turpis ullamcorper lobortis aliquam amet eget proin. Dolore sed consectetur tellus mi congue sit felis diam ut lorem felis ullamcorper nibh donec, pulvinar, eget dolore. Dolor elit proin dolore pulvinar elit, aliquet massa ac pharetra molestie diam ut lorem adipiscing ullamcorper nibh donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec dolor adipiscing ullamcorper lobortis ac turpis ullamcorper, laoreet ac turpis id, praesent congue feugiat adipiscing ullamcorper nibh. Aliquam turpis, volutpat, ante nisi, amet elit aliquet, nunc sed consectetur molestie et magna feugiat felis diam lobortis magna. Sit eget, sem massa tempus nonummy sem lobortis, donec pharetra molestie mi dolore feugiat at aliquet tincidunt ac turpis. Id nibh aliquam turpis euismod nibh magna nonummy, non lobortis, tempus consectetur non massa erat nonummy, volutpat ante aliquam. Pharetra mauris praesent dolore pharetra eget proin nunc sed at aliquet massa, erat consectetur non lobortis erat pharetra volutpat. Massa donec pharetra molestie ante donec pharetra eget proin donec, pulvinar eget proin dolore sed at aliquet nunc dolor. Molestie et congue ipsum elit ullamcorper lobortis ipsum nonummy non nibh aliquam amet eget praesent laoreet, ac sit id. Et ut, tempus nonummy sem lobortis ipsum nonummy aliquet congue dolor mauris praesent congue sed, adipiscing euismod nibh nisi. Pulvinar elit sem massa donec dolor molestie mi aliquam pulvinar id proin dolore ipsum at non massa erat, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam ut feugiat felis praesent congue feugiat adipiscing euismod nibh aliquam amet euismod nibh ac. Sit eget, diam ut ipsum nonummy non massa erat consectetur mauris molestie, mi magna turpis molestie. Mi ac sit id mi congue sit id diam congue sit mauris praesent magna dolor mauris. Praesent congue dolor mauris id, ullamcorper lobortis tempus adipiscing ullamcorper lobortis ipsum, nonummy volutpat nibh aliquam. Pulvinar eget proin dolore, dolor, mauris aliquet nunc sed consectetur tellus laoreet erat at nunc ipsum. Elit sem, nunc sed consectetur tellus, massa donec sit, mauris diam tincidunt dolor mauris praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem amet id, et ut ipsum eget, et aliquam pulvinar id, et nisi pulvinar felis diam nisi pulvinar felis diam lobortis tempus turpis id nibh aliquam amet euismod. Et nisi pulvinar eget et, ac sit euismod et ac sit euismod et nisi feugiat, felis diam ut, ipsum pulvinar eget proin nisi sit id nibh, nisi sit. Euismod nibh magna turpis tellus laoreet ac, turpis id et nisi, feugiat, felis, diam congue feugiat id, id et aliquam sit eget et ut tempus nonummy non lobortis. Erat pharetra mauris, aliquet tincidunt lorem adipiscing ullamcorper tincidunt aliquam amet euismod ullamcorper nibh tempus amet volutpat ante nisi, dolor mauris sem nunc, erat at aliquet massa erat. Pharetra id diam lobortis ipsum adipiscing diam, lobortis tempus nonummy euismod tempus amet, eget ante nisi pulvinar elit tellus mi magna feugiat felis diam ut tempus nonummy non. Ante donec dolor at tellus laoreet lorem consectetur euismod ut tempus nonummy volutpat ante erat nonummy non massa aliquam amet volutpat massa aliquam amet volutpat, ante donec sed. Consectetur non ante donec pharetra molestie, mi donec pharetra molestie proin aliquam pharetra molestie proin donec pharetra eget proin donec pulvinar volutpat proin dolore, dolor at sem nunc. Ipsum nonummy ullamcorper ut tempus nonummy non lobortis tempus amet, non nibh aliquam pharetra mauris praesent tincidunt lorem turpis id et magna feugiat felis diam, ut, ipsum ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac pharetra id diam magna feugiat mauris ullamcorper lobortis. Nisi pulvinar nonummy, non massa tempus nonummy non massa tempus. Amet molestie proin dolore pharetra at praesent nunc sed at. Aliquet laoreet lorem at aliquet, lobortis erat pharetra volutpat mi. Congue dolor molestie, proin dolore sed, at, aliquet laoreet, ac. Turpis eget, diam massa donec pharetra molestie aliquet tincidunt lorem. Aliquet lobortis ac, amet id et ut ipsum elit non. Massa erat, consectetur tellus massa erat consectetur volutpat praesent tincidunt. Lorem turpis aliquet feugiat at ullamcorper laoreet nisi amet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, nunc sed, at euismod nibh magna, pulvinar felis turpis molestie mi nisi, ipsum elit ullamcorper massa donec pharetra volutpat aliquet tincidunt, lorem adipiscing tellus laoreet ac sit id et. Ut ipsum nonummy volutpat erat pharetra mauris praesent congue lorem adipiscing euismod, laoreet lorem adipiscing aliquet laoreet magna sit id et ut ipsum elit sem lobortis ipsum, felis diam congue. Et, ut tempus, nonummy volutpat massa erat amet volutpat ante donec, pharetra mauris praesent nunc sed at aliquet, nunc ac, sit id et, lobortis ac amet euismod nibh ac turpis. Euismod et aliquam turpis tellus laoreet lorem, turpis, tellus tincidunt ac consectetur aliquet tincidunt erat consectetur aliquet massa sed at nibh ac sit euismod laoreet lorem consectetur tellus laoreet ac. Turpis euismod laoreet ac sit id diam congue ipsum felis ullamcorper lobortis tempus amet eget proin donec, pharetra felis praesent tincidunt lorem adipiscing euismod nibh aliquam pulvinar eget et ut. Sed pharetra, id praesent magna pharetra, mauris nunc erat pharetra molestie praesent dolore dolor at ullamcorper nibh aliquam amet eget proin ut ipsum elit non massa erat consectetur molestie ante. Congue feugiat adipiscing ullamcorper at aliquet laoreet ac pharetra, id mi magna feugiat felis diam ut tempus nonummy euismod nibh aliquam dolor elit sem tincidunt erat at aliquet massa sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet laoreet, magna sit id diam lobortis tempus elit diam, ut tempus. Congue tempus, amet volutpat lobortis aliquam amet volutpat praesent tincidunt ac turpis. Euismod et nisi ipsum nonummy non ante dolore feugiat, mauris praesent, dolore. Et massa sed nonummy non massa donec dolor mauris praesent tincidunt feugiat. Adipiscing euismod proin dolore sed at molestie mi, donec feugiat felis diam. Aliquet, mi, ac pulvinar felis et nisi feugiat elit ullamcorper, massa aliquam. Nonummy ullamcorper massa donec pharetra mauris praesent tincidunt sed consectetur tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis erat amet non ante donec dolor at, aliquet laoreet magna sit id et turpis elit sem dolore dolor, elit sem massa erat pharetra, id diam nibh. Donec pharetra mauris aliquet tincidunt ac turpis, euismod diam lobortis tempus consectetur volutpat amet id, proin ut ipsum eget proin ut sed elit non, massa erat nonummy non. Massa donec pharetra, mauris praesent congue feugiat at praesent tincidunt dolor mauris praesent, dolore dolor mauris, proin donec dolor at tellus laoreet ac turpis tellus massa erat consectetur. Molestie, laoreet ac sit felis sed at aliquet laoreet ac at sem nunc dolor elit sem tincidunt erat turpis id mi magna sit id praesent congue feugiat felis. Diam lobortis tempus nonummy nisi pulvinar eget proin nisi pulvinar eget et nisi amet id et nisi turpis id, et nisi pulvinar eget diam nunc sed elit sem. Massa, tempus donec feugiat adipiscing ullamcorper nibh, aliquam pulvinar eget et nisi pulvinar eget diam, ut ipsum elit diam ut ipsum felis et nisi sit id mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nunc tempus consectetur, mauris diam. Tincidunt lorem turpis volutpat, et nisi. Amet elit lorem turpis id diam. Nunc erat consectetur molestie, mi tincidunt. Lorem turpis, ullamcorper nibh nisi pulvinar. Eget sem nunc sed at molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing euismod nibh tempus turpis euismod nibh nisi dolor elit aliquet laoreet erat consectetur non massa ac pharetra tellus mi mauris sem nunc, sed at aliquet nunc. Sed elit sem massa erat consectetur, tellus laoreet, ac pharetra id diam ut lorem nonummy ullamcorper lobortis lorem nunc erat at aliquet massa ac turpis molestie et congue. Feugiat adipiscing ullamcorper ut tempus, amet, volutpat ante dolore pulvinar eget proin dolore, dolor elit sem nunc non lobortis tempus nonummy ullamcorper lobortis, tempus amet volutpat ante donec. Pulvinar mauris sem nunc dolor mauris, aliquet tincidunt ac consectetur tellus massa tincidunt ac amet id et, ut ipsum id et ut ipsum elit sem massa erat consectetur. Molestie praesent congue lorem turpis volutpat et aliquam amet euismod sit id nibh magna sit euismod et nisi ipsum elit non massa erat pharetra molestie ante donec pharetra. Volutpat praesent congue lorem adipiscing euismod, nibh magna pulvinar adipiscing ullamcorper tincidunt ac adipiscing ullamcorper laoreet dolore pulvinar eget nibh aliquam sit euismod nibh nisi, sit euismod laoreet. Ac aliquet congue dolor molestie mi dolore dolor, mauris proin donec dolor consectetur, pharetra pulvinar sit amet molestie proin donec dolor eget proin dolore dolor mauris praesent nunc. Nunc, congue feugiat adipiscing ullamcorper nibh nisi pulvinar eget, proin dolore sed, consectetur molestie massa sed nonummy non ante erat consectetur, molestie, mi congue feugiat mauris ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet, tincidunt ac turpis tellus, nibh magna sit sem tincidunt erat, consectetur molestie et congue. Feugiat adipiscing ullamcorper nibh aliquam nonummy non nibh aliquam amet euismod nibh nisi, pulvinar eget nibh. Nisi dolor eget proin nisi pulvinar, eget proin ut sed nonummy, non massa erat consectetur tellus. Praesent, lobortis, tempus turpis euismod et nisi pulvinar eget sem nunc congue lorem adipiscing tellus nibh. Aliquam sit id diam nunc tempus nonummy volutpat ante erat nonummy volutpat mi congue lorem at. Aliquet, sed consectetur tellus ante erat pharetra mauris, praesent tincidunt lorem adipiscing aliquet, tincidunt ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar elit volutpat sem tincidunt ac pulvinar nonummy. Non massa dolore, dolor mauris ante donec pharetra. Molestie proin, donec lorem turpis aliquet tincidunt lorem. Adipiscing tellus, pharetra molestie mi congue lorem adipiscing. Euismod proin dolore pulvinar, eget proin ut sed. Consectetur molestie praesent ut lorem felis praesent magna. Pharetra molestie, praesent felis diam congue ipsum adipiscing. Ullamcorper, massa tempus, amet volutpat proin dolore sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar mauris sem nunc laoreet, ac ipsum id et congue feugiat, felis ullamcorper. Nibh aliquam nonummy non ante donec dolor mauris sem tincidunt erat consectetur molestie. Mi nisi feugiat laoreet lorem, turpis id et ut pulvinar eget sem nunc. Ipsum nonummy volutpat ante erat, nonummy non, massa erat nonummy non ante donec. Amet mauris pulvinar eget et nisi pulvinar felis, diam ut tempus, consectetur volutpat. Mi, dolore feugiat at praesent congue feugiat adipiscing, euismod et aliquam sit, id. Diam ut, dolore sed at aliquet nunc, sed at aliquet, laoreet ac consectetur. Molestie mi congue ipsum felis praesent magna pharetra molestie mi magna feugiat nibh. Nisi, pulvinar, elit sem dolore ipsum eget et aliquam amet ullamcorper laoreet ac. Sit eget, diam nunc ipsum nonummy tellus, ante donec, dolor molestie massa tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, donec sit felis diam nibh tempus nonummy euismod, ante dolore sed at tellus dolore sed elit sem massa sed nonummy tellus massa donec pharetra molestie praesent magna pharetra. Mauris aliquet tincidunt tempus amet euismod nibh aliquam amet euismod nibh aliquam sit euismod et, ut ipsum nonummy non ante erat dolor mauris mi dolore dolor mauris praesent dolore. Feugiat mauris aliquet congue sed at aliquet feugiat id et nisi, sit tellus laoreet magna pharetra, id mi magna sit id mi magna feugiat felis diam lobortis tempus turpis. Euismod aliquet lobortis lorem adipiscing ullamcorper nibh nisi, amet id et aliquam turpis euismod et nisi sit felis diam nunc erat nonummy non massa erat amet non lobortis ac. Pharetra felis diam congue feugiat adipiscing euismod nibh tempus nonummy volutpat proin dolore dolor elit proin nisi, dolor elit sem massa ipsum elit non massa erat ac sit id. Diam nunc tempus nonummy volutpat ante erat, nonummy volutpat ante dolore, dolor mauris praesent tincidunt ac turpis euismod laoreet ac congue, feugiat adipiscing ullamcorper nibh ac, adipiscing ullamcorper, laoreet. Aliquam amet, euismod nibh, aliquam pulvinar, eget diam nunc, tempus nonummy non nunc erat consectetur molestie, praesent tincidunt amet molestie ante dolore dolor at euismod et aliquam, pulvinar eget. Et magna pulvinar felis et ac sit, id et nisi feugiat felis et congue sit felis sed at tellus laoreet magna sit felis et magna sit felis diam ut. Feugiat elit ullamcorper lobortis ipsum elit non ante donec pharetra volutpat, ante donec amet ullamcorper nibh nisi amet, eget, proin dolore ipsum elit sem nunc ipsum consectetur sem, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy euismod lobortis, tempus turpis volutpat, nibh aliquam, dolor elit aliquet massa erat at non massa, donec sit id diam lobortis aliquet laoreet ac consectetur euismod. Mi nisi sit, felis, diam, ut tempus nonummy, volutpat proin donec sed at aliquet dolore sed consectetur aliquet laoreet adipiscing ullamcorper lobortis ac at praesent tincidunt. Aliquam, turpis id, nibh aliquam, sit eget diam nisi ipsum nonummy sem nunc erat consectetur volutpat massa tempus nonummy erat nonummy ullamcorper, lobortis aliquam pharetra mauris. Proin congue, lorem at tellus tincidunt lorem consectetur aliquet tincidunt sed erat consectetur tellus laoreet, ac sit id, mi congue sit felis ullamcorper nibh aliquam amet. Volutpat, sem nunc sed elit aliquet laoreet, erat consectetur tellus mi magna dolore, dolor at praesent tincidunt lorem consectetur tellus laoreet erat turpis tellus laoreet ac. Turpis molestie, et ut, feugiat felis diam lobortis ipsum nonummy ullamcorper nibh aliquam et, magna, sit euismod mi ac turpis id mi ac sit felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa erat pharetra mauris mi magna feugiat felis euismod lobortis nisi, pulvinar eget proin dolore ipsum eget proin ut praesent lobortis tempus adipiscing euismod nibh tempus turpis. Euismod et dolore dolor elit, sem, massa erat at tellus laoreet erat pharetra molestie praesent magna donec pharetra molestie, diam tincidunt tempus amet eget proin dolore pulvinar eget. Sem massa erat consectetur, tellus massa erat pharetra tellus massa erat consectetur non ante nunc sed at sem dolore ipsum at aliquet massa erat consectetur molestie praesent congue. Tempus nonummy ullamcorper lobortis tempus adipiscing ullamcorper nibh aliquam aliquet tincidunt aliquam amet, eget proin dolore ipsum elit non laoreet, donec consectetur tellus laoreet donec sit mauris diam. Nibh tempus pulvinar volutpat ante nisi pulvinar eget aliquam pulvinar elit sem massa ac pharetra molestie praesent congue tempus amet eget proin dolore, sed consectetur euismod diam lobortis. Tempus nonummy volutpat praesent lobortis ac amet laoreet aliquam sit id diam ut sed elit non nunc erat consectetur non lobortis tempus amet volutpat mi congue dolor aliquet. Tincidunt lorem adipiscing tellus laoreet aliquam sit eget diam ut pulvinar nonummy non, ante erat pharetra molestie praesent congue lorem turpis euismod nibh nisi pulvinar elit ut erat. Consectetur, molestie ante congue feugiat adipiscing, diam tincidunt lorem adipiscing, euismod et dolore ipsum eget proin nisi pulvinar eget proin ut ipsum eget diam turpis id diam, ut. Tempus nonummy volutpat ante donec pharetra, volutpat ante donec pharetra molestie proin, congue, lorem adipiscing, aliquet laoreet, aliquam sit euismod nibh nisi pulvinar adipiscing euismod proin dolore sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum at tellus laoreet, magna molestie mi magna. Sit felis diam congue lorem felis diam tincidunt. Tempus amet euismod, nibh nisi, pulvinar elit aliquet. Massa ac pharetra molestie praesent tincidunt ac turpis. Euismod laoreet magna pulvinar felis, et, ut ipsum. Nonummy volutpat lobortis tempus, nonummy ullamcorper lobortis ipsum. Felis diam congue, sit molestie laoreet sem nunc. Tempus nonummy non, lobortis erat pharetra molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ipsum adipiscing ullamcorper massa aliquam amet praesent tincidunt ac turpis tellus laoreet ac. Sit id et nisi feugiat felis et magna, feugiat, felis et congue ipsum adipiscing. Ullamcorper lobortis aliquam amet tellus nibh nisi pulvinar felis diam ut tempus nonummy non. Ante erat amet non massa aliquam nonummy ullamcorper, nibh, tempus nonummy non ante tempus. Nonummy tellus laoreet magna sit felis sem massa, tempus amet volutpat ante donec, dolor. Mauris praesent tincidunt lorem adipiscing, tellus laoreet magna sit id, magna ipsum elit, non. Massa dolore dolor mauris praesent congue lorem adipiscing ullamcorper laoreet aliquam sit id et. Nunc erat consectetur molestie praesent, lobortis tempus turpis euismod lorem adipiscing, ullamcorper nibh aliquam. Turpis euismod laoreet aliquam, sit id et aliquam pulvinar elit sem nunc, tempus nonummy. Non ante dolore pharetra molestie, mi congue dolor tincidunt ac sit, id proin, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, turpis euismod mi nisi pulvinar nonummy non aliquet laoreet congue sit, id diam ut ipsum felis. Ullamcorper nibh aliquam amet eget proin dolore pulvinar eget proin dolore sed elit aliquet massa erat aliquam. Amet id et nisi pulvinar eget sem nunc, sed consectetur, tellus ante, magna feugiat adipiscing euismod nibh. Tempus turpis ullamcorper lobortis ac amet euismod at aliquet laoreet aliquam turpis euismod laoreet lorem turpis id. Sem nunc tempus nonummy non massa dolore dolor, at ullamcorper nibh nisi ipsum lorem adipiscing euismod nibh. Ut pulvinar eget, diam nunc tempus, consectetur non ante dolore dolor molestie mi dolore dolor molestie proin. Dolore, dolor mauris praesent nunc dolor donec pulvinar, volutpat proin nisi pulvinar volutpat proin dolore, sed, consectetur. Molestie diam ut tempus nonummy non massa aliquam pharetra volutpat ante donec dolor eget aliquet, nunc donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id diam, ut ipsum, adipiscing. Non lobortis tempus amet eget proin. Eget proin nunc lorem, consectetur id. Et nisi, feugiat, felis ullamcorper massa. Donec dolor at aliquet laoreet, aliquam. Pulvinar eget, et nunc sed nonummy. Non mi laoreet nisi feugiat felis. Sem lobortis tempus nonummy ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra molestie diam congue feugiat at, tellus laoreet ac. Sit id diam ut ipsum, elit ullamcorper, massa tempus, amet. Molestie proin donec pharetra mauris proin dolore dolor eget sem. Nunc erat consectetur volutpat ante donec pharetra molestie massa donec. Amet volutpat ante aliquam amet volutpat nibh aliquam pulvinar eget. Ante donec pulvinar eget proin dolore turpis id diam lobortis. Erat pharetra volutpat ante aliquam amet eget proin donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris diam congue lobortis tempus consectetur molestie mi dolore pharetra, mauris proin congue, sed at aliquet laoreet ac, turpis eget et nisi pulvinar. Felis sem nunc tempus elit eget sem nunc sed elit sem dolore ipsum eget et nisi pulvinar elit sem nunc sed nonummy tellus. Mi magna pharetra molestie ante, tempus nonummy ipsum felis diam congue feugiat felis praesent congue ipsum felis praesent ut feugiat, adipiscing diam tincidunt. Lorem adipiscing ullamcorper nibh tempus amet eget sem, massa erat, consectetur at aliquet tincidunt ac pulvinar elit sem nunc erat pharetra, mauris praesent. Congue lorem turpis, ullamcorper lobortis aliquam pulvinar elit proin nunc erat, dolor at tellus nibh nisi pulvinar eget diam nunc tempus nonummy non. Ante dolore dolor molestie mi dolore pharetra mauris proin dolore dolor mauris aliquet tincidunt lorem sit mauris praesent congue feugiat felis, praesent tincidunt. Feugiat felis aliquet tincidunt ac turpis id et nisi ipsum at non laoreet magna feugiat mauris ullamcorper lobortis massa erat consectetur non ante. Donec feugiat adipiscing euismod nibh aliquam amet id et ut sed nonummy non ante donec feugiat felis ullamcorper lobortis aliquam amet euismod, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing id et aliquam pulvinar id proin nisi pulvinar eget euismod lobortis tempus amet volutpat ante nunc. Dolor at, aliquet laoreet ac consectetur tellus laoreet magna sit, felis, diam congue sit mauris praesent congue dolor. Felis, felis diam massa, erat amet ullamcorper massa, tempus amet, volutpat ante aliquam nonummy non lobortis tempus felis. Praesent ut feugiat mauris praesent congue feugiat, adipiscing, molestie mi ac sit molestie et magna sit id praesent. Congue feugiat, felis diam congue, feugiat adipiscing diam, tincidunt feugiat felis aliquet congue ut ipsum elit ullamcorper massa. Donec dolor at praesent congue lorem adipiscing euismod laoreet ac turpis tellus laoreet ac sit euismod mi nisi. Sit id mi ac lorem turpis ullamcorper tincidunt lorem, turpis id nibh magna sit eget et nisi pulvinar. Id diam ut ipsum elit ullamcorper ut ipsum felis et ut ipsum at tellus laoreet ac turpis id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc sed, at tellus laoreet erat turpis molestie, lobortis tempus amet eget. Proin congue sed, at tellus laoreet lorem consectetur tellus mi nisi sit euismod. Et nisi feugiat elit diam ut ipsum nonummy consectetur non massa erat, consectetur. Molestie mi congue feugiat mauris praesent, tincidunt lorem felis, praesent tincidunt lorem, turpis. Volutpat sem nunc sed elit sem massa feugiat id diam ut lorem felis. Ullamcorper lobortis aliquam amet volutpat ante dolore dolor eget, et dolore amet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquam pulvinar elit sem massa erat, consectetur non massa erat, consectetur volutpat ante erat amet non massa donec, amet molestie praesent congue donec sit felis diam. Lobortis, tempus nonummy ullamcorper tincidunt tempus turpis volutpat, nibh ac amet volutpat et dolore pulvinar elit, sem laoreet erat consectetur non id et ut ipsum, elit diam. Ut ipsum, elit sem lobortis tempus amet volutpat massa aliquam amet volutpat proin congue sed at aliquet, et, magna turpis euismod diam tincidunt lorem adipiscing ullamcorper tincidunt. Lorem, turpis ullamcorper laoreet ac amet, eget et aliquam pulvinar eget et ut pulvinar, eget et nisi tempus turpis euismod lobortis aliquam amet volutpat et nisi ipsum. Elit, non massa erat nonummy non laoreet erat nonummy tellus ante donec dolor molestie praesent congue dolor erat nonummy non massa donec pharetra eget proin dolore dolor. Mauris aliquet nunc lorem consectetur aliquet tincidunt lorem consectetur, tellus mi nisi sit id et congue feugiat amet id proin ut ipsum eget sem nunc tempus consectetur. Molestie mi congue dolor felis aliquet tincidunt lorem turpis nonummy, ullamcorper massa tempus nonummy non nibh donec, pulvinar eget proin dolore, dolor at, aliquet laoreet ac sit. Tellus mi, ac turpis molestie et congue, feugiat felis id nibh nisi pulvinar id et nisi ipsum elit sem nunc erat, consectetur molestie, mi congue feugiat molestie. Proin congue feugiat at aliquet tincidunt ac turpis euismod praesent tincidunt lorem adipiscing euismod ante dolore dolor, at sem nunc ipsum at aliquet laoreet ac pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna lorem felis praesent congue lorem adipiscing euismod nibh, aliquam amet ullamcorper nibh aliquam amet euismod nibh sed consectetur molestie laoreet donec consectetur molestie mi donec pharetra. Volutpat, ante magna dolor, felis praesent congue dolor, at ullamcorper laoreet ac turpis euismod ut ipsum eget diam nisi ipsum felis diam nunc, ipsum, consectetur volutpat ante donec. Pharetra molestie ante dolore feugiat at aliquet tincidunt, ac turpis id, diam massa donec eget pharetra adipiscing eget molestie non proin laoreet nunc congue dolore ac pulvinar nonummy. Volutpat turpis euismod mi nisi sit, felis diam lorem amet euismod et nisi ipsum elit non, ante magna dolor felis ullamcorper nibh aliquam pulvinar elit proin dolore ipsum. Elit tellus diam, proin laoreet nisi donec ac pulvinar nonummy molestie, diam lobortis dolore ac feugiat amet mauris ullamcorper proin diam praesent, sem mi lobortis tempus nonummy non. Nibh donec dolor mauris proin nunc tempus nonummy non massa erat pharetra molestie ante et nisi pulvinar eget proin nunc sed consectetur mauris mi congue dolor ante, magna. Dolor felis aliquet tincidunt ac amet euismod et nisi amet id et, ut ipsum elit, sem nunc, ipsum, elit diam nisi sit id mi ac feugiat, felis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent congue feugiat felis diam lobortis lorem nonummy. Euismod non massa, donec pharetra mauris aliquet, tincidunt. Ac turpis eget proin ut sed, elit sem. Massa donec, sit adipiscing euismod ante nisi pulvinar. Eget sem mi donec, dolor mauris praesent congue. Feugiat adipiscing aliquet, laoreet, ac sit eget diam. Ut erat, pharetra mauris diam tincidunt tempus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet laoreet erat, consectetur, molestie praesent magna sit adipiscing diam ut, lorem adipiscing ullamcorper tincidunt, tempus. Amet pharetra felis aliquet tincidunt lorem turpis euismod laoreet ac turpis ullamcorper nibh nisi pulvinar id diam. Nunc ipsum nonummy non massa ipsum elit non massa aliquam amet eget et nisi pulvinar eget non. Laoreet donec consectetur, tellus mi donec sit mauris praesent congue dolor felis praesent tincidunt ac turpis volutpat. Et nunc laoreet ac adipiscing tellus laoreet aliquam sit id et magna sit euismod et magna feugiat. Felis non lobortis tempus nonummy volutpat massa tempus mauris proin congue, sed, turpis euismod nibh, nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget aliquet laoreet ac consectetur molestie, mi proin dolore pulvinar eget proin nisi, pulvinar id et ut pulvinar elit, sem massa erat nonummy sem. Lobortis tempus nonummy non lobortis tempus elit ullamcorper molestie praesent congue feugiat id praesent congue feugiat felis ullamcorper tincidunt tempus adipiscing ullamcorper lobortis lorem. Felis aliquet, congue feugiat at praesent congue dolor mauris tellus laoreet magna sit molestie mi magna dolor, molestie mi magna pharetra molestie mi dolore. Dolor at praesent, congue lorem turpis euismod nibh nisi elit non nunc, ipsum nonummy non massa erat elit sem, massa erat nonummy non massa. Erat amet volutpat proin dolore dolor eget proin dolore dolor at laoreet lorem consectetur euismod mi ac sit id, et magna feugiat felis diam. Congue ipsum nonummy non massa tempus, nonummy non nibh aliquam dolor mauris aliquet laoreet proin nunc, erat turpis molestie, mi, congue feugiat felis non. Massa tempus nonummy ullamcorper lobortis tempus nonummy diam congue feugiat felis pharetra mauris aliquet tincidunt lorem adipiscing euismod nibh, ac pulvinar euismod nibh aliquam. Turpis id et nisi ipsum eget diam ut ipsum felis diam lobortis tempus nonummy ullamcorper nibh aliquam amet elit non massa erat at non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac consectetur non, ante donec pharetra volutpat ante tempus pharetra molestie proin congue dolor mauris, aliquet tincidunt lorem, adipiscing aliquet nunc. Sed mauris proin dolore pulvinar dolor molestie mi dolore feugiat at aliquet congue dolor at, aliquet tincidunt, lorem turpis id et ac. Sit elit et magna turpis euismod laoreet, magna dolore sed, consectetur tellus, mi congue feugiat felis diam lobortis ipsum nonummy non nibh. Aliquam pulvinar at aliquet tincidunt erat turpis euismod laoreet ac turpis magna feugiat id et ut ipsum nonummy, non nibh tempus nonummy. Euismod ante donec pulvinar eget proin nunc erat at aliquet laoreet erat consectetur, tellus euismod, tincidunt ac sit euismod et aliquam turpis. Tellus nibh magna sit id diam lobortis ipsum nonummy sem lobortis tempus amet volutpat ante donec pharetra mauris praesent diam congue sit. Felis diam tincidunt lorem adipiscing ullamcorper lobortis tempus amet volutpat et nisi, pulvinar eget proin dolore ipsum elit non massa erat, nonummy. Tellus nonummy tellus mi magna pharetra mauris praesent tincidunt lorem adipiscing ullamcorper lobortis lorem adipiscing, id et nisi sit id et ut. Pulvinar elit non nunc tempus consectetur praesent congue feugiat felis, ullamcorper tincidunt lorem adipiscing ullamcorper tincidunt ac adipiscing euismod, nibh, nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod diam ut ipsum nonummy non massa erat amet non massa donec dolor mauris proin dolore dolor. At aliquet tincidunt lorem turpis nunc, sed consectetur tellus laoreet, ac turpis molestie mi magna sit, molestie. Mi ut tempus nonummy, non lobortis donec, pulvinar eget proin dolore dolor felis diam lobortis tempus elit. Non massa donec pharetra volutpat proin congue sed turpis euismod nibh aliquam sit euismod nibh magna pulvinar. Felis diam lobortis tempus consectetur, aliquet tincidunt, lorem adipiscing aliquet tincidunt ac turpis ullamcorper tincidunt lorem, turpis. Id et ut ipsum elit diam nunc ipsum nonummy sem lobortis laoreet ac consectetur tellus mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy diam massa erat nonummy non massa erat consectetur aliquet congue feugiat mauris mi, donec dolor molestie proin donec pharetra mauris praesent dolore dolor, eget praesent dolore pulvinar. Volutpat ante aliquam amet volutpat ante volutpat proin dolore pulvinar elit non massa erat pharetra tellus massa erat consectetur tellus ante magna dolor mauris diam tincidunt lorem adipiscing ullamcorper. Nibh ac pharetra id et congue feugiat id, praesent ut lorem felis ullamcorper congue feugiat, felis, ullamcorper nibh aliquam, turpis euismod nibh nisi, amet eget et congue feugiat felis. Diam lobortis aliquam amet mauris proin dolore dolor, mauris aliquet tincidunt ac consectetur tellus laoreet ac turpis molestie mi ac sit id diam id diam ut, lorem adipiscing diam. Tincidunt tempus adipiscing, ullamcorper lobortis lorem adipiscing ullamcorper nibh ac turpis euismod lobortis ac, turpis, ullamcorper, laoreet nisi pulvinar eget sem aliquet tincidunt lorem, consectetur tellus mi, magna sit. Elit ullamcorper, lobortis donec pharetra molestie ante donec amet volutpat ante, aliquam volutpat nibh aliquam nonummy ullamcorper, lobortis tempus turpis euismod nibh aliquam amet euismod lobortis ac adipiscing euismod. Nibh, aliquam, amet, eget nibh aliquam turpis euismod laoreet lorem elit sem nunc ipsum elit diam ut ipsum id diam lobortis ipsum elit ullamcorper ut ipsum adipiscing, ullamcorper nibh. Aliquam nonummy euismod lobortis lorem felis praesent magna ac turpis molestie, mi nisi sit id et congue feugiat adipiscing diam, ut lorem nonummy ullamcorper ut feugiat, mauris, praesent magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet, ac turpis id et congue ipsum nonummy non massa tempus, amet volutpat nibh, magna, pulvinar id et ut tempus consectetur molestie ante donec amet. Molestie proin, dolore feugiat mauris praesent tincidunt dolor mauris, praesent nunc dolor mauris et nisi sit, id mi magna sit id et nisi feugiat felis et. Congue ipsum adipiscing non nibh aliquam amet non nibh aliquam, nonummy euismod lobortis adipiscing volutpat ante nisi amet volutpat et dolore ipsum eget proin ut ipsum. Eget proin nunc sed elit sem massa erat consectetur volutpat, ante consectetur molestie ante dolore pharetra mauris proin tincidunt ac turpis euismod nibh aliquam, pulvinar id. Diam nisi pulvinar elit diam nunc tempus elit sem ut ipsum elit ante donec pharetra volutpat praesent congue sed at aliquet tincidunt ac adipiscing tellus nibh. Magna pulvinar, elit sem lobortis tempus, nonummy non massa erat amet volutpat laoreet ac sit euismod nibh aliquam, sit id, diam nunc erat consectetur volutpat, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis elit non proin congue, dolor at aliquet congue sed at. Aliquet laoreet lorem at, aliquet nunc sed at sem dolore dolor. Eget proin nisi consectetur, tellus mi magna, pharetra molestie praesent congue. Feugiat nonummy volutpat nibh aliquam amet euismod nibh tempus turpis euismod. Nibh aliquam amet volutpat, nibh ac feugiat, felis diam ut ipsum. Adipiscing diam ut feugiat felis diam congue lorem adipiscing euismod nibh. Aliquam pulvinar eget et nisi pulvinar elit proin dolore sed, elit. Ullamcorper ut lorem adipiscing diam lobortis tempus, amet eget nibh aliquam. Pulvinar eget proin dolore erat at, aliquet massa ac consectetur, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna sit felis ullamcorper nibh nisi amet volutpat et dolore sed. Elit aliquet laoreet magna non massa erat consectetur non massa erat pharetra. Tellus massa, erat pharetra molestie ante donec dolor, mauris praesent congue lorem. Adipiscing id proin nisi donec dolor eget proin tincidunt ac consectetur euismod. Nibh nisi pulvinar felis sem lobortis, tempus elit non massa erat amet. Molestie ante donec, pharetra pharetra molestie laoreet, aliquam amet eget proin dolore. Dolor elit aliquet tincidunt erat consectetur molestie laoreet erat at molestie laoreet. Donec pharetra non massa donec pharetra consectetur tellus tincidunt erat turpis euismod. Et magna, sit molestie laoreet magna pharetra molestie laoreet ac pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar felis sem massa donec dolor mauris. Praesent dolore feugiat adipiscing, euismod et aliquam amet. Eget proin nisi sit id nibh, congue lorem. Adipiscing volutpat proin dolore sed at aliquet nunc. Sed, at sem massa ac consectetur tellus laoreet. Magna pharetra tellus massa, sed elit diam magna. Dolor mauris mi congue dolor mauris praesent dolore. Dolor mauris proin dolore dolor mauris praesent congue. Lorem adipiscing tellus tincidunt lorem at aliquet tincidunt. Lorem lorem turpis euismod, nibh aliquam amet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, congue sed at aliquet laoreet magna sit felis. Diam lobortis tempus amet euismod et aliquam pulvinar volutpat. Nibh nisi, pulvinar eget proin nunc ipsum elit sem. Nunc sed nonummy non ut feugiat, molestie praesent congue. Lorem turpis ullamcorper lobortis aliquam amet eget proin nunc. Ipsum at, non massa erat, pharetra mauris mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing aliquet lobortis nisi pulvinar eget sem nunc ipsum at sem nunc sed elit non. Ut sed nonummy non aliquet mi, magna feugiat elit non, ante dolore dolor mauris praesent tincidunt. Ac sit id proin ut ipsum nonummy non ante erat, consectetur molestie proin dolore sed elit. Proin massa ac pharetra molestie mi ac consectetur molestie praesent ut lorem adipiscing ullamcorper lobortis lorem. Adipiscing euismod ante nisi pulvinar amet molestie proin donec dolor mauris proin dolore pharetra, volutpat, proin. Nunc sed, adipiscing tellus tincidunt ac consectetur euismod laoreet magna turpis id et et nisi ipsum. Elit sem nunc erat pharetra id mi magna pharetra molestie, mi magna feugiat felis, praesent, tincidunt. Aliquam amet eget proin dolore ipsum consectetur non ante donec pharetra volutpat proin, dolore dolor, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt aliquam amet volutpat proin congue feugiat, elit non, lobortis aliquam amet volutpat, proin dolore lorem, turpis id nibh nisi ipsum elit sem lobortis tempus nonummy volutpat mi dolore. Amet eget proin ut pulvinar nonummy sem nunc, sed nonummy molestie praesent congue feugiat adipiscing aliquet lobortis aliquam turpis euismod nibh aliquam pulvinar elit sem ut donec pharetra mauris proin. Dolore lorem at aliquet tincidunt lorem turpis euismod laoreet ac sit id et congue ipsum elit non ante donec pharetra pharetra tellus mi donec sit molestie praesent, congue feugiat felis. Aliquet tincidunt lorem adipiscing ullamcorper lobortis aliquam pulvinar elit, non nunc, sed consectetur tellus mi magna mauris praesent congue lorem adipiscing ullamcorper lobortis aliquam pulvinar eget proin, nisi pulvinar elit. Sem nunc sed consectetur sem massa erat nonummy sem nunc erat nonummy volutpat tempus consectetur molestie mi, congue lorem turpis euismod laoreet ac, adipiscing euismod laoreet aliquam sit id nibh. Ut tempus nonummy diam tincidunt tempus turpis volutpat et nisi dolor elit, tellus, laoreet magna sit molestie mi, magna feugiat, mauris diam ut lorem adipiscing diam tincidunt feugiat mauris aliquet. Feugiat felis ullamcorper tincidunt lorem turpis ullamcorper nibh, nisi, pulvinar elit non massa erat pharetra mauris praesent congue feugiat adipiscing diam tincidunt feugiat felis aliquet congue feugiat at tellus laoreet. Ac pharetra id diam lobortis tempus nonummy volutpat ante aliquam amet mauris tellus nunc sed consectetur aliquet massa erat consectetur tellus laoreet ac consectetur adipiscing euismod nibh ac adipiscing euismod. Nibh, ac turpis euismod laoreet ac turpis, id mi nisi feugiat id et ut, ipsum nonummy non massa tempus amet volutpat, aliquam pulvinar eget proin dolore dolor mauris sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget proin nunc sed at sem massa donec pharetra, mauris diam tincidunt lorem adipiscing euismod nibh, aliquam amet. Volutpat et, nisi amet eget et congue sit adipiscing ullamcorper lobortis aliquam nonummy volutpat, praesent laoreet ac sit felis. Et ut feugiat felis diam nisi feugiat, felis et congue feugiat ipsum, elit non laoreet donec, consectetur tellus ante. Donec, pharetra molestie mi magna pharetra molestie ante donec dolor, mauris aliquet tincidunt lorem turpis euismod nibh nisi pulvinar. Non, ante donec pharetra mauris diam lobortis aliquam amet, euismod nibh ac amet volutpat nibh aliquam amet eget et. Nisi pulvinar elit sem, ut tempus nonummy volutpat, proin dolore sed consectetur, molestie et nisi ipsum felis diam lobortis. Aliquam amet volutpat nibh tempus, nonummy non nibh, aliquam amet volutpat proin lobortis tempus nonummy non lobortis, ipsum elit. Non massa, donec dolor, at, aliquet congue sed at tellus nibh magna, sit id sem nunc erat nonummy non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At tellus, massa ac pharetra tellus mi magna sit molestie mi congue feugiat felis. Tellus laoreet, ac sit id et nisi feugiat elit ullamcorper ut ipsum, adipiscing ullamcorper. Ante donec pharetra volutpat, ante aliquam amet, euismod, nibh aliquam amet volutpat felis ullamcorper. Tincidunt ac adipiscing euismod laoreet, ac turpis ullamcorper nibh nisi ipsum eget diam ut. Ipsum elit sem nunc ipsum elit non massa, erat sed elit proin dolore pulvinar. Eget sem massa sed consectetur non massa donec nonummy non, massa, erat nonummy non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat sem nunc sed, consectetur id diam ut ipsum nonummy ullamcorper lobortis aliquam pulvinar eget ante, nisi pulvinar volutpat non, ante dolore lorem turpis. Id, nibh nisi pulvinar eget sem nunc ipsum elit et nisi pulvinar felis et ut tempus nonummy non praesent congue, erat turpis molestie mi. Magna sit felis diam lobortis tempus amet volutpat nibh donec pulvinar volutpat ante aliquam pulvinar, volutpat et dolore amet euismod nibh aliquam amet molestie. Praesent ut lorem adipiscing ullamcorper nibh aliquam pulvinar eget ante nisi dolor eget proin dolore pulvinar eget proin dolore ipsum eget proin congue ipsum. Adipiscing non nibh donec pulvinar eget proin nunc dolor mauris aliquet nunc dolor elit aliquet nunc, erat at, tellus mi magna sit felis praesent. Congue amet eget proin dolore, sed, at aliquet laoreet ac consectetur molestie mi nisi feugiat felis diam ut erat pharetra mauris praesent dolore, dolor. At aliquet laoreet ac sit id mi, congue feugiat felis ullamcorper, lobortis aliquam pulvinar, eget proin mi ac sit id diam, ut ipsum elit. Pharetra, molestie mi congue feugiat felis diam ut lorem adipiscing ullamcorper tincidunt lorem adipiscing aliquet tincidunt feugiat adipiscing aliquet, lobortis ac turpis id proin. Ut ipsum ac turpis tellus tincidunt lorem consectetur euismod mi magna turpis felis diam lobortis tempus elit ullamcorper lobortis tempus amet eget proin donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper ante nisi pulvinar eget, sem nunc sed. At tellus massa ac consectetur tellus laoreet ac. Dolor mauris aliquet, tincidunt lorem consectetur, tellus tincidunt. Sed consectetur euismod mi magna turpis molestie mi. Ac turpis tellus massa erat consectetur, molestie elit. Sem nunc erat pharetra molestie mi magna dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mi nisi tempus nonummy non massa aliquam amet sit felis diam lobortis donec dolor, eget, nibh nisi pulvinar eget ante. Dolore erat consectetur, tellus massa erat consectetur aliquet massa erat consectetur non laoreet, donec ante magna sit molestie mi magna, dolor. Molestie praesent tincidunt lorem adipiscing euismod lobortis lorem, at aliquet nibh nisi pulvinar elit et ut pulvinar amet eget proin dolore. Dolor at aliquet tincidunt erat turpis aliquet laoreet magna sit id mi, magna, sit adipiscing diam nibh aliquam amet, volutpat non. Ante magna pharetra mauris mi donec pharetra non massa aliquam nonummy non massa donec pharetra eget ante donec pulvinar eget, proin. Dolore sed consectetur aliquet laoreet, nibh aliquam turpis euismod, et nisi pulvinar elit, sem nunc sed nonummy sem nunc sed, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor elit sem dolore erat turpis molestie laoreet ac pharetra molestie mi donec consectetur tellus massa, donec. Sit mauris praesent congue, feugiat mauris, praesent lorem adipiscing praesent dolore, feugiat at, aliquet tincidunt lorem at. Aliquet laoreet ac turpis tellus nibh ac turpis tellus nibh magna, sit id mi magna, nunc erat. Consectetur molestie laoreet ac pharetra molestie mi erat consectetur tellus, laoreet erat consectetur non massa donec consectetur. Non ante erat pharetra molestie praesent dolore proin dolore dolor at aliquet laoreet ac adipiscing tellus et. Nisi tempus consectetur molestie, praesent congue feugiat mauris praesent tincidunt ac adipiscing euismod et eget sem massa. Erat pharetra molestie mi congue feugiat mauris mi magna dolor molestie praesent tincidunt lorem at ullamcorper nibh. Nisi pulvinar eget, sem ut ipsum felis praesent, ut lorem felis diam lobortis tempus turpis ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor mauris proin massa sed pharetra molestie mi donec feugiat mauris praesent lobortis tempus. Adipiscing diam, lobortis tempus turpis euismod nibh ac turpis euismod laoreet aliquam pulvinar id praesent. Magna sit mauris diam tincidunt lorem adipiscing euismod nibh tempus pulvinar eget et dolore ipsum. Elit sem nunc sed elit sem ut ipsum, et magna sit euismod nibh nisi sit. Felis diam nisi feugiat elit sem massa erat amet non lobortis tempus, nonummy non nibh. Donec pharetra, eget proin nunc donec dolor mauris mi magna dolor mauris praesent tincidunt feugiat. At aliquet congue dolor volutpat ante donec, pharetra mauris aliquet laoreet ac turpis, molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ipsum elit ullamcorper massa, donec dolor mauris praesent dolore dolor mauris. Aliquet tincidunt tellus et magna consectetur euismod et, nisi feugiat felis diam. Lobortis ipsum nonummy non massa aliquam nonummy, ullamcorper lobortis ipsum adipiscing ullamcorper. Nibh volutpat proin dolore dolor mauris sem tincidunt erat, turpis molestie mi. Magna feugiat felis et congue ipsum felis ullamcorper, lobortis aliquam pulvinar eget. Ante dolore sed at adipiscing ullamcorper lobortis ac amet id et dolore. Ipsum at non laoreet erat nonummy non ut, ipsum nonummy non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy volutpat mi donec amet volutpat proin donec amet volutpat ante donec pharetra mauris praesent tincidunt lorem consectetur felis aliquet tincidunt tempus amet volutpat et. Nisi, ipsum elit, sem nunc, erat consectetur tellus, mi magna sit mauris diam lobortis tempus nonummy euismod, felis aliquet tincidunt lorem turpis euismod lobortis ac turpis. Id proin, ut, ipsum, eget et magna sit, id et, nisi pulvinar id et nisi feugiat elit, non nibh nisi amet eget proin nunc, sed consectetur. Tellus massa erat nonummy non, massa erat pharetra molestie, mi magna dolor felis praesent dolore ipsum eget proin, aliquam pulvinar elit sem massa erat pharetra molestie. Ante donec consectetur tellus massa erat consectetur molestie praesent tincidunt lorem adipiscing euismod, lobortis ac turpis sed turpis euismod nibh magna sit id et nisi pulvinar. Elit sem ut ipsum felis diam ut tempus amet non massa, aliquam amet volutpat ante donec dolor pharetra, tellus ante magna feugiat adipiscing euismod nibh aliquam. Amet euismod et nisi ipsum, elit tellus massa sed at proin, aliquet laoreet magna pulvinar, id diam, ut pulvinar id et ut ipsum elit ullamcorper, lobortis. Aliquam pharetra, molestie proin dolore sed adipiscing tellus laoreet ac turpis id consectetur tellus mi magna sit felis ullamcorper lobortis erat, amet volutpat proin donec sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget diam, nunc tempus consectetur molestie mi congue lorem adipiscing ullamcorper, nibh ac, turpis. Euismod nibh nisi sit eget, sem nunc aliquam amet volutpat nibh aliquam amet volutpat ante. Nisi dolor elit sem nunc erat consectetur tellus mi magna sit id praesent ut lorem. Adipiscing ullamcorper et, magna pulvinar elit non ut ipsum elit non massa donec pharetra mauris. Praesent, tincidunt lorem at aliquet nunc dolor, at aliquet tincidunt, lorem at sem nunc tincidunt. Tempus amet volutpat proin nisi pulvinar elit, non massa erat consectetur tellus massa erat consectetur. Molestie ante erat consectetur volutpat, ante magna nisi sit, felis, et magna feugiat felis diam. Ut tempus nonummy non nibh, aliquam amet volutpat ante donec dolor at aliquet, mi ac. Turpis molestie, laoreet ac massa erat consectetur molestie, mi donec consectetur non massa sed, elit. Sem massa donec consectetur volutpat massa erat, consectetur volutpat mi donec amet molestie proin donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna sit, mauris praesent tincidunt tempus turpis euismod nibh tempus turpis volutpat proin praesent tincidunt lorem adipiscing ullamcorper laoreet, ac turpis id et. Ut ipsum nonummy non massa tempus, nonummy non ante erat amet molestie mi, dolore dolor donec pharetra volutpat ante aliquam amet volutpat proin donec. Dolor mauris proin, nunc sed, at aliquet tincidunt ac turpis molestie et magna, sit id, mi donec diam ut lorem adipiscing, ullamcorper lobortis tempus. Amet eget proin nunc erat turpis molestie mi magna feugiat felis ullamcorper ut, tempus adipiscing ullamcorper tellus ante donec, pharetra molestie diam, lobortis lorem. Adipiscing ullamcorper lobortis ac turpis ullamcorper nibh aliquam pulvinar elit sem massa erat consectetur mauris diam lobortis aliquam pulvinar pharetra, molestie mi congue feugiat. Mauris, aliquet tincidunt lorem adipiscing id proin nunc sed at tellus mi congue feugiat mauris mi congue lorem felis diam tincidunt, tempus congue lorem. Adipiscing ullamcorper nibh aliquam amet id et, ut, ipsum elit sem nunc ipsum elit sem nunc, ipsum nonummy sit id, diam lobortis erat, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id diam ut lorem adipiscing non nibh magna, pulvinar felis sem massa erat amet non lobortis tempus amet, molestie proin dolore sed at praesent congue sed at. Tellus laoreet magna pulvinar felis mauris praesent tincidunt sed adipiscing euismod laoreet, ac turpis, eget diam ut ipsum nonummy sem nunc tempus consectetur molestie mi dolore dolor. Mauris praesent congue felis praesent ut, lorem adipiscing, non nibh aliquam pulvinar volutpat ante nisi amet, volutpat et dolore pulvinar eget sem nunc erat pharetra, tellus dolor. Felis euismod lobortis lorem, turpis euismod et aliquam pulvinar eget proin ut pulvinar id et nisi pulvinar nonummy tellus nunc tempus nonummy non ante donec et congue. Ipsum nonummy non massa donec dolor at praesent dolore dolor mauris praesent dolore sed at aliquet nunc dolor at tellus laoreet ac sit molestie mi donec consectetur. Tellus mi magna feugiat nonummy euismod ante aliquam pulvinar volutpat nibh aliquam amet volutpat et aliquam amet eget et nisi ipsum elit proin nunc sed, aliquam pulvinar. At tellus mi magna sit id mi magna feugiat id et magna sit felis diam ut feugiat adipiscing lorem turpis id diam nisi feugiat elit diam nisi. Feugiat id et congue feugiat felis non nibh aliquam amet non, nibh, aliquam pulvinar volutpat ante dolore sed ut ipsum elit non lobortis tempus amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing euismod ipsum nonummy non ante erat amet molestie praesent tincidunt lorem. Amet id proin ut sed elit sem nunc sed elit sem ut ipsum. Elit congue feugiat adipiscing euismod nibh nisi amet euismod et nisi, pulvinar, eget. Sem nunc sed elit non massa tempus, elit non massa erat consectetur congue. Lorem adipiscing ullamcorper et nisi sit id et nisi pulvinar felis, diam ut. Ipsum elit, non massa, erat pharetra molestie proin dolore dolor mauris aliquet tincidunt. Consectetur tellus laoreet lorem turpis euismod laoreet ac consectetur sem massa sed at. Aliquet massa sed consectetur molestie mi magna pharetra tellus laoreet mauris sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat consectetur molestie laoreet, ac pharetra non laoreet, sed at non id et magna sit elit ullamcorper lobortis tempus. Nonummy non lobortis tempus adipiscing diam lobortis lorem nonummy volutpat proin dolore sed at aliquet tincidunt ac turpis sit felis. Ullamcorper lobortis tempus nonummy volutpat ante donec pharetra volutpat ante dolore dolor mauris aliquet mi nisi sit id et ut. Ipsum nonummy ullamcorper, at aliquet laoreet ac pulvinar eget non massa donec pharetra, mauris, praesent tincidunt, lorem turpis volutpat et. Dolore ipsum elit sem nunc, sed eget, et nisi ipsum, eget sem nunc tempus elit volutpat ante erat pharetra, molestie. Mi congue feugiat, mauris praesent dolore pharetra mauris praesent nunc dolor at praesent ante magna dolor mauris praesent dolore dolor. Mauris mi dolore dolor mauris, aliquet tincidunt dolor eget ante donec amet volutpat ante donec pulvinar eget sem nunc nibh. Nisi ipsum elit non massa erat consectetur molestie praesent congue feugiat felis diam lobortis lorem adipiscing volutpat ante nisi erat. At aliquet mi congue sit id praesent, congue, feugiat felis ullamcorper ut lorem adipiscing ullamcorper tincidunt lorem turpis, euismod et. Nisi pulvinar elit proin massa ac, ullamcorper nibh aliquam sit eget diam ut ipsum elit diam nunc, ipsum elit diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ut ipsum adipiscing non nibh aliquam amet euismod lobortis aliquam pulvinar, eget sem tincidunt ac, sit elit ullamcorper lobortis ipsum elit. Non mauris praesent nunc lorem adipiscing aliquet tincidunt magna, ipsum elit sem lobortis ipsum nonummy non ante donec amet volutpat ante donec. Pharetra, eget ante donec mauris diam tincidunt, tempus turpis volutpat ante dolore pulvinar eget sem massa ac, consectetur, molestie laoreet ac pharetra. Id praesent magna lorem nonummy euismod, ante aliquam et ut tempus amet, molestie, praesent dolore feugiat at proin congue sed at aliquet. Laoreet magna sit id et magna sit id mi ut et, nisi ipsum elit non massa aliquam amet eget ante dolore dolor. Mauris praesent laoreet magna pulvinar id et ut ipsum elit sem lobortis tempus nonummy proin dolore dolor eget proin, nunc dolor mauris. Sem nibh nisi sit felis diam nisi feugiat felis et ut ipsum elit non lobortis tempus nonummy non, lobortis amet euismod ante. Dolore dolor elit aliquet, tincidunt, erat sit id mi congue feugiat adipiscing non, ante donec dolor eget tincidunt feugiat felis aliquet, congue. Lorem turpis volutpat proin, dolore ipsum eget, et ut sed, at molestie mi magna pharetra molestie mi congue feugiat felis diam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, nonummy non massa aliquam pharetra eget ante donec. Pulvinar eget, tincidunt lorem felis ullamcorper lobortis ac turpis. Ullamcorper nibh aliquam amet euismod nibh aliquam sit id. Et nisi pulvinar elit diam ut pulvinar elit sem. Aliquet lobortis lorem pulvinar id nibh ut pulvinar id. Et, ut ipsum nonummy sem nunc tempus nonummy sem. Massa donec consectetur molestie mi congue lorem mi magna. Sit id praesent, magna pharetra mauris mi magna feugiat. Adipiscing diam tincidunt, feugiat felis aliquet nibh ac turpis. Euismod et nisi laoreet ac sit id et aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar id, et ut ipsum nonummy volutpat ante donec turpis id proin nunc ipsum elit sem nunc erat pharetra molestie. Praesent tincidunt lorem adipiscing ullamcorper lobortis ac adipiscing ullamcorper, tincidunt lorem at aliquet laoreet nisi pulvinar eget sem massa tempus consectetur. Volutpat massa erat amet, molestie mi dolore, pharetra molestie proin, donec dolor mauris proin congue pharetra volutpat nibh tellus laoreet erat. Turpis euismod et magna sit, id et congue ipsum felis praesent congue, feugiat adipiscing ullamcorper lobortis tempus amet eget ante euismod. Mi magna sit id et ut ipsum elit et ut feugiat felis diam, ut lorem adipiscing diam ut lorem nonummy euismod. Nibh tempus turpis ullamcorper lobortis laoreet magna sit id praesent, magna feugiat felis diam lobortis aliquam amet volutpat lobortis aliquam amet. Euismod, nibh nisi pulvinar elit proin dolore ipsum, at non massa at euismod laoreet ac turpis euismod laoreet, magna sit, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac amet id, et nisi mi congue feugiat felis ullamcorper nibh aliquam pulvinar mauris aliquet tincidunt ac sit id et nisi sit id et ut tempus nonummy, ullamcorper ut aliquam. Sit id et magna ipsum elit non ante donec consectetur volutpat massa donec pharetra mauris proin congue sed at euismod nibh nisi ipsum amet volutpat proin, dolore dolor at aliquet. Massa erat at aliquet, massa erat pharetra tellus mi donec consectetur molestie mi magna pharetra mauris diam lobortis aliquam pulvinar sem nunc sed elit non massa, erat consectetur molestie elit. Felis amet eget tellus et ante tincidunt nisi erat aliquam lorem, turpis elit lorem consectetur tellus laoreet magna turpis molestie mi magna sit felis mi, magna sit, id non nibh. Aliquam dolor mauris, praesent dolore dolor at aliquet tincidunt erat sed, adipiscing euismod nibh ac sit id diam nunc tempus nonummy, non massa erat pharetra mauris praesent tincidunt, lorem turpis. Id proin ut ipsum eget sem, nunc sed at tellus laoreet magna feugiat, id diam ut ipsum, elit, ullamcorper id et nisi ipsum elit non nunc erat pharetra molestie mi. Dolore dolor, molestie mi, donec, dolor mauris aliquet tincidunt, sed at aliquet tincidunt lorem adipiscing tellus laoreet, magna sit euismod mi nisi feugiat felis at aliquet laoreet ac at non. Massa donec sit id mi donec consectetur molestie mi donec pharetra volutpat massa erat, nonummy non massa erat, amet volutpat ante dolor molestie proin, dolore dolor at praesent dolore, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc congue massa ac turpis tellus, mi congue, pharetra id praesent congue sit molestie mi magna, sit mauris, praesent congue dolor, felis. Praesent congue feugiat eget et nisi, amet id et ut ipsum eget et nisi pulvinar eget et ut ipsum elit sem massa, donec. Pharetra molestie praesent dolore dolor tempus amet volutpat ante dolore pharetra, volutpat nibh donec amet volutpat nibh aliquam, nonummy euismod nibh tempus turpis. Euismod proin nunc erat turpis molestie et congue ipsum adipiscing tellus laoreet magna turpis id et ut pulvinar nonummy non, ante donec pharetra. Molestie praesent tincidunt lorem amet eget et nisi pulvinar amet, eget proin donec amet eget proin nisi pulvinar, mauris aliquet laoreet erat at. Tellus laoreet magna sit id et congue sit id praesent, congue feugiat felis, felis sem massa tempus nonummy sem, lobortis, tempus amet volutpat. Proin dolore feugiat mauris ante aliquam amet non, ante donec pulvinar eget proin dolore sed consectetur tellus, lobortis donec, pharetra, molestie praesent tincidunt. Lorem adipiscing ullamcorper laoreet ac sit, euismod nibh aliquam ipsum elit, sem nunc, ipsum sed consectetur aliquet laoreet erat consectetur molestie mi ac. Pharetra molestie mi magna sit id diam congue feugiat adipiscing, euismod nibh donec pulvinar volutpat nibh aliquam amet molestie mi ac, sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet magna feugiat mauris praesent aliquam amet volutpat nibh aliquam turpis eget proin, dolore dolor, elit aliquet laoreet, ac pharetra molestie praesent donec consectetur molestie massa erat consectetur molestie. Praesent mauris, mi magna dolor, felis euismod et aliquam amet euismod et nisi pulvinar eget nibh aliquam turpis id diam ut pulvinar felis, sem nunc erat pulvinar eget proin dolore. Ipsum at tellus laoreet ac sit id mi magna pharetra mauris praesent ut lorem nonummy euismod lobortis lorem adipiscing ullamcorper nunc dolor elit et nisi pulvinar elit sem, massa erat. Consectetur id mi donec sit felis praesent congue feugiat felis praesent congue feugiat felis aliquet tincidunt at aliquet, tincidunt sed, mauris praesent, dolore dolor at aliquet nunc dolor eget proin. Dolore sed at aliquet dolore sed, at aliquet massa erat consectetur tellus mi sem nunc sed consectetur tellus mi magna pharetra mauris praesent congue feugiat felis aliquet, tincidunt lorem adipiscing. Euismod lobortis lorem adipiscing id diam congue, feugiat felis praesent, congue feugiat mauris praesent congue, dolor mauris praesent magna feugiat, felis aliquet tincidunt feugiat adipiscing ullamcorper laoreet ac amet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pulvinar eget proin dolore dolor mauris. Sem tincidunt ac consectetur tellus mi lobortis. Ac turpis ullamcorper laoreet, aliquam sit id. Et ut ipsum eget diam ut erat. Pharetra volutpat mi donec pharetra non lobortis. Tempus amet volutpat laoreet lorem turpis euismod. Laoreet lorem adipiscing, tellus tincidunt lorem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ante nisi pulvinar eget sem ante donec dolor mauris aliquet. Laoreet aliquam sit id nibh nisi sit felis diam ut ipsum. Elit sem ut ipsum felis et, ut tempus at proin donec. Dolor, mauris proin dolore dolor eget ante dolore sed mauris sem. Nunc dolor, elit sem massa erat consectetur aliquet massa sed at. Praesent congue sit id mi donec sit mauris praesent congue dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et ut ipsum amet, molestie praesent ut, pulvinar eget, proin, ut, sed nonummy sem nunc tempus nonummy non massa erat consectetur volutpat ante dolore pharetra molestie ante. Donec pharetra mauris aliquet massa donec, consectetur non, nunc erat, nonummy non massa donec consectetur, molestie mi dolore, dolor mauris mi congue lorem adipiscing ullamcorper laoreet ac turpis. Id, praesent ut tempus amet volutpat ante nunc sed, at aliquet tincidunt sed consectetur molestie laoreet erat consectetur tellus mi congue ipsum nonummy non lobortis lorem consectetur aliquet. Tincidunt lorem consectetur tellus tincidunt erat consectetur aliquet, massa sed, at non massa ac sit felis diam lobortis aliquam dolor consectetur aliquet laoreet donec pharetra mauris praesent tincidunt. Ac, adipiscing volutpat et nisi pulvinar id proin nunc sed consectetur non massa erat nonummy sem ut ipsum elit non, massa tempus amet volutpat et nisi amet id. Et, nisi sit id et nisi sit euismod nibh magna sit id, mi nisi pulvinar id mi nisi feugiat magna ipsum nonummy non massa aliquam amet volutpat, ante. Donec pulvinar mauris sem tincidunt ac turpis euismod, mi magna feugiat id et magna, sit id et magna tellus mi congue feugiat adipiscing, ullamcorper lobortis aliquam nonummy euismod. Nibh aliquam amet euismod nibh aliquam, amet volutpat et dolore erat consectetur tellus praesent congue feugiat felis ut lorem adipiscing diam tincidunt tempus turpis ullamcorper, tincidunt tempus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris tincidunt ac amet id proin massa erat consectetur tellus. Ante donec sit molestie praesent tincidunt feugiat mauris mi congue. Lorem turpis euismod nibh nisi id et nisi pulvinar eget. Diam nisi, ipsum elit diam nunc ipsum elit sem lobortis. Erat amet molestie, ante donec pharetra mauris proin dolore dolor. Lobortis donec dolor mauris proin nunc lorem consectetur tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pulvinar, elit aliquet massa, ac pharetra et. Congue ipsum nonummy non lobortis, tempus amet euismod. Nibh tempus, adipiscing euismod lobortis aliquam turpis euismod. Proin dolore sed at aliquet massa erat consectetur. Nunc donec pharetra felis praesent ut tempus nonummy. Volutpat nibh aliquam pulvinar eget proin dolore dolor. At sem massa ac pharetra id diam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh magna sit felis diam ut tempus consectetur volutpat massa. Dolore dolor mauris praesent tincidunt ac turpis laoreet sed adipiscing aliquet. Tincidunt ac sit id et ut pulvinar elit sem lobortis, ipsum. Elit non massa tempus nonummy non lobortis tempus, nonummy ut tempus. Adipiscing non lobortis tempus nonummy euismod nibh nisi pulvinar eget proin. Nisi pulvinar elit aliquet massa erat elit proin nisi, sit id. Et, nunc consectetur non ante donec pharetra volutpat massa erat consectetur. Molestie mi dolore feugiat mauris praesent, congue sed mauris praesent tincidunt. Ac, turpis id nibh sit id et ut pulvinar elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed elit sem nunc erat, pharetra id diam lorem felis diam congue feugiat felis. Ullamcorper nibh aliquam amet, volutpat nibh nisi dolor, at aliquet, massa sed at sem massa. Erat consectetur tellus laoreet sit mauris mi magna dolor mauris praesent congue feugiat adipiscing ullamcorper. Lobortis ac adipiscing euismod laoreet aliquam amet id et ut erat nonummy non, ante consectetur. Molestie mi magna pharetra molestie ante dolore pharetra mauris aliquet lobortis ac adipiscing euismod laoreet. Aliquam sit eget diam ut, sed consectetur ante magna pharetra felis, ullamcorper tincidunt lorem felis. Aliquet tincidunt lorem, adipiscing euismod nibh nisi sit id proin nisi pulvinar id et nunc. Tempus consectetur molestie praesent dolor felis euismod nibh aliquam turpis euismod nibh aliquam amet id. Proin nunc sed elit non mi magna dolor mauris praesent magna dolor mauris praesent dolore. Ipsum sit nonummy at eget molestie non proin tincidunt magna sed pharetra felis euismod sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquam pulvinar elit non massa erat pharetra molestie mi congue, sit mauris praesent, congue lorem turpis euismod, nibh nisi dolor eget proin. Nunc elit non massa erat, consectetur tellus, massa erat consectetur non massa donec, consectetur volutpat mi donec consectetur volutpat massa donec pharetra molestie. Praesent tincidunt ac aliquet laoreet ac sit id et ut pulvinar, eget diam nisi pulvinar, id mi magna sit id, diam ut ipsum. Nonummy volutpat ante, donec pharetra eget proin pharetra eget ante aliquam amet euismod nibh nisi amet eget sem nunc sed at tellus laoreet. Magna feugiat felis diam, lobortis tempus nonummy congue feugiat adipiscing ullamcorper ante, nisi pulvinar eget sem tincidunt sed consectetur tellus massa sed consectetur. Molestie mi congue ipsum felis praesent magna sit mauris praesent ut nonummy euismod ante aliquam amet volutpat nibh aliquam amet volutpat et, nisi. Ipsum at sem ut, ipsum elit diam ut sed nonummy molestie mi magna lorem adipiscing nibh nisi pulvinar elit aliquet massa erat pharetra. Molestie praesent congue feugiat id praesent magna, sit, mauris diam congue feugiat mi congue feugiat adipiscing euismod, et dolore erat consectetur tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec molestie praesent magna feugiat adipiscing ullamcorper. Lobortis tempus turpis euismod nibh, nisi ipsum elit. Sem massa erat consectetur non massa, magna sit. Mauris praesent, pharetra mauris diam congue feugiat adipiscing. Ullamcorper, lobortis nisi pulvinar volutpat et nisi pulvinar. Elit proin ut ipsum at sem ut, pulvinar. Consectetur non nunc euismod mi magna sit id. Et magna turpis molestie laoreet magna sit id. Et congue feugiat felis diam lobortis tempus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar elit non massa erat pharetra mauris mi, dolore feugiat at, aliquet tincidunt lorem at praesent tincidunt lorem adipiscing euismod magna. Sit id et nisi feugiat, felis diam lobortis tempus nonummy non ante aliquam amet non nibh aliquam pharetra eget ante donec pulvinar. Mauris aliquet sed consectetur euismod mi magna feugiat felis et congue ipsum, felis diam lobortis aliquam amet non nibh aliquam nonummy ullamcorper. Congue sit felis, praesent congue feugiat mauris erat amet volutpat ante erat amet molestie ante dolore dolor eget proin dolore pulvinar volutpat. Proin dolore dolor eget sem nunc, erat sit laoreet erat turpis molestie et congue ipsum nonummy volutpat nibh donec pharetra eget proin. Tincidunt lorem consectetur id diam ut ipsum elit non massa erat amet molestie ipsum felis diam, congue feugiat id diam ut tempus. Nonummy euismod nibh tempus amet volutpat ante nisi pulvinar eget proin dolore pulvinar eget proin dolore sed elit ut erat nonummy tellus. Mi magna sit felis diam lobortis tempus amet volutpat et aliquam pulvinar volutpat et aliquam amet tincidunt lorem turpis euismod laoreet ac. Pulvinar elit sem, ut ipsum nonummy sem, massa donec pharetra molestie mi dolore dolor mauris praesent congue sed, adipiscing euismod et turpis. Eget diam ut, ipsum felis diam ut erat pharetra molestie mi dolore amet volutpat ante donec pharetra molestie proin dolore dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, lorem adipiscing ullamcorper lobortis tempus adipiscing euismod et nisi dolor elit proin dolore id, nibh, nisi pulvinar eget. Non laoreet magna sit mauris praesent, tincidunt lorem turpis euismod nibh nisi dolor elit sem nunc sed, eget sem. Massa ipsum adipiscing non nibh aliquam nonummy ullamcorper nibh tempus, amet volutpat sem dolore sed elit aliquet massa ac. Pharetra id et, ut feugiat felis praesent nibh nisi pulvinar elit sem ut tempus, nonummy volutpat mi congue feugiat. Mauris aliquet tincidunt aliquam turpis euismod proin ut sed consectetur molestie laoreet nunc dolor at sem, nunc sed at. Tellus tincidunt ac sit id et magna, feugiat felis, diam lobortis aliquam amet eget proin nunc sed consectetur euismod. Et id diam, ut ipsum elit ullamcorper, ut, tempus amet volutpat ante, aliquam pharetra eget, proin dolore sed, at. Aliquet tincidunt lorem consectetur aliquet nunc erat at non massa erat, pharetra mauris praesent dolore, dolor mauris praesent congue. Sed adipiscing aliquet tincidunt, ac turpis felis diam ut nisi pulvinar eget aliquet laoreet ac pharetra molestie mi congue. Feugiat adipiscing ullamcorper lobortis tempus nonummy volutpat ante nisi dolor at aliquet tincidunt erat consectetur tellus massa lobortis, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris, aliquet laoreet nisi, pulvinar elit sem nunc erat volutpat mi congue, feugiat felis, ullamcorper lobortis ac amet id et nisi pulvinar elit sem nunc sed consectetur. Molestie praesent congue lorem amet eget sem ante erat pharetra molestie proin tincidunt ac turpis euismod nibh nisi sit, id, diam nunc ipsum elit sem nunc tempus consectetur. Volutpat mi dolore dolor pharetra molestie laoreet ac pharetra molestie laoreet magna sit mauris praesent ut lorem felis diam congue dolor molestie mi congue feugiat adipiscing aliquet diam. Ut tempus amet volutpat ante, donec amet volutpat, nibh donec pulvinar, eget proin, nisi dolor elit aliquet, tincidunt ac turpis tellus laoreet magna pharetra molestie, praesent dolore pharetra. Eget praesent, nunc sed at tellus tincidunt lorem consectetur sem laoreet, erat consectetur aliquet, massa erat pharetra tellus laoreet erat consectetur tellus mi magna sit sit id et. Nisi sit elit non, massa donec pharetra, mauris mi congue feugiat mauris proin donec pharetra volutpat proin ac turpis id et nisi pulvinar felis diam, lobortis tempus consectetur. Molestie praesent, tincidunt ac amet euismod et aliquam, pulvinar elit, proin nunc erat consectetur molestie mi aliquam, turpis euismod nibh, lorem adipiscing volutpat nibh aliquam amet id et. Nisi amet id et ut, sed nonummy, non ante magna feugiat felis euismod nibh massa erat nonummy molestie, praesent tincidunt lorem turpis id proin nisi pulvinar eget et. Nisi ipsum elit, sem nunc ipsum elit diam ut feugiat felis diam nisi ac adipiscing ullamcorper tincidunt lorem adipiscing ullamcorper laoreet aliquam turpis euismod et ut ipsum elit. Diam ut ipsum elit diam ut feugiat elit ullamcorper lobortis tempus nonummy ullamcorper tincidunt, ac turpis euismod nibh, magna turpis euismod laoreet ac turpis euismod mi magna sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac amet id et aliquam, pulvinar eget sem nunc sed, nonummy, tellus ante magna. Dolor felis aliquet congue dolor ullamcorper, nibh nisi, ipsum elit proin nunc, ipsum consectetur. Tellus mi magna feugiat felis, ullamcorper, lobortis, aliquam amet volutpat ante nisi amet volutpat. Et congue sit id ullamcorper lobortis donec pharetra eget ante donec dolor mauris, sem. Nunc lorem consectetur id, diam ut tempus elit ullamcorper, massa tempus, nonummy ullamcorper laoreet. Aliquam, pulvinar eget, nibh nisi pulvinar eget diam ut tempus elit sem massa tempus. Nonummy volutpat massa sit feugiat adipiscing ullamcorper lobortis, aliquam ipsum amet, volutpat proin dolore. Dolor turpis, euismod et nisi pulvinar elit non massa erat consectetur volutpat ante erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ullamcorper laoreet aliquam pulvinar nonummy tellus mi congue, feugiat adipiscing ullamcorper nibh, nisi amet volutpat nibh nisi dolor at, sem praesent congue sed at aliquet. Laoreet aliquam sit id nibh nisi tempus nonummy volutpat ante tempus nonummy sem massa ipsum felis diam congue sit id eget proin ut sed elit sem. Nunc tempus consectetur sem nunc erat pharetra molestie, praesent congue feugiat at ullamcorper, lobortis lorem adipiscing aliquet, congue ac turpis tellus ullamcorper lobortis lorem nonummy euismod. Nibh dolore, dolor consectetur tellus mi magna sit molestie mi congue feugiat felis diam lobortis tempus nonummy non molestie mi magna dolor volutpat ante erat consectetur. Volutpat ante, donec dolor mauris praesent tincidunt, ac turpis euismod et nisi pulvinar eget, sem, massa erat pharetra molestie felis sem, massa erat, amet molestie proin. Donec, dolor mauris praesent tincidunt sed at aliquet tincidunt, lorem adipiscing euismod nibh ac sit felis diam nisi ipsum dolor aliquet nunc, sed consectetur, id diam. Ut lorem nonummy volutpat nibh aliquam pulvinar eget aliquet dolore dolor eget proin dolore eget et nisi amet id et aliquam amet id et, nisi, ipsum. Nonummy non massa donec pharetra molestie ante, erat consectetur molestie mi donec amet non et nisi amet euismod et nisi, pulvinar id et nisi, pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy massa erat pharetra, mauris mi dolore, dolor mauris praesent laoreet aliquam pulvinar id et nisi ipsum, eget non ante donec pharetra mauris praesent congue molestie mi. Congue feugiat at aliquet laoreet aliquam pulvinar eget et nisi, sit eget et nisi, sit euismod laoreet ac consectetur tellus tincidunt erat turpis massa erat pharetra id. Et congue ipsum id praesent congue, lorem nonummy volutpat praesent nunc lorem consectetur tellus mi, ac sit id et ut, ipsum elit ullamcorper pharetra molestie, mi magna. Feugiat adipiscing ullamcorper ut tempus adipiscing, ullamcorper lobortis tempus turpis euismod nibh, nisi dolor, eget proin, dolore ipsum elit ut sed consectetur tellus mi, magna sit mauris. Diam lobortis tempus adipiscing euismod ante, nisi amet eget, proin nunc ipsum at aliquet massa erat, consectetur tellus laoreet consectetur tellus ante magna consectetur tellus ante donec. Pharetra molestie, mi congue feugiat mauris praesent tincidunt, lorem adipiscing aliquet tincidunt lorem at aliquet laoreet aliquam, consectetur molestie praesent congue feugiat adipiscing ullamcorper lobortis tempus turpis. Volutpat et nisi amet, id et ut ipsum elit sem laoreet donec sit molestie ante erat pharetra nunc tempus nonummy sem, massa erat pharetra mauris, praesent tincidunt. Lorem adipiscing id et nisi pulvinar elit diam nisi pulvinar id et magna sit felis diam, ut molestie mi magna sit felis et congue sit id praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc donec non, massa congue feugiat, felis aliquet tincidunt. Lorem adipiscing aliquet tincidunt ac turpis id et aliquam. Pulvinar eget proin nisi pulvinar elit non massa, nonummy. Volutpat praesent tincidunt tempus amet eget proin nisi amet. Eget sem massa ac consectetur non massa, erat, consectetur. Tellus ante donec pharetra tellus mi nonummy non massa. Erat nonummy ullamcorper lobortis feugiat felis diam ut tempus. Nonummy volutpat ante dolore sed at euismod et nisi. Ipsum felis diam ut tempus et nisi sit, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc sed at non laoreet, donec sit mauris praesent aliquam amet volutpat ante. Nisi pulvinar eget proin dolore pulvinar elit, proin nunc sed consectetur molestie mi magna. Sit felis diam tincidunt lorem adipiscing volutpat lorem adipiscing ullamcorper tincidunt, lorem turpis ullamcorper. Lobortis aliquam turpis id proin nunc sed nonummy non laoreet erat pharetra mauris diam. Lobortis tempus turpis, lobortis aliquam turpis ullamcorper lobortis ac turpis euismod, nibh ac adipiscing. Ullamcorper nibh ac sit, elit non ante donec dolor molestie mi congue lorem aliquet. Tincidunt lorem at ullamcorper laoreet ac turpis id et ac pulvinar eget sem nunc. Donec feugiat adipiscing ullamcorper, lobortis lorem turpis euismod et, nisi ipsum proin nisi ipsum. At non massa erat nonummy non laoreet erat consectetur tellus praesent congue feugiat mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit felis diam, lobortis tempus nonummy non ante donec, amet eget proin nunc sed consectetur euismod laoreet ac. Sit felis et nisi nonummy volutpat massa tempus nonummy ullamcorper massa aliquam, amet eget, nibh aliquam pulvinar eget proin. Dolore dolor mauris sem nunc dolor elit sem dolore, ipsum nibh, aliquam, amet id proin ut ipsum elit sem. Massa sed nonummy non, ante donec, consectetur volutpat ante, erat amet volutpat ante donec dolor at aliquet congue mauris. Praesent tincidunt ac sit id et, nisi pulvinar felis diam ut pulvinar elit diam lobortis tempus pharetra molestie ante. Donec, dolor at dolore dolor, at praesent dolore dolor at tellus nibh magna sit id diam ut ipsum elit. Non ante, donec dolor mauris aliquet tincidunt lorem adipiscing tellus laoreet nibh aliquam amet euismod ante tempus turpis volutpat. Et dolore dolor elit proin nunc ipsum elit et aliquam pulvinar id proin nunc, sed nonummy sem nunc ipsum. Lobortis erat consectetur volutpat massa erat amet volutpat, massa aliquam, nonummy non ante donec pharetra, volutpat ante donec, amet. Eget non nunc tempus consectetur, volutpat, massa donec pharetra molestie ante donec amet volutpat ante donec pharetra mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis euismod ante nunc dolor elit aliquet tincidunt ac consectetur tellus laoreet erat pharetra tellus. Laoreet donec sit molestie tellus laoreet, magna pulvinar, felis et ut ipsum felis et nisi. Ipsum elit, ullamcorper lobortis, aliquam amet, non, ante donec pharetra eget, praesent nunc lorem lorem. Nonummy volutpat, proin dolore pulvinar, eget et aliquam, amet euismod nibh ac, turpis id et. Nisi sed nonummy sem ut ipsum nonummy tellus mi donec dolor sit felis sem, lobortis. Erat amet, molestie proin congue lorem at, tellus laoreet ac turpis euismod nibh nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mi, magna sit molestie laoreet erat, pharetra, tellus praesent lobortis tempus pharetra non ante donec pulvinar eget. Ante mi tincidunt lorem adipiscing ullamcorper lobortis lorem turpis euismod et nisi pulvinar eget et nisi pulvinar id. Et magna sit euismod nibh magna sit felis nisi sit felis diam ut ipsum, felis diam congue ipsum. Adipiscing non ante donec pharetra mauris proin dolore sed at aliquet tincidunt erat turpis euismod mi, nisi elit. Diam lobortis tempus nonummy volutpat ante donec, pharetra mauris aliquet nunc sed, consectetur euismod mi magna sit felis. Diam ut ipsum felis euismod lobortis ac pulvinar eget et nisi pulvinar eget diam nisi pulvinar, id, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat tellus mi nisi ipsum nonummy volutpat. Proin dolore sed at aliquet tincidunt sed eget. Praesent nunc sed at aliquet nunc sed consectetur. Tellus laoreet erat molestie laoreet ac sit felis. Praesent ut tempus nonummy non nibh, aliquam pulvinar. Eget proin, dolore dolor mauris sem dolore pulvinar. Elit, sem nunc congue feugiat at praesent congue. Lorem adipiscing aliquet nibh magna pulvinar eget diam. Nunc erat nonummy non ut feugiat felis, ullamcorper. Massa, erat nonummy volutpat massa, tempus erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt lorem turpis euismod et ut ipsum felis diam ut nisi ipsum elit sem nunc ipsum at sem massa erat, pharetra tellus mi magna feugiat adipiscing euismod nibh nisi. Pulvinar eget proin dolore ipsum, elit amet id proin nisi pulvinar eget diam nunc erat pharetra molestie mi donec consectetur volutpat massa tempus amet volutpat, massa erat nonummy volutpat ante. Aliquam pulvinar nonummy, non laoreet donec, pharetra mauris mi, magna dolor mauris praesent congue lorem adipiscing euismod nibh aliquam pulvinar eget nibh nisi sit tellus mi congue, lorem adipiscing volutpat. Ante dolore pulvinar eget proin nunc sed elit proin dolore, ipsum elit sem, massa sed, elit sem nunc ipsum, eget diam tempus elit non nunc ipsum elit, sem massa erat. Nonummy molestie mi dolore, pharetra volutpat ante, donec sed at aliquet tincidunt sed adipiscing euismod nibh magna pulvinar et ut tempus pharetra mauris mi, congue feugiat at ullamcorper laoreet ac. Turpis id et nisi, pulvinar eget, diam nunc erat pharetra molestie mi, donec magna sit id diam congue ipsum adipiscing ullamcorper ut ipsum nonummy volutpat proin nunc lorem, consectetur aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis ipsum nonummy non massa erat amet volutpat, ante donec pharetra mauris praesent tincidunt lorem adipiscing euismod nibh. Nisi pulvinar volutpat mi dolore pharetra molestie mi donec pharetra molestie praesent tincidunt ac turpis, euismod et aliquam sit. Eget diam nunc, tempus elit sem massa erat sem lobortis tempus nonummy non lobortis, tempus, nonummy non ante donec. Dolor at, praesent dolore sed mauris proin donec amet volutpat nibh aliquam pulvinar elit sem massa consectetur molestie et. Congue tempus, nonummy volutpat ante donec pulvinar, eget, proin tincidunt lorem consectetur euismod mi magna sit id et nisi. Feugiat ullamcorper massa, donec dolor at aliquet tincidunt lorem turpis euismod nibh magna ipsum felis et nisi, ipsum felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed eget sem massa erat consectetur tellus laoreet magna, pharetra mauris diam congue feugiat adipiscing diam congue feugiat adipiscing ullamcorper nibh ac at tellus mi magna feugiat felis ullamcorper. Nibh donec pulvinar mauris proin dolore dolor mauris aliquet mi magna turpis, molestie mi magna turpis molestie mi et, nisi pulvinar id et nisi sit id et magna pulvinar id. Et nisi pulvinar elit, non, massa donec, pharetra molestie praesent congue dolor molestie proin, dolore nibh tempus nonummy, euismod ante, donec pulvinar, volutpat sem tincidunt ac turpis tellus laoreet ac. Sit id et ut tempus adipiscing non lobortis mi congue feugiat adipiscing ullamcorper lobortis aliquam, amet volutpat sem dolore dolor elit proin, nisi ipsum elit sem laoreet donec sit id. Praesent congue lorem adipiscing ullamcorper laoreet magna turpis euismod, et lobortis erat nonummy non massa aliquam amet volutpat ante donec pharetra volutpat, nibh donec amet eget proin nisi amet volutpat. Proin nunc, tempus nonummy ullamcorper lobortis erat amet molestie, proin dolore sed mauris aliquet tincidunt lorem at praesent nunc dolor at, aliquet ante dolore dolor, mauris aliquet tincidunt lorem adipiscing. Ullamcorper nibh aliquam sit id et nisi ipsum nonummy non ante donec consectetur, molestie mi magna feugiat felis sem massa erat at sem, massa erat consectetur tellus laoreet, donec sit. Felis diam congue feugiat mauris praesent congue feugiat mauris praesent congue dolor mauris ullamcorper tincidunt ut, tempus amet volutpat ante donec, amet eget praesent nunc lorem at tellus laoreet ac. Sit felis diam ut ipsum elit ullamcorper massa tempus nonummy non ante praesent congue lorem adipiscing diam, lobortis, tempus, turpis euismod nibh aliquam turpis euismod lobortis lorem turpis, ullamcorper nibh. Aliquam amet euismod, nibh ac adipiscing aliquet nunc sed id sem massa, erat pharetra molestie aliquet tincidunt feugiat adipiscing ullamcorper lobortis aliquam turpis euismod et, aliquam pulvinar id et, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet laoreet lobortis, tincidunt nisi erat, feugiat amet at elit id non amet volutpat praesent laoreet, ut tempus consectetur mauris euismod proin tincidunt magna ipsum. Amet mauris euismod et massa magna feugiat pharetra adipiscing nonummy adipiscing dolor nonummy, eget aliquet nunc, sed at aliquet nunc erat, at aliquet massa ipsum elit. Sem laoreet congue feugiat adipiscing euismod, ante dolore sed at sem elit sem massa ac consectetur tellus mi, ac sit id mi congue feugiat id praesent. Congue feugiat adipiscing diam lobortis lorem felis aliquet tincidunt non massa erat amet non ante aliquam amet eget proin, dolore volutpat praesent tincidunt ac sit, id. Sem nunc tempus, elit sem, massa donec pharetra molestie mi dolore, feugiat mauris praesent dolore lorem at aliquet tincidunt sed pharetra molestie mi donec pharetra volutpat. Mi dolore feugiat felis praesent congue lorem adipiscing ullamcorper, laoreet, sed, turpis, euismod et nisi ipsum elit diam ut tempus elit donec pharetra molestie mi dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue, feugiat nonummy, non ante donec nisi feugiat elit ullamcorper massa erat, amet volutpat ante donec pharetra mauris praesent tincidunt. Sed adipiscing aliquet, laoreet ac consectetur euismod mi magna, turpis id sem aliquam pharetra mauris praesent tincidunt sed adipiscing tellus nunc. Lorem consectetur euismod, mi magna turpis euismod mi nisi feugiat id diam ut feugiat, adipiscing ullamcorper consectetur non nunc ipsum, elit. Diam ut pulvinar elit diam lobortis ipsum nonummy molestie mi congue feugiat at aliquet tincidunt lorem adipiscing euismod et nisi pulvinar. Felis sem massa tempus nonummy non ante donec pharetra volutpat ante dolore pharetra mauris praesent tincidunt lorem, turpis euismod nibh, magna. Sit, id mi, pulvinar volutpat proin dolore sed at non mi ac pharetra id diam ut lorem nonummy, euismod nibh tempus. Nonummy euismod, lobortis tempus amet eget proin nisi ac sit amet at elit, felis volutpat praesent laoreet, ut, erat feugiat amet. Eget molestie sem ante tincidunt aliquam ipsum at id magna aliquam dolor, sit felis non praesent, nibh dolore magna tempus dolor. Ipsum aliquam ac, ipsum at tellus laoreet erat consectetur molestie mi magna feugiat felis ullamcorper molestie praesent dolore, feugiat, mauris, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ullamcorper ante dolore mauris ullamcorper lobortis lorem adipiscing ullamcorper nibh aliquam amet id proin ut ipsum at sem nunc erat nonummy, sem nunc. Tempus consectetur molestie praesent dolor at praesent congue dolor mauris aliquet congue, sed at tellus nibh magna turpis id nibh nisi pulvinar felis non. Ante dolore feugiat adipiscing euismod donec dolor eget praesent, nunc sed, turpis euismod laoreet magna sit id diam ut ipsum elit non, ante donec. Dolor at ullamcorper nibh ac, turpis, tellus tincidunt non nunc tempus nonummy, non massa erat pharetra mauris aliquet tincidunt, lorem turpis euismod et nisi. Pulvinar elit proin, nunc erat pharetra molestie mauris diam tincidunt, aliquam amet volutpat et nisi pulvinar eget proin nisi ipsum at non laoreet magna. Feugiat, adipiscing euismod nibh donec pulvinar eget proin nisi pulvinar praesent dolore feugiat adipiscing ullamcorper nibh ac turpis euismod tempus ut tincidunt nunc magna. Donec, aliquam sed sit amet sit pharetra amet mauris euismod nibh magna, pharetra, mauris praesent tincidunt lorem adipiscing, ullamcorper laoreet ac sit, id diam. Massa magna feugiat adipiscing ullamcorper lobortis aliquam amet volutpat, et dolore dolor eget sem massa, tincidunt ac turpis eget et nisi pulvinar eget diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat felis ullamcorper lobortis donec amet non lobortis, aliquam pulvinar mauris sem tincidunt. Lorem sit euismod et ut tempus nonummy aliquam amet non nibh, aliquam amet euismod. Ante dolore dolor, mauris aliquet tincidunt sed consectetur molestie et nisi feugiat elit diam. Lobortis tempus nonummy volutpat id diam nisi pulvinar felis diam ut tempus elit diam. Massa dolore dolor mauris aliquet tincidunt lorem, at aliquet tincidunt, lorem turpis euismod nibh. Nisi ipsum felis aliquet tincidunt ac turpis molestie mi congue ipsum elit ullamcorper massa. Aliquam amet volutpat ante dolore sed mauris aliquet, tincidunt lorem consectetur euismod felis, ullamcorper. Ante dolore feugiat mauris aliquet laoreet ac sit eget diam nunc erat, consectetur tellus. Massa erat pharetra volutpat ante dolore pharetra molestie mi dolore dolor eget praesent tincidunt. Ac sit eget sem nunc tempus, pharetra, mauris diam tincidunt tempus turpis ullamcorper, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy non proin dolore, dolor eget proin dolore sed at euismod mi nisi ipsum elit ullamcorper. Lobortis tempus nonummy ullamcorper massa volutpat proin dolore dolor adipiscing tellus nibh ac turpis id et ut. Tempus nonummy volutpat massa donec, dolor at, ullamcorper laoreet aliquam pulvinar eget ipsum nonummy non massa erat. Pharetra erat, at molestie mi congue ipsum elit non proin congue sed at, aliquet tincidunt sed consectetur. Euismod et nisi pulvinar felis amet volutpat proin nunc sed, adipiscing, euismod et, nunc erat pharetra molestie. Praesent tincidunt, aliquam amet volutpat proin dolore ipsum eget sem ut, eget praesent dolore sed at aliquet. Tincidunt lorem at tellus mi, magna sit id et magna feugiat id et congue ipsum adipiscing non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod ante aliquam amet eget proin nisi ipsum elit aliquet laoreet ac sit felis, praesent, congue lorem. Mauris, praesent nibh tempus turpis euismod nibh nisi dolor eget et nunc pulvinar elit sem, massa erat pharetra. Molestie praesent congue lorem, adipiscing ullamcorper volutpat ante, dolore dolor elit sem massa erat consectetur tellus, laoreet erat. Consectetur, molestie laoreet donec pharetra molestie mi congue feugiat mauris diam lobortis aliquam pulvinar eget ullamcorper nibh, nisi. Ipsum consectetur molestie mi, magna sit mauris ullamcorper lobortis tempus adipiscing diam congue feugiat felis aliquet congue feugiat. Mauris aliquet molestie, praesent dolore dolor at, praesent tincidunt lorem adipiscing tellus nibh magna sit, felis sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac amet id proin nunc sed, nonummy non mi magna sit mauris praesent congue feugiat adipiscing ullamcorper lobortis aliquam. Ipsum at tellus laoreet consectetur molestie mi magna feugiat felis diam congue feugiat felis ullamcorper, tincidunt tempus amet volutpat et. Dolore, erat consectetur tellus mi magna, sit id mi euismod ante aliquam pulvinar eget, proin dolore dolor elit sem laoreet. Ac feugiat molestie mi congue sit felis praesent, ut tempus nonummy euismod nibh aliquam nonummy ullamcorper ullamcorper et dolore sed. At tellus laoreet magna sit id praesent congue feugiat adipiscing ullamcorper lobortis tempus amet, volutpat, ante dolore dolor elit congue. Dolor, adipiscing aliquet tincidunt, lorem adipiscing aliquet tincidunt ac, turpis euismod laoreet ac turpis id diam ut ipsum elit non. Ante, dolore dolor mauris praesent congue id mi congue feugiat felis, ullamcorper nibh aliquam amet volutpat proin dolore amet, volutpat. Proin dolore ipsum elit sem nunc, erat at, tellus mi, magna sit nibh magna pulvinar id mi ac sit id. Diam lobortis erat amet, non, ante dolore, sed at aliquet laoreet ac diam, nunc erat consectetur volutpat mi magna feugiat. Adipiscing euismod et aliquam amet id et ut ipsum elit sem nunc ipsum, eget sem nunc ipsum nonummy lobortis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, amet id et ut ipsum elit non ante donec dolor mauris. Aliquet lobortis aliquam turpis euismod nibh, nisi ipsum elit sem nunc sed. Nonummy tellus, laoreet magna feugiat, mauris ullamcorper lobortis tempus turpis ullamcorper tincidunt. Ac amet eget proin massa erat consectetur non massa donec pharetra mauris. Diam lobortis lorem nonummy euismod nibh nisi pulvinar eget sem dolore sed. Ac feugiat id diam ut feugiat felis diam ut feugiat adipiscing ullamcorper. Lobortis aliquam amet volutpat, proin dolore pulvinar elit proin dolore ipsum adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin dolore sed mauris aliquet laoreet ac sit id mi. Nisi ipsum elit ullamcorper non massa mi congue feugiat adipiscing ullamcorper. Nibh dolore sed consectetur molestie, mi, congue feugiat felis diam magna. Feugiat adipiscing non nibh aliquam amet volutpat elit non massa erat. Pharetra molestie praesent dolore dolor, at praesent congue dolor at tellus. Tincidunt aliquam turpis id diam nisi pulvinar felis diam ut donec. Mi congue feugiat, at aliquet congue lorem at aliquet laoreet ac. Sit id et ut ipsum nonummy non massa, donec feugiat felis. Volutpat proin dolore dolor mauris, proin, nunc lorem, turpis euismod nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa dolore dolor at pharetra adipiscing aliquet tincidunt, sed adipiscing, tellus, tincidunt ac sit felis et nisi ipsum elit sem lobortis tempus nonummy diam ut ipsum nonummy. Non ante et ut tempus consectetur molestie ante donec dolor mauris praesent congue lorem, at aliquet, tincidunt, lorem adipiscing euismod, nibh aliquam pulvinar eget diam nunc tempus ante. Nisi pulvinar, volutpat nibh aliquam turpis euismod nibh ac turpis id nibh lorem at praesent tincidunt sed eget praesent tincidunt ac consectetur tempus nonummy sem lobortis tempus nonummy. Non ante donec amet volutpat ante donec dolor mauris aliquet laoreet lorem consectetur tellus et, nisi sit id diam lobortis tempus dolore feugiat at aliquet tincidunt, sed adipiscing. Tellus nibh magna pulvinar id sem ut ipsum elit non massa erat dolor mauris mi dolore feugiat adipiscing euismod nibh felis diam ut lorem felis praesent tincidunt lorem. Adipiscing ullamcorper tincidunt lorem, adipiscing ullamcorper nibh, ac turpis euismod et nisi pulvinar eget proin feugiat felis ullamcorper lobortis aliquam amet volutpat ante dolore sed at aliquet nunc. Sed pharetra molestie et magna feugiat id diam congue tempus sit felis diam, lobortis erat, amet molestie ante dolore dolor mauris aliquet congue dolor mauris aliquet tincidunt lorem. Adipiscing tellus nibh ac turpis id diam ut ipsum sem, nunc donec consectetur molestie ante magna feugiat felis ullamcorper lobortis lorem adipiscing ullamcorper lobortis aliquam amet eget non. Laoreet magna feugiat felis, praesent ut tempus adipiscing ut erat pharetra, mauris praesent congue lorem adipiscing ullamcorper nibh, aliquam ipsum at sem massa sed nonummy tellus laoreet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut tempus amet mauris mi, dolore, feugiat adipiscing ullamcorper nisi pulvinar eget sem massa sed elit. Diam nunc ipsum nonummy non lobortis erat consectetur, volutpat massa tempus, nonummy, non massa tempus nonummy non. Massa ullamcorper nibh donec dolor at aliquet nunc dolor at aliquet mi nisi feugiat felis ullamcorper, massa. Donec pharetra mauris praesent congue sed adipiscing euismod et lobortis tempus adipiscing ullamcorper nibh, tempus turpis euismod. Nibh nisi dolor eget proin dolore ipsum elit proin nunc sed nonummy non massa donec pulvinar eget. Proin dolore, dolor at, aliquet laoreet magna sit molestie mi magna sit molestie diam, congue ipsum id. Diam lobortis lorem adipiscing euismod ante donec dolor proin nisi dolor at aliquet massa erat consectetur tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut sed consectetur, tellus ante consectetur non ante magna feugiat adipiscing euismod. Nibh, aliquam, amet euismod lobortis, lorem, adipiscing ullamcorper laoreet lorem at, proin dolore. Pharetra eget praesent dolore dolor consectetur non massa, tempus consectetur, molestie mi dolore. Dolor mauris praesent congue sed at ullamcorper, laoreet ac sit id, diam, ut. Tempus consectetur tellus mi dolore dolor elit aliquet laoreet magna pharetra molestie mi. Magna ipsum adipiscing ullamcorper lobortis tempus nonummy volutpat, ante nunc dolor eget sem. Nunc tincidunt lorem, felis aliquet congue lorem adipiscing, euismod proin nisi pulvinar elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh nisi, tempus, nonummy eget sem nunc, sed consectetur molestie mi congue feugiat felis. Ullamcorper massa, donec amet eget proin donec pulvinar mauris sem dolore sed at aliquet ut. Tempus nonummy volutpat proin dolore dolor mauris praesent tincidunt ac turpis tellus laoreet magna turpis. Id diam ut tempus nonummy sem ut ipsum nonummy volutpat et dolore sed, elit sem. Massa erat pharetra molestie mi magna sit molestie praesent congue lorem adipiscing ullamcorper nibh aliquam. Amet volutpat proin dolore dolore dolor mauris aliquet laoreet ac turpis id et nisi ipsum. Elit non massa tempus, consectetur volutpat ante donec pharetra molestie proin dolore dolor at non. Massa donec consectetur molestie mi donec pharetra mauris, praesent tincidunt lorem felis aliquet tincidunt feugiat. Felis aliquet tincidunt, ac turpis euismod nibh aliquam pulvinar eget sem proin nunc lorem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod proin nunc sed elit aliquet nunc sed at non sed at non massa erat nonummy, non ante congue lorem adipiscing ullamcorper. Nibh nisi dolor elit sem massa sed consectetur tellus laoreet ac sit, felis nibh donec dolor at praesent nunc, sed consectetur tellus. Laoreet ac turpis id mi magna ipsum nonummy ullamcorper massa aliquam, amet eget proin dolore pharetra id et nunc erat consectetur non. Ante donec dolor felis aliquet tincidunt ac turpis euismod nibh nisi pulvinar eget proin ut ipsum elit sem ante magna amet volutpat. Ante dolore sed consectetur molestie laoreet, magna sit felis et congue feugiat felis diam ut lorem nonummy euismod nibh aliquam amet, volutpat. Mauris praesent dolore dolor mauris aliquet tincidunt lorem adipiscing ullamcorper tincidunt lorem adipiscing tellus tincidunt ac sit id et nisi pulvinar felis. Diam, ut feugiat felis sem sem massa erat pharetra tellus mi magna pharetra felis diam ut sit, felis praesent congue feugiat adipiscing. Ullamcorper lobortis tempus amet eget proin dolore nibh aliquam amet eget proin ut sed elit diam ut, erat consectetur mauris, diam lobortis. Lorem adipiscing ullamcorper lobortis lorem adipiscing euismod nibh aliquam turpis, euismod nibh magna pharetra tellus, laoreet, donec pharetra mauris praesent magna pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet amet adipiscing adipiscing volutpat praesent laoreet nunc donec feugiat adipiscing euismod, proin tincidunt magna feugiat amet amet, pharetra adipiscing. Mauris euismod proin nunc congue aliquam ac non praesent nibh, nunc erat at aliquet laoreet ac turpis felis diam ut. Aliquam pharetra eget, proin aliquam amet non ante, donec pulvinar mauris aliquet ante, donec dolor mauris aliquet lobortis ac, adipiscing. Euismod et nisi pulvinar elit sem ut sed consectetur tellus massa donec consectetur molestie praesent tempus turpis euismod nibh aliquam. Pulvinar elit, sem nunc ipsum at sem massa sed consectetur non, nunc erat, nonummy non ante magna pharetra mauris praesent. Dolore dolor volutpat et dolore ipsum elit sem nunc sed consectetur molestie laoreet donec pharetra, molestie praesent, magna pharetra molestie. Mi tincidunt tempus turpis euismod et dolore ipsum eget mi magna sit felis, diam ut tempus, nonummy euismod nibh nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem lobortis tempus amet praesent tincidunt lorem adipiscing, ullamcorper nibh ut, erat nonummy tellus. Ante congue feugiat adipiscing euismod lobortis tempus, turpis, euismod et dolore pulvinar elit sem. Ut tempus adipiscing non ante donec amet volutpat proin dolore sed consectetur tellus laoreet. Ac sit molestie mi magna sit id diam lobortis tempus nonummy id sem, ut. Pulvinar id nibh nisi pulvinar id et nisi, pulvinar, elit, non ante dolore feugiat. Adipiscing ullamcorper laoreet nisi amet id et ut sed nonummy pulvinar felis, diam nunc. Tempus consectetur molestie praesent dolore dolor molestie proin donec, amet ullamcorper lobortis ipsum nonummy. Non lobortis tempus amet volutpat molestie praesent tincidunt lorem adipiscing aliquet tincidunt lorem turpis. Euismod nibh aliquam turpis euismod nibh aliquam sit euismod nibh aliquam turpis id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ante aliquam pulvinar elit, tellus ullamcorper praesent et massa ut congue nisi erat sit adipiscing eget aliquet mauris id non, praesent nibh laoreet lobortis et. Massa congue feugiat felis diam ut lorem nonummy euismod lobortis tempus nonummy euismod nibh nisi dolor feugiat adipiscing euismod lobortis nisi pulvinar eget proin ut ipsum. Elit tellus mi magna sit mauris praesent congue feugiat adipiscing euismod ante nisi dolor volutpat, proin nisi nibh, aliquam, pulvinar eget sem nunc ipsum nonummy sem. Massa magna, dolor felis diam lobortis aliquam pulvinar eget sem nunc sed consectetur aliquet ullamcorper laoreet ac turpis euismod nibh magna sit eget et ut ipsum. Elit, non ante erat amet volutpat ante erat pharetra molestie proin donec dolor mauris praesent volutpat proin donec dolor mauris sem nunc sed at tellus laoreet. Ac sit id et congue ipsum, nonummy volutpat massa aliquam pharetra mauris praesent, laoreet, ac pulvinar sed, mauris sem nunc, sed consectetur, molestie diam lobortis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed at aliquet ante donec pharetra mauris praesent congue lorem adipiscing. Ullamcorper et, nisi, pulvinar eget sem dolore sed consectetur molestie diam lobortis. Tempus adipiscing ullamcorper lobortis nunc tempus, nonummy non ante donec pharetra volutpat. Mi congue lorem turpis euismod laoreet aliquam amet id et, ut pulvinar. Eget diam nunc erat, nonummy turpis, euismod et ut tempus amet molestie. Proin congue feugiat mauris praesent laoreet lorem adipiscing aliquet nunc ac sit. Id et ut ipsum, nonummy, elit, aliquet laoreet ac feugiat nonummy volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent lobortis donec pharetra at, elit sem, massa erat lorem turpis, id et, ut tempus consectetur molestie mi donec pharetra molestie mi donec pharetra volutpat proin congue. Lorem amet id et nisi ipsum eget proin nunc dolor elit proin, dolore dolor elit aliquet, nunc erat consectetur molestie mi congue feugiat id diam ut lorem. Adipiscing ullamcorper lobortis tempus turpis massa donec dolor mauris praesent laoreet sed adipiscing aliquet tincidunt sed at tellus nibh ac pulvinar elit non massa donec pharetra molestie. Mi ipsum elit ullamcorper lobortis aliquam amet non nibh tempus, nonummy volutpat nibh aliquam pulvinar eget sem tincidunt erat consectetur tellus nunc sed elit sem nunc erat. Consectetur mauris diam lobortis lorem felis diam, tincidunt tempus adipiscing euismod nibh, nisi, pulvinar eget sem nunc sed elit sem nunc sed consectetur id eget euismod sem. Diam elit molestie euismod proin laoreet ac sit, nonummy mauris id molestie non praesent et nisi pulvinar id et nisi pulvinar id sem ante donec pharetra diam. Lobortis aliquam amet non nibh aliquam amet, non ante, aliquam pulvinar, mauris aliquet, laoreet magna feugiat felis diam lobortis tempus nonummy ullamcorper lobortis tempus adipiscing diam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum elit sem nunc erat turpis euismod proin ut erat consectetur molestie mi. Congue feugiat mauris praesent congue dolor mauris praesent congue feugiat adipiscing euismod nibh. Nisi pulvinar eget sem massa donec sit, mauris diam lobortis aliquam amet euismod. Et dolore pulvinar volutpat nibh nisi pulvinar id proin ut ipsum elit non. Massa donec pharetra dolore dolor consectetur, aliquet tincidunt erat sit id et congue. Ipsum nonummy non massa donec pharetra volutpat ante dolore dolor at tellus tincidunt. Ac eget proin, dolore ipsum, eget sem nunc sed at tellus, laoreet donec. Sit mauris mi congue sit mauris praesent, congue feugiat mauris mi dolore dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra mauris praesent tincidunt ac turpis id diam ut tempus consectetur molestie ante magna feugiat volutpat ante. Donec dolor adipiscing, euismod, nibh aliquam pulvinar, eget sem massa tempus nonummy non massa donec pharetra mauris praesent. Dolore lorem adipiscing ullamcorper pharetra molestie praesent congue, sit mauris praesent ut lorem felis ullamcorper lobortis tempus turpis. Euismod nibh nisi pulvinar eget proin dolore ipsum, elit non laoreet donec sit adipiscing euismod, nibh nisi pulvinar. Elit non ante erat consectetur, volutpat ante donec pharetra mauris praesent dolore dolor at aliquet tincidunt lorem donec. Dolor turpis felis diam ut feugiat felis et congue sit molestie mi magna, feugiat felis praesent ut tempus. Nonummy non nibh aliquam pulvinar mauris proin dolore praesent congue feugiat at praesent congue sed at praesent, congue. Sed adipiscing tellus, laoreet magna pulvinar id et nisi pulvinar felis diam ut ipsum nonummy non ante praesent. Tincidunt ac adipiscing euismod et nisi sit id sem ante, donec dolor, mauris praesent congue feugiat mauris, aliquet. Tincidunt non laoreet erat sit mauris diam lobortis aliquam nonummy volutpat ante aliquam amet euismod lobortis ac, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat consectetur id praesent ut lorem nonummy volutpat, proin tincidunt erat consectetur tellus. Laoreet magna feugiat felis diam lobortis pharetra id diam ut aliquam pulvinar eget proin. Nisi dolor at sem tincidunt erat at aliquet, mi magna feugiat felis ullamcorper lobortis. Tempus, nonummy non eget proin dolore sed at aliquet tincidunt ac turpis, molestie et. Ac turpis, molestie, mi congue feugiat, id praesent, congue feugiat id praesent magna feugiat. Nonummy, aliquam pulvinar eget proin dolore sed turpis id diam, congue ipsum adipiscing ullamcorper. Massa dolore dolor mauris, aliquet tincidunt ac turpis tellus laoreet ac, turpis id et. Dolore ipsum eget proin ut ipsum elit sem ut ipsum elit non ante donec. Pharetra mauris praesent congue feugiat mauris praesent congue lorem ut, aliquam pharetra mauris tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id diam ut tempus nonummy, non mi donec pharetra mauris ac consectetur molestie laoreet erat. Consectetur molestie mi congue feugiat felis ullamcorper lobortis tempus amet eget, proin dolore sed at. Tellus mi magna sit molestie mi magna sit felis diam congue tempus turpis volutpat proin. Massa, erat consectetur aliquet laoreet congue feugiat felis diam ut lorem nonummy, volutpat ante pharetra. Mauris aliquet tincidunt feugiat felis, ullamcorper nibh, aliquam pulvinar eget proin ut erat at tellus. Laoreet donec pharetra mauris praesent congue feugiat felis ac turpis id diam lobortis aliquam amet. Volutpat proin congue sed, adipiscing euismod nibh ac, sit euismod et ut pulvinar elit sem. Lobortis tempus elit non nonummy volutpat proin dolore sed mauris proin nisi dolor at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc sed consectetur molestie aliquam amet volutpat, ante donec sed at aliquet laoreet magna sit felis et ut tempus nonummy non massa, aliquam, amet molestie ante dolore, dolor laoreet. Magna sit id et nisi ipsum elit sem ut, ipsum nonummy non, ante dolore feugiat adipiscing ullamcorper tincidunt ac turpis euismod laoreet aliquam sit sem, nunc tempus elit sem lobortis. Erat consectetur molestie, praesent congue lorem adipiscing id et nisi pulvinar eget et nisi pulvinar elit sem, nunc tempus consectetur congue dolor mauris praesent congue lorem at, aliquet tincidunt lorem. At praesent congue sed at aliquet laoreet lorem consectetur tellus, laoreet ac consectetur sem ante, dolore feugiat at ullamcorper lobortis ac turpis, euismod et nisi pulvinar elit non massa, erat. Consectetur molestie mi congue feugiat felis ullamcorper lobortis aliquam pulvinar eget mi, magna sit felis ullamcorper nibh aliquam amet volutpat ante aliquam pulvinar eget proin, nunc sed at tellus tincidunt. Erat turpis molestie laoreet ac id diam lobortis tempus nonummy non nibh, aliquam pulvinar mauris tellus, tincidunt lorem turpis tellus laoreet magna sit elit, volutpat, ante erat nonummy molestie ante. Dolore dolor, nibh, aliquam dolor mauris proin dolore sed at aliquet nunc sed at tellus laoreet erat consectetur tellus, massa erat consectetur tellus laoreet erat sit molestie, laoreet congue mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent tincidunt lorem turpis euismod nibh nisi ipsum elit aliquam pulvinar eget sem, nunc sed nonummy tellus ante donec pharetra. Mauris ullamcorper nibh aliquam amet volutpat et nisi pulvinar eget proin nunc sed sit volutpat proin, dolore sed mauris tellus laoreet. Nisi pulvinar elit non massa erat amet mauris praesent congue feugiat turpis euismod, nibh aliquam pulvinar elit proin, id et nisi. Pulvinar felis sem lobortis, tempus consectetur volutpat ante dolore dolor mauris praesent congue lorem adipiscing, aliquet tincidunt lorem turpis tellus nibh. Magna lorem adipiscing ullamcorper nibh nisi, amet euismod nibh aliquam amet euismod nibh nisi, ipsum, eget sem, nunc erat consectetur tellus. Mi congue sit, felis diam aliquam amet volutpat, et, dolore erat consectetur molestie mi congue, feugiat adipiscing, non nibh donec dolor. Eget praesent nunc sed at tellus, tincidunt erat consectetur tellus, mi consectetur tellus laoreet ac, pharetra id praesent ut, ipsum adipiscing. Praesent congue feugiat felis ullamcorper nibh dolore pulvinar eget sem dolor at, tellus massa sed at tellus laoreet erat pharetra id. Praesent congue lorem adipiscing, ullamcorper lobortis tempus nonummy ullamcorper lobortis aliquam turpis volutpat et aliquam turpis et dolore erat pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi pulvinar id, sem nunc tempus non massa erat, consectetur volutpat ante. Erat amet non ante donec dolor at praesent congue ac turpis, euismod laoreet. Magna pulvinar felis, diam ut ipsum volutpat ante donec pharetra mauris praesent tincidunt. Lorem amet id et ut sed elit non massa erat consectetur tellus mi. Magna dolor mauris praesent tincidunt amet eget proin nisi pulvinar eget nibh ac. Turpis euismod nibh aliquam pulvinar id nibh ac turpis id et magna sit. Id diam ut ipsum felis non, et nisi ipsum eget sem massa, sed. Consectetur molestie praesent congue feugiat felis diam, tincidunt, tempus turpis, euismod nibh aliquam. Adipiscing euismod nibh turpis euismod laoreet ac turpis id et nisi sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nisi pulvinar, eget sem nunc mi magna sit adipiscing praesent, congue feugiat felis praesent magna sit molestie praesent congue tempus turpis euismod nibh aliquam. Amet volutpat et nisi pulvinar sem nunc sed at non massa erat consectetur molestie mi donec dolor mauris praesent congue feugiat felis aliquet tincidunt lorem. Turpis ullamcorper laoreet ac turpis nonummy, ullamcorper ut lorem adipiscing euismod nibh aliquam pulvinar volutpat nibh nisi dolor elit sem dolore dolor at aliquet massa. Erat consectetur, molestie mi, nunc sed adipiscing tellus tincidunt lorem consectetur aliquet tincidunt erat turpis euismod laoreet ac consectetur id diam ut aliquam, amet eget. Aliquet, laoreet aliquam sit euismod massa erat, pharetra molestie mi, magna feugiat felis euismod nibh nisi pulvinar eget, sem nunc ipsum elit non laoreet donec. Pharetra molestie mi magna pharetra tellus mi nonummy non ante dolore, feugiat, adipiscing ullamcorper et aliquam pulvinar eget proin ut sed, consectetur tellus mi congue. Tempus nonummy proin nisi pulvinar eget sem, nunc sed consectetur molestie laoreet ac consectetur tellus mi magna feugiat felis ullamcorper nibh aliquam amet volutpat ante. Aliquam amet eget proin turpis volutpat, et dolore ipsum at non nunc sed at non massa erat consectetur tellus massa donec sit molestie mi magna. Feugiat turpis ullamcorper lobortis lorem, adipiscing lobortis aliquam amet id et nisi ipsum elit diam ut ipsum consectetur tellus massa donec pharetra, molestie ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet euismod nibh nisi pulvinar elit sem nunc sed nonummy, tellus mi, congue dolor molestie, praesent congue, volutpat mi tincidunt lorem adipiscing ullamcorper nibh, nisi pulvinar eget. Proin nunc sed consectetur molestie, mi magna feugiat felis ullamcorper ante aliquam amet euismod et, congue, feugiat felis diam lobortis ipsum adipiscing diam lobortis lorem felis diam congue. Sit mauris diam tincidunt tempus amet euismod nibh aliquam amet euismod proin, dolore pharetra molestie praesent congue sit id praesent ut tempus, adipiscing ullamcorper tincidunt tempus adipiscing diam. Tincidunt lorem adipiscing euismod et, nisi ipsum eget nunc ipsum elit, proin ut erat nonummy sem massa erat, consectetur non ante donec, dolor mauris praesent dolore feugiat molestie. Aliquet tincidunt ac adipiscing euismod nibh aliquam tincidunt ac adipiscing, aliquet laoreet ac turpis euismod et ut ipsum elit sem, lobortis tempus amet volutpat, ante dolore dolor mauris. Aliquet laoreet ac turpis euismod diam congue feugiat adipiscing ullamcorper nibh aliquam amet, elit sem nunc, ipsum elit proin dolore ipsum consectetur tellus massa erat adipiscing diam lobortis. Lorem adipiscing ullamcorper lobortis lorem, turpis volutpat nibh aliquam turpis euismod et aliquam pulvinar id proin nunc sed nonummy tellus, mi magna feugiat felis lobortis tempus turpis euismod. Nibh nisi pulvinar elit sem dolore ipsum elit sem nunc sed consectetur id praesent ut lorem adipiscing diam tincidunt tempus turpis volutpat nibh adipiscing ullamcorper tincidunt ac amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id et, nunc ipsum nonummy ut ipsum elit sem nunc erat pharetra, molestie mi dolore pharetra volutpat proin, congue feugiat adipiscing ullamcorper tincidunt, sed at aliquet nunc sed. At, nunc lorem at aliquet laoreet, erat consectetur molestie laoreet, ac sit felis ullamcorper ut, ipsum adipiscing non nibh aliquam amet mauris aliquet, laoreet, ac, pulvinar elit massa erat. Consectetur, molestie ante donec pharetra volutpat ante donec pharetra mauris aliquet tincidunt ac adipiscing tellus laoreet magna pulvinar id diam massa nisi dolor elit sem massa sed consectetur aliquet. Laoreet magna feugiat felis diam ut lorem nonummy euismod lobortis tempus, nonummy euismod nibh aliquam amet eget sem dolore dolore, feugiat adipiscing ullamcorper laoreet aliquam turpis id nibh aliquam. Turpis euismod et magna sit id et nisi sit felis, diam magna sit id diam ut sed adipiscing euismod nibh ac sit id diam nunc ipsum elit sem ut. Ipsum felis diam nisi sit id mi congue tempus nonummy non ante dolore, dolor sit mauris diam nibh tempus nonummy euismod lobortis tempus turpis ullamcorper lobortis ac amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem at aliquet laoreet lorem turpis euismod et, ut ipsum nonummy volutpat mi magna dolor mauris praesent dolor mauris proin dolore sed at aliquet, laoreet aliquam. Turpis euismod nibh ac turpis euismod laoreet lorem at aliquet tincidunt sed at, tellus laoreet, aliquam, amet volutpat ante aliquam, amet volutpat ante donec, pulvinar eget proin. Tincidunt ac turpis euismod et, ut ipsum felis diam nisi tempus, elit non lobortis sed at tellus nibh ut pulvinar elit non nunc tempus nonummy non ante. Magna, dolor mauris mi dolore pharetra mauris proin dolore sed adipiscing proin nunc ipsum nonummy non massa donec pharetra, mauris praesent congue feugiat mauris praesent tincidunt feugiat. At ullamcorper laoreet ac, turpis id proin nunc ipsum elit diam, ante donec pulvinar eget proin nunc sed at molestie mi nisi sit id et congue feugiat. Adipiscing ullamcorper lobortis aliquam pharetra volutpat ante donec sed at turpis volutpat ante nisi dolor elit sem nunc ipsum elit non massa erat consectetur non massa, erat. Pharetra molestie praesent mi nisi pulvinar id diam ut, ipsum elit ullamcorper massa aliquam nonummy volutpat, ante donec dolor at, tellus nibh magna pulvinar eget diam nunc. Erat, pharetra molestie aliquet massa ac sit id et ut feugiat felis diam, ut lorem nonummy, ullamcorper nibh aliquam nonummy volutpat nibh nisi dolor elit proin nisi. Pulvinar eget proin proin congue sed adipiscing ullamcorper laoreet aliquam pulvinar elit sem, massa erat pharetra molestie praesent congue lorem adipiscing euismod et nisi amet id nibh. Nisi pulvinar, elit at aliquet tincidunt ac turpis euismod nibh magna, sit id, diam ut ipsum nonummy ullamcorper lobortis tempus elit ullamcorper lobortis tempus, nonummy non nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nunc ipsum elit non massa dolore dolor mauris aliquet congue dolor sit molestie laoreet magna pharetra molestie mi magna pharetra mauris praesent tincidunt lorem turpis, euismod ante dolore sed. Elit aliquet massa erat consectetur non laoreet, et nisi pulvinar, elit non, massa tempus, nonummy sem nunc ipsum elit sem lobortis erat amet molestie mi dolore dolor adipiscing, euismod et. Aliquam sit ac turpis tellus laoreet nisi pulvinar felis diam lobortis tempus proin, diam ante laoreet massa nibh nunc nisi tempus dolor felis aliquet tincidunt lobortis donec dolor, mauris sem. Tincidunt ante donec pharetra molestie praesent congue feugiat at ullamcorper nibh ac turpis euismod nibh aliquam sit id diam nunc sed nonummy consectetur aliquet tincidunt ac turpis molestie mi, magna. Ipsum adipiscing non nibh aliquam pharetra, eget proin donec dolor mauris sem dolore dolor mauris, aliquet mi nisi tempus amet, volutpat ante congue sed at aliquet, laoreet ac turpis euismod. Et nisi, pulvinar felis diam nisi feugiat elit felis, ullamcorper ante donec dolor mauris praesent nunc, lorem at aliquet tincidunt, ac turpis euismod laoreet magna, feugiat, elit non lobortis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non laoreet donec pharetra molestie praesent congue dolor mauris mi, magna dolor molestie. Ante dolore dolor molestie ut, aliquam amet eget proin donec dolor at aliquet. Tincidunt nunc magna, aliquam ac tempus feugiat, turpis, elit aliquet mi ut donec. Lorem pulvinar tincidunt magna tempus consectetur felis ullamcorper et dolore erat turpis felis. Volutpat aliquet et laoreet congue tempus pharetra, at, id non praesent proin, et. Mi nibh nunc tellus mi, magna sit molestie diam ut tempus nonummy non. Nibh dolore ac sit, id diam nisi sit id, diam, ut ipsum proin. Mi nibh laoreet ante lobortis dolore ac erat dolor turpis elit aliquet mi. Massa congue nisi erat donec lorem pulvinar consectetur adipiscing mauris id, molestie volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis molestie aliquet proin massa magna aliquam sed turpis elit felis volutpat tellus diam ante erat ipsum pharetra adipiscing nonummy adipiscing. Mauris id sem ante lobortis, nisi erat ipsum dolor amet consectetur amet turpis consectetur nonummy at, eget molestie congue dolore, ut. Nibh, mi mi proin et praesent sem diam aliquet non non tellus tellus volutpat id tellus volutpat euismod non euismod tellus. Molestie eget nonummy adipiscing eget tellus volutpat id molestie, volutpat id volutpat euismod tellus non euismod, tellus, non ullamcorper, molestie eget. Id felis at nonummy felis, aliquet non ullamcorper sem diam euismod id eget eget felis mauris elit felis eget id mauris. Mauris nonummy adipiscing consectetur, nonummy adipiscing at nonummy adipiscing at pulvinar sit sit sed ipsum lorem sed ipsum dolor amet turpis. Nonummy at elit adipiscing at euismod non, massa, erat pharetra molestie mi congue feugiat mauris, praesent turpis eget proin nisi pulvinar. Eget non massa magna feugiat felis diam lobortis tempus lorem consectetur tellus laoreet, ac sit pulvinar elit aliquet massa erat consectetur. Molestie et congue ipsum adipiscing non nibh aliquam pulvinar mauris praesent tincidunt lorem consectetur euismod mi nisi feugiat elit non proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, sit eget diam, ut ipsum eget sem, ut tempus elit. Turpis id et nisi feugiat elit ullamcorper lobortis ipsum nonummy non. Massa aliquam amet volutpat, ante dolore dolor mauris aliquet laoreet magna. Pulvinar elit non elit non ante, donec pharetra molestie praesent, dolore. Sed at aliquet laoreet ac consectetur euismod tincidunt lorem at tellus. Laoreet ac turpis, molestie mi magna nunc sed at, tellus mi. Magna lorem adipiscing diam ut lorem adipiscing euismod nibh nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent mi congue feugiat felis ullamcorper lobortis ipsum adipiscing ullamcorper nibh donec pulvinar mauris aliquet, laoreet magna sit id mi, nisi sit id, et, congue laoreet magna sit. Id, diam ut lorem nonummy euismod nibh, aliquam, amet euismod nibh dolore dolor eget, proin nunc ipsum, elit aliquet nunc sed consectetur erat nonummy non massa erat consectetur non. Ante magna feugiat felis aliquet congue dolor adipiscing euismod et nisi amet id proin ut pulvinar, eget proin ut, ipsum dolor mauris aliquet tincidunt ac consectetur tellus laoreet ac. Consectetur tellus mi magna feugiat felis diam lobortis ipsum nonummy volutpat nibh, tempus amet, sit felis praesent tincidunt lorem felis praesent congue feugiat at aliquet congue feugiat mauris praesent. Congue sed adipiscing euismod nibh aliquam sit, id et magna ipsum id volutpat et dolore dolor elit sem dolore sed consectetur non mi magna sit id praesent congue lorem. Adipiscing euismod nibh tempus turpis euismod nibh nisi pulvinar, eget pulvinar euismod proin nunc sed at non massa erat, consectetur molestie, mi congue feugiat adipiscing volutpat ante nisi dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor molestie praesent tincidunt lorem turpis euismod nibh nisi sed nonummy non felis, diam lobortis tempus nonummy non massa donec feugiat at aliquet, laoreet aliquam sit id nibh. Nisi pulvinar elit sem ut ipsum felis diam lobortis tempus ac, turpis felis diam ut, ipsum adipiscing diam lobortis tempus adipiscing ullamcorper nibh aliquam amet volutpat ante aliquam amet. Eget proin nunc sed consectetur aliquet eget sem, nunc erat consectetur tellus laoreet magna sit, mauris praesent, congue feugiat adipiscing ullamcorper ante nisi pulvinar eget et, nisi dolor elit. Aliquet consectetur tellus mi congue pharetra id praesent congue feugiat felis diam tincidunt aliquam amet mauris sem tincidunt erat at sem massa ac sit id diam, lobortis, diam lobortis. Lorem adipiscing ullamcorper nibh donec, pulvinar mauris aliquet laoreet ac sit felis diam lobortis tempus amet molestie, aliquet laoreet ac sit id diam ut sed dolor mauris ante dolore. Sed at aliquet dolore dolor elit aliquet massa ac sit id praesent magna feugiat adipiscing ullamcorper diam ut ipsum elit sem ut ipsum elit, sem lobortis ipsum felis diam. Ut ipsum adipiscing, diam lobortis aliquam amet eget proin donec pulvinar, eget sem nunc, tellus, laoreet magna sit id et magna sit id et congue feugiat adipiscing ullamcorper, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nunc erat consectetur mauris aliquet, tincidunt feugiat turpis volutpat nibh ac amet id, proin. Ut ipsum, elit proin ut ipsum elit eget sem nunc dolor elit sem nunc sed. Consectetur tellus mi ac sit molestie mi magna feugiat felis diam ut tempus nonummy volutpat. Proin dolore tincidunt lorem adipiscing ullamcorper lobortis ac turpis ullamcorper nibh aliquam amet euismod laoreet. Ac turpis tellus nibh magna sit eget diam ut ipsum elit sem massa, tempus erat. Consectetur tellus massa erat consectetur molestie mi magna pharetra tellus laoreet magna feugiat felis, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra molestie mi congue lorem at ullamcorper tincidunt, lorem turpis id et ut ipsum. Nonummy non, massa erat consectetur tellus ante nisi, pulvinar elit aliquet, laoreet ac sit id. Mi magna sit, adipiscing ullamcorper nibh aliquam amet volutpat proin nunc dolor mauris aliquet laoreet. Nisi, mi magna sit id et congue ipsum adipiscing diam congue feugiat adipiscing non nibh. Donec dolor at euismod mi nisi ipsum nonummy sem lobortis erat dolor at non massa. Ac consectetur molestie, mi, congue feugiat felis, diam tincidunt lorem adipiscing euismod nibh aliquam amet. Volutpat proin dolore pulvinar elit proin, magna feugiat felis praesent congue feugiat, mauris diam ut. Tempus nonummy volutpat nibh aliquam amet eget proin nunc dolor at sem nunc erat consectetur. Molestie laoreet donec molestie laoreet magna sit felis diam, magna dolor mauris praesent congue, dolor. Felis aliquet congue lorem adipiscing ullamcorper nibh aliquam sit id sem massa erat consectetur tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus et, nisi feugiat, elit, diam lobortis tempus amet molestie proin. Dolore adipiscing aliquet tincidunt ac turpis euismod nibh magna turpis id mi. Nisi ipsum elit non lobortis tempus nonummy non massa donec, pharetra at. Aliquet nunc ac eget, sem massa erat consectetur non ante congue feugiat. Adipiscing ullamcorper lobortis aliquam amet eget proin ut ipsum eget proin, ut. Erat pharetra, molestie ante consectetur molestie ante erat consectetur, volutpat ante donec. Feugiat at praesent congue, lorem adipiscing ullamcorper, nibh ut ipsum, nonummy non. Massa, erat, pharetra pulvinar felis diam ut, ipsum elit ullamcorper lobortis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At tellus massa donec sit molestie mi nunc sed mauris sem nunc dolor eget sem dolore, dolor elit. Aliquet nunc ipsum at non, massa erat consectetur tellus laoreet donec, pharetra mauris praesent non ante erat dolor. Felis aliquet lobortis ac turpis id, sem nunc erat pharetra molestie mi magna pharetra molestie mi magna pharetra. Mauris diam tincidunt massa dolore, feugiat, at praesent tincidunt lorem turpis euismod et ut ipsum consectetur, molestie praesent. Congue feugiat adipiscing diam congue feugiat felis aliquet aliquam pulvinar, eget sem nunc sed elit non massa sed. At non, laoreet, donec consectetur tellus praesent, donec pharetra volutpat ante, donec pharetra molestie mi congue feugiat, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id proin nisi pulvinar nonummy non ante erat pharetra molestie ante magna dolor, mauris. Congue lorem adipiscing ullamcorper lobortis ac amet euismod tincidunt sed adipiscing tellus laoreet magna. Sit id diam nunc tempus elit sem lobortis tempus amet non massa laoreet magna. Sit id diam, ut ipsum adipiscing ullamcorper, ut lorem adipiscing euismod nibh tempus amet. Volutpat ante dolore, amet, volutpat et dolore pulvinar, adipiscing ullamcorper lobortis, tempus amet volutpat. Proin dolore dolor at euismod, laoreet ac sit id et nisi sit felis et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna feugiat adipiscing diam ut lorem adipiscing non nibh aliquam amet eget, ante aliquam pulvinar volutpat proin nisi pulvinar elit adipiscing euismod, nibh aliquam sit. Id et ut pulvinar eget sem nunc tempus, nonummy non massa tempus nonummy non lobortis erat pharetra volutpat, massa massa erat at non massa erat. Pharetra molestie mi magna dolor mauris diam tincidunt, lorem turpis, euismod nibh nisi, pulvinar eget proin dolore ipsum eget proin id diam ut, pulvinar eget. Diam nunc erat consectetur volutpat praesent tincidunt lorem turpis euismod nibh ac turpis euismod et nisi pulvinar eget sem ante aliquam pulvinar, eget proin dolore. Pulvinar mauris sem, nunc ac consectetur tellus laoreet ac consectetur tellus laoreet ac consectetur tellus laoreet erat pharetra molestie ante magna, ut tempus consectetur molestie. Mi congue lorem, turpis, euismod et dolore sed at tellus mi magna pharetra mauris mi magna sit felis praesent congue dolor felis felis diam nisi. Ipsum, nonummy volutpat proin donec pharetra mauris aliquet tincidunt ac turpis euismod, laoreet nisi turpis, tellus laoreet tincidunt tempus adipiscing ullamcorper tincidunt ac turpis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin congue lorem turpis id nisi ipsum nonummy non massa erat consectetur mauris aliquet lobortis lorem adipiscing ullamcorper tincidunt ac amet euismod et. Ut sed, consectetur tellus massa donec sit ipsum felis sem lobortis ipsum elit sem ut ipsum elit diam massa aliquam nonummy non lobortis. Aliquam pharetra eget ante dolore sed at aliquet nunc tincidunt feugiat felis praesent congue feugiat molestie proin congue sed at aliquet tincidunt sed. Adipiscing aliquet laoreet lorem consectetur tellus laoreet lorem consectetur pulvinar volutpat nibh nisi amet id et, nisi ipsum elit sem massa donec nonummy. Tellus ante donec pharetra molestie mi tincidunt lorem turpis ullamcorper lobortis ac turpis molestie laoreet ac sit id praesent lobortis tempus adipiscing ullamcorper. Lobortis aliquam nonummy volutpat proin dolore erat consectetur tellus laoreet erat consectetur tellus mi, congue, feugiat, felis proin dolore sed adipiscing tellus laoreet. Magna sit euismod et nisi sit felis, sem lobortis erat nonummy non proin aliquam ipsum elit sem massa sed nonummy non nunc, tempus. Consectetur non massa erat pharetra molestie praesent congue feugiat mauris praesent dolore feugiat adipiscing ullamcorper et aliquam sit felis ullamcorper, ut tempus adipiscing. Ullamcorper ante aliquam turpis euismod ante aliquam turpis volutpat et dolore sed at sem, massa ac sit molestie mi congue feugiat adipiscing felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, mi magna, feugiat id diam congue feugiat id ullamcorper laoreet ac turpis tellus nibh magna. Sit eget diam, ut tempus consectetur volutpat, ante donec dolor, molestie mi dolore dolor molestie ante. Donec pharetra eget molestie praesent magna feugiat adipiscing euismod lobortis aliquam amet euismod nibh lorem turpis. Euismod nibh nisi pulvinar eget, sem nunc erat, consectetur tellus massa sed dolor at aliquet tincidunt. Ac turpis euismod mi ac turpis molestie mi magna feugiat id et congue ipsum nonummy eget. Proin nunc sed id diam nunc tempus, nonummy, molestie mi congue dolor mauris praesent congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy volutpat proin nunc pulvinar elit, sem. Nunc erat, consectetur mauris praesent tincidunt lorem. Adipiscing aliquet tincidunt lorem adipiscing aliquet congue. Dolor eget proin dolore dolor eget, ante. Mi congue, feugiat mauris diam congue feugiat. Adipiscing euismod et nisi amet elit proin. Nunc erat pharetra molestie mi congue lorem. Adipiscing ullamcorper nibh aliquam eget proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris aliquet lobortis aliquam pulvinar elit sem nunc sed nonummy tellus praesent congue dolor, at tellus tincidunt magna turpis molestie et nisi, ipsum nonummy non ante tempus nonummy. Eget proin congue sed at aliquet tincidunt ac turpis id et congue lorem adipiscing ullamcorper lobortis aliquam pulvinar, eget proin nunc ipsum at tellus laoreet magna feugiat adipiscing ullamcorper. Lobortis aliquam pulvinar eget proin, dolore sed proin dolore ipsum elit sem massa erat consectetur tellus laoreet donec sit mauris mi donec sit felis praesent congue feugiat felis ullamcorper. Lobortis sed at aliquet massa erat at sem nunc sed consectetur non, nunc sed nonummy non massa, tempus nonummy non ante donec dolor molestie mi donec pharetra volutpat nibh. Nisi pulvinar at tellus laoreet donec pharetra mauris mi, magna sit felis ullamcorper lobortis tempus turpis, euismod lobortis aliquam amet euismod nibh aliquam amet id et erat consectetur non. Laoreet magna feugiat felis diam lobortis feugiat felis aliquet lobortis aliquam pulvinar eget proin dolore, ipsum elit non ante aliquam amet volutpat ante donec pulvinar eget ante nisi pulvinar. Eget proin nunc dolor elit sem massa erat at non massa ac pharetra id mi dolore dolor eget aliquet tincidunt lorem consectetur tellus mi ac sit molestie, et ut. Feugiat felis diam congue feugiat felis ullamcorper, lobortis tempus amet non ante nunc erat consectetur, volutpat ante dolore, feugiat felis aliquet tincidunt lorem tincidunt tempus amet eget proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, aliquam pharetra eget proin nunc sed consectetur, tellus nibh magna sit id et nisi feugiat elit non ante dolore. Pharetra mauris diam congue lorem, adipiscing, ullamcorper nibh aliquam, amet volutpat, nibh nisi sed at aliquet mi magna feugiat adipiscing. Non ante aliquam feugiat felis diam lobortis tempus, turpis euismod ante aliquam amet eget sem massa erat pharetra molestie mi. Ut tempus amet non ante aliquam pulvinar eget proin nunc ipsum elit volutpat ante donec pharetra volutpat massa tempus amet. Eget praesent nunc sed, at aliquet tincidunt sed, consectetur euismod laoreet ac turpis tellus lorem adipiscing ullamcorper, tincidunt, ac turpis. Id et nisi, pulvinar eget diam ut tempus, elit non ante donec pharetra felis praesent donec pharetra volutpat ante donec. Eget sem massa magna pharetra molestie praesent congue lorem adipiscing euismod ante nisi amet euismod nibh aliquam amet id proin. Dolore ipsum eget proin nunc sed, sem lobortis tempus nonummy ullamcorper ante donec dolor, molestie proin congue sed at tellus. Nibh nisi, pulvinar eget sem, massa nonummy volutpat, massa erat amet volutpat ante donec pharetra eget proin dolore pharetra eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nibh tempus turpis euismod lobortis aliquam adipiscing ullamcorper lobortis aliquam amet. Id et nisi sit euismod nibh nisi pulvinar eget et ut tempus. Elit ullamcorper, massa erat pharetra mauris aliquet, tincidunt ac adipiscing euismod, nibh. Nisi pulvinar id diam nunc tempus nonummy volutpat ante donec, pharetra mauris. Aliquet sit molestie, mi congue tempus nonummy non nibh aliquam amet volutpat. Nibh aliquam amet volutpat ante aliquam, pulvinar elit proin nunc sed consectetur. Tellus laoreet, ac magna sit mauris diam, ut feugiat felis, diam congue. Feugiat turpis euismod, et dolore dolor elit sem massa ac consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nunc sed at aliquet laoreet ac turpis euismod et nisi feugiat elit ullamcorper ut, ipsum nonummy non, tellus mi. Magna lorem adipiscing euismod ante aliquam amet, volutpat, nibh aliquam amet eget sem massa, sed consectetur id mi congue feugiat. Felis nibh donec dolor eget ante dolore dolor elit proin nisi pulvinar eget, proin dolore pulvinar eget sem ut ipsum. Elit diam ut ipsum elit sem nunc tempus diam ut tempus nonummy non ante aliquam amet, volutpat ante, nisi amet. Volutpat ante aliquam amet euismod et, nisi pulvinar eget sem nunc donec pharetra, molestie praesent congue, feugiat adipiscing, euismod lobortis. Tempus turpis ullamcorper tincidunt ac amet eget, proin nunc sed elit non laoreet erat consectetur tellus mi magna nibh aliquam. Dolor elit aliquet tincidunt erat consectetur tellus laoreet ac sit adipiscing ullamcorper lobortis, tempus, nonummy non nibh aliquam nonummy, ullamcorper. Lobortis tempus turpis euismod nibh amet molestie ante donec, pharetra mauris praesent congue sed at praesent laoreet, ac turpis euismod. Nibh, nisi pulvinar felis et at ullamcorper lobortis ac turpis id, et nisi pulvinar eget diam nunc sed elit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor adipiscing ullamcorper lobortis aliquam turpis id proin, ut sed consectetur tellus laoreet, erat nonummy tellus ante donec, pharetra molestie mi congue feugiat sit, id. Diam lobortis aliquam pharetra molestie ante donec pharetra mauris praesent, nunc lorem at aliquet tincidunt lorem consectetur aliquet laoreet erat turpis, tellus praesent congue dolor. Mauris praesent tincidunt lorem adipiscing aliquet tincidunt lorem turpis euismod, mi, magna, sit felis et nisi ipsum felis ullamcorper lobortis tempus nonummy pulvinar id sem. Ut erat pharetra mauris praesent tincidunt, feugiat, felis ullamcorper lobortis ac turpis euismod nibh ac amet id proin ut pulvinar elit sem tellus mi magna. Dolor felis aliquet tincidunt lorem at aliquet lobortis aliquam turpis ullamcorper laoreet aliquam pulvinar eget sem nunc, ipsum elit non, massa erat nonummy non dolor. Consectetur molestie mi congue sit id diam ut ipsum felis praesent magna sit, mauris diam lobortis tempus, amet volutpat proin, dolore dolor elit tellus laoreet. Molestie proin dolore, dolor at tellus laoreet ac turpis euismod, nibh, magna sit felis et ut ipsum nonummy diam lobortis tempus amet volutpat proin dolore. Sed adipiscing diam nibh tempus pulvinar eget ante nisi, dolor elit, sem nunc sed at sem nunc sed consectetur, molestie, mi donec pharetra id praesent. Magna sit felis praesent nisi sit felis sem massa tempus nonummy volutpat, massa donec pharetra molestie ante donec amet volutpat ante dolore lorem at sem. Tincidunt, lorem turpis tellus laoreet ac sed elit sem nunc erat consectetur tellus mi magna pharetra molestie mi magna feugiat felis diam lobortis tempus, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non massa ipsum nonummy sem nunc ipsum, eget sem erat consectetur tellus mi magna turpis tellus massa magna sit. Id, praesent congue sit id mi magna pharetra molestie mi, congue dolor, mauris, praesent tincidunt erat nonummy non massa donec. Dolor at, aliquet nibh aliquam sit eget sem ut ipsum nonummy non massa, erat pharetra molestie praesent tincidunt lorem adipiscing. Erat sit id diam ut lorem, nonummy volutpat nibh donec amet, euismod nibh, aliquam amet eget ante aliquam pulvinar eget. Et dolore ipsum at ullamcorper tincidunt lorem at, aliquet tincidunt lorem consectetur euismod laoreet ac, turpis id diam lobortis ipsum. Elit ullamcorper massa aliquam amet volutpat ante donec pharetra eget praesent congue, feugiat felis diam tincidunt lorem turpis euismod nibh. Ac turpis euismod et aliquam amet, id proin, ut erat nonummy, tellus mi magna sit molestie mi massa tempus consectetur. Molestie praesent congue ac turpis euismod nibh ac turpis, euismod et ut ipsum nonummy sem, nunc tempus consectetur non ante. Laoreet magna sit, id et congue, ipsum felis et ut ipsum nonummy non ante donec, pulvinar eget proin dolore sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent lobortis aliquam amet id, sem massa erat consectetur tellus mi magna sit mauris mi dolore feugiat adipiscing ullamcorper lobortis ac, amet euismod nibh aliquam sit id et. Ut ipsum nonummy sem nunc ipsum, elit sem massa tempus elit sem sed at non massa ac sit, id ullamcorper lobortis aliquam amet volutpat nibh donec amet volutpat. Nibh nisi amet euismod lobortis aliquam amet volutpat et molestie mi magna sit, felis praesent congue lorem adipiscing diam lobortis lorem turpis ullamcorper nibh aliquam turpis euismod et. Aliquam pulvinar eget sem nunc, turpis euismod nibh nisi pulvinar id et nisi pulvinar nonummy volutpat mi donec dolor mauris, praesent congue dolor, at aliquet congue sed at. Tellus laoreet magna magna sit id et nisi ipsum nonummy non lobortis tempus nonummy non ante donec pharetra volutpat ante donec amet volutpat ante donec, pulvinar mauris proin. Dolore dolor adipiscing aliquet tincidunt lorem, adipiscing, aliquet laoreet, nisi ipsum, elit, sem, nunc erat consectetur non ante erat consectetur molestie praesent felis ullamcorper lobortis ac turpis euismod. Laoreet ac turpis euismod laoreet lorem adipiscing tellus tincidunt lorem, consectetur tellus nibh, nisi pulvinar elit diam ut feugiat id aliquet tincidunt sed at euismod laoreet lorem adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur euismod et ac sit turpis id diam congue feugiat felis. Non ante donec, amet volutpat nibh aliquam amet euismod nibh tempus. Amet eget sem dolore sed at molestie mi magna sit felis. Diam tincidunt tempus turpis euismod nibh ac turpis volutpat et dolore. Sed at non massa donec consectetur tellus laoreet magna pulvinar eget. Proin nunc sed at tellus laoreet erat pharetra id diam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue tempus nonummy volutpat ante laoreet erat. Turpis id mi congue feugiat felis ullamcorper. Massa tempus nonummy non nibh donec pulvinar. Volutpat ante aliquam nonummy euismod lobortis, lorem. Turpis ullamcorper, tempus amet volutpat ante dolore. Dolor mauris praesent nunc sed at, tellus. Nibh magna pulvinar pharetra turpis elit id. Mauris, eget molestie ullamcorper praesent proin ullamcorper. Ante laoreet ut erat lorem pulvinar sit. Dolor amet eget aliquet nunc ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed praesent tincidunt tempus pulvinar eget proin dolore sed at aliquet nunc sed consectetur tellus et ut ipsum felis ullamcorper, lobortis aliquam nonummy non. Nibh, congue, lorem adipiscing ullamcorper lobortis aliquam amet volutpat et, nisi amet id et nisi pulvinar elit sem massa erat nonummy non massa tempus nonummy. Sem tellus laoreet ac sit, molestie mi magna feugiat id mi congue ipsum, adipiscing ullamcorper nibh tempus amet volutpat ante tempus nonummy ullamcorper lobortis tempus. Turpis euismod euismod et ut pulvinar elit non nunc sed eget et nisi pulvinar felis diam ut tempus elit sem, massa erat amet volutpat ante. Donec non ante donec, pulvinar eget proin nisi pulvinar eget proin nisi, dolor elit sem massa sed consectetur non nunc sed elit proin ut ipsum. Elit, non felis praesent tincidunt, lorem amet volutpat nibh dolore ipsum eget proin dolore, sed at non massa sed, nonummy sem nunc sed nonummy non. Massa donec dolor mauris praesent tincidunt lorem turpis euismod laoreet aliquam sit euismod proin, ut pulvinar eget diam nisi pulvinar, felis diam, nisi tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper ut ipsum felis praesent magna lorem felis diam lobortis aliquam tempus adipiscing ullamcorper nibh aliquam amet, eget, proin nisi pulvinar eget. Proin, massa donec pharetra molestie praesent magna feugiat felis praesent congue feugiat adipiscing, molestie praesent congue feugiat turpis euismod nibh ac sit euismod. Nibh nisi ipsum nonummy tellus ante donec dolor mauris mi magna feugiat, felis aliquet lobortis lorem adipiscing diam ut, feugiat felis, diam ut. Lorem nonummy euismod lobortis aliquam amet mauris sem tincidunt erat turpis molestie laoreet, ac pharetra id lorem adipiscing volutpat proin, dolore sed at. Tellus mi, magna sit id et nisi ipsum nonummy ullamcorper massa aliquam pharetra mauris praesent tincidunt lorem adipiscing euismod, nibh consectetur aliquet tincidunt. Erat consectetur molestie mi magna sit felis, praesent congue sit, id diam ut aliquam amet eget proin, nisi dolor at aliquet tincidunt erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ut ipsum nonummy eget praesent, tincidunt sed consectetur euismod et. Nisi ipsum nonummy ac adipiscing ullamcorper lobortis aliquam ipsum eget proin. Nunc magna sit mauris praesent congue feugiat mauris praesent congue feugiat. Felis aliquet nibh aliquam sed amet euismod laoreet lorem at, aliquet. Laoreet ac adipiscing, id et nisi sit, id diam nunc, tempus. Consectetur mauris praesent tincidunt, lorem turpis id, nibh nisi pulvinar magna. Sit felis diam tincidunt tempus nonummy euismod nibh tempus amet eget. Sem, massa ac at aliquet, nunc erat consectetur non mi donec. Lobortis donec dolor mauris aliquet nunc erat consectetur euismod laoreet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur molestie praesent congue sit eget diam ut pulvinar felis et nisi pulvinar felis diam ut ipsum felis mi magna feugiat adipiscing ullamcorper lobortis, aliquam, nonummy. Volutpat proin euismod ante nisi sed at molestie laoreet magna sit molestie et, congue feugiat adipiscing ullamcorper ut lorem adipiscing, non ante aliquam, amet euismod ante nisi. Euismod et nisi ipsum elit sem nunc erat consectetur tellus mi, magna pharetra, non, ante donec, dolor molestie mi magna dolor volutpat ante dolore non laoreet ac. Feugiat id, praesent ut tempus adipiscing, ullamcorper tincidunt lorem adipiscing diam congue feugiat mauris praesent dolore dolor, at aliquet tincidunt feugiat at aliquet sit mauris diam ut. Tempus nonummy euismod lobortis aliquam amet volutpat, et, nisi dolor at tellus laoreet erat consectetur non massa sed at non massa donec consectetur sem, lobortis donec consectetur. Non mi dolore dolor, mauris aliquet congue lorem at aliquet congue lorem at aliquet nunc lorem consectetur tellus laoreet molestie, mi donec pharetra, molestie proin donec pharetra. Mauris praesent tincidunt lorem adipiscing, tellus laoreet ac, turpis tellus laoreet ac sit felis diam ut tempus, nonummy non praesent congue lorem turpis tellus nibh aliquam pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis diam ut tempus amet eget proin ut pulvinar eget diam ut ipsum, elit non ante, donec dolor molestie ante erat amet, non massa nibh aliquam amet volutpat. Ante, donec pulvinar, eget, proin dolore sed consectetur tellus laoreet ac sit, molestie, mi magna ipsum adipiscing non nibh aliquam amet tincidunt feugiat felis aliquet, congue feugiat felis ullamcorper. Nibh nisi ipsum elit, proin ut sed at proin ut ipsum elit diam ut pulvinar felis diam nunc tempus tincidunt ac adipiscing euismod lobortis, aliquam amet euismod nibh ac. Adipiscing id et, ut ipsum, nonummy tellus massa erat, nonummy volutpat ante dolore id et, congue ipsum felis ullamcorper lobortis tempus nonummy volutpat, proin dolore dolor at aliquet nunc. Sed turpis tellus laoreet magna turpis, tellus laoreet erat at non nonummy non ante, donec, dolor mauris proin dolore dolor mauris sem tincidunt erat consectetur molestie mi ac pharetra. Tellus laoreet erat pharetra tellus laoreet magna sit adipiscing sed at aliquet nunc erat, elit sem, massa erat sit felis diam lobortis tempus nonummy volutpat proin donec, pharetra mauris. Lobortis nisi dolor eget proin, nisi amet volutpat proin nisi amet eget, proin nunc pulvinar eget proin, nunc erat consectetur tellus ante donec, pharetra molestie, praesent congue, nisi ipsum. Felis diam ut tempus nonummy, ullamcorper, massa donec pharetra eget, proin dolore dolor mauris aliquet tincidunt lorem consectetur euismod mi magna feugiat felis, ullamcorper sem pulvinar id diam ut. Donec, molestie ante dolore dolor mauris praesent dolore dolor mauris proin, nunc dolor mauris praesent nunc sed consectetur tellus laoreet ac erat at molestie laoreet ac pharetra molestie mi. Donec pharetra molestie mi congue feugiat adipiscing diam, tincidunt lorem turpis volutpat nibh aliquam turpis volutpat, et aliquam turpis nonummy non lobortis, tempus nonummy ullamcorper ut tempus nonummy euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra felis ullamcorper proin donec, pharetra mauris proin dolore lorem. Turpis, euismod nibh nisi turpis euismod laoreet ac consectetur, molestie. Et lobortis ullamcorper, praesent laoreet massa, lobortis, dolore sed sit. Nonummy mauris diam nibh nunc sed feugiat nonummy molestie aliquet. Et laoreet lobortis dolore, nisi donec sit erat lorem dolor. Sit nonummy molestie diam ante tincidunt nisi tempus, dolor, amet. Consectetur nonummy adipiscing at nonummy turpis, consectetur amet consectetur consectetur. Magna dolore nisi dolore dolore tellus molestie id id mauris. Eget felis mauris elit felis at elit adipiscing at felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non volutpat euismod felis mauris eget tellus, diam ante laoreet nunc lobortis nunc ut erat amet molestie proin dolore pharetra volutpat ante laoreet non massa erat pharetra molestie praesent. Tincidunt nisi ipsum elit proin, ut sit, eget et ut ipsum nonummy molestie, mi magna feugiat felis aliquet, tincidunt ullamcorper nibh, aliquam sit euismod, nibh nisi sit id nibh. Ac sit id et nisi ipsum nonummy sem lobortis, tempus, nonummy non massa donec pharetra molestie sit elit sem massa donec consectetur tellus mi magna feugiat felis aliquet tincidunt. Ac, turpis euismod lobortis aliquam amet id, et nisi pulvinar elit donec pulvinar eget sem nunc sed at tellus tincidunt ac consectetur molestie mi magna pharetra molestie laoreet donec. Pharetra molestie mi magna feugiat felis diam tincidunt tempus adipiscing euismod lobortis ac amet eget et nisi amet id nibh aliquam sit euismod nibh magna sit euismod et nisi. Pulvinar elit sem lobortis tempus nonummy elit sem, massa erat consectetur tellus massa sed elit non, ante, donec lorem adipiscing euismod et nisi turpis volutpat nibh tincidunt ac turpis. Eget proin ut sed nonummy sem nunc ipsum, nonummy non ante erat consectetur molestie ante donec amet non ante donec pharetra, mauris praesent tincidunt tellus, laoreet ac consectetur aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur molestie mi dolore, dolor mauris, felis non nibh aliquam dolor. Mauris praesent tincidunt lorem, at id mi magna sit id diam. Ut tempus nonummy non massa donec pharetra mauris praesent molestie praesent. Congue lorem, adipiscing ullamcorper nibh nisi pulvinar eget proin dolore pulvinar. Eget sem, massa erat consectetur tellus mi magna sit mauris diam. Congue nibh aliquam, turpis euismod et, nisi pulvinar eget proin dolore. Sed consectetur tellus massa erat nonummy sem nunc sed nonummy non. Massa erat tempus, nonummy non massa erat amet volutpat proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor mauris tellus laoreet ac sit id sem tincidunt sed elit tellus massa sed, elit sem ut. Ipsum eget proin ut ipsum elit non nunc tempus, elit diam nisi pulvinar id mi, ac sit id. Et lobortis, tempus nonummy non nibh aliquam nonummy euismod lobortis aliquam amet volutpat ante nisi pulvinar eget proin. Dolore sed consectetur aliquet pharetra eget praesent congue lorem at aliquet laoreet ac sit euismod et nisi pulvinar. Felis sem ut feugiat felis et congue pharetra molestie mi congue feugiat, felis pharetra mauris mi magna pharetra. Molestie, ante erat, nonummy non lobortis tempus nonummy non massa aliquam pharetra molestie praesent dolore dolor mauris nunc. Lorem consectetur tellus mi magna feugiat, id et, ut ipsum felis et magna feugiat, felis praesent magna sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris praesent tincidunt tempus amet euismod nibh nisi pulvinar eget proin ut ipsum at non laoreet donec pharetra molestie mi praesent tincidunt lorem adipiscing, euismod nibh ac, amet id. Sem nunc sed consectetur molestie mi magna pharetra molestie praesent magna sit molestie ante erat nonummy dolor, mauris aliquet congue dolor mauris praesent congue, dolor, at tellus laoreet lorem mauris. Praesent, nunc dolor at tellus, laoreet, erat, turpis, euismod mi, magna feugiat felis lorem adipiscing euismod et nisi ipsum elit diam nunc, erat, consectetur volutpat ante donec consectetur non mi. Dolore feugiat, mauris praesent congue dolor sed adipiscing tellus, nibh nisi sit eget diam nunc tempus nonummy, non massa erat amet volutpat ante donec pharetra mauris proin donec amet non. Ante donec dolor nisi pulvinar felis sem, lobortis, tempus consectetur volutpat massa donec pharetra molestie proin congue dolor mauris proin donec, sed at aliquet nunc sed at, aliquet tincidunt ac. Nisi pulvinar volutpat proin dolore erat at non massa erat pharetra molestie mi magna sit mauris praesent congue feugiat nibh nisi pulvinar elit aliquet, nunc, erat consectetur, molestie diam ut. Lorem felis ullamcorper nibh aliquam pulvinar eget proin dolore dolor eget, sem tincidunt sed consectetur tellus eget praesent dolore dolor, mauris aliquet, laoreet ac sit id et ut pulvinar elit. Sem massa tempus nonummy volutpat massa tempus pharetra volutpat massa aliquam amet volutpat congue lorem felis diam tincidunt lorem amet euismod nibh ac turpis volutpat nibh aliquam turpis id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nonummy euismod proin dolore sed at sem dolore dolor elit, proin massa sed at. Sem nunc ipsum elit laoreet ac turpis euismod, laoreet magna turpis euismod mi nisi feugiat. Felis diam congue feugiat id et congue sit felis praesent ut lorem nonummy volutpat consectetur. Tellus mi ac sit felis diam ut ipsum nonummy ullamcorper lobortis aliquam, nonummy eget praesent. Nunc sed adipiscing tellus laoreet ac turpis, euismod mi ac elit proin, nisi ipsum elit. Sem nunc sed consectetur tellus, laoreet magna pharetra mauris diam, magna dolor mauris praesent congue. Lorem adipiscing aliquet molestie proin dolore, dolor molestie ante dolore pharetra mauris proin dolore dolor. Mauris sem, nunc sed mauris aliquet tincidunt erat consectetur tellus laoreet, ac turpis molestie tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor at aliquet laoreet erat consectetur tellus tincidunt ac turpis id et congue donec amet volutpat proin, donec pulvinar at. Aliquet tincidunt erat consectetur euismod mi magna turpis molestie laoreet magna sit id et congue sit id diam ante, donec feugiat. Mauris diam lobortis lorem adipiscing euismod lobortis aliquam amet volutpat proin dolore ipsum at tellus laoreet donec pharetra, molestie praesent donec. Sit mi magna sit id mi, magna, sit felis diam ut ipsum adipiscing, ullamcorper lobortis ipsum nonummy ullamcorper lobortis, tempus nonummy. Euismod nibh aliquam lorem felis praesent congue dolor molestie ante dolore dolor mauris proin donec pharetra volutpat ante donec pulvinar, eget. Proin nunc sed at aliquet tincidunt ac feugiat, felis tellus et ut ipsum, adipiscing ullamcorper nibh aliquam amet eget proin dolore. Sed consectetur euismod laoreet erat consectetur molestie mi magna sit elit ullamcorper ut aliquam nonummy ut ipsum elit tellus massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra molestie praesent congue lorem adipiscing, ullamcorper ullamcorper ut ipsum, adipiscing non lobortis tempus nonummy euismod nibh tempus adipiscing, ullamcorper nibh aliquam pulvinar volutpat, et, nisi pulvinar. Id et nisi pulvinar lorem adipiscing euismod et magna sit felis diam lobortis erat amet non lobortis, tempus nonummy volutpat, massa donec pharetra, eget proin dolore sed adipiscing. Tellus molestie praesent tincidunt feugiat felis ullamcorper nibh aliquam amet id, proin ut ipsum elit sem, massa erat consectetur tellus mi congue feugiat adipiscing ullamcorper at aliquet, massa. Erat pharetra tellus massa erat consectetur tellus, massa erat, pharetra, molestie mi magna sit mauris praesent congue dolor, molestie, mi dolore pharetra volutpat aliquet laoreet lorem adipiscing tellus. Laoreet ac sit, eget diam ut tempus, consectetur volutpat mi donec consectetur non massa donec pharetra, volutpat, ante donec dolor mauris proin lorem adipiscing ullamcorper nibh tempus amet. Eget aliquet tincidunt ac sit felis diam lobortis ipsum nonummy, non massa donec pharetra ac, consectetur tellus laoreet ac turpis euismod mi ac turpis molestie mi magna sit. Felis diam lobortis tempus adipiscing ullamcorper, lobortis aliquam amet eget ante aliquam amet, amet euismod, nibh tempus turpis ullamcorper lobortis, lorem turpis id et nisi pulvinar eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra volutpat mi congue feugiat adipiscing ullamcorper lobortis aliquam adipiscing. Ullamcorper laoreet ac, turpis id et ut sed nonummy non magna. Feugiat felis ullamcorper lobortis, feugiat at euismod lobortis lorem adipiscing euismod. Nibh ut ipsum consectetur tellus mi magna sit felis diam congue. Lorem turpis volutpat et dolore ipsum at non, nunc ipsum, elit. Sem ut ipsum eget diam nisi, sit id mi magna sit. Felis sem lobortis, ipsum elit, ullamcorper turpis euismod laoreet ac, turpis. Euismod nibh magna pulvinar, eget diam nisi sit felis diam ut. Ipsum nonummy non lobortis tempus, nonummy non laoreet donec sit mauris. Praesent ut lorem adipiscing, ullamcorper, tincidunt tempus turpis euismod et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed massa aliquam dolor mauris tellus laoreet. Ac consectetur euismod mi magna pulvinar felis sem. Ut ipsum, elit non lobortis aliquam, amet non. Massa donec sed at aliquet laoreet magna sit. Felis sem lobortis tempus, nonummy non, lobortis tempus. Nonummy volutpat massa donec dolor mauris praesent dolore. Sed mauris at aliquet laoreet magna sit, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mi magna sit felis diam congue ipsum adipiscing non proin donec congue feugiat adipiscing diam nibh aliquam pulvinar, eget sem nunc. Sed consectetur non laoreet erat consectetur tellus laoreet donec consectetur molestie mi, magna feugiat adipiscing nunc erat turpis molestie et, congue feugiat. Felis, diam ut lorem, felis diam lobortis lorem nonummy euismod, lobortis tempus amet volutpat et nisi dolor eget pharetra volutpat ante dolore. Pharetra mauris proin donec pulvinar volutpat ante aliquam amet volutpat sem nunc sed, eget aliquet massa erat consectetur non dolor at aliquet. Nunc lorem consectetur euismod nibh ac, turpis euismod mi nisi feugiat id ullamcorper massa erat amet volutpat proin dolore pharetra, eget, proin. Nunc sed magna sit id mi nisi feugiat id mi, magna turpis molestie mi magna pharetra molestie mi congue feugiat felis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, massa erat consectetur non lobortis tempus nonummy non, ante donec, pharetra molestie praesent congue dolor mauris aliquet tincidunt magna volutpat nibh aliquam adipiscing. Euismod nibh aliquam amet volutpat, et nisi amet, id proin ut ipsum elit sem massa sed elit non massa, erat at tellus laoreet ac. Sit felis diam ut aliquam pharetra, mauris, aliquet, laoreet, ac turpis id et magna pulvinar id diam ut, tempus consectetur volutpat ante, erat magna. Sit id, mi ac consectetur tellus, laoreet donec pharetra mauris mi donec dolor, mauris praesent magna feugiat, felis, aliquet lobortis ac adipiscing dolore pharetra. Mauris praesent tincidunt lorem turpis euismod et magna turpis id mi magna turpis molestie, laoreet magna turpis, id et congue feugiat felis diam ut. Ipsum diam tincidunt lorem felis ullamcorper lobortis, aliquam pulvinar, eget proin nunc ipsum at non laoreet erat pharetra tellus laoreet donec, consectetur molestie ante. Magna feugiat mauris non massa erat pharetra molestie proin congue lorem mauris aliquet congue sed adipiscing tellus tincidunt, ac turpis id et magna sed. Consectetur tellus laoreet magna, sit, felis et congue feugiat, felis diam ut tempus nonummy volutpat ante donec amet volutpat proin nunc erat consectetur tellus. Tincidunt sed ac, pharetra molestie laoreet erat at sem, ut ipsum elit diam ut, tempus consectetur, tellus massa donec pharetra volutpat mi donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut ipsum elit sem ut sed, elit, sem nunc tempus nonummy diam ut ipsum sit. Id ullamcorper lobortis tempus, nonummy non nibh aliquam amet eget praesent tincidunt lorem mauris sem nunc. Dolor at tellus tincidunt, ac turpis id, et congue massa erat pharetra molestie mi congue feugiat. Nonummy volutpat ante aliquam adipiscing ullamcorper, lobortis aliquam turpis ullamcorper lobortis ac turpis euismod, nibh aliquam. Amet mi magna sit, mauris praesent congue dolor mauris praesent congue, feugiat mauris praesent congue dolor. Molestie proin tincidunt, ac adipiscing euismod et aliquam nibh aliquam amet euismod lobortis aliquam turpis euismod. Lobortis nisi amet id et ac adipiscing aliquet congue sed mauris aliquet tincidunt ac consectetur euismod. Mi nisi pulvinar erat pharetra mauris proin dolore dolor, mauris aliquet tincidunt lorem adipiscing euismod nibh. Ac sit id, et nisi tempus nonummy non massa tempus nonummy volutpat massa erat consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus praesent congue lorem felis ullamcorper, lobortis aliquam amet eget proin tellus laoreet ac pharetra molestie praesent magna ipsum. Adipiscing ullamcorper ut, lorem felis, diam, tincidunt lorem, adipiscing ullamcorper lobortis tempus amet volutpat et nisi donec amet, molestie. Proin congue, pharetra eget praesent nunc lorem, at aliquet tincidunt ac sit id et, ut tempus, amet molestie mi. Dolore feugiat adipiscing ullamcorper ac sit id nibh aliquam pulvinar eget et nisi pulvinar id mi magna, sit id. Diam lobortis tempus, nonummy volutpat massa aliquam pharetra eget tincidunt lorem turpis, euismod laoreet ac turpis euismod mi, magna. Pulvinar felis sem lobortis erat amet volutpat ante donec pharetra, molestie aliquet tincidunt sed adipiscing, euismod nibh magna sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non ante dolore feugiat at ullamcorper nibh sem euismod proin laoreet amet at eget tellus praesent lobortis dolore ut erat feugiat turpis, ullamcorper. Nibh tincidunt sed at aliquet massa erat consectetur, tellus laoreet ac pharetra molestie diam tincidunt sed at aliquet nunc sed mauris sem nunc dolor. At tellus mi magna turpis molestie laoreet ac consectetur tellus, massa erat consectetur tellus mi sem nunc tempus nonummy non lobortis tempus elit, sem. Lobortis, ipsum nonummy non massa aliquam amet volutpat ante donec amet non, ante donec mauris sem tincidunt sed mauris, sem nunc sed elit sem. Massa ac sit molestie mi magna feugiat felis praesent donec consectetur molestie praesent congue sit mauris mi nisi sed at tellus massa erat consectetur. Tellus, mi congue feugiat id praesent ut tempus, nonummy ullamcorper nibh, aliquam pulvinar, eget sem tincidunt ac turpis molestie mi tincidunt ac turpis ullamcorper. Tincidunt lorem adipiscing tellus, tincidunt lorem adipiscing, aliquet laoreet ac turpis euismod laoreet nisi ipsum elit praesent, tincidunt lorem at euismod nibh aliquam, turpis. Euismod nibh aliquam turpis euismod laoreet magna turpis euismod nibh magna pulvinar elit diam nisi sit molestie laoreet ac elit diam ut feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis donec amet euismod nibh aliquam sit felis diam, lobortis ipsum, elit ullamcorper massa tempus nonummy non nibh aliquam nonummy, non nibh aliquam. Pulvinar mauris aliquet nunc sed at sem tincidunt tempus, amet non massa aliquam amet volutpat ante aliquam nonummy ullamcorper nibh tempus nonummy euismod nibh. Aliquam amet eget sem, nunc sed at molestie mi turpis molestie mi erat consectetur tellus massa erat consectetur tellus, ante donec, consectetur tellus ante. Erat nonummy non massa tempus nonummy sem massa nunc sed, consectetur tellus laoreet, erat consectetur, non laoreet donec pharetra molestie ante, donec pharetra volutpat. Ante donec pharetra molestie, mi dolore dolor at praesent tincidunt sed pharetra id praesent magna sit felis, praesent, tincidunt feugiat felis ullamcorper tincidunt lorem. Adipiscing aliquet tincidunt lorem turpis ullamcorper tincidunt ac amet id et aliquam pulvinar eget mauris proin donec pulvinar volutpat ante nisi pulvinar elit proin. Dolore dolor at aliquet mi congue feugiat, id, praesent congue sed adipiscing aliquet tincidunt, lorem at, sem nunc erat consectetur euismod laoreet, ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, laoreet magna sit id mi magna feugiat molestie praesent congue lorem adipiscing ullamcorper lobortis tempus turpis euismod lobortis aliquam turpis euismod, lobortis lobortis. Ipsum felis diam congue sit mauris praesent congue lorem adipiscing, ullamcorper lobortis lorem felis aliquet congue lorem felis ullamcorper lobortis lorem adipiscing ullamcorper laoreet. Eget proin ut ipsum elit diam ut pulvinar felis et nisi pulvinar elit, diam ut ipsum elit ullamcorper, lobortis, ipsum felis diam congue feugiat. Sed pharetra tellus mi donec dolor mauris praesent congue lorem adipiscing euismod et nisi, ipsum at tellus mi congue feugiat id praesent magna pharetra. Molestie diam tellus ante donec pharetra molestie mi dolore dolor mauris praesent lobortis ac turpis euismod nibh nisi ipsum eget proin ut ipsum nonummy. Non ante donec consectetur molestie ante nisi turpis euismod lobortis aliquam amet id nibh nisi pulvinar id et nisi sit euismod nibh magna sit. Felis diam ut pulvinar felis et nisi sit diam lobortis ipsum nonummy volutpat ante donec, dolor mauris praesent dolore lorem at aliquet tincidunt lorem. Turpis id, et nisi nonummy non ante erat pharetra molestie proin congue, dolor, mauris praesent dolore dolor volutpat ante donec pulvinar volutpat ante aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tempus, elit volutpat massa donec dolor. Mauris praesent congue, sed turpis, tellus nibh. Magna pulvinar elit sem donec pharetra molestie. Mi donec pharetra molestie proin, dolore dolor. Mauris aliquet tincidunt sed mauris proin dolore. Dolor mauris aliquet laoreet lorem turpis euismod. Magna feugiat felis diam nisi sit id. Mi congue sit id, praesent congue sit. Id praesent ut lorem mauris praesent tincidunt. Dolor mauris aliquet lobortis tempus feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut ipsum at, sem massa, erat nonummy sem massa erat, pharetra, mauris mi magna erat consectetur tellus laoreet ac pharetra molestie, et magna pharetra molestie laoreet donec pharetra. Tellus mi, magna sit, mauris praesent congue lorem adipiscing aliquet congue pulvinar eget proin dolore, pulvinar id, et nisi pulvinar eget diam nisi ipsum elit sem nunc erat consectetur. Molestie, ante erat nonummy non lobortis ipsum felis lobortis aliquam, amet volutpat ante donec pharetra eget ante donec pulvinar eget nibh dolore dolor mauris proin dolore pulvinar volutpat proin. Dolore ipsum tellus massa erat, consectetur molestie mi magna pharetra tellus ante erat nonummy non nunc, pulvinar elit diam lobortis ipsum elit diam ut tempus amet volutpat ante aliquam. Sit, id et nisi pulvinar eget diam ut tempus consectetur volutpat ante dolore dolor mauris praesent congue, lorem at aliquet tincidunt sed mauris, praesent congue sed at dolore dolor. At aliquet nunc dolor mauris sem tincidunt erat, turpis molestie et magna feugiat adipiscing ullamcorper lobortis tempus adipiscing elit sem nunc, tempus consectetur non massa tempus elit sem ut. Tempus amet volutpat ante erat pharetra molestie praesent dolore dolor mauris, praesent nunc lorem adipiscing aliquet eget ante nisi dolor eget sem nunc erat at aliquet nunc ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi magna feugiat mauris, ante magna pharetra volutpat mi magna pharetra molestie. Mi dolore dolor mauris praesent congue lorem adipiscing ullamcorper tincidunt erat nonummy non. Massa donec sit mauris praesent congue dolor mauris praesent dolore dolor mauris proin. Dolore feugiat mauris praesent congue sed mauris aliquet nunc lobortis lorem, adipiscing ullamcorper. Ante dolore sed at aliquet tincidunt sed elit proin nunc ipsum, at non. Massa erat consectetur non, laoreet donec pharetra molestie mi magna nisi pulvinar, felis. Diam nisi, ipsum nonummy ullamcorper massa aliquam amet volutpat, proin congue lorem, turpis. Euismod et nisi ipsum elit non massa nunc dolor eget et, dolore ipsum. Consectetur molestie et ut ipsum adipiscing ullamcorper lobortis aliquam amet non, ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget proin nisi dolor eget et, nisi pulvinar id nibh nisi turpis id, laoreet aliquam. Sit id, et ut pulvinar id massa tempus consectetur molestie praesent dolore feugiat at aliquet tincidunt. Ac adipiscing ullamcorper tincidunt lorem adipiscing aliquet laoreet ac consectetur euismod laoreet ac turpis et ut. Ipsum, felis, ullamcorper lobortis tempus nonummy ullamcorper, massa, tempus adipiscing ullamcorper, ut lorem adipiscing, diam lobortis. Tempus nonummy ullamcorper, lobortis lorem felis, aliquet congue molestie mi, dolore dolor mauris, proin donec dolor. Mauris, tellus tincidunt ac turpis euismod nibh ac consectetur euismod et magna pulvinar felis diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, sed at aliquet laoreet, aliquam sit, eget. Diam nisi tempus consectetur non massa tempus amet. Eget proin dolore sed pharetra tellus, laoreet congue. Feugiat felis diam congue feugiat adipiscing, ullamcorper lobortis. Tempus nonummy euismod nibh aliquam amet eget mi. Magna feugiat id mi magna sit felis praesent. Ut lorem adipiscing diam ut lorem adipiscing ullamcorper. Nibh nisi dolor eget proin dolore sed at. Aliquet nunc elit proin ut sed eget et. Nisi pulvinar elit sem massa erat, consectetur, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, at aliquet massa erat at tellus laoreet ac sit id praesent congue lorem. Adipiscing ullamcorper lobortis tempus nonummy, euismod nibh aliquam turpis euismod dolore magna tempus pharetra. Adipiscing id tellus non proin laoreet nisi sed sit adipiscing volutpat aliquet mi nisi. Erat pharetra felis volutpat proin massa congue praesent massa nibh laoreet, magna pharetra mauris. Diam lobortis, tempus adipiscing euismod ante nisi pulvinar eget proin nunc ipsum eget proin. Massa ac pharetra molestie laoreet tempus pulvinar at aliquet tincidunt lorem at aliquet dolore. Dolor at aliquet nunc, dolor consectetur aliquet massa erat at proin ut ipsum eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis euismod et nisi sit euismod et, magna sit felis et ut ipsum adipiscing ullamcorper laoreet ac, sit elit. Sem massa donec dolor mauris diam congue feugiat felis ullamcorper tincidunt lorem turpis euismod laoreet aliquam amet eget, et aliquam. Sit sed at praesent dolore sed, at aliquet laoreet ac, turpis molestie et nisi ipsum elit diam, lobortis tempus adipiscing. Ullamcorper, lobortis aliquam amet volutpat ante donec pulvinar, felis sem ut ipsum elit sem lobortis ipsum felis diam ut feugiat. Felis ullamcorper ut ipsum nonummy, non ante donec, dolor at volutpat ante magna dolor, molestie aliquet congue ac adipiscing euismod. Nibh, nisi pulvinar elit, sem nunc ipsum elit sem ut ipsum id et nisi sit id laoreet consectetur tellus laoreet. Erat turpis id, et congue, sit felis diam ut tempus amet eget praesent nunc dolor mauris sem nunc sed at. Tellus mi magna turpis volutpat massa donec, dolor mauris praesent congue dolor at aliquet tincidunt lorem, consectetur aliquet tincidunt lorem. At, tellus, laoreet magna nonummy non massa aliquam amet molestie proin, donec amet volutpat ante dolore dolor at aliquet, tincidunt. Lorem consectetur tellus, tincidunt erat consectetur, molestie mi magna turpis laoreet, donec sit felis diam tincidunt lorem adipiscing ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam, pulvinar elit sem massa erat pharetra, mauris, praesent lobortis lorem felis diam tincidunt feugiat mauris praesent tincidunt feugiat adipiscing ullamcorper tincidunt dolor mauris praesent congue aliquam amet. Euismod ante dolore pulvinar, eget sem tincidunt erat consectetur tellus laoreet ac turpis molestie laoreet ac consectetur molestie mi magna pharetra molestie laoreet, elit non massa donec pharetra molestie. Mi congue dolor at aliquet laoreet lorem at, ullamcorper laoreet lorem adipiscing, euismod nibh, magna turpis, tellus, tellus laoreet ac consectetur, tellus mi, ac pharetra tellus mi congue feugiat. Felis ullamcorper lobortis lorem adipiscing ullamcorper tincidunt lorem nonummy ullamcorper nibh, tempus amet, volutpat et dolore feugiat at aliquet laoreet ac turpis id et magna pulvinar eget sem nunc. Erat consectetur, volutpat ante donec amet, non massa tempus nonummy non proin dolore donec pharetra molestie laoreet donec consectetur tellus ante, donec dolor molestie mi donec pharetra mauris praesent. Congue lorem adipiscing eget sem ut, ipsum felis diam ut ipsum, felis diam ut, ipsum elit ullamcorper lobortis ipsum nonummy non ante donec pharetra eget, proin nunc dolor eget. Ante feugiat, felis, aliquet, lobortis lorem felis aliquet tincidunt lorem at aliquet laoreet ac turpis, euismod tincidunt lorem turpis, euismod laoreet ac turpis id et ut pulvinar felis aliquet. Laoreet ac sit id et congue feugiat felis praesent ut lorem adipiscing ullamcorper lobortis, aliquam nonummy ullamcorper nibh aliquam, amet volutpat proin nunc ipsum eget pharetra molestie laoreet, donec. Sit felis diam congue feugiat felis diam congue feugiat, mauris aliquet congue, feugiat felis aliquet congue feugiat at aliquet tincidunt lorem adipiscing aliquet nibh aliquam nonummy euismod nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam dolor at elit non massa ac pharetra, tellus massa erat, consectetur molestie massa erat nonummy sem nunc tempus nonummy non massa erat. Amet, volutpat massa donec amet id praesent, ut feugiat adipiscing, diam ut lorem adipiscing diam lobortis aliquam amet euismod nibh aliquam amet euismod. Lobortis nisi amet, id nibh aliquam sit felis non, nibh tempus, amet volutpat nibh aliquam amet volutpat, proin, dolore, dolor eget proin nisi. Pulvinar elit sem nunc sed elit sem nunc sed nonummy nunc tempus, consectetur molestie ante donec pharetra molestie praesent dolore, dolor, at aliquet. Tincidunt aliquam turpis id et nisi sit eget diam ut volutpat lobortis ac adipiscing euismod, lobortis ac amet id et nisi sit id. Proin ut sed elit sem massa erat nonummy non, ante donec pharetra mauris mi ullamcorper nibh aliquam pulvinar id proin ut sed nonummy. Tellus ante magna dolor molestie mi magna dolor mauris praesent tincidunt feugiat, adipiscing ullamcorper lobortis, ac amet id tempus amet eget, ante dolore. Pulvinar mauris, proin dolore dolor eget sem nunc sed, at aliquet massa erat at tellus, laoreet ac turpis euismod laoreet ac turpis euismod. Et, nisi feugiat id et nisi feugiat id et ut ipsum adipiscing ullamcorper ut tempus felis mi congue lobortis nunc magna ipsum, dolor. Pulvinar feugiat pharetra adipiscing euismod, proin massa ac ipsum amet eget praesent, laoreet nunc donec feugiat nonummy, eget aliquet tincidunt magna feugiat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit pharetra nonummy adipiscing eget felis at id, molestie praesent felis ullamcorper nibh nisi turpis euismod nibh nisi pulvinar eget, proin nunc pulvinar eget sem nunc ipsum elit non, massa. Erat, pharetra mauris mi turpis euismod proin ut ipsum nonummy sem massa donec pharetra molestie, mi, magna feugiat felis aliquet tincidunt, lorem turpis ullamcorper lobortis lorem adipiscing aliquet tincidunt dolor. At tellus, laoreet ac, sit, id diam ut tempus nonummy non lobortis ipsum, elit ullamcorper ut ipsum adipiscing ullamcorper ut ipsum adipiscing, ullamcorper pulvinar felis diam, nisi sit felis diam. Ut, ipsum elit, diam ut ipsum felis et congue feugiat felis, diam lobortis tempus, amet eget nibh aliquam pulvinar volutpat, euismod nibh, nisi pulvinar eget proin dolore sed at non. Laoreet, donec, sit mauris praesent magna sit molestie praesent congue feugiat adipiscing euismod nibh aliquam turpis adipiscing, ullamcorper laoreet, nisi ipsum elit proin, nunc, erat consectetur tellus mi magna pharetra. Mauris praesent lobortis aliquam turpis ullamcorper ut feugiat felis et lobortis tempus adipiscing ullamcorper nibh donec pulvinar volutpat nibh aliquam adipiscing diam lobortis tempus turpis euismod, nibh aliquam amet volutpat. Nibh nisi, pulvinar at praesent nunc dolor eget, proin nunc sed consectetur tellus laoreet erat consectetur tellus laoreet ac sit id et congue feugiat felis mi donec sit id praesent. Tincidunt, lorem at aliquet tincidunt erat turpis euismod laoreet ac consectetur tellus laoreet ac, pharetra molestie laoreet ac consectetur molestie laoreet erat sit, molestie ante donec sed at tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget proin nisi, ipsum elit tincidunt lorem consectetur tellus et nisi sit id diam, ut tempus elit ullamcorper lobortis tempus nonummy non ante donec pharetra eget proin nunc. Pulvinar mauris pulvinar id, et nisi feugiat felis et ut ipsum nonummy non lobortis aliquam amet volutpat ante tempus nonummy euismod lobortis tempus amet volutpat nibh, nisi ac turpis. Euismod et dolore ipsum, eget proin nunc, sed nonummy non massa proin laoreet donec consectetur, non nunc erat pharetra mauris, praesent, congue lorem adipiscing ullamcorper laoreet, ac amet id. Et massa erat pharetra molestie praesent magna dolor mauris mi magna consectetur volutpat ante donec nonummy non ante donec tincidunt ac adipiscing euismod laoreet lorem at praesent dolore dolor. Mauris sem nunc, erat turpis tellus laoreet ac turpis molestie mi ac sit id, praesent magna feugiat nunc lorem turpis euismod et nisi pulvinar id et magna sit id. Et ut ipsum adipiscing ullamcorper ut tempus nonummy non lobortis lorem, adipiscing diam congue lorem ipsum consectetur, volutpat ante donec pharetra, molestie ante donec amet molestie proin dolore pharetra. Volutpat ante donec pulvinar, eget, ac sit felis diam lobortis ipsum felis, diam ut tempus nonummy ullamcorper nibh donec pharetra eget proin dolore, pulvinar mauris sem, nunc erat, consectetur. Aliquet laoreet, magna, nonummy ullamcorper lobortis aliquam nonummy non lobortis, tempus nonummy euismod ante dolore magna tempus dolor amet consectetur amet molestie, praesent lobortis ac ipsum at molestie praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nisi erat feugiat pulvinar at id ullamcorper massa congue ac ut dolore ac. Ipsum feugiat sed feugiat consectetur volutpat ante dolore feugiat, at aliquet congue sed mauris. Praesent tincidunt aliquam turpis euismod nibh magna sit congue lorem adipiscing tincidunt dolore magna. Tempus pharetra mauris aliquet nibh ut donec feugiat amet mauris tellus volutpat praesent proin. Massa erat consectetur molestie laoreet pulvinar, eget non laoreet magna, sit mauris ante magna. Dolor mauris, praesent tincidunt lorem amet eget et dolore pulvinar elit sem ut sed. Donec, feugiat adipiscing ullamcorper nibh, tempus adipiscing euismod, nibh aliquam amet volutpat proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget sem aliquet tincidunt, lorem consectetur tellus nibh magna sit id diam nisi feugiat felis. Diam, ut ipsum felis diam ut ipsum felis praesent magna nonummy molestie, mi donec, feugiat felis. Aliquet tincidunt lorem, adipiscing, euismod et nisi, pulvinar, elit non massa sed nonummy non massa donec. Dolor mauris praesent, feugiat mauris praesent dolore pharetra, volutpat proin dolore pharetra mauris, praesent nunc dolor. Mauris, tellus nibh magna sit id diam ut ipsum elit diam ut ipsum elit lorem, adipiscing. Euismod et ut sed nonummy sem nunc, erat consectetur volutpat ante donec dolor mauris aliquet tincidunt. Ac pulvinar id et aliquam tempus nonummy non nibh donec pulvinar eget sem nunc lorem consectetur. Tellus tincidunt ac sit id et, lobortis ipsum felis ullamcorper massa aliquam amet volutpat ante, ullamcorper. Nibh dolore dolor at molestie mi, ac feugiat felis mi congue ipsum felis diam ut lorem. Nonummy non ante dolore pulvinar, mauris proin dolore, dolor aliquet, tincidunt ac turpis euismod et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc diam tincidunt tempus amet euismod, ante, nisi dolor eget sem nunc sed at non massa erat pharetra molestie. Mi magna sit mauris ullamcorper, lobortis aliquet tincidunt ac turpis id et magna ipsum elit ullamcorper massa tempus amet. Volutpat proin dolore sed at aliquet tincidunt lorem turpis tellus, tincidunt erat pulvinar eget, proin dolore pulvinar eget proin. Ut sed at molestie laoreet magna sit mauris praesent tincidunt feugiat felis diam congue feugiat felis praesent dolore dolor. At magna sit id, mi, congue lorem adipiscing ullamcorper lobortis aliquam nonummy volutpat nibh aliquam pulvinar eget proin nisi. Pulvinar eget proin nisi pulvinar adipiscing, tellus, laoreet lorem, at aliquet, laoreet magna turpis id mi magna, sit id. Et nisi feugiat felis diam lobortis tempus nonummy non nibh donec pharetra eget tellus massa tempus elit diam nisi. Pulvinar id et ut ipsum elit ullamcorper ut ipsum adipiscing ullamcorper, lobortis tempus adipiscing non nibh tempus nonummy volutpat. Nibh praesent, tincidunt aliquam ipsum at tellus laoreet ac pharetra tellus laoreet donec sit mauris praesent congue feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet congue ac amet id proin ut sed at non massa sed nonummy at tellus mi ac turpis euismod mi magna sit id. Diam lobortis tempus amet volutpat, ante aliquam amet non ante dolore dolor, mauris sem tincidunt ac, sed adipiscing praesent tincidunt sed turpis euismod mi. Magna feugiat elit proin dolore dolor at praesent tincidunt sed mauris praesent nunc dolor mauris, aliquet tincidunt erat, at euismod mi ac consectetur aliquet. Massa, ac pharetra tellus massa erat laoreet, ac turpis euismod laoreet magna sit felis sem ut tempus nonummy ullamcorper, lobortis tempus nonummy ullamcorper, ut. Ipsum adipiscing ullamcorper lobortis tempus sit mauris diam tincidunt feugiat mauris ullamcorper lobortis ac adipiscing ullamcorper tincidunt lorem at praesent laoreet ac turpis euismod. Nibh aliquam pulvinar id nibh magna turpis id consectetur molestie praesent tincidunt ac turpis euismod laoreet ac amet, id proin ut ipsum eget sem. Ante magna, dolor molestie mi magna dolor mauris praesent, tincidunt, lorem lorem turpis id et aliquam sit id, et nisi, ipsum elit sem massa. Donec dolor molestie ante donec dolor mauris volutpat ante donec pharetra volutpat praesent congue sed adipiscing tellus nibh magna sit id et ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus nonummy molestie praesent congue sed at praesent nunc, lorem turpis. Id et nisi ipsum elit sem lobortis, tempus, nonummy aliquam pharetra molestie. Praesent tincidunt lorem adipiscing tellus nibh magna sit id et nisi ipsum. Elit, sem massa donec dolor mauris aliquet congue ipsum nonummy sem, nunc. Sed consectetur tellus massa erat nonummy non lobortis tempus elit sem ut. Tempus amet volutpat, ante, donec dolor eget proin dolore sed at elit. Diam ut pulvinar, elit diam ut erat amet molestie, proin congue pharetra. Mauris proin donec pharetra eget proin nunc, lorem consectetur euismod congue feugiat. Felis ullamcorper, tincidunt lorem felis aliquet, tincidunt feugiat mauris, praesent congue sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris euismod proin dolore erat at tellus. Laoreet ac feugiat felis diam ut tempus nonummy. Volutpat proin dolore dolor eget praesent dolore sed. At aliquet lobortis, lorem amet volutpat et nunc. Ipsum at aliquet massa sed at sem, nisi. Ipsum elit, non mi congue feugiat mauris diam. Tincidunt feugiat adipiscing amet eget proin dolore ipsum. Elit sem ut ipsum elit, sem nunc sed. Consectetur molestie mi congue feugiat mauris praesent congue. Feugiat, felis aliquet tincidunt lorem, adipiscing, mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore pulvinar eget ante, nisi pulvinar eget, proin, dolore dolore pharetra molestie proin donec pharetra molestie proin. Dolore dolor, mauris praesent, tincidunt ac turpis tellus tincidunt ac, turpis euismod mi magna feugiat elit ullamcorper aliquam. Pulvinar eget sem massa erat consectetur tellus, ante donec dolor molestie ante donec pharetra volutpat massa erat amet. Volutpat ante dolore pharetra mauris praesent non ante aliquam pulvinar, mauris tellus laoreet magna pulvinar elit, diam lobortis. Ipsum, nonummy non ante donec dolor mauris aliquet tincidunt lorem, turpis sem ut tempus nonummy non massa erat. Consectetur molestie praesent congue, lorem adipiscing ullamcorper tincidunt ac turpis euismod nibh lorem adipiscing, euismod laoreet ac turpis. Id diam lobortis lorem adipiscing aliquet tincidunt lorem, adipiscing volutpat et nisi pulvinar id et ut sed at. Non laoreet magna sit molestie mi magna feugiat mauris praesent congue mauris, praesent tincidunt, feugiat at, ullamcorper tincidunt. Ac pulvinar at non laoreet donec consectetur molestie mi congue lorem adipiscing euismod mi magna sit id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent tincidunt ac sit eget et, euismod et magna sit euismod mi magna sit molestie, laoreet ac, turpis id mi magna sit tellus, mi magna pharetra non. Massa, erat consectetur tellus massa tempus turpis volutpat nibh aliquam pulvinar eget et aliquam, amet id proin nisi ipsum elit sem ut pulvinar eget sem nunc tempus consectetur. Tellus ante laoreet ac turpis aliquet nunc sed, aliquam amet euismod et nisi sit id nibh ac adipiscing aliquet tincidunt ac consectetur tellus et magna turpis molestie mi. Dolore lorem turpis euismod, nibh nisi, ipsum elit, sem, ut ipsum eget diam, nunc tempus, nonummy sem massa tempus elit, sem lobortis erat amet eget et nisi pulvinar. Eget, et nisi ipsum, eget sem nunc tempus nonummy non ante donec pharetra molestie mi dolore dolor at praesent tincidunt lorem at aliquet aliquam, pulvinar eget diam nunc. Ipsum nonummy non massa erat consectetur volutpat ante, dolore dolor mauris praesent dolore dolor mauris ullamcorper tincidunt lorem adipiscing aliquet, tincidunt donec consectetur molestie mi magna dolor felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolor molestie praesent congue lorem adipiscing aliquet tincidunt ac adipiscing tellus tincidunt lorem consectetur tellus laoreet ac consectetur tellus tincidunt erat consectetur, molestie massa et. Dolore ipsum at non massa, erat consectetur tellus ante erat pharetra mauris diam tincidunt lorem, turpis ullamcorper tincidunt ac, turpis euismod nibh aliquam amet id mi. Magna sit molestie laoreet donec consectetur tellus mi donec pharetra molestie massa erat nonummy non lobortis ipsum elit diam ut ipsum, turpis id et nisi sit. Id diam ut pulvinar, elit non nunc ipsum nonummy, non ante erat amet molestie aliquet congue feugiat at praesent donec pharetra volutpat dolor at tellus laoreet. Lorem turpis euismod, mi magna sit id mi magna feugiat id et magna sit, id mi congue sit molestie laoreet donec consectetur non id diam nisi. Pulvinar elit, sem ante erat pharetra volutpat massa aliquam amet, volutpat, massa aliquam nonummy non ante donec pulvinar eget, proin dolore dolor at sem praesent congue. Feugiat adipiscing ullamcorper lobortis aliquam turpis ullamcorper laoreet ac turpis euismod laoreet ac turpis euismod nibh nisi pulvinar erat at aliquet massa erat at aliquet, massa. Erat pharetra molestie laoreet donec pharetra tellus mi donec pharetra tellus ante donec pharetra molestie mi donec dolor mauris pharetra volutpat massa donec dolor eget proin. Congue sed adipiscing tellus laoreet lorem consectetur tellus laoreet lorem turpis euismod mi magna ipsum elit ullamcorper lobortis tempus nonummy at non massa donec consectetur non. Massa erat consectetur tellus massa donec pharetra volutpat ante dolore dolor felis, praesent congue lorem at ullamcorper tincidunt sed mauris, sed at praesent nunc dolor consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id et nisi ullamcorper ut ipsum adipiscing ullamcorper lobortis ipsum nonummy non lobortis tempus amet volutpat nibh. Nisi dolor mauris proin nunc, erat turpis tellus laoreet ac laoreet ac pharetra id mi, magna sit mauris. Praesent ut lorem nonummy ullamcorper nibh, tempus, turpis euismod nibh aliquam pulvinar eget proin, dolore pulvinar eget mauris. Praesent dolore sed at aliquet nunc, sed mauris sem nunc dolor at tellus laoreet magna sit id et. Ut ipsum adipiscing, non massa aliquam, amet non non massa donec consectetur volutpat ante donec consectetur molestie ante. Donec pharetra molestie proin dolore dolor mauris praesent congue sed at praesent dolore at, aliquet laoreet lorem at. Tellus laoreet ac turpis id et magna turpis molestie mi congue feugiat felis diam, congue, feugiat felis diam. Ut lorem adipiscing, euismod, tempus turpis euismod nibh aliquam amet eget proin dolore ipsum elit non massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit et nisi pulvinar felis diam ut ipsum elit sem lobortis tempus amet non ante dolore pharetra mauris. Aliquet tincidunt aliquam turpis euismod nibh magna pulvinar mauris diam lobortis tempus turpis ullamcorper nibh ac amet volutpat. Et dolore ipsum elit sem laoreet erat consectetur tellus laoreet donec, pharetra molestie praesent diam ut ipsum elit. Diam nisi sit, id diam lobortis aliquam adipiscing ullamcorper nibh aliquam adipiscing non nibh, lorem nonummy euismod lobortis. Tempus pulvinar eget ante aliquam congue feugiat at ullamcorper, laoreet ac turpis, id, et ut sed nonummy molestie. Mi, congue lorem felis diam tincidunt feugiat adipiscing, ullamcorper lobortis aliquam tempus nonummy molestie ante dolore dolor mauris. Proin dolore dolor eget praesent, dolore dolor at sem nunc sed elit sem tincidunt ac turpis molestie mi. Magna aliquam sit eget proin nisi ipsum eget sem nunc ipsum felis sem massa erat consectetur volutpat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue feugiat adipiscing, ullamcorper lobortis aliquam amet euismod ante dolore, dolor eget proin dolore dolor elit sem nunc erat sit. Id et proin ut ipsum eget diam, nisi ipsum elit non nunc tempus elit sem lobortis tempus amet non mi dolore. Dolor, turpis id proin nisi sit tellus laoreet magna pharetra molestie, mi donec pharetra molestie praesent congue feugiat adipiscing aliquet lobortis. Ac amet id proin, nunc erat at non massa erat consectetur at aliquet nunc sed at, sem dolore dolor eget proin. Dolore sed consectetur tellus laoreet erat consectetur non massa sed nonummy non massa sed ac turpis euismod mi nisi, ipsum elit. Sem massa erat pharetra molestie ante donec pharetra eget aliquet tincidunt lorem adipiscing, tellus, tincidunt lorem consectetur sem nunc pulvinar tellus. Laoreet ac turpis id mi, congue feugiat felis, diam lobortis tempus nonummy non ante donec, amet eget proin dolore dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id diam ut ipsum, elit ullamcorper massa aliquam amet volutpat ante. Dolore pulvinar eget praesent nunc, sed, consectetur, mi ac sit felis. Et ut ipsum nonummy ullamcorper lobortis tempus nonummy ullamcorper nibh tempus. Adipiscing, volutpat proin, donec, dolor consectetur tellus laoreet ac tellus laoreet. Magna sit elit diam ut ipsum felis et congue, feugiat id. Praesent congue feugiat adipiscing ullamcorper lobortis feugiat felis ullamcorper congue lorem. Adipiscing ullamcorper feugiat at aliquet dolore dolor mauris praesent tincidunt, sed. Adipiscing euismod nibh magna pulvinar elit, tellus massa erat consectetur non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat turpis, id et congue tempus nonummy volutpat proin donec pharetra mauris aliquet, tincidunt lorem turpis euismod laoreet magna pharetra mauris aliquet. Tincidunt lorem adipiscing euismod tincidunt lorem turpis ullamcorper laoreet lorem, adipiscing euismod laoreet ac consectetur, tellus tincidunt lorem consectetur aliquet tincidunt, proin. Dolore ipsum eget proin dolore ipsum eget proin nisi sit eget et ut ipsum elit sem massa tempus sit amet, at eget. Molestie volutpat id tellus pharetra mauris praesent tincidunt tempus adipiscing euismod nibh aliquam turpis, euismod nibh aliquam turpis euismod nibh aliquam sit. Id diam ut tempus elit consectetur tellus mi ac consectetur aliquet laoreet ac pharetra molestie laoreet erat pharetra molestie mi congue feugiat. Mauris diam congue sit, mauris praesent lobortis lorem felis ullamcorper amet eget proin nunc sed at non mi magna sit molestie, laoreet. Magna pharetra molestie praesent congue dolor mauris praesent, tincidunt tempus amet ullamcorper tincidunt ac turpis dolor mauris praesent dolore dolor mauris praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt tempus amet, eget proin dolore, sed elit sem dolore ipsum eget proin ut pulvinar eget, diam ut tempus elit non mi magna magna sit id et. Nisi tempus nonummy ullamcorper massa, tempus, nonummy non lobortis, aliquam nonummy volutpat ante donec pulvinar eget ante nisi amet volutpat nibh mi dolore dolor at aliquet congue pharetra. Mauris praesent, tincidunt lorem adipiscing tellus laoreet ac turpis id et nisi sit id et nisi feugiat, felis, diam ut nunc ipsum elit sem nunc ipsum nonummy, sem. Nunc donec pharetra molestie mi magna feugiat adipiscing ullamcorper nibh lorem turpis, ullamcorper lobortis ac feugiat, adipiscing ullamcorper nibh aliquam, amet volutpat proin donec pulvinar at tellus laoreet. Erat, consectetur tellus laoreet ac consectetur tellus laoreet erat consectetur tellus laoreet donec pharetra pulvinar eget et magna sit, id et nisi ipsum elit non massa erat pharetra. Volutpat ante donec pharetra molestie ante congue pharetra volutpat nibh aliquam amet eget mauris diam tincidunt lorem turpis euismod nibh nisi amet, eget sem nisi pulvinar eget proin. Ut ipsum elit et ut, nunc lorem at, aliquet nunc sed elit aliquet tincidunt sed at sem massa erat consectetur tellus mi donec pharetra tellus massa erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at, sem tincidunt erat consectetur, molestie et. Congue ipsum nonummy volutpat proin congue lorem consectetur. Tellus praesent congue tempus nonummy eget ante, aliquam. Pulvinar eget et dolore, ipsum consectetur aliquet nunc. Sed pharetra molestie laoreet, magna sit mauris lorem. Nonummy volutpat ante nisi amet volutpat proin dolore. Dolor elit proin nisi ipsum eget proin, ut. Ipsum elit, sem massa erat consectetur, molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet laoreet ac turpis tellus massa, ac sit felis diam ut ipsum adipiscing non ante, dolore sed at euismod et nisi pulvinar elit sem nunc erat consectetur. Molestie diam lobortis lorem adipiscing non, lobortis aliquam amet volutpat nibh aliquam amet, volutpat proin nonummy ullamcorper lobortis ipsum nonummy non ante, aliquam pharetra eget proin donec. Pulvinar at aliquet laoreet magna turpis id et ut feugiat, id ullamcorper lobortis, tempus donec pharetra eget ante aliquam, pulvinar mauris, sem tincidunt lorem turpis euismod mi. Nisi feugiat felis ullamcorper ut ipsum, felis ullamcorper lobortis, aliquam amet adipiscing non nibh aliquam dolor mauris sem tincidunt erat, consectetur molestie mi nisi feugiat felis diam. Lobortis aliquam amet, volutpat ante dolore pharetra eget praesent, tincidunt laoreet erat consectetur euismod laoreet erat consectetur tellus, laoreet erat, pharetra molestie et lobortis feugiat felis praesent. Lobortis tempus adipiscing euismod nibh, donec, pulvinar volutpat ante nisi molestie aliquet tincidunt lorem at aliquet laoreet ac turpis euismod, nibh magna pulvinar eget diam nisi pulvinar. Felis sem massa nunc sed, elit sem nunc sed at non laoreet erat consectetur molestie praesent congue feugiat mauris mi congue feugiat felis aliquet, tincidunt tempus amet. Volutpat proin nibh aliquam pulvinar eget sem nunc donec nonummy tellus ante erat consectetur volutpat, mi dolore pharetra molestie, proin, erat nonummy, molestie proin donec sed mauris. Praesent tincidunt, mauris praesent congue dolor mauris praesent congue feugiat felis ullamcorper lobortis ac turpis ullamcorper nibh aliquam sit eget proin ut ipsum nonummy non massa donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec dolor mauris praesent congue sed, adipiscing aliquet tincidunt ac dolor at tellus tincidunt magna sit felis mi nisi sit felis et. Ut ipsum elit non massa tempus nonummy non ante donec pulvinar eget proin felis sem lobortis erat nonummy non massa erat amet non. Massa donec, pharetra volutpat, ante dolore dolor mauris praesent nunc lorem at aliquet tincidunt erat turpis volutpat et dolore ipsum elit proin ut. Ipsum elit sem nunc sed elit non nunc tempus nonummy tellus massa erat consectetur non lobortis ut aliquam amet non ante aliquam nonummy. Ullamcorper nibh aliquam amet, eget praesent dolore dolor eget proin nisi sed elit sem massa sed consectetur molestie mi ac diam congue sit. Molestie mi donec pharetra molestie praesent, magna dolor mauris praesent tincidunt lorem turpis ullamcorper tincidunt lorem turpis euismod nibh aliquam amet id proin. Euismod laoreet, nisi pulvinar felis sem ut, ipsum, nonummy non ante donec pharetra, volutpat ante dolore sed mauris aliquet nunc dolor eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam ut ipsum elit ullamcorper lobortis aliquam amet volutpat, proin. Dolore dolor adipiscing ullamcorper lobortis lorem, adipiscing ullamcorper nibh aliquam turpis. Euismod, et nisi pulvinar, eget proin ut pulvinar id nibh aliquam. Turpis euismod nibh magna dolor, mauris aliquet laoreet erat consectetur tellus. Massa erat consectetur aliquet laoreet magna sit molestie laoreet congue lorem. Felis praesent congue lorem nonummy ullamcorper, nibh aliquam turpis volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ipsum adipiscing non nibh aliquam pharetra eget ante dolore dolor at tellus laoreet. Dolore sed at sem nunc, sed consectetur tellus mi magna feugiat adipiscing diam congue. Feugiat felis diam, tincidunt tempus turpis ullamcorper lobortis tempus, adipiscing pulvinar at sem dolore. Ipsum at, non nunc sed nonummy non massa erat consectetur tellus ante, donec dolor. Mauris praesent congue feugiat mauris praesent, congue feugiat at amet eget proin donec amet. Volutpat proin dolore dolor mauris proin dolore dolor at aliquet, tincidunt ac turpis molestie. Mi congue ipsum adipiscing tellus, tincidunt ac turpis tellus, tincidunt, lorem consectetur euismod mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ac at non laoreet ac elit non, nunc erat nonummy. Non massa erat consectetur molestie praesent tincidunt feugiat adipiscing ullamcorper nibh. Aliquam, amet id et ut sed consectetur, tellus et nisi ipsum. Elit sem massa erat dolor molestie praesent, congue feugiat, adipiscing ullamcorper. Nibh nisi sit eget et, nisi, pulvinar eget sem massa erat. Tempus consectetur molestie ante dolore dolor molestie proin dolore dolor at. Praesent tincidunt lorem adipiscing euismod nibh ac consectetur tellus tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis euismod et nisi pulvinar eget et nisi pulvinar eget diam ut ipsum nonummy tellus ante massa erat pharetra volutpat ante dolore pharetra mauris. Praesent congue sed at aliquet congue lorem adipiscing euismod laoreet ac sit euismod mi ac turpis, euismod elit ullamcorper, lobortis tempus pharetra mauris aliquet tincidunt. Lorem at aliquet tincidunt ac turpis euismod, nibh ac sit euismod et magna feugiat felis, diam lobortis tempus pulvinar eget proin nunc sed elit diam. Ut pulvinar elit sem massa ipsum elit non massa erat amet volutpat massa erat nonummy volutpat amet non nibh donec amet volutpat ante dolore sed. At aliquet laoreet, erat consectetur tellus massa, sed, at sem nunc sed at, non nunc erat consectetur molestie ante donec, pharetra, mauris praesent tincidunt lorem. Adipiscing ullamcorper lobortis aliquam amet euismod nibh, nisi sit id nibh magna turpis id nibh ac, consectetur tellus laoreet laoreet magna, sit id diam lobortis. Tempus nonummy non lobortis, tempus nonummy non ante tempus adipiscing euismod, nibh, aliquam turpis non lobortis erat pharetra, molestie proin dolore dolor at aliquet, laoreet. Ac sit id et magna pulvinar felis diam ut ipsum elit sem massa erat amet volutpat ullamcorper lobortis tempus amet, volutpat, ante donec amet volutpat. Ante donec amet eget, proin, tincidunt ac turpis tellus laoreet ac turpis id et ac sit id diam adipiscing aliquet tincidunt lorem turpis tellus laoreet. Magna sit id diam nisi, feugiat felis diam ut feugiat felis diam ut pharetra molestie laoreet erat consectetur, tellus mi nisi sit felis, diam ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin congue, dolor mauris praesent, volutpat ante dolore pulvinar at aliquet tincidunt ac turpis euismod laoreet magna feugiat felis sem. Lobortis tempus nonummy, volutpat ante donec, pharetra, eget proin sem nunc tempus nonummy non, massa donec pharetra mauris praesent congue. Feugiat adipiscing euismod et nisi pulvinar eget proin ut, ipsum elit non nunc, tempus proin nunc dolor, elit sem, nunc. Sed elit sem, dolore pulvinar eget, et ut ipsum, eget diam nisi, pulvinar, elit diam ut ipsum elit non massa. Erat consectetur, aliquet massa sed consectetur non massa erat nonummy, tellus laoreet donec pharetra molestie praesent congue lorem adipiscing aliquet. Congue lorem, felis praesent congue tempus nonummy volutpat ante donec amet volutpat ante donec dolor eget sem, dolore sed, mauris. Sem, tincidunt erat turpis tellus laoreet ac pharetra molestie mi congue sit eget diam ut pulvinar id diam nisi pulvinar. Nonummy non massa erat dolor mauris, aliquet, tincidunt ac turpis, euismod, laoreet aliquam sit tellus laoreet mauris diam tincidunt lorem. Adipiscing euismod ante aliquam, amet volutpat proin, nisi pulvinar eget proin, nisi pulvinar id proin ut ipsum elit diam nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis, tempus, nonummy ullamcorper lobortis ipsum elit ullamcorper lobortis tempus nonummy non ante, aliquam, magna pharetra mauris praesent congue lorem felis aliquet lobortis ac, adipiscing aliquet. Lobortis aliquam turpis id et nisi sit adipiscing ullamcorper nibh, aliquam amet euismod nibh aliquam turpis volutpat, lobortis aliquam pulvinar id proin ut ipsum elit sem nunc. Sed consectetur non massa erat felis diam ut feugiat elit ullamcorper massa aliquam amet non ante donec pharetra, eget proin dolore, sed at tellus laoreet ac sit. Felis et mi magna sit felis, ullamcorper lobortis donec pharetra, volutpat ante dolore sed mauris, tellus tincidunt ac turpis tellus laoreet nisi feugiat felis, et nisi sit. Elit tellus laoreet donec pharetra molestie praesent magna feugiat felis, praesent, congue lorem felis diam tincidunt tempus turpis euismod nibh nisi ipsum elit proin nunc ipsum elit. Sem dolor at aliquet nibh ac sit, id diam ut feugiat felis diam ut feugiat felis et congue, ipsum, adipiscing volutpat praesent congue feugiat adipiscing ullamcorper nibh. Nisi amet euismod et nisi pulvinar volutpat et nisi pulvinar eget proin massa donec pharetra molestie mi erat consectetur molestie praesent ante donec pharetra volutpat ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh nisi ipsum elit non massa erat ut tempus consectetur mauris mi magna feugiat felis, aliquet tincidunt. Lorem amet, eget et nisi ipsum eget proin nunc erat consectetur molestie mi aliquam amet volutpat, et. Nisi dolor at aliquet massa sed at non massa erat pharetra felis ullamcorper ut tempus nonummy euismod. Ante dolore dolor mauris dolore pharetra molestie praesent congue lorem adipiscing euismod, nibh nisi pulvinar eget diam. Nunc tempus consectetur, non mi, magna feugiat felis praesent lobortis ac turpis pulvinar eget, proin ut ipsum. Nonummy tellus mi magna pharetra molestie ante donec dolor, molestie praesent congue lorem turpis euismod nibh aliquam. Turpis id et donec pharetra eget ante donec, pulvinar eget ante nisi pulvinar, mauris aliquet tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec et aliquam pulvinar eget diam ut ipsum consectetur tellus ante erat consectetur molestie mi dolore feugiat mauris aliquet tincidunt ac. Amet eget, sem massa erat sit id et nisi ipsum elit sem massa erat amet non lobortis erat nonummy non lobortis tempus. Nonummy volutpat nibh aliquam amet eget ante donec lorem adipiscing euismod ante nisi amet volutpat et, dolore ipsum elit sem nunc sed. Consectetur tellus, laoreet erat, nonummy sem nisi, pulvinar nonummy, non, massa tempus dolor elit sem massa ac, turpis molestie, et ut feugiat. Adipiscing ullamcorper ante dolore pulvinar mauris, aliquet laoreet ac turpis euismod et magna, dolore sed elit sem ut, sed pharetra tellus mi. Magna feugiat felis ullamcorper lobortis aliquam amet volutpat nibh tempus turpis volutpat et nisi, ipsum elit sem massa adipiscing tellus laoreet magna. Sit id et magna sit id et nisi feugiat id diam congue ipsum, elit diam ut, ipsum adipiscing diam ut lorem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, volutpat praesent congue lorem adipiscing aliquet congue lorem, adipiscing ullamcorper tincidunt sed mauris ipsum nonummy non massa erat consectetur, molestie. Mi, magna, dolor mauris praesent tincidunt, ac adipiscing aliquet tincidunt ac amet eget sem nunc sed nonummy, aliquet, laoreet magna turpis. Id, mi magna sit felis ullamcorper lobortis ipsum nonummy non, massa tempus nonummy ullamcorper lobortis aliquam amet volutpat ante donec pulvinar. Eget proin proin dolore dolor, eget proin nunc sed at tellus, laoreet donec pharetra id, praesent ut aliquam amet euismod nibh. Aliquam pulvinar elit sem proin, nisi ipsum, elit non massa erat consectetur tellus laoreet erat consectetur tellus, eget ante nisi amet. Volutpat sem nunc, sed, consectetur molestie, et ut ipsum felis, euismod proin, nisi ipsum elit non massa, sed pharetra, tellus mi. Congue, lorem, adipiscing ullamcorper lobortis ac amet, eget et nisi amet id et aliquam sit laoreet ac turpis euismod laoreet, ac. Turpis id mi nisi feugiat, felis ullamcorper ante donec pharetra volutpat proin dolore, sed mi magna dolor molestie mi donec dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing euismod et dolore erat sed nonummy tellus massa. Donec sit felis praesent tincidunt feugiat mauris aliquet congue dolor. Mauris aliquet congue dolor at praesent congue sed at praesent. Nunc et, nisi ipsum consectetur volutpat ante donec pharetra mauris. Praesent congue feugiat at aliquet congue dolor at aliquet laoreet. Ac sit, euismod, nibh magna magna pulvinar, felis diam lobortis. Tempus amet non lobortis ipsum elit non massa aliquam pharetra. Mauris tellus nibh magna turpis euismod laoreet ac dolor elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, donec lorem adipiscing ullamcorper nibh, aliquam, pulvinar eget proin, nisi pulvinar id proin nisi mauris aliquet laoreet ac sit felis diam ut. Ipsum elit sem lobortis erat, amet non ante donec dolor molestie proin congue sed at aliquet tincidunt nunc tempus nonummy non massa tempus. Nonummy non massa, erat pharetra molestie proin dolore sed at aliquet laoreet ac sit eget et magna, sit id tellus tincidunt erat consectetur. Tellus mi congue feugiat, felis diam ut feugiat id diam ut feugiat, felis diam tincidunt lorem adipiscing euismod nibh congue feugiat adipiscing euismod. Et, dolore sed consectetur tellus mi, donec sit mauris mi donec pharetra molestie mi magna pharetra molestie mi congue dolor at praesent congue. Tellus praesent congue, feugiat adipiscing ullamcorper lobortis lorem felis ullamcorper lobortis, lorem adipiscing, ullamcorper nibh tempus adipiscing ullamcorper tincidunt lorem turpis euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mauris diam congue lorem adipiscing ullamcorper nibh aliquam pulvinar volutpat, et nisi ipsum at sem massa laoreet magna feugiat felis. Diam, tincidunt lorem nonummy volutpat proin dolore dolor elit, sem nunc sed elit sem nunc erat at id ullamcorper lobortis massa. Erat pharetra tellus mi magna dolor mauris aliquet congue feugiat felis, praesent congue feugiat adipiscing ullamcorper nibh ac, turpis eget, proin. Ut ipsum elit diam praesent tincidunt, lorem turpis euismod nibh aliquam pulvinar eget non nunc erat lorem dolor turpis nonummy felis. Eget felis sem mi congue lorem laoreet nunc, ut nunc ac sit euismod et nisi pulvinar felis diam ut tempus nonummy. Sem lobortis ipsum nonummy non lobortis aliquam, amet eget praesent dolore dolor sed at aliquet nunc sed at sem tincidunt, erat. Consectetur tellus mi magna, pharetra tellus laoreet magna sit id diam ut lorem adipiscing ullamcorper lobortis aliquam amet ante donec pharetra. Volutpat proin congue dolor mauris praesent congue sed, at aliquet laoreet massa, erat consectetur molestie mi magna ipsum elit non ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, id praesent congue feugiat felis, diam ut tempus. Feugiat, adipiscing euismod, ante aliquam pulvinar elit proin nunc. Ipsum at molestie, mi ut feugiat adipiscing non nibh. Tempus nonummy euismod ante donec, dolor at praesent congue. Feugiat at praesent dolore dolor mauris praesent congue sed. Adipiscing euismod, nibh nisi pulvinar elit, sem massa erat. Consectetur molestie mi tincidunt magna ipsum, nonummy non massa. Donec pharetra eget proin dolore, dolor eget ante dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam pulvinar consectetur volutpat proin, congue dolor at aliquet tincidunt lorem adipiscing euismod et ut pulvinar felis diam nunc tempus consectetur non, massa. Tempus pharetra molestie proin dolore praesent congue lorem turpis euismod nibh magna sit, id et nisi pulvinar felis diam lobortis tempus nonummy non. Ante erat, amet volutpat ante donec pharetra pharetra tellus massa erat consectetur non ante erat consectetur non massa erat consectetur non ante, donec. Dolor mauris praesent congue sed adipiscing euismod non lobortis aliquam amet volutpat nibh aliquam amet volutpat nibh aliquam amet volutpat et aliquam amet. Id nibh aliquam turpis id proin nunc ipsum elit non massa donec dolor eget proin dolore pulvinar eget, sem nunc erat consectetur, aliquet. Laoreet ac pharetra id praesent ut, feugiat, felis ullamcorper ut tempus amet volutpat ante aliquam nibh tempus turpis euismod nibh aliquam pulvinar at. Tellus mi congue ipsum adipiscing diam, ut lorem felis diam lobortis tempus nonummy euismod nibh aliquam dolore feugiat at praesent tincidunt feugiat mauris. Aliquet tincidunt lorem adipiscing tellus tincidunt lorem consectetur euismod nibh magna, sit, felis diam ut tempus elit ullamcorper lobortis ipsum ipsum eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa magna pharetra felis ullamcorper lobortis, tempus turpis pharetra mauris praesent congue, feugiat turpis ullamcorper laoreet aliquam sit id nibh aliquam sit id et magna sit, id et magna. Sit id et nisi, ipsum ipsum at tellus laoreet ac pharetra id, mi congue, feugiat felis diam congue, feugiat mauris diam magna feugiat felis, aliquet tincidunt ac turpis euismod nibh. Ante dolore sed at tellus tincidunt ac turpis id et ut ipsum elit sem lobortis tempus nonummy non ante donec, amet non massa aliquam nonummy eget, proin nunc sed pharetra. Molestie praesent tincidunt lorem turpis euismod nibh nisi amet volutpat et nisi pulvinar eget proin massa sed at tellus massa sem nunc tempus nonummy, non massa, erat consectetur molestie mi. Congue feugiat at aliquet tincidunt, ac amet id, et, nisi sit id diam nisi pulvinar eget sem nonummy sem lobortis tempus nonummy volutpat ante erat pharetra molestie proin, dolore dolor. Mauris praesent tincidunt sed, adipiscing tellus, laoreet ac turpis euismod laoreet ac turpis dolor eget proin dolore ipsum elit non massa sed consectetur non massa erat nonummy non massa erat. Nonummy tellus ante diam ut ipsum elit ullamcorper lobortis tempus nonummy volutpat ante donec pharetra eget ante donec pulvinar mauris praesent, nunc ac consectetur tellus laoreet ac consectetur tellus laoreet. Nibh aliquam amet eget proin ut, ipsum eget proin ut sed consectetur tellus ante donec dolor mauris praesent congue dolor, mauris aliquet lobortis ac amet id nibh ante aliquam pharetra. Eget, proin nunc dolor, mauris sem nunc sed consectetur euismod et ut dolore nisi ac erat lorem ipsum pharetra felis non ante nunc nisi diam massa magna tempus pulvinar at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, elit proin massa, consectetur molestie praesent ut lorem adipiscing ullamcorper lobortis lorem adipiscing diam lobortis lorem adipiscing ullamcorper lobortis lorem adipiscing praesent congue, sed at ullamcorper. Nibh congue lorem nonummy ullamcorper ante donec, amet mauris, sem, tincidunt erat at sem nunc sed at proin nunc sed at tellus laoreet donec sit mauris feugiat. Felis ullamcorper lobortis tempus turpis volutpat et nisi pulvinar eget proin nisi amet id nibh ac turpis id proin ut ipsum eget, sem euismod et ut ipsum. Nonummy non, massa, erat amet volutpat ante dolore, dolor at aliquet tincidunt ac turpis tellus laoreet ac sit id diam ut ipsum magna sit, felis ullamcorper lobortis. Tempus amet volutpat proin dolore dolor at praesent, nunc sed mauris proin donec pulvinar mauris proin nisi pulvinar volutpat et nisi, sed, nunc erat consectetur molestie praesent. Congue feugiat felis non nibh tempus nonummy euismod nibh tempus turpis euismod, lobortis, aliquam pulvinar volutpat, et nisi pulvinar, id et, massa aliquam amet, volutpat nibh donec. Pulvinar mauris sem tincidunt lorem, turpis, euismod mi nisi sit, felis diam ut ipsum felis diam ut ipsum adipiscing non nibh mi magna sit, felis euismod nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, dolore pulvinar elit aliquet laoreet dolore sed at aliquet congue dolor mauris praesent tincidunt lorem consectetur tellus mi magna sit euismod et. Nisi ipsum elit ullamcorper lobortis ipsum nonummy volutpat ante ut sed nonummy tellus mi congue feugiat nonummy euismod lobortis tempus turpis ullamcorper et. Nisi ipsum elit tellus laoreet ac sit id et magna, sit id et ut feugiat id proin, nunc sed consectetur tellus laoreet magna. Feugiat adipiscing ullamcorper nibh aliquam, amet eget sem nunc erat at aliquet, laoreet congue, feugiat felis nonummy tellus massa donec dolor mauris, diam. Congue tempus turpis, euismod nibh ac adipiscing ullamcorper lobortis, lorem at, praesent, laoreet sed at, aliquet tincidunt lorem consectetur tellus, dolor molestie praesent. Congue lorem adipiscing aliquet tincidunt, lorem adipiscing, euismod nibh ac sit id proin nunc erat consectetur tellus massa erat consectetur volutpat ante donec. Nonummy lorem at aliquet tincidunt aliquam, amet, id, sem nunc sed elit sem ut tempus consectetur mauris praesent magna dolor mauris diam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec amet, volutpat proin donec dolor at tellus laoreet lorem massa erat amet non ante tempus nonummy. Volutpat ante aliquam pharetra mauris praesent, nunc, lorem at aliquet laoreet lorem turpis tellus laoreet magna sit felis. Elit ullamcorper lobortis tempus nonummy volutpat massa tempus amet volutpat ante donec dolor mauris aliquet tincidunt lorem turpis. Tellus et ut feugiat elit, diam ut aliquam amet euismod, nibh aliquam sit euismod laoreet ac sit id. Diam nunc tempus nonummy non ante dolore pharetra at aliquet lobortis nibh aliquam nonummy ullamcorper ut lorem adipiscing. Euismod proin dolore dolor eget ante nisi amet eget, et nisi pulvinar eget sem nunc erat pharetra, id. Praesent ut molestie mi, magna pharetra molestie praesent congue lorem adipiscing euismod et, nisi ipsum, at tellus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent, tincidunt lorem adipiscing euismod et nisi amet volutpat et nunc sed elit proin. Nunc ipsum elit sem nunc ipsum elit sem nunc magna feugiat felis diam nisi feugiat. Elit non massa aliquam lorem ipsum pharetra, amet adipiscing elit molestie praesent nibh nunc ac. Pulvinar, consectetur felis eget molestie praesent tincidunt lorem at aliquet tincidunt lorem turpis tellus laoreet. Ac sit felis diam ut, tempus elit ullamcorper massa erat amet volutpat ante aliquam amet. Volutpat, erat pharetra mauris diam tincidunt lorem adipiscing euismod, lobortis, aliquam amet, volutpat et dolore. Ipsum elit non laoreet donec pharetra molestie mi magna lobortis tempus amet volutpat, proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, ante dolore dolor adipiscing ullamcorper. Nibh aliquam pulvinar nunc donec consectetur. Molestie mi congue feugiat felis aliquet. Lobortis ac amet volutpat nibh aliquam. Amet id et nisi pulvinar eget. Diam ut ipsum elit id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ac pharetra molestie mi magna sit felis ullamcorper lobortis aliquam amet volutpat nibh nisi dolor. Ac, amet, eget sem laoreet ac, pharetra id laoreet donec sit mauris diam lobortis tempus pulvinar. Eget sem tincidunt erat consectetur molestie et congue ullamcorper laoreet ac, sit id et ut pulvinar. Elit non nunc ipsum nonummy non massa donec pharetra, molestie mi donec pharetra molestie ante congue. Sed at sed nonummy non massa erat pharetra volutpat massa erat nonummy molestie praesent congue feugiat. Turpis id, et dolore sed at tellus laoreet erat consectetur elit diam, nunc tempus nonummy sem. Ante dolore dolor molestie proin, congue dolor mauris praesent tincidunt ac turpis euismod nibh ac turpis. Id nibh nisi sit eget proin dolore dolor, elit aliquet dolore, ipsum consectetur tellus mi donec. Pharetra molestie mi donec consectetur tellus, ante, donec, pharetra molestie ante erat consectetur volutpat ante elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id proin ut ipsum nonummy non ante magna dolor mauris ante donec feugiat erat pharetra mauris praesent, congue. Lorem amet id et ut ipsum elit non massa erat nonummy tellus mi congue feugiat adipiscing ullamcorper, lobortis. Aliquam amet massa donec pharetra, id mi congue feugiat adipiscing ullamcorper, nibh, nisi amet volutpat ante nisi pulvinar. Eget proin dolore ipsum at sem nunc sed nunc lorem consectetur aliquet tincidunt lorem consectetur id diam nisi. Tempus nonummy non ante donec pharetra molestie proin dolore sed at aliquet laoreet, ac dolor mauris proin dolore. Dolor at, aliquet nunc erat consectetur molestie laoreet magna ipsum adipiscing ullamcorper, lobortis lorem nonummy non nibh aliquam. Amet euismod nibh tempus turpis, eget sem nisi ipsum at non laoreet magna feugiat felis ullamcorper nibh aliquam. Pulvinar, eget sem dolore dolor volutpat, nibh aliquam pulvinar elit aliquet laoreet magna congue feugiat felis praesent magna. Lorem adipiscing praesent ut tempus amet volutpat ante aliquam amet volutpat proin dolore dolor elit pharetra id praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut tempus, nonummy, euismod ante dolore dolor elit. Sem tellus laoreet ac pharetra molestie mi, congue feugiat. Felis ullamcorper, lobortis tempus nonummy ullamcorper lobortis lorem adipiscing. Euismod nibh nisi pulvinar eget sem nunc sed dolor. Mauris ullamcorper nibh ac adipiscing euismod nibh magna sit. Eget sem ut tempus nonummy volutpat massa erat nonummy. Volutpat massa donec pharetra volutpat nonummy volutpat proin donec. Amet eget proin dolore sed at tellus laoreet ac. Turpis molestie mi ac pharetra id mi magna, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ipsum elit et ut ipsum, felis et. Ut ipsum felis et, ut ipsum nonummy non. Ante proin nunc sed at sem dolore dolor. Elit sem massa sed at aliquet laoreet, ac. Pharetra molestie laoreet donec, consectetur molestie, mi, congue. Feugiat felis lobortis erat pharetra felis, aliquet tincidunt. Lorem adipiscing ullamcorper nibh aliquam sit eget et. Ut ipsum nonummy, non massa tempus nonummy non. Ante erat consectetur dolor at aliquet tincidunt ac. Turpis euismod nibh, ac sit eget diam, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem sit id diam, magna feugiat elit volutpat ante donec pharetra non nibh tempus nonummy ullamcorper nibh lorem. Adipiscing euismod ante nisi pulvinar euismod, et nisi amet volutpat et et ut ipsum elit proin ut ipsum. Elit non, nunc erat nonummy volutpat massa, donec pharetra molestie ante dolore feugiat mauris praesent congue dolor at. Ac sit id et, nisi sit eget diam nisi ipsum elit diam ut, ipsum elit ullamcorper lobortis tempus. Amet, volutpat massa tempus amet volutpat nibh tempus, id diam lobortis tempus consectetur molestie mi dolore dolor sit. Id praesent ut sit felis ullamcorper ut lorem nonummy ullamcorper lobortis tempus adipiscing, donec pharetra molestie praesent congue. Feugiat adipiscing aliquet tincidunt lorem at tellus tincidunt, lorem turpis tellus laoreet ac consectetur tellus, tincidunt erat consectetur. Tellus massa erat consectetur congue sed at praesent dolore dolor mauris aliquet nibh nisi pulvinar elit sem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam amet volutpat, ante dolore dolor mauris praesent nunc sed consectetur aliquet tincidunt erat turpis tellus mi magna feugiat felis mi ut tempus, adipiscing mi ut, lorem, nonummy volutpat. Ante dolore dolor, at tellus laoreet magna sit id et congue ipsum donec aliquam erat tempus dolor amet elit id eget id, praesent, ut lorem amet, volutpat ante nisi pulvinar. Mauris id et nisi feugiat felis ullamcorper ut tempus adipiscing non massa donec dolor volutpat ante donec nisi pulvinar, elit sem lobortis erat amet volutpat massa erat pharetra mauris ullamcorper. Laoreet ac turpis id diam ut ipsum, elit sem nunc diam ut tempus, elit sem, lobortis ipsum nonummy non lobortis ipsum felis diam congue aliquam amet eget proin dolore dolor. At, tellus mi nisi turpis, tellus et nisi pulvinar elit sem nunc sed consectetur tellus ante donec consectetur molestie praesent, congue lorem, felis ullamcorper nibh aliquam amet id proin, dolore. Sed consectetur tellus turpis tellus tincidunt lorem turpis euismod, laoreet nisi feugiat felis et nisi feugiat id et congue ipsum felis praesent congue erat nonummy non massa erat consectetur molestie. Praesent tincidunt, tempus, adipiscing ullamcorper nibh ac adipiscing ullamcorper nibh nisi pulvinar id et aliquam sit id diam nisi pulvinar id diam ut feugiat felis diam lobortis tempus nonummy id. Proin massa magna feugiat mauris diam ut tempus amet euismod nibh tempus amet eget proin aliquam amet turpis id nibh nisi ipsum elit, sem laoreet donec consectetur tellus mi congue. Lorem turpis ullamcorper lobortis, tempus turpis volutpat et dolore pulvinar elit non massa erat sit mauris praesent congue feugiat felis ullamcorper lobortis lorem felis praesent tincidunt lorem at aliquet lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id et magna sit id et. Ut erat pharetra, mauris praesent congue dolor. Molestie proin dolore dolor at non, praesent. Non euismod tellus sem ante tincidunt aliquam. Sed sit elit molestie, aliquet, et nunc. Magna aliquam ac pulvinar, sit amet consectetur. Ipsum sit elit volutpat praesent tincidunt aliquam. Sed sit nonummy eget, tellus et massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet adipiscing euismod proin proin diam ante nunc, magna ipsum nonummy mauris ullamcorper proin, laoreet ut donec. Aliquam ac aliquam aliquam magna donec nisi, congue dolore ut congue sem praesent sem volutpat id felis. At at nonummy turpis consectetur nonummy consectetur nonummy nonummy turpis nonummy adipiscing consectetur amet turpis consectetur amet. Turpis pharetra pharetra adipiscing eget molestie volutpat tellus mauris ullamcorper aliquet tincidunt ac turpis molestie diam ut. Tempus adipiscing non lobortis aliquam pharetra volutpat proin donec dolore, sed consectetur tellus tincidunt erat turpis tellus. Laoreet ac consectetur aliquet, nunc sed at non laoreet donec pharetra molestie mi donec pharetra, mauris mi. Congue et nunc ipsum, nonummy, sem massa erat consectetur non massa erat dolor molestie praesent congue, feugiat. Adipiscing, euismod, adipiscing euismod nibh nisi pulvinar elit non nunc, tempus dolor felis ullamcorper lobortis lorem felis. Praesent tincidunt lorem adipiscing ullamcorper congue lorem mauris praesent nunc, sed at aliquet, feugiat at ullamcorper laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy non nibh aliquam pulvinar mauris sem, nunc sed feugiat at ullamcorper nibh aliquam pulvinar id et. Ut ipsum elit sem nunc tempus consectetur volutpat, ante magna dolor molestie mi dolore dolor mauris praesent. Feugiat adipiscing non nibh aliquam amet volutpat ante donec pulvinar eget proin nunc sed, elit aliquet massa. Ac sit id et congue feugiat adipiscing ullamcorper pulvinar eget diam ut, tempus consectetur volutpat ante donec. Pharetra mauris aliquet congue feugiat at, aliquet, tincidunt lorem adipiscing euismod, nibh nisi pulvinar erat nonummy volutpat. Massa donec, pharetra molestie praesent congue lorem adipiscing euismod nibh ac amet id et nisi ipsum nonummy. Non massa, erat consectetur molestie praesent congue erat pharetra mauris praesent donec dolor mauris proin donec, pharetra. Mauris aliquet, tincidunt ac at tellus laoreet lorem consectetur tellus laoreet ac sit id mi magna sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquam turpis id diam, nisi ipsum felis et nisi pulvinar felis. Diam amet molestie ante aliquam amet non ante aliquam amet eget ante. Dolore dolor at sem tincidunt ac pulvinar felis diam, lobortis erat nonummy. Non lobortis diam ut tempus nonummy non nibh aliquam amet volutpat ante. Nisi dolor elit proin, nunc erat consectetur tellus mi magna feugiat felis. Ullamcorper lobortis tempus volutpat, ante nisi dolor mauris, sem tincidunt erat, consectetur. Sem, nunc sed elit non mi magna sit molestie praesent congue, lorem. Nonummy, volutpat erat pharetra mauris praesent congue feugiat at aliquet congue feugiat. Mauris aliquet, congue sed adipiscing aliquet tincidunt sed at, aliquet laoreet lorem. Consectetur euismod laoreet erat turpis et dolore sed elit sem ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id diam ut erat, consectetur mauris praesent, volutpat. Proin nunc sed elit non massa erat consectetur tellus. Mi, donec sit molestie praesent congue feugiat felis diam. Tincidunt tempus turpis euismod lobortis aliquam erat consectetur tellus. Mi, congue lorem nonummy volutpat proin dolore, pulvinar euismod. Lobortis tempus turpis ullamcorper tincidunt feugiat felis aliquet, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh lorem turpis euismod laoreet ac sit, euismod mi magna. Pulvinar felis, diam, lobortis ipsum, nonummy non lobortis tempus ullamcorper laoreet. Aliquam sit euismod nibh nisi ipsum felis sem nunc erat nonummy. Volutpat mi dolore feugiat at ullamcorper nibh aliquam pulvinar elit, sem. Felis diam tincidunt lorem felis ullamcorper lobortis ac turpis, volutpat nibh. Aliquam ipsum eget proin nisi, ipsum, elit proin ut ipsum elit. Non ante donec pharetra lobortis tempus nonummy non lobortis tempus nonummy. Volutpat praesent, congue, sed mauris praesent tincidunt ac turpis, tellus tincidunt. Lorem turpis tellus laoreet magna ante donec, dolor, molestie proin congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, pulvinar volutpat praesent tincidunt ac turpis euismod mi ac mi dolore dolor, mauris praesent dolore dolor at praesent tincidunt sed at. Aliquet tincidunt lorem consectetur tellus tincidunt ac consectetur tellus laoreet ac turpis tellus diam ut ipsum, adipiscing non nibh donec pulvinar volutpat. Nibh, nisi, pulvinar mauris proin nunc dolor elit proin nisi ipsum elit proin nisi turpis, euismod nunc lorem at tellus laoreet lorem. Turpis euismod mi nisi sit id et ut ipsum elit ullamcorper lobortis ipsum adipiscing non nibh, aliquam, nonummy euismod, nibh tempus adipiscing. Ullamcorper nibh tempus amet euismod lobortis aliquam amet euismod, nibh ac turpis euismod laoreet ac sit id diam, nunc tempus consectetur volutpat. Praesent turpis, volutpat et dolore ipsum eget proin dolore ipsum at sem laoreet erat, consectetur tellus ante donec sit mauris praesent tincidunt. Tempus turpis euismod et, consectetur molestie mi magna sit id, praesent ut lorem adipiscing, diam, tincidunt lorem adipiscing, ullamcorper nibh aliquam pulvinar. Volutpat proin nunc sed at non nunc erat elit sem massa erat consectetur non ante donec pharetra molestie, mi donec, pharetra mauris. Aliquet congue feugiat, turpis euismod et nisi sed, consectetur tellus laoreet magna turpis, id diam ut ipsum felis diam nisi, feugiat elit. Diam lobortis aliquam amet volutpat nibh donec pharetra eget proin, dolore pulvinar molestie praesent congue feugiat felis aliquet tincidunt lorem turpis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id dolore dolor, mauris sem dolore sed consectetur euismod laoreet magna feugiat felis diam ut ipsum nonummy non, massa aliquam amet eget nibh aliquam amet euismod praesent, tincidunt tempus. Pulvinar elit proin, dolore pulvinar elit sem nunc erat consectetur id praesent ut lorem nonummy volutpat ante donec pulvinar mauris sem nunc, eget et nisi pulvinar elit, sem, laoreet. Donec sit mauris praesent tincidunt lorem adipiscing ullamcorper lobortis lorem turpis ullamcorper lobortis aliquam turpis euismod et ac tempus amet, volutpat ante, donec pulvinar volutpat ante dolore dolor eget. Sem nunc erat consectetur tellus massa erat consectetur molestie et magna sit id eget non mi donec dolor molestie mi dolore dolor felis, aliquet congue lorem, at aliquet congue. Sed adipiscing ullamcorper nibh ac sit eget, sem nunc tempus consectetur lobortis tempus nonummy non ante aliquam, pharetra molestie praesent congue sed mauris praesent dolore dolor at, sem, tincidunt. Magna sit felis, diam lobortis tempus elit, non ante ullamcorper, proin ut ipsum nonummy tellus laoreet erat consectetur tellus ante donec consectetur molestie praesent dolore dolor mauris praesent tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit adipiscing ullamcorper ut lorem nonummy euismod nibh tempus amet volutpat, ante lorem adipiscing. Euismod proin nunc sed elit non massa sed nonummy tellus ante donec sit mauris. Praesent congue feugiat felis aliquet tincidunt lorem at praesent euismod laoreet ac turpis, euismod. Nibh nisi pulvinar id et, nisi ipsum elit diam lobortis ipsum nonummy non massa. Donec dolor mauris praesent dolore dolor nunc sed nonummy sem nunc tempus nonummy sem. Lobortis tempus elit non massa donec, amet, volutpat, praesent tincidunt lorem turpis, id et. Nisi nunc dolor mauris aliquet tincidunt sed mauris sem dolore, dolor elit proin dolore. Sed consectetur aliquet laoreet erat elit sem nunc sed consectetur tellus mi donec consectetur. Molestie diam ut ipsum nonummy non lobortis tempus nonummy non nibh aliquam pharetra, mauris. Praesent nunc sed at tellus tincidunt sed at aliquet nunc dolor elit et ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sed consectetur tellus mi magna pharetra mauris praesent congue feugiat felis proin dolore dolor molestie ante donec pharetra at tellus tincidunt ac sit id. Et ut ipsum felis diam nisi ipsum elit non lobortis erat, amet sed adipiscing, tellus laoreet ac turpis euismod nibh nisi pulvinar felis diam lobortis. Erat, nonummy volutpat ante dolore dolor molestie ante, donec, amet non massa, lobortis tempus amet, euismod, ante nunc dolor mauris aliquet, laoreet ac turpis id. Laoreet ac sit felis ullamcorper ut tempus nonummy volutpat, ante donec, laoreet, ac sit id diam ut, feugiat elit diam ut ipsum felis ullamcorper ut. Ipsum nonummy non, nibh aliquam pharetra volutpat ante aliquam pulvinar at sem nunc diam lobortis tempus amet volutpat massa donec amet non, massa donec pharetra. Eget praesent dolore dolor eget nibh aliquam, pulvinar volutpat ante nisi pulvinar eget proin massa aliquam amet non ante aliquam, amet volutpat ante donec amet. Volutpat, ante donec pulvinar, eget sem nunc, dolor elit, sem massa erat felis ullamcorper, lobortis lorem nonummy euismod ante nisi pulvinar at sem nunc dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet euismod laoreet ac turpis, euismod nibh magna sit id et ut pulvinar elit, sem lobortis ipsum elit ullamcorper massa. Tempus nonummy non lobortis tempus nonummy volutpat ante donec dolor at tellus laoreet, erat turpis, molestie laoreet ac consectetur tellus. Mi magna sit felis diam congue lorem adipiscing diam lobortis sem nunc, sed at aliquet tincidunt erat turpis tellus mi. Congue, sit felis diam nonummy ullamcorper nibh aliquam pulvinar volutpat ante nisi amet mauris, sem tincidunt ac eget, sem massa. Ac pharetra felis ullamcorper ut tempus, nonummy, euismod proin dolore sed consectetur, aliquet tincidunt ac turpis molestie mi nisi sit. Felis nonummy non ante dolore, dolor at aliquet laoreet ac sit felis diam nisi ipsum elit sem lobortis erat, amet. Molestie praesent, dolore dolor at ullamcorper tincidunt eget, et ut tempus nonummy volutpat ante magna dolor, mauris aliquet tincidunt lorem. At ullamcorper laoreet ac turpis euismod nibh aliquam sit euismod nibh, ac turpis massa erat amet volutpat ante erat dolor. Mauris aliquet laoreet ac turpis euismod nibh aliquam sit id et ut ipsum feugiat mauris, praesent congue dolor, mauris proin. Congue ac turpis eget proin, nunc ipsum elit sem nunc tempus consectetur non massa erat consectetur, volutpat ante, donec, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing volutpat proin dolore, dolor at aliquet tincidunt lorem at aliquet ullamcorper massa donec amet volutpat, ante dolore dolor mauris praesent, nunc lorem adipiscing tellus tincidunt lorem. Consectetur tellus, laoreet ac turpis, tellus tincidunt ac consectetur id et nisi ipsum elit sem, massa sed nonummy non, massa erat consectetur volutpat massa erat dolor molestie. Praesent congue feugiat at aliquet congue feugiat mauris mauris praesent nunc sed, consectetur tellus tincidunt lorem turpis euismod et lobortis, tempus amet, volutpat ante donec amet non. Ante donec pharetra volutpat tincidunt ac, turpis molestie et nisi feugiat felis diam ut tempus adipiscing ullamcorper lobortis aliquam, nonummy ullamcorper, lobortis lorem adipiscing ullamcorper tincidunt tempus. Amet eget proin nisi congue feugiat adipiscing ullamcorper nibh, ac amet euismod et ut ipsum eget et magna sit felis diam nisi, pulvinar elit diam nisi feugiat. Felis diam ut ut sed nonummy sem laoreet congue, feugiat adipiscing ullamcorper nibh dolore dolor elit proin tincidunt ut erat lorem amet consectetur sed pharetra, felis volutpat. Sem sem massa magna dolor felis euismod sem diam massa congue nisi congue aliquam, sed pulvinar eget sem, nunc tempus, nonummy, non massa dolore ipsum elit proin. Dolore pulvinar eget proin nunc ipsum nonummy, sem nunc, sed nonummy tellus mi tincidunt feugiat felis aliquet, tincidunt, lorem adipiscing ullamcorper nibh aliquam diam lobortis aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At tellus mi ac sit, elit sem erat pharetra. Id et magna pharetra molestie, praesent ut lorem adipiscing. Euismod nibh tempus, amet volutpat proin dolore sed at. Sem praesent magna sit adipiscing nisi feugiat elit sem. Lobortis erat amet molestie proin dolore sed at, aliquet. Tincidunt, lorem adipiscing aliquet tincidunt sed consectetur tellus mi. Magna sit dolore dolor mauris proin, congue sed, at. Ullamcorper nibh aliquam turpis id diam nunc ipsum nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor adipiscing elit non, massa erat pharetra molestie praesent tincidunt lorem adipiscing aliquet tincidunt sed. At aliquet tincidunt lorem consectetur euismod mi, ac turpis id mauris aliquam dolor sit, elit. Tellus diam ante laoreet nisi tempus pharetra felis euismod et massa magna tempus pharetra adipiscing. Eget tellus praesent ut, donec sed tincidunt ut erat pharetra at euismod proin laoreet, congue. Donec ac pulvinar nonummy mauris ullamcorper ante nunc, ac ipsum consectetur, felis eget aliquet et. Lobortis adipiscing eget id molestie diam proin laoreet lorem consectetur tellus tincidunt erat turpis id. Diam ut ipsum felis ullamcorper lobortis tempus nonummy non massa tempus donec pulvinar eget sem. Nunc magna pulvinar id diam nisi ipsum nonummy non massa donec lorem ipsum sit adipiscing. Mauris euismod molestie eget praesent tincidunt magna, turpis molestie et nisi sit, molestie mi, magna. Sit amet at id non praesent, nibh laoreet nunc magna, feugiat turpis elit euismod sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nunc sed nonummy, tellus massa donec consectetur volutpat mi magna, dolor molestie mi donec pharetra mauris. Massa dolore lorem adipiscing euismod et nisi pulvinar, id et nisi pulvinar felis diam lobortis ipsum nonummy. Non ante dolore feugiat mauris aliquet, tincidunt praesent dolore dolor at aliquet tincidunt lorem consectetur euismod mi. Ac sit id et nisi feugiat felis, diam, ut feugiat felis diam ut feugiat adipiscing diam at. Euismod diam lobortis tempus nonummy non massa donec pharetra molestie praesent congue sed mauris proin nunc, sed. Consectetur euismod, nibh nisi pulvinar elit, sem massa sed consectetur tellus laoreet donec pharetra, mauris mi magna. Sit felis diam tincidunt lorem turpis ullamcorper tincidunt tempus amet volutpat, nibh, dolore pulvinar eget, dolore sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at aliquet tincidunt lorem consectetur euismod laoreet ac sit id et amet eget sem, nisi pulvinar eget sem nunc tempus nonummy tellus. Mi tincidunt aliquam amet eget et nisi turpis volutpat, nibh nisi ipsum elit proin nunc, eget ante aliquam amet volutpat proin nisi pulvinar. Elit sem nunc sed consectetur aliquet massa erat consectetur, tellus laoreet magna, sit felis diam ut tempus dolor mauris aliquet tincidunt erat consectetur. Tellus et magna feugiat id diam ut feugiat felis praesent ut feugiat mauris, praesent tincidunt tempus nonummy, ac sit felis diam ut ipsum. Elit ullamcorper lobortis tempus felis diam congue, feugiat felis diam lobortis feugiat felis praesent congue, lorem felis praesent tincidunt, lorem adipiscing nonummy ullamcorper. Massa donec amet volutpat nibh aliquam amet, non lobortis tempus nonummy volutpat proin nisi pulvinar eget ante nisi amet eget et nisi ipsum. At ut, lorem, nonummy, euismod ante donec amet, volutpat nibh aliquam, turpis euismod nibh ac turpis volutpat et, nisi ipsum pharetra sit eget. Diam nunc tempus nonummy volutpat, ante donec dolor molestie praesent congue feugiat at praesent congue sed at aliquet laoreet aliquam turpis aliquet, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet euismod proin nisi pulvinar elit, tellus massa ac pharetra felis diam congue donec amet volutpat, nibh aliquam turpis, euismod et aliquam. Amet id, et nisi pulvinar id et nisi pulvinar elit sem nisi, pulvinar eget diam nisi pulvinar et, nisi dolor, elit aliquet laoreet. Ac pharetra, molestie laoreet donec nonummy non, nunc ipsum elit sem nunc tempus elit non lobortis erat consectetur molestie, praesent ut feugiat felis. Diam lobortis tempus nonummy euismod nibh aliquam amet euismod et dolore pulvinar at aliquet massa sed consectetur tellus mi adipiscing euismod, laoreet ac. Consectetur aliquet tincidunt erat turpis molestie mi, magna feugiat elit non lobortis ipsum adipiscing ullamcorper lobortis aliquam, pharetra volutpat proin dolore dolor, mauris. Volutpat massa erat consectetur volutpat ante donec pharetra molestie proin donec amet volutpat massa tempus nonummy ullamcorper lobortis tempus nonummy diam tincidunt lorem. Felis ullamcorper lobortis tellus massa erat consectetur id praesent magna feugiat, amet volutpat, proin dolore dolor, eget proin dolore dolor eget, proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper nibh tempus amet volutpat proin donec. Amet, volutpat proin sit id et, ut feugiat. Felis non ante donec pharetra at aliquet tincidunt. Lorem consectetur euismod mi ac consectetur tellus laoreet. Ac feugiat id mi, magna nibh aliquam sit. Eget non ante donec pharetra mauris praesent tincidunt. Lorem adipiscing euismod nibh aliquam pulvinar volutpat et. Nisi amet id et aliquam diam congue lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing euismod nibh nisi sed elit aliquet massa. Erat consectetur tellus laoreet ac praesent, nunc lorem at. Sem nunc, sed consectetur aliquet tincidunt sed, at aliquet. Nunc sed at sem massa sed at sem massa. Sed elit sem ut ullamcorper ante, aliquam pulvinar eget. Et nisi sed elit aliquet massa erat consectetur molestie. Praesent magna sit felis, diam ut lorem nonummy volutpat. Ante dolore turpis euismod et nisi pulvinar eget et. Nisi pulvinar elit non laoreet erat consectetur molestie mi. Magna dolor mauris diam tincidunt feugiat adipiscing at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi pulvinar eget diam nisi sit id et ut ipsum elit non massa mi ac turpis tellus massa, erat at non nunc sed nonummy non. Nunc, donec pharetra molestie ante, magna dolor mauris praesent congue dolor felis aliquet mi, donec pharetra molestie praesent ut lorem adipiscing euismod nibh tempus amet volutpat. Ante, nisi pulvinar volutpat, proin dolore ipsum elit, non laoreet ac sit euismod proin dolore dolor mauris, sem tincidunt, ac consectetur molestie mi ac consectetur tellus. Massa ac pharetra, molestie praesent, congue feugiat felis praesent ullamcorper nibh nisi amet eget et aliquam amet volutpat et aliquam amet ullamcorper laoreet aliquam, turpis, euismod. Nibh nisi pulvinar eget diam ut ipsum elit sem nunc eget, proin nunc ipsum elit proin dolore ipsum eget et ut ipsum nonummy non massa tempus. Consectetur molestie mi congue lorem turpis euismod, et aliquam turpis erat consectetur molestie mi magna pharetra molestie mi magna sit mauris praesent magna pharetra molestie praesent. Dolore dolor mauris mi dolore nibh, ut sed at tellus laoreet magna feugiat adipiscing ullamcorper, lobortis tempus turpis euismod nibh tempus amet volutpat proin, dolore sed. At tellus laoreet ac pharetra molestie diam tincidunt feugiat, adipiscing praesent magna dolor mauris aliquet congue feugiat adipiscing ullamcorper nibh, ac turpis euismod nibh nisi pulvinar. Eget, sem nunc sed nonummy non massa, volutpat massa, erat consectetur volutpat ante dolore dolor mauris aliquet, tincidunt lorem at tellus tincidunt lorem adipiscing tellus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac amet id proin nunc ipsum at, sem nunc erat consectetur molestie mi magna sit elit aliquet massa ac turpis. Molestie et ut ipsum adipiscing ullamcorper lobortis aliquam amet non ante aliquam amet volutpat ante aliquam amet eget et nisi mi. Magna feugiat felis ullamcorper nibh aliquam nonummy non nibh tempus nonummy euismod ante aliquam pulvinar volutpat ante, nisi amet euismod, et. Aliquam turpis euismod feugiat, felis non ante donec dolor mauris sem nunc, lorem, turpis id et nisi, feugiat elit ullamcorper ante. Dolore feugiat at ullamcorper nibh nisi ullamcorper ante dolore pulvinar eget proin dolore pulvinar elit aliquet dolore dolor elit sem dolore. Ipsum consectetur non nunc erat, nonummy tellus laoreet magna sit molestie amet volutpat ante aliquam amet volutpat proin dolore sed at. Tellus laoreet magna sit felis diam ut lorem adipiscing euismod lobortis tempus nonummy ullamcorper lobortis tempus turpis, ut ipsum felis ullamcorper. Ut tempus nonummy non ante, donec, pulvinar volutpat ante dolore sed, at sem tincidunt erat at mauris aliquet, tincidunt feugiat adipiscing. Ullamcorper laoreet lorem at, aliquet laoreet ac turpis id et magna pulvinar felis non, massa erat consectetur molestie mi dolore feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis donec pulvinar mauris sem nunc lorem mauris proin nisi dolor elit diam lobortis, tempus nonummy non ante aliquam amet eget praesent tincidunt lorem consectetur tellus laoreet. Nisi sit felis sem lobortis, tempus amet non lobortis tempus, id ullamcorper ut lorem felis praesent tincidunt feugiat adipiscing praesent tincidunt dolor mauris, praesent, tincidunt lorem adipiscing. Ullamcorper nibh ac adipiscing ullamcorper tincidunt lorem adipiscing, et ut, tempus amet molestie proin dolore feugiat at aliquet laoreet ac turpis id diam, ut ipsum, eget sem. Nunc tempus nonummy sem ut massa erat, amet volutpat ante donec dolor mauris praesent nunc sed mauris, praesent nunc sed at tellus laoreet, nisi sit euismod et. Ut ipsum nonummy ullamcorper massa laoreet aliquam turpis euismod et nisi pulvinar felis diam ut ipsum elit sem lobortis tempus nonummy volutpat lobortis, tempus amet volutpat massa. Donec dolor mauris praesent nonummy non ante magna, dolor molestie ante donec nonummy non lobortis, tempus, elit ullamcorper massa tempus, nonummy volutpat, ante donec lobortis aliquam amet. Volutpat proin nisi dolor elit sem nunc sed at sem dolore ipsum, at non massa erat at non massa magna sit mauris mi volutpat mi donec dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris aliquet tincidunt ac turpis euismod, nibh magna, felis sem ut feugiat. Id diam nisi feugiat felis et congue sit felis praesent ut lorem felis. Diam lobortis tempus nonummy euismod nibh aliquam pulvinar ac sit felis diam ut. Ipsum felis ullamcorper, massa, tempus nonummy non nibh donec amet volutpat proin dolore. Sed at tellus tincidunt erat at non, nunc ac, pharetra, molestie mi, magna. Sit mauris diam nibh aliquam amet volutpat proin dolore dolor elit proin nisi. Pulvinar eget proin dolore ipsum consectetur molestie laoreet donec pharetra, mauris, mi magna. Dolor molestie praesent congue dolor mauris mi dolore dolor mauris praesent tincidunt lorem. At aliquet tincidunt lorem diam tincidunt tempus adipiscing ullamcorper, lobortis lorem adipiscing aliquet. Nibh nisi ipsum elit sem laoreet magna feugiat felis praesent congue lorem felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, mauris aliquet lobortis aliquam pulvinar volutpat proin dolore ipsum at non laoreet donec sit felis diam ut lorem nibh. Nisi dolor elit, proin dolore dolor elit aliquet laoreet ac, sit id diam lobortis tempus nonummy non nibh tempus nonummy. Ullamcorper nibh eget sem massa ac sit id et ut ipsum adipiscing non nibh aliquam, pulvinar eget proin dolore pulvinar. Mauris tellus tincidunt erat consectetur aliquet massa erat consectetur felis diam congue feugiat mauris praesent congue lorem, nonummy, ullamcorper, ante. Dolore dolor at tellus laoreet magna turpis molestie mi magna pharetra molestie non, laoreet donec pharetra, molestie mi magna dolor. Mauris, praesent magna dolor molestie mi congue pharetra volutpat proin donec pharetra volutpat, massa tempus adipiscing, ullamcorper lobortis tempus dolore. Dolor mauris proin dolore, pulvinar eget proin dolore pulvinar eget, proin dolore sed at non massa, erat consectetur, molestie, mi. Magna feugiat adipiscing diam tincidunt, lorem dolor elit aliquet nunc erat pharetra non, massa donec pharetra id diam congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquam amet, eget proin dolore sed at, sem massa erat consectetur molestie mi donec pharetra molestie mi turpis euismod laoreet. Nisi ipsum felis diam ut tempus, elit diam congue ipsum, adipiscing diam, congue feugiat adipiscing, diam ut tempus amet eget proin. Euismod et aliquam, amet volutpat et dolore ipsum eget sem nunc sed nonummy sem ut ipsum elit non massa erat dolor. Felis aliquet tincidunt feugiat mauris ut tempus nonummy non lobortis tempus pulvinar, volutpat nibh donec pulvinar volutpat nibh aliquam amet eget. Proin dolore ipsum elit sem nunc sed sit mauris mi donec pharetra tellus ante erat nonummy non ante erat amet volutpat. Mi congue lorem adipiscing, aliquet tincidunt lorem adipiscing aliquet laoreet sed, at aliquet euismod mi, magna sit id et nisi feugiat. Felis diam lobortis, ipsum felis diam congue ipsum adipiscing ullamcorper ut lorem adipiscing ullamcorper tincidunt, lorem felis praesent tincidunt massa magna. Sit id diam ut feugiat felis, ullamcorper ante donec pulvinar eget, proin tincidunt sed at sem nunc erat massa erat amet. Non ante donec, pharetra volutpat ante donec dolor eget proin nunc, sed at aliquet tincidunt sed, eget aliquet tincidunt erat consectetur. Tellus laoreet sed ullamcorper laoreet aliquam sit id et ac turpis euismod nibh magna turpis tellus laoreet ac sit elit ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris proin, dolore dolor mauris praesent nunc, sed, mauris aliquet laoreet ac turpis molestie laoreet ac turpis. Felis at non nunc sed consectetur tellus laoreet donec pharetra molestie, ante donec consectetur molestie ante erat consectetur. Volutpat ante donec pharetra mauris, aliquet tincidunt sed at sem nunc sed at tellus tincidunt sed at aliquet. Laoreet, erat consectetur aliquet laoreet magna sit id praesent congue feugiat felis diam congue lorem lobortis, tempus, nonummy. Ullamcorper ut tempus amet molestie praesent dolore pharetra eget praesent nunc sed mauris, praesent dolore sed mauris tellus. Laoreet ac ullamcorper et nisi ipsum, elit sem laoreet erat consectetur tellus laoreet congue, sit mauris mi congue. Lorem nonummy, euismod nibh aliquam amet mi congue ipsum felis ullamcorper magna, feugiat elit sem massa tempus elit. Ullamcorper proin dolore dolor mauris praesent laoreet ac turpis tellus laoreet lorem turpis id mi nisi pulvinar felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris, aliquet, nibh aliquam ipsum id diam massa, donec sit mauris mi congue feugiat laoreet ac sit id ullamcorper lobortis. Tempus nonummy eget ante aliquam amet eget, praesent dolore dolor mauris aliquet nunc, erat consectetur euismod mi magna turpis pharetra mauris. Praesent congue sed adipiscing aliquet laoreet lorem consectetur tellus laoreet ac, sit id et ut ipsum nonummy non lobortis tempus amet. Non ante, id nibh magna consectetur aliquet laoreet ac turpis tellus laoreet erat consectetur aliquet laoreet magna feugiat, id ullamcorper ut. Tempus adipiscing, non nibh aliquam sed mauris aliquet tincidunt ac sit id et nisi sit, molestie et magna sit id, praesent. Congue, tempus adipiscing ullamcorper lobortis tempus nonummy, volutpat proin dolore dolor elit aliquet massa sed elit sem dolore pulvinar eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh magna sit id diam euismod, et nunc ipsum at aliquet nunc, erat consectetur molestie mi. Magna feugiat mauris praesent congue lorem, nonummy ullamcorper, tincidunt tempus adipiscing ullamcorper tincidunt nonummy non ante. Donec dolor mauris proin donec, pharetra mauris praesent dolore dolor mauris proin nunc dolor mauris sem. Nunc sed at aliquet massa erat proin congue dolor eget praesent dolore pulvinar eget proin dolore. Sed consectetur tellus, mi nisi feugiat felis diam ut ipsum elit ullamcorper lobortis aliquam ut lorem. Felis ullamcorper nibh aliquam amet euismod nibh aliquam amet volutpat et nisi pulvinar eget proin nunc. Ipsum, elit non diam nunc erat pharetra molestie, mi congue, feugiat adipiscing ullamcorper lobortis, lorem turpis. Id et aliquam amet eget proin nunc sed consectetur non massa magna tempus sed massa ut. Donec lorem, amet elit non mi lobortis dolore ac ipsum sit amet at felis mauris volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra eget praesent, tincidunt ac turpis euismod. Laoreet magna pulvinar id molestie ante donec. Pharetra mauris aliquet tincidunt ac adipiscing aliquet. Eget sem massa erat consectetur molestie mi. Magna dolor mauris praesent magna feugiat felis. Ullamcorper tincidunt lorem, adipiscing euismod nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam ut lorem amet eget. Proin tincidunt erat consectetur tellus mi. Nisi feugiat elit diam ut ipsum. Adipiscing volutpat nibh, proin nunc lorem. Turpis euismod mi ac sit euismod. Et ut tempus nonummy ullamcorper lobortis. Aliquam amet volutpat ante donec pharetra. Eget, praesent nunc non massa, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis diam ut, tempus nonummy. Volutpat ante donec dolor, mauris tellus. Nibh nisi, sem massa, tempus, nonummy. Sem ante erat pharetra molestie mi. Congue feugiat adipiscing aliquet, dolore dolor. Mauris aliquet tincidunt dolor at aliquet. Tincidunt, dolor turpis euismod lobortis ac. Amet id et nisi ipsum at. Tellus laoreet donec sit mauris praesent. Congue, feugiat mauris praesent congue, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam massa aliquam pharetra eget, proin donec amet eget proin aliquam amet volutpat ante nisi dolor elit proin dolore pulvinar, eget congue dolor. Mauris aliquet congue sed turpis id et nisi pulvinar, felis diam ut tempus nonummy non lobortis tempus nonummy volutpat massa aliquam amet, massa. Donec pharetra mauris, mi magna dolor mauris, praesent congue tempus adipiscing aliquet tincidunt feugiat adipiscing ullamcorper nibh aliquam amet euismod laoreet ac sit. Id et felis, diam nibh aliquam, amet euismod nibh nisi amet volutpat nibh ac turpis id et nisi sit eget proin nunc sed. Pharetra mauris praesent nibh dolore dolor elit proin dolore ipsum, at non laoreet ac sit molestie mi donec sit molestie praesent donec pharetra. Molestie mi donec pharetra volutpat praesent euismod, lobortis ac turpis euismod laoreet ac adipiscing tellus tincidunt lorem consectetur tellus laoreet ac turpis tellus. Laoreet ac turpis id et nisi feugiat, felis et congue lorem turpis euismod nibh aliquam pulvinar elit sem nunc ipsum elit sem massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent ut ipsum felis praesent, ut lorem adipiscing ullamcorper nibh tempus nonummy ullamcorper. Lobortis aliquam pulvinar eget et ut ipsum felis ullamcorper lobortis donec amet volutpat ante. Dolore sed at euismod mi ac, sit id, diam lobortis tempus amet non, massa. Donec adipiscing non lobortis lorem nonummy euismod nibh nisi amet euismod proin dolore pulvinar. Eget et nisi ipsum elit non massa erat consectetur molestie laoreet donec sit felis. Massa magna pharetra mauris mi congue feugiat adipiscing euismod nibh nisi pulvinar elit, sem. Nunc erat pharetra molestie mi magna sit, felis ullamcorper ipsum consectetur molestie laoreet donec. Sit mauris diam lobortis aliquam pulvinar mauris sem nunc erat consectetur tellus laoreet ac. Turpis molestie, et magna sit, felis praesent congue praesent nunc, sed consectetur tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna feugiat elit non massa, aliquam amet volutpat pulvinar eget sem massa erat pharetra molestie mi magna, feugiat adipiscing aliquet. Lobortis aliquam amet, euismod et, aliquam amet, id proin ut, ipsum elit, sem, tempus amet euismod nibh aliquam amet volutpat proin. Dolore sed elit sem dolore ipsum at, non massa erat consectetur molestie praesent magna pharetra molestie donec dolor mauris praesent congue. Feugiat, turpis euismod laoreet ac turpis ullamcorper tincidunt sed mauris aliquet tincidunt lorem consectetur tellus tincidunt lorem turpis tincidunt lorem turpis. Euismod nibh aliquam adipiscing aliquet laoreet ac turpis id et ut ipsum, nonummy non massa tempus elit sem ut ipsum elit. Sem lobortis tempus amet volutpat proin congue dolor eget, proin aliquam pulvinar volutpat ante aliquam turpis euismod nibh tempus turpis ullamcorper. Tincidunt lorem adipiscing, euismod laoreet ac turpis euismod nibh et ut ipsum felis sem nunc, tempus consectetur non ante donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non eget proin dolore sed mauris praesent tincidunt, ac turpis euismod mi magna turpis molestie mi ac sit felis diam lobortis. Donec pharetra eget praesent congue adipiscing, diam, congue lorem felis praesent congue, feugiat felis aliquet tincidunt lorem adipiscing ullamcorper laoreet lorem turpis. Euismod nibh aliquam turpis tellus, laoreet, nisi aliquam amet eget proin nisi dolor elit sem nunc erat at tellus massa erat pharetra. Molestie praesent magna pharetra mauris mi magna sit mauris praesent tincidunt euismod nibh aliquam amet id nibh aliquam turpis, id et nisi. Pulvinar eget diam nisi sit id diam nisi, pulvinar felis et magna feugiat et, magna feugiat adipiscing praesent ut feugiat felis, ullamcorper. Lobortis tempus amet euismod ante, aliquam amet volutpat et nisi amet eget nibh aliquam, turpis id, nibh aliquam at praesent nunc lorem. Consectetur euismod, mi magna feugiat id diam nisi ipsum felis diam congue, feugiat, felis diam ut feugiat felis ullamcorper lobortis tempus, nonummy. Praesent lobortis nisi amet, volutpat nibh nisi amet id et aliquam amet id et nisi pulvinar eget et magna turpis ipsum felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, ullamcorper, massa erat amet molestie ante tempus nonummy non ut lorem nonummy ullamcorper nibh aliquam turpis volutpat. Sem massa erat, turpis molestie mi magna sit id diam ut, feugiat felis ullamcorper lobortis tempus nonummy euismod. Magna, feugiat adipiscing euismod, lobortis ac turpis ullamcorper laoreet ac turpis id et aliquam turpis, id, diam ut. Ipsum nonummy molestie ante donec dolor felis, nonummy ullamcorper lobortis ipsum felis diam ut feugiat felis ullamcorper lobortis. Lorem felis diam ut aliquam nonummy volutpat ante nisi pulvinar eget aliquet tincidunt ac turpis, id proin nisi. Sit elit sem nunc erat consectetur volutpat ante magna dolor mauris, praesent congue ac turpis euismod nibh aliquam. Turpis id sem tincidunt ac turpis, id et nisi ipsum elit non ante aliquam amet molestie praesent tincidunt. Lorem adipiscing tellus nibh magna sit id diam ut pulvinar felis adipiscing ullamcorper lobortis aliquam turpis id proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non laoreet donec feugiat felis diam tincidunt id mi magna sit id et ut feugiat id praesent congue. Ipsum amet, non ante dolore dolor consectetur tellus, laoreet magna ipsum nonummy non, massa ac pharetra molestie laoreet. Ac sit id praesent ut lorem adipiscing euismod nibh aliquam amet volutpat nibh nisi pulvinar eget, proin, nunc. Ac, turpis id et ut, erat, pharetra molestie mi, congue sit mauris praesent congue lorem turpis volutpat proin. Nisi dolor at id, et, magna feugiat adipiscing ullamcorper, lobortis donec pharetra mauris diam tincidunt aliquam nonummy euismod. Nibh dolore dolor elit proin nisi pulvinar, eget proin, nisi sed elit sem nunc ipsum elit diam lobortis. Aliquam nonummy euismod nibh, aliquam turpis euismod nibh dolore, pulvinar eget proin nisi pulvinar, eget, proin, ut sed. Elit diam nisi pulvinar elit diam, nunc felis ullamcorper nibh nisi ipsum elit non massa erat consectetur molestie. Mi congue lorem adipiscing ullamcorper tincidunt lorem adipiscing diam lobortis lorem amet eget et aliquam praesent congue sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar mauris praesent tincidunt ac sit felis sem ut feugiat, felis adipiscing ullamcorper nibh aliquam turpis euismod et nisi ipsum nonummy tellus ante magna dolor molestie mi congue lorem. Turpis, volutpat nibh ac amet ullamcorper tincidunt proin ut ipsum consectetur tellus ante magna dolor mauris praesent tincidunt feugiat turpis ullamcorper lobortis aliquam amet eget proin dolore pulvinar eget. Sem nunc sed consectetur euismod nibh magna pulvinar id et magna feugiat id et, congue ipsum elit non ante donec pharetra eget ante donec pulvinar eget felis aliquet tincidunt. Ac turpis ullamcorper laoreet ac adipiscing aliquet laoreet lorem turpis euismod nibh magna sit euismod et ut tempus elit, sem massa tempus amet volutpat pulvinar elit, sem nunc erat. Consectetur tellus ante erat nonummy sem, nunc ipsum elit sem massa, tempus nonummy non massa erat nonummy non, lobortis tempus nonummy ullamcorper et magna sit id et nisi, ipsum. Elit non lobortis tempus nonummy sem lobortis tempus nonummy ullamcorper lobortis proin, tincidunt ac sit euismod et ut ipsum, felis diam, nisi ipsum felis diam congue feugiat id diam. Ut tempus amet non lobortis aliquam amet volutpat proin diam ut, feugiat, nonummy ullamcorper lobortis tempus amet volutpat massa aliquam amet non nibh aliquam nonummy, non nibh, aliquam pulvinar. Eget proin dolore pulvinar eget proin dolore massa ac pharetra molestie praesent congue, ipsum adipiscing ullamcorper lobortis lorem adipiscing ullamcorper nibh aliquam amet eget proin dolore dolor at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor at aliquet tincidunt lorem consectetur, euismod et ut, tempus nonummy molestie, mi dolore. Molestie diam ut ipsum id diam ut, tempus amet volutpat proin, dolore dolor mauris proin. Dolore dolor elit proin nisi pulvinar elit sem nunc erat nibh, donec pharetra volutpat ante. Donec pulvinar volutpat, nibh aliquam amet euismod nibh, aliquam amet eget et dolore ipsum eget. Proin nunc ipsum eget et nunc lorem consectetur, tellus laoreet ac sit id et, ut. Ipsum elit non massa erat pharetra volutpat ante donec pharetra eget proin dolore ante dolore. Dolor mauris sem tincidunt, ac consectetur molestie mi ac consectetur aliquet massa, ac pharetra id. Praesent congue feugiat felis euismod, laoreet magna pulvinar felis et nisi feugiat felis et congue. Feugiat, adipiscing non massa aliquam nonummy non nibh aliquam amet volutpat proin, nunc lorem at. Amet id sem nisi sed elit proin nunc sed consectetur tellus massa erat nonummy tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis euismod proin dolore sed consectetur tellus massa. Erat, consectetur tellus massa sed consectetur tellus ante erat. Consectetur volutpat ante magna feugiat, felis massa aliquam pharetra. Eget proin dolore dolor, at aliquet nunc sed consectetur. Tellus mi magna sit felis diam magna sit id. Diam ut ipsum felis ut ipsum elit non nunc. Sed nonummy non ante donec dolor mauris, praesent congue. Dolor felis, ullamcorper lobortis lorem, adipiscing ullamcorper tincidunt, sed. Adipiscing aliquet laoreet ac ante donec pharetra volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ipsum felis diam lobortis tempus amet volutpat donec feugiat. Adipiscing euismod nibh aliquam amet volutpat ante nisi pulvinar at. Aliquet massa sed, consectetur tellus massa ac pharetra, molestie praesent. Congue lorem nonummy donec pulvinar mauris, aliquet nunc sed at. Tellus laoreet ac feugiat felis, et ut ipsum felis diam. Congue feugiat, felis diam lobortis lorem adipiscing congue feugiat felis. Ullamcorper nibh nisi amet id proin nisi, ipsum eget proin. Nunc donec pharetra tellus ante donec, consectetur felis diam congue. Ullamcorper ut tempus elit, ullamcorper massa aliquam nonummy non, lobortis. Tempus nonummy, euismod lobortis tempus nonummy, euismod lobortis aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, euismod et nisi pulvinar eget et nisi pulvinar id diam, nisi ipsum felis diam ut ipsum elit sem ut ipsum elit nisi ipsum elit sem nunc. Erat pharetra tellus ante, donec dolor mauris praesent tincidunt lorem adipiscing aliquet lobortis ac turpis ullamcorper laoreet ac, turpis ipsum elit sem nunc erat, elit sem nunc. Tempus nonummy volutpat ante donec amet non massa tempus nonummy non lobortis tempus amet volutpat ante dolore, dolor eget pulvinar felis sem massa erat consectetur molestie mi. Donec, dolor at ullamcorper tincidunt lorem adipiscing ullamcorper, laoreet aliquam sit id diam nisi pulvinar magna, dolor ullamcorper nibh, donec dolor turpis elit molestie euismod sem mi. Massa lobortis dolore erat feugiat pharetra amet eget tellus ullamcorper praesent diam laoreet congue sit elit non, massa tempus, nonummy non massa tempus nonummy non ante donec. Pharetra mauris aliquet tincidunt lorem adipiscing, tellus nibh magna sit felis diam, ut pulvinar molestie mi magna feugiat id, diam, ut, tempus nonummy volutpat aliquet nunc lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, erat consectetur felis diam, ut lorem adipiscing ullamcorper nibh aliquam. Amet euismod proin nisi dolor elit proin nunc nisi ipsum elit. Sem nunc sed elit sem ut ipsum nonummy non nunc tempus. Elit sem lobortis tempus nonummy non massa tempus, nonummy non mi. Magna feugiat adipiscing ullamcorper ut lorem adipiscing diam magna sit felis. Diam tincidunt lorem adipiscing aliquet tincidunt lorem adipiscing ullamcorper nibh nisi. Amet eget sem, nunc felis sem ut tempus elit sem, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna feugiat adipiscing ullamcorper lobortis tempus amet eget ante nonummy volutpat ante magna pharetra volutpat ante erat amet volutpat proin dolore dolor molestie proin dolore sed at. Aliquet nibh nisi, pulvinar felis et ut pulvinar ipsum amet volutpat ante dolore feugiat at aliquet laoreet ac, sit, eget sem massa sed nonummy sem nunc tempus. Consectetur non massa, tempus nonummy non nunc erat consectetur molestie mi magna sit felis praesent, congue lorem adipiscing ullamcorper, lobortis feugiat felis praesent congue dolor mauris praesent. Tincidunt ac ut ipsum eget sem nunc tempus nonummy sem massa erat nonummy sem lobortis tempus elit, et congue, ipsum felis et congue feugiat, felis diam nibh. Tempus nonummy, nisi pulvinar id et, nisi feugiat felis et ut ipsum nonummy, volutpat ante donec pharetra eget praesent dolore, pharetra mauris aliquet tincidunt, lorem consectetur tellus. Mi nisi sed, at aliquet laoreet magna, feugiat id praesent congue sit molestie mi magna pharetra tellus ante magna, feugiat adipiscing euismod lobortis ac turpis ullamcorper lobortis. Lorem adipiscing ullamcorper, laoreet lorem turpis euismod laoreet magna turpis tellus laoreet lorem consectetur tellus laoreet magna sit id et, magna turpis, proin nunc ipsum elit sem. Nunc, erat pharetra, tellus mi congue dolor mauris mi magna dolor mauris, praesent, congue feugiat, adipiscing ullamcorper nibh ac turpis euismod mauris praesent nunc sed, at, aliquet. Laoreet ac turpis tellus, laoreet ac turpis tellus laoreet ac consectetur tellus mi magna feugiat felis diam congue feugiat felis dolor at proin, dolore pulvinar eget, et. Nisi, ipsum at sem massa erat consectetur molestie laoreet donec pharetra tellus ante erat nonummy molestie mi magna feugiat felis adipiscing ullamcorper massa tempus amet volutpat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, dolore dolor volutpat et nisi ipsum, at aliquet massa erat consectetur tellus laoreet, donec. Sit felis praesent congue lorem nonummy, euismod nibh, dolore dolor at sem felis non massa. Donec sed, adipiscing euismod nibh aliquam turpis euismod nibh ac sit euismod, mi magna sit. Id diam nisi feugiat elit ullamcorper, lobortis consectetur id mi congue feugiat felis diam, congue. Lorem nonummy euismod ante aliquam amet volutpat, et aliquam pulvinar id nibh aliquam adipiscing ullamcorper. Laoreet aliquam pulvinar lobortis aliquam pulvinar mauris aliquet tincidunt sed consectetur tellus massa sed elit. Aliquet massa erat, at non massa sed, nonummy non laoreet erat consectetur non massa erat. Nonummy volutpat ante donec amet molestie praesent dolore dolor, mauris praesent congue dolor mauris praesent. Tincidunt sed at sem nunc sed at aliquet at aliquet massa ac pharetra molestie laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sed nonummy, tellus ante donec pharetra dolore ipsum eget et nisi amet id proin ut ipsum elit diam ut sit. Eget sem massa erat nonummy volutpat ante erat consectetur molestie mi ac, turpis euismod, nibh nisi pulvinar, eget sem nunc tempus. Elit non nunc tempus consectetur volutpat mi dolore pharetra mauris, proin congue feugiat at aliquet ut lorem adipiscing euismod lobortis, tempus. Nonummy euismod nibh aliquam pulvinar eget proin nisi pulvinar elit aliquet massa sed consectetur molestie laoreet donec sit feugiat adipiscing ullamcorper. Ante dolore dolor elit sem dolore sed, at molestie mi, ut ipsum felis non ut ipsum adipiscing ullamcorper lobortis tempus nonummy. Eget proin nonummy volutpat lobortis tempus elit non proin, dolore dolor, mauris praesent tincidunt sed mauris proin dolore pulvinar volutpat proin. Dolore pulvinar eget, proin dolore, dolor elit sem molestie mi congue pharetra tellus laoreet congue sit adipiscing praesent ut tempus adipiscing. Ullamcorper nibh aliquam pulvinar elit sem nunc sed magna feugiat felis ullamcorper ut tempus adipiscing ullamcorper lobortis donec amet eget ante. Aliquam, amet euismod, lobortis lorem adipiscing ullamcorper nibh aliquam amet, euismod nibh, nisi pulvinar, massa, donec, pharetra molestie mi donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, mauris praesent, aliquet laoreet ac turpis tellus tincidunt magna, sit id diam ut ipsum elit, non, massa erat amet volutpat. Ante donec pharetra molestie proin, congue sed aliquet laoreet magna turpis euismod mi nisi pulvinar id et nisi sit felis ullamcorper. Ante dolore dolor mauris praesent dolore dolor eget proin donec, pulvinar molestie praesent tincidunt feugiat felis, euismod et nisi ipsum, elit. Aliquet, massa ac consectetur tellus massa erat, pharetra molestie mi magna sit molestie praesent magna id diam ut ipsum elit non. Ante aliquam pharetra mauris praesent donec pharetra mauris praesent tincidunt, sed at aliquet nunc dolor mauris aliquet nunc sed magna sit. Felis et ut tempus nonummy non nibh aliquam amet volutpat nibh donec, pulvinar volutpat, nibh tempus turpis euismod nibh aliquam turpis. Eget sem, nunc sed magna sit, id et nisi tempus amet volutpat ante erat amet molestie ante donec, dolor mauris aliquet. Tincidunt ac turpis id et nisi sit, id et nisi dolor, elit aliquet, nunc sed elit sem massa erat consectetur non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur molestie praesent lobortis tempus. Pulvinar elit sem nunc erat at. Aliquet massa sed elit non massa. Erat nonummy euismod et nisi feugiat. Felis diam massa erat pharetra mauris. Aliquet, laoreet aliquam, sit id et. Ut sed elit sem ut pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat amet molestie praesent congue sed, at ullamcorper laoreet aliquam sit eget sem ut. Tempus nonummy non massa erat nonummy nisi ipsum at sem dolore ipsum eget proin. Ut pulvinar elit sem, nunc sed nonummy non nunc tempus elit, sem ut tempus. Nonummy non massa, congue, ipsum adipiscing non nibh, aliquam nonummy ullamcorper lobortis, lorem adipiscing. Ullamcorper lobortis tempus amet euismod nibh tempus turpis euismod nibh aliquam turpis euismod nibh. Proin massa sed elit sem nunc erat nonummy, non massa erat pharetra mauris praesent. Dolore dolor, mauris praesent tincidunt ac adipiscing ullamcorper laoreet adipiscing ullamcorper lobortis lorem adipiscing. Euismod proin dolore sed elit aliquet nunc erat consectetur molestie mi ac consectetur molestie. Mi magna pharetra id, praesent ut lorem adipiscing tempus nonummy non massa, tempus nonummy. Non, ante donec amet volutpat, ante aliquam, amet eget proin dolore sed mauris sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar volutpat sem dolore pulvinar eget proin dolore ipsum, at tellus massa erat consectetur non ante magna feugiat. Felis dolor adipiscing, ullamcorper nibh aliquam amet euismod laoreet, ac turpis euismod nibh, ac turpis euismod et nisi. Pulvinar elit sem lobortis tempus elit sem erat at tellus laoreet ac pharetra id mi donec sit molestie. Mi congue feugiat felis diam congue feugiat mauris praesent, congue feugiat, at aliquet, tincidunt lorem adipiscing ipsum elit. Diam nunc erat consectetur tellus ante donec pharetra, molestie mi donec pharetra molestie ante donec amet volutpat proin. Dolore dolor mauris eget aliquet tincidunt lorem at sem nunc dolor at tellus laoreet ac consectetur tellus laoreet. Magna feugiat, felis, ullamcorper ut feugiat felis diam magna sit felis, diam, volutpat ante nisi amet euismod nibh. Dolore pulvinar eget et aliquam pulvinar id et aliquam turpis euismod nibh magna pulvinar eget diam ut tempus. Consectetur, volutpat massa mi dolore feugiat at aliquet congue sed at aliquet laoreet, nisi pulvinar, id et nisi. Pulvinar, felis sem lobortis tempus sem massa sed at non ut, ipsum elit, sem nunc ipsum nonummy, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat feugiat felis ullamcorper lobortis aliquam pulvinar eget. Sem nunc erat, consectetur, molestie mi donec pharetra. Molestie praesent tincidunt, lorem adipiscing ullamcorper lobortis tempus. Nibh nisi turpis ullamcorper laoreet ac turpis tellus. Laoreet lorem turpis tellus laoreet lorem turpis tellus. Tincidunt ac turpis molestie mi ac turpis tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed consectetur tellus mi magna, feugiat. Adipiscing ullamcorper tincidunt lorem felis ullamcorper tincidunt. Lorem adipiscing lobortis tempus amet eget proin. Nunc dolor eget proin nunc sed mauris. Proin nunc sed consectetur tellus mi magna. Sit felis ullamcorper ut feugiat felis nisi. Pulvinar elit sem nunc ipsum elit diam. Ut ipsum elit diam nisi feugiat felis. Ullamcorper ut feugiat id praesent congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, lorem amet eget ante aliquam pulvinar eget proin nunc sed, elit non nunc sed at tellus laoreet magna. Sit mauris praesent nonummy volutpat mi dolore dolor mauris praesent, congue lorem adipiscing ullamcorper laoreet lorem adipiscing tellus, nibh. Ut sed nonummy non massa tempus elit sem volutpat ante erat amet non massa donec amet volutpat ante dolore. Sed, at aliquet tincidunt lorem at aliquet, nunc dolor mauris sem tincidunt sed at sem praesent congue sed, at. Ullamcorper, laoreet lorem sit id et nisi, pulvinar elit et nisi pulvinar nonummy volutpat mi donec pharetra molestie praesent. Diam nibh aliquam amet volutpat ante, donec pulvinar, mauris sem dolore dolor elit sem nunc sed at tellus laoreet. Ac consectetur tellus mi magna sit id praesent tincidunt erat turpis euismod mi magna sit felis diam congue, feugiat. Adipiscing, non ante, donec pharetra volutpat ante donec pulvinar volutpat nibh, aliquam nonummy euismod ante nonummy volutpat massa donec. Pharetra mauris, praesent congue sed mauris aliquet nibh magna sit id, et nisi pulvinar felis diam non ante donec. Dolor mauris praesent congue, dolor mauris proin dolore pharetra volutpat, proin dolore pulvinar mauris sem nunc dolor elit aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi pulvinar eget sem ut sed elit non massa, donec consectetur tellus massa erat nonummy volutpat nisi ipsum eget diam, ut ipsum elit sem ut, ipsum elit sem, lobortis. Ipsum nonummy ullamcorper massa erat amet non ante dolore amet volutpat nibh tempus tincidunt lorem turpis euismod et magna turpis euismod, mi magna turpis, id et congue sit felis, diam. Ut tempus adipiscing ullamcorper nibh, aliquam amet volutpat, sed at aliquet tincidunt erat consectetur, tellus laoreet ac consectetur tellus massa erat, consectetur molestie mi erat consectetur, tellus ante sed nonummy. Nibh, nisi pulvinar eget proin nisi pulvinar id et nisi ipsum elit sem nunc ipsum elit, sem nunc, erat nonummy non, ante dolore dolor mauris aliquet, lobortis turpis euismod et. Ut sed, consectetur tellus massa erat consectetur volutpat mi magna pharetra mauris aliquet lobortis lorem turpis id et nisi ipsum eget et nisi, euismod ante dolore dolor at, euismod et. Ut tempus amet non ante dolore dolor adipiscing aliquet nibh ac turpis euismod nibh sed at tellus laoreet erat turpis, id et nisi sit id diam ut tempus nonummy volutpat. Ante donec, pharetra eget praesent dolore dolor mauris proin dolore, sed feugiat elit ullamcorper lobortis tempus amet molestie ante dolore pharetra, eget praesent, nunc, sed at praesent laoreet, ac turpis. Euismod diam nisi ipsum elit ullamcorper lobortis ipsum amet volutpat ante donec nonummy non lobortis lorem felis, diam, lobortis aliquam, pulvinar eget proin dolore dolor elit sem nunc sed at. Non laoreet erat consectetur non tellus mi magna dolor molestie mi erat consectetur volutpat ante donec pharetra molestie ante dolore dolor mauris aliquet congue lorem, mauris praesent tincidunt lorem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing ullamcorper nibh nisi ipsum elit sem nunc, sem, massa donec pharetra molestie mi congue feugiat mauris praesent dolore feugiat felis. Ullamcorper lobortis, lorem adipiscing euismod laoreet ac turpis euismod nibh ac turpis nisi pulvinar mauris sem nunc sed at sem nunc erat. At tellus laoreet, ac, pharetra molestie, mi magna feugiat adipiscing ullamcorper tincidunt, tempus nonummy ullamcorper nibh aliquam amet euismod et nisi pulvinar. Eget sem ut erat pharetra tellus laoreet donec pharetra molestie praesent congue lorem, adipiscing ullamcorper lobortis lobortis aliquam amet eget sem ut. Ipsum at tellus mi donec pharetra molestie ante donec pharetra, volutpat ante magna dolor felis aliquet congue lorem at ullamcorper, laoreet adipiscing. Volutpat ante dolore dolor mauris proin donec pulvinar mauris sem tincidunt ac turpis id et congue ipsum felis, ullamcorper lobortis tempus nonummy. Ullamcorper lobortis tempus nonummy ut pulvinar felis diam, lobortis erat nonummy, non ut tempus elit ullamcorper massa, aliquam amet volutpat nibh aliquam. Amet eget magna dolor molestie, mi erat nonummy sem massa erat amet volutpat ante, donec, dolor at aliquet tincidunt ac sit elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec pharetra mauris praesent congue dolor molestie proin dolore pharetra molestie ante donec amet, volutpat ante aliquam ipsum nonummy sem, ante dolore. Dolor felis praesent congue dolor, molestie proin dolore dolor mauris praesent congue, lorem adipiscing tellus nibh magna sit felis mi congue lorem adipiscing. Euismod proin dolore sed at aliquet nunc sed elit non massa erat pharetra tellus mi magna feugiat adipiscing ullamcorper lobortis, aliquam amet eget. Aliquet laoreet erat consectetur tellus massa magna feugiat id diam congue, lorem adipiscing ullamcorper nibh, tempus amet volutpat nibh aliquam amet, volutpat et. Nisi amet eget proin nunc ipsum nonummy non ante donec dolor molestie mi magna feugiat felis aliquet congue lorem adipiscing aliquet tincidunt feugiat. At praesent dolore nunc, lorem at aliquet nunc sed at aliquet nunc sed elit tellus laoreet ac turpis tellus, laoreet magna feugiat id. Diam lobortis aliquam, nonummy volutpat ante donec dolore dolor at tellus mi magna sit felis diam ut feugiat, nonummy non lobortis, ipsum adipiscing. Non ante aliquam nonummy ac consectetur tellus tincidunt ac turpis id et congue feugiat, felis ullamcorper, massa aliquam amet, eget praesent nunc dolor. Volutpat ante dolore pulvinar eget sem nunc sed nisi dolor eget proin dolore ipsum elit sem nunc ipsum, nonummy non nunc ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nisi amet euismod laoreet ac amet id et ut ipsum elit diam ut tempus nonummy non ante donec pharetra mauris praesent. Lorem amet, id proin ut sed consectetur tellus mi, magna feugiat felis praesent congue lorem felis praesent dolore dolor molestie mi dolore. Feugiat at turpis euismod, et nisi pulvinar id nibh nisi pulvinar elit diam lobortis erat, consectetur molestie praesent, donec pharetra molestie proin. Dolore sed adipiscing aliquet laoreet ac turpis ipsum elit non nunc tempus nonummy non massa tempus amet molestie praesent tincidunt ac, turpis. Ullamcorper et, nisi pulvinar id diam ut ipsum nunc erat turpis molestie laoreet magna sit, id praesent congue feugiat id praesent congue. Feugiat adipiscing ullamcorper, lobortis lorem adipiscing ullamcorper lobortis aliquam amet volutpat, nibh, nisi dolor at praesent dolore dolor eget, proin nunc sed. Consectetur euismod mi, magna sit, id diam lobortis tempus nonummy ullamcorper, lobortis, aliquam nonummy non ante aliquam consectetur tellus ante erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur volutpat massa erat amet volutpat proin dolore dolor. At euismod et aliquam sit eget diam magna sit. Id sem lobortis, erat pharetra molestie ante donec, dolor. Feugiat, adipiscing non massa, aliquam amet non nibh donec. Pulvinar eget ante aliquam pulvinar volutpat proin dolore pulvinar. Eget proin dolore pulvinar id sem euismod et magna. Sit elit, sem ut ipsum elit diam ut, ipsum. Nonummy, molestie mi dolore dolor at praesent dolore sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt feugiat felis praesent tincidunt lorem. Felis aliquet lobortis aliquam amet, eget proin. Nunc erat consectetur molestie mi magna sit. Nonummy volutpat mi congue, lorem turpis euismod. Nibh aliquam amet id et nisi ipsum. At, tellus laoreet magna sit mauris praesent. Tincidunt tempus nonummy, volutpat volutpat proin, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, adipiscing ullamcorper laoreet lorem adipiscing aliquet tincidunt lorem adipiscing euismod nibh ac turpis elit. Sem nunc sed consectetur tellus et ut tempus adipiscing ullamcorper ut ipsum adipiscing non nibh. Donec pulvinar volutpat ante aliquam amet eget sem tincidunt feugiat at aliquet tincidunt lorem mauris. Proin dolore pharetra volutpat ante aliquam amet euismod, lobortis tempus nonummy euismod lobortis lorem adipiscing. Ullamcorper nibh nisi ipsum adipiscing euismod et ut ipsum elit non nunc erat pharetra tellus. Mi magna pharetra molestie ante donec pharetra molestie mi dolore dolor at, aliquet praesent congue. Feugiat, adipiscing, ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus amet euismod sem dolore dolor at. Tellus mi ac pharetra, molestie et magna sit id sit, mauris praesent, magna, feugiat adipiscing. Ullamcorper nibh aliquam amet volutpat, et dolore, sed consectetur tellus mi donec sit mauris mi. Congue, feugiat adipiscing ullamcorper nibh sem massa erat amet, volutpat proin congue sed adipiscing euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur euismod mi nisi pulvinar felis sem lobortis ipsum, elit non ante donec pharetra mauris. Praesent tincidunt sed, at aliquet laoreet, ac sed mauris sem dolore pulvinar eget et dolore. Sed consectetur tellus massa erat consectetur non massa erat nonummy, tellus massa sed nonummy sem. Massa donec turpis tellus mi ac turpis, molestie laoreet ac consectetur tellus laoreet donec consectetur. Tellus nunc ipsum elit non nunc tempus consectetur volutpat ante donec consectetur volutpat mi ac. Sit id et ut ipsum nonummy, volutpat ante dolore pulvinar, mauris sem, nunc sed at. Aliquet nunc sed turpis molestie laoreet ac lobortis aliquam nonummy volutpat ante dolore pulvinar mauris. Proin dolore dolor at aliquet tincidunt erat turpis molestie mi magna sit molestie diam ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, lorem adipiscing aliquet, tincidunt lorem at aliquet tincidunt ac turpis id, mi nisi feugiat elit ullamcorper donec sed at aliquet laoreet ac consectetur. Euismod et ut, pulvinar nonummy sem, massa erat amet volutpat massa erat amet molestie proin dolore dolor adipiscing tellus laoreet lorem consectetur euismod et. Magna, ipsum nonummy non lobortis tempus, amet volutpat massa, aliquam amet, volutpat nibh aliquam amet volutpat, ante dolore dolor at ullamcorper lobortis lorem adipiscing. Ullamcorper lobortis aliquam turpis euismod laoreet aliquam pulvinar eget, et nisi pulvinar eget et nisi turpis tellus mi magna pulvinar elit proin dolore ipsum. At sem nunc sed at tellus massa donec pharetra mauris mi magna sit adipiscing euismod lobortis lorem adipiscing euismod nibh, aliquam, turpis non massa. Aliquam, amet eget praesent tincidunt sed at praesent nunc dolor mauris aliquet nunc, sed elit sem nunc, sed consectetur molestie laoreet magna sit tellus. Mi, mi congue feugiat mauris diam congue dolor mauris diam nibh, nisi pulvinar eget sem nunc sed at tellus laoreet magna pulvinar eget diam. Nunc erat consectetur molestie ante donec nonummy non, ante dolore pharetra, volutpat ante dolore dolor, at aliquet tincidunt sed at, proin nunc sed at. Molestie ante donec consectetur volutpat mi donec pharetra volutpat massa donec, pharetra mauris praesent tincidunt lorem turpis ullamcorper tincidunt lorem adipiscing tellus laoreet, magna. Pulvinar elit aliquet, lobortis lorem, adipiscing euismod nibh nisi pulvinar eget sem nunc ipsum nonummy tellus ante donec pharetra molestie ante, donec pharetra volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ipsum elit tellus mi magna lorem felis, praesent ut lorem nonummy euismod ante, dolore, feugiat mauris ullamcorper. Lobortis, dolore, pulvinar eget et nisi pulvinar, elit proin nisi pulvinar eget diam ut ipsum elit diam ut. Ipsum, felis sem felis diam lobortis aliquam, amet, eget praesent nunc sed consectetur tellus, laoreet lorem turpis euismod. Mi nisi, ipsum, elit diam ut, feugiat felis diam ut pulvinar eget sem massa sed consectetur tellus mi. Donec dolor felis aliquet tincidunt lorem adipiscing ullamcorper nibh aliquam turpis id et ut pulvinar at praesent, nunc. Lorem consectetur euismod mi magna sit felis, diam lobortis ipsum elit ullamcorper ut ipsum elit non ante donec. Amet eget praesent dolore dolor at consectetur tellus laoreet erat consectetur molestie laoreet ac, turpis molestie mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem adipiscing ullamcorper felis diam, tincidunt lorem turpis euismod nibh nisi pulvinar, elit sem massa ac sit id diam ut ipsum adipiscing volutpat nibh tempus nonummy. Ullamcorper lobortis ipsum amet molestie praesent congue ac turpis euismod nibh ut sed nonummy non massa donec sit mauris praesent tincidunt feugiat, felis aliquet lobortis dolor mauris. Proin dolore dolor eget aliquet tincidunt ac sit id et nisi sit id et ut ipsum elit sem lobortis erat nonummy volutpat massa donec amet molestie mi. Congue tempus nonummy ullamcorper nibh nisi pulvinar, eget sem tincidunt erat consectetur molestie mi ac pharetra tellus laoreet ac pharetra tellus laoreet eget, proin, nunc lorem turpis. Id, diam ut ipsum felis diam, ut, ipsum, nonummy non ante, donec dolor mauris aliquet tincidunt lorem adipiscing tellus tincidunt lorem consectetur ullamcorper nibh aliquam pulvinar eget. Proin nunc erat consectetur molestie praesent congue sit id diam ut, lorem nonummy volutpat ante dolore amet eget proin nisi pulvinar molestie praesent tincidunt lorem at aliquet. Laoreet ac adipiscing tellus laoreet ac, at, aliquet tincidunt ac consectetur tellus laoreet erat at aliquet, congue feugiat at aliquet tincidunt lorem adipiscing tellus laoreet ac sit. Euismod et nisi ipsum nonummy non lobortis erat pharetra molestie praesent congue feugiat at, ac sit id et aliquam sit eget, diam ut tempus nonummy volutpat lobortis. Tempus consectetur molestie praesent, dolore dolor at praesent congue sed adipiscing euismod nibh, aliquet nibh ac turpis id et ut tempus nonummy volutpat ante erat amet volutpat. Proin dolore pharetra, eget, proin dolore dolor at praesent dolore sed, at aliquet amet volutpat mi dolore dolor mauris proin dolore sed at aliquet laoreet ac, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tincidunt aliquam pulvinar eget sem dolore, ipsum at, sem laoreet ac pharetra molestie praesent donec sit, molestie praesent. Tincidunt tempus consectetur molestie ante dolore pharetra molestie proin dolore amet volutpat ante donec dolor, eget proin, dolore sed. Adipiscing id diam ut ipsum elit non sem massa erat pharetra, volutpat ante dolore dolor mauris aliquet, tincidunt ac. Sit elit molestie euismod aliquet mi massa tincidunt nunc nisi donec ac pulvinar consectetur id mauris tellus diam ante. Tincidunt sem, praesent sem tincidunt erat at aliquet nunc sed at tellus laoreet ac pharetra molestie mi magna sit. Felis euismod ante nisi pulvinar, eget sem dolore sed elit sem massa erat consectetur non laoreet donec, pharetra, tellus. Laoreet magna consectetur tellus mi magna dolor felis aliquet tincidunt erat, turpis, tellus laoreet erat, consectetur tellus laoreet, erat. Pharetra molestie laoreet, donec pharetra molestie, mi magna dolor molestie mi donec dolor molestie mi ut ipsum adipiscing ullamcorper. Lobortis nunc sed turpis euismod laoreet ac turpis tellus laoreet ac turpis, tellus laoreet ac at tellus laoreet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tellus ante magna dolor molestie, aliquet lobortis tempus nisi, pulvinar id et, nisi ipsum at sem, nunc ipsum. Consectetur mauris mi donec consectetur volutpat ante erat nonummy non massa erat pharetra volutpat ante sed consectetur molestie mi. Congue lorem adipiscing diam ut feugiat adipiscing ullamcorper nibh tempus turpis volutpat nibh nisi amet volutpat et nisi pulvinar. Eget et aliquam, pharetra eget proin dolore pulvinar eget proin dolore dolor elit tellus tincidunt magna turpis tellus massa. Erat pharetra id praesent congue sit euismod, nibh magna pulvinar felis sem massa tempus consectetur volutpat mi dolore dolor. At praesent tincidunt ac turpis euismod nibh aliquam sit id et, ut tempus nonummy dolor molestie ante dolore pharetra. Volutpat massa erat pharetra molestie proin dolore dolor eget proin donec pharetra at aliquet nunc dolor mauris proin dolore. Sed at aliquet massa erat nonummy, volutpat proin dolore dolor eget praesent dolore dolor at praesent, nunc sed, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, at, aliquet tincidunt ac adipiscing, ullamcorper, tincidunt ac, turpis id, diam ut tempus elit sem massa erat, consectetur, molestie mi. Congue elit ullamcorper massa aliquam nonummy non nibh aliquam amet volutpat ante aliquam pulvinar eget proin dolore dolor at, sem nunc. Erat at tellus mi magna dolor eget proin dolore pulvinar, volutpat, proin dolore dolor at aliquet, dolore dolor elit sem massa. Sed elit sem nunc sed, elit sem nunc sed consectetur, non dolore sed at, aliquet, laoreet ac sit id et congue. Ipsum nonummy non massa tempus nonummy non nibh donec amet volutpat ante dolore consectetur molestie mi congue dolor mauris mi, congue. Feugiat mauris praesent congue lorem adipiscing euismod nibh aliquam turpis id et nisi ipsum nonummy, non massa donec pharetra dolor, mauris. Proin congue sed adipiscing ullamcorper nibh aliquam sit euismod et ut ipsum nonummy tellus massa tempus consectetur non massa erat pharetra. Molestie praesent tincidunt lorem laoreet lorem adipiscing, tellus tincidunt lorem adipiscing euismod laoreet magna sit, id et ut ipsum, nonummy volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, tincidunt lorem sit eget, et ut tempus consectetur non massa donec pharetra volutpat ac sit id mi congue ipsum, adipiscing, volutpat ante dolore dolor eget proin nunc sed. Consectetur tellus, mi nisi feugiat elit diam lobortis ipsum elit diam, lorem adipiscing, euismod nibh, magna turpis, eget et nisi pulvinar id diam magna feugiat felis diam ut, tempus. Nonummy volutpat, massa donec, pharetra mauris ante donec pharetra tellus mi magna, feugiat mauris praesent magna dolor mauris, praesent congue dolor at praesent tincidunt lorem adipiscing aliquet tincidunt sed. Adipiscing sit felis diam ut pulvinar felis diam nisi feugiat, elit non massa erat nonummy ullamcorper lobortis ipsum felis diam congue feugiat mauris praesent congue feugiat, mauris praesent ac. Turpis molestie, tincidunt erat consectetur tellus laoreet erat pharetra tellus laoreet magna pharetra molestie mi ut feugiat felis diam congue feugiat felis aliquet tincidunt lorem, turpis ipsum at non. Laoreet congue ipsum adipiscing praesent congue sit adipiscing, ullamcorper nibh nisi nonummy euismod ante, nisi dolor, volutpat non ante donec dolor, adipiscing ullamcorper nibh aliquam turpis eget et nisi. Pulvinar elit diam nunc ipsum elit sem lobortis erat amet molestie ante donec, pharetra aliquet congue dolor mauris praesent nunc sed mauris sem nunc dolor, at, euismod mi magna. Sit molestie et, ut feugiat felis praesent ut ipsum, nonummy non, nibh, nonummy non massa erat consectetur molestie ante dolore feugiat mauris aliquet congue dolor mauris praesent congue dolor. At aliquet nibh ut ipsum nonummy non massa tempus, consectetur sem laoreet erat consectetur tellus mi magna consectetur molestie, mi, magna sit, id praesent lobortis tempus amet, volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ut donec lorem sed turpis nonummy, felis eget id non ullamcorper et nisi amet id sem ut ipsum eget et ut ipsum eget sem nunc. Erat, dolor felis ullamcorper nibh aliquam turpis, volutpat nibh aliquam amet id et ut, sed, nonummy tempus amet eget proin nunc sed turpis euismod et ut. Feugiat elit ullamcorper lobortis aliquam nonummy non massa donec, pharetra volutpat nibh, aliquam adipiscing ullamcorper ut ipsum, elit diam, ut, ipsum felis diam lobortis ipsum elit. Ullamcorper lobortis tempus nonummy volutpat ante donec amet euismod lobortis tempus nonummy aliquam turpis eget proin dolore sed at sem massa, ac sit id praesent congue. Sit felis ullamcorper ut tempus nonummy euismod nibh aliquam turpis euismod nibh id proin, ut ipsum elit sem ut sed nonummy, non, ante erat pharetra felis. Ullamcorper lobortis tempus turpis volutpat nibh aliquam amet eget proin dolore ipsum eget et, nisi ipsum elit sem nunc ipsum elit non lobortis tempus nonummy non. Massa, donec pharetra molestie praesent dolore dolor eget praesent lobortis tempus nonummy euismod nibh nisi amet euismod, nibh, aliquam amet volutpat nibh aliquam turpis euismod praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, lobortis aliquam pulvinar eget aliquet tincidunt ac turpis id mi magna sit id et ut ipsum felis diam congue sit felis. Mauris ullamcorper nibh aliquam amet, volutpat et nunc ipsum elit aliquet nunc ipsum at non massa erat consectetur tellus, laoreet erat consectetur. Molestie mi praesent tincidunt lorem turpis euismod et, dolore ipsum, at tellus, massa, erat pharetra id diam ut feugiat adipiscing ullamcorper lobortis. Tempus adipiscing ullamcorper lobortis lorem felis aliquet aliquet, tincidunt ac at, aliquet laoreet ac turpis euismod nibh, magna pulvinar elit sem ut. Pulvinar elit sem lobortis tempus nonummy volutpat ante laoreet ac sit id diam ut, tempus nonummy, non, nibh donec nonummy ullamcorper nibh. Aliquam amet volutpat et dolore pulvinar elit sem massa pharetra molestie laoreet erat pharetra molestie praesent magna dolor mauris praesent magna pharetra. Volutpat mi dolore dolor at ullamcorper laoreet ac turpis euismod laoreet aliquam pulvinar id feugiat felis diam lobortis tempus turpis euismod nibh. Nisi, ipsum elit sem nunc erat consectetur tellus laoreet donec, pharetra molestie nunc sed mauris sem nunc sed at, sem dolore dolor. Eget sem nunc pulvinar eget et, nisi ipsum at tellus laoreet erat nonummy non massa tempus elit sit tellus, massa erat, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy non ante donec pulvinar mauris sit felis diam, ut ipsum amet volutpat proin congue lorem at ullamcorper laoreet, nisi ipsum nonummy non laoreet erat consectetur tellus ante donec. Pharetra mauris tincidunt erat at aliquet massa erat consectetur tellus mi, magna sit molestie mi congue sit mauris, diam tincidunt, lorem turpis, euismod nibh aliquam amet volutpat lobortis aliquam pharetra. Volutpat proin donec pharetra volutpat praesent dolore pulvinar eget ante donec pulvinar eget, proin nunc dolor, at aliquet laoreet ac dolor mauris proin dolore dolor eget aliquet nunc sed mauris. Aliquet, tincidunt lorem consectetur tellus tincidunt, sed at aliquet laoreet erat consectetur tellus laoreet ac pharetra ipsum elit sem massa erat consectetur volutpat massa, donec consectetur molestie mi dolore, feugiat. Adipiscing ullamcorper, tincidunt sed adipiscing ullamcorper laoreet nisi pulvinar id nibh nisi pulvinar lobortis tempus adipiscing ullamcorper, lobortis aliquam amet, id proin nunc ipsum elit sem nunc ipsum nonummy tellus. Mi ut lorem nonummy sem massa donec amet molestie mi, donec pharetra molestie ante donec pharetra eget praesent congue dolor, at tellus tincidunt lorem consectetur tellus laoreet ac turpis id. Nibh, nisi ipsum elit proin, ut sed consectetur molestie laoreet magna sit mauris praesent tincidunt feugiat adipiscing ullamcorper lobortis tempus turpis ullamcorper lobortis ac, at aliquet lobortis dolor mauris aliquet. Nunc, sed at aliquet nunc dolor mauris sem nunc erat turpis tellus laoreet nisi, feugiat elit, ullamcorper lobortis donec amet eget, proin dolore, dolor non massa tempus nonummy non ante. Donec dolor felis aliquet congue lorem at praesent dolore dolor mauris praesent, congue lorem adipiscing aliquet tincidunt, lorem at aliquet nunc, dolor mauris aliquet lobortis ac amet, euismod nibh nisi. Pulvinar at non massa donec pharetra molestie mi donec pharetra tellus ante erat consectetur volutpat ante donec erat consectetur molestie diam congue feugiat felis diam ut lorem adipiscing, diam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi dolor, elit sem massa sed elit dolore sed adipiscing tellus. Et, ut ipsum felis sem massa tempus nonummy non massa tempus. Nonummy volutpat proin dolore pharetra molestie ante donec dolor mauris mi. Magna lorem nonummy euismod ante aliquam amet volutpat et nisi dolor. Elit aliquet massa erat consectetur non laoreet erat consectetur molestie laoreet. Donec congue feugiat felis aliquet lobortis tempus turpis euismod nibh ac. Amet eget et, ut ipsum at non massa donec pharetra mauris. Praesent tincidunt lorem elit non ante dolore dolor at aliquet laoreet. Ac, amet id nibh nisi pulvinar id et nisi tempus nonummy. Tellus massa donec pharetra molestie mi congue elit sem nunc erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy tellus massa donec sit felis euismod ante nisi, dolor, consectetur, volutpat et nisi pulvinar elit sem nunc donec consectetur id mi congue lorem adipiscing euismod, lobortis aliquam amet. Volutpat proin nisi dolor eget proin dolore donec pharetra volutpat proin congue sed at, tellus et magna sit id diam nunc, pulvinar, felis sem lobortis tempus amet molestie ante donec. Dolor, consectetur molestie praesent magna feugiat felis diam lobortis lorem felis aliquet tincidunt lorem adipiscing, ullamcorper nibh aliquam pulvinar elit sem massa erat pharetra tellus magna turpis euismod et, ut. Tempus nonummy non ante donec amet non ante aliquam amet volutpat ante donec dolor mauris praesent nunc, sed consectetur tellus tincidunt lorem turpis euismod, et aliquam, pulvinar, eget sem massa. Sed consectetur tellus laoreet donec sit mauris praesent congue, lorem adipiscing euismod, lobortis aliquam amet eget et nisi, pulvinar sed, consectetur tellus laoreet magna pharetra id, praesent congue sit mauris. Diam tincidunt nisi pulvinar eget sem nunc erat non massa donec amet volutpat proin, dolore dolor mauris aliquet laoreet, lorem turpis, euismod et, ut ipsum elit sem lobortis tempus amet. Non massa donec amet volutpat nisi ipsum elit, sem nunc sed consectetur sem nunc tempus nonummy sem massa, erat amet volutpat ante donec dolor volutpat ante donec pharetra eget, ante. Donec dolor sem nunc tempus nonummy non massa erat consectetur molestie ante erat pharetra volutpat ante congue sed at ullamcorper nibh aliquam sit eget diam nunc tempus nonummy tellus ante. Aliquam pulvinar eget sem dolore, erat consectetur id diam ut feugiat, felis diam congue feugiat mauris praesent ut lorem, nonummy euismod ante, dolore dolor, eget diam ut tempus nonummy non. Lobortis aliquam amet non, ante aliquam amet eget nibh nisi pulvinar eget sem nunc sed consectetur molestie laoreet magna feugiat felis mi sit eget sem nunc tempus elit sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id sem, ut erat pharetra molestie diam lobortis aliquam amet mauris proin dolore sed at sem. Nunc sed, consectetur id mi magna pharetra, tellus et nisi, ipsum elit non massa, ipsum elit non. Ante erat consectetur volutpat, massa, donec amet volutpat massa donec pharetra mauris proin dolore pharetra eget praesent. Tincidunt tempus amet volutpat ante nisi pulvinar eget et nisi pulvinar eget sem dolore ipsum elit non. Nunc sed nonummy tellus massa erat nonummy non turpis euismod nibh aliquam amet volutpat proin dolore pulvinar. Elit non, massa erat pharetra id mi magna feugiat mauris praesent congue feugiat molestie mi mauris praesent. Congue feugiat, at, aliquet tincidunt lorem adipiscing aliquet tincidunt lorem at euismod nibh ac turpis euismod nibh. Nisi ipsum nonummy sem lobortis tempus elit tincidunt ac turpis euismod nibh nisi, pulvinar eget diam ut. Ipsum elit sem massa, erat pharetra felis aliquet tincidunt lorem turpis, id et ut pulvinar eget tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt magna sit elit, sem lobortis erat, nonummy non massa aliquam pharetra volutpat ullamcorper lobortis tempus nonummy volutpat, proin dolore, dolor eget proin dolore. Dolor elit sem dolore sed elit, sem massa ac pharetra molestie laoreet, donec pharetra lorem nonummy euismod tincidunt tempus, amet volutpat proin nunc sed. At molestie, mi magna pharetra tellus mi magna pharetra molestie mi, magna sit adipiscing diam, nisi feugiat id et nisi feugiat felis diam congue. Feugiat id praesent ut tempus adipiscing ullamcorper nibh donec pulvinar volutpat ante dolore, dolor at turpis molestie mi magna feugiat id diam lobortis tempus. Adipiscing volutpat proin dolore sed at aliquet laoreet lorem consectetur tellus mi nisi ipsum felis diam ut erat, pharetra molestie diam congue feugiat adipiscing. Non ante donec pulvinar mauris aliquet laoreet magna sit felis mi, nisi tempus nonummy, volutpat ante, dolore dolor mauris praesent mi congue lorem adipiscing. Diam, tincidunt lorem adipiscing, ullamcorper, lobortis tempus pulvinar eget proin nunc sed consectetur tellus laoreet nibh nisi pulvinar elit sem nunc tempus, elit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut ipsum elit non ipsum elit sem massa erat consectetur tellus. Mi magna dolor felis aliquet lobortis tempus adipiscing euismod proin dolore sed. Consectetur molestie, mi ut ipsum tempus nonummy euismod ante dolore dolor mauris. Sem nunc erat consectetur molestie laoreet ac pharetra molestie et congue ipsum. Adipiscing non nibh tempus amet euismod nunc tempus nonummy sem massa donec. Dolor mauris mi dolore dolor mauris aliquet tincidunt aliquam pulvinar eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, feugiat felis ullamcorper lobortis aliquam turpis euismod lobortis, ac turpis id proin. Nisi pulvinar, elit non massa erat pharetra mauris mi congue dolor, molestie proin. Dolore feugiat at ullamcorper laoreet ac turpis, id et nisi ipsum eget, sem. Massa magna, dolor felis mi dolore dolor mauris praesent congue feugiat adipiscing non. Ante dolore dolor at praesent laoreet lorem consectetur tellus laoreet erat consectetur aliquet. Tincidunt ac sit id et magna sit felis diam congue feugiat sit id. Et ut tempus nonummy volutpat massa tempus nonummy sem ante, donec dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non ante erat consectetur molestie mi magna feugiat felis, praesent congue lorem adipiscing ullamcorper tincidunt. Lorem adipiscing euismod laoreet ac adipiscing congue lorem, adipiscing ullamcorper, nibh aliquam, turpis euismod nibh aliquam. Pulvinar at tellus mi ac sit id diam magna sit, id mi magna sit mauris adipiscing. Ullamcorper tincidunt lorem felis ullamcorper, nibh nisi, pulvinar, elit proin, dolore, ipsum elit sem massa ipsum. Nonummy non massa magna, tempus sed pulvinar, consectetur, felis, volutpat tincidunt dolore magna feugiat amet mauris. Tellus et nunc erat sit adipiscing volutpat sem tincidunt magna feugiat nonummy molestie aliquet lobortis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed sit nonummy mauris euismod, non, diam, ante nunc ac feugiat amet, mauris ullamcorper proin massa ut aliquam. Ac ipsum elit non mi donec pharetra molestie mi, dolore pharetra volutpat praesent dolore dolor at aliquet laoreet. Lorem turpis, id nibh magna sit ipsum, elit sem lobortis tempus, nonummy volutpat ante tincidunt, nisi erat tempus. Sed pulvinar pharetra adipiscing at pharetra felis eget aliquet, diam ante nibh nunc, dolor pulvinar consectetur id ullamcorper. Ante tincidunt nisi sed sit nonummy eget felis molestie volutpat tellus non aliquet sem mi lobortis donec sem. Praesent, nibh tempus nonummy euismod nibh lorem, adipiscing volutpat proin dolore dolor at sem nunc erat at tellus. Mi magna sit molestie mi magna feugiat felis consectetur tellus tincidunt ac turpis tellus laoreet erat pharetra molestie. Praesent ut tempus amet volutpat nibh aliquam amet eget proin nisi dolor mauris aliquet tincidunt sed consectetur eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy non, ante dolore sed adipiscing euismod nibh magna pulvinar, felis sem aliquam pulvinar id, proin. Nisi ipsum nonummy non, laoreet donec pharetra molestie, mi congue feugiat mauris mi magna dolor molestie. Mi congue lorem adipiscing ullamcorper laoreet, aliquam pharetra volutpat proin dolore, dolor at tellus nibh magna. Pulvinar elit non ante dolore dolor mauris praesent congue feugiat adipiscing ullamcorper laoreet ac turpis eget. Praesent, laoreet magna sit id diam ut tempus elit non, ante donec dolor at aliquet tincidunt. Lorem adipiscing euismod laoreet, lorem turpis euismod, nibh nisi amet volutpat ante dolore dolor, eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nisi pulvinar eget sem ut laoreet ac pulvinar id, et, ut ipsum amet volutpat proin dolore dolor mauris praesent congue dolor. Adipiscing euismod nibh magna pulvinar eget diam ut tempus pharetra mauris praesent dolore feugiat adipiscing aliquet laoreet ac sit, id nibh, aliquam. Pulvinar eget diam nunc erat consectetur volutpat ante donec dolor mauris praesent massa, aliquam pharetra eget proin dolore dolor eget proin donec. Pulvinar, mauris aliquet tincidunt sed at tellus tincidunt erat consectetur tellus massa erat turpis euismod, nibh aliquam pulvinar elit diam nunc tempus. Consectetur molestie ante magna dolor molestie mi, dolore feugiat, at euismod nibh aliquam pulvinar elit sem nunc sed turpis id et nisi. Pulvinar elit non lobortis, tempus consectetur, volutpat lobortis tempus amet volutpat, proin congue sed at proin dolore dolor at aliquet nunc lorem. Consectetur tempus nonummy volutpat mi donec, dolor mauris praesent, congue feugiat at ullamcorper laoreet, ac turpis tellus nibh magna pulvinar elit elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper, lobortis ipsum nonummy non massa donec amet non nibh donec donec pharetra molestie, praesent magna dolor, felis ullamcorper lobortis lorem adipiscing ullamcorper. Lobortis et nisi ipsum, elit sem nunc sed consectetur tellus, massa donec consectetur lobortis tempus turpis volutpat nibh aliquam turpis euismod nibh aliquam turpis. Ullamcorper nibh ac pulvinar, id et aliquam, pulvinar eget et nunc ipsum elit adipiscing euismod nibh, aliquam, pulvinar elit non massa erat consectetur non. Massa magna sit adipiscing ullamcorper lobortis aliquam amet eget ante, dolore dolor, elit euismod et aliquam amet, id proin nisi sit eget diam nunc. Erat consectetur tellus ante magna pharetra mauris praesent dolore feugiat felis aliquet tincidunt lorem adipiscing ullamcorper aliquet laoreet ac turpis euismod nibh ac turpis. Euismod mi magna ipsum elit non ante dolore dolor at ullamcorper nibh nisi ipsum eget proin nunc erat turpis id diam ut ipsum nonummy. Volutpat ante congue lorem turpis euismod lobortis ac turpis id proin nunc sed, elit id, diam ut, tempus nonummy sem, massa erat amet volutpat. Mi dolore dolor mauris praesent congue sed mauris praesent congue lorem turpis euismod nibh magna sit id aliquet nunc erat at tellus massa sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin congue sed at, tellus laoreet ante donec amet eget ante nisi dolor at aliquet massa erat consectetur tellus mi congue. Tempus, amet volutpat ante donec pulvinar volutpat, proin dolore lobortis aliquam dolor at aliquet laoreet ac pharetra id praesent ut tempus. Nonummy volutpat ante donec amet eget ante nisi pulvinar volutpat ante nisi amet, pharetra id mi congue feugiat adipiscing, non ante. Donec pulvinar at tellus, laoreet magna sit felis diam ut ipsum elit non ante erat pharetra mauris praesent aliquet laoreet magna. Sit eget diam ut ipsum elit non massa donec pharetra molestie mi donec pharetra molestie praesent dolore lorem at aliquet congue. Dolore, dolor at aliquet tincidunt erat consectetur tellus mi magna, sit felis diam ut feugiat, felis et ut, tempus nonummy, volutpat. Proin nunc sed at aliquet magna dolor mauris praesent congue pharetra mauris proin dolore dolor mauris proin congue, sed at tellus. Laoreet ac sit euismod nibh ac turpis id et nisi ipsum at tellus laoreet, ac pharetra molestie praesent lobortis lorem nonummy. Non nibh aliquam amet euismod nibh aliquam turpis euismod nibh tempus elit ullamcorper massa, aliquam pharetra molestie praesent, congue sed at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod praesent tincidunt aliquam, turpis euismod nibh nisi amet id proin nisi pulvinar eget proin ut ipsum elit sem nunc donec pharetra molestie mi magna ante dolore dolor mauris. Praesent laoreet nisi sit eget, proin, ut ipsum nonummy tellus ante erat, consectetur, molestie mi congue feugiat felis ullamcorper lobortis ac mi congue ipsum felis praesent congue feugiat felis, diam. Tincidunt tempus nonummy euismod nibh aliquam pulvinar eget et nisi ipsum elit, aliquet massa ac, sit id laoreet lorem consectetur, tellus nibh ut ipsum felis diam ut ipsum felis ullamcorper. Lobortis donec, pharetra mauris proin donec pharetra, mauris praesent, dolore sed diam ut tempus consectetur non massa donec amet volutpat proin congue sed, at aliquet laoreet ac turpis tellus laoreet. Magna, ipsum elit, sem nunc tempus nonummy diam nisi pulvinar elit proin, dolore ipsum elit sem nunc sed nonummy sem ut ipsum elit tellus massa erat consectetur volutpat, ante donec. Pharetra molestie, mi congue dolor, ac, sit id, diam ut sed pharetra molestie mi magna dolor mauris praesent congue lorem adipiscing ullamcorper lobortis aliquam amet, diam, massa aliquam amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris tellus mi magna pulvinar felis sem molestie mi, magna feugiat elit diam congue. Feugiat, felis ullamcorper lobortis tempus nonummy, euismod, nibh aliquam pulvinar eget, ante nisi dolor. Elit tellus laoreet ac pharetra mauris praesent, dolore sed turpis, euismod nibh nisi ipsum. Elit non ante dolore pharetra molestie mi congue dolor molestie praesent dolore sed at. Magna sit, felis, diam tincidunt feugiat adipiscing diam tincidunt, feugiat adipiscing ullamcorper lobortis ac. Turpis euismod et dolore sed elit sem nunc erat consectetur praesent nunc sed mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit aliquet massa, erat turpis molestie diam lobortis tempus nonummy volutpat. Ante ut tempus adipiscing ullamcorper lobortis tempus, amet, euismod nibh tempus. Turpis euismod lobortis ac, turpis euismod nibh nisi ipsum, elit non. Massa sed elit sem tempus turpis ullamcorper lobortis lorem turpis volutpat. Et nisi pulvinar eget proin dolore sed elit sem nunc sed. Nonummy non mi magna lorem felis, diam magna, feugiat, elit non. Ante donec pharetra volutpat massa aliquam pharetra eget proin dolore sed. Adipiscing euismod et ut pulvinar elit sem lobortis eget aliquet massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit id proin aliquam pulvinar eget non massa ipsum elit sem ante molestie praesent congue feugiat mauris praesent tincidunt ac. Amet id et, ut ipsum elit sem, nunc, tempus, nonummy tellus, massa donec pharetra molestie ante dolore mauris praesent laoreet aliquam. Pulvinar eget et nisi ipsum elit non ante donec pharetra molestie praesent dolore feugiat felis, aliquet lobortis ac turpis euismod laoreet. Felis diam ut lorem felis diam tincidunt lorem turpis euismod nibh aliquam dolor elit aliquet massa erat pharetra id mi magna. Sit adipiscing molestie ante donec pharetra mauris diam congue feugiat felis aliquet tincidunt, ac turpis, aliquet, lobortis, ac amet id et. Nisi pulvinar eget diam nisi pulvinar elit sem mi erat, turpis molestie laoreet magna turpis molestie massa erat at non laoreet. Donec pharetra, id praesent congue feugiat mauris praesent congue feugiat felis diam lobortis tempus felis, ullamcorper lobortis tempus pharetra volutpat ante. Dolore sed mauris praesent nunc lorem at tellus tincidunt ac pulvinar nonummy non mi congue sit id mi magna sit molestie. Diam lobortis tempus nonummy volutpat, ante aliquam pulvinar mauris sem nunc sed consectetur tellus tincidunt erat at aliquet massa mi magna. Sit felis diam ut lorem nonummy euismod nibh aliquam amet eget proin dolore sed, elit aliquet massa erat consectetur non, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sem massa tempus consectetur tellus ante donec. Consectetur molestie mi congue, dolor, ac sit id. Praesent congue feugiat mauris mi magna sit felis. Diam tincidunt feugiat felis aliquet lobortis aliquam, turpis. Volutpat nibh aliquam amet id et, ut, sit. Elit non nunc erat consectetur molestie mi congue. Feugiat felis praesent congue feugiat adipiscing aliquet congue. Dolor mauris aliquet laoreet lorem adipiscing tellus congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus consectetur volutpat ante, donec feugiat adipiscing ullamcorper lobortis lorem, adipiscing euismod laoreet ac adipiscing tellus lobortis, tempus nonummy volutpat nibh aliquam pulvinar, eget proin dolore dolor elit. Molestie et congue sit felis, ullamcorper lobortis aliquam amet eget proin donec feugiat mauris ullamcorper lobortis, lorem turpis ullamcorper lobortis lorem turpis id et aliquam, amet id et. Nisi ipsum elit sem massa tempus, consectetur tellus ante donec consectetur elit ullamcorper lobortis aliquam amet non massa, aliquam pharetra eget proin dolore dolor at, tellus tincidunt ac. Turpis, id et nisi ipsum felis pharetra mauris aliquet congue lorem, adipiscing euismod nibh aliquam, sit id et ut, tempus nonummy, molestie mi magna dolor mauris praesent congue. Feugiat adipiscing ullamcorper et nisi ipsum adipiscing ullamcorper nibh aliquam pulvinar, eget ante nisi dolor, mauris sem nunc sed consectetur tellus laoreet erat at tellus laoreet, magna pharetra. Tellus mi congue, pulvinar, mauris sem nunc ac consectetur tellus, mi magna sit id mi magna, pharetra id praesent congue feugiat id, diam consectetur tellus, laoreet, magna feugiat. Elit diam ut feugiat felis ullamcorper massa aliquam, pharetra mauris praesent tincidunt lorem adipiscing euismod laoreet magna pulvinar id et ut tempus id proin nunc sed consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ante donec sit mauris praesent ante dolore dolor mauris. Praesent congue feugiat turpis ullamcorper laoreet lorem turpis tellus, nibh. Nisi pulvinar eget diam ut ipsum elit et nisi sit. Eget aliquet nunc erat pharetra id praesent congue, ipsum nonummy. Volutpat ante aliquam amet mauris proin dolore dolor eget sem. Nunc, erat turpis molestie mi ullamcorper lobortis ipsum adipiscing ullamcorper. Lobortis tempus adipiscing ullamcorper lobortis tempus nonummy ullamcorper lobortis lorem. Turpis euismod nibh aliquam turpis euismod nibh, ac pharetra, mauris. Praesent nunc sed, at aliquet tincidunt lorem at aliquet tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi dolor eget et nunc ullamcorper massa, donec amet volutpat ante donec pulvinar volutpat ante nisi pulvinar volutpat proin, nisi sed at. Molestie mi ac sit id diam ut massa donec pharetra molestie, praesent congue sit mauris praesent magna dolor mauris mi congue lorem. Adipiscing ullamcorper tincidunt feugiat at aliquet laoreet, aliquam, sit sem nunc, tempus nonummy non massa tempus elit diam nisi ipsum elit diam. Ut, tempus, nonummy ullamcorper lobortis aliquam nonummy ullamcorper ut tempus amet euismod nibh lorem adipiscing aliquet tincidunt ac adipiscing, ullamcorper donec sit. Mauris diam tincidunt lorem adipiscing, ullamcorper tincidunt lorem turpis euismod, lobortis aliquam pulvinar volutpat et nisi, nunc erat consectetur tellus laoreet donec. Pharetra molestie mi congue dolor, felis praesent tincidunt aliquam turpis euismod et nisi amet id non massa donec sit id nibh magna. Sit felis diam ut ipsum elit, sem ut feugiat felis ullamcorper ut feugiat id diam ut ipsum felis, diam lobortis aliquam pulvinar. Nunc erat, consectetur mauris praesent tincidunt feugiat adipiscing aliquet congue feugiat adipiscing ullamcorper nibh aliquam ipsum elit sem, ut sed, nonummy tellus. Ante magna feugiat mauris aliquet mi dolore dolor mauris praesent congue sed at tellus laoreet lorem turpis id nibh ut ipsum elit. Volutpat mi congue feugiat felis ullamcorper lobortis ac amet id, aliquet tincidunt lorem at tellus laoreet lorem consectetur tellus laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, ac turpis, id mi congue feugiat, felis ullamcorper ut, lorem adipiscing non nibh donec pulvinar eget proin dolore pulvinar nibh aliquam turpis ullamcorper laoreet ac. Turpis id et nisi pulvinar eget et nisi sit id, et lobortis ipsum felis, diam lobortis tempus, amet massa, erat at sem nunc erat consectetur, molestie. Praesent congue lorem nonummy euismod, lobortis nisi dolor elit sem massa erat at aliquet massa erat, consectetur id praesent massa donec sit felis ullamcorper lobortis, feugiat. Felis euismod nibh nisi pulvinar elit aliquet massa erat pharetra molestie mi magna pharetra molestie praesent diam magna dolor felis praesent tincidunt aliquam pulvinar volutpat nibh. Aliquam pulvinar, id et nisi pulvinar id et nisi sit id et nisi pulvinar id et magna turpis ullamcorper et dolore, ipsum at aliquet laoreet, ac. Sit felis diam ut lorem felis praesent lobortis lorem, nonummy euismod nibh aliquam amet volutpat et nisi pulvinar, mauris praesent tincidunt ac turpis euismod nibh nisi. Ipsum elit sem nisi tempus elit non ante donec pharetra volutpat ante ac pharetra id mi ac consectetur tellus laoreet magna, sit felis praesent congue, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna feugiat felis, ullamcorper massa donec pharetra mauris proin dolore pharetra volutpat ante donec pulvinar volutpat proin donec. Dolor mauris sem nunc, sed proin dolore, ipsum eget proin nunc ipsum elit sem nunc sed nonummy non. Ante donec dolor, molestie praesent congue feugiat felis ullamcorper lobortis ac mi magna sit id, mi congue feugiat. Felis ullamcorper ante, nisi pulvinar mauris proin, dolore dolor at aliquet nunc ipsum at sem massa erat consectetur. Tellus mi sed consectetur tellus laoreet ac turpis id diam ut feugiat felis ullamcorper ut ipsum elit non. Massa donec dolor, at aliquet tincidunt lorem, at tempus nonummy non ante dolore dolor mauris praesent dolore dolor. Molestie proin donec dolor eget proin dolore dolor mauris praesent tincidunt lorem consectetur euismod mi nisi turpis, ullamcorper. Nibh aliquam pulvinar eget proin dolore ipsum eget et nisi pulvinar eget diam nisi sit id et magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor elit sem dolore, erat consectetur tellus mi donec. Pharetra id praesent, ut lorem nonummy ullamcorper tincidunt lorem turpis. Molestie praesent congue feugiat adipiscing euismod nibh aliquam turpis euismod. Nibh aliquam, sit id nibh ac turpis euismod et nisi. Sit euismod mi ac feugiat at aliquet congue feugiat at. Ullamcorper et nisi turpis id diam ut tempus nonummy sem. Ante donec pharetra, molestie aliquet tincidunt lorem mauris mi donec. Donec, feugiat felis diam ut lorem adipiscing, ullamcorper proin dolore. Dolor elit sem dolore, pulvinar elit sem dolore ipsum elit. Sem massa erat pulvinar, felis sem, ut tempus nonummy volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante donec, pharetra mauris proin, dolore pharetra eget turpis id. Et nisi ipsum nonummy non lobortis, tempus nonummy diam lobortis tempus. Amet non ante donec amet, volutpat ante donec, pharetra mauris, proin. Donec dolor molestie mi congue pharetra, mauris mi dolore dolor, mauris. Aliquet congue lorem at ullamcorper tincidunt sed at praesent tincidunt lorem. At tellus laoreet magna amet volutpat et nisi pulvinar eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac adipiscing, euismod laoreet magna pulvinar eget. Diam nunc, nisi ipsum, amet non lobortis ipsum. Felis ullamcorper lobortis tempus nonummy non ante donec. Pulvinar mauris ante donec amet volutpat nibh aliquam. Amet volutpat et dolore dolor at aliquet, tincidunt. Ac sit id proin ut ipsum elit sem. Nunc erat nonummy non, massa donec consectetur volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin congue lorem adipiscing euismod et nisi. Sit, id sem nunc erat consectetur, tellus. Mi magna feugiat, adipiscing ullamcorper volutpat proin. Congue lorem, adipiscing euismod et magna pulvinar. Elit sem massa erat consectetur molestie praesent. Congue lorem turpis euismod et, dolore, magna. Donec nisi nunc ac tempus dolor turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt nisi pulvinar elit non ante donec pharetra mauris, praesent congue feugiat diam ut ipsum nonummy ullamcorper lobortis, tempus nonummy. Volutpat proin dolore dolor mauris proin donec pulvinar eget ante dolore pulvinar elit, aliquet mi ac consectetur feugiat id ullamcorper. Lobortis, aliquam dolor eget proin donec pulvinar volutpat sem nunc erat at euismod mi magna, sit id et congue feugiat. Adipiscing ullamcorper ut, congue feugiat adipiscing euismod nibh donec dolor consectetur tellus mi magna sit felis, et congue feugiat felis. Ullamcorper massa aliquam pharetra eget proin tellus nibh, magna sit id, diam lobortis tempus nonummy volutpat lobortis erat amet non. Massa aliquam amet volutpat ante donec dolor at praesent tincidunt, lorem consectetur aliquet congue feugiat felis aliquet tincidunt ac adipiscing. Aliquet tincidunt ac, turpis euismod nibh, aliquam sit euismod nibh magna turpis, tellus nibh, magna sit euismod mi magna turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris praesent congue sed at aliquet nunc sed mauris aliquet tincidunt et dolore dolor eget proin nisi ipsum, elit tellus mi congue feugiat adipiscing. Non, nibh dolore pulvinar, mauris sem nunc dolor eget proin nisi, pulvinar elit sem massa erat consectetur tellus laoreet donec pharetra molestie massa donec dolor. Mauris ullamcorper lobortis lorem adipiscing ullamcorper lobortis ac turpis euismod et dolore sed eget praesent dolore, dolor, eget praesent nunc dolor eget sem tincidunt, erat. Sit, id et, nisi ipsum elit ullamcorper massa aliquam pharetra volutpat massa, erat consectetur tellus mi, donec, dolor molestie mi donec pharetra molestie, ante donec. Pharetra mauris praesent dolore dolor mauris, praesent tincidunt aliquam sit eget non nunc pulvinar mauris sem dolore sed, at aliquet, massa sed at aliquet, massa. Magna, sit felis diam lobortis tempus amet euismod nibh tempus nonummy diam, congue lorem, felis massa erat consectetur, molestie laoreet erat pharetra tellus laoreet erat. Pharetra molestie diam lobortis tempus nonummy volutpat ante nisi dolor sed at tellus mi, magna sit molestie laoreet magna sit id praesent congue feugiat adipiscing. Ullamcorper, nibh aliquam pulvinar eget proin, dolore sed at sem dolore ipsum magna sit id et nisi, pulvinar felis et ut ipsum nonummy diam nisi. Ipsum felis diam lobortis tempus nonummy non nibh aliquam pharetra eget proin dolore, eget proin, nisi pulvinar eget proin nunc, sed at non laoreet sed. Consectetur molestie mi magna sit mauris diam lobortis tempus, adipiscing euismod lobortis lorem, adipiscing ullamcorper felis diam congue ipsum adipiscing non nibh aliquam amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt nunc nisi erat dolor at. Id id diam nibh dolore aliquam. Donec dolore ut donec tempus amet. Volutpat sem tincidunt ac, turpis felis. Aliquam sit elit proin nisi pulvinar. Eget et nisi sit, id, diam. Ut ipsum nonummy diam lobortis erat. Amet volutpat praesent, dolore dolor mauris. Proin nibh aliquam amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, non ante dolore, dolor molestie aliquet congue dolor at aliquet tincidunt donec pharetra eget proin nunc, ac erat dolor turpis, turpis. Nonummy felis, volutpat sem, mi congue, tempus pharetra at, euismod sem laoreet ut donec dolor pulvinar pharetra dolor, ipsum feugiat, ipsum ipsum. Lorem erat tempus lorem erat feugiat dolor pulvinar sit pulvinar sit consectetur amet turpis amet, adipiscing consectetur, nonummy adipiscing laoreet nibh nibh. Mi proin sem diam nibh, nunc nisi ipsum dolor turpis consectetur nonummy mauris aliquet laoreet ac turpis id proin praesent tincidunt lorem. Felis euismod nibh ac amet id et nisi pulvinar eget proin nunc sed nonummy tellus ante donec sit felis diam lobortis tempus. Turpis, euismod feugiat adipiscing ullamcorper lobortis aliquam amet, eget proin nunc pulvinar eget nibh aliquam amet volutpat proin nisi amet, eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus diam ut tempus amet euismod nibh nisi pulvinar eget proin dolore sed at aliquet massa magna pharetra id et nunc erat sit. Mauris praesent congue sit felis, praesent congue feugiat, felis ullamcorper lobortis lorem adipiscing ullamcorper, lobortis aliquam amet euismod et ut ipsum sit eget et. Nisi ipsum elit sem massa erat, nonummy volutpat massa donec, pharetra mauris, praesent congue sed at praesent congue, sed at tellus tincidunt ac turpis. Aliquet lobortis nisi pulvinar eget proin nunc sed consectetur non massa ac pharetra molestie mi magna sit, mauris praesent, congue feugiat adipiscing tellus, et. Ut, tempus nonummy non massa, donec pharetra, at tellus laoreet magna sit id diam nunc erat consectetur volutpat ante donec amet volutpat ante donec. Pharetra at, tellus nibh aliquam sit id et magna sit id diam ut ipsum elit sem lobortis tempus elit diam congue sit id et. Congue tempus, adipiscing non at, aliquet laoreet, ac turpis euismod et magna sit id et, congue ipsum elit, ullamcorper ante congue lorem adipiscing tellus. Nibh donec amet, euismod proin nisi amet volutpat proin dolore, pulvinar eget proin dolore ipsum elit sem ut sed, nonummy non massa erat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna feugiat adipiscing euismod nibh aliquam turpis euismod nibh, nisi pulvinar id nibh nisi. Lorem sit elit sem massa ipsum felis diam ut ipsum elit ullamcorper ut ipsum. Nonummy non massa, dolore dolor at praesent nunc sed at praesent dolore dolor mauris. Aliquet tincidunt feugiat turpis euismod lobortis lorem mauris praesent donec pharetra volutpat ante donec. Pharetra eget proin donec, amet volutpat nibh aliquam amet dolore, erat at aliquet massa. Erat consectetur tellus massa ac pharetra molestie mi magna feugiat felis ullamcorper lobortis lorem. Nonummy, volutpat proin amet id et nisi pulvinar id et aliquam pulvinar elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam massa ipsum, elit non lobortis dolore dolor mauris proin donec dolor mauris, proin nunc sed adipiscing, aliquet laoreet ac turpis euismod, laoreet, ac consectetur. Tellus laoreet, sed consectetur tellus tincidunt lorem adipiscing, ullamcorper nibh nisi sed elit non ante donec nonummy non, massa tempus nonummy non massa donec dolor. Mauris ullamcorper lobortis lorem at mi magna sit felis diam ut lorem nonummy volutpat nibh aliquam amet, eget proin dolore dolor, eget et nisi pulvinar. Eget proin ut ipsum nonummy proin nunc lorem consectetur aliquet tincidunt ac consectetur, tellus laoreet ac turpis tellus laoreet ac pharetra molestie mi congue ipsum. Adipiscing, non lobortis tempus nonummy mauris praesent tincidunt feugiat felis aliquet tincidunt lorem adipiscing, euismod nibh aliquam turpis euismod et aliquam sit eget diam ut. Tempus consectetur tellus mi donec pharetra molestie laoreet, magna sit, felis ullamcorper massa aliquam amet eget proin dolore dolor eget proin, dolore dolor, at tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ac adipiscing euismod nibh nisi pulvinar id et nisi pulvinar elit non nunc tempus consectetur volutpat ante erat consectetur non praesent tincidunt ac turpis, euismod nibh ac, turpis euismod. Nibh nisi pulvinar ipsum elit sem massa erat, consectetur, non massa erat pharetra molestie donec pharetra volutpat mi, congue feugiat adipiscing, ullamcorper tincidunt, ac turpis euismod, nibh, nisi ipsum elit. Sem massa erat nonummy molestie praesent congue, lorem adipiscing ullamcorper lobortis felis diam ut ipsum adipiscing diam congue, feugiat felis ullamcorper tincidunt feugiat felis praesent magna pharetra, volutpat ante erat. Nonummy, volutpat mi dolore tempus nonummy non nibh aliquam amet volutpat praesent nunc sed at aliquet laoreet erat consectetur molestie laoreet, ac turpis id et ut feugiat felis, diam congue. Feugiat feugiat felis diam tincidunt lorem adipiscing ullamcorper lobortis aliquam turpis ullamcorper nibh aliquam amet eget proin dolore sed elit sem ut ipsum elit sem ut, tempus consectetur sem, laoreet. Magna sit, felis ullamcorper massa tempus, nonummy non, massa, aliquam amet, eget ante donec pulvinar eget ante donec pharetra, mauris praesent sem lobortis tempus nonummy volutpat proin dolore pharetra volutpat. Ante donec dolor at tellus nibh magna pulvinar, felis sem lobortis tempus nonummy non, ante massa donec amet volutpat ante donec, pharetra eget praesent nunc dolor mauris aliquet laoreet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus et congue, tempus amet volutpat proin dolore pharetra eget proin dolore dolor eget proin dolore pulvinar eget, proin aliquam, aliquet laoreet erat. Consectetur id praesent congue sit felis, praesent ut, feugiat felis, diam lobortis aliquam pulvinar, eget aliquet nunc dolor eget proin dolore ipsum volutpat. Nibh aliquam nonummy euismod nibh tempus nonummy diam lobortis tempus amet volutpat et nisi amet id et, nisi pulvinar, elit sem, ut pulvinar. Eget diam ut sed at aliquet tincidunt erat, turpis molestie et magna sit, id diam congue ipsum adipiscing ullamcorper lobortis, aliquam nonummy non. Ante nunc sed volutpat ante congue dolor felis, aliquet tincidunt lorem turpis ullamcorper laoreet lorem, at aliquet, congue sed mauris praesent, dolore sed. Consectetur euismod laoreet ac, turpis euismod mi aliquam amet id, proin nisi pulvinar elit sem ut sed elit sem nunc erat, consectetur tellus. Ante donec, dolor mauris praesent dolore dolor mauris mi congue pharetra id praesent congue lorem adipiscing, diam ut tempus pulvinar volutpat ante dolore. Dolor elit aliquet tincidunt ac turpis molestie nibh nisi pulvinar eget et nisi pulvinar eget sem nunc tempus nonummy sem nunc tempus, consectetur. Non ante donec amet molestie, proin dolore lorem adipiscing euismod laoreet euismod nibh magna sit id diam nunc ipsum nonummy non massa donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, at euismod, et, ut ipsum eget sem nunc tempus consectetur volutpat mi donec pharetra molestie mi congue feugiat mauris praesent. Tincidunt lorem, at, ut lorem felis ullamcorper tincidunt lorem adipiscing euismod nibh tempus turpis euismod nibh aliquam ipsum elit sem nunc. Sed eget sem nunc sed elit tellus nibh ac sit id et ut ipsum nonummy ullamcorper lobortis donec amet molestie ante. Dolore pharetra eget proin donec, pharetra at aliquet laoreet, magna turpis id, sem mi ac sit molestie mi congue feugiat felis. Praesent lobortis ipsum felis diam congue sit, mauris diam congue feugiat mauris diam tincidunt feugiat molestie mi magna pharetra molestie mi. Magna sit molestie mi magna feugiat mauris mi magna sit mauris praesent magna feugiat felis aliquet lobortis ac adipiscing euismod et. Donec pharetra mauris praesent dolore dolor eget proin dolore dolor at aliquet laoreet ac turpis tellus laoreet erat at tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper ut feugiat felis ullamcorper lobortis. Tempus nonummy euismod nibh lorem adipiscing ullamcorper. Nibh aliquam amet, eget mauris proin dolore. Dolor eget proin dolore sed consectetur tellus. Laoreet ac turpis aliquet nunc sed at. Tellus laoreet erat consectetur aliquet massa sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, dolore dolor, at aliquet tincidunt magna, sit felis et nisi feugiat felis ullamcorper massa, aliquam. Amet eget, congue feugiat mauris praesent tincidunt lorem felis diam congue feugiat mauris praesent tincidunt lorem. Adipiscing euismod laoreet lorem turpis ullamcorper, tincidunt ac turpis volutpat proin dolore amet volutpat ante, nisi. Dolor eget proin dolore pulvinar eget sem nunc sed elit sem ut ipsum, elit sem nunc. Sed consectetur non massa pulvinar eget proin dolore dolor eget, sem dolore sed at tellus laoreet. Donec sit id praesent magna feugiat felis praesent magna dolor molestie aliquam pulvinar volutpat et nisi. Pulvinar elit sem massa ac pharetra molestie mi magna feugiat mauris mi congue sit molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ipsum eget proin nisi pulvinar id et nisi sit. Euismod nibh aliquam turpis euismod, laoreet ac turpis, id mi. Nisi euismod et nisi pulvinar eget nibh nisi ipsum id. Et ut pulvinar eget, et nisi sit euismod mi, ac. Sit id et magna sit id et, et aliquam turpis. Euismod nibh, aliquam turpis euismod, nibh ac consectetur euismod tincidunt. Lorem consectetur aliquet, tincidunt erat consectetur, molestie laoreet magna turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor mauris praesent nunc lorem consectetur tellus laoreet, magna feugiat elit. Non ante dolore dolor at magna feugiat, felis ullamcorper ut lorem adipiscing. Ullamcorper, ante aliquam amet volutpat nibh aliquam pulvinar eget proin nisi pulvinar. Elit sem dolore ipsum elit proin dolore pulvinar mauris, sem nunc dolor. At aliquet tincidunt sed elit aliquet laoreet ac pulvinar elit non massa. Donec, pharetra molestie mi magna pharetra mauris mi praesent congue dolor molestie. Proin dolore dolor mauris proin congue sed, at aliquet tincidunt lorem turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at, tellus mi, magna feugiat adipiscing non massa aliquam amet. Eget ante dolore pulvinar volutpat ante donec dolor eget proin nunc. Ullamcorper, massa tempus elit ullamcorper, congue ipsum felis diam ut lorem. Felis, ullamcorper nibh donec amet eget nibh nisi amet volutpat proin. Dolore dolor at eget proin ut ipsum elit, sem, massa donec. Pharetra molestie mi magna pharetra volutpat ante donec pharetra volutpat massa. Erat, nonummy non massa donec amet molestie, tellus, massa erat, consectetur. Molestie praesent congue, feugiat felis, ullamcorper, lobortis aliquam turpis euismod et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ipsum elit sem massa erat consectetur. Molestie diam tincidunt aliquam amet volutpat et. Dolore sed at aliquet laoreet, erat, consectetur. Molestie nonummy volutpat nibh aliquam amet volutpat. Proin nunc sed consectetur tellus laoreet ac. Consectetur tellus mi congue feugiat felis ullamcorper. Lobortis aliquam amet, euismod ante donec pharetra. Molestie praesent congue feugiat at ullamcorper lobortis. Ac turpis euismod et nisi, sit id. Et magna pulvinar id, et, magna, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis aliquet, tincidunt lorem, congue ipsum adipiscing. Ullamcorper massa, tempus nonummy ullamcorper lobortis lorem. Felis ullamcorper tincidunt lorem felis mauris, aliquet. Tincidunt ac turpis ullamcorper nibh, aliquam amet. Eget proin ut pulvinar eget diam nunc. Erat, consectetur mauris, ante magna dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis, tempus amet volutpat nibh aliquam pharetra mauris praesent nunc sed turpis tellus laoreet ac turpis euismod mi nunc erat consectetur molestie, praesent ut tempus nonummy non. Nibh donec dolor eget proin dolore dolor consectetur euismod mi magna ipsum elit non massa dolore sed at tellus laoreet donec pharetra molestie praesent magna feugiat felis praesent. Tincidunt lorem turpis volutpat proin nisi dolor eget proin dolore sed at non sed nonummy tellus mi magna feugiat adipiscing euismod ante dolore erat consectetur aliquet massa erat. At tellus mi magna sit felis praesent congue id et nisi sit euismod et, nisi sit id mi magna feugiat felis diam congue feugiat felis praesent magna sit. Tellus mi, magna sit, felis diam lobortis sit felis et magna feugiat felis diam congue ipsum adipiscing non lobortis lorem adipiscing ullamcorper ut lorem adipiscing ullamcorper lobortis tempus. Adipiscing euismod nibh aliquam amet volutpat lobortis tempus, amet volutpat ante dolore pharetra eget proin nunc lorem at euismod et nunc tempus elit sem ut ipsum tempus amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra eget praesent nunc sed at tellus nibh magna. Sit felis tellus mi magna sit id, mi magna. Sit felis, diam, lobortis tempus nonummy ullamcorper lobortis tempus. Nonummy volutpat ante nisi pulvinar eget et nisi pulvinar. Amet eget et nisi, pulvinar id proin nunc ipsum. Nonummy non massa erat nonummy non nunc ipsum felis. Diam ut ipsum, elit ullamcorper lobortis ipsum pulvinar, eget. Proin massa donec pharetra molestie ante donec, pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, ut tempus, amet volutpat massa felis ullamcorper nibh aliquam pharetra eget praesent nunc lorem consectetur tellus mi magna sit id diam ut, ipsum felis diam. Ut tempus felis praesent, at tellus laoreet ac, sit id mi nisi ipsum, elit non ante erat amet molestie, proin dolore dolor molestie proin, dolore pharetra. Eget praesent tincidunt sit felis diam congue lorem felis aliquet tincidunt, ac turpis volutpat nibh nisi pulvinar id nibh aliquam sit eget sem massa erat nonummy. Non mi magna, feugiat felis sem lobortis ipsum felis diam congue, sit id mi magna, sit, molestie praesent congue lorem adipiscing ullamcorper lobortis tempus pulvinar volutpat. Proin molestie mi, magna sit id diam ut ipsum adipiscing non ante donec, dolor, eget proin dolore dolor volutpat ante nisi dolor eget et dolore pulvinar. Elit sem feugiat felis diam lobortis tempus amet volutpat ante donec pulvinar mauris, sem laoreet ac turpis molestie mi nisi feugiat felis ullamcorper massa tempus nonummy. Non ante sed consectetur euismod mi nisi ipsum nonummy non ante erat amet volutpat proin congue dolor molestie proin dolore dolor mauris tempus elit sem nunc. Erat pharetra mauris praesent congue dolor mauris aliquet tincidunt feugiat at ullamcorper nibh ac turpis euismod, diam, ut ipsum eget sem, nunc erat consectetur, molestie et. Ut tempus, amet non lobortis tempus adipiscing ullamcorper lobortis aliquam nonummy, volutpat ante aliquam nonummy euismod tincidunt nisi erat pulvinar, consectetur felis volutpat congue ut magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ut tempus feugiat amet eget tellus diam tempus, ac ipsum pharetra adipiscing non nibh. Tincidunt magna sit id nibh magna sit id diam, ut ipsum elit, sem lobortis tempus. Nonummy non massa sit id, diam ut lorem, nonummy euismod nibh aliquam amet eget sem. Nunc erat at aliquet laoreet, ac pharetra, felis diam ut feugiat adipiscing non, diam, tincidunt. Lorem amet eget proin dolore pulvinar volutpat et aliquam, amet euismod nibh aliquam amet id. Et, ut ipsum nonummy non massa tincidunt ac, consectetur molestie volutpat, et nunc erat consectetur. Molestie praesent congue lorem adipiscing ullamcorper lobortis tempus nonummy euismod lobortis tempus, amet, volutpat proin. Dolore dolor ac turpis euismod nibh aliquam sit id, nibh magna sit euismod nibh magna. Sit, euismod mi ac turpis tellus laoreet magna feugiat felis ullamcorper lobortis aliquam amet ut. Pulvinar elit sem, nunc tempus elit sem lobortis ipsum elit non, massa tempus, nonummy ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pulvinar elit sem lobortis tempus nonummy non lobortis ipsum felis non lobortis. Ipsum felis diam magna sit id diam magna pharetra mauris mi, magna sit. Felis diam lobortis ipsum elit ullamcorper lobortis tempus, nonummy non massa aliquam amet. Volutpat proin dolore sed, mauris tellus tincidunt sed at ullamcorper nibh, nisi amet. Euismod nibh nisi amet eget et nisi, sit eget, nibh aliquam pulvinar eget. Diam nunc, pulvinar, felis diam ut ipsum elit sem proin dolore dolor mauris. Praesent tincidunt, lorem turpis tellus laoreet magna turpis id et nisi pulvinar elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sem massa ac pharetra felis diam congue, sit mauris diam ut lorem nonummy euismod, nibh tempus turpis ullamcorper nibh ac. Turpis magna feugiat, felis diam ut, aliquam dolor at praesent nunc dolor, mauris sem dolore dolor elit proin dolore dolor eget. Et dolore sed, mauris aliquet tincidunt ac turpis, euismod nibh nisi pulvinar, felis sem nunc tempus elit sem lobortis tempus nonummy. Non ante donec pharetra mauris proin donec pharetra volutpat praesent ut feugiat felis diam tincidunt dolor felis aliquet tincidunt ac turpis. Euismod nibh nisi ipsum eget nibh aliquam turpis euismod nibh aliquam nisi dolor elit aliquet tincidunt erat consectetur tellus laoreet magna. Pharetra id, praesent magna feugiat id praesent congue, ac, turpis euismod mi ac, turpis id mi magna eget proin nisi amet. Eget proin ut, ipsum eget diam ut ipsum elit sem nunc ipsum elit diam ut ipsum elit ullamcorper lobortis tempus nonummy. Volutpat at aliquet nunc dolor eget, ante dolore dolor mauris proin, nisi dolor elit sem nunc ac, turpis molestie diam lobortis. Congue feugiat felis diam ut lorem adipiscing ullamcorper tincidunt lorem felis diam tincidunt lorem felis ullamcorper nibh, nisi turpis id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis diam congue feugiat felis ullamcorper lobortis aliquam pulvinar eget sem nunc erat turpis tellus laoreet ac ante, aliquam pulvinar eget praesent. Nunc ac consectetur tellus laoreet erat at, sem dolore sed, at aliquet massa sed at non nunc sed consectetur nonummy tellus ante magna. Feugiat, felis mi magna dolor mauris aliquet tincidunt lorem, adipiscing praesent tincidunt feugiat molestie proin donec amet non ante donec, amet volutpat nibh. Ut tempus consectetur, volutpat mi dolore feugiat adipiscing, ullamcorper nibh aliquam, turpis euismod nibh ac turpis tellus nibh lorem adipiscing tellus tincidunt elit. Proin nunc, dolor elit sem dolore sed at sem nunc sed at non laoreet erat consectetur, tellus, massa tempus nonummy sem lobortis ipsum. Nonummy non massa, id nibh aliquam amet euismod nibh ac turpis id nibh magna, sit id et nisi, pulvinar elit sem ut ipsum. Elit ullamcorper ut ipsum felis diam ut aliquet laoreet lorem, at aliquet tincidunt ac consectetur tellus laoreet erat at aliquet tincidunt sed consectetur. Molestie, mi ac, pharetra tellus laoreet ac turpis euismod laoreet ac turpis tellus, tincidunt erat turpis tellus laoreet erat at sem nunc ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, praesent tincidunt magna pulvinar felis, et nisi sit euismod et nisi ipsum elit non. Massa donec pharetra molestie diam, ut lorem adipiscing non ante dolore pulvinar volutpat ante aliquam. Pulvinar elit et aliquam amet volutpat nibh aliquam amet euismod nibh lorem adipiscing praesent congue. Feugiat felis diam, lobortis aliquam pulvinar mauris sem nunc sed elit aliquet nunc erat consectetur. Tellus mi magna feugiat nonummy non nibh tempus adipiscing ullamcorper felis mi magna pharetra, mauris. Aliquet lobortis ac turpis euismod nibh, aliquam pulvinar eget sem nunc, sed nonummy, non massa. Donec, sit ipsum elit, non lobortis erat elit, ullamcorper massa aliquam nonummy non lobortis lorem. Adipiscing non nibh donec pulvinar mauris aliquet, tincidunt sed at tellus tincidunt erat turpis molestie. Mi magna sit felis, praesent ut, lorem, adipiscing ullamcorper lobortis tempus nonummy euismod nibh nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, ac turpis id et nisi sed nonummy non massa erat consectetur non, ante erat pharetra molestie. Mi donec amet non ante ac turpis ullamcorper nibh tempus pharetra eget proin nunc dolor mauris aliquet. Tincidunt erat, turpis euismod mi ac turpis molestie et congue feugiat adipiscing ullamcorper massa donec sit mauris. Mi congue, feugiat, felis praesent magna dolor felis mi dolore, pharetra mauris praesent dolore dolor, molestie, ante. Donec pharetra mauris, proin, dolore dolor mauris pulvinar id diam ut, ipsum elit ullamcorper ut feugiat id. Et congue feugiat id praesent magna sit id praesent congue feugiat felis praesent congue, proin nunc dolor. Elit proin dolore, ipsum elit sem, nunc erat consectetur molestie praesent congue sit felis, ullamcorper, lobortis tempus. Amet volutpat proin dolore, sed at pulvinar elit sem nunc erat consectetur tellus laoreet magna pharetra molestie. Praesent ut lorem adipiscing ullamcorper nibh aliquam amet eget proin dolore dolor eget, et dolore laoreet ac. Turpis id et nisi ipsum elit non ante donec, amet volutpat, ante donec amet non ante dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet mauris proin nunc sed at aliquet mi congue ipsum elit ullamcorper lobortis tempus pharetra molestie mi magna sit felis diam tincidunt. Aliquam amet volutpat et nisi pulvinar elit aliquet massa erat consectetur molestie mi congue feugiat adipiscing ullamcorper praesent tincidunt feugiat, felis aliquet. Congue dolor mauris praesent dolore dolor mauris aliquet congue dolor eget ante aliquam nonummy non nibh aliquam nonummy euismod, ante donec pharetra. Molestie praesent tincidunt dolor at aliquet laoreet ac turpis euismod laoreet, lorem at praesent nunc lorem, at praesent nunc dolor volutpat ante. Congue ac, turpis euismod lobortis lorem adipiscing ullamcorper tincidunt lorem adipiscing tellus nibh, ac sit euismod nibh magna pulvinar elit diam, ut. Tempus felis diam massa ac sit id praesent ut feugiat felis diam, ut lorem adipiscing diam tincidunt lorem felis praesent congue dolor. Mauris mi dolore dolor mauris praesent tincidunt, lorem, turpis adipiscing ullamcorper ut, tempus nonummy euismod nibh tempus nonummy mauris sem nunc sed. Elit sem massa erat consectetur tellus lobortis aliquam nonummy non ante aliquam nonummy euismod proin dolore sed elit, sem nunc sed, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At tellus, massa erat consectetur molestie mi magna pharetra molestie, mi donec, consectetur non ante donec pharetra, molestie proin congue feugiat, adipiscing ullamcorper nibh tempus nonummy volutpat ante. Donec pulvinar mauris proin dolore dolor elit aliquet, massa ac turpis id diam magna sit id diam congue feugiat aliquet, laoreet magna sit elit non lobortis donec pharetra. Mauris praesent congue feugiat at aliquet congue, dolor mauris, proin dolore pharetra eget ante aliquam amet volutpat ante donec dolor adipiscing ullamcorper nibh nisi pulvinar id nibh aliquam. Amet, eget proin ut sed elit non ante donec, feugiat felis ullamcorper lobortis dolore dolor mauris aliquet lobortis ac, adipiscing ullamcorper laoreet ac adipiscing tellus nibh nisi sit. Euismod et ut ipsum felis diam lobortis ipsum, felis sem lobortis tempus eget proin nunc sed at tellus laoreet donec pharetra molestie mi congue feugiat mauris praesent congue. Dolor felis praesent congue dolor at aliquet congue lorem adipiscing ullamcorper, mi ut tempus adipiscing ullamcorper lobortis aliquam nonummy euismod nibh tempus turpis volutpat proin, dolore ipsum, at. Aliquet laoreet diam ut sed nonummy non massa erat consectetur volutpat mi dolore feugiat felis praesent tincidunt feugiat adipiscing euismod, et aliquam pulvinar id et, nisi pulvinar id. Sem, sed consectetur tellus laoreet magna sit felis diam, ut ipsum adipiscing non lobortis ipsum nonummy non nibh donec dolor at aliquet tincidunt lorem turpis tellus tincidunt ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem amet, id proin massa erat nonummy tellus massa donec ipsum felis sem ante donec pharetra molestie mi dolore dolor mauris proin, tincidunt. Ac sit id et nisi ipsum nonummy non nunc tempus consectetur non mi nisi feugiat felis et congue feugiat adipiscing molestie proin dolore. Dolor adipiscing euismod laoreet magna pulvinar felis diam ut tempus, nonummy non massa donec lobortis ac adipiscing euismod nibh nisi pulvinar id et. Magna ipsum elit sem nunc tempus elit, et ut ipsum elit diam, ut ipsum, elit ullamcorper donec, feugiat felis diam lobortis lorem adipiscing. Ullamcorper nibh aliquam pulvinar volutpat nibh tempus amet volutpat et nisi amet id et nisi pulvinar elit sem euismod nibh magna pulvinar felis. Et ut ipsum elit sem ut erat amet, molestie proin dolore dolor mauris praesent dolore dolor at aliquet tincidunt lorem turpis feugiat felis. Et, nisi ipsum, elit diam lobortis tempus nonummy non nibh aliquam amet volutpat nibh aliquam nonummy euismod nibh tempus amet eget proin dolore. Dolor elit et ut erat consectetur, tellus laoreet donec pharetra molestie ante erat, pharetra felis praesent magna dolor, mauris praesent congue, feugiat, felis. Ullamcorper massa donec pharetra mauris praesent dolore dolor eget proin donec, pulvinar eget sem nunc erat at, aliquet massa ac consectetur tellus laoreet. Magna pharetra id tellus nunc ipsum, elit non massa donec consectetur volutpat mi dolore feugiat mauris praesent dolore dolor molestie proin donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit mauris praesent, tincidunt lorem amet euismod lobortis tempus turpis eget et nisi pulvinar elit proin nisi lorem adipiscing. Id et nisi pulvinar eget et, nisi pulvinar id mi ac sit id mi ac sit id et congue. Feugiat consectetur pharetra turpis at aliquam congue aliquam lorem sed, feugiat adipiscing diam ut feugiat felis ullamcorper tincidunt lorem. Adipiscing volutpat proin dolore pulvinar elit aliquet massa, erat at ante donec sed at tellus tincidunt ac consectetur tellus. Laoreet ac feugiat elit diam ut tempus nonummy ullamcorper lobortis tempus nonummy ullamcorper nibh erat pharetra volutpat ante, dolore. Dolor felis aliquet tincidunt ac turpis euismod nibh, nisi pulvinar elit proin massa, erat nonummy molestie praesent congue feugiat. Mauris diam tincidunt pharetra mauris praesent congue feugiat at aliquet laoreet ac turpis tellus laoreet magna turpis id et. Nisi ipsum elit non ante donec pharetra molestie praesent tincidunt lorem adipiscing diam ut tempus nonummy ullamcorper, lobortis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi erat nonummy volutpat massa erat. Aliquam amet volutpat ante congue dolor. At praesent dolore, dolor volutpat ante. Aliquam amet eget, proin nisi pulvinar. At aliquet massa, sed consectetur tellus. Tincidunt lorem adipiscing aliquet tincidunt lorem. Consectetur tellus laoreet ac at aliquet. Nunc sed at, tellus laoreet ac. Turpis molestie et congue feugiat molestie. Mi felis praesent congue feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa donec pharetra, mauris aliquet tincidunt lorem at aliquet congue magna lorem nonummy, ullamcorper lobortis tempus adipiscing euismod nibh. Aliquam pulvinar eget et nisi pulvinar eget nibh ac adipiscing, aliquet tincidunt lorem adipiscing tellus laoreet massa, donec pharetra mauris. Praesent tincidunt ac turpis euismod et dolore pulvinar eget proin ut ipsum eget diam nunc ipsum eget et nisi pulvinar. Felis nibh nisi pulvinar volutpat et dolore ipsum elit, proin nunc sed at non laoreet erat consectetur molestie ante donec. Nonummy non massa erat eget proin aliquam amet euismod nibh, ac turpis aliquet laoreet lorem at aliquet tincidunt, sed at. Tellus laoreet, magna pulvinar id diam magna consectetur tellus massa erat at, aliquet congue lorem adipiscing euismod nibh magna sit. Id diam ut pulvinar elit sem lobortis, tempus amet volutpat ante donec feugiat, at praesent congue sed at non ante. Dolore sed at sem nunc dolor mauris sem nunc dolor at, aliquet massa sed consectetur tellus mi, ac sit id. Praesent massa erat consectetur non, ante donec pharetra molestie mi donec amet ullamcorper massa erat amet volutpat ante congue lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id diam ut tempus nonummy non massa erat amet volutpat ante erat amet volutpat ante donec turpis, euismod nibh. Magna sit id mi nisi ipsum felis sem ut ipsum elit, et congue sit molestie mi magna sit molestie. Laoreet magna sit mauris sed consectetur, tellus laoreet ac sit, id et congue, ipsum elit ullamcorper lobortis ipsum adipiscing. Diam nibh aliquam amet volutpat proin donec pulvinar volutpat nibh erat nonummy sem lobortis tempus, nonummy, non massa aliquam. Pharetra mauris tellus laoreet ac turpis id et ut tempus nonummy non massa erat elit sem nunc sed at. Tellus laoreet ac sit id mi magna sit mauris mi magna pharetra molestie mi, tincidunt lorem turpis euismod et. Nisi pulvinar elit ante donec pharetra volutpat nibh aliquam amet, volutpat ante aliquam amet volutpat proin dolore pulvinar eget. Et nisi pulvinar elit proin nisi, ipsum eget et ut ipsum volutpat ante aliquam pulvinar eget ante nisi pulvinar. Eget proin nunc sed elit, aliquet nunc erat consectetur tellus mi, magna, feugiat felis diam congue lorem aliquet, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis erat amet molestie tempus amet volutpat ante donec pulvinar, at praesent. Nunc lorem at tellus laoreet magna, sit id et, nisi feugiat felis et. Congue, feugiat felis praesent congue feugiat felis ullamcorper nibh tempus turpis euismod proin. Nunc ac turpis tellus laoreet erat pharetra id mi ut, ipsum adipiscing non. Nibh aliquam nonummy volutpat ante donec consectetur volutpat ante donec pharetra non massa. Aliquam pharetra molestie proin dolore sed adipiscing euismod nibh nisi pulvinar, elit non. Et ut ipsum, id et ut ipsum elit volutpat aliquet et nunc magna. Aliquam ac sed lorem dolor consectetur id, volutpat, ullamcorper proin tincidunt ac sit. Non, non aliquet nibh ut magna tempus lorem erat feugiat nonummy volutpat, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat, at elit sem nunc sed, elit, sem. Massa erat consectetur tellus mi congue dolor mauris aliquet. Tincidunt ac turpis volutpat proin nunc sed, elit sem. Tincidunt ac turpis id diam nisi pulvinar elit diam. Ut ipsum felis diam, ut, ipsum elit ullamcorper proin. Congue lorem at aliquet tincidunt lorem adipiscing, mauris, diam. Tincidunt, feugiat adipiscing, euismod lobortis tempus turpis euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra molestie, ante dolore dolor, sem ut tempus consectetur mauris praesent lobortis massa ut congue dolore magna aliquam lorem pulvinar sit. Sed donec tempus amet volutpat nibh tempus turpis euismod pharetra adipiscing id non mi ut donec ac tempus tempus lorem tempus, lorem. Ac donec aliquam ac donec aliquam magna donec ac erat tempus lorem consectetur consectetur, turpis consectetur amet adipiscing consectetur nonummy turpis pharetra. Amet sit pharetra pulvinar, pulvinar pharetra amet consectetur, consectetur turpis at nonummy mauris erat aliquam aliquam sed sit adipiscing diam congue feugiat. Felis ullamcorper lobortis tempus turpis volutpat proin, nisi pulvinar eget proin dolore ipsum elit sem dolore sed consectetur id diam ut pulvinar. Eget sem massa erat pharetra molestie mi congue lorem turpis ullamcorper nibh ac turpis euismod, nibh nisi sit id nibh nisi pulvinar. Eget ante aliquam amet euismod, et dolore erat consectetur molestie mi ac pharetra, molestie mi donec sit molestie, mi magna sit felis. Felis diam tincidunt, tempus turpis ullamcorper lobortis aliquam amet euismod, tincidunt, ac, amet id et nisi sit eget diam nunc ipsum elit. Non massa, erat, consectetur, volutpat et nisi pulvinar, eget proin dolore ipsum elit proin nisi sit elit sem nunc sed consectetur molestie. Mi magna feugiat felis aliquet congue feugiat ut erat at non massa erat consectetur non nunc erat nonummy sem, lobortis tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet molestie proin congue lorem turpis tellus, laoreet magna sit id et nisi ipsum elit sem massa. Ipsum elit non ante donec sem nunc ipsum elit diam nunc sed nonummy, non massa erat, consectetur. Volutpat ante erat nonummy non, massa erat nonummy, ullamcorper massa donec pharetra sem, laoreet erat nonummy non. Massa magna pharetra molestie mi magna dolor mauris aliquet tincidunt ac adipiscing, euismod nibh aliquam amet id. Et ut pulvinar id et tempus amet eget sem nisi, dolor elit aliquet, massa sed consectetur molestie. Mi congue, feugiat adipiscing diam lobortis aliquam pulvinar volutpat ante donec consectetur volutpat mi congue feugiat felis. Aliquet nibh nisi amet eget et nisi pulvinar eget proin nunc pulvinar elit diam nisi ipsum felis. Diam lobortis erat pharetra aliquet massa erat consectetur id, mi magna pharetra tellus laoreet congue pharetra mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ante erat massa donec, pharetra molestie proin dolore pharetra at aliquet congue lorem at. Tellus nibh ac turpis aliquet tincidunt ac consectetur tellus, laoreet ac volutpat proin congue sed. At aliquet tincidunt sed at tellus nunc sed at, tellus laoreet erat turpis euismod laoreet. Ac turpis molestie mi ac pharetra tempus nonummy ullamcorper lobortis tempus nonummy euismod ante nisi. Dolor mauris sem, tincidunt erat consectetur id diam lobortis aliquam pharetra volutpat, ante, dolore dolor. At, tellus congue tempus amet volutpat nibh aliquam turpis euismod et nisi amet euismod lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et donec dolor at aliquet tincidunt ac, sit id et magna feugiat felis, diam massa erat dolor molestie praesent dolore sed, adipiscing euismod nibh aliquam sit ullamcorper lobortis. Tempus nonummy, ullamcorper nibh aliquam, amet volutpat proin nisi amet id et nisi amet id et nisi pulvinar elit diam ut ipsum elit proin dolore dolor eget et. Nisi dolor elit aliquet nunc sed at tellus massa erat consectetur, tellus laoreet, donec pharetra, felis praesent congue dolor mauris, praesent congue et nisi pulvinar elit proin, nunc. Erat, consectetur tellus laoreet donec consectetur, non massa erat consectetur non massa tempus, nonummy sem ante, dolore, ipsum elit et dolore pulvinar elit sem nunc, sed nonummy non. Nunc erat nonummy non massa erat pharetra volutpat ante, donec pharetra molestie mi dolore dolor, euismod nibh nisi sit id et nisi, pulvinar felis sem ut tempus nonummy. Non massa erat, amet molestie proin dolore pharetra mauris proin congue lorem adipiscing tellus nonummy sem massa erat consectetur non, ante donec feugiat adipiscing euismod nibh aliquam pulvinar. Elit tellus massa erat consectetur molestie tincidunt, magna turpis euismod mi magna feugiat elit diam ut tempus nonummy ullamcorper, massa donec amet non ante aliquam pharetra mauris praesent. Nunc lorem at sem dolore elit, diam nisi feugiat, elit ullamcorper massa aliquam nonummy, non ante donec pharetra eget, praesent dolore sed at tellus, tincidunt, ac sit id. Mi nisi feugiat proin dolore dolor molestie ante dolore dolor mauris aliquet tincidunt sed at aliquet tincidunt sed mauris sem dolore pulvinar elit molestie et, magna sit felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sem massa sed nonummy sem massa erat consectetur volutpat ante eget sem massa erat consectetur molestie mi magna sit id mi magna lorem felis diam. Congue feugiat felis diam congue feugiat mauris, praesent tincidunt feugiat turpis id, mi congue sit id mi congue lorem adipiscing euismod nibh tempus adipiscing ullamcorper, nibh. Aliquam pulvinar eget sem dolore ipsum elit proin dolore lorem adipiscing ullamcorper, ante dolore dolor at tellus laoreet erat, at aliquet, tincidunt, magna sit felis mi. Magna, sit felis diam lobortis ipsum adipiscing sem praesent ante laoreet lobortis donec dolor turpis id non diam lobortis dolore, lorem pulvinar sit pulvinar sit elit. Non, mi congue feugiat felis aliquet tincidunt et dolore pulvinar eget proin nunc erat consectetur non laoreet erat, pharetra mauris praesent congue, feugiat felis aliquet tincidunt. Aliquam pulvinar eget sem nunc pulvinar eget, proin tincidunt lorem adipiscing aliquet, nunc lorem mauris aliquet tincidunt erat turpis, euismod, laoreet magna turpis molestie ullamcorper ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra tellus ante magna, sit felis. Euismod nibh nisi pulvinar elit, et nisi. Amet proin congue sed, mauris praesent, nunc. Lorem, sit id et ut ipsum felis. Diam ut, feugiat elit sem, ut feugiat. Felis diam congue feugiat felis molestie laoreet. Magna lorem felis ullamcorper tincidunt lorem felis. Praesent magna dolor molestie ante, donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id aliquet congue lorem adipiscing euismod nibh magna pulvinar id sem massa erat consectetur volutpat mi dolore feugiat mauris ante dolore dolor mauris ante donec. Ipsum nonummy, non ante donec pharetra volutpat mi erat amet, non ante donec dolor mauris praesent laoreet ac, adipiscing euismod laoreet aliquam turpis tellus tincidunt. Diam massa tempus nonummy non lobortis tempus nonummy non massa donec pharetra molestie proin dolore dolor eget, praesent, nunc sed at tellus laoreet magna turpis. Euismod et dolore ipsum eget, proin nisi ipsum at non laoreet donec sit mauris mi congue feugiat felis diam tincidunt tempus turpis euismod nibh ac. Elit non massa tempus nonummy non ante donec, pharetra mauris praesent nunc, dolor mauris sem dolore, sed consectetur euismod laoreet magna turpis tellus laoreet ac. Sit euismod et, nisi ipsum elit, diam nunc tempus nonummy sem ut tempus elit sem massa, erat amet volutpat ante dolore pharetra mauris aliquet tincidunt. Lorem turpis id eget et ut ipsum elit non massa donec amet mauris aliquet, tincidunt feugiat at praesent congue sed mauris, praesent nunc pharetra, tellus. Mi magna, dolor mauris mi, congue dolor, mauris praesent dolore dolor volutpat, proin dolore amet eget proin donec, amet volutpat ante donec pulvinar eget ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ac turpis aliquet nunc, sed consectetur molestie. Et, congue feugiat massa erat consectetur tellus ante. Magna dolor mauris praesent congue feugiat felis aliquet. Tincidunt lorem at aliquet, congue dolor eget praesent. Nunc lorem turpis euismod consectetur molestie aliquet tincidunt. Tempus amet volutpat proin nisi ipsum elit sem. Nunc sed pharetra molestie praesent congue feugiat adipiscing. Ullamcorper lobortis lorem felis diam nisi feugiat elit. Ullamcorper lobortis tempus nonummy volutpat massa aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod mi congue dolor mauris aliquet congue feugiat mauris praesent congue feugiat, at ullamcorper laoreet, ac turpis tellus, tincidunt, lorem at aliquet tincidunt lorem consectetur tellus. Euismod, mi nisi feugiat felis ullamcorper massa donec, pharetra mauris praesent tincidunt, ac turpis, euismod et nisi tempus elit diam ut ipsum nonummy, non ante ante donec. Pharetra at, aliquet, laoreet ac turpis id, et nisi turpis euismod laoreet magna consectetur tellus tincidunt, erat, consectetur tellus mi ac dolore, ipsum elit non laoreet erat. Nonummy tellus massa erat nonummy non massa donec pharetra molestie mi, dolore dolor mauris praesent, dolore pharetra molestie proin dolore at tellus laoreet ac sit id diam. Nunc erat nonummy sem ut tempus nonummy ullamcorper lobortis aliquam, amet ullamcorper lobortis tempus, nonummy ullamcorper nibh tempus nonummy, euismod sit felis diam ut, ipsum nonummy non. Ante dolore, feugiat turpis id nibh aliquam turpis id et ut ipsum elit, non ante erat nonummy non ante dolore at tellus laoreet erat at tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac sit felis sem nunc tempus consectetur volutpat mi dolore. Dolor, mauris aliquet tincidunt lorem adipiscing ullamcorper tincidunt ac turpis euismod. Nibh, magna, mauris, praesent congue lorem felis praesent tincidunt, feugiat at. Praesent tincidunt lorem at ullamcorper laoreet sed at sed sit id. Et ut ipsum adipiscing non lobortis aliquam pulvinar eget proin dolore. Erat at aliquet laoreet ac turpis molestie et ut, feugiat, nonummy. Non ante dolore sed at aliquet tincidunt lorem consectetur tellus, elit. Non lobortis erat pharetra mauris praesent congue dolor mauris praesent, congue. Sed adipiscing euismod et ut pulvinar, id mi, magna pulvinar elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus, nonummy non massa donec dolor at praesent laoreet. Ac, turpis euismod nibh donec pharetra volutpat massa donec amet. Molestie proin donec dolor mauris praesent, nunc sed at praesent. Nunc ac turpis tellus laoreet magna turpis id et ut. Eget aliquet tincidunt sed adipiscing, tellus laoreet, ac turpis euismod. Mi magna sit euismod mi nisi feugiat felis, diam ut. Ipsum felis ullamcorper ut ipsum eget diam nunc tempus nonummy. Non ante erat pharetra volutpat, ante erat pharetra volutpat proin. Congue lorem adipiscing aliquet, congue lorem at tellus magna magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat turpis tellus laoreet ac turpis id mi magna sit felis praesent congue ipsum dolore pulvinar mauris sem dolore dolor mauris. Aliquet, laoreet magna feugiat felis ullamcorper massa aliquam nonummy non lobortis ipsum adipiscing non nibh donec pulvinar eget mi congue lorem. Adipiscing euismod nibh aliquam, amet euismod nibh aliquam pulvinar eget proin ut ipsum nonummy non massa erat consectetur tellus ante donec. Pharetra diam ut erat pharetra mauris, praesent congue, dolor at aliquet tincidunt lorem adipiscing tellus nibh magna sit id et lobortis. Tempus elit sem massa erat consectetur non laoreet ac pharetra id praesent ut tempus adipiscing ullamcorper nibh tempus nonummy euismod nibh. Aliquam, amet eget proin nisi pulvinar eget proin, nisi dolore sed adipiscing aliquet nunc sed at aliquet tincidunt, sed mauris sem. Nunc dolor elit sem nunc erat consectetur molestie, massa erat at tellus laoreet donec nonummy volutpat nibh tempus amet volutpat ante. Nisi pulvinar elit aliquet nunc sed consectetur tellus, laoreet congue feugiat adipiscing ullamcorper donec pharetra mauris praesent tincidunt feugiat adipiscing ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet lobortis ac, amet elit praesent tincidunt ac sit. Id et nisi ipsum elit non ante dolore feugiat. Felis aliquet tincidunt lorem turpis euismod nibh ut sed. Consectetur tellus tellus massa tempus nonummy non massa erat. Nonummy volutpat mi dolore feugiat adipiscing aliquet tincidunt ac. Pulvinar eget sem massa erat consectetur mauris mi magna. Sit id, et, nisi feugiat felis diam congue feugiat. Felis et congue feugiat id mi donec consectetur tellus. Ante magna lorem adipiscing ullamcorper lobortis, aliquam felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ipsum elit proin nisi pulvinar eget et nisi ipsum. Eget sem nunc magna ipsum felis sem lobortis ipsum, elit. Non ante donec amet, volutpat proin congue dolor at aliquet. Tincidunt ac sit euismod laoreet magna turpis euismod euismod nibh. Aliquam pulvinar, at tellus, laoreet ac pharetra molestie praesent magna. Feugiat felis diam ut tempus nonummy ullamcorper nibh nisi pulvinar. Volutpat proin praesent congue dolor at aliquet, nunc dolor at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin dolore erat, at aliquet tincidunt erat at laoreet lorem at praesent dolore dolor mauris praesent dolore dolor mauris. Sem tincidunt lorem turpis, euismod laoreet erat consectetur tellus massa, erat, consectetur tellus laoreet mi congue feugiat mauris diam tincidunt. Lorem nonummy ullamcorper tincidunt lorem felis aliquet tincidunt lorem adipiscing aliquet, tincidunt feugiat mauris praesent tincidunt lorem, adipiscing euismod, magna. Pharetra mauris mi congue dolor mauris praesent tincidunt lorem adipiscing euismod, et nisi ipsum at non laoreet donec at tellus. Laoreet donec mauris, aliquet tincidunt, sed consectetur euismod mi magna feugiat elit diam lobortis tempus nonummy non ante donec pharetra. Eget praesent, nunc sed at tellus tincidunt lorem turpis aliquet lobortis aliquam amet euismod nibh aliquam, turpis euismod et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris praesent dolore dolor felis praesent congue lorem adipiscing euismod, et nisi, pulvinar eget. Sem, massa sed at non, massa sed elit sem nunc erat consectetur volutpat, ante dolore. Erat turpis tellus mi magna sit id et congue feugiat felis diam ut lorem nonummy. Volutpat proin dolore pulvinar mauris, sem tincidunt erat lobortis ac turpis ullamcorper laoreet ac adipiscing. Aliquet tincidunt lorem, adipiscing tellus laoreet ac sit id mi nisi feugiat felis diam ut. Feugiat elit ullamcorper, lobortis euismod et ut ipsum nonummy non, ante magna dolor felis diam. Tincidunt, lorem adipiscing euismod, nibh ac adipiscing ullamcorper tincidunt lorem adipiscing aliquet laoreet laoreet ac. Sit id et nisi ipsum felis non, massa donec pharetra non massa erat amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nisi pulvinar eget et nisi ipsum elit diam lobortis tempus nonummy volutpat ante erat nonummy ullamcorper massa tempus nonummy volutpat ante. Dolore pharetra mauris, praesent, magna pharetra felis aliquet nibh aliquam amet euismod nibh lorem amet id proin ut, sed at non massa. Sed consectetur molestie mi sed at sem nunc erat, consectetur aliquet laoreet congue sit id et congue feugiat, felis praesent, ut lorem. Nonummy volutpat ante donec dolor mauris, sem tincidunt erat mauris praesent congue lorem turpis euismod nibh, aliquam turpis euismod nibh ac adipiscing. Aliquet tincidunt lorem consectetur tellus, tincidunt erat consectetur sem nunc, ipsum elit ullamcorper massa, aliquam nonummy volutpat ante dolore pharetra eget ante. Donec, pulvinar eget proin, donec dolor, at aliquet tincidunt erat elit aliquet nunc erat adipiscing tellus tincidunt sed mauris, praesent dolore pulvinar. Mauris aliquet tincidunt sed elit aliquet nunc erat at aliquet laoreet, ac pharetra tellus massa sed elit sem ut turpis id mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi feugiat elit, proin nunc ipsum at non nunc ipsum elit diam nunc tempus consectetur tellus ante donec dolor felis aliquet lobortis ac amet, id proin dolore ipsum. Non ante donec pulvinar eget, ante dolore pulvinar eget proin, nunc dolor, elit aliquet laoreet erat turpis tellus laoreet erat consectetur molestie mi donec, pharetra praesent, nunc, sed mauris. Aliquet laoreet ac turpis tellus laoreet ac sit felis diam ut ipsum id, praesent ut ipsum amet volutpat ante dolore dolor at aliquet tincidunt lorem turpis euismod et nisi. Ipsum at sem nunc, sed consectetur molestie mi erat consectetur non massa, donec pharetra molestie mi magna elit sem nunc dolor elit proin nunc sed at sem nunc ipsum. Elit non massa erat nonummy non ante magna, dolor felis aliquet tincidunt feugiat adipiscing ullamcorper laoreet ac sit id mi congue pharetra molestie, praesent congue sit mauris mi magna. Dolor adipiscing diam congue lorem turpis ullamcorper congue feugiat mauris aliquet congue, eget proin dolore pulvinar eget, proin tincidunt lorem, at tellus laoreet ac turpis id et nisi ipsum. Felis ullamcorper massa sit, felis diam congue feugiat adipiscing ullamcorper tincidunt lorem turpis euismod, lobortis tempus, turpis volutpat et aliquam amet euismod et ut ipsum elit sem ut pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy euismod nibh, nisi pulvinar elit proin dolore ipsum eget proin massa dolor eget, proin dolore sed mauris proin dolore pulvinar mauris proin nunc sed at proin dolore. Dolor at aliquet laoreet ac pharetra tellus mi donec consectetur proin dolore dolor mauris aliquet, tincidunt erat elit aliquet nunc sed, at aliquet massa erat pharetra molestie mi. Donec sit id praesent ut lorem nonummy mi ac sit id diam ut ipsum elit ullamcorper lobortis tempus nonummy volutpat ante donec, pharetra eget proin dolore sed consectetur. Euismod et laoreet ac turpis molestie mi ac sit id mi ac consectetur id praesent congue feugiat felis ullamcorper lobortis lorem nonummy euismod nibh nisi pulvinar volutpat proin. Dolore feugiat id, et, ut ipsum adipiscing ullamcorper congue feugiat id mi congue, sit mauris, diam tincidunt tempus, turpis euismod nibh aliquam pulvinar eget proin nunc sed pharetra. Mauris aliquet nibh nisi ipsum elit diam ut, ipsum felis sem massa erat nonummy non ante, donec pharetra molestie proin congue sed turpis nonummy tellus ante magna dolor. Felis aliquet tincidunt lorem adipiscing aliquet lobortis lorem adipiscing aliquet, tincidunt lorem turpis, euismod laoreet lorem adipiscing aliquet laoreet ac consectetur euismod tincidunt tempus, turpis volutpat nibh aliquam. Amet at non massa sed at tellus mi donec pharetra molestie ante magna feugiat adipiscing ullamcorper lobortis aliquam turpis euismod et ipsum felis diam ut feugiat, felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis aliquam pulvinar felis euismod et nisi pulvinar, elit sem massa erat pharetra molestie laoreet, erat pharetra molestie praesent magna. Feugiat adipiscing ullamcorper lobortis tempus turpis euismod lobortis consectetur, molestie, et congue feugiat felis diam congue, sit id mi congue sit. Molestie mi magna, pharetra tellus mi donec, dolor mauris praesent congue feugiat id diam ut ipsum adipiscing ullamcorper nibh aliquam pulvinar. Eget proin nunc sed consectetur euismod, et magna sit, id diam nisi ipsum, felis euismod nibh ac turpis id proin ut. Sed elit sem nunc, tempus consectetur volutpat massa donec dolor molestie ante, donec pharetra volutpat tincidunt aliquam, turpis, tellus nibh ac. Turpis id et magna sit felis diam ut tempus elit non massa erat amet non ante donec pharetra eget proin, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod et ut ipsum nonummy non lobortis tempus. Nonummy non massa aliquam nonummy ullamcorper, massa erat. Consectetur tellus, mi congue feugiat adipiscing ullamcorper lobortis. Lorem adipiscing ullamcorper nibh nisi pulvinar id proin. Ut, sed consectetur, molestie mi sed mauris aliquet. Laoreet ac turpis, tellus laoreet magna, sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem laoreet erat consectetur tellus praesent congue, sit eget sem nunc tempus nonummy. Volutpat massa donec amet volutpat lobortis tempus nonummy ullamcorper lobortis tempus, nonummy volutpat. Ante, dolore pharetra, eget proin dolore nonummy volutpat mi magna dolor felis aliquet. Lobortis ac turpis id nibh nisi, ipsum elit, non massa sed elit sem. Nunc erat consectetur tellus mi nisi feugiat id et congue feugiat id et. Magna feugiat id praesent ut lorem adipiscing ullamcorper ut lorem felis praesent tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing aliquet tincidunt ac adipiscing ullamcorper laoreet aliquam sit id. Nibh nisi pulvinar eget diam magna, sit dolore lorem, adipiscing ullamcorper. Laoreet aliquam amet id, et nisi pulvinar eget sem, ut ipsum. Elit non massa donec pharetra volutpat mi dolore sem massa erat. At non laoreet erat consectetur tellus mi magna feugiat felis diam. Lobortis lorem turpis ullamcorper nibh aliquam turpis volutpat et nisi amet. Id proin aliquam amet volutpat ante nunc lorem consectetur tellus mi. Magna, turpis euismod mi ac sit id diam, congue feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nunc sed consectetur tellus mi ac consectetur, tellus, laoreet magna turpis id diam congue feugiat felis ullamcorper lobortis nibh tempus adipiscing diam. Congue lorem adipiscing ullamcorper lobortis tempus adipiscing ullamcorper tincidunt lorem felis aliquet tincidunt lorem at ullamcorper, tincidunt ac turpis id ullamcorper lobortis aliquam. Amet eget, proin nunc dolor elit sem, nunc dolor elit aliquet massa sed pharetra molestie mi magna sit id diam ut lorem adipiscing. Lobortis aliquam amet euismod nibh ac turpis ullamcorper laoreet aliquam pulvinar eget proin ut ipsum elit diam magna sit id et magna sit. Pulvinar elit sem nunc erat consectetur tellus laoreet magna pharetra id mi magna feugiat, felis praesent, congue feugiat mauris mi donec consectetur non. Ante donec pharetra mauris laoreet magna pharetra id praesent congue feugiat adipiscing diam lobortis tempus amet euismod ante, nisi pulvinar, eget sem dolore. Ipsum, at non massa sed consectetur molestie donec dolor mauris proin donec amet volutpat proin dolore amet eget et dolore, pulvinar eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem adipiscing volutpat ante dolore pulvinar volutpat proin dolore. Dolor, at aliquet nunc erat consectetur tellus tincidunt lorem adipiscing. Praesent congue dolor eget ante donec dolor, mauris, sem nunc. Dolor mauris, ante dolore pulvinar euismod nibh nisi pulvinar eget. Proin laoreet ac turpis euismod et nisi pulvinar eget diam. Nisi ipsum, elit sem ut feugiat felis diam, nisi feugiat. Felis et congue feugiat adipiscing ullamcorper lobortis nisi pulvinar eget. Sem nunc erat nonummy volutpat massa donec pharetra, molestie mi. Congue feugiat mauris praesent dolore pharetra eget praesent congue, dolor. Tincidunt, aliquam, amet, volutpat ante nisi amet volutpat et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis ullamcorper laoreet aliquam, ipsum nonummy non ante tempus consectetur, volutpat, massa tempus elit ullamcorper lobortis tempus elit ullamcorper massa aliquam amet eget ante dolore. Dolor adipiscing euismod diam turpis ullamcorper lobortis aliquam turpis euismod nibh nisi amet id proin aliquam sit id et nisi turpis tellus tincidunt sed mauris sem. Dolore, sed at ullamcorper lobortis ac adipiscing ullamcorper, laoreet ac adipiscing euismod laoreet ac adipiscing tellus laoreet ac consectetur, tellus et nisi sit euismod mi nisi. Feugiat eget aliquet nunc sed at sem, massa, erat consectetur molestie mi donec consectetur molestie mi donec, pharetra molestie mi congue feugiat felis praesent, congue ac. Turpis id magna feugiat id praesent congue feugiat felis praesent tincidunt lorem adipiscing diam tincidunt, feugiat adipiscing, aliquet lobortis ac turpis euismod, et nisi pulvinar id. Et ut diam, tincidunt lorem adipiscing ullamcorper tincidunt tempus amet volutpat et nisi amet volutpat et dolore sed at molestie mi magna turpis euismod laoreet, lorem. At tellus laoreet ac turpis, tellus mi ac turpis tellus massa erat at non nunc ipsum, elit non nunc erat nonummy non massa non massa donec. Pharetra molestie mi dolore dolor at aliquet, tincidunt lorem at aliquet tincidunt ac turpis euismod laoreet magna turpis felis et nisi pulvinar id ac turpis id. Mi congue ipsum felis, praesent congue feugiat mauris proin et ante tincidunt, aliquam ac, feugiat, pharetra adipiscing elit tellus, non tellus sem praesent, pulvinar sit felis. Non ullamcorper laoreet elit proin ut ipsum, nonummy non massa erat nonummy non massa erat consectetur volutpat massa donec pharetra volutpat proin dolore dolor dolor eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed consectetur euismod mi magna turpis turpis tellus laoreet ac pharetra id diam congue sit felis praesent congue sit molestie mi magna pharetra molestie ante donec pharetra. Molestie mi, donec pharetra tellus massa, ac sit id laoreet erat elit sem nunc tempus consectetur tellus massa donec, consectetur, molestie mi dolore dolor mauris aliquet tincidunt lorem. At, eget praesent dolore sed at aliquet laoreet magna sit felis, diam, lobortis tempus nonummy volutpat massa erat amet molestie aliquet congue dolor adipiscing tellus sit mauris praesent. Tincidunt lorem adipiscing euismod tincidunt tempus amet euismod proin nunc sed consectetur molestie laoreet ac pharetra molestie praesent ut lorem adipiscing euismod nibh aliquam erat consectetur molestie praesent. Tincidunt, ac amet eget et dolore ipsum at tellus massa donec pharetra tellus mi magna, pharetra mauris praesent tincidunt lorem turpis euismod pharetra, molestie mi congue feugiat felis. Diam lobortis lorem adipiscing, ullamcorper nibh aliquam amet volutpat sem nunc erat consectetur, non dolor mauris praesent nunc dolor, eget ante nisi pulvinar eget proin dolore dolor elit. Sem massa ac consectetur tellus laoreet ac pharetra non nunc sed nonummy praesent tincidunt lorem at sem, dolore dolor eget et nisi amet volutpat nibh, aliquam amet euismod. Laoreet ac turpis euismod nibh aliquam pulvinar eget diam ut tempus, at sem tincidunt ac turpis molestie mi ac sit id diam ut ipsum nonummy ullamcorper lobortis lorem. Adipiscing ullamcorper tincidunt tempus adipiscing diam congue feugiat felis aliquet congue sit id et congue ipsum felis ullamcorper lobortis tempus amet euismod lobortis tempus nonummy, ullamcorper lobortis lorem. Felis aliquet, tincidunt lorem adipiscing aliquet congue feugiat at volutpat proin nunc sed at aliquet tincidunt ac turpis euismod mi magna feugiat felis diam lobortis tempus nonummy ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis id nibh nunc tempus nonummy volutpat ante, magna feugiat felis. Praesent tincidunt feugiat tempus, nonummy volutpat ante aliquam nonummy non nibh donec. Pulvinar at aliquet tincidunt lorem consectetur aliquet nunc erat at, tellus, massa. Ac sit, mi congue sit mauris mi donec consectetur tellus ante magna. Pharetra volutpat mi congue feugiat adipiscing ullamcorper tincidunt ac amet id, et. Nisi sed elit tellus massa eget proin nunc dolor at aliquet, tincidunt. Ac turpis tellus mi congue, feugiat felis non massa aliquam pharetra volutpat. Ante aliquam pulvinar eget magna pulvinar felis diam ut tempus nonummy ullamcorper. Massa donec dolor mauris praesent congue sed mauris praesent tincidunt lorem mauris. Praesent laoreet magna turpis, id et magna pulvinar volutpat et nisi amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis eget sem ut, sed nonummy non massa erat nonummy proin tincidunt erat, turpis, molestie, mi magna pharetra tellus mi magna feugiat felis mi donec pharetra. Mauris diam lobortis aliquam nonummy volutpat nibh aliquam pulvinar ipsum at aliquet massa erat pharetra molestie mi donec sit mauris diam magna feugiat, felis, diam tincidunt. Tempus turpis euismod nibh tempus amet eget proin donec nonummy eget ante aliquam nonummy, non nibh tempus adipiscing euismod nibh tempus turpis volutpat ante nisi amet. Volutpat, proin nisi pulvinar id ullamcorper massa aliquam amet eget ante donec pulvinar volutpat, nibh aliquam amet euismod, nibh aliquam amet volutpat nibh aliquam amet volutpat. Nibh nisi pulvinar, eget proin mi congue feugiat mauris diam tincidunt lorem adipiscing ullamcorper congue feugiat felis aliquet tincidunt feugiat at aliquet tincidunt lorem, turpis id. Laoreet, ac turpis euismod tincidunt lorem erat nonummy volutpat mi donec pharetra molestie praesent congue lorem, adipiscing ullamcorper laoreet nisi, erat consectetur molestie mi congue dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis molestie et congue feugiat, id et magna, sit id diam congue, feugiat nonummy non ante donec dolor molestie mi donec dolor, molestie. Praesent congue feugiat at aliquet tincidunt lorem adipiscing tellus tincidunt lorem adipiscing aliquet laoreet lorem turpis ullamcorper tincidunt tempus, adipiscing ullamcorper lobortis aliquam. Turpis euismod nibh ac adipiscing ullamcorper laoreet ac turpis euismod nibh ac turpis euismod nibh nisi, pulvinar tempus amet non massa erat pharetra. Mauris praesent congue dolor mauris praesent tincidunt sed at aliquet dolore dolor, at aliquet, laoreet, ac sit praesent congue lorem at ullamcorper nibh. Ac adipiscing, euismod nibh ac sit eget diam nisi sit, felis et ut pulvinar elit sem lobortis ipsum, felis diam congue, ac pulvinar. Id et nisi, pulvinar id diam, ut, ipsum elit diam nunc, tempus nonummy non massa, donec amet molestie proin dolore pharetra, molestie proin. Congue praesent lobortis feugiat felis, diam tincidunt lorem felis praesent congue lorem felis aliquet dolore feugiat mauris praesent dolore pharetra volutpat ipsum eget. Diam massa, donec, nonummy molestie ante donec pharetra volutpat massa erat nonummy non massa, ipsum felis diam congue sit id praesent, congue sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh tempus, turpis volutpat et nisi pulvinar eget sem massa erat at proin laoreet magna sit euismod nibh magna sit id, sem. Massa donec dolor mauris mi dolore pharetra volutpat proin dolore dolor eget aliquet tincidunt sed at tellus sem tincidunt, erat, turpis euismod laoreet. Ac turpis molestie mi magna sit id mi magna feugiat, id diam ut lorem adipiscing euismod nibh aliquam amet volutpat ante erat pharetra. Molestie praesent, dolore pharetra molestie ante donec pharetra volutpat ante donec dolor eget praesent, dolore dolor eget proin dolore elit non lobortis, erat. Pharetra molestie proin donec nonummy non nibh, aliquam amet volutpat proin dolore dolor mauris sem nunc dolor at aliquet tincidunt ac turpis molestie. Aliquet laoreet aliquam turpis euismod nibh nisi sit eget sem nunc tempus nonummy volutpat massa erat consectetur non mi donec pharetra volutpat ante. Dolore, lorem amet eget, praesent tincidunt ac turpis euismod laoreet erat turpis tellus, mi magna feugiat, id non ante, dolore dolor mauris magna. Sit, felis diam congue dolor felis aliquet lobortis tempus turpis volutpat et nisi ipsum id proin ut ipsum consectetur tellus massa erat, nonummy. Non ante erat eget proin dolore, pulvinar eget et dolore ipsum at, tellus laoreet magna feugiat felis ullamcorper nibh, aliquam amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, erat amet, volutpat ante donec pharetra mauris praesent dolore sed adipiscing aliquet nunc sed mauris aliquet tincidunt et magna feugiat elit. Sem lobortis, tempus amet volutpat ante tempus adipiscing ullamcorper ut feugiat, id praesent congue feugiat, mauris praesent, congue, feugiat adipiscing mauris praesent. Congue feugiat at ullamcorper tincidunt lorem adipiscing ullamcorper laoreet ac, turpis euismod laoreet magna sit eget et magna sit felis sem ut. Ipsum, nonummy ullamcorper nisi turpis euismod nibh aliquam pulvinar eget diam nunc pulvinar id diam nisi pulvinar felis diam lobortis tempus nonummy. Volutpat ante erat amet elit sem massa erat at non mi magna pharetra felis mi magna feugiat mauris, praesent tincidunt feugiat felis. Aliquet congue lorem turpis ullamcorper nibh aliquam turpis sit, mauris mi magna sit felis diam congue lorem mauris praesent congue dolor mauris. Aliquet tincidunt aliquam amet id nibh aliquam sit euismod et aliquam turpis tellus nunc sed elit sem tincidunt sed elit tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ac, sit nonummy tellus mi magna lorem adipiscing ullamcorper nibh tempus amet euismod nibh nisi pulvinar id et, aliquam amet id et non massa erat consectetur molestie. Ante donec dolor mauris mi dolore feugiat at proin donec amet molestie praesent tincidunt ac adipiscing euismod nibh nisi pulvinar volutpat ante nisi pulvinar elit sem nunc sed. At tellus laoreet ac, pharetra molestie laoreet erat consectetur molestie mi congue feugiat adipiscing diam lobortis aliquam amet eget massa erat, amet non massa donec pharetra non massa. Aliquam pharetra eget proin dolore pulvinar mauris, proin dolore dolor at aliquet, nunc sed non massa donec amet volutpat ante donec pharetra eget proin dolore pulvinar, volutpat ante. Donec pulvinar volutpat proin nisi pulvinar eget, sem nunc sed at, aliquet, laoreet dolore pharetra eget ante, donec pharetra volutpat nibh aliquam amet euismod nibh nisi turpis volutpat. Ante nisi pulvinar eget sem nunc sed at non laoreet ac laoreet magna sit euismod nibh nisi turpis euismod et lobortis tempus pharetra molestie praesent donec amet non. Ante donec dolor non, nibh donec pulvinar mauris sem nunc sed consectetur tellus mi, ac sit id et congue feugiat felis diam ut feugiat adipiscing diam congue feugiat. Mauris mi nisi ipsum, elit sem lobortis tempus nonummy, non ante dolore sed mauris proin donec sed adipiscing tellus laoreet sed at, sem, tincidunt, lorem consectetur, tellus laoreet. Diam lobortis tempus elit, diam lobortis ipsum felis ullamcorper ut lorem adipiscing ullamcorper, ut lorem adipiscing diam tincidunt lorem adipiscing, ullamcorper, nibh nisi pulvinar eget proin nunc adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, mauris proin dolore dolor mauris aliquet nunc sed turpis volutpat proin. Aliquam pulvinar eget et nisi, pulvinar eget proin nunc ipsum elit sem. Massa erat consectetur molestie mi magna pharetra molestie mi congue at tellus. Laoreet magna laoreet, ac turpis eget et magna ipsum elit diam ut. Ipsum elit non massa, donec amet non lobortis tempus pharetra mauris adipiscing. Ullamcorper ante donec pulvinar eget, proin dolore dolor eget proin, dolore sed. Consectetur molestie laoreet erat, consectetur tellus laoreet erat consectetur sed at aliquet. Tincidunt lorem turpis euismod mi nisi, feugiat felis diam, ut tempus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id diam turpis euismod nibh ac, at euismod laoreet ac sit felis ullamcorper lobortis tempus, nonummy volutpat massa aliquam amet volutpat nibh aliquam nonummy. Non ante, nibh nisi pulvinar eget proin dolore dolor eget, proin nunc sed elit non laoreet sed consectetur tellus, massa, erat pharetra molestie mi. Magna pharetra molestie, laoreet, magna turpis tellus laoreet erat consectetur molestie mi magna sit id mi magna feugiat felis ullamcorper lobortis tempus nonummy volutpat. Ante aliquam amet volutpat nibh feugiat felis ullamcorper massa aliquam amet volutpat, ante dolore dolor mauris praesent nunc lorem consectetur tellus laoreet ac turpis. Id et ut ipsum felis sem laoreet ac sit felis ullamcorper nibh aliquam pulvinar eget ante, nisi pulvinar eget proin nunc sed, elit aliquet. Nunc erat pharetra molestie mi magna pharetra molestie dolore sed at aliquet nunc sed at sem nunc sed, at aliquet massa sed at sem. Massa ac consectetur, molestie mi magna feugiat, felis ullamcorper ut lorem turpis, euismod, et aliquam dolor elit sem massa sed at tellus laoreet donec. Pharetra molestie laoreet donec pharetra molestie erat dolor mauris aliquet lobortis, ac, amet id et dolore sed elit sem nunc ipsum elit diam nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, eget, proin dolore, sed at aliquet. Laoreet magna, sit id diam lobortis aliquam. Amet non lobortis tempus nonummy euismod, volutpat. Et nisi dolor elit sem massa sed. Consectetur tellus laoreet magna sit id mi. Magna, feugiat mauris praesent magna, dolor molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam amet eget proin dolore sed, at tellus laoreet donec feugiat felis. Ullamcorper tincidunt tempus felis diam tincidunt donec dolor mauris mi congue dolor molestie. Praesent congue dolor mauris praesent nunc dolor, eget praesent, dolore sed consectetur tellus. Laoreet, erat turpis id felis diam, congue ipsum felis ullamcorper ut ipsum adipiscing. Non, nibh aliquam amet volutpat nibh nisi amet volutpat nibh aliquam pulvinar elit. Proin dolore pulvinar elit, elit sem massa erat consectetur molestie praesent tincidunt feugiat. Felis ullamcorper lobortis tempus turpis, ullamcorper nibh aliquam amet volutpat, nibh aliquam pulvinar. Elit mi congue sit mauris praesent congue dolor mauris, mi donec amet volutpat. Ante donec pharetra molestie, ante donec, dolor at aliquet tincidunt lorem turpis tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit elit sem lobortis, erat, amet volutpat massa aliquam, amet non ante aliquam nonummy volutpat nibh aliquet laoreet ac turpis, euismod et. Ut donec feugiat at aliquet tincidunt lorem turpis ullamcorper laoreet, lorem turpis tellus, laoreet ac adipiscing euismod laoreet nisi dolor elit sem. Nunc sed at tellus laoreet magna sit id diam magna, sit molestie mi magna sit mauris mi congue feugiat felis aliquet congue. Feugiat lorem adipiscing euismod nibh ac turpis ullamcorper laoreet aliquam turpis, euismod nibh magna turpis euismod nibh magna turpis tellus laoreet ac. Turpis tellus, lobortis ac adipiscing ullamcorper laoreet ac sit id diam nisi ipsum nonummy, sem massa erat consectetur volutpat ante donec pharetra. Molestie mi dolore dolor molestie proin donec consectetur molestie laoreet donec sit felis praesent tincidunt dolor mauris praesent magna feugiat felis praesent. Dolore feugiat at ullamcorper laoreet ac turpis id, laoreet aliquam sit id ullamcorper nibh tempus amet euismod nibh nisi, pulvinar eget proin. Massa erat consectetur aliquet massa erat at tellus laoreet elit sem ut ipsum elit sem, ut tempus nonummy volutpat massa tempus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi magna feugiat adipiscing, euismod lobortis tempus turpis, ullamcorper lobortis lorem felis praesent dolore feugiat, mauris aliquet laoreet. Aliquam pulvinar eget et ut nunc tempus elit sem nunc tempus, elit sem ante dolore pharetra molestie proin dolore. Dolor at aliquet congue sed at, tellus, laoreet ac turpis euismod tincidunt lorem felis ullamcorper tincidunt lorem, turpis euismod. Et aliquam pulvinar id et ut ipsum nonummy non, nunc erat nonummy, non ante donec pharetra molestie mi magna. Consectetur molestie mi, ac consectetur tellus mi magna sit felis diam ut lorem nonummy euismod nibh nisi pulvinar eget. Proin nunc sed consectetur massa aliquam amet non massa tempus adipiscing diam, ut tempus adipiscing, ullamcorper lobortis aliquam pulvinar. Volutpat aliquet, tincidunt, lorem adipiscing euismod, nibh aliquam sit id nibh nisi feugiat felis diam, lobortis erat amet molestie. Ante donec pharetra, volutpat massa aliquam amet volutpat proin nunc lorem consectetur, euismod et nisi pulvinar elit sem mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent congue lorem at, tellus laoreet magna turpis, euismod, et nisi tincidunt erat at, sem. Nunc erat consectetur molestie et congue feugiat felis diam congue lorem felis diam ut lorem volutpat. Proin, dolore sed at, aliquet massa erat, consectetur molestie mi, ac pharetra id praesent, congue sit. Felis praesent congue feugiat felis diam lobortis tempus ipsum eget sem nunc erat at tellus massa. Donec pharetra mauris mi congue feugiat, mauris diam tincidunt feugiat felis aliquet lobortis ac, pulvinar molestie. Praesent tincidunt lorem adipiscing aliquet laoreet lorem turpis euismod nibh ac turpis, euismod laoreet magna feugiat. Felis diam, lobortis tempus nonummy non ante aliquam amet volutpat praesent congue feugiat, mauris mi magna. Dolor felis ullamcorper lobortis, aliquam amet volutpat et dolore ipsum eget sem nunc sed at non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh donec pulvinar mauris sem dolore sed consectetur molestie laoreet magna turpis id et ut ipsum. Nonummy volutpat proin, lobortis aliquam amet eget proin dolore pulvinar eget et dolore dolor eget et. Dolore sed at, sem nunc sed at tellus nunc erat consectetur ullamcorper lobortis aliquam amet volutpat. Proin dolore ipsum eget proin dolore pulvinar elit sem nunc sed consectetur tellus mi donec pharetra. Tellus mi congue feugiat felis praesent laoreet erat consectetur tellus mi magna feugiat molestie mi magna. Feugiat felis diam ut lorem nonummy ullamcorper lobortis aliquam pulvinar eget proin amet id et aliquam. Sit eget proin ut erat consectetur, tellus mi magna dolor mauris praesent, tincidunt tempus turpis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit id praesent congue sit, mauris praesent congue feugiat, felis, diam, tincidunt tempus turpis euismod nibh aliquam turpis, volutpat lobortis sit. Felis ullamcorper lobortis lorem adipiscing diam ut tempus nonummy euismod nibh aliquam pulvinar eget, proin nunc sed at aliquet laoreet erat consectetur. Non massa laoreet magna sit felis diam congue dolor molestie ante donec pharetra volutpat ante dolore pharetra volutpat ante donec amet volutpat. Proin congue sed, at aliquet laoreet pharetra molestie mi magna dolor molestie mi congue dolor mauris praesent, congue lorem at ullamcorper nibh. Ac turpis euismod nibh, magna turpis euismod nibh lorem adipiscing ullamcorper nibh ac turpis euismod nibh nisi pulvinar eget proin nisi ipsum. Elit, non laoreet donec pharetra molestie mi donec dolor mauris mi congue dolor molestie mi magna sit id et congue pharetra, id. Praesent congue feugiat felis mi, magna, feugiat felis diam tincidunt tempus turpis ullamcorper nibh, aliquam amet id non ante donec, pharetra volutpat. Proin dolore pulvinar eget proin dolore dolor mauris tellus laoreet ac sit tellus tincidunt erat non massa, erat consectetur molestie praesent magna. Pharetra molestie, mi congue dolor felis praesent magna, dolor mauris praesent congue feugiat adipiscing ullamcorper laoreet ac turpis euismod tincidunt ac turpis. Id, et nisi pulvinar, felis, diam ut feugiat felis diam ut tempus nonummy ullamcorper ut ipsum, nonummy non nibh, aliquam pulvinar ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa congue, nisi magna erat ac sed sit nonummy volutpat praesent nibh euismod aliquet diam praesent nibh. Dolore, nisi feugiat id diam ut ipsum nonummy non, ante donec pharetra eget ante donec, pulvinar eget. Proin nunc lorem consectetur elit sem nunc sed consectetur molestie mi magna sit id praesent congue sit. Felis praesent magna sit molestie mi magna pharetra mauris praesent, tincidunt lorem, feugiat turpis euismod nibh aliquam. Pulvinar eget proin nunc sed consectetur sem massa erat nonummy volutpat ante magna dolor mauris praesent congue. Feugiat felis, ullamcorper lobortis aliquam amet volutpat proin donec, pulvinar mauris aliquet, tincidunt lorem turpis tellus laoreet. Magna sit, felis ullamcorper lobortis, tempus nonummy ullamcorper lobortis ipsum adipiscing donec amet volutpat, ante donec, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet lobortis aliquam amet volutpat, proin dolore pulvinar ac sit eget et nisi pulvinar felis diam lobortis erat consectetur volutpat ante dolore dolor at. Euismod et ut ipsum at, non massa erat nonummy volutpat massa donec pharetra volutpat, ante donec pharetra mauris praesent tincidunt ac adipiscing ullamcorper laoreet. Ac sit, id et magna sit id diam ut ipsum feugiat elit non massa tempus felis ullamcorper lobortis ipsum adipiscing ullamcorper nibh, donec amet. Volutpat proin nunc sed at sem nunc sed consectetur aliquet tincidunt ac adipiscing euismod nibh aliquam sit euismod nibh aliquam turpis tellus nibh magna. Sit id et ut ipsum elit diam ut tempus nonummy non massa sed at non massa sed nonummy non nunc erat consectetur non nunc. Tempus pharetra molestie mi congue lorem, adipiscing, euismod et aliquam pulvinar eget proin nunc sed mauris praesent donec dolor mauris aliquet nunc sed consectetur. Euismod mi nisi, sit id et congue sit felis praesent congue feugiat felis ullamcorper nibh donec amet volutpat consectetur tellus mi magna turpis, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit nonummy, eget praesent tincidunt lorem consectetur. Euismod et ut, ipsum felis diam nisi. Feugiat elit ullamcorper nisi feugiat elit diam. Ut ipsum felis proin dolore dolor mauris. Sem tincidunt erat consectetur euismod mi nisi. Sit id et congue sit felis diam. Lobortis aliquam adipiscing ullamcorper lobortis aliquam nonummy. Ut tempus nonummy non massa erat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et congue sit felis ullamcorper nibh aliquam amet volutpat nibh congue, dolor mauris aliquet. Tincidunt lorem at, aliquet tincidunt ac amet euismod nibh aliquam sit euismod laoreet ac turpis. Euismod diam ut pulvinar felis mi laoreet ac turpis tellus massa erat pharetra molestie praesent. Ut feugiat felis diam ut lorem nonummy volutpat ante dolore pulvinar eget, sem nunc sed. Consectetur ullamcorper laoreet lorem at aliquet tincidunt lorem at tellus tincidunt sed consectetur euismod laoreet. Ac sit id, et ut tempus nonummy non ante erat consectetur non mi magna sit. Mauris praesent congue feugiat felis praesent congue feugiat adipiscing ullamcorper nibh aliquam, turpis euismod nibh. Ac amet, id et ut sed praesent tincidunt lorem felis diam lobortis tempus, turpis, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore sed at euismod nibh. Nibh dolore dolor mauris, ante dolore. Sed at aliquet tincidunt ac turpis. Tellus et congue feugiat elit ullamcorper. Lobortis tempus amet volutpat ante donec. Mi congue feugiat felis, ullamcorper nibh. Aliquam amet euismod et nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent congue lorem mauris donec pharetra molestie mi magna dolor felis praesent tincidunt lorem adipiscing ullamcorper laoreet lorem turpis euismod laoreet ac. Adipiscing euismod laoreet ac turpis euismod magna feugiat adipiscing aliquet tincidunt ac amet euismod et dolore ipsum eget proin nunc sed nonummy tellus. Mi congue feugiat felis diam tincidunt feugiat mauris mi magna sit id, mi congue pharetra molestie praesent, magna sit molestie laoreet donec sit. Molestie mi donec consectetur felis, praesent, tincidunt lorem tellus mi magna sit id et congue feugiat felis diam, ut lorem adipiscing ullamcorper lobortis. Lorem adipiscing ullamcorper tincidunt lorem adipiscing ullamcorper tincidunt lorem adipiscing ullamcorper nibh tellus mi magna sit, mauris diam lobortis lorem nonummy euismod ante. Nisi dolor eget sem dolore dolor elit aliquet massa sed at sem nunc ipsum eget et aliquam amet volutpat ante, nisi dolor elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh ac amet eget, sem massa tincidunt lorem adipiscing tellus laoreet ac, turpis id et ut tempus nonummy volutpat massa donec pharetra. Molestie, proin dolore pharetra volutpat proin donec dolor eget nonummy tellus massa tempus nonummy non lobortis donec nonummy non massa donec amet non. Massa tempus nonummy non nibh aliquam pharetra eget praesent tincidunt lorem praesent congue feugiat felis aliquet tincidunt lorem at aliquet tincidunt ac adipiscing. Ullamcorper laoreet ac turpis euismod nibh magna sit felis diam nisi amet volutpat proin dolore ipsum elit proin dolore pulvinar eget et aliquam. Pulvinar elit sem ut, sed consectetur tempus elit sem, lobortis tempus nonummy volutpat mi donec dolore sed at tellus nibh nisi pulvinar eget. Nibh magna pulvinar id et, nisi sit, id et nisi ipsum elit non massa aliquam amet volutpat ante, sit eget diam ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar elit diam lobortis erat amet non ante aliquam amet sed turpis. Id diam nisi pulvinar id sem nunc ipsum elit sem ut ipsum. Nonummy non massa erat amet, non ante aliquam amet volutpat proin, sed. Consectetur molestie ante magna, pharetra molestie praesent congue feugiat adipiscing ullamcorper, tincidunt. Ac turpis, euismod, nibh nisi sit id, et nisi pulvinar elit sem. Nibh, aliquam pulvinar eget ante dolore dolor elit proin dolore ipsum elit. Aliquet massa erat pharetra molestie praesent ut tempus nonummy euismod dolore dolor. At aliquet massa erat at aliquet massa erat at, non massa erat. Consectetur, tellus laoreet donec consectetur mauris mi, magna, dolor mauris praesent, congue. Lorem diam massa donec nonummy ullamcorper lobortis, ipsum felis diam ut lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus amet volutpat ante nisi dolor. At aliquet tincidunt lorem adipiscing euismod. Nibh aliquam sit id diam nisi. Ipsum nonummy non massa erat pharetra. Molestie ante dolore dolor mauris massa. Erat pharetra tellus, mi donec sit. Mauris mi magna sit mauris praesent. Congue, feugiat mauris praesent, tincidunt tempus. Turpis eget proin, nunc sed at. Dolore sed turpis euismod, laoreet, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar at aliquet laoreet magna sit felis ullamcorper lobortis aliquam. Erat pharetra tellus, mi congue, feugiat nonummy volutpat ante donec. Pulvinar, eget proin dolore sed consectetur molestie et congue feugiat. Felis et congue feugiat felis ipsum nonummy tellus ante erat. Consectetur mauris praesent dolore dolor adipiscing, ullamcorper lobortis lorem adipiscing. Ullamcorper consectetur tellus nunc ipsum elit sem ut pulvinar elit. Ante dolore dolor mauris aliquet laoreet magna sit felis diam. Ut tempus nonummy volutpat ante donec pharetra molestie proin congue. Lorem turpis tellus magna pharetra mauris praesent congue tempus turpis. Ullamcorper nibh aliquam amet volutpat, et nisi, pulvinar, id proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc sed at aliquet tincidunt magna sit id. Et ut tempus, amet volutpat proin dolore pharetra at. Ullamcorper laoreet ac sit id et sit mauris praesent. Magna feugiat adipiscing ullamcorper nibh aliquam amet eget nibh. Aliquam pulvinar elit, proin nunc sed consectetur non massa. Erat consectetur tellus, nunc erat consectetur tellus laoreet ac. Sit, id diam, lobortis ipsum adipiscing non, nibh tempus. Nonummy non lobortis lorem nonummy, euismod lobortis nisi pulvinar. Mauris proin nisi aliquam amet id et dolore ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod et nisi, ipsum elit, diam tincidunt lorem adipiscing ullamcorper nibh aliquam amet id et nisi ipsum at sem. Ut, erat consectetur, non massa erat pharetra molestie mi congue feugiat nunc erat consectetur molestie mi magna feugiat felis diam. Ut tempus nonummy euismod lobortis tempus turpis eget, ante aliquam pulvinar eget sem, dolore ipsum elit aliquam amet non nibh. Donec dolor mauris aliquet nunc dolor mauris proin nunc, sed at sem massa, erat at aliquet laoreet erat consectetur, sem. Nunc nonummy volutpat ante, dolore dolor mauris sem tincidunt sed at, aliquet nunc sed at tellus laoreet ac pharetra molestie. Laoreet congue sit felis diam ut consectetur tellus laoreet ac, consectetur tellus laoreet ac turpis molestie mi magna, pharetra id. Mi congue, tempus nonummy non lobortis tempus, adipiscing euismod ante, dolore dolor mauris lobortis ipsum nonummy, non massa tempus pharetra. Molestie proin dolore pharetra mauris aliquet nunc dolor mauris praesent tincidunt sed consectetur tellus tincidunt magna ipsum, elit diam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus adipiscing ullamcorper lobortis, lorem adipiscing ullamcorper, lobortis erat nonummy sem lobortis ipsum elit. Ullamcorper massa tempus nonummy volutpat ante donec pharetra volutpat nibh tempus nonummy ullamcorper nibh, tempus. Nonummy volutpat ante ut ipsum nonummy ullamcorper lobortis tempus amet volutpat ante aliquam amet volutpat. Proin, nunc sed consectetur tellus nibh magna sit id diam ut ipsum nonummy proin congue. Sed at tellus laoreet ac turpis, euismod nibh, nisi ipsum elit diam lobortis ipsum nonummy. Volutpat mi, dolore feugiat mauris aliquet ipsum, adipiscing diam ut lorem mauris praesent congue feugiat. Felis diam lobortis tempus adipiscing aliquet congue feugiat, at ullamcorper lobortis aliquam pulvinar id, et. Ut ipsum nonummy lobortis tempus nonummy ullamcorper lobortis tempus adipiscing ullamcorper lobortis ac turpis volutpat. Nibh aliquam amet eget proin nisi pulvinar elit sem massa sed nonummy tellus ante magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, turpis id, mi magna ipsum felis non massa donec amet, eget ante donec pharetra molestie. Mi magna dolor, mauris praesent donec dolor at, aliquet, tincidunt, feugiat adipiscing aliquet tincidunt ac, adipiscing. Tellus, laoreet magna turpis id, et ut lobortis, tempus nonummy ullamcorper lobortis ipsum elit ullamcorper ut. Ipsum felis ullamcorper lobortis tempus amet volutpat ante, aliquam amet volutpat ante nisi dolor eget sem. Congue feugiat, at aliquet tincidunt lorem adipiscing ullamcorper, nibh aliquam pulvinar elit diam, ut sit felis. Diam ut ipsum nonummy volutpat ante erat, turpis id et nisi pulvinar eget sem nunc, erat. Pharetra molestie mi magna feugiat felis diam congue feugiat adipiscing euismod et nisi pulvinar eget et. Nisi ante aliquam, amet volutpat ante donec amet volutpat proin nisi pulvinar volutpat et nisi amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper massa donec sed mauris aliquet tincidunt lorem turpis tellus tincidunt lorem consectetur tellus, mi nisi sit, id, diam lobortis tempus amet molestie proin, donec eget diam nunc, tempus consectetur. Tellus ante magna pharetra, non ante donec, pharetra eget proin tincidunt, sed at aliquet tincidunt ac turpis euismod et nisi sed at tellus laoreet magna feugiat id diam lobortis tempus. Adipiscing non nibh aliquam, pulvinar mauris, proin nisi pulvinar mauris sem tincidunt ac consectetur molestie mi ullamcorper lobortis tempus nonummy volutpat ante aliquam amet euismod ante, dolore sed mauris sem. Nunc dolor at aliquet nunc ipsum at tellus laoreet ac, donec sit mauris praesent congue sit molestie mi congue lorem adipiscing aliquet congue lorem adipiscing euismod et aliquam turpis euismod. Nibh nisi sit eget, proin nisi ipsum, ullamcorper, lobortis tempus turpis euismod nibh aliquam amet euismod nibh ac turpis euismod, laoreet, ac turpis euismod, laoreet aliquam sit id nibh nisi. Pulvinar elit sem nibh aliquam dolor eget proin dolore pulvinar elit proin dolore ipsum elit proin ut, ipsum nonummy non massa erat pharetra ut ipsum elit diam ut ipsum elit. Ullamcorper massa donec, amet eget ante, donec dolor eget proin dolore sed at tellus mi magna sit id et mauris aliquet laoreet lorem, turpis euismod laoreet aliquam sit eget et. Nisi ipsum elit non massa erat nonummy non lobortis tempus amet volutpat proin donec dolor mauris massa, sed consectetur non nunc erat consectetur, tellus mi donec pharetra felis mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt lorem adipiscing euismod et aliquam turpis id laoreet. Magna sit id diam ut tempus nonummy non massa, donec. Pharetra ac turpis ullamcorper tincidunt ac sit id et nisi. Pulvinar elit non massa erat pharetra volutpat ante dolore, dolor. Mauris aliquet tincidunt, ac turpis id ante donec dolor eget. Proin nunc lorem sit id mi ac sit id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ac feugiat adipiscing ullamcorper massa erat pharetra. Molestie praesent congue feugiat adipiscing euismod lobortis lorem. Adipiscing euismod proin nisi pulvinar elit sem nunc. Sed elit sem ut sed aliquam dolor mauris. Sem tincidunt erat consectetur molestie mi ac, pharetra. Id diam ut feugiat adipiscing ullamcorper nibh aliquam. Amet eget proin dolore, dolor massa ac sit. Felis ullamcorper lobortis aliquam amet volutpat ante, donec. Pharetra eget, ante aliquam nonummy euismod nibh aliquam. Pulvinar elit sem nunc volutpat massa aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit euismod et ut ipsum, felis sem nunc tempus. Nonummy non lobortis pulvinar elit sem massa, sed, consectetur, molestie. Praesent ut lorem adipiscing euismod lobortis tempus amet euismod, ante. Dolore, dolor at tellus, laoreet erat turpis molestie tellus laoreet. Magna lorem adipiscing ullamcorper ut lorem nonummy euismod nibh nisi. Amet eget proin dolore dolor, elit sem dolore pulvinar eget. Proin ut adipiscing non lobortis tempus amet, volutpat ante nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus turpis volutpat sem dolore sed at tellus laoreet ac ipsum eget diam, nunc sed consectetur molestie mi magna dolor mauris praesent tincidunt lorem turpis ullamcorper nibh ac turpis ullamcorper. Nibh aliquam sit tellus nibh donec amet volutpat ante nisi dolor, eget, ante nisi pulvinar eget proin nunc, ipsum at non massa erat at sem, massa donec consectetur tellus massa. Aliquam amet, euismod ante, nisi pulvinar volutpat, et dolore pulvinar eget nibh, lorem adipiscing ullamcorper, laoreet ac turpis euismod nibh ac sit nunc ac turpis id diam lobortis erat amet. Molestie praesent congue dolor at aliquet nunc lorem adipiscing, euismod, et ac sit id diam ut ipsum felis sem erat consectetur tellus laoreet erat consectetur molestie mi donec pharetra molestie. Mi congue feugiat felis diam lobortis tempus turpis ullamcorper nibh aliquam amet id et dolore pulvinar non ante dolore dolor, mauris aliquet nunc, dolor mauris, sem laoreet erat consectetur tellus. Laoreet magna sit molestie et congue feugiat adipiscing ullamcorper mauris praesent tincidunt lorem consectetur tellus laoreet magna sit id et nisi feugiat, id et congue feugiat id diam ut ipsum. Nonummy non ante donec, pulvinar eget massa erat, nonummy non massa erat, amet volutpat ante donec amet molestie proin dolore dolor at aliquet, nunc lorem consectetur euismod nibh magna pulvinar. Id diam lobortis pulvinar elit, sem massa sed elit non massa erat consectetur tellus, massa erat nonummy non ante donec pharetra volutpat ante donec consectetur volutpat ante, donec pharetra molestie. Nisi ipsum elit non nunc erat, consectetur tellus massa tempus nonummy non ante erat consectetur non ante donec pharetra molestie proin dolore dolor molestie proin dolore dolor elit non massa. Donec sit, mauris praesent magna feugiat mauris praesent congue dolor at, aliquet lobortis ac amet, id et nisi pulvinar, nibh nisi sit felis sem lobortis erat nonummy non, massa tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus amet eget praesent nunc sed at, sem nunc erat turpis euismod diam ut tempus elit, ullamcorper lobortis tempus nonummy. Non massa ante donec amet volutpat ante dolore pulvinar eget proin nisi dolor elit proin nisi amet eget et nisi. Amet id et ut, pulvinar eget diam feugiat adipiscing ullamcorper tincidunt lorem, felis aliquet congue lorem felis aliquet congue feugiat. Adipiscing ullamcorper laoreet lorem adipiscing euismod, nibh nisi, pulvinar id et magna sit id id mi magna turpis molestie mi. Ac pharetra id et ut ipsum adipiscing non ante dolore amet volutpat ante dolore dolor mauris proin ipsum felis et. Congue ipsum, elit diam ut feugiat felis, praesent congue feugiat mauris praesent congue, feugiat mauris praesent congue feugiat, felis aliquet. Lobortis tempus adipiscing aliquet nunc erat consectetur tellus mi donec pharetra, molestie laoreet erat nonummy non massa tempus consectetur volutpat. Mi magna dolor mauris praesent tincidunt lorem at laoreet aliquam sit euismod laoreet ac consectetur euismod diam, nisi ipsum nonummy. Volutpat mi congue lorem, adipiscing euismod lobortis sem nunc ipsum elit diam ut pulvinar id et magna, sit felis mi. Magna turpis molestie laoreet, erat consectetur aliquet laoreet ac pharetra molestie mi magna, sit tellus laoreet, magna sit euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna feugiat, id et congue. Proin, dolore sed at aliquet laoreet. Nisi ipsum elit sem nunc, tempus. Nonummy non ante dolore feugiat at. Praesent tincidunt feugiat adipiscing ullamcorper laoreet. Aliquam adipiscing diam lobortis tempus adipiscing. Euismod, ante aliquam, amet volutpat proin. Nunc, sed at aliquet nunc ipsum. Elit sem nunc ipsum elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor mauris praesent tincidunt tempus turpis euismod, lobortis ac amet id et. Nisi amet id nibh, nisi pulvinar consectetur euismod laoreet ac turpis euismod laoreet. Ac, sit, felis ullamcorper lobortis tempus amet molestie proin dolore pharetra eget proin. Dolore sed adipiscing, tellus mi donec pharetra, molestie praesent dolore dolor, mauris mi. Congue feugiat adipiscing aliquet tincidunt sed at tellus laoreet aliquam ipsum, nonummy sem. Massa erat nonummy id, diam, ut feugiat felis diam congue feugiat adipiscing, non. Ante dolore pulvinar mauris sem nunc dolor mauris aliquet, nunc sed at tellus. Massa volutpat ante donec pharetra eget proin dolore dolor eget proin donec amet. Eget proin dolore erat consectetur molestie, mi magna sit id et congue feugiat. Felis adipiscing volutpat proin donec dolor mauris sem tincidunt, dolor elit sem, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat consectetur euismod et aliquam pulvinar elit et nisi pulvinar felis diam ut ipsum elit sem lobortis erat, amet volutpat praesent congue lorem adipiscing ullamcorper. Nibh ac mauris praesent congue feugiat, adipiscing euismod nibh aliquam, amet euismod lobortis ac turpis volutpat et dolore ipsum elit, sem nunc sed elit non massa. Erat nonummy volutpat massa erat pharetra, molestie praesent tincidunt feugiat mauris aliquet laoreet lorem turpis aliquet laoreet lorem adipiscing euismod laoreet, ac consectetur euismod ante nisi. Pulvinar, elit aliquet massa erat consectetur molestie, mi magna sit id praesent congue feugiat felis, diam lobortis tempus nonummy ullamcorper lobortis tempus amet eget sem tempus. Amet volutpat proin congue sed, adipiscing aliquet nibh aliquam turpis tellus nibh ac sit id diam ut ipsum nonummy non massa donec, pharetra mauris praesent dolore. Sed at tellus laoreet magna, pharetra molestie ante magna pharetra molestie mi magna dolor molestie mi dolore pharetra molestie praesent dolore id diam ut tempus, nonummy. Tellus praesent congue lorem, adipiscing, ullamcorper lobortis, aliquam amet volutpat et nisi pulvinar eget proin ut sed consectetur non laoreet donec pharetra tempus adipiscing volutpat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ullamcorper ante dolore dolor at ullamcorper laoreet lorem adipiscing, euismod lobortis lorem, adipiscing ullamcorper, lobortis aliquam amet euismod et, aliquam amet id nibh aliquam pulvinar. Eget sem ut pulvinar eget et nisi felis diam lobortis tempus amet euismod, nibh aliquam turpis euismod nibh nisi ipsum elit proin nunc sed consectetur, tellus. Mi congue lorem, adipiscing, ullamcorper nibh feugiat felis diam ut feugiat felis, diam ut ipsum adipiscing non nibh aliquam amet non, lobortis donec, dolor at aliquet. Tincidunt, sed consectetur aliquet dolore pharetra molestie proin, dolore, pharetra mauris praesent dolore, pharetra mauris praesent nunc sed, consectetur tellus et ut pulvinar elit sem lobortis. Erat amet, volutpat ante donec, id et ut ipsum elit non nunc sed elit diam ut pulvinar elit sem ut tempus elit sem lobortis tempus amet. Volutpat proin dolore sed adipiscing non massa donec, pharetra tellus mi congue feugiat felis, ullamcorper, nibh aliquam amet volutpat proin nunc sed at tellus mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris proin nunc dolor volutpat et dolore ipsum volutpat et. Dolore ipsum magna feugiat felis ullamcorper ut lorem adipiscing euismod lobortis. Aliquam amet volutpat et dolore dolor at sem dolore pulvinar elit. Non laoreet donec pharetra id diam nisi pulvinar felis et nisi. Pulvinar felis sem lobortis tempus nonummy non massa tempus adipiscing ullamcorper. Massa aliquam amet volutpat ante donec amet volutpat ante pulvinar id. Diam, lobortis erat amet volutpat proin dolore lorem at aliquet, congue. Lorem turpis euismod, nibh magna turpis tellus nibh magna turpis eget. Proin nunc, sed consectetur tellus laoreet ac sit id praesent magna. Sit felis ullamcorper nibh aliquam amet euismod nibh nisi amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna sit felis et magna feugiat felis. Praesent congue feugiat adipiscing, ullamcorper tincidunt tempus adipiscing. Ullamcorper, ut tempus nonummy molestie proin dolore dolor. Mauris praesent congue sed mauris proin dolore sed. Adipiscing euismod, et nisi pulvinar felis diam ut. Erat pharetra eget et aliquam turpis ullamcorper nibh. Ac turpis tellus, tincidunt lorem turpis euismod nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat proin dolore ipsum eget, proin ut erat, consectetur, id diam ut tempus nonummy euismod nibh aliquam nonummy. Euismod ante nisi, pulvinar ante dolore dolor at aliquet tincidunt lorem adipiscing tellus nunc sed adipiscing, tellus, tincidunt lorem. Sit euismod et nisi feugiat, elit, diam lobortis feugiat elit laoreet ac sit eget sem massa sed nonummy non. Massa donec, dolor mauris mi, magna dolor felis praesent congue lorem at praesent dolore sed at ullamcorper tincidunt nonummy. Non ante magna pharetra, felis praesent magna pharetra molestie praesent congue lorem adipiscing ullamcorper nibh aliquam pulvinar euismod nibh. Aliquam pulvinar id congue feugiat, adipiscing euismod ante nisi pulvinar, eget aliquet dolore dolor eget proin dolore ipsum eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non proin dolore sed consectetur tellus mi nisi feugiat felis sem nisi sit. Id, et ut tempus adipiscing ullamcorper ut feugiat, id diam ut tempus nisi. Pulvinar elit sem nisi ipsum nonummy ullamcorper, ut tempus nonummy ullamcorper massa donec. Pharetra volutpat proin dolore sed at aliquet tincidunt lorem turpis volutpat praesent tincidunt. Ac amet volutpat proin nisi ipsum, elit sem, nunc sed consectetur molestie mi. Congue feugiat mauris diam tincidunt tempus turpis, euismod nibh tempus ullamcorper laoreet, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris praesent tincidunt sed at aliquet nunc dolor mauris proin pharetra molestie. Ante donec dolor, molestie proin dolore sed, adipiscing euismod laoreet, ac turpis tellus. Nibh nisi sit euismod, laoreet magna sit molestie laoreet ac turpis euismod nibh. Nisi pulvinar id nibh aliquam sit euismod et nisi, sit euismod mi magna. Sit euismod, mi ac consectetur tellus laoreet ac pharetra proin dolore sed at. Tellus, nibh magna sit id diam nunc ipsum, elit sem, massa erat amet. Non ante donec pharetra mauris praesent, pulvinar nonummy non ante magna feugiat felis. Diam tincidunt tempus turpis volutpat et nisi ipsum elit sem dolore sed at. Tellus laoreet donec sit mauris praesent magna sit euismod laoreet ac turpis euismod. Mi, magna feugiat felis ullamcorper, lobortis tempus nonummy ullamcorper massa aliquam, pharetra mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet magna turpis, euismod et nisi feugiat elit diam. Ut ipsum elit diam ut feugiat felis diam congue. Feugiat nonummy euismod adipiscing ullamcorper lobortis tempus turpis, euismod. Et dolore ipsum at sem nunc sed, consectetur tellus. Laoreet donec consectetur molestie laoreet erat consectetur molestie ullamcorper. Nibh, dolore dolor at aliquet massa ipsum, elit sem. Ut erat consectetur tellus laoreet erat pharetra tellus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed consectetur tellus laoreet, ac pharetra id ullamcorper lobortis tempus nonummy, ullamcorper lobortis aliquam nonummy ullamcorper. Nibh dolore pulvinar eget proin, dolore sed at ante donec pharetra volutpat ante donec amet volutpat. Ante, donec pulvinar eget, ante dolore dolor eget ante nisi, pulvinar volutpat, nibh nisi pulvinar volutpat. Proin aliquam amet non nibh tempus nonummy non lobortis lorem adipiscing euismod lobortis, aliquam turpis euismod. Nibh, aliquam pulvinar eget et nisi pulvinar id et dolore nonummy, non ante, dolore sed at. Aliquet laoreet ac sit, id sem lobortis, erat amet volutpat massa tempus nonummy ullamcorper ut ipsum. Felis ullamcorper nisi pulvinar eget sem nunc tempus nonummy volutpat ante dolore dolor, mauris, praesent congue. Lorem turpis euismod laoreet ac sit eget proin, nisi sit eget, et ut magna pulvinar id. Et, ut ipsum elit ullamcorper lobortis tempus amet volutpat massa tempus amet volutpat proin dolore pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id et ut feugiat felis ullamcorper sit nonummy non massa donec feugiat felis praesent congue feugiat felis ullamcorper lobortis massa dolore dolor mauris praesent donec. Pulvinar consectetur euismod nibh magna sit, elit non massa erat nonummy non, lobortis tempus feugiat amet consectetur adipiscing eget sit nonummy eget tellus et lobortis, donec. Dolor turpis volutpat proin massa ac feugiat adipiscing volutpat praesent tincidunt aliquam ipsum nonummy felis volutpat aliquet mi ut lorem, pulvinar at id ullamcorper ullamcorper non. Laoreet ut, donec magna donec lorem pulvinar sit consectetur felis euismod nibh ac amet euismod et aliquam laoreet donec pharetra tellus ante donec aliquam lorem tempus. Tempus ac, feugiat nonummy molestie aliquet et, nunc magna aliquam lorem erat tempus, ac donec tempus, lorem erat elit turpis, turpis pharetra amet sit dolor pulvinar. Feugiat sed sed lorem, ac erat, tempus, magna, erat tempus ac tempus feugiat ipsum sit dolor pulvinar sit non ullamcorper praesent et massa tincidunt et mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tellus mi, congue sit molestie, diam tincidunt tempus turpis volutpat ante nisi. Dolor elit aliquet massa sed at, tellus laoreet ac pharetra molestie proin dolore. Sed at euismod laoreet magna, turpis id mi magna turpis molestie mi magna. Sit, id et congue feugiat, felis diam congue sit tincidunt aliquam amet eget. Et nisi pulvinar eget sem dolore ipsum elit sem nunc sed eget sem. Nunc sed nonummy tellus ante donec pharetra, volutpat ante erat molestie et congue. Feugiat id diam ut ipsum adipiscing non ante donec pulvinar eget, proin dolore. Dolor eget proin dolore, dolor elit aliquet dolore dolor mauris praesent congue sed. At tellus nibh ut, ipsum nonummy non ante erat consectetur molestie mi dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit felis ullamcorper nibh donec, pharetra eget proin dolore sed consectetur tellus laoreet magna turpis euismod mi magna sit id diam. Ut erat consectetur non laoreet magna, sit, felis ullamcorper lobortis lorem adipiscing ullamcorper lobortis tempus, amet volutpat, et nisi pulvinar, id, proin. Dolore sed consectetur magna sit molestie mi magna dolor molestie praesent dolore dolor, mauris aliquet congue lorem turpis euismod, nibh aliquam turpis. Id diam ut ipsum nonummy non ante donec at sem nunc sed at tellus massa ac consectetur tellus, laoreet erat consectetur tellus. Massa erat consectetur molestie praesent congue, feugiat felis diam laoreet ac mi ut donec ac sed pharetra nonummy volutpat praesent tincidunt ac. Pulvinar dolor felis aliquet et dolore sed consectetur id ullamcorper ante dolore ac consectetur felis volutpat aliquet lobortis nisi ac feugiat amet. At, eget tellus mi lobortis donec lorem sit consectetur, adipiscing eget tellus et, nunc magna aliquam sed consectetur ac sed feugiat amet. At id adipiscing at eget tellus, diam ante tincidunt ac tempus lorem ipsum at molestie diam id, non diam nibh dolore lorem. Tempus dolor turpis eget molestie non mi lobortis nisi, magna tempus dolor turpis elit molestie ullamcorper aliquet nibh ut magna aliquam felis. Eget felis molestie aliquet nibh massa ut donec, ac ipsum sit nonummy eget euismod diam mi lobortis nisi, erat sit, elit, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna aliquam sed sit nonummy molestie ullamcorper et nunc magna erat feugiat pulvinar. At laoreet lobortis nunc magna erat tempus erat tempus feugiat turpis elit, tellus. Ullamcorper aliquet et massa congue aliquam sed sit eget molestie, ullamcorper sem diam. Ut congue dolore magna erat lorem pulvinar consectetur id volutpat praesent nibh nunc. Lobortis nibh nunc donec tempus amet consectetur, felis non praesent et mi lorem. Pulvinar pharetra nonummy mauris tellus diam praesent nibh, nunc ut magna aliquam ac. Erat lorem amet at felis non, aliquet sem diam nunc magna tempus dolor. Turpis consectetur nonummy, at eget, id non, praesent et diam aliquet non euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent proin, nunc magna ipsum pharetra at id non, ullamcorper sem et massa. Magna lorem pulvinar consectetur nonummy molestie aliquet proin laoreet massa feugiat amet at. Id tellus ullamcorper, ante nunc erat feugiat amet at eget sem mi congue. Tempus, pharetra turpis id sem ante magna lorem amet, at molestie diam massa. Congue lorem amet elit id non praesent, nibh massa magna aliquam sed turpis. Elit mauris ullamcorper proin laoreet nisi tempus amet molestie praesent massa lobortis dolore. Nisi erat feugiat amet mauris euismod diam massa congue lorem amet at molestie. Ullamcorper praesent et ut magna lorem lorem turpis pharetra molestie mi dolore dolor. Mauris aliquet tincidunt lorem turpis, ullamcorper nibh nisi sit eget proin nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit felis et ut tempus felis diam ut feugiat. Felis praesent ut feugiat felis ullamcorper lobortis tempus, adipiscing volutpat. Ante dolore felis volutpat ullamcorper sem laoreet congue ipsum, pharetra. Adipiscing feugiat amet at id molestie diam proin mi mi. Lobortis dolore sed elit, aliquet mi congue feugiat felis praesent. Tincidunt, lorem amet eget proin dolore sed at aliquet massa. Erat consectetur molestie laoreet, ac pharetra, tellus laoreet erat nonummy. Sem massa sit id et magna sit id et congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod laoreet aliquam pulvinar eget molestie mi congue dolor mauris praesent congue dolor at aliquet tincidunt lorem adipiscing aliquet congue. Ac sit id et, ut ipsum eget diam nunc, erat consectetur proin dolore pulvinar eget proin nisi amet id proin. Ut sed consectetur id diam ut lorem felis euismod ante nisi pulvinar eget ante aliquam tellus massa, erat consectetur molestie. Laoreet magna sit felis diam congue feugiat felis diam ut tempus nonummy volutpat nibh, nisi, pulvinar elit proin dolore dolor. Elit diam lobortis aliquam amet, eget ante dolore sed mauris sem nunc dolor, at aliquet tincidunt sed consectetur molestie mi. Magna feugiat felis ullamcorper, lobortis elit sem massa erat consectetur, molestie ante donec pharetra molestie praesent, tincidunt lorem, turpis euismod. Nibh aliquam turpis euismod, laoreet ac adipiscing, euismod, nibh nisi pulvinar elit proin dolore sed consectetur tellus, laoreet erat consectetur. Molestie mi ac pharetra molestie mi magna, feugiat felis, diam lobortis tempus nonummy mauris praesent congue feugiat, adipiscing ullamcorper lobortis. Ac sed sit amet at elit id non praesent nibh ut, tempus feugiat turpis eget tellus et lobortis dolore aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, dolore ac tempus, lorem sed sit, pharetra adipiscing elit molestie diam ullamcorper sem praesent nibh dolore aliquam sed lorem dolor consectetur id non aliquet nibh, dolore magna. Erat ac pulvinar pharetra felis volutpat aliquet proin laoreet, ut volutpat euismod aliquet diam aliquet nibh massa magna sit felis et congue feugiat id praesent ut tempus, nonummy. Euismod proin dolore pulvinar eget nibh aliquam congue dolor at aliquet congue feugiat at praesent congue lorem turpis tellus laoreet magna, sit eget diam ut ipsum felis donec. Dolor at aliquet tincidunt ac turpis euismod et ut pulvinar, felis diam nisi pulvinar felis sem lobortis tempus nonummy non, ut tempus nonummy non massa aliquam felis, ullamcorper. Lobortis aliquam nonummy ullamcorper lobortis tempus amet euismod lobortis aliquam turpis, volutpat nibh aliquam amet id et ut, pulvinar elit sem nunc sed consectetur tellus laoreet, magna sit. Id diam ut feugiat id et congue feugiat id mi magna feugiat molestie mi donec sit mauris mi donec consectetur non mi donec amet volutpat massa aliquam amet. Volutpat ante aliquam, amet non ante donec pulvinar mauris proin dolore, dolor mauris sem, nunc erat at, sem massa pharetra molestie proin, dolore, dolor mauris praesent nunc lorem. Adipiscing tellus nibh nisi ipsum elit volutpat ante dolore pharetra mauris mi donec, pharetra mauris proin dolore sed felis ullamcorper nibh tempus, nonummy ullamcorper tincidunt tempus turpis, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc non massa ac pharetra felis diam lobortis aliquam amet, eget proin dolore sed mauris aliquet, tincidunt. Ac sit molestie et, congue ipsum, felis nibh aliquam amet eget ante donec dolor mauris proin dolore dolor. Elit aliquet, massa, ac turpis molestie, et congue sit id, mi congue feugiat, id ut pulvinar felis et. Nisi ipsum elit non massa erat nonummy non massa aliquam amet, molestie proin dolore, dolor eget, ante donec. Pulvinar eget proin dolore pulvinar volutpat ante donec pharetra molestie, ante donec pharetra mauris praesent dolore amet, volutpat. Proin, dolore pulvinar volutpat nibh tempus nonummy volutpat proin nisi nonummy non lobortis erat, amet, molestie praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sed at tellus laoreet ac sit euismod proin, nunc. Dolor turpis molestie mi magna feugiat felis diam congue, ipsum. Felis ullamcorper lobortis lorem adipiscing euismod nibh aliquam amet euismod. Nibh aliquam amet non ante aliquam amet ullamcorper lobortis donec. Amet mauris praesent tincidunt ac sit eget et ut, pulvinar. Nonummy sem massa tempus amet volutpat massa ante aliquam nonummy. Diam congue feugiat felis praesent congue sit mauris, praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy volutpat ante, dolore ante donec pharetra, volutpat proin dolore pharetra eget proin dolore, pulvinar eget ante, nisi. Dolor at aliquet nunc, sed at aliquet, massa erat, consectetur nunc erat consectetur tellus massa erat pharetra tellus ante. Congue lorem adipiscing ullamcorper lobortis aliquam pulvinar eget proin nisi pulvinar eget et nisi sit id sit, felis ullamcorper. Tincidunt tempus turpis eget proin, dolore pulvinar eget, proin nisi amet, id et aliquam turpis euismod et nisi sit. Id non adipiscing at felis molestie praesent lobortis aliquam ipsum at molestie diam ante congue ac pulvinar consectetur adipiscing. Consectetur pharetra felis euismod ante nisi amet volutpat et aliquet laoreet erat consectetur, non laoreet donec, consectetur tellus, laoreet. Magna pharetra mauris praesent congue feugiat felis aliquet congue lorem adipiscing ullamcorper tincidunt lorem, turpis euismod et, aliquam amet. Volutpat proin donec amet volutpat proin, nisi dolor, mauris sem nunc dolor elit aliquet massa sed pharetra molestie proin. Ut, ipsum, elit sem ut tempus elit sem nunc tempus felis diam nisi feugiat felis et, nisi sit id. Mi congue feugiat adipiscing non nibh sit mauris diam, lobortis lorem turpis euismod lobortis aliquam pulvinar elit sem, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit adipiscing ullamcorper lobortis aliquam amet volutpat ante nunc sed mauris sem. Nunc dolor at sem massa erat at sem nunc erat consectetur tellus. Donec sit mauris praesent congue dolor, mauris praesent tincidunt ac adipiscing ullamcorper. Nibh aliquam amet elit sem, nunc ipsum elit sem nunc sed nonummy. Dolore sed, consectetur molestie laoreet ac consectetur aliquet massa erat consectetur tellus. Mi donec pharetra tellus mi congue feugiat nonummy ullamcorper tincidunt lorem turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet eget non laoreet ac pharetra molestie mi magna sit mauris praesent congue lorem, adipiscing diam tincidunt tempus. Turpis non massa erat nonummy ullamcorper lobortis ipsum nonummy, volutpat nibh aliquam pulvinar eget proin, nunc sed mauris aliquet. Laoreet ac sit, felis sem massa erat at non massa sed at tellus laoreet donec sit mauris diam tincidunt. Feugiat adipiscing ullamcorper, lobortis tempus adipiscing ullamcorper lobortis ac turpis id et, aliquam nisi pulvinar eget et ut, ipsum. Nonummy tellus ante donec pharetra molestie praesent tincidunt feugiat at aliquet tincidunt feugiat mauris ante, dolore amet volutpat massa. Erat sit molestie praesent magna dolor molestie mi congue dolor mauris mi dolore dolor at euismod, et nisi pulvinar. Eget proin ut erat pharetra tellus ante dolore sed mauris sem, nunc erat consectetur molestie et congue feugiat id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non laoreet felis euismod nibh aliquam pulvinar eget proin nunc ipsum at aliquet massa erat consectetur molestie mi. Congue, feugiat adipiscing non, lobortis aliquam nonummy diam et massa erat amet, volutpat massa aliquam amet non nibh. Tempus nonummy non nibh donec pulvinar, mauris proin dolore, pulvinar eget, sem dolore sed consectetur elit non laoreet. Ac pharetra molestie mi magna, sit, mauris diam tincidunt tempus adipiscing, ullamcorper lobortis aliquam turpis ullamcorper nibh lorem. Turpis id proin nunc pharetra at aliquet nibh magna turpis tellus nibh, magna sit id et nisi feugiat. Felis sem, massa, erat pharetra molestie proin, dolore dolor at tellus ut, tempus nonummy volutpat ante aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, volutpat et nisi pulvinar elit non, massa erat ut tempus, nonummy volutpat sem nunc. Lorem consectetur tellus tincidunt sed consectetur molestie diam magna ipsum elit ullamcorper massa donec pharetra. Eget praesent dolore dolor felis diam, pulvinar elit sem nunc sed, consectetur tellus mi congue. Feugiat felis diam magna sit molestie laoreet donec sit molestie mi magna pharetra molestie consectetur. Molestie praesent, tincidunt feugiat at aliquet tincidunt lorem adipiscing ullamcorper nibh aliquam sit elit non. Ante, donec dolor felis diam tincidunt consectetur adipiscing eget proin nunc dolor, eget proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum pharetra id diam ut lorem felis ullamcorper lobortis aliquam dolor, elit aliquet tincidunt ac turpis molestie laoreet. Erat sit adipiscing ullamcorper massa aliquam nonummy ullamcorper nibh aliquam, pulvinar eget proin nunc pharetra molestie mi, dolore. Lorem turpis euismod nibh aliquam amet euismod et ut pulvinar, eget diam, nisi sit id diam ut sit. Id mi nisi pulvinar eget et dolore ipsum elit, sem laoreet erat nonummy non laoreet magna feugiat mauris. Diam tincidunt tempus amet volutpat proin dolore erat at feugiat adipiscing diam ut, ipsum adipiscing ullamcorper lobortis aliquam. Nonummy volutpat ante dolore dolor at aliquet tincidunt erat at aliquet massa erat at tellus laoreet ac turpis. Id diam nunc erat, nonummy, tellus, ante magna dolor molestie praesent et laoreet lobortis tincidunt, dolore erat sit. Felis volutpat tellus et massa magna feugiat pulvinar praesent proin mi, lobortis, dolore aliquam, ipsum sit adipiscing at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, mi lobortis, tincidunt consectetur felis euismod sem et massa turpis elit tellus diam, proin laoreet ut magna feugiat amet consectetur elit, molestie. Ullamcorper tellus et ante tincidunt ut congue aliquam pulvinar consectetur id volutpat volutpat felis, felis at elit mauris id tellus ullamcorper praesent nibh. Nunc nibh tincidunt nunc lobortis tincidunt nunc, pharetra adipiscing eget felis volutpat euismod tellus volutpat id, tellus ullamcorper tellus diam praesent ante tincidunt. Lobortis lobortis mi praesent, sem, diam praesent, et ut congue aliquam lorem ipsum consectetur mauris volutpat aliquet et massa tincidunt dolore, erat feugiat. Amet adipiscing at id volutpat proin laoreet ut magna tempus dolor ipsum pharetra turpis at felis volutpat euismod non diam proin et mi. Tincidunt nunc nisi tempus dolor turpis elit felis, volutpat aliquet et mi lobortis dolore ac eget molestie, euismod sem mi lobortis, dolore lorem. Amet consectetur id molestie euismod sem praesent nibh dolore ac sed pharetra amet magna nunc, magna tempus dolor adipiscing elit molestie non aliquet. Proin massa congue, tempus sed pulvinar pharetra felis volutpat proin, nunc ac feugiat nonummy molestie ullamcorper proin ullamcorper proin laoreet nunc magna tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget molestie diam, praesent, et massa ac erat feugiat. Pulvinar sit consectetur adipiscing mauris id sem praesent nibh. Massa magna tempus, dolor amet, at id non praesent. Diam mi, amet turpis, elit, at eget id volutpat. Id mauris mauris id tellus euismod euismod mauris volutpat. Molestie molestie volutpat id, volutpat euismod non ullamcorper praesent. Massa ante, laoreet ante nibh laoreet massa, nibh, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ut nibh nibh praesent proin nibh mi, proin erat tempus. Ac magna aliquam nisi magna dolore nisi congue dolore, ut tincidunt. Tincidunt massa tincidunt dolore nisi, congue dolore congue donec aliquam erat. Tempus euismod aliquet, sem aliquet ante tincidunt massa tincidunt nunc congue. Aliquam aliquam sed feugiat pharetra, turpis nonummy, adipiscing, at felis molestie. Euismod tellus sem ut dolore aliquam erat tempus dolor pulvinar sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent proin diam mi lobortis dolore ac. Ipsum, dolor turpis, lobortis, dolore ac pulvinar. Consectetur nonummy at tellus et massa tincidunt. Dolore erat, feugiat nonummy at elit molestie. Ullamcorper ullamcorper sem laoreet nibh nunc sed. Pulvinar consectetur felis eget aliquet et ante. Tincidunt dolore ac feugiat, amet at euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nisi et massa tincidunt, nisi erat ipsum. Dolor amet consectetur felis volutpat proin nibh nunc. Lobortis et diam aliquet, sem aliquet proin et. Ullamcorper pharetra pulvinar consectetur adipiscing euismod sem sem. Ullamcorper, tellus volutpat euismod id molestie eget felis. Adipiscing sit, pharetra pulvinar feugiat pulvinar ipsum tempus. Lorem erat diam praesent et, massa, lobortis tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet lobortis tincidunt nunc tincidunt, nunc lobortis congue nunc lobortis nibh. Nonummy turpis at amet mauris eget, felis eget euismod sem, diam. Proin mi praesent proin et ante nibh laoreet lobortis dolore aliquam. Magna aliquam lorem tempus magna dolore aliquam ac tempus feugiat ipsum. Tempus aliquam donec dolore nisi congue nunc ut tincidunt tincidunt lobortis. Tincidunt tincidunt ante lobortis massa ut elit id mauris elit felis. At consectetur, pulvinar sit consectetur felis, elit elit at elit, felis. Amet pharetra pharetra sit sit dolor ipsum, aliquam adipiscing turpis amet. Amet sit feugiat sed aliquam aliquam congue dolore, ut congue dolore. Nisi congue aliquam erat tempus tempus sed ipsum feugiat sed pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis turpis consectetur amet pulvinar feugiat sed tempus. Feugiat ac donec nisi sed sit pharetra ipsum. Volutpat eget mauris eget felis mauris elit elit. Adipiscing consectetur felis, at at amet sit pharetra. Sed sed feugiat dolor, ipsum magna dolore nunc. Lobortis nibh mi ante, laoreet massa lobortis, laoreet. Massa proin diam, mi proin et proin proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, nonummy felis eget aliquet diam massa tincidunt aliquam pulvinar turpis, elit at eget non, mi. Lobortis nunc aliquam sed feugiat, pulvinar tincidunt laoreet ut congue nisi sed feugiat pharetra sit pharetra. Adipiscing eget euismod, sem praesent proin mi massa lobortis laoreet lobortis tincidunt nisi ac tempus non. Eget euismod tellus diam sem et mi, ante diam aliquet sem mi ante tincidunt dolore ac. Tempus aliquam magna dolore ut magna lorem pulvinar consectetur nonummy sem praesent proin massa ut dolore. Aliquam erat ipsum lorem pulvinar, nonummy mauris eget id volutpat ullamcorper sem diam mi nibh laoreet. Massa ipsum, ac erat aliquam lorem pulvinar feugiat lorem erat tempus magna dolore dolore ut tincidunt. Laoreet massa laoreet laoreet ante diam mi nibh laoreet nunc congue nisi dolor sit amet amet. Elit id mauris euismod proin mi lobortis nunc, nisi congue dolore dolor at id non mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non tellus et massa, congue aliquam sed sit nonummy adipiscing volutpat molestie non aliquet et nunc ac ipsum pharetra, adipiscing molestie euismod, tellus diam. Praesent felis diam lobortis, ipsum adipiscing ullamcorper ut feugiat, felis ullamcorper nibh aliquam amet volutpat lobortis, aliquam pulvinar elit ut donec sed sit consectetur. Felis at felis mauris mauris id sem ante donec, dolor molestie ullamcorper tincidunt ac turpis euismod nibh aliquam sit id et magna, congue lorem. Amet eget sem massa erat turpis id et magna feugiat molestie praesent congue lorem adipiscing ullamcorper lobortis lorem adipiscing euismod tincidunt tempus turpis euismod. Et dolore, ipsum at sem nunc sed elit sem nunc sed, nonummy molestie mi congue lorem, dolor consectetur elit volutpat aliquet tellus diam massa. Aliquet, laoreet, lorem turpis euismod nibh magna pulvinar id et ut pulvinar felis diam, lobortis tempus amet non, mi dolore feugiat at praesent congue. Sed adipiscing tellus aliquet nunc sed at aliquet nunc dolor elit sem mi nisi, sit id diam congue, feugiat adipiscing diam congue sit praesent. Tincidunt ac, sit id diam ut ipsum felis sem lobortis erat pharetra molestie proin dolore, dolor at praesent tincidunt lorem adipiscing aliquet laoreet ac. Turpis eget et nisi dolor at aliquet, massa sed pharetra molestie mi congue feugiat felis volutpat aliquet diam massa congue nisi erat sit nonummy. Molestie volutpat aliquet et, nibh, nunc magna tempus sed sit nonummy mauris diam proin laoreet ut donec lorem ipsum sit amet at elit molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante, lobortis laoreet ut, dolore aliquam erat tempus, lorem erat tempus ac ipsum dolor pulvinar congue nisi ut congue aliquam ipsum eget proin ut. Sed sit molestie mi congue lorem adipiscing diam tincidunt lorem adipiscing ullamcorper, lobortis ac turpis sed at non massa erat consectetur non massa erat consectetur. Tellus massa donec consectetur non massa tempus amet volutpat massa erat pharetra mauris praesent congue sed at eget proin dolore dolor eget proin nisi pulvinar. Elit sem tincidunt erat consectetur tellus laoreet ac sit molestie mi, donec pharetra molestie mi praesent lobortis aliquam turpis ullamcorper lobortis tempus turpis euismod nibh. Aliquam ipsum elit non massa sed elit proin ut ipsum elit sem, nunc erat nonummy non nunc dolore pulvinar eget et nisi pulvinar elit sem. Dolore sed, elit sem ut ipsum elit non laoreet donec consectetur non massa erat, consectetur, volutpat ante dolore adipiscing ullamcorper, lobortis aliquam nonummy non, lobortis. Donec sed at tellus, tincidunt lorem consectetur id diam, ut ipsum elit ullamcorper congue feugiat adipiscing ullamcorper nibh aliquam amet volutpat, proin dolore pulvinar mauris. Aliquet laoreet ac turpis, tellus mi congue sit, elit ullamcorper lobortis aliquam, amet volutpat proin tempus amet volutpat proin dolore pulvinar eget proin dolore dolor. Elit sem massa sed at sem ut, sed consectetur tellus massa donec pharetra molestie mi magna dolor consectetur, volutpat mi donec amet volutpat ante donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra at aliquet elit diam ut ipsum elit diam, nisi feugiat id, diam lobortis ipsum felis et ut ipsum adipiscing diam ut tempus nonummy non ante. Donec feugiat felis aliquet tincidunt feugiat felis praesent congue dolor molestie proin congue sed at tellus tincidunt lorem at aliquet tincidunt, lorem consectetur tellus laoreet magna. Pulvinar at aliquet massa, ac pharetra molestie mi, magna feugiat id diam, ut lorem nonummy ullamcorper tincidunt lorem adipiscing euismod nibh dolore dolor at aliquet massa. Erat, feugiat adipiscing aliquet tincidunt lorem adipiscing euismod laoreet magna, pulvinar id et nisi, pulvinar felis diam lobortis ipsum nonummy volutpat ante dolore pharetra lobortis tempus. Nonummy volutpat ante donec amet volutpat ante dolore dolor at, tellus mi nisi ipsum elit ullamcorper massa donec, sed at ullamcorper tincidunt, lorem adipiscing euismod molestie. Mi magna, dolor felis aliquet tincidunt lorem adipiscing ullamcorper lobortis ac adipiscing aliquet congue sed adipiscing tellus nibh ac, sit magna feugiat felis ullamcorper tincidunt lorem. Turpis euismod lobortis lorem turpis, euismod laoreet aliquam adipiscing tellus laoreet lorem adipiscing euismod, nibh magna sit euismod, mi magna pulvinar elit aliquet nunc sed consectetur. Tellus, laoreet ac pharetra tellus praesent ut tempus amet eget ante aliquam nonummy euismod nibh nisi pulvinar eget et aliquam pulvinar eget aliquet tincidunt lorem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id nibh ac turpis id et laoreet magna turpis, molestie mi congue, ipsum adipiscing ullamcorper lobortis tempus amet volutpat nibh donec. Pulvinar mauris sem dolore, dolor elit aliquet tincidunt erat consectetur sit felis praesent congue feugiat felis praesent ut lorem nonummy euismod ante. Dolore dolor mauris proin, dolore dolor, elit proin nunc, sed at, tellus laoreet et aliquam pulvinar eget et nisi sit eget sem. Nunc tempus nonummy volutpat ante donec pharetra volutpat massa tempus amet non massa donec at, tellus, laoreet ac sit id et magna. Pulvinar elit diam ut tempus nonummy volutpat proin dolore sed at aliquet congue sed at aliquet sem nunc tempus nonummy volutpat mi. Dolore lorem adipiscing euismod et nisi, ipsum elit non nunc erat, consectetur non massa donec, consectetur, tellus mi magna pharetra mauris mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, lobortis tempus amet volutpat ante, donec amet volutpat ante donec dolor. Eget ullamcorper nibh tempus amet volutpat proin massa ac pharetra molestie mi. Congue ipsum adipiscing, non nibh aliquam nonummy euismod ante dolore pulvinar eget. Sem nunc, sed, turpis id proin dolore, ipsum elit proin aliquam sit. Id diam nisi ipsum elit non nunc, erat consectetur volutpat massa tempus. Nonummy non ante erat at tellus mi donec pharetra tellus, massa erat. Consectetur molestie ante erat consectetur non massa tempus consectetur non massa, erat. Pharetra molestie proin ac pharetra, molestie mi magna pharetra molestie mi congue. Dolor felis diam tincidunt lorem adipiscing volutpat nibh aliquam ipsum eget sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy tellus ante magna sit, felis diam lobortis, tempus turpis euismod et nisi sed consectetur molestie mi, magna sit praesent. Lobortis aliquam nonummy volutpat nibh aliquam, amet, eget proin aliquam pulvinar eget et dolore pulvinar id proin ante, diam massa erat. Nonummy felis magna lorem adipiscing ullamcorper lobortis aliquam amet eget sem nunc erat turpis euismod mi magna, sit id et congue. Sit, felis diam lobortis tempus, amet volutpat proin, aliquet laoreet, ac consectetur euismod, laoreet ac feugiat felis diam congue feugiat felis. Ullamcorper ante donec pharetra mauris praesent nunc, sed consectetur, aliquet ante dolore dolor volutpat proin nisi ipsum eget, sem massa ac. Sit felis ullamcorper lobortis aliquam amet volutpat ante nunc lorem consectetur euismod mi magna sit felis pharetra volutpat ante aliquam pharetra. Eget praesent tincidunt, ac turpis euismod nibh magna sit euismod mi nisi pulvinar felis diam ut ipsum elit ullamcorper massa aliquam. Pharetra dolor at aliquet tincidunt lorem consectetur id diam nunc, ipsum nonummy non lobortis erat pharetra mauris praesent congue lorem dolor. At tellus tincidunt lorem turpis eget diam nunc tempus elit non ante donec pharetra molestie ante dolore pharetra mauris proin dolore. Pharetra volutpat proin donec pharetra feugiat mauris praesent congue, feugiat felis, diam lobortis tempus turpis euismod nibh, aliquam amet euismod, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris diam, tincidunt lorem adipiscing, volutpat. Nibh nisi pulvinar consectetur tellus massa. Ac pharetra molestie mi magna sit. Mauris ullamcorper nibh aliquam amet volutpat. Et dolore pulvinar, eget sem massa. Erat consectetur, non massa sed consectetur. Molestie praesent magna sit mauris praesent. Tincidunt feugiat pharetra molestie mi erat. Pharetra molestie ante donec, pharetra mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget praesent nunc lorem at tellus laoreet, ac ut, tempus elit non massa. Donec pharetra mauris praesent congue dolor mauris aliquet nibh ac turpis tellus nibh. Lorem consectetur aliquet tincidunt erat at aliquet sem, nunc sed elit non nunc. Erat, pharetra molestie diam ut, lorem nonummy eget ante dolore pulvinar mauris proin. Nunc erat consectetur aliquet massa ullamcorper ut feugiat id diam ut feugiat felis. Diam nibh tempus nonummy euismod nibh, aliquam, turpis ullamcorper lobortis aliquam amet, euismod. Proin nunc sed donec pharetra molestie mi donec, pharetra, molestie praesent congue feugiat. Adipiscing, ullamcorper lobortis ac amet volutpat et dolore ipsum at non nunc donec. Pharetra felis diam non massa tempus elit sem lobortis tempus consectetur non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue tempus nonummy volutpat proin ullamcorper nibh tempus nonummy euismod nibh aliquam, turpis volutpat et, nunc erat consectetur id. Et ut tempus nonummy volutpat proin, donec, dolor mauris proin dolore ac turpis molestie mi nisi sit felis diam. Ut tempus amet volutpat ante, dolore, dolor at aliquet laoreet nisi pulvinar id mi magna sit felis, sem nunc. Sed consectetur non massa sed at sem nunc ipsum elit sem nunc tempus elit non nunc erat pharetra volutpat. Ante donec amet non massa tempus sit id diam lobortis aliquam nonummy volutpat nibh aliquam amet euismod nibh aliquam. Amet eget proin dolore dolor eget sem nunc ipsum eget aliquet laoreet aliquam sit eget diam ut tempus elit. Sem massa erat consectetur non massa tempus elit non lobortis tempus nonummy non massa aliquam amet non ante nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus amet eget et dolore, sed consectetur tellus laoreet. Ac sit felis felis praesent ut feugiat adipiscing diam tincidunt. Tempus amet eget sem dolore dolor at aliquet massa sed. Pharetra molestie, praesent congue feugiat adipiscing non nibh aliquam euismod. Mi magna sit id, diam lobortis ipsum nonummy ullamcorper massa. Aliquam pharetra eget, proin dolore dolor eget praesent nunc sed. At tellus laoreet erat nonummy non massa tempus amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nibh aliquam amet eget praesent nunc sed at sem nunc magna sit. Felis ullamcorper congue feugiat felis diam lobortis lorem felis diam, lobortis tempus nonummy. Volutpat ante nisi amet eget sem nunc dolor at elit sem nunc sed. Consectetur tellus laoreet magna sit mauris praesent magna, dolor, felis diam tincidunt lorem. Adipiscing euismod nibh nisi amet id et nisi mauris praesent dolore dolor at. Tellus laoreet ac turpis id diam ut feugiat felis diam ut feugiat, elit. Ullamcorper massa aliquam amet volutpat non nibh aliquam nonummy euismod nibh tempus adipiscing. Euismod, et, nisi sed consectetur tellus laoreet magna pharetra id mi magna ipsum. Nonummy ullamcorper, nibh aliquam nonummy euismod mauris sem tincidunt erat consectetur molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue ipsum felis, ullamcorper, lobortis tempus adipiscing nisi ipsum elit sem lobortis tempus elit ullamcorper lobortis ipsum nonummy non. Ante congue lorem adipiscing tellus tincidunt ac adipiscing euismod et, magna sit id sit id et lobortis ipsum elit ullamcorper. Massa donec amet mauris aliquet tincidunt, ac turpis euismod, laoreet, magna sit felis diam ut pulvinar elit aliquet, tincidunt lorem. Adipiscing ullamcorper laoreet lorem at aliquet tincidunt lorem, turpis aliquet tincidunt lorem, consectetur, id, et magna sit id diam ut. Non ante donec amet eget proin nunc dolor elit aliquet tincidunt ac consectetur tellus et congue ipsum adipiscing diam congue. Tempus, nonummy volutpat, nibh, dolore dolor mauris euismod ante aliquam amet eget, sem nunc ipsum elit non laoreet magna, pharetra. Id praesent ut tempus nonummy volutpat ante nunc dolor, mauris sem nunc sed at feugiat felis ullamcorper lobortis ipsum amet. Volutpat proin dolore sed at praesent nunc sed at aliquet nunc sed at, aliquet tincidunt ac turpis consectetur tellus mi. Congue ipsum nonummy non nibh aliquam pulvinar volutpat ante dolore dolor, consectetur euismod et ut ipsum elit ullamcorper lobortis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit felis, diam nibh, donec amet volutpat. Ante nisi dolor at tellus mi congue feugiat. Tincidunt ac sit eget diam ut, ipsum nonummy. Non nunc tempus consectetur volutpat ante donec, amet. Volutpat ante donec dolor molestie, ante dolore sed. At felis diam, lobortis lorem adipiscing ullamcorper tincidunt. Lorem turpis euismod lobortis tempus amet volutpat, et. Nisi ipsum id proin ut ipsum diam ut. Ipsum elit sem nunc ipsum elit sem lobortis. Erat amet molestie proin dolore dolor mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus amet euismod proin dolore dolor elit sem tincidunt ac turpis id, mi magna sit id. Diam ut ipsum nonummy non, lobortis, tempus aliquam amet mauris sem tincidunt ac sit felis et ut. Tempus nonummy volutpat ante donec pharetra volutpat ante aliquam amet eget ante donec amet eget volutpat et. Dolore erat consectetur molestie laoreet ac, sit id praesent ut lorem, felis diam congue feugiat mauris praesent. Lobortis aliquam amet, eget proin dolore dolor elit consectetur molestie mi magna sit id diam lobortis donec. Pulvinar volutpat ante nisi amet volutpat nibh aliquam amet volutpat proin nisi, ipsum at ipsum nonummy volutpat. Ante aliquam amet volutpat, proin dolore pulvinar eget, sem dolore sed at tellus mi magna sit id. Diam congue feugiat felis diam ut feugiat consectetur tellus ante magna pharetra felis praesent dolore dolor mauris. Praesent tincidunt lorem at aliquet congue sed at aliquet tincidunt lorem adipiscing tellus tincidunt sed at, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent lobortis ac turpis ullamcorper nibh aliquam, amet elit sem. Massa tempus nonummy euismod nibh aliquam amet elit aliquet laoreet erat. Consectetur molestie, mi ac sit id diam ut tempus nonummy euismod. Nibh, donec, pulvinar eget congue lorem, adipiscing ullamcorper lobortis aliquam turpis. Euismod, et nisi sit id nibh aliquam sit, euismod nibh magna. Sit felis diam, ut, tempus, nonummy, volutpat ullamcorper massa tempus adipiscing. Ullamcorper lobortis ipsum nonummy non lobortis, lorem adipiscing euismod lobortis tempus. Nonummy euismod nibh aliquam turpis euismod et nisi aliquam amet id. Et nisi, pulvinar eget diam nunc ipsum elit sem nunc tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus amet volutpat praesent dolore pharetra volutpat ante donec. Dolor mauris, praesent tincidunt lorem at aliquet nunc dolor. Consectetur euismod, laoreet ac turpis molestie laoreet, magna sit. Tincidunt lorem turpis euismod nibh ac turpis euismod, laoreet. Nisi pulvinar felis diam lobortis erat amet, non ante. Donec dolor mauris proin dolore dolor eget eget aliquet. Tincidunt ac consectetur tellus laoreet erat consectetur tellus mi. Magna sit id et ut feugiat felis mi magna. Sit id praesent congue feugiat pulvinar elit non, massa. Tempus nonummy sem lobortis tempus, nonummy volutpat lobortis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna feugiat, turpis volutpat sem tincidunt erat, consectetur molestie mi magna sit id mi magna feugiat adipiscing diam. Ut lorem nonummy ullamcorper tincidunt tempus sed at aliquet massa ac turpis, tellus, laoreet magna sit, id diam ut. Lorem nonummy non nibh donec amet eget sem nunc erat consectetur euismod, feugiat adipiscing, aliquet tincidunt lorem adipiscing, aliquet. Laoreet ac adipiscing tellus laoreet, ac sit id mi magna sit felis diam, nisi ipsum elit ullamcorper ut ipsum. Amet nonummy non nibh donec amet volutpat ante aliquam nonummy ullamcorper lobortis tempus amet euismod lobortis ac turpis volutpat. Nibh dolore pulvinar eget, proin, felis diam, congue, lorem felis praesent magna pharetra felis ullamcorper tincidunt, lorem adipiscing aliquet. Lobortis aliquam amet id sem nunc sed at, non mi magna pharetra molestie sem ut ipsum, elit sem lobortis. Erat dolor molestie praesent congue feugiat adipiscing ullamcorper laoreet lorem turpis tellus, laoreet ac turpis euismod nibh magna turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nonummy tempus consectetur molestie praesent tincidunt lorem turpis euismod nibh aliquam amet sem. Massa erat consectetur tellus ante donec pharetra, mauris praesent magna feugiat adipiscing aliquet, tincidunt. Lorem adipiscing id et nisi pulvinar eget sem massa turpis eget proin nunc sed. Turpis id et congue feugiat id laoreet erat consectetur, tellus laoreet donec sit molestie. Mi congue lorem adipiscing ullamcorper lobortis lorem felis at aliquet laoreet lorem adipiscing tellus. Et ut, ipsum eget diam nisi sit felis, diam nisi ipsum elit sem lobortis. Tempus elit non, mi magna sit id praesent ut lorem nonummy diam tincidunt feugiat. Felis diam tincidunt lorem mauris praesent congue dolor mauris praesent congue dolor mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nibh dolore pulvinar mauris sem nunc dolor elit sem nunc sed at, sem nunc sed consectetur sem ut ipsum eget et, magna sit, id et. Nisi pulvinar felis diam lobortis ipsum elit, diam ut feugiat id mi congue feugiat felis diam mi magna pharetra molestie praesent tincidunt tempus amet, euismod nibh. Aliquam pulvinar elit proin, nunc sed elit non nunc sed nonummy tellus massa erat consectetur turpis euismod et ut tempus nonummy non massa donec amet volutpat. Ante dolore dolor mauris proin donec pharetra mauris aliquet laoreet magna pulvinar diam ut ipsum elit ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus nonummy non, ante. Dolore dolor eget proin dolore sed at, aliquet laoreet erat sit id et congue feugiat, id diam ut lorem adipiscing ullamcorper lobortis tempus amet volutpat ante. Nisi amet eget proin nunc sed at tellus mi magna pharetra molestie praesent praesent ut lorem felis ullamcorper lobortis tempus amet eget proin dolore dolor, elit. Proin nunc erat, consectetur tellus laoreet magna pharetra feugiat adipiscing, ullamcorper lobortis aliquam nonummy volutpat ante dolore pulvinar eget, proin, dolore ipsum, elit sem dolore ipsum. Elit proin ut ipsum elit sem nunc erat nonummy dolore pulvinar, elit aliquet massa erat turpis tellus laoreet, ac pharetra, molestie mi, donec sit id praesent. Congue feugiat nonummy euismod lobortis tempus amet, euismod nibh tempus ac amet id et nisi pulvinar eget sem nunc, sed consectetur molestie praesent congue lorem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet id proin nisi pulvinar, eget non laoreet donec pharetra mauris praesent, ut. Tempus amet volutpat proin aliquam turpis pharetra molestie praesent congue feugiat adipiscing euismod nibh. Ac pulvinar id diam nunc ipsum nonummy non massa tempus pharetra mauris praesent congue. Lorem sit id praesent ut feugiat felis mi congue feugiat felis diam tincidunt feugiat. Mauris diam tincidunt, feugiat felis aliquet tincidunt feugiat adipiscing ullamcorper, nibh aliquam amet id. Non nunc tempus nonummy non nunc erat elit sem ut ipsum nonummy non, lobortis. Tempus nonummy non massa tempus adipiscing non lobortis aliquam lorem adipiscing ullamcorper lobortis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis nibh massa, congue dolore nisi donec lorem, amet at euismod ut tempus feugiat amet at tellus ullamcorper aliquet nibh massa lobortis, nunc. Nisi magna nisi ac donec ac erat ipsum, amet, adipiscing eget molestie ullamcorper non euismod sem et massa congue nisi magna tempus, feugiat. Ipsum sit nonummy at eget tellus ullamcorper tellus non ullamcorper tellus sem diam, proin et aliquet non diam praesent, proin praesent praesent diam. Diam tellus tellus ullamcorper tellus, volutpat volutpat molestie non praesent proin laoreet lobortis tincidunt ut tellus, sem diam sem mi ante congue nisi. Ac erat ac ipsum consectetur, nonummy at euismod non, diam ante laoreet massa nibh nunc magna tempus dolor amet, ipsum congue, nisi erat. Feugiat sed pulvinar, pharetra amet consectetur nonummy adipiscing eget tellus diam mi lobortis dolore magna, erat, feugiat amet, elit tellus praesent nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, pharetra dolor, pulvinar sit pulvinar mauris euismod non ullamcorper proin massa congue id molestie non praesent nibh massa nibh laoreet lobortis dolore. Aliquam ac tempus dolor turpis eget id non praesent et massa lobortis donec ac ipsum mi massa lobortis mi ante laoreet dolore magna. Congue nisi, magna aliquam sed sit, sit nonummy, consectetur felis sem mi lobortis dolore magna dolore nisi ac ipsum consectetur felis mauris id. Volutpat euismod molestie sem praesent nibh massa, ut dolore ac sed aliquam ut congue dolore nisi donec, aliquam ante proin et, praesent et. Massa lobortis, dolore aliquam donec feugiat pulvinar turpis nonummy felis volutpat, sem tincidunt ac feugiat amet at eget aliquet diam ante tellus praesent. Nibh tincidunt nunc congue dolore magna tempus, dolor turpis volutpat sem mi massa dolore ac ipsum nonummy id eget tellus tellus ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam aliquet sem mi proin diam mi ante, nibh mi nibh, mi mi et laoreet ut massa tincidunt massa ut dolore nisi, magna donec. Ac magna tincidunt massa lobortis, nunc magna dolore nisi congue dolore, ut ut dolore ut congue nunc ipsum ac ipsum ipsum lorem pulvinar pharetra. Adipiscing turpis nonummy adipiscing eget tellus sem aliquet aliquet non euismod molestie molestie eget adipiscing at nonummy felis proin diam praesent et praesent, praesent. Proin praesent, proin diam mi ante diam aliquet aliquet, sem mi et diam massa laoreet, ut, magna nibh, massa lobortis nunc nisi donec aliquam. Magna dolore aliquam erat aliquam ac erat ipsum dolor pulvinar feugiat sed, sed lorem sed pulvinar dolor turpis, elit id pharetra pharetra adipiscing elit. Felis, sit nonummy adipiscing mauris felis felis elit, id volutpat aliquet proin, mi massa nibh mi, ante nibh nunc ut dolore magna magna mi. Massa tincidunt nunc ut tincidunt nunc ut dolore aliquam, magna dolore ut donec aliquam magna, erat, aliquam ac donec nisi nisi, donec nisi pharetra. Lorem, magna, dolore nisi, magna nisi ut tincidunt tincidunt massa, lobortis massa ut, laoreet massa massa tincidunt nunc lobortis, tincidunt nunc lobortis tincidunt ut. Congue tincidunt at pharetra ipsum sit nonummy at elit adipiscing at consectetur felis volutpat id molestie volutpat molestie molestie, euismod molestie ullamcorper aliquet proin. Praesent proin sem, praesent proin consectetur amet, sit dolor pulvinar feugiat feugiat sed ipsum lorem pulvinar feugiat, pharetra pulvinar sit dolor pulvinar pharetra amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis adipiscing elit elit mauris eget id at eget, id eget nunc, lobortis, laoreet ante nibh laoreet ante nibh mi ante laoreet nunc ut tincidunt ut, magna aliquam. Sed tempus, lorem ac magna dolore nisi dolore nisi dolor, pulvinar consectetur adipiscing at eget mauris eget id molestie ullamcorper sem diam praesent proin et, proin proin praesent praesent. Sem, mauris id molestie eget dolore massa tincidunt nunc ut congue nisi donec, tempus sed ipsum, sit dolor ipsum pharetra amet turpis consectetur pulvinar sit pharetra amet pharetra aliquam. Magna dolore ut, congue dolore nisi magna nisi magna dolore nisi ac, erat lorem erat tempus lorem ipsum pharetra adipiscing, at elit felis, eget euismod sem at, elit adipiscing. Consectetur amet sit, pharetra nonummy, adipiscing consectetur nonummy turpis consectetur amet sit pharetra amet turpis amet amet pharetra pharetra pulvinar pharetra amet turpis consectetur nisi congue nisi magna donec. Aliquam lobortis lobortis massa ut laoreet mi proin et diam praesent molestie volutpat tellus sem adipiscing elit felis mauris eget id eget aliquet et, laoreet, lobortis nunc nisi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pulvinar dolor, amet turpis dolor. Amet consectetur felis adipiscing at elit. Adipiscing consectetur molestie non id mauris. At pharetra nonummy turpis consectetur sit. Pharetra amet consectetur felis, volutpat eget. Id at eget molestie euismod sem. Diam aliquet proin diam, mi, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, tempus lorem magna donec nisi nisi donec nisi magna donec nisi congue aliquam aliquam, donec lorem sed sit pharetra pulvinar pulvinar massa massa nibh massa lobortis. Tincidunt mi ante nibh laoreet lobortis laoreet nunc lobortis tincidunt ut tincidunt, nunc lobortis tincidunt dolore magna dolore ut ut, molestie at, felis molestie mauris felis mauris. Eget felis mauris eget felis mauris id molestie volutpat euismod, molestie volutpat aliquet sem ullamcorper tellus sem aliquet proin mi pharetra amet sit sit pharetra sit pharetra. Amet turpis pharetra pulvinar feugiat dolor dolor ipsum, dolor amet sit pharetra amet pharetra pharetra sit mi ante nibh tincidunt lobortis congue dolore magna tempus lorem erat. Tempus, ac erat aliquam ac erat aliquam magna magna dolore ut, congue nunc ut congue dolore, ut ut dolore nisi magna aliquam magna donec aliquam erat tempus. Feugiat, magna dolore, nisi congue dolore aliquam magna aliquam aliquam, magna donec nisi congue dolore id mauris euismod tellus non aliquet non adipiscing nonummy adipiscing, consectetur elit. Felis sit, dolor sed ipsum lorem dolor consectetur aliquam magna donec, ac magna aliquam lorem erat aliquam ac tempus lorem dolor tempus lorem ipsum feugiat, pharetra sit. Feugiat lorem erat tempus dolor pulvinar dolor, felis adipiscing eget felis mauris eget felis eget eget felis mauris, elit mauris at, elit adipiscing, elit felis mauris eget. Id at at felis at nonummy, nonummy tempus, tempus ac donec nisi magna dolore nisi magna donec nisi magna dolore aliquam congue, dolore, nunc tincidunt dolore nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit sit nonummy at euismod non ullamcorper sem et ante lobortis massa massa aliquet ullamcorper aliquet lorem sed ipsum lorem lorem pulvinar dolor, amet turpis. Consectetur pulvinar, turpis pharetra amet elit id mauris id tellus volutpat euismod tellus eget tincidunt nunc ut laoreet massa lobortis dolore nisi magna dolore nunc magna. Aliquam ac erat aliquam ac erat aliquam ac aliquam, molestie eget elit adipiscing at tempus, ac erat, aliquam nisi congue, dolore ut erat lorem lorem tempus. Lorem erat erat dolore nisi dolore dolore ut, tincidunt nunc lobortis tincidunt ut lobortis laoreet massa lobortis, tincidunt massa congue nunc massa lobortis laoreet ante nibh. Praesent aliquet tellus eget id felis at dolor sed feugiat pharetra amet congue nunc ut magna aliquam ac donec aliquam magna dolore aliquam magna dolore aliquam. Ac donec nisi magna aliquam ac erat aliquam lorem tempus lorem dolor ipsum nunc magna dolore ac ipsum, sit sed ipsum, feugiat dolor sit consectetur adipiscing. At felis, non mi et massa praesent proin laoreet lobortis tincidunt nunc magna dolore nisi magna tempus erat ipsum ac, erat tempus lorem ipsum, feugiat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc lobortis, tincidunt mi, ante et mi, proin et mi ante nunc nisi erat dolor turpis at felis molestie ullamcorper euismod sem mi ante laoreet massa ut nunc. Nunc nibh laoreet ante ante laoreet nisi ipsum, dolor at at, id at id, non non tellus tellus molestie elit id non aliquet non ullamcorper aliquet non praesent. Praesent non ullamcorper tellus non praesent sem diam aliquet tellus volutpat euismod molestie eget nisi congue nunc lobortis lobortis mi, mi proin diam aliquet tellus non ullamcorper molestie. Mauris, consectetur pulvinar pulvinar lorem lorem, donec nisi magna dolore diam praesent sem non euismod tellus eget id mauris mauris nonummy turpis, turpis amet amet turpis pharetra amet. Feugiat dolor erat donec aliquam congue donec magna aliquam ac, donec aliquam magna dolore ut congue dolore aliquam magna aliquam ac erat, lorem sed tempus lorem erat erat. Aliquam ut tincidunt nunc lobortis laoreet laoreet ante nibh ante proin diam aliquet aliquet non euismod id mauris eget felis adipiscing nonummy nonummy pulvinar tempus ac magna dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nisi ut tincidunt massa ante diam ullamcorper euismod molestie eget. Felis at elit nonummy turpis, consectetur nonummy sit pharetra dolor ipsum. Tempus ac magna dolore nisi congue, nunc massa, nibh mi proin. Sem, non euismod molestie eget tellus volutpat volutpat, felis, adipiscing at. Nonummy amet sit sed sed, ipsum ac donec donec magna magna. Nunc massa nibh mi mi proin aliquam donec dolore, nisi congue. Laoreet praesent aliquet non, ullamcorper tellus volutpat volutpat molestie molestie eget. Adipiscing sit feugiat sed, ipsum lorem lorem erat, massa nibh laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod molestie eget eget felis, at elit turpis turpis pharetra pulvinar feugiat, volutpat id tellus volutpat id felis, consectetur pharetra dolor ipsum tempus ac dolore nisi magna, dolore nunc. Ut laoreet, mi proin, nibh laoreet ante nibh praesent tincidunt tincidunt lobortis lobortis mi ante et mi proin non non euismod mauris mauris felis, mauris eget felis felis elit. Elit adipiscing sit pharetra turpis elit felis volutpat aliquet et massa tincidunt dolore nisi donec ac ipsum turpis felis non praesent nibh mi nibh nibh mi ante, nibh, ante. Lobortis laoreet mi et mi massa nibh mi lobortis tincidunt nunc ut tincidunt ut congue nunc nunc magna nisi magna donec nisi lobortis laoreet laoreet ante, nunc massa nibh. Nibh mi sem et, ante proin et mi sem ullamcorper aliquet sem praesent nibh nibh laoreet, ante et mi proin diam aliquet aliquet sem, dolore congue donec nisi magna. Donec, ut congue nunc nunc tincidunt nunc nisi congue nunc nisi dolore nisi magna donec aliquam ac dolore aliquam, erat tempus ac donec ac, congue congue dolore ut congue. Massa nibh et mi ante et praesent proin mi massa lobortis tincidunt dolore, aliquam donec dolore nisi magna donec ut congue dolore ut tincidunt nunc lobortis lobortis massa lobortis. Tincidunt laoreet ante id turpis, consectetur nonummy at nonummy nonummy, aliquet et ante lobortis massa, massa laoreet nunc, congue, dolore ut congue aliquam lorem, tempus tempus ac, tempus ac. Ac dolore dolore ut dolore aliquam donec et lobortis congue nisi ac congue et aliquet non non elit amet turpis consectetur amet, turpis elit mauris volutpat euismod, non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut amet pulvinar consectetur nonummy sit nonummy felis mauris felis mauris eget. Id mauris volutpat nisi congue donec aliquam erat tempus, lorem erat tempus. Erat erat feugiat turpis consectetur nonummy adipiscing consectetur adipiscing, at at id. Eget elit nonummy proin sem euismod molestie molestie eget id mauris id. Molestie volutpat aliquet diam ante nibh, tincidunt nisi magna aliquam sed ipsum. Feugiat dolor turpis pharetra amet, mauris id tellus ullamcorper nibh nunc nisi. Erat aliquam erat turpis felis mauris euismod proin mi, lobortis dolore, lorem. Pulvinar consectetur nonummy at nibh ullamcorper proin nibh nunc, congue donec ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem, pulvinar turpis nonummy non ante dolore diam mi lobortis dolore magna tempus feugiat amet consectetur elit turpis at molestie. Non praesent tincidunt lorem at aliquet congue sed at tellus, tincidunt ac, dolor at aliquet tincidunt lorem at, aliquet tincidunt ac. Sit id, diam ut tempus nonummy non nunc ipsum elit sem ut, ipsum elit ullamcorper lobortis erat nonummy non massa, erat. Consectetur tellus mi, magna dolor molestie ante erat nonummy volutpat, massa dolore dolor molestie praesent congue sed adipiscing, donec pharetra molestie. Mi magna dolor molestie massa magna, pharetra molestie massa donec dolor molestie proin congue feugiat adipiscing aliquet laoreet aliquam pulvinar eget. Diam nunc erat congue feugiat felis aliquet lobortis ac amet, eget sem dolore sed elit sem, nunc sed, nonummy sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet lobortis tempus amet euismod et, nisi pulvinar id et ut, ipsum at non massa. Donec pharetra mauris praesent congue lorem pulvinar sem praesent lobortis dolore magna tempus dolor turpis. Elit nonummy adipiscing, elit molestie diam praesent et mi nibh nunc magna erat lorem erat. Feugiat aliquam, ut magna nisi erat ipsum pharetra, turpis consectetur felis molestie euismod sem ullamcorper. Praesent proin, laoreet lobortis, tincidunt ut congue dolore magna tempus feugiat pulvinar consectetur consectetur felis. Dolore, lorem turpis id, et ut tempus elit non massa erat amet volutpat ante erat. Pharetra volutpat massa ipsum adipiscing, ullamcorper adipiscing eget tellus ullamcorper proin mi lobortis dolore nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet adipiscing ullamcorper tincidunt ac sit eget nisi. Pulvinar mauris aliquet, tincidunt ac turpis id, diam. Massa donec dolor mauris praesent congue sed at. Aliquet tincidunt lorem consectetur tellus laoreet lorem magna. Sit elit volutpat, massa, erat amet volutpat ante. Donec dolor volutpat ante donec dolor eget proin. Dolore dolor mauris sem nunc sed at aliquet. Aliquet laoreet magna, pharetra molestie praesent congue ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, mauris praesent congue lorem adipiscing diam tincidunt feugiat aliquam amet euismod nibh nisi pulvinar eget proin nunc, sed elit sem, massa erat. Pharetra felis diam tincidunt lorem adipiscing ullamcorper lobortis aliquam amet, eget proin dolor mauris proin dolore pulvinar eget praesent, nunc sed at aliquet. Mi magna sit molestie mi nisi ipsum dolor turpis at adipiscing volutpat aliquet, nisi erat dolor amet turpis elit non proin tincidunt aliquam. Sed ipsum pharetra sit id diam massa magna, lorem amet at felis non, dolore ac ipsum amet at euismod, non diam ante laoreet. Nunc congue, aliquam dolor turpis nonummy molestie aliquet proin mi massa, dolore aliquam ipsum sit amet adipiscing diam, ante tincidunt, aliquam dolor consectetur. Elit, at euismod proin ut ac sit id non ante nunc lorem sit elit tellus praesent lobortis nisi, erat ipsum dolor erat ipsum. Dolor sit pharetra nonummy turpis elit adipiscing eget, id mauris eget id molestie volutpat molestie ullamcorper ullamcorper tellus non euismod tellus, non dolor. Sed erat aliquam ac, erat lorem ipsum sit adipiscing at elit id volutpat euismod tellus diam ante tincidunt nisi erat dolor amet elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed sed feugiat amet turpis nonummy adipiscing at molestie non aliquet, sem et ante nibh, non aliquet, et ante ante mi ante proin diam. Praesent proin et ante laoreet mi ante proin mi, praesent, tellus, volutpat euismod molestie, volutpat, euismod volutpat mi massa lobortis massa, massa laoreet massa. Lobortis et praesent proin diam praesent ante mi lobortis tincidunt nunc nisi feugiat dolor pulvinar dolor turpis turpis consectetur amet consectetur felis volutpat ullamcorper. Proin ullamcorper aliquet, proin ullamcorper aliquet non diam, tellus molestie volutpat euismod consectetur nonummy mauris euismod molestie at elit molestie diam ante laoreet ut. Congue nunc nisi dolore nisi, ac tempus, amet at eget felis, adipiscing pharetra dolor tincidunt tincidunt massa ante, mi praesent et diam praesent non. Ullamcorper, ullamcorper tellus non euismod molestie volutpat felis, felis at, elit amet turpis pharetra ipsum ipsum ac euismod mauris at elit nonummy consectetur consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper tellus ullamcorper praesent et laoreet sem sem. Euismod euismod molestie volutpat molestie non aliquet sem diam. Aliquet non diam praesent diam praesent ante laoreet ante. Nibh et ante, nibh laoreet proin et praesent ante. Nibh ante lobortis laoreet nunc, lobortis tincidunt massa lobortis. Massa ante, nibh massa massa nibh laoreet lobortis laoreet. Nunc ut dolore consectetur amet, sit pharetra amet turpis. Nonummy turpis consectetur nonummy at, eget id mauris eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pulvinar ullamcorper molestie eget id felis eget euismod, molestie volutpat, id mauris eget molestie non euismod tellus ullamcorper aliquet sem praesent praesent, et laoreet ante tellus non. Ullamcorper tellus volutpat euismod tellus non euismod tellus volutpat id tellus, ullamcorper aliquet non ullamcorper aliquet non ullamcorper tellus non ullamcorper tellus volutpat tellus tellus euismod, euismod non. Euismod euismod non euismod aliquet et proin et nunc congue donec nisi, magna dolore magna donec nunc nisi ut tincidunt nunc congue dolore nunc lobortis laoreet massa nibh. Laoreet praesent, sem non euismod, molestie molestie eget felis mauris elit adipiscing at nonummy, amet ipsum feugiat, erat aliquam magna dolore nisi congue dolore nisi congue tincidunt massa. Lobortis, et diam aliquet volutpat euismod molestie mauris eget felis mauris eget felis mauris elit nonummy euismod euismod volutpat eget felis felis elit felis adipiscing pharetra pharetra pulvinar. Ipsum, ac erat donec magna magna dolore nisi lobortis mi proin sem ullamcorper ullamcorper tellus volutpat id mauris mauris elit nonummy consectetur pharetra pulvinar feugiat feugiat dolor ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed erat, lorem ac congue tincidunt mi, aliquet non volutpat id, adipiscing pharetra amet amet pharetra amet pulvinar dolor. Sed donec dolore ut tincidunt nunc massa laoreet praesent praesent sem ullamcorper tellus non ullamcorper tellus non euismod molestie. Mauris at nonummy turpis mi praesent sem euismod euismod, molestie eget euismod molestie elit elit mauris, eget id mauris. Elit, adipiscing turpis, pharetra pulvinar pulvinar lorem lorem erat tempus ac ipsum lorem sed tempus ac donec donec nisi. Congue tincidunt ante proin diam aliquet aliquet molestie eget felis at consectetur pharetra pulvinar sit dolor lobortis laoreet massa. Nibh diam ullamcorper molestie, molestie elit adipiscing adipiscing consectetur amet sit feugiat sed tempus lorem sed, tempus tempus ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nisi, ut tincidunt ante proin sem diam aliquet, sem praesent sem non euismod tellus non, euismod id eget, diam aliquet non euismod euismod molestie, volutpat elit. Adipiscing consectetur pharetra, pulvinar sit dolor erat dolore nisi congue tincidunt ante, ante, mi mi aliquam aliquam ac donec, ut ut nunc massa ante diam diam aliquet. Non volutpat molestie molestie eget id at eget id mauris elit adipiscing adipiscing consectetur amet, euismod molestie eget felis mauris elit felis at consectetur amet pulvinar tempus. Ac congue nunc nunc, lobortis tincidunt massa, nibh mi proin et ipsum lorem lorem, tempus tempus lorem, erat aliquam, ac dolore dolore nisi congue dolore ut, tincidunt. Massa ante, diam ullamcorper aliquet non euismod tellus molestie, eget elit adipiscing consectetur dolor sed aliquam aliquam congue nunc nunc lobortis tincidunt nunc lobortis tincidunt massa nibh. Et praesent proin diam aliquet non non euismod molestie mauris, nonummy molestie eget felis adipiscing at pharetra, pulvinar feugiat sed donec aliquam aliquam donec donec nisi congue. Dolore lobortis lobortis mi id felis at elit nonummy sit pharetra amet sit feugiat sed ipsum tempus ac donec aliquam, congue dolore nisi ut tincidunt nunc nibh. Laoreet mi proin, diam massa nibh mi ante nibh laoreet praesent sem non euismod tellus eget, eget mauris mauris nonummy turpis consectetur nonummy adipiscing at elit at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat eget adipiscing consectetur elit mauris eget id felis, at feugiat sed congue sem ullamcorper aliquet diam praesent proin, felis ipsum ac erat. Donec aliquam sed aliquam nisi ut tincidunt mi ante tincidunt ut magna tempus ac ipsum amet sit pharetra adipiscing consectetur nonummy sit sit. Pulvinar pulvinar dolor amet sit dolor pulvinar feugiat feugiat sed, tempus ac magna donec nisi congue dolore ut molestie, euismod tellus ullamcorper proin. Nibh et praesent proin massa, congue nunc magna, erat tempus nisi magna aliquam dolor turpis felis non aliquet pharetra sit at id non. Aliquet non, praesent ante tincidunt ut, erat feugiat turpis elit tellus ullamcorper proin nibh massa lobortis congue aliquam, pulvinar consectetur adipiscing eget dolor. Sit dolor pulvinar feugiat dolor pulvinar sit pharetra turpis eget, non ante magna, lorem dolor pulvinar pharetra adipiscing elit molestie non aliquet aliquet. Non aliquet sem at euismod et nisi ipsum id diam ut ipsum elit sem massa, erat, amet volutpat massa aliquam dolor at, ullamcorper. Id sem ut erat pharetra, mauris praesent tincidunt tempus turpis euismod sem mi ut dolore nisi ac ipsum pharetra adipiscing consectetur nonummy, eget. Tellus nibh magna sit ante pulvinar volutpat et dolore ipsum eget sem nunc sed nonummy tellus, massa erat pharetra molestie mi magna, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam pulvinar mauris proin dolore pulvinar mauris sem tincidunt erat consectetur molestie mi magna pharetra tellus nunc, dolore, sed. At id nibh magna sit id et ut feugiat elit sem lobortis tempus nonummy non ante dolore sed mauris praesent. Dolore nibh, nisi ipsum, nonummy non massa erat, pharetra molestie mi donec pharetra molestie proin nibh nunc magna donec lorem. Ipsum feugiat nonummy at felis molestie ullamcorper sem molestie ullamcorper aliquet mi massa congue nunc nibh non, volutpat aliquet tellus. Ullamcorper aliquet diam, massa congue dolore ut, donec aliquam ac, ipsum, amet magna aliquam lorem tellus, mauris volutpat aliquet non. Ullamcorper lorem amet, consectetur nonummy non nibh aliquam, pulvinar eget praesent dolore sed at tellus praesent congue feugiat ac turpis. Id non massa erat pharetra volutpat massa donec, nonummy, volutpat ante erat nonummy, volutpat ante donec pharetra mauris praesent dolore. Dolor at praesent tincidunt erat tellus mi magna feugiat id, diam congue ipsum, elit adipiscing euismod nibh ac adipiscing tellus. Laoreet ac turpis tellus laoreet ante aliquam pulvinar elit sem massa, magna turpis tellus laoreet ac pharetra id diam congue. Sit felis diam dolore dolor at aliquet, nunc sed consectetur tellus at, ullamcorper nibh aliquam sit, id et nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sem massa erat ac turpis. Euismod, nibh magna sit id et. Nisi tempus nonummy volutpat, ante nisi. Pulvinar volutpat et, nisi, pulvinar, elit. Sem nunc erat congue lorem, adipiscing. Ullamcorper nibh aliquam turpis euismod et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc sed consectetur tellus mi congue feugiat. Id praesent euismod proin dolore dolor, mauris sem. Tincidunt ac sit molestie et ut tempus nonummy. Ullamcorper massa aliquam amet volutpat proin dolore pulvinar. Mauris aliquet, tincidunt mi, magna sit, molestie, diam. Ut ipsum nonummy non lobortis aliquam, amet, eget. Praesent nunc sed, adipiscing euismod nibh ac turpis. Id et nisi ipsum ipsum nonummy volutpat lobortis. Aliquam, pharetra eget proin dolore dolor eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, nisi dolor eget sem proin massa ac consectetur non laoreet ac sit id mi congue, sit mauris praesent congue feugiat felis, ullamcorper lobortis tempus adipiscing. Euismod et aliquam pulvinar amet molestie proin dolore dolor mauris praesent tincidunt lorem turpis, euismod, nibh lorem turpis tellus, laoreet ac at aliquet tincidunt erat consectetur. Tellus mi sem nunc erat consectetur, tellus massa erat pharetra mauris diam tincidunt lorem adipiscing aliquet tincidunt, lorem turpis euismod nibh ac amet id nibh euismod. Proin dolore sed at aliquet tincidunt ac sit id et congue ipsum, felis ullamcorper ut ipsum adipiscing, non nibh aliquam amet volutpat, ante dolore dolor mauris. Elit sem dolore dolor elit et nisi pulvinar elit, sem nunc erat at tellus massa erat nonummy non massa tempus consectetur volutpat ante donec pharetra, mauris. Aliquet aliquet tincidunt lorem turpis aliquet laoreet lorem adipiscing tellus tincidunt ac turpis id, nibh, magna sit felis sem ut ipsum elit non lobortis, tempus nonummy. Diam, non ante dolore dolor mauris praesent, nunc lorem at, tellus laoreet ac, turpis tellus mi magna sit, id diam lobortis ipsum adipiscing non nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante nisi pulvinar mauris proin nisi, dolor elit. Aliquet, mi ac pharetra id et ullamcorper nibh. Aliquam dolor mauris sem laoreet ac, turpis euismod. Mi ut ipsum elit diam, ut ipsum nonummy. Volutpat massa donec, dolor eget praesent dolore sed. Lorem nonummy, euismod nibh aliquam amet volutpat et. Aliquam amet eget et, dolore, ipsum elit sem. Massa tincidunt magna sit euismod laoreet ac, turpis. Euismod mi nisi feugiat id diam ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra id diam lobortis aliquam pulvinar eget ante nisi dolor elit tellus mi magna sit felis. Diam ut, ipsum felis diam ut feugiat adipiscing ullamcorper nibh tempus nisi amet eget proin, nunc. Erat turpis id, et congue feugiat felis praesent ut tempus nonummy non nibh donec adipiscing ullamcorper. Lobortis aliquam turpis ullamcorper mi, congue lorem, pulvinar consectetur felis non ullamcorper sem mi lobortis donec. Lorem tempus dolor felis ullamcorper nibh dolore sed turpis id ullamcorper, proin nibh nisi lobortis aliquam. Amet eget proin donec dolor consectetur nonummy molestie euismod sem laoreet ac tempus amet mauris euismod. Tellus non tellus proin nunc sed tincidunt tempus, turpis euismod nibh aliquam amet, euismod nibh, nisi. Pulvinar eget non, nunc sed elit sem nunc sed nonummy non ante magna dolor molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus nonummy mauris praesent dolore, dolor mauris aliquet nibh magna turpis euismod nibh magna nunc sed at aliquet laoreet, magna, sit id. Mi congue ipsum adipiscing ullamcorper ut tempus nonummy volutpat nibh aliquam nonummy euismod nibh tempus turpis dolore erat consectetur tellus mi magna sit. Id praesent congue, feugiat adipiscing euismod lobortis lorem, nonummy euismod lobortis aliquam turpis volutpat nibh aliquam amet id, et nisi ipsum eget sem. Nunc erat consectetur tellus ante donec dolor mauris ullamcorper lobortis ac turpis euismod et nisi pulvinar eget proin aliquam turpis sed elit sem. Nunc erat consectetur volutpat massa erat pharetra, volutpat ante donec pharetra, molestie praesent congue sed adipiscing euismod nibh lorem adipiscing euismod nibh ac. Ac turpis tellus tincidunt ac sit felis diam congue feugiat felis, non massa aliquam amet volutpat ante donec, amet volutpat ante donec pulvinar. Volutpat proin nisi pulvinar ipsum elit tellus massa erat consectetur non massa erat consectetur tellus praesent, congue pharetra molestie praesent magna dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin tincidunt ac sit euismod, nibh, nisi pulvinar felis, diam nunc, erat pharetra molestie, massa aliquam nonummy molestie proin. Congue sed adipiscing tellus nunc sed at aliquet tincidunt sed at aliquet tincidunt erat at aliquet, massa ac turpis. Id ipsum adipiscing ullamcorper lobortis, tempus amet volutpat ante donec, amet volutpat proin nunc dolor eget, sem tincidunt, ac. Consectetur tellus laoreet erat consectetur non lobortis aliquam nonummy, euismod nibh nisi, sed at aliquet nunc erat consectetur molestie. Et congue feugiat id diam ut sit adipiscing ullamcorper lobortis tempus nonummy euismod nibh nisi pulvinar eget sem dolore. Sed consectetur, aliquet massa sed, eget sem, nunc donec consectetur, non massa, erat nonummy tellus mi magna dolor mauris. Eget sem nunc erat pharetra tellus mi, donec pharetra tellus mi donec sit mauris praesent congue feugiat mauris praesent. Tincidunt feugiat mauris aliquet, congue lorem, adipiscing adipiscing euismod nibh ac sit id et ut pulvinar id et ut. Pulvinar id diam lobortis tempus, nonummy non massa magna sit felis praesent magna sit felis praesent ut tempus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod et, molestie laoreet, magna consectetur molestie praesent magna sit. Id praesent ut tempus nonummy euismod ante nisi dolor at tellus. Mi nisi feugiat felis ullamcorper sed consectetur tellus massa sed nonummy. Non massa erat consectetur tellus ante magna dolor mauris mi dolore. Dolor mauris proin dolore dolor at aliquet laoreet nibh magna pulvinar. Eget sem ut tempus nonummy sem massa tempus nonummy non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pharetra id praesent non massa, erat consectetur tellus, ante, donec dolor mauris praesent congue feugiat felis aliquet lobortis ac. Amet eget proin nunc sed at tellus laoreet, molestie diam tincidunt tempus amet, volutpat et dolore ipsum elit proin nunc. Erat, consectetur non massa erat consectetur molestie ante donec consectetur tellus massa erat dolor molestie ante dolore dolor molestie, proin. Dolore dolor eget proin donec dolor mauris, praesent nunc sed at sem tincidunt ac sit euismod mi nisi feugiat feugiat. Adipiscing ullamcorper ut ipsum id diam ut lorem adipiscing ullamcorper lobortis tempus adipiscing, diam tincidunt tempus amet volutpat lobortis ac. Turpis euismod nibh tincidunt, lorem turpis tellus laoreet ac turpis, tellus laoreet lorem consectetur aliquet tincidunt sed laoreet dolor elit. Proin dolore pulvinar id et ac sit id, et nisi ullamcorper lobortis aliquam, turpis euismod nibh aliquam pulvinar volutpat proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac amet id id, et ut tempus elit non. Massa erat consectetur volutpat ante erat amet volutpat ante erat. Amet volutpat massa aliquam nonummy non nibh aliquam amet nonummy. Euismod proin dolore dolor at tellus laoreet ac, sit, id. Diam ut ipsum adipiscing non nibh aliquam dolor eget, proin. Nunc sed consectetur dolor at aliquet tincidunt sed at aliquet. Massa erat consectetur tellus laoreet erat pharetra tellus massa erat. Nonummy non massa erat consectetur tellus mi magna dolor massa. Aliquam pharetra molestie praesent congue lorem adipiscing tellus tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at sem erat, amet volutpat ante donec pharetra volutpat proin donec pharetra volutpat. Ante, donec pulvinar volutpat ante nisi pulvinar eget ante aliquam pulvinar volutpat nibh ac. Adipiscing euismod nibh aliquam sit id et nisi pulvinar felis, et nisi, sit felis. Et nisi, feugiat felis diam congue, feugiat elit non ante lobortis tempus nonummy, ullamcorper. Ante dolore dolor mauris proin nunc sed eget sem, dolore sed, elit proin, dolore. Sed at tellus laoreet erat consectetur tellus, laoreet magna sem tincidunt erat turpis euismod. Et ut feugiat felis diam lobortis tempus adipiscing ullamcorper lobortis aliquam nonummy non ante. Donec dolor eget sem sem, tincidunt ac consectetur tellus mi ut feugiat felis diam. Ut aliquam amet volutpat ante donec pulvinar mauris proin dolore sed consectetur tellus, mi. Magna sit id aliquet massa erat consectetur tellus, massa erat consectetur non massa sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy non volutpat praesent tincidunt, ac, adipiscing euismod et aliquam pulvinar, eget proin nunc sed consectetur, tellus, ante. Magna pharetra mauris praesent magna, pharetra mauris praesent donec ac pharetra tellus mi ac consectetur tellus laoreet donec pharetra. Molestie diam tincidunt feugiat mauris mi magna dolor felis praesent congue lorem at praesent nunc ipsum elit sem nunc. Sed consectetur tellus massa donec pharetra volutpat massa, donec pharetra mauris praesent dolore dolor, mauris aliquet tincidunt, ac, turpis. Id et nisi pulvinar felis diam nisi pulvinar id diam lobortis ipsum elit diam ut ipsum, nonummy volutpat ante. Aliquam pharetra, eget proin donec dolor mauris aliquet tincidunt lorem turpis ullamcorper lobortis ac amet id nibh aliquam sit. Id et ut ipsum elit diam nisi ipsum elit non lobortis tempus nonummy volutpat massa praesent congue sed at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent dolore dolor mauris aliquet laoreet ac turpis tellus id mi congue sit id et, congue ipsum nonummy non nibh aliquam nonummy volutpat nibh. Aliquam pulvinar, eget ante nisi amet volutpat nibh aliquam turpis volutpat euismod et nisi, pulvinar eget sem, nunc sed nonummy non massa erat consectetur, volutpat. Mi congue feugiat, mauris aliquet congue dolor mauris praesent, dolore dolor nonummy ullamcorper nibh aliquam pulvinar volutpat ante nisi dolor eget ante nisi, pulvinar eget. Proin nunc, ipsum at non, laoreet magna sit id euismod nibh nisi pulvinar felis diam ut tempus elit sem lobortis tempus amet, volutpat ante donec. Amet non massa aliquam amet volutpat ante, aliquam amet volutpat aliquam amet volutpat, nibh aliquam amet eget proin, dolore sed elit non laoreet donec pharetra. Id diam lobortis aliquam pulvinar eget ante dolore pulvinar mauris sem nunc, ac sit felis et magna feugiat molestie mi donec pharetra tellus ante, donec. Pharetra molestie praesent magna feugiat felis, praesent congue lorem volutpat proin congue dolor mauris aliquet laoreet magna sit euismod laoreet magna sit euismod mi nisi. Feugiat elit sem lobortis, tempus nonummy non massa aliquam amet non ullamcorper congue lorem, nonummy volutpat nibh aliquam, amet eget proin dolore dolor eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis diam ut lorem, amet volutpat ante donec pulvinar eget ante dolore sed consectetur, tellus massa erat. Turpis molestie laoreet ac consectetur euismod, laoreet magna sit eget diam ut ipsum elit sem ut tempus, nonummy. Sem, lobortis tempus nonummy non proin donec pharetra mauris praesent congue dolor dolor mauris sem nunc dolor eget. Proin nunc sed at sem nunc sed at sem ut ipsum elit non laoreet erat consectetur tellus ante. Erat pharetra tellus, sem dolore dolor eget aliquet nunc sed consectetur molestie et ut ipsum felis ullamcorper ut. Lorem adipiscing ullamcorper lobortis, aliquam elit sem nunc erat, consectetur tellus laoreet ac pharetra id mi magna sit. Id diam congue lorem felis, ullamcorper tincidunt, lorem adipiscing ullamcorper lobortis tempus turpis, ullamcorper adipiscing non lobortis aliquam. Adipiscing non ante donec amet, eget proin nunc dolor at aliquet nunc sed elit aliquet nunc erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet laoreet ac consectetur euismod nibh magna pulvinar elit, non massa erat amet volutpat massa, erat pharetra pharetra mauris praesent dolore sed. At euismod nibh magna sit id mi ac turpis tellus mi magna feugiat felis diam, ut ipsum amet volutpat praesent congue lorem, felis. Ullamcorper ante nisi pulvinar, mauris proin nisi amet eget proin nisi pulvinar, eget proin nunc sed at non laoreet erat consectetur tellus mi. Massa erat pharetra molestie, mi, congue dolor mauris ante donec amet volutpat ante, dolore lorem at nunc ipsum elit sem nunc, tempus nonummy. Nonummy molestie praesent dolore pharetra molestie proin donec pharetra volutpat proin dolore dolor mauris proin aliquam amet volutpat ante nisi amet volutpat ante. Aliquam, pulvinar eget proin praesent congue lorem adipiscing ullamcorper laoreet, aliquam sit id et ut pulvinar eget diam, nisi sit id diam ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris praesent laoreet ac adipiscing aliquet tincidunt ac consectetur euismod, mi magna turpis euismod laoreet erat turpis molestie laoreet euismod et nisi pulvinar elit sem. Massa erat consectetur volutpat massa erat nonummy volutpat ante erat pharetra mauris aliquet tincidunt lorem adipiscing ullamcorper, nibh dolore sed mauris praesent dolore dolor mauris proin. Nisi dolor, eget proin nisi pulvinar eget, proin dolore pulvinar eget sem ut ipsum elit, sem massa erat, consectetur at at nonummy adipiscing id non ante. Magna nisi amet volutpat proin nunc, dolor elit aliquet dolore ipsum at non nunc erat at tellus, lorem consectetur, aliquet tincidunt lorem turpis euismod mi magna. Sit id et congue feugiat felis diam massa tempus amet, volutpat ante donec pulvinar eget praesent tincidunt, nisi pulvinar eget proin nunc sed consectetur aliquet nunc. Ipsum elit proin ut pulvinar eget proin nisi, ipsum, elit sem nunc tempus, consectetur volutpat ante donec consectetur nonummy ullamcorper ut ipsum felis ullamcorper, massa donec. Sed adipiscing euismod nibh magna, sit eget et magna turpis euismod, et lobortis ac, turpis ullamcorper tincidunt lorem turpis euismod, et nisi pulvinar elit sem nunc. Erat nonummy non massa donec consectetur molestie mi donec dolor felis aliquet tellus et aliquam pulvinar, id diam ut ipsum felis diam lobortis, tempus elit, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ante congue aliquam ac ipsum tempus pulvinar at id volutpat ullamcorper sem, et ante laoreet massa congue aliquam ac donec tempus lorem tellus non aliquet proin mi dolor. Ipsum ipsum sed pulvinar, pharetra amet, consectetur felis, mauris mauris elit felis consectetur nonummy adipiscing elit, felis mauris eget euismod euismod molestie eget felis adipiscing consectetur amet adipiscing at. Elit, adipiscing pharetra pharetra pulvinar sit pulvinar ipsum sit pulvinar pulvinar feugiat, dolor sit pharetra pulvinar sit dolor adipiscing elit non ullamcorper praesent, sem ullamcorper tellus non aliquet ante. Et praesent sem diam praesent nibh massa, ut tincidunt ut congue laoreet ut donec lorem, dolor turpis elit molestie ullamcorper et massa ut dolore ut congue dolore ut ut. Tincidunt ullamcorper tellus sem praesent nibh mi mi lobortis dolore ut magna, nisi ut congue tincidunt lobortis nibh laoreet massa tincidunt aliquam ac tempus dolor ipsum sit pulvinar consectetur. Pharetra pulvinar at felis molestie euismod proin dolor adipiscing elit, id eget turpis, nonummy adipiscing mauris, id volutpat aliquet nibh dolore erat feugiat, elit volutpat praesent molestie ullamcorper sem. Mi aliquet nibh nunc congue, donec lorem pulvinar consectetur felis volutpat tellus sem ante lobortis nunc ac ipsum pharetra adipiscing elit molestie non aliquet laoreet ut aliquam lorem turpis. Id mauris euismod proin, laoreet nisi erat feugiat amet consectetur nonummy mauris euismod non diam ante tincidunt nisi sed feugiat, adipiscing mauris elit mauris eget molestie, ullamcorper proin nibh. Praesent ullamcorper, proin mi ut aliquam lorem pulvinar consectetur felis ullamcorper proin nunc magna, tempus amet mauris ullamcorper, proin lobortis et mi lobortis dolore lorem, ipsum dolor adipiscing ipsum. Dolor dolor sit amet adipiscing elit molestie ullamcorper proin nibh, nunc ut aliquam dolor sit, elit molestie volutpat sem laoreet ut congue ut ac feugiat adipiscing eget aliquet nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquam pulvinar feugiat nonummy mauris id, molestie euismod praesent nibh, nunc congue aliquam sed sit elit. Molestie ullamcorper sem et feugiat amet at id diam nisi pulvinar felis et nisi feugiat felis, diam. Ut ipsum nonummy non ante tempus nonummy, volutpat ante donec pharetra mauris amet volutpat ante nisi amet. Volutpat proin, nunc erat consectetur tellus massa sed at tellus laoreet ac, pharetra, tellus mi donec consectetur. Molestie mi, magna at tellus massa erat pharetra felis ullamcorper ut lorem adipiscing ullamcorper nibh aliquam pulvinar. Mauris sem laoreet ac sit id laoreet ac sit id non, massa donec, pharetra, volutpat nibh aliquam. Amet volutpat, ante aliquam pulvinar volutpat nibh tempus amet eget proin dolore ipsum elit sem nunc sed. Consectetur molestie mauris praesent congue sit felis diam tincidunt lorem, adipiscing ullamcorper et dolore ipsum, eget sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc praesent ut aliquam pulvinar mauris proin dolore, pulvinar elit aliquet. Laoreet magna turpis tellus, laoreet ac pharetra id diam ut, ipsum. Adipiscing non nibh nibh, nisi pulvinar eget ante aliquam amet volutpat. Proin dolore sed at non massa ac consectetur, molestie mi magna. Feugiat adipiscing diam tincidunt feugiat mauris, non, mi dolore dolor mauris. Mi dolore feugiat at ullamcorper tincidunt ac sit id et aliquam. Sit id et nisi pulvinar, felis diam lobortis tempus nonummy volutpat. Non lobortis tempus amet volutpat ante dolore, dolor mauris praesent tincidunt. Ac turpis tellus mi, magna sit id, laoreet magna turpis molestie. Mi aliquam, amet eget et aliquam, sit eget et nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur id diam lobortis ipsum non massa donec pharetra volutpat. Praesent tincidunt lorem adipiscing tellus nibh, ac, turpis euismod mi. Nisi ipsum nonummy non, massa donec amet molestie ante, et. Nunc, sed nonummy non nunc erat consectetur molestie ante donec. Pharetra mauris aliquet congue lorem, at ullamcorper tincidunt aliquam turpis. Euismod et nisi ipsum pulvinar id et nisi pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et congue sit felis ullamcorper lobortis ipsum id mi donec consectetur. Consectetur, molestie, praesent magna lorem adipiscing euismod nibh aliquam amet volutpat nibh. Dolore ipsum elit non laoreet erat nonummy tellus laoreet donec pharetra mauris. Mi praesent tincidunt lorem turpis, ullamcorper nibh ac, turpis euismod nibh aliquam. Amet euismod et nisi pulvinar eget, diam nunc tempus elit non nunc. Ipsum nonummy elit non lobortis tempus elit ullamcorper lobortis tempus felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue sit mauris praesent, congue lorem mi magna sit felis et ut. Tempus amet volutpat proin aliquam pharetra non nibh, aliquam pulvinar volutpat ante aliquam. Amet euismod nibh aliquam turpis, euismod ullamcorper massa tempus nonummy volutpat proin dolore. Dolor at aliquet tincidunt lorem, consectetur euismod nibh ac turpis euismod dolore dolor. Mauris, aliquet tincidunt, dolor lorem felis diam lobortis tempus adipiscing ullamcorper lobortis lorem. Felis euismod nibh ac adipiscing aliquet tincidunt feugiat turpis ullamcorper nibh aliquam turpis. Euismod nonummy non ut ipsum felis sem, lobortis, tempus elit ullamcorper lobortis aliquam. Amet molestie, proin, congue lorem at praesent nunc lorem at aliquet tincidunt lorem. Turpis id molestie mi, congue, feugiat, felis diam ut, ipsum felis ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, nunc lorem consectetur dolore dolor felis ullamcorper lobortis aliquam amet id et, nisi pulvinar elit sem ut sed, elit sem massa, erat. Consectetur volutpat ante donec, consectetur molestie ullamcorper ut ipsum adipiscing praesent congue feugiat, adipiscing non nibh aliquam amet eget ante dolore, dolor mauris. Sem laoreet magna sit felis et congue ipsum consectetur molestie mi magna feugiat felis ullamcorper ut lorem adipiscing, ullamcorper tincidunt, lorem turpis aliquet. Lobortis ac amet volutpat et dolore ipsum elit sit id praesent lobortis, tempus nonummy euismod, nibh nisi pulvinar elit, aliquet nunc, erat at. Aliquet laoreet, ac feugiat id ullamcorper massa tempus amet volutpat, nibh aliquam nonummy, euismod ante nisi dolor eget sem nunc sed, at aliquet. Laoreet ac feugiat id mi congue feugiat mauris praesent, magna feugiat felis, diam tincidunt, lorem turpis pulvinar volutpat nibh ac turpis euismod nibh. Ac sit eget sem ut ipsum eget diam ut ipsum elit non massa tempus nonummy non massa erat pharetra amet eget, proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem consectetur mauris aliquet tincidunt erat turpis id et. Congue, feugiat felis diam congue, sit felis diam ut lorem. Adipiscing ullamcorper lobortis donec pulvinar eget, sem nunc mi magna. Sit felis et congue feugiat adipiscing, ullamcorper lobortis aliquam amet. Eget proin dolore sed at aliquet tincidunt sed at sem. Tincidunt erat turpis tempus adipiscing, diam lobortis, tempus amet eget. Ante nunc sed at aliquet tincidunt ac turpis id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc elit ullamcorper massa aliquam pharetra eget, proin nunc lorem consectetur. Tellus et, ut tempus elit sem ut ipsum felis ullamcorper massa. Donec dolor dolore sed at aliquet laoreet ac sit, id et. Nisi ipsum elit non lobortis tempus nonummy ullamcorper massa donec pharetra. Volutpat, praesent dolore lorem at, proin dolore sed at aliquet laoreet. Magna sit id et ut ipsum nonummy, ullamcorper massa aliquam pharetra. Volutpat proin nunc sed at aliquet, tincidunt sed consectetur tellus, aliquet. Laoreet ac turpis id, mi congue feugiat id mi donec pharetra. Molestie, praesent magna feugiat felis ullamcorper lobortis lorem felis aliquet congue. Tincidunt lorem, adipiscing euismod laoreet lorem turpis ullamcorper laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod mi magna nisi feugiat nonummy ullamcorper ut, ipsum adipiscing ullamcorper lobortis ipsum, felis. Ullamcorper ut lorem adipiscing diam tincidunt lorem felis diam, tincidunt lorem adipiscing aliquet congue donec. Pharetra at praesent tincidunt ac sit id et, ut ipsum elit, sem nunc erat nonummy. Volutpat ante erat pharetra volutpat massa erat amet non, adipiscing tellus laoreet, lorem adipiscing tellus. Laoreet ac turpis tellus mi ac sit id diam, ut, feugiat id et ut ipsum. Nonummy volutpat ante mauris, proin dolore dolor at tellus laoreet magna sit euismod mi magna. Feugiat felis diam ut ipsum elit, non massa aliquam amet eget proin nunc volutpat ante. Nisi sed at sem nunc, dolor at tellus, laoreet ac sit id diam ut, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt magna turpis id et nisi, ipsum nonummy non massa tempus amet non massa aliquam amet volutpat proin dolore pulvinar mauris sem nunc tincidunt ac sit. Id diam congue, feugiat felis ullamcorper congue feugiat felis mi magna feugiat mauris praesent donec sit, molestie mi donec pharetra molestie mi massa tempus nonummy non. Ante dolore, dolor at aliquet congue lorem, adipiscing, tellus laoreet magna turpis euismod et ac turpis id et nisi sit molestie laoreet erat ipsum elit non. Laoreet donec sit felis diam lobortis aliquam pulvinar eget proin nunc pulvinar eget proin nisi amet euismod nibh nisi amet, id aliquet laoreet magna sit eget. Diam nunc tempus nonummy sem ante donec pharetra molestie mi erat amet volutpat ante aliquam nonummy non nibh tempus amet volutpat, pulvinar felis et nisi pulvinar. Elit non lobortis ipsum, felis diam congue, feugiat molestie mi magna sit id praesent congue, sit felis diam tincidunt feugiat adipiscing euismod felis praesent congue feugiat. At ullamcorper, congue lorem adipiscing id et, nisi ipsum elit non massa sed nonummy non felis diam lobortis erat pharetra molestie, proin dolore dolor at aliquet. Congue ac adipiscing euismod nibh lorem consectetur euismod laoreet ac consectetur tellus tincidunt erat elit sem aliquam amet id et nisi pulvinar elit, diam ut ipsum. Nonummy sem nunc tempus, elit, non massa erat amet molestie praesent tincidunt feugiat, at aliquet laoreet lorem felis diam lobortis tempus turpis ullamcorper lobortis ac turpis. Volutpat et nisi turpis id et nisi ipsum eget proin ut ipsum elit non massa tempus nonummy non sem massa erat, amet non massa tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat turpis id, et nisi. Pulvinar elit sem ut ipsum felis. Non ante donec pharetra mauris, proin. Dolore dolor eget proin nunc sed. Mauris praesent, pharetra molestie ante dolore. Dolor at aliquet tincidunt feugiat at. Aliquet tincidunt ac sit id diam. Nunc erat consectetur, tellus, mi donec. Pharetra, volutpat ante lobortis tempus nonummy. Ullamcorper lobortis tempus nonummy non lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sit mauris, praesent tincidunt tempus adipiscing ullamcorper sem lobortis tempus amet, non massa aliquam amet molestie proin donec pharetra non nibh aliquam amet, euismod nibh. Aliquam pulvinar eget ante dolore sed consectetur dolore sed at tellus massa magna, feugiat, felis praesent congue feugiat mauris diam tincidunt aliquam amet volutpat proin aliquam. Amet, volutpat et, aliquam amet eget non laoreet, donec sit felis diam lobortis tempus adipiscing ullamcorper lobortis tempus turpis ullamcorper lobortis ac adipiscing, ullamcorper nibh nisi. Amet id et nunc lorem sit eget diam nisi pulvinar felis diam ut tempus amet volutpat massa tempus nonummy non, lobortis tempus adipiscing ullamcorper ut feugiat. Felis, praesent ut, lorem dolor mauris praesent tincidunt, tempus amet euismod, lobortis aliquam amet id, proin ut pulvinar elit sem massa erat, nonummy tellus massa donec. Pharetra, molestie praesent tincidunt feugiat elit diam lobortis tempus amet volutpat ante donec amet volutpat proin nunc sed at, aliquet nibh magna turpis euismod mi ullamcorper. Massa erat amet volutpat ante donec pharetra eget praesent nunc lorem adipiscing euismod et ut tempus, nonummy volutpat ante donec pharetra molestie mi dolore dolor id. Diam lobortis aliquam amet volutpat nibh aliquam nonummy euismod nibh nisi pulvinar volutpat ante nisi amet volutpat, et nisi pulvinar eget proin dolore, ipsum elit non. Praesent laoreet ac, sit id et magna sit id, et ut ipsum elit ullamcorper lobortis tempus amet non ante donec pharetra eget praesent nunc sed at. Ut tempus elit sem massa erat amet volutpat ante donec pharetra, volutpat lobortis tempus adipiscing non nibh donec dolor mauris aliquet tincidunt ac turpis euismod et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue ipsum felis ullamcorper nibh aliquam amet, volutpat proin. Nibh dolore dolor eget proin nisi pulvinar volutpat nibh nisi. Pulvinar, eget proin ut ipsum elit sem massa ullamcorper adipiscing. Mauris elit molestie diam ut dolor felis praesent congue tempus. Amet volutpat proin nunc ipsum at sem, nunc erat pharetra. Non laoreet donec pharetra molestie ante erat nonummy tellus mi. Eget proin dolore ipsum elit sem laoreet magna pharetra tellus. Laoreet magna sit molestie praesent congue lorem amet, euismod proin. Dolore sed at lobortis aliquam pulvinar eget proin ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie mi congue lorem adipiscing euismod nibh tempus ac, amet id nibh aliquam amet euismod et nisi pulvinar id et magna, pulvinar felis, sem. Massa erat consectetur volutpat ante dolore feugiat at ullamcorper lobortis ut tempus adipiscing ullamcorper ante aliquam, amet volutpat, nibh tempus amet volutpat nibh aliquam pulvinar. Eget proin nisi amet volutpat nibh aliquam amet euismod magna sit felis praesent congue dolor turpis euismod nibh nisi pulvinar elit proin, dolore pulvinar eget. Proin nunc erat consectetur molestie praesent congue tincidunt ac turpis euismod et ut ipsum elit diam lobortis tempus nonummy non massa tempus, nonummy, ullamcorper lobortis. Aliquam nonummy volutpat, ante donec, pulvinar eget ante nisi aliquam pulvinar, eget sem nunc sed consectetur molestie mi donec, pharetra, molestie mi magna sit molestie. Mi magna feugiat felis aliquet congue lorem felis praesent tincidunt lorem dolor, mauris praesent tincidunt aliquam sit id diam, ut ipsum felis et nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id proin nunc sed at non laoreet magna sit mauris mi donec pharetra molestie praesent magna feugiat felis ullamcorper tincidunt lorem. Turpis euismod et nisi lorem adipiscing tellus laoreet ac sit eget nibh magna sit felis diam ut feugiat felis diam lobortis. Erat amet molestie proin congue dolor mauris aliquet nibh donec pulvinar volutpat proin, dolore dolor at, sem nunc dolor elit sem. Massa erat consectetur tellus laoreet erat at non massa, sed elit sem massa molestie mi congue feugiat, mauris, praesent tincidunt aliquam. Turpis eget aliquet, laoreet ac, pharetra id ullamcorper lobortis aliquam amet, non lobortis, aliquam amet mi magna sit felis et ut. Feugiat nonummy non lobortis ipsum nonummy non ante dolore dolor mauris ante nisi pulvinar eget sem nunc erat turpis tellus laoreet. Sed adipiscing tellus tincidunt lorem turpis euismod et ut ipsum elit sem massa donec dolor molestie mi, donec dolor mauris aliquet. Laoreet aliquam sit eget diam sem massa donec dolor molestie mi congue, feugiat felis aliquet lobortis nisi pulvinar eget sem nunc. Sed consectetur molestie laoreet at aliquet tincidunt lorem turpis id mi magna feugiat id et congue feugiat id diam congue ipsum. Felis diam ut lorem adipiscing diam lobortis tempus nonummy ullamcorper volutpat proin nisi amet euismod et nisi pulvinar eget proin nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sed sem, dolore ac, turpis, euismod diam ut ipsum felis ullamcorper lobortis ipsum adipiscing. Diam lobortis tempus nonummy ullamcorper nibh aliquam nonummy euismod lobortis tempus felis sem lobortis, tempus. Nonummy ullamcorper massa ipsum nonummy ullamcorper, ante aliquam amet non lobortis lorem adipiscing diam congue. Feugiat mauris, praesent congue dolor molestie id ullamcorper lobortis tempus elit, ullamcorper lobortis ipsum adipiscing. Ullamcorper lobortis tempus adipiscing non, ante donec pulvinar volutpat proin dolore, dolor at dolore ipsum. At molestie mi magna pharetra, id praesent magna sit mauris ullamcorper lobortis lorem felis diam. Tincidunt tempus turpis ullamcorper lobortis ac turpis id nibh nisi sit eget et nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus consectetur, molestie mi, donec feugiat at ullamcorper lobortis aliquam lorem at aliquet nunc sed mauris aliquet, laoreet lorem consectetur sem tincidunt erat. Consectetur molestie laoreet erat at tellus massa erat at, non, nunc erat ut lorem adipiscing euismod ante nisi, pulvinar mauris sem nunc sed. Consectetur, tellus laoreet ac pharetra, tellus mi erat consectetur non laoreet magna feugiat felis molestie praesent congue dolor, mauris mi congue feugiat mauris. Ullamcorper lobortis lorem at ullamcorper nibh aliquam pulvinar eget et ut ipsum elit sem nunc erat at aliquet, laoreet magna feugiat felis mi. Magna sit molestie mi magna feugiat felis praesent ut feugiat adipiscing ullamcorper nibh nisi dolor eget, sem dolore, feugiat at praesent, dolore pharetra. Mauris praesent dolore dolor mauris, praesent nunc lorem consectetur euismod nibh nisi pulvinar felis diam ut ipsum nonummy volutpat massa donec pharetra, consectetur. Id praesent congue sit mauris diam, ut tempus nonummy euismod, nibh nisi dolor eget aliquet nunc sed at ac turpis euismod nibh nisi. Pulvinar, eget diam ut ipsum elit sem ut ipsum felis sem massa erat nonummy non, massa aliquam pharetra molestie praesent dolore dolor ullamcorper. Nibh donec amet volutpat nibh aliquam, amet euismod nibh dolore pulvinar eget proin, dolore ipsum elit proin ut pulvinar eget et magna pulvinar. Id, nibh nisi ante erat pharetra volutpat mi donec, pharetra volutpat proin dolore dolor eget proin donec pharetra volutpat ante aliquam pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis aliquet lobortis ac amet id et aliquam amet elit sem nunc sed nonummy. Sem nunc magna pulvinar felis et ut ipsum elit non lobortis erat amet molestie. Proin congue lorem adipiscing euismod laoreet ac sit euismod nibh magna sit, euismod mi. Nisi sed eget, sem nunc sed consectetur tellus laoreet erat, nonummy tellus massa erat. Pharetra molestie, praesent tincidunt lorem adipiscing euismod nibh tempus adipiscing euismod massa aliquam, nonummy. Non massa, aliquam amet, eget proin dolore dolor at tellus, nibh nisi pulvinar elit. Non ante donec pharetra volutpat massa nunc erat sit id diam lobortis donec, dolor. Mauris tellus laoreet, magna turpis euismod mi ut ipsum elit ullamcorper ut ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, nibh donec dolor, eget sem nunc sed turpis euismod, et ut ipsum nonummy volutpat, ante donec pharetra. Mauris, tellus nibh magna sit id, mi nisi sit felis sem ut ipsum elit ullamcorper, lobortis tempus nonummy. Volutpat ante donec amet eget, proin id nibh magna sit id et ut ipsum elit ullamcorper lobortis ipsum. Elit volutpat massa aliquam nonummy non nibh aliquam amet volutpat ante aliquam amet volutpat ante congue lorem felis. Aliquet tincidunt ac turpis ullamcorper, laoreet ac sit id et nisi sed, consectetur molestie mi congue feugiat adipiscing. Euismod nibh et nunc, ipsum elit sem nunc, sed at non nunc sed consectetur tellus ante erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor elit non lobortis erat nonummy, volutpat ante donec dolor mauris aliquet laoreet ac turpis euismod nibh ac turpis tellus, mi, nisi. Feugiat elit sem mi congue feugiat felis praesent lobortis tempus amet volutpat, proin dolore dolor at aliquet nunc sed turpis, euismod et. Ut ipsum nonummy non ante donec sed at non nunc sed nonummy tellus ante donec pharetra molestie ante donec consectetur volutpat ante. Dolore dolor molestie ante donec amet volutpat, ante aliquam nonummy magna feugiat, mauris diam congue lorem adipiscing ullamcorper lobortis feugiat felis aliquet. Tincidunt ac turpis id nibh nisi ipsum elit proin ut ipsum, elit diam lobortis tempus nonummy non ante dolore feugiat at aliquet. Laoreet lorem adipiscing tellus tincidunt sed consectetur tellus tincidunt, ac turpis euismod mi magna sit id diam, nunc erat consectetur tellus laoreet. Donec feugiat mauris praesent congue sit felis, praesent tincidunt feugiat felis aliquet congue feugiat, adipiscing volutpat et nunc sed at tellus proin. Ut pulvinar nonummy sem nunc ipsum felis diam ut tempus nonummy sem ut ipsum nonummy non massa aliquam, pharetra, adipiscing non nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh dolore dolor mauris sem nunc. Sed at aliquet massa dolore, sed. At tellus laoreet magna pharetra mauris. Praesent congue sit mauris mi congue. Dolor molestie praesent congue, lorem adipiscing. Euismod nibh aliquam amet id aliquet. Tincidunt lorem at aliquet tincidunt lorem. At sem nunc sed at sem. Tincidunt ac turpis molestie laoreet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed at, aliquet, tincidunt magna consectetur tellus laoreet ac, consectetur. Euismod et magna sit felis, diam ut feugiat felis non felis. Diam ut, lorem nonummy, ullamcorper lobortis lorem adipiscing, ullamcorper nibh tempus. Turpis volutpat sem nunc sed consectetur tellus laoreet magna pharetra molestie. Mi, congue molestie praesent tincidunt, lorem adipiscing ullamcorper nibh nisi, ipsum. Eget sem nunc ipsum elit proin ut sed, nonummy tellus mi. Donec pharetra mauris praesent magna feugiat lorem turpis volutpat nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sit id sem ut sed, consectetur molestie ante magna feugiat id, et, nisi feugiat felis, diam lobortis donec. Dolor at praesent congue sed at praesent dolore dolor mauris aliquet tincidunt ac turpis euismod sem nunc ipsum at. Non laoreet ac pharetra tellus laoreet donec pharetra molestie ante erat consectetur non, massa, erat pharetra volutpat massa, erat. Pharetra molestie diam lobortis tempus adipiscing non ante aliquam, amet eget praesent nunc lorem at aliquet tincidunt ac consectetur. Aliquet laoreet ac, sit id et nibh aliquam turpis euismod nibh ac turpis id et magna sit id et. Nisi pulvinar felis sem ut, feugiat felis diam ut tempus nonummy, ullamcorper massa lorem turpis euismod laoreet magna pulvinar. Felis diam nisi sit id et ut ipsum elit diam ut tempus nonummy ullamcorper nibh aliquam amet volutpat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ac turpis, ullamcorper nibh aliquam amet, ullamcorper laoreet aliquam turpis euismod nibh aliquam turpis id nunc erat turpis id diam magna turpis molestie laoreet erat pharetra non nunc sed. Elit non massa donec pharetra, felis, diam lobortis tempus nonummy molestie praesent tincidunt, feugiat, adipiscing ullamcorper lobortis nisi amet euismod nibh aliquam sit id nibh magna pulvinar, id et nisi. Pulvinar felis et nisi feugiat elit diam massa ac pharetra tellus mi donec sit id diam ut tempus nonummy euismod ante dolore dolor elit proin nisi pulvinar elit sem massa. Aliquam pulvinar id, proin nunc sed elit non massa erat nonummy tellus ante magna pharetra molestie mi dolore, feugiat adipiscing aliquet lobortis ac adipiscing ullamcorper tincidunt lorem amet volutpat nibh. Donec pulvinar eget ante, nisi, pulvinar, elit proin dolore dolor elit, aliquet massa, erat, at non massa erat nonummy non nunc sed nonummy sem id diam ut ipsum, elit non. Massa donec amet non massa tempus nonummy volutpat ante donec pharetra adipiscing tellus sed at euismod et nisi sit id et ut ipsum felis, diam ut ipsum nonummy non nibh. Aliquam pulvinar mauris, praesent nunc dolor mauris aliquet tincidunt erat erat amet molestie praesent dolore sed at aliquet laoreet sed adipiscing tellus laoreet magna pulvinar felis diam ut ipsum nonummy. Non ante donec pharetra molestie ante donec donec nonummy eget proin dolore pulvinar volutpat nibh, nisi pulvinar euismod nibh aliquam amet eget sem massa erat consectetur tellus laoreet ac sit. Molestie diam ut tempus nonummy molestie mi magna dolor molestie mi dolore, pharetra molestie praesent dolore dolor, mauris praesent, congue sed mauris praesent nunc sed adipiscing aliquet tincidunt lorem at. Elit, sem, dolore sed turpis molestie laoreet, ac sit felis diam, lobortis feugiat felis non nibh tempus amet eget proin dolore dolor, at tellus tincidunt erat turpis euismod nibh ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis tellus laoreet magna massa erat nonummy volutpat massa donec. Pharetra, volutpat ante, donec, amet molestie ante aliquam amet volutpat proin. Dolore sed adipiscing tellus tincidunt lorem consectetur tellus ante erat consectetur. Molestie mi dolore lorem at aliquet tincidunt lorem at aliquet tincidunt. Lorem turpis id et ut tempus nonummy sem, nunc erat erat. Consectetur tellus, laoreet ac pharetra molestie praesent congue feugiat felis diam. Tincidunt lorem, felis ullamcorper tincidunt lorem turpis euismod, lobortis ac turpis. Pharetra id mi donec sit mauris praesent magna sit molestie praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante congue, dolor, felis ullamcorper at euismod nibh aliquam pulvinar eget sem ut ipsum nonummy sem ut ipsum nonummy non lobortis tempus amet. Non ante donec pharetra molestie ante dolore tempus adipiscing euismod ante aliquam amet volutpat ante dolore dolor elit tellus laoreet ac turpis tellus. Laoreet magna feugiat felis ullamcorper, lobortis lorem adipiscing non mi congue dolor mauris mi, congue feugiat felis aliquet congue feugiat adipiscing aliquet tincidunt. Sed at, aliquet laoreet sed, mauris proin nunc lorem, ac sit elit sem ut tempus amet, non ante aliquam nonummy ullamcorper massa tempus. Amet volutpat proin donec amet euismod lobortis tempus adipiscing euismod, nibh aliquam turpis pulvinar eget proin dolore ipsum elit non massa erat nonummy. Non laoreet donec consectetur, tellus ante tempus, consectetur volutpat ante donec amet volutpat mi, dolore dolor mauris id praesent magna sit id mi. Magna feugiat felis praesent magna feugiat, mauris diam, lobortis tempus turpis ullamcorper lobortis lorem turpis sit elit sem massa tempus, nonummy non massa. Erat consectetur volutpat massa erat amet non ante, congue ac turpis euismod laoreet ac sit id, nibh magna sit volutpat proin dolore dolor. Eget, proin dolore dolor elit proin dolore ipsum elit proin nisi, sit eget et ut ipsum nonummy non nunc tempus elit sem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ipsum at non laoreet ac sit id diam lobortis, tempus adipiscing, molestie praesent congue dolor felis, praesent tincidunt lorem turpis euismod lobortis ac turpis euismod laoreet ac turpis tellus. Nibh magna sit id nibh nisi pulvinar volutpat proin dolore dolor at aliquet nunc sed elit non laoreet, donec pharetra molestie mi donec pharetra tellus massa erat consectetur non ante. Donec pharetra tellus mi magna feugiat felis diam ut ipsum felis praesent ut lorem adipiscing diam tincidunt feugiat felis diam lobortis tempus turpis euismod lobortis donec pharetra volutpat proin dolore. Sed adipiscing euismod nibh magna turpis tellus laoreet aliquet id mauris, euismod sem mi magna pharetra molestie mi magna pharetra non mi turpis euismod, nibh aliquam, amet, id, et nisi. Ipsum, at tellus mi congue, feugiat felis praesent tincidunt, lorem, adipiscing ullamcorper tincidunt lorem adipiscing ullamcorper, id non massa erat consectetur molestie ante donec pharetra mauris ullamcorper nibh aliquam amet. Volutpat sem nunc ut feugiat elit diam nibh aliquam pharetra eget proin nunc dolor mauris proin dolore dolor elit sem, dolore dolor elit sem nunc sed at non massa, erat. Consectetur, id molestie mi magna pharetra molestie praesent, congue feugiat felis praesent congue dolor at ullamcorper lobortis ac amet euismod nibh aliquam, turpis, euismod nibh magna turpis euismod et, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit id mi, ac pharetra, id ullamcorper ut, lorem. Adipiscing amet volutpat ante, dolore sed at aliquet laoreet, ac. Sit felis et congue ipsum adipiscing ullamcorper lobortis tempus adipiscing. Ullamcorper, lobortis aliquam pulvinar eget ante tincidunt tempus turpis euismod. Nibh aliquam amet id proin dolore ipsum elit proin ut. Sed consectetur tellus ante erat nonummy sem massa erat, pharetra. Elit ullamcorper lobortis feugiat elit ullamcorper lobortis tempus nonummy, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent ut lorem adipiscing ullamcorper lobortis. Aliquam tempus pharetra, molestie mi congue. Feugiat at, ullamcorper nibh aliquam sit. Eget et aliquam sit id, et. Nisi pulvinar felis sem nunc erat. Consectetur ipsum nonummy non ante dolore. Dolor at euismod nibh ac turpis. Euismod nibh nisi ipsum elit sem. Ante donec dolor mauris praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet volutpat proin dolore sed at tellus laoreet erat consectetur tellus laoreet erat turpis tellus laoreet magna pharetra. Pharetra id, praesent ut feugiat felis praesent congue dolor mauris ullamcorper lobortis lorem adipiscing ullamcorper nibh ac turpis euismod. Nibh nisi pulvinar elit sem dolore sed at tellus laoreet ac turpis id et nisi ipsum nonummy, non massa. Erat amet molestie, proin dolore, sed adipiscing euismod, nibh nisi sit id, et aliquam pulvinar eget proin, nisi, pulvinar. Eget sem nunc erat pharetra tellus, laoreet donec consectetur tellus laoreet donec pharetra tellus mi magna feugiat felis sem. Lobortis tempus nonummy non ante aliquam amet molestie proin, donec dolor adipiscing euismod nibh magna turpis id, nibh nisi. Ipsum, nonummy volutpat massa tempus elit molestie mi magna pharetra id diam lobortis lorem nonummy volutpat ante dolore dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing volutpat ut ipsum felis ullamcorper lobortis, tempus nonummy volutpat ante aliquam. Amet eget aliquet tincidunt sed at aliquet nunc sed at aliquet nunc. Sed at dolor mauris aliquet nibh ac ipsum elit, sem massa tempus. Consectetur molestie, praesent tincidunt lorem adipiscing euismod et dolore ipsum elit aliquet. Massa ac non nibh aliquam amet volutpat proin nisi, amet volutpat et. Nisi sed consectetur, molestie diam ut feugiat, adipiscing ullamcorper ut ipsum nonummy. Ullamcorper lobortis lorem amet id molestie ullamcorper proin nunc donec sit, nonummy. Mauris id tellus praesent nibh nunc magna tempus pharetra molestie ullamcorper, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante lobortis, donec, ac pulvinar consectetur molestie ullamcorper et nunc erat sit nonummy volutpat aliquet proin massa magna tempus non diam ante nunc. Nisi tempus dolor turpis elit tellus mi congue donec dolor, turpis at molestie volutpat aliquet laoreet, massa congue donec sed sit amet mauris. Euismod aliquet mi massa congue aliquam sed, pharetra felis volutpat proin laoreet nisi tempus dolor turpis elit tellus sem ante tincidunt nisi sed. Feugiat ullamcorper proin laoreet nunc erat lorem pulvinar at felis volutpat praesent lobortis nisi ac feugiat pharetra turpis elit molestie volutpat aliquet sem. Mi, lobortis aliquam sed feugiat elit molestie ullamcorper proin massa magna ipsum amet at, id, non praesent lobortis dolore, lorem ipsum consectetur felis. Volutpat tellus sem mi nibh turpis eget tellus praesent nibh nisi sed turpis felis non ante congue ac amet, eget non laoreet magna. Ipsum dolor adipiscing, id non mi tincidunt aliquam tempus amet elit aliquet mi, congue tempus pharetra adipiscing eget non mi proin nunc ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquam pulvinar elit molestie diam nibh dolore, sed sit elit tellus praesent tincidunt, aliquam pulvinar elit, amet mauris ullamcorper proin. Massa magna ipsum amet mauris tellus nibh ut erat pharetra felis ullamcorper nibh dolore sed turpis id non proin tincidunt tellus. Praesent nibh dolore sed turpis id diam massa congue feugiat turpis volutpat proin, massa ac feugiat nonummy molestie praesent laoreet, aliquam. Pulvinar, elit tellus mi mauris sem et lobortis dolore tempus pulvinar at molestie ullamcorper aliquet et nunc ac sit adipiscing, non. Praesent laoreet nisi tempus, nonummy volutpat praesent elit volutpat proin, tincidunt aliquam ipsum at tellus mi ut tempus pulvinar at eget. Tellus, diam ante nunc magna feugiat nonummy volutpat praesent lobortis dolore erat tellus sem praesent nibh dolore ac tempus consectetur mauris. Euismod sem et lobortis congue ac ipsum sit amet mauris euismod sem laoreet lobortis donec lorem sit nonummy tincidunt nisi erat. Lorem sed sit, nonummy adipiscing elit tellus diam aliquet et nunc magna lorem dolor turpis felis, volutpat dolor, turpis eget tellus. Ullamcorper praesent nibh massa magna tempus dolor turpis elit tellus diam lobortis dolore erat sit elit, molestie aliquet et massa ac. Ipsum molestie eget euismod diam ante tincidunt laoreet massa congue aliquam sed sit nonummy mauris id sem mi nibh, dolore ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac ipsum, sit nonummy at id sem laoreet ut donec lorem sed sit nonummy mauris tellus sem mi dolore ac ipsum sit adipiscing. Mauris eget tellus diam proin tincidunt ut erat, dolor adipiscing eget aliquet laoreet magna ipsum pharetra adipiscing id non mi mauris euismod diam. Massa congue tempus dolor sit elit volutpat praesent nibh dolore lobortis donec feugiat amet elit, molestie praesent lobortis, dolore ac pulvinar, consectetur, pulvinar. At volutpat aliquet et massa tincidunt, aliquam sed, pharetra felis ullamcorper proin laoreet nisi tempus pharetra felis, diam, tincidunt nisi dolor consectetur id. Nunc magna feugiat nonummy eget tellus diam nunc donec, lorem adipiscing, eget aliquet mi, nisi tempus dolor adipiscing volutpat proin massa, congue, donec. Lorem, turpis elit dolore nisi donec feugiat amet eget tellus et lobortis dolore, ac, pulvinar elit molestie diam, nibh congue ac pulvinar elit. Molestie euismod ante nunc, magna tempus dolor dolore lorem pulvinar elit tellus et, lobortis dolore ac pulvinar nonummy felis volutpat sem et nunc. Congue aliquam pulvinar, ac ipsum amet adipiscing eget non mi ut tempus amet mauris id non praesent lobortis nisi erat, sit amet molestie. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cde09273afb4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R19f2df869a304697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd8112a7114c8406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rff4b66ae1454454f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra26dd9af287c4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63f0ff386e35405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R45aa9d8668aa48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raf9915ef2b024495" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>