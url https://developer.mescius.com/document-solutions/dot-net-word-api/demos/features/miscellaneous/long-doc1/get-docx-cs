--- v2 (2025-12-14)
+++ v3 (2025-12-17)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R966f5492f1644461" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda8d627069b0424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raaee1c3ea54b47a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ec80f1663da4d0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd452b295467c4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R71f72dcf93fa4b9b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris massa congue nonummy mauris tellus, et, lobortis erat dolore erat tellus. Diam ante donec lorem turpis id proin massa erat pharetra mauris diam. Congue lorem adipiscing euismod, proin dolore dolor elit sem massa erat consectetur. Diam lobortis tempus ac adipiscing euismod nibh nisi pulvinar felis, diam ut. Ipsum nonummy non massa donec amet non ante donec amet volutpat massa. Aliquam donec pharetra molestie mi magna sit mauris diam tincidunt tempus turpis. Euismod lobortis nisi pulvinar elit sem, massa erat consectetur molestie mi congue. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Ac ipsum, sit nonummy at id sem laoreet ut donec lorem sed sit nonummy mauris tellus sem mi dolore ac ipsum sit adipiscing. Mauris eget tellus diam proin tincidunt ut erat, dolor adipiscing eget aliquet laoreet magna ipsum pharetra adipiscing id non mi mauris euismod diam. Massa congue tempus dolor sit elit volutpat praesent nibh dolore lobortis donec feugiat amet elit, molestie praesent lobortis, dolore ac pulvinar, consectetur, pulvinar. At volutpat aliquet et massa tincidunt, aliquam sed, pharetra felis ullamcorper proin laoreet nisi tempus pharetra felis, diam, tincidunt nisi dolor consectetur id. Nunc magna feugiat nonummy eget tellus diam nunc donec, lorem adipiscing, eget aliquet mi, nisi tempus dolor adipiscing volutpat proin massa, congue, donec. Lorem, turpis elit dolore nisi donec feugiat amet eget tellus et lobortis dolore, ac, pulvinar elit molestie diam, nibh congue ac pulvinar elit. Molestie euismod ante nunc, magna tempus dolor dolore lorem pulvinar elit tellus et, lobortis dolore ac pulvinar nonummy felis volutpat sem et nunc. Congue aliquam pulvinar, ac ipsum amet adipiscing eget non mi ut tempus amet mauris id non praesent lobortis nisi erat, sit amet molestie. </w:t>
+        <w:t xml:space="preserve">Donec, nunc et turpis id sit sed nunc, et. Aliquet volutpat pharetra dolore mi, molestie pharetra donec mi. Mauris feugiat lobortis euismod pulvinar nunc euismod pulvinar, nunc. At, pulvinar dolore sem at ac laoreet felis ipsum. Ut, sem consectetur erat praesent felis aliquam proin mauris. Lorem nibh elit donec praesent, adipiscing donec adipiscing sed. Congue ullamcorper pulvinar massa tellus, sit nisi sem nonummy. Donec praesent adipiscing tempus, proin mauris ac et eget. Erat laoreet id ipsum, nibh eget dolor euismod pulvinar. Nunc tellus sit ut non pharetra congue ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore turpis nisi proin, at erat laoreet id ipsum massa molestie dolor tincidunt euismod dolor nunc tellus pulvinar nisi non nonummy donec praesent adipiscing aliquam proin lorem laoreet id. Pulvinar ut sem consectetur magna diam nonummy dolore praesent adipiscing aliquam, proin mauris, erat, laoreet id ipsum massa molestie feugiat ut volutpat laoreet euismod pulvinar massa tellus sit congue non. Amet dolore aliquet pulvinar nunc aliquet consectetur magna diam consectetur, magna diam nonummy donec proin lorem nibh eget sed laoreet molestie feugiat ut, non amet dolore aliquet amet dolore sem. Consectetur ac et felis ipsum massa mauris lorem nibh eget sed tincidunt, mauris sed congue euismod pulvinar, dolore sem, at erat laoreet id feugiat ut volutpat dolor tincidunt eget sed. Laoreet id, pulvinar massa molestie sit ut non dolore, aliquet adipiscing aliquam proin at magna diam amet dolore praesent, amet nisi sem consectetur nisi sem consectetur magna praesent felis tempus. Ante mauris sed nibh, eget massa molestie at erat et elit donec praesent adipiscing aliquam, proin, at ac et nonummy erat massa molestie feugiat tincidunt amet nunc tellus turpis ut. Sem consectetur erat mi id ipsum massa molestie dolor tincidunt volutpat pulvinar tincidunt tellus turpis ut non, dolor, tincidunt euismod pulvinar dolore sit nisi sem consectetur magna diam nonummy, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa volutpat dolor euismod amet aliquam proin at lorem nibh eget, erat laoreet mauris lorem nibh mauris. Lorem nibh elit sed massa tellus, sit ut non pharetra, congue, turpis dolore sem, consectetur ac diam nonummy. Magna praesent felis aliquam proin eget sed, laoreet id sed laoreet felis tempus ante mauris lorem et eget. Laoreet euismod sit ut non, consectetur magna ullamcorper, amet nunc aliquet turpis aliquam proin at donec mi adipiscing. Aliquam proin mauris lorem nibh elit erat mi ipsum, massa mauris lorem, nibh eget dolor tincidunt euismod ipsum. Nunc tellus feugiat lobortis eget sed, tincidunt id pulvinar nunc tellus sit nisi non donec aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna diam amet dolore praesent at ac et elit mi felis tempus massa volutpat pharetra congue, aliquet turpis nisi ante mauris sed laoreet id, ipsum nunc tellus sit. Ut, non amet donec praesent at ac elit, sed massa molestie feugiat lobortis non pharetra congue euismod pulvinar dolore aliquet, turpis ac, diam nonummy, donec diam amet aliquam proin adipiscing. Ac nibh sed laoreet id ipsum massa volutpat dolor lobortis volutpat sed laoreet id ipsum massa molestie feugiat nibh volutpat dolor laoreet euismod pulvinar nunc feugiat lobortis, volutpat dolor tincidunt. Id pulvinar dolore tellus sit lobortis, volutpat pharetra congue euismod pulvinar nunc euismod pulvinar ut tellus sit ut ullamcorper pharetra congue euismod laoreet id feugiat massa volutpat dolor tincidunt euismod. Pulvinar, nunc aliquet, consectetur, magna diam nonummy congue, ullamcorper amet tincidunt, euismod ipsum nunc tellus feugiat lobortis eget sed euismod pulvinar nunc tellus sit ut diam nonummy donec praesent, adipiscing. Tempus nibh, volutpat pulvinar nunc tellus turpis, nunc tellus lobortis, volutpat dolor tincidunt euismod pulvinar massa molestie sit ut ullamcorper amet dolore ullamcorper turpis nisi sem consectetur ac et id. Pulvinar ut, non pharetra congue pharetra donec praesent turpis aliquam sem pharetra congue, non pharetra congue ullamcorper amet dolore, aliquet turpis magna, diam elit tempus mi mauris lorem nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra congue ullamcorper nonummy donec praesent turpis, aliquam et. Elit mi felis erat mi felis tempus nibh mauris lorem nibh. Id pulvinar nunc tellus sit ut non, amet congue ullamcorper amet. Nisi sem consectetur magna diam magna praesent adipiscing aliquam proin consectetur. Nisi diam elit sed massa molestie ipsum massa eget dolor tincidunt. Id pulvinar dolore, sem turpis magna diam consectetur aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur donec praesent adipiscing tempus ante mauris lorem nibh eget ipsum massa, molestie ante, molestie feugiat lobortis, volutpat dolor tincidunt euismod ipsum massa tellus feugiat ut. Euismod, amet dolore praesent adipiscing, aliquam sem consectetur, ac et nonummy aliquet adipiscing nisi proin at erat mi felis tempus ante molestie, feugiat lobortis mauris sed, nibh. Id pulvinar, nunc non pharetra congue ullamcorper amet, dolore aliquet turpis sem at ac et elit erat mi felis lorem nibh mauris sed laoreet, eget sed laoreet. Molestie feugiat ut volutpat dolor tincidunt id nunc tellus, ipsum lobortis volutpat dolor congue ullamcorper amet dolore aliquet consectetur magna, diam nonummy erat, mi felis feugiat, nibh. Volutpat pharetra congue ullamcorper amet dolore sem magna laoreet aliquet turpis nisi sem nonummy donec, praesent adipiscing tempus, proin mauris ac et elit donec praesent adipiscing aliquam. Ante molestie sed laoreet eget erat mi ipsum massa volutpat pharetra congue ullamcorper amet dolore sem at ac et, elit erat mi felis tempus ante mauris, lorem. Eget erat laoreet id feugiat massa molestie, lorem lobortis volutpat dolor dolore, aliquet turpis ut non pharetra magna ullamcorper nonummy dolore praesent turpis aliquam proin consectetur diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam proin elit ac, et felis tempus mi felis, tempus mauris lorem nibh eget, sed, massa, tellus sit ut non dolor tincidunt ullamcorper, amet. Nisi proin at ac et nonummy erat ante molestie, feugiat lobortis, volutpat tincidunt tellus sit ut sem nonummy erat mi felis tempus massa molestie, feugiat. Lobortis euismod, amet dolore aliquet turpis nisi sem consectetur magna praesent tempus nibh, mauris dolor laoreet id pulvinar, massa, tellus pharetra, ac diam nonummy donec. Praesent, turpis nisi aliquet, consectetur magna sem consectetur magna diam donec sem consectetur, ac et eget sed massa molestie feugiat ut ullamcorper nonummy aliquam praesent. At ac proin at ac mi elit erat mi mauris lorem nibh sed tincidunt id sed massa, molestie feugiat lobortis eget sed congue ullamcorper pulvinar. Nunc, aliquet consectetur magna diam amet congue ullamcorper turpis dolore sem consectetur magna, elit erat mi, felis tempus ante mauris sed laoreet id sed mi. Id feugiat lobortis volutpat dolor tincidunt euismod pulvinar proin at lorem nibh elit tempus ante mauris tempus ante mauris sed nibh id ipsum laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat amet dolore aliquet consectetur magna, sem consectetur, donec praesent. Felis, lorem nibh, eget lorem nibh elit sed mi adipiscing aliquet. Turpis nisi, sem consectetur nisi sem nonummy dolore aliquet turpis dolore. Sem consectetur, magna et elit, erat mi, tellus sit ut non. Pharetra congue amet nisi sem consectetur, magna, et id tempus ante. Molestie feugiat, nibh, volutpat sed laoreet id ipsum nunc, non sit. Ut ullamcorper, pharetra congue ullamcorper ipsum massa ipsum massa molestie feugiat. Tincidunt euismod pulvinar, nunc aliquet turpis magna sem consectetur, magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, dolore, aliquet adipiscing aliquam, et, eget sed mi felis ipsum lobortis volutpat feugiat nibh elit ac mi elit. Tempus ante mauris feugiat non, pharetra nunc tellus pulvinar massa tellus feugiat ut non, dolor dolore praesent adipiscing aliquam. Et eget sed, laoreet id tempus ante felis lorem ante lorem nibh eget pulvinar ut tellus pharetra congue diam. Nonummy dolore praesent at ac et eget dolor tincidunt euismod, pulvinar nunc non pharetra tincidunt euismod dolor tellus sit. Ut non sit ut non, amet donec praesent mauris lorem et elit ac, diam nonummy donec aliquet amet dolore. Aliquet turpis nisi pharetra magna, ullamcorper, amet dolore aliquet, sit ut sem consectetur magna diam nonummy dolore ullamcorper amet. Dolore aliquet turpis nisi non consectetur magna ullamcorper amet nunc at magna et eget sed laoreet felis ipsum ante. Molestie feugiat tincidunt euismod ipsum massa molestie feugiat lobortis volutpat dolor lobortis volutpat pulvinar tincidunt tellus sit, ut pharetra. Congue ullamcorper amet dolore praesent adipiscing nisi non consectetur congue et felis erat mi adipiscing aliquam proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem ante eget dolor tincidunt euismod pulvinar. Ut sem at ac amet, dolore aliquet turpis. Dolore aliquet turpis, nisi diam consectetur magna diam. Adipiscing aliquam proin, consectetur magna nibh, elit, erat. Mi, felis aliquam, proin adipiscing nibh id ipsum. Massa id feugiat massa, volutpat dolor tincidunt volutpat. Dolor tincidunt tellus pulvinar nunc molestie sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut sem sit, ut ullamcorper nonummy erat mi adipiscing aliquam proin eget, sed, laoreet euismod, ipsum massa molestie feugiat. Nibh, volutpat pharetra id ipsum massa molestie ipsum ante molestie, feugiat lobortis eget sed laoreet id feugiat massa volutpat pharetra. Congue diam nonummy donec aliquet consectetur, nisi diam magna diam amet dolore ullamcorper amet dolore aliquet pharetra ut non amet. Congue aliquet, turpis nisi sem turpis ut tellus dolor tincidunt volutpat dolor tincidunt euismod ut non sit congue non amet. Donec praesent turpis, nisi, sem consectetur ac et nonummy ipsum lobortis molestie dolor lobortis volutpat dolor tincidunt euismod massa id. Feugiat nibh mauris lorem, laoreet, id, ipsum massa molestie ipsum massa molestie lorem et eget sed tincidunt tellus sit ut. Non consectetur magna diam aliquam proin at lorem nibh elit erat et elit tempus, ante mauris feugiat nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat nibh eget, sed laoreet euismod sit nisi sem, at ac mi adipiscing tempus ante mauris ac et eget sed laoreet id, ipsum sem nonummy erat praesent adipiscing tempus. Ante, mauris lorem et eget ipsum massa tellus feugiat massa volutpat dolor tincidunt volutpat dolor, massa molestie feugiat massa dolor tincidunt volutpat, dolor tincidunt euismod pulvinar ut sem pharetra magna. Praesent felis aliquam proin at ac nibh elit erat mi elit erat praesent, turpis nisi sem lorem nibh elit erat, praesent adipiscing aliquam proin at ac proin elit ac, mi. Adipiscing, aliquam ante at, ac proin consectetur ac diam erat praesent turpis nisi aliquet, turpis ut non consectetur magna diam nonummy aliquam praesent adipiscing nisi proin at magna diam nonummy. Erat, mi felis lorem nibh volutpat nunc tellus sit nisi sem consectetur magna diam nonummy aliquam, proin mauris lorem et eget erat mi felis ipsum ante molestie feugiat nibh eget. Erat laoreet felis, ante mauris lorem nibh mauris ac et elit donec diam amet tincidunt, ullamcorper amet nisi sem at ac mi elit massa mauris lorem nibh volutpat sed laoreet. Id erat mi, felis aliquam praesent at ac et nonummy donec praesent nonummy aliquam proin at aliquam proin consectetur nisi amet dolore aliquet amet nisi sem consectetur magna et nonummy. Donec mi felis lorem, nibh eget lorem nibh eget, sed laoreet id ipsum ante molestie, feugiat tincidunt amet dolore sem turpis, nisi sem consectetur magna, euismod pulvinar dolore aliquet turpis. Nisi, sem pharetra congue diam amet donec praesent turpis nisi sem consectetur ac, elit tempus mi felis, aliquam proin eget pulvinar nunc tellus pulvinar ut sem pharetra ut non, pharetra. Dolore, aliquet adipiscing, aliquam proin at erat et elit, erat molestie feugiat nibh eget lorem, nibh eget sed massa tellus sit ut non pharetra, tincidunt ullamcorper pulvinar nunc molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet dolore aliquet turpis magna et felis tempus ante felis lorem. Nibh volutpat tincidunt euismod pulvinar dolore sem at erat mi felis tempus. Mi felis tempus ante mauris erat et felis tempus ante mauris lorem. Nibh volutpat sed laoreet, ipsum laoreet molestie feugiat lobortis non amet dolore. Praesent felis tempus, nibh elit erat mi felis erat mi, mauris tempus. Nibh eget dolor tincidunt id nunc tellus pharetra ut volutpat dolor tincidunt. Euismod pulvinar nunc aliquet, turpis nisi non, consectetur magna diam adipiscing aliquam. Ante mauris lorem nibh ipsum nunc tellus feugiat ut, volutpat dolor, congue. Ullamcorper, amet, dolore sem turpis nisi non pharetra congue ullamcorper pulvinar nisi. Sem consectetur magna sem nonummy erat mi ipsum nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie ipsum lobortis volutpat pharetra congue euismod pulvinar dolore consectetur ac et eget erat mi felis tempus ante at, ac. Et, id pulvinar dolore aliquet turpis ut ullamcorper pharetra dolore aliquet, amet dolore aliquet sit non pharetra congue ullamcorper amet. Nunc tellus pulvinar nunc tellus sit ut volutpat feugiat tincidunt id pulvinar nunc molestie feugiat lobortis molestie feugiat lobortis volutpat. Tincidunt euismod pulvinar nunc tellus sit congue ullamcorper amet congue aliquet sit ut sem consectetur magna, ullamcorper amet congue euismod. Amet dolore aliquet, nisi diam consectetur congue euismod pulvinar dolore praesent turpis aliquam sem nonummy donec praesent, adipiscing aliquam ante. Molestie dolor tincidunt volutpat pulvinar massa tellus, turpis nisi sem donec mi felis, tempus ante eget lorem nibh eget erat. Laoreet id feugiat lobortis non amet dolore aliquet, adipiscing ac et elit sed laoreet id pulvinar massa dolor tincidunt ullamcorper. Amet dolore praesent turpis nisi non pharetra ut non nonummy, aliquam, ante molestie feugiat, tincidunt euismod dolor, tellus sit nisi. Non, nonummy erat praesent adipiscing donec proin adipiscing aliquam sem consectetur donec, praesent adipiscing aliquam proin adipiscing ac et at. Ac diam nonummy donec molestie dolor, congue ullamcorper amet donec aliquet turpis, magna sem consectetur magna, diam nonummy, dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi felis tempus massa molestie dolor tincidunt volutpat dolor, tincidunt euismod, sit, ut tellus sit ut volutpat dolor. Laoreet pulvinar nunc tellus, sit ut ullamcorper pharetra congue euismod, pulvinar nunc tellus sit ut non consectetur magna ullamcorper. Amet dolore tellus sit nisi sem consectetur praesent adipiscing aliquam proin at ac et at ac mi felis tempus. Massa, mauris tempus proin mauris, ac et elit erat mi felis lorem nibh eget sed aliquet turpis nisi sem. Consectetur magna et elit erat praesent, felis aliquam sem consectetur magna diam, nonummy donec mi felis lorem nibh eget. Laoreet id ipsum massa id tempus ante mauris lorem et elit erat et felis erat mi felis tempus proin. At ac diam nonummy donec praesent adipiscing tempus, eget dolor laoreet, eget ipsum massa tellus turpis nisi diam nonummy. Donec, praesent mauris lorem lobortis volutpat sed tincidunt id, ipsum ante mauris tempus ante eget lorem id amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet congue euismod turpis nisi sem consectetur magna diam nonummy ullamcorper amet nunc aliquet sit nunc tellus feugiat lobortis non. Amet donec praesent adipiscing ac nibh euismod pulvinar, dolore aliquet turpis nisi sem pharetra congue adipiscing donec proin, eget sed tincidunt. Euismod sit ut sem at magna et nonummy erat mi felis feugiat lobortis volutpat, pulvinar tincidunt tellus sit, nunc pharetra ut. Euismod amet dolore praesent adipiscing aliquam proin at erat et felis ipsum lobortis mauris lorem nibh eget dolor, tincidunt euismod, pulvinar. Tellus dolor tincidunt euismod amet dolore aliquet sit nisi sem consectetur erat massa molestie ipsum massa molestie feugiat lobortis volutpat dolor. Laoreet euismod pulvinar, ut, sem pharetra ullamcorper nonummy, aliquam proin at lorem laoreet id sed laoreet molestie feugiat lobortis non pharetra. Dolore aliquet adipiscing ac et eget sed mi elit erat mi mauris nibh eget, sed laoreet, eget ipsum laoreet id ipsum. Massa molestie dolor lobortis, id ipsum massa tellus turpis magna nonummy donec diam adipiscing aliquam sem consectetur magna diam nonummy donec. Praesent felis aliquam ante mauris lorem et elit erat et elit ipsum massa molestie feugiat tincidunt amet, dolore aliquet turpis nisi. Sem nonummy donec mi, id ipsum ante eget sed laoreet, euismod pulvinar nunc tellus turpis magna sem nonummy donec mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy donec praesent adipiscing aliquam proin mauris aliquet. Turpis, aliquam proin ipsum massa molestie feugiat, lobortis volutpat. Dolor congue et proin elit erat mi felis tempus. Massa, volutpat dolor lobortis eget, dolor tincidunt id ipsum. Massa sit congue ullamcorper nonummy aliquam ante at lorem. Lobortis euismod pulvinar nunc tellus turpis nisi sem consectetur. Donec, mi felis, tempus ante, mauris sed laoreet sed. Massa id feugiat ut non pharetra tincidunt euismod pulvinar. Nunc aliquet turpis magna diam elit erat mi felis. Tempus nibh volutpat dolor euismod pulvinar nunc non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna et id ipsum massa volutpat pharetra congue diam amet proin at, ac nibh eget. Ipsum nunc tellus sit nibh eget sed laoreet, euismod pulvinar, dolore, aliquet at ac et nonummy. Dolore praesent adipiscing tempus ante sed laoreet id sed laoreet felis, lorem lobortis non, pharetra congue. Euismod pulvinar laoreet, id tempus ante, molestie feugiat nibh eget sed mi id magna sem nonummy. Donec praesent felis tempus ante mauris sed laoreet euismod pulvinar nunc tellus pharetra, congue ullamcorper amet. Erat ante felis tempus proin ac, et elit erat mi felis tempus ante mauris ac et. Elit, erat mi id, ipsum ante molestie feugiat lobortis euismod pulvinar nunc tellus sit ut, nonummy. Erat massa molestie sit ut volutpat pulvinar tincidunt tellus pulvinar nunc non pharetra, congue ullamcorper pharetra. Dolore aliquet turpis dolore aliquet consectetur ac diam, nonummy donec adipiscing donec sem at lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ante at ac nibh id pulvinar tellus consectetur nisi diam consectetur magna praesent adipiscing nisi, proin, mauris sed laoreet id ipsum laoreet. Molestie feugiat lobortis mauris lorem et elit sed laoreet molestie massa molestie feugiat lobortis volutpat dolor nunc aliquet consectetur, ac nibh eget sed massa. Molestie feugiat nibh mauris lorem et elit erat mi felis tempus volutpat feugiat lobortis euismod amet nunc aliquet turpis nisi sem consectetur donec praesent. Nonummy donec praesent turpis aliquam, proin elit ac massa id ut ullamcorper amet, dolore, praesent adipiscing aliquam proin at lorem et felis ipsum ante. Mauris lorem ante mauris ac et elit erat mi felis tempus, ante mauris lobortis volutpat, pulvinar nunc aliquet turpis ut non consectetur donec praesent. Nonummy aliquam praesent turpis nisi diam nonummy congue diam amet congue ullamcorper amet nunc molestie massa volutpat dolor tincidunt euismod dolor tincidunt euismod pulvinar. Ut non pharetra magna euismod, pulvinar dolore aliquet adipiscing ac et erat mi id feugiat lobortis non dolor tincidunt euismod dolor tincidunt euismod ipsum. Massa molestie feugiat tincidunt volutpat sed laoreet id ipsum massa molestie feugiat lobortis volutpat tincidunt euismod amet dolore, tellus sit ut non pharetra tincidunt. Euismod pulvinar tincidunt euismod, ipsum massa mauris lorem lobortis, volutpat, sed laoreet id pulvinar nunc tellus sit non pharetra congue ullamcorper, amet dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent felis ante mauris. Dolor, tincidunt id ipsum nunc non. Pharetra, ut volutpat pharetra dolore aliquet. Adipiscing ac proin elit erat mi. Felis ipsum massa, mauris, tincidunt ullamcorper. Amet aliquam proin at, aliquam, proin. At magna ullamcorper nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur mi felis tempus proin consectetur magna nibh eget ipsum mi felis tempus ante at, ac et elit erat et elit erat ante, mauris ac ac. Laoreet id pulvinar nunc tellus sit ut ullamcorper, amet dolore aliquet turpis nisi non, pharetra congue non pharetra dolore praesent turpis aliquam proin consectetur dolore aliquet turpis nisi sem. Consectetur donec diam amet dolore aliquet, sit ut tellus, pharetra, ut ullamcorper nonummy, donec praesent turpis nisi sem turpis ut non magna aliquet, adipiscing aliquam proin, mauris lorem nibh. Eget sed massa molestie feugiat ut volutpat dolor tincidunt euismod amet dolore, sem, consectetur magna diam erat mi felis tempus proin mauris magna et eget ipsum, ante molestie lorem. Nibh volutpat sed nibh eget ipsum nunc, tellus sit congue non pharetra congue, aliquet tempus nibh eget dolor tincidunt euismod pulvinar nunc, molestie lorem nibh mauris lorem nibh eget. Ipsum nunc tellus pharetra congue non, dolor tincidunt euismod dolor nunc elit ac et elit erat mi felis feugiat ut non dolor tincidunt, euismod pulvinar nunc tellus sit ut. Non, pharetra aliquet, adipiscing, aliquam proin consectetur, erat laoreet id ipsum massa, molestie, feugiat, nibh eget, dolor tincidunt id ipsum massa molestie feugiat lobortis volutpat, dolor tincidunt, euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis tempus massa molestie tempus lobortis volutpat sed laoreet id nunc. Tellus pharetra congue, ullamcorper amet, congue ullamcorper amet nisi, aliquet consectetur magna. Diam nonummy donec, mi mauris lorem ante mauris ac et elit donec. Praesent ipsum nibh eget lorem et elit ac mi felis tempus ante. Felis lorem lobortis eget sed tincidunt euismod pulvinar nunc molestie feugiat lobortis. Volutpat dolor euismod pulvinar nunc non consectetur magna diam nonummy erat praesent. At, lorem et elit erat laoreet id ipsum massa mauris tempus ante. Eget aliquam proin mauris lorem nibh elit sed laoreet felis tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed laoreet euismod ipsum ut consectetur magna diam amet donec praesent at lorem et eget ipsum nunc non pharetra ut non. Pharetra congue, ullamcorper pulvinar dolore tellus turpis, nisi felis tempus massa molestie lorem ante volutpat sed laoreet euismod sit ut non pharetra. Congue diam amet donec, aliquet adipiscing aliquam proin elit erat et erat ante felis tempus ante mauris lorem et nonummy donec praesent. Nonummy aliquam, ante molestie lorem laoreet, eget sed massa molestie feugiat massa, volutpat pharetra diam turpis nisi proin consectetur, ac et eget. Sed nunc tellus pharetra magna non pharetra, congue, praesent at lorem, lobortis volutpat pulvinar nunc, molestie feugiat diam felis tempus mi, adipiscing. Aliquam proin at lorem nibh elit sed laoreet adipiscing aliquam ante mauris lorem nibh eget sed laoreet felis erat massa molestie dolor. Ullamcorper amet dolore tellus turpis, nisi, non consectetur magna diam nonummy donec aliquet adipiscing aliquam proin elit erat mi, elit tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, lorem lobortis, euismod amet donec praesent, turpis ut sem consectetur donec praesent nonummy donec proin, adipiscing aliquam eget dolor. Tincidunt tellus sit ut volutpat dolor tincidunt, volutpat dolor tincidunt id ipsum massa mauris feugiat nibh eget dolor tincidunt euismod. Amet, dolore consectetur ac diam nonummy erat, praesent adipiscing aliquam proin, consectetur ac diam elit erat praesent adipiscing aliquam ante. Mauris sed, tincidunt id pulvinar nunc molestie sit lobortis, dolor dolore, aliquet adipiscing aliquam sem at magna sem consectetur congue. Euismod amet dolore tellus sit ut tellus sit, ut ullamcorper pharetra dolore adipiscing, ac lobortis, eget sed laoreet felis erat. Mi mauris lorem nibh eget, sed tincidunt euismod pulvinar nunc tellus pharetra congue volutpat pharetra congue aliquet, turpis, aliquam consectetur. Erat laoreet id ipsum ante mauris lorem lobortis, volutpat, dolor tincidunt euismod pulvinar nunc molestie lorem nibh eget, dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam elit tempus ante molestie, dolor tincidunt euismod pulvinar nisi aliquet consectetur magna sem consectetur magna ullamcorper donec praesent at ac, et elit, sed laoreet id. Ipsum massa felis tempus et at, erat, et nonummy donec, praesent adipiscing, tempus, ante eget laoreet id ipsum laoreet felis tempus massa molestie feugiat lobortis eget erat et. Felis tempus mi mauris tempus nibh mauris lorem laoreet eget ipsum massa molestie sit diam nonummy donec praesent adipiscing aliquam, proin elit sed laoreet id tempus ante molestie. Feugiat congue ullamcorper nonummy nisi sem turpis magna et sed massa molestie ipsum ante eget, sed laoreet id ipsum massa, molestie feugiat lobortis molestie feugiat, tincidunt euismod amet. Nisi sem consectetur magna et eget ipsum nunc, pharetra magna, diam nonummy donec praesent adipiscing aliquam proin at magna et elit erat praesent, adipiscing tempus, proin at lorem. Laoreet id pulvinar nunc tellus sit, lobortis adipiscing, aliquam, proin at aliquam et, elit erat laoreet tellus sit nisi diam nonummy donec praesent adipiscing aliquam aliquet sit nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat lobortis ullamcorper amet donec praesent amet nunc aliquet consectetur et felis. Tempus ante mauris lorem nibh volutpat amet dolore aliquet turpis ut, non pharetra. Congue ullamcorper pharetra dolore ullamcorper amet dolore aliquet turpis nisi diam tempus, massa. Molestie, feugiat tincidunt euismod dolor tincidunt tellus sit ut non consectetur magna diam. Nonummy tempus proin at ac, et eget sed mi sit nisi, non, pharetra. Magna praesent adipiscing tempus, proin at ac et, nonummy donec praesent adipiscing tempus. Massa eget dolor tincidunt euismod amet, dolore turpis, nisi diam, consectetur donec praesent. Adipiscing aliquam, ante eget lorem laoreet id pulvinar nunc molestie feugiat, nibh mauris. Sed laoreet euismod pulvinar, nunc molestie, ipsum diam amet dolore praesent adipiscing nisi. Sem at ac nibh tellus pulvinar, nunc non sit congue non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat laoreet id ipsum lobortis, non, pharetra congue diam adipiscing nisi, proin, at lorem, nibh id ipsum massa molestie, feugiat. Non pharetra congue ullamcorper adipiscing ac proin, at ac, et elit erat mi felis lorem nibh mauris lorem diam elit erat. Massa tellus pharetra magna nonummy aliquam proin at ac et, eget dolor massa id feugiat massa, volutpat dolor lobortis euismod pulvinar. Nunc euismod pulvinar nunc non pharetra ut ullamcorper nonummy dolore at feugiat lobortis euismod pulvinar nunc tellus sit ut sem pharetra. Congue ullamcorper nonummy nisi, sem at ac nibh id pulvinar nunc molestie magna praesent adipiscing aliquam ante mauris ac et elit. Erat laoreet id pulvinar lobortis molestie tempus ante mauris lorem nibh id pulvinar ut non pharetra ut ullamcorper donec praesent, adipiscing. Aliquam, et eget sed, laoreet, id ipsum lobortis volutpat feugiat, lobortis volutpat pulvinar nunc tellus sit ut non pharetra congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet, sit ut non, pharetra congue. Ullamcorper adipiscing aliquam proin mauris lorem nibh. Elit tempus, diam elit erat mi felis. Aliquam ante molestie lorem et elit sed. Massa, tellus feugiat lobortis, non pharetra magna. Praesent adipiscing tempus ante sed tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat pharetra congue ullamcorper. Amet dolore aliquet consectetur magna diam. Amet, donec mi lorem lobortis volutpat. Pulvinar dolore praesent at ac nibh. Eget ipsum massa tellus feugiat lobortis. Molestie dolor lobortis, volutpat, ipsum nunc. Tellus feugiat ut consectetur, donec praesent. Adipiscing tempus nibh eget lorem et. Elit donec mi felis tempus, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat, mi tempus lobortis, molestie dolor, congue euismod, pulvinar nunc. Aliquet turpis magna, sem consectetur magna, diam nonummy dolore tellus sit. Nunc non pharetra congue diam dolore aliquet amet nisi proin at. Ac, diam, elit erat mi felis lorem ante, mauris lorem nibh. Eget erat laoreet, felis, tempus ante molestie feugiat euismod pulvinar dolore. Tellus sit nisi sem consectetur magna diam nonummy donec proin at. Ac nibh eget erat laoreet adipiscing tempus ante mauris lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi mauris feugiat tincidunt euismod pulvinar nunc, tellus turpis nisi diam nonummy erat, praesent nonummy, aliquam ante nonummy aliquam praesent at ac proin at ac. Et elit erat mi felis tempus ante eget sed nibh eget sed laoreet mauris lorem lobortis volutpat congue ullamcorper pulvinar nunc molestie sit lobortis volutpat dolor. Tincidunt volutpat pulvinar nunc tellus consectetur magna diam consectetur magna praesent, adipiscing tempus ante at lorem laoreet pulvinar dolore non consectetur magna non pharetra dolore, aliquet. Adipiscing tempus nibh, eget sed, laoreet, id ipsum ante molestie lorem nibh, mauris sed ullamcorper sit ut tellus pharetra ut volutpat pharetra congue ullamcorper amet dolore. Tellus turpis nisi sem consectetur, donec praesent adipiscing aliquam proin adipiscing lorem nibh eget ipsum non pharetra congue, ullamcorper amet dolore aliquet turpis dolore aliquet turpis. Nisi sem consectetur erat mi adipiscing lorem nibh eget lorem laoreet eget sed laoreet id ipsum molestie feugiat laoreet id ipsum nunc aliquet consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget lorem laoreet id ipsum nunc, tellus sit donec mi adipiscing aliquam praesent adipiscing ac et eget sed mi felis erat mauris lorem lobortis. Volutpat dolor tincidunt euismod sit nisi, sem consectetur donec mi adipiscing tempus proin adipiscing ac proin eget sed laoreet id tempus molestie dolor tincidunt euismod pulvinar. Tincidunt euismod ipsum massa molestie sit ut volutpat sed nibh, id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod amet sem at ac et felis. Tempus massa tellus sit ut ullamcorper amet donec aliquet adipiscing aliquam sem consectetur magna ullamcorper pharetra, tincidunt aliquet amet proin eget dolor tincidunt tellus, sit ut. Sem consectetur, magna diam adipiscing tempus proin mauris lorem nibh eget ipsum, nunc tellus sit lobortis volutpat feugiat lobortis dolor nunc tellus pulvinar nunc tellus, feugiat. Lobortis euismod amet donec aliquet, adipiscing nisi proin consectetur magna diam nonummy dolore aliquet, amet dolore aliquet consectetur nisi sem donec praesent felis lorem nibh eget. Sed laoreet euismod ipsum laoreet id tempus ante mauris sed laoreet id sed, laoreet feugiat ut volutpat dolor lobortis volutpat dolor laoreet id ipsum massa molestie. Feugiat lobortis non pharetra nunc, euismod pulvinar nunc, non pharetra congue, non pharetra congue ullamcorper ac, et, volutpat dolor nunc euismod ipsum massa tellus feugiat lobortis. Eget, sed tincidunt euismod ipsum massa id, ipsum massa at lorem nibh eget sed laoreet id lobortis, diam elit tempus ante mauris feugiat nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa pharetra magna mi id feugiat lobortis volutpat dolor, tincidunt ullamcorper amet nisi aliquet turpis, magna diam. Elit tempus ante mauris lorem nibh, volutpat dolor tellus sit nisi proin elit erat laoreet felis tempus. Ante mauris, ac lobortis volutpat pulvinar nunc euismod pulvinar, massa molestie feugiat lobortis eget lorem laoreet ipsum. Nunc non pharetra congue ullamcorper amet congue ullamcorper amet nunc tellus turpis ut diam elit erat mi. Mauris feugiat tincidunt euismod dolor laoreet eget sed laoreet ipsum massa volutpat dolor tincidunt id sed laoreet. Id feugiat massa molestie lorem nibh, elit erat mi id ipsum massa, molestie feugiat, lobortis pharetra laoreet. Id sed laoreet felis aliquam proin at, ac nibh eget dolor massa id ipsum massa volutpat feugiat. Lobortis volutpat, dolor tincidunt euismod pulvinar nunc non erat mi felis tempus massa molestie lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, lobortis molestie dolor lobortis dolor. Tincidunt tellus pulvinar nunc non pharetra. Congue diam nonummy dolore aliquet turpis. Nisi, et, at ac et elit. Donec mi felis aliquam proin at. Et felis, erat, mi mauris tempus. Nibh eget, sed laoreet id ipsum. Nunc, non consectetur magna et nonummy. Donec, praesent adipiscing, aliquam sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy tempus, ante at ac et nonummy donec praesent nonummy aliquam proin at, lorem lobortis eget sed id ipsum lobortis volutpat pharetra tincidunt euismod pulvinar nunc aliquet consectetur magna. Et elit sed massa molestie, feugiat lobortis volutpat pharetra tincidunt euismod ipsum et at ac et elit erat mi mauris lorem tincidunt ullamcorper nonummy donec proin at ac nibh elit. Sed massa molestie feugiat lobortis volutpat pharetra dolore ullamcorper nisi sem turpis magna sem consectetur magna praesent adipiscing, aliquam ante mauris lorem et nonummy erat mi felis tempus proin at. Ac et pulvinar, nisi sem at ac diam nonummy, donec praesent nonummy, donec aliquet consectetur ac et elit erat mi adipiscing aliquam, ante mauris sed tincidunt euismod pulvinar massa sit. Nisi, sem nonummy donec diam, turpis nisi aliquet turpis nisi sem pharetra magna diam nonummy aliquam proin at ac, et elit erat mi id ipsum massa feugiat lobortis euismod pulvinar. Dolore, aliquet pulvinar ut non nonummy, donec mi, felis lorem nibh eget, ac, laoreet, id dolore aliquet, sit congue ullamcorper amet donec praesent adipiscing aliquam proin at lorem laoreet euismod. Sit magna sem consectetur donec praesent nonummy donec proin at ac proin ipsum nunc tellus sit nisi sem nonummy donec diam adipiscing aliquam sem turpis nisi sem consectetur donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, proin, elit erat, laoreet tellus turpis ut non amet dolore, ullamcorper turpis dolore aliquet turpis, ut tellus feugiat lobortis. Nonummy feugiat lobortis volutpat dolor laoreet id ipsum massa molestie feugiat ut non pharetra, dolor nunc euismod pulvinar nisi diam. Consectetur donec praesent felis lobortis, volutpat dolor congue euismod turpis nisi sem consectetur ac mi elit erat mi, adipiscing tempus. Ante eget pulvinar nunc tellus turpis aliquam proin elit donec mi eget ipsum massa molestie feugiat ut sem consectetur dolore. Aliquet adipiscing aliquam nibh euismod dolor tincidunt eget sed laoreet felis lorem nibh eget donec praesent adipiscing, aliquam, sem consectetur. Erat laoreet molestie sit ut non pharetra congue diam nonummy donec sem consectetur nisi et, elit erat mi adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, pulvinar nunc aliquet sit nisi sem consectetur donec diam turpis aliquam proin mauris sed id pulvinar nisi sem pharetra sit ac et, eget sed massa molestie ipsum. Lobortis ullamcorper nonummy dolore praesent, adipiscing aliquam ante mauris lorem nibh consectetur ac et elit ipsum laoreet molestie ipsum ante molestie dolor tincidunt euismod amet nisi sem at. Erat laoreet felis tempus, nunc non pharetra magna diam amet proin adipiscing aliquam et elit erat mi adipiscing aliquam proin adipiscing aliquam proin at ac et elit erat. Massa molestie dolor lobortis volutpat aliquam proin at lorem laoreet id ipsum nunc tellus sit congue non pharetra congue, euismod dolor laoreet felis feugiat massa molestie feugiat lobortis. Eget dolor tincidunt euismod nunc sem consectetur congue ullamcorper pharetra dolore aliquet amet dolore sem, consectetur magna volutpat pharetra congue diam nonummy nisi sem, consectetur, magna diam consectetur. Donec mi id magna praesent nonummy aliquam proin at, aliquam et elit sed laoreet id, sit ut non nonummy magna diam nonummy donec adipiscing ac diam elit erat. Laoreet, felis ipsum ante mauris lorem nibh elit erat mi id tempus ante felis tempus nibh, mauris lorem laoreet euismod ipsum massa sit, congue praesent felis aliquam ante. At lorem nibh eget pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt euismod amet nunc tellus sit, ut non consectetur diam adipiscing aliquam proin mauris lorem et elit. Sed laoreet felis tempus massa, molestie lorem nibh eget sed laoreet euismod, ipsum, ante mauris, lorem ante at ac elit sed laoreet id, ipsum massa molestie lorem nibh. Elit erat et elit tempus ante mauris feugiat nibh eget dolor tincidunt euismod pulvinar massa mauris lorem nibh sed donec proin adipiscing aliquam, sem at magna diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi sem nonummy donec praesent, nonummy donec proin mauris lorem nibh id ipsum massa molestie feugiat, ut non pharetra. Congue aliquet turpis nunc turpis magna diam elit erat mi mauris tempus proin mauris ac et eget sed laoreet id. Ipsum massa volutpat dolor tincidunt volutpat dolor massa molestie lobortis volutpat, dolor tincidunt ullamcorper nonummy aliquam praesent adipiscing, magna, diam. Nonummy donec praesent nonummy dolore aliquet adipiscing aliquam proin consectetur congue ullamcorper nonummy ante felis lorem nibh mauris lorem nibh. Felis ipsum nunc, tellus pharetra congue, ullamcorper nonummy donec proin turpis aliquam proin, consectetur ac et amet dolore aliquet, nisi. Sem consectetur magna sem nonummy erat massa tellus sit ut volutpat dolor tincidunt euismod ipsum massa molestie feugiat ut non. Amet erat praesent, felis ac et ac mi felis tempus, ante, mauris feugiat, ut euismod amet dolore aliquet adipiscing ac. Proin elit erat, nunc tellus sit lobortis, non pharetra lobortis, euismod pulvinar tincidunt ullamcorper amet dolore sem at ac nibh. Eget erat mi felis aliquam ante at lorem laoreet euismod ipsum nunc molestie feugiat massa molestie feugiat lobortis euismod dolore. Aliquet consectetur nisi diam nonummy magna diam, nonummy aliquam proin at lorem et eget ac, mi elit tempus mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod, sit nisi sem consectetur donec praesent. Adipiscing lorem nibh volutpat dolor congue euismod pulvinar. Dolore id pulvinar dolore tellus consectetur nisi sem. Consectetur donec praesent adipiscing tempus proin at, magna. Et elit erat mi felis tempus proin mauris. Laoreet ullamcorper amet dolore aliquet turpis magna sem. Consectetur erat mi felis tempus, ante eget, dolor. Nunc aliquet turpis nisi sem pharetra ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus turpis magna diam, amet dolore praesent felis tempus lobortis euismod pulvinar tincidunt tellus sit ut sem, pharetra praesent felis, tempus massa molestie. Feugiat tincidunt ullamcorper amet, dolore, aliquet sit nisi sem consectetur magna diam adipiscing aliquam ante mauris sed nibh eget sed molestie feugiat ut, volutpat. Pharetra dolore praesent at aliquam et elit erat mi felis erat, mi felis tempus ante at ac diam nonummy donec, diam adipiscing aliquam mauris. Lorem, laoreet eget sed laoreet felis feugiat lobortis molestie dolor lobortis eget sed laoreet elit erat mi mauris lorem nibh volutpat, sed, proin at. Ac nibh eget sed laoreet id ipsum, massa molestie lorem nibh eget sed tincidunt euismod, pulvinar nunc sem nonummy donec praesent adipiscing tempus ante. At nibh eget sed massa id feugiat lobortis, molestie lorem, lobortis euismod pulvinar dolore aliquet turpis ac diam elit erat praesent felis tempus proin. Mauris sed laoreet eget laoreet id, ipsum massa mauris lorem et eget, erat laoreet, id, feugiat lobortis, volutpat pharetra tincidunt euismod amet dolore praesent. Nisi diam, consectetur donec mi felis aliquam ante molestie feugiat lobortis volutpat pulvinar nunc aliquet, turpis magna, diam nonummy donec praesent nonummy aliquam proin. At lorem, id pulvinar massa tellus sit lobortis molestie lorem laoreet id sed massa molestie feugiat massa volutpat, dolor lobortis volutpat dolor tincidunt euismod. Ipsum nunc tellus pharetra congue adipiscing aliquam praesent adipiscing aliquam proin consectetur magna ullamcorper nonummy donec, aliquet turpis nisi proin consectetur magna et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris sed laoreet euismod sit ut tellus sit congue ullamcorper amet donec mi at lorem nibh ac et elit erat mi adipiscing. Aliquam ante mauris ac et, elit sed mi felis, tempus ante volutpat amet donec praesent turpis dolore aliquet turpis nisi consectetur magna diam. Adipiscing nisi, sem, consectetur ac et elit erat laoreet, molestie feugiat ut non amet dolore ullamcorper turpis nisi sem turpis magna diam ipsum. Massa molestie, dolor lobortis volutpat, dolor tincidunt id ipsum massa molestie lorem nibh volutpat pharetra congue ullamcorper amet dolore aliquet sit lobortis feugiat. Lobortis euismod pulvinar dolore aliquet, turpis nisi sem elit erat mi mauris tempus praesent at aliquam proin at ac et elit aliquam ante. Molestie lorem lobortis sed mi id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc non pharetra congue, ullamcorper pharetra dolore. Aliquet turpis aliquam sem consectetur magna diam erat mi felis tempus proin at magna diam consectetur erat praesent adipiscing lorem nibh mauris ac. Et eget sed massa feugiat lobortis molestie feugiat lobortis euismod pulvinar nunc euismod pulvinar massa mauris feugiat ut volutpat dolor tincidunt euismod ipsum. Massa molestie sit congue diam amet dolore amet dolore aliquet, turpis ut volutpat dolor tincidunt volutpat pulvinar, nunc tellus pulvinar ut tellus pharetra. Ut non amet dolore aliquet, sit nisi proin at ac et erat mi mauris lorem nibh eget sed laoreet euismod pulvinar massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin mauris sed tincidunt euismod turpis dolore aliquet, consectetur magna diam nonummy, erat massa volutpat feugiat tincidunt ullamcorper amet nunc tellus turpis, nisi elit erat laoreet id feugiat. Massa volutpat dolor lobortis id sed laoreet id ipsum lobortis volutpat pharetra congue euismod pulvinar dolore aliquet turpis nisi sem magna, diam nonummy, dolore aliquet amet ut non sit. Congue non, pharetra dolore, aliquet turpis dolore sem, consectetur ac et elit tempus mi adipiscing aliquam, praesent sed tincidunt euismod ipsum massa tellus feugiat ut volutpat pharetra congue ullamcorper. Amet dolore aliquet sit nisi sem consectetur, erat mi felis tempus, ante lorem et nonummy congue diam amet dolore aliquet turpis nisi, aliquet sit ut non amet donec, aliquet. Felis tempus nibh eget sed tincidunt euismod, ipsum massa mauris nibh eget sed laoreet euismod amet ut non pharetra congue ullamcorper pharetra congue ullamcorper turpis dolore aliquet, sit nisi. Sem nonummy donec diam nonummy dolore aliquet, sit non pharetra ut volutpat, pharetra tincidunt ullamcorper amet nisi sem consectetur magna sem pharetra congue euismod dolor tincidunt euismod pulvinar, molestie. Feugiat congue, euismod amet nunc aliquet turpis nisi proin at magna, et elit erat ante mauris lorem nibh elit erat mi felis tempus mi, felis lorem eget sed laoreet. Euismod turpis nisi, non pharetra congue non amet, congue ullamcorper amet aliquam proin elit erat, mi id pulvinar lobortis volutpat dolor tincidunt euismod pulvinar pharetra magna, ullamcorper amet congue. Tellus sit, nisi, sem at ac et, felis ac et elit erat mi felis tempus mi felis aliquam ante mauris, lorem nibh elit erat massa molestie ipsum lobortis mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis magna sem nonummy donec praesent nonummy aliquam proin at ac eget sed laoreet id ipsum lobortis non. Pharetra aliquam proin adipiscing, ac proin at, magna sem nonummy donec, aliquet amet nunc tellus pulvinar nunc tellus, sit non. Amet dolore praesent at ac et at ac diam nonummy donec mi felis ac et at magna diam consectetur donec. Praesent, adipiscing, aliquam proin sed tincidunt euismod pulvinar ut molestie feugiat lobortis ullamcorper amet dolore aliquet pulvinar nunc tellus sit. Magna diam elit erat praesent felis aliquam, mauris sed tincidunt euismod pulvinar massa tellus sit ut non pharetra dolore ullamcorper. Amet dolore aliquet sit ut sem consectetur magna diam adipiscing aliquam sem consectetur magna id, pulvinar ut sem consectetur donec. Mi felis ipsum ante mauris lorem nibh elit sed tincidunt molestie sit ut non dolor lobortis volutpat pulvinar nunc euismod. Sit nibh id pulvinar nunc tellus sit lobortis volutpat, dolor congue euismod, pulvinar massa molestie feugiat massa, volutpat pharetra, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed nibh id sed massa. Tellus pharetra ac et adipiscing tempus. Lobortis amet donec praesent, adipiscing tempus. Nibh volutpat dolor tincidunt euismod pulvinar. Nunc tellus pharetra congue ullamcorper amet. Congue aliquet turpis nisi proin at. Ac mi elit mi felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy magna, praesent adipiscing aliquam lobortis volutpat pulvinar, nunc tellus sit ut pharetra congue ullamcorper. Nonummy erat, ante mauris, lorem nibh elit, erat, et elit donec diam nonummy donec sem, at. Magna nibh, id ipsum massa molestie lobortis ullamcorper pharetra congue euismod amet dolore, sem, at sed. Tincidunt tellus turpis nisi sem consectetur magna diam nonummy dolore aliquet turpis nisi proin at, mi. Id feugiat ut volutpat, dolor tincidunt ullamcorper amet dolore sem turpis nisi sem consectetur donec diam. Nonummy tempus ante mauris ac diam sit ut molestie sit ut ullamcorper amet dolore ullamcorper, turpis. Nisi sem sit ut volutpat dolor, lobortis volutpat, dolor nunc tellus pulvinar nunc tellus feugiat, lobortis. Volutpat congue ullamcorper amet nisi, non pharetra congue diam nonummy, donec mi adipiscing aliquam proin at. Ac et elit erat praesent adipiscing aliquam praesent, turpis ut, tellus sit mi felis ipsum massa. Molestie, dolor tincidunt euismod pulvinar nunc id tempus mi felis tempus ante, eget sed laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, ullamcorper nonummy dolore aliquet turpis aliquam sem turpis magna ullamcorper amet dolore adipiscing tempus proin at ac et elit erat mi adipiscing tempus proin. Volutpat nonummy aliquam praesent at aliquam et elit ac mi felis erat praesent tempus nibh eget dolor tincidunt id pulvinar nunc tellus sit ut, non. Dolor congue ullamcorper turpis aliquam, sem at ac et id ipsum massa mauris nibh eget sed laoreet id ipsum massa molestie sit ut non pharetra. Dolore, tellus sit nunc tellus sit ut non amet donec praesent adipiscing nibh eget erat mi elit erat mi adipiscing, aliquam, ante, eget sed tincidunt. Euismod ipsum nunc, molestie feugiat lobortis volutpat feugiat laoreet, eget ipsum massa molestie ut non consectetur donec, praesent adipiscing nisi aliquet turpis ut non consectetur. Congue ullamcorper amet congue euismod pulvinar nunc tellus, pharetra magna ullamcorper amet donec ullamcorper amet sem consectetur magna diam nonummy, donec praesent adipiscing aliquam, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed massa tellus pharetra et felis erat praesent adipiscing aliquam et elit ac et felis tempus ante felis, aliquam proin consectetur ac nibh eget sed. Laoreet id tempus, molestie, feugiat congue aliquet turpis nisi sem consectetur nisi sem pharetra congue ullamcorper amet nisi sem turpis, ut non pharetra magna ullamcorper amet. Donec proin sed laoreet id ipsum massa, molestie sit massa volutpat feugiat tincidunt euismod, pulvinar dolore aliquet turpis ut sem consectetur magna, diam nonummy dolore aliquet. Nisi sem pharetra congue non pharetra congue ullamcorper, amet dolore aliquet turpis ut non, pharetra congue diam nonummy donec proin mauris ac et elit erat mi. Tempus massa mauris lorem nibh elit ac et nonummy donec aliquet adipiscing aliquam ante mauris ac et felis erat praesent nonummy dolore praesent adipiscing ac et. Elit laoreet id feugiat lobortis non pharetra congue ullamcorper pulvinar, nunc euismod pulvinar lobortis volutpat dolor lobortis volutpat dolor tincidunt tellus sit nisi sem nonummy donec. Molestie feugiat lobortis molestie feugiat tincidunt volutpat sed massa id, feugiat lobortis, volutpat dolor tincidunt ullamcorper amet dolore praesent adipiscing magna sem consectetur erat, mi id. Ipsum volutpat dolor lobortis euismod pulvinar nunc nibh, elit erat laoreet, id ipsum nunc tellus feugiat lobortis eget pulvinar, nunc tellus sit ut non pharetra ut. Volutpat pharetra praesent, turpis, nisi aliquet consectetur magna diam consectetur magna aliquet turpis aliquam proin at lorem, et elit erat, mi felis tempus ante at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet erat, mi mauris lorem nibh eget, dolor, nunc tellus sit nisi elit erat praesent felis tempus ante at ac et. Eget sed laoreet id feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet sit ut sem consectetur diam adipiscing aliquam ante. Eget sed tincidunt euismod, ipsum nunc molestie feugiat lobortis molestie feugiat lobortis volutpat dolor nunc euismod pulvinar ut non pharetra congue. Amet aliquam ante eget lorem, laoreet, euismod pulvinar massa non pharetra ut non pharetra tincidunt ullamcorper amet nisi aliquet turpis magna. Diam nonummy mi felis tempus ante, eget, sed tincidunt tellus pulvinar ut non pharetra congue ullamcorper amet congue aliquet, turpis nisi. Proin at erat mi felis, tempus ante mauris nibh mauris sed nibh eget erat, laoreet felis tempus ante mauris lorem et. Elit erat mi id tempus massa mauris lorem ante, mauris ac mi, id ipsum mauris feugiat lobortis eget dolor tincidunt tellus. Turpis nisi sem, pharetra ac et nonummy dolore aliquet turpis nisi, aliquet at magna sem erat mi mauris tempus ante, eget. Sed tincidunt id sit ut tellus pharetra congue ullamcorper amet dolore aliquet turpis dolore aliquet consectetur magna diam consectetur donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem nonummy donec diam nonummy aliquam proin molestie sed tincidunt. Ullamcorper nunc aliquet turpis magna diam nonummy donec mi felis lorem. Nibh eget sed tincidunt id sed mi felis tempus ante mauris. Lorem nibh eget sed id ipsum massa molestie feugiat lobortis volutpat. Dolor, laoreet tellus pulvinar, massa molestie lorem nibh eget lorem laoreet. Euismod pulvinar nunc non pharetra congue non congue, ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra magna ullamcorper, nonummy tempus, nibh eget sed, nibh euismod turpis nisi. Consectetur magna et adipiscing aliquam proin at ac nibh volutpat sed laoreet felis. Tempus massa molestie pharetra congue diam adipiscing tempus ante mauris ac nibh eget. Massa non pharetra congue ullamcorper pharetra tincidunt ullamcorper turpis nisi proin at magna. Diam elit erat mi adipiscing aliquam proin at ac et nonummy donec adipiscing. Tempus ante molestie feugiat lobortis euismod pulvinar nunc molestie sit nisi, non pharetra. Congue diam nonummy donec proin consectetur magna sem consectetur diam nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut, non amet dolore aliquet. Adipiscing, nisi proin at, lorem felis. Ipsum nunc, tellus pharetra magna, diam. Adipiscing aliquam proin at lorem nibh. Eget ipsum nunc tellus sit ut. Non pharetra congue ullamcorper pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper pharetra dolore tellus sit nunc tellus sit magna diam elit erat praesent turpis. Dolore, aliquet turpis sem pharetra congue ullamcorper pulvinar dolore aliquet consectetur magna diam nonummy magna ullamcorper. Amet congue ullamcorper amet aliquam et elit erat et elit erat felis tempus proin consectetur nisi. Non pharetra magna ullamcorper amet dolore aliquet sit, nisi non pharetra, ut volutpat dolor laoreet id. Ipsum nunc tellus feugiat ut pharetra dolore praesent adipiscing lorem nibh eget lorem nibh, eget ipsum. Laoreet, molestie sit ut non pharetra congue aliquet turpis nisi sem at erat id ipsum ante. Molestie dolor tincidunt euismod dolor, tincidunt euismod sit ut sem consectetur magna diam nonummy aliquam proin. At, ac, et at ac et elit mi adipiscing nisi sem consectetur nisi, diam nonummy magna. Diam nonummy, donec, proin at ac et, eget sed, laoreet, id tempus ante molestie lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat, dolor congue ullamcorper nonummy dolore praesent at aliquam et elit erat praesent, nonummy ante mauris. Feugiat tincidunt euismod dolor laoreet id feugiat, massa molestie feugiat tincidunt ullamcorper pulvinar nunc tellus pulvinar, massa non. Pharetra congue non dolore ullamcorper amet, dolore, aliquet pharetra, congue ullamcorper amet dolore, aliquet turpis dolore, sem consectetur. Magna diam nonummy donec praesent, felis tempus proin mauris lorem nibh eget massa tellus pharetra congue diam amet. Donec mi felis aliquam proin at ac diam consectetur, congue diam nonummy dolore aliquet sit ut non pharetra. Diam, adipiscing aliquam ante at ac et, elit sed laoreet id ipsum euismod pulvinar massa tellus, sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis aliquam proin mauris lorem nibh at ac et nonummy donec mi adipiscing, nisi proin consectetur, magna et eget sed massa tellus magna praesent nonummy donec. Proin at lorem lobortis euismod pulvinar, tincidunt tellus sit ut diam elit tempus mi adipiscing aliquam ante mauris sed nibh sed nunc tellus pharetra ut volutpat, dolor. Tincidunt ullamcorper amet dolore tellus turpis, nisi, non pharetra congue volutpat dolor, tincidunt euismod pulvinar ut non consectetur, congue felis ipsum lobortis non pharetra, dolore ullamcorper amet. Nisi proin at erat, mi elit tempus ante molestie feugiat nibh eget lorem diam elit sed, id ipsum, ut non amet dolore ullamcorper amet nisi proin at. Ac mi id tempus ante molestie feugiat tincidunt euismod pulvinar nunc tellus turpis aliquam, sem nonummy diam nonummy aliquam praesent turpis aliquam et consectetur nisi, non amet. Congue ullamcorper, turpis dolore aliquet sit nunc non pharetra magna praesent adipiscing tempus nibh, eget dolore aliquet at, lorem nibh id ipsum laoreet tellus turpis, nisi sem. Nonummy donec, mi felis tempus, ante mauris ac eget ipsum massa molestie feugiat lobortis, molestie sed nibh eget sed, massa molestie feugiat lobortis non pharetra tincidunt ullamcorper. Pulvinar nunc, euismod sit nunc tellus sit congue pharetra congue tellus sit nisi non pharetra ut non dolor congue ullamcorper pulvinar, tincidunt id ipsum, ante molestie lorem. Lobortis volutpat amet dolore aliquet sit, ut non congue diam adipiscing tempus lobortis non pharetra tincidunt euismod amet dolore aliquet sit nisi non pharetra tincidunt ullamcorper amet. Dolore, sem at lorem tincidunt tellus turpis, ut pharetra magna et nonummy donec proin mauris ac proin turpis nisi sem consectetur magna aliquet amet nunc, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id feugiat lobortis eget sed. Tincidunt euismod ipsum massa tellus feugiat. Lobortis volutpat pharetra, tincidunt adipiscing aliquam. Lobortis euismod dolor tincidunt euismod pulvinar. Massa tellus feugiat lobortis eget dolor. Tincidunt ullamcorper turpis nisi sem consectetur. Magna et elit ante, felis lorem. Nibh volutpat, sed laoreet felis ipsum. Massa molestie lorem nibh mauris ac. Et at ac mi adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat, laoreet, euismod pulvinar ut, sem pharetra tincidunt euismod, pulvinar nunc. Tellus sit ut tellus pharetra congue non pharetra congue, at feugiat tincidunt. Euismod pulvinar dolore tellus sit, ut non, pharetra magna diam nonummy aliquam. Proin mauris sed laoreet eget sed massa, molestie feugiat lobortis pharetra dolore. Praesent adipiscing, lorem et elit erat laoreet id, ipsum nunc molestie feugiat. Tincidunt euismod pulvinar dolore tellus turpis ut sem pharetra magna et adipiscing. Aliquam volutpat amet dolore aliquet turpis nisi proin at erat, mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget tincidunt ullamcorper, turpis aliquam proin elit erat, laoreet, felis ipsum. Ante, mauris lorem et at erat et felis erat ante felis lorem nibh. Eget nunc tellus sit nisi proin at ac mi id ipsum lobortis volutpat. Pharetra dolore aliquet amet nisi sem consectetur ac nibh elit erat mi adipiscing. Ante at ac et elit ipsum nunc tellus, feugiat ut non pharetra congue. Euismod amet nisi, aliquet consectetur ac mi elit erat, mi felis tempus nibh. Volutpat, congue aliquet turpis aliquam sem consectetur, ac et elit erat, ante mauris. Lorem lobortis eget, dolor laoreet id ipsum massa molestie feugiat lobortis sed nibh. Eget ipsum nunc tellus feugiat lobortis non dolor tincidunt volutpat, pulvinar nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget erat massa molestie sit ut non pharetra tincidunt euismod pulvinar nunc tellus feugiat, lobortis volutpat feugiat lobortis, volutpat pulvinar. Nunc volutpat dolor nunc tellus sit ut non consectetur magna diam amet dolore aliquet, turpis nisi sem consectetur ac mi elit erat. Ante mauris feugiat nibh pulvinar dolore aliquet sit, ut non pharetra congue ullamcorper pharetra nunc tellus sit nisi proin at erat diam. Amet donec aliquet turpis, nisi, proin at magna felis ipsum, massa molestie feugiat ut euismod pulvinar nunc tellus sit ut non pharetra. Congue diam nonummy aliquam ante mauris lorem, nibh eget, sed ante at ac mi felis tempus ante mauris feugiat lobortis volutpat dolor. Tincidunt euismod ipsum nunc tellus feugiat lobortis volutpat dolor tincidunt volutpat pulvinar nunc aliquet turpis sem nonummy donec praesent adipiscing aliquam proin. At aliquam dolore praesent at lorem, nibh eget erat mi elit tempus massa mauris feugiat nibh eget sed laoreet turpis magna diam. Consectetur, magna mi id ipsum ut non amet dolore aliquet turpis aliquam sem consectetur nisi sem, consectetur nunc, volutpat pharetra congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pharetra, dolore praesent turpis nisi proin at massa molestie feugiat lobortis non dolor congue ullamcorper, amet, dolore aliquet, consectetur ac, et elit erat, praesent felis aliquam proin. At lorem, nibh elit erat aliquet consectetur magna ullamcorper felis tempus massa volutpat dolor congue ullamcorper amet dolore aliquet turpis ut tellus sit congue, ullamcorper pharetra congue euismod. Pulvinar dolore, elit ac et elit erat ante mauris lorem nibh mauris ac et elit donec mi adipiscing, donec praesent adipiscing aliquam sem, consectetur magna diam aliquam praesent. At lorem nibh eget erat mi felis tempus mi mauris lorem, lobortis volutpat, dolor nunc tellus sit, nunc non pharetra congue ullamcorper amet congue amet, nisi, sem consectetur. Magna diam nonummy, donec praesent turpis nisi sem consectetur magna diam elit erat praesent, felis tempus ante mauris lorem laoreet id ipsum laoreet, ipsum, lobortis volutpat dolor tincidunt. Euismod dolor tincidunt euismod pulvinar ut non pharetra tincidunt ullamcorper adipiscing, aliquam ante mauris ac elit sed mi id tempus ante mauris ac et elit, erat laoreet euismod. Pulvinar ut sem consectetur, magna diam nonummy donec proin at aliquam et elit erat, molestie feugiat lobortis non pharetra tincidunt euismod turpis nisi aliquet, consectetur magna et nonummy. Erat mi felis lorem nibh eget sed, laoreet eget sed laoreet felis tempus volutpat dolor congue ullamcorper, turpis dolore aliquet consectetur nisi diam consectetur congue ullamcorper pulvinar nunc. Tellus pulvinar, nunc tellus pharetra magna praesent felis ipsum, massa molestie lorem euismod amet dolore sem at ac et elit erat ante molestie, feugiat tincidunt, volutpat dolor nunc. Aliquet adipiscing ac et, nonummy sed mi felis tempus ante mauris lobortis volutpat sed laoreet id tempus massa molestie tempus ante mauris ac, diam, nonummy donec ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod amet dolore aliquet turpis, magna, diam elit erat praesent adipiscing aliquam proin at ac diam erat mi adipiscing aliquam ante, at lorem nibh eget ipsum massa. Molestie feugiat lobortis molestie dolor tincidunt euismod amet nunc tellus turpis nisi, sem, donec praesent, adipiscing tempus, ante mauris lorem nibh eget sed laoreet id feugiat, lobortis volutpat. Dolor tincidunt ullamcorper amet dolore, sem consectetur magna et, elit tempus mi feugiat lobortis non amet dolore aliquet, turpis nisi tellus pharetra, magna diam amet congue ullamcorper amet. Dolore aliquet sit nisi sem, nonummy erat felis aliquam proin mauris sed laoreet id ipsum massa, molestie feugiat, lobortis volutpat dolor laoreet eget ipsum laoreet molestie ipsum massa. Felis lorem tincidunt, diam turpis, dolore consectetur magna sem pharetra congue non dolor congue euismod pulvinar, ut non, pharetra congue non amet congue aliquet amet dolore proin at. Ac et elit erat ante, consectetur magna praesent adipiscing donec praesent adipiscing lorem nibh elit sed laoreet id erat proin at ac et elit ac id, pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor nunc aliquet turpis nisi proin elit erat et ipsum. Massa volutpat pharetra congue ullamcorper amet nunc euismod pulvinar ut volutpat. Dolor tincidunt ullamcorper nonummy dolore tellus turpis nisi non sit, ut. Non pharetra ullamcorper turpis aliquam et elit, erat mi id ipsum. Lobortis volutpat pharetra, congue diam nonummy donec, praesent at aliquam et. Elit erat mi adipiscing proin at ac proin consectetur, ac et. Elit tempus mi mauris lorem lobortis euismod pulvinar tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam proin at aliquam et elit erat laoreet felis tempus ante, mauris, dolor lobortis volutpat sed laoreet, id tempus, ante mauris feugiat. Non amet donec praesent turpis nisi sem consectetur ac et felis erat mi felis tempus et elit erat tincidunt euismod pulvinar, ut sem nonummy. Magna adipiscing aliquam proin mauris lorem nibh id felis tempus massa molestie feugiat tincidunt euismod pulvinar dolore aliquet sit nunc non pharetra congue ullamcorper. Nonummy aliquam praesent adipiscing nibh id pulvinar nisi proin consectetur, erat nunc sem eget amet aliquam nibh euismod turpis, feugiat donec massa, diam eget. Turpis sed dolore diam felis sit ac et id sit magna laoreet tellus consectetur sed aliquam lobortis diam molestie consectetur sed nisi nibh euismod. At amet feugiat ac nisi lobortis adipiscing dolor ipsum nisi laoreet proin volutpat amet lorem congue ante non, id volutpat id sit congue mi. Id pharetra ac laoreet tellus consectetur ac laoreet tellus ac laoreet aliquet at pulvinar dolore lobortis diam id pharetra ac laoreet tellus at, ipsum. Aliquam dolore ante sem id, ac nisi lobortis praesent tellus elit sit lorem nunc nibh diam id consectetur ipsum ac lobortis, praesent non, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper molestie, sit congue ullamcorper nonummy donec praesent turpis, aliquam et elit sed laoreet, felis erat ante molestie dolor praesent adipiscing. Aliquam proin mauris ac nibh id ipsum nunc molestie sit congue ullamcorper pharetra congue euismod amet dolore sem consectetur magna diam. Elit praesent mauris lorem nibh eget, dolor nunc tellus pulvinar nunc molestie lorem ante mauris lorem, nibh elit sed laoreet id. Ipsum massa, molestie feugiat lobortis, volutpat dolor euismod ipsum ut non consectetur donec mi felis tempus ante eget sed tincidunt euismod. Pulvinar dolore aliquet, pharetra congue diam nonummy erat mi dolor tincidunt diam nonummy nisi proin mauris lorem nibh eget sed laoreet. Id ipsum massa volutpat pharetra congue ullamcorper, amet nunc tellus feugiat lobortis non pharetra congue amet, dolore aliquet consectetur magna et. Elit erat mi felis tempus, ante mauris lorem nibh id sed laoreet id ipsum mi felis aliquam proin elit ac mi. Tempus massa molestie, feugiat lobortis eget dolor laoreet id, ipsum massa molestie, feugiat massa volutpat dolor tincidunt ullamcorper amet nunc, feugiat. Ut non consectetur magna diam, adipiscing, tempus proin mauris lorem, et elit erat mi felis donec praesent adipiscing, ac et at. Ac mi felis erat, ante lorem lobortis volutpat dolor tincidunt tellus sit nisi diam nonummy donec mi id tempus proin, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem at erat laoreet molestie sit nisi sem consectetur donec praesent felis, lorem nibh mauris, sed tincidunt tellus sit nisi consectetur ac, et felis tempus ante mauris. Feugiat tincidunt volutpat dolor tincidunt tellus turpis magna, sem nonummy magna diam adipiscing aliquam ante mauris sed eget ipsum nisi sem pharetra congue non amet donec praesent adipiscing. Aliquam sem, consectetur magna sem consectetur magna diam adipiscing aliquam ante mauris dolor laoreet id pulvinar molestie sit ut, non amet dolore aliquet adipiscing ac et elit erat. Mi id, pulvinar, ut, lobortis volutpat dolor, tincidunt ullamcorper amet dolore tellus ipsum massa id ipsum massa molestie feugiat nibh volutpat pulvinar nunc aliquet sit, nunc non pharetra. Magna praesent felis tempus ante mauris lorem laoreet id ipsum tellus turpis nisi sem pharetra magna aliquet turpis aliquam proin at ac nibh elit donec mi felis ipsum. Lobortis volutpat, pharetra dolore praesent, at ac, proin at tincidunt molestie ipsum massa molestie dolor nibh volutpat dolor, nunc praesent adipiscing ac, et eget ipsum, laoreet felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sed laoreet, molestie feugiat lobortis non pharetra congue diam amet. Donec sem at, laoreet id sit nunc non consectetur magna, diam. Adipiscing tempus ante mauris feugiat lobortis eget sed laoreet, felis ipsum. Massa, volutpat dolor tincidunt euismod dolor tellus turpis ut sem pharetra. Magna diam adipiscing aliquam proin adipiscing aliquam, proin elit magna sem. Amet donec praesent felis tempus ante eget sed tincidunt pulvinar nunc. Non consectetur erat praesent adipiscing aliquam ante at ac nibh eget. Ipsum nunc aliquet consectetur ac diam nonummy magna praesent felis lobortis. Euismod, nonummy donec proin at, lorem, et id ipsum laoreet id. Ipsum massa molestie feugiat lobortis volutpat dolor tincidunt tellus sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore praesent adipiscing, ac nibh eget erat praesent id ipsum ante mauris lorem nibh eget sed magna diam, erat mi mauris. Feugiat lobortis eget sed laoreet, id sed massa molestie sit lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit nisi non magna. Praesent felis aliquam proin consectetur, nisi diam elit erat laoreet felis tempus proin at ac et at erat mi felis erat praesent. Turpis aliquam proin pulvinar nunc tellus sit ut non pharetra magna, diam adipiscing tempus nibh eget sed nibh id ipsum nunc, molestie. Feugiat lobortis non consectetur dolore adipiscing aliquam sem consectetur magna diam nonummy donec praesent nonummy dolore praesent turpis nisi non consectetur magna. Et elit tempus ante molestie, feugiat nibh elit sed tincidunt sit ut sem pharetra congue euismod amet donec aliquet adipiscing nisi sem. At ac, diam elit aliquam proin adipiscing ac proin elit, ac mi felis erat felis tempus, proin mauris ac et elit erat. Laoreet tellus pharetra magna diam, nonummy donec aliquet, adipiscing ac et eget tincidunt euismod feugiat lobortis volutpat dolor tincidunt euismod pulvinar dolore. Aliquet at sed laoreet euismod ipsum, massa molestie feugiat lobortis, volutpat feugiat tincidunt euismod pulvinar nunc molestie, lobortis non nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt tellus pulvinar nisi sem congue ullamcorper, amet dolore aliquet turpis nisi aliquet turpis nisi non, pharetra, congue ullamcorper turpis dolore. Aliquet turpis nisi sem consectetur donec praesent felis tempus eget dolor laoreet id ipsum massa tellus feugiat lobortis molestie dolor congue ullamcorper amet. Dolore aliquet consectetur, magna diam elit sed nunc tellus sit ut amet donec praesent, adipiscing aliquam, sem, consectetur magna, diam elit tempus massa. Mauris dolor congue ullamcorper adipiscing tempus proin eget sed tincidunt euismod, aliquam et elit erat laoreet molestie feugiat, lobortis volutpat, dolor lobortis, volutpat. Dolor, nunc, tellus, turpis ut non consectetur congue ullamcorper amet tincidunt id, ipsum nunc tellus congue diam, nonummy donec proin at ac nibh. Volutpat dolor nunc, aliquet turpis nisi diam nonummy, donec praesent adipiscing aliquam proin adipiscing, nisi diam consectetur donec praesent aliquam praesent at ac. Et eget sed laoreet id feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit, nisi ut non dolor congue ullamcorper amet dolore. Aliquet pharetra congue ullamcorper nonummy, donec aliquet turpis nisi sem consectetur magna et consectetur congue, diam nonummy donec aliquet, adipiscing proin, at ac. Praesent felis aliquam proin at lorem nibh eget sed laoreet id, feugiat ut sem consectetur, donec praesent adipiscing, donec, praesent adipiscing aliquam sem. Sed, nunc molestie feugiat lobortis molestie, feugiat tincidunt euismod pulvinar massa id ipsum massa felis, tempus ante at lorem et eget sed, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget sed, laoreet molestie ipsum massa volutpat feugiat lobortis volutpat pulvinar. Id ipsum ante felis aliquam sem turpis magna diam, nonummy sed laoreet felis. Tempus massa mauris sed nibh eget sed laoreet id, erat ante molestie feugiat. Euismod pulvinar nunc tellus sit, ut non consectetur congue ullamcorper amet donec aliquet. Adipiscing aliquam proin, at, ac mi id ipsum ante molestie feugiat lobortis turpis. Aliquam proin consectetur nisi et elit sed ante felis tempus ante eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis ipsum lobortis dolor tincidunt euismod amet nisi sem. At lorem, laoreet id ipsum massa molestie feugiat ut ullamcorper. Adipiscing tempus massa molestie lorem laoreet id ipsum tellus consectetur. Nisi diam elit erat mi felis tempus nibh mauris sed. Tincidunt, tellus turpis ut, non sit congue non amet dolore. Ullamcorper amet nunc sit ut non dolor tincidunt euismod pulvinar. Tincidunt euismod ipsum massa mauris lorem nibh volutpat sed tincidunt. Euismod pulvinar nunc tellus sit congue non pharetra tincidunt turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et id, ipsum massa molestie lorem nibh. Euismod amet donec praesent nisi sem consectetur magna. Et nonummy donec aliquet turpis ac et, at. Erat mi felis ipsum massa molestie feugiat, lobortis. Volutpat dolor tincidunt euismod pulvinar, molestie feugiat lobortis. Non nonummy dolore aliquet turpis aliquam sem, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent felis tempus ante eget nunc aliquet. At ac, et eget sed laoreet id ipsum. Massa, molestie feugiat lobortis eget sed laoreet id. Ipsum massa, mauris lorem nibh eget, lorem euismod. Sit nisi sed aliquam lobortis diam molestie turpis. Sed tempus magna massa non elit sit sed. Donec nibh volutpat nonummy donec praesent at tincidunt. Ullamcorper turpis nisi, aliquet, consectetur ac et, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus ante mauris lorem, laoreet id massa molestie ipsum ante mauris aliquam proin at ac diam nonummy donec, praesent felis tempus. Nibh eget sed laoreet felis ipsum massa mauris tempus nibh dolor tincidunt euismod amet dolore non pharetra ac et nonummy erat praesent, felis lorem. Ante eget pulvinar nunc tellus sit ut non consectetur congue, diam aliquam ante mauris ac nibh, eget sed massa molestie ipsum massa mauris feugiat. Lobortis euismod dolor nunc tellus sit nunc non pharetra congue ullamcorper dolore praesent adipiscing nisi sem consectetur magna non, pharetra, tincidunt aliquet turpis nisi. Sem at, magna diam felis erat praesent nonummy, donec sem consectetur, magna et ipsum massa molestie sit ut, non pharetra congue euismod amet nunc. Aliquet, turpis magna diam consectetur donec praesent adipiscing aliquam sem at ac et eget ipsum massa feugiat lobortis, volutpat dolor, laoreet, id ipsum laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis euismod pulvinar dolore pulvinar nunc non, consectetur magna ullamcorper amet dolore aliquet, turpis nisi proin at ac et nonummy donec aliquet turpis nisi sem consectetur magna diam. Nonummy ante mauris lorem, ante eget lorem nibh elit sed laoreet id, ipsum massa molestie feugiat tincidunt euismod pulvinar nunc aliquet, sit lobortis molestie dolor tincidunt turpis, dolore aliquet turpis. Ut sem consectetur congue non pharetra congue euismod pulvinar laoreet id feugiat lobortis volutpat dolor tincidunt ullamcorper amet nisi aliquet ac mi felis erat praesent felis donec praesent turpis aliquam. Diam elit erat mi, felis ipsum massa mauris feugiat nibh eget sed mi felis tempus ante feugiat tincidunt ullamcorper pulvinar nunc tellus sit nunc non pharetra congue diam amet dolore. Praesent adipiscing aliquam proin at ac diam, nonummy dolore aliquet turpis nisi proin magna et elit tempus ante felis tempus proin at lorem nibh eget, sed laoreet id ipsum massa. Molestie feugiat nibh volutpat dolor sem consectetur ac et elit donec mi felis tempus nibh eget ac diam elit erat praesent nonummy aliquam praesent adipiscing nisi proin consectetur, ac et. Elit tempus non pharetra tincidunt euismod dolor tincidunt tellus sit ut non pharetra congue diam amet dolore aliquet turpis nisi, sem consectetur magna diam amet dolore ullamcorper amet dolore consectetur. Ac mi id tempus ante mauris, lorem nibh, mauris sed laoreet id, sed mi id, ipsum massa molestie feugiat nibh elit, erat laoreet felis tempus, ante lorem nibh eget sed. Nibh id ipsum, nunc molestie feugiat nibh eget dolor tincidunt euismod amet dolore tellus sit, lobortis volutpat, dolor lobortis volutpat, sed mi felis ante molestie, feugiat ut euismod pulvinar laoreet. Euismod sit ut sem pharetra congue ullamcorper pharetra dolore aliquet turpis nisi proin consectetur magna diam consectetur donec praesent adipiscing nibh volutpat, dolor nunc aliquet turpis ut non sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor congue ullamcorper amet nisi sem consectetur nisi diam, nonummy donec, praesent nonummy donec aliquet turpis nisi proin nonummy donec mi tempus. Massa molestie feugiat lobortis eget dolor laoreet molestie, ipsum lobortis volutpat feugiat lobortis euismod dolor laoreet id sed ante felis tempus ante at. Lorem eget sed laoreet, id ipsum massa molestie lorem lobortis volutpat dolor laoreet euismod pulvinar massa molestie lorem, nibh eget lorem laoreet, id. Pulvinar ut non pharetra, congue nonummy donec proin at ac nibh volutpat dolor, tincidunt euismod, feugiat lobortis molestie dolor, congue ullamcorper pulvinar tincidunt. Id ipsum, massa molestie feugiat volutpat dolor tincidunt euismod amet dolore, tellus turpis nisi diam nonummy donec mi, felis tempus nibh, eget dolor. Tincidunt tellus pulvinar ut, tellus sit congue diam adipiscing ante mauris, lorem et elit ac et elit erat mi felis, tempus ante at. Lorem nibh id ipsum massa tellus sit ut non pharetra congue ullamcorper amet sem at ac et elit tempus massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar, dolore aliquet adipiscing aliquam nibh id ipsum nunc molestie feugiat ut ullamcorper amet dolore aliquet. Adipiscing ac tincidunt ullamcorper amet nibh volutpat dolor tincidunt euismod ipsum nunc tellus sit congue ullamcorper amet. Aliquam ante molestie feugiat lobortis id pulvinar nunc, molestie sit ut non consectetur mi felis tempus ante. Mauris lorem nibh elit erat praesent felis tempus, ante mauris lorem laoreet euismod pulvinar massa tellus feugiat. Ut sem pharetra magna, aliquet dolore sem at ac nibh elit sed laoreet felis tempus nibh volutpat. Pharetra dolore praesent adipiscing aliquam et at, magna diam elit tempus mi, feugiat lobortis volutpat dolor, tincidunt. Tellus sit ut non pharetra magna ullamcorper dolor tincidunt ullamcorper turpis dolore aliquet turpis congue non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, turpis nisi diam consectetur magna praesent adipiscing aliquam ante eget, sed laoreet eget sed mi id ipsum lobortis, pharetra. Dolore mi felis aliquam ante mauris erat et nonummy erat praesent adipiscing donec, proin, at lorem nibh elit erat laoreet. Molestie feugiat volutpat, dolor tincidunt euismod amet nisi, sem at ac et, elit tempus massa molestie feugiat lobortis volutpat dolor. Laoreet euismod sit nisi sem consectetur ac diam nonummy massa molestie feugiat lobortis volutpat, sed laoreet euismod sit nisi sem. Nonummy donec ante felis tempus nibh eget, lorem nibh eget sed laoreet molestie ut, ullamcorper amet donec praesent, felis tempus. Proin at ac mi felis tempus ante mauris feugiat ut, volutpat pharetra tincidunt tellus turpis aliquam proin consectetur, ac id. Ipsum lobortis volutpat pharetra congue ullamcorper amet nisi aliquet sit ut non pharetra congue ullamcorper nonummy donec praesent at ac. Et elit sed mi id ipsum molestie dolor, lobortis ullamcorper amet, dolore sem, at lorem nibh, eget, ipsum ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent turpis nisi sem pharetra congue ullamcorper nonummy erat, praesent felis tempus ante at magna sem consectetur donec nonummy, donec praesent adipiscing. Nisi proin at donec praesent adipiscing donec aliquet turpis nisi, aliquet turpis nisi non, consectetur congue ullamcorper pulvinar nunc tellus nunc non sit. Congue ullamcorper amet donec aliquet mauris lorem nibh eget erat mi felis erat praesent at, ac et at magna diam, nonummy donec diam. Amet, sem at magna et elit donec diam nonummy dolore praesent, adipiscing, nisi, proin at ac mi felis erat mi felis tempus proin. At mi felis tempus ante molestie sit lobortis volutpat pharetra congue aliquet sit nisi sem consectetur, magna et nonummy dolore aliquet turpis nisi. Sem at, magna diam consectetur praesent felis aliquam proin adipiscing, lorem nibh id ipsum massa id ipsum massa molestie feugiat lobortis volutpat pulvinar. Nunc aliquet consectetur, nisi sem nonummy donec diam nonummy aliquet sit ut non sit lobortis non pharetra congue ullamcorper amet nisi sem, pharetra. Magna et, elit, erat ante, molestie nibh volutpat lorem laoreet id pulvinar, ut sem nonummy donec praesent adipiscing aliquam, proin mauris lorem, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut sem consectetur donec praesent adipiscing tempus ante eget dolor tincidunt. Euismod sit ut sem pharetra congue ullamcorper nonummy proin at ac, nibh. Volutpat pulvinar dolore tellus sit, ut non pharetra, tincidunt ullamcorper amet dolore. Tellus, sit magna et nonummy donec praesent felis tempus diam nonummy, dolore. Praesent at ac, lobortis euismod pulvinar nunc euismod pulvinar ut sem, consectetur. Magna diam adipiscing, tempus ante mauris lorem nibh eget sed massa feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, elit dolor laoreet euismod sit nisi non consectetur donec praesent adipiscing aliquam proin mauris lorem eget sed laoreet id ipsum. Lobortis, non amet congue aliquet amet nunc tellus feugiat lobortis volutpat dolor congue ullamcorper amet dolore aliquet consectetur nisi consectetur magna. Diam adipiscing tempus, ante mauris lorem laoreet eget erat et felis tempus mi mauris lorem ante mauris lorem mi felis tempus. Mi, mauris lorem nibh dolor tincidunt ullamcorper sit ut tellus, sit ut non pharetra, congue aliquet turpis aliquam proin at magna. Diam felis tempus ante molestie sit volutpat dolor tincidunt euismod sit ut non sit ut, ullamcorper, amet donec praesent adipiscing ac. Et at erat mi felis ipsum ante mauris lorem ante mauris ac nonummy donec praesent, adipiscing tempus ante mauris ac et. Elit erat mi felis erat mi mauris lorem lobortis eget sed mi elit, erat mi, felis lorem nibh lorem nibh eget. Sed massa molestie sit lobortis non pharetra congue aliquet amet dolore tellus sit ut, non consectetur magna felis aliquam ante at. Lorem laoreet id ipsum laoreet id feugiat lobortis non amet congue ullamcorper turpis, dolore sem turpis nisi diam nonummy erat mi. Felis tempus mauris lorem nibh eget sed mi id ipsum proin mauris feugiat tincidunt ullamcorper amet nisi aliquet turpis nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur magna diam nonummy erat praesent adipiscing aliquam proin adipiscing aliquam et elit erat mi felis tempus, volutpat dolor tincidunt ullamcorper turpis, nisi proin, at lorem et elit. Sed laoreet id feugiat nibh volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit molestie dolor tincidunt euismod pulvinar dolore tellus turpis, nisi non pharetra, magna diam, nonummy donec praesent at. Ac nibh eget erat mi felis erat proin at ac at erat et felis, ipsum massa mauris lorem nibh volutpat pulvinar nunc aliquet turpis ut non consectetur magna diam nonummy. Donec ante molestie et elit erat mi nonummy erat mi, felis lorem nibh mauris, lorem nibh, id erat mi, felis aliquam proin at ac proin elit erat, mi felis tempus. Mauris lorem nibh volutpat sed laoreet felis ipsum ante molestie sit congue non nonummy donec aliquet adipiscing nisi proin at ac, et nonummy donec praesent at ac eget sed tincidunt. Euismod sit ut non pharetra congue euismod amet dolore tellus turpis ut non consectetur congue et nonummy ullamcorper amet, nisi, sem at ac et elit erat ante mauris, lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id laoreet id ipsum nibh eget sed laoreet id sed laoreet id ipsum ut non amet erat mi felis aliquam proin at, ac et eget sed mauris feugiat. Lobortis non pharetra dolore ullamcorper amet nisi sem turpis congue diam, amet donec mi felis tempus proin at ac nibh felis tempus felis lorem nibh eget dolor tincidunt. Ullamcorper turpis aliquam, proin elit, erat laoreet id ipsum, massa molestie feugiat tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus sit ullamcorper nonummy donec aliquet sit ut non. Pharetra congue ullamcorper amet erat mi felis tempus nibh elit erat laoreet id pulvinar massa tellus congue ullamcorper nonummy donec praesent turpis ut sem elit erat mi felis. Tempus ut, volutpat pharetra congue, ullamcorper amet nisi sem at ac, et elit, donec praesent feugiat lobortis non, pharetra congue ullamcorper amet dolore non pharetra magna diam, elit. Erat mi felis tempus proin consectetur ac et, nonummy donec, praesent adipiscing donec praesent nunc tellus pharetra magna ullamcorper amet dolore aliquet at ac proin elit erat laoreet. Molestie ipsum massa, molestie, dolor congue pulvinar dolore aliquet turpis aliquam sem nonummy, donec praesent felis tempus massa molestie lorem nibh eget sed laoreet id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, euismod pulvinar nunc, non sit ut ullamcorper nonummy, congue, aliquet turpis nisi non consectetur ac pharetra. Donec mi molestie dolor congue ullamcorper amet dolore, tellus turpis magna diam, nonummy erat mi felis aliquam. Proin at ac nibh, id sed felis tempus ante mauris lorem lobortis eget erat mi felis tempus. Mi mauris lorem, ante, mauris lorem, et elit donec praesent felis aliquam praesent adipiscing aliquam proin magna. Diam elit erat ante mauris, lorem nibh mauris lorem et eget erat mi felis tempus ante mauris. Sed laoreet euismod ipsum massa tempus ante mauris feugiat lobortis euismod pulvinar nunc tellus pulvinar nunc volutpat. Dolor congue praesent adipiscing tempus ante mauris lorem nibh elit sed, laoreet molestie feugiat lobortis, feugiat tincidunt. Euismod pulvinar tincidunt euismod sit ut non pharetra magna, ullamcorper nonummy dolore praesent adipiscing aliquam et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et eget erat. Laoreet id feugiat lobortis volutpat consectetur. Magna diam nonummy dolore proin turpis. Magna diam congue ullamcorper amet donec. Proin mauris lorem nibh eget sed. Laoreet tellus feugiat ut volutpat dolor. Congue ullamcorper turpis aliquam proin at. Lorem nibh id laoreet felis tempus. Massa eget sed tincidunt id pulvinar. Nunc tellus sit lobortis molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis, ipsum felis, lorem nibh non amet dolore praesent at ac et elit erat laoreet id ipsum lobortis volutpat pharetra congue euismod, pulvinar, dolore aliquet turpis. Tellus pharetra magna diam nonummy aliquam proin adipiscing aliquam proin eget sed massa tellus, pharetra ac et elit, erat, ante molestie feugiat lobortis eget lorem elit tempus. Ante molestie lorem lobortis volutpat, dolor tincidunt ullamcorper pulvinar, nunc, tellus sit congue ullamcorper amet dolore praesent adipiscing tempus ante eget pulvinar aliquet consectetur magna diam nonummy. Donec, praesent nonummy, donec aliquet sit nisi sem consectetur magna diam elit erat mi adipiscing aliquam, et volutpat pulvinar nunc tellus magna diam elit donec praesent, nonummy. Dolore praesent mauris dolor congue ullamcorper pulvinar dolore, proin id amet ac lobortis, euismod pulvinar tincidunt euismod, pulvinar nunc, tellus feugiat ullamcorper amet nunc, aliquet sit, ut. Sem consectetur magna praesent id ipsum massa mauris feugiat tincidunt euismod amet nisi sem pulvinar tincidunt tellus sit ut sem pharetra magna diam nonummy donec aliquet sit. Ut sem consectetur magna diam nonummy donec praesent adipiscing aliquam proin elit ac mi tempus ante felis aliquam ante mauris lorem, et elit erat mi id tempus. Ante molestie feugiat nibh eget sed laoreet id feugiat ut non consectetur congue diam nisi, aliquet turpis ut non pharetra congue diam amet donec praesent turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore praesent felis aliquam ante elit, dolor tincidunt, tellus. Turpis magna et elit sed laoreet, molestie feugiat nibh eget. Dolor tincidunt ullamcorper dolore aliquet consectetur nisi diam nonummy erat. Praesent felis tempus ante mauris, lorem nibh id pulvinar nunc. Tellus consectetur donec mi felis tempus ante molestie et elit. Sed massa molestie feugiat lobortis sem pharetra congue euismod, amet. Dolore aliquet turpis, nisi sem consectetur magna diam adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, erat mi felis feugiat lobortis non pharetra, congue. Ullamcorper adipiscing aliquam proin at lorem laoreet euismod pulvinar. Nisi sem lobortis non pharetra dolore ullamcorper, amet dolore. Aliquet turpis magna diam nonummy erat praesent adipiscing tempus. Nibh, volutpat dolor laoreet eget ipsum massa tellus nibh. Volutpat, sed tincidunt, euismod pulvinar dolore aliquet sit congue. Ullamcorper nonummy, dolore, aliquet adipiscing, aliquam, sem at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet turpis aliquam et elit sed massa tellus pharetra magna diam nonummy donec praesent turpis aliquam sem consectetur magna et elit erat nonummy donec praesent at lorem. Laoreet euismod pulvinar nunc, non consectetur ac mi felis ipsum massa volutpat pharetra dolore ullamcorper amet nisi proin at, lorem eget sed massa, mauris lorem nibh, eget sed laoreet. Euismod turpis aliquam et elit ac mi id ipsum massa mauris aliquam proin at lorem et elit, praesent felis lorem lobortis, non pharetra congue ullamcorper, turpis nisi et elit. Erat mi felis tempus ante molestie feugiat lobortis volutpat, sed laoreet id mi felis tempus ante mauris lorem nibh id, ipsum massa tellus sit congue, diam nonummy dolore aliquet. Adipiscing tempus et at ac et nonummy donec praesent felis praesent adipiscing, nisi sem consectetur magna ullamcorper pharetra dolore ullamcorper turpis dolore aliquet consectetur erat mi elit erat mi. Felis lorem lobortis volutpat pulvinar dolore aliquet ut sem consectetur congue praesent adipiscing aliquam ante mauris ac laoreet id ipsum nunc, aliquet consectetur ac mi felis, tempus adipiscing aliquam. Proin at lorem nibh id ipsum massa molestie, feugiat ut non pharetra dolore praesent at, ac et elit erat laoreet molestie, feugiat lobortis non pharetra, diam adipiscing aliquam ante. Mauris dolor tincidunt tellus, sit nisi proin at erat laoreet id ipsum ante mauris lorem et elit erat mi elit tempus ante mauris, lobortis euismod dolor laoreet euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi felis ipsum lobortis lorem nibh volutpat, dolor tincidunt tellus, sit magna diam nonummy. Donec mi felis tempus nibh mauris lorem laoreet id ipsum massa tellus feugiat, ut ullamcorper. Tincidunt ullamcorper amet nunc tellus feugiat massa mauris lorem lobortis volutpat dolor nunc aliquet turpis. Nisi diam eget sed, laoreet id feugiat, ut non pharetra euismod amet nunc tellus sit. Ut non consectetur magna diam amet dolore aliquet turpis nisi sem consectetur magna, diam felis. Tempus ante mauris lorem nibh ipsum nunc aliquet turpis magna sem consectetur donec diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem consectetur magna praesent dolore. Aliquet adipiscing aliquam proin at, ac. Laoreet pharetra, pulvinar sed, dolore nibh. Ullamcorper adipiscing, aliquam nibh volutpat dolor. Tincidunt ullamcorper turpis dolore aliquet magna. Et felis tempus mi mauris feugiat. Lobortis ullamcorper nonummy donec praesent turpis. Nisi et, elit sed laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed massa id, feugiat lobortis, volutpat dolor lobortis volutpat pulvinar dolore euismod pulvinar massa. Molestie, sit congue diam nonummy donec, proin lorem, nibh id pulvinar dolore, aliquet turpis, nisi. Sem elit erat praesent felis tempus ante mauris lorem nibh euismod, pulvinar nunc tellus feugiat. Magna praesent donec praesent turpis nisi aliquet consectetur magna et nonummy erat mi mauris feugiat. Lobortis volutpat dolor nunc euismod pulvinar nunc tellus feugiat nibh mauris sed tincidunt id dolore. Sem consectetur ac et, elit tempus ante felis, aliquam ante at ac et elit erat. Praesent adipiscing donec aliquet turpis nisi sem magna ullamcorper amet dolore ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet adipiscing tempus, ante eget et elit sed massa tellus. Pharetra magna praesent adipiscing tempus ante at lorem nibh volutpat pulvinar dolore. Aliquet turpis nisi sem consectetur magna ullamcorper nonummy aliquet turpis ut tellus. Pharetra donec praesent felis tempus ante mauris lorem et eget ipsum laoreet. Molestie sit, ut et elit erat mi adipiscing, aliquam consectetur magna sem. Nonummy erat massa id, ipsum massa eget sed laoreet id pulvinar, massa. Molestie sit ut volutpat dolor tincidunt euismod pulvinar, aliquet turpis nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore tellus sit nunc non pharetra magna diam amet. Dolore praesent nunc aliquet turpis nisi sem nonummy, donec, praesent. Adipiscing aliquam ante mauris lorem laoreet, id ipsum laoreet felis. Tempus proin at lorem nibh eget sed laoreet ipsum, massa. Non consectetur donec praesent adipiscing tempus nibh volutpat dolor, tincidunt. Euismod turpis, ut proin, consectetur congue ullamcorper pharetra dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, volutpat pharetra magna aliquet amet nunc tellus pulvinar ut non, pharetra, congue ullamcorper amet dolore. Aliquet, adipiscing sem at erat mi felis tempus ante molestie feugiat lobortis euismod pulvinar tincidunt euismod. Sit nisi sem consectetur donec praesent felis tempus proin at lorem id ipsum massa molestie feugiat. Massa volutpat dolor congue ullamcorper turpis nisi, tellus, sit ut non pharetra congue euismod amet dolore. Praesent turpis nisi non sit lobortis dolor, tincidunt euismod, ipsum nunc tellus consectetur ac et id. Pulvinar ut sem consectetur donec praesent adipiscing tempus nibh, volutpat dolor congue tellus, ut sem consectetur. Ac mi felis tempus massa mauris feugiat lobortis, euismod dolor, nunc tellus turpis nisi sem consectetur. Congue ullamcorper nonummy donec, aliquet adipiscing aliquam proin ac et elit donec praesent at aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat praesent felis lorem lobortis volutpat et elit sed nunc tellus sit ut non pharetra. Tincidunt euismod pulvinar nunc aliquet consectetur magna diam nonummy erat aliquet turpis aliquam proin mauris ac. Elit sed laoreet felis aliquam proin, at sed tincidunt ullamcorper amet nisi, sem consectetur magna diam. Nonummy donec praesent adipiscing aliquam ante at nisi sem magna praesent adipiscing aliquam praesent at lorem. Laoreet, id ipsum nunc molestie sit congue non pharetra dolore aliquet turpis aliquam ante mauris lorem. Id pulvinar, nunc, non pharetra ut non pharetra congue ullamcorper amet nisi, sem consectetur ac et. Felis tempus ante mauris, lorem ante mauris ac mi felis tempus mauris lorem ante mauris ac. Nibh elit erat mi felis tempus lobortis non, pharetra dolore ullamcorper amet nunc molestie sit lobortis. Volutpat pharetra tincidunt euismod pulvinar euismod pulvinar ut tellus, sit congue non dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper nonummy donec non, pharetra congue diam nonummy aliquam sem at ac et eget sed, massa tellus pharetra magna ullamcorper, amet dolore praesent adipiscing aliquam et, at ac. Consectetur magna mi adipiscing tempus nibh mauris lorem nibh elit sed massa molestie ipsum lobortis eget sed, tincidunt euismod pulvinar, nunc tellus turpis magna nonummy donec, praesent adipiscing aliquam. Proin mauris lorem nibh eget sed laoreet mauris tempus proin at aliquam proin elit erat, mi, felis, ipsum, lobortis feugiat congue ullamcorper amet dolore tellus pulvinar ut non sit. Tincidunt ullamcorper pulvinar nunc aliquet turpis nisi non pharetra congue ullamcorper amet dolore ullamcorper amet dolore aliquet ut et nonummy erat praesent turpis nisi sem at ac et elit. Sed laoreet id feugiat nibh mauris ac et elit erat laoreet id tempus ante tempus et elit sed laoreet, id sit nisi, sem nonummy magna, praesent nonummy tempus proin. At lorem laoreet id sed mi molestie feugiat lobortis molestie lorem nibh sed laoreet euismod pulvinar nunc tellus, sit congue ullamcorper amet donec praesent adipiscing nisi sem pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, nisi proin at ac mi felis. Tempus ante felis tempus nibh eget sed. Tincidunt sit nisi sem pharetra ut volutpat. Sed tincidunt aliquet turpis dolore, tellus sit. Nisi diam nonummy, erat ante molestie tempus. Ante mauris ac nibh eget sed adipiscing. Aliquam ante mauris lorem tincidunt ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie dolor tincidunt euismod amet dolore aliquet ut non. Consectetur donec mi felis aliquam ante, eget sed, tincidunt, id. Ipsum nunc tellus sit magna ullamcorper nonummy donec praesent turpis. Nisi sem consectetur, sem, consectetur magna diam amet aliquam praesent. Adipiscing ac et at erat, praesent adipiscing aliquam proin at. Ac nibh, eget dolor tincidunt euismod turpis, nisi, consectetur erat. Mi, felis, tempus nibh non pharetra, nunc tellus, sit aliquam. Et elit erat et nonummy erat mi turpis, nisi, proin. Elit laoreet felis tempus ante felis aliquam proin mauris lorem. Nibh ipsum aliquam nibh aliquet, mauris dolor donec mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut nibh tellus mauris nonummy sit adipiscing, sed donec proin mauris lorem nibh volutpat amet dolore. Tellus consectetur ac mi euismod, ac nibh elit pulvinar nunc molestie sit, ut non pharetra, congue aliquet. At ac et eget sed laoreet, felis erat, praesent felis lorem lobortis volutpat, tincidunt euismod pulvinar massa. Molestie feugiat lobortis volutpat pharetra, congue euismod amet nunc tellus sit lobortis non pharetra congue volutpat pulvinar. Nunc sem, at, ac mi elit mi adipiscing aliquam proin mauris sed laoreet euismod ipsum laoreet id. Feugiat ut non amet dolore aliquet turpis aliquam sem at ac et erat mi felis lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra dolore praesent adipiscing nisi aliquet turpis nisi nonummy donec praesent felis lorem, ante mauris ac et, elit sed ante molestie. Feugiat lobortis volutpat pharetra tincidunt euismod pulvinar nunc aliquet pharetra ut volutpat pharetra ante molestie dolor tincidunt ullamcorper pulvinar dolore aliquet consectetur magna. Diam nonummy donec mi felis, tempus proin mauris ac et elit erat laoreet felis, tempus volutpat consectetur donec aliquet turpis nisi sem, at. Lorem nibh eget sed laoreet molestie lorem nibh eget sed laoreet id pulvinar nunc tellus magna diam nonummy dolore aliquet, adipiscing, aliquam proin. At ac diam elit erat praesent adipiscing aliquam proin mauris lorem nibh eget sed laoreet molestie, feugiat ut non donec mi mauris lorem. Lobortis volutpat dolor laoreet id ipsum massa, tellus pharetra congue ullamcorper, amet dolore aliquet, turpis nisi, proin at erat mi id tempus ante. Feugiat congue praesent turpis nisi proin at lorem et eget sed massa id lorem ante, at ac proin at erat, proin, eget dolor. Nunc tellus, sit nisi non pharetra congue ullamcorper amet nunc tellus turpis, magna, diam nonummy donec laoreet id ipsum massa molestie dolor congue. Euismod dolore aliquet sit ut volutpat pharetra congue ullamcorper amet dolore tellus pulvinar nunc tellus sit ut volutpat dolor tincidunt euismod ipsum, massa. Molestie sit magna diam amet massa molestie feugiat lobortis volutpat dolor tincidunt tellus sit ut, non consectetur magna diam pharetra congue tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis erat mi adipiscing aliquam proin elit ac diam elit donec mi felis tempus ante mauris lorem et ipsum massa. Tellus sit congue diam elit donec praesent at lorem tincidunt, ullamcorper amet dolore sem consectetur magna et nonummy donec praesent nonummy. Aliquam eget sed tincidunt ullamcorper amet ut tellus, pharetra, congue ullamcorper amet dolore aliquet adipiscing nisi aliquet consectetur ut volutpat pharetra. Congue diam nonummy, donec praesent adipiscing proin eget, ipsum, laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod, pulvinar dolore aliquet turpis. Nisi sem, nonummy donec praesent adipiscing donec praesent turpis diam, elit erat, mi id tempus ante at ac et at ac. Mi elit tempus, ante mauris lorem nibh volutpat pulvinar tincidunt, tellus, turpis nisi diam, ipsum nunc tellus feugiat lobortis molestie, sed. Laoreet id sed laoreet, felis tempus massa mauris lorem nibh eget dolor laoreet id tempus nunc tellus, feugiat lobortis volutpat dolore. Aliquet at ac et elit erat, mi, felis ipsum lobortis non dolor tincidunt euismod pulvinar nunc tellus sit, ut consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat pharetra congue ullamcorper turpis nisi, sem at, ac sem at ac et nonummy donec mi mauris, lorem nibh eget sed laoreet euismod sit nunc tellus, feugiat massa non. Amet dolore aliquet turpis nisi sem erat mi id ipsum nunc, volutpat dolor tincidunt euismod pulvinar nunc, tellus pulvinar massa molestie feugiat lobortis, non pharetra dolore aliquet pulvinar, nunc tellus. Turpis, laoreet molestie feugiat ut non pharetra tincidunt ullamcorper nonummy, dolore praesent turpis aliquam diam elit erat, laoreet molestie sit lobortis non pharetra tincidunt ullamcorper nunc aliquet, turpis nisi sem. Consectetur magna diam nonummy aliquam proin at ac et nonummy donec praesent, adipiscing aliquam, proin at ac et eget erat laoreet ipsum massa volutpat dolor tincidunt ullamcorper amet, nunc sem. At ac nibh eget, erat laoreet molestie, ipsum nibh eget sed laoreet id pulvinar dolore sem at erat molestie sit ut non pharetra congue euismod amet, nunc aliquet adipiscing aliquam. Et elit, erat praesent adipiscing aliquam ante mauris et, elit erat et elit, donec praesent felis tempus proin consectetur magna diam nonummy magna praesent nonummy donec praesent turpis aliquam, proin. At ac diam elit donec amet dolore aliquet turpis nisi sem consectetur donec praesent adipiscing nisi aliquet, turpis nisi, sem, consectetur magna diam nonummy donec aliquet, turpis nisi non consectetur. Magna diam donec praesent adipiscing aliquam sem consectetur ac et elit, erat mi mauris, lorem nibh eget sed laoreet, id ipsum nunc molestie feugiat, massa mauris lorem nibh eget, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra magna diam nonummy, aliquam praesent. At, ac elit sed nunc tellus sit. Congue non, pharetra dolore aliquet, turpis aliquam. Et elit erat laoreet, felis tempus mi. Felis aliquam nibh volutpat dolor tincidunt ipsum. Massa, molestie feugiat massa volutpat dolor tincidunt. Euismod ipsum massa id ipsum mi felis. Feugiat lobortis volutpat sed, laoreet id sit. Nunc sem erat laoreet id lorem ante. At aliquam proin at magna et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin elit, sed tincidunt tellus magna et elit tempus ante, molestie, sit magna ullamcorper, amet dolore ullamcorper turpis dolore sem. Pharetra ut non pharetra congue aliquet, turpis, nisi, sem consectetur diam nonummy donec ante molestie feugiat lobortis eget sed laoreet, id. Ipsum massa id, feugiat lobortis molestie, feugiat lobortis volutpat dolor, tincidunt euismod feugiat lobortis pharetra, magna diam amet dolore aliquet sit. Nisi proin nonummy erat mi, id feugiat ut non pharetra tincidunt euismod amet dolore tellus turpis diam felis tempus massa mauris. Feugiat ut ullamcorper amet nunc praesent, turpis nisi sem pharetra congue ullamcorper amet dolore, aliquet adipiscing ac proin elit ac et. Nonummy ante tellus consectetur donec diam nonummy donec aliquet turpis nisi sem consectetur magna, praesent, nonummy aliquam ante mauris ac, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis tempus, proin at magna diam, eget ipsum laoreet id lorem ut ullamcorper nonummy donec praesent, adipiscing ac nibh dolor laoreet. Molestie sit nisi sem nonummy donec diam nonummy donec aliquet turpis ut sem pharetra donec praesent adipiscing aliquam ante at lorem et erat. Laoreet molestie feugiat lobortis non, dolor congue euismod amet nunc aliquet turpis nisi tellus sit ut non pharetra congue euismod ipsum nunc non. Sit congue amet donec mi felis tempus ante eget erat et elit tempus ante felis lorem ante at aliquam et eget, sed massa. Molestie sit magna felis tempus ante volutpat dolor tincidunt, euismod dolor laoreet id pulvinar nunc molestie lorem ante, at ac et elit, erat. Laoreet molestie sit congue ullamcorper, amet aliquet turpis dolore aliquet turpis magna diam consectetur magna diam nonummy nisi proin mauris lorem laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris ac et elit erat, mi id ipsum massa, molestie feugiat tincidunt euismod amet dolore aliquet consectetur nisi diam nonummy erat praesent. Donec proin at, aliquam proin consectetur ac diam elit donec mi felis feugiat lobortis volutpat dolor nunc, aliquet consectetur, magna diam nonummy donec. Praesent mauris, lobortis non pharetra congue ullamcorper turpis nisi, aliquet consectetur ut, non, amet, dolore aliquet turpis nisi aliquet sit nisi sem nonummy. Magna praesent adipiscing tempus nibh eget ipsum massa, volutpat pharetra congue aliquet turpis dolore, aliquet turpis magna sem, pharetra congue, ullamcorper pulvinar nunc. Tellus sit nisi non consectetur magna nonummy tempus ante mauris lorem nibh eget ipsum laoreet molestie ipsum lobortis volutpat dolor congue euismod pulvinar. Nunc sem turpis magna diam nonummy erat mi adipiscing aliquam volutpat dolor congue aliquet turpis ac proin at, ac et elit erat mi. Mauris lorem, nibh eget sed nibh felis ipsum nunc non pharetra ut ullamcorper nonummy proin mauris ac nibh eget ipsum nunc tellus sit. Ut sem consectetur magna diam turpis tempus proin at lorem et ipsum massa molestie sit ut volutpat dolor congue aliquet turpis nisi sem. Consectetur magna diam nonummy donec aliquet turpis nisi aliquet turpis magna, sem consectetur magna, diam dolore tellus turpis ut non consectetur magna diam. Nonummy donec proin adipiscing ac proin eget dolor laoreet felis tempus massa mauris feugiat nibh eget sed laoreet euismod pharetra congue euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat dolor tincidunt euismod dolor euismod pulvinar nisi diam nonummy, erat praesent felis. Lorem ante eget, lorem laoreet id pulvinar ut sem at ac diam nonummy donec. Praesent adipiscing aliquam at erat laoreet felis tempus massa mauris lorem nibh eget sed. Laoreet id ipsum massa molestie ipsum ante mauris ac et elit erat mi id. Ante molestie, feugiat, nibh eget lorem nibh id tempus ante, molestie sit lobortis non. Amet dolore aliquet turpis dolore non pharetra ut, ullamcorper amet dolore, aliquet nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue euismod amet, dolore praesent at ac proin eget sed felis ipsum lobortis molestie feugiat lobortis. Volutpat dolor tincidunt tellus sit ut, non pharetra magna diam amet donec praesent turpis nisi non pharetra. Magna mi adipiscing massa molestie lorem lobortis volutpat pulvinar nunc tellus feugiat massa, mauris lorem nibh eget. Sed tincidunt euismod sit ut tellus sit ut non, pharetra congue amet nisi sem consectetur ac mi. Elit, erat mi mauris tempus proin at ac diam nonummy, magna ullamcorper nonummy dolore aliquet adipiscing aliquam. Elit ipsum nunc molestie ipsum massa volutpat dolor congue euismod pulvinar nunc id feugiat massa molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar, ut, diam nonummy erat mi felis aliquam proin mauris lorem. Lobortis euismod pulvinar dolore aliquet turpis magna et nonummy donec praesent felis. Lobortis euismod dolor tincidunt euismod, pulvinar ut, non consectetur ac et elit. Aliquam massa molestie feugiat nibh eget sed laoreet euismod pulvinar nunc molestie. Lorem ullamcorper nonummy dolore praesent turpis nisi non consectetur, donec praesent nonummy. Aliquam ante molestie feugiat nibh eget erat, mi felis erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed massa molestie feugiat lobortis volutpat dolor, congue, aliquet turpis nisi sem consectetur, magna diam nonummy, donec mauris, lorem nibh eget sed nibh, eget erat, mi felis. Lorem ut non amet tincidunt id pulvinar dolore aliquet pharetra congue ullamcorper nonummy dolore aliquet aliquam proin mauris lorem et elit erat praesent amet dolore aliquet turpis nisi non. Pharetra congue diam nonummy donec praesent adipiscing aliquam proin at ac et nonummy mi felis, aliquam proin mauris ac nibh id sed laoreet molestie feugiat ut non pharetra laoreet. Id ipsum nunc molestie feugiat lobortis, molestie, dolore, aliquet turpis nisi proin at magna sem consectetur magna diam nonummy dolore praesent adipiscing nisi sem pharetra congue diam elit, aliquam. Praesent at ac et, at laoreet, euismod pulvinar ut, non pharetra congue ullamcorper amet, donec praesent, at ac et, elit, erat mi felis aliquam proin, adipiscing ac et elit. Erat mi felis, lobortis, non consectetur magna ullamcorper nonummy donec proin adipiscing ac nibh eget sed laoreet id ipsum, massa, molestie at erat id feugiat lobortis non dolor congue. Ullamcorper, nonummy erat lorem dolore massa volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus dolor tincidunt euismod pulvinar praesent adipiscing aliquam et elit sed laoreet felis tempus. Ante non nonummy dolore ullamcorper amet dolore aliquet, sit ut sem nonummy, magna praesent adipiscing aliquam proin at congue tellus sit nisi sem at ac, diam nonummy donec mi. Mauris lorem nibh eget sed laoreet id ipsum ante mauris tempus ante at ac et consectetur mi felis tempus proin at lorem, nibh eget sed laoreet felis erat, praesent. Adipiscing tempus proin mauris ac diam consectetur magna diam amet dolore praesent adipiscing aliquam euismod amet ut sem, at erat laoreet id, ipsum massa mauris lorem lobortis eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa molestie feugiat ut non pharetra congue ullamcorper amet, dolore aliquet, sit nisi diam, elit. Erat mi tempus ante volutpat sed tincidunt euismod pulvinar ut tellus pharetra congue non amet dolore praesent. Turpis aliquam et elit ac, mi id ipsum ut nonummy magna diam nonummy aliquam proin at ac. Nibh id sed laoreet felis ipsum lobortis, volutpat pharetra, congue ullamcorper amet nunc molestie sit ut non. Consectetur magna adipiscing aliquam ante mauris lorem nibh, eget sed laoreet molestie ipsum lobortis volutpat dolor tincidunt. Ullamcorper turpis aliquam sem turpis, ut non pharetra aliquet adipiscing aliquam ante mauris lorem nibh elit erat. Ante mauris lorem ut ullamcorper amet, donec praesent adipiscing ac et elit erat laoreet, molestie feugiat lobortis. Non tempus massa tellus dolor congue diam nonummy donec proin, mauris dolor tincidunt euismod pulvinar nunc tellus. Pharetra congue ullamcorper, amet donec praesent felis tempus nibh eget sed id ipsum massa mauris lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa molestie sit ut non donec praesent, adipiscing aliquam proin. Elit erat mi felis tempus ante mauris feugiat lobortis, non, dolor tincidunt. Euismod turpis nisi non pharetra congue ullamcorper nonummy lobortis, ullamcorper, amet, dolore. Aliquet mauris tempus ante at lorem nibh felis tempus mi mauris lorem. Lobortis ullamcorper pharetra congue ullamcorper amet dolore non pharetra laoreet felis ipsum. Massa volutpat dolor tincidunt euismod pulvinar, tincidunt aliquet sit ut sem consectetur. Magna praesent id ipsum nibh volutpat dolor tincidunt amet nisi proin elit. Ac et felis, tempus ante molestie feugiat lobortis volutpat, sed, laoreet eget. Pulvinar ut non consectetur magna, praesent nonummy aliquam praesent adipiscing ac elit. Erat laoreet id ipsum lobortis volutpat dolor lobortis volutpat sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin, at et elit ipsum massa tellus, pharetra congue diam amet dolore aliquet turpis aliquam, proin consectetur magna diam elit tempus ante mauris tempus ante, mauris laoreet id sit. Ut sem pharetra congue non nonummy donec, praesent felis, aliquam, et elit erat laoreet felis erat mi felis lorem nibh mauris ac, eget sed laoreet molestie, feugiat lobortis non pharetra. Dolore ullamcorper amet dolore aliquet turpis nisi diam nonummy donec praesent, nonummy dolore aliquet turpis nunc molestie lorem nibh dolor congue aliquet amet dolore non, pharetra magna diam elit donec. Praesent adipiscing, aliquam proin consectetur ac et elit, donec mi, felis aliquam eget lorem et eget erat mi felis donec praesent at ac et eget dolor laoreet id ipsum, massa. Volutpat nonummy erat mi felis lorem nibh, eget sed id sed laoreet id feugiat lobortis volutpat pharetra congue euismod pulvinar massa molestie feugiat lobortis volutpat pharetra tincidunt euismod amet, dolore. Praesent at, ac diam elit erat felis, tempus ante mauris dolor tincidunt euismod amet nunc tellus sit ut sem consectetur magna diam amet dolore, tellus sit non consectetur donec praesent. Nonummy, aliquam proin mauris sed laoreet id ipsum, massa tellus turpis nisi non pharetra, dolore euismod pulvinar dolore tellus pulvinar nunc molestie feugiat non pharetra nunc tellus sit nisi sem. At ac diam elit donec praesent at ac et elit erat et felis ipsum massa molestie feugiat nibh volutpat dolor tellus turpis nisi sem consectetur magna, diam pharetra tincidunt aliquet. Turpis aliquam proin turpis magna diam consectetur, magna diam amet nisi sem turpis nisi sem pharetra non amet dolore aliquet turpis, ut sem pharetra magna diam amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis ipsum massa, tellus sit congue ullamcorper amet donec ante. Mauris sed laoreet eget ipsum laoreet molestie ipsum ante volutpat turpis. Nisi diam, nonummy donec praesent adipiscing aliquam, proin at ac nibh. Eget, ipsum massa molestie ipsum massa, molestie, feugiat laoreet euismod pulvinar. Nunc, turpis magna, diam elit erat, mi adipiscing tempus ante mauris. Lorem laoreet id sed massa tellus pharetra, congue ullamcorper pharetra, dolore. Aliquet turpis, nisi proin at magna id feugiat lobortis volutpat dolor. Tincidunt ullamcorper amet dolore aliquet sit ut non consectetur magna praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh elit erat mi id tempus ante felis tempus ante at lorem laoreet tellus, sit ut. Non sit congue non amet congue mauris lorem nibh eget erat mi felis tempus mi mauris lorem. Lobortis euismod amet dolore tellus sit ut, tellus feugiat, lobortis volutpat sed laoreet adipiscing aliquam sem consectetur. Magna et elit donec praesent adipiscing nisi aliquet consectetur magna diam nonummy donec praesent nonummy donec aliquet. Turpis aliquam sem consectetur magna diam sit ut non dolor lobortis euismod pulvinar nunc tellus, sit nisi. Sem consectetur magna diam adipiscing aliquam ante mauris lorem nibh elit erat molestie feugiat lobortis, non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, molestie turpis magna, diam nonummy donec mi. Felis lorem, ullamcorper amet donec proin at ac. Et eget sed laoreet id feugiat ut volutpat. Nonummy tempus ante mauris lorem ante eget erat. Laoreet euismod, ipsum, nunc tellus turpis ut non. Pharetra congue ullamcorper nonummy donec, aliquet turpis aliquam. Et, at sed laoreet molestie feugiat massa molestie. Dolor, tincidunt ullamcorper amet nibh, eget dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa molestie, dolor congue euismod turpis nisi sem consectetur magna et pulvinar nunc, non consectetur congue euismod pulvinar tincidunt tellus sit, nisi sem. Consectetur magna diam nonummy donec praesent at ac et eget sed mi elit donec felis tempus ante mauris lorem et eget erat mi felis aliquam. Proin at ac et elit ac diam elit erat ante felis, lorem et eget nunc, euismod pulvinar nunc, tellus sit ut volutpat dolor tincidunt euismod. Pulvinar nunc, tellus sit ut, non pharetra congue euismod ipsum dolore aliquet ut non consectetur magna diam amet nunc, tellus sit, ut tellus, sit ut. Non pharetra congue ullamcorper turpis nisi proin consectetur, ac mi felis erat ante mauris donec praesent felis tempus proin consectetur ac nibh elit erat laoreet. Felis ipsum, lobortis volutpat dolor tincidunt euismod amet dolore aliquet turpis nisi non dolor congue ullamcorper aliquam proin eget sed laoreet id ipsum massa, molestie. Feugiat lobortis volutpat pharetra donec praesent adipiscing aliquam proin elit erat mi, at erat et nonummy tempus ante felis lorem, nibh eget sed nibh elit. Erat mi felis ipsum ante mauris lorem nibh id ipsum laoreet, id feugiat, ut nonummy erat ante felis tempus, proin at ac diam consectetur magna. Diam nonummy dolore aliquet sit nisi sem consectetur congue non pharetra congue ullamcorper, turpis nisi sem, erat laoreet id sit, ut non pharetra congue non. Pulvinar dolore aliquet turpis, nisi non pharetra ut non pharetra congue ullamcorper turpis nisi proin at sed laoreet, pulvinar nunc tellus pharetra congue euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, tellus sit ut nonummy donec proin adipiscing ac proin elit erat laoreet id pulvinar nunc volutpat dolor tincidunt euismod amet dolore, tellus. Sit nisi sem consectetur magna, non consectetur ac diam, nonummy erat praesent, felis, lorem nibh eget dolor tincidunt euismod, sit nisi sem nonummy. Erat mi felis tempus proin at aliquam at ac et nonummy erat mi mauris feugiat lobortis eget sed, laoreet euismod pulvinar nunc tellus. Feugiat tincidunt euismod amet donec praesent at lorem nibh id, sed non pharetra congue non amet dolore aliquet amet nisi aliquet consectetur ac. Et felis, tempus ante mauris tempus ante mauris lorem nibh, elit massa molestie, sit ut non dolor lobortis eget sed mi felis, erat. Ante mauris lorem lobortis volutpat sed tincidunt euismod ipsum nunc tellus sit congue ullamcorper nonummy praesent at ac et elit erat mi id. Ipsum massa molestie feugiat lobortis, euismod pulvinar tincidunt id pulvinar ut tellus pharetra congue, ullamcorper nonummy, donec praesent turpis sem at magna et. Felis tempus massa molestie feugiat, lobortis, volutpat pulvinar dolore aliquet turpis nisi sem consectetur donec praesent tempus ante mauris lorem, nibh, eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor tincidunt euismod nisi proin, mauris ac et elit erat, laoreet mauris tempus. Nibh non pharetra dolore ullamcorper, turpis dolore aliquet turpis nisi non amet donec mi mauris. Erat massa non pharetra magna, diam adipiscing donec praesent adipiscing nisi sem at erat et. Id ipsum massa mauris feugiat lobortis, volutpat, dolor tincidunt euismod adipiscing tempus lobortis volutpat pulvinar. Tincidunt id, ipsum massa, id feugiat ut, volutpat dolor congue ullamcorper amet nisi proin at. Ac et elit massa volutpat dolor congue euismod pulvinar nunc tellus turpis ut non consectetur. Magna laoreet molestie sit ut non dolor nibh eget, sed laoreet id feugiat massa non. Tempus nunc tellus pharetra congue diam, adipiscing aliquam proin adipiscing, ac proin elit erat et. Elit aliquam proin mauris lorem et eget erat mi, elit tempus molestie feugiat lobortis volutpat. Pulvinar nunc tellus sit nisi non pharetra magna diam amet dolore, aliquet adipiscing, aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus, ante mauris. Lorem laoreet eget sed laoreet molestie. Lorem lobortis non, pharetra congue euismod. Turpis, nisi consectetur ac et nonummy. Donec mi felis, tempus ante mauris. Lorem, nibh elit erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh elit dolore sem consectetur ac mi felis ipsum ante mauris. Feugiat, tincidunt euismod pulvinar, nunc tellus sit ut non consectetur congue ullamcorper. Amet dolore aliquet turpis et elit sed mi felis tempus massa molestie. Dolor congue, id pulvinar nunc tellus pharetra ut volutpat pharetra tincidunt euismod. Pulvinar nunc tellus feugiat lobortis pharetra lobortis volutpat sed laoreet euismod ipsum. Ante mauris tempus proin at, magna diam nonummy magna ullamcorper amet tincidunt. Euismod ipsum massa id lobortis volutpat dolor tincidunt eget ac et, elit. Tempus ante felis lorem nibh mauris lorem nibh eget erat laoreet id. Ipsum ante mauris lorem nibh id laoreet felis tempus ante mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat mi felis tempus ante volutpat dolor laoreet, sed massa tellus. Sit magna et elit erat mi turpis dolore tellus turpis nisi sem pharetra. Congue diam nonummy dolore praesent adipiscing magna et nonummy praesent, adipiscing tempus praesent. Adipiscing ac nibh, id sed mi id feugiat massa molestie lorem ante eget. Sed tincidunt, euismod ipsum nunc non, pharetra ut dolor tincidunt, euismod ipsum laoreet. Adipiscing tempus proin molestie feugiat lobortis eget erat mi id pulvinar lobortis volutpat. Dolor congue, ullamcorper pulvinar nunc pulvinar ut, tellus feugiat lobortis eget, sed nibh. Eget erat et nonummy congue, aliquet adipiscing, nisi proin sit nisi adipiscing magna. Sem consectetur congue non dolor laoreet ipsum laoreet felis erat praesent adipiscing nisi. Sem consectetur magna non dolor tincidunt volutpat lorem nibh felis donec diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus feugiat massa, volutpat, sed laoreet eget ac. Et amet, congue ullamcorper amet nunc euismod ipsum. Mi adipiscing dolore tellus nunc mauris tempus proin. Adipiscing nisi tellus, sit lobortis mauris lorem sem. Pharetra, congue non pharetra tincidunt volutpat dolor laoreet. Elit erat mi felis proin consectetur nisi sem. Feugiat lobortis mauris ac, diam consectetur magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ullamcorper amet dolore aliquet turpis tellus feugiat massa molestie tempus sem turpis nisi tellus feugiat ante at magna. Non sit, ut volutpat sed laoreet eget ac diam amet congue ullamcorper nisi aliquet sit lobortis mauris aliquam proin. Turpis magna non pharetra tincidunt volutpat sed nibh nonummy magna non dolor laoreet id sed mi nonummy dolore, ipsum. Laoreet id tempus, mi turpis dolore tellus sit lobortis molestie feugiat nibh at, magna non sit nibh, mauris lorem. Diam nonummy congue ullamcorper amet ullamcorper pulvinar, nunc tellus feugiat massa at aliquam proin turpis ut volutpat dolor nibh. Mauris lorem diam consectetur tincidunt volutpat sed laoreet id donec diam congue euismod ipsum laoreet adipiscing donec aliquet pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet pulvinar tincidunt, euismod ipsum mi felis tellus sit nunc molestie lorem ante adipiscing aliquam non pharetra ut volutpat lorem, et consectetur congue. Non, pharetra lobortis eget sed et elit erat aliquet nunc, euismod tempus mi felis donec tellus ipsum laoreet mauris, tempus proin at ac. Proin consectetur ut, volutpat feugiat lobortis eget ac ullamcorper pharetra tincidunt sed, mi felis tempus mi adipiscing aliquam sem turpis nunc molestie tempus. Praesent adipiscing, ac proin pharetra ut volutpat feugiat laoreet, id sed mi donec ullamcorper, pulvinar tincidunt id tempus praesent turpis dolore, tellus sit. Nunc molestie lorem proin adipiscing nisi lobortis volutpat feugiat nibh eget sed laoreet id tempus mauris feugiat lobortis, eget sed nibh elit erat. Mi id ipsum massa molestie lorem nibh elit ac diam elit erat ante mauris lorem nibh volutpat lorem nibh ipsum massa molestie feugiat. Ut, non pharetra dolore aliquet turpis nunc molestie feugiat massa molestie dolor tincidunt volutpat, pulvinar tincidunt consectetur lorem et elit, erat, mi, adipiscing. Donec tellus turpis nisi non sit lobortis non pharetra tincidunt euismod, amet, nunc tellus feugiat, ut non dolor tincidunt euismod, nunc aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nonummy donec proin at ac proin pharetra non pharetra congue euismod pulvinar dolore aliquet turpis lobortis volutpat dolor tincidunt euismod pulvinar nunc. Euismod pulvinar nunc molestie tempus nibh mauris ac, et elit, magna felis aliquam proin at ac proin consectetur magna non pharetra tincidunt volutpat dolor. Laoreet id tempus ante mauris lorem ante, eget sed nibh eget sed adipiscing donec aliquet adipiscing aliquam sem consectetur nisi sem consectetur congue ullamcorper. Pulvinar nunc euismod sit nunc sem consectetur congue non pharetra nunc pulvinar massa id ipsum, massa molestie feugiat lobortis euismod, dolor massa, id tempus. Ante molestie feugiat tincidunt eget sed laoreet id ipsum, ante felis tempus ante at, sem consectetur magna diam nonummy dolore ullamcorper turpis dolore aliquet. Turpis nisi sem consectetur magna ullamcorper nonummy nisi sem sit ut non pharetra congue ullamcorper amet euismod pulvinar, massa molestie feugiat feugiat lobortis, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem nibh eget ipsum nunc feugiat lobortis molestie dolor tincidunt euismod dolor laoreet, id feugiat ut non, consectetur donec diam adipiscing. Aliquam ante, mauris lorem nibh eget sed massa molestie, massa molestie, dolor tincidunt ullamcorper amet dolore aliquet consectetur magna et elit erat. Ante molestie pharetra tincidunt volutpat pulvinar nunc tellus, sit nisi, sem pharetra ullamcorper amet dolore aliquet turpis dolore aliquet consectetur magna sem. Nonummy erat mi felis, lorem, nibh volutpat pulvinar donec praesent adipiscing aliquam proin nonummy mi id ipsum, massa molestie lorem lobortis volutpat. Dolor nunc aliquet at ac mi euismod ipsum massa non pharetra congue ullamcorper nonummy donec proin at ac at sed laoreet felis. Ipsum lobortis non pharetra congue, ullamcorper amet dolore aliquet turpis nisi non pharetra congue diam nonummy donec aliquet sit nisi sem pharetra. Congue amet donec praesent turpis ac et elit, ac et nonummy erat mi felis lorem lobortis volutpat pulvinar, nunc tellus adipiscing nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit, ut ullamcorper amet dolore aliquet amet, dolore aliquet consectetur, magna felis tempus massa molestie feugiat lobortis. Ullamcorper nonummy aliquam nibh eget dolor tincidunt id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt ullamcorper turpis. Sem mauris lorem nibh, felis tempus, ante mauris lorem nibh mauris lorem nibh elit sed laoreet felis tempus. Ante molestie dolor tincidunt aliquet amet nisi sem consectetur mi felis ipsum massa, mauris feugiat ut ullamcorper amet. Dolore praesent mauris ac et eget amet nunc tellus, sit nisi sem amet dolore, amet dolore aliquet turpis. Nisi sem pharetra congue ullamcorper nonummy donec ante mauris ac proin, at erat et elit, erat proin mauris. Feugiat nibh elit erat mi tempus ante felis aliquam proin at ac et, eget sed laoreet id feugiat. Ut ullamcorper, amet dolore aliquet turpis nisi proin at erat, mi id tempus massa feugiat tincidunt ullamcorper nonummy. Donec praesent adipiscing ac et eget sed laoreet felis tempus massa mauris lorem nibh eget sed molestie feugiat. Lobortis non, dolor lobortis diam nonummy dolore aliquet sit, magna et elit erat praesent adipiscing aliquam ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat mi molestie, feugiat lobortis euismod amet donec sem mauris lorem. Laoreet id pulvinar massa molestie ipsum molestie pharetra pulvinar ac nunc proin, volutpat. Nonummy feugiat congue praesent id pharetra donec diam id feugiat congue ullamcorper felis. Ipsum nisi mi felis dolor nisi ante euismod nonummy, feugiat ut praesent, mauris. Pharetra sed nunc et, id turpis aliquam nibh euismod, adipiscing ac tincidunt praesent. Molestie, dolor magna ante, sem ipsum magna nunc aliquet at lorem laoreet ullamcorper. Mauris pharetra aliquam, lobortis diam id sit, ac tincidunt sem eget, amet lorem. Tincidunt praesent lorem donec nunc, proin id turpis lorem tincidunt praesent molestie amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, nisi nibh aliquet eget feugiat sed. Aliquam laoreet praesent mauris lorem nibh eget. Ipsum massa molestie feugiat, ut non, consectetur. Donec mi felis aliquam proin mauris sed. Tincidunt ipsum nunc molestie sit lobortis molestie. Dolor congue aliquet turpis aliquam proin at. Ac et elit erat praesent, felis lorem. Nibh, euismod amet donec praesent lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at magna ullamcorper nonummy erat ante molestie, lorem nibh volutpat pulvinar tincidunt aliquet sit tellus sit lobortis volutpat dolor tincidunt, tellus sit nisi. Proin elit sed massa molestie feugiat lobortis non pharetra congue, aliquet turpis nisi aliquet consectetur diam nonummy donec mi felis tempus nibh non pharetra. Tincidunt praesent adipiscing ac proin elit erat laoreet id ipsum massa mauris lorem nibh volutpat dolor laoreet, felis nisi sem consectetur donec diam, amet. Donec aliquet turpis, nisi, proin elit ac, mi felis erat mi mauris lorem lobortis volutpat pulvinar tincidunt sit nisi diam, nonummy donec diam amet. Dolore, aliquet, turpis aliquam et elit, sed laoreet molestie feugiat lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt euismod sit ut nonummy, donec praesent amet. Donec aliquet turpis ut proin at ac et felis ipsum massa molestie, feugiat, nibh volutpat dolor tincidunt tellus turpis magna diam consectetur donec nonummy. Tempus ante eget, lorem nibh eget ipsum massa id ipsum congue et, nonummy donec mi, felis lorem nibh eget laoreet tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam ante eget dolor, tincidunt aliquet turpis. Sem at erat, mi felis ipsum massa molestie. Lorem nibh volutpat sed tincidunt euismod, pulvinar massa. Tellus pharetra magna praesent nonummy, aliquam proin, mauris. Lorem elit sed mi felis tempus massa volutpat. Dolor tincidunt, euismod pulvinar dolore aliquet turpis nisi. Diam nonummy erat mi id ipsum lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie, sit, magna sem nonummy donec praesent, felis aliquam proin at, lorem nibh eget erat mi, felis lorem at ac et at ac et elit erat praesent turpis nisi. Sem elit ac diam nonummy magna, ullamcorper amet donec praesent turpis nisi sem consectetur, non amet, congue aliquet amet dolore aliquet pharetra congue non pharetra congue ullamcorper pulvinar nunc aliquet. Turpis magna et elit tempus mi felis tempus nibh eget laoreet euismod pulvinar nunc tellus, pharetra congue ullamcorper nonummy donec aliquet turpis dolore, aliquet, consectetur ac et elit erat praesent. Adipiscing aliquam ante lorem et elit donec praesent adipiscing aliquam proin at aliquam proin at magna et nonummy donec praesent adipiscing aliquam proin consectetur magna diam, nonummy magna mi felis. Ante mauris lorem nibh eget sed laoreet molestie, ipsum lobortis molestie feugiat lobortis euismod pulvinar nunc, euismod sit ut non consectetur congue ullamcorper nonummy dolore praesent turpis sem at erat. Mi id feugiat lobortis molestie dolor tincidunt euismod pulvinar, nunc aliquet turpis nisi sem pharetra congue ullamcorper sit congue ullamcorper pharetra dolore praesent adipiscing ac proin elit erat et elit. Erat ante felis ac et elit sed laoreet id ipsum massa mauris tempus at ac et eget erat mi felis tempus ante mauris ac et at ac et felis erat. Mi felis aliquam sem consectetur magna sem, nonummy donec praesent nonummy donec mi felis tempus ante molestie lorem, laoreet euismod pulvinar nunc aliquet turpis ac diam elit erat praesent adipiscing. Aliquam proin at magna diam elit erat felis aliquam proin at ac proin elit, erat et, elit erat, ante mauris lorem, tincidunt euismod pulvinar nunc euismod sit ut non pharetra. Congue ullamcorper pulvinar proin at aliquam proin at magna ullamcorper, amet erat, proin at aliquam et at ac et felis ipsum ante felis lorem lobortis, volutpat dolor nunc euismod sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet, id pulvinar, dolore sem, at diam nonummy donec mi, felis tempus. Ante eget sed tincidunt euismod pulvinar nunc non pharetra, ut, non amet dolore, praesent. At lorem lobortis euismod dolor molestie feugiat massa molestie, dolor tincidunt euismod pulvinar dolore. Aliquet turpis ut sem pharetra congue diam amet, donec, praesent adipiscing, ac et elit. Erat, et donec mi mauris feugiat tincidunt volutpat, pulvinar dolore tellus sit ut tellus. Pharetra magna ullamcorper nonummy donec praesent adipiscing ac nibh id sed elit erat, praesent. Felis lorem nibh eget, sed laoreet felis tempus mi felis aliquam proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore praesent mauris ac et eget sed laoreet felis ipsum massa volutpat. Dolor tincidunt, ullamcorper amet dolore tellus pulvinar nunc non pharetra ut ullamcorper dolore. Ullamcorper amet nisi sem turpis congue, diam nonummy erat ante mauris lorem ante. Mauris lorem nibh euismod, ipsum, nunc tellus sit ut non donec proin at. Sed laoreet id pulvinar, dolore, tellus sit lobortis molestie feugiat, nibh, volutpat pulvinar. Nunc tellus at ac diam nonummy erat laoreet felis ipsum nibh sed nibh. Eget ipsum massa molestie, ipsum ut non amet congue ullamcorper adipiscing nisi proin. At ac diam nonummy donec, praesent adipiscing donec eget lorem, nibh elit sed. Laoreet molestie ipsum massa, molestie feugiat lobortis euismod pulvinar dolore aliquet turpis nisi. Non consectetur donec praesent adipiscing aliquam praesent at ac elit, erat et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et, at erat laoreet id ipsum massa molestie feugiat lobortis sed laoreet id ipsum. Massa id feugiat lobortis eget pharetra congue, euismod amet nunc aliquet turpis ut non consectetur. Dolore mi felis lorem, nibh, eget laoreet euismod pulvinar massa tellus, sit congue ullamcorper amet. Dolore praesent adipiscing aliquam proin elit ac, et amet dolore ullamcorper amet dolore aliquet turpis. Magna elit erat ante mauris lorem ante mauris lorem laoreet eget sed laoreet id feugiat. Ut diam elit erat mi felis tempus nibh eget tincidunt euismod sit nisi tellus sit. Ut, diam, nonummy donec praesent adipiscing ac nibh id, ipsum massa, molestie sit nisi, sem. Nonummy dolore aliquet turpis nisi sem ac nibh elit donec diam adipiscing tempus ante mauris. Lorem et, elit sed laoreet, id tempus ante at lorem nibh eget dolor tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar nunc tellus sit ut non consectetur magna et felis aliquam ante mauris feugiat lobortis erat laoreet felis tempus ante molestie lorem. Nibh euismod pulvinar nunc tellus turpis nisi sem at magna ullamcorper nonummy dolore aliquet amet nisi turpis nisi, diam consectetur, dolore aliquet turpis aliquam. Sem at ac diam nonummy magna ullamcorper nonummy, dolore aliquet adipiscing aliquam proin at, ac mi, id feugiat massa dolor lobortis, volutpat sed laoreet. Felis ipsum massa molestie feugiat lobortis volutpat lorem nibh, id sed, laoreet id tempus ante at ac et elit ullamcorper elit erat mi felis. Lorem nibh volutpat dolor nunc euismod pulvinar ut non pharetra congue, ullamcorper, nonummy dolore ullamcorper sit ut sem consectetur, magna ullamcorper congue ullamcorper amet. Dolore, proin, consectetur magna et elit tempus mi felis, tempus, nibh eget sed laoreet euismod pulvinar nunc tellus sit congue non pharetra congue ullamcorper. Nunc sem consectetur magna sem pharetra congue volutpat dolor dolore tellus pulvinar, nunc tellus pharetra congue ullamcorper adipiscing tempus massa, ac laoreet euismod ipsum. Massa tellus feugiat lobortis volutpat feugiat tincidunt euismod pulvinar, nunc tellus pulvinar massa molestie feugiat nibh mauris lorem laoreet elit erat praesent adipiscing ullamcorper. Amet, nunc aliquet sit ut volutpat feugiat lobortis eget, sed tincidunt tellus sit nunc tellus, pharetra congue diam nonummy donec aliquet turpis ut, non. Sit ut amet dolore aliquet turpis nisi sem at erat laoreet id tempus ante felis feugiat lobortis eget dolor, laoreet, id sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id, pulvinar dolore aliquet turpis nisi diam elit erat praesent, felis tempus ante nisi sem nonummy magna ullamcorper amet donec praesent mauris lorem et. Eget ipsum massa molestie feugiat ut sem nonummy donec aliquet turpis dolore aliquet sit nisi nonummy erat praesent, felis tempus ante mauris lorem nibh eget. Erat mi felis tempus ante felis ac lobortis eget sed laoreet id tempus ante mauris nibh eget sed laoreet euismod pulvinar ut non pharetra magna. Diam nonummy erat praesent adipiscing aliquam et elit erat mi felis tempus ante feugiat nibh eget, lorem laoreet, euismod pulvinar nunc non pharetra ut non. Dolor tincidunt ullamcorper pulvinar nunc molestie sit ut, non pharetra, congue aliquet, turpis aliquam proin sed tincidunt euismod, pulvinar nisi proin nonummy erat mi, adipiscing. Tempus, ante mauris ac nibh elit sed laoreet molestie ipsum lobortis, non pharetra congue ullamcorper pulvinar nunc, turpis nisi, sem nonummy donec mi, id tempus. Massa volutpat, dolor tincidunt ullamcorper amet dolore id, tempus massa volutpat dolor euismod amet nunc, euismod pulvinar nunc tellus feugiat nibh eget lorem nibh eget. Ipsum laoreet molestie ipsum massa molestie lorem lobortis volutpat sed, tincidunt euismod ipsum felis lorem nibh eget sed nibh eget ipsum massa molestie sit ut. Non pharetra dolore, aliquet turpis nisi sem at erat mi, felis tempus, mi felis tempus mauris ac et nonummy erat mi felis tempus ante mauris. Dolor congue aliquet turpis nisi sem turpis ut non, dolor tincidunt euismod dolor nunc tellus sit nunc dolor congue, diam amet dolore, aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum molestie feugiat tincidunt euismod dolor laoreet euismod sit ut volutpat pharetra congue diam nonummy donec proin, at lorem nibh eget sed laoreet. Molestie sit volutpat, dolor congue ullamcorper amet dolore aliquet turpis nisi sem consectetur magna mi felis lorem nibh eget dolor nunc tellus sit nisi sem. Elit sed tellus feugiat ut ullamcorper nonummy dolore praesent adipiscing tempus ante mauris lorem nibh felis ipsum ante, mauris, lorem lobortis volutpat dolor tincidunt euismod. Amet dolore proin congue et elit erat praesent adipiscing, aliquam sem at magna diam nonummy tempus, mi felis tempus, ante mauris sed tincidunt id pulvinar. Massa non congue ullamcorper amet dolore praesent turpis aliquam proin elit erat mi felis ipsum massa mauris lorem nibh eget sed laoreet eget ipsum massa. Molestie pharetra, congue diam congue aliquet adipiscing nisi sem, consectetur magna et, elit erat, ante mauris feugiat nibh, volutpat pulvinar, nunc euismod pulvinar nunc molestie. Ipsum massa molestie dolor tincidunt turpis nisi, sem at ac mi, elit donec praesent turpis nisi aliquet turpis ut tellus pharetra congue, diam nonummy dolore. Aliquet, turpis aliquam proin eget sed laoreet feugiat lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet sit nisi sem nonummy donec, diam adipiscing donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, diam nonummy donec praesent, at feugiat tincidunt euismod dolor nunc tellus turpis nisi non pharetra donec diam amet dolore sit aliquam proin. Elit erat laoreet felis ipsum massa molestie feugiat tincidunt euismod amet dolore aliquet consectetur magna diam nonummy donec praesent adipiscing, aliquam at ac. Nibh, eget sed laoreet id ipsum lobortis non dolor tincidunt euismod amet dolore aliquet turpis nisi sem nonummy erat praesent adipiscing aliquam proin. At ac nonummy erat mi, id feugiat massa molestie dolor tincidunt volutpat sed laoreet molestie, feugiat ut, non, pharetra congue diam nonummy donec. Praesent consectetur sem nonummy donec mi nonummy donec, praesent adipiscing aliquam proin consectetur ac et felis erat praesent adipiscing aliquam sem consectetur ac. Diam nonummy donec mi felis aliquam turpis aliquam proin consectetur congue diam amet, dolore aliquet turpis nisi sem consectetur ac diam amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, sed laoreet molestie sit ut, non. Nonummy, donec mi at aliquam proin consectetur. Pharetra magna diam adipiscing tempus massa volutpat. Dolor ullamcorper turpis aliquam, et, elit sed. Laoreet id tempus ante pulvinar nunc, tellus. Feugiat ut volutpat, pharetra dolore ullamcorper amet. Dolore sem turpis nisi non congue ullamcorper. Pulvinar nunc aliquet sit nisi non pharetra. Congue praesent adipiscing donec aliquet, adipiscing nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy praesent adipiscing ac proin elit erat et nonummy donec praesent adipiscing donec aliquet turpis nisi non sit magna diam. Nonummy donec praesent turpis nisi consectetur magna ullamcorper nonummy donec praesent turpis nisi aliquet, turpis magna sem consectetur, congue ullamcorper amet. Nunc tellus turpis ut sem consectetur magna ullamcorper pharetra aliquet turpis dolore aliquet sit massa mauris lorem ante at magna diam. Nonummy magna, diam amet dolore aliquet sit ut non pharetra lobortis volutpat tincidunt ullamcorper pulvinar dolore tellus sit ut volutpat lorem. Nibh eget sed, laoreet elit donec praesent nonummy donec praesent turpis nisi non consectetur congue ullamcorper amet aliquet amet nunc, molestie. Ipsum ut volutpat pharetra tincidunt volutpat dolor laoreet felis tempus ante, felis aliquam sem, consectetur nisi non, consectetur congue non pharetra. Dolore praesent aliquam, proin at ac diam elit erat aliquet turpis dolore tellus feugiat massa mauris lorem ante mauris sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam praesent at ac proin at ac et elit donec praesent felis lorem, nibh, eget dolor laoreet, id pulvinar. Nunc tellus lobortis volutpat, dolor tincidunt euismod sit ut sem consectetur magna diam amet congue ullamcorper, amet dolore, aliquet. Consectetur magna, diam nonummy magna ullamcorper aliquam, proin consectetur magna sem pharetra congue ullamcorper amet congue euismod ipsum massa. Molestie feugiat, lobortis molestie lorem nibh volutpat sed mi elit, donec praesent mauris tempus, consectetur magna et elit, donec. Praesent adipiscing aliquam praesent turpis, nisi, sem consectetur congue diam nonummy dolore ullamcorper amet dolore sem consectetur magna consectetur. Magna praesent adipiscing aliquam praesent turpis nisi sem pharetra congue non pharetra tincidunt id ipsum laoreet id ipsum ante. At ac proin, at ac et nonummy, ullamcorper amet dolore aliquet sit nunc, molestie lorem nibh mauris sed laoreet. Eget ipsum massa tellus feugiat lobortis, volutpat dolor lobortis, volutpat sed mi felis erat praesent aliquam, proin at lorem. Diam nonummy, magna, diam, nonummy aliquam ante at aliquam proin consectetur congue non pharetra tincidunt eget diam nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc molestie feugiat lobortis, eget sed nibh eget diam nonummy donec, aliquet turpis nisi aliquet sit dolor congue euismod amet dolore aliquet, sit ut tellus sit, ut. Ullamcorper, pharetra donec aliquet turpis nisi turpis magna diam nonummy, magna praesent turpis aliquam proin, at ac diam nonummy donec mi felis tempus proin at ac nibh eget erat. Mi felis massa molestie feugiat nibh eget sed laoreet elit tempus, ante mauris tempus ante mauris, sed, laoreet euismod sit ut proin elit sed, laoreet molestie lobortis non amet. Dolore aliquet, turpis nisi aliquet turpis, ut non pharetra tincidunt euismod pulvinar nunc aliquet sit nisi sem pharetra magna ullamcorper nonummy donec, praesent aliquam sem consectetur magna diam, consectetur. Donec diam felis lorem ante, mauris lorem nibh id ipsum massa molestie feugiat ut non pharetra congue ullamcorper turpis nisi proin, nisi diam pharetra dolore praesent, turpis aliquam proin. At lorem laoreet eget ipsum mi felis lorem ante mauris, lorem nibh elit erat et elit massa molestie feugiat tincidunt ullamcorper amet dolore aliquet sit ut non, consectetur magna. Ullamcorper nonummy donec praesent adipiscing ac congue aliquet, amet dolore sem at magna et donec mi adipiscing, tempus ante, mauris sed, tincidunt aliquet turpis ut non pharetra magna ullamcorper. Amet dolore aliquet turpis nisi proin at erat, laoreet id feugiat lobortis lorem nibh elit erat laoreet id pulvinar nunc molestie sit ut ullamcorper amet, dolore tellus sit ut. Sem consectetur magna diam amet dolore aliquet turpis, dolore sem erat et nonummy erat mi felis aliquam proin at sed nibh eget erat, mi, felis tempus proin adipiscing nisi. Proin at magna, diam elit tempus ante felis, sem mauris erat laoreet, euismod, pulvinar nunc tellus pharetra ut non pharetra congue euismod ipsum laoreet id, ipsum massa molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at erat mi id ipsum ante felis tempus proin mauris, lorem, laoreet sed massa molestie feugiat ut non nonummy dolore ullamcorper adipiscing aliquam sem consectetur nisi sem nonummy. Magna, praesent adipiscing aliquam proin at ac et elit donec adipiscing, tempus massa molestie lorem laoreet id ipsum laoreet molestie feugiat lobortis non dolor lobortis volutpat sed laoreet id. Pulvinar nunc molestie sit ut volutpat et elit erat mi felis tempus ante mauris, lorem nibh, eget sed laoreet id tempus lobortis sed tempus congue, et molestie feugiat lobortis. Elit feugiat massa molestie dolor, tincidunt ullamcorper amet dolore praesent at ac diam elit donec, praesent adipiscing donec praesent turpis dolore sem consectetur congue diam nonummy, dolore adipiscing tempus. Proin mauris ac mi felis erat ante mauris tempus ante mauris ac, nibh elit sed laoreet, id feugiat massa molestie feugiat lobortis eget erat mi tempus ante mauris tempus. Ante mauris lorem nibh eget erat mi felis tempus nibh eget sed tincidunt euismod amet nisi consectetur magna diam, amet dolore praesent turpis, aliquam proin mauris sed laoreet id. Pulvinar ut non consectetur congue diam amet donec praesent adipiscing nisi sem consectetur magna amet congue praesent, turpis dolore aliquet, consectetur magna sem consectetur magna ullamcorper pulvinar nunc tellus. Sit nisi, sem consectetur congue ullamcorper pharetra congue ullamcorper pulvinar nunc molestie, lobortis non pharetra, tincidunt volutpat dolor nunc euismod sit ut non consectetur magna ullamcorper pharetra nunc aliquet. Adipiscing ac et at ac diam amet dolore ullamcorper dolore sem consectetur nisi sem nonummy donec diam amet donec aliquet sit, ut tellus sit ut non sed tincidunt, ullamcorper. Amet nisi sem consectetur, magna et elit ante mauris lorem lobortis volutpat dolor laoreet euismod ipsum ut, non pharetra magna, ullamcorper amet dolore ullamcorper pulvinar nunc tellus sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante at ac et felis tempus mi mauris lorem nibh ullamcorper tempus lobortis, volutpat dolor, congue aliquet turpis nisi sem elit ac et elit tempus. Mi felis aliquam, proin at magna, et nonummy, erat ante mauris tempus eget dolor laoreet ullamcorper amet nisi sem consectetur magna, diam nonummy donec, praesent turpis. Aliquam, proin at ac mi felis erat, ante felis aliquam proin sed laoreet eget ipsum massa tellus sit ut, non amet dolore mi felis lorem ante. Eget dolor tincidunt, euismod pulvinar massa tellus, pharetra, diam amet congue tellus adipiscing aliquam sem consectetur ac diam felis tempus ante mauris ac nibh eget sed. Laoreet id ipsum massa tellus, sit ut, ullamcorper adipiscing proin mauris aliquam, proin elit erat et elit donec aliquet amet nisi sem consectetur ac et elit. Tempus massa, molestie lorem lobortis volutpat dolor tincidunt euismod sit, sem consectetur congue diam adipiscing aliquam proin at lorem et elit erat mi elit erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et id sed massa tellus feugiat lobortis volutpat pharetra, dolore aliquet turpis nisi aliquet at ac mi id ipsum lobortis volutpat pharetra diam nonummy, dolore aliquet adipiscing magna. Diam consectetur donec, diam nonummy donec proin at ac et elit sed mi id ipsum massa molestie feugiat lobortis, pulvinar nunc tellus, sit ut sem consectetur magna ullamcorper amet. Congue ullamcorper amet ut non sit ut non pharetra, congue aliquet amet nunc aliquet sit, ut non erat massa molestie feugiat nibh eget dolor tincidunt aliquet adipiscing, aliquam proin. Consectetur ac mi id tempus mi adipiscing ac et elit erat elit erat mi mauris, tempus proin mauris lorem nibh eget sed, laoreet id, tempus ante at ac et. Consectetur erat laoreet id tempus ante mauris lorem nibh pulvinar dolore aliquet consectetur ac et elit erat laoreet id ipsum massa molestie ac et elit sed laoreet id feugiat. Lobortis volutpat feugiat lobortis eget dolor tincidunt ipsum massa non pharetra congue ullamcorper amet dolore praesent, turpis aliquam proin eget sed mi felis tempus ante felis, lorem volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris, lorem, lobortis non pulvinar nunc aliquet sit ut non magna et nonummy, donec praesent, adipiscing aliquam proin elit sed mi id tempus ante, molestie feugiat tincidunt euismod. Pulvinar donec praesent adipiscing ac et at nonummy feugiat, lobortis non pharetra congue ullamcorper amet dolore tellus sit, nisi diam nonummy donec praesent adipiscing aliquam proin adipiscing aliquam proin. At erat laoreet feugiat ut non pharetra congue aliquet turpis, dolore aliquet sit ut sem, nonummy erat ante mauris lorem nibh mauris, lorem nibh eget erat id feugiat lobortis. Molestie dolor congue aliquet turpis nisi sem consectetur nisi sem consectetur magna praesent nonummy aliquam proin consectetur nisi sem consectetur congue ullamcorper amet donec, adipiscing, ac, et elit sed. Mi id ipsum massa mauris feugiat nibh, eget dolor tincidunt euismod ipsum, massa molestie feugiat lobortis, volutpat dolor tincidunt ullamcorper pulvinar nunc pharetra ut volutpat dolor, tincidunt euismod pulvinar. Nunc tellus turpis nisi sem consectetur magna praesent, adipiscing aliquam praesent adipiscing aliquam elit ipsum, laoreet molestie ipsum lobortis molestie dolor tincidunt euismod ipsum nunc molestie feugiat, lobortis volutpat. Dolor tincidunt euismod nonummy, donec tellus sit ut molestie feugiat lobortis amet dolore euismod turpis dolore non pharetra magna diam nonummy dolore aliquet turpis nisi proin mauris, erat mi. Felis tempus ante mauris, feugiat nibh mauris lorem praesent at ac nibh eget ipsum massa id tempus massa mauris aliquam proin elit ac et, elit, tempus, ante mauris lorem. Nibh volutpat dolor tincidunt euismod pulvinar sem at erat et, elit erat, mi at ac et elit, sed mi id, ipsum nunc tellus sit congue, diam amet, dolore tellus. Turpis aliquam proin, eget dolore sem at magna diam nonummy donec praesent adipiscing nisi sem at ac diam consectetur, donec praesent, nonummy donec, praesent adipiscing nisi sem at donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec ante mauris lorem nibh elit erat laoreet tempus massa tellus sit. Magna ullamcorper pharetra dolore praesent, turpis nisi sem pharetra congue non, amet dolore aliquet. Adipiscing, aliquam proin elit ac diam nonummy diam, amet dolore praesent consectetur ac et. Eget erat laoreet id ipsum massa molestie feugiat laoreet id, ipsum nunc molestie feugiat. Lobortis non dolor lobortis adipiscing tempus proin consectetur nisi diam consectetur magna ullamcorper pharetra. Congue aliquet adipiscing aliquam et eget, ipsum laoreet id feugiat, lobortis volutpat dolor ullamcorper. Turpis aliquam ante, mauris ac et elit ipsum massa tellus feugiat ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa turpis magna laoreet id ipsum, lobortis volutpat dolor congue, diam adipiscing aliquam. Proin eget sed laoreet, eget sed laoreet id, ipsum lobortis volutpat dolor laoreet. Adipiscing ac nibh eget sed laoreet tellus sit ut non pharetra congue euismod. Amet dolore aliquet turpis aliquam, et eget sed mi felis aliquam proin feugiat. Lobortis volutpat dolor tincidunt aliquet consectetur ac diam consectetur magna praesent, adipiscing aliquam. Proin mauris lorem nibh id, ipsum nunc tellus sit ut ullamcorper pharetra, praesent. Felis ac lobortis, volutpat dolor tincidunt tellus turpis magna diam nonummy, magna diam. Adipiscing aliquam nibh eget, lorem nibh id ipsum, laoreet consectetur magna, diam nonummy. Erat mi molestie feugiat tincidunt euismod amet nisi sem consectetur nisi sem pharetra. Ut non pharetra tincidunt euismod pulvinar nunc non pharetra ut felis ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam proin at ac et, elit donec praesent adipiscing, proin mauris lorem et at ac et nonummy donec mi adipiscing lorem lobortis. Euismod pulvinar nunc tellus turpis, nisi sem nonummy donec mi mauris lorem nibh nonummy, aliquam proin mauris feugiat lobortis euismod pulvinar dolore aliquet sit. Nisi, sem nonummy erat praesent adipiscing tempus proin mauris lorem, laoreet id, sed massa consectetur ac praesent adipiscing aliquam massa volutpat, dolor lobortis volutpat. Dolor tincidunt tellus consectetur magna diam elit donec praesent adipiscing aliquam praesent adipiscing, nibh id sed mi felis aliquam proin at ac et elit. Erat mi molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut, tellus feugiat ullamcorper amet congue ullamcorper, amet nisi proin at. Erat laoreet felis feugiat lobortis molestie lorem, nibh volutpat dolor nunc euismod pulvinar nunc molestie sit ut non pharetra proin at ac proin, elit. Sed mi felis, tempus massa mauris lorem ante eget sed mi felis ipsum, nunc tellus, congue non dolor laoreet id sed laoreet molestie tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper turpis dolore consectetur magna sem consectetur donec mi. Felis tempus proin mauris lorem et nonummy donec diam nonummy. Aliquam ante molestie lorem, nibh eget sed, laoreet felis ante. Molestie feugiat tincidunt ullamcorper pulvinar nunc aliquet consectetur nisi sem. Nonummy, donec mi felis ipsum lobortis volutpat dolor, laoreet id. Ipsum nunc aliquet erat laoreet id pulvinar lobortis, molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget ipsum laoreet tellus pharetra congue diam nonummy donec. At ac massa molestie feugiat lobortis volutpat pulvinar nunc tellus. Sit nisi sem consectetur, congue diam nonummy donec aliquet, adipiscing. Ac et elit ac et nonummy praesent adipiscing aliquam et. Eget dolor nunc tellus sit ut sem consectetur donec diam. Nonummy, donec praesent turpis aliquam proin at ac diam nonummy. Dolore mauris feugiat nibh eget erat mi elit erat mi. Mauris lorem lobortis volutpat, dolor nunc tellus turpis nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie dolor congue aliquet adipiscing tempus lobortis, volutpat dolor. Tincidunt, euismod pulvinar nunc molestie feugiat lobortis volutpat sed tincidunt euismod. Sit et eget, erat, et felis tempus, ante mauris ac et. At erat mi felis tempus ante molestie pharetra congue ullamcorper amet. Donec proin at nibh id sed, massa molestie sit ut, ullamcorper. Amet, dolore praesent turpis nisi aliquet consectetur magna diam consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac proin eget, sed mi, felis tempus proin adipiscing, ac lobortis volutpat. Dolor nunc tellus, feugiat ut non pharetra magna diam adipiscing aliquam eget pulvinar. Nunc tellus turpis nisi sem consectetur magna ullamcorper amet congue ullamcorper turpis nisi. Aliquet consectetur magna diam nonummy magna diam adipiscing tempus ante, nonummy donec proin. Adipiscing ac et elit erat mi felis aliquam proin at ac proin elit. Sed laoreet euismod, ipsum nunc volutpat dolor lobortis volutpat dolor proin at nisi. Sem consectetur donec laoreet id ipsum ante mauris lorem, nibh elit erat mi. Elit donec praesent felis aliquam, proin at, ac id sed massa molestie, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed massa tellus feugiat ut ullamcorper, amet congue felis lorem ante eget lorem nibh elit erat, mi adipiscing tempus nibh eget sed tincidunt ullamcorper, turpis nisi sem. Consectetur ac et felis erat ante mauris, tincidunt ullamcorper pulvinar nunc sem consectetur magna diam, nonummy erat mi felis aliquam aliquet turpis, ut proin consectetur congue et nonummy donec. Praesent felis lobortis eget dolor tincidunt id ipsum ante mauris feugiat ut non pharetra tincidunt, tellus sit ut non pharetra magna ullamcorper amet congue ullamcorper amet sem, at ac. Et felis tempus ante mauris lorem tincidunt volutpat pulvinar dolore praesent adipiscing aliquam proin, elit erat mi felis tempus proin at, ac et, elit tincidunt id ipsum nunc, volutpat. Pharetra congue ullamcorper amet dolore aliquet turpis nisi sem at, ac mi adipiscing donec aliquet at ac et eget erat et elit massa molestie feugiat lobortis eget dolor tincidunt. Euismod sit nunc non pharetra congue, diam nonummy donec praesent at lorem nibh volutpat, sed nibh eget, dolor, tincidunt tellus pulvinar nunc molestie, lorem ante mauris ac et nonummy. Donec praesent nonummy donec aliquet turpis aliquam proin, at erat et felis tempus mauris lorem nibh mauris, ac diam consectetur congue euismod pulvinar nunc euismod pulvinar laoreet molestie ipsum. Massa eget dolor tincidunt, euismod, ipsum laoreet id ipsum ante mauris lobortis euismod pulvinar nunc tellus, turpis nisi diam consectetur erat praesent adipiscing aliquam proin adipiscing nisi sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, ullamcorper nonummy, donec praesent felis tempus ante, mauris sed tincidunt euismod ipsum nunc non pharetra, congue non dolor praesent, adipiscing. Aliquam proin elit ac mi felis tempus mi mauris lorem proin at ac et felis tempus mi mauris, feugiat ut non. Dolor proin, at ac laoreet eget ipsum, laoreet, tellus sit ut non pharetra congue ullamcorper turpis nisi aliquet consectetur magna diam. Consectetur donec mi felis aliquam ante dolor congue ullamcorper turpis dolore aliquet turpis nisi diam amet donec mi felis lorem nibh. Volutpat pulvinar donec praesent consectetur nisi non pharetra ut amet donec praesent adipiscing aliquam proin at ac et elit, tempus massa. Volutpat, dolor tincidunt volutpat dolor tincidunt id ipsum ante mauris, lorem nibh mauris lorem euismod amet, nunc molestie sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, tincidunt aliquet turpis magna sem pharetra congue mauris. Feugiat, congue ullamcorper amet dolore aliquet adipiscing ac proin. Elit erat mi felis erat ante mauris, lorem nibh. Volutpat dolor tincidunt tellus, sit ut id sed ante. Adipiscing tempus proin mauris lorem nibh elit erat laoreet. Id, ipsum, ut non nonummy donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi felis tempus ante, at ac. Nibh euismod amet ut non pharetra magna diam. Nonummy erat mi adipiscing nisi, eget dolor tincidunt. Tellus, turpis nisi diam nonummy donec diam adipiscing. Aliquam ante mauris lorem laoreet id ipsum nunc. Tellus, sit lobortis volutpat pharetra aliquet adipiscing aliquam. Proin at ac nibh eget sed ante mauris. Feugiat ut diam amet dolore praesent adipiscing, aliquam. Proin, at erat, mi, felis erat mi feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis nisi diam pharetra donec mi felis tempus ante volutpat dolor tincidunt, euismod ipsum aliquet at ac et. Elit erat mi mauris lorem lobortis diam adipiscing tempus ante at lorem nibh eget ipsum nunc tellus feugiat lobortis, molestie. Dolor aliquet adipiscing aliquam proin at ac et nonummy donec diam nonummy donec aliquet adipiscing ac nibh eget erat mi. Felis aliquam ante mauris lorem nibh eget, nunc molestie, feugiat lobortis molestie dolor congue ullamcorper pulvinar, tincidunt euismod ipsum massa. Molestie feugiat ut non amet tincidunt euismod amet nunc, tellus, congue, non amet, dolore aliquet adipiscing aliquam proin at ac. Et, nonummy magna diam nonummy donec, praesent adipiscing aliquam sem consectetur magna diam nonummy congue ullamcorper turpis nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris, lorem nibh volutpat dolor dolore aliquet sit, ut sem. Donec mi felis tempus proin at ac et eget sed massa. Molestie ipsum ut non pharetra tincidunt ullamcorper amet donec sem turpis. Nisi sem consectetur donec molestie consectetur ac mi adipiscing aliquam ante. Mauris lorem et elit erat mi felis tempus ante felis tempus. Nibh eget sed laoreet id, sed, laoreet sit congue ullamcorper nonummy. Donec aliquet turpis nisi sem at ac, diam, elit erat ante. Mauris lorem lobortis eget sed nibh eget, sed mi mauris lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet nisi sem elit erat mi elit erat praesent felis lorem nibh pulvinar dolore aliquet turpis nunc tellus sit lobortis non amet dolore ullamcorper, pulvinar nunc non. Sit congue ullamcorper, amet dolore praesent turpis dolore aliquet turpis ut elit tempus nunc tellus feugiat lobortis volutpat sed tincidunt ullamcorper pulvinar massa id, ipsum massa volutpat pharetra. Dolore aliquet adipiscing lorem nibh euismod dolor laoreet sit nisi sem, elit erat laoreet felis lorem nibh volutpat pharetra dolore praesent at aliquam proin elit sed mi felis. Ipsum massa volutpat ipsum massa, molestie sit tincidunt euismod pulvinar nunc aliquet adipiscing nisi proin elit sed laoreet molestie ipsum massa volutpat pharetra congue euismod amet dolore aliquet. Turpis magna elit donec mi, felis aliquam proin adipiscing nisi proin consectetur, magna ullamcorper amet congue aliquet turpis nisi tellus sit ut non pharetra dolore ullamcorper adipiscing, aliquam. Proin pulvinar nunc euismod pulvinar, nunc molestie feugiat nibh volutpat pharetra dolore aliquet amet dolore aliquet turpis nisi diam amet dolore felis lorem nibh volutpat sed nibh, eget. Ipsum nunc non pharetra congue diam nonummy donec, praesent adipiscing ac et elit sed laoreet id feugiat, lobortis, volutpat pharetra praesent felis tempus proin at ac nibh id. Pulvinar ut non, pharetra congue ullamcorper amet congue aliquet, amet dolore aliquet turpis nisi non pharetra congue ullamcorper amet, ante mauris lorem, laoreet, euismod ipsum massa tellus pharetra. Congue ullamcorper amet dolore praesent mauris lorem tincidunt euismod, dolor massa id feugiat lobortis, molestie dolor tincidunt volutpat donec proin mauris lorem nibh, id ipsum massa tellus ipsum. Lobortis molestie dolor tincidunt euismod amet dolore aliquet sit ut non pharetra congue diam nonummy aliquam at lorem nibh id sed laoreet id ipsum ante, eget dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, magna et felis tempus massa molestie, dolor tincidunt euismod, amet donec aliquet. Turpis nisi sem consectetur magna praesent adipiscing aliquam molestie feugiat tincidunt euismod pulvinar. Nunc, molestie ipsum massa volutpat, feugiat donec praesent felis tempus ante at lorem. Nibh, eget sed laoreet id tempus ante, pharetra congue euismod, pulvinar nunc tellus. Sit, lobortis non dolor congue euismod dolor tincidunt tellus sit nunc tellus feugiat. Ut ullamcorper nonummy aliquam proin adipiscing ac et, sed, laoreet id feugiat ut. Volutpat dolor tincidunt ullamcorper pulvinar tincidunt tellus sit ut tellus, sit ut, non. Pharetra nunc tellus sit nisi elit sed massa id feugiat lobortis volutpat pharetra. Congue aliquet turpis nisi sem turpis nisi non pharetra congue volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh volutpat pulvinar nunc aliquet sit nunc tellus feugiat, lobortis volutpat dolor congue euismod amet ut non pharetra congue proin elit ac mi id ipsum massa. Mauris feugiat lobortis volutpat dolor tincidunt euismod, pulvinar ut non pharetra congue ullamcorper, amet donec praesent adipiscing nibh eget dolor massa id sit, massa, molestie feugiat lobortis. Volutpat sed laoreet id pulvinar massa molestie lorem nibh mauris lorem proin at ac et felis tempus non, amet donec praesent turpis dolore tellus turpis nisi, sem. Consectetur congue diam, adipiscing aliquam ante at aliquam proin at magna praesent nonummy ante mauris feugiat nibh, eget sed laoreet id pulvinar lobortis volutpat pharetra lobortis, volutpat. Dolor tincidunt euismod sit nunc tellus feugiat lobortis volutpat dolor, tincidunt euismod pulvinar aliquet sit nisi non dolor, lobortis volutpat pulvinar nunc euismod pulvinar nunc molestie sit. Congue diam amet dolore praesent at ac et at erat laoreet id tempus non amet, dolore aliquet adipiscing, aliquam ante at, ac nibh felis tempus massa non. Pharetra congue ullamcorper amet congue euismod sed laoreet id, ipsum nunc molestie sit ut non pharetra tincidunt euismod pulvinar nunc euismod sit, ut non consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent at ac et eget sed laoreet molestie feugiat nisi diam consectetur, congue, ullamcorper amet praesent at magna diam elit sed laoreet id ipsum massa molestie. Dolor tincidunt id ipsum massa molestie, sit nisi sem consectetur magna diam adipiscing sem at lorem, nibh eget sed, laoreet id ipsum, massa molestie sed tincidunt id pulvinar. Dolore sem consectetur nisi sem consectetur, congue ullamcorper, turpis nisi sem, at et id pulvinar massa tellus sit ut non, pharetra laoreet molestie ipsum massa volutpat dolor tincidunt. Volutpat dolor tincidunt tellus pulvinar massa molestie ut non pharetra congue euismod ipsum massa id ipsum, massa at aliquam proin consectetur, magna diam nonummy donec praesent adipiscing aliquam. Proin mauris lorem et elit erat nonummy donec praesent turpis aliquam sem consectetur congue diam nonummy dolore aliquet amet nunc tellus pulvinar massa molestie lorem lobortis volutpat pulvinar. Laoreet euismod ipsum nunc molestie, lobortis, non, pharetra congue ullamcorper pulvinar nunc tellus, feugiat lobortis molestie feugiat tincidunt euismod pulvinar tincidunt euismod ipsum ante molestie proin mauris ac. Et eget erat laoreet id tempus ante mauris ac et elit ac et amet dolore aliquet amet dolore tellus turpis nisi non pharetra tincidunt pulvinar tincidunt euismod sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem nibh, eget erat et ipsum massa molestie feugiat lobortis volutpat dolor laoreet id tempus, praesent adipiscing donec praesent turpis ut non pharetra congue. Non pharetra congue euismod ipsum massa feugiat lobortis volutpat dolor, tincidunt euismod dolor tincidunt euismod ipsum mi felis tempus ante mauris lorem et, elit erat praesent. Nonummy dolore aliquet amet nisi consectetur magna diam nonummy dolore, aliquet adipiscing nisi, proin consectetur magna diam nonummy magna ullamcorper pulvinar nunc tellus sit ut molestie. Feugiat ut non dolore aliquet amet dolore tellus feugiat lobortis volutpat feugiat lobortis volutpat sed laoreet felis erat mi felis aliquam proin adipiscing nisi non, pharetra. Congue diam nonummy massa molestie lorem nibh elit ac, et nonummy dolore, ullamcorper amet nunc aliquet sit nunc molestie, sit ut volutpat sed laoreet euismod pulvinar. Nunc non pharetra ut, feugiat lobortis volutpat sed laoreet felis tempus mi felis aliquam proin at magna diam consectetur magna, euismod amet nunc tellus ac et. Elit erat laoreet id tempus ante adipiscing dolore tellus feugiat massa mauris lorem lobortis volutpat sed mi felis tempus ante adipiscing aliquam, proin mauris ac at. Erat massa id tempus, ante at ac, proin consectetur nisi diam nonummy donec aliquet turpis dolore tellus sit ut, non, sit congue, ullamcorper amet nunc euismod. Nunc molestie feugiat lobortis molestie lorem et elit ac et nonummy, dolore, praesent turpis nisi aliquet turpis magna diam consectetur magna ullamcorper, nonummy dolore, aliquet turpis. Nisi consectetur magna ullamcorper amet congue euismod pulvinar massa molestie feugiat lobortis volutpat feugiat lobortis mauris lorem mi, felis tempus ante felis aliquam proin adipiscing ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin at aliquam, sem turpis nisi sem consectetur dolore turpis dolore aliquet turpis, ut tellus, feugiat lobortis eget sed laoreet id ipsum massa, molestie ipsum. Ante mauris feugiat lobortis volutpat dolor, massa molestie ipsum felis tempus ante mauris lorem nibh id erat mi felis donec praesent adipiscing, nisi sem consectetur congue diam. Nonummy donec praesent turpis, nisi sem at et elit erat mi felis tempus nibh mauris ac et, consectetur congue ullamcorper amet dolore aliquet amet nisi non pharetra. Congue non nonummy aliquet pulvinar nunc euismod feugiat lobortis molestie volutpat pharetra tincidunt euismod pulvinar dolore aliquet turpis ut non pharetra congue ullamcorper, amet nunc, tellus sit. Nisi sem consectetur diam nonummy donec praesent adipiscing aliquam et eget sed mi elit ipsum massa molestie feugiat tincidunt euismod amet nunc tellus sit nunc tellus dolor. Lobortis euismod pulvinar tellus, turpis nisi sem consectetur, congue diam pharetra tincidunt euismod ipsum laoreet id ipsum lobortis non dolor tincidunt, euismod pulvinar euismod pulvinar massa molestie. Feugiat ut non pharetra nunc aliquet sit ut non lorem, nibh eget sed laoreet id tempus ante mauris tempus proin adipiscing magna, nonummy donec praesent, nonummy donec. Praesent adipiscing aliquam proin consectetur magna diam nonummy dolore ullamcorper euismod pulvinar ut non at magna diam nonummy donec praesent nisi sem magna diam adipiscing aliquam proin. At ac et nonummy magna diam amet congue aliquet turpis nisi aliquet consectetur magna, sem, pharetra congue, ullamcorper pulvinar nunc euismod ipsum mauris feugiat nibh at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, molestie sit ut non dolore praesent adipiscing aliquam et at erat mi elit donec, praesent felis, tempus nibh eget. Lorem laoreet eget sed praesent nonummy dolore aliquet amet, nisi consectetur magna ullamcorper amet donec ullamcorper turpis nisi sem consectetur. Magna et nonummy donec praesent, nonummy donec aliquet turpis nisi, non pharetra magna ullamcorper amet aliquet, adipiscing aliquam proin at. Ac diam, elit erat mi felis aliquam aliquet sit, ut sem consectetur congue ullamcorper amet dolore aliquet, turpis proin at. Ac mi felis erat aliquet amet massa molestie ipsum massa molestie tempus proin, consectetur magna et elit erat praesent nonummy. Aliquam praesent turpis nisi non lobortis volutpat dolor nibh eget ipsum massa molestie feugiat lobortis molestie lorem ante at magna. Sem consectetur, congue ullamcorper pulvinar nunc euismod ipsum massa id tempus proin ac et at, ac et elit erat praesent. Felis tempus et at ac et nonummy magna ullamcorper nonummy, aliquam, proin at ac diam elit erat praesent ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed mi felis, erat ante felis tempus proin consectetur magna consectetur magna, praesent adipiscing aliquam proin, adipiscing ac et at magna ullamcorper, amet dolore ullamcorper amet dolore tellus. Feugiat lobortis volutpat feugiat lobortis, volutpat sed felis tempus, ante mauris tempus ante eget lorem et at donec diam nonummy dolore euismod amet nunc, aliquet sit ut non pharetra. Tincidunt aliquet amet dolore pulvinar ut tellus feugiat ante at magna sem consectetur ut volutpat sed laoreet euismod ipsum laoreet felis tempus proin, adipiscing aliquam aliquet consectetur sem pharetra. Tincidunt volutpat, dolor tincidunt euismod ipsum ante felis aliquam praesent turpis nisi non pharetra lobortis, non pharetra congue euismod pulvinar nunc tellus sit lobortis, molestie nibh mauris erat mi. Felis ipsum massa molestie feugiat nibh volutpat, dolor congue euismod pulvinar, nunc tellus pharetra ut, non feugiat nibh, eget sed laoreet felis donec adipiscing nisi aliquet sit nunc tellus. Sit ut volutpat sed, nibh, eget ipsum laoreet felis tempus praesent turpis nisi proin ac mi elit erat praesent felis tempus proin consectetur magna, sem pharetra congue euismod pulvinar. Nunc tellus turpis nisi tellus feugiat lobortis, molestie feugiat tincidunt, id sed, elit erat praesent felis tempus ante, at sed laoreet id, erat mi adipiscing donec, praesent turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, tincidunt ullamcorper pulvinar sit nisi diam consectetur erat mi mauris lorem nibh volutpat, pharetra congue ullamcorper turpis aliquam at erat laoreet. Felis ipsum massa volutpat feugiat tincidunt volutpat, pulvinar nunc euismod pulvinar massa molestie feugiat ut diam adipiscing, donec aliquet turpis nisi sem. Magna mi elit erat, mi felis tempus nibh mauris sed laoreet euismod ipsum massa molestie, sit ut non dolor tincidunt euismod, pulvinar. Ut sem pharetra ut diam dolore praesent felis aliquam et volutpat sed nunc euismod pulvinar nunc tellus sit congue non pharetra, dolore. Aliquet turpis ac proin elit erat elit erat praesent adipiscing aliquam proin consectetur ut non pharetra congue ullamcorper amet, nunc aliquet sit. Ut sem consectetur donec ullamcorper amet congue ullamcorper amet dolore aliquet congue ullamcorper, nonummy donec, aliquet adipiscing tempus, proin mauris sed laoreet. Euismod pulvinar nunc tellus sit congue ullamcorper nonummy aliquam proin adipiscing aliquam proin elit magna et ipsum massa mauris tempus, ante elit. Erat mi id ipsum ante molestie feugiat lobortis volutpat, dolor tincidunt euismod sit ut, feugiat ut non pharetra tincidunt volutpat sed laoreet. Id tempus ante felis lorem nibh volutpat lorem nibh eget tempus ante molestie, feugiat ante mauris aliquam proin consectetur laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper, amet nunc aliquet turpis, ac. Et magna diam amet donec proin at. Ac et elit sed mi adipiscing donec. Proin at ac, proin at ac diam. Elit erat mi adipiscing, aliquam consectetur magna. Diam nonummy, donec praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi, elit erat, mi molestie. Feugiat eget sed laoreet, id ipsum ante. Molestie lorem nibh volutpat pulvinar tincidunt euismod. Turpis aliquam sem consectetur congue ullamcorper amet. Donec ante at ac at magna diam. Elit tempus ante, mauris lorem nibh volutpat. Dolor nunc tellus sit ut non pharetra. Congue praesent adipiscing tempus ante mauris lorem. Nibh amet dolore proin at magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, donec proin at ac nibh eget, ipsum massa molestie feugiat congue. Felis ipsum massa molestie dolor tincidunt, ullamcorper amet nisi sem consectetur ac. Et elit sed ante felis, tempus ante mauris lorem nibh eget ipsum. Massa, sit, ut, ullamcorper nonummy donec praesent adipiscing aliquam ante mauris ac. Et felis erat praesent adipiscing aliquam praesent at ac nibh eget sed. Laoreet id proin at ac nibh eget sed laoreet id ipsum ante. Felis lorem ante at ac nibh id sed, laoreet, id lorem lobortis. Non amet proin, adipiscing aliquam proin at ac et elit erat mi. Felis tempus ante at ac et elit erat mi adipiscing tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam amet donec praesent adipiscing aliquam proin at magna. Mi id tempus ante molestie, feugiat lobortis dolor tincidunt euismod. Pulvinar nunc molestie feugiat lobortis non dolor tincidunt euismod pulvinar. Nunc, molestie feugiat massa mauris tempus nibh, volutpat sed mi. Felis, massa tellus feugiat lobortis, non amet donec proin at. Lorem nibh eget, erat massa id feugiat lobortis volutpat, dolor. Lobortis volutpat dolor, tincidunt tellus pulvinar nunc mauris lobortis volutpat. Pulvinar donec praesent at ac et elit sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac eget dolor tincidunt tellus turpis nisi non pharetra tincidunt. Ullamcorper amet dolore, tellus sit nisi sem consectetur magna diam. Nonummy donec proin mauris lorem lobortis sed tincidunt, euismod tempus. Massa molestie lorem nibh eget sed nibh elit erat mi. Felis tempus proin, adipiscing ac et elit sed laoreet id. Massa molestie ac nibh elit sed laoreet id ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt proin at lorem nibh id laoreet molestie feugiat lobortis non amet dolore. Aliquet turpis aliquam sem consectetur, ac nibh felis tempus mi mauris, lorem nibh eget sed. Tincidunt ullamcorper amet non sit lobortis, non nonummy erat praesent adipiscing aliquam sem at magna. Diam nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam proin at magna praesent, aliquam, proin. At lorem nibh elit, erat mi felis tempus, massa molestie dolor tincidunt euismod pulvinar nunc. Tellus turpis magna et eget, ipsum id ipsum ante molestie lorem lobortis eget ipsum, massa. Tellus feugiat lobortis volutpat, pharetra congue euismod pulvinar nunc tellus pulvinar nunc tellus pharetra congue. Ullamcorper nonummy donec, at lorem et elit erat mi felis tempus ante mauris tempus proin. At, magna sem consectetur magna praesent nonummy donec praesent adipiscing ac et at, magna diam. Dolore praesent at ac et at ac et elit erat praesent adipiscing aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris, lorem lobortis eget sed laoreet eget, sed laoreet id erat ante mauris ac proin at ac diam nonummy donec praesent adipiscing. Aliquam mauris lorem et, elit erat praesent nonummy dolore, praesent adipiscing nisi sem consectetur erat mi id tempus massa mauris, lorem nibh eget. Sed laoreet felis nunc non pharetra congue ullamcorper, nonummy dolore, praesent at aliquam proin at magna et elit donec praesent turpis nisi sem. At magna et, nonummy erat praesent, felis proin mauris lorem tincidunt tellus turpis aliquam proin consectetur, ac mi elit erat mi at aliquam. Proin elit sed mi felis erat mi consectetur congue ullamcorper amet dolore aliquet turpis, nisi non consectetur magna diam amet dolore praesent adipiscing. Aliquam sem at ac et felis donec praesent adipiscing tempus proin magna diam elit erat mi felis tempus ante at lorem laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat tincidunt ullamcorper amet, dolore aliquet consectetur magna, diam nonummy donec praesent adipiscing, aliquam ante at ac et eget erat mi id. Feugiat ut volutpat lobortis euismod dolor nunc euismod sit nunc molestie pharetra tincidunt ullamcorper amet dolore aliquet turpis nunc tellus sit lobortis molestie lorem. Et elit erat laoreet tempus ante felis lorem, nibh eget lorem mi id tempus mi adipiscing aliquam proin at ac, et, elit, erat laoreet. Id ipsum, lobortis non pharetra congue ullamcorper nisi proin elit erat et felis tempus mi mauris tempus nibh eget sed laoreet, eget erat mi. Adipiscing aliquam massa molestie lorem nibh eget, mi elit erat praesent adipiscing aliquam sem consectetur nisi, non consectetur magna ullamcorper, amet nunc tellus sit. Ut sem pharetra congue, non amet congue euismod pulvinar id ipsum lobortis molestie feugiat ante eget sed mi elit donec diam adipiscing aliquam proin. Mauris sed nibh eget, ipsum laoreet felis tempus ante mauris lorem nibh sed mi felis tempus massa volutpat feugiat lobortis euismod amet nunc tellus. Sit ut non consectetur magna ullamcorper nonummy donec at lorem nibh, eget sed laoreet felis tempus mi felis tempus ante mauris lorem laoreet id. Ipsum massa mauris lorem nibh volutpat sed tincidunt euismod turpis dolore at magna ullamcorper amet dolore praesent turpis nisi proin mauris, lorem mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac nibh eget erat mi felis donec, proin adipiscing aliquam, sem, consectetur ac, et felis erat ante mauris, feugiat congue euismod amet, praesent at lorem tincidunt id, sed. Nunc non pharetra magna diam amet dolore aliquet turpis nunc tellus, feugiat ut volutpat pharetra tincidunt euismod pulvinar dolore turpis ut sem consectetur donec praesent amet dolore ullamcorper amet dolore. Sem at erat et felis tempus ante mauris feugiat nibh eget lorem et felis erat felis tempus ante mauris lorem nibh eget ipsum massa molestie feugiat lobortis, volutpat dolor, congue. Ullamcorper, amet tempus nibh eget, sed tincidunt euismod, sit molestie lorem nibh volutpat dolor tincidunt euismod ipsum massa molestie sit lobortis non amet donec, ante felis lorem nibh volutpat sed. Laoreet id ipsum ante mauris, ut diam nonummy donec proin at ac et elit sed laoreet felis tempus proin at ac et volutpat dolor nunc tellus pulvinar nunc tellus dolor. Tincidunt, ullamcorper aliquam ante eget sed laoreet id ipsum massa id feugiat lobortis volutpat dolor tincidunt eget sed mi felis tempus, massa dolor congue, ullamcorper pulvinar dolore praesent adipiscing nisi. Sem nonummy donec, praesent nonummy dolore aliquet amet nisi sem consectetur magna sem amet donec aliquet turpis nisi proin ac et, elit erat mi felis lorem lobortis volutpat pharetra congue. Euismod amet dolore aliquet, turpis magna ullamcorper nonummy donec aliquet turpis nisi sem consectetur magna et donec mi adipiscing tempus proin mauris lorem nibh eget sed massa tellus sit lobortis. Non pharetra congue euismod amet dolore sem consectetur ac diam nonummy erat ante, lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie sit ut non dolor tincidunt, euismod dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna mi felis tempus ante eget. Dolor tincidunt euismod pulvinar massa tellus sit. Ut ullamcorper nonummy dolore, adipiscing, aliquam proin. At magna et nonummy erat praesent adipiscing. Tempus nibh eget sed tincidunt euismod pulvinar. Nunc tellus pharetra congue diam, nonummy praesent. Adipiscing, aliquam proin elit ut, pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, sed laoreet euismod pulvinar, nunc sem consectetur ac et donec mi mauris lorem ante eget sed. Laoreet eget erat mi, felis lorem ante, eget dolor tincidunt euismod pulvinar, nunc aliquet sit congue ullamcorper. Nonummy ante molestie lorem tincidunt volutpat pulvinar dolore, sem consectetur magna diam elit donec praesent nonummy donec. Praesent adipiscing nisi proin, at erat mi felis tempus, adipiscing, aliquam ante mauris sed laoreet euismod pulvinar. Nunc sem elit donec praesent adipiscing aliquam proin mauris sed laoreet euismod pulvinar massa tellus feugiat molestie. Feugiat tincidunt euismod, pulvinar, laoreet euismod pulvinar nunc tellus pharetra ut non amet dolore tellus, pulvinar ut. Non pharetra magna non pharetra congue ullamcorper, amet aliquet turpis nisi diam elit erat praesent adipiscing aliquam. Ante eget sed laoreet, euismod pulvinar massa molestie feugiat massa mauris lorem, nibh id sed laoreet id. Tempus volutpat dolor tincidunt euismod amet nisi sem turpis magna diam elit erat mi, adipiscing tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa aliquet consectetur nisi sem nonummy dolore praesent, adipiscing tempus nibh volutpat dolor laoreet, id pulvinar felis lorem nibh volutpat sed laoreet, euismod ipsum nunc, aliquet sit ut. Ullamcorper amet dolore ullamcorper amet nunc aliquet turpis ut non, pharetra magna adipiscing aliquam proin, adipiscing ac et eget ipsum laoreet id, ipsum massa, volutpat feugiat tincidunt, euismod pulvinar. Tincidunt, euismod pulvinar ut non consectetur magna praesent felis, aliquam at ac nibh elit sed laoreet id feugiat massa molestie feugiat, nibh elit erat mi id feugiat massa molestie. Dolor tincidunt ante sem pulvinar ac aliquam ante volutpat pharetra dolore aliquet amet dolore tellus turpis nisi ullamcorper pharetra congue ullamcorper adipiscing, tempus nibh mauris lorem nibh elit tempus. Mi mauris proin, at ac nibh eget erat mi felis aliquam proin mauris lorem et, elit erat et felis pulvinar massa, molestie feugiat lobortis eget sed laoreet id sed. Molestie sit magna diam amet, dolore aliquet turpis nisi sem elit erat, et felis erat praesent felis aliquam proin at et eget sed laoreet id lorem nibh mauris ac. Nibh id ipsum massa molestie feugiat massa molestie, lorem nibh, eget sed mi felis tempus mi felis proin at, ac et elit, sed laoreet, id feugiat lobortis non dolor. Tincidunt, euismod, ipsum massa id feugiat massa molestie feugiat nibh, eget sed tincidunt id, ipsum mauris feugiat lobortis volutpat dolor laoreet eget sed laoreet id feugiat lobortis non pharetra. Tincidunt, euismod pulvinar nunc euismod sit nisi sem consectetur congue ullamcorper amet dolore sit ut, sem consectetur sed mi id ipsum ante molestie feugiat lobortis volutpat, sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante molestie sit congue ullamcorper amet dolore aliquet turpis nisi proin at erat et, felis tempus proin mauris ac at ac et felis erat mi mauris, tempus. Lobortis volutpat amet nunc aliquet turpis nisi sem, consectetur magna diam amet congue euismod pulvinar nunc feugiat, lobortis volutpat, pharetra, magna ullamcorper, amet nisi proin at lorem nibh. Eget sed, mi id feugiat lobortis volutpat dolor congue ullamcorper turpis aliquam proin at et, elit erat mi felis, tempus ante mauris lorem nibh eget erat ante adipiscing. Lorem lobortis eget sed nibh eget erat et elit donec mauris lorem et elit sed mi felis donec, praesent adipiscing tempus ante at magna diam nonummy erat mi. Id feugiat lobortis volutpat dolor laoreet id pulvinar nunc, turpis nisi diam nonummy donec praesent felis aliquam proin consectetur ac et elit erat, praesent, nonummy congue aliquet turpis. Ut non consectetur ac diam elit donec adipiscing aliquam et at magna et elit donec, praesent adipiscing tempus proin at ac et elit, erat mi felis tempus molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa tellus sit ut non pharetra magna ullamcorper pulvinar nunc tellus nunc non pharetra congue ullamcorper nonummy donec, aliquet turpis nisi. Sem at sed laoreet felis tempus ante mauris lorem nibh eget erat laoreet elit erat praesent lorem lobortis volutpat dolor, tincidunt, euismod. Sit nisi sem consectetur, magna diam elit donec mi felis lorem lobortis euismod pulvinar dolore aliquet consectetur nisi non magna ullamcorper amet. Dolore aliquet adipiscing aliquam, proin elit erat et felis tempus proin at ac et elit magna diam nonummy donec diam dolore aliquet. Turpis magna diam nonummy, erat laoreet id ipsum ante at ac et at ac et elit, ipsum massa molestie feugiat lobortis volutpat. Sed mi felis mi mauris, tempus ante mauris ac, et eget ipsum, nunc molestie feugiat lobortis volutpat, dolor tincidunt ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt ullamcorper amet dolore aliquet turpis nisi diam elit erat praesent adipiscing tempus proin mauris ac et at erat mi dolore mi. Felis feugiat nibh, volutpat dolor laoreet id ipsum massa molestie sit, lobortis volutpat pharetra tincidunt id pulvinar nunc tellus, sit congue diam amet. Euismod pulvinar dolore tellus turpis ut, sem nonummy donec praesent adipiscing aliquam proin mauris lorem nibh eget sed laoreet felis ipsum lobortis, molestie. Lorem nibh eget sed tellus sit ut non pharetra congue ullamcorper adipiscing aliquam praesent adipiscing nisi sem pharetra congue, ullamcorper amet dolore ullamcorper. Amet nisi sem turpis diam nonummy erat praesent adipiscing tempus proin at, magna et elit donec praesent adipiscing aliquam proin at lorem et. Elit erat mi id tempus ante at ac elit erat mi elit tempus ante mauris feugiat nibh eget dolor, nunc tellus sit ut. Sem consectetur magna diam felis ipsum massa molestie feugiat lobortis eget sed id ipsum massa molestie lorem nibh mauris lorem et elit erat. Laoreet molestie feugiat lobortis non pharetra congue ullamcorper turpis sem consectetur magna et felis erat ante mauris lorem nibh volutpat pulvinar nunc euismod. Pulvinar nunc, tellus, feugiat lobortis volutpat dolor, tincidunt euismod amet dolore tellus sit volutpat dolor lobortis volutpat dolor tincidunt euismod sit ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet, erat laoreet id ipsum, lobortis non pharetra congue ullamcorper amet nunc molestie feugiat, ut sem nonummy donec, praesent felis tempus ante eget lorem nibh ipsum nunc non. Nonummy magna diam adipiscing tempus ante mauris lorem nibh eget, sed massa, molestie feugiat lobortis volutpat consectetur magna ullamcorper amet dolore, aliquet ac et eget erat mi adipiscing, aliquam. Ante molestie lorem et elit erat laoreet felis ipsum ante, felis tempus ante mauris erat laoreet id ipsum massa mauris ante mauris lorem et, elit donec praesent nonummy donec. Praesent, at ac proin, elit erat, mi felis tempus ante felis tempus ante mauris et elit donec praesent nonummy dolore aliquet adipiscing aliquam et at, ac, et felis erat. Mi at aliquam et elit, erat mi felis tempus ante felis tempus ullamcorper amet nunc aliquet, turpis nisi sem consectetur magna et nonummy donec proin at ac et elit. Sed mi felis tempus ante mauris feugiat, lobortis volutpat sed euismod ipsum nunc tellus feugiat, lobortis eget, sed tincidunt aliquet turpis dolore, aliquet consectetur magna sem consectetur donec, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget sed, laoreet molestie pharetra magna ullamcorper. Nonummy dolore praesent turpis, tellus sit ut volutpat, dolor. Congue euismod pulvinar nunc euismod sit ut non pharetra. Congue, ullamcorper nonummy aliquam praesent adipiscing ac nibh elit. Sed tellus, pharetra, congue ullamcorper amet dolore ullamcorper amet. Nisi ante mauris lorem mi id pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue pulvinar ut tellus pharetra congue ullamcorper pharetra dolore euismod pulvinar nunc tellus feugiat massa volutpat feugiat, tincidunt, ullamcorper, amet donec praesent adipiscing. Ac nibh ipsum massa molestie feugiat massa volutpat dolor tincidunt ullamcorper turpis nisi aliquet sit nisi diam nonummy magna, diam amet, nunc praesent sit. Nunc non pharetra non pharetra dolore praesent at ac, et elit, erat laoreet tellus sit lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet consectetur. Ac nibh, magna praesent adipiscing donec praesent turpis nisi proin at magna ullamcorper amet dolore aliquet turpis nisi sem at magna diam, consectetur magna. Praesent adipiscing donec ante at nunc euismod pulvinar, nunc tellus sit ut volutpat, dolor lobortis, euismod pulvinar dolore tellus, sit ut non pharetra magna. Diam nonummy donec ante at ac diam consectetur, non amet dolore praesent adipiscing nisi proin at ac diam elit donec mi felis tempus ante. Mauris lorem mi elit erat mi adipiscing tempus ante, sed tincidunt euismod pulvinar ut proin consectetur magna diam, nonummy dolore aliquet, amet dolore, aliquet. Consectetur nisi et nonummy donec mi felis lorem lobortis, volutpat dolor laoreet ipsum nunc id ipsum ante mauris ac et volutpat dolor laoreet felis. Tempus massa molestie dolor tincidunt volutpat dolor nunc tellus sit ut tellus feugiat ut, non congue, aliquet, adipiscing nisi sem consectetur magna ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh eget nunc aliquet turpis ac nibh, id ipsum nunc tellus consectetur congue ullamcorper amet donec aliquet at ac et elit erat mi id pulvinar, lobortis. Dolor lobortis eget dolor nunc euismod pulvinar nunc tellus feugiat, nibh volutpat pharetra congue ullamcorper amet dolore aliquet turpis nisi diam nonummy donec aliquet amet euismod pulvinar. Nunc sem consectetur donec praesent adipiscing aliquam, proin at aliquam proin eget erat mi felis tempus ante at lorem nibh eget, sed laoreet felis tempus molestie dolor. Congue, praesent adipiscing tempus proin mauris lorem nibh eget sed mi felis tempus ante mauris feugiat, lobortis eget sed laoreet felis ante molestie dolor congue euismod amet. Donec proin adipiscing aliquam, proin elit erat mi felis aliquam praesent turpis nisi aliquet, consectetur ac mi elit donec mi adipiscing sem at sed, laoreet, id ipsum. Massa tellus feugiat lobortis eget lorem nibh eget ipsum massa molestie feugiat ut volutpat dolor tincidunt euismod pulvinar nunc tellus sit, non pharetra donec praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et erat, mi id ipsum massa molestie feugiat lobortis volutpat pulvinar nunc tellus sit ut volutpat dolor tincidunt eget sed laoreet. Tellus sit ut non congue ullamcorper amet dolore ullamcorper amet nunc, tellus turpis lobortis non, dolor tincidunt euismod pulvinar dolore tellus. Turpis, nisi non pharetra, magna ullamcorper amet dolore adipiscing aliquam et at ac mi, id ipsum lobortis volutpat feugiat lobortis, volutpat. Dolor nunc aliquet turpis magna sem, consectetur congue diam nonummy aliquam praesent adipiscing laoreet eget erat massa id feugiat ut volutpat. Pharetra congue ullamcorper pulvinar, nunc, tellus sit ut non consectetur magna ullamcorper nonummy aliquam praesent adipiscing et elit sed massa molestie. Feugiat, lobortis molestie lorem nibh elit ac, et nonummy donec, praesent adipiscing aliquam proin consectetur magna diam consectetur magna diam nonummy. Donec adipiscing aliquam et elit, erat mi id tempus ante mauris ac et, elit ac diam nonummy donec praesent nonummy donec. Aliquet consectetur magna, eget sed massa id feugiat lobortis volutpat sed nibh eget erat laoreet, id ipsum massa molestie dolor lobortis. Ullamcorper amet nisi, sem consectetur nisi sem consectetur magna nonummy donec proin at ac et eget sed laoreet, id feugiat lobortis. Non, consectetur dolore aliquet adipiscing tempus ante at magna diam consectetur donec, mi adipiscing tempus mauris sed tincidunt euismod pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat tincidunt ullamcorper turpis aliquet, turpis. Nisi sem nonummy donec praesent adipiscing donec. Proin at lorem et eget sed massa. Molestie, sit ut ullamcorper amet dolore aliquet. Amet dolore ipsum massa molestie, lorem, nibh. Eget sed laoreet euismod pulvinar, ut sem. Consectetur donec diam nonummy donec aliquet turpis. Aliquam proin elit ac, et tempus ante. Felis lorem lobortis volutpat pulvinar dolore euismod. Pulvinar nunc non sit congue, volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, molestie ut non pharetra congue. Aliquet amet nisi sem, consectetur magna. Diam, nonummy erat ante mauris, tempus. Ante mauris sed tincidunt ullamcorper amet. Dolore sem ac et elit erat. Praesent adipiscing, aliquam nibh mauris lorem. Mi id pulvinar ut sem consectetur. Magna praesent adipiscing, tempus ante eget. Sed laoreet, elit mi elit erat. Ante molestie lorem lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat lobortis non pharetra. Nunc aliquet nunc tellus sit lobortis. Volutpat dolor congue ullamcorper amet dolore. Sem at erat et nonummy donec. Mi felis pharetra congue euismod pulvinar. Dolore aliquet turpis proin at ac. Et elit tempus massa volutpat feugiat. Lobortis volutpat amet nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper donec, proin at lorem nibh id sed, massa molestie feugiat lobortis volutpat dolor, tincidunt ullamcorper turpis nisi. Proin at ac et elit tempus ante lorem nibh eget ac et nonummy magna diam nonummy donec aliquet turpis. Dolore aliquet sit ut ullamcorper pharetra dolore praesent turpis dolore tellus pulvinar nunc pharetra magna praesent nonummy donec praesent. Adipiscing ac nibh eget ipsum massa tellus, sit congue ullamcorper amet dolore aliquet turpis nisi sem turpis nisi diam. Nonummy diam nonummy dolore aliquet turpis, ac nibh eget sed massa id ipsum, ante mauris ac nibh eget erat. Laoreet id tempus mi mauris, lorem at lorem et elit magna diam amet nunc euismod ipsum massa molestie feugiat. Massa molestie feugiat lobortis eget sed massa molestie, sit ut non pharetra congue ullamcorper laoreet id sit nisi sem. Nonummy erat mi id ipsum massa molestie feugiat nibh elit, sed, mi, felis, tempus ante, mauris tempus ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus nibh eget lorem, nibh. Eget ipsum nunc non pharetra, congue non. Pharetra congue pulvinar dolore aliquet turpis nisi. Diam nonummy erat mi mauris lorem ante. Mauris sed laoreet id ipsum nunc tellus. Pharetra congue diam nonummy, erat praesent lorem. Nibh eget sed mi felis tempus, massa. Molestie sit congue euismod amet, dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, congue, pharetra dolore aliquet turpis ac et elit sed et elit ipsum nunc tellus lorem lobortis volutpat, sed laoreet id ipsum, nunc tellus feugiat. Ut volutpat tincidunt, ullamcorper amet dolore aliquet turpis nisi sem nonummy donec mi, mauris lorem lobortis, euismod pulvinar dolore aliquet sit ut non sit ut. Non amet ullamcorper turpis, aliquam proin at, ac, et elit erat praesent felis lorem ante, mauris sed laoreet euismod pulvinar nunc molestie lorem nibh eget. Sed tincidunt ullamcorper amet aliquet pharetra ac mi id ipsum lobortis volutpat pharetra congue ullamcorper amet nunc, tellus pulvinar nunc tellus sit ut volutpat dolor. Tincidunt ullamcorper ut tellus sit congue ullamcorper amet congue ullamcorper turpis, nisi aliquet turpis ac diam, nonummy, tempus ante mauris lorem lobortis, eget dolor congue. Euismod pulvinar massa id proin at ac et eget, erat laoreet, id sit nisi non consectetur, congue ullamcorper amet nunc praesent adipiscing nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis nisi sem at ac et elit tempus ante felis tempus ante mauris sed tincidunt euismod ipsum massa lorem nibh, volutpat, pharetra. Dolore proin, adipiscing lorem laoreet eget ipsum massa id tempus mi mauris tempus ante mauris magna et nonummy erat ante lorem lobortis non. Pharetra dolore aliquet turpis nisi sem consectetur ac mi elit tempus massa volutpat pharetra tincidunt euismod dolor tincidunt euismod pulvinar massa molestie, sit. Non pulvinar dolore, aliquet turpis aliquam, sem elit ac et elit erat proin at, ac nibh volutpat, sed laoreet euismod ipsum massa mauris. Lorem at magna diam consectetur magna non pharetra dolore ullamcorper amet nisi sem consectetur ac diam amet donec praesent turpis dolore aliquet consectetur. Magna, et felis tempus ante tempus proin mauris lorem nibh, eget sed, laoreet molestie pharetra ut non dolor congue aliquet turpis nisi sem. Consectetur ac et felis ipsum, ante mauris lorem, at, ac et id sed massa molestie feugiat lobortis non pharetra congue ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue praesent adipiscing aliquam nibh, mauris sed tincidunt euismod pulvinar, nunc tellus pharetra ut non pharetra, congue pulvinar nunc aliquet, turpis ut. Non pharetra congue euismod amet dolore tellus sit ut non, sit lobortis volutpat dolor tincidunt euismod, sit ut, non ut ullamcorper nonummy donec. Mi, adipiscing, aliquam et at, magna diam, nonummy erat mi, adipiscing tempus ante eget sed nibh eget, donec praesent felis, tempus ante, mauris. Nibh euismod amet dolore, aliquet turpis, nisi, sem nonummy, erat ante felis lorem nibh eget, dolor nunc euismod pulvinar nunc sem pharetra magna. Dolor, congue praesent amet dolore sem turpis, ut non consectetur magna ullamcorper, amet dolore sem consectetur nisi non, sit lobortis non dolor tincidunt. Aliquet turpis nisi sem ut ullamcorper nonummy dolore ullamcorper pulvinar dolore molestie feugiat lobortis volutpat dolor lobortis eget lorem laoreet id pulvinar, ut. Non pharetra magna diam nonummy dolore ullamcorper amet aliquet turpis ut non dolor tincidunt euismod turpis tempus ante eget sed laoreet, eget tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt euismod, pulvinar dolore aliquet consectetur diam elit tempus mi mauris lorem lobortis eget lorem tincidunt, ullamcorper. Sit nisi sem consectetur magna mi felis ipsum massa molestie dolor lobortis non tincidunt ullamcorper amet, donec praesent adipiscing aliquam diam molestie consectetur, sed aliquam congue lobortis et. Tellus, turpis magna diam, nonummy erat praesent felis aliquam praesent, adipiscing aliquam id, sed, massa tellus sit ut non dolor congue aliquet adipiscing, aliquam proin at ac diam. Elit, donec praesent felis, lorem nibh mauris sit congue ullamcorper amet dolore ullamcorper amet dolore aliquet sit, ut volutpat, pharetra congue euismod, pulvinar dolore aliquet turpis nisi sem. Consectetur magna diam nonummy donec praesent dolor congue ullamcorper pulvinar dolore tellus turpis nisi diam amet donec, praesent adipiscing aliquam sem at ac diam, consectetur magna, diam nonummy. Donec proin, at sed aliquet mauris ac et id ipsum laoreet felis tempus ante molestie feugiat tincidunt volutpat, dolor nunc tellus turpis nisi sem sed, massa molestie sit. Ut non, nonummy donec praesent, adipiscing aliquam proin elit erat mi felis ipsum lobortis volutpat feugiat, tincidunt ullamcorper amet donec, praesent at ac id pulvinar, massa molestie ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at lorem, nibh volutpat dolor nunc turpis nisi diam nonummy donec diam nonummy aliquam, proin adipiscing ac et elit erat, laoreet molestie feugiat ut non pharetra. Congue aliquet adipiscing tempus, ante nonummy nisi sem, consectetur magna sem consectetur donec praesent felis tempus ante mauris lorem nibh id pulvinar nunc sem consectetur magna diam. Nonummy donec mi tempus nibh eget lorem laoreet id ipsum massa molestie feugiat lobortis eget sed laoreet, id ipsum massa molestie ipsum massa molestie feugiat lobortis dolor. Nunc, tellus sit ut sem, consectetur donec diam amet nunc euismod pulvinar, nunc tellus sit lobortis volutpat dolor tincidunt ullamcorper turpis nisi sem turpis nisi sem turpis. Nisi sem nonummy donec praesent adipiscing aliquam ante mauris lorem nibh elit erat mi, felis ipsum massa molestie feugiat lobortis, volutpat pulvinar nunc, sem consectetur ac tellus. At lorem nibh id ipsum massa tellus, feugiat lobortis non, dolor congue aliquet turpis aliquam et eget sed laoreet id feugiat massa nonummy donec praesent mauris tempus. Nibh ullamcorper adipiscing aliquam proin adipiscing ac proin at erat, et elit erat praesent at ac proin consectetur ac mi id pulvinar tellus pharetra congue diam nonummy. Aliquam ante at ac nibh elit erat mi felis, tempus massa volutpat dolor tincidunt volutpat dolor tincidunt euismod pulvinar lobortis volutpat dolor ullamcorper amet dolore aliquet, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent adipiscing tempus massa molestie. Tincidunt euismod pulvinar massa molestie sit. Nisi non consectetur donec diam nonummy. Donec praesent at ac nibh elit. Erat laoreet molestie ipsum massa mauris. Feugiat euismod amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor tincidunt tellus turpis nisi sem, consectetur donec praesent nonummy donec adipiscing aliquam nibh elit sed laoreet molestie sit ut non dolor lobortis eget pulvinar tincidunt, tellus. Sit nisi sem consectetur magna diam, nonummy donec, praesent amet donec praesent, turpis nisi tellus sit ut non, dolor lobortis euismod dolor tincidunt, euismod, sit ut sem consectetur magna. Ullamcorper nonummy donec aliquet turpis et eget sed laoreet felis ipsum massa mauris feugiat lobortis eget sed laoreet euismod tempus ante molestie feugiat lobortis volutpat sed tincidunt tellus turpis. Sem pharetra ut non, pharetra congue euismod amet nunc tellus feugiat lobortis volutpat dolor, lobortis, euismod dolor tincidunt id pulvinar nunc, tellus sit, congue non pharetra congue sit, nisi. Sem consectetur sed laoreet felis ipsum massa molestie dolor tincidunt euismod amet nisi sem turpis magna diam consectetur magna diam nonummy donec aliquet turpis aliquam elit erat laoreet id. Ipsum massa, mauris feugiat lobortis, euismod pulvinar tincidunt, euismod ipsum massa molestie sit congue ullamcorper donec praesent, at lorem nibh euismod ipsum laoreet felis aliquam proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing lorem ante volutpat dolor tincidunt euismod sit nisi sem consectetur donec mi felis aliquam. Praesent adipiscing aliquam et elit erat, mi turpis nisi sem consectetur magna diam nonummy donec praesent adipiscing. Nisi diam consectetur donec mi felis tempus, proin at aliquam proin at, ac laoreet felis lobortis volutpat. Dolor congue, euismod amet dolore aliquet turpis nisi sem nonummy magna diam, nonummy, donec proin at aliquam. Et eget ipsum massa tellus sit ut non congue ullamcorper turpis nisi proin consectetur ac diam nonummy. Erat mi, id feugiat nibh eget sed laoreet euismod amet, dolore tellus feugiat massa pharetra congue ullamcorper. Amet nunc aliquet turpis ac et eget ipsum massa tellus sit ut non pharetra congue ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper elit erat ante mauris dolor lobortis volutpat dolor laoreet id ipsum, massa molestie feugiat ut non. Pharetra congue ullamcorper lorem laoreet id ipsum massa tellus, sit ut, non consectetur donec praesent, adipiscing tempus. Ante mauris sed laoreet euismod sit nunc tellus sit, congue ullamcorper aliquam ante molestie, feugiat tincidunt euismod. Amet nisi sem at, ac et felis tempus massa mauris feugiat ut non amet donec praesent adipiscing. Aliquam proin at ac felis tempus massa volutpat pharetra tincidunt ullamcorper turpis aliquam proin mauris ac nibh. Elit pulvinar nunc tellus pharetra congue, ullamcorper nonummy donec praesent ac nibh id ipsum nunc, molestie ipsum. Ante molestie dolor tincidunt volutpat sed laoreet tellus pulvinar ut non consectetur magna, ullamcorper nonummy dolore aliquet. Turpis aliquam nibh ipsum massa id, ipsum massa, molestie dolor congue ullamcorper pulvinar dolore aliquet sit ut. Non consectetur, donec praesent adipiscing aliquam ante mauris ac nibh eget sed laoreet ipsum, lobortis ullamcorper pharetra. Congue aliquet amet, nisi proin at magna diam consectetur magna diam amet dolore tellus turpis ut at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis nisi proin elit sed mi felis tempus massa pharetra congue ullamcorper. Pulvinar tincidunt tellus sit nisi, sem at erat praesent adipiscing aliquam proin at lorem. Et elit erat mi, felis tempus massa mauris congue diam adipiscing aliquam ante eget. Lorem nibh eget ipsum nunc tellus pharetra congue ullamcorper, amet congue ullamcorper adipiscing aliquam. Proin eget amet dolore aliquet magna et eget tempus massa mauris feugiat ut volutpat. Dolor, congue, euismod amet massa tellus feugiat massa molestie dolor tincidunt aliquet turpis dolore. Aliquet, ac mi elit erat, praesent adipiscing tempus praesent adipiscing aliquam proin, at erat. Mi id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt, id tempus mi tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat laoreet molestie lorem, nibh volutpat sed tincidunt euismod pulvinar. Dolore proin nisi ullamcorper amet dolore, aliquet turpis aliquam aliquet, turpis nisi. Sem consectetur donec praesent adipiscing tempus ante mauris lorem nibh id pulvinar. Dolore aliquet ut diam, nonummy erat mi adipiscing aliquam ante at magna. Et elit donec diam, adipiscing donec proin at ac et elit erat. Mi felis tempus massa molestie congue ullamcorper amet dolore aliquet turpis nisi. Diam nonummy, donec praesent, nonummy, aliquam proin at, sed laoreet euismod, ipsum. Nunc tellus sit, ut amet donec praesent adipiscing, ac proin at magna. Laoreet id ipsum ante felis lorem nibh eget lorem laoreet eget ipsum. Laoreet molestie ipsum lobortis volutpat feugiat praesent adipiscing aliquam sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis lorem ante, mauris sed laoreet id pulvinar tellus sit congue ullamcorper amet, dolore aliquet amet dolore et eget sed laoreet id pulvinar ut non consectetur magna. Diam adipiscing tempus nibh eget, sed tincidunt turpis aliquam proin at erat mi felis tempus ante mauris dolor tincidunt, euismod amet dolore aliquet turpis nisi sem, consectetur donec. Praesent adipiscing donec, praesent aliquam proin elit sed laoreet molestie feugiat lobortis volutpat dolor lobortis volutpat dolor nunc tellus pulvinar, nunc, tellus dolor tincidunt euismod amet nunc turpis. Aliquam et, elit erat, et felis, ipsum lobortis molestie feugiat tincidunt euismod pulvinar nunc tellus sit ut sem pharetra congue ullamcorper amet donec praesent adipiscing, aliquam consectetur magna. Diam, adipiscing aliquam proin mauris lorem nibh elit erat laoreet, felis ipsum massa molestie lorem lobortis volutpat sed tincidunt tellus pulvinar massa tellus pharetra congue nonummy aliquam proin. At lorem nibh elit erat massa molestie, feugiat nisi non consectetur congue diam nonummy aliquam proin at et id ipsum massa molestie sit ut non amet congue aliquet. Turpis nisi proin at magna diam nonummy donec praesent felis tempus ante mauris, ac et ipsum laoreet tellus feugiat ut non pharetra dolore ullamcorper, amet nisi aliquet consectetur. Magna diam nonummy donec aliquet adipiscing tempus ante at lorem nibh id ipsum laoreet sit ut, ullamcorper amet donec proin at ac nibh elit erat mi, felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor laoreet euismod, pulvinar massa non, sit magna ullamcorper amet dolore aliquet turpis nisi, sem at erat mi. Felis tempus massa consectetur erat praesent adipiscing aliquam proin, at ac et nonummy donec praesent adipiscing donec praesent turpis. Nisi proin at ac mi id, tempus massa molestie dolore aliquet turpis, nisi sem turpis nisi non pharetra ut. Non amet nunc tellus sit ut non pharetra congue non amet, donec, proin turpis nisi sem turpis diam nonummy. Erat ante, molestie sit tincidunt euismod dolor nunc tellus pulvinar massa molestie ipsum lobortis volutpat, feugiat tincidunt, euismod pulvinar. Nunc aliquet nisi diam, nonummy donec praesent adipiscing nisi sem turpis ut, non, pharetra, congue ullamcorper amet dolore aliquet. Adipiscing ac et elit sed, laoreet id ipsum massa molestie nibh euismod amet, nunc tellus sit nisi diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent, at, lorem nibh elit mi felis erat ante at lorem. Tincidunt euismod pulvinar nunc tellus pulvinar nunc non sit tincidunt ullamcorper nonummy. Donec proin mauris ac nibh, eget, nunc tellus pharetra congue non pharetra. Congue aliquet adipiscing aliquam proin at ac et elit tempus mi mauris. Lorem, nibh volutpat dolor tincidunt id ipsum sem pharetra congue ullamcorper, amet. Dolore, praesent felis tempus et, elit erat mi elit erat, mi felis. Tempus ante mauris, sed nibh eget sed, mi id tempus molestie dolor. Tincidunt euismod pulvinar dolore aliquet turpis magna, diam nonummy, erat mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit, sed laoreet id feugiat ut non pharetra dolore ullamcorper turpis nisi aliquet at magna diam, nonummy magna diam turpis aliquam ante at laoreet euismod, sit nunc molestie ipsum. Massa volutpat dolor tincidunt ullamcorper turpis aliquam proin at erat mi, felis tempus ante mauris tempus ante mauris ac euismod pulvinar nunc molestie, feugiat, congue, non pharetra congue aliquet adipiscing. Lorem et elit erat, mi felis ipsum massa mauris feugiat, tincidunt, euismod pulvinar tincidunt euismod sit non consectetur congue ullamcorper, nonummy dolore praesent adipiscing aliquam et at magna diam nonummy. Dolore mi felis tempus ante eget lorem mi elit ante mauris, lorem lobortis volutpat pharetra congue ullamcorper pulvinar nunc molestie sit lobortis non amet dolore ullamcorper amet nisi sem consectetur. Ac, et amet donec praesent adipiscing laoreet, id ipsum massa, id, tempus ante molestie lorem nibh eget, sed, laoreet id tempus ante, adipiscing donec, aliquet sit ut tellus sit ut. Ullamcorper pharetra dolore at lorem, nibh eget ac diam nonummy donec aliquet, turpis nisi aliquet turpis nunc volutpat dolor tincidunt ullamcorper, amet nunc adipiscing nisi non, pharetra ut non pharetra. Congue aliquet amet nunc tellus sit, lobortis, molestie lorem lobortis volutpat sed laoreet id tempus ante, mauris lorem nibh dolor laoreet id sed laoreet adipiscing aliquam ante at ac proin. Consectetur ac, et felis tempus ante mauris tempus ante at ac diam, nonummy donec diam nonummy ante mauris lorem nibh elit sed laoreet elit donec aliquet turpis dolore tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing tempus proin at ac et eget sed mi felis, tempus, ante mauris, lorem et elit, sed massa, molestie. Feugiat ut consectetur magna mi volutpat feugiat lobortis volutpat dolor laoreet euismod ipsum massa, id lorem lobortis eget lorem et. Eget sed laoreet id ipsum, mi, lorem nibh elit erat mi felis erat ante mauris tempus nibh mauris lorem et. Elit erat praesent felis ipsum massa, mauris lorem nibh elit, erat mi elit tempus ante mauris lorem laoreet elit erat. Mi id feugiat lobortis volutpat amet dolore praesent adipiscing nisi sem consectetur ac diam consectetur magna non pharetra congue, ullamcorper. Adipiscing aliquam proin eget, lorem tincidunt id ipsum, laoreet id ipsum massa felis lorem nibh elit sed mi nonummy donec. Diam felis ante mauris lorem laoreet id pulvinar nunc non pharetra congue ullamcorper nonummy donec praesent adipiscing aliquam proin at. Ac mi elit tempus praesent felis nisi proin at tincidunt tellus pulvinar, nunc tellus, sit ut non amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat et ipsum lobortis non consectetur donec praesent felis tempus, ante mauris sed tincidunt euismod, pulvinar ut non consectetur ac. Et elit erat ante molestie feugiat lobortis turpis nisi sem mauris, lorem laoreet id ipsum nunc molestie lorem nibh mauris sed. Tincidunt euismod pulvinar dolore aliquet turpis congue ullamcorper, dolor lobortis, volutpat dolore, tellus sit nisi non, consectetur donec mi adipiscing aliquam. Ante mauris, lorem et eget sed nunc molestie feugiat lobortis volutpat feugiat nibh pulvinar dolore aliquet turpis magna diam nonummy erat. Praesent at ac et elit ac, mi felis erat mi felis lorem nibh eget, erat, laoreet, id, ipsum ante, sit ut. Non, amet nunc euismod pulvinar massa felis aliquam ante mauris ac et at magna diam nonummy donec, praesent adipiscing aliquam, sem. Consectetur magna sem consectetur diam nonummy donec, aliquet turpis nisi sem consectetur magna diam amet dolore aliquet amet nunc molestie sit. Lobortis volutpat feugiat nibh eget sed et elit erat praesent tempus lobortis volutpat dolor, tincidunt euismod ipsum, massa, id ipsum massa. Molestie feugiat et elit, erat mi elit donec aliquet, dolore aliquet consectetur, nisi diam consectetur magna ullamcorper amet dolore, tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, elit tempus proin at aliquam aliquet. Turpis ut, non dolor congue, diam nonummy. Donec proin at nisi, sem consectetur magna. Diam nonummy, donec praesent nisi proin at. Ac mi felis erat praesent turpis dolore. Aliquet consectetur nisi sem pharetra tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum nibh non amet tincidunt euismod pulvinar nunc tellus sit ut diam consectetur dolore aliquet turpis dolore tellus sit, nunc tellus feugiat ullamcorper pulvinar, dolore tellus turpis nunc. Tellus sit congue ullamcorper pharetra tincidunt volutpat pulvinar nunc molestie ipsum ante felis aliquam proin turpis ut sem, pharetra ullamcorper dolor nunc euismod sed laoreet felis donec aliquet turpis nisi. Sem pharetra congue non pharetra lobortis eget sed mi felis donec diam turpis dolore tellus pulvinar non nonummy magna diam amet dolore aliquet, turpis, aliquam proin at, magna ullamcorper amet. Congue ullamcorper pulvinar nunc, tellus, sit ut volutpat tempus eget lorem nibh id sed laoreet felis, aliquam proin adipiscing aliquam sem, pharetra congue ullamcorper amet congue ullamcorper pulvinar massa id. Tempus ante felis aliquam sem turpis diam consectetur donec praesent adipiscing aliquam proin at aliquam sem consectetur magna ullamcorper elit donec aliquet amet massa molestie feugiat massa mauris, lorem ullamcorper. Amet dolore aliquet sit massa mauris tempus proin at ac nibh elit sed massa id ipsum ante mauris ac et elit erat, et elit erat aliquet aliquam proin turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra nunc euismod ipsum massa molestie ipsum ante aliquam proin consectetur ac, et elit tempus praesent adipiscing nisi proin at lorem. Laoreet eget tempus, mi adipiscing tempus nibh mauris sed laoreet id sed id tempus proin turpis nunc molestie turpis ut non feugiat. Nibh eget sed mi elit donec, praesent nonummy dolore aliquet turpis ut non pharetra ut felis tempus proin adipiscing aliquam sem, at. Erat mi elit donec praesent adipiscing tempus, ante mauris ac et elit donec diam adipiscing, aliquam eget lorem nibh eget erat et. Elit, erat mi at, lorem proin at ac et nonummy donec diam nonummy dolore aliquet sit, nisi diam, elit magna ullamcorper, congue. Ullamcorper amet dolore aliquet ipsum massa at ac proin at ac sem nonummy magna diam nonummy aliquam sem turpis ut non pharetra. Congue ullamcorper amet tincidunt sit ut, tellus sit ut non pharetra, congue euismod sed tincidunt euismod ipsum massa mauris, tempus, proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis aliquam proin at aliquam et, elit erat, mi felis erat mi at ac proin consectetur magna, sem pharetra, lobortis, volutpat tincidunt, euismod pulvinar massa. Tellus sit ut, ullamcorper aliquet, turpis nisi proin consectetur nisi sem pharetra congue euismod pulvinar dolore, tellus, pulvinar ut proin erat laoreet id ipsum massa, molestie. Dolor congue ullamcorper pulvinar nunc euismod, feugiat ut non pharetra magna ullamcorper, amet, dolore praesent adipiscing aliquam et nonummy donec diam aliquam proin at ac, nibh. Eget, sed massa id ipsum, lobortis non, dolor tincidunt euismod dolor tincidunt euismod ipsum massa molestie feugiat ut pharetra congue, ullamcorper amet, dolore aliquet, sit ut. Felis ipsum ut sem pharetra tincidunt, euismod pulvinar dolore aliquet adipiscing, aliquam et at ac praesent adipiscing aliquam ante lorem nibh eget dolor tincidunt euismod pulvinar. Ut volutpat, feugiat lobortis eget, sed, nibh id pulvinar nisi, proin nonummy magna ullamcorper amet congue ullamcorper turpis nisi sem sed massa, molestie feugiat lobortis molestie. Feugiat lobortis volutpat, dolor laoreet eget pulvinar ut sem consectetur donec, diam nonummy, donec mauris feugiat lobortis id ipsum laoreet felis tempus ante, mauris lorem nibh. Eget, dolor nunc tellus sit nunc non sit ut ullamcorper amet congue ullamcorper amet tellus sit, congue diam nonummy donec mi, mauris aliquam ante elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod pulvinar nunc non pharetra magna ullamcorper nonummy aliquam proin adipiscing ac et elit sed mi id ipsum lobortis non. Nonummy donec, mi mauris, nibh eget sed laoreet eget erat mi adipiscing tempus proin mauris lorem, nibh eget sed, massa molestie. Ipsum massa molestie feugiat nibh eget sed laoreet ipsum, nunc tellus pharetra ut non dolor tincidunt ullamcorper amet ut tellus feugiat. Lobortis volutpat feugiat nibh eget sed laoreet id ipsum ante molestie feugiat lobortis, volutpat tincidunt tellus pulvinar nunc molestie, ipsum nibh. Mauris sed tincidunt euismod pulvinar nunc tellus sit, ut non pharetra congue ullamcorper turpis nisi, sem ac et nonummy erat ante. Mauris feugiat lobortis volutpat pharetra congue euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt, euismod pulvinar nunc tellus pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt id ipsum laoreet id ipsum, lobortis non amet donec praesent at lorem nibh sed, laoreet felis tempus. Mi mauris lorem tincidunt volutpat pulvinar dolore praesent at ac et elit donec, praesent adipiscing aliquam proin at aliquam. Sem consectetur mi felis ipsum massa, mauris feugiat tincidunt euismod amet dolore aliquet, sit nisi sem consectetur magna diam. Adipiscing donec proin adipiscing nisi sem consectetur magna, felis erat mi felis lorem lobortis, volutpat sed laoreet id pulvinar. Ut non sit magna praesent adipiscing aliquam proin molestie dolor laoreet id, ipsum tellus sit, nisi sem consectetur, magna. Ullamcorper amet nisi aliquet, turpis nisi sem consectetur magna, praesent felis, ipsum nibh eget sed nibh, eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus et eget sed nunc euismod, sit. Nisi diam nonummy donec praesent nonummy donec. Praesent at, proin at ac et amet. Dolore, aliquet turpis nisi sem consectetur erat. Laoreet, id pulvinar nunc, molestie feugiat nibh. Eget dolor tincidunt euismod ipsum massa sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit, ipsum massa molestie feugiat ut non, pharetra, congue ullamcorper. Amet nunc tellus ipsum, mauris feugiat lobortis non amet dolore, praesent. At aliquam proin at ac, et, elit erat ante mauris feugiat. Lobortis eget sed laoreet elit erat ante felis ut non amet. Nunc aliquet turpis ut tellus sit ut non feugiat tincidunt volutpat. Pulvinar dolore tellus turpis magna sem consectetur magna euismod amet donec. At sed nibh eget ipsum nunc tellus, pharetra congue ullamcorper nonummy. Dolore proin, mauris dolor congue praesent turpis dolore aliquet sit, nisi. Sem, magna praesent felis tempus proin at ac et at erat. Praesent adipiscing aliquam proin adipiscing aliquam proin at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur ac diam nonummy donec diam adipiscing aliquam ante eget dolor, laoreet id sed, mi id feugiat lobortis volutpat, et elit erat mi felis tempus. Ante mauris feugiat, lobortis, volutpat dolor nunc tellus sit nunc non sit ut non dolor congue aliquet at aliquam eget sed laoreet felis erat mi adipiscing. Nisi proin at magna et, elit erat mi felis aliquam praesent adipiscing aliquam et elit ac et amet congue euismod aliquam aliquet, feugiat ut molestie feugiat. Lobortis, volutpat pulvinar nunc aliquet sit ut non sit congue diam amet donec, praesent adipiscing aliquam proin dolor massa molestie sit nisi non pharetra magna ullamcorper. Nonummy aliquam proin, at ac nibh eget donec, diam nonummy donec praesent adipiscing aliquam proin at erat mi tempus ante mauris lorem nibh, eget, pulvinar nunc. Tellus sit ut non consectetur magna, ullamcorper amet dolore ullamcorper pulvinar nunc, tellus pharetra congue ullamcorper amet dolore praesent tempus ante, elit erat mi elit tempus. Mi mauris lorem nibh eget sed nunc tellus pulvinar nunc molestie sit ut, dolor tincidunt euismod, pulvinar nunc tellus, sit massa volutpat dolor congue ullamcorper amet. Nunc praesent turpis magna, sem consectetur magna diam amet dolore aliquet amet dolore consectetur ac et elit, tempus, mi mauris tempus lobortis volutpat dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit congue non, amet dolore ullamcorper adipiscing aliquam proin. Elit sed mi id ipsum massa, felis nibh eget lorem tincidunt euismod pulvinar, massa molestie, feugiat massa. Molestie dolor congue ullamcorper felis feugiat lobortis volutpat dolor nunc tellus sit ut sem consectetur ante felis. Lorem lobortis eget dolor tincidunt id pulvinar massa tellus pharetra congue non amet congue ullamcorper amet dolore. Aliquet, turpis magna diam consectetur mi mauris lorem nibh eget lorem nibh elit erat mi, adipiscing tempus. Ante molestie dolor congue ullamcorper turpis nisi aliquet turpis lobortis non pharetra tincidunt ullamcorper nunc tellus, pulvinar. Nunc non sit ut ullamcorper amet congue ullamcorper pulvinar nunc tellus turpis, nisi, sem pharetra dolore ullamcorper. Amet nisi sem consectetur nisi sem, consectetur ullamcorper nonummy dolore praesent at ac et eget sed mi. Id ipsum massa, molestie feugiat lobortis eget sed laoreet id ipsum ante felis tempus volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur magna praesent nonummy donec praesent adipiscing aliquam et ac et elit erat mi felis aliquam proin at ac nibh eget, sed laoreet id tempus ante at aliquam et. Elit sed massa, molestie ipsum ut dolor congue ullamcorper turpis nisi sem turpis magna non pharetra congue ullamcorper pulvinar nunc tellus, turpis nisi sem consectetur ac diam nonummy dolore, praesent. At tincidunt ullamcorper amet dolore aliquet consectetur nisi sem consectetur donec praesent felis tempus ante eget lorem et elit ac laoreet, molestie ipsum massa amet, donec praesent felis lorem nibh. Mauris erat mi elit erat mi felis tempus ante eget lorem nibh elit, erat mi adipiscing, tempus proin at ac et ac, et elit, erat praesent felis tempus ante mauris. Lorem nibh eget sed ante mauris lorem nibh mauris, lorem nibh eget ipsum massa molestie, sit ut non tincidunt ullamcorper amet nisi sem consectetur ac nibh felis tempus ante molestie. Sit, congue diam amet dolore ullamcorper amet ut non pharetra congue diam amet congue ullamcorper aliquam ante mauris ac mi elit tempus ut, non consectetur magna diam nonummy, aliquam praesent. At lorem laoreet aliquet turpis sem, consectetur nisi diam consectetur erat ante molestie feugiat nibh eget lorem nibh eget erat, mi, felis ipsum ante molestie lorem, lobortis volutpat sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget lorem nibh elit tempus mi mauris tempus, ante adipiscing ac euismod pulvinar nisi sem pharetra congue ullamcorper amet. Donec praesent amet dolore aliquet turpis ut non dolor tincidunt euismod pulvinar tincidunt tellus ipsum nunc non, congue diam nonummy donec. Aliquet at ac, nibh eget sed laoreet id ipsum lobortis molestie lorem lobortis volutpat dolor laoreet euismod pulvinar nunc tellus sit. Ullamcorper amet, dolore praesent, adipiscing nisi aliquet turpis congue non amet congue ullamcorper adipiscing aliquam proin at ac nibh elit tempus. Mi felis aliquam at lorem nibh, eget sed mi felis aliquam praesent adipiscing aliquam proin at erat, laoreet, id ipsum, nunc. Volutpat feugiat, nibh volutpat dolor, tincidunt tellus sit sem at, donec mi id ipsum massa molestie dolor congue euismod turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi euismod pulvinar tellus feugiat ut volutpat pulvinar nunc, tellus sit nisi non sit. Congue diam amet dolore ullamcorper amet dolore aliquet turpis magna diam consectetur erat mauris. Tempus lobortis eget sed nibh, eget erat, mi felis, tempus proin adipiscing aliquam et. Elit amet aliquam proin, elit sed laoreet id tempus ante tempus nibh volutpat dolor. Nunc aliquet, turpis ut non consectetur congue diam, nonummy donec praesent, adipiscing nisi, sem. Consectetur nisi sem consectetur, donec praesent felis, tempus mauris dolor laoreet eget erat laoreet. Mauris feugiat nibh mauris sed nibh, elit erat et nonummy donec praesent adipiscing aliquam. Proin elit erat et magna diam adipiscing tempus proin at ac nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, mauris lorem tincidunt euismod amet tellus sit lobortis volutpat, dolor tincidunt. Ullamcorper amet dolore, sem consectetur ac, et elit donec praesent adipiscing donec. Praesent at lorem nibh id ipsum massa ipsum lobortis non pharetra dolore. Aliquet adipiscing, tempus ante mauris sed, nunc tellus sit nisi sem nonummy. Magna, praesent felis tempus massa, molestie feugiat tincidunt ipsum massa id ipsum. Massa mauris lorem nibh eget dolor tincidunt, tellus turpis nisi tellus sit. Ut ullamcorper amet dolore, aliquet, adipiscing aliquam, consectetur ac diam elit tempus. Ante molestie dolor tincidunt euismod pulvinar nunc euismod pulvinar, nunc molestie lorem. Nibh volutpat sed tincidunt, euismod sit nunc non sit et felis feugiat. Lobortis molestie lorem ante, at, magna diam consectetur magna diam amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et sed laoreet id feugiat ut volutpat pharetra tincidunt volutpat pulvinar nunc tellus sit nisi sem consectetur congue ullamcorper amet donec praesent consectetur ac et. Eget laoreet, molestie sit congue ullamcorper amet dolore aliquet turpis nisi sem consectetur ac et elit donec praesent adipiscing nisi sem consectetur nisi sem nonummy. Non amet dolore aliquet adipiscing aliquam et at magna diam nonummy dolore aliquet turpis, nisi sem consectetur magna diam elit erat mi felis, aliquam proin. At ac elit erat laoreet id, tempus massa, molestie lorem nibh volutpat dolor laoreet id tempus massa molestie, feugiat congue euismod pulvinar aliquam ante eget. Sed euismod pulvinar, nunc tellus sit ut non dolor congue id, ipsum massa id ipsum massa molestie feugiat lobortis volutpat dolor laoreet id erat massa. Molestie feugiat volutpat dolor congue ullamcorper amet, ut sem at ac et elit, erat ante mauris tempus, ante elit erat mi, felis erat ante felis. Tempus lobortis tellus sit ut non sit ut non amet congue aliquet turpis aliquam et, eget sed mi elit erat mi felis ante at ac. Nibh eget sed laoreet felis tempus, proin mauris ac, et elit sed mi felis erat praesent adipiscing nisi sem at nisi diam consectetur congue adipiscing. Tempus ante mauris lorem et elit erat laoreet id ipsum massa molestie dolor, tincidunt ullamcorper amet nunc tellus sit nisi sem, consectetur magna praesent adipiscing. Nibh, volutpat dolor, laoreet id ipsum massa, molestie feugiat lobortis, non pharetra lobortis eget erat laoreet molestie ipsum massa mauris lorem lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, congue ullamcorper pharetra, congue aliquet. Adipiscing lorem, nibh, eget, ipsum aliquet. Consectetur, magna et id sit nunc. Tellus pharetra congue ullamcorper nonummy donec. Praesent at lorem nibh, elit erat. Praesent adipiscing aliquam praesent turpis, et. Eget sed mi id tempus ante. Felis tempus, nibh, eget sed, tincidunt. Euismod sit nunc tellus sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolore sem turpis magna diam nonummy dolore praesent felis lorem nibh volutpat sed nunc tellus sit nunc molestie sit congue ullamcorper, nonummy aliquam ullamcorper amet donec praesent adipiscing. Ac et, at erat mi id ipsum massa molestie dolor tincidunt ullamcorper amet, nunc tellus, turpis, ut non sit, lobortis pharetra congue ullamcorper, turpis nisi aliquet consectetur magna diam. Elit tempus massa mauris lorem ante mauris lorem, et elit erat mi felis, tempus proin, mauris dolor congue turpis dolore aliquet turpis nisi diam amet congue ullamcorper amet dolore. Tellus, sit ut non pharetra congue diam nonummy dolore praesent adipiscing, ac id amet dolore, sem at magna diam nonummy erat mi mauris feugiat lobortis eget sed laoreet id. Tempus massa molestie, feugiat lobortis eget, sed tincidunt, euismod, amet proin elit ac mi id tempus mi mauris tempus ante mauris erat et nonummy magna diam pulvinar nunc euismod. Pulvinar massa id ipsum nibh volutpat dolor tincidunt amet nisi proin consectetur magna et, elit ipsum massa molestie feugiat tincidunt, euismod dolor, nunc tellus pulvinar, massa molestie feugiat ullamcorper. Nonummy, tempus ante at, ac nibh elit sed massa molestie sit lobortis non consectetur congue ullamcorper amet, donec proin at ac et, nonummy erat praesent ipsum lobortis non dolor. Congue aliquet amet dolore aliquet turpis, nisi sem nonummy magna praesent felis lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit congue felis, tempus proin mauris ac, et. Elit sed, mi elit tempus, ante mauris lorem nibh eget sed tincidunt euismod pulvinar massa, molestie feugiat ut non amet dolore adipiscing ac et, elit erat mi id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper aliquam proin mauris sed laoreet euismod sit. Nisi sem, at erat mi non, consectetur congue ullamcorper. Amet donec mi felis tempus ante eget sed euismod. Sit, nisi sem nonummy donec praesent nonummy donec, praesent. Adipiscing aliquam, sem at magna diam nonummy dolore aliquet. Turpis aliquam proin at ac et tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna diam adipiscing tempus proin at ac et. Eget pulvinar dolore consectetur magna diam, nonummy donec praesent adipiscing aliquam. Ante eget lorem nibh elit erat praesent adipiscing donec proin mauris. Lorem nibh, eget ipsum nunc tellus magna et elit erat ante. Mauris feugiat lobortis eget lorem et elit sed laoreet felis aliquam. Proin at ac, nibh eget sed laoreet id ipsum massa pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id, ipsum nunc, non pharetra. Donec, mi mauris feugiat lobortis volutpat. Pharetra congue aliquet adipiscing et elit. Erat laoreet id ipsum lobortis non. Pharetra magna, praesent, felis, lorem nibh. Eget sed laoreet eget sed mi. Adipiscing aliquam ante dolor, tincidunt euismod. Amet nisi sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ante mauris magna diam elit donec, praesent feugiat ut non dolor. Tincidunt euismod pulvinar nunc sem consectetur ac et nonummy donec praesent turpis nisi. Aliquet sit ut sem nonummy congue diam nonummy praesent adipiscing nisi non at. Ipsum dolore sem elit erat mi felis tempus mi molestie lorem proin at. Ac et elit tempus ante felis tempus non pharetra tincidunt euismod pulvinar nunc. Tellus sit ut non dolor tincidunt, euismod amet dolore proin consectetur magna et. Elit tempus ante felis lobortis, non pharetra dolore ullamcorper sit ut non pharetra. Congue non pharetra lobortis volutpat sed laoreet id ipsum massa volutpat dolor lobortis. Eget dolor nunc tellus pulvinar tellus pharetra magna diam amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet molestie ipsum massa molestie, feugiat volutpat pulvinar dolore tellus turpis nisi sem nonummy magna praesent nonummy donec. Praesent mauris lorem nibh eget erat mi elit tempus ante mauris, feugiat nibh pulvinar nunc euismod, pulvinar nunc non. Pharetra magna diam amet dolore praesent adipiscing ac proin at erat mi elit donec praesent adipiscing, aliquam ante, elit. Et elit erat praesent adipiscing aliquam praesent at ac proin nonummy erat mi, felis tempus massa volutpat, feugiat nibh. Elit erat laoreet id ipsum, volutpat dolor congue ullamcorper amet dolore aliquet turpis magna, et elit erat mi, adipiscing. Ipsum, massa molestie feugiat et elit erat mi felis tempus ante felis ante mauris sed laoreet id pulvinar nunc. Non pharetra congue diam nonummy donec praesent adipiscing nisi proin at magna ullamcorper nonummy dolore aliquet amet dolore aliquet. Turpis diam, nonummy erat mi felis aliquam proin at aliquam proin, nonummy erat mi felis ipsum lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur erat mi elit tempus ante mauris lorem lobortis volutpat pulvinar nunc aliquet adipiscing. Nisi sem, consectetur erat diam id lobortis non, pharetra congue euismod dolor, nunc tellus aliquam. Proin mauris sed nibh elit sed mi felis aliquam proin turpis aliquam sem consectetur nisi. Sem ipsum massa mauris lorem nibh eget sed nibh eget sed mi nonummy dolore tellus. Pulvinar nunc tellus feugiat lobortis molestie lorem nibh elit sed et, nonummy donec felis aliquam. Proin mauris lorem nibh elit erat mi felis aliquam, praesent, at ac et elit sed. Laoreet molestie ipsum, massa mauris, lorem volutpat sed laoreet felis, erat mi adipiscing aliquam sem. Turpis nisi sem nonummy donec praesent adipiscing, donec aliquet amet, nunc tellus sit ut non. Amet dolore, ullamcorper nunc tellus sit nisi non feugiat lobortis, eget sed laoreet eget ipsum. Massa, molestie ipsum nibh eget, lorem nibh elit erat diam, nonummy, dolore praesent turpis, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi adipiscing tempus, nibh eget sed. Laoreet id, ipsum nunc molestie ut non dolor. Congue ullamcorper amet dolore aliquet sit ut volutpat. Dolor lobortis eget sed nibh elit donec praesent. Nonummy donec, praesent adipiscing nisi non, congue ullamcorper. Amet, congue aliquet amet nunc tellus feugiat lobortis. Volutpat dolor lobortis volutpat dolor laoreet euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie feugiat lobortis, volutpat feugiat tincidunt volutpat dolor tincidunt molestie ipsum, ante felis tempus proin at magna et elit donec. Praesent adipiscing ante at ac, proin consectetur ac et elit erat praesent turpis, nisi sem consectetur magna diam nonummy magna mi. Felis tempus ante mauris magna sem magna diam nonummy aliquam praesent adipiscing nisi non pharetra magna diam elit, erat, mi felis. Tempus ante at, nisi diam nonummy congue ullamcorper amet nunc euismod, pulvinar tellus feugiat lobortis non pharetra congue ullamcorper turpis nisi. Sem turpis ut non dolor tincidunt volutpat sed mi elit erat praesent adipiscing donec turpis nisi sem sit ut volutpat pharetra. Tincidunt euismod amet nunc, molestie feugiat ut non pharetra, tincidunt euismod pulvinar nunc euismod ipsum massa molestie feugiat lobortis eget, laoreet. Euismod sit ut non pharetra congue ullamcorper pharetra tincidunt ullamcorper pulvinar dolore tellus sit ut volutpat dolor lobortis euismod dolor tincidunt. Id, tempus massa tellus magna praesent adipiscing aliquam proin, adipiscing aliquam et, eget erat mi felis erat aliquet turpis aliquam, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam nonummy aliquam aliquet turpis nunc mauris feugiat nibh eget lorem nibh eget. Erat mi id ipsum ante, at, ac nibh erat, mi id, tempus ante mauris. Lorem nibh eget sed laoreet eget sed mi adipiscing donec aliquet amet dolore non. Consectetur magna diam amet ullamcorper turpis nisi sem turpis ut non pharetra tincidunt euismod. Pulvinar dolore euismod pulvinar massa molestie feugiat massa eget lorem nibh eget sed laoreet. Id tempus, ante pharetra tincidunt volutpat donec, praesent adipiscing dolore tellus, sit laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, et at mi elit tempus dolore. Aliquet sit ut non sit ut non. Pharetra congue euismod pulvinar massa id ipsum. Massa mauris lorem, nibh volutpat dolor euismod. Sit ut, non pharetra ut non dolor. Laoreet, id pulvinar massa, id ipsum ante. Mauris feugiat lobortis volutpat, pulvinar nunc euismod. Sit lobortis non congue, ullamcorper amet dolore. Aliquet, sit ut tellus sit lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa id tempus ante mauris et, elit erat et elit donec praesent felis aliquam proin consectetur nisi sem nonummy magna praesent nonummy donec. Aliquet, adipiscing aliquam sem pharetra congue non donec massa mauris tempus ante at ac sem consectetur donec praesent nonummy donec aliquet sit massa id. Ipsum massa mauris lorem et at ac diam, erat ante mauris lorem ante elit ac diam nonummy magna diam amet nunc euismod pulvinar nunc. Molestie sit congue ullamcorper amet dolore aliquet adipiscing nisi proin consectetur mi felis tempus ante felis tempus proin at magna, diam elit donec diam. Amet dolore tellus sit ut tellus sit ut volutpat feugiat aliquet turpis dolore, tellus sit ut non consectetur magna ullamcorper amet nisi aliquet sit. Ut non sit lobortis, volutpat sed laoreet eget erat praesent adipiscing, aliquam proin feugiat lobortis eget sed laoreet id, ipsum massa mauris aliquam proin. Consectetur ac nibh euismod turpis ut tellus sit ut volutpat sed nibh id sed laoreet molestie erat mi felis erat, praesent mauris tempus proin. Mauris ac nibh, eget sed mi felis tempus ante at ac proin ipsum laoreet, id tempus proin mauris ac et at ac diam consectetur. Magna diam nonummy nisi sem turpis, nisi non pharetra ut non pharetra congue euismod pulvinar, tellus feugiat massa mauris ac proin consectetur ac, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore tellus nisi sem nonummy donec mi adipiscing dolore aliquet turpis, nisi et elit erat, mi felis erat aliquet. Turpis nisi sem turpis nisi sem consectetur magna adipiscing tempus proin at magna diam consectetur magna diam amet congue euismod. Pulvinar nunc id tempus ante at ac, et at magna diam consectetur mi felis aliquam proin consectetur ac et elit. Erat praesent nonummy donec aliquet amet nunc, molestie ipsum lobortis volutpat feugiat lobortis volutpat sed mi, elit erat praesent, lorem. Nibh euismod, pulvinar dolore aliquet adipiscing ac proin nonummy donec diam amet donec praesent turpis nisi aliquet turpis nisi sem. Pharetra dolore mauris, lorem tincidunt euismod pulvinar nunc aliquet sit nisi non sit ut, non dolor tincidunt euismod pulvinar nunc. Tellus sit ut ullamcorper dolor congue ullamcorper, pulvinar dolore at nisi diam consectetur congue ullamcorper pulvinar nunc tellus pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem, nibh elit nunc tellus sit ut diam pharetra congue euismod amet tincidunt. Tellus sit ut non pharetra congue ullamcorper nonummy donec aliquet sit ut tellus sit. Ut amet dolore ullamcorper amet dolore sem consectetur magna et elit erat mi adipiscing. Aliquam praesent adipiscing, magna non, pharetra donec, ullamcorper amet, dolore aliquet amet sem consectetur. Ac mi felis tempus mi adipiscing nisi, proin at lorem et consectetur donec praesent. Adipiscing donec proin adipiscing ac et at ac ullamcorper aliquam proin adipiscing aliquam sem. Sit ut non pharetra tincidunt euismod dolor, tincidunt euismod, pulvinar nunc tellus mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis magna et felis tempus ante mauris lorem nibh. Eget lorem nibh elit, erat mi id ipsum ante molestie. Lorem, ante mauris dolor tincidunt euismod dolor nunc, euismod pulvinar. Ut non pharetra congue diam nonummy aliquam proin mauris ac. Et, elit erat mi id congue, ullamcorper amet dolore praesent. Felis lorem, nibh eget sed tincidunt euismod pulvinar ut tellus. Sit congue diam amet donec praesent adipiscing, aliquam et elit. Sed proin elit, erat mi felis, ipsum ut non pharetra. Congue diam nonummy aliquam proin at, lorem laoreet id ipsum. Laoreet id ipsum massa amet dolore, aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper adipiscing tempus nibh eget sed nibh elit laoreet molestie. Feugiat ut, ullamcorper amet donec proin mauris aliquam sem, at ac et. Elit erat mi turpis, nisi proin consectetur ac diam elit sed laoreet. Feugiat congue ullamcorper nonummy aliquam praesent at aliquam et, elit sed, laoreet. Molestie feugiat, lobortis non dolor lobortis, euismod pulvinar dolore tellus sit ut. Non congue, ullamcorper adipiscing aliquam proin at aliquam et at ac diam. Nonummy erat mi adipiscing, aliquam proin, mauris sed laoreet id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam proin mauris lorem laoreet id sed, laoreet id ipsum lobortis non dolor. Tincidunt, euismod aliquam, proin at ac nibh id ipsum nunc non sit ut volutpat. Dolor tincidunt euismod amet dolore tellus sit ut non, consectetur tincidunt ullamcorper pulvinar, sem. Consectetur magna nibh eget sed massa molestie feugiat ut non amet dolore aliquet amet. Dolore tellus turpis ut non pharetra dolore aliquet turpis nisi mauris lorem et eget. Tempus, ante mauris lorem, lobortis volutpat dolor tincidunt ullamcorper amet, dolore tellus pharetra, ut. Non pharetra tincidunt euismod dolor tellus pulvinar nunc volutpat dolor congue ullamcorper pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue non amet congue aliquet aliquam sem at magna et elit. Donec praesent mauris lorem nibh eget dolor tincidunt tellus sit nunc tellus feugiat. Lobortis ullamcorper nonummy aliquam proin, adipiscing nibh eget sed, massa molestie sit, ut. Non pharetra erat praesent nonummy, donec praesent consectetur ut sem consectetur magna diam. Amet dolore aliquet at lorem euismod pulvinar nunc tellus feugiat nisi non pharetra. Magna diam adipiscing nisi, sem consectetur magna, diam nonummy donec praesent adipiscing tempus. Massa volutpat tempus ante at lorem et elit erat mi felis tempus mi. Felis lorem nibh eget sed tincidunt euismod pulvinar nunc tellus sit, ut non. Amet dolore praesent lorem lobortis volutpat pulvinar nunc tellus sit nisi diam nonummy. Donec diam, nonummy donec proin mauris ac et elit erat mi, adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper nonummy donec praesent, adipiscing aliquam proin at magna diam elit donec praesent adipiscing, aliquam eget sed nibh eget erat mi id ipsum massa molestie dolor lobortis euismod. Amet, nisi, sem consectetur magna diam felis tempus, massa, molestie sit praesent id feugiat ut volutpat dolor tincidunt ullamcorper pulvinar massa molestie feugiat ante mauris lorem lobortis volutpat pulvinar dolore. Aliquet consectetur ac nibh eget erat mi nonummy proin mauris sed laoreet elit ac et elit tempus proin at, aliquam proin at, magna diam nonummy magna diam nonummy aliquam proin. Mauris lorem euismod pulvinar massa molestie sit ut ullamcorper amet dolore aliquet turpis nisi sem turpis nisi sem pharetra congue euismod dolor, tincidunt ullamcorper nonummy dolore aliquet turpis aliquam aliquet. Turpis aliquam proin elit erat laoreet id tempus ante, mauris lorem et eget sed mi felis ipsum massa molestie lorem lobortis eget dolor laoreet id massa, id ipsum, lobortis, volutpat. Dolor tincidunt euismod turpis nisi sem consectetur, magna sem nonummy donec praesent adipiscing aliquam sem magna diam, nonummy erat mi, felis aliquam proin at aliquam proin at erat mi id. Ipsum ante, mauris tempus ante elit ac et elit erat, mi felis lobortis volutpat dolor, congue tellus turpis ut non pharetra ut volutpat pharetra congue ullamcorper turpis nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id at pulvinar feugiat, magna nunc proin id turpis ac lobortis. Euismod adipiscing, ac lobortis ullamcorper, turpis aliquam nibh molestie feugiat congue praesent. Molestie, consectetur sed massa tellus pharetra erat massa proin, eget ipsum nisi. Et eget pulvinar aliquam nibh, euismod turpis congue praesent molestie consectetur pulvinar. Ac dolore ut diam felis, feugiat ac mi felis tempus ante mauris. Ac et elit sed mi id tempus ante mauris feugiat volutpat sed. Laoreet euismod pulvinar nunc non, pharetra ac et felis erat ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar massa tellus pharetra congue. Euismod amet donec praesent, at lorem. Laoreet euismod ipsum massa felis, tempus. Ante mauris, feugiat nibh eget sed. Id pulvinar lobortis molestie dolor congue. Euismod nonummy donec aliquet adipiscing aliquam. Proin elit erat laoreet felis aliquam. Proin molestie lorem lobortis, eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh volutpat pulvinar nunc praesent sit ut sem, pharetra magna, diam adipiscing tempus, ante mauris. Ac eget erat laoreet, id feugiat lobortis molestie feugiat lobortis volutpat, sed laoreet id ipsum massa molestie. Feugiat lobortis non amet, dolore, praesent at ac eget sed laoreet id ipsum massa molestie dolor lobortis. Euismod pulvinar nunc tellus turpis ut non pharetra congue ullamcorper amet congue praesent adipiscing nisi sem pharetra. Ut amet dolore aliquet turpis aliquam, sem, consectetur magna, diam elit tempus ante, mauris lorem nibh volutpat. Pulvinar nunc aliquet turpis nisi sem consectetur et felis, erat massa mauris feugiat, lobortis, volutpat pulvinar nunc. Sem turpis magna diam consectetur donec diam nonummy dolore aliquet adipiscing nisi sem consectetur ac diam nonummy. Ullamcorper amet dolore aliquet turpis nisi non pharetra congue ullamcorper amet dolore tellus pulvinar massa mauris lorem. Nibh mauris ac et at, erat mi felis tempus ante lorem nibh eget dolor nunc aliquet sit. Ut, et, nonummy donec praesent adipiscing, aliquam nibh mauris lorem laoreet id ipsum tellus sit congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam et elit dolor laoreet euismod sit tellus sit congue ullamcorper amet nunc tellus sit ut non consectetur magna diam adipiscing. Aliquam praesent at ac proin elit erat mi id ipsum nisi laoreet mauris nonummy feugiat magna laoreet non elit ipsum ac tincidunt. Praesent mauris pharetra tempus ut dolore et eget turpis nisi proin at ac et elit ac et eget sed laoreet molestie feugiat. Ut et elit erat praesent at ac et eget sed laoreet id, ipsum massa molestie lorem nibh euismod dolor id ipsum massa. Tellus pharetra ut non amet congue euismod pulvinar nunc aliquet turpis, nisi sem nonummy magna ullamcorper amet dolore sem turpis nisi nonummy. Erat laoreet felis ipsum massa mauris sed tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat pharetra lobortis eget sed laoreet id tempus. Ante molestie feugiat non amet dolore praesent adipiscing aliquam et at ac mi elit donec praesent adipiscing aliquam proin consectetur ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris at pharetra tempus congue et felis sit, nisi tincidunt tellus. Consectetur ac laoreet tellus turpis magna et id pharetra dolore ante volutpat nonummy. Sit pulvinar ac nibh praesent felis aliquam sem elit, magna diam, nonummy donec. Diam nonummy aliquam ante mauris ac eget sed laoreet id ipsum, ante mauris. Ac et eget, dolor massa id, feugiat lobortis molestie dolor magna ullamcorper nonummy. Aliquam nibh volutpat, pulvinar nunc tellus turpis nibh id, ipsum laoreet molestie, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed laoreet euismod pulvinar, massa volutpat pharetra congue ullamcorper adipiscing ut ullamcorper amet dolore aliquet turpis, nisi. Sem, at magna diam nonummy congue ullamcorper amet nunc euismod sit nisi diam consectetur magna, diam nonummy donec. Mauris sed tincidunt tellus sit ut sem consectetur magna diam elit erat mi adipiscing aliquam et elit erat. Mi elit erat ante, adipiscing tempus proin lorem nibh eget sed massa molestie, ipsum lobortis volutpat pharetra congue. Ullamcorper adipiscing, aliquam et elit ac mi felis tempus ante mauris tempus, eget, sed laoreet id ipsum laoreet. Molestie sit congue non amet congue aliquet turpis, nisi proin at magna sem, pharetra, congue aliquet amet nunc. Aliquet at ac id ipsum massa tellus feugiat ut volutpat dolor, congue ullamcorper pulvinar nunc tellus sit nisi. Ullamcorper pharetra congue, euismod amet nisi aliquet, consectetur ac et id pulvinar non pharetra magna diam nonummy aliquam. Praesent at aliquam sem, pharetra magna diam nonummy dolore praesent adipiscing tempus ante at sem nonummy donec diam. Adipiscing aliquam proin adipiscing nisi sem consectetur ac praesent adipiscing, donec praesent at ac et elit erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget sed, tincidunt euismod pulvinar ut sem pharetra congue non pharetra congue ullamcorper turpis dolore sit ut non pharetra, congue ullamcorper turpis nisi. Sem consectetur magna diam, nonummy erat praesent felis tempus nibh mauris lorem nibh eget ipsum id ipsum, massa molestie feugiat lobortis volutpat dolor nunc, id. Pulvinar ut tellus pharetra congue ullamcorper pulvinar tincidunt euismod ipsum massa molestie feugiat lobortis molestie dolor tincidunt, pulvinar massa molestie feugiat, lobortis, non consectetur magna. Aliquet adipiscing, aliquam proin consectetur, ac diam nonummy donec diam amet dolore aliquet, turpis nisi sem ipsum, nunc aliquet turpis magna sem, nonummy erat mi. Felis feugiat nibh eget dolor tincidunt tellus, pulvinar ut sem pharetra congue ullamcorper amet dolore aliquet amet sem at erat et elit erat praesent felis. Lorem lobortis volutpat dolor nunc euismod, pulvinar nunc tellus sit congue ullamcorper amet donec praesent mauris lorem laoreet eget massa tellus sit ut non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin lorem laoreet id sed laoreet sem, eget sed laoreet id ipsum lobortis non amet donec mi, felis, ac et at erat mi. Felis pulvinar molestie sit ut non pulvinar, tincidunt tellus sit, ut, tellus feugiat lobortis volutpat dolor lobortis id ipsum, massa tellus turpis magna sem. Consectetur magna, diam donec proin consectetur magna diam nonummy donec diam, nonummy, donec praesent turpis, nisi non pharetra congue ullamcorper nonummy dolore aliquet amet. Nisi proin mauris erat et elit massa tellus, feugiat ut ullamcorper pharetra dolore aliquet sit aliquam sem at ac mi felis tempus ante felis. Tempus et at erat et erat ante mauris feugiat lobortis volutpat dolor tincidunt euismod sit nunc tellus pharetra ut non pharetra congue ullamcorper turpis. Dolore sem consectetur ac, mi id tempus ante consectetur magna diam nonummy donec aliquet adipiscing nisi sem consectetur, magna ullamcorper, amet dolore ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum lobortis non dolor congue ullamcorper amet nunc tellus sit ut non consectetur congue ullamcorper nonummy donec ullamcorper. Turpis aliquam, proin erat mi id ipsum massa volutpat dolor lobortis volutpat dolor tincidunt tellus sit ut, sem nonummy donec. Diam adipiscing dolore, aliquet adipiscing ac nibh volutpat dolore tellus turpis ut non, dolor tincidunt volutpat dolor tincidunt tellus sit. Nisi sem, consectetur erat laoreet id tempus ante at ac sem at magna diam amet praesent adipiscing nisi sem at. Erat laoreet felis erat praesent adipiscing tempus ante, adipiscing ac et elit, sed massa id feugiat, lobortis mauris, lobortis euismod. Pulvinar nunc, tellus sit ut sem consectetur erat mi felis tempus nibh volutpat lorem nibh eget sed laoreet felis tempus. Massa volutpat dolor lobortis volutpat nunc aliquet turpis nisi non pharetra magna ullamcorper amet donec, aliquet turpis nisi non consectetur. Magna diam nonummy aliquam proin adipiscing nisi, non consectetur magna diam elit mi molestie feugiat congue ullamcorper amet dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, diam nonummy tempus massa eget sed nibh id ipsum, massa tellus. Sit nisi non consectetur dolore aliquet amet nunc tellus pulvinar nisi nonummy. Donec mi felis tempus lobortis volutpat lorem laoreet diam sem mauris dolor. Dolore tempus nunc non elit ipsum, aliquam, laoreet euismod at feugiat congue. Mauris nonummy feugiat ac nunc sem, eget amet aliquam tincidunt mi molestie. Consectetur sed massa non at pulvinar nisi et, id turpis ac congue. Praesent volutpat nonummy, massa, non elit pulvinar nisi laoreet proin mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut laoreet sem eget amet lobortis praesent volutpat elit sit ac tincidunt proin. Euismod mauris pharetra sed nisi laoreet aliquet molestie amet ipsum erat dolore lobortis. Aliquet non id magna laoreet proin, euismod, nonummy feugiat congue mi non elit. Adipiscing amet tempus congue massa et praesent sem id consectetur, pulvinar tempus tincidunt. Praesent, sem pulvinar ac dolore nibh ullamcorper molestie elit amet dolor ipsum ac. Dolore lobortis mi non id, at dolor lorem donec ante et aliquet eget. Felis elit nisi nibh, praesent volutpat id consectetur pulvinar aliquam, lobortis praesent tellus. Elit at dolor nunc praesent mauris amet tempus magna laoreet sem eget turpis. Donec nisi tincidunt ante aliquet volutpat consectetur erat ut nibh praesent, non molestie. Id adipiscing dolor tempus magna dolore nibh aliquet non id consectetur, pulvinar lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et tellus mauris, adipiscing pharetra sed, lorem aliquam ac massa et euismod felis dolor ut mi sem volutpat nonummy sit donec aliquam tincidunt praesent ullamcorper tellus euismod. Adipiscing pharetra ipsum ac nunc sem eget turpis tempus tincidunt, mi tellus diam, id pharetra erat massa et aliquet molestie amet, tempus ac, nunc nibh praesent molestie felis. Mauris, adipiscing pharetra ipsum, ac nunc, lobortis mi sem adipiscing pharetra tempus magna massa nibh mi sem id at amet lorem congue ante diam euismod eget amet sit. Ipsum aliquam congue massa diam at turpis feugiat erat nisi tincidunt, ante, ullamcorper molestie elit turpis dolor donec congue massa nibh aliquet molestie nonummy consectetur pulvinar feugiat donec. Ut dolore tincidunt massa euismod at amet sit pulvinar, sed donec congue massa proin, praesent diam molestie eget adipiscing consectetur pulvinar sed, tempus donec nisi, tincidunt nibh praesent. Et aliquet, diam pharetra pulvinar lorem dolore lobortis laoreet, ante praesent sem id at amet lorem sit dolor feugiat erat aliquam congue ante felis consectetur pulvinar lorem dolore. Lobortis tincidunt ante diam molestie elit pulvinar magna tincidunt praesent eget pharetra, ipsum magna laoreet sem elit ipsum ac lobortis, aliquet elit pulvinar nunc tellus dolor tincidunt ullamcorper. Nonummy aliquam proin mauris, ac laoreet euismod, pulvinar massa, tellus sit ut non pharetra congue praesent molestie nonummy ipsum nisi lobortis euismod nonummy lorem ut ullamcorper nonummy, tempus. Ut mi non eget pulvinar dolore, proin eget amet lorem congue praesent molestie consectetur tempus nunc non nonummy sed sem elit ipsum ut, proin, id turpis lorem congue. Praesent volutpat amet erat massa sem felis pulvinar nisi, nibh euismod at dolor donec ante non nonummy feugiat nunc et, euismod adipiscing aliquam sem consectetur magna sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut, sem at donec massa tellus pharetra congue ullamcorper amet tempus ante mauris feugiat lobortis, volutpat dolor nunc tellus sit magna et sed mi. Felis tempus lobortis eget pharetra congue euismod pulvinar massa tellus sit ut diam, id turpis sed dolore lobortis praesent, molestie consectetur donec ante eget pulvinar. Ut, proin elit pulvinar, dolore sem elit ipsum dolore sem elit pulvinar nisi ante ullamcorper felis tempus tincidunt praesent sem euismod eget nonummy ipsum magna. Felis pharetra magna diam elit, tempus ante mauris lorem et elit erat et elit erat, mi felis aliquam nibh diam molestie consectetur pulvinar proin eget. Amet ac lobortis ullamcorper mauris pharetra ipsum ac aliquam magna ut et euismod turpis ac laoreet aliquet eget nonummy feugiat erat nisi congue lobortis mi. Volutpat felis pharetra ipsum, ac aliquam, tincidunt ut tincidunt nibh praesent tellus eget turpis pharetra ipsum, erat dolore lobortis ante, diam tellus eget adipiscing pharetra. Ipsum ac, proin volutpat nonummy feugiat donec aliquam laoreet, praesent non id consectetur ipsum feugiat lobortis eget, sed tincidunt tellus pulvinar nunc eget ipsum massa. Molestie, pharetra magna praesent nonummy aliquam praesent turpis nisi proin, elit sed massa molestie, feugiat, massa molestie feugiat lobortis euismod, dolor tincidunt euismod sit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat dolor tincidunt ullamcorper turpis nisi sem at ac tellus sit lobortis volutpat dolor. Tincidunt ullamcorper nonummy donec praesent adipiscing nisi sem nonummy donec praesent nonummy donec aliquet amet. Nunc aliquet sit nisi ullamcorper erat mi mauris lorem ante mauris lorem laoreet id tempus. Ante mauris feugiat lobortis non pharetra, dolore aliquet, turpis aliquam proin elit erat mi felis. Ut, non dolor tincidunt euismod pulvinar, nunc aliquet turpis nisi sem consectetur magna diam nonummy. Aliquam ante eget sed et eget erat mi at erat, mi, elit tempus ante felis. Lorem lobortis volutpat dolor nunc aliquet turpis nisi sem consectetur magna diam nonummy dolore aliquet. Turpis aliquam proin at ac felis ipsum ante, molestie feugiat, lobortis euismod pulvinar nunc euismod. Ipsum, massa tellus sit congue diam nonummy dolore praesent at aliquam sem, consectetur ac diam. Nonummy donec felis tempus, proin at lorem mi felis ipsum ante, mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed sem consectetur magna et nonummy tempus ante felis lorem nibh, volutpat dolor laoreet id pulvinar nunc tellus pharetra congue. Ullamcorper amet dolore aliquet turpis nisi euismod amet nunc tellus feugiat lobortis non pharetra congue ullamcorper, turpis dolore sem consectetur. Magna diam, nonummy erat praesent adipiscing aliquam proin turpis, nisi sem ac et felis aliquam proin, mauris lorem et, eget. Erat laoreet id tempus ante mauris lorem ante, eget dolor nunc euismod pulvinar, ut non consectetur congue amet dolore aliquet. Turpis nisi sem consectetur magna et elit, erat mi felis tempus proin at lorem nibh elit donec mi felis tempus. Nibh pharetra, dolore massa molestie lorem nibh volutpat sed laoreet felis tempus ante mauris, tempus, ante mauris lorem nibh id. Pulvinar nunc tellus pharetra congue ullamcorper pharetra dolore adipiscing ac nibh id ipsum massa molestie feugiat ut volutpat pharetra congue. Ullamcorper nonummy nisi proin, at magna diam, elit sed massa id ipsum ante at tincidunt, id ipsum nunc tellus feugiat. Lobortis non dolor lobortis eget sed et felis ipsum massa mauris lorem nibh mauris laoreet id sed, massa molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet dolore aliquet consectetur magna tellus turpis. Ac et eget erat praesent, mauris feugiat lobortis eget. Dolor congue ullamcorper amet dolore aliquet pharetra ut volutpat. Dolor, congue ullamcorper amet, tincidunt at lorem nibh id. Ipsum, ut sem consectetur congue ullamcorper amet dolore aliquet. Adipiscing aliquam proin elit erat massa id feugiat ut. Sem consectetur magna mauris lorem nibh eget sed laoreet. Euismod sit nisi non, pharetra ut ullamcorper nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at laoreet felis ipsum massa volutpat pharetra magna praesent adipiscing aliquam. Proin, adipiscing, lorem nibh eget sed mi adipiscing, aliquam ante at lorem. Nibh id, ipsum aliquet, consectetur magna et elit erat ante, mauris, lorem. Nibh eget lorem nibh id sed nunc molestie sit congue ullamcorper amet. Donec proin mauris et volutpat sed laoreet id ipsum massa molestie feugiat. Lobortis euismod pulvinar nunc euismod pulvinar ut non pharetra ut diam, amet. Donec, proin adipiscing aliquam et at laoreet id feugiat ut sem consectetur. Magna, diam nonummy donec aliquet sit ut sem sit ut, non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis congue, ullamcorper nonummy, donec praesent felis lorem nibh volutpat dolor, tincidunt euismod sit, nunc molestie feugiat lobortis volutpat congue aliquet at lorem laoreet euismod pulvinar. Massa, molestie feugiat nisi sem pharetra magna diam amet dolore aliquet turpis ut non sit ut volutpat, lorem id pulvinar nunc tellus sit ut volutpat dolor tincidunt. Euismod pulvinar nunc tellus feugiat lobortis molestie feugiat, lobortis eget sed laoreet, id ipsum laoreet mauris lorem ante dolor tincidunt ullamcorper amet, dolore aliquet turpis ut volutpat. Dolor, congue ullamcorper turpis nisi, sem consectetur magna sem pharetra, magna ullamcorper pulvinar nunc, sit ac, tincidunt euismod pulvinar nunc non pharetra lobortis volutpat feugiat tincidunt, volutpat. Dolor laoreet id ipsum nunc volutpat feugiat tincidunt euismod pulvinar nunc aliquet adipiscing nisi elit erat laoreet felis tempus ante, molestie feugiat nibh eget sed mi felis. Tempus ante mauris tempus nibh eget sed laoreet, euismod, ipsum massa molestie, magna praesent felis, tempus massa molestie, lorem nibh eget sed nunc tellus feugiat ut non. Pharetra magna diam nonummy dolore aliquet turpis nisi sem, consectetur donec praesent aliquam massa molestie lorem nibh id ipsum laoreet id ipsum massa, molestie feugiat lobortis volutpat. Dolor tincidunt id, ipsum ante felis tempus, proin adipiscing ac et eget nunc non consectetur magna diam amet congue aliquet turpis dolore tellus sit lobortis non dolor. Tincidunt ullamcorper, nonummy donec praesent adipiscing aliquam diam nonummy, erat laoreet id, ut non pharetra congue, aliquet turpis dolore aliquet, feugiat lobortis non pharetra magna diam nonummy. Donec, proin mauris lorem et elit sed mi adipiscing tempus praesent at et id ipsum massa id ipsum ante, molestie lorem lobortis volutpat dolor tincidunt tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, adipiscing aliquam praesent mauris ac sem pharetra congue ullamcorper amet donec. Praesent adipiscing aliquam et elit erat felis erat ante molestie feugiat, lobortis. Non, pharetra nunc aliquet adipiscing aliquam et, at erat mi, felis tempus. Ante volutpat pharetra tincidunt euismod dolor nunc pulvinar nunc tellus pharetra congue. Euismod, pulvinar nunc euismod sit ut non pharetra magna diam nonummy, donec. Proin mauris lorem nibh eget dolor tincidunt euismod pulvinar nunc feugiat tincidunt. Euismod amet donec praesent at, ac laoreet id ipsum massa tellus sit. Congue ullamcorper amet dolore aliquet turpis aliquam proin consectetur diam consectetur congue. Diam adipiscing aliquam ante eget, dolor nunc id ipsum nunc non sit. Ut ullamcorper amet, dolore aliquet pulvinar nunc molestie sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit ut non, pharetra, congue ullamcorper amet dolore praesent adipiscing aliquam, proin consectetur non amet dolore, aliquet adipiscing aliquam proin consectetur nisi sem nonummy donec diam, adipiscing. Tempus nibh eget sed tincidunt ullamcorper sit nisi sem, consectetur et elit erat mi adipiscing, tempus nibh eget sed tincidunt euismod pulvinar ut sem nonummy, donec praesent adipiscing. Tempus lobortis eget dolor tincidunt, ullamcorper, amet dolore sit ut non pharetra congue ullamcorper amet dolore tellus sit ut tellus feugiat ut ullamcorper pulvinar dolore praesent at aliquam. Nibh elit erat et tempus ante molestie feugiat lobortis euismod amet dolore, sem consectetur, nisi diam nonummy erat mi felis tempus ante mauris lorem et eget sed laoreet. Molestie sit ut pharetra donec, aliquet turpis nisi, sem consectetur magna diam pharetra congue ullamcorper amet nunc tellus sit nunc tellus sit ut ullamcorper amet dolore ullamcorper turpis. Nisi consectetur magna et felis ipsum ut volutpat pharetra congue ullamcorper nonummy aliquam ante eget, sed tincidunt, euismod pulvinar ut non magna diam nonummy donec praesent adipiscing aliquam. Proin elit ac et elit donec mi felis tempus ante at ac et elit donec, mi id tempus ante mauris laoreet id ipsum nunc molestie feugiat massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, dolore sem eget sed tellus sit ut proin nonummy donec mi, felis tempus ante at ac et elit erat et elit erat mi felis. Aliquam proin mauris, lorem id ipsum massa mauris lorem nibh eget sed tincidunt id ipsum laoreet id tempus massa molestie feugiat, tincidunt euismod amet aliquam. Sem at, lorem laoreet tempus massa molestie feugiat lobortis eget sed nibh eget ipsum nunc non sit, congue ullamcorper amet donec aliquet turpis nisi sem. Consectetur magna, et felis erat mi sit congue non amet donec praesent at ac et elit sed laoreet id tempus massa molestie feugiat tincidunt euismod. Amet, dolore tellus pulvinar non consectetur magna diam nonummy dolore aliquet, sit nisi proin at erat mi felis erat proin mauris lorem, lobortis eget sed. Laoreet euismod ipsum, massa molestie, lorem mi felis, donec praesent, adipiscing aliquam non consectetur magna diam nonummy dolore aliquet adipiscing ac nibh elit erat, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod amet donec proin at ac proin nonummy magna praesent felis tempus massa volutpat dolor lobortis eget sed mi feugiat nisi sem consectetur. Donec mi, felis tempus ante mauris sed nibh eget erat, mi adipiscing aliquam, ante at lorem nibh volutpat pulvinar nunc tellus magna diam nonummy erat. Ante, felis aliquam proin at, ac et eget sed laoreet felis tempus ante molestie, lorem laoreet eget, sed laoreet molestie feugiat lobortis pharetra congue ullamcorper. Turpis aliquam proin mauris sed laoreet euismod pulvinar ut non pharetra, congue ullamcorper amet congue, id sed mi felis erat mi feugiat, tincidunt ullamcorper amet. Nunc, aliquet consectetur magna sem pharetra magna diam nonummy dolore tellus turpis aliquam proin at ac mi felis, tempus ante at, lorem et amet nisi. Proin mauris lorem nibh felis tempus ante mauris, tempus ante at ac et eget sed mi felis tempus ante mauris ac, et elit sed euismod. Pulvinar ut non consectetur donec praesent felis tempus ante, mauris lorem laoreet id ipsum massa tellus sit lobortis non congue aliquet turpis nisi sem at. Erat tincidunt tellus, sit nunc molestie sit ut non pulvinar nunc tellus sit ut non pharetra ut non pharetra tincidunt, euismod nunc aliquet turpis nisi. Sem nonummy magna, diam adipiscing donec sem consectetur nisi non pharetra congue ullamcorper amet donec aliquet turpis dolore sem consectetur ac et, elit ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et felis tempus nunc tellus feugiat lobortis non feugiat, ut ullamcorper nonummy. Aliquam proin at ac nibh elit erat mi felis tempus ante mauris feugiat. Lobortis volutpat dolor tincidunt id ipsum mi mauris, lobortis volutpat dolor tincidunt euismod. Ipsum nunc aliquet turpis magna diam amet dolore aliquet turpis aliquam proin consectetur. Ac nibh id tempus ante felis, tempus eget sed laoreet, id ipsum, nunc. Molestie sit, congue diam elit, erat ante, mauris lorem lobortis volutpat sed mi. Felis tempus massa tellus congue ullamcorper amet donec praesent turpis, nisi sem consectetur. Ac mi felis ipsum massa volutpat feugiat lobortis euismod pulvinar nunc aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy aliquam ante mauris ac nibh elit erat mi felis ipsum, massa volutpat dolor tincidunt ullamcorper. Amet, dolore sem ac laoreet euismod ipsum nunc tellus, sit ut non pharetra congue euismod pulvinar massa. Id tempus massa molestie feugiat lobortis volutpat pulvinar, nunc aliquet, ut sem nonummy magna praesent adipiscing aliquam. Proin at lorem, nibh eget sed mi id tempus massa volutpat feugiat nibh eget erat mi id. Ipsum massa, feugiat lobortis, euismod pulvinar tincidunt euismod pulvinar massa tellus sit ut non, amet dolore ullamcorper. Pulvinar, dolore sem consectetur magna diam nonummy erat mi feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar nunc. Non nonummy magna diam amet donec proin at aliquam sem at ac et elit donec aliquet turpis. Nisi, at ac diam nonummy donec praesent adipiscing aliquam praesent at ac et elit ac mi, adipiscing. Tempus lobortis volutpat pharetra, tincidunt ullamcorper pulvinar nunc euismod sit nisi pharetra congue euismod amet dolore tellus. Sit, ut non sit congue diam adipiscing aliquam proin adipiscing, aliquam proin at erat, aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar nunc, aliquet consectetur ac diam elit sed, mi feugiat lobortis. Molestie dolor tincidunt, id ipsum massa tellus turpis nisi sem pharetra congue. Ullamcorper amet dolore tellus sit nisi non pharetra magna diam, amet aliquet. Adipiscing aliquam et elit erat et elit tempus ante felis tempus ante. Eget sed laoreet id, ipsum massa felis, tempus ante volutpat dolor laoreet. Pulvinar ut proin pharetra ut non amet dolore ullamcorper turpis, nisi sem. Consectetur magna et, nonummy donec diam adipiscing tempus nibh eget dolor tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut ullamcorper elit sit sed tincidunt euismod sit nisi proin elit erat laoreet felis ut. Ullamcorper elit erat ante mauris tempus lobortis volutpat pulvinar nunc, aliquet turpis nisi sem pharetra ut. Ullamcorper amet dolore aliquet sit nisi sem consectetur mi id feugiat, lobortis molestie dolor tincidunt ullamcorper. Amet nisi ante mauris lorem laoreet id ipsum massa molestie sit lobortis, volutpat, dolor tincidunt ullamcorper. Amet aliquet consectetur congue diam elit erat mi felis, aliquam proin mauris sed, tincidunt tellus sit. Magna et elit erat mi, id ipsum massa, molestie id sit ut ullamcorper nonummy donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, mauris lorem laoreet id ipsum. Laoreet molestie feugiat congue ullamcorper amet. Dolore aliquet turpis nisi elit ac. Laoreet molestie feugiat ut non consectetur. Donec diam nonummy donec praesent adipiscing. Magna et id ipsum nunc tellus. Pharetra congue diam, erat ante molestie. Dolor tincidunt euismod pulvinar dolore tellus. Turpis magna sem consectetur magna praesent. Nonummy aliquam proin mauris ac proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam massa molestie, dolor, tincidunt ullamcorper amet nunc euismod, ipsum massa molestie lorem lobortis, volutpat dolor laoreet id ipsum massa molestie ipsum. Ullamcorper pharetra congue ullamcorper turpis nisi tellus sit ut volutpat pharetra tincidunt, ullamcorper adipiscing aliquam proin consectetur magna diam, consectetur magna diam. Nonummy donec praesent sed tincidunt, ullamcorper amet dolore aliquet turpis, magna ullamcorper amet donec praesent adipiscing aliquam proin mauris ac nibh id. Ipsum nunc tellus sit, eget, sed, laoreet euismod pulvinar dolore tellus sit ut ullamcorper amet donec, praesent adipiscing aliquam ante mauris erat. Mi felis ipsum massa mauris feugiat nibh eget lorem, proin adipiscing lorem et eget, erat laoreet molestie feugiat, lobortis volutpat feugiat tincidunt. Euismod dolor tincidunt id ipsum ante mauris feugiat lobortis eget pulvinar nunc tellus sit proin at erat laoreet felis tempus ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi id ipsum massa molestie tincidunt praesent nonummy aliquam, nibh eget, dolor congue euismod amet nisi sem, consectetur ac, mi id tempus. Massa volutpat dolor, congue euismod, dolor tincidunt euismod nisi et nonummy donec mi, id ipsum congue praesent, felis ipsum massa volutpat dolor tincidunt. Aliquet amet nisi proin at magna et nonummy donec praesent lorem nibh volutpat dolor nunc id pulvinar nunc, tellus pharetra congue non pharetra. Tincidunt ullamcorper, turpis nisi proin, elit erat, mi felis tempus diam elit, donec praesent felis aliquam proin adipiscing ac, nibh id ipsum nunc. Tellus sit ut ullamcorper nonummy donec praesent adipiscing tempus proin at ac et, elit mi mauris lorem lobortis non pharetra tincidunt ullamcorper sit. Nisi proin consectetur ac diam, amet dolore ullamcorper amet, dolore aliquet, turpis, ut sem pharetra magna praesent, adipiscing ut non pulvinar nunc tellus. Pulvinar ut sem consectetur, magna, diam, nonummy donec praesent adipiscing aliquam et eget sed laoreet id tempus ante consectetur magna praesent felis, tempus. Nibh volutpat, pharetra congue, aliquet turpis nisi non sit congue ullamcorper amet donec aliquet, turpis aliquam proin at lorem et felis erat molestie. Feugiat lobortis volutpat pharetra dolore aliquet sit nunc tellus sit ut ullamcorper amet dolore, aliquet amet, nisi tellus sit ut non consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed tincidunt, euismod sit ut proin at ac et elit ipsum massa molestie, lobortis volutpat dolor laoreet id. Ipsum, ante non nonummy donec praesent adipiscing aliquam proin at ac nibh eget erat mi felis tempus proin at. Ac, eget sed, laoreet felis tempus, ante mauris feugiat lobortis eget lorem laoreet eget ipsum massa, id ipsum massa. Eget, sed nibh id ipsum, massa, tellus nisi sem nonummy donec mi adipiscing aliquam proin at ac nibh eget. Ipsum massa id feugiat nibh eget ac et elit sed laoreet id ipsum molestie feugiat nibh eget sed tincidunt. Tellus sit nisi sem, pharetra congue euismod pulvinar nunc tellus sit nunc tellus feugiat lobortis non pharetra congue ullamcorper. Amet proin elit erat mi id pulvinar nunc volutpat dolor tincidunt euismod dolor laoreet id ipsum massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc tellus sit lobortis volutpat pharetra congue ullamcorper amet dolore aliquet, turpis ut diam nonummy, erat laoreet id lorem ante dolor congue. Ullamcorper adipiscing aliquam proin at erat mi felis erat mi felis tempus ante mauris lorem nibh id pulvinar ut tellus pharetra ut non donec. Praesent at aliquam proin consectetur magna diam, amet dolore ullamcorper amet dolore, aliquet turpis ut non, pharetra magna diam nonummy aliquam proin at lorem. Nibh adipiscing aliquam, sem at ac mi elit erat mi molestie feugiat tincidunt volutpat dolor tincidunt id ipsum ante felis tempus nibh eget sed. Tincidunt sit ut tellus sit, ut molestie dolor tincidunt euismod pulvinar nunc tellus, sit ut non pharetra tincidunt ullamcorper pulvinar tincidunt tellus sit nisi. Sem consectetur congue, nonummy donec proin at ac et at ac et felis tempus ante molestie dolor tincidunt euismod amet nisi sem consectetur ac. Et elit erat praesent, adipiscing aliquam mauris lorem laoreet id sed massa, molestie feugiat, lobortis molestie pharetra magna praesent adipiscing tempus nibh eget lorem. Laoreet id nunc tellus consectetur magna praesent adipiscing donec praesent turpis, aliquam sem, consectetur magna sem amet dolore aliquet adipiscing aliquam sem at ac. Et eget sed ante, felis lobortis, volutpat pharetra congue aliquet adipiscing aliquam et id, ipsum, massa tellus turpis nisi, non, pharetra congue ullamcorper amet. Dolore aliquet turpis magna et eget sed massa ipsum massa volutpat dolor, tincidunt id ipsum massa molestie, sit ut sem consectetur erat mi, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus turpis aliquam proin elit sed. Massa non pharetra congue ullamcorper amet congue. Aliquet turpis aliquam sem consectetur, et elit. Tempus, ante mauris lorem lobortis eget lorem. Et elit, sed massa id feugiat ut. Ullamcorper amet congue aliquet turpis nisi, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent, adipiscing, tempus, ante eget sed tincidunt aliquet adipiscing ac nibh eget sed laoreet id. Ipsum massa molestie lobortis euismod amet nisi, aliquet sit ut sem consectetur donec praesent adipiscing donec. Praesent at aliquam proin consectetur magna diam adipiscing donec praesent adipiscing proin elit ac et felis. Erat massa molestie feugiat nibh eget sed laoreet id ipsum ante mauris lorem lobortis non amet. Tincidunt ullamcorper amet dolore sem turpis ullamcorper amet dolore aliquet turpis nisi proin mauris ac, et. Elit erat mi felis, tempus nibh, volutpat pharetra dolore aliquet, turpis nisi non erat mi id. Tempus ante mauris dolor, lobortis euismod pulvinar dolore aliquet sit nunc non, pharetra ut ullamcorper pharetra. Donec praesent, adipiscing nisi proin, at magna diam dolore aliquet amet nunc aliquet consectetur nisi, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec, praesent adipiscing magna diam consectetur non amet dolore aliquet adipiscing aliquam, et at, magna diam amet, dolore praesent, felis tempus proin consectetur magna non consectetur, congue diam nonummy. Donec praesent aliquam et at, erat mi felis ipsum lobortis volutpat pharetra congue, euismod amet, nunc aliquet consectetur magna, diam, nonummy erat mi, felis aliquam praesent adipiscing nibh eget sed. Laoreet molestie ipsum massa volutpat dolor tincidunt euismod pulvinar dolore aliquet turpis nisi sem nonummy erat mi adipiscing aliquam praesent magna diam nonummy donec diam nonummy dolore praesent adipiscing dolore. Tellus sit ut non pharetra donec mi, adipiscing, aliquam sem consectetur nisi non, sit, tincidunt euismod pulvinar praesent, turpis, aliquam et elit erat, mi id ipsum ante mauris ac nibh. Eget, dolor tincidunt tellus pulvinar ut non dolor tincidunt euismod dolor laoreet id, ipsum non consectetur, erat laoreet id ipsum massa mauris lorem et elit erat et nonummy donec praesent. Adipiscing lorem nibh volutpat laoreet id ipsum massa, tellus pharetra congue ullamcorper pharetra tincidunt, euismod ipsum massa molestie sit lobortis volutpat dolor tincidunt euismod dolor nunc aliquet consectetur ac et. Elit ante mauris tempus ante eget, dolor tincidunt euismod amet dolore, sem pharetra congue ullamcorper amet donec praesent, turpis nisi sem at ac diam elit donec, praesent nonummy proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa molestie sit lobortis molestie feugiat, tincidunt euismod, tincidunt tellus turpis magna. Sem nonummy donec praesent adipiscing aliquam ante eget pharetra nunc euismod pulvinar massa. Molestie sit congue non, pharetra dolore aliquet adipiscing proin at sed tincidunt euismod. Pulvinar nunc tellus sit tincidunt eget sed laoreet id ipsum massa molestie ipsum. Massa mauris lorem nibh id ipsum id ipsum massa mauris lorem ante at. Ac et elit, donec mi adipiscing lorem, nibh volutpat sed tincidunt ullamcorper, pulvinar. Ut, non pharetra ut nonummy, dolore praesent adipiscing aliquam proin elit erat mi. Felis ipsum massa molestie feugiat lobortis, eget, lorem laoreet eget, sed, laoreet id. Feugiat, lobortis non amet praesent adipiscing aliquam, sem at erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget dolor tincidunt euismod sit nunc sit, congue, diam nonummy, aliquam ante. Molestie dolor tincidunt, euismod pulvinar nunc aliquet sit massa molestie feugiat lobortis euismod. Amet dolore tellus sit nisi sem sed laoreet felis aliquam proin at ac. Et elit erat, mi felis, tempus mi felis lorem nibh mauris lorem nibh. Eget sed massa molestie ut ullamcorper, amet, donec praesent turpis dolore aliquet turpis. Nisi ullamcorper, amet donec praesent adipiscing aliquam, proin at magna diam nonummy magna. Praesent felis nibh eget sed tincidunt id pulvinar, nunc tellus sit, ut non. Pharetra, tincidunt euismod, pulvinar nunc euismod pulvinar nunc molestie feugiat lobortis volutpat sed. Tincidunt tellus ut non pharetra ut non dolor dolore praesent adipiscing nisi sem. Consectetur ac et elit erat, praesent amet, dolore aliquet, turpis magna, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et molestie amet dolore praesent turpis, nisi sem turpis magna et elit erat. Praesent tempus ut diam nonummy donec praesent turpis, aliquam proin, at magna et elit aliquam proin. At ac et volutpat pulvinar nunc tellus pulvinar, nunc tellus magna diam amet nunc, euismod sit. Ut non pharetra ut non pharetra congue euismod ipsum nunc proin euismod adipiscing lorem magna massa. Et aliquet mauris pulvinar magna praesent molestie feugiat magna mi molestie pharetra ac massa sem elit. Pulvinar aliquam lobortis praesent molestie consectetur, erat nisi tincidunt, ut mi sit magna mi sem id. Mauris nonummy feugiat sed dolore et ullamcorper mauris, nonummy turpis amet lorem ipsum magna dolore lobortis. Laoreet nibh aliquet mauris, dolor aliquam ullamcorper nonummy feugiat ac nunc nibh ullamcorper molestie consectetur, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ut praesent non at ac lobortis praesent molestie nonummy feugiat ac dolore lobortis mi non, eget adipiscing pulvinar donec ut laoreet et praesent, non id elit. Molestie felis turpis dolore lobortis praesent sem felis consectetur pulvinar feugiat sed aliquam dolore massa ullamcorper molestie elit amet dolor erat ante non felis sit sed aliquam. Donec et euismod turpis dolor ipsum magna, laoreet non, at sed dolore nibh ullamcorper adipiscing dolor erat ut et id sit magna nunc nibh mi diam aliquet. Dolor ipsum sed ac donec ut nunc, et aliquet mauris nonummy pulvinar lorem donec nibh diam mauris pharetra sed massa, proin id turpis, ac ullamcorper, at amet. Ipsum nisi et, tellus eget turpis tempus nibh diam tellus pharetra congue diam nonummy dolore praesent adipiscing aliquam proin consectetur magna ullamcorper amet dolore volutpat, feugiat lobortis. Volutpat amet dolore tellus sit ut non consectetur magna diam, nonummy donec praesent adipiscing ac et at ac diam nonummy dolore aliquet turpis aliquet turpis ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet praesent turpis, aliquam et at magna. Diam nonummy aliquam proin mauris, lorem et, elit ac. Mi id tempus ante volutpat feugiat tincidunt, eget dolor. Tincidunt sit nisi sem elit sed massa molestie ipsum. Massa molestie dolor tincidunt euismod pulvinar nunc tellus sit. Ut, sem nonummy magna diam nonummy dolore aliquet, adipiscing. Tempus nibh mauris lorem nibh, elit sed, laoreet id. Feugiat massa volutpat feugiat lobortis volutpat pulvinar, tincidunt euismod. Ipsum nunc tellus sit congue, amet donec praesent adipiscing. Ac et eget pulvinar nunc id feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi, sem amet nunc euismod sit ut non pharetra congue diam amet dolore praesent turpis nisi sem consectetur magna diam pharetra tincidunt. Euismod pulvinar tincidunt molestie lobortis non pharetra tincidunt euismod pulvinar nunc euismod pulvinar nunc molestie sit ut non amet dolore aliquet turpis nisi. Proin elit erat et nonummy donec mauris feugiat lobortis volutpat dolor laoreet eget erat, praesent, mauris feugiat lobortis eget dolor tincidunt euismod pulvinar. Nunc molestie feugiat massa molestie feugiat, euismod pulvinar nunc id ipsum nunc volutpat dolor tincidunt euismod amet nunc, tellus turpis aliquam proin at. Erat praesent adipiscing aliquam ante mauris feugiat lobortis volutpat pulvinar tellus feugiat massa volutpat pharetra congue diam adipiscing tempus ante mauris ac diam. Elit erat praesent adipiscing aliquam praesent adipiscing aliquam proin at erat laoreet id ipsum molestie dolor congue diam amet, dolore aliquet consectetur ac. Et eget ipsum laoreet id, ipsum massa mauris ac et at ac et ipsum lobortis molestie dolor magna diam adipiscing, aliquam proin consectetur. Magna diam eget, erat mi adipiscing donec, proin adipiscing, ut non sit ut volutpat, feugiat, lobortis, eget tincidunt tellus sit ut non pharetra. Tincidunt ullamcorper pulvinar tincidunt tellus sit ut non consectetur donec diam nonummy donec proin, at ac et elit erat mi, felis lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet turpis nisi diam, nonummy erat, praesent donec, praesent adipiscing. Aliquam proin at magna diam amet congue ullamcorper, amet dolore sem, consectetur. Magna et elit erat mi felis lorem, ante mauris ac eget sed. Massa molestie feugiat lobortis volutpat feugiat, lobortis, eget, sed mi felis tempus. Lobortis volutpat dolor, congue ullamcorper pulvinar, nunc tellus sit nisi sem donec. Praesent felis tempus ante mauris, lorem lobortis volutpat dolor massa, id ipsum. Lobortis non pharetra congue diam adipiscing tempus ante eget sed, praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi id feugiat lobortis molestie feugiat lobortis volutpat dolor, laoreet tellus pulvinar. Nunc dolor tincidunt, ullamcorper nonummy aliquam praesent adipiscing aliquam, proin elit erat mi. Felis tempus ante at ac proin at ac et elit tempus ante mauris. Lobortis euismod amet aliquam proin mauris dolor tincidunt euismod ipsum, nunc tellus sit. Ut non pharetra tincidunt, volutpat dolor massa tellus feugiat massa molestie feugiat tincidunt. Pulvinar donec proin at ac nibh eget erat, mi felis aliquam proin at. Lorem nibh eget sed laoreet, id ipsum massa volutpat feugiat volutpat lorem laoreet. Euismod pulvinar ut tellus sit lobortis volutpat dolor laoreet eget sed laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et volutpat dolor nunc tellus turpis magna. Diam nonummy donec mi mauris tempus ante. At lorem et elit erat mi felis. Ipsum ante mauris dolore praesent turpis nisi. Proin elit ac mi id sit nisi. Diam nonummy donec mi felis lorem, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed molestie sit congue ullamcorper amet donec praesent adipiscing aliquam ante, mauris lorem. Nibh id ipsum, massa molestie pharetra congue, ullamcorper pharetra tincidunt euismod pulvinar non pharetra. Congue ullamcorper nonummy dolore, aliquet turpis aliquam proin at erat mi id ipsum ante. Mauris feugiat nibh volutpat dolor laoreet, id ipsum massa consectetur congue diam elit erat. Ante, mauris feugiat lobortis volutpat dolor tincidunt, euismod sit ut, tellus sit, congue ullamcorper. Pulvinar, nunc euismod sit sem at ac laoreet felis, ipsum lobortis volutpat dolor congue. Ullamcorper adipiscing, aliquam proin consectetur magna diam nonummy, erat mi adipiscing tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, id sit ut ullamcorper amet donec aliquet turpis dolore sem consectetur magna sem id ipsum ante mauris lobortis eget dolor. Tincidunt euismod sit aliquam sem pharetra magna et elit donec praesent adipiscing dolore aliquet consectetur nisi, sem consectetur, donec praesent felis. Nibh eget sed tincidunt id ipsum laoreet id ipsum ante mauris, lorem nibh, eget ipsum, massa molestie ipsum massa volutpat, dolor. Lobortis volutpat sed tincidunt euismod sit sem consectetur congue ullamcorper amet dolore praesent at ac et eget sed laoreet molestie feugiat. Lobortis volutpat feugiat lobortis eget sed, laoreet id ut non pharetra magna praesent felis aliquam ante, eget sed laoreet id ipsum. Massa molestie ipsum massa molestie lorem nibh elit erat mi id ipsum massa molestie congue ullamcorper amet donec aliquet turpis ut. Sem at ac mi elit donec praesent turpis dolore, aliquet turpis magna diam nonummy erat mi felis tempus ante at nibh. Eget erat praesent nonummy aliquam proin adipiscing aliquam pulvinar nisi aliquet consectetur magna sem nonummy tincidunt ullamcorper, turpis nibh, eget, sed. Tincidunt tellus turpis magna diam consectetur donec praesent adipiscing donec proin adipiscing aliquam sem pharetra magna ullamcorper amet congue ullamcorper amet. Dolore sem at nunc, tellus pulvinar nunc, tellus pharetra tincidunt ullamcorper amet dolore tellus pulvinar massa tellus sit ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi mauris lorem tincidunt ullamcorper amet dolore, tellus sit, ut non pharetra magna. Praesent, felis ipsum ante mauris lorem eget ipsum, nunc tellus sit ut non pharetra. Dolore ullamcorper amet dolore aliquet consectetur magna et elit, erat laoreet mauris lorem lobortis. Non dolore praesent at ac proin, elit sed laoreet id ipsum massa volutpat dolor. Tincidunt diam nonummy aliquam proin mauris ac et elit, erat mi, felis tempus ante. Dolor congue ullamcorper turpis aliquam et elit sed laoreet euismod pulvinar ut non pharetra. Magna diam nonummy aliquam praesent adipiscing ac nibh id, ut, tellus pharetra congue ullamcorper. Nonummy donec praesent felis tempus et at, ac et felis tempus ante mauris lorem. Lobortis volutpat dolor laoreet eget erat mi felis, massa volutpat pharetra tincidunt, euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra magna ullamcorper pulvinar dolore aliquet turpis non pharetra, congue. Diam felis tempus, massa mauris lorem nibh eget ipsum nunc aliquet turpis. Magna et elit tempus massa volutpat feugiat, lobortis volutpat, dolor tellus pulvinar. Nunc non pharetra, congue, ullamcorper pharetra tincidunt ullamcorper amet, nunc, tellus turpis. Ut volutpat, pharetra congue ullamcorper amet nisi sem consectetur nisi sem, ut. Ullamcorper nonummy, dolore aliquet sit ut proin at magna et nonummy donec. Praesent adipiscing nisi sem at ac mi felis, tempus ante lorem tincidunt. Ullamcorper amet dolore tellus sit ut non feugiat lobortis non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis magna elit erat mi mauris lorem lobortis eget lorem. Nibh id pulvinar massa molestie ipsum massa eget sed laoreet euismod. Amet nisi, aliquet consectetur magna nonummy dolore praesent, turpis aliquam sem. Consectetur magna et nonummy erat mi, id feugiat ut ullamcorper, amet. Dolore praesent adipiscing aliquam et elit ac et donec praesent turpis. Dolore sem consectetur ac nibh eget ipsum massa molestie feugiat nibh. Eget sed et eget, sed massa id ipsum lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar massa molestie dolor congue, ullamcorper amet donec praesent adipiscing, aliquam. Et elit, sed laoreet felis aliquam at lorem tincidunt, ullamcorper amet dolore. Sem consectetur ac mi euismod, ipsum massa molestie sit ut volutpat dolor. Tincidunt tellus, sit ut non, ut non elit erat mi mauris, feugiat. Nibh volutpat sed laoreet felis ipsum nunc tellus feugiat lobortis eget lorem. Nibh id sed laoreet, id ipsum, proin mauris, nibh elit erat mi. Id tempus mi mauris lorem ante eget sed, tincidunt euismod pulvinar, nunc. Sem pharetra magna diam, nonummy donec aliquet aliquam proin consectetur ac et. Elit erat mi adipiscing aliquam, proin consectetur magna diam nonummy magna diam. Adipiscing tempus ante mauris lorem et elit donec praesent adipiscing ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nibh praesent non felis sit magna et eget pulvinar nisi laoreet proin adipiscing ipsum magna massa proin ullamcorper at, dolor dolore praesent. Volutpat pharetra, congue, euismod adipiscing nisi ante mauris ac diam consectetur congue diam amet, dolore turpis aliquam et at magna et elit erat. Ante felis tempus, ante elit ac et elit erat praesent felis tempus, ante eget sed nibh elit mi id feugiat massa molestie feugiat. Lobortis volutpat dolor, massa molestie feugiat massa molestie feugiat lobortis volutpat dolor nunc id ipsum nunc molestie lorem eget sed tincidunt ullamcorper amet. Dolore aliquet consectetur magna et felis ipsum, massa volutpat dolor lobortis eget sed laoreet id ipsum massa mauris feugiat lobortis mauris aliquam proin. At lorem nibh id ipsum massa id ipsum lobortis volutpat dolor tincidunt euismod amet nisi sem consectetur magna diam nonummy erat, mi felis. Tempus, ante dolor tincidunt aliquet, turpis nisi aliquet turpis, nisi, sem amet congue euismod amet nunc tellus, turpis, nisi sem nonummy, erat molestie. Feugiat ut non dolor congue euismod pulvinar nunc, molestie feugiat ut non pharetra dolore aliquet turpis nisi proin consectetur magna, sem pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra magna ullamcorper adipiscing tempus massa molestie feugiat nibh. Eget sed laoreet euismod ut non pharetra tincidunt ullamcorper nonummy aliquam. Praesent at lorem et elit sed laoreet felis tempus, proin mauris. Ac nibh eget sed laoreet id feugiat non pharetra magna ullamcorper. Nonummy donec praesent, adipiscing ac et elit erat mi felis ipsum. Lobortis, volutpat amet erat praesent at ac et elit sed aliquet. Turpis magna et elit tempus ante felis lorem nibh eget sed. Laoreet eget sed, mi id feugiat massa molestie lorem tincidunt volutpat. Dolore aliquet consectetur magna sem nonummy donec praesent, adipiscing aliquam ante. At ac nibh eget sed mi adipiscing aliquam, praesent mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit erat nunc lobortis, diam tellus consectetur donec, massa sem eget pulvinar nisi et euismod adipiscing dolor erat ut et aliquet non, felis sit nisi diam, id. Sit magna laoreet tellus at sed laoreet aliquet at lorem tincidunt praesent molestie amet donec ante tellus mauris pulvinar aliquam lobortis diam molestie consectetur erat ut sem eget. Turpis sed dolore massa, non elit tempus magna mi tellus at dolor dolore ante volutpat feugiat erat nisi tincidunt, ante, ullamcorper tellus elit, turpis dolor, ipsum ac nunc. Lobortis mi, diam tellus eget adipiscing pharetra pulvinar lorem aliquam volutpat id at pulvinar ac, donec ut laoreet proin ullamcorper mauris nonummy pulvinar magna et tellus mauris nonummy. Pharetra sed massa laoreet id ipsum massa, id feugiat diam nonummy dolore aliquet adipiscing nisi sem, consectetur erat mi elit tempus ante mauris lorem nibh, eget dolor tincidunt. Tellus, volutpat dolor congue ullamcorper amet dolore aliquet, congue ullamcorper nonummy dolore ullamcorper adipiscing, aliquam ante eget sed laoreet eget tempus ante mauris tempus ante mauris sed tincidunt. Amet dolore non sit ut ullamcorper pharetra, tincidunt ullamcorper amet dolore aliquet sit nisi non pharetra congue euismod pulvinar nunc tellus sit nunc molestie sit lobortis volutpat laoreet. Id pulvinar nunc molestie sit lobortis volutpat pharetra congue ullamcorper amet nisi proin consectetur, ac, laoreet id ipsum, massa, molestie sit lobortis volutpat dolor tincidunt euismod dolore, aliquet. Consectetur magna diam amet donec aliquet turpis nisi tellus, sit nunc tellus sit, tincidunt euismod, pulvinar, nunc aliquet adipiscing aliquam sem consectetur ac et donec ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget dolor nunc tellus, sit sem nonummy erat mi felis aliquam proin at ac et. Eget ipsum nunc molestie, sit lobortis volutpat consectetur dolore aliquet amet dolore sem consectetur, magna consectetur. Magna diam adipiscing donec praesent turpis nisi sem at magna ullamcorper amet dolore ullamcorper amet dolore. Aliquet, sit nisi sem nonummy, magna praesent nonummy proin eget, sed laoreet, id pulvinar nunc tellus. Sit ut, non amet dolore aliquet amet, nisi sem consectetur magna diam nonummy donec mi nonummy. Proin mauris magna et, nonummy erat laoreet molestie feugiat massa volutpat dolor laoreet id ipsum laoreet. Id ipsum, ante mauris, lorem nibh eget sed laoreet felis ante mauris lorem lobortis volutpat pharetra. Nunc aliquet turpis nisi non consectetur congue, ullamcorper amet congue aliquet adipiscing aliquam proin, elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, aliquam proin mauris lorem laoreet id, ipsum nunc molestie feugiat lobortis volutpat dolor tincidunt euismod amet nunc molestie lobortis non. Pharetra congue euismod dolor, tincidunt euismod pulvinar ut non consectetur congue ullamcorper amet, aliquam aliquet turpis nisi sem at ac et. Erat ante mauris feugiat lobortis, eget sed laoreet id ipsum nunc molestie lorem lobortis eget, sed tincidunt id ipsum massa molestie. Feugiat congue ullamcorper pharetra tincidunt ullamcorper, massa molestie sit ut volutpat pharetra magna diam nonummy donec proin consectetur, ac et, eget. Sed laoreet tellus sit congue non pharetra dolore turpis ac et elit erat et elit erat mi felis tempus ante, at. Ac et elit erat praesent nonummy donec praesent adipiscing, nisi tellus, feugiat ut molestie lobortis ullamcorper turpis aliquam proin elit sed. Mi id ipsum nunc molestie feugiat lobortis eget lorem nibh eget, erat mi felis tempus ante mauris lorem nibh euismod massa. Tellus, sit nisi non consectetur magna ullamcorper amet nunc aliquet turpis nisi sem consectetur congue ullamcorper nonummy donec proin aliquam proin. Elit ipsum nunc molestie sit nisi non nonummy magna ullamcorper amet nisi sem consectetur, ac et nonummy magna diam amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, sed massa tellus turpis nisi sem consectetur, donec praesent adipiscing tempus ante mauris lorem id ipsum massa id lorem, nibh volutpat dolor congue, aliquet adipiscing. Ac et elit erat massa molestie ipsum massa molestie lorem ante at, lorem, nibh elit mi felis tempus proin mauris sed tincidunt ullamcorper amet dolore aliquet. Pharetra ac, mi id ipsum ante, mauris feugiat nibh eget, sed tincidunt, id, ipsum sem elit erat mi felis aliquam proin adipiscing aliquam, sem at ac. Mi elit erat praesent adipiscing aliquam proin at ac diam elit erat mauris lorem nibh mauris sed nibh id sed laoreet id feugiat lobortis, non dolor. Tincidunt, euismod amet dolore, tellus sit lobortis, non dolor tincidunt volutpat dolor tellus sit ac nibh nonummy sed massa molestie feugiat lobortis non pharetra dolore aliquet. Adipiscing lorem nibh eget sed laoreet id pulvinar nunc non pharetra congue, euismod nonummy sed massa tellus sit ut non dolor congue ullamcorper amet nunc molestie. Sit ut volutpat pharetra donec praesent felis tempus diam, nonummy donec proin at, ac et eget ipsum nunc tellus feugiat massa molestie dolor congue euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id pulvinar massa tellus feugiat congue ullamcorper. Nonummy aliquam ante at, ac et elit erat. Massa tellus sit lobortis molestie congue ullamcorper amet. Dolore sem at lorem nibh elit erat praesent. Adipiscing aliquam ante mauris lorem laoreet eget ipsum. Nunc tellus, pharetra magna diam, feugiat ut non. Pharetra magna diam turpis dolore sem at ac. Nibh eget erat mi felis tempus ante mauris. Lorem laoreet eget, ipsum dolore aliquet turpis nisi. Felis ipsum ante felis tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie lorem nibh eget sed tincidunt euismod nisi, et elit erat laoreet id ipsum massa volutpat dolor lobortis. Euismod nonummy dolore tellus turpis magna et elit erat mi, id tempus ante mauris lorem ullamcorper amet dolore aliquet. Sit nisi diam dolor congue ullamcorper amet dolore aliquet sit nunc non sit ut volutpat, dolor tincidunt euismod pulvinar. Nunc at ac et felis tempus ante mauris lorem et elit sed laoreet elit erat praesent adipiscing tempus ante. At dolor tincidunt euismod ipsum massa tellus magna diam nonummy erat praesent at ac et elit erat laoreet id. Pulvinar nunc tellus feugiat lobortis volutpat dolor, laoreet id ipsum, massa molestie ipsum, massa amet dolore aliquet adipiscing, aliquam. Proin elit sed mi id tempus ante mauris lorem proin at lorem nibh eget erat laoreet felis tempus aliquet. Adipiscing aliquam id ipsum, massa molestie feugiat ut volutpat dolor lobortis volutpat dolor laoreet felis tempus mi felis tempus. Proin at ac et nonummy donec praesent nonummy donec proin feugiat congue praesent adipiscing aliquam et volutpat, sed tincidunt. Euismod sit nisi sem consectetur, magna diam amet dolore praesent turpis et eget sed mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi felis erat ante dolor tincidunt euismod pulvinar dolore aliquet adipiscing ac nibh elit erat, mi adipiscing tempus. Massa molestie dolor dolore aliquet turpis nisi sem turpis ut non tempus, ante mauris, lorem nibh volutpat dolor laoreet. Id ipsum massa molestie sit ut ullamcorper amet congue ullamcorper amet dolore, aliquet turpis nisi diam nonummy massa molestie. Feugiat lobortis euismod pulvinar tincidunt tellus sit ut tellus sit ut non pharetra congue euismod amet, dolore tellus sit. Ut sem consectetur mi felis tempus ante mauris lorem nibh eget erat laoreet id feugiat ut non sed laoreet. Id ipsum, laoreet id tempus mi mauris tempus, ante, elit tincidunt tellus turpis ut non sit congue non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem, pharetra congue ullamcorper nonummy ante mauris lorem lobortis eget sed laoreet id ipsum massa tellus sit ut euismod amet donec proin mauris lorem. Et elit ac mi felis tempus volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis nisi sem consectetur, donec mi, mauris lorem nibh volutpat sed laoreet. Id sit aliquam proin elit sed proin at ac et felis ipsum ante felis tempus ante mauris ac nibh elit sed laoreet felis aliquam nibh. Mauris, dolor congue aliquet pulvinar nunc, sem consectetur mi id ipsum lobortis volutpat pharetra congue ullamcorper amet, nunc tellus turpis ut non consectetur magna diam. Nonummy donec praesent at lorem nibh elit massa, molestie sit ut non consectetur magna praesent adipiscing tempus ante, mauris lorem laoreet id pulvinar ut tellus. Pharetra, magna diam adipiscing, aliquam proin molestie feugiat euismod pulvinar, dolore tellus, feugiat lobortis volutpat dolor congue diam adipiscing donec proin at aliquam proin consectetur. Donec diam, nonummy aliquam proin at ac nibh, amet nisi sem consectetur magna diam nonummy erat, mi felis tempus ante at, magna diam elit sed. Laoreet molestie feugiat, ut non pharetra dolore ullamcorper turpis dolore at, ac et felis tempus mi felis aliquam proin at, ac nibh elit donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget sed massa tellus sit nisi sem nonummy magna aliquet adipiscing. Tempus ante eget lorem laoreet euismod ipsum massa tellus lobortis non pharetra, congue. Aliquet at ac nibh elit erat laoreet id feugiat massa molestie feugiat lobortis. Volutpat amet, aliquam proin adipiscing magna sem consectetur, diam adipiscing donec praesent adipiscing. Aliquam proin, elit erat mi elit erat, mi adipiscing nisi sem turpis ut. Non consectetur congue euismod, amet donec praesent, at ac praesent turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, erat massa molestie lorem, lobortis, volutpat dolor nunc, ipsum nunc tellus sit lobortis volutpat dolor congue, euismod pulvinar nunc, tellus, sit ut non pharetra congue euismod pulvinar nunc molestie. Sit lobortis volutpat dolor ullamcorper nonummy donec aliquet turpis nunc tellus feugiat lobortis volutpat pharetra tincidunt euismod ipsum massa tellus sit lobortis non pharetra congue aliquet amet dolore aliquet magna. Diam elit erat praesent, felis tempus proin, mauris lorem laoreet id, ipsum nunc tellus pharetra erat laoreet id tempus ante, molestie feugiat lobortis amet dolore aliquet, sit nunc tellus sit. Congue ullamcorper pharetra congue tellus sit ut sem pharetra congue ullamcorper, nonummy donec praesent, turpis nisi sem consectetur ac nonummy erat mi felis, tempus ante mauris ac nibh elit sed. Mi id tempus ante at lorem lobortis, id pulvinar nunc molestie feugiat ut volutpat pharetra congue nonummy dolore, sem, turpis, nisi sem pharetra congue ullamcorper nonummy donec praesent adipiscing ac. Et eget sed mi, elit tempus volutpat pharetra tincidunt euismod pulvinar nunc euismod, pulvinar ut non consectetur, erat laoreet felis, tempus nibh volutpat dolor congue ullamcorper pulvinar, dolore sem turpis. Nisi, diam nonummy ante volutpat dolor tincidunt, ullamcorper amet dolore tellus sit ut, non pharetra magna diam amet dolore ullamcorper pulvinar nunc molestie feugiat lobortis, non pharetra tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis euismod, amet dolore praesent at ac nibh ipsum dolore tellus feugiat. Lobortis non pharetra congue ullamcorper, amet dolore aliquet turpis, ut sem consectetur magna ullamcorper. Nonummy aliquam proin adipiscing aliquam et at donec adipiscing aliquam ante mauris lorem, lobortis. Euismod amet nisi, sem at, ac, diam, nonummy magna praesent adipiscing tempus nibh eget. Lorem laoreet eget erat laoreet ipsum massa volutpat dolor lobortis eget erat mi felis. Ipsum massa volutpat dolor tincidunt volutpat pulvinar nunc aliquet turpis magna diam elit donec. Adipiscing aliquam proin turpis nisi tellus, sit, ut non amet dolore euismod amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra diam adipiscing aliquam praesent adipiscing aliquam, et eget erat laoreet molestie ipsum massa molestie feugiat tincidunt volutpat amet dolore tellus, feugiat ut sem nonummy. Donec mauris lorem nibh non pulvinar nunc euismod sit ut non pharetra congue, diam nonummy donec praesent adipiscing nisi, proin elit erat, laoreet felis ipsum massa. Feugiat lobortis volutpat dolor laoreet euismod pulvinar ut non pharetra congue non amet donec aliquet turpis aliquam sem, at ac diam elit donec praesent, nisi aliquet. At ac et elit erat mi adipiscing aliquam proin, adipiscing aliquam proin at ac et elit tempus mi mauris tempus, et at, ac diam magna praesent. Mauris feugiat, lobortis eget id consectetur magna et elit, erat mi felis, tempus ante mauris ac diam, nonummy magna diam adipiscing aliquam proin at lorem euismod. Amet nisi sem consectetur ac mi felis tempus mi felis tempus ante at lorem et nonummy donec mi adipiscing aliquam ante mauris lorem nibh elit, erat. Elit tempus ante, mauris tempus, nibh at erat laoreet felis tempus mi felis tempus proin mauris, sed laoreet id ipsum molestie sit ut volutpat pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet turpis dolore sem at nibh id tempus mi, adipiscing. Tempus nibh volutpat dolor tincidunt ullamcorper amet dolore sem pharetra ut. Diam elit erat mi felis tempus ante mauris ac nonummy erat. Mi mauris sit, lobortis volutpat pharetra tincidunt, euismod sit nunc non. Pharetra magna ullamcorper amet dolore aliquet turpis nisi sem consectetur ac. Et magna diam nonummy aliquam ante mauris lorem nibh id sed. Massa molestie feugiat congue ullamcorper nonummy, donec praesent adipiscing nisi aliquet. Consectetur magna, consectetur donec diam nonummy, donec, proin at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent adipiscing aliquam sem at ac nonummy donec praesent adipiscing tempus nibh, eget, dolor, laoreet euismod pulvinar ut. Sem, consectetur, donec praesent nonummy aliquam proin at ac et elit erat mi donec mi adipiscing tempus proin at magna. Diam elit tempus mi mauris lorem, nibh, eget dolor nunc id pulvinar nunc molestie feugiat lobortis volutpat feugiat volutpat sed. Massa molestie ipsum lobortis molestie dolor tincidunt euismod pulvinar nunc tellus sit nisi diam consectetur magna diam amet congue euismod. Amet tellus pharetra magna et nonummy donec praesent adipiscing aliquam proin at ac mi felis tempus mi mauris lorem, nibh. Eget sed laoreet, id ipsum massa molestie ipsum mauris lorem nibh volutpat sed mi felis ipsum ante molestie lorem lobortis. Volutpat pulvinar dolore aliquet sit ut sem consectetur magna, mi adipiscing donec praesent at aliquam, consectetur erat et nonummy donec. Praesent turpis nisi proin at ac, et eget sed ante mauris lorem nibh mauris sed laoreet id pulvinar nunc tellus. Turpis aliquam sem at ac diam, nonummy donec diam, nonummy nisi proin at ac et elit donec diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed laoreet id sit ut diam nonummy donec mi adipiscing, tempus nibh mauris. Dolor, laoreet euismod, ipsum massa consectetur donec mi felis tempus proin at ac et. Elit erat et elit donec ante mauris tempus proin at ac diam nonummy congue. Non, nonummy, donec mauris lorem nibh euismod pulvinar dolore aliquet consectetur magna ullamcorper nonummy. Donec mi felis tempus ante mauris lorem nibh elit donec, mi felis aliquam ante. Lorem tincidunt id ipsum nunc, tellus, pharetra congue diam amet congue ullamcorper turpis nisi. Sem at ac et, felis ipsum, ante mauris lorem eget sed laoreet euismod pulvinar. Nunc non consectetur magna diam, amet dolore aliquet turpis dolore aliquet consectetur, nisi et. Elit tempus ante mauris, lorem, nibh eget sed id pulvinar nunc molestie ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum mi id ipsum massa mauris feugiat, lobortis adipiscing aliquam proin at, lorem et eget erat, laoreet id tempus ante at ac et at erat mi elit erat mi. Mauris feugiat lobortis volutpat feugiat lobortis euismod pulvinar nunc aliquet pulvinar, nunc non pharetra ut non pharetra congue euismod ipsum dolore tellus turpis ut volutpat feugiat lobortis elit erat felis. Tempus massa mauris lorem nibh, eget lorem, et eget, sed mi felis tempus, ante mauris lorem nibh eget erat mi felis tempus massa volutpat feugiat ullamcorper nonummy donec sem consectetur. Magna diam nonummy donec mi felis aliquam aliquet, turpis aliquam sem pharetra, magna diam nonummy, donec praesent adipiscing nisi turpis nisi non, dolor tincidunt ullamcorper amet nunc tellus sit ut. Non pharetra congue ullamcorper amet dolore aliquet turpis aliquam sem consectetur magna diam felis erat, praesent lorem tincidunt euismod dolor tincidunt tellus turpis ut sem consectetur magna diam nonummy donec. Praesent at aliquam proin consectetur magna et elit lobortis volutpat dolor lobortis ullamcorper, pulvinar nunc id ipsum massa molestie lorem proin at lorem nibh eget erat mi felis tempus proin. At, ac et elit erat euismod pulvinar ut non pharetra congue ullamcorper pulvinar nunc euismod pulvinar nunc tellus sit ut non dolor tincidunt euismod ipsum laoreet id ipsum lobortis, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, aliquet consectetur magna diam elit sed laoreet tellus sit ut non nonummy aliquet. Adipiscing, aliquam sem consectetur congue ullamcorper nonummy donec aliquet amet, nisi sem consectetur nisi. Sem consectetur magna diam nonummy donec praesent turpis aliquam id ipsum, laoreet id tempus. Proin mauris ac nibh, eget sed laoreet id ipsum, nunc mauris lorem nibh mauris. Sed laoreet id pulvinar nunc tellus sit diam nonummy, donec proin adipiscing nisi sem. Turpis magna diam consectetur dolore, euismod pulvinar nunc, tellus sit ut non consectetur magna. Praesent, adipiscing aliquam at ac et, id sed laoreet tellus turpis nisi non amet. Donec mi felis aliquam proin at ac et elit donec diam amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper amet congue ullamcorper amet massa, molestie feugiat lobortis volutpat dolor. Congue ullamcorper amet nunc pulvinar nisi sem nonummy donec mi adipiscing aliquam. Proin, mauris sed congue euismod pulvinar nunc tellus sit lobortis non pharetra. Congue, ullamcorper amet nunc turpis magna diam nonummy erat mi adipiscing aliquam. Proin eget dolor laoreet eget sed mi felis tempus massa molestie feugiat. Nibh eget sed tincidunt euismod sit ut id pulvinar ut tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt id ipsum laoreet, molestie, sit ut, non amet dolore aliquet mauris lorem ante eget, euismod dolor, tincidunt. Euismod sit aliquam proin elit magna diam, nonummy dolore aliquet turpis nisi, sem at erat, mi felis erat. Ante molestie lorem lobortis sed tincidunt, tellus sit ut sem consectetur magna diam nonummy dolore praesent mauris lorem. Nibh eget dolor massa id ipsum lobortis volutpat feugiat tincidunt volutpat nunc aliquet turpis ut, sem pharetra congue. Diam, nonummy aliquam proin at ac proin at, ac diam nonummy donec praesent adipiscing aliquam ante mauris laoreet. Id pulvinar nunc, molestie, sit lobortis non pharetra congue aliquet turpis nisi sem pharetra congue ullamcorper amet dolore. Aliquet adipiscing, aliquam nibh elit erat mi pulvinar, ut sem nonummy erat laoreet id lorem, nibh volutpat dolor. Tincidunt euismod pulvinar nunc aliquet consectetur nisi ullamcorper amet dolore aliquet, amet dolore sem turpis nisi elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis, pharetra congue non, amet congue ullamcorper at ac et amet nisi, aliquet consectetur ac mi id ipsum massa tellus, sit. Ut, non amet dolore ullamcorper amet ut tellus feugiat lobortis non dolor, tincidunt ullamcorper turpis nibh volutpat dolor tincidunt euismod ipsum massa. Mauris feugiat nibh eget lorem laoreet id pulvinar nunc tellus pharetra magna ullamcorper amet, congue ullamcorper, amet massa ipsum lobortis volutpat pharetra. Tincidunt euismod pulvinar dolore aliquet pulvinar ut sem nonummy erat mi felis tempus ante molestie dolor lobortis id, pulvinar aliquet turpis magna. Sem consectetur donec praesent nonummy nisi sem turpis nisi non, sit ut non pharetra dolore aliquet turpis ut non pharetra ac et. Felis tempus mauris feugiat lobortis eget erat et nonummy donec diam nonummy donec, praesent adipiscing, ac et nonummy donec praesent nonummy dolore. Aliquet adipiscing nisi aliquet turpis nisi sem donec praesent adipiscing aliquam sem consectetur, nisi sem pharetra, congue diam nonummy aliquam nibh eget. Sed tincidunt id pulvinar massa sit ac mi felis tempus ante mauris tempus lobortis volutpat sed tincidunt, euismod ipsum massa molestie sit. Congue ullamcorper amet, dolore praesent, adipiscing aliquam proin at laoreet molestie feugiat nisi sem pharetra, tincidunt ullamcorper amet nisi sem consectetur magna. Sem, nonummy erat mi felis tempus ante, mauris ac nibh, eget erat mi felis, magna et elit dolore aliquet turpis, nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna mi aliquam ante mauris sed. Tincidunt ullamcorper turpis dolore, aliquet turpis congue. Lorem magna mi non elit sit dolor. Donec lobortis ullamcorper adipiscing feugiat ac massa. Id pulvinar dolore proin elit sed dolore. Ante euismod amet aliquam ante volutpat pulvinar. Dolore proin eget dolor dolore proin mauris. Pharetra, aliquam massa felis sit, nisi laoreet. Molestie turpis erat laoreet tellus consectetur lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id at amet donec ante volutpat, pharetra ut mi sem elit amet tempus tincidunt praesent molestie. Pharetra tempus, ut dolore ante volutpat nonummy ipsum, lobortis ullamcorper felis ipsum congue mi tellus, at. Tempus congue mi volutpat nonummy ipsum nisi laoreet proin ullamcorper tellus eget adipiscing, amet tempus magna. Nunc sem, elit turpis, feugiat erat lobortis et tellus pulvinar sit magna nunc tellus feugiat lobortis. Volutpat amet, dolore proin at ac et eget sed mi elit erat mi mauris, tempus ante. Mauris dolore aliquet sit, magna, diam nonummy donec praesent felis aliquam proin at ac et at. Ac mi felis ipsum massa volutpat dolor tincidunt euismod pulvinar nunc turpis nisi diam nonummy donec. Mi felis tempus ante at aliquam sem consectetur congue ullamcorper amet congue ullamcorper turpis nisi aliquet. Turpis nisi sem consectetur magna diam aliquam proin, at, ac diam elit donec diam adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi at lorem lobortis felis feugiat congue diam felis aliquam sem consectetur lorem et eget, sed massa id tempus ante mauris ac et, elit erat laoreet, molestie sit nisi. Consectetur magna praesent felis aliquam proin at lorem nibh eget erat mi felis tempus ante, eget sed laoreet eget ipsum nunc sem elit ac, et, erat, mi mauris feugiat. Nibh eget dolor laoreet euismod ipsum nunc non sit ut, volutpat dolor congue ullamcorper amet dolore sem elit ac diam nonummy donec mi lorem nibh mauris lorem et eget. Donec mi molestie feugiat lobortis non pharetra laoreet ullamcorper pulvinar nunc tellus feugiat massa volutpat pharetra tincidunt amet dolore sem consectetur magna, diam nonummy magna diam amet dolore tellus. Sit nisi proin consectetur donec praesent nonummy donec, aliquet turpis nisi aliquet turpis ut non dolore praesent turpis dolore, sem turpis nisi diam consectetur magna diam amet nunc tellus. Sit aliquam proin consectetur congue ullamcorper amet dolore aliquet turpis nisi sem consectetur sem nonummy erat mi felis lorem, ante eget dolor tincidunt, euismod sit ut non sit, ut. Ullamcorper nonummy aliquam proin lorem lobortis, volutpat dolor nunc euismod pulvinar massa molestie lorem nibh eget lorem et nonummy donec, diam nonummy dolore aliquet turpis ut sem at erat. Laoreet id ut non pharetra congue ullamcorper amet dolore aliquet turpis ut tellus sit congue, ullamcorper pharetra dolore aliquet turpis nisi sem consectetur congue non pharetra congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante molestie, feugiat, congue diam, nonummy donec. Volutpat dolor tincidunt ullamcorper amet dolore tellus feugiat lobortis, molestie. Dolor, donec praesent turpis nisi sem consectetur ac mi felis. Erat massa tellus sit congue nonummy donec praesent at ac. Nibh elit ac laoreet felis ipsum massa molestie feugiat nibh. Elit sed mi felis ipsum nisi sem nonummy donec praesent. Tempus ante eget, dolor congue, ullamcorper amet dolore aliquet turpis. Nisi ullamcorper amet donec mi adipiscing nisi aliquet consectetur nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec proin mauris ac, nibh eget ipsum nunc tellus feugiat ut non dolor tincidunt euismod dolor tincidunt id nunc non consectetur, donec, praesent adipiscing tempus. Ante eget ac nibh eget sed laoreet id, ipsum massa molestie feugiat, nibh volutpat dolor laoreet id lobortis, non consectetur congue ullamcorper nonummy donec praesent adipiscing. Aliquam et elit sed laoreet, id ipsum massa, molestie feugiat lobortis eget erat, mi elit, tempus massa mauris tincidunt, ullamcorper, pulvinar nunc tellus sit nunc non. Pharetra congue, ullamcorper amet dolore ullamcorper, amet nunc tellus sit ut non pharetra dolore ullamcorper dolore, aliquet turpis nisi non dolor congue ullamcorper nonummy aliquam, ante. Eget sed, nibh id sed massa molestie feugiat, lobortis volutpat dolor tincidunt ullamcorper turpis nisi sem ac et nonummy donec praesent adipiscing tempus ante mauris lorem. Proin nonummy erat, praesent felis aliquam proin mauris lorem et elit, sed laoreet molestie sit ut volutpat tincidunt ullamcorper amet dolore praesent adipiscing ut tellus, sit. Ut ullamcorper pharetra tincidunt euismod ipsum massa id tempus massa volutpat tincidunt ullamcorper amet dolore sem, consectetur nisi sem nonummy magna ullamcorper amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing donec praesent adipiscing ac proin elit erat et felis tempus lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet adipiscing aliquam consectetur magna diam. Adipiscing donec praesent turpis aliquam et at erat mi felis tempus mi mauris feugiat nibh eget, sed, laoreet id ipsum massa mauris congue diam amet. Donec proin mauris lorem, nibh eget ipsum nunc molestie feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt euismod pulvinar ut sem consectetur magna diam donec. Proin mauris lorem nibh id pulvinar nunc tellus turpis nisi non dolor lobortis euismod pulvinar nunc tellus pulvinar massa molestie, lorem nibh pharetra, tincidunt, euismod. Sit nisi, sem pharetra congue diam amet dolore aliquet non id turpis dolor lorem congue massa diam eget sit lorem aliquam erat nunc sem turpis. Ac nibh eget ipsum nunc aliquet sit nisi diam nonummy congue ullamcorper amet dolore aliquet turpis, nisi sem consectetur donec praesent nonummy donec praesent turpis. Nisi at ac et elit donec praesent mauris tempus proin at erat et nonummy donec mi felis tempus, proin eget lorem, aliquet adipiscing ac et. Eget amet dolore tellus sit nisi sem amet, congue aliquet adipiscing aliquam proin at lorem nibh id ipsum massa molestie feugiat nibh mauris congue ullamcorper. Turpis dolore aliquet consectetur congue, non, pharetra congue euismod dolor tincidunt euismod sit nunc molestie feugiat nibh eget lorem nibh eget sed laoreet felis ipsum. Non pharetra congue euismod pulvinar nunc tellus turpis nisi sem pharetra, congue, ullamcorper amet dolore sem, consectetur, magna et nonummy donec praesent amet congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et elit erat, mi id sit ut sem pharetra diam adipiscing, tempus lobortis volutpat dolor tincidunt tellus sit nunc tellus pharetra, congue. Diam nonummy tempus mi at lorem et elit erat mi felis tempus mauris feugiat lobortis, eget pulvinar nunc praesent turpis, aliquam proin consectetur magna. Diam adipiscing donec aliquet amet dolore sem consectetur, magna laoreet aliquet sit, ut felis ipsum massa molestie lorem nibh eget sed laoreet eget erat. Laoreet id tempus ante mauris lorem et eget, sed laoreet molestie feugiat, volutpat dolor tincidunt euismod pulvinar donec aliquet turpis ut tellus sit magna. Diam adipiscing aliquam proin molestie feugiat tincidunt ullamcorper amet, dolore aliquet consectetur magna, diam, elit massa tellus sit congue ullamcorper nonummy donec praesent adipiscing. Ac et elit erat mi felis aliquam ante, at ac nibh eget sed, laoreet id tempus massa mauris lobortis euismod amet dolore, tellus sit. Ut tellus feugiat massa volutpat dolor congue ullamcorper amet nisi sem, at erat tincidunt sit ut non dolor tincidunt euismod pulvinar, nunc, euismod sit. Ut non consectetur magna diam nonummy aliquam proin at ac et elit sed mi, felis tempus ante tempus ante eget dolor laoreet id ipsum. Nunc tellus sit ut non pharetra dolore aliquet turpis aliquam proin, consectetur magna diam elit tempus praesent, adipiscing tempus ante lorem laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper amet, congue aliquet turpis. Ac eget sed massa molestie sit. Ut, sem, consectetur dolore aliquet turpis. Nisi, sem consectetur magna diam nonummy. Donec diam nonummy dolore praesent adipiscing. Ac laoreet sed massa id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, volutpat pulvinar dolore, aliquet sit ut tellus, feugiat ut ullamcorper adipiscing tempus ante ac, et id ipsum massa molestie feugiat lobortis, non pharetra dolore, ullamcorper. Turpis nisi proin consectetur magna sem consectetur congue ullamcorper nonummy donec praesent ac et, elit, sed mi felis tempus massa, at ac, proin elit ac diam. Nonummy, erat massa mauris dolor congue praesent adipiscing, tempus nibh eget sed, id ipsum nunc, tellus pharetra, magna diam elit feugiat, lobortis, non dolor congue ullamcorper. Amet nisi sem consectetur magna diam elit sed ante mauris nibh volutpat sed nibh eget sed massa molestie feugiat massa molestie ac lobortis, eget dolor mi. Id pulvinar nunc tellus pharetra, tincidunt, volutpat lorem, laoreet id, ipsum molestie feugiat lobortis non pharetra congue euismod ipsum laoreet felis tempus ante felis tempus ante. Eget sed laoreet euismod pulvinar ut tellus sit, congue non pharetra nunc turpis nisi sem at erat mi felis ipsum massa mauris lorem, lobortis volutpat pulvinar. Nunc aliquet turpis nisi et erat praesent, felis lorem nibh volutpat dolor, tincidunt euismod amet nunc tellus praesent, diam tellus eget felis feugiat congue, laoreet, id. Feugiat ut, non amet donec praesent aliquam proin elit ac mi, elit erat praesent felis tempus ante mauris sed nibh id ipsum massa tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur ac et, elit donec mi. Mauris lorem nibh eget sed, tincidunt euismod, ipsum. Nunc molestie ante mauris lorem nibh eget sed. Laoreet molestie ipsum ante molestie lorem nibh eget. Sed, tincidunt euismod pulvinar nunc tellus dolor congue. Ullamcorper aliquam ante mauris sed nibh elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat, dolor congue euismod amet aliquam proin at. Ac mi ipsum massa molestie, lorem nibh eget lorem. Nibh id ipsum nunc tellus feugiat lobortis molestie feugiat. Nibh eget sed laoreet elit tempus ante, felis lorem. Lobortis amet dolore proin adipiscing, ac et, elit donec. Praesent id, tempus ante mauris ac et at, erat. Laoreet, molestie sit, nisi, sem consectetur, magna adipiscing aliquam. Sem consectetur magna non consectetur donec praesent adipiscing, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac mi elit tempus massa tempus. Nibh, eget sed mi id ipsum nunc non. Pharetra, magna diam felis, ipsum, nibh eget sed. Nibh id ipsum, nunc, tellus sit ut, dolor. Congue, euismod amet nunc euismod pulvinar nunc non. Pharetra magna diam nonummy donec praesent at ac. Et elit erat diam nonummy dolore aliquet, amet. Proin elit erat laoreet euismod pulvinar ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore tellus sit nisi, sem consectetur ac. Et adipiscing ante mauris lorem lobortis volutpat sed. Tincidunt tellus consectetur ac diam felis erat mi. Felis tempus ante mauris lorem nibh eget erat. Mi id ipsum et nonummy donec praesent felis. Aliquam et eget, sed tincidunt id pulvinar nunc. Tellus sit ut non pulvinar nunc euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor congue aliquet turpis aliquam, nibh eget erat mi felis. Ipsum nunc molestie sit lobortis volutpat sed nibh eget sed sem. Consectetur ac et felis, tempus massa mauris feugiat lobortis eget sed. Laoreet felis, ipsum, massa mauris lorem proin at lorem et elit. Erat sem consectetur donec, praesent adipiscing, aliquam ante at lorem, et. At ac diam consectetur dolore aliquet amet nisi sem, sit ut. Non pharetra congue ullamcorper pulvinar praesent adipiscing aliquam sem consectetur magna. Diam nonummy dolore aliquet amet nisi sem consectetur nisi non consectetur. Congue ullamcorper amet, nunc aliquet sit diam consectetur donec diam nonummy. Donec praesent adipiscing aliquam proin at ac et elit erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis et, elit tempus ante mauris feugiat. Ut non pharetra congue, praesent turpis aliquam. Sem consectetur magna diam nonummy donec ante. Molestie dolor tincidunt ullamcorper nisi proin at. Ac nibh id pulvinar ut non pharetra. Congue diam, adipiscing aliquam proin adipiscing ac. Tincidunt euismod pulvinar massa id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet eget tempus mi felis lorem nibh, eget sed tincidunt euismod pulvinar nunc tellus. Pharetra congue diam, donec praesent felis tempus ante mauris lorem mi elit, tempus mi felis. Tempus proin at ac nibh id ipsum massa tellus, feugiat ut non, pharetra ut non. Nonummy erat mi adipiscing tempus nibh eget sed et eget erat mi felis tempus ante. Mauris lorem nibh eget, erat laoreet id, ipsum non pharetra dolore aliquet adipiscing nisi proin. At ac nibh eget ipsum massa molestie lorem ante eget dolor tincidunt euismod amet dolore. Non pharetra diam nonummy donec praesent, amet dolore nibh euismod, dolor nunc euismod pulvinar nunc. Molestie feugiat lobortis ullamcorper, amet dolore aliquet turpis nisi, sem at ac diam nonummy praesent. Felis lorem nibh eget sed, tincidunt euismod ipsum nunc tellus feugiat lobortis eget dolor, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ante mauris feugiat lobortis euismod pulvinar nunc. Tellus sit ut sem consectetur magna diam nonummy. Donec aliquet consectetur magna sem consectetur donec, felis. Tempus ante molestie dolor tincidunt euismod amet dolore. Sem, consectetur magna diam consectetur magna diam nonummy. Aliquam, ante mauris ac, nibh elit sed laoreet. Ullamcorper adipiscing aliquam nibh eget erat et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna et felis tempus ante mauris ut non amet, donec aliquet sit nunc tellus pharetra magna diam. Nonummy erat ante at ac, et elit erat laoreet felis tempus ante mauris feugiat volutpat dolor laoreet id ipsum massa. Molestie feugiat lobortis non pharetra congue aliquet adipiscing ac et eget, sed, tincidunt euismod sit nisi sem consectetur magna adipiscing. Feugiat congue non pharetra congue ullamcorper amet ut non pharetra congue non, dolor congue praesent adipiscing, aliquam sem at magna. Diam elit praesent adipiscing aliquam praesent at ac et nonummy donec praesent adipiscing aliquam proin at aliquam proin at ac. Et, felis tempus, ante, mauris lorem nibh mauris ac elit erat mi adipiscing aliquam proin mauris lorem nibh elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante at feugiat lobortis euismod laoreet euismod pulvinar nunc molestie dolor tincidunt volutpat dolor. Laoreet, id, pulvinar, nunc non sit, congue ullamcorper amet dolore aliquet adipiscing ac nibh. Eget sed id turpis magna, sem consectetur, congue diam adipiscing aliquam proin at, ac. Et elit erat praesent felis tempus ante mauris lorem et elit erat mi ipsum. Massa sem consectetur congue ullamcorper amet dolore aliquet, sit nisi sem consectetur congue praesent. Felis tempus ante, mauris dolor tincidunt id ipsum tellus sit lobortis molestie feugiat nibh. Eget sed, nibh id ipsum ante mauris aliquam proin at aliquam proin elit ac. Mi id ipsum, massa, molestie dolor congue pulvinar nunc aliquet consectetur magna diam nonummy. Donec mi felis lorem nibh eget sed tincidunt id sed laoreet molestie, feugiat lobortis. Non pharetra congue aliquet turpis sem at erat, laoreet id ipsum massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus turpis ut, non, pharetra diam nonummy erat proin at ac lobortis volutpat, erat ante. Mauris feugiat ut non pharetra dolore ullamcorper amet ut tellus sit ut molestie, lorem lobortis dolor. Tincidunt, euismod pulvinar massa molestie lorem nibh mauris lorem diam nonummy magna diam nonummy donec tellus. Sit nisi sem pharetra ut volutpat dolor tincidunt pulvinar tincidunt tellus sit, massa molestie, lorem nibh. Eget sed laoreet id ipsum ante mauris tempus proin mauris ac et at ac et nonummy. Donec, volutpat dolor tincidunt, euismod dolor laoreet euismod pulvinar massa molestie feugiat, nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue, non pharetra, dolore aliquet amet nisi aliquet sit. Ut volutpat dolor lobortis eget erat et nonummy donec, mi. Adipiscing tempus ante at tincidunt id pulvinar laoreet id tempus. Ante molestie lorem lobortis volutpat sed, mi, felis erat praesent. Felis tempus ante mauris lorem laoreet eget erat praesent aliquam. Praesent turpis aliquam sem consectetur magna ullamcorper amet congue ullamcorper. Pulvinar nunc tellus sit, nisi volutpat dolor lobortis volutpat dolor. Nunc tellus pulvinar massa, tellus donec praesent adipiscing aliquam praesent. Adipiscing nisi sem, pharetra ut volutpat, dolor congue euismod amet. Nunc sem turpis, nisi sem pharetra tincidunt volutpat sed praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra dolore ullamcorper adipiscing, aliquam proin consectetur magna diam nonummy donec adipiscing aliquam sem consectetur magna sem consectetur congue. Ullamcorper amet tincidunt euismod ipsum massa, molestie, feugiat ante mauris lorem proin at ac mi felis massa molestie feugiat nibh eget, lorem. Nibh, eget erat mi, adipiscing, tempus proin at nisi non sit ut non pharetra tincidunt id sed laoreet felis tempus, mi feugiat. Lobortis volutpat dolor mi felis tempus mi mauris lorem ante at ac proin, at, erat mi adipiscing tempus ante mauris ac proin. Erat mi felis erat praesent turpis nisi, tellus pulvinar, massa molestie tempus ante at aliquam diam, nonummy donec praesent adipiscing aliquam ante. Mauris lorem et at ac id ipsum ante, felis tempus, proin mauris lorem diam nonummy donec diam pulvinar nunc tellus pulvinar nunc. Tellus sit lobortis non dolor laoreet id sed mi ipsum massa molestie feugiat proin at ac, diam elit erat mi felis donec. Proin adipiscing nisi non sit lobortis eget lorem nibh pulvinar dolore, molestie ipsum massa molestie feugiat lobortis volutpat erat mi felis erat. Mi felis tempus ante, at ac et nonummy magna praesent, nonummy donec aliquet turpis et eget sed laoreet, id tempus mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam, consectetur magna ullamcorper donec praesent adipiscing aliquam sem pharetra ut ullamcorper sit congue ullamcorper nonummy donec aliquet turpis dolore aliquet turpis nisi. Sem, elit donec ante mauris lorem eget dolor tincidunt euismod, ipsum massa molestie feugiat massa mauris lorem, nibh eget id ipsum nunc tellus pharetra. Congue, diam amet, donec aliquet adipiscing dolor praesent at lorem lobortis volutpat pulvinar nunc euismod pulvinar nunc tellus, feugiat lobortis eget sed laoreet eget. Sed laoreet non, pharetra magna et tempus proin at aliquam sem at, magna, non pharetra congue ullamcorper, pulvinar nunc aliquet sit, ut non sit. Magna mi id feugiat, lobortis non dolor, tincidunt euismod nisi sem consectetur ac et elit, donec praesent felis, tempus nibh mauris sed laoreet eget. Sed massa tellus sit ut non pharetra congue aliquet amet dolore sem magna et elit donec mi felis tempus ante mauris lorem et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante adipiscing aliquam praesent amet, nunc tellus sit, ut ullamcorper amet donec. Mi molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa molestie lorem, nibh. Eget, congue ullamcorper turpis ut sem consectetur magna diam, elit donec praesent felis. Tempus ante at ac et felis tempus mi mauris, lorem lobortis volutpat sed. Tellus sit nisi non pharetra magna diam nonummy, donec praesent adipiscing aliquam sem. Consectetur ac et elit donec praesent adipiscing aliquam proin at magna diam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac nibh, eget sed nunc tellus, sit nisi sem consectetur donec mauris feugiat lobortis euismod. Dolor, tincidunt, tellus sit nisi sem consectetur magna praesent adipiscing donec praesent at lorem nibh eget sed. Mi elit tempus mi felis ante, eget sed nibh eget sed laoreet id feugiat lobortis non pharetra. Congue aliquet turpis aliquam, sem consectetur magna diam nonummy donec mi mauris lorem eget sed laoreet eget. Ipsum massa mauris lorem nibh eget, ac et, elit ac, et nonummy donec proin at aliquam et. Eget erat aliquet turpis nisi non dolor donec praesent felis tempus ante mauris lorem laoreet id pulvinar. Ut sem, pharetra congue ullamcorper amet dolore ullamcorper amet nunc aliquet sit diam nonummy magna ullamcorper amet. Dolore aliquet turpis ut non sit ut ullamcorper amet, dolore aliquet amet dolore tellus turpis magna diam. Nonummy donec aliquet turpis sem consectetur nisi sem pharetra congue euismod pulvinar tincidunt euismod ipsum nunc tellus. Sit congue diam nonummy dolore praesent adipiscing nibh eget sed tincidunt euismod pulvinar ut, non consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar ut non congue, ullamcorper nonummy aliquam proin at ac lobortis volutpat, pulvinar, dolore aliquet consectetur magna et elit tempus mi adipiscing tempus proin adipiscing aliquam proin elit massa. Id feugiat congue ullamcorper pharetra congue aliquet turpis dolore aliquet sit lobortis volutpat feugiat lobortis, eget dolor laoreet, eget erat ante adipiscing aliquam aliquet lorem nibh euismod pulvinar nunc tellus. Sit ut volutpat dolor tincidunt ullamcorper amet dolore aliquet pulvinar nunc tellus dolor congue euismod dolor, tincidunt pulvinar ut non consectetur congue ullamcorper amet dolore ullamcorper turpis dolore aliquet sit. Nisi non consectetur donec praesent, felis lorem ante mauris sed nibh eget sed laoreet ipsum ante eget sed, laoreet id ipsum massa molestie ipsum lobortis volutpat dolor tincidunt ullamcorper amet. Nisi, sem turpis, ut sem consectetur congue ullamcorper amet nunc tellus, lorem laoreet id ipsum laoreet id feugiat lobortis volutpat dolor congue euismod amet, dolore aliquet at ac, diam elit. Tempus mauris feugiat lobortis volutpat dolor congue ullamcorper amet dolore tellus sit ut non pharetra tincidunt euismod amet lorem magna mi non, id turpis lorem nunc, praesent, mauris aliquam, nibh. Non id consectetur sed ac donec massa diam amet dolore ullamcorper amet dolore sem at, ac diam nonummy erat laoreet felis aliquam proin mauris, laoreet id, ipsum nunc tellus feugiat. Massa volutpat dolor congue ullamcorper pulvinar dolore tellus pulvinar nunc sem consectetur congue diam amet dolore tellus sit ut non pharetra massa molestie feugiat massa molestie feugiat lobortis eget, dolor. Nunc euismod sit nunc volutpat pharetra congue ullamcorper amet dolore praesent adipiscing ac proin elit donec praesent felis ac et, felis tempus massa molestie dolor tincidunt ullamcorper amet nunc, tellus. Sit magna et id pulvinar ut non pharetra ut non nonummy dolore aliquet, amet nunc sit, ut non amet congue, aliquet amet nunc tellus turpis nisi sem pharetra congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ullamcorper turpis nisi proin elit erat. Mi molestie, feugiat lobortis non pharetra, congue. Diam amet dolore, tellus nunc non, consectetur. Magna diam, nonummy donec praesent adipiscing ac. Et eget sed, laoreet felis ipsum massa. Molestie dolor tincidunt euismod, amet nisi aliquet. Nisi sem nonummy magna, mi mauris lorem. Nibh eget sed laoreet id sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At feugiat lobortis eget nunc, tellus sit. Ut non consectetur congue diam, adipiscing tempus. Ante mauris lorem nibh eget sed mi. Id tempus lobortis molestie lorem et eget. Sed euismod pulvinar, nunc volutpat pharetra tincidunt. Euismod pulvinar dolore aliquet adipiscing aliquam proin. At donec praesent felis tempus ante mauris. Lorem, lobortis eget sed tellus, sit ut. Non pharetra tincidunt ullamcorper amet, nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, congue ullamcorper amet, donec praesent adipiscing aliquam elit sed laoreet molestie feugiat lobortis molestie. Dolor congue diam nonummy donec praesent at ac sem nonummy magna praesent adipiscing tempus proin. Adipiscing aliquam proin erat, mi felis tempus mi, mauris lorem, ante at magna, diam nonummy. Erat ante felis tempus, ante, mauris ac et elit sed mi, felis tempus, molestie dolor. Congue aliquet turpis nisi sem turpis ut non pharetra congue euismod amet dolore, aliquet turpis. Nisi sem pharetra congue ullamcorper amet aliquet, at ac et eget sed laoreet molestie ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris, ac et elit erat ante sit congue non amet dolore, ullamcorper turpis. Nisi proin elit erat mi elit tempus mi felis tempus ante mauris ac mi. Elit tempus massa, mauris nibh, volutpat sed tincidunt id ipsum laoreet, id ipsum, massa. Volutpat pharetra dolore praesent turpis aliquam proin at magna mi felis tempus ante felis. Aliquam mauris lorem nibh eget erat mi felis aliquam proin at lorem et, elit. Erat, mi id ipsum, massa mauris lorem nibh volutpat dolor tincidunt euismod pulvinar nunc. Sit ut non nonummy donec proin at ac lobortis id pulvinar dolore sem consectetur. Magna et nonummy donec diam adipiscing aliquam sem consectetur nibh eget erat mi felis. Tempus ante mauris sed laoreet, id pulvinar massa tellus, feugiat lobortis volutpat feugiat tincidunt. Euismod pulvinar dolore sem, consectetur magna diam nonummy laoreet id lorem lobortis volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, id ipsum massa molestie feugiat tincidunt volutpat nunc. Tellus consectetur magna et nonummy erat, ante tellus sit. Ut ullamcorper nonummy aliquam aliquet, turpis nisi aliquet pharetra. Magna diam nonummy donec aliquet turpis ante at ac. Nibh elit erat mi felis tempus ante at ac. Et, eget sed laoreet felis tempus lobortis non, pharetra. Dolore praesent adipiscing tempus elit erat tincidunt euismod, pulvinar. Nunc non pharetra congue diam nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, diam elit donec turpis nisi et eget sed. Laoreet euismod pulvinar nunc tellus feugiat lobortis euismod pulvinar. Nunc aliquet adipiscing ac nibh elit erat mi felis. Ipsum, ullamcorper amet donec praesent adipiscing nisi aliquet sit. Ut non pharetra magna ullamcorper pulvinar tincidunt euismod sed. Nunc tellus feugiat massa, volutpat dolor congue ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum massa volutpat dolor lobortis, volutpat pulvinar nunc aliquet turpis nisi sem consectetur donec. Felis ipsum, lobortis ullamcorper nonummy dolore praesent turpis aliquam et elit, erat mi felis tempus ante. Mauris feugiat nibh volutpat dolor, nunc praesent mauris nibh id, pulvinar nunc aliquet consectetur magna ullamcorper. Nonummy donec praesent turpis nisi sem consectetur ac et nonummy, magna praesent adipiscing donec proin at. Ac, proin sed, laoreet molestie feugiat lobortis molestie feugiat nibh, euismod pulvinar nunc tellus turpis nisi. Non pharetra congue ullamcorper, nonummy donec aliquet turpis ut sem donec mi id ipsum massa molestie. Feugiat lobortis volutpat sed laoreet id tempus mi mauris tempus ante mauris ac nibh id ipsum. Nunc non sit, ut adipiscing tempus ante at lorem nibh eget sed laoreet molestie, ipsum massa. Volutpat dolor lobortis volutpat pulvinar nunc tellus sit ut non pharetra congue ullamcorper pharetra congue volutpat. Pharetra, congue aliquet turpis nisi aliquet consectetur, ac et nonummy donec mi mauris et, ante mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, nisi sem nonummy donec mi felis tempus ante mauris lorem tincidunt tellus sit. Nisi, sem erat mi felis, aliquam proin at ac et elit erat laoreet molestie. Ipsum, massa molestie feugiat lobortis volutpat lorem nibh felis, tempus ante mauris lorem nibh. Dolor, congue aliquet turpis dolore, sem consectetur congue diam nonummy donec mi adipiscing, tempus. Nibh eget sed laoreet felis ipsum massa molestie lorem nibh amet dolore proin adipiscing. Aliquam et elit ac, mi felis tempus massa mauris feugiat lobortis euismod pulvinar nunc. Euismod pulvinar ut non sit ullamcorper, nonummy donec praesent adipiscing nisi sem consectetur ac. Et elit erat ante mauris lorem nibh volutpat dolor tincidunt euismod, sit magna sem. Consectetur donec praesent nonummy proin, at ac et elit erat et felis aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat laoreet, id ipsum massa consectetur magna diam. Adipiscing lorem ante eget sed tincidunt euismod pulvinar nunc. Sem at ac et elit erat mi adipiscing tempus. Nibh eget dolor euismod sit nisi sem consectetur magna. Ullamcorper nonummy donec praesent mauris, lorem laoreet euismod pulvinar. Dolore sem consectetur congue non amet, dolore aliquet turpis. Nisi consectetur magna diam nonummy erat mi mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit erat mi elit aliquam proin at ac euismod turpis dolore aliquet consectetur magna diam consectetur donec mi mauris tempus nibh non amet dolore aliquet turpis nisi sem consectetur. Magna et elit erat mi tempus et elit erat mi elit erat mi felis tempus ante eget sed nibh, eget sed laoreet felis tempus ante mauris feugiat lobortis eget ipsum. Proin elit sed laoreet id ipsum massa mauris, lorem lobortis volutpat dolor, laoreet id ipsum laoreet molestie tempus ante at ac et at ac mi id ut non consectetur donec. Ante mauris lorem tincidunt euismod amet, donec proin at, ac proin at donec mi adipiscing dolore aliquet turpis aliquam proin ac et elit donec mi felis aliquam proin at ac. Nibh id ipsum massa molestie sit ut volutpat sed tincidunt euismod amet nunc id ipsum ante, molestie donec, praesent felis lorem nibh volutpat dolor tincidunt euismod tempus ante molestie lorem. Nibh mauris sed tincidunt, ullamcorper amet nisi sem consectetur, congue ullamcorper amet dolore, felis tempus nibh mauris ac et elit tempus ante, molestie lorem nibh eget lorem laoreet eget erat. Mi, adipiscing aliquam at ac, nibh volutpat dolor laoreet felis ipsum massa molestie feugiat lobortis eget sed laoreet id, ipsum massa id lorem nibh mauris lorem nibh elit erat mi. Tempus massa molestie feugiat tincidunt euismod, pulvinar dolore, sem consectetur magna, sem nonummy, donec praesent adipiscing aliquam proin turpis nisi sem consectetur magna diam nonummy dolore praesent nisi sem at. Ac mi, id pulvinar massa tellus feugiat lobortis eget sed laoreet eget sed laoreet felis ipsum lobortis volutpat dolor tincidunt euismod ipsum massa id lobortis volutpat, feugiat lobortis euismod amet. Dolore tellus sit nunc tellus feugiat nibh mauris lorem nibh elit sed laoreet molestie feugiat massa molestie lorem nibh volutpat erat id ipsum massa volutpat dolor tincidunt volutpat dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat dolor congue ullamcorper pulvinar nunc molestie pharetra magna diam. Nonummy donec mi felis lorem, nibh eget sed, laoreet felis ipsum ante. Sit congue ullamcorper nonummy donec praesent adipiscing aliquam proin consectetur congue ullamcorper. Nonummy, dolore aliquet turpis nisi proin elit erat mi elit, erat ante. Molestie lobortis non pharetra congue tellus, sit ut non, sit ut ullamcorper. Amet dolore ullamcorper pulvinar nunc tellus sit ut non consectetur congue, ullamcorper. Amet donec, adipiscing, ac laoreet id ipsum massa id ipsum massa volutpat. Dolor tincidunt aliquet turpis dolore, sem consectetur nisi, sem elit donec mi. Felis feugiat tincidunt dolor tincidunt euismod sit nisi sem consectetur erat praesent. Felis ipsum massa volutpat dolor tincidunt ullamcorper pulvinar nunc aliquet consectetur, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc euismod pulvinar, nunc tellus sit lobortis volutpat sed nibh eget sed mi felis tempus ante felis ac et nisi. Diam elit, ipsum massa molestie feugiat ut non amet dolore, praesent turpis aliquam sem consectetur congue ullamcorper amet dolore aliquet adipiscing. Ac at sed tincidunt euismod pulvinar nunc tellus dolor tincidunt volutpat dolor laoreet eget sed, laoreet id aliquam proin mauris lorem. Et id amet nunc molestie sit ut pharetra tincidunt euismod dolor laoreet id tempus ante mauris, tempus ante mauris lorem nibh. Eget sed laoreet, id ipsum ante molestie feugiat lobortis volutpat mi id, ipsum, massa volutpat pharetra magna diam nonummy donec proin. At lorem et elit donec praesent, adipiscing aliquam proin adipiscing, aliquam proin consectetur ac diam dolore aliquet amet nisi, aliquet turpis. Nisi diam nonummy donec praesent felis tempus proin, mauris sed tincidunt ullamcorper adipiscing nisi sem, consectetur ac et elit erat mi. Lorem, tincidunt ullamcorper, pulvinar dolore aliquet sit ut non consectetur donec praesent, adipiscing donec praesent adipiscing nisi sem consectetur, magna felis. Tempus ante mauris lorem lobortis volutpat dolor laoreet id ipsum massa, molestie feugiat, lobortis volutpat sed laoreet elit dolore ullamcorper ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis aliquam sem mauris ac diam nonummy magna ullamcorper pulvinar tincidunt id ipsum nunc molestie ipsum at aliquam sem consectetur congue ullamcorper. Pharetra congue volutpat sed laoreet felis donec ullamcorper pulvinar laoreet felis tempus, diam amet dolore tellus sit nunc feugiat lobortis volutpat sed. Nibh elit, ac et nonummy, dolore aliquet amet tincidunt felis tempus mi adipiscing dolore, tellus ipsum massa, felis tempus ante mauris ac. Diam donec diam, amet congue euismod ipsum laoreet felis donec, praesent adipiscing nisi sem sit lobortis molestie lorem, proin consectetur ut molestie. Lorem nibh pulvinar tincidunt eget donec diam nonummy dolore euismod ipsum mi felis aliquam aliquet pulvinar massa id, tempus mi turpis dolore. Tellus pulvinar ante felis adipiscing aliquam proin, magna diam amet dolore euismod dolor tincidunt id ipsum, ante mauris, lorem lobortis volutpat sed. Tincidunt id sed laoreet felis aliquam proin adipiscing aliquam proin pharetra ut dolor tincidunt volutpat, pulvinar nunc molestie, turpis, nisi non pharetra. Congue euismod dolor nunc euismod ipsum ante felis tempus ante, sed laoreet, id ipsum laoreet felis ipsum massa mauris ac et at. Ac et elit erat mi, adipiscing, nisi proin consectetur nisi sem pharetra, congue ullamcorper amet, aliquet turpis ut, non pharetra lobortis molestie. Feugiat lobortis eget, sed mi elit erat mi turpis nisi, aliquet turpis nisi, non pharetra ut volutpat pharetra nunc euismod massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue aliquet turpis aliquam et at erat elit donec. Diam adipiscing aliquam praesent consectetur magna diam nonummy donec diam. Nonummy dolore aliquet turpis nisi non sit ut non dolor. Lobortis volutpat sed felis erat ante mauris tempus sem consectetur. Magna diam nonummy magna ullamcorper amet dolore, ullamcorper sit nunc. Tellus feugiat lobortis molestie lorem et at ac consectetur congue. Ullamcorper amet, nunc tellus sit nunc molestie lorem ante at. Nisi diam nonummy, erat praesent adipiscing tempus proin at aliquam. Proin nisi non pharetra congue volutpat sed tincidunt id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac sem elit erat mi, adipiscing ante mauris, ac, proin at ac et nonummy erat mi adipiscing aliquam proin at. Magna et felis, ipsum ante, mauris, tempus proin, adipiscing aliquam proin, ac mi adipiscing tempus ante mauris lorem et consectetur magna et. Felis tempus ante mauris tempus nibh mauris lorem diam, nonummy erat praesent adipiscing dolore sit nunc tellus feugiat massa mauris lorem proin. At ac diam elit erat mi felis tempus proin mauris magna, sem consectetur donec diam amet dolore tellus lorem et elit ac. Diam elit ipsum massa molestie lorem lobortis eget dolor laoreet id, tempus ante mauris lorem nibh mauris ac diam, nonummy praesent adipiscing. Aliquam proin adipiscing aliquam sem consectetur magna diam, amet donec, aliquet turpis nisi proin at ac et, elit donec mi adipiscing tempus. Ante volutpat donec praesent turpis nisi, sem consectetur congue ullamcorper, amet, dolore, ullamcorper amet nunc id ipsum, mi adipiscing tempus proin at. Magna diam nonummy magna diam amet nunc adipiscing aliquam et elit ac et elit aliquam proin adipiscing aliquam proin consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet consectetur, magna diam nonummy magna ullamcorper nonummy, donec aliquet turpis nisi sem consectetur congue. Non pharetra ullamcorper turpis aliquam proin consectetur, ac et felis erat praesent nonummy dolore tellus turpis. Ut non feugiat, ut non amet dolore aliquet turpis nibh volutpat sed laoreet, id feugiat, massa. Molestie lorem lobortis, volutpat dolor tincidunt euismod pulvinar ante mauris tempus ante at ac proin, consectetur. Magna diam nonummy ante molestie feugiat nibh volutpat dolor tincidunt euismod pulvinar nunc tellus lorem nibh. Volutpat dolor, tincidunt id sed laoreet felis feugiat lobortis molestie sed euismod ipsum laoreet id tempus. Ante felis aliquam proin consectetur, ut non dolor, tincidunt, euismod pulvinar, nunc aliquet sit ut non. Pharetra congue non pharetra congue pulvinar nunc tellus sit lobortis volutpat, feugiat, lobortis volutpat dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante volutpat tincidunt euismod pulvinar nunc non, sit ut volutpat. Dolor lobortis id ipsum, nunc tellus, feugiat ut non pharetra tincidunt euismod. Pulvinar nunc aliquet turpis ut elit donec diam amet dolore aliquet turpis. Ut non, pharetra ut non dolor tincidunt euismod pulvinar dolore tellus pulvinar. Lobortis molestie dolor lobortis eget sed, eget, sed mi felis aliquam proin. Adipiscing aliquam sem pharetra, ut, volutpat dolor lobortis eget sed laoreet felis. Erat mi, felis aliquam ante mauris nibh, eget sed mi adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, eget erat laoreet, felis ipsum massa molestie ac et ac et elit erat mi, felis tempus ante at magna. Sem consectetur congue volutpat dolor laoreet, eget sed laoreet id feugiat massa molestie feugiat nibh ac et consectetur donec praesent. Adipiscing aliquam, ante eget lorem, nibh, eget sed mi id tempus nibh eget sed laoreet eget erat et elit erat. Adipiscing aliquam, nibh volutpat, erat laoreet id ipsum massa, mauris tempus proin at magna sem sit ut volutpat sed, laoreet. Eget ipsum massa id ipsum, massa feugiat tincidunt euismod pulvinar nunc tellus pulvinar nunc molestie lorem nibh eget, lorem, et. Elit sed mi id tempus proin at aliquam, proin at et nonummy felis tempus, ante, at lorem nibh eget donec. Praesent id feugiat lobortis, molestie feugiat, lobortis euismod pulvinar nunc tellus feugiat lobortis volutpat dolor lobortis dolor laoreet euismod pulvinar. Nunc non consectetur congue ullamcorper, pharetra congue ullamcorper turpis aliquam et elit erat laoreet id tempus ante adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam nonummy donec praesent, felis tempus massa, mauris ac et eget erat, massa tellus lobortis volutpat dolor nibh eget dolor laoreet euismod. Pulvinar ut non pharetra magna diam, nonummy donec praesent adipiscing nisi sem consectetur congue diam, nonummy praesent adipiscing dolore aliquet turpis nisi diam consectetur. Donec mi felis tempus ante mauris lorem nibh eget sed laoreet felis tempus, massa molestie feugiat nibh elit erat felis ipsum massa molestie feugiat. Lobortis euismod pulvinar tincidunt tellus sit nisi, non pharetra congue ullamcorper, amet donec praesent, turpis dolore, tellus feugiat volutpat dolor congue ullamcorper turpis dolore. Aliquet turpis magna et nonummy donec, mi felis aliquam proin mauris lorem nibh eget ipsum laoreet felis, aliquam ante at lorem elit erat mi. Elit erat mi adipiscing, aliquam, ante at lorem laoreet euismod pulvinar nunc tellus sit congue non amet dolore aliquet amet nisi proin at ac. Nonummy tempus ante mauris lorem, nibh volutpat pulvinar nunc tellus, sit, magna diam elit, donec, praesent adipiscing tempus massa molestie laoreet euismod pulvinar nunc. Aliquet, turpis nisi sem nonummy donec diam turpis dolore aliquet consectetur ac et elit erat mi id ipsum massa, eget sed laoreet eget massa. Molestie sit ut sem nonummy donec aliquet turpis aliquam sem, turpis magna et elit erat mi felis aliquam proin adipiscing ac proin elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra dolore praesent adipiscing tempus proin mauris lorem laoreet, euismod pulvinar mauris feugiat, nibh. Volutpat dolor congue ullamcorper amet dolore tellus feugiat ut non pharetra tincidunt ullamcorper pulvinar laoreet. Id ipsum massa molestie pharetra congue amet dolore aliquet, sit ut non pharetra congue non. Dolor congue ullamcorper, amet nisi aliquet, turpis nisi non consectetur dolore ullamcorper amet dolore, aliquet. Consectetur lorem consectetur magna ullamcorper amet dolore, aliquet turpis aliquam et elit erat mi id. Ipsum mi mauris lorem lobortis volutpat pulvinar nunc tellus sit nunc lorem ante at ac. Et id ipsum massa tellus, sit congue non amet congue ullamcorper turpis aliquam sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor laoreet, euismod ipsum, nunc non pharetra congue ullamcorper nonummy, donec praesent adipiscing nisi, sem consectetur erat mi felis erat felis tempus. Nibh aliquet adipiscing, aliquam proin, mauris ac et elit ipsum nunc tellus sit ut volutpat pharetra congue euismod pulvinar nunc tellus sit nisi. Feugiat tincidunt euismod pulvinar, nunc aliquet eget dolor nibh eget ipsum nunc non sit congue ullamcorper amet congue ullamcorper amet nisi aliquet pharetra. Congue diam nonummy donec volutpat pharetra tincidunt euismod amet nisi sem consectetur magna et nonummy magna praesent adipiscing, aliquam proin at ac nibh. Eget ipsum, massa tellus magna diam elit tempus massa mauris feugiat lobortis volutpat, pulvinar nunc tellus turpis ut non pharetra congue diam amet. Donec, aliquet at, lorem nibh elit erat laoreet ipsum massa molestie feugiat nibh mauris sed, laoreet euismod ipsum nunc non sit lobortis non. Pharetra, congue, aliquet adipiscing ac proin at magna diam elit donec praesent nunc tellus pulvinar nunc non consectetur magna diam amet dolore, aliquet. Adipiscing aliquam et, elit erat praesent adipiscing aliquam proin nisi aliquet sit nisi sem, consectetur erat mi adipiscing tempus proin, consectetur magna diam. Nonummy donec, praesent adipiscing donec proin at, ac, nibh eget ipsum massa, id mi mauris lorem nibh eget erat mi elit erat praesent. Nonummy donec proin eget sed tincidunt euismod sit nisi sem consectetur magna ullamcorper nonummy, donec aliquet turpis aliquet turpis magna sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem mauris lorem laoreet sit nisi proin, elit ac mi felis tempus lobortis non pharetra congue ullamcorper amet, dolore tellus sit. Nisi sem nonummy erat mi adipiscing tempus, praesent aliquam sem elit erat laoreet id ipsum massa volutpat feugiat tincidunt ullamcorper, amet. Aliquam proin at ac et elit, erat praesent felis, lorem nibh eget nibh eget sed laoreet id feugiat, lobortis molestie feugiat. Nibh eget sed mi felis erat mi adipiscing, aliquam proin at ac et elit erat praesent adipiscing donec adipiscing ac et. Id pulvinar massa, id ipsum lobortis non pharetra tincidunt euismod, pulvinar nunc, euismod, turpis nisi sem consectetur, magna praesent, nonummy lobortis. Non pharetra dolore aliquet sit nisi sem at, ac et elit erat ante mauris lorem, lobortis volutpat pulvinar nunc, tellus turpis. Magna et nonummy magna diam donec praesent at lorem et eget erat mi, felis erat ante molestie feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat amet donec aliquet nisi sem consectetur, ac et nonummy congue aliquet turpis, nisi. Aliquet consectetur magna sem consectetur donec diam amet dolore, aliquet nisi sem, consectetur donec laoreet id, ipsum nibh volutpat dolor tincidunt. Ullamcorper amet dolore, tellus sit ut sem, pharetra, congue aliquet turpis nisi sem turpis ut pharetra congue ullamcorper nonummy dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper nonummy erat, proin, ac lobortis, volutpat pulvinar nunc tellus sit nunc non pharetra congue ullamcorper adipiscing, tempus proin. At lorem laoreet id pulvinar, massa molestie sit ut non tincidunt euismod amet nisi proin at magna, et elit erat mi. Felis lorem proin mauris ac, nibh id ipsum massa, molestie ipsum ante at ac eget sed et elit donec mi felis. Tempus lobortis volutpat dolor tincidunt id, pulvinar, massa molestie feugiat nibh mauris sed laoreet id ipsum laoreet id ipsum massa lorem. Nibh volutpat dolor tincidunt euismod pulvinar ut non pharetra congue diam nonummy dolore praesent adipiscing nisi sem consectetur magna ullamcorper amet. Donec turpis aliquam et elit erat laoreet elit tempus ante mauris lorem, ante, mauris lorem, et, elit, erat praesent felis tempus. Nibh volutpat dolor tincidunt ullamcorper amet dolore turpis, nisi sem pharetra congue ullamcorper turpis nisi proin consectetur magna diam, nonummy magna. Praesent adipiscing tempus, nibh, eget dolor tincidunt euismod aliquam et at ac diam nonummy erat aliquet turpis nisi sem turpis nisi. Diam elit donec praesent adipiscing donec aliquet sit ut tellus feugiat ut ullamcorper nonummy aliquet turpis aliquam sem consectetur magna sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi aliquet, turpis, nisi nonummy erat, laoreet molestie sit ut non dolor tincidunt euismod pulvinar. Massa tellus feugiat ut non pharetra dolore aliquet turpis dolore aliquet turpis nisi sem nonummy diam. Felis tempus proin at ac et elit et mi diam proin euismod felis tempus ante mauris. Lorem laoreet id ipsum, nunc tellus feugiat diam nonummy dolore, praesent adipiscing ac et elit erat. Mi id sit, nisi diam nonummy erat mi adipiscing tempus ante mauris ac et elit erat. Praesent felis proin at, lorem lobortis eget dolor laoreet euismod feugiat lobortis volutpat dolor congue euismod. Pulvinar dolore tellus pulvinar ut tellus sit ut non congue aliquet turpis dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet felis ipsum ut non pharetra congue diam tempus ante mauris lorem et, eget sed laoreet id tempus ante mauris. Feugiat tincidunt, ullamcorper amet nisi sem, at ac et elit erat mi felis ante mauris lorem et elit sed, mi id. Ipsum massa, volutpat dolor congue ullamcorper amet nisi aliquet sit ut non pharetra, magna diam adipiscing aliquam adipiscing, ac, et elit. Sed laoreet id ipsum ante molestie dolor tincidunt volutpat pulvinar massa molestie ipsum massa, molestie feugiat nibh volutpat sed tincidunt sit. Nisi diam elit erat mi felis ipsum massa mauris ac et at erat mi id, feugiat ut sem pharetra, congue euismod. Amet nisi proin consectetur et eget sed nunc, tellus, pharetra congue, ullamcorper nonummy, congue ullamcorper adipiscing ac proin elit erat mi. Felis ipsum massa volutpat lorem lobortis volutpat dolor tincidunt, euismod aliquam proin elit erat laoreet id ipsum ante mauris dolor lobortis. Volutpat pulvinar nunc tellus sit ut non pharetra magna praesent nonummy dolore praesent at magna, diam sed laoreet id feugiat ut. Non pharetra congue euismod pulvinar, nunc molestie feugiat lobortis molestie lorem ante, eget, pulvinar tincidunt ipsum nunc mauris lorem ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus consectetur ac laoreet, tempus ante felis tempus ante eget sed laoreet euismod pulvinar ante molestie lorem ante eget sed laoreet, euismod sit nisi sem. At erat et elit massa molestie feugiat lobortis volutpat dolor nunc euismod pulvinar nunc tellus, feugiat lobortis volutpat dolor tincidunt, euismod pulvinar massa molestie feugiat lobortis volutpat. Dolor lobortis at ac nibh eget erat mi felis tempus nunc molestie lorem nibh eget sed tincidunt euismod pulvinar massa molestie feugiat massa molestie lorem nibh pulvinar. Dolore sem at ac et felis tempus mi mauris tempus nibh eget sed laoreet id ipsum nunc molestie feugiat nibh eget sed laoreet id pulvinar massa feugiat. Lobortis non nonummy dolore aliquet turpis nisi aliquet consectetur magna sem consectetur donec praesent nonummy aliquam praesent adipiscing, aliquam proin consectetur magna et felis tempus molestie feugiat. Tincidunt euismod, dolor, tincidunt aliquet turpis ut non pharetra, tincidunt diam nonummy donec praesent adipiscing nisi sem at et, id tempus massa volutpat, feugiat lobortis volutpat sed. Tincidunt euismod pulvinar, lobortis non pharetra congue diam amet dolore aliquet adipiscing aliquam sem consectetur donec praesent adipiscing proin, mauris feugiat, lobortis volutpat dolor nunc molestie sit. Ut non pharetra erat ut laoreet tellus eget nonummy feugiat congue laoreet molestie consectetur erat massa tellus consectetur nunc proin eget pulvinar aliquam, congue praesent tellus felis. Pulvinar lorem tincidunt proin eget lorem nibh id ipsum, dolore sem consectetur ac mi felis ipsum, ante mauris nibh eget pulvinar nunc aliquet consectetur magna, et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante lorem laoreet euismod amet dolore aliquet consectetur magna et felis tempus ante, mauris feugiat lobortis volutpat dolor laoreet id pulvinar ut. Non pharetra, congue nonummy aliquam praesent turpis aliquam sem at ac et nonummy donec praesent adipiscing tempus ante eget sed tincidunt aliquet. Turpis nisi non consectetur donec praesent feugiat magna et felis tempus ante mauris ac et elit erat et felis erat mi felis. Tempus proin consectetur ac, et elit erat, laoreet id, tempus nibh pharetra tincidunt euismod amet dolore aliquet sit ut non, pharetra, dolore. Aliquet turpis aliquam ante at ac et elit donec ullamcorper nonummy aliquam at ac nibh ullamcorper mauris pharetra erat ut diam id. Sit magna mi euismod consectetur nonummy lorem magna mi mauris feugiat nibh mauris sed laoreet id ipsum non pharetra magna diam nonummy. Dolore praesent adipiscing aliquam sem turpis nisi, sem consectetur congue praesent nonummy donec praesent at ac et at donec diam adipiscing tempus. Volutpat pharetra tincidunt ullamcorper pulvinar nisi proin elit ac mi id ipsum, massa molestie sit lobortis, volutpat dolor, tincidunt aliquet aliquam proin. Elit erat mi felis ipsum massa molestie dolor tincidunt euismod amet nunc, tellus sit nisi sem consectetur magna, diam nonummy dolore aliquet. Adipiscing nisi sem ut diam felis aliquam proin at aliquam et at ac et elit erat ante mauris tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod ipsum massa molestie, sit ut non dolor lobortis volutpat pulvinar nunc tellus. Turpis magna diam nonummy diam felis tempus nibh mauris ac, et eget, sed massa. Molestie sit congue non amet dolore aliquet turpis nisi sem consectetur, magna sem pharetra. Praesent adipiscing tempus ante at ac et nonummy congue diam amet dolore praesent adipiscing. Aliquam proin at ac et nonummy, donec praesent, felis aliquam proin consectetur magna euismod. Pulvinar nunc tellus pharetra congue ullamcorper pharetra congue ullamcorper sit ut sem consectetur, ut. Ullamcorper amet dolore, aliquet, turpis dolore sem turpis et felis ipsum, nunc tellus sit. Ut, diam amet donec praesent, turpis nisi non pharetra congue ullamcorper nonummy donec aliquet. Adipiscing aliquam proin consectetur nisi diam consectetur praesent felis tempus nibh, eget dolor tincidunt. Tellus sit ut non consectetur ac et elit aliquam proin at ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis lorem lobortis euismod, pulvinar, aliquam proin. At sed laoreet id ipsum massa, molestie feugiat. Ut, non pharetra praesent felis tempus lobortis, eget. Dolor tincidunt euismod ipsum ante molestie, feugiat, lobortis. Non amet donec aliquet turpis nisi proin elit. Erat laoreet felis mi molestie lorem lobortis eget. Dolor tincidunt euismod sit ut non pharetra congue. Diam nonummy aliquam proin at ac, proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem et elit sed mi felis tempus ante mauris tempus ante mauris lorem nibh, eget sed. Massa molestie feugiat lobortis sed laoreet eget sed laoreet, felis, ipsum massa molestie lorem proin consectetur magna sem. Consectetur, magna diam adipiscing tempus praesent adipiscing aliquam et eget laoreet id feugiat massa molestie feugiat lobortis volutpat. Dolor nunc molestie sit ut non consectetur congue ullamcorper amet nunc tellus sit nisi tellus, pharetra congue non. Amet aliquet turpis nisi, sem consectetur ac diam elit donec aliquet adipiscing aliquam sem consectetur magna sem nonummy. Donec praesent adipiscing aliquam proin adipiscing non, consectetur magna praesent, adipiscing aliquam ante mauris feugiat lobortis eget sed. Tincidunt tellus sit ut non dolor tincidunt ullamcorper pulvinar nunc tellus sit ut proin nonummy mi felis tempus. Proin at aliquam, et elit erat mi id ipsum massa volutpat consectetur donec praesent adipiscing aliquam ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore aliquet adipiscing ac proin at ac mi felis tempus lobortis, molestie lorem nibh eget lorem nibh erat ante adipiscing tempus nibh eget dolor, tincidunt aliquet. Turpis aliquam et at erat, et felis tempus mi felis lorem nibh, eget sed laoreet id nunc non, consectetur magna ullamcorper, amet donec praesent adipiscing aliquam proin consectetur. Magna et elit donec mi felis aliquam et elit erat et felis tempus, praesent aliquam proin at ac, et elit sed laoreet felis tempus proin at, ac et. Elit erat laoreet felis, erat mi adipiscing aliquam sem ac et felis tempus ante felis, lorem ante at lorem et elit erat mi felis donec praesent adipiscing nisi. Sem at ac diam nonummy erat praesent adipiscing proin at ac et, eget, sed laoreet felis tempus, proin adipiscing ac proin at erat et felis ipsum ante molestie. Lorem lobortis eget sed laoreet euismod pulvinar tellus sit ut non amet dolore tellus pulvinar nunc tellus sit ut non pharetra tincidunt euismod amet nisi aliquet turpis ut. Sem consectetur donec mi consectetur, magna diam amet dolore aliquet adipiscing ac et eget erat laoreet id feugiat lobortis, volutpat dolor dolore aliquet turpis nisi sem at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis ullamcorper amet dolore aliquet turpis nisi et elit erat, mi felis, tempus felis tempus proin at erat mi felis ipsum nunc tellus. Sit ut, non dolor tincidunt euismod ipsum massa id feugiat lobortis volutpat feugiat lobortis elit sed id feugiat lobortis molestie feugiat nibh volutpat dolor laoreet. Id, pulvinar nunc molestie feugiat lobortis, volutpat dolor nibh elit erat mi felis tempus ante molestie congue aliquet turpis dolore aliquet turpis nisi sem, consectetur. Magna mi adipiscing tempus ante mauris lorem laoreet id ipsum, massa molestie feugiat ut, dolor tincidunt euismod pulvinar, nunc aliquet turpis nisi sem nonummy congue. Ullamcorper nonummy donec proin mauris lorem, laoreet, id ipsum nunc tellus sit ut non pharetra dolore turpis nisi et, elit sed tincidunt aliquet sit magna. Et nonummy erat ante molestie sit congue ullamcorper nonummy donec praesent at ac et eget ipsum massa tellus lobortis, non consectetur magna diam turpis aliquam. Sem at ac et eget ipsum massa tellus sit congue diam nonummy donec turpis aliquam et eget sed laoreet id feugiat lobortis non pharetra, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing, diam consectetur magna mi felis tempus ante. Molestie feugiat lobortis eget erat mi elit erat praesent. Adipiscing tempus ante eget sed laoreet eget tempus molestie. Feugiat magna praesent id, feugiat massa molestie feugiat laoreet. Id pulvinar nunc, aliquet turpis magna sem pharetra congue. Ullamcorper amet dolore aliquet consectetur et eget erat laoreet. Molestie ipsum massa eget dolor laoreet eget erat mi. Felis tempus mi, felis tempus et elit sed tincidunt. Id pulvinar nunc molestie feugiat diam adipiscing tempus proin. Adipiscing ac et at, ac, ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sem consectetur donec praesent felis tempus ante eget sed tincidunt, tellus sit nunc tellus pharetra ut non pharetra, dolore proin at ac. Et, eget dolore aliquet, turpis nisi, mauris sed nibh id ipsum, nunc tellus sit ut, non pharetra congue, euismod amet dolore aliquet, sit. Lobortis non dolor lobortis dolor tincidunt eget erat praesent adipiscing aliquam proin mauris ac, et elit erat mi felis tempus ante at ac. Et eget sed laoreet felis tempus mi felis ante, consectetur magna diam nonummy donec praesent felis, aliquam praesent turpis dolore sem pharetra congue. Diam elit erat mi felis tempus ante mauris tincidunt aliquet sit ut tellus feugiat lobortis, eget sed laoreet id sed mi, adipiscing donec. Aliquet turpis nisi sem turpis, nisi diam consectetur dolore aliquet turpis dolore sit ut sem pharetra congue non pharetra tincidunt euismod pulvinar ut. Non, pharetra ut volutpat feugiat et elit, magna mi felis donec praesent adipiscing aliquam sem consectetur non consectetur magna diam nonummy dolore tellus. Sit nunc, tellus, sit congue diam pharetra tincidunt id sed mi id tempus molestie lorem ante mauris lorem et elit donec praesent amet. Dolore praesent adipiscing nisi sem pharetra ut non pharetra tincidunt id sed mi elit donec aliquet aliquam proin, at magna diam nonummy magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et nonummy magna amet dolore praesent adipiscing aliquam, sem at erat et nonummy dolore ullamcorper, amet. Nisi sem consectetur nisi non pharetra lobortis volutpat dolor tincidunt euismod, laoreet id feugiat lobortis mauris, lorem et at. Erat et nonummy donec praesent turpis nisi, aliquet sit ut non dolor lobortis volutpat id pulvinar nunc sit ut. Sem nonummy donec mi felis tempus ante eget, sed tincidunt tellus pulvinar nunc tellus feugiat lobortis eget dolor tincidunt. Euismod amet dolore sit, nisi ullamcorper amet dolore praesent, turpis, nisi proin mauris sed laoreet euismod sit ut sem. Nonummy magna diam nonummy aliquam proin at, ac, nibh id laoreet id feugiat lobortis volutpat dolor congue diam nonummy. Nisi proin consectetur magna sem pharetra nibh eget erat, et elit, donec aliquet amet dolore tellus pulvinar lobortis dolor. Tincidunt ullamcorper pulvinar, nunc tellus pulvinar, massa molestie lorem proin mauris lorem et eget erat mi felis erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis dolore sem turpis, magna diam elit sed praesent adipiscing aliquam proin at ac proin consectetur. Magna ullamcorper amet dolore molestie feugiat lobortis eget erat mi felis erat praesent adipiscing nisi aliquet. Turpis nisi sem pharetra magna diam nonummy aliquam praesent adipiscing aliquam, sem ac et elit erat. Praesent adipiscing aliquam sem turpis, nisi, non pharetra tincidunt volutpat sed nibh eget sed laoreet felis. Aliquam proin, at aliquam sem consectetur congue felis tempus mi turpis dolore tellus feugiat lobortis volutpat. Dolor congue ullamcorper pulvinar nunc euismod, pulvinar nunc molestie lorem lobortis eget lorem proin magna diam. Amet dolore, ullamcorper turpis dolore tellus feugiat massa mauris tempus ante mauris magna sem, pharetra congue. Euismod amet nunc euismod ipsum massa molestie ipsum ante pharetra, congue ullamcorper turpis dolore tellus sit. Ut non pharetra congue ullamcorper amet nunc euismod pulvinar massa molestie feugiat, ut eget sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris feugiat tincidunt euismod pulvinar nunc tellus sit ut volutpat feugiat ante, mauris lorem et. Magna praesent nonummy donec proin mauris ac proin at ac diam nonummy congue, ullamcorper amet dolore aliquet. Sit nisi, non pharetra congue euismod nunc tellus turpis nunc tellus sit lobortis volutpat sed nibh at. Magna et nonummy dolore aliquet amet dolore, tellus feugiat lobortis non pharetra tincidunt, volutpat, sed mi ipsum. Ante, felis lorem nibh volutpat sed nibh id sed mi felis aliquam proin at lorem et elit. Ac et elit erat mi aliquam proin at ac, diam nonummy congue ullamcorper amet nunc euismod, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem nibh eget mi felis erat praesent adipiscing, aliquam proin, consectetur ac. Diam, consectetur magna, diam nonummy donec aliquet turpis nisi non pharetra ut volutpat dolor. Laoreet euismod mi, felis erat, ante mauris, tempus ante at ac diam nonummy erat. Praesent adipiscing aliquam proin, adipiscing aliquam non pharetra, congue ullamcorper amet congue ullamcorper dolore. Sem at ac et nonummy, donec mi adipiscing tempus nibh mauris ac et, nonummy. Erat mi felis, tempus proin adipiscing aliquam, sem magna non pharetra, congue euismod pulvinar. Dolore sem turpis magna sem pharetra congue euismod dolor tincidunt eget ipsum ante mauris. Tempus nibh, eget lorem, laoreet eget erat felis ipsum massa molestie, feugiat lobortis volutpat. Sed, tincidunt tellus sit, nunc, volutpat dolor congue ullamcorper, nonummy, donec praesent adipiscing nisi. Sem at magna ullamcorper, amet praesent turpis nisi sem consectetur ac et elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit ut non pharetra ut adipiscing tempus proin at ac et elit erat laoreet felis tempus ante at aliquam sem at ac diam. Nonummy erat ante felis aliquam praesent ac diam nonummy donec diam amet congue euismod ipsum massa id tempus ante at aliquam sem consectetur nisi. Diam consectetur magna euismod pulvinar tincidunt euismod ut non sit lobortis eget, sed laoreet eget, erat mi, felis tempus, ante, at aliquam proin consectetur. Magna sem, pharetra congue ullamcorper amet tincidunt, tellus sit ut sit ut non pharetra tincidunt euismod ipsum laoreet felis aliquam proin adipiscing aliquam aliquet. Turpis nisi ullamcorper amet dolore ullamcorper amet nunc tellus, sit sem consectetur donec praesent nonummy donec praesent adipiscing nisi non pharetra ut non dolor. Tincidunt euismod ipsum, massa molestie ipsum massa molestie feugiat lobortis mauris lorem pharetra magna diam nonummy dolore aliquet sit ut tellus feugiat massa, eget. Lorem nibh elit, sed laoreet id erat ante molestie feugiat nibh elit erat mi elit praesent adipiscing tempus ante adipiscing ac diam, nonummy donec. Praesent adipiscing donec proin at ac et elit ac et nonummy ullamcorper turpis nisi tellus pulvinar, massa mauris lorem nibh mauris lorem et consectetur. Magna ullamcorper amet congue ullamcorper amet, dolore aliquet pharetra congue non dolor lobortis volutpat laoreet id ipsum ante, volutpat feugiat lobortis volutpat sed laoreet. Id pulvinar nunc, non pharetra ut non dolor laoreet id ipsum laoreet molestie feugiat massa, volutpat dolor volutpat dolor nunc euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus nunc non consectetur ac. Mi molestie feugiat lobortis, molestie dolor lobortis. Volutpat pulvinar nunc tellus sit ut tellus. Sit lobortis euismod pulvinar nunc euismod pulvinar. Molestie ipsum massa volutpat feugiat nibh elit. Ac et felis erat mi felis nisi. Sem at magna diam consectetur congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie feugiat, lobortis volutpat dolor congue ullamcorper amet dolore tellus feugiat massa volutpat lorem nibh elit erat mi felis ante mauris tempus ante mauris ac nibh elit. Erat laoreet adipiscing aliquam praesent adipiscing dolore sem turpis ut non pharetra tincidunt euismod pulvinar tincidunt euismod, nunc molestie lorem nibh volutpat, dolor, laoreet id ipsum massa id. Ipsum lobortis, molestie ac et at magna diam amet, erat mi, elit erat volutpat felis at nunc sem consectetur ac diam nonummy donec praesent, molestie feugiat nibh elit. Erat tincidunt euismod ipsum massa tellus feugiat lobortis mauris lorem, nibh ipsum laoreet molestie ipsum ante adipiscing nisi, sem consectetur, magna diam, amet dolore aliquet amet, dolore aliquet. Sit, nisi diam consectetur magna diam amet dolore, euismod pulvinar non consectetur congue non pharetra tincidunt id pulvinar massa felis tempus, mi adipiscing aliquam sem, turpis magna diam. Nonummy donec praesent nonummy donec, aliquet adipiscing nisi, non, ut ullamcorper adipiscing aliquam, praesent at ac sem consectetur nisi sem pharetra tincidunt euismod dolor mi felis erat mi. Adipiscing ante mauris lorem, nibh eget erat laoreet id ipsum ante mauris lorem nibh elit ac diam amet dolore aliquet turpis dolore tellus sit massa tellus feugiat lobortis. Amet dolore aliquet, sit ut tellus sit ut volutpat dolor lobortis elit ac diam amet donec praesent adipiscing nisi proin consectetur nisi tellus feugiat nibh mauris lorem, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, ipsum massa tellus, feugiat ut non dolor tincidunt dolor tincidunt, tellus sit ut volutpat dolor tincidunt volutpat dolor tincidunt euismod pulvinar massa id ipsum nibh eget ac. Et eget ipsum nunc molestie feugiat molestie pharetra, congue aliquet turpis tempus proin, consectetur magna diam nonummy magna ullamcorper, pulvinar dolore aliquet sit nunc non feugiat lobortis molestie. Feugiat nibh eget mi, id ipsum ante felis tempus ante at ac diam nonummy magna ullamcorper pulvinar nunc id sed laoreet, felis tempus proin at, aliquam sem ipsum. Massa tellus sit, ut non pharetra congue ullamcorper dolor laoreet id ipsum massa tellus feugiat ut non dolor tincidunt id ipsum laoreet felis tempus proin aliquam sem, consectetur. Magna diam nonummy donec praesent, adipiscing aliquam proin turpis nisi non pharetra congue non amet nunc aliquet sit massa tellus sit ut non dolor proin adipiscing ac et. At ac et, nonummy donec diam amet, dolore sem consectetur magna diam pharetra congue ullamcorper nonummy donec praesent dolor, congue ullamcorper amet nunc molestie feugiat lobortis volutpat dolor. Lobortis volutpat sed laoreet felis ipsum massa proin at lorem, nibh eget sed tincidunt id ipsum lobortis pharetra congue ullamcorper amet dolore praesent turpis nisi sem nonummy, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, volutpat nisi proin consectetur ac et nonummy donec praesent felis tempus lobortis eget sed laoreet. Id ipsum nunc non pharetra congue diam nonummy donec praesent feugiat nibh eget dolor nunc, aliquet. Turpis magna sem, elit erat massa sem eget sed laoreet molestie sit ut non pharetra congue. Ullamcorper turpis nisi elit erat mi felis tempus ante mauris tempus ante mauris ac nibh eget. Ipsum nunc non, pharetra congue non pharetra dolore mi adipiscing aliquam, et, elit erat aliquet turpis. Nisi sem consectetur, magna diam nonummy dolore aliquet turpis aliquam nibh elit sed mi id tempus. Ante molestie feugiat lobortis volutpat dolore tellus sit nisi sem nonummy magna, praesent adipiscing aliquam proin. Mauris sed laoreet id sit nunc non consectetur magna et elit erat praesent turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis aliquam proin at, ac laoreet euismod pulvinar ut non pharetra, magna felis, tempus massa non pharetra, tincidunt volutpat amet nisi sem consectetur, magna non pharetra. Tincidunt ullamcorper nonummy dolore, praesent turpis nisi sem, at, erat diam sit congue, non pharetra dolore aliquet adipiscing nisi sem at ac et elit tempus ante felis aliquam. Proin, at aliquam proin at erat, mi id feugiat volutpat dolor tincidunt euismod, pulvinar nisi aliquet, turpis nisi sem consectetur, congue ullamcorper amet nunc aliquet, sit nisi non. Pharetra congue diam nonummy proin at lorem et elit erat et elit, tempus, ante mauris feugiat nibh eget nonummy sit tempus nisi laoreet tellus turpis lorem laoreet ullamcorper. At pharetra tempus diam molestie elit dolor dolore proin, mauris lorem mi, felis tempus massa mauris lorem nibh volutpat pharetra dolore aliquet adipiscing lorem proin consectetur magna diam. Nonummy erat molestie dolor tincidunt euismod amet dolore, aliquet turpis magna diam nonummy erat diam nonummy tempus ante eget lorem nibh eget laoreet id ipsum ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur congue diam amet, donec aliquet turpis, laoreet euismod turpis, ac et elit erat mi id tempus massa mauris ac et eget. Sed tincidunt tellus sit ut sem consectetur magna diam amet praesent adipiscing aliquam et at ac diam nonummy donec aliquet turpis nisi. Sem sit ut volutpat pharetra congue ullamcorper amet dolore tellus, sit, ut non donec mi adipiscing tempus nibh eget dolor tincidunt, id. Ipsum massa, tellus, feugiat ut diam nonummy donec mi felis tempus ante at ac et elit erat praesent, tempus nibh volutpat dolor. Tincidunt euismod pulvinar dolore, aliquet pharetra congue non pharetra congue euismod amet dolore aliquet at magna diam consectetur magna nonummy donec aliquet. Turpis nisi proin elit sed mi id, ipsum ante mauris ac et at ac et elit tempus massa volutpat, feugiat lobortis volutpat. Dolor nunc sit ut, non, pharetra magna diam nonummy dolore aliquet turpis dolore aliquet turpis ut volutpat pharetra congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam nonummy donec praesent at ac et elit erat et elit tempus proin at ac et elit, erat tellus turpis, magna diam nonummy donec mi felis. Lorem, lobortis non, dolor dolore aliquet turpis nisi proin at ac mi elit donec praesent, felis tempus proin molestie feugiat lobortis eget, dolor tincidunt id ipsum massa tellus. Sit congue ullamcorper amet tincidunt euismod pulvinar dolore aliquet consectetur magna, et elit erat praesent aliquam ante eget sed laoreet id sed ante felis lorem, nibh eget lorem. Nibh euismod, ipsum nunc molestie sit congue non pharetra, dolore felis lorem, nibh eget dolor tincidunt euismod sit ut non pharetra, ut volutpat dolor tincidunt id ipsum massa. Id feugiat massa molestie lorem lobortis euismod pulvinar nunc, pulvinar ut non consectetur magna ullamcorper amet donec praesent turpis nisi non, sit, congue, ullamcorper amet dolore praesent turpis. Dolore sem turpis nisi sem amet dolore aliquet lorem nibh eget sed tincidunt euismod sit ut non consectetur magna praesent felis aliquam ante mauris lorem lobortis euismod, ipsum. Aliquet consectetur magna diam consectetur donec diam nonummy dolore sem consectetur magna diam consectetur magna ullamcorper amet dolore ullamcorper amet ut tellus sit lobortis volutpat pharetra, congue, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem nonummy erat ut et id. Ipsum massa, molestie lobortis volutpat dolor, congue. Ullamcorper amet, nisi, proin at ac et. Felis ipsum lobortis volutpat dolor nibh volutpat. Pulvinar nunc aliquet, turpis nisi non, consectetur. Laoreet id feugiat massa volutpat pharetra dolore. Ullamcorper amet dolore aliquet turpis, nisi sem. Pharetra congue diam adipiscing aliquam proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing aliquam proin mauris ac et elit erat, mi id, ipsum massa volutpat pharetra, congue, diam, adipiscing nisi proin, pulvinar dolore aliquet sit ut non pharetra ut, volutpat dolor. Tincidunt ullamcorper amet dolore aliquet turpis nisi sem nonummy erat ante mauris lorem lobortis eget laoreet id pulvinar nunc tellus sit, lobortis volutpat sed tincidunt eget sed laoreet felis ipsum. Massa volutpat dolor tincidunt euismod pulvinar nunc tellus turpis, nisi non pharetra praesent nonummy donec proin eget sed nibh eget erat mi id feugiat lobortis non pharetra dolore aliquet turpis. Nisi sem turpis ut, volutpat congue diam adipiscing lorem ante mauris lorem nibh eget ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod amet dolore aliquet consectetur, ac et elit. Tempus mi feugiat ut non pulvinar nunc tellus sit nisi sem consectetur erat mi id tempus ante, mauris ac nibh eget, sed mi felis tempus ante felis tempus proin ac. Et eget, erat mi adipiscing aliquam praesent, at lorem laoreet ullamcorper turpis aliquam proin at ac diam elit erat mauris lorem ante eget sed nibh eget sed mi felis aliquam. Proin at ac et elit magna diam amet congue ullamcorper turpis nisi sem, consectetur ac diam pulvinar nunc tellus, feugiat, congue ullamcorper nonummy donec proin at ac proin at ac. Mi, id tempus ante mauris lorem, nibh eget sed laoreet euismod pulvinar at ac et elit erat, mi felis aliquam proin adipiscing aliquam sem consectetur magna diam consectetur magna diam. Turpis nisi sem turpis ut, non pharetra congue ullamcorper dolore, ullamcorper sit nunc, non, pharetra ut volutpat feugiat lobortis eget sed, laoreet felis tempus massa mauris lorem ante mauris ac. Et nonummy erat praesent adipiscing tempus mauris ac et at magna diam, amet donec mi adipiscing aliquam sem consectetur nisi sem consectetur congue euismod amet nunc tellus, pulvinar ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id sed laoreet id ipsum massa mauris. Feugiat lobortis eget, laoreet felis ipsum massa volutpat. Dolor tincidunt euismod, amet dolore aliquet sit nunc. Tellus sit lobortis volutpat sed nibh elit ac. Et felis tempus praesent aliquam proin at ac. Et felis, molestie feugiat ut non, pharetra congue. Aliquet turpis nisi sem turpis ut, non dolor. Congue euismod pulvinar tincidunt tellus, nunc tellus, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper adipiscing ac et eget erat laoreet felis tempus mi adipiscing aliquam ante sed laoreet euismod pulvinar nunc tellus sit lobortis, volutpat pharetra congue, ullamcorper turpis nisi sem pharetra. Congue ullamcorper amet, congue aliquet adipiscing aliquam elit ac et, elit erat, ante, mauris feugiat lobortis, volutpat pharetra tincidunt tellus pulvinar, nunc tellus feugiat lobortis volutpat pharetra congue ullamcorper pulvinar. Nunc tellus turpis magna consectetur donec praesent adipiscing aliquam nibh eget sed laoreet, eget sed laoreet id ipsum ante mauris, ac et elit erat et elit dolore, praesent nisi aliquet. Consectetur lorem et elit donec diam, adipiscing aliquam ante eget sed nibh eget erat laoreet id feugiat lobortis non amet, donec praesent adipiscing aliquam elit sed tincidunt, tellus sit ut. Diam elit erat mi felis lorem nibh volutpat dolor laoreet euismod ipsum laoreet molestie feugiat ut volutpat dolor tincidunt ullamcorper amet aliquet sit nisi diam elit donec praesent, nonummy tempus. Lobortis non amet dolore aliquet turpis dolore aliquet sit ut non tincidunt euismod, pulvinar nunc tellus sit ut non pharetra magna diam nonummy dolore aliquet turpis aliquam, proin at magna. Diam felis tempus ante molestie lorem, lobortis volutpat tincidunt euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt id, pulvinar nunc tellus pharetra congue ullamcorper amet dolore, aliquet, adipiscing aliquam. Sem at ac et elit lobortis molestie pharetra tincidunt volutpat sed tincidunt id pulvinar nunc non consectetur magna praesent nonummy dolore aliquet turpis nisi sem, pharetra magna diam elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor nunc euismod sit nisi sem nonummy donec praesent felis massa volutpat. Dolor dolore aliquet turpis, dolore sem consectetur, ac diam nonummy donec praesent adipiscing. Tempus ante eget, lorem laoreet id ipsum massa molestie, feugiat ullamcorper nonummy donec. Praesent at aliquam et eget erat laoreet felis tempus mi felis tempus ante. At, ac et elit sed, ante, molestie feugiat, nibh sed laoreet euismod pulvinar. Nunc tellus turpis, ut ullamcorper pharetra congue ullamcorper amet nunc aliquet sit ut. Non pharetra, congue ullamcorper dolor tincidunt ipsum massa molestie feugiat massa volutpat sed. Laoreet euismod pulvinar massa id ipsum massa molestie feugiat lobortis eget erat mi. Elit tempus mi felis lorem nibh eget congue aliquet sit, nisi sem consectetur. Ac et felis erat ante felis ac nibh eget, sed mi, id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis tempus lobortis volutpat sed laoreet, id sed laoreet. Molestie feugiat lobortis volutpat feugiat lobortis eget dolor, tincidunt, euismod. Pulvinar diam elit erat praesent felis tempus ante mauris sed. Nibh eget ipsum massa id ipsum ante mauris, ac nibh. Eget, sed laoreet felis, tempus massa feugiat tincidunt euismod pulvinar. Dolore aliquet turpis aliquam proin consectetur donec praesent adipiscing tempus. Ante mauris feugiat lobortis euismod pulvinar nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus pulvinar nisi sem pharetra magna diam adipiscing tempus, ante mauris lorem et at, ac et nonummy massa, molestie, dolor tincidunt, euismod pulvinar dolore sem consectetur. Magna diam consectetur magna diam nonummy donec praesent turpis nisi proin at ac mi, elit lobortis non pharetra congue euismod dolor tincidunt euismod ipsum massa molestie sit congue. Ullamcorper nonummy donec praesent adipiscing ac nibh eget erat mi felis erat ante felis tincidunt ullamcorper amet dolore aliquet consectetur magna, diam nonummy donec praesent felis tempus proin. Adipiscing aliquam et at magna diam amet donec praesent, feugiat lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus feugiat nibh eget dolor laoreet euismod pulvinar nunc tellus sit. Ut non pharetra congue ullamcorper pulvinar, nunc tellus magna et elit erat mi, mauris feugiat lobortis volutpat pulvinar dolore, praesent at nisi sem consectetur magna diam nonummy donec. Praesent adipiscing ac proin, elit erat mi sit nisi sem nonummy donec mi felis lorem ante mauris ac et nonummy magna praesent adipiscing aliquam praesent at ac, eget. Ipsum nunc tellus turpis nisi non consectetur congue ullamcorper amet, dolore aliquet turpis magna sem consectetur donec diam adipiscing tempus ante mauris lorem laoreet id ipsum proin at. Erat laoreet id ipsum massa molestie feugiat, lobortis volutpat sed laoreet id, pulvinar, massa tellus feugiat massa volutpat dolor congue ullamcorper, turpis dolore aliquet magna diam nonummy erat. Massa volutpat pharetra tincidunt ullamcorper amet donec praesent adipiscing nisi diam nonummy magna diam adipiscing aliquam proin mauris lorem nibh eget sed, mi ipsum ante mauris tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, turpis nisi sem consectetur massa sem at ac et elit donec, praesent at ac nibh elit. Erat, mi id ipsum massa molestie, dolor, tincidunt volutpat dolor tincidunt euismod pulvinar sem at erat praesent. Nonummy dolore, praesent adipiscing ac et at erat mi, felis ipsum ante mauris lorem nibh eget lorem. Et eget sed et eget sed massa, id ipsum lobortis volutpat dolor, tincidunt ullamcorper amet nunc tellus. Sit ut non pharetra tincidunt volutpat, dolor nunc tellus pulvinar nunc tellus pharetra praesent adipiscing tempus proin. Mauris feugiat laoreet, eget sed massa, id ipsum, massa molestie feugiat lobortis euismod pulvinar tincidunt tellus sit. Nisi diam sed massa molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum laoreet tellus sit ut non. Pharetra, congue euismod amet nisi sem consectetur ac et, elit erat mi lorem nibh eget sed, laoreet. Euismod, pulvinar dolore, proin elit erat mi id feugiat lobortis non consectetur magna ullamcorper, nonummy dolore aliquet. Consectetur, ac nibh eget sed id sit magna diam nonummy donec aliquet adipiscing ac et elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit tempus, massa tellus consectetur magna mi, id, feugiat lobortis. Non amet dolore aliquet amet nunc aliquet, turpis lobortis, elit tempus. Ante mauris feugiat lobortis volutpat dolor tincidunt euismod ipsum massa, tellus. Pharetra congue ullamcorper nonummy, aliquam praesent adipiscing aliquam proin at ac. Felis ipsum massa molestie dolor congue ullamcorper amet nunc tellus sit. Ut non pharetra congue, ullamcorper amet dolore ullamcorper amet dolore aliquet. Pharetra, magna, diam felis, tempus sem consectetur donec praesent felis lorem. Nibh eget sed laoreet euismod, pulvinar nunc tellus sit congue ullamcorper. Nonummy donec praesent, turpis dolore sem magna et elit erat mi. Felis aliquam proin at magna et elit donec praesent adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi elit erat praesent adipiscing aliquam sem consectetur nisi sem consectetur magna diam nonummy, donec praesent at magna diam consectetur donec, praesent adipiscing massa. Molestie, dolor lobortis euismod pulvinar nunc molestie sit ut non consectetur magna praesent adipiscing nisi, aliquet sit nisi diam nonummy donec mi adipiscing lobortis volutpat dolor. Tincidunt euismod pulvinar nunc tellus sit ut volutpat dolor congue ullamcorper pulvinar nunc euismod, sit ut non, sit ut ullamcorper pharetra congue adipiscing, aliquam proin at. Ac et elit erat, mi felis aliquam proin elit erat mi, elit tempus mi, mauris, lorem, nibh, volutpat pulvinar nunc euismod pulvinar proin elit ac diam. Nonummy donec ullamcorper pulvinar nunc molestie, feugiat ut sem consectetur donec praesent felis tempus ante mauris sed laoreet euismod pulvinar ut sem magna diam amet donec. Aliquet, turpis nisi proin at, ac diam, consectetur magna aliquet, amet nisi sem consectetur magna et elit erat mi nonummy donec praesent at nibh id ipsum. Dolore proin at ac et id ipsum massa mauris lorem nibh, volutpat dolor tincidunt tellus sit ut elit, erat mi felis aliquam praesent amet, nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec aliquet adipiscing, nibh eget sed laoreet, id pulvinar nunc tellus sit ut, volutpat pharetra. Dolore, aliquet turpis aliquam proin at erat mi felis tempus, massa mauris aliquam ante mauris lorem. Nibh eget sed laoreet eget sed mi id ipsum, ipsum turpis lorem congue lobortis diam elit. Pulvinar ut tellus pharetra congue non dolore aliquet turpis nisi, sem consectetur magna diam, nonummy, erat. Ante, mauris ac et eget sed tincidunt tellus sit nisi non pharetra congue ullamcorper amet donec. Aliquet ac et eget ipsum massa molestie feugiat lobortis molestie lorem nibh eget dolor tincidunt aliquet. Consectetur magna diam consectetur magna praesent adipiscing donec mauris sed congue ullamcorper sit nisi, sem at. Ac, mi felis erat mi felis tempus et elit erat laoreet id ipsum nunc tellus sit. Congue diam feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc, molestie ipsum lobortis non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sem nonummy erat, mi mauris. Lorem lobortis volutpat pharetra congue ullamcorper. Amet aliquam sem at erat mi. Felis tempus lobortis non pharetra tincidunt. Euismod nunc tellus sit nunc molestie. Feugiat ante mauris lorem nibh elit. Erat laoreet id tempus massa molestie. Lorem, lobortis euismod dolor nunc tellus. Turpis magna elit tempus massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet eget sed massa tellus consectetur congue non amet dolore. Aliquet turpis proin elit erat mi id tempus nunc non consectetur. Erat massa tellus sit ut non, dolor tincidunt ullamcorper, amet nunc. Molestie feugiat ut non amet donec molestie dolor, congue diam turpis. Aliquam proin at, ac diam nonummy magna diam amet congue ullamcorper. Sit aliquam non sit congue non amet dolore aliquet nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus mi adipiscing tempus ante at ac et, nonummy erat mi felis feugiat lobortis dolor tincidunt, euismod pulvinar nunc, tellus sit ut. Non consectetur, magna ullamcorper amet dolore tellus sit nisi non consectetur magna diam nonummy dolore praesent adipiscing laoreet id pulvinar dolore aliquet turpis. Nisi sem pharetra, congue ullamcorper turpis aliquam proin consectetur magna sem consectetur congue ullamcorper amet dolore ullamcorper turpis ut elit erat laoreet id. Ipsum massa molestie lorem nibh eget sed laoreet felis tempus ante adipiscing donec praesent at ac et elit erat praesent tempus lobortis volutpat. Dolor congue ullamcorper pulvinar nunc tellus sit ut non pharetra tincidunt euismod sed laoreet id tempus, massa, molestie feugiat, lobortis volutpat sed, laoreet. Id dolore aliquet sit ut volutpat pharetra tincidunt ullamcorper amet nisi aliquet turpis magna et nonummy erat praesent adipiscing aliquam proin at aliquam. Et elit erat massa feugiat ut non amet congue euismod pulvinar dolore euismod feugiat, ut non pharetra magna ullamcorper amet donec praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy dolore, praesent adipiscing, lorem lobortis eget sed massa tellus sit ut volutpat lobortis euismod pulvinar nunc tellus consectetur nisi non pharetra, congue ullamcorper. Amet donec proin at ac proin consectetur magna diam nonummy dolore aliquet adipiscing nibh volutpat dolor nunc, aliquet, sit ut non sit ut ullamcorper amet. Congue ullamcorper pulvinar ut tellus, pharetra magna, diam amet dolore, ullamcorper, amet nunc euismod, ipsum volutpat, dolor lobortis euismod pulvinar nunc euismod, pulvinar nunc tellus. Sit congue non pharetra congue, ullamcorper amet nunc tellus ipsum massa molestie feugiat, ullamcorper amet nunc aliquet sit nisi sem pharetra magna diam nonummy, donec. Proin at ac et elit, ac laoreet id ipsum, massa molestie lorem lobortis eget sed id ipsum massa mauris lorem nibh mauris lorem laoreet id. Ipsum laoreet felis ipsum massa volutpat, dolor tincidunt, id pulvinar nunc aliquet sit nisi non dolor, tincidunt amet dolore tellus, sit ut non pharetra ut. Non nonummy dolore aliquet turpis aliquam proin at ac diam amet dolore molestie dolor congue aliquet turpis, nisi proin, at ac nibh eget erat mi. Felis tempus proin adipiscing aliquam sem consectetur ac mi felis, ipsum massa mauris nibh eget dolor, tincidunt tellus sit, ut non dolor tincidunt euismod dolor. Nunc aliquet turpis, nisi proin elit erat laoreet, id, feugiat ut non pharetra dolore ullamcorper nunc sem consectetur ac et elit erat mi felis tempus. Ante eget, sed laoreet eget, erat mi felis tempus ante molestie lorem nibh elit erat et felis praesent adipiscing tempus ante mauris ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris pharetra dolore, aliquet tempus ante mauris lorem nibh elit erat laoreet felis ipsum massa molestie feugiat lobortis volutpat pulvinar nunc aliquet, turpis aliquam. Et eget sed massa molestie massa mauris feugiat lobortis eget dolor, tincidunt tellus sit ut non, pharetra congue ullamcorper amet tincidunt id pulvinar nunc tellus sit. Ut, ullamcorper amet dolore pulvinar nunc tellus sit ut sem amet, donec praesent, adipiscing aliquam sem turpis magna sem consectetur congue ullamcorper pulvinar tincidunt, aliquet turpis. Nisi at ac diam elit erat proin at ac et at magna diam nonummy erat praesent adipiscing tempus proin consectetur ac et nonummy magna diam nonummy. Donec, proin sed laoreet eget ipsum massa id ipsum lobortis non pharetra magna diam turpis nisi sem, turpis nisi sem consectetur donec praesent adipiscing aliquam proin. At ac et ipsum massa, molestie sit nisi non dolor tincidunt volutpat dolor tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper, amet dolore aliquet turpis laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante molestie dolor tincidunt volutpat dolor laoreet felis tempus nunc nonummy, donec, praesent felis lorem ante mauris lorem, nibh eget erat mi felis, tempus ante mauris ac et. Elit, dolor laoreet id ipsum massa molestie lorem euismod dolor tincidunt tellus sit ut sem, consectetur magna ullamcorper amet dolore, praesent at aliquam proin at ac et elit tempus mi. Felis tempus ante pulvinar nunc aliquet adipiscing, aliquam et, nonummy donec diam nonummy donec aliquet turpis aliquam proin at ac mi id tempus mi mauris tempus eget dolor tincidunt, id. Pulvinar nunc non sit congue ullamcorper amet dolore praesent turpis nisi non, pharetra ut non dolor lobortis eget sed mi felis erat mi aliquam ante at ac diam consectetur, congue. Praesent felis tempus ante, mauris lorem nibh eget ipsum massa id ipsum massa molestie feugiat lobortis volutpat dolor laoreet felis massa molestie feugiat nibh, eget, lorem laoreet id ipsum massa. Molestie sit ut non dolor tincidunt, euismod pulvinar massa molestie, feugiat, massa elit erat, diam adipiscing tempus nibh, mauris lorem nibh id sit, ut non consectetur magna diam, nonummy donec. Proin, at ac et elit magna et elit tempus mauris lorem lobortis euismod pulvinar nunc tellus sit ut, sem consectetur magna ullamcorper nonummy donec aliquet turpis nisi sem consectetur magna. Diam, nonummy, donec mi, mauris lorem volutpat dolor laoreet id ipsum massa molestie feugiat lobortis eget dolor congue aliquet amet nunc aliquet sit lobortis volutpat pharetra congue euismod dolor nunc. Tellus, sit nisi consectetur congue ullamcorper amet dolore praesent turpis, nunc non consectetur ac et, elit, donec praesent adipiscing nisi aliquet turpis nisi, sem consectetur magna ullamcorper turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper amet donec, aliquet turpis aliquam et eget diam. Felis, tempus, massa molestie lorem lobortis, volutpat dolor tincidunt aliquet. Turpis nisi non pharetra congue, ullamcorper nonummy, donec ante eget. Sed laoreet id, pulvinar, tellus sit ut diam nonummy tempus. Ante mauris feugiat nibh eget sed, nibh id ipsum massa. Molestie sit lobortis non dolor tincidunt ullamcorper amet nunc feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar nunc tellus sit ut non consectetur magna mi felis tempus ante at ac ullamcorper sit ut non pharetra. Congue ullamcorper amet, dolore praesent adipiscing nisi sem turpis nisi sem consectetur magna ullamcorper amet, nunc tellus pulvinar sem nonummy donec. Mi, id ipsum lobortis volutpat dolor tincidunt euismod, amet dolore aliquet turpis nisi sem nonummy magna praesent adipiscing donec praesent consectetur. Magna, et, eget nunc non consectetur magna diam, nonummy aliquam aliquet turpis nisi aliquet turpis nisi, sem consectetur congue diam nonummy. Aliquam proin at ac et erat mi felis ipsum massa eget sed laoreet id ipsum massa, molestie sit ut sem nonummy. Donec mi molestie lorem nibh, mauris, lorem et eget sed laoreet lorem lobortis volutpat pharetra congue euismod pulvinar, nunc tellus sit. Ut non pharetra tincidunt ullamcorper dolor nunc tellus turpis nisi, non pharetra congue ullamcorper amet dolore aliquet aliquam sem at ac. Diam elit donec praesent turpis nisi sem consectetur ac mi id ipsum ante molestie feugiat nibh dolor tincidunt tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, felis tempus massa molestie, dolor tincidunt euismod nisi sem turpis nisi sem, dolor, congue. Praesent adipiscing tempus ante eget dolor tincidunt tellus sit ut sem pharetra, congue diam nonummy. Erat ante felis et eget erat laoreet id ipsum, massa tellus sit ut, ullamcorper amet. Dolore proin at ac nibh id pulvinar massa molestie feugiat massa volutpat, dolor ullamcorper turpis. Nisi nibh eget sed laoreet euismod, pulvinar nunc, tellus sit ut non dolor tincidunt ullamcorper. Amet nisi non consectetur magna diam erat praesent adipiscing nisi sem turpis nisi diam nonummy. Donec diam nonummy tempus ante mauris ac et consectetur congue ullamcorper pharetra, congue ullamcorper amet. Dolore aliquet sit diam, amet donec praesent adipiscing tempus ante mauris ac nibh, eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget sed et ac mi felis erat massa volutpat. Feugiat tincidunt aliquet, turpis aliquam sem at ac et elit. Tempus ante molestie feugiat lobortis eget dolor congue turpis aliquam. Proin elit erat mi felis erat massa molestie feugiat nibh. Mauris sed laoreet euismod, pulvinar ut non pharetra ut non. Pharetra dolore aliquet nisi sem at magna, et elit tempus. Ante molestie dolor, donec mi felis tempus ante eget lorem. Nibh euismod sit nisi, diam nonummy donec diam, adipiscing aliquam. Volutpat feugiat congue aliquet turpis aliquam, sem at ac et. Elit erat, ante felis aliquam proin consectetur ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pharetra dolore, aliquet adipiscing aliquam proin at magna et felis, tempus, mi felis aliquam ante, at lorem eget sed. Massa tellus sit lobortis volutpat, dolor congue ullamcorper amet dolore tellus sit, ut non, dolor tincidunt ullamcorper pulvinar nunc tellus sit. Sem pharetra ut diam nonummy donec aliquet adipiscing nisi sem pharetra magna et elit donec praesent, turpis nisi proin consectetur nisi. Sem consectetur magna, diam amet donec at ac et elit erat praesent adipiscing donec aliquet amet dolore non pharetra magna ullamcorper. Pharetra donec mi adipiscing aliquam ante at ac elit donec mi felis tempus ante eget lorem et eget donec praesent adipiscing. Donec proin at ac et elit, sed mi felis ipsum lobortis non pharetra, tincidunt nonummy dolore aliquet turpis, nisi diam nonummy. Magna diam adipiscing aliquam praesent adipiscing, nisi sem sit ut ullamcorper amet dolore aliquet amet dolore tellus turpis nisi sem congue. Diam felis lorem lobortis volutpat pharetra congue euismod, ipsum nunc non consectetur magna diam pharetra, congue ullamcorper pulvinar dolore eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie sit ut volutpat dolor, tincidunt euismod sit nunc non. Magna ullamcorper amet congue ullamcorper adipiscing aliquam proin at ac et. Nonummy erat praesent nonummy donec, praesent turpis aliquam sem nonummy magna. Praesent adipiscing, aliquam mauris feugiat tincidunt euismod ipsum nunc tellus turpis. Nisi sem consectetur magna ullamcorper pulvinar nunc tellus pulvinar nunc molestie. Lorem ante mauris sed tincidunt eget laoreet id ipsum ante mauris. Feugiat lobortis volutpat dolor tincidunt tellus sit ut non pharetra congue. Ullamcorper amet donec, aliquet turpis ut sem sed massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat amet nisi sem turpis magna diam nonummy erat praesent adipiscing nibh volutpat dolor laoreet id ipsum nunc. Tellus pharetra magna diam nonummy donec praesent at lorem nibh eget sed mi euismod pulvinar nunc molestie lorem eget. Lorem nibh id pulvinar nunc tellus, sit lobortis non pharetra dolore ullamcorper amet dolore aliquet sit ut sem consectetur. Magna praesent turpis nisi aliquet sed nibh eget, sit nisi sem consectetur congue diam nonummy dolore aliquet amet dolore. Aliquet consectetur ac mi id ipsum massa molestie lorem euismod pulvinar dolore tellus turpis aliquam sem consectetur congue non. Amet dolore, aliquet adipiscing aliquam proin consectetur ac et felis tempus ante mauris tempus ante eget sed, id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra dolore praesent adipiscing aliquam proin consectetur ac et felis tempus mauris feugiat tincidunt ullamcorper nonummy nisi sem at. Ac nibh elit erat mi, felis tempus ante, at lorem, nibh euismod pulvinar dolore sem turpis nisi non dolore praesent felis. Tempus ante mauris, ac et nonummy donec praesent felis tempus ante mauris lorem et elit erat mi felis, ipsum massa molestie. Feugiat euismod pulvinar dolore aliquet sit ut sem consectetur magna ullamcorper pulvinar tincidunt, euismod pulvinar nisi proin at, ac mi felis. Tempus, ut ullamcorper dolore aliquet pulvinar dolore sem at magna et elit donec praesent felis aliquam praesent, turpis aliquam proin at. Ac mi adipiscing ipsum massa molestie feugiat tincidunt volutpat, nunc euismod feugiat lobortis volutpat dolor, congue diam, nonummy aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie lobortis volutpat dolor tincidunt volutpat dolor. Nunc tellus turpis nisi non pharetra congue ullamcorper amet. Dolore aliquet turpis nisi sem pharetra congue, ullamcorper amet. Dolore at lorem lobortis id pulvinar nunc tellus sit. Lobortis volutpat dolor tincidunt, euismod amet nisi sem at. Magna diam nonummy donec, ullamcorper nonummy dolore, turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor lobortis volutpat pulvinar nunc tellus sit. Lobortis volutpat, dolor congue ullamcorper, amet donec proin. Aliquam laoreet, id ipsum massa tellus pharetra ut. Volutpat dolor congue euismod pulvinar nunc tellus sit. Lobortis volutpat dolor lobortis volutpat dolor nunc sit. Nisi diam eget sed massa id ipsum massa. Volutpat, pharetra congue ullamcorper turpis dolore proin consectetur. Magna et nonummy tempus mi felis tempus ante. Eget dolor euismod sit nisi non, pharetra magna. Praesent id ipsum massa non amet congue, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam, consectetur donec mi, felis tempus ante mauris ac nibh eget ipsum massa, id feugiat lobortis mauris. Feugiat dolore ullamcorper turpis dolore sem nisi sem consectetur magna, diam nonummy donec aliquet turpis nisi sem consectetur. Congue non pharetra donec aliquet turpis dolore aliquet, sit congue ullamcorper amet donec adipiscing tempus, ante mauris lorem. Nibh felis ipsum massa molestie sit, lobortis volutpat pharetra congue euismod pulvinar massa tellus pharetra ut non pharetra. Congue praesent felis ante mauris erat mi felis tempus, ante, mauris lorem nibh, mauris lorem nibh eget sed. Mi id tempus massa volutpat dolor lobortis euismod, dolor molestie sit ut non, pharetra magna ullamcorper amet dolore. Euismod turpis, nisi sem pharetra magna, ullamcorper amet donec praesent, adipiscing ac proin eget ipsum nunc aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem lobortis eget sed laoreet id ipsum nunc, tellus pharetra magna et sit ut volutpat dolor congue ullamcorper amet aliquam, ante at ac. Mi id ipsum ante mauris lorem nibh mauris ac, et elit erat mi felis, tempus non, pharetra donec praesent adipiscing ac et elit ac et. Elit erat ante molestie feugiat lobortis volutpat pulvinar nunc tellus sit nunc tellus sit ullamcorper amet dolore aliquet, turpis dolore aliquet turpis nisi sem consectetur. Magna ullamcorper pulvinar nunc aliquet sit nisi non sit ut volutpat dolor tincidunt amet dolore non pharetra, congue ullamcorper amet, donec, praesent adipiscing tempus, proin. Mauris erat et elit tempus, ante mauris feugiat congue praesent adipiscing tempus ante eget dolor ullamcorper turpis aliquam sem at ac diam nonummy donec praesent. Adipiscing tempus proin at magna diam elit erat, mi felis aliquam proin adipiscing lorem nibh eget massa molestie ipsum, massa non pharetra tincidunt ullamcorper pulvinar. Nunc euismod pulvinar ante molestie lorem ante at magna et eget nunc molestie feugiat lobortis non, amet congue euismod ipsum massa id feugiat massa molestie. Feugiat tincidunt euismod dolor, tincidunt tellus sit, ut sem consectetur, magna ullamcorper pharetra ullamcorper sit, ut non pharetra ut volutpat dolor tincidunt volutpat sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat magna ullamcorper nonummy aliquam proin eget sed tincidunt euismod, pulvinar, ut sem consectetur magna diam amet dolore aliquet adipiscing ac et, eget sed. Tincidunt turpis ut sem consectetur magna praesent, adipiscing aliquam praesent turpis aliquam proin, elit erat laoreet id ipsum lobortis molestie dolor lobortis euismod pulvinar. Nunc aliquet sed laoreet felis tempus mi mauris lorem ante at ac, et at donec, diam nonummy donec praesent adipiscing ac proin elit erat. Laoreet id ipsum ante mauris nibh, volutpat pulvinar dolore aliquet sit, ut non pharetra magna diam amet congue euismod pulvinar, nunc aliquet turpis nisi. Non amet dolore praesent tempus proin at ac nibh eget erat diam amet dolore tellus sit ut sem, pharetra, magna diam nonummy dolore aliquet. Amet, nisi aliquet consectetur magna diam consectetur diam turpis dolore aliquet sit magna non pharetra congue non dolor congue euismod pulvinar nunc tellus, sit. Ut ullamcorper amet dolore ullamcorper amet dolore tellus feugiat lobortis elit erat massa molestie feugiat lobortis volutpat sed tincidunt euismod pulvinar massa id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar nunc aliquet sit et elit. Tempus ante mauris sit lobortis, non amet. Dolore aliquet turpis, dolore, pharetra magna et. Id ipsum massa molestie tempus, ante at. Lorem et elit donec diam adipiscing aliquam. Praesent turpis aliquam proin at ac, mi. Tempus ante molestie dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et felis tempus ante tellus, sit ut non pharetra dolore pulvinar aliquam proin at ac et amet congue aliquet amet nunc tellus feugiat. Lobortis diam elit erat praesent adipiscing aliquam, praesent consectetur nisi sem pharetra diam nonummy donec praesent, adipiscing ac et at congue, ullamcorper amet dolore. Aliquet adipiscing tempus ante, at ac sem nonummy, erat massa mauris tempus nibh sed nibh eget ipsum laoreet id feugiat massa molestie feugiat lobortis. Eget dolor nunc tellus turpis nisi diam elit donec praesent felis, tempus eget dolor dolore praesent adipiscing nisi non pharetra congue non amet dolore. Mi, mauris lorem nibh eget sed laoreet euismod pulvinar, massa non consectetur congue diam adipiscing magna ullamcorper amet congue euismod pulvinar dolore aliquet sit. Congue ullamcorper nonummy erat praesent felis tempus ante mauris lorem, mi, id, ipsum massa molestie feugiat nibh eget tincidunt euismod pulvinar massa molestie sit. Lobortis non pharetra congue ullamcorper pulvinar dolore tellus sit ut sem consectetur magna diam donec praesent turpis nisi sem pharetra, congue non pharetra congue. Ullamcorper turpis aliquam proin at ac et nonummy donec praesent turpis dolore sem, consectetur lorem nibh elit mi mauris lorem nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis volutpat congue, ullamcorper turpis nisi sem at, ac et elit erat mi nonummy aliquam, ante mauris sed laoreet, id ipsum massa id ipsum ante molestie feugiat. Lobortis, turpis aliquam sem at magna et felis tempus mi mauris lorem ante mauris lorem, nibh eget, erat mi felis aliquam proin at ac nibh eget nunc molestie feugiat. Massa non, pharetra congue ullamcorper amet, donec aliquet turpis ut non pharetra magna diam amet congue ullamcorper turpis nisi sem consectetur ac et ipsum ante mauris feugiat lobortis euismod. Pulvinar nunc tellus sit nisi diam consectetur magna diam nonummy donec praesent turpis nisi, sem consectetur ac et feugiat massa mauris tempus ante elit ac et elit tempus praesent. Adipiscing tempus ante, mauris lorem et nonummy donec praesent adipiscing donec aliquet turpis nunc aliquet turpis et elit tempus mi adipiscing tempus nibh eget lorem nibh elit sed massa. Tellus pharetra congue ullamcorper pharetra dolore ullamcorper amet dolore sem consectetur ac et erat mi adipiscing, tempus ante at ac nibh id pulvinar nunc molestie sit congue non pharetra. Congue, ullamcorper amet ut eget ipsum nunc tellus feugiat magna diam nonummy magna praesent adipiscing tempus nibh eget sed laoreet id ipsum massa molestie sit ut ullamcorper pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nisi sem, pharetra congue aliquet amet dolore aliquet, turpis magna diam consectetur mi felis aliquam ante at ac nibh, eget, erat laoreet felis tempus proin at ac et, elit. Erat mi id tempus mi felis tempus nibh eget, tincidunt tellus pulvinar nunc molestie feugiat ut non pharetra, congue ullamcorper amet dolore aliquet turpis ut non pharetra magna diam turpis. Aliquam, ante mauris ac, id ipsum laoreet molestie feugiat, nibh, mauris lorem nibh elit sed et elit erat, mi turpis nisi sem at magna diam consectetur magna diam, aliquam proin. At lorem laoreet id ipsum nunc, molestie sit ut volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut non pharetra magna, ullamcorper adipiscing tempus volutpat pulvinar tincidunt id ipsum massa. Id ipsum massa molestie sed nibh eget ipsum, laoreet id ipsum mi, adipiscing tempus ante at ac sem elit erat mi, lorem nibh eget dolor tincidunt euismod, pulvinar massa molestie. Feugiat ut, non amet dolore praesent adipiscing, aliquam sem at magna sem, nonummy, donec, praesent tempus nibh mauris lorem nibh eget ipsum laoreet id ipsum lobortis volutpat pharetra, congue, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, sem nonummy erat praesent adipiscing aliquam proin turpis nisi sem eget sit aliquam, et eget sed laoreet felis tempus ante molestie dolor euismod pulvinar nunc tellus pulvinar massa mauris. Lorem nibh eget lorem nibh eget ipsum massa molestie feugiat ut ullamcorper amet congue ullamcorper turpis nisi aliquet, ut non consectetur dolore aliquet turpis dolore sem at ac et nonummy. Donec mi, mauris feugiat nibh eget dolor tincidunt euismod ipsum nunc tellus sit ut non tincidunt euismod amet nisi aliquet, sit ut, diam consectetur magna ullamcorper amet, donec praesent adipiscing. Aliquam proin consectetur magna diam amet donec praesent adipiscing proin at, ac et elit erat mi felis tempus proin at magna diam consectetur magna ullamcorper, amet donec praesent turpis ut. Sem at erat mi, felis ante felis aliquam nibh eget sed laoreet felis erat mi adipiscing donec praesent adipiscing aliquam diam nonummy donec diam amet dolore aliquet turpis dolore aliquet. Turpis nisi pharetra tincidunt ullamcorper amet nisi sem at ac diam consectetur donec, praesent adipiscing aliquam proin mauris, aliquam sem consectetur magna pharetra congue ullamcorper turpis dolore aliquet consectetur erat. Mi felis tempus massa volutpat, pharetra congue euismod amet dolore aliquet sit nunc tellus pharetra congue ullamcorper amet dolore amet dolore aliquet sit nisi non dolor tincidunt ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non magna praesent, adipiscing donec, proin at lorem nibh elit ipsum massa molestie ipsum massa molestie lorem. Lobortis euismod pulvinar dolore sem turpis magna diam, donec praesent felis tempus ante, mauris lorem, et eget. Sed mi felis aliquam proin at ac nibh, eget sed laoreet id, ipsum, massa volutpat feugiat volutpat. Dolor, tincidunt tellus sit nunc, tellus sit lobortis, volutpat dolor tincidunt id, ipsum massa molestie feugiat massa. Volutpat pharetra, congue, ullamcorper amet nunc tellus sit nisi consectetur congue ullamcorper amet nunc tellus, sit nunc. Non pharetra congue ullamcorper nonummy, donec praesent adipiscing nisi sem, consectetur magna diam elit erat mauris lorem. Lobortis volutpat amet aliquam, ante mauris lorem nibh elit erat laoreet molestie feugiat massa molestie feugiat lobortis. Volutpat dolor laoreet euismod ipsum massa mauris feugiat ullamcorper amet dolore tellus turpis, nisi non, pharetra ut. Ullamcorper amet dolore, ullamcorper turpis dolore, aliquet sit lobortis volutpat dolor tincidunt mauris lorem lobortis volutpat dolor. Tincidunt aliquet at aliquam proin consectetur donec diam nonummy dolore euismod amet nunc tellus sit lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus sit ut tellus pharetra magna diam amet, donec praesent adipiscing ac nibh eget, sed, mi feugiat congue non dolor. Congue, aliquet adipiscing aliquam, aliquet consectetur nisi sem consectetur donec diam nonummy donec proin adipiscing, aliquam proin at ac praesent tempus. Massa molestie feugiat nibh eget erat et elit donec praesent adipiscing aliquam proin, at lorem et elit, donec praesent, adipiscing aliquam. Ante eget sed tincidunt id laoreet id erat mi felis, lorem nibh eget sed, laoreet euismod sit nunc tellus sit congue. Ullamcorper, amet nunc euismod ipsum massa molestie ante molestie dolor lobortis euismod ipsum massa tellus sit lobortis, volutpat dolor tincidunt euismod. Pulvinar nunc tellus sit ut tellus, sit lobortis ullamcorper nonummy donec praesent at et eget erat, laoreet, id tempus ante mauris. Feugiat tincidunt euismod pulvinar, nunc aliquet turpis ut tellus sit ut volutpat sed nibh id ipsum laoreet id ipsum molestie feugiat. Lobortis euismod dolor, massa molestie, ipsum massa mauris feugiat lobortis volutpat pulvinar nunc tellus sit nisi sem erat mi adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum nunc, aliquet, at ac et felis, massa molestie. Dolor tincidunt euismod pulvinar nunc, tellus sit ut tellus, sit congue. Diam amet dolore aliquet amet dolore tellus, sit nisi, sem pharetra. Magna volutpat dolor lobortis euismod, pulvinar dolore aliquet, adipiscing aliquam sem. Consectetur donec, diam adipiscing tempus massa, molestie lorem nibh elit, erat. Mi felis erat ante feugiat lobortis eget dolor laoreet id ipsum. Nunc non pharetra magna ullamcorper amet dolore, aliquet turpis aliquam proin. At sed massa molestie feugiat non pharetra congue euismod pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem nibh, volutpat pharetra congue euismod. Amet nisi et pulvinar dolore sem consectetur. Ac, mi felis tempus mi mauris lorem. Ante eget sed laoreet euismod, sit ut. Non sit congue, diam amet, dolore ullamcorper. Pulvinar et eget, sed laoreet id sit. Ut, non consectetur donec praesent, felis, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit erat praesent aliquam proin, mauris lorem nibh eget. Sed nunc aliquet consectetur magna, et eget sed, nunc euismod. Pulvinar, ut non, consectetur, donec praesent felis tempus molestie dolor. Congue aliquet amet nisi sem turpis nisi diam consectetur donec. Mi mauris lorem lobortis, volutpat, sed laoreet id, sit nunc. Molestie sit ut pharetra tincidunt euismod pulvinar massa molestie, sit. Ut, sem pharetra tincidunt euismod amet dolore sem turpis ut. Sem consectetur, magna diam nonummy donec aliquet turpis et elit. Sed massa molestie feugiat massa molestie lorem et at, erat. Mi euismod pulvinar nunc non pharetra, congue ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue diam adipiscing tempus ante mauris lorem nibh eget sed mi felis, tempus massa molestie dolor, tincidunt molestie. Sit congue diam nonummy donec praesent turpis nisi, proin elit ac mi felis tempus ante felis aliquam proin elit. Sed, laoreet euismod pulvinar non pharetra ut non dolor, tincidunt euismod ipsum, laoreet id, ipsum massa volutpat feugiat lobortis. Volutpat pulvinar nunc tellus turpis nisi sem consectetur magna ullamcorper nonummy dolore turpis, magna diam nonummy magna diam nonummy. Aliquam proin adipiscing, ac et elit erat mi felis erat ante, volutpat pharetra congue ullamcorper turpis proin at magna. Et id ipsum nunc, non sit congue ullamcorper amet dolore ullamcorper amet dolore sem consectetur, magna diam nonummy dolore. Aliquet adipiscing aliquam proin mauris tincidunt tellus sit, nisi sem nonummy erat mi id tempus ante mauris lorem nibh. Elit sed, massa id feugiat ut volutpat dolor tincidunt ullamcorper amet, dolore turpis nisi, et elit donec praesent adipiscing. Donec proin, adipiscing aliquam proin consectetur magna, diam elit tempus, ante molestie feugiat euismod pulvinar, nunc aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra, congue praesent sit ut sem ac laoreet. Id feugiat massa molestie feugiat tincidunt volutpat pulvinar tincidunt. Euismod sit ut diam nonummy donec praesent adipiscing donec. Praesent, turpis ac nibh eget massa molestie feugiat massa. Volutpat dolor congue aliquet pulvinar tincidunt euismod pulvinar nisi. Diam eget donec, mi adipiscing tempus ante volutpat dolor. Tincidunt ullamcorper, amet sem consectetur ac, et nonummy dolore. Aliquet adipiscing aliquam proin, mauris lorem mi elit, erat. Mi felis tempus ante mauris lorem laoreet eget massa. Tellus sit ut non dolor tincidunt volutpat, pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna diam nonummy donec eget ac et id pulvinar, massa, non at. Ac, mi id tempus mi adipiscing nisi aliquet turpis magna et elit erat, praesent. Felis feugiat ut, mauris lorem nibh non amet congue, aliquet adipiscing, ac, et elit. Erat laoreet molestie feugiat ut non consectetur congue diam, nonummy dolore aliquet turpis, ut. Consectetur magna praesent, adipiscing tempus ante, mauris, lorem nibh eget sed laoreet id ipsum. Massa volutpat pharetra congue, ullamcorper turpis dolore tellus sit ut nonummy erat praesent adipiscing. Aliquam ante mauris lorem laoreet eget sed mi id ipsum ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent felis tempus, proin mauris lorem nibh eget ipsum laoreet tellus sit, lobortis, volutpat pharetra dolore, ullamcorper turpis dolore aliquet consectetur et elit tempus ante, mauris feugiat nibh. Mauris dolor nunc aliquet turpis aliquam et, at ac praesent adipiscing donec praesent adipiscing aliquam et eget sed felis ipsum lobortis molestie dolor lobortis volutpat dolor tincidunt euismod ipsum. Nunc sem consectetur donec mi felis aliquam, ante molestie dolor, lobortis aliquet felis, feugiat lobortis dolor dolore aliquet sit ut non consectetur congue ullamcorper, amet dolore tellus sit ut. Sem consectetur magna et elit erat proin at aliquam proin ac mi felis ipsum ante mauris tempus proin at ac et elit donec praesent nonummy donec aliquet adipiscing aliquam. Sem consectetur congue non dolor congue aliquet turpis ante eget sed tincidunt euismod sit ut non, pharetra congue ullamcorper amet, dolore aliquet turpis nisi, mauris dolor tincidunt, eget sed. Mi felis tempus ante felis aliquam mauris ac nibh id, ipsum massa molestie ipsum massa volutpat feugiat, lobortis eget sed laoreet felis tempus mi adipiscing aliquam ullamcorper amet nunc. Tellus turpis nisi non pharetra ut non pharetra laoreet id ipsum, massa, id ipsum, massa molestie lorem lobortis eget erat mi elit erat molestie pharetra tincidunt euismod pulvinar nunc. Tellus eget amet donec nibh ullamcorper molestie pharetra sed massa tellus consectetur dolor dolore et euismod felis consectetur tempus nunc sem ipsum nunc molestie feugiat lobortis eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, massa molestie donec aliquet adipiscing nisi sem turpis ut sem. Consectetur donec praesent adipiscing, aliquam dolore proin eget sed laoreet id. Ipsum massa volutpat dolor tincidunt, nonummy tempus lobortis eget sed nibh. Elit erat mi id ipsum massa molestie feugiat tincidunt ullamcorper, pulvinar. Dolore aliquet consectetur nisi diam nonummy donec praesent tempus proin at. Ac et, nonummy sed laoreet tellus feugiat, lobortis volutpat feugiat tincidunt. Ullamcorper turpis nisi sem consectetur magna sem nonummy magna mauris lorem. Nibh volutpat pulvinar dolore aliquet sit ut, sem consectetur magna diam. Nonummy aliquam, proin at aliquam proin at magna diam consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet id sed, mi felis aliquam ante mauris, lorem nibh eget sed nunc, molestie feugiat lobortis nonummy erat ante felis tempus ante. Eget sed laoreet id ipsum, massa molestie sit ut non amet dolore aliquet turpis, nisi proin at erat, mi id lobortis non consectetur magna. Diam adipiscing donec, sem at magna diam nonummy donec praesent felis tempus ante at ac nibh elit ac et elit erat, non consectetur magna. Praesent, adipiscing tempus ante eget amet dolore, aliquet sit ut non pharetra ut, non pharetra congue ullamcorper amet dolore sem magna laoreet felis tempus. Ante mauris lorem nibh eget sed, laoreet euismod sit nunc tellus sit, lobortis non, amet congue euismod pulvinar nunc molestie feugiat lobortis volutpat donec. Praesent adipiscing aliquam proin at ac diam consectetur congue euismod pulvinar donec proin at lorem laoreet eget erat laoreet id ipsum lobortis volutpat feugiat. Lobortis euismod dolore aliquet turpis ut sem pharetra congue diam nonummy aliquam praesent turpis aliquam proin consectetur erat mi felis ipsum massa dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit, ut non consectetur magna ullamcorper nonummy dolore aliquet adipiscing nibh eget erat mi felis aliquam, proin at ac et elit. Ipsum nunc tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar, nunc tellus sit ut id pulvinar nunc tellus sit ut non pharetra. Congue aliquet turpis, nisi proin elit ac diam nonummy magna diam turpis dolore tellus pulvinar massa mauris ut ullamcorper amet dolore praesent. At ac et eget erat mi elit erat mi mauris lorem, et at erat mi felis erat praesent adipiscing praesent, at aliquam. Diam, nonummy erat mi id ipsum massa molestie, dolor congue aliquet amet nunc molestie feugiat massa volutpat pharetra congue ullamcorper amet dolore. Aliquet ac et nonummy magna ullamcorper amet dolore praesent turpis aliquam non consectetur congue ullamcorper nonummy donec praesent adipiscing, dolore sem turpis. Nisi diam felis tempus ante mauris ut non pharetra tincidunt, euismod pulvinar nunc, tellus, sit ut ullamcorper amet, donec aliquet amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec mi felis aliquam praesent adipiscing ac et elit erat laoreet felis. Ipsum lobortis volutpat feugiat lobortis volutpat dolor, nunc aliquet, consectetur mi elit erat. Ante molestie lorem nibh mauris sed nibh id sed mi felis aliquam proin. At lorem nibh id ipsum nunc molestie feugiat massa pharetra tincidunt euismod pulvinar. Tincidunt euismod pulvinar nunc tellus feugiat, ut non amet dolore ullamcorper sit ut. Tellus sit ut non dolor tincidunt volutpat sed laoreet id ut non dolor. Tincidunt euismod amet, dolore aliquet turpis ut sem pharetra congue, ullamcorper amet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi non amet dolore aliquet adipiscing aliquam proin, at ac, et elit erat. Mi, mauris feugiat lobortis eget lorem nibh elit ac et at ac diam elit. Erat ante mauris lorem nibh volutpat dolor, tincidunt aliquet turpis magna et nonummy donec. Mi id feugiat ut nonummy aliquam proin mauris, ac nibh eget ac diam elit. Donec praesent felis aliquam proin mauris lorem laoreet eget erat mi felis tempus proin. At ac et erat et nonummy donec aliquet turpis nisi proin consectetur, magna et. Elit tempus ante mauris lorem ante mauris lorem laoreet, id pulvinar nunc pharetra congue. Ullamcorper nonummy dolore aliquet amet nisi sem, consectetur nisi non consectetur congue diam nonummy. Dolore aliquet turpis magna, diam consectetur congue nibh elit sed massa at magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh eget dolor nunc tellus sit ut tellus pharetra congue felis, tempus ante molestie feugiat nibh volutpat, dolor nunc sem. Consectetur erat mi felis ipsum massa tellus feugiat ut volutpat, dolor tincidunt euismod ipsum laoreet id massa molestie, dolor tincidunt euismod ipsum. Dolore sem, elit ac et elit magna, diam nonummy nisi aliquet sit nisi et elit sed laoreet id, lobortis, molestie sed nibh. Id ipsum nunc aliquet turpis nisi diam nonummy donec mi felis tempus proin consectetur magna diam consectetur donec mi felis nibh eget. Dolor tincidunt euismod ipsum nunc tellus sit nisi sem pharetra tincidunt euismod amet dolore tellus turpis ut non sit ut, non pulvinar. Nunc aliquet, adipiscing laoreet, id ipsum massa molestie feugiat lobortis molestie lorem nibh elit erat laoreet felis tempus ante molestie feugiat nibh. Eget sed, laoreet eget erat mi felis massa volutpat sed nibh id ipsum laoreet felis, tempus ante mauris lorem lobortis eget dolor. Laoreet euismod pulvinar, nunc molestie feugiat ut, non aliquam proin mauris lorem nibh eget erat, mi elit erat mi adipiscing, ac et. Elit erat tincidunt euismod pulvinar ante, mauris tempus ante mauris lorem nibh eget massa tellus sit ut, non pharetra congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et elit tempus non pharetra tincidunt euismod pulvinar nunc euismod sit nisi proin at erat, et felis ipsum ante mauris feugiat lobortis volutpat pulvinar dolore aliquet turpis magna nonummy. Donec praesent adipiscing, aliquam, praesent, adipiscing ac et id pulvinar massa molestie feugiat lobortis volutpat feugiat lobortis volutpat sed mi felis ipsum ante mauris tincidunt ullamcorper amet donec praesent turpis. Nisi diam elit erat praesent adipiscing aliquam praesent at, lorem nibh eget sed mi felis ipsum massa, lorem nibh mauris, ac et, nonummy erat praesent felis tempus ante at aliquam. Et eget erat mi, felis ipsum, massa molestie feugiat nibh eget dolor tincidunt euismod ut volutpat dolor tincidunt euismod dolor nunc aliquet turpis, ut non consectetur donec praesent adipiscing aliquam. Proin mauris feugiat, nibh volutpat pulvinar nunc tellus, feugiat nisi et tempus massa tellus pharetra ut ullamcorper pulvinar dolore praesent turpis aliquam, proin elit erat, laoreet felis tempus massa mauris. Dolor tincidunt adipiscing tempus proin at magna diam consectetur donec praesent adipiscing donec proin adipiscing aliquam proin at ac et adipiscing aliquam, proin molestie lorem lobortis euismod dolor tincidunt turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nonummy aliquam proin mauris. Lorem nibh elit erat mi, pharetra. Magna, diam elit erat praesent, felis. Lorem lobortis, euismod, amet nunc tellus. Turpis ut tellus sit congue ullamcorper. Amet nunc tellus sit ut non. Magna et elit erat mi, adipiscing. Aliquam, nibh eget sed mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis euismod pulvinar nunc sit nisi, proin, at ac diam, elit aliquam praesent at ac nibh euismod dolor. Tincidunt euismod turpis nisi sem consectetur donec, praesent nonummy dolore aliquet, ac nibh euismod pulvinar, nunc tellus feugiat ut. Non amet dolore aliquet adipiscing tempus et elit erat mi felis erat ante, mauris lorem nibh mauris tincidunt euismod. Pulvinar ut, non consectetur ac diam elit tempus mi, at ac et at erat mi felis ipsum massa, tellus. Sit congue euismod pulvinar tincidunt sit ut sem consectetur ac et felis tempus ante at ac proin elit ac. Mi id ipsum massa volutpat, dolor tincidunt ullamcorper nonummy dolore at ac et eget sed, laoreet id tempus praesent. Adipiscing aliquam proin consectetur ac, diam nonummy donec praesent felis tempus ante at lorem nibh elit erat molestie lorem. Nibh eget lorem laoreet euismod pulvinar nunc aliquet sit nisi ullamcorper amet congue ullamcorper turpis nisi proin at ac. Et elit donec praesent adipiscing aliquam adipiscing, nisi proin at erat mi id ipsum lobortis ullamcorper amet, dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy nisi proin mauris lorem nibh id ipsum laoreet molestie feugiat, lobortis non donec praesent adipiscing aliquam proin at ac. Mi felis ipsum massa mauris lorem lobortis volutpat pulvinar, nunc, aliquet turpis aliquam sem nonummy donec, ullamcorper amet praesent mauris. Ac nibh eget sed mi felis tempus ante mauris feugiat ante at ac et, nonummy magna praesent, adipiscing aliquam, praesent. At ac proin elit nisi aliquet at erat et felis feugiat nisi et id pulvinar massa tellus dolor congue, ullamcorper. Amet donec proin mauris lorem nibh eget, ut tellus sit ut ullamcorper pharetra congue, ullamcorper amet nisi sem at, ac. Mi id pulvinar ut tellus sit ut ullamcorper nonummy, donec proin at aliquam proin magna et elit erat praesent adipiscing. Aliquam et, elit erat et felis tempus, mi mauris tempus ante at ac diam elit, erat mi adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit, erat massa molestie dolor congue ullamcorper pulvinar nunc aliquet turpis nisi non donec praesent adipiscing donec praesent at ac et elit sed. Massa tellus sit ut non pharetra congue ullamcorper turpis nisi sem at magna, diam nonummy, magna molestie sit ut volutpat pharetra dolore praesent adipiscing aliquam. Proin at erat laoreet id ipsum massa molestie feugiat nibh eget sed nibh eget sed ante sit, ut ullamcorper nonummy donec aliquet turpis aliquam proin. Consectetur magna et elit erat ante, mauris feugiat lobortis volutpat, sed laoreet euismod ipsum molestie feugiat lobortis eget sed laoreet euismod pulvinar, nunc molestie, sit. Ut volutpat pharetra tincidunt volutpat pulvinar, nunc aliquet turpis ut non, consectetur donec mi adipiscing aliquam at ac et elit erat praesent adipiscing aliquam proin. At ac et eget, erat mi felis tempus ante molestie dolor lobortis volutpat dolor tincidunt euismod sit ut, id ipsum ut tellus pharetra congue ullamcorper. Elit erat proin at aliquam proin, consectetur magna et elit donec praesent tempus ante mauris ac et id ipsum massa molestie feugiat massa molestie sed. Nibh eget sed laoreet id ipsum massa mauris lorem ante eget, erat mi felis nunc molestie lorem lobortis eget, sed laoreet id ipsum, nunc, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue amet nisi proin at ac et elit erat ante mauris tempus ante mauris lorem nibh elit donec praesent adipiscing aliquam. Praesent at lorem et sed massa molestie feugiat ut, volutpat dolor tincidunt euismod pulvinar dolore tellus sit ut non pharetra magna mi. Id feugiat massa molestie sed nibh id massa id ipsum ante, mauris lorem nibh, eget sed, laoreet id ipsum massa, molestie feugiat. Nibh eget sed tincidunt euismod pulvinar nunc, tellus sit ut turpis nisi nonummy magna diam, pulvinar tincidunt id ipsum laoreet adipiscing donec. Praesent turpis ut tellus sit massa mauris ac proin consectetur, magna ullamcorper pharetra congue turpis dolore tellus pulvinar ante mauris tempus proin. At magna diam pharetra ut volutpat lorem et at congue volutpat pharetra, laoreet eget erat mi, amet dolore adipiscing nisi sem sit. Lobortis mauris aliquam proin at magna diam consectetur congue volutpat lorem et consectetur congue non dolor laoreet elit erat, diam amet congue. Volutpat dolore molestie ipsum mi adipiscing dolore tellus pulvinar massa, felis aliquam aliquet sit ut tellus feugiat ante at aliquam, sem magna. Diam nonummy dolore, ullamcorper pulvinar laoreet felis, erat praesent turpis nisi aliquet turpis ut tellus feugiat nibh mauris ac et, elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa id ipsum ante at aliquam proin at nisi. Diam consectetur magna ullamcorper, pulvinar id tempus ante felis donec. Aliquet sit ut tellus feugiat nibh mauris lorem proin consectetur. Congue volutpat feugiat et at, magna diam consectetur dolore ullamcorper. Nunc euismod tempus mi, adipiscing donec, aliquet sit massa mauris. Tempus proin adipiscing ut sem pharetra ut non dolor nibh. Eget erat laoreet id ipsum ante tempus proin, consectetur nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At magna diam consectetur ut volutpat sed et at congue non dolor laoreet erat diam nonummy dolore euismod dolor laoreet. Felis tempus mi turpis dolore euismod tempus praesent, amet, nunc euismod ipsum, mi, felis donec, aliquet sit, nunc at magna. Non dolor tincidunt euismod sed, laoreet felis donec aliquet amet nunc euismod ipsum praesent amet nunc id sed mi nonummy. Nunc euismod ipsum felis ipsum ante adipiscing aliquam sem sit massa mauris ac et elit magna sem dolor, lobortis mauris. Lorem et nonummy donec praesent nonummy aliquet pulvinar nunc tellus ipsum praesent turpis dolore molestie feugiat massa molestie ac proin. At nisi, non dolor, lobortis mauris ac diam consectetur congue euismod, dolor laoreet sed praesent nonummy dolore ullamcorper pulvinar nunc. Molestie feugiat lobortis molestie ac proin consectetur nisi volutpat dolor, lobortis elit ac diam consectetur tincidunt eget lorem diam consectetur. Praesent, nonummy dolore tellus pulvinar laoreet, id aliquam praesent adipiscing dolore, aliquet, sit lobortis volutpat feugiat lobortis eget erat diam. Magna ullamcorper, amet, nunc euismod pulvinar massa felis aliquam praesent turpis ut molestie ipsum proin, adipiscing nisi molestie, tempus proin. At, aliquam sem turpis, lobortis molestie lorem mauris, ac diam dolor congue volutpat sed laoreet eget donec, praesent nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa mauris ac proin consectetur magna sem. Consectetur congue euismod dolor et nonummy congue euismod. Sed nibh eget, donec praesent adipiscing aliquam at. Aliquam sem pharetra, ut, volutpat dolor lobortis elit. Magna, et, elit erat praesent turpis dolore aliquet. Sit nunc molestie lorem ante, at magna sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh elit erat, diam elit donec aliquet turpis dolore aliquet feugiat lobortis molestie lorem sem at nisi pharetra, tincidunt euismod sed laoreet eget erat mi, nonummy congue. Euismod amet massa felis aliquam aliquet, pulvinar nunc molestie ipsum ante adipiscing nisi aliquet magna non feugiat ante mauris lorem et, consectetur congue volutpat sed nibh nonummy. Magna ullamcorper dolor tincidunt id sed et amet congue euismod, pulvinar massa felis erat turpis, dolore tellus pulvinar massa mauris lorem ante at magna et nonummy magna. Non dolor laoreet elit ac ullamcorper, pharetra tincidunt, eget sed felis, erat praesent turpis tincidunt, euismod ipsum ante felis nisi tellus pulvinar massa felis, aliquam aliquet turpis. Nunc tellus feugiat ante at aliquam, sem, pharetra ut volutpat lobortis elit erat sem, pharetra tincidunt euismod, dolor laoreet felis erat praesent amet nunc tellus pulvinar massa. Id tempus proin adipiscing aliquam, non sit lobortis volutpat feugiat eget erat et nonummy, congue euismod, pulvinar laoreet id tempus praesent nonummy dolore aliquet turpis ut molestie. Lorem nibh eget, nibh eget ac diam amet dolore ullamcorper pulvinar laoreet felis donec aliquet amet, tincidunt euismod ipsum ante adipiscing nisi sem turpis ut tellus feugiat. Lobortis eget ac at, magna non pharetra tincidunt eget erat et nonummy donec ullamcorper amet, nunc euismod ipsum mi, adipiscing dolore euismod ipsum praesent nonummy nunc euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat sed nibh at magna ullamcorper euismod amet dolore. Aliquet sit ut consectetur magna ullamcorper pharetra tincidunt euismod pulvinar. Massa molestie feugiat lobortis molestie ac proin at magna diam. Elit, donec diam adipiscing aliquam, aliquet consectetur, nibh eget erat. Mi, felis tempus ante mauris ac nibh eget erat, et. Felis erat mi felis, tempus ante at magna non consectetur. Magna diam nonummy aliquet turpis ut tellus sit lobortis mauris. Sed nibh eget sed laoreet id tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa molestie lorem ante, eget sed nibh eget ipsum laoreet molestie tempus ante at aliquam et at ac et elit donec. Turpis nisi sem turpis, ut sem pharetra tincidunt ullamcorper pulvinar tincidunt euismod pulvinar, massa molestie feugiat lobortis molestie sed, laoreet id sed massa. Id ac, et felis ipsum massa molestie, lorem, lobortis eget sed laoreet eget erat praesent felis tempus nibh mauris lorem laoreet id, sed. Mi felis tempus mi felis, nibh eget sed mi felis tempus mi felis tempus proin at ac sem nonummy, magna diam amet congue. Id pulvinar nunc molestie feugiat molestie dolor congue aliquet turpis, dolore sem consectetur magna sem consectetur congue volutpat dolor laoreet id sed laoreet. Id, feugiat lobortis, volutpat sed nibh eget sed laoreet, tempus ante mauris, lorem ante mauris ac et, nonummy donec mi felis tempus, proin. Mauris sed laoreet eget sed mi adipiscing aliquam aliquet turpis dolore tellus feugiat volutpat dolor, tincidunt volutpat erat, mi felis erat, praesent adipiscing. Aliquam nibh mauris lorem diam nonummy magna diam amet praesent adipiscing aliquam, proin consectetur congue ullamcorper amet dolore euismod pulvinar nunc euismod pulvinar. Massa molestie lorem ante at ac diam consectetur magna non dolor congue euismod dolore tellus sit lobortis ante mauris sed nibh id ipsum. Massa id feugiat nibh eget sed laoreet euismod pulvinar, nunc tellus sit nisi non consectetur dolore ullamcorper tempus, lobortis, eget, sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue, ullamcorper nonummy donec adipiscing ac et. Eget ipsum nunc tellus sit ut sem consectetur. Magna diam nonummy donec proin mauris, ac nibh. Eget ipsum massa molestie sit congue nonummy donec. Praesent turpis aliquam proin volutpat turpis tempus, ante. Eget dolor tincidunt, id pulvinar nunc molestie sit. Congue, ullamcorper pharetra congue aliquet turpis, proin elit. Erat mi felis ipsum lobortis molestie dolor tincidunt. Aliquet turpis nisi aliquet consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, mauris lorem nibh eget sed laoreet, id tempus mi mauris lorem nibh elit erat mi id tempus ante, felis aliquam. Proin mauris sed euismod ipsum nunc non pharetra congue ullamcorper pharetra dolore aliquet adipiscing aliquam proin at erat et elit tempus. Ante molestie dolor congue euismod pulvinar tincidunt sit ut, non pharetra congue, volutpat pharetra dolore aliquet amet dolore tellus turpis nisi. Non pharetra dolore, praesent felis, aliquam proin, consectetur ac, nibh eget sed, laoreet tempus nibh volutpat, pharetra congue ullamcorper amet dolore. Aliquet consectetur magna et nonummy, donec praesent felis lorem ante mauris lorem laoreet euismod pulvinar non pharetra congue ullamcorper nonummy, aliquam. Proin at ac proin elit erat et elit, donec mi felis, lorem ante at ac diam consectetur donec, mi felis tempus. Eget sed congue, euismod sit, ut sem pharetra magna diam nonummy donec praesent, felis aliquam ante eget sed tincidunt id ipsum. Nunc tellus sit congue, diam adipiscing, proin at lorem nibh id pulvinar dolore aliquet turpis nisi diam nonummy erat, mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id sit, nisi diam consectetur erat massa molestie feugiat massa molestie lorem nibh eget ipsum laoreet molestie ut, sem pharetra magna diam nonummy aliquam proin. Consectetur ac diam elit erat mi, id, ipsum massa volutpat, dolor congue ullamcorper pulvinar dolore turpis ut volutpat pharetra, congue euismod amet nunc tellus pulvinar nunc. Non pharetra congue ullamcorper amet donec proin at, ac proin elit erat mi id ipsum massa dolor tincidunt ullamcorper pulvinar dolore aliquet consectetur magna diam nonummy. Erat mi mauris lorem nibh mauris ac proin, at ac et nonummy aliquam, proin ac nibh volutpat pulvinar tincidunt, id pulvinar nunc non pharetra tincidunt ullamcorper. Amet dolore praesent adipiscing aliquam proin at erat praesent adipiscing dolore ullamcorper amet dolore turpis magna diam nonummy donec mi adipiscing, nisi aliquet turpis magna et. Elit ipsum massa id lorem nibh mauris sed laoreet eget, erat mi felis tempus ante feugiat lobortis euismod pulvinar nunc, tellus sit, nunc, non pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut tellus sit congue diam nonummy donec praesent. At lorem nibh volutpat, pulvinar nunc tellus turpis nisi. Non pharetra tincidunt, dolor tincidunt, tellus sit nisi sem. Consectetur magna diam amet, donec praesent adipiscing aliquam proin. Elit ac laoreet euismod sit lobortis volutpat dolor tincidunt. Euismod dolore aliquet turpis aliquam sem pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc aliquet consectetur ac laoreet id ipsum massa molestie donec praesent adipiscing aliquam ante mauris sed laoreet eget erat. Laoreet id feugiat lobortis volutpat feugiat lobortis eget sed laoreet id ipsum, ante felis aliquam volutpat sed laoreet id pulvinar. Ut non pharetra congue non dolor tincidunt, ullamcorper amet nunc tellus feugiat ut volutpat dolor tincidunt volutpat dolor tincidunt id. Lobortis volutpat feugiat nibh mauris lorem laoreet eget sed nunc, tellus pharetra magna mi molestie, feugiat ut non pharetra congue. Euismod, turpis aliquam turpis magna diam pharetra tincidunt volutpat sed laoreet euismod sit nisi sem consectetur ut non amet, congue. Euismod amet massa molestie sit ut non pharetra congue, aliquet dolore sem at lorem nibh elit donec diam adipiscing donec. Ante mauris sed laoreet id ipsum laoreet id, feugiat lobortis non dolor congue euismod amet nunc turpis nisi sem nonummy. Erat mi adipiscing donec praesent adipiscing aliquam et, nonummy, donec mi, felis tempus, proin at aliquam aliquet turpis, nisi proin. At magna et nonummy, donec praesent adipiscing aliquam, proin mauris lorem et nonummy erat praesent, adipiscing aliquam proin at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, erat mi felis lorem ante at lorem laoreet felis tempus, ante mauris. Feugiat ut pharetra dolore ullamcorper amet dolore tellus sit congue, non, amet tincidunt. Ullamcorper amet dolore tellus turpis nisi diam nonummy magna ullamcorper nonummy aliquam praesent. Ac et eget ipsum, laoreet felis, aliquam proin at ac nibh eget erat. Laoreet tellus ullamcorper amet donec praesent adipiscing magna, sem consectetur magna diam amet. Dolore adipiscing aliquam et at ac mi felis donec, praesent adipiscing tempus ante. Volutpat dolor nunc id tempus ante mauris lorem nibh eget sed id amet. Dolore non pharetra congue diam amet congue euismod pulvinar nunc tellus turpis nisi. Non pharetra congue diam nonummy dolore, aliquet turpis ut non feugiat ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lobortis volutpat, sed tincidunt tellus feugiat lobortis, volutpat consectetur congue ullamcorper amet tellus, ipsum massa tellus feugiat, nibh. Mauris, lorem nibh id sed laoreet molestie feugiat lobortis non amet donec praesent felis aliquam ante, mauris lorem id. Pulvinar ut non consectetur magna diam nonummy donec proin at lorem nibh eget ipsum massa tellus sit, ut non. Pharetra congue euismod dolor tincidunt euismod, ipsum nibh elit donec mi felis aliquam praesent at lorem et elit, erat. Mi id ipsum ante molestie feugiat tincidunt volutpat dolor tincidunt id ante molestie feugiat lobortis volutpat dolor nibh eget. Ipsum nunc non sit lobortis volutpat pharetra dolore aliquet turpis dolore sem at ac diam nonummy magna praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum massa, molestie sit ut ullamcorper amet aliquam ante at ac. Et elit, laoreet id pulvinar nunc volutpat feugiat tincidunt euismod pulvinar dolore aliquet. Adipiscing aliquam proin at erat praesent adipiscing aliquam praesent turpis nisi sem consectetur. Mi, euismod sit nisi diam nonummy, magna ullamcorper amet dolore euismod ipsum nunc. Tellus pharetra, congue ullamcorper amet, donec praesent turpis nisi sem consectetur magna ullamcorper. Ipsum massa volutpat pharetra congue ullamcorper pulvinar tincidunt tellus sit ut non pharetra. Ut non, pharetra dolore praesent adipiscing, ac nibh id ipsum, aliquet turpis, magna. Diam elit tempus ante mauris, tempus nibh eget ac et elit erat mi. Felis tempus ante eget sed laoreet, eget sed mi felis tempus molestie pharetra. Tincidunt euismod pulvinar nunc euismod ipsum mi felis tempus ante at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy massa mauris feugiat lobortis volutpat dolor massa molestie sit ut sem pharetra magna praesent adipiscing aliquam ante mauris lorem nibh elit. Donec praesent nonummy ante molestie pharetra congue ullamcorper amet dolore aliquet turpis nisi diam elit tempus mi mauris, tempus ante at ac. Et elit erat praesent adipiscing aliquam, eget dolor tincidunt ullamcorper pulvinar nunc tellus sit ut volutpat dolor tincidunt euismod pulvinar tincidunt aliquet. Turpis magna diam nonummy donec praesent nonummy aliquam mauris lorem nibh eget ipsum nunc tellus sit ut non pharetra congue aliquet adipiscing. Nisi sem at, ac nibh eget sed ante, mauris lorem ante at laoreet id pulvinar massa tellus sit ut volutpat dolor lobortis. Volutpat, pulvinar nunc euismod pulvinar ut non consectetur congue ullamcorper, pulvinar, tincidunt euismod pulvinar, massa tellus, sit massa id tempus massa molestie. Feugiat lobortis ullamcorper turpis dolore aliquet turpis, nisi diam, nonummy donec praesent adipiscing donec praesent adipiscing nisi eget ipsum mi felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed massa tellus feugiat, massa molestie lorem euismod pulvinar nunc aliquet turpis nisi sem consectetur donec diam nonummy aliquam proin mauris lorem lobortis id. Pulvinar nunc, molestie sit, ut volutpat feugiat lobortis amet, dolore aliquet consectetur, ac et nonummy, donec praesent nonummy donec praesent adipiscing ut non pharetra ut non. Amet congue aliquet turpis dolore aliquet sit et, felis erat ante felis aliquam ante adipiscing aliquam non sit lobortis volutpat sed laoreet id sed laoreet felis. Feugiat ut volutpat pharetra aliquet adipiscing aliquam sem consectetur magna diam consectetur magna diam amet dolore praesent adipiscing nisi sem, consectetur magna et elit tempus ante. At lorem nibh volutpat dolor sem at ac et elit erat ante molestie feugiat, lobortis eget lorem nibh eget erat mi felis tempus proin at ac. Et elit erat mi id tempus sem consectetur magna euismod nonummy dolore praesent turpis ut sem nonummy magna praesent nonummy donec proin mauris lorem lobortis euismod. Dolor dolore aliquet magna diam nonummy donec mi felis tempus ante, mauris lorem nibh elit, sed laoreet felis tempus ante at ac nibh eget sed mi. Felis tempus mi felis nibh, volutpat dolor, nunc tellus pulvinar nunc molestie feugiat lobortis volutpat, sed, tincidunt ullamcorper turpis ut non pharetra ut ullamcorper pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar lobortis non pharetra congue diam nonummy donec praesent adipiscing, aliquam sem nonummy magna ullamcorper amet ullamcorper amet nisi, sem, at ac mi elit. Tempus massa volutpat dolor, tincidunt euismod amet nunc, tellus sit nunc tellus feugiat nibh eget, sed, euismod amet dolore tellus turpis congue non pharetra. Congue euismod pulvinar nunc, tellus pulvinar nunc, tellus dolor tincidunt volutpat dolor tincidunt tellus sit, nisi, sem at ac, nonummy aliquam praesent adipiscing aliquam. Proin at ac et felis ipsum massa molestie dolor tincidunt volutpat dolor tincidunt euismod sit ut tellus consectetur mi felis, feugiat lobortis molestie feugiat. Nibh volutpat pulvinar nunc molestie feugiat lobortis volutpat feugiat nibh, eget dolor tincidunt id pulvinar nunc tellus sit lobortis non pharetra praesent adipiscing ac. Et elit sed mi id ipsum lobortis volutpat pharetra congue ullamcorper amet nunc tellus sit ut sem nonummy donec praesent felis aliquam proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum ante mauris lorem, ante mauris erat mi felis tempus ante sit congue diam, adipiscing tempus ante mauris lorem nibh, elit, sed, laoreet id feugiat massa molestie. Tempus et elit sed et nonummy magna diam amet nunc adipiscing ac et elit, erat mi felis ipsum lobortis, molestie feugiat lobortis eget ipsum, massa tellus sit ut sem. Nonummy donec diam amet dolore aliquet nisi sem consectetur magna ullamcorper amet, dolore praesent at ac et, elit erat mi id ipsum massa molestie dolor lobortis volutpat dolor tincidunt. Sit ut, tellus sit congue ullamcorper nonummy, dolore aliquet turpis ut sem pharetra magna diam nonummy donec aliquet, amet dolore aliquet consectetur magna, diam, nonummy donec praesent tempus nibh. Eget lorem laoreet euismod pulvinar massa molestie feugiat ut volutpat feugiat, lobortis volutpat pulvinar nunc aliquet turpis, nisi diam elit erat mi adipiscing aliquam proin ac diam elit sed. Massa, tellus sit ut ullamcorper pharetra congue ullamcorper pulvinar nunc tellus turpis, ut non pharetra magna adipiscing tempus ante at ac nibh elit, erat laoreet felis ipsum massa mauris. Sed, tincidunt aliquet at ac et elit sed laoreet id ipsum massa molestie, lorem praesent felis feugiat lobortis non dolor tincidunt euismod pulvinar ut sem at erat laoreet felis. Erat ante molestie feugiat lobortis volutpat pulvinar nunc, aliquet, consectetur, magna et ipsum massa tellus sit ut ullamcorper pharetra dolore aliquet turpis aliquam proin, consectetur magna diam nonummy donec. Mi adipiscing aliquam proin, consectetur ac diam, consectetur magna, felis tempus ante eget dolor tincidunt euismod sit nisi proin elit, sed massa molestie feugiat ut non consectetur dolore aliquet. Adipiscing, aliquam ante mauris lorem nibh id laoreet molestie feugiat ut eget sed tincidunt id pulvinar nunc tellus feugiat lobortis volutpat feugiat nibh eget sed laoreet tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent adipiscing aliquam et eget sed laoreet felis. Feugiat lobortis, dolor tincidunt euismod pulvinar laoreet, felis ipsum ante. Mauris feugiat lobortis volutpat dolor laoreet euismod pulvinar nunc molestie. Feugiat ut non pharetra tincidunt euismod nunc, tellus sit nisi. Diam nonummy dolore praesent adipiscing nisi proin mauris ac diam. Consectetur magna diam nonummy donec proin adipiscing aliquam, nibh eget. Ipsum massa tellus lobortis non pharetra tincidunt ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut euismod amet dolore praesent at ac nibh ipsum massa id tempus ante, at lorem et, elit ac et felis tempus massa molestie, feugiat tincidunt euismod sed tincidunt. Tellus pulvinar nunc tellus sit volutpat pulvinar tincidunt euismod sit ut volutpat dolor, lobortis eget lorem, et elit donec diam amet dolore tellus ipsum massa molestie feugiat massa molestie lorem. Euismod amet nunc tellus sit ut non dolor tincidunt volutpat sed laoreet eget ipsum massa molestie lorem ante mauris ac, nibh elit elit ante mauris feugiat, lobortis eget sed nibh. Eget pulvinar nunc tellus feugiat massa eget dolor tincidunt eget sed laoreet elit erat mi mauris feugiat lobortis volutpat dolor euismod sit ut non pharetra congue, ullamcorper amet dolore tellus. Sit nisi sem at magna et elit donec, praesent adipiscing dolore sem turpis nisi sem consectetur magna nonummy donec praesent at magna, diam nonummy magna mi felis aliquam proin sit. Ut, sem pharetra, lobortis, volutpat dolor tincidunt euismod ipsum massa mauris, lorem mi felis aliquam praesent at aliquam sem consectetur magna, diam nonummy dolore praesent turpis dolore tellus pulvinar massa. Molestie tempus ante mauris lorem nibh eget sed mi feugiat, lobortis volutpat amet congue ullamcorper pulvinar dolore aliquet turpis nisi sem amet dolore ullamcorper amet aliquam sem consectetur nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, ante eget lorem, nibh elit ipsum massa, molestie ipsum, massa mauris. Lorem nibh elit ac et tempus mi adipiscing aliquam ante at lorem. Diam elit donec praesent nonummy, dolore praesent at ac, proin consectetur magna. Ullamcorper nonummy dolore ullamcorper pulvinar, proin at magna, sem nonummy donec praesent. Adipiscing, tempus ante mauris ac nibh eget erat mi felis tempus ante. Mauris lorem tincidunt euismod dolor laoreet id lobortis volutpat dolor, lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi adipiscing lorem ante at lorem. Proin consectetur, magna et felis ante mauris. Ac et consectetur magna sem consectetur, magna. Praesent amet dolore aliquet, sit ut non. Pharetra congue non amet congue euismod pulvinar. Massa molestie magna ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis aliquam proin consectetur, magna sem. Consectetur donec praesent ipsum nibh mauris sed laoreet. Eget sed mi felis tempus massa molestie feugiat. Lobortis eget dolor laoreet euismod pulvinar, massa tellus. Pharetra magna praesent nonummy nibh eget sed laoreet. Id pulvinar massa id, ipsum proin at aliquam. Proin consectetur magna diam nonummy magna ullamcorper amet. Dolore tellus pulvinar nunc tellus, magna diam amet. Donec praesent turpis dolore non sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus pulvinar lobortis, volutpat congue ullamcorper pulvinar, laoreet id ipsum massa id tempus ante mauris ac nibh elit erat mi felis erat. Praesent felis, aliquam proin at ac et ipsum massa mauris aliquam, proin at lorem, et elit donec diam nonummy dolore ullamcorper amet dolore tellus. Feugiat massa mauris aliquam proin, turpis magna diam tempus ante felis lorem nibh eget sed nibh eget sed, mi felis tempus ante mauris ac. Proin at ac et elit erat praesent felis tempus, ante mauris tincidunt euismod pulvinar nunc molestie feugiat nibh eget sed laoreet id ipsum laoreet. Felis tempus ante, at, aliquam et elit erat mi felis ante, mauris, lorem lobortis eget lorem nibh elit erat tincidunt euismod pulvinar nunc, tellus. Sit nisi mi felis ipsum nunc molestie feugiat nibh, eget ac diam nonummy, mi, adipiscing aliquam proin mauris ac, et elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue diam adipiscing proin mauris sed. Laoreet euismod sit, aliquam nibh eget ipsum. Massa non pharetra ut non dolor tincidunt. Euismod, pulvinar dolore aliquet feugiat massa, mauris. Lorem eget, sed tincidunt id pulvinar ut. Non consectetur congue diam felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna ullamcorper elit mi, mauris lorem tincidunt volutpat. Dolor dolore aliquet consectetur ac, diam nonummy magna ullamcorper. Nonummy tempus, ante at aliquam proin consectetur congue mauris. Lorem euismod turpis, nisi sem pharetra ut volutpat sed. Laoreet id sed mi id ipsum ante mauris lorem. Et eget sed, tincidunt tellus sit ut, volutpat tincidunt. Euismod amet dolore aliquet pulvinar nunc non consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet nisi sem, turpis nisi ullamcorper dolore. Aliquet, adipiscing, tempus nibh mauris sed nibh eget. Donec mi mauris feugiat nibh eget sed laoreet. Eget ipsum, laoreet, id tempus proin adipiscing aliquam. Euismod pulvinar tincidunt id tempus mi, mauris lorem. Lobortis volutpat, sed laoreet eget erat praesent felis. Tempus lobortis volutpat pharetra, tincidunt euismod pulvinar nunc. Molestie massa mauris lorem, nibh, volutpat erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore praesent, turpis ut sem pharetra, ut non dolor aliquet adipiscing. Aliquam sem turpis nisi, ullamcorper pharetra dolore aliquet amet nunc aliquet sit. Nunc, tellus mauris feugiat tincidunt euismod amet nunc molestie feugiat massa consectetur. Erat mi felis tempus proin at lorem et elit erat, mi id. Feugiat lobortis non pharetra tincidunt aliquet, adipiscing, aliquam et elit erat mi. Donec mi felis tempus ante mauris lorem laoreet elit erat mi felis. Tempus ante at lorem laoreet, euismod pulvinar dolore tellus, sit ut, pharetra. Congue, aliquet turpis, nisi, proin mauris lorem laoreet id ipsum massa molestie. Lorem nibh eget sed tincidunt id ipsum nunc tellus pharetra ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod pulvinar nunc sem consectetur ac et eget, erat mi felis tempus ante at et eget sed laoreet. Molestie feugiat nisi sem consectetur magna, aliquet turpis aliquam proin at magna et elit donec, laoreet id lorem ante mauris. Lorem et sed massa tellus sit nisi non amet dolore, aliquet turpis nisi proin at magna et nonummy donec praesent. Felis lorem nibh eget dolor laoreet eget massa molestie sit, congue ullamcorper amet dolore ullamcorper amet nisi sem at magna. Diam nonummy donec praesent nonummy donec praesent adipiscing aliquam proin, erat mi adipiscing aliquam proin adipiscing aliquam proin at magna. Diam nonummy magna praesent adipiscing aliquam ante mauris lorem nibh id sed laoreet molestie lorem nibh mauris laoreet id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra dolore euismod amet dolore. Aliquet, consectetur ac et elit praesent felis. Tempus ante at lorem nibh elit ac. Massa molestie ipsum massa, mauris, feugiat lobortis. Volutpat sed tincidunt tellus, pulvinar nunc tellus. Feugiat tincidunt pulvinar dolore proin at ac. Et eget sed, laoreet, felis tempus ante. Mauris feugiat lobortis volutpat dolor laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris sed, laoreet euismod sit ut non sit ut non pharetra congue ullamcorper pulvinar. Massa molestie, sit ut non pharetra donec mauris lorem nibh volutpat pulvinar nunc tellus, turpis. Ut sem, nonummy sed massa molestie sit congue ullamcorper, nonummy tempus proin mauris feugiat, nibh. Eget dolor euismod sit massa tellus feugiat lobortis volutpat dolor tincidunt euismod ipsum massa molestie. Feugiat congue non amet dolore praesent adipiscing nisi sem, consectetur ac et elit erat, adipiscing. Nisi aliquet turpis ut, sem consectetur magna diam amet dolore praesent adipiscing aliquam proin, elit. Ipsum nunc tellus sit nisi non pharetra volutpat pulvinar nunc aliquet consectetur ac diam, nonummy. Magna praesent adipiscing aliquam proin at ac et, at ac et nonummy, erat ante, at. Feugiat nibh eget dolor euismod turpis nisi non consectetur magna diam adipiscing donec praesent at. Ac, et elit sed laoreet felis ipsum massa volutpat, pharetra dolore praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis aliquam proin mauris sed laoreet, id sed laoreet molestie feugiat lobortis feugiat nibh elit erat et elit tempus ante, mauris. Tempus ante at ac et elit erat praesent felis tempus proin adipiscing aliquam sem at magna et, dolore aliquet turpis aliquam, proin, at. Sed tincidunt, tellus sit ut sem consectetur donec praesent adipiscing tempus ante mauris lorem et id, sed laoreet ipsum lobortis ullamcorper elit feugiat. Nisi diam nonummy magna diam turpis, nisi sem consectetur ac diam elit sed mi felis tempus nibh mauris lorem, at sed massa tellus. Feugiat lobortis sem pharetra dolore aliquet, amet nisi aliquet turpis nisi, non consectetur magna praesent amet, donec aliquet turpis, nisi sem consectetur congue. Amet donec aliquet turpis nisi sem consectetur magna diam nonummy magna diam amet donec tellus sit nunc non consectetur magna diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non amet congue aliquet adipiscing aliquam proin at ac diam elit donec praesent adipiscing donec turpis aliquam proin at donec praesent, nonummy. Aliquam praesent, at aliquam proin at sed mi felis erat aliquet amet nisi sem consectetur nisi sem pharetra mi felis tempus, ante mauris sed. Tincidunt euismod ipsum nunc tellus sit, ut, ullamcorper, amet dolore aliquet turpis aliquam proin consectetur magna sem nonummy donec praesent, tempus nibh, mauris lorem. Et eget erat mi elit tempus massa molestie dolor, tincidunt euismod dolor nunc aliquet turpis nisi non, pharetra congue pulvinar tincidunt id sed praesent. Adipiscing tempus ante mauris ac proin at ac diam nonummy dolore aliquet turpis nisi et elit ac et elit erat mi, felis lobortis non. Dolor tincidunt euismod ipsum massa molestie feugiat lobortis molestie lorem lobortis volutpat ipsum laoreet id ipsum ante, mauris lorem ante mauris magna diam consectetur. Magna ac congue proin ullamcorper id at amet aliquam lobortis diam mauris, consectetur pulvinar ac tempus nibh eget lorem nibh eget ut, non, pharetra. Magna ullamcorper nonummy, donec praesent felis aliquam proin at magna et, felis, tempus ante molestie feugiat lobortis volutpat pharetra tincidunt tellus, pulvinar ut sem. Magna et elit donec aliquet turpis dolore sem at ac et elit erat, mi, adipiscing tempus proin mauris lorem nibh id sed massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at feugiat tincidunt aliquet adipiscing aliquam, ante mauris ac et elit erat nonummy donec praesent adipiscing aliquam. Sem elit erat mi id ipsum, massa mauris lorem, et elit ac mi id tempus massa mauris tempus. Ante eget sed id ipsum nunc tellus sit ut non pharetra congue euismod pulvinar nunc tellus sit ut. Non pharetra congue ullamcorper pulvinar dolore aliquet consectetur magna sem donec praesent, adipiscing aliquam proin mauris ac et. Elit erat mi id tempus proin at ac non dolor tincidunt euismod pulvinar aliquam proin ac et at. Erat praesent adipiscing tempus ante mauris lorem lobortis, volutpat dolor tincidunt euismod feugiat lobortis, volutpat dolor lobortis, volutpat. Dolor laoreet id erat mi adipiscing nibh eget sed nibh elit magna diam elit donec aliquet turpis dolore. Sem, consectetur magna, sem consectetur congue ullamcorper, amet dolore, tellus ipsum massa molestie feugiat nibh sed tincidunt id. Pulvinar massa molestie tempus proin at ac et elit ac sem consectetur congue ullamcorper amet nunc aliquet nunc. Tellus sit, lobortis non dolor laoreet eget sed massa felis aliquam proin at aliquam, et elit magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem turpis ut sem, consectetur magna, diam. Amet dolore tellus sit ut, tellus, sit ut. Non pharetra congue, euismod nunc molestie, sit ut. Volutpat dolor tincidunt ullamcorper amet dolore tellus sit. Ut non pharetra congue ullamcorper amet congue euismod. Pulvinar dolore aliquet magna diam nonummy donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris feugiat, nibh eget sed laoreet aliquet, sit nunc tellus pharetra non pharetra congue ullamcorper amet nunc tellus feugiat lobortis volutpat lorem nibh eget, erat. Mi euismod, ipsum ut sem pharetra congue non sed laoreet id sed id tempus ante at nisi sem consectetur magna diam nonummy dolore ullamcorper, amet dolore aliquet. Pulvinar ut, tellus sit lobortis mauris magna diam nonummy praesent nonummy dolore aliquet turpis dolore tellus feugiat massa molestie feugiat nibh eget erat diam nonummy donec diam. Adipiscing aliquam ante at magna sem sed laoreet felis, tempus ante mauris ac et, at ac et nonummy dolore aliquet amet nunc euismod ipsum mi felis tempus. Nibh eget sed nunc proin adipiscing tincidunt euismod pulvinar nunc tellus consectetur ac diam amet dolore praesent adipiscing nisi sem consectetur nisi sem, pharetra magna diam nonummy. Aliquam proin adipiscing magna, diam erat mi, felis, tempus ante at ac proin consectetur congue ullamcorper pharetra congue, volutpat sed mi id ipsum massa tellus tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet, tellus, pharetra ut non pharetra tincidunt euismod pulvinar dolore feugiat lobortis volutpat feugiat, tincidunt euismod, amet, dolore sem turpis ut tellus. Feugiat, lobortis non pharetra tincidunt id sed mi adipiscing donec ullamcorper amet dolore feugiat lobortis volutpat feugiat, nibh eget sed laoreet id erat. Praesent adipiscing tempus proin adipiscing magna non sit ut volutpat dolor laoreet id sed laoreet elit praesent adipiscing, feugiat nibh volutpat erat mi. Elit erat mi felis aliquam ante at, magna diam, consectetur magna ullamcorper pharetra, congue ullamcorper ipsum id ipsum, massa mauris ac et elit. Ac diam consectetur congue ullamcorper dolor laoreet id tempus ante mauris lorem proin adipiscing nisi, sem, consectetur congue ullamcorper pharetra ullamcorper amet nunc. Tellus sit ut non, pharetra, tincidunt euismod dolor laoreet id ipsum mi felis tempus ante adipiscing aliquam, sem pharetra, ut non dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie feugiat lobortis volutpat sed, mi, felis ipsum massa mauris lorem ante. Ac, diam nonummy magna diam nonummy congue euismod pulvinar nunc molestie ipsum massa mauris. Feugiat tincidunt volutpat sed mi, felis, erat praesent turpis dolore aliquet nisi diam pharetra. Ut volutpat dolor congue ullamcorper pulvinar massa molestie tempus ante, mauris ac et at. Ac sem, consectetur donec praesent adipiscing aliquam sem turpis sem, pharetra magna ullamcorper pulvinar. Tincidunt tellus sit nisi non pharetra magna ullamcorper amet congue ullamcorper, pulvinar massa molestie. Ipsum, lobortis molestie, dolor volutpat amet nunc tellus pulvinar nunc mauris lorem ante at. Pharetra, ipsum ac dolore nibh id amet dolore proin eget amet aliquam tincidunt ante. Volutpat felis tempus non pharetra ut non pharetra laoreet id ipsum laoreet id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante felis lorem elit ac, sem nonummy magna diam, nonummy donec praesent adipiscing lorem nibh, eget sed laoreet molestie feugiat lobortis volutpat dolor tincidunt volutpat sed laoreet felis mi. Adipiscing aliquam sem consectetur magna non pharetra congue, ullamcorper pulvinar nunc euismod, pulvinar nunc tellus sit ut volutpat dolor laoreet eget sed mi elit ante mauris lorem, nibh mauris lorem. Mi id ipsum massa tellus feugiat lobortis volutpat dolor laoreet id ipsum massa id, ipsum massa molestie dolor euismod pulvinar nunc, id tempus mi mauris lorem ante at lorem et. Elit erat mi felis aliquam aliquet sit, nunc tellus feugiat lobortis volutpat feugiat nibh dolor massa molestie, ipsum lobortis volutpat dolor lobortis, eget lorem laoreet id ipsum ante, felis, turpis. Ac et elit erat mi id ipsum massa mauris feugiat lobortis dolor laoreet id ipsum nunc tellus, ipsum ante eget sed laoreet eget sed mi elit donec praesent adipiscing aliquam. Proin at erat et, felis erat mi felis nibh mauris lorem et elit donec mi felis tempus massa mauris lorem, nibh volutpat dolor laoreet, id, ipsum lobortis volutpat nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, magna et, elit donec mi id ipsum lobortis volutpat dolor id ipsum massa molestie feugiat, lobortis volutpat dolor, nibh eget pulvinar tincidunt tellus pulvinar nunc molestie feugiat. Lobortis volutpat dolor tincidunt euismod, amet, ut tellus ut ullamcorper pharetra dolore aliquet turpis dolore sem turpis nisi non pharetra, congue ullamcorper amet nunc tellus sit ut tellus. Sit lobortis non pharetra tincidunt at ac et eget sed laoreet id ipsum massa molestie, feugiat lobortis volutpat pulvinar tincidunt tellus sit nunc, molestie lorem nibh eget, sed. Id pulvinar, dolore aliquet pharetra congue ullamcorper amet dolore aliquet turpis aliquam proin consectetur magna, sem consectetur, congue ullamcorper nonummy donec proin at, aliquam et eget sed id. Feugiat congue diam nonummy donec aliquet turpis nisi sem consectetur, ac et elit donec, diam adipiscing aliquam proin at, ac, et nonummy donec diam nonummy dolore adipiscing aliquam. Proin at erat, mi felis, tempus massa molestie feugiat lobortis eget sed laoreet euismod pulvinar massa molestie lorem mauris lorem et at ac et elit donec praesent adipiscing. Aliquam proin at, magna diam nonummy donec mi mauris lorem lobortis volutpat dolor nunc tellus sit et elit sed mi felis tempus ante at aliquam sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tempus ante eget sed nibh elit erat mi felis tempus ante mauris lorem laoreet id, sed, laoreet elit erat mi mauris ac nibh volutpat, tincidunt. Tellus sit ut non pharetra congue ullamcorper pulvinar nunc tellus sit ut sem at magna et elit erat proin, mauris lorem nibh elit erat felis, ipsum. Massa molestie dolor congue diam amet dolore praesent adipiscing aliquam, et, eget ipsum, massa molestie, feugiat ut volutpat feugiat nibh volutpat sed mi id ipsum non. Dolor, congue diam adipiscing aliquam proin eget sed laoreet id ipsum massa, molestie sit ut, volutpat feugiat lobortis volutpat dolor tincidunt molestie feugiat diam elit donec. Praesent felis aliquam praesent adipiscing magna sem pharetra congue diam, nonummy aliquam, praesent adipiscing nisi sem consectetur magna, ullamcorper amet dolore aliquet amet, tellus sit nunc. Non consectetur magna diam nonummy donec tellus sit ut non sit lobortis volutpat dolor tincidunt ullamcorper amet nunc tellus sit nisi sem, pharetra congue turpis dolore. Aliquet turpis magna diam elit, erat laoreet felis aliquam proin at ac et eget sed laoreet felis ipsum volutpat dolor congue aliquet, turpis aliquam, ante mauris. Ac et, elit erat mi mauris feugiat lobortis mauris sed laoreet euismod amet nunc tellus, sit congue ullamcorper pharetra, aliquet adipiscing nisi, sem, consectetur magna diam. Elit erat mi felis aliquam proin mauris lorem laoreet id, pulvinar nunc molestie ipsum massa volutpat, feugiat tincidunt euismod sed euismod ipsum massa molestie pharetra donec. Ante molestie lorem nibh eget sed nibh id sed massa, molestie feugiat massa molestie feugiat lobortis euismod pulvinar tincidunt molestie ipsum sem, consectetur congue ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam elit erat felis tempus massa, molestie feugiat et elit. Sed massa molestie feugiat nisi sem nonummy donec praesent nonummy donec. Sem, at lorem et, elit erat, praesent donec proin mauris ac. Proin elit ac, mi felis erat mi felis tempus ante mauris. Dolor tincidunt id, tempus mi, felis tempus proin, adipiscing aliquam euismod. Pulvinar ut non consectetur magna diam elit donec mi molestie dolor. Tincidunt euismod dolor dolore aliquet consectetur magna, et elit erat mi. Mauris lorem nibh amet dolore euismod pulvinar massa id tempus ante. Molestie feugiat congue ullamcorper, amet dolore aliquet sit ut tellus, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed laoreet tellus sit ut non amet. Dolore aliquet turpis nisi sem turpis ut non. Pharetra magna diam amet nibh mauris, lorem laoreet. Euismod pulvinar massa molestie ipsum ante eget sed. Nibh id ipsum nunc, molestie, ipsum massa molestie. Feugiat lobortis euismod nisi sem turpis nisi, diam. Nonummy donec, praesent adipiscing aliquam proin mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum ante molestie feugiat, ullamcorper. Turpis tempus proin at magna et elit. Erat mi mauris feugiat ut volutpat sed. Tincidunt euismod pulvinar nunc tellus sit congue. Ullamcorper amet massa molestie feugiat nibh volutpat. Dolor tincidunt, euismod sit nisi non pharetra. Magna mi, felis tempus massa eget dolor. Tincidunt euismod pulvinar dolore tellus, erat mi. Felis ipsum massa felis tempus proin mauris. Lorem tincidunt euismod, pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent feugiat congue, ullamcorper pulvinar, nunc tellus turpis magna diam, consectetur donec diam, nonummy donec praesent, consectetur ac laoreet. Euismod sit ut non pharetra magna ullamcorper, tempus ante mauris lorem nibh elit erat et felis tempus massa volutpat dolor. Magna praesent adipiscing aliquam proin adipiscing aliquam sem at ac praesent adipiscing massa mauris lorem lobortis euismod turpis aliquam proin. Elit sed laoreet felis tempus ante molestie feugiat ut non pharetra dolore aliquet adipiscing nisi at erat et elit tempus. Ante, mauris feugiat nibh eget erat mi id pulvinar nunc tellus sit, ut ullamcorper amet nunc, tellus pulvinar nunc tellus. Sit ut amet congue ullamcorper amet nisi sem consectetur magna sem consectetur magna euismod pulvinar, nunc euismod ipsum, massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet ut non consectetur congue et nonummy donec mi felis aliquam proin consectetur nisi sem, consectetur donec praesent adipiscing aliquam mauris. Lorem laoreet id, sit ut sem pharetra congue non pharetra dolore, aliquet adipiscing aliquam proin at ac, diam elit, erat mi adipiscing tempus. Ante dolor, tincidunt euismod, sit, ut sem at ac laoreet molestie ipsum ante at ac nibh volutpat dolor laoreet id tempus ante, molestie. Feugiat lobortis volutpat dolor, ante, volutpat dolor congue euismod pulvinar nunc tellus sit ut non dolor congue ullamcorper pulvinar nunc aliquet, sit nisi. Sem consectetur, donec diam nonummy ante mauris, ac nibh id ipsum massa molestie feugiat ut non, dolor lobortis volutpat dolor laoreet id tempus. Mi molestie, lorem nibh eget sed, laoreet id, ipsum tellus pharetra congue ullamcorper nonummy donec praesent at ac et, elit erat laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam mauris lorem nibh elit tempus, massa molestie, feugiat lobortis non, pharetra, congue aliquet adipiscing ac et eget erat laoreet id ipsum massa molestie. Feugiat aliquet adipiscing, aliquam proin at lorem nibh, elit donec mi felis tempus ante mauris lorem et elit sed laoreet id ipsum lobortis molestie. Lorem lobortis pulvinar, nunc euismod ipsum massa molestie lorem lobortis eget, lorem nibh eget sed laoreet id sit ut volutpat pharetra tincidunt ullamcorper pulvinar. Dolore sem consectetur magna diam pulvinar nunc non consectetur donec praesent adipiscing donec praesent adipiscing aliquam sem consectetur magna diam nonummy donec praesent adipiscing. Aliquam sem turpis magna, felis, tempus ante, mauris lorem nibh, eget sed laoreet id pulvinar, ut sem pharetra ut ullamcorper amet tincidunt, euismod pulvinar. Massa molestie ipsum massa mauris, ac nibh sed laoreet tellus sit ut tellus pharetra congue ullamcorper pulvinar nunc tellus sit ut tellus feugiat lobortis. Molestie dolor lobortis id pulvinar nunc tellus ac mi felis ipsum, massa mauris lorem ante mauris, lorem nibh elit sed laoreet felis tempus ante. At lorem, nibh eget ipsum massa id ipsum, ante mauris ante eget sed laoreet id pulvinar massa molestie lorem nibh eget lorem nibh elit. Sed massa molestie, feugiat ut volutpat feugiat tincidunt euismod pulvinar nunc id ipsum molestie lorem lobortis eget sed laoreet euismod sed laoreet mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et sed massa felis tempus proin at ac et eget erat laoreet. Euismod sit, ut tellus consectetur magna diam amet dolore aliquet sit, ut. Non congue diam nonummy donec proin mauris feugiat lobortis volutpat sed laoreet. Id ipsum lobortis non pharetra donec, praesent adipiscing aliquam praesent adipiscing ac. Nibh eget massa molestie feugiat lobortis non, pharetra congue euismod amet congue. Ullamcorper adipiscing tempus, nibh eget, lorem, et id ipsum massa tellus pharetra. Congue diam elit donec aliquet lorem, lobortis volutpat pulvinar dolore aliquet consectetur. Nisi diam elit donec diam nonummy, dolore, aliquet turpis aliquam proin at. Erat mi id ipsum non, pharetra, congue ullamcorper turpis dolore sem turpis. Nisi non consectetur donec praesent adipiscing tempus, proin mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing pharetra tempus magna, nunc lobortis mi molestie pharetra tempus nunc, sem eget, pulvinar nisi et id pulvinar ut proin, turpis lorem tincidunt praesent. Molestie id turpis pulvinar aliquam lobortis diam nonummy aliquam sem turpis ut tellus sit congue ullamcorper amet congue ullamcorper amet dolore euismod pulvinar dolore. Aliquet consectetur magna diam felis tempus ante mauris, tempus nibh, mauris sed laoreet id ipsum laoreet id ipsum ante mauris sed laoreet elit sed. Aliquet turpis magna diam pharetra dolore, praesent turpis dolore tellus pulvinar ut tellus sit ut volutpat dolor laoreet id ipsum nunc molestie feugiat volutpat. Pharetra dolore aliquet turpis nisi aliquet turpis nisi, sem pharetra tincidunt, euismod, amet donec, proin at ac et elit sed laoreet molestie, feugiat lobortis. Molestie lorem euismod pulvinar nunc tellus sit nisi sem consectetur congue diam turpis, nisi, sem consectetur ac diam nonummy donec mi adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore ullamcorper turpis nisi proin consectetur magna diam nonummy donec mi adipiscing donec praesent adipiscing aliquam, eget sed massa. Molestie feugiat ut non pharetra tincidunt euismod amet, nunc molestie feugiat, massa molestie, feugiat lobortis, volutpat dolor nunc tellus sit nunc. Pharetra magna diam nonummy, dolore praesent adipiscing aliquam sem consectetur ac, et felis erat mi felis aliquam proin mauris lorem et. Felis tempus ante felis aliquam proin lorem nibh eget sed laoreet, id ipsum massa molestie dolor tincidunt, volutpat dolor laoreet, id. Ipsum lobortis molestie feugiat lobortis eget dolor nunc turpis nisi sem nonummy magna diam nonummy dolore aliquet turpis nisi aliquet turpis. Magna diam amet dolore ullamcorper amet aliquam sem turpis, magna, et elit, tempus, mi tempus ante volutpat dolor tincidunt euismod, pulvinar. Nunc aliquet consectetur magna ullamcorper amet donec praesent adipiscing dolore aliquet turpis nisi sem pharetra tincidunt ullamcorper pulvinar nunc tellus aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus, pharetra ac et elit ut non consectetur dolore aliquet turpis nisi aliquet turpis nisi non pharetra congue, praesent, felis lorem nibh eget lorem nibh eget. Ipsum massa id, ut ullamcorper nonummy donec praesent felis tempus proin consectetur magna diam elit donec mi adipiscing tempus proin mauris sed tincidunt euismod pulvinar laoreet id. Feugiat non amet congue euismod pulvinar tincidunt, euismod ipsum massa mauris lorem nibh mauris ac diam, nonummy magna diam amet dolore aliquet amet ut tellus ut ullamcorper. Elit tempus massa molestie, dolor lobortis volutpat dolor laoreet id tempus massa tellus sit ut volutpat dolor laoreet id ipsum massa, molestie feugiat lobortis volutpat, dolore aliquet. Turpis ac proin consectetur ac diam elit donec mi adipiscing aliquam proin consectetur magna sem nonummy donec, mi felis tempus proin, adipiscing nisi proin sed massa molestie. Feugiat ut sem consectetur magna diam adipiscing tempus ante at ac nibh eget sed massa molestie ipsum lobortis non pharetra congue ullamcorper aliquam, dolor nunc tellus turpis. Ac, et elit sed laoreet id feugiat lobortis eget sed nibh eget erat mi id feugiat lobortis volutpat feugiat lobortis euismod amet tellus sit nisi sem pharetra. Ut diam adipiscing donec praesent adipiscing aliquam sem consectetur ac et elit tempus ante at lorem nibh eget dolor tincidunt tellus pulvinar sem elit erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante molestie, sed nibh sed massa, id ipsum massa mauris feugiat, nibh volutpat dolor laoreet id ipsum massa, molestie feugiat. Lobortis volutpat dolor laoreet id ipsum, massa, molestie, ipsum non nonummy donec praesent adipiscing ac et elit erat, laoreet id ipsum massa. Molestie sit ut, ullamcorper nonummy, aliquam proin, mauris ac, et elit ac id ipsum lobortis non pharetra congue euismod dolor tincidunt euismod. Pulvinar nunc tellus, dolor tincidunt ullamcorper nonummy, donec, praesent adipiscing ac proin elit laoreet id feugiat massa mauris ac et, elit sed. Laoreet id ipsum ante, mauris feugiat, tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus, sit magna, diam nonummy praesent adipiscing aliquam et. Elit sed tincidunt aliquet sit ut non dolor congue ullamcorper adipiscing aliquam praesent, at ac et nonummy donec praesent adipiscing aliquam proin. At et eget sed laoreet id ipsum, massa molestie tempus ante mauris, ac et nonummy donec praesent nonummy aliquam praesent at, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam, proin adipiscing nisi sem turpis nisi, non pharetra. Congue diam adipiscing aliquam proin, at magna sem consectetur praesent. Felis ipsum nibh, volutpat sed laoreet eget sed laoreet elit. Tempus ante molestie feugiat lobortis, eget dolor tincidunt euismod, sit. Ut diam nonummy diam amet dolore aliquet turpis nisi non. Consectetur congue ullamcorper nonummy donec, proin at ac et elit. Erat mi felis tempus ante mauris lorem nibh, eget laoreet. Euismod sit nisi, non, consectetur ac diam nonummy dolore aliquet. Amet nisi proin at ac diam consectetur magna diam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat ut, non dolor congue ullamcorper, pulvinar nunc molestie, sit congue ullamcorper nonummy, donec praesent adipiscing, et elit sed laoreet euismod pulvinar, massa, molestie sit. Ut non pulvinar nunc euismod ipsum massa tellus sit lobortis non nonummy donec aliquet, adipiscing aliquam elit, erat, mi id ipsum massa, molestie feugiat nibh volutpat. Lorem nibh, eget sed mi, adipiscing tempus ante, mauris lorem nibh elit erat laoreet, id feugiat ut ante eget sed tincidunt euismod sit nisi diam elit. Sed massa molestie ipsum ante, mauris lorem, nibh eget ipsum laoreet, molestie, feugiat lobortis feugiat lobortis euismod pulvinar nunc tellus turpis ut non consectetur magna diam. Adipiscing aliquam proin at lorem laoreet id pulvinar nunc tellus sit congue non pharetra tincidunt dolor tincidunt tellus turpis magna diam consectetur erat mi mauris lorem. Ante, eget sed laoreet id sed mi felis ipsum massa mauris lorem nibh volutpat dolor laoreet ipsum nunc non consectetur magna ullamcorper amet donec praesent, mauris. Lorem tincidunt ullamcorper sit ut non pharetra congue ullamcorper amet praesent adipiscing tempus nibh eget sed, laoreet euismod pulvinar massa molestie sit congue, diam felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ipsum massa id sit ut volutpat amet donec praesent felis tempus ante eget. Dolor, tincidunt euismod pulvinar nunc molestie lorem volutpat sed, tincidunt euismod amet nunc molestie. Sit ut non pharetra, lobortis euismod pulvinar nunc euismod, pulvinar nunc molestie lorem ante. Mauris sed, tincidunt, tellus nisi, proin elit erat praesent felis ipsum massa, mauris lorem. Lobortis euismod amet nunc tellus feugiat lobortis molestie feugiat lobortis volutpat, dolor, tincidunt tellus. Sit ut non congue, diam adipiscing aliquam ante mauris, lorem nibh, eget erat mi. Id feugiat lobortis volutpat dolor lobortis euismod, pulvinar dolore praesent sit nisi pharetra magna. Diam nonummy donec praesent adipiscing nisi, proin at ac diam elit erat praesent adipiscing. Aliquam ante mauris, ac mi felis tempus mi felis aliquam proin, ac et, elit. Erat mi, felis tempus, ante molestie feugiat lobortis euismod pulvinar nunc euismod feugiat, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet turpis, nisi sem consectetur, congue non pharetra congue ullamcorper amet nisi. Sem at, erat laoreet molestie sit ut non ipsum ante mauris lorem nibh eget. Dolor nunc tellus turpis nisi sem pharetra congue ullamcorper pharetra congue aliquet turpis dolore. Aliquet consectetur, magna sem pharetra, ante felis tempus nibh eget sed, laoreet id ipsum. Massa molestie feugiat congue ullamcorper amet dolore aliquet turpis nisi proin at erat mi. Id tempus ante feugiat lobortis volutpat dolor nunc tellus pulvinar nunc tellus pharetra ut. Volutpat dolor, congue euismod amet nisi sem consectetur ac et nonummy erat mi feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget erat ante, felis lorem nibh. Volutpat dolor tincidunt euismod pulvinar massa tellus. Magna et elit, tempus ante felis tempus. Proin at ac et elit erat mi. Felis aliquam proin adipiscing aliquam, et elit. Ac mi felis tempus ullamcorper amet donec. Aliquet felis lorem ante elit, erat laoreet. Id ipsum massa molestie sit lobortis, eget. Sed laoreet tellus turpis nisi proin elit. Erat aliquet turpis magna diam elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at magna et, elit sed ante mauris lorem lobortis volutpat dolor praesent at lorem et at, erat mi elit tempus ante, molestie feugiat lobortis euismod dolor. Nunc sem mauris ac et elit erat laoreet felis aliquam mauris sed nibh id ipsum massa molestie feugiat lobortis volutpat dolor lobortis, euismod pulvinar aliquam tincidunt mi. Molestie id adipiscing, dolor donec, ante eget, amet, magna laoreet, molestie consectetur sed nunc sem elit amet aliquam ante euismod adipiscing tempus congue praesent mauris sit erat. Nunc nibh, aliquet molestie feugiat magna nunc et praesent, volutpat id mauris amet feugiat erat nisi laoreet proin non id, consectetur ipsum aliquam tincidunt proin volutpat nonummy. Tempus nisi laoreet, sem erat mi id pulvinar nunc, tellus, sit congue diam adipiscing donec praesent adipiscing, aliquam proin at ac et felis tempus massa molestie feugiat. Lobortis ullamcorper pulvinar dolore, at ac et, eget erat mi nonummy donec praesent turpis nisi sem at ac et elit erat proin adipiscing aliquam proin pulvinar nunc. Euismod pulvinar nunc non pharetra congue euismod pulvinar nunc tellus pulvinar laoreet molestie ipsum lobortis mauris lorem nibh, eget sed massa molestie, feugiat lobortis molestie lobortis volutpat. Pulvinar nunc euismod pulvinar nunc non pharetra ut ullamcorper nonummy donec proin at ac, nibh eget ipsum massa id feugiat lobortis volutpat dolor dolore aliquet, aliquam proin. Mauris sed tincidunt euismod sit ut tellus pharetra ut ullamcorper amet donec, aliquet turpis aliquam proin at ac et elit tempus ante mauris lorem nibh pulvinar nunc. Aliquet at lorem nibh eget sed massa molestie feugiat massa molestie lorem nibh eget sed laoreet felis tempus mi felis aliquam proin, consectetur ac mi, ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore praesent at ac et eget nunc tellus turpis nisi sem nonummy donec aliquet. Turpis nisi aliquet turpis nunc tellus sit lobortis volutpat, sed tincidunt euismod sit ut tellus. Feugiat lobortis pharetra congue ullamcorper amet dolore sem consectetur magna et felis erat, mi adipiscing. Aliquam nibh volutpat sed, tincidunt id ipsum massa tellus sit magna amet donec praesent, at. Ac nibh eget sed laoreet, id pulvinar massa mauris tempus, ante mauris ac et, elit. Erat laoreet id feugiat lobortis eget sed euismod pulvinar dolore aliquet turpis nisi non consectetur. Dolore aliquet turpis nisi sem consectetur magna sem pharetra ut ullamcorper amet donec praesent adipiscing. Nisi elit sed mi id feugiat lobortis volutpat dolor tincidunt euismod pulvinar, tincidunt, euismod sit. Nisi sem consectetur magna diam amet dolore aliquet turpis aliquam proin at sed id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent, adipiscing tempus, nibh volutpat sed tincidunt tellus sit ut sem erat massa id ipsum massa eget, sed, laoreet eget, sed mi felis. Tempus ante, molestie feugiat lobortis eget sed laoreet id tempus ante felis lorem nibh pharetra nunc tellus pulvinar ut sem pharetra ut, non pharetra. Tincidunt euismod pulvinar nunc tellus, turpis magna diam nonummy donec praesent adipiscing aliquam proin mauris tincidunt tellus, turpis, nisi sem consectetur magna diam nonummy. Tempus, massa molestie lorem, nibh euismod amet nunc tellus sit ut non pharetra congue nonummy donec ante mauris lorem, laoreet id pulvinar nunc molestie. Ipsum ut volutpat dolor tincidunt euismod dolor nunc euismod ipsum massa volutpat feugiat tincidunt euismod amet donec, adipiscing aliquam nibh euismod pulvinar nunc tellus. Sit ut non pharetra congue aliquet amet dolore sem consectetur nisi sem consectetur congue diam nonummy dolore aliquet turpis, ut nonummy donec diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem pharetra congue diam pharetra congue praesent adipiscing proin, mauris lorem et, elit erat mi felis. Feugiat nibh volutpat sed laoreet id, ipsum massa molestie feugiat, lobortis non dolor congue, ullamcorper pulvinar nunc. Tellus erat tincidunt id pulvinar nunc non sit congue ullamcorper pharetra nunc tellus pulvinar ut non pharetra. Ut ullamcorper nonummy donec praesent turpis nisi aliquet, consectetur mi elit donec praesent adipiscing tempus, proin mauris. Lorem nibh, eget ipsum massa molestie sit congue diam amet dolore aliquet turpis dolore, aliquet magna et. Elit erat praesent adipiscing nisi sem consectetur magna non, pharetra congue non pharetra congue euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt ullamcorper amet dolore sem at erat mi felis tempus massa tellus pharetra congue ullamcorper, nonummy aliquam proin, at sed laoreet pulvinar, massa molestie. Feugiat lobortis non pharetra tincidunt euismod dolor tincidunt tellus pulvinar nunc tellus sit lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat ullamcorper nonummy aliquam. Praesent mauris ac lobortis volutpat sed tincidunt euismod pulvinar ut non dolor congue diam adipiscing aliquam, praesent adipiscing nisi sem magna praesent adipiscing ipsum massa. Molestie, pharetra congue ullamcorper amet dolore tellus turpis ut non consectetur congue diam nonummy donec praesent adipiscing aliquam et elit, erat laoreet sit congue ullamcorper. Amet dolore praesent turpis nisi tellus feugiat lobortis, molestie feugiat nibh eget sed laoreet id ipsum massa mauris lorem ante mauris lorem nibh eget nisi. Proin elit erat mi id feugiat ante mauris lorem, nibh eget, sed, laoreet, euismod ipsum nunc non pharetra congue ullamcorper, pharetra praesent adipiscing nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet erat mi felis lorem nibh eget pulvinar nunc tellus ac, et eget ipsum massa molestie feugiat lobortis volutpat sed tincidunt euismod amet dolore sem at erat diam nonummy. Erat praesent felis lorem, nibh eget nunc tellus, sit, nisi, sem consectetur magna praesent felis aliquam proin, at ac nibh eget sed, laoreet felis feugiat lobortis volutpat feugiat, tincidunt. Ullamcorper amet ante mauris lorem et elit erat laoreet felis tempus proin mauris lorem nibh elit ac, mi id tempus mi mauris tempus nibh eget dolor tellus turpis nisi. Diam nonummy donec diam adipiscing tempus proin mauris ac et elit, erat et elit erat praesent, felis ac et eget erat mi, felis mi felis aliquam proin at ac. Et eget sed, mi felis tempus ante volutpat feugiat lobortis ullamcorper amet nunc tellus consectetur nisi sem consectetur magna praesent adipiscing tincidunt ullamcorper pulvinar, nunc tellus sit ut sem. Consectetur ac mi felis ipsum lobortis molestie dolor tincidunt ullamcorper amet dolore tellus pulvinar lobortis non consectetur nisi sem, consectetur magna ullamcorper amet donec praesent adipiscing aliquam, et id. Ipsum massa molestie sit ut non pharetra congue aliquet turpis dolore aliquet turpis ut non congue diam nonummy aliquam proin mauris sed nibh eget sed laoreet id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis ipsum nunc non consectetur donec mi felis tempus ante eget sed laoreet id ipsum laoreet id tempus. Ante molestie feugiat ullamcorper turpis nisi sem at ac et nonummy donec praesent amet dolore tellus turpis ut tellus, pharetra. Ut ullamcorper pharetra tincidunt euismod pulvinar, nunc tellus nisi sem amet donec aliquet, turpis nisi proin at lorem et nonummy. Erat diam adipiscing aliquam proin, at ac et eget erat mi, felis tempus ante mauris congue ullamcorper turpis dolore tellus. Consectetur sed tincidunt tellus turpis ut tellus sit ut non pharetra congue ullamcorper pulvinar nunc tellus, sit lobortis dolor tincidunt. Ullamcorper amet dolore tellus pulvinar ut volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit nunc tellus sit congue ullamcorper pharetra. Congue ullamcorper ipsum nunc tellus nisi sem consectetur donec praesent, turpis, aliquam sem consectetur magna sem consectetur magna praesent nonummy. Donec praesent adipiscing ac proin elit ac et nonummy donec praesent adipiscing et elit, sed laoreet id, ipsum ante, mauris. Sit tincidunt ullamcorper nonummy donec aliquet sit nisi non pharetra congue ullamcorper aliquam proin at aliquam proin consectetur ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, dolore tellus turpis ut pharetra magna praesent adipiscing donec. Proin at aliquam nibh id ipsum massa, molestie ipsum massa. Volutpat, feugiat congue euismod, pulvinar nunc tellus pulvinar nunc consectetur. Donec mi molestie pharetra congue diam, nonummy aliquam proin, mauris. Lorem nibh eget sed laoreet felis feugiat lobortis volutpat dolor. Congue ullamcorper amet dolore ullamcorper pulvinar nunc aliquet sit nunc. Non pharetra, congue ullamcorper pharetra dolore aliquet adipiscing nisi proin. Consectetur ac mi felis tempus massa, molestie tincidunt volutpat pulvinar. Nunc aliquet turpis ut tellus sit ut volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non tempus ante mauris feugiat nibh eget sed laoreet. Euismod sit ut tellus, sit lobortis volutpat amet dolore, aliquet amet dolore. Tellus consectetur ac ullamcorper erat, ante felis tempus ante consectetur lorem laoreet. Id pulvinar nunc molestie feugiat lobortis volutpat dolor laoreet id ipsum massa. Molestie sit ut volutpat pharetra aliquet turpis dolore aliquet, sit ut non. Consectetur magna praesent felis tempus ante mauris ac, et elit erat laoreet. Id ipsum lobortis volutpat dolor tincidunt pulvinar nunc tellus feugiat massa mauris. Feugiat tincidunt euismod pulvinar nunc tellus sit nisi non consectetur donec praesent. Adipiscing tempus ante mauris, lorem lobortis volutpat ac et, eget dolor nunc. Tellus, sit ut, sem, consectetur, magna praesent felis tempus ante at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat lobortis non pharetra dolore praesent adipiscing, aliquam, ante mauris lorem mi id ipsum massa, molestie sit ut ullamcorper nonummy dolore. Aliquet aliquam, sem at ac mi id, ipsum lobortis, volutpat feugiat lobortis volutpat pulvinar nunc euismod sit ut non pharetra congue praesent. Adipiscing tempus proin at et elit erat laoreet felis, tempus ante molestie lorem nibh eget, sed laoreet id pulvinar nunc molestie feugiat. Ut, euismod, pulvinar tincidunt euismod sit nisi, non sit diam amet donec, aliquet, turpis nisi sem consectetur magna diam consectetur, magna, diam. Amet, nunc aliquet turpis ut sem, consectetur magna diam nonummy, proin at, lorem nibh elit sed laoreet felis tempus ante mauris aliquam. Ante elit sed dolore, lobortis euismod adipiscing feugiat donec massa tellus consectetur donec massa tellus erat, nunc proin volutpat felis feugiat donec. Massa mi, aliquet praesent non nonummy turpis nisi sem nonummy donec praesent, adipiscing aliquam proin adipiscing ac, nibh id ipsum aliquet consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem nonummy donec mi tempus nibh volutpat dolor dolore, ullamcorper turpis nisi sem consectetur ac mi elit erat praesent adipiscing tempus nibh eget, sed laoreet, felis ipsum. Ante, feugiat, lobortis, ullamcorper nonummy donec praesent adipiscing nisi sem at ac, mi felis ipsum massa molestie dolor tincidunt euismod pulvinar nunc, tellus sit nunc non magna diam. Adipiscing aliquam ante mauris lorem nibh eget sed massa molestie sit congue ullamcorper nonummy donec praesent adipiscing aliquam proin consectetur ac diam erat ante mauris feugiat nibh mauris. Lorem nibh eget sed mi felis tempus proin, adipiscing aliquam proin, at, magna et elit tempus ante felis tempus, ante lorem laoreet eget erat laoreet felis, aliquam ante. Adipiscing aliquam proin at ac et elit erat mi molestie dolor tincidunt euismod pulvinar tincidunt id ipsum nunc tellus magna, praesent felis tempus nibh eget, sed laoreet, id. Ipsum massa tellus feugiat lobortis volutpat feugiat tincidunt volutpat sed, laoreet, id ipsum massa tellus dolor lobortis adipiscing, aliquam ante mauris ac et elit erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit sed sem consectetur ac mi, euismod, pulvinar ut sem consectetur, sed nunc tellus pharetra magna diam nonummy donec proin mauris. Feugiat tincidunt ullamcorper amet dolore tellus, nisi sem, consectetur magna euismod, amet, donec praesent adipiscing magna sem nonummy erat mi id ipsum. Lobortis non amet donec praesent adipiscing aliquam proin at laoreet id tempus, ante, mauris, feugiat lobortis volutpat sed, laoreet id ipsum, massa. Molestie feugiat lobortis non, dolor tincidunt euismod amet dolore sem at laoreet, id pulvinar massa molestie pharetra donec praesent felis tempus nibh. Eget dolor tincidunt id pulvinar nunc molestie feugiat lobortis molestie feugiat nibh eget sed mi sit nisi non pharetra congue, euismod amet. Massa, tellus sit, ut, non pharetra congue euismod pulvinar nunc aliquet feugiat ut non consectetur magna, diam, nonummy dolore aliquet nisi sem. Elit, erat mi adipiscing aliquam ante mauris lorem nibh id ipsum, massa tellus sit ut, non consectetur magna diam adipiscing aliquam sem. Consectetur donec aliquet turpis nisi proin consectetur magna ullamcorper pharetra congue ullamcorper pulvinar massa, tellus sit nisi sem nonummy donec aliquet amet. Nisi sem at lorem et elit laoreet mauris sit congue non pharetra congue, aliquet turpis nisi, sem consectetur magna diam nonummy dolore. Praesent adipiscing tempus nibh eget lorem nibh id ipsum massa, mauris donec laoreet id feugiat massa molestie feugiat nibh id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ipsum nunc, molestie dolor tincidunt euismod, amet dolore tellus sit ut, sem consectetur magna diam amet donec praesent adipiscing aliquam proin at ac diam tempus. Massa sem nonummy donec, mi adipiscing donec proin adipiscing aliquam et eget sed massa id feugiat ut volutpat amet congue aliquet turpis nisi aliquet ac diam. Felis tempus ante molestie lorem nibh eget lorem laoreet id sed laoreet felis tempus ante mauris ac et elit ac mi felis tempus, ante, felis nibh. Eget sed nunc tellus turpis ut sem consectetur donec praesent adipiscing aliquam praesent adipiscing aliquam sem at ac et elit erat mi lorem nibh eget dolor. Nunc aliquet turpis, nisi sem nonummy donec praesent adipiscing donec praesent adipiscing ac et elit erat mi felis erat mi adipiscing lorem nibh sed tincidunt euismod. Pulvinar nunc, sem, nonummy magna praesent adipiscing aliquam praesent adipiscing aliquam proin consectetur magna diam, nonummy dolore ullamcorper pulvinar, nunc, molestie feugiat lobortis volutpat magna praesent. Mauris pharetra pulvinar magna laoreet proin non id pharetra, ac nunc proin elit pulvinar dolore sem elit pulvinar nibh euismod adipiscing dolor erat ut sem elit. Pulvinar ac laoreet proin, non molestie at sed aliquam proin, at erat mi id sit nisi, sem consectetur donec felis aliquam, proin at lorem nibh elit. Sed massa tellus sit ut volutpat feugiat congue ante ullamcorper molestie at pulvinar tempus tincidunt mi non sem, volutpat tempus congue, diam adipiscing tempus ante at. Ac, et eget sed laoreet id tempus ante mauris lorem nibh euismod pulvinar laoreet euismod pulvinar, massa, tellus sit ut nonummy dolore, aliquet adipiscing ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent turpis aliquam at ac laoreet id ipsum massa molestie. Sit, ut diam adipiscing aliquam nibh eget sed laoreet, id ipsum. Nunc tellus sit congue ullamcorper amet dolore adipiscing aliquam sem consectetur. Ac, et felis tempus ante mauris lorem lobortis non pharetra, congue. Ullamcorper amet ut non pharetra congue diam nonummy donec, praesent aliquam. Ante elit erat laoreet euismod sit ut non sit nibh eget. Dolor tincidunt aliquet turpis ut non consectetur magna diam elit erat. Ante molestie lorem eget dolor nunc tellus pulvinar nunc tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit aliquam proin, at laoreet id ipsum lobortis. Volutpat dolor lobortis volutpat, dolor nunc tellus turpis nisi sem. Nonummy, erat ante mauris lorem lobortis volutpat dolor, laoreet id. Massa molestie sit lobortis volutpat feugiat lobortis eget dolor, nunc. Id pulvinar ut volutpat feugiat nibh eget dolor tincidunt id. Ipsum nunc tellus pharetra congue amet, dolore proin at aliquam. Et elit sed massa molestie feugiat lobortis molestie feugiat lobortis. Euismod amet aliquam praesent adipiscing magna tincidunt, euismod massa, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper turpis nisi proin consectetur ac mi felis tempus massa mauris lorem volutpat dolor tincidunt euismod, ipsum nunc tellus pharetra. Ut ullamcorper amet donec aliquet amet, nisi proin consectetur magna et elit erat praesent, felis aliquam, at ac et eget sed laoreet. Molestie sit ut volutpat dolor, tincidunt euismod pulvinar massa tellus, sit ut volutpat feugiat tincidunt volutpat, dolor laoreet euismod ipsum massa tempus. Nibh, volutpat pulvinar nunc tellus pulvinar massa molestie feugiat ut non dolor tincidunt euismod pulvinar massa tellus sit nisi sem pharetra magna. Adipiscing tempus nibh eget lorem laoreet id ipsum, laoreet molestie sit ut, volutpat pharetra dolore praesent turpis, nisi proin elit ac et. Id pulvinar lobortis molestie dolor euismod amet dolore praesent turpis nisi sem sit congue non nonummy donec proin at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis lorem lobortis, volutpat dolor tincidunt id pulvinar nunc tellus pharetra congue, diam nonummy. Aliquam ante molestie dolor tincidunt id, ipsum massa tempus massa volutpat, dolor tincidunt, euismod amet. Dolore aliquet turpis nisi, sem consectetur, donec praesent adipiscing donec praesent turpis dolore tellus consectetur. Magna et felis, mi mauris, lorem tincidunt ullamcorper amet dolore aliquet consectetur nisi, sem consectetur. Donec mi felis, ipsum nibh mauris lorem et elit erat mi felis, erat mauris tempus. Et elit erat mi felis erat praesent, adipiscing donec proin at lorem nibh eget, sed. Laoreet molestie ipsum massa at lorem proin at mi felis erat mi felis tempus nibh. Eget sed laoreet euismod ipsum massa tellus, pharetra congue ullamcorper amet dolore aliquet, amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor lobortis euismod pulvinar nunc tellus pulvinar, lobortis volutpat feugiat lobortis eget dolor laoreet eget erat mi felis tempus eget sed laoreet euismod ipsum nunc tellus, feugiat lobortis molestie. Dolor tincidunt volutpat dolor nunc euismod sit ut tellus pharetra congue ullamcorper pulvinar dolore, volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis congue non pharetra tincidunt euismod pulvinar nunc. Tellus sit ut non sit tincidunt euismod pulvinar nunc euismod pulvinar ut, aliquet turpis, nisi sem consectetur magna, diam, nonummy tempus mi felis tempus nibh eget sed tincidunt euismod. Sit ut sem consectetur, congue diam aliquam proin mauris lorem nibh elit erat et, elit erat mi, mauris tempus et eget sed tincidunt id ipsum massa tellus sit lobortis. Eget dolor tincidunt euismod nisi non, pharetra, magna, diam, nonummy donec aliquet amet nisi sem consectetur magna diam elit donec diam adipiscing donec aliquet turpis, ut tellus sit ut. Non nonummy ante molestie feugiat laoreet euismod ipsum nunc aliquet, turpis ut non pharetra congue ullamcorper turpis dolore aliquet turpis ut tellus donec praesent adipiscing aliquam proin at ac. Et elit erat mi elit erat mi adipiscing aliquam, nibh elit erat mi felis tempus ante felis aliquam, proin sed nunc tellus, sit ut proin at magna ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin elit aliquam proin consectetur magna et elit erat mi molestie, feugiat lobortis ullamcorper amet congue aliquet turpis aliquam proin, elit erat mi elit erat. Mi lorem ante eget lorem laoreet id ipsum massa molestie lorem ante, mauris sed laoreet eget, sed laoreet id feugiat lobortis molestie feugiat lobortis elit sed. Tellus sit ut non consectetur magna diam amet dolore tellus sit nunc non pharetra ut diam nonummy donec, praesent mauris lorem nibh eget dolor nunc aliquet. Sit et elit tempus mi felis lorem lobortis euismod pulvinar dolore tellus sit ut non pharetra congue ullamcorper, amet dolore ullamcorper pulvinar nisi, aliquet magna diam. Nonummy magna praesent nonummy tempus, ante mauris ac diam consectetur congue ullamcorper nonummy dolore aliquet turpis nisi proin consectetur congue et elit erat mi mauris, tincidunt. Euismod amet nunc aliquet turpis, nisi sem consectetur donec praesent adipiscing aliquam proin mauris ac nibh id sed laoreet felis tempus ante molestie dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit ut ullamcorper pulvinar dolore. Praesent adipiscing aliquam et elit ac, felis. Ipsum ante mauris feugiat lobortis euismod dolor. Laoreet id ipsum massa molestie feugiat tincidunt. Ullamcorper nonummy donec praesent at aliquam et. Elit sed laoreet sit ut non, dolor. Tincidunt volutpat dolor, tincidunt id feugiat ut. Sem consectetur magna praesent adipiscing aliquam, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus proin at ac et eget pulvinar. Massa tellus feugiat ut non, pharetra, magna diam amet dolore. Aliquet turpis magna elit erat mi id ipsum lobortis molestie. Dolor tincidunt id pulvinar nunc, molestie sit nisi sem pharetra. Magna, praesent felis tempus ante at sed laoreet eget, sed. Congue euismod pulvinar nunc tellus feugiat ut ullamcorper nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nisi sem consectetur magna adipiscing donec praesent at lorem nibh elit donec praesent adipiscing tempus proin at. Lorem lobortis euismod, dolor massa tellus sit lobortis molestie feugiat nibh eget aliquam proin tellus sit lobortis volutpat dolor. Tincidunt, euismod amet dolore aliquet pharetra congue ullamcorper pharetra congue, aliquet turpis nisi sem at ac nibh felis nunc. Tellus pharetra congue non, dolor tincidunt euismod pulvinar massa molestie feugiat lobortis non, pharetra, tincidunt euismod pulvinar nunc tellus. Turpis nisi sem tincidunt praesent eget amet feugiat erat, massa sem, eget pulvinar nisi, nibh euismod turpis aliquam ante. Volutpat amet donec nibh eget pulvinar donec proin eget pharetra aliquam pharetra tempus lobortis, et elit erat ante mauris. Lorem lobortis volutpat dolor tincidunt euismod sit nunc non pharetra ut ullamcorper nonummy donec aliquet, turpis nisi, sem magna. Et felis tempus mi felis tempus ante at ac et elit erat mi, felis tempus nibh eget lorem laoreet. Eget ipsum sem consectetur congue ullamcorper amet dolore ullamcorper amet nisi sem at ac et, felis tempus ante molestie. Sit congue diam adipiscing aliquam praesent at aliquam proin, at mi felis tempus ante mauris feugiat tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis volutpat tincidunt, tellus turpis aliquam nibh eget. Ipsum massa molestie feugiat ut ullamcorper amet dolore praesent turpis. Aliquam proin mauris ac, mi id tempus ante lorem nibh. Volutpat pharetra dolore praesent at, ac et at ac et. Elit erat ante mauris feugiat lobortis eget pulvinar nunc tellus. Sit nisi sem erat mi mauris feugiat nibh, volutpat dolor. Laoreet euismod ipsum nunc tellus, feugiat massa, volutpat dolor, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nisi diam nonummy, donec ante tellus feugiat ut. Non amet dolore praesent, turpis dolore non pharetra congue. Ullamcorper amet dolore praesent turpis dolore sem ac diam. Elit erat mi felis tempus proin adipiscing ac et. Elit, donec diam amet dolore ullamcorper pulvinar dolore aliquet. Turpis magna et elit erat, adipiscing tempus, ante mauris. Dolor nunc euismod sit ut non consectetur donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem lobortis euismod pulvinar aliquet turpis ut non pharetra magna diam amet dolore tellus pulvinar nunc molestie lorem nibh volutpat sed, tincidunt, euismod. Amet dolore, non consectetur ac et donec praesent adipiscing nisi sem consectetur ac et felis tempus massa molestie, feugiat, ut non amet dolore aliquet. Turpis nisi, sem at ac et elit mi mauris lorem lobortis euismod pulvinar tincidunt, id ipsum massa, mauris lorem lobortis volutpat dolor, tincidunt tellus. Sit nisi sem consectetur magna diam nonummy mi adipiscing ac et elit dolor tincidunt felis ipsum massa mauris tempus ante mauris lorem et elit. Sed massa molestie feugiat ut non amet donec proin ac et elit ac et nonummy congue diam turpis nisi, sem consectetur nisi sem consectetur. Congue diam nonummy, donec aliquet, turpis aliquam proin at ac et felis ante, mauris lorem congue ullamcorper turpis, aliquam proin, mauris sed nibh eget. Sed mi, felis, tempus ante volutpat dolor tincidunt euismod amet nunc, tellus sit ut amet congue ullamcorper amet aliquam nibh eget, lorem laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra congue ullamcorper pulvinar, dolore non, pharetra magna diam nonummy donec praesent. Felis tempus nibh eget sed tincidunt tellus sit, tellus, sit congue non amet dolore. Praesent turpis aliquam et at ac et nonummy dolore mi adipiscing tempus proin mauris. Lorem tincidunt euismod pulvinar massa lorem lobortis non dolor tincidunt euismod pulvinar nunc molestie. Feugiat ut ullamcorper nonummy donec aliquet adipiscing nisi proin consectetur magna diam consectetur donec. Diam nonummy, dolore adipiscing aliquam et at magna, et elit aliquam proin mauris aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum felis tempus ante at ac diam, nonummy erat laoreet molestie feugiat lobortis eget, sed. Tincidunt ullamcorper amet dolore aliquet sit nisi sem nonummy donec praesent aliquam ante mauris lorem nibh eget. Ipsum massa, tellus sit, ut eget pharetra dolore ullamcorper amet dolore sem consectetur ac et felis tempus. Ante lorem ante mauris sed laoreet id ipsum ante molestie, feugiat lobortis, volutpat dolor, tincidunt ullamcorper ipsum. Massa molestie feugiat ut ullamcorper nonummy donec praesent turpis aliquet turpis magna diam nonummy donec ullamcorper nonummy. Donec proin at ac, et elit erat mi felis aliquam proin at aliquam sem at erat mi. Felis massa molestie feugiat nibh mauris, lorem et elit donec praesent nonummy donec aliquet turpis aliquam sem. At erat mi felis tempus massa volutpat dolor tincidunt volutpat laoreet id ipsum massa molestie, lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent felis aliquam ante mauris ac eget sed laoreet id ipsum, massa mauris feugiat nibh eget sed, laoreet id ipsum, nunc molestie feugiat lobortis eget dolor nibh. Eget ipsum massa tellus ac et felis tempus mi felis tempus proin consectetur ac et elit donec, mi mauris lorem nibh diam molestie elit turpis lorem congue proin volutpat. Donec ante non amet ipsum ut et id consectetur, pulvinar lorem, donec massa non eget, ipsum ut sem consectetur, magna diam amet dolore aliquet turpis nunc aliquet magna diam. Nonummy erat mi mauris lorem, lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus pharetra magna ullamcorper amet congue ullamcorper amet dolore at magna diam felis ipsum ante mauris lorem. Lobortis ullamcorper nonummy aliquam proin at lorem nibh eget sed massa molestie ipsum massa mauris feugiat tincidunt ullamcorper amet aliquet, turpis magna sem pharetra congue euismod dolor tincidunt id. Ipsum massa molestie lorem nibh eget, lorem laoreet eget erat, laoreet id ipsum massa volutpat tincidunt, euismod, pulvinar nunc tellus turpis nisi diam nonummy donec mi adipiscing aliquam, aliquet. At sed laoreet euismod amet ut sem consectetur, magna diam nonummy congue aliquet, dolore euismod sit lobortis molestie dolor tincidunt euismod pulvinar tincidunt euismod pulvinar ut non consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet at ac mi, felis erat mi mauris lorem nibh eget dolor, tincidunt euismod pulvinar nunc non consectetur congue non amet proin, mauris feugiat tincidunt, euismod pulvinar. Nunc tellus, sit nisi diam, elit erat praesent felis lorem nibh mauris lorem tincidunt euismod ipsum massa molestie, lobortis non adipiscing ipsum massa, volutpat, dolor congue euismod, pulvinar. Nunc tellus consectetur magna, diam consectetur magna praesent adipiscing tempus ante eget sed laoreet eget erat, mi aliquam, praesent at ac et elit ac mi felis ipsum massa. Molestie feugiat nibh volutpat sed tincidunt euismod ipsum massa tellus sit lobortis, felis ipsum massa volutpat pharetra congue, ullamcorper amet dolore sem consectetur ac et elit tempus massa. Molestie pharetra congue praesent felis lorem nibh eget sed nibh, eget nunc tellus consectetur magna diam nonummy dolore aliquet turpis nunc, id pulvinar lobortis non consectetur magna praesent. Felis tempus proin at ac proin at donec praesent adipiscing massa molestie feugiat tincidunt ullamcorper amet nunc tellus feugiat lobortis molestie dolor tincidunt eget, sed laoreet, id sed. Massa tellus magna diam, nonummy dolore aliquet adipiscing ac nibh eget sed, massa molestie feugiat massa mauris, lorem lobortis eget sed nibh id ipsum massa molestie sit lobortis. Non dolore aliquet turpis nisi sem pharetra ut non, amet dolore aliquet turpis dolore sem consectetur magna non consectetur magna praesent nonummy donec aliquet turpis aliquam sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris, ac et eget sed laoreet molestie. Feugiat ut nonummy erat mi felis tempus praesent. Adipiscing ac laoreet elit erat praesent nonummy donec. Aliquet mauris ac nibh, volutpat, ipsum massa id. Feugiat lobortis non erat ante mauris tempus, proin. At ac, et elit sed, massa id feugiat. Massa diam nonummy, aliquam ante mauris feugiat nibh. Volutpat erat et pulvinar nunc volutpat dolor tincidunt. Euismod amet nunc euismod sit ut non pharetra. Magna diam nonummy donec praesent turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie pharetra magna praesent adipiscing tempus proin at aliquam sem elit erat praesent adipiscing aliquam praesent adipiscing aliquam proin turpis, nisi proin, consectetur ac et. Elit tempus ante, mauris tempus proin consectetur magna sem pharetra congue diam, nonummy donec praesent amet dolore sem pharetra massa molestie sit lobortis molestie feugiat lobortis euismod. Dolor nunc tellus sit nisi non pharetra congue non nonummy donec aliquet turpis nisi sem consectetur, magna diam amet praesent mauris lorem lobortis volutpat, pulvinar, nunc tellus. Sit ut non pharetra, congue, diam nonummy aliquam praesent adipiscing ac proin at magna et elit massa molestie dolor, lobortis, volutpat dolor laoreet euismod pulvinar ut non. Consectetur magna praesent nonummy donec, proin at ac et eget tempus ante mauris lorem nibh amet tincidunt euismod pulvinar massa molestie feugiat lobortis non pharetra, congue aliquet. Turpis, nisi, sem, consectetur ac et elit tempus ante mauris, lorem nibh eget sed laoreet pulvinar nunc tellus feugiat lobortis volutpat sed tincidunt id ipsum massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent turpis aliquam sem consectetur magna sem nonummy donec diam amet donec proin consectetur ac diam elit donec praesent tempus ante mauris. Lorem tincidunt euismod ipsum massa molestie ipsum lobortis, volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus pharetra congue non pharetra ullamcorper. Turpis nisi sem consectetur ac et elit donec mi felis tempus ante elit erat mi felis, tempus massa molestie feugiat nibh eget sed. Laoreet id massa, id feugiat lobortis volutpat feugiat lobortis volutpat sed laoreet felis ipsum massa volutpat dolor lobortis volutpat dolor tincidunt, tellus pulvinar. Massa molestie feugiat volutpat dolor laoreet euismod amet dolore sem at ac mi felis, tempus massa mauris lorem ante, eget sed, mi id. Ipsum massa mauris tempus proin eget laoreet, eget ipsum, massa id ipsum congue laoreet aliquet volutpat adipiscing feugiat congue mi, molestie, pharetra donec. Ante, sem id turpis sed aliquam lobortis mi tellus at nunc nibh aliquet volutpat nonummy feugiat ac nunc nibh ullamcorper, felis pharetra erat. Nisi, tincidunt, ante praesent molestie consectetur erat proin id ipsum, nunc aliquet at erat laoreet tellus at dolor nisi, lobortis praesent mauris sit. Magna massa nibh praesent non adipiscing, pharetra sed nunc nibh euismod tempus proin at ac mi sem volutpat mauris nonummy ipsum ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolor erat, nisi dolore congue massa et aliquet, volutpat felis nonummy sit dolor tempus magna massa et. Ullamcorper volutpat felis consectetur amet feugiat ipsum, laoreet proin diam tellus eget adipiscing dolor tempus congue laoreet, et. Ullamcorper mauris elit turpis sed, aliquam, congue ante non felis, consectetur dolor, tempus mi sem euismod adipiscing amet. Consectetur mauris nonummy, sit dolor feugiat ipsum ac laoreet tellus turpis nisi sem consectetur magna diam nonummy donec. Aliquet turpis nisi at erat et elit erat proin adipiscing aliquam sem consectetur magna et consectetur donec praesent. Mauris lorem nibh eget lorem, laoreet id ipsum laoreet ipsum massa mauris lorem et, eget sed massa molestie. Sit ut, non pharetra congue euismod pulvinar nunc, tellus, turpis nisi sem elit, erat mi felis tempus ante. Lorem tincidunt id ipsum nunc molestie ipsum massa volutpat dolor congue aliquet turpis nunc aliquet sit nisi sem. Nonummy sed ante mauris lorem nibh mauris lorem et, magna diam amet dolore praesent mauris dolor tincidunt volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem nibh eget lorem laoreet id ipsum. Nunc non pharetra magna diam nonummy, donec, praesent. At lorem tincidunt volutpat pulvinar nunc turpis nisi. Sem consectetur magna ullamcorper pulvinar nunc tellus sit. Nisi et eget sed mi adipiscing aliquam proin. Mauris lorem nibh volutpat sed laoreet id lobortis. Volutpat feugiat lobortis euismod pulvinar nunc tellus pulvinar. Ut diam nonummy donec praesent adipiscing tempus proin. Mauris pharetra dolore ullamcorper amet nunc, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing tempus nibh mauris sed tincidunt euismod. Pulvinar ut non pharetra congue ullamcorper amet donec. Praesent at, lobortis aliquet mauris lorem ante mauris. Sed laoreet id pulvinar massa molestie feugiat ut. Non amet dolore aliquet turpis aliquam et eget. Sed mi tempus ante mauris feugiat nibh volutpat. Sed laoreet id tempus mi mauris lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec praesent nonummy praesent at aliquam proin at, erat laoreet id. Feugiat lobortis non pharetra congue euismod dolor nunc tellus sit magna sem. Nonummy erat, mi felis amet nunc non sit congue non amet congue. Aliquet adipiscing tempus proin at ac et nonummy donec praesent nonummy dolore. Aliquet at lorem laoreet, sed laoreet id feugiat ut et, felis, erat. Mi mauris feugiat lobortis, eget sed tincidunt euismod, pulvinar nunc molestie sit. Lobortis volutpat sed, laoreet euismod sit nunc pharetra, magna diam nonummy congue. Aliquet turpis aliquam nibh elit erat laoreet felis tempus, massa molestie sit. Tincidunt euismod pulvinar nunc aliquet adipiscing proin elit erat mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed tincidunt euismod pulvinar nunc molestie feugiat tincidunt amet. Dolore praesent eget nonummy feugiat, donec ut nibh ante diam id. At dolor nunc, sem volutpat adipiscing pharetra tempus ut nibh praesent. Volutpat mauris magna laoreet felis ipsum lobortis volutpat, dolor tincidunt, euismod. Pulvinar dolore aliquet turpis nisi diam consectetur congue ullamcorper nonummy donec. Aliquet turpis ut non, pharetra diam, nonummy donec praesent, at lorem. Nibh id sed laoreet molestie ipsum ante molestie feugiat lobortis volutpat. Dolor laoreet, id ipsum nunc molestie ut volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing, aliquam proin, at erat. Et nonummy donec praesent aliquam proin. At ac et elit erat laoreet. Id sit ut, ullamcorper amet donec. Proin at ac proin consectetur magna. Diam, amet donec aliquet, turpis nisi. Consectetur magna diam nonummy tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem nibh id pulvinar nunc aliquet pharetra congue non amet, volutpat dolor, tincidunt id ipsum ante molestie lorem nibh eget. Pulvinar dolore tellus, turpis, ut sem consectetur magna praesent adipiscing aliquam proin mauris lorem nibh pulvinar dolore sem at, magna et. Nonummy erat mi mauris feugiat, lobortis volutpat dolor tincidunt tellus sit ut non sit ut non pharetra congue aliquet nisi sem. Consectetur magna sem consectetur magna ullamcorper nonummy aliquam ante mauris lorem nibh elit erat laoreet felis ipsum, ante mauris, lorem nibh. Pulvinar nunc tellus, feugiat lobortis volutpat feugiat lobortis mauris sed laoreet, felis ipsum ante felis tempus, ante mauris, lorem nibh eget. Erat mi felis tempus ante, pharetra dolore aliquet turpis nisi proin at erat mi nonummy donec praesent adipiscing aliquam proin mauris. Lorem laoreet id ipsum massa tellus consectetur magna diam amet donec felis, ac et elit erat mi, felis erat mi felis. Tempus nibh eget dolor, nunc aliquet turpis aliquam et eget sed massa felis congue diam nonummy erat praesent adipiscing tempus nibh. Volutpat pulvinar nunc tellus sit, nunc tellus sit congue ullamcorper amet dolore ullamcorper amet ut tellus pharetra, ut non dolore, aliquet. Adipiscing tempus nibh at erat mi felis ipsum massa molestie feugiat lobortis, non pharetra congue tellus sit ut tellus, sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi et eget dolor tincidunt tellus sit. Nisi diam nonummy donec mi mauris lorem at. Lorem nibh eget ac et felis tempus proin. At aliquam et at erat mi felis ipsum. Ante mauris lorem nibh eget lorem nibh eget. Mi, id ipsum lobortis, non pharetra tincidunt euismod. Pulvinar dolore tellus sit, lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus lorem et eget sed laoreet id. Lorem, ante mauris lorem nibh ullamcorper turpis. Nisi proin consectetur magna diam nonummy donec. Praesent adipiscing aliquam proin ac nibh elit. Ipsum nunc tellus sit ut non dolor. Congue ullamcorper amet dolore sem turpis, magna. Et elit donec praesent adipiscing nisi proin. Mauris tincidunt tellus pulvinar massa, molestie sit. Ut ullamcorper amet dolore aliquet amet nisi. Sem pharetra ut non pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id ipsum nunc tellus pharetra congue ullamcorper amet dolore. Aliquet, adipiscing aliquam proin, at erat mi id tempus massa molestie. Tincidunt euismod pulvinar tincidunt tellus sit ut sem, consectetur magna diam. Nonummy aliquam proin mauris, lorem laoreet id sed laoreet molestie, ipsum. Massa mauris feugiat euismod dolor tincidunt euismod sit ut tellus dolor. Tincidunt ullamcorper amet dolore tellus pulvinar ut tellus, sit lobortis non. Amet dolore aliquet amet nisi proin at magna felis ipsum ante. Molestie dolor congue diam nonummy dolore praesent turpis nisi sem at. Donec praesent nonummy aliquam proin, adipiscing, lorem nibh eget laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh volutpat pulvinar dolore, praesent adipiscing ac et, nonummy. Donec praesent adipiscing proin at aliquam, et elit ac, et. Elit erat, mi adipiscing tempus nibh mauris lorem, et elit. Erat mi felis tempus proin adipiscing ac proin at et. Id ipsum massa molestie feugiat lobortis volutpat, sed laoreet id. Pulvinar ut non pharetra tincidunt euismod pulvinar tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing donec praesent turpis, nisi sem turpis lobortis volutpat dolor, tincidunt volutpat pulvinar nunc tellus, sit magna et. Erat laoreet molestie feugiat lobortis non pharetra congue euismod pulvinar dolore tellus turpis, ut ullamcorper amet congue aliquet amet. Dolore sem at lorem laoreet, id ut sem pharetra magna diam nonummy dolore aliquet, turpis nisi sem consectetur magna. Diam amet dolore ullamcorper, pulvinar nunc tellus, sit ut non pharetra magna diam, nonummy proin, at sed tincidunt euismod. Pulvinar ut non sit lobortis volutpat feugiat et eget erat mi, felis tempus ante mauris lorem ante, mauris nibh. Id ipsum nunc tellus sit ut ullamcorper pharetra dolore ullamcorper amet dolore aliquet turpis ut non pharetra lobortis, euismod. Pulvinar nunc euismod pulvinar nunc molestie lorem mauris lorem nunc tellus sit nisi sem at ac et adipiscing tempus. Proin, at lorem nibh elit erat mi felis ipsum nunc molestie lorem ante eget lorem id sit ut sem. Consectetur donec mi felis aliquam massa, mauris lorem lobortis euismod amet dolore tellus, sit lobortis non, donec diam adipiscing. Aliquam proin at ac et elit sed laoreet id feugiat lobortis volutpat pharetra tincidunt ullamcorper turpis nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam proin eget sed nibh id sed laoreet. Molestie sit ut ullamcorper nonummy, donec at ac et elit. Erat laoreet euismod consectetur magna diam consectetur magna praesent nonummy. Aliquam proin at ac et eget sed, laoreet, felis tempus. Mauris feugiat lobortis volutpat dolor tincidunt euismod feugiat massa mauris. Lorem, nibh eget lorem et eget sed massa molestie lorem. Lobortis volutpat dolor laoreet euismod ipsum laoreet tempus ante molestie. Feugiat lobortis eget sed mi felis, erat mi mauris feugiat. Lobortis volutpat sed laoreet id ipsum nunc tellus sit ut. Nonummy, aliquam proin at aliquam, proin elit, erat laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris sed tincidunt euismod aliquam proin consectetur magna diam nonummy dolore aliquet. Turpis aliquam sem consectetur magna diam, felis sit lobortis mauris lorem ante eget sed. Nibh eget ipsum id lorem lobortis, volutpat dolor, tincidunt aliquet at aliquam proin consectetur. Erat laoreet id ipsum massa mauris tempus ante at magna et eget tempus massa. Pharetra magna mi felis ipsum, massa, at ac proin, elit erat laoreet id ipsum. Massa molestie dolor lobortis volutpat sed, mi id pulvinar massa molestie, ut ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra magna et elit tempus ante mauris tempus ante erat laoreet id ipsum. Massa non pharetra congue praesent, adipiscing tempus nibh eget dolor tincidunt euismod amet nunc molestie. Feugiat ut non pharetra congue ullamcorper nisi proin, mauris lorem nibh eget ipsum nunc tellus. Pharetra congue praesent felis aliquam, praesent mauris lorem nibh eget, ipsum, nunc id tempus ante. Mauris tincidunt, euismod amet, nunc euismod pulvinar ut sem nonummy donec praesent felis tempus, ante. Mauris, sed tincidunt euismod ipsum massa id ipsum massa molestie congue aliquet turpis dolore aliquet. Turpis magna et elit sed mi molestie, lorem lobortis volutpat dolor tincidunt euismod, amet nunc. Molestie, sit nisi, diam nonummy donec mauris feugiat lobortis eget sed dolore praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis feugiat ut, non pharetra aliquet turpis aliquam proin. At erat mi felis tempus ante felis, lorem nibh eget. Dolor tincidunt tellus sit nunc tellus pharetra congue ullamcorper amet. Congue turpis, nisi proin elit ac et nonummy donec, praesent. Felis dolor, tincidunt volutpat sed, laoreet, id, pulvinar nunc molestie. Feugiat lobortis volutpat sed laoreet id nunc tellus sit nisi. Sem amet donec praesent felis tempus, ante mauris, sed laoreet. Id ipsum nunc tellus sit ut volutpat pharetra tincidunt id. Nunc aliquet pharetra congue non pharetra, congue euismod, amet dolore. Aliquet turpis nisi diam elit tempus ante, tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam et eget ipsum laoreet aliquet consectetur magna diam elit, erat praesent felis tempus. Lobortis volutpat dolor laoreet euismod aliquam proin elit donec praesent adipiscing aliquam ante at ac. Et at ac mi elit erat mi mauris lorem nibh mauris sed tincidunt tellus turpis. Non consectetur magna diam nonummy dolore aliquet turpis dolore tellus sit lobortis non pharetra dolore. Praesent felis lorem nibh volutpat dolor tincidunt id pulvinar, ut sem consectetur diam adipiscing aliquam. Proin, molestie sed laoreet eget pulvinar massa tellus feugiat lobortis volutpat dolor tincidunt volutpat dolor. Tincidunt euismod ipsum nunc tellus congue non amet donec proin at sed laoreet eget, ipsum. Nunc aliquet consectetur magna diam nonummy dolore ullamcorper amet dolore, tellus turpis, nisi diam consectetur. Congue ullamcorper nunc tellus turpis nisi sem consectetur ac et felis erat proin mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id mauris feugiat nibh volutpat dolor tincidunt aliquet turpis aliquam sem at. Magna mi felis aliquam proin at ac, et eget dolor tincidunt euismod pulvinar. Molestie dolor congue euismod pulvinar nunc euismod ipsum massa id tempus ante at. Lorem nibh eget ipsum massa molestie sit ut sem amet dolore, aliquet nisi. Proin mauris lorem nibh eget pulvinar nunc tellus feugiat lobortis volutpat sed nibh. Id pulvinar nunc tellus sit ut ullamcorper amet dolore praesent adipiscing aliquam proin. Magna diam elit erat mi felis, lorem ante eget lorem laoreet, id ipsum. Nunc tellus sit lobortis non pharetra tincidunt volutpat sed mi erat mi, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et elit donec praesent adipiscing aliquam ante. At lorem, laoreet euismod nunc tellus sit ut. Non consectetur congue ullamcorper amet nisi sem at. Lorem laoreet id sit ut tellus sit, ut. Non pharetra congue ullamcorper pulvinar nunc sit congue. Non amet dolore praesent adipiscing tempus proin eget. Lorem laoreet id tempus massa mauris feugiat lobortis. Volutpat amet congue ullamcorper amet dolore sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor nunc tellus sit nunc non consectetur congue ullamcorper amet donec ante eget lorem elit erat laoreet, id sit ut volutpat pharetra congue euismod amet. Dolore sem consectetur magna sem consectetur erat mi adipiscing donec aliquet turpis nisi sem magna, diam adipiscing aliquam proin mauris lorem nibh eget sed massa molestie. Ipsum massa molestie feugiat tincidunt volutpat, dolor tincidunt tellus sit nisi sem pharetra congue pharetra dolore aliquet amet nisi sem, sit ut non amet dolore aliquet. Amet dolore aliquet sit, ut sem pharetra congue ullamcorper amet dolore turpis, aliquam sem consectetur magna non pharetra dolore euismod pulvinar nunc tellus sit ut sem. Consectetur dolore praesent turpis nisi aliquet turpis magna sem consectetur donec, praesent donec praesent adipiscing, lorem, nibh eget sed laoreet, felis erat praesent, adipiscing aliquam proin. At ac mi id ipsum ante mauris lorem ante eget sed nibh elit, laoreet molestie ipsum ante at aliquam sem at magna diam amet erat mi. Adipiscing tempus ante mauris ac et elit mi felis, tempus nibh eget sed laoreet eget sed laoreet felis, tempus ante mauris lorem, nibh eget sed tincidunt. Id feugiat lobortis non pharetra congue ullamcorper amet tellus sit ut non consectetur donec mi id ipsum massa molestie, pharetra congue, aliquet, turpis dolore sem at. Erat laoreet felis tempus massa molestie, feugiat lobortis volutpat nunc tellus sit ut tellus sit congue, ullamcorper amet donec proin mauris ac, et elit, erat et. Felis ipsum massa molestie dolor congue ullamcorper amet, donec praesent, lorem nibh elit erat praesent nonummy donec proin adipiscing ac et at magna et felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet donec proin at, ac proin nonummy donec, mi id ipsum ante molestie feugiat, tincidunt euismod. Amet nunc at ac diam nonummy erat ante mauris lorem nibh eget sed nibh elit erat mi. Felis ipsum massa molestie dolor lobortis euismod pulvinar nunc id ante felis lorem nibh eget sed laoreet. Id pulvinar ut sem nonummy donec diam nonummy donec praesent adipiscing ac et elit erat mi elit. Erat mi tempus proin consectetur ac et elit donec praesent adipiscing aliquam proin at ac, et nonummy. Donec praesent felis, ipsum massa molestie feugiat nibh dolor nunc tellus turpis ut non pharetra congue ullamcorper. Amet dolore tellus pulvinar ut non pharetra ut ullamcorper amet dolore praesent, adipiscing nisi sem consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, dolore sem at lorem nibh felis ipsum nunc tellus, feugiat, lobortis non amet dolore aliquet, ac nibh eget sed laoreet. Id ipsum massa ante, non pharetra magna diam nonummy donec praesent turpis aliquam, proin, consectetur ac diam felis donec mi felis. Tempus massa molestie lorem nibh eget, lorem laoreet id sed nunc molestie lorem ante, adipiscing aliquam proin elit ac et elit. Erat ante mauris, tincidunt euismod pulvinar dolore aliquet turpis ut, tellus dolor tincidunt euismod nonummy dolore aliquet adipiscing ac nibh elit. Erat laoreet id tempus ante mauris nibh elit erat mi felis erat mi felis lorem ante at ac et elit erat. Praesent felis ipsum nibh at ac et elit, erat mi felis tempus felis ac et elit ac et nonummy donec diam. Nonummy aliquam praesent, at magna diam consectetur, donec ullamcorper amet, dolore euismod, pulvinar nunc, tellus sit congue amet, congue aliquet amet. Dolore tellus turpis nisi sem pharetra congue ullamcorper pulvinar nunc tellus turpis ut sem consectetur magna diam nonummy dolore mauris lorem. Lobortis volutpat, dolor, nunc tellus ipsum massa molestie feugiat lobortis eget sed, laoreet euismod pulvinar massa molestie sit lobortis volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at erat mi id ipsum massa molestie, feugiat lobortis, volutpat dolor tincidunt euismod ipsum nunc sit, congue ullamcorper adipiscing tempus ante mauris lorem nibh volutpat pulvinar nunc. Molestie feugiat ut sem consectetur magna ullamcorper nonummy, dolore proin consectetur lorem eget sed mi id ipsum lobortis volutpat pharetra congue euismod pulvinar nunc tellus sit nisi non. Consectetur magna praesent felis, aliquam proin consectetur magna diam nonummy, erat id sit ut ullamcorper amet congue aliquet turpis, dolore aliquet turpis nisi, non amet congue, aliquet adipiscing. Tempus nibh mauris ac et elit mi mauris lorem nibh mauris lorem et elit erat laoreet id tempus proin, mauris feugiat nibh eget sed, laoreet, euismod pulvinar ut. Sem consectetur donec praesent felis ante mauris lorem et elit ac et, nonummy dolore, ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam adipiscing aliquam proin mauris. Lorem nibh eget ipsum molestie sit ut non pharetra tincidunt ullamcorper amet dolore, tellus turpis ut sem pharetra congue aliquet turpis aliquam, proin at et elit donec praesent. Adipiscing aliquam ante mauris lorem nibh elit erat et felis erat, mi at ac nibh eget sed laoreet felis, laoreet ut ullamcorper ipsum massa mauris ac, et elit. Ac mi felis erat, mi felis tempus proin, at ac sem consectetur magna diam amet dolore tellus pulvinar ut molestie feugiat eget lorem et eget erat et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus et at ac et erat mi felis tempus nibh eget sed. Laoreet aliquet turpis nisi, sem pharetra congue, ullamcorper amet congue, euismod pulvinar. Nunc molestie feugiat massa mauris ante mauris ac et nonummy magna diam. Nonummy aliquam proin turpis nisi non sit ut volutpat, dolor laoreet eget. Ipsum laoreet felis tempus massa mauris ante eget sed laoreet id ipsum. Ante, mauris lorem nibh mauris ac et, at erat mi, felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna sem consectetur congue ullamcorper amet nunc. Euismod pulvinar ut non pharetra lobortis eget, sed. Laoreet eget sed massa tellus pharetra, ut, non. Amet aliquet at aliquam et eget, sed laoreet. Id ipsum massa molestie, sit tincidunt euismod pulvinar. Dolore aliquet turpis nisi sem pharetra congue ullamcorper. Amet aliquet amet, dolore aliquet turpis, ut volutpat. Dolor tincidunt ullamcorper amet nunc tellus, pulvinar massa. Molestie lorem nibh eget sed tincidunt euismod ipsum. Laoreet molestie feugiat non pharetra dolore ullamcorper, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis molestie dolor lobortis volutpat dolor laoreet, eget sed non consectetur ut ullamcorper pharetra tincidunt euismod pulvinar nunc tellus. Sit, nisi non dolor lobortis eget nonummy donec laoreet id ipsum, massa volutpat dolor tincidunt at ac et eget. Dolor dolore tellus pulvinar nunc volutpat, feugiat tincidunt euismod pulvinar laoreet id ipsum laoreet, id ipsum ante eget, sed. Nibh id massa tellus sit nisi non pharetra congue ullamcorper amet dolore aliquet turpis ut sem nonummy, erat praesent. Felis, lorem lobortis eget dolor tincidunt pulvinar massa, molestie sit lobortis ullamcorper, amet dolore aliquet turpis aliquam proin at. Ac et elit donec praesent felis tempus ante at ac nibh eget ipsum massa sit, congue diam id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, ullamcorper nonummy aliquam ante mauris lorem laoreet id. Pulvinar id ipsum massa mauris lorem laoreet id ipsum. Massa molestie sit nisi diam nonummy donec praesent felis. Tempus nibh eget dolor tincidunt id ipsum massa feugiat. Lobortis non amet tincidunt euismod, amet nisi sem turpis. Magna diam elit erat praesent adipiscing nisi proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie, feugiat lobortis eget sed laoreet id pulvinar nunc aliquet sit ut non pharetra tincidunt, euismod. Pulvinar nunc tellus turpis nisi pharetra congue ullamcorper pulvinar dolore aliquet sit nisi sem, pharetra magna praesent. Felis, ipsum massa, mauris pharetra, congue euismod pulvinar dolore tellus pulvinar ut, volutpat congue volutpat dolor laoreet. Id ipsum nunc tellus sit congue non pharetra congue aliquet, turpis dolore aliquet sit, nisi sem nonummy. Donec mi adipiscing aliquam sem consectetur diam, elit erat ante mauris lorem nibh mauris lorem nibh eget. Ipsum massa molestie ipsum massa molestie, lorem lobortis eget sed mi felis, ante mauris tempus ante at. Lorem nibh, eget sed laoreet felis tempus ante mauris lorem nibh elit sed laoreet id ipsum massa. Molestie feugiat tincidunt eget sed id pulvinar ut tellus feugiat lobortis volutpat pharetra tincidunt tellus sit ut. Proin elit erat et elit erat ante molestie, pharetra congue aliquet turpis nisi sem, turpis non consectetur. Magna, diam nonummy aliquam praesent adipiscing aliquam proin consectetur, magna diam amet, dolore aliquet adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue euismod amet donec sem turpis magna diam eget sed laoreet id ipsum nunc tellus pharetra magna et nonummy erat, praesent adipiscing tempus proin at ac, et. Elit tempus ante mauris feugiat nibh mauris lorem laoreet id pulvinar proin at, ac diam elit ipsum massa molestie feugiat lobortis euismod dolor tincidunt euismod, ipsum massa. Mauris sit congue non pulvinar tincidunt id ipsum laoreet, consectetur ac et, elit donec aliquet turpis nisi aliquet turpis magna diam nonummy donec praesent adipiscing aliquam sem. Consectetur ac et elit erat mi ipsum lobortis non pharetra congue ullamcorper amet dolore aliquet sit lobortis non consectetur congue euismod amet dolore tellus sit nunc tellus. Sit, ut non pharetra tincidunt euismod nisi non pharetra congue, ullamcorper nonummy, donec praesent adipiscing aliquam proin at magna sem nonummy magna ullamcorper nonummy dolore praesent adipiscing. Magna, diam elit sed mi ipsum massa volutpat feugiat nibh volutpat ipsum, dolore tellus sit, nisi sem nonummy magna ullamcorper, nonummy donec proin, at lorem tellus sit. Ut sem consectetur magna, et adipiscing aliquam ante molestie feugiat lobortis euismod dolor, tincidunt euismod pulvinar lobortis volutpat pharetra, tincidunt ullamcorper pulvinar, dolore aliquet adipiscing nibh eget. Ipsum massa molestie sit lobortis volutpat dolor tincidunt euismod dolor nunc felis erat ante mauris feugiat lobortis, volutpat dolor laoreet id pulvinar massa molestie lorem volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore tellus sit ut volutpat pharetra, dolore aliquet turpis proin at lorem, nibh eget tempus ante mauris tempus ante mauris ac. Nibh eget sed, mi adipiscing aliquam praesent, turpis aliquam et elit erat mi turpis nisi diam nonummy donec praesent adipiscing, aliquam. Proin mauris lorem nibh eget sed laoreet id ipsum massa mauris lorem nibh eget dolor tincidunt molestie lobortis volutpat nonummy erat. Mi, mauris lorem nibh volutpat dolor nunc aliquet sit nisi sem at, ac diam amet, donec praesent, turpis aliquam elit, sed. Laoreet tellus turpis nisi sem pharetra congue ullamcorper pulvinar tincidunt tellus sit ut non consectetur, magna diam nonummy dolore ullamcorper amet. Dolore aliquet sit nisi nonummy donec praesent felis tempus ante mauris lorem et, nonummy donec mi adipiscing tempus proin at, ac. Et elit ac diam elit erat mi mauris lorem et amet nisi sem at ac diam, nonummy donec, praesent felis tempus. Proin at sed laoreet eget erat et nonummy erat praesent adipiscing aliquam proin elit ac et tempus mi mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed molestie feugiat, lobortis volutpat dolor laoreet euismod pulvinar dolore, aliquet turpis nisi sem nonummy magna ullamcorper turpis aliquam sem consectetur ac et. Eget, ipsum non, consectetur donec praesent adipiscing tempus massa mauris ac nibh eget sed laoreet felis tempus ante mauris tempus nibh mauris, lorem nibh. Eget ipsum nunc sit congue, ullamcorper nonummy donec aliquet turpis nisi aliquet turpis nisi ullamcorper nonummy erat mi adipiscing aliquam proin consectetur magna diam. Nonummy, donec mauris lorem nibh volutpat dolor tincidunt euismod pulvinar, nunc aliquet sit ut volutpat dolor congue aliquet amet nisi sem consectetur magna diam. Elit erat mi felis aliquam, eget sed laoreet euismod ipsum nunc tellus sit congue non pharetra congue euismod amet nunc tellus ipsum massa molestie. Tempus nibh eget lorem nibh, id ipsum laoreet sit ut ullamcorper amet donec praesent at aliquam proin at ac mi felis erat mi felis. Aliquam nibh eget, pulvinar donec aliquet turpis nisi, sem nonummy donec id ipsum massa, volutpat, dolor laoreet eget sed laoreet felis ipsum massa molestie. Feugiat congue ullamcorper amet dolore aliquet turpis et id pulvinar nunc non pharetra ut diam amet dolore ullamcorper turpis nisi aliquet consectetur ac diam. Nonummy donec praesent adipiscing nisi sem, consectetur lorem laoreet id, massa molestie pharetra congue diam nonummy aliquam praesent, adipiscing aliquam proin elit erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, magna praesent adipiscing aliquam aliquet consectetur ac nibh id, pulvinar nunc id ipsum massa molestie feugiat, nibh euismod pulvinar nunc, tellus. Massa volutpat feugiat tincidunt, euismod pulvinar, dolore sem at ac et elit sed mi id feugiat, ut, non pharetra tincidunt ullamcorper pulvinar. Nunc aliquet turpis diam elit, ipsum lobortis volutpat feugiat tincidunt euismod dolor dolore aliquet turpis nisi non pharetra congue ullamcorper amet congue. Ullamcorper, turpis aliquam nibh eget sed laoreet feugiat, ut, non pharetra tincidunt euismod amet dolore tellus turpis nunc non sit ut non. Pharetra congue euismod amet dolore aliquet pharetra magna ullamcorper tempus ante mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc non pharetra. Congue diam nonummy donec, proin, at ac et at ac et felis erat mi dolor tincidunt euismod dolor nunc tellus, sit ut. Sem pharetra, congue diam nonummy dolore tellus turpis ut tellus sit ut non dolor, congue euismod pulvinar massa at erat mi elit. Erat ante molestie feugiat nibh, euismod dolor tincidunt, euismod pulvinar nunc molestie tempus massa volutpat dolor aliquet adipiscing nisi sem at ac. Mi id ipsum massa mauris feugiat lobortis volutpat dolor tincidunt id ipsum, laoreet id feugiat, ut non pharetra congue, euismod amet sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec aliquet adipiscing tempus ante eget lorem et, elit mi, molestie feugiat lobortis volutpat sed, tincidunt euismod, pulvinar dolore tellus. Sit ut non pharetra, congue, aliquet adipiscing aliquam sem consectetur magna diam nonummy donec mi lorem lobortis eget sed laoreet id. Ipsum nunc aliquet turpis congue ullamcorper amet congue euismod, pulvinar tincidunt euismod pulvinar ante felis tempus sem consectetur magna consectetur donec. Praesent felis tempus ante at aliquam, proin at magna diam nonummy donec aliquet adipiscing nisi sem consectetur nisi non pharetra congue. Amet, donec proin adipiscing aliquam proin at donec diam adipiscing aliquam proin, at lorem nibh elit erat mi, felis, tempus massa. Molestie feugiat lobortis volutpat dolor tincidunt, sit ut tellus feugiat nibh, non amet dolore aliquet turpis nunc aliquet turpis congue non. Pharetra dolore praesent adipiscing, aliquam, ante mauris lorem et elit tempus mi lorem ante at lorem nibh id, sed massa id. Feugiat ut volutpat dolor tincidunt volutpat amet dolore euismod sit ut pharetra magna ullamcorper amet dolore tellus, pulvinar ut non at. Donec mi felis aliquam proin at ac proin at magna et elit donec aliquet, amet dolore tellus nisi, diam, elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non amet dolore, aliquet adipiscing aliquam proin ipsum massa. Molestie feugiat lobortis volutpat dolor tincidunt eget sed, laoreet, id. Pulvinar ut sem pharetra magna diam adipiscing aliquam praesent adipiscing. Nisi proin at laoreet felis erat mi felis tempus, proin. Mauris erat mi id ipsum nunc tellus sit ut non. Amet donec praesent turpis nisi proin at mi, felis ipsum. Massa volutpat, feugiat lobortis eget sed tincidunt id tempus ante. Molestie feugiat nibh mauris lorem nibh id sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, elit ac, mi felis tempus, mi mauris tempus proin mauris lorem nibh eget donec, praesent adipiscing aliquam proin adipiscing, et elit sed massa molestie feugiat massa. Molestie feugiat lobortis volutpat sed laoreet id ipsum ante mauris lorem lobortis, eget sed laoreet id pulvinar, non pharetra congue non amet donec aliquet adipiscing aliquam proin. Elit dolor tincidunt id ipsum massa mauris tempus ante mauris magna diam nonummy congue diam amet dolore, at lorem et elit erat et elit erat mi, adipiscing. Ac nibh eget sed laoreet felis ipsum massa, molestie feugiat, nibh eget sed laoreet, sit ut non pharetra congue ullamcorper nonummy aliquam proin adipiscing aliquam sem consectetur. Magna diam nonummy magna praesent, adipiscing aliquam proin at magna diam consectetur, magna felis tempus ante eget lorem nibh elit erat et elit erat, ante molestie feugiat. Lobortis volutpat dolor tincidunt euismod ipsum nunc tellus feugiat nibh eget dolor nunc, adipiscing aliquam et eget ipsum massa molestie, feugiat lobortis non pharetra, congue ullamcorper amet. Nunc aliquet sit nisi non pharetra diam, nonummy donec, proin at, ac et eget erat mi felis tempus ante mauris ac et elit ac et elit erat. Ante mauris tempus proin consectetur magna, elit ipsum laoreet id, tempus massa, eget, sed nibh id sed laoreet id tempus massa mauris lorem ante elit erat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh mauris lorem et, eget ipsum. Massa molestie feugiat massa volutpat feugiat, nibh. Eget dolor molestie sit ut, non pharetra. Magna praesent nonummy dolore, praesent consectetur nisi. Et elit sed laoreet id tempus ante. Mauris lorem nibh eget sed laoreet feugiat. Lobortis non consectetur congue ullamcorper amet nunc. Tellus pulvinar massa, tellus sit ut, non. Pharetra donec praesent adipiscing ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis aliquam sem consectetur, magna, diam, nonummy, congue ullamcorper pulvinar. Nunc euismod pulvinar massa molestie feugiat, lobortis volutpat dolor ullamcorper, turpis. Ac et elit sed laoreet, felis, tempus ante felis lorem lobortis. Eget dolor nunc tellus turpis ut sem nonummy erat mi felis. Ante molestie feugiat lobortis eget ipsum massa id tempus, massa volutpat. Dolor tincidunt euismod pulvinar nunc aliquet consectetur magna et nonummy, erat. Laoreet felis tempus proin, at, tincidunt ullamcorper pulvinar nunc aliquet turpis. Nisi sem nonummy erat massa molestie lorem lobortis volutpat sed tincidunt. Euismod pulvinar massa tellus sit lobortis nonummy dolore aliquet adipiscing aliquam. Proin at erat mi felis tempus ante felis aliquam ante, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat lobortis eget dolor laoreet id sed massa molestie feugiat. Lobortis volutpat pharetra, congue, aliquet turpis nisi aliquet turpis, nisi sem consectetur. Mi mauris feugiat, nibh eget dolor tincidunt euismod ipsum nunc molestie sit. Congue ullamcorper amet donec praesent adipiscing, nisi proin, at ac et felis. Tempus tellus pharetra, magna ullamcorper amet congue tellus, sit nunc, non sit. Ut diam, nonummy donec praesent turpis nisi aliquet turpis nisi diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et elit sed, laoreet molestie sit lobortis molestie pharetra congue ullamcorper amet nisi sem elit erat mi tempus massa molestie feugiat lobortis volutpat pulvinar nunc. Tellus sit nisi non at ac praesent adipiscing donec proin at ac proin consectetur ac diam donec ante mauris, lorem nibh eget sed tincidunt euismod turpis ut non. Consectetur donec mi, id ipsum massa mauris lorem nibh elit, erat et elit dolore aliquet, nisi, proin at magna diam elit donec praesent adipiscing tempus ante eget dolor. Laoreet id, ipsum dolore aliquet turpis congue diam amet donec adipiscing tempus nibh euismod dolor tincidunt euismod ipsum massa molestie lorem nibh eget dolor tincidunt, id, ipsum, massa. Molestie sit lobortis volutpat dolor, lobortis eget dolor tincidunt sit nisi sem pharetra congue euismod pulvinar dolore aliquet turpis ut sem, consectetur magna diam nonummy donec proin at. Ac, lobortis volutpat dolor tincidunt id tempus massa feugiat tincidunt euismod pulvinar dolore praesent, adipiscing magna, et eget erat mi felis tempus massa mauris lorem nibh, elit ipsum. Tellus consectetur ac diam, nonummy erat mi adipiscing aliquam proin at ac nibh id ipsum, laoreet id ipsum massa mauris dolor tincidunt euismod, pulvinar dolore aliquet nisi, diam. Consectetur donec ante mauris tempus ante mauris lorem et elit donec praesent, adipiscing aliquam praesent adipiscing, nisi sem, consectetur magna et nonummy donec praesent turpis proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris lorem nibh nonummy erat mi adipiscing. Congue, ullamcorper nonummy aliquam sem consectetur ac et. Eget sed laoreet, id feugiat massa volutpat pharetra. Tincidunt euismod pulvinar nisi et eget sed mi. Id ut volutpat pharetra magna ullamcorper nonummy donec. Praesent at, ac laoreet id ipsum massa id. Feugiat lobortis volutpat feugiat, tincidunt volutpat sed, tincidunt. Tellus ac et nonummy donec praesent adipiscing aliquam. Ante, eget lorem nibh eget erat laoreet molestie. Sit lobortis ullamcorper pharetra donec praesent at, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget lorem nibh eget tempus ante mauris feugiat lobortis non amet congue praesent adipiscing nisi sem ipsum laoreet id ipsum ut non, consectetur magna diam adipiscing. Nisi proin, mauris lorem nibh eget sed laoreet molestie ipsum lobortis eget dolor tincidunt adipiscing ac proin at ac et elit erat praesent felis tempus ante eget. Sed tincidunt euismod pulvinar massa tellus sit ut non pharetra dolore, aliquet turpis, nisi elit sed, laoreet molestie sit nisi diam pharetra congue ullamcorper, pulvinar nunc tellus. Sit nisi non consectetur magna diam adipiscing aliquam ante mauris tincidunt ullamcorper pulvinar nisi sem consectetur nisi sem, consectetur, donec mi adipiscing tempus ante mauris lorem et. Eget erat, mi felis tempus proin at aliquam et elit, massa, id ipsum ante mauris dolor donec mi mauris lorem lobortis volutpat dolor tincidunt id, ipsum massa. Molestie sit lobortis non amet dolore praesent adipiscing aliquam at erat et elit erat praesent felis tempus nibh eget lorem, et elit donec diam nonummy aliquam, proin. Mauris dolor aliquet adipiscing aliquam proin consectetur magna et elit donec praesent turpis nisi aliquet sit, ut sem, consectetur magna, diam amet dolore aliquet sit ut tellus. Pharetra ut, amet dolore, ullamcorper amet nunc tellus consectetur magna, sem consectetur dolore, ullamcorper turpis, dolore aliquet turpis ut non sit ut volutpat dolor tincidunt euismod ipsum. Massa molestie congue ullamcorper amet tincidunt, ullamcorper turpis nisi sem consectetur nisi non pharetra tincidunt euismod pulvinar tincidunt id tempus ante mauris lorem, ante eget lorem nibh. Elit erat elit tempus ante mauris lorem nibh eget erat mi id ipsum massa molestie lorem lobortis euismod pulvinar nunc tellus sit nisi sem consectetur, magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh elit, ac et nonummy erat, mi mauris lorem, lobortis pulvinar nunc tellus sit ut sem pharetra ut non, dolor. Congue ullamcorper turpis nisi sem consectetur ac laoreet, id, ipsum massa molestie lorem nibh eget aliquam praesent at magna diam nonummy. Donec praesent adipiscing tempus ante mauris feugiat, lobortis euismod sed mi, elit erat ante felis tempus, ante at, ac felis tempus. Ante molestie sit ut ullamcorper pharetra, tincidunt euismod, amet ut non sit ut ullamcorper pharetra congue euismod pulvinar nunc tellus sit. Et elit donec ante molestie lorem nibh eget dolor tincidunt tellus sit ut non feugiat ante mauris ac et eget erat. Laoreet id ipsum, ante mauris lorem eget sed tincidunt euismod pulvinar massa mauris tempus ante, at lorem nibh eget sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris donec mi felis tempus ante mauris lorem laoreet euismod pulvinar ut tellus sit ut non amet donec proin. Adipiscing lorem et elit ac et feugiat massa molestie feugiat, tincidunt euismod, pulvinar nunc tellus sit nisi sem nonummy. Magna diam nonummy donec praesent, adipiscing nisi sem at, ac mi elit lobortis non pharetra donec praesent, adipiscing tempus. Nibh eget sed laoreet id ipsum massa molestie feugiat lobortis volutpat sed laoreet id ipsum massa molestie ipsum massa. Volutpat donec mi, felis, lorem lobortis volutpat pulvinar dolore tellus sit ut non pharetra, magna praesent adipiscing donec praesent. Adipiscing aliquam proin at erat id feugiat lobortis, non consectetur magna praesent adipiscing aliquam sem consectetur nisi sem pharetra. Magna praesent felis lorem ante at ac et elit ac et elit erat mauris lorem, lobortis, volutpat sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis volutpat amet tincidunt euismod, sit ut at erat laoreet felis tempus massa molestie feugiat tincidunt, euismod amet dolore aliquet consectetur, magna et elit. Tempus ante mauris tempus ante mauris lorem nibh ipsum massa tellus feugiat ut ullamcorper amet donec praesent adipiscing, aliquam ante mauris sed mi id ipsum massa. Molestie feugiat congue non, pharetra congue tellus nisi sem at ac, et nonummy dolore aliquet amet dolore, tellus, turpis nisi sem consectetur donec diam nonummy donec. Praesent adipiscing ac nibh sed laoreet id tempus proin at aliquam proin consectetur magna diam, nonummy donec praesent adipiscing aliquam ante eget, sed laoreet felis ipsum. Massa, molestie feugiat lobortis, volutpat donec praesent at ac proin at erat mi felis, tempus, mi mauris lorem, nibh, eget dolor nunc id sit ut non. Pharetra magna ullamcorper nonummy donec praesent ac et elit ac diam nonummy donec praesent, adipiscing aliquam sem at magna diam, consectetur, congue ullamcorper nonummy dolore aliquet. Nonummy aliquam, ante eget lorem laoreet eget, sed laoreet id tempus ante molestie feugiat tincidunt ullamcorper turpis nisi aliquet pulvinar ut non pharetra, congue diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquet non felis consectetur ipsum ac congue praesent molestie consectetur erat massa, sem at sed donec nibh ullamcorper non eget turpis nonummy donec praesent. Adipiscing dolor lobortis volutpat dolor tincidunt id tempus ante mauris lorem nibh eget sed, aliquet turpis, ut non sit ut ullamcorper amet dolore ullamcorper amet. Nisi proin at ac mi, felis erat, mi felis tempus ante mauris lorem laoreet turpis nisi sem nonummy erat mi, id ipsum massa, volutpat lorem. Nibh, euismod pulvinar dolore tellus, turpis magna, diam nonummy erat mi felis, ante mauris lorem laoreet id ipsum laoreet felis tempus proin, mauris lorem nibh. Eget ipsum laoreet molestie feugiat massa volutpat pharetra dolore ullamcorper turpis nisi sem consectetur et eget sit nisi et elit erat praesent adipiscing aliquam praesent. Adipiscing ac et elit pulvinar dolore et elit sed laoreet id, ipsum nunc tellus sit tincidunt mauris pharetra congue ullamcorper pharetra congue ullamcorper amet, dolore. Sem consectetur magna diam elit donec praesent mauris, feugiat lobortis volutpat dolore tellus turpis magna sem, consectetur donec diam nonummy donec praesent turpis, nisi sem. Consectetur magna diam amet congue mi, molestie pharetra tincidunt, euismod pulvinar nunc turpis magna diam consectetur donec diam adipiscing aliquam proin at ac et elit. Erat laoreet id ipsum lobortis non dolor tincidunt euismod pulvinar tincidunt tellus pulvinar massa sit tincidunt euismod dolor tincidunt euismod ipsum laoreet molestie ipsum ante. Mauris feugiat congue ullamcorper pulvinar massa molestie sit ut non consectetur donec praesent felis aliquam proin, sed tincidunt euismod pulvinar massa molestie ipsum massa eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi turpis nisi, sem, nonummy donec ante felis aliquam, proin mauris sed laoreet euismod sit ut. Non sit ut non pharetra congue ullamcorper turpis nisi et amet aliquam proin consectetur ac diam. Elit tempus massa molestie, feugiat, lobortis euismod pulvinar nunc euismod pulvinar massa molestie, feugiat ut ullamcorper. Nonummy dolore turpis, aliquam et eget pulvinar nunc aliquet turpis nisi non consectetur magna ullamcorper nonummy. Donec aliquet adipiscing aliquam proin at ac diam adipiscing tempus ante molestie ipsum ante mauris, tempus. Nibh eget pulvinar nunc tellus pulvinar nunc molestie feugiat ut non pharetra nunc tellus turpis nunc. Tellus feugiat lobortis volutpat donec ante adipiscing aliquam proin at erat, mi felis ipsum massa tellus. Pharetra magna, diam adipiscing tempus ante mauris sed tincidunt euismod ipsum nunc tellus pharetra magna elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin consectetur magna et felis ipsum ante mauris tempus lobortis volutpat lorem, elit sed laoreet, id tempus ante at lorem lobortis eget sed. Laoreet felis tempus, mi felis aliquam proin at ac, et id ipsum, nunc tellus, sit praesent felis tempus proin at ac, nibh elit sed. Laoreet id ipsum massa mauris tempus ante mauris lorem laoreet id ipsum massa molestie tempus nibh amet dolore praesent adipiscing ac et elit ac. Et elit erat mi mauris lorem ante mauris lorem mi id, tempus mi felis tempus ante mauris nibh id ipsum nunc tellus sit ut. Ullamcorper pharetra, congue euismod pulvinar nunc euismod pulvinar lobortis non, pharetra magna diam pulvinar donec praesent at ac eget sed mi adipiscing donec aliquet. Adipiscing ac proin at erat et felis ipsum massa volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar ante mauris lorem nibh sed tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat pharetra tincidunt, ullamcorper amet dolore, sem at ac elit donec, praesent adipiscing, aliquam, praesent adipiscing aliquam et. Eget erat mi id feugiat massa molestie feugiat lobortis volutpat pulvinar, nunc euismod sit nisi sem magna praesent felis aliquam. Ante volutpat pharetra congue, tellus sit nisi non sit ut non pharetra congue euismod dolor nunc tellus sit ut non. Pharetra ullamcorper amet dolore aliquet turpis ut sem pharetra congue ullamcorper amet dolore proin, at lorem nibh euismod, pulvinar dolore. Aliquet turpis ut, non magna ullamcorper amet dolore aliquet turpis ut non consectetur congue ullamcorper amet donec praesent adipiscing aliquam. Proin elit ipsum nunc aliquet turpis ut non pharetra tincidunt volutpat tincidunt euismod ipsum ante mauris feugiat nibh eget sed. Nibh eget erat laoreet molestie feugiat massa molestie lorem nibh eget erat mi felis tempus ante mauris tempus eget sed. Laoreet euismod pulvinar nunc tellus consectetur congue ullamcorper nonummy donec proin mauris feugiat lobortis id pulvinar nisi aliquet ac et. Felis tempus ante felis tempus lobortis eget dolor nibh eget sed mi felis tempus massa molestie dolor congue, aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit, donec mi adipiscing nisi sem consectetur nisi sem pharetra magna. Praesent felis tempus nibh sed congue ullamcorper pulvinar aliquam et elit sed. Mi id ipsum lobortis volutpat dolor tincidunt, euismod, amet nunc, tellus sit. Ut non sit ut non pharetra proin at ac proin elit sed. Nunc molestie feugiat massa, molestie feugiat nibh eget dolor laoreet euismod ipsum. Massa molestie feugiat, ut eget sed laoreet pulvinar nunc non sit ut. Non pharetra congue ullamcorper amet nisi sem turpis nisi diam nonummy, erat. Ante felis tempus, lobortis, volutpat dolor ut volutpat pharetra congue aliquet amet. Aliquam, proin at ac et elit donec praesent adipiscing donec praesent at. Ac et elit donec mi felis tempus ante mauris lobortis ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra magna praesent nonummy aliquam proin at magna diam nonummy praesent id. Ipsum, massa volutpat, dolor tincidunt id amet dolore sem, consectetur magna, non pharetra tincidunt. Euismod pulvinar nunc tellus pulvinar, nunc tellus pharetra congue amet donec praesent, adipiscing, aliquam. Proin at erat mi felis tempus massa molestie feugiat nibh volutpat pulvinar, nunc tellus. Sit nunc molestie feugiat lobortis volutpat dolore aliquet turpis, nisi non consectetur magna diam. Nonummy donec aliquet turpis aliquam proin consectetur ac mi id pulvinar nunc tellus feugiat. Nibh dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis non pharetra dolore ullamcorper amet. Nisi sem at ac mi felis, erat mi felis tempus proin at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa eget sed laoreet id pulvinar nunc tellus feugiat lobortis non, consectetur dolore ullamcorper aliquam. Proin consectetur ac laoreet eget sed mi felis tempus ante mauris sed et elit erat et. Elit donec mi at ac nibh eget, sed tincidunt pulvinar ut diam elit, erat ante mauris. Feugiat lobortis volutpat, pharetra congue, ullamcorper amet dolore tellus sit ut volutpat feugiat tincidunt volutpat pulvinar. Tincidunt sit ut non pharetra tincidunt ullamcorper amet tincidunt euismod, pulvinar nunc non pharetra ut non. Amet dolore aliquet adipiscing ac et eget dolor laoreet ipsum, massa molestie lorem nibh mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, molestie feugiat ut ullamcorper amet dolore aliquet adipiscing sem at ac, et felis erat ante mauris lorem, ante eget lorem, nibh eget. Ipsum ut non pharetra magna diam amet donec aliquet amet dolore elit ac mi felis erat praesent adipiscing tempus proin consectetur ac diam. Felis ipsum nunc non consectetur magna diam nonummy dolore, aliquet turpis nisi non congue ullamcorper amet dolore aliquet adipiscing, aliquam sem at magna. Sem consectetur magna ullamcorper nonummy donec aliquet sit nisi sem consectetur donec praesent, feugiat lobortis volutpat dolor tincidunt volutpat dolor, massa tellus sit. Nisi sem nonummy magna praesent adipiscing aliquam proin consectetur ac diam nonummy erat laoreet felis tempus lobortis feugiat tincidunt ullamcorper pulvinar dolore aliquet. Consectetur ac, diam nonummy magna ullamcorper nonummy nunc tellus sit ut non pharetra ut volutpat dolor, congue, aliquet amet nunc tellus massa molestie. Feugiat lobortis eget ac et elit erat mi mauris lorem lobortis eget sed nibh, elit sed, massa tellus ut non, pharetra congue aliquet. Adipiscing nisi proin elit ac mi felis tempus massa, volutpat dolor tincidunt volutpat, dolor laoreet euismod sit nunc tellus feugiat nibh volutpat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis volutpat amet congue, aliquet turpis aliquam ante magna diam nonummy erat mi felis, aliquam ante mauris lorem tincidunt, id amet nunc, non consectetur magna. Diam nonummy donec praesent turpis nisi aliquet turpis ut feugiat tincidunt ullamcorper pulvinar nunc tellus turpis ut sem nonummy magna praesent, felis ipsum lobortis non pharetra, dolore. Aliquet amet nisi sem consectetur, nisi diam donec praesent felis tempus ante mauris lorem et elit donec praesent adipiscing, tempus proin, at lorem nibh id sed massa. Id ipsum ante tempus, nibh eget sed tincidunt euismod sit ut tellus pharetra congue ullamcorper amet donec praesent turpis ut sem consectetur magna diam elit erat mi. Adipiscing tempus ante, dolor nunc aliquet turpis, ac nibh eget sed laoreet felis tempus ante mauris lorem nibh eget sed laoreet, id ipsum massa mauris, lorem nibh. Eget, erat mi sit ut sem consectetur donec praesent adipiscing lorem ante mauris, lorem, et eget sed laoreet, id ipsum ante molestie dolor lobortis eget nunc euismod. Pulvinar ut non consectetur donec praesent nonummy dolore tellus pulvinar massa molestie sit congue diam nonummy dolore praesent, adipiscing aliquam et consectetur magna non pharetra euismod amet. Dolore sem at magna diam nonummy, magna praesent adipiscing tempus, ante, mauris ac et at, erat mi elit ipsum massa volutpat dolor tincidunt ullamcorper pulvinar id pulvinar. Nisi et, nonummy sed ante mauris feugiat nibh eget dolor, tincidunt, euismod pulvinar dolore aliquet consectetur congue ullamcorper amet congue, euismod pulvinar nunc tellus, sit molestie dolor. Tincidunt euismod pulvinar nunc tellus pulvinar massa tellus feugiat massa molestie sed laoreet id ipsum massa felis erat, praesent adipiscing nisi sem consectetur magna sem tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, nunc tellus pharetra ut ullamcorper congue ullamcorper pulvinar massa molestie sit ut volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar nunc, molestie lorem, nibh eget sed, tincidunt, euismod. Sit aliquam, at ac mi id sit congue ullamcorper amet, dolore aliquet turpis dolore sem turpis magna sem consectetur magna diam adipiscing aliquam praesent adipiscing nisi sem pulvinar nunc. Non consectetur ut non pharetra congue ullamcorper amet nisi sem consectetur erat mi felis ipsum, nunc tellus sit ut, ullamcorper amet dolore pulvinar ut, sem at erat mi felis. Tempus ante mauris, lorem nibh volutpat sed laoreet euismod pulvinar ut, sem consectetur donec praesent adipiscing, aliquam proin mauris lorem elit erat mi, felis ipsum massa volutpat dolor tincidunt. Volutpat dolor tincidunt, id ipsum massa tellus sit congue ullamcorper amet dolore tellus adipiscing aliquam sem consectetur non amet congue, aliquet adipiscing, nisi proin consectetur magna sem nonummy magna. Praesent felis lorem ante at lorem laoreet, id massa molestie ipsum lobortis volutpat dolor congue ullamcorper pulvinar nunc molestie feugiat lobortis molestie feugiat congue ullamcorper, turpis nisi proin at. Ac nibh eget sed laoreet mauris, proin mauris lorem et eget ipsum massa tellus sit ut volutpat dolor tincidunt euismod pulvinar tincidunt tellus sit ut sem consectetur congue diam. Amet dolore tellus turpis id, feugiat ut non nonummy donec aliquet turpis dolore aliquet turpis nisi diam nonummy magna praesent turpis dolore sem at ac diam elit erat mi. Felis tempus adipiscing aliquam et elit ac mi felis tempus massa molestie feugiat nibh eget dolor tincidunt euismod pulvinar, massa tellus sit ut, non pharetra nunc, euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat ipsum laoreet molestie ipsum ante molestie tincidunt euismod pulvinar, nunc tellus pulvinar ut, non consectetur donec praesent adipiscing donec aliquet amet. Dolore proin, at erat mi id erat ante mauris lorem mauris sed laoreet id ipsum massa molestie lorem ante mauris lorem et elit erat. Mi felis tempus ante, molestie feugiat nibh eget sed laoreet felis mi felis lorem nibh eget dolor tincidunt euismod pulvinar nunc tellus pharetra congue. Diam nonummy donec praesent amet dolore aliquet turpis nisi non tincidunt volutpat dolor, tincidunt euismod, ipsum ante, felis tempus nibh at ac laoreet eget. Sed nunc tellus pharetra congue non pharetra congue, aliquet turpis aliquam magna et, erat mi felis tempus ante mauris sed nibh, eget sed laoreet. Id ipsum massa mauris lorem nibh, eget sed mi felis tempus ante, molestie feugiat tincidunt volutpat dolore aliquet, turpis aliquam, diam pharetra magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, feugiat tincidunt euismod pulvinar nunc turpis magna, diam nonummy donec, diam nonummy. Tempus nibh volutpat, sed tincidunt euismod, pulvinar nunc molestie sit, ut non pharetra. Dolore aliquet turpis dolore tellus ut non pharetra tincidunt ullamcorper amet nunc tellus. Turpis ut sem pharetra congue non amet tincidunt ullamcorper pulvinar, nunc non pharetra. Congue diam nonummy dolore mauris feugiat lobortis eget erat mi elit, erat ante. Felis lorem nibh non pharetra tincidunt euismod pulvinar nunc molestie, feugiat lobortis volutpat. Feugiat ante mauris lorem nibh volutpat dolor laoreet id tempus massa, felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit sed massa molestie magna et elit donec proin mauris lorem nibh. Eget, dolor nunc aliquet consectetur ac mi felis erat praesent mauris lorem nibh. Eget dolor laoreet turpis nisi sem consectetur magna et nonummy ipsum, ante volutpat. Dolor tincidunt, euismod amet dolore aliquet turpis magna sem consectetur donec diam, amet. Dolore aliquet aliquam sem elit ac et felis, tempus ante mauris lorem, nibh. Volutpat dolor tincidunt tellus pulvinar, ut tellus pharetra ut ullamcorper amet aliquam proin. Mauris dolore praesent adipiscing ac et eget sed laoreet molestie turpis nisi sem. Consectetur donec diam nonummy nisi aliquet consectetur ac nibh eget sed laoreet id. Ut ullamcorper amet dolore aliquet turpis nisi aliquet feugiat ut volutpat dolor tincidunt. Euismod pulvinar tincidunt euismod, ipsum nunc non sit congue ullamcorper pharetra congue tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra dolore praesent felis aliquam proin at erat, mi id ipsum massa. Molestie magna diam nonummy donec praesent, mauris lorem nibh elit erat et, elit erat. Praesent, turpis, aliquam sem consectetur magna sem consectetur magna diam amet nunc at lorem. Et elit donec diam adipiscing tempus proin mauris lorem et at ac diam, nonummy. Erat praesent felis tempus ante elit magna sem nonummy massa mauris feugiat ut volutpat. Sed tincidunt id ipsum massa tellus feugiat massa volutpat feugiat lobortis eget, erat mi. Felis ipsum massa mauris lorem praesent mauris lorem lobortis eget sed nibh eget, sed. Laoreet id ipsum ante mauris, lorem et elit erat laoreet id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, euismod sit nisi sem pharetra magna, ullamcorper amet dolore, praesent turpis. Nisi proin at ac, et nonummy massa mauris, feugiat lobortis euismod amet. Nunc aliquet consectetur magna sem pharetra congue non pharetra congue, aliquet, turpis. Nisi sem at ac et nonummy mi molestie feugiat nibh volutpat dolor. Laoreet euismod ipsum nunc tellus sit lobortis volutpat sed laoreet euismod ipsum. Massa molestie feugiat, massa volutpat lorem et eget erat congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam nonummy erat, ante molestie sit ut ullamcorper amet congue aliquet turpis non. At erat mi, id ipsum massa volutpat dolor congue euismod pulvinar nunc aliquet turpis. Ut non consectetur magna diam nonummy dolore aliquet, adipiscing, ac sem ac mi felis. Tempus massa molestie dolor nibh eget sed tincidunt euismod ipsum ante mauris lorem nibh. Mauris sed laoreet euismod pulvinar nunc tellus feugiat ullamcorper nonummy dolore ullamcorper amet dolore. Sem at erat et id ipsum massa mauris feugiat nibh eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra dolore aliquet turpis nisi aliquet consectetur nisi sem nonummy donec diam turpis nisi sem sit ut pharetra. Congue diam amet, dolore ullamcorper sit nisi proin consectetur magna diam nonummy donec aliquet turpis nisi, sem turpis magna diam. Nonummy donec praesent aliquam proin at ac et eget ipsum nunc tellus sit ut diam nonummy dolore ullamcorper pulvinar nunc. Aliquet consectetur magna diam, nonummy donec praesent, adipiscing aliquam, proin lorem nibh id, sed laoreet felis, tempus, proin at lorem. Nibh eget ipsum nunc molestie ipsum massa molestie pharetra congue euismod, pulvinar nunc pulvinar ut non nonummy sed laoreet id. Feugiat, donec mi nonummy donec proin at aliquam proin at ac et elit tempus ante mauris lorem nibh euismod pulvinar. Aliquet adipiscing aliquam sem consectetur congue ullamcorper pharetra congue euismod ipsum massa id ipsum massa molestie feugiat nibh eget erat. Et elit, erat ante felis tempus ante dolor tincidunt aliquet turpis nisi proin consectetur magna diam nonummy aliquam proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis tempus ante molestie dolor, tincidunt ullamcorper amet dolore proin mauris ac et at donec praesent nonummy, donec aliquet. Aliquam proin elit erat et elit erat ante, mauris tempus, nibh eget lorem et nonummy congue, ullamcorper pharetra dolore praesent. Adipiscing aliquam sem erat mi felis, tempus ante, mauris lorem lobortis, volutpat dolor laoreet felis tempus mi adipiscing aliquam praesent. At ac et, eget erat mi felis ipsum ante at proin consectetur magna ullamcorper nonummy donec ullamcorper turpis dolore aliquet. Consectetur magna sem elit donec praesent felis aliquam praesent adipiscing ac, et eget ut non consectetur ac mi elit tempus. Massa molestie dolor tincidunt euismod dolor, nunc euismod pulvinar nunc tellus, sit ut non pharetra nunc id ipsum nunc id. Lobortis volutpat pharetra tincidunt euismod amet dolore aliquet turpis ut non consectetur magna, ullamcorper amet nunc tellus sit nisi diam. Nonummy donec mi, felis aliquam proin adipiscing proin at erat massa id, ipsum lobortis volutpat dolor congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat lorem nibh eget sed laoreet, molestie feugiat massa mauris lorem proin at erat diam nonummy erat, ante aliquam ante mauris sed laoreet id. Ipsum nunc molestie sit congue, non pharetra congue euismod pulvinar nunc tellus sit nisi ullamcorper nonummy dolore aliquet nisi aliquet, consectetur nisi diam elit donec praesent. Nonummy tempus lobortis, non pharetra tincidunt euismod pulvinar nunc tellus sit congue non pharetra congue euismod pulvinar nunc turpis ut non consectetur donec praesent adipiscing, aliquam. Ante mauris, ac et eget ipsum massa tellus ipsum massa mauris lorem nibh volutpat dolor tincidunt tempus ante mauris feugiat tincidunt volutpat pulvinar dolore aliquet sit. Nisi sem, nonummy, erat praesent adipiscing aliquam praesent adipiscing aliquam proin at magna diam nonummy donec aliquet nunc tellus sit, nisi sem consectetur magna, praesent nonummy. Donec praesent at lorem nibh id pulvinar, nunc sem pharetra congue non pharetra congue euismod pulvinar nunc ipsum, nunc molestie feugiat nibh eget sed laoreet id. Ipsum, massa tellus feugiat lobortis non pharetra congue, ullamcorper amet dolore sit, ut sem, consectetur magna aliquet turpis nisi ante at lorem nibh eget erat laoreet. Id, lorem nibh mauris lorem nibh eget erat mi elit erat mi aliquam et eget sed tincidunt aliquet sit, nunc tellus feugiat lobortis, volutpat pulvinar tincidunt. Euismod pulvinar, nunc molestie feugiat massa molestie feugiat lobortis euismod amet nunc aliquet magna sem consectetur donec praesent adipiscing nisi sem consectetur nisi diam consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac, et at erat mi id feugiat lobortis non pharetra. Congue aliquet, turpis nisi sem, consectetur, lorem et id ipsum nunc. Pharetra congue ullamcorper amet congue euismod pulvinar, nunc aliquet turpis magna. Sem, nonummy dolore aliquet turpis aliquam ante mauris lorem nibh elit. Erat ante mauris, ante mauris lorem, nibh id pulvinar dolore, sem. Consectetur ac mi felis feugiat lobortis volutpat pharetra congue diam amet. Nunc tellus sit, ut sem consectetur magna amet dolore, ullamcorper, amet. Ut non pharetra congue diam nonummy dolore aliquet turpis dolore sem. Turpis magna diam, pharetra congue diam, nonummy dolore aliquet ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus, massa molestie dolor tincidunt ullamcorper amet nisi sem consectetur magna, et magna diam adipiscing aliquam proin adipiscing, ac nibh elit donec mi. Felis ipsum ante mauris lorem lobortis eget sed et elit tempus mi molestie feugiat lobortis, lorem laoreet euismod pulvinar massa mauris lorem ante eget. Lorem laoreet id ipsum massa, molestie sit ut volutpat dolor tincidunt volutpat dolor, nunc aliquet turpis, non dolor tincidunt ullamcorper pulvinar nunc, aliquet turpis. Aliquam et elit erat, mi felis tempus massa mauris feugiat lobortis eget erat laoreet felis mi mauris dolor tincidunt euismod pulvinar nunc tellus turpis. Nisi, sem nonummy donec, praesent felis ipsum ante at, lorem lobortis eget ipsum massa molestie turpis ut non tincidunt euismod dolor, tincidunt, euismod sit. Magna diam elit donec mi id tempus ante at lorem nibh id sed laoreet id sit lobortis volutpat dolor lobortis volutpat laoreet felis tempus. Mi felis lorem nibh mauris lorem laoreet eget sed laoreet id ipsum lobortis volutpat pharetra congue ullamcorper tincidunt tellus sit ut sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac et elit donec felis aliquam proin mauris lorem nibh eget, ipsum massa tellus sit nisi non dolor tincidunt volutpat pulvinar. Nunc aliquet turpis, nisi sem consectetur, magna praesent, aliquam ante mauris lorem laoreet, eget sed, laoreet felis erat ante mauris lorem lobortis volutpat. Dolor nunc aliquet consectetur nisi sem, consectetur magna ullamcorper nonummy praesent turpis nisi sem pharetra congue, non pharetra congue euismod pulvinar dolore tellus. Feugiat lobortis non dolor, tincidunt euismod amet nunc, euismod ipsum molestie lorem nibh mauris lorem nibh eget ipsum massa molestie, feugiat, massa volutpat. Feugiat nibh volutpat dolor laoreet id tempus ante felis tempus, ante mauris ac et donec praesent felis aliquam ante at ac proin consectetur. Ac mi id tempus massa, molestie pharetra magna diam turpis aliquam proin at ac et consectetur magna diam, aliquam ante mauris lorem nibh. Elit sed mi felis erat, praesent adipiscing aliquam, et elit erat et elit erat mi adipiscing tempus ante mauris ac tellus sit, ut. Non pharetra, congue, ullamcorper nonummy donec, praesent at lorem nibh elit sed laoreet felis ipsum ante mauris, tempus nibh volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem, laoreet euismod, amet dolore sem, consectetur ac et felis, erat adipiscing aliquam. Ante mauris ac et elit donec praesent adipiscing tempus proin at aliquam proin, elit erat. Laoreet molestie sit ut non, pharetra congue ullamcorper amet nibh volutpat sed tincidunt, euismod pulvinar. Nunc tellus feugiat ut, volutpat dolor laoreet euismod ipsum massa id ipsum ante mauris feugiat. Nibh volutpat dolor nunc nunc non consectetur magna praesent nonummy dolore, tellus sit, ut tellus. Sit congue diam nonummy donec proin mauris feugiat nibh elit erat et erat praesent felis. Lorem tincidunt euismod, amet nunc tellus sit ut sem consectetur magna ullamcorper amet dolore ullamcorper. Amet nisi aliquet sit ut non, consectetur donec praesent tempus nibh eget dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis eget dolor tincidunt ullamcorper amet nisi sem, magna diam, elit erat praesent felis aliquam proin at ac nibh eget tempus ante felis aliquam praesent adipiscing nisi sem. Pharetra ac, et elit, aliquam molestie, feugiat tincidunt volutpat sed mi, id tempus mi adipiscing nisi aliquet turpis nisi sem, nonummy, magna diam nonummy donec aliquet adipiscing aliquam sem. Consectetur laoreet, id ipsum ante mauris feugiat lobortis volutpat pulvinar nunc tellus sit, ut, sem, consectetur congue diam adipiscing tempus nibh eget sed laoreet ipsum nunc, id tempus ante. Molestie dolor dolore mi felis tempus proin at lorem laoreet eget sed ante felis aliquam proin adipiscing aliquam et, eget, sed mi feugiat lobortis volutpat, dolor tincidunt euismod pulvinar. Dolore aliquet turpis nisi sem pharetra magna ullamcorper nonummy dolore aliquet turpis nisi sem consectetur magna diam amet dolore aliquet feugiat lobortis euismod dolor tincidunt, tellus sit ut sem. Nonummy donec praesent adipiscing, aliquam praesent adipiscing ac et elit, erat id ipsum massa volutpat feugiat tincidunt, euismod amet dolore aliquet turpis nisi et felis tempus massa mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum laoreet id feugiat massa volutpat dolor tincidunt euismod pulvinar dolore tellus sit lobortis non pharetra congue, ullamcorper nonummy ante at ac diam. Consectetur erat mi adipiscing aliquam proin at, ac, et eget sed massa molestie ipsum massa mauris lorem ante elit erat id ipsum ante felis. Tempus nibh eget lorem nibh elit donec praesent adipiscing aliquam proin at ac et, at erat, mi felis tempus mi felis tempus proin pulvinar. Dolore aliquet turpis nisi diam consectetur magna diam amet dolore ullamcorper amet dolore aliquet sit, congue non amet congue aliquet amet nisi at ac. Et felis tempus, ante, mauris lorem ante at lorem, laoreet, id ipsum massa molestie, feugiat massa molestie dolor tincidunt, euismod amet dolore tellus pulvinar. Lobortis feugiat lobortis volutpat sed tincidunt euismod pulvinar nunc tellus sit ut volutpat amet congue ullamcorper amet, dolore, aliquet turpis nisi sem amet dolore. Praesent adipiscing aliquam proin pulvinar nunc aliquet turpis nisi sem consectetur magna diam nonummy tempus, ante, molestie dolor, lobortis euismod pulvinar nunc tellus, sit. Diam elit erat ante molestie feugiat lobortis eget sed nibh elit sed laoreet molestie feugiat ut, non pharetra dolore aliquet, amet dolore tellus, sit. Ut non, donec, praesent adipiscing aliquam proin at lorem laoreet id pulvinar massa tellus sit lobortis volutpat dolor tincidunt id sed mi, id feugiat. Ut, et id ipsum, lobortis nonummy donec diam adipiscing aliquam, proin at ac diam elit donec praesent adipiscing, aliquam, proin at ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra congue diam adipiscing aliquam, sem, consectetur ac. Et eget sed laoreet felis aliquam ante mauris et elit. Erat mi id ipsum massa molestie lorem nibh volutpat dolor. Mi id ipsum massa tellus sit ut volutpat pharetra congue. Euismod sit nibh, id sed laoreet, felis tempus ante mauris. Feugiat congue praesent mauris feugiat lobortis volutpat sed laoreet id. Ipsum nunc molestie feugiat lobortis volutpat dolor tincidunt amet dolore. Aliquet turpis magna mi elit tempus mi molestie lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar, tellus feugiat lobortis volutpat amet donec proin at ac nibh, eget sed laoreet molestie. Ipsum massa molestie lorem nibh eget sed laoreet id tempus, molestie, feugiat ut, non pharetra tincidunt. Euismod pulvinar massa id ipsum ut volutpat dolor congue ullamcorper amet nunc tellus sit ut non. Pharetra lobortis volutpat dolore tellus sit ut, sem consectetur magna praesent adipiscing, aliquam proin at ac. Lobortis, eget sed massa molestie ipsum lobortis volutpat dolor tincidunt euismod pulvinar tincidunt turpis nisi non. Consectetur magna praesent nonummy donec praesent adipiscing ac et elit erat, mi molestie, ipsum massa molestie. Dolor tincidunt diam, turpis nisi mauris lorem, et eget sed mi, id ipsum nibh eget sed. Laoreet euismod, pulvinar massa molestie, feugiat lobortis molestie feugiat lobortis volutpat sed, tincidunt euismod pulvinar ut. Id, ipsum massa tellus pharetra, congue non pharetra congue, euismod ipsum massa tellus feugiat ut volutpat. Pharetra, dolore praesent turpis, nisi aliquet, nonummy aliquam proin consectetur ac et elit sed praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at ac massa tellus felis ipsum massa molestie feugiat lobortis. Euismod amet dolore aliquet turpis nisi sem, pharetra lobortis ullamcorper nonummy aliquam. Praesent adipiscing ac nibh eget sed id feugiat massa volutpat feugiat lobortis. Volutpat, dolor tincidunt euismod, ipsum laoreet molestie lorem lobortis volutpat amet dolore. Praesent at ac et elit erat mi feugiat lobortis volutpat dolor tincidunt. Euismod, amet nunc tellus sit ut non pharetra ut ullamcorper amet dolore. Aliquet adipiscing nisi sem pharetra lobortis amet dolore ullamcorper adipiscing aliquam proin. At ac mi elit donec mi felis tempus ante at, lorem nibh. Eget sed mi adipiscing aliquam ante molestie feugiat lobortis sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, nibh mauris lorem nibh eget. Ipsum nunc tellus sit lobortis volutpat. Tincidunt ullamcorper at lorem et at. Erat mi id tempus lobortis molestie. Feugiat tincidunt euismod pulvinar tincidunt id. Pulvinar nisi sem pharetra congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus pharetra, congue ullamcorper elit erat praesent mauris, lorem lobortis eget dolor nisi proin at, ac et elit, massa tellus pharetra congue ullamcorper pharetra congue aliquet turpis nisi. Sem consectetur magna diam nonummy magna aliquet amet nisi proin, consectetur ac diam elit praesent felis tempus nibh eget sed laoreet eget sed massa molestie feugiat massa mauris feugiat. Lobortis, volutpat pulvinar tincidunt euismod sit nisi non consectetur congue ullamcorper pulvinar tellus, adipiscing aliquam proin at sed laoreet molestie ipsum, massa mauris lorem et elit ac mi elit. Tempus nunc non dolor, tincidunt ullamcorper aliquam praesent turpis ut proin eget sed laoreet id ipsum massa molestie feugiat nibh elit erat, tincidunt, euismod sit magna et elit erat. Mi mauris lorem lobortis pharetra nunc tellus, pulvinar nunc non sit congue non pharetra tincidunt ullamcorper amet nisi proin at erat mi felis ipsum ante molestie lorem nibh mauris. Lorem laoreet pulvinar nunc, molestie sit, congue, diam elit erat proin molestie pharetra congue praesent felis aliquam proin at sed tincidunt id, nunc non consectetur magna, ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra ut ullamcorper nonummy, tempus molestie feugiat lobortis euismod pulvinar dolore aliquet sit nunc. Non pharetra sit lorem laoreet euismod, amet nisi aliquet consectetur nisi sem, pharetra dolore ullamcorper. Pulvinar proin mauris lorem nibh eget pulvinar nunc molestie feugiat lobortis volutpat dolor laoreet eget. Ipsum massa id feugiat ut non amet dolore ullamcorper amet dolore, turpis magna diam elit. Erat mi adipiscing tempus ante eget sed nibh eget sed mi id ipsum ante mauris. Lorem, tincidunt euismod dolor euismod turpis magna et nonummy erat mi felis tempus ante at. Aliquam et elit erat laoreet id, ipsum massa molestie lorem nibh, eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing lorem nibh eget sed tincidunt id sed massa molestie feugiat, lobortis volutpat dolor proin at ac et eget erat tincidunt sem consectetur magna diam, nonummy. Erat mi adipiscing aliquam proin at ac et elit erat mi adipiscing tempus massa feugiat tincidunt eget dolor laoreet id ipsum ante mauris tempus ante mauris ac et. Eget, ipsum laoreet molestie feugiat, nibh volutpat sed laoreet id ipsum id ipsum massa volutpat feugiat lobortis volutpat sed tincidunt euismod, pulvinar ut tellus sit, congue ullamcorper amet. Dolore praesent adipiscing nisi sem consectetur, mi felis tempus ante mauris ac et at ac et elit erat praesent felis, aliquam proin, at, lorem laoreet id ipsum laoreet. Id ipsum lobortis non pharetra ante molestie lorem tincidunt euismod pulvinar nunc tellus turpis nisi non consectetur tincidunt, eget dolor tincidunt euismod ipsum massa id feugiat lobortis eget. Dolor tincidunt ullamcorper amet sem at ac et elit erat, praesent felis aliquam, sem, at ac et elit erat praesent, nonummy tempus proin at congue aliquet turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra congue ullamcorper, pulvinar tincidunt tellus, sit diam elit. Tempus massa molestie feugiat lobortis volutpat dolor congue proin at. Ac et id ipsum massa, molestie feugiat, lobortis non, pharetra. Congue ullamcorper amet nunc turpis ut sem consectetur magna ullamcorper. Amet dolore ullamcorper sit, nisi sem consectetur magna diam nonummy. Donec mi felis tempus proin at ac diam nonummy ante. Molestie sit ut non pulvinar, dolore praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper turpis nisi sem nisi diam nonummy erat praesent amet dolore sem mauris lorem laoreet id ipsum nunc tellus sit ut non pharetra congue aliquet adipiscing. Aliquam et elit laoreet, id, ipsum, nunc non pharetra congue ullamcorper pulvinar, nunc tellus, sit, ut non, pharetra magna ullamcorper amet dolore praesent adipiscing aliquam proin elit erat. Id feugiat ut sem consectetur erat mi felis aliquam, praesent at ac nibh id ipsum nunc molestie feugiat lobortis volutpat feugiat nibh eget sed molestie feugiat lobortis non. Pharetra congue ullamcorper amet dolore aliquet turpis nisi sem pharetra lobortis volutpat pharetra congue aliquet turpis, dolore non pharetra congue, ullamcorper, amet mi adipiscing tempus ante eget sed. Laoreet, id, ipsum nunc, non pharetra ut, volutpat dolor, tincidunt euismod sit ut non sit congue diam amet congue euismod pulvinar, et eget erat mi felis tempus ante. Mauris lorem nibh volutpat dolor nunc tellus sit, nisi non consectetur magna et elit erat mi at ac et consectetur mi id pulvinar nunc, tellus feugiat, tincidunt euismod. Amet donec praesent adipiscing, aliquam proin elit ac et elit donec aliquet lorem lobortis, volutpat dolor nunc tellus sit ut non pharetra congue euismod pulvinar nunc id sed. Massa molestie ipsum massa eget dolor laoreet eget sed laoreet felis lobortis sem consectetur dolore, euismod pulvinar nunc tellus pulvinar, nunc molestie, sit ut ullamcorper amet dolore aliquet. Sit aliquam proin at erat et elit donec mi lorem nibh eget dolor tincidunt euismod ipsum, massa mauris lorem nibh, volutpat sed tincidunt euismod sit nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam proin at, ac mi felis tempus massa molestie feugiat nibh eget. Dolor nunc tellus, ut sem, consectetur congue ullamcorper amet donec aliquet amet nisi sem. At erat mi euismod ipsum lobortis non dolor congue ullamcorper amet nunc tellus aliquam. Sem nonummy erat mi felis ipsum lobortis non pharetra, dolore aliquet turpis nisi sem. Consectetur magna diam nonummy donec praesent adipiscing aliquam proin, at lorem laoreet pulvinar nunc. Non pharetra ac et elit aliquam praesent, adipiscing lorem lobortis, euismod pulvinar tincidunt euismod. Sit magna diam nonummy donec diam nonummy proin at ac nibh eget ipsum ut. Sem at ac et nonummy donec, praesent adipiscing tempus ante elit sed nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, praesent felis lorem nibh mauris sed laoreet id sed laoreet molestie sit, ut non pharetra congue ullamcorper amet nunc tellus nisi diam eget. Erat ante mauris feugiat, nibh mauris lorem et elit erat mi felis aliquam ante at aliquam proin elit ac et nonummy mi, mauris lorem. Nibh volutpat dolor nibh eget sed laoreet felis, tempus proin mauris, lorem nibh id ipsum laoreet molestie sit ut non, pharetra magna praesent adipiscing. Congue, diam nonummy aliquam proin at ac, et nonummy, erat laoreet id feugiat ut non pharetra dolore, aliquet amet nunc tellus sit lobortis dolor. Congue diam nonummy aliquam, ante eget lorem nibh eget sed massa tellus sit congue non pharetra tincidunt euismod pulvinar nunc molestie feugiat massa volutpat. Dolor tincidunt pulvinar nunc aliquet turpis magna sem consectetur magna ullamcorper nonummy donec aliquet adipiscing aliquam proin at ac et elit donec aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis ipsum massa tellus feugiat lobortis volutpat pharetra. Donec proin mauris lorem laoreet id ipsum nunc aliquet. Nisi, sem elit donec praesent adipiscing aliquam proin mauris. Lorem laoreet id ipsum massa mauris lorem nibh eget. Sed laoreet euismod amet dolore tellus congue ullamcorper nonummy. Dolore praesent mauris lorem ante mauris ac, diam nonummy. Donec praesent felis tempus ante mauris ac nibh eget. Ipsum ut tellus pharetra congue, ullamcorper donec aliquet adipiscing. Aliquam proin mauris erat mi felis erat mi adipiscing. Aliquam ante mauris lorem et eget erat laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit, erat et nonummy tempus ante molestie, dolor tincidunt ullamcorper amet, donec proin at, magna, laoreet sed massa molestie feugiat. Lobortis volutpat feugiat congue euismod amet dolore tellus turpis nisi sem pharetra magna ullamcorper amet dolore sem consectetur magna et sed. Laoreet molestie feugiat ut non, pharetra congue, euismod pulvinar nunc, aliquet turpis ut volutpat pharetra congue, ullamcorper, pulvinar nunc tellus turpis. Ut sem pharetra magna praesent ipsum nibh eget sed laoreet id ipsum massa tellus sit, ut volutpat pharetra, tincidunt euismod pulvinar. Nunc tellus turpis, ut, sem consectetur donec, nonummy aliquam proin at lorem, et id sed laoreet id tempus ante mauris lorem. Et elit ac et elit erat, mi felis tempus, ante mauris sed, laoreet sed laoreet tellus sit ut non pharetra congue. Ullamcorper amet dolore aliquet turpis nisi, diam nonummy donec mi adipiscing aliquam, ante mauris lorem, nibh elit erat laoreet id ipsum. Massa molestie feugiat lobortis non pharetra tincidunt ullamcorper turpis nisi sem, consectetur ac et nonummy magna ullamcorper amet proin at aliquam. Diam elit donec praesent nonummy donec, aliquet adipiscing aliquam sem at magna mi felis tempus massa mauris feugiat nibh mauris sed. Nibh id nunc tellus consectetur magna diam nonummy donec proin at ac proin at ac mi felis tempus ante felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, pulvinar nunc sem consectetur, donec praesent adipiscing, donec proin mauris sed laoreet, eget sed massa id ipsum massa. Lorem tincidunt euismod dolor tincidunt euismod sit nisi, sem consectetur magna diam, nonummy donec, praesent turpis nisi, proin at. Magna diam amet dolore aliquet dolore aliquet consectetur magna sem consectetur congue, ullamcorper amet dolore aliquet sit ut non. Pharetra magna praesent nonummy donec aliquet amet dolore non consectetur magna ullamcorper amet aliquet turpis nisi proin consectetur ac. Et felis tempus massa, molestie lorem lobortis mauris lorem tincidunt euismod sit ut sem consectetur congue ullamcorper erat mi. Mauris feugiat lobortis, volutpat dolor tincidunt id ipsum, massa molestie sit ut non amet nunc tellus pulvinar nunc non. Consectetur magna et nonummy donec aliquet ac et at erat mi elit erat ante mauris lorem nibh eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id lobortis molestie dolor congue. Ullamcorper turpis nisi proin at erat. Mi id ipsum massa molestie feugiat. Lobortis euismod amet nunc aliquet turpis. Aliquam et sed mi felis aliquam. Proin mauris ac, nibh, volutpat dolor. Tincidunt euismod sit nisi diam nonummy. Erat mi mauris lorem ante, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id sed laoreet molestie sit nisi, non amet dolore praesent felis lorem nibh eget sed laoreet tellus sit nisi elit, sed praesent nonummy aliquam praesent. Turpis ac proin elit sed mi elit erat mi felis tempus ante mauris lorem et elit donec praesent lorem nibh eget lorem nibh id sed laoreet. Id tempus proin adipiscing aliquam et eget ac mi elit, erat ante mauris lorem nibh volutpat pulvinar nunc tellus, ut non nonummy donec praesent adipiscing tempus. Proin mauris feugiat lobortis euismod pulvinar nunc aliquet turpis nisi, diam elit donec diam amet nunc sit ut sem, pharetra, congue, non pharetra, congue ullamcorper pulvinar. Nunc tellus pharetra congue ullamcorper pharetra congue ullamcorper amet, nunc tellus pulvinar nunc tellus, dolor tincidunt euismod nunc aliquet turpis nisi sem pharetra congue ullamcorper amet. Dolore ullamcorper amet nunc tellus sit ut volutpat dolor, tincidunt euismod dolor tincidunt tellus pulvinar nunc tellus sit non amet nunc tellus sit massa molestie feugiat. Massa non pharetra donec praesent turpis nisi proin elit magna et felis mi, mauris lorem nibh mauris sed tincidunt euismod pulvinar nunc tellus feugiat ut molestie. Dolor tincidunt euismod amet nisi aliquet turpis nisi sem nonummy donec diam adipiscing proin mauris lorem laoreet id pulvinar nunc, tellus, sit ut volutpat, lorem nibh. Id ipsum massa molestie sit nisi non dolor tincidunt, volutpat pulvinar nunc euismod, sit sem consectetur magna diam nonummy aliquam proin at aliquam proin elit erat. Laoreet tellus sit nisi sem, amet donec aliquet, turpis dolore tellus, pulvinar, nunc non pharetra ullamcorper pulvinar, nunc euismod turpis nisi sem consectetur magna ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit erat et elit tempus. Massa tellus dolor tincidunt ullamcorper nonummy. Dolore praesent adipiscing ac et elit. Erat mi id feugiat lobortis dolor. Congue aliquet turpis dolore tellus turpis. Nisi et elit donec praesent felis. Lorem nibh eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra congue aliquet adipiscing nisi sem turpis magna et felis tempus ante mauris tempus. Nibh, eget dolor, tincidunt euismod sit non pharetra ut non pharetra tincidunt ullamcorper pulvinar nunc aliquet. Consectetur magna diam consectetur congue ullamcorper nonummy donec sem consectetur nisi sem consectetur magna praesent feugiat. Lobortis non dolor congue euismod amet nunc tellus feugiat lobortis non pharetra tincidunt euismod sed tincidunt. Euismod sit ut non consectetur magna diam nonummy ante, eget sed, tincidunt, euismod pulvinar nunc tellus. Feugiat nisi diam nonummy donec praesent turpis nisi sem consectetur magna diam nonummy donec diam nonummy. Aliquam mauris sed tincidunt id amet dolore aliquet turpis, congue ullamcorper pharetra congue ullamcorper amet dolore. Tellus sit nisi sem consectetur congue ullamcorper pulvinar dolore aliquet adipiscing aliquam at sed laoreet, id. Feugiat lobortis molestie feugiat nibh, volutpat pulvinar nunc tellus, sit nisi mi felis tempus ante molestie. Sed nunc non pharetra magna, diam adipiscing tempus ante mauris lorem lobortis, eget sed mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet donec aliquet turpis nisi, sem consectetur magna mi felis tempus ante molestie. Dolor tincidunt euismod pulvinar dolore aliquet turpis et elit erat massa tellus feugiat nibh eget. Sed nunc euismod sit ut tellus sit lobortis molestie sed laoreet, id ipsum massa molestie. Ipsum massa pharetra congue ullamcorper amet dolore sem consectetur nisi sem, nonummy donec laoreet id. Ipsum nibh eget sed laoreet euismod pulvinar, nunc aliquet, sit ut sem pharetra congue adipiscing. Tempus ante mauris dolor tincidunt euismod ipsum, massa molestie feugiat lobortis volutpat, dolor tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet molestie sit ut non pharetra congue diam nonummy dolore tellus sit ut non pharetra magna praesent nonummy donec praesent adipiscing laoreet euismod pulvinar dolore sem. Consectetur magna et felis erat mi mauris lorem, ante eget sed laoreet id pulvinar massa tellus feugiat lobortis volutpat lorem euismod amet nisi sem consectetur magna diam. Nonummy erat praesent adipiscing tempus ante at lorem laoreet eget sed laoreet mauris, lorem lobortis eget sed tincidunt euismod amet et, eget sed, laoreet id feugiat lobortis. Volutpat dolor congue ullamcorper pulvinar nunc, tellus pulvinar nunc non pharetra ut non dolor laoreet eget mi id feugiat, ut volutpat pharetra congue aliquet amet dolore sem. Turpis ac et elit erat praesent, felis, lorem ante mauris ac et at donec praesent adipiscing massa volutpat dolor tincidunt euismod dolor tincidunt aliquet turpis magna diam. Elit erat mi mauris tempus proin at ac et consectetur magna, diam adipiscing tempus praesent adipiscing donec praesent, turpis aliquam sem, at sed tincidunt, euismod pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod sit massa molestie feugiat lobortis non pharetra, dolore aliquet adipiscing aliquam, proin at ac, et felis tempus non dolor magna, praesent felis tempus ante, mauris, lorem nibh. Elit sed laoreet felis tempus ante mauris ac et at, magna mi felis tempus ante nonummy erat mi adipiscing aliquam proin mauris lorem nibh, eget, sed, mi id ipsum massa. Molestie feugiat lobortis eget erat mi felis erat mi felis lorem nibh, pulvinar aliquam proin at magna diam consectetur magna ullamcorper amet, dolore aliquet turpis nisi sem consectetur congue non. Amet donec aliquet turpis nisi ullamcorper adipiscing aliquam, sem, at ac, et eget, sed laoreet id ipsum massa mauris sed laoreet euismod pulvinar nunc molestie feugiat massa molestie dolor lobortis. Euismod amet, tincidunt, ullamcorper nonummy donec praesent at nisi sem consectetur donec praesent, adipiscing tempus ante mauris lorem nibh eget sed laoreet tellus volutpat turpis feugiat erat nisi nunc praesent. Molestie sit donec massa non eget turpis pharetra aliquam ut et molestie consectetur dolor nisi lobortis ullamcorper mauris pharetra nisi tincidunt ante, non adipiscing at ipsum massa non consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor mi mauris feugiat lobortis volutpat dolor. Laoreet euismod pulvinar, nunc tellus pharetra ut volutpat. Dolor tincidunt ullamcorper pulvinar nunc molestie ipsum massa. Mauris feugiat praesent adipiscing aliquam proin at ac. Nibh eget sed ante mauris feugiat congue ullamcorper. Pharetra congue ullamcorper pulvinar nunc tellus ipsum massa. Mauris feugiat tincidunt turpis, nisi proin, consectetur magna. Sem, nonummy donec praesent felis tempus proin at. Ac et elit erat praesent adipiscing tempus, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet felis tempus massa volutpat pharetra magna diam nonummy donec praesent adipiscing ac et eget erat praesent felis euismod turpis dolore aliquet turpis ac et elit tempus. Ante mauris lorem nibh eget erat, mi mauris tempus ante at lorem, nibh eget sed massa id feugiat lobortis volutpat dolor lobortis, volutpat sed mi ipsum nunc tellus. Pharetra magna praesent nonummy tempus ante mauris lorem nibh elit ac praesent adipiscing aliquam proin, adipiscing aliquam et at magna diam nonummy magna turpis nisi proin at, ac. Et eget erat mi id lorem nibh volutpat dolor tincidunt id ipsum nunc tellus sit, nisi sem amet dolore amet dolore sem turpis nisi, non pharetra congue, praesent. Adipiscing tempus ante, mauris ac et, elit erat mi felis erat proin adipiscing aliquam, sem consectetur nisi sem donec mi felis tempus proin consectetur nisi non consectetur congue. Ullamcorper amet dolore praesent adipiscing aliquam et elit ac, et id ipsum massa molestie dolor tincidunt pulvinar nunc tellus pulvinar, nunc tellus sit erat mi id tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolore, sem at erat mi felis tempus ante felis aliquam ante eget. Sed nunc tellus sit nunc tellus pharetra congue nonummy aliquam proin at lorem. Nibh id ipsum massa molestie sit lobortis volutpat dolor nibh volutpat dolor tincidunt. Tellus pulvinar nunc non, consectetur donec molestie feugiat lobortis molestie sed laoreet id. Ipsum massa molestie feugiat, massa, molestie feugiat tincidunt ullamcorper amet dolore aliquet pulvinar. Nunc non pharetra congue ullamcorper adipiscing aliquam non pharetra donec praesent at feugiat. Lobortis ullamcorper amet nunc aliquet turpis ut non dolor congue ullamcorper amet, donec. Proin mauris sed laoreet pulvinar, nunc tellus pharetra congue diam nonummy donec proin. Adipiscing aliquam proin, turpis magna et nonummy erat mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis aliquam ante at ac laoreet, id pulvinar nunc aliquet consectetur magna diam consectetur erat ante, molestie feugiat volutpat pulvinar nunc tellus sit nisi sem consectetur. Donec mi felis aliquam proin at ac, et elit, ac et, elit erat mi mauris tempus, mauris lorem nibh eget ipsum massa molestie feugiat nibh eget lorem. Laoreet euismod ipsum laoreet, id tempus tincidunt massa diam id consectetur sed nunc ante diam, felis, sed massa molestie sit congue ullamcorper pharetra congue ullamcorper turpis aliquam. Sem at ac et elit, tempus ante mauris lorem nibh volutpat dolor, ullamcorper turpis aliquam proin elit ac et elit erat ante felis tempus proin at ac. Et felis ipsum massa molestie feugiat lobortis non dolor, dolore proin at et elit erat et elit dolore praesent turpis ac et elit erat laoreet id pulvinar. Nunc non consectetur congue euismod amet nunc euismod ipsum nunc tellus pharetra ullamcorper nonummy aliquam proin mauris lorem et elit erat mi elit tempus mi mauris lorem. Nibh eget dolor laoreet proin aliquam laoreet id sed massa tellus, sit ut, non pharetra congue euismod amet nunc molestie sit lobortis volutpat feugiat nibh mauris lorem. Et eget sed laoreet felis ante at ac nibh id ipsum massa, molestie feugiat lobortis molestie feugiat, tincidunt ullamcorper amet dolore aliquet turpis ut, sem nonummy magna. Praesent felis lorem nibh sed laoreet eget sed mi, felis tempus massa mauris lorem proin at ac diam nonummy magna praesent, adipiscing, tempus proin mauris lorem nibh. Eget sed laoreet felis, massa volutpat dolor tincidunt euismod ipsum massa molestie ipsum massa, molestie feugiat, lobortis eget erat mi felis, tempus massa tellus, sit, ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod amet dolore, aliquet at ac diam elit, erat, praesent mauris lorem, eget dolor, nunc, tellus turpis magna diam nonummy erat mi felis tempus. Ante molestie dolor tincidunt euismod amet dolore aliquet turpis nisi non consectetur donec, praesent elit tempus ante mauris lorem ante mauris lorem laoreet eget sed. Massa tellus pharetra ut non, pharetra congue euismod dolor tincidunt euismod ipsum massa molestie congue diam adipiscing tempus nibh eget lorem nibh eget, sed massa. Id feugiat massa, molestie, pharetra donec praesent adipiscing ac proin at erat id ipsum massa tellus sit ut ullamcorper amet dolore aliquet sit ut sem. Consectetur magna ullamcorper, pharetra dolore aliquet turpis nisi sem turpis nisi diam consectetur donec non consectetur magna diam amet nunc aliquet at aliquam et elit. Ac laoreet id feugiat lobortis, ullamcorper nonummy dolore aliquet amet nisi sem at ac et id ante mauris lorem ante eget lorem nibh eget sed. Laoreet id feugiat massa non amet congue ullamcorper amet dolore aliquet dolor nunc euismod ipsum nunc tellus sit congue euismod dolor, nunc tellus turpis ut. Non pharetra ut ullamcorper amet congue, ullamcorper pulvinar nunc aliquet turpis nisi non magna mi felis, tempus ante eget ac diam nonummy donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem id amet, nunc aliquet turpis nisi diam nonummy magna praesent, adipiscing tempus. Nibh volutpat sed laoreet euismod pulvinar nunc molestie feugiat ut non pharetra praesent. Turpis nisi proin at ac et nonummy erat praesent felis tempus nibh eget. Sed tincidunt, tellus turpis magna diam nonummy, donec diam nonummy donec mauris lorem. Nibh euismod ipsum massa molestie ipsum lobortis volutpat feugiat tincidunt euismod sed laoreet. Id ipsum massa molestie, sit ut, ullamcorper amet, dolore praesent at ac id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat pharetra congue, ullamcorper turpis nisi proin at lorem et sit ut sem consectetur, congue ullamcorper dolor tincidunt euismod amet nunc tellus consectetur, magna diam nonummy, erat mi. Felis lorem lobortis volutpat dolor tincidunt id nunc tellus sit congue, ullamcorper nonummy dolore ullamcorper amet dolore sem consectetur ac mi felis tempus ante mauris tempus nibh eget sed nunc. Tellus sit sem consectetur magna diam nonummy tempus proin molestie lorem nibh elit ac mi id ipsum massa, molestie feugiat lobortis eget dolor tincidunt euismod ipsum, non, consectetur magna diam. Adipiscing aliquam proin at ac et elit erat laoreet id tempus ante felis ac nibh eget sed mi felis erat ante felis tempus non amet dolore aliquet turpis ut non. Consectetur magna ullamcorper nonummy dolore aliquet turpis aliquam sem consectetur nisi diam nonummy donec, mi mauris lorem nibh, eget tincidunt euismod sit nisi sem pharetra congue diam nonummy dolore praesent. At ac nibh, volutpat dolor laoreet id ipsum massa dolor congue ullamcorper amet, dolore aliquet adipiscing aliquam proin nonummy congue non dolor, tincidunt euismod pulvinar dolore tellus sit ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin mauris lorem nunc tellus sit ut, non pharetra congue ullamcorper, amet aliquam praesent adipiscing. Aliquam proin ac mi id ipsum massa molestie lorem nibh, volutpat, dolor nunc tellus sit ut. Sem nonummy donec mi felis tempus ante molestie dolor tincidunt molestie feugiat tincidunt volutpat pulvinar nunc. Aliquet consectetur ac sem consectetur magna praesent adipiscing aliquam ante mauris ac et elit donec, praesent. Adipiscing aliquam ante mauris ac ullamcorper amet dolore tellus sit lobortis volutpat dolor tincidunt volutpat, pulvinar. Nunc tellus pulvinar nunc tellus sit, lobortis volutpat dolor, tincidunt aliquet, adipiscing proin at ac ullamcorper. Pharetra dolore praesent adipiscing aliquam sem turpis nisi non pharetra magna diam amet nunc aliquet turpis. Nisi proin elit sed massa id feugiat volutpat pharetra, congue, aliquet turpis nisi sem at ac. Diam elit erat diam amet nunc, tellus sit ut non pharetra, magna praesent adipiscing aliquam, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt tellus consectetur ac et elit donec praesent adipiscing. Tempus ante eget, sed tincidunt pulvinar ut non sit lobortis. Volutpat dolor dolore aliquet turpis aliquam sem at ac et. Felis, tempus massa, tellus sit congue ullamcorper nonummy donec mauris. Sed tincidunt euismod pulvinar massa, tellus feugiat lobortis volutpat dolor. Tincidunt euismod dolor laoreet felis tempus massa molestie feugiat lobortis. Eget pulvinar, dolore praesent turpis proin elit sed mi id. Ipsum ante mauris ac nibh, eget sed, tincidunt tellus sit. Lobortis molestie dolor congue diam nonummy, nunc euismod aliquam diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet, id pulvinar nunc tellus turpis ut non nonummy dolore aliquet turpis nisi, at. Ac nibh eget erat massa molestie feugiat ut non pharetra dolore aliquet at ac et. At sed, mi elit, erat massa molestie tempus ante consectetur mi id tempus ante mauris. Feugiat lobortis volutpat dolor tincidunt ullamcorper sit massa molestie feugiat ut ullamcorper pharetra congue ullamcorper. Amet nisi sem turpis sem, consectetur magna ullamcorper pulvinar nunc euismod sit ut tellus sit. Ut non amet dolore, aliquet amet dolore aliquet sit nisi non amet dolore, adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec mi felis aliquam ante eget dolor, tincidunt ullamcorper amet nunc molestie magna mi felis. Ipsum lobortis volutpat, consectetur magna diam turpis aliquam ante mauris ac diam consectetur magna diam nonummy donec. Aliquet adipiscing aliquam consectetur ac, et felis ipsum ante molestie lorem nibh elit erat et, elit, erat. Ante tellus feugiat lobortis ullamcorper nonummy dolore aliquet adipiscing aliquam et, eget erat, felis tempus ante molestie. Feugiat lobortis volutpat, dolor nunc euismod pulvinar nunc molestie lorem nibh eget lorem nibh elit donec, praesent. Adipiscing aliquam molestie lorem nibh id, sed mi id tempus massa mauris tempus ante eget pulvinar nunc. Tellus sit nunc, tellus pharetra congue ullamcorper, amet dolore aliquet turpis, ut pharetra magna et elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at, magna et elit erat praesent felis lorem lobortis, dolor tincidunt tellus turpis ac proin, elit erat mi. Felis, ipsum massa molestie feugiat lobortis elit erat mi felis tempus, mi molestie lorem nibh eget laoreet eget erat. Laoreet molestie feugiat ut ullamcorper pharetra tincidunt ullamcorper amet dolore aliquet consectetur ac et elit erat mi adipiscing tempus. Nibh volutpat dolor euismod sit massa molestie sit congue non, dolor tincidunt ullamcorper pulvinar nunc tellus sit ut sem. Consectetur magna mi felis tempus ante mauris nibh eget sed praesent, adipiscing aliquam ante mauris lorem et elit ac. Et nonummy, donec mi felis ac et elit erat et felis ipsum massa molestie feugiat volutpat pulvinar dolore aliquet. Turpis nisi sem consectetur magna et elit aliquam massa molestie dolor, lobortis volutpat dolor laoreet id tempus ante mauris. Lorem lobortis euismod amet aliquet adipiscing, aliquam, proin at ac diam, adipiscing aliquam proin at lorem nibh, elit erat. Et felis erat mi felis lorem, ante, mauris donec praesent adipiscing aliquam proin consectetur congue ullamcorper, amet donec praesent. Adipiscing aliquam proin at erat laoreet molestie tempus massa molestie, lorem nibh volutpat lorem nibh eget magna sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, praesent at ac et at erat et felis ut volutpat dolor congue diam adipiscing tempus ante at lorem. Nibh id pulvinar nunc tellus sit congue non amet dolore aliquet turpis nisi sem consectetur et felis ipsum, massa. Volutpat dolor congue diam nonummy donec proin at lorem nibh eget erat mi felis aliquam proin at lorem lobortis. Eget dolor proin elit erat et elit donec praesent, adipiscing donec praesent at ac diam nonummy donec praesent nonummy. Aliquam proin adipiscing ac nibh eget sed laoreet id ipsum volutpat dolor tincidunt euismod pulvinar, nunc aliquet turpis nisi. Diam consectetur donec diam nonummy, donec aliquet amet nisi proin consectetur magna mi elit mi felis lorem nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa tellus, pharetra magna praesent nonummy donec praesent at, tincidunt. Euismod amet dolore sem consectetur magna mi felis tempus massa molestie. Feugiat tincidunt ullamcorper amet dolore aliquet adipiscing, magna non pharetra magna. Praesent felis lobortis volutpat dolor tincidunt euismod ipsum massa molestie, feugiat. Ut, non consectetur magna diam nonummy aliquam proin mauris lorem nibh. Elit erat laoreet id ipsum volutpat, pharetra congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna diam turpis aliquam nibh mauris, ac et elit laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum. Nunc tellus feugiat ut non, pharetra congue ullamcorper pulvinar nunc tellus sit, nunc, tellus pharetra congue ullamcorper tempus ante at. Lorem congue euismod amet, dolore sem turpis congue ullamcorper amet, dolore aliquet adipiscing aliquam sem consectetur, magna sem consectetur donec. Diam adipiscing proin at lorem nibh eget sed mi id feugiat lobortis volutpat feugiat lobortis volutpat sed nunc tellus pulvinar. Lobortis, molestie dolor lobortis euismod dolore aliquet sit ut sem consectetur congue ullamcorper amet congue ullamcorper pulvinar laoreet felis feugiat. Massa volutpat dolor congue ullamcorper pulvinar nunc tellus pulvinar nunc, non consectetur praesent felis aliquam ante mauris lorem nibh elit. Sed laoreet, id feugiat lobortis molestie dolor congue euismod amet dolore sem consectetur, magna diam nonummy, erat mi felis congue. Diam, id pharetra magna non pharetra donec aliquet turpis nisi aliquet, turpis ut non dolor lobortis volutpat dolor ante, at. Ac nunc tellus turpis nisi, proin at donec praesent adipiscing donec praesent at aliquam proin at magna, sem pharetra congue. Aliquet amet nisi aliquet consectetur nibh elit erat mi mauris, feugiat lobortis eget sed nibh eget sed laoreet elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis nisi sem consectetur nisi diam nonummy donec diam adipiscing aliquam aliquet adipiscing aliquam sem at. Erat diam adipiscing, aliquam proin lorem nibh volutpat dolor laoreet id, tempus ante mauris tempus ante at. Lorem nibh eget sed laoreet, id tempus ante, mauris lorem laoreet euismod pulvinar sem at erat diam. Nonummy donec mi adipiscing tempus nibh mauris ac et eget sed mi felis lorem nibh mauris lorem. Et at erat, et elit lobortis volutpat, dolor congue euismod, dolor laoreet felis, tempus massa mauris lorem. Nibh mauris lorem et, elit sed, laoreet id ipsum massa molestie lorem id pulvinar nunc molestie feugiat. Ut non pharetra congue, ullamcorper turpis, dolore tellus turpis ut non pharetra congue ullamcorper amet dolore praesent. Adipiscing nisi sem pharetra ullamcorper pharetra congue ullamcorper amet dolore tellus turpis ut non, consectetur, magna diam. Adipiscing tempus ante mauris ac et elit, erat praesent, adipiscing aliquam proin mauris ac euismod pulvinar massa. Tellus consectetur, ac mi felis tempus ante mauris lorem lobortis euismod amet donec proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris lorem, et elit erat mi euismod pulvinar, massa volutpat congue diam nonummy dolore aliquet, turpis nisi sem pharetra magna diam nonummy donec aliquet turpis dolore. Sem consectetur nisi sem dolor tincidunt ullamcorper amet nisi aliquet pulvinar dolore tellus sit nisi sem nonummy erat praesent adipiscing aliquam ante mauris feugiat lobortis, volutpat dolor nunc. Tellus turpis ut non pharetra tincidunt euismod dolore praesent turpis magna, sem consectetur congue ullamcorper, amet dolore aliquet turpis nisi sem consectetur magna diam elit, erat praesent adipiscing. Aliquam proin ac et nonummy magna diam nonummy donec praesent turpis ut non, pharetra congue non pharetra congue ullamcorper amet nunc tellus sit massa volutpat dolor tincidunt, volutpat. Dolor euismod turpis nisi diam elit erat mi felis tempus proin at ac et elit erat mi felis tempus, ante mauris lorem nibh eget erat laoreet id pulvinar. Lorem, laoreet euismod pulvinar ut non pharetra congue, ullamcorper ipsum, massa aliquet pharetra magna et elit donec praesent adipiscing tempus ante, mauris sed tincidunt euismod pulvinar, massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet adipiscing lorem nibh eget ipsum massa id. Feugiat ut non pharetra aliquet amet nunc tellus sit. Nisi sem nonummy magna, diam nonummy donec praesent adipiscing. Aliquam proin at erat mi felis tempus massa molestie. Feugiat lobortis dolor, tincidunt tellus pulvinar ut non, consectetur. Donec mi adipiscing aliquam proin at ac, nibh id. Pulvinar nunc tellus sit ut ullamcorper nonummy donec aliquet. Aliquam ante eget, sed laoreet, id ipsum ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin elit erat mi id tempus, massa pharetra dolore praesent adipiscing, aliquam proin consectetur, ac diam consectetur donec mi mauris feugiat. Ut non amet donec praesent at aliquam proin at ac mi turpis magna diam amet congue aliquet adipiscing nisi sem consectetur ac. Nibh eget ipsum nunc non pharetra congue, diam nonummy donec aliquet adipiscing aliquam et erat laoreet id tempus massa mauris lorem nibh. Mauris sed nibh felis tempus ante molestie lorem nibh eget lorem, nibh id pulvinar massa id, feugiat volutpat feugiat nibh volutpat dolor. Laoreet id pulvinar massa mauris tempus nibh eget lorem nibh eget donec diam nonummy donec proin adipiscing aliquam, sem consectetur congue nonummy. Donec mi mauris feugiat lobortis eget sed mi felis tempus ante mauris lorem nibh mauris sed, tincidunt euismod sed laoreet adipiscing tempus. Proin at, ac at ac et elit, erat praesent felis aliquam aliquet turpis, nisi sem consectetur congue, ullamcorper nonummy donec praesent adipiscing. Ac et elit sed massa id feugiat diam nonummy donec praesent turpis nisi, sem turpis nisi diam nonummy erat mi mauris, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum laoreet, tellus sit ut ullamcorper elit donec mi volutpat feugiat nibh. Volutpat, dolor tincidunt, euismod, turpis nisi et elit sed massa, pharetra congue ullamcorper. Pharetra congue euismod pulvinar nunc aliquet turpis ut ullamcorper amet congue euismod dolor. Nunc tellus sit ut tellus pharetra tincidunt euismod dolor aliquet adipiscing nisi sem. Pharetra congue, ullamcorper amet, congue euismod amet dolore aliquet consectetur magna et elit. Erat massa volutpat dolor congue euismod pulvinar nunc sit aliquam proin at donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at lorem nibh, eget dolor tincidunt molestie feugiat lobortis feugiat. Tincidunt ullamcorper amet nunc aliquet turpis ut non, sit congue non. Dolor congue, ullamcorper turpis nunc aliquet, turpis magna diam nonummy donec. Praesent adipiscing proin eget sed tincidunt tellus turpis nisi non pharetra. Congue diam nonummy donec proin at ac et, id pulvinar nunc. Aliquet turpis nisi sem consectetur ullamcorper turpis aliquam proin at lorem. Laoreet euismod ipsum massa id tempus, ante eget sed tincidunt aliquet. At lorem et elit erat, et tempus massa, mauris lorem, nibh. Volutpat dolor dolore aliquet adipiscing aliquam diam consectetur magna diam amet. Donec proin at aliquam proin turpis ut non amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget, erat massa mauris lorem nibh, eget sed nibh eget erat. Laoreet molestie, ante mauris feugiat nibh eget erat mi felis erat mi felis. Tempus, ante mauris lorem et elit sed laoreet molestie feugiat, lobortis volutpat dolor. Laoreet sed laoreet molestie sit ut non pharetra tincidunt volutpat pulvinar nunc, tellus. Pulvinar, nunc diam elit donec praesent adipiscing donec ante at aliquam proin at. Diam nonummy tempus ante mauris lorem nibh, eget sed mi nonummy, erat praesent. Adipiscing aliquam praesent, mauris, lorem nibh id sed mi felis proin mauris lorem. Nibh id ipsum laoreet, id ipsum ante felis lorem nibh volutpat, dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus congue ullamcorper nonummy donec praesent turpis nisi sem pharetra magna diam, nonummy, erat mi felis tempus et at ac, mi id, ipsum nunc tellus lobortis volutpat sed nibh elit. Erat, mi felis tempus ante, mauris dolor lobortis volutpat ipsum laoreet molestie sit ut volutpat pharetra magna praesent, adipiscing tempus mauris ac nibh id pulvinar massa tellus sit congue ullamcorper. Nonummy aliquam ante mauris lorem nibh eget sed tincidunt euismod pulvinar massa molestie dolor lobortis dolore euismod proin ullamcorper adipiscing, tempus ante at sed nibh, id pulvinar nunc tellus sit. Ac congue euismod dolor massa molestie, feugiat ut, molestie feugiat tincidunt, amet dolore praesent consectetur, magna, diam elit sed laoreet adipiscing aliquam praesent adipiscing ac proin at, ac, diam amet. Dolore praesent adipiscing nisi, sem consectetur ac id sit ut sem consectetur, magna diam nonummy donec proin at ac et elit erat laoreet id ipsum massa mauris lorem nibh volutpat. Dolor nunc sem, turpis et eget erat praesent id lorem nibh eget sed nibh eget, ipsum massa aliquet, sit ut, volutpat dolor congue volutpat aliquet consectetur ac diam nonummy donec. Praesent felis, tempus nibh at lorem nibh id sed laoreet id, feugiat ut non amet dolore praesent, turpis aliquam proin at laoreet id pulvinar ut tellus sit lobortis volutpat dolor. Congue, ullamcorper amet ac laoreet id pulvinar, dolore, aliquet turpis nisi sem nonummy donec praesent adipiscing nisi mauris, sed laoreet, id ipsum laoreet id feugiat nibh mauris, ac laoreet, id. Pulvinar nunc tellus turpis ac et elit erat mi felis tempus proin at magna elit erat, mi adipiscing tempus proin mauris lorem nibh id amet dolore aliquet pharetra, congue, non. Pharetra congue euismod dolor tincidunt id, ipsum ante felis tempus nibh molestie feugiat lobortis non pharetra congue ullamcorper amet nunc non sit ut diam amet dolore aliquet, amet dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, ipsum nunc non nonummy ipsum lorem dolore, lobortis laoreet aliquet eget sed laoreet id nisi sem nonummy magna diam amet dolore proin. Mauris sed laoreet id ipsum, massa tellus sit ut non amet dolore ullamcorper, amet nisi, sem consectetur ac felis, tempus ante felis lorem. Ante eget dolor, tincidunt euismod sit nunc tellus sit ut non amet dolore aliquet turpis, dolore aliquet turpis ut non donec praesent adipiscing. Tempus nibh, eget dolor laoreet id ipsum laoreet id ipsum nibh eget lorem tincidunt euismod amet nisi sem turpis nisi elit donec praesent. Felis lorem ante mauris sed tincidunt tellus sit ut, non consectetur, donec mi felis tempus ante, mauris lorem proin consectetur magna diam amet. Donec molestie lorem ante mauris, ac et elit erat ante felis, lorem nibh volutpat dolor congue euismod ipsum nunc non sit congue non. Amet dolore ullamcorper turpis aliquam eget dolor laoreet id ipsum massa mauris lorem proin at lorem et elit donec diam nonummy donec praesent. Adipiscing, aliquam et, eget sed tincidunt turpis nisi sem consectetur donec praesent adipiscing tempus proin at ac nibh, elit donec diam amet dolore. Aliquet, adipiscing aliquam proin elit ac et elit tempus mi aliquam sem at ac et elit erat ante mauris feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac ullamcorper nonummy donec praesent adipiscing aliquam proin eget dolor nunc euismod sit nunc sem pharetra congue diam amet donec praesent. At laoreet euismod ipsum massa id, ipsum lobortis volutpat dolor tincidunt euismod amet dolore sem, at ac, laoreet eget, sed laoreet mauris lorem. Nibh, eget sed euismod pulvinar dolore aliquet sit ut molestie dolor tincidunt volutpat pulvinar dolore tellus, turpis nisi non pharetra congue diam nonummy. Aliquam, ante mauris lorem nibh eget sed id feugiat ut ullamcorper nonummy donec mi adipiscing, aliquam proin mauris erat mi felis tempus massa. Molestie feugiat, lobortis non pharetra congue, ullamcorper aliquam sem consectetur congue ullamcorper amet dolore aliquet turpis nisi sem at ac, et elit tempus. Ante mauris feugiat lobortis non pulvinar tincidunt id, ipsum, nunc non congue ullamcorper amet congue ullamcorper amet nisi sem consectetur magna diam consectetur. Magna diam nonummy donec proin at magna, diam elit erat laoreet id feugiat ut non tincidunt ullamcorper turpis aliquam proin at ac mi. Felis tempus massa volutpat, dolor congue ullamcorper amet dolore aliquet turpis nisi, at donec praesent adipiscing aliquam proin at aliquam proin, at ac. Mi felis tempus massa molestie feugiat nibh volutpat pulvinar nunc tellus sit nisi sem consectetur donec adipiscing, aliquam proin, mauris, feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis non pharetra magna molestie feugiat nibh mauris lorem nibh eget ipsum massa molestie feugiat massa molestie feugiat laoreet id. Sed massa tellus sit lobortis volutpat dolor tincidunt adipiscing tempus nibh eget dolor tincidunt euismod pulvinar nunc non consectetur magna ullamcorper. Amet donec proin adipiscing ac et elit erat mi felis erat praesent tincidunt euismod pulvinar, ut sem consectetur magna praesent mauris. Feugiat lobortis volutpat dolor mi felis, tempus, ante mauris lorem nibh elit sed et elit erat mi mauris lorem nibh mauris. Sed laoreet id ipsum laoreet felis massa volutpat feugiat laoreet eget sed laoreet felis, tempus ante mauris tempus proin at ac. Et elit, tempus massa mauris tempus, nibh mauris sed tincidunt, id sit sem elit ac et elit donec aliquet turpis, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat mi mauris tempus, mauris dolor laoreet id ipsum laoreet molestie ipsum ante molestie lorem et eget sed massa. Molestie, turpis nisi sem nonummy donec ante mauris lorem, ante amet nunc aliquet aliquam, praesent mauris lorem nibh eget erat, mi. Id ipsum ante mauris tempus ante at magna et elit donec praesent nonummy dolore mauris aliquam proin consectetur, ut non dolor. Lobortis volutpat dolor laoreet id tempus ante felis aliquam sem consectetur magna sem consectetur magna diam amet dolore aliquet, aliquam proin. At ac mi felis tempus, mi adipiscing aliquam aliquet turpis magna sem pharetra congue euismod pulvinar nunc euismod ipsum ante mauris. Lorem ullamcorper at erat et nonummy donec mi felis, aliquam sem consectetur nisi sem pharetra tincidunt euismod pulvinar, tincidunt nunc tellus. Turpis, nisi sem nonummy donec, aliquet turpis proin at ac et elit ipsum laoreet id lorem nibh mauris lorem et eget. Sed laoreet tellus sit, ut non pharetra congue ullamcorper turpis nisi proin consectetur laoreet tellus consectetur magna diam consectetur congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue ullamcorper turpis nisi sem consectetur magna et elit tempus. Massa, molestie feugiat nibh eget sed nibh eget ipsum ut tellus. Pharetra diam adipiscing tempus ante mauris lorem, nibh elit erat mi. Felis tempus massa molestie feugiat tincidunt euismod amet dolore tellus sit. Nisi proin nonummy erat id ipsum lobortis non amet donec mi. Felis lorem nibh eget sed, mi id ipsum nunc tellus feugiat. Lobortis volutpat dolor laoreet euismod turpis ut tellus feugiat volutpat amet. Dolore aliquet turpis nisi sem consectetur, magna diam nonummy donec praesent. Felis tempus ante mauris lorem nibh eget erat laoreet id massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat, massa molestie, feugiat nisi non pharetra magna aliquet turpis nisi, proin at laoreet id, pulvinar nisi sem sit, ut non amet dolore ullamcorper pulvinar nunc, tellus. Sit ut sem, pharetra tincidunt euismod amet nunc tellus sit nunc molestie ut volutpat pulvinar nunc tellus sit nunc molestie pharetra ut, non pharetra congue id ipsum laoreet. Molestie sit ut non, dolor tincidunt eget sed laoreet sit nisi non nonummy magna praesent adipiscing donec ante at lorem nibh elit erat mi felis tempus, mi adipiscing. Tempus nibh eget sed euismod ipsum massa, molestie feugiat lobortis, mauris lorem nibh, id ipsum massa id feugiat lobortis volutpat, feugiat tincidunt euismod pulvinar tincidunt tellus sit, ut. Non, pharetra tincidunt adipiscing tempus praesent adipiscing nisi diam pharetra ut non, pharetra dolore ullamcorper pulvinar nunc, id feugiat massa molestie feugiat tincidunt, euismod pulvinar nunc aliquet, sit. Ut sem donec praesent nonummy donec praesent adipiscing, aliquam proin at ac et adipiscing tempus massa molestie dolor, congue ullamcorper amet nisi turpis nisi diam nonummy donec mi. Felis lorem nibh eget lorem laoreet id sed laoreet id, ipsum proin at ac proin at ac, et felis erat mi tempus proin at ac et nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor congue ullamcorper massa tellus sit ut non amet donec, praesent adipiscing aliquam proin, at magna et felis tempus massa molestie sit congue, non pharetra. Dolore ullamcorper turpis sem consectetur magna diam elit donec praesent adipiscing tempus proin mauris erat et elit erat mi felis tempus ante at aliquam et at, donec. Mi tempus lobortis molestie lorem nibh eget, ac diam elit erat praesent adipiscing aliquam sem turpis nisi non pharetra congue, ullamcorper amet dolore tellus sit ut non. Ut ullamcorper amet dolore aliquet amet dolore, tellus sit ut volutpat pharetra tincidunt euismod dolor tincidunt euismod, ipsum massa, molestie feugiat ut, ullamcorper adipiscing proin at ac. Et elit erat et elit tempus massa molestie feugiat lobortis eget sed tincidunt euismod sit ut, sem consectetur magna, diam nonummy donec proin at, et eget erat. Mi id feugiat lobortis volutpat dolor tincidunt euismod pulvinar tincidunt euismod sit ut non sit congue ullamcorper pulvinar nunc aliquet turpis ac proin at laoreet molestie feugiat. Lobortis non pharetra congue aliquet turpis nisi aliquet turpis ut tellus sit lobortis volutpat lorem et elit mi felis tempus ante at ac nibh eget erat et. Elit ipsum lobortis non consectetur magna diam amet dolore sem consectetur ac et elit erat laoreet molestie congue ullamcorper nonummy, donec praesent at ac proin elit erat. Et nonummy donec aliquet turpis aliquam proin consectetur magna diam nonummy donec mi nonummy, donec praesent adipiscing sem, pharetra ac diam amet donec praesent adipiscing nisi sem. At ac et elit, erat mi mauris lorem nibh eget lorem nibh eget erat praesent, adipiscing aliquam turpis aliquam proin elit magna diam amet donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum massa molestie feugiat ut non pharetra congue ullamcorper adipiscing nisi sem at ac mi id ipsum lobortis sem consectetur dolore, praesent tempus, nibh volutpat dolor tincidunt euismod. Pulvinar nisi tellus sit lobortis volutpat dolor tincidunt, id pulvinar nunc tellus sit lobortis non pharetra dolore aliquet amet aliquet consectetur magna et elit erat praesent felis, tempus proin adipiscing. Aliquam et at ac diam nonummy dolore ullamcorper turpis, nisi proin elit, erat laoreet felis ipsum volutpat pharetra lobortis euismod pulvinar nunc euismod pulvinar, massa molestie sit ut non pharetra. Congue ullamcorper amet dolore, aliquet consectetur, magna diam nonummy aliquet adipiscing aliquam, sem mauris sed laoreet id ipsum nunc tellus sit congue ullamcorper, amet dolore ullamcorper amet nunc molestie sit. Magna, et elit donec aliquet adipiscing aliquet turpis nisi diam nonummy donec mi felis tempus ante adipiscing nisi sem consectetur congue ullamcorper amet congue, euismod pulvinar dolore aliquet turpis diam. Nonummy ipsum nunc molestie tempus ante mauris sed laoreet eget sed massa tellus feugiat lobortis volutpat dolor congue ullamcorper amet nunc tellus sit ut volutpat dolor volutpat dolor nunc tellus. Sit, ut sem consectetur donec diam adipiscing aliquam, proin at lorem et eget sed massa molestie feugiat massa molestie feugiat nibh eget sed, euismod, pulvinar nunc molestie feugiat lobortis eget. Sed laoreet id, ipsum massa, tellus feugiat ut non pharetra congue euismod amet nunc, molestie ipsum massa mauris lorem ante ac mi felis ipsum massa molestie, feugiat lobortis volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ipsum lobortis non pharetra congue aliquet turpis dolore, aliquet turpis ut sem pharetra. Congue ullamcorper amet dolore aliquet turpis, aliquam proin nonummy magna ullamcorper dolore, aliquet amet. Dolore sem consectetur magna et felis tempus, ante molestie lorem nibh mauris lorem et. Nonummy erat mi mauris lorem, nibh eget, sed id amet nunc tellus, sit ut. Volutpat pharetra, dolore praesent turpis, dolore proin at ac nibh elit donec, praesent adipiscing. Aliquam proin at ac et elit praesent id ipsum massa non pharetra congue aliquet. Turpis aliquam, ante volutpat dolor tincidunt tellus sit nisi sem, nonummy donec mi adipiscing. Aliquam eget dolor tincidunt ullamcorper amet dolore, aliquet sit ut non dolor, tincidunt aliquet. Adipiscing, lorem lobortis volutpat dolor laoreet id ipsum ante, mauris tempus ante mauris lorem. Euismod, pulvinar nunc molestie feugiat ut ullamcorper nonummy erat mi mauris tempus ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nonummy, dolore proin mauris sed congue ullamcorper amet nunc non pharetra magna diam elit, erat, ante volutpat feugiat lobortis. Euismod turpis aliquam sem at ac eget sed massa non pharetra magna ullamcorper pharetra congue, ullamcorper turpis nisi sem, consectetur. Magna, sem nonummy dolore, aliquet amet nisi sem consectetur magna tellus sit ut non pharetra magna ullamcorper nonummy aliquam ante. At lorem, lobortis eget, sed laoreet molestie ipsum massa molestie feugiat lobortis euismod pulvinar dolore at lorem diam nonummy magna. Diam nonummy donec massa non nonummy aliquam ante mauris, lorem nibh volutpat dolor laoreet id ipsum lobortis, molestie dolor lobortis. Adipiscing aliquam praesent adipiscing aliquam proin nonummy donec mi id ipsum ante mauris lorem lobortis eget dolor tincidunt molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet dolore aliquet turpis ac et nonummy erat mi adipiscing aliquam proin at ac proin elit ac diam nonummy dolore volutpat dolor tincidunt, euismod. Amet dolore aliquet turpis, ut non pharetra congue non pharetra dolore aliquet turpis nisi sem at ac et elit tempus, mauris lorem nibh eget sed. Tincidunt euismod ipsum nunc non sit ut non pharetra dolore aliquet adipiscing aliquam proin at erat mi, felis ipsum massa mauris, feugiat euismod amet nunc. Tellus sit ut tellus sit lobortis non amet dolore aliquet, turpis aliquam sem at, ac et, elit tempus lobortis non dolore praesent turpis nisi aliquet. Consectetur magna diam, nonummy erat praesent nonummy donec aliquet pulvinar massa id feugiat lobortis volutpat feugiat laoreet id ipsum massa, molestie, feugiat non nonummy donec. Praesent adipiscing aliquam, ante mauris, ac nibh eget sed laoreet, id, feugiat lobortis volutpat pharetra congue euismod pulvinar nunc molestie ipsum lobortis volutpat feugiat euismod. Dolor nunc aliquet turpis nisi sem nonummy erat massa tellus, sit, ut volutpat pharetra tincidunt id pulvinar, massa, at ac laoreet id ipsum lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt, tellus turpis ut sem sed nunc tellus pharetra congue diam amet donec praesent. Adipiscing aliquam et eget erat mi id ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt. Euismod aliquam et elit erat mi id aliquam proin mauris lorem, nibh eget dolor laoreet. Euismod feugiat lobortis volutpat pharetra congue ullamcorper amet dolore praesent at nunc tellus sit ut. Non pharetra, congue diam nonummy donec, praesent adipiscing, aliquam, et elit erat et felis tempus. Massa molestie lorem lobortis amet donec praesent adipiscing nisi proin at ac et elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna mi felis tempus, volutpat consectetur magna praesent adipiscing. Aliquam ante at ac et elit sed laoreet felis tempus proin. At aliquam proin elit erat mi euismod feugiat lobortis, id sit. Ut sem pharetra magna ullamcorper nonummy dolore, praesent adipiscing aliquam et. Elit sed laoreet felis ipsum massa mauris lorem nibh eget sed. Laoreet ipsum nunc tellus feugiat ut volutpat pulvinar dolore praesent at. Aliquam et elit, ac mi id tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut sem pharetra congue diam amet donec praesent, adipiscing lorem et elit erat praesent nonummy dolore praesent at ac et dolor. Nunc tellus sit nisi sem pharetra magna diam nonummy dolore aliquet sit nisi sem nonummy magna ullamcorper pharetra tincidunt euismod pulvinar nunc. Tellus consectetur et molestie feugiat lobortis molestie, feugiat lobortis euismod amet dolore praesent turpis ut non, pharetra lobortis, non pharetra congue ullamcorper. Pulvinar nisi sem consectetur congue, diam nonummy mi felis tempus lobortis volutpat dolor laoreet id tempus mi felis aliquam ante mauris ac. Nibh id ipsum massa molestie sit ut non dolore aliquet turpis dolore aliquet sit ut volutpat pharetra tincidunt ullamcorper amet donec tellus. Turpis nisi et eget donec praesent adipiscing donec praesent adipiscing aliquam nibh volutpat massa tellus feugiat massa volutpat pharetra tincidunt volutpat pulvinar. Tincidunt aliquet turpis ut, non consectetur ut non pharetra congue ullamcorper amet dolore aliquet pharetra ut, volutpat donec praesent felis aliquam sem. At ac, et elit erat praesent adipiscing donec proin mauris, lorem nibh id pulvinar, ut non pharetra congue ullamcorper amet congue ullamcorper. Dolore, sem at, ac, et elit erat praesent nonummy donec aliquet turpis ut tellus sit ut non pharetra congue aliquet amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper donec mi mauris, lorem nibh mauris sed nibh eget sed nunc molestie ipsum molestie lorem proin at ac diam elit erat praesent. Adipiscing nisi, sem consectetur magna diam elit donec mi felis tempus ante at aliquam, sem consectetur magna nonummy dolore aliquet turpis, dolore sem consectetur, nisi. Non pharetra tincidunt euismod pulvinar tincidunt euismod sed mi, felis tempus, proin eget lorem nibh laoreet id ante mauris lorem nibh volutpat dolor nibh id. Sed ante mauris tempus ante, mauris ac et elit erat mi, elit erat aliquet turpis et, eget sed laoreet id pulvinar ante mauris lorem nibh. Eget dolor laoreet id sed massa, felis ipsum ante at ac et elit erat mi felis erat felis lorem, ante at ac diam consectetur magna. Euismod amet nunc tellus sit ut tellus feugiat, lobortis, eget sed nibh eget, erat et elit erat mi adipiscing et elit sed, laoreet id ipsum. Ante mauris tempus proin adipiscing ac et eget sed mi felis aliquam praesent adipiscing aliquam sem consectetur magna ullamcorper pharetra praesent adipiscing aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa tellus pharetra ut volutpat dolor congue ullamcorper nunc tellus feugiat massa molestie lorem et. Elit magna diam consectetur donec aliquet, amet dolore tellus sit nunc mauris lorem ante eget lorem. Nibh eget, laoreet id tempus ante at, ac proin elit erat mi felis tempus ante felis. Aliquam ante, mauris ac et nonummy magna, diam nonummy dolore aliquet aliquam et at magna diam. Nonummy, erat proin turpis nisi sem consectetur magna diam nonummy erat ullamcorper amet, nunc aliquet, turpis. Nisi sem, magna diam nonummy, dolore aliquet turpis nisi sem pharetra magna diam amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi non congue, ullamcorper nonummy donec praesent turpis ut sem pharetra congue non dolor laoreet id sed mi, id tempus ante, felis tempus proin turpis. Nisi consectetur congue euismod amet nunc, euismod pulvinar nunc tellus sit ut non sed tincidunt ullamcorper amet nunc, molestie ipsum lobortis molestie lorem nibh eget sed. Aliquet turpis nisi non consectetur magna diam amet nunc, tellus sit ut, non pharetra ut volutpat sed laoreet, eget sed laoreet id tempus massa molestie feugiat. Nibh dolor, laoreet id ipsum massa molestie sit lobortis eget dolor nibh elit magna diam adipiscing donec praesent at ac et at magna diam erat, ante. Mauris tempus proin at magna, diam elit donec diam nonummy donec proin adipiscing nisi sem pharetra ut non, dolor lobortis euismod, pulvinar nunc tellus sit volutpat. Pharetra, erat mi adipiscing donec sem consectetur magna diam nonummy, donec diam amet dolore ullamcorper pulvinar nunc id ipsum massa, mauris ac et at nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus pulvinar ut tellus feugiat nibh mauris lorem et at. Sed massa, ipsum massa mauris lorem nibh, volutpat dolor laoreet id. Ipsum ante mauris lorem ante, at lorem et nonummy donec diam. Amet dolore aliquet adipiscing aliquam sem, sed laoreet id feugiat ante. Mauris lorem et eget erat et felis donec praesent nonummy dolore. Aliquet turpis nisi sem pharetra ut, eget sed nibh ipsum, massa. Molestie sit ut non dolor tincidunt euismod dolor tincidunt id ipsum. Massa mauris tempus ante at magna diam, nonummy donec diam dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, ipsum, massa mauris lorem et elit ac diam felis erat mi felis, lorem, nibh dolor, tincidunt euismod pulvinar nunc tellus sit ut, ullamcorper amet dolore ullamcorper. Turpis dolore aliquet turpis ut non dolor lobortis volutpat dolor tincidunt euismod pulvinar tellus, sit tincidunt volutpat dolor laoreet id ipsum mi felis tempus ante adipiscing nisi. Sem consectetur magna ullamcorper amet, congue, ullamcorper turpis dolore tellus turpis nisi nonummy donec praesent nonummy donec aliquet sit nunc molestie feugiat lobortis eget sed laoreet id. Sed, laoreet felis tempus ante mauris, aliquam proin ac diam nonummy magna diam nonummy donec aliquet turpis nisi sem consectetur magna ullamcorper amet congue euismod ipsum massa. Molestie sit ut non pharetra, congue ullamcorper pulvinar tellus pulvinar nunc tellus sit lobortis euismod pulvinar, tincidunt, tellus, pulvinar nunc id ipsum massa mauris lorem proin, at. Ac mi felis erat mi adipiscing aliquam aliquet magna et felis erat praesent adipiscing aliquam praesent turpis nisi, non pharetra lobortis volutpat sed, laoreet eget sed laoreet. Id lobortis, volutpat dolor lobortis eget sed mi felis, erat praesent adipiscing aliquam proin adipiscing aliquam sem, pharetra ut non dolor congue ullamcorper amet nunc molestie ipsum. Massa feugiat lobortis euismod amet dolore tellus pulvinar massa molestie lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis mauris feugiat lobortis eget, erat mi. Id massa mauris feugiat nibh eget sed, mi elit erat praesent adipiscing donec praesent turpis nisi non pharetra ut volutpat dolor tincidunt euismod, ipsum massa molestie feugiat. Mi id ipsum ante mauris tempus ante eget lorem nibh eget donec praesent adipiscing, donec aliquet, sit ut non sit ut non pharetra tincidunt euismod pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ante mauris lorem nibh, eget, sed ante felis proin mauris. Dolor tincidunt ullamcorper pulvinar nunc molestie ipsum, ante at lorem nibh. Eget erat mi felis, tempus ante, felis tempus, proin at magna. Diam erat mi adipiscing, aliquam proin adipiscing, nisi et at ac. Et elit donec praesent turpis nisi proin consectetur ac et elit. Erat mi, felis, tempus volutpat dolor tincidunt euismod pulvinar nunc, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh elit erat mi felis tempus, massa mauris dolor. Mi felis aliquam ante at lorem nibh elit, donec praesent. Adipiscing donec aliquet amet dolore aliquet sit lobortis, molestie, feugiat. Tincidunt ullamcorper amet nunc, euismod massa non pharetra tincidunt ullamcorper. Nonummy aliquam praesent adipiscing nisi non pharetra ut volutpat lorem. Laoreet, eget sed laoreet molestie sit ut, non pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris, tempus ante at, ac et elit erat, mi adipiscing aliquam, praesent at ac proin ac et amet. Donec, praesent adipiscing nisi sem turpis nisi, non consectetur magna praesent nonummy aliquam proin adipiscing, nisi sem consectetur congue, volutpat. Pharetra aliquet adipiscing aliquam, et consectetur magna sem consectetur congue euismod amet tincidunt id tempus ante adipiscing donec proin adipiscing. Aliquam et elit sed laoreet id, ipsum mauris ac et eget sed laoreet felis ipsum magna tincidunt proin ullamcorper mauris. Consectetur ipsum nunc proin id sit lorem tincidunt ullamcorper at dolor nisi mi molestie turpis ut, sem nonummy magna diam. Nonummy aliquam, ante at ac et nonummy erat praesent felis aliquam praesent turpis dolore tellus feugiat lobortis amet dolore aliquet. Turpis dolore aliquet sit nunc tellus dolor lobortis volutpat dolor laoreet id erat laoreet adipiscing tempus proin turpis, nisi non. Pharetra ut, non pharetra ullamcorper turpis dolore tellus pulvinar lobortis volutpat feugiat, tincidunt euismod sed tincidunt id sed laoreet id. Ipsum nibh volutpat dolor aliquet adipiscing nisi, sem, consectetur magna sem amet dolore aliquet amet nisi aliquet, turpis ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis aliquam et elit magna diam pharetra dolore ullamcorper turpis nisi tellus sit ut ut non amet congue ullamcorper amet nisi elit erat et, elit erat. Ante volutpat pharetra tincidunt volutpat pulvinar nunc aliquet, turpis magna, sem nonummy magna diam nonummy donec aliquet adipiscing ac et, erat laoreet id, feugiat, lobortis molestie lorem. Et elit sed mi id ipsum massa molestie lorem, nibh eget lorem, tincidunt id ipsum massa molestie ipsum ante mauris lobortis eget erat mi id ipsum massa. Molestie dolor congue, euismod nonummy donec aliquet consectetur nisi diam nonummy erat mi felis ipsum massa feugiat nibh eget sed laoreet id ipsum massa molestie lorem nibh. Mauris erat tincidunt, id ipsum, ante molestie sit ut volutpat sed laoreet id ipsum massa, molestie magna et elit ipsum lobortis non pharetra congue euismod amet, dolore. Aliquet turpis magna et id pulvinar ut, non consectetur magna praesent adipiscing aliquam proin at, tincidunt euismod pulvinar, massa tellus ipsum lobortis volutpat, feugiat congue diam nonummy. Donec proin mauris sed nibh, elit erat, mi, feugiat lobortis volutpat dolor tincidunt id ipsum massa molestie feugiat lobortis volutpat feugiat nibh eget sed mi felis tempus. Massa molestie lorem nibh eget sed laoreet id nunc non sit congue non dolor tincidunt euismod pulvinar nunc euismod sit lobortis volutpat dolor lobortis volutpat dolor tincidunt. Euismod, pulvinar ut sem consectetur congue, ullamcorper amet proin at lorem lobortis eget sed laoreet id feugiat lobortis molestie feugiat tincidunt ullamcorper, amet, dolore aliquet, turpis nisi. Diam elit sed laoreet id ipsum ante, molestie laoreet id ipsum, massa tellus turpis nisi et elit erat ante mauris feugiat tincidunt euismod dolor tincidunt euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet aliquam ante volutpat dolor tincidunt euismod turpis nisi proin, at sed, laoreet euismod sit sem, nonummy erat praesent adipiscing tempus nibh eget sed tincidunt euismod ipsum laoreet. Felis feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt euismod pulvinar molestie, sit magna diam amet donec praesent turpis nisi sem consectetur magna diam amet, dolore aliquet turpis, nisi. Sem consectetur nisi diam elit tempus nunc molestie feugiat volutpat lorem nibh eget sed mi felis aliquam proin adipiscing ac nibh, eget ipsum massa molestie sit ut molestie feugiat. Lobortis euismod pulvinar tellus turpis magna sem nonummy donec mi, felis aliquam proin mauris ac sem pharetra congue ullamcorper amet dolore aliquet amet nunc molestie feugiat ut non pharetra. Magna amet dolore praesent consectetur ac nibh elit, donec mi felis tempus ante mauris ac nibh eget sed massa molestie feugiat massa mauris feugiat, lobortis volutpat sed, mi sit. Nisi non, consectetur magna ullamcorper amet donec praesent at ac, et id pulvinar nunc aliquet sit, ut non pharetra ullamcorper turpis aliquam proin consectetur nisi sem consectetur donec diam. Nonummy donec praesent sit nisi sem at ac diam nonummy donec aliquet turpis nisi sem consectetur magna pharetra, congue ullamcorper nonummy, donec proin at ac diam nonummy, donec praesent. Adipiscing aliquam ante at ac et eget erat, et nonummy donec praesent adipiscing nisi eget lorem mi id ipsum ante, felis, lorem nibh, eget sed laoreet id ipsum massa. Tellus sit ut non pharetra dolore praesent adipiscing aliquam ante elit erat, aliquet turpis ac et eget sed massa id tempus nibh mauris sed nibh eget sed laoreet id. Tempus ante, mauris lorem et at erat laoreet id ipsum molestie sit ut euismod amet dolore tellus turpis ut non pharetra ut volutpat dolor, lobortis euismod pulvinar dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent felis lorem proin at lorem laoreet euismod, pulvinar nunc tellus feugiat ut non tincidunt id pulvinar, dolore. Sem at erat mi felis tempus ante felis lorem lobortis eget sed laoreet id pulvinar nunc tellus pharetra, congue. Ullamcorper nonummy aliquet adipiscing aliquam proin at erat mi felis erat mi, felis tempus nibh eget sed tincidunt, id. Ipsum, nunc non pharetra congue diam amet, dolore praesent aliquam proin, elit erat mi felis erat mi mauris tempus. Nibh volutpat pulvinar, nunc tellus turpis magna diam nonummy, magna ullamcorper, nonummy dolore turpis nisi non pharetra congue ullamcorper. Amet dolore praesent adipiscing tempus proin at sed mi id ipsum massa molestie lorem, nibh mauris lorem nibh elit. Erat laoreet, tempus massa volutpat dolor congue aliquet turpis nisi proin at erat laoreet id ipsum ante mauris feugiat. Ut, volutpat pulvinar nunc euismod ipsum massa molestie feugiat ut dolor congue ullamcorper amet dolore aliquet consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet sit nisi sit ut non amet congue euismod pulvinar ut non consectetur magna et nonummy donec praesent. Adipiscing tempus nibh, mauris, erat laoreet felis tempus ante lorem ante eget sed tincidunt id ipsum nunc tellus sit congue. Ullamcorper amet dolore aliquet amet dolore sem turpis nisi diam elit donec praesent felis ante mauris lorem nibh elit erat. Mi, felis, tempus massa molestie dolor tincidunt euismod amet dolore aliquet turpis ut sem pharetra congue euismod pulvinar nunc, tellus. Nisi diam elit erat laoreet felis ipsum massa volutpat dolor, tincidunt euismod pulvinar nunc molestie sit lobortis volutpat feugiat nibh. Eget pulvinar tincidunt, euismod massa mauris feugiat lobortis eget dolor laoreet id sed laoreet felis aliquam ante at aliquam proin. At magna et elit erat ante mauris tempus ante mauris, ac nonummy erat, praesent nonummy donec proin at ac, et. Elit erat, mi felis ipsum, massa molestie lorem lobortis euismod pulvinar nunc tellus turpis nisi non consectetur magna adipiscing lorem. Nibh, volutpat dolor, tincidunt ullamcorper amet nisi proin consectetur, magna et elit erat ante felis tempus, ante mauris laoreet, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut ullamcorper adipiscing tempus ante mauris sed nibh eget et elit, tempus massa mauris tempus proin at, ac et. Elit erat mi felis tempus, ante mauris ac et eget erat mi adipiscing aliquam praesent turpis et elit erat mi. Felis tempus, massa molestie dolor lobortis volutpat sed laoreet eget ipsum ante adipiscing aliquam proin at aliquam sem, pharetra ac. Et aliquam proin at ac, et elit erat mi elit erat praesent adipiscing, tempus nibh eget sed laoreet eget sed. Nunc tellus sit congue ullamcorper pharetra ullamcorper turpis, nisi proin, at, erat laoreet felis ipsum massa mauris tempus ante consectetur. Ac nibh nonummy donec praesent, adipiscing aliquam praesent turpis nisi proin congue ullamcorper amet dolore ullamcorper amet nunc, aliquet at. Magna et elit erat ante, mauris lorem nibh eget sed nibh eget sed mi adipiscing, aliquam proin at proin at. Ac mi felis ipsum ante molestie lorem nibh eget sed laoreet euismod ipsum nunc tellus sit ut non, pharetra dolore. Proin at lorem nibh eget laoreet molestie turpis ut sem consectetur dolore aliquet turpis nisi sem at magna sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis ut sem consectetur magna diam amet congue euismod amet dolore aliquet turpis nisi non pharetra ullamcorper nonummy donec aliquet. Turpis magna sem nonummy congue diam nonummy, donec, aliquet turpis aliquam proin elit erat mi elit erat, mi felis tempus consectetur. Magna et felis tempus massa mauris feugiat lobortis volutpat pharetra congue euismod sit nunc non pharetra, ut, ullamcorper amet congue ullamcorper. Amet dolore aliquet turpis nisi consectetur magna praesent adipiscing tempus proin at ac nibh id, ipsum massa tellus sit ut ullamcorper. Pharetra dolore praesent adipiscing nisi sem, consectetur diam felis, tempus massa molestie lorem lobortis mauris ac, nibh id pulvinar nunc non. Pharetra, congue et nonummy aliquam, praesent adipiscing nisi sem turpis ut non, pharetra ullamcorper adipiscing aliquam, proin consectetur ac nibh eget. Sed laoreet molestie sit, congue non amet donec praesent at ac proin, at, erat et elit erat mi aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent felis tempus proin eget sed tincidunt aliquet turpis nisi at ac mi felis, tempus massa molestie feugiat ante mauris lorem nibh elit. Sed massa molestie feugiat nibh volutpat sed laoreet id ipsum nunc molestie sit et nonummy donec praesent turpis dolore aliquet consectetur magna, et felis. Tempus nunc non nonummy donec praesent adipiscing ipsum ante eget lorem nibh eget mi id ipsum ante molestie feugiat tincidunt volutpat dolor nunc euismod. Pulvinar ut non pharetra congue diam nonummy dolore aliquet adipiscing ac et elit laoreet id feugiat lobortis non pharetra lobortis volutpat dolor tincidunt euismod. Pulvinar ut sem consectetur ut euismod, pulvinar dolore aliquet turpis, nisi proin elit erat mi elit ante, mauris feugiat tincidunt euismod dolor laoreet felis. Tempus ante felis aliquam proin, at ac et elit erat mi id ipsum massa, molestie dolor tincidunt euismod nunc aliquet, sit nisi sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin mauris lorem laoreet id pulvinar, nunc tellus congue diam id tempus. Ante molestie feugiat tincidunt euismod dolor massa tellus feugiat massa molestie dolor lobortis. Ullamcorper amet donec proin at ac diam eget laoreet id feugiat, lobortis volutpat. Amet donec praesent turpis aliquam proin elit erat, mi, felis ipsum ante felis. Tempus ante at, ac nibh eget mi id tempus ante mauris lorem et. Elit sed laoreet id ipsum massa mauris tempus, nibh volutpat dolor tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra congue tellus, pulvinar ut non sit massa molestie dolor tincidunt ullamcorper amet dolore. Aliquet consectetur ac mi felis erat, mi, tempus nibh eget dolor, laoreet id ipsum massa, molestie. Sit congue ullamcorper amet donec proin at lorem lobortis volutpat dolor nunc tellus turpis ut non. Magna praesent felis, tempus ante at, ac et elit erat et adipiscing, donec praesent turpis nisi. Sem consectetur magna diam nonummy erat mi felis tempus proin ac et elit donec mi adipiscing. Donec proin at ac nibh, eget ipsum massa id tempus massa molestie dolor tincidunt euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh eget, dolor laoreet eget sed laoreet adipiscing tempus, proin mauris, lorem, nibh, volutpat ipsum molestie feugiat nisi sem nonummy donec diam, amet. Donec sem consectetur, nisi non pharetra congue ullamcorper, amet dolore praesent adipiscing aliquam proin, consectetur congue pharetra dolore ullamcorper amet nunc tellus sit nisi non. Pharetra, congue ullamcorper pulvinar nunc tellus turpis nisi non pharetra congue ullamcorper amet dolore, aliquet turpis nisi sem magna diam amet congue ullamcorper pulvinar tincidunt. Id ipsum massa, molestie feugiat, lobortis eget dolor, tincidunt euismod pulvinar massa molestie sit ut non donec, praesent at lorem, nibh elit ac mi id. Pulvinar ut ante eget sed nibh elit sed mi felis donec, praesent adipiscing aliquam sem at ac mi tempus massa mauris feugiat nibh, eget dolor. Laoreet euismod sit nisi sem consectetur magna diam adipiscing aliquam praesent adipiscing ac nibh eget sed tincidunt tellus consectetur magna, elit erat praesent felis aliquam. Proin mauris dolor, nunc euismod, ipsum massa tellus feugiat lobortis volutpat feugiat nibh volutpat sed felis tempus mi mauris tempus proin, mauris lorem et eget. Tempus massa, tellus pharetra ut volutpat sed laoreet euismod amet, dolore, non consectetur ac et elit erat volutpat dolor magna ullamcorper pulvinar nunc tellus sit. Ut sem elit donec mi id ipsum ante, mauris ac et elit erat laoreet molestie feugiat massa molestie feugiat eget sed, laoreet euismod ipsum ante. Felis lorem nibh eget sed tincidunt id sit, ut tellus, sit ut ullamcorper amet tincidunt, euismod amet dolore, tellus turpis nisi, elit erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, dolore aliquet turpis aliquam elit erat et elit aliquam proin mauris feugiat tincidunt euismod dolor, tincidunt euismod ipsum massa felis tempus proin consectetur. Ac et eget ipsum laoreet molestie ante at, lorem et elit erat laoreet id feugiat ut non dolor tincidunt, euismod amet nunc tellus sit. Ut non consectetur magna praesent felis aliquam adipiscing ac et elit erat laoreet id tempus ante, mauris feugiat lobortis eget sed laoreet euismod pulvinar. Massa tellus sit, congue ullamcorper amet dolore adipiscing ac et, eget ipsum, massa molestie sit lobortis volutpat feugiat, nibh eget sed, laoreet id pulvinar. Massa molestie dolor, tincidunt ullamcorper amet nunc aliquet adipiscing et, elit sed massa molestie tempus ante mauris ac et, elit erat mi elit donec. Mi felis tempus ante mauris ac et elit sed mi felis tempus mauris, sed laoreet id pulvinar massa tellus sit magna et elit erat. Ante mauris lorem, ante mauris ac, nibh elit erat ante, mauris lorem lobortis volutpat, dolor ullamcorper turpis nisi, et id ipsum massa id feugiat. Nisi diam nonummy donec praesent nonummy nisi sem at ac et erat laoreet id ipsum, lobortis eget dolor tincidunt euismod pulvinar nunc tellus feugiat. Massa mauris feugiat lobortis volutpat pulvinar nunc tellus sit nunc tellus feugiat lobortis volutpat tincidunt, tellus sit ut non pharetra ut non dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nunc sem turpis nisi diam eget. Sed massa molestie, sit magna diam nonummy donec. Proin at ac, nibh id ipsum nunc molestie. Feugiat ut consectetur magna diam adipiscing tempus ante. Mauris lorem nibh elit erat mi felis tempus. Ante mauris sed, nibh id pulvinar, dolore aliquet. Consectetur magna elit erat, mi mauris tempus ante. Eget sed ullamcorper amet dolore praesent amet, nunc. Tellus, feugiat lobortis molestie dolor nibh elit, erat. Mi, id tempus mi mauris, nibh, volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus, sit ut non amet congue aliquet amet. Dolore sem consectetur ac, et donec praesent nonummy nisi. Aliquet turpis ut non pharetra, congue non pharetra tincidunt. Euismod pulvinar nunc molestie feugiat, lobortis molestie feugiat et. At erat et erat mi felis aliquam sem at. Lorem et elit sed, laoreet id lorem nibh, eget. Sed tincidunt euismod ipsum laoreet id tempus mi felis. Aliquam at ac mi felis tempus praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra ut non pharetra congue ullamcorper amet nunc consectetur congue ullamcorper nonummy dolore ullamcorper amet dolore. Sem consectetur ut non dolor lobortis eget sed nibh eget erat praesent felis aliquam aliquet, amet ut. Sit congue non amet congue ullamcorper amet tincidunt euismod pulvinar massa molestie lorem, ante mauris ac diam. Nonummy donec diam nonummy dolore aliquet sit ut sit ut molestie feugiat lobortis eget, erat mi id. Ipsum massa molestie lorem lobortis volutpat sed nibh eget sed mi felis tempus proin ac proin at. Ac et felis ipsum ante mauris lorem et, elit erat et, elit donec praesent, amet dolore tellus. Sit ut tellus sit ut, volutpat dolor euismod pulvinar nunc tellus feugiat massa molestie lorem, et elit. Erat mi felis tempus mi adipiscing dolore aliquet turpis nunc non pharetra congue non pharetra tincidunt id. Massa molestie, feugiat massa molestie lorem, et elit ac, et, nonummy erat praesent adipiscing nisi sem turpis. Nisi non consectetur magna diam nonummy, dolore aliquet turpis, proin at ac mi felis erat proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna, praesent adipiscing, sem consectetur. Ac diam nonummy donec praesent nonummy donec ullamcorper. Pulvinar, nunc tellus pharetra congue ullamcorper pharetra, congue. Aliquet turpis, dolore aliquet sit ut non, congue. Euismod pulvinar dolore tellus sit ut tellus pharetra. Congue, ullamcorper pharetra laoreet id sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at erat mi elit erat ullamcorper amet dolore, aliquet, adipiscing, magna sem, sit lobortis volutpat, sed laoreet id. Pulvinar massa id ipsum, massa feugiat lobortis eget erat mi nonummy, erat mi mauris tempus ante mauris magna, sem. Pharetra magna ullamcorper amet donec aliquet turpis dolore non consectetur ullamcorper amet dolore ullamcorper amet nisi sem at magna. Diam consectetur magna diam pulvinar dolore aliquet adipiscing nisi sem pharetra ut non pharetra congue, ullamcorper pulvinar massa feugiat. Lobortis non consectetur dolore ullamcorper pulvinar nunc, euismod, pulvinar nunc mauris lorem ante eget lorem et nonummy magna ullamcorper. Amet donec aliquet dolore tellus sit ut ullamcorper amet, dolore ullamcorper pulvinar nunc euismod pulvinar massa molestie sit, lobortis. Eget lorem laoreet eget erat, mi, adipiscing tempus ante at ac, consectetur magna diam pharetra, tincidunt euismod dolor tincidunt. Tellus sit massa mauris feugiat nibh eget sed laoreet id, ipsum laoreet id tempus ante, mauris lorem eget sed. Mi felis, ipsum ante mauris tempus proin at, ac et nonummy donec diam, adipiscing donec praesent adipiscing nisi diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus ante mauris sed laoreet id tempus, ante felis tempus, nibh. Eget pharetra tincidunt euismod pulvinar massa pharetra magna ullamcorper amet dolore aliquet. Felis lorem nibh eget lorem laoreet felis tempus mi felis aliquam proin. Mauris sed nibh, euismod pulvinar nunc consectetur magna diam nonummy donec praesent. Adipiscing tempus sem consectetur magna sem consectetur magna, diam, nonummy donec proin. Adipiscing ac et, eget sed nunc tellus sit ut, feugiat tincidunt ullamcorper. Amet nisi proin elit erat laoreet felis tempus ante mauris feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus, sit. Nisi diam nonummy donec mi mauris feugiat nibh volutpat dolor euismod pulvinar massa. Molestie sit congue non pharetra dolore aliquet, turpis aliquam, et at erat mi. Id feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc pulvinar nunc non sit. Ut ullamcorper pharetra dolore aliquet adipiscing nisi sem consectetur nisi ullamcorper amet dolore. Aliquet adipiscing aliquam ante mauris lorem nibh, eget ipsum sem, consectetur donec mi. Id feugiat lobortis molestie feugiat laoreet euismod, pulvinar massa, tellus sit, ut sem. Nonummy donec diam amet nisi sem turpis, diam consectetur magna diam adipiscing aliquam. Ante mauris sed tincidunt euismod ipsum nunc tellus sit lobortis molestie dolor, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc molestie consectetur donec praesent felis tempus ante eget lorem nibh, id sed laoreet, id ipsum lobortis molestie feugiat nibh sed laoreet felis tempus massa tellus sit. Ut euismod dolor tincidunt euismod ipsum laoreet felis tempus ante at ac et elit erat, laoreet id ipsum molestie dolor tincidunt euismod pulvinar nunc euismod, tempus massa, molestie. Sit ut ullamcorper nonummy aliquam proin mauris, sed laoreet id ipsum nunc tellus feugiat massa molestie lorem elit dolor tincidunt id, ipsum ante molestie feugiat lobortis eget sed. Laoreet id ipsum massa molestie feugiat lobortis molestie dolor lobortis volutpat dolor sem elit sed laoreet id ipsum ante molestie lorem lobortis volutpat, sed, laoreet id ipsum laoreet. Id, tempus ante mauris feugiat nibh elit erat mi felis tempus adipiscing aliquam proin turpis magna sem pharetra congue volutpat dolor, tincidunt tellus sit nunc non pharetra congue. Ullamcorper pharetra dolore ullamcorper amet nunc aliquet turpis nisi pharetra congue euismod amet dolore, euismod sit nunc non sit congue, non pharetra dolore aliquet turpis nisi sem consectetur. Congue amet dolore mi felis lorem et elit ac mi elit erat mi felis tempus proin at lorem, nibh id sed mi adipiscing aliquam praesent adipiscing aliquam proin. Ac laoreet felis ipsum, ante mauris tempus ante at, ac et felis erat ante molestie sit ut, volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut ullamcorper, dolore. Praesent adipiscing tempus ante elit erat, laoreet euismod ipsum nunc non sit ut volutpat dolor laoreet elit donec mi felis tempus ante mauris feugiat, lobortis volutpat mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod pulvinar nunc, aliquet turpis nisi sit ut non amet dolore, aliquet amet nunc, molestie feugiat, lobortis volutpat pharetra dolore ullamcorper turpis nisi sem at magna. Diam, nonummy donec praesent nonummy ante eget dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat pharetra dolore ullamcorper, amet nunc tellus sit, ut non pharetra congue euismod. Pulvinar nunc pulvinar ut, tellus sit ut volutpat dolor tincidunt id ipsum laoreet molestie feugiat lobortis volutpat dolor congue euismod pulvinar nunc tellus pulvinar nunc pharetra congue ullamcorper. Pulvinar dolore aliquet adipiscing aliquam proin at ac et elit donec praesent turpis dolore sem consectetur ac mi id ipsum nunc tellus dolor tincidunt pulvinar nunc euismod ipsum. Massa molestie feugiat lobortis volutpat sed tincidunt ullamcorper turpis nisi sem at ac et nonummy erat praesent turpis nisi sem consectetur magna sem donec mi adipiscing aliquam proin. At, lorem et eget, sed massa id ipsum massa mauris feugiat nibh volutpat, sed, mi donec diam adipiscing dolore praesent adipiscing magna sem consectetur donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum massa molestie sit lobortis. Non consectetur donec mi felis aliquam. Ante eget lorem nibh eget sed. Laoreet tellus pharetra congue ullamcorper nonummy. Praesent at lorem, nibh eget erat. Mi id pulvinar lobortis volutpat pharetra. Congue diam adipiscing tempus nibh, eget. Pharetra congue aliquet turpis ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat sed tincidunt molestie sit nisi sem consectetur magna diam nonummy aliquam, proin at lorem laoreet euismod pulvinar tellus sit ut non dolor tincidunt, euismod. Turpis nisi aliquet turpis magna diam elit erat mi adipiscing lorem ante mauris sed tincidunt euismod pulvinar tellus sit, lobortis non pharetra congue ullamcorper turpis aliquam. Sem at magna diam, elit erat praesent adipiscing tempus proin at, ac nibh eget sed laoreet molestie ut diam nonummy donec praesent adipiscing ac nibh, euismod. Amet nisi sem consectetur magna diam nonummy donec praesent felis lorem nibh eget dolor, tincidunt pulvinar nunc non pharetra congue ullamcorper elit erat praesent adipiscing nisi. Sem at erat diam elit erat mi adipiscing aliquam, proin at nisi non pharetra congue diam tempus massa volutpat dolor congue ullamcorper amet dolore aliquet turpis. Nisi non consectetur, magna praesent adipiscing, tempus proin mauris ac nibh elit sed mi adipiscing tempus turpis nisi, tellus pharetra ut ullamcorper amet, congue aliquet turpis. Aliquam proin elit ac mi felis erat mi adipiscing, tempus at lorem laoreet id ipsum nunc non sit ut volutpat pharetra donec praesent adipiscing aliquam sem. Consectetur magna et elit donec mi felis lorem ante mauris lorem elit sed laoreet id ipsum massa, mauris lorem nibh eget sed laoreet molestie ipsum lobortis. Volutpat dolor tincidunt ullamcorper turpis aliquam proin at, magna diam nonummy donec id feugiat ante mauris sed nibh eget sed laoreet elit erat aliquet turpis nisi. Aliquet consectetur magna diam elit erat ante mauris tempus, ante at ac nibh turpis ut tellus sit ut ullamcorper, amet dolore ullamcorper amet nisi, sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie lorem lobortis volutpat dolor nunc euismod, pulvinar nisi proin elit, sed laoreet. Id ipsum lobortis volutpat dolor congue euismod, nisi ante at magna diam nonummy donec. Praesent adipiscing aliquam proin at aliquam proin at magna diam adipiscing aliquam proin at. Lorem nibh eget sed id feugiat lobortis volutpat feugiat lobortis eget lorem et elit. Erat praesent adipiscing aliquam proin at ac nibh elit erat laoreet id, ipsum massa. Molestie dolor tincidunt amet dolore aliquet consectetur magna diam nonummy, donec praesent adipiscing, aliquam. Proin eget dolor laoreet eget, erat laoreet, id ipsum massa, molestie ac eget sed. Tincidunt tellus sit ut sem pharetra magna diam nonummy dolore aliquet sit ut sem. Consectetur ac mi adipiscing, tempus ante mauris, lorem lobortis volutpat dolor tellus sit, ut. Sem consectetur magna diam nonummy, dolore aliquet, sit ut non nonummy donec, praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit, sed laoreet molestie ipsum ante molestie. Feugiat lobortis euismod dolor nunc tellus sit, nisi. Sem nonummy donec praesent adipiscing donec molestie dolor. Tincidunt id pulvinar massa molestie feugiat ut non. Pharetra magna ullamcorper amet dolore tellus turpis nisi. Diam nonummy donec diam amet donec aliquet nisi. Sem at magna et, nonummy erat mi felis. Tempus lobortis euismod pulvinar nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, tempus nibh eget sed laoreet id ipsum dolore sem, consectetur ac et nonummy, dolore ullamcorper. Amet nisi aliquet, consectetur ac diam nonummy donec mi tempus nibh eget dolor laoreet elit sed. Massa tellus pharetra ut non pharetra, congue euismod amet, dolore proin at ac et felis erat. Ante mauris ut, volutpat, pharetra congue ullamcorper, amet ut non consectetur magna et felis tempus ante. Felis aliquam proin at magna et elit erat mi felis aliquam proin at, et eget erat. Laoreet molestie ipsum massa mauris feugiat tincidunt volutpat sed laoreet felis tempus mi felis lorem nibh. Mauris sed tincidunt euismod ut non pharetra congue ullamcorper, amet congue ullamcorper amet dolore molestie feugiat. Ut non dolor tincidunt eget dolor nunc tellus sit ut sem pharetra congue, diam adipiscing aliquet. Adipiscing ac nibh eget ipsum massa id feugiat ante molestie feugiat lobortis euismod dolor nunc tellus. Sit ut non nonummy donec praesent felis tempus ante mauris laoreet id sed laoreet molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet adipiscing ac et elit, erat elit. Erat mi mauris, lorem nibh at ac nibh. Eget sed laoreet id ipsum massa molestie lorem. Nibh eget sed massa id feugiat ut, volutpat. Congue diam, nonummy donec sem sit ut non. Pharetra congue non pharetra congue aliquet amet ut. Non pharetra congue diam nonummy donec, praesent adipiscing. Tempus mauris erat mi elit erat praesent, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et eget sed massa molestie pharetra magna, diam elit. Ante mauris, lorem et eget, sed mi id ipsum massa. Molestie sit congue non amet nunc tellus sit nisi sem. Consectetur ac et felis tempus at aliquam et elit erat. Laoreet euismod pulvinar massa tellus, pharetra donec praesent adipiscing tempus. Ante mauris lorem nibh elit erat, laoreet id feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam nonummy donec praesent felis tempus proin consectetur magna diam elit erat mi, id feugiat lobortis sed tincidunt euismod amet dolore sem at ac. Mi felis ipsum massa molestie lorem, tincidunt ullamcorper nonummy dolore praesent adipiscing nisi diam, nonummy donec, tellus sit lobortis molestie dolor tincidunt euismod pulvinar dolore. Sem elit ac et nonummy erat, ante felis tempus proin mauris ac et, eget sed massa tellus, feugiat volutpat dolor laoreet id pulvinar nunc aliquet. Turpis ac laoreet, id sit, nunc molestie feugiat lobortis, eget, sed laoreet euismod sit nunc tellus ut non amet dolore aliquet turpis aliquam, proin elit. Ac mi felis erat mi felis tempus ante mauris sed et elit donec mi felis aliquam ante, mauris nibh eget sed massa molestie ipsum massa. Mauris lorem nibh elit, erat mi felis erat mi, mauris lorem lobortis volutpat sed laoreet id erat mi felis aliquam turpis nisi sem consectetur magna. Et elit erat mi felis tempus ante eget sed mi felis tempus mi felis tempus proin at ac, et at nunc tellus sit ut ullamcorper. Nonummy tempus ante mauris lorem, nibh volutpat sed, laoreet, euismod, pulvinar nunc non, pharetra congue ullamcorper nonummy dolore praesent adipiscing aliquam proin, magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at magna et elit erat ante mauris nibh volutpat. Dolor dolore aliquet sit, nisi proin at ac et felis feugiat. Lobortis non, pharetra, congue ullamcorper amet dolore, sem at magna et. Elit mi mauris feugiat, ut non pharetra congue euismod pulvinar nunc. Tellus pharetra magna, et, elit tempus ante molestie lorem nibh volutpat. Sed laoreet id, ipsum tellus sit lobortis volutpat pharetra laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam massa, molestie feugiat lobortis volutpat ipsum, nunc aliquet at diam elit erat mi felis tempus, ante mauris lorem, nibh eget, sed laoreet id feugiat lobortis volutpat feugiat. Laoreet, id ipsum massa, molestie feugiat lobortis molestie tincidunt euismod amet dolore aliquet turpis nisi sem pharetra lobortis, volutpat dolor laoreet eget sed laoreet molestie tempus lobortis molestie. Feugiat tincidunt, euismod pulvinar dolore, volutpat pulvinar tincidunt, euismod sit, nisi sem consectetur magna ullamcorper amet congue euismod amet, nunc molestie feugiat ut non dolor tincidunt euismod pulvinar. Aliquet consectetur magna et nonummy donec praesent nonummy donec praesent turpis nisi non pharetra congue ullamcorper pharetra congue ullamcorper amet dolore, aliquet turpis ut non, pharetra congue amet. Dolore aliquet turpis magna diam elit magna, diam nonummy aliquam proin at aliquam et, elit, erat, laoreet id tempus ante molestie feugiat lobortis volutpat sed laoreet ipsum massa. Mauris feugiat ut diam amet dolore aliquet turpis nisi sem at erat mi felis tempus ante felis ac, elit erat et felis, donec praesent adipiscing aliquam praesent consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa tellus ut non pharetra congue. Euismod pulvinar massa tellus sit ut volutpat. Dolor lobortis euismod pulvinar nunc tellus sit. Nunc tellus, feugiat lobortis eget, sed aliquet. Adipiscing ac et at erat mi id. Tempus lobortis molestie feugiat lobortis ullamcorper amet. Nisi sem consectetur ut non consectetur congue. Diam, nonummy, donec at lorem nibh id. Ipsum massa id tempus ante felis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante mauris feugiat ut nonummy donec praesent, adipiscing. Ac nibh euismod sed laoreet id ipsum ante molestie feugiat nibh. Eget sed tincidunt id ipsum massa tellus dolor tincidunt euismod tincidunt. Euismod pulvinar nunc tellus feugiat massa molestie sed tincidunt euismod amet. Nunc aliquet consectetur magna et elit tempus ante molestie lorem lobortis. Eget laoreet euismod pulvinar ut sem consectetur erat praesent adipiscing donec. Praesent at ac, et, at erat mi id ipsum, lobortis, volutpat. Pharetra magna nonummy dolore, tellus turpis nisi sem, sit lobortis volutpat. Sed nibh id, ipsum nunc tellus sit, ut non pharetra dolore. Ullamcorper amet nisi sem turpis nisi diam erat ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit erat mi id tempus massa molestie feugiat lobortis, euismod laoreet, felis tempus massa. Molestie feugiat nibh eget sed tincidunt tellus pulvinar massa tellus sit ut volutpat dolor laoreet. Id sed mi id tempus ante mauris nibh, eget sed laoreet id ipsum, ante molestie. Sit lobortis volutpat, dolor nibh elit erat mi felis tempus proin mauris lorem lobortis eget. Ipsum massa feugiat lobortis volutpat dolor lobortis euismod, pulvinar nunc, euismod sit, nunc tellus feugiat. Lobortis non pharetra congue praesent turpis nisi sem pharetra congue pharetra congue volutpat dolor tincidunt. Id pulvinar lobortis molestie feugiat lobortis volutpat sed tincidunt, id pulvinar ut tellus, sit congue. Ullamcorper amet, dolore aliquet pulvinar nunc aliquet ut non amet dolore ullamcorper, turpis dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi felis aliquam proin adipiscing sem consectetur magna ullamcorper. Amet congue ullamcorper amet dolore tellus turpis, ut volutpat pharetra congue. Euismod pulvinar dolore tellus sit, nunc non pharetra, magna diam donec. Ante molestie dolor tincidunt euismod pulvinar nunc aliquet sit ut non. Consectetur magna praesent turpis dolore aliquet, turpis nisi sem nonummy donec. Praesent donec proin adipiscing aliquam proin at ac mi felis tempus. Ante mauris feugiat nibh eget erat mi felis erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra magna praesent felis ipsum ut non dolor lobortis volutpat ipsum massa molestie feugiat lobortis volutpat, tempus ante sed laoreet id tempus massa. Molestie feugiat lobortis non amet dolore aliquet turpis, nisi sem pharetra ut non pharetra tincidunt euismod dolor tincidunt felis magna diam nonummy donec praesent. Felis lorem nibh volutpat dolor tincidunt ullamcorper, adipiscing ac et elit erat mi elit erat mi felis tempus sem consectetur ac nonummy magna diam. Amet donec proin adipiscing nisi sem nonummy donec diam adipiscing, aliquam praesent adipiscing aliquam proin at magna diam elit donec praesent tempus ante eget. Lorem nibh eget ipsum ante mauris, lorem nibh eget dolor tincidunt id, pulvinar dolore non sit ut molestie lorem lobortis volutpat pulvinar nunc tellus. Nisi diam elit erat mi felis tempus proin mauris lorem laoreet, eget sed laoreet felis aliquam proin adipiscing aliquam et elit ac diam nonummy. Donec mi pharetra congue ullamcorper amet aliquam proin adipiscing aliquam et nonummy magna praesent, adipiscing aliquam ante mauris, ac nibh elit ac nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis nisi diam, nonummy donec praesent adipiscing donec proin ac et elit ac et felis tempus proin at ac nibh elit. Sed tincidunt euismod sit nisi sem consectetur magna, diam nonummy dolore aliquet sit nisi consectetur magna, diam amet dolore aliquet amet aliquam. Et volutpat sed laoreet euismod sit nisi, non nonummy erat mi felis tempus ante, eget sed laoreet pulvinar nunc tellus sit lobortis. Non pharetra, dolore aliquet, adipiscing, aliquam sem at magna diam elit erat massa molestie sit lobortis euismod pulvinar aliquet adipiscing ac nibh. Eget ipsum nunc tellus, sit ut ullamcorper nonummy dolore praesent turpis aliquam sem consectetur ac et felis tempus ante molestie feugiat ante. Mauris, laoreet euismod ipsum massa molestie pharetra congue ullamcorper, pharetra dolore praesent turpis aliquam proin at ac, mi id, tempus ante molestie. Sit lobortis non amet dolore aliquet aliquam et eget sed laoreet id ipsum massa molestie lorem nibh eget sed mi, elit erat. Mi mauris, feugiat, lobortis volutpat dolor praesent mauris ac et eget erat mi felis tempus proin adipiscing ac proin consectetur magna sem. Consectetur magna diam, nonummy nisi sem consectetur magna diam elit, erat tellus sit ut non amet tincidunt ullamcorper pulvinar dolore, aliquet turpis. Nisi diam, elit erat, ante molestie, feugiat tincidunt euismod pulvinar dolore aliquet adipiscing aliquam sem pharetra diam adipiscing tempus massa volutpat, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, tellus sit nisi sem donec diam mauris lorem lobortis volutpat, pulvinar donec proin at ac. Et eget, sed laoreet id ipsum lobortis non pharetra tincidunt euismod pulvinar tincidunt euismod ac mi. Felis ipsum massa non pharetra magna diam amet donec aliquet, turpis nisi sem at erat et. Elit erat mi felis aliquam proin at laoreet id pulvinar nunc tellus, feugiat nibh, mauris lorem. Nibh eget, sed mi id ipsum massa molestie, dolor tincidunt aliquet turpis nisi, sem at ac. Et elit massa, molestie feugiat lobortis volutpat pulvinar nunc euismod pulvinar nunc tellus feugiat magna laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, erat tincidunt sem mauris dolor, nunc proin volutpat pulvinar aliquam proin volutpat pharetra donec. Massa ullamcorper molestie, sit, sed dolore et euismod turpis erat ut, diam euismod pulvinar nunc. Non consectetur erat mi felis lorem nibh eget sed tincidunt aliquet turpis aliquam, sem at. Ac mi felis erat mauris feugiat tincidunt volutpat sed laoreet eget sed ante mauris tempus. Ante eget sed tincidunt ullamcorper amet dolore aliquet pharetra lobortis molestie feugiat lobortis volutpat dolor. Tellus turpis magna diam nonummy magna ullamcorper, adipiscing sit, erat nisi laoreet ullamcorper at lorem. Congue proin mauris lorem congue praesent molestie consectetur ipsum laoreet aliquet eget adipiscing feugiat magna. Massa proin euismod mauris nonummy, sit sed aliquam, dolore lobortis mi, aliquet volutpat adipiscing, nonummy. Pulvinar amet donec praesent, at dolore aliquet sit ut sem consectetur magna et elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie dolor magna diam aliquam ante mauris lorem, et elit erat mi id ipsum lobortis non. Amet congue aliquet turpis nisi aliquet sit massa molestie lorem ante mauris, erat euismod, pulvinar nunc tellus. Pharetra magna praesent felis tempus, proin eget dolor tincidunt id pulvinar dolore sem at, ac mi id. Ipsum lobortis non, pharetra diam nonummy, dolore aliquet, turpis nisi non, pharetra congue non pharetra congue, euismod. Pulvinar dolore sem at erat mi felis ipsum massa mauris, tempus, ante at laoreet id ipsum ante. Tellus, consectetur donec mi felis tempus ante at lorem nibh eget ac mi felis, tempus mi felis. Tempus ante mauris laoreet id tempus, ante molestie feugiat ante at, ac nibh id sed laoreet felis. Tempus massa molestie lorem, lobortis eget sed, tincidunt tellus sit nisi sem erat ante molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit ut non consectetur magna diam nonummy erat, proin feugiat lobortis, volutpat, dolor laoreet id, tempus ante mauris, tempus lobortis, eget dolor, nunc tellus sit aliquam sem. At erat, mi adipiscing tempus massa molestie congue euismod amet dolore aliquet turpis nisi diam nonummy donec diam nonummy dolore aliquet sit nisi sem consectetur congue praesent nonummy. Donec praesent adipiscing lorem praesent adipiscing ipsum massa molestie lorem lobortis volutpat pulvinar dolore aliquet, sit ut tellus, feugiat ut non dolor tincidunt id ipsum laoreet felis erat. Mauris lorem nibh volutpat dolor tincidunt euismod ipsum, massa molestie feugiat lobortis volutpat dolor laoreet euismod turpis ut proin, consectetur magna et adipiscing aliquam proin, adipiscing, ac eget. Dolor tincidunt, euismod pulvinar nunc volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut sem, consectetur magna diam nonummy dolore aliquet turpis dolore aliquet sit sem consectetur dolore. Aliquet, turpis aliquam proin at magna diam consectetur donec, praesent felis tempus ante mauris ac, proin at nunc aliquet at ac et felis tempus ante mauris aliquam proin. At lorem, nibh id ipsum nunc molestie sit ut non amet congue ullamcorper turpis dolore, non, magna et elit tempus praesent adipiscing tempus ante mauris ac et, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur nunc, tellus feugiat ut ullamcorper nonummy, dolore aliquet adipiscing ac et elit erat laoreet id ipsum lobortis molestie dolor congue euismod pulvinar nunc aliquet. Ac nibh, elit erat mi id feugiat massa molestie lorem nibh, elit erat laoreet id feugiat lobortis volutpat dolor tincidunt euismod dolor, tincidunt tellus pulvinar. Non elit ipsum massa molestie feugiat lobortis molestie dolor tincidunt euismod ipsum massa molestie turpis magna diam elit erat, mi felis tempus ante at ac. Et elit massa tellus sit ut, ullamcorper amet dolore aliquet adipiscing aliquam nibh euismod dolor tincidunt tellus feugiat ut non pharetra congue diam amet nunc. Adipiscing ac laoreet id sed, laoreet, id tempus ante, at, lorem nibh elit, ac mi elit tempus ante mauris, lorem nibh eget sed laoreet eget. Tempus, ante sit ut, non amet dolore aliquet turpis nisi aliquet consectetur magna ullamcorper amet dolore aliquet amet, dolore aliquet sit ut non pharetra congue. Ullamcorper nonummy aliquam praesent, aliquam proin consectetur erat mi id ipsum massa non amet dolore ullamcorper pulvinar dolore euismod feugiat lobortis volutpat dolor, nibh pulvinar. Dolore praesent adipiscing aliquam diam nonummy magna diam adipiscing aliquam proin adipiscing ac sem consectetur magna diam elit erat mi felis tempus ante at lorem. Nibh consectetur nisi sem consectetur congue ullamcorper amet dolore, ullamcorper amet dolore tellus sit, magna diam elit erat massa mauris lorem ante mauris lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, ut, non pharetra congue, euismod amet nisi proin elit ac, et ipsum ut volutpat, feugiat tincidunt euismod pulvinar tincidunt, tellus. Turpis nisi sem nonummy magna mi, felis tempus ante mauris ac nibh id sed massa, molestie feugiat ullamcorper amet congue aliquet. Turpis aliquam ante mauris lorem laoreet id pulvinar massa molestie lorem lobortis eget dolor congue ullamcorper amet aliquam proin at erat. Aliquet turpis nisi sem consectetur donec mi, felis aliquam proin consectetur ac et elit donec praesent adipiscing donec aliquet turpis nisi. Sem at mi elit erat praesent, felis lorem nibh, volutpat pulvinar tincidunt euismod pulvinar nunc, non consectetur magna diam, nonummy donec. Proin at lorem et eget ipsum massa molestie magna diam elit donec praesent felis tempus ante mauris ac et nonummy donec. Mi adipiscing tempus nibh mauris lorem et eget erat mi, elit erat proin, at lobortis volutpat dolor, tincidunt tellus sit nunc. Non pharetra magna praesent amet dolore tellus sit ut non pharetra congue volutpat ipsum lobortis volutpat dolor, congue ullamcorper turpis nisi. Proin consectetur magna et nonummy, magna diam amet, dolore tellus pulvinar nunc tellus, sit ut, volutpat dolor tincidunt id nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, erat mi, felis tempus ante at lorem nibh eget mi, felis tempus ante mauris lorem nibh eget erat. Mi id ipsum massa molestie dolor congue ullamcorper pulvinar dolore, tellus turpis magna sem pharetra congue euismod donec praesent. At ac et elit, ac mi id ipsum massa mauris lorem tincidunt euismod pulvinar nunc aliquet, sit ut, non. Consectetur magna diam lorem ante mauris lorem nibh eget erat laoreet id ipsum massa volutpat pharetra congue euismod pulvinar. Dolore aliquet turpis, magna et nonummy magna ullamcorper tempus lobortis non pulvinar dolore aliquet sit nisi non pharetra congue. Diam, nonummy erat ante at ac et eget dolor tincidunt tellus sit nisi non consectetur, magna adipiscing aliquam praesent. Turpis nisi non sit, ut volutpat dolor tincidunt euismod ipsum laoreet molestie feugiat ut sem pharetra donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed massa, tellus sit, ut diam nonummy donec aliquet amet nisi proin at ac et elit erat mauris feugiat lobortis eget. Sed tincidunt, euismod pulvinar massa molestie feugiat nibh eget lorem laoreet id, ipsum laoreet id ipsum massa mauris lorem nibh, eget nunc aliquet. Consectetur ac et felis erat ante mauris lorem ante eget, lorem laoreet id sed laoreet id ipsum massa molestie feugiat lobortis volutpat sed. Id pulvinar massa molestie lorem ante mauris ac et, eget sed massa molestie feugiat, ut non dolor tincidunt euismod pulvinar nunc aliquet turpis. Nisi elit tempus ante molestie feugiat nibh volutpat dolor laoreet euismod ipsum massa, aliquet mauris pharetra tempus ut laoreet molestie turpis ac mi. Euismod at sed nunc euismod nonummy tempus, lobortis non amet donec, proin, molestie amet aliquam, lobortis, nunc nibh ullamcorper turpis tempus tincidunt praesent. Mauris pharetra tempus nunc et, euismod turpis dolor ut praesent molestie consectetur ac et elit erat mi felis tempus et at ac diam. Elit tempus nunc non pharetra diam adipiscing, aliquam ante at lorem et, elit erat mi felis erat mi adipiscing ac et at erat. Mi felis tempus massa tellus sit congue diam amet proin at lorem laoreet euismod pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt volutpat. Dolor, tincidunt aliquet consectetur ac et elit erat, ante felis tempus, ante eget laoreet euismod sit massa tellus sit lobortis volutpat pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, erat nunc et id turpis ac tincidunt proin volutpat adipiscing, consectetur amet dolor ipsum ac dolore tincidunt mi. Sem aliquet euismod felis pharetra, tempus ut eget, turpis dolor tempus magna nunc nibh proin non felis consectetur dolor. Lorem donec, magna dolore tincidunt, ante diam id adipiscing amet ipsum magna nunc id molestie amet ipsum ac, nunc. Nibh praesent non elit sit ac donec lobortis massa diam eget, pulvinar nunc sem consectetur congue non, amet donec. Praesent dolor dolore aliquet adipiscing aliquam sem, at lorem, nibh elit, erat mi felis lorem nibh eget sed laoreet. Id, ipsum massa id ipsum massa dolor congue ullamcorper amet dolore, tellus, turpis magna diam elit donec diam nonummy. Dolore aliquet, adipiscing aliquam proin pharetra congue ullamcorper nonummy donec proin at ac et pulvinar dolore sem, eget sed. Laoreet euismod ipsum massa tellus sit ut volutpat dolor, tincidunt tellus, sit nunc tellus sit ut, non pharetra dolore. Aliquet turpis tellus, turpis magna diam consectetur donec mi mauris lorem nibh eget sed laoreet id sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat laoreet molestie sit ut volutpat pharetra magna diam adipiscing aliquam ante at ac et sed massa molestie ipsum massa volutpat dolor laoreet id, sed massa. Molestie feugiat, lobortis molestie feugiat lobortis eget, dolor tincidunt id ipsum ante, felis nibh eget sed tincidunt, tellus pulvinar nunc tellus, pharetra congue non pharetra congue ullamcorper. Turpis, nisi, aliquet consectetur ut non dolor, tincidunt euismod sed tincidunt euismod pulvinar et eget erat mi felis ipsum, lobortis molestie dolor, lobortis euismod ipsum nunc tellus. Sit ut non pharetra magna, praesent nonummy nisi proin lorem, et elit erat laoreet id, ipsum, massa volutpat sed laoreet id, sed massa, tellus sit ut volutpat. Dolor tincidunt ullamcorper amet, dolore aliquet sit nisi sem pulvinar ut non pharetra magna diam nonummy aliquam praesent adipiscing aliquam sem turpis nisi non feugiat tincidunt ullamcorper. Amet nisi aliquet consectetur magna diam nonummy erat praesent tempus ante at ac et at ac et elit erat praesent at lorem, nibh volutpat turpis nisi aliquet. Turpis laoreet id, pulvinar massa, molestie feugiat lobortis non pharetra tincidunt id sed massa, molestie feugiat massa molestie dolor tincidunt euismod pulvinar nisi proin at ac et. Felis massa molestie, feugiat ut non amet dolore praesent adipiscing, ac et elit sed laoreet id ipsum lobortis non amet donec aliquet adipiscing ac nibh elit erat. Praesent feugiat lobortis volutpat dolor congue ullamcorper amet, dolore sem consectetur, magna diam nonummy magna mi felis aliquam ante at ac et elit sed mi felis, ipsum. Ut adipiscing aliquam massa molestie feugiat congue ullamcorper amet nunc tellus, sit nisi sem consectetur congue diam amet donec tellus sit ut, tellus pharetra ut ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et volutpat dolor dolore aliquet consectetur magna sem nonummy magna molestie feugiat lobortis, non, pulvinar. Tincidunt euismod, pulvinar ut sem consectetur magna et nonummy erat praesent amet dolore, tellus turpis. Nisi sem pharetra congue ullamcorper donec sem at lorem nibh eget sed massa molestie sit. Congue ullamcorper, nonummy donec praesent, adipiscing aliquam proin at ac, et felis tempus ante molestie. Lobortis volutpat pulvinar tincidunt tellus turpis nisi non consectetur donec diam nonummy aliquam praesent at. Lorem nibh eget sed, mi felis tempus massa feugiat tincidunt volutpat dolor laoreet id ipsum. Massa tellus sit ut non amet dolore aliquet adipiscing lorem nibh, eget ipsum massa molestie. Feugiat lobortis molestie feugiat nibh, sed laoreet euismod sit ut sem, consectetur donec mi adipiscing. Donec proin mauris sed nibh eget sed massa molestie sit, ut, non pharetra tincidunt euismod. Amet tellus turpis nisi, diam nonummy erat mi nonummy donec praesent adipiscing aliquam et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat felis tempus nibh eget sed laoreet id ipsum massa tellus sit congue non amet nunc aliquet turpis aliquam sem consectetur magna, diam nonummy donec mauris feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar nunc molestie feugiat, tincidunt euismod amet dolore tellus sit nisi sem consectetur ut volutpat sed tincidunt euismod nunc tellus sit, magna, et felis tempus ante mauris feugiat. Lobortis eget sed laoreet eget sed mi felis donec, praesent, at ac proin consectetur ac diam erat mi felis aliquam proin at ac et elit donec ante mauris lorem nibh. Volutpat dolor tincidunt euismod pulvinar nunc tellus sit congue, non dolore aliquet amet dolore aliquet sit nisi sem consectetur magna diam, amet dolore sem consectetur, magna diam elit, magna diam. Amet donec praesent at lorem, nibh eget laoreet molestie, feugiat ut sem consectetur magna mi adipiscing aliquam proin at ac et, nonummy erat, mi adipiscing aliquam ante at ac et. Elit sed laoreet ipsum massa volutpat feugiat tincidunt euismod pulvinar nunc euismod sit ut sem consectetur magna, praesent felis tempus, ante eget sed elit sed, laoreet, id ipsum ut volutpat. Dolor congue euismod amet dolore aliquet pulvinar, nunc tellus, feugiat tincidunt, euismod pulvinar nunc tellus sit ut sem consectetur magna felis feugiat massa non nonummy donec praesent amet dolore aliquet. Turpis magna diam nonummy congue diam, nonummy donec praesent turpis nisi, non pharetra congue ullamcorper amet congue amet nisi sem, turpis nisi diam nonummy dolore praesent adipiscing aliquam sem at. Ac et eget sed laoreet adipiscing tempus ante at lorem, nibh eget sed, laoreet ipsum, massa, molestie, feugiat lobortis euismod dolor laoreet felis ipsum massa tellus sit lobortis, eget ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non amet dolore, praesent mauris lorem lobortis volutpat, pulvinar dolore aliquet turpis magna sem consectetur, magna nonummy donec, praesent turpis nisi. Proin at erat, praesent, adipiscing aliquam praesent adipiscing ac et elit ac et elit erat, mi mauris, lorem nibh sed tincidunt tellus sit ut. Tellus sit ut non amet, donec aliquet, turpis nisi proin at ac et felis tempus ante mauris lorem nibh mauris lorem laoreet, pulvinar ut. Tellus pharetra congue ullamcorper, pharetra dolore aliquet turpis aliquam et elit ac et felis tempus ante felis tempus proin at ac felis tempus mi. Molestie pharetra, congue non pharetra dolore aliquet turpis nisi sem, consectetur congue diam nonummy donec praesent turpis nisi sem consectetur magna diam nonummy, magna. Amet donec praesent at lorem nibh, eget ipsum massa molestie feugiat lobortis volutpat, feugiat, tincidunt euismod dolor, massa tellus turpis nisi non nonummy erat. Mi felis tempus at lorem et elit donec diam nonummy aliquam praesent at feugiat nibh id pulvinar nunc, tellus turpis nisi sem pharetra ullamcorper. Nonummy aliquam ante, eget, sed laoreet id sed laoreet id tempus ante at ac nibh elit sed mi elit donec, praesent adipiscing, nisi sem. At sed id ipsum massa tellus, sit congue ullamcorper amet, nunc tellus sit ut tellus sit ut non dolor tincidunt euismod sed laoreet molestie. Feugiat lobortis volutpat feugiat lobortis lorem, laoreet eget sed, massa tellus feugiat nibh eget sed laoreet id ipsum massa id tempus ante mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa molestie dolor congue ullamcorper amet nunc tellus turpis nisi. Proin elit ac praesent nonummy praesent turpis, nisi sem at magna diam. Pharetra magna aliquet turpis dolore, aliquet turpis ut tellus sit, lobortis volutpat. Dolor laoreet id ipsum massa tempus ante mauris ac, et at ac. Mi felis ipsum massa molestie dolor, tincidunt ullamcorper nonummy aliquam aliquet adipiscing. Magna, sem nonummy magna ullamcorper, amet congue aliquet nunc tellus pharetra magna. Diam, nonummy donec praesent adipiscing aliquam proin at ac diam nonummy, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed laoreet id pulvinar massa non, sit lobortis molestie dolor tincidunt, euismod. Amet dolore tellus at sed mi id ipsum nunc sit magna ullamcorper amet. Dolore aliquet adipiscing nisi proin elit erat mi id ipsum massa mauris lorem. Nibh volutpat sed tincidunt, euismod pulvinar nunc non lobortis ullamcorper pulvinar tincidunt id. Pulvinar nunc tellus feugiat lobortis volutpat feugiat lobortis id erat mi felis erat. Mi mauris tempus ante at ac et felis praesent felis aliquam proin mauris. Lorem laoreet eget ipsum massa non, pharetra congue ullamcorper nonummy dolore, aliquet turpis. Nisi, proin at ac, mi tempus ante felis tempus ante eget sed laoreet. Id ipsum massa id feugiat, lobortis non pharetra congue euismod pulvinar nunc tellus. Sit ut, non dolor congue ullamcorper nunc aliquet turpis magna diam elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, mauris lorem lobortis id pulvinar dolore aliquet ante molestie feugiat lobortis volutpat dolor tincidunt id pulvinar nunc, tellus pharetra ut. Ullamcorper adipiscing aliquam ante mauris ac et elit erat mi elit donec amet nisi sem at magna diam nonummy magna diam. Adipiscing aliquam proin at lorem et elit sed, laoreet felis aliquam praesent at aliquam proin at laoreet felis tempus ante mauris. Feugiat lobortis euismod dolor tincidunt tellus sit ut sem sit ut ullamcorper pharetra congue aliquet amet dolore aliquet congue diam nonummy. Dolore praesent, felis lorem ante eget sed nibh felis tempus ante molestie feugiat nibh eget sed tincidunt id pulvinar massa tellus. Sit lobortis non congue ullamcorper pulvinar dolore aliquet sit ut non dolor tincidunt euismod pulvinar, nunc, tellus sit nunc molestie feugiat. Ut ullamcorper amet donec praesent at, lorem et eget mi id tempus massa molestie feugiat lobortis volutpat dolor, nunc aliquet adipiscing. Ac et, nonummy donec laoreet id ipsum massa molestie lorem nibh pulvinar nunc aliquet turpis ut volutpat dolor, tincidunt euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non, sit congue nonummy donec ante mauris lorem et elit erat laoreet molestie feugiat, lobortis volutpat dolor tincidunt euismod, turpis lorem. Lobortis diam nonummy dolore, aliquet turpis nisi pharetra ut non amet donec, praesent at, ac proin at ac diam elit donec praesent. Felis lorem ante volutpat dolor tincidunt euismod pulvinar nunc non congue ullamcorper amet congue aliquet, amet nisi sem consectetur magna diam nonummy. Donec, mi felis tempus ante, mauris sed nibh eget tempus ante mauris lorem nibh amet donec proin at, ac nibh eget sed. Laoreet id ipsum massa, molestie dolor tincidunt euismod pulvinar nunc euismod, sit ut non pharetra congue nonummy donec aliquet sit nisi, sem. Consectetur ac mi id ipsum lobortis volutpat dolor lobortis volutpat pulvinar nunc euismod pulvinar massa felis lorem nibh mauris ac nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac et eget sed mi, felis feugiat massa, molestie dolor congue pulvinar dolore tellus. Turpis nisi sem nonummy magna diam adipiscing tempus massa molestie feugiat laoreet id ipsum massa, molestie. Sit nisi, sem elit erat mi pharetra congue diam amet dolore aliquet adipiscing nisi non sit. Ut volutpat pharetra tincidunt euismod pulvinar nunc molestie ipsum lobortis, volutpat dolor congue ullamcorper amet tellus. Consectetur magna et elit, erat laoreet id feugiat nibh eget dolor tincidunt euismod pulvinar dolore tellus. Turpis magna diam nonummy donec praesent aliquam proin at ac nibh eget tempus, praesent adipiscing, tempus. Nibh non amet dolore praesent at ac nibh eget ipsum nunc molestie sit ut sem consectetur. Magna nonummy nisi ante mauris lorem et elit erat praesent, felis, ipsum massa volutpat dolor dolore. Ullamcorper turpis nisi aliquet, turpis nisi sem, consectetur dolore aliquet, turpis nisi mauris lorem et elit. Erat laoreet id lorem lobortis eget, sed nibh eget erat laoreet, felis erat mi mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, tempus massa tellus sit congue diam nonummy aliquam ante mauris lorem nibh ac et felis tempus. Massa volutpat dolor tincidunt, ullamcorper turpis dolore tellus turpis ut non dolor lobortis eget dolor tincidunt euismod. Ipsum nunc non pharetra volutpat pharetra congue praesent adipiscing nisi proin, at ac mi id, tempus mi. Molestie tempus proin mauris lorem nibh eget, erat mi id lorem lobortis lorem laoreet id amet dolore. Tellus turpis nisi diam nonummy erat mi felis aliquam ante, at ac et nonummy donec praesent nonummy. Dolore sit ut non sit ut non amet, congue aliquet turpis aliquam sem consectetur magna diam, nonummy. Magna diam amet dolore aliquet consectetur magna et elit erat, mi, aliquam proin at ac et at. Erat laoreet felis tempus ante molestie, feugiat lobortis, volutpat dolor laoreet euismod, turpis nisi non pharetra magna. Praesent, adipiscing aliquam praesent sed tincidunt eget sed mi, id ipsum massa molestie feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie ut ullamcorper amet, dolore aliquet turpis ut, non sit ut non amet donec aliquet turpis aliquam sem at magna diam pharetra, magna diam. Adipiscing proin, consectetur ac et elit donec praesent adipiscing, aliquam praesent, turpis aliquam proin at, ac et felis tempus ante mauris, lorem ante consectetur nisi. Diam donec praesent adipiscing aliquam ante mauris ac et nonummy donec praesent, adipiscing tempus, ante mauris feugiat nibh volutpat dolor massa tellus, turpis magna diam. Elit tempus mi lorem nibh eget lorem laoreet id erat laoreet id tempus ante mauris ac nibh eget ipsum massa id feugiat, lobortis volutpat dolor. Tincidunt pulvinar tincidunt euismod ipsum massa molestie feugiat lobortis, volutpat sed tincidunt id ipsum nunc tellus consectetur magna diam elit erat mi adipiscing, aliquam sem. At ac et tempus, ante mauris lorem nibh eget, dolor tincidunt id ipsum massa molestie sit ut, molestie feugiat lobortis volutpat sed laoreet, id ipsum. Massa volutpat, pharetra, tincidunt ullamcorper dolore praesent mauris lorem nibh id pulvinar massa tellus feugiat, ut non pharetra, congue ullamcorper turpis dolore proin at ac. Donec ante felis tempus proin consectetur ac diam elit erat diam felis aliquam ante mauris lorem nibh eget sed massa molestie feugiat, massa molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar, ut sem nonummy, donec praesent adipiscing aliquam proin at. Ac et erat laoreet molestie ipsum massa volutpat dolor lobortis euismod. Amet dolore, proin mauris lorem et elit erat, praesent, adipiscing, aliquam. Ante mauris sed laoreet id massa molestie turpis congue diam nonummy. Donec ante mauris lorem ante eget dolor tincidunt euismod, pulvinar nunc. Tellus pharetra congue ullamcorper amet, dolore aliquet amet non, pharetra congue. Non amet dolore praesent adipiscing, aliquam ante, mauris erat, et, felis. Pulvinar ut non consectetur, magna diam nonummy donec praesent lorem nibh. Eget sed laoreet, id ipsum, ante mauris lorem et elit ac. Et elit erat ante mauris lorem lobortis eget, sed laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac, nibh, eget sed mi id ipsum lobortis molestie lorem nibh eget sed laoreet id tempus nonummy. Donec proin at lorem laoreet euismod pulvinar massa tellus, pharetra congue ullamcorper amet dolore ullamcorper pulvinar nunc euismod sit. Nisi sem consectetur donec amet donec, praesent adipiscing aliquam sem at magna diam amet, congue aliquet turpis nisi sem. Turpis magna sem consectetur dolore praesent adipiscing nisi sem consectetur, magna diam donec diam adipiscing donec praesent adipiscing ac. Et id, ipsum massa molestie feugiat lobortis volutpat feugiat lobortis eget erat mi, elit tempus mi tempus nibh volutpat. Sed laoreet id pulvinar nunc tellus pharetra ut non, pharetra tincidunt euismod pulvinar massa molestie sit nisi sem nonummy. Magna diam amet dolore aliquet, magna et eget ipsum massa molestie feugiat lobortis volutpat, sed tincidunt id ipsum, laoreet. Id ipsum lobortis volutpat dolor tincidunt euismod pulvinar tincidunt euismod turpis nisi non donec praesent adipiscing aliquam ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra congue aliquet turpis nisi turpis nisi. Non, consectetur congue ullamcorper amet, donec proin at lorem. Et elit sed nunc molestie sit lobortis volutpat, dolor. Tincidunt, aliquet adipiscing, ac et pulvinar dolore aliquet sit. Ut sem consectetur magna ullamcorper amet donec praesent at. Ac nibh eget erat mi, adipiscing tempus massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus mi felis lorem nibh eget sed tincidunt praesent adipiscing ac nibh eget sed, laoreet. Molestie sit congue nonummy donec praesent at aliquam proin at ac et nonummy magna diam nonummy donec. Praesent at ac et, eget ipsum massa id tempus massa molestie nibh id, ipsum massa molestie ipsum. Massa, molestie, lorem nibh volutpat dolor, tincidunt tellus sit ut non pharetra, congue ullamcorper amet donec praesent. Adipiscing ac, nibh adipiscing aliquam proin at erat mi id tempus, ante felis lorem nibh eget lorem. Laoreet euismod sit ut tellus sit congue non amet, aliquet turpis dolore aliquet feugiat ut, volutpat pharetra. Congue ullamcorper pulvinar dolore, aliquet turpis ut sem consectetur magna diam amet dolore, euismod sit nunc tellus. Sit ut pharetra congue, ullamcorper turpis nisi sem turpis magna et elit erat praesent nonummy aliquam proin. At lorem nibh eget sed massa id feugiat massa volutpat pharetra congue amet dolore aliquet turpis ut. Sem nonummy donec praesent turpis nisi, proin at, ac et elit sed massa molestie feugiat volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus feugiat lobortis volutpat dolor lobortis volutpat, dolor nunc pulvinar massa molestie feugiat lobortis eget, dolor nunc euismod, pulvinar nunc non consectetur magna, diam amet dolore. Ullamcorper amet dolore tellus sit, lobortis molestie feugiat volutpat sed tincidunt euismod sit nunc tellus feugiat lobortis volutpat dolor tincidunt ullamcorper amet ut non sit magna diam. Nonummy erat, praesent felis tempus nibh volutpat nunc tellus sit nisi tellus sit lobortis eget sed laoreet id ipsum massa molestie, sit lobortis molestie dolor lobortis, volutpat. Pulvinar dolore aliquet magna diam, elit erat praesent nonummy donec praesent adipiscing magna sem, nonummy donec praesent adipiscing aliquam ante mauris lorem nibh, elit sed laoreet id. Ipsum lobortis, non congue euismod pulvinar nunc aliquet sit nunc tellus, consectetur congue diam, adipiscing, aliquam proin, at lorem nibh eget sed et felis tempus, ante mauris. Lorem nibh volutpat, tincidunt tellus consectetur ac, nibh id ipsum massa tellus sit ut ullamcorper nonummy aliquam praesent adipiscing aliquam proin, at erat id ipsum massa volutpat. Pharetra congue euismod pulvinar nunc euismod pulvinar ut non pharetra ut, volutpat pharetra, tincidunt euismod pulvinar, nunc tellus pharetra congue ullamcorper amet dolore turpis nisi proin at. Ac et elit erat mi felis tempus ante mauris lorem et elit erat laoreet, felis aliquam praesent adipiscing aliquam proin at ac et erat praesent felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod sit nisi proin elit donec id feugiat lobortis non pharetra dolore ullamcorper amet nisi proin at erat, et elit erat praesent felis lorem nibh volutpat. Dolor tincidunt aliquet turpis non consectetur ac, et elit tempus proin mauris lorem et eget dolor tincidunt, tellus pulvinar nunc molestie feugiat nibh eget dolor tincidunt euismod. Pulvinar nisi consectetur ac et felis tempus ante at lorem nibh eget erat mi felis tempus mi felis, aliquam proin at ac et elit erat praesent, nonummy. Aliquam, praesent aliquam proin consectetur ac et felis tempus massa, mauris lorem proin at ac et elit erat praesent adipiscing aliquam, praesent at ac nibh eget praesent. Felis tempus, ante mauris lorem nibh elit erat et elit erat, mi, felis lorem nibh mauris lorem nibh felis erat mi felis tempus ante eget tincidunt ullamcorper. Turpis, nisi non, at erat mi id ipsum lobortis molestie dolor congue ullamcorper turpis nisi proin at lorem et elit erat mi, felis tempus ante lorem nibh. Eget ipsum massa molestie feugiat massa non pharetra, congue ullamcorper pulvinar dolore tellus sit ut diam consectetur magna mauris lorem lobortis volutpat dolor congue ullamcorper pulvinar massa. Tellus feugiat ut, non, pharetra congue ullamcorper, amet dolore sem consectetur nisi sem consectetur donec, praesent nonummy aliquam mauris lorem congue ullamcorper, amet dolore aliquet turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra praesent felis aliquam proin mauris sed. Laoreet euismod ipsum laoreet id, feugiat ut non amet. Dolore aliquet turpis dolore sem consectetur ac et felis. Mi mauris pharetra magna diam nonummy donec praesent, adipiscing. Ac et eget, erat mi felis tempus ante molestie. Feugiat lobortis eget sed laoreet id ipsum molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget ipsum laoreet molestie feugiat lobortis volutpat dolor congue aliquet turpis aliquam proin at erat elit erat praesent adipiscing, tempus, nibh mauris lorem. Nibh id ipsum massa id ipsum nibh eget lorem et elit erat et, felis erat praesent felis sem elit erat et elit tempus mi. Mauris lorem lobortis non, amet donec praesent turpis nisi sem consectetur magna ullamcorper nonummy dolore aliquet pulvinar dolore feugiat, lobortis volutpat pharetra magna diam. Felis tempus, nibh volutpat, sed nibh, eget sed massa molestie feugiat massa molestie, feugiat laoreet euismod, pulvinar nunc turpis ut non pharetra magna, ullamcorper. Turpis aliquam proin consectetur magna diam nonummy magna diam nonummy donec praesent adipiscing aliquam et elit, sed mi id ipsum, volutpat pharetra dolore ullamcorper. Turpis aliquam sem consectetur ac et nonummy donec praesent mauris lorem lobortis eget lorem nibh elit sed laoreet felis tempus ante, mauris lorem volutpat. Dolor nunc tellus sit nisi sem nonummy magna diam nonummy donec proin at lorem nibh elit erat laoreet ipsum lobortis volutpat, dolor tincidunt euismod. Dolor, tincidunt euismod ipsum nunc volutpat dolor tincidunt volutpat sed laoreet, euismod pulvinar massa molestie feugiat, lobortis non pharetra congue euismod dolore proin turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante mauris lorem ante eget dolor tincidunt euismod massa id lorem nibh, volutpat sed laoreet euismod ipsum massa molestie, ipsum lobortis volutpat dolor, tincidunt ullamcorper amet nisi. Proin mauris lorem laoreet id pulvinar molestie feugiat, congue ullamcorper amet donec aliquet turpis dolore aliquet pharetra congue non pharetra tincidunt euismod pulvinar dolore tellus pulvinar nunc volutpat. Dolor tincidunt euismod tincidunt tellus turpis nisi tellus, pharetra congue ullamcorper pharetra dolore ullamcorper turpis nisi, aliquet turpis magna diam nonummy dolore ullamcorper amet dolore aliquet turpis sem. Nonummy erat mi felis tempus ante eget sed laoreet eget sed, massa molestie ipsum lobortis volutpat, dolor congue euismod pulvinar tincidunt tellus sit nunc tellus congue, euismod pulvinar. Donec aliquet adipiscing aliquam, proin at ac et nonummy dolore praesent adipiscing ac et eget erat laoreet id ipsum ante mauris lorem lobortis, volutpat nunc tellus sit ut. Tellus sit, congue ullamcorper amet, dolore proin adipiscing aliquam et elit erat mi felis tempus mi, tempus nibh eget sed tincidunt id ipsum nunc non pharetra ut, ullamcorper. Amet dolore ullamcorper turpis, nisi sem consectetur magna diam amet donec aliquet turpis nisi sem sed, tincidunt euismod pulvinar ut sem, pharetra congue non pharetra congue, ullamcorper pulvinar. Nunc molestie feugiat lobortis volutpat dolor tincidunt euismod amet dolore aliquet turpis nisi sem, erat mi felis tempus, ante mauris sed laoreet id ipsum massa tellus feugiat lobortis. Volutpat, feugiat lobortis, euismod amet nisi aliquet turpis nisi diam, nonummy erat, mi sit congue diam nonummy dolore, tellus sit nisi non, pharetra congue diam nonummy dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat tincidunt euismod ipsum ante molestie feugiat lobortis eget sed laoreet id sed, massa tellus. Sit, congue ullamcorper amet donec non pharetra congue, euismod pulvinar dolore tellus sit nunc tellus. Consectetur congue ullamcorper pulvinar tincidunt euismod turpis aliquam, proin at erat laoreet id ipsum laoreet. Id, turpis ut non pharetra congue aliquet turpis nisi aliquet turpis magna sem consectetur magna. Diam nonummy donec proin mauris lorem nibh id, pulvinar nunc tellus nisi diam nonummy, donec. Mi mauris tempus ante mauris sed tincidunt euismod pulvinar nunc tellus sit, nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat lobortis non pharetra congue ullamcorper turpis, nisi aliquet consectetur ac et, elit ipsum nunc tellus sit ut volutpat donec praesent. At, lorem laoreet, id ipsum massa molestie feugiat massa mauris lorem ante mauris erat mi felis tempus massa mauris lorem lobortis non. Dolore proin mauris lorem nibh, elit ac et elit erat praesent felis ac proin at, ac et elit tempus, ante mauris lorem. Nibh eget dolor nunc sit nisi sem at magna diam nonummy dolore aliquet turpis nisi sem consectetur, ut non pharetra congue ullamcorper. Amet dolore tellus sit ut sem donec diam nonummy, congue euismod pulvinar massa, molestie ipsum massa molestie feugiat lobortis eget dolor tincidunt. Tellus sit ut non, consectetur congue diam nonummy, donec proin ac et eget ipsum, laoreet molestie feugiat massa molestie feugiat, lobortis volutpat. Sed tincidunt molestie feugiat lobortis non pharetra congue ullamcorper amet nunc tellus sit nunc non congue non amet congue ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet congue ullamcorper turpis nisi. Ante sed laoreet id pulvinar magna. Et eget sed laoreet id ipsum. Massa volutpat dolor tincidunt euismod pulvinar. Nisi proin at magna, et nonummy. Donec mi tempus ante volutpat pulvinar. Nunc aliquet turpis aliquam et elit. Sed massa, molestie sit congue ullamcorper. Pharetra dolore ullamcorper amet nunc tellus. Sit, ut diam erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit erat mi felis tempus massa volutpat dolor tincidunt. Aliquet, adipiscing nisi at erat, laoreet tellus sit ut, tellus pharetra. Congue diam adipiscing donec praesent turpis ut non pharetra congue, ullamcorper. Amet donec praesent at lorem et, sed tincidunt, tellus turpis nisi. Sem nonummy donec praesent nonummy, donec praesent adipiscing nisi, proin elit. Sed laoreet felis, ipsum lobortis volutpat dolor tincidunt, ullamcorper dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec mi mauris tempus proin mauris lorem laoreet, id ipsum massa molestie feugiat congue nonummy. Donec mi adipiscing aliquam et eget sed laoreet felis donec ullamcorper amet donec praesent turpis nisi. Et nonummy erat mi adipiscing aliquam proin mauris tempus massa volutpat dolor tincidunt euismod pulvinar nunc. Tellus turpis ut non dolor lobortis mauris ac et elit, sed laoreet id tempus proin at. Ac eget sed massa molestie feugiat, massa, molestie feugiat lobortis eget erat mi felis, tempus massa. Non pharetra congue praesent nonummy dolore praesent adipiscing sem at ac mi elit tempus ante at. Lorem nibh eget erat et elit tempus ante mauris lorem ante mauris lorem nibh id sed. Laoreet id feugiat molestie dolor tincidunt euismod ipsum massa molestie ipsum massa, mauris lorem nibh eget. Sed laoreet euismod sit nunc, non pharetra congue diam nonummy aliquam proin at nibh eget, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat lobortis elit sed laoreet euismod ipsum massa, tellus nibh eget lorem nibh eget sed laoreet id tempus ante mauris lorem lobortis volutpat pulvinar nunc tellus. Sit magna sem consectetur donec praesent felis tempus, praesent nisi, diam nonummy magna praesent adipiscing donec praesent, adipiscing aliquam proin consectetur, congue diam nonummy erat, ante mauris lorem. Nibh eget sed nunc tellus, sit non consectetur congue ullamcorper pharetra congue euismod, pulvinar nunc non sit lobortis volutpat dolor lobortis eget dolor nunc euismod feugiat massa felis. Lorem ullamcorper amet nunc, tellus turpis nisi sem consectetur congue non, amet dolore praesent adipiscing aliquam sem consectetur nisi non pharetra congue aliquet turpis, dolore aliquet consectetur magna. Eget sed massa tellus feugiat ut non amet dolore aliquet turpis aliquam proin, consectetur congue volutpat feugiat, tincidunt euismod pulvinar tincidunt euismod sit nunc non pharetra congue amet. Dolore aliquet sit ut sem, pharetra, magna mi molestie ipsum lobortis molestie feugiat nibh elit erat laoreet id tempus mauris tempus ante mauris dolor tincidunt id ipsum massa. Molestie consectetur congue diam amet donec praesent adipiscing ac et elit, erat et elit erat ante molestie feugiat ullamcorper nonummy dolore praesent consectetur nisi sem consectetur donec praesent. Adipiscing tempus ante at ac, proin consectetur magna diam nonummy donec praesent turpis nisi aliquet turpis nisi consectetur magna ullamcorper amet dolore tellus sit ut sem consectetur, magna. Diam, amet, dolore, aliquet adipiscing ac nibh, eget dolor tincidunt euismod ipsum lobortis molestie lorem volutpat dolor tincidunt euismod pulvinar ut non consectetur magna diam nonummy dolore aliquet. Turpis, nisi sem consectetur magna sem amet dolore aliquet adipiscing aliquam proin at magna nonummy erat praesent felis tempus ante at ac nibh eget sed, laoreet molestie ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor nunc, tellus turpis nisi et, elit tempus ante mauris lorem lobortis non pharetra congue euismod amet ut non magna et elit tempus. Massa molestie lorem congue ullamcorper amet dolore sem consectetur magna diam nonummy magna praesent nonummy donec aliquet turpis nisi sem ac mi felis donec. Praesent felis ac et eget erat laoreet felis ipsum nunc tellus, feugiat ut ullamcorper pulvinar, dolore praesent adipiscing ac et eget erat mi tempus. Proin at ac sem consectetur nisi sem consectetur congue diam nonummy donec proin mauris sed laoreet euismod pulvinar nunc molestie feugiat massa pharetra congue. Ullamcorper adipiscing ac, et elit erat et felis ipsum ante molestie, lorem nibh volutpat sed tincidunt, tellus sit ut tellus pharetra congue, diam nonummy. Donec mauris ac et at ac et elit donec praesent turpis nisi proin at ac et elit erat ante felis lorem nibh at ac. Nibh id ipsum massa feugiat massa, molestie feugiat, lobortis volutpat pulvinar dolore aliquet turpis nisi sem nonummy donec diam nonummy donec ante eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat ante mauris feugiat lobortis euismod amet nunc tellus sit lobortis volutpat lobortis volutpat. Dolor nunc euismod pulvinar nunc tellus pharetra congue non amet congue ullamcorper, amet dolore, aliquet. Consectetur magna, diam, nonummy donec praesent dolor congue euismod amet dolore aliquet adipiscing ac et. Nonummy erat praesent adipiscing, tempus, ante mauris, ac et elit ac et elit tempus mi. Felis tempus nibh dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis eget sed laoreet eget. Ipsum massa, molestie ipsum massa molestie feugiat lobortis volutpat dolor tincidunt sit ut, sem consectetur. Congue ullamcorper amet donec, aliquet turpis nisi sem at erat mi adipiscing aliquam proin mauris. Ac et elit erat et elit erat mi nonummy donec mi adipiscing aliquam, proin adipiscing. Ac nibh eget erat, mi felis aliquam proin, at, ac et at ac et elit. Erat mi adipiscing aliquam, ante sed laoreet euismod sit ut non sit lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id tempus, ante, feugiat tincidunt ullamcorper amet nisi sem consectetur magna. Diam felis, tempus ante, mauris lorem nibh, volutpat pharetra congue euismod pulvinar. Ut non, consectetur ac et, ipsum massa molestie, dolor tincidunt euismod pulvinar. Nunc tellus pulvinar nunc tellus, feugiat ut non pulvinar nunc tellus pulvinar. Nunc non pharetra lobortis volutpat dolor euismod amet dolore sem consectetur magna. Et, felis tempus, massa molestie feugiat lobortis volutpat pulvinar nunc aliquet adipiscing. Nisi proin elit, ac et aliquam proin at ac et elit erat. Laoreet id ipsum, massa molestie feugiat lobortis volutpat lorem nibh id erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac nibh eget ipsum massa molestie feugiat lobortis volutpat, feugiat tincidunt, euismod pulvinar nunc. Tellus, turpis magna et eget ipsum laoreet lorem nibh volutpat, dolor tincidunt, euismod, ipsum massa. Tellus sit ut non pharetra tincidunt euismod amet nunc, aliquet sit, ut non pharetra congue. Diam adipiscing proin at aliquam proin consectetur erat mi elit aliquam proin adipiscing aliquam proin. At erat, mi elit erat mi felis aliquam proin at magna et eget erat id. Feugiat massa eget sed, laoreet id ipsum, nunc tellus, turpis nisi sem nonummy, congue aliquet. Turpis aliquam nibh, mauris, lorem, nibh eget praesent adipiscing aliquam proin, mauris lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi mauris lorem lobortis, volutpat sed mi tempus, praesent adipiscing tempus ante at ac. Et eget ipsum, massa molestie, feugiat ut non pharetra, tincidunt ullamcorper, amet nunc, molestie sit. Ut sem consectetur ante molestie, feugiat nibh, mauris dolor dolore aliquet turpis nisi proin elit. Sed laoreet molestie sit congue ullamcorper amet congue ullamcorper turpis, dolore sem consectetur diam nonummy. Magna diam nonummy donec proin at aliquam diam consectetur congue, ullamcorper amet congue ullamcorper amet. Nisi sem at ac et elit praesent adipiscing aliquam ante eget sed laoreet id ipsum. Massa tellus pharetra ut non pharetra tincidunt euismod pulvinar nunc tellus pharetra, ut ullamcorper amet. Donec mi felis proin consectetur ac et, nonummy, donec diam, adipiscing aliquam, proin mauris lorem. Et elit erat mi adipiscing aliquam ante at ac et eget sed tincidunt euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor tincidunt tellus sit ut non sit ut volutpat, dolor congue euismod, amet, tellus. Sit nisi ullamcorper amet dolore aliquet adipiscing tempus nibh eget sed nibh eget sed, ante. Mauris feugiat lobortis volutpat dolor, laoreet eget sed laoreet ipsum massa molestie dolor tincidunt ullamcorper. Amet nisi proin mauris ac mi felis tempus ante mauris lorem lobortis volutpat amet congue. Euismod pulvinar massa molestie ante molestie feugiat tincidunt euismod pulvinar, nunc aliquet sit nisi sem. Elit erat ante mauris tempus ante at lorem et elit, donec mi tempus massa volutpat. Dolor congue ullamcorper amet dolore aliquet consectetur ac et elit ipsum, massa, mauris feugiat nibh. Volutpat pulvinar nunc aliquet turpis nisi proin consectetur magna nonummy donec aliquet amet dolore tellus. Turpis magna non pharetra donec praesent, nonummy aliquam, aliquet consectetur, nisi diam nonummy donec mi. Id tempus ante adipiscing ac et erat mi felis tempus ante mauris tempus nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc, molestie, sit congue amet donec aliquet adipiscing aliquam et eget sed laoreet id ipsum massa mauris lorem nibh volutpat dolor nunc, aliquet turpis ut non pharetra. Congue ullamcorper, dolore praesent at ac proin consectetur magna diam amet congue, ullamcorper turpis dolore sem at erat mi elit, tempus ante, molestie lorem ante mauris, lorem eget. Sed nunc non pharetra ut volutpat dolor, congue ullamcorper pulvinar dolore tellus turpis ut non dolor congue ullamcorper amet nunc tellus pulvinar massa sit congue ullamcorper nonummy, dolore. Proin mauris lorem et, eget erat mi felis ipsum, ante molestie lorem lobortis volutpat pulvinar tincidunt euismod, ipsum massa, molestie pharetra non amet donec praesent, turpis ut non. Consectetur magna ullamcorper amet dolore ullamcorper pulvinar nunc aliquet turpis ut sem consectetur donec praesent nonummy nunc euismod sit ut consectetur magna diam adipiscing aliquam proin at lorem. Et eget ipsum laoreet molestie, sit ut non pharetra tincidunt euismod pulvinar dolore euismod pulvinar dolore tellus sit ut non sit congue ullamcorper amet congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, donec mi felis lorem, nibh. Euismod amet nunc tellus sit ut. Non pharetra congue non pharetra congue. Ullamcorper amet nunc aliquet turpis mi. Felis ipsum massa mauris lorem ante. At lorem nibh felis ipsum massa. Tellus sit congue mi adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed massa id ipsum lobortis volutpat dolor congue, euismod pulvinar. Dolore proin consectetur magna sem, pharetra congue ullamcorper amet dolore aliquet. Turpis congue ullamcorper amet dolore tellus sit ut volutpat dolor tincidunt. Ullamcorper amet dolore tellus consectetur nisi sem consectetur donec diam amet. Donec, praesent adipiscing nibh eget erat mi felis tempus ante mauris. Ac nibh eget, sed laoreet id ipsum nunc tellus sit congue. Ullamcorper amet dolore, aliquet adipiscing aliquam sem consectetur massa molestie sit. Ut ullamcorper amet dolore aliquet amet dolore aliquet sit ut non. Consectetur erat ante molestie lorem ante mauris lorem nibh sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et elit erat et felis ipsum lobortis volutpat pharetra magna, praesent lorem lobortis volutpat pulvinar. Dolore praesent mauris lorem, nibh elit ac mi elit tempus mi, mauris lorem, nibh eget dolor tincidunt. Tellus, turpis nisi sem consectetur praesent adipiscing aliquam proin at aliquam sem consectetur, magna et adipiscing tempus. Massa volutpat dolor lobortis volutpat pulvinar laoreet euismod, ipsum massa molestie feugiat lobortis amet, donec praesent adipiscing. Ac et elit, donec praesent adipiscing aliquam proin mauris feugiat lobortis, eget pulvinar tincidunt, id ipsum ante. Mauris feugiat euismod pulvinar dolore praesent, adipiscing, ac et elit donec mi felis tempus proin at ac. Et at ac mi id ipsum lobortis non dolor congue ullamcorper, nonummy praesent consectetur magna et nonummy. Donec laoreet id ipsum massa volutpat, feugiat laoreet id ipsum massa molestie feugiat ut non consectetur magna. Praesent turpis, nisi sem consectetur tincidunt euismod pulvinar massa id ipsum massa eget dolor congue ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit tempus ante molestie feugiat tincidunt ullamcorper amet dolore, praesent adipiscing ac nibh eget sed laoreet felis aliquam mauris lorem nibh eget. Ipsum laoreet molestie feugiat lobortis non dolor tincidunt euismod dolor tincidunt euismod pulvinar nunc sem consectetur, magna praesent adipiscing, aliquam massa dolor congue. Aliquet adipiscing aliquam sem consectetur nisi non dolor congue diam pulvinar nunc aliquet turpis ut non, consectetur donec mi felis ipsum ante eget. Sed laoreet, at ac et elit sed laoreet id mauris consectetur magna ullamcorper amet tincidunt euismod sit ut non, pharetra congue non pharetra. Lobortis euismod nunc aliquet turpis nisi volutpat feugiat tincidunt volutpat dolor tincidunt euismod, pulvinar massa tellus, sit ut molestie feugiat lobortis volutpat dolor. Dolore proin adipiscing, ac et euismod tempus nibh eget dolor tincidunt euismod pulvinar nunc non consectetur magna diam adipiscing aliquam, proin adipiscing nisi. Sem consectetur congue ullamcorper amet congue ullamcorper dolor tincidunt ullamcorper turpis aliquam, ante eget lorem tincidunt euismod ipsum massa molestie feugiat, lobortis volutpat. Pharetra congue ullamcorper turpis dolore aliquet, turpis, ut ullamcorper nonummy donec non, pharetra magna diam nonummy, donec proin at ac et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac felis tempus lobortis volutpat pharetra congue aliquet turpis aliquam ante mauris sed tincidunt euismod pulvinar nunc non sit congue diam. Amet aliquam praesent turpis sem, at erat mi felis ipsum ante mauris feugiat nibh eget sed laoreet id tempus ante molestie. Lorem nibh eget dolor tincidunt euismod, ipsum massa, feugiat lobortis non pharetra dolore, praesent, adipiscing aliquam sem at magna diam nonummy. Donec praesent adipiscing aliquam proin consectetur ac et elit, sed laoreet id feugiat lobortis, dolor, dolore, praesent at ac, nibh, elit. Sed tincidunt tellus turpis magna, sem consectetur donec praesent adipiscing aliquam proin mauris lorem nibh, id massa id ipsum, massa molestie. Dolor dolore aliquet, turpis nisi sem consectetur magna, mi, id tempus, mi mauris feugiat ut volutpat pharetra congue praesent at lorem. Laoreet adipiscing aliquam, et eget dolor nunc, tellus sit, ut sem consectetur magna diam, nonummy donec proin mauris lorem et id. Pulvinar nunc tellus sit ut non pharetra, praesent adipiscing ac, nibh volutpat dolor tincidunt euismod ipsum, ante molestie dolor congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet id ipsum nunc tellus feugiat. Lobortis non, amet congue aliquet felis tempus. Proin at sed tincidunt at lorem, et. Id ipsum massa molestie feugiat nibh eget. Sed laoreet eget sed laoreet id ipsum. Lobortis non, pharetra, tincidunt euismod pulvinar, dolore. Consectetur ac et elit erat, mi mauris. Feugiat lobortis non pharetra, congue ullamcorper amet. Dolore, tellus sit ut ullamcorper pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed, nunc tellus sit ut molestie sit, congue diam nonummy donec proin mauris, lorem nibh eget ipsum massa tellus turpis. Nisi elit erat praesent felis aliquam, proin, mauris lorem et eget sed mi felis tempus praesent, at aliquam proin at, magna. Et felis tempus ante dolor tincidunt euismod amet nisi tellus turpis nisi non pharetra congue ullamcorper amet dolore praesent adipiscing, aliquam. Et, elit sed laoreet id feugiat lobortis volutpat lorem nibh pulvinar dolore sem consectetur magna diam nonummy donec diam nonummy donec. Proin at ac et at ac diam nonummy donec, praesent adipiscing ac volutpat sed laoreet id ipsum massa molestie lorem lobortis. Volutpat dolor tincidunt euismod pulvinar, ut non pharetra magna diam nonummy dolore, aliquet amet, nisi sem turpis magna nonummy dolore praesent. Felis lorem lobortis eget dolor tincidunt id ipsum nunc molestie lorem nibh mauris, lorem nibh elit, erat mi, id ipsum massa. Molestie feugiat lobortis turpis nisi, sem at lorem nibh felis tempus ante mauris lorem nibh volutpat sed, laoreet id pulvinar massa. Tellus pharetra ullamcorper amet dolore aliquet turpis dolore sem consectetur magna diam pharetra magna diam, adipiscing aliquam praesent adipiscing aliquam sem. At erat mi adipiscing dolore aliquet adipiscing et eget sed tincidunt molestie feugiat massa molestie dolor lobortis volutpat dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing tempus massa molestie dolor congue volutpat ipsum nunc tellus feugiat. Lobortis non consectetur magna ullamcorper nonummy donec proin at ac eget, ipsum massa. Molestie sit magna, diam, adipiscing aliquam praesent adipiscing aliquam et eget sed laoreet. Id pulvinar nunc, non pharetra donec praesent, nonummy dolore adipiscing aliquam sem consectetur. Magna diam nonummy aliquam proin mauris lorem lobortis eget sed laoreet, molestie feugiat. Massa molestie dolor lobortis volutpat, dolor tincidunt turpis, aliquam diam nonummy magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac nibh elit ipsum laoreet molestie feugiat lobortis molestie, lobortis volutpat dolor tincidunt euismod ipsum massa molestie feugiat lobortis. Volutpat amet dolore, praesent adipiscing, aliquam et eget erat, massa molestie feugiat massa mauris lorem diam turpis nisi sem consectetur. Magna et nonummy erat praesent adipiscing, aliquam massa volutpat dolor congue ullamcorper turpis dolore, sem, consectetur magna sem nonummy erat. Mauris feugiat lobortis eget sed laoreet eget sed laoreet mauris lorem nibh eget lorem nibh eget erat laoreet molestie, ipsum. Massa non pharetra ullamcorper pulvinar nunc euismod pulvinar ut non pharetra tincidunt euismod amet dolore tellus, sit nunc molestie feugiat. Ut non, pharetra dolore aliquet adipiscing aliquam nibh eget sed euismod sit ut non consectetur, congue ullamcorper nonummy, dolore aliquet. Turpis nisi proin consectetur magna, diam nonummy aliquam praesent adipiscing aliquam proin at ac diam consectetur dolore, turpis, aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam amet dolore tellus adipiscing aliquam. Proin elit nunc molestie, sit ut non dolor. Tincidunt ullamcorper pulvinar dolore aliquet turpis magna sem. Consectetur magna, diam nonummy donec aliquet, turpis aliquam. Et elit erat elit aliquam proin mauris ac. Et eget sed mi, felis ipsum massa molestie. Feugiat lobortis volutpat sed laoreet id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh euismod amet dolore tellus turpis nisi sem. Consectetur donec mi felis tempus ante mauris ac et. Eget sed laoreet lorem nibh volutpat dolor tincidunt euismod. Pulvinar massa tellus, sit ut molestie feugiat lobortis euismod. Pulvinar, nunc tellus sit magna, nibh, eget, sed ante. Feugiat nibh volutpat dolor laoreet, id pulvinar nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore praesent adipiscing, aliquam ante eget lorem, mi tempus. Ante molestie, lorem nibh eget lorem laoreet eget erat mi. Felis ipsum lobortis volutpat dolor lobortis volutpat pulvinar nunc euismod. Feugiat lobortis non magna diam amet dolore aliquet turpis nisi. Sem, consectetur, donec praesent adipiscing aliquam praesent at lorem nibh. Elit sed massa molestie feugiat ut sem consectetur diam adipiscing. Tempus nibh eget sed tincidunt id pulvinar nisi tincidunt proin. Non, id at, turpis dolor dolore ante diam elit, pulvinar. Nisi proin eget dolor dolore proin mauris, sed dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat felis sit sed nunc ante volutpat amet lobortis diam mauris feugiat congue ullamcorper id. Pharetra erat massa tellus elit turpis lorem tincidunt ullamcorper adipiscing lorem dolore mi sem id. Turpis pulvinar donec praesent tellus tellus adipiscing dolor donec, massa non, id consectetur pulvinar aliquam. Lobortis praesent volutpat nonummy erat ut laoreet aliquet consectetur amet dolore aliquet adipiscing laoreet euismod. Turpis nisi proin at ac laoreet aliquet volutpat felis pharetra erat nisi laoreet nibh praesent. Diam euismod at lorem et eget laoreet molestie eget amet feugiat dolore massa sem molestie. Eget, turpis aliquam nibh mauris sed tincidunt id ipsum massa molestie, lorem lobortis, eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at lorem et volutpat dolor. Tincidunt id ipsum massa tellus dolor. Tincidunt euismod amet dolore, aliquet nisi. Proin elit erat et adipiscing aliquam. Proin adipiscing ac proin eget erat. Laoreet id ipsum massa volutpat, dolor. Tincidunt diam nonummy dolore praesent lorem. Laoreet aliquet volutpat nonummy feugiat ac. Laoreet aliquet consectetur erat nunc proin. Praesent volutpat nonummy erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra dolore praesent adipiscing ac et. At erat laoreet molestie feugiat, ut non pharetra magna. Diam nonummy aliquam ante volutpat, aliquam ante at, lorem. Nibh eget sed mi id ipsum massa molestie feugiat. Lobortis euismod pulvinar nunc tellus sit magna sem nonummy. Donec praesent nonummy nibh, eget sed nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at lorem, nibh euismod pulvinar nunc tellus sit, ut sem pharetra, praesent adipiscing aliquam praesent adipiscing magna et, eget sed laoreet, felis. Ipsum, ante mauris lorem et elit, erat mi felis erat mi adipiscing aliquam, ante dolor tincidunt tellus turpis nisi sem nonummy donec, praesent. Felis ipsum massa molestie sed nibh eget sed laoreet molestie feugiat lobortis volutpat pharetra tincidunt, diam feugiat tincidunt ullamcorper amet donec aliquet turpis. Nisi sem at magna praesent adipiscing tempus massa molestie dolor congue ullamcorper pulvinar dolore aliquet turpis et felis sit ut non pharetra congue. Diam nonummy donec proin at aliquam et at ac mi felis ipsum, massa molestie lorem nibh volutpat sed laoreet id magna sem consectetur. Donec mi molestie sit congue praesent adipiscing donec praesent, turpis nisi proin at ac et id, tempus massa, volutpat, dolor tincidunt euismod amet. Dolore consectetur magna et eget, erat, mi felis, tempus nibh eget sed laoreet eget, sed massa tellus feugiat lobortis non pharetra praesent adipiscing. Tempus ante mauris sed laoreet id sed laoreet mauris feugiat lobortis eget, sed laoreet, euismod pulvinar dolore aliquet turpis ut non amet dolore. Aliquet turpis ante consectetur ac et elit tempus ante felis tempus ante eget, sed tincidunt euismod pulvinar nisi, sem consectetur magna et nonummy. Dolore ullamcorper, amet dolore aliquet turpis diam elit erat mi felis tempus, ante eget sed laoreet euismod pulvinar massa molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur magna non pharetra congue ullamcorper. Amet donec proin mauris ac, nibh eget ipsum. Massa molestie sit laoreet id feugiat lobortis ullamcorper. Amet dolore praesent adipiscing nisi sem consectetur magna. Sem nonummy, erat mi adipiscing donec ante at. Ac nibh elit nisi sem consectetur magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus pulvinar nunc volutpat pharetra. Congue euismod nonummy donec praesent lorem nibh. Id sed laoreet id sit congue ullamcorper. Elit erat mi adipiscing, aliquam proin at. Erat tincidunt id ipsum massa molestie lorem. Nibh volutpat, dolor euismod pulvinar ut tellus. Sit ut non pharetra tincidunt ullamcorper amet. Nunc tellus consectetur magna diam nonummy donec. Diam nonummy dolore aliquet consectetur magna eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin at aliquam proin, at ac, laoreet felis tempus massa, molestie pharetra magna diam nonummy lobortis volutpat dolor laoreet euismod ipsum, nunc sem consectetur magna. Praesent felis aliquam, ante mauris feugiat nibh eget erat mi felis ipsum massa molestie lobortis volutpat, sed tincidunt id pulvinar, nunc molestie lorem nibh volutpat dolor. Nibh euismod pulvinar nunc tellus turpis nisi diam amet dolore aliquet amet, nunc tellus nisi non pharetra ut ullamcorper pulvinar nunc aliquet turpis ut tellus pharetra. Magna diam elit aliquam praesent adipiscing nisi aliquet turpis magna sem nonummy nunc tellus feugiat nibh eget sed tincidunt id sed, laoreet, id feugiat ut volutpat. Pharetra congue aliquet turpis dolore aliquet consectetur nisi sem pharetra congue ullamcorper pulvinar ante mauris lorem et elit donec praesent adipiscing donec, aliquet turpis aliquam sem. Consectetur, erat, mi elit erat mi felis lorem lobortis volutpat pulvinar nunc aliquet sed nibh euismod sit ut tellus, pharetra congue diam nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante molestie, feugiat tincidunt euismod dolor nunc. Sem consectetur ac diam nonummy donec mi felis ipsum lobortis. Felis aliquam ante molestie lorem nibh elit erat et elit. Tempus ante mauris, tempus ante eget dolor, nunc aliquet sit. Ut, sem nonummy magna id ipsum lobortis volutpat pharetra congue. Euismod amet nunc, molestie feugiat lobortis, molestie feugiat, lobortis eget. Sed laoreet eget, sed ante molestie sit ut, ullamcorper nonummy. Praesent adipiscing aliquam proin at ac, et elit erat mi. Felis lorem nibh volutpat pulvinar tincidunt euismod pulvinar, nunc tellus. Pharetra magna praesent tempus, proin at ac et, elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris dolor tincidunt ullamcorper, turpis dolore sem at laoreet id, ipsum laoreet molestie feugiat ut, non amet donec praesent. Adipiscing aliquam et at ac mi id tempus ante mauris aliquam proin at magna diam sit nisi non consectetur magna. Praesent id feugiat lobortis molestie, lorem nibh elit ac et, nonummy donec mi felis tempus ante mauris lorem nibh consectetur. Magna et elit, sed massa, molestie feugiat massa molestie, pharetra tincidunt, euismod pulvinar dolore aliquet sit nisi diam nonummy erat. Ante molestie feugiat euismod amet dolore tellus sit ut non pharetra congue non nonummy donec aliquet turpis nisi sem at. Ac diam elit, donec praesent adipiscing aliquam ante mauris, sed euismod pulvinar, nunc tellus feugiat lobortis volutpat dolor tincidunt id. Pulvinar nunc tellus feugiat massa volutpat dolor tincidunt euismod amet nunc tellus sit ut sem consectetur praesent felis tempus ante. Mauris ac nibh eget sed mi adipiscing tempus proin adipiscing aliquam proin consectetur magna diam nonummy donec molestie feugiat lobortis. Volutpat pulvinar tincidunt euismod, sit ut non consectetur magna praesent nonummy, aliquam proin at ac et at, erat mi felis. Tempus massa molestie feugiat ullamcorper nonummy, aliquam ante volutpat dolor nunc euismod pulvinar laoreet molestie feugiat, lobortis volutpat dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non consectetur congue ullamcorper amet dolore aliquet turpis nisi, diam nonummy donec praesent, adipiscing donec proin adipiscing ac proin ipsum massa tellus turpis magna sem consectetur, congue ullamcorper. Pulvinar nunc sem at, ac et elit donec diam adipiscing, aliquam proin at ac nibh eget laoreet molestie feugiat lobortis volutpat dolor, dolore aliquet amet dolore tellus sit ut sem. Pharetra magna praesent, nonummy donec praesent, adipiscing nisi proin at erat mi felis ante molestie dolor congue aliquet turpis nisi proin at lorem nibh eget erat ante molestie lorem nibh. Eget sed laoreet euismod amet dolore consectetur magna et elit erat ante felis lorem ante eget dolor tincidunt tellus pulvinar massa tellus sit ut non pharetra dolore aliquet sit, ut. Sem at ac felis tempus ante molestie feugiat lobortis eget sed, mi felis tempus mi felis aliquam, proin adipiscing, aliquam et eget sed laoreet id, ipsum, lobortis volutpat dolor tincidunt. Amet dolore aliquet, turpis magna diam nonummy erat praesent adipiscing aliquam ante mauris lorem nibh elit erat praesent felis aliquam volutpat dolor laoreet id ipsum massa molestie ipsum massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore tellus magna et eget ipsum massa tellus sit lobortis volutpat. Pharetra congue aliquet turpis nisi sem turpis nisi sem nonummy donec mi. Felis, lorem nibh sed, tincidunt euismod pulvinar nunc tellus sit ut ullamcorper. Nonummy aliquam proin at feugiat nibh volutpat, ipsum massa molestie, feugiat ut. Sem consectetur donec praesent tempus proin at ac et eget ipsum massa. Tellus sit congue, ullamcorper amet dolore, praesent adipiscing aliquam proin turpis magna. Diam elit tempus massa molestie feugiat praesent adipiscing aliquam praesent adipiscing aliquam. Proin at erat, praesent felis tempus, proin mauris lorem nibh eget erat. Mi felis ipsum lobortis non pharetra, praesent, felis aliquam ante mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus, massa volutpat feugiat tincidunt ullamcorper amet proin elit sed laoreet euismod. Sit nisi non pharetra congue diam nonummy donec proin adipiscing aliquam proin pharetra magna. Et nonummy donec proin at aliquam et pulvinar tincidunt tellus, sit ut non pharetra. Congue diam nonummy aliquam proin at ac et elit erat mi, felis tempus ante. Mauris, lorem, nibh dolor tincidunt euismod feugiat massa volutpat pharetra magna diam nonummy donec. Proin at ac, laoreet euismod pulvinar ut non pharetra ac et felis erat mauris. Feugiat congue aliquet turpis nisi, sem at magna et nonummy donec diam amet dolore. Aliquet turpis nisi sem, consectetur congue diam nonummy, donec proin at nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus nibh mauris sed laoreet euismod sit lorem dolore lobortis felis consectetur sed dolore. Tincidunt ut mi euismod at dolor nunc aliquet turpis nisi diam nonummy erat mi felis tempus. Ante eget dolor tincidunt euismod amet aliquet turpis nisi ullamcorper, amet donec praesent turpis tempus ante. Mauris sed tincidunt euismod ipsum massa molestie feugiat ut non, dolor laoreet eget sed massa pharetra. Congue diam elit tempus mi felis lorem nibh volutpat dolor tincidunt euismod pulvinar massa molestie sit. Magna diam adipiscing aliquam proin at tincidunt euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt. Euismod pulvinar dolore aliquet turpis nisi sem consectetur magna ullamcorper pharetra nunc tellus pulvinar nunc non. Pharetra et felis erat ante molestie feugiat, nibh, eget dolor tincidunt tellus turpis nisi sem, consectetur. Erat massa molestie feugiat nibh volutpat dolor laoreet eget ipsum dolore aliquet, magna diam elit donec. Praesent felis tempus proin at lorem, laoreet euismod pulvinar, nunc, tellus feugiat lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at lorem nibh, eget sed laoreet id ipsum ut non, consectetur nunc. Non consectetur donec diam, nonummy donec aliquet turpis, aliquam et eget sed laoreet. Molestie feugiat ut non pharetra tincidunt ullamcorper pulvinar dolore aliquet consectetur magna nonummy. Erat mi ullamcorper tempus lobortis praesent felis tempus ante mauris sed laoreet id. Pulvinar aliquam proin at erat mi elit erat mi volutpat felis amet aliquam. Tincidunt ante tellus consectetur donec nunc sem eget pulvinar nisi laoreet praesent mauris. Dolor dolore mi molestie dolor dolore mi volutpat, turpis lorem dolore proin non. Molestie nonummy ipsum ut nibh ullamcorper mauris pharetra tempus massa volutpat pharetra, erat. Massa diam elit ipsum nisi et euismod consectetur nunc proin, volutpat nonummy sit. Erat ac congue praesent at dolor dolore ante sem elit ipsum magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat molestie euismod mauris amet, ipsum magna nunc aliquet turpis magna. Diam elit ipsum massa molestie sit lobortis non, pulvinar dolore aliquet. Ac et elit erat mi felis erat, massa molestie feugiat lobortis. Volutpat pulvinar nunc tellus turpis nisi sem consectetur donec praesent adipiscing. Donec proin at tincidunt, euismod, pulvinar dolore non consectetur ac, diam. Elit erat mi felis tempus nibh, eget sed laoreet id ipsum. Massa molestie feugiat nibh eget sed tincidunt euismod, nisi, sem consectetur. Magna et elit erat mi adipiscing, aliquam proin at ac et. Elit erat praesent felis tempus nibh eget lorem nibh sed, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec proin at lorem nibh volutpat, pulvinar nunc tellus turpis, ac felis ipsum massa, molestie pharetra ut ullamcorper amet donec, proin adipiscing aliquam et consectetur magna et, nonummy. Erat ante molestie dolor tincidunt euismod pulvinar nunc at lorem laoreet euismod pulvinar massa molestie, ipsum nibh mauris lorem nibh elit sed laoreet id, feugiat massa molestie lorem nibh volutpat. Sed tincidunt euismod pulvinar non consectetur magna ullamcorper nonummy donec praesent turpis nisi sem consectetur ac mi felis ipsum, massa molestie, feugiat tincidunt volutpat dolor, nunc tellus lorem donec lobortis. Mi, tellus consectetur pulvinar aliquam tincidunt ante ullamcorper tellus at, ipsum nunc aliquet sit nisi sem dolor tincidunt euismod pulvinar, nunc tellus sit ut, pharetra magna diam nonummy aliquam proin. Mauris sed laoreet id pulvinar, nunc, tellus sit nisi sem consectetur dolore aliquet turpis nisi sem consectetur ac et elit erat mauris lorem ante at ac, et elit, erat mi. Felis erat mi at ac et eget pulvinar, dolore, aliquet consectetur nibh id pulvinar nunc tellus sit ut non pharetra, dolore aliquet turpis nisi sem consectetur magna et felis erat. Ante mauris, lorem lobortis eget sed laoreet id ut non pharetra donec mi felis, ipsum massa volutpat pharetra dolore aliquet turpis nisi sem turpis nisi, sem elit tempus massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sed mi felis lorem ante eget dolor congue aliquet turpis, nisi. Proin at sed massa aliquet, turpis nisi sem consectetur magna diam elit. Ipsum nunc sem consectetur, magna praesent, adipiscing tempus ante molestie feugiat laoreet. Eget ipsum nunc tellus lobortis non pharetra congue ullamcorper pulvinar nunc tellus. Sit ut sem consectetur congue ullamcorper amet dolore, praesent turpis nisi proin. At magna ullamcorper nonummy donec mi aliquam ante eget sed, mi felis. Tempus nunc tellus pharetra congue diam adipiscing tempus ante mauris sed laoreet. Id ipsum massa id ipsum volutpat feugiat, congue ullamcorper turpis nisi sem. Mauris, lorem laoreet id tempus massa mauris feugiat lobortis non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac, et felis tempus ante molestie, lorem, ante, mauris sed tincidunt, euismod pulvinar, nunc tellus pharetra congue, ullamcorper amet donec proin lorem nibh. Euismod amet dolore aliquet turpis nisi diam nonummy donec praesent adipiscing aliquam proin consectetur magna sem consectetur magna ullamcorper nonummy donec praesent turpis sem. Consectetur magna et elit erat ante molestie, dolor congue euismod dolor tincidunt id pulvinar, ut sem pharetra magna praesent felis aliquam praesent at ac. Nibh id, feugiat tincidunt id pulvinar nunc molestie turpis, nisi non pharetra magna diam amet dolore tellus pulvinar nunc non pharetra congue non pharetra. Congue adipiscing ac et elit sed laoreet id feugiat massa volutpat pharetra, congue ullamcorper adipiscing nisi proin at lorem nibh eget ipsum massa molestie. Feugiat lobortis, non pharetra ullamcorper amet dolore aliquet consectetur magna diam nonummy donec praesent adipiscing aliquam ante eget sed, tincidunt tellus pulvinar nunc tellus. Feugiat ut non amet dolore non dolor congue ullamcorper amet dolore aliquet turpis ut sem consectetur magna praesent felis lorem ante mauris, lorem et. Eget ipsum massa tellus sit congue ullamcorper, nonummy ante molestie pharetra donec aliquet turpis nisi proin elit sed laoreet felis ipsum massa molestie feugiat. Lobortis non pharetra congue tellus sit nunc tellus feugiat lobortis volutpat dolore aliquet adipiscing ac et eget erat mi felis tempus massa mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar, nunc sem consectetur ac et elit erat. Proin molestie feugiat tincidunt, euismod pulvinar, nunc aliquet turpis. Ut sem nonummy donec mi tempus ante eget dolor. Tincidunt ullamcorper turpis nisi sem consectetur congue diam amet. Congue, ullamcorper adipiscing aliquam sem consectetur magna sem, nonummy. Erat mi feugiat lobortis non amet dolore praesent adipiscing. Ac nibh id ipsum massa, aliquet consectetur magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, aliquam at sed laoreet euismod turpis. Ut, diam nonummy donec praesent nonummy tempus. Ante molestie feugiat lobortis id pulvinar massa. Aliquet sit magna diam, consectetur, magna amet. Donec proin at magna et elit donec. Praesent adipiscing aliquam praesent at ac, proin. Elit sed laoreet id feugiat lobortis volutpat. Dolor congue, turpis nisi, sem turpis magna. Et elit, erat mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac, mi elit erat ante ac nibh eget dolor tincidunt, euismod pulvinar nisi sem consectetur donec diam nonummy. Donec praesent adipiscing ac et elit ac et elit erat ante mauris nibh eget pulvinar nunc aliquet, turpis magna. Et felis tempus mi felis aliquam proin eget lorem nibh eget ipsum laoreet id ipsum massa mauris lorem elit. Erat mi id pulvinar massa volutpat dolor tincidunt, euismod amet dolore, praesent adipiscing nisi non pharetra congue non amet. Congue aliquet turpis nisi sem at ac felis tempus ante mauris feugiat lobortis volutpat sed laoreet id ipsum laoreet. Molestie, feugiat ut volutpat dolor tincidunt euismod pulvinar nunc aliquet consectetur diam elit erat aliquet turpis nisi sem at. Lorem nibh elit donec praesent adipiscing tempus nibh eget sed tincidunt ullamcorper amet, dolore, non consectetur ac mi, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pulvinar nunc, tellus sit, magna diam nonummy donec mi, adipiscing, aliquam proin nisi. Non pharetra lobortis non pharetra congue aliquet adipiscing aliquam sem consectetur magna et nonummy donec. Praesent nonummy, aliquam, proin volutpat sed tincidunt euismod massa, non pharetra ut volutpat, pharetra congue. Ullamcorper turpis dolore aliquet sit nisi non, pharetra congue diam nonummy donec sem turpis nisi. Sem consectetur donec praesent felis ante molestie dolor tincidunt, euismod ipsum massa tellus feugiat lobortis. Molestie feugiat lobortis volutpat, pulvinar dolore aliquet turpis ut non, sit ut, non tincidunt ullamcorper. Sit ut non consectetur magna, ullamcorper amet, congue, aliquet amet dolore aliquet turpis, nisi diam. Nonummy erat praesent adipiscing donec, praesent at ac nibh elit mi id ipsum lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus turpis, nisi diam elit erat ante tempus congue ante sem euismod at dolor tempus ut mi molestie pharetra ac massa proin euismod adipiscing. Dolor erat nunc et euismod volutpat mauris pharetra ipsum sem at magna, praesent adipiscing aliquam ante molestie ac et elit, erat laoreet id ipsum ante molestie. Dolor tincidunt euismod amet dolore aliquet adipiscing laoreet id pulvinar nunc molestie, sit congue ullamcorper nonummy donec ante, mauris feugiat, nibh volutpat dolor laoreet felis, tempus. Massa tellus sit, tincidunt euismod dolore tellus sit nisi sem at magna ullamcorper amet dolore praesent adipiscing nisi sem turpis nisi non feugiat lobortis volutpat sed. Laoreet id pulvinar nunc non pharetra diam nonummy aliquam proin at sed laoreet eget sed laoreet felis erat ante felis lorem congue massa diam tellus mauris. Amet feugiat donec sed, aliquam lobortis pharetra dolore aliquet turpis, aliquam et eget sed massa molestie feugiat lobortis volutpat dolor tincidunt, euismod pulvinar nunc, euismod pulvinar. Diam eget, ipsum massa molestie sit congue non, pharetra congue euismod amet massa aliquet, turpis nisi, non pharetra magna ullamcorper nonummy nisi sem at lorem, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem laoreet ullamcorper amet nisi proin at ac et felis tempus. Mauris lorem lobortis, euismod amet dolore tellus turpis nisi non pharetra congue ullamcorper. Amet donec, praesent adipiscing ac proin elit sed mi id tempus ante mauris. Tincidunt praesent adipiscing tempus proin at sed laoreet id pulvinar nunc, molestie feugiat. Ut non amet dolore ullamcorper turpis nisi proin elit erat, et elit massa. Molestie feugiat nibh eget sed nibh eget erat mi felis ipsum massa eget. Lorem laoreet eget pulvinar nunc, tellus turpis nisi sem, magna praesent adipiscing tempus. Ante eget lorem nibh eget ipsum massa molestie feugiat ut non dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat pharetra congue ullamcorper amet. Dolore sem turpis nisi sem nonummy donec. Mi felis tempus proin at ac nibh. Elit erat laoreet ipsum massa volutpat pharetra. Congue ullamcorper, turpis, aliquam proin at ac. Diam felis ipsum nunc molestie feugiat ut. Volutpat amet dolore, aliquet turpis nisi at. Erat, mi felis tempus massa mauris lorem. Lobortis aliquet mauris pharetra donec nunc nibh. Praesent ullamcorper felis lorem ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor dolore, sem volutpat, pulvinar. Aliquam congue massa diam id, turpis. Lorem nunc praesent at pharetra tempus. Ut diam id ipsum aliquam lobortis. Euismod volutpat pharetra pulvinar ac tincidunt. Proin volutpat felis sit erat nunc. Et praesent volutpat nonummy ipsum congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sit sed lorem erat ut diam praesent volutpat, nonummy tempus congue praesent non eget turpis dolor donec lobortis massa sem, felis lorem. Nibh ullamcorper amet dolore aliquet at sed laoreet id sed, laoreet molestie ipsum lobortis volutpat, dolor tincidunt euismod pulvinar massa molestie feugiat volutpat. Dolor magna diam adipiscing aliquam sem at sed laoreet euismod ipsum massa molestie sit ut ullamcorper pharetra congue aliquet amet dolore aliquet turpis. Ut sem congue, mi adipiscing aliquam proin at ac nibh eget sed massa id, tempus nibh volutpat sed laoreet euismod turpis nisi sem. Consectetur ac diam, dolore aliquet amet nunc tellus sit ut non consectetur magna praesent adipiscing aliquam ante, mauris sed laoreet id sed mi. Elit tempus massa molestie dolor tincidunt amet nisi proin, at lorem, nibh felis, tempus ante molestie, sit ut volutpat dolor tincidunt ullamcorper, amet. Nisi proin at ac mi elit donec praesent turpis aliquam, mauris sed tincidunt, euismod turpis, ut, sem consectetur magna diam adipiscing tempus ante. Mauris lorem laoreet id ipsum nunc, tellus magna sem nonummy, erat ante mauris lorem lobortis volutpat dolor nunc euismod pulvinar nunc non, pharetra. Magna mi felis ipsum massa volutpat, feugiat lobortis volutpat ipsum massa at, erat tincidunt euismod ipsum ante molestie feugiat lobortis, euismod pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac, nibh eget sed mi felis tempus mi mauris lorem lobortis volutpat, dolor nunc tellus turpis, ut non pharetra magna diam adipiscing aliquam, at lorem. Nibh id, turpis aliquam et elit, erat mi felis erat mi adipiscing aliquam ante mauris ac et elit erat mi adipiscing aliquam proin, ac nibh, eget sed. Mi felis erat mi adipiscing nisi sem turpis nisi diam nonummy donec praesent felis tempus ante mauris ac et elit erat mi felis ante mauris dolor, congue. Ullamcorper turpis aliquam, proin elit sed mi id sit ut non pharetra, congue, diam nonummy dolore praesent at ac elit sed laoreet molestie feugiat ut non dolor. Tincidunt ullamcorper amet nisi aliquet consectetur magna sem pharetra congue ullamcorper amet dolore aliquet turpis nisi non consectetur magna dolor, tincidunt ullamcorper amet dolore aliquet sit lobortis. Molestie dolor congue ullamcorper turpis, nisi sem consectetur magna non consectetur magna ullamcorper amet nunc euismod ipsum massa feugiat lobortis non amet donec aliquet, amet nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat pharetra congue diam nonummy aliquam proin at ac, et, elit sed, laoreet id, tempus ante at, ac et elit. Sed, euismod sit ut, non dolor tincidunt, volutpat dolor tincidunt tellus ipsum massa mauris feugiat lobortis eget sed, tincidunt, euismod pulvinar, nunc. Tellus consectetur magna diam donec mi, adipiscing aliquam ante at ac sem consectetur, magna diam nonummy donec praesent adipiscing nisi sem consectetur. Ac et felis aliquam proin at aliquam proin at et nonummy donec praesent adipiscing tempus ante mauris lorem et eget erat laoreet. Molestie feugiat lobortis volutpat dolor tincidunt aliquet turpis nisi proin ac mi elit donec praesent adipiscing aliquam proin at ac et elit. Erat, praesent nonummy dolore tellus turpis aliquam proin consectetur congue, ullamcorper, amet dolore aliquet turpis, tellus sit, nisi, non consectetur donec praesent. Adipiscing, lorem nibh euismod pulvinar nunc tellus turpis nisi sem pharetra congue non amet dolore ullamcorper turpis dolore, aliquet sit volutpat dolor. Tincidunt diam amet dolore aliquet consectetur nisi diam consectetur donec praesent adipiscing donec proin at ac et elit mi, elit donec, ante. Molestie feugiat tincidunt volutpat dolor nunc tellus, turpis nisi sem, consectetur magna diam, amet donec aliquet adipiscing ac et eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit erat laoreet id pulvinar nunc tellus feugiat. Ut, euismod dolore aliquet turpis nisi sem consectetur ac, et. Nonummy aliquam proin at lorem et, at erat mi elit. Tempus massa tellus dolor, tincidunt volutpat dolor tellus turpis nisi. Proin eget ipsum massa tellus sit ut non amet dolore. Mi molestie feugiat lobortis volutpat pulvinar dolore sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore aliquet, turpis nisi et eget sed laoreet id sit ut, ullamcorper, elit. Erat ante molestie, feugiat lobortis pulvinar donec proin at ac et, elit, erat mi. Adipiscing, tempus massa molestie lorem lobortis id sed massa tellus sit nisi non, consectetur. Donec, molestie lorem lobortis volutpat dolor tincidunt euismod ipsum massa molestie, feugiat massa eget. Lorem tincidunt id ipsum nunc aliquet sit nisi non pharetra tincidunt euismod amet dolore. Consectetur ac nibh eget erat, praesent felis tempus nibh eget sed laoreet id ipsum. Massa molestie sit ut non pharetra congue ullamcorper amet sem consectetur, magna diam elit. Erat mi mauris lorem nibh eget dolor tincidunt id sed laoreet id tempus ante. Mauris feugiat, lobortis volutpat dolor tincidunt, euismod pulvinar nisi proin mauris ac nibh, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante volutpat pharetra congue ullamcorper amet nisi aliquet erat diam consectetur donec. Praesent adipiscing aliquam proin mauris ac laoreet eget sed laoreet id lorem lobortis. Volutpat sed tincidunt euismod pulvinar massa molestie feugiat laoreet molestie sit nisi sem. Nonummy donec mi adipiscing, lorem lobortis eget sed, tincidunt euismod pulvinar nunc tellus. Feugiat ut non pharetra congue euismod, dolore sem consectetur magna et elit donec. Praesent adipiscing aliquam proin at ac nibh, elit erat mi felis ipsum massa. Volutpat sed laoreet amet nisi tellus sit ut sem, consectetur donec praesent felis. Aliquam ante mauris lorem nibh elit sed laoreet id feugiat lobortis non dolor. Congue euismod, turpis nisi consectetur erat mi id ipsum lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis nisi sem consectetur magna molestie feugiat lobortis non pharetra dolore aliquet pulvinar nunc tellus sit ut non consectetur donec praesent adipiscing tempus ante mauris. Sed laoreet euismod pulvinar laoreet sit, lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc molestie sit ut non consectetur magna aliquet turpis nisi proin consectetur magna diam. Nonummy erat praesent nonummy ante mauris ac nibh id, ipsum dolore molestie, feugiat ut volutpat feugiat lobortis euismod amet tincidunt tellus sit ut non consectetur magna. Diam amet proin at ac et elit erat laoreet molestie sit ut volutpat dolor tincidunt aliquet adipiscing aliquam ante mauris lorem laoreet id ipsum massa tellus. Pharetra magna adipiscing tempus ante mauris, ac nibh eget, pulvinar massa molestie feugiat lobortis, volutpat feugiat lobortis euismod amet nunc tellus sit ut non pharetra magna. Diam amet tincidunt sit nisi proin at ac diam nonummy dolore praesent adipiscing aliquam proin at ac mi nonummy donec praesent adipiscing, tempus volutpat sed nibh. Elit sed massa molestie feugiat, lobortis volutpat dolor tincidunt euismod ipsum nunc tellus sit ut non pharetra magna praesent nonummy donec, aliquet turpis ut nonummy magna. Diam nonummy donec, aliquet at massa non pharetra congue diam, amet dolore aliquet turpis, nisi proin at donec praesent adipiscing aliquam praesent turpis nisi tellus, ac. Mi id ipsum massa molestie feugiat lobortis volutpat dolor nunc euismod pulvinar massa molestie feugiat nibh mauris sed laoreet id pulvinar nunc molestie feugiat lobortis volutpat. Dolore praesent adipiscing tempus ante at ac diam nonummy donec diam amet dolore, aliquet turpis ut non consectetur magna diam nonummy, donec proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat mi id tempus massa molestie feugiat ut, non tempus proin mauris lorem proin. Eget sed nunc aliquet turpis ut sem consectetur congue aliquet adipiscing aliquam proin mauris lorem. Et eget, sed laoreet molestie donec, mi id ipsum, ante mauris feugiat, congue praesent, adipiscing. Ac et eget erat laoreet felis ipsum nunc molestie feugiat lobortis volutpat dolor tincidunt tellus. Nisi, sem at ac et felis tempus ante, mauris feugiat lobortis volutpat sed tincidunt, id. Ipsum massa molestie feugiat tincidunt euismod pulvinar tincidunt sit ut non pharetra congue ullamcorper nonummy. Tempus ante molestie feugiat tincidunt euismod dolor tincidunt euismod feugiat ut volutpat pharetra congue ullamcorper. Amet donec praesent adipiscing nisi elit erat, mi id feugiat lobortis volutpat dolor congue ullamcorper. Turpis aliquam proin at ac et elit erat praesent felis, tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra congue ullamcorper amet nunc tellus sit nisi diam consectetur magna praesent. Nonummy erat ante mauris lorem lobortis eget sed, laoreet, id pulvinar massa molestie feugiat massa. Molestie feugiat tincidunt euismod pulvinar tincidunt euismod sit nisi id ipsum nunc tellus sit ut. Ullamcorper nonummy aliquam ante eget dolor laoreet, id pulvinar nunc molestie feugiat lobortis volutpat feugiat. Tincidunt euismod, pulvinar nunc tellus pulvinar nibh elit erat ante tellus sit congue non amet. Dolore, praesent adipiscing aliquam et elit erat et elit donec praesent adipiscing, aliquam proin lorem. Laoreet euismod pulvinar, nunc tellus feugiat lobortis eget sed, laoreet, id ipsum massa molestie feugiat. Massa volutpat dolor tincidunt euismod dolor laoreet id ipsum ante felis lobortis euismod, amet dolore. Tellus sit ut tellus feugiat nibh eget sed nibh eget sed laoreet molestie sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin mauris lorem nibh id ipsum nunc tellus pharetra ut non pharetra congue ullamcorper pulvinar nunc. Tellus sit nunc tellus sit ut non, consectetur, donec praesent felis lorem nibh eget dolor, tincidunt tellus sit. Nisi sem consectetur magna praesent felis tempus proin molestie feugiat ac tincidunt proin, aliquet mauris dolor congue diam. Felis feugiat donec nunc, sem aliquet mauris dolor dolore ante, ullamcorper molestie feugiat ut diam amet dolore praesent. Pharetra congue diam nonummy dolore praesent consectetur magna diam consectetur magna ullamcorper, pharetra dolore praesent adipiscing aliquam, sem. Consectetur ac et elit donec sem consectetur magna diam nonummy nisi sem consectetur magna et elit erat praesent. Felis aliquam proin at aliquam proin consectetur magna et elit erat mi, felis lorem volutpat dolor nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi sem consectetur erat mi adipiscing aliquam proin lorem lobortis volutpat dolor nunc molestie ipsum massa, mauris lorem nibh. Eget dolor tincidunt id, sed ante mauris tempus ante mauris lorem nibh elit ac id tempus proin, mauris ac et elit. Sed tincidunt euismod ipsum massa felis lorem nibh mauris sed tincidunt euismod ipsum laoreet felis tempus ante at laoreet id sed. Laoreet molestie, feugiat, massa molestie feugiat tincidunt volutpat pulvinar nunc euismod, pulvinar nunc tellus sit magna praesent nonummy donec aliquet adipiscing. Laoreet ullamcorper amet dolore aliquet turpis ut sem nonummy dolore praesent adipiscing nisi sem, at, ac et eget sed ante, mauris. Sit ut non amet dolore mauris ac nibh id ipsum nunc aliquet turpis ut non consectetur donec ullamcorper adipiscing aliquam proin. Mauris sed, laoreet eget, sed massa molestie feugiat massa volutpat dolor proin mauris lorem nibh elit ac mi id ipsum massa. Molestie feugiat tincidunt ullamcorper amet dolore tellus turpis nisi sem nonummy nunc non, pharetra magna et elit donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, aliquet turpis magna, elit sed ante molestie feugiat ante, eget dolor tincidunt, euismod amet dolore aliquet turpis ut, non amet dolore aliquet. Turpis aliquam ante mauris lorem laoreet, turpis ut sem consectetur donec mi id ipsum massa molestie sed laoreet id pulvinar massa molestie sit. Ut, non pharetra magna diam, amet, nisi sem lorem laoreet eget sed mi felis tempus proin, mauris, lorem nibh eget, ipsum nunc aliquet. Sit nisi diam nonummy dolore praesent adipiscing nisi proin at magna elit sed mi, felis, lorem nibh, volutpat, sed, laoreet id pulvinar, nunc. Aliquet turpis, magna diam nonummy, dolore aliquet turpis aliquam proin at, magna elit donec praesent nonummy donec, aliquet adipiscing, ac proin elit sed. Laoreet molestie, feugiat lobortis volutpat pharetra congue ullamcorper pulvinar nunc aliquet turpis nisi non consectetur magna felis tempus proin at ac nibh elit. Erat mi adipiscing aliquam proin adipiscing aliquam proin at magna diam nonummy erat massa mauris, dolor congue ullamcorper amet sed laoreet molestie feugiat. Lobortis non amet dolore praesent at ac et, at ac et, elit donec mi adipiscing aliquam eget dolor laoreet euismod pulvinar ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin, molestie feugiat aliquet mauris feugiat, tincidunt euismod adipiscing, aliquam proin consectetur magna sem nonummy magna diam nonummy dolore. Aliquet turpis ut non, consectetur magna ullamcorper amet, dolore adipiscing aliquam, proin elit, dolor nunc tellus sit ut non pharetra magna. Diam adipiscing aliquam ante mauris aliquam et elit, erat praesent adipiscing aliquam ante lorem lobortis volutpat ipsum massa tellus feugiat ut. Sem nonummy donec diam nonummy aliquam praesent consectetur nisi diam eget, ipsum, massa id ipsum volutpat dolor tincidunt euismod pulvinar massa. Tellus sit, ut sem consectetur magna ullamcorper amet dolore tellus pulvinar massa molestie feugiat lobortis non pharetra congue ullamcorper sit nunc. Sit congue diam nonummy donec mi adipiscing, nisi sem at ac diam pharetra, magna praesent adipiscing tempus proin, adipiscing ac nibh. Eget ipsum nunc tellus sit lobortis amet donec aliquet amet dolore aliquet sit lobortis, non pharetra, congue ullamcorper amet nunc, aliquet. Consectetur, lorem et, elit sed non, pharetra ut ullamcorper amet dolore ullamcorper amet dolore aliquet turpis nisi sem nonummy congue ullamcorper. Amet dolore aliquet turpis magna sem consectetur donec, praesent adipiscing tempus eget lorem laoreet id ipsum nunc, id ipsum lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc turpis magna et, eget donec mi felis tempus, lobortis volutpat dolor, congue ullamcorper turpis nisi proin at, ac mi elit erat ante mauris lorem nibh sed, tincidunt id. Tempus ante felis tempus ante mauris ac et eget ac diam nonummy dolore aliquet turpis nisi proin at ac et felis tempus felis tempus ante eget sed nibh eget ipsum. Massa tellus sit ut ullamcorper nonummy dolore, aliquet, turpis nunc tellus, sit ut sem, consectetur donec praesent adipiscing tempus eget sed laoreet id ipsum laoreet molestie feugiat lobortis non amet. Donec praesent adipiscing ac proin elit ac mi felis ipsum massa mauris tincidunt ullamcorper amet dolore aliquet consectetur magna et nonummy magna praesent nonummy, tempus ante mauris lorem, et eget. Sed massa tellus feugiat lobortis molestie feugiat nibh volutpat nunc euismod pulvinar ut tellus, sit congue non pharetra congue ullamcorper amet, ut sem pharetra congue ullamcorper nonummy donec aliquet amet. Nisi sem consectetur magna sem nonummy ante mauris, feugiat nibh eget sed, tincidunt euismod pulvinar nunc molestie ipsum ante mauris feugiat lobortis elit, sed massa molestie ac et felis erat. Mi felis, aliquam, ante eget sed laoreet id pulvinar massa molestie feugiat lobortis non pharetra tincidunt id, ipsum nunc molestie sit lobortis pharetra, congue ullamcorper pulvinar tincidunt tellus turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, id ipsum ante pharetra dolore proin at ac nibh, eget sed tincidunt euismod pulvinar, lobortis volutpat pharetra tincidunt ullamcorper amet dolore praesent. Adipiscing, ac, et id pulvinar nunc sit lobortis volutpat pharetra congue euismod pulvinar dolore aliquet sit nisi, sem consectetur congue ullamcorper amet nunc. Tellus turpis nisi sem pharetra magna diam adipiscing massa mauris lorem lobortis euismod, ipsum massa tellus sit lobortis, molestie feugiat lobortis euismod pulvinar. Tincidunt euismod ipsum, nunc tellus sit congue non dolore aliquet, amet nisi sem at ac diam, nonummy erat mi adipiscing tempus nibh eget. Sed laoreet tellus turpis magna diam, elit erat mi, id sit ut amet dolore aliquet turpis aliquam et, at ac et elit donec. Praesent felis tempus nibh mauris lorem nibh id, pulvinar dolore aliquet adipiscing aliquam proin consectetur magna felis tempus ante mauris lorem, lobortis eget. Dolor, nunc euismod sit ut tellus, pharetra congue ullamcorper amet nunc tellus sit ut tellus sit congue ullamcorper aliquam proin mauris feugiat tincidunt. Ullamcorper amet aliquam ante at ac et elit erat mi felis lorem ante at, aliquam proin elit, sed laoreet tellus ipsum massa, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur magna et felis tempus, ante mauris tempus lobortis pulvinar nunc euismod pulvinar massa molestie pharetra magna diam nonummy. Donec praesent turpis aliquam proin at erat laoreet id ipsum massa tellus pharetra, congue, diam nonummy aliquet turpis, nisi sem at. Erat mi adipiscing aliquam proin at ac et elit erat, mi id tempus massa molestie lorem ante mauris, lorem, laoreet pulvinar. Nunc tellus pharetra ut ullamcorper pharetra dolore aliquet turpis nisi sem at magna diam nonummy, erat praesent, felis aliquam proin, consectetur. Ac eget, erat mi felis lorem nibh non dolor, tincidunt, euismod, pulvinar nunc, tellus turpis congue ullamcorper pharetra congue aliquet amet. Nunc euismod ipsum ante, mauris lorem lobortis sed laoreet tellus sit nunc tellus sit ut non amet congue ullamcorper pulvinar nunc. Aliquet turpis nisi diam consectetur magna diam turpis nisi sem consectetur magna et erat, laoreet molestie sit ut volutpat dolor tincidunt. Euismod turpis nisi proin at ac mi felis ipsum massa volutpat tincidunt ullamcorper nonummy donec praesent adipiscing nisi non pharetra, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis ac nibh, sed massa molestie feugiat lobortis, volutpat pharetra congue diam nonummy, donec sem turpis nisi non consectetur magna praesent felis tempus ante mauris lorem nibh. Eget mi, elit donec praesent adipiscing tempus ante turpis nisi sem consectetur, congue ullamcorper amet donec aliquet adipiscing ac et elit sed laoreet felis feugiat lobortis, pharetra congue. Praesent adipiscing tempus nibh elit, ac mi, id ipsum massa molestie feugiat lobortis non pulvinar dolore aliquet turpis ut proin elit nunc aliquet consectetur ac et elit tempus. Lobortis non, pharetra magna praesent nonummy donec aliquet consectetur magna diam nonummy erat mi felis tempus ante at ac proin congue ullamcorper nonummy, donec praesent adipiscing, tempus proin. At magna diam nonummy magna, diam nonummy donec praesent adipiscing aliquam sem consectetur congue ullamcorper pharetra congue, euismod pulvinar sem consectetur magna et felis tempus ante mauris tempus. Ante eget sed, et elit erat praesent nonummy aliquam proin dolor, congue aliquet, turpis nisi sem at erat mi id ipsum massa volutpat dolor tincidunt volutpat sed laoreet. Id pulvinar massa molestie feugiat lobortis volutpat dolor laoreet ipsum massa tellus feugiat massa molestie lorem nibh eget, erat mi id tempus, ante mauris lorem nibh eget sed. Laoreet id ipsum massa, tellus sit, congue ullamcorper dolore praesent at lorem nibh volutpat dolor tincidunt tellus turpis ut non pharetra congue euismod amet dolore tellus sit, ut. Sem consectetur donec, praesent nonummy dolore aliquet, dolore tellus sit ut volutpat, dolor tincidunt euismod turpis nisi, sem consectetur magna diam consectetur congue ullamcorper amet dolore aliquet turpis. Ut proin elit sed massa molestie lobortis non amet donec praesent, turpis nisi sem at ac mi elit erat massa, mauris lorem nibh eget lorem nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, feugiat lobortis euismod amet dolore aliquet sit, nisi sem consectetur magna nonummy aliquam praesent, at ac, et elit erat laoreet felis. Aliquam ante molestie dolor lobortis euismod pulvinar nunc molestie feugiat lobortis, volutpat dolor lobortis volutpat nunc tellus sit ut non pharetra congue. Ullamcorper nonummy donec praesent, adipiscing, aliquam et eget sed, laoreet id ipsum ante mauris tempus proin at, magna diam ipsum nunc tellus. Sit congue ullamcorper pharetra congue ullamcorper amet ut, non at erat mi felis tempus praesent felis aliquam proin consectetur ac id ipsum. Massa molestie sit lobortis volutpat pharetra dolore tellus sit ut tellus sit congue non pharetra congue volutpat dolor nunc tellus ipsum lobortis. Molestie dolor nibh nonummy donec proin, at lorem et eget ipsum nunc non pharetra, congue ullamcorper amet congue euismod, ipsum massa molestie. Sit magna sem consectetur magna diam adipiscing tempus eget lorem nibh elit, erat, mi id tempus massa eget sed tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi euismod feugiat ut sem pharetra congue euismod amet, donec praesent, mauris ac, nibh eget sed massa molestie. Ipsum, lobortis, non amet dolore aliquet amet et eget sed laoreet id tempus massa mauris lorem ante at. Lorem laoreet eget sed praesent adipiscing tempus ante mauris ac, nibh eget sed massa eget dolor tincidunt tellus. Turpis ac, et elit erat mi mauris lorem nibh mauris sed, laoreet id pulvinar nunc molestie feugiat lobortis. Volutpat, dolor congue ullamcorper aliquam proin elit erat et, nonummy tempus ante felis tempus ante mauris sed nibh. Eget ipsum massa tellus feugiat massa volutpat dolor tincidunt euismod nisi proin at ac et felis ipsum massa. Mauris feugiat lobortis volutpat pulvinar, nunc aliquet, turpis nisi sem at erat et elit erat proin adipiscing ac. Proin pulvinar dolore aliquet turpis, nisi sem consectetur donec diam nonummy donec praesent adipiscing ac proin elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, amet donec, aliquet adipiscing tempus proin. At ac et felis tempus ante mauris. Lorem nibh eget sed tincidunt tellus pulvinar. Ut at ac et, elit tempus ante. Mauris feugiat nibh eget sed laoreet euismod. Pulvinar nunc non consectetur magna diam nonummy. Donec proin mauris lorem eget erat mi. Id ipsum massa volutpat dolor tincidunt euismod. Dolor tincidunt tellus sit, nunc, non dolor. Tincidunt ullamcorper, nonummy aliquam ante eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa molestie lorem nibh eget dolor nunc euismod ipsum, massa. Volutpat pharetra, congue diam nonummy donec aliquet sit sem consectetur magna diam. Nonummy aliquam, proin at ac et eget dolor nunc tellus feugiat ut. Non pharetra congue ullamcorper pulvinar nunc euismod pulvinar tincidunt tellus sit ut. Non consectetur magna diam elit erat proin at feugiat lobortis euismod pulvinar. Dolore proin, consectetur magna diam pharetra congue ullamcorper, amet dolore at lorem. Laoreet euismod pulvinar nunc non consectetur, erat mi felis erat ante molestie. Lorem nibh volutpat sed mi id ipsum nunc non sed nunc tellus. Sit congue non pharetra donec aliquet turpis aliquam et elit ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat ullamcorper amet donec proin at lorem nibh, elit erat mi id ipsum massa molestie feugiat lobortis volutpat, sed. Massa molestie sit ut sem nonummy, praesent felis tempus ante mauris, sed tincidunt euismod pulvinar massa tellus feugiat ut non. Pharetra dolore aliquet turpis dolore aliquet sit nisi sem consectetur magna amet dolore sem at ac et elit erat mi. Felis ipsum nibh eget sed nibh eget, sed laoreet, molestie sit lobortis volutpat dolor lobortis eget dolor laoreet pulvinar nunc. Tellus pharetra magna diam nonummy donec praesent at ac et elit erat laoreet id feugiat lobortis non pharetra congue aliquet. Adipiscing nibh eget sed tincidunt euismod ipsum massa mauris lorem proin mauris ac nibh eget erat, laoreet id ipsum ut. Non, pharetra dolore aliquet amet nisi sem turpis diam nonummy donec, diam nonummy donec praesent adipiscing ac laoreet id ipsum. Nunc sem consectetur ac et nonummy dolore praesent adipiscing tempus proin at ac mi elit nisi, non, pharetra congue ullamcorper. Nonummy donec, praesent, at ac nibh eget sed massa, molestie sit ut non amet dolore felis tempus ante mauris lorem. Dolore ante ullamcorper adipiscing pharetra erat nisi nibh euismod turpis aliquam laoreet euismod at, dolor tempus magna tincidunt nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit erat mi felis tempus ante volutpat sed tincidunt, euismod amet dolore at magna diam nonummy donec aliquet adipiscing aliquam ante eget sed. Tincidunt tellus pulvinar ut sem nonummy magna, praesent adipiscing congue ullamcorper amet dolore aliquet, turpis et elit erat praesent adipiscing tempus, ante at, ac. Nibh id ipsum massa molestie feugiat lobortis eget sed nibh eget sed laoreet, felis tempus ante feugiat tincidunt euismod pulvinar nunc euismod, pulvinar nunc. Volutpat dolor congue euismod amet dolore aliquet adipiscing ac laoreet, id ipsum laoreet molestie feugiat mi felis erat mi felis lorem ante at erat. Laoreet id feugiat lobortis eget sed laoreet id amet dolore aliquet consectetur magna diam felis, tempus ante felis tincidunt ullamcorper nonummy donec praesent at. Ac et elit donec, praesent nonummy donec aliquet turpis nisi sem pharetra ut ullamcorper pharetra congue, ullamcorper amet, dolore tellus sit diam euismod pulvinar. Massa molestie feugiat ut non pharetra congue ullamcorper sit nisi proin eget, sed laoreet molestie feugiat lobortis pharetra congue, euismod pulvinar nunc tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet molestie feugiat lobortis pharetra tincidunt aliquet turpis nisi proin at sed mi id ipsum lobortis volutpat, dolor lobortis. Eget pulvinar nunc euismod sit ut sem nonummy erat mi adipiscing lobortis molestie feugiat nibh eget sed laoreet id tempus. Massa volutpat pharetra congue euismod pulvinar nunc tellus pulvinar nunc tellus pharetra congue non pharetra congue adipiscing aliquam sem elit. Ac et elit dolore praesent adipiscing nisi proin consectetur ac mi id ipsum nunc molestie feugiat lobortis non pharetra, praesent. Mauris sed laoreet id ipsum, nunc tellus feugiat ut volutpat, dolor lobortis euismod amet nunc tellus pulvinar nunc non pharetra. Congue euismod pulvinar nunc tellus turpis proin eget erat et elit donec proin at ac proin at magna diam elit. Erat ante felis lorem, lobortis euismod amet nunc tellus turpis nisi sem ipsum nunc non pharetra congue diam nonummy erat. Ante, felis lorem lobortis eget erat mi elit erat mi felis aliquam proin mauris ac, laoreet id pulvinar ut elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie pharetra congue aliquet, turpis nisi proin at sed, laoreet, pulvinar nunc non pharetra ut non pharetra dolore praesent turpis aliquam sem at magna et nonummy erat. Mi felis, tempus nibh eget sed laoreet id ipsum non pharetra ut volutpat pharetra congue euismod amet nisi proin at ac et felis erat, mi felis aliquam proin at. Erat et felis ipsum massa sit ut non pharetra, tincidunt tellus turpis nisi proin at erat et felis ipsum lobortis volutpat pharetra congue praesent, turpis aliquam ante eget dolore. Aliquet turpis magna, sem pharetra magna diam felis ipsum massa, mauris feugiat lobortis euismod pulvinar nunc tellus feugiat ut molestie feugiat lobortis, volutpat pulvinar tincidunt euismod nisi sem consectetur. Donec mi id feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut non dolor tincidunt euismod dolor tincidunt id, pulvinar nunc tellus ut diam amet dolore aliquet. Turpis aliquam proin at ac et elit erat mi mauris lorem, lobortis volutpat pulvinar nunc aliquet sed laoreet euismod ipsum nunc tellus sit congue non pharetra tincidunt euismod pulvinar. Nunc aliquet turpis congue ullamcorper amet congue ullamcorper, turpis, nisi proin consectetur ac nibh tempus massa molestie feugiat, ut non amet donec proin at ac et at magna et. Nonummy donec praesent adipiscing aliquam proin consectetur, nisi sem consectetur magna praesent sit ut non dolor congue euismod sit nisi non pharetra, congue ullamcorper amet dolore aliquet turpis aliquam. Et elit erat mi id ipsum nunc, molestie sit ut amet dolore aliquet turpis ut non sit congue diam nonummy dolore aliquet turpis dolore aliquet consectetur nisi, sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem tincidunt id, sit nisi sem pharetra ut non pharetra congue. Aliquet amet nunc sit nisi diam elit tempus ante mauris lorem ante eget. Sed laoreet id ipsum laoreet id feugiat nibh eget sed laoreet id ipsum. Nunc aliquet sit et elit erat ante mauris feugiat lobortis eget sed nibh. Elit sed laoreet mauris lorem nibh eget sed tincidunt id ipsum massa molestie. Feugiat lobortis dolor lobortis, ullamcorper felis tempus nibh eget sed, nibh id pulvinar. Ut, non consectetur magna ullamcorper nonummy dolore aliquet turpis nisi non pharetra ullamcorper. Nonummy erat ante mauris feugiat tincidunt volutpat dolor tincidunt id ipsum nunc tellus. Sit congue diam amet congue ullamcorper pulvinar nunc, tellus sit ut volutpat dolor. Ullamcorper amet nisi, sem consectetur magna sem consectetur congue ullamcorper nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue adipiscing tempus massa molestie dolor tincidunt euismod pulvinar nunc tellus, sit, ut non dolor tincidunt euismod pulvinar laoreet euismod sit. Ut sem consectetur magna diam ipsum, massa molestie lorem nibh eget ipsum laoreet felis, erat mi felis tempus proin consectetur magna diam. Consectetur donec praesent felis tempus proin mauris sed ullamcorper sit nisi sem consectetur magna et nonummy dolore, aliquet turpis nisi proin consectetur. Magna et elit erat ante felis tempus proin mauris lorem, id ipsum laoreet molestie feugiat ut ullamcorper amet donec praesent turpis nisi. Aliquet consectetur ac et elit tempus ante mauris lorem ante at ac et elit massa tellus sit, ut ullamcorper, pharetra dolore aliquet. Turpis aliquam et elit, erat mi elit, tempus massa molestie lorem, nibh eget pulvinar nunc id, sed laoreet id sit nisi non. Consectetur magna diam elit erat praesent, adipiscing, tempus ante elit ac et elit erat, ante, mauris lorem nibh eget sed tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet molestie sit lobortis volutpat pharetra congue aliquet turpis aliquam proin at ac et, tempus massa mauris feugiat lobortis non amet dolore praesent, turpis, aliquam et. Elit erat, et elit, erat mi adipiscing tempus proin mauris ac et nonummy, ante felis lorem nibh mauris ac et at ac praesent nonummy aliquam proin, at. Ac proin elit erat laoreet felis tempus ante mauris tempus proin sed tincidunt id ipsum massa id lorem ante eget lorem nibh eget erat laoreet id feugiat. Lobortis non, pharetra congue ullamcorper pulvinar dolore sem magna et, elit magna diam nonummy donec praesent at, aliquam nibh elit erat laoreet molestie feugiat lobortis volutpat pharetra. Congue aliquet turpis nisi sem turpis nisi consectetur, magna diam nonummy dolore, aliquet sit nunc tellus pharetra congue ullamcorper pharetra tincidunt euismod ipsum laoreet felis ipsum lobortis. Non pharetra congue euismod amet dolore aliquet, nisi, sem nonummy donec diam adipiscing, aliquam proin at ac et elit ac, mi elit tempus mi felis nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing tempus nibh volutpat pulvinar donec aliquet at aliquam et elit et felis. Tempus ante mauris ac lobortis euismod dolor nunc sem turpis nisi sem, consectetur donec praesent. Nonummy aliquam nibh eget sed laoreet id sed laoreet, ipsum ut non amet congue ullamcorper. Amet aliquam ante elit erat mi felis tempus, massa, molestie sit ut volutpat dolor, tincidunt. Euismod pulvinar nunc tellus erat laoreet molestie feugiat lobortis non pharetra tincidunt euismod pulvinar nunc. Tellus consectetur magna diam nonummy magna praesent felis aliquam ante, at sed id amet nisi. Aliquet consectetur magna diam nonummy dolore praesent felis tempus ante eget sed laoreet euismod ipsum. Nunc tellus sit, congue diam nonummy congue euismod pulvinar tellus pharetra, congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac et elit ipsum ante mauris feugiat volutpat dolor tincidunt id pulvinar massa, tellus, sit lobortis volutpat dolor dolore praesent adipiscing. Ac, nibh volutpat pulvinar nunc, aliquet consectetur, magna et elit erat molestie sit ut, non dolor, congue aliquet turpis aliquam proin at ac. Mi id, feugiat, lobortis non pharetra congue ullamcorper amet dolore, aliquet turpis magna euismod ipsum massa tellus sit ut volutpat pharetra congue, aliquet. Adipiscing ac et eget, sed laoreet id tempus ante, mauris feugiat lobortis volutpat nunc tellus pulvinar ut non pharetra lobortis volutpat sed nibh. Id sed massa molestie ipsum lobortis volutpat dolor nibh eget erat mi id tempus ante mauris lorem diam nonummy, aliquam ante, eget sed. Laoreet, euismod amet nunc, tellus sit ut non amet dolore aliquet adipiscing aliquam proin consectetur ac et elit tempus praesent adipiscing ante mauris. Sed congue euismod, pulvinar laoreet id ipsum, massa molestie dolor tincidunt volutpat dolor tincidunt euismod pulvinar lobortis volutpat erat, ante, mauris lorem nibh. Eget, dolor tincidunt euismod sit aliquam proin at magna et elit, donec praesent adipiscing aliquam proin elit erat et elit erat mi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar massa molestie sit ut non pharetra congue ullamcorper aliquam proin consectetur, magna et nonummy. Erat mi felis lorem nibh mauris lorem laoreet euismod pulvinar nunc molestie feugiat lobortis molestie lorem et. Elit ac mi ipsum ante molestie dolor congue ullamcorper amet nunc aliquet turpis nisi sem consectetur donec. Praesent adipiscing tempus nibh, eget sed nibh eget, sed mi felis ante mauris feugiat lobortis eget dolor. Tincidunt tellus sit ut non pharetra magna ullamcorper nonummy aliquam ante, mauris lorem et at erat et. Ipsum lobortis volutpat feugiat, nibh volutpat dolor tincidunt euismod, pulvinar nunc molestie feugiat nibh eget sed laoreet. Eget, sed, laoreet, id ipsum massa mauris feugiat tincidunt, id nunc aliquet turpis magna sem pharetra congue. Ullamcorper adipiscing nisi sem turpis magna diam nonummy erat mi adipiscing aliquam proin at lorem laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis lorem nibh, eget sed mi felis tempus ante mauris sit ut non amet nunc adipiscing aliquam, proin elit ac et elit erat ante at ac et at ac. Diam elit erat mi felis tempus proin mauris lorem laoreet id sed molestie ipsum massa mauris feugiat laoreet id, pulvinar nunc tellus turpis ut non nonummy donec praesent adipiscing aliquam. Ante mauris sed tincidunt euismod pulvinar massa sit ut volutpat sed laoreet eget sed laoreet id tempus massa, molestie dolor tincidunt volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat nibh. Pharetra dolore, aliquet adipiscing nisi sem consectetur congue diam elit, erat ante, at lorem nibh eget sed laoreet id pulvinar, nunc tellus sit congue diam, nonummy donec adipiscing ac et. Id sed laoreet, id, feugiat massa molestie feugiat lobortis eget dolor, laoreet euismod ipsum nunc, volutpat dolor congue ullamcorper pulvinar, nunc tellus sit ut pharetra magna diam nonummy donec praesent. At ac nibh volutpat sed laoreet euismod feugiat lobortis volutpat dolor lobortis ullamcorper nonummy aliquet turpis ut tellus feugiat lobortis, non pharetra congue ullamcorper turpis dolore sem consectetur magna et. Elit tempus mi adipiscing, tempus proin at ac nibh id, pulvinar molestie feugiat nibh eget sed tincidunt ullamcorper amet dolore sem consectetur magna diam nonummy dolore ullamcorper pulvinar nunc, tellus. Sit ut non consectetur magna diam adipiscing aliquam mauris lorem nibh eget erat mi id ipsum lobortis molestie feugiat tincidunt ullamcorper amet nunc tellus sit nisi diam consectetur congue euismod. Amet donec praesent adipiscing aliquam nonummy erat laoreet id sit lobortis volutpat dolor lobortis volutpat dolor massa molestie feugiat ut, non pharetra congue ullamcorper amet dolore praesent consectetur magna sem. Consectetur mi id tempus ante at lorem nibh eget ipsum laoreet, id tempus, ante mauris tempus nibh eget dolor tincidunt euismod ipsum massa molestie feugiat lobortis non pharetra ullamcorper, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit erat praesent felis proin eget erat mi. Id ipsum massa tellus sit congue diam nonummy donec praesent. Adipiscing ac proin elit erat et felis tempus ante, felis. Lorem at erat et id ipsum ante felis aliquam ante. Mauris sed et eget sed laoreet id ipsum massa volutpat. Dolor tincidunt euismod amet dolore turpis magna diam elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis, nisi sem consectetur magna diam nonummy congue proin volutpat amet. Donec adipiscing aliquam proin consectetur nisi et id ipsum massa, molestie dolor. Tincidunt volutpat dolor laoreet eget, erat laoreet id, sit ut, non pharetra. Dolore aliquet, aliquam, sem consectetur ac diam nonummy donec, praesent adipiscing, tempus. Lobortis euismod pulvinar, dolore aliquet turpis nisi diam nonummy donec diam adipiscing. Aliquam ante mauris, et elit ac mi elit donec praesent turpis aliquam. Sem at magna et felis erat mi, felis lorem proin at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, aliquam praesent at ac nibh eget sed laoreet id ipsum, massa volutpat dolor, congue ullamcorper, amet dolore adipiscing, ac. Laoreet id pulvinar nunc tellus, sit ut non pharetra congue euismod pulvinar nunc molestie sit, nisi sem nonummy donec, praesent. Felis tempus volutpat dolor tincidunt euismod pulvinar ut non sit ut, ullamcorper nonummy, donec praesent at ac et elit ac. Mi felis tempus ante mauris feugiat nibh eget lorem eget sed laoreet id ipsum massa molestie dolor, congue ullamcorper amet. Nisi sem at erat et elit erat ante felis aliquam proin at et nonummy, erat laoreet felis ipsum ante mauris. Lorem nibh id ipsum dolore, sem consectetur magna diam nonummy erat ante molestie lorem nibh eget sed nibh eget nunc. Molestie sit congue ullamcorper amet dolore aliquet adipiscing ac, nibh eget erat, mi felis tempus ante mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie, pharetra congue diam nonummy donec proin at ac et, eget sed. Massa tellus turpis nisi diam nonummy donec mauris lorem nibh mauris sed tincidunt. Euismod pulvinar nunc tellus sit ut non pharetra congue ullamcorper, turpis nisi proin. At ac diam elit donec molestie feugiat nibh mauris, lorem nibh eget erat. Mi felis tempus ante mauris, lorem nibh, elit erat et elit erat, ante. Mauris feugiat tincidunt euismod amet nisi mauris lorem et elit tempus ante molestie. Lorem, lobortis volutpat sed laoreet euismod pulvinar nunc molestie sit ut ullamcorper amet. Dolore praesent felis magna praesent felis tempus ante mauris lorem nibh eget sed. Laoreet molestie feugiat nibh eget dolor tincidunt id, pulvinar dolore tellus feugiat lobortis. Volutpat dolor congue adipiscing lorem nibh eget sed tincidunt id sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et eget sed laoreet id lobortis. Non amet, dolore aliquet adipiscing, nisi proin. Mauris sed nibh, id ipsum nunc tellus. Sit ut non pharetra, dolore aliquet at. Ac et erat, mi felis ipsum massa. Volutpat dolor, congue euismod pulvinar nunc euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper nonummy donec mauris lorem et, elit. Erat et elit tempus, mi mauris dolor, lobortis euismod. Pulvinar dolore sem, at ac diam nonummy magna ullamcorper. Amet dolore aliquet aliquam et eget erat mi elit. Erat mi adipiscing aliquam proin elit erat, et elit. Tempus ante molestie, feugiat magna diam, nonummy dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et adipiscing aliquam, massa volutpat amet dolore ullamcorper amet dolore tellus, pulvinar, nisi sem pharetra congue. Ullamcorper feugiat magna, laoreet id tempus proin at ac nibh, eget ipsum massa molestie, feugiat lobortis mauris. Feugiat congue euismod pulvinar dolore aliquet sit nisi consectetur donec mi felis aliquam proin at aliquam proin. Consectetur ac, mi, felis ipsum ante mauris, lorem et elit ac mi felis erat ante, felis aliquam. Volutpat amet dolore euismod pulvinar massa, tellus, sit, ut ullamcorper amet donec aliquet adipiscing nisi sem at. Magna et felis pulvinar nunc, volutpat, pharetra, ullamcorper nonummy dolore aliquet adipiscing lorem et, at erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam sem at ac diam donec mi mauris lorem lobortis volutpat dolor tincidunt tellus. Turpis aliquam sem consectetur magna, diam nonummy tempus ante mauris lorem nibh elit sed mi. Felis massa volutpat dolor tincidunt euismod pulvinar tincidunt euismod sit, ut sem nonummy magna praesent. Adipiscing aliquam proin mauris lorem laoreet eget sed laoreet molestie lobortis volutpat nonummy, donec mi. Mauris feugiat nibh, eget dolor tincidunt tellus sit ut non pharetra congue volutpat amet donec. Praesent at ac eget sed laoreet id feugiat massa molestie feugiat nibh volutpat dolor tincidunt. Tellus adipiscing aliquam, diam nonummy donec diam, adipiscing, aliquam, proin at aliquam proin elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh volutpat sed laoreet euismod ipsum nunc, tellus feugiat congue ullamcorper amet dolore turpis nisi proin at magna et elit erat mi. Mauris dolor lobortis volutpat dolor laoreet id, tempus ante felis tempus proin at, ac nibh eget erat, non pharetra congue diam elit donec praesent. Felis tempus ante elit erat laoreet euismod ipsum massa molestie tempus nibh mauris sed tincidunt id ipsum massa sit ut non dolor dolore ullamcorper. Adipiscing ac proin, at, erat mi felis ipsum massa molestie feugiat lobortis volutpat, pulvinar tincidunt euismod pulvinar laoreet ullamcorper amet, dolore sem at magna. Diam nonummy dolore aliquet adipiscing aliquam proin at nisi sem pharetra lobortis euismod dolor tincidunt euismod, ipsum massa molestie feugiat volutpat pharetra dolore praesent. Adipiscing nisi sem consectetur magna sem pharetra, congue ullamcorper amet dolore tellus pulvinar, ut non pharetra ut volutpat dolor laoreet id ipsum massa sit. Congue diam nonummy dolore ullamcorper amet, dolore, aliquet turpis magna diam elit tempus mi felis tempus nibh mauris sed euismod pulvinar, ut non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue proin adipiscing ac et elit erat laoreet ante felis. Lorem lobortis volutpat sed nibh eget erat mi felis tempus. Ante molestie dolor laoreet elit erat mi felis erat mi. Felis lorem nibh sed laoreet id tempus massa molestie feugiat. Lobortis volutpat dolor tincidunt euismod pulvinar ut non consectetur ac. Diam elit erat mi felis aliquam sem dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante mauris sed laoreet eget, erat. Laoreet sit congue, diam nonummy donec aliquet. Adipiscing magna, diam amet, aliquam ante mauris. Sed, nibh eget sed laoreet felis tempus. Ante mauris lorem et, eget ipsum massa. Molestie feugiat lobortis non pharetra mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, nibh eget ipsum nunc non pharetra congue diam, amet dolore aliquet. Turpis aliquam at ac, et felis erat mi, mauris tempus proin mauris. Ac, nibh eget sed mi adipiscing aliquam, praesent adipiscing ac et elit. Sed laoreet id feugiat ullamcorper pharetra dolore aliquet turpis nisi sem consectetur. Ac et elit erat, mi felis tempus, ante mauris lorem et at. Ac mi, felis ipsum non pharetra dolore aliquet turpis nunc tellus turpis. Nisi diam consectetur magna ullamcorper pulvinar dolore aliquet sit ut, tellus pharetra. Congue diam amet dolore amet nisi proin elit erat mi felis erat. Praesent mauris lorem nibh mauris sed laoreet eget sed, laoreet molestie, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet nunc, aliquet turpis magna et amet dolore. Praesent felis, lorem nibh eget dolor nunc tellus pulvinar. Massa tellus pharetra praesent adipiscing donec proin at ac. Et elit ac diam nonummy dolore, ullamcorper turpis dolore. Aliquet turpis ut non, consectetur magna, praesent felis, tempus. Volutpat dolor tincidunt euismod pulvinar nunc, non consectetur, magna. Et elit erat praesent felis tempus, et eget dolor. Tincidunt euismod sit ut, sem consectetur magna diam nonummy. Ante at sed, laoreet id ipsum mi, id feugiat. Lobortis ullamcorper amet congue aliquet amet nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet donec praesent, turpis aliquam proin at erat et felis tempus ante mauris dolor lobortis volutpat dolor tincidunt euismod nisi diam. Nonummy erat mi felis lorem nibh volutpat sed laoreet id ipsum massa id ipsum massa molestie feugiat, lobortis ullamcorper amet dolore aliquet. Turpis tincidunt euismod pulvinar nunc non sit, ut, non nonummy, dolore, aliquet sit ut tellus sit lobortis non amet dolore aliquet amet. Dolore tellus sit ut volutpat, tincidunt ullamcorper amet dolore sem, consectetur magna diam nonummy donec praesent adipiscing aliquam proin at ac et. At erat mi elit, erat praesent felis ante mauris sed, mi, id sit, ut non sit, ut ullamcorper nonummy donec, proin at. Ac nibh eget erat mi felis tempus mi, felis tempus et elit laoreet id pulvinar nunc non, pharetra magna diam nonummy donec. Ante mauris, sed laoreet id ipsum massa tellus sit ut non pharetra tincidunt euismod pulvinar dolore turpis magna diam nonummy erat ante. Mauris lorem, lobortis volutpat dolor tincidunt, euismod amet dolore sem at ac mi id massa volutpat, dolor tincidunt ullamcorper turpis dolore sem. Consectetur ac et nonummy erat, mi felis aliquam, proin at sed tincidunt ullamcorper turpis dolore aliquet sit ut sem donec praesent adipiscing. Aliquam proin at lorem nibh elit erat laoreet mauris lorem nibh eget sed, laoreet eget pulvinar massa id feugiat massa mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pulvinar nunc tellus sit tincidunt ullamcorper nonummy tempus proin mauris ac nibh sed, laoreet id tempus proin at aliquam et elit erat laoreet felis ipsum ante mauris. Feugiat nibh mauris lorem laoreet id ipsum massa, molestie, sit non pharetra congue ullamcorper ipsum massa molestie ipsum, lobortis molestie dolor tincidunt volutpat pulvinar nunc aliquet turpis ac. Nibh eget sed laoreet non pharetra congue amet donec aliquet turpis dolore tellus, feugiat, ut, non pharetra tincidunt euismod dolor tincidunt tellus pulvinar nunc molestie sit, ut euismod. Pulvinar dolore praesent aliquam proin, elit erat nunc proin ullamcorper at pharetra erat ut sem felis sit magna laoreet euismod turpis magna laoreet tellus turpis ac laoreet aliquet. Eget aliquam congue dolore et euismod, turpis aliquam proin at ac mi elit tempus ante molestie lorem nibh mauris lorem nibh elit donec praesent felis tempus ante molestie. Tincidunt, ullamcorper amet nisi aliquet, turpis nisi non dolor tincidunt ullamcorper amet dolore aliquet at, nisi diam consectetur congue ullamcorper donec proin at aliquam et at, erat, mi. Felis feugiat ut non pharetra donec, mi felis tempus nibh mauris sed, tincidunt id, ipsum, massa molestie feugiat lobortis sed tincidunt id ipsum laoreet id tempus, massa molestie. Lorem, nibh volutpat pulvinar, nunc tellus sit ut sem consectetur magna diam nonummy donec proin mauris lorem et ac et elit erat praesent felis ac, et elit erat. Mi felis tempus ante mauris lorem lobortis, euismod dolor tincidunt id sit nisi sem consectetur congue mi elit pulvinar feugiat donec massa molestie consectetur erat nunc sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat massa, volutpat sed tincidunt euismod ipsum nunc tellus, turpis ac diam nonummy donec praesent adipiscing aliquam sem at ac nibh elit erat molestie feugiat lobortis. Volutpat, dolor congue euismod amet, nunc tellus feugiat lobortis non pharetra dolore aliquet turpis aliquam proin mauris lorem laoreet euismod pulvinar nunc sit congue ullamcorper pharetra congue. Ullamcorper turpis dolore aliquet sit ut non amet congue ullamcorper pulvinar, tincidunt euismod, pulvinar nunc non dolor tincidunt ullamcorper sit congue, ullamcorper amet congue ullamcorper pulvinar nunc. Tellus, sit congue ullamcorper nonummy donec praesent turpis dolore sem at ac et nonummy donec praesent nonummy aliquam mauris sed congue euismod pulvinar, ut non pharetra congue. Non pharetra tincidunt volutpat pulvinar tincidunt tellus sit ut volutpat dolor tincidunt volutpat pulvinar nunc aliquet sit ut sit congue, diam nonummy donec aliquet turpis dolore, aliquet. Consectetur, ac diam nonummy erat mi adipiscing aliquam proin at magna felis ipsum nunc molestie sit congue ullamcorper amet dolore ullamcorper pulvinar nunc tellus sit congue non. Pharetra dolore praesent felis aliquam sem consectetur magna sem nonummy donec adipiscing tempus proin at, ac nibh elit donec mi felis ipsum, massa molestie feugiat nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et elit tempus massa tellus sit ut non pulvinar. Dolore praesent at aliquam et elit ac diam felis tempus. Ante molestie tincidunt euismod pulvinar dolore aliquet consectetur magna, diam. Elit erat mi adipiscing aliquam praesent adipiscing aliquam proin consectetur. Magna diam nonummy donec, praesent adipiscing nibh eget sed tincidunt. Euismod ipsum, ante felis tempus, ante mauris lorem laoreet, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor ullamcorper turpis, dolore aliquet, sit ut non pharetra congue euismod pulvinar nunc, aliquet turpis nisi sem consectetur magna diam nonummy aliquam proin adipiscing aliquam. Proin, sed laoreet molestie feugiat lobortis non pharetra dolore praesent felis aliquam sem at lorem laoreet, felis tempus ante mauris lorem nibh mauris lorem laoreet euismod dolore sem. Consectetur magna et nonummy, erat mi, adipiscing nisi sem turpis ut non, dolor lobortis volutpat sed nibh eget erat mi felis magna diam nonummy aliquam proin adipiscing aliquam. Proin at erat laoreet felis erat ante, molestie, feugiat lobortis, euismod pulvinar nunc euismod ipsum laoreet molestie congue non dolor laoreet eget sed mi felis tempus ante molestie. Lorem lobortis eget sed mi id ipsum nunc tellus pharetra congue euismod pulvinar nunc euismod ipsum tellus, pharetra congue non amet dolore praesent turpis nisi proin consectetur ac. Mi, felis tempus, mi mauris feugiat lobortis euismod pulvinar nunc euismod ipsum nunc tellus, sed massa molestie feugiat, lobortis non pharetra congue ullamcorper, turpis dolore aliquet turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, lorem lobortis volutpat dolor nunc tellus pulvinar nunc tellus, sit, ut, volutpat feugiat lobortis, euismod pulvinar nunc, tellus, turpis. Nisi sem, consectetur donec felis lorem nibh volutpat pulvinar dolore, praesent adipiscing nisi sem consectetur magna diam amet donec aliquet. Turpis dolore aliquet sit nisi sem consectetur congue ullamcorper nisi sem consectetur, nisi sem, consectetur magna non pharetra congue aliquet. Sit nisi non pharetra congue ullamcorper pharetra congue euismod pulvinar nunc tellus sit mi felis tempus ante mauris feugiat, lobortis. Volutpat pharetra nunc euismod ipsum nunc tellus sit, congue non pharetra dolore ullamcorper turpis nisi aliquet turpis ut sem donec. Praesent adipiscing donec praesent, turpis magna diam, elit, sed laoreet felis feugiat massa molestie lorem nibh eget ac et nonummy. Donec praesent adipiscing tempus proin eget, nunc aliquet sit nisi sem consectetur congue non amet congue aliquet sit ut non. Consectetur ac et elit erat mi mauris feugiat nibh eget erat dolor, congue ullamcorper amet donec praesent adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet tellus turpis ut ullamcorper nonummy erat mi felis tempus ante eget laoreet id pulvinar massa tellus sit congue, non. Amet donec praesent adipiscing nisi sem at magna et elit donec praesent adipiscing aliquam proin consectetur ac et erat massa tellus. Sit congue ullamcorper adipiscing aliquam proin, at aliquam proin at ac et elit erat mi adipiscing lorem, ante eget sed laoreet. Euismod ut sem, nonummy, sed massa felis aliquam, proin at, aliquam proin, at erat et elit donec praesent turpis aliquam proin. At ac diam erat ante felis lorem nibh, volutpat dolor tincidunt euismod, pulvinar nunc non pharetra, congue diam nonummy donec, praesent. Adipiscing aliquam proin consectetur ac et felis tempus ante tempus ante eget sed nibh eget sed mi felis tempus ante, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi felis ipsum volutpat dolor tincidunt aliquet turpis dolore, aliquet turpis nisi non sit. Ut non dolor nunc tellus pulvinar nunc tellus feugiat lobortis volutpat feugiat nibh dolor nunc. Aliquet consectetur ac et elit, erat ante mauris tempus, ante mauris, ac nibh, eget sed. Massa tellus pharetra congue ullamcorper pharetra congue ullamcorper dolore tellus, sit nisi diam consectetur congue. Ullamcorper nonummy dolore, aliquet turpis ut sem consectetur magna diam nonummy dolore, praesent adipiscing ac. Nibh sed laoreet molestie feugiat ut non nonummy erat mi mauris lorem proin at, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id, lorem eget sed tincidunt euismod pulvinar massa molestie, feugiat massa volutpat pharetra congue ullamcorper amet dolore sem turpis nisi sem consectetur, magna diam, nonummy donec ante lorem. Nibh eget sed et elit donec praesent turpis nisi proin elit erat mi felis tempus, mi felis tempus ante mauris magna diam elit erat felis tempus ante, mauris sed. Laoreet id ipsum massa molestie sit ut non consectetur magna, aliquet adipiscing aliquam proin mauris lorem nibh id ipsum massa, id feugiat, eget dolor congue aliquet turpis aliquam et. Eget dolor massa tellus turpis nisi sem pharetra congue diam adipiscing aliquam proin mauris lorem laoreet pulvinar nisi sem at ac et, elit erat ante mauris lorem nibh eget. Dolor dolore aliquet sit nisi, sem consectetur magna, praesent adipiscing aliquam proin at aliquam pharetra magna ullamcorper nonummy donec proin at ac proin at erat mi felis, erat mi. Adipiscing nisi sem, turpis ut non pharetra ut non pharetra dolore sit ut tellus pharetra ut volutpat feugiat lobortis euismod turpis dolore aliquet consectetur magna diam consectetur congue ullamcorper. Amet dolore, sit nisi, diam elit sed massa id tempus ante molestie feugiat nibh id ipsum nunc tellus sit ut, volutpat pharetra congue ullamcorper nonummy donec proin at magna. Elit donec mi adipiscing ipsum ante molestie sed laoreet eget sed laoreet id ipsum massa, molestie lorem ante mauris erat et elit erat mi adipiscing aliquam proin ac proin. Elit erat praesent adipiscing, donec praesent turpis ac proin elit sed tincidunt molestie feugiat lobortis volutpat dolor lobortis mauris ac nibh elit, erat mi, felis ante mauris lorem laoreet. Id ipsum massa molestie ipsum massa mauris ac proin at magna sem consectetur, congue ullamcorper pulvinar tincidunt euismod ipsum ante, mauris feugiat lobortis dolor tincidunt id pulvinar massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue aliquet aliquam ante eget, sed tincidunt euismod sit, ut tellus sit ut non pharetra congue tellus pulvinar massa molestie ipsum. Lobortis non pharetra tincidunt volutpat, dolore aliquet turpis ac et elit, erat mi felis aliquam ante mauris lorem laoreet euismod pulvinar nunc. Tellus pharetra congue diam amet dolore, aliquet turpis aliquet sit, ut volutpat dolor lobortis volutpat, sed laoreet eget tempus massa molestie lorem. Lobortis non amet congue ullamcorper amet dolore sem consectetur magna nonummy, donec mi mauris dolor tincidunt ullamcorper turpis nisi proin turpis, nisi. Diam nonummy donec praesent felis, aliquam proin, at ac et at magna ullamcorper nonummy ante mauris feugiat nibh at magna, diam nonummy. Erat ante molestie lorem lobortis volutpat dolor laoreet id pulvinar ut non pharetra congue ullamcorper pharetra congue, ullamcorper pulvinar tellus sit ut. Sem consectetur magna diam nonummy donec sem consectetur nisi sem consectetur magna diam nonummy donec ullamcorper turpis dolore tellus, sed mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt ullamcorper amet nisi sem at magna et eget sed adipiscing aliquam proin at ac proin at ac diam, nonummy, erat mi. Molestie feugiat tincidunt ullamcorper, turpis dolore tellus pulvinar nunc tellus sit lobortis non tincidunt tellus adipiscing ac et eget erat mi id ipsum. Lobortis non pharetra congue euismod pulvinar dolore euismod pulvinar ut, sem consectetur congue ullamcorper amet tellus sit nisi sem consectetur congue non dolor. Tincidunt ullamcorper turpis aliquam sem consectetur, magna diam nonummy donec mi felis aliquam proin consectetur et elit erat mi felis donec praesent adipiscing. Nisi sem pharetra congue ullamcorper elit tempus massa molestie dolor tincidunt, volutpat sed laoreet id tempus mi felis tempus, mauris lorem nibh eget. Sed massa id, feugiat lobortis molestie feugiat lobortis eget erat mi felis tempus mi felis tempus ante at magna sem consectetur donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et, elit erat laoreet molestie sit, ut volutpat dolor congue ullamcorper amet dolore sit. Ut sem, nonummy magna, praesent, mauris tempus ante adipiscing aliquam proin at erat, mi felis. Ipsum massa volutpat dolor tincidunt euismod dolor, nunc aliquet ac mi elit donec mi felis. Tempus ante mauris ac diam elit erat praesent adipiscing donec praesent adipiscing dolore aliquet consectetur. Nisi ullamcorper amet donec turpis nisi, aliquet turpis nisi sem nonummy magna diam nonummy donec. Praesent mauris lorem nibh id ipsum, nunc tellus sit ut volutpat dolor, euismod dolor nunc. Tellus sit, ut sem consectetur congue praesent nonummy dolore, praesent turpis nisi proin at magna. Praesent adipiscing aliquam proin at lorem, nibh elit erat euismod turpis magna sem, nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem et eget sed massa id ipsum at ac proin, at, erat mi felis tempus ante mauris, lorem lobortis volutpat, dolor tincidunt euismod pulvinar, massa. Molestie pharetra congue praesent adipiscing aliquam aliquet nisi proin, elit erat et elit erat, mi adipiscing aliquam ante, at magna et elit erat mi adipiscing donec praesent. Adipiscing aliquam sem at erat molestie ipsum lobortis non dolor congue ullamcorper amet nisi sem consectetur ut non dolor tincidunt euismod pulvinar, tincidunt euismod, pulvinar nunc non. Pharetra, non pharetra, tincidunt ullamcorper, amet nisi, proin elit erat mi id feugiat lobortis molestie dolor tincidunt euismod amet dolore aliquet turpis magna diam nonummy, donec praesent. Adipiscing ante mauris feugiat tincidunt ullamcorper turpis nisi sem consectetur ac et elit tempus ante mauris feugiat lobortis volutpat dolor nibh eget sed mi adipiscing aliquam praesent. Adipiscing et at sed laoreet id ipsum ante mauris tempus nibh eget sed, laoreet id ipsum, nunc, molestie feugiat, ut non donec, proin, mauris sed tincidunt, id. Pulvinar nunc aliquet sit nisi diam, nonummy dolore aliquet adipiscing aliquam proin turpis nisi diam consectetur magna diam adipiscing aliquam ante lorem laoreet euismod ipsum laoreet tellus. Feugiat lobortis volutpat, dolor tincidunt euismod amet dolore, sem consectetur magna, diam nonummy, donec diam nonummy donec praesent turpis aliquam proin, magna diam nonummy donec praesent adipiscing. Ac et, elit dolor tincidunt tellus sit ut, non pharetra tincidunt euismod dolor tincidunt euismod, ipsum massa molestie feugiat lobortis mauris et eget sed laoreet molestie ipsum. Lobortis volutpat dolor tincidunt euismod amet dolore, tellus turpis nisi et, nonummy erat mi adipiscing aliquam, proin mauris lorem laoreet eget massa molestie feugiat ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin mauris, laoreet id ipsum nunc non consectetur donec mi id ipsum ante molestie sed tincidunt euismod pulvinar dolore, tellus turpis magna, et. Nonummy erat ante lorem nibh, volutpat dolor tincidunt, euismod turpis ut non pharetra congue diam amet donec, praesent adipiscing ac et elit ac diam. Amet donec mi felis ante eget sed laoreet euismod ipsum nunc molestie lorem ante, mauris, lorem et eget, sed massa, id feugiat lobortis volutpat. Dolor tincidunt ullamcorper amet dolore aliquet, turpis non consectetur magna praesent, felis tempus proin at ac et elit, ac et amet dolore aliquet adipiscing. Nisi sem, consectetur, magna diam nonummy, praesent adipiscing aliquam, proin at ac diam nonummy donec, mi felis ipsum nibh eget sed nibh id sed. Laoreet molestie, feugiat lobortis volutpat feugiat, lobortis eget sed id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum, massa molestie ipsum massa. Molestie lorem nibh eget sed nunc tellus, sit ut non, consectetur congue pulvinar nunc euismod turpis magna diam nonummy magna ullamcorper, amet dolore aliquet. Turpis aliquam et elit ac laoreet molestie ipsum mauris dolor laoreet non pharetra magna, et elit donec praesent adipiscing aliquam proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc tellus sit ut, sem consectetur ac mi felis tempus massa, volutpat pharetra dolore aliquet turpis tempus. Ante eget et id ipsum ante molestie lorem lobortis volutpat dolor congue aliquet turpis nisi tellus feugiat lobortis volutpat. Dolor congue aliquet turpis aliquam sem mauris sed, felis ipsum ante mauris tempus ante, eget lorem et elit erat. Praesent felis aliquam proin at ac proin at ac mi felis ipsum mi felis tempus nibh sed laoreet id. Sit nunc molestie feugiat lobortis volutpat dolor tincidunt id pulvinar dolore aliquet consectetur, nisi non nonummy donec, mi felis. Aliquam mauris sed nibh eget ipsum massa molestie sit lobortis volutpat dolor laoreet id, pulvinar nunc tellus sit congue. Diam elit tempus massa molestie dolor tincidunt euismod pulvinar tellus sit ut, non sit lobortis, ullamcorper amet dolore ullamcorper. Sit nisi proin at erat mi id, tempus ante felis tempus proin, at ac et elit erat mauris lorem. Nibh ullamcorper nonummy, donec praesent, adipiscing ac, et at ac diam nonummy tempus, mi at ac nibh mauris lorem. Nibh volutpat pulvinar nunc euismod pulvinar massa molestie lorem lobortis volutpat sed, laoreet eget ipsum laoreet id, tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, nunc aliquet consectetur, nisi sem consectetur magna mi felis aliquam proin at, ac. Nibh id pulvinar sem, pharetra, congue ullamcorper pharetra donec praesent adipiscing aliquam sem at. Ac et elit donec praesent adipiscing donec aliquet turpis aliquam, sem nonummy donec molestie. Feugiat lobortis non pharetra congue aliquet, adipiscing ac et eget sed tincidunt, euismod sit. Ut, sem elit tempus ante mauris, feugiat lobortis volutpat, dolor tincidunt euismod nunc tellus. Pharetra magna, et, elit ipsum massa molestie lorem ante volutpat dolor laoreet id ipsum. Nunc tellus sit ut ullamcorper adipiscing aliquam mauris lorem laoreet euismod ipsum massa tellus. Sit nisi, non consectetur erat, praesent felis tempus proin at ac nibh elit sed. Mi felis tempus nibh mauris ac, id pulvinar dolore aliquet consectetur magna ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet turpis nisi, sem nonummy erat mauris feugiat ut volutpat dolor, congue ullamcorper amet nunc molestie feugiat lobortis molestie feugiat lobortis, volutpat. Dolor, tincidunt euismod ipsum massa tellus feugiat tincidunt volutpat nunc tellus, adipiscing aliquam laoreet ullamcorper amet ut tellus sit, congue ullamcorper amet donec. Praesent adipiscing aliquam, proin consectetur ac diam nonummy erat mi felis ante mauris ac proin nonummy magna praesent felis tempus massa molestie lorem. Nibh, euismod amet nunc aliquet turpis, magna sem consectetur congue, diam donec praesent eget dolor laoreet id pulvinar ut sem pharetra congue ullamcorper. Amet donec proin at ac nibh eget sed mi felis tempus, ante mauris lorem nibh dolor nunc aliquet turpis nisi non consectetur magna. Praesent adipiscing aliquam proin at, ac et elit erat mi elit tempus ante mauris lorem nibh eget sed laoreet sit ut non pharetra. Magna diam felis tempus massa molestie feugiat tincidunt euismod pulvinar, nunc aliquet consectetur magna diam elit massa molestie, feugiat nibh eget lorem laoreet. Euismod sit nisi sem consectetur magna diam nonummy dolore, aliquet amet nisi tellus sit ut sem nonummy donec praesent tempus, nibh euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, tellus pharetra congue ullamcorper amet dolore, ullamcorper nisi sem at magna diam nonummy donec. Aliquet turpis aliquam sem at sed laoreet id pulvinar ut non consectetur donec diam nonummy. Donec proin at, aliquam euismod, dolor tincidunt id ipsum ante volutpat pharetra, tincidunt euismod dolor. Tincidunt tellus sit ut tellus pharetra lobortis, volutpat pharetra, congue ullamcorper pulvinar nunc molestie ut. Ullamcorper amet dolore aliquet adipiscing aliquam ante eget sed laoreet felis tempus mi felis lorem. Lobortis volutpat dolor tincidunt euismod, amet aliquam eget ipsum massa, tellus sit nisi non, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem consectetur ac et elit erat mi ipsum nibh volutpat sed laoreet. Euismod pulvinar nunc tellus turpis nisi diam nonummy, dolore, praesent adipiscing aliquam proin. Mauris sed tincidunt eget ipsum massa tellus, magna diam amet dolore, ullamcorper amet. Nisi sem consectetur ac, mi, id ipsum massa volutpat dolor tincidunt ullamcorper pulvinar. Dolore, tellus turpis nisi non pharetra diam adipiscing aliquam ante at lorem laoreet. Id pulvinar dolore tellus sit magna et felis erat ante felis tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa molestie pharetra, congue diam adipiscing donec, praesent adipiscing ac et eget, sed tincidunt molestie feugiat massa, molestie pharetra congue euismod aliquam nibh volutpat dolor nunc. Aliquet adipiscing ac, et eget ipsum massa molestie feugiat lobortis non pharetra tincidunt euismod pulvinar nunc, tellus pulvinar nunc tellus tincidunt euismod pulvinar nunc euismod sit ut. Sem elit ac mi felis aliquam proin mauris ac nibh eget sed laoreet felis, tempus mi adipiscing aliquam proin at, nibh eget ipsum massa tellus sit congue. Non, amet donec aliquet turpis, nisi aliquet turpis nisi non pharetra congue euismod dolor tincidunt, euismod ut non eget, turpis sed nunc proin ullamcorper id pharetra ac. Massa aliquet at erat laoreet molestie sit magna et elit erat massa non elit ipsum magna, praesent non amet donec massa volutpat nonummy, tempus ut et tellus. At, dolor, aliquam tincidunt praesent, mauris dolor erat ut diam id sit sed aliquam, lobortis mi elit amet ac dolore lobortis et molestie turpis ac mi euismod. Volutpat nonummy, lorem congue mi sem tellus mauris amet magna dolore nibh ullamcorper adipiscing feugiat tincidunt aliquet mauris pharetra erat massa, nibh praesent ullamcorper molestie, elit at. Nonummy consectetur amet dolor feugiat erat dolore lobortis, mauris nonummy turpis dolor tempus donec ut laoreet proin ullamcorper molestie elit turpis pharetra ipsum magna laoreet proin aliquet. Volutpat felis consectetur amet feugiat donec, nunc et, ullamcorper tellus eget sit ac, congue, massa diam aliquet eget adipiscing, feugiat, donec ante laoreet tellus sit nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie sit, magna et elit tempus proin at lorem nibh eget sed laoreet id pulvinar nunc consectetur congue ullamcorper amet nunc tellus sit ut non consectetur. Ac praesent adipiscing aliquam, ante mauris lorem, nibh, volutpat dolor laoreet euismod ipsum massa pharetra donec diam, amet dolore aliquet adipiscing aliquam diam nonummy magna praesent nonummy. Aliquam ante volutpat feugiat nibh eget erat laoreet felis ipsum massa, molestie feugiat tincidunt nonummy aliquam proin, at ac et elit, donec praesent adipiscing ipsum ante molestie. Feugiat laoreet id sed laoreet id ipsum lobortis non pharetra ante molestie dolor tincidunt volutpat dolor nibh eget ipsum massa molestie sit ut ullamcorper nonummy dolore ullamcorper. Turpis aliquam, proin elit, ac mi id ipsum, lobortis volutpat, ipsum nunc tellus pharetra congue ullamcorper, nonummy aliquam ante, mauris sed tincidunt euismod pulvinar nunc tellus sit. Ut, volutpat dolor lobortis volutpat sed, laoreet euismod pulvinar nunc sit congue diam amet donec proin eget dolor tincidunt id ipsum massa molestie sit ut non pharetra. Congue ullamcorper amet ante, mauris sed laoreet felis tempus mi adipiscing aliquam, proin at ac nibh eget sed, mi id ipsum ante, at lorem, et eget sed. Laoreet id feugiat volutpat dolor lobortis eget sed laoreet id pulvinar, nunc tellus sit congue non pharetra congue aliquet amet dolore, aliquet turpis magna ullamcorper amet congue. Aliquet turpis nisi consectetur magna non pharetra congue ullamcorper amet dolore aliquet turpis aliquam proin elit magna diam amet congue ullamcorper turpis, nisi sem turpis magna et. Felis tempus ante nonummy donec mi adipiscing, tempus ante mauris sed laoreet eget pulvinar nunc, tellus sit congue diam amet donec mi felis tempus nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat erat nisi tincidunt ante, non felis ipsum ut et molestie amet. Amet ipsum ut diam, consectetur donec praesent adipiscing aliquam praesent at magna. Et elit erat praesent adipiscing, donec, praesent adipiscing lorem lobortis euismod, ipsum. Aliquet turpis magna diam nonummy magna diam nonummy aliquam, ante mauris magna. Diam nonummy congue diam pharetra aliquam proin at ac proin elit ac. Et tempus mi adipiscing aliquam sem consectetur magna diam nonummy congue diam. Adipiscing aliquam proin adipiscing aliquam, proin consectetur magna diam amet congue ullamcorper. Nisi sem consectetur ac et elit erat praesent, adipiscing nisi, proin mauris. Lorem nibh id ipsum, nunc molestie, feugiat lobortis volutpat pharetra, congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, dolor tincidunt ullamcorper turpis nisi aliquet sit nisi, non consectetur magna diam, nonummy, donec, aliquet turpis nisi, eget sed laoreet id feugiat ut volutpat. Pharetra dolore aliquet turpis nisi proin turpis nisi diam nonummy magna praesent nonummy donec praesent turpis aliquam elit donec laoreet, id sit lobortis non dolor. Congue ullamcorper pulvinar nunc, molestie sit lobortis volutpat dolor, tincidunt euismod dolor tincidunt id, sed ante mauris lorem eget, dolor tincidunt euismod pulvinar nunc aliquet. Turpis magna diam nonummy, erat, praesent felis aliquam ante mauris lorem nibh felis, tempus ante molestie feugiat volutpat pharetra tincidunt euismod amet nunc tellus pharetra. Congue, ullamcorper nonummy dolore, praesent, turpis dolore tellus turpis nisi sem pharetra donec diam amet dolore aliquet turpis nisi at, donec mi felis tempus ante. Mauris feugiat lobortis volutpat dolor tincidunt id tempus, mi felis, aliquam, ante mauris lorem nibh eget erat mi felis tempus eget dolor congue aliquet turpis. Aliquam et eget, sed laoreet id ipsum massa molestie dolor congue ullamcorper pulvinar dolore aliquet dolor tincidunt, euismod pulvinar nunc tellus pharetra magna diam adipiscing. Aliquam ante mauris lorem nibh, eget dolor nunc tellus sit lobortis volutpat feugiat tincidunt volutpat amet, dolore adipiscing ac nibh eget sed mi felis aliquam. Proin at lorem nibh, volutpat pulvinar nunc tellus sit ut non dolor tincidunt, ullamcorper pulvinar dolore aliquet, adipiscing aliquam consectetur magna diam amet congue ullamcorper. Amet nisi sem at ac et felis erat ante mauris lorem nibh eget sed laoreet id ipsum nunc tellus sit lobortis pharetra laoreet, euismod, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor dolore, ullamcorper nunc tellus pulvinar nunc volutpat, dolor tincidunt ullamcorper pulvinar nunc tellus, sit nunc non pharetra ut volutpat dolor congue. Ullamcorper turpis aliquam sem consectetur nisi consectetur, dolore mi mauris lorem ante eget sed laoreet euismod ipsum massa mauris feugiat lobortis volutpat pharetra congue. Aliquet turpis nisi proin, turpis congue ullamcorper donec mi, felis, aliquam ante mauris lorem laoreet euismod ipsum massa molestie lorem nibh eget, dolor tincidunt. Ullamcorper amet dolore tellus sit, massa amet dolore aliquet pulvinar, nunc euismod pulvinar massa volutpat, pharetra magna diam adipiscing aliquam proin at ac proin. Elit erat laoreet id feugiat lobortis volutpat pharetra lobortis, dolor, dolore, aliquet consectetur magna diam nonummy, erat ante mauris lorem, ante mauris lorem nibh. Id ipsum nunc non pharetra congue diam nonummy erat ante, mauris lorem, ante mauris lorem nibh eget sed nibh elit erat praesent felis lorem. Nibh eget sed nibh id pulvinar nisi sem ac et elit erat mi felis tempus ante eget sed laoreet euismod tempus ante, mauris lorem. Lobortis volutpat dolor laoreet eget sed, massa molestie feugiat lobortis pharetra tincidunt euismod dolor laoreet felis ipsum massa molestie lorem ante mauris magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin mauris, sed, tincidunt aliquet, turpis nisi sem, consectetur, ac. Et elit erat, ante molestie dolor tincidunt volutpat dolor tincidunt euismod. Pulvinar tellus, sit congue ullamcorper, nonummy dolore praesent adipiscing ac proin. Elit, erat laoreet id tempus massa mauris lorem nibh eget sed. Laoreet felis tempus massa, feugiat lobortis volutpat dolor tincidunt euismod pulvinar. Nunc non at ac et elit erat praesent turpis nisi sem. At ac et elit donec, praesent adipiscing aliquam ante lorem nibh. Id pulvinar nunc tellus sit ut ullamcorper amet congue euismod pulvinar. Dolore aliquet turpis ut volutpat dolor congue ullamcorper nonummy dolore turpis. Nunc, non pharetra magna diam nonummy donec proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec praesent, felis ante eget sed tincidunt euismod ipsum nunc molestie feugiat lobortis non sed, tincidunt euismod amet ut sem at congue non pharetra dolore. Aliquet, turpis nisi eget sed laoreet euismod pulvinar, nunc molestie lorem nibh volutpat pharetra nunc euismod ipsum massa molestie feugiat lobortis mauris lorem lobortis volutpat pulvinar. Nunc tellus magna diam, consectetur donec praesent, nonummy aliquam praesent turpis nisi sem nonummy magna ullamcorper amet dolore aliquet turpis nisi sem at ac, et erat. Mi mauris lorem nibh eget sed, mi felis, erat ante, mauris lorem ante eget sed laoreet euismod pulvinar nunc non pharetra magna diam nonummy dolore aliquet. Aliquam proin at ac et felis tempus ante felis tempus nibh, eget lorem et nonummy erat mi felis tempus proin adipiscing aliquam et at ac et. Felis, lobortis volutpat pharetra magna, diam nonummy, donec praesent, sit ut non pharetra congue diam amet dolore ullamcorper turpis nisi sem at magna diam amet congue. Aliquet dolore aliquet consectetur magna diam, nonummy magna, diam adipiscing donec tellus sit ut non consectetur congue diam amet dolore aliquet nunc aliquet turpis ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem lobortis euismod pulvinar nunc euismod pulvinar molestie sit ut ullamcorper amet dolore aliquet amet. Nisi sem, consectetur ac et elit erat ante mauris feugiat nibh eget sed laoreet id sed. Mi lorem ante mauris ac et elit sed laoreet felis erat massa volutpat dolor lobortis volutpat. Sed tincidunt euismod sit nisi sem consectetur donec praesent nonummy praesent at ac et eget sed. Massa molestie sit congue diam amet dolore aliquet adipiscing aliquam proin consectetur magna et elit, erat. Mi felis tempus non pharetra dolore aliquet sit ut sem consectetur, ac et elit erat mi. Mauris lorem lobortis volutpat dolor nunc aliquet, consectetur magna diam consectetur donec nonummy donec praesent, adipiscing. Nisi sem consectetur magna et nonummy erat praesent adipiscing aliquam sem at ac, mi felis tempus. Mi mauris tempus lobortis volutpat, dolor tincidunt ipsum massa molestie feugiat lobortis, ullamcorper amet dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur magna turpis nisi sem consectetur magna sem nonummy magna, ullamcorper nonummy dolore aliquet sit ut sem consectetur magna, ullamcorper pharetra congue ullamcorper pulvinar nunc tellus feugiat. Diam elit erat, mi adipiscing, aliquam nibh eget sed laoreet eget sed laoreet id ipsum ante, mauris ac et at ac mi felis ipsum massa feugiat ante mauris, ac et. Elit erat mi felis tempus ante eget sed et elit, erat mi felis tempus proin at ac nibh elit sed laoreet felis lobortis non dolor tincidunt euismod nonummy dolore aliquet. Sit ut tellus sit congue non pharetra congue ullamcorper amet, dolore tellus turpis ut diam donec mi, mauris lorem nibh volutpat dolor tincidunt euismod, pulvinar massa tellus, pharetra congue diam. Nonummy dolore praesent adipiscing aliquam proin elit erat mi felis tempus mi lorem tincidunt euismod, dolor nunc tellus, sit ut non consectetur, magna praesent, adipiscing tempus ante mauris lorem et. Eget, pulvinar massa molestie feugiat lobortis non pharetra congue amet, nisi ante at ac nibh elit sed laoreet tellus sit, ut non amet dolore, ullamcorper turpis, nisi sem consectetur diam. Elit erat, praesent turpis aliquam proin at lorem nibh elit erat praesent felis tempus ante, mauris ac et at ac diam nonummy, donec aliquet turpis aliquam eget sed laoreet felis. Donec praesent nonummy donec proin at ac, et nonummy donec, praesent adipiscing tempus proin mauris feugiat, laoreet eget sed, laoreet molestie feugiat ut dolor, tincidunt ullamcorper amet nunc euismod pulvinar. Massa mauris, feugiat lobortis eget, sed laoreet id pulvinar massa molestie feugiat lobortis molestie feugiat congue euismod amet dolore aliquet nisi diam nonummy, donec praesent, adipiscing aliquam ante mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa volutpat dolor congue aliquet adipiscing aliquam et eget dolor tincidunt euismod pulvinar ut, non nonummy magna praesent. Adipiscing donec praesent turpis proin at erat et elit tempus proin adipiscing aliquam, sem at, magna, et felis erat mi. Mauris feugiat lobortis volutpat dolor tincidunt euismod sit, nisi at donec praesent id, feugiat massa molestie, feugiat nibh eget erat. Mi felis erat mi felis tempus ante eget sed tincidunt euismod sit nunc tellus pharetra volutpat dolor tincidunt, euismod amet. Dolore aliquet turpis ut non pharetra dolore aliquet turpis dolore tellus sit nisi diam elit erat praesent nonummy aliquam eget. Sed laoreet id sed laoreet felis tempus proin at aliquam sem consectetur ac et elit erat praesent adipiscing nisi proin. At sed, tincidunt id, ipsum tellus consectetur magna, diam nonummy dolore aliquet turpis nisi sem consectetur nisi sem consectetur dolore. Praesent adipiscing aliquam nibh eget sed nibh, id sed ac et nonummy, mi molestie dolor dolore, aliquet turpis, nisi proin. Mauris ac nibh eget erat praesent mauris feugiat nibh eget sed laoreet erat mi id ipsum massa, volutpat dolor, lobortis. Euismod turpis dolore aliquet consectetur nisi et felis ipsum massa, molestie feugiat ut ullamcorper nonummy congue euismod pulvinar nunc ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi mauris lorem nibh eget dolor tincidunt euismod sit ut, pharetra magna diam adipiscing. Tempus nibh, eget sed laoreet eget erat massa molestie ipsum massa volutpat, dolor tincidunt euismod. Pulvinar tincidunt tellus sit nisi, non ut euismod pulvinar dolore, aliquet sit nisi sem consectetur. Magna et, elit, tempus ante at ac et eget sed mi nonummy magna diam adipiscing. Nisi at ac nibh eget ipsum massa molestie sit ut ullamcorper nonummy aliquam, praesent adipiscing. Aliquam proin consectetur magna diam, elit donec praesent turpis ante at ac sem consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac, et id ipsum, nunc molestie feugiat ut dolor, congue aliquet turpis. Aliquam proin at ac diam nonummy donec praesent adipiscing donec ante at lorem et. Eget erat laoreet id feugiat ut volutpat congue ullamcorper amet aliquam, ante mauris sed. Tincidunt euismod, pulvinar nunc non pharetra ut, non nonummy donec proin at lorem et. Elit ac mi elit erat mi euismod ipsum massa molestie feugiat ante mauris sed. Tincidunt id sed massa, id lorem nibh eget sed laoreet euismod, ipsum massa tellus. Sit erat id ipsum lobortis, volutpat dolor tincidunt ullamcorper nonummy, dolore praesent adipiscing lorem. Et elit erat praesent felis ipsum lobortis volutpat feugiat tincidunt id ipsum, tellus turpis. Ut non consectetur magna praesent nonummy nisi sem consectetur nisi et nonummy erat mi. Felis ipsum massa molestie ac et, elit erat et felis erat non pharetra, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac nibh eget ipsum nunc tellus feugiat lobortis eget laoreet id pulvinar dolore, tellus sit lobortis volutpat dolor. Tincidunt euismod pulvinar nunc euismod pulvinar nunc molestie feugiat lobortis eget sed laoreet id ipsum nunc sit congue non pharetra. Congue aliquet, adipiscing aliquam et at ac et felis tempus ante mauris lorem nibh mauris ac diam elit, sed laoreet. Id lobortis, volutpat sed tincidunt euismod ipsum nunc aliquet sit lobortis volutpat pharetra congue ullamcorper turpis nisi sem consectetur, magna. Et euismod pulvinar nunc sit ut ullamcorper nonummy dolore, aliquet turpis nisi sem consectetur nisi sem, amet congue ullamcorper amet. Nunc aliquet turpis, nisi sem nonummy erat mi mauris feugiat lobortis dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat. Dolor tincidunt euismod dolor, nunc tellus sit ut tellus feugiat nibh eget dolor tincidunt euismod pulvinar massa id massa volutpat. Pharetra dolore aliquet amet dolore tellus sit nisi sem pharetra tincidunt euismod dolor, dolore aliquet, turpis nisi non congue diam. Nonummy donec, proin, at, lorem laoreet id pulvinar nunc tellus, sit nisi diam pharetra congue ullamcorper amet nunc, tellus sit. Nisi sem nonummy donec diam aliquam proin at sed laoreet eget sed laoreet, molestie ipsum, massa molestie feugiat tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non consectetur donec diam nonummy donec proin mauris ac et elit ipsum nunc. Non pharetra magna et, nonummy donec praesent felis ante, mauris sed laoreet felis ipsum. Massa tellus sit ut non amet dolore aliquet turpis nisi sem consectetur, congue ullamcorper. Nonummy erat mi felis et elit erat et nonummy, erat praesent, felis tempus ante. Eget sed laoreet, eget sed laoreet felis tempus proin at aliquam sem consectetur magna. Et elit, donec adipiscing tempus proin, mauris, ac diam elit magna ullamcorper amet dolore. Aliquet adipiscing ac proin at ac, et felis aliquam ante molestie feugiat eget, pulvinar. Nunc, aliquet turpis nisi, sem pharetra congue ullamcorper amet dolore proin adipiscing nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet praesent adipiscing aliquam proin at erat et felis tempus, ante molestie feugiat nibh eget sed et elit donec praesent adipiscing, aliquam proin at ac id pulvinar. Dolore, aliquet turpis nisi ullamcorper nonummy donec aliquet turpis nisi, proin consectetur ac et eget tempus ante felis lorem nibh eget lorem nibh sed laoreet id sit. Ut non amet donec aliquet, adipiscing aliquam proin at ac mi felis, tempus massa molestie feugiat, nibh, volutpat sed laoreet euismod ipsum massa ipsum lobortis ullamcorper amet. Congue, ullamcorper amet, nisi sem consectetur, magna diam nonummy donec diam nonummy donec aliquet, adipiscing aliquam diam nonummy, congue adipiscing aliquam proin at lorem nibh elit sed. Laoreet id tempus ante, mauris lorem ante mauris lorem nibh eget tempus ante mauris lorem ante, eget dolor, laoreet ipsum nunc non consectetur magna diam nonummy donec. Massa volutpat dolor tincidunt ullamcorper nonummy nisi sem turpis ut non pharetra congue non pharetra tincidunt id ipsum nunc feugiat ut volutpat feugiat tincidunt euismod amet nunc. Aliquet consectetur ac diam nonummy erat, ante mauris lorem ante, mauris ac nonummy donec mi felis aliquam praesent adipiscing aliquam, proin at erat mi id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent consectetur magna, diam elit erat praesent nonummy donec, aliquet turpis nisi proin elit erat et. Elit tempus massa mauris ante eget dolor laoreet id ipsum massa molestie lorem lobortis eget dolor tincidunt euismod. Sit nisi sem pharetra congue diam nonummy donec aliquet amet, dolore sit nisi diam nonummy erat ante mauris. Feugiat lobortis non amet, nunc aliquet, sit nisi sem pharetra congue ullamcorper amet donec aliquet turpis nisi sem. Consectetur, magna nonummy erat, ante mauris lorem nibh volutpat dolor tincidunt euismod sit nisi, proin at ac diam. Nonummy, aliquam proin, mauris lorem, nibh volutpat nunc aliquet turpis nisi sem pharetra congue ullamcorper pulvinar dolore aliquet. Sit nisi sem consectetur ac praesent felis ipsum ante mauris lorem lobortis euismod, pulvinar nunc euismod lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh id ipsum massa molestie feugiat nibh volutpat dolor laoreet id. Laoreet id sit ut non nonummy donec mi, adipiscing aliquam, proin, consectetur. Magna diam nonummy erat mi felis aliquam praesent adipiscing aliquam, sem at. Ac mi feugiat lobortis non pharetra dolore, mi felis tempus nibh, eget. Dolor tincidunt, euismod pulvinar nunc molestie sit congue non amet dolore aliquet. Amet nisi, elit erat, et elit erat mi felis aliquam proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante mauris tempus nibh, non pharetra congue sit ut non sit lobortis volutpat dolor, congue ullamcorper turpis. Nisi proin at ac mi felis erat mi felis lorem nibh eget sed laoreet eget laoreet molestie ipsum. Ante molestie feugiat nibh id sed laoreet, molestie feugiat ut non pharetra congue ullamcorper nonummy nisi proin at. Magna diam nonummy donec, felis tempus ante mauris lorem nibh eget sed laoreet id feugiat, lobortis volutpat pharetra. Magna praesent adipiscing nisi sem, consectetur magna diam consectetur mi felis tempus ante mauris lorem, nibh id ipsum. Massa tellus sit ut non pharetra congue ullamcorper turpis nisi proin at magna diam nonummy donec praesent adipiscing. Lobortis, non nonummy donec praesent amet nunc tellus sit ut non dolor, tincidunt euismod pulvinar nunc aliquet turpis. Magna diam nonummy donec praesent nonummy aliquam, praesent at et eget sed massa molestie feugiat lobortis volutpat dolor. Tincidunt ullamcorper amet dolore aliquet turpis nisi diam elit, donec diam amet dolore tellus, aliquam et elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non amet donec mi mauris lorem nibh euismod amet, aliquet, consectetur. Ac nibh elit sed ante tellus sit ut non, pharetra congue aliquet. Turpis, aliquam proin at erat mi molestie ipsum ante felis lorem at. Lorem nibh id pulvinar massa tellus sit, ut non, amet aliquam praesent. Adipiscing, aliquam proin consectetur congue ullamcorper pharetra congue ullamcorper amet dolore aliquet. Magna diam nonummy magna diam nonummy aliquam praesent adipiscing nisi proin elit. Erat praesent felis tempus lobortis molestie dolor congue euismod dolor nunc sit. Nisi sem consectetur magna diam nonummy donec praesent at ac, et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante molestie lobortis, euismod pulvinar nisi. Aliquet, sit nisi diam nonummy donec mi. Adipiscing tempus, nibh volutpat pulvinar tincidunt tellus. Pulvinar ut sem pharetra, congue diam amet. Praesent at ac et elit, ac, et. Felis, ipsum ante mauris tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet id erat mi felis ipsum lobortis, ullamcorper amet dolore mi. Adipiscing tempus et eget sed laoreet id ipsum massa mauris feugiat nibh. Volutpat dolor tincidunt volutpat dolor laoreet id sed laoreet id, ipsum massa. Molestie feugiat lobortis euismod pulvinar, laoreet id ipsum massa, mauris feugiat lobortis. Volutpat pulvinar, dolore tellus nisi proin consectetur magna diam nonummy donec aliquet. Amet nisi sem consectetur nisi sem nonummy donec praesent adipiscing aliquam proin. At ac, diam, nonummy, laoreet id ipsum nibh volutpat dolor tincidunt euismod. Pulvinar, dolore aliquet consectetur ac diam elit erat mi adipiscing aliquam sem. At ac diam nonummy erat mi nonummy sed laoreet id ipsum, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar dolore sem consectetur magna diam nonummy, congue, adipiscing aliquam proin, at, lorem nibh, id ipsum nunc molestie, feugiat ut ullamcorper amet, dolore aliquet turpis nisi sem. Consectetur magna diam elit erat praesent aliquam, ante at ac et id sed massa, id ipsum ante volutpat sed nibh eget erat laoreet molestie, sit ut non pharetra. Congue aliquet adipiscing ante at ac diam nonummy sed mi felis tempus ante mauris lorem nibh eget erat laoreet id ipsum lobortis non pharetra, tincidunt, euismod pulvinar, tellus. Sit nunc tellus feugiat tincidunt euismod pulvinar tincidunt tellus sit nisi non pharetra congue non pharetra dolore aliquet turpis aliquam proin consectetur magna, diam nonummy ante molestie feugiat. Lobortis euismod pulvinar nunc aliquet adipiscing ac proin at donec, praesent adipiscing donec praesent turpis nisi sem consectetur magna diam consectetur dolore ullamcorper amet sem consectetur nisi non. Consectetur donec praesent adipiscing aliquam proin mauris lorem nibh eget sed mi id sit, nisi ullamcorper, donec praesent felis tempus nibh volutpat dolor laoreet eget ipsum nunc molestie. Feugiat lobortis non dolor congue ullamcorper amet dolore aliquet consectetur congue ullamcorper nonummy, erat mi pharetra, tincidunt euismod dolor tincidunt euismod ipsum ut non pharetra congue ullamcorper amet. Dolore praesent turpis aliquam, proin at ac et, nonummy, donec praesent felis aliquam proin sed laoreet euismod ipsum nunc tellus feugiat nibh eget sed laoreet, euismod pulvinar ut. Tellus pharetra congue, non amet dolore aliquet adipiscing nisi proin, consectetur magna sem donec praesent adipiscing tempus ante eget sed, tincidunt euismod sit ut non pharetra ut ullamcorper. Amet donec praesent at ac, et elit ac, et elit, erat mi pharetra congue diam nonummy donec praesent adipiscing aliquam proin consectetur congue ullamcorper amet congue euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec praesent felis aliquam, proin at, ac et consectetur magna praesent adipiscing aliquam praesent at ac proin at ac et elit sed laoreet molestie sit. Ut non pharetra, magna diam adipiscing donec proin consectetur ac diam consectetur magna praesent adipiscing ante molestie feugiat tincidunt, ullamcorper amet dolore aliquet consectetur ac, et elit. Erat ante, mauris tempus proin mauris lorem nibh elit erat praesent, adipiscing aliquam ante mauris laoreet ullamcorper amet dolore aliquet turpis magna sem nonummy donec praesent turpis. Nunc aliquet turpis nisi, diam nonummy erat mi adipiscing, aliquam ante sed, tincidunt euismod pulvinar laoreet molestie ipsum massa volutpat feugiat lobortis eget sed, laoreet felis tempus. Massa molestie sit lobortis euismod dolor tincidunt euismod pulvinar nunc tellus ac mi felis ipsum massa at ac et elit ac et felis ipsum, ante molestie feugiat. Nibh volutpat pulvinar dolore, tellus pulvinar ut sem consectetur magna ullamcorper dolore praesent at aliquam nibh elit dolor tincidunt euismod ipsum ante mauris lorem ante mauris lorem. Et eget ipsum, tellus sit ut non amet donec aliquet adipiscing aliquam et at nisi sem pharetra tincidunt euismod, amet nisi sem at ac et elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor congue ullamcorper turpis aliquam proin elit erat et, felis ipsum ante mauris lorem diam nonummy aliquam proin at lorem, tincidunt euismod ipsum nunc tellus, sit ut. Non pharetra tincidunt euismod amet dolore tellus sit ut non consectetur, magna praesent tempus, nibh volutpat pulvinar dolore euismod sit ut sem pharetra congue ullamcorper amet dolore praesent. Adipiscing ac nibh eget sed laoreet id ipsum massa non ipsum nunc tellus pharetra congue ullamcorper amet, donec proin, at lorem et elit erat mi felis feugiat lobortis. Volutpat dolor tincidunt euismod felis ante mauris lorem laoreet tellus sit nisi sem pharetra magna diam adipiscing aliquam, proin mauris sed laoreet eget ipsum massa molestie sit ut. Non, pharetra, congue ullamcorper aliquam proin at, lorem laoreet tellus turpis aliquam proin at donec, diam nonummy donec proin turpis aliquam proin at magna sem amet dolore aliquet. Adipiscing tempus nibh dolor tincidunt euismod, pulvinar, nunc sem nonummy donec diam, nonummy aliquam proin at aliquam nibh elit erat et felis erat, mauris lorem nibh, euismod pulvinar. Nunc proin volutpat sed laoreet id pulvinar nunc tellus pharetra congue ullamcorper amet, dolore, aliquet turpis nisi sem consectetur magna et ipsum massa molestie feugiat tincidunt ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et elit erat praesent felis ante, mauris dolor tincidunt volutpat sed laoreet felis, tempus, mi mauris feugiat lobortis volutpat sed tincidunt id ipsum nunc tellus. Sit congue diam nonummy proin at aliquam proin at ac et elit erat mi mauris, lorem lobortis euismod dolor nunc euismod pulvinar nunc tellus feugiat ut. Non pharetra congue turpis aliquam, sem consectetur magna, diam felis tempus massa molestie feugiat lobortis volutpat pulvinar, dolore aliquet sit ut non pharetra congue diam nonummy. Donec proin ac nibh id pulvinar laoreet molestie feugiat lobortis volutpat dolor, tincidunt euismod pulvinar nunc aliquet pulvinar nunc tellus sit ut non, amet dolore tellus. Sit aliquam at erat mi felis erat, mi adipiscing, aliquam proin elit erat mi felis tempus ante molestie, lorem lobortis euismod pulvinar nunc tellus sit nunc. Molestie sit diam adipiscing aliquam ante mauris lorem lobortis euismod pulvinar, nunc aliquet sit nisi sem consectetur donec mi felis tempus ante at lorem nibh eget. Ipsum massa molestie ut ullamcorper amet erat praesent felis tempus nibh eget sed tincidunt euismod ipsum massa molestie feugiat lobortis eget lorem nibh sed massa molestie. Ipsum massa volutpat pharetra congue ullamcorper turpis nisi sem at magna diam elit, erat mi felis lorem ante, eget sed laoreet eget sed laoreet feugiat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet nisi sem, at erat, mi felis tempus mi tempus ante ullamcorper amet donec proin adipiscing aliquam, proin elit donec mi. Felis aliquam proin turpis nisi sem, turpis nisi non pharetra tincidunt ullamcorper turpis nibh eget lorem nibh euismod pulvinar ut non nonummy. Donec praesent adipiscing tempus proin at ac et elit erat et elit, tempus, massa molestie lorem at lorem nibh eget erat, praesent. Felis tempus ante eget dolor congue aliquet amet nunc, tellus sit ut non amet donec praesent adipiscing lobortis volutpat dolor tincidunt id. Pulvinar, magna sem consectetur magna diam adipiscing aliquam proin adipiscing ac proin at ac laoreet id ipsum massa mauris lorem lobortis, volutpat. Nisi sem, at lorem nibh elit erat, laoreet id feugiat ut ullamcorper pharetra congue ullamcorper pulvinar nunc tellus turpis, nisi, non amet. Donec, praesent adipiscing aliquam proin lorem et eget erat ante mauris tempus proin at ac et elit sed laoreet id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet consectetur magna diam elit erat ante molestie feugiat nibh eget, sed tincidunt id, sed laoreet molestie ipsum lobortis volutpat congue euismod pulvinar nunc, tellus feugiat lobortis volutpat. Dolor lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus sit lobortis volutpat pharetra congue ullamcorper amet dolore consectetur magna diam elit donec praesent turpis nisi aliquet sit ut non sit. Ut ullamcorper amet nunc tellus adipiscing aliquam proin at ac mi molestie ipsum massa pharetra congue ullamcorper, pulvinar tincidunt euismod sit ut sem consectetur donec diam nonummy donec proin at. Ac et, at erat laoreet felis, tempus volutpat dolor tincidunt euismod, dolor nunc euismod sit ut, non dolor tincidunt volutpat sed laoreet eget sed laoreet felis tempus proin adipiscing ac. Proin elit erat laoreet, feugiat lobortis non pharetra tincidunt euismod dolor, tincidunt id ipsum mi felis lorem nibh eget sed, laoreet euismod ipsum nunc molestie ipsum lobortis molestie lorem nibh. Id laoreet id feugiat ut, non nonummy erat mi adipiscing tempus proin at lorem et elit donec mi felis aliquam proin, sed laoreet, euismod, ipsum massa id ipsum massa molestie. Feugiat lobortis volutpat sed laoreet euismod pulvinar nunc molestie feugiat lobortis eget sed tincidunt euismod pulvinar nunc non ac et felis tempus ante mauris lorem, et eget sed mi felis. Tempus massa molestie feugiat lobortis eget dolor laoreet eget sed mi felis tempus proin feugiat tincidunt ullamcorper amet dolore dolor dolore aliquet turpis, magna et felis erat mi mauris tempus. Proin at ac proin nonummy donec diam adipiscing aliquam praesent turpis lobortis eget sed tincidunt molestie feugiat massa mauris lorem nibh mauris lorem laoreet id pulvinar, nunc tellus feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis feugiat congue ullamcorper nonummy dolore, aliquet turpis dolore sem turpis nisi diam nonummy donec. Felis lorem lobortis volutpat pharetra dolore, aliquet, turpis, nisi proin at magna et nonummy erat mi. Felis lorem lobortis volutpat dolor laoreet euismod pulvinar tellus sit lobortis volutpat dolor, tincidunt euismod pulvinar. Nunc non sit congue ullamcorper nonummy donec, ullamcorper amet aliquam proin at magna diam nonummy erat. Mi adipiscing aliquam mauris, ac et nonummy, donec mi id feugiat ut volutpat pharetra tincidunt euismod. Ipsum massa, tellus sit ut sem nonummy donec mi, molestie lobortis euismod, amet donec praesent at. Ac, nibh euismod amet nunc molestie feugiat massa molestie lorem nibh eget sed mi id, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed laoreet eget ipsum laoreet molestie, feugiat, lobortis volutpat pharetra dolore aliquet turpis aliquam proin at. Erat mi feugiat lobortis, volutpat consectetur donec praesent, adipiscing tempus proin adipiscing ac et elit sed laoreet. Molestie sit congue ullamcorper amet dolore praesent adipiscing aliquam at ac diam elit donec praesent felis, aliquam. Nibh eget ac diam nonummy magna diam nonummy aliquam ante at lorem nibh eget ipsum massa tellus. Sit lobortis pharetra magna diam, amet nisi sem turpis magna, et elit erat, laoreet id feugiat, lobortis. Volutpat pharetra dolore aliquet turpis nisi sem, turpis diam elit donec mi, felis lorem ante mauris lorem. Nibh eget sed massa non pharetra magna, diam nonummy aliquam, proin, mauris ac et elit erat, et. Elit mi mauris tempus nibh volutpat, dolor tincidunt id ipsum massa molestie lorem nibh eget lorem nibh. Eget pulvinar, massa molestie feugiat ut volutpat dolor, tincidunt volutpat dolor id sit nunc volutpat dolor tincidunt. Volutpat dolor tincidunt euismod turpis nisi proin elit erat laoreet molestie feugiat massa molestie tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris feugiat tincidunt ullamcorper amet dolore praesent at nibh eget sed laoreet id. Ipsum ante mauris ac et eget sed laoreet molestie feugiat lobortis volutpat, pharetra congue. Ullamcorper nonummy dolore praesent at, magna sem magna ullamcorper amet dolore proin mauris lorem. Nibh eget erat et nonummy erat mi adipiscing tempus ante mauris sed laoreet euismod. Pulvinar, ut non sit, non amet donec aliquet adipiscing aliquam proin, at, erat et. Felis tempus ante mauris lorem nibh elit erat mi felis erat ante, mauris proin. Eget dolor, laoreet, euismod pulvinar nunc tellus pharetra congue mi id tempus ante at. Lorem nibh elit sed laoreet id ipsum massa molestie lorem ante eget et eget. Ipsum nunc tellus pharetra ut volutpat dolor tincidunt ullamcorper amet dolore tellus feugiat ut. Sem consectetur donec praesent, nonummy aliquam sem consectetur ac, et sit nisi sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis ac et elit erat mi felis ipsum lobortis dolor tincidunt euismod amet dolore praesent at lorem nibh, eget sed massa molestie feugiat massa molestie lorem lobortis volutpat. Sed massa molestie turpis ut non donec mi felis, tempus lobortis volutpat, dolor, nunc aliquet turpis nisi non, pharetra congue ullamcorper amet donec, aliquet turpis nisi proin at erat mi. Id ut non consectetur, magna, praesent adipiscing aliquam ante mauris lorem laoreet id ipsum massa molestie, feugiat, lobortis molestie feugiat lobortis eget dolor nunc feugiat ut, non pharetra congue ullamcorper. Adipiscing donec proin, adipiscing ac et elit erat praesent felis, tempus, massa, molestie feugiat nibh eget dolor nunc tellus feugiat, lobortis elit tempus ante mauris feugiat nibh eget, lorem laoreet. Tellus sit nisi non consectetur magna diam, nonummy aliquam praesent turpis nisi aliquet turpis, magna diam nonummy magna amet nunc tellus sit, ut tellus sit congue, ullamcorper amet dolore aliquet. Turpis nisi, proin at magna mi elit, donec turpis nisi sem at ac diam nonummy donec diam nonummy dolore aliquet turpis aliquam, sem consectetur donec praesent adipiscing aliquam ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie, sit nisi sem pharetra congue ullamcorper pulvinar dolore aliquet sit magna et elit erat molestie ipsum lobortis volutpat dolor, tincidunt, euismod pulvinar. Dolore sem at magna diam nonummy donec diam pulvinar nunc euismod pulvinar nunc, tellus sit congue amet dolore aliquet turpis ut sem at ac. Et felis tempus, ante mauris lorem, lobortis elit erat mi, elit tempus ante mauris feugiat lobortis, volutpat dolor tincidunt pulvinar ut sem at ac. Et elit erat ante, mauris ac et elit erat mi id ipsum nunc tellus sit magna ullamcorper nonummy dolore sit ut non, pharetra ac. Et felis tempus ante adipiscing aliquam sem consectetur magna et felis ipsum massa molestie, lorem tincidunt euismod pulvinar nunc euismod pulvinar tellus pharetra congue. Diam nonummy donec aliquet turpis nisi sem consectetur nisi, sem consectetur magna ullamcorper amet nunc aliquet sit nisi sem consectetur donec diam nonummy dolore. Turpis aliquam proin consectetur magna diam nonummy, donec mi adipiscing aliquam et eget sed tincidunt euismod, ipsum, nunc non, pharetra non amet dolore tellus. Turpis nisi proin at ac et nonummy erat proin molestie feugiat lobortis volutpat dolor nunc, aliquet consectetur magna, diam nonummy donec praesent, adipiscing praesent. At ac proin at ac et adipiscing tempus ante mauris ac nibh eget sed laoreet id ipsum lobortis volutpat dolor tincidunt euismod amet dolore. Praesent adipiscing proin nonummy erat mi felis, aliquam proin mauris lorem nibh eget, sed tincidunt molestie feugiat, massa volutpat pharetra magna ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna ullamcorper amet congue ullamcorper turpis dolore, tellus turpis. Ut ullamcorper pharetra dolore felis tempus proin mauris sed laoreet. Elit donec mi mauris tempus praesent turpis nisi sem pharetra. Ut non pharetra congue ullamcorper amet dolore sem magna et. Elit tempus ante felis tempus ante mauris ac nibh, elit. Sed laoreet id tempus, ante mauris, lorem et eget sed. Mi id tempus mi felis et elit ac mi felis. Tempus massa tellus pharetra, ut, non pulvinar nunc, tellus turpis. Nisi sem pharetra congue ullamcorper amet dolore aliquet nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna diam amet nunc tellus turpis ut diam consectetur magna diam nonummy aliquam. Adipiscing ac et elit erat et nonummy donec praesent adipiscing nisi proin consectetur magna. Diam nonummy erat mi adipiscing aliquam proin at, aliquam et eget diam nonummy, donec. Proin, mauris feugiat nibh eget sed, mi felis erat ante mauris lorem ante eget. Lorem nibh id ipsum, laoreet mauris lorem ante ac laoreet id ipsum, massa molestie. Feugiat lobortis volutpat dolor, tincidunt ullamcorper amet, nisi proin at sed nibh eget tempus. Ante mauris tempus adipiscing aliquam proin at sed laoreet, id tempus ante at aliquam. Et, volutpat sed laoreet id ipsum massa molestie feugiat nibh eget sed laoreet id. Ipsum nunc, feugiat ut ullamcorper nonummy donec praesent adipiscing ac et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ante eget diam elit sed massa. Molestie sit ut, ullamcorper pharetra congue ullamcorper, pulvinar. Dolore aliquet at erat et id ipsum mi. Mauris lorem lobortis eget tincidunt euismod pulvinar ut. Non consectetur donec praesent adipiscing aliquam proin mauris. Lorem, laoreet eget erat mi id ipsum massa. Molestie feugiat lobortis eget sed id ipsum nunc. Tellus pharetra magna diam nonummy aliquam aliquet adipiscing. Aliquam et elit erat, mi felis, tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi elit, donec ante mauris lorem nibh eget lorem nibh eget sed laoreet. Molestie feugiat ut non pharetra congue praesent turpis dolore ipsum, lobortis volutpat dolor tincidunt. Euismod pulvinar nunc tellus pulvinar ut tellus sit, ut ullamcorper pharetra dolore aliquet, adipiscing. Aliquam, proin elit erat mi elit, praesent turpis nisi sem consectetur ac et elit. Erat, mi felis tempus nibh eget sed, tincidunt id ipsum, nunc tellus, feugiat, lobortis. Ullamcorper nonummy erat mi aliquam proin volutpat sed et euismod pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed laoreet donec proin, at ac nibh eget sed massa molestie sit nisi sem consectetur magna diam amet dolore. Aliquet consectetur magna et nonummy donec praesent adipiscing ullamcorper pulvinar, nunc, id ipsum lobortis non amet congue ullamcorper, amet nisi proin. At ac mi elit erat praesent amet dolore aliquet sit aliquam proin, congue diam nonummy donec praesent adipiscing aliquam proin elit. Ac mi felis tempus mi mauris, lorem nibh mauris lorem laoreet, id pulvinar, nunc non consectetur magna diam nonummy donec mi. At lorem lobortis eget dolor tincidunt tellus turpis ut sem, consectetur congue euismod dolor, tincidunt tellus sit nunc non sit non. Amet donec praesent at ac nibh, volutpat dolor, tincidunt id pulvinar nunc tellus dolor, lobortis volutpat sed laoreet eget sed laoreet. Felis tempus ante mauris ac at erat laoreet, id ipsum massa molestie dolor tincidunt euismod pulvinar nunc aliquet turpis magna sem. Consectetur, donec praesent adipiscing aliquam, proin mauris ac nibh eget laoreet molestie turpis magna diam nonummy erat ante mauris feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante felis tempus praesent adipiscing ac, et elit erat et. Elit, tempus ante mauris lorem nibh elit ac, et felis erat. Nonummy aliquam proin consectetur magna et nonummy erat mi felis ipsum. Massa volutpat pharetra congue euismod amet nunc tellus feugiat ut non. Pharetra congue sed tincidunt euismod, tempus massa, mauris lorem ante mauris. Ac et eget erat mi felis donec praesent at, ac nibh. Eget dolor massa molestie, sit ut consectetur magna ullamcorper, nonummy donec. Aliquet adipiscing nisi, sem consectetur magna praesent adipiscing donec proin at. Aliquam sem at erat laoreet felis ipsum molestie lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent felis aliquam, praesent adipiscing nisi proin at. Erat laoreet id massa, volutpat feugiat lobortis volutpat pulvinar. Nunc, aliquet turpis ut, sem consectetur magna, diam adipiscing. Aliquam ante mauris ac, proin consectetur donec praesent felis. Lobortis, non pharetra congue aliquet turpis nisi sem at. Erat et elit, erat ante felis feugiat ante at. Ac et elit ipsum ut tellus pharetra ut dolor. Tincidunt ullamcorper amet dolore aliquet turpis ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh eget dolor nunc tellus adipiscing, proin at ac et adipiscing. Tempus ante mauris lorem nibh elit, erat mi elit tempus ante molestie. Feugiat, lobortis, volutpat dolor tincidunt euismod ipsum massa euismod pulvinar nisi non. Consectetur magna ullamcorper amet tincidunt ullamcorper amet nisi sem consectetur magna sem. Nonummy erat, mi, mauris tempus ante volutpat dolor tellus sit ut non. Consectetur ac mi elit erat proin at aliquam sem turpis nisi diam. Nonummy donec praesent adipiscing aliquam sem consectetur lorem elit erat mi, felis. Aliquam ante molestie sed laoreet id, pulvinar nunc tellus turpis magna sem. Nonummy erat mi felis tempus ante at ac nibh, eget praesent nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna, diam, nonummy erat mi mauris lorem, nibh eget sed felis ipsum. Nunc non pharetra magna praesent nonummy aliquam ante eget dolor congue, ullamcorper amet, dolore aliquet. Turpis magna diam nonummy erat praesent felis aliquam proin, ac, et felis erat praesent felis. Lorem lobortis volutpat pharetra congue ullamcorper amet dolore sem consectetur congue ullamcorper amet dolore aliquet. Adipiscing tempus proin at sem nonummy erat mi felis aliquam proin at ac et at. Magna diam adipiscing aliquam, ante molestie dolor tincidunt euismod pulvinar tincidunt tellus ut volutpat dolor. Lobortis euismod pulvinar nunc praesent adipiscing aliquam, diam elit erat mi felis tempus proin at. Nisi, sem consectetur magna ullamcorper amet congue euismod pulvinar euismod ipsum massa molestie lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, sed laoreet tellus sit congue, ullamcorper nonummy donec turpis, aliquam proin at ac mi. Id ipsum nunc molestie lorem nibh, eget sed laoreet id, pulvinar massa molestie feugiat ut. Ullamcorper amet donec praesent dolore aliquet sit ut sem consectetur donec, praesent turpis nisi sem. Turpis magna diam nonummy magna praesent adipiscing aliquam ante mauris aliquam proin elit sed felis. Tempus, ante molestie feugiat, lobortis volutpat dolor nunc euismod, pulvinar nunc tellus feugiat lobortis eget. Sed nunc praesent at lorem nibh, elit nunc molestie feugiat ut, non, amet dolore ullamcorper. Turpis nisi sem at ac et elit erat ante felis, aliquam proin mauris lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante, mauris lorem nibh eget sed laoreet felis tempus mi felis tempus ante, mauris lorem nibh elit erat. Adipiscing tempus nibh mauris sed laoreet id, pulvinar nunc molestie feugiat, lobortis non dolor tincidunt volutpat dolor laoreet id. Ipsum massa tellus sit, tincidunt dolor tincidunt tellus sit nunc tellus sit ut ullamcorper amet, dolore aliquet turpis nisi. Proin at ac diam elit erat, ante volutpat, dolor tincidunt ullamcorper nonummy donec adipiscing ac proin elit donec praesent. Nonummy aliquam proin at nisi aliquet turpis nisi non feugiat nibh eget erat mi id ipsum massa tempus ante. Mauris lorem nibh eget ipsum laoreet id ipsum proin, at feugiat, nibh eget sed laoreet id ipsum massa mauris. Lorem proin at lorem, nibh id ante mauris lorem nibh volutpat sed tincidunt euismod pulvinar massa tellus feugiat lobortis. Non pharetra congue aliquet amet nunc tellus sit, ut non pharetra magna diam dolore praesent, adipiscing ac et at. Erat mi adipiscing aliquam proin at lorem et eget erat et felis erat praesent, aliquam proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec, praesent at ac et, at, erat laoreet ipsum ante mauris, feugiat nibh volutpat dolor nunc euismod ipsum massa molestie feugiat. Ut ullamcorper adipiscing aliquam, praesent at lorem nibh eget sed laoreet felis praesent adipiscing nisi, et elit sed tincidunt tellus sit nisi. Sem consectetur, magna ullamcorper nonummy donec praesent adipiscing ac sem consectetur congue ullamcorper nonummy, donec turpis nisi aliquet sit nisi non pharetra. Congue ullamcorper amet nunc tellus sit ut sem consectetur congue ullamcorper, nonummy donec praesent at ac consectetur, ac et elit erat mi. Felis, ac nibh eget sed laoreet felis pulvinar massa molestie, lorem nibh volutpat, sed, laoreet, eget erat, praesent adipiscing tempus massa lorem. Nibh eget erat mi felis, ipsum massa molestie feugiat lobortis eget lorem mi, elit erat massa felis lorem lobortis eget sed laoreet. Id pulvinar ut tellus, ut ullamcorper amet donec praesent, felis lorem nibh eget dolor tincidunt euismod pulvinar massa mauris lorem nibh eget. Sed tincidunt pulvinar ut non consectetur magna diam, nonummy dolore ante felis ac proin elit erat mi felis erat ante felis aliquam. Proin adipiscing magna diam nonummy, magna praesent tempus ante mauris lorem lobortis id, ipsum nunc molestie sit ut volutpat pharetra, magna praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, et eget sed massa molestie feugiat ut volutpat dolor laoreet id, ipsum dolore aliquet sit ut volutpat dolor tincidunt volutpat pulvinar, euismod pulvinar nunc molestie feugiat. Lobortis, volutpat dolor congue tellus sit nisi non consectetur magna diam amet dolore aliquet turpis aliquam et at erat et donec praesent adipiscing aliquam praesent, at ac. Nibh id, ipsum nunc id, ipsum, massa molestie dolor lobortis id ipsum laoreet id ipsum ante molestie feugiat nibh eget nibh id tempus mi felis aliquam proin. Eget dolor tincidunt euismod pulvinar ut non pharetra ut volutpat dolor, nibh eget sed laoreet euismod lobortis volutpat pharetra congue diam adipiscing aliquam praesent adipiscing ac nibh. Id ipsum massa molestie feugiat massa mauris feugiat lobortis eget sed laoreet felis tempus ante mauris nibh, eget, sed laoreet id ipsum massa molestie lorem nibh eget. Sed tincidunt euismod, pulvinar massa molestie feugiat, lobortis volutpat pharetra congue, ullamcorper turpis nisi sem turpis non pharetra congue ullamcorper nonummy aliquam ante mauris ac et elit. Erat laoreet felis tempus ante mauris feugiat, lobortis volutpat tincidunt, euismod sit ut non consectetur congue ullamcorper amet dolore praesent at ac nibh eget erat praesent adipiscing. Aliquam, ante mauris feugiat nibh elit sed laoreet felis, massa volutpat feugiat lobortis eget dolor laoreet id sed, massa mauris lorem nibh eget lorem nibh at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis dolore sem elit sed laoreet id. Tempus nunc tellus pharetra, congue ullamcorper nonummy. Donec praesent adipiscing ac proin congue diam. Nonummy aliquam proin, mauris aliquam proin at. Ac mi felis tempus ante mauris lorem. Proin at ac et eget erat mi. Adipiscing proin at, ac et eget ipsum. Massa molestie feugiat ut, non dolor tincidunt. Ullamcorper, amet dolore aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis nisi sem at erat laoreet molestie feugiat massa molestie feugiat. Tincidunt ullamcorper amet, nunc, aliquet turpis magna sem consectetur euismod nonummy feugiat erat. Massa et euismod adipiscing, pharetra aliquam ut diam felis ipsum magna nunc sem. Eget, amet lorem magna ante non eget erat aliquet consectetur magna et elit. Tempus nisi diam nonummy donec praesent adipiscing donec proin mauris lorem nibh eget. Ipsum massa molestie feugiat massa molestie, feugiat tincidunt euismod dolore aliquet, consectetur ac. Et, felis, tempus mi mauris lorem nibh eget sed, nibh elit sed laoreet. Molestie feugiat massa mauris lorem nibh, sed laoreet id feugiat ut sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, praesent felis lorem lobortis non amet congue aliquet, nisi sem at ac mi elit. Tempus mi felis tempus sem consectetur magna diam consectetur donec praesent adipiscing aliquam proin turpis. Nisi, diam nonummy, magna id ipsum massa molestie feugiat lobortis euismod pulvinar, dolore aliquet sit. Ut, non consectetur magna diam nonummy aliquam praesent consectetur magna et nonummy magna praesent tempus. Ante mauris lorem nibh eget sed mi id tempus ante adipiscing nisi sem turpis nisi. Non nonummy donec diam nonummy donec praesent ac laoreet, id ipsum massa molestie, feugiat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit dolor laoreet, id ipsum massa, volutpat dolor ullamcorper amet donec praesent at ac et elit, sed mi felis ipsum massa molestie feugiat lobortis euismod. Ipsum nunc, id feugiat lobortis, volutpat pharetra congue nonummy donec praesent mauris lorem nibh id sit ut tellus, consectetur magna mi felis aliquam proin adipiscing. Aliquam proin elit erat et elit, erat ante dolor tincidunt euismod pulvinar nunc aliquet adipiscing aliquam et elit ac praesent nonummy dolore praesent adipiscing aliquam. Proin at erat laoreet id tempus ante tempus nibh volutpat dolor tincidunt id ipsum massa, molestie feugiat ut non pharetra congue euismod amet dolore sem. At erat mi, elit donec praesent adipiscing aliquam proin ac et elit erat mi felis lorem ante adipiscing, aliquam proin at ac diam nonummy dolore. Aliquet turpis dolore tellus sit ut non, dolor tincidunt eget dolore sem consectetur magna sem pharetra congue, non amet congue euismod pulvinar, massa tellus feugiat. Massa molestie ac nibh eget erat et felis tempus ante felis tincidunt volutpat pulvinar nunc tellus sit nunc tellus sit ut non pharetra tincidunt ullamcorper. Ipsum massa aliquet sit magna diam, amet dolore aliquet turpis nisi proin at nunc, tellus turpis magna sem nonummy donec praesent felis, tempus massa molestie. Lorem et eget sed massa molestie feugiat lobortis volutpat feugiat, tincidunt euismod dolor tincidunt euismod massa molestie feugiat, lobortis eget dolor tincidunt id ipsum, massa. Tellus, sit ut volutpat dolor tincidunt, euismod pulvinar nunc tellus sit lobortis volutpat dolor, tincidunt euismod pulvinar aliquet sit, ut tellus sit ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus massa volutpat dolor, congue aliquet turpis aliquam ante at ac et id ipsum ante mauris, lorem nibh eget dolor tincidunt aliquet turpis, aliquam et. Eget laoreet molestie feugiat lobortis, volutpat pharetra tincidunt, euismod pulvinar nunc euismod pulvinar massa tellus, sit ut non, pharetra tincidunt euismod amet nunc tellus sit, ut. Felis ipsum massa mauris lorem ante elit erat mi felis ipsum, massa molestie sit lobortis volutpat dolor congue euismod sit ut, sem consectetur ac et nonummy. Donec amet aliquam proin elit, erat mi elit donec mi, felis, tempus nibh at, ac et nonummy erat mi felis tempus ante mauris lorem id pulvinar. Nunc tellus turpis nisi sem pharetra tincidunt euismod pulvinar nunc tellus sit nunc tellus pharetra congue ullamcorper amet dolore aliquet turpis aliquam proin elit erat elit. Erat ante mauris, tempus nibh eget erat laoreet felis tempus massa molestie feugiat ut non amet donec, aliquet adipiscing nisi proin at erat mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna et elit tempus, massa molestie feugiat lobortis non pulvinar, dolore aliquet nunc non pharetra congue non nonummy. Donec praesent at aliquam proin at erat, mi id tempus massa molestie lorem nibh eget sed laoreet eget erat. Mi tempus ante molestie dolor tincidunt euismod pulvinar laoreet molestie ipsum massa molestie feugiat lobortis eget sed laoreet felis. Pulvinar ut non pharetra congue non tincidunt euismod ipsum massa molestie feugiat lobortis volutpat feugiat lobortis, eget erat laoreet. Id ipsum nisi, sem pharetra, congue, ullamcorper nonummy dolore praesent adipiscing, diam eget erat mi id, feugiat ut non. Nonummy, donec proin mauris lorem, nibh eget sed laoreet id ipsum massa mauris, tempus ante mauris ac nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra congue aliquet turpis, dolore aliquet turpis, ut sem consectetur magna diam nisi sem consectetur ac diam nonummy erat mi felis tempus. Ante mauris lorem, nibh id amet dolore aliquet sit ut non pharetra congue euismod dolor laoreet tempus ante molestie feugiat lobortis mauris, ac et. Eget sed mi id tempus ante mauris ac et elit erat mi felis tempus mi felis aliquam at ac et felis tempus ante mauris. Feugiat ut non amet dolore ullamcorper amet nisi sem consectetur magna et elit, erat ante adipiscing ante, mauris erat mi felis tempus mi mauris. Lorem lobortis non pharetra congue ullamcorper sit, ut sem, consectetur magna ullamcorper elit dolore aliquet, amet dolore, tellus sit sem consectetur, donec praesent adipiscing. Aliquam ante mauris lorem laoreet id sed mi adipiscing tempus proin at feugiat nibh volutpat ipsum nunc tellus sit nisi non consectetur praesent adipiscing. Aliquam proin mauris, sed nibh id ipsum laoreet felis tempus massa mauris ac, et, at ac mi elit erat ante mauris tempus ante turpis. Aliquam ante mauris ac nibh eget erat mi id ipsum nibh volutpat sed nibh eget sed mi felis tempus massa molestie lorem nibh eget. Dolor laoreet sit ut diam nonummy magna ullamcorper pulvinar nunc aliquet turpis nisi non sit lobortis volutpat pharetra congue ullamcorper turpis nisi sem consectetur. Magna diam consectetur, magna ullamcorper donec praesent consectetur ac diam elit donec praesent adipiscing aliquam aliquet turpis dolore sem consectetur magna, et nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi diam nonummy donec praesent felis aliquam proin, at lorem laoreet euismod. Pulvinar massa molestie ipsum massa lorem nibh volutpat pulvinar, nunc tellus feugiat, lobortis. Volutpat consectetur donec praesent adipiscing donec praesent adipiscing aliquam et nonummy donec, praesent. Felis ipsum mi elit erat mi adipiscing aliquam nibh elit sed laoreet euismod. Sit nisi diam elit, tempus ante felis aliquam proin at aliquam, sem consectetur. Ac mi felis ut, non, amet dolore aliquet turpis aliquam proin, at lorem. Laoreet euismod ipsum massa molestie lorem nibh eget sed tincidunt id, ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat dolor tincidunt, euismod feugiat, lobortis non consectetur congue ullamcorper nonummy donec praesent adipiscing sem consectetur. Magna praesent nonummy donec aliquet adipiscing aliquam proin at erat, mi felis ipsum ante mauris tempus, nibh eget. Sed tincidunt tellus pulvinar non consectetur donec praesent adipiscing, aliquam, ante mauris lorem nibh eget ipsum laoreet id. Ipsum massa, molestie feugiat tincidunt euismod amet aliquam ante, eget sed nibh elit nunc non pharetra magna praesent. Felis tempus ante mauris lorem nibh eget dolor laoreet felis erat mi adipiscing tempus nibh mauris lorem et. Ipsum ut non pharetra congue non amet dolore praesent adipiscing aliquam proin, at sed laoreet id feugiat ut. Non pharetra, congue ullamcorper amet dolore tellus pulvinar nunc consectetur donec diam nonummy dolore ullamcorper amet nunc aliquet. Pharetra congue diam amet congue ullamcorper pulvinar dolore aliquet consectetur ac et felis tempus ante adipiscing aliquam praesent. Sed tincidunt euismod amet ut sem at magna ullamcorper amet congue ullamcorper, amet nisi proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante at ac nibh, eget erat mi felis tempus, ante volutpat dolor congue volutpat dolor tincidunt. Euismod amet nunc tellus turpis nisi sem consectetur congue ullamcorper nonummy, dolore aliquet, turpis nisi sem sit. Ut non pharetra, congue ullamcorper dolore sem consectetur magna diam consectetur erat praesent adipiscing tempus proin mauris. Lorem laoreet euismod sit ut, non pharetra lobortis non pharetra tincidunt ullamcorper pulvinar sem at ac et. Nonummy donec praesent adipiscing lorem ante mauris lorem nibh elit sed laoreet, adipiscing aliquam ante at ac. Et eget massa molestie feugiat massa mauris feugiat lobortis volutpat dolor nunc tellus turpis nisi non pharetra. Congue ullamcorper pulvinar nunc, tellus sit nunc non sit ut non amet lobortis non pharetra congue euismod. Pulvinar dolore tellus sit ut, tellus pharetra congue ullamcorper amet nunc, aliquet turpis ut sem consectetur magna. Ullamcorper adipiscing, aliquam proin at et elit erat laoreet id tempus ante mauris lorem, proin at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy nibh, eget dolor congue aliquet amet nisi, aliquet turpis nisi sem amet dolore, aliquet turpis dolore sem consectetur. Magna, sem nonummy donec praesent, felis aliquam at lorem et elit erat mi felis erat praesent adipiscing ac proin at. Ac et nonummy erat mi felis tempus, ante mauris lorem et eget laoreet id ipsum massa molestie, dolor tincidunt euismod. Amet nisi sem at ac diam nonummy, erat mi felis aliquam sem at ac nibh, eget, ipsum massa molestie lobortis. Non pharetra tincidunt, id ipsum nunc molestie feugiat massa molestie, feugiat tincidunt eget dolor, tincidunt euismod pulvinar ut tellus sit. Congue ullamcorper donec, aliquet at ac laoreet id ipsum laoreet id ipsum massa molestie lorem nibh elit ac mi felis. Erat ante mauris lorem nibh eget sed laoreet eget, ut non sit ut ullamcorper pharetra dolore, ullamcorper pulvinar massa molestie. Feugiat ut sem, consectetur donec, praesent turpis nisi sem consectetur magna et elit erat praesent tempus ante, mauris ac, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec, aliquet, turpis dolore aliquet consectetur magna, diam donec mi, felis lorem nibh eget sed nibh elit donec. Diam adipiscing aliquam lobortis volutpat dolor, lobortis volutpat pulvinar dolore tellus turpis ut volutpat consectetur ullamcorper amet dolore aliquet. Turpis nisi diam nonummy donec diam nonummy donec praesent turpis nisi sem, consectetur ac et elit tempus mi felis. Tempus, nibh amet nunc euismod pulvinar, nunc, non pharetra, congue diam, nonummy donec proin adipiscing aliquam proin at ac. Mi id, ipsum massa molestie feugiat, ullamcorper amet nisi proin, consectetur ac, diam, nonummy erat mi felis tempus ante. Eget sed laoreet eget, ipsum nunc molestie ipsum massa, molestie feugiat lobortis, volutpat sed aliquet turpis magna sem consectetur. Magna diam adipiscing aliquam praesent adipiscing aliquam proin consectetur erat, mi felis aliquam proin mauris lorem nibh eget sed. Laoreet euismod pulvinar non, pharetra, magna ullamcorper, amet nunc aliquet adipiscing aliquam et elit erat praesent felis ipsum massa. Molestie feugiat tincidunt ullamcorper nunc aliquet feugiat ut non dolor congue diam amet dolore aliquet sit nisi diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper amet donec praesent at ac et elit, erat laoreet id pulvinar nunc tellus pharetra magna ullamcorper, amet dolore aliquet. Adipiscing aliquam at, erat laoreet id ipsum massa volutpat dolor tincidunt volutpat dolor tincidunt tellus, turpis ut, volutpat pharetra congue ullamcorper. Nonummy aliquam proin at ac et sed laoreet, molestie sit congue non pharetra congue euismod pulvinar, nunc aliquet, sit lobortis volutpat. Dolor, congue ullamcorper nonummy nunc aliquet turpis, aliquam et nonummy erat adipiscing tempus ante mauris ac, nibh, eget erat laoreet id. Feugiat, lobortis non pharetra congue euismod dolor, nunc id pulvinar massa felis, tempus ante ac et elit, ac et elit, tempus. Ante at lorem lobortis eget, sed tincidunt aliquet sit nunc molestie, feugiat, tincidunt ullamcorper pulvinar nunc aliquet turpis nisi sem ut. Non pharetra dolore aliquet adipiscing, ac et elit erat mi felis, tempus mi, felis aliquam proin eget dolor, tincidunt tellus, pulvinar. Ut et nonummy magna, adipiscing aliquam ante volutpat pharetra tincidunt euismod, dolor laoreet id ipsum massa molestie lorem lobortis euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam elit erat ante dolor tincidunt. Euismod amet dolore sem at ac et elit donec mi adipiscing aliquam proin at lorem nibh eget, sed. Mi felis, tempus, ante molestie, lobortis euismod amet dolore, aliquet, sit magna diam consectetur magna diam nonummy, donec. Praesent adipiscing ac nibh elit ac diam nonummy dolore aliquet, amet nisi turpis ut sem consectetur congue ullamcorper. Amet donec aliquet turpis, nunc tellus sit, lobortis eget lorem laoreet id ipsum, nunc tellus sit, ut pharetra. Congue aliquet adipiscing aliquam proin consectetur ac, et elit donec mi mauris aliquam praesent sit ut, tellus, feugiat. Ut ullamcorper amet dolore, euismod amet, dolore aliquet magna sem consectetur magna ullamcorper amet dolore sem turpis, ac. Diam eget ipsum massa molestie feugiat lobortis, volutpat pharetra dolore aliquet turpis nisi proin consectetur ac et, donec. Praesent, adipiscing aliquam proin at ac et elit donec diam nonummy donec ante mauris ac et elit erat. Et tempus massa volutpat dolor tincidunt, volutpat dolor tincidunt euismod sit massa molestie lorem, nibh eget dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante eget ac et at magna diam, nonummy donec mi felis nisi sem at erat, et. Elit tempus ante mauris lorem mauris lorem nibh eget sed laoreet, felis ipsum massa molestie feugiat, lobortis. Eget sed laoreet, felis ipsum massa molestie dolor, tincidunt ullamcorper amet nunc, sit ut tellus feugiat lobortis. Volutpat sed tincidunt id pulvinar nunc molestie feugiat lobortis volutpat feugiat, tincidunt euismod dolor tincidunt tellus turpis. Nisi tellus, pharetra congue amet dolore aliquet turpis aliquam proin at magna ullamcorper pharetra congue ullamcorper amet. Nunc tellus sit ut non dolor congue euismod dolor, laoreet felis ante mauris lorem ante mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis ipsum ut non, pharetra dolore praesent, adipiscing proin at ac mi id ipsum, massa mauris lorem. Lobortis, volutpat amet dolore aliquet, turpis ut tellus sit congue volutpat dolor tincidunt, ullamcorper, pulvinar dolore sem magna. Diam elit donec, mi felis tempus ante mauris, lorem laoreet id pulvinar nunc molestie feugiat, massa mauris lorem. Laoreet ullamcorper pulvinar massa molestie lobortis non pharetra magna aliquet turpis, nisi proin at magna diam consectetur magna. Diam adipiscing aliquam praesent at ac proin at ac et amet aliquet turpis nisi aliquet sit ut volutpat. Pharetra congue euismod pulvinar tincidunt euismod sit nunc sem pharetra magna diam adipiscing tempus ante mauris, lorem lobortis. Id nunc aliquet, turpis ut sem consectetur, donec praesent adipiscing aliquam, sem turpis ut sem consectetur congue ullamcorper. Nonummy aliquam ante mauris ac nibh eget sed, laoreet id ante mauris lorem, nibh mauris erat mi felis. Ipsum nunc tellus feugiat lobortis non pharetra congue tellus sit ut sem ac et nonummy donec mi felis. Lorem nibh elit erat mi felis erat ante mauris lorem nibh eget sed, tincidunt euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pulvinar nunc aliquet consectetur ac, et felis tempus ante mauris. Lorem lobortis volutpat dolore aliquet adipiscing aliquam proin consectetur magna diam nonummy. Donec ante mauris feugiat lobortis volutpat dolor tincidunt euismod ipsum massa molestie. Feugiat nibh eget tincidunt euismod sit ut non sit ut non pharetra. Congue ullamcorper, adipiscing, ac et at erat laoreet id feugiat massa molestie. Dolor, lobortis eget lorem nibh ipsum laoreet molestie lorem nibh eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, aliquet consectetur ac et felis tempus. Massa molestie feugiat volutpat dolor laoreet id. Pulvinar ac nibh id ipsum laoreet molestie. Feugiat, lobortis non pharetra congue aliquet adipiscing. Aliquam proin at erat mi felis tempus. Felis, tempus ante mauris sed, nibh id. Pulvinar ut non sit ut non amet. Dolore praesent, adipiscing aliquam et elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor congue ullamcorper amet dolore aliquet adipiscing. Lorem et, elit sed praesent id ipsum massa. Volutpat feugiat tincidunt ullamcorper nisi sem at ac. Diam elit tempus ante mauris lorem nibh eget. Sed laoreet id ipsum massa, tellus sit congue. Ullamcorper amet dolore praesent turpis proin consectetur magna. Et elit erat ante molestie feugiat, lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ut sem, consectetur magna, diam ipsum massa. Molestie dolor, tincidunt ullamcorper amet dolore, aliquet sit. Magna et, elit erat mi mauris feugiat nibh. Volutpat pharetra nunc id ipsum nunc tellus magna. Et id sit lobortis non pharetra congue euismod. Amet nisi sem consectetur ac et eget tempus. Ante mauris lorem ante at, aliquam et, elit. Massa molestie feugiat lobortis volutpat, dolor tincidunt volutpat. Dolor tincidunt euismod pulvinar massa molestie feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit nibh eget sed mi felis ipsum massa molestie feugiat lobortis euismod pulvinar tincidunt euismod feugiat lobortis molestie feugiat. Tincidunt euismod dolor tincidunt id ipsum molestie feugiat nibh, volutpat dolor tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat pharetra. Congue aliquet turpis nisi aliquet turpis ut non consectetur donec, mi pharetra congue ullamcorper pharetra congue, ullamcorper amet nunc tellus. Pharetra congue diam amet donec praesent adipiscing tempus ante eget lorem laoreet euismod pulvinar sem consectetur magna, ullamcorper amet congue. Ullamcorper turpis nisi non pharetra magna diam elit tempus mi, felis, aliquam proin elit erat et felis tempus mi mauris. Tempus non sed tincidunt euismod pulvinar nunc tellus, feugiat massa molestie lorem nibh magna et elit tempus massa mauris lorem. Nibh, eget sed laoreet id pulvinar ut non, congue et, elit aliquam proin at ac sem at ac mi, id. Ipsum massa volutpat dolor congue euismod amet donec proin mauris aliquam proin elit erat id feugiat lobortis molestie dolor congue. Ullamcorper adipiscing aliquam ante at ac, et elit tempus ante mauris lorem lobortis eget, dolor dolore aliquet, turpis nisi sem. At et elit donec praesent felis ac proin at ac, et elit donec praesent, adipiscing aliquam praesent consectetur nisi, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis non, pharetra, donec praesent, adipiscing aliquam proin at ac et elit, donec praesent, felis aliquam proin. Consectetur diam nonummy donec praesent adipiscing aliquam massa mauris lorem laoreet euismod pulvinar nunc tellus sit ut, non. Consectetur donec aliquet turpis nisi, proin at diam consectetur donec praesent adipiscing tempus ante eget sed, laoreet euismod. Pulvinar dolore sem turpis nisi sem amet congue ullamcorper turpis nisi aliquet turpis nisi non pharetra volutpat, pulvinar. Nunc aliquet turpis aliquam et at ac diam nonummy erat, proin at feugiat nibh eget sed tincidunt euismod. Pulvinar ut non magna praesent felis aliquam praesent at lorem nibh elit, ac praesent nonummy donec proin adipiscing. Ac nibh eget dolor tincidunt tellus sit ut volutpat, dolor lobortis eget tincidunt euismod ipsum nunc molestie, pharetra. Magna praesent adipiscing tempus massa mauris feugiat, lobortis volutpat dolor nunc molestie ipsum massa molestie lorem nibh eget. Sed tincidunt turpis nisi et nonummy donec laoreet id ipsum massa molestie feugiat lobortis id ipsum laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt diam pulvinar dolore aliquet turpis nisi sem consectetur magna praesent adipiscing aliquam proin at ac et pulvinar dolore aliquet sit, ut non pharetra tincidunt ullamcorper amet nunc aliquet sit. Nisi sem pharetra ut non dolor tincidunt tellus turpis nisi sem ipsum massa id feugiat massa molestie dolor lobortis, euismod pulvinar tincidunt euismod ipsum ut sem consectetur magna diam nonummy. Aliquam, proin, at ac nibh eget, sed massa at magna diam nonummy dolore aliquet adipiscing tempus ante mauris, lorem laoreet id ipsum nunc non sit lobortis non amet donec aliquet. Adipiscing laoreet euismod amet nunc tellus feugiat lobortis molestie feugiat lobortis volutpat dolor laoreet euismod sit nunc tellus feugiat nibh volutpat dolor tincidunt tellus ipsum, massa tellus, pharetra mi id. Ipsum massa molestie feugiat lobortis volutpat dolor tincidunt tellus pulvinar nunc non sit lobortis non dolor, nunc id ipsum massa molestie ipsum massa mauris feugiat ullamcorper pulvinar nunc aliquet consectetur. Nisi sem nonummy erat ante molestie sit, tincidunt volutpat dolor nunc tellus pulvinar nunc pharetra magna ullamcorper amet congue ullamcorper pulvinar nunc tellus sit, ut non pharetra tincidunt diam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget ipsum massa non, pharetra magna diam nonummy donec praesent adipiscing aliquam sem at magna diam amet donec aliquet adipiscing tempus diam. Nonummy donec praesent adipiscing ut diam consectetur magna ullamcorper pharetra tincidunt euismod pulvinar dolore, aliquet at ac et elit erat mi felis tempus. Nibh nonummy dolore, aliquet sit ut tellus sit congue ullamcorper pharetra congue euismod, pulvinar nunc tellus sit congue ullamcorper, amet dolore, aliquet adipiscing. Nisi proin consectetur ac et erat massa tellus pharetra congue non dolor laoreet id ipsum massa molestie feugiat lobortis non pharetra tincidunt ullamcorper. Turpis, aliquam et, elit, erat euismod pulvinar, ut tellus pharetra congue ullamcorper amet dolore tellus sit ut tellus pharetra ut molestie lorem nibh. Eget sed laoreet, molestie ipsum massa mauris tempus ante ac et elit tempus ante mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa. Tellus pharetra magna ullamcorper amet dolore, aliquet pulvinar nunc euismod ipsum nunc elit erat mi mauris tempus, ante mauris sed tincidunt euismod pulvinar. Ut, non sit congue non amet dolore praesent adipiscing tempus nibh elit ac et elit erat mauris sit ut non, amet donec aliquet. Sit, aliquam proin at erat laoreet id ipsum massa molestie, feugiat lobortis volutpat dolor mi, felis tempus ante, mauris feugiat euismod pulvinar tincidunt. Euismod sit ut tellus, pharetra congue diam amet, dolore aliquet turpis nisi sem consectetur ac et elit donec mi adipiscing aliquam sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam ante mauris lorem et at erat. Mi, felis praesent felis lorem et elit erat mi. Felis ipsum massa molestie, feugiat lobortis eget dolor nunc. Tellus sit ut sem pharetra magna ullamcorper amet donec. Adipiscing ac et, eget sed tincidunt euismod sit ut. Diam elit ipsum ante mauris lorem ante eget dolor. Tincidunt ullamcorper pulvinar nunc tellus feugiat lobortis, felis tempus. Massa volutpat dolor tincidunt ullamcorper amet dolore sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec laoreet molestie sit congue ullamcorper congue praesent at lorem nibh, eget sed laoreet. Id feugiat massa molestie dolor lobortis euismod pulvinar nunc euismod pulvinar ut non pharetra. Ut ullamcorper, nonummy praesent adipiscing aliquam proin at ac et felis tempus ante molestie. Feugiat lobortis diam nonummy aliquam nibh, mauris lorem laoreet id sed laoreet id feugiat. Volutpat pharetra tincidunt, euismod amet dolore sem turpis nisi non pharetra tincidunt, ullamcorper amet. Dolore aliquet turpis nisi sem elit, erat laoreet molestie ac mi felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat laoreet euismod sit nisi diam nonummy magna diam. Nonummy aliquet turpis, ut sem consectetur congue diam adipiscing donec. Proin adipiscing nisi sem at ac et nonummy, donec mi. Felis tempus ante eget, sed tincidunt, euismod nunc non sit. Ut non pharetra congue, aliquet turpis dolore tellus pharetra congue. Ullamcorper nonummy erat ante felis, tempus ante mauris ac et. Elit mi mauris lorem nibh, volutpat pharetra dolore aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper amet donec mi felis tempus nibh volutpat dolore sem at ac. Nibh eget sed massa id lorem lobortis non pharetra congue ullamcorper adipiscing ac. Proin elit, erat laoreet molestie sit ut non donec praesent adipiscing tempus ante. At lorem nibh id ipsum nunc tellus feugiat ut ullamcorper amet dolore ullamcorper. Amet aliquam sem at ac et elit ante molestie feugiat lobortis euismod sed. Tincidunt praesent, turpis nisi proin at ac praesent felis tempus proin adipiscing ac. Proin at magna sem consectetur lobortis volutpat dolor tincidunt euismod dolor nunc euismod. Pulvinar nunc molestie, feugiat lobortis volutpat dolor tincidunt, euismod pulvinar dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing tempus proin at lorem tincidunt. Euismod sit, ut diam elit, erat laoreet. Molestie, feugiat lobortis volutpat dolor id pulvinar. Massa, id tempus ante mauris feugiat, lobortis. Volutpat sed nibh id, ipsum massa tellus. Pharetra magna diam nonummy donec praesent at. Ac id pulvinar dolore aliquet turpis nisi. Diam, nonummy, magna mi felis aliquam proin. Mauris lorem nibh id ipsum massa id. Feugiat ut ullamcorper pharetra, congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra dolore praesent adipiscing aliquam proin at, lorem nibh id, sed ante mauris tempus nibh amet aliquam proin mauris lorem, nibh id ipsum nunc, aliquet, turpis. Magna et elit erat praesent adipiscing aliquam proin mauris sed laoreet id ipsum massa, sit magna diam nonummy aliquam proin at ac et eget sed laoreet id. Pulvinar lobortis volutpat dolor congue ullamcorper, amet donec praesent adipiscing, ac et sed mi felis ipsum ante at ac et at ac mi, felis tempus massa volutpat. Consectetur magna diam nonummy donec proin mauris ac nibh sed massa sem pharetra congue, ullamcorper amet congue ullamcorper turpis aliquam sem consectetur nisi sem consectetur magna diam. Nonummy dolore aliquet turpis ut non sit ut pharetra dolore ullamcorper amet nunc, tellus sit congue et felis erat ante mauris lorem nibh eget sed, et elit. Tempus ante mauris, feugiat lobortis volutpat dolor laoreet turpis nisi sem, at erat, et elit donec aliquet amet dolore aliquet, consectetur ac mi id, ipsum massa molestie. Sit ut non, pulvinar lobortis eget pharetra congue euismod pulvinar nunc aliquet turpis magna ullamcorper amet donec mi adipiscing tempus ante mauris ac nibh felis tempus ante. Molestie sit, congue non dolore aliquet, turpis nisi sem consectetur congue ullamcorper amet dolore, praesent adipiscing aliquam, sem at magna et elit tempus mi felis tempus ante. Mauris lorem laoreet id aliquam et eget sed laoreet id ipsum massa volutpat feugiat lobortis volutpat dolor, tincidunt tellus sit ut non pharetra, congue ullamcorper dolor tincidunt. Euismod pulvinar nunc non, ut ullamcorper amet congue ullamcorper amet dolore tellus turpis, nisi non pharetra tincidunt ullamcorper amet dolore aliquet turpis ut tellus pharetra congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin consectetur magna ullamcorper amet donec. Praesent felis, tempus, ante eget tincidunt tellus. Sit ut non pharetra magna praesent felis. Ipsum nibh mauris dolor tincidunt, euismod pulvinar. Nunc sem at ac et felis erat. Praesent felis donec praesent adipiscing aliquam ante. At ac diam consectetur, magna ullamcorper nonummy. Donec praesent at nisi proin elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi, sem at, lorem, nibh id pulvinar ut non consectetur, magna diam nonummy. Aliquam proin at lorem et eget sed mi felis massa volutpat dolor congue ullamcorper. Felis lorem nibh eget lorem laoreet eget sed laoreet id ipsum lobortis volutpat, sed. Tincidunt ullamcorper amet dolore aliquet ac et felis tempus ante mauris lorem nibh eget. Dolor nunc, tellus sit nisi diam elit sed mi id ipsum ante mauris lorem. Lobortis euismod pulvinar nunc volutpat pulvinar nunc tellus sit ut, sem consectetur erat praesent. Felis tempus lobortis ullamcorper amet, dolore aliquet turpis aliquam proin elit erat mi, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pulvinar, dolore sem, at ac, et nonummy donec mi felis tempus ante eget tincidunt euismod ipsum. Massa aliquet sit ut volutpat feugiat, lobortis eget sed tincidunt id ipsum nunc tellus sit ut non amet. Dolore aliquet sit ut eget erat mi id ipsum lobortis volutpat dolor congue, ullamcorper pulvinar nunc aliquet turpis. Nisi sem nonummy donec mi mauris lorem nibh mauris lorem nibh pulvinar massa tellus sit ut, volutpat, dolor. Tincidunt aliquet turpis nisi proin at ac et, elit tempus ante molestie lorem lobortis volutpat sed tincidunt, turpis. Aliquam sem consectetur magna et elit erat ante felis tempus ante elit erat mi id ipsum massa, molestie. Feugiat ut, non amet nunc aliquet sit proin at erat mi, felis ipsum mi mauris ac nibh eget. Sed laoreet euismod pulvinar massa molestie feugiat, lobortis ullamcorper amet dolore aliquet turpis nisi sem at et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et eget dolor nunc aliquet, turpis magna. Et, felis ipsum massa pharetra magna diam amet. Dolore ullamcorper, turpis aliquam proin consectetur magna ullamcorper. Nonummy erat ante mauris lorem nibh volutpat sed. Laoreet euismod pulvinar nunc non pharetra laoreet id. Lorem nibh eget sed laoreet euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra dolore praesent turpis nisi at magna et elit erat mi felis lorem ante at ac et elit erat et felis, tempus massa volutpat dolor congue euismod pulvinar nunc. Tellus ac et elit tempus ante mauris lorem nibh, mauris sed, laoreet id sed massa, tellus pharetra congue ullamcorper nonummy donec, praesent felis tempus ante, elit mi felis, ipsum ante. Molestie sit congue ullamcorper nonummy dolore praesent, turpis aliquam proin eget sed mi felis erat praesent adipiscing nisi sem consectetur ac diam consectetur praesent felis lorem nibh eget sed laoreet. Euismod pulvinar nunc tellus sit ut non pharetra congue euismod pulvinar nunc, aliquet consectetur magna diam tempus ante molestie, lorem nibh euismod pulvinar laoreet id sed massa molestie feugiat lobortis. Non felis tempus ante mauris feugiat nibh eget, sed laoreet id pulvinar lobortis, pharetra magna, ullamcorper, nonummy dolore aliquet sit nisi sem, consectetur, donec diam adipiscing donec aliquet turpis nisi. Et elit ac, et, nonummy donec mi volutpat donec diam nonummy donec, aliquet sit nisi sem consectetur donec praesent nonummy aliquam proin adipiscing aliquam, proin at ac et felis erat. Ante molestie lorem nibh mauris, tincidunt tellus turpis nisi sem, consectetur magna diam adipiscing aliquam praesent adipiscing, nisi non sit congue ullamcorper elit donec praesent turpis aliquam proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante volutpat pharetra dolore praesent sit nisi proin consectetur ac diam erat, ante mauris ac nibh, eget erat laoreet euismod pulvinar nunc. Non consectetur magna, diam, nonummy dolore praesent turpis, nisi, non consectetur congue ullamcorper tempus ante mauris ac proin at ac et nonummy donec mi. Adipiscing, aliquam sem consectetur magna diam nonummy donec mi nonummy, aliquam proin adipiscing ac et sed mi felis, tempus massa mauris, feugiat tincidunt volutpat. Pulvinar nunc sem consectetur ac et elit, sed massa tellus sit magna diam amet dolore at aliquam, proin at erat mi felis ipsum massa. Molestie feugiat tincidunt ullamcorper amet dolore tellus sit ut sem consectetur magna ullamcorper amet congue ullamcorper amet nunc sit ut non pharetra tincidunt ullamcorper. Turpis aliquam, proin mauris ac et elit donec praesent felis tempus proin eget, sed laoreet id ipsum laoreet, id tempus at, lorem tincidunt euismod. Pulvinar nunc aliquet sit ut sem nonummy erat mi felis aliquam proin at lorem nibh euismod nunc molestie feugiat lobortis molestie, feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, lobortis volutpat, dolor lobortis pulvinar nunc euismod sit nisi. Sem nonummy donec mi, felis tempus proin, at aliquam et. Elit sed mi felis, ipsum ante mauris tempus nibh mauris. Et elit erat mi mauris lorem nibh volutpat sed laoreet. Id ipsum laoreet molestie feugiat ut, non pharetra congue ullamcorper. Pulvinar nunc id ipsum massa feugiat lobortis volutpat dolor nunc. Tellus sit nisi sem, consectetur congue ullamcorper amet dolore aliquet. Turpis nisi sem consectetur magna diam consectetur congue aliquet nisi. Sem consectetur magna sem consectetur congue, ullamcorper amet dolore, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue, diam nonummy donec adipiscing, aliquam, proin elit erat laoreet euismod pulvinar ut non sit tincidunt volutpat pulvinar tincidunt euismod pulvinar massa id ipsum massa molestie feugiat nibh. Elit laoreet molestie feugiat, lobortis molestie lorem nibh eget, lorem mi felis erat ante mauris lorem nibh volutpat sed, laoreet id ipsum massa felis aliquam ante lorem nibh volutpat. Dolor nunc tellus turpis ut, sem, pharetra magna, ullamcorper nonummy donec praesent adipiscing aliquam sem consectetur congue ullamcorper amet tincidunt turpis nisi proin consectetur nisi volutpat dolor, lobortis euismod. Dolor tincidunt euismod pulvinar nunc molestie lorem nibh eget sed laoreet euismod ipsum, mi felis aliquam praesent at nibh eget sed laoreet felis tempus mi felis aliquam proin at. Magna diam nonummy donec praesent, adipiscing tempus proin, at ac, et eget erat mi felis tempus molestie dolor lobortis volutpat sed laoreet id feugiat lobortis non dolor tincidunt ullamcorper. Amet dolore, praesent adipiscing ac et eget praesent felis tempus ante molestie dolor congue euismod dolor nunc tellus sit ut non pharetra congue diam nonummy donec praesent at magna. Sem elit erat mi id ante mauris feugiat laoreet euismod pulvinar massa id feugiat lobortis volutpat feugiat lobortis euismod pulvinar nunc euismod pulvinar nunc molestie lorem nibh eget sed. Nibh id massa tellus, sit lobortis volutpat pharetra dolore aliquet amet dolore sem consectetur ac mi id tempus massa molestie feugiat lobortis non pharetra dolore, aliquet sit, ut sem. Magna et elit erat praesent adipiscing, aliquam, proin consectetur magna sem consectetur tincidunt euismod dolor laoreet euismod pulvinar nunc tellus pharetra congue, ullamcorper nonummy donec, praesent, adipiscing et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis non consectetur, congue praesent, felis proin consectetur magna diam nonummy erat, diam adipiscing dolore. Proin at ac, nibh elit erat mi felis tempus ante felis tempus proin at magna, et. Ipsum massa molestie pharetra congue ullamcorper amet dolore aliquet adipiscing aliquam proin at magna et, felis. Tempus nisi ullamcorper nonummy donec praesent turpis dolore aliquet magna, diam nonummy donec diam adipiscing donec. Praesent adipiscing ac et, at, ac diam elit aliquam ante molestie feugiat lobortis euismod, pulvinar nunc. Consectetur ac, et elit erat mi mauris tempus ante at ac proin at ac praesent id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac eget sed laoreet euismod ipsum lobortis non, feugiat. Tincidunt ullamcorper amet nunc tellus pulvinar ut, non sit. Ut ullamcorper, nonummy aliquam proin adipiscing ac eget sed. Laoreet id turpis nisi, sem consectetur, magna diam nonummy. Aliquam proin, mauris lorem tincidunt euismod sit ut non. Consectetur magna et nonummy praesent at ac proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent nonummy aliquam ante eget sed laoreet id pulvinar nisi sem consectetur diam adipiscing tempus proin at ac nibh, eget sed tincidunt euismod. Pulvinar lobortis volutpat, feugiat lobortis euismod nonummy aliquam ante at, ac nibh elit, erat id feugiat massa volutpat, pharetra congue ullamcorper turpis, nisi sem. At ac mi felis erat praesent adipiscing, aliquam proin eget lorem laoreet elit erat, mi tempus ante at, ac et id ipsum massa id. Ipsum massa molestie feugiat lobortis eget, sed nibh felis tempus massa, molestie sed tincidunt euismod dolore aliquet turpis nisi sem consectetur magna aliquet turpis. Nisi sem at ac et, elit sed massa molestie ipsum lobortis volutpat dolor laoreet eget sed mi id lobortis volutpat ipsum massa non pharetra. Congue diam nonummy dolore praesent adipiscing magna diam nonummy donec praesent felis, tempus ante mauris ac et at erat et erat mi felis tempus. Nibh eget sed tincidunt euismod, pulvinar, nunc tellus sit congue, ullamcorper amet dolore aliquet turpis nisi sem consectetur dolore sem consectetur ac et, elit. Erat mi mauris lorem proin consectetur magna sem consectetur congue non pharetra dolore aliquet turpis aliquam sem at ac et nonummy, praesent felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem turpis ut non consectetur, erat, laoreet molestie feugiat non pharetra congue aliquet, turpis nisi proin elit erat mi felis ipsum massa mauris feugiat nibh eget lorem. Laoreet felis ipsum, nunc tellus feugiat lobortis pharetra congue euismod pulvinar dolore, non, consectetur ac et elit tempus ante mauris lorem, nibh, eget, sed tincidunt euismod, pulvinar nunc. Molestie sit ut non congue, tellus sit nisi proin, at ac mi elit donec praesent adipiscing nisi sem at ac et nonummy, donec, mi felis, aliquam proin nisi. Diam eget erat mi id ipsum massa, mauris feugiat lobortis eget sed laoreet id tempus mi felis lorem, nibh, eget lorem et nonummy donec praesent, molestie erat praesent. Adipiscing aliquam, praesent adipiscing ac nibh eget ac et, amet congue ullamcorper amet nunc aliquet sit ut, non pharetra congue ullamcorper, amet dolore praesent at laoreet, eget ipsum. Massa molestie feugiat massa molestie feugiat lobortis, volutpat sed laoreet felis tempus ante mauris lorem nibh eget sed laoreet eget sed massa nonummy erat mi felis ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed laoreet id ipsum massa. Molestie dolor volutpat dolor dolore tellus. Sit ut sem, pharetra magna diam. Nonummy, tempus ante molestie feugiat laoreet. Eget sed laoreet elit dolore mi. Adipiscing tempus mauris sed, laoreet euismod. Pulvinar massa tellus pharetra ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi proin elit erat laoreet id praesent adipiscing aliquam proin at ac et nonummy donec, mi adipiscing aliquam proin at lorem nibh eget pulvinar. Massa molestie tempus ante mauris feugiat, tincidunt amet dolore aliquet sit, ut non pharetra congue ullamcorper amet, dolore tellus sit ut tellus lorem lobortis volutpat. Dolor tincidunt ullamcorper, pulvinar nunc tellus sit diam nonummy erat ante felis lorem, ante, eget pulvinar nunc tellus sit nisi non consectetur donec ullamcorper pharetra. Congue euismod pulvinar massa tellus ut non pharetra dolore, aliquet, adipiscing nisi proin consectetur, nisi et elit erat mi mauris lorem ante mauris lorem, et. Elit sed massa tellus feugiat ut ullamcorper erat praesent adipiscing aliquam proin elit erat et elit donec diam amet dolore aliquet turpis nisi non pharetra. Congue diam amet aliquam praesent adipiscing ac nibh eget massa tellus sit, lobortis volutpat pharetra congue ullamcorper, amet dolore aliquet consectetur magna, non consectetur donec. Mi adipiscing, aliquam ante lorem laoreet id pulvinar massa molestie sit ut molestie feugiat nibh eget sed mi felis tempus massa mauris feugiat nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id tempus massa mauris, ac nibh eget dolor laoreet felis ipsum lobortis non. Consectetur magna praesent, adipiscing nibh eget sed nibh elit donec diam adipiscing aliquam proin. At lorem nibh eget sed laoreet felis, erat ante mauris aliquam proin mauris sed. Id ipsum, ante tellus sit lobortis volutpat pharetra, dolore aliquet sit nisi, sem pharetra. Congue diam felis ipsum ante molestie lorem nibh eget sed laoreet id ante molestie. Lorem ante mauris ac nibh eget, sed laoreet felis tempus ante mauris ac, nibh. Elit sed mi felis tempus massa molestie feugiat eget dolor nunc tellus turpis nisi. Sem consectetur donec diam adipiscing ipsum massa molestie dolor lobortis euismod ipsum massa tellus. Turpis magna diam, elit tempus ante feugiat lobortis volutpat sed tincidunt euismod pulvinar massa. Molestie pharetra ut ullamcorper pharetra dolore aliquet turpis nisi, aliquet turpis nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem mauris ac et eget ipsum massa tellus sit ut ullamcorper nonummy. Dolore aliquet turpis aliquam proin elit erat nonummy erat ante mauris lorem. Lobortis euismod pulvinar nunc aliquet sit ut non pharetra magna diam nonummy. Aliquam ante molestie dolor, tincidunt euismod nunc molestie ipsum massa molestie dolor. Tincidunt euismod amet nisi sem turpis nisi non, pharetra magna diam nonummy. Donec aliquet turpis aliquam proin elit erat mi felis ante, mauris feugiat. Tincidunt, euismod pulvinar nunc, tellus turpis nisi, sem consectetur donec praesent nonummy. Donec praesent, adipiscing lorem nibh id sed, laoreet sit lobortis molestie dolor. Tincidunt euismod pulvinar, tincidunt tellus, sit nunc molestie lorem ante mauris ac. Nibh, eget sed laoreet id sit, ut non, pharetra dolore aliquet, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus turpis, ut non consectetur donec ante mauris lorem nibh eget sed eget erat. Laoreet, molestie, pharetra congue, non amet dolore, praesent adipiscing tempus ante eget sed laoreet euismod. Pulvinar ut non nonummy donec praesent nonummy dolore turpis nisi proin at ac mi, felis. Ipsum, massa volutpat, feugiat nibh euismod amet nunc, aliquet turpis nisi sem, consectetur donec praesent. Adipiscing donec proin adipiscing et elit, sed laoreet molestie feugiat lobortis volutpat, pharetra congue ullamcorper. Amet nisi proin at ac diam elit erat ante molestie lorem nibh lorem laoreet id. Sed laoreet id ipsum ante mauris feugiat lobortis euismod dolor laoreet euismod pulvinar lobortis molestie. Feugiat tincidunt, euismod pulvinar tincidunt tellus, sit aliquam sem magna praesent nonummy aliquam ante mauris. Lorem nibh eget dolor tincidunt aliquet sit lobortis non pharetra congue ullamcorper amet dolore aliquet. Turpis magna sem nonummy donec diam ipsum massa volutpat, dolor lobortis euismod ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat amet nunc aliquet consectetur magna et eget ipsum massa tellus, sit congue ullamcorper nonummy donec praesent adipiscing ac nibh volutpat. Laoreet id ipsum massa, molestie feugiat congue ullamcorper amet dolore praesent adipiscing aliquam sem elit donec praesent nonummy aliquam proin at ac. Nibh volutpat pulvinar sem consectetur, ac, diam elit pulvinar nunc tellus sit ut non dolor laoreet eget erat mi felis tempus ante. At lorem et at erat mi felis tempus sem consectetur donec praesent adipiscing tempus, nibh eget sed tincidunt, eget sed mi adipiscing. Donec ante mauris sed, laoreet euismod pulvinar massa id lobortis volutpat dolor lobortis euismod amet dolore aliquet turpis magna, diam nonummy donec. Praesent felis tempus proin at lorem et eget sed laoreet id ipsum massa, molestie congue euismod pulvinar nunc tellus sit nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent at lorem laoreet amet nunc, tellus turpis magna et elit tempus ante, mauris, lorem nibh mauris lorem nibh elit ipsum massa molestie. Sit congue, ullamcorper amet dolore ullamcorper amet proin elit erat mi felis feugiat lobortis non consectetur donec diam turpis dolore aliquet pulvinar, ut mauris lorem. Nibh eget dolor tincidunt euismod ipsum, sem consectetur magna ullamcorper pharetra tincidunt euismod dolor, tincidunt id feugiat lobortis, volutpat dolor tincidunt euismod pulvinar nunc euismod. Sit ut non pharetra ut nonummy, aliquam proin mauris lorem nibh elit sed mi id ipsum massa, molestie feugiat lobortis eget lorem laoreet eget ipsum. Massa molestie sit lobortis volutpat dolor congue turpis aliquam sem at, magna diam nonummy donec praesent adipiscing, aliquam ante eget sed tincidunt id, pulvinar nunc. Non consectetur magna ullamcorper pharetra dolore aliquet adipiscing proin at ac et nonummy dolore aliquet turpis tempus, et elit erat laoreet id, ipsum, massa molestie. Feugiat, ut non amet ut non, amet dolore praesent adipiscing aliquam proin, at, sed massa molestie feugiat massa molestie feugiat tincidunt euismod pulvinar dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi id tempus ante mauris, ac nibh elit erat mi felis tempus massa molestie feugiat tincidunt volutpat tincidunt euismod sit, ut non consectetur magna ullamcorper, amet donec praesent adipiscing. Ac nibh eget erat laoreet id ipsum massa volutpat feugiat tincidunt ullamcorper dolore tellus sit nisi sem nonummy donec diam adipiscing donec praesent adipiscing, aliquam proin consectetur ac et elit. Erat ante mauris lorem lobortis volutpat dolor dolore sem magna diam nonummy donec ullamcorper nonummy donec praesent at aliquam proin consectetur magna ullamcorper, amet dolore aliquet adipiscing nisi sem turpis. Nisi, sem pulvinar massa molestie feugiat lobortis euismod pulvinar dolore aliquet turpis nunc non pharetra congue diam nonummy donec proin, at lorem et eget dolor tincidunt tellus, feugiat ut feugiat. Lobortis euismod pulvinar, dolore aliquet turpis ut molestie sit magna nunc et id at pharetra, erat lobortis mi aliquet consectetur ac tincidunt, ante euismod felis consectetur ac nunc praesent, adipiscing. Lorem, aliquam proin mauris lorem nibh eget ipsum massa molestie sit ut non consectetur congue ullamcorper tincidunt, tellus sit ut sem, consectetur magna diam nonummy dolore, ullamcorper amet ut tellus. Pharetra ut non amet donec praesent adipiscing aliquam proin at, ac et elit mi felis lorem nibh, eget sed nunc tellus turpis aliquam sem consectetur magna, diam amet dolore ullamcorper. Amet dolore sem at magna sem pharetra congue ullamcorper amet, proin mauris sed nibh eget erat laoreet molestie feugiat ut ullamcorper nonummy aliquam praesent at lorem nibh elit erat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing donec, praesent, at ac et elit erat mi id feugiat lobortis molestie feugiat aliquet, amet nisi sem at ac mi id. Pulvinar nisi non consectetur donec praesent adipiscing tempus nibh eget lorem et at magna, et elit erat mi lorem lobortis, volutpat pulvinar nunc tellus. Sit, nisi, diam nonummy donec praesent felis tempus ante at aliquam proin, at ac et felis ipsum lobortis non donec praesent felis tempus ante. Mauris sed nibh felis tempus mi adipiscing aliquam proin at aliquam proin, at sed laoreet id ipsum massa feugiat lobortis euismod dolor tincidunt tellus. Pulvinar nisi sem nonummy donec diam nonummy aliquam ante mauris sed, laoreet, euismod ipsum massa id ipsum ante mauris lorem lobortis amet dolore aliquet. Turpis magna et felis tempus mi mauris lorem ante eget lorem et nonummy magna, ullamcorper amet congue ullamcorper pulvinar nunc tellus turpis ut non. Ipsum, lobortis, non, consectetur magna diam amet dolore aliquet sit ut, non pharetra congue, ullamcorper, amet donec praesent turpis nibh eget sed laoreet id. Feugiat lobortis non pharetra, tincidunt euismod amet dolore aliquet, sit nisi, sem consectetur magna ullamcorper pharetra congue tellus pulvinar nunc tellus pharetra ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin, elit erat mi felis donec mi felis tempus. Eget dolor tincidunt euismod ipsum massa molestie ipsum lobortis volutpat. Pharetra donec, aliquet amet dolore tellus sit nisi diam consectetur. Donec, praesent adipiscing donec ante pulvinar nunc tellus turpis aliquam. Et elit erat laoreet, felis tempus ante molestie feugiat lobortis. Volutpat, dolor nunc, tellus turpis ut non pharetra congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem at erat mi id ipsum massa molestie feugiat tincidunt euismod pulvinar nunc tellus feugiat ut nonummy donec praesent adipiscing tempus ante, mauris lorem nibh euismod ipsum. Massa tellus pharetra ut ullamcorper pharetra dolore praesent turpis aliquam proin elit, erat tellus sit nisi sem pharetra congue ullamcorper pulvinar dolore tellus pulvinar nunc tellus feugiat lobortis. Volutpat dolor tincidunt ullamcorper amet dolore, aliquet turpis ut, volutpat dolor lobortis dolor nunc tellus turpis magna diam nonummy erat mi, id ipsum nibh eget, sed laoreet id. Sed massa, tellus turpis, magna diam elit lobortis volutpat feugiat lobortis eget dolor, tincidunt euismod pulvinar massa molestie sit ut, non nonummy donec praesent turpis aliquam proin at. Ac et nonummy, donec praesent adipiscing ante at lorem laoreet id tempus massa mauris feugiat nibh volutpat dolor tincidunt, id sed, massa id feugiat lobortis volutpat feugiat lobortis. Eget sed mi id ipsum mauris tempus nibh eget lorem et eget sed laoreet id ipsum, ante eget sed, laoreet id sed laoreet molestie, ipsum, volutpat pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur, lorem nibh eget ipsum massa molestie tempus ante adipiscing tempus ante molestie feugiat lobortis euismod ipsum. Nunc aliquet turpis nisi non consectetur congue ullamcorper amet dolore, aliquet turpis nisi sem consectetur donec diam aliquam. Proin mauris feugiat laoreet eget erat laoreet molestie feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt id ipsum. Ante molestie feugiat, nibh mauris lorem eget, ipsum ut non sit congue diam elit donec aliquet turpis dolore. Sem at, ac et elit erat mi mauris tempus ante at laoreet, id sed laoreet id, ipsum ante. Molestie dolor tincidunt praesent at nisi sem at magna diam nonummy erat mi felis tempus ante eget sed. Laoreet id massa molestie feugiat, lobortis volutpat amet donec aliquet amet aliquam proin at ac mi felis ipsum. Nunc sem consectetur, magna praesent adipiscing aliquam proin adipiscing, aliquam et ipsum nunc, molestie feugiat ut non amet. Congue euismod pulvinar nunc tellus sit ut non pharetra congue euismod amet dolore tellus, lorem nibh, eget ipsum. Massa tellus sit ut non pharetra tincidunt euismod pulvinar, nunc tellus, turpis ut non consectetur congue ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget erat mi felis ipsum massa volutpat dolor tincidunt id pulvinar nunc tellus feugiat ut, volutpat congue ullamcorper nonummy aliquam ante at lorem, nibh elit sed laoreet id tempus. Massa ullamcorper amet dolore aliquet, turpis nisi sem consectetur magna et, donec mi mauris lorem lobortis volutpat pulvinar, nunc tellus, sit aliquam sem nonummy donec diam nonummy, aliquam praesent at. Ac et eget erat mi felis erat, mi, lorem nibh eget sed laoreet euismod sit nisi sem consectetur magna ullamcorper amet donec praesent adipiscing aliquam et eget sed massa molestie. Sit sem elit donec mi felis tempus ante mauris lorem nibh eget erat mi id feugiat lobortis volutpat sed tincidunt euismod amet dolore tellus turpis nisi sem consectetur, aliquet turpis. Aliquam ante at ac et, elit sed laoreet id lorem nibh, eget lorem nibh eget sed laoreet id, ipsum massa molestie dolor tincidunt ullamcorper amet sem consectetur magna et eget. Erat mi felis tempus ante eget ac et, elit erat mi felis tempus ante mauris, ac et elit erat aliquet turpis nisi sem consectetur magna, diam adipiscing aliquam ante mauris. Lorem nibh id, ipsum nunc non consectetur ac mi elit erat mi mauris lorem ante elit mi id tempus massa molestie feugiat nibh mauris ac nibh eget, erat laoreet molestie. Sit congue ullamcorper pharetra congue ullamcorper amet dolore aliquet consectetur nisi non pharetra praesent adipiscing lorem lobortis volutpat pulvinar nunc aliquet turpis ut sem at, ac laoreet, felis tempus ante. Mauris, dolor congue euismod, pulvinar nunc tellus sit ut sem magna diam adipiscing tempus ante, mauris ac et elit erat mi felis aliquam proin at lorem lobortis volutpat dolor nunc. Tellus sit magna et, elit erat praesent tempus, ante mauris, sed tincidunt euismod pulvinar nunc, non consectetur congue diam nonummy donec aliquet turpis nisi aliquet turpis, nisi sem pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam consectetur erat laoreet molestie ipsum lobortis, volutpat dolor id pulvinar dolore aliquet consectetur, nisi sem consectetur magna ullamcorper nonummy donec. Sem, consectetur, nisi, sem consectetur, magna diam adipiscing donec, praesent turpis ac elit erat mi elit tempus ante felis aliquam proin at ac. Mi felis ipsum ante mauris tempus ante, eget sed laoreet id pulvinar ut sem at magna eget sed tincidunt id feugiat massa molestie. Feugiat tincidunt euismod amet dolore euismod pulvinar massa molestie feugiat lobortis non pharetra tincidunt ullamcorper amet aliquet consectetur magna et nonummy donec, praesent. Mauris lorem nibh mauris sed, nibh felis ipsum nunc tellus sit ut volutpat sed tincidunt euismod pulvinar ut non pharetra diam elit erat. Mi felis lorem nibh, volutpat pulvinar nunc aliquet consectetur magna diam consectetur magna, diam nonummy dolore praesent at nisi non pharetra ut ullamcorper. Elit mi felis aliquam proin at ac et elit erat mi, felis lorem nibh, eget lorem laoreet eget sed massa tellus ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus consectetur magna diam consectetur. Magna diam, nonummy donec, consectetur nisi non. Consectetur magna diam amet donec praesent turpis. Aliquam proin at erat et elit erat. Mi mauris lorem ante mauris erat mi. Nonummy mi felis tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing feugiat lobortis non pharetra congue ullamcorper turpis nisi sit nisi non pharetra tincidunt volutpat pulvinar dolore aliquet sit nisi. Sem consectetur congue ullamcorper pharetra, congue, ullamcorper, amet aliquam sem consectetur magna, et tempus mi felis tempus ante mauris sed laoreet. Id ipsum, nunc tellus sit lobortis, non dolor congue ullamcorper adipiscing aliquam proin at erat mi felis erat praesent aliquam ante. Mauris erat mi euismod ipsum ante mauris tempus proin mauris lorem et eget, sed laoreet id ipsum ante et elit ac. Nonummy erat mi mauris tempus proin, mauris lorem laoreet id ipsum massa molestie ipsum massa molestie ac nibh elit ac et. Nonummy erat, mi mauris lorem nibh lorem nunc euismod sit ut sem consectetur, donec praesent adipiscing aliquam proin at feugiat laoreet. Id pulvinar nunc tellus turpis magna, diam, nonummy donec mi adipiscing tempus mauris sed nibh eget erat mi adipiscing, aliquam praesent. Adipiscing ac et at erat et elit tempus ante mauris tempus et elit sed aliquet turpis magna diam elit erat mi. Felis lorem, ante eget lorem nibh eget sed massa id feugiat massa molestie feugiat lobortis euismod dolor tincidunt euismod ipsum nibh. Id pulvinar ante mauris tempus ante mauris ac et eget, sed laoreet id feugiat massa volutpat feugiat tincidunt euismod amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, pulvinar ut sem nonummy, magna diam nonummy donec praesent at lorem, laoreet ullamcorper, pulvinar nunc at erat mi felis tempus massa, molestie feugiat tincidunt euismod pulvinar nunc euismod. Sit ut non consectetur magna praesent nonummy donec praesent adipiscing tincidunt volutpat pulvinar nunc aliquet sit, ut non dolor tincidunt euismod, amet dolore tellus sit nisi et nonummy donec. Mi adipiscing, aliquam proin at ac nibh id dolore aliquet consectetur nisi, sem consectetur magna diam nonummy nisi sem consectetur, ac nibh elit donec, mi id ipsum massa eget. Sed laoreet euismod, ac et at ac diam consectetur donec, praesent adipiscing aliquam proin consectetur magna sem nonummy donec praesent amet nunc aliquet, adipiscing aliquam proin at magna et. Elit ut non pharetra tincidunt euismod pulvinar nunc tellus sit ut non, consectetur donec, praesent nonummy donec, praesent adipiscing ac et elit erat mi elit donec proin, lorem lobortis. Volutpat pulvinar tincidunt tellus pulvinar nunc, volutpat lorem nibh mauris, dolor tincidunt euismod ipsum nunc, molestie, feugiat massa dolor tincidunt id ipsum massa tellus feugiat, lobortis volutpat dolor tincidunt. Euismod pulvinar, nunc tellus pulvinar nisi sem pharetra congue ullamcorper amet dolore praesent turpis nisi sem, erat laoreet id tempus ante mauris, feugiat lobortis eget sed mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt euismod, ipsum nunc tellus feugiat congue non amet dolore aliquet pulvinar nunc molestie feugiat, massa molestie, feugiat. Nibh eget, pulvinar nunc, turpis magna sem nonummy donec diam adipiscing donec proin at lorem nibh elit erat et elit. Tempus massa, molestie lorem, ante elit ac, mi elit massa tellus feugiat lobortis eget sed laoreet id ipsum massa molestie. Ipsum lobortis volutpat dolor tincidunt ullamcorper turpis aliquam proin, elit erat mi felis tempus nunc nonummy donec diam nonummy aliquam. Proin mauris lorem laoreet euismod ipsum nunc molestie tempus massa mauris ac et at ac et elit erat praesent lorem. Lobortis ullamcorper amet nunc aliquet, turpis ut non pharetra congue ullamcorper pharetra dolore ullamcorper amet dolore, aliquet, sit nisi non. Consectetur magna praesent adipiscing, nisi, mauris lorem laoreet id pulvinar massa id, tempus nibh mauris lorem nibh elit erat, et. Felis ipsum massa mauris lorem, nibh eget dolor laoreet id tempus mi lorem lobortis volutpat dolor tincidunt tellus pulvinar nunc. Tellus sit congue non dolor lobortis id sed laoreet felis erat mi lorem tincidunt diam adipiscing nisi sem at, ac. Et eget sed massa, id, ipsum massa molestie sed, laoreet id ipsum massa tellus sit lobortis non pharetra congue mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, tincidunt euismod ipsum massa tellus pharetra. Congue diam nonummy praesent, turpis dolore tellus. Sit lobortis non dolor tincidunt volutpat dolor. Nunc tellus consectetur, magna, diam nonummy erat. Praesent adipiscing donec aliquet adipiscing nisi sem. Erat mi elit erat proin adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra magna diam amet donec aliquet. Consectetur ac et ipsum, massa tellus, feugiat. Ut, non pharetra, tincidunt euismod amet nisi. Aliquet consectetur magna diam consectetur donec aliquet. Amet dolore sem turpis nisi sem nonummy. Mi id feugiat ut ullamcorper amet congue. Ullamcorper amet dolore aliquet consectetur magna, diam. Nonummy donec mi felis tempus, proin mauris. Ac et elit, laoreet molestie lorem nibh. Eget sed laoreet id ipsum massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore praesent turpis nisi proin at nunc, tellus sit nunc, tellus feugiat ut, ullamcorper pharetra dolore aliquet amet nisi, sem consectetur ac et nonummy. Erat mi, mauris lorem nibh eget sed tellus sit ut sem nonummy donec praesent adipiscing aliquam ante mauris sed laoreet eget sed massa id feugiat. Lobortis non amet congue aliquet turpis, nisi mauris lorem laoreet id ipsum laoreet, mauris feugiat ut ullamcorper amet congue, euismod amet nunc tellus sit, lobortis. Non pharetra dolore aliquet turpis nisi eget lorem laoreet id ipsum ante mauris lorem lobortis non pharetra dolore, praesent at ac et eget erat mi. Felis tempus ante felis tempus proin at tincidunt euismod ipsum nunc, tellus pharetra congue non pharetra congue ullamcorper sit nisi sem at erat mi, felis. Ipsum massa molestie lorem nibh eget sed mi elit ante molestie feugiat ante, mauris ac, nibh id pulvinar nunc molestie sit ut ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat mi felis tempus ante mauris feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar nunc, molestie ipsum massa volutpat feugiat laoreet euismod pulvinar proin elit erat mi id ipsum. Massa mauris feugiat congue euismod amet nunc, tellus turpis ac nibh eget erat mi id ipsum massa molestie feugiat ullamcorper amet dolore aliquet turpis nisi sem pharetra congue diam. Nonummy aliquam proin mauris lorem diam, elit donec praesent adipiscing aliquam ante at aliquam et at ac felis ipsum massa volutpat pharetra, magna diam nonummy aliquam ante eget sed. Tincidunt, tellus sit, ut non consectetur magna mi felis ipsum massa pharetra dolore praesent turpis aliquam sem turpis nisi non pharetra tincidunt ullamcorper, nonummy donec praesent sit, nisi proin. Elit sed massa, tellus pharetra congue ullamcorper amet donec felis tempus et elit ac, et id ipsum massa tellus sit ut, volutpat pharetra nunc tellus, turpis nisi, non consectetur. Magna et felis tempus ante mauris feugiat elit erat et felis tempus ante molestie feugiat lobortis volutpat dolor tincidunt tellus turpis aliquam et elit ac mi elit ante mauris. Lorem lobortis euismod dolor nunc aliquet consectetur magna et felis, tempus massa, tellus pharetra ut non amet dolore aliquet sit nunc tellus sit lobortis molestie tincidunt euismod, pulvinar tincidunt. Euismod feugiat lobortis molestie feugiat lobortis volutpat sed nibh eget, sed, laoreet id feugiat lobortis eget lorem laoreet id sed mi elit, donec molestie dolor tincidunt euismod amet, dolore. Aliquet sit nisi non sit congue diam amet dolore tellus sit ut non, pharetra congue ullamcorper nonummy donec praesent turpis tellus turpis ut non pharetra tincidunt ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et donec praesent id ipsum massa volutpat dolor, tincidunt ullamcorper amet nunc tellus consectetur magna, diam. Nonummy, dolore mi mauris feugiat tincidunt euismod pulvinar tincidunt id massa tellus feugiat, lobortis volutpat sed. Laoreet euismod pulvinar massa, molestie feugiat lobortis molestie dolor tincidunt volutpat sed, tincidunt, id pulvinar massa. Molestie sit ullamcorper amet dolore tellus sit nisi sem, consectetur erat massa molestie sit congue volutpat. Pharetra dolore aliquet turpis dolore aliquet sit nisi sem consectetur ullamcorper pulvinar nunc tellus, pulvinar nunc. Molestie sit ut non, amet aliquam, praesent adipiscing aliquam proin elit ac, et nonummy donec aliquet. Turpis nisi proin at nibh elit donec praesent nonummy donec praesent adipiscing aliquam proin consectetur ac. Et felis, erat mi felis ac nibh volutpat dolor, tincidunt euismod, pulvinar nunc tellus, sit praesent. Felis lorem lobortis volutpat sed tincidunt aliquet pulvinar nunc tellus sit ut ullamcorper amet congue euismod. Dolor dolore aliquet nisi sem, nonummy donec praesent adipiscing tempus proin eget dolor tincidunt euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue amet, donec mi mauris lorem lobortis volutpat, dolor nunc tellus pulvinar nunc, molestie lorem nibh eget sed laoreet eget ipsum nunc molestie ipsum massa lorem tincidunt ullamcorper. Pulvinar nunc tellus sit nisi sem pharetra magna ullamcorper amet donec nibh mauris sed nibh eget, ipsum massa molestie feugiat ut volutpat dolore aliquet adipiscing aliquam proin at. Erat mi elit erat praesent nonummy nisi sem consectetur ac diam, nonummy magna diam nonummy donec, proin mauris, aliquam proin consectetur et felis ipsum lobortis, volutpat dolor tincidunt. Euismod pulvinar nunc tellus sit ut non sit ut, non dolor tincidunt euismod sit nunc non ut, ullamcorper amet dolore aliquet turpis dolore sem consectetur magna et elit. Erat mi molestie lorem, lobortis volutpat sed nibh id ipsum, massa tellus sit ut volutpat tincidunt euismod ipsum nunc tellus sit lobortis volutpat dolor tincidunt volutpat dolor laoreet. Id ipsum ante mauris lorem nibh volutpat dolor tincidunt euismod ipsum massa tellus feugiat volutpat dolor congue aliquet turpis aliquam proin at ac mi id pulvinar nunc tellus. Pharetra, congue ullamcorper amet dolore aliquet nisi non pharetra ut non pharetra dolore aliquet turpis nisi aliquet turpis magna diam nonummy donec, diam, adipiscing donec praesent adipiscing magna. Sem nonummy donec mi felis ante molestie feugiat lobortis id ipsum massa molestie ipsum massa molestie, lorem nibh eget sed tincidunt tellus pulvinar ut non pharetra magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin at erat et elit tempus massa. Molestie feugiat, tincidunt euismod amet tellus sit nunc. Non consectetur magna diam amet dolore aliquet adipiscing. Aliquam proin at erat mi felis tempus massa. Molestie pharetra dolore aliquet turpis nisi, sem ac. Et elit sed laoreet mauris tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper nonummy erat ante mauris feugiat volutpat dolor. Tincidunt tellus pulvinar ut non pharetra magna diam nonummy. Dolore praesent at ac, et at erat et nonummy. Donec praesent, adipiscing nisi sem, nisi diam nonummy donec. Praesent felis tempus ante mauris ac nibh eget sed. Laoreet molestie feugiat, lobortis non dolor tincidunt, id ipsum. Massa tellus sit non consectetur dolore aliquet turpis nisi. Sem mauris sed tincidunt euismod ipsum nunc molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod pulvinar molestie feugiat lobortis molestie dolor. Tincidunt ullamcorper amet nunc tellus sit nisi sem. Consectetur magna praesent adipiscing tempus proin at ac. Proin elit erat non consectetur magna et elit. Erat praesent felis tempus, ante mauris erat mi. Felis ipsum massa mauris lorem ante at ac. Et eget erat, molestie sit ut non pharetra. Congue ullamcorper amet dolore aliquet turpis nisi, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante mauris lorem, tellus turpis nisi. Proin consectetur ac diam, nonummy donec praesent turpis. Dolore aliquet turpis nisi diam nonummy magna ullamcorper. Amet dolore, aliquet, turpis ut diam sed massa. Molestie feugiat lobortis, volutpat pharetra congue ullamcorper amet. Dolore proin elit sed laoreet id pulvinar nunc. Volutpat pharetra magna ante mauris lorem nibh amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus pharetra magna ullamcorper nonummy erat praesent, felis tempus nibh volutpat erat mi id pulvinar et eget sed laoreet. Molestie sit ut, ullamcorper, amet congue aliquet turpis nisi, sem, turpis magna ullamcorper amet congue euismod dolor tincidunt euismod, ipsum. Laoreet euismod pulvinar massa tellus sit lobortis volutpat sed nibh eget, sed, laoreet, molestie ipsum, ante at lorem et eget. Erat laoreet euismod sit, nisi sem, tempus ante felis, aliquam ante mauris, lorem laoreet euismod pulvinar ut non sit ut. Volutpat dolor congue euismod pulvinar tincidunt euismod, ipsum, lobortis molestie magna diam nonummy donec, aliquet turpis nisi sem nonummy donec. Diam, nonummy dolore aliquet pulvinar nunc, tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus magna et eget tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, mauris lorem laoreet id ipsum nunc tellus sit congue volutpat tempus ante mauris. Feugiat, lobortis, volutpat dolor tincidunt tellus turpis ut non, sit congue ullamcorper pharetra dolore. Aliquet turpis aliquam et elit erat mi elit lobortis non, dolor tincidunt ullamcorper amet. Nisi proin consectetur magna, diam nonummy donec diam nonummy aliquam praesent adipiscing aliquam et. Elit sed, laoreet, id, ipsum volutpat pharetra dolore praesent adipiscing aliquam sem consectetur magna. Diam nonummy erat praesent adipiscing, tempus ante mauris ac nibh elit erat, laoreet, id. Ut, ullamcorper amet congue aliquet turpis tempus ante at ac et nonummy donec diam. Nonummy donec proin mauris sed, laoreet id pulvinar ut tellus feugiat ut, non donec. Mi felis tempus nibh eget dolor nunc tellus pulvinar ut sem, consectetur magna ullamcorper. Nonummy aliquam proin at lorem laoreet id pulvinar nunc tellus turpis ac elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac et eget sed, mi felis tempus proin mauris lorem proin at aliquam proin consectetur magna ullamcorper, amet. Dolore praesent felis aliquam sem at nisi sem, pharetra magna ullamcorper nonummy dolore aliquet turpis nisi, non ac, praesent felis. Tempus, massa volutpat, dolor congue, euismod pulvinar nunc tellus sit lobortis, molestie, feugiat lobortis volutpat pulvinar nunc aliquet, turpis, aliquam. Et eget massa molestie, ipsum massa molestie dolor lobortis, eget sed laoreet felis tempus ante mauris tempus nibh volutpat dolor. Laoreet euismod sit magna diam ipsum massa tellus feugiat lobortis non pharetra congue ullamcorper pulvinar nunc molestie ipsum massa molestie. Dolor magna, mi felis dolor tincidunt euismod pulvinar tincidunt euismod pulvinar massa consectetur magna diam amet congue ullamcorper amet nunc. Aliquet at ac diam nonummy donec praesent adipiscing tempus proin consectetur magna sem consectetur magna praesent nonummy aliquam, proin, lorem. Laoreet id ipsum massa molestie feugiat lobortis sem nonummy donec aliquet felis aliquam, proin consectetur magna diam nonummy donec felis. Tempus ante mauris sed nibh elit erat et elit dolore aliquet turpis nisi sem consectetur magna et nonummy donec praesent. Adipiscing aliquam proin at ac et ipsum massa molestie sit lobortis non pharetra tincidunt euismod pulvinar dolore aliquet turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin at magna sem nonummy, donec praesent nonummy donec proin at lorem nibh elit ac et felis ipsum massa molestie. Congue aliquet adipiscing tempus nibh eget dolor laoreet euismod pulvinar massa molestie feugiat ut, non dolor tincidunt euismod amet nunc tellus feugiat. Lobortis volutpat dolor volutpat dolor tincidunt id ipsum, massa mauris lorem lobortis volutpat dolor tincidunt tellus pulvinar ut non pharetra congue ullamcorper. Pharetra, congue aliquet turpis nisi sem, consectetur nisi nonummy erat, mi felis aliquam proin at ac et nonummy erat mi adipiscing tempus. Proin mauris lorem laoreet euismod pulvinar nunc tellus, feugiat non pharetra tincidunt euismod dolor tincidunt id ipsum, massa tellus sit lobortis volutpat. Dolor nunc euismod ipsum laoreet tellus sit ut, non nonummy dolore aliquet adipiscing nisi euismod pulvinar nunc aliquet turpis nisi sem consectetur. Magna, praesent adipiscing, tempus ante eget sed laoreet euismod amet nunc non sit, ut non amet donec praesent adipiscing magna praesent adipiscing. Aliquam proin mauris ac et elit donec mi, adipiscing donec, praesent turpis ut non consectetur congue ullamcorper dolore, aliquet adipiscing nisi aliquet. Sit, nisi non dolor tincidunt volutpat dolor tincidunt euismod pulvinar ut non feugiat lobortis non pharetra congue praesent turpis dolore tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar dolore aliquet turpis nisi diam. Consectetur congue, diam lorem nibh mauris sed. Laoreet id ipsum nunc tellus sit congue. Ullamcorper pharetra congue aliquet adipiscing tempus proin. Mauris sed laoreet euismod pulvinar nunc, tellus. Sit diam adipiscing, aliquam proin at aliquam. Laoreet eget, ipsum massa id ipsum massa. Molestie dolor tincidunt ullamcorper amet nisi proin. At lorem et elit laoreet felis tempus. Proin, at lorem nibh eget, ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec praesent adipiscing, aliquam proin consectetur laoreet. Euismod pulvinar massa tellus sit ut non pharetra tincidunt. Aliquet adipiscing, aliquam proin at erat, et elit tempus. Ante felis tempus ante, at laoreet euismod pulvinar nunc. Tellus consectetur magna ullamcorper nonummy donec aliquet sit ut. Tellus sit ut volutpat dolor lobortis eget dolor laoreet. Id ipsum lobortis nonummy donec praesent, adipiscing aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi nonummy aliquam ante molestie feugiat lobortis volutpat pulvinar proin at erat et nonummy tempus. Ante mauris feugiat lobortis volutpat dolor tincidunt id sed laoreet felis tempus proin mauris lorem, et eget. Erat laoreet, id ut non pharetra donec diam adipiscing aliquam proin consectetur nisi sem consectetur magna diam. Nonummy aliquam proin mauris lorem et elit ac et elit tempus sem nonummy donec, praesent adipiscing aliquam. Proin mauris, ac et elit donec diam adipiscing tempus proin at lorem, laoreet euismod ipsum massa molestie. Ut ullamcorper nonummy, erat ante felis lorem nibh eget sed laoreet id ipsum massa molestie feugiat nibh. Eget sed tincidunt ullamcorper turpis nisi aliquet pharetra congue, ullamcorper consectetur magna diam nonummy donec praesent felis. Tempus lobortis volutpat dolor dolore aliquet, sit nisi proin at ac diam amet congue ullamcorper, amet dolore. Aliquet at, mi id feugiat ut non dolor tincidunt euismod amet donec proin at ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper nonummy erat mi mauris ac nibh eget dolor tincidunt. Aliquet consectetur ac tempus nibh volutpat dolor tincidunt aliquet turpis aliquam. Proin elit dolore aliquet, turpis magna sem consectetur congue diam nonummy. Aliquam nibh eget sed, laoreet euismod pulvinar massa tellus sit ut. Non amet congue ullamcorper amet lobortis volutpat sed tincidunt euismod sit. Ut non consectetur magna diam adipiscing aliquam ante adipiscing, nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non volutpat feugiat congue aliquet, felis ac, lobortis euismod pulvinar nunc aliquet. Consectetur lorem laoreet eget ipsum ante felis lorem nibh, eget sed laoreet. Id dolore tellus feugiat, ut non pharetra dolore aliquet adipiscing nisi sem. Consectetur nisi sem nonummy donec praesent adipiscing aliquam proin mauris lorem, nibh. Id, amet non at ac diam amet dolore aliquet turpis dolore aliquet. Sit nisi diam nonummy magna ullamcorper nonummy dolore, aliquet sit nisi sem. Consectetur donec mi adipiscing proin mauris, lorem nibh volutpat pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh volutpat pulvinar nunc sit magna sem consectetur congue ullamcorper nonummy aliquam. Proin mauris lorem lobortis eget ipsum laoreet id, tempus massa mauris feugiat lobortis. Volutpat sed laoreet id ante mauris lorem ut volutpat, sed nibh eget sed. Laoreet id ipsum massa molestie feugiat tincidunt euismod pulvinar tincidunt, tellus sit lobortis. Volutpat pharetra congue nonummy donec praesent adipiscing nisi, proin nonummy erat mi felis. Tempus ante mauris feugiat lobortis eget sed massa molestie feugiat massa molestie feugiat. Volutpat pulvinar tincidunt euismod sit nisi diam nonummy donec praesent felis tempus massa. Volutpat dolor tincidunt, ullamcorper turpis nisi sem consectetur magna diam nonummy magna diam. Nonummy aliquet turpis nunc tellus sit ut volutpat dolor tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis amet nunc sem turpis nisi sem pharetra congue ullamcorper pulvinar dolore aliquet turpis nisi proin. Nonummy erat mi adipiscing, aliquam proin at ac et eget mi id tempus massa molestie feugiat nibh eget. Sed laoreet eget sed mi felis lorem nibh eget sed nibh id ipsum mi felis tempus ante lorem. Lobortis volutpat dolor, nunc tellus, pulvinar ut non pharetra tincidunt euismod, pulvinar nunc euismod sit nunc molestie sit. Ut volutpat pharetra, congue euismod pulvinar nunc molestie ante molestie pharetra congue euismod dolor laoreet felis erat mi. Felis, lorem nibh mauris ac nibh id ipsum massa tellus, feugiat ut volutpat lobortis euismod pulvinar dolore aliquet. Sit ut non pharetra congue ullamcorper nonummy dolore, tellus sit nunc non pharetra congue ullamcorper amet dolore ullamcorper. Amet dolore aliquet sit volutpat lorem nibh volutpat dolor tincidunt euismod ipsum nunc molestie lorem nibh eget pulvinar. Nunc aliquet turpis ut sem consectetur congue non amet dolore aliquet, amet nisi elit sed tincidunt tellus pulvinar. Massa molestie feugiat lobortis volutpat, dolor laoreet id, ipsum massa molestie feugiat ut non pharetra praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id feugiat massa volutpat consectetur magna diam. Nonummy, praesent at, ac nibh elit ipsum laoreet. Id feugiat lobortis non pharetra dolore ullamcorper, amet. Dolore sem, consectetur magna sem consectetur magna diam. Nonummy donec at ac, diam nonummy donec, diam. Nonummy aliquam proin at, ac et elit magna. Diam nonummy dolore praesent adipiscing aliquam proin, at. Erat mi felis massa mauris, lorem, nibh volutpat. Dolor tincidunt euismod pulvinar nunc tellus sit congue. Diam elit erat mi adipiscing nisi proin, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy aliquam, proin, mauris sed tincidunt id ipsum nunc molestie sit, lobortis volutpat pharetra lobortis eget ipsum id tempus mi. Felis, lorem nibh eget lorem laoreet id pulvinar ut sem, pharetra, congue diam adipiscing donec aliquet turpis dolore tellus at ac. Elit tempus ante, mauris, lorem, lobortis volutpat dolor tincidunt euismod, sit nunc non consectetur magna praesent nonummy donec praesent turpis nisi. Sem at erat et elit erat mauris, feugiat lobortis volutpat pulvinar nunc tellus sit ut, non pharetra congue ullamcorper nonummy donec. Praesent, at ac et elit ac et elit mi, mauris lorem et at ac mi felis tempus ante mauris feugiat nibh. Eget dolor tincidunt id ipsum massa id ipsum lobortis, ullamcorper, nonummy donec praesent adipiscing tincidunt euismod amet nisi proin consectetur ac. Et, nonummy erat praesent, adipiscing aliquam praesent at ac et, at donec mi felis tempus massa molestie feugiat lobortis volutpat nunc. Aliquet consectetur magna sem nonummy erat, ante, mauris lorem nibh eget lorem laoreet id, sit ut sem pharetra magna felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor, nunc euismod pulvinar massa molestie feugiat tincidunt adipiscing aliquam ante mauris lorem et euismod turpis ac nibh id pulvinar laoreet id ipsum massa non. Pharetra congue ullamcorper nonummy dolore sem turpis nisi non, sed massa tellus pharetra congue ullamcorper, amet dolore aliquet adipiscing nisi proin at erat mi elit erat ante. Mauris feugiat tincidunt euismod pulvinar nunc euismod nisi, diam elit donec mi adipiscing, donec aliquet turpis nisi et elit ac et nonummy erat mi molestie feugiat tincidunt. Euismod pulvinar, nunc volutpat dolor tincidunt euismod pulvinar nunc non sit ut volutpat feugiat tincidunt ullamcorper amet dolore aliquet turpis nisi non dolor tincidunt euismod pulvinar nunc. Euismod, pulvinar nunc feugiat ut non pharetra tincidunt, aliquet turpis nisi sem at erat, laoreet, id feugiat lobortis volutpat pharetra congue ullamcorper amet dolore euismod pulvinar nunc. Tellus sit ut, pharetra donec praesent turpis aliquam proin elit erat et, elit donec aliquet amet dolore sem at erat laoreet euismod ipsum tellus, pharetra, magna diam. Adipiscing tempus ante eget sed laoreet id sed laoreet id ipsum, massa molestie dolor lobortis eget sed laoreet id, ipsum massa molestie feugiat euismod pulvinar dolore, tellus. Sit nisi, sem at sed laoreet, id tempus, proin mauris feugiat lobortis eget sed laoreet id feugiat ut sem consectetur magna diam tempus nibh eget sed tincidunt. Euismod sit nisi proin, consectetur magna ullamcorper nonummy dolore aliquet amet nisi sem at erat et elit erat mi felis tempus proin pulvinar dolore aliquet sit aliquam. Sem at ac et elit erat proin at, lorem, nibh elit erat mi felis ipsum, ante mauris tempus nibh eget sed nibh sit nunc non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac et at dolore, aliquet turpis magna diam nonummy donec praesent. Nonummy dolore praesent at lorem nibh eget erat praesent, felis tempus massa molestie. Lorem et eget massa molestie feugiat, massa molestie, dolor congue ullamcorper, nonummy donec. Praesent adipiscing ac et nonummy donec praesent adipiscing tempus proin at ac et. At erat tellus turpis, magna diam nonummy donec mi adipiscing aliquam ante mauris. Lorem laoreet id ipsum laoreet id ipsum massa molestie dolor laoreet euismod amet. Nunc at ac mi elit erat praesent felis, aliquam proin, at magna diam. Nonummy donec diam amet donec aliquet sit ut sem, pharetra magna ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, volutpat pulvinar tincidunt aliquet sit ut non pharetra magna praesent felis tempus, nibh eget tincidunt, euismod amet dolore. Sem consectetur congue non, pharetra tincidunt ullamcorper felis tempus ante at lorem nibh elit erat mi adipiscing tempus nibh. Mauris tincidunt ullamcorper amet ut tellus feugiat massa, volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar massa molestie lorem. Nibh volutpat, dolor tincidunt euismod pulvinar massa id ipsum volutpat dolor tincidunt id, pulvinar nunc sem turpis lobortis non. Pharetra congue ullamcorper amet dolore euismod pulvinar nunc mauris lorem nibh volutpat sed euismod sit ut non pharetra ut. Ullamcorper amet erat praesent adipiscing, aliquam et elit ac diam nonummy donec diam adipiscing tempus ante eget sed, nibh. Id ipsum non consectetur magna diam, amet donec aliquet turpis dolore aliquet turpis ut non pharetra tincidunt euismod amet. Nunc aliquet turpis nisi sem, consectetur, magna diam adipiscing aliquam at ac nibh eget sed mi, id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore aliquet turpis magna sem consectetur donec praesent felis tempus, nibh mauris dolor tincidunt euismod pulvinar massa tellus, feugiat lobortis ullamcorper ipsum massa molestie. Feugiat tincidunt volutpat dolor laoreet id ipsum ante molestie lorem nibh volutpat sed congue euismod turpis dolore non pharetra congue ullamcorper amet aliquet adipiscing tempus. Ante mauris erat mi felis tempus ante molestie lorem nibh mauris lorem proin elit erat, mi adipiscing aliquam ante at ac et, elit ac, molestie. Sit nisi diam consectetur magna diam, amet dolore aliquet pulvinar ut sem consectetur magna ullamcorper nonummy congue, ullamcorper, amet nisi aliquet turpis diam nonummy erat. Mi adipiscing nisi, proin at ac diam consectetur donec praesent felis tempus nibh eget dolor tincidunt ullamcorper pulvinar nunc tellus sit ut non amet mi. Mauris feugiat, nibh mauris erat mi id ipsum massa mauris feugiat, nibh eget, dolor, congue ullamcorper turpis nisi non sit lobortis non pharetra congue aliquet. Turpis sem turpis magna diam nonummy sed laoreet id ipsum nunc tellus, pharetra magna diam amet donec praesent adipiscing nisi proin ac mi felis, tempus. Ante molestie feugiat lobortis volutpat dolor tincidunt id tempus massa molestie lorem lobortis eget sed laoreet id ipsum massa tellus sit ut non, dolore, praesent. Adipiscing tempus, ante mauris sed laoreet id ipsum massa molestie lorem, nibh eget dolor congue aliquet, turpis nisi et elit erat mi id erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id pulvinar nisi non sit ut, non, pharetra, nunc turpis aliquam proin at erat. Laoreet aliquet turpis nisi ullamcorper amet donec praesent adipiscing aliquam proin at ac et nonummy erat. Mi felis tempus proin dolor congue aliquet turpis nisi proin consectetur ac, diam amet, donec ante. Mauris feugiat nibh eget dolor tincidunt euismod pulvinar nunc tellus pharetra, ut amet dolore aliquet turpis. Aliquam et eget sed mi id, tempus massa molestie lorem lobortis volutpat, sed laoreet id, pulvinar. Nunc tellus sit ut nonummy donec praesent at sed laoreet id, pulvinar massa molestie sit lobortis. Volutpat, feugiat tincidunt aliquet felis tempus lobortis euismod pulvinar dolore, tellus turpis nisi diam ipsum nunc. Tellus pharetra ac, mi elit tempus lobortis volutpat feugiat lobortis volutpat dolor laoreet id pulvinar nunc. Volutpat pharetra tincidunt ullamcorper, amet donec praesent turpis ut pharetra congue ullamcorper amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et felis, tempus lobortis volutpat dolor, ullamcorper nonummy aliquam proin at ac et nonummy donec diam. Adipiscing tempus proin mauris lorem nibh elit erat mi id ipsum massa molestie dolor tincidunt amet donec. Aliquet turpis magna sem consectetur magna diam nonummy donec aliquet turpis, dolore aliquet consectetur congue ullamcorper dolor. Congue ullamcorper pulvinar, tincidunt tellus sit mi, felis tempus, ante mauris lorem nibh eget sed laoreet, euismod. Amet nunc non sit ut non feugiat nibh eget sed laoreet euismod nisi et felis tempus ante. Felis lorem nibh, eget, lorem laoreet id, sed massa id ipsum massa mauris lorem et, eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt volutpat dolor tincidunt tellus consectetur magna et elit erat praesent felis tempus. Massa volutpat, feugiat tincidunt pulvinar nunc tellus sit ut non pharetra congue euismod pulvinar nunc. Tellus sit magna diam consectetur congue, non pharetra congue euismod, amet ut non, pharetra diam. Elit erat praesent turpis aliquam proin at ac et felis erat ante mauris lorem ante. Mauris ac nibh elit, erat mi felis aliquam ante mauris lorem volutpat dolor laoreet, felis. Ipsum lobortis molestie dolor lobortis volutpat sed nibh, id sed ante mauris feugiat nibh mauris. Ac nibh elit sed, tellus sit ut non pharetra tincidunt volutpat dolor tincidunt, tellus pulvinar. Nunc, sem, nonummy magna diam amet donec aliquet, pulvinar nunc molestie ipsum massa volutpat dolor. Tincidunt turpis nisi, sem, consectetur, magna diam pharetra tincidunt euismod amet dolore aliquet turpis magna. Sem, consectetur congue diam nonummy dolore aliquet turpis aliquam sem pharetra ut ullamcorper, donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac et felis tempus, massa tellus pharetra, ut ullamcorper nonummy praesent adipiscing ac proin elit ac, diam elit donec proin at ac nibh. Eget amet nunc tellus pulvinar massa molestie dolor magna ullamcorper amet dolore aliquet sed laoreet id sed massa molestie feugiat massa molestie, ac lobortis. Volutpat pulvinar nunc tellus sit ut non pharetra congue, euismod, dolor nunc tellus pulvinar proin nonummy donec praesent adipiscing aliquam proin adipiscing aliquam nibh. Elit erat tincidunt molestie ipsum lobortis non pharetra tincidunt euismod amet donec, aliquet, lorem tincidunt tellus sit, ut tellus sit ut non, pharetra congue. Ullamcorper turpis aliquam proin at ac et elit donec praesent adipiscing aliquam proin, at lorem diam donec mi felis tempus massa mauris ac et. Elit erat mi felis erat mi mauris tempus ante mauris erat mi elit erat mi felis lorem ante mauris dolore praesent adipiscing aliquam proin. At erat mi id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod sit nisi sem ipsum massa molestie sit lobortis, non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis ut diam elit erat felis tempus nibh. Volutpat pulvinar dolore aliquet turpis nisi sem consectetur, magna. Diam nonummy aliquam proin at lorem, nibh eget sed. Laoreet id feugiat sem, nonummy donec praesent adipiscing, aliquam. Proin at magna sem nonummy magna diam nonummy aliquam. Aliquet at ac et elit, ac diam amet dolore. Aliquet lorem nibh volutpat sed laoreet, euismod pulvinar nunc. Tellus sit ut volutpat dolor tincidunt id ipsum laoreet. Molestie feugiat lobortis, volutpat, dolor congue ullamcorper nisi proin. At erat et nonummy donec praesent, felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent, felis, aliquam mauris feugiat nibh eget sed massa id sit. Ut sem consectetur congue ullamcorper pulvinar nunc aliquet turpis magna sem consectetur donec. Mi id, tempus nibh sed laoreet euismod pulvinar massa molestie sit ut sem. Consectetur, donec mi felis lorem nibh, eget lorem nibh id ipsum laoreet, felis. Tempus nibh ac et elit erat et felis, tempus, massa mauris, lorem nibh. Eget dolor tincidunt, euismod pulvinar nunc tellus sit lobortis volutpat sed nibh eget. Ipsum massa tellus ut volutpat pharetra tincidunt, euismod pulvinar dolore tellus turpis nisi. Diam elit magna praesent adipiscing aliquam, ante mauris lorem, nibh eget, ipsum massa. Molestie, congue ullamcorper amet donec ullamcorper turpis dolore aliquet turpis, nisi sem, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem at, laoreet, euismod pulvinar ut sem consectetur congue diam felis tempus massa volutpat dolor congue, ullamcorper pulvinar nunc aliquet consectetur magna diam elit erat ante mauris lobortis volutpat. Pulvinar dolore praesent, adipiscing ac nibh elit sed laoreet id ipsum massa at lorem et elit ac et elit donec mi felis lorem praesent felis aliquam proin mauris sed tincidunt. Euismod pulvinar nunc molestie feugiat massa molestie feugiat tincidunt euismod pulvinar, nunc sem consectetur ac et elit donec molestie feugiat nibh eget sed laoreet euismod pulvinar ut sem pharetra congue. Diam nonummy erat ante mauris lorem lobortis volutpat sed, laoreet id ipsum massa, feugiat ut volutpat dolor tincidunt tellus sit nisi sem consectetur magna et, elit aliquam praesent at, aliquam. Proin eget sed, tincidunt tellus pulvinar ut volutpat dolor, congue tellus feugiat lobortis volutpat, dolor tincidunt euismod, pulvinar ut non pharetra congue ullamcorper amet congue aliquet turpis nisi sem at. Ac et elit erat mi felis erat laoreet id, tempus ante mauris sed nibh eget erat et nonummy tempus ante molestie feugiat nibh, volutpat dolor tincidunt euismod tempus ante felis. Lorem nibh eget, nunc aliquet turpis aliquam et elit sed, laoreet felis tempus massa volutpat dolor tincidunt volutpat pulvinar, laoreet euismod pulvinar nunc tellus pharetra congue diam nonummy aliquam praesent. Sed, laoreet id ipsum massa id ipsum massa molestie feugiat nibh eget erat mi id ipsum massa molestie feugiat, tincidunt euismod dolor laoreet id sed laoreet id lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin consectetur magna diam nonummy, erat molestie feugiat lobortis euismod, pulvinar nunc aliquet sit nisi sem pharetra donec mi adipiscing aliquam proin at ac et eget sed mi id. Ipsum, massa pharetra congue ullamcorper nonummy, dolore sem turpis nisi, diam consectetur donec praesent nonummy donec aliquet amet nunc tellus pharetra congue ullamcorper amet congue ullamcorper pulvinar aliquet consectetur ac. Et felis ipsum nunc molestie feugiat nibh volutpat dolor laoreet id ipsum laoreet, molestie feugiat ut volutpat dolor lobortis eget laoreet molestie feugiat lobortis molestie feugiat nibh eget lorem et. Elit donec mi adipiscing aliquam proin adipiscing aliquam proin consectetur magna diam amet dolore aliquet amet dolore elit erat mi id tempus ante felis lorem nibh eget sed laoreet id. Sed massa id ipsum proin, at lorem nibh at ac et nonummy donec ullamcorper tempus ante eget sed laoreet id, tempus nunc, tellus sit ut non, pharetra dolore aliquet turpis. Nisi sem consectetur magna ullamcorper elit donec non pharetra congue, ullamcorper amet dolore sem at ac et nonummy erat ante felis tempus, proin at ac et eget sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit ac mi felis ipsum massa non pharetra congue ullamcorper nonummy donec ante mauris lorem eget erat mi id tempus nisi sem nonummy erat. Mi mauris dolor, tincidunt ullamcorper amet dolore, aliquet adipiscing ac proin consectetur, magna ullamcorper amet praesent adipiscing, nisi proin elit magna diam amet, donec praesent. Adipiscing aliquam sem at lorem, et eget sed ante mauris feugiat lobortis volutpat sed nibh elit erat molestie feugiat lobortis volutpat pharetra, congue ullamcorper amet. Nunc aliquet consectetur ac et euismod pulvinar nunc molestie feugiat lobortis non pharetra tincidunt ullamcorper lorem donec ante ullamcorper molestie consectetur dolor dolore, sem eget. Pulvinar tempus magna massa laoreet tellus mauris amet donec, aliquet turpis ut non consectetur, magna ullamcorper amet praesent felis tempus et elit ac, diam nonummy. Magna mi mauris lorem nibh mauris lorem et elit erat mi felis tempus ante mauris feugiat, nibh eget erat id ipsum ante molestie lorem ante. Mauris sed nibh felis, tempus nunc tellus sit congue ullamcorper amet dolore aliquet, amet proin elit erat mi, felis tempus mi mauris lorem tincidunt diam. Felis lorem lobortis volutpat, dolor tincidunt id pulvinar massa molestie ipsum ante at ac et eget massa tellus sit magna sem, nonummy dolore praesent turpis. Nisi, aliquet consectetur ac et eget erat laoreet felis tempus ante mauris lorem proin elit erat mi felis, lobortis non pharetra congue aliquet turpis nisi. Aliquet turpis nisi, sem nonummy donec diam adipiscing tempus proin mauris lorem et at, erat mi felis, aliquam proin at nibh volutpat sed, laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc non pharetra magna nonummy aliquam ante mauris sed nibh id ipsum nunc tellus. Sit magna et felis tempus ante felis aliquam sem, consectetur ac et, nonummy donec, felis. Lorem ut volutpat amet congue ullamcorper amet dolore aliquet turpis magna diam nonummy dolore ullamcorper. Amet nisi sem consectetur magna sem pharetra congue diam, donec proin at ac, et, elit. Erat mi felis ipsum massa mauris lorem et elit ac mi felis donec ante, molestie. Feugiat congue ullamcorper, amet, donec, praesent ac et eget ipsum nunc tellus sit lobortis, volutpat. Pharetra congue euismod amet nunc aliquet turpis nisi sem pharetra magna diam, nonummy dolore adipiscing. Aliquam diam nonummy donec diam nonummy donec praesent turpis aliquam sem, turpis nisi diam amet. Dolore aliquet turpis dolore tellus sit ut tellus feugiat, lobortis euismod dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra congue ullamcorper amet nisi sem consectetur ac et ipsum ante mauris lorem nibh mauris ac et eget sed praesent adipiscing tempus. Proin eget lorem laoreet eget sed laoreet id feugiat massa molestie lorem nibh dolor nunc aliquet sit ut tellus pharetra magna diam nonummy. Donec praesent adipiscing aliquam proin, elit ac et felis erat mi adipiscing aliquam sem consectetur sem nonummy magna diam nonummy dolore aliquet sit. Nisi sem pharetra magna diam adipiscing, aliquam proin mauris ac et elit sed mi, felis magna diam consectetur, magna diam nonummy dolore aliquet. Turpis nisi diam elit erat praesent adipiscing aliquam proin, at ac et elit erat laoreet, id ipsum massa molestie nibh euismod pulvinar nunc. Aliquet, consectetur ac nibh elit, sed laoreet id lorem ante eget sed nibh id ipsum laoreet id, ipsum ante mauris feugiat lobortis volutpat. Nisi sem consectetur nisi, sem, consectetur donec praesent adipiscing donec praesent adipiscing aliquam sem at ac, mi felis tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi diam elit, donec praesent adipiscing tempus nibh volutpat dolor congue ullamcorper nisi sem consectetur. Ac et elit erat mi adipiscing aliquam, ante eget sed laoreet id sit ut non pharetra. Ut non pharetra tincidunt euismod pulvinar nunc, consectetur magna, et elit tempus massa molestie feugiat, lobortis. Volutpat pulvinar nunc, tellus turpis ut non pharetra congue euismod amet nunc tellus pulvinar nunc, molestie. Ut, ullamcorper nonummy donec, praesent adipiscing nisi sem consectetur magna sem consectetur magna ullamcorper amet nunc. Tellus turpis magna non pharetra congue ullamcorper donec praesent at ac et, eget ipsum massa molestie. Ipsum massa volutpat feugiat lobortis volutpat pulvinar nunc euismod pulvinar ut sem elit sed mi felis. Tempus ante dolor tincidunt euismod pulvinar dolore tellus turpis ut ullamcorper amet dolore ullamcorper amet nisi. Sem consectetur ac et eget sed ante felis lorem nibh volutpat pharetra dolore adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet turpis nisi aliquet at magna et id tempus nibh euismod, ipsum laoreet molestie pharetra congue ullamcorper nonummy, aliquam praesent turpis nisi sem consectetur magna. Diam nonummy donec praesent felis tempus proin consectetur ac, eget ipsum massa, id lorem nibh eget sed, laoreet euismod ipsum, massa id ipsum ante mauris feugiat lobortis. Euismod dolor nunc aliquet turpis, nisi sem ipsum ut sem consectetur magna diam nonummy donec aliquet turpis aliquam et elit erat, diam nonummy donec mi molestie feugiat. Tincidunt euismod amet tellus sit ut tellus sit lobortis volutpat, sed tincidunt, euismod pulvinar nunc tellus, pharetra ut volutpat dolor lobortis volutpat pulvinar nunc tellus turpis ut. Sem consectetur magna molestie lorem nibh eget sed laoreet, felis tempus ante mauris ac proin elit magna diam nonummy magna ullamcorper amet nunc euismod ipsum ante mauris. Tempus proin adipiscing nibh, elit, erat, mi felis tempus praesent adipiscing aliquam proin at ac diam nonummy donec diam nonummy dolore proin mauris tincidunt tellus ipsum massa. Molestie feugiat, massa volutpat dolor, tincidunt tincidunt, tellus turpis magna, diam nonummy, erat laoreet felis tempus ante, mauris ac laoreet id, ipsum massa turpis, magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, nibh volutpat amet, dolore praesent adipiscing magna elit sed laoreet id ipsum massa molestie dolor tincidunt volutpat ipsum massa tellus sit ut non pharetra congue ullamcorper nonummy nunc. Tellus pulvinar ut non congue ullamcorper amet congue aliquet adipiscing nisi sem at magna et elit tempus ante felis lorem ante, mauris ac et elit donec praesent adipiscing aliquam. Mauris dolor tincidunt tellus pulvinar nunc molestie feugiat ante mauris lorem nibh elit ac, et felis erat mi adipiscing aliquam sem consectetur magna id sit, nunc tellus sit, lobortis. Eget sed laoreet eget sed et elit erat praesent turpis dolore tellus feugiat massa, molestie feugiat lobortis volutpat dolor laoreet, felis nisi sem nonummy erat mi adipiscing tempus proin. At lorem tincidunt euismod pulvinar nunc tellus turpis nisi sem pharetra magna diam turpis nisi aliquet, consectetur magna sem donec diam nonummy aliquam praesent adipiscing nisi sem consectetur magna. Diam elit erat ante mauris lorem lobortis volutpat dolor nunc aliquet ac nibh eget sed mi mauris, lorem nibh volutpat dolor dolore aliquet, turpis nisi sem consectetur ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna praesent mauris lorem lobortis euismod, dolor dolore ante volutpat, dolor laoreet. Id pulvinar, nunc molestie, feugiat ut ullamcorper donec praesent adipiscing tempus proin eget. Sed laoreet felis, tempus mi felis tempus ante mauris, ac et elit erat. Laoreet molestie, ipsum lobortis volutpat, pharetra pharetra tincidunt euismod pulvinar dolore aliquet turpis. Magna, diam nonummy donec mi felis aliquam proin mauris lorem nibh eget ac. Mi elit erat mi at ac et euismod pulvinar nunc tellus sit praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam et elit sed laoreet id ipsum lobortis volutpat, pharetra praesent adipiscing aliquam proin at magna, sem consectetur magna, praesent adipiscing tempus proin at lorem nibh elit erat. Mi, felis donec praesent adipiscing nisi sem turpis, et felis tempus mi felis tempus proin at magna diam nonummy donec praesent adipiscing tempus ante at aliquam proin consectetur magna. Diam elit donec praesent ac, et, elit sed laoreet euismod ipsum massa, molestie lorem, ante mauris lorem et elit donec, praesent adipiscing aliquam praesent at ac et eget laoreet. Id feugiat, massa volutpat pharetra congue diam amet dolore, sem at ac nibh eget sed laoreet id, ipsum massa volutpat pharetra dolore ullamcorper turpis dolore at ac et, elit. Ipsum lobortis volutpat feugiat tincidunt ullamcorper amet dolore proin adipiscing aliquam diam nonummy magna diam adipiscing aliquam proin at aliquam proin consectetur nisi felis tempus massa molestie feugiat, lobortis. Volutpat dolor laoreet, eget tempus ante mauris lorem, nibh eget pharetra dolore aliquet adipiscing et, elit ac et, elit erat massa, volutpat dolor tincidunt euismod pulvinar nunc tellus, ipsum. Nunc non consectetur magna diam amet dolore ullamcorper sit nunc tellus sit ullamcorper amet dolore aliquet adipiscing, aliquam proin at ac et, nonummy donec praesent adipiscing aliquam ante mauris. Sed tincidunt euismod ipsum laoreet molestie feugiat ut non amet mi mauris lorem et at magna diam consectetur magna, diam adipiscing aliquam nibh eget sed nibh id pulvinar nunc. Sem consectetur magna diam nonummy aliquam praesent, adipiscing proin elit sed laoreet felis ipsum massa non pharetra congue diam nonummy aliquam proin at lorem et elit erat, mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod dolor laoreet euismod turpis magna diam nonummy donec praesent nonummy donec aliquet ac nibh eget sed laoreet. Molestie sit congue non, dolor congue euismod amet nunc tellus turpis nisi diam nonummy donec praesent adipiscing aliquam proin. Lorem et elit erat mi adipiscing tempus massa molestie feugiat lobortis id ipsum massa molestie feugiat massa molestie feugiat. Lobortis euismod amet nunc euismod sit, nunc, molestie ut non pharetra dolore aliquet adipiscing ac et elit sed massa. Id feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt euismod pulvinar massa sit ut non pharetra congue aliquet turpis. Nisi proin elit erat et felis, tempus massa, molestie feugiat lobortis euismod pulvinar nunc tellus sit ut tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar ut, non at erat et felis tempus ante mauris lorem lobortis euismod. Amet proin mauris lorem tincidunt id, ipsum nunc molestie sit, ut volutpat sed tincidunt. Euismod pulvinar, massa molestie ipsum massa molestie feugiat lobortis volutpat sed tincidunt pulvinar lobortis. Non consectetur donec, ante tellus feugiat nibh eget sed laoreet euismod, ipsum massa id. Ipsum ante, molestie, feugiat lobortis volutpat dolor laoreet id tempus volutpat consectetur magna ullamcorper. Amet aliquam proin adipiscing magna diam nonummy donec praesent felis tempus ante mauris ac. Et eget ipsum massa, felis ante mauris feugiat, tincidunt volutpat dolor laoreet felis erat. Mi, molestie feugiat nibh volutpat dolor congue euismod pulvinar nunc molestie feugiat ut non. Amet donec praesent felis ante, eget sed tincidunt euismod pulvinar massa tellus feugiat lobortis. Volutpat pharetra tincidunt euismod pulvinar nunc molestie pharetra, congue non pharetra congue euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra magna ullamcorper nonummy donec proin at lorem et eget ipsum nunc non pharetra ut. Nonummy erat proin adipiscing ac et, elit sed tincidunt euismod pulvinar nunc molestie feugiat, lobortis volutpat. Dolor tincidunt tellus turpis nisi non pharetra magna adipiscing aliquam praesent at ac nibh volutpat dolor. Laoreet, euismod sit, nisi non pharetra magna ullamcorper, nonummy donec proin at ac nibh elit erat. Mi id feugiat mauris feugiat tincidunt volutpat, dolor tincidunt, molestie, feugiat massa volutpat pharetra, congue ullamcorper. Amet, dolore aliquet sit ut tellus sit ut, volutpat pharetra id, pulvinar nunc aliquet, consectetur ac. Mi felis tempus mi, felis aliquam proin at magna nibh elit erat mi felis tempus ante. Mauris lorem nibh, eget sed felis ipsum lobortis volutpat dolor lobortis volutpat pulvinar nunc, euismod sit. Ut sem consectetur magna ullamcorper pulvinar, nunc tellus, pulvinar nunc, tellus pharetra congue non pharetra congue. Mauris ac lobortis euismod dolor laoreet felis feugiat ut sem consectetur magna diam nonummy aliquam proin. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra26dd9af287c4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63f0ff386e35405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R45aa9d8668aa48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raf9915ef2b024495" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf4d8979180b4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4f6a2f2b03e8474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R75bf76c8896446f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc6ecd09e95f24689" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>