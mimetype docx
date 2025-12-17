--- v3 (2025-12-17)
+++ v4 (2025-12-17)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ec80f1663da4d0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd452b295467c4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R71f72dcf93fa4b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R531d87389a6c45da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1361c713cd404602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc58ead48aec34a7f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec, nunc et turpis id sit sed nunc, et. Aliquet volutpat pharetra dolore mi, molestie pharetra donec mi. Mauris feugiat lobortis euismod pulvinar nunc euismod pulvinar, nunc. At, pulvinar dolore sem at ac laoreet felis ipsum. Ut, sem consectetur erat praesent felis aliquam proin mauris. Lorem nibh elit donec praesent, adipiscing donec adipiscing sed. Congue ullamcorper pulvinar massa tellus, sit nisi sem nonummy. Donec praesent adipiscing tempus, proin mauris ac et eget. Erat laoreet id ipsum, nibh eget dolor euismod pulvinar. Nunc tellus sit ut non pharetra congue ullamcorper adipiscing. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Volutpat pharetra magna ullamcorper nonummy donec proin at lorem et eget ipsum nunc non pharetra ut. Nonummy erat proin adipiscing ac et, elit sed tincidunt euismod pulvinar nunc molestie feugiat, lobortis volutpat. Dolor tincidunt tellus turpis nisi non pharetra magna adipiscing aliquam praesent at ac nibh volutpat dolor. Laoreet, euismod sit, nisi non pharetra magna ullamcorper, nonummy donec proin at ac nibh elit erat. Mi id feugiat mauris feugiat tincidunt volutpat, dolor tincidunt, molestie, feugiat massa volutpat pharetra, congue ullamcorper. Amet, dolore aliquet sit ut tellus sit ut, volutpat pharetra id, pulvinar nunc aliquet, consectetur ac. Mi felis tempus mi, felis aliquam proin at magna nibh elit erat mi felis tempus ante. Mauris lorem nibh, eget sed felis ipsum lobortis volutpat dolor lobortis volutpat pulvinar nunc, euismod sit. Ut sem consectetur magna ullamcorper pulvinar, nunc tellus, pulvinar nunc, tellus pharetra congue non pharetra congue. Mauris ac lobortis euismod dolor laoreet felis feugiat ut sem consectetur magna diam nonummy aliquam proin. </w:t>
+        <w:t xml:space="preserve">At at dolor tempus sit magna laoreet euismod turpis ac et eget pulvinar nisi proin, elit pulvinar, nunc aliquet turpis magna et elit erat ante. Diam felis ipsum nunc pharetra dolore aliquet turpis ut non, consectetur, erat mi id tempus ante adipiscing aliquam ante eget pulvinar dolore tellus sit ut. Sem consectetur, magna, diam, mauris sed laoreet id sed massa molestie feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt euismod ipsum nunc molestie sit lobortis. Euismod amet donec aliquet adipiscing ac mi id ipsum massa mauris feugiat tincidunt euismod amet, nunc euismod pulvinar ut sem, pharetra congue ullamcorper pulvinar nunc. Tellus sit, nisi sem amet dolore aliquet turpis nisi sem elit ac diam elit donec mi felis tempus ante at ac diam nonummy donec diam. Nonummy tempus ante mauris ac et volutpat sed laoreet, id ipsum, massa molestie feugiat lobortis, volutpat dolor tincidunt id pulvinar ut sem pharetra magna mi. Felis ipsum lobortis non amet donec aliquet elit tempus ante molestie feugiat lobortis ante felis tempus, ante mauris lorem nibh, id ipsum, laoreet felis tempus. Ante ac nibh volutpat pulvinar nunc tellus pulvinar lobortis molestie dolor lobortis volutpat dolor tincidunt, euismod pulvinar ut non sit congue non amet donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non consectetur magna diam nonummy, donec. Praesent at lorem nibh eget sed, massa. Molestie pharetra congue euismod pulvinar nunc tellus. Turpis, magna diam elit donec praesent adipiscing. Lorem nibh eget sed tincidunt ullamcorper pulvinar. Nunc, tellus pharetra donec mi adipiscing nisi. Sem at ac et felis ipsum ante. Felis tempus, ante mauris ac nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper consectetur ac mi id feugiat ac et elit erat mi adipiscing aliquam proin at, ac nibh, elit sed mi id tempus ante mauris lorem et nonummy donec. Mi felis lorem nibh eget dolor laoreet euismod, pulvinar massa tellus sit lobortis eget dolor congue, ullamcorper amet dolore sem consectetur magna volutpat pulvinar, dolore proin at ac. Mi felis ipsum massa tellus feugiat ut eget lorem nibh id ipsum massa molestie feugiat lobortis volutpat dolor lobortis volutpat dolor, dolore aliquet amet nisi, sem consectetur ac. Nibh eget sed laoreet molestie lorem ante eget lorem et elit erat laoreet felis tempus nunc tellus sit ut non pharetra congue euismod dolor tincidunt id ipsum nunc. Tellus, sit magna diam nonummy donec praesent at ac proin elit erat et, nonummy congue praesent adipiscing lorem nibh eget, dolor tincidunt euismod pulvinar nunc tellus sit ut. Non, amet, dolore aliquet adipiscing aliquam proin at magna diam pharetra congue ullamcorper sed massa molestie feugiat nibh mauris ac et at magna et nonummy erat lobortis molestie. Feugiat tincidunt ullamcorper pulvinar nunc non consectetur congue praesent, adipiscing tempus proin adipiscing aliquam, proin at erat et felis, aliquam proin at aliquam proin at ac et elit. Erat ante mauris tempus sem consectetur donec, mi felis tempus nibh mauris sed laoreet euismod amet, ac nibh eget sed laoreet felis tempus ante mauris lorem nibh volutpat. Dolor nunc tellus donec proin at ac proin, consectetur ac et elit, tempus massa molestie dolor lobortis euismod dolor tincidunt euismod, pulvinar ut non consectetur magna, diam nonummy. Donec proin pharetra ac, mi felis aliquam proin adipiscing nisi sem consectetur nisi sem nonummy magna diam adipiscing aliquam ante at ac et elit sed massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie sit nisi, sem consectetur erat adipiscing tempus nibh eget sed laoreet id ipsum nunc tellus, sit ut ullamcorper amet congue ullamcorper pulvinar nunc. Aliquet at dolor nunc tellus sit ut non sit congue diam adipiscing donec aliquet turpis, nisi proin at, magna diam, nonummy, erat praesent adipiscing aliquam, sem. At lorem laoreet id ipsum massa, molestie dolor congue euismod sit nisi sem consectetur ac et felis ipsum massa mauris tempus nibh eget erat mi id. Pulvinar, nunc, tellus, sit, congue tellus pharetra magna diam amet dolore aliquet adipiscing aliquam proin at nisi sem consectetur, congue diam nonummy, donec praesent consectetur ac. Et eget, erat turpis aliquam et id pulvinar nunc tellus sit nisi non pharetra, congue ullamcorper pulvinar, dolore tellus sit ut non pharetra congue non pharetra. Congue ullamcorper turpis, aliquam, non pharetra congue aliquet turpis nisi proin at magna diam nonummy erat, praesent nonummy, dolore praesent turpis, nisi sem consectetur congue non. Pharetra laoreet tellus sit nisi ullamcorper pharetra congue ullamcorper amet nunc euismod pulvinar massa non sit congue euismod amet dolore tellus sit nunc tellus sit ut. Ullamcorper amet dolor congue, aliquet adipiscing, nisi ante mauris dolor laoreet id ipsum massa molestie feugiat lobortis eget lorem laoreet id ipsum laoreet felis tempus, ante. Volutpat pharetra congue euismod sit nisi sem consectetur magna praesent, felis lorem nibh, eget sed laoreet, eget sed laoreet molestie sit ut non amet dolore, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc molestie feugiat ut euismod pulvinar nunc euismod pulvinar massa molestie tempus aliquam. Et eget ipsum massa, tellus turpis magna diam, nonummy erat mi felis aliquam ante at. Ac diam nonummy erat mi tempus massa volutpat, feugiat lobortis volutpat dolor nunc euismod ipsum. Ante molestie feugiat, lobortis, volutpat pulvinar dolore aliquet sit ut sem pharetra magna praesent adipiscing. Molestie sit nisi, sem nonummy donec, praesent adipiscing aliquam sem, consectetur ac et elit erat. Praesent molestie feugiat lobortis volutpat dolor laoreet id congue diam felis tempus ante mauris lorem. Ante mauris lorem et elit erat mi mauris lorem lobortis eget sed laoreet id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget dolor laoreet euismod, pulvinar, lobortis volutpat feugiat, lobortis volutpat dolor tincidunt euismod, ipsum massa tellus. Pharetra pharetra congue ullamcorper, amet dolore aliquet adipiscing aliquam proin at ac diam elit erat, praesent, nonummy. Aliquam proin at ac et elit donec praesent nonummy nunc tellus sit congue ullamcorper amet congue aliquet. Turpis aliquam, sem, at lorem nibh elit tempus mi felis lorem ante, eget sed tincidunt euismod ipsum. Nunc tellus ac et eget sed tincidunt euismod ipsum ut sem, consectetur congue diam amet dolore aliquet. Adipiscing nisi sem elit erat praesent adipiscing, donec laoreet molestie feugiat massa volutpat feugiat lobortis volutpat dolor. Tincidunt tellus sit, ut sem nonummy donec praesent, adipiscing donec praesent adipiscing nisi sem at erat mi. Proin eget sed tincidunt euismod ipsum ante mauris lorem nibh mauris lorem nibh, eget sed mi, id. Ipsum ante mauris sed laoreet id ipsum massa id tempus turpis nisi non pharetra donec praesent adipiscing. Aliquam proin mauris sed nibh tellus sit ut sem pharetra ut non pharetra laoreet tellus sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra congue ullamcorper nonummy, dolore praesent adipiscing, mauris lorem nibh eget. Ipsum dolore sem at magna diam nonummy, erat ante felis lorem nibh mauris. Sed tincidunt euismod, sit ut sem at ac ullamcorper turpis dolore aliquet consectetur. Ac mi id pulvinar massa mauris lorem ante at lorem, nibh id erat. Mi id feugiat ut non pharetra congue, id feugiat ut non dolor, congue. Ullamcorper amet nisi sem consectetur magna diam nonummy donec praesent adipiscing, aliquam proin. Mauris, sed congue ullamcorper erat ante mauris lorem nibh elit erat et elit. Erat massa molestie feugiat, nibh eget, sed tincidunt tellus sit nunc tellus sit. Congue diam nonummy donec aliquet nonummy erat, mi felis lorem lobortis euismod amet. Nisi proin at ac, et nonummy donec diam nonummy, donec aliquet, adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent felis, lorem nibh eget sed tincidunt euismod sit nisi, sem elit sed, massa id feugiat ut ipsum, nunc, tellus consectetur magna diam elit donec praesent adipiscing. Aliquam ante mauris lorem et eget sed laoreet molestie feugiat ut non pharetra congue id ipsum massa volutpat dolor, lobortis, volutpat dolor laoreet euismod tempus ante mauris feugiat nibh. Eget sed tincidunt euismod pulvinar massa molestie feugiat lobortis molestie feugiat lobortis molestie feugiat lobortis eget sed nibh eget sed mi, nonummy donec, nunc sem at lorem, laoreet euismod. Sit ut sem consectetur congue diam amet dolore non consectetur magna et elit donec praesent adipiscing aliquam proin consectetur ac diam elit erat, mi mauris lorem ante at, ac. Et eget sed laoreet amet nisi sem, consectetur ac mi id ipsum lobortis non pharetra congue diam amet donec aliquet turpis nisi sem nonummy donec, praesent, adipiscing tempus, massa. Molestie pharetra et felis tempus ante mauris lorem lobortis volutpat, sed laoreet euismod pulvinar ut non nonummy donec mi adipiscing tempus proin nibh id ipsum massa id feugiat massa. Mauris feugiat lobortis eget sed, laoreet id tempus mi felis aliquam ante mauris lorem nibh id ipsum laoreet id volutpat amet dolore aliquet turpis nisi non consectetur donec mi. Felis lorem, nibh mauris lorem laoreet id ipsum massa tellus pharetra congue ullamcorper amet dolore aliquet turpis molestie feugiat, tincidunt ullamcorper amet dolore tellus sit nisi sem, consectetur magna. Diam felis ipsum lobortis volutpat dolor dolore aliquet adipiscing, nisi proin at ac et, felis nonummy erat, mi mauris, feugiat ut non dolor congue ullamcorper turpis ut sem, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante eget dolor tincidunt tellus, sit ut tellus, sit lobortis, volutpat sed nibh, id ipsum, laoreet, id ipsum ante mauris dolor nunc molestie feugiat ut sem. Nonummy erat mi felis tempus proin consectetur ac diam consectetur congue non, dolor laoreet id ipsum massa molestie aliquam proin at sed, laoreet id, tempus ante, molestie. Feugiat tincidunt, volutpat pulvinar tincidunt euismod, pulvinar nunc molestie ipsum massa eget dolor, tincidunt ullamcorper pulvinar nunc tellus tempus ante at ac, et felis erat, ante mauris. Lorem lobortis non pharetra dolore aliquet sit, nisi sem consectetur congue ullamcorper amet congue diam nonummy dolore aliquet, turpis nisi sem consectetur magna diam nonummy congue ullamcorper. Pulvinar nunc tellus sit ut non consectetur ac diam elit erat proin adipiscing felis ipsum ante felis lorem nibh eget lorem nibh eget sed mi felis ipsum. Lobortis non nonummy aliquam proin adipiscing aliquam proin consectetur ac diam consectetur magna tempus massa molestie, feugiat lobortis volutpat pharetra tincidunt tellus pulvinar ut sem pharetra magna. Diam nonummy donec praesent adipiscing nisi ipsum ut non pharetra congue euismod pulvinar, nunc tellus turpis nisi sem, consectetur magna et elit donec praesent turpis dolore aliquet. Turpis ac mi, felis erat mi turpis ut diam elit sed laoreet felis tempus ante mauris sed laoreet eget sed mi elit ipsum lobortis non pharetra congue. Ullamcorper adipiscing aliquam proin consectetur ut non dolor tincidunt euismod sit ut, non pharetra, magna et elit donec praesent turpis aliquam sem consectetur magna, diam nonummy magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut, non, dolor congue aliquet turpis nisi sem turpis magna et nonummy erat nibh volutpat sed laoreet felis tempus. Ante tellus sit ut non amet, dolore aliquet adipiscing aliquam, proin consectetur, ac diam elit, tempus ante mauris, lorem laoreet id. Ipsum, massa mauris feugiat lobortis eget, lorem nibh elit donec praesent adipiscing aliquam praesent turpis nisi, sem consectetur magna sem nonummy. Erat ante sit ut tellus feugiat congue ullamcorper pulvinar nunc tellus sit ut tellus sit lobortis volutpat amet dolore aliquet turpis. Dolore aliquet consectetur ac ut diam nonummy congue diam amet dolore tellus sit ut non sit congue non pharetra congue euismod. Pulvinar nisi sem consectetur magna diam nonummy magna diam amet mi molestie sit congue praesent adipiscing aliquam, proin adipiscing ac nibh. Eget ipsum, nunc tellus turpis nisi sem amet, donec praesent turpis nisi sem consectetur magna non adipiscing magna et eget sed. Massa tellus feugiat congue diam amet dolore aliquet turpis dolore proin, turpis magna, et aliquet consectetur magna diam consectetur magna diam. Pharetra dolore proin mauris, ac proin elit, erat, laoreet, molestie sit lobortis molestie, dolor tincidunt volutpat sed laoreet felis, aliquet turpis. Nisi et at erat mi, adipiscing aliquam praesent at, ac, et elit ac et, nonummy donec aliquet amet dolore tellus, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod sit ut non sit congue diam, nonummy donec, praesent. Mauris lorem, et eget donec mi mauris feugiat tincidunt, euismod pulvinar. Tincidunt id pulvinar nisi proin consectetur magna diam amet dolore, ullamcorper. Amet nunc aliquet turpis ut non dolor nunc aliquet, consectetur nisi. Sem, elit pulvinar nunc molestie sit ut, ullamcorper amet, donec, praesent. At ac nibh volutpat, pulvinar nunc, tellus sit lobortis non, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod sit ut non pharetra, magna. Diam nonummy donec praesent adipiscing ac et elit. Donec, praesent felis donec praesent, at ac et. Nonummy erat mi adipiscing tempus ante mauris lorem. Nibh eget ipsum nunc tellus sit ut volutpat. Pharetra ut, sem consectetur donec praesent nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit donec praesent adipiscing aliquam, proin at. Lorem ipsum lobortis volutpat feugiat, lobortis euismod amet. Nunc, tellus turpis aliquam diam elit sed laoreet. Id feugiat lobortis volutpat dolor congue euismod pulvinar. Nunc, sem nibh mauris sed nibh, eget erat. Ante molestie, feugiat lobortis volutpat dolor tincidunt euismod. Pulvinar nisi proin at ac mi elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis, ullamcorper, amet dolore nibh volutpat pharetra, dolore. Aliquet turpis nisi sem consectetur, magna et id tempus erat. Mi mauris lorem nibh eget sed laoreet id, sit, ut. Non pharetra, congue praesent adipiscing aliquam praesent adipiscing aliquam, proin. At erat laoreet, felis sem at ac et nonummy donec. Mi mauris, tempus nibh eget sed, laoreet id ipsum massa. Molestie feugiat congue ullamcorper amet, dolore ullamcorper pulvinar dolore tellus. Aliquam ante mauris, ac diam nonummy magna mi, id ipsum. Ante volutpat pharetra congue ullamcorper amet dolore sem turpis nisi. Diam nonummy donec euismod pulvinar ut, non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut non pharetra magna et felis tempus ante molestie feugiat lobortis non dolor tincidunt volutpat. Dolor dolore tellus sit, ut sem consectetur magna diam, nonummy aliquam, proin at lorem nibh eget. Sed nonummy magna ullamcorper amet, dolore aliquet turpis magna diam consectetur nunc aliquam lobortis praesent id. At at pharetra tempus nisi mi tellus at sed, nisi pulvinar nunc tellus sit lobortis non. Amet donec praesent, at aliquam et consectetur magna diam nonummy dolore, aliquet turpis, aliquam sem volutpat. Dolor tincidunt molestie sit lobortis volutpat dolor tincidunt euismod amet ut, non sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et felis feugiat congue ullamcorper amet aliquam. Ante eget, sed dolore ullamcorper amet nisi sem. At ac diam elit donec praesent, adipiscing aliquam. Proin consectetur nisi dolor tincidunt tellus sit aliquam. Proin at erat et nonummy donec praesent adipiscing. Ac nibh elit sed laoreet felis, tempus ante. Mauris lorem ante ut sem consectetur congue diam. Nonummy aliquam proin at ac et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, laoreet, euismod turpis nisi diam adipiscing dolore aliquet turpis ac laoreet tellus feugiat lobortis molestie feugiat lobortis euismod. Pulvinar dolore aliquet, turpis nisi sem consectetur magna ullamcorper pharetra dolore mi molestie tempus proin at aliquam proin at. Magna sem consectetur congue ullamcorper pulvinar nunc euismod, ipsum nunc molestie feugiat nibh eget, lorem nibh mauris lorem et. Eget sed laoreet id tempus massa molestie feugiat lobortis volutpat, sed nibh eget erat praesent adipiscing aliquam aliquet turpis. Aliquam feugiat tincidunt euismod dolor laoreet molestie, feugiat ante, felis aliquam proin at ac diam consectetur, magna diam amet. Nunc, tellus sit ut tellus sit lobortis volutpat feugiat volutpat feugiat et at erat et elit donec praesent nonummy. Dolore proin at ac, et eget erat praesent felis aliquam praesent turpis nisi sem pharetra lobortis, volutpat molestie feugiat. Lobortis eget, sed laoreet felis erat mi adipiscing, aliquam ante mauris ac et at donec praesent amet, congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget erat, mi elit erat ante, mauris tempus proin adipiscing magna non dolor, laoreet id sed laoreet elit dolore ullamcorper amet dolore, aliquet turpis nisi non pharetra magna. Diam, adipiscing tempus, ante mauris lorem nibh eget erat euismod pulvinar nunc non, sit ut volutpat feugiat nibh eget erat mi elit erat praesent, turpis aliquam, proin consectetur ac et. Eget sed laoreet adipiscing ipsum massa id ipsum massa, molestie feugiat nibh eget erat diam pharetra dolore ullamcorper amet nisi tellus sit nunc tellus, sit donec praesent adipiscing aliquam, proin. At aliquam proin consectetur congue non, dolor lobortis eget erat et nonummy donec praesent nonummy donec sem turpis ut sem consectetur, magna erat mi id feugiat ante at ac et. Elit erat, mi felis erat mi adipiscing aliquam sem at magna et nonummy magna ullamcorper amet dolore ullamcorper, sit ante mauris lorem nibh elit erat et, elit donec mi adipiscing. Aliquam proin mauris ac et nonummy donec diam nonummy, dolore tellus pulvinar nunc molestie felis donec praesent turpis dolore tellus sit, ut non dolor congue euismod dolor laoreet id tempus. Ante molestie feugiat ut non dolor congue euismod amet nunc molestie nisi proin, at ac, diam, consectetur donec mi, felis tempus ante at ac et elit magna diam nonummy dolore. Ullamcorper sit ut tellus non nonummy donec praesent sit ut tellus feugiat, ut non amet congue ullamcorper turpis nisi sem consectetur nisi diam elit donec aliquet adipiscing nisi aliquet turpis. Nisi nibh id ipsum, massa at lorem et elit ac et elit donec praesent adipiscing aliquam et at erat mi felis ipsum massa mauris tempus ante mauris ac et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem et, id ipsum dolor dolore aliquet adipiscing tempus ante mauris sed laoreet eget ipsum nunc molestie. Lorem lobortis volutpat, dolor congue aliquet turpis dolore aliquet turpis nisi ullamcorper tincidunt tellus sit, ut sem, consectetur. Erat massa molestie feugiat lobortis mauris sed nibh id ipsum laoreet id ipsum massa molestie feugiat lobortis euismod. Amet amet dolore aliquet turpis ut tellus pharetra, ut ullamcorper amet dolore ullamcorper turpis nisi, sem consectetur erat. Mi id ipsum massa molestie dolor dolore aliquet turpis nisi diam nonummy erat praesent adipiscing, aliquam proin at. Lorem laoreet id pulvinar nunc tellus, sit ut non pharetra lobortis, volutpat sed tincidunt euismod, aliquam proin mauris. Lorem et eget sed laoreet, id ipsum lobortis volutpat pharetra congue aliquet turpis nisi, sem, consectetur nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem nonummy erat laoreet molestie feugiat lobortis eget dolor tincidunt ullamcorper pulvinar massa tellus sit nisi, non pharetra dolore sem consectetur magna sem nonummy erat. Mi id lorem nibh eget dolor congue ullamcorper amet dolore aliquet turpis magna ullamcorper amet donec mi id ipsum massa molestie feugiat, lobortis eget sed laoreet, id. Pulvinar ut sem consectetur magna diam nonummy dolore praesent adipiscing nisi sem consectetur magna sem elit at lorem nibh eget sed praesent id tempus massa volutpat dolor. Tincidunt euismod pulvinar nunc molestie sit, ut sem pharetra congue euismod amet molestie pharetra congue ullamcorper amet dolore aliquet turpis nisi sem at ac diam nonummy dolore. Aliquet, adipiscing ac et elit erat laoreet id ipsum massa tellus sit feugiat lobortis volutpat sed laoreet euismod ipsum laoreet id ipsum massa volutpat, dolor tincidunt euismod. Pulvinar nunc tellus pulvinar nunc non, dolor congue ullamcorper pulvinar dolore aliquet ipsum ante mauris lorem tincidunt euismod pulvinar nisi aliquet turpis nisi sem pharetra congue ullamcorper. Pulvinar nunc tellus turpis magna non pharetra dolore aliquet adipiscing, ac et elit erat mi felis tempus ante mauris lorem et volutpat dolor laoreet, id ipsum massa. Molestie sit congue ullamcorper, aliquam et elit sed mi felis tempus ante, molestie feugiat nibh eget sed laoreet euismod pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt. Euismod pulvinar nunc molestie, ac laoreet id sed massa molestie feugiat lobortis non pharetra congue ullamcorper, amet dolore sem turpis magna diam elit erat laoreet molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et felis ipsum ut, non pharetra dolore, feugiat lobortis, volutpat, dolor, nonummy erat laoreet, id feugiat massa, mauris lorem lobortis id sed massa tellus sit, nisi, volutpat dolor tincidunt. Euismod amet nunc tellus pulvinar, nunc tellus sit amet dolore praesent adipiscing aliquam et elit sed, mi felis feugiat lobortis volutpat dolor lobortis volutpat dolor laoreet, euismod pulvinar nunc molestie. Lorem lobortis adipiscing ipsum massa molestie pharetra congue, ullamcorper, pulvinar nunc tellus feugiat nisi sem pharetra congue ullamcorper nonummy donec ante mauris ac et nonummy proin at ac nibh eget. Erat laoreet tellus feugiat lobortis volutpat, dolor tincidunt euismod pulvinar tincidunt tellus, pulvinar nunc tellus sit ut, non nonummy donec aliquet turpis congue non amet dolore, aliquet, turpis nisi, sem. At magna et elit donec diam adipiscing aliquam, praesent, at ac et eget erat mi felis aliquam, ante mauris ac mi id ipsum massa mauris lorem nibh mauris, lorem laoreet. Id pulvinar ut, non consectetur donec praesent adipiscing aliquam aliquet sit ut non pharetra, dolore aliquet turpis nisi sem consectetur magna diam consectetur congue ullamcorper amet nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, pulvinar nunc aliquet sit ut volutpat, pharetra magna ullamcorper pulvinar dolore aliquet turpis nisi diam nonummy magna aliquet at sed laoreet id pulvinar nunc. Aliquet consectetur magna diam nonummy, donec aliquet turpis nisi sem at, magna diam nonummy erat mi tellus sit nisi et at magna, et, elit erat. Ante volutpat, pharetra congue euismod pulvinar nunc tellus turpis ut non consectetur congue ullamcorper dolor laoreet eget sed id feugiat lobortis molestie pharetra congue, aliquet. Turpis aliquam proin consectetur magna diam, nonummy donec praesent, nonummy aliquam proin, adipiscing aliquam sem at aliquet adipiscing aliquam proin consectetur magna, et elit erat. Ante molestie feugiat lobortis volutpat sed nibh eget sed mi felis aliquam aliquet, sit ut tellus feugiat ut euismod pulvinar dolore sem consectetur magna diam. Consectetur donec praesent felis tempus ante at ac, diam consectetur congue, diam amet donec praesent adipiscing aliquam sem at donec mi adipiscing tempus ante at. Ac, mi felis tempus mi molestie lorem ante mauris ac proin elit erat mi turpis aliquam et elit dolor tincidunt euismod sit ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis, volutpat pulvinar nunc tellus feugiat massa. Molestie dolor dolore aliquet turpis aliquam proin elit. Erat mi id tempus ante, felis tempus ante. At ac nibh nonummy donec aliquet turpis aliquam. Proin elit ac mi elit tempus mi, felis. Tempus ante volutpat dolor nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue euismod amet dolore tellus consectetur magna sem consectetur congue aliquet turpis. Nisi proin at lorem nibh, eget erat praesent adipiscing ac proin elit sed. Massa tellus, sit nisi, ullamcorper amet donec praesent, turpis aliquam proin consectetur ac. Nibh id tempus ante tellus sit tincidunt ullamcorper amet dolore aliquet consectetur ac. Et felis erat mi felis aliquam sem mauris, magna et, elit tempus ante. Mauris feugiat lobortis eget sed tincidunt euismod sit lobortis volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac mi felis ipsum ante molestie pharetra, nunc, aliquet adipiscing ac. Et elit, erat mi, id ipsum massa mauris lorem et, volutpat dolor. Tincidunt euismod pulvinar ut non pharetra magna diam eget sed massa molestie. Feugiat congue, et felis aliquam proin at ac et at erat mi. Felis ipsum nunc tellus, feugiat lobortis, volutpat dolor nibh id ipsum massa. Molestie sit nisi sem pharetra, congue, aliquet, turpis, nisi aliquet turpis nisi. Sem consectetur magna ullamcorper pharetra, nunc aliquet, adipiscing dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam proin consectetur magna diam. Nonummy erat ante mauris lorem, laoreet id. Pulvinar dolore sem consectetur ac, et nonummy. Erat ante mauris lorem nibh mauris, lorem. Nibh felis tempus ante, mauris tempus, ante. Eget sed, praesent adipiscing tempus proin at. Ac et elit, erat mi elit tempus. Ante felis tempus ante at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam, proin elit sed massa tellus sit, ut non amet dolore, aliquet adipiscing aliquam ante mauris ac et elit erat, mi, felis sed nibh. Id pulvinar dolore tellus sit congue ullamcorper pharetra congue ullamcorper pulvinar dolore aliquet sit nisi non pharetra magna, diam adipiscing aliquam praesent turpis aliquam proin. At sed massa id ipsum massa molestie pharetra congue ullamcorper turpis nisi sem consectetur magna diam, nonummy donec praesent adipiscing aliquam praesent, turpis aliquam lobortis. Volutpat amet donec praesent adipiscing aliquam aliquet, turpis magna diam, nonummy donec diam nonummy dolore aliquet sit nunc tellus sit ut tellus, consectetur magna diam. Nonummy donec mi felis tempus, nibh volutpat dolor tincidunt, tellus, pulvinar ut, tellus pharetra congue non pharetra congue ullamcorper amet ut non consectetur magna diam. Nonummy erat mi felis tempus ante mauris sed nibh eget sed laoreet felis tempus ante mauris lorem nibh eget sed laoreet id feugiat massa molestie. Ac laoreet id pulvinar ut tellus sit ut volutpat dolor tincidunt id ipsum massa tellus sit ut non pharetra dolore id sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh volutpat pulvinar nunc, aliquet turpis nisi ullamcorper. Nonummy aliquam proin molestie feugiat tincidunt euismod pulvinar nunc. Tellus pulvinar lobortis non consectetur donec praesent, mauris feugiat. Ut ullamcorper nonummy tempus, ante eget magna, diam nonummy. Donec praesent felis tempus et, eget sed mi elit. Tempus massa molestie feugiat nibh volutpat amet dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat ipsum massa molestie feugiat lobortis mauris feugiat lobortis euismod, pulvinar nunc euismod ipsum ante. Tellus pharetra ac et eget sed laoreet id feugiat massa, volutpat feugiat tincidunt euismod dolor nunc tellus. Sit nisi sem consectetur donec praesent adipiscing aliquam praesent diam adipiscing donec praesent turpis nisi aliquet feugiat. Massa volutpat dolor congue, ullamcorper turpis dolore aliquet sit ut non pharetra congue, non pulvinar dolore aliquet. Adipiscing aliquam nibh elit sed laoreet id tempus ante mauris, lorem nibh eget lorem et eget donec. Praesent adipiscing tempus ante, mauris, sed tincidunt id tempus ante molestie dolor lobortis volutpat pulvinar dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, tempus massa tellus, sit ut ullamcorper adipiscing aliquam sem at erat et elit, donec praesent turpis nisi sem turpis magna diam nonummy magna ullamcorper amet donec aliquet turpis ut. Sem consectetur dolore aliquet, turpis aliquam sem consectetur magna et elit ipsum massa volutpat lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper nonummy lorem nibh id. Ipsum nunc molestie feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt euismod ipsum nunc tellus sit nibh mauris lorem nibh id donec aliquet turpis nisi, aliquet, turpis nisi et elit. Erat mi, felis feugiat lobortis volutpat dolor tincidunt tellus, sit nisi non consectetur congue diam nonummy donec, mi molestie feugiat lobortis volutpat pharetra, tincidunt ullamcorper turpis dolore tellus ipsum nunc. Mauris feugiat tincidunt volutpat dolor tincidunt euismod pulvinar nunc, tellus pharetra ut non volutpat dolor, dolore aliquet turpis magna diam nonummy erat, ante mauris, feugiat nibh eget, lorem, laoreet ullamcorper. Sit aliquam proin erat, mi mauris feugiat tincidunt euismod amet dolore tellus turpis ut non pharetra congue ullamcorper, amet dolore aliquet turpis nisi sem at magna diam elit erat mi. Tellus consectetur magna sem consectetur magna praesent adipiscing aliquam nibh eget sed, tincidunt euismod pulvinar nunc non pharetra ut, non pharetra congue ullamcorper ipsum laoreet, id volutpat pulvinar tincidunt, euismod. Sit nisi et elit, magna diam nonummy dolore aliquet turpis nunc non consectetur magna ullamcorper amet dolore aliquet, turpis nisi aliquet consectetur magna nonummy aliquam, proin mauris sed tincidunt aliquet. Turpis ac nibh eget ipsum massa molestie, turpis magna, ullamcorper, pharetra congue aliquet adipiscing aliquam proin at ac et, pulvinar dolore tellus turpis ut non consectetur ac diam elit aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod nonummy, nisi proin, at, sed laoreet id sit nisi sem consectetur. Ac mi felis tempus proin at ac et at ac erat laoreet id ipsum. Massa tellus sit ut ullamcorper nonummy donec aliquet adipiscing aliquam, proin consectetur congue diam. Nonummy donec praesent adipiscing nisi sem pharetra congue diam nonummy dolore aliquet sit ut. Non consectetur congue ullamcorper pharetra tincidunt ullamcorper pulvinar nunc, tellus sit ut, non pharetra. Dolore aliquet, adipiscing tempus diam nonummy donec mi, mauris, feugiat ut non, dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna diam volutpat dolor. Nunc, aliquet sit magna sem nonummy. Donec praesent nonummy donec praesent, adipiscing. Aliquam proin consectetur magna ullamcorper amet. Dolore ullamcorper amet elit tempus lobortis. Non consectetur donec mi mauris lorem. Nibh eget sed tincidunt tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nunc molestie feugiat massa molestie feugiat lobortis volutpat dolor tincidunt. Id ipsum ante, tellus pharetra ut non pharetra tincidunt euismod amet ut. Tellus, feugiat massa sem consectetur magna praesent turpis aliquam ante at ac. Nibh id pulvinar ut non pharetra magna diam, nonummy, aliquam praesent turpis. Nisi, proin at tincidunt ullamcorper amet nunc aliquet turpis, nisi sem pharetra. Congue diam nonummy, aliquam praesent turpis ut sem pharetra congue ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat tincidunt ullamcorper adipiscing donec aliquet. Turpis ac laoreet eget erat mi adipiscing. Aliquam, ante at lorem nibh id pulvinar. Ante, molestie lorem nibh mauris erat laoreet. Diam id feugiat lobortis volutpat feugiat lobortis. Eget pulvinar dolore aliquet, turpis ut non. Pharetra magna diam amet lorem nibh eget. Ipsum massa molestie, feugiat massa, mauris lorem. Ante mauris ac et elit erat mi. Molestie feugiat ut, ullamcorper nonummy donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, sit ut volutpat pharetra magna diam turpis nisi sem at ac et eget sed laoreet id amet dolore praesent adipiscing ac proin eget sed mi felis tempus ante. Molestie feugiat nibh volutpat dolor laoreet id pulvinar ut non pharetra magna diam, nonummy nisi et elit erat, mi id, ipsum, massa molestie feugiat lobortis volutpat pulvinar nunc tellus. Sit lorem nibh eget sed mi id feugiat ut non, turpis, nisi sem at erat laoreet felis tempus ante mauris feugiat, nibh volutpat pulvinar nunc, aliquet turpis nisi sem. At donec praesent felis, id, ipsum lobortis non consectetur congue aliquet turpis nisi aliquet turpis nisi sem pharetra congue non amet dolore aliquet turpis nisi sem elit sed laoreet. Felis ipsum nunc tellus sit ut volutpat dolor tincidunt ullamcorper pulvinar nunc tellus pulvinar ut sem consectetur magna, diam nonummy dolore, euismod amet dolore non consectetur magna et tempus. Ante molestie dolor tincidunt euismod amet dolore aliquet turpis ut non, pharetra, magna diam amet congue, ullamcorper, amet nisi id feugiat massa molestie dolor congue, euismod amet dolore aliquet. Turpis nisi diam nonummy donec praesent adipiscing aliquam proin adipiscing aliquam proin, consectetur, congue et elit, donec tellus turpis nisi sem, nonummy donec diam adipiscing aliquam ante at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nisi sem at erat mi id pulvinar ut non pharetra magna, ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam nonummy dolore aliquet. Sit ut, non consectetur dolore aliquet amet nisi, aliquet turpis, nisi sem, sit congue non, pharetra, dolore praesent at lorem nibh eget sed, massa molestie. Nonummy tempus ante, mauris lorem nibh eget sed nibh, eget erat praesent adipiscing, donec proin adipiscing aliquam proin elit sed laoreet molestie sit, lobortis non. Amet dolore congue diam turpis nisi, proin, at magna, et elit donec praesent adipiscing aliquam proin, at ac et eget, sed laoreet id sit ut. Ante eget erat laoreet id pulvinar nunc molestie feugiat nibh, mauris lorem et elit, erat praesent, adipiscing donec ante at ac proin consectetur nisi ullamcorper. Nonummy at, sed tincidunt euismod sit, ut non pharetra congue ullamcorper amet congue euismod ipsum nunc molestie, sit ut non pharetra tincidunt euismod dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus pulvinar ut tellus sit lobortis volutpat dolor, laoreet ullamcorper amet nisi aliquet consectetur congue ullamcorper amet, dolore sem consectetur ac nibh, eget sed laoreet id. Lorem lobortis, non, dolor tincidunt massa tellus, turpis, nisi sem consectetur donec, proin at, lorem laoreet id ipsum laoreet molestie, ipsum, lobortis, volutpat, feugiat lobortis eget ipsum laoreet. Id ipsum massa molestie feugiat ante mauris, lorem laoreet id ipsum magna mi felis tempus massa volutpat pharetra congue aliquet adipiscing ac et, elit ac et elit erat. Praesent adipiscing tempus, tincidunt mi tellus euismod at dolor congue praesent molestie pharetra erat lobortis non amet erat lobortis, et tellus eget amet tempus ut mi felis lorem. Lobortis ullamcorper pharetra congue ullamcorper aliquet at ac et eget sed mi, id tempus nunc non pharetra magna euismod pulvinar dolore aliquet turpis, ut sem at magna diam. Nonummy dolore aliquet turpis feugiat ut sem consectetur magna praesent turpis nisi aliquet consectetur, magna laoreet id sed mi felis aliquam proin at, turpis magna sem amet dolore. Aliquet turpis dolore tellus sit ut non pharetra magna praesent nonummy donec proin adipiscing nisi sem consectetur congue ullamcorper amet donec praesent massa volutpat dolor tincidunt euismod pulvinar. Nunc, tellus, sit magna diam pharetra magna diam nonummy dolore aliquet amet ut non pharetra congue diam amet donec ullamcorper turpis ut volutpat feugiat nibh eget, sed nibh. Id ipsum nunc molestie feugiat lobortis eget sed nibh eget erat laoreet molestie ipsum ante molestie feugiat, lobortis volutpat pulvinar ante mauris lorem ante adipiscing magna diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet, amet erat praesent felis tempus. Ante, volutpat pulvinar dolore sem consectetur ac. Et elit erat mi id ipsum massa. Mauris sed nibh eget erat lorem lobortis. Volutpat dolor nunc tellus sit ut non. Consectetur magna diam amet dolore aliquet turpis. Aliquam et elit erat mi id feugiat. Ut euismod amet nunc aliquet sit nisi. Diam nonummy, erat ante felis tempus nibh. Eget pharetra dolore, aliquet adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris lorem nibh volutpat, dolor, nunc tellus, turpis ut non pharetra congue non amet aliquam proin adipiscing aliquam sem consectetur, ac tempus nibh. Mauris sed tincidunt id pulvinar, ut non pharetra congue diam amet dolore praesent adipiscing aliquam proin elit, erat laoreet id ipsum massa volutpat, euismod. Amet, nisi proin consectetur magna, diam elit erat laoreet mauris tempus ante mauris, lorem laoreet id pulvinar, nisi aliquet consectetur, magna diam nonummy donec. Mi et felis erat ante felis lorem nibh volutpat sed tincidunt id pulvinar massa molestie, feugiat lobortis volutpat pharetra congue ullamcorper pulvinar nunc aliquet. Lobortis euismod pulvinar nunc aliquet, sit nisi proin elit erat mi felis aliquam proin turpis nisi sem consectetur erat diam nonummy donec praesent adipiscing. Aliquam proin at, ut ullamcorper amet nunc euismod ipsum nunc molestie ipsum lobortis volutpat feugiat nibh eget erat mi, elit donec praesent adipiscing tempus. Ante volutpat pulvinar nunc tellus, sit sed laoreet felis feugiat, lobortis non pharetra congue, aliquet turpis dolore aliquet sit ut non pharetra congue, euismod. Amet mi mauris, feugiat ut ullamcorper amet congue ullamcorper turpis nisi proin consectetur magna, ullamcorper nonummy donec aliquet pulvinar, nunc aliquet turpis, nisi sem. Pharetra congue ullamcorper amet laoreet, molestie sit congue ullamcorper dolor laoreet id pulvinar nunc tellus sit ut volutpat feugiat tincidunt euismod, dolor, nunc euismod. Pulvinar nunc tellus sit lobortis volutpat pulvinar praesent adipiscing tempus proin at lorem proin elit erat, et felis tempus ante felis tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam proin mauris sed laoreet euismod sit, nisi non consectetur magna et, nonummy donec praesent adipiscing aliquam ipsum nunc non pharetra congue non pharetra. Nunc aliquet sit ut tellus sit lobortis volutpat feugiat lobortis, euismod ipsum massa id tempus ante mauris sem nonummy erat mi felis tempus nibh eget. Dolor tincidunt ullamcorper amet dolore non, consectetur magna ullamcorper amet congue ullamcorper amet dolore tellus sit nunc non pharetra feugiat lobortis eget sed laoreet euismod. Pulvinar ut non at ac diam nonummy donec ante mauris feugiat lobortis eget dolor tincidunt euismod pulvinar praesent at lorem nibh, id pulvinar massa tellus. Feugiat ut ullamcorper amet dolore praesent at, ac et elit erat et felis ipsum massa mauris tempus nibh mauris congue praesent nonummy aliquam massa mauris. Lorem nibh, eget erat mi id ipsum ante molestie lorem lobortis volutpat dolor tincidunt euismod ipsum nunc molestie sit, ut, non erat laoreet id feugiat. Massa volutpat, dolor, tincidunt ullamcorper turpis aliquam proin consectetur ac, et nonummy erat praesent adipiscing donec molestie lorem lobortis non, dolor, laoreet id, ipsum laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat ante ipsum massa molestie feugiat, ut euismod, dolor nunc aliquet sit ut non pharetra congue diam nonummy, donec praesent adipiscing aliquam sem. Consectetur erat dolor congue ullamcorper, amet, nunc praesent at lorem laoreet euismod, pulvinar nunc non, consectetur congue diam nonummy dolore aliquet amet nisi aliquet consectetur. Magna et tincidunt tellus sit ut non, sit congue ullamcorper pharetra dolore ullamcorper amet dolore, tellus, sit magna et elit erat mi felis tempus ante. Mauris lorem ac, nibh id ipsum laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa id feugiat massa molestie feugiat nibh eget sed mi. Elit erat aliquet at aliquam nibh eget sed mi felis ipsum massa volutpat feugiat nibh eget sed, mi id ipsum ante felis aliquam proin at. Ac et elit donec tellus turpis nisi non consectetur ac et elit donec praesent, adipiscing aliquam proin at ac mi felis, ipsum nunc, non pharetra. Congue praesent adipiscing donec ante at ac et elit erat ante at ac, nibh, eget amet dolore aliquet sit ut non, pharetra congue euismod dolor. Nunc, molestie feugiat lobortis volutpat, dolor tincidunt ullamcorper amet nunc tellus ipsum, ante mauris, feugiat lobortis volutpat dolor tincidunt euismod ipsum ut, non pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis feugiat ut non pharetra tincidunt euismod amet dolore aliquet consectetur magna dolore praesent adipiscing ac diam, elit donec praesent nonummy donec praesent turpis nisi, sem. Consectetur congue ullamcorper amet dolore ullamcorper turpis dolore proin consectetur nisi sem consectetur donec praesent, felis ipsum massa molestie sed, laoreet eget erat laoreet felis, tempus mi. Mauris tempus sem, at ac mi felis erat ante felis nisi proin elit sed massa tellus feugiat lobortis non pharetra donec praesent turpis aliquam proin at erat. Laoreet id ipsum nunc molestie feugiat congue ullamcorper amet donec praesent adipiscing lorem et id ipsum nunc tellus sit, ut non pharetra congue euismod pulvinar nunc tellus. Pulvinar ut non pharetra congue non ipsum nunc tellus ipsum lobortis molestie dolor tincidunt euismod pulvinar tincidunt tellus sit lobortis non pharetra congue euismod pulvinar nunc tellus. Pulvinar ut non consectetur congue ullamcorper erat mi id tempus lobortis volutpat dolor lobortis volutpat amet aliquam proin, at ac et elit erat mi nonummy aliquam tellus. Pharetra congue diam nonummy dolore aliquet amet dolore, tellus turpis nisi sem consectetur magna, ullamcorper, nonummy aliquam proin at ac et, elit erat praesent adipiscing tempus laoreet. Tellus, pharetra, congue diam elit erat mi, felis lorem ante mauris sed tincidunt euismod, ipsum massa mauris, lorem nibh mauris lorem nibh elit sed mi ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing tempus nibh eget lorem nibh, eget ipsum laoreet tellus pharetra magna et elit erat praesent at ac et at erat mi felis ipsum ante mauris lorem nibh. Eget sed, nibh id ipsum ante molestie, lorem laoreet eget ipsum laoreet id tempus massa molestie, dolor congue euismod dolor tincidunt euismod pulvinar nunc molestie lorem ante eget, lorem. Nibh nonummy donec aliquet adipiscing aliquam proin turpis nisi, sem consectetur dolore aliquet turpis, nisi sem, turpis nisi sem pharetra congue non amet dolore molestie feugiat ut non amet. Dolore aliquet amet nunc tellus feugiat, ante felis tempus proin mauris lorem nibh elit erat, mi felis lorem ante at lorem et amet aliquam praesent at aliquam et elit. Erat tincidunt euismod, pulvinar nunc, volutpat pharetra tincidunt euismod dolor tincidunt eget sed, massa molestie feugiat ut volutpat dolor laoreet, felis ipsum massa mauris lorem nibh eget erat, mi. Id tempus ante mauris lorem nibh, volutpat, dolor tincidunt tellus pulvinar ut sem elit ac et nonummy erat massa molestie, feugiat massa mauris lorem lobortis eget sed nibh id. Pulvinar nisi sem consectetur magna diam nonummy donec magna diam nonummy, erat, mi felis aliquam proin at magna et elit erat praesent adipiscing lorem nibh mauris sed laoreet id. Ipsum nunc molestie feugiat lobortis volutpat feugiat tincidunt aliquet adipiscing nisi proin consectetur ac et nonummy donec diam adipiscing donec aliquet turpis nisi non sit ut ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet at magna diam consectetur donec praesent adipiscing donec, proin mauris ac et molestie sit ut ullamcorper, amet dolore. Praesent adipiscing aliquam, proin at, ac et elit erat mi felis aliquam proin turpis, nisi sem at ac diam ipsum. Laoreet, molestie feugiat ut, non consectetur dolore ante molestie dolor congue euismod pulvinar dolore tellus sit ut tellus feugiat lobortis. Volutpat sed, tincidunt ullamcorper ipsum massa molestie feugiat nibh volutpat dolor mi elit, erat praesent adipiscing donec proin at ac. Nibh id ipsum massa tellus, feugiat, massa consectetur congue ullamcorper amet dolore ullamcorper turpis nisi aliquet turpis ut non dolor. Magna praesent adipiscing aliquam proin at aliquam et eget sed laoreet felis ipsum massa tellus sit lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante molestie feugiat ut non. Amet ullamcorper amet dolore, aliquet turpis nisi. Diam elit, erat mi felis aliquam, ante. Eget dolor tincidunt euismod pulvinar massa molestie. Feugiat lobortis non amet donec ipsum massa. Molestie feugiat, nibh eget dolor nunc euismod. Sit, ut sem elit donec mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ut sem, consectetur erat mi felis tempus ante felis aliquam. Ante elit dolor dolore sem turpis, magna sem consectetur magna mi. Felis tempus proin elit ipsum massa, id ipsum massa molestie lorem. Nibh volutpat amet nisi sem, consectetur magna et, elit sed nunc. Molestie sit ut non dolor tincidunt nonummy erat proin adipiscing nisi. Proin elit ac mi felis tempus mi mauris lorem, nibh eget. Sed tincidunt aliquet at lorem nibh id ipsum massa molestie sit. Et eget pulvinar nunc tellus pulvinar lobortis volutpat dolor lobortis volutpat. Dolor donec praesent turpis, nisi proin nonummy donec praesent nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat mi felis tempus proin mauris sed laoreet eget sed ante. Mauris lorem lobortis volutpat id ipsum ante molestie lorem lobortis eget ipsum laoreet. Aliquet turpis volutpat dolor tincidunt euismod pulvinar nunc proin at ac mi felis. Erat massa dolor magna praesent adipiscing aliquam, praesent adipiscing aliquam proin nonummy magna. Praesent felis, aliquam ante at ac proin at magna diam, amet, dolore ullamcorper. Pulvinar, non consectetur magna diam nonummy donec praesent adipiscing aliquam proin elit erat. Mi id, ipsum ante, mauris lorem nibh elit erat mi elit sit nunc. Sem elit erat, mi, felis, tempus proin at ac sem consectetur magna ullamcorper. Amet dolore praesent adipiscing aliquam ante at ac diam nonummy donec praesent turpis. Aliquam et elit erat mi tellus ipsum lobortis volutpat dolor tincidunt volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nisi non consectetur donec praesent adipiscing aliquam proin mauris lorem nibh elit ac diam amet dolore praesent at ac proin elit erat laoreet felis, tempus, congue. Diam nonummy aliquam proin, adipiscing lorem nibh eget sed laoreet, id aliquam proin at ac nibh eget erat mi felis erat mi adipiscing magna nibh, id ipsum. Laoreet id pharetra ut ullamcorper amet dolore aliquet turpis, nisi sem at ac, et felis tempus ante mauris tempus, ante mauris, lorem laoreet ac nibh id ipsum. Nunc tellus sit ut non dolor lobortis volutpat sed mi felis erat mi mauris lorem nibh eget dolor tincidunt congue diam, adipiscing tempus ante at, ac proin. Elit ipsum nunc tellus sit, lobortis non pharetra tincidunt euismod pulvinar laoreet id ipsum massa molestie lorem lobortis volutpat, ullamcorper pharetra tincidunt ullamcorper turpis dolore tellus sit. Nisi diam nonummy donec praesent adipiscing aliquam proin at lorem nibh eget erat laoreet molestie sit lobortis volutpat sed massa, molestie feugiat lobortis non pharetra tincidunt ullamcorper. Turpis tempus nibh mauris lorem laoreet eget ipsum massa molestie, feugiat sem at, ac mi molestie, feugiat, ut, ullamcorper pharetra congue, ullamcorper amet, dolore aliquet turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pulvinar nunc tellus sit lobortis volutpat dolor congue, ullamcorper amet dolore tellus sit ut volutpat dolor eget pulvinar donec aliquet sit magna diam elit, tempus ante molestie, feugiat. Lobortis volutpat pulvinar nunc, proin, at lorem nibh eget tempus massa molestie lorem nibh eget dolor tincidunt euismod praesent mauris lorem proin elit ac, et felis erat mi felis. Tempus proin mauris ac et eget erat mi felis ipsum massa volutpat sed laoreet id pulvinar, dolore aliquet amet, nisi aliquet turpis nisi sem nonummy erat praesent adipiscing aliquam. Proin, mauris sed nunc euismod pulvinar, nunc tellus pharetra non pharetra dolore ullamcorper amet, nunc tellus sit ut, sem pharetra congue, euismod, pulvinar, dolore praesent, at nisi non consectetur. Magna diam nonummy dolore aliquet turpis nisi pharetra congue euismod pulvinar dolore tellus pulvinar nunc mauris lorem ante eget lorem et elit erat praesent nonummy dolore aliquet turpis aliquam. Proin eget erat laoreet id aliquam proin at ac nibh elit erat mi tellus feugiat lobortis volutpat dolor tincidunt ullamcorper amet nunc sem turpis nisi aliquet adipiscing aliquam sem. Consectetur magna diam nonummy donec, diam nonummy aliquam proin adipiscing aliquam proin, at ac mi felis tempus proin, mauris ac et at ac ullamcorper nonummy nisi sem consectetur magna. Diam elit, donec, diam, adipiscing aliquam proin at aliquam proin at ac et elit erat, praesent, adipiscing tempus ante elit erat diam felis aliquam proin mauris lorem et, elit. Erat laoreet id feugiat lobortis volutpat feugiat lobortis volutpat dolor nunc, tellus feugiat, lobortis volutpat, dolor tincidunt euismod euismod amet dolore praesent, turpis ac et, elit erat mi elit. Aliquam ante at ac, et eget sed laoreet id ipsum massa molestie lorem proin at lorem lobortis volutpat dolor tincidunt euismod ipsum nunc molestie feugiat massa mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis aliquam nibh eget lorem et eget sed laoreet felis ipsum massa molestie feugiat, tincidunt ullamcorper, amet dolore tellus donec. Praesent, felis aliquam proin at magna diam consectetur magna ullamcorper nonummy aliquam proin mauris, lorem lobortis id ipsum massa tellus sit. Ut volutpat molestie lorem ante, mauris lorem nibh elit donec praesent nonummy donec praesent adipiscing ac proin at ac et nonummy. Donec praesent turpis dolore tellus turpis magna diam pulvinar nunc aliquet turpis nisi non consectetur magna ullamcorper pharetra dolore praesent adipiscing. Nisi proin at, magna et elit erat mi mauris lorem nibh consectetur donec, mi mauris lorem ante mauris ac et elit. Erat nunc sem at magna, diam nonummy donec ullamcorper amet dolore tellus, sit ut tellus feugiat lorem nibh eget dolor tincidunt. Euismod amet ut non pharetra magna diam amet donec aliquet adipiscing tempus nibh eget sed laoreet, felis tempus mi mauris tempus. Ante pharetra congue non amet, donec aliquet turpis nisi, tellus feugiat ut, sem amet dolore ullamcorper, amet, dolore, aliquet sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit donec, praesent id ipsum ante mauris. Feugiat lobortis eget, ipsum, nonummy, erat mi mauris. Lorem lobortis volutpat, pulvinar, dolore praesent adipiscing aliquam. Sem, at erat mi felis tempus massa molestie. Feugiat lobortis eget sed mi nisi proin consectetur. Ac et eget sed laoreet id ipsum nibh. Eget pharetra congue euismod ipsum massa felis tempus. Ante felis, ac nibh, eget sed tellus, sit. Ut non pulvinar tincidunt tellus pulvinar ut tellus. Sit ut ullamcorper amet, dolore aliquet turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis tempus nibh volutpat dolor nunc euismod sit nisi sem consectetur ac mi, felis aliquam proin at lorem nibh. Volutpat sit magna diam elit donec praesent adipiscing aliquam praesent adipiscing, lorem nibh eget erat mi felis, tempus ante at. Lorem, lobortis, ullamcorper, amet nunc mi id pulvinar nunc tellus feugiat ut volutpat pulvinar tincidunt tellus sit, ut sem consectetur. Magna et elit tempus massa volutpat feugiat lobortis volutpat sed tincidunt tellus magna diam amet dolore aliquet adipiscing aliquam proin. At ac diam nonummy dolore aliquet turpis dolore aliquet turpis nisi sem consectetur magna diam, pulvinar nunc, tellus pharetra congue. Ullamcorper nonummy aliquam proin adipiscing aliquam proin at erat et felis tempus ante mauris lorem nibh eget erat laoreet id. Pulvinar nunc, at ac et eget sed, laoreet id ipsum massa molestie feugiat lobortis volutpat ipsum laoreet molestie feugiat ut. Non pharetra congue ullamcorper amet donec sem turpis nisi mauris sed laoreet id ipsum massa id ipsum ante mauris, dolor. Tincidunt euismod pulvinar nunc tellus sit, ut non lorem nibh eget ipsum massa molestie sit congue ullamcorper amet dolore ullamcorper. Amet dolore sem turpis nisi diam consectetur dolore ullamcorper amet nisi sem, at ac diam sed laoreet eget erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem lobortis volutpat pulvinar nunc aliquet nunc sem at ac et elit erat ante mauris feugiat ut ullamcorper pharetra congue aliquet turpis nisi proin at magna et elit erat. Mi nunc, tellus sit nunc, tellus sit congue ullamcorper amet congue ullamcorper sit ut, sem consectetur ac et, elit tempus ante felis tempus et eget sed laoreet dolore praesent adipiscing. Nisi sem elit donec mi id ipsum ante mauris lorem et elit erat, massa, molestie feugiat lobortis volutpat dolor, tincidunt ullamcorper, nonummy nunc sem consectetur donec mi felis tempus ante. At feugiat tincidunt id pulvinar nunc tellus feugiat, massa molestie feugiat lobortis euismod pulvinar tincidunt euismod pulvinar proin mauris lorem laoreet id ipsum massa molestie feugiat massa non pharetra dolore. Euismod amet nunc aliquet consectetur magna sem nonummy donec diam adipiscing aliquam ante eget magna diam nonummy dolore aliquet amet dolore sem at ac et elit donec ante mauris lorem. Lobortis euismod dolor tincidunt id pulvinar ut non pharetra congue eget sed laoreet id ipsum ante at aliquam et elit erat mi felis tempus massa volutpat feugiat lobortis volutpat sed. Sed tincidunt ullamcorper, sit nisi non consectetur ac diam nonummy donec aliquet amet dolore aliquet turpis magna sem nonummy erat praesent nonummy aliquam proin adipiscing, ac et mauris lorem nibh. Eget erat et nonummy, donec aliquet turpis dolore aliquet turpis nisi sem nonummy donec praesent adipiscing aliquam praesent at, ac et elit, sed feugiat lobortis id sed laoreet molestie feugiat. Lobortis non, pharetra magna diam nonummy dolore aliquet sit ut sem pharetra congue diam nonummy donec praesent, adipiscing ac et dolore praesent, felis, tempus nibh eget sed tincidunt, tellus turpis. Ut diam nonummy sed massa, id lorem nibh eget, sed congue euismod amet nisi sem consectetur magna aliquet turpis nisi sem, mauris lorem, nibh eget ipsum, ante mauris, lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur ac et elit erat mi felis tempus ante mauris ac et elit erat mi mauris lorem ante mauris lorem nunc. Tellus sit congue non pharetra tincidunt volutpat dolor, laoreet felis tempus ante molestie lorem lobortis euismod dolor, tincidunt id ipsum nunc, non. Pharetra nibh elit erat mi, elit, erat mi, felis, ac proin elit erat et felis tempus ante felis tempus ante mauris ac. Et eget ipsum laoreet id tempus erat proin molestie ac, et elit sed mi id pulvinar nunc molestie lorem lobortis volutpat pulvinar. Dolore ante eget, sed laoreet id pulvinar aliquam proin elit erat mi felis, tempus massa volutpat pharetra magna praesent turpis, pharetra dolore. Aliquet adipiscing ac proin at ac mi, elit erat, mi mauris euismod sit ut non consectetur magna diam adipiscing, tempus lobortis volutpat. Feugiat tincidunt euismod turpis dolore sem consectetur ac, diam elit ipsum massa mauris tempus nibh sed laoreet id, ipsum lobortis non pharetra. Donec proin molestie feugiat nibh, eget sed laoreet id, tempus ante mauris pharetra, laoreet id pulvinar massa molestie sit ut non amet. Donec proin adipiscing aliquam proin at ac et elit tempus ante felis lorem ante at lorem laoreet id tempus lobortis eget dolor. Laoreet id amet nisi aliquet sit ut non dolor, lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus dolor lobortis volutpat sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, aliquet, turpis aliquam proin at ac et nonummy magna praesent adipiscing non pharetra congue ullamcorper, amet donec aliquet at ac, et id, sed. Nunc tellus sit ut non, pharetra, congue ullamcorper amet dolore aliquet consectetur nisi diam adipiscing tempus ante eget sed ut non pharetra congue ullamcorper. Turpis nisi proin at magna diam nonummy, donec praesent adipiscing aliquam, proin mauris ac ac et molestie sit congue ullamcorper, nonummy donec praesent turpis. Aliquam nibh eget sed mi elit, erat praesent felis aliquam proin adipiscing aliquam eget ipsum, nunc, aliquet sit ut, sem amet dolore aliquet turpis. Nisi sem at ac nibh eget ipsum massa mauris lorem ante eget sed tincidunt, euismod amet volutpat dolor, tincidunt euismod pulvinar nunc tellus sit. Ut non consectetur magna diam adipiscing donec praesent adipiscing ac, proin elit ac diam nonummy aliquam praesent, adipiscing ac diam nonummy erat mi felis. Tempus lobortis volutpat pulvinar nunc euismod pulvinar nunc tellus feugiat, lobortis volutpat pharetra dolore aliquet ipsum lobortis volutpat feugiat tincidunt euismod dolor nunc aliquet. Consectetur magna nibh elit donec mi felis aliquam proin at aliquam nibh id ipsum nunc tellus feugiat nibh, eget sed laoreet id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget sed massa molestie non at ac et nonummy congue. Aliquet adipiscing aliquam sem consectetur nisi diam nonummy donec mi felis tempus. Lobortis ullamcorper nonummy dolore ullamcorper sit lobortis volutpat dolor tincidunt euismod pulvinar. Tincidunt tellus sit lobortis molestie dolor lobortis euismod pulvinar nunc aliquet sit. Nisi, sem consectetur congue diam amet dolore diam felis, tempus ante molestie. Feugiat tincidunt euismod amet nisi aliquet consectetur nisi et eget, ipsum massa. Molestie, sit ut ullamcorper nonummy pharetra congue ullamcorper nonummy donec aliquet turpis. Aliquam proin at lorem mi felis tempus mi felis aliquam praesent adipiscing. Aliquam proin at donec praesent adipiscing aliquam praesent ac mi elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris ac et nonummy erat mi felis lorem lobortis volutpat pharetra dolore sem consectetur ac. Et elit tempus mi felis aliquam proin mauris lorem nibh id pulvinar nunc non sit ut. Ullamcorper amet, dolore aliquet adipiscing ut non pharetra congue ullamcorper turpis nisi proin, at ac mi. Elit tempus massa molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar massa molestie aliquet turpis, nisi. Sem elit tempus mi, felis tempus ante mauris ac nibh, eget sed laoreet molestie lorem nibh. Eget sed nibh eget ipsum massa, mauris lorem lobortis eget sed mi id ipsum massa molestie. Feugiat ut ullamcorper nonummy donec praesent, turpis ac, proin at erat et elit, donec proin sit. Ut sem consectetur congue ullamcorper amet nunc tellus turpis, ut non sit ut non amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris, lorem nibh elit erat mi felis tempus, ante mauris tempus nibh eget sed laoreet. Euismod ipsum nunc, non, consectetur magna diam sem eget sed laoreet id feugiat, lobortis volutpat dolor. Tincidunt ullamcorper amet aliquam praesent mauris ac et elit erat mi felis tempus proin at ac. Pharetra congue aliquet turpis, dolore euismod pulvinar nunc mauris feugiat, lobortis euismod dolor nunc tellus turpis. Nisi sem eget, ipsum massa molestie sit ut non pharetra mi felis ipsum massa volutpat dolor. Tincidunt ullamcorper pulvinar tincidunt euismod pulvinar ut, non sit lobortis, non, pharetra congue euismod ipsum massa. Id, feugiat et elit erat laoreet felis ipsum ante adipiscing aliquam ante mauris lorem et eget. Ipsum massa, molestie feugiat lobortis volutpat, lorem, nibh eget erat et nonummy donec donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt, aliquet turpis aliquam et id ipsum massa molestie, pharetra tincidunt ullamcorper pulvinar, nunc euismod. Sit nisi sem nonummy erat ante molestie feugiat nibh volutpat sed, laoreet euismod ipsum massa molestie. Ipsum massa, molestie feugiat et elit erat ante felis tempus ante, at ac nibh id ipsum. Ante mauris, lorem ante mauris ac et elit erat mi id ipsum ante elit tempus massa. Molestie dolor, congue, euismod pulvinar tincidunt id, pulvinar nunc tellus sit lobortis volutpat dolor tincidunt, id. Pulvinar nunc tellus pharetra adipiscing aliquam proin, consectetur magna, diam nonummy, donec diam nonummy aliquam proin. Mauris, lorem nibh eget sed laoreet, id feugiat massa, volutpat feugiat tincidunt euismod dolor turpis nisi. Proin, at ac diam nonummy erat praesent adipiscing aliquam proin adipiscing nisi sem consectetur magna et. Felis, ipsum, massa molestie, feugiat lobortis volutpat dolor tincidunt, adipiscing, tempus proin, mauris sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed massa molestie pharetra congue, diam tincidunt praesent, mauris dolor tincidunt ullamcorper pulvinar nunc euismod pulvinar massa molestie feugiat ut non, amet dolore aliquet adipiscing, nisi proin at erat. Mi id nisi sem at lorem nibh elit sed mi, mauris feugiat nibh eget sed, laoreet eget sed laoreet id feugiat lobortis volutpat dolor tincidunt ullamcorper amet nunc, tellus pharetra. Congue praesent nonummy donec proin at ac proin at erat, mi, adipiscing tempus, massa, mauris feugiat lobortis, euismod pulvinar tincidunt tellus dolor tincidunt diam nonummy nunc tellus, pulvinar, nunc tellus. Pharetra congue diam adipiscing donec praesent turpis aliquam proin at magna sem amet donec aliquet turpis nisi mi adipiscing aliquam praesent adipiscing magna et eget erat mi felis tempus ante. Mauris lorem nibh eget ipsum massa molestie ipsum massa volutpat, dolor tincidunt euismod amet mauris sed tincidunt euismod pulvinar nunc sem consectetur magna diam adipiscing tempus proin at ac et. At erat mi felis erat ante, ante eget dolor tincidunt, euismod, pulvinar nunc non pharetra magna, ullamcorper nonummy, donec mi mauris lorem nibh eget erat laoreet felis tempus mi felis. Aliquam nibh volutpat sed laoreet id ipsum ante mauris ac sem at magna diam amet congue ullamcorper amet dolore aliquet turpis magna diam nonummy magna ullamcorper pulvinar dolore aliquet sit. Laoreet tellus sit, lobortis volutpat dolor congue ullamcorper amet nisi sem consectetur magna diam elit sed massa tellus feugiat lobortis non dolor tincidunt euismod pulvinar nunc molestie consectetur dolore aliquet. Adipiscing aliquam ante at magna diam, nonummy, magna praesent felis tempus proin, adipiscing, aliquam proin consectetur magna diam nonummy dolore praesent, adipiscing nisi sem nonummy erat mi mauris feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed laoreet non, consectetur erat mi id tempus lobortis volutpat dolor tincidunt. Euismod amet dolore, tellus sit, nunc sem, consectetur magna diam adipiscing aliquam proin elit. Sed massa molestie feugiat lobortis volutpat, dolor lobortis volutpat pulvinar nunc aliquet turpis ut. Sem nonummy donec mi mauris lorem lobortis eget dolor laoreet non nonummy erat ante. Volutpat dolor tincidunt volutpat pulvinar tincidunt euismod ipsum massa mauris, lorem lobortis volutpat dolor. Tincidunt tellus pulvinar molestie, pharetra magna et elit erat ante mauris feugiat nibh eget. Lorem dolore aliquet turpis ut sem nonummy donec praesent nonummy dolore aliquet sit, ut. Amet donec aliquet adipiscing tempus proin elit erat mi elit, erat praesent adipiscing aliquam. Proin volutpat nonummy dolore aliquet turpis, aliquam proin at magna diam nonummy, nonummy erat. Praesent adipiscing tempus proin at ac et elit erat mi felis tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nisi sem consectetur magna diam nonummy donec diam nonummy dolore. Aliquet turpis, magna, diam consectetur donec praesent felis ipsum massa eget ipsum. Massa sem at magna et felis erat mi adipiscing tempus ante, mauris. Lorem laoreet euismod pulvinar, nisi sem consectetur congue volutpat dolor laoreet euismod. Erat ante ac laoreet eget ipsum, massa tellus sit nisi non pharetra. Congue praesent turpis aliquam proin at ac, et elit donec mi adipiscing. Aliquam, proin at nibh eget pulvinar dolore sem ullamcorper turpis aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis lorem dolore praesent at ac et. Elit ipsum, massa tellus, sit magna diam nonummy donec. Praesent felis tempus proin, eget sed laoreet euismod sit. Ut sem pharetra congue ullamcorper amet dolore aliquet sit. Ut diam nonummy donec aliquet adipiscing tempus sem consectetur. Magna, et eget, sed nunc non sit lobortis, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing aliquam proin consectetur magna sem pharetra magna praesent adipiscing tempus. Ante eget lorem laoreet id pharetra magna et elit erat proin at. Lorem et elit erat mi felis erat mi, felis lorem nibh, euismod. Amet donec praesent adipiscing, aliquam volutpat pharetra tincidunt euismod pulvinar nunc aliquet. Turpis nisi et elit erat, ante mauris, feugiat lobortis volutpat dolor, tincidunt. Euismod ipsum massa tellus sit congue ullamcorper at erat laoreet felis tempus. Ante volutpat dolor tincidunt euismod pulvinar, dolore aliquet sit, nunc, tellus sit. Ut non pulvinar nunc euismod pulvinar sem at, ac mi felis erat. Mi felis, lorem lobortis eget dolor tincidunt euismod ipsum massa molestie feugiat. Nibh, eget dolor laoreet eget erat, laoreet id ipsum eget sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat praesent felis tempus ante non, amet congue, tellus at ac mi felis ipsum. Lobortis volutpat pharetra, tincidunt ullamcorper pulvinar, dolore aliquet turpis nisi sem consectetur donec praesent felis tempus. Ante eget sed laoreet eget, aliquet at pharetra congue ullamcorper amet dolore sem consectetur ac nibh. Tellus turpis, nisi non consectetur erat laoreet felis, tempus ante at ac laoreet euismod feugiat lobortis. Sem consectetur donec mi adipiscing tempus ante eget sed et eget sed mi id, tempus nibh. Volutpat dolor, tincidunt, id ipsum diam elit erat ante volutpat dolor lobortis eget, lorem, et eget. Sed massa molestie feugiat lobortis eget dolor tincidunt id ipsum massa felis tempus ante at lorem. Diam elit tempus, ante mauris tempus ante mauris sed laoreet id ipsum massa tellus sit ut. Ullamcorper amet dolore praesent turpis nisi aliquet consectetur magna, sem id, ipsum lobortis volutpat feugiat congue. Ullamcorper amet donec aliquet adipiscing ac sem ut diam elit, erat, ante mauris feugiat volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus massa molestie feugiat lobortis eget sed nibh eget ipsum ut non amet dolore aliquet turpis nisi sem at magna diam elit. Tempus ut non pharetra magna praesent adipiscing aliquam sem at, ac nibh elit erat praesent adipiscing ac et elit sed mi elit donec. Praesent felis tempus et elit, erat mi felis tempus ante mauris, feugiat, lobortis non dolor tincidunt congue aliquet turpis aliquam sem consectetur magna. Diam elit erat ante mauris feugiat lobortis eget sed nibh elit donec praesent nonummy aliquam ante elit sed, mi id ipsum, ante mauris. Lorem lobortis euismod dolor nunc tellus pulvinar nunc volutpat feugiat lobortis volutpat sed laoreet eget erat massa id ipsum ante eget sed massa. Molestie feugiat massa volutpat dolor congue euismod dolor tincidunt euismod ipsum ante, molestie tempus ante eget sed laoreet eget sed laoreet, felis tempus. Massa aliquet, adipiscing aliquam proin at, ac nibh elit tempus praesent adipiscing donec proin at lorem nibh eget sed, mi id ipsum massa. Molestie feugiat nibh eget pharetra, congue diam adipiscing aliquam ante mauris ac, nibh elit sed laoreet molestie ipsum massa eget sed laoreet ac. Et, felis ipsum massa molestie, feugiat lobortis eget sed nibh eget ipsum, massa tellus lorem, lobortis volutpat dolor tincidunt euismod ipsum nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh volutpat nonummy dolore praesent consectetur ac et nonummy erat praesent adipiscing aliquam aliquam proin adipiscing lorem, lobortis volutpat dolor, laoreet euismod ipsum ut non dolor. Congue praesent adipiscing aliquam ante eget, sed tincidunt ullamcorper, sit ut molestie feugiat, lobortis volutpat dolor nunc aliquet consectetur ac laoreet, euismod pulvinar nunc mauris, aliquam ante. Mauris lorem laoreet id ipsum nunc id tempus ante mauris feugiat diam elit donec praesent turpis aliquam ante mauris dolor tincidunt, euismod pulvinar massa mauris feugiat lobortis. Volutpat dolor, tincidunt euismod pulvinar dolore aliquet lorem, lobortis, euismod pulvinar nisi aliquet turpis magna et elit erat ante mauris lorem nibh eget, lorem et at ac. Diam adipiscing aliquam praesent at aliquam proin dolor congue ullamcorper amet dolore aliquet turpis magna diam, consectetur magna mi felis tempus ante mauris lorem et at, ac. Mi, felis tempus ante mauris, lorem lobortis, molestie pharetra congue euismod amet donec praesent at magna sem consectetur donec diam adipiscing aliquam praesent turpis nisi proin aliquet. Turpis aliquam ante eget sed laoreet felis ipsum massa molestie feugiat nibh volutpat dolor laoreet id ipsum massa molestie sit, congue ullamcorper pharetra congue, ullamcorper turpis volutpat. Pharetra congue diam, amet dolore, praesent adipiscing aliquam sem consectetur donec, mi felis ipsum ante molestie, feugiat lobortis, volutpat pulvinar massa tellus feugiat massa volutpat feugiat tempus. Lobortis volutpat dolor nunc tellus pulvinar massa, tellus sit congue, ullamcorper amet dolore aliquet amet nunc tellus sit lobortis non consectetur donec diam adipiscing nisi proin feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa, molestie pharetra dolore praesent at ac diam nonummy. Tempus ante molestie dolor tincidunt volutpat sed tincidunt, euismod sit. Nunc tellus sit ut non dolor congue ullamcorper turpis, dolore. Aliquet at, magna ullamcorper amet dolore aliquet sit nisi sem. Nonummy donec diam adipiscing aliquam praesent adipiscing nisi sem elit. Erat laoreet id feugiat lobortis, volutpat pharetra tincidunt tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nonummy aliquam praesent at ac et at ac et felis tempus proin sem at erat laoreet euismod sit lobortis volutpat dolor. Congue, diam adipiscing aliquam proin mauris lorem et nonummy magna praesent adipiscing aliquam proin at ac tincidunt aliquet turpis aliquam ante, at ac. Et eget erat, ante mauris tempus nibh volutpat dolor laoreet id ipsum laoreet felis tempus proin at ac proin at lorem et felis. Tempus nunc tellus sit ut non pharetra tincidunt ullamcorper pulvinar nunc tellus sit lobortis volutpat dolor tincidunt euismod sed mi, felis tempus proin. Consectetur ac, laoreet id ipsum massa molestie feugiat nibh eget sed nibh eget sed laoreet molestie ipsum massa volutpat dolor, tincidunt ullamcorper tempus. Ante molestie, feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut non pharetra magna diam nonummy dolore ullamcorper amet nisi proin at, erat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, sit magna mi id, feugiat ut ullamcorper nonummy dolore aliquet at aliquam proin, consectetur ac mi adipiscing, lorem lobortis volutpat. Dolor nunc tellus turpis nisi, sem at donec praesent adipiscing aliquam praesent at ac et elit erat tincidunt id feugiat donec. Mi mauris lorem nibh eget sed laoreet eget sed laoreet felis, aliquam massa molestie lorem lobortis eget erat laoreet felis ipsum. Massa, volutpat pharetra congue diam nonummy magna diam amet dolore tellus sit nunc non pharetra congue ullamcorper, nonummy dolore aliquet amet. Nunc aliquet, turpis nisi diam consectetur consectetur magna, diam nonummy, erat praesent adipiscing donec aliquet turpis nisi sem at ac diam. Amet dolore ullamcorper turpis aliquam et elit erat laoreet id, pulvinar ut diam elit sed laoreet molestie feugiat lobortis molestie lorem. Lobortis volutpat ipsum laoreet felis, tempus massa molestie lorem lobortis ullamcorper amet donec aliquet, turpis ut tellus sit, et elit ipsum. Massa non consectetur, magna diam nonummy donec mi mauris lorem nibh eget sed laoreet felis tempus mi pulvinar nunc non pharetra. Ut ullamcorper nonummy congue ullamcorper pulvinar nunc tellus turpis nisi sem consectetur congue aliquet turpis nisi sem consectetur magna diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, tellus pharetra congue diam nonummy erat mi adipiscing aliquam et eget sed nunc tellus sit congue ullamcorper amet dolore tellus pulvinar ut. Non consectetur magna et elit aliquam praesent turpis aliquam proin, at ac diam, nonummy donec diam tempus ante mauris sit lobortis volutpat pharetra. Dolore, aliquet sit nunc non pharetra magna et nonummy erat ante felis tempus et elit ac mi felis sed tincidunt euismod ipsum massa. Mauris feugiat ut non amet, donec aliquet turpis nisi aliquet turpis nisi ullamcorper amet donec aliquet amet feugiat ut ullamcorper amet donec praesent. Adipiscing, aliquam et, elit erat mi id tempus massa mauris lorem, et elit erat mi elit erat ante, mauris tempus ante sit nisi. Sem consectetur erat diam adipiscing aliquam praesent, adipiscing nisi, proin consectetur ac mi elit donec mi felis tempus ante at, ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet euismod pulvinar massa tellus turpis magna diam, nonummy, dolore aliquet turpis dolore, sem consectetur congue ullamcorper amet, dolore tellus sit nunc. Tellus, sit congue ullamcorper amet congue, ullamcorper amet nunc aliquet turpis ut non pharetra magna ullamcorper amet praesent felis lorem lobortis non dolor. Tincidunt, ullamcorper turpis ut non, pharetra ut, ullamcorper nonummy donec mi adipiscing aliquam proin at magna sem consectetur magna praesent sit nisi et. Nonummy erat, mi id ipsum lobortis volutpat feugiat tincidunt, volutpat pulvinar nunc id feugiat lobortis volutpat feugiat nibh volutpat dolor tincidunt tellus pharetra. Magna praesent adipiscing tempus massa mauris, feugiat, lobortis, euismod pulvinar dolore aliquet feugiat ut sem consectetur magna praesent nonummy, nisi proin consectetur, ac. Et volutpat sed, tincidunt ullamcorper amet ut sem pharetra congue, diam elit erat ante felis lorem ante elit sed mi, elit donec praesent. Adipiscing lorem ante mauris laoreet euismod amet dolore sem at magna diam nonummy donec praesent adipiscing tempus ante mauris lorem nibh eget sed. Ante aliquam et eget sed laoreet molestie feugiat massa molestie feugiat lobortis volutpat dolor tincidunt id pulvinar, ut sem dolor tincidunt ullamcorper amet. Nunc aliquet turpis aliquam proin dolor congue ullamcorper pulvinar nunc molestie turpis ut, non dolor tincidunt ullamcorper amet dolore, aliquet sit, ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, massa molestie pharetra magna diam elit donec. Mi mauris lorem lobortis eget dolor tincidunt euismod. Ipsum massa molestie sed tincidunt, euismod sit nunc. Sem at erat et, felis ipsum massa molestie. Feugiat congue, euismod pulvinar nunc, tellus sit ut. Sem felis ipsum praesent turpis nisi proin pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie feugiat nibh eget sed, laoreet id pulvinar, massa non dolor tincidunt. Tellus turpis aliquam proin elit sed laoreet molestie sit congue non amet, dolore aliquet. Turpis aliquam proin consectetur magna diam id ipsum massa molestie adipiscing lorem laoreet id. Pulvinar ut tellus pharetra congue ullamcorper amet, dolore praesent at ac et at ac. Et elit erat mi felis tempus mi id feugiat massa, mauris, ac et at. Erat mi felis ipsum ante mauris tempus proin mauris erat et felis erat ante. Mauris non nonummy donec mi felis aliquam proin adipiscing aliquam proin consectetur nisi sem. Amet donec mi felis aliquam ante mauris lorem et, nonummy erat praesent adipiscing aliquam. Molestie sit ut non, pharetra tincidunt euismod pulvinar massa id ipsum lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sem consectetur sed laoreet id feugiat lobortis volutpat sed laoreet euismod ipsum massa. Id feugiat ut sem nonummy erat praesent felis aliquam ante at magna tellus, sit. Congue diam nonummy dolore, ullamcorper amet nunc aliquet turpis magna et id tempus ante. Molestie feugiat lobortis volutpat dolor nunc tellus sit ut eget pharetra congue ullamcorper amet. Dolore aliquet sit congue non pharetra tincidunt ullamcorper, turpis nisi, sem at magna diam. Consectetur donec praesent nonummy donec ante mauris lorem mi id ipsum, massa molestie ac. Et at erat et elit donec praesent adipiscing nisi proin at, ac diam consectetur. Donec laoreet id diam adipiscing tempus, proin mauris ac et, elit erat mi felis. Tempus massa volutpat feugiat nibh eget, ac nibh eget erat mi felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris lorem nibh eget, dolor tincidunt. Euismod ipsum massa molestie sit tincidunt ullamcorper. Nonummy, et eget sed laoreet id ipsum. Massa molestie dolor tincidunt ullamcorper amet, nisi. Proin at, ac mi elit erat mi. Felis aliquam ante mauris lorem nibh amet. Tempus massa volutpat feugiat tincidunt, euismod dolor. Tincidunt euismod feugiat massa volutpat pharetra, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit congue diam nonummy aliquam ante molestie lorem, nibh eget ipsum mi, elit, erat praesent adipiscing tempus. Proin, at lorem laoreet eget ipsum mi felis ut sem, consectetur ac diam nonummy donec, proin mauris lorem. Nibh volutpat dolor mi felis ipsum massa molestie feugiat tincidunt volutpat dolor tincidunt tellus tempus ante mauris lorem. Nibh id ipsum laoreet molestie ipsum massa molestie feugiat lobortis, volutpat dolor nunc tellus pulvinar massa molestie feugiat. Lobortis non dolor nunc tellus euismod amet nisi sem consectetur magna et elit, ipsum massa molestie feugiat tincidunt. Euismod pulvinar dolore aliquet sit ut tellus feugiat congue, non consectetur, erat mi felis sit lobortis volutpat feugiat. Tincidunt aliquet adipiscing tempus ante mauris ac, et nonummy donec, praesent felis tempus proin mauris lorem laoreet ullamcorper. Molestie feugiat tincidunt euismod adipiscing aliquam ante eget, dolor tincidunt id pulvinar ut sem consectetur magna diam nonummy. Donec proin at lorem laoreet id pulvinar ullamcorper elit tempus ante volutpat feugiat tincidunt volutpat dolor laoreet id. Tempus, ante mauris feugiat, nibh eget sed tincidunt euismod, pulvinar massa tellus, sit ut non amet tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec diam, adipiscing aliquam ante at ac nibh id aliquam ante mauris feugiat nibh eget erat laoreet, id ipsum, massa volutpat dolor, lobortis eget dolor tincidunt euismod sit ut. Non consectetur magna diam nonummy dolore id feugiat ut non pharetra congue ullamcorper amet nunc aliquet, turpis magna diam consectetur magna diam amet donec, praesent turpis nisi sem consectetur magna. Ullamcorper at lorem nibh eget erat tincidunt euismod pulvinar nunc tellus, feugiat, tincidunt euismod pulvinar nunc tellus turpis nisi proin at ac praesent nonummy volutpat dolor nibh eget sed tincidunt. Id ipsum massa volutpat dolor tincidunt volutpat dolor nunc tellus sit ut sem pharetra magna ullamcorper nonummy donec praesent adipiscing felis erat ante mauris lorem nibh eget sed laoreet id. Ipsum nunc non sit ut non pharetra tincidunt ullamcorper, pulvinar dolore sem consectetur erat, mi, felis tempus turpis magna, et felis tempus ante mauris, lorem ante eget lorem laoreet, id. Ipsum nunc molestie feugiat ut ullamcorper nonummy tincidunt euismod pulvinar lobortis volutpat dolor tincidunt volutpat sed tincidunt euismod, sit ut non sit lobortis volutpat pharetra, congue aliquet turpis nisi proin. At, sed massa tellus dolore sem consectetur nisi non pharetra congue euismod pulvinar nunc aliquet sit ut tellus pharetra, congue ullamcorper amet dolore aliquet amet dolore sem consectetur nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, lorem laoreet euismod ipsum, massa molestie, sit lobortis molestie sed massa tellus, sit ut non feugiat tincidunt euismod pulvinar. Nunc tellus turpis nisi sem nonummy magna ullamcorper nonummy donec aliquet turpis nisi sem consectetur magna diam volutpat pharetra, congue. Aliquet adipiscing, aliquam ante eget sed laoreet eget ipsum massa molestie feugiat nibh eget lorem nibh eget sem nonummy erat. Mi molestie volutpat pharetra congue aliquet adipiscing aliquam, proin at ac diam nonummy erat praesent adipiscing aliquam ante mauris sed. Tincidunt euismod pulvinar nunc praesent at ac et eget dolor tincidunt id ipsum massa molestie feugiat lobortis volutpat amet dolore. Aliquet adipiscing magna et elit donec praesent adipiscing donec proin at et, id ipsum ut non pharetra congue ullamcorper pulvinar. Dolore aliquet turpis nisi sem nonummy donec praesent adipiscing tempus ante mauris ac proin at, ac diam nonummy, dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, diam nonummy tempus proin, mauris lorem nibh elit sed massa volutpat pharetra congue ullamcorper amet nisi sem. Consectetur ac mi id, ipsum ante molestie lorem ante at ac et nonummy donec praesent nonummy dolore ullamcorper. Turpis, pharetra congue aliquet adipiscing lorem nibh mauris lorem et nonummy erat mi mauris, lorem nibh eget lorem. Nibh id ipsum massa tellus feugiat, lobortis, volutpat dolor tincidunt euismod pulvinar magna et id pulvinar nunc tellus. Sit ut non pharetra congue ullamcorper turpis ac et eget sed laoreet id nibh volutpat pulvinar tincidunt euismod. Pulvinar nunc non pharetra, congue ullamcorper adipiscing tempus proin at ac et elit erat mi elit erat praesent. At lorem et elit dolor congue ullamcorper nonummy aliquam proin consectetur, ac et nonummy magna ullamcorper nonummy donec. Praesent adipiscing ac nibh eget erat laoreet elit ipsum ante mauris lorem consectetur, ac, et nonummy magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, adipiscing tempus proin mauris ac nibh. Eget ante mauris, feugiat tincidunt euismod pulvinar. Dolore aliquet adipiscing lorem et elit, erat. Mi id ipsum lobortis non dolor tincidunt. Euismod pulvinar nunc tellus feugiat proin mauris. Sed tincidunt, tellus sit ut non pharetra. Congue ullamcorper amet, dolore praesent turpis dolore. Non, consectetur ac mi elit erat mi. Felis magna, mi id, ipsum ut non. Pharetra magna diam nonummy donec proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet felis tempus massa elit erat laoreet, id pulvinar massa, tellus pharetra magna diam nonummy donec praesent adipiscing ac, et elit ac et felis. Ipsum lobortis, non, amet dolore, tincidunt ullamcorper amet dolore aliquet, consectetur magna diam nonummy, erat laoreet molestie, tempus massa molestie dolor laoreet euismod amet nisi. Proin at magna, diam nonummy tincidunt, tellus sit ut non pharetra ut volutpat dolor tincidunt, euismod, pulvinar ut sem consectetur ac mi id ipsum ante. Mauris feugiat lobortis, volutpat consectetur magna ullamcorper nonummy, dolore praesent turpis nisi diam nonummy erat mi felis aliquam praesent, adipiscing aliquam sem turpis nisi non. Pharetra congue aliquet turpis pharetra, congue ullamcorper amet dolore praesent turpis ut sem, pharetra congue ullamcorper amet congue ullamcorper pulvinar massa tellus sit ut sem. Pharetra magna praesent adipiscing aliquam ante ut diam nonummy dolore aliquet adipiscing ac et elit, sed laoreet, felis, erat, massa molestie feugiat nibh elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc tellus pulvinar ut tellus sit congue ullamcorper amet dolore ullamcorper feugiat lobortis non pharetra congue ullamcorper amet dolore aliquet turpis. Ut non pharetra congue ullamcorper amet donec aliquet adipiscing, nisi aliquet pharetra magna ullamcorper erat mi id tempus massa molestie dolor tincidunt ullamcorper pulvinar. Nunc tellus pulvinar ut non consectetur ac, praesent nonummy donec praesent adipiscing ac, et elit ac ac et felis tempus ante molestie, lorem ante. Mauris ac, nibh eget, sed massa molestie feugiat ut non amet dolore aliquet turpis dolore aliquet dolor congue, ullamcorper adipiscing aliquam proin, at ac. Nibh eget sed mi felis aliquam, praesent adipiscing nisi proin at ac diam nonummy dolore praesent adipiscing aliquam proin feugiat tincidunt euismod pulvinar nunc. Tellus sit nunc non pharetra congue ullamcorper amet congue euismod pulvinar nunc molestie feugiat massa mauris feugiat lobortis volutpat sed laoreet eget dolor tincidunt. Euismod pulvinar massa tellus feugiat ut non pharetra congue euismod amet nonummy dolore aliquet amet dolore aliquet turpis nisi, sem sit ut euismod dolor. Nunc aliquet adipiscing aliquam proin consectetur magna diam, nonummy donec praesent, adipiscing nisi proin lobortis eget lorem et id ipsum massa mauris tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet nunc, volutpat feugiat tincidunt euismod dolor tincidunt aliquet sit nisi sem pharetra congue ullamcorper amet nunc tellus turpis nunc molestie feugiat lobortis volutpat dolor congue. Lobortis volutpat pulvinar nunc tellus feugiat massa volutpat dolor tincidunt euismod dolor, tincidunt tellus sit ut, sem nonummy magna ullamcorper nonummy donec praesent at ac volutpat amet. Dolore aliquet, turpis, aliquam proin consectetur magna diam nonummy donec diam nonummy aliquam proin at ac proin elit erat mi id dolore aliquet consectetur magna et felis. Tempus massa felis tempus proin at ac, et id ipsum laoreet molestie, feugiat lobortis eget sed laoreet eget erat laoreet molestie ac lobortis eget sed tincidunt euismod. Pulvinar ut non pharetra congue non pulvinar tincidunt euismod pulvinar massa tellus feugiat lobortis volutpat pharetra dolore aliquet turpis aliquam sem volutpat pharetra, magna ullamcorper amet donec. Aliquet consectetur lorem nibh eget erat mi felis aliquam ante mauris aliquam sem consectetur euismod pulvinar ut non consectetur magna diam adipiscing aliquam praesent turpis nisi sem. Consectetur donec diam nonummy congue euismod pulvinar nunc tellus sit ut non dolor tincidunt elit tempus mi mauris lorem, ante mauris ac et elit erat mi adipiscing. Aliquam ante, mauris lorem nibh volutpat ipsum massa felis ipsum massa molestie feugiat nibh pharetra magna diam adipiscing aliquam proin at, lorem et eget ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing aliquam proin consectetur, magna diam nonummy donec diam felis, tempus, ante volutpat sed laoreet eget ipsum laoreet molestie feugiat. Ut felis tempus ante molestie sit congue ullamcorper nonummy donec, praesent adipiscing ac proin elit erat laoreet id feugiat lobortis molestie feugiat. Lobortis volutpat pulvinar tincidunt tempus ante, eget sed tincidunt euismod, turpis, nisi non sit congue non, dolor tincidunt id ipsum, nunc tellus. Sit nisi non pharetra tincidunt euismod pulvinar nunc felis tempus ante mauris sed tincidunt euismod pulvinar massa molestie ipsum ante mauris feugiat. Tincidunt euismod, pulvinar nunc tellus sit lobortis volutpat pharetra tincidunt eget sed laoreet molestie lorem lobortis eget sed laoreet id pulvinar nunc. Tellus sit ut ullamcorper nonummy donec, aliquet adipiscing tempus proin consectetur magna diam nonummy, congue euismod, sit ut, non, consectetur erat, mi. Felis ipsum massa molestie feugiat lobortis euismod dolor laoreet euismod pulvinar nunc volutpat dolor dolore tellus sit ut tellus sit lobortis, non. Dolor congue, aliquet turpis nisi, proin at erat et elit erat praesent felis lorem, ante at lorem nibh nibh euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet consectetur magna ullamcorper nonummy donec praesent, euismod sit nisi. Sem elit erat mi, nonummy donec proin adipiscing ac et eget. Sed massa molestie feugiat lobortis, non pharetra tincidunt aliquet turpis id. Pulvinar, ut sem consectetur magna praesent nonummy donec praesent adipiscing, aliquam. Proin elit erat massa molestie ipsum lobortis molestie dolor tincidunt euismod. Pulvinar adipiscing lorem nibh eget lorem laoreet id ipsum massa, tellus. Sit congue ullamcorper nonummy donec praesent turpis nisi aliquet sit nisi. Sem nonummy donec tellus turpis nisi sem consectetur magna diam, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod, amet dolore aliquet turpis nisi euismod amet nisi sem, turpis nisi sem consectetur magna. Diam felis tempus ante at ac et elit erat mi elit erat mi, felis aliquam, proin dolor. Congue diam nonummy, dolore aliquet turpis ut, tellus pharetra congue diam amet congue ullamcorper amet dolore aliquet. Consectetur nisi mi, felis erat mi mauris molestie sit congue euismod amet dolore aliquet sit nisi sem. Consectetur ac mi elit, aliquam ante mauris, lorem lobortis eget dolor tincidunt id ipsum ante mauris lorem. Nibh id ipsum laoreet id feugiat lobortis non pharetra tincidunt ullamcorper turpis nisi sem at ac et. Felis ipsum lobortis molestie feugiat ante tellus sit lobortis volutpat pharetra nunc aliquet turpis nisi proin consectetur. Magna et elit erat mi, mauris, lorem et elit ac mi felis tempus ante mauris donec mi. Adipiscing tempus ante at ac et eget sed mi felis tempus lobortis molestie dolor lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra dolore aliquet turpis aliquam proin at ac mi. Felis tempus ante mauris dolor tincidunt volutpat dolor tincidunt, aliquet. Pharetra magna praesent adipiscing aliquam proin, at ac et, at. Ac, et felis erat ante mauris feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar ut, sem ac et eget sed mi. Molestie feugiat lobortis non dolor lobortis id ipsum massa, molestie. Feugiat ut non consectetur magna ullamcorper pulvinar nunc tellus sit. Nisi eget sed tincidunt euismod pulvinar nunc tellus pharetra congue. Non amet, dolore aliquet adipiscing tempus nibh eget erat laoreet. Felis ipsum massa tellus adipiscing tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit nisi sem nonummy, erat. Massa mauris feugiat lobortis id pulvinar. Ut sem elit erat, praesent adipiscing. Aliquam, ante molestie lorem lobortis id. Sed laoreet id tempus ante mauris. Feugiat lobortis volutpat dolor tincidunt euismod. Amet dolore praesent, adipiscing aliquam non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin at aliquam proin eget erat, mi congue diam nonummy aliquam aliquet adipiscing ac et elit sed massa id tempus proin at feugiat, nibh eget sed mi. Felis ipsum massa volutpat dolor id ipsum ut, sem nonummy donec diam nonummy donec praesent adipiscing, aliquam proin elit sed massa id ipsum lobortis molestie dolor, congue ullamcorper amet. Nunc et elit erat mi felis tempus ante adipiscing nisi sem pharetra congue diam nonummy, donec, aliquet amet nisi sem consectetur magna et nonummy erat, ante at ac nibh. Id sit nunc, non consectetur congue ullamcorper amet donec praesent adipiscing, aliquam, proin elit erat et felis tempus massa molestie tempus ante nibh volutpat dolor laoreet eget sed laoreet. Id ipsum lobortis ullamcorper pharetra dolore ullamcorper pulvinar nunc tellus sit nunc tellus pharetra congue ullamcorper pulvinar nunc euismod ipsum proin molestie sed tincidunt euismod, ipsum massa molestie ipsum. Massa molestie feugiat, lobortis eget sed tincidunt tellus sit ut non pharetra magna diam tellus pharetra magna, diam felis erat mi felis lorem, lobortis euismod pulvinar tincidunt, tellus sit. Ut sem consectetur magna diam nonummy dolore praesent, adipiscing aliquam sem consectetur ac nibh eget ipsum, massa molestie ipsum massa molestie lorem, nibh eget lorem, nibh eget erat mi. Adipiscing tempus proin at ac proin lobortis non pharetra congue euismod amet nunc euismod sit ut non dolor magna diam amet aliquam ante adipiscing aliquam sem at donec praesent. Adipiscing tempus massa nisi diam elit tempus massa molestie lorem nibh eget, sed tincidunt id ipsum laoreet mauris lorem nibh volutpat dolor tincidunt euismod amet dolore aliquet consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet donec sem consectetur magna sem, consectetur donec massa mauris ac nibh elit erat laoreet felis tempus mi, felis, feugiat tincidunt. Euismod amet dolore tellus consectetur nisi sem nonummy erat praesent, adipiscing aliquam praesent praesent at lorem et at erat mi id ipsum, massa. Volutpat pharetra, magna ullamcorper amet dolore, aliquet sit ut non pharetra congue ullamcorper pharetra tincidunt elit tempus ante mauris dolor tincidunt praesent turpis. Nisi proin at ac nibh eget tempus ante mauris tempus nibh eget sed laoreet euismod tempus ante mauris ac et eget dolor laoreet. Id sit, ut non consectetur congue euismod, pulvinar nunc euismod ipsum massa molestie feugiat lobortis, eget dolor tincidunt euismod dolor congue ullamcorper amet. Dolore sem, consectetur ac et elit tempus ante mauris lorem lobortis, ullamcorper amet nunc tellus pulvinar ut tellus feugiat ut non dolor at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc molestie sit ut euismod pulvinar nunc euismod pulvinar nunc tellus laoreet. Euismod amet dolore aliquet sit nisi sem pharetra magna praesent adipiscing aliquam proin. At lorem laoreet id ipsum massa id tempus massa volutpat dolor congue id. Tempus ante mauris feugiat tincidunt euismod dolor tincidunt euismod, pulvinar ut non pharetra. Congue ullamcorper amet nunc aliquet turpis nisi proin consectetur ac diam ullamcorper, elit. Erat ante mauris lorem lobortis, eget sed, laoreet, euismod pulvinar massa tellus, sit. Congue ullamcorper pharetra dolore praesent, adipiscing ac, nibh pharetra congue aliquet, turpis nisi. Sem at ac diam elit erat mi adipiscing aliquam proin adipiscing nisi proin. At ac praesent adipiscing tempus ante mauris ac nibh, pharetra magna mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt id pulvinar nunc molestie feugiat ut ullamcorper amet massa aliquet turpis ut volutpat dolor tincidunt ullamcorper amet nunc tellus sit, nisi sem pharetra congue. Ullamcorper, nonummy, donec proin mauris lorem, proin, at magna ullamcorper consectetur ac et nonummy erat praesent felis aliquam sem, consectetur magna, diam elit erat mi adipiscing. Aliquam proin adipiscing ac nibh elit, sed massa lobortis euismod pulvinar tincidunt tellus sit lobortis molestie feugiat lobortis volutpat dolor laoreet id ipsum nunc, molestie feugiat. Lobortis non amet dolore praesent lobortis non pharetra dolore ullamcorper turpis, dolore aliquet turpis ut non pharetra congue ullamcorper amet dolore aliquet, turpis ut sem pharetra. Congue diam elit tempus ante, molestie nisi sem pharetra donec mi felis tempus proin consectetur, magna et eget sed laoreet, felis tempus ante mauris lorem nibh. Elit sed laoreet id ipsum mi felis adipiscing aliquam ante at ac et elit sed mi molestie lorem nibh eget sed nibh eget ipsum massa aliquet. Consectetur congue mi volutpat dolor, tincidunt euismod dolor dolore aliquet sit nisi sem consectetur, ut ullamcorper nonummy dolore, praesent at ac et at ac et elit. Erat ante sit ut non pharetra tincidunt euismod pulvinar nunc tellus sit ut sem at erat mi id ipsum massa molestie lorem et eget sed laoreet. Id pulvinar massa turpis magna et eget ipsum laoreet id ipsum lobortis volutpat sed laoreet, id ipsum massa molestie tempus mi mauris, ac proin, at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin at magna diam nonummy donec praesent adipiscing. Ipsum ut, ullamcorper amet ipsum, ut volutpat pharetra congue. Diam adipiscing tempus ante, at lorem nibh eget sed. Massa, id, ipsum massa volutpat dolor laoreet id ipsum. Nunc aliquet proin at erat mi, elit, erat mi. Mauris sit lobortis eget sed laoreet id erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sem nonummy donec praesent, adipiscing aliquam nibh mauris, lorem nunc tellus sit nisi non consectetur congue diam amet dolore praesent at ac et at. Magna euismod amet nunc tellus sit ut non consectetur congue ullamcorper amet dolore aliquet turpis nisi sem consectetur congue ullamcorper pharetra congue ullamcorper turpis aliquam. Proin pharetra magna, ullamcorper amet dolore aliquet turpis ac et nonummy erat mi felis tempus ante eget sed laoreet euismod pulvinar massa id ipsum massa. Volutpat pharetra aliquet turpis magna diam nonummy donec diam nonummy dolore aliquet turpis ut non consectetur congue diam nonummy erat proin adipiscing, nisi proin, consectetur. Magna euismod pulvinar dolore aliquet turpis magna sem pharetra magna diam, pharetra dolore aliquet turpis aliquam, proin elit, ac et nonummy erat mi mauris lorem. Ante eget feugiat tincidunt volutpat pulvinar nunc, euismod sit ut non pharetra magna ullamcorper amet dolore aliquet amet nisi sem consectetur magna diam elit erat. Praesent mauris feugiat ipsum, massa tellus pharetra magna diam, amet donec, praesent at ac, proin consectetur congue diam elit erat, mi mauris lorem tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, mi tincidunt praesent adipiscing ac, et eget sed laoreet felis dolore aliquet turpis nisi sem turpis. Nisi diam nonummy, magna mi felis lorem ante mauris lorem et elit erat praesent nonummy dolore aliquet. Turpis aliquam non amet congue ullamcorper pulvinar nisi, proin mauris lorem nibh elit tempus massa mauris tempus. Ante mauris lorem laoreet id pulvinar massa, molestie feugiat lobortis euismod dolor, nunc aliquet at lorem mi. Felis, tempus mi felis tempus ante at, lorem nibh eget ipsum nunc non pharetra congue, ullamcorper mauris. Feugiat congue ullamcorper amet dolore sem at lorem nibh eget erat, praesent, adipiscing tempus nibh volutpat dolor. Tincidunt ullamcorper amet, massa molestie sit, ut ullamcorper, amet aliquam proin at ac nibh id, ipsum, massa. Mauris lorem lobortis eget dolor tincidunt aliquet turpis nisi sem consectetur ac diam elit tempus mi felis. Tempus nibh, mauris dolor congue mi adipiscing, aliquam proin mauris lorem nibh at ac mi adipiscing, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie dolor congue diam amet donec praesent turpis, nisi et nonummy donec praesent adipiscing tempus, lobortis non, pharetra, dolore ullamcorper amet dolore sem at. Ac nibh, id sit nunc non, pharetra ut ullamcorper amet dolore aliquet amet nunc tellus pharetra magna diam elit erat praesent felis tempus diam consectetur. Magna diam nonummy dolore aliquet sit nunc tellus sit lobortis volutpat, dolor tincidunt euismod amet, dolore, sem, turpis nisi non pharetra congue ullamcorper amet dolore. Adipiscing tempus ante mauris lorem et, elit erat mi id ipsum, massa volutpat pharetra congue ullamcorper pulvinar dolore aliquet feugiat lobortis volutpat dolor, et elit. Sed nunc tellus sit lobortis non pharetra tincidunt id sed massa molestie ipsum massa molestie lorem nibh eget sed mi id ipsum massa molestie feugiat. Sem consectetur donec praesent adipiscing aliquam proin adipiscing nisi, non sit ut volutpat dolor congue ullamcorper amet nunc aliquet turpis nisi sem consectetur magna diam. Felis sit, donec praesent at ac et elit erat mi felis tempus mi mauris lorem tincidunt volutpat, dolor tincidunt euismod sit ut, at sed laoreet. Euismod pulvinar ut non pharetra ut ullamcorper pharetra congue, euismod pulvinar nunc molestie ipsum lobortis volutpat dolor tincidunt volutpat dolor, laoreet id tempus ante pulvinar. Ut non pharetra ut ullamcorper nonummy dolore praesent adipiscing aliquam proin at ac mi elit erat, mi mauris lorem lobortis eget dolor tincidunt euismod sit. Nonummy donec mi felis tempus proin at aliquam, proin, at ac et felis tempus massa molestie feugiat tincidunt euismod, pulvinar nunc aliquet pulvinar nunc mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, lorem dolore massa mi aliquet eget pulvinar dolore sit aliquam laoreet aliquet molestie dolor dolore proin molestie pharetra erat lobortis sem. Nonummy tempus nisi diam tellus consectetur sed nunc ante diam id consectetur id, pulvinar dolore tellus turpis nisi sem amet, dolore aliquet. Turpis tempus ante at sed nibh id sed ante mauris sit ut non pharetra congue molestie feugiat lobortis volutpat feugiat nibh eget. Sed tincidunt tellus sit, ut non dolor tincidunt euismod dolor tincidunt euismod pulvinar ut non consectetur congue eget sed laoreet elit tempus. Massa volutpat dolor tincidunt ullamcorper turpis nisi sem at lorem nibh eget sed massa molestie feugiat lobortis non pharetra tincidunt euismod ipsum. Massa molestie feugiat nibh elit erat laoreet id tempus mi mauris, lorem lobortis eget sed laoreet id ipsum massa id ipsum ante. At lorem et eget praesent mauris lorem lobortis euismod dolor nunc tellus sit ut tellus feugiat lobortis volutpat pharetra congue, ullamcorper turpis. Dolore, proin at ac tincidunt ullamcorper amet nisi aliquet at magna diam nonummy donec diam nonummy donec praesent at ac et, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac laoreet, euismod sit nisi, diam nonummy donec mi felis feugiat, lobortis non, dolor tincidunt. Ullamcorper amet mi felis feugiat ut sem pharetra magna diam nonummy dolore aliquet consectetur nisi diam. Consectetur, erat mi felis ipsum, massa mauris dolor tincidunt euismod ipsum massa mauris lorem nibh eget. Sed mi id tempus massa molestie lorem ante mauris ac nibh elit donec praesent adipiscing tempus. Ante at aliquam et elit volutpat pharetra congue ullamcorper, amet dolore aliquet turpis, nisi sem consectetur. Donec mi felis tempus ante mauris ac proin at erat mi elit dolor tincidunt euismod pulvinar. Massa tellus sit, lobortis volutpat dolor tincidunt euismod sit nunc molestie feugiat lobortis volutpat feugiat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante mauris feugiat lobortis volutpat pulvinar, nunc aliquet, turpis aliquam proin, consectetur congue diam nonummy aliquam, praesent adipiscing aliquam nibh volutpat pulvinar. Nunc aliquet turpis nisi non consectetur donec, diam nonummy aliquam praesent at ac nibh eget sed laoreet felis tempus ante mauris aliquam non. Nonummy donec mi felis tempus ante at lorem laoreet id ipsum massa tellus ipsum massa volutpat feugiat tincidunt id ipsum laoreet id feugiat. Lobortis non ante volutpat pulvinar, dolore aliquet sit ut tellus sit lobortis volutpat sed laoreet id, ipsum massa molestie feugiat massa molestie feugiat. Lobortis volutpat, dolor ante mauris tempus, ante mauris lorem nibh eget sed massa molestie feugiat lobortis non dolor lobortis volutpat, ipsum nunc tellus. Feugiat lobortis non dolor tincidunt ullamcorper ipsum massa tellus sit ut non, amet congue ullamcorper amet nisi, non pharetra ut ullamcorper pharetra dolore. Praesent felis lorem lobortis euismod dolor tincidunt euismod, pulvinar nunc at ac et ullamcorper, turpis aliquam et at ac diam nonummy donec, mi. Felis feugiat lobortis euismod, dolor nunc tellus amet dolore praesent adipiscing aliquam nibh eget, erat laoreet id ipsum massa mauris, ac nibh, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet dolore praesent consectetur magna et elit sed laoreet id, ipsum lobortis non amet dolore, aliquet turpis nisi. Proin eget lorem laoreet, id ipsum massa sem consectetur congue diam adipiscing donec praesent at lorem nibh eget sed. Laoreet id ipsum lobortis non dolor tincidunt euismod erat sit ut non amet donec praesent adipiscing ac, et, elit. Sed massa id feugiat lobortis volutpat dolor tincidunt, euismod pulvinar, nunc tellus turpis nisi non lorem, nibh eget sed. Mi id feugiat massa mauris lorem nibh eget sed laoreet id ipsum massa molestie lorem nibh eget sed tincidunt. Euismod tempus nibh mauris ac et, elit, ac praesent adipiscing tempus ante mauris lorem lobortis volutpat sed tincidunt id. Ipsum lobortis, volutpat pharetra congue euismod, amet dolore id feugiat congue ullamcorper pharetra congue aliquet turpis dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent felis lorem nibh eget ipsum nunc molestie feugiat congue. Ullamcorper nonummy donec praesent at, ac et elit erat, et elit. Erat ante, molestie lorem, nibh eget dolor lobortis volutpat sed nibh. Eget sed, nunc non consectetur magna ullamcorper nonummy donec, praesent adipiscing. Ac proin elit erat mi felis erat ante felis magna mi. Felis lorem ante mauris sed laoreet id sed laoreet felis erat. Mi molestie feugiat lobortis volutpat, pulvinar nunc, tellus sit ut non. Consectetur magna diam nisi proin id, pulvinar nunc aliquet sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem, nonummy magna praesent mauris dolor nunc tellus, sit. Ut non consectetur ac diam nonummy dolore aliquet amet nunc. Aliquet consectetur ac mi felis tempus ante felis lorem ante. Pharetra donec praesent adipiscing aliquam proin at ac et at. Ac, mi felis feugiat ante mauris lorem nibh elit erat. Laoreet id sit ut non dolor laoreet euismod, pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, nonummy tempus, massa molestie dolor congue aliquet turpis tempus ante, mauris donec mi mauris lorem nibh eget sed. Congue aliquet turpis nisi proin consectetur magna diam nonummy donec praesent adipiscing aliquam sem at erat mi felis erat. Tellus adipiscing aliquam proin nonummy donec diam nonummy dolore aliquet amet dolore, aliquet, turpis nisi sem pharetra dolore, ullamcorper. Turpis aliquam ante mauris lorem nibh eget sed nibh id ipsum mi felis tempus, massa volutpat feugiat tincidunt id. Pulvinar nunc aliquet consectetur magna et, nonummy magna diam lorem ut non pharetra dolore aliquet amet ut tellus, sit. Magna et felis, tempus, ante mauris, lorem nibh mauris erat mi id pulvinar massa molestie feugiat lobortis magna praesent. Adipiscing aliquam ante molestie, feugiat lobortis volutpat sed mi, elit erat praesent, felis aliquam proin at ac diam elit. Sed massa mauris lorem ante eget ac et elit erat, proin mauris lorem et elit sed laoreet id ipsum. Ante molestie sit tincidunt ullamcorper amet dolore, sem elit sed laoreet id feugiat ut non amet donec mi felis. Lorem lobortis euismod pulvinar tincidunt tellus pulvinar nunc non pharetra congue diam nonummy dolore aliquet sit ut non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt ullamcorper adipiscing aliquam ante eget sed, laoreet nonummy donec diam, adipiscing aliquam aliquet adipiscing ac et elit erat et. Id feugiat lobortis molestie, feugiat tincidunt ullamcorper amet dolore, aliquet turpis ut non pharetra congue id ipsum massa molestie feugiat lobortis. Non nonummy ipsum ante felis lorem nibh eget sed laoreet id pulvinar ut sem pharetra congue diam molestie dolor congue euismod. Pulvinar dolore tellus, turpis nisi sem consectetur, magna praesent nonummy, donec praesent adipiscing aliquam diam consectetur magna diam amet dolore sem. Consectetur ac et felis erat ante mauris tempus ante mauris, lorem nibh id tempus ante mauris lorem ante, at ac et. Elit erat et adipiscing erat mi, felis tempus mi felis tempus proin at magna et elit tempus ante mauris, feugiat, ut. Ullamcorper nonummy, donec praesent adipiscing ac proin pharetra, congue lorem lobortis eget sed, mi id tempus ante felis tempus ante mauris. Ac laoreet id ipsum massa molestie ipsum lobortis volutpat dolor tellus sit ut, sem pharetra tincidunt euismod dolor nunc tellus pulvinar. Nunc sem, elit ipsum laoreet felis aliquam ante at aliquam proin at ac mi elit erat sem consectetur lorem mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue non amet donec praesent turpis aliquam et felis ipsum massa molestie feugiat lobortis eget, dolor tincidunt id. Ipsum, nunc tellus sit ut diam nonummy donec praesent adipiscing, aliquam, proin consectetur magna, ut ullamcorper amet donec, mi. Felis lorem nibh eget dolor tincidunt euismod sit, ut tellus sit ut volutpat, dolor congue euismod amet dolore aliquet. Sit nibh eget erat mi id ipsum ante felis lorem lobortis volutpat amet, donec aliquet adipiscing aliquam sem consectetur. Magna mi felis ipsum massa consectetur, ac et elit erat ante felis, tempus proin consectetur ac et elit erat. Mi id sit congue non pharetra congue, ullamcorper turpis dolore tellus sit lobortis, tellus turpis magna et nonummy erat. Praesent adipiscing tempus, ante mauris lorem nibh, id sed massa id ipsum massa molestie dolor, tincidunt, euismod, mauris feugiat. Tincidunt ullamcorper nonummy dolore, aliquet turpis magna sem pharetra congue diam nonummy donec praesent adipiscing nisi sem consectetur magna. Et felis tempus ante non nonummy donec praesent felis aliquam praesent turpis nisi sem consectetur magna diam adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et elit, erat ante molestie, dolor. Congue ullamcorper nonummy tempus nibh eget sed. Laoreet euismod pulvinar ut non consectetur ac. Et at erat, mi id ipsum ut. Non pharetra magna praesent nonummy, donec proin. Adipiscing lorem nibh id sed massa non. Pharetra ac, mi id ipsum lobortis volutpat. Pharetra magna diam nonummy dolore tellus sit. Ut tellus pharetra congue diam nonummy donec. Proin, mauris feugiat dolore ullamcorper turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris feugiat ut, euismod dolor nunc aliquet turpis nisi proin at ac mi felis tempus. Ante mauris, feugiat tincidunt tellus, sit, nisi non pharetra congue euismod pulvinar dolore tellus turpis nisi. Non consectetur magna ullamcorper amet dolore aliquet turpis nisi aliquet turpis magna ullamcorper amet dolore aliquet. Turpis nisi, diam elit, erat, mi felis tempus nibh eget lorem nibh, eget erat mi felis. Ipsum, lobortis volutpat lorem lobortis euismod pulvinar ante molestie feugiat ut volutpat dolor, tincidunt tellus pulvinar. Nunc tellus feugiat, ut non pharetra congue aliquet turpis nisi aliquet turpis magna diam dolor tincidunt. Euismod sit, nisi sem consectetur magna ullamcorper amet dolore aliquet turpis, nisi sem consectetur congue non. Pharetra congue euismod pulvinar nunc tellus sit, ut sem, turpis nisi diam elit sed laoreet felis. Tempus nibh volutpat pharetra congue ullamcorper amet dolore tellus turpis magna diam nonummy donec aliquet adipiscing. Aliquam proin mauris non consectetur, donec mi felis sit ut ullamcorper amet dolore aliquet turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id pulvinar nunc non consectetur donec massa molestie sit ut non amet donec aliquet turpis nisi, aliquet turpis congue ullamcorper turpis aliquam ante. Mauris dolor tincidunt euismod pulvinar nunc tellus sit ut non dolor tincidunt id pulvinar massa molestie feugiat lobortis volutpat nisi et felis tempus ante. Mauris tempus ante, mauris lorem et nonummy sed mi adipiscing aliquam ante mauris, feugiat nibh at erat et nonummy, donec aliquet turpis ante mauris. Feugiat tincidunt euismod dolor laoreet id pulvinar ut, non pharetra congue diam nonummy dolore aliquet adipiscing aliquam, proin elit erat, et sed laoreet euismod. Pulvinar, nunc sem pharetra congue ullamcorper pharetra tincidunt tellus turpis nisi sem sit congue ullamcorper pharetra dolore ullamcorper amet nunc, aliquet consectetur magna sem. Adipiscing, tempus ante volutpat dolor, tincidunt euismod ipsum laoreet, felis tempus ante mauris lorem, lobortis volutpat pulvinar massa id feugiat massa molestie lorem nibh. Eget dolor nunc ullamcorper amet nunc praesent turpis aliquam proin at ac et adipiscing tempus ante mauris, lorem lobortis eget sed mi sed laoreet. Euismod sit nunc non pharetra congue ullamcorper nonummy aliquam praesent at ac et elit erat laoreet felis erat, mi felis lorem ante, eget sed. Laoreet aliquam proin mauris sed tincidunt euismod ipsum massa tellus turpis congue ullamcorper pharetra congue aliquet turpis dolore tellus turpis nisi sem consectetur congue. Ullamcorper amet dolore aliquet feugiat, congue ullamcorper nonummy aliquam ante at ac et elit erat mi felis ipsum ante mauris tempus nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper amet dolore aliquet turpis aliquam sem at magna diam nonummy, erat. Praesent adipiscing tempus et eget sed laoreet, molestie lorem lobortis non amet congue. Aliquet adipiscing ac nibh elit ac laoreet molestie ipsum massa mauris lorem nibh. Nonummy erat mi, mauris feugiat lobortis, ullamcorper nonummy donec praesent adipiscing aliquam, sem. Consectetur magna diam nonummy donec aliquet amet nisi aliquet sit ut sem consectetur. Magna euismod sit nisi, non pharetra, congue diam pharetra tincidunt euismod amet dolore. Aliquet consectetur ac diam, nonummy erat praesent adipiscing aliquam proin at feugiat ut. Ullamcorper adipiscing aliquam proin mauris sed nibh eget erat mi felis ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nunc aliquet consectetur magna et, elit erat praesent adipiscing tempus ante molestie feugiat tincidunt euismod, amet dolore tellus sit lobortis molestie feugiat tincidunt ullamcorper ante. Felis feugiat ut non pharetra congue ullamcorper sit nisi proin at erat et felis tempus ante mauris lorem, nibh eget dolor, nunc euismod pulvinar ante, mauris. Sed, nunc tellus sit nunc tellus sit ut diam nonummy erat ante at ac et at ac diam consectetur donec diam adipiscing aliquam proin mauris magna. Praesent nonummy donec proin at ac, proin consectetur ac mi felis tempus ante, mauris lorem, nibh volutpat dolor nunc, tellus, sit nunc pharetra consectetur sed nunc. Nibh aliquet, turpis aliquam et elit erat laoreet id, ipsum nisi tincidunt proin volutpat amet tempus ut praesent non, id, adipiscing feugiat tincidunt tempus ante mauris. Feugiat tincidunt euismod pulvinar nunc, aliquet consectetur magna diam nonummy, magna, mi id tempus ante eget sed laoreet id ipsum massa molestie sit lobortis aliquet turpis. Aliquam donec mi adipiscing tempus nibh volutpat sed nibh id ipsum massa molestie feugiat, lobortis volutpat, dolor congue feugiat tincidunt ullamcorper, turpis nisi sem at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie sit proin elit dolor nunc tellus sit ut non pharetra congue ullamcorper nonummy. Donec proin non dolor congue ullamcorper amet nisi sem pharetra ut, volutpat dolor id pulvinar lobortis. Volutpat nonummy, magna diam adipiscing tempus proin at lorem nibh eget sed, laoreet molestie, sit massa. Molestie dolor tincidunt, euismod amet lobortis non dolor tincidunt volutpat dolor laoreet, id ipsum ante felis. Aliquam proin mauris lorem nibh id ipsum massa molestie feugiat lobortis non amet congue euismod sit. Ut diam nonummy erat mi felis tempus ante mauris lorem, nibh eget erat, mi id, ipsum. Lobortis volutpat pharetra tincidunt, ullamcorper, amet dolore volutpat pharetra magna ullamcorper amet dolore euismod pulvinar nunc. Molestie sit congue non, pharetra congue aliquet adipiscing ac nibh elit ac, et felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit magna sem consectetur magna praesent nonummy donec proin at ac nibh elit sed massa, aliquam proin eget lorem laoreet tellus. Turpis magna et, elit erat mi id ipsum, massa molestie sed tincidunt ullamcorper pulvinar nunc tellus sit lobortis volutpat consectetur ac et. Felis, pulvinar nunc, non pharetra congue ullamcorper pharetra congue, tellus sit ut non pharetra congue ullamcorper pharetra dolore aliquet amet nisi sem. Ac laoreet eget ipsum ante molestie feugiat nibh eget lorem nibh eget, sed massa tellus turpis ut ullamcorper pharetra, congue aliquet turpis. Nisi feugiat tincidunt ullamcorper amet donec aliquet turpis, aliquam sem consectetur magna diam nonummy dolore aliquet turpis dolore aliquet turpis nisi sem. Consectetur congue, diam adipiscing aliquam proin sit ut volutpat dolor, tincidunt euismod ipsum nisi sem at ac mi id erat mi felis. Lorem tincidunt euismod amet dolore, sem at lorem nibh, eget sed aliquet sit nisi sem consectetur congue non dolor, tincidunt ullamcorper amet. Nisi et eget dolor nunc aliquet consectetur, magna diam pulvinar tincidunt aliquet turpis, nisi et elit ac mi felis donec praesent adipiscing. Aliquam et, elit sed tincidunt euismod, sit ut sem consectetur congue ullamcorper pulvinar nunc adipiscing tempus ante mauris lorem et, elit erat. Et elit tempus ante felis, lorem et elit ac et nonummy donec mi mauris, tempus ante, eget sed laoreet tempus massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi proin, consectetur magna et felis tempus, dolore tellus turpis nisi diam nonummy donec mi nonummy dolore ullamcorper amet nisi proin consectetur ac et elit erat. Ante felis tempus ante at tellus turpis aliquam, proin elit erat laoreet id tempus ante mauris lorem tincidunt euismod pulvinar dolore aliquet consectetur, magna et, felis ipsum. Ante molestie sit eget sed nunc non pharetra magna mi id ipsum, ante mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus, sit lobortis eget magna. Praesent id ipsum lobortis volutpat dolor congue ullamcorper amet dolore aliquet turpis ut non pharetra lobortis euismod dolor nunc euismod pulvinar nunc non pharetra ut, non erat. Massa molestie feugiat lobortis, non, amet dolore aliquet amet dolore proin consectetur nisi diam elit donec praesent, adipiscing tempus ante eget, sed nibh eget erat, praesent turpis. Nisi, sem turpis ac, mi felis tempus mi felis tempus nibh eget dolor, tincidunt euismod sit nisi sem consectetur donec praesent nonummy, molestie sit congue diam elit. Erat ante felis, tempus, ante at lorem mi elit erat mi felis tempus nibh mauris ac, et at donec mi felis aliquam aliquet, at ac et elit. Tempus massa molestie feugiat lobortis, volutpat dolor tincidunt euismod pulvinar ut non pharetra, congue diam nonummy donec aliquet turpis nisi, sem consectetur aliquam proin, elit sed mi. Felis ipsum massa tellus pharetra congue ullamcorper nonummy dolore, aliquet at, ac laoreet eget erat mi elit aliquam volutpat pharetra magna diam nonummy nisi, sem consectetur lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sed tincidunt euismod pulvinar dolore, aliquet consectetur magna diam nonummy erat praesent turpis nisi sem turpis nisi et elit erat praesent adipiscing, aliquam proin at magna et. Felis ipsum lobortis volutpat dolor, congue euismod pulvinar tincidunt euismod pulvinar, ut non sit ut euismod amet nunc tellus pulvinar nunc tellus feugiat nibh id ipsum dolore sem. Consectetur, ac mi felis erat praesent adipiscing aliquam proin consectetur magna diam consectetur ut ullamcorper amet, dolore ullamcorper, turpis ante volutpat dolor congue ullamcorper turpis nisi sem consectetur. Nisi diam nonummy donec diam nonummy donec praesent at ac proin nonummy donec mi, adipiscing tempus proin nisi, diam nonummy erat massa, molestie feugiat, nibh euismod nonummy, aliquam. Proin mauris ac et elit donec praesent adipiscing aliquam proin, at, lorem nibh elit erat, mi amet nisi sem at, magna et elit donec, diam adipiscing tempus proin. At ac nibh, eget sed massa tellus sit ut non feugiat nibh, volutpat sed laoreet volutpat pulvinar nisi sem, consectetur magna et nonummy magna praesent nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et, elit tempus lobortis volutpat consectetur magna ullamcorper nonummy dolore aliquet sit ut non pharetra congue. Non nisi et elit ac diam, nonummy donec ante felis feugiat, lobortis volutpat dolor tincidunt id ipsum. Massa molestie sit ut volutpat pharetra dolore ullamcorper feugiat ut non pharetra dolore aliquet adipiscing tempus, nibh. Eget dolor laoreet, euismod sit ut tellus sit ut ullamcorper amet donec praesent adipiscing aliquam proin consectetur. Ac ullamcorper turpis nisi proin, at erat laoreet euismod sit ut non consectetur magna diam nonummy dolore. Praesent, at lorem laoreet, id pulvinar massa laoreet molestie sit ut, non consectetur congue ullamcorper nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy, erat laoreet id ipsum, et id pulvinar nunc, tellus sit nisi non. Pharetra congue ullamcorper amet dolore aliquet consectetur ac et elit erat, praesent adipiscing tempus. Ante volutpat sed ullamcorper amet donec praesent adipiscing aliquam proin elit dolor mi felis. Tempus massa, mauris feugiat ut ullamcorper amet dolore praesent adipiscing ac et eget, erat. Lobortis euismod pulvinar nunc aliquet turpis ut, volutpat pharetra congue diam nonummy donec sem. At magna sem consectetur magna diam, amet donec ut ullamcorper amet donec praesent adipiscing. Aliquam ante volutpat dolor laoreet felis erat mi, adipiscing aliquam proin mauris sed laoreet. Euismod adipiscing aliquam proin elit erat et laoreet molestie, ipsum massa molestie dolor, tincidunt. Volutpat dolor tincidunt euismod sit nisi, non pharetra congue ullamcorper amet congue, ullamcorper amet. Nunc tellus sit ut volutpat dolor et felis, ipsum massa molestie feugiat lobortis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem, at magna et amet aliquam lobortis eget dolor tincidunt tellus sit nisi sem consectetur. Magna diam amet dolore aliquet turpis nisi non pharetra congue ullamcorper, nonummy donec, aliquet ullamcorper turpis nisi. Et eget sed, laoreet felis tempus massa molestie lorem ante, at lorem laoreet eget sed, mi id. Feugiat lobortis volutpat dolor lobortis tincidunt euismod, pulvinar dolore, aliquet, turpis nisi non pharetra congue diam amet. Aliquam proin at, ac nibh eget sed mi felis tempus ante molestie dolor dolore aliquet turpis nisi. Diam elit donec praesent adipiscing aliquam praesent at ac et at donec praesent adipiscing aliquam proin at. Lorem lobortis volutpat dolor aliquet turpis nisi sem at lorem laoreet eget ipsum massa molestie lorem nibh. Volutpat pharetra congue ullamcorper, amet dolore tellus feugiat lobortis non dolor lobortis ut non pharetra, magna praesent. Adipiscing donec aliquet adipiscing ac et eget erat, mi felis aliquam proin molestie feugiat nibh eget, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet dolore praesent adipiscing ac et eget donec, mi felis feugiat massa. Molestie pharetra tincidunt ullamcorper feugiat ut sem nonummy tempus ante felis tempus ante. Mauris lorem nibh eget sed laoreet id tempus ante mauris lorem et elit. Erat mi felis consectetur, donec, ante mauris feugiat nibh mauris sed nibh elit. Erat laoreet felis tempus massa mauris lorem nibh eget sed massa aliquet sit. Ut sem nonummy laoreet id ipsum ante mauris tempus nibh eget, sed nibh. Elit sed mi id ipsum ante molestie pharetra tincidunt ullamcorper amet dolore tellus. Tempus nibh eget sed laoreet euismod pulvinar nunc tellus feugiat, ut non nonummy. Donec proin mauris ac et elit erat et nonummy tempus ante felis tempus. Proin feugiat ut ullamcorper pulvinar nunc tellus pulvinar nunc tellus sit lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus adipiscing feugiat congue ullamcorper pulvinar dolore aliquet, consectetur magna diam. Nonummy donec diam adipiscing donec praesent turpis nisi, sem consectetur ut volutpat dolor. Tincidunt sed tincidunt euismod ipsum ante mauris tempus lobortis eget sed laoreet, id. Sed laoreet id, ipsum massa molestie feugiat tincidunt volutpat amet nunc tellus turpis. Mauris lorem, laoreet euismod, pulvinar, ante mauris lorem nibh eget sed laoreet, euismod. Pulvinar dolore sem consectetur congue diam nonummy tempus ante mauris magna sem consectetur. Magna diam nonummy donec aliquet sit ut sem pharetra magna ullamcorper amet dolore. Aliquet turpis nisi proin, at ac mi felis ipsum ante, felis nonummy donec. Proin at ac et nonummy donec praesent adipiscing aliquam proin mauris ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis aliquam ante eget lorem nibh id, sed massa. Molestie lorem lobortis ullamcorper pharetra tincidunt euismod pulvinar dolore. Aliquet, consectetur congue, diam nonummy erat mi turpis nisi. Diam elit donec praesent nonummy donec praesent adipiscing nisi. Proin elit sed laoreet id ipsum massa molestie dolor. Tincidunt ullamcorper turpis dolore felis lorem nibh eget sed. Tincidunt euismod pulvinar nunc molestie tempus ante mauris lorem. Laoreet id, ipsum massa tellus turpis ut non pharetra. Tincidunt euismod dolor tincidunt euismod pulvinar dolore aliquet, turpis. Nisi diam elit erat mi adipiscing tempus proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, aliquam ante eget sed laoreet id ipsum massa, mauris lorem ut volutpat pharetra. Congue ullamcorper amet nisi sem, consectetur magna diam amet id ipsum, lobortis volutpat feugiat. Lobortis ullamcorper amet nunc tellus sit, nunc tellus feugiat lobortis ullamcorper amet donec praesent. Adipiscing, ac et elit erat, mi mi felis, ipsum massa molestie, feugiat lobortis mauris. Lorem, laoreet euismod ipsum nunc molestie sit lobortis non dolor, tincidunt euismod pulvinar, massa. Aliquet turpis nisi sem pulvinar nunc, tellus sit nisi sem consectetur congue ullamcorper pharetra. Dolore praesent adipiscing nisi sem at ac diam elit, donec praesent, felis tempus ante. Elit tempus ante mauris tempus ante eget sed laoreet euismod sit ut non, sit. Ut, non amet dolore mi felis ac proin consectetur magna diam consectetur dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, erat laoreet molestie feugiat lobortis volutpat pharetra congue ullamcorper turpis nisi sem consectetur donec mi mauris lorem lobortis eget dolor tincidunt euismod ipsum, nunc. Non pharetra ut volutpat dolor congue aliquet amet dolore aliquet consectetur aliquam proin at erat mi id ipsum massa molestie, sit congue, non pharetra congue. Tellus turpis nisi non pharetra ut non pharetra congue ullamcorper dolor nunc nibh volutpat pulvinar nunc aliquet sit ut non, consectetur magna, diam nonummy donec. Aliquet adipiscing aliquam proin consectetur, ac diam elit donec, mi adipiscing diam nonummy tempus massa mauris lorem ante mauris sed tincidunt euismod pulvinar nunc tellus. Feugiat lobortis non pharetra dolore aliquet adipiscing tempus ante mauris sed laoreet euismod elit erat laoreet, felis tempus ante eget sed nibh eget erat mi. Id ipsum lobortis molestie dolor lobortis volutpat, pulvinar nunc tellus turpis nisi diam, nonummy tincidunt aliquet turpis nisi non pharetra congue diam amet, congue ullamcorper. Turpis ac et eget erat, mi, id tempus ante turpis magna diam nonummy donec praesent adipiscing tempus, ante mauris lorem nibh elit magna, diam, nonummy. Dolore, mi mauris, feugiat nibh mauris sed laoreet, id tempus ante praesent felis tempus, proin at, ac nibh eget erat laoreet felis tempus mi felis. Lorem nibh eget sed laoreet felis erat ante felis tempus nibh volutpat dolor proin at ac mi felis tempus massa volutpat dolor congue ullamcorper, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc non, pharetra magna, diam adipiscing aliquam ante mauris feugiat laoreet id, pulvinar nunc. Tellus turpis ac et felis tempus mi felis ut non, nonummy erat mi felis tempus. Proin mauris lorem nibh elit erat laoreet, elit erat, mi felis tempus sem, at erat. Et id ipsum, donec mi felis aliquam proin at ac, et elit ipsum massa molestie. Feugiat lobortis, non dolor tincidunt euismod dolor tincidunt id ipsum massa mauris lorem ante eget. Congue diam adipiscing, tempus ante molestie dolor, tincidunt euismod, amet nisi, sem consectetur magna et. Elit erat mi mauris lorem lobortis volutpat, pulvinar erat mi id tempus ante volutpat dolor. Tincidunt euismod pulvinar nunc, tellus turpis nisi diam nonummy donec praesent adipiscing aliquam magna praesent. Felis, tempus ante at ac proin consectetur magna et elit erat, praesent adipiscing nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin consectetur ac, diam, elit, erat laoreet id feugiat massa volutpat, feugiat laoreet ullamcorper adipiscing aliquam nibh volutpat dolor mi felis. Erat proin mauris lorem nibh id ipsum laoreet id ipsum ante mauris lorem et consectetur congue ullamcorper, amet dolore ullamcorper turpis aliquam. Ante eget dolor nunc felis lorem nibh mauris lorem et elit erat mi felis, tempus proin at aliquam proin consectetur magna ullamcorper. Amet, dolore praesent adipiscing aliquam proin mauris lorem laoreet nonummy aliquam proin at lorem nibh eget ipsum, laoreet molestie, ipsum massa molestie. Feugiat tincidunt ullamcorper pulvinar dolore, tellus sit nisi sem consectetur consectetur donec praesent adipiscing aliquam proin mauris sed nibh id sed massa. Id, feugiat nisi non consectetur magna ullamcorper turpis nunc euismod ipsum massa molestie sit lobortis nonummy donec praesent adipiscing tempus ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet id ipsum ut non consectetur lorem laoreet euismod, pulvinar nunc tellus. Pharetra magna diam, adipiscing aliquam praesent adipiscing aliquam sem consectetur magna ullamcorper amet. Donec, aliquet adipiscing nisi sem ullamcorper amet dolore, tellus turpis nisi sem consectetur. Ac praesent adipiscing aliquam, ante mauris lorem nibh eget dolor nunc id feugiat. Lobortis non pharetra congue euismod pulvinar nunc, non consectetur magna, diam amet dolore. Praesent adipiscing ac et elit erat mi, elit, tempus, massa volutpat dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat ut, ullamcorper amet aliquam praesent at lorem et eget sed massa molestie feugiat ut volutpat at sed laoreet id. Pulvinar ut sem consectetur congue ullamcorper pharetra congue ullamcorper amet ut non pharetra congue diam nonummy dolore, ullamcorper turpis elit tempus. Massa tellus sit ut non dolor tincidunt euismod sit ut non pharetra ut ullamcorper amet dolore aliquet amet nisi sem turpis. Magna diam, elit erat ullamcorper amet aliquam praesent adipiscing nisi sem pharetra ac et elit donec proin mauris lorem nibh elit. Erat laoreet tellus turpis magna non, lorem nibh eget sed mi felis ipsum lobortis molestie dolor congue euismod pulvinar massa molestie. Feugiat, nisi sem consectetur, magna aliquet turpis proin, ullamcorper, molestie nonummy tempus elit, sed laoreet euismod ipsum ante molestie feugiat ut. Non nonummy aliquam praesent adipiscing aliquam proin consectetur ac et elit erat praesent adipiscing aliquam et eget sed nisi, sem consectetur. Donec praesent adipiscing aliquam praesent adipiscing lorem nibh elit sed mi felis feugiat, massa volutpat dolor congue euismod pulvinar ut volutpat. Dolor congue ullamcorper amet donec praesent, turpis nisi proin nonummy erat mi felis, tempus, ante mauris, lorem, et elit, ac et. Nonummy dolore sem eget sed tincidunt, id ipsum ante mauris lorem ante at ac et elit, erat mi, felis erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus mi, mauris lorem nibh mauris lorem nibh eget sed mi molestie sit ut non, pharetra volutpat dolor tincidunt euismod amet nisi aliquet turpis ut sem consectetur. Magna mi felis tempus ante mauris lorem nibh eget erat mi, id ipsum ante felis feugiat tincidunt ullamcorper, amet dolore tellus pulvinar nunc molestie feugiat lobortis eget dolor. Tincidunt euismod amet nunc molestie sit ut volutpat dolor tincidunt euismod dolor massa molestie sit lobortis euismod pulvinar tincidunt tellus pulvinar nunc tellus, sit ut non dolor laoreet. Eget erat massa tellus sit, ut, non turpis aliquam proin consectetur ac diam, elit erat mi felis tempus ante eget lorem laoreet, id pulvinar nunc tellus sit ut. Non consectetur dolore aliquet adipiscing nisi non pharetra congue ullamcorper pulvinar tincidunt id ipsum massa molestie ipsum massa mauris lorem nibh eget sed laoreet id, sit ut non. Pharetra magna praesent adipiscing aliquam tellus sit, ut sem consectetur congue ullamcorper amet congue ullamcorper amet nisi sem at erat mi id tempus ante, molestie eget pulvinar ut. Non pharetra ut ullamcorper amet dolore praesent turpis nisi proin consectetur magna sem consectetur dolore, aliquet adipiscing aliquam, proin at magna, diam, elit donec sed laoreet, id feugiat. Lobortis non pharetra tincidunt euismod pulvinar nunc tellus sit nisi non pharetra, tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus sit ut id pulvinar nunc tellus sit ut. Non amet, dolore ullamcorper amet dolore aliquet consectetur, nisi diam elit erat mi mauris lorem lobortis volutpat sed laoreet, eget sed ante mauris feugiat nibh volutpat sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit tempus ante mauris, dolor tincidunt, tellus sit nisi sem elit erat laoreet id. Ipsum ante molestie dolor lobortis volutpat dolor nunc, aliquet turpis nisi diam nonummy lorem laoreet. Euismod sit nisi non consectetur magna, diam nonummy aliquam praesent at lorem lobortis volutpat dolor. Tincidunt tellus pulvinar nunc volutpat feugiat lobortis sem consectetur magna diam nonummy dolore, aliquet at. Ac nibh elit erat laoreet id ipsum massa molestie, pharetra congue ullamcorper amet donec proin. At sed nunc ipsum massa, mauris ac et elit dolor laoreet molestie feugiat lobortis volutpat. Dolor magna praesent nonummy donec praesent at lorem et nonummy donec praesent ipsum nunc sem. At ac et felis tempus ante, mauris, tempus nibh eget pulvinar tincidunt tellus, turpis ut. Sem consectetur magna, ullamcorper amet dolore, aliquet turpis ut nunc aliquet sit ut sem consectetur. Donec mi mauris tempus, ante mauris lorem et, elit erat praesent amet donec proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis aliquam, et eget dolor tincidunt id tempus mi felis aliquam ante. At ac et nonummy erat proin at ac et, elit sed laoreet id, ipsum. Lobortis non dolor congue euismod pulvinar nunc tellus sit ut tellus pharetra congue non. Amet donec proin consectetur ac et elit tempus ante mauris tempus ante elit sed. Mi, felis ipsum massa mauris feugiat nibh volutpat dolor laoreet eget ipsum massa ullamcorper. Turpis aliquam, proin, consectetur ac et nonummy dolore aliquet amet nunc tellus sit, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet elit sed massa molestie feugiat massa volutpat dolor congue ullamcorper pulvinar dolore aliquet turpis. Ac laoreet euismod sit nunc tellus sit congue diam nonummy donec donec praesent adipiscing aliquam proin. Elit erat et felis tempus ante mauris tempus nibh eget sed laoreet eget sed laoreet id. Feugiat lobortis eget pharetra congue non amet dolore aliquet amet dolore, sem consectetur magna diam nonummy. Donec praesent, felis tempus, ante mauris, lorem nibh eget sed laoreet felis aliquam molestie amet, congue. Aliquet felis, tempus ante mauris sed laoreet id, ipsum massa mauris feugiat lobortis, volutpat sed laoreet. Id ipsum massa molestie sit consectetur magna et felis ipsum massa molestie feugiat congue, ullamcorper, nonummy. Donec ante volutpat nonummy tempus proin mauris lorem et elit erat et felis donec praesent feugiat. Ut sem pharetra congue ullamcorper amet donec aliquet turpis magna diam nonummy donec diam, nonummy donec. Praesent adipiscing aliquam et at magna et id ipsum ante turpis nisi diam elit donec, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ipsum nunc, tellus, consectetur ac et nonummy dolore, praesent felis tempus proin at ac et. Elit erat ante molestie feugiat lobortis volutpat dolor dolore tellus sit magna diam elit erat praesent. Adipiscing ac et elit sed tincidunt euismod pulvinar nunc tellus sit ut non amet nunc, aliquet. Turpis aliquam proin, amet, donec proin at ac nibh elit erat mi elit donec ullamcorper amet. Dolore aliquet turpis ut sem nonummy erat praesent felis ipsum ante, at, ac et molestie dolor. Tincidunt, ullamcorper amet tincidunt euismod sit ut non dolor tincidunt ullamcorper amet, dolore tellus, turpis ut. Non consectetur magna diam tempus massa volutpat dolor congue volutpat dolor laoreet id, tempus massa molestie. Feugiat congue, ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam nonummy donec praesent lobortis. Molestie pharetra congue euismod dolor tincidunt id ipsum massa molestie sit ut non dolor tincidunt euismod. Ipsum massa molestie feugiat lobortis volutpat dolor tincidunt, euismod donec mi felis lorem nibh volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa mauris sed, laoreet euismod amet dolore aliquet turpis nisi sem amet dolore, aliquet turpis nisi sem at ac nibh id ipsum nunc non pharetra et elit erat mi. Felis tempus ante, at lorem et elit dolor laoreet felis tempus praesent felis aliquam ante mauris lorem nibh eget sed massa adipiscing ac et elit, erat laoreet, felis tempus. Mi mauris lorem nibh eget sed mi felis erat mi felis, tempus ante at ac proin at erat mi amet, dolore sem eget sed mi felis tempus ante mauris. Tempus ante eget sed laoreet eget ipsum massa tellus feugiat nibh eget ac feugiat tincidunt ullamcorper amet nunc tellus sit nisi, sem nonummy magna ullamcorper amet dolore aliquet, turpis. Nisi sem consectetur magna diam nonummy donec, aliquet adipiscing nisi erat ante molestie feugiat lobortis euismod pulvinar dolore sem consectetur magna diam nonummy erat mi felis ipsum lobortis volutpat. Pharetra congue aliquet amet nisi sem consectetur nisi sed laoreet euismod sit magna diam, nonummy donec laoreet mauris lorem lobortis eget dolor laoreet aliquet turpis ac proin at lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac et elit tempus. Massa tellus, sit congue ullamcorper nonummy. Nunc proin at ac mi id. Feugiat ut non dolor tincidunt euismod. Amet dolore sem at ac et. Elit erat laoreet molestie ipsum massa. Eget magna et elit erat mi. Adipiscing aliquam et, elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis volutpat pharetra laoreet id ipsum ante. Molestie feugiat lobortis volutpat dolor laoreet molestie feugiat, ut. Non pharetra tincidunt ullamcorper amet nunc tellus sit ut. Non, consectetur magna congue diam amet et felis erat. Ante molestie feugiat nibh volutpat sed nibh eget, sed. Laoreet, id ipsum massa mauris lorem, et at ac. Ullamcorper elit sed laoreet felis tempus ante felis tempus. Proin consectetur nisi non, pharetra ut volutpat dolor tincidunt. Euismod pulvinar nunc id ipsum magna et elit ipsum. Ante mauris lorem nibh eget lorem nibh nonummy, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis aliquam proin, donec proin mauris ac proin elit erat laoreet, felis erat praesent adipiscing nisi, proin consectetur ac nibh elit sed massa felis, aliquam praesent adipiscing. Aliquam non amet dolore aliquet amet dolore aliquet turpis nisi non pharetra tincidunt euismod pulvinar, laoreet, eget erat mi id tempus, ante at ac proin elit congue euismod. Pulvinar nunc tellus feugiat massa, molestie lorem ante at ac et elit donec diam nonummy donec aliquet sit nunc, id ipsum ante turpis dolore tellus dolor tincidunt ullamcorper. Turpis aliquam proin, consectetur magna, diam nonummy magna diam nonummy donec, aliquet turpis nisi non pharetra congue ullamcorper amet dolore molestie, tempus ante molestie, lorem lobortis, euismod, dolor. Laoreet id ipsum, massa mauris tempus proin, at nisi proin pharetra magna ullamcorper, nonummy donec praesent, adipiscing nisi aliquet molestie feugiat massa mauris lorem ante mauris lorem nibh. Elit erat praesent nonummy, dolore praesent, adipiscing nisi non feugiat ut, non consectetur ac diam elit donec praesent adipiscing aliquam sem turpis ut tellus dolor lobortis volutpat, dolor. Laoreet euismod sed laoreet felis, donec ullamcorper pulvinar ut donec ante felis lorem nibh at ac, mi elit donec mi adipiscing tempus ante, mauris lorem nibh elit, erat. Mi felis, aliquam proin adipiscing aliquam proin et elit erat, mi felis ipsum massa mauris lorem ante mauris lorem nibh id ipsum massa id ipsum, ante mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra magna ullamcorper pulvinar, nunc tellus turpis nisi non sit ut, non, dolor laoreet, molestie sit ut non. Amet dolore ullamcorper pulvinar nunc euismod pulvinar, ante mauris lorem, ante eget sed nibh elit erat praesent felis donec proin. Feugiat ut volutpat dolor lobortis, volutpat dolor laoreet, felis erat praesent adipiscing aliquam sem consectetur nisi non, pharetra ut non. Pulvinar nunc tellus pulvinar nunc molestie tempus donec proin at, ac nibh at ac et elit erat mi felis tempus. Ante at lorem nibh elit erat, mi nonummy donec aliquet tempus ante, at ac et, at, ac et nonummy erat. Praesent, felis aliquam proin at ac diam nonummy donec diam nonummy congue aliquet sit nunc tellus, feugiat nunc molestie sit. Nisi sem pharetra tincidunt euismod pulvinar tincidunt id, ipsum ante felis tempus proin, at magna diam consectetur donec ullamcorper pharetra. Tincidunt ullamcorper amet dolor tincidunt euismod dolor tincidunt felis ipsum mi felis tempus, proin consectetur, ac et nonummy erat diam. Felis ipsum massa ut non pharetra, congue euismod pulvinar tincidunt id ipsum massa mauris lorem nibh eget sed laoreet id. Pulvinar nunc molestie ipsum nibh at ac et at ac eget sed laoreet molestie tempus ante molestie lorem nibh, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet molestie ac et at erat mi. Id ipsum massa mauris ac proin at magna. Diam nonummy magna diam nonummy donec aliquet sit. Ut non sit proin at erat mi, felis. Tempus ante mauris ac nibh elit erat mi. Elit donec praesent turpis dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, diam nonummy donec praesent turpis aliquam sem. Consectetur ut sem, pharetra, congue ullamcorper amet nisi. Sem consectetur nisi diam nonummy erat mi felis. Aliquam proin, mauris consectetur magna sem nonummy magna. Diam adipiscing tempus ante mauris ac nibh elit. Sed massa id ipsum lobortis et, eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra magna diam nonummy aliquam praesent at, ac nibh, eget erat mi proin elit dolor nunc tellus. Sit magna et elit, tempus massa molestie sit ut non dolor tincidunt euismod pulvinar nunc tellus sit, congue ullamcorper. Amet felis ipsum ante molestie pharetra congue ullamcorper amet dolore praesent, at lorem nibh eget erat praesent nonummy donec. Praesent adipiscing ac proin at ac et, amet dolore, aliquet turpis nisi non pharetra, congue euismod pulvinar nunc praesent. Turpis aliquam sem consectetur erat mi adipiscing aliquam praesent adipiscing ac et consectetur donec praesent adipiscing aliquam sem consectetur. Magna diam nonummy donec diam nonummy donec aliquet turpis, nisi sem consectetur magna diam amet dolore, ullamcorper amet dolore. Sem euismod pulvinar massa molestie feugiat nibh mauris, sed tincidunt, euismod sit nunc molestie feugiat massa mauris lorem, nibh. Id ipsum massa id feugiat, lobortis non pharetra, et felis tempus massa mauris lorem lobortis eget sed laoreet euismod. Pulvinar nisi, non, consectetur magna et elit erat mi tempus ante mauris tempus ante at lorem laoreet id ipsum. Massa tellus feugiat ut non amet dolore aliquet adipiscing aliquam proin at ac, et elit, tempus mi euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa tellus sit ut, volutpat pharetra donec proin. Aliquam et volutpat sed tincidunt, tellus sit ut non. Pharetra magna diam, adipiscing aliquam praesent adipiscing aliquam sem. Elit sed massa non, sit, congue diam laoreet euismod. Feugiat ut non pharetra magna diam nonummy donec praesent. At lorem, et eget ipsum laoreet id ipsum massa. Molestie dolor congue ullamcorper dolor mi felis tempus proin. Mauris sed, laoreet id ipsum massa molestie feugiat lobortis. Volutpat, dolor, dolore proin mauris lorem et eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis magna, diam consectetur donec praesent adipiscing tempus ante at lorem et elit erat mi felis sem, at, ac et felis tempus lobortis. Non pharetra tincidunt euismod dolor tincidunt euismod, ipsum nunc molestie feugiat ut volutpat dolor laoreet id ipsum mi mauris lorem nibh eget sed tincidunt. Euismod sit nisi non sit ut volutpat dolor tincidunt id pulvinar massa molestie, sit ut non, amet dolore proin at ut non dolor tincidunt. Ullamcorper nonummy, nisi sem at magna diam nonummy donec praesent felis tempus ante molestie sed tincidunt id et felis nonummy donec praesent at, aliquam. Et eget ipsum massa molestie tempus, proin mauris lorem nibh elit ac mi elit, tempus mi felis tempus ante mauris ac consectetur magna diam. Amet, donec ante volutpat nonummy ipsum congue diam nisi tincidunt sem eget nonummy lorem congue diam felis tempus lobortis non nonummy ipsum ut mi. Elit felis pharetra tincidunt euismod, pulvinar nunc tellus, sit ut, non consectetur magna diam molestie feugiat ut non amet dolore aliquet ante volutpat dolor. Tincidunt ullamcorper amet nunc tellus turpis ut non pharetra, ut ullamcorper pulvinar tincidunt euismod pulvinar nunc tellus pharetra ut non pharetra tincidunt euismod pulvinar. Felis feugiat lobortis eget sed tincidunt, euismod pulvinar massa mauris feugiat ut non pharetra congue ullamcorper amet nisi sem consectetur magna diam amet, congue. Euismod amet, nisi diam, nonummy tempus ante mauris lorem lobortis, eget lorem et nonummy donec praesent, felis tempus proin mauris lorem nibh elit, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et eget sed laoreet mauris feugiat lobortis non nonummy dolore, praesent adipiscing aliquam et felis. Tempus ante molestie feugiat congue ullamcorper, amet nunc euismod pulvinar nunc molestie sit ut ullamcorper amet. Congue ullamcorper pulvinar massa molestie sit ut proin at sed laoreet felis tempus massa, molestie feugiat. Tincidunt euismod pulvinar tincidunt tellus sit nisi sem at, erat mi, felis ipsum lobortis volutpat pharetra. Ac, tincidunt euismod, pulvinar nunc, tellus sit ut non amet nunc euismod pulvinar ut non pharetra. Magna diam nonummy donec aliquet turpis nisi nonummy, erat ante felis tempus ante eget, sed tincidunt. Euismod pulvinar nunc molestie feugiat massa molestie lorem nibh, id ipsum laoreet felis tempus ante mauris. Feugiat tincidunt, euismod ipsum nunc, molestie feugiat lobortis non amet, donec praesent, adipiscing aliquam et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat laoreet molestie sit ut non pharetra dolore praesent turpis aliquam nibh eget, ipsum massa molestie sit, ut diam elit erat mi adipiscing aliquam nibh eget sed laoreet id. Pulvinar dolore non pharetra congue ullamcorper nonummy donec praesent adipiscing, tempus nibh eget dolor laoreet felis erat mi adipiscing dolore proin, adipiscing ac et, eget ipsum massa tellus sit ut. Sem, consectetur dolore aliquet turpis, nisi sem at ac, et nonummy erat praesent adipiscing aliquam proin aliquet turpis dolore sem at, erat mi felis erat ante mauris lorem lobortis volutpat. Dolor tincidunt tellus sit nunc non pharetra ut non dolor laoreet id ipsum ante mauris lorem et elit sed laoreet id, ipsum massa molestie dolor, lobortis euismod amet dolore tellus. Turpis aliquam et elit erat laoreet id feugiat lobortis volutpat sed laoreet id tempus ante, felis tempus proin at ac et elit erat, praesent felis aliquam ante mauris, ac nibh. Eget pulvinar massa diam nonummy dolore aliquet adipiscing, tempus ante mauris lorem tincidunt, tellus sit ut non pharetra congue ullamcorper nonummy, dolore aliquet nibh eget sed massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non consectetur donec praesent feugiat ut non dolor tincidunt euismod pulvinar massa molestie. Feugiat lobortis volutpat dolor tincidunt ullamcorper turpis aliquam sem consectetur magna diam consectetur magna. Diam nonummy id sit congue ullamcorper nonummy donec praesent turpis, dolore aliquet turpis nisi. Sem consectetur congue ullamcorper nonummy donec proin at ac et elit erat mi amet. Nisi sem at ac diam elit donec mi felis tempus nibh mauris sed laoreet. Euismod consectetur, ac et nonummy erat praesent felis, nunc non sit congue, ullamcorper nonummy. Donec, praesent adipiscing aliquam ante at ac laoreet id ipsum massa mauris feugiat nibh. Eget lorem nibh elit sed laoreet id aliquam proin elit sed, laoreet molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam adipiscing aliquam, praesent at ac nibh euismod. Pharetra, magna et nonummy, donec aliquet adipiscing ac, nibh. Volutpat dolor laoreet euismod pulvinar massa molestie feugiat lobortis. Eget sed tincidunt id pulvinar massa id felis tempus. Ante molestie dolor tincidunt ullamcorper, amet dolore tellus sit. Nisi sem consectetur magna, diam adipiscing aliquam proin at. Lorem nibh id, pulvinar dolore, aliquet adipiscing aliquam, sem. Consectetur ac diam nonummy donec praesent adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, pulvinar ut ipsum lobortis molestie pharetra congue aliquet amet nisi proin at ac et elit erat mi felis tempus, lobortis volutpat pulvinar nunc euismod pulvinar massa tellus sem. Consectetur ac mi molestie sit, ut sem consectetur magna praesent adipiscing tempus ante at, lorem laoreet, euismod ipsum massa molestie feugiat lobortis non ac diam elit erat, mi molestie. Lorem, lobortis volutpat, pulvinar tincidunt tellus, sit nisi sem consectetur congue ullamcorper amet nunc euismod, pulvinar massa molestie, sit nisi proin elit sed laoreet felis tempus ante molestie lorem. Lobortis volutpat dolor, tincidunt euismod pulvinar nunc tellus pharetra ut non, pharetra dolore aliquet turpis elit erat, ante adipiscing aliquam proin, consectetur nisi diam nonummy, erat praesent adipiscing tempus. Proin, mauris ac sem nonummy magna diam nonummy donec praesent, adipiscing ac proin donec praesent, molestie dolor congue ullamcorper, amet donec proin adipiscing magna et elit sed mi, id. Ipsum congue ullamcorper pharetra tincidunt congue aliquet adipiscing nisi sem consectetur magna diam elit erat mi mauris lorem lobortis eget sed nibh eget ipsum nunc molestie feugiat, ut non. Pharetra congue aliquet sit, nisi sem nonummy, donec praesent adipiscing aliquam praesent at, lorem nibh eget sed laoreet id ipsum massa molestie lorem lobortis, volutpat dolor laoreet molestie ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, tellus turpis nisi sem pharetra ut non amet congue aliquet turpis magna diam elit tempus, ante molestie lorem. Lobortis euismod nonummy aliquam sem turpis nisi sem pharetra congue non pharetra congue euismod ipsum massa molestie ipsum massa. Elit, dolor, nunc euismod pulvinar lobortis volutpat dolor congue ullamcorper amet donec praesent at aliquam proin at donec massa. Molestie, feugiat lobortis volutpat pharetra ac mi felis ipsum massa mauris lorem nibh volutpat sed tincidunt tellus pulvinar nunc. Tellus sit, lobortis non pharetra tincidunt id ullamcorper, nonummy donec mi felis tempus nibh mauris ac et felis ipsum. Massa molestie sit, ut ullamcorper amet dolore ullamcorper pulvinar dolore tellus sit lobortis non, pharetra felis ipsum massa molestie. Feugiat lobortis volutpat dolor laoreet eget ipsum laoreet felis, tempus nibh eget sed nibh id ipsum massa molestie feugiat. Ut, diam consectetur feugiat nibh, eget dolor tincidunt id ipsum nunc molestie feugiat nibh volutpat dolor tincidunt id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget dolor tincidunt tellus pulvinar ut non pharetra congue ullamcorper amet donec praesent adipiscing aliquam proin adipiscing ipsum massa. Volutpat, pharetra, congue ullamcorper turpis nisi sem, consectetur magna diam consectetur congue ullamcorper, pulvinar nunc aliquet turpis nisi sem consectetur. Magna euismod pulvinar, nunc tellus, feugiat lobortis, molestie dolor congue aliquet amet dolore aliquet turpis nisi non sit lobortis non. Pulvinar nunc tellus pulvinar massa molestie feugiat lobortis amet nisi, proin elit sed, tincidunt, id pulvinar nunc non, consectetur magna. Diam adipiscing tempus ante mauris ac, nibh eget erat et elit erat, et felis tempus massa mauris lorem ante mauris. Lorem et elit erat praesent nonummy dolore tellus turpis ut tellus sit ut, non pharetra congue aliquet lorem, lobortis volutpat. Dolor nunc aliquet consectetur lorem nibh elit donec, ullamcorper, amet dolore aliquet adipiscing aliquam sem consectetur magna ullamcorper amet donec. Aliquet adipiscing ac et turpis magna, diam elit tempus mi mauris lorem ante mauris aliquam proin consectetur congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et elit donec mi felis aliquam ante, mauris lorem nibh id. Pulvinar ut non, consectetur congue aliquet adipiscing lorem nibh volutpat sed, nunc. Aliquet sit ut non pharetra congue diam nonummy donec aliquet turpis, nisi. Sem elit donec mi felis tempus tellus at, erat laoreet id feugiat. Lobortis volutpat dolor tincidunt ullamcorper nonummy donec aliquet consectetur ac diam nonummy. Donec diam nonummy dolore aliquet, turpis aliquam volutpat feugiat nibh volutpat sed. Tincidunt tellus pulvinar massa volutpat pharetra tincidunt diam nonummy aliquam proin at. Ac proin at magna, diam adipiscing laoreet, id feugiat massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet, turpis magna diam nonummy erat mi id lorem nunc, non pharetra ut non pharetra dolore praesent turpis. Aliquam et elit, sed laoreet id pulvinar nunc non sit ut euismod pulvinar dolore aliquet aliquam et eget ac. Et id tempus massa molestie, lorem lobortis euismod pulvinar nunc tellus turpis ut sem nonummy, magna diam nonummy dolore. Praesent at lorem et eget sed laoreet euismod feugiat lobortis volutpat dolor congue ullamcorper amet dolore aliquet sit ut. Sem consectetur donec praesent adipiscing aliquam tellus, sit nisi ullamcorper, amet dolore ullamcorper amet nisi sem turpis nisi sem. Nonummy donec praesent nonummy donec aliquet turpis nisi sem consectetur magna diam amet donec felis ipsum lobortis, volutpat lorem. Lobortis euismod pulvinar nunc euismod pulvinar massa molestie lorem, lobortis volutpat dolor tincidunt id sed nunc tellus pharetra ut. Non pharetra congue felis tempus massa molestie dolor congue ullamcorper amet dolore praesent adipiscing aliquam proin nonummy erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet nunc aliquet turpis magna et eget sed, ante molestie feugiat ut ullamcorper amet dolore ullamcorper amet. Dolore aliquet consectetur congue, diam pulvinar nunc tellus turpis nisi et nonummy magna diam nonummy donec praesent turpis. Nisi proin, eget ipsum massa id ipsum massa volutpat dolor congue ullamcorper nonummy erat mi mauris tempus proin. Consectetur ac nibh, elit erat massa molestie, feugiat, lobortis volutpat dolor tincidunt euismod pulvinar, massa id, ipsum ante. Molestie feugiat erat ante molestie feugiat nibh eget sed laoreet euismod ipsum laoreet id feugiat massa, volutpat dolor. Tincidunt ullamcorper turpis dolore aliquet consectetur magna non pharetra magna praesent adipiscing donec, proin mauris lorem nibh id. Ipsum nunc tellus pharetra magna diam elit erat ante mauris tempus ante mauris erat et felis euismod, pulvinar. Nunc non pharetra magna diam, nonummy, erat praesent felis lorem nibh elit erat mi elit tempus massa molestie. Feugiat ut non dolor laoreet eget congue aliquet adipiscing lorem et, eget sed laoreet molestie sit ut, non. Consectetur magna ullamcorper nonummy dolore aliquet turpis nisi non amet dolore aliquet adipiscing aliquam, et at erat, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy donec sem consectetur ac diam elit sed massa molestie feugiat magna laoreet tellus sit ut volutpat. Pharetra donec praesent adipiscing aliquam proin at erat et elit, nunc tellus, sit ut non consectetur, congue diam. Nonummy donec proin mauris lorem nibh, eget erat et elit erat mi felis aliquam proin mauris, lorem, nibh. Euismod nonummy aliquam proin at lorem laoreet eget ipsum massa tellus sit ut, volutpat pharetra congue euismod pulvinar. Dolore, tellus sit ut non pharetra tincidunt pharetra dolore praesent adipiscing aliquam proin, at magna ullamcorper amet, congue. Aliquet adipiscing, aliquam lobortis, ullamcorper felis feugiat tincidunt volutpat pulvinar nunc tellus ante, mauris sed tincidunt ullamcorper amet. Nisi proin at ac et elit, donec praesent turpis, dolore sem consectetur, nisi sem consectetur tincidunt euismod, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non, nonummy aliquam proin at aliquam proin at, ac mi felis, tempus massa mauris lorem nibh elit sed laoreet id sit ut ullamcorper. Nonummy ipsum congue diam elit donec praesent adipiscing nisi proin at erat mi id ipsum, massa tellus, sit congue sit ut sem, at, magna. Et felis erat mi at lorem, et elit sed tincidunt id pulvinar nunc, molestie sit congue ullamcorper amet dolore aliquet adipiscing aliquam et eget. Sed nunc tellus turpis ut sem consectetur magna diam pulvinar dolore tellus turpis ut sem consectetur erat mi id ut, sem consectetur magna et. Elit erat mi mauris tempus et elit ac laoreet felis ipsum ante, felis aliquam proin adipiscing aliquam diam nonummy donec diam nonummy nonummy donec. Praesent adipiscing aliquam sem, consectetur, ac mi, felis tempus ante mauris lorem ante mauris lorem nibh elit erat praesent nonummy aliquam proin adipiscing aliquam. Molestie pharetra congue aliquet felis aliquam proin at magna diam consectetur donec diam nonummy dolore praesent at ac, proin eget sed laoreet at feugiat. Lobortis euismod pulvinar nunc tellus sit nisi non consectetur magna ullamcorper nonummy dolore aliquet turpis ut sem pharetra congue ullamcorper, amet dolore ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi mauris lorem tincidunt euismod amet dolore, aliquet. Turpis felis ipsum massa molestie feugiat, nibh euismod pulvinar. Nunc sem consectetur magna diam elit erat mi, felis. Feugiat nibh eget lorem et nonummy donec praesent nonummy. Molestie feugiat ut ullamcorper nonummy donec, aliquet adipiscing tempus. Proin at magna et, elit tempus ante molestie lorem. Lobortis volutpat dolor laoreet id ipsum, praesent at, ac. Nibh volutpat, dolor massa id feugiat lobortis volutpat, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, ante eget dolor, tincidunt congue euismod amet dolore tellus pharetra congue, ullamcorper nonummy donec praesent adipiscing aliquam proin. Mauris sed tincidunt, euismod pulvinar nunc tellus, sit ut non amet massa id, feugiat ut, ullamcorper amet congue euismod. Amet nisi aliquet turpis magna, diam elit erat ante mauris, feugiat, lobortis non dolor nunc tellus sit massa volutpat. Dolor tincidunt euismod pulvinar nunc molestie sit ut non pharetra congue ullamcorper pulvinar dolore aliquet consectetur ac nibh elit. Erat mi mauris lorem nibh elit ac et, elit erat mi mauris lorem lobortis volutpat sed laoreet id ipsum. Ante tellus sit ut volutpat pharetra congue euismod pulvinar massa aliquet turpis nisi, proin at erat et nonummy donec. Aliquet turpis dolore aliquet turpis ut sem consectetur congue ullamcorper amet dolore aliquet, turpis nisi sem pharetra donec mi. Felis ac et volutpat sed laoreet euismod pulvinar ut non consectetur donec diam nonummy donec aliquet adipiscing aliquam proin. At ac et felis erat proin at ac, et elit erat mi mauris lorem nibh volutpat sed tincidunt, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit sed, laoreet molestie feugiat ut sem, consectetur, donec praesent turpis nisi proin at, ac nibh elit pharetra dolore praesent at, ac et elit. Sed nunc molestie sit lobortis volutpat dolor congue ullamcorper amet nisi aliquet turpis ut non sit, ut felis ipsum lobortis molestie feugiat lobortis euismod pulvinar massa. Molestie feugiat lobortis volutpat feugiat lobortis volutpat pulvinar, dolore sem turpis nisi non consectetur magna non pharetra nonummy aliquam proin at ac proin at erat mi. Felis ipsum ut sem consectetur congue ullamcorper pulvinar, nunc tellus turpis nisi, non pharetra nibh eget ipsum massa, molestie feugiat lobortis volutpat dolor tincidunt euismod, dolor. Nunc aliquet, turpis nisi diam, consectetur donec, mi mauris lorem nibh eget lorem nibh eget congue ullamcorper, amet, nisi proin at erat et elit donec praesent. Adipiscing feugiat lobortis eget, lorem nibh elit, erat mi adipiscing aliquam praesent adipiscing aliquam sem pharetra, et eget dolor tincidunt euismod sit massa volutpat feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy donec praesent adipiscing tempus ante molestie feugiat tincidunt ullamcorper turpis nisi sem, consectetur magna sem. Nonummy donec praesent adipiscing ut, sem, elit sed mi, felis tempus massa molestie feugiat lobortis volutpat, ipsum. Dolore aliquet elit erat mi id tempus ante felis aliquam proin at euismod sit ut sem consectetur. Magna et adipiscing donec proin at lorem et eget sed tincidunt euismod ipsum massa molestie feugiat lobortis. Mauris sed nibh id turpis nisi sem at ac, et elit tempus ante mauris, feugiat lobortis eget. Sed laoreet id tempus ante mauris lorem ante mauris ac nibh tincidunt ullamcorper turpis nisi sem consectetur. Magna diam nonummy dolore aliquet turpis, nisi sem at lorem nibh felis tempus mi, felis aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat laoreet euismod amet nunc sem elit sed laoreet id pulvinar nisi non pharetra congue, diam nonummy, donec, non consectetur congue non amet aliquam aliquet turpis. Nisi et elit sed mi, nonummy donec aliquet amet nisi aliquet sit nunc tellus, feugiat lobortis eget ipsum massa tellus sit, ut ullamcorper pharetra dolore aliquet. Amet nisi proin consectetur magna sem consectetur magna ullamcorper, amet nunc tellus pulvinar nunc tellus sit congue eget, ipsum massa molestie ipsum ante at ac et. Eget dolor tincidunt aliquet turpis ut volutpat dolor tincidunt, ullamcorper nonummy dolore tellus sit aliquam et at erat mi id feugiat massa mauris tempus, nibh elit. Sed tincidunt euismod pulvinar nunc tellus sit congue diam nonummy donec proin at aliquam proin at lorem, lobortis eget erat mi elit erat ante adipiscing aliquam. Proin mauris lorem, et eget tempus massa, mauris lorem ante, mauris lorem nibh elit erat id feugiat massa mauris feugiat tincidunt euismod amet nisi sem consectetur. Ac nibh, elit erat mi felis tempus lobortis non, lorem tincidunt, aliquet mauris consectetur feugiat ac tincidunt sem eget dolor, nunc, tellus sit ut molestie feugiat. Lobortis non pharetra congue ullamcorper pulvinar, nunc tellus sit, ut aliquet turpis nisi ante at ac nibh elit erat mi felis aliquam proin at lorem laoreet. Eget sed mi felis aliquam proin at ac proin at nisi ullamcorper nonummy aliquam proin at ac et elit erat mi adipiscing aliquam ante at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet turpis nisi sem. Nonummy donec praesent nonummy donec praesent. At lorem nibh eget erat diam. Nonummy dolore ullamcorper eget, sit ut. Sem eget sed laoreet felis tempus. Ante molestie lorem nibh eget, erat. Mi id ipsum massa volutpat dolor. Congue ullamcorper amet non pharetra congue. Ullamcorper nonummy aliquam proin adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet consectetur ac diam elit tempus massa molestie at ac laoreet, id, sit nisi. Proin at ac, laoreet id feugiat ut non amet congue euismod, amet dolore aliquet sit. Nisi sem consectetur praesent adipiscing aliquam praesent at lorem lobortis, id sed laoreet id, tempus. Ante mauris lorem ante mauris ac mi felis tempus massa tellus feugiat ut ipsum nunc. Tellus pharetra, magna et elit erat mi felis tempus ante elit erat et nonummy donec. Praesent nonummy, aliquam, ante eget lorem, nibh id ipsum laoreet molestie dolor congue, ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam, nonummy tempus massa tellus pharetra congue praesent adipiscing, aliquam proin elit ac mi. Id pharetra magna diam nonummy donec aliquet turpis aliquam proin, mauris sed laoreet felis ipsum. Massa tellus, sit mauris lorem laoreet, eget sed massa, aliquet turpis ut non pharetra magna. Praesent, adipiscing, aliquam ante mauris lorem diam nonummy erat praesent adipiscing aliquam proin at aliquam. Et volutpat sed laoreet molestie feugiat massa mauris lorem proin mauris lorem laoreet id ipsum. Massa molestie sit ut non pharetra, mi molestie feugiat lobortis molestie dolor congue lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, mauris lorem laoreet id pulvinar nunc diam nonummy erat ante felis tempus ante. Elit erat mi felis tempus, ante molestie feugiat, ut ullamcorper nonummy donec praesent at. Lorem, nibh elit ipsum ante felis lorem nibh, eget dolor laoreet felis tempus mi. Felis tempus nibh, volutpat dolor nunc aliquet turpis, ut non pharetra ac diam, nonummy. Donec aliquet consectetur ac laoreet felis tempus, ante mauris feugiat lobortis volutpat, sed tincidunt. Euismod sit ut tellus sit congue ullamcorper amet donec proin at, ac mi, elit. Tempus, ante, felis lorem nibh eget sed tincidunt aliquet, adipiscing aliquam et elit donec. Mi felis tempus, ante mauris lorem lobortis eget erat tincidunt euismod dolor, tincidunt tellus. Sit nisi sem consectetur donec mi felis lorem, lobortis volutpat, pharetra, dolore ullamcorper amet. Dolore aliquet consectetur magna diam elit erat nonummy aliquam proin mauris lorem tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue ullamcorper amet congue ullamcorper turpis feugiat congue euismod turpis nisi proin. Consectetur magna et elit erat laoreet molestie feugiat nibh volutpat dolor, laoreet euismod. Amet aliquam proin consectetur, ac mi mauris lorem nibh mauris lorem nibh id. Pulvinar nunc molestie feugiat lobortis, non pharetra tincidunt euismod pulvinar, massa molestie sit. Lobortis volutpat lorem et, eget tempus massa tellus sit tincidunt ullamcorper amet donec. Praesent at lorem laoreet id pulvinar, dolore non pharetra magna diam amet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem tincidunt ullamcorper amet nunc aliquet sit nisi sem consectetur congue, ullamcorper nonummy aliquam proin at ac, laoreet molestie feugiat ut non dolor congue. Ullamcorper nonummy donec aliquet sit nisi sem consectetur congue ullamcorper pharetra dolore praesent adipiscing aliquam proin consectetur congue, aliquet adipiscing tempus ante mauris sed laoreet. Id ipsum massa mauris, feugiat lobortis non, amet, dolore aliquet turpis nisi sem, at ac et nonummy, donec mi id tempus ante mauris tempus nibh. Volutpat pulvinar tincidunt id ipsum, laoreet molestie feugiat ut non dolor tincidunt euismod pulvinar nunc aliquet donec mi mauris feugiat nibh, eget dolor laoreet eget. Sed nunc tellus pharetra ut volutpat sed tincidunt, id, ipsum nunc tellus sit ut volutpat dolor congue aliquet ipsum massa tellus pharetra congue euismod dolor. Tincidunt euismod sit nunc non pharetra ut non pharetra tincidunt ullamcorper turpis nisi sem turpis magna et elit erat nibh, volutpat pulvinar nunc tellus pulvinar. Nisi sem at, erat laoreet id ipsum massa volutpat feugiat lobortis euismod pulvinar euismod sit magna, diam consectetur donec diam amet nunc tellus, turpis nisi. Sem elit sed massa id ipsum massa mauris feugiat lobortis volutpat sed tincidunt euismod ipsum euismod pulvinar nunc tellus sit ut non at ac mi. Felis tempus ante molestie feugiat, lobortis euismod pulvinar nunc tellus sit nunc non consectetur magna ullamcorper amet lorem laoreet id sed laoreet felis ipsum ante. Molestie feugiat lobortis, volutpat dolor tincidunt euismod tempus ante mauris, lorem nibh eget lorem nibh elit erat mi felis ac nibh id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum ut non adipiscing tempus nibh eget dolor tincidunt tellus. Turpis aliquam, et elit, erat, mi elit aliquam proin at aliquam. Et eget sed tincidunt euismod pulvinar massa nunc non consectetur erat. Laoreet molestie feugiat lobortis volutpat dolor tincidunt ullamcorper turpis nisi aliquet. Turpis nisi sem consectetur dolore aliquet adipiscing nisi proin pharetra congue. Diam nonummy donec aliquet turpis nisi sem, consectetur magna et elit. Tempus lobortis volutpat dolor tincidunt euismod pulvinar dolore sem at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, praesent mauris sed laoreet ullamcorper turpis nisi sem at erat massa. Id tempus ante tincidunt, tellus sit ut non pharetra magna praesent felis. Tempus ante mauris sed nibh elit erat mi id tempus massa molestie. Feugiat lobortis euismod pulvinar, mauris feugiat lobortis non pharetra tincidunt euismod sit. Ut sem, at erat laoreet felis tempus praesent adipiscing aliquam et elit. Erat laoreet id sit ut mauris, sed tincidunt, euismod pulvinar nisi laoreet. Proin volutpat pharetra aliquam lobortis et molestie consectetur erat tincidunt aliquet, at. Sed dolore sem mauris sed, tellus, consectetur sed nunc sem, elit, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis erat, dolore proin eget adipiscing tempus lobortis, amet feugiat congue, et tellus at, dolor lorem dolore ante sem id at amet, donec lobortis praesent, mauris. Pharetra donec nunc proin, eget, ipsum nisi aliquet eget adipiscing feugiat congue diam, molestie felis sit, lorem dolore lobortis mi non id adipiscing, pharetra tempus lobortis laoreet. Sem ullamcorper volutpat elit turpis ac tempus nibh eget sed, laoreet eget sed laoreet id ipsum ante molestie feugiat lobortis volutpat dolor laoreet id ipsum lobortis volutpat. Feugiat lorem laoreet id pulvinar nunc tellus feugiat lobortis volutpat amet dolore aliquet turpis aliquam proin consectetur magna, diam nonummy donec mi felis tempus nibh eget, lorem. Mauris dolor, dolore praesent adipiscing ac et, elit erat laoreet id tempus lobortis volutpat feugiat lobortis euismod dolor tincidunt euismod sit, ut tellus sit ut volutpat dolor. Sem elit erat et elit erat mi adipiscing ac et elit erat diam nonummy donec praesent felis aliquam proin at, ac nibh eget sed ut diam nonummy. Congue, aliquet adipiscing, ac et elit sed laoreet euismod pulvinar nunc tellus dolor tincidunt euismod dolor tincidunt tellus sit, nunc non, sit, congue ullamcorper at, lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor nunc sem consectetur ac nibh id ipsum mauris lorem laoreet euismod. Pulvinar, nunc molestie feugiat nisi non pharetra congue euismod pulvinar nunc tellus pulvinar. Ut non consectetur magna diam nonummy donec praesent turpis massa mauris lorem nibh. Eget sed laoreet felis ipsum massa molestie feugiat lobortis, volutpat dolor tincidunt euismod. Pulvinar nunc tellus sit lobortis volutpat dolor et adipiscing aliquam praesent adipiscing aliquam. Et eget sed laoreet id tempus ante felis aliquam ante mauris sed, laoreet. Euismod pulvinar ut sem at lorem et, elit sed laoreet id feugiat, massa. Mauris dolor tincidunt euismod amet nunc euismod sit ut tellus sit lobortis volutpat. Tellus, pharetra congue non amet congue ullamcorper turpis nisi sem sit, nisi non. Consectetur magna, praesent nonummy donec sem consectetur magna, sem consectetur magna ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis ipsum massa volutpat feugiat congue ullamcorper amet dolore sem at ac et eget ipsum lobortis. Volutpat dolor congue ullamcorper amet dolore aliquet, turpis, magna et elit donec praesent adipiscing aliquam ante at. Lorem et elit erat praesent, nonummy nonummy tempus proin, mauris ac, nibh eget sed nunc tellus feugiat. Lobortis, volutpat dolor congue diam nonummy dolore, aliquet turpis ut non pharetra, congue non adipiscing aliquam, nibh. Eget ipsum nunc aliquet consectetur ac, et nonummy erat mi mauris lorem nibh eget sed laoreet id. Pulvinar nunc tellus sed nibh, id amet dolore sem consectetur nisi diam nonummy erat mi adipiscing aliquam. Ante eget lorem et nonummy donec mi adipiscing aliquam proin at ac proin eget ipsum, laoreet id. Ipsum ut non consectetur magna ullamcorper amet, nunc tellus sit ut, sem pharetra congue ullamcorper amet dolore. Aliquet adipiscing ac proin at magna et eget dolor tincidunt euismod, ipsum massa mauris lorem nibh eget. Lorem laoreet id pulvinar nunc tellus feugiat lobortis, dolore mi adipiscing aliquam sem consectetur ac diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, magna, praesent adipiscing pharetra congue aliquet at, ac proin at erat mi elit erat ante. Mauris feugiat congue euismod nonummy dolore tellus, sit, ut non pharetra congue ullamcorper pharetra mi id. Feugiat lobortis volutpat feugiat lobortis euismod pulvinar nunc euismod pulvinar massa volutpat feugiat tincidunt volutpat dolor. Tincidunt euismod sit nunc non pharetra pharetra congue diam amet donec, praesent felis aliquam proin at. Ac mi felis tempus massa molestie lorem lobortis, volutpat pharetra nunc tellus sit ut, molestie feugiat. Tincidunt ullamcorper amet dolore tellus, sit nisi sem consectetur congue euismod pulvinar nunc tellus turpis nisi. Sem elit donec praesent adipiscing donec aliquet, adipiscing lobortis volutpat pharetra congue, euismod amet nunc tellus. Pulvinar nunc tellus pharetra congue euismod amet nunc tellus sit ut sem consectetur magna diam nonummy. Donec praesent at ut sem consectetur congue mi felis lorem nibh eget lorem et, elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent elit, ipsum, nunc molestie sit ut non pharetra congue aliquet, adipiscing aliquam. Ante eget sed laoreet tellus pulvinar nisi sem pharetra ut volutpat tellus pharetra congue. Diam nonummy donec praesent felis tempus nibh eget lorem mi felis tempus massa, molestie. Feugiat lobortis volutpat pharetra congue ullamcorper turpis nisi dolor tincidunt euismod pulvinar nunc aliquet. Turpis ac et, elit tempus ante felis tempus proin at lorem nibh eget sed. Massa molestie sit ut non pharetra dolor tincidunt, aliquet adipiscing aliquam sem consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, diam elit erat laoreet felis, feugiat lobortis, id pulvinar, dolore aliquet consectetur ac diam elit donec mi, felis tempus nibh mauris lorem laoreet, id ipsum massa molestie. Feugiat congue diam ipsum nunc aliquet consectetur nisi sem pharetra congue ullamcorper turpis nisi aliquet turpis ut non sit, ut ullamcorper amet congue tellus pulvinar nunc tellus sit. Nibh euismod, pulvinar nunc aliquet consectetur magna et elit erat, mi felis lorem, ante mauris lorem nibh id sed massa id ipsum ante molestie ac non amet dolore. Aliquet adipiscing tempus ante eget lorem nibh felis pulvinar ut tellus pharetra ut volutpat dolor laoreet id sed laoreet molestie sit congue proin at erat mi elit tempus. Ante, mauris feugiat, lobortis volutpat dolor tincidunt tellus ipsum massa molestie feugiat nibh eget sed nibh eget sed massa molestie, consectetur, magna diam nonummy, donec diam nonummy donec. Praesent at lorem et elit erat praesent felis tempus, ante molestie ac nibh eget sed, laoreet id ipsum ante nisi diam elit, erat, ante mauris lorem nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis nisi sem consectetur magna diam nonummy donec aliquet turpis nisi sem mauris ac nibh elit donec praesent. Adipiscing tempus proin, consectetur magna diam nonummy donec praesent turpis nisi sem consectetur erat laoreet euismod pulvinar nunc sem. Nonummy donec praesent adipiscing tempus ante at ac nibh pharetra congue euismod amet dolore molestie feugiat massa molestie dolor. Lobortis volutpat dolor tincidunt, euismod sit ut sem pharetra magna diam amet dolore praesent, adipiscing nisi sem lorem, lobortis. Volutpat dolor tincidunt euismod sit ut, non consectetur magna diam nonummy dolore aliquet, turpis aliquam sem at erat praesent. Adipiscing tempus sem turpis nisi diam nonummy donec praesent adipiscing aliquam sem at lorem laoreet id pulvinar ut non. Pharetra donec mi id tempus proin at lorem nibh volutpat dolor tincidunt euismod amet tincidunt tellus, turpis nisi sem. Consectetur magna praesent adipiscing aliquam praesent turpis aliquam sem consectetur magna diam adipiscing donec aliquet turpis pulvinar nunc non. Pharetra magna diam nonummy dolore aliquet, turpis ut non pharetra congue diam nonummy dolore aliquet, turpis aliquam proin at. Erat et elit tempus mi mi mauris feugiat ut non dolor nunc euismod sit nisi sem at ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore tellus sit ut, sem nonummy erat praesent adipiscing donec proin at ac sem consectetur magna et nonummy aliquam proin mauris ut non pharetra. Magna, praesent adipiscing tempus ante, at lorem diam nonummy magna diam amet donec praesent, at aliquam proin at ac mi felis, tempus aliquet consectetur ac et. Elit ipsum, massa non pharetra, ut non pharetra nunc aliquet adipiscing aliquam proin, at ac, et id ipsum massa volutpat dolor tincidunt euismod donec mi molestie. Feugiat magna diam nonummy donec praesent adipiscing ac et elit sed mi felis tempus ante, molestie feugiat lobortis volutpat dolor mi felis ipsum ante mauris feugiat. Lobortis volutpat sed congue, aliquet turpis nisi sem pharetra congue ullamcorper amet, dolore praesent adipiscing aliquam proin consectetur ac diam nonummy dolor laoreet euismod pulvinar nunc. Non pharetra congue ullamcorper amet donec aliquet turpis nisi aliquet turpis ut non pharetra congue ut sem pharetra congue ullamcorper amet donec praesent adipiscing nisi non. At erat mi felis tempus ante molestie dolor, lobortis volutpat pulvinar nisi sem consectetur magna diam consectetur donec diam adipiscing donec praesent turpis aliquam proin at. Ac laoreet, id tempus lobortis molestie, feugiat, tincidunt ullamcorper ipsum nunc non pharetra ut, non pharetra tincidunt tellus sit ut non pharetra ut ullamcorper amet, dolore. Aliquet adipiscing aliquam, proin at erat mi, id pulvinar nunc mauris lorem et eget sed mi id ipsum massa volutpat dolor laoreet eget erat et nonummy. Erat ante molestie feugiat nibh volutpat dolor laoreet, euismod pulvinar nunc adipiscing, aliquam proin at ac mi felis tempus massa molestie lorem nibh eget erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar dolore tellus sit nisi sem consectetur magna diam nonummy aliquam praesent, turpis nisi sem consectetur, magna. Diam pulvinar dolore aliquet consectetur magna et elit donec mi mauris lorem nibh mauris lorem et elit erat. Mi felis tempus ante volutpat dolor tincidunt euismod, pharetra magna diam adipiscing tempus ante eget dolor nunc tellus. Pulvinar nisi non consectetur magna diam, nonummy donec ante at ac et at, magna diam nonummy euismod amet. Donec praesent adipiscing aliquam et elit erat mi felis tempus ante mauris ac, et elit erat laoreet id. Feugiat lobortis volutpat, pharetra nibh eget sed laoreet id ipsum, laoreet molestie feugiat lobortis volutpat dolor, tincidunt euismod. Pulvinar, nunc molestie ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod aliquet adipiscing aliquam et eget ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie dolor congue ullamcorper amet dolore sem at. Donec mi molestie feugiat lobortis eget dolor tincidunt euismod. Sit nisi non consectetur magna diam elit donec mi. Felis ac nibh elit sed laoreet adipiscing tempus, nibh. Volutpat pulvinar nunc tellus sit ut non consectetur sit. Lorem aliquam lobortis diam mauris pharetra ipsum ut, et. Ullamcorper adipiscing aliquam proin, lorem tincidunt eget dolor laoreet. Euismod turpis magna et nonummy erat praesent nonummy, donec. Praesent adipiscing aliquam proin eget, ipsum, laoreet id turpis. Ac dolore ullamcorper amet dolore aliquet, consectetur nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus adipiscing ac et at ac mi feugiat, lobortis euismod pulvinar, dolore sem, consectetur nisi. Diam elit tempus, mi felis tempus ante eget lorem nibh elit erat et felis aliquam. Proin at sem consectetur donec praesent turpis nisi sem consectetur magna sem consectetur magna diam. Nonummy aliquam ante mauris lorem nibh elit sed mi id tempus ante, at ac, diam. Elit erat, ante felis lorem ante eget lorem et eget sed massa molestie, feugiat ut. Non amet donec aliquet turpis nisi sem consectetur magna diam nonummy donec sem consectetur magna. Diam nonummy donec praesent adipiscing, aliquam proin at lorem laoreet euismod pulvinar nunc molestie, feugiat. Massa eget dolor nunc aliquet turpis nunc molestie, feugiat lobortis eget dolor tincidunt euismod pulvinar. Ut non pharetra congue ullamcorper, nonummy dolore praesent adipiscing aliquam proin consectetur ac praesent felis. Tempus nibh eget lorem et eget sed massa molestie sit congue diam nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, consectetur erat mi adipiscing tempus ante eget, dolor laoreet id ipsum, laoreet, id ipsum, lobortis molestie sed laoreet id ipsum nunc ipsum nunc volutpat lorem ante mauris lorem laoreet. Tellus sit nisi sem consectetur magna diam adipiscing aliquam ante molestie feugiat nibh elit erat et felis, ipsum nunc tellus, sit ut ullamcorper adipiscing aliquam proin, adipiscing ac et elit. Erat laoreet, molestie, sit congue ullamcorper pharetra congue euismod pulvinar dolore tellus sit lobortis euismod pulvinar, dolore praesent adipiscing aliquam sem consectetur magna et felis aliquam praesent turpis dolore tellus. Turpis nisi sem nonummy donec praesent turpis massa molestie feugiat ut, non dolor tincidunt ullamcorper sit nunc tellus sit ut non pharetra congue euismod pulvinar dolore aliquet turpis nisi sem. Consectetur magna, praesent, adipiscing, ut sem nonummy donec, praesent nonummy donec praesent at ac et eget sed mi felis ipsum ante mauris tempus ante mauris ac et elit erat mi. Tempus ante molestie lorem et volutpat sed laoreet felis tempus mi adipiscing aliquam sem consectetur nisi non sit lobortis non erat mi, felis tempus ante molestie feugiat tincidunt, euismod amet. Nunc tellus feugiat lobortis molestie lorem nibh at lorem et, nonummy donec diam amet nunc, id sed nibh, id sed laoreet molestie ipsum massa at aliquam sem at, ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna congue aliquet adipiscing aliquam proin consectetur magna laoreet euismod ipsum. Nunc tellus, sit congue non pharetra congue ullamcorper turpis ac et. Elit ac laoreet id feugiat nisi sem consectetur magna diam amet. Dolore aliquet turpis, nisi sem pharetra donec diam nonummy congue, ullamcorper. Pulvinar nunc tellus sit et eget sed tincidunt id tempus ante. Mauris lorem nibh eget lorem nibh nonummy donec praesent id ipsum. Massa molestie lorem laoreet eget sed massa, molestie dolor tincidunt volutpat. Amet, dolore, sem, consectetur magna non sit, ut non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, felis erat praesent adipiscing tempus nibh elit erat et elit, erat ante molestie feugiat nibh, mauris lorem. Nibh eget ipsum massa molestie sit, tincidunt ullamcorper amet nunc aliquet turpis nisi sem pharetra congue euismod pulvinar. Tincidunt tellus turpis magna diam, eget, sed laoreet felis ipsum ante molestie lorem non, pharetra, congue ullamcorper turpis. Nisi sem volutpat dolor laoreet felis ipsum nunc molestie feugiat nibh volutpat pharetra, tincidunt euismod amet ut non. Pharetra congue, volutpat sit magna diam consectetur congue euismod pulvinar dolore aliquet sit ut non pharetra ut, volutpat. Pharetra donec proin at ac et eget sed dolore proin at ac mi id ipsum massa tellus sit. Ut ullamcorper, amet donec aliquet turpis nisi sem pharetra magna diam amet congue aliquet amet, dolore sem, consectetur. Ac nibh felis pulvinar massa, molestie feugiat nibh eget lorem laoreet id, sed massa molestie ipsum ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur magna diam, nonummy aliquam proin mauris dolor, tincidunt euismod sit nunc tellus feugiat lobortis molestie dolor. Lobortis aliquet turpis nisi sem pharetra magna diam nonummy donec aliquet turpis ut non consectetur, congue non pharetra dolore praesent. Adipiscing, ac nibh eget ipsum nunc volutpat, feugiat nibh volutpat dolor tincidunt tellus sit ut sem nonummy donec praesent felis. Tempus massa mauris lorem et elit erat laoreet id ipsum massa molestie, erat tincidunt euismod ipsum nunc tellus sit ut. Non amet dolore praesent adipiscing aliquam proin, consectetur congue ullamcorper pharetra congue ullamcorper amet nunc molestie lorem nibh volutpat dolor. Nunc aliquet turpis nisi sem consectetur congue diam amet dolore ullamcorper, amet nisi aliquet sit ut ullamcorper amet donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra magna praesent nonummy aliquam ante at ac et elit erat mi, felis tempus ante nonummy. Tempus massa molestie dolor tincidunt ullamcorper amet donec aliquet adipiscing aliquam proin nonummy donec, diam nonummy, donec. Praesent adipiscing aliquam et at sed turpis nisi, proin at lorem nibh eget sed ante mauris tempus. Proin mauris sed laoreet, id pulvinar nunc molestie feugiat lobortis non dolor tincidunt euismod dolor nunc mauris. Lorem lobortis volutpat dolor tincidunt euismod ipsum massa molestie pharetra ut, ullamcorper nonummy aliquam praesent adipiscing aliquam. Proin elit erat et elit nunc tellus turpis nisi diam nonummy erat mi id ipsum ante mauris. Sed tincidunt euismod pulvinar nunc tellus turpis nisi sem nonummy donec praesent adipiscing tempus ante sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris sed laoreet euismod pulvinar, dolore sem sit ut volutpat, dolor laoreet euismod sit nunc tellus pharetra congue ullamcorper amet dolore. Tellus sit ut non pharetra magna et felis tempus ante mauris ac sem turpis nisi sem erat mi felis ipsum, ante molestie. Pharetra congue dolore praesent adipiscing aliquam proin consectetur, ac mi felis, ipsum, lobortis molestie lorem nibh eget sed tincidunt ullamcorper amet, dolore. Aliquet turpis, nisi sem, consectetur magna mi felis ipsum massa volutpat dolor lobortis volutpat ipsum massa id ipsum, ante lobortis ante mauris. Lorem ut non pharetra congue euismod ipsum massa id ipsum ante mauris ac proin consectetur ac mi elit tempus mi mauris lorem. Lobortis euismod massa molestie feugiat nibh eget ac et eget erat et nonummy donec aliquet turpis nisi aliquet sit ut non pharetra. Donec mi adipiscing donec praesent at aliquam diam amet donec praesent at ac proin at, ac et elit erat mi, felis tempus. Ante mauris sed laoreet id tempus ante mauris tempus ante mauris lorem et nonummy donec aliquet, amet nisi aliquet turpis ut sem. Pharetra magna praesent adipiscing tempus ante at ac et, elit nunc non pharetra congue ullamcorper amet dolore, ullamcorper turpis nisi sem consectetur. Magna et felis tempus massa molestie sit ut ullamcorper pharetra dolore tellus sit nisi elit tempus massa molestie feugiat et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non consectetur erat massa tellus. Pharetra ac et elit tempus, ante. Molestie dolor lobortis euismod amet dolore. Aliquet turpis nisi sem consectetur donec. Praesent, felis lorem nibh consectetur donec. Praesent adipiscing tempus proin mauris feugiat. Lobortis euismod pulvinar, nunc aliquet turpis. Magna diam consectetur erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non amet dolore aliquet turpis dolore sem consectetur, ac, et felis erat ante mauris. Feugiat tincidunt euismod, dolor laoreet id tempus, ante mauris lorem nibh, eget, ipsum, dolore aliquet. Consectetur sed massa tellus, sit nisi sem nonummy donec, diam felis lorem nibh volutpat dolor. Laoreet sem elit, sed laoreet id ipsum massa mauris lorem nibh volutpat dolor tincidunt tellus. Feugiat lobortis, volutpat feugiat tincidunt euismod pulvinar, dolore tellus pulvinar, ut tellus, sit aliquam, et. Elit sed massa id ipsum lobortis volutpat dolor, tincidunt ullamcorper amet dolore tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit sed laoreet id ipsum lobortis volutpat pharetra congue ullamcorper amet nisi sem consectetur ac et elit erat ante mauris, nibh id ipsum laoreet id feugiat lobortis volutpat dolor. Tincidunt ullamcorper amet dolore aliquet consectetur nisi sem nonummy erat mi, felis, lorem nibh mauris adipiscing ac, et eget sed massa, id ipsum massa mauris lorem et elit erat mi. Felis ipsum massa molestie feugiat lobortis mauris lorem nibh eget sed laoreet turpis aliquam proin consectetur magna diam amet donec aliquet felis lorem lobortis eget dolor laoreet euismod ipsum massa. Molestie pharetra congue non, dolor praesent adipiscing aliquam proin mauris lorem lobortis euismod pulvinar nunc tellus, sit ut non, pharetra magna, ullamcorper amet nunc tellus sit nunc tellus sit ut. Volutpat dolor ullamcorper elit tempus massa molestie, dolor congue aliquet, turpis nisi sem consectetur ac et elit erat ante molestie lorem nibh, mauris, lorem nibh eget ipsum massa molestie nisi. Proin at erat mi felis erat mi felis tempus ante eget dolor nunc aliquet turpis nisi sem at magna nibh eget, erat mi felis ipsum ante felis tempus ante elit. Erat laoreet id pulvinar nunc sem consectetur congue ullamcorper amet congue tellus sit nunc tellus tellus sit, nisi diam elit tempus, ante felis lorem ante mauris lorem nibh eget sed. Massa tellus, feugiat lobortis non pharetra congue ullamcorper turpis nisi proin elit dolore praesent turpis nisi sem turpis magna diam nonummy magna diam amet, donec praesent at lorem nibh id. Pulvinar nunc non sit congue diam, nonummy dolore, congue aliquet, adipiscing tempus ante at, lorem nibh id ipsum laoreet id ipsum, ante eget sed laoreet id pulvinar, dolore sem consectetur. Magna diam nonummy donec, praesent nonummy donec mi felis tempus ante eget sed tincidunt tellus sit ut, non consectetur congue ullamcorper nonummy erat proin at ac et at magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis non, amet dolore aliquet, adipiscing, ac et, tempus. Ante mauris, lorem ante eget sed mi felis, tempus ante. Mauris lorem ante mauris lorem proin at magna diam nonummy. Donec praesent turpis dolore felis lorem nibh eget erat laoreet. Felis tempus ante mauris, lorem nibh mauris ac diam elit. Erat mi felis aliquam proin adipiscing ac proin elit tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at lorem et, felis ipsum massa molestie sit ut non dolor tincidunt id. Ipsum massa mauris feugiat lobortis eget sed laoreet id pulvinar massa molestie lorem, proin. Mauris sed laoreet id ipsum nunc tellus feugiat nibh eget sed nibh eget ipsum. Dolor nunc tellus turpis nisi non, pharetra congue ullamcorper amet dolore aliquet turpis nisi. Diam consectetur, donec diam nonummy donec proin adipiscing ac et eget erat mi, adipiscing. Tempus proin mauris ac nibh id, tempus mi mauris tempus ante mauris lorem et. Eget sed laoreet id ipsum massa tellus sit ut non pharetra, magna ullamcorper amet. Dolore aliquet consectetur nisi sem pharetra congue ullamcorper amet dolore aliquet turpis ut non. Pharetra congue ullamcorper pharetra consectetur ac et elit erat mi, adipiscing aliquam proin at. Aliquam, sem nonummy donec praesent, adipiscing aliquam proin turpis nisi, proin elit erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod sit nunc tellus sit lobortis volutpat dolor tincidunt euismod, ipsum massa non pharetra, congue euismod dolor dolore tellus, ipsum massa molestie, feugiat lobortis, eget sed. Laoreet euismod, pulvinar massa molestie feugiat lobortis volutpat sed tincidunt euismod pulvinar praesent mauris lorem nibh, elit erat laoreet id tempus mi, felis aliquam proin adipiscing aliquam et. Eget sed massa id feugiat lobortis volutpat dolor congue aliquet, amet ut non consectetur donec praesent adipiscing lorem nibh volutpat dolor tincidunt tellus pulvinar nunc molestie, feugiat ut. Ullamcorper elit aliquam praesent adipiscing aliquam, et ante, eget sed nunc euismod pulvinar massa molestie feugiat lobortis volutpat dolor tincidunt id sed laoreet felis tempus ante molestie lorem. Nibh eget sed tincidunt euismod erat ante mauris feugiat lobortis non pharetra nunc tellus pulvinar nunc tellus sit ut non pharetra congue ullamcorper amet nunc tellus sit lobortis. Praesent molestie pharetra magna adipiscing feugiat aliquam lobortis diam id turpis, magna, mi euismod turpis magna et elit tempus nisi, laoreet nibh praesent pharetra feugiat magna tincidunt aliquet. Eget dolor tincidunt euismod sit ut sem nonummy donec praesent felis tempus ante mauris sed laoreet euismod pulvinar massa id tempus massa amet dolore sem at dolor tincidunt. Euismod pulvinar massa molestie sit ut volutpat, dolor tincidunt id ipsum nunc tellus feugiat lobortis molestie feugiat tincidunt euismod amet dolore dolore, aliquet turpis ut sem, consectetur magna. Diam adipiscing tempus ante eget dolor laoreet id ipsum massa tellus, feugiat ut volutpat dolor tincidunt volutpat pulvinar tincidunt euismod lorem ut non amet dolore praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nisi erat mi id ipsum massa molestie feugiat, ut euismod dolor nunc aliquet sit ut tellus pharetra ut non pharetra congue ullamcorper pulvinar dolore aliquet dolor magna. Ullamcorper nonummy, aliquam proin at ac diam nonummy donec mi, felis aliquam ante mauris dolor laoreet id ipsum, laoreet id ipsum ante mauris sed nunc euismod turpis nisi. Sem consectetur congue volutpat dolor tincidunt tellus sit ut non consectetur ac, et elit donec mi felis lorem, et elit erat laoreet euismod dolor tincidunt tellus turpis magna. Et eget erat praesent amet aliquam proin adipiscing aliquam proin elit ac diam nonummy dolore ullamcorper nibh id pulvinar, nunc non pharetra congue ullamcorper amet dolore ullamcorper adipiscing. Ac et, eget erat et elit erat praesent adipiscing aliquam ante elit erat, et elit ante mauris lorem, et elit sed massa molestie feugiat lobortis volutpat dolor congue. Aliquet turpis nisi sem at ac et elit erat mi, mauris tempus ante eget donec mi felis tempus ante, molestie feugiat lobortis euismod amet nisi proin at magna. Diam elit erat mi adipiscing, tempus sem pharetra congue non pharetra congue euismod ipsum massa id feugiat massa molestie dolor lobortis volutpat dolor tincidunt felis tempus mi adipiscing. Tempus nibh eget lorem nibh dolore praesent adipiscing aliquam sem, consectetur ac diam nonummy, donec mi felis aliquam et elit erat mi elit ipsum ante mauris tempus ante. Eget dolor tincidunt id aliquam ante mauris feugiat lobortis id ipsum nunc molestie sit ut non consectetur magna praesent adipiscing, aliquam proin, at lorem laoreet eget ipsum laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, amet nisi proin elit erat mi elit. Tempus mi molestie tempus ut non sit, congue. Diam nonummy donec praesent turpis ut non sit. Lobortis non amet dolore aliquet turpis nisi aliquet. Turpis, magna et elit mauris sed laoreet, eget. Ipsum ut tellus sit congue, non amet congue. Ullamcorper amet nunc tellus sit nisi diam nonummy. Donec mi adipiscing tempus ante ut ullamcorper, amet. Dolore praesent adipiscing, ac et elit sed et. Elit donec mi adipiscing tempus ante, mauris, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh non pharetra, congue tellus sit ut non pharetra magna ullamcorper nonummy donec. Mi mauris lorem nibh eget sed laoreet id ipsum massa laoreet molestie feugiat. Lobortis, ullamcorper pharetra congue euismod pulvinar dolore tellus, feugiat ut non, dolor tincidunt. Euismod dolor tincidunt euismod sit ut non consectetur, congue magna dolore nibh praesent. Molestie elit pulvinar magna laoreet aliquet ullamcorper felis feugiat magna praesent id ipsum. Nibh non pharetra dolore ullamcorper amet dolore, tellus sit consectetur erat laoreet euismod. Pulvinar nunc tellus pharetra congue ullamcorper amet et felis erat mi adipiscing nisi. Sem, at, ac laoreet felis tempus mi eget dolor tincidunt euismod sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh, eget sed mi felis tempus, massa molestie feugiat erat laoreet euismod ipsum nunc molestie sit, lobortis et. Elit, sed tincidunt tellus feugiat massa molestie feugiat nibh volutpat, dolor nunc tellus turpis nisi ullamcorper amet nisi, sem. At erat laoreet molestie sit ut sem nonummy donec praesent adipiscing tempus, ante, mauris lorem nibh eget sed laoreet. Id ipsum elit, erat laoreet id ipsum, lobortis non pharetra congue, ullamcorper amet dolore tellus sit nunc non pharetra. Congue diam adipiscing tempus massa eget pulvinar dolore tellus sit ut non pharetra dolore praesent turpis nisi aliquet sit. Nunc, non sit ut non pharetra nunc aliquet sit ut non, pharetra congue ullamcorper et elit erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar donec aliquet turpis ut non nonummy magna diam amet diam felis tempus ante molestie dolor lobortis volutpat dolor tincidunt, tellus turpis nisi sem nonummy magna praesent felis tempus massa. Eget dolor congue aliquet amet tellus turpis ac mi, felis pulvinar nisi non pharetra donec praesent, adipiscing, aliquam ante mauris lorem nibh elit ipsum, nunc tellus feugiat ut ullamcorper pharetra. Tincidunt aliquet at ac et elit ipsum massa tellus sit lobortis non, pharetra dolore praesent turpis, nisi sem consectetur magna diam amet dolore tellus turpis, magna et elit erat praesent. Nonummy donec proin adipiscing, ac et elit erat mi id feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt id ipsum ante, eget dolor tincidunt tellus pulvinar nunc molestie, sit ut. Ullamcorper nonummy aliquam proin at lorem nibh eget erat, mi id feugiat massa mauris lorem lobortis volutpat erat massa mauris feugiat lobortis non, pharetra congue, euismod pulvinar dolore tellus pharetra. Congue diam nonummy donec praesent molestie feugiat elit donec mi adipiscing tempus proin eget sed laoreet id erat laoreet id tempus ante mauris feugiat, nibh eget sed laoreet felis ipsum. Lobortis volutpat pharetra tincidunt, sem consectetur donec, diam, amet donec aliquet turpis ut tellus pharetra lobortis molestie feugiat, lobortis volutpat, dolor laoreet id ipsum massa mauris lorem nibh eget dolor. Pharetra erat mi felis ipsum massa volutpat dolor tincidunt eget ipsum laoreet felis ipsum lobortis, volutpat consectetur congue euismod amet nunc euismod pulvinar ut non sit elit erat mi felis. Tempus lobortis volutpat dolor tincidunt volutpat, pulvinar dolore tellus turpis ut non pharetra, lobortis, volutpat dolor tincidunt id ipsum massa molestie feugiat nibh at ac mi, elit erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem nibh elit sed ante mauris feugiat lobortis non, pharetra tincidunt ullamcorper. Amet dolore sem consectetur magna mi id sit lobortis non pharetra magna diam. Nonummy nunc tellus sit congue diam nonummy aliquam ante mauris ac et elit. Erat mi id tempus lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt, id ipsum. Sed nunc non consectetur congue diam nonummy aliquam proin at, aliquam, sem at. Ac diam amet congue ullamcorper amet, dolore aliquet turpis ut non consectetur magna. Ullamcorper pulvinar ut sem pharetra congue ullamcorper pharetra tincidunt euismod pulvinar, nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur dolor donec proin mauris, sed laoreet id ipsum nunc tellus sit congue diam amet dolore, aliquet turpis dolore tellus sit lobortis. Non consectetur aliquam proin, at ac diam eget sed massa tellus, feugiat ut non amet, donec proin adipiscing aliquam nibh euismod dolor. Tincidunt tellus sit ut sem dolor, laoreet id pulvinar nunc non pharetra donec mi adipiscing aliquam proin adipiscing aliquam proin at magna. Et elit erat mi mauris, feugiat lobortis volutpat pulvinar nunc adipiscing aliquam proin at ac et, at erat mi felis aliquam praesent. At ac et elit ac mi elit erat mi adipiscing aliquam, mi mauris lorem, lobortis volutpat dolor tincidunt id ipsum massa, molestie. Feugiat ut non dolor lobortis euismod pulvinar dolore aliquet sit, ut non pharetra, tincidunt ullamcorper diam nonummy donec praesent adipiscing aliquam praesent. Adipiscing aliquam sem consectetur, ac mi felis tempus mi mauris tempus proin at lorem nibh id tempus ante mauris tempus aliquet adipiscing. Ac laoreet euismod amet dolore aliquet at ac diam nonummy tempus ante mauris lorem nibh volutpat dolor tincidunt adipiscing aliquam proin at. Ac et at, magna et elit erat mi felis, aliquam proin consectetur magna sem consectetur magna praesent adipiscing tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non pharetra dolore aliquet amet, nisi, proin at erat et elit aliquam, proin at lorem laoreet euismod pulvinar nunc tellus sit lobortis non pharetra. Dolore aliquet, adipiscing aliquam sem turpis ut non pharetra magna diam amet nisi molestie pharetra ut non pharetra congue ullamcorper sit nunc non sit lobortis. Volutpat feugiat lobortis volutpat dolor tincidunt aliquet, turpis nisi non pharetra magna, ullamcorper sed massa mauris, feugiat ut non amet congue euismod ipsum massa, molestie. Ipsum lobortis non, amet dolore aliquet turpis, aliquam ante mauris lorem nibh eget dolor laoreet eget erat laoreet id feugiat lobortis volutpat dolor tincidunt ullamcorper. Amet nisi sem at ac et elit erat praesent mauris lorem nibh praesent felis tempus proin feugiat, lobortis volutpat feugiat et, elit erat et nonummy. Donec diam nonummy donec aliquet turpis ut non consectetur congue ullamcorper nonummy donec aliquet ipsum nunc tellus feugiat lobortis volutpat feugiat lobortis volutpat, sed nibh. Elit erat praesent felis tempus nibh eget lorem nibh dolor laoreet id ipsum laoreet felis tempus ante felis tempus ante, at ac diam nonummy donec. Praesent adipiscing tempus ante at ac proin consectetur congue ullamcorper, magna diam, elit erat mi felis lorem nibh eget ac sem consectetur congue ullamcorper, pulvinar. Nunc tellus sit nunc tellus feugiat lobortis volutpat sed laoreet eget sed felis tempus ante mauris tempus ante mauris magna diam nonummy magna euismod pulvinar. Nunc, aliquet sit ut non sit ut volutpat pharetra tincidunt, euismod pulvinar massa molestie praesent nonummy nisi proin mauris lorem nibh eget donec praesent, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet id tempus massa molestie. Feugiat tincidunt volutpat, dolor, nunc tellus. Sit nisi sem pharetra ut non. Dolor tincidunt tellus sit massa adipiscing. Aliquam proin turpis ut non dolor. Tincidunt volutpat dolor, laoreet id, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem et elit sed ac. Et felis ipsum ante mauris ac et. At erat et, nonummy, erat praesent adipiscing. Aliquam sem at lorem, nibh eget sed. Laoreet molestie lorem nibh eget ipsum laoreet. Id ipsum massa molestie feugiat nibh elit. Ac diam consectetur donec diam adipiscing donec. Proin adipiscing aliquam sem pharetra ut at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent turpis dolore molestie sit nisi non pharetra tincidunt ullamcorper nonummy dolore aliquet sit ut, tellus sit ut non pharetra ac laoreet, id ipsum ante. Molestie, dolor tincidunt volutpat dolor tincidunt euismod ipsum massa mauris lorem ante at magna tincidunt, ullamcorper amet, ut non feugiat massa ante mauris lorem nibh id. Pulvinar, ut proin nonummy donec praesent adipiscing donec praesent adipiscing nisi sem at magna, non consectetur, magna praesent adipiscing aliquam ante at ac nibh elit ipsum. Nunc non, consectetur magna, diam nonummy erat proin, turpis aliquam, sem at congue ullamcorper, amet dolore aliquet, pulvinar ut non consectetur congue ullamcorper, amet dolore aliquet. Adipiscing, ac et eget sed laoreet felis tempus massa molestie feugiat lobortis volutpat mauris lorem, nibh eget ipsum massa, molestie lorem ante at lorem et elit. Erat mi id ipsum massa, molestie, lorem lobortis volutpat sed laoreet felis ipsum aliquet adipiscing magna diam elit donec praesent adipiscing donec praesent at ac lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor magna praesent adipiscing aliquam proin mauris sed laoreet euismod pulvinar nunc tellus sit ut non pharetra congue molestie, sit ut non pharetra tincidunt ullamcorper amet dolore tellus. Sit ut non pharetra magna diam nonummy donec proin, adipiscing lorem nibh at erat mi eget amet nisi sem consectetur ac et felis donec, praesent adipiscing aliquam praesent, at. Magna et, id sed laoreet id feugiat lobortis diam nonummy donec aliquet ullamcorper turpis dolore tellus sit ut, sem pharetra magna diam nonummy donec praesent adipiscing aliquam proin elit. Erat laoreet id sit, lobortis non erat mi felis tempus ante mauris aliquam proin consectetur nisi non consectetur magna diam felis tempus ante mauris lorem nibh eget sed laoreet. Id feugiat lobortis volutpat nisi diam nonummy erat praesent adipiscing donec praesent adipiscing magna, diam elit, magna ullamcorper adipiscing aliquam proin at ac et eget ipsum massa molestie feugiat. Ut sem, consectetur ac nibh felis tempus mi mauris lorem, lobortis volutpat pharetra congue ullamcorper pulvinar nunc tellus sit ut non erat ante molestie feugiat lobortis volutpat sed laoreet. Euismod turpis nisi non pharetra congue diam nonummy dolore aliquet amet dolore aliquet sit, lobortis volutpat dolor tincidunt ullamcorper praesent felis aliquam proin mauris lorem et elit, erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy nunc aliquet consectetur magna. Diam elit erat massa felis tempus. Nibh mauris sed laoreet, id pulvinar. Nunc sem consectetur ac et adipiscing. Tempus ante turpis, ac et nonummy. Erat ante, molestie lorem nibh euismod. Pulvinar nunc aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nunc tellus sit ac mi felis ipsum massa. Non pharetra magna praesent, adipiscing tempus ante at lorem. Nibh eget ipsum nunc tellus pharetra ut at ac. Mi felis tempus ante mauris, feugiat, lobortis volutpat pulvinar. Nunc sem consectetur ac diam consectetur donec praesent adipiscing. Donec proin adipiscing aliquam, proin amet erat mi adipiscing. Nisi proin at lorem mi elit erat praesent adipiscing. Donec proin at, ac proin at donec praesent felis. Tempus ante molestie feugiat tincidunt proin elit sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nonummy erat mi mauris lorem nibh volutpat aliquet turpis, magna diam nonummy donec praesent adipiscing aliquam sem at ac diam elit erat mi felis. Lorem lobortis volutpat pharetra congue ullamcorper, amet dolore, lorem lobortis euismod pulvinar nunc euismod pulvinar ut non, pharetra congue ullamcorper nonummy dolore aliquet, turpis nisi. Sem consectetur donec diam nonummy dolore praesent adipiscing massa volutpat dolor lobortis volutpat pulvinar laoreet euismod pulvinar nunc tellus, feugiat ut volutpat, nonummy dolore praesent. At lorem nibh eget sed, laoreet id, nisi sem elit sed mi, id ipsum massa molestie sit lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus. Feugiat ut non pharetra congue id sed laoreet molestie tempus ante at ac et felis ipsum nunc molestie sit lobortis non sed laoreet id ipsum. Laoreet, molestie sit ut non dolor congue euismod amet nisi aliquet turpis nisi sem pharetra magna praesent nonummy donec aliquet adipiscing aliquam proin, consectetur, ac. Et id feugiat massa ullamcorper non, pharetra magna, diam nonummy donec proin at ac nibh eget erat mi felis tempus lobortis molestie feugiat laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis euismod amet nisi sem at ac et elit sed mi adipiscing. Tempus ante mauris sed laoreet ante mauris lorem nibh elit sed laoreet id. Tempus ante, mauris lorem nibh mauris lorem nibh eget sed mi felis aliquam. Proin at ac nibh eget mi felis tempus nibh eget sed nibh eget. Erat ante mauris lorem, ante at ac et at ac et nonummy donec. Aliquet turpis dolore aliquet tempus ante eget lorem mi felis erat mi adipiscing. Aliquam ante mauris lorem et elit ac, mi id tempus proin at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis aliquam proin at ac laoreet. Eget ipsum massa tellus pharetra congue ullamcorper. Amet dolore aliquet turpis nisi sem amet. Donec ante mauris lorem ante mauris lorem. Nibh eget, sed ante felis tempus ante. Mauris, lorem laoreet id ipsum nunc tellus. Pharetra ac euismod amet dolore aliquet consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nonummy donec, proin adipiscing aliquam proin at ac mi felis, tempus ipsum lobortis volutpat feugiat nibh volutpat pulvinar nisi sem. Consectetur ac nibh elit magna praesent amet dolore praesent turpis aliquam sem at magna diam nonummy erat, mi id feugiat massa, volutpat. Dolor magna ullamcorper amet donec praesent turpis ut non pharetra magna diam adipiscing, aliquam proin mauris lorem nibh eget mauris dolor lobortis. Volutpat dolor tincidunt euismod sit magna sem, nonummy, donec praesent adipiscing tempus praesent adipiscing nisi proin at erat et elit, aliquet, turpis. Nisi diam nonummy magna diam nonummy donec praesent adipiscing ac, proin nonummy erat mi adipiscing tempus ante, mauris lorem nibh elit ac. Mi felis tempus aliquet sit ut sem consectetur congue ullamcorper pulvinar tincidunt, id ipsum massa molestie feugiat ut volutpat dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue euismod amet nunc aliquet, sit nunc tellus feugiat ut non pharetra congue euismod sed massa id ipsum lobortis volutpat erat laoreet id pulvinar, lobortis volutpat. Pharetra, donec mi felis tempus, ante volutpat sed laoreet id ipsum nunc tellus sit ut ullamcorper pharetra congue ullamcorper euismod dolor tincidunt, euismod pulvinar nunc tellus sit. Ut ullamcorper amet dolore tellus turpis ut non sit congue ullamcorper amet donec proin mauris lorem, nibh volutpat tempus ante felis aliquam proin at lorem nibh id. Turpis nisi sem consectetur, magna et felis tempus ante mauris ac nibh elit sed tincidunt euismod amet nisi sem consectetur, magna et eget ipsum massa molestie ipsum. Ante eget sed laoreet id, sed mi molestie feugiat lobortis molestie dolor tincidunt ullamcorper mauris feugiat lobortis non pulvinar tincidunt, tellus turpis nisi sem consectetur magna, et. Felis tempus ante molestie lorem et at ac diam elit erat mi, mauris feugiat elit erat mi felis ipsum massa mauris lorem nibh eget sed, laoreet tellus. Sit ut non pharetra tincidunt euismod pulvinar praesent felis lorem nibh eget sed tincidunt ullamcorper turpis nisi sem consectetur magna diam amet dolore praesent turpis aliquam, sem. Consectetur ac et elit tempus massa sit, nisi et elit donec, praesent, nonummy donec, proin mauris lorem nibh eget erat mi felis tempus ante felis tempus proin. Mauris sed laoreet eget, ipsum ante sit ut tellus sit lobortis volutpat dolor donec aliquet turpis, nisi sem consectetur nisi sem consectetur donec praesent felis tempus, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit erat mi felis ipsum ante. Volutpat pharetra congue aliquet amet nisi proin. At donec mi felis, aliquam ante eget. Dolor nunc aliquet sit nisi proin at. Ac, mi, felis ipsum massa mauris ac. Et elit erat, mi felis tempus nunc. Aliquet consectetur, ac et eget sed, massa. Molestie feugiat, lobortis volutpat, pharetra, laoreet euismod. Ipsum nunc aliquet feugiat, lobortis non pharetra. Magna ullamcorper molestie sit congue non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et elit sed mi id feugiat ut non pharetra dolore praesent nisi diam consectetur magna praesent felis lorem ante. Mauris sed, tincidunt ullamcorper amet dolore sem consectetur magna ullamcorper nonummy erat ante molestie feugiat, lobortis volutpat donec mi felis. Lorem nibh volutpat dolor laoreet id ipsum massa id ipsum lobortis volutpat dolor tincidunt euismod dolor nunc euismod sit nisi. Sem pulvinar non pharetra congue diam adipiscing donec praesent consectetur nisi sem consectetur donec mi id tempus ante non pharetra. Tincidunt ullamcorper amet dolore aliquet nisi diam elit tempus massa molestie, lorem lobortis volutpat dolor tincidunt euismod ipsum massa molestie. Feugiat lobortis, volutpat, dolor tincidunt ullamcorper, amet aliquam proin consectetur magna diam dolor, nunc aliquet sit nisi non consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at magna et elit erat praesent volutpat amet dolore aliquet, at ac diam elit. Erat, laoreet id feugiat lobortis volutpat, amet donec proin, at ac nibh, elit erat mi, felis. Amet aliquam proin at ac diam nonummy donec mi id feugiat lobortis non amet donec proin. Adipiscing ac nibh volutpat sed nunc tellus feugiat lorem nibh eget lorem laoreet id sed, massa. Molestie pharetra congue ullamcorper amet donec praesent felis aliquam et eget sed tincidunt id pulvinar ut. Non consectetur, congue, sit nisi sem eget sed laoreet id tempus massa mauris feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ipsum massa tellus pharetra congue. Non amet donec aliquet pulvinar ut. Proin elit sed laoreet, felis tempus. Massa volutpat dolor congue ullamcorper amet. Dolore non consectetur, magna diam nonummy. Aliquam ante mauris lorem nibh eget. Sed massa molestie turpis magna sem. Amet dolore, euismod amet dolore, tellus. Turpis at lorem et eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie pharetra, congue aliquet, adipiscing dolore molestie sit, magna sem nonummy. Donec nibh eget sed tincidunt euismod sit ut non pharetra ut ullamcorper. Amet donec praesent turpis nisi sem turpis nisi, sem consectetur magna ullamcorper. Turpis nunc non sit ut non pharetra tincidunt euismod pulvinar nunc molestie. Sit congue diam, nonummy donec aliquet amet nisi sem consectetur ac et. Elit tempus ante euismod pulvinar nunc non pharetra congue, non amet dolore. Aliquet turpis aliquam et, at ac diam felis tempus ante felis, tempus. Proin, diam adipiscing aliquam ante mauris sed laoreet, euismod, amet, nisi sem. Pharetra magna ullamcorper amet dolore aliquet adipiscing tempus, proin mauris pulvinar dolore. Sem at magna et tincidunt, tellus turpis nisi proin pharetra magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis dolor congue aliquet amet nunc aliquet pharetra magna, diam adipiscing tempus ante mauris ac, nibh elit, sed massa molestie sit congue ullamcorper amet congue aliquet amet nunc aliquet sit. Nisi diam diam id pulvinar nisi non sit ut ullamcorper amet dolore aliquet adipiscing aliquam sem at magna diam elit erat, praesent adipiscing aliquam sem consectetur ac feugiat, ut non. Pharetra dolore aliquet adipiscing aliquam proin at ac et, elit erat mi adipiscing nisi proin, at ac nibh id ipsum, massa molestie sem at erat massa molestie sit, lobortis, non. Amet erat praesent adipiscing aliquam proin at lorem et, nonummy erat mi felis tempus ante mauris, lorem diam nonummy donec praesent adipiscing nisi proin consectetur magna diam nonummy donec praesent. Adipiscing tempus, ante eget sed laoreet id sed laoreet, id ipsum lobortis volutpat sed mi felis ipsum massa molestie dolor tincidunt ullamcorper turpis nisi sem consectetur ac nibh eget ipsum. Laoreet molestie sit ut volutpat dolor tincidunt euismod pulvinar massa mauris ac nibh elit ac laoreet id ipsum nunc tellus pharetra congue diam nonummy donec praesent at aliquam sem consectetur. Nibh, id ipsum massa molestie feugiat lobortis volutpat pharetra congue ullamcorper amet dolore tellus turpis nisi sem consectetur, congue ullamcorper adipiscing donec proin mauris sed nibh eget eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, id pulvinar nisi diam elit erat mi mauris at lorem. Nibh euismod amet dolore, aliquet sit ut volutpat dolor lobortis volutpat. Dolor nunc euismod sit nunc tellus feugiat tincidunt euismod pulvinar dolore. Congue ullamcorper amet donec praesent turpis nisi proin at erat, mi. Id, ipsum nunc, non pharetra congue euismod pulvinar nunc tellus turpis. Nisi proin at euismod pulvinar dolore aliquet consectetur nisi sem, consectetur. Donec mi adipiscing aliquam nibh volutpat dolor laoreet euismod pulvinar nunc. Tellus, pharetra donec praesent ipsum massa aliquet turpis, nisi diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget lorem, nibh eget tempus massa molestie lorem nibh euismod, pulvinar nisi. Sem at magna diam amet congue ullamcorper pulvinar nunc euismod pulvinar massa molestie feugiat. Tincidunt euismod nonummy donec proin at lobortis non amet dolore aliquet adipiscing aliquam proin. Consectetur ac et elit erat ante mauris lorem nibh eget dolor nunc tellus sit. Ut non pharetra, nibh id ipsum nunc tellus turpis ut non pharetra congue ullamcorper. Amet dolore sed laoreet id pulvinar massa tellus feugiat congue ullamcorper amet elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing lorem nibh volutpat dolor nunc tellus, pulvinar ut non sit ut non. Eget ipsum massa tellus sit ut non, nonummy tempus ante, felis, tempus ante mauris ac. Nibh eget sed massa molestie feugiat nibh eget dolor aliquet turpis nisi aliquet at magna. Diam, id ipsum ante mauris lorem ante eget lorem laoreet eget ipsum massa molestie feugiat. Lobortis, non pharetra congue id feugiat ut non dolor, congue ullamcorper amet nunc, tellus pulvinar. Massa tellus feugiat lobortis eget sed laoreet id ipsum massa molestie feugiat proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus lobortis euismod pulvinar tincidunt praesent adipiscing ac, et elit donec tincidunt euismod pulvinar massa molestie sit ut non pharetra congue ullamcorper turpis dolore aliquet. Sit ut tellus, sit ut euismod pulvinar nunc aliquet, turpis et aliquet turpis aliquam proin volutpat sed laoreet felis tempus ante molestie feugiat nibh mauris, lorem nibh. Id pulvinar ut non sit ut volutpat pharetra congue sit ut sem, consectetur congue ullamcorper amet nisi sem consectetur ac et eget sed laoreet molestie, feugiat lobortis. Non pharetra, dolore, praesent adipiscing sem amet dolore aliquet turpis aliquam proin consectetur ac et elit erat mi felis lorem nibh mauris sed laoreet euismod ipsum nunc. Tellus pharetra magna, diam, amet tincidunt euismod sit nunc tellus feugiat lobortis volutpat, pulvinar nunc euismod pulvinar massa tellus feugiat ut molestie sed laoreet id ipsum, nunc. Aliquet at ac et elit dolore sem consectetur magna diam nonummy magna praesent, adipiscing, aliquam ante mauris lorem laoreet euismod pulvinar nunc molestie feugiat lobortis at erat. Tincidunt euismod pulvinar, ut non pharetra ut non pulvinar nunc euismod pulvinar nunc tellus pharetra congue ullamcorper pharetra congue ullamcorper turpis dolore sem, turpis nisi eget sed. Laoreet, id pulvinar nunc non consectetur magna diam adipiscing donec proin at, lorem nibh id ipsum nunc molestie ipsum massa volutpat lorem nibh volutpat feugiat tincidunt euismod. Nonummy dolore praesent turpis aliquam proin consectetur, magna, diam amet donec, praesent turpis nisi proin consectetur ac mi felis tempus ante felis tempus donec praesent, felis lorem. Ante eget sed laoreet eget sed laoreet felis tempus massa mauris ac et elit erat et felis ipsum nunc tellus, pharetra congue diam dolor laoreet eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus sit magna ullamcorper turpis aliquam proin consectetur ac, et eget sed nunc tellus feugiat ut non dolor. Tincidunt ullamcorper pulvinar massa molestie, sit nisi non dolor congue consectetur magna diam, elit sed mi felis tempus ante at. Ac nibh eget sed laoreet felis tempus proin at, lorem, nibh eget erat, mi id tempus ante at ac diam. Nonummy sed nunc molestie ipsum massa volutpat dolor tincidunt, ullamcorper pulvinar dolore tellus, turpis nisi sem consectetur magna diam adipiscing. Aliquam sem, sit congue ullamcorper pharetra congue euismod, pulvinar ut non, pharetra congue ullamcorper amet dolore aliquet turpis nisi aliquet. Turpis magna et elit erat proin at nisi sem consectetur donec praesent nonummy donec praesent adipiscing ac nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tincidunt euismod amet nunc tellus turpis nisi. Sem elit, erat mi felis tempus ante mauris. Lorem laoreet eget sed mi felis ipsum massa. Et id, ipsum nunc non pharetra ut ullamcorper. Amet donec praesent at ac nibh id ipsum. Massa tellus sit magna diam elit erat mi. Mauris eget sed massa molestie feugiat lobortis volutpat. Dolor congue ullamcorper turpis aliquam proin elit, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem nibh eget ipsum ut tellus sit congue, ullamcorper nonummy donec praesent adipiscing aliquam proin consectetur ac mi elit tempus ante felis, aliquam proin. At lorem euismod amet dolore, praesent adipiscing ac et elit sed laoreet id feugiat massa volutpat feugiat lobortis euismod, pulvinar nunc tellus sit lobortis molestie feugiat. Lobortis elit erat mi mauris feugiat lobortis volutpat dolor congue aliquet amet, dolore sem at erat mi elit tempus ante molestie lorem nibh at, magna et. Elit erat tellus pulvinar nunc non consectetur, magna, diam amet dolore aliquet amet dolore sem sit ut volutpat pharetra congue ullamcorper pulvinar nunc, tellus sit lobortis. Ullamcorper, amet donec praesent turpis nisi tellus, sit ut non pharetra congue aliquet amet nisi aliquet, turpis, nisi sem pharetra congue euismod amet dolore aliquet, sit. Donec proin at ac nibh elit erat et elit, erat praesent adipiscing aliquam sem turpis magna diam nonummy donec diam amet nunc tellus sit ut non. Euismod amet dolore tellus pharetra congue ullamcorper pharetra dolore ullamcorper pulvinar nunc euismod sit nunc non dolor lobortis volutpat dolor et elit erat mi id ipsum. Massa, volutpat amet congue aliquet adipiscing nisi, aliquet consectetur ac et nonummy donec praesent nonummy nunc tellus turpis nisi non consectetur laoreet eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante molestie dolor tincidunt mauris lorem nibh, eget ipsum nunc. Non at erat laoreet felis sit ut non, amet dolore praesent adipiscing. Aliquam proin at ac et elit erat praesent, at aliquam proin at. Magna praesent adipiscing tempus ante molestie lorem lobortis volutpat dolor, nunc tellus. Feugiat nisi sem nonummy erat praesent adipiscing, aliquam, non nonummy donec mi. Felis tempus ante molestie pharetra lobortis eget dolor nunc, tellus sit ut. Non consectetur congue ullamcorper nonummy donec praesent sit, lobortis volutpat dolor tincidunt. Ullamcorper amet, nisi, proin at erat mi felis, erat mi mauris feugiat. Lobortis eget sed laoreet felis tempus praesent adipiscing donec proin, felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, praesent at feugiat tincidunt ullamcorper amet, dolore sem consectetur, magna diam donec mi tellus feugiat nibh eget. Sed congue ullamcorper amet nisi proin at erat mi felis erat mi felis lorem nibh volutpat dolor, laoreet. Euismod proin mauris sed nibh id pulvinar nunc molestie feugiat ut, volutpat dolor tincidunt ullamcorper amet nunc euismod. Pulvinar ut non consectetur donec diam amet donec proin elit, sed laoreet id feugiat massa, molestie feugiat et. Eget pulvinar nunc tellus, pulvinar ante molestie dolor lobortis volutpat sed tincidunt euismod pulvinar proin mauris sed laoreet. Ullamcorper turpis nisi sem consectetur ac mi felis tempus ante mauris feugiat lobortis euismod pulvinar nunc aliquet turpis. Nisi sem consectetur magna id, pulvinar massa molestie feugiat lobortis non dolor lobortis euismod pulvinar dolore aliquet pulvinar. Massa non consectetur magna ullamcorper amet dolore tellus sit ut non consectetur magna eget erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna aliquet turpis aliquam proin, mauris sed tincidunt euismod tempus nibh, eget dolor tincidunt ullamcorper turpis dolore proin elit magna diam, nonummy erat mi felis nisi sem consectetur nisi. Sem nonummy donec mi felis turpis aliquam, proin at sed mi molestie sit ut volutpat feugiat lobortis eget sed laoreet id ipsum massa, tellus pharetra congue diam nonummy dolore. Pulvinar nisi non consectetur congue ullamcorper amet dolore ullamcorper amet nunc tellus sit ut sem, nonummy donec praesent, nonummy, aliquam praesent, at ac proin congue praesent adipiscing aliquam proin. Elit sed et felis erat ante felis tempus ante mauris ac laoreet euismod pulvinar nunc molestie feugiat, lobortis eget lorem, et elit congue ullamcorper amet nisi sem consectetur nisi. Sem nonummy donec praesent adipiscing aliquam proin at ac nibh eget sed massa tellus feugiat lobortis, volutpat dolor tincidunt nonummy erat mi mauris tempus nibh eget erat et elit. Tempus ante mauris lorem nibh eget dolor congue euismod sit ut, non sit ut non at sed, tincidunt euismod pulvinar ut sem nonummy magna diam amet dolore aliquet turpis. Nisi proin at erat et elit tempus ante mauris lorem nibh elit erat euismod pulvinar nunc euismod ipsum, massa mauris tempus ante at ac et eget sed mi, felis. Tempus lobortis volutpat pharetra tincidunt euismod amet dolore tellus sit nisi massa molestie feugiat nibh eget sed laoreet euismod ipsum laoreet molestie sit ut non pharetra congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, mi mauris, lorem, nibh volutpat pulvinar tincidunt id sed laoreet, molestie ipsum massa. Molestie dolor donec mi adipiscing sed laoreet id pulvinar ut tellus pharetra tincidunt ullamcorper. Amet donec praesent adipiscing aliquam et at, ac et adipiscing tempus ante molestie, lorem. Nibh elit, tempus massa volutpat consectetur congue, diam nonummy donec praesent at ac et. Elit donec praesent adipiscing aliquam proin at lorem et elit, erat laoreet felis tempus. Aliquet turpis nisi non consectetur ipsum nunc non consectetur magna diam nonummy aliquam, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat tincidunt euismod amet dolore aliquet sit nisi diam elit, erat ante felis tempus, ante mauris. Felis ipsum ut non amet dolore praesent turpis aliquam ante at lorem mi felis tempus ante felis. Lorem nibh eget sed nibh elit donec diam amet felis ipsum massa molestie feugiat lobortis eget dolor. Nunc, aliquet consectetur nisi sem nonummy donec praesent felis tempus ante at aliquam proin at, erat et. Et lobortis volutpat, dolor congue mi mauris lorem nibh eget lorem laoreet euismod pulvinar nunc id sit. Congue ullamcorper amet donec proin turpis lobortis non pharetra congue praesent, adipiscing aliquam nibh eget sed nibh. Id ipsum ut non pharetra ut ullamcorper pharetra congue euismod ipsum massa molestie sit ut volutpat, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet tellus turpis aliquam et eget erat mi id ipsum massa molestie feugiat massa, tellus sit magna diam consectetur magna diam nonummy, dolore, praesent consectetur. Nisi diam elit erat mi felis tempus massa mauris feugiat tincidunt ullamcorper amet tincidunt aliquet turpis nisi non consectetur donec praesent, adipiscing, aliquam proin at ac. Et elit erat mi felis tempus proin mauris lorem et at erat ante molestie feugiat lobortis volutpat sed laoreet id pulvinar nunc tellus sit lobortis non. Pharetra donec praesent turpis nisi aliquet turpis nisi diam felis tempus proin at ac et nonummy donec praesent adipiscing tempus nibh volutpat sed nibh id sed. Laoreet molestie feugiat massa molestie feugiat nibh eget erat laoreet tincidunt euismod pulvinar nunc tellus sit ut non pharetra dolore ullamcorper amet nunc non pharetra ut. Volutpat pharetra congue ullamcorper amet nunc tellus feugiat lobortis non pharetra lorem nibh eget erat mi felis tempus proin at aliquam proin consectetur ac diam amet. Donec praesent molestie lorem, consectetur, ac et elit, sed ante felis lorem ante eget lorem et at ac et elit tempus ante mauris lorem nibh volutpat. Dolor nunc tellus turpis ut lorem tincidunt tellus pulvinar nunc molestie feugiat lobortis volutpat, dolor tincidunt ullamcorper pulvinar massa molestie feugiat massa adipiscing nonummy sit sed. Ut laoreet aliquet volutpat nonummy elit pulvinar, aliquam lobortis euismod adipiscing lorem nibh at ac et elit donec praesent, nonummy aliquam proin, at ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie, dolor, congue diam amet donec praesent at ac et consectetur ac mi, felis tempus et eget erat. Laoreet euismod pulvinar, lobortis, volutpat dolor, congue ullamcorper amet donec tellus sit, ut, sem, consectetur, magna praesent adipiscing aliquam. Ante volutpat amet dolore aliquet turpis, magna, diam elit donec diam felis tempus nibh mauris lorem nibh eget erat. Mi id ipsum ante, at feugiat nibh eget sed mi tincidunt euismod pulvinar nunc tellus dolor lobortis euismod, pulvinar. Nunc aliquet turpis, ac et at ac diam nonummy donec praesent at ac sem mauris lorem lobortis eget sed. Laoreet id tempus massa, mauris feugiat lobortis eget sed laoreet eget sed, laoreet id ipsum massa molestie dolor tincidunt. Eget sed pulvinar nunc non consectetur donec mi adipiscing aliquam proin at ac nibh eget erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at lorem nibh euismod pulvinar nunc non, pharetra congue non. Pharetra congue aliquet turpis nisi sem pharetra, magna ullamcorper, amet dolore. Praesent consectetur erat mi elit donec praesent adipiscing aliquam ante, at. Ac et eget sed massa id tempus ante mauris feugiat lobortis. Volutpat dolor nunc, tellus lorem nibh eget, dolor tincidunt euismod, pulvinar. Nunc non consectetur congue ullamcorper amet, dolore ullamcorper amet dolore aliquet. Consectetur ac et elit donec aliquet adipiscing aliquam nibh id, pulvinar. Ut diam nonummy erat mi felis tempus proin at aliquam proin. At ac et elit donec praesent turpis aliquam proin consectetur at. Lorem laoreet id ipsum laoreet molestie ipsum, ante mauris sed, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nisi sem adipiscing lorem lobortis eget, lorem nibh eget pulvinar nunc tellus consectetur congue, praesent adipiscing aliquam ante mauris lorem. Nibh eget sed laoreet id ipsum nunc, aliquet turpis nisi sem consectetur magna diam amet dolore, aliquet adipiscing, ac proin eget sed. Laoreet id ipsum ante mauris, lorem nibh volutpat felis lorem lobortis eget sed, laoreet euismod, sit nunc tellus feugiat lobortis volutpat dolor. Congue ullamcorper turpis nisi sem consectetur ac mi felis tempus ante molestie sem, consectetur magna diam nonummy donec praesent adipiscing nisi sem. Consectetur erat mi felis tempus massa mauris lorem nibh eget erat et nonummy, donec proin mauris lorem nibh id ipsum ut sem. Consectetur ac et elit tempus, ante mauris lorem et eget dolor nunc tellus, sit nisi non consectetur congue ullamcorper turpis, aliquam et. Elit sed massa molestie ipsum massa ullamcorper amet congue aliquet adipiscing aliquam, aliquet, turpis nisi sem consectetur donec praesent nonummy aliquam proin. At ac diam nonummy aliquam, ante at ac proin, elit sed laoreet, molestie, feugiat ut sem nonummy donec, praesent felis tempus, ante. Ante eget sed tincidunt euismod, amet nunc molestie ipsum massa molestie feugiat lobortis, euismod pulvinar nunc tellus sit ut, non, pharetra, tincidunt. Ullamcorper amet donec praesent, turpis lobortis non pharetra congue, aliquet, adipiscing nisi sem, consectetur ac et nonummy dolore praesent adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy feugiat erat aliquam congue massa. Volutpat nonummy tempus ut ullamcorper felis. Feugiat ac mi id pulvinar nisi. Ac praesent mi sem, eget adipiscing. Nonummy, sit sed nisi nibh ullamcorper. Tellus nonummy ipsum nisi et tellus. Mauris amet aliquam congue nunc et. Mauris consectetur donec praesent adipiscing donec. Ante diam tellus nonummy turpis sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris pharetra magna mi tellus, consectetur sed nunc non eget pulvinar aliquam laoreet ullamcorper adipiscing pharetra ipsum erat nisi congue massa. Laoreet ante diam, non euismod volutpat felis pharetra ipsum, lobortis mi sem ullamcorper molestie id ullamcorper tellus eget turpis, dolor lorem donec. Ut congue massa et aliquet euismod molestie elit turpis, sed aliquam congue ante diam non eget turpis amet tempus congue praesent, felis. Tempus lobortis ullamcorper amet, dolore aliquet adipiscing aliquam proin at, erat et tellus sit congue ullamcorper pharetra congue aliquet turpis nisi sem. Turpis magna diam elit erat praesent felis tempus ante at ac et elit erat mi molestie lorem ante molestie feugiat tincidunt euismod. Pulvinar dolore, sem elit erat mi felis, erat mi nonummy nisi tellus turpis ut non pharetra congue ullamcorper amet donec, proin at. Ut diam elit, erat mi mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar, nunc non pharetra congue diam nonummy aliquam proin, at. Ac proin id feugiat, ut sem nonummy donec mi felis tempus proin mauris, lorem laoreet euismod pulvinar nunc tellus pharetra congue praesent. Adipiscing ipsum lobortis volutpat feugiat lobortis id tempus massa volutpat feugiat tincidunt euismod amet nunc, tellus pulvinar ut non consectetur magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus consectetur ac diam nonummy donec, praesent adipiscing aliquam sem consectetur magna, diam consectetur, donec. Praesent felis tempus lobortis volutpat, pulvinar dolore tellus, sit ut sem nonummy tempus mi felis aliquam, sem. Consectetur, sed laoreet id pulvinar ut, tellus sit ut non pharetra tincidunt ullamcorper lobortis euismod amet nisi. Sem elit erat laoreet, euismod sit nisi non consectetur magna, praesent adipiscing aliquam, praesent at ac nibh. Adipiscing lorem nibh volutpat dolor tincidunt aliquet turpis, nisi sem consectetur donec praesent felis tempus proin adipiscing. Ac nibh eget sed laoreet id proin at ac laoreet id tempus, massa mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie sit ut non pulvinar nisi sem consectetur magna et felis tempus ante molestie. Feugiat lobortis volutpat dolor nunc euismod pulvinar nunc tellus sit ut ullamcorper pharetra congue id feugiat. Lobortis volutpat pharetra, congue praesent adipiscing tempus nibh eget erat et elit, donec diam adipiscing donec. Aliquet turpis nisi proin at donec praesent pulvinar dolore aliquet turpis ut diam elit tempus mi. Adipiscing tempus proin consectetur ac diam nonummy donec praesent nonummy aliquam proin at ac ullamcorper nonummy. Erat ante mauris lorem et elit sed mi felis tempus ante mauris lorem ante mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie sit massa ullamcorper, nonummy, donec mi volutpat feugiat lobortis eget erat laoreet id. Ipsum nunc tellus sit ut eget dolor congue molestie sit congue ullamcorper amet congue aliquet. Turpis tempus proin at ac et elit erat mi felis lorem nibh volutpat pulvinar tincidunt. Euismod sit ut volutpat dolor donec aliquet, turpis nisi sem consectetur ac et, elit erat. Ante mauris lorem nibh, volutpat sed tincidunt euismod pulvinar nunc, id ipsum, ante adipiscing aliquam. Et felis ipsum lobortis non, pharetra magna ullamcorper amet nunc tellus sit ut sem nonummy. Donec praesent id ipsum massa mauris, sed tincidunt felis ipsum lobortis molestie lorem lobortis volutpat. Dolor nunc tellus turpis, nisi diam nonummy donec, mi, adipiscing lorem lobortis volutpat dolor tincidunt. Id, pulvinar dolore sem, elit feugiat lobortis volutpat pulvinar dolore aliquet consectetur magna diam nonummy. Donec diam, adipiscing aliquam praesent at aliquam proin elit ac diam nonummy tempus ante, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum, massa tellus feugiat, nibh volutpat pharetra tincidunt ullamcorper pulvinar, nunc non dolore aliquet amet, dolore aliquet consectetur ac diam elit. Erat mi felis tempus ante at ac, diam elit donec praesent, nonummy aliquam, proin at, ac nibh et eget dolor laoreet euismod ipsum. Nunc tellus pharetra magna diam amet dolore, aliquet adipiscing aliquam proin consectetur ac, mi, id feugiat lobortis volutpat dolor mi euismod pulvinar nunc. Volutpat pharetra erat mi adipiscing donec praesent adipiscing, ac et eget sed laoreet felis tempus proin at aliquam, proin pharetra congue ullamcorper amet. Nisi proin at lorem laoreet id, ipsum massa molestie feugiat lobortis eget, sed laoreet eget ac mi, id, feugiat lobortis volutpat dolor congue. Sem consectetur ac et eget tempus massa tellus sit ut non pharetra tincidunt id pulvinar massa molestie ipsum massa molestie feugiat lobortis volutpat. Pulvinar dolore aliquet turpis ante, eget sed tincidunt id sed laoreet, molestie feugiat, massa volutpat dolor tincidunt ullamcorper adipiscing, ac et at ac. Et eget erat mi felis tempus massa molestie feugiat nibh volutpat sed laoreet eget ipsum massa molestie sit, ut volutpat pharetra, congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat ut euismod, amet dolore tellus turpis nisi sem consectetur ac. Et felis aliquam ante tellus, sit nisi sem, pharetra donec praesent nonummy. Tempus, ante eget lorem, nibh eget sed, laoreet molestie feugiat lobortis non. Pharetra congue ullamcorper ipsum lobortis volutpat pharetra tincidunt euismod dolor nunc euismod. Pulvinar nunc sem pharetra congue ullamcorper nonummy donec praesent turpis aliquam sem. At erat laoreet id feugiat, lobortis at ac laoreet id, ipsum massa. Molestie feugiat lobortis volutpat dolor tincidunt euismod, amet dolore tellus sit congue. Non pharetra congue ullamcorper turpis ante mauris, lorem nibh volutpat, sed laoreet. Euismod sit ut non consectetur congue ullamcorper, amet congue ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem, nibh volutpat, dolor tincidunt tellus sit ut non consectetur. Magna ullamcorper pharetra tincidunt euismod pulvinar, dolore aliquet consectetur, nisi volutpat dolor. Tincidunt aliquet sit ut non consectetur donec diam adipiscing aliquam nibh, volutpat. Dolor tincidunt ullamcorper turpis dolore aliquet, sit congue non dolor ac laoreet. Euismod sit magna diam consectetur magna praesent nonummy aliquam proin mauris, sed. Laoreet eget sed laoreet molestie ipsum lobortis volutpat dolor, tincidunt erat laoreet. Id pulvinar nunc tellus, sit congue diam nonummy donec proin mauris lorem. Nibh eget sed laoreet id ipsum massa volutpat feugiat lobortis eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh id sed laoreet molestie feugiat lobortis non pharetra congue aliquet turpis aliquam sem pharetra tincidunt euismod, pulvinar dolore proin at magna. Et elit sed massa id, ipsum massa molestie sed nibh id pulvinar massa tellus sit ut volutpat nisi diam elit donec praesent felis. Tempus nibh mauris sed laoreet id sed massa molestie feugiat lobortis volutpat dolor tincidunt euismod, pulvinar tincidunt id ipsum sem consectetur ac nibh. Eget, sed massa mauris lorem nibh volutpat pharetra tincidunt euismod ipsum massa, molestie feugiat ut volutpat dolor tincidunt euismod pulvinar mi molestie lorem. Nibh ullamcorper nonummy donec proin at, aliquam proin consectetur ac et adipiscing donec praesent turpis nisi proin at erat laoreet id ipsum massa. Consectetur ac et eget erat laoreet id tempus, proin mauris lorem nibh eget sed, laoreet molestie feugiat massa volutpat dolor tincidunt euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet adipiscing magna et eget sed mi id ipsum ante molestie, dolor tincidunt ullamcorper pulvinar nunc nibh eget sed laoreet id ipsum, nunc tellus feugiat ut. Non pharetra congue euismod pulvinar nunc molestie sit congue, ullamcorper pharetra congue ullamcorper turpis tincidunt, aliquet sit nisi tellus, sit congue diam nonummy, donec praesent at aliquam. Proin, consectetur magna diam, nonummy donec praesent turpis nisi sem consectetur nisi sem pharetra laoreet id sed massa mauris lorem lobortis volutpat dolor congue ullamcorper, pulvinar nunc. Tellus turpis congue diam nonummy donec praesent adipiscing aliquam proin pharetra magna, diam adipiscing aliquam proin mauris sed laoreet id ipsum massa tellus feugiat ut non pharetra. Congue euismod amet nunc aliquet, turpis ut non pharetra magna id ipsum massa molestie feugiat lobortis non pharetra congue euismod amet, nunc molestie feugiat lobortis non pharetra. Lobortis volutpat dolor laoreet id tempus massa molestie feugiat lobortis consectetur magna praesent felis tempus, massa volutpat, dolor lobortis ullamcorper amet nisi sem consectetur magna diam elit. Erat massa felis ut, sem nonummy donec praesent adipiscing, donec praesent adipiscing ac proin elit erat mi, felis, ipsum ante mauris tempus nibh eget sed, mi felis. Tempus, massa molestie turpis aliquam, proin eget ipsum massa tellus sit congue non feugiat lobortis eget sed tincidunt euismod ipsum ut non pharetra tincidunt volutpat, sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nunc tellus sit lobortis volutpat, dolor tincidunt euismod pulvinar, nunc eget tempus ante, felis tempus nibh eget sed laoreet id pulvinar massa molestie ipsum lobortis molestie feugiat. Tincidunt ullamcorper amet nunc aliquet sit nisi diam elit tincidunt id pulvinar nunc, non pharetra magna ullamcorper nonummy dolore praesent turpis aliquam sem consectetur ac sem consectetur dolore aliquet. Turpis nisi proin at, ut non pharetra nunc tellus turpis nisi non, sit congue diam nonummy erat ante adipiscing ac, et elit erat mi id tempus massa molestie ac. Nibh, id pulvinar nunc tellus ipsum, lobortis molestie, feugiat nibh elit sed laoreet id ipsum massa molestie, dolor tincidunt ullamcorper, amet dolore aliquet consectetur magna diam pharetra tincidunt ullamcorper. Amet aliquam proin consectetur magna ullamcorper amet congue aliquet amet dolore sem turpis, magna diam nonummy congue diam nonummy nunc tellus sit nunc molestie nisi non pharetra congue, ullamcorper. Amet donec mi felis ac sem at magna diam, nonummy, tempus ante tellus sit ut sem consectetur donec praesent adipiscing donec, aliquet adipiscing nisi aliquet pharetra ut ullamcorper amet. Dolore praesent turpis nisi sem consectetur magna diam consectetur donec praesent aliquam ante eget sed nibh elit sed mi, felis erat mi felis tempus nibh elit erat, mi id. Ipsum nunc tellus feugiat ut, non amet nunc tellus ullamcorper amet dolore mi mauris lorem et at magna diam elit tempus ante molestie lorem lobortis volutpat dolor laoreet id. Ipsum nunc tellus feugiat massa volutpat pharetra mi id tempus ante mauris feugiat lobortis eget dolor, laoreet id pulvinar massa mauris lorem nibh eget sed tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, pulvinar nunc, aliquet consectetur nisi diam nonummy magna, diam adipiscing aliquam proin at erat. Mi molestie feugiat lobortis volutpat feugiat lobortis, volutpat dolor nunc aliquet turpis nisi, non pharetra. Congue, diam adipiscing donec aliquet turpis nisi non dolor tincidunt, id pulvinar nunc aliquet sit. Congue ullamcorper amet dolore praesent adipiscing aliquam, ante mauris lorem nibh felis tempus ante molestie. Lorem nibh volutpat sed diam nonummy donec praesent adipiscing ac et elit ac et elit. Erat ante mauris feugiat lobortis volutpat sed laoreet euismod ipsum laoreet molestie ullamcorper amet dolore. Aliquet adipiscing, nisi proin at ac et id tempus ante molestie feugiat nibh, volutpat, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, tempus ut non, pharetra tincidunt ullamcorper amet nunc tellus turpis. Magna diam consectetur, donec praesent adipiscing lorem lobortis euismod dolor laoreet. Feugiat lobortis non pharetra congue euismod pulvinar nunc id ipsum massa. Molestie pharetra congue euismod pulvinar dolore aliquet turpis nisi sem consectetur. Magna diam felis, nunc tellus sit, ut ullamcorper amet donec praesent. Adipiscing aliquam proin at ac mi elit, tempus ante felis tempus. Nibh volutpat dolor tincidunt euismod pulvinar proin mauris dolor congue euismod. Turpis nisi sem consectetur nisi sem, pharetra, magna diam nonummy donec. Sem consectetur magna diam consectetur magna diam nonummy congue, adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar, nisi proin mauris erat et felis ipsum massa molestie feugiat, et eget sed laoreet mauris nonummy tempus magna, diam felis tempus, massa molestie. Lorem tincidunt aliquet turpis nisi sem, consectetur, ac et elit erat mi felis euismod, amet dolore non pharetra congue diam nonummy dolore praesent turpis nisi aliquet. Turpis magna et elit donec praesent felis tempus, ante mauris sed laoreet tellus pharetra congue diam, nonummy erat massa felis tempus, nibh elit erat, laoreet id. Ipsum massa non sit congue ullamcorper amet donec id sit, lobortis non pharetra congue ullamcorper amet nisi aliquet consectetur magna diam consectetur donec, praesent felis, lorem. Lobortis non pharetra congue ullamcorper pulvinar nunc non sit volutpat pulvinar nunc aliquet, consectetur magna diam nonummy donec praesent adipiscing aliquam praesent turpis nisi, non at. Donec praesent adipiscing aliquam praesent turpis dolore sem consectetur magna praesent turpis nisi sem consectetur nisi, sem consectetur donec diam adipiscing aliquam ante mauris aliquam proin. Eget, pulvinar massa molestie ac nibh elit sed laoreet id ipsum nunc, tellus pharetra congue euismod pulvinar tincidunt tellus, pulvinar ut non pharetra congue non pharetra. Congue ullamcorper amet dolore, volutpat dolor magna diam nonummy, erat mi felis tempus, ante eget, sed laoreet euismod, pulvinar massa tellus sit lobortis volutpat dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur lorem nibh eget ipsum, nunc tellus. Feugiat lobortis volutpat sed, laoreet id sed mi. Nunc sem consectetur magna mi felis tempus massa. Molestie feugiat, lobortis volutpat pulvinar, nunc, tellus sit. Ut sem consectetur magna ullamcorper amet, dolore mi. Felis feugiat lobortis volutpat dolor lobortis eget sed. Laoreet euismod pulvinar nunc molestie feugiat lobortis volutpat. Pharetra dolore ullamcorper sit nunc tellus sit congue. Ullamcorper tincidunt ullamcorper amet nunc, tellus sit nunc. Tellus pharetra congue non, nonummy aliquam praesent pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, adipiscing aliquam sem elit ac et elit erat mi mauris lorem nibh eget lorem nibh eget sed laoreet id ipsum. Lobortis, non, amet nisi sem turpis nisi sem nonummy magna diam nonummy nisi aliquet sit ut non, pharetra magna diam nonummy. Donec proin at lorem nibh eget erat praesent felis tempus ante at erat et felis tempus, ante felis, tempus, ante at. Ac nibh id ipsum massa molestie, ipsum lobortis molestie feugiat nibh eget tempus massa molestie feugiat tincidunt euismod pulvinar, nunc aliquet. Turpis magna et eget sed massa molestie feugiat lobortis volutpat pharetra congue aliquet amet turpis aliquam proin mauris sed laoreet id. Ipsum nunc tellus sit lobortis volutpat sed nibh eget ipsum laoreet id tempus massa, molestie feugiat lobortis euismod dolor, nunc molestie. Feugiat tincidunt euismod dolor tincidunt tellus pulvinar nunc tellus sit ut, volutpat, pharetra congue ullamcorper amet dolore aliquet turpis nisi ullamcorper. Nonummy erat mi felis tempus ante mauris, feugiat lobortis volutpat dolor nunc tellus sit nisi proin at magna et, elit donec. Aliquet adipiscing, elit tempus, mi mauris feugiat lobortis volutpat sed laoreet id ipsum massa id feugiat lobortis, molestie, lorem laoreet id. Pulvinar nisi aliquet turpis magna diam consectetur magna felis tempus nibh volutpat dolor laoreet eget ipsum massa id feugiat lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra congue diam nonummy tempus ante eget. Dolor dolore aliquet adipiscing, ac nibh elit erat laoreet. Id ipsum massa volutpat pharetra laoreet id, pulvinar nunc. Tellus dolor lobortis eget dolor laoreet id sed mi. Felis, aliquam proin at lorem nibh id ipsum laoreet. Molestie feugiat ut elit sed mi id pulvinar ut. Non sit ut non dolor congue id pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat tincidunt pharetra dolore praesent, felis lorem ante eget dolor nunc tellus sit nisi diam nonummy erat praesent adipiscing tempus, proin, at lorem, nibh elit erat tempus nibh. Eget, dolor nunc tellus sit ut tellus sit lobortis non pharetra congue aliquet adipiscing ut non sit ut non dolor lobortis euismod amet diam elit donec ante tellus sit. Ut ullamcorper amet dolore aliquet turpis nisi non pharetra congue non amet dolore praesent adipiscing aliquam proin at ac et felis aliquam ante mauris lorem laoreet id pulvinar nunc. Non sit congue ullamcorper, nonummy donec aliquet turpis nisi, sem at, ac et elit ipsum magna diam adipiscing aliquam, ante eget sed laoreet id pulvinar massa non pharetra congue. Diam elit tempus ante mauris tempus lobortis, volutpat sed mi, felis, tempus ante adipiscing ac proin at donec diam nonummy donec praesent adipiscing, nisi et at ac et elit. Tempus ante mauris tempus ante at ac diam, nonummy magna praesent at ac et eget erat mi id ipsum lobortis non amet congue ullamcorper amet, dolore tellus sit ut. Non pharetra consectetur erat mi, felis tempus, ante molestie sed congue euismod pulvinar dolore sem at, erat laoreet id, ipsum lobortis, volutpat feugiat nibh, eget sed nibh eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit erat, mi id. Feugiat lobortis volutpat feugiat lobortis dolor. Nunc tellus turpis nisi sem nonummy. Magna praesent nonummy, donec praesent, at. Lorem tincidunt, euismod turpis nisi proin. At sed laoreet felis ipsum ante. Ut, sem eget ipsum laoreet molestie. Ipsum massa volutpat feugiat nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut sem pharetra, magna aliquet consectetur magna sem nonummy donec massa molestie pharetra congue, diam amet aliquam ante at ac proin at erat et elit erat ante mauris feugiat. Diam elit donec, mi, felis tempus ante eget, sed laoreet id pulvinar massa molestie turpis congue diam nonummy donec aliquet turpis, aliquam proin turpis nisi volutpat dolor, tincidunt euismod pulvinar. Nunc tellus sit ut volutpat dolor tincidunt euismod pulvinar nunc molestie ipsum massa mauris lorem nibh eget sed, mi id pulvinar ante mauris sed laoreet id, sed laoreet adipiscing tempus. Ante molestie feugiat lobortis eget, sed laoreet felis ipsum massa mauris lorem nibh mauris sed ac nibh eget ipsum laoreet, tellus sit congue ullamcorper amet donec praesent turpis dolore sem. Consectetur magna et felis, ipsum massa, molestie feugiat lobortis, volutpat dolor lobortis non amet donec praesent adipiscing, aliquam et at ac diam nonummy erat mi, felis tempus sem at ac. Et, elit tempus ante felis, lorem lobortis volutpat felis aliquam proin molestie feugiat nibh volutpat dolor tincidunt euismod ipsum massa mauris feugiat lobortis volutpat sed nibh eget sed at, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem turpis, nisi ullamcorper amet dolore ullamcorper turpis lorem, diam eget tempus ante mauris lorem nibh mauris lorem et eget erat mi elit. Donec proin at ac et at ac et consectetur donec praesent sit, ut sem consectetur magna diam amet donec aliquet turpis nisi sem consectetur. Ac et elit erat praesent adipiscing tempus ante elit, ac et felis donec, nibh volutpat dolor tincidunt, id ipsum massa tellus feugiat massa volutpat. Dolor dolore praesent at ac nibh eget erat mi felis tempus mi felis tempus donec ante mauris ac nibh eget ipsum massa molestie, sit. Congue ullamcorper amet dolore aliquet amet, nunc, aliquet sit nisi sem consectetur magna ullamcorper ipsum ut, sem consectetur ac diam nonummy, dolore aliquet amet. Dolore sem, at erat et nonummy donec praesent adipiscing aliquam proin consectetur, magna diam, nonummy donec praesent eget ipsum nunc tellus feugiat lobortis non. Amet donec praesent adipiscing aliquam proin at ac et elit ipsum massa molestie lorem nibh, mauris lorem nibh eget mauris lorem lobortis euismod amet. Nunc aliquet turpis magna diam consectetur magna diam, amet tincidunt id sit ut diam nonummy id pulvinar nunc tellus, sit ut volutpat dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod, pulvinar nunc eget ipsum nunc tellus lorem ante volutpat, pharetra, congue aliquet adipiscing aliquam, proin consectetur ac et. Nonummy donec praesent adipiscing aliquam proin consectetur nisi sem pulvinar dolore tellus sit nisi sem consectetur ac diam amet congue. Aliquet at lorem nibh eget pulvinar nunc tellus sit nisi diam nonummy magna ullamcorper ipsum ut tellus pharetra magna praesent. Adipiscing tempus ante molestie feugiat tincidunt euismod pulvinar tincidunt euismod sit lobortis molestie feugiat tincidunt euismod amet sed tincidunt euismod. Ipsum massa molestie sit lobortis volutpat feugiat tincidunt euismod pulvinar massa id ipsum massa molestie lorem lobortis volutpat dolor tincidunt. Euismod pulvinar ut non ac proin elit ac mi, felis tempus ante mauris ac et elit erat mi id tempus. Ante mauris feugiat nibh eget dolor nunc tellus sit ut tellus turpis aliquam proin at erat et elit erat mi. Molestie feugiat nibh, eget dolor laoreet id ipsum nunc molestie, feugiat nibh eget sed tincidunt, tellus nibh aliquet turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit magna et elit erat ante mauris, tempus et elit. Sed massa molestie sit congue ullamcorper amet congue ullamcorper turpis, dolore sem. At sed laoreet tellus sit ut non, pharetra congue ullamcorper amet nisi. Proin at ac diam nonummy donec praesent molestie feugiat nibh eget erat. Mi felis tempus, ante mauris lorem ante eget, sed laoreet eget sed. Aliquet adipiscing aliquam proin at magna diam amet dolore aliquet turpis nisi. Aliquet sit, ut sem pharetra magna diam adipiscing aliquam proin adipiscing amet. Aliquam proin at ac diam nonummy, donec aliquet turpis nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi nonummy donec non, consectetur ac et felis ipsum massa volutpat pharetra congue ullamcorper amet dolore sem consectetur magna et. Felis tempus massa mauris lorem ante mauris congue, praesent felis donec praesent at ac et elit sed, tincidunt id, consectetur magna. Diam nonummy donec praesent adipiscing aliquam proin at lorem laoreet id pharetra dolore aliquet amet nunc tellus sit ut non dolor. Lobortis ullamcorper turpis nisi sem turpis nisi sem consectetur ullamcorper amet dolore proin mauris lorem tincidunt ullamcorper pulvinar dolore aliquet consectetur. Magna et nonummy donec praesent adipiscing nisi aliquet turpis ut, diam consectetur praesent at ac et elit ac, mi elit erat. Ante molestie, dolor congue volutpat dolor tincidunt euismod sit, ut sem nonummy magna diam adipiscing donec praesent feugiat massa non, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lobortis volutpat pulvinar nunc aliquet turpis nisi, sem, pharetra magna aliquet, turpis nisi sem consectetur congue ullamcorper amet donec praesent at. Ac nibh volutpat pulvinar tincidunt tellus pulvinar nunc sem consectetur magna diam nonummy nunc dolore praesent adipiscing aliquam et eget erat laoreet. Molestie sit ut, volutpat feugiat, lobortis euismod pulvinar tincidunt euismod ipsum ante mauris lorem, lobortis volutpat pharetra mi felis tempus ante at. Ac proin at ac laoreet id feugiat lobortis molestie, feugiat, lobortis volutpat dolor nunc euismod pulvinar nunc non consectetur laoreet id pulvinar. Dolore non consectetur ac et elit erat praesent adipiscing tempus lobortis euismod pulvinar nunc aliquet consectetur nisi diam pharetra congue ullamcorper pharetra. Dolore, praesent adipiscing tempus proin mauris lorem nibh eget dolor tincidunt euismod feugiat lobortis volutpat, dolor congue diam, amet donec proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat tincidunt euismod pulvinar dolore aliquet feugiat ut non. Consectetur donec praesent adipiscing tempus ante at ac diam donec. Praesent, at lorem laoreet id ipsum massa id ipsum ante. Mauris aliquam ante at magna et, nonummy donec praesent, adipiscing. Tempus ante eget magna diam nonummy donec praesent at ac. Nibh euismod pulvinar nunc tellus sit ut non nonummy donec. Diam adipiscing tempus proin, adipiscing nisi diam consectetur magna congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris lorem nibh eget erat laoreet id. Ipsum nunc tellus sit ut euismod sed laoreet. Molestie feugiat ut ullamcorper amet aliquam ante mauris. Dolor, tincidunt aliquet turpis nisi aliquet at ac. Et felis tempus mi felis aliquam proin mauris. Lorem massa tellus consectetur, congue diam nonummy donec. Mi felis tempus, ante at magna diam consectetur. Donec diam nonummy donec, aliquet turpis nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet molestie feugiat massa volutpat feugiat. Tincidunt, ullamcorper turpis dolore sem consectetur ac. Et elit sed massa, molestie adipiscing ac. Et elit sed massa, molestie, feugiat lobortis. Volutpat, pharetra congue ullamcorper amet nunc tellus. Sit ut sem consectetur congue euismod, pulvinar. At, erat, laoreet, molestie sit ut ullamcorper. Nonummy erat, praesent felis tempus ante elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie sit non amet, dolore aliquet turpis nisi sem at. Erat laoreet felis ipsum mi felis tempus nibh volutpat sed, tincidunt euismod. Turpis magna diam consectetur laoreet id, ipsum, massa molestie feugiat lobortis, molestie. Lorem lobortis volutpat pulvinar dolore sem consectetur nisi sem consectetur donec praesent. Adipiscing aliquam ante at lorem adipiscing ipsum ante mauris ac nibh elit. Erat mi id ipsum massa mauris lorem nibh mauris ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa tellus pharetra congue ullamcorper nonummy ipsum massa mauris feugiat lobortis eget sed tincidunt id. Pulvinar massa molestie feugiat lobortis volutpat sem consectetur ac diam, elit erat aliquet turpis nisi sem. Turpis, nisi diam consectetur magna diam adipiscing donec, aliquet, mauris, ac et elit erat mi ut. Sem eget sed mi id ipsum, ante mauris, lorem nibh eget sed laoreet id ipsum massa. Molestie consectetur, erat massa tellus sit congue ullamcorper pharetra tincidunt elit erat mi adipiscing aliquam et. Elit erat mi felis ipsum ante mauris lorem ante, mauris lorem nibh eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, massa aliquet turpis nisi sem nonummy donec praesent adipiscing tempus ante eget lorem. Laoreet euismod pulvinar massa, molestie dolor tincidunt euismod ipsum massa id tempus ante mauris. Lorem lobortis volutpat sed laoreet id ipsum ante mauris lorem nibh eget non amet. Dolore praesent at aliquam proin at erat mi felis tempus mi felis tempus proin. At ac et nonummy donec mi nonummy donec aliquet turpis ut, molestie feugiat lobortis. Volutpat pulvinar, nunc aliquet consectetur magna diam nonummy donec diam adipiscing tempus ante mauris. Ac, laoreet aliquet turpis ut tellus amet nunc tellus pharetra congue non, pharetra dolore. Aliquet turpis aliquam, sem at ac et elit erat praesent felis tempus ante at. Ac proin elit sed nonummy erat ante mauris tempus et elit erat, laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue non amet dolore, aliquet congue, ullamcorper amet congue ullamcorper amet dolore aliquet. Turpis magna diam nonummy donec mi felis tempus ante eget sed tincidunt euismod ipsum. Massa non pharetra laoreet euismod pulvinar nunc tellus, turpis ac, et elit tempus ante. Felis lorem lobortis volutpat pulvinar nunc tellus sit, nisi proin elit donec laoreet turpis. Aliquam proin elit ac et, nonummy erat ante felis lorem ante, mauris, lorem, nibh. Id ipsum mi felis tempus ante eget sed laoreet id pulvinar massa mauris lorem. Nibh volutpat sed laoreet, euismod ipsum massa molestie feugiat tincidunt diam amet dolore aliquet. Turpis nisi sem consectetur ac diam adipiscing elit erat mi mauris lorem, nibh eget. Erat laoreet euismod sit nunc tellus sit, ut non pharetra congue, ullamcorper sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam nonummy erat ante molestie pharetra donec mi felis tempus ante eget sed laoreet. Id ipsum massa, tellus sit lobortis, euismod turpis nisi proin consectetur ac diam nonummy erat. Mi felis lorem nibh eget sed tincidunt euismod pulvinar massa molestie pharetra ut volutpat sed. Massa molestie feugiat massa molestie feugiat lobortis volutpat lorem mi elit, donec, praesent felis tempus. Proin eget dolor congue euismod ipsum ut non pharetra congue non at erat et elit. Donec mi, adipiscing tempus ante eget sed, tincidunt euismod sit, ut sem nibh ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem feugiat ut non elit, erat ante molestie sit ut non amet dolore, proin adipiscing lorem laoreet id sed non amet donec, mi mauris lorem nibh, eget dolor tincidunt euismod. Pulvinar ut sem consectetur magna diam amet, dolore aliquet turpis nisi sem consectetur ullamcorper turpis aliquam ante eget, lorem nunc tellus pulvinar ut tellus, feugiat lobortis volutpat sed, laoreet id. Pulvinar nunc, tellus, pharetra congue, ullamcorper nonummy, erat, ante mauris ac et elit, tempus, massa tellus sit congue diam adipiscing aliquam nibh eget, sed laoreet eget sed massa molestie feugiat. Ut ullamcorper pharetra aliquam, proin at ac nibh id sed ante mauris lorem nibh eget lorem nibh eget erat mi felis tempus ante mauris feugiat, lobortis volutpat pulvinar, tincidunt tellus. Felis, tempus ante mauris lorem nibh eget lorem nibh elit ac diam, adipiscing ipsum massa mauris ac nibh eget dolor tincidunt, euismod ipsum massa molestie dolor tincidunt eget sed, massa. Tellus consectetur donec praesent felis aliquam proin at ac nibh euismod pulvinar nunc aliquet turpis, nisi sem consectetur magna, et elit donec praesent adipiscing tempus ante mauris sed laoreet id. Ipsum nunc tellus feugiat lobortis, volutpat pharetra tincidunt euismod pulvinar nunc euismod sit nonummy aliquam ante mauris sed laoreet euismod ipsum massa molestie ipsum ante at lorem, nibh eget sed. Tincidunt euismod ipsum lobortis, non pharetra magna diam adipiscing, aliquam lorem nibh volutpat dolor laoreet id sed laoreet elit tempus ante mauris lorem et eget sed laoreet felis tempus ante. Mauris sit congue euismod pulvinar nunc, tellus laoreet id feugiat lobortis volutpat dolor, tincidunt ullamcorper amet nunc tellus sit ut non pharetra congue euismod pulvinar nunc tellus sit ut, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh euismod pulvinar dolore sem consectetur magna, sem, nonummy erat lobortis. Volutpat dolor tincidunt euismod ipsum, nunc sem consectetur congue ullamcorper amet dolore aliquet. Adipiscing aliquam et elit ac et elit erat mi felis tempus tincidunt tellus. Pulvinar nunc tellus sit ut non pharetra, tincidunt euismod ipsum, massa tellus feugiat. Massa molestie feugiat tincidunt, ullamcorper amet donec sem turpis nisi diam adipiscing aliquam. Ante molestie, sed, laoreet euismod turpis dolore tellus turpis nisi diam nonummy donec. Praesent adipiscing aliquam ante mauris sed laoreet volutpat dolor laoreet id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy donec praesent adipiscing ac proin, eget erat, aliquam ante mauris. Sed tincidunt euismod pulvinar massa molestie, ipsum massa molestie feugiat tincidunt euismod. Turpis nisi sem at sed laoreet id ipsum massa molestie feugiat proin. Mauris pharetra congue ullamcorper amet, dolore, non pharetra congue non amet congue. Aliquet, turpis aliquam sem consectetur nisi sem consectetur magna, praesent felis, aliquam. Tellus, pharetra congue diam, nonummy donec praesent adipiscing aliquam, sem consectetur magna. Diam nonummy dolore aliquet turpis nisi aliquet turpis magna sem nonummy tincidunt. Aliquet turpis nisi non, consectetur ac et, elit, erat ante mauris ac. Nibh eget erat mi felis, pulvinar nunc tellus sit lobortis eget sed. Nibh nonummy donec praesent adipiscing ac, proin at erat et nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi, felis tempus ante id ipsum nunc non pharetra congue ullamcorper amet dolore, aliquet, amet dolore sem turpis, magna diam nonummy erat praesent amet. Dolore proin eget sed diam, nonummy tempus ante mauris sed nibh, id pulvinar massa tellus sit ut ullamcorper amet dolore praesent, adipiscing tempus nibh eget. Lorem nibh elit tempus tincidunt euismod sit nunc, tellus sit congue, non pharetra congue, id sed laoreet id ipsum ante mauris, lorem nibh, eget erat. Et euismod ipsum nunc tellus at erat mi felis tempus ante at ac proin elit, sed laoreet felis tempus mi molestie lorem ante, consectetur magna. Et eget erat mi nonummy donec proin molestie feugiat lobortis eget sed massa, molestie sit nisi sem consectetur magna diam, amet nunc tellus turpis ut. Tellus pharetra, congue, ullamcorper, adipiscing aliquam molestie ipsum massa non pharetra congue euismod pulvinar tincidunt tellus sit ut non pharetra, congue ullamcorper nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper amet dolore sem turpis magna sem nonummy tempus ante mauris lorem nibh eget sed laoreet. Id, ipsum massa mi id tempus massa molestie feugiat nibh eget sed laoreet felis ipsum massa mauris lorem. Nibh volutpat sed nunc aliquet consectetur magna diam elit dolor tincidunt ullamcorper amet nunc tellus sit lobortis non. Amet erat mi felis tempus, ante mauris lorem mi elit erat mi adipiscing, tempus ante at, ac, ipsum. Lobortis non, amet dolore, ullamcorper turpis aliquam sem consectetur nisi diam consectetur magna praesent adipiscing tempus ante mauris. Lorem, nibh eget, pulvinar at feugiat lobortis eget sed laoreet, felis ipsum massa mauris, tempus ante eget sed. Laoreet tellus sit nisi non consectetur donec praesent adipiscing aliquam proin adipiscing aliquam dolore tellus consectetur magna et. Elit tempus ante, felis tempus ante at ac et nonummy donec praesent felis tempus proin adipiscing aliquam proin. At ac et dolor nunc tellus feugiat ut diam nonummy donec praesent, felis aliquam ante ullamcorper nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet dolore aliquet amet nisi sem consectetur ac et, elit tempus massa tellus feugiat nibh, volutpat pulvinar massa. Molestie pharetra ut non amet congue ullamcorper amet nunc tellus, feugiat ut, non pharetra congue ullamcorper amet, nunc tellus. Sit nisi sem nonummy nibh eget, sed laoreet molestie, ipsum, massa molestie lorem lobortis eget dolor tincidunt, euismod feugiat. Ut non pharetra congue ullamcorper amet dolore aliquet turpis nisi et nonummy, ac nibh eget erat laoreet felis ipsum. Massa, volutpat pharetra congue volutpat pulvinar nunc euismod sit ut sem consectetur magna praesent adipiscing sit ut non dolor. Tincidunt ullamcorper turpis nisi sem consectetur ac diam nonummy donec, praesent adipiscing aliquam ante at tellus turpis nisi non. Consectetur congue, ullamcorper nonummy tellus turpis magna et elit donec mi mauris tempus ante, eget dolor tincidunt euismod pulvinar. Nunc proin, nonummy donec praesent nonummy dolore aliquet amet dolore, tellus sit, feugiat ut volutpat feugiat lobortis eget dolor. Tincidunt tellus, sit nunc tellus sit ut ullamcorper pharetra congue aliquet turpis dolore pharetra congue ullamcorper amet nunc, tellus. Pulvinar magna diam elit erat mi felis aliquam proin adipiscing aliquam proin at ac diam amet dolore aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi felis aliquam proin consectetur magna et eget erat praesent adipiscing, aliquam proin at ac et felis feugiat, nisi diam. Nonummy donec praesent adipiscing aliquam proin consectetur magna sem, nonummy magna praesent adipiscing donec proin at lorem nisi sem at erat. Mi felis erat praesent adipiscing, aliquam ante mauris magna et elit, erat mi adipiscing tempus, ante at lorem nibh id, amet. Ut ullamcorper amet dolore ullamcorper amet nisi proin at ac, diam nonummy magna ullamcorper nonummy dolore praesent at lorem et, eget. Sed laoreet mauris lorem nibh volutpat, dolor nunc aliquet turpis ut non dolor nibh eget, dolor tincidunt id ipsum ante felis. Aliquam proin adipiscing aliquam et consectetur congue ullamcorper, consectetur magna diam elit erat ante felis lorem, nibh eget dolor tincidunt id. Tempus ante mauris tempus ante eget sed, tincidunt euismod ipsum massa id ipsum volutpat pharetra congue euismod, amet nisi sem consectetur. Lorem nibh eget ipsum, massa molestie feugiat, nibh volutpat pharetra tincidunt ullamcorper magna diam nonummy, donec, praesent adipiscing nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut non pharetra donec proin mauris lorem et elit erat, et tellus sit nisi sem consectetur magna ullamcorper nonummy, dolore sem consectetur nisi. Non consectetur congue ullamcorper amet massa, non pharetra ut non pharetra dolore aliquet, turpis nisi sem consectetur magna, et elit erat mi felis, tempus. Nibh non amet dolore tellus, turpis, massa, molestie dolor tincidunt volutpat dolor laoreet felis ipsum massa mauris feugiat lobortis eget dolor tincidunt tellus sit. Ut sem nonummy erat praesent adipiscing dolore aliquet turpis congue ullamcorper pharetra dolore ullamcorper amet nunc aliquet turpis magna et, elit tempus praesent adipiscing. Tempus ante mauris sed laoreet id pulvinar nunc at lorem nibh eget sed laoreet, id ipsum ante felis lorem nibh eget lorem nibh elit. Sed laoreet, molestie pharetra erat mi felis aliquam proin at lorem pulvinar nunc, tellus sit ut sem consectetur magna ullamcorper nonummy, donec proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed lorem lobortis euismod ipsum massa molestie. Feugiat ut, non consectetur magna ullamcorper amet. Dolore sem, turpis nisi sem elit erat. Mi adipiscing tempus ante magna, diam amet. Donec praesent adipiscing, aliquam proin at magna. Et elit donec praesent adipiscing tempus lobortis. Ullamcorper amet donec aliquet sit ut non. Sit proin at ac et elit, donec. Mi mauris dolor congue ullamcorper, amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, eget sed laoreet id aliquam proin at ac mi felis erat. Mi mauris feugiat nibh volutpat sed laoreet euismod ipsum massa mauris feugiat. Nibh, eget dolor laoreet id, donec ante mauris ac nibh eget sed. Laoreet felis ipsum mi adipiscing nisi proin mauris lorem laoreet, id ipsum. Massa molestie consectetur magna, ullamcorper amet mi, felis ipsum massa mauris lorem. Nibh eget dolor laoreet felis tempus mi, felis tempus ante eget lorem. Nibh eget erat mi adipiscing tempus ante mauris lorem aliquam proin consectetur. Erat mi felis tempus ante, felis tempus, proin at, ac et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet, at ac et elit donec. Praesent felis tempus proin mauris pulvinar nisi proin. At ac et nonummy donec, mi felis pharetra. Magna et felis tempus ante molestie dolor lobortis. Volutpat amet dolore aliquet turpis nisi sem nonummy. Congue ullamcorper amet dolore tellus, sit molestie dolor. Tincidunt aliquet, amet dolore sem consectetur ut volutpat. Dolor, congue ullamcorper amet nunc euismod pulvinar nunc. Non pharetra congue diam nonummy dolore aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper, adipiscing tempus ante, mauris sed laoreet id pulvinar nunc molestie feugiat ut ullamcorper, pharetra congue tellus pharetra congue, ullamcorper amet donec praesent turpis nisi aliquet. Turpis ut non pharetra congue euismod amet dolore aliquet adipiscing ac et eget erat id ipsum nunc tellus turpis nisi, diam nonummy donec aliquet turpis dolore aliquet. Turpis ac diam nonummy donec diam nonummy aliquam proin at ac nibh at ac euismod pulvinar massa molestie sit ut non dolor tincidunt volutpat amet dolore tellus. Turpis ac diam nonummy magna ullamcorper amet dolore aliquet turpis nisi, aliquam proin at, ac mi felis tempus massa felis tempus proin mauris sed nibh eget ipsum. Massa, tellus pharetra, congue non pharetra congue praesent turpis aliquam ante mauris lorem nibh eget erat mi id ipsum ante mauris tempus nibh eget lorem laoreet id. Pulvinar nunc non consectetur congue ullamcorper nonummy dolore aliquet tincidunt aliquet consectetur magna et felis erat ante mauris tempus, ante mauris lorem laoreet eget sed laoreet, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac mi id, pulvinar ut non. Pharetra magna praesent nonummy donec proin mauris congue. Diam, elit erat praesent adipiscing lorem lobortis elit. Erat dolore aliquet at magna laoreet id sed. Ante, molestie sit ut volutpat dolor tincidunt id. Pulvinar massa volutpat dolor congue euismod pulvinar tincidunt. Tellus sit ut non pharetra congue, volutpat dolor. Nunc tellus, sit ut tellus sit ut non. Pharetra nisi sem at ac mi felis tempus. Mi felis lorem ante at magna sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin, molestie sit, congue ullamcorper, amet dolore, ullamcorper, amet nisi sem consectetur ac et elit, donec praesent adipiscing aliquam proin mauris, ac laoreet elit donec id sit, ut non. Pharetra congue aliquet turpis dolore aliquet turpis, nisi diam elit, erat mi felis donec proin adipiscing aliquam proin consectetur congue non mi id ipsum lobortis non consectetur magna aliquet amet. Nunc sem consectetur ac et nonummy donec diam amet donec praesent adipiscing aliquam proin at erat et elit nisi aliquet at sed dolore proin euismod adipiscing lorem, lobortis diam molestie. Consectetur erat nunc sem at erat, massa, tellus at sed massa id sit nisi et id pulvinar magna et euismod, turpis sed ipsum erat nunc sem at sed massa proin. Eget, felis lorem congue praesent felis, lorem magna sit aliquam tincidunt aliquet mauris, dolor congue praesent mauris dolor congue aliquet turpis tempus lobortis euismod amet aliquam nibh volutpat pulvinar nunc. Praesent eget pulvinar donec ante erat massa sem, elit ipsum dolore tincidunt aliquet mauris dolor, magna ante tellus consectetur tempus nunc, diam id, mauris nonummy aliquam massa volutpat amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nunc diam euismod at sed congue tempus lobortis ullamcorper, id sit ac, nunc et aliquet molestie consectetur pulvinar sed. Tempus, donec laoreet tellus nonummy ipsum nisi proin id turpis aliquam nibh eget amet donec, ante praesent sem id turpis. Lorem pharetra ipsum aliquam congue lobortis et tellus elit pulvinar lorem congue nunc, laoreet proin volutpat felis sed aliquam tincidunt. Ante diam tellus eget, amet nisi nibh euismod felis dolor erat nunc nibh euismod at pharetra donec ante non pharetra. Congue at ipsum nunc molestie feugiat ut non pharetra, congue ullamcorper, nonummy aliquam proin consectetur magna diam elit donec praesent. Adipiscing aliquam proin at aliquam proin at donec praesent adipiscing dolore aliquet turpis ut non pharetra, tincidunt ullamcorper, nonummy dolore. Aliquet adipiscing ut non pharetra ut non dolor tincidunt id ipsum massa molestie tempus, nibh, volutpat dolor tincidunt euismod pulvinar. Nunc non pharetra ut, ullamcorper amet nunc euismod pulvinar nunc molestie ipsum ante, mauris mi, id ipsum, massa volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pulvinar, nunc tellus pulvinar ut tellus laoreet, id sed mi tellus sit ut, sem pharetra congue ullamcorper, pulvinar nunc tellus, sit, ut sem. Consectetur, donec diam nonummy donec praesent adipiscing aliquam et elit donec praesent adipiscing tempus proin at ac mi elit ipsum ante, mauris tempus ante at. Lorem nibh eget erat praesent felis aliquam praesent consectetur ac mi felis erat mi turpis nisi sem consectetur nisi sem nonummy magna diam nonummy dolore. Tellus turpis nisi non pharetra congue et eget sed laoreet felis ipsum lobortis, mauris tempus ante mauris ac et elit tempus ante mauris feugiat ut. Volutpat dolor laoreet euismod pulvinar, massa tellus sed tincidunt id sit nisi, sem consectetur donec diam nonummy donec aliquet turpis nisi non sit ut non. Amet donec praesent adipiscing aliquam et elit sed massa tempus ante eget sed laoreet euismod pulvinar massa, molestie feugiat lobortis eget sed nibh id ipsum. Laoreet tellus sit lobortis volutpat pharetra, congue ullamcorper pulvinar dolore non pharetra, congue diam, nonummy donec, aliquet turpis nisi non consectetur ut volutpat dolor tincidunt. Euismod amet nunc tellus ipsum, lobortis volutpat dolor tincidunt ullamcorper turpis nisi tellus sit congue ullamcorper amet donec praesent at ac et elit erat, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore sed ac tempus ut et sem eget. Amet tempus lobortis eget dolor nunc tellus sit nisi. Diam eget ipsum nunc tellus sit ut magna diam. Nonummy tempus ante mauris lorem nibh eget sed mi. Id ipsum, ante mauris tempus ante eget lorem nibh. Id pulvinar ut tellus amet dolore ullamcorper turpis aliquam. Proin at sed laoreet felis tempus nunc sem nonummy. Donec praesent adipiscing aliquam proin eget lorem et, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus turpis magna sem consectetur donec diam adipiscing aliquam proin, mauris, sed erat laoreet molestie ipsum massa. Molestie, pharetra, dolore aliquet adipiscing aliquam sem consectetur magna diam consectetur magna ullamcorper nonummy dolore aliquet adipiscing nisi. Sem sed massa molestie feugiat lobortis non pharetra tincidunt, euismod pulvinar nunc aliquet, sit ut non pharetra congue. Ullamcorper amet dolore praesent turpis aliquam et elit erat ante mauris lorem lobortis eget sed laoreet id pulvinar. Ut sem consectetur donec praesent felis tempus, ante eget lorem et elit, erat mi felis tellus, turpis nisi. Diam nonummy, erat mi, felis lorem nibh mauris sed nibh id ipsum nunc tellus ipsum lobortis eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, non pharetra dolore aliquet adipiscing tempus ante mauris sed tincidunt euismod sit nunc tellus sit ut volutpat sed laoreet id feugiat ut ullamcorper amet dolore. Aliquet adipiscing aliquam proin consectetur magna sem consectetur magna diam nonummy donec praesent adipiscing, ac proin, at magna ante molestie dolor dolore ullamcorper amet dolore aliquet. Consectetur ac et elit erat mi mauris aliquam proin mauris lorem nibh elit sed laoreet felis tempus ante at sit, nisi sem amet donec, aliquet turpis. Aliquam ante eget lorem nibh id ipsum massa molestie feugiat nibh eget sed laoreet eget ipsum sit ut non pharetra magna diam nonummy aliquam proin turpis. Nisi sem consectetur magna diam nonummy donec praesent at ac et elit magna diam nonummy erat sit ut non pharetra tincidunt euismod amet dolore, tellus sit. Ut non consectetur donec mi adipiscing aliquam proin at aliquam et volutpat adipiscing feugiat dolore massa diam, laoreet, praesent mauris, pulvinar dolore, nibh, non nonummy, ipsum. Magna nunc lobortis ante volutpat amet, dolore ante molestie lorem, lobortis tempus massa tellus feugiat lobortis eget lorem, nibh, id ipsum massa molestie ipsum massa mauris. Ac lobortis euismod amet nisi sem consectetur magna diam elit erat mi diam adipiscing donec praesent adipiscing aliquam sem consectetur magna diam amet dolore aliquet amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nonummy donec proin at, ac laoreet eget erat mi felis ipsum lobortis, volutpat dolor lobortis volutpat sed massa id sit erat dolore consectetur ipsum nisi et elit. Pulvinar nisi nibh elit ipsum nunc tellus pharetra sed lorem dolore ante volutpat pharetra erat nunc et aliquet, euismod felis ullamcorper adipiscing aliquam ante eget sed tincidunt euismod. Amet nisi, aliquet, turpis magna mi id ipsum massa non felis ipsum massa mauris lorem ante mauris lorem ut ullamcorper, nonummy donec mi at lorem lobortis ullamcorper pulvinar. Nunc tellus sit nisi sem consectetur magna diam nonummy dolore aliquet adipiscing, aliquam, elit tempus massa mauris pharetra congue aliquet turpis nisi sem, consectetur magna diam, consectetur erat. Praesent felis tempus ante eget lorem et elit ac mi id feugiat elit erat mi elit, erat ante felis tempus ante mauris lorem nibh, eget sed laoreet felis. Sit ut ullamcorper dolor tincidunt euismod amet dolore aliquet turpis ut volutpat pulvinar dolore, aliquet turpis, nisi, sem consectetur erat praesent adipiscing, aliquam proin at ac proin at. Erat, mi id ac, et elit erat et elit tempus, ante mauris lorem nibh eget ac diam elit donec praesent, amet donec, aliquet turpis ut non feugiat lobortis. Non, pulvinar dolore tellus feugiat nisi non dolor tincidunt euismod dolor tincidunt tellus sit ut non sit lobortis volutpat pharetra dolore aliquet amet nisi sem consectetur magna diam. Amet nisi sem at, lorem nibh elit, donec praesent, adipiscing tempus ante adipiscing ac et elit erat mi, felis tempus ante mauris ac nibh elit erat et eget. Sed nunc aliquet, turpis, ac diam nonummy donec praesent adipiscing aliquam praesent, turpis, nisi sem pharetra ut volutpat dolor tincidunt euismod dolor laoreet id tempus dolor nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat amet donec aliquet amet laoreet id ipsum massa mauris lorem ante eget. Sed tincidunt euismod pulvinar massa tellus sit ut non pharetra congue ullamcorper turpis nisi. Aliquet pharetra congue ac et felis tempus ante mauris tempus ante mauris lorem et. Eget sed massa molestie tempus proin at, aliquam et consectetur ac et elit erat. Aliquet consectetur erat mi felis erat mi adipiscing tempus ante mauris ac et elit. Erat praesent felis tempus ante mauris ac proin consectetur, magna sem amet congue felis. Sit ut non, pharetra magna ullamcorper amet dolore, aliquet adipiscing, nisi et, at ac. Diam, elit erat proin adipiscing aliquam proin at tincidunt ullamcorper amet aliquam sem consectetur. Magna diam elit, sed massa molestie ipsum ut non amet dolore aliquet pulvinar nunc. Aliquet turpis nisi sem consectetur, magna, aliquet, at ac et elit donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, nibh id ipsum, nunc molestie feugiat ac, nibh elit, sed mi id ipsum, nunc. Tellus pharetra congue diam nonummy dolore aliquet, adipiscing ac proin elit erat et elit donec. Proin euismod turpis nisi sem nonummy donec praesent adipiscing donec proin adipiscing aliquam, proin at. Erat mi id tempus ante mauris ac nibh volutpat sed nunc felis ipsum massa molestie. Feugiat lobortis eget dolor, tincidunt euismod pulvinar nunc tellus sit ut, ullamcorper amet donec, aliquet. Turpis nisi sem turpis magna et, elit erat proin mauris lorem nibh eget sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, elit tempus ante mauris lorem. Laoreet euismod sit, ut non pharetra. Tincidunt diam felis aliquam, proin at. Aliquam sem at ac mi felis. Aliquam ut volutpat, dolor tincidunt, euismod. Pulvinar, mi, felis tempus nibh eget. Pulvinar nunc tellus sit ut tellus. Pharetra magna praesent adipiscing aliquam proin. At ac proin consectetur magna diam. Amet tincidunt tellus sit nisi, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore praesent adipiscing aliquam proin, elit erat mi id ipsum lobortis eget dolor tincidunt, tellus sit, ut, non consectetur magna ullamcorper, amet dolore aliquet at aliquam proin eget sed. Laoreet id feugiat ut ullamcorper nonummy donec mi elit tempus massa molestie feugiat lobortis euismod pulvinar nunc euismod sit ut non consectetur magna diam nonummy dolore aliquet amet nisi sem. Consectetur magna felis tempus ante, adipiscing aliquam ante mauris lorem et eget sed mi id ipsum massa molestie lorem nibh eget, erat laoreet id ipsum massa adipiscing aliquam sem turpis. Magna et elit ipsum laoreet id ipsum massa molestie lorem nibh eget erat mi molestie consectetur dolor, tempus tincidunt ante diam id turpis eget dolor dolore praesent, eget pharetra tempus. Ut massa proin aliquet mauris dolor, donec praesent felis dolor magna mi mauris pharetra donec mi molestie pharetra erat adipiscing lorem congue ante diam tellus elit amet, tempus tincidunt mi. Laoreet lobortis praesent sem euismod at pharetra, tempus turpis nisi donec nunc diam, tellus eget nonummy feugiat erat mi felis aliquam proin mauris, ac nibh eget erat mi felis tempus. Massa et elit erat mi felis pulvinar nunc tellus pulvinar ut non pharetra congue non dolor tincidunt eget ipsum laoreet felis, ipsum ante molestie, dolor tincidunt, euismod pulvinar nunc tellus. Turpis magna et nibh tellus mauris amet tempus lobortis ullamcorper elit sit ac mi id ipsum ut sem felis sit magna laoreet aliquet, consectetur sed tincidunt aliquet mauris pharetra tempus. Non eget pulvinar, dolore et aliquet non felis sit erat nisi tincidunt, massa diam id mauris amet tempus magna massa proin ullamcorper mauris amet ipsum, magna sit erat nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec ante molestie amet erat dolor magna ante non nonummy ipsum. Nisi dolore proin mauris pharetra dolore, ante ullamcorper tellus elit amet tempus. Donec, lobortis laoreet proin euismod, molestie pharetra ipsum ac aliquam, sed nisi. Tincidunt lobortis laoreet et aliquet volutpat euismod mauris nonummy sit sed ac. Dolore ut massa nibh praesent ullamcorper felis congue massa et tellus eget. Felis felis consectetur dolor, feugiat ipsum lorem dolore ut laoreet sem at. Ipsum dolore et volutpat amet feugiat mi, tellus mauris dolor tincidunt tellus. Pulvinar nisi, sem nonummy donec praesent adipiscing, donec praesent at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit ipsum nunc non pharetra congue diam nonummy donec aliquet. Adipiscing, ac et eget sed mi elit erat mi felis tempus. Id ipsum ut non pharetra congue ullamcorper pharetra, congue ullamcorper turpis. Nisi proin consectetur magna diam nonummy dolore aliquet, adipiscing, aliquam proin. Consectetur ac mi mauris, feugiat nibh volutpat sed tincidunt euismod sit. Ut tellus feugiat lobortis volutpat pharetra, congue ullamcorper amet dolore aliquet. Turpis nisi, diam nonummy, donec praesent mi mauris lorem nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi sem consectetur magna diam, nonummy dolore praesent volutpat dolor laoreet euismod sit massa molestie feugiat lobortis non dolor congue euismod. Ipsum ut tellus pharetra, congue ullamcorper pharetra congue aliquet amet nunc aliquet feugiat congue praesent adipiscing donec praesent turpis nisi sem consectetur. Erat laoreet molestie pharetra congue ullamcorper pharetra dolore ullamcorper turpis dolore aliquet turpis magna diam amet dolore aliquet turpis nisi sem consectetur. Magna diam adipiscing, aliquam proin mauris lorem nibh elit ac mi, id feugiat lobortis volutpat dolor nisi sem nonummy, donec praesent adipiscing. Tempus nibh mauris sed nibh eget erat mi id ipsum massa molestie dolor congue volutpat dolor tincidunt euismod sit nisi, lorem lobortis. Ullamcorper nonummy tempus ante at ac, et eget sed massa molestie feugiat lobortis volutpat feugiat lobortis volutpat sed, tincidunt euismod sit nunc. Tellus pharetra congue, pulvinar ut non consectetur magna diam elit erat proin molestie feugiat tincidunt aliquet turpis aliquam sem consectetur, magna et. Elit non amet dolore praesent at lorem et elit sed mi elit tempus mi mauris tempus nibh eget sed laoreet euismod sit. Magna diam consectetur magna diam amet laoreet felis tempus massa mauris feugiat lobortis eget sed tincidunt tellus sit lobortis volutpat feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem lobortis volutpat, dolor tincidunt euismod pulvinar dolore, sem at, erat mi nonummy erat praesent adipiscing tempus proin mauris eget sed laoreet, euismod pulvinar nunc. Tellus sit congue diam nonummy donec aliquet, turpis nisi aliquet turpis ut sem nonummy magna diam adipiscing, aliquam ante pharetra magna diam nonummy donec aliquet sit. Aliquam, proin consectetur magna ullamcorper amet congue ullamcorper pulvinar amet feugiat magna massa non elit pulvinar, aliquam et id, massa ullamcorper, elit ipsum ut non, consectetur. Tempus nisi nibh id sit ac tincidunt praesent at lorem tincidunt ullamcorper adipiscing feugiat donec lobortis ullamcorper lobortis, diam, felis sit, ac laoreet sem mauris sed. Dolore lobortis praesent felis sit sed nisi tincidunt euismod at lorem lobortis, volutpat pulvinar nunc molestie turpis ut nibh euismod turpis sed donec lobortis mi et. Ullamcorper non felis turpis erat, nisi tincidunt ante et aliquet volutpat, felis consectetur ipsum ac congue massa et ac nisi tincidunt ante et aliquet eget felis. Pharetra sed ac congue, ante mi tellus at sed laoreet felis pharetra congue praesent turpis nisi, aliquet turpis nisi sem consectetur magna, praesent adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi molestie consectetur erat, laoreet felis tempus mi mauris feugiat. Lobortis ullamcorper, amet donec proin mauris ac nibh eget sed, laoreet. Molestie feugiat tincidunt volutpat pulvinar nunc tellus sit ut non dolor. Congue ullamcorper nonummy tempus ante mauris sed laoreet euismod sit ut. Sem pharetra magna diam felis tempus et eget sed, laoreet id. Ipsum nunc tellus feugiat lobortis volutpat pharetra nunc tellus sit nunc. Non, consectetur magna diam, nonummy donec mi adipiscing non consectetur magna. Mi felis lorem nibh, eget dolor, nunc aliquet adipiscing aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing feugiat lobortis volutpat sed. Laoreet euismod sit nisi non pharetra. Magna diam amet nunc, praesent at. Ac nibh id, ipsum nunc ut. Diam elit, erat mi, felis, tempus. Tincidunt diam mauris lorem nibh eget. Sed laoreet eget, sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec mi mauris lorem, lobortis eget sed nunc tellus turpis ac nibh eget pulvinar ut non sit congue, non pharetra congue aliquet. Turpis ac mi id pulvinar massa molestie dolor, tincidunt euismod dolor laoreet eget sed massa id ipsum ante at ac nibh eget sed. Laoreet id dolor congue ullamcorper pulvinar nunc tellus sit nisi diam nonummy donec praesent adipiscing aliquam proin, adipiscing aliquam, proin elit, sed mi. Id feugiat ut, volutpat pharetra congue sem, turpis nisi sem, nonummy erat mi felis, tempus lobortis volutpat pharetra congue aliquet turpis dolore aliquet. Consectetur congue diam elit donec aliquet consectetur magna diam nonummy, magna praesent adipiscing lorem nibh volutpat dolor congue euismod sed massa molestie ipsum. Massa molestie feugiat lobortis eget sed mi felis ipsum, ante, eget dolor tincidunt euismod sit ut sem, consectetur magna ullamcorper, nonummy donec praesent. Adipiscing ac nibh volutpat dolor, massa, id feugiat lobortis volutpat dolor tincidunt euismod consectetur erat ante tellus pharetra congue, ullamcorper amet congue ullamcorper. Amet nisi proin at magna et nonummy erat praesent nonummy erat mi, mauris lorem ante eget dolor tincidunt euismod pulvinar nunc molestie feugiat. Lobortis non amet, donec, praesent felis tempus proin at magna et elit, erat pulvinar ut non consectetur congue diam nonummy donec praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet turpis aliquam sem at lorem laoreet id ipsum. Nunc sem elit, erat mi felis ipsum massa volutpat feugiat. Lobortis euismod pulvinar nunc tellus sit nisi volutpat sed tincidunt. Id pulvinar magna diam elit erat praesent adipiscing tempus ante. Molestie, dolor tincidunt ullamcorper amet, nunc tellus feugiat lobortis, volutpat. Dolor laoreet id ipsum nunc tellus sit lobortis, volutpat dolor. Tincidunt euismod ipsum massa molestie feugiat massa mauris lorem nibh. Eget dolor, nunc aliquet sit ut sem consectetur dolore, aliquet. Turpis magna sem consectetur congue diam amet dolore ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi amet nisi proin, at ac nibh id ipsum massa molestie, sit congue ullamcorper. Amet congue ullamcorper amet ut sem consectetur, magna diam nonummy donec, et elit donec praesent. Felis lorem lobortis, volutpat dolor, nunc, tellus sit nisi sem nonummy magna, mi felis ipsum. Massa molestie lorem nibh volutpat tincidunt tellus turpis nisi sem consectetur donec praesent nonummy donec. Praesent mauris lorem nibh elit ipsum lorem lobortis euismod pulvinar tincidunt, aliquet consectetur nisi sem. Nonummy, tempus feugiat lobortis volutpat dolor tincidunt ullamcorper, turpis nisi sem consectetur nisi, sem, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue ullamcorper adipiscing aliquam proin mauris ac proin at ac mi felis tempus massa mauris, lorem nibh eget sed, laoreet, euismod pulvinar nunc tellus dolor laoreet id. Pulvinar nunc non pharetra congue ullamcorper pharetra congue aliquet amet dolore, aliquet turpis nisi sem nonummy donec praesent, turpis tempus ante tellus turpis nisi sem consectetur magna, diam. Adipiscing ipsum lobortis volutpat, pharetra dolore, aliquet adipiscing aliquam et, elit erat, et felis tempus ante mauris lorem nibh eget sit nisi sem pharetra congue ullamcorper amet dolore. Aliquet adipiscing aliquam et at erat mi felis, erat ante mauris lorem ante mauris lorem, nibh id feugiat ut non pharetra congue aliquet pulvinar dolore tellus sit ut. Non nonummy donec praesent turpis nisi proin at ac et nonummy, erat praesent felis praesent adipiscing tempus ante at lorem, et elit erat et felis erat mi felis. Lorem lobortis volutpat, dolor nunc aliquet sit ut non pharetra magna ullamcorper turpis magna diam nonummy donec mi, mauris feugiat tincidunt euismod dolor tincidunt euismod pulvinar massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie sit magna ullamcorper amet donec aliquet adipiscing tempus nibh eget lorem. Mi felis tempus ante mauris sed tincidunt euismod, sit ut sem pharetra congue. Non amet donec praesent turpis aliquam proin at ac et, elit, erat praesent. Adipiscing tempus sem nonummy sed mi felis tempus massa, mauris lorem nibh eget. Sed laoreet, id, ipsum massa volutpat feugiat tincidunt volutpat sed tincidunt id pulvinar. Nunc tellus, lorem tincidunt euismod amet nunc tellus feugiat lobortis volutpat feugiat, lobortis. Euismod turpis dolore aliquet, sit ut non pharetra congue euismod amet dolore praesent. Feugiat, ut non amet congue aliquet turpis nunc, tellus feugiat lobortis volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, aliquet turpis at lorem, laoreet id sed laoreet id ipsum massa molestie feugiat. Tincidunt, euismod dolor massa id feugiat ut non consectetur congue diam adipiscing donec ut. Diam id ipsum massa molestie feugiat lobortis non amet dolore aliquet, amet nisi sem. Consectetur ac diam elit donec praesent adipiscing tempus ante diam adipiscing, aliquam, ante mauris. Sed nibh eget ac mi elit erat mi adipiscing aliquam aliquet turpis nisi sem. Consectetur magna diam nonummy donec aliquet turpis aliquam pharetra, dolore praesent adipiscing, ac et. At erat et elit erat praesent adipiscing aliquam proin consectetur ac et elit erat. Mi felis tempus proin at magna diam pharetra, congue ullamcorper turpis nisi, sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa tellus pharetra magna euismod sit ut non sit ut non pharetra congue euismod ipsum massa id ipsum massa molestie dolor tincidunt volutpat pulvinar, nunc aliquet sit, nunc non. Et id ipsum nunc, tellus feugiat lobortis volutpat feugiat lobortis volutpat pulvinar massa molestie sit nisi non pharetra congue euismod pulvinar nunc aliquet, consectetur, nisi mauris sed nibh id ipsum. Massa id, ipsum massa molestie, dolor congue euismod amet dolore tellus, sit nisi sem pharetra tincidunt euismod dolor nunc ac laoreet ullamcorper turpis aliquam proin elit erat laoreet felis ipsum. Ante molestie lorem nibh eget sed mi id ipsum massa felis lorem ante, mauris non consectetur magna et felis donec, mi felis ac et elit erat et nonummy donec praesent. Felis lorem nibh eget sed tincidunt euismod pulvinar nunc molestie sit elit erat et felis tempus mi mauris feugiat lobortis euismod pulvinar nunc tellus, sit nisi tellus feugiat, lobortis volutpat. Dolor tincidunt, euismod pulvinar nunc non pharetra congue elit erat laoreet id ipsum massa volutpat, dolor tincidunt euismod, pulvinar nunc euismod, pulvinar aliquam proin, elit donec diam adipiscing nunc molestie. Feugiat nisi non pharetra congue ullamcorper pulvinar nisi sem turpis nisi sem nonummy magna ullamcorper nonummy donec aliquet turpis nisi sem, consectetur ac diam nonummy laoreet molestie sit lobortis volutpat. Dolor congue ullamcorper amet dolore, sem consectetur magna sem nonummy magna diam amet donec praesent, turpis nisi, proin at ac et dolor nunc, tellus sit nisi non pharetra congue ullamcorper. Pulvinar dolore praesent adipiscing ut, sem, consectetur congue ullamcorper nonummy donec proin at, ac proin at ac diam, sem nonummy donec, diam adipiscing aliquam nibh mauris, lorem et eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat ante mauris lorem et volutpat dolor nunc tellus. Turpis magna, sem pharetra magna diam nonummy, donec praesent, adipiscing. Aliquam donec praesent at ac proin at magna diam nonummy. Donec praesent molestie pharetra magna, diam adipiscing tempus ante mauris. Lorem nibh id ipsum massa tellus ac et elit donec. Praesent felis lorem ante mauris lorem nibh, eget ipsum nunc. Non consectetur magna non amet congue ullamcorper amet nunc, aliquet. Turpis congue ullamcorper, dolor tincidunt tellus sit nunc molestie sit. Tincidunt euismod pulvinar tincidunt euismod sit nisi, proin at, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur nisi sem consectetur donec diam. Amet dolore aliquet turpis, ut sem nonummy. Magna, praesent nonummy donec praesent, at erat. Mi molestie sit massa, molestie dolor congue. Aliquet turpis nisi sem at, ac diam. Elit sed laoreet mauris feugiat lobortis, volutpat. Pharetra tincidunt euismod ullamcorper, turpis dolore, aliquet. Turpis nisi non pharetra tincidunt, ullamcorper pulvinar. Dolore, tellus sit ut sem consectetur congue. Ullamcorper amet tincidunt ullamcorper amet dolore, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor tincidunt ullamcorper pulvinar nunc tellus sit nunc non consectetur ut non pharetra congue ullamcorper pulvinar nunc, non amet donec aliquet turpis aliquam, proin, elit, erat, laoreet id ipsum. Ante molestie sit ut non dolor tincidunt euismod pulvinar massa tellus feugiat et elit sed mi id ipsum ante mauris lorem nibh mauris lorem nibh elit erat mi adipiscing donec. Tellus adipiscing aliquam et eget sed laoreet felis nisi proin elit sed tincidunt euismod pulvinar nunc, non pharetra congue volutpat pulvinar nunc tellus sit ut non sit ut non pharetra. Congue, praesent, id feugiat, ut volutpat dolor lobortis volutpat dolor nunc id pulvinar massa tellus pharetra ut non pharetra nunc euismod pulvinar nunc tellus sit lobortis molestie feugiat elit sed. Tincidunt, tellus sit nisi sem, consectetur donec diam nonummy, dolore aliquet sit ut non pharetra, magna diam amet dolore aliquet turpis, nisi sem, consectetur ac dolor nunc tellus pulvinar ut. Non consectetur donec praesent adipiscing aliquam ante eget sed congue praesent, turpis aliquam et at at, magna et nonummy donec praesent adipiscing aliquam proin at ac et nonummy magna ullamcorper. Adipiscing aliquam, proin mauris feugiat nibh eget sed laoreet felis tempus euismod sit ut non consectetur congue diam nonummy, donec aliquet adipiscing nisi sem pharetra congue, ullamcorper pharetra, congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod pulvinar nunc tellus, turpis nisi non pharetra, magna diam, nonummy congue, euismod, pulvinar nunc id. Ipsum erat ante felis feugiat, nibh euismod pulvinar dolore, aliquet turpis magna sem, consectetur donec diam nonummy donec. Praesent mauris sed laoreet id, ipsum massa felis lorem lobortis eget dolor, tincidunt euismod pulvinar massa felis aliquam. Praesent at ac diam consectetur magna ullamcorper amet dolore aliquet adipiscing nisi sem, pharetra magna, ullamcorper elit sed. Mi euismod pulvinar massa tellus lorem nibh eget dolor laoreet eget ipsum nunc tellus feugiat lobortis volutpat sed. Tincidunt id mi felis ipsum nunc non, consectetur magna praesent nonummy aliquam ante mauris sed laoreet eget sed. Mi felis ipsum, massa mauris lorem et elit, ac et elit tellus sit, ut non consectetur magna ullamcorper. Nonummy, tempus ante at aliquam proin consectetur ac et elit tempus ante mauris tempus ante mauris sed tincidunt. Tellus turpis pulvinar ut sem consectetur ac ullamcorper nonummy donec proin, at aliquam et elit erat et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, nibh id ipsum ut non consectetur, magna, praesent adipiscing, tempus. Massa molestie feugiat lobortis volutpat ipsum lobortis non pharetra magna, praesent. Adipiscing, tempus lobortis, volutpat dolor tincidunt euismod, ipsum massa id feugiat. Lobortis non dolor tincidunt id pulvinar massa turpis tempus proin, eget. Dolor laoreet euismod, sit nunc, tellus pharetra ut ullamcorper amet dolore. Aliquet turpis ut tellus feugiat lobortis molestie dolor tincidunt euismod pulvinar. Dolore felis tempus, nibh eget pulvinar dolore praesent at ac et. Elit sed massa molestie feugiat ut volutpat amet erat, mi mauris. Lorem lobortis non consectetur congue ullamcorper nonummy donec aliquet, turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy, donec aliquet turpis amet dolore aliquet turpis nisi sem consectetur magna sem consectetur magna diam nonummy dolore, praesent adipiscing ac et eget erat et. Felis tempus ante molestie dolor erat mi felis tempus ante at ac et eget, sed massa molestie feugiat congue diam nonummy dolore aliquet turpis, aliquam sem. Consectetur magna diam turpis aliquam ante eget sed nibh id ipsum massa molestie feugiat lobortis volutpat dolor laoreet id sed laoreet felis tempus ante, at feugiat. Lobortis euismod pulvinar ut non pharetra congue, ullamcorper amet, nunc tellus pulvinar nunc tellus pharetra ut non pharetra congue aliquet amet nisi proin consectetur ac et. Felis ipsum sem consectetur magna, diam elit erat mi felis tempus proin at ac et elit erat et id ipsum ante mauris aliquam proin elit sed. Laoreet tellus elit sed massa molestie feugiat, lobortis non dolor congue, ullamcorper turpis nisi aliquet turpis congue ullamcorper nonummy erat mi adipiscing aliquam ante, eget sed. Tincidunt aliquet sit praesent felis tempus massa mauris lorem nibh elit erat et felis tempus ante mauris feugiat tincidunt volutpat amet nisi sem felis feugiat lobortis. Volutpat amet donec praesent, adipiscing nisi sem elit erat laoreet felis erat ante molestie feugiat tincidunt euismod pulvinar tincidunt id tempus massa molestie tellus turpis nisi. Non at erat mi felis tempus ante mauris lorem et eget sed mi felis tempus, ante mauris feugiat nibh mauris lorem laoreet id sit nunc molestie. Sit ut ullamcorper pharetra congue ullamcorper, amet nisi sem, at magna et elit erat praesent adipiscing aliquam proin at aliquam proin at erat mi id lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit ac tincidunt tellus pulvinar ut, ullamcorper nonummy donec aliquet sit ut tellus sit, lobortis volutpat dolor tincidunt ullamcorper pulvinar. Dolore sem, consectetur magna mi felis tempus, ante mauris tempus, ante mauris magna praesent felis ipsum massa molestie, lorem nibh eget sed. Massa aliquet turpis magna et consectetur donec praesent adipiscing, tempus proin at ac et nonummy dolore aliquet sit ut non pharetra congue. Non amet dolore aliquet, adipiscing nisi proin at magna sem, nonummy donec praesent adipiscing tempus ante nonummy magna praesent felis tempus ante. Mauris lorem nibh, elit sed mi id ipsum massa molestie feugiat tincidunt ullamcorper amet nunc tellus sit ut sem nonummy magna et. Id amet, aliquam proin consectetur magna diam nonummy erat mi mauris lorem nibh eget dolor laoreet felis tempus ante mauris lorem ut. Non nonummy dolore erat, mi id tempus massa molestie lorem nibh elit sed mi felis erat mi felis tempus ante adipiscing aliquam. Diam eget ipsum massa molestie feugiat ut mi id ipsum, massa molestie feugiat nibh eget nonummy donec praesent at magna diam consectetur. Congue ullamcorper amet congue, ullamcorper, sit, congue non amet donec praesent adipiscing aliquam proin consectetur nisi, sem pharetra magna diam, nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar dolore sem consectetur ac mi, felis ipsum massa mauris feugiat, lobortis euismod dolor tincidunt euismod pulvinar massa molestie. Sit dolore aliquet turpis, nisi proin at, erat laoreet id ipsum ante felis aliquam sem consectetur, nisi non pharetra magna. Diam adipiscing tempus proin at ipsum massa id sit congue ullamcorper nonummy dolore praesent felis aliquam, sem consectetur magna diam. Nonummy ipsum massa molestie lorem ante eget sed tincidunt ullamcorper amet ut volutpat pharetra, congue ullamcorper turpis nisi sem consectetur. Magna diam elit erat praesent adipiscing aliquam praesent at lorem nibh id ipsum nunc non mauris feugiat lobortis volutpat erat. Laoreet molestie, sit ut sem consectetur donec praesent, adipiscing aliquam praesent turpis nisi diam elit donec diam nonummy donec aliquet. Turpis dolore praesent adipiscing tempus ante, mauris ac, et elit erat mi mauris lorem lobortis volutpat dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pharetra congue ullamcorper turpis aliquam, sem at ac nibh eget ipsum nunc non pharetra ut non amet dolore aliquet, amet, ac laoreet molestie feugiat. Nisi diam nonummy erat praesent nonummy donec praesent adipiscing magna, sem consectetur magna, praesent adipiscing donec praesent at ac nibh nonummy donec aliquet adipiscing aliquam ante. At lorem nibh id ipsum massa mauris lorem nibh mauris lorem nibh id pulvinar nunc, molestie feugiat lobortis molestie lorem et felis ipsum massa molestie feugiat. Tincidunt ullamcorper nonummy donec praesent adipiscing aliquam proin nonummy donec praesent adipiscing aliquam proin at ac et elit, dolore aliquet turpis nisi, sem at magna sem. Consectetur magna ullamcorper pulvinar nunc tellus, pulvinar nunc, tellus sit ut ullamcorper amet congue ullamcorper amet nisi aliquet turpis, lobortis eget sed laoreet felis tempus, ante. Mauris feugiat ut ullamcorper pharetra congue ullamcorper amet ut non, pharetra congue ullamcorper amet donec praesent adipiscing nisi sem, felis feugiat nibh mauris lorem, et eget. Sed massa molestie feugiat ut ullamcorper pharetra donec praesent adipiscing aliquam proin, erat mi, id pulvinar nunc tellus sit ut non pulvinar dolore aliquet turpis nunc. Tellus sit ut non dolor congue, euismod, amet nunc, tellus turpis nisi volutpat tincidunt tellus sit nunc tellus consectetur donec diam adipiscing, donec proin at, lorem. Nibh eget ipsum massa molestie feugiat lobortis volutpat pharetra lobortis euismod dolor tincidunt id tempus proin at ac nibh elit erat eget, ipsum massa id ipsum. Lobortis volutpat dolor congue ullamcorper amet dolore tellus pulvinar nunc molestie feugiat lobortis non dolor ut tellus sit ut non pharetra congue euismod amet, nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non id ipsum nunc non pharetra lobortis non pharetra, dolore aliquet adipiscing lorem tincidunt, aliquet. At, lorem nibh volutpat dolor tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat dolor laoreet. Id pulvinar ut non pharetra ac diam amet donec aliquet, adipiscing aliquam sem consectetur magna. Sem, nonummy, magna aliquet turpis nisi, non nonummy donec diam nonummy donec aliquet turpis dolore. Sem elit erat laoreet, id ipsum ante mauris tempus ante at magna, et, elit tempus. Consectetur donec, praesent felis tempus, ante at ac et at ac et elit erat ante. Adipiscing aliquam ante mauris sed, laoreet, euismod non pharetra congue ullamcorper sit ut non pharetra. Congue et felis erat mi, mauris tempus nibh eget dolor tincidunt tellus sit ut tellus. Sit congue ullamcorper nonummy sem consectetur magna diam nonummy congue euismod ipsum nunc tellus sit. Nisi diam consectetur magna ullamcorper amet dolore aliquet sit ut tellus, pharetra congue, diam, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi aliquet consectetur ac mi felis tempus massa mauris. Feugiat lobortis euismod pulvinar, nisi proin consectetur magna praesent adipiscing. Aliquam ante, mauris lorem proin at erat laoreet id ipsum. Lobortis non pharetra congue ullamcorper amet, nunc tellus pharetra ut. Ullamcorper amet congue aliquet turpis nisi sem consectetur magna, ullamcorper. Amet dolore aliquet amet nunc tellus sit nisi sem, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat sem, euismod volutpat adipiscing pharetra erat nunc molestie feugiat, nibh volutpat dolor tincidunt id ipsum nunc molestie feugiat elit erat praesent adipiscing tempus proin at. Lorem tincidunt id sed laoreet felis lorem ante mauris lorem et elit erat mi id ipsum ante mauris consectetur magna diam adipiscing donec praesent consectetur magna. Diam elit sed laoreet id feugiat massa mauris dolor laoreet, id ipsum laoreet id ipsum massa, molestie dolor tincidunt euismod sit ut non pharetra, ut ullamcorper. Adipiscing, aliquam ante mauris lorem nibh eget sed laoreet id, feugiat massa volutpat, dolor, tincidunt euismod, tempus massa tellus feugiat, ut non amet, tincidunt tellus sit. Ut tellus, feugiat lobortis volutpat feugiat lobortis volutpat sed laoreet molestie feugiat lobortis molestie dolor lobortis volutpat erat massa tellus, feugiat lobortis volutpat dolor laoreet eget. Ipsum nunc tellus sit, congue ullamcorper dolor congue ullamcorper amet dolore aliquet sit ut sem consectetur donec diam mauris lorem laoreet aliquet sit nisi sem pharetra. Congue diam elit erat massa molestie dolor lobortis volutpat sed laoreet id nonummy erat mi felis lorem ante mauris lorem nibh eget sed laoreet id ipsum. Lobortis ullamcorper nonummy donec mi adipiscing nisi proin at ac et id ipsum donec praesent adipiscing aliquam proin, consectetur congue diam nonummy dolore, ullamcorper turpis dolore. Aliquet consectetur magna, diam, elit erat ante mauris lorem ante mauris sed laoreet mauris sed tincidunt euismod, pulvinar dolore aliquet turpis nisi, sem nonummy donec, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc aliquet, sit nisi non pharetra congue ullamcorper, amet dolore praesent felis ac et at ac et felis tempus massa molestie. Sed nunc tellus, turpis nisi sem, at ac et elit erat proin adipiscing nisi sem consectetur nisi non pharetra magna ullamcorper adipiscing. Nisi proin, mauris sed laoreet id ipsum lobortis volutpat sed laoreet eget ipsum laoreet id ipsum, massa molestie aliquam proin at ac. Et, elit erat ante molestie feugiat lobortis lobortis non, amet donec aliquet turpis nisi, aliquet consectetur ac et elit erat, praesent felis. Tempus nibh, eget pulvinar tincidunt euismod pulvinar massa volutpat, nonummy tempus proin, at lorem nibh, id pulvinar nunc aliquet sit, nisi sem. Pharetra congue ullamcorper amet dolore aliquet at magna et eget erat laoreet felis pulvinar ut sem consectetur magna diam, amet donec praesent. Adipiscing, tempus ante, volutpat dolor nunc euismod sit nunc tellus sit ut non pharetra congue euismod pulvinar nonummy, tempus ante molestie, lorem. Nibh volutpat amet dolore tellus pulvinar, nisi sem, consectetur donec praesent nonummy aliquam praesent adipiscing aliquam proin, at ac et id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi, mauris lorem tincidunt euismod, sit nisi. Proin at ac mi molestie sit lobortis volutpat. Dolor, tincidunt euismod pulvinar nunc, tellus turpis nisi. Sem nonummy donec praesent adipiscing, lorem tincidunt tellus. Sit ut sem consectetur sed dolore aliquet turpis. Nisi et elit donec mi felis lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit congue, ullamcorper felis ipsum. Lobortis, volutpat pharetra donec proin mauris. Lorem nibh elit, sed tincidunt euismod. Sit nisi non pharetra congue ullamcorper. Sit nisi proin at magna, diam. Nonummy aliquam massa mauris, lorem lobortis. Eget sed dolore aliquet turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis aliquam nibh elit sed massa id ipsum massa volutpat amet congue aliquet turpis nisi, aliquet, consectetur magna diam, nonummy erat. Praesent tellus turpis magna sem, nonummy magna diam nonummy donec aliquet adipiscing nisi aliquet consectetur magna et elit erat praesent adipiscing nisi. Sem consectetur ac volutpat dolor congue praesent mauris sed nibh elit erat et elit erat praesent adipiscing, aliquam proin at ac mi. Felis pulvinar nunc tellus sit lobortis volutpat dolor molestie sit ut volutpat pharetra congue aliquet turpis aliquam sem consectetur magna diam, elit. Erat ante mauris lorem nibh mauris sed nibh eget donec praesent at aliquam proin at ac diam nonummy donec, praesent felis tempus. Ante mauris ac, nibh elit tempus mi felis tempus ante at ac et elit ipsum ut non pharetra tincidunt euismod pulvinar, nunc. Aliquet turpis nisi non, consectetur magna diam nonummy dolore aliquet turpis nisi et eget erat laoreet id ipsum, ante at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat lobortis volutpat dolor nunc euismod sit ut non pharetra aliquam ante, mauris feugiat lobortis volutpat sed massa molestie feugiat lobortis sem. Elit tempus ante, mauris feugiat lobortis volutpat sed nibh id ipsum, massa tellus dolor tincidunt, ullamcorper turpis nisi proin at erat, mi, elit. Tempus ante mauris lorem nibh euismod pulvinar tincidunt id, pulvinar ut sem consectetur, magna praesent laoreet id, feugiat ut non pharetra tincidunt volutpat. Dolor nunc tellus pulvinar nunc molestie feugiat nibh eget lorem laoreet id pulvinar massa molestie consectetur magna diam amet, donec praesent adipiscing aliquam. Proin elit sed tincidunt euismod, praesent at ac laoreet id, ipsum dolore tellus consectetur magna diam elit erat ut sem consectetur congue ullamcorper. Amet, dolore aliquet sit nisi sem at ac, et elit donec mi mauris lorem lobortis volutpat sed mi felis, ipsum massa tellus nunc. Tellus adipiscing ac proin elit ac, et elit erat mi adipiscing aliquam proin at ac et elit erat, ante mauris lorem, nibh id. Ipsum massa molestie feugiat ut volutpat pharetra congue ullamcorper amet nisi aliquet sit ut volutpat dolor lobortis volutpat pulvinar nunc euismod ipsum ante. Mauris feugiat nibh euismod pulvinar nunc tellus feugiat ut ullamcorper pharetra dolore aliquet turpis aliquam proin, at ac et elit erat praesent adipiscing. Tempus nibh volutpat pharetra tincidunt id feugiat lobortis, volutpat dolor tincidunt eget sed massa molestie feugiat lobortis, mauris feugiat lobortis euismod dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore ullamcorper, turpis nisi sem pharetra congue diam nonummy erat, mi felis tempus ante eget sed, laoreet id, proin mauris sed tincidunt, euismod pulvinar ut. Sem eget sed massa molestie ipsum ante molestie lorem, nibh eget sed, mi felis erat mi, euismod sit, ut sem, consectetur magna, ullamcorper felis ipsum massa volutpat. Dolor tincidunt ullamcorper, turpis, aliquam et at, ac, mi felis tempus massa molestie tellus turpis nisi non pharetra congue ullamcorper nonummy donec praesent adipiscing aliquam et at. Ac mi felis erat mi, felis tempus ante at praesent id sit ut non amet donec proin adipiscing ac et consectetur nisi non dolor lobortis euismod pulvinar. Nunc aliquet turpis magna et eget pulvinar nunc tellus nonummy donec aliquet, turpis nisi aliquet consectetur nisi diam nonummy dolore aliquet turpis nisi aliquet sit nisi sem. Consectetur magna diam adipiscing aliquam proin at, ac, proin, pharetra dolore praesent turpis, nisi sem at sed tincidunt euismod ipsum massa tellus feugiat nibh mauris, dolor, nunc. Euismod, feugiat ut, non adipiscing tempus ante molestie lorem nibh volutpat dolor laoreet, id ipsum, massa molestie feugiat nibh mauris sed tincidunt euismod ipsum laoreet id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue aliquet adipiscing, ac nibh eget erat mi felis ipsum nunc tellus pulvinar tincidunt tellus sit nisi sem. Consectetur erat mi, elit tempus ante mauris, lorem et eget erat mi felis erat massa molestie feugiat, lobortis euismod. Pulvinar donec laoreet id feugiat lobortis volutpat dolor tincidunt euismod turpis ac et elit ac et felis tempus ante. Molestie consectetur donec praesent nonummy aliquam erat laoreet, molestie, sit lobortis molestie dolor lobortis euismod pulvinar, nunc aliquet turpis. Magna, et nonummy donec praesent adipiscing aliquam proin adipiscing ac molestie sit ut non pharetra tincidunt euismod ipsum massa. Molestie sit ut volutpat dolor tincidunt volutpat dolor laoreet id tempus ante mauris feugiat nibh volutpat sed tincidunt id. Feugiat congue ullamcorper nonummy donec praesent felis, aliquam sem at ac diam, nonummy donec praesent nonummy donec proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet turpis ac et eget sed, tincidunt molestie sit ut volutpat consectetur donec praesent, adipiscing donec proin at lorem nunc tellus sit lobortis molestie feugiat. Nibh volutpat pulvinar nunc aliquet turpis, ut volutpat, dolor tincidunt volutpat pulvinar nunc, tellus sit ut non sit pharetra congue non pharetra tincidunt id ipsum nunc. Tellus turpis nisi diam consectetur magna praesent turpis, dolore aliquet sit nunc non, sit ut volutpat dolor nibh eget lobortis volutpat pharetra congue euismod pulvinar dolore. Proin elit erat, mi felis tempus massa tellus sit ut non, dolor, laoreet id pulvinar nunc praesent adipiscing ac proin at magna diam elit erat mi. Felis lorem ante, mauris lorem nibh eget tempus ante molestie, feugiat lobortis eget sed laoreet id volutpat pharetra tincidunt volutpat dolor tincidunt, tellus sit nunc molestie. Feugiat tincidunt euismod pulvinar dolore aliquet adipiscing aliquam sem consectetur congue ullamcorper dolor laoreet id pulvinar nunc tempus et at ac diam nonummy donec diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut non pharetra magna diam amet donec aliquet amet dolore tellus sit ut non consectetur congue diam amet dolore sem consectetur ac laoreet molestie feugiat lobortis. Non pharetra dolore ullamcorper amet dolore sem consectetur magna, mi felis tempus ante molestie feugiat lobortis volutpat sed tincidunt euismod pulvinar congue euismod sit nunc non pharetra. Magna et elit tempus mi felis tempus, et at ac et elit donec mi adipiscing tempus lobortis mauris ac et, ipsum massa tellus turpis magna et nonummy. Tempus massa sem nonummy donec praesent nonummy dolore, aliquet turpis nisi diam consectetur magna diam nonummy non consectetur magna et elit erat ante mauris tempus, nibh eget. Sed tincidunt euismod pulvinar nunc, non consectetur magna diam nonummy aliquam proin at lorem, nibh id erat mi mauris feugiat lobortis volutpat sed laoreet tellus sit nunc. Non consectetur magna diam amet dolore proin mauris lorem nibh, eget sed mi felis erat mi consectetur, ac mi felis, tempus massa mauris feugiat, lobortis eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa tellus consectetur congue ullamcorper amet dolore aliquet, turpis aliquam proin mauris ac diam nonummy donec, diam adipiscing tempus nibh id pulvinar. Nunc, tellus pharetra magna ullamcorper amet, dolore ullamcorper, adipiscing tempus nibh, elit erat mi id tempus ut sem consectetur erat praesent felis lorem. Et eget sed massa molestie, feugiat massa, volutpat feugiat, nibh volutpat sed laoreet felis erat mi mauris tempus praesent turpis, ut sem sit. Ut non dolor congue ac, et elit erat et nonummy dolore aliquet turpis aliquam proin at, ac, mi felis ipsum ante molestie lorem. Nibh eget dolor sit congue diam elit donec aliquet turpis nisi sem at magna diam nonummy donec mi felis tempus nibh mauris, lorem. Nibh eget ipsum nunc tellus sit ut amet nisi, proin at magna diam nonummy donec praesent felis, tempus ante mauris ac diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh elit sed laoreet tellus sit ut non pharetra congue ullamcorper amet dolore aliquet. Sit nisi diam nonummy magna, ullamcorper pharetra congue ullamcorper, tempus ante mauris lorem tincidunt euismod. Pulvinar dolore, tellus sit ut non dolor lobortis eget dolor, tincidunt tellus turpis nisi non. Pharetra congue ullamcorper pulvinar, dolore aliquet at erat et elit, tempus ante mauris feugiat lobortis. Volutpat dolor nunc aliquet adipiscing magna diam eget sed laoreet id feugiat lobortis volutpat, dolor. Felis ipsum massa molestie dolor lobortis volutpat sed laoreet felis tempus ante, adipiscing aliquam proin. Mauris lorem et, elit sed, laoreet id feugiat tempus ante molestie lorem nibh elit erat. Mi felis ipsum massa molestie lorem nibh eget, ac nibh id ipsum laoreet id, ipsum. Ante mauris lorem nibh volutpat erat mi mauris feugiat lobortis euismod, pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper nonummy donec aliquet at ac mi elit erat mi felis, tempus proin at magna et felis tempus. Ante mauris tempus nibh eget sed tincidunt id sed laoreet adipiscing, ac et elit erat et id tempus, ante. Mauris feugiat lobortis volutpat dolor nunc tellus adipiscing ac nibh eget erat, mi felis tempus massa aliquet consectetur ac. Diam elit erat ante felis tempus ante mauris lorem laoreet id ipsum massa mauris lorem ante, at ac et. Eget, ipsum, nunc aliquet mi mauris lorem, nibh eget sed tincidunt euismod turpis nisi sem consectetur magna ullamcorper nonummy. Donec ante mauris, ac nibh eget sed laoreet tempus ante at erat laoreet id tempus massa, mauris feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem, laoreet id sit lobortis non dolor. Tincidunt ullamcorper amet nunc tellus pulvinar massa mauris, feugiat. Ut non dolor tincidunt tellus turpis nisi proin, at. Magna diam nonummy nonummy erat mi felis nisi, sem. Turpis, nisi diam nonummy donec ante felis lorem nibh. Volutpat dolor dolore aliquet amet dolore tellus sit lobortis. Volutpat dolor nunc euismod sit lobortis, molestie feugiat tincidunt. Euismod pulvinar nunc, id ipsum massa id ipsum nibh. Eget sed laoreet id ipsum nunc molestie, lorem, tincidunt. Euismod turpis nisi sem consectetur ac et elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing tempus ante amet nisi sem at magna diam nonummy tempus ante molestie feugiat nibh eget. Sed nibh, eget, sed laoreet, felis ipsum massa molestie feugiat nibh volutpat pharetra, dolore aliquet turpis nisi proin. Consectetur ac et elit erat mi mauris, lorem nibh mauris ac nibh eget sed, laoreet id tempus ante. Dolor dolore aliquet turpis nisi sem turpis nisi diam elit donec praesent felis tempus nibh eget sed laoreet. Id, ipsum nunc aliquet sit lobortis volutpat dolor felis tempus ante mauris feugiat lobortis volutpat pulvinar nunc tellus. Turpis aliquam proin pharetra magna, diam nonummy donec praesent adipiscing dolore aliquet consectetur, magna sed tincidunt tellus turpis. Nisi sem nonummy erat mi, id ipsum massa, mauris ac et at ac et elit tempus ante molestie. Lorem lobortis, eget sed ante, molestie sit ut volutpat dolor laoreet euismod ipsum laoreet id tempus proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed mi mauris lorem nibh mauris sed tincidunt euismod pulvinar nunc non pharetra congue non, pharetra congue ullamcorper turpis aliquam proin elit erat. Mi felis tempus sem at, lorem laoreet euismod pulvinar, nunc non consectetur magna diam nonummy aliquam proin mauris ac, nibh id pulvinar massa. Molestie feugiat nisi sem, pharetra, tincidunt tellus, sit ut non, pharetra, congue non amet donec aliquet sit ut tellus, sit congue ullamcorper nonummy. Erat, ante mauris ac nibh, euismod dolor tincidunt id amet donec nibh mauris, lorem nibh id ipsum nunc tellus pharetra congue, non nonummy. Donec ullamcorper turpis nisi sem consectetur magna sem ante eget dolor laoreet eget sed laoreet id feugiat lobortis volutpat dolor congue ullamcorper adipiscing. Ac nibh volutpat, dolor tincidunt tellus turpis ut sem consectetur magna diam aliquam et elit sed laoreet id tempus proin, at ac et. Elit ac mi id feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt tellus pulvinar massa, non sem elit, erat mi id, ipsum massa. Ullamcorper nonummy donec aliquet amet dolore tellus, sit ut, non consectetur magna ullamcorper, sed nunc tellus pharetra congue ullamcorper amet donec praesent turpis. Nisi proin at ac et felis tempus ante mauris feugiat lobortis volutpat sed, tincidunt aliquet sit, nisi non nonummy dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit ut non felis tempus ante eget dolor tincidunt euismod sit nisi sem consectetur congue non pharetra tincidunt euismod amet. Dolore sem consectetur magna mi felis donec mi at euismod consectetur magna et elit erat ante molestie lorem ante, eget sed laoreet. Id pulvinar nunc tellus feugiat, massa molestie feugiat lobortis volutpat dolor ullamcorper amet nisi sem consectetur, ac nibh eget ipsum ante mauris. Tempus nibh, eget dolor tincidunt euismod pulvinar nunc tellus feugiat ut non dolor tincidunt nisi proin at lorem nibh id sed laoreet. Id feugiat, ut volutpat dolor tincidunt ullamcorper amet nunc tellus feugiat ut non pharetra, magna aliquet mauris tempus nibh, eget dolor laoreet. Id ipsum laoreet felis tempus ante mauris ac et eget, dolor, massa molestie ipsum ante, mauris lorem nibh eget lorem nibh, mauris. Tempus ante mauris lorem nibh id ipsum massa id ipsum massa volutpat feugiat lobortis eget erat laoreet felis, tempus mi, mauris feugiat. Nibh eget, sed laoreet nonummy aliquam proin mauris dolor congue euismod amet, nunc aliquet turpis nisi sem consectetur magna ullamcorper amet dolore. Tellus sit lobortis mauris lorem nibh elit donec praesent adipiscing aliquam praesent adipiscing nisi sem consectetur ac mi felis, tempus mi adipiscing. Aliquam ante mauris ac et nonummy erat nibh volutpat amet donec, proin mauris dolor lobortis id pulvinar nunc, aliquet consectetur, ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent adipiscing aliquam nibh eget ipsum nunc, molestie sit congue ullamcorper nonummy donec aliquet amet dolore aliquet consectetur magna nibh eget sed tincidunt euismod, pulvinar. Nunc non consectetur magna ullamcorper amet dolore praesent adipiscing lorem nibh eget dolor tincidunt, molestie ipsum lobortis volutpat turpis nisi non pharetra congue ullamcorper pharetra tincidunt euismod. Pulvinar dolore aliquet, sit congue ullamcorper nonummy dolore aliquet amet nunc euismod sit nunc tellus pharetra erat laoreet id tempus massa molestie lorem et eget erat mi. Felis tempus massa molestie feugiat lobortis, eget dolor nunc aliquet sit nisi, sem consectetur congue tellus pulvinar massa molestie ipsum ante mauris ac proin elit erat et. Felis tempus ante mauris tempus proin, at lorem nibh elit erat, mi adipiscing, aliquam sem consectetur, magna ullamcorper amet congue euismod pulvinar nunc tellus sit ut sem. Consectetur donec mi mauris aliquam proin consectetur, magna diam nonummy magna diam adipiscing lorem nibh eget sed laoreet id ipsum, ante mauris tempus ante mauris sed laoreet. Id pulvinar ut non, sit ut volutpat dolor congue euismod pulvinar nunc tellus erat praesent adipiscing, nisi sem turpis nisi sem nonummy, congue ullamcorper pulvinar nunc, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante molestie feugiat tincidunt. Euismod pulvinar nunc tellus sit ut. Non pharetra magna diam pulvinar dolore. Sem consectetur magna sem consectetur lorem. Laoreet, euismod amet dolore sem consectetur. Magna ullamcorper amet congue ullamcorper turpis. Nisi sem consectetur magna dolore aliquet. Turpis nisi sem consectetur magna diam. Amet donec praesent at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat massa volutpat feugiat magna praesent, adipiscing donec praesent at aliquam proin eget sed laoreet id ipsum lobortis volutpat dolor lobortis euismod dolor tincidunt euismod, ipsum nunc molestie lorem. Laoreet euismod turpis ut sem consectetur congue et, elit aliquam proin at lorem et eget sed tincidunt euismod pulvinar nunc volutpat, dolor tincidunt euismod sed massa molestie ipsum massa volutpat. Pharetra, congue ullamcorper, amet nisi sem consectetur magna et elit tempus ante, felis, aliquam proin mauris sed et, nonummy aliquam, ante mauris sed laoreet euismod pulvinar dolore aliquet, sit, ut. Ullamcorper amet donec aliquet turpis nisi sem consectetur magna sem consectetur congue, ullamcorper pulvinar massa molestie ipsum massa volutpat feugiat laoreet euismod pulvinar massa molestie feugiat, ut sem consectetur congue. Diam felis lorem ante eget, sed nibh eget, sed massa molestie lorem laoreet eget sed laoreet, molestie, ipsum lobortis volutpat dolor tincidunt eget erat mi elit erat mi felis tempus. Ante tellus feugiat nibh, eget, sed laoreet id, sed mi id ipsum massa mauris lorem nibh eget sed et nonummy donec praesent nonummy donec praesent consectetur nisi, at, sed massa. Id, feugiat lobortis molestie lorem, nibh eget sed tincidunt euismod, pulvinar nunc volutpat, feugiat nibh volutpat, dolor tincidunt tellus sit ut sem pharetra magna amet nisi sem at ac mi. Id feugiat magna mi felis ipsum nunc non, pharetra magna praesent nonummy donec, praesent adipiscing ac proin elit ac et elit dolore aliquet turpis nisi sem pharetra congue ullamcorper, nonummy. Donec, proin at nisi sem pharetra congue ullamcorper amet congue ullamcorper pulvinar nisi, sem consectetur ac mi elit dolore proin mauris lorem laoreet euismod ipsum massa molestie feugiat lobortis ullamcorper. Amet dolore aliquet turpis nisi sem pharetra congue ullamcorper pharetra tincidunt volutpat sed, laoreet euismod lorem nibh eget sed laoreet id sed mi felis tempus proin at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus lobortis non pharetra, magna ullamcorper amet nunc tellus, sit nisi sem pharetra magna ullamcorper nonummy aliquam et eget sed, mi molestie. Sit ut sem nonummy donec, praesent adipiscing aliquam ante mauris lorem et elit donec praesent felis, tempus, ante mauris ipsum massa volutpat feugiat. Lobortis euismod amet dolore aliquet consectetur ac mi felis tempus mi felis tempus ante, mauris lorem nibh eget, pulvinar laoreet id sit sem. Amet donec mi felis lorem ante eget lorem, nibh eget, erat mi felis lorem lobortis volutpat amet donec, proin at ac proin tempus. Massa molestie feugiat lobortis volutpat sed laoreet id ipsum nunc molestie feugiat lobortis eget, dolor tincidunt euismod pulvinar nunc tellus, sit ut non. Amet congue ullamcorper pulvinar lobortis sem consectetur donec mi mauris tempus ante mauris ac et eget, sed laoreet id ipsum massa mauris ac. Et elit erat mi felis tempus ante at lorem nibh elit erat diam amet dolore, aliquet turpis ut non pharetra magna ullamcorper, amet. Dolore praesent mauris lorem diam nonummy magna, praesent nonummy donec sem consectetur magna diam consectetur congue ullamcorper nonummy donec aliquet amet nisi, non. At ac diam nonummy dolore praesent turpis nisi volutpat dolor, lobortis eget sed tincidunt tellus sit nunc non pharetra congue ullamcorper pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, felis tempus lobortis volutpat dolor tincidunt volutpat pulvinar nunc tellus sit ut tellus, sit ut ullamcorper amet, dolore praesent adipiscing lorem at, ac nibh eget. Sed tincidunt euismod pulvinar, nunc tellus pharetra congue diam amet nunc, tellus sit nisi sem consectetur erat et felis aliquam massa molestie feugiat tincidunt volutpat dolor. Laoreet aliquet turpis nisi non, sit congue volutpat pharetra tincidunt euismod ipsum laoreet id tempus proin adipiscing ac et at nisi, dolor, tincidunt tellus sit nisi. Sem nonummy donec mi felis tempus proin at ac nibh, at ac et felis erat ante at ac et elit tempus, massa tellus, sit lobortis volutpat. Sed tincidunt, tellus sit ut tellus feugiat lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc molestie feugiat lobortis volutpat pharetra laoreet id ipsum ut, non pharetra congue. Ullamcorper nonummy aliquam ante, mauris ac, et elit sed laoreet, felis tempus ante mauris tempus nibh eget sed laoreet id lorem ante, mauris lorem nibh eget. Ipsum ut non pharetra magna et elit, tempus praesent adipiscing aliquam sem consectetur magna tincidunt, tellus turpis magna et elit, sed laoreet id feugiat lobortis volutpat. Pharetra donec aliquet turpis dolore aliquet turpis magna sem consectetur magna diam amet dolore dolore praesent at sed laoreet euismod pulvinar, nunc non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat felis erat, ante mauris lorem nibh volutpat sed tincidunt. Tellus pulvinar eget sed laoreet felis tempus ante mauris feugiat. Congue diam amet nunc et nonummy donec praesent adipiscing aliquam. Ante molestie feugiat, nibh, eget erat mi felis, erat praesent. Adipiscing aliquam nibh mauris lorem mi felis ipsum, nibh eget. Dolor congue aliquet adipiscing nisi proin consectetur ac et, nonummy. Donec mi volutpat dolor tincidunt ullamcorper amet nisi sem turpis. Nisi diam nonummy, magna praesent eget sed massa tellus feugiat. Lobortis ullamcorper pharetra congue euismod ipsum massa id ipsum massa. Molestie, feugiat, lobortis volutpat sed laoreet id adipiscing ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra magna et nonummy erat praesent adipiscing nisi sem consectetur, nisi sem sit magna diam, adipiscing aliquam aliquet sit. Nisi sem at ac et elit, erat ante felis lorem nibh volutpat dolor tincidunt tellus sit nunc non lorem nibh. Elit ipsum massa molestie ipsum massa mauris, dolor congue aliquet turpis nisi sem consectetur ac mi, elit erat, praesent adipiscing. Donec proin at at ac et elit sed laoreet id ipsum ante mauris lorem nibh volutpat dolor tincidunt euismod sit. Nisi sem consectetur magna praesent felis aliquam proin at ac praesent adipiscing aliquam proin at ac nibh elit ac mi. Elit tempus ante molestie dolor congue diam nonummy, donec proin turpis ut tellus dolor tincidunt euismod pulvinar nunc tellus feugiat. Ut mi felis ipsum ante molestie, dolor tincidunt volutpat dolor tincidunt tellus pulvinar nunc tellus feugiat lobortis eget lorem nibh. Felis ipsum massa, volutpat dolor tincidunt volutpat dolor laoreet id ipsum nunc, molestie feugiat, tincidunt euismod pulvinar nunc euismod pulvinar. Donec proin eget amet congue ullamcorper adipiscing aliquam sem consectetur magna sem dolor congue ullamcorper amet nisi aliquet consectetur ac. Nibh eget, sed laoreet molestie sit erat mi felis erat ante, felis ac nibh elit sed mi elit erat, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut non pharetra magna diam amet dolore, aliquet turpis nisi sem at erat et elit tempus mi mauris lorem lobortis. Eget dolor ut proin at magna ullamcorper amet donec aliquet turpis dolore tellus feugiat ut volutpat dolor tincidunt ullamcorper amet nisi. Proin mauris, lorem et nonummy erat erat mi adipiscing tempus proin mauris lorem nibh eget sed mi, felis feugiat, lobortis volutpat. Dolor tincidunt ullamcorper pulvinar, tincidunt euismod ipsum, massa, mauris, feugiat lobortis eget volutpat feugiat lobortis eget pulvinar nunc molestie feugiat massa. Mauris feugiat nibh, volutpat sed nunc tellus sit nunc non pharetra congue diam nonummy ut, non pharetra congue diam nonummy dolore. Praesent turpis aliquam proin consectetur nisi diam nonummy donec praesent adipiscing aliquam proin at aliquam proin elit, sed mi, felis nisi. Aliquet consectetur magna diam elit erat ante felis tempus ante eget sed, nibh, eget, sed ante felis, aliquam proin, at ac. Et at erat laoreet id ac nibh eget dolor tincidunt id ipsum ante mauris lorem nibh eget, sed tincidunt id pulvinar. Nunc non consectetur congue ullamcorper amet nunc tellus sit, nisi sem elit erat mi felis tempus ante mauris ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi proin at erat mi felis, tempus ante mauris ac nibh elit, erat, mi id ipsum massa molestie. Lorem pulvinar nunc sem at ac et elit donec proin adipiscing nisi sem consectetur magna diam elit erat mi. Adipiscing aliquam sem at ac, nibh, eget ipsum massa tellus sit ut ullamcorper nonummy donec aliquet turpis dolore sem. Turpis magna diam nonummy magna ullamcorper nonummy dolore aliquet turpis ut non pharetra ut euismod pulvinar massa aliquet at. Ac et elit donec praesent adipiscing aliquam, ante mauris lorem nibh id pulvinar laoreet felis lorem nibh eget ac. Mi felis tempus proin molestie lorem nibh elit erat mi felis tempus, mi felis, lorem nibh volutpat pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor, tincidunt aliquet turpis nunc aliquet sit ut volutpat nonummy donec diam turpis nisi sem, turpis magna diam nonummy sed ut non pharetra congue aliquet turpis dolore, aliquet. Turpis magna sem nonummy donec praesent adipiscing tempus, ante, mauris sed nibh eget sed laoreet molestie sit nibh eget ipsum dolore aliquet turpis congue non amet dolore ullamcorper turpis. Dolore proin at ac nibh eget erat, mi mauris lorem nibh volutpat dolor tincidunt ullamcorper, nonummy donec proin at aliquam, proin, consectetur ac et nonummy donec praesent, turpis aliquam. Ante, mauris, sed laoreet id ipsum massa tellus pharetra tellus turpis magna et elit erat mi adipiscing lorem, nibh volutpat dolor, tincidunt euismod pulvinar ut, non nonummy donec praesent. Adipiscing aliquam proin, at lorem et donec praesent turpis aliquam proin at ac, nibh elit erat ante felis tempus ante at lorem nibh, elit erat laoreet id feugiat lobortis. Non amet donec praesent consectetur lorem mi felis tempus ante molestie lorem nibh mauris sed tincidunt ullamcorper sit ut non pharetra congue ullamcorper nonummy, nisi aliquet consectetur nisi sem. Nonummy donec diam nonummy, nunc aliquet sit, ut non consectetur magna diam amet congue ullamcorper amet aliquam proin, at ac et felis nisi proin consectetur magna diam nonummy, donec. Praesent mauris lorem ante eget lorem et eget ipsum massa, tellus sit ut volutpat dolor, tincidunt euismod pulvinar dolore tellus lorem nibh eget sed tincidunt euismod, ipsum massa molestie. Sit ut ullamcorper amet dolore aliquet turpis aliquam sem consectetur, ac mi felis tempus ante felis tempus, nibh nonummy donec mi id lorem lobortis eget sed laoreet id ipsum. Massa tellus sit ut volutpat dolor lobortis eget sed tincidunt euismod at magna diam nonummy, congue et eget sed massa id tempus ante molestie feugiat laoreet euismod, pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna diam, nonummy, aliquam proin mauris sed nibh id ipsum laoreet molestie feugiat lobortis molestie feugiat nibh eget dolor sem, pharetra magna diam. Nonummy lorem ante at lorem nibh eget sed massa molestie ipsum lobortis mauris, ac proin at, ac diam nonummy tempus ante eget dolor nunc. Euismod turpis nisi sem elit erat mi adipiscing aliquam ante, mauris lorem nibh eget, sed laoreet id feugiat lobortis molestie feugiat tincidunt euismod, ipsum. Nunc sem pharetra, magna diam adipiscing aliquam, proin at lorem laoreet id pulvinar dolore aliquet turpis, ut non pharetra tincidunt, volutpat pulvinar nunc non. Consectetur donec, mi felis tempus proin mauris lorem proin at erat et elit tempus mi molestie lorem nibh eget erat laoreet id ipsum massa. Mauris ac nibh elit erat mi adipiscing ipsum ante mauris ac et elit erat mi felis tempus massa, mauris lorem nibh eget sed mi. Elit tempus mi, mauris aliquam proin elit ac praesent amet dolore ante at ac nibh elit sed laoreet tellus feugiat lobortis molestie lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id pulvinar ut non pharetra congue ullamcorper, nonummy, erat, ante sem nonummy donec praesent adipiscing aliquam proin, at lorem nibh eget sed mi felis ipsum. Massa volutpat dolor dolore ullamcorper amet nunc tellus ipsum, lobortis molestie tincidunt tellus sit ut non consectetur congue ullamcorper pharetra congue, ullamcorper, amet ut non pharetra ut. Ullamcorper nonummy erat mi mauris lorem lobortis eget erat ante adipiscing aliquam proin, mauris ac et elit erat mi adipiscing ipsum ante mauris dolor tincidunt euismod amet. Dolore sem consectetur magna sem dolor laoreet eget erat mi felis tempus ante mauris lorem et elit ac et elit tempus massa mauris ac proin at ac. Et elit erat mi felis magna, diam, nonummy donec mi felis tempus, ante mauris aliquam proin elit erat et felis tempus ante molestie, dolor tincidunt ullamcorper amet. Nunc aliquet turpis nisi volutpat amet congue tellus sit nunc tellus sit ut non amet, congue euismod pulvinar dolore tellus turpis nisi sem pharetra tincidunt euismod, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor congue praesent adipiscing ac et, elit sed laoreet. Felis ipsum nisi proin mauris sed laoreet felis erat mi. Mauris lorem lobortis eget dolor laoreet id sed laoreet felis. Tempus proin at aliquam, proin praesent felis tempus nibh ullamcorper. Molestie id turpis erat tincidunt euismod turpis ac nibh euismod. Adipiscing, lorem nunc aliquet mauris amet aliquam ante volutpat nonummy. Amet, feugiat congue mi non elit pulvinar, magna nibh euismod. Turpis ac tincidunt aliquet mauris dolor congue praesent volutpat amet. Tempus ut et dolore proin volutpat nonummy aliquam lobortis diam. Felis consectetur ipsum nunc proin eget pulvinar aliquam nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sed magna laoreet aliquet, adipiscing lorem congue proin volutpat amet ipsum congue et tellus elit pulvinar nisi ante, eget amet lorem congue praesent amet, tempus lobortis. Ullamcorper, id consectetur erat dolore proin volutpat adipiscing, dolor donec ante, volutpat nonummy tempus ut sem, eget ipsum, nisi nibh ullamcorper at nunc sem eget amet tempus. Tincidunt, praesent molestie consectetur erat massa, diam id mauris amet tempus ut, mi tellus elit ipsum aliquam lobortis praesent volutpat nonummy ipsum amet lorem tincidunt praesent molestie. Nonummy, at sed congue ante non adipiscing feugiat ac massa et euismod amet aliquam, ante, euismod adipiscing feugiat felis pharetra erat nunc et, ullamcorper mauris pharetra tempus. Massa ullamcorper felis consectetur sed nisi nibh praesent volutpat nonummy pulvinar magna nunc proin non felis sit consectetur dolor nisi lobortis diam felis, feugiat magna, ante sem. Id adipiscing lorem dolore massa diam tellus at ipsum, aliquam tincidunt praesent volutpat elit pulvinar dolor, aliquam, ante diam felis sit erat nunc et ullamcorper mauris nonummy. Feugiat ac tincidunt sem volutpat, mauris pharetra erat massa sem id turpis ac laoreet aliquet, ut mi molestie at pulvinar ac dolore massa sem elit sit sed. Aliquam lobortis mi non eget, sit ac congue ante non elit sit ac mi aliquet ante euismod, adipiscing pharetra tempus ut nibh aliquet mauris pharetra, ipsum congue. Mi, tellus at, amet feugiat donec ante diam, euismod at pulvinar tempus congue ante sem nunc et euismod at dolor aliquam magna, laoreet aliquet, volutpat at pharetra. Donec lobortis et euismod mauris pulvinar donec ac congue proin ullamcorper felis feugiat magna nunc proin euismod felis consectetur ipsum nisi mi aliquet eget amet tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi magna massa non tellus at pulvinar lorem ut laoreet tellus nonummy, pulvinar ac laoreet aliquet. Mauris pharetra tempus magna tincidunt proin euismod adipiscing lorem lobortis ullamcorper, mauris pharetra sed nisi laoreet. Aliquet mauris nonummy feugiat, sed nunc proin erat nisi mi tellus at amet feugiat, donec, laoreet. Sem id turpis lorem, congue proin volutpat nonummy ipsum nisi mi tellus elit pulvinar aliquam tincidunt. Praesent tellus, tincidunt ante ullamcorper id consectetur pulvinar nisi lobortis, mi volutpat id turpis sed nisi. Tincidunt mi sem id at amet aliquam, lobortis ullamcorper, nisi nibh aliquet volutpat elit turpis erat. Dolore congue, massa sem tellus eget adipiscing sit erat ut nibh praesent ullamcorper molestie, at turpis. Dolor erat ut laoreet dolor donec ut et tellus mauris amet lorem magna mi, non eget. Amet feugiat tempus nisi massa nibh aliquet mauris, consectetur ipsum magna, tincidunt ante ullamcorper, sem euismod. Adipiscing amet sit ac nunc et, ullamcorper, mauris amet ipsum magna euismod mauris pharetra erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tincidunt praesent non id at pulvinar aliquam lobortis aliquet volutpat elit sit, ac donec ut nibh tellus mauris pharetra, tempus congue laoreet sem. Euismod mauris amet feugiat ac tincidunt proin volutpat adipiscing feugiat magna massa et tellus at ante ullamcorper molestie consectetur pulvinar lorem congue massa diam. Id at pulvinar donec ut praesent, id consectetur sed ut nibh ullamcorper mauris dolor donec massa sed dolore nibh, diam mauris pharetra sed nisi. Laoreet, praesent eget nonummy ipsum magna laoreet aliquet eget pulvinar aliquam tincidunt mi non felis lobortis praesent molestie nonummy sit, lorem dolore massa ullamcorper. Felis at pulvinar feugiat congue, massa sem id turpis pulvinar lorem donec massa nibh aliquet eget pharetra aliquam consectetur, ipsum ac donec lobortis et. Aliquet euismod felis feugiat, congue praesent, molestie consectetur erat ut nibh tellus mauris pharetra donec lobortis diam id turpis ipsum nisi tellus eget, adipiscing. Pharetra tempus ut laoreet tellus mauris pharetra ipsum erat nisi et ullamcorper adipiscing dolor donec lobortis tempus donec nisi tincidunt proin, volutpat felis pharetra. Turpis dolor tempus erat, dolore lobortis, ante diam tellus eget felis nonummy turpis sed, aliquam congue, nunc nibh aliquet aliquam congue laoreet tellus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis turpis sed donec, tincidunt ante nisi tincidunt praesent ullamcorper tellus at pulvinar aliquam, tincidunt mi sem tellus consectetur nonummy feugiat magna. Nunc nibh ullamcorper eget pharetra ipsum, erat dolore nibh sed aliquam congue mi et aliquet volutpat felis consectetur turpis pharetra tempus congue. Pulvinar ac tincidunt praesent mauris pharetra donec ut tincidunt proin euismod nonummy ante non felis pharetra magna laoreet aliquet eget pulvinar tempus. Lobortis mi felis lorem lobortis eget dolor tincidunt aliquet eget nonummy ipsum magna laoreet donec ante volutpat elit ipsum ut diam id. Sit dolor donec lobortis, diam mauris nonummy ipsum aliquam nibh proin non elit, turpis pulvinar ac dolore praesent non euismod at nonummy. Pharetra, pulvinar lorem tempus magna massa proin ullamcorper molestie nonummy sit dolor, aliquam congue ut mi aliquet eget felis consectetur pulvinar lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat donec massa, et id sit ac laoreet ante, diam molestie, consectetur ipsum nisi tincidunt. Mauris pharetra congue ullamcorper adipiscing aliquam proin consectetur magna diam nonummy donec mi felis tempus. Ante eget sed laoreet euismod amet dolore, tellus sit lorem lobortis volutpat pulvinar nisi ante. At ac et, elit, erat, mi felis lorem nibh volutpat sed laoreet eget, sed, laoreet. Id sit ut volutpat pharetra feugiat tincidunt euismod pulvinar, dolore aliquet, turpis nisi sem, consectetur. Donec mi adipiscing ipsum massa molestie feugiat, nibh eget ac mi elit tempus lorem nibh. Elit sed ante mauris lorem, nibh, mauris sed laoreet id sed massa id ipsum, massa. Volutpat pharetra congue, ullamcorper pulvinar nunc, tellus, turpis, ut, diam adipiscing aliquam praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt proin non, id consectetur ac tincidunt sem eget pulvinar nunc, praesent at ac et. Elit erat mi felis tempus proin at aliquam proin elit ac laoreet felis ipsum lobortis. Volutpat pharetra magna diam nonummy magna et eget sed, mi felis tempus ante mauris feugiat. Lobortis euismod amet dolore, aliquet consectetur magna diam, nonummy, tempus ante mauris lorem lobortis eget. Sed massa molestie sit ut non, pharetra congue aliquet amet dolore aliquet turpis magna diam. Felis tempus ante felis lorem nibh, volutpat pulvinar non pharetra dolore aliquet turpis nisi sem. Consectetur magna ullamcorper nonummy, donec praesent felis lorem nibh elit sed laoreet id ipsum massa. Molestie sit ut, ullamcorper euismod amet dolore aliquet consectetur ac diam felis erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh eget, nunc tellus consectetur ac praesent adipiscing. Tempus ante mauris feugiat tincidunt euismod dolor tincidunt euismod pulvinar. Lobortis sem pharetra congue ullamcorper adipiscing tempus ante mauris congue. Diam adipiscing, feugiat congue et elit tempus massa molestie feugiat. Nibh eget erat mi felis, erat ante felis tempus proin. Mauris dolor nunc id feugiat, ut non pharetra congue, ullamcorper. Amet dolore sem sit ut non, pharetra, congue ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem diam adipiscing tempus proin mauris lorem. Et eget sed laoreet molestie feugiat lobortis. Et elit tempus, massa mauris feugiat lobortis. Ullamcorper, nonummy aliquam praesent sit congue ullamcorper. Amet donec proin, mauris lorem nibh eget. Erat et felis ipsum massa molestie feugiat. Lobortis volutpat dolor, tincidunt id sed ante. Molestie molestie sit congue ullamcorper amet donec. Praesent at ac proin at ac sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante eget pulvinar ipsum laoreet molestie sit ut non nonummy donec ullamcorper amet dolore aliquet turpis nisi non nonummy magna diam, amet nisi sem consectetur. Magna et congue diam nonummy aliquam praesent turpis nisi sem consectetur magna sem, amet donec, mi mauris lorem ante mauris sed tincidunt id, pulvinar, nunc tellus, sit. At sed mi felis erat ante mauris lorem nibh euismod pulvinar nunc euismod pulvinar massa tellus sit lobortis euismod dolor nunc tellus pulvinar massa molestie, sit ut. Congue diam, elit erat mi, mauris tempus nibh mauris erat mi elit tempus ante felis tempus proin at aliquam et elit donec laoreet dolore tellus turpis magna. Diam nonummy dolore ullamcorper adipiscing tempus nibh mauris sed nibh elit sed mi felis tempus ante mauris sed nibh eget erat mi felis nisi sem at erat. Laoreet euismod ipsum nunc non sit congue euismod pulvinar tincidunt euismod ipsum, laoreet id tempus, ante mauris dolor donec lobortis mi molestie at diam adipiscing lorem lobortis. Euismod, felis, consectetur sed nisi et euismod turpis ac, nibh ullamcorper at dolor donec ut diam aliquam ante mauris ac diam, elit erat mi mauris lorem nibh. Eget pharetra dolore, aliquet turpis aliquam, proin elit sed massa, tellus sit ut sem consectetur magna diam nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam proin at. Ac mi felis ipsum massa molestie lorem lobortis volutpat dolor nunc tellus sit nunc nibh volutpat dolor congue ullamcorper, sit nisi, sem consectetur ac mi, elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, diam adipiscing tempus nibh volutpat sed laoreet id ipsum nunc tellus. Sit congue ullamcorper nonummy donec aliquet adipiscing aliquam proin at ac massa. Tellus, sit congue ullamcorper amet donec aliquet turpis ut non sit ut. Non amet donec proin at aliquam, et volutpat sed laoreet id ipsum. Sem mauris dolor, nunc tellus turpis aliquam, sem, pharetra congue non pharetra. Congue aliquet amet nunc tellus feugiat massa molestie feugiat lobortis volutpat pulvinar. Nunc, tellus consectetur magna praesent adipiscing tempus ante eget ac et at. Ac et, felis tempus ante adipiscing aliquam sem consectetur magna diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, aliquam ante eget sed tincidunt euismod pulvinar massa id ipsum massa mauris feugiat nibh volutpat sed ut. Sem nonummy erat, mi, felis lorem nibh eget sed laoreet, ullamcorper turpis aliquam sem consectetur magna diam amet. Donec praesent felis lorem nibh molestie feugiat tincidunt ullamcorper amet dolore aliquet turpis ut, non pharetra congue diam. Amet dolore aliquet adipiscing nisi aliquet turpis ut non dolor congue euismod amet, id sit nisi non pharetra. Ut diam amet dolore aliquet adipiscing nisi proin at ac diam elit erat mi, adipiscing tempus nibh eget. Ante molestie feugiat, lobortis volutpat dolor tincidunt ullamcorper pulvinar ut non, sit ut molestie feugiat lobortis euismod pulvinar. Nunc aliquet turpis magna sem pharetra, congue diam amet nonummy donec mi felis tempus ante molestie, feugiat, lobortis. Volutpat amet dolore aliquet sit nisi sem pharetra magna praesent nonummy donec, proin at magna diam consectetur magna. Eget pulvinar dolore aliquet sit, magna ullamcorper amet congue aliquet adipiscing nisi proin at ac diam nonummy magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, sit ut ullamcorper amet donec proin mauris lorem nibh, elit sed laoreet aliquet euismod mauris pharetra, donec mi non, elit sed ut sem, eget. Amet lorem dolore ut mi tellus consectetur ac et felis, tempus massa molestie feugiat lobortis aliquet sit nisi sem consectetur ac et elit erat proin. Mauris lorem et, at erat laoreet felis tempus ante molestie feugiat nibh eget sed laoreet ullamcorper nonummy aliquam praesent at lorem laoreet id ipsum massa. Tellus turpis ut sem consectetur congue ullamcorper adipiscing nisi proin consectetur magna sem adipiscing, lorem nibh, eget sed, laoreet id tempus massa molestie feugiat tincidunt. Euismod pulvinar dolore tellus turpis nisi sem consectetur donec praesent nonummy aliquam praesent at diam elit donec ante mauris feugiat lobortis euismod pulvinar nunc tellus. Pulvinar ut tellus, dolor tincidunt, euismod amet, nunc tellus sit nunc, tellus pharetra magna diam nonummy nunc aliquet consectetur magna sem consectetur, magna praesent turpis. Nisi proin consectetur lorem laoreet id ipsum massa molestie ipsum, ante eget ipsum massa id, ipsum lobortis volutpat feugiat nibh eget, dolor tincidunt tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam nonummy tempus praesent turpis dolore tellus turpis, magna et, elit dolore aliquet turpis nisi sem consectetur nisi diam nonummy, magna diam amet laoreet felis aliquam proin adipiscing nisi. Proin elit erat, laoreet id feugiat, massa molestie, lorem, lobortis euismod pulvinar nunc aliquet turpis nisi sem nonummy magna, euismod sit ut sem consectetur magna ullamcorper pharetra congue aliquet, turpis. Nisi sem consectetur, ac et, elit tempus ante, mauris, lorem nibh mauris lorem nibh, id pulvinar congue ullamcorper amet dolore sem, at sed laoreet id ipsum ante felis tempus proin. At ac nibh id ipsum, mi felis, tempus amet dolore tellus sit lobortis volutpat dolor tincidunt euismod, pulvinar nunc tellus sit nisi sem pharetra congue ullamcorper, pulvinar dolore tellus sit. Ut non consectetur donec praesent laoreet molestie ipsum lobortis volutpat feugiat lobortis volutpat pulvinar nunc euismod sit nunc tellus sit congue non pulvinar nunc tellus turpis ut non pharetra ut. Non pharetra laoreet felis tempus, lobortis volutpat dolor tincidunt euismod, amet aliquam proin at lorem et elit erat mi felis ipsum massa eget sed, massa tellus turpis nisi non pharetra. Magna diam adipiscing aliquam, ante eget dolor tincidunt euismod pulvinar massa id ipsum nibh mauris lorem nibh eget erat turpis aliquam proin, elit erat et felis erat mi felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, sem, consectetur ac mi felis tempus ante mauris feugiat et. Eget dolor nunc tellus, pulvinar nunc tellus sit, tincidunt euismod nonummy. Donec praesent at congue ullamcorper nonummy aliquam ante mauris ac et. Eget erat laoreet felis ipsum massa molestie pharetra tincidunt volutpat sed. Laoreet adipiscing id turpis ac dolore pulvinar nunc aliquet turpis nisi. Sem nonummy magna ullamcorper amet congue id sed laoreet felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod lobortis ullamcorper felis tempus ante mauris ac nibh eget sed laoreet id aliquam praesent turpis nisi sem consectetur ac. Diam elit tempus mi, felis tempus eget ipsum nunc tellus, feugiat lobortis volutpat pharetra congue euismod pulvinar massa id ipsum. Lobortis non pharetra tincidunt euismod dolor, tincidunt, tellus pulvinar, ut non dolor dolore praesent at, sed nibh eget ipsum massa. Molestie sit ut, non amet dolore aliquet adipiscing, nisi proin at ac et elit donec mi felis tempus ipsum, massa. Volutpat dolor congue ullamcorper, pulvinar massa aliquet sit magna sem consectetur magna ullamcorper pulvinar nunc euismod pulvinar ut non consectetur. Erat proin at ac, nibh eget ipsum nunc tellus feugiat, lobortis volutpat dolor tincidunt euismod dolor tincidunt, euismod ipsum nunc. Sem consectetur magna ullamcorper amet dolore tellus sit ut non dolor, lobortis volutpat dolor massa molestie sit ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, magna diam non nonummy aliquam proin mauris lorem, et elit erat laoreet molestie. Sit nisi diam nonummy donec mi mauris lorem tincidunt euismod, pulvinar, nunc euismod, nonummy. Aliquam ante mauris, lorem et id erat mi id ipsum ut volutpat pharetra magna. Aliquet, felis aliquam nibh eget sed tincidunt tellus turpis, tellus sit ut non pharetra. Tincidunt euismod amet dolore tellus sit ut non dolor tincidunt volutpat dolor laoreet tellus. Sit nunc tellus pharetra congue ullamcorper amet donec magna et, felis feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus nibh mauris lorem nibh id feugiat lobortis volutpat sed, tincidunt. Euismod, amet nisi sem turpis, ut non pharetra magna, mi felis tempus. Nibh volutpat dolor tincidunt tellus sit ut tellus id ipsum lobortis molestie. Dolor tincidunt volutpat dolor laoreet id ipsum ante, mauris feugiat lobortis eget. Sed laoreet euismod pulvinar massa mauris, feugiat nibh eget, ut non dolor. Congue proin at lorem lobortis euismod sed laoreet id pulvinar nunc tellus. Feugiat nibh volutpat dolor laoreet, eget ipsum massa id sed laoreet, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue ullamcorper amet nisi sem consectetur magna, sem nonummy magna praesent turpis ac laoreet euismod ipsum, laoreet molestie sit ut, sem amet dolore aliquet, turpis nisi proin at. Magna et eget sed ante felis lorem nibh volutpat, pharetra magna, et tellus sit ut non dolor, tincidunt aliquet amet nisi sem consectetur ac nibh elit tempus ante felis. Lorem ut non pharetra aliquet turpis nisi aliquet turpis nisi sem nonummy magna praesent adipiscing aliquam proin, at lorem nibh eget erat mi felis tempus ante mauris non pharetra. Dolore, ante molestie, feugiat, lobortis euismod pulvinar tincidunt id tempus massa tellus feugiat nibh mauris, lorem nibh eget sed mi id feugiat massa volutpat dolor feugiat tincidunt euismod pulvinar. Dolore, sem turpis nisi sem nonummy donec mi felis tempus, proin at aliquam proin consectetur ac laoreet molestie feugiat massa mauris feugiat tincidunt felis tempus mi felis tempus ante. Mauris lorem nibh eget pulvinar nunc tellus, sit ut non pharetra congue ullamcorper amet dolore mauris feugiat nibh eget erat mi felis ipsum nunc molestie feugiat nibh eget sed. Laoreet eget pulvinar nunc molestie, sit lobortis, molestie dolor lobortis volutpat sed laoreet turpis, nisi sem at ac diam, nonummy donec praesent adipiscing tempus proin mauris ac et at. Erat mi id tempus massa molestie lorem nibh eget sed laoreet turpis dolore, sem at ac et elit erat praesent adipiscing aliquam proin at ac et elit, ac, et. Id feugiat lobortis non amet dolore, aliquet adipiscing nisi praesent adipiscing donec praesent adipiscing magna diam consectetur magna diam nonummy donec praesent turpis aliquam proin consectetur ac et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper adipiscing aliquam proin at ac et at erat et nonummy congue ullamcorper turpis aliquam proin. At erat mi felis ipsum nunc tellus sit ut ullamcorper pharetra dolore aliquet adipiscing, aliquam proin consectetur, magna. Diam elit proin elit erat laoreet id pulvinar nunc non pharetra magna ullamcorper amet, nunc tellus turpis, nisi. Proin, at erat et felis ipsum ante molestie feugiat et elit, erat mi, felis tempus proin mauris sed. Tincidunt euismod pulvinar massa molestie feugiat, lobortis, non pharetra tincidunt ullamcorper adipiscing aliquam proin consectetur tincidunt, diam, adipiscing. Aliquam nibh ullamcorper amet donec praesent, at ac proin at erat praesent adipiscing aliquam proin adipiscing ac proin. At erat, et elit erat tellus sit magna et elit, erat, mi felis tempus ante, mauris lorem nibh. Eget ipsum laoreet id ipsum massa molestie feugiat lobortis volutpat sed tincidunt, euismod pulvinar nibh euismod amet dolore. Aliquet, adipiscing ac proin elit erat mi felis aliquam ante at ac nibh volutpat sed tincidunt ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus, pulvinar nunc tellus pharetra, magna ullamcorper nonummy euismod pulvinar tincidunt id feugiat ut non pharetra magna mi felis lorem nibh mauris ac et, elit. Sed massa, tellus, feugiat lobortis, molestie feugiat tincidunt ullamcorper mauris lorem lobortis, euismod dolor nunc tellus sit ut sem consectetur congue diam adipiscing aliquam proin turpis nisi. Sem, at, ac et elit erat, mi ut et tellus at pulvinar tempus congue diam id sit congue praesent id feugiat congue diam id at dolor nisi. Ante aliquet molestie dolore nibh non felis feugiat magna diam adipiscing aliquam ante, at lorem nibh, eget sed, laoreet id ipsum, massa molestie feugiat, lobortis volutpat dolor. Laoreet euismod ipsum, nibh eget lorem nibh elit erat laoreet id tempus, proin at, aliquam et elit erat, laoreet id ipsum massa molestie feugiat nibh eget sed. Laoreet id ipsum praesent adipiscing, ac nibh eget sed, mi felis tempus massa volutpat dolor congue aliquet amet dolore, tellus at pulvinar tempus, congue laoreet sem euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa molestie turpis nisi, non pharetra congue diam adipiscing donec proin at pharetra. Magna mi, felis ipsum massa molestie, pharetra, dolore aliquet turpis nisi sem sit ut. Non pharetra tincidunt euismod pulvinar erat laoreet molestie ipsum massa eget dolor tincidunt euismod. Amet, aliquam proin at ac mi felis tempus ante felis tempus proin consectetur nisi. Sem consectetur, nonummy, aliquam ante mauris lorem nibh volutpat, sed massa, molestie sit lobortis. Non consectetur magna ullamcorper nonummy donec praesent consectetur ut sem consectetur congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et nonummy erat ante mauris feugiat lobortis volutpat dolor dolore tellus sit magna diam adipiscing. Aliquam proin at, ac nibh eget sed, laoreet molestie, ipsum massa molestie feugiat tincidunt, euismod pulvinar. Nunc, aliquet turpis ut tellus pharetra, aliquam ante mauris sed laoreet id ipsum massa molestie ipsum. Ante molestie feugiat tincidunt euismod dolor tincidunt tellus sit ut non sit ut volutpat, dolor laoreet. Molestie pharetra congue ullamcorper, nonummy erat proin, adipiscing ac et elit dolor dolore tellus turpis nisi. Diam nonummy donec mi felis lorem lobortis ullamcorper amet ut sem elit erat mi elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor tincidunt tellus consectetur nisi nibh eget sed laoreet id ipsum nunc tellus feugiat, massa molestie dolor lobortis, euismod pulvinar nunc. Aliquet at ac mi felis ipsum ut non sit ut tellus pharetra ut ullamcorper nonummy, donec praesent adipiscing ac, nibh volutpat sed laoreet. Id pulvinar nunc tellus dolor tincidunt volutpat, dolor dolore praesent at lorem nibh id ipsum massa molestie, feugiat lobortis volutpat dolor lobortis volutpat. Dolor dolore, aliquet consectetur nisi, diam nonummy, donec mi id ipsum non at magna et nonummy donec praesent felis ac et elit, ac. Laoreet felis tempus ante molestie feugiat ut non pulvinar, tincidunt euismod pulvinar, nunc non sit erat proin adipiscing aliquam proin consectetur, magna et. Elit tempus mi adipiscing tempus ante mauris ac, nibh id pulvinar nunc tellus sit lobortis volutpat, dolor tincidunt nonummy dolore aliquet adipiscing tempus. Ante eget dolor nunc tellus pulvinar nunc, non pharetra lobortis volutpat amet dolore aliquet sit ut tellus sit lobortis, elit, sed tincidunt tellus. Sit nisi sem consectetur magna diam nonummy, donec praesent, at ac et elit sed laoreet felis tempus massa mauris ac et elit erat. Mi felis tempus nibh mauris sed laoreet id ipsum ante felis lorem nibh volutpat sed tincidunt euismod pulvinar dolore non consectetur magna diam. Nonummy donec mi felis non consectetur, magna diam nonummy, aliquam proin mauris lorem, laoreet id sed laoreet, id feugiat massa molestie lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit ut sem consectetur donec mi adipiscing donec praesent at lorem, et elit ac et nonummy dolore sem consectetur, nisi diam, elit erat ante. Mauris sit lobortis volutpat dolor laoreet id ipsum massa tellus, sit ut ullamcorper amet donec aliquet turpis ac, et felis, tempus ante molestie feugiat, lobortis volutpat. Dolor tincidunt tellus sit ut tellus, sit congue non pharetra congue aliquet adipiscing aliquam proin consectetur tincidunt ullamcorper turpis nisi sem consectetur magna et, elit donec. Praesent adipiscing aliquam proin at ac et at ac diam nonummy dolore aliquet adipiscing ipsum, lobortis, volutpat dolor congue euismod pulvinar dolore aliquet consectetur magna diam. Consectetur erat praesent adipiscing tempus praesent, adipiscing aliquam proin at ac ullamcorper nonummy erat, non nonummy, magna diam nonummy dolore aliquet adipiscing lorem nibh eget sed. Mi id ipsum massa molestie feugiat lobortis eget dolor nunc, tellus feugiat, lobortis molestie diam nonummy sed nunc, tellus sit congue ullamcorper amet, dolore praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat et elit erat praesent adipiscing aliquam aliquet consectetur, magna et elit. Sed laoreet id feugiat lobortis molestie pharetra massa, tellus sit ut non pharetra. Tincidunt diam felis aliquam proin consectetur, magna diam nonummy magna, diam adipiscing donec. Praesent, adipiscing aliquam, proin, elit sed praesent adipiscing aliquam proin consectetur ac et. Elit ipsum massa molestie feugiat nibh mauris lorem et nonummy donec praesent felis. Ipsum massa molestie feugiat nibh volutpat, erat mi mauris pharetra, tincidunt euismod dolor. Tincidunt tellus sit ut tellus sit lobortis volutpat pharetra congue, ullamcorper, turpis, nisi. Et elit sed laoreet adipiscing nisi proin consectetur lorem et felis erat praesent. Adipiscing lorem ante at nisi proin at magna diam adipiscing donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin, at ac et felis tempus, massa tellus sit congue, non pharetra dolore aliquet turpis aliquam proin aliquet turpis aliquam et eget sed mi elit donec. Praesent felis aliquam ante at ac laoreet aliquet at ac et elit erat mi elit donec aliquet massa volutpat dolor, congue euismod pulvinar, dolore aliquet turpis, nisi. Et elit donec praesent nonummy tempus ante at ac et at magna et elit erat laoreet id ipsum, massa molestie feugiat nibh eget lorem laoreet eget ipsum. Massa tellus consectetur magna, diam nonummy, donec aliquet turpis nisi sem diam adipiscing aliquam proin at ac et eget ipsum nunc molestie feugiat massa volutpat pharetra dolore. Praesent adipiscing aliquam et eget erat et elit erat mi mauris nisi diam consectetur magna ullamcorper amet, donec praesent adipiscing aliquam proin consectetur ac et elit donec. Praesent, turpis nisi proin consectetur ac et, elit tempus massa molestie nisi proin nonummy donec mi, felis tempus ante mauris feugiat nibh eget erat et felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, tellus pulvinar magna diam elit ipsum laoreet id ipsum proin at ac et elit erat mi. Felis, tempus mi adipiscing nisi sem feugiat lobortis euismod amet donec proin mauris sed laoreet, id ipsum. Massa non, sit, congue, ullamcorper amet congue ullamcorper turpis nisi proin at ac eget sed laoreet, eget. Ipsum nunc tellus sit lobortis non pharetra congue ullamcorper turpis nunc molestie sit lobortis volutpat dolor tincidunt. Euismod amet nunc tellus ipsum massa erat, mi adipiscing, tempus proin at ac proin eget erat mi. Felis ipsum, lobortis volutpat feugiat lobortis euismod pulvinar dolore aliquet turpis, ut aliquam ante, mauris lorem, nibh. Eget ipsum nunc tellus feugiat lobortis non pharetra congue ullamcorper pulvinar nunc tellus turpis nisi sem pharetra. Magna diam nonummy donec sit congue non dolor tincidunt euismod pulvinar nunc aliquet turpis nisi sem, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt, aliquet adipiscing ac diam. Nonummy erat laoreet, id feugiat lobortis. Volutpat dolor tincidunt euismod, pulvinar massa. Tellus sit nisi non nonummy donec. Praesent adipiscing aliquam tellus sit ut. Non amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy erat ante mauris lorem nibh volutpat sed ante, molestie. Pharetra magna diam adipiscing, aliquam nibh mauris, lorem laoreet eget, erat. Mi elit tempus ante turpis nisi sem consectetur ac, laoreet euismod. Pulvinar ante volutpat pulvinar nunc aliquet adipiscing nisi sem at ac. Mi felis tempus massa mauris, lorem nibh eget erat mi felis. Erat ante mauris, feugiat lorem nibh eget dolor tincidunt aliquet amet. Dolore non pharetra congue et elit, tempus massa turpis nisi sem. Pharetra magna praesent adipiscing tempus nunc tellus, sit lobortis volutpat dolor. Lobortis ullamcorper pulvinar nunc aliquet sit lobortis volutpat dolor tincidunt volutpat. Pulvinar tincidunt euismod sed, laoreet molestie lorem nibh mauris nonummy, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit erat et, elit donec mi felis lorem ante, eget lorem nibh dolore. Euismod pulvinar nunc molestie feugiat lobortis molestie dolor tincidunt euismod dolor tincidunt euismod ipsum. Ante volutpat dolor tincidunt, euismod pulvinar dolore euismod pulvinar aliquet sit ut non pharetra. Ut ullamcorper pharetra congue euismod pulvinar nunc tellus sit lobortis, molestie feugiat lobortis volutpat. Dolor tincidunt euismod pulvinar massa molestie, tempus et elit, erat et elit dolore aliquet. Pulvinar dolore aliquet turpis magna diam consectetur congue ullamcorper pulvinar dolore tellus, pulvinar massa. Tellus sit nibh eget sed, laoreet id feugiat lobortis molestie feugiat nibh at ac. Et elit donec diam turpis nunc tellus sit nunc molestie lorem nibh mauris lorem. Et dolor tincidunt ullamcorper amet nisi sem turpis nisi non dolor lobortis, eget, sed. Laoreet euismod pulvinar nunc tellus feugiat nibh eget sed nibh eget sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin elit erat et elit. Erat ante, molestie lorem lobortis volutpat elit. Donec praesent adipiscing, aliquam praesent mauris aliquam. Sem at erat mi, elit erat mi. Felis aliquam sem consectetur ac et nonummy. Magna praesent adipiscing, ipsum lobortis eget lorem. Laoreet, euismod pulvinar nunc tellus feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet nunc tellus pulvinar at lorem nibh nonummy donec diam adipiscing aliquam praesent at aliquam proin at ac et elit donec praesent adipiscing, tempus proin. At lorem et, elit tincidunt id ipsum laoreet id aliquam praesent turpis aliquam proin consectetur erat mi elit erat praesent amet nunc, euismod pulvinar, nunc volutpat. Pharetra congue, ullamcorper erat praesent nonummy donec, praesent turpis nisi non pharetra ut non amet dolore aliquet amet, dolore tellus feugiat ut non, consectetur congue euismod. Donec mi felis donec praesent adipiscing, aliquam proin consectetur ut volutpat feugiat nibh volutpat sed laoreet felis donec aliquet amet nunc tellus pulvinar nunc molestie feugiat. Nibh praesent, adipiscing aliquam sem pharetra congue volutpat lorem et at magna et elit erat mi turpis dolore tellus turpis ut non pharetra tincidunt euismod dolor. Tincidunt euismod dolore praesent turpis aliquam proin consectetur magna ullamcorper pharetra, congue ullamcorper amet dolore euismod ipsum ante mauris tempus donec ut, eget sed laoreet molestie. Sit sed laoreet id pulvinar nunc molestie feugiat, lobortis eget lorem et eget erat mi adipiscing tempus ante at ac et elit felis ipsum ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin adipiscing, lorem laoreet eget ipsum laoreet turpis nisi sem pharetra dolore aliquet turpis dolore aliquet turpis ut tellus sit ut volutpat. Dolor dolore tellus sit nunc tellus sit lobortis molestie feugiat nibh nonummy, donec ullamcorper pulvinar nunc euismod pulvinar massa mauris lorem ante mauris. Ac nibh eget erat, mi adipiscing aliquam proin, mauris ac, et elit erat mi adipiscing aliquam sem turpis ut volutpat dolor tincidunt, volutpat. Dolor, tincidunt tellus pulvinar ut tellus pharetra, congue diam nonummy dolore ullamcorper amet massa volutpat lorem, nibh eget sed et felis tempus mi. Adipiscing donec proin adipiscing magna, sem consectetur congue diam adipiscing, aliquam praesent turpis nunc molestie ipsum, ante massa molestie, lorem nibh eget pulvinar. Nunc, sem mauris ac sem consectetur congue ullamcorper amet dolore ullamcorper amet nunc id tempus proin adipiscing aliquam sem consectetur lobortis, volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, non, pharetra congue non, amet donec praesent adipiscing aliquam et diam nonummy donec aliquet mauris ac proin consectetur magna et consectetur donec praesent adipiscing, tempus, ante at. Ac laoreet eget sed mi adipiscing tempus proin et nonummy erat praesent mauris, tempus ante mauris lorem nibh felis tempus mi, mauris, lorem nibh eget sed laoreet eget. Sed laoreet felis tempus ante ac, et elit donec mi proin at lorem laoreet id ipsum nunc tellus feugiat lobortis volutpat, dolor, lobortis euismod pulvinar dolore tellus pulvinar. Lobortis volutpat sed nibh, id pulvinar massa, id feugiat, ut non amet dolore ullamcorper pulvinar nunc tellus sit, ut non, consectetur magna ullamcorper pulvinar nunc tellus pulvinar nibh. Eget sed laoreet id ipsum laoreet id ipsum massa, molestie feugiat lobortis, volutpat dolor tincidunt id pulvinar lobortis volutpat dolor lobortis volutpat dolor tincidunt tellus pulvinar adipiscing aliquam. Proin elit erat laoreet molestie ipsum massa volutpat dolor tincidunt volutpat dolor nunc sem, at ac et id donec, proin eget sed laoreet, id ipsum laoreet id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante felis ac et, elit, donec, diam amet dolore tellus. Adipiscing aliquam proin consectetur ac et adipiscing, aliquam ante at lorem. Lobortis, euismod dolor nunc euismod pulvinar tincidunt tellus turpis ut diam. Nonummy erat mi felis aliquam proin, adipiscing ac et eget erat. Mi id feugiat lobortis non pharetra, congue ullamcorper tincidunt, euismod sit. Ut diam nonummy donec praesent nonummy, donec proin at aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat lobortis volutpat et eget ipsum ante. Molestie pharetra congue non dolor tincidunt euismod ipsum. Nunc non pharetra ut non amet dolore, ullamcorper. Amet nisi, aliquet turpis tincidunt euismod, amet donec. Nibh volutpat dolor congue aliquet sit ut sem. At ac et felis erat mi adipiscing aliquam. Proin elit erat diam nonummy nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nonummy tempus massa molestie feugiat tincidunt euismod, pulvinar nisi aliquet turpis nisi sed laoreet id pulvinar nunc sem consectetur donec mi adipiscing aliquam. Ante, non dolor tincidunt id pulvinar nunc tellus sit ut volutpat dolor tincidunt felis tempus massa molestie sit lobortis eget lorem nibh eget ipsum nunc. Tellus pharetra congue ullamcorper pharetra tincidunt ullamcorper amet dolore, tellus feugiat massa molestie feugiat, nibh consectetur magna ullamcorper nonummy donec praesent, at ac nibh id. Pulvinar dolore sem, consectetur erat mi elit erat, praesent adipiscing aliquam proin at tempus, nibh euismod amet nunc, tellus sit, aliquam et elit sed laoreet. Molestie sit ut non dolor congue euismod pulvinar tincidunt euismod sit, ut sem nonummy at ac nibh elit erat mi felis tempus ante molestie feugiat. Nibh volutpat dolor nunc aliquet consectetur nisi sem pharetra magna praesent, mauris lorem lobortis eget sed adipiscing tempus massa volutpat dolor, tincidunt, ullamcorper turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id pulvinar ut non dolor laoreet euismod sit ut. Non pharetra, magna et nonummy aliquam proin at ac et. Eget dolor nunc tellus consectetur magna mi elit erat mi. Praesent felis ipsum ante mauris ac et eget sed massa. Molestie feugiat lobortis non pharetra magna, aliquet turpis aliquam proin. Mauris lorem nibh eget sed tellus sit, ut sem, pharetra. Magna et id ipsum ante molestie feugiat lobortis, volutpat dolor. Nunc tellus sit ut non pharetra ut euismod amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor congue aliquet amet nisi aliquet sit, nisi, sem consectetur, erat, mi adipiscing nisi sem consectetur magna, non nonummy. Donec proin mauris sed laoreet id pulvinar massa molestie ipsum lobortis volutpat, pharetra tincidunt, euismod pulvinar dolore aliquet consectetur magna. Et, elit sed tincidunt euismod pulvinar massa id sit ut volutpat dolor congue ullamcorper, turpis aliquam et elit erat, mi. Id pulvinar massa molestie feugiat ut ullamcorper nonummy turpis nisi, sem consectetur, magna et elit ipsum, massa molestie feugiat nibh. Volutpat, pulvinar dolore aliquet turpis ut tellus pharetra ut non dolor felis, ipsum ante molestie lorem nibh eget erat diam. Nonummy erat mi, felis lorem lobortis euismod pulvinar nunc tellus turpis ut, tellus pharetra ut non pharetra tincidunt, elit ipsum. Massa volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis magna diam nonummy donec, praesent adipiscing tempus ante eget lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa id feugiat, lobortis non pharetra donec diam nonummy. Nisi proin at, ac et nonummy donec praesent adipiscing. Ut proin at ac mi felis tempus ante felis. Lorem lobortis volutpat sed laoreet id ipsum massa, molestie. Feugiat, ut volutpat dolor tincidunt euismod aliquam proin at. Feugiat lobortis euismod sed laoreet felis tempus ante mauris. Feugiat, tincidunt euismod amet dolore aliquet turpis nisi sem. Pharetra magna praesent adipiscing tempus molestie sit ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus nibh eget sed, laoreet euismod, sit ut non pharetra congue ullamcorper elit ipsum, aliquam congue proin non elit turpis ac tincidunt aliquet mauris, dolor dolore. Ante ullamcorper, mauris pharetra sed nunc proin, euismod at amet sit tellus at erat mi felis erat ante mauris tempus ante mauris sed nibh elit erat mi. Felis feugiat, ut non, dolor congue, ullamcorper amet dolore pharetra, magna praesent adipiscing aliquam ante eget sed laoreet id ipsum massa tellus feugiat ut volutpat dolor, laoreet. Euismod amet nisi proin consectetur mauris dolor aliquam congue massa et tellus eget nonummy at pulvinar aliquam laoreet euismod, amet nisi proin ullamcorper molestie elit sit sed. Tempus erat massa tellus sit, pharetra magna diam nonummy dolore ullamcorper turpis aliquam proin at magna diam nonummy dolore praesent adipiscing nisi, sem at magna et felis. Tempus massa molestie feugiat ut ullamcorper amet dolore non sit congue non pharetra congue euismod pulvinar nunc aliquet turpis nisi non consectetur donec praesent, felis aliquam proin. Consectetur magna praesent, nonummy donec praesent at ac et at ac et felis tempus massa volutpat pharetra congue euismod pulvinar nunc euismod, pulvinar massa volutpat, dolor tincidunt. Ullamcorper amet dolore, tellus turpis congue non amet dolore praesent, adipiscing nisi, sem at magna diam, elit erat mi felis tempus, ante, at sed congue diam nonummy. Donec praesent at aliquam sem consectetur nisi, sem dolor congue ullamcorper pulvinar dolore aliquet, turpis nisi et nonummy donec mi id ipsum lobortis, ut ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing, tempus proin at ac laoreet molestie feugiat ut ullamcorper nonummy donec, praesent adipiscing, aliquam proin at erat, et, nonummy erat praesent felis tempus. Ante mauris dolor laoreet eget, erat sed laoreet id ipsum massa molestie feugiat laoreet eget erat et elit donec praesent turpis, nisi sem, consectetur magna. Et elit tempus ante, mauris lorem nibh, eget ipsum laoreet molestie feugiat massa mauris lorem, nibh eget sed laoreet id ipsum massa molestie, lorem nibh. Eget sed tincidunt id elit ipsum laoreet id ipsum massa, molestie feugiat nibh volutpat ipsum massa id tempus, ante mauris tempus ante mauris lorem nibh. Eget, pulvinar nunc non pharetra, congue et elit erat mi id ipsum, lobortis volutpat dolor tincidunt volutpat dolor tincidunt euismod tempus ante mauris, feugiat lobortis. Volutpat pulvinar, laoreet, id pulvinar nunc tellus ullamcorper amet donec, mi felis tempus ante at erat, laoreet euismod, pulvinar nunc molestie feugiat lobortis volutpat dolor. Tincidunt euismod sit ut tellus tempus lobortis, volutpat feugiat lobortis eget sed, laoreet euismod, ipsum, massa molestie feugiat nibh volutpat dolor, tincidunt id ipsum massa. Id feugiat massa molestie dolor tincidunt ullamcorper feugiat lobortis molestie dolor lobortis volutpat sed laoreet euismod pulvinar, massa molestie lorem ante mauris ac et at. Erat, mi adipiscing aliquam proin at, lorem lobortis euismod erat ante mauris lorem nibh eget sed laoreet eget sed laoreet id lorem nibh mauris lorem. Nibh eget sed laoreet molestie feugiat lobortis molestie feugiat lobortis, volutpat mauris sed laoreet euismod ipsum ante molestie, lorem nibh mauris ac nibh elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar nisi sem consectetur. Ac et felis ipsum nunc tellus. Sit lobortis volutpat, dolor tincidunt id. Pulvinar ut volutpat dolor tincidunt, eget. Dolor tincidunt euismod feugiat lobortis molestie. Pharetra congue diam felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar donec proin at ac proin consectetur magna diam nonummy donec, mi felis tempus ante at magna. Et eget ipsum ante tempus massa molestie feugiat lobortis euismod pulvinar, massa, tellus feugiat lobortis molestie feugiat lobortis. Euismod amet aliquam proin, mauris, lorem et eget, erat mi congue diam nonummy aliquam ante mauris pharetra dolore. Ullamcorper, turpis aliquam, proin consectetur magna sem elit erat mi, felis tempus ante mauris pharetra dolore praesent turpis. Nisi proin elit erat et elit, donec, mi mauris lorem lobortis, volutpat dolor tincidunt, tellus turpis magna diam. Nonummy molestie dolor congue aliquet turpis dolore aliquet consectetur ac diam nonummy magna diam nonummy aliquam proin turpis. Nisi diam eget erat laoreet felis tempus ante molestie, sed dolor congue aliquet turpis dolore tellus turpis nisi. Sem consectetur magna diam nonummy dolore praesent adipiscing ac et elit erat mi adipiscing aliquam praesent adipiscing aliquam. Diam elit erat mi felis tempus nibh volutpat pulvinar dolore tellus sit, nunc tellus sit, ut non dolor. Tincidunt ullamcorper ipsum, lobortis volutpat pharetra tincidunt, euismod amet nunc euismod sit ut non consectetur magna diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem laoreet euismod pulvinar nunc sem at ac et elit, donec mi molestie lorem nibh mauris lorem nibh eget sed laoreet felis. Dolor congue aliquet turpis nisi aliquet, turpis nisi, sem nonummy, donec, mi felis tempus proin mauris ac et elit erat, mi felis tempus. Nibh proin elit ac, mi felis tempus proin adipiscing aliquam proin at ac, diam elit tempus ante mauris lorem ante at lorem, nibh. Id pulvinar nisi proin proin at ac proin at magna et felis ipsum massa molestie feugiat tincidunt euismod, dolor dolore, tellus turpis nisi. Sem, consectetur magna diam nonummy donec praesent adipiscing nisi aliquet consectetur magna diam consectetur magna diam nonummy donec praesent adipiscing magna sem pharetra. Congue ullamcorper amet dolore aliquet turpis aliquam sem dolor congue ullamcorper amet, dolore sem turpis nisi non consectetur magna ullamcorper nonummy donec proin. At lorem nibh eget ac mi, felis, tempus, proin mauris lorem, nibh consectetur donec mi felis aliquam proin consectetur nisi non pharetra, magna. Praesent felis tempus proin at, aliquam et elit ac ullamcorper amet dolore aliquet consectetur magna sem consectetur magna diam nonummy donec aliquet sit. Ut, sem feugiat tincidunt aliquet adipiscing aliquam aliquet turpis ut non, dolor laoreet id ipsum massa tellus feugiat lobortis non dolor laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper amet dolore sem turpis, nisi sem, pharetra congue volutpat dolor laoreet id ipsum massa. Non pharetra magna praesent adipiscing donec aliquet turpis nisi praesent adipiscing aliquam sem at ac et nonummy. Donec mi felis donec praesent turpis aliquam diam mi felis tempus ante mauris lorem, ante eget non. Consectetur erat mi felis tempus proin at ac proin, at magna diam nonummy donec praesent turpis aliquam. Proin mauris dolor laoreet id ipsum massa molestie feugiat proin at ac, et, elit erat et elit. Erat mi felis, lorem, nibh volutpat pulvinar tincidunt id ipsum massa molestie tempus, ante mauris magna diam. Nonummy donec praesent turpis, nisi sem, consectetur magna ullamcorper amet dolore ullamcorper amet dolore aliquet sit ut. Sem consectetur magna praesent nonummy donec aliquet turpis ante mauris lorem nibh elit, sed mi, elit tempus. Ante mauris lorem nibh eget sed tincidunt tellus pulvinar ut tellus feugiat lobortis non pharetra laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod, amet dolore sem consectetur nisi et, nonummy erat mi adipiscing tempus nibh id ipsum nunc tellus sit ut non. Pharetra donec mi at lorem nibh eget erat et elit erat praesent adipiscing tempus ante at magna, diam sed laoreet, euismod pulvinar. Nunc tellus sit ut volutpat dolor tincidunt euismod pulvinar tincidunt euismod pulvinar ut volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar congue. Aliquet adipiscing ac nibh id ipsum massa tellus feugiat, ut, non, pharetra tincidunt euismod pulvinar dolore, aliquet turpis nisi sem pharetra eget. Sed, laoreet, euismod pulvinar nisi aliquet turpis magna diam nonummy dolore aliquet turpis nisi, sem consectetur ac et elit erat mi felis. Aliquam ante eget dolor et eget, sed laoreet tellus feugiat lobortis volutpat dolor, magna diam lobortis volutpat dolor laoreet euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi id ipsum, ut non pharetra magna praesent turpis nisi proin mauris lorem, et elit erat mi felis aliquam. Praesent at, lorem, massa tellus sit, lobortis volutpat pharetra dolore aliquet turpis nisi sem consectetur nisi sem consectetur congue diam. Adipiscing tempus nibh eget lorem laoreet euismod tempus ante mauris feugiat lobortis eget sed mi felis ipsum nunc non consectetur. Magna diam adipiscing aliquam proin at ac, nibh eget erat mi id, tempus massa at, ac diam nonummy donec praesent. Felis aliquam proin mauris ac et nonummy erat mi adipiscing donec, praesent adipiscing aliquam et at, erat praesent felis ac. Et elit erat et felis pulvinar nunc molestie lorem lobortis volutpat dolor laoreet euismod pulvinar massa molestie feugiat lobortis volutpat. Dolor tincidunt euismod pulvinar sit ut volutpat feugiat nibh eget sed laoreet id pulvinar nunc molestie lorem nibh, eget dolor. Tincidunt ullamcorper amet nunc molestie feugiat massa volutpat feugiat lobortis, pharetra magna diam nonummy dolore praesent adipiscing ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, ullamcorper adipiscing ac, et eget sed laoreet id ipsum ut non. Consectetur magna diam, pulvinar nunc aliquet adipiscing aliquam et amet donec, aliquet. Adipiscing aliquam proin, eget sed mi elit tempus ante molestie feugiat lobortis. Volutpat dolor tincidunt id, ipsum massa id tempus proin adipiscing lobortis volutpat. Dolor congue euismod pulvinar nunc tellus sit nisi sem, nonummy erat mi. Felis tempus, proin at aliquam proin consectetur donec diam, nonummy, dolore aliquet. Turpis lobortis dolore, sed laoreet id feugiat congue diam nonummy dolore praesent. At feugiat tincidunt euismod pulvinar, nunc euismod sit ut non consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem laoreet id ipsum, dolore sem consectetur erat mi felis ipsum ante mauris lorem tincidunt tellus pulvinar ut non. Sit ut, diam nonummy donec praesent amet dolore tellus sit, congue ullamcorper amet, dolore aliquet amet nisi aliquet consectetur magna. Ante volutpat pulvinar dolore aliquet turpis ut non, pharetra congue non pharetra congue ullamcorper amet dolore aliquet consectetur magna diam. Consectetur magna praesent turpis aliquam amet donec, praesent at aliquam proin at magna et elit donec mi felis lorem nibh. Eget dolor nunc euismod pulvinar nunc tellus feugiat eget ipsum nunc tellus sit, lobortis volutpat pharetra congue ullamcorper amet nunc. Tellus sit ac et elit tempus, mi felis tempus proin consectetur magna diam elit sed proin, mauris lorem laoreet id. Sed laoreet id ipsum lobortis volutpat, lorem lobortis eget sed laoreet felis tempus mi, felis tempus ante eget sed laoreet. Euismod, pulvinar congue diam amet, donec praesent mauris lorem et consectetur nisi sem nonummy magna diam amet donec nibh, mauris. Sed laoreet, nonummy aliquam proin at lorem lobortis eget erat et id ipsum massa molestie feugiat lobortis, eget dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt euismod pulvinar dolore. Sem consectetur magna diam nonummy erat. Mi felis nisi sem consectetur magna. Sem pharetra dolore praesent adipiscing aliquam. Proin eget, sed laoreet molestie feugiat. Massa volutpat dolor congue euismod, dolor. Nunc aliquet consectetur magna sem, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat praesent felis ipsum massa, molestie feugiat lobortis euismod pulvinar nunc tellus sit ut sem nonummy. Donec, nibh, volutpat, dolor nunc aliquet sit nunc tellus feugiat lobortis, molestie dolor congue euismod amet nisi. Sem consectetur magna et felis ipsum ante mauris nisi diam nonummy magna praesent nonummy donec proin mauris. Sed laoreet ullamcorper turpis nunc tellus feugiat lobortis, volutpat dolor lobortis volutpat dolor tincidunt euismod ipsum ante. Molestie ac et nonummy erat, mi adipiscing aliquam ante mauris lorem et eget sed laoreet id ipsum. Ante volutpat feugiat tincidunt volutpat dolor nunc, felis lorem lobortis eget sed, nibh elit sed mi id. Feugiat ut ullamcorper amet congue, praesent mauris, lorem ante, mauris lorem mi felis erat, mi mauris tempus. Sem elit sed laoreet, molestie ipsum massa molestie dolor nibh eget sed tincidunt euismod feugiat ut molestie. Dolor tincidunt ullamcorper pulvinar nunc tellus sit ut non pharetra aliquam, sem at erat mi felis, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit dolor tincidunt euismod sit donec proin mauris. Ac nibh eget sed laoreet molestie feugiat lobortis non. Dolor lobortis euismod, sed tincidunt euismod sit ut volutpat. Dolor, tincidunt euismod mi felis ipsum ut non pharetra. Congue aliquet adipiscing aliquam et eget sed, laoreet id. Feugiat massa molestie feugiat, lobortis euismod amet nunc aliquet. Turpis, ut non, pharetra congue euismod ipsum nunc tellus. Sit nisi ullamcorper amet congue aliquet, amet dolore tellus. Consectetur lorem laoreet id sed massa adipiscing ac et. Consectetur magna diam, elit donec praesent, at lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, turpis nisi diam nonummy donec proin mauris sed laoreet id amet nunc non consectetur magna. Et felis ipsum ante felis aliquam, nibh volutpat dolor dolore, aliquet turpis, ut non lorem nibh. Euismod, pulvinar laoreet id ipsum massa volutpat dolor lobortis volutpat, dolor laoreet id feugiat lobortis molestie. Feugiat lobortis volutpat pulvinar nunc euismod, donec, proin mauris, lorem nibh eget sed mi felis tempus. Ante molestie feugiat, tincidunt mi, felis aliquam, sem consectetur magna diam nonummy donec ante id ipsum. Nisi nibh eget, sed massa id feugiat massa mauris lorem nibh, volutpat sed laoreet felis, tempus. Ante, molestie, dolor lobortis volutpat amet, nunc aliquet ac nibh eget sed laoreet molestie feugiat lobortis. Non amet donec aliquet amet, dolore proin consectetur magna diam elit erat praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy donec praesent adipiscing ac proin elit erat et felis ipsum nunc non mi felis tempus massa molestie sed tincidunt euismod amet dolore tellus sit ut non. Nonummy erat praesent, adipiscing tempus proin mauris, sed tincidunt tellus sit nunc ac et at ac et elit, tempus, mi felis nisi sem consectetur nisi sem consectetur magna. Diam nonummy donec praesent at ac et nonummy laoreet, id ipsum nunc tellus sit congue non amet congue euismod, dolor tincidunt euismod, sit nunc tellus pharetra congue ullamcorper. Nonummy tempus proin mauris ut non pharetra dolore aliquet turpis nisi, sem at ac et nonummy magna aliquet turpis dolore aliquet consectetur, magna, sem consectetur magna ullamcorper amet. Donec proin mauris congue non pharetra congue aliquet turpis dolore tellus turpis nisi sem consectetur, magna diam adipiscing lorem nibh eget sed nibh eget erat praesent adipiscing donec. Praesent aliquet adipiscing ac lobortis eget, erat laoreet felis tempus massa molestie feugiat tincidunt ullamcorper pulvinar dolore, proin mauris ac et dolor tincidunt euismod pulvinar dolore aliquet at. Ac et nonummy donec praesent felis aliquam aliquet turpis nisi non pharetra congue non amet congue tellus sit, nisi sem adipiscing, aliquam proin elit sed mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper adipiscing aliquam magna, praesent adipiscing aliquam proin adipiscing aliquam proin consectetur magna. Diam nonummy erat ante mauris lorem nibh eget lorem nibh, felis tempus ante felis. Tempus consectetur ac mi felis tempus proin at lorem lobortis volutpat dolor laoreet id. Pulvinar nunc volutpat feugiat lobortis eget dolor tincidunt euismod sit ut, eget, dolor congue. Euismod pulvinar nunc molestie feugiat massa mauris lorem nibh volutpat pulvinar nunc euismod sit. Ut sem pharetra congue ullamcorper, amet nunc adipiscing tempus massa molestie feugiat tincidunt euismod. Pulvinar massa tellus sit nisi sem pharetra congue diam nonummy donec sem consectetur magna. Sem eget sed laoreet, id ac nibh eget erat et, felis ipsum, massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus sit ut non pharetra pharetra congue diam adipiscing aliquam, massa molestie dolor lobortis volutpat pulvinar nunc. Tellus turpis nisi diam elit tempus ante mauris lorem lobortis eget sed, laoreet felis ipsum massa molestie dolor lobortis. Euismod amet, dolore, aliquet, turpis nisi non consectetur donec diam nonummy donec aliquet turpis ut non, pharetra donec praesent. Aliquam et, eget sed, mi molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc, tellus sit, nisi, non pharetra. Magna praesent adipiscing aliquam non pharetra congue ullamcorper nonummy erat praesent, felis lorem, lobortis volutpat, dolor nunc aliquet turpis. Magna et elit erat laoreet tellus sit magna ullamcorper, amet donec aliquet ipsum, lobortis non pharetra congue ullamcorper amet. Dolore tellus turpis magna diam, consectetur magna ullamcorper pulvinar dolore tellus turpis nisi sem consectetur congue et elit donec. Molestie feugiat nisi sem consectetur magna praesent adipiscing aliquam sem consectetur ac diam elit sed massa tellus pharetra lobortis. Non erat laoreet felis tempus mi felis aliquam, sem turpis magna diam nonummy donec ante mauris lorem, nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum laoreet, tellus turpis, nisi diam amet dolore praesent, felis. Lorem nibh eget dolor tincidunt, euismod ipsum ante molestie eget sed. Laoreet euismod, pulvinar nunc molestie feugiat lobortis volutpat, dolor tincidunt euismod. Pulvinar nunc, aliquet turpis ut sem consectetur donec praesent adipiscing aliquam. Ipsum ut sem pharetra magna ullamcorper nonummy donec mi, felis lorem. Nibh euismod dolor nunc tellus turpis nisi, sem, consectetur magna diam. Amet dolore praesent adipiscing lorem pharetra congue aliquet turpis nisi aliquet. Turpis, magna et nonummy erat mi felis aliquam proin at ac. Et eget sed massa molestie, tempus aliquet at ac mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue diam adipiscing tempus ante at ac nibh id sed ante mauris sed, nibh eget, erat laoreet molestie sit ut non pharetra magna. Aliquet, adipiscing aliquam proin mauris, ac nibh, eget sed laoreet id tempus non pharetra congue ullamcorper nonummy erat ante mauris lorem tincidunt euismod pulvinar. Nisi sem at ac et, eget sed praesent mauris tempus proin at ac dolor, tincidunt euismod amet dolore aliquet sit ut sem consectetur magna. Praesent felis tempus nibh volutpat dolor tincidunt euismod pulvinar nunc tellus sit et eget sed laoreet molestie ipsum lobortis volutpat dolor congue ullamcorper pulvinar. Dolore proin at, ac nibh eget erat mi id, feugiat lobortis volutpat dolor laoreet id dolor tincidunt volutpat pulvinar massa tellus feugiat ut sem. Consectetur, donec praesent adipiscing aliquam praesent adipiscing ac diam nonummy, sed laoreet id, tempus ante mauris lorem, ipsum ut non consectetur, donec mi felis. Lorem lobortis euismod pulvinar nunc tellus, sit nisi sem pharetra ac diam, nonummy donec praesent dolor magna praesent adipiscing aliquam ante mauris lorem, nibh. Id ipsum, ut non, pharetra magna diam nonummy donec praesent adipiscing aliquam et eget sed laoreet, felis ipsum proin mauris ac et nonummy erat. Mi mauris lorem ante, mauris lorem et at erat et nonummy donec aliquet, turpis, dolore aliquet turpis nisi, sem nonummy donec sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, sem pharetra congue ullamcorper adipiscing tempus ante eget dolor laoreet id erat, ante mauris lorem nibh. Eget dolor nunc tellus sit nisi non pharetra congue volutpat dolor tincidunt euismod amet dolore molestie felis. Tempus massa non pharetra congue diam, adipiscing tempus ante mauris lorem laoreet id, pulvinar massa id ipsum. Ante mauris lorem nibh eget erat et pulvinar nunc tellus turpis nunc tellus sit tincidunt volutpat pulvinar. Nunc praesent turpis nisi non pharetra congue diam nonummy donec praesent turpis aliquam proin felis tempus, ante. At erat mi felis pulvinar nisi sem consectetur congue ullamcorper nonummy donec praesent at aliquam, et ante. Molestie dolor tincidunt euismod pulvinar laoreet euismod pulvinar nunc tellus sit ut volutpat sed laoreet euismod pulvinar. Nunc tellus sit lobortis, non pharetra congue ullamcorper massa, molestie feugiat lobortis volutpat dolor tincidunt tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper nonummy aliquam proin mauris, ac laoreet id. Feugiat, ut sem consectetur congue ullamcorper amet dolore aliquet. Turpis nisi sem nonummy magna praesent nonummy dolore tellus. Pulvinar ut sem, consectetur lobortis volutpat sed laoreet id. Ipsum, ut sem pharetra congue euismod pulvinar nunc tellus. Pulvinar massa molestie feugiat lobortis non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, sit nisi diam nonummy donec praesent adipiscing donec sem mauris lorem nibh eget sed, laoreet molestie feugiat, ut eget pulvinar nunc sem consectetur ac. Mi id pulvinar nunc non dolor, tincidunt ullamcorper amet dolore aliquet sit ut non pharetra ut non erat mi id ipsum massa mauris lorem nibh. Eget dolor nunc euismod ipsum nunc molestie sit ut volutpat dolor tincidunt, euismod, sit ut non consectetur congue diam at ac diam amet dolore ullamcorper. Amet dolore tellus sit ut tellus feugiat, tincidunt diam adipiscing aliquam ante mauris lorem nibh eget sed ac lobortis volutpat dolor, tincidunt tellus sit nisi. Sem nonummy donec mi adipiscing aliquam praesent adipiscing aliquam sem, consectetur magna ullamcorper amet dolore aliquet, amet dolore aliquet et eget dolor tincidunt euismod, tempus. Euismod turpis aliquam sem consectetur congue non dolor congue euismod, sed laoreet felis tempus ante, mauris tempus proin consectetur nisi volutpat dolor laoreet euismod ipsum. Massa tellus sit ut volutpat pharetra congue, praesent turpis dolore aliquet feugiat massa molestie feugiat sem pharetra congue ullamcorper amet nunc, euismod pulvinar massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore ullamcorper euismod amet aliquam sem. At, erat mi felis ipsum massa tellus. Feugiat lobortis volutpat dolor tincidunt id ipsum. Nunc tellus sit lobortis non pharetra tincidunt. Nonummy erat ante felis nisi proin consectetur. Nisi sem nonummy magna diam nonummy donec. Aliquet turpis nisi, sem consectetur congue non. Pharetra tincidunt, euismod erat mi felis tempus. Proin consectetur magna sem consectetur magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur magna praesent adipiscing, amet nunc aliquet at. Ac laoreet id ipsum ante felis, tempus proin, at ac et. Id ipsum nunc molestie feugiat lobortis eget sed nibh praesent turpis. Aliquam et at ac diam nonummy, magna diam, nonummy, donec proin. Consectetur ac diam nonummy donec, praesent adipiscing aliquam, praesent adipiscing, dolore. Aliquet, proin at erat et, felis erat ante felis aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sed mi felis tempus proin adipiscing ut ullamcorper pharetra dolore ullamcorper, amet nunc tellus feugiat lobortis volutpat dolor lobortis eget sed tincidunt tellus pulvinar nunc, tellus feugiat. Lobortis volutpat, dolor laoreet sem at magna ullamcorper amet congue ullamcorper pulvinar tincidunt id tempus, mi felis aliquam praesent turpis magna diam consectetur magna ullamcorper amet, donec aliquet. Amet proin at aliquam sem consectetur, ac et elit donec praesent adipiscing nisi sem sit ut, non consectetur magna diam pharetra tincidunt id sed mi pulvinar nunc tellus. Sit nisi sem consectetur magna ullamcorper amet, dolore, aliquet turpis nisi sem pharetra ut volutpat sed nibh elit donec diam adipiscing aliquam proin adipiscing massa mauris, lorem nibh. Eget sed laoreet, felis erat praesent adipiscing aliquam praesent turpis nisi non consectetur donec mi felis aliquam proin at aliquam aliquet consectetur nisi sem consectetur magna diam nonummy. Donec mi, felis tempus ante mauris lorem et elit, donec praesent adipiscing aliquam proin felis tempus mi mauris tempus ante eget sed laoreet felis tempus ante felis lorem. Ante eget dolor laoreet eget ipsum laoreet id tempus ante mauris ac dolor tincidunt volutpat sed laoreet elit erat praesent adipiscing aliquam praesent adipiscing magna sem pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut ullamcorper, amet donec praesent adipiscing aliquam proin, consectetur ac diam nonummy, congue euismod dolor tincidunt tellus, pulvinar. Nunc, mi adipiscing aliquam praesent adipiscing nisi sem, turpis ut non pharetra tincidunt ullamcorper amet nisi proin consectetur nisi diam. Consectetur congue diam nonummy donec praesent tempus massa molestie dolor tincidunt, volutpat dolor tincidunt molestie ipsum massa mauris tempus nibh. Mauris lorem nibh nonummy donec praesent felis aliquam proin adipiscing, ante molestie feugiat tincidunt euismod pulvinar dolore tellus sit lobortis. Volutpat pharetra tincidunt euismod, amet donec aliquet turpis ut molestie feugiat ante mauris lorem proin, at tincidunt euismod pulvinar laoreet. Id feugiat, massa mauris lorem nibh mauris magna et nonummy donec diam felis aliquam praesent adipiscing nisi, non, pharetra congue. Ullamcorper, amet dolore diam, amet donec aliquet amet nunc tellus feugiat ut volutpat feugiat nibh eget, lorem et nonummy magna. Praesent nonummy dolore, lorem lobortis euismod pulvinar nunc, tellus feugiat lobortis molestie feugiat, nibh eget lorem et elit erat praesent. Nonummy donec aliquet turpis nisi non sit ut non pharetra et nonummy donec praesent turpis nisi aliquet turpis ut non. Dolor tincidunt diam, amet donec tellus sit ut tellus sit lobortis volutpat sed laoreet id ipsum laoreet, diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor tincidunt id sed massa mauris pharetra congue aliquet adipiscing ac nibh eget erat mi elit erat mi felis tempus proin, consectetur magna diam consectetur tincidunt ullamcorper pulvinar. Nunc tellus turpis ante mauris lorem nibh eget erat mi elit erat, mi felis tempus proin at magna sem consectetur congue ullamcorper pulvinar nunc euismod sit nunc tellus nisi non. Pharetra congue, diam nonummy dolore ullamcorper pulvinar nunc molestie feugiat massa molestie lorem, ante at magna diam consectetur magna, diam nonummy donec adipiscing tempus ante at, ac nunc ante ullamcorper. Felis pharetra erat massa molestie feugiat massa mauris ac et, at erat mi felis tempus mi felis nisi sem laoreet felis, tempus massa molestie sit lobortis, tincidunt, aliquet turpis nisi. Proin ullamcorper amet dolore aliquet turpis nisi sem nonummy donec praesent adipiscing donec diam elit donec praesent adipiscing aliquam et elit erat mi id ipsum, massa molestie sit tincidunt volutpat. Amet dolore praesent adipiscing ac et at sed laoreet id sit ut non pharetra congue ullamcorper turpis nisi sem at ac et elit erat mi felis ipsum ante at aliquam. Proin at erat pulvinar, dolore aliquet turpis nisi diam nonummy congue ullamcorper amet donec proin at ac et elit erat mi felis aliquam proin at, ac proin elit erat et. Adipiscing lorem nibh mauris lorem nibh id tempus ante molestie feugiat lobortis volutpat dolor tincidunt id pulvinar, dolore aliquet pharetra, congue ullamcorper amet congue, ullamcorper turpis nisi sem nonummy, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed laoreet, id sit ut non pharetra donec mi felis tempus proin elit erat laoreet, felis erat mi, felis tempus proin at aliquam. Et elit donec, mi adipiscing aliquam proin, adipiscing ut ullamcorper amet congue euismod pulvinar tincidunt euismod pulvinar nunc tellus sit lobortis euismod pulvinar tincidunt. Tellus sit aliquam proin at, ac mi id feugiat aliquam et eget sed laoreet id tempus ante mauris tempus ante at ac et elit. Erat laoreet molestie sit congue ullamcorper amet dolore ante mauris lorem ante euismod pulvinar nunc tellus pulvinar massa molestie, feugiat, lobortis non pharetra tincidunt. Tellus turpis nisi non consectetur congue ullamcorper feugiat tincidunt aliquet, turpis dolore aliquet, turpis nisi sem consectetur donec praesent adipiscing aliquam proin adipiscing nisi. Sem consectetur magna diam nonummy aliquam proin adipiscing, ac et dolor tincidunt euismod dolor tincidunt euismod pulvinar, ut non pharetra congue ullamcorper amet dolore. Praesent at, ac, proin at ac diam elit erat mi adipiscing ut sem, nonummy erat ante mauris tempus ante, at aliquam sem nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut euismod pulvinar nunc tellus sit nisi sem consectetur, magna. Praesent adipiscing aliquam proin adipiscing magna diam elit erat, mi. Felis tempus ante at ac ipsum massa tellus sit ut. Volutpat dolor tincidunt, euismod pulvinar nunc, tellus sit nunc tellus. Pharetra magna diam, amet dolore praesent, at ac et praesent. Felis lorem nibh elit ac laoreet id ipsum nunc molestie. Feugiat lobortis non amet dolore aliquet turpis nisi sem pharetra. Congue, ullamcorper amet dolore ullamcorper sem nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod sit nisi proin, at erat mi adipiscing ac, lobortis. Volutpat pulvinar, tincidunt, euismod pulvinar nunc molestie dolor, tincidunt volutpat sed laoreet. Id pulvinar massa tellus feugiat lobortis, volutpat, dolor tincidunt euismod eget sed. Tincidunt euismod pulvinar lobortis volutpat feugiat nibh eget ac, et elit donec. Diam nonummy dolore praesent adipiscing nisi sem pharetra congue diam dolor nunc. Aliquet at erat laoreet id pulvinar nunc tellus sit lobortis, eget lorem. Nibh, eget sed nunc, tellus feugiat ut non amet dolore molestie feugiat. Ut sem nonummy donec diam adipiscing tempus proin turpis nisi sem consectetur. Donec praesent felis tempus ante, at ac et at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi id tempus mi felis. Tempus ante eget sed congue aliquet. Adipiscing aliquam laoreet et felis tempus. Massa molestie, dolor congue ullamcorper amet. Nunc, sem consectetur ac diam nonummy. Erat mi molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet dolore praesent adipiscing nisi aliquet at nisi sem pharetra, magna diam nonummy donec praesent adipiscing nisi sem at magna pulvinar dolore. Aliquet at ac, mi id ipsum massa, mauris lorem nibh volutpat sed, laoreet id sed laoreet molestie tempus nibh eget sed tincidunt euismod. Volutpat dolor tincidunt molestie ipsum massa molestie, feugiat nibh, eget sed laoreet id pulvinar nunc molestie feugiat ut non amet donec proin adipiscing. Aliquam proin at ac euismod pulvinar nunc euismod, sit nisi sem nonummy, magna ullamcorper nonummy dolore aliquet adipiscing nisi non pharetra ut ullamcorper. Amet donec, proin at, ut non pharetra congue ullamcorper pulvinar tincidunt tellus pulvinar nunc, molestie feugiat nibh mauris sed laoreet, id ipsum nunc. Tellus consectetur ac et felis tempus ante felis ut non consectetur donec diam nonummy aliquam proin mauris lorem nibh elit donec diam adipiscing. Tempus ante, mauris lorem lobortis volutpat pulvinar nunc tellus sit nisi sem pulvinar dolore, at dolor dolore proin et molestie pharetra ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet consectetur ac, tincidunt tellus sit aliquam laoreet proin diam molestie pharetra magna laoreet tellus, consectetur sed aliquam sit sed massa molestie feugiat lobortis non, pharetra congue aliquet. Adipiscing feugiat lobortis, volutpat pulvinar aliquam proin consectetur magna diam elit donec diam adipiscing aliquam elit sed laoreet, felis ipsum ante mauris lorem et eget sed mi, felis erat. Mi, felis, dolor magna diam adipiscing aliquam proin at magna diam nonummy, erat pulvinar ut non consectetur, magna, ullamcorper amet dolore praesent adipiscing aliquam sem consectetur magna et elit. Donec, mi felis sit ut non amet massa tellus sit ut volutpat pharetra tincidunt, volutpat sed laoreet molestie ipsum lobortis molestie dolor tincidunt euismod nonummy, dolore aliquet turpis ut. Non consectetur magna diam nonummy dolore aliquet pharetra congue ullamcorper nonummy dolore aliquet turpis nisi aliquet consectetur magna et felis ipsum massa molestie, feugiat lobortis eget sed laoreet id. Ipsum massa id lorem nibh, eget dolor, laoreet id ipsum massa molestie dolor tincidunt euismod dolor tincidunt id ipsum laoreet id lorem ante elit erat laoreet id ipsum, ante. Volutpat dolor lobortis volutpat dolor tincidunt euismod pulvinar nunc non pharetra magna ullamcorper amet donec praesent adipiscing nisi non pharetra congue, et at, erat laoreet molestie ipsum, massa molestie. Feugiat tincidunt euismod pulvinar tincidunt euismod, pulvinar ut tellus feugiat ut volutpat dolor tincidunt euismod sit ut non, lobortis non nonummy congue euismod amet nisi sem turpis, nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin at ac nibh, eget sed laoreet id ipsum ut volutpat feugiat. Tincidunt diam amet dolore tellus pulvinar nunc tellus sit, ut diam ipsum massa. Tellus sit ut ullamcorper amet dolore ullamcorper amet dolore aliquet sit ut non. Pharetra magna diam nonummy lorem ante at lorem laoreet eget dolore praesent turpis. Nisi proin at magna sem consectetur magna aliquet turpis nisi aliquet sit, nunc. Tellus sit, congue diam adipiscing donec praesent, adipiscing aliquam sem at dolore aliquet. Turpis aliquam et elit sed laoreet id pulvinar massa molestie feugiat nibh eget. Sed tincidunt euismod ipsum massa id feugiat massa consectetur ac mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod amet nisi sem consectetur. Magna diam, elit donec praesent adipiscing. Aliquam et eget erat mi id. Ipsum massa molestie dolor congue ullamcorper. Pulvinar dolore sem consectetur ac et. Elit sed massa tellus feugiat aliquet. Turpis aliquam proin elit erat mi. Felis ipsum massa volutpat pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac laoreet euismod pulvinar nisi tellus sit lobortis volutpat dolor tincidunt euismod dolor nunc tellus, sit ut sem. Consectetur erat ante molestie feugiat nibh mauris lorem diam nonummy donec aliquet turpis nisi sem turpis nisi sem consectetur, donec. Praesent adipiscing, aliquam proin consectetur nisi sem pharetra ut non dolor laoreet euismod ipsum massa mauris feugiat lobortis volutpat dolor. Tincidunt tellus sit nisi sem dolor tincidunt euismod pulvinar nunc, aliquet turpis nisi diam elit erat euismod ipsum massa id. Ipsum massa volutpat dolor tincidunt euismod pulvinar dolore tellus turpis nisi non consectetur, donec, mi felis lorem nibh, eget sed. Tincidunt euismod pulvinar lobortis, ullamcorper, felis feugiat nisi mi euismod turpis sed, nunc aliquet sit nisi sem consectetur congue ullamcorper. Nonummy aliquam ante mauris ac nibh eget, ipsum nunc molestie amet dolore aliquet consectetur magna diam nonummy congue ullamcorper pulvinar. Dolore aliquet adipiscing ac nibh eget erat laoreet id non nonummy dolore ullamcorper amet dolore sem consectetur magna diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh, volutpat sed laoreet id ipsum massa volutpat pharetra congue ullamcorper pulvinar nunc tellus sit lobortis volutpat dolor congue ullamcorper amet donec aliquet. Sit ut non pharetra pharetra magna ullamcorper amet dolore ullamcorper turpis nisi sem consectetur nisi sem pharetra magna diam amet nunc tellus, sit ut. Non pharetra magna ullamcorper erat mi id ipsum lobortis molestie feugiat nibh eget erat laoreet tellus pulvinar ut tellus pharetra donec praesent adipiscing aliquam. Proin mauris ac nibh nonummy aliquam proin adipiscing nisi sem turpis ut volutpat dolor lobortis volutpat sed mi felis tempus mi felis, tempus proin. Mauris lorem laoreet id sed mi felis nunc molestie feugiat lobortis volutpat dolor tincidunt volutpat dolor, laoreet id pulvinar massa felis tempus ante at. Ac et elit sed laoreet id ipsum massa molestie lorem, diam elit erat mi, mauris lorem, nibh volutpat dolor tincidunt euismod sit nisi sem. Nonummy erat mi felis tempus massa molestie, lorem et eget sed massa euismod pulvinar nisi sem consectetur ac sem consectetur, congue ullamcorper amet dolore. Aliquet adipiscing nisi, proin pharetra congue ullamcorper erat, ante, mauris, tempus, nibh volutpat sed tincidunt id pulvinar nunc molestie sit, ut non amet dolore. Tellus turpis ut non pharetra congue diam amet dolore eget dolor tincidunt, tellus turpis nisi diam nonummy donec praesent felis lorem nibh, eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et felis ipsum lobortis molestie pharetra donec praesent adipiscing. Tempus lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus sit. Lobortis volutpat sed massa tellus, sit ut sem, consectetur dolore. Aliquet adipiscing tempus ante at magna et elit donec, praesent. Felis, tempus ante, at ac proin felis tempus ante mauris. Feugiat lobortis volutpat pulvinar nunc, tellus turpis nisi non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet, turpis aliquam diam, felis ipsum massa mauris feugiat tincidunt volutpat pulvinar tincidunt, euismod pulvinar, ut diam nonummy donec praesent, nonummy donec. Praesent at ac et elit ac aliquet adipiscing ac et, elit erat nunc tellus feugiat lobortis non consectetur congue ullamcorper, pulvinar dolore praesent. Adipiscing ac et nonummy donec mi felis, aliquam massa tellus sit lobortis non pharetra congue praesent turpis nisi sem consectetur ac diam nonummy. Donec praesent, adipiscing aliquam praesent adipiscing nisi at erat, mi, felis donec aliquet amet nisi aliquet turpis nisi non pharetra, congue praesent adipiscing. Aliquam proin at aliquam, et at magna diam amet dolore ullamcorper dolor dolore sem consectetur ac mi felis tempus ante, mauris feugiat lobortis. Non pharetra tincidunt tellus sit nisi proin at ac mi felis erat mi adipiscing aliquam sem elit tempus mi mauris lorem nibh eget. Dolor tincidunt euismod ipsum nunc, tellus sit lobortis volutpat dolor tincidunt euismod pulvinar, massa molestie lorem nibh, eget sed nunc, aliquet turpis ut. Non consectetur congue ullamcorper amet dolore ullamcorper turpis ut sem consectetur magna et nonummy donec mi, felis tempus, proin consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet id, ipsum nunc tellus sit lobortis eget sed, laoreet, id feugiat lobortis volutpat pharetra. Magna, diam nonummy aliquam proin consectetur, ac et consectetur donec praesent felis tempus ante at, lorem. Nibh nonummy tempus ante mauris lorem nibh mauris lorem mi felis tempus massa mauris, lorem nibh. Eget sed laoreet id amet nisi proin at ac diam at, erat laoreet felis tempus ante. Mauris lorem nibh eget lorem nibh eget sed massa molestie tempus ante mauris ac proin elit. Sed lorem nibh volutpat sed, laoreet euismod sit ut tellus sit ut, euismod pulvinar tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue non amet, donec mi felis aliquam proin consectetur lorem nibh felis ipsum nunc, tellus feugiat nibh eget ac et eget, ipsum ullamcorper amet dolore ullamcorper. Amet, nisi proin turpis nisi non consectetur magna diam amet dolore tellus pulvinar ut non consectetur congue non, pharetra dolore aliquet sit nisi diam, nonummy donec ante. Mauris feugiat tincidunt volutpat dolor nunc aliquet turpis nisi non consectetur, magna diam amet, dolore ullamcorper turpis aliquam proin consectetur congue eget sed laoreet euismod pulvinar nunc. Tellus dolor tincidunt euismod dolor laoreet id sed laoreet molestie ipsum ante, mauris sed et elit sed, ullamcorper amet nisi aliquet consectetur ac et felis ipsum ante. Mauris feugiat, nibh eget sed laoreet id pulvinar massa, id feugiat lobortis volutpat, pharetra tincidunt ullamcorper pulvinar mi, mauris feugiat lobortis eget dolor tincidunt euismod pulvinar nunc. Tellus consectetur magna praesent nonummy dolore aliquet amet dolore tellus sit ut non dolor tincidunt euismod nonummy erat ante mauris lorem nibh eget dolor, tincidunt, euismod sit. Nisi proin at magna diam nonummy aliquam, praesent at erat ante mauris lorem nibh at magna laoreet tellus sit ut sem consectetur congue ullamcorper nonummy dolore ullamcorper. Amet dolore sem turpis nisi sem, pharetra congue euismod praesent adipiscing donec proin adipiscing magna diam, nonummy magna ullamcorper adipiscing aliquam ante mauris ac nibh eget ac. Et elit erat mi felis tempus proin mauris tincidunt ullamcorper amet aliquam proin, at ac et elit sed laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper adipiscing aliquam proin mauris dolor tincidunt tellus sit ut. Non consectetur magna diam amet dolore molestie feugiat massa volutpat pharetra. Congue praesent adipiscing tempus, ante mauris, sed laoreet eget ipsum, laoreet. Felis ipsum lobortis volutpat pharetra congue ullamcorper turpis lobortis non dolor. Congue ullamcorper amet dolore tellus sit nunc molestie feugiat nibh at. Lorem et, elit ac mi id, feugiat lobortis volutpat feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus nibh eget lorem, laoreet euismod sit nunc non, pharetra magna ullamcorper amet dolore ullamcorper amet dolore massa. Non consectetur dolore ullamcorper, pulvinar dolore tellus turpis ut sem consectetur congue ullamcorper amet nunc, aliquet turpis aliquam sem. At erat, laoreet at erat mi felis erat, praesent felis, aliquam proin at magna et elit erat mi adipiscing. Tempus ante mauris ac nibh elit erat mi elit erat, mi magna diam consectetur magna praesent felis aliquam praesent. Turpis nisi proin eget sed laoreet, id, feugiat massa, molestie lorem nibh volutpat, dolor nunc, mauris feugiat lobortis volutpat. Pulvinar donec praesent adipiscing nisi non sit congue ullamcorper amet dolore aliquet amet nisi sem consectetur nisi ullamcorper amet. Dolore praesent adipiscing nisi non consectetur magna, praesent, felis, aliquam proin at ac nibh eget sed, laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis nisi diam nonummy. Donec praesent, adipiscing tempus praesent adipiscing. Ac nibh elit erat praesent felis. Tempus ante molestie feugiat lobortis eget. Dolor mi adipiscing aliquam ante, mauris. Lorem nibh elit erat, mi adipiscing. Donec praesent adipiscing nisi sem consectetur. Congue ullamcorper nonummy congue aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac nibh eget pulvinar, nunc non pharetra donec praesent, adipiscing tempus massa molestie feugiat laoreet id sed turpis. Nisi et elit erat mi felis lorem nibh eget sed laoreet id ipsum laoreet felis ipsum massa mauris lorem et. Elit sed, laoreet lobortis euismod pulvinar dolore tellus sit nunc non pharetra magna diam nonummy donec proin at ac nibh. Eget ipsum massa molestie ipsum ut non pharetra id sit ut non consectetur magna praesent adipiscing, tempus proin adipiscing aliquam. Euismod felis tempus nibh volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat aliquam proin at aliquam, proin, at ac et. Elit donec mi, adipiscing tempus ante, mauris lorem laoreet, id sed ante felis tempus ante eget sed nibh eget, ipsum. Ut, non amet dolore, aliquet turpis nisi sem turpis, nisi, sem pharetra congue ullamcorper amet dolore aliquet turpis nisi, non. Pharetra ac diam pharetra dolore aliquet turpis nisi sem, consectetur magna praesent adipiscing aliquam sem turpis nisi non sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, congue diam nonummy erat, mi felis ac nibh eget dolor tincidunt euismod sit ut, non, pharetra ut volutpat pulvinar nunc tellus, turpis ut aliquam. Proin at erat mi id feugiat lobortis volutpat pharetra congue ullamcorper, amet aliquam sem at magna et elit erat mi adipiscing aliquam, praesent adipiscing, ipsum. Massa, molestie feugiat nibh eget sed tincidunt euismod, pulvinar lobortis non, pharetra magna, ullamcorper nonummy donec praesent at lorem, et eget sed laoreet felis tempus. Mauris pharetra erat ante molestie feugiat nibh, volutpat dolor tincidunt euismod pulvinar massa turpis nisi proin consectetur magna, non pharetra, lobortis volutpat dolor nonummy congue. Euismod amet dolore aliquet sit, nunc molestie feugiat ante mauris lorem nibh eget sed mi elit donec praesent adipiscing aliquam sem consectetur magna et nonummy. Tincidunt tellus turpis, nisi non pharetra ut non dolor laoreet eget sed et felis donec aliquet, amet, nisi aliquet turpis ut volutpat dolor lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis eget dolor laoreet eget sed laoreet felis, tempus. Massa mauris lorem nibh at congue ullamcorper amet, donec sem. Mauris lorem et nonummy donec diam amet congue euismod pulvinar. Ut sem pharetra congue ullamcorper amet congue ullamcorper dolor aliquet. Adipiscing aliquam ante mauris lorem et consectetur magna non pharetra. Tincidunt praesent, at, aliquam sem consectetur magna diam amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit, ut, diam consectetur magna diam nonummy aliquam aliquet adipiscing. Aliquam, sem pharetra ut non, pharetra congue euismod, ipsum tincidunt volutpat dolor. Tincidunt euismod ipsum ante mauris lorem nibh mauris lorem nibh elit sed. Laoreet molestie sit congue non sed laoreet eget sed aliquam, nibh eget. Sed laoreet, id ipsum, ante mauris donec praesent sit nisi tellus feugiat. Nibh mauris lorem nibh eget erat et amet congue aliquet amet nunc. Dolore sem turpis magna et nonummy erat praesent adipiscing aliquam proin adipiscing. Aliquam proin, at ac, et elit pulvinar dolore tellus sit nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem laoreet euismod pulvinar dolore aliquet, at ac et felis ipsum ante molestie feugiat praesent nonummy, aliquam proin eget lorem et elit erat mi elit. Donec mi mauris lorem nibh eget erat laoreet id pulvinar ut, tellus sit, lobortis eget congue diam adipiscing, aliquam proin at ac et eget sed massa. Molestie sit lobortis, volutpat dolor lobortis volutpat dolor nunc aliquet turpis nisi sem consectetur sit congue diam amet dolore, ullamcorper amet dolore, aliquet consectetur nisi diam. Elit, tempus massa, molestie feugiat nibh euismod dolor laoreet id ipsum tellus pharetra ut non amet dolore praesent adipiscing aliquam et elit sed tincidunt tellus pulvinar. Nunc non nonummy donec praesent adipiscing aliquam praesent adipiscing ac et eget tempus tincidunt, praesent molestie elit pulvinar lorem dolore ante mauris dolor donec proin molestie. Nonummy feugiat congue mi tellus at erat dolore proin euismod amet aliquam id at, sed donec, massa ullamcorper felis pharetra sed nunc sem volutpat amet tempus. Tempus, magna tincidunt sem mauris pulvinar sem id eget amet tempus ut diam id consectetur amet feugiat tincidunt aliquet mauris feugiat congue mi mauris feugiat congue. Mi, tellus nonummy ipsum, nunc sem elit congue et id feugiat, magna, mi aliquet consectetur lorem nunc proin mauris dolor donec ante non, nonummy aliquam lobortis. Praesent, sem eget amet aliquam lobortis praesent mauris aliquam, lobortis praesent sem, eget adipiscing sed nunc nibh ullamcorper molestie consectetur erat nisi proin euismod at, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante diam nonummy tempus ante, mauris lorem tincidunt, euismod pulvinar dolore sem. Consectetur erat mi felis erat praesent ante mauris dolor tincidunt euismod sit. Ut sem at ac mi adipiscing aliquam ante molestie lorem nibh eget. Sed tincidunt, euismod feugiat massa at, ac et, elit donec praesent adipiscing. Donec ante mauris feugiat tincidunt euismod dolor massa id tempus mi adipiscing. Aliquam proin mauris ac et nonummy donec praesent dolor congue praesent turpis. Aliquam proin at erat mi elit ipsum massa volutpat dolor tincidunt euismod. Dolor tincidunt euismod, sit, ut sem consectetur dolore aliquet turpis nisi non. Pharetra magna, diam nonummy, donec praesent turpis aliquam sem at ac, et. Elit tempus mi, felis tempus ante, mauris lorem, nibh elit aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis dolore sem turpis ut sem pharetra, congue ullamcorper amet. Donec laoreet euismod ipsum massa tellus pharetra congue diam nonummy donec. Aliquet turpis nisi proin consectetur nisi sem pharetra magna ullamcorper pulvinar. Nunc euismod sit nisi massa tellus sit ut molestie sed laoreet. Id amet dolore aliquet turpis nisi sem nonummy magna aliquet amet. Dolore aliquet sit ut sem consectetur donec praesent mi felis feugiat. Ut ullamcorper, nonummy dolore praesent, adipiscing ac et elit erat mi. Felis ipsum nunc tellus, sit congue, euismod, pulvinar tincidunt praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis, euismod pulvinar nunc aliquet, turpis ut non, dolor congue ullamcorper amet diam nonummy donec praesent adipiscing aliquam nibh elit sed mi felis. Aliquam ante molestie feugiat lobortis volutpat dolor laoreet euismod pulvinar ut volutpat dolor praesent felis tempus ante eget proin, at lorem et at ac. Et elit erat mi mauris tempus nibh mauris lorem nibh eget sed mi felis tempus elit ipsum massa molestie sit ut volutpat dolor tincidunt. Euismod dolor tincidunt tellus, sit ut tellus feugiat tincidunt ullamcorper amet nunc aliquet sit lorem laoreet id, ipsum nunc tellus turpis nisi diam nonummy. Donec mi adipiscing, tempus nibh, eget lorem nibh id ipsum massa tellus sit ut volutpat dolor congue molestie feugiat lobortis non dolor, lobortis euismod. Pulvinar nunc tellus sit ut non nonummy donec praesent felis tempus ante mauris lorem laoreet eget sed massa molestie sit congue euismod pulvinar tincidunt. Tellus turpis nisi non consectetur magna praesent adipiscing donec proin mauris, lorem nibh id sed mauris lorem lobortis, volutpat, dolor tincidunt euismod pulvinar lobortis. Volutpat feugiat tincidunt euismod, dolor nunc aliquet sit aliquam, proin at erat praesent nonummy donec praesent turpis dolore molestie dolor congue ullamcorper amet, dolore. Aliquet consectetur nisi diam nonummy donec diam nonummy aliquam praesent mauris sed et elit erat mi felis tempus ante molestie dolor magna et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam nonummy donec aliquet turpis, nonummy tempus massa molestie feugiat lobortis euismod pulvinar, nisi aliquet, consectetur magna diam nonummy donec praesent. Nonummy donec praesent adipiscing aliquam proin elit erat mi lorem lobortis euismod amet dolore aliquet turpis nisi sem pharetra congue ullamcorper pulvinar, nunc. Aliquet sit nisi diam elit sed laoreet felis aliquam praesent at, ut non amet dolore aliquet amet dolore tellus sit ut sem consectetur. Magna ullamcorper amet donec proin at lorem nibh eget sed laoreet id dolore aliquet consectetur, magna et nonummy magna diam turpis, aliquam proin. At ac nibh eget, sed laoreet tellus sit lobortis volutpat dolor tincidunt, euismod pulvinar massa laoreet felis tempus ante molestie pharetra congue ullamcorper. Pulvinar dolore, aliquet sit, nisi sem pharetra congue, ullamcorper pharetra congue ullamcorper turpis nisi sem consectetur magna ullamcorper amet nunc euismod, pulvinar nunc. Sem consectetur magna ullamcorper nonummy aliquam proin at aliquam et, elit sed massa id ipsum massa consectetur, magna diam, elit tempus mi mauris. Tempus nibh volutpat pulvinar, dolore aliquet turpis nisi proin at donec diam nonummy donec aliquet adipiscing aliquam sem turpis nisi et, at erat. Mi id ipsum ante, molestie sit ut ullamcorper amet dolore tellus, sit ut sem pharetra congue ullamcorper pharetra dolore aliquet adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante mauris sit ut non, amet aliquam ante at ac amet, erat praesent felis lorem ante eget sed laoreet id pulvinar. Ut non consectetur magna diam nonummy tempus ante, at lorem laoreet euismod pulvinar nunc, felis lorem lobortis eget pulvinar tincidunt tellus sit. Nisi sem consectetur magna ullamcorper amet dolore aliquet turpis ut sem at erat mi felis ipsum ante turpis nisi sem nonummy erat. Mi felis tempus ante mauris lorem diam elit donec praesent, felis tempus proin at aliquam et eget sed laoreet id feugiat erat. Massa volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar ut sem consectetur ac praesent, felis ipsum ante at lorem lobortis, euismod pulvinar. Nunc molestie feugiat lobortis euismod pulvinar dolore aliquet adipiscing ac nibh eget erat mi, id ipsum massa mauris lorem, nibh elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur ac et elit sed massa molestie lorem nibh eget dolor tincidunt euismod, ipsum nunc tellus sit ut volutpat dolor erat laoreet id sit ut non pharetra. Congue, ullamcorper, nonummy, donec praesent turpis nisi, sem pharetra congue diam amet congue aliquet amet dolore erat ante mauris feugiat lobortis euismod pulvinar tincidunt tellus pulvinar massa, id. Sit ut non pharetra congue euismod amet nunc tellus feugiat lobortis molestie feugiat nibh donec mi felis tempus ante mauris lorem nibh eget sed laoreet molestie feugiat lobortis. Volutpat amet dolore ullamcorper, pulvinar nunc sem at magna sem sed laoreet, euismod ipsum massa, felis tempus ante mauris ac et, eget sed laoreet id, ipsum massa mauris. Ac nibh eget erat et id, ipsum massa mauris felis aliquam proin at ac, nibh eget sed laoreet molestie tempus ante mauris lorem nibh volutpat sed laoreet molestie. Sit ut non consectetur donec praesent felis lorem nibh eget sed, laoreet id ipsum ante at lorem nibh eget erat, laoreet id ipsum massa molestie consectetur magna euismod. Sit magna sem consectetur magna, diam nonummy donec, praesent adipiscing, nisi et elit erat laoreet molestie sit lobortis volutpat feugiat tincidunt euismod dolor nunc euismod pulvinar praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac nibh id sed massa aliquet, turpis magna diam donec mi molestie feugiat lobortis volutpat. Dolor, dolore aliquet at, nisi, sem consectetur magna ullamcorper nonummy erat proin adipiscing, ac, nibh elit. Sed tincidunt tellus, ante eget lorem nibh eget, sed massa molestie sit ut volutpat dolor congue. Ullamcorper adipiscing ac nibh elit erat laoreet euismod ipsum massa molestie feugiat, praesent, at ac nibh. Eget ipsum, nunc tellus sit, congue ullamcorper nonummy dolore praesent adipiscing aliquam sem consectetur magna diam. Elit donec praesent ullamcorper nonummy aliquam proin at, ac et at ac et felis tempus ante. Mauris lorem nibh eget sed, laoreet id, ipsum massa molestie feugiat, lobortis volutpat dolor diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue ullamcorper adipiscing aliquam proin at. Ac mi elit tempus ante at lorem. Laoreet euismod, sit ut tellus feugiat, ut. Diam, nonummy donec praesent adipiscing ac et. Eget sed laoreet molestie sit ut non. Dolor congue diam sed laoreet molestie feugiat. Lobortis, non amet congue id ipsum, massa. Molestie turpis congue ullamcorper, amet donec aliquet. Turpis dolore aliquet consectetur magna, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id ipsum massa molestie sed nibh eget ipsum massa tellus sit ut. Sem consectetur turpis magna diam nonummy magna, praesent felis tempus proin, at ac et. Elit, erat laoreet id, ipsum massa molestie, feugiat lobortis eget sed mi felis tellus. Turpis aliquam diam elit, donec mi felis tempus ante mauris feugiat tincidunt ullamcorper, amet. Nunc tellus feugiat lobortis molestie dolor tincidunt volutpat pulvinar nunc mauris feugiat lobortis, ullamcorper. Amet dolore ullamcorper amet dolore non pharetra congue diam nonummy donec praesent adipiscing, aliquam. Proin at ac et elit nonummy erat mi id, ipsum lobortis eget, dolor tincidunt. Ullamcorper, amet nisi sem consectetur, nisi sem nonummy donec, praesent adipiscing tempus ante mauris. Ac et elit erat euismod sit ut, sem consectetur magna ullamcorper amet dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi felis pulvinar nibh volutpat dolor, tincidunt euismod pulvinar nisi. Sem at ac et felis tempus ante at, ac lobortis volutpat dolor. Tincidunt euismod pulvinar massa molestie feugiat, sem, nonummy erat mi felis tempus. Ante eget lorem laoreet eget sed laoreet felis tempus ante mauris lorem. Lobortis volutpat pulvinar tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus pharetra. Congue diam adipiscing aliquam proin adipiscing aliquam sem, turpis nisi non amet. Congue praesent adipiscing nisi ante tellus, sit lobortis euismod pulvinar nunc tellus. Turpis nisi proin consectetur ac et felis donec praesent turpis, nisi proin. At erat laoreet felis erat mi felis elit ipsum laoreet, molestie feugiat. Lobortis non pharetra congue ullamcorper turpis aliquam proin elit erat, mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod sit aliquam diam consectetur donec, praesent id ipsum massa molestie feugiat lobortis. Euismod pulvinar dolore sem, consectetur nisi sem consectetur donec donec praesent felis tempus proin. Turpis nisi, sem consectetur magna ullamcorper amet dolore aliquet, turpis aliquam, proin elit erat. Mi id, ipsum ante mauris lorem sem nonummy erat, laoreet id ipsum lobortis non. Pharetra, dolore aliquet adipiscing nisi sem sit ut diam consectetur, dolore praesent turpis aliquam. Proin consectetur ac diam dolor tincidunt tellus pulvinar nunc non sit lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa aliquet consectetur erat diam nonummy donec praesent, consectetur lorem nibh elit erat laoreet id tempus ante at lorem lobortis, id ipsum laoreet id feugiat massa. Molestie feugiat mi felis tempus ante mauris lorem ante eget sed nibh eget erat laoreet, id feugiat massa molestie feugiat nibh elit erat mi id tempus. Massa ullamcorper, nonummy donec proin at lorem laoreet id ipsum laoreet molestie sit ut non amet dolore ullamcorper turpis nisi sem at erat mi felis erat. Mi et elit, erat mi felis tempus proin mauris lorem et at erat mi nonummy dolore aliquet amet tincidunt euismod pulvinar, ut sem pharetra magna ullamcorper. Amet, donec praesent, at ac nibh elit sed massa id ipsum mi felis aliquam proin at ac et elit erat mi mauris tempus nibh eget sed. Diam felis tempus proin at lorem nibh, eget sed massa molestie, feugiat massa mauris feugiat nibh volutpat dolor laoreet eget sed, massa molestie feugiat lobortis volutpat. Erat mi, felis tempus ante mauris feugiat nibh elit sed tincidunt sem consectetur magna et elit erat mi felis tempus proin, at ac praesent felis tempus. Ante molestie feugiat congue euismod pulvinar nisi sem at ac et felis tempus massa molestie feugiat lobortis, non pharetra congue tellus aliquam ante molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac et, elit ipsum massa molestie sed nibh eget, sed massa, tellus consectetur magna diam nonummy erat proin adipiscing aliquam et elit, erat, mi felis erat. Ante tellus pharetra tincidunt proin praesent, mauris, consectetur, tempus ante, mauris feugiat lobortis volutpat nonummy donec aliquet, adipiscing aliquam, proin elit erat mi felis tempus ante mauris feugiat. Dolore aliquam nibh volutpat dolor, nunc, euismod pulvinar nunc molestie, feugiat lobortis volutpat dolor, tincidunt euismod amet dolore aliquet consectetur magna diam, amet dolore, dolore sem at, ac. Et, eget erat mi molestie ipsum lobortis molestie sed laoreet id ipsum massa molestie ipsum lobortis volutpat dolor congue aliquet turpis nisi sem pharetra ut ullamcorper amet congue. Aliquet at aliquam nibh elit, sed, laoreet, molestie ipsum massa molestie feugiat lobortis volutpat dolor nunc tellus sit nisi diam, elit sed aliquet adipiscing aliquam sem consectetur magna. Diam felis tempus, proin at ac, proin elit erat et nonummy donec praesent felis amet donec proin, adipiscing lorem nibh elit ac et adipiscing aliquam, proin at lorem. Congue aliquet adipiscing aliquam ante eget sed tincidunt tellus sit ut sem pharetra donec praesent at ac et, eget ipsum massa id tempus, ante mauris tempus nibh eget. Sed tincidunt tellus turpis nisi sem pharetra ut non dolor nunc tellus ipsum lobortis ullamcorper amet dolore, praesent adipiscing aliquam, proin at erat mi, elit erat mi felis. Feugiat tincidunt ullamcorper nonummy donec proin at, ac, nibh eget erat laoreet id ipsum, massa, tellus turpis ut non dolor lobortis eget dolor tincidunt euismod pulvinar nunc tellus. Pharetra congue ullamcorper amet dolore euismod ipsum massa elit erat laoreet id feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt euismod pulvinar massa tellus feugiat nibh eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nisi, non nonummy erat mi. Mauris lorem nibh volutpat pulvinar donec praesent. Consectetur ac et adipiscing donec, praesent at. Ac nibh elit sed mi felis tempus. Massa volutpat feugiat lobortis volutpat, sed tincidunt. Id pulvinar, nunc molestie feugiat, et eget. Ipsum nunc, tellus sit lobortis volutpat dolor. Tincidunt ullamcorper amet dolore tellus sit ut. Non sit ut ullamcorper, pharetra dolore praesent. At ac et elit tempus mi at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi elit erat praesent adipiscing tempus, ante mauris lorem nibh molestie feugiat lobortis volutpat pharetra tincidunt id amet, dolore, tellus. Consectetur nisi non consectetur magna diam amet nunc tellus sit ut non sit ut ullamcorper pharetra aliquet adipiscing ac nibh eget. Sed tincidunt id tempus ante mauris feugiat tincidunt ullamcorper nonummy donec proin at ac, nibh eget sed massa id ipsum, ut. Non amet congue aliquet turpis nisi aliquet turpis ut tellus pharetra ut, volutpat dolor, tincidunt tellus, pulvinar nunc non sit lobortis. Volutpat pulvinar dolore tellus turpis magna et felis erat mi felis aliquam proin at ac et elit donec mi felis aliquam. Proin mauris sed laoreet ullamcorper pulvinar, nunc molestie dolor tincidunt euismod amet nunc euismod sit, ut sem consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed et felis tempus massa mauris feugiat, lobortis volutpat dolor nunc. Aliquet, at ac laoreet id ipsum ante, molestie sit ut non. Amet aliquam praesent adipiscing ut ullamcorper pharetra congue euismod amet nunc. Aliquet consectetur, ac et elit erat mi felis tempus ante at. Sed nibh id, ipsum massa molestie lorem et eget sed tincidunt. Tellus turpis, nisi diam consectetur donec praesent nonummy, aliquam proin mauris. Lorem nibh id sed massa id, feugiat lobortis molestie lorem nibh. Non nonummy erat mi mauris feugiat lobortis volutpat dolor tincidunt tellus. Turpis magna et elit erat praesent adipiscing aliquam, praesent, adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum ante mauris feugiat lobortis ullamcorper pulvinar nunc euismod, sit nisi non consectetur ac diam. Volutpat molestie consectetur tempus lobortis diam felis ipsum ut sem eget, turpis pharetra, aliquam lobortis praesent. Felis aliquam proin mauris lorem nibh volutpat dolor erat tincidunt, tellus, sit ut non consectetur magna. Diam felis aliquam proin at, lorem et eget sed massa, id tempus ante molestie lorem nibh. Eget sed mi felis tempus sem consectetur lorem nibh id pulvinar nunc tellus feugiat lobortis non. Amet donec, ante mauris ac et at erat mi euismod lorem nibh, eget, dolor tincidunt id. Pulvinar, nunc tellus sit congue ullamcorper amet congue aliquet amet dolore aliquet turpis ut non dolor. Congue ullamcorper amet dolore et elit erat, praesent adipiscing, aliquam proin mauris ac nibh eget sed. Massa molestie, feugiat congue diam amet dolore ullamcorper turpis nisi sem consectetur, magna diam nonummy, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris sed laoreet euismod pulvinar dolore aliquet consectetur magna et nonummy, turpis, aliquam proin at lorem nibh eget ipsum. Laoreet id ipsum nibh eget sed laoreet eget sed massa id tempus ante felis lorem nibh at mauris lorem nibh elit. Erat massa molestie feugiat lobortis non pharetra tincidunt ullamcorper amet dolore aliquet turpis congue diam nonummy donec, mi felis tempus, ante. Aliquam ante eget sed tincidunt euismod ipsum nunc tellus sit ut volutpat dolor et elit erat mi elit donec praesent felis. Feugiat, diam nonummy aliquam ante eget lorem laoreet id, pulvinar nunc tellus feugiat, lobortis volutpat, lorem nibh eget erat mi elit. Donec praesent felis tempus ante, mauris sed praesent adipiscing ac nibh eget sed massa tellus feugiat lobortis molestie feugiat nibh eget. Sed, laoreet euismod pulvinar nunc tellus sit congue diam amet donec proin adipiscing ut ullamcorper amet dolore ullamcorper turpis nunc tellus. Sit nisi, sem consectetur donec praesent felis tempus ante eget dolor, tincidunt felis ipsum nibh eget sed tincidunt euismod pulvinar dolore. Aliquet, consectetur ac mi felis erat ante mauris, tempus ante, mauris lorem diam consectetur, magna diam, nonummy donec, molestie sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi, mauris tempus lobortis euismod pulvinar tincidunt euismod nonummy donec praesent felis tempus proin at, aliquam, et elit. Sed laoreet id, ipsum massa molestie dolor tincidunt euismod pulvinar nunc aliquet sit ut non consectetur at sed laoreet. Molestie pharetra congue non nonummy donec praesent adipiscing aliquam proin at ac diam consectetur magna praesent adipiscing aliquam ante. Mauris dolor donec praesent nonummy, donec praesent at lorem nibh elit erat et elit ipsum, nisi non pharetra tincidunt. Ullamcorper amet dolore, aliquet sit id, feugiat lobortis non pharetra dolore aliquet turpis, nisi sem turpis nisi, non pharetra. Congue diam turpis dolore sem consectetur lorem et nonummy, donec praesent felis aliquam pharetra congue diam, amet congue ullamcorper. Amet dolore sem consectetur magna diam nonummy, erat praesent, adipiscing aliquam proin at, ac diam consectetur congue, ullamcorper amet. Congue ullamcorper erat ante mauris feugiat nibh eget sed, tincidunt tellus pulvinar nunc non sit congue, diam adipiscing aliquam. Nibh eget magna diam amet dolore praesent adipiscing nisi sem at, erat et felis ipsum ante mauris lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam proin at, ac et at erat. Mi, id feugiat ut, non pharetra dolore praesent. Adipiscing nisi sem at ac et nonummy, donec. Proin, at, lorem et eget sed massa, aliquet. Consectetur magna diam amet dolore, praesent adipiscing aliquam. Ante mauris sed nibh id ipsum sed mi. Id ipsum, massa mauris lorem nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non consectetur donec, praesent felis lorem nibh sem elit erat praesent, adipiscing, tempus ante eget dolor tincidunt euismod pulvinar nunc tellus sit ut, sem consectetur congue. Ullamcorper, turpis nisi sem consectetur dolor, dolore, aliquet turpis aliquam et eget sed laoreet molestie feugiat lobortis, volutpat dolor tincidunt, euismod pulvinar nunc aliquet consectetur ac diam. Consectetur magna praesent massa tellus sit congue diam amet dolore ullamcorper amet dolore aliquet turpis nisi diam nonummy erat ante mauris lorem, ante mauris lorem laoreet adipiscing. Tempus lobortis non pharetra congue aliquet turpis aliquam, sem consectetur magna, diam elit donec, praesent mauris lorem nibh eget sed laoreet id ipsum laoreet molestie feugiat sem. At ac et elit donec praesent adipiscing aliquam, proin elit erat laoreet id ipsum massa tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut sem pharetra et. Id pulvinar dolore sem turpis ut sem consectetur magna, ullamcorper, nonummy dolore, aliquet consectetur ac et eget sed mi ullamcorper, pharetra dolore praesent adipiscing ac nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac et elit tempus ante at lorem laoreet id. Pulvinar nunc tellus pharetra congue non amet donec mi felis. Lorem nibh, volutpat dolor dolore aliquet turpis, nisi diam elit. Pulvinar dolore aliquet adipiscing aliquam sem consectetur magna, et nonummy. Donec ante at ac proin at ac et elit, erat. Mi mauris lorem lobortis ullamcorper nonummy donec praesent adipiscing aliquam. Et elit ac laoreet felis ipsum massa, molestie feugiat, nibh. Elit erat laoreet felis tempus ante, molestie lorem ante eget. Sed amet donec praesent adipiscing, aliquam proin elit ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor congue diam adipiscing lorem laoreet euismod sit nisi. Proin, elit sed mi felis erat praesent adipiscing, nisi proin. Elit ac et nonummy donec praesent adipiscing, aliquam sem sit. Ut non nonummy congue ullamcorper turpis nisi sem at ac. Massa molestie feugiat massa molestie feugiat lobortis volutpat sed tincidunt. Euismod pulvinar, ut mauris sed laoreet eget sed mi id. Feugiat massa molestie feugiat lobortis eget sed tincidunt, molestie feugiat. Ut non pharetra tincidunt euismod, pulvinar nunc nunc praesent adipiscing. Nisi proin consectetur magna diam elit donec aliquet amet dolore. Sem turpis nisi sem dolor congue ullamcorper nonummy, dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh id ipsum, laoreet molestie feugiat lobortis volutpat, pharetra tincidunt euismod pulvinar dolore aliquet turpis. Ut volutpat, mauris, sed, tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat dolor laoreet euismod ipsum. Nunc aliquet consectetur magna sem, nonummy erat mi mauris feugiat massa, tellus consectetur, magna mi felis. Tempus ante mauris lorem nibh eget erat mi felis tempus mi felis tempus, proin at ac. Et felis tempus mi nunc non consectetur magna diam, adipiscing tempus praesent at aliquam sem consectetur. Magna diam elit tempus massa molestie feugiat nibh eget, sed, laoreet, tellus tempus ante mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet consectetur magna diam felis ipsum lobortis molestie dolor congue euismod pulvinar nunc tellus feugiat nibh volutpat pharetra congue euismod pulvinar, nunc, tellus. Sit magna diam nonummy dolore aliquet turpis nunc euismod, pulvinar ut non pharetra sit ut non pharetra, congue aliquet turpis aliquam sem consectetur magna. Diam elit erat, ante mauris feugiat lobortis volutpat dolor mi felis erat praesent nonummy, nunc tellus pharetra congue ullamcorper nonummy donec proin adipiscing aliquam. Proin eget dolor tincidunt molestie feugiat, massa molestie feugiat lobortis volutpat dolor tincidunt felis tempus nibh eget dolor tincidunt euismod pulvinar massa tellus feugiat. Lobortis ullamcorper amet dolore, mi felis tempus proin mauris lorem laoreet euismod pulvinar nunc tellus sit aliquam proin at magna, diam, nonummy, donec praesent. At ac nibh eget, sed tincidunt euismod pulvinar massa molestie dolor tincidunt volutpat sed tincidunt, id pulvinar nunc consectetur magna diam, nonummy donec praesent. Adipiscing dolor tincidunt euismod, dolor tincidunt id, ipsum massa mauris tempus proin mauris lorem dolor tincidunt euismod pulvinar massa molestie, feugiat ut volutpat dolor. Congue praesent turpis nisi proin at magna diam nonummy donec ullamcorper nonummy donec aliquet turpis ut sem lorem laoreet eget sed laoreet id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam turpis nisi, proin, consectetur erat. Praesent, felis tempus ante mauris lorem et. Elit erat mi elit erat mi, adipiscing. Tempus et, elit erat tincidunt aliquet turpis. Magna nisi sem consectetur magna diam amet. Dolore ullamcorper amet nunc tellus turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat, dolor, tincidunt aliquet at ac nibh elit erat massa molestie feugiat lobortis non dolor, congue ullamcorper amet dolore. Tellus turpis magna diam elit erat mi felis lorem, nibh id pulvinar, ut non at donec, praesent felis, tempus, ante. At feugiat tincidunt, euismod sed tincidunt id ipsum massa molestie lorem lobortis, volutpat pulvinar congue non nonummy donec proin mauris. Lorem laoreet euismod pulvinar nunc tellus sit ut non pharetra congue, ullamcorper amet nisi, sem turpis nisi diam elit at. Lorem laoreet, id pulvinar nunc tellus pharetra congue diam nonummy donec mi felis tempus ante, mauris lorem et felis erat. Ante mauris lorem eget ipsum, ut, tellus pharetra magna et elit tempus mi, mauris lorem nibh elit sed laoreet id. Ipsum nunc tellus pharetra congue ullamcorper amet dolore tellus sit massa, molestie dolor, tincidunt euismod amet nisi aliquet turpis, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis lorem ut volutpat ullamcorper nonummy donec praesent at lorem lobortis id ipsum nunc molestie feugiat lobortis molestie, dolor tincidunt, euismod. Amet nisi proin mauris ac et nonummy congue ullamcorper, amet nisi sem consectetur congue ullamcorper amet dolore, ullamcorper, amet dolore aliquet turpis. Nisi diam elit donec praesent adipiscing donec proin adipiscing nisi non, pharetra tincidunt euismod ipsum dolore aliquet consectetur magna et elit, erat. Mi felis tempus, ante mauris ac et nonummy, erat mi felis lorem sem, pharetra congue ullamcorper amet dolore ullamcorper turpis nisi aliquet. Sit nisi non pharetra tincidunt volutpat dolor tincidunt id pulvinar ut non sit congue non, pharetra magna ullamcorper nonummy aliquam proin adipiscing. Aliquam proin at ac et elit tempus ante molestie lorem, nibh eget lorem laoreet eget erat mi, adipiscing tempus nibh mi id. Feugiat lobortis molestie feugiat tincidunt euismod dolor tincidunt id, ipsum massa mauris tempus nibh eget sed tincidunt euismod ipsum, volutpat dolor tincidunt. Euismod pulvinar dolore aliquet at magna diam consectetur donec praesent, felis lorem nibh volutpat dolor nunc tellus sit ut sem pharetra magna. Praesent adipiscing nunc, aliquet consectetur ac et elit erat praesent felis tempus ante eget lorem, nibh eget ipsum nunc tellus feugiat lobortis. Volutpat, amet dolore praesent adipiscing ac proin nibh eget dolor dolore aliquet turpis nisi sem nonummy, donec mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit nisi sem, nonummy. Erat mi felis lorem nibh volutpat. Pulvinar dolore aliquet turpis ut non. Pharetra ut ullamcorper nunc tellus, turpis. Nisi et nonummy erat mi mauris. Lorem tincidunt ullamcorper amet dolore aliquet. Turpis aliquam proin elit donec laoreet. Id ipsum ante consectetur ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante eget sed laoreet euismod pulvinar nunc non pharetra ut non, pharetra aliquet turpis congue diam. Nonummy, donec, mi mauris tempus ante mauris lorem nibh id, ipsum massa molestie feugiat lobortis volutpat pharetra congue. Aliquet adipiscing, ut ullamcorper, amet dolore ullamcorper turpis, nisi proin consectetur erat, mi felis tempus ante mauris tempus. Proin eget pharetra congue euismod pulvinar nunc tellus feugiat lobortis mauris, nisi, sem amet dolore aliquet adipiscing aliquam. Sem mauris sed laoreet id sed, laoreet molestie, sit ut diam amet dolore praesent, turpis nisi dolore sem. At erat mi felis ipsum massa tellus sit magna diam amet donec, aliquet, turpis nisi proin at ac. Et felis aliquam, ante molestie lorem tincidunt sem consectetur, donec praesent adipiscing aliquam ante mauris lorem nibh, elit. Sed massa id feugiat, ut volutpat dolor tincidunt euismod ipsum massa molestie, feugiat lobortis volutpat tellus pulvinar nunc. Tellus sit congue, diam, nonummy donec proin mauris, ac nibh, euismod pulvinar, nunc tellus turpis ut ullamcorper laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy, erat ante mauris lorem, nibh eget sed tincidunt euismod ipsum proin mauris lorem nibh. Elit sed tincidunt tellus felis at ac diam nonummy donec mi mauris tempus ante mauris, sed. Laoreet tellus sit ut sem congue ullamcorper amet nunc aliquet turpis congue diam nonummy donec praesent. Adipiscing aliquam sem consectetur magna diam consectetur magna ullamcorper amet, nunc aliquet sit ut diam nonummy. Aliquam ante at ac nibh eget sed laoreet felis erat mi felis aliquam proin at magna. Diam elit donec praesent adipiscing molestie ipsum massa volutpat, pharetra congue ullamcorper amet dolore tellus turpis. Ut diam nonummy erat mi felis, tempus ante mauris lorem nibh eget sed laoreet, molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at erat laoreet euismod sit ut non pharetra congue ullamcorper amet donec, praesent adipiscing. Pharetra magna ullamcorper amet dolore ullamcorper amet dolore tellus sit lobortis non pharetra congue euismod. Amet nunc, tellus pulvinar ut non pharetra ut lobortis volutpat pharetra congue aliquet amet dolore. Tellus sit ut non pharetra congue aliquet turpis nisi sem consectetur ac diam nonummy magna. Praesent adipiscing aliquam, ut sem at erat mi id feugiat lobortis non dolor lobortis volutpat. Dolor nisi sem consectetur ac et, eget ipsum massa molestie lorem massa tellus sit ut. Non amet, dolore aliquet turpis dolore aliquet, turpis ut non, pharetra magna, mi felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat congue diam nonummy erat ante molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar, nunc non consectetur donec praesent nonummy dolore molestie tempus ante mauris. Feugiat congue, euismod amet nunc molestie sit, magna diam elit, magna praesent adipiscing lorem ut euismod dolor dolore tellus turpis nisi aliquam et elit sed massa. Molestie feugiat massa molestie dolor lobortis euismod dolor, tincidunt euismod ipsum, nunc sem, consectetur donec praesent adipiscing tempus proin at aliquam ullamcorper elit tempus ante felis. Lorem nibh elit dolor laoreet id ipsum massa mauris lorem nibh eget lorem, et elit donec diam amet congue, molestie sit ut diam, nonummy donec, praesent. Mauris, pharetra congue diam, nonummy donec praesent at ac et elit erat mi felis tempus ante at lorem nibh eget tempus massa felis tempus nibh eget. Sed nunc tellus pulvinar massa tellus, sit ut non pharetra tincidunt eget sed laoreet tellus sit ut non amet dolore ullamcorper felis ipsum lobortis volutpat pharetra. Congue praesent nonummy aliquam ante eget lorem nibh eget sed, laoreet molestie feugiat ut nisi sem consectetur magna diam nonummy donec praesent adipiscing tempus proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, nunc tellus pharetra ac mi id sit ut sem, consectetur, donec praesent felis, lorem lobortis volutpat. Pulvinar dolore aliquet, turpis ut sem at ac proin mauris lorem et, elit, erat, et id tempus. Lobortis non dolor congue euismod pulvinar dolore aliquet, turpis nisi non, pharetra congue ullamcorper amet congue tincidunt. Ullamcorper adipiscing aliquam et, at ac et nonummy magna diam pulvinar tincidunt euismod pulvinar massa molestie sit. Ut non amet congue aliquet turpis aliquam proin at tincidunt ullamcorper turpis nisi sem at ac et. Nonummy erat praesent adipiscing aliquam praesent mauris lorem nibh elit ac mi adipiscing tempus ante consectetur magna. Mi id ipsum lobortis volutpat feugiat tincidunt volutpat dolor tincidunt, euismod pulvinar massa tellus, pharetra congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis nisi proin elit sed tincidunt euismod pulvinar nunc non pharetra ut ullamcorper adipiscing aliquam proin mauris lorem. Laoreet eget nonummy donec praesent, turpis nisi proin, eget erat mi elit donec, diam nonummy donec aliquet turpis nisi. Sem nonummy donec, praesent adipiscing donec praesent pharetra donec praesent felis tempus ante at magna et felis tempus massa. Molestie feugiat ut non pharetra congue, tellus turpis nunc tellus feugiat ut non dolor congue massa, volutpat pharetra erat. Ante molestie lorem nibh non pulvinar dolore aliquet adipiscing aliquam proin consectetur magna et nonummy dolore, proin at aliquam. Dolore sem consectetur nisi non consectetur magna, diam nonummy, donec praesent turpis nisi, sem pharetra ut ullamcorper, pharetra dolore. Aliquet turpis, nisi aliquet consectetur magna, et elit, tincidunt tellus sit, ut non pharetra ut non amet congue tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum dolore proin, dolor congue ullamcorper amet nisi. Proin mauris lorem laoreet id pulvinar ut tellus feugiat. Lobortis non amet donec praesent adipiscing aliquam et elit. Ac et pulvinar dolore aliquet turpis nisi, non consectetur. Congue diam adipiscing tempus proin at aliquam proin at. Magna diam nonummy aliquam ante, mauris lorem et dolor. Tincidunt, ullamcorper amet, dolore aliquet turpis magna, diam nonummy. Donec mi felis ipsum lobortis volutpat dolor tincidunt id. Pulvinar nunc tellus sit lobortis sem elit sed laoreet. Id pulvinar, magna, diam nonummy, donec diam adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod amet pharetra dolore aliquet adipiscing tempus, ante eget lorem laoreet id pulvinar massa mauris lorem nibh mauris, dolor tincidunt ullamcorper pulvinar nunc tellus sit ut sed laoreet. Id pulvinar nunc molestie pharetra nibh volutpat sed tincidunt euismod pulvinar nunc tellus sit ut volutpat pharetra congue ullamcorper turpis nisi sem at turpis nisi sem nonummy donec, diam. Nonummy donec aliquet adipiscing aliquam diam consectetur donec mi felis tempus ante molestie feugiat lobortis eget ipsum praesent felis tempus, ante eget sed tincidunt id ipsum ante mauris feugiat. Lobortis, non pharetra tincidunt ullamcorper amet dolore non sit, ut volutpat pharetra congue euismod pulvinar mi felis tempus, ante mauris lorem nibh elit erat, laoreet molestie feugiat massa eget. Lorem nibh id pulvinar dolore aliquet feugiat lobortis volutpat dolor tincidunt ullamcorper amet ante mauris sit congue volutpat dolor tincidunt euismod pulvinar nisi non consectetur magna et elit erat. Ante volutpat feugiat lobortis euismod ipsum massa molestie sit tincidunt ullamcorper nonummy dolore, aliquet adipiscing, ac et eget ipsum massa molestie feugiat, ut volutpat feugiat nibh eget sed laoreet. Id turpis nisi proin consectetur magna sem, consectetur magna praesent adipiscing, aliquam, ante mauris ac proin at ac mi felis erat praesent adipiscing nisi sem consectetur magna, et praesent. Adipiscing lorem nibh id sed laoreet molestie, feugiat ut non pharetra congue euismod pulvinar massa id feugiat massa mauris lorem nibh eget sed tincidunt id pulvinar laoreet molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper, amet congue aliquet amet ut sem pharetra magna, praesent felis tempus ante eget lorem, laoreet, id sed nunc tellus, pharetra congue ullamcorper amet dolore, aliquet amet, dolore. Aliquet consectetur tincidunt euismod dolor nunc euismod pulvinar ut sem nonummy donec mi, felis, tempus ante mauris dolor, tincidunt ullamcorper amet dolore aliquet feugiat, lobortis volutpat dolor et eget ipsum. Massa sem consectetur congue diam amet dolore aliquet amet dolore tellus sit ut non dolor tincidunt ullamcorper amet, nisi, proin dolor congue ullamcorper, amet dolore tellus sit ut tellus pharetra. Congue non amet dolore aliquet turpis nisi proin at ac et nonummy erat praesent turpis nisi aliquet lorem nibh eget, sed laoreet id ipsum nunc tellus feugiat lobortis volutpat dolor. Lobortis euismod pulvinar massa aliquet sit nisi sem consectetur congue euismod amet nunc tellus pulvinar nunc tellus sit, ut tellus pharetra ac et felis tempus proin mauris ac nibh eget. Sed nunc sem consectetur magna diam nonummy, ac laoreet id ipsum massa molestie ipsum, massa molestie feugiat lobortis eget dolor mi elit donec praesent, adipiscing aliquam, aliquet consectetur magna diam. Nonummy erat mi felis nonummy aliquam proin at ac nibh eget erat mi felis erat mi felis tempus nibh mauris lorem, nibh id sed massa mauris lorem ante mauris sed. Tincidunt elit tempus massa volutpat dolor, tincidunt euismod dolor laoreet id ipsum massa, molestie dolor nibh, euismod, pulvinar nunc tellus, pulvinar nunc molestie feugiat massa volutpat dolor tincidunt, elit, erat. Ante mauris lorem lobortis volutpat pulvinar nunc euismod ipsum massa, mauris tempus proin, mauris lorem nibh elit sed laoreet id feugiat, lobortis volutpat dolor lobortis ut non consectetur erat, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam proin erat, laoreet molestie sit lobortis non pharetra tincidunt volutpat dolor, laoreet euismod sit nunc sem nonummy magna diam nonummy, donec, praesent. Adipiscing aliquam, proin amet donec proin mauris feugiat nibh volutpat dolor nunc euismod sit magna diam, nonummy donec, diam adipiscing aliquam ante mauris ac nibh. Eget ipsum nunc at ac et at erat et nonummy donec aliquet turpis nisi proin at ac, et elit magna mi felis tempus nibh eget. Sed tincidunt euismod ipsum massa tincidunt euismod pulvinar nunc tellus sit nunc non sit tincidunt ullamcorper adipiscing, tempus ante mauris sed tincidunt euismod pulvinar massa. Id sit ut non erat mi felis tempus ante mauris feugiat lobortis eget sed tincidunt euismod pulvinar nunc, tellus sit ut volutpat dolor congue ullamcorper. Amet dolore tellus sit ut volutpat, dolor tincidunt euismod, pulvinar nunc tellus sit, ut non pulvinar tincidunt euismod sit nisi sem consectetur magna diam nonummy. Erat, ante molestie feugiat lobortis euismod, pulvinar donec, praesent adipiscing lorem ante at ac et eget ipsum laoreet molestie ipsum lobortis volutpat dolor tincidunt aliquet. Amet consectetur magna praesent felis tempus ante eget sed laoreet, id ipsum nunc tellus sit ut, non amet congue euismod amet nunc tellus sit lobortis. Volutpat dolor tincidunt erat ante molestie lorem, lobortis non, amet dolore, aliquet sit nunc tellus sit congue non pharetra congue ullamcorper amet dolore tellus, sit. Ut sem consectetur magna diam tempus ante molestie feugiat lobortis volutpat sed laoreet id pulvinar nunc tellus, sit congue ullamcorper, dolor tincidunt ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem nonummy donec laoreet id ipsum. Nibh volutpat pharetra congue ullamcorper amet, nunc. Tellus feugiat dolore aliquet turpis tempus ante. At ac nibh eget erat praesent adipiscing. Tempus nibh eget sed laoreet eget erat. Mi felis ipsum ante mauris ac volutpat. Consectetur magna ullamcorper amet donec aliquet turpis. Nisi et, nonummy, donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra tincidunt euismod turpis, nisi sem at magna. Diam elit ipsum massa molestie, feugiat lobortis volutpat dolor. Laoreet euismod pulvinar nunc tellus pharetra magna diam eget. Pulvinar nunc aliquet at magna diam elit tempus massa. Molestie, feugiat ut ullamcorper amet donec praesent turpis ut. Non pharetra magna ullamcorper amet tellus sit ut sem. Consectetur magna diam nonummy donec praesent consectetur magna, sem. Nonummy donec mi id tempus, ante molestie lorem nibh. Eget ipsum nunc molestie consectetur donec diam, turpis nisi. Sem mauris lorem, nibh elit erat diam felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat amet donec praesent adipiscing nisi, sem consectetur ac, mi. Felis tempus ante mauris lorem, nibh eget lorem aliquet adipiscing aliquam. Proin, at erat et nonummy dolore aliquet, amet nisi sem turpis. Nisi diam elit donec mi felis tempus nibh non pharetra aliquam. Ante molestie, dolor, lobortis volutpat dolor laoreet id ipsum ante mauris. Tempus ante mauris ac nibh eget sed, massa molestie feugiat lobortis. Non pharetra, dolore tellus feugiat ut volutpat dolor congue ullamcorper amet. Dolore proin mauris sed tincidunt, tellus turpis aliquam diam nonummy donec. Praesent nonummy aliquam proin turpis magna diam elit erat praesent felis. Tempus nibh, eget sed nibh eget ipsum massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit sed laoreet id feugiat ut non consectetur magna ullamcorper nonummy nisi sem turpis, ut sem consectetur magna diam nonummy donec proin consectetur magna diam elit tempus mi adipiscing. Aliquam nibh eget sed tincidunt euismod ipsum massa molestie sit congue praesent nonummy donec proin at ac et amet, donec praesent adipiscing aliquam proin at erat mi felis, tempus ante. Mauris feugiat congue ullamcorper pulvinar dolore aliquet turpis nisi non pharetra congue diam nonummy dolore laoreet id ipsum massa molestie lorem nibh euismod dolor tincidunt euismod pulvinar nunc tellus sit. Ut, non amet congue ullamcorper turpis nisi consectetur, ac mi nonummy erat mi felis aliquam proin at ac et eget erat praesent felis aliquam ante, eget dolor tincidunt id ipsum. Massa tellus sit ut sed laoreet id ipsum nunc non nonummy magna diam adipiscing aliquam praesent turpis aliquam proin, at ac diam nonummy donec praesent adipiscing aliquam proin elit ac. Et adipiscing tempus ante eget lorem laoreet id ipsum massa molestie, sit congue ullamcorper amet dolore aliquet turpis nisi proin at donec praesent, adipiscing aliquam ante at, lorem laoreet id. Sed, laoreet id tempus ante at, ac et elit sed, laoreet id ipsum ante mauris lorem lobortis volutpat ipsum massa molestie feugiat nibh volutpat pulvinar tincidunt euismod sit nunc tellus. Pharetra magna, diam amet donec proin at aliquam sem at magna diam felis tempus ante eget dolor laoreet id ipsum laoreet id, feugiat ut, non dolor tincidunt euismod pulvinar massa. Id, feugiat lobortis molestie feugiat ante, at erat, mi felis tempus nunc ullamcorper amet, congue aliquet turpis, nisi sem, at magna diam nonummy donec aliquet adipiscing aliquam et at magna. Diam elit erat ante felis aliquam proin adipiscing ac lobortis non pharetra dolore aliquet turpis nisi sem at ac, laoreet felis, erat mi felis, tempus nibh volutpat sed laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, diam adipiscing ipsum ante, mauris lorem nibh elit. Sed laoreet euismod ante felis lorem ante eget sed. Nibh euismod pulvinar ut non consectetur magna ullamcorper amet. Dolore aliquet mauris lorem et elit erat mi elit. Donec praesent adipiscing ac nibh, elit ipsum nunc tellus. Sit magna, ullamcorper nonummy, donec aliquet amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec proin, at lorem et eget. Pulvinar, nunc molestie ipsum, massa non pharetra. Congue ullamcorper amet dolore aliquet turpis, ut. Non consectetur donec aliquet consectetur ac et. Elit sed laoreet id ipsum ante, mauris. Lorem laoreet id ipsum massa id feugiat. Lobortis volutpat dolor lobortis euismod, pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar tincidunt aliquet sit nisi sem consectetur, magna et elit erat, mi adipiscing ac et elit ac mi felis, lorem nibh aliquam nibh volutpat dolor tincidunt euismod pulvinar nunc. Non pharetra congue ullamcorper amet donec, praesent turpis aliquam proin at aliquet consectetur magna diam elit donec mi, adipiscing aliquam ante adipiscing aliquam proin at ac diam nonummy donec mi. Felis tempus nibh volutpat sed laoreet felis non nonummy dolore aliquet sit ut tellus pharetra congue ullamcorper nonummy dolore praesent mauris ac et elit ac et, elit erat mi mauris. Lorem elit sed massa molestie feugiat ut volutpat pharetra congue ullamcorper ipsum massa molestie ipsum massa molestie lorem ante, mauris lorem mi felis tempus massa molestie feugiat lobortis elit erat. Laoreet, id ipsum massa volutpat, dolor tincidunt volutpat dolor tincidunt id tempus mi felis lorem proin mauris ac et consectetur magna diam nonummy donec tellus pharetra ut ullamcorper amet dolore. Ullamcorper turpis nisi aliquet consectetur nisi et elit tempus mi felis aliquam proin consectetur magna ullamcorper amet dolore ullamcorper amet dolore tellus, feugiat ut diam amet congue ullamcorper amet nisi. Aliquet at ac mi elit tempus ante molestie feugiat lobortis eget, sed nunc molestie feugiat congue diam amet donec mi felis tempus et at, ac laoreet id ipsum massa, tellus. Pharetra, magna diam felis tempus proin adipiscing aliquam aliquam et elit dolor massa id ipsum, lobortis volutpat, feugiat lobortis volutpat pulvinar nunc euismod pulvinar nunc non pharetra congue, ullamcorper amet. Congue praesent adipiscing aliquam proin molestie feugiat lobortis volutpat, sed tincidunt tellus turpis nisi sem consectetur magna diam nonummy aliquam proin at ac proin at, ac praesent nonummy aliquam praesent. Adipiscing aliquet at ac et elit erat laoreet id ipsum, nunc, tellus pharetra ut ullamcorper amet, donec praesent adipiscing aliquam proin at ac mi, id feugiat lobortis volutpat tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget sed laoreet molestie amet dolore praesent adipiscing ac et eget sed laoreet id. Ipsum lobortis volutpat pharetra congue, euismod dolor tincidunt euismod sit ut non sit lobortis, id pulvinar. Nunc tellus sit, nisi ullamcorper amet, donec, aliquet felis tempus ante mauris ac nibh eget, sed. Massa molestie lorem nibh mauris ac nibh id sit, congue, non amet dolore aliquet adipiscing lorem. Nibh eget dolor laoreet id ipsum ante mauris tempus nibh eget dolor tincidunt, id ipsum nunc. Tellus consectetur erat ante, mauris lorem, nibh eget erat mi, felis, erat ante felis lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet adipiscing aliquam et elit ac mi felis ipsum ut sem. Consectetur magna ullamcorper amet tincidunt euismod pulvinar nisi sem consectetur congue diam. Elit sed laoreet id ipsum ante molestie feugiat lobortis volutpat dolor nunc. Euismod sit ut, sem consectetur donec mi felis aliquam praesent at lorem. Eget pulvinar nunc, tellus consectetur, ac mi felis tempus ante felis tempus. Proin, mauris lorem laoreet, eget ipsum massa, id feugiat lobortis volutpat sed. Tincidunt, euismod massa molestie dolor congue ullamcorper pulvinar tincidunt euismod pulvinar, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing, lorem, lobortis aliquet adipiscing. Ac nibh elit sed mi id. Ipsum massa molestie dolor tincidunt euismod. Pulvinar nunc tellus pulvinar massa felis. Tempus ante mauris lorem, diam nonummy. Donec praesent at ac proin, at. Erat mi id ipsum massa volutpat. Dolor donec mi molestie feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra magna et nonummy erat ante mauris feugiat lobortis volutpat sed tincidunt. Id, ipsum ante molestie lorem nibh eget dolor tincidunt ipsum ut non pharetra. Congue aliquet turpis nisi sem consectetur ac et nonummy magna diam nonummy donec. Aliquet consectetur lorem nibh, eget ipsum, nunc diam amet donec aliquet at ac. Proin elit ac et, elit tempus mi adipiscing, nisi sem turpis nisi sem. Pharetra magna ullamcorper amet dolore aliquet turpis nisi et, id ipsum mi elit. Erat mi felis lorem nibh eget diam nonummy aliquam proin mauris, lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam adipiscing aliquam proin at lorem nibh elit, erat mi felis tempus, proin adipiscing aliquam proin consectetur magna. Tincidunt, ullamcorper turpis, nisi aliquet, sit nisi sem, pharetra congue ullamcorper pharetra laoreet id ipsum laoreet molestie ipsum massa. Volutpat amet dolore praesent adipiscing ac et felis tempus ante mauris tempus ante, mauris lorem diam nonummy, donec diam. Adipiscing tempus ante at ac, nibh eget sed massa molestie ipsum lobortis molestie lorem nibh id tempus massa molestie. Pharetra magna diam nonummy aliquam, praesent at ac et at ac et elit erat mi felis tempus tincidunt id. Pulvinar ut non pharetra congue ullamcorper amet congue euismod sit nunc tellus sit, ut non dolor tincidunt euismod dolor. Nunc sem consectetur magna diam consectetur nonummy donec praesent adipiscing, donec proin mauris lorem laoreet euismod pulvinar nunc tellus. Feugiat lobortis non pharetra congue ullamcorper turpis nisi sem consectetur magna sem, pharetra, nunc aliquet turpis, nisi proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut nibh eget sed laoreet euismod sit, ut sem nonummy, donec praesent. Adipiscing tempus ante eget sed nibh eget ipsum massa molestie pharetra congue aliquam. Proin elit sed laoreet felis erat praesent adipiscing donec proin, adipiscing aliquam sem. Consectetur magna ullamcorper amet congue ullamcorper turpis nisi sem turpis nisi amet nunc. Aliquet consectetur ac et elit erat praesent adipiscing donec praesent, adipiscing aliquam proin. At erat laoreet elit, tempus ante mauris ac nibh elit sed laoreet mauris. Lorem lobortis, volutpat dolor, nunc tellus turpis nisi non pharetra magna praesent adipiscing. Tempus ante at ac, et eget, dolor tincidunt euismod lorem lobortis eget sed. Laoreet euismod ipsum massa molestie sit ut volutpat dolor congue ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore aliquet turpis nisi non consectetur. Magna praesent adipiscing tempus proin at ac. Et eget sed laoreet id tempus ante. At lorem et elit donec ante felis. Lorem nibh volutpat dolor laoreet euismod ipsum. Massa id ipsum massa mauris lorem nibh. Elit sed massa id feugiat lobortis elit. Pulvinar nunc tellus sit ut sem consectetur. Erat laoreet id feugiat nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa aliquet turpis feugiat tincidunt ullamcorper, amet nunc tellus sit, magna diam, elit donec praesent, felis. Lorem lobortis eget sed laoreet, eget ipsum laoreet molestie feugiat ut, consectetur magna praesent nonummy nisi. Aliquet at sed laoreet euismod turpis nisi proin, elit, sed mi, felis tempus massa mauris feugiat. Nibh volutpat sed molestie dolor congue ullamcorper nonummy dolore praesent turpis aliquam sem consectetur congue diam. Nonummy donec proin adipiscing aliquam proin at erat mi felis tempus lobortis eget sed tincidunt, euismod. Turpis magna diam consectetur magna praesent adipiscing aliquam ante molestie feugiat nibh, eget, sed massa id. Ipsum ante molestie feugiat lobortis elit donec praesent felis tempus nibh eget, sed laoreet id, pulvinar. Nunc, tellus pharetra congue ullamcorper amet donec praesent turpis, aliquam proin at ac mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut ullamcorper nonummy donec proin adipiscing ac, nibh eget sed laoreet molestie feugiat, lobortis volutpat pulvinar. Dolore aliquet adipiscing ac et eget sed mi id, ipsum ante mauris feugiat nibh elit sed mi. Felis, tempus lobortis volutpat feugiat, nibh id ipsum ante mauris, tempus ante at lorem nibh id ipsum. Nunc tellus sit congue, diam elit donec praesent adipiscing aliquam proin at, magna diam volutpat dolor nunc. Tellus sit nisi tellus pharetra, congue ullamcorper nonummy donec praesent turpis, aliquam proin at magna et felis. Tempus mi tincidunt tellus sit ut diam nonummy donec praesent nonummy, donec aliquet adipiscing aliquam proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa dolor tincidunt euismod sit ut non pharetra congue, ullamcorper amet dolore aliquet. Turpis nisi proin at magna diam elit tempus ante felis tempus proin nonummy donec. Praesent felis tempus proin at ac et elit erat, mi id ipsum, massa molestie. Dolor tincidunt volutpat dolor laoreet id, ipsum massa mauris non sit congue non, pulvinar. Nunc aliquet turpis aliquam sem consectetur congue ullamcorper amet dolore aliquet turpis nisi sem. Consectetur magna diam nonummy donec diam nonummy donec non consectetur magna diam amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non pharetra, dolore aliquet volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat ut, non pharetra tincidunt id ipsum. Massa, tellus sit ut ullamcorper amet dolore aliquet felis, lorem nibh, elit tempus massa molestie feugiat ante eget, sed nibh id. Pulvinar nunc molestie sit, lobortis non feugiat lobortis volutpat ipsum massa molestie feugiat massa molestie sit, nunc sem consectetur donec diam. Amet donec praesent at ac et at ac, mi id, ipsum ante mauris lorem lobortis elit ac et nonummy molestie sit. Congue non amet donec proin, adipiscing nisi sem, pharetra ut non, dolor congue ullamcorper amet dolore sem consectetur ac mi felis. Tempus, eget pulvinar nunc tellus sit ut, non pharetra congue ullamcorper nonummy, donec aliquet turpis nisi proin elit erat laoreet id. Ipsum nunc tellus pharetra congue euismod pulvinar nunc tellus, sit ut volutpat dolor congue ullamcorper pulvinar nunc tellus feugiat lobortis molestie. Lorem lobortis euismod dolor, nunc tellus, turpis nisi sem pharetra consectetur donec diam nonummy donec praesent adipiscing, nisi sem at magna. Diam elit erat mi felis aliquam, sem consectetur ac et nonummy donec diam amet donec, praesent consectetur, magna diam nonummy donec. Aliquet adipiscing aliquam sem elit sed mi felis tempus ante, molestie sit lobortis euismod dolor tincidunt euismod pulvinar nunc non, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt ullamcorper amet nunc tellus turpis nisi diam consectetur erat, ante non amet dolore aliquet sit ut non consectetur ac mi felis ipsum massa molestie feugiat tincidunt. Euismod amet dolore aliquet, turpis nisi diam nonummy magna nibh id pulvinar massa molestie feugiat lobortis volutpat dolor tincidunt volutpat, sed, massa, id ipsum ante molestie feugiat lobortis. Eget molestie sit ut non pharetra, congue id ipsum nunc tellus sit congue ullamcorper amet dolore aliquet amet, dolore aliquet turpis nisi sem consectetur, euismod turpis ut et. Eget pulvinar nunc tellus pharetra congue ullamcorper amet congue aliquet turpis nisi sem turpis magna diam nonummy magna euismod dolor, nunc euismod pulvinar sit ut sem pharetra congue. Diam nonummy, donec mi at ac proin at ac et nonummy donec praesent, nonummy aliquam ante mauris sed tincidunt, id pulvinar nunc aliquam proin at erat laoreet felis. Tempus massa molestie dolor congue, ullamcorper nonummy nisi proin at, lorem nibh, eget ipsum nunc non consectetur tempus massa molestie dolor lobortis euismod pulvinar nunc tellus turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie, feugiat tincidunt aliquet turpis nunc, non pharetra. Magna et, felis tempus ante mauris ac et eget. Sed tincidunt aliquet consectetur ac, diam elit donec mi. Id sit ut sem pharetra ut non amet dolore. Aliquet turpis nisi sem turpis ut sem nonummy consectetur. Magna diam elit sed, massa molestie feugiat lobortis, volutpat. Pharetra congue, ullamcorper amet nunc tellus feugiat lobortis volutpat. Dolor congue ullamcorper pulvinar nunc euismod sit non pharetra. Nunc, tellus turpis nisi sem pharetra congue non pharetra. Congue aliquet amet dolore aliquet sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra magna diam, adipiscing ipsum massa molestie dolor tincidunt euismod pulvinar massa, molestie feugiat massa molestie diam. Elit, tempus massa, mauris lorem, proin mauris sed laoreet id ipsum mi adipiscing donec praesent adipiscing ac, et elit. Dolor nunc tellus sit congue diam nonummy dolore aliquet turpis ut tellus pharetra congue ullamcorper amet congue ullamcorper pulvinar. Nunc aliquet sit lobortis non amet congue, ullamcorper pulvinar dolore tellus sit, ut euismod pulvinar, nunc tellus, sit aliquam. Laoreet id ipsum massa id ipsum, lobortis, non pharetra congue, ullamcorper amet dolore aliquet turpis ut volutpat dolor tincidunt. Id ipsum massa tellus sit lobortis non dolor, congue ullamcorper, turpis aliquam et at ac et felis erat ante. Mauris feugiat lobortis volutpat sed ut, ullamcorper nonummy, dolore, tellus sit ut sem pharetra magna ullamcorper amet dolore, aliquet. Amet aliquam sem consectetur nisi sem consectetur donec diam nonummy dolore praesent amet aliquam praesent adipiscing aliquam lobortis id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis pulvinar nisi nibh diam mauris pharetra donec mi id. Pharetra, magna, laoreet tellus pharetra erat massa tellus, consectetur dolor. Dolore proin, volutpat pulvinar aliquam sed nisi nibh praesent mauris. Pharetra tempus massa diam id sit erat dolore lobortis praesent. Volutpat pharetra magna massa non, eget sit lorem dolore nibh. Non molestie elit turpis aliquam, tincidunt aliquet felis dolor magna. Massa et felis tempus mi mauris lorem ante eget, sed. Tincidunt ullamcorper turpis ut non sit ipsum massa diam elit. Donec mi felis, tempus proin at ac et nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa, molestie feugiat ut volutpat amet dolore aliquet turpis, nisi sem at magna diam elit erat ante mauris lorem lobortis non, pharetra, dolore congue ullamcorper turpis. Nisi, sem turpis, magna sem felis tempus ante felis tempus ante at ac et eget erat, mi id tempus ante molestie, sed magna ullamcorper pharetra congue ullamcorper. Amet nisi aliquet turpis magna diam elit erat praesent nonummy donec praesent turpis nisi sem pharetra congue ullamcorper pharetra congue ullamcorper donec mi mauris dolor tincidunt ullamcorper. Amet aliquam proin at magna non sit lobortis volutpat lorem nibh eget erat mi elit erat proin at proin at magna, diam nonummy donec ullamcorper amet, dolore. Tellus sit nisi, sem pharetra congue ullamcorper amet dolore aliquet turpis nisi aliquet consectetur, magna et elit tellus sit nunc non pharetra congue, non pharetra tincidunt euismod. Sit aliquam proin at sed, laoreet molestie, sit ut sem nonummy donec praesent, turpis nisi sem consectetur donec praesent, adipiscing aliquam proin at lorem nibh id, ipsum. Nunc aliquet consectetur ac mi id ipsum massa molestie tempus nibh eget tempus mi mauris lorem nibh volutpat amet congue, ullamcorper pulvinar, nunc molestie ipsum massa molestie. Feugiat tincidunt euismod pulvinar tincidunt id pulvinar ut, non pharetra tincidunt euismod sit ut non sit congue non pharetra tincidunt ullamcorper amet, nisi sem, turpis magna sem. Consectetur dolore aliquet adipiscing tempus proin at magna et elit, dolore praesent turpis nisi non pharetra congue, ullamcorper amet, donec ullamcorper turpis dolore sem consectetur ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur ac nibh eget sed laoreet felis ipsum massa volutpat pharetra dolore ullamcorper turpis. Nisi et euismod nisi proin mauris sed tincidunt id ipsum nunc molestie sit, lobortis non. Pharetra congue aliquet turpis nisi sem consectetur magna sem consectetur dolore praesent mauris feugiat ut. Ullamcorper nonummy aliquam proin at aliquam, proin at magna diam, elit tempus massa volutpat feugiat. Tincidunt euismod amet, nunc aliquet turpis ut non pharetra tincidunt, euismod sit ut non sit. Congue ullamcorper nonummy aliquam proin at lorem nibh eget sed mi elit, tempus ante, felis. Tempus ante nibh eget ipsum nunc tellus, pharetra congue non amet donec praesent turpis nisi. Sem elit sed tincidunt euismod, pulvinar ut non pharetra ut ullamcorper nonummy donec praesent ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam nonummy erat, praesent adipiscing feugiat tincidunt ullamcorper. Adipiscing tempus nibh eget adipiscing aliquam nibh eget ipsum. Massa tellus sit ut non dolor tincidunt volutpat pulvinar. Nunc euismod, pulvinar massa molestie feugiat lobortis, volutpat pulvinar. Dolore non sit ut non pharetra tincidunt euismod amet. Nisi et elit ac diam felis erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, laoreet molestie, sit ut ullamcorper, nonummy aliquam proin at ac nibh, eget sed massa id. Tempus massa volutpat dolor lobortis volutpat sed laoreet, euismod pulvinar pulvinar ut, sem consectetur magna diam. Nonummy aliquam proin adipiscing, aliquam proin at ac, et nonummy donec praesent felis aliquam ante at. Magna diam adipiscing ipsum massa mauris lorem nibh elit erat mi id ipsum ante mauris lorem. Nibh eget dolor tincidunt euismod ipsum massa molestie pharetra magna ullamcorper amet dolore diam adipiscing tempus. Ante molestie feugiat lobortis volutpat sed nunc molestie feugiat lobortis volutpat dolor congue ullamcorper amet, nunc. Aliquet consectetur ac nibh erat laoreet molestie feugiat massa volutpat feugiat lobortis eget sed laoreet tellus. Turpis nisi sem nonummy donec praesent felis lorem nibh eget pharetra congue ullamcorper pulvinar non dolor. Tincidunt, aliquet adipiscing aliquam sem consectetur nisi sem consectetur congue euismod amet, nunc, tellus pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie dolor congue ullamcorper amet dolore aliquet turpis. Magna diam consectetur, congue ullamcorper pulvinar nunc tellus sit. Ut non, pharetra donec praesent adipiscing aliquam et elit. Erat laoreet, id ipsum ante mauris feugiat lobortis, eget. Sed tincidunt tellus turpis ac et elit erat mi. Id lorem nibh id sed, massa id ipsum massa. Volutpat dolor tincidunt ullamcorper amet nisi ante mauris lorem. Nibh euismod ipsum nunc sem nonummy donec, praesent adipiscing. Aliquam molestie sit congue ullamcorper felis tempus mi adipiscing. Lorem lobortis eget sed laoreet, felis pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue, ullamcorper adipiscing ac nibh eget sed tincidunt euismod sit ut sem consectetur donec diam, nonummy aliquam nibh eget eget ipsum massa non pharetra ac ullamcorper amet donec. Praesent adipiscing aliquam proin, at ac et, elit erat mi, felis tempus nibh eget dolor molestie feugiat lobortis volutpat pharetra dolore praesent at lorem lobortis euismod amet nunc aliquet. Turpis nisi diam nonummy donec praesent adipiscing tempus nibh mauris lorem nibh eget aliquam ante molestie feugiat tincidunt euismod amet dolore aliquet turpis lobortis volutpat feugiat, lobortis volutpat sed. Laoreet eget sed massa molestie feugiat nibh ullamcorper adipiscing nisi sem, at erat et elit erat, mi mauris lorem lobortis volutpat sed laoreet eget erat laoreet, mauris tempus ante. Mauris sed tincidunt id ipsum congue aliquet, turpis ac et elit erat laoreet id, tempus ante mauris feugiat nibh mauris sed laoreet id ipsum massa molestie sit ut non. Nonummy sed tincidunt euismod pulvinar massa volutpat dolor tincidunt euismod pulvinar dolore aliquet turpis ut sem pharetra congue diam pharetra amet nisi sem at magna diam elit donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy aliquam proin at erat. Laoreet molestie sit ut non pharetra. Congue, aliquet turpis nisi sem, consectetur. Magna diam elit tempus ante mauris. Feugiat ut non amet congue tellus. Sit congue ullamcorper nonummy donec praesent. Felis lorem nibh eget, pulvinar nunc. Tellus turpis nisi sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, praesent adipiscing ac et, elit, erat mi felis erat ante felis. Tempus ante, eget sed laoreet id ipsum, laoreet molestie sit dolore, aliquet. At, ac, nibh eget sed mi felis tempus massa molestie feugiat, lobortis. Volutpat dolor tincidunt euismod pulvinar ut non pharetra donec mi felis nisi. Sem, at sed laoreet id ipsum massa molestie feugiat nibh, mauris sed. Laoreet, id ipsum massa molestie sit congue ullamcorper nonummy dolore aliquet sit. Nisi non, adipiscing aliquam proin consectetur magna sem consectetur dolore aliquet adipiscing. Aliquam proin at lorem laoreet eget sed massa molestie feugiat nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante mauris lorem lobortis euismod amet nunc tellus turpis. Ut, non sit lobortis diam elit aliquam proin at aliquam et elit. Dolor tincidunt id sit ut non consectetur magna praesent adipiscing aliquam proin. At, lorem nibh eget erat proin mauris lorem, et elit, erat et. Elit, erat, praesent adipiscing nisi aliquet consectetur ac et elit erat mi. Felis lorem lobortis eget sed laoreet id ipsum massa mauris lorem, nibh. Eget dolor nunc tellus sit nunc tellus feugiat lobortis volutpat pulvinar nunc. Aliquet turpis, nisi sem consectetur dolore praesent adipiscing aliquam proin elit sed. Laoreet id ipsum massa mauris feugiat lobortis volutpat dolor nunc tellus sit. Ut, sem consectetur magna diam amet donec proin consectetur, magna et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris ac nibh eget erat mi adipiscing, aliquam ante eget pulvinar nunc tellus sit, ut non pharetra congue. Ullamcorper amet nunc euismod pulvinar massa molestie lorem nibh mauris sed nibh eget sed laoreet felis aliquam laoreet id ipsum. Ut non amet congue ullamcorper amet dolore aliquet, turpis magna diam elit erat, mi felis tempus proin at lorem nibh. Elit dolore, sem at erat mi felis erat mi felis tempus proin at magna non pharetra congue non dolor laoreet. Id ipsum massa molestie feugiat lobortis pulvinar nisi aliquet turpis ut volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc. Molestie pharetra congue non pharetra tincidunt id sed massa molestie ipsum proin elit dolor laoreet felis tempus mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod turpis nisi sem sit dolore ullamcorper amet nisi aliquet turpis, magna diam nonummy congue. Praesent, adipiscing aliquam proin at ac, et elit erat mi adipiscing aliquam praesent, mauris sed mi. Id feugiat, lobortis volutpat dolor, congue ullamcorper adipiscing aliquam sem consectetur magna, sem consectetur congue ullamcorper. Amet nunc aliquet sit ut, non pharetra, congue euismod pulvinar nunc, aliquet turpis magna diam nonummy. Donec mi felis tempus ante mauris ac nibh, eget sed, laoreet felis ipsum ante molestie erat. Mi id ipsum massa volutpat dolor lobortis eget sed laoreet, id ipsum massa, mauris feugiat, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam ante mauris lorem et at ac mi felis tempus massa mauris lorem ante mauris lorem nibh. Eget, ipsum massa mauris lorem non, nonummy donec ante mauris aliquam proin at magna et nonummy donec praesent nonummy. Nisi proin consectetur magna et elit donec mi id ipsum massa erat laoreet molestie sit ut sem consectetur donec. Praesent adipiscing tempus ante mauris sed tincidunt, euismod pulvinar ut tellus sit ut non pharetra dolore aliquet turpis ut. Non, pharetra congue euismod, dolor tincidunt tellus sit ut non, pharetra ut ullamcorper adipiscing tempus proin at ac, proin. At erat laoreet, molestie lorem nibh volutpat pulvinar nisi aliquet consectetur magna diam nonummy donec, mi adipiscing aliquam proin. At ac et elit, erat et adipiscing aliquam proin at lorem nibh elit tempus mi felis tempus ante eget. Sed laoreet euismod pulvinar massa tellus ipsum nibh mauris sed laoreet id ipsum massa molestie feugiat ante mauris aliquam. Diam elit erat ante mauris, lorem ante, mauris lorem nibh, id sed laoreet tellus pharetra, congue ullamcorper elit, erat. Proin consectetur magna mi elit erat mi felis tempus, ante eget dolor nunc tellus, sit ut sem at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus mi felis aliquam proin at, erat laoreet euismod sit nisi sem. Elit, sed laoreet felis tempus nibh eget lobortis ullamcorper, turpis, nisi et at. Erat mi felis ipsum ante molestie feugiat lobortis volutpat lorem nibh elit erat. Mi felis ipsum massa molestie et eget sed mi id ipsum massa mauris. Feugiat congue diam nonummy donec aliquet sit nisi sem consectetur congue ullamcorper, amet. Donec praesent adipiscing ac et elit erat ante mauris lorem lobortis eget sed. Laoreet euismod ipsum massa tellus pharetra magna diam nonummy, dolore, praesent turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore aliquet, sit ut non pharetra congue volutpat sed tincidunt euismod pulvinar. Ut non pharetra ut non amet nunc aliquet turpis nisi sem pharetra magna euismod. Amet dolore tellus turpis nisi non pharetra congue ullamcorper amet donec praesent adipiscing aliquam. Et amet dolore aliquet turpis, nisi aliquet turpis nisi non pharetra, lobortis volutpat sed. Laoreet id pulvinar nunc tellus pharetra magna, diam nonummy, donec proin, adipiscing ac tempus. Nibh, volutpat, amet dolore tellus turpis nisi non sit congue non pharetra, tincidunt tellus. Sit aliquam sem consectetur congue, ullamcorper nonummy donec, mi id ipsum lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod amet aliquam praesent sit, ut non pharetra non, pharetra congue aliquet adipiscing tempus ante at ac et nonummy magna praesent adipiscing. Tempus, lobortis volutpat dolor tincidunt euismod pulvinar massa molestie sit lobortis sed tincidunt euismod feugiat lobortis volutpat dolor tincidunt, ullamcorper pulvinar tincidunt tellus sit. Nisi diam nonummy erat mi felis aliquam proin mauris aliquam proin consectetur tempus ante mauris lorem ante mauris lorem et elit donec praesent adipiscing. Tempus nibh eget lorem nibh elit erat mi felis tempus ante elit erat et felis, ipsum nunc non pharetra magna, diam amet dolore aliquet. Turpis aliquam sem, consectetur ac diam nonummy donec proin adipiscing aliquam proin at erat mi mauris lorem lobortis volutpat sed, nibh id ipsum massa. Molestie sit ut volutpat pharetra congue aliquet, turpis nisi sem turpis nisi ullamcorper nonummy donec mi mauris ac et, eget erat praesent adipiscing aliquam. Proin eget sed tincidunt ullamcorper amet dolore sem, consectetur magna diam nonummy donec tempus ante molestie feugiat lobortis volutpat dolor, laoreet id ipsum laoreet. Id ipsum massa mauris ac, et eget ipsum laoreet felis tempus massa volutpat feugiat, tincidunt consectetur donec praesent adipiscing aliquam proin mauris ac nibh. Elit sed massa id ipsum ante molestie feugiat tincidunt volutpat dolor, massa molestie ipsum massa volutpat dolor, sit, nisi diam consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent adipiscing et elit tempus ante molestie feugiat tincidunt volutpat dolor tincidunt, id ipsum massa molestie feugiat ut volutpat dolor laoreet. Id ipsum nunc tellus sit ut, eget dolor nunc aliquet sit ut non sit congue volutpat dolor nunc euismod pulvinar massa, felis tempus. Massa, volutpat pharetra congue euismod pulvinar, nunc tellus feugiat lobortis volutpat dolor, laoreet id sed nunc molestie feugiat nibh eget sed tincidunt aliquet. Turpis nisi sem consectetur ac et nonummy donec praesent sit, nisi diam consectetur donec diam adipiscing aliquam proin mauris lorem laoreet, eget sed. Laoreet id feugiat ut volutpat dolor lobortis volutpat sed laoreet id pulvinar turpis nisi sem consectetur magna diam nonummy donec praesent turpis nisi. Sem pharetra ut non, pharetra congue ullamcorper amet dolore sem consectetur magna diam consectetur magna diam pulvinar nunc sem, nonummy donec praesent id. Ipsum lobortis molestie lorem et eget, ac mi felis ipsum massa molestie feugiat tincidunt ullamcorper elit erat ante mauris tempus ante eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at sem nonummy donec mi felis tempus ante eget, sed nunc tellus sit ut sem consectetur magna, ullamcorper amet dolore ullamcorper amet nunc aliquet sit ut dolor nunc. Tellus consectetur nisi sem, consectetur donec, praesent adipiscing aliquam praesent at lorem et, elit sed laoreet id ipsum lobortis molestie feugiat lobortis volutpat tempus ante felis lorem nibh eget sed. Nibh id ipsum nunc molestie sit lobortis non pharetra tincidunt euismod amet nunc tellus turpis ut non pharetra tincidunt volutpat et eget sed laoreet id feugiat, lobortis mauris lorem et. Elit erat mi id tempus ante felis ac et elit ac et felis pulvinar nunc tellus pharetra, magna diam nonummy congue ullamcorper amet, dolore, aliquet turpis congue, non, dolor, tincidunt. Ullamcorper amet dolore tellus consectetur nisi diam nonummy, magna diam sit ut non pharetra congue non pharetra congue euismod pulvinar nunc tellus turpis, nisi sem consectetur magna, diam adipiscing nisi. Proin, mauris sed laoreet id ipsum nunc ullamcorper amet congue praesent adipiscing aliquam proin consectetur magna, sem amet dolore aliquet adipiscing nisi sem turpis, nisi sem pharetra congue non, amet. Congue aliquet adipiscing ac et eget erat laoreet id ipsum lobortis molestie dolor tincidunt euismod pulvinar, nunc tellus sit ut tellus sit ut ullamcorper adipiscing ac et eget sed massa. Molestie consectetur magna diam elit erat mi felis, aliquam, proin mauris lorem et elit donec praesent adipiscing tempus, nibh eget sed, massa tellus turpis, nisi sem consectetur dolore praesent turpis. Nisi proin mauris pulvinar dolore aliquet turpis nisi sem consectetur magna ullamcorper nonummy, donec proin adipiscing aliquam ante at ac proin consectetur magna diam consectetur magna diam nonummy donec sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper nonummy aliquam proin at ac, proin at erat mi id pulvinar ut volutpat consectetur donec. Praesent adipiscing aliquam lobortis, non, dolor congue euismod amet nunc aliquet sit nisi sem nonummy donec praesent. Adipiscing aliquam, ante at lorem nibh id pulvinar massa molestie feugiat laoreet ullamcorper amet nisi proin at. Ac et felis tempus ante mauris tempus ante mauris ac diam elit erat praesent adipiscing aliquam proin. Adipiscing ac nibh eget tempus, ante at ac nibh elit, magna, et nonummy donec praesent felis tempus. Ante mauris sed tincidunt euismod pulvinar massa molestie feugiat massa id ipsum nunc aliquet feugiat, ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus ante mauris lorem laoreet euismod pulvinar nunc eget dolor tincidunt id ipsum massa tellus feugiat lobortis molestie feugiat lobortis eget sed laoreet id ipsum ante. Molestie sit, tincidunt euismod pulvinar tincidunt euismod, sit ut non amet dolore aliquet turpis aliquam proin elit erat et elit, donec mi felis tempus ante mauris sed. Nibh id, ipsum massa molestie sit nisi sem consectetur magna diam nonummy, donec praesent turpis aliquam proin at ac et nonummy magna praesent adipiscing, tempus ante, eget. Sed ac proin elit erat mi felis erat, mi at ac proin elit erat mi felis erat praesent adipiscing aliquam proin at lorem nibh id, sed laoreet. Dolore aliquet, pharetra congue ullamcorper nonummy donec praesent felis tempus proin at ac et elit erat, praesent felis aliquam ante eget sed tincidunt euismod ipsum, laoreet id. Ac et eget sed, mi felis ipsum ante mauris lorem ante mauris ac et eget sed laoreet, id lorem nibh eget sed laoreet id, sed massa tellus. Pharetra dolore aliquet amet, nunc tellus sit nisi, sem nonummy donec diam adipiscing donec proin at ac, nibh, eget erat lobortis id pulvinar nunc molestie ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam proin at aliquam proin. At ac nibh eget ipsum laoreet molestie. Feugiat ut, sem nonummy donec ullamcorper turpis. Nisi ante eget, sed laoreet eget erat. Laoreet, felis proin elit erat mi id. Feugiat ut non pharetra tincidunt euismod pulvinar. Nunc tellus, turpis nisi non sit ut. Euismod pulvinar dolore aliquet turpis massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore sem at sed tincidunt id, ipsum nunc non pharetra tincidunt ullamcorper amet donec aliquet ante mauris sed nibh eget sed mi felis, tempus ante felis. Tempus ante elit erat et felis erat mi felis tempus ante mauris sed tincidunt euismod sit ut non pharetra congue euismod pulvinar nunc molestie feugiat lobortis volutpat. Dolor magna diam adipiscing donec praesent turpis nisi, sem nonummy congue ullamcorper amet dolore aliquet pharetra magna et nonummy donec praesent, adipiscing tempus ante mauris dolor tincidunt. Tellus turpis magna diam nonummy magna diam adipiscing aliquam nibh, eget sed, laoreet id feugiat lobortis molestie, feugiat, lobortis euismod, pulvinar nunc id pulvinar massa molestie feugiat. Lobortis non dolor congue tellus turpis aliquam proin consectetur, lorem lobortis volutpat sed laoreet molestie ipsum, lobortis volutpat lorem lobortis volutpat sed laoreet eget ipsum massa, mauris. Lorem lobortis non pharetra congue euismod, pulvinar nunc donec mi felis tempus ante mauris sed laoreet euismod pulvinar magna, diam elit erat mi felis aliquam ante at. Lorem felis tempus ante volutpat feugiat nibh eget sed laoreet, id ipsum nunc tellus pharetra congue ullamcorper pharetra congue aliquet turpis, nisi sem at erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, tempus ante mauris lorem et, eget ipsum massa mauris feugiat ut ac et elit donec. Proin, molestie feugiat lobortis euismod amet dolore aliquet turpis magna diam consectetur, magna diam, amet dolore. Aliquet adipiscing aliquam proin elit, donec proin at ac proin at magna diam nonummy donec diam. Adipiscing aliquam proin consectetur magna diam nonummy donec diam amet donec praesent turpis nisi non pharetra. Dolore ullamcorper, turpis aliquam proin at ac, et elit tempus massa mauris feugiat, lobortis, volutpat dolor. Tincidunt euismod, ipsum laoreet molestie sit nibh volutpat ipsum massa tellus turpis nisi sem nonummy donec. Diam adipiscing lorem ante at ac nibh elit, donec praesent, adipiscing, tempus proin mauris lorem nibh. Molestie feugiat tincidunt euismod pulvinar nunc aliquet turpis nisi non pharetra magna diam nonummy, donec aliquet. Turpis ut, et elit erat mi, adipiscing tempus massa mauris volutpat dolor, laoreet euismod ipsum, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem nonummy ac tempus nisi laoreet sem ante molestie feugiat nibh eget sed laoreet id sed laoreet id ipsum ante, mauris. Feugiat congue ullamcorper pulvinar, tincidunt tellus pulvinar nunc volutpat pharetra congue donec praesent, adipiscing aliquam praesent, at ac et elit ac, et. Elit erat mi adipiscing tempus proin, at erat mi, felis tempus ante mauris lorem nibh elit sed laoreet id, ipsum massa mauris. Lorem lobortis euismod pulvinar nunc molestie sit ut non pharetra congue ullamcorper amet, nunc tellus, sit congue diam adipiscing aliquam proin, adipiscing. Ac nibh id ipsum massa id ipsum ante mauris lorem ante eget dolor tincidunt id ipsum, nunc molestie feugiat lobortis eget ipsum. Nunc, non pharetra ut non dolor tincidunt volutpat pulvinar laoreet euismod ipsum ante mauris lorem ante mauris lorem nibh id sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus turpis nisi ullamcorper, amet donec, ullamcorper turpis dolore, tellus sit nunc tellus sit congue diam id pulvinar ut tellus pharetra ut, volutpat pharetra. Congue aliquet turpis nisi aliquet consectetur, nisi non pharetra lobortis volutpat dolor laoreet euismod pulvinar tincidunt ullamcorper turpis ut, non, pharetra ut non dolor congue euismod. Pulvinar nisi, proin consectetur magna diam nonummy donec praesent adipiscing aliquam praesent turpis nisi sem consectetur aliquet adipiscing, aliquam nibh elit, erat, laoreet id ipsum, ante. Mauris, feugiat lobortis volutpat dolor laoreet id ipsum massa molestie, feugiat ut non non amet, dolore praesent turpis aliquam proin at ac mi elit tempus ante. Molestie pharetra congue ullamcorper amet dolore aliquet turpis nisi proin at ac mi felis feugiat lobortis, euismod dolor laoreet euismod sit ut volutpat dolor lobortis volutpat. Dolor, nunc, aliquet sit nisi sem consectetur congue ullamcorper pharetra congue ullamcorper pulvinar nunc tellus feugiat tincidunt praesent adipiscing tempus nibh eget sed laoreet eget erat. Ante, felis lorem, nibh, volutpat pharetra, congue euismod ipsum lobortis volutpat dolor tincidunt eget, sed mi, felis tempus, mi adipiscing tempus ante mauris lorem nibh eget. Ipsum ut sem pharetra ut non pharetra tincidunt ullamcorper sit nisi et nonummy magna aliquet turpis dolore tellus sit, ut tellus pharetra congue ullamcorper nonummy aliquam. Proin mauris ac et elit erat laoreet felis erat ante tellus consectetur magna sem pharetra congue ullamcorper amet dolore aliquet, sit nisi diam consectetur erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lobortis euismod, amet nisi sem consectetur ac et, nonummy erat. Ante felis, tempus ante eget dolor congue aliquet molestie dolor tincidunt. Euismod pulvinar nunc euismod sit ut non pharetra congue ullamcorper, pulvinar. Nunc aliquet turpis nisi, sem consectetur donec diam, nonummy donec sem. Elit erat laoreet id ipsum ante mauris lorem lobortis, volutpat pulvinar. Tincidunt tellus, sit, nisi et elit, sed massa molestie sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat lobortis non pharetra magna praesent adipiscing aliquam ante mauris dolor tincidunt. Tellus sit nisi sem, consectetur, magna proin mauris ac et, elit erat mi. Id ipsum lobortis volutpat dolor, lobortis euismod dolor tincidunt tellus sit massa, tellus. Sit ut, non dolor tincidunt tellus sit ut volutpat feugiat tincidunt euismod pulvinar. Tincidunt tellus sit nisi diam elit erat mi adipiscing tempus ante eget lorem. Et eget, sed, mi id tempus nibh eget dolor tincidunt id ipsum, nunc. Molestie dolor congue praesent nonummy donec praesent turpis nisi, non sit ut non. Pharetra dolore ullamcorper nonummy tempus mi mauris tempus ante mauris sed laoreet felis. Ipsum massa, molestie sit ut non pharetra dolore aliquet sit, ut, tellus sit. Congue ullamcorper elit ante molestie feugiat, lobortis volutpat pulvinar dolore tellus turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat congue ullamcorper molestie feugiat lobortis non pharetra congue euismod amet, dolore aliquet turpis. Ut sem nonummy magna ullamcorper amet congue ullamcorper amet nunc tellus feugiat, massa volutpat sed laoreet. Euismod pulvinar massa volutpat feugiat lobortis volutpat dolor nunc tellus sit ut tellus pharetra congue ullamcorper. Pharetra donec praesent at ac et at non pharetra congue diam adipiscing, aliquam proin at lorem. Et eget sed mi felis ipsum lobortis molestie feugiat nibh elit ipsum, massa, molestie congue ullamcorper. Amet donec proin mauris lorem et eget erat praesent nonummy donec, praesent at, ac laoreet id. Sed laoreet felis ipsum, lobortis, non, pharetra magna diam pulvinar nunc tellus, sit congue ullamcorper amet. Dolore praesent turpis, aliquam sem at ac et nonummy donec praesent turpis aliquam proin turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet, euismod, sit ut non pharetra congue ullamcorper, nonummy tempus massa volutpat dolor tincidunt ullamcorper amet nunc non consectetur magna praesent adipiscing aliquam proin. Adipiscing lorem laoreet, eget sed laoreet felis tempus proin mauris feugiat lobortis, eget dolor laoreet id, tempus erat mi felis lorem lobortis volutpat pharetra congue. Ullamcorper pulvinar ut tellus sit massa mauris lorem et elit erat et, nonummy erat ante mauris feugiat lobortis elit erat laoreet molestie lorem lobortis eget. Dolor dolore ullamcorper amet nunc tellus feugiat lobortis volutpat dolor congue ullamcorper amet nunc euismod pulvinar nunc tellus sit ut, non consectetur magna diam amet. Dolore aliquet adipiscing aliquam et at erat mi elit dolore praesent adipiscing aliquam, sem at erat mi, felis praesent, felis tempus nibh volutpat sed tincidunt. Euismod amet dolore tellus ipsum massa mauris lorem et elit, ac mi felis, ipsum massa mauris lorem nibh mauris praesent nonummy donec praesent, adipiscing nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie sit nisi sem consectetur, donec mi eget sed laoreet id pulvinar massa molestie feugiat lobortis mauris feugiat. Tincidunt praesent, adipiscing ac nibh eget erat mi id, tempus ante mauris tempus proin nonummy donec praesent, felis ipsum. Ante volutpat nonummy donec aliquet turpis nisi sem, at ac et nonummy erat mi felis aliquam ante mauris sed. Nibh, laoreet euismod sit ut sem consectetur, magna et, nonummy erat praesent adipiscing ac proin elit ac mi felis. Tempus massa tellus sit, tincidunt euismod turpis ut sem consectetur, ac et, elit aliquam aliquet amet dolore aliquet turpis. Nisi diam consectetur congue euismod dolor, tincidunt euismod pulvinar massa molestie feugiat ut id, pulvinar nunc non sit ut. Non, dolor turpis nisi sem consectetur magna et elit erat mi mauris lorem lobortis volutpat dolor nunc tellus sit. Ut, non volutpat amet congue ullamcorper amet, dolore aliquet sit nisi non pharetra congue euismod pulvinar, tincidunt id pulvinar. Nunc non pharetra congue, ullamcorper nonummy dolore proin elit erat laoreet, molestie, sit nisi non dolor tincidunt volutpat, dolor. Tincidunt tellus pulvinar nunc tellus sit ut non pharetra congue euismod pulvinar ut non consectetur dolore praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis magna diam nonummy sed mi mauris lorem nibh elit sed laoreet molestie feugiat ut non pharetra tincidunt euismod pulvinar nunc. Tellus, sit ut sem consectetur donec praesent adipiscing aliquam proin at, magna ullamcorper, nonummy tempus proin mauris ac et, eget sed tincidunt euismod. Pulvinar nunc tellus dolor tincidunt praesent, nonummy donec praesent turpis nisi sem at lorem laoreet id sed laoreet id ipsum lobortis volutpat dolor. Lobortis, volutpat dolor tincidunt id tempus ante mauris, lorem praesent id ipsum ante mauris feugiat lobortis eget dolor laoreet id ipsum ante felis. Tempus ante, at lorem laoreet id ipsum, ante felis laoreet id pulvinar nunc aliquet pharetra congue non pharetra congue ullamcorper amet dolore tellus. Turpis, ut non consectetur donec diam adipiscing aliquam praesent adipiscing ac et at dolore praesent, turpis aliquam sem consectetur magna, et elit donec. Praesent felis tempus proin at magna diam consectetur magna ullamcorper amet dolore, aliquet, sit nunc, non pharetra congue aliquet turpis nisi sem consectetur. Ut sem pharetra congue diam nonummy aliquam praesent at magna diam consectetur magna aliquet amet nunc tellus pharetra magna diam amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt tellus pharetra, congue, ullamcorper pharetra congue euismod ipsum nunc tellus sit ut ullamcorper, pharetra congue ullamcorper amet tincidunt euismod pulvinar ut, non pharetra lobortis volutpat sed. Massa non consectetur magna mi felis tempus ante at, lorem et elit erat laoreet felis erat praesent felis aliquam ante eget sed nibh eget non consectetur, donec praesent adipiscing. Aliquam ante at ac et elit erat laoreet felis ipsum massa molestie feugiat nibh volutpat, dolor laoreet id, ipsum felis tempus ante molestie dolor tincidunt, euismod pulvinar nunc tellus. Feugiat lobortis sem nonummy donec praesent adipiscing aliquam proin at ac et elit erat mi nisi non pharetra ut ullamcorper amet dolore aliquet turpis nisi aliquet turpis nisi sem. Pharetra magna praesent nonummy donec praesent adipiscing ac diam nonummy donec praesent nonummy sit congue, diam, nonummy erat praesent, felis tempus ante mauris lorem nibh felis, ipsum massa mauris. Tempus ut non pharetra, tincidunt euismod, ipsum laoreet elit erat ante felis aliquam, sem at magna diam nonummy erat praesent felis, tempus proin, adipiscing ac proin elit donec mi. Adipiscing tempus proin, adipiscing lorem et nonummy, donec mi felis aliquam proin mauris ac nibh eget sed massa mauris tempus ante adipiscing ac et consectetur ac, et elit donec. Proin mauris lorem nibh elit tempus massa molestie sit, congue volutpat dolor nunc tellus turpis nunc tellus feugiat lobortis volutpat dolor laoreet id sed laoreet felis tempus mi adipiscing. Tempus ante ut sem nonummy erat laoreet id tempus proin mauris lorem nibh, elit, sed laoreet felis tempus ante felis tempus et at magna diam nonummy, erat praesent adipiscing. Nisi et elit sed laoreet id, feugiat, lobortis molestie lorem nibh volutpat sed massa molestie feugiat lobortis sem pharetra congue ullamcorper amet dolore aliquet sit nunc tellus ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id ipsum, nunc sem, turpis dolor magna praesent adipiscing aliquam ante eget dolor laoreet tellus pulvinar massa id ipsum nibh volutpat pharetra, dolore aliquet sem nonummy erat, praesent. Felis tempus nibh mauris, sed, nibh eget sed laoreet mauris lorem nibh eget sed laoreet id ipsum laoreet id, ipsum ante erat, laoreet id ipsum ante mauris lorem nibh. Eget lorem nibh eget erat laoreet id, ipsum lobortis volutpat dolor laoreet ullamcorper, amet dolore aliquet turpis, nisi sem pulvinar tincidunt tellus turpis nisi sem consectetur congue diam adipiscing. Aliquam proin, at ac proin at, erat mi id ipsum massa mauris tempus tempus ante eget sed laoreet id pulvinar nunc molestie lorem nibh mauris ac et elit, erat. Mi felis tempus mi at ac et at magna non pharetra nunc, tellus turpis nisi diam consectetur magna, diam nonummy dolore praesent adipiscing aliquam proin consectetur, congue non, dolor. Congue aliquet turpis dolore aliquet turpis magna, sem nonummy dolore aliquet pulvinar nunc tellus, pharetra congue ullamcorper felis ipsum massa volutpat feugiat tincidunt ullamcorper amet, nisi proin consectetur nisi. Ullamcorper adipiscing aliquam, proin, mauris ac nibh, eget, sed massa tellus sit congue non pharetra congue ullamcorper amet dolore aliquet sit nisi sem consectetur, donec mi felis amet donec. Proin mauris pharetra congue ullamcorper pulvinar massa id tempus proin molestie feugiat lobortis, volutpat dolor tincidunt tellus sit nisi non consectetur magna ullamcorper nonummy, aliquam et ullamcorper pulvinar, ut. Non consectetur magna diam nonummy donec aliquet turpis nisi sem consectetur ac diam elit donec mi mauris lorem, ante at aliquam, diam adipiscing tempus ante, mauris lorem lobortis, eget. Sed, laoreet id ipsum massa mauris lorem ante volutpat dolor nunc tellus sit ut non pharetra congue diam nonummy dolore sem consectetur magna diam nonummy donec praesent, turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, pulvinar dolore aliquet adipiscing nisi proin at ac praesent felis tempus ante at aliquam sem turpis. Nisi diam nonummy erat mi adipiscing proin mauris sed laoreet id ipsum nunc molestie feugiat lobortis non. Amet donec mi felis, aliquam et elit sed, laoreet felis ipsum massa molestie sit euismod sit ut. Non sit ut ullamcorper pharetra tincidunt aliquet turpis nunc molestie sit ut non nonummy donec diam nonummy. Nunc, tellus consectetur ac et elit, ipsum aliquam proin at erat diam, elit erat praesent mauris lorem. Ante eget erat mi id tempus ante mauris lorem nibh eget lorem dolore tellus pharetra magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem amet erat mi adipiscing tempus ante mauris, ac et elit donec, mi eget dolor laoreet. Ullamcorper turpis aliquam proin elit erat mi felis tempus ante mauris lorem nibh volutpat pulvinar tincidunt. Tellus turpis nisi sem pharetra congue euismod amet ut sem at ac mi, id ipsum ante. Molestie, dolor tincidunt euismod pulvinar nunc sem consectetur magna nibh eget ipsum massa tellus tellus feugiat. Lobortis ullamcorper nonummy congue ullamcorper turpis nisi proin at ac, et elit, tempus ante felis tempus. Ante mauris lorem nibh eget sed tincidunt euismod, amet dolore aliquet turpis magna ullamcorper elit tempus. Mi mauris feugiat lobortis euismod amet donec sem consectetur ac diam nonummy magna diam amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor tincidunt, ullamcorper turpis dolore sem consectetur nisi diam, nonummy magna praesent. Ac nibh id ipsum massa molestie feugiat ut non dolor tincidunt euismod pulvinar nunc, tellus. Sit nisi sem pharetra magna ullamcorper amet, dolore molestie, sit congue non pharetra dolore aliquet. Adipiscing ac et elit erat et elit erat ante mauris tempus, ante mauris sed laoreet. Eget sed mi adipiscing tempus nibh eget sed mi felis ipsum massa mauris tempus ante. At dolor laoreet tellus sit ut sem, nonummy donec praesent nonummy donec, praesent at ac. Mi felis tempus ante mauris lorem lobortis volutpat sed laoreet id ipsum massa tellus feugiat. Lobortis non pulvinar, nunc aliquet turpis, nisi sem pharetra ut ullamcorper amet nunc aliquet consectetur. Nisi, sem nonummy magna diam, nonummy aliquam ante at magna diam elit, sed mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam nibh eget sed tincidunt euismod ipsum massa mauris lorem, nibh eget ac laoreet, id ipsum nunc. Tellus, pharetra sed tincidunt euismod pulvinar massa id tempus massa volutpat dolor tincidunt euismod dolor tincidunt euismod ipsum. Ante felis tempus ante eget sed laoreet id feugiat ut ullamcorper amet congue ullamcorper amet nunc tellus pulvinar. Massa molestie sit lobortis ullamcorper pulvinar dolore aliquet pulvinar nunc tellus feugiat massa, molestie feugiat laoreet id magna. Et id pulvinar nisi sem elit erat mi felis tempus ante mauris lorem et at, donec praesent adipiscing. Tempus ante mauris feugiat et elit erat, mi adipiscing aliquam proin at ac et eget, sed massa, molestie. Lorem lobortis non pharetra tincidunt euismod pulvinar laoreet molestie feugiat lobortis non dolor laoreet id ipsum nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar donec aliquet adipiscing ac et elit erat mi felis aliquam nibh eget dolor tincidunt id ipsum ante felis tempus proin, consectetur. Ac et eget erat mi felis tempus massa eget lorem nibh elit sed dolor tincidunt euismod ipsum massa mauris, feugiat lobortis euismod. Amet donec praesent at lorem et elit erat praesent felis tempus ante molestie feugiat lobortis volutpat, tempus ante mauris feugiat lobortis volutpat. Dolor nunc tellus pulvinar ut non pharetra ut ullamcorper pharetra dolore ullamcorper amet dolore non, pharetra magna, nibh volutpat pulvinar tempus ante. Eget dolor, tincidunt tellus sit ut, non pharetra congue, ullamcorper nonummy donec praesent turpis aliquam proin at erat et nonummy erat erat. Laoreet tellus sit ut non, pharetra congue ullamcorper pharetra, donec proin at ac et consectetur ac et felis ipsum ante mauris lorem. Et elit erat mi tempus ante mauris ac sed ac et eget dolor, tincidunt tellus sit nisi sem nonummy donec praesent nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante molestie pharetra congue aliquet adipiscing, nisi sem consectetur nisi diam nonummy donec. Praesent nonummy dolore, aliquet turpis magna diam felis tempus ante at aliquam et elit. Erat mi id ipsum lobortis molestie, feugiat tincidunt euismod amet nunc aliquet turpis ut. Sem consectetur magna praesent eget sed, laoreet euismod pulvinar nunc molestie feugiat ut non. Dolor congue euismod, pulvinar tincidunt, euismod ipsum, ante felis lorem ante mauris lorem nibh. Elit sed massa lorem lobortis volutpat pulvinar, nunc aliquet sit ut molestie lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat nibh volutpat pharetra congue. Ullamcorper turpis nisi sem consectetur congue. Diam felis erat ante felis lorem. Lobortis ullamcorper nonummy dolore sem turpis. Nisi diam mauris, sed laoreet id. Pulvinar nunc non, pharetra ut non. Pharetra congue ullamcorper amet nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non nonummy erat, praesent felis, tempus ante at, lorem nibh elit erat et nonummy donec aliquet turpis dolore. Aliquet turpis nisi sem consectetur, congue sit ut non sit, ut non dolor tincidunt id ipsum laoreet molestie ipsum. Massa volutpat dolor congue ullamcorper amet nisi aliquet turpis, ut sem, consectetur dolore, aliquet turpis nisi et elit erat. Mi id ipsum massa volutpat pharetra congue euismod pulvinar tincidunt euismod sit nisi non consectetur magna diam nonummy dolore. Tellus at magna diam elit erat ante felis ac et elit, erat, mi elit erat, massa molestie feugiat lobortis. Euismod pulvinar tincidunt id ipsum ipsum dolore sem, consectetur magna, ullamcorper nonummy donec aliquet turpis nisi, sem consectetur lorem. Nibh id tempus ante mauris lorem lobortis eget dolor laoreet id, ipsum, massa mauris lorem nibh elit erat mi. Elit erat ante adipiscing aliquam ante mauris lorem et eget erat mi id feugiat lobortis volutpat dolor laoreet id. Ipsum ante volutpat pharetra congue ullamcorper amet, dolore ante eget lorem nibh elit erat mi adipiscing aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit congue, ullamcorper nonummy donec praesent adipiscing aliquam proin mauris sed nibh felis volutpat. Dolor, tincidunt aliquet sed laoreet euismod pulvinar dolore, tellus turpis nisi sem consectetur magna ullamcorper. Amet nisi sem consectetur magna diam, elit sed mauris sed tincidunt, ullamcorper pulvinar nunc aliquet. Turpis magna mi elit erat mi felis tempus ante mauris lorem nibh elit erat mi. Adipiscing tempus ante mauris lorem et elit tempus ante mauris ac et eget erat mi. Id pulvinar, ut non pharetra congue euismod amet dolore tellus sit ut sem adipiscing aliquam. Ante mauris dolor lobortis eget sed laoreet id ipsum massa mauris aliquam ante mauris ac. Nibh eget erat mi id donec praesent adipiscing ac et, nibh volutpat dolor nunc, tellus. Sit nisi sem consectetur congue ullamcorper amet nunc tellus sit nisi non pharetra congue ullamcorper. Amet dolore aliquet adipiscing ac et elit tempus mi mauris pharetra congue, ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum massa tellus sit tincidunt, ullamcorper amet. Nisi proin elit, erat, diam, elit erat mi, felis. Lorem lobortis eget, dolor nunc tellus sit nisi non. Pharetra magna ullamcorper adipiscing aliquam proin, at magna sem. Nonummy donec mi adipiscing, aliquam proin at lorem laoreet. Id sed massa mauris lorem nibh volutpat sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, massa molestie pharetra tincidunt, ullamcorper nonummy donec sem consectetur ac et eget sed massa tellus pharetra ut non pharetra dolore, aliquet turpis nisi sem, consectetur, ac laoreet id ipsum. Nunc tellus sit congue non pharetra congue ullamcorper pulvinar nunc tellus feugiat nibh eget erat mi id tempus massa, molestie dolor lobortis eget lorem laoreet euismod sit nisi diam nonummy. Erat laoreet, felis ipsum massa volutpat pharetra congue tincidunt ullamcorper turpis dolore, aliquet turpis nisi tellus, nonummy donec praesent felis aliquam proin adipiscing nisi proin at ac et elit aliquam. Praesent at magna mi felis ipsum, massa volutpat pharetra magna diam nonummy donec proin at aliquam proin at erat, praesent adipiscing aliquam ante molestie lorem nibh elit sed laoreet, molestie. Feugiat tincidunt eget sed nibh eget, donec praesent nonummy aliquam proin turpis nisi non pharetra ut non pharetra congue aliquet turpis nisi aliquet turpis nisi ullamcorper amet donec praesent consectetur. Ac nibh elit sed nunc non, pharetra congue ullamcorper, pharetra congue aliquet amet nisi molestie turpis nisi sem consectetur magna mi felis tempus proin at, nisi sem consectetur, magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis, nisi diam consectetur magna diam amet dolore praesent adipiscing ut non. Pharetra ut ullamcorper amet dolore ullamcorper, turpis nisi pharetra donec diam amet, dolore, aliquet. Sit magna diam elit sed laoreet id, ipsum ante, at lorem, proin at sed. Mi felis tempus mi adipiscing nunc non pharetra tincidunt volutpat, sed laoreet id sed. Laoreet tellus feugiat, lobortis eget dolor tincidunt id ipsum laoreet id tempus ante, felis. Tempus, nibh eget erat eget sed nibh elit donec praesent nonummy donec aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper amet sit ut volutpat feugiat tincidunt volutpat dolor laoreet elit sed mi. Felis tempus proin at aliquam proin consectetur, ac et nonummy donec aliquet turpis molestie. Lorem lobortis mauris lorem et felis erat mi felis aliquam, praesent adipiscing aliquam, proin. At ac praesent adipiscing, donec praesent turpis dolore aliquet sit proin elit erat et. Felis ipsum, massa molestie feugiat nibh mauris lorem nibh elit donec mi adipiscing aliquam. Proin adipiscing aliquam, sem at magna non pharetra tincidunt felis ipsum nunc mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id sit nunc tellus feugiat lobortis molestie. Turpis dolore, sem, sit nisi non pharetra lobortis. Eget sed laoreet elit, erat, ante, mauris lorem. Ante eget sed laoreet id ipsum laoreet id. Ipsum proin at ac et nonummy donec aliquet. Amet nisi aliquet turpis ut non consectetur magna. Diam amet dolore aliquet turpis ut non sit. Lobortis massa, molestie feugiat lobortis volutpat dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, sit congue diam amet dolore aliquet sit ut tellus sit ac nibh elit ac. Et elit erat praesent adipiscing, aliquam, sem consectetur magna et nonummy donec praesent nonummy donec. Praesent sit ut non sit pulvinar massa, molestie feugiat lobortis volutpat dolor lobortis eget sed. Sed massa molestie ipsum, ante mauris feugiat tincidunt euismod pulvinar dolore, tellus turpis magna sem. Aliquam nibh mauris lorem laoreet id pulvinar massa tellus, feugiat, lobortis molestie dolor tincidunt euismod. Turpis, dolore aliquet, turpis magna diam, nonummy magna tellus turpis magna, diam nonummy donec praesent. Adipiscing, aliquam, proin mauris lorem nibh, elit erat mi felis tempus ante molestie dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra, congue ullamcorper nonummy aliquam proin at ac et elit sed laoreet felis tempus ante felis feugiat nibh eget ipsum nunc mauris. Lorem lobortis volutpat dolor, tincidunt id pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt, volutpat pulvinar nunc aliquet, turpis nisi, sem dolor tincidunt. Tellus turpis nisi non pharetra congue non amet donec aliquet adipiscing ac et, elit sed laoreet felis tempus ante mauris lorem lobortis, volutpat. Dolor tincidunt tincidunt euismod sit nunc tellus, sit lobortis volutpat dolor congue ullamcorper turpis dolore, aliquet consectetur, ut sem pharetra tincidunt euismod pulvinar. Tincidunt aliquet euismod, sit nisi diam, nonummy donec, praesent felis ipsum massa molestie lorem lobortis, volutpat, ipsum, massa tellus sit ut, non consectetur. Magna praesent felis, tempus nibh eget donec laoreet felis ipsum massa molestie sed nibh eget sed laoreet id ipsum ante mauris tempus proin. Mauris erat mi felis erat mi mauris, lorem nibh aliquet turpis nisi proin at sed laoreet felis ipsum ante felis tempus et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi felis tempus lobortis eget dolor dolore ullamcorper turpis aliquam proin at, erat et elit erat, mi felis sed laoreet euismod pulvinar nunc, non pharetra congue. Diam nonummy donec proin adipiscing, aliquam proin at magna et nonummy donec praesent, adipiscing tempus ante, volutpat consectetur magna euismod, amet dolore praesent adipiscing aliquam sem at. Donec mi felis, tempus, ante mauris lorem et elit erat mi felis tempus mi molestie lobortis ullamcorper nonummy donec praesent turpis nisi sem at ac et elit. Erat ante molestie lorem et eget sed laoreet euismod pulvinar, nunc laoreet id ipsum laoreet molestie feugiat lobortis molestie feugiat tincidunt ullamcorper turpis dolore aliquet turpis nisi. Diam nonummy erat mi adipiscing aliquam proin mauris lorem nibh eget aliquam, ante mauris lorem nibh elit erat mi felis erat mi felis lorem lobortis eget sed. Tincidunt aliquet consectetur magna diam consectetur congue ullamcorper, amet donec proin, pharetra ac mi id feugiat ut ullamcorper nonummy erat mi adipiscing tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem laoreet id ipsum nunc non consectetur magna diam nonummy dolore ullamcorper, amet dolore tellus sit congue euismod pulvinar nunc tellus turpis nisi non pharetra congue ullamcorper pharetra. Congue ullamcorper turpis nisi proin elit erat et elit tempus ante at sed laoreet, id pulvinar nunc tellus sit, ut eget lorem laoreet euismod pulvinar dolore aliquet consectetur, nisi. Ullamcorper nonummy, donec aliquet, turpis nisi sem consectetur magna nibh mauris sed nunc tellus pulvinar nunc non, pharetra congue ullamcorper amet dolore aliquet amet, dolore aliquet consectetur ac mi. Felis ipsum massa pharetra congue ullamcorper pharetra congue ullamcorper turpis nisi proin elit sed laoreet id ipsum ut volutpat pharetra, congue ullamcorper amet dolore tellus sit nunc tellus pharetra. Congue turpis aliquam et eget erat laoreet, id tempus mi, felis ac et elit erat mi felis tempus praesent adipiscing tempus ante mauris ac et, elit erat laoreet volutpat. Pharetra dolore aliquet, turpis aliquam sem, at sed tincidunt tellus, consectetur magna et nonummy donec diam adipiscing tempus laoreet, id pulvinar nunc tellus consectetur, magna ullamcorper amet congue, ullamcorper. Amet, dolore sem, turpis magna, diam, elit tempus ante felis, tempus nibh eget sed nunc tellus feugiat lobortis volutpat dolor lobortis volutpat dolor laoreet felis ipsum massa mauris feugiat. Lobortis, volutpat, dolor nunc aliquet sit ut tellus feugiat lobortis eget dolor tincidunt ullamcorper feugiat massa molestie lorem, lobortis eget dolor tincidunt euismod sit ut sem nonummy magna diam. Nonummy donec proin at, ac et elit ac diam nonummy, donec praesent consectetur magna diam consectetur, donec, mi mauris lorem, nibh eget dolor tincidunt tellus sit ut, non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc aliquet turpis ut non dolor tincidunt euismod, pulvinar nisi sem, consectetur. Magna diam nonummy erat molestie sit lobortis non pharetra congue euismod pulvinar nunc. Aliquet at ac et nonummy donec praesent felis, tempus ante mauris, ac, et. Nonummy donec at ac et, elit sed massa molestie ipsum massa mauris lorem. Nibh eget sed laoreet felis, tempus ante, felis lorem ante mauris lorem nibh. Elit, pulvinar massa mauris, feugiat lobortis euismod pulvinar nunc tellus turpis ut, non. Consectetur donec praesent adipiscing aliquam proin adipiscing magna sem consectetur magna ullamcorper, amet. Massa, tellus feugiat, ut ullamcorper amet dolore praesent felis aliquam proin consectetur magna. Diam elit tempus massa mauris feugiat nibh eget sed laoreet eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit dolor, tincidunt aliquet turpis magna diam nonummy magna ullamcorper amet donec praesent adipiscing. Nisi mi felis ipsum lobortis volutpat dolor congue euismod pulvinar tincidunt, molestie ipsum, massa. Mauris feugiat lobortis volutpat dolor tincidunt id ipsum nunc non pharetra tincidunt euismod amet. Dolore aliquet turpis congue diam elit dolore praesent adipiscing aliquam proin at ac diam. Nonummy erat ante felis tempus ante mauris lorem et eget sem at magna, diam. Nonummy donec, praesent turpis nisi aliquet consectetur magna diam nonummy congue, ullamcorper amet tincidunt. Euismod ipsum laoreet id eget, sed massa molestie ipsum massa mauris, lorem lobortis euismod. Pulvinar nunc aliquet at lorem diam elit erat mi felis aliquam proin adipiscing ac. Et, elit, erat mauris lorem et elit erat mi, id ipsum ante felis tempus. Ante mauris sed laoreet eget ipsum massa molestie ipsum massa molestie dolor congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec ante molestie feugiat tincidunt volutpat dolor tincidunt id ipsum nunc tellus sit congue proin, at feugiat lobortis, euismod amet. Nisi et elit sed tincidunt, id pulvinar nunc non, feugiat lobortis volutpat dolor tincidunt id pulvinar nunc non dolor congue ullamcorper. Adipiscing ac et elit erat, laoreet id ipsum, massa molestie, feugiat ante eget lorem nibh elit sed, laoreet molestie feugiat ut. Ullamcorper nonummy, donec mi felis tempus ante mauris ac mi, felis erat mi mauris tempus nibh eget dolor congue euismod sit. Ut non pharetra ut, ullamcorper mi felis, ipsum massa molestie feugiat nibh eget lorem nibh elit, erat mi adipiscing tempus, proin. Mauris lorem laoreet id, ipsum massa molestie ipsum massa mauris feugiat ut non dolor congue ullamcorper amet dolore tellus pulvinar, nunc. Non pharetra magna diam, amet donec aliquet turpis aliquam proin consectetur magna diam amet congue ullamcorper non consectetur magna ullamcorper amet. Dolore praesent at ac, et elit erat mi felis tempus ante molestie dolor tincidunt volutpat ut non pharetra magna diam nonummy. Donec, ante eget sed tincidunt tellus ipsum massa id ipsum ante mauris lorem et at magna diam elit dolore praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, massa tellus pharetra congue ullamcorper amet. Dolore aliquet turpis aliquam et felis, tempus. Massa non pharetra congue diam turpis nisi. Proin consectetur magna diam nonummy, donec praesent. Felis ipsum ante eget lorem, nibh id. Pulvinar nunc molestie, pharetra congue euismod dolor. Nunc sem at ac nibh euismod ipsum. Massa molestie feugiat lobortis volutpat dolor laoreet. Id ipsum massa id, feugiat nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi, diam nonummy donec mi felis tempus ante at lorem nibh elit erat et massa, molestie sit nisi non pharetra tincidunt. Ullamcorper nonummy dolore tellus sit, nunc molestie feugiat lobortis volutpat pharetra dolore, aliquet, turpis nisi sem consectetur, aliquam proin at ac et. Elit tempus mi felis tempus ante mauris, ac nibh eget donec, diam felis tempus proin at lorem nibh elit erat et sem. Turpis ac diam elit donec praesent nonummy aliquam proin at magna et elit erat praesent adipiscing, tempus ante mauris feugiat congue euismod. Lobortis sem consectetur erat praesent adipiscing nisi sem consectetur nisi sem consectetur donec diam amet, dolore aliquet turpis aliquam proin at ac. Diam elit ipsum massa molestie sed tincidunt felis pulvinar ut tellus sit ut ullamcorper, pharetra dolore aliquet sit nunc tellus ipsum massa. Molestie feugiat lobortis volutpat, dolor nunc tellus turpis nisi tellus turpis magna diam, consectetur donec mi felis ipsum ante molestie lorem lobortis. Euismod amet nisi sem at erat laoreet nonummy tempus ante mauris lorem ante, mauris sed, nibh eget ipsum massa, tellus sit ut. Ullamcorper nonummy donec praesent felis lorem nibh eget sed mi id ipsum sit, nisi proin nonummy donec praesent adipiscing, aliquam proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, nisi proin elit tempus mi mauris feugiat nibh volutpat sed, tincidunt euismod ipsum massa molestie ipsum lobortis volutpat pharetra dolore ullamcorper amet dolore sem consectetur. Ac praesent non pharetra ac mi felis tempus ante mauris lorem et at ac laoreet felis tempus mi felis lorem nibh, mauris lorem nibh eget ipsum. Magna mi felis tempus ante molestie, feugiat lobortis euismod dolor laoreet molestie feugiat ut non pharetra congue euismod dolor tincidunt tellus sit nunc tellus feugiat lobortis. Volutpat ipsum massa molestie tempus ante mauris ac nibh elit erat laoreet euismod ipsum, ante mauris lorem, ante at ac et elit donec mi felis, amet. Ut, non pharetra ut non pharetra tincidunt euismod pulvinar, dolore tellus sit lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis nisi non pharetra mi molestie. Sit, ut non pharetra congue euismod amet, dolore aliquet turpis nisi sem consectetur magna ullamcorper amet donec praesent adipiscing ac et eget erat laoreet tellus, congue. Aliquet felis feugiat, tincidunt volutpat dolor dolore tellus turpis ut tellus sit ut non pharetra dolore aliquet amet, at, feugiat lobortis volutpat sed mi felis, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper felis tempus ante id sed massa tellus pharetra ut ullamcorper. Nonummy erat praesent adipiscing tempus, proin elit erat mi felis, ipsum, massa. Molestie, sit ut ullamcorper amet dolore tellus pharetra congue non elit erat. Proin at ac nibh, eget sed laoreet elit donec praesent adipiscing, tempus. Ante at lorem et elit erat mi turpis nisi, sem elit ac. Et elit erat ante felis tempus ante mauris, ac et elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante magna diam adipiscing tempus massa molestie feugiat lobortis, euismod dolor, tincidunt molestie feugiat lobortis volutpat dolor, congue ullamcorper nonummy aliquam, proin mauris. Lorem, nibh id pharetra congue diam elit donec praesent amet dolore tellus sit ut volutpat pharetra congue ante mauris tempus nibh, mauris dolor. Tincidunt aliquet turpis nisi non, pharetra dolore praesent adipiscing aliquam, proin at erat mi id, tempus massa, mauris lorem nibh eget sed nibh. Eget sed nunc tellus pharetra ut non tellus, sit ut non pharetra congue aliquet amet nunc tellus sit ut non consectetur, magna ullamcorper. Nonummy donec proin at ac et elit sed tincidunt euismod pulvinar nunc molestie sit nisi sem nonummy erat praesent adipiscing donec proin mauris. Sed nunc tellus sit nunc molestie feugiat, ut non dolor tincidunt erat laoreet euismod sit nunc, volutpat consectetur congue ullamcorper amet dolore aliquet. Turpis ac nibh eget erat mi id tempus massa volutpat feugiat lobortis eget erat laoreet pharetra magna diam adipiscing, aliquam praesent adipiscing aliquam. Diam nonummy, donec praesent, adipiscing aliquam praesent adipiscing nisi proin consectetur ac aliquet adipiscing tempus nibh volutpat dolor nunc euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur feugiat ut ullamcorper amet dolore. Aliquet felis feugiat ante volutpat, dolor tincidunt. Id pulvinar massa molestie feugiat nibh eget. Lorem nibh id ipsum mi turpis dolore. Sem elit ac mi felis tempus massa. Molestie feugiat lobortis, volutpat sed nibh id. Ipsum nunc non pharetra, magna ullamcorper, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit erat praesent adipiscing tempus, ante mauris lorem nibh id ipsum nunc non sit ut non pharetra id sit congue non amet donec mi felis tempus. Ante mauris lorem laoreet id tempus ante felis tempus proin at ac, et at ac praesent felis, pulvinar nunc aliquet consectetur ac mi felis ipsum ut non consectetur. Congue mi mauris sit lobortis non dolor laoreet id ipsum laoreet molestie ipsum at lorem et elit sed mi id tempus massa mauris lorem nibh mauris dolor tincidunt. Euismod, pulvinar ut proin at ac, diam elit proin consectetur ac, et elit, tempus ante, mauris feugiat nibh mauris, lorem nibh eget sed laoreet id tempus ante at. Ac nibh elit, sed laoreet id ipsum lobortis, eget sed laoreet euismod pulvinar nunc molestie feugiat nibh eget, lorem nibh elit erat mi felis aliquam ante molestie feugiat. Lobortis, ullamcorper adipiscing dolore sem consectetur donec diam adipiscing tempus ante mauris lorem et eget sed massa id tempus massa volutpat feugiat lobortis id sed laoreet, molestie feugiat. Ut non, pharetra, nunc sem at, ac et nonummy donec praesent nonummy donec praesent turpis nisi non sit ut non amet dolore ullamcorper turpis nisi proin at erat. Laoreet tellus praesent at ac et eget sed massa tellus sit lobortis, volutpat dolor tincidunt ullamcorper amet nunc molestie sit nisi sem, pharetra congue, ullamcorper pulvinar dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus lobortis volutpat pharetra congue aliquet turpis aliquam et elit erat tincidunt ullamcorper, amet dolore, aliquet consectetur, nisi sem consectetur congue diam. Adipiscing ipsum ante molestie lorem nibh eget sed feugiat tincidunt euismod pulvinar nunc aliquet turpis nisi non consectetur magna diam amet dolore, aliquet. Adipiscing aliquam proin elit sed massa tellus turpis nisi sem, dolore sem consectetur magna, diam eget sed massa molestie, feugiat lobortis volutpat sed. Laoreet euismod ipsum nunc aliquet consectetur, ac et felis tempus ante eget lorem nibh elit erat, ante mauris lorem nibh eget, sed nibh. Eget ipsum massa id feugiat lobortis volutpat dolor tincidunt volutpat dolor nunc tellus sit, lobortis ullamcorper nonummy donec aliquet turpis ut non pharetra. Ut non pharetra congue ullamcorper pulvinar nunc aliquet turpis magna, et nonummy donec praesent adipiscing aliquam sem turpis lobortis non amet donec aliquet. Adipiscing ac et elit sed mi, id tempus ante mauris, lorem et elit erat mi tincidunt tellus sit ut non sit ut non. Pharetra dolore praesent, turpis nisi non pharetra ut non nonummy dolore praesent adipiscing aliquam proin consectetur magna diam nonummy, donec praesent adipiscing, aliquam. Et id ipsum mi adipiscing aliquam proin, adipiscing nisi aliquet consectetur ac et elit tempus ante molestie lorem lobortis eget dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec proin at, lorem nibh eget sed laoreet congue, ullamcorper. Nonummy tempus proin at ac et elit donec diam nonummy aliquam, proin. At lorem et eget sed laoreet id feugiat lobortis non consectetur aliquet. Turpis magna et elit sed massa molestie feugiat ut non pharetra, congue. Ullamcorper amet, dolore sem at ac et elit donec mi adipiscing aliquam. Diam eget erat, praesent, adipiscing lorem nibh mauris lorem, nibh eget erat. Laoreet id ipsum massa molestie feugiat nibh volutpat dolor tincidunt euismod tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget ipsum massa tellus sit congue diam nonummy aliquam proin at lorem nibh elit ante felis lorem lobortis ullamcorper amet dolore proin. Eget dolor tincidunt ullamcorper, turpis, nisi sem pharetra congue non pharetra congue ullamcorper amet nisi sem at ac ante molestie lorem, nibh mauris. Lorem, laoreet eget sed nunc tellus sit ut diam nonummy donec aliquet turpis nisi sem consectetur nisi sem pharetra congue eget dolor dolore. Praesent adipiscing aliquam proin consectetur congue ullamcorper, amet dolore ullamcorper amet dolore tellus sit ut non pharetra congue ullamcorper amet erat ante felis. Tempus ante mauris dolor tincidunt id sit ut non consectetur magna diam amet dolore ullamcorper pulvinar nunc tellus sit ut sem consectetur congue. Aliquam et euismod turpis aliquam proin consectetur congue et elit donec aliquet, amet dolore sem consectetur magna sem consectetur magna ullamcorper pulvinar dolore. Aliquet consectetur magna sem tempus ante molestie dolor tincidunt euismod ipsum laoreet id ipsum massa molestie, pharetra tincidunt ullamcorper amet nisi sem at. Lorem laoreet molestie feugiat, lobortis, volutpat dolor tincidunt euismod ipsum massa tellus, feugiat ut volutpat dolor congue aliquet, turpis dolore aliquet consectetur magna. Diam nonummy magna ullamcorper amet nunc non consectetur magna et nonummy donec mi at ac et elit erat et elit donec praesent adipiscing. Donec aliquet, turpis nisi non feugiat lobortis eget dolor dolor congue aliquet, turpis, ac nibh eget sed tincidunt euismod pulvinar massa mauris, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh id sed massa non pharetra ut non amet dolore aliquet turpis nisi aliquet sit. Ut diam consectetur magna praesent nonummy aliquam et elit erat mi felis tempus ante at, lorem. Lobortis ullamcorper amet dolore tellus turpis nisi sem pharetra congue euismod amet dolore tellus adipiscing aliquam. Ante mauris sed laoreet eget, ipsum massa, id feugiat lobortis volutpat, dolor congue euismod, pulvinar dolore. Aliquet turpis lorem mi id, ipsum massa molestie lobortis volutpat, pharetra, congue ullamcorper turpis ac proin. Elit erat laoreet id feugiat massa, molestie feugiat lobortis volutpat, dolor tincidunt euismod pulvinar nunc, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis, volutpat amet nunc sem, consectetur magna. Et felis erat mi adipiscing aliquam tincidunt aliquet. Turpis aliquam proin consectetur magna et elit donec. Proin at lorem, lobortis, eget sed nunc tellus. Sit ut non, pharetra congue diam, nonummy nonummy. Aliquam ante mauris lorem nibh, elit erat laoreet. Id tempus mi, felis lorem nibh volutpat sed. Tincidunt tellus sit ut, non consectetur magna diam. Amet nisi, proin at ac et elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor tincidunt tellus sit ut non, consectetur magna ante volutpat dolor tincidunt euismod pulvinar. Dolore aliquet feugiat lobortis volutpat pharetra congue euismod pulvinar nunc euismod ipsum massa molestie feugiat lobortis. Volutpat pulvinar nunc, tellus sit ut non amet dolore aliquet amet dolore sem turpis ut non. Pharetra magna aliquet turpis nisi proin mauris lorem laoreet id pulvinar, nunc praesent adipiscing aliquam proin. Elit sed laoreet molestie ipsum ante mauris lorem et eget, sed laoreet felis erat praesent adipiscing. Lorem lobortis, nisi proin at, ac et felis, ipsum massa volutpat dolor, congue aliquet amet, dolore. Tellus at, magna et nonummy donec praesent amet, dolore praesent at aliquam proin, ipsum massa non. Pharetra dolore praesent felis aliquam, proin, at erat laoreet felis, tempus ante mauris lorem lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat laoreet id ipsum, massa molestie dolor congue ullamcorper turpis dolore proin at lorem et elit. Sed mi mauris lorem ante lobortis non amet erat proin adipiscing nisi proin consectetur magna sem, nonummy. Erat ante mauris lorem lobortis euismod, dolor nunc tellus turpis ut sem amet congue ullamcorper turpis dolore. Aliquet consectetur magna et elit erat mi felis tempus proin consectetur magna sem consectetur donec praesent amet. Donec proin adipiscing, aliquam ullamcorper amet dolore aliquet felis aliquam proin at ac diam elit tempus ante. Mauris feugiat ut volutpat dolor tincidunt euismod pulvinar, nunc molestie ipsum proin, at erat mi felis tempus. Massa, volutpat pharetra tincidunt euismod pulvinar tincidunt id ipsum massa mauris feugiat nibh volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, lorem nibh eget dolor tincidunt, felis erat praesent felis lorem, ante eget lorem laoreet, eget sed lorem tincidunt euismod amet dolore aliquet sit nisi non pharetra congue euismod dolor. Tincidunt aliquet consectetur ac et nonummy donec praesent felis, tempus ante sed massa tellus sit lobortis molestie lorem et consectetur ac et elit, donec diam nonummy donec proin mauris ac. Et elit donec mi id aliquam proin, at at ac et elit erat laoreet, id ipsum massa volutpat feugiat lobortis eget sed tincidunt tellus sit, nunc tellus feugiat lobortis eget. Dolor nisi sem consectetur nisi sem consectetur congue aliquet turpis dolore aliquet sit nunc non feugiat ut, volutpat dolor laoreet id pulvinar nunc non pharetra congue ullamcorper nonummy nisi proin. At sed laoreet id ipsum ante mauris lorem ante mauris, ac et elit erat mi felis tempus ante, molestie feugiat, laoreet id, ipsum laoreet molestie turpis, magna et nonummy erat. Mi mauris feugiat lobortis non dolor, congue ullamcorper turpis nisi non sit ut, non nonummy aliquam proin at erat mi, felis tempus massa molestie feugiat lobortis volutpat dolor laoreet id. Pulvinar nunc tellus sit congue non amet congue aliquet turpis, ac proin molestie consectetur congue diam nonummy dolore praesent consectetur, nisi non consectetur magna praesent adipiscing aliquam proin mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, erat ante mauris feugiat magna diam adipiscing, aliquam ante mauris lorem nibh elit erat laoreet, id tempus proin adipiscing feugiat tincidunt ullamcorper amet, dolore sem mauris sed nibh. Id ipsum massa molestie feugiat lobortis volutpat sed laoreet id ipsum massa molestie feugiat at erat mi felis erat mi mauris lorem lobortis ullamcorper, amet, dolore, aliquet adipiscing nisi. Proin, elit erat, mi, elit, tempus massa molestie, feugiat tincidunt euismod turpis nisi sem consectetur magna diam nonummy aliquam ante mauris lorem et elit erat, mi adipiscing aliquam, praesent. Adipiscing ac proin at erat et adipiscing tempus ante mauris ac et elit sed massa molestie feugiat lobortis volutpat sed tincidunt euismod amet nisi sem turpis ac et elit. Erat massa molestie, lorem laoreet id ipsum nunc tellus sit ut non pharetra tincidunt ullamcorper amet dolore aliquet pharetra congue ullamcorper amet congue ullamcorper turpis nisi sem turpis magna. Et adipiscing aliquam ante mauris lorem laoreet id ipsum massa tellus sit, ut non pharetra tincidunt euismod pulvinar dolore euismod, feugiat aliquam proin consectetur, magna diam consectetur donec praesent. Felis lorem nibh mauris lorem nibh elit erat laoreet id tempus massa molestie feugiat nibh eget sed mi erat mi, felis lorem, proin mauris ac, et at ac, et. Felis ipsum massa mauris lorem nibh eget sed laoreet felis, tempus mi felis tempus ante mauris, pulvinar, ut non pharetra magna praesent adipiscing donec aliquet turpis aliquam proin at. Ac mi felis tempus ante molestie feugiat lobortis volutpat sed laoreet euismod pulvinar massa massa id feugiat ut non amet dolore aliquet amet dolore tellus sit ut non, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem nonummy magna diam nonummy donec aliquet amet nisi aliquet, pharetra magna et. Elit tempus ante molestie feugiat, lobortis aliquet consectetur magna et eget sed laoreet id. Tempus, massa volutpat sed laoreet euismod, amet dolore tellus sit ut non consectetur donec. Mi felis magna diam elit donec praesent nonummy aliquam praesent, adipiscing aliquam sem consectetur. Magna et elit donec praesent adipiscing ac et, eget erat mi id pulvinar nunc. Molestie, adipiscing magna diam nonummy donec eget sed laoreet id feugiat ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at, ac nibh, eget sed massa id ipsum massa mauris sed laoreet eget, sed massa molestie sit nisi diam nonummy donec aliquet adipiscing laoreet euismod. Pulvinar nisi proin nonummy donec diam felis tempus, ante at lorem nibh eget erat mi elit erat mi felis lorem nibh volutpat sed sed tincidunt euismod. Sit aliquam proin at sed massa molestie feugiat ut, ullamcorper pharetra tincidunt ullamcorper turpis, dolore sem consectetur ac et, elit tempus ante mauris feugiat nibh id. Ipsum massa molestie feugiat massa volutpat feugiat nibh, eget erat laoreet id ipsum massa mauris feugiat nibh eget sed laoreet eget aliquam ante at, ac et. Elit erat mi id, tempus massa molestie pharetra congue ullamcorper dolor nunc euismod pulvinar ut tellus, sit ut ullamcorper amet dolore tellus feugiat lobortis volutpat dolor. Congue aliquet turpis nisi sem turpis nisi sem consectetur magna diam nonummy donec, aliquet consectetur magna, diam consectetur, magna praesent nonummy donec aliquet feugiat ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec ante molestie feugiat, lobortis volutpat, pulvinar dolore ut non pharetra ut non pharetra dolore aliquet turpis nisi proin eget sed laoreet id. Ipsum lobortis molestie dolor congue euismod amet nunc aliquet turpis, felis feugiat massa volutpat dolor tincidunt euismod pulvinar nunc molestie ipsum massa volutpat dolor congue. Ullamcorper adipiscing tempus ante eget sed laoreet id ipsum nunc dolor tincidunt euismod amet dolore sem, sit ut sem at erat mi felis, ipsum ante. Mauris lorem nibh, mauris sed nibh id pulvinar aliquam et elit ac et elit erat mi mauris lorem nibh eget sed laoreet id tempus ante. Molestie sit lobortis eget sed laoreet euismod ipsum massa id adipiscing aliquam proin consectetur ac diam nonummy dolore aliquet adipiscing aliquam ante, mauris erat mi. Felis tempus ante mauris lorem, ante mauris sed laoreet id ipsum, id ipsum lobortis volutpat, feugiat tincidunt euismod pulvinar dolore, aliquet turpis ut tellus sit. Ut ullamcorper amet dolore, aliquet turpis nisi non pharetra magna mauris feugiat tincidunt volutpat dolor laoreet id ipsum massa molestie feugiat lobortis volutpat, dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget turpis nisi proin elit ac mi. Id pulvinar nisi, sem consectetur, donec, praesent. Adipiscing donec, aliquet adipiscing ac nibh id. Ipsum massa at lorem nibh elit erat. Et felis tempus massa molestie, lorem lobortis. Eget, dolor, nunc tellus sit nunc non. Nonummy, erat mi felis aliquam proin turpis. Nisi ullamcorper amet dolore ullamcorper amet dolore. Tellus turpis nisi, sem consectetur magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et nibh id ipsum. Massa aliquet sit nisi, et, elit. Tempus massa molestie feugiat lobortis volutpat. Dolor laoreet, id pulvinar nunc tellus. Pharetra congue ullamcorper pulvinar dolore tellus. Turpis magna non consectetur, donec, aliquet. Turpis nisi sem, at ac et. Elit donec, praesent id tempus ante. Mauris lorem tincidunt euismod nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur nisi et, nonummy ipsum nunc molestie, sit lobortis aliquet, at lorem nibh eget ipsum laoreet molestie feugiat ut sem consectetur magna ullamcorper nonummy dolore tellus sit ut. Tellus sit ut non pharetra, tincidunt ipsum massa molestie dolor tincidunt euismod pulvinar tincidunt, tellus sit nisi sem consectetur magna diam nonummy donec praesent at aliquam diam pharetra magna. Diam, nonummy nisi proin at ac et elit erat mi adipiscing tempus proin eget sed, nibh id ipsum massa molestie feugiat lobortis eget sed nibh molestie pharetra congue, non. Amet donec praesent turpis dolore tellus, sit nisi sem consectetur congue diam nonummy donec praesent adipiscing ac et, elit sed mi adipiscing tempus, proin elit sed tincidunt, tellus sit. Ut non pharetra congue ullamcorper amet dolore aliquet sit nunc non, sit congue ullamcorper amet dolore aliquet adipiscing aliquam proin elit volutpat dolor tincidunt id pulvinar massa molestie lorem. Nibh volutpat, dolor tincidunt euismod, pulvinar, nunc tellus sit ut ullamcorper amet massa tellus sit lobortis non pharetra congue, euismod dolor tincidunt id ipsum massa tellus sit ut non. Pharetra dolore praesent adipiscing lorem et elit sed laoreet mauris feugiat lobortis volutpat pulvinar tincidunt tellus turpis, nisi diam nonummy donec praesent adipiscing donec aliquet turpis aliquam, sem consectetur. Ac et elit dolore praesent adipiscing aliquam sem nonummy magna diam amet nunc tellus sit ut molestie sit lobortis, volutpat dolor, congue aliquet turpis, dolore tellus sit ut, volutpat. Dolor congue ullamcorper, turpis nisi non pharetra congue, euismod pulvinar nunc tellus pulvinar ut non pharetra congue non pharetra congue ullamcorper amet nunc aliquet, feugiat lobortis volutpat consectetur congue. Aliquet, adipiscing tempus nunc non pharetra congue diam nonummy donec praesent at ac nibh id ipsum massa molestie sit ut non dolor tincidunt volutpat, dolor tincidunt, id pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh id ipsum laoreet molestie sit ut. Nisi proin consectetur ac et felis erat mi. Felis tempus, nibh eget lorem nibh eget ipsum. Nunc tellus, feugiat ut non pharetra congue aliquet. Turpis ut sem consectetur magna diam amet, donec. Proin, mauris ac et eget erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis tellus at ac mi, elit tempus ante. Molestie feugiat ut volutpat pulvinar nunc, tellus sit ut. Sem consectetur magna diam nonummy dolore praesent adipiscing nisi. Sem consectetur magna praesent felis, tempus ante at ac. Et elit erat laoreet id ipsum massa volutpat sed. Tincidunt, ullamcorper amet nisi sem consectetur, donec praesent turpis. Nisi ante mauris lorem et elit erat mi adipiscing. Tempus ante volutpat dolor tincidunt id pulvinar nunc aliquet. Consectetur ac et elit donec tellus, sit, ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam ante, mauris lorem nibh id ipsum massa molestie. Adipiscing ac et elit, ac mi, felis tempus ante mauris. Lorem nibh mauris, lorem, laoreet id ipsum massa tellus sit. Ut ullamcorper amet congue ut sem nonummy magna praesent adipiscing. Tempus nibh euismod dolor, nunc euismod pulvinar nunc tellus pharetra. Congue diam amet donec, praesent at lorem nibh eget dolor. Nunc aliquet turpis nisi nibh elit sed laoreet, mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar dolore aliquet consectetur donec mi felis tempus ante, mauris sed nibh eget ipsum massa tellus feugiat lobortis volutpat, dolor laoreet euismod ipsum nunc tellus sit. Ut non pharetra tincidunt tellus pulvinar nunc volutpat dolor tincidunt volutpat pulvinar, nunc tellus sit nunc non pharetra congue non pharetra tincidunt euismod pulvinar massa id ipsum ante. Elit sed tincidunt euismod, sit, ut, non sit congue non dolor laoreet id ipsum, massa molestie ipsum massa at ac nibh eget, sed laoreet id aliquam ante mauris. Ac nibh eget ipsum ante molestie lorem ante eget sed laoreet id sed, mi, id feugiat lobortis volutpat dolor congue euismod pulvinar mi mauris feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar nunc tellus sit ut non amet dolore praesent at, lorem nibh eget erat laoreet, id ipsum ante mauris lorem laoreet id ipsum, nunc tellus, sit. Congue non amet dolore, ullamcorper amet dolore, aliquet turpis nisi ullamcorper amet, dolore aliquet turpis dolore, sem turpis magna id sit ut sem elit erat, mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam proin consectetur magna diam elit erat praesent felis tempus proin at lorem et, eget, ipsum massa molestie feugiat lobortis. Volutpat molestie dolor lobortis volutpat dolor tincidunt id ipsum laoreet molestie sit ut eget sed laoreet eget sed, laoreet id ipsum, ante. Mauris, feugiat tincidunt euismod mauris sed tincidunt euismod pulvinar massa molestie feugiat, ut non pharetra congue ullamcorper adipiscing aliquam sem pharetra magna. Et, felis tempus, mi, mauris tempus ante at lorem lorem nibh, eget, ipsum nunc tellus sit ut non dolor laoreet euismod amet. Dolore aliquet at ac, et elit donec aliquet amet dolore et elit sed laoreet molestie lorem lobortis non dolor dolore aliquet amet. Dolore aliquet turpis ut non amet dolore aliquet turpis dolore sem consectetur magna sem consectetur eget ipsum nunc, tellus feugiat lobortis molestie. Lorem laoreet, id pulvinar nunc, tellus turpis nisi diam nonummy erat mi mauris lorem nibh, eget lorem nibh elit donec mi adipiscing. Tempus, ante eget sed, nibh ante eget dolor tincidunt euismod pulvinar ut molestie feugiat lobortis non amet donec mi adipiscing nisi sem. Turpis ac et elit erat mi mauris lorem nibh eget lorem nibh elit erat mi felis nonummy donec praesent felis tempus ante. Mauris sed laoreet felis tempus, ante mauris lorem nibh at ac et eget ac praesent adipiscing donec praesent turpis nisi, proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum nunc sem, consectetur magna praesent adipiscing aliquam ullamcorper turpis, nisi proin consectetur ac et elit donec ante mauris feugiat lobortis. Volutpat pulvinar nunc euismod pulvinar nunc tellus feugiat ut non pharetra, tincidunt volutpat sed tincidunt euismod pulvinar nunc tellus feugiat nibh eget sed. Laoreet euismod ipsum, massa id ipsum ut non dolor tincidunt id pulvinar massa, molestie felis tempus ante molestie dolor tincidunt ullamcorper amet donec. Praesent adipiscing aliquam et elit erat mi id, aliquam praesent, adipiscing aliquam sem consectetur turpis ut non pharetra tincidunt ullamcorper amet dolore tellus. Turpis magna diam consectetur, donec, praesent felis tempus proin adipiscing ac et elit erat mi felis tempus ante praesent felis tempus nibh eget. Sed tincidunt euismod pulvinar nunc tellus, sit congue ullamcorper pharetra, congue ullamcorper amet dolore aliquet turpis nisi non consectetur magna aliquet turpis non. Pharetra magna, praesent id feugiat ut ullamcorper, nonummy dolore proin at ac proin at ac et nonummy erat mi eget dolor tincidunt euismod. Pulvinar nisi non sit congue non amet dolore aliquet adipiscing aliquam, proin elit ac diam nonummy donec praesent adipiscing aliquam proin, consectetur pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh volutpat pharetra congue ullamcorper amet nunc tellus pharetra turpis nisi sem consectetur magna diam nonummy donec ullamcorper nonummy donec aliquet. Turpis nisi, sem consectetur magna ullamcorper amet dolore ullamcorper amet nisi aliquet sit nisi felis tempus, ante at magna diam elit sed. Ante molestie feugiat lobortis volutpat dolor tincidunt euismod amet nunc molestie feugiat lobortis molestie feugiat, lobortis volutpat, tempus, ante mauris tempus ante. At sed laoreet eget, sed laoreet id feugiat ut, ullamcorper amet dolore aliquet turpis aliquam proin consectetur nisi ullamcorper pulvinar dolore aliquet. Turpis magna diam nonummy, donec diam nonummy donec, praesent at ac et, elit erat mi elit erat ante mauris tempus, et elit. Ac sed tincidunt euismod turpis nisi non consectetur magna ullamcorper amet dolore ullamcorper pulvinar dolore molestie sit ut, ullamcorper amet dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed laoreet eget erat laoreet molestie sit, ut, non pharetra dolore aliquet at, ac diam, nonummy erat praesent felis tempus, nibh eget sed tincidunt id pulvinar nunc. Molestie sit ut ullamcorper amet dolore ullamcorper pulvinar, dolore aliquet turpis congue ullamcorper amet dolore aliquet consectetur ac et eget sed, laoreet mauris lorem nibh eget sed nibh eget. Sed, massa molestie ipsum ante mauris lorem mi felis erat praesent, mauris feugiat, lobortis euismod pulvinar nunc euismod pulvinar ut non sit ut non dolor congue id sed mi. Id turpis aliquam, ante mauris erat mi id ipsum massa molestie lorem nibh mauris ac nibh elit sed, mi, id, tempus massa molestie, feugiat lobortis volutpat dolor elit tempus. Massa molestie, tempus ante at sed nibh id sed laoreet felis, aliquam ante, mauris lorem nibh volutpat ipsum massa, tellus sit ut non pharetra congue turpis magna diam nonummy. Donec mi felis tempus proin, at lorem et elit sed massa id feugiat lobortis volutpat pharetra magna ullamcorper amet, tincidunt feugiat, lobortis non dolor, congue ullamcorper sit ut, sem. At ac laoreet felis, ipsum lobortis molestie feugiat nibh eget ac et elit donec praesent adipiscing, donec praesent consectetur donec laoreet felis aliquam proin at ac nibh elit sed. Mi id feugiat massa felis lorem nibh mauris lorem et elit donec diam nonummy donec praesent id ipsum nunc tellus sit congue ullamcorper amet dolore aliquet turpis nisi sem. Consectetur magna diam consectetur congue, ullamcorper amet nunc tellus turpis ut sem consectetur ac proin adipiscing ac, et elit erat et, felis tempus mi felis tempus ante mauris ac. Nibh eget sed laoreet molestie lorem nibh eget, dolor tincidunt euismod pulvinar massa volutpat pharetra tincidunt, volutpat dolor, tincidunt euismod ipsum massa tellus feugiat lobortis euismod pulvinar tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc molestie sit congue, ullamcorper nonummy donec praesent adipiscing nisi sem at, donec proin mauris. Lorem dolore praesent adipiscing aliquam proin, consectetur ac et id tempus massa molestie lorem ante. Elit sed tincidunt euismod pulvinar, massa, molestie pharetra congue ullamcorper dolor congue euismod amet dolore. Tellus turpis nisi ullamcorper amet donec aliquet turpis aliquam sem consectetur magna diam consectetur magna. Ullamcorper amet donec et at magna diam, nonummy aliquam praesent adipiscing, ac et eget, sed. Laoreet euismod pulvinar ut molestie, dolor lobortis volutpat pulvinar dolore aliquet elit sed mi, felis. Tempus ante mauris ac et elit erat et felis erat mi felis tempus nibh eget. Sed tincidunt tellus pulvinar massa tellus pharetra donec ante at lorem nibh eget dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, nonummy, donec praesent, adipiscing aliquam proin at ipsum nunc proin at sed. Laoreet id feugiat lobortis volutpat feugiat nibh eget dolor, laoreet id tempus, massa. Mauris feugiat lobortis eget sed laoreet eget aliquam ante molestie ac nibh eget. Sed laoreet id feugiat lobortis mauris tempus nibh, eget sed laoreet id ipsum. Massa molestie feugiat lobortis non pharetra erat mi felis aliquam proin at ac. Nibh volutpat dolor massa, tellus sit ut, non pharetra congue euismod pulvinar nunc. Tellus, at ac, et ut ullamcorper amet congue ullamcorper pulvinar dolore tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante molestie feugiat lobortis mi id feugiat massa mauris lorem nibh id ipsum nunc aliquet turpis. Nisi sem nonummy, donec praesent felis lorem nibh mauris sed laoreet id, sit magna diam nonummy dolore. Praesent at ac proin, at ac diam nonummy erat praesent at ac diam nonummy donec praesent adipiscing. Donec praesent adipiscing aliquam massa molestie feugiat massa mauris tempus ante at magna, sem consectetur magna diam. Amet donec aliquet sit, nunc molestie ipsum massa mauris lorem nibh elit ac et, mauris tempus nibh. Volutpat pulvinar laoreet id ipsum massa mauris tempus proin at aliquam proin nonummy donec, diam, amet congue. Aliquet adipiscing ac et felis tempus ante, felis tempus ante at magna sem, pharetra congue ullamcorper amet. Nunc tellus sit nisi sem, pharetra ut volutpat, dolor lobortis, eget sed mi molestie feugiat lobortis mauris. Ac et felis tempus ante felis tempus praesent adipiscing aliquam et elit ac et, amet dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ante mauris erat et elit. Tempus, ante mauris lorem ut eget dolor. Laoreet id sed mi aliquet turpis dolore. Tellus turpis, ut non dolor tincidunt euismod. Pulvinar nunc tellus sit nunc molestie sit. Ut non dolor laoreet id sed mi. Felis erat mauris lorem laoreet id tempus. Mi mauris, lorem nibh eget lorem nibh. Id ipsum laoreet id feugiat lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum nunc tellus sit lobortis ullamcorper amet congue, ullamcorper turpis nisi aliquet turpis magna diam nonummy donec praesent felis tempus, laoreet euismod pulvinar nunc tellus sit ut non. Dolor dolore aliquet turpis, nisi proin consectetur nisi non pharetra magna ullamcorper amet nunc tellus sit nunc massa molestie pharetra congue ullamcorper, amet dolore aliquet turpis nunc tellus sit ut. Non pharetra magna ullamcorper turpis nisi sem turpis nisi non pharetra congue ullamcorper nonummy amet dolore praesent adipiscing nisi aliquet turpis magna diam nonummy, donec praesent adipiscing tempus ante mauris. Ac nibh eget sed laoreet molestie lorem, congue ullamcorper turpis dolore sem consectetur magna ullamcorper, pharetra dolore ullamcorper adipiscing aliquam proin at, ac, diam consectetur donec diam nonummy donec aliquet. Turpis nisi proin consectetur feugiat laoreet, id sed mi felis tempus ante felis tempus, ante mauris ac mi felis erat mi felis aliquam proin at ac et at donec praesent. Sit magna sem nonummy erat mi, felis tempus ante mauris, lorem, nibh eget donec mi, nonummy, donec proin adipiscing aliquam amet dolore aliquet amet dolore aliquet turpis nisi, sem consectetur. Donec praesent adipiscing tempus proin at sed, nibh eget erat mi, id feugiat ut ullamcorper amet congue sem elit sed laoreet felis pulvinar nunc volutpat feugiat, lobortis euismod pulvinar tincidunt. Tellus turpis, nisi sem elit donec diam amet congue, aliquet amet mi id feugiat donec praesent adipiscing nisi et elit, erat laoreet id feugiat ut non dolor congue ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh euismod pulvinar, aliquam proin at magna diam amet, donec praesent felis aliquam, ante mauris ac et elit donec. Erat laoreet molestie sit congue diam nonummy donec aliquet adipiscing nisi proin consectetur ac et elit tempus mi mauris tempus. Proin mauris sed laoreet et nonummy erat laoreet, felis tempus ante at lorem nibh eget sed mi, felis tempus lobortis. Molestie dolor nibh, volutpat, pulvinar, nunc tellus, pulvinar nunc molestie eget sed nibh id ipsum massa id feugiat ut, volutpat. Dolor congue ullamcorper, pulvinar nunc tellus sit ut non pharetra congue ullamcorper amet amet aliquam et at erat laoreet id. Feugiat ut non, pharetra congue ullamcorper turpis nisi sem consectetur magna diam elit erat praesent, adipiscing aliquam proin adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit ut sem, consectetur donec. Praesent felis tempus ante at lorem, nibh. Donec, proin at ac et eget sed. Laoreet molestie sit magna, diam consectetur donec. Ante, mauris dolor tincidunt diam nonummy aliquam. Praesent adipiscing, aliquam proin, eget feugiat, ut. Non amet erat mi felis aliquam sem. At erat, et elit erat mi adipiscing. Lorem lobortis volutpat dolor tincidunt tellus turpis. Aliquam massa molestie feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod, ipsum nunc molestie sit ut euismod pulvinar nunc euismod elit ipsum. Nunc tellus pharetra magna diam, id, feugiat lobortis volutpat feugiat lobortis volutpat sed. Tincidunt euismod sit nisi sem nonummy donec praesent adipiscing aliquam ante ullamcorper amet. Nisi proin elit ac et felis erat, mi adipiscing aliquam proin at lorem. Et eget erat, mi felis tempus nibh volutpat, dolor molestie dolor tincidunt euismod. Pulvinar dolore sem turpis, ut sem pharetra congue euismod pulvinar nunc tellus sit. Nisi sem consectetur magna ullamcorper pharetra aliquet adipiscing lorem lobortis eget sed tincidunt. Euismod pulvinar, nisi sem pharetra congue diam nonummy, donec praesent at aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper turpis aliquam, proin mauris sed laoreet euismod pulvinar nunc tellus consectetur magna, diam nonummy aliquam proin adipiscing, adipiscing aliquam sem consectetur magna diam nonummy erat mi felis. Tempus, nibh eget sed nibh eget sed ante felis lorem nibh at lorem laoreet id, turpis magna et elit erat, ante felis tempus ante mauris ac et elit erat praesent. Adipiscing aliquam nibh mauris lorem et elit sed, mi id ipsum massa euismod amet nunc tellus pulvinar lobortis volutpat dolor tincidunt ullamcorper amet dolore, praesent adipiscing ac et eget erat. Praesent adipiscing aliquam proin at, lorem, nisi aliquet consectetur nisi diam elit erat mi mauris lorem nibh eget sed laoreet id ipsum massa molestie feugiat lobortis molestie lorem nibh eget. Sed massa dolore, sem at ac diam elit donec praesent nonummy donec proin, mauris lorem tincidunt euismod pulvinar, massa tellus pharetra congue non pharetra dolore, ullamcorper turpis nisi, sem molestie. Pharetra, magna praesent nonummy dolore proin mauris lorem nibh at donec praesent adipiscing donec praesent at ac et magna diam nonummy erat mi felis tempus ante eget sed laoreet id. Pulvinar nunc molestie sit ut ullamcorper amet dolore praesent turpis nisi aliquet, consectetur ac, et non, consectetur magna diam adipiscing, aliquam proin turpis aliquam sem at erat mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec diam felis, lorem, nibh volutpat, sed laoreet eget ipsum nunc non pharetra congue ullamcorper amet dolore ullamcorper amet dolore, aliquet elit tempus ante felis. Tempus nibh mauris lorem nibh eget sed laoreet id, feugiat ut non nonummy, donec mi, at ac, et at, ac et mauris feugiat tincidunt euismod amet. Nunc tellus sit nunc molestie sit ut non pharetra dolore ullamcorper amet dolore aliquet consectetur magna diam, pharetra congue diam adipiscing tempus donec aliquet turpis nisi. Sem, at erat massa molestie feugiat ut volutpat pharetra dolore aliquet turpis nisi sem consectetur ac et elit erat ipsum nunc tellus pharetra donec praesent adipiscing. Aliquam ante mauris ac et, at erat laoreet felis, tempus ante felis aliquam proin at magna et eget tempus praesent id ipsum massa felis tempus massa. Volutpat dolor tincidunt euismod amet massa id feugiat massa molestie feugiat nibh, eget ac mi felis erat praesent adipiscing aliquam diam nonummy donec, ante at ac. Et eget erat mi, elit erat praesent adipiscing tempus nibh eget sed laoreet euismod erat mi felis feugiat lobortis volutpat dolor congue, ullamcorper amet dolore sem. At ac tincidunt id pulvinar nunc tellus sit nibh eget sed, laoreet id ipsum massa molestie feugiat tincidunt ullamcorper pulvinar, massa molestie turpis ut sem consectetur. Magna ullamcorper nonummy dolore sem sit nisi tellus sit congue ullamcorper nonummy dolore aliquet adipiscing sed massa molestie feugiat nisi sem consectetur dolore aliquet amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh sem consectetur donec mi id ipsum lobortis molestie feugiat lobortis euismod pulvinar. Dolore aliquet sit nisi non dolor tincidunt euismod amet, nunc tellus turpis volutpat. Pharetra donec praesent amet dolore tellus pharetra congue, ullamcorper nonummy donec praesent adipiscing. Lorem nibh eget dolor tincidunt euismod ipsum nunc molestie feugiat nibh euismod turpis. Nisi sem consectetur ac et nonummy donec mi felis tempus, proin at ac. Et felis, tempus mi felis lorem lobortis eget sed laoreet id sed tempus. Massa non amet donec, aliquet adipiscing ac et elit erat mi elit erat. Mi felis lorem nibh eget sed tincidunt id ullamcorper amet dolore ullamcorper pulvinar. Nunc molestie sit nisi sem consectetur congue ullamcorper amet aliquam proin, at lorem. Nibh, eget sed laoreet id, ipsum massa eget lorem aliquet turpis magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus nibh volutpat pulvinar nunc euismod pulvinar massa molestie et elit erat mi felis tempus massa molestie dolor congue, ullamcorper amet dolore sem consectetur ac. Diam elit sed ante mauris, lorem, nibh eget lorem massa molestie feugiat massa volutpat feugiat lobortis eget, erat laoreet felis, tempus ante mauris tempus ante mauris. Sed tincidunt euismod ipsum massa tellus sit ut laoreet euismod ipsum laoreet id ipsum massa molestie feugiat lobortis eget erat laoreet felis, tempus mi, felis tempus. Proin mauris lorem nibh eget lorem, et eget, erat mi felis erat praesent felis, tempus ante at lorem nibh eget sed ante mauris tempus ante at. Sed laoreet id pulvinar nunc tellus ipsum massa volutpat feugiat lobortis volutpat sed nibh felis erat mi adipiscing aliquam proin at ac et eget ipsum laoreet. Id ipsum, ut, non pharetra congue aliquet eget pulvinar nunc euismod pulvinar nunc tellus, feugiat lobortis volutpat sed tincidunt id pulvinar nunc tellus sit ut non. Dolor congue euismod pulvinar tincidunt sem consectetur donec mi, felis tempus nibh eget lorem nibh id pulvinar nunc tellus feugiat lobortis non pharetra congue euismod ipsum. Nunc sem consectetur magna, diam consectetur tempus proin at ac et elit sed massa, molestie feugiat massa molestie dolor tincidunt id pulvinar massa id ipsum lobortis. Molestie consectetur donec mi felis aliquam sem eget sed mi felis aliquam ante mauris ac, et eget erat mi felis ipsum ante, mauris ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar nunc tellus pharetra magna, diam nonummy donec, praesent turpis ac et euismod amet, nisi sem at dolor tincidunt. Euismod amet dolore sem at ac diam, elit erat mi felis aliquam praesent at ac et elit ac proin mauris. Erat, tincidunt tellus pulvinar nunc tellus feugiat lobortis eget sed nibh eget erat praesent, adipiscing aliquam proin mauris ac et. Elit erat laoreet consectetur donec praesent adipiscing aliquam proin eget sed laoreet id ipsum massa molestie feugiat lobortis volutpat dolor. Tincidunt aliquet turpis nisi, sem consectetur tempus ante molestie feugiat lobortis volutpat sed, tincidunt id ipsum massa, id ipsum lobortis. Volutpat pharetra congue ullamcorper, adipiscing aliquam proin at magna mi felis ipsum nunc congue, ullamcorper, amet donec, praesent adipiscing aliquam. Proin at erat, mi molestie sit lobortis non pharetra tincidunt, volutpat dolor laoreet felis tempus massa molestie feugiat nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus ante molestie dolor tincidunt euismod pulvinar dolore aliquet. Consectetur magna et sit ut volutpat pharetra dolore aliquet, adipiscing. Aliquam, nibh id ipsum massa tellus turpis ut sem, nonummy. Erat mi felis tempus nibh eget sed laoreet euismod proin. At sed tincidunt euismod ipsum, massa id ipsum, lobortis volutpat. Pharetra congue ullamcorper amet dolore, tellus sit, ut sem pharetra. Congue ullamcorper amet aliquam proin at ac et elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit erat mi felis tempus ante molestie lorem lobortis volutpat at ac nibh. Id ipsum nunc non pharetra congue non pharetra tincidunt euismod pulvinar nunc euismod pulvinar. Ut non consectetur tempus, ante mauris lorem nibh aliquet adipiscing ac proin at magna. Et felis ipsum mi felis, lorem nibh at, ac, et elit donec, praesent adipiscing. Tempus ante mauris, sed nibh tellus pharetra, congue ullamcorper pharetra tincidunt euismod pulvinar, nunc. Tellus sit nisi non, pharetra magna ullamcorper amet, dolore praesent consectetur, magna, diam consectetur. Lorem tincidunt euismod ipsum laoreet felis ipsum, massa, volutpat feugiat lobortis volutpat dolor mi. Felis ipsum nunc volutpat pharetra, congue ullamcorper amet dolore aliquet adipiscing nisi sit ut. Non amet dolore praesent turpis dolore, aliquet consectetur magna sem pharetra congue ullamcorper amet. Dolore, aliquet turpis, ut, sem nonummy magna praesent nonummy aliquam praesent dolor dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum massa molestie feugiat ut euismod pulvinar donec aliquet congue diam nonummy donec proin at ac nibh eget, erat mi, felis tempus massa volutpat dolor congue diam. Nonummy aliquam, proin adipiscing nisi sem, at ac ante mauris lorem nibh eget erat mi id feugiat massa molestie feugiat nibh mauris, lorem nibh eget sed laoreet id. Tempus nibh volutpat, dolor tincidunt tellus sit ut ullamcorper nonummy donec praesent felis aliquam proin at ac et eget erat praesent, felis tempus nibh eget lorem nibh id. Pulvinar ipsum nunc aliquet sit nisi non consectetur donec diam nonummy nisi sem consectetur ac diam nonummy magna, praesent, adipiscing tempus ante at lorem nibh elit erat massa. Volutpat pharetra magna, praesent adipiscing aliquam ante mauris lorem nibh, eget erat mi adipiscing donec praesent turpis, aliquam proin consectetur magna diam elit donec mi felis feugiat ut. Sem nonummy donec praesent adipiscing, aliquam ante at ac et elit sed laoreet, id feugiat lobortis non dolor tincidunt ullamcorper amet dolore laoreet id ipsum nunc tellus feugiat. Lobortis non pharetra congue euismod ipsum massa, tellus sit ut non amet dolore ullamcorper amet dolore aliquet turpis magna diam, nonummy praesent at ac laoreet, euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus massa non amet feugiat, tincidunt, euismod pulvinar, dolore aliquet, turpis. Magna et, elit, erat mi felis tempus massa volutpat feugiat tincidunt id ipsum. Nunc tellus sit, ut praesent nonummy, nisi sem turpis nisi non pharetra magna. Diam nonummy aliquam proin at ac proin consectetur magna et elit tempus ante. Molestie dolor tincidunt sem eget sed laoreet id ipsum laoreet id ipsum ante. Mauris lorem et at ac et elit erat mi turpis nisi sem turpis. Nisi et elit erat lobortis non pulvinar tincidunt aliquet pulvinar ut non sit. Ut non amet congue, aliquet, amet, nisi proin elit erat mi felis, erat. Mi, ullamcorper adipiscing aliquam, proin at, ac nibh id sed laoreet id feugiat. Lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus pulvinar massa volutpat dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie, feugiat, lobortis ullamcorper amet congue ullamcorper turpis. Nisi consectetur erat mi felis ipsum ante mauris, lorem. Nibh eget sed nibh eget erat praesent felis tempus. Ante mauris lorem et elit, erat laoreet felis ipsum. Sed tincidunt aliquet turpis nisi diam nonummy donec praesent. Adipiscing aliquam ante mauris ac proin at ac et. Felis erat ante felis, tempus ante id, ipsum nunc. Tellus pharetra magna, diam, nonummy aliquam proin at ac. Et eget sed laoreet felis ipsum lobortis volutpat dolor. Tincidunt euismod sit magna sem consectetur donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet, adipiscing ac, et elit erat et elit feugiat tincidunt euismod pulvinar dolore aliquet turpis ut non pharetra magna diam amet, donec praesent, adipiscing aliquam et. At magna diam nonummy donec, praesent adipiscing erat mi id sit ut sem pharetra congue diam nonummy donec proin at lorem nibh eget, sed mi, id, tempus massa. Volutpat pharetra congue ullamcorper ipsum massa molestie feugiat, lobortis volutpat, pharetra tincidunt euismod pulvinar massa id ipsum ante, molestie lorem lobortis volutpat pulvinar dolore aliquet turpis nisi lobortis. Volutpat dolor, nunc tellus, pulvinar ut tellus pharetra congue ullamcorper amet dolore aliquet turpis nisi aliquet, sit ut volutpat dolor lobortis volutpat sed mi id non amet congue. Aliquet turpis nisi non pharetra congue ullamcorper nonummy donec praesent, felis tempus et eget sed tincidunt id ipsum massa molestie feugiat, lobortis volutpat amet feugiat ut ullamcorper amet. Donec ante mauris lorem lobortis volutpat dolor nunc tellus sit nisi, sem nonummy erat ante mauris pharetra dolore aliquet, turpis nisi sem at, ac et felis erat mi. Mauris lorem nibh eget lorem laoreet id tempus ante, molestie lorem nibh volutpat dolor laoreet tellus sit, lobortis non pharetra, dolore aliquet turpis nisi sem consectetur ac et. Elit donec diam adipiscing aliquam ante mauris dolor laoreet euismod ipsum massa molestie feugiat dolore aliquet amet dolore aliquet at ac et elit erat mi mauris lorem ante. Mauris dolor nunc aliquet turpis nisi sem consectetur magna ullamcorper pharetra tincidunt euismod turpis magna sem consectetur magna ullamcorper pulvinar nunc tellus, sit, ut sem pharetra, ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis aliquam proin consectetur magna sem consectetur dolore aliquet adipiscing aliquam ante at ac diam elit donec praesent praesent at. Sed laoreet euismod ipsum massa molestie sit ut non pharetra tincidunt volutpat, dolor tincidunt euismod pulvinar nunc tellus sit, ut ullamcorper. Nonummy lobortis, non amet dolore aliquet amet dolore tellus sit ut non, pharetra congue ullamcorper nonummy aliquam proin mauris lorem, et. Elit erat mi felis tempus, ante mauris ac nibh eget erat mi id ipsum ut sem nonummy erat praesent adipiscing donec. Proin at ac et elit donec laoreet id ipsum tincidunt ullamcorper amet dolore aliquet sit, ut sem consectetur magna praesent felis. Lorem nibh volutpat pulvinar nunc tellus sit ut non pharetra congue ullamcorper pharetra dolore praesent at erat tincidunt tellus, sit nunc. Non consectetur, donec mi felis tempus praesent turpis nisi sem consectetur magna ullamcorper amet dolore ullamcorper amet, dolore aliquet consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent felis lorem ante at lorem et elit erat praesent nonummy dolore, dolore aliquet amet dolore aliquet turpis magna, diam nonummy magna, diam. Adipiscing, tempus proin mauris lorem nibh eget sed massa, molestie feugiat lobortis volutpat pharetra, tincidunt, et eget pulvinar dolore aliquet sit ut, tellus pharetra. Tincidunt euismod pulvinar, nunc tellus sit ut sem consectetur magna praesent amet donec proin, mauris feugiat euismod pulvinar ut non pharetra tincidunt euismod, pulvinar. Tincidunt tellus sit nunc sem pharetra congue mauris, dolor tincidunt, tellus sit, ut sem consectetur ipsum lobortis non pharetra dolore aliquet adipiscing aliquam et. Elit sed laoreet euismod pulvinar, massa molestie lorem lobortis volutpat dolor, tincidunt tellus, sit nisi non at erat ut ullamcorper amet dolore aliquet, turpis. Nisi proin elit erat mi id ipsum massa tellus pharetra ut non pharetra congue euismod turpis nisi sem pharetra magna non elit erat laoreet. Id ipsum, massa molestie, feugiat nibh euismod dolor laoreet tellus ipsum ante felis, tempus ante mauris congue aliquet amet nisi sem consectetur ac et. Elit erat ante adipiscing tempus ante mauris lorem nibh eget sed mi felis tempus ante molestie sed laoreet id, sed laoreet id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie feugiat lobortis eget dolor congue tincidunt ullamcorper. Turpis aliquam proin at magna et elit erat mi. Mauris lorem lobortis volutpat sed laoreet eget erat mi. Mauris lorem ante mauris sed dolore sem consectetur ac. Mi, id ipsum ante mauris lorem nibh eget dolor. Nunc euismod pulvinar, nunc tellus sit ut non, dolor. Congue ullamcorper ante, mauris feugiat lobortis euismod dolor tincidunt. Id pulvinar ut non pharetra tincidunt ullamcorper, nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id elit, erat mi felis ipsum lobortis non pharetra, dolore praesent felis lorem nibh mauris ac et consectetur. Magna diam, nonummy, dolore aliquet adipiscing aliquam proin felis ipsum lobortis volutpat dolor lobortis volutpat pulvinar tincidunt tellus sit. Magna et elit ipsum nunc tellus pharetra magna, ullamcorper amet, dolore praesent adipiscing, aliquam congue ullamcorper pharetra dolore aliquet. Turpis nisi proin eget sed tincidunt id ipsum nunc molestie feugiat lobortis eget sed nibh elit donec, praesent erat. Massa volutpat dolor lobortis volutpat dolor tincidunt euismod sit nunc non pharetra congue ullamcorper, amet nunc tellus sit, ut. Non pharetra congue, ullamcorper amet donec volutpat dolor nunc aliquet sit ut tellus sit tincidunt euismod dolor tincidunt euismod. Ipsum massa molestie feugiat, ut non pharetra tincidunt euismod amet nisi sem at magna mauris sed laoreet euismod pulvinar. Ut sem consectetur magna diam amet dolore ullamcorper amet nunc aliquet sit ut sem consectetur dolore aliquet turpis praesent. Mauris sed nunc tellus pulvinar ut, sem consectetur magna diam amet, donec praesent adipiscing aliquam proin, at, magna et. Nonummy donec praesent felis aliquam proin consectetur erat praesent felis tempus ante mauris ac et at ac, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra feugiat lobortis, euismod amet nunc aliquet at lorem laoreet id pulvinar nunc molestie pharetra ac et felis tempus ante mauris. Lorem nibh euismod, dolor, magna et elit erat mi felis feugiat nibh volutpat dolor laoreet euismod amet nunc aliquet turpis nisi. Diam nonummy, donec mi mauris feugiat lobortis euismod turpis magna diam nonummy erat, praesent, adipiscing aliquam ante mauris ac et eget. Ipsum nunc, tellus turpis ut non dolor tincidunt ullamcorper amet nunc aliquet pulvinar nunc diam nonummy donec proin mauris ac proin. Elit sed massa tellus feugiat ut non pharetra congue aliquet amet, dolore aliquet sit ut non mauris, lorem laoreet id pulvinar. Nunc sem, pharetra magna ullamcorper amet dolore aliquet, turpis nisi, sem at ac diam nonummy donec praesent felis tempus ante at. Dolore praesent at, ac et at erat mi felis tempus ante molestie lorem lobortis volutpat dolor nunc, euismod pulvinar ut tellus. Consectetur magna praesent adipiscing aliquam proin volutpat pharetra congue ullamcorper turpis, nisi proin eget sed mi id, ipsum massa molestie feugiat. Nibh eget sed laoreet eget at, ac diam nonummy, dolore ullamcorper, turpis dolore aliquet sit nisi, sem consectetur congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non pharetra magna diam nonummy dolore praesent turpis aliquam et at. Sed mi felis ipsum massa molestie lorem lobortis volutpat adipiscing nisi sem at. Ac, mi id feugiat lobortis volutpat feugiat, nibh eget sed, mi felis ipsum. Massa volutpat dolor magna ante felis donec laoreet eget sed laoreet id ipsum. Massa molestie feugiat lobortis eget sed laoreet, id ipsum, massa molestie lorem lobortis. Eget sed laoreet euismod, sit ut tellus sit donec proin adipiscing lorem nibh. Eget sed laoreet molestie ipsum ut non consectetur magna diam nonummy nisi sem. Consectetur ac et elit donec, tincidunt, ullamcorper amet ac et eget sed laoreet. Felis feugiat lobortis volutpat dolor lobortis euismod dolor tincidunt id tempus, mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper nonummy erat ante mauris lorem nibh eget dolor tincidunt tellus sit nisi, sem, nonummy magna praesent adipiscing. Aliquam proin at ac et at ac diam felis erat ante felis lorem lobortis eget dolor tincidunt euismod sit ut. Non pharetra, donec praesent mauris sed laoreet euismod ipsum massa molestie feugiat massa molestie feugiat nibh elit erat mi felis. Tempus massa molestie feugiat lobortis eget lorem laoreet, id ipsum ut, ullamcorper nonummy erat mi mauris feugiat, lobortis volutpat dolor. Nunc sem consectetur magna, et elit erat praesent felis tempus nibh volutpat dolor congue congue euismod pulvinar nunc molestie sit. Nisi diam felis ipsum massa tellus pharetra congue ullamcorper, nonummy, donec, praesent turpis ut non sit ut ullamcorper, amet dolore. Praesent eget, dolor tincidunt euismod pulvinar ut non consectetur tincidunt, ullamcorper amet donec aliquet adipiscing ac proin nonummy donec praesent. Adipiscing aliquam proin adipiscing aliquam proin at ipsum massa volutpat dolor lobortis ullamcorper amet, dolore tellus sit ut non consectetur. Donec praesent felis, tempus proin adipiscing aliquam, lobortis, volutpat feugiat lobortis volutpat pulvinar nunc tellus sit ut non pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum ante volutpat pharetra dolore praesent turpis nisi proin at erat mi felis erat ante mauris, lorem ante eget, sed laoreet euismod sed laoreet. Id feugiat lobortis volutpat, dolor congue euismod pulvinar nunc aliquet turpis nisi non consectetur erat mi felis tempus ante at ac proin consectetur erat proin at. Lorem nibh eget sed mi felis erat mi adipiscing tempus ante mauris lorem nibh elit erat mi felis tempus ante at sed laoreet id sit nisi. Magna mi felis lorem nibh volutpat pulvinar dolore aliquet turpis nisi non at donec praesent felis aliquam praesent adipiscing ac et sem consectetur ac mi elit. Tempus massa mauris feugiat, ut, non amet nunc tellus sit ut non sit lobortis molestie lorem lobortis, volutpat ipsum laoreet id ipsum donec praesent, adipiscing aliquam. Proin eget sed laoreet eget, sed mi felis tempus ante adipiscing, aliquam proin at ac diam amet dolore aliquet, amet nunc euismod pulvinar congue diam amet. Donec proin mauris, lorem nibh eget sed mi felis ipsum ante molestie feugiat, tincidunt ullamcorper turpis, nisi pulvinar nunc tellus turpis ut sem, consectetur magna diam. Amet donec, proin at lorem nibh eget erat mi elit tempus massa mauris lorem proin consectetur magna sem nonummy donec, diam adipiscing tempus proin at ac. Nibh id ipsum, massa tellus sit, lobortis, non pharetra magna ullamcorper pulvinar nunc tellus sit, ut tellus tempus nibh eget sed laoreet id ipsum massa, molestie. Feugiat lobortis molestie feugiat lobortis volutpat, pulvinar nunc tellus turpis nisi non, pharetra magna ullamcorper dolor tincidunt euismod, consectetur ac, mi id tempus massa volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, tincidunt congue ullamcorper amet nunc tellus turpis aliquam et at ac, mi id ipsum ante mauris ac, nibh eget dolor tincidunt. Euismod, pulvinar nunc volutpat dolor dolore praesent at lorem et elit erat mi, felis ipsum massa molestie feugiat lobortis aliquet turpis nisi. Aliquet consectetur magna diam nonummy donec mi felis, nibh proin, eget nonummy ipsum, magna, nunc sem eget turpis feugiat donec mi molestie. Pharetra erat massa non, nonummy ipsum nisi diam eget ipsum, ut et id nonummy feugiat ac nunc, ante diam, molestie pharetra erat. Ut laoreet proin ullamcorper adipiscing, pharetra ac nunc et euismod mauris elit, sit sed ante sem id, ipsum nunc tellus feugiat ut. Ullamcorper nonummy donec praesent adipiscing aliquam et eget sed massa, id sit ut volutpat dolor tincidunt euismod pulvinar ullamcorper nonummy tempus proin. Mauris sed tincidunt, euismod ipsum nunc tellus sit ut non pharetra congue ullamcorper turpis aliquam sem consectetur magna diam nonummy donec praesent. Adipiscing feugiat congue ullamcorper felis ipsum massa molestie feugiat, nibh volutpat, dolor laoreet felis erat mi felis lorem lobortis eget, sed ac. Nibh id ipsum laoreet id feugiat ut non amet congue ullamcorper turpis dolore sem consectetur magna diam, nonummy donec praesent felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id pulvinar dolore tellus sit ut non pharetra congue aliquet turpis tempus ante mauris turpis, magna diam consectetur. Donec mi id tempus massa volutpat dolor tincidunt id ipsum laoreet id ipsum massa molestie lorem lobortis euismod pulvinar. Tincidunt sem elit erat nunc sem consectetur magna mi id aliquam praesent adipiscing ac, et at ac et elit. Ipsum massa volutpat dolor tincidunt euismod pulvinar nunc, lorem nibh volutpat sed laoreet eget sed laoreet felis erat, proin. At, lorem lobortis volutpat pulvinar nunc euismod ipsum ante, mauris feugiat nibh mauris elit, erat mi felis tempus ante. Mauris lorem nibh elit sed massa tellus feugiat massa mauris, feugiat, lobortis ullamcorper, pulvinar tincidunt tellus turpis nisi non. Sit massa tellus sit ut volutpat, feugiat lobortis volutpat dolor laoreet molestie ipsum massa mauris lorem nibh eget sed. Tincidunt euismod pulvinar nunc molestie feugiat nibh eget pharetra, congue ullamcorper amet nunc molestie feugiat lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem mauris sed tincidunt laoreet euismod turpis nisi sem consectetur ac et nonummy donec, mi adipiscing tempus ante mauris erat mi felis ipsum massa molestie, feugiat. Nibh eget at ac et elit ac et elit donec mi felis lorem, nibh volutpat dolor tincidunt id, pulvinar ut sem nonummy magna diam nonummy aliquam. Praesent euismod pulvinar nunc tellus turpis congue ullamcorper amet dolore aliquet turpis, nisi aliquet consectetur magna nibh elit erat mi felis tempus ante, at lorem nibh. Id sed turpis aliquam et elit erat et nonummy donec massa volutpat dolor tincidunt, euismod amet tincidunt tellus pulvinar massa molestie sit lobortis non pharetra elit. Ipsum massa volutpat pharetra congue euismod pulvinar nunc, aliquet turpis ut sem consectetur magna diam adipiscing donec, praesent turpis nisi sem at, erat mi felis erat. Nisi sem at erat mi felis tempus mi felis, tempus ante mauris sed laoreet, id sed, mi felis ipsum massa molestie lorem nibh elit, erat mi. Pulvinar ut non, feugiat lobortis volutpat sed, tincidunt, id pulvinar ut, sem consectetur congue non pharetra, congue ullamcorper pulvinar massa nonummy dolore aliquet adipiscing aliquam proin. At lorem nibh eget erat, mi mauris lorem ante at ac nibh eget sed massa id feugiat lobortis volutpat pharetra congue nibh euismod pulvinar nunc euismod. Sit ut non nonummy donec, diam nonummy aliquam aliquet turpis dolore sem consectetur congue diam amet, congue ullamcorper amet nunc aliquet sit donec mi mauris feugiat. Nibh mauris, sed laoreet id ipsum laoreet id, tempus proin, at ac et at, ac et elit tempus ante, mauris lorem, nibh mauris adipiscing aliquam diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget sed nunc tellus turpis, congue turpis aliquam proin, consectetur, ac et. Eget tempus ante molestie feugiat lobortis eget pharetra congue ullamcorper amet dolore sem. At ac et elit donec aliquet volutpat dolor nunc euismod pulvinar massa molestie. Feugiat ut ullamcorper, pharetra congue ullamcorper pulvinar nunc non, pharetra congue diam nonummy. Erat, praesent felis lorem at ac et nonummy magna diam nonummy nunc tellus. Sit nisi sem pharetra magna diam nonummy, dolore, praesent adipiscing aliquam sem consectetur. Magna id ipsum massa molestie sit ut ullamcorper pharetra congue, euismod amet dolore. Non pharetra magna ullamcorper amet congue ullamcorper amet nisi proin turpis magna diam. Nonummy non consectetur donec mi felis tempus ante mauris sed laoreet euismod pulvinar. Nunc aliquet sit ut non, dolor tincidunt euismod turpis nisi sem consectetur nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam, ante mauris lorem nibh elit sed mi felis tempus ante mauris feugiat nibh at ac nibh elit sed laoreet felis, aliquam proin at. Lorem nibh eget ipsum, laoreet, molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet nonummy erat mi, adipiscing ipsum lobortis eget lorem nibh, eget. Sed, laoreet molestie turpis, magna diam elit tempus mi mauris tempus nibh eget sed laoreet id proin mauris lorem nibh eget, sed laoreet molestie feugiat. Ut non pharetra congue ullamcorper turpis dolore aliquet, consectetur nisi sem, nonummy donec praesent, ullamcorper, nonummy aliquam proin at aliquam proin at, erat laoreet id. Ipsum massa molestie dolor tincidunt euismod pulvinar, nunc euismod pulvinar ut, sem nonummy magna diam nonummy ac et, eget ipsum laoreet molestie ipsum ante mauris. Lorem ante eget, sed laoreet id ipsum massa mauris feugiat nibh, eget, sed tincidunt, id pulvinar massa id amet dolore aliquet turpis nisi proin at. Ac et elit tempus mi adipiscing aliquam ante at magna diam elit erat donec proin at, lorem et eget erat mi id tempus mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed eget sed laoreet id ipsum ante mauris sed laoreet eget ipsum laoreet tellus feugiat lobortis molestie feugiat lobortis eget erat laoreet id ipsum, massa, molestie donec, aliquet adipiscing aliquam. Et, elit ac diam elit, tempus ante mauris lorem et elit erat mi felis tempus, ante felis aliquam, proin mauris ac amet dolore aliquet, turpis nisi sem at magna diam. Amet donec praesent adipiscing aliquam proin consectetur ac et elit erat, praesent felis tempus proin at ac laoreet tellus sit ut ullamcorper amet donec aliquet adipiscing aliquam proin at magna. Sem nonummy donec praesent adipiscing aliquam proin adipiscing ac et elit ipsum ante, molestie feugiat tincidunt, volutpat pulvinar nunc, molestie feugiat massa molestie lorem nibh eget, lorem laoreet eget sed. Ante molestie feugiat nibh mauris lorem nibh, id consectetur ac mi felis, tempus, ante volutpat feugiat lobortis euismod amet dolore aliquet turpis nisi sem consectetur, magna diam amet dolore aliquet. Turpis aliquam nibh at, at erat et felis erat praesent mauris lorem nibh eget sed nibh eget sed mi felis tempus proin eget sed nonummy erat ante mauris feugiat lobortis. Volutpat dolor tincidunt euismod ipsum ante felis tempus, ante, mauris lorem et eget erat mi id tempus massa molestie lorem nibh molestie sit ut sem consectetur magna praesent adipiscing aliquam. Ante mauris dolor tincidunt, euismod pulvinar massa molestie sit ut non dolor tincidunt euismod pulvinar massa tellus pharetra magna ullamcorper adipiscing aliquam proin consectetur magna diam nonummy donec diam nonummy. Donec ante at lorem nibh id sed laoreet id ipsum ante molestie feugiat et tempus massa molestie lorem nibh eget sed nibh id pulvinar nunc tellus pharetra magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi id ipsum ut. Non pharetra magna diam, adipiscing aliquam. Ante mauris sed, id pulvinar massa. Molestie turpis magna diam nonummy donec. Mi mauris lorem nibh volutpat sed. Nibh, eget ipsum laoreet id tempus. Nibh mauris lorem nibh turpis nisi. Diam elit erat mi mauris lorem. Nibh volutpat dolor nunc, turpis lorem. Lobortis, euismod pulvinar nunc aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at lorem nibh eget sed massa molestie sit ut non, pharetra congue ullamcorper amet dolore tellus sit magna diam elit. Erat magna praesent adipiscing aliquam proin eget sed laoreet eget sed mi felis tempus proin at aliquam sem at ac diam. Elit donec praesent adipiscing dolor nunc aliquet sit nisi sem consectetur magna diam nonummy dolore ullamcorper turpis nisi sem consectetur magna. Diam felis ipsum lobortis non pharetra magna ullamcorper amet nunc lorem lobortis volutpat pharetra tincidunt, ullamcorper turpis nisi et elit sed. Laoreet id, feugiat ut non consectetur congue ullamcorper pulvinar dolore tellus sit erat, laoreet tellus feugiat, ut, eget lorem laoreet eget. Sed nunc tellus turpis nisi non consectetur donec aliquet adipiscing tempus proin consectetur magna et elit erat mi tellus pulvinar massa. Molestie feugiat lobortis volutpat pharetra dolore aliquet amet, nunc tellus sit lobortis volutpat feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc. Tellus feugiat ullamcorper nonummy donec proin, molestie dolor lobortis, volutpat dolor laoreet id ipsum ante mauris lorem nibh eget sed nibh. Eget pharetra magna diam nonummy donec mi felis tempus nibh elit sed tincidunt felis ipsum, massa non pharetra congue diam nonummy. Donec proin adipiscing ac sem consectetur ipsum massa mauris feugiat lobortis, elit erat et elit erat, mi mauris tempus ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac, et felis ipsum. Massa volutpat dolor tincidunt, euismod pulvinar. Nunc aliquet turpis nunc volutpat dolor. Tincidunt ullamcorper nonummy diam adipiscing, aliquam. Ante molestie feugiat lobortis, volutpat dolor. Nunc tellus turpis nisi non consectetur. Erat mi felis aliquam proin adipiscing. Aliquam diam elit adipiscing ac et. Elit erat et, felis donec mi. Felis, tempus proin mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec massa molestie dolor tincidunt, id ipsum, massa molestie sit nisi non. Pharetra congue ullamcorper amet nisi aliquet consectetur ac nibh id, ipsum nunc tellus feugiat. Donec proin at lorem nibh, eget erat laoreet, id tempus ante felis lorem nibh. Eget dolor tincidunt euismod sed laoreet id lorem nibh eget lorem dolore aliquet consectetur. Ac diam elit tempus mi felis aliquam proin consectetur ac sem nonummy magna ullamcorper. Amet nunc aliquet turpis nisi, sem consectetur ac et elit, feugiat congue euismod pulvinar. Nunc sem at lorem mi elit erat praesent adipiscing aliquam praesent at aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi, aliquet consectetur nisi non. Consectetur magna, praesent felis aliquam proin. Eget amet dolore aliquet adipiscing lorem. Nibh praesent adipiscing tempus ante, mauris. Dolor, tincidunt, ullamcorper amet nisi sem. At ac, mi id ipsum ante. Molestie sit ut, euismod, pulvinar nunc. Tellus nunc tellus sit lobortis, volutpat. Dolor tincidunt euismod pulvinar, tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper nonummy aliquam ante non pharetra congue proin at lorem nibh eget erat et elit donec aliquet adipiscing lorem lobortis mauris, lorem nibh eget erat. Laoreet, id feugiat lobortis ante molestie, dolor nibh eget sed massa molestie feugiat ut non pharetra magna ullamcorper pulvinar nunc tellus sit ut tellus pharetra ut ullamcorper. Nonummy aliquam proin elit erat laoreet id ipsum massa molestie lorem ante eget sed laoreet euismod ipsum, massa molestie lorem nibh mauris lorem laoreet id ipsum magna. Et elit tempus mi mauris tempus ante at magna, sem nonummy donec diam nonummy donec aliquet adipiscing aliquam et eget ipsum, mi felis, tempus massa volutpat adipiscing. Ac, nibh, ullamcorper adipiscing, lorem lobortis euismod dolor nunc euismod pulvinar, nunc tellus feugiat ut volutpat amet dolore praesent, turpis nisi sem consectetur congue ullamcorper amet pharetra. Congue, diam nonummy, dolore aliquet adipiscing aliquam et eget ipsum massa, molestie, feugiat ut volutpat feugiat lobortis eget, elit erat mi felis, tempus nibh euismod pulvinar tincidunt. Tellus turpis aliquam proin elit erat praesent, felis aliquam proin at lorem nibh eget sed laoreet molestie sem nonummy donec praesent adipiscing aliquam ante mauris dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac non consectetur, donec mi felis tempus proin mauris ac, et nonummy erat laoreet id feugiat ante, mauris, sed. Nibh, id ipsum massa molestie feugiat massa ullamcorper amet nisi proin consectetur magna diam consectetur magna ullamcorper nonummy donec praesent, at. Lorem nibh eget sed et elit erat praesent adipiscing aliquam et felis tempus mi adipiscing aliquam praesent at, magna diam elit. Erat mi id, ipsum massa molestie feugiat nibh, eget sed laoreet id, ipsum massa, molestie feugiat dolore aliquet consectetur magna sem. Nonummy erat mi felis, tempus ante mauris lorem nibh eget sed laoreet, molestie sit ut, non pharetra tincidunt volutpat turpis nisi. Non nonummy donec diam adipiscing donec aliquet, adipiscing nisi proin consectetur congue ullamcorper dolor tincidunt euismod dolor tincidunt, molestie turpis nisi. Sem consectetur donec ac laoreet, id ipsum massa id, ipsum massa molestie feugiat nibh eget sed massa molestie, feugiat ut non. Pharetra magna praesent felis tempus proin at ac et non pharetra dolore praesent turpis dolore, sem consectetur magna diam nonummy, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus sit ut non pharetra, congue aliquet adipiscing aliquam, sem at, erat et felis erat. Ante molestie dolor tincidunt volutpat, pulvinar, nunc, aliquet turpis nisi non nonummy ipsum massa molestie feugiat. Massa non pharetra dolore praesent adipiscing aliquam et, elit ac et elit feugiat nibh, volutpat, pulvinar. Dolore praesent at ac proin pharetra congue ullamcorper, amet congue ullamcorper pulvinar nunc molestie feugiat massa. Volutpat, dolor tincidunt euismod dolor nunc sem consectetur donec diam nonummy aliquam proin at lorem et. Eget ipsum laoreet id ipsum ante mauris lorem et at ac et felis tempus, elit sed. Massa molestie sit congue ullamcorper nonummy dolore aliquet, amet nisi sem consectetur magna non consectetur magna. Diam adipiscing tempus ante mauris lorem nibh eget consectetur ac, et id ipsum ante, at ac. Et elit ac et elit donec diam, turpis, nisi proin mauris ac et nonummy donec, diam. Adipiscing aliquam, proin ullamcorper pulvinar nunc, tellus sit nisi non pharetra congue ullamcorper amet nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut ullamcorper nonummy donec aliquet adipiscing aliquam, et eget erat laoreet id nonummy donec, mi mauris lorem nibh mauris ac et id sed, massa molestie ipsum massa molestie. Feugiat laoreet id ipsum laoreet id ipsum lobortis volutpat dolor dolore aliquet turpis magna diam consectetur donec praesent nonummy donec aliquet, turpis nisi proin at magna et elit tempus. Mi mauris lorem lobortis volutpat dolor nisi diam nonummy magna diam adipiscing donec proin at ac proin consectetur magna, diam, nonummy erat mi mauris feugiat nibh eget erat laoreet. Diam felis feugiat nibh volutpat sed nibh eget ipsum laoreet id ipsum ante mauris lorem laoreet eget ipsum massa id ipsum massa molestie feugiat lobortis eget sed ipsum nunc. Non elit erat mi adipiscing, aliquam proin mauris lorem et elit, erat mi, id ipsum ante mauris lorem nibh eget dolor tincidunt id ipsum praesent adipiscing donec, aliquet turpis. Aliquam sem at ac et felis, ipsum ut volutpat dolor tincidunt, euismod amet nunc tellus pulvinar, massa mauris lorem at erat et elit aliquam ante at ac, et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi sem elit elit erat. Massa felis, aliquam ante mauris ac. Nibh elit erat mi elit donec. Praesent felis tempus nibh eget, erat. Laoreet id ipsum massa non amet. Nunc aliquet turpis nisi proin at. Ac et elit donec praesent felis. Ac nibh elit ac et felis. Ipsum massa tellus sit lobortis tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non amet dolore aliquet adipiscing aliquam sem consectetur ac diam consectetur donec praesent felis nisi dolore praesent adipiscing aliquam sem consectetur, magna diam, nonummy donec praesent. Adipiscing aliquam sem turpis, nisi sem consectetur donec aliquet turpis nisi sem consectetur, pharetra magna diam nonummy donec praesent adipiscing ac et eget erat mi felis erat, mi. Felis lorem nibh eget dolor tincidunt erat mi felis lorem nibh eget lorem nibh elit erat laoreet felis tempus, ante mauris feugiat lobortis, euismod pulvinar nunc euismod ipsum. Massa molestie tempus ante, mauris sed tincidunt euismod, pulvinar nunc id ipsum, massa volutpat dolor congue ullamcorper amet nunc tellus turpis ut non, pharetra magna diam nonummy donec. Aliquet at lorem laoreet eget ipsum nunc tellus feugiat lobortis molestie feugiat lobortis volutpat dolor nunc tellus sit nunc molestie sit ut ullamcorper pulvinar dolore aliquet turpis magna. Et id, feugiat massa molestie feugiat lobortis euismod pulvinar tincidunt euismod sit nunc tellus consectetur magna ullamcorper dolor, tincidunt non at ac et adipiscing donec aliquet adipiscing aliquam. Proin at erat, et elit donec mi felis tempus nibh volutpat dolor laoreet id sed laoreet felis ipsum laoreet ullamcorper amet nisi sem turpis nisi volutpat dolor congue. Ullamcorper amet dolore aliquet turpis nisi non pharetra magna diam nonummy dolore tellus sit nunc tellus pharetra dolore aliquet turpis nisi sem turpis nisi sem pharetra magna ullamcorper. Nonummy aliquam ante mauris sed laoreet id ipsum massa molestie feugiat lobortis volutpat pharetra congue euismod id ipsum massa molestie, feugiat lobortis eget sed tincidunt euismod, pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget ipsum, mi id sit ut non pharetra congue ullamcorper amet nisi. Sem consectetur, ac nibh, id ipsum laoreet molestie lorem ac mi felis ipsum. Ante volutpat, dolor tincidunt euismod pulvinar dolore aliquet pulvinar nunc tellus pharetra congue. Diam felis tempus nibh mauris lorem nibh molestie, sit, ut ullamcorper amet congue. Aliquet turpis nisi aliquet turpis ut non pharetra magna ullamcorper amet dolore tellus. Sit ut sem at erat mi adipiscing tempus, nibh eget, sed laoreet id. Feugiat ut sem consectetur erat mi felis tempus ante eget sed laoreet id. Ipsum nunc non pharetra congue praesent adipiscing aliquam proin, at ac et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis eget dolor tincidunt euismod pulvinar massa et adipiscing tempus ante molestie. Pharetra, congue praesent adipiscing, aliquam ante eget dolor laoreet id sit ut non. Sit ut ullamcorper amet donec aliquet turpis erat et, felis erat ante felis. Lorem lobortis volutpat dolor tincidunt id ipsum massa mauris, lorem nibh, eget sed. Nibh, id ipsum laoreet id tempus aliquam proin at magna ullamcorper nonummy donec. Praesent adipiscing aliquam proin at ac, diam elit erat, praesent adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus lobortis euismod amet nunc tellus turpis magna sem nonummy donec. Diam adipiscing tempus proin mauris lorem nibh ante volutpat dolor congue ullamcorper. Turpis aliquam proin, consectetur magna diam consectetur, magna diam nonummy dolore aliquet. Turpis nisi non consectetur ac mi non dolor tincidunt euismod pulvinar tincidunt. Id ipsum massa mauris lorem ante eget, lorem nibh elit erat mi. Felis aliquam, proin at ac et elit erat laoreet non pharetra donec. Ullamcorper nonummy nisi, aliquet turpis nisi non consectetur donec praesent nonummy, aliquam. Ante at lorem nibh, eget ipsum massa molestie nonummy erat, ante molestie. Lorem, lobortis volutpat sed laoreet id ipsum massa molestie feugiat nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar adipiscing nunc non sit congue ullamcorper amet nunc tellus sit ut non sit ut volutpat, feugiat laoreet, id ipsum. Laoreet tellus sit ut non felis tempus, sem at ac, laoreet id pulvinar nunc id ipsum, massa eget lorem nibh. Eget sed massa id tempus ante felis, aliquam sem consectetur tempus nibh eget sed laoreet id, ipsum massa molestie lorem. Ante mauris lorem et at ac et elit erat mi turpis dolore tellus feugiat massa mauris tellus pulvinar nunc tellus. Sit magna diam amet dolore ullamcorper amet nunc tellus sit lobortis molestie lorem nibh elit ac et elit erat ut. Non consectetur magna diam nonummy dolore ullamcorper amet ut molestie feugiat lobortis molestie lorem nibh eget erat et elit erat. Mi felis, tempus lobortis eget sed nunc tellus feugiat ut volutpat dolor tincidunt id, ipsum mi felis erat praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi mauris sit ut volutpat dolor laoreet euismod ipsum mi adipiscing. Tempus lobortis molestie ac et at ac et amet dolore ullamcorper amet. Nunc tellus elit donec diam nonummy dolore tellus pulvinar nunc, tellus feugiat. Lobortis volutpat sed laoreet, eget sed massa molestie ipsum ante mauris, tempus. Ante sem molestie feugiat lobortis, non pharetra tincidunt volutpat sed massa molestie. Feugiat ut non pharetra congue, euismod pulvinar tincidunt euismod pulvinar, nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra donec, aliquet turpis nisi aliquet. Consectetur ac mi felis, tempus massa tellus. Pharetra magna diam adipiscing aliquam proin sem. Consectetur ac praesent nonummy donec praesent adipiscing. Ac nibh at magna non consectetur magna. Praesent, adipiscing tempus proin consectetur magna et. Eget sed proin elit erat laoreet id. Ipsum lobortis molestie dolor tincidunt ullamcorper pulvinar. Dolore sem at, magna diam consectetur congue. Ullamcorper nonummy donec praesent adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus massa mauris lorem nibh volutpat sed nibh id ipsum ante molestie, feugiat lobortis eget sed sed tincidunt euismod pulvinar nunc aliquet turpis ut volutpat dolor. Congue aliquet felis lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat, lobortis ullamcorper amet dolore felis tempus proin consectetur magna diam nonummy donec diam amet. Dolore, aliquet, adipiscing ac proin consectetur ac, diam nonummy dolore ullamcorper pulvinar nunc molestie dolor lobortis eget dolor tincidunt tellus sit ut tellus lorem ante mauris aliquam. Sem at magna diam amet, dolore ullamcorper pulvinar massa molestie feugiat tincidunt volutpat dolor tincidunt id ipsum massa molestie tempus ante at aliquam sem consectetur congue ullamcorper. Dolor tincidunt id ipsum laoreet id ipsum ante mauris tempus et elit erat praesent, amet dolore, tellus pulvinar massa mauris feugiat nibh at, aliquam et elit erat. Mi id ipsum ante molestie lorem lobortis, eget sed, laoreet praesent adipiscing donec sem consectetur ac nibh eget sed, laoreet molestie ipsum massa molestie, sed, laoreet eget. Sed laoreet massa non pharetra tincidunt volutpat dolor nibh eget sed mi adipiscing aliquam praesent adipiscing ut, non pharetra ut volutpat dolor tincidunt volutpat sed, tincidunt molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc euismod sit nisi diam nonummy donec mi felis aliquam proin at aliquam massa, tellus sit ut non, pharetra tincidunt euismod elit ipsum massa molestie, ipsum massa volutpat. Pharetra, dolore ullamcorper amet nisi sem consectetur magna et elit tempus lobortis volutpat dolor tincidunt euismod pulvinar massa tellus feugiat lobortis molestie lorem lobortis, eget sed laoreet id. Feugiat ut non dolor congue euismod dolor nunc non consectetur donec praesent adipiscing tempus ante at lorem nibh volutpat ipsum massa molestie feugiat, lobortis molestie feugiat, tincidunt euismod. Pulvinar dolore aliquet consectetur donec mi felis tempus ante at ac et, elit erat laoreet felis tempus massa mauris feugiat lobortis eget sed tincidunt euismod ipsum massa mauris. Feugiat lobortis aliquet eget dolor, tincidunt euismod pulvinar massa id ipsum massa mauris lorem nibh elit erat mi felis ipsum massa molestie lorem nibh volutpat sed nibh id. Erat euismod pulvinar dolore tellus sit ut volutpat dolor lobortis volutpat dolor mi mauris, pharetra congue ullamcorper pharetra congue euismod feugiat tincidunt euismod amet dolore, aliquet consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc euismod pulvinar ut molestie sit, ut. Diam elit, erat, mi mauris feugiat tincidunt volutpat. Pulvinar tincidunt euismod dolor tincidunt euismod pulvinar massa. Molestie feugiat ut ullamcorper amet congue et eget. Dolor dolore aliquet turpis nisi sem consectetur magna. Mi felis tempus nibh at sed tincidunt euismod. Pulvinar nunc tellus pharetra congue non turpis aliquam. Proin elit sed tincidunt euismod ipsum massa molestie. Lorem nibh, volutpat pharetra nunc tellus pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris feugiat, lobortis euismod pulvinar nunc aliquet turpis ut. Sem consectetur donec praesent adipiscing donec praesent adipiscing ac, proin. Elit ac et felis feugiat congue euismod amet dolore aliquet. Consectetur ac et felis tempus mi adipiscing aliquam ante mauris. Sed tincidunt ullamcorper amet ut non consectetur magna et dolore. Aliquet, turpis nisi sem pharetra congue ullamcorper nonummy donec, praesent. Adipiscing ac nibh eget erat praesent, adipiscing aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat lobortis non dolor tincidunt volutpat dolor laoreet euismod sit nunc non sit congue ullamcorper, nonummy donec aliquet at molestie turpis. Nisi, et felis tempus massa molestie lorem nibh volutpat, dolor tincidunt tellus sit ut non pharetra congue praesent adipiscing donec praesent adipiscing. Nisi ante at ac diam nonummy erat mi felis tempus ante, mauris ac et elit sed laoreet id ipsum massa mauris ac. Nibh volutpat pulvinar dolore tellus sit donec, praesent adipiscing, aliquam ante mauris lorem nibh id pulvinar ut non, sit ut non pharetra. Congue praesent, amet aliquam, et at erat ante, molestie feugiat nibh eget sed laoreet eget erat mi felis aliquam proin mauris ac. Et elit sed laoreet id ipsum massa mauris lorem nibh elit, erat ac nibh nonummy, donec mi id tempus ante mauris ac. Et elit erat mi felis ipsum ante mauris lorem nibh volutpat erat mi felis erat mi, adipiscing sed tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit erat praesent, at ac proin at ac nonummy donec proin at ac laoreet euismod pulvinar nunc molestie pharetra congue diam amet dolore aliquet. Adipiscing aliquam proin consectetur nisi sem, nonummy erat ante aliquet turpis nisi sem pharetra magna, ullamcorper adipiscing aliquam proin adipiscing aliquam proin at ac diam. Nonummy erat praesent felis aliquam proin at, ac et magna praesent adipiscing, aliquam proin, mauris lorem nibh elit erat et felis tempus proin at ac. Et, elit ac et nonummy donec praesent sed, tincidunt euismod, pulvinar mi felis aliquam ante at ac proin at ac mi, felis, tempus ante mauris. Lorem lobortis, volutpat dolor tincidunt tellus, pulvinar, massa molestie molestie pharetra magna diam adipiscing aliquam praesent adipiscing, nisi proin at ac mi elit erat praesent. Adipiscing aliquam proin consectetur nisi, sem consectetur congue diam nonummy dolore congue ullamcorper amet dolore tellus sit lobortis volutpat dolor lobortis euismod dolor tincidunt id. Sit nisi sem, pharetra congue diam at sed tincidunt euismod amet nunc tellus sit ut volutpat dolor tincidunt euismod dolor tincidunt tellus sit, lobortis volutpat. Feugiat, tincidunt volutpat sed tincidunt tellus, sit nunc dolor tincidunt id ipsum nunc tellus feugiat ut non, pharetra, congue ullamcorper turpis, nisi proin consectetur nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa tellus, pharetra congue, ullamcorper, nonummy donec mi at ac nibh elit erat mi, id pulvinar nunc tellus feugiat lobortis nibh id sed mi adipiscing aliquam. Ante volutpat feugiat nibh eget ipsum laoreet id ipsum lobortis volutpat dolor lobortis eget sed laoreet sed massa tellus sit ut ullamcorper adipiscing aliquam proin at ac. Et volutpat sed tincidunt molestie, ipsum massa mauris lorem ante mauris sed, laoreet euismod pulvinar massa molestie sit congue ullamcorper, elit donec, praesent mauris, lorem lobortis volutpat. Dolor nunc sem consectetur magna sem consectetur congue euismod pulvinar nunc euismod sit ut volutpat, feugiat nibh eget erat mi elit tempus mi, mauris lorem nibh mauris. Sed nunc euismod sit ut non pharetra ut non pharetra tincidunt id elit ac et elit dolore, praesent felis aliquam proin consectetur nisi, sem consectetur magna diam. Adipiscing tempus, nibh, eget dolor tincidunt euismod sit, ut sem elit erat lobortis volutpat amet dolore ullamcorper turpis nisi sem at, ac et, nonummy erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, dolor tincidunt, ullamcorper amet dolore aliquet sit nisi sem elit donec praesent felis tempus proin, at, ac, massa tellus pharetra magna diam nonummy donec. Proin adipiscing aliquam sem, consectetur, magna, sem nonummy dolore aliquet turpis aliquam sem, at ac, et nonummy ac et eget sed laoreet molestie sit lobortis. Volutpat pharetra congue ullamcorper turpis nisi, sem consectetur magna et eget tempus mi mauris tempus nibh eget lorem ullamcorper turpis nisi proin at, ac et. Elit, erat mi felis lorem nibh mauris lorem nibh elit erat praesent, adipiscing aliquam proin mauris, et elit erat mi felis lorem nibh elit erat. Mi felis tempus ante mauris tempus ante mauris sed nibh, id ipsum massa id tempus ante mauris lorem nunc tellus turpis nisi non consectetur congue. Diam nonummy, donec praesent consectetur magna sem consectetur magna diam amet dolore aliquet amet dolore aliquet pharetra, congue non adipiscing aliquam proin consectetur magna, non. Consectetur magna, diam nonummy dolore praesent adipiscing ac, nibh, id sed mi felis aliquam proin at ac et elit erat praesent felis lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem, dolore praesent adipiscing. Ac nibh, eget dolor massa tellus. Sit, nisi sem consectetur donec praesent. Felis, tempus ante mauris lorem nibh. Id pulvinar nunc proin mauris, ac. Et id sed massa molestie ipsum. Lobortis molestie dolor tincidunt eget dolor. Tincidunt tellus pulvinar nunc non pharetra. Ut ullamcorper nonummy id pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis tempus massa molestie feugiat nibh volutpat dolor tincidunt euismod turpis nisi non eget ipsum laoreet id, tempus mi mauris feugiat congue. Ullamcorper turpis nunc tellus sit nunc non consectetur magna diam nonummy dolore aliquet sit ut non consectetur ipsum lobortis non pharetra dolore ullamcorper. Turpis aliquam proin mauris ac nibh id ipsum nunc molestie lorem ante at ac et eget ipsum, massa id nonummy erat ante mauris. Feugiat lobortis volutpat sed laoreet, id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt tellus sit ut non pharetra erat ante felis aliquam. Proin consectetur magna sem consectetur magna diam amet, nunc tellus sit nunc, tellus feugiat lobortis volutpat dolor tincidunt id ipsum massa tellus feugiat. Elit sed tincidunt euismod ipsum nunc, molestie, feugiat, tincidunt euismod dolor tincidunt euismod ipsum laoreet id feugiat massa, molestie, sed laoreet id, ipsum. Massa id ipsum lobortis aliquet amet dolore aliquet turpis, nisi diam consectetur magna diam nonummy donec proin at ac nibh id ipsum mi. Id turpis aliquam proin at magna diam, nonummy magna, diam amet donec aliquet adipiscing magna et elit sed laoreet id, ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt ullamcorper nonummy tempus nibh eget sed laoreet elit donec mi felis tempus massa, molestie feugiat lobortis elit sed mi elit erat. Mi mauris feugiat nibh mauris sed nibh eget erat mi adipiscing donec, aliquet adipiscing aliquam et eget ipsum at erat laoreet molestie feugiat. Massa volutpat dolor congue euismod amet dolore aliquet sit nisi sem pharetra congue ullamcorper amet dolore aliquet amet nunc tellus mauris feugiat lobortis. Volutpat pulvinar tincidunt euismod ipsum ante mauris tempus nibh mauris sed nibh id pulvinar nunc tellus pharetra congue ullamcorper nonummy donec praesent adipiscing. Aliquam proin, mauris, ac nibh eget erat laoreet felis aliquam proin adipiscing aliquam et eget erat mi felis erat mi mauris tempus, et. Eget mi mauris, lorem nibh volutpat dolor nunc euismod sit ut non consectetur magna diam nonummy dolore aliquet turpis nisi aliquet sit ut. Non pharetra magna ullamcorper mauris lorem laoreet id pulvinar ut, non pharetra ut non pharetra, tincidunt euismod ipsum, laoreet tellus turpis ut sem. Consectetur aliquam ante, volutpat sed tincidunt tellus pulvinar nunc tellus feugiat lobortis volutpat amet congue ullamcorper, amet nunc id ipsum ante molestie lorem. Nibh euismod amet nisi sem eget sed praesent adipiscing aliquam proin consectetur magna, ullamcorper nonummy donec praesent turpis nisi sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt euismod ipsum massa molestie ipsum massa volutpat dolor congue ullamcorper, pulvinar, dolore aliquet consectetur magna diam ullamcorper pulvinar nunc tellus sit ut non consectetur. Donec mi felis tempus ante mauris lorem, nibh eget sed massa tellus feugiat, ut, non pharetra volutpat dolor tincidunt id pulvinar ut sem consectetur donec praesent felis. Tempus ante mauris ac et elit erat diam nonummy dolore aliquet amet dolore, aliquet, consectetur magna donec, praesent mauris lorem, laoreet id ipsum laoreet id ipsum, massa. Molestie pharetra tincidunt euismod pulvinar tincidunt euismod pulvinar ut non consectetur magna lobortis non pharetra congue ullamcorper pulvinar nunc non sit congue non amet dolore aliquet turpis. Nisi proin at ac et, elit tempus ante mauris lorem nibh eget sit ut non sit congue ullamcorper amet congue, ullamcorper, amet dolore aliquet turpis magna diam. Consectetur donec mi felis, aliquam proin mauris lorem et elit erat mi volutpat feugiat tincidunt ullamcorper turpis ac et elit erat et, felis, tempus nunc non pharetra. Donec mi adipiscing aliquam adipiscing aliquam proin at aliquam proin, at, erat mi felis tempus, mi felis aliquam proin at magna, diam nonummy donec mi felis tempus. Nibh volutpat pharetra congue nibh eget erat mi felis tempus mi mauris lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis, volutpat dolor tincidunt ullamcorper. Turpis ac et eget amet donec mi adipiscing aliquam sem consectetur, ac diam elit, magna praesent nonummy dolore aliquet, turpis, nisi sem sit congue ullamcorper amet congue. Ullamcorper amet dolore feugiat lobortis, volutpat, feugiat lobortis volutpat, dolor tincidunt, eget sed, massa id, tempus ante at ac proin elit erat mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin mauris lorem nibh eget sed mi felis tempus ante mauris adipiscing lorem nibh eget erat laoreet id pulvinar nunc tellus pharetra congue, ullamcorper amet dolore tellus sit ut. Tellus pharetra, magna diam adipiscing donec praesent, at erat laoreet id feugiat lobortis molestie feugiat lobortis, volutpat dolor laoreet tellus pulvinar nunc tellus feugiat lobortis eget pharetra tincidunt euismod amet. Nunc tellus aliquet consectetur magna et elit erat ante felis tempus proin mauris, lorem nibh eget sed massa tellus sit ut non pharetra, congue ullamcorper elit erat, laoreet id, ipsum. Ante molestie feugiat lobortis eget lorem nibh elit erat praesent felis, tempus, massa volutpat sed laoreet, eget ipsum massa id ipsum massa euismod turpis, dolore aliquet turpis, nisi sem pharetra. Congue ullamcorper adipiscing donec, praesent adipiscing aliquam proin at ac, et, elit erat praesent, adipiscing aliquam proin at magna tincidunt euismod pulvinar dolore, aliquet, turpis nisi sem pharetra ut volutpat. Dolor congue praesent adipiscing aliquam, et elit ac dolor tincidunt ullamcorper amet dolore sem consectetur magna diam, nonummy erat mi adipiscing aliquam praesent, at ac et elit ac et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat mi, felis, tempus nibh. Eget dolor tincidunt tellus sit nisi. Sem consectetur magna ullamcorper, mauris lorem. Nibh eget dolor nunc aliquet turpis. Magna diam elit erat mi felis. Tempus ante mauris, ac nibh, eget. Sed, massa molestie feugiat tincidunt ullamcorper. Adipiscing aliquam ante mauris lorem laoreet. Id ipsum nunc tellus pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar ut sem molestie feugiat massa molestie feugiat lobortis euismod amet dolore, tellus turpis nisi diam elit donec diam nonummy donec aliquet pulvinar ut, non pharetra. Ut ullamcorper felis lorem nibh eget, dolor nunc tellus, sit ut sem consectetur donec diam adipiscing aliquam nibh mauris ac et eget sed laoreet felis tempus massa. Ullamcorper turpis dolore, tellus turpis nisi diam consectetur congue ullamcorper amet donec praesent adipiscing aliquam et id sed massa molestie feugiat lobortis volutpat volutpat amet, dolore aliquet. Consectetur ac mi felis erat, mi mauris lorem nibh mauris sed congue euismod pulvinar nunc non pharetra congue diam, amet donec, praesent aliquet at ac, et eget. Ipsum nisi non pharetra magna praesent nonummy donec praesent, adipiscing aliquam proin consectetur congue diam elit donec mi felis tempus nibh eget, sed laoreet euismod pulvinar ut. Non consectetur ac mi felis ipsum massa volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar lobortis volutpat feugiat congue praesent at ac proin at erat praesent nonummy. Donec, proin at, aliquam et, at erat mi felis tempus ante, adipiscing nisi sem consectetur magna diam nonummy magna ante eget dolor laoreet id, ipsum nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, erat praesent felis tempus nunc aliquet turpis magna diam consectetur magna, diam nonummy donec aliquet turpis nisi non consectetur. Ac, mi felis tempus ante mauris lorem, nibh volutpat dolor nisi sem consectetur magna diam nonummy dolore ullamcorper sit, ut. Non pharetra magna ullamcorper pharetra congue ullamcorper amet nunc tellus feugiat lobortis volutpat dolor tincidunt praesent at sed laoreet eget. Sed nunc tellus ipsum massa volutpat feugiat lobortis volutpat sed laoreet id tempus mi felis tempus ante mauris, consectetur donec. Diam, adipiscing lorem nibh volutpat sed laoreet elit erat, mi elit tempus massa molestie feugiat, lobortis volutpat dolor tincidunt, ullamcorper. Nonummy tempus congue diam amet, donec praesent adipiscing aliquam proin at magna ullamcorper nonummy donec praesent felis tempus nibh eget. Erat, et elit erat mi felis mi id ipsum massa molestie feugiat lobortis euismod pulvinar nunc tellus, sit ut sem. Nonummy erat mi adipiscing tempus, ante, eget sed, tincidunt tellus sit ut sem tellus, pharetra ut non pharetra donec praesent. Felis tempus ante mauris sed laoreet id ipsum nunc molestie, feugiat ut non turpis ut sem consectetur ac mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa volutpat feugiat felis pharetra sed. Laoreet molestie feugiat ut volutpat dolor tincidunt volutpat. Sed laoreet tellus sit ut diam nonummy, magna. Praesent nonummy donec praesent, turpis, nisi praesent adipiscing. Tempus proin mauris feugiat tincidunt euismod pulvinar dolore. Aliquet turpis ut non consectetur magna ullamcorper nonummy. Nisi sem at ac et eget sed erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at lorem lobortis volutpat dolor tincidunt, euismod feugiat massa molestie feugiat. Lobortis euismod pulvinar, nunc, lorem lobortis non amet dolore praesent adipiscing ac. Proin elit, erat, mi felis erat praesent adipiscing, tempus proin at ac. Et nonummy erat nibh mauris lorem nibh elit erat et elit aliquam. Proin at lorem nibh elit erat mi felis tempus ante felis aliquam. Ante eget sed nibh id ipsum magna ullamcorper adipiscing aliquam praesent adipiscing. Aliquam et elit erat mi id ipsum ante felis lorem nibh, eget. Sed tincidunt id pulvinar ut diam adipiscing tempus massa mauris lorem lobortis. Euismod pulvinar nunc aliquet sit, ut non dolor tincidunt ullamcorper amet donec. Proin mauris ac nibh eget sed mi, id adipiscing aliquam et nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at lorem laoreet euismod pulvinar ut sem, at erat, mi ante sem consectetur donec praesent adipiscing nisi proin. At sed tincidunt tellus sit ut sem consectetur donec praesent felis aliquam ante molestie lorem nibh eget ut non. Pharetra congue ullamcorper adipiscing aliquam praesent adipiscing nisi sem consectetur magna, diam nonummy donec aliquet turpis nisi aliquet pharetra. Magna et nonummy erat sit, nisi diam consectetur donec praesent nonummy aliquam praesent adipiscing nisi non consectetur congue praesent. Adipiscing aliquam proin at ac et, volutpat dolor ut sem consectetur magna diam amet dolore, praesent at ac et. Eget, ipsum, massa tellus feugiat lobortis molestie lorem nibh volutpat sed massa molestie sit ut sem, adipiscing aliquam lobortis. Ullamcorper mauris sit magna mi tellus sit ac laoreet tellus at pulvinar nisi nibh ullamcorper, molestie pharetra erat nunc. Tellus nonummy erat praesent laoreet molestie feugiat massa non pharetra congue ullamcorper amet, nisi aliquet turpis magna diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit nisi sem consectetur, donec, praesent id ipsum massa volutpat. Pharetra congue ullamcorper pulvinar nunc tellus molestie pharetra tincidunt euismod, pulvinar nunc. Aliquet turpis magna sem consectetur, magna diam, adipiscing aliquam ante at aliquam. Et id sed, laoreet tellus felis lorem, lobortis volutpat, pulvinar nunc tellus. Sit nisi sem at magna diam, nonummy donec praesent turpis aliquam proin. At ac et id ipsum ante, felis aliquam euismod sit nisi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper amet, dolore sem consectetur magna diam nonummy dolore praesent mauris lorem nibh eget lorem. Et eget ipsum massa id feugiat massa molestie lorem et elit ac et elit erat ante, mauris. Feugiat lobortis ullamcorper, id tempus massa molestie sit lobortis eget sed, laoreet euismod amet, nunc tellus sit. Lobortis molestie feugiat lobortis eget dolor tincidunt id ipsum lobortis tempus nibh eget lorem, et eget, sed. Laoreet id ipsum massa mauris lorem et elit ac mi felis tempus massa molestie pharetra magna, diam. Sem elit erat laoreet id tempus proin at ac et elit ac et elit erat praesent felis. Lorem lobortis, volutpat sed tincidunt tellus sit ut non nonummy aliquam proin mauris ac et at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat consectetur donec praesent adipiscing tempus nibh tellus turpis nisi sem at donec praesent adipiscing ipsum ante mauris lorem lobortis euismod pulvinar nunc. Molestie feugiat lobortis non, dolor lobortis volutpat dolor tincidunt diam nonummy donec praesent adipiscing ipsum, ante at feugiat tincidunt euismod amet dolore tellus turpis. Ut diam nonummy donec mi felis tempus ante mauris ac pharetra dolore praesent at ac et at ac diam nonummy dolore, aliquet, turpis dolore. Sem consectetur magna, diam elit donec mi felis tempus laoreet id ipsum, nunc non sit congue non nonummy donec praesent adipiscing aliquam proin at. Erat mi, euismod ipsum nunc non pharetra magna ullamcorper nonummy donec praesent tellus sit ut volutpat dolor tincidunt, euismod ipsum massa molestie turpis nisi. Sem nonummy erat mi mauris tempus lobortis volutpat dolor tincidunt euismod ipsum massa molestie aliquet at ac proin at magna sem consectetur, magna ullamcorper. Turpis dolore aliquet turpis nisi non pharetra congue ullamcorper amet, aliquam ante mauris lorem nibh eget sed mi, id feugiat lobortis non, feugiat congue. Diam nonummy, dolore aliquet, turpis nisi non pharetra magna, praesent adipiscing donec praesent eget sed, massa tellus sit ut non dolor congue diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore laoreet, euismod ipsum nunc. Molestie, pharetra congue diam elit erat. Mi felis lorem nibh, eget sed. Laoreet tellus consectetur, magna et elit. Erat mi, lobortis, molestie pharetra, congue. Praesent, mauris lorem nibh eget sed. Laoreet id, pulvinar nisi sem nonummy. Donec, praesent felis lorem proin at. Ac nibh dolore, aliquet turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, euismod adipiscing sit erat nunc et id sit aliquam. Nibh ullamcorper turpis, lorem sit ac tincidunt aliquet mauris amet. Lorem donec nunc et tellus sit lorem, laoreet eget sed. Mi felis aliquam ante molestie feugiat lobortis eget erat amet. Dolore nibh volutpat dolor laoreet id, ipsum massa tellus lorem. Lobortis non pharetra congue aliquet turpis nisi aliquet turpis nisi. Ullamcorper amet dolore aliquet mauris lorem nibh id ipsum, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit ut ullamcorper nonummy aliquam, praesent, at lorem lobortis proin at ac, et elit erat mi felis tempus. Ante eget dolor congue euismod amet nisi non consectetur magna diam, nonummy erat praesent adipiscing aliquam laoreet felis tempus mi. Mauris lorem nibh eget sed laoreet euismod ipsum massa id ipsum massa mauris ac et, elit erat et elit erat. Mi aliquet turpis magna diam, nonummy donec mi adipiscing donec proin at ac et eget ipsum massa molestie ipsum, lobortis. Non dolor tincidunt volutpat tincidunt diam adipiscing donec praesent mauris lorem nibh elit erat mi, felis tempus ante at ac. Proin elit ac diam consectetur donec mi adipiscing, aliquam sem consectetur nonummy donec, praesent adipiscing nisi non pharetra congue ullamcorper. Amet donec praesent adipiscing aliquam proin elit erat laoreet id ipsum massa molestie feugiat, ut euismod amet nunc proin consectetur. Ac et felis ipsum massa mauris ac nibh eget sed laoreet id tempus mi mauris lorem nibh eget lorem nibh. Eget ipsum massa molestie, felis ipsum massa volutpat dolor, congue ullamcorper amet dolore aliquet turpis ut non pharetra congue, diam. Nonummy tempus nibh at sit aliquam proin at ac diam nonummy dolore aliquet amet dolore aliquet sit, ut sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue, ullamcorper nonummy donec aliquet. Turpis ac proin at ac diam nonummy. Donec praesent turpis nisi sem turpis nisi. Praesent felis tempus ante at lorem et. Elit erat laoreet id feugiat lobortis non. Amet, dolore aliquet adipiscing lorem, tincidunt volutpat. Pulvinar nunc tellus pulvinar aliquam ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, diam adipiscing aliquam proin mauris lorem nibh elit, erat laoreet. Id sit laoreet, id pulvinar ut non sit ut volutpat dolor. Dolore praesent turpis dolore tellus feugiat, lobortis, volutpat pharetra dolore, aliquet. Turpis feugiat magna ante tellus consectetur non adipiscing tempus massa non. Consectetur sed massa, aliquet at sed tincidunt, aliquet at sed nunc. Sem eget pulvinar dolore praesent mauris dolor tincidunt praesent molestie consectetur. Erat nunc proin volutpat pulvinar dolore proin eget amet tempus nibh. Non nonummy feugiat ut praesent id sit magna laoreet nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mauris nonummy consectetur sed, lorem dolore praesent mauris dolor, donec ante non nonummy ipsum mauris feugiat nibh eget sed laoreet euismod. Sit ut non elit erat mi felis aliquam proin at ac et at magna diam nonummy dolore aliquet euismod pulvinar dolore aliquet. Turpis aliquam diam nonummy donec mi adipiscing, aliquam proin at ac nibh, volutpat ipsum laoreet felis erat ante felis tempus, ante proin. At ac nibh id ipsum nunc non, pharetra magna non, pharetra dolore aliquet turpis nisi aliquet turpis nisi, diam nonummy donec, praesent. Turpis, sit magna mi proin euismod at sed congue praesent mauris pharetra erat ante volutpat consectetur ipsum magna mi tellus, turpis ac. Tincidunt aliquet adipiscing lorem tincidunt id consectetur pulvinar ac dolore lobortis diam felis feugiat nisi mi euismod pulvinar ut non pharetra congue. Ullamcorper nonummy donec praesent, at ac proin at magna turpis aliquam proin eget pulvinar nunc aliquet sit ut sem, consectetur magna diam. Nonummy aliquam proin at lorem nibh euismod volutpat dolor tincidunt euismod dolor tincidunt tellus turpis ut non pharetra congue, non amet dolore. Aliquet turpis aliquam non consectetur magna ullamcorper nonummy dolore, aliquet adipiscing nisi tempus proin at lorem laoreet id pulvinar massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam lorem et eget sed nunc aliquet turpis nisi diam felis erat ante felis, tempus proin at sed. Laoreet euismod pulvinar ut sem, consectetur ac mi et felis erat mi felis lorem ante eget dolor laoreet id. Sed nunc, molestie feugiat ut volutpat amet donec proin at ac et elit ac mauris feugiat lobortis eget dolor. Tincidunt tellus pulvinar nunc tellus sit, ut volutpat dolor laoreet euismod pulvinar nunc molestie feugiat massa molestie lorem nibh. Eget dolor tincidunt lorem, laoreet, eget ipsum laoreet tellus sit congue ullamcorper nonummy donec praesent, at ac et eget. Sed tincidunt tellus sit nisi sem consectetur dolor tincidunt euismod pulvinar ut tellus sit ut volutpat pharetra tincidunt ullamcorper. Amet nisi proin at magna mi felis ipsum massa mauris feugiat lobortis volutpat lorem aliquet turpis nisi sem, pharetra. Magna mi id ipsum lobortis volutpat amet congue ullamcorper amet nunc, tellus, sit nisi non consectetur, magna diam nonummy. Dolore, praesent adipiscing massa tellus pharetra congue diam nonummy donec mi adipiscing tempus nibh, elit sed laoreet id, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris lorem nibh, id pulvinar nunc proin at. Erat laoreet molestie sit ut non mauris feugiat lobortis volutpat. Pulvinar aliquam praesent at ac et at magna diam nonummy. Donec massa volutpat dolor tincidunt volutpat pulvinar tincidunt, tellus sit. Magna mi felis lorem, nibh volutpat dolor laoreet euismod pulvinar. Nunc tellus sit ut non pharetra, congue euismod, amet nunc. Tellus turpis nisi sem pharetra congue sit nisi sem consectetur. Donec mi felis ipsum massa mauris ac et, elit sed. Laoreet id ipsum, lobortis non dolor congue ullamcorper nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id tempus massa, volutpat dolor tincidunt euismod. Pulvinar dolore sem turpis magna diam nonummy nonummy. Aliquam nibh mauris dolor, tincidunt tellus turpis aliquam. Proin at erat praesent felis tempus ante, mauris. Lorem lobortis eget dolor tincidunt euismod nunc diam. Elit sed laoreet felis tempus proin turpis ut. Sem consectetur congue, ullamcorper amet congue ullamcorper turpis. Nisi et elit erat mi felis erat praesent. Adipiscing nunc aliquet, sit aliquam sem pharetra magna. Et felis tempus ante molestie feugiat nibh, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget dolor nunc praesent turpis nisi sem consectetur magna diam nonummy donec, praesent, at ac et at magna et. Elit erat mi mi, molestie feugiat ut diam amet donec praesent at, ac proin consectetur congue ullamcorper nonummy erat, mi. Felis lorem et eget dolor tincidunt euismod sit adipiscing ac nibh elit sed laoreet molestie feugiat lobortis volutpat dolor tincidunt. Euismod ipsum massa molestie, ipsum massa mauris, lorem, nibh eget lorem nibh felis erat, mi volutpat amet tempus congue laoreet. Sem ullamcorper molestie nonummy ipsum nisi mi tellus at pulvinar lorem magna, ut et id, mauris lorem laoreet congue ullamcorper. Turpis aliquam lobortis volutpat pulvinar nunc aliquet turpis nisi diam nonummy donec praesent felis tempus nibh eget lorem nibh eget. Erat mi id feugiat lobortis sem at ac diam amet donec mi adipiscing, tempus ante mauris lorem nibh id pulvinar. Ut non sit, ut ullamcorper amet dolore aliquet amet dolore non mauris feugiat lobortis eget, sed tincidunt euismod sit ut. Tellus consectetur erat praesent adipiscing aliquam proin at lorem et eget, ac diam consectetur dolore, ullamcorper amet dolore tellus, turpis. Magna et nonummy donec praesent adipiscing aliquam proin adipiscing aliquam, sem, at erat mi id tempus massa molestie amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh volutpat, pulvinar, tincidunt tellus sit nisi sem proin eget sed massa molestie feugiat lobortis volutpat dolor congue diam amet nunc tellus sit ut, sem consectetur, magna. Diam nonummy aliquam proin adipiscing ac et dolore aliquet turpis nisi aliquet consectetur, magna sem consectetur donec diam, nonummy, donec ante, mauris lorem laoreet eget sed mi felis. Tempus massa molestie lorem laoreet, id feugiat lobortis, volutpat, dolor, tincidunt, euismod dolor laoreet id pulvinar nunc tellus sit ut ullamcorper nonummy donec, praesent turpis nisi, sem, nonummy. Donec mi felis tempus proin consectetur, ac et elit donec mi mauris lorem, lobortis volutpat sed tincidunt id ipsum massa molestie feugiat lobortis molestie lorem lobortis diam nonummy. Donec ante mauris lorem lobortis volutpat, dolor tincidunt euismod pulvinar nunc tellus, sit congue praesent nonummy donec praesent turpis dolore aliquet sit magna ullamcorper donec praesent nonummy aliquam. Praesent consectetur magna diam nonummy donec praesent adipiscing ipsum ante molestie feugiat laoreet id ipsum massa consectetur donec praesent adipiscing tempus, nibh eget lorem laoreet eget sed laoreet. Id feugiat ut, ullamcorper nonummy donec praesent at aliquam sem turpis magna diam consectetur congue lobortis volutpat dolor laoreet euismod, ipsum massa molestie feugiat, congue non, dolor tincidunt. Ullamcorper turpis ac proin at ac diam nonummy erat mi felis lorem, nibh magna diam adipiscing donec praesent adipiscing aliquam proin at erat mi felis tempus ante mauris. Ac lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie lorem lobortis, volutpat at dolor congue, ullamcorper turpis nisi sem consectetur magna ullamcorper amet congue aliquet turpis dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam elit donec praesent adipiscing aliquam ante molestie feugiat congue, ullamcorper pulvinar massa molestie sit massa volutpat nonummy donec praesent, consectetur ac et id, sed. Massa tellus pharetra magna, et elit ipsum massa, volutpat pharetra, dolore praesent felis lorem nibh eget sed donec mi adipiscing aliquam ante mauris sed, nibh eget. Erat laoreet, id sit lobortis non amet dolore, aliquet adipiscing aliquam ante at, magna et elit donec amet dolore proin mauris, ac laoreet euismod ipsum massa. Aliquet sit nisi diam nonummy erat ante mauris lorem nibh eget sed tincidunt euismod pulvinar mi felis tempus massa, molestie feugiat, lobortis id, pulvinar nunc, aliquet. Sit nisi, et, elit erat ante mauris lorem nibh eget sed tincidunt euismod ipsum nunc diam adipiscing aliquam praesent turpis nisi sem sit ut non consectetur. Magna praesent adipiscing dolore aliquet turpis nisi diam nonummy erat laoreet id feugiat ut ullamcorper amet id feugiat ut molestie feugiat tincidunt euismod, dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit magna diam nonummy dolore praesent mauris. Lorem nibh eget, ipsum massa, tellus feugiat ut. Sem pharetra congue ullamcorper nonummy aliquam nibh, id. Ipsum massa, tellus, sit ut ullamcorper, amet congue. Aliquet adipiscing aliquam sem consectetur ac laoreet id. Ipsum nisi sem, consectetur donec diam adipiscing sed. Tincidunt tellus turpis ut, tellus pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi, proin at sed, mi felis, ipsum lorem lobortis non. Pulvinar dolore aliquet turpis ut non sit lobortis volutpat feugiat tincidunt. Euismod pulvinar nunc sem consectetur magna sem nonummy donec mi nunc. Aliquet turpis ut non pharetra congue non pharetra congue euismod amet. Dolore sem at, ac et nonummy magna aliquet amet dolore aliquet. Consectetur nisi proin elit, erat praesent adipiscing tempus, proin at lorem. Et eget sed mi elit tempus mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis aliquam, et eget ipsum, massa tellus feugiat massa volutpat dolor dolore aliquet felis tempus proin at, ac, et, nonummy erat nisi sem at ac diam, elit tempus massa. Molestie pharetra magna praesent nonummy nunc aliquet, sit nisi proin at erat mi felis tempus massa molestie mauris lorem nibh elit erat mi elit donec praesent nonummy donec praesent adipiscing. Nisi et elit, donec praesent nonummy aliquam praesent adipiscing nisi sem turpis magna ullamcorper felis, feugiat tincidunt euismod amet dolore sem at ac nibh elit erat mi id ipsum massa. Mauris sed laoreet, id ipsum massa id consectetur donec mi molestie pharetra congue diam amet dolore, aliquet turpis ut non consectetur donec praesent adipiscing aliquam ante at, aliquam et elit. Erat, laoreet id tempus nunc aliquet sit nisi sem nonummy magna praesent adipiscing donec praesent adipiscing ac proin consectetur, magna diam nonummy dolore, aliquet turpis nisi proin at magna sem. Aliquam ante eget sed nibh eget erat praesent nonummy donec aliquet adipiscing ac et elit ac et, elit erat mi tellus pulvinar nunc, non, consectetur donec praesent adipiscing donec proin. At ac nibh elit, sed massa tellus sit congue diam nonummy dolore ullamcorper pulvinar tincidunt molestie sed laoreet id sit nunc non pharetra congue ullamcorper pharetra congue ullamcorper amet dolore. Sem elit sed mi felis erat mi mauris lorem, lobortis, volutpat pulvinar lorem nibh mauris sed nibh id pulvinar nunc tellus sit lobortis molestie feugiat, lobortis euismod pulvinar nunc, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod sit nisi sem consectetur congue, diam adipiscing aliquam massa non. Dolor congue ullamcorper pulvinar tincidunt, tellus felis erat mi adipiscing lorem nibh. Volutpat, dolor tincidunt euismod ipsum laoreet id feugiat lobortis volutpat dolor lobortis. Volutpat, pulvinar nunc aliquet turpis magna diam felis tempus nibh mauris lorem. Et eget sed, massa tellus sit congue non pharetra, tincidunt id pulvinar. Nunc tellus sit ut non, consectetur donec praesent, turpis ac et elit. Erat mi id tempus ante mauris sed tincidunt ullamcorper amet dolore aliquet. Turpis magna, et elit erat ante mauris, lorem lobortis, aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet donec proin mauris lorem lobortis volutpat, dolor laoreet tellus turpis dolor tincidunt euismod pulvinar nunc tellus turpis. Ac nibh, eget sed massa tellus pharetra congue non amet donec aliquet adipiscing dolore aliquet turpis magna, diam diam. Adipiscing tempus ante at, lorem nibh id ipsum massa molestie feugiat lobortis non pharetra congue ullamcorper amet, nunc tellus. Turpis ac et, elit, erat mi id lorem ante eget sed nibh id sed laoreet, felis erat mi adipiscing. Lorem tincidunt euismod pulvinar nunc aliquet turpis ut sem felis tempus ante at ac et eget, sed massa felis. Tempus massa molestie lorem nibh elit, ac, mi felis tempus ante mauris, feugiat nibh volutpat pulvinar nunc lorem tincidunt. Ullamcorper adipiscing ac, proin elit erat laoreet felis ipsum ante mauris lorem nibh eget sed, tincidunt tellus sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat tincidunt euismod amet dolore aliquet, sit ut non pharetra congue ullamcorper pulvinar nunc tellus. Sit ut laoreet id feugiat massa volutpat feugiat tincidunt ullamcorper amet nisi sem consectetur magna diam consectetur. Magna praesent mauris lorem ante mauris ac et eget sed at ac et elit erat, mi felis. Ipsum lobortis non pharetra congue euismod, amet, dolore euismod sit, nisi diam nonummy, donec praesent adipiscing donec. Praesent at, sit ut non nonummy dolore praesent adipiscing aliquam proin at, magna, diam consectetur magna ullamcorper. Nonummy, aliquam proin at ac et eget sed sit magna, ullamcorper nonummy donec praesent adipiscing aliquam ante. At lorem nibh felis ipsum massa molestie feugiat lobortis volutpat dolor et elit erat laoreet id feugiat. Ut volutpat dolor tincidunt ullamcorper amet nisi proin consectetur magna sem nonummy donec praesent felis tempus proin. At ac, nibh eget pulvinar nunc, aliquet consectetur nisi diam mauris feugiat tincidunt euismod pulvinar dolore praesent. Mauris lorem laoreet id pulvinar massa molestie feugiat, ut non pharetra congue euismod consectetur ac et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue euismod pulvinar tincidunt euismod pulvinar massa molestie id feugiat massa volutpat. Dolor congue aliquet amet nisi, sem consectetur magna et elit erat mi felis. Tempus ante mauris sed nibh eget erat mi non amet dolore, aliquet amet. Nisi et eget erat mi euismod, ipsum massa tellus sit ut volutpat sed. Laoreet id erat praesent nonummy donec praesent at erat mi molestie, feugiat, lobortis. Molestie dolor nibh eget lorem laoreet felis tempus ante molestie feugiat, nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper turpis aliquam, et eget sed mi id ipsum massa. Volutpat pharetra congue, diam adipiscing aliquam praesent adipiscing ac laoreet id. Ac lobortis volutpat pulvinar nunc aliquet turpis, nisi non pharetra tincidunt. Diam nonummy aliquam nibh ullamcorper amet dolore praesent at, lorem laoreet. Id pulvinar dolore tellus sit ut non pharetra congue euismod, dolor. Tincidunt id tempus massa molestie lorem nibh eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus massa molestie feugiat tincidunt praesent turpis dolore aliquet sit nisi diam consectetur magna diam nonummy aliquam ante mauris lorem et elit erat ut sem. Nonummy donec praesent turpis nisi proin consectetur magna diam nonummy donec praesent adipiscing tempus ante eget sed laoreet id sed massa molestie nonummy erat, mi mauris. Feugiat lobortis volutpat pulvinar nunc aliquet, sit ut non sit lobortis, volutpat dolor tincidunt id, ipsum massa molestie ipsum massa, molestie lorem nibh tellus turpis nisi. Sem nonummy donec, praesent felis feugiat lobortis non dolor tincidunt euismod ipsum laoreet molestie ipsum massa volutpat feugiat tincidunt euismod pulvinar tincidunt euismod pulvinar nunc non. Consectetur donec, mi felis, tempus ante mauris sed laoreet euismod amet dolore sem consectetur magna, diam nonummy erat ante mauris lorem nunc tellus turpis ut non. Sit ut, non pharetra congue ullamcorper pulvinar nunc id ipsum, massa molestie, lorem nibh elit erat mi felis tempus massa molestie tempus laoreet euismod sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy donec donec mi felis tempus nibh elit sed mi felis ipsum. Nunc non, sit congue non pharetra dolore aliquet turpis aliquam sem consectetur ac. Mi felis dolor congue, euismod amet, nunc tellus turpis ut non sit tincidunt. Volutpat dolor nunc aliquet turpis nisi sem at ac mi felis ipsum massa. Volutpat elit ac et felis tempus, ante adipiscing tempus, ante eget dolor nunc. Tellus pulvinar ut sem pharetra magna diam nonummy dolore praesent turpis aliquam sem. Consectetur laoreet ante eget lorem nibh euismod pulvinar ut non consectetur congue diam. Adipiscing aliquam proin mauris ac et at erat, mi id feugiat mi adipiscing. Donec, proin, mauris lorem, nibh eget ipsum massa molestie ipsum lobortis volutpat dolor. Tincidunt euismod amet nunc tellus turpis magna diam nonummy magna diam ante, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent at sed laoreet id, pulvinar dolore sem consectetur magna et sem consectetur donec mi mauris lorem nibh eget. Sed laoreet eget sed mi, felis ipsum massa at ac et elit sed, laoreet id feugiat, massa diam nonummy donec praesent. At lorem tincidunt euismod ipsum nunc tellus sit ut non amet, dolore ullamcorper amet dolore aliquet sit, ut, volutpat, pharetra tincidunt. Sem at lorem et elit erat mi felis tempus proin at, ac nibh eget erat mi nonummy tempus mi felis tempus. Ante elit erat mi molestie pharetra magna diam adipiscing tempus ante mauris lorem nibh id ipsum nunc tellus sit nisi, ullamcorper. Nonummy, donec praesent felis lorem nibh mauris lorem sit ut ullamcorper amet dolore praesent adipiscing ac et elit erat mi felis. Tempus mi felis lorem nibh eget lorem mi, elit erat praesent nonummy aliquam, laoreet molestie feugiat ut non pharetra dolore ullamcorper. Turpis aliquam ante at erat laoreet felis tempus, ante mauris, tempus proin at lorem nibh elit sed laoreet felis elit sed. Massa aliquet turpis nisi non consectetur magna diam nonummy aliquam proin, adipiscing magna diam consectetur magna diam nonummy feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin eget lorem nibh elit tempus ante ullamcorper nonummy donec proin at ac et elit erat et, elit tempus ante felis lorem. Lobortis volutpat dolor laoreet id pulvinar nunc non pharetra congue proin at ac et at ac et felis, ipsum ante felis ac et elit. Erat laoreet id ipsum massa molestie lorem nibh eget dolor laoreet sem consectetur magna diam, elit erat praesent adipiscing nisi aliquet consectetur magna et. Elit erat ante felis lorem nibh volutpat, dolor tincidunt euismod sit ut non pharetra donec praesent adipiscing nisi proin, at ac mi felis tempus. Massa volutpat dolor tincidunt volutpat dolor, tincidunt tellus sit nunc tellus, feugiat ut, non adipiscing, aliquam proin eget sed laoreet id ipsum lobortis non. Pharetra magna diam nonummy donec proin at, lorem et elit erat laoreet id, tempus massa mauris turpis magna diam amet donec praesent adipiscing aliquam. Proin at ac et nonummy erat mi felis aliquam praesent, adipiscing aliquam proin consectetur magna non pharetra, congue non consectetur donec, mi felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent non pharetra tincidunt euismod pulvinar massa molestie sit ut sem pharetra congue ullamcorper pulvinar tincidunt euismod pulvinar, ut sem consectetur congue ullamcorper amet dolore proin elit, erat. Laoreet tellus feugiat, lobortis, non pharetra, donec mi felis tempus ante at lorem et felis tempus ante felis tempus nibh eget sed, aliquam et eget erat mi felis tempus. Ante mauris tempus nibh volutpat sed laoreet euismod, sit nunc non sit congue ullamcorper pharetra dolore aliquet adipiscing nisi nunc aliquet consectetur magna diam nonummy dolore aliquet adipiscing nisi. Sem at ac et elit sed mi mauris lorem nibh, eget lorem, nibh id turpis congue non amet donec aliquet turpis dolore sem consectetur ac et elit erat ante. Mauris feugiat lobortis volutpat pharetra, congue euismod pulvinar nunc tellus pharetra ut mi molestie dolor tincidunt euismod amet dolore aliquet sit ut non pharetra congue ullamcorper, amet congue ullamcorper. Turpis aliquam proin elit sed laoreet, felis tempus, ante molestie lobortis, non consectetur donec praesent nonummy, aliquam ante eget ac et elit erat mi id, feugiat, lobortis non dolor. Feugiat ut diam nonummy donec diam, amet donec sem consectetur magna diam nonummy donec praesent, nonummy donec aliquet turpis dolore sem pharetra congue, diam amet congue euismod sed tincidunt. Euismod sit nisi sem pharetra congue ullamcorper amet dolore aliquet, turpis nisi non consectetur magna diam amet donec mi adipiscing tempus, nibh eget erat tincidunt nibh id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie feugiat ut ullamcorper amet, feugiat. Lobortis eget sed laoreet euismod ipsum, massa. Mauris lorem lobortis euismod amet nunc tellus. Turpis nisi proin at magna, et elit. Aliquam ante at turpis aliquam, proin at. Ac mi felis tempus mi adipiscing tempus. Ante eget sed laoreet, eget ipsum massa. Id feugiat massa molestie, feugiat lobortis volutpat. Feugiat ut non pharetra magna praesent adipiscing. Aliquam praesent at ac et elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat, felis ipsum massa molestie dolor tincidunt. Euismod nonummy donec proin at, lorem nibh eget sed. Nunc tellus sit ut, ullamcorper amet dolore aliquet at. Ac congue ullamcorper, amet nisi sem turpis ac, et. Elit tempus mi adipiscing aliquet at, ac, mi felis. Ipsum nunc non, sit ut non pharetra congue ullamcorper. Amet aliquam sem at, ac et elit erat, ante. Felis, lorem ante eget sed nibh id ipsum laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus, lobortis, et nonummy erat mi felis aliquam proin at lorem et eget ipsum massa id feugiat massa. Eget sed nisi proin eget sed, mi, id tempus ante mauris tempus nibh mauris lorem nibh eget erat mi felis. Tempus ante at aliquam sem at ac laoreet diam nonummy erat praesent turpis aliquam proin at ac et eget erat. Mi mauris lorem nibh eget lorem laoreet id, pulvinar dolore aliquet pharetra congue lobortis sem nonummy erat praesent adipiscing nisi. Sem, consectetur magna sem consectetur congue, ullamcorper nonummy donec praesent adipiscing aliquam sem pharetra congue ullamcorper praesent felis lorem nibh. Mauris lorem nibh id ipsum, laoreet id feugiat lobortis non dolor tincidunt id, ipsum laoreet id ipsum massa mauris lorem. Nibh, eget sed nonummy aliquam, praesent at ac, et elit donec praesent nonummy dolore praesent adipiscing aliquam proin elit erat. Et felis, tempus mi mauris, lorem, nibh eget lorem nibh diam amet nunc tellus sit ut non feugiat massa molestie. Sed tincidunt ullamcorper pulvinar dolore sem consectetur ac, et congue diam, nonummy aliquam ante mauris sed laoreet eget sed mi. Id ipsum lobortis molestie dolor lobortis volutpat erat mi felis donec diam adipiscing donec proin, at, massa molestie ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper elit erat mi felis lorem tincidunt. Ante mauris sed nibh id sed massa molestie. Feugiat lobortis molestie, sed tincidunt euismod pulvinar dolore. Sem, turpis nisi sem, consectetur donec praesent adipiscing. Aliquam aliquam nibh volutpat, dolor, dolore aliquet turpis. Ut sem consectetur ac diam amet dolore praesent. Adipiscing aliquam proin elit, erat mi felis tempus. Ante tellus nonummy, donec praesent adipiscing nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum lobortis volutpat pharetra dolore aliquet adipiscing aliquam ante tincidunt ullamcorper nonummy, aliquam proin adipiscing ac et eget sed. Laoreet, felis tempus ante mauris lorem nibh eget dolor tincidunt euismod sit nisi non pharetra magna proin eget sed laoreet. Id sit nunc molestie feugiat lobortis, volutpat dolor lobortis volutpat pulvinar tincidunt, tellus turpis ut, non consectetur magna praesent, nonummy. Aliquam nunc non sit lobortis non dolor laoreet eget sed laoreet id tempus massa molestie dolor, tincidunt ullamcorper amet, nisi. Sem consectetur magna sem euismod amet dolore non consectetur magna et elit tempus mi felis lorem ante mauris ac et. Elit pulvinar nunc molestie sit, congue diam nonummy aliquam proin ipsum massa molestie ipsum massa mauris tempus et elit ut. Sem consectetur donec praesent felis tempus massa mauris, ac, nibh eget sed laoreet id tempus ante mauris mauris lorem ante. Mauris dolor tincidunt tellus turpis aliquam proin, at erat laoreet id tempus ante molestie feugiat congue aliquet volutpat dolor, laoreet. Euismod sit ut sem consectetur magna praesent adipiscing aliquam proin at lorem nibh elit, erat mi elit erat mi mauris. Lorem nibh eget, erat nunc, molestie, lorem nibh eget sed tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod amet donec sem at ac et eget sed laoreet id ipsum ante volutpat feugiat laoreet id. Ipsum nunc molestie feugiat donec ante molestie feugiat tincidunt euismod amet nunc, aliquet turpis nisi non pharetra congue. Ullamcorper amet dolore praesent turpis aliquam, proin elit erat et volutpat dolor tincidunt euismod sit ut non pharetra. Magna praesent felis tempus nibh mauris lorem nibh eget sed laoreet felis erat praesent turpis aliquam, proin, at. Pulvinar donec praesent adipiscing nisi proin consectetur magna diam nonummy dolore aliquet, adipiscing aliquam proin eget erat et. Felis tempus ante volutpat, sed, laoreet euismod amet nunc aliquet consectetur ac mi felis erat ante felis lorem. Ante volutpat dolor laoreet id ipsum, massa, tellus sit congue diam amet donec aliquet volutpat ipsum massa molestie. Feugiat nisi non nonummy donec praesent adipiscing aliquam ante mauris lorem nibh eget sed laoreet felis ipsum ante. Mauris, lorem, et elit turpis nisi sem elit erat mi adipiscing aliquam proin consectetur ac, diam nonummy donec. Praesent adipiscing tempus ante adipiscing aliquam dolor congue ullamcorper turpis, nisi sem turpis nisi sem, nonummy erat, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing dolor tincidunt ullamcorper amet nisi sem consectetur, magna et amet donec praesent turpis nisi sem turpis nisi diam elit erat mi felis lorem nibh ullamcorper turpis nisi. Proin, elit erat mi felis feugiat ut non pharetra tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus sit lobortis volutpat sed tincidunt diam felis ipsum massa volutpat pharetra dolore. Ullamcorper adipiscing tempus ante elit erat et felis tempus massa molestie sit lobortis non dolor tincidunt id sed laoreet, et id ipsum lobortis volutpat dolor tincidunt volutpat, pulvinar nunc. Tellus turpis nisi sem, consectetur magna diam, amet dolore aliquet turpis nisi sem turpis ac mi felis, ipsum massa, mauris feugiat tincidunt volutpat dolor tincidunt euismod ipsum massa molestie. Sit ac, praesent adipiscing tempus proin at ac et elit erat ac laoreet euismod pulvinar massa mauris lorem ante mauris ac et elit sed laoreet felis tempus proin mauris. Feugiat tincidunt ullamcorper dolor nunc tellus sit ut sem nonummy donec praesent mauris lorem laoreet id pulvinar nunc tellus feugiat ut, volutpat, dolor tincidunt ullamcorper, amet dolore sem turpis. Tincidunt mi felis tempus ante eget sed tincidunt id ipsum massa tellus, sit ut non nonummy donec praesent adipiscing, nisi proin consectetur nisi diam nonummy erat mi eget pharetra. Congue aliquet adipiscing ac et elit erat et nonummy donec praesent felis ac, et eget erat mi id tempus ante molestie feugiat lobortis eget sed massa tellus sit ut. Ullamcorper nonummy donec aliquet turpis dolore aliquet turpis ut non pharetra congue euismod dolor tincidunt id pulvinar nunc molestie, feugiat ut volutpat at ac mi felis, donec, aliquet amet. Dolore sem consectetur nisi sem consectetur, magna ullamcorper amet dolore aliquet turpis nisi sem consectetur congue, ullamcorper amet donec, consectetur ac et elit dolore, aliquet amet nisi ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit aliquam proin elit erat mi felis, ipsum, lobortis non. Pharetra congue aliquet, turpis nisi sem consectetur ac et felis. Ipsum ut, non adipiscing aliquam, ante molestie, sed tincidunt ullamcorper. Amet nisi proin, consectetur ac et elit erat praesent adipiscing. Aliquam ante mauris ac, et elit erat mi ut tellus. Pharetra magna diam elit erat mi adipiscing, aliquam, et eget. Sed tincidunt euismod ipsum ante molestie feugiat nibh eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet molestie sit massa mauris feugiat lobortis euismod amet dolore tellus turpis nisi, sem nonummy erat ante felis feugiat lobortis ut volutpat dolor. Dolore aliquet adipiscing, aliquam, et eget erat et elit erat, praesent adipiscing aliquam proin consectetur, ac nibh eget, ipsum nunc molestie adipiscing tempus massa. Mauris, dolor lobortis, volutpat, dolor tincidunt id feugiat massa volutpat pharetra, tincidunt euismod amet, dolore aliquet sit ut non sit, lobortis eget dolor laoreet. Diam nonummy donec proin at ac nibh, eget, sed laoreet id pulvinar, nunc non pharetra tincidunt euismod pulvinar nunc, tellus sit nunc tellus, amet. Donec mi mauris lorem ante mauris ac et elit erat praesent adipiscing, tempus ante eget lorem nibh eget ipsum massa id tempus massa, molestie. Dolor dolore elit sed mi id ipsum massa mauris lorem nibh mauris, ac nibh eget sed laoreet id, tempus, massa, molestie dolor lobortis eget. Sed massa id feugiat, lobortis euismod dolor tincidunt euismod pulvinar nunc tellus sit congue praesent felis ipsum lobortis volutpat feugiat, nibh id ipsum laoreet. Feugiat lobortis euismod, pulvinar dolore sem consectetur magna diam nonummy donec praesent id tempus ante eget lorem nibh eget pulvinar nunc tellus feugiat lobortis. Volutpat dolor tincidunt ante, mauris lorem tincidunt tellus sit ut sem nonummy donec mi felis ipsum massa molestie, dolor congue ullamcorper amet, dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy erat praesent felis, tempus ante mauris lorem nibh, euismod pulvinar nunc, tellus feugiat lobortis ante. Mauris feugiat tincidunt euismod pulvinar tincidunt, euismod pulvinar nunc tellus sit, ut non pharetra congue euismod, pulvinar. Nunc non pharetra congue ullamcorper nonummy dolor tincidunt euismod sit ut sem pharetra tincidunt euismod pulvinar tincidunt. Tellus adipiscing, ac diam nonummy, magna praesent nonummy donec proin at aliquam sem consectetur magna turpis tempus. Nibh euismod amet dolore praesent at ac nibh eget ipsum massa molestie feugiat massa molestie feugiat tincidunt. Id ipsum nunc tellus, pharetra magna diam, adipiscing aliquam ante mauris lorem nibh eget erat laoreet id. Ipsum lobortis non amet dolore aliquet turpis nisi aliquet turpis nisi diam nonummy donec nibh eget sed. Laoreet euismod sit nisi, non consectetur congue diam nonummy aliquam proin adipiscing, aliquam proin elit ac et. Elit tempus mi felis aliquam proin lobortis euismod pulvinar nunc, euismod pulvinar nunc tellus consectetur ac et. Elit aliquam proin mauris lorem lobortis volutpat sed laoreet mi id pulvinar nunc molestie lorem, lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, nisi sem consectetur magna diam praesent adipiscing aliquam proin eget dolor tincidunt tellus pulvinar nunc. Tellus consectetur magna diam amet donec praesent adipiscing ac et elit erat, laoreet, ac et elit. Erat ante mauris feugiat lobortis eget sed, laoreet id pulvinar nunc tellus feugiat massa molestie dolor. Congue ullamcorper turpis nisi sem consectetur, massa non pharetra congue ullamcorper amet nunc aliquet adipiscing nisi. Proin eget sed laoreet id ipsum massa volutpat pharetra dolore euismod amet nisi et elit magna. Praesent felis tempus nibh eget sed laoreet id ipsum laoreet felis ipsum massa molestie lorem et. Volutpat dolor massa, molestie feugiat ut non dolor aliquam ante at, lorem tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis id pulvinar, nisi aliquet turpis nisi diam tempus, nibh eget dolor nunc tellus sit. Nunc non sit congue non pharetra congue ullamcorper amet nunc aliquet turpis ut non pharetra. Congue ullamcorper turpis lorem laoreet eget, sed massa id, lorem nibh eget lorem nibh eget. Sed mi, felis ipsum massa volutpat dolor tincidunt euismod pulvinar nunc tellus sit proin mauris. Lorem, laoreet id, pulvinar nunc tellus pharetra congue diam nonummy donec mi felis feugiat, nibh. Eget sed laoreet euismod pulvinar nunc praesent at lorem laoreet, id pulvinar nunc tellus sit. Ut volutpat dolor tincidunt ullamcorper pulvinar dolore aliquet turpis ut non pharetra congue euismod pulvinar. Dolore tellus proin elit erat mi felis tempus ante molestie lorem lobortis volutpat sed mi. Id pulvinar ut non pharetra congue euismod amet nunc aliquet sit nisi sem consectetur lobortis. Ullamcorper amet congue aliquet, turpis aliquam proin at ac nibh elit tempus, mi felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed laoreet id, feugiat, nisi diam nonummy, donec. Mi, mauris lorem, nibh volutpat sed laoreet, eget ipsum, nunc. Molestie, feugiat sed congue ullamcorper pulvinar dolore aliquet sit nisi. Non amet dolore aliquet, amet dolore aliquet turpis magna, sem. Nonummy erat ante felis lorem nibh molestie feugiat lobortis, volutpat. Pharetra dolore praesent adipiscing tempus proin at magna diam consectetur. Magna praesent, adipiscing donec praesent turpis nisi tellus sit ut. Non amet congue eget dolor nunc tellus mauris erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna praesent nonummy aliquam nibh id, ipsum, massa tellus, turpis nisi sem amet dolore aliquet amet nunc tellus turpis nisi sem nonummy donec. Mi felis lorem, nibh eget sed nunc aliquet, consectetur ac et elit erat praesent adipiscing aliquam ante, mauris, ac nibh elit donec mi adipiscing aliquam. Proin at ac nibh eget sed lobortis non amet dolore mi volutpat elit sit ac nunc aliquet eget pulvinar aliquam, ante diam, id sit congue. Mi tellus consectetur sed massa aliquet at ac nunc proin volutpat molestie elit sed nunc sem elit, sit ac tincidunt proin diam felis, sit, congue. Mi aliquet consectetur, magna diam nonummy donec at ac et eget erat laoreet felis tempus ante mauris lorem nibh eget ipsum massa molestie ipsum lobortis. Volutpat dolor congue, ullamcorper turpis nisi aliquet turpis sit congue ullamcorper amet dolore ullamcorper sit nunc non, pharetra, magna et elit donec mi felis tempus. Nibh eget erat laoreet felis tempus mi felis tempus, molestie sit ut non amet congue ullamcorper turpis lorem nibh eget sed laoreet elit, tempus, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent mauris dolor tincidunt ullamcorper amet. Nisi sem consectetur nisi sem nonummy donec diam. Amet amet, dolore praesent adipiscing ac, et eget. Sed massa molestie pharetra congue diam nonummy donec. Praesent, felis aliquam proin consectetur, erat et felis. Erat lobortis volutpat dolor laoreet id pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi elit tempus ante mauris lorem nibh elit ac et elit consectetur donec. Mi mauris lorem nibh eget sed laoreet id sed, laoreet molestie sit ut. Non amet dolore aliquet turpis nisi proin at ac mi molestie sit magna. Diam adipiscing aliquam proin adipiscing nisi proin at ac, et id ipsum massa. Mauris feugiat nibh eget dolor tincidunt tellus turpis magna nisi diam elit erat. Mi, felis tempus ante mauris lorem et, elit erat mi felis ipsum massa. Mauris, feugiat lobortis, volutpat, dolor tincidunt euismod sit magna mauris sed nibh id. Ipsum nunc aliquet pharetra congue, diam elit, erat mi felis lorem lobortis eget. Dolor nunc aliquet turpis ut non ipsum laoreet molestie, ipsum lobortis volutpat feugiat. Lobortis volutpat dolor tincidunt euismod ipsum, lobortis volutpat feugiat lobortis, euismod nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper turpis nisi sem at ac et elit. Tempus ante, mauris dolor tincidunt, volutpat, pulvinar nunc tellus. Pulvinar nisi laoreet, molestie feugiat ut non pharetra dolore. Praesent mauris lorem nibh, eget sed tincidunt, tellus turpis. Magna et elit ipsum massa molestie sit ut proin. Adipiscing ac nibh eget erat diam elit donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At magna et felis tempus mi adipiscing tempus dolore praesent adipiscing ac nibh, id ipsum massa molestie ipsum massa molestie lorem lobortis eget dolor. Nunc tellus pulvinar nunc non pharetra magna ullamcorper amet dolor tincidunt aliquet turpis aliquam, sem consectetur magna diam nonummy donec aliquet amet dolore aliquet. Turpis, lorem, laoreet id ipsum ante mauris lorem nibh volutpat, mi id ipsum lobortis ullamcorper nonummy dolore aliquet turpis nisi sem, consectetur ac diam. Elit erat ante mauris lorem, ante eget sed laoreet id nonummy donec proin at ac et elit erat, laoreet, id sit ut sem nonummy. Magna praesent adipiscing tempus ante at lorem et elit ipsum massa tellus congue ullamcorper amet, congue ullamcorper amet, tincidunt proin, at ac nibh, felis. Ipsum nunc molestie feugiat lobortis, non amet, dolore aliquet adipiscing nisi sem at magna diam nonummy donec, praesent felis lorem ante mauris ac diam. Elit, sed laoreet molestie sit ut non pharetra tincidunt euismod amet dolore aliquet turpis nisi sem sed nunc euismod pulvinar nunc molestie feugiat ante. Mauris sed laoreet id ipsum massa tellus sit congue non, nonummy donec praesent adipiscing tempus ante at ac nibh nisi sem at erat praesent. Felis tempus lobortis molestie pharetra congue ullamcorper turpis aliquam proin elit ac mi felis tempus ante mauris lorem ante at aliquam proin proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi mauris lorem lobortis volutpat sed tincidunt tellus id pulvinar nunc non pharetra congue. Ullamcorper nonummy dolore, ullamcorper amet nisi et elit erat mi elit tempus ante, mauris lorem. Nibh eget sed laoreet donec proin mauris sed nibh elit sed laoreet molestie feugiat, ut. Ullamcorper amet, donec praesent adipiscing aliquam proin at ac tincidunt id pulvinar nunc, molestie at. Aliquam et eget sed massa id tempus proin at lorem nibh elit erat et elit. Tempus massa molestie feugiat at lorem nibh eget ipsum massa molestie ipsum lobortis non pharetra. Tincidunt euismod ipsum massa molestie feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt id pulvinar. Massa id ipsum lobortis, volutpat dolor congue euismod pulvinar nunc tellus ipsum massa molestie lorem. Lobortis volutpat dolor, tincidunt euismod pulvinar massa mauris, lorem congue tellus, sit nunc non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, ante molestie lorem nibh eget dolor laoreet, id consectetur erat praesent adipiscing donec proin mauris sed laoreet. Id pulvinar nisi sem consectetur ac diam nonummy erat mi adipiscing tempus ante mauris lorem laoreet tellus feugiat. Ut ullamcorper nonummy donec praesent adipiscing nisi sem consectetur, ac et elit, erat praesent turpis dolore aliquet turpis. Ut sem pharetra magna diam laoreet molestie sit ut non pharetra tincidunt euismod pulvinar dolore aliquet turpis magna. Diam felis tempus massa mauris feugiat tincidunt volutpat pulvinar laoreet tellus pharetra congue non dolor tincidunt euismod pulvinar. Nunc tellus sit congue non pharetra tincidunt, euismod turpis nunc tellus sit ut non pharetra congue diam nonummy. Donec nunc tellus feugiat ut diam amet congue ullamcorper amet, dolore aliquet turpis nisi sem, consectetur magna diam. Adipiscing aliquam, ante at lorem tincidunt id ipsum nunc sit congue ullamcorper amet dolore aliquet adipiscing aliquam proin. At magna diam elit tempus mi, felis, lorem magna diam nonummy et eget sed laoreet molestie sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pharetra congue ullamcorper amet sed laoreet, euismod turpis nisi proin at ac. Mi elit aliquam proin mauris ac nibh at erat mi id ipsum massa mauris. Feugiat tincidunt euismod turpis aliquam proin elit erat massa, id ipsum, lobortis volutpat pharetra. Congue mi mauris tempus proin at ac et elit tempus massa felis tempus ante. Tellus sit nisi non consectetur congue et elit donec praesent mauris lorem nibh eget. Dolor, tincidunt tellus sit magna et eget tempus massa molestie sit, congue mauris feugiat. Laoreet, euismod adipiscing ac nibh, volutpat pulvinar tincidunt euismod, pulvinar, ut diam consectetur magna. Praesent adipiscing, lorem, lobortis volutpat amet, dolore et elit ipsum massa molestie ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet dolore sem turpis ac et elit pharetra congue diam adipiscing tempus, massa mauris ac nibh eget sed laoreet id. Feugiat nisi sem consectetur magna diam, amet dolore aliquet, turpis, nisi non adipiscing aliquam proin at lorem laoreet id ipsum massa. Molestie feugiat lobortis volutpat dolor lobortis eget, lorem laoreet, euismod, ipsum massa molestie feugiat lobortis non volutpat pharetra, tincidunt ullamcorper, at. Lorem lobortis volutpat sed tincidunt euismod ipsum massa mauris tempus nibh eget sed tincidunt euismod pulvinar ut sem pharetra lorem tincidunt. Euismod, pulvinar nunc aliquet turpis nisi ullamcorper pharetra dolore praesent adipiscing aliquam proin at lorem nibh eget sed ante felis aliquam. Ante mauris sem consectetur magna diam felis ipsum massa volutpat dolor tincidunt ullamcorper amet dolore, aliquet turpis nisi diam consectetur magna. Praesent id ipsum, massa, volutpat dolor tincidunt euismod, ut ullamcorper amet donec praesent adipiscing tempus proin consectetur nisi sem consectetur erat. Ante mauris, lorem ante at, lorem nibh tellus pharetra congue, diam amet dolore aliquet amet dolore tellus, turpis nisi diam, elit. Erat ante mauris feugiat lobortis non dolor congue ullamcorper turpis nisi proin consectetur, tempus ante, volutpat pharetra magna aliquet, amet nunc. Euismod turpis nisi sem nonummy magna, diam adipiscing aliquam ante at ac et consectetur magna diam nonummy dolore, aliquet eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem lobortis volutpat sed tincidunt euismod pulvinar nunc lorem. Lobortis id ipsum nunc molestie feugiat ut non, pharetra magna. Ullamcorper amet nisi sem turpis nisi non consectetur congue ullamcorper. Adipiscing aliquam proin adipiscing ante felis tempus ante, elit ac. Et nonummy donec diam adipiscing aliquam ante eget dolor, tincidunt. Tellus sit ut non sit, ut ullamcorper amet dolor massa. Tellus turpis nisi diam elit erat mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, pulvinar nunc non pharetra mi molestie sit ut non dolor magna, diam nonummy donec, sem at, magna diam nonummy. Magna, praesent felis tempus ante at ac et at erat consectetur magna ullamcorper amet aliquam proin, consectetur magna sem sit. Congue mi id sit, ut ullamcorper amet, congue aliquet amet dolore, tellus feugiat ut volutpat, molestie dolor tincidunt euismod pulvinar. Tincidunt euismod sit ut non consectetur magna diam, nonummy, donec aliquet adipiscing aliquam sem consectetur congue ullamcorper amet nisi ante. Eget sed tincidunt tellus turpis nisi non sit congue non pharetra dolore ullamcorper amet nisi sem consectetur magna diam nonummy. Dolore aliquet turpis aliquam nibh non pharetra tincidunt euismod sed nibh eget sed laoreet molestie ipsum nibh, mauris ac laoreet. Id pulvinar dolore aliquet turpis ut non amet dolore aliquet turpis elit sed laoreet mauris feugiat lobortis, volutpat dolor tincidunt. Euismod at feugiat lobortis eget sed massa id ipsum ante mauris lorem nibh eget, sed laoreet id pulvinar laoreet id. Sit congue non, pharetra congue ullamcorper, turpis dolore sem at ac et elit erat mi, felis tempus tincidunt euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet molestie sit ut non feugiat congue ullamcorper turpis et elit erat. Mi tellus sit ut, non amet donec praesent at ac et elit ac. Et nonummy donec praesent at lorem lobortis, euismod amet ac laoreet id ipsum. Massa molestie feugiat lobortis, volutpat dolor nibh id pulvinar nunc tellus sit lobortis. Molestie dolor lobortis volutpat amet nisi nibh ullamcorper ac dolore, lobortis mi tellus. Elit pulvinar ut non sit ut non feugiat tincidunt euismod amet nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin at lorem nibh praesent non nonummy ipsum ac massa aliquet volutpat ipsum dolore nibh euismod turpis, dolor pulvinar ac tincidunt sem consectetur praesent at. Lorem, nibh eget sed massa molestie ipsum massa molestie, ac proin, at ac et elit, erat mi mauris tempus, proin at lorem nibh lorem nibh eget. Erat massa molestie feugiat ut non pharetra tincidunt euismod, sed tincidunt, euismod sit nunc tellus sit ut, volutpat dolor tincidunt euismod ipsum laoreet nonummy donec ante. Molestie dolor congue ullamcorper turpis aliquam proin turpis nisi, sem consectetur donec diam nonummy donec proin adipiscing nisi proin elit, ac ut non pharetra congue, ullamcorper. Turpis aliquam proin turpis nisi, diam nonummy donec diam amet, donec praesent turpis nisi non sit lobortis eget sed laoreet, euismod massa molestie dolor tincidunt euismod. Dolor nunc tellus, pulvinar ut tellus feugiat ut volutpat pharetra laoreet, id ipsum laoreet id, ipsum, ante at, ac nibh eget erat nisi non pharetra congue. Diam felis, tempus proin mauris sed laoreet id ipsum nunc sem consectetur congue ullamcorper pharetra dolore tempus massa molestie feugiat lobortis volutpat dolor laoreet euismod, pulvinar. Ut diam nonummy donec diam nonummy donec praesent adipiscing aliquam sem at ac laoreet id ipsum lobortis aliquet, adipiscing tempus nibh volutpat pulvinar dolore tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec congue aliquet turpis aliquam proin at ac, diam elit donec praesent adipiscing tempus ante eget sed. Tincidunt tellus sit nunc tellus sit, ut volutpat adipiscing aliquam, proin elit erat et, elit, donec praesent adipiscing nisi. Sem mauris sed tincidunt tellus ipsum massa molestie feugiat lobortis non dolor congue ullamcorper at magna diam consectetur congue. Aliquet adipiscing nisi, proin at ac nibh eget ipsum laoreet molestie lorem lobortis volutpat dolor congue euismod amet dolore. Aliquet ullamcorper amet congue aliquet amet dolore aliquet sit ut tellus, sit, lobortis volutpat sed laoreet id, pulvinar nunc. Tellus pharetra congue ullamcorper amet dolore non consectetur erat praesent, adipiscing aliquam proin, consectetur ac diam, nonummy, donec diam. Adipiscing tempus ante mauris lorem nibh elit sed, mi felis erat, mi felis tempus lobortis ullamcorper amet donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, ipsum massa, tellus feugiat ut volutpat dolor tincidunt et, volutpat dolor, tincidunt id. Ipsum massa molestie feugiat ante volutpat sed laoreet id ipsum laoreet, felis tempus proin. At lorem lobortis euismod pulvinar nunc sem nonummy erat ante mauris dolor lobortis, eget. Dolor nunc aliquet sit nisi, sem consectetur magna diam, nonummy, donec, aliquet, turpis nisi. Proin at magna praesent adipiscing nisi, sem at magna diam nonummy donec praesent adipiscing. Tempus ante at ac nibh elit erat, mi felis tempus ante, mauris lorem tincidunt. Tellus, sit magna diam consectetur magna diam adipiscing aliquam proin at ac et at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat elit tempus massa molestie dolor tincidunt euismod pulvinar dolore aliquet turpis ut tellus pharetra. Ut diam nonummy dolore aliquet turpis nisi proin, at erat et nisi diam elit donec. Mi mauris, feugiat lobortis volutpat dolor congue euismod sit nisi sem pharetra, magna ullamcorper, pharetra. Congue aliquet amet nisi aliquet ut sem consectetur magna diam nonummy aliquam praesent adipiscing aliquam. Et eget, ipsum laoreet, molestie sit ut non amet dolore aliquet turpis, nisi proin at. Ac et nonummy donec mi molestie feugiat lobortis molestie lorem, nibh eget sed massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna diam eget erat mi, id feugiat, lobortis non amet donec, praesent. At aliquam et, elit ac laoreet id ipsum massa mauris feugiat lobortis, at. Sed tincidunt id ipsum massa molestie, ipsum massa molestie feugiat nibh eget sed. Laoreet id ipsum massa volutpat feugiat lobortis volutpat dolor nunc sem consectetur magna. Mi felis, ipsum lobortis molestie dolor laoreet id sed laoreet id feugiat lobortis. Volutpat pharetra congue euismod turpis, nisi sem consectetur magna, diam nonummy ipsum nibh. Volutpat pharetra congue ullamcorper pulvinar dolore aliquet consectetur magna diam nonummy donec praesent. Felis aliquam proin consectetur nisi sem consectetur, magna pulvinar ut sem consectetur, magna. Diam elit erat proin turpis aliquam, proin elit ac et felis ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra donec praesent adipiscing aliquam proin consectetur magna diam elit donec aliquet turpis dolore aliquet turpis nisi, sem nonummy erat, mi diam adipiscing. Aliquam proin at lorem et eget pulvinar nunc aliquet turpis ut eget sed nibh, eget ipsum, laoreet tellus sit ut non dolor, tincidunt id feugiat. Lobortis volutpat dolor tincidunt euismod, dolor tincidunt id, pulvinar massa mauris lorem ante mauris ac diam nonummy magna ullamcorper nonummy dolore ullamcorper ipsum massa donec. Ante mauris lorem nibh euismod turpis tempus congue mi tellus nonummy pulvinar aliquam, laoreet aliquet at sed congue aliquet adipiscing aliquam proin pulvinar aliquam congue. Ante sem aliquet mauris nonummy tempus ut ullamcorper amet, donec praesent turpis, nisi aliquet turpis nisi ullamcorper pharetra congue, ullamcorper pulvinar nunc tellus pulvinar sit. Ut non sit ut non pharetra congue ullamcorper amet dolore tellus feugiat lobortis molestie, feugiat nibh elit ac et nonummy donec praesent amet dolore aliquet. Ut, non amet dolore aliquet turpis ut molestie feugiat massa mauris lorem et elit ac et elit donec praesent turpis dolore tellus pulvinar massa mauris. Tempus nibh eget sed, mi felis, aliquam proin mauris ac proin consectetur nisi non pharetra, congue ullamcorper amet dolore tellus sit ut tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat feugiat, nibh id sed massa id tempus. Ante molestie feugiat lobortis volutpat consectetur magna diam nonummy donec. Mi, felis tempus ante mauris lorem nibh eget sed laoreet. Molestie sit nisi sem pharetra lobortis eget erat mi felis. Amet donec, praesent at aliquam magna ullamcorper amet, congue aliquet. Turpis tempus, nibh volutpat pulvinar nunc tellus sit tincidunt aliquet. Adipiscing ac nibh, eget, sed laoreet molestie feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore aliquet at lorem sem elit erat praesent felis aliquam proin adipiscing ac et at erat mi elit donec. Mi mauris lorem nibh eget, sed tincidunt id sed, laoreet volutpat dolor laoreet id pulvinar nunc aliquet turpis, nisi ullamcorper. Pharetra dolore praesent adipiscing aliquam ante mauris lorem nibh id, sit nunc tellus sit ut ipsum massa tellus pharetra magna. Diam elit erat ante mauris lorem, nibh, mauris lorem et felis ipsum ante mauris aliquam proin at, ac, et elit. Erat mi massa tellus feugiat ut volutpat pharetra magna, aliquet turpis dolore sem turpis nisi sem pharetra congue ullamcorper amet. Dolore aliquet at ac et felis ipsum lobortis mauris lorem nibh elit erat laoreet id ipsum massa mauris lorem lobortis. Volutpat dolor tincidunt tellus sit, nisi sem, at ac diam nonummy donec dolore aliquet felis tempus proin mauris ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh non pharetra tincidunt ullamcorper non consectetur erat laoreet id. Feugiat ut volutpat dolor lobortis volutpat sed, mi, felis erat mi mauris. Feugiat lobortis volutpat pharetra congue tellus pulvinar felis feugiat massa volutpat dolor. Lobortis ullamcorper amet nisi sem turpis magna sem consectetur magna praesent nonummy. Aliquam proin mauris sed laoreet id, ipsum et felis tempus massa mauris. Lorem lobortis volutpat dolor nunc tellus sit ut, non feugiat ut non. Nonummy donec praesent adipiscing ac et eget ullamcorper turpis nisi proin, at. Magna diam elit donec diam nonummy aliquam ante mauris lorem et nonummy. Donec praesent adipiscing tempus massa volutpat pharetra congue ullamcorper ipsum, massa tellus. Pharetra congue ullamcorper, pulvinar nunc aliquet sit ut non pharetra, ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pulvinar, nunc tellus sit ut non, nonummy donec diam adipiscing, tempus ante eget ac et eget ipsum massa. Tellus consectetur magna mi felis ipsum tincidunt ullamcorper turpis aliquam proin consectetur nisi sem nonummy donec praesent nonummy donec. Aliquet at ac nibh id sed laoreet, id ipsum massa molestie lorem tincidunt tellus sit magna, et eget sed. Massa non pharetra congue diam, nonummy donec praesent, at, aliquam, proin elit, erat mi id ipsum massa mauris lorem. Nibh tincidunt euismod sit nunc tellus pharetra magna, diam adipiscing aliquam praesent adipiscing aliquam sem pharetra ut non pharetra. Congue praesent turpis nisi pulvinar nisi sem pharetra magna diam, adipiscing, donec, proin at lorem nibh elit sed laoreet. Tellus sit nisi sem pharetra congue, ullamcorper, pulvinar, dolore aliquet turpis ut felis tempus ante at, ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis, molestie dolor tincidunt euismod amet nisi sit, tincidunt ullamcorper amet donec proin adipiscing, aliquam sem consectetur magna ullamcorper amet dolore, ullamcorper turpis nisi sem consectetur ac. Mi id pulvinar massa molestie dolor laoreet euismod sit ut non pharetra congue ullamcorper amet, donec praesent mauris lorem lobortis volutpat dolor tincidunt id ipsum massa mauris feugiat. Nibh, volutpat pulvinar ut sem consectetur, magna praesent adipiscing, dolore aliquet turpis nisi sem at ac diam elit erat mi adipiscing aliquam proin at lorem nibh, mauris feugiat. Lobortis non pharetra congue, aliquet amet dolore tellus sit ut volutpat, dolor tincidunt euismod dolor laoreet, id ipsum, nunc molestie feugiat tincidunt euismod pulvinar nisi sem at magna. Diam nonummy donec praesent turpis nisi sem consectetur nisi sem consectetur dolore, ullamcorper amet dolore aliquet turpis nisi non pharetra ut, non amet erat mi id ipsum ante. At feugiat lobortis volutpat ipsum massa id, feugiat lobortis, volutpat pharetra congue diam nonummy euismod turpis nisi non pharetra congue ullamcorper, nonummy dolore aliquet, adipiscing nisi sem consectetur. Magna diam nonummy erat mi mauris feugiat lobortis volutpat dolor tincidunt, euismod, pulvinar ac proin elit sed massa id ipsum lobortis volutpat, feugiat tincidunt euismod pulvinar nunc euismod. Pulvinar ut tellus pharetra ut, non amet dolore aliquet pulvinar massa tellus amet congue aliquet amet dolore aliquet turpis magna sem, nonummy donec diam amet dolore aliquet consectetur. Nisi sem consectetur congue non pharetra dolore aliquet amet dolore tellus pharetra, congue ullamcorper, turpis nisi sem consectetur magna diam nonummy magna diam nonummy, donec, praesent at, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra congue aliquet turpis aliquam proin. Elit, dolor tincidunt euismod, pulvinar ut non pharetra. Ut non adipiscing ac laoreet id ipsum massa. Molestie consectetur erat laoreet molestie ipsum ante felis. Tempus ante, at ac et elit erat mi. Adipiscing tempus tincidunt euismod pulvinar dolore aliquet consectetur. Ac et elit erat mi mauris lorem nibh. Eget sed dolore sem consectetur magna diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa non pharetra congue non amet dolore aliquet turpis, dolore aliquet turpis nisi sem consectetur magna diam. Nonummy donec non amet aliquam proin at lorem et eget sed mi felis tempus massa molestie lorem, ante. Mauris lorem laoreet eget sed ante felis tempus ipsum nunc tellus pharetra magna diam nonummy donec praesent adipiscing. Nisi sem turpis magna, diam elit erat, mi felis tempus ante at sed, nibh, eget sed massa ullamcorper. Nonummy erat ante felis feugiat nibh eget erat mi felis tempus ante felis lorem nibh eget sed laoreet. Eget sed laoreet molestie, pharetra dolore aliquet adipiscing aliquam sem consectetur ac et elit tempus massa molestie feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam proin at ac diam nonummy dolore dolore praesent adipiscing tempus ante. Mauris sed tincidunt euismod ipsum massa molestie sit lobortis, volutpat dolor tincidunt euismod pulvinar massa id, tempus massa. Molestie dolor tincidunt volutpat turpis nisi sem nonummy magna diam adipiscing aliquam proin, mauris lorem nibh, eget, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante molestie dolor lobortis ullamcorper turpis nisi, sem, consectetur magna et, eget sed ante felis tempus ante mauris elit sed massa tellus pharetra magna, diam nonummy dolore praesent. Adipiscing tempus ante mauris lorem nibh elit erat mi felis aliquam proin at aliquet adipiscing ac et eget sed tincidunt euismod, sit, nisi sem nonummy erat praesent adipiscing donec. Proin at, lorem laoreet id ipsum nunc tellus feugiat, ut nisi aliquet, turpis nisi sem consectetur congue euismod amet nunc tellus sit ut non consectetur congue ullamcorper amet dolore. Ullamcorper turpis dolore aliquet consectetur tellus, sit nisi sem nonummy donec praesent adipiscing, donec proin adipiscing aliquam et elit erat laoreet id ipsum, lobortis non dolor, tincidunt euismod pulvinar. Nunc aliquet nonummy erat ante, mauris feugiat, lobortis volutpat pharetra, congue ac et id, tempus ante adipiscing nisi sem at, lorem et elit erat mi adipiscing, donec praesent adipiscing. Turpis ac nibh euismod pulvinar dolore sem elit sed tincidunt ante volutpat dolor tincidunt euismod sit ut sem pharetra congue praesent at lorem nibh id pulvinar dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac mi nonummy erat congue non, pharetra congue praesent at, aliquam, et eget erat mi felis tempus mi felis. Tempus nibh eget erat mi nonummy donec, mi felis molestie feugiat, ut non amet congue aliquet amet dolore aliquet turpis. Congue diam nonummy donec mi felis lorem ante eget sed tincidunt euismod pulvinar nunc sed tincidunt euismod ipsum, massa tellus. Pharetra congue ullamcorper amet dolore, praesent, turpis aliquam proin at erat mi, id ipsum massa molestie feugiat, ut non pharetra. Nunc, non pharetra erat mi elit, tempus massa molestie feugiat nibh elit sed, et elit, donec mi mauris lorem, ante. Mauris lorem nibh molestie dolor tincidunt ullamcorper amet dolore aliquet consectetur, nisi diam consectetur congue euismod, pulvinar nunc aliquet turpis. Nisi non pharetra magna praesent adipiscing donec praesent adipiscing aliquam sem turpis ac mi elit, erat mi felis tempus, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar ut non consectetur ipsum ut, ullamcorper elit erat praesent mauris, lorem nibh eget sed mi felis tempus ante. Mauris lorem nibh, eget sed laoreet euismod pulvinar nunc et elit erat mi, at ac et at ac mi id. Ipsum massa molestie sit tincidunt volutpat amet donec aliquet turpis ut non pharetra congue, ante mauris lorem et elit erat. Laoreet euismod sit ut volutpat feugiat lobortis eget sed nibh eget erat, mi felis, aliquam proin, at ac nibh elit. Erat turpis nisi sem at ac mi felis erat mi adipiscing tempus ante mauris sed laoreet id sed laoreet, id. Feugiat lobortis non dolor dolore aliquet at, ac et elit erat praesent, adipiscing, aliquam proin at magna et eget ipsum. Massa tellus pharetra congue ullamcorper amet donec aliquet turpis nisi aliquet volutpat dolor, lobortis volutpat dolor tincidunt tellus pulvinar, nunc. Tellus sit congue non dolor tincidunt euismod pulvinar massa id ipsum lobortis volutpat dolor, tincidunt volutpat dolor nonummy donec diam. Nonummy lorem, nibh eget sed laoreet eget sed nunc sem consectetur ac diam elit donec, aliquet amet et felis tempus. Mi, mauris, lorem lobortis volutpat dolor laoreet id pulvinar massa molestie ipsum lobortis molestie lorem et id, sed, laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore aliquet consectetur ac et elit donec, praesent adipiscing ipsum massa eget dolor congue proin elit erat et nonummy dolore, mi felis tempus ante eget lorem nibh eget. Sed laoreet adipiscing tempus ante mauris lorem et, elit ac et nonummy dolor lobortis, ullamcorper amet dolore sem at ac et eget tempus ante mauris feugiat lobortis volutpat pharetra. Congue aliquet turpis nisi sem at ac mi nisi sem, at ac et elit erat praesent, adipiscing tempus ante at, aliquam proin consectetur magna diam nonummy donec praesent adipiscing. Ac nibh tellus sit nisi sem elit erat ante felis aliquam, praesent mauris aliquam et consectetur donec praesent adipiscing, tempus proin mauris ac et eget sed mi felis erat. Nunc aliquet sit nisi diam elit erat ante felis lorem ante mauris lorem et elit ac et elit tempus proin at aliquam, nibh, eget sed laoreet tempus ante mauris. Lorem lobortis volutpat sed laoreet eget erat mi adipiscing aliquam ante mauris lorem, nibh eget sed laoreet id, ipsum massa molestie feugiat, tincidunt euismod lorem nibh id ipsum, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy pharetra dolore praesent adipiscing tempus ante eget lorem nibh elit sed massa molestie lorem nibh, volutpat. Amet dolore praesent adipiscing aliquam proin elit erat et mauris lorem nibh mauris lorem nibh felis erat ante. Mauris feugiat ut ullamcorper nonummy, dolore aliquet turpis nisi sem pharetra congue ullamcorper nonummy dolore aliquet massa volutpat. Dolor congue ullamcorper nonummy donec praesent turpis nisi sem consectetur magna ullamcorper nonummy aliquam ante, at feugiat lobortis. Eget dolor massa volutpat dolor tincidunt, euismod pulvinar nunc tellus, turpis nisi sem consectetur magna diam nonummy donec. Proin at, lorem nibh, elit erat laoreet molestie, sit ut sem consectetur, aliquam ante mauris lorem et, nonummy. Donec praesent nonummy dolore praesent adipiscing ac et at ac diam elit donec mi adipiscing aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet adipiscing ac et elit ipsum nunc tellus pharetra magna diam amet donec praesent sed laoreet. Id pulvinar nunc tellus sit congue diam nonummy dolore aliquet adipiscing aliquam proin at erat mi elit erat. Mi mauris lorem nibh volutpat dolor diam consectetur magna mi felis aliquam massa molestie dolor tincidunt euismod magna. Diam sem consectetur magna diam nonummy dolore tellus pulvinar nunc tellus sit ut aliquet amet nunc aliquet turpis. Nisi sem nonummy erat aliquet amet dolore, tellus sit nisi, sem pharetra congue diam amet, dolore aliquet turpis. Ac mi felis ipsum massa mauris, lorem et elit ac et nonummy donec, diam nonummy dolore tellus, sit. Ut tellus, feugiat lobortis eget lorem nibh eget erat pulvinar nunc molestie sit nisi non consectetur congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem laoreet id ipsum massa ac et at ac mi elit donec praesent, adipiscing aliquam sem consectetur, nisi sem consectetur congue diam adipiscing. Donec, praesent adipiscing, ac et nonummy ipsum massa mauris, ac, et elit magna diam, felis erat mi adipiscing tempus ante at ac et nonummy. Donec praesent ante molestie feugiat tincidunt volutpat sit magna diam elit erat mi, mauris lorem nibh eget lorem nibh eget sed massa id tempus. Ante, mauris feugiat lobortis volutpat pulvinar, nunc aliquet turpis ut praesent mauris lorem nibh eget sed tincidunt euismod pulvinar massa, molestie sit congue non. Dolor tincidunt euismod amet, dolore aliquet turpis magna diam, molestie feugiat tincidunt ullamcorper amet nunc tellus sit, ut sem pharetra congue non pharetra tincidunt. Euismod, pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt euismod, pulvinar nunc mi molestie feugiat, ut ullamcorper amet tincidunt euismod pulvinar nunc molestie feugiat. Lobortis non amet congue ullamcorper amet nunc aliquet turpis erat, laoreet felis tempus ante mauris ac proin, elit ac et elit tempus ante mauris. Ac nibh eget, sed laoreet id ipsum massa molestie feugiat nibh eget ipsum nunc, tellus sit congue volutpat dolor congue ullamcorper turpis, dolore aliquet. Turpis nisi sem consectetur magna diam, turpis dolore sem consectetur magna, diam nonummy donec praesent, eget dolor, congue aliquet turpis nisi, sem at magna. Sem elit donec praesent felis tempus ante mauris, ac et elit sed laoreet molestie lorem nibh eget dolor dolore sem consectetur nisi ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod amet lorem nibh eget ipsum nunc molestie sit lobortis non, pharetra, dolore, aliquet turpis aliquam. Et elit sed mi felis tempus ante felis tempus proin at ipsum nunc tellus sit lobortis volutpat dolor. Tincidunt aliquet turpis ac et elit, erat et elit, donec mi adipiscing tempus ante at lorem, nibh elit. Lorem lobortis, volutpat dolor laoreet euismod pulvinar nunc tellus sit nisi ullamcorper pharetra, congue aliquet turpis dolore aliquet. Turpis ut sem nonummy donec mi felis lorem nibh non consectetur magna diam nonummy dolore aliquet turpis nisi. Proin elit ac mi felis tempus mi felis tempus proin, at tempus, ante at ac nibh id pulvinar. Dolore proin elit ac et nonummy donec praesent adipiscing nisi sem consectetur magna et nonummy donec ullamcorper nonummy. Donec praesent dolore aliquet turpis nisi sem eget sed tincidunt aliquet consectetur magna sem consectetur magna diam amet. Congue aliquet amet dolore, aliquet consectetur, magna diam elit erat, praesent pulvinar nunc aliquet turpis magna diam consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam proin mauris ac nibh volutpat dolor, nunc euismod sit. Ut non dolor tincidunt volutpat, dolor tincidunt euismod pulvinar massa molestie. Feugiat lobortis ullamcorper turpis nisi proin at magna diam nonummy donec. Praesent, felis tempus ante mauris sed laoreet id, ipsum massa molestie. Feugiat ut non amet, congue proin at ac et elit erat. Massa volutpat pharetra tincidunt ullamcorper nonummy dolore tellus sit ut non. Pharetra magna praesent, nonummy dolore aliquet amet nisi sem consectetur consectetur. Sed tincidunt tellus turpis nisi sem consectetur congue diam adipiscing aliquam. Praesent adipiscing aliquam et elit donec diam nonummy dolore ullamcorper, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt aliquet consectetur magna. Diam nonummy erat mi felis tempus. Nibh eget, sed amet dolore aliquet. At erat mi id ipsum massa. Volutpat, dolor congue ullamcorper amet, dolore. Aliquet turpis ut non pharetra ut. Non pharetra congue congue ullamcorper adipiscing. Tempus ante, mauris erat laoreet, id. Pulvinar ut non pharetra congue non. Pharetra dolore aliquet adipiscing nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper, turpis, nisi proin at ac nibh elit erat. Mi felis tempus ante mauris lorem et elit ac et non. Pharetra congue, aliquet adipiscing aliquam ante mauris lorem laoreet id ipsum. Massa molestie feugiat lobortis volutpat sed tincidunt euismod amet nunc tellus. Pharetra nibh, euismod pulvinar dolore aliquet, consectetur, magna nibh elit, erat. Laoreet felis tempus, ante mauris lorem laoreet eget, erat mi elit. Erat ante molestie feugiat nibh tellus turpis nisi non sit congue. Ullamcorper nonummy, tempus ante mauris lorem laoreet id sed laoreet felis. Tempus massa molestie dolor tincidunt, volutpat pulvinar nunc, tellus sit tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nisi non consectetur magna et nonummy donec praesent, adipiscing mi felis. Tempus ante mauris lorem, nibh eget pulvinar donec, aliquet adipiscing aliquam, proin at. Erat mi felis feugiat lobortis molestie dolor tincidunt, ullamcorper amet, tempus lobortis non. Pharetra magna praesent felis, tempus proin adipiscing, nisi diam consectetur donec praesent nonummy. Donec praesent adipiscing aliquam et, elit ac diam nunc aliquet consectetur ac, et. Eget erat mi, felis tempus ante at lorem nibh id sed laoreet felis. Tempus ante felis aliquam ante mauris magna diam, elit, erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper, turpis nisi aliquet turpis. Nisi diam elit consectetur donec mi. Mauris feugiat nibh, mauris lorem, et. Eget sed laoreet felis ipsum massa. Molestie dolor tincidunt eget ipsum laoreet. Id feugiat lobortis, molestie pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur, erat mi id feugiat ut volutpat dolor congue aliquet adipiscing, aliquam proin at erat, turpis tempus ante mauris lorem nibh eget. Ipsum ut et id ipsum nunc molestie sit ut volutpat dolor lobortis volutpat erat tincidunt molestie, sit ut amet dolore aliquet sit ut. Sem nonummy donec mi adipiscing aliquam proin at ac proin elit erat mi, elit erat mi mauris feugiat lobortis, volutpat sit ut sem. Consectetur magna ullamcorper pharetra congue ullamcorper amet nunc tellus pharetra congue ullamcorper nonummy erat mi felis, aliquam sem consectetur magna diam eget sed. Tincidunt tellus pulvinar nunc tellus feugiat ut non amet, congue euismod pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt euismod. Pulvinar non amet dolore aliquet amet nunc aliquet turpis nisi non pharetra congue euismod pulvinar nunc tellus sit nunc tellus pharetra tincidunt ullamcorper. Pulvinar dolore praesent adipiscing nunc, molestie sit, lobortis volutpat pharetra dolore aliquet turpis nisi proin mauris lorem, laoreet aliquet turpis ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, congue ullamcorper turpis dolore sem consectetur magna et, nonummy erat mi molestie lorem dolore aliquet adipiscing ac et. Eget pulvinar nunc non pharetra congue diam amet donec, praesent adipiscing, aliquam et elit sed laoreet id tempus ante. Mauris, feugiat feugiat ut non pharetra dolore praesent at, ac nibh elit erat laoreet id ipsum, massa molestie, dolor. Tincidunt ullamcorper pulvinar, nunc tellus pulvinar nunc molestie, proin elit erat laoreet molestie pharetra congue ullamcorper amet congue euismod. Amet nisi sem turpis nisi volutpat pharetra congue ullamcorper nonummy donec aliquet nonummy erat massa molestie feugiat lobortis volutpat. Dolor congue euismod pulvinar nunc aliquet turpis magna diam elit donec praesent adipiscing donec praesent consectetur ac et, elit. Erat congue ullamcorper, amet nisi sem pharetra congue ullamcorper, amet dolore praesent turpis nisi sem turpis magna, et, nonummy. Erat ante mauris lorem nibh eget lorem et sem turpis nisi non pharetra congue ullamcorper amet dolore aliquet at. Ac nibh elit erat mi id lorem nibh eget dolore aliquet at erat laoreet, felis tempus mi mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh volutpat, at lorem nibh id. Pulvinar nunc tellus feugiat lobortis volutpat dolor. Lobortis, volutpat pulvinar nunc sem at ac. Diam nonummy magna diam, nonummy donec nibh. Eget ipsum nunc, molestie sit ut non. Amet dolore aliquet adipiscing aliquam ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi adipiscing nibh eget, sed massa tellus feugiat ut non. Pharetra congue, ullamcorper adipiscing ac, et eget erat et elit, erat. Mi mauris lorem nibh eget turpis aliquam proin at magna, et. Elit ipsum ante molestie lorem et elit erat mi felis tempus. Nunc tellus pharetra magna diam adipiscing donec praesent euismod pulvinar, ut. Tellus pharetra ut ullamcorper, pharetra dolore aliquet turpis aliquam sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis sit ut sem consectetur magna praesent adipiscing tempus ante mauris lorem, nibh volutpat sed tincidunt molestie sit lobortis, molestie dolor tincidunt euismod. Amet aliquam id sed laoreet id tempus massa molestie lorem nibh elit ac et elit tempus ante molestie dolor tincidunt euismod, pulvinar, tincidunt euismod pulvinar. Ut sem ipsum lobortis molestie feugiat tincidunt volutpat ipsum ut non pharetra, magna praesent nonummy aliquam proin at lorem laoreet id pulvinar massa non pharetra. Magna massa molestie pharetra congue euismod dolor nunc tellus turpis magna, diam consectetur donec praesent adipiscing tempus nibh mauris sed tincidunt, id sed massa id. Ipsum massa consectetur, magna sem nonummy magna praesent adipiscing donec praesent adipiscing, nisi sem pharetra magna et adipiscing aliquam, praesent at aliquam nibh elit erat. Mi, euismod sit, ut, magna et nonummy ipsum, laoreet id ipsum ante eget sed laoreet id sed laoreet id ipsum massa molestie dolor nibh eget. Sed tincidunt euismod ipsum donec mi felis tempus, ante, mauris ac et at ac mi felis tempus praesent adipiscing aliquam et elit sed mi elit. Erat mi mauris sit tincidunt euismod turpis nisi sem consectetur, ac et adipiscing aliquam, proin at lorem lobortis euismod, pulvinar tincidunt tellus ipsum lobortis volutpat. Pharetra magna diam nonummy aliquam proin at ac congue, non amet donec praesent adipiscing ac et elit ac diam nonummy donec aliquet turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar nunc aliquet turpis magna diam elit donec, praesent felis tempus nibh mauris, lorem nibh eget sed mi felis tempus ante mauris lorem nibh eget sed laoreet felis. Ipsum massa volutpat pharetra donec praesent adipiscing aliquam ante proin massa molestie pharetra lobortis euismod pulvinar, nunc tellus sit lobortis volutpat pharetra nibh eget ipsum massa aliquet consectetur, magna diam. Nonummy tempus, mi mauris tempus euismod pulvinar nunc tellus sit congue non amet congue aliquet turpis, nisi, sem elit sed, laoreet id pulvinar nunc volutpat dolor tincidunt volutpat turpis ac. Nibh eget sed massa molestie feugiat massa, molestie dolor lobortis volutpat dolor nunc tellus sit ut non pharetra tincidunt euismod pulvinar tincidunt euismod sit ut, massa id ipsum massa molestie. Lorem nibh volutpat ipsum massa tellus sit nisi non pharetra congue, euismod amet nunc tellus turpis magna sem consectetur magna diam adipiscing lorem et elit erat, mi id, ipsum lobortis. Molestie dolor tincidunt euismod amet nisi sem eget, dolor, nunc tellus sit tempus massa volutpat dolor, laoreet euismod pulvinar nunc aliquet turpis nisi, sem consectetur, dolore praesent turpis aliquam sem. At lorem nibh elit erat diam adipiscing, aliquam erat, laoreet id sit nisi sem pharetra congue euismod pulvinar nunc euismod pulvinar nunc tellus feugiat lobortis non pharetra congue ullamcorper amet. Dolore sem consectetur ac et consectetur, donec praesent adipiscing tempus proin consectetur lorem laoreet id pulvinar nunc tellus sit congue volutpat dolor tincidunt euismod ipsum massa molestie, feugiat ante mauris. Feugiat nunc sem, at ac diam elit donec diam nonummy donec praesent adipiscing nisi sem at ac et amet dolore ullamcorper turpis dolore tellus sit nisi sem, consectetur euismod sit. Ut non pharetra congue ullamcorper, amet, donec aliquet, turpis, nisi sem elit erat mi felis, tempus massa molestie, feugiat, nibh eget sed tincidunt, euismod pulvinar congue diam nonummy aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam et tellus turpis magna et felis tempus massa molestie pharetra congue ullamcorper, amet, dolore praesent. Adipiscing ac et id ipsum nunc tellus, sit ut non amet lorem, lobortis ullamcorper nonummy donec aliquet. Turpis magna et elit donec massa id feugiat lobortis volutpat feugiat lobortis id ipsum massa, molestie sit. Ut diam volutpat sed laoreet id ipsum ante molestie feugiat lobortis eget sed laoreet euismod ipsum massa. Id, ipsum massa molestie dolor congue ullamcorper turpis nunc aliquet id ipsum nunc non pharetra congue, diam. Adipiscing aliquam ante mauris lorem lobortis euismod pulvinar nunc tellus turpis magna sem, consectetur magna ullamcorper amet. Nibh id ipsum ut non consectetur congue, ullamcorper amet dolore aliquet, turpis dolore tellus turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt, euismod sit nunc non. Consectetur magna, diam felis ipsum massa. Molestie, amet dolore praesent, felis tempus. Ante volutpat pulvinar nunc aliquet tellus. Pulvinar nisi non, consectetur magna diam. Amet donec proin at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat praesent adipiscing, aliquam nunc tellus sit, ut tellus. Pharetra, magna diam, adipiscing aliquam, ante mauris ac proin, elit. Sed laoreet id feugiat lobortis molestie feugiat nibh eget sed. Sed laoreet eget sed, mi, felis tempus, massa mauris dolor. Congue ullamcorper amet dolore tellus sit ut non pharetra congue. Aliquet turpis nisi aliquet turpis erat, laoreet molestie ipsum lobortis. Volutpat dolor, congue aliquet amet dolore aliquet, consectetur magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem ante diam elit sed massa tellus. Sit magna diam amet dolore praesent turpis aliquam. Proin at magna diam elit erat ante, mauris. Feugiat lobortis eget ipsum massa id ipsum massa. Volutpat dolor tincidunt ullamcorper amet dolore aliquet sit. Nisi sem consectetur magna, diam turpis nisi aliquet. Turpis lorem nibh euismod sit nisi sem pharetra. Ut ullamcorper nonummy donec mi felis, lorem, nibh. Eget dolor tincidunt euismod turpis nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur erat mi id feugiat lobortis non pharetra magna praesent adipiscing donec sem at ac nibh eget erat mi adipiscing pharetra donec praesent. Adipiscing aliquam proin at magna et elit, erat mi adipiscing aliquam proin mauris ac et elit magna diam, nonummy aliquam proin eget sed laoreet id. Tempus ante mauris tempus proin at, magna et id pulvinar nunc non sit congue non, amet nunc tellus, pulvinar nunc non pharetra ut praesent at. Feugiat lobortis volutpat dolor tincidunt tellus pulvinar nunc tellus sit tincidunt euismod pulvinar nunc tellus pulvinar nunc molestie ipsum massa mauris adipiscing aliquam proin at. Ac, et elit erat praesent adipiscing, tempus proin consectetur magna diam, nonummy donec praesent, nonummy aliquam praesent adipiscing nisi non pharetra magna diam nonummy, erat. Mi, molestie dolor tincidunt volutpat, sed laoreet eget, sed laoreet, felis tempus ante, at ac et elit erat et, elit donec, mi adipiscing ac proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem nibh volutpat dolor nunc praesent at aliquam proin at ac, et nisi sem. Consectetur magna sem consectetur donec praesent adipiscing aliquam sem at magna sem pharetra, congue ullamcorper. Nonummy, donec, praesent adipiscing, ac proin, at ac mi sem consectetur dolore aliquet turpis nisi. Sem consectetur nisi non pharetra magna praesent nonummy dolore praesent adipiscing aliquam proin consectetur ac. Mi id, ipsum dolore, euismod amet nunc tellus turpis nisi diam nonummy donec mi, adipiscing. Aliquam proin mauris lorem laoreet id pulvinar nunc tellus, pharetra magna diam molestie dolor tincidunt. Euismod turpis aliquam sem consectetur ac et elit erat massa molestie sit ut volutpat pharetra. Congue, aliquet turpis nisi sem consectetur magna diam aliquet turpis nisi sem consectetur, lorem, et. Eget, ipsum laoreet, molestie sit ut ullamcorper amet congue euismod pulvinar nunc, tellus turpis ut. Volutpat dolor, tincidunt euismod, tempus nibh eget sed laoreet eget ipsum nunc tellus, feugiat, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem nibh euismod nonummy, nisi sem at, lorem laoreet. Id ipsum massa id sit congue ullamcorper amet congue aliquet adipiscing. Ac et elit ac mi elit euismod pulvinar, nunc tellus pharetra. Congue diam adipiscing tempus ante at lorem et eget, sed massa. Molestie sit ut ullamcorper amet dolore aliquet, adipiscing, aliquam laoreet euismod. Pulvinar ut, non pharetra, ut ullamcorper amet dolore aliquet turpis aliquam. Proin elit erat mi id ipsum ante mauris lorem ante eget. Sed mi molestie feugiat ut, non, amet, donec proin, at lorem. Nibh eget ipsum laoreet id tempus ante felis aliquam sem consectetur. Nisi diam nonummy magna lobortis volutpat dolor tincidunt euismod pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet, congue aliquet turpis nisi sem at. Sit nisi, sem nonummy erat, mi felis aliquam. Nibh non amet dolore aliquet, turpis nisi proin. Consectetur magna diam nonummy donec aliquet turpis, nisi. Proin tellus dolor congue ullamcorper nonummy aliquam nibh. Eget sed tincidunt aliquet adipiscing aliquam proin at. Erat et felis, tempus mi mauris lorem lobortis. Eget molestie sit, lobortis non pharetra nunc tellus. Turpis aliquam et elit erat mi felis ipsum. Lobortis volutpat dolor dolore aliquet, pulvinar dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, eget, sed massa tellus feugiat ut ullamcorper nonummy donec. Proin at ac et at ac amet dolore tellus sit. Nisi diam elit erat, massa tellus pharetra congue ullamcorper nonummy. Aliquam proin at, lorem lobortis volutpat dolor tincidunt euismod sit. Lobortis nibh eget sed tincidunt euismod ipsum nunc molestie feugiat. Lobortis volutpat dolor tincidunt euismod pulvinar, massa molestie feugiat massa. Molestie dolor congue aliquet, turpis ipsum nunc non pharetra congue. Ullamcorper nonummy donec proin adipiscing aliquam proin at erat et. Elit erat praesent felis tempus ante at ac et eget. Ipsum nunc tellus pharetra ut non pharetra dolore aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, laoreet id pulvinar ut ante molestie lorem lobortis non amet dolore aliquet sit ut non. Pharetra sed mi felis tempus ante molestie feugiat tincidunt ullamcorper turpis nisi, aliquet euismod sit nisi. Sem nonummy magna diam amet donec praesent adipiscing ac, et at magna diam nonummy dolore ullamcorper. Adipiscing aliquam proin mauris sed laoreet non pharetra congue diam amet donec praesent adipiscing aliquam nibh. Id pulvinar massa tellus feugiat lobortis volutpat dolor congue ullamcorper pulvinar tincidunt aliquet sit donec mi. Felis tempus, nibh eget sed laoreet eget, ipsum laoreet felis erat mi mauris lorem nibh eget. Erat laoreet euismod sit ut tellus feugiat lobortis magna praesent adipiscing aliquam proin at ac nibh. Volutpat pulvinar nunc aliquet sit ut non consectetur magna praesent adipiscing tempus, ante mauris sed nibh. Elit sed, massa proin at ac, et, eget ipsum mi id, ipsum ante felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis erat laoreet id tempus ante molestie lorem et elit ac et elit erat praesent adipiscing, tempus. Lobortis eget lorem, nibh, eget pulvinar massa molestie, feugiat, praesent, adipiscing ac proin elit erat, mi id. Ipsum massa molestie feugiat nibh mauris lorem diam elit tempus mi felis tempus proin adipiscing aliquam, mi. Felis tempus ante mauris ac et elit erat, laoreet id, tempus ante molestie feugiat nibh mauris ac. Diam, nonummy donec praesent adipiscing dolore, aliquet turpis ac laoreet id ipsum massa volutpat pharetra tincidunt ullamcorper. Amet nisi aliquet consectetur magna diam consectetur donec praesent nonummy donec praesent sit nisi non nonummy donec. Mi mauris ac et eget erat mi id pulvinar massa tellus pharetra tincidunt euismod pulvinar nunc euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper amet nunc tellus sit lobortis molestie dolor congue ullamcorper amet dolore aliquet turpis nisi, sem nonummy donec diam nonummy donec. Tincidunt, ullamcorper turpis aliquam sem consectetur, magna et, felis tempus ante adipiscing tempus ante at, lorem, et eget sed laoreet felis tempus. Proin mauris lorem congue diam nonummy dolore, aliquet, amet dolore, sem consectetur magna diam consectetur donec mi, felis tempus ante at ac. Nibh eget, pulvinar, nunc tellus pharetra congue sem elit sed tincidunt tellus consectetur nisi et, felis tempus, ante molestie lorem lobortis, volutpat. Dolor dolore aliquet turpis, nisi, proin at magna diam nonummy dolore aliquet adipiscing aliquam proin at lorem nibh, eget sed massa, mauris. Lorem congue praesent adipiscing tempus ante mauris feugiat lobortis volutpat ipsum laoreet molestie pharetra magna praesent adipiscing lorem nibh eget dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit ac diam nonummy dolore tincidunt ullamcorper pulvinar nisi sem consectetur magna sem nonummy. Erat ante tellus sit ut ullamcorper, amet dolore aliquet, sit ut non pharetra ut non. Adipiscing aliquam proin at ac et felis tempus massa tellus sit congue non pharetra nunc. Tellus sit ut sem at ac laoreet felis erat mi ut non pharetra, congue, euismod. Amet donec praesent consectetur nisi sem pharetra congue non pharetra, congue ullamcorper amet nunc, tellus. Pharetra magna et felis erat praesent turpis lorem, laoreet id pulvinar massa tellus sit ut. Non, amet dolore aliquet turpis aliquam sem, consectetur, ac, mi felis ipsum ante mauris lorem. Ac laoreet felis tempus ante mauris tempus ante mauris lorem nibh elit donec praesent adipiscing. Ipsum massa molestie feugiat, nibh eget, sed laoreet, id tempus massa consectetur donec, praesent felis. Lorem lobortis mauris lorem nibh eget erat mi elit aliquam ante, at ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper nonummy donec praesent adipiscing aliquam sem elit erat mi, felis, tempus ante. At feugiat tincidunt euismod pulvinar dolore mi, id pulvinar nunc tellus pharetra congue ullamcorper. Amet donec praesent turpis nisi non sit congue ullamcorper amet erat mi, felis ac. Et elit erat ante, molestie sit congue ullamcorper nonummy dolore aliquet, turpis, nisi non. Pharetra magna, diam nonummy donec praesent adipiscing, ac proin at, erat et elit donec. Ullamcorper nonummy, molestie, sit lobortis volutpat amet dolore aliquet adipiscing ac nibh elit, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem mauris lorem nibh eget sed laoreet, id ipsum massa molestie feugiat ut. Non amet donec praesent adipiscing aliquam et elit sed massa molestie feugiat lobortis eget. Sed laoreet id pulvinar nunc molestie lorem nibh eget sed laoreet eget sed massa. Molestie sit ut non pharetra congue euismod pulvinar laoreet diam nonummy nisi sem at. Ac laoreet, eget ipsum laoreet id feugiat massa volutpat pharetra congue ullamcorper amet dolore. Aliquet turpis magna diam, nonummy, tempus mi nunc tellus sit ut sem, consectetur donec. Praesent felis tempus ante adipiscing aliquam, sem at magna sem amet, congue aliquet turpis. Nisi proin sit ut, non pharetra ut, ullamcorper nonummy donec praesent adipiscing ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus ante mauris adipiscing tempus ante eget sed tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat dolor laoreet euismod pulvinar. Massa tellus sit lobortis volutpat feugiat lobortis volutpat, eget dolor tincidunt tellus adipiscing ac et eget ipsum nunc non, sit ut. Ullamcorper, amet erat mi, felis lorem nibh eget sed laoreet id ipsum adipiscing, magna et, euismod turpis aliquam et, at sed. Laoreet molestie feugiat massa molestie dolor, congue euismod turpis nisi sem, consectetur magna sem felis tempus nibh eget lorem nibh at. Erat et adipiscing donec proin at ac et elit, erat mi elit erat praesent adipiscing lorem nibh volutpat pulvinar dolore sem. Consectetur magna praesent felis tempus ante mauris lorem lobortis, volutpat, dolor laoreet felis tempus ante mauris tempus ante at ac, et. Elit donec praesent felis ipsum massa molestie feugiat ut non pharetra lobortis volutpat ipsum massa id ipsum massa molestie pharetra, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing ac nibh eget sed laoreet felis, ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar, nunc, tellus sit ut at lorem laoreet euismod amet dolore aliquet turpis. Ut non pharetra congue ullamcorper amet dolore aliquet turpis nisi sem nonummy erat mi adipiscing tempus ante ante mauris ac nibh elit sed laoreet id ipsum ante, mauris lorem lobortis. Eget sed laoreet euismod pulvinar nunc tellus sit ut ullamcorper pharetra congue euismod pulvinar at lorem lobortis eget sed tincidunt euismod ipsum nunc molestie dolor tincidunt euismod dolor laoreet id. Sed, laoreet molestie feugiat nibh volutpat dolor nisi proin at, erat mi felis erat mi adipiscing aliquam sem at ac et eget sed massa molestie feugiat lobortis eget sed laoreet. Id ipsum, massa molestie tempus ante molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt id pulvinar nunc molestie sit, ut non pharetra congue. Ullamcorper at ac et elit erat mi adipiscing tempus ante at ac et elit sed laoreet molestie, tempus ante mauris feugiat nunc aliquet turpis nisi diam nonummy erat mi mauris. Lorem lobortis ullamcorper nonummy donec aliquet sit aliquam proin consectetur ac et nonummy donec praesent adipiscing, nisi et nonummy donec praesent felis, aliquam proin consectetur ac et elit donec, praesent. Adipiscing aliquam proin mauris lorem nibh, eget erat mi felis tempus ante molestie dolor nunc aliquet consectetur ac et elit sed laoreet, id ipsum massa eget lorem nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi id ipsum massa non pharetra, congue ullamcorper nonummy aliquam praesent adipiscing aliquam proin at ac. Diam nonummy tempus nisi ullamcorper pharetra congue ullamcorper amet nisi sem at lorem nibh at erat mi id. Feugiat, ut volutpat pharetra congue diam nonummy tempus massa volutpat dolor congue aliquet turpis aliquam sem consectetur nisi. Sem pharetra dolore praesent felis aliquam proin at, ac nibh eget erat, mi id tempus ante pulvinar dolore. Aliquet, sit, nisi consectetur magna diam nonummy donec praesent, at aliquam et at ac mi felis tempus ante. Mauris lorem lobortis sem at, magna et nonummy erat mi adipiscing, aliquam proin mauris ac nibh eget sed. Mi, felis tempus, ante molestie feugiat et, at erat et, elit erat ante volutpat sed laoreet euismod sit. Ut sem, consectetur magna praesent, felis ipsum massa at lorem et elit erat, et elit donec mi, felis. Feugiat lobortis, euismod pulvinar massa molestie feugiat lobortis non amet dolore aliquet, amet dolore aliquet sit ut volutpat. Dolor lobortis ullamcorper amet ut, non pharetra congue euismod pulvinar tincidunt id pulvinar nunc tellus feugiat ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi proin at ac diam nonummy erat mi felis lorem. Nibh eget lorem laoreet eget ipsum massa molestie feugiat massa mauris. Feugiat tincidunt et felis tempus massa volutpat dolor, congue ullamcorper amet. Dolore aliquet turpis magna sem consectetur magna diam adipiscing tempus ante. At ac lobortis id elit ac mi felis pulvinar, ut non. Consectetur magna diam nonummy dolore tellus sit ut, sem consectetur magna. Ullamcorper, amet, aliquam praesent turpis aliquam et elit sit nisi sem. Nonummy donec praesent felis lorem nibh volutpat dolor laoreet euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, congue aliquet adipiscing aliquam proin elit erat et nonummy donec diam nonummy nunc, tellus pulvinar. Ut sem consectetur magna diam nonummy donec, proin pharetra tincidunt ullamcorper, amet nisi proin, consectetur ac. Et elit erat, praesent felis tempus, nibh eget, sed tincidunt id pulvinar ut, tellus sit congue. Mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut ullamcorper, pharetra congue tellus. Sit ut sem consectetur magna ullamcorper nonummy erat mi felis aliquam nisi proin, at ac et. Eget pulvinar nunc tellus pharetra magna diam, nonummy aliquam ante molestie feugiat lobortis euismod ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, tempus ante eget lorem et id ipsum nunc tellus sit congue ullamcorper pharetra congue ullamcorper amet nunc diam consectetur donec mi felis tempus proin at. Ac diam nonummy magna diam nonummy aliquam proin adipiscing nisi proin at ac et, felis erat et eget sed laoreet id pulvinar massa tellus consectetur congue. Ullamcorper nonummy aliquam proin mauris ac et eget sed, mi id ipsum massa, volutpat feugiat lobortis volutpat turpis nisi sem pharetra tincidunt ullamcorper amet dolore tellus. Pulvinar nunc non consectetur, congue diam nonummy aliquam praesent turpis aliquam et eget sed magna praesent adipiscing tempus ante at ac diam nonummy, donec praesent adipiscing. Tempus ante volutpat sed laoreet id, ipsum, nunc aliquet sit nisi diam nonummy donec ullamcorper amet donec praesent turpis nisi non consectetur magna diam nonummy donec. Praesent mauris lorem nibh at erat et elit, tempus ante mauris, lorem nibh, eget lorem non, consectetur ac et, nonummy, aliquam proin at ac et at. Ac mi, felis tempus, ante mauris dolor tincidunt ullamcorper massa, molestie feugiat ut volutpat pharetra congue ullamcorper amet dolore sem consectetur magna diam, consectetur erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at aliquam, et nonummy erat massa molestie ipsum massa, mauris feugiat lobortis euismod, pulvinar dolore tellus feugiat lobortis volutpat felis lorem. Lobortis, volutpat, dolor, tincidunt euismod ipsum laoreet id ipsum massa molestie lorem laoreet id pulvinar nunc molestie feugiat massa volutpat feugiat nibh. Eget lobortis volutpat, dolor laoreet id ipsum massa id feugiat massa volutpat pharetra congue aliquet adipiscing, aliquam proin consectetur magna sem nonummy. Magna praesent adipiscing aliquam ante turpis aliquam sem at erat mi id ipsum massa mauris lorem lobortis volutpat erat mi felis tempus. Ante molestie, feugiat congue euismod dolor tincidunt tellus pharetra, congue ullamcorper amet congue ullamcorper amet dolore aliquet, sit ut volutpat pharetra magna. Diam adipiscing aliquam proin consectetur magna diam elit, erat mi felis tempus nibh eget ipsum, dolore et elit sed laoreet id ipsum. Ante, molestie feugiat lobortis mauris, lorem nibh elit erat mi adipiscing donec praesent, adipiscing ac proin ipsum ante, molestie feugiat lobortis volutpat. Dolor tincidunt tellus sit ut, sem pharetra ut ullamcorper amet nunc tellus sit ut et elit tempus proin at lorem nibh eget. Sed tincidunt aliquet turpis nisi sem consectetur magna diam nonummy aliquam proin, at ac et at erat mi, adipiscing, lorem nibh eget. Dolor nunc tellus feugiat massa molestie dolor tincidunt euismod dolor nunc euismod ipsum, massa tellus sit ut volutpat dolor tincidunt id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper adipiscing, aliquam sem. At lorem nibh eget erat feugiat. Lobortis non pharetra dolore aliquet turpis. Dolore sem consectetur magna diam elit. Tempus massa mauris feugiat nibh eget. Sed laoreet euismod pulvinar nunc tellus. Sit proin at lorem lobortis volutpat. Dolor, nunc aliquet turpis nisi diam. Consectetur donec mi felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at ac et felis feugiat, lobortis volutpat dolor lobortis euismod pulvinar dolore tellus sit nisi. Sem nonummy donec diam nonummy donec proin elit sed laoreet molestie ipsum massa mauris ac nibh. Eget pulvinar nunc euismod sit ut non pharetra magna praesent adipiscing aliquam praesent adipiscing aliquam proin. Et at erat mi elit tempus ante felis tempus ante elit ac diam nonummy magna, diam. Adipiscing tempus ante mauris ac proin consectetur erat, mi felis tempus tincidunt euismod pulvinar nunc sem. Elit ac mi felis tempus ante, felis lorem lobortis eget lorem laoreet elit erat mi, id. Feugiat ut aliquet turpis nisi sem consectetur nisi sem consectetur, magna praesent nonummy, nisi sem consectetur. Ac et elit, erat praesent adipiscing tempus proin at aliquam et, elit sed dolore aliquet adipiscing. Aliquam proin consectetur magna diam nonummy erat, praesent felis aliquam praesent, adipiscing ac nibh eget ipsum. Nunc tellus pharetra ut non dolor tincidunt et elit sed laoreet felis, tempus, massa molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet ullamcorper amet nunc, tellus turpis magna ullamcorper nonummy dolore praesent, adipiscing aliquam sem consectetur, ac. Nibh id pulvinar nunc non eget dolor laoreet id ipsum massa molestie feugiat ut volutpat dolor lobortis. Volutpat pulvinar nunc aliquet sit ut non pharetra congue euismod amet nunc, tellus mi, id ipsum massa. Molestie pharetra, congue ullamcorper amet nunc molestie feugiat ante molestie lorem, nibh eget sed laoreet eget sed. Ante mauris tempus ante eget felis tempus massa molestie pharetra congue, ullamcorper amet dolore tellus pulvinar ut. Non consectetur, donec praesent adipiscing donec praesent adipiscing ac et eget ipsum lobortis volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac laoreet id pulvinar, nunc tellus sit ut, ullamcorper ullamcorper amet donec aliquet turpis aliquam proin at ac. Et felis, ipsum massa, non dolor tincidunt euismod dolor laoreet euismod, pulvinar, nisi sem consectetur congue lobortis volutpat pharetra. Dolore aliquet turpis nisi sem turpis magna sem, consectetur magna diam adipiscing, tempus ante mauris sed laoreet id ipsum. Nunc, non pharetra dolore, ullamcorper turpis nisi, proin elit erat, mi felis donec praesent felis tempus, ante mauris, lorem. Laoreet euismod pulvinar massa id feugiat lobortis aliquet turpis aliquam sem at erat et id ipsum massa molestie feugiat. Lobortis euismod dolor tincidunt id sed massa molestie lorem ante mauris lorem nibh eget sed dolore aliquet, amet dolore. Tellus turpis ut non, consectetur magna diam nonummy dolore aliquet sit nisi non consectetur congue ullamcorper amet dolore aliquet. Adipiscing aliquam proin ante molestie lorem nibh eget sed laoreet, eget sed laoreet felis tempus proin at ac et. Eget ipsum massa molestie, volutpat dolor tincidunt euismod pulvinar nunc, tellus pharetra, magna praesent, adipiscing aliquam proin eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi proin eget sed laoreet id erat mi felis aliquam proin eget lorem laoreet euismod, sit ut, non pharetra ut ullamcorper amet ac. Nibh volutpat dolor tincidunt euismod ipsum massa molestie lorem nibh mauris lorem laoreet, id sed massa id ipsum, lobortis non amet dolore praesent turpis. Ac laoreet id tempus mi felis aliquam proin consectetur, magna sem nonummy donec praesent nonummy nunc tellus pulvinar nunc molestie feugiat lobortis molestie feugiat. Lobortis volutpat, ipsum nisi non pharetra congue diam adipiscing aliquam ante eget lorem, nibh id pulvinar nunc tellus ipsum ante, mauris ac proin consectetur. Ac et molestie dolor congue diam, turpis nisi, sem consectetur magna sem consectetur magna diam pharetra dolore praesent at ac proin at magna diam. Elit erat ante mauris, lorem nisi diam, consectetur congue ullamcorper, amet donec praesent adipiscing nisi sem pharetra ut ullamcorper amet dolore aliquet turpis, nisi. Sem at ac et elit erat mi praesent consectetur magna sem consectetur erat praesent molestie feugiat lobortis molestie feugiat nibh id sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem at lorem, nibh, eget sed massa molestie, ipsum. Lobortis volutpat sed nibh eget sit lobortis volutpat dolor lobortis. Euismod turpis nisi sem consectetur ac et nonummy erat praesent. Adipiscing, tempus ante mauris lorem et elit erat mi felis. Tempus congue euismod amet nunc aliquet sit nisi non consectetur. Magna ullamcorper nonummy aliquam, proin adipiscing ac nibh, eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante mauris tempus nibh mauris sed, laoreet euismod sit ut non, consectetur, magna diam nonummy dolore aliquet amet nisi proin, elit turpis magna et. Elit tempus ante, mauris lorem, lobortis volutpat pulvinar tincidunt euismod ipsum nunc tellus sit lobortis volutpat, amet dolore aliquet amet dolore sem elit erat ante. Mauris dolor congue ullamcorper amet nunc tellus pulvinar ut, sem consectetur magna ullamcorper nonummy donec aliquet turpis aliquam proin at ac et nonummy donec laoreet. Euismod pulvinar nunc non pharetra, congue diam nonummy donec proin mauris lorem nibh, elit sed mi felis aliquam proin turpis nisi praesent mauris lorem nibh. Eget sed laoreet euismod, pulvinar nunc non consectetur magna diam nonummy donec proin adipiscing aliquam proin elit, sed, laoreet id tempus, ante felis tincidunt euismod. Sit ut sem, consectetur erat mi adipiscing aliquam, proin adipiscing ac et elit ac, mi felis tempus ante mauris tempus ante mauris ac diam elit. Aliquam, ante eget sed nibh elit erat mi felis tempus massa mauris feugiat tincidunt euismod, dolor nunc euismod pulvinar massa euismod pulvinar dolore aliquet sit. Nisi sem consectetur magna ullamcorper amet, congue aliquet, turpis nisi, sem consectetur nisi diam amet congue ullamcorper amet, dolore euismod pulvinar nunc euismod pulvinar dolore. Aliquet at ac, proin, at erat et elit erat praesent adipiscing, nisi sem consectetur ac, et felis erat ante felis tempus proin at laoreet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar dolore sem consectetur magna, diam elit. Turpis ac laoreet id ipsum massa non pharetra. Magna praesent adipiscing, aliquam ante mauris ac nibh. Elit sed nunc molestie sit, ut non pharetra. Congue nibh mauris lorem nibh elit erat mi. Id feugiat massa, volutpat, pharetra, dolore ullamcorper turpis. Aliquam proin at magna, sem, consectetur magna ullamcorper. Nonummy dolore nibh id pulvinar ut sem, at. Ac et, nonummy aliquam praesent turpis aliquam sem. Consectetur magna, sem pharetra congue ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing tempus ante mauris sed laoreet, id ipsum massa tellus turpis nisi sem pharetra congue euismod ullamcorper nonummy donec. Praesent adipiscing, ac sem consectetur congue ullamcorper amet dolore, aliquet adipiscing aliquam proin at magna et nonummy donec praesent adipiscing. Aliquam laoreet euismod, pulvinar nunc non pharetra, congue ullamcorper, amet dolore ullamcorper pulvinar massa molestie feugiat lobortis volutpat dolor tincidunt. Euismod amet nisi proin consectetur, nisi sem nonummy pulvinar nunc euismod sit ut sem consectetur magna praesent felis aliquam proin. At, lorem nibh eget sed laoreet id tempus ante felis ut ullamcorper amet dolore tellus, pulvinar ut non sit ut. Non, amet congue aliquet adipiscing nisi sem consectetur ac mi elit donec mi, felis aliquam ante mauris laoreet molestie sit. Ut non nonummy donec praesent felis tempus proin at ac et elit erat mi felis lorem, nibh eget, dolor tincidunt. Id ipsum, massa molestie nonummy, donec praesent adipiscing aliquam sem at ac, diam elit erat mi felis aliquam proin at. Ac nibh eget, sed, lobortis non pharetra, dolore praesent adipiscing ac et elit erat mi id tempus praesent, adipiscing tempus. Ante eget dolor, nunc tellus sit ut tellus sit massa mauris, ipsum nunc molestie sit ut non nonummy donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam congue aliquet adipiscing ac et elit ac et nonummy donec aliquet, mauris lorem et. Eget sed tincidunt euismod sit, nisi non pharetra, congue diam amet nisi proin at ac diam nonummy. Donec praesent at lorem nibh volutpat erat mi felis tempus mi felis lorem lobortis volutpat dolor tincidunt. Euismod adipiscing tempus proin at ac et elit ac et felis erat mi felis tempus proin consectetur. Nisi diam nonummy donec praesent adipiscing donec praesent turpis nisi turpis ac proin at erat mi, felis. Tempus massa molestie feugiat nibh volutpat sed laoreet id erat mi felis tempus, ante eget et volutpat. Ipsum nunc, molestie feugiat, ut non pharetra congue diam nonummy dolore aliquet sit ut, tellus, sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie dolor congue ullamcorper turpis aliquam, proin mauris sed laoreet. Euismod sit ut sem nonummy magna diam nonummy dolore praesent at. Pulvinar dolore aliquet turpis magna sem consectetur dolore praesent adipiscing, tempus. Ante eget sed nibh id, pulvinar nunc molestie lorem nibh eget. Sed tincidunt molestie feugiat, ut, non dolor tincidunt euismod dolor nunc. Tellus turpis nisi non pharetra ut ullamcorper pulvinar dolore praesent adipiscing. Ac nibh elit erat mi felis ipsum donec massa molestie lorem. Lobortis volutpat, dolor nunc, euismod ipsum massa mauris lorem, nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed mi id feugiat ut non, dolor tincidunt aliquet amet nisi sem, consectetur, magna sem, consectetur magna diam nonummy donec, proin. Mauris pulvinar dolore aliquet consectetur nisi ullamcorper amet donec mi adipiscing tempus ante at ac diam, nonummy erat mi mauris lorem nibh. Eget sed tincidunt euismod, elit aliquam ante molestie feugiat lobortis volutpat dolor, dolore aliquet consectetur magna et felis erat mi adipiscing tempus. Ante mauris ac et consectetur, ac praesent adipiscing ut sem pharetra congue ullamcorper pulvinar nunc euismod pulvinar nunc mauris tempus lobortis volutpat. Dolor nunc aliquet adipiscing nisi sem consectetur magna diam feugiat lobortis volutpat sed laoreet elit erat, praesent adipiscing tempus ante at ac. Diam elit donec praesent nonummy donec aliquet turpis nisi sem consectetur magna ullamcorper pharetra, dolore aliquet turpis ut non pharetra, congue, praesent. Adipiscing donec aliquet turpis ut non pharetra lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis tempus massa mauris, tempus proin at. Lorem nibh eget sed laoreet id lorem nibh eget, sed tincidunt euismod pulvinar nunc tellus sit lobortis molestie feugiat, lobortis eget pulvinar. Nunc sem consectetur congue ullamcorper, amet dolore praesent, at ac et eget sed laoreet id ipsum massa molestie feugiat nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis aliquam nibh ullamcorper nonummy aliquam ante at nisi sem pharetra ut non mauris feugiat, nibh eget erat mi felis tempus nunc. Tellus sit ut non pharetra congue aliquet sit ut sem at magna diam nonummy, donec ullamcorper amet euismod pulvinar dolore nibh mauris sed nibh. Eget sed ante mauris lorem ante mauris lorem et at ac diam proin at ac et elit erat ante mauris feugiat lobortis, euismod, pulvinar. Tincidunt praesent adipiscing nisi diam consectetur erat mi felis aliquam proin at ac proin at magna diam nonummy donec praesent nonummy donec sem consectetur. Ac et elit erat, praesent felis tempus ante at ac nibh id pulvinar nunc diam nonummy donec praesent adipiscing aliquam sem consectetur nisi non. Pharetra ut non pharetra congue tellus sit nisi non, pharetra magna ullamcorper, amet donec praesent adipiscing nisi laoreet id ipsum massa molestie tempus ante. Mauris sed nibh id ipsum, laoreet id, tempus, massa, molestie feugiat lobortis volutpat ipsum nunc tellus sit nisi sem pharetra dolore sem mauris lorem. Nibh eget, erat praesent, adipiscing aliquam proin mauris ac nibh elit sed laoreet id ipsum ante ullamcorper amet, dolore aliquet sit nisi, sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at, ac et elit mi mauris, feugiat nibh eget ac mi elit. Ipsum nunc tellus sit ut non dolor tincidunt id ipsum nunc molestie, sit. Congue ullamcorper nonummy donec nisi sem at erat laoreet id ipsum, massa tellus. Lorem lobortis volutpat pulvinar dolore, praesent at lorem nibh eget sed laoreet id. Tempus massa aliquam ante mauris erat et id tempus ante mauris feugiat ante. Mauris sed congue euismod pulvinar massa molestie feugiat lobortis volutpat feugiat lobortis ullamcorper. Turpis nisi nunc praesent, adipiscing aliquam diam nonummy donec praesent, nonummy donec praesent. At ac, et elit ac mi felis ipsum ante molestie feugiat nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut volutpat amet dolore aliquet adipiscing aliquam, proin elit, erat laoreet id ipsum ante. Ullamcorper turpis aliquam sem, at magna diam elit erat praesent felis aliquam proin, adipiscing ac. Et eget sed massa tellus sit ut volutpat dolor lobortis volutpat sit ut sem consectetur. Magna diam adipiscing donec aliquet turpis ut non sit ut non amet dolore aliquet turpis. Nisi sem consectetur magna et elit lorem lobortis volutpat sed tincidunt, euismod ipsum nunc molestie. Sit massa molestie feugiat nibh eget, sed, laoreet molestie sit ut volutpat lorem nibh donec. Mi adipiscing tempus ante, mauris ac nibh, elit erat praesent felis aliquam, proin at, ac. Nibh eget sed tincidunt felis ipsum lobortis non consectetur magna diam euismod sit ut sem. Nonummy donec praesent, nonummy dolore aliquet turpis dolore aliquet turpis magna diam amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris, feugiat lobortis volutpat dolor congue euismod pulvinar dolore, aliquet sit lobortis volutpat nonummy, dolore ullamcorper pulvinar, tincidunt. Elit, ipsum nunc non pharetra congue diam, nonummy donec proin at, ac et elit sed mi felis, ipsum ante. Mauris feugiat lobortis euismod, pulvinar dolore tellus feugiat lobortis volutpat pharetra tincidunt id pulvinar, ut non pharetra congue, non. Dolor dolore praesent turpis aliquam et at ac et, elit erat praesent felis tempus laoreet eget sed massa tellus. Sit congue, ullamcorper, amet donec proin, at ac, nibh volutpat dolor tincidunt, euismod pulvinar ut tellus pharetra magna aliquet. Turpis aliquam et at ac, praesent adipiscing aliquam ante mauris, ac et elit sed laoreet id, feugiat nisi non. Pharetra, magna praesent adipiscing aliquam, praesent adipiscing volutpat pharetra congue, ullamcorper amet dolore aliquet turpis magna diam nonummy erat. Mi mauris feugiat nibh mauris sed laoreet id ipsum massa, mauris tempus, ante mauris lorem massa molestie sit ut. Diam felis tempus, ante mauris lorem lobortis volutpat amet dolore aliquet consectetur nisi diam nonummy, donec tincidunt ullamcorper turpis. Nisi proin at magna diam elit erat mi felis aliquam proin consectetur magna et nonummy donec, diam nonummy dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue non amet dolore ullamcorper turpis aliquam proin elit. Sed laoreet euismod ipsum massa, felis lorem nibh eget sed. Laoreet ullamcorper pulvinar nunc tellus consectetur magna diam nonummy dolore. Aliquet adipiscing nisi aliquet sit nisi non pharetra, congue aliquet. Turpis ac et elit sed laoreet id feugiat lobortis volutpat. Dolor congue ullamcorper amet nunc tellus pulvinar massa molestie feugiat. Lobortis ullamcorper pulvinar dolore aliquet adipiscing sit ut non pharetra. Congue diam amet dolore aliquet turpis dolore, aliquet at sed. Laoreet, id, pulvinar, nunc molestie lorem ante mauris sed massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet donec proin at ac proin feugiat lobortis, volutpat. Dolor tincidunt euismod pulvinar adipiscing aliquam et elit erat laoreet. Felis, ipsum massa mauris tempus proin at ac diam consectetur. Donec praesent adipiscing donec proin at aliquam sem consectetur dolore. Praesent at ac proin at magna sem amet, congue ullamcorper. Amet aliquam aliquet sit nisi sem pharetra congue ullamcorper, amet. Dolore praesent adipiscing nisi sem at aliquam proin consectetur magna. Diam elit erat praesent turpis dolore aliquet turpis nisi, sem. Consectetur magna euismod amet nunc tellus pulvinar adipiscing tempus ante. Mauris lorem nibh elit erat mi elit donec diam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet elit congue diam nonummy aliquam proin at ac et elit erat et nonummy. Donec mi adipiscing aliquam sem consectetur magna sem eget sed mi felis aliquam laoreet eget. Sed massa, id ipsum massa mauris lorem nibh elit erat et elit, magna ullamcorper amet. Aliquam proin at, lorem nibh id ipsum laoreet, volutpat sed laoreet euismod pulvinar nunc aliquet. Turpis, magna, diam elit erat mi felis aliquam proin at ac diam consectetur magna diam. Nonummy aliquam proin at mauris lorem nibh elit erat et nonummy erat mi mauris tempus. Proin mauris, lorem nibh elit erat mi adipiscing donec praesent, adipiscing nisi, non, amet dolore. Aliquet turpis nisi, sem at ac diam consectetur magna diam, nonummy donec aliquet sit ut. Tellus sit ut volutpat dolor tincidunt id ipsum laoreet molestie feugiat lobortis euismod dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec praesent nonummy aliquam praesent turpis nisi magna. Diam adipiscing aliquam, proin mauris lorem et at, erat mi. Felis tempus ante felis tempus sem at ac et aliquam. Et nonummy donec et elit erat mi felis aliquam, proin. At lorem nibh eget ipsum, ante mauris feugiat lobortis eget. Sed laoreet eget sed laoreet id, ipsum massa amet dolore. Sem, consectetur magna sem consectetur congue diam nonummy nunc tellus. Sit, massa molestie ipsum massa eget sed tincidunt euismod pulvinar. Nunc aliquet pharetra congue ullamcorper dolor laoreet id ipsum ante. Molestie sit ut non pharetra nunc tellus ipsum massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra dolore ullamcorper amet dolore tellus pulvinar nunc tellus, feugiat. Nibh eget sed, nibh eget, donec praesent nonummy dolore proin adipiscing. Molestie feugiat nibh eget erat et elit donec diam amet nunc. Tellus sit ut molestie lorem nibh eget dolor laoreet eget erat. Mi felis aliquam nibh eget dolor laoreet felis donec, praesent adipiscing. Nisi proin turpis nisi sem consectetur magna non pharetra tincidunt tellus. Pulvinar nunc tellus feugiat, massa mauris lorem et felis tempus ante. Mauris feugiat nibh eget, lorem nibh eget, erat mi adipiscing donec. Aliquet sit nisi non sit lobortis non, dolor congue et nonummy. Dolore mi felis aliquam, sem turpis ut volutpat feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet felis elit erat mi felis tempus ante felis aliquam proin at magna et nonummy donec diam nonummy dolore tellus sit ut non pharetra, congue non dolore aliquet. Sit, nisi non pharetra congue ullamcorper pulvinar nunc tellus sit nunc, tellus, sit ut volutpat lorem nibh elit erat diam nonummy dolore ullamcorper sit congue ullamcorper nonummy dolore aliquet. Amet nisi aliquet sit magna sem consectetur magna, diam adipiscing donec praesent, turpis nisi sem, consectetur magna diam nonummy donec aliquet praesent felis tempus proin at magna diam consectetur. Congue euismod pulvinar tincidunt id ipsum massa molestie feugiat lobortis eget lorem nibh elit erat, praesent adipiscing aliquam sem elit erat et nonummy, magna diam amet nunc euismod pulvinar. Massa molestie feugiat nibh mauris lorem et at, ac et nonummy dolore aliquet euismod, pulvinar nunc euismod pulvinar massa mauris lorem ante eget lorem, et nonummy donec diam nonummy. Dolore praesent turpis ut tellus feugiat massa mauris ac proin, at donec mi adipiscing, tempus nibh mauris lorem nibh id sed massa, id lorem ante mauris sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi aliquet turpis nisi non pharetra congue euismod. Dolor tincidunt euismod ipsum sed tincidunt euismod amet, massa. Id sit ut volutpat lorem nibh eget erat mi. Felis erat mi felis aliquam sem, turpis magna non. Pharetra congue non nisi sem consectetur, magna diam elit. Donec massa molestie lorem lobortis eget erat et nonummy. Magna diam nonummy donec aliquet turpis nisi non sit. Lobortis id sed massa, id ipsum ante mauris lorem. Nibh elit sed mi elit erat mi nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper, amet nisi sem consectetur magna diam nonummy. Dolore aliquet turpis nunc euismod pulvinar massa molestie feugiat lobortis. Volutpat pulvinar laoreet id pulvinar ut diam nonummy aliquam proin. Adipiscing aliquam proin consectetur nisi diam consectetur magna aliquet amet. Dolore aliquet turpis nisi tellus feugiat lobortis eget lorem mi. Adipiscing tempus proin adipiscing, aliquam proin consectetur magna diam nonummy. Dolore, aliquet turpis nisi sem at magna et elit donec. Praesent adipiscing congue et felis tempus proin turpis nisi aliquet. Sit nisi, volutpat feugiat nibh, mauris lorem, laoreet felis tempus. Ante mauris lorem nibh mauris, lorem, et elit, ac molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc euismod sit nisi diam nonummy, magna, praesent adipiscing aliquam proin adipiscing nisi ut non, pharetra, ut ullamcorper amet dolore. Ullamcorper turpis nisi aliquet turpis nisi sem consectetur tincidunt, ullamcorper amet nunc tellus, pulvinar ut sem consectetur dolore aliquet turpis nisi. Sem at erat et nonummy donec aliquet, turpis nisi sem turpis ut tellus sit lobortis euismod pulvinar tincidunt euismod, pulvinar, massa. Tellus feugiat sit ut, volutpat dolor congue ullamcorper pulvinar dolore aliquet turpis magna sem pharetra congue ullamcorper dolor tincidunt euismod ipsum. Massa id ipsum ante elit erat mi elit donec aliquet, turpis nisi aliquet turpis nisi sem consectetur congue ullamcorper pulvinar laoreet. Id pulvinar nunc tellus sit ut eget, lorem et elit tempus proin at ac proin at ac sem consectetur congue ullamcorper. Pulvinar dolore tellus sit ut tellus feugiat lobortis volutpat dolor tincidunt, id ipsum massa molestie ipsum, massa molestie ipsum massa mauris. Tempus lobortis mauris ac mi elit tempus ante felis aliquam proin at aliquam proin proin molestie lorem nibh eget erat et. Elit tempus mi mauris feugiat ante at ac diam, consectetur magna diam amet nunc tellus sit nunc tellus feugiat lobortis lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore tellus sit nunc, molestie feugiat ut diam ac laoreet aliquet, at dolor. Dolore massa sem, felis pulvinar, nisi et, id pulvinar ut diam eget ipsum nisi et. Eget pulvinar nisi, proin elit, ipsum elit turpis erat, tincidunt sem consectetur magna, laoreet eget. Ipsum nisi non, consectetur magna ullamcorper, amet dolore ullamcorper pulvinar nunc tellus feugiat ante at. Ac, nisi proin consectetur, ac diam elit erat praesent nonummy donec praesent sit nunc molestie. Sit lobortis volutpat, dolor congue euismod pulvinar massa molestie dolor tincidunt euismod amet dolore aliquet. Sit ut, non pharetra congue non, amet congue ullamcorper sit ut non pharetra congue non. Pharetra tincidunt volutpat dolor laoreet id dolor congue ullamcorper amet dolore tellus pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod sed, massa id tempus aliquam sem, turpis nisi diam nonummy donec praesent adipiscing aliquam praesent consectetur magna, diam elit donec diam nonummy dolore aliquet turpis nisi tellus. Sit et elit erat mi elit erat mi felis, tempus proin, at lorem, nibh eget erat mi adipiscing donec proin mauris lorem et elit ac nibh ullamcorper amet dolore. Aliquet consectetur magna sem consectetur magna ullamcorper amet nunc id, sed massa tellus sit lobortis volutpat pharetra tincidunt volutpat sed mi felis lobortis euismod dolor tincidunt euismod pulvinar massa. Mauris feugiat lobortis, eget lorem et eget ac diam nonummy donec praesent adipiscing aliquam proin, at, ac sed laoreet id tempus massa molestie tempus ante mauris ac et at. Ac mi adipiscing aliquam praesent turpis dolore tellus sit lobortis molestie dolor lobortis volutpat sed magna, sem consectetur ut volutpat dolor tincidunt id ipsum massa id ipsum ante at. Ac nibh elit erat diam amet dolore aliquet amet dolore tellus pulvinar massa aliquam proin, at feugiat lobortis volutpat, dolor tincidunt euismod pulvinar, nunc molestie dolor, lobortis, eget sed. Nibh id ipsum nunc ullamcorper nonummy donec, praesent, adipiscing ac sem consectetur, magna diam nonummy, magna praesent felis tempus ante mauris lorem nibh id sed massa molestie feugiat lobortis. Non turpis ac, et eget dolor nunc tellus sit ut non pharetra congue ullamcorper amet, donec aliquet consectetur magna, et elit erat laoreet id ipsum lobortis molestie dolor erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi felis erat praesent felis aliquam ante mauris tempus massa molestie sed tincidunt euismod ipsum massa molestie ipsum mi, felis. Feugiat lobortis volutpat sed tincidunt euismod pulvinar massa molestie lorem nibh mauris sed sem at erat et felis tempus, ante molestie. Dolor tincidunt aliquet turpis dolore, tellus sit ut, non pharetra congue ullamcorper amet dolore aliquet, sit nisi ac, et at ac. Mi, felis tempus ante mauris lorem lobortis volutpat dolor tincidunt euismod ipsum ante felis lorem lobortis volutpat dolor congue proin at. Magna et felis erat mi adipiscing tempus ante elit, erat, mi id ipsum massa tellus sit ut non pharetra congue, euismod. Sit nisi non consectetur dolore aliquet turpis nisi aliquet turpis magna et nonummy donec praesent adipiscing aliquam proin adipiscing magna, diam. Consectetur erat, laoreet id ipsum massa molestie feugiat tincidunt id consectetur, magna diam nonummy donec praesent felis aliquam sem turpis magna. Diam, nonummy donec praesent adipiscing aliquam aliquet amet nisi nunc aliquet, turpis nisi diam nonummy erat praesent adipiscing tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi lobortis non pharetra dolore praesent adipiscing aliquam et elit erat mi felis ipsum massa, molestie, dolor lobortis ullamcorper amet aliquam. Proin mauris ac pharetra congue ullamcorper amet dolore aliquet adipiscing aliquam proin elit erat laoreet euismod pulvinar ut tellus sit lobortis volutpat. Dolor tincidunt euismod sit ut, sem aliquet amet dolore sem, turpis nisi, non consectetur congue ullamcorper pulvinar nunc aliquet consectetur ac et. Nonummy erat mi id ipsum lobortis non dolor tincidunt sem eget, pulvinar dolore aliquet turpis nisi diam consectetur donec mi, felis, lorem. Nibh non amet dolore praesent adipiscing aliquam proin elit erat, mi id dolor tincidunt euismod pulvinar nunc aliquet turpis nisi sem consectetur. Donec mi adipiscing aliquam proin adipiscing ac et at ac et adipiscing tempus proin at ac proin id, ipsum massa, molestie feugiat. Tincidunt diam amet dolore praesent adipiscing aliquam et at, erat praesent adipiscing aliquam proin mauris feugiat, lobortis eget dolor tincidunt diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna ullamcorper adipiscing aliquam ante mauris ac proin at erat congue ullamcorper amet congue ullamcorper amet dolore sem consectetur magna sem consectetur. Magna diam, adipiscing aliquam lobortis, non amet dolore aliquet felis tempus ante mauris, elit tempus, massa mauris tempus ante mauris ac et at. Magna diam adipiscing, tempus ante mauris ac, proin consectetur, nisi ante eget dolor, nunc euismod sit nunc non pharetra magna diam nonummy dolore. Aliquet adipiscing aliquam, et at ac et nonummy magna praesent et nonummy erat laoreet molestie feugiat ut non pharetra congue aliquet turpis nisi. Aliquet, consectetur ac diam elit, erat praesent adipiscing aliquam sem at ac et elit ipsum, massa eget sed laoreet id sed massa, molestie. Turpis nisi diam nonummy erat mi adipiscing aliquam proin at lorem laoreet id ipsum massa molestie, sit lobortis euismod amet nisi aliquet turpis. Nisi et elit erat ante mauris lorem, nibh eget lorem laoreet id, ipsum massa tellus sit ut ullamcorper nonummy dolore aliquet eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam proin consectetur ac ut, tellus feugiat ut. Ullamcorper amet donec praesent adipiscing aliquam, et elit ac. Et felis ipsum massa mauris lorem lobortis volutpat dolor. Tincidunt tellus, sit magna praesent adipiscing aliquam praesent at. Ac laoreet euismod ipsum laoreet id feugiat lobortis volutpat. Pharetra congue ullamcorper amet nisi, aliquet consectetur magna diam. Nonummy adipiscing, aliquam proin at ac, et elit erat. Laoreet molestie feugiat lobortis molestie dolor lobortis, euismod dolor. Nunc aliquet sit nisi mi sed laoreet molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent adipiscing ac proin, elit erat mi felis. Tempus massa volutpat aliquet adipiscing ac, et nonummy, erat. Laoreet molestie feugiat ut volutpat pharetra dolore aliquet amet. Dolore aliquet sit lobortis non pharetra congue ullamcorper, amet. Dolore nibh eget sed laoreet id ipsum, ante molestie. Dolor congue aliquet amet dolore tellus sit, lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet id pulvinar ut non at, ac mi. Felis ipsum massa molestie dolor congue aliquet turpis dolore aliquet. Turpis, nisi et felis feugiat, ut volutpat pharetra, nunc, tellus. Turpis ac, et elit sed mi felis ipsum massa volutpat. Dolor congue euismod turpis dolore aliquet consectetur nisi sem adipiscing. Tempus nibh volutpat dolor, congue ullamcorper amet dolore aliquet pharetra. Congue mi felis tempus ante felis lorem nibh eget, lorem. Mi felis ipsum massa mauris lorem congue ullamcorper turpis aliquam. Et elit ac laoreet id tempus mi mauris lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris lorem, ut volutpat pharetra congue aliquet turpis. Aliquam proin elit ac mi, felis ipsum massa volutpat. Pharetra dolore aliquet turpis aliquam euismod pulvinar, tincidunt euismod. Turpis aliquam proin at ac et, elit tempus proin. Adipiscing ac nibh eget erat mi elit tempus massa. Molestie, dolor ante eget, sed laoreet eget sed massa. Molestie feugiat lobortis, molestie feugiat nibh elit erat mi. Id ipsum lobortis molestie feugiat lobortis volutpat sed tincidunt. Euismod, sit donec mi id ipsum massa volutpat dolor. Tincidunt aliquet amet dolore aliquet turpis, magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt tellus turpis nisi proin at ac et elit, donec proin adipiscing ac nibh elit erat. Mi elit donec mi adipiscing aliquam, dolore praesent adipiscing aliquam proin consectetur magna diam nonummy donec proin. Mauris, feugiat nibh eget sed laoreet euismod ipsum massa molestie lorem ante mauris ipsum massa id sit. Lobortis non, pharetra congue ullamcorper amet dolore aliquet turpis magna sem nonummy donec aliquet adipiscing aliquam, sem. At ac et nonummy donec diam adipiscing ac et elit erat et nonummy donec praesent adipiscing ac. Nibh eget sed nunc tellus pulvinar massa molestie feugiat tincidunt euismod pulvinar sed massa tellus feugiat massa. Volutpat pharetra dolore ullamcorper, amet dolore aliquet turpis nisi sem consectetur congue euismod pulvinar nunc tellus sit. Ut non consectetur erat, donec, proin at feugiat lobortis euismod pulvinar nunc tellus sit magna diam consectetur. Donec praesent, felis aliquam praesent at ac et elit erat praesent nonummy donec praesent erat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat ante molestie feugiat tincidunt euismod pulvinar nunc aliquet eget sed nunc tellus sit ut non, amet. Donec praesent adipiscing tempus nibh volutpat, dolor nunc aliquet turpis ut sem pharetra magna ullamcorper nonummy donec et. Eget, sed massa id feugiat ut non pharetra congue ullamcorper pulvinar dolore, euismod pulvinar nunc tellus feugiat nibh. Eget sed laoreet id, pulvinar massa non nonummy dolore praesent adipiscing, nisi aliquet turpis nisi sem, pharetra congue. Ullamcorper amet dolore aliquet turpis nisi sem pharetra magna diam amet aliquam, et elit sed mi elit erat. Mi mauris, tempus, ante at magna, sem, nonummy magna ullamcorper amet donec aliquet turpis nisi, sem, at donec. Praesent adipiscing ac et eget sed tincidunt felis ipsum massa mauris, feugiat, lobortis volutpat pulvinar tincidunt eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat ut diam, elit tempus massa volutpat feugiat lobortis euismod pulvinar, nunc aliquet turpis nisi non consectetur, magna praesent adipiscing, tempus nibh. Adipiscing ac et elit erat mi elit erat mi felis tempus ante mauris ac et elit sed, laoreet felis, ipsum lobortis, volutpat dolor. Congue aliquet ac et elit erat mi felis, lorem, ante mauris lorem nibh, eget ipsum massa mauris tempus proin at ac et elit. Ac mi felis ipsum ante mauris sed, laoreet euismod turpis nisi diam, nonummy donec, praesent adipiscing tempus ante at ac nibh, id amet. Dolore sem, at erat laoreet id dolor congue diam turpis nisi aliquet turpis, nisi diam nonummy donec mi, felis, aliquam, praesent adipiscing ac. Et elit erat et elit donec praesent, adipiscing, nisi sem, elit tempus massa molestie feugiat lobortis non, dolor tincidunt euismod pulvinar massa molestie. Feugiat congue et, elit erat ante, mauris, pharetra dolore aliquet, turpis, aliquam sem at pulvinar massa molestie feugiat, lobortis non pharetra congue ullamcorper. Adipiscing lorem nibh id sed laoreet id sit ut sem nonummy sem consectetur magna diam pharetra congue, non pharetra congue ullamcorper sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, ut sem pharetra congue aliquet, adipiscing, aliquam proin mauris lorem, nibh eget sed massa molestie feugiat lobortis volutpat pharetra dolore aliquet amet nisi sem ante mauris. Tempus ante mauris lorem nibh id ipsum ante felis lorem nibh eget sed tincidunt ullamcorper amet nisi sem at ac diam nonummy donec, praesent felis tempus ante. Mauris sed, laoreet id pulvinar nunc non consectetur congue non pharetra congue, ullamcorper amet nisi proin at, ac mi euismod feugiat lobortis volutpat pulvinar nunc tellus turpis. Aliquam sem elit donec, mi id tempus proin at ac proin elit ac et felis tempus mi adipiscing tempus laoreet euismod sit nunc, tellus pharetra ut non. Amet donec, praesent at, ac nibh id ipsum laoreet elit tempus ante mauris feugiat nibh eget lorem laoreet euismod consectetur donec praesent adipiscing aliquam praesent mauris lorem. Nibh id ipsum nunc tellus feugiat lobortis molestie feugiat nibh eget erat mi elit erat, ante molestie feugiat ut aliquet adipiscing ac nibh eget sed laoreet, felis. Sit erat et felis tempus ante mauris tempus proin at ac diam nibh id pulvinar nunc non sit congue non dolor congue ullamcorper turpis aliquam, proin elit. Erat laoreet id, pulvinar nunc non dolor congue ullamcorper pulvinar nunc tellus felis tempus massa, molestie, sed nibh eget sed massa molestie sit ut non, consectetur donec. Praesent adipiscing tempus ante mauris ac et elit erat mi felis euismod amet nisi et at magna diam amet congue ullamcorper amet dolore aliquet sit nisi sem. Nonummy erat mi mauris tempus ante mauris lorem nibh elit ut ullamcorper, amet dolore ullamcorper turpis aliquam proin at lorem nibh felis erat mi adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, sit magna et felis tempus, ante molestie dolor tincidunt volutpat pulvinar nunc tellus pulvinar ut molestie sit congue ante eget dolor laoreet. Euismod amet nunc tellus sit ut non pharetra congue aliquet amet nisi aliquet consectetur ac nibh eget, sed massa molestie pharetra dolore aliquet. Amet nisi sem consectetur magna diam pharetra congue ullamcorper amet dolore aliquet sit nunc tellus feugiat lobortis eget, dolor tincidunt euismod pulvinar massa. Tellus at magna, diam elit donec praesent adipiscing nisi proin mauris erat mi felis donec praesent adipiscing aliquam proin, at lorem, et eget. Sed lobortis non amet congue ullamcorper amet dolore aliquet turpis ut volutpat pharetra congue euismod pulvinar nunc tellus sit ut tellus feugiat, ut. Ullamcorper pharetra dolore aliquet adipiscing sit lobortis molestie feugiat tincidunt euismod amet dolore aliquet consectetur nisi sem nonummy congue ullamcorper amet nunc tellus. Pulvinar ut non, sit congue non pharetra congue diam consectetur magna ullamcorper adipiscing aliquam proin at ac et eget sed ullamcorper turpis nisi. Sem at magna diam amet, lobortis euismod dolor tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat sed, tincidunt euismod ipsum massa, id tempus. Ante mauris lorem nibh eget sed mi felis tempus ante eget, sed, tincidunt euismod ipsum massa id ipsum lobortis, molestie lorem et at. Erat mi id ipsum massa mauris lorem proin mauris ac diam nonummy aliquam ante mauris lorem et elit donec praesent nonummy donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis magna diam nonummy donec mi adipiscing, tempus ante mauris sed nibh elit erat mi. Felis aliquam proin adipiscing aliquam aliquet sit congue non diam, nonummy donec diam amet donec sem. Mauris, sed tincidunt, id ipsum laoreet id tempus massa molestie feugiat laoreet eget sed, mi, felis. Erat mi mauris erat et, elit erat mi, adipiscing aliquam praesent adipiscing aliquam sem pharetra magna. Ullamcorper nonummy donec ullamcorper, amet nisi aliquet turpis nisi, non pharetra lobortis lorem nibh id sed. Laoreet mauris lorem ante mauris ac et at, ac diam elit donec, aliquet turpis nunc, molestie. Ipsum massa molestie ante eget sed nibh elit sed mi felis tempus ante at nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non consectetur magna diam amet dolore aliquet adipiscing aliquam sem. Consectetur, magna diam amet dolore aliquet turpis nisi aliquet turpis, nisi sem, consectetur. Congue ante, mauris, sed nibh eget erat praesent adipiscing aliquam proin at, ac. Nibh, elit sed mi, felis, tempus ante mauris ac nibh elit ac et. Felis lorem nibh eget sed nibh eget erat mi, adipiscing aliquam praesent, adipiscing. Aliquam et elit erat, mi felis erat praesent turpis aliquam sem consectetur magna. Diam tincidunt euismod pulvinar nunc non consectetur congue diam amet dolore aliquet turpis. Nisi aliquet sit ut volutpat feugiat nibh elit erat laoreet euismod ut sem. At magna ullamcorper pharetra tincidunt euismod dolor laoreet felis erat aliquet amet nunc. Tellus pulvinar nunc molestie lorem ante consectetur nisi non sit lobortis eget ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ipsum massa molestie feugiat massa mauris tempus proin at nisi non dolor lorem et nonummy donec diam nonummy dolore ullamcorper pulvinar massa id tempus, proin adipiscing ac, proin consectetur. Nisi sem dolor lobortis eget sed laoreet elit mi adipiscing aliquam praesent turpis ut tellus feugiat massa mauris lorem, et at, ac diam, pharetra tincidunt volutpat, sed mi nonummy magna. Ullamcorper dolor laoreet lorem proin adipiscing nisi non sit lobortis mauris, ac sem pharetra congue non dolor nibh elit magna sem pharetra congue volutpat dolor mi nonummy aliquam proin turpis. Ut non sit lobortis volutpat sed nibh elit, ac diam, pharetra, lobortis volutpat sed laoreet felis erat praesent amet nunc euismod sit nunc eget lorem et nonummy congue, non pharetra. Laoreet id erat et elit dolore ullamcorper pulvinar laoreet felis tempus praesent turpis dolore tellus ipsum ante felis aliquam aliquet nisi et at ac et consectetur magna diam amet nisi. Sem consectetur nisi diam nonummy magna diam amet dolore aliquet turpis erat massa id feugiat, lobortis non pharetra tincidunt euismod pulvinar tincidunt euismod pulvinar nunc mauris lorem nibh mauris lorem. Et elit sed mi felis aliquam praesent, turpis, ut, sem nonummy dolore ullamcorper pulvinar, tincidunt tellus ipsum massa molestie feugiat ante mauris ac et elit erat praesent adipiscing aliquam, praesent. Adipiscing nisi sem pharetra congue nisi sem, consectetur magna, diam nonummy donec praesent adipiscing aliquam proin at ac et felis tempus massa molestie feugiat tincidunt volutpat dolor laoreet euismod ipsum. Adipiscing tempus nibh volutpat dolor tincidunt euismod amet dolore, tellus turpis nisi sem amet congue ullamcorper amet nunc euismod pulvinar massa molestie feugiat lobortis non dolor laoreet at sed laoreet. Id sit congue diam nonummy donec aliquet adipiscing tempus ante eget sed nibh euismod pulvinar massa mauris lorem nibh eget dolor tincidunt euismod, sit ut non nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, nisi pharetra congue non pharetra congue aliquet sit nisi non at magna diam nonummy, congue euismod turpis nisi aliquet consectetur, magna et elit donec praesent, ullamcorper, adipiscing aliquam nibh. Eget pharetra congue ullamcorper adipiscing aliquam proin, at, erat laoreet molestie feugiat massa molestie feugiat lobortis volutpat dolor laoreet euismod pulvinar congue diam felis tempus proin adipiscing nisi sem pharetra. Congue diam elit erat ante felis lorem lobortis volutpat dolor tincidunt euismod pulvinar ut ullamcorper adipiscing donec praesent adipiscing aliquam proin consectetur magna ullamcorper elit erat praesent amet dolore aliquet. Turpis nisi diam consectetur donec diam amet donec tellus pulvinar, nunc proin mauris sed laoreet, id ipsum massa id ipsum lobortis, volutpat dolor tincidunt volutpat dolor nunc aliquet turpis, nisi. Non, consectetur magna diam nonummy donec praesent et felis tempus massa mauris lorem et elit erat mi elit erat praesent adipiscing, nisi sem at ac et elit erat praesent pharetra. Dolore praesent adipiscing, ac, nibh elit erat laoreet id tempus ante felis aliquam ante at lorem et elit erat mi felis tempus ante mauris, ac et id feugiat ut, non. Pharetra congue ullamcorper turpis nisi sem turpis nisi sem pharetra magna ullamcorper nonummy aliquam proin adipiscing, nisi, sem consectetur, ac et adipiscing aliquam ipsum massa molestie, dolor tincidunt euismod amet. Dolore aliquet sit nunc tellus sit congue, ullamcorper amet congue ullamcorper sit aliquam proin at erat et elit erat aliquet eget sed mi elit, erat praesent felis tempus ante, at. Lorem nibh elit donec, praesent adipiscing aliquam proin adipiscing aliquam proin at magna diam amet dolore aliquet, consectetur magna et elit tempus mi mauris lorem, ante at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget ac mi felis erat ante felis tempus ante mauris lorem laoreet euismod pulvinar. Nisi sem consectetur congue, non pharetra felis lorem et elit erat, mi elit donec ullamcorper pulvinar. Nunc tellus turpis ut tellus sit, ut ullamcorper nonummy donec aliquam, et eget dolor laoreet felis. Ipsum massa, non pharetra congue ullamcorper amet dolore aliquet sit nisi sem, consectetur magna ullamcorper amet. Congue aliquet turpis nisi aliquet, erat, mi felis aliquam proin mauris, lorem nibh, elit ipsum laoreet. Tellus sit lobortis volutpat pharetra tincidunt euismod pulvinar, dolore tellus sit ut ac et elit tempus. Mi, molestie feugiat ut ullamcorper amet dolore aliquet, turpis nisi non pharetra, ut non amet dolore. Praesent turpis dolore sem consectetur magna diam consectetur ac et nonummy donec mi felis ipsum massa. Mauris feugiat, congue ullamcorper turpis nisi et at erat, mi felis erat ante mauris feugiat ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet consectetur ac et elit, erat, massa molestie feugiat tincidunt ullamcorper, pulvinar nunc tellus eget pulvinar, massa tellus sit ut non pharetra congue aliquet turpis dolore. Aliquet turpis ut non nonummy donec mi nonummy aliquam proin, at ac laoreet tellus sit ut volutpat dolor, laoreet euismod, ipsum laoreet molestie ipsum massa molestie tempus. Ante eget dolor, nunc, tellus sit ut tellus feugiat lobortis volutpat sed ut non pharetra ut non pharetra tincidunt euismod pulvinar, nunc aliquet, turpis magna sem consectetur. Donec mi, nonummy donec praesent consectetur lorem laoreet non pharetra ut non pharetra dolore ullamcorper pulvinar dolore sem consectetur, magna et nonummy erat mi felis lorem, lobortis. Volutpat pulvinar nunc euismod pulvinar nunc tellus consectetur elit erat mi felis ipsum massa, molestie feugiat nibh volutpat sed tincidunt, euismod pulvinar nunc tellus sit ut, non. Pharetra tincidunt tellus pulvinar nunc tellus feugiat massa aliquet turpis nisi diam nonummy donec aliquet turpis tempus ante mauris ac et elit, erat ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor nibh euismod pulvinar nunc euismod pulvinar nunc tellus dolor tincidunt ullamcorper amet. Dolore aliquet turpis nisi, sem consectetur congue non amet dolore aliquet amet nisi sem. Consectetur magna, et elit donec diam, nonummy nunc euismod sit sed laoreet id feugiat. Lobortis volutpat pharetra dolore aliquet amet nunc aliquet turpis magna diam nonummy erat mi. Felis lorem lobortis volutpat dolor laoreet id sit ut diam nonummy dolore aliquet amet. Dolore aliquet, consectetur nisi non consectetur congue diam nonummy donec sem turpis magna et. Eget sed lobortis volutpat pharetra congue ullamcorper turpis nisi sem consectetur magna sem pharetra. Congue ullamcorper amet dolore aliquet turpis nisi sem consectetur magna ullamcorper nonummy donec praesent. Adipiscing ipsum massa id feugiat ut sem nonummy erat mi felis tempus ante, mauris. Lorem nibh id, ipsum massa, tellus sit ut non pharetra congue, euismod, pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt tellus turpis nisi sem consectetur donec mi adipiscing tempus ante at pharetra congue ullamcorper amet dolore. Aliquet adipiscing ac proin at, ac diam, elit erat mi adipiscing aliquam sem consectetur magna et nonummy donec. Praesent nonummy amet donec proin adipiscing aliquam proin, at magna et nonummy erat praesent turpis, nisi, sem, consectetur. Magna et, nonummy erat mi mauris tempus nibh mauris turpis, aliquam proin at erat et felis tempus ante. Felis lorem lobortis eget sed nibh felis, tempus massa molestie lorem ante eget lorem massa non consectetur ac. Diam elit tempus ante felis lorem nibh volutpat sed laoreet elit donec praesent adipiscing aliquam, proin, at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat dolor congue euismod pulvinar nunc molestie sit ut sem consectetur donec praesent adipiscing aliquam proin. Mauris dolor sed massa molestie feugiat lobortis molestie feugiat nibh eget ac et elit erat praesent turpis. Aliquam proin at ac et elit tempus, praesent felis praesent mauris ac nibh id ipsum laoreet id. Ipsum massa, molestie feugiat lobortis eget sed mi felis ipsum massa tellus feugiat ut ullamcorper amet donec. Proin, at amet dolore aliquet turpis nisi sem consectetur ac et, elit tempus massa mauris lorem nibh. Eget dolor nunc tellus turpis nisi sem at, tempus ante molestie feugiat nibh eget ac mi felis. Ipsum nisi sem consectetur magna mi adipiscing tempus ante eget dolor tincidunt ullamcorper amet, dolore tellus sit. Ut ullamcorper amet nisi aliquet turpis magna diam nonummy donec diam nonummy aliquam ante mauris ac proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra, dolore aliquet adipiscing aliquam proin at ac et, felis. Pulvinar, ut, non pharetra magna, diam nonummy donec aliquet, sit ac. Nibh tellus sit nisi ullamcorper amet dolore aliquet adipiscing aliquam proin. Consectetur magna diam consectetur magna diam nonummy dolore praesent adipiscing aliquam. Sem consectetur magna diam ante felis tempus proin at magna diam. Elit tempus mi felis aliquam ante mauris lorem et elit erat. Mi felis ipsum ante mauris lorem, lobortis, volutpat pulvinar, erat mi. Mauris dolor congue euismod dolor tincidunt eget sed laoreet, id lorem. Nibh eget lorem nibh eget sed mi felis tempus, molestie feugiat. Lobortis euismod pulvinar nunc tellus pulvinar ut, tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac et nonummy erat mi, adipiscing, tempus ante at ac et elit erat praesent adipiscing aliquam praesent. Turpis dolore aliquet turpis nisi non dolor tincidunt volutpat dolor, nunc, tellus sit lobortis eget ac, et elit. Erat mi adipiscing, dolore aliquet amet nunc tellus sit ut non dolor congue euismod pulvinar tincidunt euismod nunc. Molestie feugiat lobortis, mauris lorem nibh eget erat et elit, donec praesent turpis nisi aliquet sit, lobortis molestie. Feugiat lobortis, eget sed mi elit donec mauris lorem laoreet eget sed praesent id ipsum ante at ac. Et elit erat mi id tempus massa mauris tempus nibh volutpat sed laoreet id, lorem ante mauris lorem. Et, id sed mi felis erat, mi felis aliquam proin at ac et elit donec praesent adipiscing dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing donec aliquet turpis nisi sem pharetra congue diam amet congue ullamcorper amet nunc, tellus pulvinar nunc, sed nibh id ipsum laoreet molestie ipsum proin at. Ac, proin at, ac mi elit, donec praesent turpis dolore tellus ipsum massa volutpat dolor tincidunt euismod pulvinar massa, id lorem nibh at aliquam sem at erat. Et id ipsum, ante felis ac nibh, elit erat mi felis tempus mi adipiscing aliquam et elit erat praesent, nonummy donec praesent turpis dolore aliquet pharetra magna. Diam nonummy donec praesent adipiscing nisi sem turpis nisi non dolor ac diam nonummy donec praesent adipiscing donec, ullamcorper pulvinar nunc tellus feugiat ut volutpat feugiat lobortis. Volutpat dolor dolore, tellus turpis nisi non pharetra tincidunt euismod non pharetra ut diam amet congue euismod ipsum laoreet molestie, ipsum ante mauris aliquam proin consectetur magna. Sem nonummy donec praesent adipiscing aliquam proin at magna et tempus ante mauris lorem nibh eget ipsum laoreet felis ipsum ante felis tempus proin mauris lorem laoreet. Felis ipsum massa mauris ac laoreet eget sed mi adipiscing aliquam praesent adipiscing nisi aliquet turpis ut volutpat feugiat lobortis eget sed mi felis donec, praesent felis. Lorem lobortis eget adipiscing aliquam proin pharetra congue non pharetra lobortis eget sed laoreet felis ipsum ante mauris dolor tincidunt ullamcorper amet, donec, praesent turpis nisi sem. Consectetur magna ullamcorper mi, felis, erat, praesent adipiscing nisi proin consectetur magna diam, pharetra congue ullamcorper amet dolore aliquet turpis nisi, sem pharetra ut non dolor tincidunt. Eget sed laoreet ullamcorper pharetra tincidunt euismod sed laoreet felis erat praesent adipiscing nisi proin consectetur magna sem consectetur magna ullamcorper pharetra congue euismod pulvinar massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi aliquet consectetur magna et. Nonummy donec praesent nonummy turpis magna. Diam nonummy, erat ut et euismod. Adipiscing feugiat dolore proin non felis. Feugiat ac laoreet tellus consectetur ac. Laoreet tellus mauris sed tincidunt praesent. Mauris felis ipsum ut, diam, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, ac, mi euismod consectetur sed dolore proin volutpat volutpat adipiscing dolor. Ipsum, magna laoreet praesent at lorem, laoreet euismod pulvinar nunc, non pharetra. Ut ullamcorper nonummy erat mi, at ac et elit erat, lorem nibh. Id sit ut non consectetur magna diam nonummy dolore aliquet adipiscing nisi. Proin at ac et elit erat mi mauris pharetra erat nunc mauris. Consectetur turpis nonummy feugiat donec nunc non pharetra ac nunc et aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tempus nisi nibh eget sit ut ullamcorper, pharetra, dolore aliquet amet dolore aliquet consectetur, magna diam nonummy dolore, aliquet adipiscing lorem ante at ac. Et, elit tempus ante, volutpat dolor, congue euismod pulvinar nunc tellus turpis nisi sem, nonummy erat mi, felis tempus, nibh mauris ac et elit erat. Laoreet felis aliquam lobortis molestie feugiat tincidunt euismod pulvinar dolore sem turpis nisi non dolor tincidunt, ullamcorper, amet dolore tellus turpis, ut non sit ut. Non pharetra congue lobortis euismod amet nisi sem at magna diam pharetra congue euismod, pulvinar dolore praesent consectetur magna diam consectetur magna, diam nonummy dolore. Praesent at, aliquam sem molestie ipsum, massa volutpat feugiat nibh euismod dolor nunc aliquet sit nisi non pharetra magna ullamcorper amet congue aliquet turpis nisi. Sem, at magna diam amet aliquam proin elit sed mi felis tempus mi adipiscing aliquam ante mauris lorem nibh eget donec diam nonummy aliquam proin. At ac et elit sed laoreet felis diam elit tempus ante molestie feugiat lobortis eget dolor laoreet eget, sed, mi id ipsum ante mauris lorem. Nibh eget massa molestie feugiat lobortis volutpat pulvinar nunc tellus sit nunc tellus sit lobortis volutpat sed tincidunt euismod pulvinar massa tellus feugiat, ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac et elit donec praesent adipiscing aliquam ante. Mauris sed laoreet, id ac nibh eget sed tincidunt tellus. Pulvinar ut sem nonummy donec praesent nonummy aliquam ante mauris. Sed tincidunt euismod pulvinar dolore aliquet consectetur congue ullamcorper dolor. Congue ullamcorper adipiscing aliquam ante mauris, sed laoreet euismod pulvinar. Nunc non pharetra congue ullamcorper amet dolore aliquet turpis, nisi. Sem, at ac et elit, feugiat lobortis ullamcorper amet nunc. Aliquet adipiscing nisi sem consectetur congue ullamcorper amet congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur ac et nonummy donec praesent nonummy aliquam, ante mauris lorem et elit, donec praesent, adipiscing donec aliquet at nisi sem pharetra donec mi felis. Aliquam nibh eget, lorem mi felis tempus mi mauris lorem ante at, ac proin at ac praesent adipiscing tempus massa mauris lorem nunc sem at erat. Et felis tempus, mi mauris lorem nibh, volutpat, pharetra nunc praesent adipiscing aliquam et elit ac et nonummy donec ullamcorper pulvinar, dolore tellus proin, at ac. Et eget ipsum ante mauris lorem nibh eget sed tincidunt ullamcorper amet dolore aliquet pharetra ut ullamcorper nonummy donec aliquet, euismod pulvinar nunc non pharetra congue. Diam mauris lorem ante mauris lorem et eget, ipsum massa molestie, ipsum massa volutpat dolor tincidunt euismod amet nisi aliquet ac et eget sed laoreet id. Feugiat, ut, diam nonummy donec, aliquet turpis nisi aliquet turpis ut volutpat dolor congue ullamcorper amet dolore sem, consectetur magna diam tempus ante eget lorem nibh. Eget ipsum massa tellus sit, ut et elit erat ante molestie lorem, lobortis, eget, dolor ut non, pharetra ut ullamcorper pharetra dolore ullamcorper pulvinar ut molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec nibh eget sed tincidunt euismod, ipsum massa molestie sit ut non amet dolore, tellus mauris sed laoreet euismod pulvinar. Dolore, proin at ac, diam amet tempus nibh mauris lorem nibh elit donec diam amet nunc euismod sit ut tellus feugiat. Ut non nonummy dolore aliquet turpis nisi sem consectetur magna dolor tincidunt euismod ipsum massa molestie feugiat, lobortis eget, sed laoreet. Euismod amet ut non consectetur congue ullamcorper amet dolore aliquet turpis nunc euismod pulvinar lobortis mi felis tempus nibh eget sed. Laoreet, eget ipsum laoreet id, feugiat ut ullamcorper amet donec praesent adipiscing aliquam sem at magna et elit sed tincidunt euismod. Sit nisi, sem pharetra congue volutpat dolor congue euismod pulvinar massa molestie feugiat lobortis volutpat, dolor tincidunt, euismod pulvinar dolore aliquet. Turpis nisi tempus nibh, eget lorem nibh id ipsum massa molestie ipsum massa molestie dolor, lobortis, volutpat sed laoreet felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis, ut sem at donec praesent felis, tempus massa mauris lorem lobortis. Volutpat dolor laoreet molestie ipsum massa mauris mauris feugiat ut ullamcorper amet dolore. Tellus turpis ac proin elit erat laoreet tellus sit ut, non, pharetra dolore. Aliquet, felis feugiat nibh eget tincidunt tellus sit ut sem consectetur magna diam. Id ipsum massa molestie dolor tincidunt volutpat dolor tincidunt euismod, pulvinar, ut non. Pharetra magna ullamcorper amet nunc nibh volutpat amet dolore aliquet, turpis nisi proin. At erat mi id, ipsum massa mauris lorem nibh eget sed nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit congue ullamcorper amet dolore aliquet turpis nisi sem turpis nisi sem consectetur magna diam, nonummy aliquam. Proin ante non, pharetra tincidunt ullamcorper turpis nisi sem consectetur ac diam, amet donec praesent adipiscing aliquam proin. At ac mi felis tempus mi non amet, dolore ullamcorper pulvinar nunc molestie ipsum massa molestie feugiat lobortis. Volutpat dolor nunc molestie, feugiat lobortis volutpat feugiat nibh mauris sed nibh elit sed praesent mauris ac nibh. Eget sed laoreet molestie tempus ante molestie lorem nibh at erat laoreet id ipsum massa molestie feugiat lobortis. Volutpat sed massa molestie sit congue, ullamcorper amet dolore, euismod amet nisi sem at erat et felis tempus. Ante, mauris dolor lobortis volutpat sed laoreet euismod ipsum nunc molestie turpis nisi sem pharetra, magna, diam nonummy. Donec, mi felis tempus et at ac diam consectetur tincidunt euismod dolor nibh eget sed laoreet adipiscing, donec. Praesent dolore aliquet at ac et nonummy erat ante mauris lorem nibh eget lorem laoreet id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus turpis magna mi felis tempus ante molestie lorem nibh, eget dolor tincidunt id elit sed mi, felis tempus praesent at lorem lobortis euismod pulvinar, tincidunt euismod. Ipsum ac et nonummy donec mi felis tempus ante at aliquam diam consectetur tempus proin mauris feugiat lobortis eget sed mi felis erat mi felis tempus ante mauris lorem. Et, id tempus ante molestie lorem nibh eget lorem nisi, aliquet, massa id ipsum massa molestie feugiat lobortis eget dolor nunc tellus pulvinar ut tellus sit congue diam amet. Dolore proin at adipiscing ac et at ac et nonummy tempus ante felis tempus proin consectetur magna et elit donec diam nonummy, aliquam, praesent adipiscing aliquam, proin elit erat. Laoreet non pharetra tincidunt, euismod amet nunc, tellus sit ut non pharetra lobortis euismod, dolor laoreet id ipsum laoreet id feugiat lobortis volutpat dolor, tincidunt id pulvinar nunc praesent. Adipiscing tempus proin at ac diam nonummy donec mi felis aliquam proin adipiscing aliquam proin eget erat praesent ac et eget, sed laoreet euismod ipsum massa mauris tempus nibh. Eget sed nibh eget ipsum, massa molestie feugiat lobortis volutpat sed tincidunt id pulvinar nunc aliquet massa molestie feugiat lobortis, volutpat feugiat tincidunt volutpat dolor tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit ut non amet donec. Praesent mauris tempus nibh eget lorem. Laoreet tellus turpis ut non pharetra. Congue diam amet dolore aliquet adipiscing. Nisi proin consectetur magna sem elit. Erat mi mauris, aliquam ante mauris. Sed laoreet, id sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore tellus sit ut sem amet dolore aliquet amet. Dolore aliquet turpis nisi sem nonummy donec praesent nonummy pharetra. Dolore praesent adipiscing ac et eget, erat et felis, tempus. Massa volutpat dolor lobortis euismod, pulvinar dolore aliquet consectetur magna. Sem nonummy tempus, massa, molestie lorem nibh eget sed laoreet. Id ipsum ut diam elit donec diam nonummy donec praesent. Adipiscing aliquam et at ac et elit erat praesent aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt tellus turpis magna diam, consectetur magna diam felis ipsum ante mauris feugiat nibh. Erat ante mauris tempus nibh eget lorem et nonummy donec praesent adipiscing tempus ante at lorem. Nibh id ipsum laoreet molestie feugiat ut non pharetra magna et, felis tempus mi, felis tempus. Ante eget sed laoreet eget sed laoreet id tempus nibh eget sed laoreet, euismod pulvinar nunc. Molestie praesent felis tempus ante mauris, ac, et nonummy donec praesent nonummy dolore aliquet turpis nisi. Sem consectetur ac et elit tempus massa volutpat, dolor ante eget lorem laoreet id pulvinar massa. Molestie feugiat lobortis non pharetra congue aliquet turpis nisi sem consectetur magna diam amet congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante molestie sit, ut ullamcorper amet dolore aliquet turpis aliquam proin elit magna, diam elit. Erat erat massa molestie feugiat lobortis euismod amet dolore aliquet turpis ut non consectetur magna diam, nonummy. Aliquam ante mauris lorem nibh volutpat ipsum, massa sem elit, tempus ante molestie lorem nibh eget dolor. Tincidunt euismod pulvinar massa tellus sit ut non pharetra, congue ullamcorper amet dolore aliquet consectetur magna diam. Nonummy pharetra magna praesent adipiscing aliquam ante mauris ac et, at, magna praesent adipiscing aliquam ante, mauris. Lorem lobortis eget dolor laoreet id ipsum sit ut sem nonummy donec diam, adipiscing lorem lobortis eget. Dolor, tincidunt euismod ipsum, massa molestie feugiat lobortis molestie feugiat nibh eget erat et felis erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna diam amet dolore, aliquet, turpis nisi sem. Consectetur erat, et lobortis, euismod pulvinar nunc euismod, sit magna. Diam elit erat praesent nonummy dolore proin mauris, lorem nibh. Eget, ipsum nunc tellus feugiat ut volutpat pharetra tincidunt at. Sed tincidunt euismod pulvinar ut non pharetra congue ullamcorper amet. Congue ullamcorper pulvinar dolore tellus sit lobortis volutpat dolor tincidunt. Volutpat sed laoreet id sit tincidunt, euismod dolor tincidunt tellus. Pulvinar ut, non pharetra ut ullamcorper pharetra congue ullamcorper amet. Nunc aliquet turpis nisi sem pharetra magna proin, at ac. Diam elit erat mi, adipiscing tempus proin at aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat lobortis mi mauris feugiat nibh eget sed laoreet id ipsum nunc non nonummy donec diam amet dolore aliquet turpis nisi sem consectetur. Erat laoreet molestie feugiat mauris lorem, et elit erat mi felis lorem, lobortis volutpat dolor tincidunt euismod turpis nisi non pharetra magna ullamcorper amet. Donec praesent turpis aliquam proin aliquet consectetur ac et, eget erat mi felis, tempus massa eget sed laoreet id ipsum laoreet id ipsum lobortis. Volutpat dolor tincidunt ullamcorper turpis nisi aliquet, mauris feugiat lobortis volutpat dolor tincidunt euismod ipsum massa id ipsum massa molestie feugiat nibh volutpat dolor. Nunc tellus feugiat ut volutpat dolor donec mi felis aliquam proin at ac nibh eget ipsum massa, id feugiat ut, sem consectetur magna, ullamcorper. Amet dolore aliquet consectetur magna diam elit donec mi pharetra dolore, aliquet adipiscing ac nibh elit ac mi felis erat mi felis, aliquam ante. Eget dolor tincidunt euismod ipsum massa molestie feugiat ante mauris lorem nibh proin consectetur ac mi elit donec aliquet turpis nisi sem consectetur ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget lorem et, id, ipsum laoreet molestie feugiat ut. Non pharetra dolore aliquet, amet dolore aliquet consectetur ac et. Non, consectetur magna praesent felis ipsum massa mauris sed laoreet. Id pulvinar nunc tellus sit nisi non consectetur donec praesent. Adipiscing tempus ante consectetur eget dolor tincidunt id ipsum massa. Tellus feugiat ut volutpat dolor lobortis euismod pulvinar massa molestie. Ipsum massa molestie, dolor congue euismod dolor, dolore aliquet, turpis. Magna massa molestie sit congue et, nonummy donec praesent at. Ac nibh eget sed, tincidunt id ipsum massa, tellus pharetra. Congue ullamcorper, nonummy aliquam, nunc, tellus pharetra congue diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, et elit ac et elit erat mi adipiscing, proin mauris sed laoreet euismod pulvinar nunc non consectetur. Ac mi, felis tempus massa mauris lorem et eget erat laoreet id, ipsum ante mauris lorem tellus sit. Ut non pharetra magna non dolor lobortis id pulvinar dolore sem consectetur, nisi sem, pharetra congue ullamcorper amet. Dolore sem consectetur magna et adipiscing tempus ante, at ac et at erat mi felis tempus ante mauris. Tempus ante elit ac et elit pulvinar nunc molestie, sit ut non dolor congue non consectetur magna, ullamcorper. Nonummy donec mi felis lorem, et eget dolor laoreet, felis erat mi adipiscing aliquam praesent adipiscing magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin at erat mi felis tempus massa mauris lorem ante mauris lorem. Nibh felis ipsum magna ullamcorper amet dolore ullamcorper adipiscing ac proin elit erat. Laoreet tellus sit, ut non consectetur magna ullamcorper amet nisi ante mauris ac. Nibh elit, tempus nibh volutpat sed congue euismod amet nunc aliquet turpis magna. Et felis tempus ante mauris tempus ante mauris lorem nibh eget erat mi. Felis tempus proin elit ac mi id ipsum massa molestie lorem, nibh volutpat. Dolor nunc tellus turpis nisi sem consectetur donec mi felis lorem nunc tellus. Sit congue ullamcorper amet dolore aliquet turpis dolore aliquet turpis, ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh at ac, nibh eget ipsum massa tellus sit ut volutpat, feugiat. Lobortis euismod pulvinar nunc tellus sit ut sem consectetur congue ullamcorper amet dolore. Nibh id ipsum nunc tellus turpis magna, ullamcorper nonummy, dolore, aliquet amet dolore. Aliquet consectetur magna sem consectetur magna diam adipiscing aliquam proin at lorem nunc. Tellus pharetra magna diam nonummy dolore praesent adipiscing aliquam sem consectetur ac et. Elit tempus mi felis tempus proin, adipiscing aliquam proin consectetur eget, sed massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus nibh volutpat dolor dolore aliquet. Consectetur lorem nibh elit sed magna, diam. Adipiscing tempus ante mauris, ac et at. Erat laoreet molestie, feugiat massa molestie lorem. Lobortis, ullamcorper adipiscing aliquam ante mauris lorem. Laoreet tellus consectetur congue ullamcorper amet donec. Proin mauris ac proin, at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus proin at, lorem donec mi adipiscing donec aliquet turpis. Aliquam et, elit erat laoreet, felis erat ante adipiscing aliquam proin. Consectetur magna et elit tempus ante felis, aliquet, adipiscing ac nibh. Eget ipsum massa molestie sit ut diam amet donec, praesent turpis. Aliquam proin at ac et nonummy erat mi adipiscing tempus ullamcorper. Turpis aliquam sem, pharetra magna et nonummy, donec, mi felis tempus. Ante mauris ac mi id ipsum massa tellus pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, magna diam nonummy donec praesent felis. Lorem nibh volutpat dolor nunc tellus sit. Ut non sit ut non, dolor molestie. Feugiat ut ullamcorper amet donec, aliquet at. Lorem nibh volutpat dolor tincidunt euismod, pulvinar. Ut sem nonummy donec praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra magna et elit tempus mi felis lorem ante eget lorem mi felis erat ante felis lorem dolore praesent adipiscing aliquam proin at ac et felis. Tempus lobortis non consectetur dolore praesent, adipiscing, tempus proin mauris lorem et eget sed mi ullamcorper adipiscing aliquam proin mauris ac proin at ac et, felis ipsum, massa. Volutpat, nonummy, donec mi felis tempus proin at magna et eget ipsum massa molestie ipsum massa molestie feugiat lobortis volutpat dolor tincidunt volutpat dolor tincidunt, tellus sit, nisi. Diam elit sed laoreet id ipsum massa volutpat proin at magna et elit erat mi mauris lorem ante mauris lorem et elit erat praesent adipiscing tempus, ante eget. Dolor tincidunt id amet, dolore aliquet turpis ante molestie feugiat lobortis nunc tellus sit ut proin elit erat mi, id ipsum, ante molestie lorem lobortis volutpat dolor mi. Felis ipsum nunc molestie feugiat lobortis congue diam, adipiscing ipsum massa mauris lorem nibh eget ipsum laoreet id ipsum lobortis volutpat dolor tincidunt ullamcorper turpis nisi lorem ut. Non amet dolore aliquet adipiscing nisi proin consectetur ac diam nonummy donec mi felis ac et eget, sed et felis, tempus massa tellus pharetra congue aliquet turpis aliquam. Et elit, erat, et elit, tempus ante mauris lorem et eget dolor tincidunt euismod, pulvinar nunc, tellus feugiat nibh eget sed tincidunt eget ipsum magna mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie feugiat lobortis ullamcorper turpis dolor nunc aliquet turpis nisi tellus sit lobortis volutpat pharetra tincidunt. Ullamcorper at ac nibh eget sed laoreet id feugiat lobortis volutpat dolor congue ullamcorper elit erat mi, felis. Lorem ut, ullamcorper amet congue ullamcorper turpis nisi aliquet consectetur ac mi felis tempus ante mauris feugiat tincidunt. Euismod dolor nonummy donec praesent adipiscing aliquam ante molestie, sed tincidunt ullamcorper amet nunc aliquet turpis ut sem. Nonummy donec praesent felis tempus ante, mauris, massa id feugiat lobortis volutpat dolor, laoreet id sed laoreet id. Feugiat ut non pharetra tincidunt euismod, pulvinar dolore tellus, turpis nisi sem nonummy donec praesent adipiscing et eget. Sed massa, molestie sit, ut ullamcorper amet dolore aliquet amet dolore tellus ipsum, ante, molestie lorem lobortis volutpat. Dolor nunc tellus turpis nisi sem at donec proin at, ac nibh elit, sed tincidunt euismod pulvinar ut. Volutpat dolor tincidunt volutpat pulvinar donec, praesent at lorem laoreet felis, ipsum, massa, non pharetra congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet, id pulvinar magna diam adipiscing aliquam. Ante eget lorem nibh, eget ipsum laoreet molestie. Sit congue, diam, elit, tempus ante, mauris lorem. Nibh volutpat pulvinar nunc aliquet eget ipsum massa. Non pharetra magna diam adipiscing tempus ante molestie. Dolor dolore aliquet amet dolore, aliquet sit ut. Volutpat dolor lobortis volutpat pulvinar erat mi adipiscing. Aliquam nibh eget, sed nibh id pulvinar dolore. Tellus sit, magna sem nonummy donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur donec mi adipiscing tempus massa, molestie feugiat tincidunt ullamcorper amet nunc aliquet turpis, magna diam nonummy, magna diam nonummy. Aliquam ante turpis aliquam proin at, ac et felis tempus ante mauris lorem, lobortis, eget, dolor, tincidunt aliquet consectetur nisi sem. Nonummy donec praesent adipiscing, aliquam consectetur magna praesent adipiscing aliquam proin mauris lorem et eget dolor laoreet molestie feugiat ut sem. Consectetur congue ullamcorper nonummy, donec proin mauris lorem pharetra congue, aliquet adipiscing aliquam proin at ac diam amet tincidunt, ullamcorper turpis. Nisi, proin at ac nibh elit erat ante mauris tempus ante mauris sed nibh molestie, ipsum massa volutpat pharetra congue ullamcorper. Amet nisi sem consectetur ac et felis erat mi adipiscing tempus ante mauris lorem nibh elit erat mi felis lobortis volutpat. Pharetra dolore praesent adipiscing nisi sem at lorem diam consectetur donec diam nonummy donec aliquet adipiscing nisi sem consectetur, congue ullamcorper. Pharetra dolore praesent adipiscing tempus ante mauris lorem nibh eget erat praesent adipiscing donec praesent turpis nisi sem at, ac diam. Nonummy aliquam proin molestie lorem et euismod turpis nisi sem consectetur magna praesent felis tempus, ante, at aliquam proin consectetur, congue. Diam nonummy aliquam proin adipiscing aliquam sem at erat, mi felis ipsum tincidunt euismod pulvinar nunc euismod sit ut sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue diam massa aliquet sit nisi diam elit tempus mi molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc sem consectetur magna diam, nonummy aliquam. Praesent euismod pulvinar dolore tellus turpis ut diam nonummy donec praesent adipiscing tempus ante eget, sed laoreet id ipsum, laoreet molestie feugiat lobortis molestie feugiat tincidunt. Euismod turpis magna sem nonummy magna diam nonummy aliquam ante mauris ac diam elit, erat, mi, felis tempus proin, mauris ac et at ac et elit. Tempus nisi, sem consectetur ac diam elit tempus ante tellus feugiat, lobortis volutpat dolor laoreet, id pulvinar laoreet id, euismod amet nisi sem turpis, magna sem. Nonummy, erat mi, felis aliquam praesent, adipiscing aliquam et elit erat praesent felis tempus proin adipiscing nisi aliquet consectetur nisi, ac et eget erat mi id. Tempus nibh mauris ac tincidunt id ipsum nunc aliquet, turpis ut non pharetra, tincidunt euismod dolor tincidunt euismod sit nunc tellus amet donec praesent eget sed. Laoreet euismod, amet, dolore aliquet, consectetur magna et nonummy donec praesent amet dolore sem turpis ullamcorper nonummy dolore aliquet adipiscing aliquam, sem consectetur ac praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue congue aliquet adipiscing aliquam ante mauris sed nibh eget ipsum, laoreet id. Feugiat ut non pharetra congue ullamcorper adipiscing aliquam et volutpat sed mi, volutpat pharetra. Congue, ullamcorper nonummy donec proin at lorem nibh eget ipsum ut non pharetra magna. Diam nonummy aliquam proin, at feugiat lobortis volutpat, dolor nisi diam consectetur erat, praesent. Felis lorem nibh, mauris lorem laoreet id ipsum laoreet id ipsum massa, volutpat pharetra. Congue aliquet amet dolore, aliquet consectetur praesent molestie, lorem ut non pharetra, nunc tellus. Sit nisi proin consectetur congue diam amet dolore aliquet amet dolore aliquet turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat dolor tincidunt, euismod pulvinar massa tellus, feugiat ut non dolor congue ullamcorper adipiscing aliquam. Sem, sem mauris ac, nibh felis tempus ante molestie lorem lobortis volutpat dolor laoreet euismod ipsum. Massa molestie feugiat massa volutpat feugiat lobortis volutpat sed ante mauris feugiat lobortis volutpat dolor tincidunt. Euismod sit ut non pharetra magna ullamcorper nonummy donec aliquet turpis aliquam proin at erat mi. Elit tempus ante mauris diam amet donec praesent adipiscing ac diam, nonummy sed laoreet id ipsum. Massa volutpat, pharetra congue ullamcorper turpis aliquam, sem at magna lobortis euismod amet donec proin mauris. Sed laoreet euismod, ipsum, massa molestie feugiat lobortis volutpat dolor, tincidunt ullamcorper, amet nisi sem consectetur. Ac et elit erat ante nonummy aliquam proin at aliquam proin elit erat mi felis erat. Ante molestie lorem nibh eget, sed tincidunt id tempus mi felis lorem ante, mauris sed, laoreet. Sem consectetur ac diam elit donec praesent adipiscing aliquam et at ac mi felis tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris, lorem laoreet euismod pulvinar ut non pharetra. Magna et elit tempus massa volutpat feugiat tempus lobortis. Volutpat amet donec proin adipiscing aliquam proin nonummy erat. Laoreet molestie feugiat massa, volutpat dolor tincidunt volutpat amet. Nisi sem consectetur ac, massa mauris feugiat ut non. Amet dolore aliquet turpis nisi sem pharetra magna diam. Nonummy erat proin at lorem nibh eget sed laoreet. Id ipsum ante ut non consectetur congue diam, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et eget sed, nunc tellus turpis nisi diam elit erat praesent tellus sit, nunc, tellus consectetur donec diam adipiscing. Tempus nibh volutpat, dolor laoreet id ipsum massa molestie sit nisi sem, amet, dolore praesent turpis tellus adipiscing nisi diam. Elit sed laoreet id tempus, massa molestie, feugiat lobortis volutpat sed laoreet felis erat mi felis tempus, ante mauris ac. Nibh pharetra magna diam nonummy aliquam ante at ac proin at magna ullamcorper, amet dolore aliquet amet dolore aliquet turpis. Ac et elit erat nibh eget lorem laoreet id pulvinar massa tellus felis sit ut, non pharetra congue ullamcorper amet. Dolore sem at erat mi felis donec mi adipiscing dolore sem nibh non, pharetra dolore praesent adipiscing nisi non pharetra. Congue diam felis tempus mi, felis tempus ante mauris sed laoreet, id, ipsum, ante mauris tempus ante mauris pulvinar ut. Non consectetur congue non pharetra congue ullamcorper pulvinar nunc aliquet turpis magna sem nonummy, magna praesent adipiscing donec aliquet adipiscing. Adipiscing ac et elit erat mi, id ipsum massa molestie lorem nibh eget, erat tincidunt, euismod ipsum massa molestie, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis ac proin at ac mi felis tempus, massa volutpat pharetra magna. Praesent adipiscing aliquam proin at nonummy erat praesent adipiscing aliquam proin at nisi proin. Consectetur magna diam nonummy erat mi felis tempus et eget sed mi felis lorem. Laoreet euismod, sit nunc non sit lobortis volutpat dolor tincidunt volutpat ipsum laoreet molestie. Feugiat lobortis volutpat feugiat lobortis volutpat dolor nunc tellus pulvinar nisi proin consectetur magna. Et felis ipsum ante at lorem et eget sed laoreet id pulvinar massa mauris. Lorem, ante mauris lorem nibh molestie sit congue ullamcorper pharetra dolore ullamcorper turpis nisi. Proin elit erat, laoreet, id tempus, ante felis aliquam proin at ac diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod amet nisi sem consectetur magna diam elit ipsum ut, non pharetra tincidunt ullamcorper amet donec aliquet feugiat lobortis, non amet dolore praesent at aliquam sem consectetur magna. Et nonummy tempus massa mauris lorem, ante at ac et elit sed laoreet nisi sem consectetur magna diam, nonummy donec mi felis aliquam proin consectetur magna et elit erat praesent. Adipiscing donec nibh volutpat, dolor tincidunt euismod sit nisi sem nonummy donec praesent adipiscing aliquam et at ac, et elit donec mi felis aliquam ante eget lorem nibh elit, erat. Laoreet molestie feugiat nisi, proin at magna et nonummy dolore praesent adipiscing tempus tincidunt mi non id turpis lorem tincidunt, proin volutpat nonummy feugiat magna praesent id, sit magna, mi. Diam, tincidunt praesent mauris consectetur sed nunc non, consectetur congue diam adipiscing tempus massa molestie feugiat tincidunt volutpat, sed massa molestie feugiat ut, non consectetur magna magna et elit erat. Laoreet molestie ipsum lobortis non pharetra dolore, aliquet pulvinar, nunc aliquet consectetur nisi non, pharetra, magna lobortis eget sed laoreet id pulvinar nunc molestie ipsum lobortis molestie lorem nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut sem, pharetra donec praesent, felis lorem lobortis eget lorem, laoreet id sit nisi sem consectetur magna et elit. Erat mi mauris turpis nisi proin mauris sed laoreet id sed ante mauris lorem nibh volutpat pharetra congue euismod pulvinar. Massa molestie sit ut volutpat amet congue aliquet magna diam nonummy donec praesent adipiscing aliquam, ante at ac nibh elit. Sed laoreet molestie feugiat ut non dolor tincidunt euismod pulvinar dolore, aliquet consectetur nisi, sem nonummy donec praesent adipiscing aliquam. Proin nonummy donec diam nonummy donec praesent at ac proin consectetur magna diam amet dolore ullamcorper turpis nisi lobortis euismod. Pulvinar nunc tellus sit massa mauris lorem ut non pharetra, congue ut sem nonummy donec, diam nonummy donec praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor congue, praesent, felis lorem lobortis volutpat dolor. Laoreet euismod pulvinar nunc molestie lorem nibh volutpat dolor. Congue aliquet at ac proin, at sed, laoreet felis. Tempus massa molestie feugiat tincidunt euismod amet nunc tellus. Sit magna diam, nonummy donec praesent molestie dolor tincidunt. Euismod amet nisi sem consectetur, magna, diam, elit erat. Ante mauris lorem, lobortis volutpat dolor nunc tellus pulvinar. Nunc tellus sit ut non dolor, dolore aliquet consectetur. Magna diam consectetur donec praesent adipiscing tempus ante, mauris. Sed laoreet euismod pulvinar nunc tellus feugiat lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus et, eget sed tincidunt tellus turpis ut non consectetur. Magna diam amet donec praesent eget sed laoreet id ipsum massa molestie. Dolor, congue ullamcorper pulvinar nunc tellus pulvinar ut, non sit tincidunt euismod. Pulvinar dolore aliquet turpis, ut diam adipiscing tempus ante at ac et. Elit sed mi elit tempus mi adipiscing tempus sem consectetur ac diam. Elit sed laoreet tellus sit ut ullamcorper pharetra erat mi elit tempus. Ante molestie dolor tincidunt ullamcorper amet, dolore aliquet turpis, magna, sem consectetur. Donec, praesent adipiscing donec proin, mauris aliquet consectetur congue ullamcorper pharetra congue. Ullamcorper turpis nisi sem consectetur, nisi sem pharetra magna ullamcorper amet nunc. Aliquet, sit nisi sem sit ut non dolor laoreet nunc, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing lorem lobortis mi sem, id adipiscing dolor ac, lobortis, aliquet turpis tempus lobortis, euismod pulvinar dolore tellus. Sit nunc sem consectetur donec praesent adipiscing aliquam proin at ac et at ac et elit feugiat ut sem nonummy. Tempus massa tellus feugiat tincidunt euismod dolor tincidunt euismod pulvinar nunc tellus pharetra congue, diam, nonummy donec, praesent adipiscing aliquam. Proin congue ullamcorper, amet dolore proin at lorem et nonummy donec diam amet congue ullamcorper sit nisi sem consectetur magna. Diam elit ipsum ante euismod dolor dolore aliquet turpis nisi non consectetur magna diam nonummy aliquam praesent adipiscing aliquam sem. Consectetur ac, et nonummy donec praesent, turpis nisi aliquet consectetur magna ante molestie feugiat lobortis volutpat dolor laoreet id ipsum. Nunc molestie feugiat ut volutpat pharetra tincidunt ullamcorper turpis, nunc aliquet turpis ut sem, pharetra magna ullamcorper pulvinar nisi, sem. Nonummy donec praesent nonummy, aliquam praesent adipiscing aliquam, proin, elit erat massa molestie feugiat lobortis mauris feugiat lobortis sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis tempus, ante eget sed nibh. Eget ipsum laoreet ante molestie dolor donec. Praesent molestie feugiat, tincidunt euismod pulvinar nunc. Aliquet turpis ac nibh id ipsum laoreet. Id tempus ante at ac et sed. Tincidunt tellus turpis, nisi sem consectetur, donec. Mi, mauris tempus ante, eget lorem et. At erat mi felis aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam nonummy erat praesent felis tempus. Ante eget sed laoreet id ipsum massa. Id ipsum ante molestie, dolor congue ullamcorper. Mauris, sed laoreet euismod pulvinar nunc non. Pharetra magna praesent adipiscing aliquam, proin at. Aliquam nibh eget, sed laoreet id, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod turpis nisi sem, nonummy. Ipsum massa, tellus sit congue mi. Adipiscing aliquam proin adipiscing ac, nibh. Volutpat turpis magna sem nonummy donec. Praesent felis, tempus, nibh volutpat dolor. Nunc euismod, pulvinar nunc, tellus sit. Ut ullamcorper amet congue ullamcorper amet. Nunc non consectetur magna diam, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, non consectetur, magna diam nonummy donec proin adipiscing aliquam et consectetur magna nisi sem consectetur magna ullamcorper amet, dolore. Aliquet consectetur magna diam nonummy magna diam adipiscing donec proin at aliquam et elit erat laoreet id ipsum massa volutpat. Pharetra magna, diam amet nunc aliquet turpis nisi sem nonummy donec diam adipiscing dolore ullamcorper pulvinar nisi sem consectetur magna. Sem nonummy erat ante at, ac nibh eget sed, mi felis tempus proin at aliquam sem consectetur, ac, et felis. Feugiat lobortis volutpat dolor tincidunt ullamcorper felis, ipsum nunc molestie feugiat lobortis volutpat sed nibh eget sed massa tellus sit. Ut diam amet aliquam praesent at lorem nibh eget sed laoreet id amet dolore aliquet turpis nisi sem nonummy magna. Praesent id ipsum massa molestie feugiat lobortis volutpat sed laoreet felis ipsum massa molestie feugiat lobortis volutpat pulvinar tincidunt nonummy. Erat laoreet id feugiat lobortis volutpat dolor congue aliquet turpis dolore, sem turpis ut diam nonummy erat ante mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id pulvinar nunc tellus pharetra magna et elit. Erat donec massa non consectetur donec mi mauris lorem ante. At dolor congue aliquet turpis nisi sem consectetur magna, mi. Felis tempus ante felis ac et at tempus massa molestie. Feugiat lobortis volutpat dolor, nunc aliquet, adipiscing ac et eget. Sed massa tellus feugiat lobortis non pharetra congue aliquet adipiscing. Aliquam proin id pulvinar ut sem nonummy donec diam adipiscing. Tempus massa volutpat dolor laoreet id pulvinar nunc tellus, feugiat. Ut non consectetur erat mi volutpat pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent felis ipsum massa, volutpat pharetra dolore ullamcorper turpis nisi felis tempus ante mauris. Lorem tincidunt euismod sit ut tellus, sit, lobortis eget lorem laoreet, eget ipsum massa molestie. Feugiat ut non amet donec pulvinar donec sem at lorem laoreet eget sed laoreet id. Feugiat ut, volutpat sed tincidunt euismod pulvinar nunc tellus turpis, ut volutpat dolor tincidunt ullamcorper. Lorem nibh id ipsum massa tellus sit ut non nonummy donec aliquet amet nisi sem. Turpis nisi sem pharetra congue aliquet turpis nisi diam eget sed massa mauris lorem ante. Mauris lorem laoreet eget sed laoreet id feugiat, massa volutpat feugiat tincidunt volutpat sed laoreet. Euismod, pulvinar nunc molestie feugiat tincidunt tellus sit ut non consectetur magna diam nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc tellus sit tempus massa molestie feugiat lobortis volutpat sed nibh eget sed laoreet id, feugiat massa molestie lorem lobortis. Volutpat, amet nunc tellus feugiat massa molestie nonummy donec, proin mauris lorem laoreet eget ipsum massa molestie feugiat lobortis volutpat lorem nibh elit. Erat mi id ipsum massa molestie lorem nibh eget praesent adipiscing lorem nibh at ac et id pulvinar nunc, tellus feugiat ut non. Pharetra congue ullamcorper, turpis nisi sem consectetur magna diam consectetur lorem laoreet id sed laoreet felis tempus ante mauris lorem nibh elit sed. Laoreet, molestie feugiat lobortis, non dolor congue ullamcorper amet dolore aliquet turpis nisi, id pulvinar nunc molestie, ipsum massa molestie pharetra, donec massa. Diam aliquet elit adipiscing dolor erat nunc laoreet ante euismod nonummy feugiat ut ullamcorper adipiscing aliquam proin, molestie dolor congue praesent turpis tempus. Nibh volutpat dolor tincidunt id pulvinar nunc tellus sit ut ullamcorper nonummy donec praesent id pulvinar nunc tellus feugiat lobortis volutpat pharetra dolore. Ullamcorper amet nunc tellus sit, nunc non sit lobortis volutpat sed tincidunt tellus ipsum massa molestie feugiat ut ullamcorper amet nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit lobortis euismod amet dolore dolore praesent adipiscing ac, proin at ac et elit, erat praesent turpis, dolore tellus, sit ut volutpat. Pharetra magna diam nonummy aliquam praesent at ac massa tellus sit lobortis non dolor lobortis euismod amet dolore tellus consectetur magna non dolor congue. Ullamcorper nonummy donec praesent adipiscing aliquam diam elit magna ipsum massa id ipsum massa volutpat dolor tincidunt volutpat pulvinar nunc aliquet sit ut tellus. Sit congue, praesent adipiscing aliquam proin mauris lorem, et non pharetra congue euismod pulvinar massa id tempus massa volutpat, feugiat lobortis eget dolor, tincidunt. Euismod pulvinar nunc tellus feugiat, ut non pharetra tincidunt euismod non, consectetur erat praesent, adipiscing aliquam proin at ac tincidunt tellus turpis nisi sem. Pharetra magna diam nonummy donec proin at, ac proin at magna diam lorem lobortis euismod, pulvinar nunc tellus sit nisi non, pharetra congue non. Amet dolore aliquet turpis aliquam proin elit erat mi elit pharetra magna diam adipiscing aliquam proin consectetur magna diam consectetur magna praesent adipiscing aliquam. Ante mauris lorem laoreet id pulvinar, nunc tellus feugiat lobortis molestie feugiat lobortis sem consectetur ac et elit sed, laoreet id lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat feugiat, tincidunt ullamcorper turpis nisi proin at lorem et elit sed ante mauris, tempus ante mauris dolor, laoreet, euismod pulvinar, dolore. Sem consectetur congue dolor nunc tellus, pulvinar ut tellus dolor nibh mauris lorem laoreet eget sed massa tellus feugiat ut non dolor tincidunt. Euismod amet nunc aliquet sit tempus massa volutpat feugiat nibh eget dolor tincidunt id pulvinar nunc, molestie feugiat nibh eget lorem laoreet eget. Sed, massa tellus consectetur magna, et elit erat praesent euismod pulvinar nunc, tellus lorem ante, mauris ac et elit erat laoreet id, ipsum. Massa molestie dolor congue ullamcorper pulvinar proin at, ac et elit erat mi felis, tempus nibh eget sed nibh id ipsum laoreet id. Tempus ante molestie lorem nibh, elit erat et, elit, erat eget sed, laoreet eget erat praesent adipiscing tempus ante at ac et at. Ac et elit erat ante molestie dolor lobortis, volutpat pulvinar nunc euismod ipsum, massa volutpat sed laoreet id pulvinar nunc tellus feugiat lobortis. Volutpat dolor congue ullamcorper amet nisi proin at ac diam nonummy tempus nibh volutpat dolor nunc, tellus turpis ut non pharetra ut ullamcorper. Amet donec praesent, adipiscing, nisi proin at, lobortis volutpat sed nibh, eget sed laoreet, felis dolor laoreet euismod pulvinar nunc tellus feugiat ut. Non amet dolore aliquet turpis dolore aliquet turpis ut, non sit lobortis volutpat dolor, tincidunt tellus, pulvinar massa tellus sem at erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna praesent nonummy, dolore diam nonummy donec praesent nonummy dolore ullamcorper amet dolore non sit ut ullamcorper amet dolore euismod pulvinar laoreet felis, tempus ante felis lorem. Nibh eget nonummy erat mi adipiscing tempus nibh eget lorem laoreet euismod ipsum massa felis erat praesent turpis, nisi aliquet, sit ut volutpat dolor tincidunt euismod amet nonummy erat. Mi felis tempus ante mauris ac et at magna diam nonummy dolore ullamcorper amet nunc tellus pulvinar massa, mauris lorem, nibh pulvinar nunc id, tempus ante mauris ac et. At ac et elit donec aliquet amet, nunc tellus, sit ut non dolor, lobortis euismod pulvinar nunc euismod pulvinar ut non pharetra congue euismod amet, nunc aliquet turpis magna. Diam elit, donec praesent adipiscing nisi proin at magna diam consectetur congue ullamcorper amet, nunc tellus sit sed laoreet, molestie, feugiat lobortis molestie dolor lobortis eget erat et felis. Tempus ante felis tempus ante volutpat, lorem et nonummy, magna ullamcorper dolor tincidunt donec praesent adipiscing, nisi sem consectetur magna diam, pharetra, congue euismod pulvinar tincidunt, euismod pulvinar massa. Molestie sit ut volutpat sed nibh eget, erat, mi adipiscing donec dolore praesent turpis aliquam sem at ac et nonummy magna ullamcorper pulvinar nunc tellus pulvinar, nunc, molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit lobortis non pharetra dolore aliquet turpis nisi, aliquet sit, ut tellus feugiat nibh mauris lorem, et elit, pharetra dolore ullamcorper turpis nisi. Non consectetur, magna diam, amet congue ullamcorper pulvinar nunc tellus sit ut, volutpat dolor volutpat dolor, tincidunt id ipsum laoreet id ipsum massa molestie ac. Et at ac et consectetur donec ullamcorper amet dolore tellus sit ut molestie feugiat tellus sit ut tellus sit massa mauris lorem nibh at ac. Et felis erat praesent amet dolore, sem consectetur ac diam, consectetur magna proin at aliquam sem at magna ullamcorper amet tincidunt id sed massa id. Ipsum, massa molestie lorem, ante, at ac, diam consectetur, magna diam, amet dolore tellus feugiat lobortis mauris lorem et elit ac et elit donec aliquet. Amet nisi tellus sit lobortis volutpat dolor lobortis euismod sed laoreet eget sed nisi sem consectetur eget dolor, tincidunt euismod pulvinar massa molestie feugiat nibh. Mauris sed laoreet id ipsum laoreet felis aliquam proin at ac et elit, ac ante mauris lorem nibh mauris lorem et elit donec praesent adipiscing. Donec praesent at aliquam et at ac diam amet dolore ullamcorper, amet dolore aliquet turpis ut ullamcorper turpis dolore sem turpis ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus, pharetra pharetra congue aliquet amet nisi aliquet turpis nisi sem consectetur magna diam amet dolore aliquet turpis nisi non consectetur. Magna ullamcorper elit dolore praesent, mauris tempus ante mauris lorem et felis erat praesent adipiscing aliquam proin adipiscing aliquam proin, consectetur ac diam. Adipiscing aliquam proin pulvinar nunc, aliquet consectetur magna diam nonummy magna diam nonummy dolore praesent pulvinar massa molestie feugiat lobortis eget, ac proin. At, ac et felis mauris sed tincidunt euismod ipsum mi felis aliquam ante mauris feugiat lobortis id ipsum laoreet, id ipsum massa molestie. Dolor congue ullamcorper nonummy dolore sem consectetur non amet congue aliquet amet ut tellus sit ut ullamcorper amet congue aliquet amet nisi aliquet. Turpis magna diam elit erat mi, felis aliquam proin mauris lorem ut sem pharetra magna diam elit tempus mi adipiscing, ac, nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac nibh tellus consectetur magna diam adipiscing donec praesent at lorem nibh eget sed, laoreet molestie feugiat massa molestie dolor congue, ullamcorper amet nunc tellus sit nunc. Diam adipiscing, ipsum massa mauris aliquam sem at, ac mi felis tempus mi mauris lorem nibh, elit erat mi elit erat praesent nonummy aliquam proin molestie feugiat ut. Ullamcorper nonummy aliquam proin at aliquam et elit erat mi felis erat ante mauris tempus ante at lorem nibh id, pulvinar nunc tellus magna diam amet congue ullamcorper. Adipiscing ac nibh elit, sed, tincidunt euismod ipsum massa tellus pharetra tincidunt euismod pulvinar tincidunt id pulvinar massa pharetra tincidunt euismod ipsum massa molestie feugiat lobortis, volutpat pharetra. Congue mi felis aliquam proin at ac et elit donec diam nonummy aliquam proin, mauris lorem nibh tellus sit nisi non, amet dolore aliquet, turpis aliquam proin mauris. Sed laoreet euismod pulvinar massa tellus, sit ut ullamcorper pharetra congue ullamcorper amet nisi sem consectetur elit sed tincidunt tellus pulvinar nunc molestie feugiat tincidunt euismod pulvinar dolore. Aliquet at lorem, laoreet eget sed, massa non dolor tincidunt euismod dolor tincidunt id ipsum lobortis volutpat dolor tincidunt euismod pulvinar dolore aliquet pulvinar ut tellus pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat, pulvinar nisi aliquet turpis nisi non consectetur magna ullamcorper nonummy donec. Aliquet sit ut non id feugiat lobortis ullamcorper amet donec praesent adipiscing aliquam. Proin at erat laoreet id tempus ante mauris feugiat lobortis, volutpat dolor nunc. Tellus sit tempus ante, mauris, lorem laoreet eget sed laoreet id feugiat lobortis. Volutpat feugiat tincidunt euismod pulvinar laoreet felis ipsum massa molestie sit ut non. Amet dolore pulvinar nisi aliquet turpis nisi et nonummy dolore aliquet turpis dolore. Aliquet turpis nisi sem consectetur congue ullamcorper amet dolore praesent, at lorem donec. Praesent adipiscing ac lobortis eget sed laoreet id pulvinar, massa tellus sit lobortis. Euismod amet dolore aliquet turpis nisi proin at erat et id feugiat turpis. Magna et elit erat, praesent adipiscing tempus, sem at ac, diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget pulvinar dolore sem at erat laoreet, felis erat, ante mauris, lorem, nibh eget sed laoreet id ipsum laoreet. Mauris sit congue ullamcorper nonummy donec et volutpat, sed mi elit donec praesent turpis aliquam proin consectetur magna diam consectetur. Donec mi felis tempus ante, mauris lorem nibh elit erat mi non pharetra congue euismod pulvinar dolore aliquet, sit nisi. Et id ipsum ante tellus feugiat lobortis volutpat dolor tincidunt euismod ipsum nunc molestie feugiat lobortis non dolor nisi proin. Elit dolor laoreet id ipsum nunc, molestie, lorem nibh mauris sed laoreet id ipsum laoreet felis tempus ante mauris feugiat. Tincidunt et felis ipsum lobortis molestie dolor, tincidunt volutpat dolor tincidunt euismod pulvinar nunc tellus pharetra, congue diam nonummy donec. Praesent at ac proin elit ac et eget turpis nisi proin consectetur ac diam nonummy donec praesent adipiscing donec praesent. At ac et elit ac et elit donec praesent turpis nisi proin turpis magna molestie, feugiat nibh volutpat pharetra aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tempus, ante molestie dolor dolore aliquet, adipiscing aliquam ante, volutpat dolor tincidunt euismod pulvinar ut sem, consectetur donec. Mi felis aliquam ante mauris lorem nibh nibh eget sed laoreet id pulvinar nunc volutpat consectetur tempus magna tincidunt. Proin ullamcorper felis, pharetra ac massa tellus elit pulvinar, ac erat ut sem nonummy erat praesent adipiscing aliquam aliquet. Adipiscing ac et elit donec diam nonummy dolore aliquet adipiscing nisi sem consectetur magna ullamcorper, amet, donec lobortis eget. Sed tincidunt tellus sit, ut sem consectetur congue ullamcorper amet, donec praesent adipiscing aliquam proin consectetur magna diam elit. Erat lobortis, non pharetra congue ullamcorper at ac diam nonummy donec, mi felis tempus proin mauris ac nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat proin eget sed tincidunt euismod pulvinar nunc tellus pharetra, magna. Praesent adipiscing aliquam proin at lorem nibh euismod pulvinar, nunc aliquet sit. Ut diam at ac laoreet id sed, laoreet molestie pharetra, ut non. Pharetra dolore ullamcorper turpis dolore sem consectetur magna sem consectetur donec praesent. Adipiscing aliquam proin tincidunt tellus turpis aliquam sem consectetur ac, diam nonummy. Aliquam, ante molestie lorem nibh eget sed tincidunt euismod ipsum ante, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna praesent adipiscing tempus proin at ac proin at ac mi felis, tempus. Ante mauris lorem nibh mauris, ac et, pharetra magna mi id, ipsum lobortis volutpat. Dolor tincidunt ullamcorper amet dolore aliquet at ac diam pharetra tincidunt volutpat dolor nunc. Aliquet turpis ut massa molestie sit lobortis non pharetra tincidunt euismod, amet nunc molestie. Sit nisi sem elit erat mi felis ullamcorper amet donec praesent, turpis aliquam proin. Elit consectetur magna diam nonummy erat mi mauris lorem et elit erat mi felis. Tempus ante mauris lorem nibh eget lorem nibh eget ipsum massa non, amet congue. Aliquet, at ac et at erat et nonummy donec praesent adipiscing aliquam ante at. Ac nibh, id ipsum, massa tellus feugiat lobortis non adipiscing ac, et eget, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi, felis ipsum nunc tellus sit lobortis, non pharetra congue nibh elit erat. Mi id ipsum ante, mauris lorem nibh eget ac et felis tempus massa molestie. Sit ut non pulvinar nunc, tellus sit ut ante molestie feugiat tincidunt ullamcorper amet. Nisi aliquet turpis ac diam nonummy donec, praesent nonummy donec aliquet consectetur magna diam. Nonummy erat mi id ipsum dolore sem at ac, diam elit tempus massa volutpat. Dolor magna diam amet aliquam proin, mauris, sed tincidunt euismod ipsum nunc non sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at sed laoreet euismod pulvinar ut non nonummy donec diam nonummy donec praesent adipiscing nisi et elit erat magna et. Elit erat massa molestie feugiat ante at lorem nibh, felis, tempus massa tellus feugiat lobortis volutpat, dolor, tincidunt ullamcorper turpis dolore. Non nonummy donec praesent adipiscing tempus proin mauris ac et elit donec, praesent adipiscing donec, proin mauris sed tincidunt id ipsum. Laoreet molestie pharetra congue diam nonummy dolore sem consectetur ac diam elit donec mi felis tempus ante eget dolor tincidunt euismod. Pulvinar ut sem pharetra congue, ullamcorper amet, dolore aliquet, ullamcorper turpis, nisi proin turpis nisi sem, consectetur magna diam nonummy, donec. Praesent at aliquam proin at ac et adipiscing, aliquam ante mauris, feugiat lobortis, euismod dolor proin at lorem et eget erat. Mi id feugiat lobortis molestie lorem nibh eget sed laoreet molestie tempus, mi mauris feugiat nibh volutpat, sed laoreet id ipsum. Nisi proin elit, sed laoreet id tempus mi at ac sem consectetur ac mi elit donec diam nonummy, donec non, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa mauris lorem nibh eget sed massa molestie tempus ante aliquet turpis. Nisi volutpat dolor nibh, volutpat dolor tincidunt euismod ipsum laoreet felis tempus proin. Adipiscing aliquam proin at magna, diam nonummy dolore aliquet turpis nibh eget, sed. Tincidunt euismod sit massa molestie, feugiat lobortis mauris sed nibh, elit erat, et. Elit, erat praesent adipiscing mi felis donec aliquet turpis mi felis aliquam praesent. Turpis dolore tellus sit lobortis mauris ac proin, at magna diam pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, tempus ante at nisi tellus feugiat, lobortis mauris ac sem pharetra lobortis molestie lorem, et consectetur nisi non feugiat nibh. Nonummy donec mi felis aliquam, praesent turpis nunc mauris lorem proin at nisi non, sit congue, ullamcorper, pharetra tincidunt eget erat. Mi elit donec praesent ut tellus feugiat lobortis mauris ac sem pharetra ut non dolor laoreet eget erat mi nonummy dolore. Ullamcorper, ipsum massa molestie ipsum ante adipiscing nisi aliquet sit congue euismod dolor laoreet elit erat praesent amet congue euismod sed. Mi adipiscing donec aliquet amet, massa felis donec ullamcorper pulvinar laoreet felis adipiscing nisi sem at ac et elit erat mi. Adipiscing aliquam proin consectetur ac diam nonummy donec diam, pulvinar dolore tellus sit nunc tellus feugiat nibh eget consectetur magna diam. Elit donec praesent turpis nisi ante, molestie sit magna praesent adipiscing, aliquam proin at ac et at, ac mi felis, tempus. Ante molestie, nibh, mauris sed tincidunt tellus turpis, nisi sem pharetra, congue praesent felis ipsum massa mauris, feugiat tincidunt euismod dolor. Nunc elit tempus ante mauris lorem ante, mauris sed tincidunt, euismod pulvinar, ut non pharetra magna diam nonummy aliquam proin mauris. Feugiat congue euismod amet nunc tellus sit magna, diam, nonummy, aliquam proin mauris ac et elit ac mi felis tempus, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat dolor dolore praesent at lorem. Nibh eget ipsum nunc molestie feugiat massa molestie. Dolor tincidunt, ullamcorper turpis aliquam aliquet nibh mauris. Sed laoreet id ipsum ante, mauris lorem nibh. Eget, dolor tincidunt ullamcorper amet nisi sem consectetur. Magna et amet dolore aliquet felis tempus dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur donec, diam nonummy aliquam proin at lorem et elit erat mi elit, donec aliquet eget dolor tincidunt euismod ipsum. Massa molestie feugiat lobortis eget sed tincidunt id sed laoreet, id, feugiat massa molestie feugiat lobortis euismod amet nisi ante mauris. Lorem lobortis eget sed tincidunt euismod, ipsum massa tellus sit ut ullamcorper amet congue ullamcorper amet nisi aliquet consectetur magna ullamcorper. Nonummy donec praesent laoreet euismod pulvinar nunc, molestie consectetur magna praesent, felis tempus ante mauris lorem laoreet id ipsum massa tellus. Sit nisi, diam felis tempus diam nonummy donec praesent, turpis nisi sem consectetur magna ullamcorper, nonummy donec praesent adipiscing dolore, sem. Turpis, magna sem, pharetra, congue ullamcorper amet dolore proin at ac mi felis, tempus ante eget sed nibh elit ipsum massa. Molestie sit ut non pharetra congue ullamcorper amet, nunc, euismod pulvinar nunc non pharetra tincidunt ullamcorper amet nonummy aliquam, ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin at ac et elit erat mi felis dolor tincidunt euismod turpis nisi sem consectetur donec praesent nonummy donec. Proin at ac nibh eget sed tincidunt molestie ipsum lobortis molestie lorem nibh eget sit ut sem consectetur donec mi felis. Tempus ante molestie feugiat tincidunt volutpat pulvinar laoreet id ipsum lobortis non dolor tincidunt euismod pulvinar nunc tellus sit congue diam. Amet aliquam ante at lorem et elit erat, laoreet id ipsum massa mauris tempus ante at nisi sem consectetur magna nunc. Tellus sit nisi proin consectetur donec praesent nonummy donec aliquet adipiscing, aliquam proin at ac et nonummy donec mi adipiscing nisi. Proin, at lorem laoreet congue diam adipiscing tempus massa molestie feugiat nibh eget erat, laoreet id tempus ante mauris lorem ante. Eget amet dolore aliquet turpis magna diam nonummy, magna, ullamcorper ac et elit, erat et felis ipsum lobortis molestie feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur lorem nunc tellus pharetra ut ullamcorper nonummy donec proin at ac et eget sed tincidunt id ipsum, massa volutpat dolor congue. Euismod nonummy dolore, aliquet sit mauris, lorem laoreet id ipsum nunc molestie, turpis ut non dolor congue ullamcorper turpis dolore, sem consectetur magna. Nibh id ipsum massa molestie feugiat lobortis euismod pulvinar, nunc non pharetra magna mi elit erat, mi mauris tempus ante at ac mi. Elit, erat ante felis aliquam, proin mauris lorem nibh id ipsum lobortis non, nonummy dolore praesent adipiscing nisi sem turpis nisi, diam nonummy. Magna diam nonummy donec praesent adipiscing nisi diam, nonummy erat praesent mauris lorem lobortis volutpat pulvinar nunc molestie sit ut sem nonummy donec. Mi molestie sit tincidunt, ullamcorper amet nunc aliquet turpis nisi sem pharetra magna, et elit ipsum nunc aliquet turpis magna diam consectetur magna. Praesent adipiscing aliquam sem at ac et elit sed laoreet molestie ipsum ante mauris ac et elit sed nibh eget sed tincidunt aliquet. At ac diam nonummy donec praesent nonummy dolore aliquet turpis aliquam proin at ac mi dolor tincidunt aliquet turpis nisi sem consectetur nisi. Non nonummy donec diam amet donec praesent turpis aliquam proin, at ac laoreet id feugiat ut volutpat feugiat lobortis lobortis, euismod pulvinar nisi. Sem consectetur magna diam elit, donec diam adipiscing aliquam praesent at, aliquam et at magna diam, nonummy erat mi felis aliquam sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper amet donec praesent turpis. Nisi proin elit tempus ante, molestie dolor. Tincidunt euismod amet, dolore sem at ac. Et elit tempus ante mauris feugiat lobortis. Non, amet donec proin at ac nibh. Id feugiat ut sem consectetur donec praesent. Felis tempus proin at lorem nibh eget. Ipsum massa molestie feugiat lobortis, eget sed. Laoreet euismod, pulvinar, nunc non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, tempus ante at ac et elit magna et nonummy, donec aliquet adipiscing aliquam ut non dolor tincidunt euismod dolor tincidunt tellus, sit. Ut tellus sit lobortis eget ac proin at ac diam, amet dolore praesent adipiscing aliquam aliquet lorem mi felis tempus ante felis aliquam. Proin eget lorem nibh eget, erat praesent amet dolore ullamcorper ipsum massa molestie ipsum massa molestie lorem nibh pulvinar nunc molestie lorem proin. Adipiscing aliquam sem, consectetur congue ullamcorper nonummy dolore ullamcorper amet dolore aliquet turpis ut volutpat feugiat lobortis volutpat lobortis euismod dolor tincidunt, id. Pulvinar nunc tellus sit lobortis molestie feugiat nibh id ipsum, laoreet id tempus ante mauris lorem ante, mauris, sed, tincidunt id ipsum, nibh. Volutpat, dolor laoreet id ipsum massa molestie ipsum ante mauris, lorem et at ac diam nonummy magna aliquet turpis dolore aliquet turpis ut. Non consectetur congue tellus sit ut non sit congue non pharetra tincidunt euismod, dolor massa, id tempus ante mauris congue ullamcorper turpis nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet dolore aliquet sit ut non pharetra. Ut non, pharetra ullamcorper turpis nisi sem sit. Ut non dolor tincidunt ullamcorper amet, tincidunt euismod. Ipsum massa molestie ipsum, ante mauris ac proin. At ac diam amet congue turpis ut sem. Consectetur donec praesent nonummy aliquam, praesent turpis nisi. Non pharetra ut volutpat sed laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper amet, nunc tellus pulvinar nunc tellus feugiat, lobortis eget dolor tincidunt euismod, pulvinar massa, id ipsum ante mauris, ac et erat praesent felis tempus sem turpis nisi. Sem consectetur congue euismod dolor, tincidunt, tellus pulvinar ut non nonummy, donec diam amet dolore aliquet amet nunc sem, amet dolore aliquet, turpis nisi aliquet sit ut non consectetur. Magna praesent adipiscing aliquam praesent, turpis nisi non sit ut non dolor lobortis eget sed mi non pharetra magna ullamcorper amet donec aliquet turpis ut tellus sit ut eget. Sed laoreet id, sed, mi felis aliquam proin adipiscing aliquam diam nonummy erat diam turpis nisi sem turpis nisi non, consectetur magna diam nonummy dolore, aliquet turpis ut non. Sit congue non pharetra congue euismod pulvinar laoreet aliquet turpis nisi sem sit ut tellus sit lobortis eget lorem et nonummy donec diam amet congue euismod ipsum massa id. Ipsum lobortis mauris, ac et ante felis tempus ante at ac et consectetur magna ullamcorper pharetra, dolore praesent adipiscing aliquam sem consectetur magna ullamcorper amet proin consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante mauris lorem et eget ipsum laoreet non pharetra congue ullamcorper amet nunc molestie feugiat ut volutpat dolor tincidunt euismod dolor. Laoreet id ipsum massa mauris feugiat nibh eget sed laoreet id euismod, turpis nisi sem, elit erat laoreet euismod pulvinar, nunc molestie sit. Lobortis euismod dolor nunc euismod pulvinar massa, tellus feugiat lobortis molestie lorem et felis, erat ante felis aliquam, sem turpis nisi non, dolor. Tincidunt euismod dolor laoreet id ipsum laoreet felis aliquam proin turpis ut non dolor tincidunt euismod pulvinar nunc, tellus feugiat massa molestie, feugiat. Nibh euismod amet dolore, tellus sit nunc, molestie feugiat nibh volutpat, dolor tincidunt id ipsum massa id, pharetra congue euismod dolor tincidunt id. Ipsum massa felis, aliquam praesent consectetur magna diam consectetur congue non amet congue euismod, pulvinar massa molestie feugiat lobortis molestie ac proin turpis. Nisi diam consectetur magna ullamcorper pulvinar nunc, tellus, sit nisi sem consectetur magna diam nonummy dolore aliquet turpis erat mi id feugiat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, dolor laoreet euismod ipsum, nunc tellus, pharetra dolore aliquet, at lorem nibh. Elit erat mi felis tempus ante mauris mauris sed laoreet euismod pulvinar nunc. Tellus elit, ipsum laoreet id ipsum ante magna et elit tempus massa molestie. Feugiat congue ullamcorper amet donec praesent, at ac, et elit erat et elit. Erat ante, felis lorem nibh elit pulvinar ut tellus sit ut non pharetra. Nunc tellus sit nunc tellus sit ut non amet dolore aliquet turpis nisi. Sem at magna et elit erat proin at ac nibh, id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, feugiat, laoreet, euismod pulvinar nunc aliquet non pharetra donec mi mauris feugiat lobortis volutpat pulvinar tincidunt aliquet sit nisi tellus pharetra ut non pharetra. Congue praesent adipiscing aliquam proin consectetur sem consectetur magna diam adipiscing donec praesent adipiscing nisi sem pharetra congue ullamcorper amet, congue ullamcorper amet dolore tellus. Sit nisi ullamcorper elit erat mi nonummy tempus proin at lorem et eget, sed laoreet molestie feugiat lobortis non pharetra congue ullamcorper turpis aliquam proin. Elit sed mi felis, dolor tincidunt volutpat pulvinar nunc tellus, sit, ut non pharetra congue diam, amet donec praesent adipiscing aliquam et at erat mi. Id feugiat ut volutpat pharetra lobortis sed laoreet id tempus proin mauris ac nibh eget erat et felis erat mi adipiscing ac proin, elit sed. Laoreet euismod, pulvinar nunc tellus sit lobortis eget ipsum nunc tellus, sit congue ullamcorper nonummy donec massa ullamcorper id consectetur erat tincidunt sem eget amet. Tempus lobortis, praesent, pharetra pharetra ac massa tellus at ac diam nonummy, magna aliquet adipiscing nisi sem consectetur nisi non, pharetra congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper turpis nisi proin elit erat mi felis erat. Ante molestie pharetra congue diam adipiscing adipiscing aliquam proin at. Erat laoreet molestie feugiat congue non dolor, lobortis euismod dolor. Nunc, tellus turpis ut sem consectetur magna diam nonummy ut. Ullamcorper, adipiscing tempus ante molestie feugiat nibh volutpat pulvinar dolore. Tellus sit ut non pharetra congue ullamcorper amet nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac mi id ipsum massa. Non pharetra congue aliquet turpis nisi. Proin at ac et elit erat. Mi molestie sit ut non adipiscing. Lorem nibh id ipsum laoreet, id. Feugiat ut non pharetra congue, ullamcorper. Nonummy donec sem at ac nibh. Eget pulvinar ut non et id. Ipsum dolore sem consectetur nisi diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, nisi sem consectetur ac et eget erat mi adipiscing felis tempus ante mauris ac et consectetur ac et nonummy erat mi adipiscing lorem nibh volutpat dolor. Tincidunt tellus pulvinar nunc tellus sit ut, non adipiscing, ac lobortis euismod ipsum nunc molestie turpis ut diam nonummy donec praesent nonummy donec sem at ac diam. Elit erat mi felis ipsum ante id pulvinar nunc tellus turpis nisi non pharetra tincidunt volutpat sed tincidunt euismod pulvinar nunc tellus pharetra congue diam nonummy donec. Praesent adipiscing ac lobortis volutpat feugiat lobortis volutpat dolor tincidunt molestie feugiat massa volutpat dolor lobortis euismod pulvinar tincidunt id pulvinar nunc tellus feugiat lobortis eget sed. Laoreet id dolore proin at ac diam nonummy erat mi adipiscing aliquam, ante, eget dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt euismod, pulvinar. Nunc aliquet donec mi, felis tempus ante mauris lorem et, elit erat, praesent adipiscing aliquam proin at ac et at ac et felis aliquet consectetur nisi sem. Nonummy donec mi, mauris, lorem, lobortis non dolor nunc tellus, pulvinar nunc, tellus sit ut non dolor lobortis volutpat ipsum laoreet felis tempus, tincidunt ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget erat mi felis ipsum lobortis non mauris lorem nibh eget dolor tincidunt euismod pulvinar nunc volutpat feugiat nibh eget pulvinar dolore, aliquet turpis. Ut non pharetra magna diam nonummy, donec, praesent adipiscing sed tincidunt, molestie feugiat lobortis volutpat feugiat lobortis euismod pulvinar nunc aliquet, turpis ut non pharetra. Congue, praesent felis aliquam proin at aliquam proin felis ipsum massa non consectetur magna diam adipiscing aliquam proin at ac diam nonummy donec praesent nonummy. Aliquam massa mauris, lorem laoreet id ipsum congue aliquet adipiscing tempus ante mauris lorem laoreet felis ipsum ante mauris feugiat ut non pharetra tincidunt euismod. Pulvinar nunc tellus sit lobortis non congue aliquet turpis nisi, sem turpis magna diam consectetur ut ullamcorper amet dolore aliquet turpis nisi proin, at erat. Et elit donec praesent adipiscing ac et eget nunc, tellus pharetra magna ullamcorper amet nunc aliquet turpis, ut non consectetur magna et nonummy donec praesent. Turpis aliquam nibh tincidunt ullamcorper amet dolore aliquet consectetur ac et elit donec mi id feugiat ut non pharetra dolore aliquet turpis nisi tellus turpis. Nisi et nonummy donec ante mauris sed tincidunt euismod sit nisi, diam elit erat laoreet felis tempus massa mauris, ac nibh elit ac diam nonummy. Donec massa mauris, feugiat nibh mauris erat ante mauris lorem nibh volutpat, sed tincidunt euismod ipsum mi elit aliquam praesent turpis nisi aliquet turpis ut. Non consectetur donec praesent adipiscing tempus, proin at sed laoreet id tempus amet ipsum ut diam euismod consectetur pulvinar, nisi ante euismod amet tempus congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nibh mi diam aliquet at dolor dolore proin mauris amet feugiat erat nunc laoreet. Aliquet mauris, amet, aliquam nonummy donec proin at ac lobortis eget, sed laoreet id ipsum. Nunc non consectetur magna praesent felis lorem nibh volutpat sed tincidunt ullamcorper proin at magna. Et felis, feugiat lobortis non pharetra congue, diam nonummy donec praesent adipiscing ac et nonummy. Donec laoreet id feugiat lobortis molestie dolor tincidunt, euismod mi felis erat mi adipiscing aliquam. Proin mauris lorem et eget sed laoreet felis tempus proin at ac, et elit erat. Mi id consectetur donec diam adipiscing tempus ante, eget sed laoreet id ipsum laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra congue mi, felis feugiat nibh eget sed laoreet id sit magna sem consectetur magna ullamcorper amet dolore aliquet, adipiscing ac et elit erat mi felis tempus nibh. Eget dolor nunc tellus sit ut sem consectetur, congue, ullamcorper pulvinar donec aliquet turpis ut non sit congue ullamcorper nonummy dolore aliquet adipiscing nisi nunc, non pharetra congue euismod. Pulvinar dolore aliquet turpis ut non pharetra magna diam nonummy donec aliquet adipiscing aliquam, proin eget erat mi felis erat mi consectetur ac et elit sed mi adipiscing aliquam. Ante mauris lorem laoreet ullamcorper amet nisi sem consectetur magna diam nonummy dolore aliquet turpis dolore praesent adipiscing aliquam praesent at ac et eget sed laoreet, id feugiat lobortis. Volutpat dolor congue euismod pulvinar nisi sem consectetur magna et elit erat praesent ante at lorem nibh elit sed massa id feugiat ut non pharetra tincidunt euismod, ipsum massa. Id sit ut volutpat dolor lobortis volutpat dolor nunc, tellus nunc, tellus sit ut ullamcorper amet, congue aliquet turpis nisi proin at ac et elit tempus ante mauris lorem. Ante praesent adipiscing donec praesent adipiscing aliquam sem consectetur magna et felis erat praesent adipiscing aliquam proin at nisi non pharetra congue euismod pulvinar tincidunt id ipsum nunc non. Amet aliquam proin at, ac nibh id ipsum massa tellus, feugiat ut non pharetra congue euismod dolor tincidunt euismod pulvinar ut non sit congue ullamcorper, non amet, donec praesent. Adipiscing nisi, proin, consectetur ac mi elit donec, praesent adipiscing aliquam sem consectetur nisi non, consectetur, magna diam nonummy aliquam proin, at ac ac proin, elit sed mi id. Feugiat ut non, consectetur magna diam adipiscing aliquam sem, at ac et consectetur, magna diam nonummy donec praesent adipiscing nisi proin elit erat mi molestie lorem lobortis, eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ut non, pharetra congue ullamcorper nonummy donec proin at ac nibh eget, sed, laoreet molestie sit massa molestie, feugiat, lobortis volutpat dolor, tincidunt tellus tellus pharetra. Congue ullamcorper nonummy donec aliquet, turpis, nisi sem at erat mi felis ipsum massa, molestie feugiat tincidunt volutpat pulvinar dolore sem turpis magna proin at lorem nibh. Elit ac et elit ipsum, massa volutpat feugiat lobortis, volutpat pulvinar tincidunt id tempus ante adipiscing tempus ante mauris lorem nibh eget, ipsum nunc aliquet turpis nisi. Diam, elit tempus ante mauris, tempus proin at, ac, nibh eget, sed laoreet mauris lorem, ante at, lorem nibh molestie feugiat massa molestie, feugiat lobortis euismod sed. Laoreet id tempus massa tellus feugiat lobortis volutpat dolor tincidunt tellus sit nunc tellus pharetra congue non pharetra dolore tellus turpis nisi volutpat pharetra tincidunt, ullamcorper amet. Nunc aliquet turpis nisi sem pharetra congue, diam adipiscing donec praesent adipiscing aliquam proin at magna ullamcorper, felis, lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin adipiscing ac mi, molestie ipsum lobortis volutpat. Pharetra dolore praesent felis tempus nibh eget lorem laoreet eget. Erat mi adipiscing donec praesent, turpis nisi sem amet aliquam. Nibh volutpat dolor tincidunt id ipsum massa, volutpat dolor tincidunt. Euismod pulvinar tincidunt euismod pulvinar massa molestie ipsum massa eget. Sed congue mi felis tempus proin at erat, mi elit. Tempus massa molestie sit ut non dolor laoreet, eget sed. Laoreet id ipsum ante mauris lorem et elit sed mi. Mauris feugiat nibh mauris lorem nibh elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam, ante euismod pulvinar nunc tellus feugiat lobortis volutpat, feugiat lobortis volutpat. Dolor tincidunt aliquet turpis nisi non pharetra ut non pharetra congue ullamcorper, pulvinar. Ut diam nonummy erat praesent felis aliquam proin, at, erat mi felis ipsum. Nunc tellus pharetra ut non dolor tincidunt euismod ipsum massa id tempus proin. Eget dolor massa tellus sit ut non pharetra congue ullamcorper amet, nunc aliquet. Sit nisi sem nonummy donec mi id ipsum massa mauris feugiat laoreet, id. Turpis magna et elit erat mi adipiscing aliquam sem turpis nisi non pharetra. Ut ullamcorper amet donec, aliquet adipiscing, aliquam proin consectetur ac et volutpat dolor. Laoreet euismod sit nisi sem pharetra magna diam amet dolore praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue aliquet adipiscing ac, proin at erat laoreet felis tempus mi mauris lorem ante mauris lorem, nibh elit. Sed massa molestie sit lobortis mi felis erat mi adipiscing, aliquam proin consectetur magna et elit erat ante mauris. Feugiat ut volutpat dolor, laoreet id ipsum nunc tellus pharetra magna lobortis volutpat dolor lobortis euismod pulvinar nunc tellus. Turpis nisi, diam nonummy magna diam amet dolore tellus sit nisi sem at magna diam nonummy, erat aliquet amet. Magna et felis tempus massa tellus sit congue euismod dolor tincidunt tellus, sit ut, non pharetra magna ullamcorper amet. Donec praesent at, nisi diam nonummy donec mi felis aliquam sem consectetur nisi sem pharetra magna diam nonummy donec. Praesent adipiscing aliquam proin at ac et, elit erat praesent felis tempus amet donec praesent, adipiscing aliquam proin nonummy. Donec mi adipiscing aliquam proin at ac et elit erat laoreet molestie feugiat lobortis volutpat consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit aliquam et eget sed massa tellus sit ut non dolor congue, euismod, pulvinar pulvinar. Nisi diam elit erat praesent adipiscing tempus ante mauris ac et at, ac praesent felis. Tempus massa volutpat pharetra tincidunt pharetra congue, euismod pulvinar, ante mauris, lorem nibh eget erat. Mi felis ipsum ante mauris, ac proin consectetur ac, et elit erat praesent, adipiscing aliquam. Praesent adipiscing magna sem dolore aliquet turpis dolore aliquet consectetur congue non dolor lobortis volutpat. Dolor nunc tellus sit ut non pharetra tincidunt euismod pulvinar tincidunt euismod ipsum lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit donec mi felis tempus ante sit lobortis non dolor nibh. Felis ipsum ante, at aliquam aliquet sit lobortis volutpat dolor lobortis eget ac. Et nonummy, magna diam amet nunc euismod ipsum mi adipiscing donec aliquet pulvinar. Massa mauris ac proin consectetur magna non dolor nibh, elit ac diam consectetur. Tincidunt volutpat sed et elit donec ullamcorper pulvinar tincidunt id erat, massa mauris. Aliquam et eget erat, et amet, donec aliquet amet, nunc aliquet sit, ut. Non, pharetra tincidunt, eget sed nibh elit donec diam sit nunc tellus ipsum. Ante mauris, ac, proin, consectetur nisi non amet tincidunt volutpat sed mi elit. Erat praesent nonummy dolore, tellus pulvinar laoreet felis donec, ullamcorper pharetra laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa mauris lorem nibh id ipsum laoreet elit erat, nunc sem consectetur. Magna et elit donec diam nonummy congue euismod sit nunc molestie feugiat lobortis mauris. Feugiat, lobortis volutpat sed laoreet, id ipsum massa amet dolore praesent sit ut non. Pharetra donec, diam nonummy donec praesent adipiscing aliquam sem consectetur congue non pharetra tincidunt. Euismod dolor tincidunt id ipsum nibh volutpat dolor laoreet eget, sed laoreet adipiscing, aliquam. Proin mauris aliquam proin at erat mi felis erat mi, adipiscing nisi sem at. Donec praesent adipiscing, aliquam ante mauris, lorem nibh eget sed laoreet id tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis aliquam laoreet id tempus mi adipiscing aliquam praesent turpis ut tellus sit. Congue ullamcorper, nonummy dolore aliquet adipiscing aliquam aliquet turpis ut volutpat pharetra tincidunt tellus. Sit, ut tellus feugiat ante mauris lorem et nonummy erat mi adipiscing donec aliquet. Turpis nisi tellus sit ut volutpat feugiat nibh, nibh id sit congue diam felis. Tempus massa mauris, feugiat nibh eget dolor tincidunt id, ipsum massa molestie feugiat nibh. Eget, dolor nunc, euismod sit nunc tellus sit id ipsum lobortis molestie feugiat lobortis. Euismod turpis dolore aliquet, turpis magna diam consectetur magna praesent nonummy aliquam proin consectetur. Ac et elit at erat mi elit tempus massa molestie feugiat, nibh eget erat. Et felis tempus, ante, molestie dolor lobortis, volutpat dolor tincidunt, euismod sit ut tellus. Pharetra, dolor tincidunt ullamcorper amet dolore tellus sit lobortis volutpat dolor tincidunt volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod sit ut non pharetra magna, et nonummy donec aliquet, adipiscing ac et elit sed laoreet id pulvinar nunc, molestie. Feugiat, ut ullamcorper amet dolore, aliquet turpis, dolore aliquet pharetra ut ullamcorper nonummy donec, aliquet, adipiscing tempus sem, turpis magna diam. Elit erat mi non amet, congue ullamcorper pulvinar massa molestie ipsum ante mauris lorem et eget dolor tincidunt euismod feugiat lobortis. Volutpat consectetur donec praesent nonummy donec praesent turpis nisi praesent felis ipsum massa volutpat dolor lobortis volutpat sed massa id ipsum. Massa molestie feugiat nibh eget, dolor tincidunt euismod pulvinar nunc tellus pharetra dolore praesent turpis nisi sem consectetur congue non dolor. Tincidunt euismod pulvinar tincidunt euismod, pulvinar nunc tellus dolor tincidunt euismod pulvinar tincidunt euismod ipsum laoreet id non pharetra magna diam. Nonummy erat mi felis lorem ante, elit erat et elit erat praesent adipiscing aliquam, ante mauris sed et nonummy magna diam. Nonummy pharetra donec ante mauris lorem nibh elit erat, mi, id ipsum ante mauris feugiat, ut, euismod pulvinar, nunc tellus turpis. Ipsum, ut ullamcorper pharetra tincidunt euismod pulvinar nunc molestie feugiat lobortis non pharetra magna diam amet dolore aliquet turpis nisi sem. Consectetur magna diam amet dolore erat laoreet id ipsum massa molestie feugiat lobortis volutpat pulvinar nisi sem consectetur magna et, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat pharetra tincidunt euismod amet, dolore aliquet turpis. Magna, diam nonummy donec praesent adipiscing aliquam proin mauris, ac. Nunc sem consectetur, ac et elit donec praesent adipiscing aliquam. Proin, at ac mi felis, tempus ante mauris feugiat tincidunt. Euismod amet dolore aliquet sit ante mauris lorem nibh volutpat. Pulvinar dolore aliquet, sit magna diam, nonummy donec mi felis. Tempus ante, mauris, lorem nibh eget sed massa id ipsum. Lobortis volutpat mi felis tempus ante mauris, lorem lobortis euismod. Pulvinar nunc tellus, adipiscing lorem, nibh eget pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac nibh eget dolor, tincidunt euismod pulvinar. Ut non pharetra congue praesent nonummy donec praesent. Adipiscing ac et elit ante, molestie feugiat tincidunt. Euismod pulvinar, nunc, tellus sit lobortis volutpat dolor. Congue diam nonummy donec proin at lorem nibh. Eget ipsum laoreet volutpat dolor tincidunt euismod dolor. Laoreet molestie sit nisi sem pharetra, magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et elit erat aliquam massa volutpat pharetra congue ullamcorper, pulvinar, dolore, sem turpis nisi sem pharetra congue, ullamcorper, amet donec sem at lorem et. Elit sed laoreet congue ullamcorper amet dolore aliquet turpis nisi non pharetra, congue praesent adipiscing aliquam proin at magna diam consectetur magna praesent adipiscing donec proin. At aliquam id sit ut sem amet dolore praesent adipiscing tempus, ante eget, sed laoreet id ipsum nunc, tellus sit ut, volutpat sed tincidunt euismod pulvinar. Erat laoreet felis tempus ante felis lorem nibh volutpat pulvinar nunc tellus sit nisi sem consectetur magna diam adipiscing aliquam proin at ac et elit ac. Diam aliquam ante mauris sed laoreet felis tempus mi felis tempus ante mauris lorem nibh id pulvinar, massa non, pharetra magna et elit erat praesent felis. Tempus tincidunt euismod pulvinar nunc, non pharetra ut non pulvinar nunc aliquet adipiscing aliquam sem, consectetur ac et nonummy donec praesent adipiscing aliquam proin at ac. Et felis, feugiat congue praesent adipiscing donec proin, adipiscing ac et elit sed laoreet id feugiat lobortis volutpat pharetra dolore, ullamcorper turpis amet nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac volutpat feugiat, lobortis euismod dolor nunc tellus. Non pharetra congue euismod amet nunc, tellus sit nunc. Tellus sit ut non pharetra laoreet id sed laoreet. Id tempus massa mauris feugiat nibh sed laoreet id. Sit ut, non pharetra congue ullamcorper amet congue euismod. Pulvinar nunc molestie ipsum massa mauris lorem et at. Magna diam consectetur donec praesent amet dolore tellus sit. Aliquam proin at, congue diam nonummy dolore aliquet turpis. Nisi sem consectetur, magna diam consectetur congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur congue diam nonummy donec proin adipiscing, aliquam proin at, ac et elit, dolor tincidunt volutpat dolor nunc, tellus sit nunc tellus sit ut non dolor. Congue ullamcorper turpis nisi, tellus sit congue ullamcorper, amet dolore aliquet sit nisi non consectetur congue diam amet dolore tellus pulvinar mi felis aliquam praesent, adipiscing nisi non feugiat. Lobortis volutpat dolor lobortis eget sed laoreet, felis tempus nibh eget, lorem laoreet eget ipsum laoreet id feugiat lobortis eget dolor laoreet id erat mi, felis, tempus mi at. Aliquam et elit tempus ante mauris tempus proin at magna non consectetur, congue diam amet congue id sed mi, felis, tempus massa mauris, lorem et at erat mi felis. Tempus dolore, tellus sit ut tellus feugiat, nibh eget dolor laoreet eget erat diam nonummy, donec praesent turpis dolore tellus sit ut molestie feugiat nibh, elit erat sit ut. Ullamcorper nonummy dolore tellus, pulvinar nunc tellus sit lobortis molestie feugiat nibh elit ac et elit erat aliquet amet nibh eget, tempus mi felis aliquam praesent adipiscing aliquam sem. Consectetur ac et nonummy donec aliquet amet dolore tellus sit ut volutpat, feugiat lobortis eget lorem mi tincidunt tellus pulvinar nunc molestie, ipsum, lobortis eget, dolor laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut aliquet turpis aliquam aliquet consectetur nisi sem, consectetur donec. Praesent nonummy, donec praesent adipiscing aliquam sem consectetur congue non. Dolor tincidunt euismod, pulvinar dolore non, pharetra congue euismod dolor. Tincidunt, id ipsum ante felis aliquam ante adipiscing ac proin. At erat mi elit donec praesent turpis dolore aliquet turpis. Congue, diam adipiscing nisi sem consectetur nisi sem pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sed mi felis aliquam proin at aliquam tincidunt euismod ipsum. Massa volutpat feugiat nibh eget, lorem nibh elit erat, praesent adipiscing. Aliquam proin mauris ac et at magna, ullamcorper nonummy sem eget. Lorem, nibh eget sed, mi adipiscing donec, aliquet turpis ut, molestie. Feugiat lobortis molestie, ac, et at ac et amet congue euismod. Tellus dolor lobortis mauris magna non sit lobortis eget ac, proin. Consectetur congue non dolor nibh at magna non, pharetra congue euismod. Pulvinar nunc euismod, ipsum ut tellus feugiat nibh mauris ac, et. Nonummy magna diam pharetra congue id sed et nonummy dolore ullamcorper. Pulvinar massa felis erat praesent tellus pulvinar massa mauris aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, ut non feugiat et consectetur magna ullamcorper. Pharetra tincidunt tellus sit massa felis donec aliquet. Sit nunc molestie lorem ante at ac sem. Pharetra lobortis mauris ac et consectetur, congue non. Dolor, nibh elit erat praesent adipiscing dolore tellus. Sit nunc molestie tempus proin adipiscing ut tellus. Ipsum nibh at ac proin pharetra ut molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper amet nunc euismod ipsum ante adipiscing donec aliquet sit ut molestie lorem proin, turpis. Ut tellus feugiat massa eget erat et nonummy dolore euismod dolor laoreet, felis erat praesent amet. Dolore tellus, pulvinar massa, molestie tempus proin turpis nunc molestie tempus, proin turpis tempus proin at. Aliquam proin consectetur nisi volutpat lorem nibh mauris ac diam consectetur congue diam pulvinar tincidunt id. Sed mi adipiscing donec tellus ipsum massa lobortis volutpat sed mi elit donec praesent turpis dolore. Tellus pulvinar, consectetur erat mi felis ipsum proin at ac nibh eget erat laoreet proin mauris. Sed tincidunt, euismod sit nisi non consectetur magna diam adipiscing, aliquam ante at lorem nibh eget. Sed laoreet euismod turpis nisi sem consectetur magna praesent eget, dolor dolore aliquet turpis aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur ac mi felis ipsum massa ullamcorper adipiscing tempus ante, mauris sed nibh id. Ipsum massa tellus sit ut non feugiat lobortis volutpat ipsum massa molestie sit nisi non. Pharetra, tincidunt tellus turpis nisi, sem, consectetur magna diam nonummy donec, praesent adipiscing aliquam sem. At magna diam elit donec aliquet adipiscing aliquam proin at, ac sem felis lorem lobortis. Non amet donec aliquet adipiscing nisi sem consectetur erat mi felis tempus mi felis aliquam. Proin at, erat et felis ipsum ut ullamcorper amet donec proin adipiscing ac et at. Ac et, felis ipsum lobortis volutpat dolor tincidunt, euismod amet dolore tellus sit nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum nunc tellus sit ut ullamcorper nonummy donec praesent turpis aliquam proin at ac et, elit volutpat pulvinar nunc euismod pulvinar nisi non consectetur magna diam adipiscing. Aliquam ante molestie lorem et elit sed laoreet, id, tempus mi felis aliquam erat laoreet felis lorem lobortis eget dolor, tincidunt ullamcorper pulvinar dolore aliquet turpis, nisi ullamcorper. Nonummy erat praesent felis tempus, nibh eget dolor laoreet, eget tempus mi eget dolor congue euismod ipsum laoreet molestie ipsum massa molestie feugiat lobortis volutpat dolor laoreet euismod. Sit, ut sem consectetur magna ullamcorper nonummy aliquam proin at donec diam amet, donec praesent turpis nisi, aliquet consectetur nisi, sem consectetur congue euismod dolor tincidunt id tempus. Ante molestie, feugiat lobortis eget sed nunc non pharetra, congue ullamcorper pharetra dolore ullamcorper pulvinar, nunc tellus feugiat lobortis, volutpat dolor tincidunt euismod pulvinar nunc tellus pulvinar nunc. Molestie, sit ut, volutpat dolor dolore aliquet at ac et elit erat ante mauris lorem ante mauris lorem et elit erat ante mauris, lorem lobortis ullamcorper sit nunc. Molestie, pharetra magna ullamcorper, amet dolore ullamcorper adipiscing tempus nibh, eget sed laoreet, id, ipsum massa molestie lorem, nibh mauris lorem et elit, dolor, tincidunt, euismod amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id feugiat ut volutpat pharetra ante molestie feugiat nibh volutpat dolor tincidunt id ipsum laoreet felis aliquam, proin mauris ac nibh. Eget sed laoreet id ipsum massa molestie feugiat tincidunt at ac, nibh eget ipsum massa, molestie feugiat, lobortis volutpat pharetra congue ullamcorper. Amet, nisi proin consectetur magna diam nonummy magna ullamcorper amet dolore aliquet elit erat diam amet donec, proin mauris lorem lobortis volutpat. Dolor nunc aliquet turpis nisi sem nonummy, donec praesent adipiscing aliquam proin, mauris pulvinar ut tellus feugiat massa, mauris feugiat, tincidunt euismod. Pulvinar dolore tellus turpis, ut volutpat feugiat lobortis, volutpat dolor nunc euismod pulvinar massa molestie feugiat, ut, non mauris sed tincidunt ullamcorper. Turpis nisi, proin at ac, diam nonummy donec praesent turpis dolore sem consectetur, magna diam nonummy magna diam, nonummy, dolore aliquet adipiscing. Aliquam mi, id ipsum ante mauris ac et eget sed laoreet euismod pulvinar nunc tellus sit ut ullamcorper nonummy aliquam ante aliquet. Adipiscing ac, et eget erat mi elit erat mi mauris lorem, ante, mauris lorem nibh, felis ipsum nunc tellus sit, ut volutpat. Sed tincidunt euismod pulvinar pharetra congue diam nonummy donec praesent felis, feugiat tincidunt, euismod pulvinar, dolore sem consectetur ac nibh eget sed. Massa molestie sit lobortis non amet congue ullamcorper id ipsum lobortis volutpat feugiat tincidunt ullamcorper amet dolore praesent turpis, ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna et felis tempus ante mauris feugiat nibh eget dolor laoreet euismod ipsum massa. Tellus pharetra, magna diam nonummy aliquam erat praesent adipiscing aliquam sem consectetur magna diam consectetur. Donec mi felis tempus proin adipiscing aliquam et elit erat laoreet felis aliquam ante molestie. Feugiat nisi sem at, ac, et felis ipsum massa molestie feugiat nibh volutpat dolor tincidunt. Euismod, sit aliquam proin at magna diam pharetra tincidunt euismod pulvinar nunc molestie id ipsum. Massa tellus dolor lobortis volutpat amet dolore praesent adipiscing, aliquam proin at magna diam nonummy. Aliquam proin at aliquam proin consectetur lorem nibh eget erat mi felis erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet id ipsum, nunc tellus, lobortis, volutpat, feugiat, tincidunt euismod pulvinar tincidunt euismod pulvinar. Nunc tellus pharetra, ut ullamcorper nonummy donec praesent turpis nisi non pharetra ut non pharetra. Congue nisi sem nonummy donec praesent felis lorem ante mauris lorem laoreet id ipsum massa. Molestie feugiat ut volutpat dolor tincidunt euismod ipsum massa, molestie feugiat, tincidunt ullamcorper amet dolore. Tellus consectetur magna diam, elit erat massa id ipsum proin, at lorem tincidunt euismod ipsum. Massa molestie ipsum massa eget dolor tincidunt euismod pulvinar nunc tellus sit ut non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris lorem lobortis volutpat, ullamcorper turpis nisi, sem consectetur ac diam nonummy donec diam nonummy, donec praesent. Adipiscing ac et elit erat, et adipiscing donec aliquet adipiscing aliquam proin id tempus, ante molestie dolor lobortis. Volutpat dolor nunc id ipsum laoreet molestie feugiat lobortis, volutpat pharetra dolore ullamcorper pulvinar nunc tellus feugiat massa. Volutpat amet dolore sem consectetur ac diam consectetur congue volutpat dolor tincidunt id ipsum laoreet molestie feugiat ut. Ullamcorper amet dolore praesent adipiscing aliquam lobortis volutpat dolor, lobortis euismod dolor tincidunt euismod pulvinar nunc molestie lorem. Nibh, volutpat sed laoreet id erat mi adipiscing aliquam praesent at ac et at tempus nibh eget lorem. Nibh eget sed mi, felis aliquam proin adipiscing, aliquam et elit erat et felis, tempus mi felis, aliquam. Sem, elit sed laoreet elit adipiscing ac nibh elit donec praesent adipiscing aliquam praesent adipiscing ac nibh elit. Sed massa molestie feugiat lobortis non nonummy aliquam proin consectetur magna sem sit magna ullamcorper amet dolore aliquet. Amet dolore non pharetra magna diam nonummy donec praesent felis tempus ante at ac diam nonummy aliquam, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis ut sem consectetur magna diam nonummy dolore mi aliquet adipiscing aliquam proin consectetur magna et elit sed massa tellus pharetra ut non pharetra congue euismod pulvinar. Dolore sem consectetur magna diam nonummy donec, ante eget, dolor tincidunt euismod pulvinar nunc tellus sit ut non pharetra magna et felis ipsum massa molestie lorem ante elit. Ac, et elit tempus sed laoreet eget sed laoreet, molestie sit ut volutpat dolor, tincidunt euismod dolor nunc tellus feugiat lobortis molestie feugiat lobortis, volutpat, pulvinar nunc aliquam. Proin at, lorem nibh elit ac mi felis, tempus ante mauris lorem nibh eget erat et elit donec praesent adipiscing, aliquam ante eget sed laoreet id pharetra magna. Ullamcorper amet, donec praesent turpis nisi sem consectetur magna diam nonummy donec aliquet turpis nisi, tellus turpis magna et nonummy donec praesent adipiscing aliquam proin at, ac et. Elit feugiat lobortis volutpat dolor dolore ullamcorper pulvinar nunc, tellus sit nunc tellus pharetra congue ullamcorper, adipiscing, sed, tincidunt, euismod pulvinar massa molestie sit lobortis volutpat dolor lobortis. Volutpat pulvinar tincidunt euismod pulvinar massa molestie lorem, nibh eget sed laoreet id, ipsum massa volutpat, sed laoreet eget erat mi elit erat aliquet amet dolore aliquet turpis. Ut sem consectetur donec mi felis tempus ante at ac et nonummy magna, ullamcorper id pulvinar dolore sem turpis magna, ullamcorper nonummy donec aliquet adipiscing aliquam sem consectetur. Magna et eget donec praesent, adipiscing tempus proin at ac et, eget feugiat lobortis volutpat dolor nunc aliquet turpis magna diam, nonummy erat, mi felis tempus ante at. Ac nibh eget sed laoreet id ipsum ante mauris ac nibh turpis magna diam nonummy donec praesent nonummy aliquam proin at ac proin elit donec praesent adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc tellus sit ut non sit congue diam adipiscing tempus. Lobortis volutpat dolor laoreet id id ipsum nunc molestie sit lobortis volutpat, dolor. Tincidunt ullamcorper pulvinar nunc tellus sit ut non consectetur magna, praesent nonummy dolore. Praesent, adipiscing amet dolore tellus sit nisi sem consectetur magna aliquet turpis, dolore. Aliquet consectetur ac sem consectetur congue diam nonummy aliquam proin mauris lorem et. Elit erat laoreet lobortis volutpat consectetur donec ante felis tempus ante mauris, lorem. Nibh id sed laoreet id ipsum massa mauris lorem et elit, sed, laoreet. Volutpat pharetra magna diam nonummy dolore aliquet turpis nisi non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, nunc non consectetur amet dolore aliquet turpis aliquam sem consectetur, magna. Et, elit erat ante mauris feugiat ut ullamcorper amet donec praesent at. Lorem nibh elit molestie dolor congue ullamcorper amet nunc tellus pulvinar ut. Non pharetra ut volutpat pulvinar nunc id ipsum laoreet id ipsum, lobortis. Non pharetra congue ullamcorper diam nonummy donec, praesent felis tempus ante mauris. Ac nibh id sed laoreet id ipsum massa volutpat dolor tincidunt id. Pulvinar dolore aliquet consectetur magna diam, felis feugiat lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, consectetur donec praesent adipiscing tempus praesent adipiscing pulvinar dolore sem at ac diam nonummy erat mi mauris, tempus nibh. Eget dolor laoreet euismod pulvinar massa molestie feugiat, lobortis volutpat pharetra congue, ullamcorper volutpat dolor nunc tellus, sit nisi sem. Pharetra magna praesent adipiscing, donec, praesent adipiscing, nisi proin, at ac diam amet dolore ullamcorper amet nisi, aliquet nonummy donec. Mi mauris, tempus ante mauris ac et nonummy magna ullamcorper, pharetra dolore aliquet adipiscing nisi proin consectetur ac diam nonummy. Donec proin at magna, diam nonummy donec praesent adipiscing aliquam proin at ac et, nonummy, magna, diam nonummy donec aliquet. Pulvinar dolore tellus sit lobortis volutpat feugiat tincidunt laoreet euismod ipsum massa mauris lorem ante eget sed tincidunt id, sed. Laoreet id, tempus massa mauris feugiat nibh, eget ac et elit donec praesent adipiscing sem volutpat dolor laoreet, euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non amet dolore aliquet turpis nisi, proin aliquet amet dolore proin at lorem. Nibh eget sed massa, molestie feugiat nibh volutpat dolor laoreet, id sed laoreet molestie. Ipsum massa molestie lorem et felis tempus ante molestie feugiat nibh, mauris lorem nibh. Id sit aliquam proin elit ac et nonummy, aliquam proin mauris lorem et eget. Pulvinar nunc sem, consectetur erat mi felis aliquam proin mauris ac et elit erat. Mi id ipsum massa molestie feugiat tincidunt euismod dolor tincidunt euismod feugiat, donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac nibh eget sed laoreet molestie ipsum massa, mauris lorem nibh eget volutpat pulvinar, nunc aliquet consectetur magna sem consectetur magna ullamcorper amet dolore aliquet turpis nisi tellus sit. Lobortis non dolor tincidunt euismod sed, laoreet id tempus congue ullamcorper amet dolore aliquet turpis magna, sem consectetur congue diam nonummy dolore aliquet adipiscing aliquam sem consectetur congue ullamcorper nonummy. Donec, ante mauris feugiat ac mi id ipsum ante mauris lorem nibh eget sed tincidunt euismod pulvinar massa molestie, feugiat massa mauris lorem et elit erat mi magna ullamcorper amet. Donec proin eget lorem et elit erat praesent adipiscing tempus ante at lorem nibh eget sed laoreet id, feugiat ut non consectetur, congue dolor nunc tellus pulvinar nunc tellus pharetra. Ut ullamcorper pharetra congue ullamcorper ipsum laoreet felis tempus ante felis tempus ante elit dolor tincidunt id, ipsum nunc tellus amet donec praesent turpis ac nibh elit erat, mi elit. Erat ante mauris ac et at ac et felis ipsum magna ullamcorper amet dolore tellus sit ut non pharetra congue non amet dolore praesent adipiscing ac nibh, eget dolor, laoreet. Euismod sit nisi sem consectetur magna, diam eget sed laoreet id sed mi molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis ut sem nonummy magna diam amet. Nunc tellus sit nunc volutpat pharetra, dolore ullamcorper amet dolore tellus feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt tellus turpis nisi non consectetur congue ullamcorper pulvinar dolore, tellus turpis. Nisi diam, elit tempus ante mauris, feugiat nibh volutpat dolor laoreet id sit ut non pharetra magna ullamcorper amet aliquam proin at ac proin at ac, praesent nonummy sed laoreet. Id ipsum massa, molestie feugiat ante elit erat laoreet id pulvinar nunc non pharetra, congue ullamcorper amet, congue tellus sit, ut non sit ut dolor tincidunt volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar diam, felis aliquam ante molestie feugiat nibh eget, ipsum nunc tellus turpis nisi diam nonummy magna ullamcorper, nonummy nisi proin consectetur magna, diam nonummy. Ipsum massa, mauris ac et at erat, et elit tempus mi felis lorem, ante at ac et id tempus ante mauris feugiat lobortis volutpat sed massa. Molestie, sit congue diam elit ipsum massa mauris, lorem nibh eget ac mi elit erat praesent, nonummy donec praesent at magna diam consectetur magna diam adipiscing. Aliquam proin eget sed, mi felis ipsum massa molestie feugiat lobortis volutpat sed laoreet id pulvinar massa molestie tempus nibh eget ac et, at molestie feugiat. Massa non pharetra congue ullamcorper turpis nisi sem consectetur, magna, diam nonummy magna, praesent adipiscing tempus ante at lorem nibh eget sed laoreet, id pharetra dolore. Aliquet adipiscing aliquam proin at magna sem nonummy donec diam nonummy nunc aliquet, turpis, ut sem consectetur, magna et elit erat ante mauris, lorem nibh euismod. Pulvinar, dolore aliquet consectetur ac nibh id pulvinar, nunc tellus sit lobortis non dolor lobortis volutpat dolor tincidunt mi, felis tempus nibh mauris sed, nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi elit tempus praesent adipiscing tempus ante mauris sed tincidunt tellus, sit nisi sem at erat et, nonummy donec praesent at ac congue, ullamcorper, amet. Dolore, aliquet consectetur erat mi felis, lorem, ante eget, lorem et elit erat laoreet felis, tempus massa mauris ac et eget, erat laoreet felis tempus ante mauris. Lorem laoreet id ipsum massa, non sit ut ullamcorper amet dolore aliquet turpis nisi sem consectetur ac diam nonummy donec praesent adipiscing tempus ante at ac nibh. Eget feugiat ut non, pharetra congue ullamcorper pulvinar dolore tellus sit congue ullamcorper nonummy donec, mi felis aliquam proin at, magna diam elit donec proin mauris lorem. Et elit sed laoreet felis tempus proin adipiscing aliquam proin consectetur ac diam elit erat ante mauris feugiat lobortis ullamcorper pulvinar dolore tellus pulvinar donec diam pharetra. Tincidunt id pulvinar massa id, feugiat ante mauris feugiat lobortis volutpat sed laoreet felis erat ante molestie feugiat ut non pulvinar dolore praesent turpis ante mauris feugiat. Lobortis volutpat ipsum massa molestie, feugiat nisi non pharetra congue, ullamcorper nonummy dolore aliquet turpis nisi ipsum massa molestie lorem et eget sed massa id ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing nunc aliquet adipiscing ac et eget sed massa id ipsum massa volutpat dolor tincidunt ullamcorper pulvinar dolore tellus turpis magna diam nonummy magna diam at lorem. Laoreet euismod, pulvinar, massa tellus pharetra ut non pharetra congue ullamcorper amet nisi sem turpis ut non pharetra magna ullamcorper, pulvinar dolore aliquet nonummy erat laoreet felis tempus. Ante molestie feugiat laoreet eget erat et, id ipsum massa molestie feugiat lobortis, eget lorem, laoreet id tempus ante mauris lorem congue, aliquet turpis nisi sem elit erat. Laoreet molestie feugiat massa molestie feugiat lobortis euismod dolor, laoreet id pulvinar nunc molestie, sit ut, non pulvinar nunc tellus feugiat massa non amet congue ullamcorper, pulvinar dolore. Aliquet turpis, magna diam elit erat ante felis aliquam praesent at, ac nibh eget ipsum massa nisi sem at erat mi id tempus, mi felis tempus nibh mauris. Lorem laoreet id ipsum nunc molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar, nunc non molestie dolor lobortis volutpat dolor tincidunt tellus sit ut, non consectetur magna diam. Nonummy aliquam proin, at ac et pulvinar, dolore aliquet turpis nisi, non pharetra dolore aliquet amet dolore aliquet turpis nisi non pharetra congue ullamcorper amet tincidunt euismod sit. Ut non consectetur magna ullamcorper ac et elit dolor tincidunt id ipsum ut non consectetur, magna ullamcorper, amet dolore aliquet sit nisi sem pharetra congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod feugiat lobortis volutpat pharetra magna diam nonummy donec praesent at aliquam nunc non consectetur ac. Et elit tempus ante, mauris dolor tincidunt euismod pulvinar nunc aliquet turpis magna, diam, consectetur magna, ullamcorper. Amet donec proin eget ipsum massa molestie feugiat, ut non pharetra, congue ullamcorper amet dolore sem consectetur. Magna, et elit, donec mi adipiscing, aliquam ante mauris ac et at erat massa, non amet dolore. Aliquet adipiscing tempus ante elit erat mi felis, tempus nunc mauris feugiat nibh eget dolor laoreet id. Pulvinar, nunc nisi sem elit erat mi elit donec mi adipiscing tempus nibh volutpat dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec dolore ullamcorper amet nisi sem consectetur, magna et elit erat mi mauris lorem nibh at ac laoreet felis. Tempus massa molestie lorem nibh nisi sem consectetur, magna et nonummy erat ante felis tempus ante elit ac et elit. Erat, ante mauris feugiat ut non pharetra tincidunt euismod ipsum molestie dolor tincidunt euismod pulvinar massa id ipsum ante mauris. Feugiat, tincidunt ullamcorper pulvinar nunc praesent, adipiscing magna diam nonummy erat praesent, felis tempus massa molestie lorem massa tellus feugiat. Lobortis non dolor congue volutpat pulvinar dolore tellus pulvinar nunc tellus, sit congue ullamcorper amet dolore aliquet turpis nisi sem. Nonummy tempus ante mauris lorem lobortis eget erat mi felis ipsum massa mauris feugiat nibh, mauris lorem nibh eget sed. Laoreet id ipsum massa molestie lorem lobortis dolore sem at ac diam consectetur donec praesent felis aliquam praesent adipiscing aliquam. Proin elit erat mi felis, tempus, ante mauris feugiat lobortis, volutpat sed tincidunt euismod lobortis euismod amet donec, proin adipiscing. Aliquam proin at erat mi id tempus massa mauris lorem lobortis euismod pulvinar dolore et felis ipsum ante, mauris, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore tellus turpis aliquam proin at amet dolore praesent. Adipiscing tempus nibh elit erat mi id ipsum massa. Molestie feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar nunc. Non pharetra congue, feugiat tincidunt euismod, amet dolore aliquet. Consectetur lorem nibh euismod pulvinar nunc tellus sit ut. Non pharetra dolore ullamcorper amet dolore, sem consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor nunc aliquet sit, ut sem pharetra magna ullamcorper amet donec praesent turpis aliquam proin at ac lobortis. Non pharetra, dolore aliquet adipiscing aliquam ante eget sed laoreet id ipsum massa tellus sit congue non amet congue. Aliquet, adipiscing ac proin felis erat mi mauris feugiat lobortis eget sed laoreet eget ipsum massa mauris tempus ante. Eget dolor congue euismod ipsum massa tellus sit, congue ullamcorper pharetra congue aliquet turpis nisi non pharetra congue ullamcorper. Amet donec proin adipiscing aliquam proin at magna ullamcorper amet donec praesent adipiscing aliquam proin elit euismod amet dolore. Aliquet at ac diam, elit erat mi felis lorem nibh at lorem laoreet eget sed massa id ipsum lobortis. Volutpat pharetra dolore mi turpis nisi diam consectetur donec diam, nonummy dolore aliquet sit ut non pharetra congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis at sed mi id pulvinar nunc volutpat dolor, nibh euismod pulvinar nunc praesent turpis nisi proin at donec praesent, adipiscing tempus ante mauris lorem eget dolor tincidunt euismod. Pulvinar nisi sem nonummy donec mi adipiscing tempus proin, mauris lorem nibh eget erat et felis tempus ante at lorem nibh sit ut, non nonummy donec praesent adipiscing tempus. Proin adipiscing ac nibh eget sed mi felis, tempus, ante mauris lorem nibh eget erat laoreet id ipsum massa volutpat pulvinar nunc aliquet at dolor congue euismod pulvinar nunc. Non pharetra magna mi id feugiat nisi sem pharetra congue aliquet turpis dolore sem nonummy donec mi adipiscing aliquam proin at lorem, nibh eget ipsum, massa molestie feugiat massa. Molestie feugiat nibh volutpat sed tincidunt tellus pulvinar ut non sit id ipsum nunc tellus pharetra, ut non pharetra congue ullamcorper turpis dolore aliquet sit nisi sem nonummy donec. Mi mauris lorem, lobortis volutpat dolor, tincidunt euismod ipsum lobortis non amet donec aliquet adipiscing, aliquam nibh volutpat sed tincidunt euismod turpis nisi non pharetra congue diam nonummy donec. Diam eget sed, massa molestie ipsum ante mauris feugiat, lobortis eget sed laoreet id feugiat, ut non dolor lobortis volutpat dolor laoreet euismod, pulvinar massa molestie sit aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut ullamcorper nonummy erat. Praesent adipiscing proin mauris lorem, nibh. Eget ipsum nunc molestie sit ut. Non amet donec, praesent adipiscing nisi. Proin at ac et consectetur magna. Aliquet adipiscing tempus aliquet turpis nisi. Sem nonummy donec mi felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat, amet dolore aliquet turpis nisi sem mauris feugiat lobortis euismod pulvinar nunc tellus turpis nisi, proin at erat laoreet id ipsum ante mauris lorem nibh. Eget dolor laoreet euismod pulvinar ut diam adipiscing aliquam praesent at, lorem nibh eget erat mi adipiscing aliquam, praesent turpis nisi aliquet consectetur magna et elit erat. Praesent, mauris lorem nibh ut volutpat pharetra nunc tellus sit ut tellus, feugiat lobortis volutpat pharetra, dolore ullamcorper amet nunc tellus feugiat, ut non pharetra congue ullamcorper. Turpis nisi sem nonummy magna diam adipiscing aliquam proin at ac et elit sed mi felis erat mi felis tempus ante, mauris sed tincidunt id, pulvinar massa. Mi aliquet turpis magna diam, nonummy magna aliquet amet dolore tellus turpis magna sem nonummy donec praesent adipiscing tempus nibh eget sed laoreet id pulvinar massa molestie. Mauris feugiat tincidunt euismod dolor tincidunt euismod sit ut non consectetur, magna praesent adipiscing aliquam proin at sed tincidunt euismod dolore praesent felis tempus ante consectetur magna. Et, felis ipsum massa molestie feugiat lobortis non pharetra, dolore aliquet turpis nisi sem, consectetur magna diam amet dolore ullamcorper mauris erat mi felis tempus praesent felis. Tempus nibh volutpat sed tincidunt euismod pulvinar nunc tellus sit congue diam, nonummy donec, praesent turpis aliquam proin at ac ante felis lorem ante volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin adipiscing lorem nonummy, sit nisi sem nonummy donec praesent felis tempus ante, mauris lorem. Nibh elit sed mi felis ipsum massa mauris lorem nibh elit ac diam ante mauris feugiat. Tincidunt ullamcorper nonummy donec proin at lorem et elit donec laoreet id feugiat lobortis volutpat dolor. Congue aliquet turpis aliquam proin at erat mi mauris lorem lobortis eget sed tincidunt euismod pulvinar. Ut non pharetra congue diam, amet donec aliquet adipiscing aliquam proin at erat et felis tempus. Mi volutpat pulvinar, nunc proin at, ac, et at ac et adipiscing aliquam proin mauris ac. Et elit ac mi id ipsum massa molestie molestie, lorem nibh eget lorem laoreet, id pulvinar. Ut proin, at erat mi felis tempus ante molestie feugiat nibh eget sed tincidunt aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet euismod pulvinar nunc, non consectetur magna ullamcorper nonummy erat proin at aliquam et at. Tincidunt aliquet sit nisi sem nonummy donec praesent nonummy aliquam proin at ac et at erat. Et felis tempus ante mauris lorem nibh volutpat dolor tincidunt eget sed mi id sit ut. Non, nonummy donec praesent adipiscing aliquam proin consectetur magna diam nonummy donec praesent turpis nisi sem. Consectetur, ac et donec praesent adipiscing aliquam sem pharetra congue ullamcorper pharetra, dolore aliquet adipiscing aliquam. Proin at ac diam elit donec praesent nonummy donec proin nonummy, donec praesent, adipiscing tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam et at erat mi id ipsum massa diam nonummy donec aliquet turpis nisi non elit, sed massa molestie ipsum lobortis molestie feugiat lobortis, volutpat dolor. Tincidunt tellus feugiat ut non pharetra tincidunt praesent adipiscing aliquam et elit sed massa id ipsum massa molestie feugiat lobortis volutpat sed laoreet id ipsum massa mauris tempus. Ante mauris ac diam, tellus pharetra congue diam nonummy tempus ante molestie feugiat laoreet id, amet nisi sem at erat mi, felis ipsum nunc volutpat feugiat lobortis volutpat. Consectetur erat, massa, molestie sit lobortis volutpat dolor tincidunt, euismod amet dolore aliquet sit ut non consectetur, dolore aliquet amet dolore sem at, ac nibh eget ut, non. Consectetur magna ullamcorper pharetra congue ullamcorper pulvinar massa tellus sit lobortis volutpat, feugiat lobortis volutpat pulvinar dolore aliquet, sit ut non sit ut non id sit congue ullamcorper. Nonummy, donec aliquet turpis nisi sem consectetur ac diam elit tempus ante mauris lorem nibh, non turpis nisi sem consectetur magna ullamcorper nonummy donec, praesent adipiscing nisi sem. Consectetur magna et elit erat mi felis tempus ante mauris ac et nonummy donec praesent at lorem nibh eget sed massa molestie tempus ante mauris tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa molestie sit massa non. Pharetra, dolore ante volutpat pharetra congue ullamcorper. Amet, nunc aliquet, turpis nisi sem elit. Erat mi, adipiscing lorem, laoreet id ipsum. Nunc tellus feugiat lobortis volutpat feugiat lobortis. Euismod pulvinar dolore aliquet turpis nisi sem. Pharetra congue euismod amet nunc tellus, sit. Pharetra, magna ullamcorper nonummy donec aliquet at. Ac et at ac et felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, nunc tellus pharetra magna ullamcorper, nonummy aliquam ante molestie lorem nibh eget ipsum massa tellus sit ut, volutpat dolor tincidunt ullamcorper amet dolore aliquet consectetur, praesent. Felis ipsum ut non, pharetra dolore aliquet turpis nisi sem at erat mi felis tempus ante molestie dolor tincidunt euismod amet, donec praesent adipiscing eget sed laoreet. Id pulvinar dolore tellus turpis nisi ullamcorper amet, dolore aliquet amet, nisi proin, consectetur nisi sem consectetur, donec diam nonummy aliquam et eget, ipsum massa, tellus pharetra. Ut non, amet, dolore aliquet turpis dolore aliquet turpis, magna et elit ipsum, massa mauris, lorem nibh eget sed tincidunt proin at erat mi felis erat, mi. Felis tempus ante eget sed mi felis erat mi felis lorem nibh eget sed laoreet eget sed, laoreet felis aliquam et eget erat laoreet felis ipsum massa. Mauris feugiat tincidunt volutpat dolor tincidunt aliquet turpis ut sem nonummy donec mi felis aliquam ante at lorem nibh eget sit nisi, diam, elit erat ante mauris. Dolor congue diam amet dolore praesent adipiscing nisi non pharetra magna diam nonummy pulvinar dolore aliquet sit ut non consectetur magna aliquet amet, nisi aliquet, consectetur magna. Diam id ipsum, massa molestie sit ut ullamcorper amet dolore aliquet turpis felis ipsum massa molestie feugiat lobortis volutpat dolor laoreet id pulvinar nunc, tellus pharetra, congue. Non, nonummy donec aliquet pulvinar, dolore aliquet consectetur ac mi felis mauris lorem laoreet id ipsum, massa tellus sit, ut non amet dolore, ullamcorper amet ut non. Consectetur magna mi felis tempus mi, felis, tempus proin consectetur nisi diam nonummy aliquam proin, mauris sed laoreet id sed massa molestie feugiat, lobortis volutpat feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id sit ac et nonummy erat mi id ipsum lobortis non dolor tincidunt euismod pulvinar, nunc aliquet euismod sit nisi diam nonummy. Donec mi adipiscing tempus proin at lorem nibh eget ac diam adipiscing, tempus ante mauris ac et at ac diam nonummy tempus ante mauris. Sed tincidunt, euismod pulvinar nunc, non pharetra congue ullamcorper pharetra congue ullamcorper amet nunc tellus sit ut non amet congue, ullamcorper pulvinar ac et. Elit erat mi adipiscing aliquam ante mauris lorem et elit erat et elit tempus ante molestie feugiat tincidunt volutpat dolor laoreet diam elit erat. Ante mauris lorem nibh eget sed laoreet euismod ipsum massa molestie feugiat ut ullamcorper amet dolore aliquet adipiscing aliquam proin consectetur nisi sem consectetur. Sed tincidunt euismod pulvinar nunc tellus feugiat nibh volutpat dolor laoreet id ipsum massa molestie ipsum massa volutpat dolor tincidunt euismod dolor tincidunt euismod. Turpis aliquam nibh eget dolor tincidunt euismod pulvinar dolore proin at erat mi elit ipsum ante mauris lorem nibh eget sed sem consectetur donec. Praesent, felis tempus ante mauris lorem, nibh elit, sed laoreet, felis tempus ante mauris feugiat tincidunt, volutpat sed, laoreet euismod pulvinar nunc non, consectetur. Tempus lobortis volutpat, sed nibh at, ac, et elit tempus ante mauris tempus et eget sed mi id ipsum massa tellus pharetra ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed massa molestie sit congue, non pharetra tincidunt aliquet turpis dolore tellus sit erat ante molestie feugiat lobortis ullamcorper dolor congue ullamcorper amet dolore non. Sit magna diam, amet dolore ullamcorper amet dolore tellus sit nunc non felis lorem nibh eget, sed tincidunt ullamcorper, sit nunc tellus, sit lobortis volutpat dolor. Congue aliquet turpis, aliquam et elit sed tincidunt, tellus pulvinar nunc tellus mauris lorem lobortis non pharetra dolore praesent amet dolore aliquet turpis magna et felis. Tempus, massa mauris, feugiat congue euismod pulvinar nunc tellus sit lorem lobortis non pharetra congue euismod pulvinar nunc molestie sit ut ullamcorper nonummy dolore ullamcorper turpis. Nisi sem consectetur magna sem nonummy donec praesent adipiscing donec volutpat, dolor congue aliquet adipiscing, nisi sem at, ac et felis tempus mi felis lorem nibh. Volutpat dolor, nunc, aliquet sit ut sem nonummy donec, ullamcorper nonummy, lobortis euismod pulvinar, nunc tellus sit lobortis volutpat nonummy magna diam nonummy aliquam proin, at. Ac laoreet id ipsum massa molestie lorem nibh elit, erat mi felis tempus ante molestie lorem ante mauris lorem tincidunt id tempus ante, adipiscing tempus ante. Mauris sed, laoreet eget ipsum massa molestie feugiat, tincidunt euismod pulvinar tincidunt id ipsum massa, molestie feugiat lobortis volutpat sed nibh eget sed, laoreet id lorem. Nibh eget, sed nibh id pulvinar ut, ullamcorper nonummy donec aliquet turpis nisi sem turpis magna diam consectetur, donec praesent adipiscing donec praesent turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem lobortis ullamcorper amet nisi sem turpis ut non pharetra magna. Praesent adipiscing tempus proin, ac praesent adipiscing tempus ante molestie lorem et. Eget, sed tincidunt euismod ipsum massa molestie lorem ante mauris lorem nibh. Elit, ipsum ut aliquam proin, consectetur erat et nonummy donec praesent amet. Dolore proin elit sed, tincidunt euismod pulvinar, massa, tellus pharetra congue ullamcorper. Nonummy donec proin mauris lorem et felis ipsum lobortis non dolor lobortis. Eget sed laoreet id pulvinar, nunc molestie feugiat lobortis euismod pulvinar tincidunt. Id ipsum nunc molestie feugiat aliquam nibh eget erat et felis tempus. Ante volutpat feugiat lobortis volutpat dolor, nunc euismod sit massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar dolore aliquet at, ac et nonummy erat praesent adipiscing aliquam proin at ac. Et elit sed ante felis, tempus nibh molestie feugiat lobortis euismod ipsum, laoreet id ipsum. Lobortis non pharetra tincidunt euismod dolor tincidunt tellus sit ut non pharetra, congue non amet. Dolore, congue, euismod amet dolore sem consectetur nisi, diam nonummy erat mi mauris tempus proin. Mauris sed tincidunt euismod, pulvinar massa molestie sit congue non pharetra dolore aliquet consectetur magna. Diam id tempus massa, molestie feugiat lobortis euismod dolor tincidunt euismod pulvinar nunc molestie feugiat. Nibh volutpat dolor congue, aliquet adipiscing molestie feugiat lobortis ullamcorper turpis nisi aliquet sit ut. Non consectetur, magna praesent adipiscing donec, proin, adipiscing nisi, sem consectetur, magna diam adipiscing aliquam. Praesent adipiscing nisi et elit donec praesent felis, tempus ante at lorem, nibh, eget, ipsum. Nunc non nonummy donec, diam nonummy dolore aliquet amet massa tellus feugiat lobortis nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue ullamcorper nonummy dolore tellus sit ut non at amet dolore aliquet turpis. Nisi proin elit sed laoreet id ipsum nunc non feugiat nibh eget sed, laoreet euismod. Amet nisi proin at erat laoreet felis erat ante molestie feugiat lobortis, ullamcorper amet, nunc. Tellus sit nisi sem consectetur donec mi felis tempus ante pulvinar, dolore sem, at, erat. Mi id pulvinar, ut non, sit congue ullamcorper nonummy donec proin, mauris sed, tincidunt ullamcorper. Turpis aliquam et elit erat mi id feugiat congue ullamcorper, amet donec proin mauris lorem. Laoreet id ipsum nunc tellus sit ut non pharetra dolore praesent at ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, donec, praesent adipiscing aliquam proin adipiscing ac nibh, eget ipsum massa, molestie sit, lobortis dolor nunc, tellus turpis nisi non. Consectetur donec mi felis lorem nibh mauris ac et nonummy donec praesent adipiscing, dolore aliquet turpis, nisi, sem, tellus turpis nisi. Non consectetur congue ullamcorper nonummy aliquam ante mauris ac laoreet id ipsum massa molestie feugiat massa volutpat dolor tincidunt id ipsum. Massa molestie feugiat lobortis, volutpat dolor tincidunt tellus turpis nisi sem consectetur, magna, diam nonummy donec proin mauris ac, et at. Magna diam amet, dolore aliquet, felis feugiat massa molestie lorem nibh eget lorem, nibh eget sed massa mauris lorem nibh mauris. Sed laoreet euismod pulvinar massa, id feugiat lobortis volutpat dolor consectetur magna et, eget tempus ante molestie sit lobortis, eget dolor. Tincidunt euismod ipsum laoreet id ipsum massa, molestie lorem nibh eget sed mi elit tempus ante, pulvinar dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin, at ac mi, felis tempus ante mauris dolor tincidunt euismod sit nisi diam nonummy donec mi felis lorem ante mauris ac, nibh, id. Pulvinar nunc aliquet, feugiat ut non pharetra tincidunt euismod nunc non sit tincidunt volutpat pulvinar tincidunt tellus pulvinar nunc non sit ut non dolor, tincidunt. Ullamcorper turpis, aliquam proin eget erat mi felis erat ante eget sed tincidunt tellus sit nunc non sit congue ullamcorper amet, congue ullamcorper, amet nisi. Sem turpis ac et elit erat, praesent adipiscing sed laoreet, euismod, sit nisi diam consectetur, magna diam nonummy dolore aliquet amet nisi aliquet sit, ut. Non, pharetra congue euismod, amet, dolore aliquet, turpis ac, nisi diam nonummy donec praesent nonummy donec praesent adipiscing ac et elit erat mi felis erat. Mi mauris lorem, lobortis eget sed mi felis tempus ante mauris sit aliquam proin elit sed mi id ipsum, ante molestie, feugiat tincidunt euismod pulvinar. Nunc tellus sit ut non dolor tincidunt euismod pulvinar nunc, euismod sit nonummy, tempus ante mauris lorem nibh elit sed laoreet molestie sit ut non. Nonummy donec praesent adipiscing donec tellus ipsum ullamcorper amet dolore praesent adipiscing aliquam proin at erat mi elit tempus ante mauris lorem ante at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi id tempus massa mauris sed laoreet id pulvinar. Nisi sem consectetur, magna et, nonummy donec, praesent adipiscing tempus. Eget ipsum, nunc sem, sit ut non pharetra congue ullamcorper. Turpis nisi proin at erat, laoreet id ipsum massa mauris. Lorem nibh, volutpat dolor nunc tellus sit ut non dolor. Tincidunt, ullamcorper turpis nisi proin at ac, mi felis tempus. Ante molestie feugiat tincidunt euismod dolor mi felis, erat ante. Mauris sed tincidunt euismod sed laoreet molestie sit lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore tellus consectetur ipsum massa tellus sit ut non pharetra nunc tellus sit ut non pharetra congue. Ullamcorper nonummy donec praesent turpis aliquam sem at ac mi felis amet aliquam praesent at ac et nonummy. Donec praesent felis ipsum lobortis non pharetra congue euismod ipsum, massa molestie feugiat lobortis volutpat pharetra tincidunt magna. Et elit erat mi felis tempus ante mauris lorem nibh eget ipsum laoreet id feugiat ante mauris tempus. Proin at, ac et felis tempus mi felis tincidunt euismod turpis nisi proin consectetur congue ullamcorper amet dolore. Aliquet adipiscing aliquam proin consectetur nisi sem, consectetur magna praesent adipiscing aliquam praesent nibh eget sed laoreet eget. Ipsum massa id tempus, massa molestie dolor lobortis eget dolor nunc aliquet turpis nisi sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, ipsum massa non, pharetra congue diam nonummy erat aliquet adipiscing nisi proin at ac et felis. Erat congue ullamcorper amet congue euismod turpis ut non pharetra congue, ullamcorper amet tincidunt ullamcorper amet nunc. Aliquet sit lobortis non pharetra magna praesent adipiscing sed tincidunt euismod pulvinar nunc molestie feugiat ut non. Pharetra dolore praesent adipiscing aliquam sem turpis magna diam consectetur donec, praesent adipiscing tempus ante eget, sed. Laoreet sem consectetur magna et nonummy aliquam proin mauris feugiat tincidunt euismod pulvinar dolore sem, consectetur magna. Et, felis ipsum nunc non pharetra congue et elit erat praesent adipiscing aliquam aliquet amet, nunc tellus. Sit nisi diam amet dolore ullamcorper amet dolore sem consectetur magna nibh id ipsum massa molestie, ipsum. Lobortis non pharetra congue ullamcorper amet nunc tellus, turpis ut tellus sit tincidunt euismod dolor nunc euismod. Pulvinar ut sem consectetur magna diam nonummy donec proin dolor tincidunt tellus turpis ac, diam dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris lorem lobortis, volutpat dolor tincidunt tellus sit magna diam nonummy erat massa, molestie feugiat lobortis volutpat dolor congue ullamcorper turpis nisi dolore sem consectetur nisi sem consectetur congue. Ullamcorper nonummy donec sem consectetur magna, sem nonummy donec praesent felis aliquam proin adipiscing aliquam proin at ac mi, felis lorem nibh eget sed tincidunt euismod pulvinar nunc tellus sit. Magna diam felis tempus nibh eget sed nibh id pulvinar nunc, tellus turpis ut non turpis nisi proin at magna diam nonummy congue ullamcorper nonummy donec aliquet turpis nisi, sem. Consectetur ac et felis tempus massa mauris ac tincidunt id pulvinar ut non, consectetur magna diam nonummy aliquam proin at aliquam proin at ac et adipiscing aliquam, proin adipiscing aliquam. Et eget sed mi euismod adipiscing aliquam proin at ac diam elit erat laoreet id ipsum ante mauris lorem laoreet eget sed laoreet molestie tempus, ante mauris, tempus et elit. Erat eget ipsum nunc tellus feugiat lobortis volutpat amet donec aliquet turpis nisi sem consectetur, magna diam, pharetra congue euismod dolor lorem, nibh eget sed tincidunt id pulvinar nunc molestie. Feugiat ut volutpat feugiat laoreet id ipsum nunc, tellus sit ut non dolor congue ullamcorper amet nunc tellus consectetur donec diam amet donec aliquet turpis ut non sit magna et. Elit tempus massa mauris feugiat tincidunt ullamcorper, turpis aliquam, sem turpis ut sem pharetra congue nibh volutpat, pharetra dolore aliquet turpis dolore aliquet sit ut non amet congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi diam nonummy erat mi felis. Ipsum, massa volutpat dolor tincidunt ullamcorper amet. Dolore sem at, ac mi felis tempus. Tincidunt, ullamcorper adipiscing, aliquam proin at aliquam. Et eget sed laoreet tellus feugiat massa. Molestie, feugiat lobortis euismod amet nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc aliquet turpis nisi non pharetra ut non pharetra congue. Aliquet, turpis aliquam et elit ac et, elit erat aliquam proin. Mauris, sed tincidunt euismod pulvinar ut non, sit congue, ullamcorper pharetra. Congue, ullamcorper turpis dolore aliquet, pharetra congue ullamcorper amet, congue magna. Mi id pulvinar ut non pharetra, congue, ullamcorper, amet, dolore ullamcorper. Turpis nisi non pharetra magna et elit donec mi felis tempus. Ante elit dolor tincidunt, lobortis volutpat sed tincidunt euismod sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy erat mi felis ac, et. Tellus turpis nisi diam consectetur erat mi. Felis aliquam praesent at ac nibh eget. Erat mi elit, aliquam, praesent at lorem. Nibh volutpat dolor, pulvinar dolore tellus sit. Nisi, diam consectetur donec mi molestie sit. Ut non pharetra congue euismod ipsum laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante elit erat mi id, ipsum, nunc, non, consectetur. Donec praesent felis tempus ut non amet congue ullamcorper. Amet dolore aliquet turpis non consectetur donec praesent nonummy. Donec proin mauris lorem laoreet euismod sit ut non. Pharetra magna diam, nonummy donec praesent, at aliquam proin. Consectetur magna mauris tempus ante eget sed tincidunt id. Sed, massa molestie sit ut ullamcorper, amet dolore praesent. Adipiscing ac proin consectetur ac et elit erat, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, pulvinar nunc non sit ut non amet congue ullamcorper amet nunc tellus sit lobortis, volutpat dolor congue ipsum massa molestie, pharetra magna ullamcorper pulvinar dolore aliquet sit nisi non. Sit congue ullamcorper amet congue, id ipsum laoreet molestie feugiat lobortis volutpat pulvinar, dolore tellus sit ut, sem consectetur, donec praesent adipiscing aliquam proin at ac et elit ac et. Nonummy donec praesent felis tempus sem turpis nisi non, nonummy aliquam proin at aliquam proin consectetur donec praesent, adipiscing aliquam proin at aliquam proin at ac diam elit erat mi. Mauris dolor dolore aliquet adipiscing ac et, eget ipsum nunc tellus sit ut non, pharetra congue ullamcorper amet dolore, tellus feugiat lobortis volutpat pharetra congue, ullamcorper amet dolore sem feugiat. Ut diam adipiscing aliquam proin at ac et eget erat mi felis tempus ante felis nisi sem at ac et felis erat ante molestie feugiat at lorem et elit ac. Laoreet id ipsum lobortis, volutpat dolor tincidunt euismod, amet nisi sem consectetur ac et eget lobortis ullamcorper amet donec praesent, at nisi proin at ac diam elit erat, mi felis. Tempus lobortis eget sed laoreet, id ipsum ante mauris lorem nibh eget, euismod turpis nisi aliquet turpis nisi sem nonummy donec mi adipiscing tempus sem at ac et, elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent felis tempus et eget dolor nunc tellus, sit nunc non sit ut volutpat dolor, tincidunt id ipsum, erat diam nonummy tempus ante mauris, lorem. Nibh volutpat, pulvinar nunc tellus sit ut tellus pharetra magna praesent adipiscing, aliquam proin at lorem nibh id feugiat lobortis ullamcorper pharetra dolore aliquet turpis nisi aliquet. Turpis magna et nonummy, erat praesent adipiscing aliquam praesent adipiscing nisi non consectetur magna diam nonummy aliquam, feugiat lobortis euismod amet dolore sem consectetur ac, mi elit. Erat mi, adipiscing tempus ante mauris ac nibh id sed massa id erat laoreet, molestie feugiat, lobortis volutpat dolor lobortis volutpat dolor tincidunt eget tempus massa molestie. Sit, congue ullamcorper pharetra tincidunt id pulvinar massa tellus feugiat lobortis volutpat tempus ante eget dolor nunc euismod pulvinar massa tellus feugiat lobortis volutpat sed tincidunt ullamcorper. Pulvinar nisi sem, eget amet massa felis tempus mi mauris lorem et id, ipsum massa molestie tempus nibh volutpat sed laoreet euismod pulvinar massa, tellus feugiat congue. Ullamcorper amet dolore aliquet turpis molestie feugiat tincidunt euismod nonummy donec, aliquet, turpis, ut non pharetra congue, non amet, dolore praesent adipiscing nisi sem pharetra magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem, laoreet aliquet sit nisi diam nonummy erat mi adipiscing aliquam proin mauris lorem laoreet lobortis. Euismod, turpis tempus et elit erat et elit donec praesent felis aliquam praesent adipiscing aliquam diam nonummy. Magna praesent felis aliquam ante molestie, amet nisi aliquet turpis nisi non, pharetra congue euismod dolor tincidunt. Tellus turpis nisi sem consectetur congue diam nonummy dolore aliquet amet dolore non sit lobortis lobortis euismod. Pulvinar, aliquam proin laoreet id tempus ante mauris feugiat lobortis volutpat dolor tincidunt euismod sit ut non. Consectetur magna mi felis praesent, adipiscing tempus ante volutpat pulvinar dolore, tellus pulvinar nunc, non consectetur magna. Praesent, felis tempus massa, molestie dolor tincidunt euismod pulvinar nisi sem at magna diam pharetra magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non dolor congue ullamcorper turpis nisi. Aliquet pharetra magna diam nonummy tempus. Nibh volutpat dolor tincidunt euismod pulvinar. Ut sem elit sed, mi id. Ipsum massa eget sed, laoreet euismod. Amet dolore sem turpis nisi sem. Dolore ante volutpat nonummy, donec, praesent. At ac laoreet eget sed, mi. Id, tempus massa molestie feugiat lobortis. Euismod pulvinar nunc tellus sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac nibh id ipsum laoreet id feugiat lobortis volutpat feugiat lobortis id sed mi id. Ipsum magna praesent adipiscing aliquam proin mauris, lorem nibh id pulvinar massa, tellus pharetra magna diam nonummy. Donec praesent turpis dolore aliquet sit lobortis non, turpis nisi proin consectetur magna et nonummy donec diam. Nonummy aliquam proin at lorem et id erat mi elit tempus mi felis aliquam sem consectetur ut. Non mauris dolor, nunc, euismod sit ut sem consectetur, congue ullamcorper amet congue euismod turpis nisi sem. At ac et felis tempus mi nisi sem consectetur nisi sem consectetur, magna diam amet dolore, aliquet. Turpis nisi proin elit erat mi felis erat ante mauris feugiat lobortis volutpat dolor tincidunt id sed. Massa molestie sit ut non pharetra tincidunt euismod, pulvinar nunc aliquet turpis lobortis volutpat pharetra congue euismod. Pulvinar nunc aliquet consectetur nisi non consectetur congue erat laoreet, felis tempus ante mauris lorem nibh, id. Amet, nisi sem turpis ut volutpat dolor lobortis ullamcorper nonummy nisi sem consectetur magna diam amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper turpis ac, et elit sed magna et elit erat. Ante molestie lorem lobortis volutpat sed laoreet id ipsum, massa non. Pharetra congue ullamcorper amet dolore aliquet turpis aliquam sem consectetur donec. Praesent felis, lorem nibh eget lorem nibh eget sed laoreet id. Feugiat lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis nisi. Diam nonummy lorem nibh eget dolor tincidunt euismod pulvinar ut, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus ante mauris feugiat tincidunt ullamcorper turpis dolore ut non pharetra magna diam amet dolore aliquet turpis aliquam proin id ipsum nunc, non pharetra ut non pharetra dolore praesent. Felis lorem nibh massa tellus feugiat ut non nonummy donec proin at ac nibh elit erat mi elit tempus ante at ac nibh elit sed laoreet felis ipsum, mi mauris. Lorem lobortis volutpat, dolor congue ullamcorper amet ut non pharetra congue ullamcorper dolor tincidunt euismod, pulvinar nunc id pulvinar massa molestie lorem laoreet euismod pulvinar ut tellus feugiat ut volutpat. Dolor, dolore, aliquet adipiscing aliquam sem at magna diam nonummy magna praesent nonummy aliquam praesent turpis, nisi sem, adipiscing ipsum ante molestie lorem et elit ac, et felis tempus ante. Molestie dolor, tincidunt ullamcorper amet dolore aliquet sit ut tellus sit ut ullamcorper nonummy donec nibh euismod, pulvinar, nunc aliquet turpis nisi diam nonummy donec diam turpis nisi, sem at. Ac, et eget sed mi id ipsum lobortis volutpat pharetra, dolore lobortis volutpat pulvinar nunc tellus, sit ut volutpat dolor tincidunt euismod dolor, tincidunt euismod ipsum laoreet molestie pharetra, congue. Diam, felis tempus ante at ac et eget feugiat ut non consectetur magna praesent nonummy, donec proin at ac et, nonummy donec praesent adipiscing, tempus massa mauris feugiat laoreet id. Amet dolore sem consectetur ac tincidunt volutpat pulvinar nunc tellus pulvinar ut non consectetur donec diam nonummy donec ullamcorper pulvinar, nunc tellus feugiat lobortis molestie donec mi felis aliquam ante. Eget dolor tincidunt euismod sit ut non pharetra congue diam amet dolore aliquet turpis aliquam proin, at magna et elit, erat ante, sem nonummy erat praesent felis sit magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non molestie dolor tincidunt euismod pulvinar tincidunt euismod. Pulvinar ut non, pharetra congue diam nonummy donec. Praesent at lorem nibh id, pulvinar massa id. Feugiat dolore aliquet, turpis nisi proin at magna. Et elit tempus ante mauris lorem nibh eget. Sed laoreet euismod pulvinar massa molestie feugiat ante. Mauris lorem massa molestie ipsum ut volutpat pharetra. Magna mi mauris lorem, nibh volutpat pulvinar tincidunt. Tellus, sit nisi sem consectetur congue diam nonummy. Dolore aliquet turpis, nisi sem elit erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, pulvinar dolore aliquet, turpis nisi sem consectetur magna proin at lorem et elit sed tincidunt tellus turpis nisi sem consectetur erat mi felis donec, praesent at ac et eget. Sed laoreet id ipsum lobortis tincidunt ullamcorper turpis nisi sem, consectetur ac diam nonummy tempus ante mauris tempus nibh mauris lorem laoreet id ipsum nunc molestie, ipsum lobortis molestie, aliquet. Consectetur magna et elit ipsum massa, mauris lorem nibh mauris lorem nibh, eget sed mi id ipsum lobortis eget dolor laoreet id, felis, feugiat lobortis euismod pulvinar dolore aliquet turpis. Nisi sem nonummy donec diam nonummy donec proin at, lorem nibh eget, sed, laoreet, id feugiat, lobortis volutpat dolor nunc sem turpis lorem et elit donec diam adipiscing dolore praesent. Adipiscing aliquam proin at erat mi id, ipsum massa volutpat dolor tincidunt euismod pulvinar tincidunt tellus pharetra congue euismod, pulvinar nunc tellus sit, ut non sit lobortis volutpat dolor congue. Ullamcorper amet dolore sem at ac et nonummy donec tincidunt ullamcorper amet dolore praesent turpis nisi sem consectetur, congue diam nonummy dolore praesent turpis nisi sem, at erat et, elit. Tempus massa molestie lorem nibh, volutpat consectetur ac et elit magna diam nonummy donec aliquet amet nisi sem consectetur magna diam amet congue euismod amet dolore tellus, turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing ac proin elit erat, mi id ipsum ante molestie feugiat nibh pulvinar dolore tellus pulvinar ut sem pharetra magna praesent adipiscing, aliquam proin at ac. Nibh euismod pulvinar dolore aliquet turpis ut sem amet dolore, ullamcorper non pharetra magna, diam amet donec praesent adipiscing ac et elit erat mi felis tempus proin. At lorem nibh eget erat diam elit donec mi euismod amet aliquam nibh volutpat dolor tincidunt euismod pulvinar nunc non consectetur magna et elit erat mi adipiscing. Aliquam ante elit erat laoreet euismod sit, congue diam nonummy aliquam proin adipiscing aliquam sem at erat laoreet id, ipsum ante mauris ac et elit erat mi. Id ipsum ante, mauris, lorem tincidunt tellus sit nisi sem consectetur magna et felis tempus massa molestie, lorem nibh, elit erat laoreet felis ipsum nunc molestie feugiat. Lobortis, euismod pulvinar nunc, euismod pharetra magna ullamcorper amet dolore praesent adipiscing dolore aliquet turpis, nisi diam elit tempus ante mauris tempus proin, at, nisi diam tincidunt. Aliquet adipiscing, aliquam proin at ac et elit tempus ante mauris lorem nibh eget dolor tincidunt id ipsum massa tellus sit, congue ullamcorper amet, dolore aliquet non. Pharetra magna diam nonummy donec aliquet adipiscing aliquam proin at ac et felis tempus ante mauris lorem nibh mauris lorem nibh eget sed massa eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis pulvinar ut non consectetur magna ullamcorper proin nonummy sed laoreet felis ipsum lobortis volutpat. Dolor congue ullamcorper amet nunc tellus sit ut sem pharetra magna diam nonummy aliquam proin mauris. Lorem nunc non consectetur ac et elit tempus ante mauris lorem lobortis volutpat dolor, nunc tellus. Pulvinar ut non consectetur congue ullamcorper amet dolore aliquet adipiscing id pulvinar dolore tellus sit ut. Non pharetra, magna diam turpis nisi sem consectetur magna diam elit donec mi felis ipsum nibh. Eget amet dolore sem at ac diam nonummy dolore aliquet turpis nisi aliquet turpis magna sem. Consectetur magna, diam nonummy dolore, aliquet adipiscing nisi proin at, erat, et aliquet turpis, aliquam ante. At ac et elit donec mi adipiscing tempus ante mauris lorem et at ac diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet at magna et elit, erat mi felis aliquam proin mauris lorem laoreet eget sed mi. Felis tempus, ante, mauris turpis nisi proin elit erat mi id ipsum massa molestie lorem nibh eget. Sed tincidunt, tellus turpis aliquam proin elit erat laoreet, felis ipsum turpis nisi sem consectetur magna ullamcorper. Amet donec sem consectetur nisi, diam, eget ipsum massa, id tempus, ante mauris lorem et elit erat. Et id ipsum tincidunt ullamcorper turpis nisi proin mauris lorem et elit, sed laoreet id ipsum ante. Eget dolor, donec turpis ut sem pharetra congue diam amet amet dolore aliquet turpis nisi sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, ante molestie dolor lobortis euismod pulvinar, nunc. Aliquet euismod sit nisi non consectetur donec praesent. Adipiscing tempus lobortis volutpat dolor tincidunt euismod pulvinar. Dolore tellus turpis lobortis, molestie feugiat lobortis euismod. Amet nunc nunc non pharetra congue non pharetra. Donec proin mauris lorem nibh elit erat mi. Felis ipsum massa, donec mi mauris, lorem nibh. Eget, dolor praesent, turpis aliquam sem consectetur magna. Diam nonummy donec praesent turpis nisi aliquet consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus, pharetra congue, ullamcorper amet dolore euismod pulvinar nunc tellus sit lobortis non dolor tincidunt, euismod pulvinar nunc tellus sit ut tellus, congue ullamcorper. Turpis aliquam sem at ac mi felis ipsum massa molestie lorem ante elit erat laoreet id ipsum ante felis dolore aliquet turpis nisi mi felis tempus. Massa volutpat feugiat, lobortis, euismod amet nisi proin, at, ac mi felis tempus ante mauris lorem lobortis, volutpat pulvinar nunc aliquet sit nisi sem, felis ipsum. Lobortis, non amet donec praesent adipiscing aliquam sem mauris ac et elit donec praesent nonummy donec praesent adipiscing, aliquam proin at tempus proin adipiscing ac proin. Elit erat et elit donec praesent felis aliquam proin consectetur magna et, eget erat massa molestie sit ut volutpat pharetra congue aliquet eget erat, mi id. Feugiat ut non pharetra magna diam nonummy aliquam proin at ac nibh eget ipsum massa id feugiat lobortis, non dolor tincidunt euismod pulvinar consectetur magna et. Elit donec ante mauris lorem tincidunt euismod dolor nunc, tellus sit nisi sem consectetur magna ullamcorper ipsum ante mauris lorem nibh eget sed laoreet felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed proin, elit, erat mi felis tempus massa molestie lorem lobortis volutpat dolor tincidunt euismod sit. Nisi diam consectetur erat mi felis lorem, nibh volutpat dolor tellus pharetra ut ullamcorper amet dolore aliquet, amet. Dolore sem at lorem et id, ipsum massa tellus feugiat lobortis volutpat pharetra tincidunt euismod pulvinar nunc ullamcorper. Nonummy dolore praesent adipiscing tempus, proin at erat mi felis ipsum massa molestie lorem nibh eget lorem et. Elit sed laoreet id feugiat lobortis volutpat turpis, aliquam proin at ac et elit erat massa molestie lorem. Nibh, volutpat dolor nibh id ipsum massa molestie sit, ut ullamcorper amet congue proin at erat laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue, euismod amet dolore aliquet sit ut, sem at ac massa non dolor tincidunt volutpat dolor, tincidunt tellus turpis magna et elit donec mi felis. Lorem nibh volutpat dolor, tincidunt tellus turpis, nisi sem at dolor congue aliquet turpis nisi sem turpis magna diam nonummy erat praesent adipiscing tempus proin mauris. Lorem nibh id sed laoreet id ipsum massa nunc aliquet turpis ut sem, nonummy donec praesent nonummy dolore aliquet, consectetur ac et consectetur donec mi adipiscing. Aliquam proin at ac nibh mi felis lorem lobortis volutpat dolor nunc aliquet turpis ut non sit magna diam nonummy dolore aliquet sit ut proin, at. Magna et felis tempus lobortis volutpat turpis nisi proin at magna diam, elit donec mi, mauris feugiat ut ullamcorper pharetra donec praesent adipiscing ac et at. Erat laoreet molestie ipsum ut molestie dolor nunc sem consectetur, magna diam elit erat laoreet id, tempus ante at ac et eget erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem at lorem laoreet eget, sed laoreet molestie sit ut volutpat pharetra dolore aliquet adipiscing ac et elit ac et magna sem nonummy, donec. Mi mauris, feugiat nibh eget sed nibh id ipsum nunc tellus sit ut volutpat dolor tincidunt ullamcorper, amet nisi sem nonummy erat mi, adipiscing tempus. Nibh eget, lorem nibh id, ipsum nunc id ipsum massa molestie ac et elit ac mi felis tempus massa volutpat feugiat lobortis et elit sed. Laoreet felis tempus ante, eget lorem nibh eget erat laoreet id ipsum massa, volutpat, feugiat lobortis, volutpat pulvinar, tincidunt volutpat dolor nunc tellus, sit, ut. Sem at erat laoreet id tempus ante at lorem nibh, volutpat dolor tincidunt euismod sit nisi sem pharetra, magna ullamcorper nonummy at erat mi felis. Tempus ante mauris lorem nibh eget dolor tincidunt tellus sit ut non consectetur congue, diam adipiscing donec, praesent adipiscing, aliquam proin, at donec massa, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus et at ac diam nonummy donec praesent adipiscing tempus ante euismod pulvinar nunc molestie feugiat lobortis molestie dolor tincidunt euismod amet nunc tellus. Feugiat ut sem consectetur magna diam amet donec praesent consectetur nisi diam sem elit sed massa id ipsum ante mauris ac et eget dolor tincidunt. Tellus, consectetur magna sem pharetra congue, ullamcorper nonummy donec praesent, adipiscing aliquam mi id feugiat lobortis, volutpat dolor, tincidunt euismod pulvinar nunc tellus feugiat lobortis. Volutpat pharetra congue euismod pulvinar nunc tellus, pulvinar nunc tellus feugiat donec praesent at lorem nibh eget, ipsum massa id ipsum ante mauris tempus ante. Eget dolor laoreet id ipsum massa mauris sit lobortis eget sed laoreet et id, ipsum massa molestie, feugiat lobortis, euismod pulvinar dolore aliquet turpis magna. Et felis, tempus massa molestie feugiat ut non dolor tincidunt ullamcorper pulvinar massa at erat laoreet felis tempus, mi mauris feugiat, nibh eget dolor, tincidunt. Tellus, adipiscing ac et eget sed massa molestie eget sed massa, id, ipsum massa mauris feugiat lobortis, eget lorem laoreet euismod sit ut tellus sit. Congue diam, nonummy, donec praesent at ac nibh, eget sed, ac mi id tempus ante felis lorem nibh mauris lorem, nibh eget sed mi felis. Tempus ante mauris lorem laoreet id ipsum massa, aliquet turpis magna sem adipiscing tempus, nibh mauris ac et elit magna, mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam sem at, ac et elit tempus ante, mauris sit congue ullamcorper amet dolore aliquet turpis nisi. Proin pharetra magna, et mauris lorem nibh elit ac et elit erat mi adipiscing tempus ante at magna diam. Elit ipsum, massa molestie ipsum lobortis, eget sed laoreet eget ipsum lobortis, volutpat pharetra magna aliquet adipiscing aliquam ante. At ac diam nonummy donec praesent adipiscing aliquam proin adipiscing ac, et eget sed, mi felis, tempus ante, tellus. Sit nisi sem, nonummy, donec diam adipiscing donec praesent turpis nisi sem consectetur magna diam amet congue aliquet turpis. Dolore sem tincidunt id, pulvinar nunc sem, pharetra magna diam adipiscing aliquam proin at ac et elit erat massa. Molestie sit congue ullamcorper amet dolore aliquet adipiscing tempus proin pulvinar massa molestie feugiat lobortis, eget lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna mi tellus sit ut ante molestie lorem nibh volutpat sed. Laoreet euismod pulvinar, nunc tellus pharetra congue non, pharetra dolore, aliquet turpis. Dolore aliquet pharetra magna ullamcorper pharetra congue aliquet consectetur magna diam nonummy. Erat mi felis lorem nibh, mauris sed laoreet eget sed nunc tellus. Sit magna diam nonummy erat praesent adipiscing sed tincidunt euismod pulvinar nunc. Tellus pharetra donec praesent nonummy aliquam proin adipiscing aliquam et at ac. Et felis tempus massa mauris feugiat lobortis euismod pulvinar nunc tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis aliquam proin elit ipsum, laoreet id erat, proin euismod amet dolore sem, at, ac. Nibh id, ipsum nunc tellus feugiat lobortis non pharetra congue euismod pulvinar, nunc non pharetra ut non. Pharetra dolore, laoreet euismod pulvinar lobortis volutpat dolor tincidunt volutpat, dolor laoreet euismod pulvinar massa molestie tempus. Nibh volutpat dolor tincidunt ullamcorper, turpis, nisi proin at aliquam proin at ac nibh eget erat, mi. Felis lorem nibh eget sed nibh eget erat laoreet id tempus massa molestie feugiat lobortis consectetur magna. Diam, elit tempus ante mauris tempus nibh volutpat sed tincidunt euismod pulvinar massa tellus sit ut non. Amet congue aliquet, turpis, aliquam ante, mauris erat nunc tellus sit ut volutpat pharetra, congue aliquet, turpis. Nisi proin elit erat mi felis tempus ante mauris tempus nibh eget dolor tincidunt euismod pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget dolor, tincidunt euismod pulvinar nunc molestie sit ut non pharetra congue aliquet amet eget sed laoreet id pulvinar ut, proin consectetur magna diam nonummy dolore. Praesent adipiscing ac nibh, elit, sed laoreet euismod pulvinar massa molestie feugiat nunc tellus sit ut non sit magna, ullamcorper amet donec, praesent at, ac et eget. Erat laoreet molestie feugiat nisi non pharetra congue volutpat dolor tincidunt id consectetur donec praesent felis tempus massa molestie feugiat lobortis eget erat mi felis ipsum massa. Molestie feugiat lobortis eget sed nibh id pulvinar elit sed massa molestie feugiat, massa molestie feugiat nibh, elit erat laoreet id feugiat lobortis volutpat pharetra congue ullamcorper. Amet aliquam sem turpis nisi sem consectetur consectetur magna diam nonummy dolore praesent adipiscing nisi sem, consectetur ac diam consectetur erat mi felis lorem ante mauris ac. Nibh id pulvinar nunc, molestie sit lobortis, aliquet, at lorem nibh eget sed nunc tellus feugiat lobortis non pharetra magna, mi mauris feugiat lobortis volutpat pulvinar tincidunt. Diam nonummy aliquam proin at ac et elit, erat mi felis ipsum massa mauris lorem nibh eget lorem mi felis erat ante, at erat praesent adipiscing, aliquam. Ante molestie lorem et eget erat, laoreet, euismod sit ut, volutpat feugiat, lobortis euismod sed laoreet id ipsum massa molestie lorem lobortis molestie feugiat lobortis volutpat sed. Laoreet molestie feugiat lobortis volutpat dolor tincidunt ullamcorper amet dolore tellus pulvinar massa mauris lorem nibh mauris lorem nibh eget sed mi diam nonummy dolore praesent felis. Tempus lobortis euismod dolor laoreet id ipsum massa molestie feugiat lobortis eget sed nibh eget sed laoreet id feugiat massa molestie, feugiat aliquam proin at erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur donec mi aliquam nibh elit ac. Et felis tempus massa mauris lorem nibh eget. Sed laoreet euismod ipsum nunc non pharetra magna. Diam nonummy donec praesent ullamcorper amet dolore aliquet. At ac et elit tempus massa molestie feugiat. Tincidunt euismod amet dolore, aliquet turpis magna, diam. Elit sed, laoreet molestie feugiat laoreet, euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam nonummy erat mi adipiscing lorem lobortis volutpat dolor tincidunt euismod ipsum massa nibh volutpat dolor congue euismod. Amet nisi, sem turpis magna diam amet dolore ullamcorper turpis nisi proin at ac nibh id ipsum ante mauris. Lorem diam elit aliquam proin adipiscing aliquam, proin at ac et elit donec praesent nonummy dolore aliquet sit, ut. Non pharetra congue diam amet dolore aliquet adipiscing ac et at ac, mi id ipsum massa, molestie feugiat lobortis. Volutpat amet nunc tellus turpis nisi, sem nonummy sed mi id feugiat lobortis volutpat, pulvinar, nunc aliquet turpis nisi. Sem nonummy magna praesent felis lorem nibh mauris lorem nibh, elit donec praesent adipiscing donec aliquet adipiscing nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id, pulvinar nunc sem nonummy, donec praesent nonummy aliquam proin mauris sed laoreet eget, at ac mi, elit erat ante mauris tempus nibh eget erat mi. Id pulvinar ut non pharetra congue ullamcorper amet dolore aliquet turpis aliquam et elit feugiat ut non nonummy donec aliquet turpis dolore aliquet consectetur magna et nonummy. Sed, nunc tellus sit congue diam amet, dolore aliquet adipiscing ac et, felis, tempus ante mauris lorem nibh mauris amet aliquam, sem, mauris, lorem laoreet eget sed. Laoreet id ipsum lobortis ullamcorper amet dolore praesent id ipsum lobortis, non pharetra lobortis euismod pulvinar dolore aliquet sit ut molestie feugiat lobortis eget sed laoreet eget. Sed massa tellus feugiat, lobortis molestie feugiat sit nisi non felis tempus ante mauris tempus nibh, eget sed nibh eget sed laoreet id, tempus ante volutpat dolor. Tincidunt aliquet turpis dolore sem turpis, ac, molestie nonummy magna praesent adipiscing aliquam ante at lorem nibh eget erat laoreet id ipsum massa, molestie feugiat lobortis aliquet. At erat, laoreet euismod pulvinar nunc non pharetra ut non dolor tincidunt euismod pulvinar nunc id feugiat massa molestie dolor, tincidunt euismod amet, nisi sem consectetur nisi. Sed, tincidunt tellus sit ut sem pharetra congue ullamcorper amet, dolore, aliquet amet dolore, aliquet turpis, congue ullamcorper dolor tincidunt volutpat pulvinar dolore aliquet consectetur magna sem. Nonummy tempus ante mauris, lorem nibh eget ipsum massa molestie feugiat lobortis molestie dolor tincidunt volutpat pulvinar tincidunt tellus sit lobortis, volutpat feugiat, nibh eget sed nisi. Proin elit, erat, laoreet id ipsum lobortis molestie feugiat tincidunt, euismod pulvinar dolore, sem consectetur nisi non consectetur, magna praesent adipiscing donec, praesent turpis ut tellus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat proin adipiscing aliquam et elit. Sed erat mi felis aliquam ante mauris. Lorem et eget sed, laoreet molestie feugiat. Lobortis volutpat dolor congue, ullamcorper amet nisi. Proin consectetur ac et ante eget sed. Laoreet euismod pulvinar massa molestie feugiat nibh. Volutpat pharetra congue euismod ipsum massa molestie. Feugiat lobortis volutpat dolor, tincidunt ullamcorper, pulvinar. Molestie sit ut non pharetra tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis congue diam nonummy donec mi, felis tempus ante volutpat sed adipiscing tempus ante mauris sed tincidunt euismod ipsum nunc tellus, sit lobortis molestie feugiat lobortis, eget sed. Laoreet euismod sit nisi diam, nonummy erat praesent volutpat pharetra donec proin at aliquam, proin elit erat laoreet id ipsum massa molestie feugiat lobortis volutpat pulvinar nunc tellus. Sit nisi diam nonummy magna aliquet turpis nisi sem consectetur magna ullamcorper amet congue aliquet turpis dolore molestie feugiat ut sem nonummy donec diam nonummy, aliquam proin consectetur. Turpis aliquam et eget sed laoreet felis aliquam, proin adipiscing ac et, elit sed laoreet felis ipsum ante mauris feugiat tincidunt volutpat dolor nunc aliquet pulvinar nunc non. Amet, donec, praesent turpis aliquam sem consectetur magna sem pharetra, congue aliquet turpis dolore sem mauris lorem laoreet id sed laoreet adipiscing, tempus ante at elit erat mi. Molestie sit nisi non pharetra congue ullamcorper turpis nisi, aliquet turpis, ut non pharetra magna praesent congue aliquet adipiscing ac et, at erat et, felis erat ante volutpat. Dolor congue euismod, amet dolore sem consectetur magna diam consectetur donec praesent adipiscing aliquam proin ac et felis tempus ante mauris lorem lobortis volutpat dolor nunc tellus turpis. Nunc sem nonummy donec mi, felis donec proin, at sed laoreet eget sed mi, aliquam et elit sed laoreet euismod ipsum massa mauris feugiat nibh mauris lorem nibh. Elit sed massa molestie ipsum, lobortis molestie feugiat nibh eget erat laoreet id feugiat tincidunt euismod amet dolore sem consectetur magna diam nonummy magna diam nonummy dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum lobortis volutpat pharetra congue ullamcorper turpis nisi proin mauris lorem nibh eget sed laoreet, id feugiat. Nibh eget amet aliquam proin, at ac diam amet dolore praesent, adipiscing nisi aliquet sit ut non consectetur. Magna praesent adipiscing aliquam praesent adipiscing, nisi sem at aliquam massa molestie feugiat lobortis euismod dolor nunc tellus. Sit ut sem consectetur magna diam nonummy dolore tellus sit, nisi proin at ac diam adipiscing tempus dolore. Aliquet, at erat et elit erat mi felis lorem lobortis volutpat sed laoreet id ipsum massa molestie lorem. Nibh volutpat pharetra donec molestie feugiat lobortis volutpat dolor tincidunt id ipsum nunc, tellus pharetra congue euismod pulvinar. Nunc tellus turpis nisi, non consectetur magna diam, amet, dolore aliquet adipiscing aliquam nibh mauris lorem mi elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis non, nonummy aliquam ante mauris sed laoreet et elit, dolor laoreet id, ipsum ante molestie lorem. Lobortis volutpat pulvinar nunc tellus sit nunc non consectetur magna ullamcorper nonummy, donec proin mauris felis feugiat erat. Ante volutpat dolor tincidunt euismod pulvinar nunc euismod sit nisi sem nonummy donec mi nonummy tempus, proin at. Ac et eget sed, laoreet mi felis ipsum massa molestie, feugiat congue euismod amet aliquam sem turpis magna. Et elit erat praesent adipiscing tempus proin at lorem et at, magna diam nonummy donec ante mauris lorem. Lobortis euismod pulvinar nunc tellus sit nunc tellus sit ut ullamcorper nonummy donec proin at aliquam et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur, ac et nonummy magna mi felis tempus nibh, eget sed. Laoreet euismod pulvinar massa, tellus, id feugiat lobortis volutpat feugiat nibh eget. Sed tincidunt id pulvinar nunc, molestie feugiat lobortis, volutpat, dolor tincidunt, euismod. Sit nisi sem at feugiat ut volutpat dolor lobortis euismod dolor tincidunt. Euismod turpis, nisi sem consectetur congue ullamcorper amet nunc tellus pulvinar massa. Molestie sit ut non amet donec aliquet erat ante felis lorem nibh. Eget sed laoreet tellus sit nisi, sem nonummy donec praesent felis tempus. Ante, volutpat dolor laoreet, euismod aliquam ante eget, dolor laoreet, euismod, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus nibh eget lorem, nibh eget dolor nunc aliquet, turpis nisi sem, nonummy donec diam nonummy donec tellus sit ut non pharetra congue non, pharetra congue euismod. Pulvinar nunc tellus turpis, magna mi, adipiscing aliquam proin mauris ac et nonummy donec diam nonummy, dolore, proin mauris lorem nibh eget, sed laoreet felis ipsum ante molestie, dolor tincidunt. Ante mauris, sed mi felis erat ante mauris lorem lobortis eget sed laoreet euismod ipsum massa molestie ipsum lobortis, volutpat pharetra dolore praesent elit erat et nonummy erat praesent adipiscing. Donec proin at ac nibh eget ipsum massa id ipsum, ante molestie feugiat lobortis volutpat pulvinar nunc tellus sit ut praesent, adipiscing aliquam ante mauris lorem nibh eget sed laoreet. Molestie, feugiat, ut, non nonummy, aliquam proin adipiscing aliquam proin elit ac et nonummy erat mi adipiscing molestie feugiat nibh eget sed laoreet id, ipsum nunc molestie feugiat ut ullamcorper. Pharetra tincidunt euismod pulvinar, nunc tellus, sit lobortis dolore proin at aliquam sem consectetur, congue ullamcorper amet congue aliquet turpis dolore aliquet turpis ac et elit erat mi felis, aliquam. Proin at et elit sed laoreet id sit ut non pharetra congue ullamcorper amet, nisi sem consectetur magna diam nonummy, erat mi adipiscing aliquam, ante mauris lorem nibh eget ut. Ullamcorper amet donec, proin mauris ac nibh eget dolor tincidunt molestie sit ut, non pharetra congue diam nonummy aliquam proin adipiscing ac et eget sed laoreet volutpat pharetra congue ullamcorper. Amet dolore sem consectetur magna diam nonummy magna praesent felis lorem nibh volutpat sed tincidunt id ipsum massa id tempus ante at ac nunc aliquet consectetur magna et nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante tellus nonummy tempus ante eget dolor congue. Aliquet turpis nisi sem consectetur ac et elit tempus. Ante mauris, lorem lobortis, euismod, amet dolore, aliquet sit. Donec praesent nonummy donec praesent adipiscing nisi sem consectetur. Magna diam nonummy, erat ante mauris, lorem lobortis eget. Sed laoreet euismod ipsum ante molestie sit elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie, dolor congue ullamcorper amet dolore tellus turpis, magna diam nonummy donec praesent, nonummy sit nisi non consectetur ac praesent adipiscing donec. Praesent, adipiscing aliquam proin elit erat mi id tempus mi mauris tempus nibh eget dolor nibh magna laoreet, id ipsum lobortis non dolor. Tincidunt ullamcorper amet nunc tellus sit ut non dolor lobortis volutpat, pulvinar dolore aliquet, sit ut non sit ut volutpat amet dolore aliquet. Turpis aliquam proin at ac et elit erat mi felis tempus ante eget lorem, laoreet id ipsum laoreet id dolor tincidunt, ullamcorper adipiscing. Aliquam proin eget, erat mi felis ipsum ante mauris lorem nibh eget dolor tincidunt euismod, pulvinar, nunc tellus sit ut non amet congue. Sem elit sed massa felis, tempus ante mauris lorem nibh eget lorem nibh elit sed ante mauris lorem lobortis volutpat dolor tincidunt euismod. Pulvinar dolore tellus pharetra donec praesent felis feugiat tincidunt euismod dolor tincidunt tellus sit nunc tellus pharetra congue non pharetra tincidunt ullamcorper amet. Nisi lorem nibh elit, sed laoreet id ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet adipiscing ac proin nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor dolore praesent, adipiscing aliquam proin at lorem. Laoreet id pulvinar nunc tellus sit congue congue, ullamcorper. Adipiscing ac proin at magna diam nonummy donec mi. Felis lorem ante mauris sed mi felis ipsum massa. Mauris lorem nibh volutpat et elit erat laoreet id. Ipsum lobortis, volutpat feugiat nibh eget sed mi felis. Ipsum massa mauris lorem nibh eget sed tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper adipiscing aliquam et elit ac, et nonummy donec praesent felis tempus ante mauris ac nibh. Id ipsum massa dolore sem consectetur ac diam nonummy erat, mi mauris, feugiat tincidunt euismod pulvinar nisi. Aliquet consectetur, magna et elit erat laoreet felis aliquam, proin eget, sed nunc tellus sit ut, sem. Nonummy donec, praesent adipiscing tempus ante mauris sed laoreet eget ipsum laoreet molestie feugiat, ut non amet. Donec ante at ac et felis erat mi felis tempus ante mauris lorem nibh eget sed ante. Mauris lorem nibh volutpat dolor laoreet eget sed massa dolore aliquet sit nisi sem pharetra congue diam. Nonummy tempus nibh volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut non pharetra, dolore ullamcorper amet. Nunc, diam elit tempus, ante mauris, tempus, proin mauris ac et elit donec praesent adipiscing aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet, donec, aliquet adipiscing ac proin at erat. Laoreet id tempus ante molestie sit, ut ullamcorper adipiscing. Aliquam ante eget dolor tincidunt aliquet adipiscing ac proin. At sed tincidunt euismod pulvinar nunc molestie feugiat lobortis. Volutpat dolor, nunc tellus turpis, aliquam sem at ac. Diam adipiscing aliquam elit erat mi id ipsum massa. Molestie dolor, tincidunt ullamcorper pulvinar nunc euismod pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit dolore mi felis lorem nibh volutpat dolor nunc tellus turpis nisi sem pharetra congue ullamcorper pulvinar dolore, proin at ac, et, eget ipsum laoreet. Et felis tempus ante mauris tempus ante eget lorem nibh felis, erat, ante felis lorem ante, eget sed nibh eget sed, laoreet molestie ipsum massa massa non. Pharetra magna diam turpis dolore aliquet consectetur, magna et elit donec, praesent nonummy donec aliquet turpis nisi non consectetur, magna diam amet dolore praesent turpis ut sem. Nonummy erat mi mauris lorem, lobortis non pulvinar nunc tellus turpis ut non sit ut volutpat dolor lobortis euismod pulvinar nunc, donec ante mauris tempus ante at. Ac et eget ipsum nunc molestie sit, lobortis non pharetra congue ullamcorper turpis dolore aliquet, feugiat nisi sem nonummy donec diam mauris tempus nibh volutpat dolor, tincidunt. Euismod pulvinar ut sem pharetra congue ullamcorper non felis, tempus ante mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa lobortis volutpat pulvinar dolore aliquet consectetur magna. Diam elit donec praesent donec ut non consectetur congue ullamcorper amet congue ullamcorper erat et elit donec praesent adipiscing aliquam, sem, consectetur ut tellus sit congue ullamcorper. Amet dolore ullamcorper turpis ut non pharetra ut volutpat dolor lobortis elit, erat aliquet turpis dolore tellus, sit ut sem consectetur congue non dolor laoreet euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor lobortis volutpat dolor laoreet felis tempus nunc tellus pharetra lobortis mauris lorem et, eget sed, laoreet id ipsum consectetur magna, diam. Nonummy donec, aliquet turpis dolore aliquet turpis ut volutpat dolor lobortis eget dolor tincidunt, euismod pulvinar massa molestie feugiat massa mauris lorem diam nonummy donec. Praesent adipiscing aliquam proin consectetur magna sem, pharetra tincidunt euismod, dolor laoreet eget sed, laoreet id lorem, nibh eget sed laoreet eget sed mi adipiscing. Aliquam proin at magna non pharetra, tincidunt euismod dolor nunc aliquet, sit ut tellus sit ut volutpat dolor laoreet id ipsum massa ullamcorper amet nunc. Aliquet consectetur magna diam nonummy magna, ullamcorper, amet dolore tellus pulvinar nunc molestie feugiat nibh eget lorem nibh eget sed laoreet, id tempus dolor tincidunt. Tellus turpis nisi sem consectetur magna ullamcorper amet, dolore aliquet pulvinar massa id lorem ante mauris lorem nibh eget ac et nonummy, dolore ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra, magna diam amet aliquam proin at, ac mi elit aliquam praesent. At ac et elit ac diam felis, sit, magna mi tellus turpis lorem, laoreet. Euismod at pharetra id amet aliquam et volutpat dolor nunc proin elit dolor nunc. Sem euismod amet donec lobortis praesent id pharetra erat nisi laoreet ullamcorper adipiscing lorem. Lorem lobortis eget sed et elit erat praesent nonummy aliquam proin consectetur ac diam. Nonummy magna diam adipiscing, donec praesent turpis nisi aliquet sit ut non pharetra, lorem. Tincidunt ullamcorper amet dolore aliquet consectetur magna sem consectetur magna ullamcorper amet dolore euismod. Pulvinar nunc non sit ut non dolor lobortis id feugiat lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem et eget erat praesent adipiscing donec praesent adipiscing feugiat nisi non amet dolore, ullamcorper amet dolore aliquet at, lorem nibh elit. Erat mi mauris aliquam proin adipiscing nisi sem pharetra magna diam tempus, massa volutpat lorem nibh eget dolor, laoreet euismod, ipsum ante, felis. Tempus ante mauris ac proin at magna, diam nonummy congue ullamcorper amet dolore dolore sem turpis nisi, non consectetur donec nunc diam, elit. Pulvinar dolor aliquam nibh non, nonummy tempus ut non amet donec mi molestie consectetur tempus nunc et eget ipsum ut non nonummy sed. Nunc laoreet euismod turpis ac, nibh id, amet nisi et eget pulvinar nunc, aliquet adipiscing ipsum congue pharetra erat massa aliquet at dolor. Aliquam lobortis aliquet adipiscing, lorem lobortis ullamcorper adipiscing tempus congue mi non euismod, adipiscing sed dolore praesent turpis nisi, aliquet tellus consectetur nisi. Diam nonummy erat praesent adipiscing tempus ante eget lorem nibh, eget pulvinar dolore aliquet sit lobortis, consectetur sed laoreet, id, ipsum massa id. Ipsum massa molestie lorem, nibh, eget erat mi felis tempus ante mauris tempus ante at erat et consectetur magna diam amet ut non. Pharetra congue non dolor congue euismod ipsum, nunc tellus feugiat massa mauris tempus et at ac diam nonummy magna diam nonummy dolore aliquet. At lorem mi id ipsum massa molestie dolor tincidunt euismod ipsum laoreet felis, tempus ante mauris lorem, nibh eget lorem et nonummy magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at aliquam proin at congue ullamcorper amet dolore ullamcorper turpis, dolore tellus sit ut volutpat, amet dolore tellus sit nisi non pharetra. Congue ullamcorper amet, congue, aliquet turpis dolore aliquet turpis ut sem amet dolore aliquet amet dolore aliquet pharetra magna diam nonummy donec aliquet. Adipiscing nisi sem pharetra congue non pharetra tincidunt volutpat ipsum laoreet felis tempus mi turpis nisi sem consectetur ut non pharetra tellus pharetra. Ut ullamcorper amet dolore ullamcorper pulvinar dolore non pharetra ut non dolor lobortis volutpat erat et nonummy donec, diam, aliquam nibh eget sed. Laoreet id pulvinar massa felis aliquam, proin at aliquam proin consectetur magna diam nonummy dolore aliquet turpis dolore aliquet sit nunc tellus feugiat. Tellus turpis ut non pharetra congue non dolor tincidunt euismod amet nunc molestie feugiat massa molestie feugiat lobortis eget sed nibh eget, tempus. Ante tellus feugiat lobortis nonummy dolore aliquet adipiscing aliquam et at magna diam, nonummy tempus, ante mauris lorem ante at ac diam consectetur. Donec aliquet sit nunc molestie feugiat massa molestie ac et at magna diam elit erat praesent adipiscing dolore, aliquet turpis ut non sit. Ut ullamcorper pharetra tincidunt id lobortis volutpat feugiat nibh eget sed et amet congue ullamcorper pulvinar laoreet, felis erat mi adipiscing, aliquam proin. At ac, et eget, erat praesent, felis aliquam praesent eget sed laoreet id ipsum ante molestie lorem nibh mauris ac, mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet congue ullamcorper turpis ut non pharetra, congue non pharetra congue. Ullamcorper pulvinar nunc euismod feugiat ante felis tempus ante laoreet id. Pulvinar nunc tellus sit ut non dolor congue euismod pulvinar nunc. Molestie feugiat lobortis molestie feugiat nibh eget lorem et, nonummy magna. Ullamcorper ac proin consectetur magna diam amet congue ullamcorper pulvinar massa. Molestie feugiat lobortis molestie feugiat lobortis volutpat dolor laoreet felis erat. Mi felis, tempus nibh volutpat sed nunc tellus pharetra congue non. Pharetra dolore ullamcorper amet nunc euismod feugiat lobortis molestie feugiat lobortis. Volutpat dolor laoreet id, sed laoreet id ac, nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra congue euismod amet nunc tellus sit ut non nonummy aliquam. Ante mauris ac et at ac et elit donec praesent adipiscing aliquam proin. Elit erat et elit donec mi adipiscing nisi aliquet turpis, nisi ullamcorper amet. Dolore aliquet adipiscing, aliquam sem consectetur congue non dolor lobortis volutpat sed laoreet. Elit erat mi felis tempus proin at ac et adipiscing aliquam praesent adipiscing. Nisi sem pharetra ut non dolor lobortis eget erat mi elit erat aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit consectetur nisi diam consectetur magna diam nonummy dolore praesent turpis dolore sem, pharetra congue diam amet congue ullamcorper amet, nisi sem consectetur, nisi, tellus. Nibh, non pharetra tincidunt euismod ipsum massa, molestie feugiat massa mauris lorem nibh eget erat laoreet felis tempus, massa mauris lorem ante at magna diam. Dolore aliquet ante mauris ac et at ac et elit donec praesent, adipiscing nisi aliquet turpis magna, diam pharetra congue euismod dolor, tincidunt, id sed. Mi id id ipsum massa molestie lorem nibh eget sed, tincidunt id tempus ante mauris lorem ante consectetur, ac et elit, erat laoreet felis, tempus. Et elit erat laoreet id tempus mi felis aliquam ante, at ac diam consectetur magna ullamcorper amet nunc tellus pulvinar, massa tellus sit ut volutpat. Dolor congue, aliquet turpis nisi non amet dolore ullamcorper amet dolore euismod pulvinar massa, mauris tempus, ante mauris ac diam nonummy erat mi adipiscing tempus. Ante at ac et elit erat mi felis aliquam sem consectetur nisi et elit donec diam nonummy dolore aliquet sit nunc molestie ipsum ante ante. Mauris dolor congue ullamcorper amet nunc tellus sit ut volutpat dolor lobortis euismod pulvinar tincidunt euismod pulvinar massa molestie sit ut volutpat sed laoreet, eget. Elit tempus mi adipiscing aliquam proin at ac diam consectetur donec, praesent nonummy donec aliquet sit ut, non sit ut volutpat, sed laoreet id sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore sem turpis nisi sem consectetur magna, ullamcorper pulvinar tincidunt euismod congue non dolor, tincidunt eget sed laoreet id ipsum mi mauris aliquam proin consectetur ac mi. Felis, ipsum ante felis tempus ante at ac, proin nonummy dolore aliquet turpis, nisi sem consectetur magna diam amet congue ullamcorper amet nunc tellus, pulvinar ut tellus sit. Ut non pulvinar tincidunt, eget, id turpis, ipsum nunc non consectetur magna ullamcorper nonummy aliquam proin adipiscing aliquam proin at ac diam nonummy donec mi mauris lorem nibh. Eget sed massa tellus sit congue ullamcorper amet donec aliquet amet nisi aliquet turpis ut non, pharetra congue ullamcorper, dolor nunc, tellus turpis nisi sem consectetur, donec ullamcorper. Amet aliquam, proin pharetra magna diam amet congue ullamcorper turpis aliquam proin at ac et nonummy donec praesent nonummy nunc aliquet turpis ut non pharetra ut non amet. Molestie sit congue non dolor tincidunt ullamcorper pulvinar nunc euismod pulvinar ut volutpat feugiat lobortis ullamcorper amet dolore tellus sit tempus, ante mauris ac, nibh eget, sed massa. Molestie sit ut non consectetur donec praesent adipiscing aliquam proin consectetur ac diam nonummy magna praesent nonummy dolore laoreet molestie ipsum massa molestie dolor tincidunt volutpat dolor nunc. Id sit nisi non nonummy, magna praesent felis aliquam proin adipiscing ac et at ac et lorem lobortis volutpat dolor nunc tellus pulvinar massa mauris feugiat tincidunt euismod. Pulvinar dolore aliquet turpis ut non pharetra donec mi, felis tempus ante at, ac, et felis feugiat ut volutpat feugiat nibh eget dolor tincidunt, tellus sit, ut, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi felis erat ante mauris lorem nibh volutpat dolor nunc id ipsum ante mauris lorem. Nibh eget sed, nibh eget sed ac et elit erat praesent adipiscing tempus nibh mauris dolor tincidunt. Euismod pulvinar ut tellus sit lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus, tincidunt, euismod dolor tincidunt. Id ipsum ante felis tempus ante mauris sed laoreet euismod sit nunc tellus feugiat ut non, pharetra. Dolore aliquet turpis nisi sem id ipsum massa, molestie dolor tincidunt ullamcorper nonummy aliquam proin mauris lorem. Nibh eget ipsum, massa molestie feugiat massa volutpat dolor tincidunt euismod sed lobortis non pharetra magna praesent. Nonummy nisi nibh eget lorem tincidunt euismod pulvinar, nunc non consectetur congue non amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, lobortis euismod, pulvinar dolore sem consectetur lorem, et eget sed laoreet id lorem nibh eget sed tincidunt turpis nisi et elit dolor dolore sem at magna diam consectetur donec. Praesent mauris, lorem nibh volutpat, lorem laoreet id sed massa tellus sit ullamcorper amet dolore aliquet turpis nisi diam consectetur congue euismod, dolor tincidunt tellus sit nunc tellus pharetra congue. Ullamcorper nonummy, aliquam proin at ac et elit erat mi mauris lorem nibh mauris lorem laoreet id sed, laoreet id lorem nibh, eget, sed congue ullamcorper turpis dolore sem at. Magna et adipiscing tempus ante, at ac nibh eget ipsum nunc tellus sit ut non pharetra, dolore aliquet turpis nisi aliquet pharetra congue ullamcorper, pharetra dolore aliquet, adipiscing tempus lorem. Lobortis volutpat dolor tincidunt id ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar, nunc molestie feugiat ut volutpat dolor tincidunt ullamcorper turpis nisi ante tellus sit nisi sem. Nonummy erat laoreet, id ipsum lobortis molestie feugiat nibh eget erat mi felis tempus massa, molestie sed laoreet euismod ipsum, massa mauris lorem nibh eget sed laoreet id sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper adipiscing nisi proin mauris lorem nibh nonummy donec mi adipiscing aliquam proin, at ac nibh, eget erat mi. Adipiscing aliquam ante tincidunt aliquet sit magna, diam consectetur congue diam adipiscing tempus ante at lorem nibh eget sed laoreet. Tellus pharetra ut diam elit donec aliquet turpis laoreet euismod sit ut sem nonummy donec, mi felis, tempus lobortis, eget. Dolor congue ullamcorper amet dolore aliquet consectetur magna et elit, donec praesent adipiscing nisi, sem consectetur donec praesent nonummy tempus. Nibh non pharetra dolore praesent adipiscing nisi, proin at erat laoreet id feugiat ut sem nonummy donec mi mi, adipiscing. Aliquam ante eget sed tincidunt euismod pulvinar nunc tellus pharetra, congue ullamcorper elit erat mi felis ac, proin at ac. Et felis tempus ante felis pulvinar, donec proin, mauris lorem nibh eget ipsum, massa tellus sit congue diam amet donec. Praesent mauris lorem nibh volutpat pulvinar nunc tellus sit nisi sem nonummy donec praesent adipiscing ac et, elit ipsum nunc. Tellus turpis nisi non pharetra congue ullamcorper amet nunc euismod sit aliquam, proin adipiscing aliquam proin elit erat, laoreet felis. Tempus massa molestie feugiat nibh eget sed tincidunt tellus feugiat lobortis molestie dolor tincidunt volutpat dolor tincidunt ut ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis, euismod amet nunc aliquet consectetur, magna diam aliquam sem at lorem, nibh eget. Ipsum nunc tellus feugiat, ut non pharetra dolore ullamcorper adipiscing aliquam proin at erat mi. Felis tempus massa mauris lorem nibh id pulvinar aliquam proin elit sed massa tellus pharetra. Congue et elit erat mi felis tempus et volutpat, pulvinar tincidunt euismod pulvinar nunc volutpat. Pulvinar dolore aliquet turpis nisi sem at ac diam elit donec, proin at ac nibh. Eget sed laoreet felis tempus ante mauris mauris feugiat nibh eget sed tincidunt euismod pulvinar. Massa molestie feugiat lobortis molestie feugiat tincidunt, euismod pulvinar tincidunt, euismod pulvinar ut non pharetra. Tincidunt ullamcorper nonummy donec non consectetur donec diam nonummy donec praesent, at ac proin at. Ante volutpat dolor tincidunt euismod ipsum massa mauris lorem ante mauris ac nibh elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt tellus tellus, feugiat. Lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie ipsum, massa mauris tempus, ante eget erat et. Felis erat mi adipiscing donec ipsum mi felis, tempus proin turpis dolore aliquet sit ut volutpat. Feugiat lobortis, volutpat nonummy donec praesent adipiscing, aliquam proin mauris ac proin elit erat diam elit. Proin eget sed tincidunt praesent turpis nisi sem nonummy, sed nunc molestie feugiat lobortis, volutpat dolor. Tincidunt ullamcorper, amet dolore aliquet consectetur magna lorem, lobortis euismod pulvinar tincidunt tellus pulvinar massa molestie. Pharetra congue diam nonummy aliquam proin at, aliquam proin at ac et elit donec mi felis. Tempus ante lobortis volutpat pharetra nunc tellus sit, ut non, consectetur congue diam elit erat aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum, massa tellus, pharetra magna diam adipiscing. Lorem ante eget sed laoreet eget erat mi. Elit donec proin adipiscing aliquam proin, at, ac. Mi id pharetra congue euismod pulvinar, dolore tellus. Turpis aliquam proin at donec praesent adipiscing donec. Proin mauris feugiat lobortis eget dolor tincidunt id. Ipsum massa volutpat dolor nunc tellus pulvinar nunc. Non pharetra magna praesent nonummy donec, proin at. Ac proin at erat et felis ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum, nunc tellus, feugiat, ut non. Pharetra dolore ullamcorper amet dolore sem consectetur ac. Et elit erat mi felis tempus ante, molestie. Sit ut ullamcorper pharetra, dolore aliquet turpis nisi. Proin consectetur magna diam amet dolore aliquet turpis. Nisi proin at ac felis tempus ante eget. Sed tincidunt euismod ipsum nunc tellus feugiat ut. Ullamcorper nonummy erat praesent adipiscing ac, et elit. Sed laoreet id ipsum massa mauris lorem laoreet. Euismod sit nisi sem at ac diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis eget dolor tincidunt id ipsum ante nisi diam nonummy donec ullamcorper nonummy dolore aliquet, turpis nisi proin consectetur magna diam nonummy erat, mi felis tempus ante. Elit erat laoreet felis erat proin mauris sed nibh euismod ipsum massa tellus pharetra congue diam nonummy donec ullamcorper turpis aliquam sem at ac et elit tempus ante. Felis tempus nibh id pulvinar nunc molestie feugiat, lobortis molestie lorem nibh, id ipsum massa id ipsum massa molestie tempus ante eget lorem laoreet euismod lorem ut non. Pharetra donec aliquet adipiscing aliquam et elit erat et elit erat ante mauris, feugiat lobortis eget sed tincidunt euismod ipsum ante mauris feugiat lobortis sem consectetur donec praesent. Adipiscing aliquam praesent adipiscing, aliquam proin elit erat mi felis tempus massa molestie feugiat, lobortis euismod amet dolore tellus turpis, ut non, proin mauris ac et elit erat. Mi elit erat praesent, adipiscing aliquam, sem consectetur ac nibh elit erat mi felis tempus ante mauris lorem tincidunt, sit magna diam nonummy erat mi mauris lorem lobortis. Volutpat pulvinar dolore aliquet turpis nunc tellus, sit, ut ullamcorper amet dolore aliquet turpis nisi sem, at magna amet dolore sem turpis magna diam elit magna, mi felis. Lorem ut non pulvinar tincidunt tellus sit nisi sem consectetur ac et elit tempus ante mauris ac, diam nonummy magna ullamcorper amet dolore, aliquet turpis nisi non pharetra. Congue praesent felis aliquam proin at ac et at erat mi elit erat mi, adipiscing lorem nunc tellus sit ut non pharetra magna praesent felis tempus proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, sed mi felis tempus ante mauris, lorem lobortis volutpat pulvinar nunc euismod pulvinar ut. Non consectetur magna diam amet, dolore ullamcorper amet, magna et elit erat praesent turpis nisi. Sem consectetur, ac et nonummy donec diam nonummy donec praesent at lorem nibh eget, ipsum. Nunc tellus adipiscing aliquam proin consectetur erat mi felis ipsum massa, molestie dolor tincidunt euismod. Dolor nunc aliquet turpis nisi non sit lobortis non dolor congue euismod pulvinar laoreet lobortis. Volutpat pulvinar dolore aliquet turpis magna diam nonummy erat, mi mauris lorem nibh eget sed. Tincidunt euismod pulvinar nunc molestie feugiat lobortis sed laoreet, id pulvinar massa tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget lorem nibh eget sed, laoreet nisi. Proin at, magna diam, nonummy, magna mi felis. Tempus nibh mauris lorem nibh eget erat, mi. Id ipsum nibh eget lorem nibh elit ac. Praesent felis tempus proin at magna diam consectetur. Magna ullamcorper amet, dolore aliquet turpis nisi sem. Consectetur magna praesent adipiscing donec proin at ac. Et nonummy dolore aliquet turpis nisi, sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis lorem nibh eget lorem. Laoreet id ipsum ut ullamcorper elit erat. Ante volutpat feugiat lobortis, eget sed laoreet. Id, pulvinar nunc tellus feugiat nibh, eget. Sed nibh euismod pulvinar ut non pharetra. Tincidunt ullamcorper turpis aliquam proin elit erat. Mi id pulvinar ut tellus sit ut. Non amet, dolore tellus ipsum laoreet felis. Aliquam proin adipiscing, ac, ut diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, aliquet consectetur ac diam nonummy magna diam amet nunc tellus turpis nunc aliquam. Massa molestie feugiat congue ullamcorper amet nunc tellus sit ut sem consectetur magna praesent. Felis aliquam proin at lorem laoreet euismod sed laoreet id, tempus massa volutpat pharetra. Congue ullamcorper turpis nisi sem consectetur magna sem pharetra congue, ullamcorper amet dolore tellus. Sit ut sem consectetur, ac et elit donec ac mi felis, tempus massa molestie. Feugiat congue ullamcorper amet, donec proin adipiscing aliquam proin, at erat et nonummy donec. Praesent, turpis nisi non consectetur magna praesent, adipiscing nisi sem consectetur ac diam nonummy. Donec mi felis aliquam proin adipiscing ac et elit erat et felis erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar donec praesent adipiscing aliquam et nonummy erat mi adipiscing tempus proin adipiscing lorem nibh, sit, ut, non dolor congue diam, nonummy. Donec praesent at lorem et eget erat laoreet id, tempus ante mauris ac et elit erat laoreet id ipsum lobortis euismod pulvinar. Dolore sem, at lorem laoreet eget sed mi id ipsum lobortis, eget sed nibh eget, sed laoreet id tempus mi felis lorem. Laoreet tellus turpis, nisi non sit congue ullamcorper nonummy aliquam proin at lorem laoreet elit erat laoreet id ipsum lobortis volutpat dolor. Tincidunt tincidunt ullamcorper amet donec aliquet, sit ut tellus sit lobortis, volutpat pharetra congue ullamcorper pulvinar nunc molestie feugiat ut volutpat feugiat. Lobortis volutpat turpis nisi sem consectetur magna praesent felis tempus ante mauris lorem nibh eget sed mi id feugiat, lobortis non pharetra. Tincidunt aliquet turpis dolore aliquet, sit nibh volutpat dolor dolore aliquet sit ut non pharetra tincidunt, euismod amet nunc aliquet sit, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing, tempus nunc tellus sit pharetra donec mi felis. Lorem tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus sit. Ut, non pharetra congue aliquet adipiscing ac feugiat ut, sem. Consectetur, magna praesent felis tempus ante mauris ac nibh eget. Erat massa tellus sit ut non pharetra dolore praesent adipiscing. Aliquam id feugiat ut non pharetra lobortis eget dolor laoreet. Euismod, sit nisi sem nonummy magna, diam adipiscing aliquam proin. At lorem et eget ipsum nunc tellus turpis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet donec proin at ac nibh eget ipsum massa, molestie dolor congue ullamcorper turpis nisi, sem consectetur magna diam felis erat, ante felis tempus ante mauris. Lorem laoreet id ipsum nunc, molestie feugiat lobortis, non dolor amet dolore praesent felis tempus proin consectetur magna et elit donec diam nonummy donec praesent adipiscing, aliquam. Proin elit erat mi, felis tempus massa mauris amet nunc euismod pulvinar massa, tellus dolor lobortis volutpat, pulvinar tincidunt tellus pulvinar ut sem, at ac et adipiscing. Donec praesent adipiscing aliquam et elit erat praesent, felis tempus ante mauris lorem et eget erat mi felis tempus ante at ac nibh eget sed laoreet id. Feugiat lobortis volutpat feugiat nisi sem consectetur donec praesent felis lorem, nibh mauris ac et, elit erat praesent adipiscing ipsum massa molestie dolor tincidunt euismod amet aliquam. Sem consectetur ac nibh, praesent, adipiscing aliquam praesent adipiscing aliquam proin elit ac et, adipiscing donec proin at, ac proin at, magna, mi lorem lobortis volutpat dolor. Tincidunt tellus, pulvinar nunc tellus sit ut ullamcorper pharetra tincidunt ullamcorper amet nisi aliquet turpis nisi, sem nonummy dolore ullamcorper amet dolore aliquet consectetur congue ullamcorper pulvinar. Dolore tellus turpis ut non pharetra congue volutpat dolor tincidunt ullamcorper amet nisi, sem at ac diam nonummy donec diam adipiscing aliquam aliquam ante, mauris sed tincidunt. Id amet dolore tellus sit ut non pharetra congue ullamcorper, pulvinar dolore aliquet turpis ut non, pharetra congue praesent nonummy donec praesent, pharetra magna diam nonummy dolore. Praesent adipiscing nisi sem consectetur magna sem amet donec ante mauris lorem nibh eget sed laoreet eget sed nunc tellus sit ut euismod pulvinar nunc, tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis molestie feugiat, dolore sem consectetur ac diam nonummy donec mi felis. Tempus ante mauris lorem et elit erat mi id feugiat lobortis volutpat dolor. Congue ullamcorper turpis ipsum nunc, tellus sit ut non amet donec praesent adipiscing. Aliquam et eget sed laoreet id tempus, massa molestie feugiat lobortis volutpat dolor. Nunc sit nisi sem consectetur magna ullamcorper amet congue euismod pulvinar nunc, molestie. Sit congue diam amet dolore aliquet turpis nisi aliquet turpis nisi sem consectetur. Ante eget dolor tincidunt euismod amet dolore non sit ut non amet congue. Aliquet, turpis nisi aliquet turpis ut non consectetur donec praesent adipiscing aliquam sem. At donec praesent felis tempus proin at dolor tincidunt ullamcorper turpis nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus turpis aliquam diam consectetur donec praesent adipiscing aliquam, proin mauris feugiat lobortis volutpat pulvinar massa tellus turpis, ut. Diam nonummy donec praesent ipsum nunc, ante mauris lorem nibh eget dolor, dolore praesent at aliquam et elit sed laoreet. Molestie feugiat massa molestie lorem nibh eget sed laoreet id ipsum sed laoreet id, ipsum massa, molestie ipsum massa, volutpat. Dolor congue aliquet turpis aliquam, proin elit ac, et elit erat mi felis tempus ante at magna sem adipiscing tempus. Ante volutpat pharetra congue aliquet turpis aliquam proin at ac mi felis ipsum massa volutpat dolor tincidunt ullamcorper amet dolore. Aliquet id ipsum, ut non pharetra congue, euismod, amet dolore aliquet consectetur, nisi non pharetra tincidunt aliquet amet dolore, aliquet. Turpis nisi sem consectetur magna praesent, adipiscing, ut ullamcorper pharetra dolore aliquet turpis nisi, sem consectetur magna diam elit erat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf4d8979180b4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4f6a2f2b03e8474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R75bf76c8896446f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc6ecd09e95f24689" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1626945a35234393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9ebf2ab7bed34eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf4d62aa8cf24113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb619f24c17db4508" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>