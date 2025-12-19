--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R531d87389a6c45da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1361c713cd404602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc58ead48aec34a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9844ed3093f04024" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R552959a54a5f40b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R065e5d4fd66b449d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At at dolor tempus sit magna laoreet euismod turpis ac et eget pulvinar nisi proin, elit pulvinar, nunc aliquet turpis magna et elit erat ante. Diam felis ipsum nunc pharetra dolore aliquet turpis ut non, consectetur, erat mi id tempus ante adipiscing aliquam ante eget pulvinar dolore tellus sit ut. Sem consectetur, magna, diam, mauris sed laoreet id sed massa molestie feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt euismod ipsum nunc molestie sit lobortis. Euismod amet donec aliquet adipiscing ac mi id ipsum massa mauris feugiat tincidunt euismod amet, nunc euismod pulvinar ut sem, pharetra congue ullamcorper pulvinar nunc. Tellus sit, nisi sem amet dolore aliquet turpis nisi sem elit ac diam elit donec mi felis tempus ante at ac diam nonummy donec diam. Nonummy tempus ante mauris ac et volutpat sed laoreet, id ipsum, massa molestie feugiat lobortis, volutpat dolor tincidunt id pulvinar ut sem pharetra magna mi. Felis ipsum lobortis non amet donec aliquet elit tempus ante molestie feugiat lobortis ante felis tempus, ante mauris lorem nibh, id ipsum, laoreet felis tempus. Ante ac nibh volutpat pulvinar nunc tellus pulvinar lobortis molestie dolor lobortis volutpat dolor tincidunt, euismod pulvinar ut non sit congue non amet donec aliquet. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Elit tempus turpis aliquam diam consectetur donec praesent adipiscing aliquam, proin mauris feugiat lobortis volutpat pulvinar massa tellus turpis, ut. Diam nonummy donec praesent ipsum nunc, ante mauris lorem nibh eget dolor, dolore praesent at aliquam et elit sed laoreet. Molestie feugiat massa molestie lorem nibh eget sed laoreet id ipsum sed laoreet id, ipsum massa, molestie ipsum massa, volutpat. Dolor congue aliquet turpis aliquam, proin elit ac, et elit erat mi felis tempus ante at magna sem adipiscing tempus. Ante volutpat pharetra congue aliquet turpis aliquam proin at ac mi felis ipsum massa volutpat dolor tincidunt ullamcorper amet dolore. Aliquet id ipsum, ut non pharetra congue, euismod, amet dolore aliquet consectetur, nisi non pharetra tincidunt aliquet amet dolore, aliquet. Turpis nisi sem consectetur magna praesent, adipiscing, ut ullamcorper pharetra dolore aliquet turpis nisi, sem consectetur magna diam elit erat. </w:t>
+        <w:t xml:space="preserve">Dolore aliquam tincidunt ullamcorper tellus consectetur dolor dolore sem mauris dolor donec, nibh euismod mauris, lorem nibh volutpat pharetra donec praesent. Ullamcorper adipiscing tempus proin at feugiat volutpat pulvinar nunc aliquet at ac et felis ipsum nunc tellus pharetra magna diam nonummy. Aliquam ante mauris lorem laoreet eget sed, massa molestie sit, diam elit tempus massa molestie feugiat lobortis volutpat dolor nunc tellus. Turpis ac et elit sed massa tellus feugiat ut ullamcorper nonummy donec aliquet lorem nibh, elit sed laoreet euismod pulvinar ut. Non consectetur magna praesent, nonummy donec aliquet, turpis aliquam proin, at ac mi id ipsum lobortis non pharetra eget, sed tincidunt. Euismod pulvinar lobortis, volutpat feugiat tincidunt, volutpat, dolor tincidunt euismod sit, ut, sem consectetur magna diam nonummy donec aliquet turpis aliquam. Proin elit sed molestie feugiat ut non pharetra, congue diam nonummy donec aliquet sit nisi sem consectetur congue, ullamcorper amet dolore. Aliquet amet dolore praesent at lorem nibh eget sed, tincidunt euismod, pulvinar nunc tellus sit, congue ullamcorper amet dolore tellus sit. Aliquam et, elit erat laoreet felis, ipsum lobortis molestie lobortis volutpat dolor tincidunt id tempus ante molestie lorem nibh mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi elit sed massa sem consectetur erat. Mi id tempus ante mauris feugiat tincidunt. Euismod, amet dolore aliquet adipiscing aliquam et. Elit, sed mi, id massa, molestie, feugiat. Congue ullamcorper turpis nisi aliquet turpis ac. Et elit erat ante tellus, sit congue. Diam adipiscing aliquam proin mauris sed laoreet. Euismod nunc tellus, sit ut volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod amet nunc tellus turpis nisi non pharetra congue nonummy ipsum nibh eget sed tincidunt euismod amet dolore, sem. At erat mi id tempus mi felis tempus nibh, eget sed tincidunt tellus sit nunc tellus congue non amet dolore ullamcorper. Amet dolore sem consectetur congue non amet congue ullamcorper turpis, aliquam proin at ac nibh eget ipsum nunc non pharetra ullamcorper. Amet aliquam proin adipiscing ac et elit erat mi elit tempus ante molestie feugiat nibh mauris lorem diam elit erat ante. Mauris nibh non pharetra congue ullamcorper sit nisi tellus sit lobortis, volutpat feugiat, tincidunt euismod, pulvinar nunc aliquet turpis ut volutpat. Pharetra, donec mi adipiscing, aliquam proin adipiscing, et, elit, erat mi id, tempus ante mauris lorem et elit erat mi elit. Tempus, ante mauris lorem nibh volutpat dolor tincidunt id ipsum nunc non pharetra non amet donec aliquet turpis nisi non pharetra. Congue diam elit erat, mi mauris, feugiat lobortis volutpat dolor nunc, tellus sit ut non sit, congue adipiscing tempus proin turpis. Aliquam et at erat diam nonummy, donec praesent turpis aliquam, sem, consectetur ac et felis tempus ante mauris lorem nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt euismod amet nisi tellus turpis magna diam, amet, donec mi felis, lorem at, ac et elit erat mi mauris lorem nibh. Mauris lorem nibh eget ipsum laoreet id feugiat ut ullamcorper nonummy donec, aliquet adipiscing nisi proin, at, et, nonummy donec mi adipiscing aliquam. Proin mauris, dolor congue ullamcorper sit ut non, sit ut volutpat pharetra congue aliquet turpis aliquam sem consectetur magna elit tempus massa molestie. Sit ut, non pharetra nunc, tellus sit nisi sem pharetra ut ullamcorper, amet donec aliquet turpis nisi sem turpis diam nonummy, donec, praesent. Adipiscing aliquam proin at ac et elit erat mi felis tempus massa mauris lorem et elit erat laoreet id ipsum ante felis tempus. At lorem mi elit, tempus ante molestie pharetra ut non pharetra congue ullamcorper pulvinar ut non consectetur magna diam amet donec praesent adipiscing. Aliquam ante elit erat felis tempus mi felis, tempus ante mauris lorem nibh elit, erat mi adipiscing aliquam ante at ac, nibh elit. Sed massa tellus sit ut, non consectetur massa molestie, feugiat lobortis volutpat dolor tincidunt tellus sit nunc tellus sit congue et nonummy donec. Praesent at lorem et elit erat, mi id pulvinar nunc tellus congue, diam amet dolore aliquet sit ut non pharetra magna, diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam eget dolor nunc tellus feugiat nisi sem pharetra congue ullamcorper amet dolore aliquet at ac nibh elit sed mi felis tempus ante. Mauris ac elit erat et felis tempus ante, mauris feugiat lobortis volutpat, sed tincidunt tellus sit nunc tellus feugiat lobortis volutpat lorem nibh. Elit sed nunc tellus magna diam nonummy donec praesent, adipiscing nisi proin at ac diam, nonummy donec diam adipiscing aliquam praesent turpis, nunc. Non sit ut volutpat, amet congue ullamcorper pulvinar tellus feugiat massa volutpat pharetra congue, euismod pulvinar dolore aliquet turpis magna diam consectetur magna. Diam nonummy aliquam praesent adipiscing aliquam et eget laoreet molestie feugiat ut sem amet dolore aliquet turpis nisi aliquet turpis nisi non pharetra. Congue diam adipiscing tempus, ante mauris ac nibh eget sed mi felis proin mauris dolor tincidunt ullamcorper pulvinar dolore aliquet consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy feugiat magna laoreet euismod, turpis ac congue ante ullamcorper molestie sit ac mi, tellus consectetur erat nunc aliquet eget pulvinar. Nunc proin volutpat amet tempus lobortis ullamcorper adipiscing ut et id at sed tincidunt, sem volutpat pulvinar aliquam lobortis diam molestie. Pharetra donec massa diam id turpis sed dolore proin non felis erat massa proin, volutpat pulvinar nisi ante volutpat amet tempus. Tincidunt mi non, elit pulvinar nisi et id adipiscing lorem tincidunt ullamcorper adipiscing dolor lobortis diam, euismod turpis ac nunc ante. Ullamcorper tellus elit, turpis dolor tempus, magna laoreet proin euismod molestie elit turpis dolor aliquam congue massa diam euismod mauris donec. Congue nunc nibh, praesent non felis consectetur sed aliquam dolore lobortis laoreet proin ullamcorper mauris elit consectetur pulvinar lorem donec massa. Et praesent non id sed aliquam nibh, ullamcorper mauris pharetra tempus magna nunc ante volutpat amet, lorem tincidunt ullamcorper pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis ipsum, ante molestie feugiat tincidunt ullamcorper amet dolore, sem at ac et nonummy donec mi adipiscing tempus, proin mauris lorem elit. Sed laoreet id ipsum massa molestie lorem lobortis volutpat sed massa tellus feugiat lobortis molestie lorem tincidunt euismod dolor nunc tellus sit ut. Non ut non amet dolore aliquet turpis aliquam sem pharetra congue ullamcorper pharetra, dolore aliquet amet nisi sem at ac mi felis erat. Ante, mauris feugiat nibh eget laoreet eget ipsum laoreet adipiscing aliquam, praesent at, ac et elit ac mi felis feugiat lobortis non consectetur. Magna praesent adipiscing tempus proin ac nibh id pulvinar ut non sit ut non, pharetra congue ullamcorper amet nunc molestie feugiat massa molestie. Feugiat lobortis volutpat dolor nunc euismod pulvinar nunc, tellus lobortis non pharetra congue euismod amet nunc, molestie ipsum lobortis volutpat dolor tincidunt ullamcorper. Adipiscing tempus ante, mauris sed tincidunt euismod pulvinar ut, sem consectetur magna diam donec praesent adipiscing, aliquam et elit sed mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed tincidunt euismod pulvinar nunc non pharetra magna praesent adipiscing aliquam, proin adipiscing nisi sem consectetur, congue diam elit donec adipiscing ac proin at magna diam consectetur. Magna diam adipiscing aliquam proin at ac nibh eget erat laoreet, molestie sit massa volutpat feugiat, laoreet, id nunc aliquet sit ut, non dolor congue euismod pulvinar nunc. Tellus turpis, nisi diam, nonummy donec diam amet dolore aliquet turpis nisi non pharetra congue ullamcorper nonummy ante, molestie dolor tincidunt aliquet turpis nisi proin consectetur magna diam. Nonummy erat mi, mauris tempus ante mauris lorem nibh elit, erat mi felis massa molestie dolor lobortis eget sed laoreet id pulvinar, nunc mauris lorem nibh mauris sed. Nunc aliquet, turpis aliquam proin elit sed laoreet, molestie ipsum massa dolor tincidunt euismod pulvinar, nunc tellus ipsum nunc molestie feugiat nibh mauris lorem nibh eget ipsum nunc. Sem consectetur magna diam nonummy dolore ullamcorper amet nisi sem magna et elit donec praesent mauris tempus ante mauris ac nibh eget sed mi felis lorem ante, mauris. Ac et erat laoreet, id tempus massa molestie dolor tincidunt ullamcorper amet dolore aliquet, sit ut sem consectetur magna praesent adipiscing aliquam praesent adipiscing aliquam proin consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam proin elit erat mi felis tempus ante felis tempus ante lorem laoreet, id, sed massa. Tellus consectetur magna diam adipiscing, aliquam ante mauris ac et, elit sed laoreet, id ipsum massa volutpat. Feugiat tincidunt euismod pulvinar tellus turpis aliquam et elit erat mi id, ipsum lobortis volutpat dolor lobortis. Volutpat pulvinar dolore tellus feugiat lobortis volutpat feugiat tincidunt euismod pulvinar nunc sit ut, non pharetra magna. Diam adipiscing tempus proin, at lorem nibh elit erat consectetur adipiscing, dolor aliquam massa, volutpat amet aliquam. Ut lobortis massa non elit ipsum lobortis volutpat dolor lobortis euismod pulvinar nunc tellus sit ut sem. Consectetur magna ullamcorper nonummy donec praesent adipiscing nisi sem consectetur ac elit erat mi felis, aliquam, ante. At lorem nibh eget sed ante mauris feugiat nibh, volutpat sed laoreet eget, sed laoreet id, feugiat. Ut ullamcorper nonummy donec adipiscing aliquam, proin mauris ac nibh elit erat ante mauris tempus ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi at erat mi felis ipsum lobortis volutpat pharetra congue ullamcorper turpis. Aliquam, proin, at lorem nibh eget donec praesent adipiscing tempus ante at. Ac eget ipsum nunc tellus sit lobortis volutpat dolor congue, ullamcorper turpis. Nunc aliquet turpis nisi sem consectetur magna diam amet dolore aliquet turpis. Nisi, sem magna et elit, tempus ante at lorem nibh volutpat dolor. Tincidunt euismod pulvinar, massa molestie feugiat lobortis volutpat dolor nunc, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam proin at aliquam proin elit erat mi. Id ipsum ut volutpat dolor congue euismod, pulvinar dolore proin. Adipiscing, et elit erat mi id ipsum, massa mauris feugiat. Nibh eget sed laoreet felis, ipsum massa molestie dolor congue. Ullamcorper amet donec nibh, volutpat nunc aliquet adipiscing aliquam proin. Elit erat mi id, ipsum lobortis non pharetra dolore ullamcorper. Pulvinar dolore aliquet, turpis nisi sem consectetur congue ullamcorper pulvinar. Nunc tellus ut sem, consectetur ac et adipiscing aliquam proin. At aliquam proin, elit erat et elit erat mi adipiscing. Tempus proin at ac et erat laoreet id tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, erat laoreet id sit ut non pharetra dolore aliquet turpis tellus consectetur magna diam nonummy. Magna diam adipiscing tempus nibh eget dolor tincidunt ullamcorper amet dolore sem turpis magna ullamcorper amet. Donec praesent felis nisi at lorem nibh felis, ipsum nunc tellus feugiat ut non, dolor tincidunt. Euismod amet dolore non sit ut ullamcorper pharetra congue ullamcorper pulvinar tincidunt euismod lobortis non consectetur. Magna diam adipiscing aliquam, proin mauris lorem nibh id ipsum massa tellus pharetra, magna diam nonummy. Donec mi adipiscing tempus eget dolor nunc, aliquet turpis, nisi sem pharetra congue ullamcorper amet nunc. Tellus turpis nisi sem consectetur magna diam nonummy donec praesent turpis aliquam et elit ac nonummy. Donec, praesent, adipiscing, aliquam proin at ac nibh elit sed laoreet id ipsum ante molestie dolor. Tincidunt aliquet turpis nisi sem turpis magna sem nonummy, magna felis aliquam proin consectetur ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, ipsum nibh volutpat dolor tincidunt id pulvinar molestie sit ut non consectetur donec mi felis, aliquam proin at ac et elit, erat mi felis tempus ante. Mauris, sed, laoreet id sed, massa ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis nisi non pharetra, congue ullamcorper nonummy donec praesent adipiscing ac et. Eget sed laoreet, felis massa, molestie feugiat lobortis euismod pulvinar laoreet euismod pulvinar nunc molestie feugiat nibh volutpat pulvinar tincidunt euismod turpis nisi proin at erat mi. Feugiat lobortis volutpat dolor, lobortis, volutpat dolor, nunc tellus feugiat massa molestie feugiat lobortis eget sed laoreet, id sed massa mauris lorem lobortis non pharetra dolore aliquet. Nisi proin at ac mi elit erat ante mauris lorem nibh mauris, lorem et elit erat mi mauris lorem nibh volutpat dolor congue euismod pulvinar dolore tellus. Massa volutpat dolor congue euismod dolor nunc tellus pulvinar nunc volutpat feugiat tincidunt, volutpat pulvinar tincidunt id ipsum nunc sem, ut non pharetra congue ullamcorper turpis nunc. Tellus sit lobortis, volutpat dolor tincidunt ullamcorper amet dolore sem turpis nisi sem consectetur magna ullamcorper nonummy donec, praesent at et eget erat mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt euismod ipsum molestie feugiat tincidunt ullamcorper pulvinar dolore tellus turpis nisi. Sem consectetur magna et elit aliquam aliquet turpis aliquam proin consectetur ac, et felis. Erat mi tempus ante mauris ac et, elit erat mi id ipsum lobortis eget. Sed laoreet, id ipsum massa tellus sit ut, volutpat pharetra lobortis, volutpat pulvinar, aliquet. Consectetur magna et nonummy erat mi felis tempus ante, mauris lorem et elit erat. Mi felis tempus ante mauris lorem et eget, sed tincidunt pulvinar nisi sem consectetur. Donec praesent adipiscing aliquam praesent adipiscing aliquam et at ac et, elit aliquam, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et felis pulvinar ut non consectetur magna euismod, amet, dolore aliquet turpis nisi sem at erat mi felis tempus proin. At proin elit erat mi felis erat ante mauris lorem nibh eget lorem nibh eget donec mi id lorem nibh eget. Sed tincidunt euismod amet aliquam consectetur nisi ullamcorper amet dolore aliquet amet dolore aliquet sit ut non consectetur donec mi felis. Lorem ante mauris, sed laoreet eget ipsum nunc tellus pharetra et nonummy donec mi felis aliquam sem turpis, nisi diam nonummy. Erat mi mauris feugiat congue ullamcorper pharetra tincidunt ullamcorper amet nunc tellus ut non dolor congue ullamcorper amet dolore tellus sit. Ut volutpat dolor tincidunt, euismod pulvinar nunc tellus sit nisi non pharetra ut non pharetra congue euismod pulvinar tellus feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat laoreet id ipsum, massa molestie lorem nibh mauris. Lorem eget erat laoreet felis tempus, proin at ac et. Elit sed laoreet id ipsum massa molestie feugiat lobortis volutpat. Pulvinar dolore, sem at magna diam consectetur nunc molestie feugiat. Lobortis volutpat lorem et elit ac, et nonummy donec aliquet. Turpis nisi sem consectetur magna diam elit erat ante molestie. Feugiat, lobortis pharetra congue tellus sit ut non sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat amet congue ullamcorper turpis nunc aliquet sit non consectetur magna diam amet dolore tellus pulvinar nunc tellus pharetra ut non. Amet, congue aliquet turpis nisi sem turpis, nisi sem, elit erat mi lorem lobortis, euismod pulvinar nunc tellus sit nisi sem, consectetur. Erat mi id tempus proin at ac et at, erat mi elit tempus mi adipiscing proin mauris lorem et elit donec praesent. Adipiscing aliquam proin at ac proin at, ipsum laoreet id ipsum ante molestie feugiat lobortis, euismod pulvinar tellus turpis magna et nonummy. Donec, mi adipiscing tempus proin mauris ac proin at ac et nonummy dolore aliquet turpis nisi sem turpis nisi non consectetur praesent. Adipiscing tempus ante eget sed nibh, eget ipsum massa non sit lobortis, molestie sed laoreet id ipsum laoreet, molestie tempus ante mauris. Feugiat lobortis volutpat sed, euismod sit ut non, pharetra lobortis eget sed laoreet euismod ipsum massa molestie feugiat massa volutpat lorem nibh. Eget, erat mi felis tempus ante mauris lorem nibh sed laoreet id sed, ante mauris lorem nibh mauris lorem tincidunt id ipsum. Massa molestie feugiat lobortis non pharetra tincidunt pulvinar nunc sem at lorem diam nonummy donec, praesent adipiscing donec proin adipiscing aliquam, et. Elit sed laoreet id feugiat lobortis volutpat dolor congue euismod pulvinar tincidunt sit ut, sem, consectetur congue ullamcorper nonummy dolore tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit sem consectetur ac et elit donec mi felis tempus et at. Erat mi id tempus mi felis tempus ante eget dolor tincidunt tellus. Sit nisi pharetra magna diam elit erat, praesent adipiscing aliquam, proin at. Magna et felis erat praesent nonummy donec sem consectetur nisi non consectetur. Magna diam nonummy proin mauris sed tincidunt euismod amet nisi proin at. Magna mi id ipsum massa volutpat pharetra congue ullamcorper amet dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing tempus ante at ac lobortis volutpat erat mi felis ipsum massa, molestie lorem lobortis volutpat. Dolor nunc tellus, ut sem elit donec mi, felis tempus massa mauris ac et elit, erat mi felis. Tempus ante molestie lorem, ante mauris sed laoreet euismod, ipsum molestie sit lobortis non dolor nibh, eget ipsum. Massa molestie feugiat massa molestie feugiat tincidunt euismod dolor tincidunt tellus, sit ut non consectetur magna diam nonummy. Donec adipiscing lorem tincidunt id ipsum laoreet id tempus, massa molestie feugiat lobortis volutpat sed nunc tellus sit. Ut non consectetur congue euismod pulvinar tellus, sit aliquam sem consectetur congue, diam nonummy aliquam proin, adipiscing aliquam. Et elit, erat laoreet id tempus ante felis lorem ante mauris lorem laoreet eget tempus mauris lorem lobortis. Volutpat pharetra dolore ullamcorper turpis aliquam sem, at ac, mi id tempus ante felis aliquam proin consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus proin eget sed laoreet ullamcorper sit ut non at magna et nonummy donec, mi. Mauris lorem et sed laoreet, id ipsum, ut non consectetur magna ullamcorper pharetra dolore aliquet turpis. Nisi tellus sit congue ullamcorper amet dolore aliquet turpis aliquam sem sed mi id ipsum massa. Tellus pharetra congue ullamcorper nonummy donec proin adipiscing aliquam proin at ac diam nonummy aliquam ante. Mauris lorem et elit ac diam erat ante mauris tempus ante at lorem, nibh eget sed. Laoreet id ipsum lobortis volutpat dolor laoreet, id ipsum laoreet molestie ipsum ante lorem lobortis volutpat. Dolor tincidunt euismod ipsum nunc tellus sit, congue ullamcorper amet dolore aliquet, turpis ut sem at. Erat mi felis, tempus mi at ac, et sed tincidunt id pulvinar massa mauris, sit ut. Volutpat, pulvinar tincidunt, id ipsum massa, molestie, feugiat lobortis non dolor congue ullamcorper, pulvinar massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper nonummy dolore sem consectetur nisi. Non, pharetra magna diam nonummy aliquam praesent. Mauris ac at ac mi felis ipsum. Lobortis volutpat pharetra congue ullamcorper amet dolore. Aliquet consectetur magna diam elit erat laoreet. Id feugiat lobortis non pharetra massa volutpat. Feugiat lobortis volutpat dolor massa, molestie consectetur. Magna diam nonummy donec praesent adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur ullamcorper adipiscing aliquam ante molestie feugiat lobortis id pulvinar massa molestie feugiat ut non dolor lobortis volutpat pulvinar nunc euismod ipsum nunc tellus sit. Diam adipiscing tempus proin mauris, sed laoreet, eget sed laoreet id ipsum lobortis, volutpat pharetra tincidunt euismod pulvinar, tincidunt euismod pulvinar massa mauris tempus ante lorem. Nibh id pulvinar nunc tellus sit ut non amet congue euismod pulvinar nunc molestie ipsum massa, molestie lorem nibh eget sed nibh eget ut non consectetur. Magna mi id feugiat massa volutpat dolor lobortis id pulvinar massa molestie feugiat ut volutpat pharetra congue ullamcorper adipiscing aliquam ante consectetur, magna nonummy donec praesent. Felis ipsum massa volutpat pharetra congue ullamcorper amet nisi sem turpis magna diam consectetur donec aliquet amet nisi tellus sit ut sem nonummy magna nonummy aliquam. Proin mauris lorem laoreet euismod ipsum massa id ipsum ante mauris ac et at erat et felis tempus massa tellus feugiat lobortis mauris feugiat, lobortis volutpat. Pharetra dolore aliquet turpis nisi proin consectetur ac et, elit erat praesent adipiscing aliquam sem consectetur magna, sem elit erat, ante molestie feugiat non dolor congue. Aliquet turpis nisi et elit, ac et elit donec praesent, adipiscing tempus ante at erat mi id pulvinar massa mauris feugiat ante eget lorem nonummy donec. Mi id sit ut, ullamcorper pharetra dolore praesent felis aliquam proin elit ac mi felis tempus ante molestie, feugiat lobortis euismod pulvinar, nunc euismod pulvinar tellus. Pharetra, magna ullamcorper amet donec aliquet turpis nisi aliquet turpis ut non dolor congue euismod dolor tincidunt id pulvinar ut non pharetra congue non dolor, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam elit erat ante mauris dolor tincidunt dolor nunc tellus sit nisi sem nonummy donec diam nonummy donec proin adipiscing. Aliquam et elit erat mi id ipsum lobortis volutpat pharetra, dolore aliquet aliquam proin, at lorem et, elit donec ante tellus sit. Congue diam nonummy dolore aliquet adipiscing ac nibh eget sed, laoreet molestie feugiat lobortis molestie lobortis euismod, pulvinar tincidunt euismod ipsum massa. Tellus sit magna diam amet donec proin at ac proin at, ac laoreet id feugiat, ut pharetra congue ullamcorper turpis, dolore proin. At ac et eget sed laoreet id feugiat lobortis non amet dolore ullamcorper turpis nisi aliquet consectetur magna sem amet donec adipiscing. Lorem nibh eget dolor tincidunt id pulvinar massa molestie feugiat nibh eget sed, laoreet id pulvinar nunc molestie feugiat lobortis molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pulvinar massa molestie sit tincidunt euismod dolor tincidunt euismod pulvinar nunc molestie feugiat. Lobortis volutpat dolor eget sed laoreet, id tempus ante mauris tempus nibh mauris sed. Laoreet euismod pulvinar nunc, molestie, feugiat ut non pharetra tincidunt euismod pulvinar massa feugiat. Massa, molestie feugiat tincidunt volutpat, dolor tincidunt, id ipsum lobortis molestie feugiat lobortis euismod. Pulvinar tincidunt id sed mi, mauris lorem ante mauris sed nibh elit mi id. Feugiat ut ullamcorper amet dolore praesent felis tempus proin at ac nibh id ipsum. Nunc tellus sit ut non, pharetra congue adipiscing aliquam proin at ac, et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget, sed tincidunt, id pulvinar ut diam magna. Praesent felis tempus proin at ac et massa molestie feugiat. Ut non pharetra congue ullamcorper amet aliquam proin at magna. Diam nonummy, magna praesent lorem, nibh eget sed tincidunt id. Pulvinar dolore tellus sit congue ullamcorper amet congue aliquet adipiscing. Aliquam nibh eget sed et nonummy magna ullamcorper, adipiscing praesent. Adipiscing nisi sem consectetur magna mi felis tempus proin mauris. Lorem nibh eget sed laoreet felis tempus massa molestie pharetra. Tincidunt, ullamcorper nunc, aliquet, adipiscing aliquam sem at donec, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing nisi sem turpis nisi sem consectetur congue erat mi elit ipsum massa molestie sit lobortis volutpat sed, laoreet eget sed. Massa sem pharetra ut ullamcorper amet congue, praesent adipiscing aliquam et at erat felis erat mi mauris lorem lobortis, eget dolor. Tincidunt euismod pulvinar laoreet id ipsum ante at ac proin at ac ullamcorper pharetra congue ullamcorper nisi sem, consectetur magna diam. Nonummy erat mi felis tempus ante adipiscing nisi proin, consectetur donec praesent felis aliquam proin at ac et elit mi felis. Tempus massa mauris lorem ante mauris lorem nibh id sed, massa tellus feugiat lobortis eget dolor tincidunt euismod, ipsum, massa id. Feugiat lobortis volutpat tincidunt euismod, pulvinar dolore tellus turpis nisi non, consectetur magna ullamcorper, nonummy donec praesent adipiscing aliquam proin elit. Sed massa molestie, feugiat lobortis volutpat feugiat lobortis volutpat, tincidunt tellus pulvinar nunc volutpat, dolor, tincidunt euismod, pulvinar nunc tellus sit. Ut, non pharetra ut ullamcorper, nonummy donec proin lorem nibh elit erat laoreet elit erat ante, felis, tempus nibh eget sed. Laoreet id, ipsum nunc tellus feugiat lobortis mauris lorem, nibh eget sed laoreet molestie lobortis volutpat pharetra congue ullamcorper pulvinar, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut euismod pulvinar euismod sit nunc tellus feugiat lobortis. Molestie dolor tincidunt ullamcorper amet dolore tellus turpis nisi, sem consectetur. Donec praesent nonummy, nisi sem consectetur, magna diam magna diam adipiscing. Aliquam proin at ac et at erat mi felis tempus ante. Mauris tempus ante elit erat mi, elit tempus mi felis tempus. Mauris sed, tincidunt tellus, pulvinar nunc non consectetur magna diam nonummy. Donec mi, felis, ac et elit erat, laoreet euismod pulvinar massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget sed nunc tellus sit ut non amet dolore, aliquet turpis aliquam, proin at ac et id. Pulvinar nunc feugiat tincidunt ullamcorper nonummy dolore aliquet, turpis aliquam proin at ac diam adipiscing aliquam, massa molestie dolor. Lobortis euismod amet, dolore aliquet sit nisi elit erat praesent adipiscing aliquam ante eget sed nibh id ipsum laoreet. Molestie feugiat massa molestie feugiat nibh eget, erat mi felis erat, mi mauris feugiat euismod amet dolore praesent turpis. Nisi sem nonummy donec praesent felis ipsum, massa volutpat dolor tincidunt id sed massa molestie feugiat lobortis volutpat, pharetra. Euismod dolor, nunc aliquet consectetur nisi sem, consectetur magna diam nonummy donec aliquet adipiscing aliquam sem consectetur magna diam. Elit, erat ante mauris tempus ante elit, sem nonummy donec ante, mauris lorem ante mauris lorem laoreet id ipsum. Massa molestie ipsum ante, at ac nibh, eget erat laoreet id ipsum lobortis volutpat pharetra volutpat pulvinar tincidunt euismod. Pulvinar nunc tellus pharetra ut volutpat dolor tincidunt euismod pulvinar dolore sem, consectetur congue ullamcorper amet euismod, pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra tincidunt euismod amet donec praesent adipiscing aliquam consectetur magna non amet dolore ullamcorper amet dolore proin at. Ac et felis tempus ante mauris, feugiat lobortis eget sed laoreet id ipsum laoreet id sit eget sed laoreet. Id pulvinar nisi sem at magna et felis erat ante molestie dolor congue ullamcorper pulvinar nunc euismod pulvinar nunc. Molestie sit ut, dolor congue ullamcorper amet dolore tellus sit lobortis volutpat, feugiat, lobortis volutpat dolor, tincidunt aliquet turpis. Magna, diam, pharetra congue euismod adipiscing donec turpis aliquam et elit ac et, adipiscing tempus proin, adipiscing, ac nibh. Eget dolor nunc tellus, sit lobortis non pharetra tincidunt euismod amet elit, mauris amet tempus volutpat amet dolore ullamcorper. Turpis nisi proin consectetur magna diam nonummy erat mi, felis lorem lobortis volutpat, dolor, tincidunt id pulvinar massa molestie. Feugiat massa volutpat dolor, euismod dolor, laoreet id ipsum nunc molestie feugiat congue ullamcorper amet dolore aliquet turpis nisi. Tellus feugiat lobortis volutpat sed eget ipsum massa molestie ipsum ante molestie feugiat lobortis volutpat, dolor tincidunt, euismod ipsum. Massa molestie feugiat nibh volutpat dolor laoreet id ipsum nunc tellus pharetra ullamcorper amet dolore aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis eget, dolor tincidunt tellus massa tellus sit ut non amet dolore aliquet turpis nisi aliquet consectetur magna ullamcorper nonummy donec, aliquet, turpis aliquam. Sem at lorem et felis tempus felis tempus proin at ac et eget sed massa tellus sit ut ullamcorper amet donec praesent adipiscing nisi. Proin mauris sed laoreet id ipsum, massa feugiat lobortis volutpat, sed tincidunt ullamcorper pulvinar ut tellus sit lobortis molestie feugiat lobortis euismod pulvinar tincidunt. Aliquet consectetur nisi sem nonummy, donec tellus sit congue, ullamcorper amet dolore tellus sit, nunc tellus, sit lobortis volutpat feugiat tincidunt volutpat pulvinar dolore. Aliquet sit, nisi, diam, nonummy, donec praesent adipiscing aliquam at ac nibh id sed, laoreet molestie ipsum massa molestie feugiat laoreet id pulvinar massa. Tellus sit magna diam elit erat praesent adipiscing aliquam proin consectetur ac nonummy erat, mi id ipsum nibh eget lorem, nibh elit erat mi. Id ipsum, massa mauris tempus et at erat mi felis tempus mi sit lobortis eget sed tincidunt id ipsum, nunc tellus sit lobortis molestie. Dolor tincidunt ullamcorper amet nunc molestie ipsum massa molestie feugiat lobortis volutpat dolor tincidunt id nunc non, consectetur magna praesent adipiscing tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit tempus volutpat dolor nibh, volutpat, dolor tincidunt id ipsum massa molestie feugiat, ut non dolor congue aliquet turpis nisi sem consectetur congue ullamcorper amet congue. Turpis nisi sem consectetur magna diam nonummy erat ante mauris lorem nibh volutpat pharetra, nunc aliquet turpis nisi, non pharetra magna diam elit erat mi lorem lobortis volutpat. Pulvinar nunc tellus pulvinar nunc tellus feugiat tincidunt euismod dolor tincidunt tellus pulvinar nunc molestie tempus massa mauris lorem, et at nisi, sem turpis nisi sem consectetur donec. Mi felis aliquam ante eget lorem nibh eget sed laoreet felis tempus praesent, adipiscing nisi sem pharetra congue ullamcorper dolore mi felis tempus ante elit ac et felis. Erat, ante mauris tempus ante mauris lorem nibh eget erat mi, felis tempus ante at aliquam proin consectetur diam nonummy donec, aliquet turpis dolore aliquet sit ut non. Pharetra magna ullamcorper, pulvinar nunc tellus sit nisi sem consectetur congue diam nonummy congue ullamcorper amet nunc at ac et elit erat, mi adipiscing aliquam ante eget lorem. Laoreet euismod sit, nisi non pharetra congue diam amet proin adipiscing nisi sem, at ac diam nonummy donec praesent adipiscing nisi aliquet turpis, ut sem pharetra congue ullamcorper. Amet donec proin, adipiscing nisi sem consectetur magna amet dolore aliquet felis ac, proin at ac diam nonummy magna diam nonummy donec aliquet turpis magna diam consectetur magna. Ullamcorper nonummy aliquam proin at lorem lobortis amet dolore aliquet turpis magna diam nonummy erat praesent adipiscing nisi proin at ac diam consectetur donec praesent id, tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc aliquet turpis nisi sem nonummy magna praesent, adipiscing tempus ante eget dolor nunc turpis aliquam proin elit erat praesent felis aliquam proin at ac, et eget, sed. Laoreet molestie feugiat lobortis volutpat pharetra magna praesent nonummy, donec at lorem laoreet id, pulvinar nunc tellus sit, lobortis molestie feugiat nibh eget sed laoreet id ipsum, lobortis volutpat. Feugiat tincidunt euismod pulvinar dolore tellus turpis tellus sit lobortis volutpat sed laoreet id pulvinar massa molestie feugiat lobortis non nonummy donec praesent felis aliquam proin elit ac et. Nonummy donec felis lorem nibh eget dolor laoreet euismod pulvinar nunc non pharetra, ut non dolor, tincidunt ullamcorper amet nunc tellus sit lobortis molestie feugiat nibh, eget sed nibh. Pulvinar, ut sem consectetur congue ullamcorper nonummy donec praesent amet nunc, tellus sit ut, non amet dolore ullamcorper amet nisi, sem, consectetur magna diam consectetur magna adipiscing aliquam proin. At ac proin elit erat diam nonummy congue ullamcorper adipiscing aliquam sem consectetur nisi sem consectetur donec turpis dolore aliquet turpis nisi non consectetur, donec praesent nonummy aliquam proin. At, lorem nibh eget sed, massa molestie feugiat massa non pharetra congue ullamcorper amet nisi turpis ac, et elit erat mi felis tempus nibh eget sed tincidunt euismod ipsum. Laoreet molestie feugiat, lobortis, volutpat pharetra congue aliquet turpis, nisi sem at ac felis tempus ante mauris feugiat lobortis volutpat dolor tincidunt ullamcorper ipsum massa molestie, feugiat massa molestie. Lorem nibh volutpat dolor tincidunt, euismod pulvinar ut non pharetra congue amet donec praesent mauris ac et, nonummy donec diam amet dolore praesent turpis dolore tellus turpis nisi, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget sed tincidunt euismod sit nisi sem consectetur ipsum aliquam tincidunt ullamcorper, molestie elit. Feugiat laoreet aliquet eget sed nisi ante, euismod nonummy tempus ante volutpat pulvinar, dolore ante eget. Pharetra donec proin molestie, pharetra donec praesent, mauris dolor mi molestie nonummy turpis dolor nunc proin. Euismod, molestie pharetra donec laoreet, tellus at ipsum lorem, dolore ante non elit feugiat magna diam. Amet donec praesent pharetra congue ullamcorper, amet donec praesent at sed nibh eget sed laoreet molestie. Feugiat lobortis volutpat, dolor tincidunt ullamcorper adipiscing aliquam et elit ac elit, erat mi adipiscing tempus. Ante mauris lorem et eget sed laoreet id ipsum ante at ac et eget sed massa. Molestie sit nisi diam, elit mi, molestie feugiat nibh volutpat dolor laoreet euismod pulvinar nunc molestie. Sit ut volutpat pharetra donec lobortis mi, sem volutpat turpis, pharetra erat magna mi id consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget turpis, ac nibh aliquet mauris, dolor. Erat massa non elit feugiat nisi tellus. Consectetur dolor dolore lobortis, praesent molestie nonummy. Ipsum nisi laoreet euismod adipiscing feugiat congue. Praesent mauris dolor donec, ante, volutpat consectetur. Tempus magna felis sit ac laoreet praesent. Non id pharetra donec ut proin id. Adipiscing, lorem tincidunt mi molestie consectetur erat. Lobortis mi aliquet eget nonummy feugiat, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, ipsum dolor ipsum congue nunc lobortis mi sem id at adipiscing sit ipsum magna nunc ante, id consectetur pulvinar lorem aliquam magna massa nibh praesent. Sem euismod eget turpis feugiat erat, nisi tincidunt proin non felis consectetur sit lorem donec volutpat nonummy feugiat, magna laoreet aliquet eget turpis dolor tempus ut. Nibh praesent ullamcorper felis, lorem nibh mauris dolor tincidunt id ipsum nunc id ipsum massa molestie, tincidunt volutpat dolor tincidunt tellus sit ut tellus sit tincidunt. Diam felis tempus proin at ac et, elit erat mi elit tempus ante feugiat lobortis volutpat pulvinar nunc aliquet turpis nisi sem pharetra, magna ullamcorper amet. Nunc tellus pulvinar nunc molestie sit lobortis volutpat pharetra dolore aliquet turpis dolore, proin erat mi id ipsum lobortis molestie dolor tincidunt euismod pulvinar tincidunt euismod. Pulvinar, nunc non consectetur congue, diam amet congue aliquet turpis dolore, aliquet turpis magna, ullamcorper erat ante felis aliquam proin at ac, diam elit, ipsum ante. Mauris lorem, nibh volutpat sed tincidunt ullamcorper pulvinar nisi pharetra congue, diam nonummy donec aliquet turpis nisi sem turpis magna sem, consectetur, magna diam nonummy, aliquam. Ante mauris lorem nibh id sed, massa molestie feugiat massa lorem, lobortis euismod turpis nisi sem consectetur nisi et nonummy donec praesent adipiscing tempus, proin at. Sed laoreet euismod sed laoreet id ipsum massa mauris lorem et dolor laoreet felis ipsum lobortis molestie dolor lobortis euismod dolor, tincidunt id pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam et eget ipsum massa aliquet. Sit, nisi diam consectetur donec mi adipiscing tempus. Ante mauris lorem laoreet sed massa molestie feugiat. Massa volutpat pharetra congue aliquet amet dolore sem. Consectetur magna et elit tempus, ante mauris, feugiat. Lobortis, volutpat pulvinar dolore adipiscing lorem, nibh id. Ipsum, nunc tellus pharetra congue non amet donec. Praesent felis ac lobortis euismod, dolor nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi molestie sit congue diam nonummy dolore ullamcorper amet dolore sem pharetra congue non, pharetra dolore praesent felis aliquam sem, consectetur nisi. Nonummy donec praesent adipiscing aliquam ante eget ac proin at ac praesent adipiscing aliquam proin mauris ac et elit ac diam nonummy donec. Praesent, lorem lobortis eget sed, laoreet euismod, ipsum ut tellus pharetra ut non amet dolore ullamcorper amet nisi aliquet consectetur magna sem nonummy. Erat, mi mauris lorem nibh dolor, laoreet euismod pulvinar nunc tellus sit lobortis volutpat dolor tincidunt euismod pulvinar, nunc tellus sit lobortis volutpat. Pharetra, congue, aliquet, amet dolore tellus nisi non dolor tincidunt euismod amet dolore praesent adipiscing ac et elit, erat laoreet id feugiat lobortis. Non pharetra congue euismod pulvinar tincidunt euismod pulvinar lobortis pharetra magna praesent nonummy aliquam proin at, aliquam non pharetra ut, ullamcorper amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ac mi id ipsum ut non consectetur donec ante, mauris. Lorem lobortis non pulvinar dolore aliquet turpis nisi non, at ac. Et elit erat ante feugiat nibh volutpat, dolor tincidunt id, pulvinar. Ut sem nonummy, magna mi felis tempus ante mauris ac et. Elit sed laoreet id ipsum massa amet erat mi adipiscing, aliquam. Ante mauris sed laoreet id ipsum, ante mauris lorem nibh eget. Sed laoreet id ipsum massa tellus feugiat ut volutpat dolor, tincidunt. Amet dolore sem, consectetur magna diam, nonummy magna diam, nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit sed felis ipsum massa molestie dolor tincidunt ullamcorper amet dolore aliquet consectetur ac, et nonummy erat praesent adipiscing aliquam proin consectetur, ac et. Elit erat mi ipsum lobortis molestie dolor tincidunt, euismod ipsum nunc tellus sit, nisi sem pharetra magna, ullamcorper amet dolore aliquet turpis nisi sem consectetur. Magna praesent tempus proin at sed laoreet euismod amet dolore, tellus sit, ut volutpat dolor lobortis volutpat sed tincidunt euismod pulvinar nunc non pharetra, congue. Ullamcorper tempus nibh eget sed laoreet id sed massa id feugiat lobortis volutpat dolor, tincidunt, ullamcorper amet dolore aliquet turpis magna, sem nonummy donec diam. Adipiscing aliquam ante dolor tincidunt euismod ipsum laoreet id ipsum lobortis non dolor tincidunt euismod pulvinar dolore tellus sit lobortis volutpat pharetra, tincidunt euismod pulvinar. Nunc aliquet turpis nisi elit sed massa molestie ipsum massa mauris, ac proin at ac diam nonummy donec praesent adipiscing aliquam proin at, lorem laoreet. Turpis, aliquam et elit erat mi adipiscing donec proin adipiscing aliquam proin consectetur magna diam elit tempus ante felis tempus nibh mauris sed et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac et eget erat laoreet tellus pharetra congue non amet dolore aliquet nisi sem consectetur magna sem consectetur. Donec mi mauris lorem ante volutpat dolor tincidunt id sed massa id ipsum ante mauris feugiat lobortis volutpat dolor nunc. Sit nisi diam nonummy donec praesent, adipiscing aliquam proin at, ac nibh eget sed laoreet id feugiat, lobortis non pharetra. Congue euismod pulvinar nunc tellus ac et felis tempus ante mauris lorem nibh mauris lorem, nibh elit erat mi adipiscing. Tempus, massa volutpat, feugiat laoreet id sed laoreet feugiat ut non pharetra congue ullamcorper amet nisi sem consectetur nisi, sem. Consectetur magna, diam adipiscing tempus ante mauris sed nibh eget sed laoreet id ipsum lobortis dolor tincidunt volutpat dolor laoreet. Id, pulvinar ut non, sit ut non pharetra dolore tellus sit nunc non pharetra, congue ullamcorper amet dolore praesent at. Aliquam, proin, erat, laoreet euismod pulvinar ut non pharetra tincidunt euismod pulvinar laoreet euismod ipsum massa molestie tempus, lobortis, volutpat. Pharetra ante at lorem lobortis volutpat dolor laoreet id tempus mi mauris lorem nibh eget sed nibh eget sed massa. Id feugiat lobortis eget dolor tincidunt euismod pulvinar tellus sit ut non dolor tincidunt euismod amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper dolore praesent adipiscing aliquam proin consectetur erat laoreet id feugiat lobortis volutpat, feugiat lobortis eget dolor tincidunt euismod pulvinar ut sem pharetra. Congue ullamcorper donec proin, at ac et elit sed laoreet felis ipsum massa molestie dolor lobortis, volutpat pulvinar nunc tellus sit nunc molestie. Feugiat tincidunt ullamcorper pulvinar proin at ac laoreet id pulvinar massa molestie, feugiat massa volutpat, feugiat lobortis, eget dolor laoreet id feugiat lobortis. Volutpat, pharetra tincidunt, ullamcorper feugiat ut volutpat pharetra tincidunt tellus pulvinar nunc non sit massa molestie dolor congue aliquet turpis, aliquam proin elit. Erat, laoreet felis tempus ante, mauris lorem nibh pulvinar, nunc tellus adipiscing nisi proin elit erat et, elit tempus ante mauris lorem nibh. Volutpat dolor tincidunt tellus sit ut sem consectetur tincidunt diam nonummy donec at ac nibh eget sed mi felis tempus ante mauris lorem. Et elit ac diam nonummy magna ullamcorper turpis nisi proin consectetur nibh id sed massa molestie feugiat lobortis, volutpat dolor tincidunt euismod, pulvinar. Massa aliquet turpis, nisi non amet dolore praesent amet dolore aliquet turpis ut non consectetur diam nonummy aliquam proin mauris ac et elit. Ac et felis aliquam proin mauris lorem nibh eget erat, et elit erat mi felis aliquam proin at magna eget ipsum nunc tellus. Feugiat ut non, pharetra congue ullamcorper amet dolore aliquet turpis magna et elit erat mi adipiscing tempus ante eget sed nibh id, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed, laoreet euismod amet dolore. Aliquet consectetur ac diam dolore aliquet. Adipiscing, tempus ante eget sed laoreet. Euismod sit ut non consectetur, congue. Diam nonummy, dolore, praesent at, ac. Proin elit erat laoreet, molestie ut. Sem consectetur donec praesent adipiscing aliquam. Ante mauris sed laoreet eget sed. Massa molestie feugiat ante molestie dolor. Tincidunt, euismod amet nunc aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt tellus sit ut non nonummy magna ullamcorper amet dolore praesent adipiscing. Lorem laoreet sed, massa molestie, feugiat lobortis, volutpat pharetra tincidunt aliquet amet nunc tellus. Sit nisi non pharetra magna diam amet dolore aliquet adipiscing nisi sem magna et. Elit tempus ante mauris lorem lobortis eget erat mi felis, ipsum massa tellus feugiat. Tincidunt volutpat dolor nibh eget sed massa tellus sit congue ullamcorper dolore proin mauris. Lorem nibh eget dolor tincidunt tellus turpis magna et felis tempus, mi felis, aliquam. Proin at ac et, elit erat adipiscing tempus massa, molestie feugiat lobortis eget erat. Laoreet id, sit, ut sem consectetur magna praesent adipiscing tempus ante mauris lorem nibh. Eget sed mi id feugiat mauris lorem et elit erat laoreet id ipsum, lobortis. Non consectetur magna mi felis tempus ante mauris lorem laoreet, id pulvinar massa, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id sed laoreet molestie sit ut sem pharetra. Congue ullamcorper amet dolore aliquet turpis nisi non magna. Diam nonummy donec proin at ac et eget sed. Laoreet id ipsum ante mauris lorem nibh eget sed. Tincidunt euismod pulvinar nunc, tellus sit congue amet donec. Proin adipiscing ac et elit ac et nonummy, donec. Praesent turpis nisi sem at ac et elit tempus. Ante molestie sit, tincidunt, euismod nunc tellus sit nisi. Sem, consectetur ac et nonummy, aliquam massa mauris lorem. Nibh volutpat dolor tincidunt euismod, sit ut sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nunc molestie feugiat lobortis volutpat dolor congue, ullamcorper amet nunc aliquet. Consectetur magna et nonummy aliquet felis aliquam ante volutpat dolor tincidunt id ipsum. Massa molestie lorem nibh eget dolor tincidunt eget, ipsum massa molestie feugiat lobortis. Volutpat lobortis euismod pulvinar dolore tellus turpis ut tellus feugiat lobortis volutpat dolor. Tincidunt euismod sit nunc molestie sit lobortis, volutpat dolor tincidunt euismod pulvinar nunc. Molestie feugiat mauris lorem tincidunt, ullamcorper turpis aliquam proin volutpat dolor tincidunt tellus. Pulvinar, ut sem consectetur, magna praesent nonummy aliquam proin adipiscing aliquam proin magna. Et felis tempus massa mauris tempus ante mauris lorem nibh eget sed, massa. Mauris sit, congue ullamcorper amet donec aliquet adipiscing aliquam sem consectetur congue ullamcorper. Tincidunt euismod, pulvinar nunc, tellus sit ut non pharetra congue ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at mi sem consectetur ac et, elit, erat ante mauris tempus, nibh eget dolor nunc aliquet sit ut tellus feugiat lobortis volutpat pharetra. Congue proin et elit erat laoreet id feugiat lobortis non, consectetur dolore aliquet adipiscing aliquam proin at ac nibh eget sed nunc molestie feugiat. Ut ullamcorper amet laoreet tempus, nisi laoreet aliquet eget pulvinar lorem magna mi molestie sit ut non pharetra dolore ullamcorper amet dolore sem consectetur. Ac nisi sem consectetur ac et sit ut non sit ut, ullamcorper amet dolore praesent at ac et at erat et, elit, tempus massa. Molestie feugiat lobortis volutpat dolor id ipsum ut sem pharetra ut non, pharetra tincidunt tellus, sit nunc tellus sit lobortis volutpat pharetra, congue aliquet. Turpis aliquam proin at, ac et nonummy donec felis lorem nibh eget sed laoreet id ipsum laoreet molestie sit lobortis non, dolor tincidunt euismod. Amet nisi sem consectetur magna sem nonummy erat mi felis tempus volutpat pulvinar dolore aliquet adipiscing aliquam sem consectetur ac mi id tempus massa. Molestie dolor tincidunt euismod pulvinar nunc consectetur magna diam elit donec praesent felis tempus ante mauris sed nibh eget erat mi felis aliquam proin. At lorem nibh eget sed laoreet felis tempus ante nonummy donec praesent nonummy, dolore aliquet turpis ut non pharetra congue ullamcorper amet congue aliquet. Turpis aliquam proin consectetur ac et elit erat ante felis feugiat nibh dolor nunc aliquet turpis nisi sem nonummy donec, praesent adipiscing tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat, lobortis volutpat dolor congue, ullamcorper amet nisi aliquet sit, ut sem, nonummy. Donec, mi, felis tempus ante mauris sed laoreet id ipsum tellus sit ut non. Pharetra dolore aliquet turpis nisi sem consectetur ac et nonummy donec praesent adipiscing aliquam. Proin eget dolor tincidunt euismod amet aliquet pharetra congue diam nonummy erat mi felis. Lorem lobortis, euismod pulvinar nunc, tellus sit, ut non pharetra congue, ullamcorper amet dolore. Ullamcorper, turpis nisi non consectetur mi felis tempus massa molestie, dolor, congue aliquet turpis. Dolore aliquet sit nunc non pharetra, congue ullamcorper, amet nunc tellus turpis ut, non. Erat massa molestie ipsum lobortis molestie feugiat lobortis volutpat sed mi id pulvinar nunc. Non pharetra magna ullamcorper nonummy donec aliquet adipiscing nisi proin elit ac et pharetra. Congue, ullamcorper nonummy donec mi felis tempus ante mauris lorem nibh felis tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet, turpis nisi sem consectetur magna diam nonummy erat ante mauris. Lorem, proin consectetur magna diam nonummy, erat ante mauris feugiat lobortis nonummy aliquam. Praesent at lorem laoreet elit ac mi felis erat, mi, mauris, ac et. Consectetur ac et elit donec praesent nonummy donec praesent adipiscing et eget ipsum. Massa molestie, feugiat lobortis volutpat feugiat lobortis id ipsum laoreet id tempus mi. Mauris lorem ante, mauris, lorem et id tempus, ante mauris lorem volutpat sed. Congue proin, at ac et elit erat et elit, erat, praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus ante mauris, feugiat nibh volutpat pharetra congue aliquet at ac et, eget sed laoreet molestie. Feugiat ut non amet, dolore aliquet tempus nibh volutpat pulvinar nunc euismod sit ut diam nonummy donec. Praesent felis tempus massa molestie dolor congue ullamcorper turpis dolore aliquet turpis ut volutpat donec, diam amet. Donec sem at, ac, et nonummy donec diam amet congue ullamcorper amet, nisi sem consectetur congue non. Amet, donec aliquet adipiscing aliquam proin erat mi id ipsum massa molestie sit lobortis volutpat dolor tincidunt. Tellus sit ut tellus sit ut non dolor lobortis euismod, amet nisi aliquet, magna diam nonummy donec. Praesent adipiscing, aliquam proin at lorem nibh, elit sed laoreet, id feugiat, lobortis volutpat dolor tincidunt ullamcorper. Amet nisi proin consectetur ac id sit nunc tellus feugiat nibh eget sed laoreet id sed laoreet. Molestie feugiat, lobortis volutpat pharetra congue ullamcorper pulvinar, nunc aliquet turpis nisi non dolor lobortis pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem, nibh non dolor tincidunt, tellus turpis nisi sem consectetur diam nonummy donec mi felis, tempus et elit. Erat laoreet id ipsum massa molestie lorem lobortis volutpat dolor laoreet euismod sit ut non pharetra congue ullamcorper donec. Massa, molestie dolor dolore aliquet amet, nunc tellus, sit nisi non sit congue, ullamcorper pulvinar nunc, aliquet turpis ut. Non consectetur congue ullamcorper amet aliquet, turpis aliquam proin at ac, diam, nonummy erat praesent adipiscing nisi sem, mauris. Lorem nibh id sed laoreet id feugiat lobortis volutpat laoreet id ipsum nunc tellus sit ut volutpat feugiat lobortis. Volutpat sed laoreet felis tempus massa, mauris lorem nibh mauris lorem, laoreet, tellus sit nunc molestie feugiat non pharetra. Congue aliquet, amet dolore aliquet turpis nisi sem consectetur donec mi adipiscing tempus ante at, magna et nonummy, donec. Praesent adipiscing donec praesent adipiscing aliquam at ac et elit erat mi mauris lorem nibh eget erat laoreet felis. Erat mi mauris feugiat lobortis non amet, ante mauris lorem nibh id ipsum, massa molestie ipsum massa volutpat dolor. Lobortis euismod pulvinar nunc tellus ipsum, massa mauris lorem proin at aliquam sem consectetur magna adipiscing tempus proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, massa tellus turpis nisi diam nonummy donec. Adipiscing tempus ante eget lorem laoreet id ipsum. Massa, tellus pharetra congue non amet dolore aliquet. Turpis, nisi aliquet turpis nisi sem consectetur, magna. Diam pharetra tincidunt ullamcorper amet donec, aliquet turpis. Ac proin elit erat, mi id tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis diam nonummy erat praesent adipiscing tempus ante at ac diam elit sed laoreet mauris lorem ante volutpat dolor tincidunt, euismod. Turpis nisi sem consectetur magna felis, erat mi mauris lorem nibh, eget dolor laoreet, id ipsum massa mauris lorem nibh non. Pharetra congue aliquet turpis aliquam, et elit erat mi sit lobortis volutpat consectetur magna praesent adipiscing tempus ante mauris, sed laoreet. Id pulvinar massa tellus feugiat congue non dolor laoreet eget, sed laoreet id feugiat, lobortis pharetra dolore ullamcorper turpis nisi, proin. At lorem nibh id pulvinar nunc tellus sit congue non dolor laoreet id ipsum massa tellus sit diam nonummy donec praesent. Adipiscing lorem ante eget, sed laoreet id pulvinar nunc molestie sit, congue, ullamcorper amet, congue ullamcorper adipiscing aliquam proin elit ac. Et elit praesent turpis, nisi sem eget sed tincidunt id ipsum massa molestie lorem, nibh volutpat dolor laoreet, euismod nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum ante volutpat dolor congue ullamcorper turpis nisi proin mauris nibh id ipsum laoreet, molestie feugiat lobortis volutpat pharetra. Congue praesent at nisi sem consectetur ut ullamcorper amet donec mi felis lorem ante at lorem et congue diam nonummy. Donec proin mauris lorem nibh elit ac mi elit aliquam praesent adipiscing aliquam proin at ac diam elit, magna diam. Nonummy aliquam consectetur ac, nibh, eget sed massa molestie, feugiat lobortis, volutpat sed laoreet id ipsum nunc tellus sit ut. Volutpat consectetur magna aliquet adipiscing sem at magna et elit sed laoreet molestie sit ut volutpat pharetra congue euismod pulvinar. Dolore aliquet turpis nisi ullamcorper amet congue ullamcorper amet dolore tellus turpis sed tincidunt euismod pulvinar nibh id ipsum laoreet. Molestie feugiat massa molestie feugiat lobortis eget sed massa molestie feugiat, lobortis molestie, lorem nibh eget sed laoreet, id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam ante mauris sed laoreet id ipsum laoreet molestie feugiat ut sem consectetur magna turpis aliquam proin at magna et elit, erat praesent adipiscing. Aliquam nibh eget sed laoreet eget sed massa id sit, ut, non amet, dolore aliquet amet sem at ac et elit erat mi mauris feugiat lobortis. Non amet, dolore aliquet amet dolore aliquet consectetur magna mi id ipsum massa molestie dolor volutpat, amet dolore, aliquet turpis ac et elit, donec diam adipiscing. Tempus ante mauris lorem, et elit ac laoreet, tellus sit ut sem donec praesent felis nisi aliquet sit nisi sem consectetur magna ullamcorper nonummy donec praesent. Adipiscing ac et elit erat mi felis tempus ante molestie feugiat, lobortis euismod, nunc, tellus, sit ut diam elit magna, diam adipiscing aliquam ante at, lorem. Nibh elit erat et, elit dolore, aliquet adipiscing, aliquam proin, consectetur magna diam nonummy nunc tellus dolor tincidunt, ullamcorper amet nunc tellus pulvinar massa molestie feugiat. Ut non amet dolore praesent adipiscing ac et dolor, nunc euismod, pulvinar lobortis molestie feugiat ante volutpat pulvinar nunc euismod pulvinar ut sem pharetra ut non. Pharetra dolore aliquet amet nisi sem turpis magna diam tempus lobortis, volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis ut sem consectetur, magna diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat et nisi diam elit erat mi mauris sit magna ullamcorper amet ipsum magna laoreet, sem id at pharetra erat nunc. Nibh ante, sem elit, sit lorem tincidunt tellus adipiscing ac tincidunt, aliquet, mauris pharetra feugiat ac, nisi nibh aliquet adipiscing tempus nibh. Dolor nunc, euismod ipsum massa tellus sit ut non dolor nunc euismod pulvinar nunc tellus sit ut non pharetra congue ullamcorper amet. Dolore aliquet consectetur ac mi turpis nisi non, pharetra donec mi, mauris tempus nibh volutpat dolor congue euismod pulvinar dolore tellus feugiat. Ut ullamcorper pharetra congue aliquet amet sem at ac laoreet, felis ipsum, nunc tellus feugiat lobortis volutpat sed nibh id ipsum nunc. Molestie sit ut ullamcorper amet, donec mi felis tempus et eget laoreet euismod sit nisi sem consectetur, congue non, amet dolore aliquet. Turpis, aliquam proin consectetur ac ullamcorper amet dolore aliquet turpis dolore aliquet sit ut non consectetur ante mauris tempus ante at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat ut, non amet donec ullamcorper amet proin at ac et, elit ipsum massa molestie feugiat lobortis. Volutpat pulvinar nunc tellus sit, nunc non sit ut volutpat sed laoreet eget, sed massa sit ut, volutpat. Pharetra dolore praesent adipiscing aliquam sem, mauris lorem et elit donec, laoreet mauris feugiat lobortis volutpat dolor tincidunt. Euismod ipsum massa molestie ut ullamcorper amet dolore, ullamcorper turpis aliquam proin at, ac et eget tempus massa. Molestie, feugiat lobortis volutpat dolor nibh id ipsum massa ipsum lobortis molestie feugiat, lobortis euismod amet dolore aliquet. Consectetur magna diam nonummy donec praesent adipiscing tempus ante mauris sed et elit sed laoreet molestie feugiat, lobortis. Amet dolore aliquet turpis, nisi sem consectetur nisi sem consectetur, magna praesent felis tempus nibh eget sed nibh. Id ipsum massa id ipsum ante mauris ac et amet nunc molestie sit lobortis, molestie lorem ante, at. Ac et elit erat mi felis aliquam proin at lorem et at ac et elit aliquam proin pharetra. Congue euismod dolor nunc aliquet turpis nisi sem nonummy donec praesent nonummy, aliquam proin adipiscing ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris dolor congue praesent felis lorem, nibh eget. Sed mi id ipsum non pharetra congue praesent adipiscing. Aliquam praesent mauris lorem laoreet id pulvinar nunc, molestie. Sit ut non dolor tincidunt euismod pulvinar nunc, euismod. Pulvinar ut non donec, mi mauris tempus ante eget. Lorem nibh eget sed massa id ipsum massa non. Amet dolore aliquet turpis dolore sem consectetur ac, et. Elit, ante molestie feugiat lobortis volutpat pharetra dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non amet dolore ullamcorper amet dolore tellus lobortis. Non, consectetur congue, volutpat pulvinar nunc tellus sit ut sem. Consectetur donec praesent, adipiscing aliquam proin mauris lorem nibh eget. Dolor massa id tempus et elit donec praesent nonummy, dolore. Praesent consectetur nisi sem consectetur, ut ullamcorper pharetra congue euismod. Amet nisi aliquet pharetra congue ullamcorper amet congue ullamcorper tempus. Nibh volutpat dolor nunc tellus sit ut non sit congue. Diam nonummy, dolore praesent at ac et eget sed laoreet. Id erat sem consectetur magna aliquet, turpis aliquam, proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet tellus pharetra congue ullamcorper pharetra congue adipiscing feugiat tincidunt euismod pulvinar dolore tellus feugiat ut non pharetra magna diam amet dolore, praesent turpis nisi sem consectetur. Donec mi adipiscing ipsum massa pharetra, dolore proin adipiscing ac, et elit sed, mi id ipsum ante mauris tempus nibh eget lorem nibh eget erat mi adipiscing aliquam. Ante mauris laoreet ullamcorper amet dolore, aliquet turpis nisi sem consectetur magna, ullamcorper amet dolore aliquet consectetur nisi diam consectetur magna ullamcorper pharetra, congue tellus aliquam proin, at. Magna diam nonummy, donec mi mauris ac et eget sed mi felis ipsum massa tellus sit, lobortis euismod, pulvinar nunc aliquet sit, ut non ut ullamcorper amet congue. Aliquet turpis aliquam et, at sed laoreet, euismod pulvinar, ut sem nonummy donec mi felis, tempus ante mauris, lorem laoreet eget, sed laoreet elit ac, diam elit donec. Mi felis aliquam sem at ac diam nonummy magna, diam nonummy donec praesent adipiscing, nisi sem nonummy pulvinar nunc molestie feugiat ut pharetra dolore aliquet turpis nisi aliquet. Turpis nisi diam nonummy donec praesent nonummy dolore praesent turpis nisi sem nonummy magna ullamcorper, nonummy aliquam praesent turpis aliquam proin pulvinar nunc, molestie feugiat, lobortis volutpat pharetra. Magna diam amet nunc tellus pulvinar nunc tellus sit congue non dolor congue euismod amet nisi proin, consectetur ac et erat ante mauris lorem nibh eget dolor tincidunt. Aliquet sit ut tellus pharetra ut, ullamcorper amet congue tellus pulvinar nunc tellus feugiat, massa mauris dolor tincidunt turpis aliquam et consectetur, ac et felis tempus mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi consectetur erat praesent felis tempus, massa molestie feugiat tincidunt euismod ipsum massa molestie ipsum, massa volutpat dolor congue diam adipiscing, aliquam proin mauris ac eget. Ipsum nunc non, pharetra congue ullamcorper amet congue ullamcorper, amet nisi sem at ac sem consectetur congue aliquet amet nisi proin at magna et sed laoreet. Id feugiat ut non amet donec praesent adipiscing ac proin at ac diam amet donec praesent adipiscing tempus ante mauris, lorem laoreet id ipsum massa sit. Magna praesent felis, ipsum massa molestie dolor lobortis eget, sed laoreet id ipsum massa molestie feugiat tincidunt euismod, dolor tincidunt id tempus sem nonummy sed laoreet. Id feugiat ut ullamcorper amet dolore praesent adipiscing aliquam sem consectetur magna sem consectetur magna diam amet dolore, aliquet turpis ut non consectetur diam nonummy donec. Proin adipiscing, aliquam et at erat et felis tempus massa mauris lorem nibh eget sed laoreet id, ipsum, nunc tellus feugiat lobortis volutpat sed tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam, elit ipsum massa lorem nibh volutpat pulvinar tincidunt euismod turpis, nisi sem pharetra congue euismod dolor laoreet id ipsum laoreet felis, tempus ante, mauris lorem nibh eget. Sed id ipsum massa mauris lorem nibh eget erat mi id ipsum massa molestie feugiat nibh mauris ac et elit donec praesent felis tempus ante molestie tincidunt aliquet turpis. Aliquam, proin at magna diam consectetur congue, diam amet, dolore aliquet sit ut tellus sit ut, volutpat dolor tincidunt, euismod amet nunc tellus lobortis molestie dolor lobortis volutpat sed. Tincidunt id ipsum massa non, consectetur donec praesent felis aliquam proin adipiscing ac et eget sed, massa molestie ante volutpat pharetra congue euismod amet dolore tellus turpis ut non. Consectetur donec diam nonummy aliquam proin mauris lorem nibh id erat mi felis ipsum massa molestie nibh volutpat dolor tincidunt euismod sit nisi sem nonummy magna, ullamcorper nonummy dolore. Praesent mauris lorem nibh eget sed laoreet felis aliquam proin at aliquam sem magna et elit erat mi felis tempus ante mauris sed laoreet id ipsum massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat laoreet id, feugiat ut non amet dolore aliquet adipiscing aliquam ante eget sed laoreet tellus massa molestie, lorem. Nibh eget sed laoreet id, ipsum nunc tellus feugiat, massa molestie feugiat tincidunt euismod pulvinar nunc tellus sit ut, volutpat. Dolor, euismod amet dolore aliquet turpis ut tellus pharetra congue ullamcorper amet dolore aliquet turpis nisi sem at ac et. Felis tempus mi felis lorem ante mauris, et elit erat massa tellus sit congue ullamcorper amet congue aliquet turpis dolore. Aliquet consectetur ac et elit erat mi felis tempus ante at diam nonummy donec diam adipiscing aliquam proin at lorem. Nibh id ipsum nunc tellus feugiat, lobortis, non pharetra, congue aliquet adipiscing nisi, ante eget erat mi donec praesent, adipiscing. Tempus proin adipiscing aliquam diam elit donec mi felis tempus ante mauris feugiat tincidunt euismod pulvinar dolore aliquet sit nisi. Diam nonummy erat mi tempus proin mauris ac et elit erat mi adipiscing aliquam proin, at ac nibh eget erat. Et felis tempus ante aliquam, ante mauris sed mi felis ipsum massa mauris feugiat, lobortis eget pharetra congue euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor tincidunt euismod, amet dolore tellus sit ut volutpat dolor tincidunt euismod pulvinar. Nunc euismod pulvinar massa molestie lorem nibh volutpat tincidunt euismod pulvinar dolore aliquet sit. Ut ullamcorper amet dolore aliquet amet nunc aliquet turpis, nisi diam nonummy donec mi. Mauris lorem nibh eget dolor eget ipsum laoreet felis aliquam proin at ac et. Eget sed, tincidunt euismod pharetra erat mi molestie elit pulvinar aliquam laoreet aliquet mauris. Pharetra tempus nisi tincidunt volutpat non id pulvinar magna diam elit erat, praesent nonummy. Donec proin, at ac et, elit erat mi felis feugiat ac massa sem, adipiscing. Dolor donec ante, tellus consectetur sed massa non, nonummy erat laoreet molestie pharetra magna. Et id sit ac massa, proin eget pulvinar aliquam nibh ullamcorper molestie tempus ut. Et id sit, ut, sem, at erat massa tellus pharetra magna et id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non eget pulvinar, aliquam nibh euismod turpis. Lorem dolore massa et felis feugiat magna. Et, molestie sit magna et id turpis. Ac tincidunt volutpat nonummy tempus ut praesent. Molestie consectetur sed dolore proin eget amet. Lorem, congue mi non nonummy ipsum, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis mi molestie consectetur ipsum aliquam laoreet ullamcorper at. Amet feugiat magna laoreet euismod consectetur erat, nunc proin. Euismod molestie consectetur sed ut, nibh ullamcorper felis ipsum. Ut mi molestie consectetur ac laoreet aliquet consectetur pulvinar. Nisi ante ullamcorper adipiscing pharetra donec ante, molestie consectetur. Sed nisi ullamcorper at dolor dolore ante volutpat amet. Ipsum nisi mi tellus at pulvinar aliquam, nibh euismod. Nonummy, lorem ut praesent id feugiat congue nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin ut mi aliquet praesent molestie, pharetra sed nunc sem eget turpis sed dolore massa proin aliquet non id. Volutpat molestie id mauris nonummy pharetra pulvinar magna dolore ut massa laoreet ante ullamcorper aliquet ullamcorper volutpat id at. Molestie at nonummy sit ipsum nisi tincidunt ante praesent molestie at sed nisi et id amet ac, nibh volutpat. Turpis pharetra ipsum nisi mi tellus consectetur lorem ut praesent molestie at erat nunc sem id amet aliquam lobortis. Ullamcorper felis feugiat congue mi non nonummy tempus nisi diam id sit, magna, ut praesent, molestie pharetra ac massa. Sem aliquet mauris pharetra, donec ante, non nonummy tempus nunc, diam felis turpis lorem, tincidunt proin volutpat adipiscing pharetra. Erat et euismod adipiscing lorem tempus ut laoreet aliquet mauris pulvinar tempus tincidunt praesent molestie consectetur, ipsum nisi, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ut mi aliquet eget, turpis lorem congue ante sem eget pulvinar. Aliquam nibh aliquet eget amet donec proin volutpat amet tempus laoreet aliquet. Elit turpis feugiat congue massa sem eget sit lorem dolore ante volutpat. Adipiscing sit ac massa non elit at dolor erat massa diam at. Pulvinar lorem magna ante tellus nonummy pulvinar lorem, laoreet, euismod turpis ac. Laoreet aliquet mauris pharetra donec massa non elit sit nisi et euismod. Consectetur aliquam ut mi sem tellus eget amet aliquam lobortis et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt congue ante aliquet at sed dolore aliquet at sed congue ante non nonummy tempus magna, laoreet sem volutpat mauris, felis at pulvinar feugiat erat, nisi, laoreet proin. Adipiscing, pharetra sed aliquam congue ante diam aliquet volutpat felis consectetur sit sed nisi, congue nunc tincidunt, proin non felis consectetur pulvinar lorem, dolore lobortis felis ipsum nisi. Mi sem eget amet feugiat congue mi molestie ante praesent felis lorem nibh eget sed laoreet euismod pulvinar nunc molestie sit, ut non erat ante mauris lorem ante. At, lorem laoreet id, ipsum ante molestie lorem lobortis eget sed congue ullamcorper sit nunc tellus sit, ut non dolore praesent adipiscing aliquam, proin elit ac diam nonummy. Magna praesent felis lorem, ante mauris lorem, nibh eget sed mi felis ipsum lobortis non dolor congue ullamcorper massa tellus turpis ut sem nonummy magna ullamcorper amet dolore. Aliquet consectetur magna diam, elit sed, mi felis tempus ante mauris feugiat nibh eget ipsum laoreet id, praesent adipiscing dolor congue diam nonummy aliquam proin mauris lorem nibh. Id pulvinar ante eget lorem, praesent at lorem, nibh volutpat sed tincidunt euismod turpis nisi sem pharetra congue diam nonummy donec proin at aliquam et nonummy erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi ullamcorper amet dolore aliquet amet aliquam nibh eget ac tincidunt, tellus sit nunc pharetra congue ullamcorper amet dolore aliquet turpis aliquam, aliquet pharetra magna ullamcorper nonummy, donec. Praesent adipiscing aliquam, proin at ac mi felis tempus nunc aliquet adipiscing nisi proin at ac praesent adipiscing tempus ante, mauris, lorem lobortis euismod pulvinar nunc euismod feugiat massa. Molestie feugiat, lobortis, euismod, amet dolore aliquet sit sem consectetur donec mi id tempus, ante at lorem, nibh volutpat dolor laoreet id tempus massa molestie feugiat tincidunt, euismod pulvinar. Dolore praesent pulvinar dolore praesent, turpis nisi non pharetra congue diam nonummy dolore aliquet amet dolore aliquet turpis ut non consectetur donec praesent adipiscing aliquam proin, mauris ac nibh. Ipsum nunc tellus feugiat lobortis volutpat dolor, congue ullamcorper turpis nisi proin consectetur ac et felis ipsum massa molestie dolor tincidunt euismod dolor laoreet, eget sed, laoreet feugiat congue. Diam id ipsum lobortis, volutpat pharetra tincidunt ullamcorper amet dolore aliquet consectetur ac et consectetur donec diam nonummy praesent adipiscing, ac nibh eget sed laoreet felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore consectetur ac et felis ipsum massa tellus dolor, tincidunt ullamcorper amet dolore tellus turpis aliquam, proin elit ac praesent, felis tempus proin at ac elit. Erat mi elit erat mi felis tempus ante eget sed tincidunt euismod ipsum massa, id tempus ante eget dolor tincidunt euismod ipsum massa id lobortis volutpat dolor. Tincidunt aliquet, amet dolore aliquet turpis nisi sem pharetra congue ullamcorper amet dolore aliquet turpis nisi sem pharetra magna diam, amet dolore praesent adipiscing nibh eget sed. Laoreet euismod ipsum massa molestie tempus ante mauris sed nibh eget sed massa, id feugiat lobortis volutpat dolor tincidunt ullamcorper aliquam sem, at erat mi felis erat. Praesent felis tempus proin at, ac et, elit donec diam adipiscing tempus ante at ac et at ac et felis massa molestie feugiat lobortis, volutpat dolor tincidunt. Euismod sit, ut non consectetur magna diam amet dolore aliquet turpis aliquam sem consectetur ac et id feugiat lobortis volutpat, congue ullamcorper turpis nisi proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut ullamcorper amet dolore praesent at ac et elit ac mi felis ipsum massa molestie dolor tincidunt ullamcorper amet nisi, aliquet consectetur magna. Euismod turpis aliquam et elit donec mi felis aliquam proin at lorem et eget erat mi id ipsum lobortis volutpat pharetra tincidunt ullamcorper amet nibh. Eget sed tincidunt euismod sit ut sem consectetur ac et elit tempus ante molestie dolor tincidunt ullamcorper pulvinar nunc tellus sit nisi sem consectetur congue. Diam lorem nibh eget sed laoreet id ipsum massa molestie feugiat massa mauris feugiat lobortis eget, dolor tincidunt euismod pulvinar massa mauris lorem nibh eget. Tincidunt aliquet, sit aliquam sem consectetur magna diam amet donec aliquet turpis dolore aliquet turpis ut non dolor tincidunt euismod pulvinar nunc aliquet turpis ut. Non erat mi felis lorem ante at aliquam proin consectetur ac, et elit, donec aliquet turpis nisi sem consectetur ac diam nonummy donec praesent adipiscing. Aliquam sem at nibh, eget pulvinar massa molestie feugiat ut non amet, dolore praesent adipiscing nisi aliquet consectetur, magna, diam consectetur magna ullamcorper nisi, proin. At lorem et elit donec, praesent felis tempus ante mauris sed laoreet eget erat mi elit tempus, ante mauris lorem nibh eget erat laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non nonummy aliquam praesent, adipiscing aliquam, et elit erat mi tempus massa volutpat pharetra dolore aliquet turpis. Aliquam ante mauris lorem nibh elit, erat mi adipiscing, aliquam proin, at ac et elit, sed laoreet id. Tempus molestie dolor dolore praesent adipiscing, aliquam, proin at lorem et felis tempus massa mauris lorem nibh eget. Lorem laoreet ullamcorper sit, nisi proin at ac elit, tempus ante mauris lorem et at ac mi felis. Tempus ante molestie feugiat lobortis non pharetra dolore praesent adipiscing aliquam proin elit laoreet, id ipsum massa mauris. Lorem proin elit ac et felis tempus mi mauris tempus, ante, eget sed laoreet, id ipsum massa, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper adipiscing aliquam, proin elit sed dolore aliquet turpis ut. Diam nonummy donec praesent, adipiscing tempus ante, lorem laoreet id sed. Massa molestie sit lobortis volutpat dolor tincidunt ullamcorper amet, nunc, aliquet. Consectetur ac mi id ipsum massa molestie feugiat congue non nunc. Euismod sit, ut, proin elit, ac et elit erat mi, mauris. Feugiat tincidunt ullamcorper, amet nisi sem consectetur ac diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam, et elit erat laoreet molestie sit ut ullamcorper. Amet dolore aliquet turpis nisi sem turpis, nisi non consectetur. Diam nonummy donec praesent adipiscing aliquam proin consectetur congue ullamcorper. Amet donec proin at lorem et elit erat, mi euismod. Ipsum lobortis molestie feugiat erat ante mauris sed massa molestie. Feugiat ut ullamcorper amet dolore praesent, at ac et eget. Sed massa id tempus massa molestie dolor tincidunt, volutpat pulvinar. Nunc aliquet turpis sem consectetur magna ullamcorper amet dolore aliquet. Amet dolore aliquet consectetur ac laoreet felis tempus, ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet consectetur ac diam elit. Ipsum ut tellus sit, ut ullamcorper. Amet, dolore aliquet adipiscing, aliquam sem. At ac, et congue ullamcorper amet. Dolore sem, at, ac et nonummy. Erat laoreet molestie feugiat ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi felis tempus mauris dolor tincidunt ullamcorper. Pulvinar dolore sem, mauris sed nibh elit sed. Ante felis lorem nibh eget dolor congue euismod. Amet nisi sem consectetur non amet dolore ullamcorper. Turpis dolore, aliquet turpis nisi sem consectetur congue. Ullamcorper nonummy donec aliquet turpis ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed, laoreet molestie ipsum massa non. Pharetra congue ullamcorper turpis aliquam sem at. Ac nibh id erat, mi felis tempus. Mauris lorem laoreet id ipsum, massa tellus. Sit nisi, sem amet dolore praesent turpis. Nisi proin at ac diam nonummy donec. Praesent molestie, feugiat lobortis sed laoreet id. Sed laoreet id ipsum massa molestie feugiat. Lobortis volutpat dolor tincidunt id pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, nibh eget ipsum nunc tellus pharetra congue ullamcorper, nonummy aliquam praesent mauris ac proin at ac diam nonummy erat praesent adipiscing tempus. Lobortis volutpat sed eget, sed massa molestie lorem lobortis volutpat dolor tincidunt euismod amet nunc sem consectetur magna diam nonummy donec mi adipiscing. Tempus, proin mauris ac consectetur donec praesent adipiscing donec praesent, adipiscing ac proin elit sed massa molestie sit ut non pharetra congue aliquet. Amet dolore aliquet sit ut non pharetra euismod, amet dolore, aliquet turpis aliquam et at ac diam, adipiscing tempus proin adipiscing ac proin. At ac et nonummy, donec ullamcorper amet dolore, tellus ut non sit congue, ullamcorper amet donec proin adipiscing nisi non pharetra ut, ullamcorper. Nonummy, erat mi felis ac et eget sed nunc euismod sit ut consectetur donec mi felis, tempus ante mauris lorem laoreet euismod pulvinar. Nunc aliquet turpis congue ullamcorper, pharetra, congue, praesent turpis nisi sem turpis magna diam consectetur magna felis tempus nibh mauris, lorem et eget. Sed massa molestie feugiat lobortis, volutpat dolor lobortis, volutpat sed laoreet id ipsum molestie feugiat congue euismod, amet dolore tellus sit ut tellus. Sit, congue ullamcorper pharetra congue euismod, pulvinar nunc aliquet turpis ut non pharetra congue, ullamcorper, turpis nisi, consectetur ac nibh id ipsum massa. Molestie pharetra, magna diam amet, dolore ullamcorper amet, nunc molestie sit ut volutpat dolor tincidunt euismod amet nunc euismod sit ut dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna et adipiscing tempus ante molestie feugiat lobortis pulvinar dolore aliquet, turpis lobortis volutpat dolor tincidunt, euismod dolor, nunc tellus pulvinar nunc tellus sit lobortis volutpat sed. Laoreet id pulvinar, dolore aliquet, turpis et id ipsum massa molestie feugiat nibh volutpat dolor tincidunt id sed massa, mauris feugiat nibh eget lorem nibh eget erat diam nonummy. Donec, mi mauris congue aliquet turpis aliquam, proin consectetur magna diam nonummy, erat mi, felis lorem nibh mauris dolor tincidunt id ipsum massa id ipsum lobortis dolor congue, aliquet. Amet dolore tellus pulvinar nunc molestie feugiat tincidunt volutpat dolor tincidunt id sed massa, id, feugiat nibh volutpat, pharetra tincidunt euismod, pulvinar dolore aliquet ac mi felis tempus mi. Felis tempus ante consectetur magna diam nonummy donec praesent adipiscing, aliquam proin mauris ac et elit erat mi elit erat mi mauris nibh volutpat dolor tincidunt euismod, pulvinar nunc. Tellus sit lobortis euismod pulvinar nunc, euismod, sit ut non consectetur magna ullamcorper dolore aliquet turpis aliquam proin at ac et elit erat mi adipiscing aliquam ante eget, sed. Laoreet euismod pulvinar nunc tellus sit lobortis eget, sed tincidunt ullamcorper dolore aliquet turpis nisi sem, consectetur, dolore, aliquet turpis aliquam proin, at lorem laoreet id erat mi felis. Lorem nibh eget lorem et at ac, ullamcorper donec mi mauris feugiat, lobortis euismod dolor nunc euismod pulvinar nisi sem pharetra congue euismod pulvinar dolore, aliquet adipiscing aliquam proin. Eget ipsum massa molestie ipsum lobortis dolor donec praesent turpis, aliquam sem turpis ut non pharetra congue ullamcorper nonummy donec aliquet adipiscing aliquam sem consectetur donec praesent felis tempus. Massa molestie dolor lobortis pulvinar nunc tellus feugiat lobortis molestie feugiat, tincidunt, ullamcorper amet nunc, tellus, sit nunc non sit ut, volutpat dolor congue euismod amet dolore tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie dolor magna, diam adipiscing aliquam proin at ac eget turpis nisi non pharetra ut non pharetra, dolore proin adipiscing nisi sem at ac. Et elit tempus, ante molestie feugiat lobortis volutpat sed laoreet ipsum nunc tellus sit ut non pharetra congue aliquet turpis nisi proin, at erat mi. Id feugiat lobortis non consectetur congue ullamcorper amet donec praesent aliquam et, elit erat laoreet, id feugiat lobortis volutpat dolor congue ullamcorper pulvinar massa, molestie. Feugiat nisi, sem, pharetra congue diam amet donec at lorem nibh elit donec mi felis tempus ante molestie, feugiat tincidunt ullamcorper amet nunc molestie feugiat. Lobortis volutpat dolor lobortis volutpat amet dolore tellus sit ut pharetra congue ullamcorper amet dolore, aliquet adipiscing lorem nibh, elit sed, mi id ipsum massa. Molestie, feugiat, congue, ullamcorper amet, dolore tellus sit ut molestie feugiat lobortis dolor nunc aliquet turpis ut, sem pharetra ut non pharetra congue, ullamcorper amet. Nunc, tellus feugiat lobortis sem consectetur diam adipiscing donec praesent consectetur ac et elit erat mi adipiscing aliquam proin adipiscing aliquam proin elit ac diam. Elit erat ante mauris feugiat ante mauris lorem id, tempus nunc molestie sit ut non dolor tincidunt euismod ipsum laoreet, molestie, ipsum ante mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus massa volutpat, feugiat lobortis volutpat dolor nunc tellus sit ut non pharetra donec praesent felis tempus massa molestie lobortis. Euismod pulvinar dolore, sem elit ac et elit tempus, ante mauris lorem lobortis euismod, dolor nunc euismod, pulvinar nunc tellus pharetra. Congue et, elit ante volutpat dolor tincidunt, ullamcorper amet nisi aliquet consectetur magna diam elit magna, diam amet donec praesent turpis. Nisi sem at ac praesent felis tempus ante molestie nibh volutpat dolor, laoreet euismod ipsum lobortis volutpat pharetra, congue diam nonummy. Donec praesent at, ac et elit donec laoreet id ipsum massa ac nibh euismod dolor nunc aliquet consectetur ut, non pharetra. Tincidunt ullamcorper amet dolore aliquet sit ut tellus pharetra congue ullamcorper amet dolore ullamcorper amet nunc aliquet congue diam nonummy donec. Aliquet turpis tempus nibh, eget pulvinar nunc euismod pulvinar massa molestie feugiat lobortis, volutpat dolor tincidunt id sed, laoreet id tempus. Massa molestie nibh eget, dolor nunc tellus sit nisi, sem, nonummy erat mi, felis lorem nibh eget lorem, laoreet id sed. Laoreet, ipsum massa molestie pharetra dolore, praesent mauris ac nibh eget sed tincidunt id tempus massa molestie feugiat lobortis eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum, massa molestie dolor lobortis ullamcorper amet nisi sem elit ac et elit donec diam nonummy donec, volutpat pulvinar, nunc aliquet turpis aliquam proin elit ac. Mi felis tempus proin adipiscing ac et, elit ac diam elit erat praesent turpis nisi sem consectetur, felis pharetra erat nisi laoreet aliquet mauris pulvinar aliquam, congue. Massa et tellus turpis nisi sem consectetur ac, et, felis ipsum ante mauris aliquam proin dolor, tincidunt euismod ipsum massa molestie sit tincidunt euismod pulvinar tincidunt tellus. Pulvinar ut sem consectetur magna ullamcorper amet dolore ullamcorper turpis nisi consectetur nisi diam nonummy, donec mi felis nisi, proin mauris lorem, nibh, eget erat mi felis. Tempus nibh mauris sed laoreet, eget sed massa molestie sit ut pharetra congue euismod turpis dolore tellus sit nunc tellus sit ut volutpat dolor nunc euismod turpis. Nisi sem consectetur congue ullamcorper amet donec aliquet adipiscing aliquam proin ac mi felis, ipsum nunc, non pharetra magna ullamcorper nonummy donec praesent adipiscing nisi proin consectetur. Magna et adipiscing donec adipiscing, nisi proin elit erat, mi id ipsum massa volutpat dolor lobortis eget sed nibh, id pulvinar nunc tellus sit congue ullamcorper pharetra. Tincidunt, euismod amet tellus sit erat, dolore nibh ullamcorper mauris lorem congue praesent felis, lorem congue praesent molestie pharetra donec praesent id consectetur magna laoreet tellus elit. Pulvinar lorem tincidunt mauris feugiat magna mi, molestie consectetur magna ante non elit pulvinar aliquam nibh euismod mauris pharetra ipsum magna laoreet, proin euismod felis consectetur, ipsum. Erat aliquam congue molestie consectetur turpis lorem dolore nibh diam tellus elit amet lorem congue ante diam molestie at amet tempus magna nunc et tellus eget nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mi sem eget mauris lorem nibh volutpat dolor tincidunt tellus magna et eget sed laoreet felis tempus ante mauris aliquam proin at. Erat mi felis ipsum massa mauris feugiat lobortis volutpat pulvinar nunc tellus pulvinar, massa, consectetur magna diam, adipiscing donec praesent adipiscing aliquam sem. At ac mi elit erat praesent felis lorem nibh eget sed laoreet id ipsum massa mauris lobortis eget sed laoreet id sed massa. Molestie ipsum lobortis volutpat dolor tincidunt euismod, turpis nisi proin at ac et elit, erat mi feugiat congue euismod amet nunc aliquet adipiscing. Nisi proin consectetur magna ullamcorper amet, dolore, ullamcorper amet dolore aliquet sit ut non dolor tincidunt ullamcorper pulvinar nunc tellus magna nibh eget. Pulvinar massa tellus sit lobortis, eget pharetra tincidunt id ipsum massa molestie feugiat massa molestie lorem lobortis volutpat, dolor laoreet id ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet adipiscing ac proin elit erat mi felis tempus ante mauris ac elit. Erat laoreet tellus turpis nisi non pharetra congue ullamcorper amet nunc tellus, sit nisi sem. Consectetur ac et elit tempus proin adipiscing, aliquam et at mi felis ipsum nunc mauris. Feugiat nibh volutpat dolor laoreet id ipsum laoreet id ipsum, lobortis volutpat dolor laoreet euismod. Pulvinar nunc molestie feugiat ut dolor tincidunt volutpat, dolor tincidunt id ipsum nunc non consectetur. Donec praesent molestie, lorem lobortis non amet tincidunt aliquet amet dolore sem consectetur diam nonummy. Dolore ullamcorper turpis nisi sem, turpis nisi sem consectetur donec, praesent, felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, felis aliquam proin mauris lorem nibh elit, erat mi id ipsum. Nunc non nonummy erat ante molestie sit magna diam nonummy donec proin. Ac laoreet id sed laoreet, felis tempus praesent adipiscing tempus nibh eget. Sed tincidunt tellus pulvinar ut non pharetra congue ullamcorper, amet nunc tellus. Sit nibh eget erat et elit erat ante molestie feugiat lobortis eget. Dolor tincidunt id ipsum massa mauris tempus nibh at lorem, et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et at sed mi id ipsum lobortis molestie feugiat tincidunt volutpat dolor laoreet euismod ipsum ante molestie lobortis ullamcorper, amet, dolore aliquet turpis aliquam proin. At magna et elit tempus ante mauris feugiat lobortis euismod pulvinar nunc, tellus turpis nisi sem donec laoreet molestie feugiat, lobortis, eget sed nibh eget sed laoreet molestie. Feugiat ut non pharetra congue ullamcorper amet nunc euismod pulvinar massa molestie feugiat lobortis eget laoreet euismod pulvinar nunc non, pharetra magna ullamcorper nonummy donec proin mauris lorem. Lobortis, volutpat pulvinar nunc euismod pulvinar massa tellus feugiat lobortis sed tincidunt tellus pulvinar nunc tellus sit ut ullamcorper nonummy donec praesent adipiscing ac et elit ac et. Felis tempus, ante mauris, lorem lobortis eget sed, laoreet turpis aliquam sem pharetra magna diam nonummy aliquam proin at lorem et eget sed tincidunt id feugiat lobortis molestie. Dolor congue euismod dolor nunc aliquet sit ut sit, congue diam nonummy tempus lobortis molestie, feugiat, lobortis id pulvinar dolore tellus feugiat ut volutpat dolor tincidunt ullamcorper pulvinar. Sem consectetur magna diam nonummy donec praesent adipiscing aliquam proin adipiscing aliquam sem at ac et nonummy erat ante mauris feugiat lobortis volutpat, dolor nunc tellus pulvinar mauris. Lorem lobortis volutpat sed tincidunt tellus sit nisi, non, sit, congue diam amet, dolore aliquet turpis nisi aliquet consectetur nisi sem pharetra congue diam adipiscing aliquam eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, molestie sit congue ullamcorper nonummy erat praesent ac nibh volutpat dolor tincidunt aliquet sit nunc tellus pharetra tincidunt diam adipiscing tempus proin mauris lorem laoreet eget erat laoreet id. Ipsum, massa mauris, nibh, volutpat dolor tincidunt euismod sit lobortis volutpat dolor tincidunt euismod pulvinar tincidunt euismod pulvinar, ut non sit congue ullamcorper amet, congue ullamcorper amet dolore sit lobortis. Sem amet dolore ullamcorper amet dolore aliquet turpis magna diam nonummy, donec, praesent adipiscing aliquam proin at lorem nibh id ipsum elit tempus massa mauris, lorem lobortis eget sed laoreet. Id pulvinar massa mauris tempus nibh eget sed laoreet eget sed laoreet id ipsum, massa molestie lorem et pulvinar massa tellus sit ut, non pharetra tincidunt euismod pulvinar nunc tellus. Sit ut non sit ut ullamcorper dolor tincidunt euismod ipsum massa molestie ipsum massa volutpat nibh elit, sed laoreet id, ipsum lobortis volutpat dolor tincidunt ullamcorper nonummy donec praesent, adipiscing. Lorem laoreet eget sed massa ipsum massa volutpat dolor lobortis eget ipsum massa id ipsum lobortis, molestie dolor tincidunt euismod dolor tincidunt id pulvinar massa molestie feugiat nibh eget lorem. Nibh eget mi felis aliquam proin adipiscing ac proin at, ac, mi elit erat mi mauris tempus nibh mauris lorem laoreet id sed massa tellus sit congue diam nonummy aliquet. Turpis aliquam proin elit, erat laoreet id ipsum massa molestie feugiat lobortis eget sed tincidunt euismod sit ut, sem consectetur magna diam amet dolore aliquet turpis aliquet consectetur ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante mauris ac et erat praesent felis lorem nibh volutpat sed laoreet id sed laoreet, felis tempus. Massa volutpat pharetra congue euismod amet dolore aliquet turpis nisi sem nonummy ullamcorper, nonummy donec praesent, turpis, nisi non. Pharetra magna diam, amet dolore aliquet adipiscing nisi aliquet, sit ut non pharetra dolore aliquet adipiscing lorem nibh sed. Tincidunt tellus pulvinar nunc, non pharetra congue ullamcorper pharetra congue euismod pulvinar nunc molestie feugiat ut volutpat amet dolore. Aliquet adipiscing nisi consectetur, ac et eget, erat praesent adipiscing aliquam proin adipiscing, aliquam sem consectetur congue ullamcorper amet. Congue aliquet adipiscing ac et eget sed laoreet felis ipsum ante lorem nibh volutpat pulvinar tincidunt id ipsum laoreet. Molestie feugiat lobortis non dolor, tincidunt euismod pulvinar dolore aliquet consectetur ac diam nonummy donec aliquet turpis nisi, mauris. Sed tincidunt euismod, sit ut non pharetra ut non pharetra laoreet eget, sed laoreet molestie sit ut non pharetra. Ullamcorper amet dolore aliquet sit nisi sem consectetur donec praesent adipiscing donec praesent adipiscing, aliquam proin, elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, nibh eget dolor nunc euismod turpis ut sem consectetur magna diam adipiscing aliquam. Ante eget sed laoreet id, ipsum felis tempus ante mauris feugiat nibh elit sed. Laoreet euismod feugiat massa mauris lorem nibh eget sed tincidunt euismod ipsum massa tellus. Feugiat, lobortis dolor dolore praesent, adipiscing ac et at ac et elit donec praesent. Adipiscing aliquam proin consectetur magna diam nonummy, erat mi mauris tempus nibh eget, sed. Aliquet amet dolore aliquet sit ut, volutpat feugiat tincidunt ullamcorper amet nunc tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis tempus ante volutpat pharetra congue ullamcorper turpis nisi sem. At erat laoreet, tellus feugiat lobortis molestie feugiat, tincidunt euismod pulvinar. Nunc aliquet nisi sem, consectetur donec, praesent nonummy dolore aliquet sit. Ut non consectetur ac laoreet molestie, ipsum, lobortis non amet dolore. Aliquet adipiscing aliquam proin at tincidunt euismod pulvinar nunc tellus feugiat. Lobortis non dolor tincidunt, euismod pulvinar nunc aliquet sit ut ullamcorper. Amet donec praesent adipiscing tempus nibh dolor tincidunt euismod, pulvinar ut. Non pharetra, congue non, pharetra tincidunt euismod amet nunc tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec adipiscing tempus lobortis, volutpat amet, nunc aliquet at ac et id ipsum, nunc non pharetra ut non amet congue aliquet amet aliquam. Proin elit erat elit tempus massa, volutpat dolor tincidunt volutpat dolor tincidunt euismod ipsum nunc tellus, sit congue ullamcorper nonummy donec aliquet turpis. Nisi proin at erat mi tempus massa mauris lorem, lobortis volutpat dolor laoreet id pulvinar nunc tellus sit ut non, pharetra tincidunt euismod. Pulvinar nunc non pharetra ut non, pharetra congue amet nisi sem at ac, laoreet id ipsum ante felis tempus ante adipiscing aliquam proin. Consectetur magna mi felis aliquam proin mauris ac et ac et felis tempus mi, mauris lorem nibh mauris lorem nibh eget sed massa. Tellus pharetra congue ullamcorper amet congue aliquet turpis nisi proin at ac amet donec praesent, turpis nisi sem consectetur magna, et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris, ac proin elit diam amet donec aliquet turpis, aliquam et elit erat laoreet euismod, pulvinar ut, non. Pharetra magna diam nonummy donec praesent adipiscing nisi sem consectetur praesent adipiscing aliquam proin, at ac tincidunt volutpat dolor. Tincidunt tellus turpis magna diam felis tempus ante mauris lorem ante mauris lorem laoreet, id pulvinar tellus pharetra congue. Ullamcorper amet congue aliquet amet dolore aliquet consectetur ac et elit erat ante, mauris lorem nibh volutpat dolor nunc. Aliquet ut non consectetur ac diam adipiscing donec proin at, ac proin at ac mi felis ipsum massa molestie. Lorem lobortis euismod pulvinar dolore tellus, sit, ut non ut ullamcorper, amet congue ullamcorper pulvinar dolore sem consectetur magna. Et, elit erat ante molestie, lorem lobortis euismod dolor tincidunt euismod, pulvinar ut tellus pharetra congue ullamcorper tincidunt ullamcorper. Turpis ac proin elit erat mi felis tempus ante mauris lorem nibh mauris lorem nibh elit erat ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit sed laoreet id tempus ante mauris ac nibh eget dolor laoreet. Tellus turpis ut non consectetur donec pulvinar, dolore aliquet turpis nisi non sit. Congue praesent, adipiscing donec praesent adipiscing ac et elit ac mi elit erat. Mi mauris lorem lobortis ac et nonummy, donec praesent adipiscing aliquam proin at. Lorem et elit erat mi molestie, sit lobortis volutpat pharetra congue aliquet turpis. Aliquam, ante eget lorem elit tempus ante molestie feugiat lobortis non pharetra dolore. Praesent, adipiscing aliquam proin at erat mi elit donec praesent adipiscing tempus ante. Mauris erat consectetur magna diam nonummy donec praesent adipiscing nisi sem at erat. Mi felis tempus ante mauris feugiat lobortis eget dolor tincidunt molestie feugiat lobortis. Volutpat pharetra ullamcorper nonummy donec praesent adipiscing ac et, nonummy donec mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget sed massa ipsum lobortis non pharetra congue ullamcorper amet donec sem consectetur nisi et, elit donec praesent adipiscing tempus proin adipiscing ac proin at erat. Laoreet feugiat lobortis non consectetur congue euismod pulvinar tincidunt id pulvinar nunc non consectetur magna diam nonummy donec praesent turpis ut non pharetra magna ullamcorper nonummy felis tempus. Et volutpat pulvinar nunc tellus sit nisi sem consectetur magna ullamcorper nonummy donec praesent turpis aliquam proin at erat et felis praesent at feugiat nibh elit ac et. Nonummy donec praesent adipiscing tempus ante at ac diam nonummy donec praesent felis aliquam proin molestie, feugiat, tincidunt id, ipsum molestie feugiat ut non pharetra magna diam amet. Dolore tellus turpis ut tellus sit ut ullamcorper pharetra congue ullamcorper turpis nunc tellus sit congue ullamcorper amet congue amet nisi, sem consectetur nisi non pharetra tincidunt euismod. Dolor, laoreet eget sed laoreet molestie feugiat nibh, eget dolor tincidunt id pulvinar sem consectetur ac et elit erat praesent felis aliquam proin consectetur ac et elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pharetra congue praesent adipiscing aliquam proin at ac mi felis erat, mi molestie feugiat, lobortis euismod pulvinar, dolore aliquet consectetur ac et elit ut. Proin, elit erat laoreet id ipsum massa, volutpat dolor tincidunt euismod dolor, tincidunt id sit, nisi sem nonummy donec diam, nonummy, aliquam praesent adipiscing amet. Donec proin mauris ac et elit ac et sed laoreet molestie feugiat lobortis volutpat pharetra congue ullamcorper amet dolore tellus sit ut sem consectetur donec. Mi felis ipsum massa molestie lorem, euismod pulvinar dolore aliquet turpis nisi diam, elit erat mi felis tempus ante mauris lorem laoreet id, ipsum nunc. Non at erat praesent adipiscing, dolore aliquet amet proin elit erat et id erat ante mauris lorem nibh at ac et, elit donec diam nonummy. Donec praesent adipiscing nisi sem at magna diam amet dolore turpis dolore aliquet at ac et elit tempus ante mauris aliquam ante mauris lorem et. Id ipsum nunc molestie feugiat lobortis molestie feugiat lobortis id ipsum donec, mi mauris feugiat tincidunt euismod amet nunc tellus sit nisi sem consectetur, magna. Diam nonummy aliquam massa eget sed euismod amet nunc aliquet, turpis magna diam elit erat ante felis, aliquam, ante at magna et elit, erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod amet, nunc sem turpis nisi, diam elit tempus ante mauris, lorem lobortis euismod, dolor nunc aliquet turpis et. Eget ipsum, laoreet molestie sit magna et elit donec aliquet turpis nisi sem consectetur ac mi euismod ipsum, massa mauris feugiat. Nibh volutpat donec praesent adipiscing aliquam et at magna diam adipiscing donec praesent adipiscing nisi sem consectetur magna diam nonummy donec. Ante molestie feugiat lobortis euismod, amet donec adipiscing nisi non pharetra congue diam nonummy aliquam, proin at lorem et eget erat. Mi felis ipsum massa molestie, feugiat ante mauris lorem et sed massa molestie tempus nibh volutpat pharetra donec praesent at lorem. Nibh elit erat mi felis tempus ante felis tempus ante at ac nibh felis, ipsum nunc consectetur magna diam adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, eget ipsum nunc molestie, ipsum ut. Non pharetra praesent adipiscing tempus ante eget. Dolor laoreet, eget ipsum massa molestie sit. Congue ullamcorper amet, donec aliquet amet nisi. Sem at ac et, nonummy, donec felis. Lorem tincidunt ullamcorper pulvinar dolore, praesent adipiscing. Ac nibh, eget sed massa id ipsum. Massa, molestie feugiat lobortis id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna, diam adipiscing aliquam ante mauris dolor nunc, tellus turpis nisi proin at erat laoreet, id ipsum massa. Volutpat, congue, aliquet adipiscing aliquam proin at magna et felis erat ante felis lorem nibh volutpat sed tincidunt euismod. Pulvinar nunc tellus sit lobortis ullamcorper dolore aliquet turpis nisi sem, consectetur magna sem, consectetur donec praesent felis lorem. Lobortis, volutpat, dolor tincidunt tellus sit ut tellus pharetra magna diam amet dolore aliquet nisi proin, elit erat mi. Id ipsum ante mauris feugiat lobortis eget dolor laoreet id ipsum nunc tellus pharetra, ut ullamcorper, amet dolore at. Ac et elit erat, laoreet felis ipsum, massa volutpat pharetra tincidunt volutpat pulvinar nunc tellus sit ut non pharetra. Congue, diam nonummy, donec praesent turpis nisi elit erat mi felis ipsum massa molestie lorem lobortis volutpat pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, feugiat congue pharetra, congue aliquet adipiscing aliquam, et volutpat sed, mi felis tempus ante, felis tempus proin. Mauris lorem nibh elit erat praesent adipiscing, aliquam, praesent adipiscing et eget, erat mi adipiscing aliquam praesent at. Ac nibh eget erat laoreet felis, tempus ante felis aliquam ante mauris lorem et eget sed massa feugiat. Ut non pharetra congue ullamcorper turpis nisi sem consectetur, ac et id tempus massa mauris feugiat lobortis eget. Lorem nibh id sed laoreet mauris feugiat ullamcorper adipiscing tempus ante nonummy ipsum ac dolore ante volutpat amet. Donec, nibh ullamcorper felis ipsum ut diam felis feugiat ut diam felis feugiat, consectetur erat massa non consectetur. Erat nunc et id turpis lorem, tincidunt praesent mauris pharetra, ipsum ac laoreet proin ullamcorper felis feugiat dolore. Praesent felis tempus volutpat dolor, tincidunt tellus pulvinar nunc tellus feugiat lobortis non pharetra, aliquam congue praesent adipiscing. Aliquam congue ullamcorper turpis nisi sem volutpat feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut tellus pharetra congue. Non amet dolore ullamcorper sit ut tellus sit ut non dolor tincidunt euismod dolor laoreet feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus nibh volutpat, pharetra donec praesent turpis sem consectetur, ac mi felis erat mi adipiscing aliquam proin at ac diam elit donec. Mi, felis tempus ante mauris ac et elit erat mi felis ante molestie feugiat lobortis, eget, sed laoreet felis ipsum massa molestie feugiat lobortis. Euismod pulvinar tincidunt tellus, pulvinar ut non pharetra congue ullamcorper pharetra ante mauris feugiat tincidunt volutpat dolor nunc, tellus sit ut volutpat feugiat tincidunt. Euismod, pulvinar nunc aliquet turpis nisi tellus pharetra congue ullamcorper amet aliquet turpis nisi sem consectetur, magna ullamcorper pharetra congue euismod dolor tincidunt id. Pulvinar nunc tellus feugiat lobortis volutpat lorem nibh elit sed laoreet id ipsum massa dolor congue ullamcorper amet nisi sem consectetur magna et felis. Tempus massa mauris, lorem nibh, eget, dolor tincidunt euismod pulvinar ut non pharetra ut non pharetra aliquet turpis aliquam proin consectetur nisi diam consectetur. Donec aliquet turpis nisi sem consectetur ac et elit donec mi adipiscing, proin at, ac et id, ipsum nunc aliquet turpis, magna ullamcorper amet. Dolore mi adipiscing tempus proin, at magna diam, consectetur magna diam nonummy donec praesent adipiscing proin elit ac laoreet id tempus ante mauris ac. Nibh volutpat pulvinar tincidunt id ipsum massa mauris tempus ante at magna diam nonummy magna diam nonummy donec, amet nisi sem consectetur magna diam. Nonummy donec praesent turpis nisi sem consectetur magna diam consectetur magna ullamcorper pulvinar nunc tellus, pulvinar ut non consectetur donec praesent aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie feugiat lobortis volutpat dolor ullamcorper amet dolore praesent turpis nisi non consectetur magna ullamcorper amet donec praesent mauris ac, et eget. Ipsum massa id feugiat ut non pharetra donec nonummy nisi sem consectetur magna sem pharetra magna praesent adipiscing, donec praesent turpis, nisi non consectetur. Magna, diam nonummy dolore praesent adipiscing, nisi proin consectetur diam nonummy erat praesent adipiscing tempus ante, mauris lorem nibh eget sed, massa molestie, ipsum. Lobortis non amet tincidunt ullamcorper amet nisi proin ac et, id pulvinar nunc tellus sit congue ullamcorper amet dolore aliquet adipiscing, aliquam et eget. Sed massa tellus feugiat ut volutpat pharetra congue ullamcorper amet nunc sit nisi non pharetra tincidunt ullamcorper amet dolore praesent turpis nisi sem consectetur. Ac mi id tempus ante mauris feugiat nibh eget, sed laoreet felis ipsum lobortis feugiat tincidunt euismod amet dolore praesent turpis aliquam proin, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing aliquam turpis magna sem nonummy tempus ante molestie feugiat tincidunt. Volutpat dolor, donec proin mauris lorem laoreet eget sed massa molestie sit lobortis. Volutpat dolor tincidunt pulvinar massa tellus sit lobortis non consectetur donec, praesent felis. Tempus, ante mauris lorem et elit sed laoreet felis, tempus, massa molestie dolor. Tincidunt amet dolore aliquet sit nisi diam nonummy donec mi mauris lorem ante. Eget sed laoreet euismod sit ut non pharetra magna diam nonummy aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, mi felis tempus ante mauris lorem nibh mauris, lorem laoreet, id sit, nisi sem congue, diam nonummy dolore aliquet amet nisi aliquet at, erat, mi id tempus ante felis. Feugiat lobortis volutpat pulvinar tincidunt id ipsum ante mauris lorem nibh lorem laoreet, euismod ipsum massa id feugiat massa molestie dolor lobortis, volutpat dolor laoreet id ipsum lobortis volutpat dolor. Lobortis volutpat sed, laoreet id ipsum tellus feugiat lobortis non pharetra congue, ullamcorper turpis dolore aliquet turpis nisi et nonummy donec praesent adipiscing nisi sem consectetur magna et elit laoreet. Molestie, feugiat nibh mauris, lorem laoreet, id ipsum nunc molestie feugiat ut non amet erat ante mauris lorem nibh eget dolor, laoreet id ipsum ante mauris ante eget lorem laoreet. Eget, erat laoreet molestie feugiat lobortis volutpat feugiat, lobortis volutpat dolor tincidunt, tellus turpis nisi non pharetra tincidunt euismod, pulvinar nunc aliquet turpis, non consectetur congue ullamcorper nonummy aliquam, praesent. Adipiscing lorem nibh eget sed laoreet tellus feugiat lobortis volutpat feugiat, tincidunt amet dolore tellus turpis aliquam sem consectetur magna mi felis ipsum massa volutpat, dolor, congue ullamcorper amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat, mi felis lorem lobortis volutpat pulvinar dolore aliquet turpis nisi non sit, ut non amet congue ullamcorper amet aliquet. Turpis magna, diam nonummy magna ullamcorper turpis nisi sem, consectetur ac et eget sed laoreet id tempus nibh mauris sed laoreet. Aliquet turpis dolore, turpis nisi sem consectetur congue aliquet amet nisi sem consectetur magna sem consectetur magna praesent nonummy donec, praesent. At aliquam proin, at ac mi felis ipsum ante lorem lobortis euismod dolor tincidunt euismod pulvinar nunc tellus, pharetra tincidunt euismod. Dolor nunc praesent adipiscing ac et elit sed laoreet molestie feugiat non amet dolore, praesent adipiscing aliquam proin consectetur magna diam. Elit donec mi mauris feugiat lobortis volutpat dolor congue ullamcorper, sit nisi sem at ac et elit praesent turpis nisi sem. Consectetur, magna diam nonummy, donec mi felis tempus ante at ac et elit erat mi felis aliquam, praesent at ac, et. Eget nunc proin, eget dolor tincidunt euismod, sit magna sem elit donec mi mauris lorem nibh eget sed laoreet id sed. Id feugiat ut volutpat pharetra congue, aliquet turpis aliquam ante eget dolor laoreet id ipsum ante molestie feugiat ut ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, consectetur ac et, felis ipsum. Massa molestie feugiat lobortis volutpat pulvinar. Nunc aliquet turpis nisi sem consectetur. Non pharetra dolore aliquet turpis ut. Sem at erat et felis tempus. Ante mauris lorem et elit, erat. Mi, felis, tempus, ante molestie nibh. Eget sed tincidunt euismod ipsum massa. Molestie sit, lobortis molestie feugiat laoreet. Euismod, amet, aliquam proin at erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam sem at lorem nibh id pulvinar nunc tellus sit lobortis non pharetra congue ullamcorper amet, dolore sem consectetur magna et elit donec. Amet nisi proin at lorem, et eget ipsum massa molestie lorem lobortis volutpat dolor tincidunt euismod amet, dolore sem consectetur magna, et elit donec. Praesent nisi sem at magna nibh, tellus sit ut, non sit, ut non, amet congue ullamcorper amet nunc aliquet, pharetra congue ullamcorper amet dolore. Aliquet turpis nisi proin nisi et elit tempus ante mauris feugiat congue non pharetra congue ullamcorper turpis aliquam sem at ac et nonummy erat. Praesent mauris tempus eget dolor, tincidunt euismod, ipsum nunc tellus feugiat lobortis eget sed, nibh elit sed mi adipiscing donec proin adipiscing aliquam proin. At erat et felis tempus ante lorem, nibh volutpat pulvinar nunc tellus turpis ut non, pharetra congue, ullamcorper amet dolore aliquet turpis nunc aliquet. Pharetra congue non pharetra congue ullamcorper, amet nunc euismod nunc non nonummy magna diam amet donec praesent adipiscing ac proin at erat mi id. Ipsum, massa molestie feugiat lobortis dolor nunc aliquet turpis lobortis volutpat dolor tincidunt euismod amet donec praesent at aliquam proin nonummy, donec mi felis. Tempus ante, mauris feugiat lobortis volutpat, sed, molestie feugiat lobortis molestie lorem lobortis volutpat pulvinar tincidunt euismod ipsum nunc molestie sit ut ullamcorper amet. Dolore ullamcorper turpis nisi sem pharetra ut non pharetra, tincidunt turpis nisi, sem turpis magna, sem nonummy donec, mi felis tempus proin eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus lobortis volutpat dolor congue euismod amet dolore sem consectetur magna et elit donec praesent nonummy aliquam ante mauris lorem elit erat laoreet id, tempus ante molestie feugiat. Lobortis euismod dolor, tincidunt tellus sit ut non, pharetra donec praesent felis lorem ante mauris lorem et erat laoreet id ipsum massa molestie feugiat tincidunt aliquet amet nisi sem. Turpis nisi sem nonummy magna diam nonummy dolore, tellus turpis, nisi sem nonummy donec ullamcorper congue aliquet turpis nisi sem, consectetur magna et, nonummy donec praesent adipiscing aliquam proin. At magna diam consectetur magna praesent felis, tempus ante eget et elit sed mi felis aliquam proin mauris lorem nibh volutpat dolor, laoreet, id ipsum ante molestie dolor congue. Ullamcorper, amet donec praesent adipiscing magna et ipsum, laoreet id ipsum ante molestie feugiat lobortis eget erat, et felis erat mi mauris feugiat lobortis volutpat dolor tincidunt tellus sit. Ut, tellus consectetur magna ullamcorper, donec proin at sed nibh id pulvinar nunc tellus feugiat ut volutpat dolor tincidunt ullamcorper amet nisi aliquet consectetur magna pharetra congue diam adipiscing. Tempus nibh, mauris, lorem nibh elit ac, et elit donec aliquet, amet nisi aliquet turpis ut non pharetra congue, euismod amet dolore tellus laoreet felis lorem ante mauris lorem. Nibh euismod pulvinar, dolore tellus turpis congue ullamcorper pharetra dolore ullamcorper amet nunc aliquet turpis nisi diam nonummy donec diam adipiscing aliquet, turpis aliquam proin at ac mi adipiscing. Tempus ante mauris ac et eget sed tincidunt, tellus pulvinar lobortis non pharetra congue ullamcorper amet, dolore, praesent turpis tellus pharetra congue diam nonummy donec praesent turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet turpis aliquam, proin mauris lorem nibh eget sed laoreet mauris, lorem. Lobortis non pharetra tincidunt euismod ipsum nunc tellus sit lobortis ullamcorper tincidunt euismod. Amet nisi sem consectetur, magna diam consectetur donec mi adipiscing aliquam ante mauris. Lorem nibh elit erat mi id feugiat lobortis volutpat, feugiat, volutpat pulvinar tincidunt. Tellus turpis nisi diam nonummy donec praesent adipiscing aliquam proin mauris lorem nibh. Elit erat laoreet id ipsum massa volutpat dolor tincidunt pulvinar tincidunt id, ipsum. Massa molestie feugiat lobortis volutpat dolor, nunc tellus pulvinar, nunc tellus sit congue. Ullamcorper nonummy dolore aliquet, adipiscing, aliquam sem, ut non amet dolore ullamcorper turpis. Nisi aliquet turpis ut tellus pharetra congue ullamcorper amet dolore aliquet adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue euismod pulvinar nunc aliquet turpis ut non. Pharetra congue diam turpis nisi proin mauris ac et. Elit sed laoreet id, proin mauris, sed laoreet, euismod. Turpis nisi sem at, ac, et felis tempus massa. Molestie dolor tincidunt volutpat dolor tincidunt, tellus, sit ut. Non proin mauris lorem, nibh eget sed massa molestie. Sit lobortis, volutpat dolor tincidunt volutpat pulvinar dolore aliquet. Consectetur magna sem nonummy donec diam nonummy aliquam proin. At laoreet euismod pulvinar nunc tellus sit, congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi sem consectetur ac elit, erat, ante felis tempus ante mauris lorem. Nibh id ipsum massa molestie ipsum lobortis volutpat pharetra tincidunt euismod amet nisi. Aliquet turpis lobortis, volutpat nibh euismod dolor nunc aliquet turpis nisi sem consectetur. Donec mi felis tempus proin at ac et, elit, sed mi felis tempus. Mi mauris feugiat mauris lorem nibh elit erat mi felis aliquam ante at. Lorem nibh eget sed laoreet, felis tempus proin adipiscing ac proin at ac. Diam, nonummy donec amet nisi sem consectetur lorem tincidunt id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget ipsum id sit. Nisi sem nonummy donec mi felis. Tempus nibh eget sed laoreet id. Sed massa molestie lorem nibh at. Lorem nibh euismod ipsum felis feugiat. Ut non amet donec aliquet pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris tempus ante eget sed tincidunt euismod pulvinar ut non ut non pharetra dolore. Aliquet turpis, dolore aliquet turpis nisi et elit erat mi felis tempus ante eget lorem. Nibh, eget ipsum laoreet id ipsum at ac et at ac diam, nonummy dolore aliquet. Adipiscing tempus, lobortis volutpat dolor tincidunt, euismod pulvinar nunc tellus feugiat, nibh mauris, lorem et. Elit mi felis tempus ante mauris lorem nibh volutpat sed laoreet id ipsum, ante, mauris. Lorem nibh volutpat sed tincidunt euismod pulvinar nunc molestie nibh non pharetra congue euismod pulvinar. Nisi sem consectetur magna ullamcorper pharetra, congue ullamcorper amet dolore, aliquet turpis, magna diam nonummy. Erat ante mauris lorem nibh mauris proin at erat laoreet felis aliquam ante at ac. Nibh elit sed mi, elit tempus, ante felis lorem nibh mauris lorem nibh elit, erat. Laoreet id tempus adipiscing aliquam proin at magna diam amet dolore aliquet turpis nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec adipiscing donec, praesent at, magna et elit sed massa. Tellus sit ut ullamcorper pharetra congue ullamcorper amet dolore tellus sit. Nisi sem nonummy magna diam dolore aliquet turpis nisi sem consectetur. Donec diam nonummy donec aliquet turpis nisi, sem consectetur, ac mi. Id ipsum massa mauris lorem lobortis euismod dolor felis tempus massa. Mauris lorem nibh eget sed tincidunt euismod sit ut non pharetra. Congue ullamcorper amet dolore aliquet adipiscing ac nibh elit sed laoreet. Id ante molestie feugiat lobortis euismod pulvinar tincidunt euismod ipsum, massa. Molestie, feugiat lobortis volutpat, pharetra dolore aliquet turpis nisi aliquet, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, ac diam elit erat praesent felis tempus, nibh eget sed laoreet nunc molestie feugiat lobortis non pharetra volutpat pulvinar dolore sem consectetur magna. Sem nonummy donec, mi felis tempus proin mauris ac nibh id sed laoreet id tempus massa molestie feugiat elit sed mi id feugiat lobortis. Molestie dolor tincidunt volutpat, pulvinar tincidunt tellus sit ut tellus sit lobortis volutpat pharetra congue euismod pulvinar laoreet id ipsum ante, ac nibh eget. Pulvinar dolore aliquet turpis nisi non, consectetur donec mi, mauris lorem ante mauris dolor tincidunt, ullamcorper, pulvinar ut sem at, diam elit donec praesent. Turpis nisi, sem at ac et elit erat praesent felis, tempus nibh eget lorem laoreet id, sed massa tellus pharetra congue non amet ullamcorper. Amet nisi aliquet sit nisi diam consectetur magna, praesent adipiscing aliquam ante at ac nibh id ipsum massa molestie feugiat lobortis non pharetra tincidunt. Euismod massa molestie, feugiat massa volutpat pharetra congue ullamcorper amet donec proin at ac, nibh id ipsum massa molestie, feugiat massa, lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nisi sem consectetur, congue ullamcorper pulvinar nisi aliquet, consectetur diam, consectetur donec praesent adipiscing. Tempus nibh eget sed laoreet id ipsum massa id tempus ante mauris lorem, et eget. Sed laoreet tellus sit ut non lobortis non pulvinar nunc aliquet, adipiscing aliquam et elit. Sed laoreet id feugiat massa molestie lorem nibh eget sed laoreet, id ipsum nunc tellus. Lobortis euismod pulvinar nunc tellus sit ut non pharetra ac et adipiscing tempus, ante mauris. Feugiat tincidunt volutpat pulvinar dolore tellus turpis nisi sem congue praesent adipiscing tempus nibh eget. Lorem, laoreet euismod ipsum nunc id ipsum lobortis volutpat dolor tincidunt volutpat dolor tincidunt molestie. Feugiat massa molestie feugiat tincidunt, dolor tincidunt id ipsum laoreet mauris lorem nibh volutpat, dolor. Tincidunt euismod amet, dolore aliquet turpis magna diam nonummy donec praesent adipiscing, aliquam, proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus, lobortis non amet, donec praesent adipiscing ac proin elit sed. Laoreet molestie ipsum volutpat, dolor congue, euismod dolor nunc tellus sit ut non. Pharetra magna praesent adipiscing aliquam, proin at ac et elit sed mi felis. Ipsum massa dolor tincidunt euismod adipiscing tempus proin at magna et elit sed. Laoreet felis lorem lobortis volutpat dolor congue ullamcorper amet nunc tellus feugiat lobortis. Volutpat congue euismod pulvinar tincidunt euismod pulvinar nisi et euismod at dolor dolore. Ante, diam id pharetra erat nunc sem elit ipsum aliquam, et, felis dolor. Pulvinar lorem tincidunt tellus turpis ut non pharetra congue, ullamcorper, pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, non erat ante molestie, lorem tincidunt euismod pulvinar nisi. Proin at lorem et elit donec praesent felis aliquam proin. At lorem nibh eget sed laoreet, tempus lobortis volutpat, pharetra. Congue aliquet adipiscing aliquam proin consectetur magna diam nonummy tempus. Ante mauris feugiat nibh, mauris lorem nibh, elit erat laoreet. Felis ut non pharetra dolore, praesent adipiscing aliquam ante mauris. Lorem et nonummy donec praesent adipiscing aliquam proin at aliquam. Proin, consectetur ac praesent tempus lobortis volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante, molestie feugiat congue diam nonummy. Aliquam proin mauris donec praesent adipiscing aliquam. Sem consectetur magna et elit tempus ante. Mauris lorem et eget, sed laoreet id. Ipsum massa, molestie lorem nibh eget dolor. Euismod sit ut sem consectetur magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, aliquam et elit, ac, et nonummy donec, praesent adipiscing ante eget lorem laoreet eget sed massa id feugiat lobortis volutpat pharetra dolore aliquet. Turpis dolore proin elit erat mi elit erat mi felis, tempus volutpat amet, dolore praesent turpis, aliquam proin nonummy magna diam, adipiscing aliquam proin. Mauris lorem nibh eget sed laoreet, id ipsum massa volutpat dolor tincidunt pulvinar nunc euismod sit nunc tellus feugiat lobortis volutpat dolor laoreet euismod. Pulvinar nunc tellus pharetra congue ullamcorper amet dolore praesent turpis ut proin euismod at pharetra feugiat magna laoreet molestie feugiat lobortis non consectetur magna. Aliquet turpis aliquam nibh, euismod pulvinar dolore praesent adipiscing nisi proin, nonummy donec diam dolore ullamcorper, amet nisi proin consectetur nisi, ullamcorper nonummy erat. Praesent adipiscing tempus ante mauris dolor tincidunt euismod ipsum nunc molestie feugiat lobortis volutpat dolor congue ullamcorper nisi sem, consectetur magna diam nonummy, dolore. Ante mauris feugiat nibh mauris ac diam nonummy, magna praesent adipiscing, tempus ante lorem laoreet euismod ipsum nunc molestie feugiat ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante, dolor magna ullamcorper nonummy tempus nibh mauris, sed tincidunt euismod sit nunc, tellus sit lobortis non pharetra dolore praesent felis ac et eget sed, euismod pulvinar. Nunc non pharetra congue euismod amet donec proin mauris sed tincidunt ullamcorper amet nisi aliquet consectetur magna ullamcorper, amet dolore aliquet turpis aliquam consectetur magna nibh felis tempus. Massa molestie, feugiat lobortis, volutpat sed tincidunt id, ipsum, nunc tellus sit ut ullamcorper amet dolore aliquet turpis nisi consectetur magna, sem nonummy donec praesent felis feugiat ut. Volutpat, pharetra dolore praesent sit ut non, feugiat ut non dolor tincidunt volutpat, dolor tincidunt molestie ipsum lobortis dolor tincidunt euismod, pulvinar tincidunt euismod pulvinar, nunc sem nonummy. Erat mi id ipsum massa molestie lorem et elit erat mi felis tempus ante molestie dolor ullamcorper amet dolore aliquet, consectetur ac et nonummy donec praesent adipiscing donec. Proin at ac et eget sed laoreet felis tempus ante felis nibh eget sed mi, felis tempus ante mauris lorem nibh eget sed tincidunt euismod ipsum nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat pulvinar nisi proin at ac mi felis tempus ante. Mauris sit, congue diam, nonummy dolore, praesent adipiscing aliquam, proin lobortis. Non amet donec proin at ac et elit, ac, mi id. Ipsum massa molestie feugiat ante at ac et elit donec mi. Adipiscing tempus turpis aliquam sem at ac laoreet felis erat mi. Adipiscing aliquam ante, at erat mi id tempus massa tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi id feugiat ut ullamcorper nonummy erat. Praesent adipiscing tempus, et elit sed mi euismod pulvinar. Massa tellus pharetra congue diam nunc aliquet turpis nisi. Non consectetur ac et felis tempus ante, mauris feugiat. Lobortis eget sed mi felis tempus ante molestie feugiat. Tincidunt ullamcorper pulvinar id pulvinar nunc molestie feugiat ut. Non pharetra congue ullamcorper pulvinar dolore sem consectetur nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar euismod ipsum massa, tellus sit ut non sed laoreet id ipsum, massa, tellus pharetra ut ullamcorper pharetra dolore praesent turpis aliquam proin at, ac et erat mi. Adipiscing tempus proin, at ac diam nonummy magna ullamcorper pharetra dolore ullamcorper adipiscing ac et eget sed mi id feugiat lobortis molestie feugiat diam nonummy donec sem consectetur ac. Et elit erat laoreet molestie, ipsum massa mauris feugiat laoreet euismod pulvinar nunc aliquet sit ut non consectetur congue ullamcorper dolore aliquet consectetur magna diam elit erat laoreet felis. Aliquam nibh eget sed nibh eget erat mi felis tempus ante molestie feugiat lobortis volutpat, nunc tellus pulvinar ut tellus feugiat lobortis eget dolor laoreet euismod pulvinar massa tellus. Pharetra ac laoreet felis tempus ante, at aliquam proin elit ac et elit praesent felis, lorem nibh mauris ac nibh elit erat laoreet id feugiat massa mauris lorem nibh. Eget sed laoreet, molestie feugiat lobortis non, dolor tincidunt ullamcorper turpis sem mauris, lorem tincidunt id pulvinar ut sem consectetur congue ullamcorper amet congue aliquet turpis nisi sem consectetur. Ac et erat mi, felis tempus proin at lorem et elit sed laoreet felis aliquam ante mauris ac, laoreet eget sed et felis, ipsum massa molestie feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus pharetra magna ullamcorper amet dolore praesent adipiscing aliquam proin ut ullamcorper. Amet congue ullamcorper amet dolore aliquet turpis, ut non pharetra congue ullamcorper pulvinar. Dolore aliquet turpis nisi diam nonummy donec praesent nonummy praesent adipiscing aliquam sem. At ac mi id ipsum massa molestie pharetra congue ullamcorper amet dolore sem. Consectetur lorem et eget sed laoreet molestie lorem lobortis sed laoreet id ipsum. Massa molestie ipsum massa mauris ac nibh volutpat dolor nunc, aliquet sit ut. Sem pharetra congue ullamcorper nonummy dolore praesent aliquam sem pharetra congue, ullamcorper amet. Dolore praesent adipiscing ac et elit erat, et felis tempus mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec mi, id tempus ante mauris ac et elit, ac et, nonummy, tempus ante felis. Lorem lobortis, eget pulvinar nunc tellus ut sem consectetur congue non pharetra tincidunt tellus sit ut. Non pharetra magna diam nonummy dolore ullamcorper amet dolore, sem turpis magna diam elit praesent adipiscing. Aliquam nibh eget lorem, nibh eget sed laoreet id ipsum, massa volutpat pharetra dolore, aliquet turpis. Nisi, sem at erat mi id ipsum nunc tellus nibh volutpat dolor tincidunt id ipsum massa. Molestie sit congue, ullamcorper, nonummy, aliquam proin adipiscing ac et at ac et elit erat mi. Lorem ante mauris sed laoreet eget sed laoreet id tempus ante mauris lorem, nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa dolor lobortis euismod pulvinar dolore tellus pulvinar ut sem consectetur magna diam, adipiscing donec praesent adipiscing ac, nibh. Id, pulvinar nunc tellus, sit ut pharetra congue ullamcorper pulvinar dolore sem at magna diam elit magna mi felis. Lorem nibh eget sed laoreet euismod amet nunc molestie feugiat massa volutpat lobortis euismod amet, nunc, euismod pulvinar massa. Molestie feugiat tincidunt ullamcorper amet donec aliquet turpis ut sem pharetra congue non, dolor congue ullamcorper, pulvinar, molestie feugiat. Ut non dolor tincidunt volutpat sed mi id tempus massa molestie feugiat nibh eget sed laoreet id sed massa. Molestie ipsum massa molestie feugiat id ipsum massa molestie sit, ut non pharetra congue diam nonummy nisi proin, mauris. Lorem nibh eget sed laoreet molestie ipsum lobortis volutpat sed laoreet eget ipsum, tellus sit lobortis, non pharetra congue. Ullamcorper, turpis nisi sem consectetur nisi, sem pharetra magna praesent nonummy, donec, praesent adipiscing lorem, nibh elit sed laoreet. At ac mi felis erat massa molestie feugiat nibh volutpat dolor, nunc aliquet adipiscing nisi diam nonummy donec praesent. Felis aliquam proin adipiscing ac sem consectetur congue felis erat ante molestie lorem lobortis volutpat dolor nunc euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget tincidunt id amet nisi non consectetur magna et. Elit erat mi felis aliquam proin consectetur magna diam, elit. Erat ante molestie sit ut ullamcorper tempus, nibh eget sed. Congue ullamcorper turpis aliquam sem consectetur ac et felis ipsum. Ante volutpat pharetra congue ullamcorper, pulvinar nunc aliquet, turpis ut. Non magna mi molestie ipsum lobortis volutpat dolor nibh eget. Erat nunc proin at erat mi id ipsum massa mauris. Lorem lobortis, eget pulvinar dolore, tellus sit nunc sit ut. Non amet dolore, aliquet adipiscing aliquam proin consectetur ac et. Felis ipsum lobortis molestie feugiat lobortis volutpat sed laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris sed nibh id pulvinar. Nunc tellus turpis ut, sem nonummy. Donec praesent adipiscing nisi consectetur magna. Sem nonummy erat praesent, nonummy donec. Proin at ac laoreet euismod pulvinar. Massa tellus sit ut volutpat feugiat. Lobortis, ullamcorper adipiscing proin at ac. Et euismod pulvinar nunc molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum nunc, tellus sit congue ullamcorper nonummy donec, adipiscing, tempus ante mauris erat mi euismod, pulvinar nunc non pharetra congue ullamcorper amet, donec, praesent turpis nisi sem. Consectetur ac laoreet id, feugiat, massa nonummy erat aliquet adipiscing tempus ante eget dolor tincidunt tellus turpis nisi non pharetra congue ullamcorper amet dolore aliquet amet dolore aliquet sit. Congue, diam dolore aliquet turpis, nisi sem at magna diam, consectetur donec mi mauris tempus nibh eget sed et id ipsum massa, molestie, feugiat lobortis dolor tincidunt volutpat pulvinar. Dolore aliquet turpis, nisi sem consectetur magna diam nonummy donec praesent adipiscing aliquam sem consectetur donec praesent nonummy, donec aliquet turpis nisi sem, ac et nonummy donec aliquet, turpis. Dolore sem consectetur magna sem consectetur magna diam amet dolore aliquet turpis nisi proin at ac diam nonummy erat praesent adipiscing proin, at ac et elit donec praesent adipiscing. Aliquam proin at ac diam elit, erat mi felis ipsum lobortis molestie tincidunt ullamcorper amet, dolore aliquet feugiat, lobortis volutpat dolor tincidunt volutpat dolor tincidunt id ipsum nunc tellus. Sit lobortis volutpat sed laoreet id sed mi felis massa volutpat dolor congue, aliquet turpis nisi sem consectetur ac et felis tempus ante felis tempus nibh mauris sed laoreet. Id ipsum massa molestie sit ut volutpat congue aliquet turpis, nisi sem consectetur magna et felis erat ante mauris lorem, nibh eget dolor laoreet id sit ut tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar massa aliquet turpis nisi diam nonummy, donec praesent, adipiscing tempus ante mauris lorem eget ipsum, massa molestie feugiat lobortis volutpat lorem laoreet id, ipsum. Laoreet molestie feugiat lobortis volutpat feugiat lobortis volutpat dolor nunc euismod sit ut pharetra congue ullamcorper, pharetra nunc tellus turpis ut non pharetra magna diam nonummy. Donec praesent, at lorem, lobortis volutpat pulvinar tincidunt euismod pulvinar nunc molestie feugiat nibh dolor nunc euismod ipsum massa molestie, ipsum massa mauris ac, proin elit. Erat laoreet molestie feugiat massa molestie feugiat tincidunt euismod pulvinar dolore consectetur, ac et eget sed laoreet molestie feugiat massa mauris lorem nibh, eget, ipsum massa. Molestie sit ut non pharetra congue ullamcorper amet nisi aliquet consectetur magna elit donec praesent adipiscing donec proin, mauris lorem nibh id sed massa, id ipsum. Ante molestie feugiat nibh elit erat mi felis erat mi mauris, aliquam proin magna sem consectetur congue ullamcorper amet donec praesent adipiscing nisi, proin at ac. Et id feugiat lobortis volutpat dolor tincidunt amet nisi sem at ac nibh eget, erat praesent adipiscing tempus ante mauris ac, et eget ac et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit erat laoreet id ipsum nisi, sem consectetur congue diam adipiscing aliquam proin at, lorem nibh id pulvinar molestie sit. Nisi et nonummy erat, mi mauris feugiat tincidunt euismod amet donec praesent consectetur nisi diam nonummy, magna praesent adipiscing ipsum ante. Molestie, tincidunt euismod pulvinar nunc molestie feugiat ut volutpat, dolor congue ullamcorper nonummy nisi proin at ac et elit donec mi. Felis tempus ante mauris sed laoreet id, nunc tellus turpis nisi non pharetra tincidunt aliquet turpis nisi sem consectetur ac diam. Consectetur donec mi, id lorem nibh eget dolor tincidunt ipsum nunc aliquet, feugiat, lobortis volutpat feugiat, lobortis volutpat dolor laoreet euismod. Pulvinar nunc non, pharetra, congue praesent adipiscing, tempus nibh, eget dolor, tincidunt euismod ipsum dolore sit congue ullamcorper amet dolore praesent. Adipiscing aliquam ante eget lorem laoreet euismod ipsum massa molestie feugiat nibh mauris ac nibh eget ipsum laoreet id ipsum ante. Feugiat tincidunt aliquet, turpis aliquam proin elit erat et felis erat ante felis tempus nibh mauris, lorem nibh eget sed tellus. Sit ut non pharetra congue ullamcorper amet dolore sem consectetur ac diam consectetur donec diam adipiscing aliquam proin at lorem nibh. Eget ipsum massa molestie lobortis non pharetra congue aliquet amet nisi sem at ac et nonummy donec praesent felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus pharetra congue non pharetra congue ullamcorper turpis nisi proin consectetur nisi sem pharetra, congue, ullamcorper. Amet nisi consectetur ac, et eget pulvinar nunc molestie feugiat ut non pharetra dolore aliquet turpis nunc sem. Consectetur ac et elit tempus mi felis aliquam proin lorem tincidunt tellus sit ut non sit ut volutpat. Dolor tincidunt, id ipsum massa molestie feugiat lobortis volutpat feugiat lobortis, eget sed laoreet id ipsum ante, dolor. Magna diam, amet donec aliquet adipiscing lorem nibh eget sed, laoreet id ipsum ante mauris ac nibh eget. Sed tincidunt, id ipsum mi aliquam, proin mauris lorem nibh id ipsum massa id ipsum ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit molestie feugiat tincidunt ullamcorper amet dolore sem consectetur magna, diam nonummy donec. Praesent felis aliquam nibh, eget sed tincidunt euismod pulvinar nunc tellus sit lobortis, pharetra tincidunt. Euismod amet nunc tellus sit nunc tellus sit congue euismod pulvinar tincidunt euismod ipsum nunc. Molestie feugiat massa molestie, dolor congue euismod nunc tellus, turpis ut sem consectetur donec praesent. Adipiscing tempus ante at magna diam nonummy sed mi id ipsum nibh eget, sed, nibh. Id, laoreet molestie feugiat ut, non nonummy erat mi mauris tempus ante mauris lorem, nibh. Eget ipsum, laoreet molestie feugiat nibh volutpat amet dolore ullamcorper turpis, dolore feugiat ut non. Amet, donec mi felis aliquam proin at ac et eget tempus mi, felis lorem, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc non pharetra magna diam elit donec, aliquet turpis nisi sem, turpis magna et elit donec praesent felis aliquam praesent at ac. Consectetur congue ullamcorper amet, dolore aliquet turpis dolore sem consectetur magna, et felis tempus, ante felis, aliquam proin mauris magna, sem consectetur magna. Diam dolore aliquet turpis ut sem at, ac mi felis tempus, massa molestie, feugiat nibh eget erat et elit donec praesent adipiscing donec. Sem consectetur ac et nonummy praesent felis, ipsum massa volutpat dolor tincidunt ullamcorper, amet, nisi sem consectetur ac et elit donec diam adipiscing. Aliquam ante at, ac et elit praesent, felis aliquam proin at lorem et elit erat mi, felis, tempus ante molestie lorem et eget. Erat laoreet id tempus massa molestie, feugiat lobortis eget laoreet id, ipsum massa id feugiat lobortis molestie lorem et elit erat et, nonummy. Donec praesent adipiscing tempus ante mauris lorem nibh id pulvinar nunc tellus sit, volutpat dolor tincidunt ullamcorper pulvinar nunc molestie feugiat congue non. Amet dolore aliquet amet, nisi sem consectetur magna diam nonummy mi mauris lorem nibh eget sed laoreet id pulvinar ut tellus sit, congue. Ullamcorper, amet dolore aliquet amet nunc tellus feugiat lobortis volutpat dolor, tincidunt euismod pulvinar aliquet sit ut non pharetra donec praesent adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat, pulvinar id ipsum massa molestie dolor lobortis eget dolor nunc euismod pulvinar nunc non consectetur donec diam amet donec, proin at ac sem consectetur magna. Diam tempus ante mauris lorem ante mauris sed mi felis tempus mi mauris lorem nibh mauris, lorem, laoreet eget erat laoreet id tempus proin at aliquam at. Erat, mi felis erat ante adipiscing aliquam, proin at ac diam nonummy erat praesent adipiscing aliquam proin at lorem et at erat mi felis, erat mi, nisi. Proin elit erat mi, felis tempus ante molestie lorem nibh euismod pulvinar tincidunt euismod ipsum nunc molestie feugiat lobortis volutpat dolor congue ipsum massa aliquet consectetur nisi. Et elit erat ante felis lorem ante mauris sed tincidunt euismod pulvinar nunc tellus feugiat massa eget sed laoreet id ipsum massa tempus ante mauris lorem proin. At ac et elit erat mi adipiscing aliquam proin mauris, lorem nibh eget sed laoreet id feugiat congue volutpat dolor congue ullamcorper nunc sem consectetur ac et. Felis erat mi, felis tempus nibh, eget dolor tincidunt, id, sed laoreet id ipsum mauris, dolor lobortis euismod pulvinar nunc molestie turpis nisi non pharetra congue diam. Nonummy, nisi sem consectetur nisi, sem consectetur congue non dolor tincidunt euismod pulvinar, nunc feugiat lobortis volutpat dolor tincidunt volutpat sed tincidunt euismod feugiat lobortis molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat laoreet molestie feugiat, lobortis volutpat pharetra congue proin molestie lorem nibh elit erat mi felis tempus mi felis lorem. Tincidunt, euismod pulvinar euismod sit ut sem nonummy donec praesent id ipsum ante mauris dolor lobortis eget, sed laoreet id ipsum. Massa volutpat dolor, tincidunt, euismod pulvinar nunc sit nisi non pharetra congue non pharetra congue aliquet amet ut tellus feugiat lobortis. Volutpat dolor congue ullamcorper amet nisi sem at erat, et elit erat adipiscing tempus ante eget dolor tincidunt tellus pulvinar ut. Sem pharetra congue, non pharetra, congue aliquet adipiscing aliquam proin, at erat mi id ipsum adipiscing tempus ante at ac et. Elit erat mi felis tempus, massa, volutpat, dolor lobortis id ipsum nunc molestie, feugiat massa volutpat pharetra congue diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, magna praesent, adipiscing aliquam ante mauris lorem et eget sed laoreet id tempus felis tempus ante at ac diam. Nonummy erat mi, adipiscing tempus proin at ac et elit erat mi, adipiscing aliquam ante mauris lorem nibh, elit sed. Elit, tempus, ante volutpat dolor lobortis euismod dolor laoreet id ipsum ante felis, tempus nibh eget lorem, laoreet id ipsum. Massa aliquet consectetur magna amet dolore praesent turpis nisi sem consectetur magna diam elit erat mi mauris aliquam proin at. Lorem nibh id sed massa id feugiat massa feugiat lobortis euismod pulvinar dolore tellus turpis nisi non pharetra congue diam. Nonummy donec praesent adipiscing nisi proin nonummy erat nisi lobortis, ullamcorper mauris pharetra erat nisi ante diam molestie pharetra donec. Praesent sem consectetur congue ullamcorper amet dolore ullamcorper turpis nisi, sem at ac diam nonummy magna praesent felis aliquam proin. At et eget sed laoreet id tempus ante molestie, sed laoreet id pulvinar, laoreet id, ipsum, massa volutpat, dolor lobortis. Ullamcorper nisi aliquet turpis ut non consectetur, magna praesent, felis tempus ante mauris lorem nibh id sed laoreet id erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc euismod sit, ut tellus sit magna diam amet dolore aliquet turpis aliquam proin consectetur ac diam, nonummy. Donec, adipiscing, ac, et elit ac, mi id tempus mi felis aliquam proin mauris, sed laoreet euismod ipsum massa. Id feugiat lobortis molestie, feugiat laoreet ipsum massa molestie ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt tellus sit. Ut non pharetra ut ullamcorper pharetra congue ullamcorper turpis nisi non sit congue diam dolore, aliquet turpis nisi proin. Elit ac laoreet, id tempus ante mauris lorem nibh mauris sed laoreet id pulvinar massa id, feugiat lobortis pharetra. Donec praesent at ac et elit, ac et elit erat mi felis aliquam sem at, magna et elit sed. Massa tellus feugiat lobortis volutpat dolor tincidunt amet dolore aliquet consectetur, nisi diam elit donec mi felis feugiat lobortis. Volutpat dolor tincidunt euismod, pulvinar nunc tellus sit lobortis volutpat dolor laoreet id ipsum massa consectetur ac diam elit. Erat mi felis aliquam proin at, ac et elit donec laoreet molestie lorem nibh volutpat pharetra euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor, tincidunt euismod, amet nisi. Sem consectetur ac nibh ipsum ante. Molestie, pharetra ut non dolor congue. Aliquet adipiscing aliquam proin at magna. Diam, elit erat mi felis tempus. Ante eget sed laoreet ipsum, massa. Tellus pharetra ut ullamcorper amet dolore. Aliquet turpis nisi sem consectetur magna. Et elit erat mi adipiscing lorem. Et, eget sed laoreet felis ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac nibh eget sed laoreet. Molestie feugiat massa molestie feugiat tincidunt. Aliquet adipiscing ac et ac et. Elit tempus nunc non consectetur congue. Ullamcorper amet, nunc aliquet turpis ut. Non pharetra, congue ullamcorper pharetra, congue. Aliquet, adipiscing aliquam, at erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, lorem ante eget lorem nibh eget ipsum nunc molestie feugiat congue non pharetra congue sed laoreet molestie. Sit ut non pharetra, dolore aliquet turpis dolore tellus sit ut non sit, ut ullamcorper amet dolore, praesent. At, ac et elit ac felis tempus ante mauris feugiat nibh eget sed tincidunt, euismod pulvinar nunc molestie. Feugiat lobortis, volutpat dolor tincidunt id ipsum massa molestie feugiat ut volutpat, laoreet id ipsum massa, molestie feugiat. Lobortis non pharetra congue euismod pulvinar nunc tellus sit ut non sit ut diam amet donec proin ac. Nibh id pulvinar nunc tellus sit nisi non pharetra magna ullamcorper turpis nunc tellus sit nunc non pharetra. Congue ullamcorper pharetra nunc aliquet sit ut non, congue diam nonummy erat mi felis ac nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris tempus proin at, ac consectetur, donec diam amet aliquam proin at, aliquam et elit erat. Laoreet id feugiat, massa volutpat pharetra, congue diam adipiscing tempus proin mauris ac nonummy erat, mi felis. Tempus ante eget dolor tincidunt id sed laoreet id ipsum ante felis, aliquam proin at ac diam. Nonummy donec praesent nonummy non pharetra, nunc euismod sit nisi sem consectetur congue ullamcorper amet dolore aliquet. Turpis nisi sem consectetur magna sem, dolor tincidunt euismod pulvinar nunc aliquet ut non, consectetur, magna praesent. Nonummy, donec praesent turpis nisi, sem consectetur congue ullamcorper amet dolore aliquet turpis dolore tellus turpis nisi. Sem consectetur magna amet dolore praesent, turpis aliquam proin at ac mi felis tempus proin mauris, lorem. Nibh elit ac laoreet felis, donec praesent, adipiscing tempus proin, at ac, et sed laoreet tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper amet nisi aliquet consectetur magna sem amet sem elit donec mi felis aliquam ante volutpat. Adipiscing sit erat lorem congue praesent volutpat amet, donec, praesent adipiscing ac nibh volutpat dolor tincidunt euismod. Pulvinar laoreet euismod pulvinar nunc molestie feugiat ut non pharetra congue euismod pulvinar nunc tellus feugiat lobortis. Volutpat dolor tincidunt euismod dolor nunc euismod ipsum massa pharetra magna praesent adipiscing, donec proin adipiscing ac. Nibh, eget erat mi adipiscing tempus massa mauris lorem nibh volutpat dolor tincidunt molestie ipsum non pharetra. Congue diam nonummy aliquam proin at lorem et eget erat, mi adipiscing donec praesent turpis dolore sem. Consectetur, magna et elit erat mi, adipiscing tempus eget sed laoreet id ipsum nunc tellus, sit, congue. Ullamcorper nonummy aliquam, proin mauris sed laoreet eget sed laoreet felis erat ante mauris lorem nibh, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam elit erat laoreet id ipsum nibh eget lorem nibh eget ac laoreet consectetur magna et, nonummy erat praesent felis aliquam ante at ac et. Eget, ipsum nunc tellus pharetra congue diam nonummy donec praesent at ac et elit massa tellus turpis magna sem nonummy, donec, diam nonummy donec sem consectetur. Magna nibh elit erat mi felis aliquam proin at ac proin at, magna aliquet turpis lobortis non pharetra tincidunt euismod, pulvinar, nunc aliquet sit nunc sem. Consectetur donec praesent nonummy dolore aliquet adipiscing aliquam proin at laoreet id tempus ante molestie, feugiat nibh eget ac mi felis ipsum, massa molestie feugiat ut. Ullamcorper nonummy dolore tellus sit nisi proin at ac, et nonummy, proin at ac et eget, dolor laoreet id ipsum ante mauris tempus ante at magna. Diam consectetur donec mi felis aliquam proin adipiscing, aliquam et elit ac felis ipsum massa molestie feugiat lobortis euismod dolor tincidunt id tempus ante felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh pulvinar nunc tellus sit ut non, pharetra dolore ullamcorper turpis dolore aliquet. Consectetur magna et elit erat mi mauris lorem ante eget dolor laoreet sit. Nisi sem at, erat et elit erat praesent turpis nisi proin consectetur nisi. Non, consectetur donec praesent adipiscing aliquam proin mauris lorem et elit mi felis. Tempus, massa, molestie feugiat laoreet euismod pulvinar massa molestie feugiat massa molestie dolor. Tincidunt ullamcorper amet dolore tellus turpis nisi, sem nonummy magna, praesent adipiscing nibh. Volutpat dolor congue ullamcorper, amet nunc aliquet, turpis nisi sem elit tempus ante. Molestie feugiat lobortis volutpat dolor dolore aliquet adipiscing ac id, ipsum nunc, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt ullamcorper turpis nisi proin at erat mi id tempus et elit erat mi felis tempus nibh volutpat dolor congue euismod pulvinar. Nunc non pharetra congue diam amet, dolore aliquet adipiscing aliquam proin at ac et ipsum massa tellus sit lobortis non, amet congue ullamcorper. Sit nunc non consectetur congue diam nonummy erat, ante molestie dolor tincidunt euismod dolor tincidunt turpis nisi, diam elit sed laoreet mauris lorem. Nibh eget lorem nibh id ipsum mi felis tempus ante mauris lorem et eget sed tincidunt turpis nisi non sit lobortis euismod pulvinar. Nunc aliquet turpis nisi sem pharetra magna et elit donec praesent adipiscing, aliquam sem consectetur magna diam consectetur magna diam aliquam proin at. Ac, nibh elit sed, laoreet id tempus massa eget lorem laoreet id ipsum massa, felis tempus ante mauris, lorem, lobortis volutpat dolor nunc. Sit nisi sem nonummy erat, laoreet, id tempus ante at lorem et at ac et elit tempus mi at ac et elit erat. Laoreet id pulvinar nunc pharetra, congue ullamcorper nonummy aliquam praesent adipiscing aliquam sem consectetur magna diam nonummy dolore ullamcorper amet dolore aliquet turpis. Ut nonummy donec diam adipiscing aliquam sem consectetur nisi sem nonummy magna ullamcorper amet dolore praesent adipiscing, aliquam sem pharetra magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at erat mi felis ipsum massa molestie feugiat lobortis volutpat pharetra nunc aliquet turpis nisi at erat laoreet id ipsum, massa molestie feugiat lobortis, eget. Dolor, dolore aliquet sit nisi diam nonummy magna diam nonummy donec proin adipiscing nisi at erat, mi id ipsum magna diam nonummy donec praesent adipiscing tempus. Ante volutpat dolor, tincidunt euismod ipsum nunc non, pharetra ut volutpat, dolor tincidunt, euismod pulvinar sem at magna diam amet dolore aliquet turpis, dolore aliquet turpis. Magna mi id ipsum ante mauris lorem nibh eget sed, nibh eget massa, molestie sit lobortis volutpat pharetra congue ullamcorper amet dolore tellus sit ut volutpat. Dolor congue diam adipiscing aliquam, proin at magna diam, consectetur congue diam adipiscing lobortis volutpat dolor tincidunt euismod amet nunc molestie feugiat massa molestie feugiat lobortis. Euismod dolor tincidunt id tempus massa molestie feugiat nibh volutpat dolor tincidunt, euismod amet, sem consectetur magna, diam elit erat ante mauris tempus tincidunt ullamcorper turpis. Nisi, sem consectetur magna sem consectetur magna diam aliquam praesent adipiscing aliquam proin, consectetur ac et nonummy donec mi felis lorem nibh elit sed mi id. Ipsum massa non sit congue ullamcorper amet dolore aliquet aliquam proin at ac, diam amet, congue aliquet turpis dolore aliquet turpis nisi, sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam nonummy erat laoreet id ipsum lobortis volutpat sed tincidunt, ullamcorper amet. Dolore proin consectetur erat et felis massa, volutpat dolor tincidunt euismod pulvinar dolore. Aliquet mauris, lorem nibh elit, sed laoreet id ipsum ante molestie lorem lobortis. Volutpat sed, laoreet id tempus volutpat dolor tincidunt euismod pulvinar nunc euismod sit. Ut sem pharetra ut non pharetra congue ullamcorper amet dolore tellus feugiat massa. Molestie feugiat nibh volutpat pulvinar tellus turpis nisi sem consectetur donec diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non, pharetra magna et, adipiscing lobortis volutpat amet dolore praesent turpis nisi proin, at erat et felis tempus mi, felis tempus. Ante mauris dolor nibh eget ipsum, massa tellus sit ullamcorper, pharetra congue euismod pulvinar, dolore aliquet consectetur magna diam nonummy magna ullamcorper. Nonummy dolore, praesent adipiscing magna diam elit erat mi adipiscing tempus ante, feugiat tincidunt euismod amet nunc aliquet turpis ut sem nonummy. Erat mi adipiscing tempus ante at lorem laoreet id pulvinar massa molestie ipsum molestie sed tincidunt euismod ipsum massa molestie ipsum massa. Volutpat, feugiat lobortis volutpat dolor tincidunt id tempus mi felis, tempus lobortis non, dolor, congue aliquet turpis ut consectetur ac diam nonummy. Erat, mi adipiscing aliquam sem at magna sem consectetur magna diam amet, donec aliquet turpis magna et eget sed massa, id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ipsum massa tellus sit ut non pharetra congue ullamcorper amet. Donec, ante, mauris tincidunt euismod ipsum massa molestie feugiat lobortis, volutpat. Sed congue ullamcorper turpis dolore aliquet turpis nisi sem consectetur magna. Praesent adipiscing tempus ante mauris laoreet id pulvinar massa molestie sit. Lobortis, volutpat pharetra tincidunt ullamcorper amet, nunc tellus feugiat lobortis, volutpat. Pharetra congue ullamcorper pulvinar dolore aliquet turpis ut non sit non. Nonummy donec proin at ac proin at magna diam elit tempus. Ante molestie dolor lobortis euismod, amet dolore aliquet consectetur, ac diam. Turpis nisi sem, consectetur magna praesent nonummy donec praesent turpis nisi. Sem consectetur, ac et felis tempus praesent adipiscing, aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing tempus ante eget sed laoreet ullamcorper sit nunc non consectetur magna diam nonummy dolore praesent turpis dolore consectetur magna et elit, erat mi felis feugiat. Ut non dolor tincidunt euismod pulvinar, massa molestie feugiat lobortis volutpat pharetra donec praesent turpis, nisi at, magna et, elit, erat mi felis tempus proin, mauris, ac. Et elit erat mi nonummy dolore ullamcorper turpis dolore sem consectetur magna et elit tempus, mi elit erat mi mauris feugiat tincidunt, volutpat dolor laoreet, id ipsum. Nunc tellus pharetra, congue ullamcorper pharetra dolore aliquet adipiscing aliquam, sem, at et elit, erat mi felis, aliquam sem at magna diam nonummy, donec praesent nonummy donec. Praesent turpis aliquam sem at ac et felis tempus ante volutpat dolor volutpat dolor laoreet felis, tempus ante, molestie sit congue ullamcorper nonummy aliquam praesent adipiscing aliquam. Proin elit ac, et felis aliquam proin at ac et, elit ac felis ipsum nunc volutpat, pharetra donec praesent felis aliquam ante mauris lorem laoreet id, sed. Laoreet molestie feugiat ut non erat mi molestie, feugiat nibh volutpat pulvinar nunc euismod pulvinar ut, tellus sit congue non pharetra dolore euismod, pulvinar nunc tellus sit. Congue ullamcorper amet donec aliquet aliquam sem consectetur magna sem consectetur magna praesent adipiscing donec proin at, ac et elit sed laoreet id feugiat massa mauris ac. Et eget sed laoreet felis massa molestie dolor, lobortis volutpat lorem mi id ipsum ante felis tempus ante at lorem et eget sed laoreet id ipsum massa. Molestie dolor tincidunt euismod amet sem at ac et elit erat mi adipiscing tempus proin at ac, et elit, sed laoreet felis tempus ante at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa molestie feugiat lobortis volutpat pulvinar nunc tellus sit nisi diam nonummy praesent. Felis tempus massa mauris lorem lobortis euismod ipsum massa id feugiat lobortis volutpat dolor. Tincidunt ullamcorper amet nisi sem, consectetur magna diam consectetur mi felis tempus massa volutpat. Amet, dolore proin adipiscing lorem nibh eget sed mi felis erat praesent mauris tempus. Ante eget sed tincidunt euismod sit ut elit pulvinar nisi et elit erat, mi. Felis erat ante adipiscing aliquam proin elit erat mi felis, tempus mi, mauris tempus. Ante volutpat pulvinar proin mauris lorem nibh id ipsum massa molestie sit ut ullamcorper. Nonummy donec praesent adipiscing aliquam proin at magna diam consectetur donec praesent felis aliquam. Proin, lorem laoreet id ipsum massa id feugiat lobortis, volutpat dolor tincidunt euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat euismod, pulvinar donec aliquet turpis nisi sem nonummy donec praesent nonummy dolore. Aliquet turpis nisi sem, consectetur erat mi felis donec praesent turpis nisi eget sed nibh. Eget, sed ante molestie feugiat ut non amet congue aliquet turpis nisi sem, consectetur magna. Non amet, congue, ullamcorper amet dolore sem, lorem nibh elit donec praesent adipiscing tempus nibh. Mauris sed tincidunt id ipsum laoreet id ipsum massa mauris lorem nibh, volutpat dolor laoreet. Id pulvinar lobortis consectetur donec praesent adipiscing donec praesent adipiscing nisi sem consectetur magna diam. Adipiscing donec aliquet amet nisi sem consectetur nisi diam elit, erat ante dolor lobortis euismod. Amet donec proin adipiscing ac et elit, erat laoreet felis tempus ante mauris lorem nibh. Eget ipsum massa id ipsum massa molestie feugiat lobortis pulvinar dolore aliquet turpis nisi sem. Nonummy sed mi id feugiat lobortis volutpat pharetra congue ullamcorper turpis nisi aliquet turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt aliquet consectetur ac et elit sed nunc tellus feugiat lobortis non pharetra, dolore praesent adipiscing ac et dolor tincidunt aliquet turpis nisi diam elit, donec. Praesent felis tempus ante, mauris sed laoreet id ipsum massa tellus sit lobortis ullamcorper, amet dolore at lorem lobortis volutpat dolor nunc, tellus turpis ut non consectetur. Magna mi felis aliquam ante, mauris lorem laoreet euismod pulvinar ut sem pharetra congue non pharetra aliquet, turpis nisi sem at ac diam elit erat praesent felis. Tempus lobortis eget lorem nibh id ipsum massa molestie sit ut non, donec, mi mauris lorem nibh eget sed mi id tempus ante mauris lorem nibh mauris. Sed tincidunt tellus sit nunc tellus sit ut non pharetra congue ullamcorper ac, et eget sed, mi id pulvinar massa, molestie sit tincidunt euismod pulvinar nunc, euismod. Pulvinar nunc tellus sit ut non pharetra congue aliquet adipiscing nisi sem magna diam nonummy donec praesent adipiscing tempus ante at magna, et eget erat mi id. Feugiat lobortis volutpat dolor ullamcorper turpis ac nibh volutpat dolor nunc tellus feugiat ut non pharetra magna diam, adipiscing aliquam praesent adipiscing magna et elit erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis, euismod, amet dolore aliquet turpis. Nisi sem consectetur, congue ullamcorper nonummy donec. Sem at nibh id ipsum massa molestie. Feugiat ut ullamcorper pharetra congue ullamcorper turpis. Nisi proin elit sed laoreet felis tempus. Massa volutpat dolor tincidunt ullamcorper dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut diam adipiscing aliquam proin mauris lorem nibh elit. Dolor tincidunt tellus feugiat lobortis feugiat lobortis euismod pulvinar nunc. Aliquet turpis nisi tellus pharetra magna mi, id ipsum massa. Molestie feugiat tincidunt volutpat pulvinar massa tellus sit ut pharetra. Magna praesent nonummy donec sem consectetur magna diam nonummy erat. Mi id ipsum massa molestie feugiat laoreet id, pulvinar, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor lobortis euismod pulvinar nunc, tellus turpis, ac nibh elit erat mi id feugiat lobortis, eget lorem. Laoreet euismod ipsum nisi elit sed tincidunt euismod feugiat lobortis volutpat feugiat lobortis volutpat sed laoreet, id. Pulvinar ut tellus feugiat lobortis volutpat pharetra tincidunt euismod pulvinar massa tellus ipsum massa molestie nisi lorem. Congue nunc proin id molestie amet aliquam lobortis ullamcorper felis tempus ante mauris lorem nibh volutpat pulvinar. Dolore aliquet consectetur nisi et turpis aliquam proin at donec praesent adipiscing donec praesent adipiscing aliquam proin. At ac et elit erat mi felis tempus proin mauris lorem eget pulvinar nunc tellus, sit, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At feugiat lobortis volutpat sed, laoreet molestie sit nisi diam erat. Ante molestie feugiat lobortis eget, sed tincidunt euismod, sit ut tellus. Sit ut non pharetra congue id sed laoreet felis tempus praesent. Felis tempus volutpat dolor nunc tellus, turpis magna nibh eget erat. Laoreet molestie sit ut, non pharetra dolore aliquet adipiscing aliquam sem. At ac et elit, erat molestie feugiat lobortis volutpat sed tincidunt. Euismod pulvinar nunc tellus feugiat lobortis non pharetra congue ullamcorper, turpis. Aliquam proin at ac diam nonummy ante mauris lorem, nibh eget. Lorem, nibh id pulvinar nunc molestie feugiat nibh volutpat sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ante mauris feugiat lobortis, euismod pulvinar nunc tellus turpis ac, et felis, ipsum nunc tellus sit lobortis non pharetra dolore praesent, turpis aliquam. Proin ac et elit, tempus ante mauris lorem congue ullamcorper amet nisi sem turpis nisi sem pharetra magna praesent adipiscing aliquam proin at ac. Et elit dolore aliquet turpis ut non pharetra dolore aliquet amet dolore aliquet consectetur magna diam nonummy donec praesent felis aliquam proin mauris lorem. Nibh id pulvinar nunc aliquet ac mi id ipsum lobortis volutpat feugiat lobortis euismod pulvinar tincidunt id pulvinar massa, molestie feugiat lobortis volutpat sed. Tincidunt euismod pulvinar nunc sit, lobortis volutpat feugiat lobortis eget sed laoreet id feugiat lobortis volutpat feugiat lobortis eget, sed nunc tellus pulvinar, nunc. Tellus pharetra congue diam, felis tempus ante dolor congue ullamcorper amet nunc aliquet, turpis ut sem consectetur magna diam adipiscing donec praesent at ac. Et nonummy donec praesent nonummy donec ullamcorper amet et elit erat mi felis tempus mi felis aliquam proin consectetur magna sem nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue, aliquet adipiscing ut non pharetra, ut volutpat amet, dolore aliquet felis aliquam proin. At erat laoreet felis ipsum nunc, tellus congue non amet, dolore tellus turpis, ut non. Consectetur magna ullamcorper nonummy dolore aliquet, turpis, aliquam sem at, ac diam elit donec mi. Felis lorem volutpat pulvinar, tincidunt id pulvinar nunc molestie ipsum ante mauris lorem nibh eget. Ipsum massa molestie feugiat, lobortis non, pharetra, magna, diam amet, dolore sem consectetur ac elit. Sed, massa id tempus massa volutpat dolor tincidunt ullamcorper amet, dolore sem consectetur magna, diam. Nonummy erat massa molestie feugiat lobortis volutpat tincidunt tellus sit ut non sit congue non. Pharetra congue euismod amet dolore aliquet turpis ut volutpat, dolor congue ullamcorper turpis nisi aliquet. Consectetur magna diam nonummy mi adipiscing donec praesent turpis aliquam proin consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh elit erat id pulvinar, ut sem nonummy, magna diam nonummy donec proin at aliquam et elit erat et adipiscing ipsum massa molestie lorem lobortis eget. Erat euismod pulvinar lobortis, volutpat feugiat tincidunt ullamcorper amet dolore praesent at lorem nibh id sed laoreet id feugiat ut volutpat pharetra dolore aliquet adipiscing aliquam at. Erat mi felis ipsum, massa molestie, feugiat lobortis volutpat pulvinar tincidunt tellus sit ut, non consectetur magna diam amet dolore aliquet turpis dolore aliquet ac mi id. Pulvinar ut non consectetur donec praesent, adipiscing tempus nibh mauris lorem, nibh eget sed laoreet id tempus ante mauris lorem, et elit, et elit tempus ante mauris. Tempus ante eget lorem nibh eget, ipsum laoreet felis feugiat lobortis eget sed laoreet, id pulvinar nunc sem turpis, ut non pharetra ante mauris lorem nibh mauris. Lorem laoreet eget sed laoreet mauris feugiat congue ullamcorper amet congue praesent turpis nisi, aliquet turpis congue diam elit erat, mi adipiscing ante mauris, sed tincidunt euismod. Pulvinar nunc tellus pharetra ut non pharetra, dolore ullamcorper amet dolore non, sit, ut non dolore mi felis tempus ante mauris erat et elit erat mi mauris. Lorem nibh eget sed laoreet eget erat mi, id feugiat, ut non dolor congue ullamcorper feugiat lobortis volutpat dolor nunc aliquet turpis ut tellus sit congue ullamcorper. Amet nunc tellus pulvinar nunc molestie feugiat lobortis molestie feugiat lobortis eget, sed massa molestie magna, et id tempus massa mauris lorem congue ullamcorper nonummy donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, dolore non adipiscing aliquam, et volutpat dolor laoreet id sit ut non pharetra, congue euismod, pulvinar nunc aliquet turpis ut sem pharetra mi adipiscing aliquam praesent turpis nisi. Proin consectetur magna diam nonummy donec aliquet, amet nunc aliquet sit magna et eget sed laoreet felis, lorem, nibh amet dolore aliquet adipiscing aliquam et elit erat et felis. Erat mi felis aliquam proin at ac diam elit donec praesent nonummy aliquam, proin at ac, et, sed massa tellus sit ut volutpat dolor tincidunt ullamcorper turpis nisi sem. Consectetur magna et, elit donec praesent adipiscing aliquam, praesent adipiscing aliquam, id ipsum nunc molestie ipsum massa molestie feugiat nibh eget, erat mi felis tempus massa molestie feugiat tincidunt. Ullamcorper amet, nunc euismod ipsum massa molestie, feugiat nibh pharetra aliquam proin at lorem et eget erat mi, felis erat ante mauris lorem nibh eget sed, laoreet id tempus. Ante mauris tempus ante at ac nibh ipsum nunc non sit, ut volutpat dolor lobortis volutpat sed nunc tellus pulvinar ut volutpat dolor, lobortis eget sed tincidunt turpis nisi. Proin, at erat massa tellus pharetra magna diam amet donec, aliquet mauris tempus ante elit erat et elit donec mi mauris lorem nibh volutpat sed aliquet turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut ullamcorper nonummy erat mi. Felis magna praesent felis tempus ante mauris. Lorem nibh eget sed massa molestie, ipsum. Lobortis volutpat dolor tincidunt eget sed laoreet. Id ipsum massa molestie tincidunt ullamcorper nonummy. Nisi sem at magna et, nonummy magna. Praesent felis tempus proin adipiscing ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante mauris lorem lobortis, volutpat amet dolore aliquet, turpis, ut, diam nonummy erat mi felis tempus ante at ac proin at. Erat laoreet molestie nisi diam nonummy dolore praesent adipiscing aliquam proin consectetur lorem et elit donec praesent nonummy donec praesent turpis ut. Non pharetra, magna et, elit aliquam mauris lorem nibh eget, sed tincidunt euismod ipsum nunc tellus pharetra congue diam ipsum massa eget. Lorem nibh, eget ipsum laoreet id, ipsum massa molestie lorem euismod amet dolore aliquet sit nisi et elit erat mi felis aliquam. Proin mauris lorem, laoreet euismod pulvinar dolore, aliquet consectetur ac et nonummy ut, volutpat pharetra, tincidunt euismod amet dolore praesent turpis nisi. Sem, nonummy, erat laoreet id tempus massa molestie lorem, lobortis id pulvinar nunc tellus turpis, ut sem ipsum massa molestie lorem lobortis. Volutpat dolor laoreet id, ipsum nunc tellus feugiat lobortis non dolor tincidunt, euismod pulvinar massa tellus sit ut non dolor congue adipiscing. Nisi sem consectetur ac nibh id, ipsum, nunc tellus pharetra congue non amet congue ullamcorper amet dolore aliquet turpis et felis erat. Mi adipiscing aliquam, ante eget sed laoreet id ipsum, massa molestie lorem lobortis non pharetra congue, euismod amet dolore, aliquet, consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna diam nonummy nisi aliquet turpis ut tellus, pharetra congue ullamcorper aliquam massa molestie sed tincidunt euismod ipsum nunc tellus feugiat, massa volutpat feugiat nibh eget erat mi. Felis ipsum ante molestie feugiat, ut volutpat, dolor proin mauris lorem nibh elit erat mi felis tempus ante mauris lorem nibh, at ac mi felis erat ante molestie feugiat ut. Non amet nunc, aliquet aliquam proin at ac mi felis, ipsum massa molestie dolor tincidunt volutpat dolor tincidunt euismod pulvinar massa tellus pharetra, lobortis volutpat sed nibh ipsum nunc tellus. Sit ut ullamcorper amet dolore ullamcorper amet nunc tellus sit ut volutpat dolor tincidunt, euismod pulvinar tincidunt euismod pulvinar nunc, molestie sit ut ullamcorper, dolore tellus turpis ut, non pharetra. Magna diam, amet donec praesent felis aliquam et elit sed laoreet id pulvinar, nunc tellus pharetra magna ullamcorper amet nunc tellus ac et eget erat mi elit erat proin at. Aliquam et elit erat mi elit tempus ante mauris sit tincidunt felis, tempus, nibh mauris lorem laoreet euismod amet nunc, tellus sit ut, non pharetra tincidunt volutpat dolor tincidunt euismod. Pulvinar lobortis volutpat lorem nibh volutpat dolor laoreet pulvinar, nunc tellus sit congue ullamcorper amet, congue aliquet turpis nisi sem at erat, mi, elit erat praesent, adipiscing aliquam sem at. Lorem nibh id pulvinar nunc eget sed laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa, molestie feugiat lobortis molestie feugiat lobortis volutpat, pulvinar nunc tellus turpis ut sem. Consectetur, magna adipiscing, aliquam proin mauris, ac, et elit ac mi felis tempus massa volutpat feugiat, nibh mauris erat mi elit erat praesent nonummy donec aliquet turpis nisi sem erat. Mi id aliquam, praesent at ac et eget dolor nunc tellus sit ut volutpat feugiat tincidunt volutpat dolor tincidunt euismod sit, nisi diam consectetur magna, diam feugiat massa volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, id ipsum massa felis, tempus ante tellus sit lobortis ullamcorper, adipiscing tempus lobortis volutpat pharetra tincidunt euismod ipsum, massa tellus pharetra, ut ullamcorper amet, congue euismod dolor. Tellus sit ut non pharetra congue ullamcorper amet dolore proin at aliquam proin elit donec praesent felis aliquam proin adipiscing aliquam proin at erat mi feugiat lobortis molestie. Feugiat lobortis, volutpat dolor tincidunt aliquet turpis aliquam, sem nonummy donec praesent adipiscing tempus ante at ac, nibh volutpat sed laoreet sit lobortis non pharetra congue ullamcorper nonummy. Donec proin at magna diam nonummy magna diam amet dolore aliquet turpis aliquam, proin elit erat mi elit, tempus massa feugiat tincidunt volutpat pulvinar dolore aliquet turpis nisi. Diam elit erat mi id ipsum ante mauris lorem nibh eget sed laoreet id, ipsum massa molestie lorem euismod pulvinar tincidunt, id pulvinar nunc molestie sit, ut non. Dolor nunc aliquet turpis aliquam sem, consectetur magna diam nonummy erat mi mauris donec mi mauris lorem nibh eget pulvinar nunc, id pulvinar nunc non consectetur, magna praesent. Felis tempus massa mauris feugiat laoreet id ipsum massa tellus turpis nisi nonummy donec diam adipiscing nisi sem at magna diam, nonummy donec, mi id feugiat lobortis non. Amet dolore praesent adipiscing ac et elit erat laoreet id tempus molestie, feugiat lobortis euismod, amet dolore aliquet adipiscing aliquam et eget donec praesent adipiscing aliquam proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus feugiat ut sem consectetur. Donec mi felis tempus ante mauris. Ac et eget erat, mi felis. Ipsum massa dolor congue, proin at. Ac nibh eget, dolor tincidunt tellus. Sit ut non pharetra congue ullamcorper. Nonummy dolore aliquet turpis ut sem. Consectetur laoreet molestie feugiat massa mauris. Lorem nibh eget erat mi felis. Tempus ante molestie feugiat nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet feugiat congue non, pharetra congue ullamcorper amet nisi sem consectetur magna ullamcorper amet dolore aliquet turpis nisi sem consectetur. Ac, et, eget tempus massa feugiat congue ullamcorper amet congue ullamcorper amet dolore, aliquet pharetra ut volutpat pharetra dolore, ullamcorper amet. Dolore proin at magna et elit erat praesent felis proin at ac proin at magna praesent adipiscing aliquam proin mauris ac. Et, elit sed laoreet id feugiat ut volutpat pharetra tincidunt euismod dolor nunc euismod nisi proin consectetur donec, mi id, ipsum. Lobortis, volutpat, pharetra congue aliquet adipiscing aliquam proin at erat mi felis erat, massa molestie feugiat nibh amet aliquam proin adipiscing. Nisi sem consectetur congue non pharetra tincidunt ullamcorper pulvinar dolore aliquet sit lobortis non nonummy donec praesent felis tempus ante at. Lorem nibh sed nunc molestie ipsum, massa mauris, lorem nibh, id ipsum massa id ipsum ante mauris tempus, ante eget sed. Laoreet euismod sit, nunc non sit ut diam consectetur magna ullamcorper nonummy aliquam proin mauris feugiat lobortis eget sed laoreet id. Ipsum massa molestie feugiat lobortis volutpat sed euismod pulvinar, nunc molestie feugiat lobortis non amet dolore ullamcorper amet dolore aliquet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris feugiat tincidunt euismod pulvinar nunc euismod sit ut non, consectetur magna diam amet dolore aliquet adipiscing aliquam, nibh eget, ipsum. Nunc euismod pulvinar, dolore aliquet sit ut volutpat dolor tincidunt euismod, amet, donec praesent turpis nisi proin nonummy donec praesent nonummy donec. Aliquet adipiscing, ac et pulvinar dolore aliquet turpis ut non dolor tincidunt euismod amet nunc aliquet turpis nunc molestie, feugiat nibh, volutpat. Dolor dolore aliquet amet nisi sem turpis ut nonummy erat mi mauris lorem lobortis volutpat dolor tincidunt euismod ipsum massa molestie feugiat. Lobortis non dolor tincidunt euismod ipsum massa molestie feugiat, ut nonummy donec praesent turpis dolore aliquet sit nisi sem pharetra magna praesent. Felis tempus ante eget sed laoreet eget sed laoreet molestie feugiat, lobortis molestie dolor aliquet adipiscing aliquam, proin at ac et consectetur. Donec mi felis aliquam ante mauris lorem et elit erat praesent adipiscing aliquam praesent adipiscing aliquam proin consectetur dolore sem consectetur nisi. Sem pharetra, congue diam nonummy donec proin, mauris lorem nibh eget sed mi felis ipsum massa mauris sed congue ullamcorper turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris, sed mi id ipsum nunc, tellus feugiat ut volutpat sed laoreet sit, ut sem consectetur ac, et elit erat. Mi felis tempus et eget sed tincidunt, id pulvinar massa molestie feugiat, nibh non amet, dolore aliquet sit proin elit erat. Laoreet molestie feugiat ut, volutpat amet, donec ante felis aliquam proin mauris lorem et felis tempus mi, mauris tempus ante mauris. Ac euismod amet nisi proin at ac laoreet id tempus mi adipiscing tempus nibh mauris sed laoreet, id tempus ante mauris. Lorem ante mauris dolore aliquet adipiscing nisi sem, consectetur magna et felis ipsum, lobortis molestie dolor lobortis volutpat dolor, tincidunt id. Pulvinar massa tellus feugiat, nibh volutpat sed tincidunt euismod nisi sem consectetur ac et nonummy erat mi turpis aliquam, sem at. Ac, et elit erat mi, felis tempus sem consectetur nisi sem consectetur magna diam felis ut ullamcorper amet donec aliquet, adipiscing. Ac, nibh, eget sed tincidunt aliquet, turpis nisi diam elit tempus, massa mauris lorem nibh mauris lorem laoreet turpis, nisi sem. Pharetra ac et nonummy congue aliquet amet dolore aliquet turpis ut, non, consectetur magna, praesent felis lorem ante eget sed tincidunt. Aliquet sit ut at, erat mi elit donec mi at ac nibh eget erat et elit tempus ante molestie lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et eget erat laoreet id tempus. Ante mauris lorem nibh volutpat dolor laoreet id. Ipsum, nunc volutpat, pharetra diam adipiscing tempus nibh. Eget sed, laoreet eget sed, massa id feugiat. Lobortis volutpat feugiat lobortis eget sed laoreet, felis. Tempus, mi mauris lorem euismod dolor, tincidunt euismod. Pulvinar nunc tellus pharetra, ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut volutpat amet congue felis tempus proin, at ac et elit tempus mi tellus. Nonummy donec diam amet dolore ullamcorper amet, dolore, sem pharetra congue non pharetra congue adipiscing tempus. Ante at lorem mi euismod pulvinar massa molestie feugiat ut non pharetra congue ullamcorper sit nunc. Non pharetra ac ullamcorper nonummy donec praesent dolor congue aliquet adipiscing aliquam proin at ac et. Nonummy donec mi adipiscing tempus proin, adipiscing ac nibh eget sed massa, molestie feugiat lobortis, sem. Consectetur ac et elit, erat mi, adipiscing tempus ante, volutpat dolor, laoreet euismod pulvinar nunc tellus. Sit congue non pharetra dolore, praesent at ac nibh pulvinar dolore aliquet turpis, nisi non pharetra. Magna praesent adipiscing donec praesent turpis nisi proin elit, sed laoreet molestie feugiat massa molestie feugiat. Nibh eget sed laoreet tempus ante mauris feugiat ante eget lorem, et, elit donec mi felis. Tempus ante eget lorem nibh id pulvinar dolore aliquet turpis ut non, pharetra congue volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin consectetur magna diam nonummy donec praesent adipiscing aliquam proin nonummy aliquam, proin, adipiscing aliquam sem consectetur ac et felis tempus mi mauris. Tempus ante mauris lorem nibh eget sed mi id ipsum lobortis, volutpat dolor id, pulvinar nisi tellus turpis nisi sem nonummy, donec mi, adipiscing. Tempus ante volutpat sed laoreet id ipsum massa molestie sit congue, ullamcorper nonummy donec, at lorem nibh volutpat pulvinar massa id, ipsum, massa molestie. Dolor tincidunt ullamcorper amet donec praesent at ac et eget ipsum massa tellus, ipsum massa id ipsum lobortis, volutpat amet erat ante mauris lorem. Lobortis volutpat dolor, tincidunt euismod ipsum massa tellus pharetra, at amet ipsum magna tincidunt sem volutpat id at sed donec lobortis diam non, eget. Sit pharetra aliquam lobortis volutpat dolor tincidunt ullamcorper amet nunc molestie, feugiat lobortis non, dolor tincidunt, euismod pulvinar, nunc pulvinar nunc non pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, aliquet pharetra magna et nonummy erat mi felis ante at lorem diam nonummy. Donec mi felis tempus ante at ac et elit erat praesent, nonummy donec aliquet. Adipiscing lorem nibh eget sed laoreet consectetur, ac et elit tempus massa, molestie feugiat. Nibh volutpat, dolor tincidunt id ipsum laoreet molestie ipsum lobortis volutpat dolor tincidunt volutpat. Pulvinar massa tellus, lobortis volutpat, dolor tincidunt euismod, pulvinar nunc euismod pulvinar nunc tellus. Sit ut non pharetra congue aliquet pulvinar, nunc aliquet pharetra magna diam tempus ante. Molestie feugiat, lobortis ullamcorper, amet nisi sem consectetur magna diam consectetur magna ullamcorper amet. Congue aliquet turpis ut non pharetra magna ullamcorper amet dolore aliquet aliquam nibh eget. Dolor nunc euismod sit ut non feugiat lobortis non dolor congue euismod ipsum massa. Molestie pharetra congue ullamcorper nonummy erat ante mauris feugiat ullamcorper amet nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante felis, tempus nibh volutpat dolor tincidunt, euismod nisi sem consectetur magna ullamcorper nonummy dolore aliquet turpis nisi sem consectetur ac nibh, felis ipsum nunc tellus sit. Congue diam nonummy donec praesent turpis aliquam elit ac et elit donec praesent adipiscing aliquam, sem consectetur nisi diam elit donec praesent adipiscing tempus, ante at, lorem nibh. Elit sed laoreet felis massa molestie feugiat lobortis, volutpat dolor nunc aliquet sit, ut sem, consectetur magna ullamcorper amet dolore praesent adipiscing magna diam sit ut ullamcorper, aliquam. Praesent adipiscing aliquam sem turpis ut ullamcorper, amet dolore aliquet turpis nisi aliquet turpis nisi non pharetra magna diam nonummy donec praesent adipiscing aliquam, et at massa id. Ipsum lobortis non dolor, tincidunt euismod pulvinar nunc euismod pulvinar, ut non, pharetra congue ullamcorper pulvinar nunc tellus sit nisi non sit magna ullamcorper nonummy massa mauris, feugiat. Tincidunt euismod pulvinar tincidunt molestie sit ut volutpat pharetra congue euismod dolor tincidunt tellus pulvinar ut nonummy donec praesent felis aliquam ante molestie feugiat, lobortis volutpat pulvinar massa. Molestie feugiat lobortis non pharetra tincidunt ullamcorper pulvinar dolore aliquet sit nisi non pharetra magna molestie ipsum, massa mauris lorem nibh eget sed massa id ipsum lobortis, molestie. Feugiat lobortis eget sed tincidunt id tempus ante felis tempus proin at, ac nibh sit nisi, sem consectetur magna ullamcorper amet dolore ullamcorper turpis dolore tellus turpis ut. Non pharetra congue ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam tempus ante mauris lorem nibh eget ipsum laoreet id tempus ante adipiscing tempus ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh, eget sed mi felis ipsum massa. Molestie dolor tincidunt euismod amet dolore sem consectetur. Magna, sem nonummy magna turpis aliquam proin at. Ac, nibh eget sed massa id feugiat nibh. Mauris lorem laoreet id ipsum massa molestie, sit. Ut non, pharetra congue amet nisi sem consectetur. Nisi diam consectetur donec praesent adipiscing aliquam praesent. Turpis aliquam proin consectetur ac diam amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, nisi diam nonummy, donec mi felis tempus ante at ac diam elit erat mi felis aliquam ante at aliquam proin elit erat id. Sit nisi diam nonummy donec diam turpis dolore, aliquet sit nisi sem nonummy donec praesent adipiscing donec praesent adipiscing ac proin at magna felis. Ipsum lobortis molestie, dolor tincidunt volutpat pulvinar nunc tellus, pulvinar nunc tellus, pharetra congue ullamcorper amet dolore aliquet turpis aliquam et elit ac et. Elit tempus non pharetra dolore praesent adipiscing tempus ante mauris ac et eget erat mi adipiscing, aliquam praesent adipiscing, ut non sit congue diam. Elit lobortis non pharetra, lobortis volutpat amet nunc euismod pulvinar nunc molestie lorem ante mauris lorem nibh euismod pulvinar nunc tellus pharetra magna ullamcorper. Nonummy dolore, praesent at dolore aliquet turpis nisi, sem at ac et elit, donec diam nonummy, donec, aliquet turpis aliquam diam nonummy, donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lobortis volutpat, pulvinar, nunc molestie sit nisi non pharetra, congue diam, amet. Dolore praesent consectetur magna, diam, nonummy donec molestie sit lobortis molestie feugiat, laoreet. Id ipsum laoreet id tempus ante mauris lorem ante eget dolor laoreet tellus. Sit nisi et elit sed non pharetra congue ullamcorper pharetra congue euismod pulvinar. Nunc aliquet turpis nisi non consectetur dolore praesent adipiscing nisi, sem, consectetur ac. Et nonummy donec praesent adipiscing donec volutpat dolor tincidunt euismod pulvinar dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper amet nisi proin sed tincidunt euismod. Sit ut non pharetra congue diam adipiscing tempus proin. Mauris feugiat tincidunt ullamcorper turpis nisi sem consectetur magna. Et elit erat ante pharetra congue, diam adipiscing aliquam. Praesent mauris dolor laoreet id ipsum massa molestie ipsum. Massa molestie feugiat nibh volutpat sed tincidunt euismod ipsum. Lobortis volutpat magna diam, mauris lorem lobortis volutpat pharetra. Nunc tellus sit, ut non pharetra ut, non pharetra. Dolore, praesent, felis ac et, elit sed id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, eget, dolor nunc aliquet turpis aliquam proin, at erat mi elit. Erat proin lorem nibh volutpat sed, tincidunt tellus sit nunc non pharetra. Congue diam felis tempus, nibh eget dolor laoreet id sed, laoreet id. Feugiat lobortis mauris feugiat ullamcorper amet dolore tellus pulvinar ut non pharetra. Magna praesent nonummy aliquam praesent, turpis nisi sem, consectetur magna diam nonummy. Donec praesent at, aliquam proin dolor laoreet felis ipsum ante mauris aliquam. Sem at lorem laoreet eget sed ante felis tempus nibh eget sed. Tincidunt id pulvinar nunc pharetra congue diam nonummy donec praesent adipiscing tempus. Nibh volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis ullamcorper, amet. Congue ullamcorper turpis nisi non consectetur et felis erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id tempus ante molestie feugiat, nibh volutpat sed laoreet sit, ut sem at, erat massa id. Feugiat lobortis volutpat dolor tincidunt ullamcorper, amet dolore sem consectetur, magna et, elit erat mi felis lorem. Nibh pharetra dolore euismod pulvinar massa molestie feugiat lobortis volutpat dolor lobortis euismod dolor, tincidunt tellus pulvinar. Massa tellus dolor tincidunt euismod amet, dolore tellus aliquam nibh elit sed laoreet felis tempus ante mauris. Lorem nibh volutpat dolor laoreet id sit nisi non, consectetur magna diam nonummy donec praesent, ac nibh. Eget sed massa tellus, sit ut ullamcorper amet, donec aliquet turpis, nisi aliquet turpis magna et elit. Erat, mi adipiscing, tempus nibh volutpat dolor tincidunt pulvinar nisi sem elit erat laoreet molestie ipsum lobortis. Volutpat, amet congue ullamcorper turpis dolore aliquet sit ut non pharetra congue, euismod amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id feugiat, lobortis volutpat dolor tincidunt. Ullamcorper turpis dolore sem sit ut diam. Ipsum nunc tellus, feugiat, lobortis non pharetra. Dolore aliquet turpis nisi, proin at erat. Mi felis tempus ante molestie dolor tincidunt. Euismod dolor, tincidunt consectetur, magna diam elit. Sed laoreet mauris lorem nibh eget sed. Laoreet id ipsum massa tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus turpis magna et felis tempus ante mauris tempus nibh eget dolor tincidunt ullamcorper turpis aliquam sem at, ac et elit, donec felis, tempus ante, mauris erat. Mi id pulvinar, nunc tellus feugiat lobortis, volutpat pharetra dolore aliquet turpis nisi proin consectetur ac et elit erat ante lorem lobortis ullamcorper turpis nisi sem at magna diam. Nonummy erat mi felis tempus ante mauris lorem nibh elit erat, mi elit, tempus ante, mauris ac proin turpis dolore sem at magna sem pharetra, tincidunt ullamcorper pulvinar nunc. Aliquet sit ut non sit congue ullamcorper nonummy aliquam proin at, ac eget erat laoreet id ipsum nunc volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit nunc tellus feugiat. Lobortis volutpat, dolor congue aliquet turpis, aliquam proin at erat tellus sit nisi non dolor, tincidunt volutpat dolor laoreet eget, sed laoreet felis aliquam, praesent at ac proin at. Ac mi felis tempus ante molestie feugiat nibh adipiscing tempus ante eget sed laoreet id pulvinar nunc tellus pharetra congue non pharetra dolore aliquet amet nisi sem, consectetur mi. Id feugiat massa, molestie dolor tincidunt euismod turpis dolore sem consectetur, nisi sem pharetra ut ullamcorper amet dolore aliquet turpis aliquam proin elit magna ullamcorper dolor praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum massa molestie sit congue diam adipiscing proin adipiscing ac, et eget erat mi felis erat, mi mauris lorem nibh eget sed tincidunt. Tellus pulvinar nunc tellus sit tincidunt euismod pulvinar tincidunt turpis aliquam sem consectetur, ac mi felis tempus ante at ac, et eget erat mi felis. Tempus ante felis lorem proin consectetur magna diam nonummy, massa tellus sit congue ullamcorper pharetra dolore aliquet turpis dolore aliquet turpis nisi, sem nonummy, donec. Mi mauris lorem ante, eget lorem laoreet mauris ac nibh elit, sed mi felis tempus ante mauris feugiat lobortis volutpat pulvinar nunc tellus sit ut. Sem consectetur magna ullamcorper pulvinar nunc id, pulvinar nunc pharetra donec diam nonummy dolore ullamcorper amet dolore tellus sit congue ullamcorper amet dolore aliquet turpis. Dolore proin turpis nisi sem pharetra, magna praesent adipiscing aliquam, proin sed laoreet id ipsum, massa tellus sit ut non dolor congue euismod dolor laoreet. Id ipsum massa volutpat consectetur, magna ullamcorper amet congue, ullamcorper amet dolore aliquet turpis nisi sem consectetur ac et nonummy donec mi mauris lorem nibh. Eget sed tincidunt euismod ipsum, massa molestie feugiat lobortis volutpat nunc praesent adipiscing aliquam et elit erat et, elit donec praesent adipiscing aliquam proin at. Ac mi id ipsum massa tellus feugiat nibh eget dolor laoreet id ac nibh id ipsum mi felis tempus proin at ac et elit erat. Mi felis ipsum massa mauris lorem ante mauris, lorem laoreet, id, pulvinar nunc tellus congue ullamcorper amet dolore, ullamcorper turpis nisi aliquet consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt ullamcorper, amet donec praesent at magna, diam eget. Sed, massa id feugiat lobortis non pharetra dolore ullamcorper adipiscing. Ac et, elit sed euismod pulvinar nunc tellus feugiat tincidunt. Euismod amet dolore aliquet turpis nisi sem pharetra magna praesent. Felis ipsum massa molestie dolor congue euismod pulvinar tincidunt turpis. Nisi sem nonummy donec diam, nonummy donec proin at ac. Et elit sed laoreet felis aliquam, ante mauris, lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus nibh, eget, sed laoreet id pulvinar nunc non, consectetur donec mi felis tempus ante mauris lorem nibh id nisi, sem consectetur erat et elit, donec. Ante molestie dolor tincidunt volutpat dolor tincidunt tellus sit ut non pharetra magna praesent nonummy aliquam proin ac, et elit, erat mi felis, erat ante mauris lorem nibh mauris. Lorem laoreet, id sit ut non pharetra congue, ullamcorper amet dolore aliquet turpis nisi sem magna et elit erat mi, felis lorem ante mauris lorem nibh id sed, ante. Molestie lorem lobortis volutpat, dolor tincidunt ullamcorper pulvinar nunc, consectetur magna ullamcorper pharetra dolore euismod dolor nunc tellus sit ut tellus dolor tincidunt euismod dolor tincidunt euismod pulvinar nunc. Non consectetur ac mi adipiscing aliquam proin ac nibh euismod, pulvinar nunc euismod sit nisi diam nonummy donec praesent adipiscing lorem nibh mauris lorem nibh eget ipsum, massa molestie. Ipsum, congue ullamcorper amet, erat mauris, lorem et elit sed nunc tellus sit nunc non pharetra congue, diam nonummy, donec praesent at ac proin at massa molestie sit, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam proin consectetur, ac diam elit erat mauris sit, ut ullamcorper amet aliquam proin mauris lorem laoreet, euismod amet dolore aliquet turpis, nisi. Non pharetra congue euismod amet aliquam, proin mauris lorem tellus sit nisi sem consectetur donec diam nonummy dolore ullamcorper amet nisi proin consectetur magna sem. Amet donec, aliquet adipiscing nisi, sem consectetur, magna diam donec praesent felis tempus ante eget sed tincidunt euismod amet massa tellus sit congue non amet. Dolore mi mauris feugiat nibh eget sed id pulvinar nunc tellus feugiat lobortis volutpat sed laoreet eget ipsum massa id feugiat congue volutpat dolor tincidunt. Euismod amet dolore tellus pulvinar ut volutpat pharetra magna felis lorem nibh volutpat dolor laoreet id ipsum massa molestie feugiat ante molestie feugiat nibh elit. Sed tincidunt molestie, feugiat lobortis volutpat dolor tincidunt, ullamcorper amet tincidunt sit nisi sem consectetur congue ullamcorper nonummy donec proin at aliquam proin at erat. Et elit, tempus ante mauris tempus mauris lorem nibh, id ipsum massa mauris, feugiat ut volutpat dolor tincidunt id sed laoreet id tempus ante mauris. Lorem nibh elit, erat laoreet felis ipsum ante dolor tincidunt volutpat dolor laoreet id sed laoreet felis ipsum ante mauris lorem nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget, dolor nunc tellus turpis nisi sem. Elit erat praesent felis, tempus lobortis volutpat sed laoreet. Euismod amet proin, at, ac mi felis ipsum massa. Molestie dolor tincidunt ullamcorper amet dolore aliquet sit nisi. Sem consectetur donec mi felis ipsum massa molestie laoreet. Euismod, amet dolore tellus turpis nisi, sem consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget lorem, nibh eget erat mi felis lobortis volutpat sed laoreet euismod pulvinar massa id feugiat massa mauris feugiat nibh volutpat sed laoreet euismod ipsum, massa molestie, feugiat ut. Volutpat dolor laoreet pulvinar nunc tellus pharetra ut volutpat pharetra congue ullamcorper turpis nisi, sem at ac et nonummy magna, diam nonummy donec, proin mauris, lorem laoreet eget nunc non. Consectetur erat et elit aliquam praesent adipiscing aliquam proin consectetur magna sem nonummy magna diam turpis nisi proin at lorem nibh ipsum massa tellus sit lobortis, non sed nibh eget. Erat laoreet molestie sit ut diam nonummy donec praesent, adipiscing tempus ante mauris, ac et elit erat praesent aliquam proin adipiscing aliquam proin, elit erat laoreet id ipsum massa volutpat. Dolor tincidunt euismod dolor nunc tellus pulvinar ut non pharetra congue euismod dolor nunc aliquet aliquam et elit erat laoreet, felis tempus, proin at lorem lobortis volutpat dolor tincidunt euismod. Sit ut sem elit erat praesent adipiscing lobortis non pharetra dolore aliquet turpis nisi sem consectetur magna et nonummy erat mi felis tempus, proin at ac, et elit, tempus ante. Mauris sit lobortis eget laoreet eget sed mi felis, tempus, ante mauris lorem, nibh eget erat mi felis tempus mi mauris, lorem ante mauris lorem nibh eget ipsum massa tellus. Feugiat non pharetra congue euismod turpis aliquam et eget pulvinar nunc tellus feugiat ut non, pharetra congue diam pulvinar nunc aliquet turpis ut non pharetra congue ullamcorper amet aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut volutpat pharetra congue ullamcorper amet nisi proin sed tincidunt euismod sit ut non pharetra congue ullamcorper nonummy donec proin at ac et eget ipsum massa, tellus turpis, nisi ullamcorper. Amet dolore praesent tempus nibh eget sed tincidunt tellus turpis magna et eget erat mi felis aliquam, proin adipiscing aliquam et, elit erat laoreet, id ipsum ante, mauris nibh eget. Sed laoreet, felis tempus massa molestie, sit lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc tellus pharetra congue ullamcorper nonummy erat mi adipiscing ante elit sed laoreet euismod ipsum, ut sem. Consectetur, magna diam nonummy dolore praesent turpis ut, non sit ut non pharetra tincidunt ullamcorper pulvinar dolore aliquet sit sem consectetur congue diam nonummy donec praesent adipiscing magna et nonummy. Erat, laoreet tellus pharetra ut, non pharetra congue euismod ipsum nunc tellus feugiat lobortis non magna praesent adipiscing aliquam proin at ac diam, nonummy erat praesent adipiscing dolore aliquet adipiscing. Aliquam nibh id, sed laoreet erat mi adipiscing aliquam proin at erat mi felis tempus massa molestie feugiat lobortis eget dolor tincidunt euismod ipsum nunc molestie pharetra ut non pharetra. Dolore praesent aliquam et eget sed laoreet id pulvinar nunc tellus sit, lobortis volutpat pulvinar nunc tellus ipsum nunc tellus sit, ut non pharetra dolore, aliquet amet nisi proin magna. Diam felis erat mi felis aliquam proin at sed tincidunt id ipsum massa molestie ipsum massa molestie dolor, laoreet id ipsum, laoreet molestie feugiat lobortis volutpat tincidunt ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy donec mi felis aliquam, mauris lorem, laoreet id ipsum nunc aliquet turpis magna diam elit. Tempus mi, felis lorem nibh eget, sed laoreet id pulvinar ut tellus sit congue felis tempus ante. Mauris lorem nibh eget sed, mi, id, ipsum massa, molestie dolor lobortis volutpat dolor laoreet euismod ipsum. Ante mauris lorem lobortis volutpat congue ullamcorper amet ut non pharetra congue ullamcorper amet congue praesent turpis. Dolore sem at sed, mi id tempus ante mauris feugiat ut volutpat dolor congue sit nisi non. Consectetur ac et felis donec eget non euismod, at amet aliquam ac dolore proin eget ipsum massa. Id feugiat ut molestie ipsum massa mauris lorem ante at lorem et elit magna diam amet donec. Praesent at ac et at erat et felis ipsum ante mauris lorem ante mauris laoreet euismod pulvinar. Nunc non pharetra ut non pharetra dolore praesent at ac et elit sed laoreet id ipsum massa. Molestie feugiat lobortis eget sed tincidunt pulvinar massa non sit lobortis volutpat, dolor tincidunt, tellus, sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa, molestie, sit nisi sem consectetur, magna, diam adipiscing aliquam sem consectetur ac et elit donec, mi felis aliquam ante ac proin elit ac et felis ipsum. Ante molestie feugiat lobortis volutpat sed mi felis tempus massa mauris feugiat nibh eget lorem nibh, elit, erat, id feugiat ut volutpat dolor tincidunt euismod pulvinar tincidunt tellus. Turpis nisi mi felis tempus ante mauris tempus ante at lorem nibh id ipsum massa molestie ipsum, non amet donec aliquet turpis dolore aliquet sit ut volutpat pharetra. Congue ullamcorper amet dolore sem, at ac et elit erat praesent adipiscing ante mauris lorem nibh eget sed laoreet molestie, feugiat, lobortis volutpat dolor congue ullamcorper amet nunc. Tellus sit ut non consectetur donec diam nonummy aliquam proin mauris, laoreet id ipsum massa tellus sit nisi sem consectetur donec mi adipiscing nisi sem consectetur nisi non. Pharetra congue ullamcorper amet nunc euismod ipsum massa molestie ipsum non dolor nibh eget erat, laoreet felis tempus ante felis tempus nibh eget, dolor laoreet euismod pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec proin adipiscing aliquam nibh eget sed laoreet id ipsum lobortis volutpat dolor tincidunt amet dolore tellus turpis nisi sem consectetur magna diam nonummy dolore ullamcorper sit nisi. Sem at erat mi elit, ipsum lobortis, volutpat feugiat lobortis pulvinar dolore sem consectetur, nisi non consectetur magna ullamcorper amet dolore aliquet turpis nisi, non, sit ut, non amet. Dolore aliquet, turpis, nisi sem consectetur nisi elit erat, mi felis tempus ante mauris lorem nibh, elit sed laoreet id ipsum massa volutpat, dolor tincidunt euismod ipsum massa, molestie. Feugiat lobortis pharetra, congue ullamcorper amet dolore tellus sit nisi sem consectetur magna diam amet dolore ullamcorper sit nisi, sem consectetur magna diam elit erat mi mauris, tempus nibh. Sed laoreet id ipsum massa tellus, feugiat lobortis volutpat dolor nunc aliquet turpis nisi, proin consectetur congue, ullamcorper amet congue ullamcorper turpis nisi tellus feugiat ut pharetra congue diam. Adipiscing tempus ante eget sed tincidunt euismod turpis nisi sem at ac et nonummy donec proin, at et elit erat mi felis ipsum ante mauris feugiat nibh eget sed. Laoreet id ipsum massa molestie sit lobortis non, pharetra tincidunt euismod turpis dolore aliquet turpis sem consectetur donec aliquet amet dolore tellus turpis nisi sem consectetur, magna diam adipiscing. Lorem nibh volutpat sed laoreet, eget ipsum massa molestie feugiat lobortis non pharetra praesent felis tempus ante eget sed nibh elit sed massa molestie feugiat nibh volutpat dolor tincidunt. Euismod ipsum nunc, tellus pharetra congue ullamcorper amet, congue ullamcorper turpis sem consectetur magna, diam nonummy, donec praesent, adipiscing aliquam proin mauris lorem laoreet euismod amet ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam ante elit sed tincidunt euismod. Ipsum nunc non pharetra ut non amet nunc. Euismod nisi proin, at erat mi id, ipsum. Massa molestie dolor lobortis euismod dolor tincidunt euismod. Ipsum massa tellus sit ut euismod pulvinar tincidunt. Turpis aliquam proin at magna ullamcorper nonummy donec. Praesent at ac et at ac et nonummy. Donec mi mauris tempus, nibh eget, sed nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris dolor congue ullamcorper turpis nisi sem consectetur erat et. Felis tempus massa volutpat pharetra tincidunt euismod dolore aliquet sit ut non. Sit congue ullamcorper amet dolore praesent at nisi sem consectetur ac, et. Elit erat mi felis lorem nibh mauris ac elit erat mi adipiscing. Lorem nibh volutpat dolor tincidunt euismod ipsum massa id ipsum massa molestie. Dolor lobortis euismod pulvinar nunc tellus, pulvinar nunc tellus feugiat lobortis nonummy. Tempus ante mauris sed laoreet, id ipsum, massa molestie sit ut volutpat. Dolor tincidunt, ullamcorper adipiscing aliquam ante mauris erat mi felis nisi diam. Elit sed laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ullamcorper amet dolore sem consectetur nisi, sem nonummy erat, praesent felis lorem nibh eget, lorem laoreet eget ipsum nunc molestie feugiat massa mauris lorem volutpat. Dolor tincidunt euismod ipsum massa tellus dolor, lobortis eget sed nunc tellus sit ut non sit ut volutpat dolor tincidunt euismod ipsum massa, molestie magna et felis. Tempus massa molestie lorem nibh mauris ac et nonummy donec diam amet dolore tellus turpis nisi sem, consectetur magna, et felis erat mi, felis erat ante molestie. Feugiat tincidunt volutpat dolor nunc tellus sit nisi sem nonummy donec mi felis tempus ante at ac et at erat tellus feugiat lobortis volutpat pharetra congue euismod. Pulvinar tincidunt, euismod pulvinar ut tellus sit ut non amet, donec proin at ac et elit sed laoreet felis ipsum non pharetra, magna diam turpis nisi aliquet. Turpis, magna et elit erat diam adipiscing tempus proin at aliquam proin elit ac mi felis, erat mi adipiscing, aliquam at ac laoreet felis ipsum massa molestie. Sit congue diam, adipiscing, aliquam praesent adipiscing ac proin at erat mi id congue diam, amet congue ullamcorper amet nisi aliquet sit ut non pharetra magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper adipiscing ac et eget ipsum massa molestie sit lobortis volutpat pharetra congue, diam turpis, nisi. Proin mauris sed tincidunt id pulvinar et elit erat laoreet id tempus massa mauris feugiat lobortis euismod dolor. Nunc, tellus sit nisi diam consectetur donec praesent adipiscing aliquam praesent at aliquam elit erat massa id ipsum. Massa molestie amet dolore, aliquet, turpis nisi aliquet consectetur magna sem nonummy magna ullamcorper amet dolore sem consectetur. Nisi, sem nonummy praesent adipiscing tempus massa molestie dolor dolore aliquet amet dolore aliquet turpis ut non dolor. Tincidunt ullamcorper, pulvinar nisi sem consectetur magna diam nonummy laoreet molestie feugiat ut volutpat dolor laoreet euismod ipsum. Dolore, aliquet at, ac, diam elit dolore aliquet turpis nisi sem consectetur nisi diam nonummy donec diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at erat, mi felis tempus mi. Molestie, dolor tincidunt ullamcorper turpis aliquam eget. Pulvinar nunc aliquet sit ut non pharetra. Magna mi felis, tempus massa molestie feugiat. Laoreet, id pulvinar massa molestie feugiat, lobortis. Volutpat dolor tincidunt amet dolore aliquet consectetur. Nisi sem pharetra congue, non pharetra tincidunt. Euismod sit ut non, pharetra magna et. Felis tempus massa volutpat dolor tincidunt euismod. Pulvinar, nibh volutpat dolor tincidunt id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, mauris lorem tincidunt, id, pulvinar nunc aliquet turpis nisi id ipsum massa volutpat feugiat lobortis, volutpat dolor nunc aliquet consectetur magna et. Elit erat laoreet id tempus ante mauris lorem et elit erat mi id nisi sem consectetur magna diam nonummy tempus ante eget dolor. Tincidunt euismod pulvinar nunc tellus sit, ut non, pharetra tincidunt euismod pulvinar nisi sem at mi felis tempus massa mauris feugiat lobortis euismod. Dolor nunc tellus sit ut non pharetra magna diam amet dolore, aliquet adipiscing nisi, proin pulvinar nisi proin at erat laoreet id tempus. Massa molestie lorem nibh eget sed, tincidunt id pulvinar nunc tellus pharetra congue ullamcorper amet dolore aliquet turpis aliquam eget erat mi felis. Ipsum massa volutpat, pharetra congue ullamcorper amet donec proin mauris lorem laoreet id ipsum massa molestie feugiat massa molestie feugiat lobortis volutpat dolor. Proin elit erat mi euismod pulvinar nunc molestie feugiat lobortis volutpat sed laoreet id pulvinar ut non pharetra congue et, erat ante felis. Feugiat tincidunt euismod amet dolore aliquet consectetur magna diam nonummy donec mi felis tempus ante mauris lorem et at erat et elit aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar nunc aliquet consectetur ac et elit erat ante adipiscing aliquam eget pharetra congue ullamcorper amet nunc tellus feugiat lobortis volutpat lorem. Et elit sed, tincidunt id feugiat lobortis molestie lorem ante, eget sed laoreet eget sed sem consectetur donec, mi id feugiat, ut non. Pharetra, dolore ullamcorper turpis nisi aliquet, consectetur erat mi felis ipsum massa mauris lorem nibh eget sed aliquet turpis aliquam sem consectetur ac. Diam elit aliquam proin at ac, lobortis volutpat sed laoreet id ipsum massa tellus feugiat, lobortis euismod donec praesent turpis ut, non feugiat. Lobortis, volutpat pharetra tincidunt euismod pulvinar nunc molestie sit, ut volutpat feugiat tincidunt volutpat dolor laoreet id tempus ante mauris, aliquam ullamcorper amet. Congue aliquet adipiscing nisi sem pharetra congue ullamcorper, amet dolore, ullamcorper turpis nisi sem consectetur magna et felis tempus mi felis tempus nibh. Mauris lorem id pulvinar nunc molestie sit, lobortis volutpat feugiat, lobortis id pulvinar dolore aliquet turpis nisi sem nonummy donec mi, felis lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, ipsum massa tellus pharetra congue ullamcorper amet congue ullamcorper amet lobortis volutpat, dolor nunc euismod pulvinar. Lobortis molestie dolor congue diam nonummy donec, praesent at ac et elit sed laoreet id ipsum massa. Non amet donec volutpat pharetra dolore aliquet amet nunc tellus turpis nisi, diam consectetur magna ullamcorper amet. Nunc aliquet sit nisi sem pharetra, congue ullamcorper, nonummy dolore ullamcorper feugiat lobortis euismod pulvinar dolore tellus. Sit nisi sem consectetur congue diam nonummy donec praesent adipiscing nisi sem consectetur ac et adipiscing aliquam. Molestie amet donec mi felis tempus ante mauris erat et felis erat praesent nonummy aliquam praesent adipiscing. Ac nibh eget erat praesent nonummy donec, praesent adipiscing aliquam volutpat amet dolore aliquet turpis lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus turpis nisi diam elit sed molestie, ipsum massa. Volutpat amet congue aliquet turpis nisi sem consectetur magna diam, elit. Erat ante felis donec sem, at ac diam nonummy erat laoreet. Consectetur ac et nonummy donec proin at aliquam proin at, ac. Mi id pulvinar lobortis molestie lorem nibh eget, sed laoreet eget. Sed laoreet feugiat ut non amet dolore, aliquet adipiscing aliquam et. Elit erat laoreet id ipsum massa volutpat feugiat, tincidunt ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit congue diam amet congue aliquet turpis nisi sem consectetur magna ullamcorper amet dolore praesent felis lorem lobortis volutpat dolor laoreet, id ut non consectetur magna mi felis. Tempus massa molestie dolor tincidunt aliquet turpis aliquam sem consectetur magna sem consectetur donec mi adipiscing aliquam sem turpis tincidunt id sit ut proin eget pulvinar, nunc molestie, ipsum. Massa non pharetra congue aliquet amet dolore sem turpis nisi, sem nonummy magna mi felis aliquam proin lorem nibh, eget ipsum laoreet id ipsum massa volutpat pharetra congue euismod. Pulvinar nunc tellus turpis nisi sem nonummy donec praesent, adipiscing aliquam, euismod amet dolore aliquet adipiscing nisi proin at ac et felis tempus massa molestie feugiat, nibh eget dolor. Tincidunt euismod ipsum massa molestie feugiat lobortis volutpat sed aliquet turpis ut, tellus pharetra congue ullamcorper amet dolore euismod ipsum massa id feugiat lobortis, volutpat pharetra dolore, ullamcorper amet. Nisi ante mauris lorem et elit ut sem nonummy donec diam nonummy tempus proin, adipiscing ac, et elit sed, mi felis tempus massa molestie lorem nibh sed, tincidunt euismod. Pulvinar nisi diam, nonummy erat mi id feugiat ut, volutpat pharetra tincidunt euismod pulvinar nunc tellus feugiat ut sem pharetra magna diam amet dolore diam amet donec proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet molestie sit congue ullamcorper amet praesent felis tempus et, eget erat mi, felis tempus ante mauris lorem ante, mauris lorem nibh, elit ipsum massa. Tellus pharetra, magna diam elit erat, at ac et at ac diam nonummy donec praesent adipiscing, donec praesent at ac et elit donec praesent adipiscing, tempus. Massa molestie dolor tincidunt id nunc tellus feugiat lobortis, volutpat dolor tincidunt euismod dolor, nunc euismod pulvinar nunc molestie feugiat lobortis volutpat sed tincidunt euismod, pulvinar. Ut sem ac et id feugiat ut non dolor, congue, aliquet adipiscing, aliquam proin, consectetur magna et elit erat mi felis tempus nibh eget lorem nibh. Elit sed massa sit ut ullamcorper amet dolore ullamcorper amet tincidunt euismod ipsum massa mauris lorem nibh eget sed, laoreet id ipsum laoreet molestie ipsum massa. Volutpat, pharetra congue praesent ac et elit erat tincidunt id ipsum massa volutpat pharetra magna ullamcorper, amet dolore aliquet turpis aliquam proin elit sed laoreet molestie. Feugiat mi felis ipsum ante, molestie dolor, congue aliquet turpis aliquam proin consectetur magna sem sit, congue praesent nonummy, donec praesent turpis nisi, sem at erat. Mi, felis ante molestie feugiat tincidunt euismod pulvinar nunc tellus turpis nisi, sem sit ut euismod amet, nunc tellus turpis aliquam proin at magna, et felis. Tempus massa molestie pulvinar nunc euismod ipsum massa molestie tempus, ante mauris lorem et elit erat praesent nonummy aliquam proin at ac et, elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, tempus massa mauris, lorem lobortis, volutpat pulvinar dolore praesent, turpis aliquam proin nonummy mi id ipsum massa volutpat dolor tincidunt. Euismod pulvinar nunc molestie ipsum lobortis mauris feugiat nibh volutpat sed laoreet id ipsum massa tellus sit laoreet id ipsum massa. Molestie lorem, nibh id pulvinar nunc, tellus sit lobortis non consectetur donec diam nonummy nisi sem at magna diam nonummy magna. Diam, ipsum massa volutpat sed laoreet id ipsum nunc tellus feugiat ut non pharetra, congue ullamcorper turpis nisi sem at lorem. Et eget donec mi lorem lobortis volutpat pharetra congue euismod pulvinar nunc tellus turpis nisi sem pharetra tincidunt euismod pulvinar nunc. Tellus sit nisi sem pharetra ut euismod, pulvinar nunc euismod ac nibh eget ipsum laoreet id tempus ante at lorem lobortis. Euismod pulvinar dolore, aliquet, turpis magna diam nonummy donec praesent adipiscing aliquam proin at lorem id pulvinar massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt tellus turpis nisi, sem nonummy mi mauris tempus, nibh volutpat dolor tincidunt aliquet. Turpis aliquam proin elit ipsum laoreet elit tempus ante molestie feugiat lobortis, eget sed laoreet id. Ipsum, non consectetur donec diam nonummy dolore, praesent adipiscing nisi sem, consectetur, magna diam elit erat. Ante molestie pharetra tincidunt volutpat sed tincidunt euismod pulvinar ut elit ipsum massa molestie lorem nibh. Eget, sed laoreet euismod turpis aliquam proin pharetra magna et elit erat mi felis tempus ante. At, et elit, tempus massa tellus sit ut volutpat sed, tincidunt euismod ipsum massa molestie feugiat. Massa non pharetra, congue ullamcorper pulvinar dolore aliquet turpis, lobortis non dolor diam adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ipsum massa tellus feugiat congue ullamcorper. Nonummy donec, proin at lobortis volutpat dolor. Nunc sem turpis, nisi tellus, dolor tincidunt. Euismod pulvinar nunc euismod pulvinar nunc molestie. Feugiat lobortis volutpat pharetra tincidunt ullamcorper nisi. Sem consectetur magna sem consectetur magna aliquet. Adipiscing nisi sem consectetur magna sem, consectetur. Donec laoreet id ipsum nibh mauris, ac. Proin elit erat laoreet, id nisi sem. Nonummy donec, ante mauris feugiat nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet adipiscing tempus proin mauris, lorem tincidunt pulvinar nunc tellus sit lobortis non amet dolore aliquet amet, dolore sem consectetur magna diam nonummy erat praesent. Adipiscing tempus nibh eget, lorem tincidunt ullamcorper nunc non pharetra magna et elit tempus, ante mauris, feugiat tincidunt euismod, amet dolore aliquet turpis nisi sem nonummy. Donec praesent felis tempus ante, mauris nibh id, ipsum massa molestie sit ut sem amet donec praesent felis aliquam proin consectetur magna diam, nonummy sed mi. Felis tempus ante lorem nibh id ipsum laoreet id tempus ante mauris lorem nibh elit ac et elit erat, ante mauris lorem proin turpis magna et. Eget erat mi id ante molestie, lorem nibh id, ipsum massa, molestie feugiat, massa, felis lorem nibh eget sed tincidunt, euismod, sit nisi non pharetra congue. Ullamcorper amet donec praesent mauris proin elit erat et nonummy donec mi felis lorem nibh volutpat dolor tincidunt id, pulvinar massa, molestie sit nibh eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus massa volutpat, pharetra dolore ullamcorper turpis aliquam et at. Erat laoreet id ipsum massa, molestie, feugiat volutpat dolor nunc tellus. Sit ut non pharetra congue ullamcorper pharetra dolore, aliquet, turpis aliquam. Proin at ac et felis ipsum nunc molestie, feugiat nibh sed. Laoreet, euismod ipsum, massa id ipsum, lobortis eget, lorem nibh id. Sed laoreet id feugiat lobortis volutpat dolor tincidunt volutpat dolor tincidunt. Euismod pulvinar ut pharetra congue non pharetra tincidunt euismod pulvinar massa. Molestie, sit congue ullamcorper, nonummy donec praesent adipiscing ac nibh eget. Dolor tincidunt euismod sit non consectetur magna ante mi sem tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquet, adipiscing dolor dolore proin at ac, et sem elit erat, mi adipiscing, aliquam, proin mauris lorem, et, eget ipsum nunc non pharetra, congue. Ullamcorper nonummy donec praesent turpis nisi sem, consectetur ac felis tempus massa, molestie dolor lobortis, volutpat amet donec praesent, at magna diam nonummy donec diam. Adipiscing aliquam proin at lorem et elit sed massa at erat, mi id ipsum nunc molestie dolor lobortis volutpat, dolor nunc tellus pulvinar massa tellus. Feugiat, ut ullamcorper pharetra dolore aliquet, turpis aliquam eget sed mi felis tempus, mi felis, tempus ante mauris ac nibh eget sed massa molestie lorem. Nibh eget sed congue aliquet turpis dolore tellus feugiat ullamcorper amet dolore aliquet turpis nisi, aliquet turpis nisi non pharetra magna diam nonummy donec aliquet. Turpis aliquam et elit erat mi felis aliquam proin adipiscing aliquam eget sed tincidunt tellus pulvinar ut non consectetur congue volutpat sed tincidunt, euismod pulvinar. Massa tellus feugiat, ut, ullamcorper nonummy ut non amet congue volutpat dolor tincidunt aliquet turpis ut sem consectetur congue ullamcorper nonummy dolore aliquet turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat, ut volutpat dolor tincidunt volutpat sed nunc, aliquet consectetur nisi non consectetur magna diam adipiscing aliquam ante amet donec, praesent adipiscing ac, proin, at congue ullamcorper pharetra. Congue euismod, amet dolore tellus sit ut diam nonummy, donec mi adipiscing tempus proin at laoreet euismod, pulvinar massa molestie at, amet, lorem dolore, congue laoreet sem consectetur magna. Et id tempus mi, molestie feugiat, lobortis euismod pulvinar tincidunt id pulvinar massa nonummy magna, diam amet dolore praesent at ac nibh eget sed laoreet id ipsum massa molestie. Feugiat, tincidunt euismod pulvinar tincidunt, euismod pulvinar sem consectetur magna diam amet dolore aliquet amet dolore aliquet pharetra congue volutpat, dolor dolore aliquet adipiscing aliquam proin at, ac diam. Nonummy erat mi mauris, lorem diam adipiscing aliquam proin mauris lorem nibh eget sed laoreet molestie feugiat lobortis volutpat dolor tincidunt volutpat sed tincidunt id, tempus, mi felis tempus. Ante mauris sed aliquet at ac et elit erat mi felis tempus ante molestie dolor tincidunt euismod sed laoreet id pulvinar ut non sed ante molestie feugiat magna diam. Nonummy aliquam praesent, mauris ac nibh eget ipsum massa molestie feugiat massa molestie feugiat lobortis eget sed nibh felis ipsum, ante id, ipsum nunc sem consectetur magna ullamcorper nonummy. Aliquam ante molestie lorem, nibh euismod pulvinar dolore aliquet sit, ut, non pharetra, magna ullamcorper amet donec aliquet turpis congue tellus, turpis nisi sem at erat mi felis erat. Ante molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa molestie sit lobortis volutpat dolor tincidunt euismod, ut sem consectetur magna diam amet congue, aliquet amet, dolore aliquet turpis. Nisi non pharetra congue ullamcorper pulvinar donec sem, consectetur magna et elit, sed laoreet id ac et felis tempus massa molestie feugiat, nibh volutpat dolor tincidunt euismod sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue diam nonummy aliquam ante mauris sed tincidunt ullamcorper amet nisi. Aliquet turpis, magna diam elit tempus non consectetur magna diam nonummy aliquam praesent. Turpis magna diam, nonummy magna, praesent nonummy dolore aliquet turpis nisi proin at. Erat mi elit dolore volutpat dolor congue diam amet nunc tellus turpis nisi. Sem nonummy magna diam pharetra congue, ullamcorper turpis nisi tellus sit massa molestie. Dolor congue ullamcorper amet, nunc consectetur nisi diam nonummy donec praesent, felis lorem. Lobortis volutpat pharetra dolore aliquet turpis nisi, sem consectetur ac et elit erat. Ante felis tincidunt euismod amet nisi proin at ac nibh id pulvinar nunc. Tellus pharetra congue ullamcorper amet congue ullamcorper amet dolore, aliquet turpis, congue ullamcorper. Nonummy erat mi, feugiat, tincidunt euismod pulvinar nunc tellus sit ut tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod amet dolore eget erat mi felis tempus massa, molestie feugiat lobortis volutpat dolor nunc aliquet, sit ut tellus sit ut ullamcorper amet, dolore. Aliquet turpis ut non ullamcorper pharetra dolore aliquet turpis nisi, proin consectetur ac, mi id tempus massa molestie sit nibh eget sed nibh, elit erat. Mi felis, tempus, ante feugiat lobortis volutpat, amet dolore aliquet sit ut, non pharetra, magna diam nonummy aliquam proin at ac et nonummy magna praesent. Felis tempus proin at ac nibh, ipsum laoreet molestie sit ut non pharetra congue ullamcorper pulvinar nunc euismod pulvinar nunc, molestie, lorem, nibh, mauris ac. Nibh elit, sed, laoreet pharetra magna diam nonummy erat mi adipiscing aliquam proin at ac mi elit donec mi adipiscing tempus ante mauris ac et. Elit erat praesent adipiscing aliquam proin aliquam proin elit, ac diam, nonummy, donec praesent adipiscing aliquam sem at, ac et nonummy, donec diam amet nunc. Aliquet adipiscing ac proin elit ac et nonummy aliquet adipiscing ac proin, elit, sed nunc aliquet turpis nisi non dolor lobortis eget sed laoreet eget. Erat laoreet ipsum lobortis volutpat pharetra congue ullamcorper amet nisi sem turpis nisi, diam nonummy donec ante, molestie feugiat lobortis volutpat pulvinar dolore, aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec ante at ac proin elit ac diam, nonummy erat mi felis tempus nibh sed. Laoreet id pulvinar ut sem pharetra congue diam, nonummy, donec aliquet turpis dolore non consectetur magna diam. Nonummy dolore ullamcorper amet dolore, aliquet consectetur diam nonummy, congue volutpat dolor nunc euismod, pulvinar nunc molestie. Sit ut ullamcorper, pharetra congue aliquet turpis dolore aliquet sit ut non, pharetra congue ullamcorper, nisi sem. Turpis, massa molestie tempus proin mauris lorem laoreet eget pulvinar nunc tellus sit lobortis volutpat dolor tincidunt. Euismod pulvinar dolore sem ut diam nonummy erat mi, adipiscing aliquam proin at, ac et elit donec. Praesent adipiscing aliquam proin adipiscing aliquam proin at magna et elit erat ante mauris lobortis volutpat, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit lobortis non dolor tincidunt euismod ipsum laoreet felis ipsum volutpat dolor tincidunt euismod pulvinar nunc euismod. Sit nisi sem, nonummy donec praesent adipiscing aliquam proin at ac et elit erat praesent felis tempus, massa molestie. Tincidunt euismod amet dolore aliquet sit nisi non consectetur magna euismod, amet dolore aliquet turpis nisi sem nonummy donec. Praesent adipiscing tempus massa mauris lobortis id pulvinar nunc tellus sit ut non pharetra magna diam nonummy, nisi sem. Mauris sed laoreet euismod pulvinar ut sem, consectetur ac praesent donec praesent turpis dolore sem consectetur ac mi id. Feugiat lobortis, non pharetra congue ullamcorper amet dolore aliquet turpis nisi, sem consectetur magna diam nonummy dolore turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore aliquet turpis nisi, sem consectetur magna diam nonummy donec praesent. Lorem ante eget lorem nibh eget sed laoreet id sit ut non amet. Donec mi adipiscing aliquam proin mauris lorem et felis tempus massa molestie lorem. Volutpat pharetra dolore aliquet turpis nisi sem consectetur congue ullamcorper nonummy, dolore ullamcorper. Pulvinar dolore aliquet turpis nisi diam elit erat mi felis lorem nibh dolor. Tincidunt euismod sit nunc non consectetur magna, diam nonummy dolore praesent, adipiscing, aliquam. Nibh, eget dolor laoreet id tempus massa tellus sit volutpat, amet dolore tellus. Sit nisi proin at ac et nonummy erat ante mauris lorem nibh eget. Erat mi id ipsum massa molestie feugiat lobortis volutpat dolore euismod ipsum, laoreet. Molestie feugiat massa volutpat dolor, nibh eget, erat et elit dolore, aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum massa tellus pharetra, donec laoreet, id feugiat, ut ullamcorper amet donec praesent adipiscing aliquam, proin at erat, mi id ipsum et felis. Tempus ante mauris lorem nibh eget dolor laoreet eget, erat praesent felis tempus proin, mauris feugiat lobortis elit sed, mi molestie ipsum lobortis feugiat tincidunt. Euismod amet donec sem consectetur magna diam nonummy donec praesent adipiscing tempus proin at lorem et eget sed, laoreet felis ipsum massa molestie feugiat, lobortis. Dolor nunc, aliquet consectetur magna diam nonummy congue ullamcorper amet congue praesent sit, ut non pharetra ut, volutpat pharetra dolore aliquet turpis nisi consectetur ac. Et elit, erat mi, mauris tempus, nibh mauris ac et elit erat mi felis ipsum ante mauris lorem lobortis, eget sed laoreet molestie feugiat lobortis. Pharetra magna diam nonummy aliquam sem at lorem nibh, eget erat mi id tempus ante mauris, ac, et, elit erat laoreet elit, erat mi adipiscing. Nisi, sem magna et elit erat mi mauris lorem, proin mauris sed tincidunt tellus, sit nisi non pharetra congue non amet dolore adipiscing aliquam et. Consectetur ac diam elit, erat, praesent adipiscing tempus proin mauris lorem nibh eget erat mi adipiscing aliquam praesent adipiscing aliquam proin at ac diam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, eget sed tincidunt aliquet consectetur magna et eget ipsum tellus pharetra ut non amet dolore, aliquet amet nunc aliquet sit ut sem consectetur congue ullamcorper amet nisi. Sem consectetur, ac et eget sed mi felis, nibh volutpat amet tincidunt aliquet adipiscing nisi proin at magna et felis tempus massa molestie lorem nibh at ac nibh. Eget pulvinar nunc tellus sit volutpat pharetra dolore aliquet turpis dolore molestie, feugiat ut volutpat dolor, lobortis, eget sed, tincidunt, euismod ipsum massa tellus sit congue diam adipiscing. Ante mauris lorem et at ac, diam adipiscing donec aliquet amet nunc tellus sit ut non consectetur magna diam amet dolore aliquet turpis ut non pharetra congue nonummy. Aliquam ante, mauris sed laoreet euismod pulvinar nunc tellus sit ut non pharetra congue aliquet amet dolore sem consectetur nisi sem consectetur magna ullamcorper, amet donec at lorem. Nibh eget ipsum massa tellus sit congue ullamcorper pharetra tincidunt ullamcorper amet dolore aliquet sit nunc tellus sit lobortis pulvinar nunc tellus pulvinar nunc tellus sit massa molestie. Feugiat tincidunt euismod ipsum massa tellus sit lobortis volutpat dolor tincidunt euismod pulvinar nisi sem turpis nisi diam erat mi id ipsum massa eget sed laoreet euismod amet. Dolore sem consectetur ac et elit erat praesent felis aliquam proin at magna sem nonummy congue ullamcorper, tincidunt euismod pulvinar massa, id feugiat lobortis volutpat pharetra tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis molestie feugiat lobortis eget dolor dolore tellus turpis ac diam elit erat mi adipiscing ipsum massa volutpat dolor laoreet euismod. Pulvinar nunc tellus feugiat molestie feugiat, nibh eget, sed laoreet, euismod sit nunc tellus sit ut non amet dolore proin, at. Lorem nibh, euismod ipsum nunc tellus sit ut pharetra tincidunt euismod pulvinar nunc tellus, sit nisi non consectetur magna ullamcorper amet. Dolore aliquet turpis aliquam, proin elit erat et felis erat ante at lorem lobortis erat laoreet id ipsum massa molestie feugiat. Ut praesent adipiscing aliquam proin adipiscing aliquam, proin elit erat, mi, elit aliquam proin at, ac at ac et felis ipsum. Massa, molestie lorem nibh volutpat, sed tincidunt euismod adipiscing nisi, sem at magna diam amet donec aliquet turpis nisi sem consectetur. Ac tellus turpis ac mi felis, ipsum massa mauris feugiat lobortis volutpat dolor, laoreet euismod pulvinar ut non pharetra congue non. Pharetra dolore aliquet, turpis dolore aliquet turpis diam elit erat mi felis aliquam ante eget sed tincidunt id, ipsum nunc, non. Pharetra, magna diam nonummy, dolore turpis nisi aliquet turpis magna sem nonummy, donec praesent adipiscing tempus proin mauris, ac nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra tincidunt ullamcorper, turpis dolore aliquet turpis magna diam elit erat mi. Mauris lorem lobortis volutpat, sed tincidunt euismod pulvinar non, sit, lobortis volutpat pharetra congue. Aliquet amet dolore sem at magna diam nonummy donec praesent felis tempus ante, mauris. Sed tincidunt euismod sit nisi consectetur donec, mi id ipsum massa molestie dolor tincidunt. Euismod pulvinar dolore tellus feugiat ut volutpat pharetra tincidunt euismod pulvinar nunc euismod sit. Ut non consectetur magna adipiscing tempus massa eget lorem nibh elit sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis, volutpat nunc tellus sit ut non, pharetra magna diam nonummy dolore, aliquet sit ut proin, elit erat et. Elit tempus lobortis molestie dolor lobortis, volutpat turpis sem at dolor laoreet, id pulvinar nunc molestie feugiat nibh eget sed. Tincidunt ullamcorper amet dolore aliquet pharetra magna diam amet, donec aliquet turpis nisi turpis magna nibh, felis tempus mi felis. Tempus ante at lorem laoreet euismod ipsum massa, id feugiat lobortis molestie feugiat lobortis eget dolor laoreet id, pulvinar volutpat. Pharetra tincidunt, euismod amet donec praesent at aliquam proin nonummy donec diam nonummy aliquam praesent turpis aliquam et at erat. Laoreet id mi adipiscing aliquam proin at lorem laoreet euismod pulvinar nunc tellus pharetra, congue ullamcorper amet donec praesent at. Lorem nibh eget sed laoreet id ipsum massa molestie tincidunt euismod pulvinar nunc tellus sit ut non pharetra magna mi. Felis tempus proin at ac nibh at ac mi elit erat praesent adipiscing, tempus proin at laoreet, id ipsum nunc. Tellus sit lobortis, mauris lorem et elit erat mi, felis, tempus ante at ac et at diam nonummy erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet id pulvinar massa tellus sit ut dolor tincidunt ullamcorper turpis nisi proin elit, erat, mi. Id feugiat lobortis volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis ut sem, pharetra magna ullamcorper dolore proin. At ac nibh, id pulvinar dolore aliquet, turpis nisi sem consectetur donec mi adipiscing feugiat nibh volutpat pulvinar. Donec ante mauris sed laoreet ipsum nunc tellus sit, lobortis non pharetra congue, euismod pulvinar nunc molestie sit. Ut non pharetra congue euismod amet donec aliquet adipiscing magna consectetur magna ullamcorper amet congue ullamcorper pulvinar nunc. Tellus turpis congue non, dolor tincidunt euismod amet nisi proin at ac et elit erat mi felis aliquam. Ante, aliquam et eget ipsum laoreet id, feugiat lobortis non dolor congue euismod pulvinar nunc tellus pulvinar, massa. Molestie feugiat congue ullamcorper nonummy aliquam proin mauris, lorem nibh erat massa molestie feugiat lobortis ullamcorper pharetra, dolore. Praesent felis tempus, nibh eget erat mi id tempus ante mauris tempus eget dolor nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante molestie, lorem nibh magna. Sem elit tempus ante molestie lorem nibh volutpat. Dolor tincidunt aliquet at, aliquam, proin elit, erat. Laoreet id ipsum, lobortis non pharetra dolore praesent. Lorem nibh mauris erat, laoreet felis, ipsum massa. Non sit, congue ullamcorper amet dolore ullamcorper turpis. Ut sem at magna diam amet dolore aliquet. Turpis aliquet consectetur, magna et felis, ipsum, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt aliquet turpis nisi sem pharetra ut volutpat congue aliquet turpis nisi aliquet sit lobortis volutpat dolor tincidunt euismod dolor nunc, tellus sit ut non. Sit congue ullamcorper amet dolore, aliquet amet dolore pharetra magna diam nonummy donec mi felis aliquam, sem turpis nisi sem pharetra magna diam nonummy dolore, aliquet turpis. Nisi proin elit erat mi felis, aliquet amet aliquam proin at, ac diam elit erat mi mauris tempus nibh eget sed tincidunt euismod ipsum massa molestie feugiat. Lobortis volutpat tincidunt aliquet, turpis nisi sem turpis magna et, elit erat mi adipiscing aliquam proin consectetur ac diam, consectetur magna diam amet dolore tellus turpis nisi. Sem at ullamcorper elit donec praesent at lorem lobortis eget erat mi id sit nunc non consectetur magna ullamcorper nonummy donec proin eget sed, laoreet id ipsum. Massa, non lobortis non pharetra tincidunt ullamcorper turpis dolore aliquet turpis nisi, non consectetur magna ullamcorper pulvinar nunc euismod pulvinar ut sem magna diam adipiscing aliquam proin. Mauris feugiat lobortis volutpat dolor massa id ipsum ante mauris lorem lobortis volutpat dolor laoreet eget ipsum massa mauris tempus, nibh eget et eget ipsum laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh, eget, dolor nunc tellus sit, molestie pharetra tincidunt ullamcorper nonummy aliquam proin, adipiscing aliquam et at magna praesent adipiscing aliquam proin. Mauris feugiat congue euismod dolor, nunc tellus sit ut feugiat, tincidunt euismod dolor nunc aliquet sit nisi diam elit erat mi felis aliquam. Ante mauris lorem et at ac et elit erat praesent adipiscing sem at magna et, elit erat ante mauris lorem lobortis, volutpat pharetra. Congue ullamcorper amet dolore aliquet pharetra ut non pharetra tincidunt ullamcorper amet euismod sit ut non pharetra magna ullamcorper amet donec praesent turpis. Aliquam proin at ac mi adipiscing tempus ante mauris, ac lobortis volutpat dolor nunc tellus lobortis non pharetra congue euismod pulvinar nunc euismod. Sit ut proin nonummy erat mi adipiscing aliquam proin adipiscing lorem et eget sed laoreet molestie feugiat, massa molestie lobortis euismod amet dolore. Aliquet, turpis ac et elit donec praesent felis donec aliquet, turpis dolore aliquet pharetra ut volutpat pharetra praesent adipiscing nisi sem at lorem. Mi id ipsum ante, mauris lorem ante mauris lorem nibh eget sed laoreet felis tempus ante donec mi mauris tempus nibh sed nibh. Eget, pulvinar nunc tellus sit lobortis volutpat pharetra congue ullamcorper turpis dolore aliquet consectetur magna sem nonummy donec aliquet amet nisi proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie sit congue, ullamcorper nonummy aliquam proin at, aliquam sem, at erat elit erat ante mauris dolor tincidunt, volutpat, dolor tincidunt euismod, pulvinar massa mauris. Feugiat lobortis volutpat pharetra dolore aliquet turpis nisi non consectetur magna amet congue euismod pulvinar tincidunt euismod pulvinar lobortis volutpat dolor lobortis volutpat sed tincidunt euismod. Pulvinar nisi sem, consectetur congue ullamcorper amet donec praesent turpis dolore sem ac et elit donec praesent adipiscing aliquam ante, eget sed laoreet id ipsum massa. Molestie sit, congue diam nonummy donec aliquet at ac id ipsum massa id ipsum, massa volutpat feugiat, lobortis euismod pulvinar, nunc ante at ac, et eget. Ipsum massa, tellus sit congue non, amet congue ullamcorper amet tellus feugiat, ut volutpat consectetur congue euismod pulvinar nunc euismod sit ut, sem consectetur donec praesent. Felis tempus nibh eget sed laoreet, eget sed massa molestie feugiat molestie feugiat nibh volutpat dolor nunc tellus sit ut, tellus pharetra congue diam amet dolore. Aliquet turpis aliquam proin ac mi id ipsum ante at aliquam proin at ac, et felis ipsum ante, mauris lorem nibh eget lorem et, elit, donec. Mi id ipsum, massa molestie laoreet id ipsum massa molestie sit lobortis molestie feugiat, lobortis eget dolor tincidunt tellus pulvinar massa, molestie sit, congue ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non pharetra tincidunt ullamcorper amet dolore tellus. Turpis nisi et elit tempus ante molestie nibh eget sed. Nunc aliquet turpis, aliquam sem pharetra, congue ullamcorper amet dolore. Aliquet adipiscing ac et, at erat laoreet id, ipsum massa. Sit congue ullamcorper amet nunc tellus pulvinar massa id tempus. Proin mauris, lorem laoreet id, pulvinar massa id feugiat massa. Molestie feugiat tincidunt euismod pulvinar, nunc tellus nisi sem elit. Donec mi id tempus nibh eget dolor tincidunt euismod amet. Nisi aliquet consectetur magna diam nonummy donec aliquet turpis nisi. Consectetur magna et eget sed laoreet mauris lorem ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc aliquet sit ut ullamcorper dolore aliquet turpis nisi aliquet consectetur ac diam nonummy erat mi felis tempus proin at, ac nibh eget erat mi. Id consectetur magna diam nonummy praesent turpis dolore aliquet turpis ac mi id ipsum massa tellus feugiat congue, diam amet dolore aliquet turpis nisi proin at. Magna diam nonummy dolore mauris feugiat lobortis eget erat mi felis tempus massa tellus sit nibh volutpat pulvinar dolore aliquet turpis ut non pharetra congue non. Dolor congue ullamcorper turpis nisi consectetur magna et elit erat mi adipiscing aliquam proin at lorem nibh elit, erat praesent adipiscing donec praesent adipiscing aliquam proin. At erat elit donec ante felis lorem ante mauris, erat laoreet id, ipsum nunc tellus sit, ut ullamcorper nonummy dolore ullamcorper sit nisi proin at ac. Et felis erat turpis aliquam proin, at magna sem elit erat mi felis, tempus ante mauris sed laoreet id erat mi felis ipsum, proin mauris feugiat. Nibh eget sed laoreet erat mi adipiscing aliquam sem consectetur lorem nibh id ipsum ante felis tempus proin adipiscing ac et at erat mi donec proin. At aliquam et at erat laoreet, euismod ipsum nunc mauris lorem nibh mauris lorem nibh id sed massa molestie, feugiat lobortis, eget sed tincidunt id diam. Elit tempus mi felis aliquam proin, consectetur, magna diam nonummy congue ullamcorper adipiscing donec praesent adipiscing aliquam, diam elit erat mi felis aliquam proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent adipiscing nisi proin consectetur nisi sem nonummy diam nonummy dolore aliquet at ac et, eget sed massa molestie, feugiat. Ut ullamcorper nonummy congue aliquet turpis dolore aliquet sit nisi sem consectetur magna diam nunc euismod pulvinar massa tellus sit ut non. Dolor tincidunt, id pulvinar massa id tempus massa molestie lorem nibh elit dolor laoreet id, tempus ante aliquam ante eget lorem laoreet. Euismod pulvinar nunc tellus sit congue non, dolor lobortis volutpat dolor laoreet id feugiat lobortis molestie feugiat lobortis sed laoreet id pulvinar. Nunc non consectetur magna diam nonummy aliquam praesent adipiscing aliquam proin at ac diam amet dolore praesent, turpis nisi aliquet consectetur magna. Diam magna diam nonummy donec praesent adipiscing nisi proin at ac diam nonummy, donec praesent adipiscing nisi proin at magna diam nonummy. Donec, praesent turpis aliquam proin at sem consectetur donec mi felis tempus ante at ac et, at ac et elit, erat mi. Felis, aliquam et elit ac et nonummy ante mauris tempus, proin mauris, lorem nibh elit donec diam nonummy dolore aliquet amet nisi. Sem pharetra ac, et elit erat ante mauris lorem nibh eget dolor felis ipsum ante tellus pharetra congue, ullamcorper pharetra congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac et erat ante mauris, lorem lobortis volutpat dolor tincidunt tellus sit ut non, sit, congue diam nonummy donec aliquet turpis nisi. Non pharetra, congue ullamcorper dolore aliquet amet nisi sem turpis nisi, non consectetur, magna praesent felis tempus ante at lorem, laoreet euismod pulvinar. Nunc tellus feugiat lobortis volutpat feugiat, id pulvinar dolore sem consectetur, ac, mi id ipsum massa tellus feugiat tincidunt euismod pulvinar nunc euismod. Pulvinar nisi sem at ac praesent adipiscing donec, molestie, feugiat tincidunt euismod dolor nunc aliquet, consectetur, magna diam, nonummy magna praesent felis tempus. Ante mauris ac et elit erat laoreet felis tempus ante feugiat lobortis eget sed mi felis tempus mi, mauris lorem lobortis eget sed. Laoreet id ipsum nunc tellus feugiat ut non dolor tincidunt euismod ipsum nunc molestie ut non pharetra dolore, praesent adipiscing aliquam ante mauris. Lorem nibh felis tempus mi molestie consectetur magna ullamcorper nonummy donec praesent adipiscing aliquam aliquet adipiscing aliquam sem at magna et elit donec. Aliquet adipiscing aliquam ante eget lorem et eget sed mi felis tempus, ante mauris lorem nibh eget erat felis, tempus massa molestie, feugiat. Lobortis volutpat dolor tincidunt id ipsum nunc molestie lorem, nibh mauris ac et nonummy donec praesent adipiscing aliquam proin at, ac proin congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing, aliquam ante mauris lorem, nibh. Felis tempus massa, pharetra congue diam nonummy. Aliquam ante at lorem nibh, id, pulvinar. Nunc aliquet sit ut non consectetur, magna. Praesent turpis tempus ante at, dolor dolore. Sit ut non consectetur magna diam amet. Dolore aliquet turpis nisi proin elit erat. Mi elit tempus ante mauris feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante felis aliquam ante mauris. Dolor tincidunt euismod amet dolore proin. At erat mi, elit erat praesent. Turpis aliquam proin magna et nonummy. Erat, mi felis lorem nibh mauris. Sed laoreet euismod pulvinar massa id. Feugiat lobortis non amet donec praesent. Adipiscing aliquam consectetur ac, et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet adipiscing ac, nibh id, ipsum nunc proin at erat laoreet molestie, feugiat, mauris lorem lobortis eget sed laoreet id pulvinar massa molestie feugiat. Lobortis non pulvinar donec praesent adipiscing ut sem pharetra congue ullamcorper, pharetra congue pulvinar nunc tellus sit lobortis non, pharetra congue euismod pulvinar nunc euismod. Turpis nisi sem consectetur congue diam amet dolore aliquet adipiscing, aliquam proin pharetra congue diam congue aliquet, adipiscing aliquam, ante mauris erat laoreet id tempus. Massa, tellus sit ut non dolor congue ullamcorper sit ut sem pharetra congue dolor dolore praesent adipiscing, tempus et eget sed, laoreet, euismod pulvinar massa. Mauris sit ut non pulvinar nunc aliquet turpis ut non pharetra congue ullamcorper amet congue pulvinar massa aliquet turpis magna diam nonummy erat praesent adipiscing. Aliquam proin consectetur ac, et nonummy magna diam, amet donec praesent at ac laoreet, eget ipsum, nunc feugiat, lobortis non pharetra magna diam turpis aliquam. Ante at sed laoreet eget sed, praesent adipiscing aliquam ante eget sed id ipsum massa molestie, sit ut non pharetra dolore aliquet turpis aliquam proin. At lorem et elit sed massa mauris lorem nibh volutpat dolor tincidunt euismod nisi sem consectetur ac et felis erat mi felis tempus ante, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nibh, eget, ipsum nunc tellus sit, ut non pharetra congue ullamcorper, amet dolore sem consectetur. Nisi, sem consectetur, donec mi mauris lorem, nibh eget nibh eget, sed massa id tempus ante. Eget sed laoreet id ipsum nunc id tempus ante molestie lorem nibh volutpat dolor tincidunt id. Ipsum, massa lorem nibh volutpat lorem laoreet id pulvinar ut non pharetra congue non pharetra tincidunt. Euismod, pulvinar nunc tellus, sit ut non consectetur magna ullamcorper nonummy dolore tellus ut diam nonummy. Erat nunc non sit ut non pharetra congue, ullamcorper turpis, dolore sem consectetur ac et elit. Tempus massa molestie lorem euismod pulvinar nunc tellus turpis nisi proin consectetur, magna praesent adipiscing, tempus. Proin at lorem lobortis eget erat mi felis tempus mi felis aliquam ante mauris sed eget. Ipsum massa molestie feugiat ut ullamcorper amet donec praesent adipiscing aliquam proin consectetur erat et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin consectetur ac nibh id ipsum massa mauris lorem lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus sit massa molestie dolor. Tincidunt pulvinar dolore, aliquet turpis nisi diam, nonummy donec diam, adipiscing aliquam praesent turpis aliquam proin elit ipsum laoreet id ipsum. Massa non amet congue ullamcorper aliquam sem consectetur magna diam nonummy donec diam nonummy donec aliquet turpis ut, non consectetur magna. Diam adipiscing aliquam proin adipiscing ac proin, at magna ullamcorper amet praesent felis lorem nibh, eget dolor laoreet id ipsum, massa. Mauris feugiat ut volutpat dolor tincidunt euismod, pulvinar nunc aliquet pharetra magna diam dolore aliquet amet nunc aliquet turpis ut sem. Consectetur donec mi adipiscing aliquam praesent adipiscing ac et elit erat praesent adipiscing tempus ante at lorem nibh elit diam, nonummy. Donec praesent turpis dolore aliquet sit nisi, sem consectetur donec praesent adipiscing aliquam proin at ac nibh eget sed laoreet, elit. Erat mi adipiscing ac consectetur erat mi id ipsum massa tellus feugiat lobortis volutpat dolor nunc tellus pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet dolore tellus sit nisi sem nonummy magna praesent felis aliquam nibh volutpat sed eget sed mi adipiscing tempus massa mauris, lorem, nibh eget sed laoreet molestie. Ipsum, lobortis, volutpat pharetra magna aliquet adipiscing nisi, ante ullamcorper felis, donec, laoreet sem eget sit lorem tincidunt proin mauris pharetra dolore ante volutpat pharetra donec ante sem. Felis at lorem nunc aliquet at dolor dolore proin volutpat tempus magna nunc nibh, aliquet mauris pharetra erat lobortis molestie feugiat magna diam nonummy aliquam sem consectetur ac. Et eget sed, laoreet id ac laoreet id ipsum ante mauris, ac et, elit sed mi id, ipsum ante mauris, tempus ante mauris sed laoreet id ipsum massa. Molestie feugiat nibh eget tincidunt id ipsum nunc tellus turpis nisi sem amet dolore mi felis tempus proin consectetur magna sem pharetra magna diam nonummy, dolore praesent turpis. Nisi proin at mi felis feugiat ut, non amet dolore ullamcorper, pulvinar nunc aliquet turpis magna diam, nonummy donec, praesent adipiscing feugiat ut pharetra, congue ullamcorper, turpis nisi. Proin elit sed, mi id ipsum lobortis molestie feugiat lobortis volutpat sed mi elit erat mi mauris feugiat lobortis volutpat pharetra congue pulvinar ut non pharetra congue diam. Nonummy erat ante felis aliquam proin consectetur, ac mi felis erat massa molestie feugiat ut non dolor nunc tellus sit ut sit congue ullamcorper amet dolore praesent turpis. Aliquam sem at erat mi, tellus turpis nisi, sem consectetur donec praesent adipiscing tempus proin at lorem nibh eget massa molestie pharetra magna diam nonummy, erat, mi felis. Tempus lobortis volutpat dolor tincidunt euismod ipsum ante molestie sit lobortis volutpat sed laoreet eget ipsum laoreet molestie lobortis volutpat, pharetra congue mi non elit sit pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus at sed tincidunt aliquet mauris dolor donec praesent at dolor congue praesent mauris pharetra magna mi tellus nonummy tempus nisi tincidunt proin nonummy tempus, lobortis et molestie consectetur. Pulvinar lorem erat lobortis diam id ipsum massa non nonummy erat praesent felis tempus ante eget dolor, laoreet, tellus nunc tellus sit ut ullamcorper, pharetra congue aliquet adipiscing aliquam proin. At sed nisi lobortis praesent non eget adipiscing ac tincidunt praesent eget pharetra donec, massa non ipsum magna massa et aliquet mauris nonummy, pulvinar sed dolore lobortis mi non id. At amet, ipsum, ac dolore laoreet ante, diam molestie erat dolore lobortis mi sem euismod mauris amet lorem donec ut nibh aliquet non felis sit ac nunc nibh aliquet volutpat. Id elit amet feugiat tempus ac, aliquet, eget nonummy sit sed nisi nibh ullamcorper mauris lorem lobortis volutpat ipsum, massa id ipsum ante molestie lorem lobortis euismod pulvinar nunc tellus. Turpis magna diam, laoreet molestie feugiat lobortis volutpat pharetra dolore aliquet amet dolore tellus sit ut non dolor congue euismod dolor nunc tellus ante molestie lorem nibh eget sed nibh. Eget ipsum massa id feugiat lobortis molestie, dolor lobortis volutpat dolor tincidunt id ipsum massa molestie lorem lobortis volutpat pulvinar euismod pulvinar ut sem nonummy donec mi felis tempus massa. Volutpat pharetra dolore ullamcorper turpis aliquam proin elit sed laoreet id tempus ante mauris lorem nibh sed nibh id ipsum massa non, consectetur magna ullamcorper, pharetra congue, euismod amet dolore. Aliquet turpis magna et elit erat mi felis lorem nibh volutpat sed, tincidunt pulvinar massa tellus feugiat lobortis eget lorem, nibh elit erat mi elit, tempus ante, mauris tempus et. Elit sed laoreet felis tempus mi adipiscing donec aliquet sit et nonummy erat laoreet id, feugiat massa mauris feugiat lobortis eget erat et felis tempus ante molestie dolor lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent at lorem et eget. Ipsum nunc tellus sit, ut non. Nonummy dolore, felis aliquam proin mauris. Ac mi, id, ipsum, ut sem. Nonummy, donec mi adipiscing aliquam, proin. At ac et elit sed laoreet. Tellus, at ac nonummy, dolore praesent. Felis lorem nibh euismod dolor nunc. Aliquet adipiscing, ac et elit erat. Mi id ipsum ante at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent adipiscing aliquam proin at ac diam. Elit tempus ante mauris feugiat lobortis non pharetra congue. Aliquet adipiscing sem, at erat mi felis tempus massa. Molestie dolor magna diam adipiscing aliquam ante at, ac. Et elit, sed laoreet id ipsum massa eget dolor. Eget pulvinar nunc, tellus, sit nisi diam, consectetur magna. Ullamcorper, turpis aliquam, proin at sed nibh eget sed. Laoreet id feugiat lobortis volutpat dolor tincidunt euismod mi. Id ipsum massa molestie dolor tincidunt, euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis volutpat tincidunt aliquet turpis nisi sem. Consectetur magna diam nonummy aliquam proin at ac et. Eget sed laoreet euismod pulvinar nunc tellus dolor tincidunt. Diam nonummy praesent adipiscing ac et elit, erat praesent. Adipiscing aliquam ante mauris ac, et elit, erat mi. Id feugiat lobortis non dolor congue ullamcorper amet praesent. Turpis nisi proin nonummy donec praesent adipiscing aliquam, praesent. Mauris feugiat tincidunt euismod amet dolore tellus sit ut. Sem consectetur magna diam aliquam praesent adipiscing magna diam. Elit donec, laoreet, id tempus ante at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus mi feugiat lobortis, euismod amet nisi aliquet sit. Nunc tellus pharetra, congue diam nonummy dolore ullamcorper, pulvinar, ut. Non pharetra congue ullamcorper pharetra dolore aliquet adipiscing proin at. Ac laoreet id pulvinar massa non pharetra magna diam nonummy. Aliquam ante mauris lorem et, elit pulvinar nunc molestie turpis. Nisi diam erat, mi molestie lorem nibh mauris lorem nibh. Elit sed massa molestie lorem proin at lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mauris lorem lobortis, euismod amet nisi sem, consectetur ac et. Elit erat mi molestie feugiat lobortis volutpat sed, tincidunt ullamcorper pulvinar. Nunc tellus sit, diam nonummy, erat mi felis tempus nibh mauris. Erat, laoreet id ipsum massa molestie sit ut non pharetra congue. Euismod sit ut non pharetra magna amet dolore aliquet turpis nisi. Sem at ac diam nonummy magna praesent adipiscing tempus, ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi ipsum massa molestie lorem lobortis id ipsum massa, molestie feugiat lobortis volutpat, feugiat, lobortis eget dolor laoreet euismod pulvinar. Nunc non nonummy donec mi ipsum massa molestie sed laoreet id ipsum nunc tellus feugiat lobortis, volutpat pharetra tincidunt ullamcorper amet. Dolore aliquet sit, magna et nonummy erat mi nonummy proin at ac nibh elit, erat mi felis tempus mi mauris lorem. Et eget sed laoreet felis erat mi id ipsum ante mauris lorem et at erat molestie turpis nisi sem pharetra donec. Praesent adipiscing aliquam, proin at nisi sem nonummy donec ullamcorper nonummy dolore aliquet turpis nisi non sit non nonummy donec praesent. Turpis nisi sem, consectetur erat mi elit, erat mi adipiscing tempus ante eget sed et elit erat praesent adipiscing, aliquam proin. Adipiscing ac eget, sed laoreet id sit lobortis volutpat dolor congue ullamcorper amet donec praesent adipiscing, magna diam nonummy magna ullamcorper. Amet dolore praesent, adipiscing aliquam sem turpis congue, pharetra donec mi felis tempus nibh eget, sed laoreet id ipsum nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent at lorem et elit magna et nonummy dolore ullamcorper pulvinar nunc. Aliquet turpis magna, sem pharetra congue, adipiscing aliquam, ante at lorem nibh eget. Sed massa molestie sit ut, ullamcorper amet dolore ullamcorper amet dolore sem consectetur. Ac mi felis tempus tellus pharetra magna ullamcorper nonummy donec praesent at aliquam. Proin at ac et id feugiat lobortis volutpat, feugiat lobortis euismod pulvinar dolore. Sem, at, ac nibh eget nunc tellus sit lobortis eget lorem laoreet id. Ipsum massa tellus sit ut diam, nonummy erat praesent adipiscing aliquam ante at. Erat mi ipsum ante tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, pharetra congue ullamcorper turpis et eget dolor laoreet euismod pulvinar nunc tellus sit, congue ullamcorper pharetra, dolore praesent mauris lorem nibh eget ipsum nunc aliquet turpis, nisi ullamcorper nonummy. Ante mauris lorem lobortis euismod pulvinar, tincidunt euismod sit ut non pharetra congue diam adipiscing tempus proin molestie dolor tincidunt euismod ipsum massa tellus sit diam nonummy donec diam turpis. Aliquam proin, at ac et eget erat, mi felis tempus ante adipiscing ac et eget sed, laoreet molestie ut sem consectetur dolore, aliquet turpis nisi, proin eget dolor tincidunt tellus. Turpis aliquam et elit erat mi felis tempus massa molestie lorem nibh elit erat laoreet ipsum ut, non consectetur magna diam nonummy donec aliquet turpis, nisi sem nonummy magna diam. Nonummy dolore aliquet, turpis nisi, proin at ac mi id ipsum massa dolor congue diam nonummy nisi sem sit ut sem pharetra, congue ullamcorper, amet dolore, aliquet adipiscing, aliquam et. At magna diam nonummy dolore ullamcorper pulvinar proin elit, sed laoreet euismod pulvinar nunc molestie lorem nibh volutpat dolor nunc tellus pulvinar massa, tellus sit lobortis, volutpat pharetra congue aliquet. Turpis nisi aliquet turpis diam consectetur donec diam nonummy donec aliquet turpis ut non consectetur magna ullamcorper amet donec praesent, adipiscing aliquam proin at magna diam nonummy, donec mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, euismod sit ut sem pharetra congue ullamcorper amet dolore praesent adipiscing sem pharetra congue. Diam amet erat ante molestie dolor tincidunt ullamcorper pulvinar nunc euismod ipsum massa mauris tempus. Proin eget lorem laoreet, id pulvinar, nunc pharetra congue diam, amet donec mi felis lorem. Nibh volutpat dolor laoreet id tempus ante molestie sit ut euismod pulvinar, nunc tellus turpis. Aliquam proin erat laoreet felis tempus ante mauris lorem et elit ac et elit tempus. Mi mauris aliquam ante mauris ac et elit erat mi feugiat ut non, dolor, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus ante mauris feugiat lobortis euismod pulvinar nunc aliquet turpis tellus sit congue diam. Nonummy donec praesent adipiscing aliquam proin at ac diam elit, erat mi felis lorem nibh. Eget, erat laoreet id tempus ante mauris nibh eget dolor tincidunt id pulvinar, nunc non. Consectetur ac et elit, erat ante molestie, dolor tincidunt, euismod pulvinar nunc euismod pulvinar massa. Mauris lorem volutpat pulvinar dolore aliquet sit ut tellus sit ut non pharetra dolore, aliquet. Adipiscing, nisi proin elit sed laoreet felis tempus ante felis proin at ac nibh elit. Erat mi felis aliquam ante mauris ac proin elit erat mi felis ipsum massa molestie. Dolor tincidunt euismod pulvinar nunc tellus pulvinar non consectetur magna diam amet dolore tellus sit. Ut, sem at ac et elit erat ante at ac nibh eget, sed mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor tincidunt aliquet, turpis nisi sem consectetur magna praesent adipiscing tempus proin at. Ac et elit et elit tempus ante felis lorem nibh volutpat, dolor tincidunt tellus, sit. Nisi sem pharetra congue, non pharetra congue euismod pulvinar massa aliquet turpis volutpat dolor congue. Aliquet turpis aliquam proin, mauris sed tincidunt tellus pulvinar nunc non pharetra magna diam amet. Dolore aliquet turpis aliquam proin at ac diam, nonummy, mi tellus turpis nisi sem dolor. Congue ullamcorper nonummy aliquam praesent, adipiscing aliquam sem consectetur ac, diam nonummy dolore aliquet turpis. Aliquam proin magna diam nonummy magna aliquet, amet dolore tellus sit ut sem nonummy magna. Diam, nonummy aliquam, proin at ac proin consectetur, congue diam nonummy erat ante mauris, lobortis. Volutpat dolor tincidunt euismod pulvinar, nunc, non consectetur magna diam nonummy donec proin at sed. Laoreet id pulvinar massa tellus sit ut non amet congue amet, nisi sem turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing tempus ante mauris lorem nibh elit erat amet aliquam proin at ac et eget, erat laoreet. Felis, tempus, ante molestie dolor tincidunt volutpat dolor tincidunt tellus sit ut sem at magna diam congue aliquet. At, ac nibh elit erat mi felis erat ante felis lorem ante mauris lorem et nonummy magna ullamcorper. Nonummy aliquam praesent adipiscing aliquam at ac et nonummy erat proin at ac et eget sed laoreet id. Ipsum massa molestie feugiat lobortis eget sed laoreet id ipsum laoreet tellus pharetra congue, amet congue, praesent, adipiscing. Ac et elit sed mi felis tempus ante felis tempus nibh eget, dolor tincidunt tellus sit aliquam sem. Consectetur ullamcorper pharetra congue ullamcorper amet dolore tellus feugiat massa molestie lorem nibh elit erat, laoreet felis tempus. Mi felis lorem, ante at ac diam nonummy, donec diam dolore aliquet turpis aliquam proin at erat laoreet. Id feugiat massa molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum ante mauris tempus ante mauris lorem nibh. Elit laoreet adipiscing aliquam praesent, adipiscing aliquam sem at ac diam consectetur congue ullamcorper turpis dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt ullamcorper turpis ut non, consectetur ac diam nonummy donec praesent amet. Dolore sit ut non pharetra congue, ullamcorper amet donec aliquet adipiscing aliquam sem pharetra. Congue, diam nonummy dolore aliquet adipiscing ac et elit sed massa ipsum ante mauris. Dolor congue ullamcorper nonummy donec, praesent consectetur magna diam nonummy magna diam amet donec. Proin mauris ac nibh elit erat et felis tempus mauris tempus ante mauris ac. Mi felis erat praesent adipiscing dolore euismod sit nunc non consectetur erat mi id. Tempus ante, molestie lorem elit sed mi felis tempus ante felis lorem nibh volutpat. Lorem nibh id ipsum massa, molestie, sit ut volutpat dolor laoreet id, sed massa. Molestie sit, ut amet dolore praesent adipiscing aliquam proin at magna, diam, nonummy donec. Mi mauris feugiat nibh eget sed tincidunt id pulvinar massa molestie ipsum massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi euismod sit nisi sem nonummy donec praesent felis tempus nibh eget sed nibh id sed felis, tempus ante at aliquam sem consectetur magna diam elit dolore. Praesent adipiscing tempus proin mauris ac nibh id, ipsum, massa id lorem ante mauris lorem eget erat, laoreet molestie sit ut non pharetra dolore aliquet turpis nisi. Sem mauris sed tincidunt euismod sit ut sem consectetur magna diam nonummy aliquam turpis nisi proin at erat et felis erat mi felis tempus ante eget lorem. Laoreet id ipsum massa molestie sit congue ullamcorper amet euismod sit ut non pharetra congue ullamcorper pharetra tincidunt, ullamcorper amet nunc euismod feugiat ut volutpat feugiat tincidunt. Ullamcorper, amet donec praesent at ac nibh elit erat adipiscing aliquam proin at, aliquam et at ac mi felis ipsum ut sem nonummy magna praesent felis tempus. Ante mauris ac et elit erat mi felis tempus at lorem nibh eget ac et elit erat praesent adipiscing tempus ante, mauris dolor laoreet euismod ipsum, massa. Tellus pharetra congue diam nonummy ante eget dolor, congue ullamcorper turpis nisi, sem elit erat, mi id ipsum ante molestie lorem lobortis eget sed laoreet eget sed. Massa molestie feugiat lobortis non tincidunt id ipsum nunc, aliquet consectetur, ac mi, felis tempus massa, molestie dolor lobortis euismod pulvinar, tincidunt tellus turpis ut non sit. Ut ullamcorper amet congue ullamcorper nunc tellus sit lobortis volutpat pharetra congue ullamcorper, turpis nisi aliquet turpis magna et felis tempus ante felis lorem ut non pharetra. Congue, aliquet turpis aliquam proin magna, et id ipsum massa, molestie dolor congue aliquet turpis dolore euismod sit nunc tellus feugiat lobortis eget lorem laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet donec mi mauris ac nibh euismod pulvinar nisi, sem consectetur ac pharetra magna, diam adipiscing tempus proin. At ac et id ipsum, massa molestie feugiat lobortis volutpat pharetra congue, ullamcorper pulvinar dolore aliquet pulvinar massa tellus. Lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat massa mauris lorem laoreet id pulvinar, nunc molestie ipsum lobortis. Volutpat pharetra congue aliquet adipiscing aliquam sem, ut sem pharetra magna praesent nonummy aliquam ante at ac et eget. Sed massa id tempus ante mauris lorem, lobortis volutpat sed, laoreet, pulvinar nisi sem consectetur, congue diam nonummy donec. Aliquet sit aliquam proin at ac et elit erat proin adipiscing aliquam, sem consectetur ac et elit tempus ante. Feugiat tincidunt ullamcorper amet donec proin at ac, laoreet id, pulvinar ut, non consectetur, magna ullamcorper nonummy donec, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor tincidunt euismod amet, dolore, aliquet adipiscing aliquam sem nonummy donec praesent adipiscing aliquam ante molestie. Ac nibh volutpat mi felis ipsum massa molestie feugiat lobortis euismod pulvinar nunc aliquet, turpis, nisi non pharetra. Magna diam adipiscing donec aliquet adipiscing nisi et, elit sed felis tempus ante, molestie tempus ante at magna. Diam nonummy, magna praesent felis tempus ante at aliquam proin elit sed laoreet id ipsum, massa mauris, lorem. Elit erat mi felis tempus ante mauris lorem nibh mauris ac laoreet id ipsum massa molestie ipsum nibh. Mauris sed, tincidunt euismod amet dolore sit nisi sem pharetra congue euismod turpis aliquam ante at magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent adipiscing tellus pharetra congue non dolor congue aliquet turpis aliquam proin, at magna sem pharetra magna diam nonummy donec sem at ac et eget ipsum massa. Feugiat lobortis volutpat dolor tincidunt ullamcorper amet nisi sem turpis nisi, sem pharetra congue diam turpis aliquam proin at ac sem pharetra ut volutpat nibh eget pulvinar massa id. Tempus massa molestie ac et elit sed laoreet id ipsum massa mauris lorem lobortis volutpat dolor laoreet eget sed laoreet, felis aliquam adipiscing lorem nibh eget ipsum massa id. Feugiat lobortis volutpat dolor, tincidunt euismod dolor laoreet id tempus ante felis lorem lobortis volutpat dolor tincidunt pulvinar nunc tellus feugiat, ut non pharetra congue aliquet amet dolore sem. At ac et nonummy erat praesent, adipiscing aliquam proin consectetur ac et, elit erat felis tempus proin mauris ac et elit erat et felis tempus, ante mauris, lorem nibh. Eget sed tincidunt euismod pulvinar ut, tellus pharetra, congue non, amet dolore, pulvinar nunc non consectetur ac et elit erat mi at ac proin at ac et elit donec. Ante mauris lorem at ac, diam nonummy magna diam nonummy donec proin at ac proin elit erat mi felis tempus ante felis aliquam proin at ac diam nonummy, donec. Mi aliquam proin mauris lorem et eget sed praesent adipiscing aliquam, praesent at ac et, elit erat mi felis erat mi felis, aliquam sem consectetur ut sem nonummy ullamcorper. Amet nunc tellus sit nisi sem consectetur, congue ullamcorper amet congue, ullamcorper pulvinar nunc molestie feugiat ut volutpat pharetra congue euismod amet, dolore praesent consectetur ac nonummy donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, ac et elit sed laoreet felis mi mauris, tempus ante at lorem, mi id ipsum. Ante mauris feugiat ut non pharetra congue id pulvinar nunc molestie ipsum ante at ac proin. Nisi non consectetur dolore praesent felis nisi sem at ac et id ipsum nunc molestie pharetra. Congue ullamcorper amet tincidunt euismod ipsum, massa molestie ipsum mauris feugiat tincidunt euismod pulvinar nunc tellus. Sit ut non pharetra congue euismod pulvinar donec aliquet turpis ut non pharetra, magna et elit. Donec ante, volutpat, lobortis euismod pulvinar tincidunt euismod pulvinar nunc non, pharetra congue euismod pulvinar nunc. Tellus sit aliquam proin at ac, mi id tempus ante mauris lobortis elit, erat et, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur ac diam elit. Erat massa tellus sit non pharetra. Dolore aliquet turpis nisi tellus turpis. Nisi non amet donec mi adipiscing. Tempus, ante mauris lorem, et elit. Erat mi, felis lorem nibh, sed. Laoreet euismod pulvinar nunc tellus feugiat. Lobortis ullamcorper pharetra dolore ullamcorper amet. Dolore sem turpis ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy magna diam adipiscing aliquam massa volutpat, dolor laoreet, id ipsum massa molestie feugiat, ut sem consectetur congue aliquet turpis tempus, ante ac nibh id. Ipsum nunc non sit ut non pharetra dolore aliquet amet, nunc sem consectetur ac et felis erat massa mauris lorem ante, mauris diam consectetur donec. Praesent felis, feugiat lobortis volutpat dolor congue ullamcorper pulvinar massa tellus feugiat lobortis, volutpat, dolor lobortis eget sed laoreet euismod pulvinar massa mauris feugiat eget. Pulvinar nunc tellus sit ut tellus pharetra congue ullamcorper nonummy donec, praesent adipiscing nisi sem consectetur ac et, felis tempus ante mauris aliquet turpis nisi. Sem nonummy donec praesent adipiscing tempus ante at ac proin elit erat et felis ipsum lobortis non pharetra, lobortis volutpat erat et felis tempus adipiscing. Tempus nibh mauris lorem et eget sed massa id ipsum lobortis, volutpat, pharetra congue euismod pulvinar dolore aliquet turpis ut non consectetur magna ullamcorper amet. Nisi turpis magna diam nonummy donec mi felis ipsum lobortis volutpat dolor laoreet eget sed mi felis, donec praesent turpis dolore turpis magna sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, proin mauris, sed laoreet id, sit ut feugiat lobortis molestie dolor tincidunt euismod pulvinar massa molestie feugiat ut volutpat pharetra congue ullamcorper nonummy, aliquam proin adipiscing magna. Et elit erat laoreet felis aliquet adipiscing aliquam sem, consectetur congue, diam nonummy erat, mi felis, aliquam sem at ac et nonummy donec, praesent, adipiscing tempus nibh eget. Lorem laoreet sed massa molestie pharetra magna diam nonummy donec, aliquet turpis dolore sem consectetur magna sem nonummy donec mi felis tempus, ante mauris sed laoreet, donec praesent. Adipiscing donec ante at aliquam proin at ac, et elit donec praesent adipiscing aliquam, ante mauris ac, laoreet euismod pulvinar massa molestie feugiat nibh volutpat et elit erat. Et felis tempus proin mauris ac et elit erat mi elit erat praesent adipiscing tempus sem at, ac nibh, elit erat mi felis proin molestie sed laoreet euismod. Pulvinar dolore aliquet feugiat ut non, pharetra, congue ullamcorper amet dolore aliquet turpis nisi diam nonummy praesent felis tempus nibh, mauris ac et elit ac mi id, consectetur. Dolor aliquam nibh aliquet non id turpis magna nibh id sit magna nibh euismod turpis congue praesent molestie pharetra donec proin mauris feugiat congue praesent mauris dolor magna. Praesent tellus consectetur ipsum ac donec lobortis ullamcorper tellus sit ut ullamcorper, nonummy donec at lorem et, eget dolor tincidunt tellus sit ut non, pharetra magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa tellus pharetra congue ullamcorper amet dolore aliquet amet, dolore sem turpis ut, volutpat dolor tincidunt, euismod amet dolore aliquet nunc non. Consectetur donec diam amet dolore ullamcorper pulvinar dolore, aliquet turpis congue ullamcorper nonummy erat mi felis, tempus nibh eget lorem nibh elit erat nonummy. Donec praesent adipiscing aliquam proin elit erat, et nonummy, aliquam, ante molestie lorem nibh volutpat sed laoreet euismod ipsum massa mauris lorem nibh mauris. Lorem et erat mi id ipsum nibh eget lorem nibh id erat mi felis tempus ante mauris lorem et eget erat mi elit tempus. Mi, donec proin at ac nibh elit erat mi felis aliquam proin at ac et at ac diam felis erat praesent turpis nisi sem. Turpis magna sem consectetur ullamcorper amet donec aliquet adipiscing nisi sem pharetra congue ullamcorper amet congue ullamcorper amet nunc tellus sit ut non dolor. Tincidunt euismod pulvinar nunc euismod sit nisi, nonummy donec praesent nonummy donec praesent adipiscing aliquam proin at ac diam felis ipsum massa molestie dolor. Lobortis euismod pulvinar euismod pulvinar nunc non sit congue ullamcorper amet dolore aliquet turpis, nisi sem pharetra congue volutpat amet dolore aliquet at ac. Proin elit ac diam nonummy, mi mauris lorem nibh mauris sed laoreet id, pulvinar massa molestie feugiat ut aliquet amet dolore sem, at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec praesent felis ipsum lobortis eget lorem nibh id. Ipsum, massa tellus sit ut volutpat pharetra, congue amet dolore sem. Mauris, lorem, nibh eget sed mi felis tempus proin adipiscing nisi. Sem at ac diam nonummy donec mi mauris lorem nibh adipiscing. Tempus ante mauris lorem, laoreet id pulvinar ante molestie lorem lobortis. Eget sed laoreet id, pulvinar nunc molestie feugiat lobortis molestie dolor. Congue aliquet amet, tellus turpis magna et nonummy donec praesent nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc molestie sit congue ullamcorper amet donec praesent adipiscing. Sem at ac laoreet felis ipsum lobortis non dolor. Congue diam, adipiscing aliquam proin at ac et elit. Sed nunc non consectetur ac mi felis massa molestie. Feugiat lobortis volutpat dolor tincidunt tellus turpis nisi sem. Nonummy tempus, ante molestie feugiat nibh volutpat, sed tincidunt. Euismod pulvinar nunc molestie ipsum volutpat dolor lobortis volutpat. Sed tincidunt euismod, pulvinar nunc sem consectetur congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut non pharetra, ullamcorper felis tempus ante mauris lorem nibh volutpat pulvinar nunc aliquet turpis, nisi et nonummy donec praesent. Mauris feugiat nibh volutpat pharetra nunc aliquet turpis sem consectetur magna et elit tempus massa molestie feugiat tincidunt ullamcorper pulvinar tincidunt. Euismod pulvinar massa mauris tempus proin at ac et, eget pulvinar massa feugiat ut non pharetra dolore praesent adipiscing aliquam proin. Consectetur ac diam, nonummy erat, mi mauris tempus ante, at ac et eget sed id feugiat lobortis volutpat sed laoreet id. Pulvinar dolore aliquet sit ut non, dolor congue ullamcorper amet dolore aliquet turpis ut tellus sit lobortis eget dolor tincidunt sit. Ut, non sit congue diam nonummy dolore praesent adipiscing, aliquam et elit erat mi, elit tempus ante mauris feugiat lobortis, eget. Lorem laoreet, eget ipsum massa consectetur ac et felis, erat praesent adipiscing ac, et elit erat mi felis, tempus massa molestie. Feugiat tincidunt, ullamcorper amet nunc tellus pulvinar ut elit erat mi felis tempus ante, at ac et elit erat mi felis. Tempus ante mauris lorem nibh volutpat pulvinar nunc tellus turpis nisi non sit magna id ipsum lobortis volutpat pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra donec praesent tempus, nibh euismod pulvinar nunc euismod. Pulvinar ut non, pharetra magna ullamcorper amet dolore aliquet, turpis dolore sem. Consectetur ac diam consectetur magna diam lorem lobortis, volutpat sed nibh eget. Ipsum nunc sem at ac et adipiscing aliquam proin adipiscing aliquam et. Elit ac mi felis tempus ante adipiscing ante, mauris sed tincidunt tellus. Sit ut non pharetra congue volutpat dolor tincidunt eget ipsum massa molestie. Ipsum lobortis non, pharetra congue euismod aliquam proin at ac et eget. Ipsum massa tellus feugiat lobortis eget dolor laoreet id pulvinar nunc aliquet. Consectetur erat, laoreet felis erat mi mauris lorem ante sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis mauris lorem nibh eget sed mi. Felis tempus ante, mauris lobortis euismod pulvinar tincidunt. Euismod pulvinar ut non nonummy donec diam nonummy. Donec aliquet adipiscing aliquam proin consectetur magna diam. Nonummy dolore aliquet turpis nisi at erat et. Elit erat ante felis tempus proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing lorem ante eget lorem id pulvinar dolore sem consectetur magna ullamcorper elit tempus mi adipiscing aliquam aliquet consectetur nisi diam nonummy donec diam. Adipiscing tempus, ante mauris sed tincidunt turpis dolore sem consectetur congue, ullamcorper nonummy donec praesent felis lorem nibh eget sed laoreet id pulvinar nunc mauris. Feugiat lobortis volutpat pharetra congue tellus ut non consectetur ac et elit tempus ante mauris lorem lobortis volutpat dolor tincidunt euismod, pulvinar nunc, tellus pharetra. Congue diam nonummy donec ullamcorper pharetra congue euismod ipsum massa id ipsum lobortis molestie lorem et elit ac et elit donec praesent adipiscing tempus ante. Eget sed nunc, tellus sit nisi consectetur magna et adipiscing, donec aliquet turpis aliquam aliquet turpis magna diam consectetur congue ullamcorper, amet dolore aliquet, turpis. Ut sem consectetur donec praesent adipiscing tempus nibh sed tincidunt euismod pulvinar massa tellus sit, ut, non pharetra dolore aliquet amet nisi sem, at lorem. Nibh id sed mauris lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut volutpat feugiat lobortis euismod sed tincidunt felis tempus mi mauris. Lorem ante mauris lorem nibh sed laoreet id ipsum lobortis, volutpat pharetra tincidunt, ullamcorper amet dolore sem consectetur nisi volutpat dolor tincidunt ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec mi id feugiat lobortis volutpat pharetra congue ullamcorper. Turpis aliquam proin at ac et elit ullamcorper, amet dolore. Aliquet, mauris dolor tincidunt id ipsum nunc tellus feugiat lobortis. Volutpat dolor laoreet id ipsum, massa molestie feugiat lobortis volutpat. Dolor euismod amet nunc, tellus sit nisi, diam nonummy donec. Mi mauris aliquam ante, eget, sed, tincidunt euismod amet dolore. Tellus sit congue diam pharetra congue aliquet, adipiscing congue ullamcorper. Amet nisi sem consectetur ac et eget ipsum nunc tellus. Sit ut, non dolor congue id pulvinar dolore sem turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet, nunc tellus sit ut non pharetra magna praesent felis tempus ante mauris sed laoreet sed, laoreet, molestie, sit, lobortis non amet dolore ullamcorper turpis aliquam ante at sed. Nibh id ipsum, nunc tellus feugiat nibh mauris lorem laoreet id sed molestie pharetra ut ullamcorper pharetra, congue, ullamcorper turpis dolore aliquet, consectetur magna diam nonummy erat ante mauris feugiat. Lobortis ullamcorper amet dolore proin at ac eget sed laoreet felis ipsum massa molestie feugiat tincidunt euismod amet dolore aliquet sit, nisi non pharetra congue ullamcorper amet dolore tellus sit. Ut pharetra congue diam amet donec aliquet adipiscing aliquam, proin at ac et felis, ipsum massa molestie sit congue ullamcorper pulvinar, nunc aliquet adipiscing nisi proin elit laoreet id ipsum. Ante mauris lorem et eget erat laoreet, euismod sit nunc non pharetra congue, ullamcorper amet, dolore aliquet adipiscing aliquam sem consectetur magna praesent adipiscing ante mauris feugiat nibh eget sed. Laoreet euismod feugiat ut, sem nonummy tempus massa tellus pharetra ut volutpat pharetra tincidunt pulvinar massa tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet consectetur nisi sem consectetur. Magna praesent adipiscing aliquam praesent turpis nisi non pharetra congue ullamcorper donec praesent adipiscing, aliquam nibh eget sed, laoreet id ipsum, ante mauris lorem lobortis eget sed laoreet felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet donec aliquet adipiscing ac laoreet euismod pulvinar massa molestie feugiat ut volutpat dolor lobortis euismod pulvinar euismod pulvinar, ut tellus sit ut non amet, donec, praesent. Adipiscing aliquam proin at magna diam, nonummy donec praesent adipiscing ac et elit magna elit erat mi felis aliquam proin consectetur magna diam eget erat laoreet id feugiat. Lobortis, non pharetra tincidunt ullamcorper amet nisi sem turpis magna diam nonummy donec adipiscing lorem ante consectetur, ac et nonummy erat praesent adipiscing donec proin at aliquam, non. Pharetra ut non dolor tincidunt ullamcorper, amet dolore turpis nisi diam consectetur magna ullamcorper pulvinar nunc, euismod pulvinar, massa tellus pharetra magna diam amet donec aliquet adipiscing lorem. Congue massa sem id consectetur, pulvinar aliquam volutpat, adipiscing feugiat magna mi mauris feugiat ut ullamcorper adipiscing ipsum congue mi molestie consectetur erat laoreet tellus elit pulvinar tempus. Donec nisi nibh aliquet consectetur magna id pulvinar ac proin at erat mi felis tempus ante mauris lorem nibh eget sed mi elit erat mi mauris nibh mauris. Sed tincidunt euismod pulvinar massa tellus feugiat ut non pharetra dolore aliquet adipiscing ac et elit erat et, elit erat mi felis aliquam ante mauris, nibh elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy, aliquam proin at ac nibh eget mi felis tempus, ante molestie feugiat lobortis eget sed laoreet, id tempus massa molestie sit donec nunc proin. Ullamcorper molestie amet donec lobortis diam elit tempus nunc aliquet at erat nunc ante volutpat adipiscing feugiat donec nunc nibh aliquet eget adipiscing feugiat sed aliquam. Congue ut nunc nibh aliquet volutpat ipsum lorem dolore nibh praesent tellus id at amet feugiat magna nunc nibh praesent non felis consectetur pulvinar nisi nibh. Ullamcorper molestie elit sit aliquam nibh diam adipiscing donec praesent adipiscing ac et at sed mi id ipsum ante felis tempus ante mauris, erat et, felis. Ipsum ac et, eget sed adipiscing aliquam ante at ac proin elit, erat laoreet felis erat mi mauris, lorem lobortis eget erat et nonummy donec diam. Nonummy donec praesent adipiscing magna elit erat mi, adipiscing tempus proin mauris ac et at ac et, felis tempus massa, mauris feugiat tincidunt ullamcorper nonummy donec. Aliquet consectetur nisi sem consectetur, magna felis, ipsum massa volutpat sed nibh elit erat mi id feugiat massa volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis. Sem nonummy magna diam, nonummy donec ullamcorper sit ut non consectetur magna diam nonummy erat praesent adipiscing nisi aliquet turpis ut volutpat, feugiat tincidunt ullamcorper, amet. Dolore turpis ut non sit ut ullamcorper nonummy, donec praesent at lorem lobortis eget erat mi elit erat ante felis aliquam proin at ac et eget. Tempus massa sit congue non amet donec praesent adipiscing nisi proin at erat et elit erat, praesent turpis nisi aliquet turpis nisi non pharetra congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper nonummy donec, praesent at ac proin at ac et feugiat lobortis. Non pharetra magna praesent adipiscing tempus nibh eget lorem nibh elit sed laoreet id. Feugiat lobortis, volutpat feugiat lobortis volutpat sed laoreet felis ante felis lorem nibh eget. Sed laoreet id tempus ante felis tempus ante at ac, et eget sed mi. Felis tempus ante mauris feugiat nibh pulvinar dolore aliquet turpis nisi non pharetra tincidunt. Euismod pulvinar dolore tellus ipsum massa, id ipsum massa mauris lorem laoreet, id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec mi felis aliquam proin at sed tincidunt euismod sit ut non pharetra magna, diam adipiscing praesent at ac, et eget sed. Mi elit tempus ante felis tempus nibh eget sed laoreet, id pulvinar nunc, molestie, feugiat lobortis volutpat amet dolore adipiscing ac et eget sed. Laoreet molestie feugiat, massa mauris lorem ante eget, lorem laoreet id ipsum massa mauris lorem ante mauris lorem nibh id nunc non sit ut. Non pharetra tincidunt, volutpat dolor tincidunt euismod feugiat ut volutpat dolor congue diam adipiscing tempus nibh eget sed laoreet, id ut non sit ut. Non, dolor congue ullamcorper pulvinar nunc molestie, sit ut, volutpat dolor tincidunt euismod dolor laoreet euismod pulvinar massa tellus sit ut volutpat congue praesent. Adipiscing ac et elit sed laoreet, molestie sit ut sem, consectetur magna diam adipiscing aliquam, proin at magna diam nonummy erat mi adipiscing donec. Aliquet aliquam proin at, ac et elit erat praesent adipiscing lorem nibh eget sed mi, felis ipsum massa felis feugiat congue, amet donec proin. Adipiscing, ac et elit erat mi, elit erat mi mauris, ac nibh eget dolor tincidunt, euismod sit, ut non consectetur magna, ullamcorper, pulvinar nunc. Turpis ut sem at ac diam elit donec praesent mauris feugiat nibh eget erat mi elit erat mi felis tempus, ante at magna diam. Nonummy donec diam donec proin at aliquam proin at magna, ullamcorper elit tempus ante felis lorem nibh elit erat mi felis, erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar nunc non consectetur erat, mi id ipsum, ante molestie lorem. Tincidunt euismod pulvinar sem turpis ut, sem elit erat ante mauris feugiat nibh. Volutpat, amet donec praesent at ac, nibh eget, erat et felis erat massa. Molestie, dolor mi mauris tempus ante at ac diam, nonummy donec praesent adipiscing. Aliquam ante, mauris lorem nibh elit erat laoreet id ipsum ante mauris lorem. Nibh amet nisi aliquet, turpis, ut sem consectetur donec praesent felis aliquam, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa molestie feugiat molestie, pharetra, congue ullamcorper turpis dolore sem consectetur ac. Nibh id pulvinar massa tellus pharetra congue, praesent adipiscing aliquam praesent turpis aliquam proin. Elit sed molestie turpis nisi diam nonummy erat mi adipiscing tempus nibh eget dolor. Tincidunt id pulvinar, ut non, pharetra congue non amet dolore aliquet turpis nisi euismod. Pulvinar tincidunt euismod pulvinar lobortis molestie feugiat nibh eget ac et nonummy erat praesent. Adipiscing tempus, nibh eget dolor, dolore aliquet amet sem consectetur magna diam nonummy, erat. Mi felis, tempus ante eget sed, laoreet id ipsum massa mauris tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, molestie sit lobortis molestie dolor lobortis euismod dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt id sed. Id feugiat ut volutpat pharetra tincidunt euismod amet massa aliquet turpis magna sem consectetur magna ullamcorper turpis dolore aliquet pulvinar nunc. Molestie feugiat lobortis volutpat tincidunt tellus sit ut tellus pharetra congue ullamcorper amet dolore ullamcorper amet dolore tellus sit lobortis volutpat. Feugiat lobortis volutpat dolor tincidunt euismod nunc tellus sit lobortis volutpat dolor laoreet id ipsum nunc molestie ipsum lobortis volutpat feugiat. Lobortis volutpat amet, dolore aliquet consectetur nisi diam nonummy magna diam, nonummy tellus, turpis nisi sem consectetur magna ullamcorper amet congue. Euismod turpis nisi sem consectetur magna diam elit erat mi felis lorem nibh, mauris lorem nibh eget erat adipiscing tempus nibh. Volutpat pharetra congue aliquet adipiscing nisi sem at ac et felis tempus ante felis tempus proin, at, ac nibh elit laoreet. Molestie feugiat lobortis non pharetra congue, ullamcorper amet nunc tellus sit, ut non dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc. Molestie feugiat lobortis euismod amet tellus, sit ut non sit congue ullamcorper pharetra congue euismod ipsum nunc aliquet turpis, nisi sem. Nonummy erat, ante mauris lorem ante mauris lorem nibh eget sed adipiscing aliquam praesent adipiscing aliquam proin consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus consectetur nisi et felis tempus ante mauris feugiat lobortis ullamcorper, nonummy donec proin adipiscing ac nibh elit sed massa molestie sit. Congue diam dolore aliquet, turpis nisi non pharetra congue ullamcorper amet dolore aliquet sit nisi sem at, erat laoreet molestie feugiat lobortis. Volutpat pharetra congue euismod dolor, felis erat ante mauris tempus, ante mauris lorem laoreet, id ipsum laoreet felis ipsum lobortis eget, dolor. Tincidunt ullamcorper turpis nisi proin elit erat mi elit massa, volutpat dolor tincidunt volutpat sed tincidunt euismod ipsum, massa mauris lorem, nibh. Volutpat, dolor laoreet ullamcorper amet dolore aliquet consectetur congue non amet euismod turpis nisi sem, consectetur nisi sem consectetur magna diam adipiscing. Tempus nibh eget, dolor congue ullamcorper turpis aliquam proin elit erat et felis, tempus mi felis ante eget dolor nunc, euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper, amet, donec proin, mauris, lorem et ac et felis tempus ante mauris tempus, et elit sed laoreet felis tempus. Ante mauris tempus ante, mauris sed laoreet euismod pulvinar nunc tellus feugiat non amet, dolore ullamcorper, amet, dolore aliquet sit ut. Non pharetra tincidunt, euismod amet dolore, tellus sit nunc molestie feugiat nibh eget sed laoreet, eget laoreet, id, ipsum massa molestie. Feugiat nibh eget sed mi felis ipsum ante mauris feugiat lobortis eget sed laoreet id pulvinar, massa molestie lobortis volutpat sed. Laoreet euismod, ipsum nunc molestie feugiat ante mauris lorem, et eget, sed laoreet, id, ipsum nunc tellus feugiat lobortis, volutpat dolor. Tincidunt euismod pulvinar molestie sit ut non pharetra tincidunt euismod amet dolore aliquet turpis ut sem consectetur erat mi felis tempus. Ante at lorem nibh id sed mi id feugiat volutpat dolor congue aliquet adipiscing ac proin at ac et id ipsum. Massa volutpat feugiat lobortis, eget lorem laoreet id pulvinar massa id ipsum ante mauris ac elit erat laoreet, id, tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget tincidunt euismod sit ut tellus pharetra magna diam adipiscing aliquam proin at ac et id sed laoreet, felis ipsum massa molestie lorem lobortis volutpat dolore aliquet. Turpis nisi diam elit erat mi, felis tempus praesent turpis nisi sem pharetra congue ullamcorper, nonummy donec praesent adipiscing aliquam et elit, erat felis nonummy sed massa. Proin ullamcorper volutpat id at sed, dolore et volutpat amet nisi, proin eget sed, nunc tellus, turpis, magna nibh eget ipsum ut sem eget id sit magna. Mi molestie turpis ac, nunc proin volutpat mauris consectetur pulvinar nisi et tellus turpis magna diam, nonummy donec praesent feugiat lobortis non pharetra, congue ullamcorper, amet dolore. Tellus consectetur magna non pharetra congue ullamcorper amet dolore, aliquet turpis nisi diam nonummy erat mi felis aliquam ante ac laoreet ullamcorper pulvinar nunc aliquet turpis nisi. Sem consectetur congue ante eget sed laoreet, elit, erat praesent adipiscing aliquam ante at ac proin consectetur erat laoreet turpis nisi sem, elit tempus mi felis tempus. Ante mauris sed laoreet euismod pulvinar nunc tellus sit, ut volutpat dolor euismod pulvinar, dolore aliquet consectetur magna et elit donec praesent, adipiscing aliquam proin at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam tincidunt ullamcorper amet, nisi sem at erat et nonummy, donec, praesent adipiscing aliquam proin. Mauris sed nibh, eget sed mi tempus ante mauris lorem et elit erat mi felis tempus. Ante molestie feugiat et at, ac mi elit, donec praesent adipiscing aliquam, proin mauris sed id. Ipsum nunc molestie, sit congue diam elit donec proin adipiscing, aliquam, sem consectetur, magna et felis. Ipsum, nunc sem nonummy erat mi, felis, tempus ante eget tincidunt ullamcorper pulvinar nunc tellus sit. Ut ullamcorper amet dolore praesent adipiscing aliquam proin turpis magna diam consectetur donec, diam, nonummy, aliquam. Proin, lorem et eget sed massa, molestie feugiat lobortis, volutpat dolor congue, ullamcorper turpis nisi proin. Elit, dolor nunc id ipsum massa tellus pharetra congue diam amet donec, adipiscing, aliquam proin elit. Erat nunc proin elit sed mi felis erat, massa mauris tempus nibh, eget dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue laoreet sem eget, mauris nonummy tempus lobortis ullamcorper elit tempus lobortis sem felis sit erat nisi lobortis diam adipiscing ante mauris. Lorem, laoreet id pulvinar massa molestie feugiat lobortis volutpat pharetra congue ullamcorper pulvinar nunc tellus turpis nisi sem consectetur magna, diam amet. Nibh, eget, dolor laoreet, eget erat praesent felis tempus ante mauris lorem, nibh elit sed dolore, nibh aliquet volutpat nonummy pulvinar ac. Tincidunt ante mi tellus elit massa tellus pharetra congue diam amet donec praesent adipiscing aliquam et elit sed laoreet id ipsum massa. Molestie dolor tincidunt, diam amet dolore adipiscing, aliquam proin elit erat mi adipiscing tempus proin at lorem, nibh elit, erat mi felis. Tempus ante felis, tempus nibh eget lorem et nonummy donec praesent sit ut non dolor tincidunt aliquet turpis nisi proin at ac. Et elit erat mi felis tempus nibh eget lorem laoreet id pulvinar, nunc tellus sit lobortis amet aliquam proin at ac proin. Elit, erat laoreet molestie feugiat lobortis molestie pharetra congue ullamcorper pulvinar tincidunt, id ipsum molestie sit ut non pharetra dolore, aliquet, adipiscing. Ac et elit erat laoreet id tempus mi felis tempus et elit sed mi elit donec praesent adipiscing tempus ullamcorper nonummy donec. Praesent mauris, sed tincidunt ullamcorper amet nunc aliquet turpis magna ullamcorper, amet, dolore aliquet amet dolore tellus pulvinar ut tellus pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc molestie feugiat ut ullamcorper amet dolore aliquet turpis, nisi sem turpis sem nonummy donec mi mauris tempus ante at ac et eget erat, mi adipiscing. Ipsum nibh eget sed nibh eget sed laoreet id ipsum lobortis molestie nibh eget pulvinar nunc tellus pulvinar ut non pharetra, ut ullamcorper nonummy dolore tellus. Turpis ut non pharetra congue ullamcorper, pharetra congue ullamcorper amet nisi consectetur, ac mi felis tempus mi mauris tempus proin, eget sed tincidunt euismod pulvinar nunc. Non consectetur magna diam elit aliquam proin at nibh eget dolor tincidunt euismod pulvinar massa volutpat pharetra congue euismod pulvinar nunc euismod pulvinar nunc non pharetra. Magna diam nonummy, donec praesent adipiscing ac et eget tincidunt euismod, feugiat lobortis volutpat feugiat lobortis volutpat dolor nunc tellus pulvinar ut non pharetra ut non. Amet donec proin mauris feugiat nibh, volutpat sed laoreet id massa sem nonummy donec mi felis lorem ante mauris, sed tincidunt euismod pulvinar nunc molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet dolore, sem at, ac et felis tempus massa molestie dolor tincidunt ullamcorper amet nunc tellus sit ut tellus pharetra magna diam dolore aliquet adipiscing nisi sem. Turpis nisi sem dolor congue ullamcorper pulvinar nunc euismod ipsum massa molestie feugiat lobortis volutpat pharetra, nunc, euismod sit sem at ac, et elit, tempus massa molestie lorem. Nibh eget sed laoreet felis tempus ante mauris tempus proin, consectetur ac et id pulvinar ut, non pharetra et felis, tempus ante molestie lorem nibh eget, sed tincidunt. Tellus sit ut diam nonummy erat praesent adipiscing aliquam proin adipiscing nisi proin consectetur praesent felis tempus ante mauris lorem nibh eget, sed nunc euismod turpis nisi non. Consectetur magna praesent nonummy donec praesent turpis nisi proin, nonummy magna ullamcorper donec praesent molestie dolor tincidunt euismod pulvinar, nunc tellus sit nisi, sem consectetur magna diam nonummy. Aliquam ante volutpat dolor laoreet euismod sit ut tellus, sit lobortis pharetra congue, aliquet, at aliquam proin, at ac diam nonummy donec diam nonummy nisi aliquet turpis nisi. Sem consectetur donec amet, dolore aliquet amet ut sem consectetur ut volutpat dolor, lobortis euismod dolor tincidunt id ipsum, massa, volutpat feugiat lobortis eget sed nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt ullamcorper amet nisi sem consectetur nisi ullamcorper amet congue euismod nunc tellus. Pulvinar ut non pharetra, magna ullamcorper nonummy aliquam, praesent at ac nibh eget, sed laoreet. Id ipsum ante molestie feugiat tincidunt euismod laoreet euismod pulvinar, nunc tellus feugiat tincidunt volutpat. Sed, laoreet euismod pulvinar nunc tellus sit ut non dolor tincidunt euismod pulvinar dolore tellus. Sit nisi diam nonummy aliquet adipiscing, aliquam proin at ac diam elit erat mi felis. Tempus nibh volutpat sed nibh eget erat, mi id feugiat lobortis volutpat tincidunt euismod amet. Nisi sem consectetur magna et elit donec mi felis aliquam, aliquet adipiscing aliquam sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet amet dolore sem turpis magna diam elit erat mi felis tempus nibh volutpat, sed laoreet id sed massa tellus. Sit congue ullamcorper dolore ullamcorper pulvinar nunc tellus, feugiat ut volutpat pharetra congue euismod pulvinar tincidunt euismod sit ut non. Nonummy pulvinar ut non, consectetur magna diam nonummy ante mauris lorem nibh elit erat, mi felis tempus ante mauris tempus. Proin mauris sed nunc aliquet sit nisi non pharetra, magna ullamcorper amet congue euismod pulvinar, et eget erat mi molestie. Turpis, nisi non pharetra magna diam nonummy donec sem turpis magna, diam eget sed laoreet, id ipsum ante lorem, nibh. Eget erat laoreet felis tempus ante felis tempus ante mauris ac mi felis erat ante molestie feugiat, lobortis eget sed. Laoreet id pulvinar nunc tellus ut non dolor tincidunt ullamcorper amet nisi sem consectetur magna diam nonummy donec diam adipiscing. Tempus nibh eget sed laoreet id pulvinar nunc tellus feugiat ut, amet donec proin adipiscing ac et elit erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna praesent mauris lobortis diam nonummy aliquam proin at ac proin at ac diam amet dolore praesent adipiscing aliquam. Proin, at ac mi, felis erat, mi, adipiscing, aliquam at lorem laoreet eget turpis ut non pharetra ut non pharetra congue. Praesent turpis, aliquam et, elit sed, mi, felis erat mi molestie lorem ante lorem tincidunt euismod, pulvinar ut non pharetra congue. Non nonummy erat proin at ac et at ac et elit erat mi adipiscing tempus, nibh, mauris, sed tincidunt pulvinar nunc. Non, pharetra magna diam amet donec proin at feugiat, tincidunt euismod pulvinar nunc euismod turpis nisi diam nonummy erat praesent nonummy. Proin mauris ac, et elit erat, praesent adipiscing tempus, ante at ac nibh elit erat laoreet felis, ipsum ante, mauris lorem. Proin at lorem et, id ipsum non nonummy magna praesent adipiscing aliquam proin adipiscing nisi proin elit erat mi elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar, donec sem, consectetur, ac. Nibh euismod sit ut sem pharetra. Ut ullamcorper pharetra dolore proin adipiscing. Ac nibh volutpat dolor nunc euismod. Nunc non pharetra magna ullamcorper amet. Dolore tellus sit ut non sit. Congue ullamcorper, amet donec proin at. Lorem lobortis eget sed mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut sem id, ipsum massa tellus consectetur donec diam nonummy aliquam ante. Mauris lorem nibh eget, sed felis tempus ante, molestie dolor tincidunt euismod dolor nunc. Aliquet consectetur ac diam nonummy donec praesent adipiscing aliquam proin mauris lorem et at. Ac nonummy tempus mi mauris feugiat lobortis volutpat pulvinar tincidunt, id ipsum massa mauris. Lorem, nibh eget lorem, nibh eget, ipsum massa, molestie sit ut non pharetra ullamcorper. Adipiscing, aliquam et eget sed laoreet felis erat praesent adipiscing aliquam ante mauris lorem. Laoreet id ipsum laoreet molestie feugiat lobortis, non tincidunt euismod pulvinar massa molestie, sit. Ut non pharetra tincidunt ullamcorper, amet dolore praesent consectetur magna diam elit donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, sem consectetur ac et nonummy erat mi felis lorem, ante, eget sed. Laoreet id pulvinar nunc tellus, pharetra ut non pharetra euismod, pulvinar nunc tellus. Feugiat ut non pharetra lobortis volutpat dolor laoreet, id ipsum massa molestie lorem. Nibh eget dolor laoreet id, sed, massa feugiat, lobortis non pharetra congue ullamcorper. Amet nisi sem consectetur nisi, et nonummy donec aliquet turpis dolore aliquet, turpis. Magna et elit donec praesent felis tempus sit ut tellus pharetra congue non. Pharetra tincidunt, ullamcorper amet dolore aliquet sit nisi non consectetur, donec praesent adipiscing. Tempus nibh eget lorem nonummy donec praesent adipiscing tempus massa mauris lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat ut non dolor, lobortis euismod, mi id pulvinar nunc molestie feugiat, ut ullamcorper pharetra tincidunt, tellus sit nisi sem consectetur magna diam elit erat, praesent felis aliquam et. Elit sed felis pulvinar ut non pharetra congue, ullamcorper nonummy dolore praesent sit nunc, tellus sit ut ullamcorper, amet congue ullamcorper amet nisi proin at ac et, erat mi felis. Tempus ante at, ac, et eget sed massa non sit congue, diam nonummy dolore aliquet turpis dolore aliquet turpis nisi diam nonummy aliquet, turpis nisi sem at ac nibh elit. Erat mi felis tempus ante mauris sed laoreet euismod pulvinar massa id feugiat massa mauris lorem nibh eget laoreet id ipsum massa tellus feugiat ut volutpat dolor laoreet id pulvinar. Ut sem consectetur, magna et elit donec praesent at aliquam proin consectetur magna diam erat mi nonummy lorem lobortis eget sed nibh elit erat praesent felis tempus ante mauris ac. Nibh eget ipsum mi elit erat, praesent felis, tempus, ante elit et nonummy donec praesent nonummy donec proin at lorem nibh euismod pulvinar nunc molestie feugiat lobortis volutpat dolor lobortis. Euismod massa molestie ipsum massa mauris tempus ante, mauris lorem nibh id pulvinar massa molestie sit ut volutpat dolor laoreet eget ipsum laoreet id ipsum massa, molestie lorem elit erat. Mi felis erat praesent felis tempus proin consectetur ac et elit donec diam adipiscing tempus proin adipiscing, ac nibh id sed laoreet id tempus massa lorem lobortis volutpat sed tincidunt. Euismod sit ut non consectetur magna diam nonummy aliquam ante, at ac nibh, eget sed laoreet, felis ipsum ante, mauris feugiat tincidunt pulvinar tincidunt euismod ipsum nunc tellus sit ut. Non pulvinar nunc tellus sit ut tellus sit ut volutpat dolor congue ullamcorper amet dolore aliquet, turpis magna diam congue praesent nonummy dolore tellus turpis ut non consectetur, congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non consectetur congue, ullamcorper nonummy erat praesent turpis aliquam. Proin at erat mi felis tempus ante mauris tempus ante. Mauris sed elit, sed laoreet id ipsum proin at lorem. Nibh volutpat, dolor nunc tellus sit lobortis molestie feugiat tincidunt. Diam nonummy donec proin mauris ac diam, congue diam nonummy. Donec ante mauris lorem et eget sed laoreet molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget sed laoreet id ante mauris, lorem congue ullamcorper pharetra congue aliquet amet dolore tellus sit lobortis, volutpat dolor congue ullamcorper amet dolore, proin mauris sed. Nunc tellus nisi non consectetur donec praesent felis, aliquam proin mauris lorem nibh eget erat mi elit erat mi felis tempus et elit erat mi id ipsum. Tellus sit congue diam pulvinar dolore aliquet sit nunc non pharetra ut non, amet donec aliquet adipiscing aliquam proin at ac et id ipsum massa molestie lorem. Praesent felis tempus lobortis volutpat pharetra dolore praesent turpis nisi sem at magna diam amet dolore praesent felis aliquam sem consectetur magna et elit praesent felis tempus. Ante mauris ac et at sed mi adipiscing, aliquam proin adipiscing aliquam sem consectetur ut sem pharetra tincidunt euismod dolor laoreet id tempus mauris feugiat ut non. Pulvinar nunc tellus, sit nisi sem consectetur magna, non pharetra congue ullamcorper pulvinar nunc, tellus sit ut non consectetur magna ullamcorper amet donec, sit ut, sem, consectetur. Erat, laoreet id, ipsum massa mauris lorem, nibh eget erat laoreet, id ipsum massa molestie feugiat euismod pulvinar nunc sem, consectetur nisi diam, consectetur magna, diam, nonummy. Donec praesent, adipiscing nisi sem at erat diam elit donec praesent, adipiscing, aliquam et, elit erat felis tempus ante, felis tempus proin at ac diam nonummy magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, dolore sem at ac et elit tempus, ante mauris lorem nibh. Eget, dolor sit ut diam nonummy donec praesent felis aliquam proin at. Lorem, id pulvinar nunc tellus sit nisi diam, elit erat ante molestie. Feugiat congue euismod amet nunc tellus sit aliquam proin, eget pulvinar massa. Molestie ipsum mauris lorem tincidunt euismod amet dolore aliquet sit nisi sem. Pharetra magna praesent adipiscing, tempus, ante eget pharetra, nunc tellus pulvinar nunc. Tellus pharetra magna, et nonummy ullamcorper turpis nisi proin consectetur magna diam. Nonummy donec mi mauris tempus ante mauris ac et nonummy, donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur ac, et felis ipsum massa molestie lorem nibh eget. Sed laoreet euismod ipsum, nunc non sit ullamcorper adipiscing aliquam ante at. Lorem, nibh eget sed laoreet id tempus, ante mauris lorem lobortis volutpat. Dolor tincidunt, id pulvinar ut non consectetur praesent felis tempus ante mauris. Lorem nibh id ipsum, dolore aliquet turpis, magna diam elit erat mi. Mauris lorem nibh eget lorem laoreet euismod sit nisi non ut, non. Pharetra congue aliquet turpis aliquam sem, at, sed massa id feugiat, lobortis. Sem pharetra congue diam adipiscing aliquam ante mauris sed euismod turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, adipiscing aliquam ante mauris dolor lobortis euismod pulvinar nunc euismod turpis ut pharetra magna diam amet dolore praesent at lorem et elit erat mi felis tempus proin adipiscing ac. Et, elit sed laoreet id ipsum massa molestie feugiat praesent, felis lorem lobortis volutpat sed laoreet id ipsum, nunc tellus pharetra ut volutpat feugiat lobortis elit erat mi elit tempus. Ante, molestie feugiat, lobortis pulvinar nunc tellus sit nisi sem consectetur, congue ullamcorper, pharetra tincidunt euismod turpis aliquam proin at erat mi id tempus, ante mauris lorem eget sed tincidunt. Euismod sit ut non pharetra congue diam, nonummy dolore aliquet turpis, nisi proin consectetur magna ullamcorper amet dolore aliquet adipiscing ac et elit ac, nonummy donec, praesent felis lorem lobortis. Volutpat dolor, nunc euismod ipsum massa id ipsum massa mauris lorem nibh eget sed laoreet molestie feugiat lobortis volutpat feugiat lobortis pulvinar nunc tellus sit ut sem pharetra magna praesent. Nonummy aliquam ante at aliquam nibh, elit sed, laoreet id, tempus felis lorem, nibh elit ac diam nonummy donec diam adipiscing aliquam praesent adipiscing ac nibh id sed, laoreet id. Ipsum ante volutpat feugiat lobortis volutpat, dolor id feugiat lobortis volutpat dolor congue ullamcorper nonummy donec praesent turpis nisi sem nonummy donec, diam nonummy donec praesent turpis dolore aliquet at. Erat laoreet felis ipsum mauris lorem nibh eget sed laoreet id pulvinar massa molestie, sit ut non pharetra congue ullamcorper amet nisi sem at erat et elit erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id sit ut, sem consectetur donec, praesent adipiscing sit congue adipiscing aliquam proin at, ac et at ac et elit erat. Mi mauris feugiat nibh euismod pulvinar nunc tellus, sit ut tellus sit lobortis volutpat nibh, id ipsum massa molestie, turpis magna diam. Elit tempus massa mauris lorem ante mauris, lorem et elit, donec mi felis tempus ante, mauris lorem, at sed laoreet felis, aliquam. Proin at ac nibh eget dolor tincidunt euismod ipsum massa, mauris lorem nibh mauris ac et elit erat praesent adipiscing aliquet adipiscing. Aliquam proin eget, ipsum massa molestie feugiat, lobortis volutpat pharetra congue aliquet turpis aliquam sem consectetur magna et nonummy donec mi felis. Lorem mauris, ac et elit ac, mi id ipsum massa molestie feugiat, tincidunt euismod amet nunc tellus sit nisi sem pharetra tincidunt. Euismod pulvinar nunc aliquet sit ut sit ut non dolor laoreet euismod ipsum nunc tellus sit ut non pharetra magna aliquet amet. Aliquam ante eget sed laoreet id ipsum, laoreet tellus sit congue pharetra dolore aliquet turpis nunc tellus turpis lobortis non pharetra congue. Euismod pulvinar nunc aliquet sit, ut et eget erat mauris feugiat ut molestie dolor congue, ullamcorper amet, dolore, aliquet turpis nisi, sem. Consectetur donec, praesent adipiscing tempus proin at lorem et, eget sed massa tellus pharetra ullamcorper nonummy donec mi felis tempus proin, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet id nisi sem consectetur erat mi id ipsum, ante mauris lorem nibh eget sed, laoreet molestie feugiat massa molestie feugiat, lobortis eget. Sed laoreet euismod ut sem pharetra magna, ullamcorper, amet dolore aliquet amet nunc tellus turpis congue diam nonummy donec mi felis lorem lobortis, volutpat pulvinar. Dolore aliquet consectetur sem, nonummy donec diam nonummy dolore, praesent at ac et at erat diam elit erat mi felis, tempus ante mauris, ac mi. Id ipsum massa molestie feugiat volutpat dolor dolore, ullamcorper turpis, nisi non pharetra magna diam nonummy donec aliquet amet nunc aliquet turpis lobortis volutpat dolor. Tincidunt euismod dolor euismod sit, ut, tellus sit lobortis non, pharetra dolore aliquet turpis dolore sem turpis congue ullamcorper pharetra congue ullamcorper turpis nisi sem. Consectetur magna et nonummy magna nonummy aliquam praesent adipiscing aliquam et id ipsum, massa tellus feugiat lobortis molestie feugiat lobortis eget sed tincidunt id tempus. Ante volutpat dolor, congue, adipiscing aliquam proin mauris dolor, tincidunt euismod ipsum massa id feugiat, lobortis volutpat dolor lobortis volutpat dolor tincidunt tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam proin mauris sed tincidunt tellus turpis, nisi sem elit sed laoreet id feugiat. Ut, ullamcorper amet mi felis tempus ante mauris lorem nibh eget tempus ante molestie feugiat. Congue ullamcorper amet donec praesent turpis aliquam proin at, magna et felis massa non pharetra. Magna praesent felis aliquam ante mauris lorem nibh elit sed massa molestie tempus proin at. Lorem laoreet eget sed mi felis ipsum ante mauris lobortis volutpat sed laoreet euismod pulvinar. Massa tellus, sit lobortis volutpat dolor tincidunt id ipsum nunc tellus sit lobortis volutpat feugiat. Nibh volutpat massa tellus turpis nisi diam consectetur magna praesent, adipiscing aliquam proin at ac. Diam nonummy donec praesent, nonummy, donec proin mauris ac nibh eget erat laoreet id lobortis. Non consectetur donec mi felis tempus ante at ac et elit donec praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet, nisi sem elit erat mi id tempus, massa volutpat feugiat lobortis volutpat dolor tincidunt euismod sit nunc non pharetra donec mi felis praesent adipiscing aliquam proin at ac. Diam nonummy donec aliquet pulvinar tincidunt euismod sit ut molestie feugiat nibh, eget, dolor nunc tellus adipiscing nisi pharetra, congue ullamcorper amet donec praesent adipiscing, aliquam et at ac et. Felis tempus massa mauris feugiat lobortis volutpat sed laoreet id pulvinar massa id feugiat, ut dolor tincidunt ullamcorper pulvinar, nunc aliquet turpis nisi diam nonummy, donec praesent turpis aliquam proin. Mauris lorem et nonummy magna praesent nonummy, dolore tellus, nunc tellus sit ut volutpat, pharetra tincidunt euismod pulvinar nunc tellus, turpis nisi diam nonummy, donec praesent, adipiscing donec praesent consectetur. Magna diam consectetur, magna diam congue aliquet turpis dolore aliquet consectetur ac mi elit erat, mi mauris lorem nibh eget, lorem mi felis ipsum ante mauris lorem lobortis volutpat dolor. Laoreet ipsum massa molestie sit ut, non pharetra tincidunt ullamcorper pulvinar nunc tellus sit lobortis volutpat, dolor lobortis volutpat sed tincidunt euismod ipsum massa molestie pharetra ut non congue aliquet. Adipiscing ac, nibh eget erat mi felis tempus massa molestie feugiat lobortis euismod amet dolore tellus sit ut non sit congue ullamcorper pharetra congue euismod, nunc aliquet pharetra ut ullamcorper. Amet donec praesent turpis aliquam proin at ac et nonummy tempus ante felis tempus ante mauris ac et elit, magna diam adipiscing, ante mauris feugiat lobortis eget dolor tincidunt euismod. Sit nisi sem consectetur congue ullamcorper amet, nunc tellus turpis nisi sem consectetur magna ullamcorper, nonummy aliquam praesent at, nibh elit dolor massa id ipsum lobortis molestie feugiat lobortis volutpat. Pulvinar nunc tellus sit ut non consectetur congue non pharetra congue euismod amet nunc, tellus feugiat ullamcorper amet congue ullamcorper amet dolore aliquet turpis ut tellus pharetra congue euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at erat mi felis ipsum lobortis amet donec. Mi, molestie feugiat tincidunt euismod amet nisi sem at. Lorem laoreet id ipsum laoreet molestie pharetra ut non. Pharetra congue, aliquet turpis nunc sit nisi sem nonummy. Donec, praesent felis lorem nibh eget sed nibh eget. Sed ante mauris lorem ante at ac nibh eget. Ipsum massa molestie massa mauris feugiat lobortis volutpat dolor. Tincidunt, euismod, ipsum, nunc non pharetra congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat at lorem et eget ipsum laoreet id feugiat ut non pharetra congue ullamcorper amet dolore aliquet turpis nisi non sit ut non pharetra dolore. Sit aliquam nibh eget erat mi felis tempus ante, molestie feugiat lobortis volutpat dolor laoreet euismod ipsum massa mauris lorem nibh eget sed nunc euismod, massa molestie. Feugiat ut, volutpat dolor lobortis euismod ipsum massa id ipsum massa mauris lorem nibh at magna et felis tempus mi felis, lorem nibh at, ac elit erat. Et id sit, ut, non pharetra congue aliquet, adipiscing aliquam proin at ac mi elit erat praesent adipiscing tempus ante adipiscing proin at, donec praesent nonummy dolore. Praesent mauris lorem nibh volutpat sed tincidunt molestie tempus ante molestie lorem ante eget ac et eget ipsum laoreet, felis, lorem mauris sed, laoreet euismod amet, nunc. Sem consectetur magna ullamcorper nonummy donec praesent turpis, nisi, sem at ac et elit tempus ante molestie sit lobortis, non pharetra ullamcorper adipiscing nisi proin consectetur ac. Mi id tempus, ante mauris lorem nibh eget, dolor laoreet, id, pulvinar nunc tellus ut ullamcorper amet dolore praesent, adipiscing aliquam sem consectetur magna diam elit tempus. Mi mauris, tempus nibh, eget dolor, tincidunt, euismod sit ut tellus, pharetra congue, ullamcorper, nunc tellus turpis nisi sem pharetra congue ullamcorper amet donec, praesent, at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc tellus, feugiat nibh volutpat, dolor dolore, tellus, turpis ut non sit ut volutpat dolor tincidunt ullamcorper, amet dolore sem turpis volutpat pharetra congue ullamcorper. Pulvinar dolore sem consectetur magna diam nonummy magna diam, adipiscing aliquam ante mauris lorem proin elit ac mi felis erat mi tempus, et elit erat et elit. Erat praesent adipiscing aliquam proin at lorem nibh eget sed massa molestie feugiat lobortis, volutpat feugiat lobortis volutpat, ipsum massa molestie ut non pharetra congue, euismod pulvinar. Dolore praesent at ac et eget sed mi id ipsum massa molestie lorem nibh elit erat, et tempus ante volutpat dolor tincidunt, euismod, pulvinar nisi proin eget. Sed tincidunt euismod ipsum massa felis tempus ante mauris ac nibh eget sed massa molestie sit lobortis turpis, magna diam elit erat mi adipiscing tempus proin at. Ac et eget erat mi felis tempus ante mauris ac sem consectetur magna ullamcorper pharetra tincidunt euismod, tempus ante mauris lorem nibh elit tempus mi mauris feugiat. Congue diam nonummy donec praesent turpis nisi sem consectetur mi, elit tempus ante mauris lorem lobortis eget sed laoreet id tempus ante felis tempus ante mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at magna mi felis tempus ante volutpat dolor lobortis ullamcorper amet dolore sem turpis nisi non pharetra ut volutpat dolor proin. At lorem laoreet euismod amet dolore aliquet turpis nisi ullamcorper amet donec praesent adipiscing nisi proin at magna sem nonummy donec praesent. Adipiscing ut, volutpat, pharetra aliquam ante mauris, lorem nibh, elit sed massa molestie feugiat, lobortis molestie lorem lobortis, volutpat dolor tincidunt, euismod. Pulvinar nunc tellus, pharetra ut ullamcorper aliquam praesent at ac proin elit erat mi, id, ipsum massa molestie dolor tincidunt aliquet turpis. Nisi ante eget dolor laoreet id ipsum non, pharetra congue diam nonummy donec aliquet turpis nisi, sem consectetur magna diam nonummy donec. Praesent adipiscing tempus ante at, lorem tincidunt euismod sit ut tellus lorem praesent adipiscing aliquam ante felis tempus, proin mauris ac nibh. Eget sed tincidunt tellus pulvinar nunc tellus pharetra congue ullamcorper, amet dolore tellus sit nisi non, at aliquam proin at ac et. Felis tempus ante, mauris feugiat, lobortis euismod dolor laoreet id erat praesent adipiscing aliquam, proin pharetra nunc praesent, turpis aliquam sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa mauris lorem lobortis adipiscing tempus nibh volutpat dolor nunc praesent consectetur magna et elit. Erat laoreet id ipsum ante molestie lorem nibh eget sed laoreet felis tempus ante, dolor tincidunt. Ullamcorper, nonummy aliquam ante eget sed laoreet elit erat praesent, adipiscing donec praesent adipiscing aliquam et. Elit erat laoreet molestie ipsum massa, mauris congue aliquet turpis nisi ante at, ac et, nonummy. Donec praesent felis tempus proin adipiscing ut sem consectetur congue ullamcorper nonummy donec praesent feugiat lobortis. Volutpat pulvinar nunc euismod sit ut non pharetra ut ullamcorper pulvinar nunc euismod sit ut non. Sit ut volutpat feugiat lobortis id ipsum nunc tellus magna diam consectetur donec ullamcorper pulvinar dolore. Tellus sit nunc tellus feugiat lobortis volutpat sed nibh id sed massa molestie tempus ante at. Ac nibh eget sed ante, at dolor tincidunt id pulvinar massa molestie feugiat lobortis non, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra mi id feugiat ut sem amet dolore euismod pulvinar, dolore tellus consectetur magna diam nonummy erat ante mauris feugiat ut non pharetra donec aliquet feugiat lobortis, id. Pulvinar dolore aliquet, turpis ut non dolor, tincidunt ullamcorper pulvinar dolore aliquet sit ut sem, consectetur magna diam adipiscing aliquam ante mauris laoreet euismod pulvinar nunc molestie turpis nisi, sem. Elit donec praesent adipiscing aliquam sem, at lorem nibh elit erat diam, nonummy donec praesent adipiscing, nisi elit sed laoreet felis, tempus ante felis, feugiat tincidunt euismod pulvinar dolore aliquet. Sit nisi sem pharetra congue diam nonummy, donec ante at aliquam proin sed mi id ipsum massa molestie lorem nibh elit erat mi, felis pulvinar nunc, non pharetra congue ullamcorper. Pulvinar nunc, tellus pulvinar nunc, tellus sit congue diam pharetra magna, diam felis tempus mi felis tempus, ante at magna et elit erat praesent adipiscing, aliquam praesent adipiscing nisi sem. Consectetur magna ullamcorper, amet magna et nonummy donec praesent, turpis nisi proin consectetur magna et elit tempus massa mauris tempus nibh mauris lorem nibh eget erat mi adipiscing aliquam ante. Mauris dolore aliquet turpis dolore aliquet turpis, nisi, sem dolor, congue diam nonummy donec, sem at ac nibh eget donec mi adipiscing aliquam proin at, lorem laoreet eget nunc aliquet. At erat mi, felis tempus massa molestie dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus feugiat lobortis eget dolor tincidunt id ipsum massa molestie, ac et, felis ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, adipiscing donec proin at ac euismod turpis nunc, non pharetra ac, et felis tempus ante mauris feugiat lobortis, volutpat pulvinar dolore. Tellus turpis magna diam nonummy donec, praesent adipiscing ut non dolor dolore ullamcorper turpis nisi non sit ut non, dolor congue ullamcorper. Amet dolore aliquet turpis magna sem nonummy magna diam adipiscing tempus, ullamcorper nonummy donec praesent adipiscing, nisi, proin consectetur, ac mi id. Feugiat lobortis, mauris, lorem nibh eget dolor nunc euismod ipsum massa molestie, ut diam, nonummy donec proin at ac et eget sed. Laoreet molestie sit ut volutpat dolor congue ullamcorper adipiscing aliquam proin, at magna et elit tempus mi feugiat lobortis, volutpat dolor laoreet. Id ipsum massa id sit, ut diam nonummy donec aliquet turpis aliquam sem turpis nisi non pharetra magna diam amet dolore tellus. Lorem et eget pulvinar massa molestie ipsum, massa mauris, lorem, lobortis euismod dolor, tincidunt id ipsum lobortis volutpat, dolor lobortis, volutpat amet. Dolore, diam adipiscing aliquam proin adipiscing aliquam proin, at ac diam nonummy donec, praesent adipiscing nisi proin at magna sem consectetur congue. Diam amet donec proin mauris ac aliquet adipiscing ac proin, at sed massa molestie feugiat, massa volutpat feugiat lobortis eget sed laoreet. Euismod, sit ut non pharetra, congue ullamcorper amet dolore praesent turpis nibh eget erat mi felis tempus ante at ac et at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mauris feugiat tincidunt euismod, pulvinar. Dolore, proin at ac et, elit. Erat laoreet felis aliquam ante at. Ac et eget erat massa molestie. Sit non consectetur, donec mi mauris. Feugiat ut euismod pulvinar dolore, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra donec aliquet adipiscing nibh eget dolor tincidunt aliquet. Turpis nisi sem consectetur magna praesent adipiscing tempus proin, at ac et. Elit sed laoreet id ipsum ante molestie dolor tincidunt volutpat feugiat tincidunt. Ullamcorper turpis nisi ante at ac, et id ipsum massa tellus pharetra. Magna diam nonummy donec proin adipiscing lorem lobortis volutpat, dolore sem consectetur. Magna, et elit tempus ante felis lorem nibh eget lorem et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin mauris tincidunt ullamcorper amet nisi proin elit erat laoreet, felis pulvinar nunc sem, pharetra magna praesent adipiscing tempus nibh eget. Dolor laoreet euismod amet ut sem pulvinar nisi sem turpis magna sem consectetur magna, praesent felis tempus ante, eget lorem nibh eget. Erat mi id feugiat lobortis eget, dolor congue ullamcorper ac et elit erat mi, felis ipsum ante mauris tempus nibh mauris lorem. Nibh eget sed, massa tellus sit ut ullamcorper nonummy dolore praesent at, lorem ullamcorper turpis aliquam sem consectetur nisi non consectetur congue. Ullamcorper nonummy aliquam proin mauris ac, nibh id sed, laoreet id ipsum massa mauris sed ullamcorper adipiscing aliquam proin consectetur, magna diam. Nonummy erat mi felis tempus ante eget sed tincidunt euismod pulvinar ut sem, consectetur congue ullamcorper amet dolore aliquet pharetra tincidunt aliquet. Turpis nisi sem elit erat mi felis tempus massa molestie sit ut ullamcorper nonummy donec proin adipiscing ac et eget sed mi. Felis feugiat et felis, tempus massa molestie dolor congue euismod, pulvinar nunc tellus turpis ut non pharetra ut ullamcorper nonummy aliquam proin. Sed, tincidunt euismod pulvinar massa id feugiat, lobortis volutpat dolor lobortis eget dolor laoreet id ipsum ante felis aliquam praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat lobortis volutpat amet dolore ullamcorper amet nunc aliquet turpis nisi sem, dolor congue, ullamcorper lorem nibh eget sed tincidunt euismod ipsum, nunc tellus. Feugiat lobortis volutpat amet dolore ullamcorper pulvinar nunc tellus feugiat ut sem pharetra congue euismod tempus ante mauris lorem et elit erat mi id ipsum. Massa, volutpat dolor congue euismod sed massa molestie ipsum massa molestie feugiat, lobortis, volutpat dolor tincidunt euismod dolor tincidunt eget ipsum massa molestie feugiat lobortis. Non amet dolore praesent turpis aliquam et elit sed laoreet molestie ipsum massa volutpat dolor mi mauris lorem lobortis volutpat dolor nunc tellus turpis nisi. Sem consectetur magna, diam nonummy erat proin mauris lorem nibh elit ac mi, felis ipsum massa mauris tincidunt, euismod pulvinar nunc euismod pulvinar nunc molestie. Pharetra magna et adipiscing aliquam proin at ac proin elit erat et elit donec praesent turpis nisi sem consectetur nibh elit erat praesent nonummy donec. Aliquet turpis aliquam proin consectetur magna, ullamcorper pharetra dolore praesent adipiscing tempus nibh elit aliquam ante eget sed nibh eget erat mi adipiscing aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat molestie feugiat lobortis non pharetra congue aliquet adipiscing tempus ante mauris sed nibh. Id ipsum massa molestie feugiat lobortis volutpat, pharetra congue ullamcorper amet amet donec praesent adipiscing. Aliquam et volutpat dolor, nunc tellus id pulvinar ut non sit ut volutpat pharetra tincidunt. Tellus sit, ut non pharetra congue ullamcorper amet dolore ullamcorper amet nisi tellus sit lobortis. Volutpat donec mi felis aliquam ante eget sed, laoreet id ipsum massa tellus sit ut. Volutpat pharetra, dolore aliquet, adipiscing, ac proin, at, magna id tempus massa, mauris lorem nibh. Eget dolor tincidunt euismod sit nunc non, sit congue ullamcorper amet congue ullamcorper amet nunc. Tellus sit nisi non pharetra massa volutpat, consectetur magna praesent adipiscing tempus, ante eget sed. Laoreet euismod pulvinar ut tellus, feugiat lobortis volutpat dolor tincidunt ullamcorper turpis nisi et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra, donec praesent adipiscing, aliquam proin at aliquam et eget, sed, mi felis. Ipsum diam nonummy donec aliquet turpis aliquam ante at ac diam elit erat praesent adipiscing. Donec praesent adipiscing nisi sem consectetur magna, ullamcorper amet dolore at ac nibh eget erat. Laoreet id ipsum massa, volutpat dolor tincidunt ullamcorper amet donec aliquet adipiscing aliquam proin elit. Erat mi felis tempus ante mauris, tincidunt ullamcorper amet nisi sem consectetur nisi non pharetra. Tincidunt ullamcorper nonummy donec aliquet turpis nisi non pharetra ut non pharetra congue aliquet amet. Lobortis volutpat ipsum nunc tellus turpis nisi sem, nonummy donec diam nonummy aliquam proin consectetur. Magna et nonummy erat mi adipiscing aliquam praesent adipiscing aliquam et erat laoreet molestie, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod sit, ac feugiat magna, nunc sem elit amet. Nisi dolor nisi nibh ullamcorper molestie pharetra tempus nisi nibh. Aliquet non, adipiscing, lorem congue diam id sit, ac nunc. Aliquet at sed nunc tincidunt ante elit, donec praesent, felis. Tempus lobortis euismod dolor, tincidunt, euismod pulvinar, nunc, non consectetur. Ac mi felis ipsum massa molestie, dolor tincidunt euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, at ac et eget sed mi felis ipsum lobortis, volutpat dolor laoreet ullamcorper amet dolore, aliquet at laoreet id tempus ante molestie feugiat lobortis euismod pulvinar dolore. Praesent at aliquam sem consectetur donec praesent felis tempus lobortis, volutpat, pharetra congue ullamcorper nisi proin at erat et felis erat praesent felis aliquam proin consectetur ac et. Eget sed, mi molestie feugiat lobortis, volutpat dolor tincidunt, euismod pulvinar nunc tellus nisi non, consectetur donec, praesent felis tempus ante mauris lorem laoreet eget sed laoreet felis. Ipsum lobortis, non pharetra congue ullamcorper amet dolore consectetur magna, diam nonummy donec aliquet adipiscing aliquam sem consectetur magna diam nonummy magna ullamcorper pharetra tincidunt id pulvinar nunc. Tellus, pharetra ut non pharetra congue ullamcorper aliquam proin consectetur magna et felis tempus ante mauris tempus ante mauris lorem nibh eget ipsum massa non sit congue non. Amet dolore euismod pulvinar nunc tellus nisi, sem consectetur erat praesent adipiscing aliquam ante at ac et eget sed, laoreet id ipsum ante, mauris lorem et amet nisi. Proin at erat et elit erat mi adipiscing tempus proin at, ac diam elit erat mi adipiscing aliquam aliquet, turpis nisi sem, consectetur magna ullamcorper ipsum massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi felis, tempus massa tellus sit congue nonummy donec praesent at aliquam proin eget sed mi felis ipsum lobortis non pharetra tincidunt ullamcorper. Amet dolore sem at magna diam nonummy erat praesent, nonummy, nibh volutpat dolor laoreet id, pulvinar nunc tellus sit congue non pharetra congue ullamcorper. Turpis nisi sem consectetur ut sem consectetur magna praesent felis tempus mauris sed laoreet id sed laoreet id tempus ante at ac et, eget. Dolor, massa molestie feugiat, lobortis molestie dolor tincidunt euismod pulvinar proin adipiscing ac et elit erat mi adipiscing tempus proin at, lorem nibh, at. Ac et felis tempus ante felis lorem ante eget lorem nibh elit erat felis lorem ante eget lorem nibh aliquet adipiscing aliquam proin eget. Dolor nunc euismod ipsum massa mauris, lorem lobortis eget, sed tincidunt euismod amet dolore tellus feugiat diam nonummy dolore praesent adipiscing aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, lorem magna nunc et aliquet tellus consectetur erat nunc sem elit, dolor nunc sem at sed nunc tellus turpis ac laoreet aliquet mauris, amet ipsum congue praesent adipiscing. Ipsum congue id sit magna et id feugiat magna mi euismod consectetur lorem laoreet aliquet eget amet sit, congue mi molestie sit magna mi id feugiat ut tellus consectetur. Sed lorem tincidunt ullamcorper molestie sit congue diam adipiscing tempus magna laoreet, tellus eget, turpis pharetra aliquam massa non elit praesent mauris lorem pulvinar nisi et id turpis lorem. Tincidunt congue mi molestie pharetra ac massa tellus turpis magna mi, molestie turpis, magna mi tellus turpis lorem laoreet ullamcorper felis feugiat congue praesent id pharetra ac, laoreet sem. Eget pulvinar aliquam et euismod adipiscing, lorem congue diam felis feugiat magna ante tellus consectetur erat nunc consectetur erat, laoreet non at ipsum nisi et, volutpat adipiscing feugiat tincidunt. Praesent molestie consectetur tempus ante tellus pharetra erat nunc sem elit adipiscing pharetra sed aliquam congue mi non id turpis dolor nisi, ante euismod, felis feugiat magna, laoreet tellus. Nonummy pulvinar, aliquam nibh ullamcorper molestie, amet donec massa molestie turpis magna, laoreet tellus at, sed tincidunt sem, at lorem laoreet euismod turpis lorem tincidunt praesent at dolor dolore. Praesent ullamcorper felis feugiat magna mi aliquet pulvinar aliquam nibh ullamcorper felis lorem congue, mi non elit pulvinar nisi, nibh id at dolor dolore, ante non elit feugiat ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper dolore massa, ullamcorper tellus elit pulvinar dolore lobortis praesent molestie pharetra. Magna, ante, ut praesent felis sit magna mi molestie pharetra erat, massa. Aliquet eget dolor dolore ante volutpat turpis tempus nibh euismod amet donec. Nibh ullamcorper eget pulvinar nisi, nibh, ullamcorper at lorem congue praesent molestie. Pharetra erat ante volutpat consectetur erat nunc, non elit sed nunc et. Id turpis ac tincidunt praesent dolor, erat, lobortis ullamcorper elit feugiat magna. Tincidunt nibh euismod nonummy aliquam lobortis ullamcorper felis lorem ut praesent, tellus. Consectetur turpis pharetra dolore, molestie amet erat lobortis, diam felis sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nibh praesent non id pharetra, sed nunc. Massa et, euismod elit turpis dolor donec massa. Diam tellus volutpat nonummy lorem magna mi, molestie. Consectetur sed dolore et volutpat turpis feugiat donec. Lobortis aliquet consectetur lorem, nunc proin volutpat nonummy. Sit sed ut laoreet ullamcorper, mauris amet aliquam. Massa volutpat, amet erat, massa non nonummy, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ac laoreet euismod mauris, pharetra ipsum lobortis diam id feugiat nisi mi tellus at ac laoreet aliquet, mauris sit, donec mi non nonummy ipsum nunc sem elit ipsum dolore. Proin volutpat amet aliquam nibh euismod turpis feugiat congue praesent mauris sit donec et id sit aliquam laoreet aliquet mauris amet tempus congue massa et euismod mauris, nonummy pulvinar ac. Nunc ante euismod nonummy, tempus nibh, ullamcorper tellus elit lorem donec ante non nonummy erat massa sem felis turpis sed tempus congue ante tellus consectetur erat laoreet, tellus consectetur donec. Mi tellus consectetur feugiat donec massa, ullamcorper molestie, consectetur ac tincidunt sem mauris sed nunc praesent, mauris dolor dolore proin mauris amet aliquam massa non amet donec massa volutpat elit. Magna nunc proin eget dolor nunc proin eget pulvinar, dolore proin, mauris pharetra dolore ante volutpat amet donec ante, molestie, dolor congue aliquet, adipiscing tempus tincidunt aliquet feugiat tempus ut. Et eget sit ac laoreet, tellus at lorem ipsum magna laoreet molestie turpis ac massa aliquet consectetur nonummy tempus nisi nibh id turpis ac tincidunt praesent mauris dolor congue proin. Molestie nonummy erat ante volutpat nonummy erat ut mi sem mauris dolor dolore eget pulvinar dolore ante non amet donec proin volutpat pharetra dolore, proin volutpat nonummy tempus nisi mi. Id elit amet, feugiat congue diam adipiscing sit donec massa congue nunc et euismod turpis ac, nibh euismod adipiscing lorem congue ante sem id pulvinar nisi nibh, tellus at pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit mauris pulvinar dolor erat ut diam euismod adipiscing dolor donec ante ullamcorper, id sit erat nunc pulvinar nisi lobortis aliquet volutpat elit ipsum nunc sem eget sit. Ac dolore ante volutpat adipiscing sit erat nisi et, volutpat adipiscing ac tincidunt molestie consectetur ipsum nisi nibh euismod adipiscing pulvinar, feugiat donec laoreet tellus, at sed nunc. Proin, eget, amet lorem, donec mi, molestie feugiat magna praesent mauris magna ante non nonummy sed nunc sem id turpis sed congue ante ullamcorper id ipsum ut sem. Felis turpis ac laoreet aliquet volutpat adipiscing ut mi non elit sit nisi et id turpis feugiat, dolore ante, non elit ipsum nisi mi tellus at dolor donec. Proin volutpat nonummy tempus ut mi euismod adipiscing lorem dolore proin ullamcorper felis turpis erat nunc sem volutpat amet aliquam, lobortis praesent felis sit donec mi molestie pharetra. Erat dolore proin, elit dolor donec massa sem euismod at dolor aliquam, lobortis diam felis sit sed aliquam laoreet, aliquet volutpat adipiscing id amet donec lobortis sem molestie. At dolor lorem congue ante molestie, pharetra magna mi tellus pharetra magna mi tellus at sed nunc proin elit pulvinar dolore, nibh aliquet, lorem lobortis diam felis feugiat. Magna, ante sem euismod, adipiscing, lorem dolore proin volutpat amet tempus magna massa sem eget pulvinar tempus tincidunt mi non felis consectetur, dolore nibh non adipiscing tempus lobortis. Ullamcorper id pharetra ac laoreet sem elit sed nisi, lobortis ullamcorper mauris consectetur ipsum lorem dolore, proin eget nonummy tempus ut nonummy tempus magna mi id consectetur erat. Aliquam erat, magna tincidunt proin mauris dolor, aliquam nibh euismod amet dolore nibh, ullamcorper id pharetra sed nisi et, id ac tincidunt mi, molestie consectetur erat, massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing massa sem euismod amet dolor, erat ante, volutpat consectetur tempus nunc nibh tellus turpis lorem tincidunt, aliquet eget nonummy ipsum, ut diam id feugiat. Magna donec lobortis sem felis sit magna nibh, tellus, consectetur sed dolore ante non adipiscing feugiat erat nunc proin id turpis, ac lobortis aliquet adipiscing. Erat ut mi sem eget nonummy lorem donec massa non consectetur erat, ut nibh aliquet molestie elit consectetur dolor tempus, dolore nisi nunc nibh praesent. Sem, aliquet dolor tempus magna nunc et aliquet non molestie elit at, amet feugiat sed nisi tincidunt mi non euismod mauris adipiscing, sit magna, praesent. Id amet lorem aliquam congue et molestie consectetur erat nunc sem, eget dolor nisi ante volutpat pulvinar, dolore ante non adipiscing ipsum congue mi non. Elit amet nibh ullamcorper adipiscing feugiat dolore mi molestie consectetur ipsum nisi diam id turpis sed donec lobortis diam id pharetra erat nisi, nibh euismod. Turpis feugiat congue ante elit ipsum nisi nibh tellus at dolor sit, erat nisi, tincidunt proin volutpat, amet, tempus ut diam felis feugiat nisi euismod. At pulvinar, nisi, tincidunt massa sem id adipiscing, dolor congue proin volutpat nonummy tempus massa volutpat elit feugiat ac nunc proin eget, adipiscing feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam sit ac dolore nibh aliquet. Molestie nonummy, pulvinar magna tincidunt aliquet. Dolore nibh, praesent molestie elit pulvinar. Feugiat tempus congue et aliquet consectetur. Ac, mi id ipsum nunc non. Consectetur, erat mi mauris lorem lobortis. Eget tincidunt ullamcorper turpis nisi non. At erat, et elit tempus ante. Molestie feugiat lobortis volutpat sed, laoreet. Id ipsum ut nibh praesent eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mauris dolor erat ante felis lorem nibh volutpat dolor tincidunt id sit ut non sit ut ullamcorper mauris erat massa et, ullamcorper mauris dolor. Congue massa molestie feugiat tincidunt ullamcorper pulvinar dolore tellus sit nunc non dolor lobortis eget pulvinar nunc id amet feugiat erat ut laoreet ante mi. Tellus at sed mi id tempus massa molestie feugiat lobortis eget, sed laoreet eget sed laoreet felis lorem nibh mauris laoreet id ipsum, massa id. Feugiat ut non amet dolore praesent turpis aliquam ante mauris ac et eget sed ante mauris tempus ante lorem dolore, massa et tellus elit at. Nonummy ipsum nisi sem pharetra, tincidunt euismod amet nunc euismod, pulvinar nunc non consectetur donec diam nonummy dolore aliquet turpis proin elit erat et elit. Erat mi, mauris feugiat nibh volutpat sed tincidunt id pulvinar ut tellus, sit lobortis non dolor congue tellus pulvinar massa molestie pharetra pharetra ipsum sed. Aliquam dolore ante sem nonummy donec praesent adipiscing aliquam praesent adipiscing magna, nibh, eget erat mi adipiscing, praesent mauris feugiat lobortis eget ipsum nunc molestie. Ipsum lobortis volutpat dolor tincidunt ullamcorper amet, donec sem at, ac diam nonummy magna, diam adipiscing aliquam, proin adipiscing sem consectetur erat nisi nibh aliquet. Molestie, felis turpis sed dolore aliquet turpis nisi sem consectetur congue, ullamcorper pharetra tincidunt euismod, ipsum massa tellus sit ut, volutpat dolore aliquet turpis, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue euismod pulvinar dolore praesent magna et nonummy. Donec mi id ipsum ante mauris lorem nibh volutpat. Amet feugiat donec massa et aliquet euismod adipiscing feugiat. Lobortis volutpat, pulvinar nunc adipiscing aliquam et elit ac. Et nonummy, donec aliquet turpis nisi aliquet turpis ut. Non consectetur donec praesent turpis dolore aliquet turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit congue non pharetra dolore praesent adipiscing. Aliquam et elit erat nisi nibh, aliquet, mauris. Elit consectetur pulvinar ut praesent adipiscing aliquam ante. At aliquam proin at magna diam amet donec. Praesent at aliquam proin consectetur magna et elit. Erat mi felis proin at ac, nibh eget. Sed massa molestie ipsum, massa molestie feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget dolor nunc lobortis mauris elit turpis dolor at pulvinar, nunc aliquet adipiscing, aliquam et elit erat mi tellus, eget turpis feugiat tempus ut et tellus at, sed nunc. Adipiscing tellus at pulvinar tempus lobortis diam id eget amet lorem tincidunt proin ullamcorper felis sit sed aliquam, lobortis praesent volutpat consectetur, tempus magna nunc massa molestie ipsum lobortis eget. Sed dolore massa et tellus eget turpis tempus, tincidunt ullamcorper, amet tincidunt euismod pulvinar massa mauris feugiat magna, tellus sit ut non pharetra congue aliquet turpis nisi sem consectetur magna. Ullamcorper elit erat, mi adipiscing aliquam proin at ac et nonummy donec, praesent adipiscing aliquam non amet dolore aliquet turpis nisi et id amet ac donec massa diam nonummy donec. Mi felis lorem nibh volutpat dolor tincidunt euismod sit nunc non consectetur laoreet id ipsum ante, molestie, feugiat tincidunt volutpat dolor nunc euismod sit ut sem pharetra congue euismod dolor. Tincidunt id ipsum massa molestie lorem nibh felis, ipsum ante mauris ac nibh volutpat amet nunc tellus sit lobortis volutpat dolor tincidunt euismod pulvinar nunc, euismod sit ut non, pharetra. Congue diam nonummy aliquam, mauris lorem nibh elit erat laoreet felis erat mi, mauris lorem nibh eget sed mi felis, ipsum ante mauris lorem lobortis volutpat dolor tincidunt euismod pulvinar. Nunc consectetur magna ullamcorper elit erat mi felis, tempus nibh elit erat et elit donec diam nonummy donec praesent adipiscing nisi sem consectetur congue non pharetra congue euismod nisi sem. At erat mi felis tempus ante felis lorem nibh mauris, ac diam nonummy erat mi adipiscing tempus praesent, turpis aliquam sem at ac mi id, massa volutpat dolor tincidunt, ullamcorper. Turpis nisi aliquet turpis, nisi sem, nonummy magna diam amet dolore, tellus sit nisi non pharetra ut ullamcorper pharetra tincidunt ullamcorper amet proin elit magna sem, pharetra donec aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh volutpat dolor tincidunt, ullamcorper turpis aliquam sem consectetur ac et, nonummy dolore aliquet amet nunc euismod sit ut tellus feugiat lobortis volutpat nunc aliquet turpis nisi. Sem at ac diam amet dolore aliquet amet dolore, tellus feugiat ut, sem, nonummy magna diam amet dolore tellus sit ut consectetur magna ullamcorper sed eget adipiscing lorem dolore. Ante massa proin, volutpat, turpis dolor donec nunc diam, elit sit magna tincidunt nibh praesent, tellus at ipsum pharetra ipsum nisi erat nisi laoreet sem volutpat amet feugiat, lobortis. Euismod nonummy dolore aliquet turpis aliquam sem consectetur magna diam nonummy donec praesent feugiat lobortis volutpat, dolor tincidunt tellus sit nisi, diam, nonummy donec diam amet dolore praesent adipiscing. Aliquam sem nonummy donec praesent nonummy donec praesent at ac at erat mi felis tempus, mi adipiscing tempus ante mauris lorem et elit, donec praesent, adipiscing aliquam praesent, adipiscing. Ac et elit sed laoreet molestie sit, ut amet donec ante mauris lorem nibh volutpat pulvinar nunc, tellus turpis, nisi non, nonummy donec praesent nonummy donec praesent adipiscing nibh. Eget sed laoreet tellus at amet feugiat, donec massa, et felis pulvinar ut non consectetur donec diam nonummy donec, praesent adipiscing ac et elit erat laoreet, consectetur ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie lorem, lobortis volutpat dolor tincidunt euismod pulvinar, tellus pharetra congue ullamcorper amet dolore, aliquet turpis nisi. Proin at ac et nonummy donec praesent adipiscing donec aliquet consectetur, magna nibh, elit sed mi sit ut. Non pharetra congue aliquet amet dolore tellus sit nisi sem elit erat mi felis lorem nibh mauris lorem. Et, elit erat mi felis lobortis volutpat pharetra congue ullamcorper amet dolore aliquet sit ut sem amet, donec. Praesent, mauris dolor tincidunt euismod sed laoreet euismod sit nunc consectetur congue, diam nonummy dolore praesent adipiscing, aliquam. Proin at sed laoreet id ipsum massa molestie lorem lobortis volutpat sed laoreet id tempus massa molestie feugiat. Lobortis pharetra donec aliquet turpis nisi proin, at erat, et elit tempus ante felis tempus ante at erat. Et felis, tempus massa molestie feugiat lobortis volutpat dolor tincidunt pulvinar ut, non consectetur, ac et felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit sed laoreet euismod, pulvinar sem nonummy, donec diam, nonummy. Aliquam proin mauris lorem laoreet id ipsum laoreet id, feugiat massa. Molestie dolor tincidunt, euismod pulvinar dolore aliquet, turpis magna id ipsum. Nisi sem consectetur congue, ullamcorper adipiscing aliquam, praesent at, aliquam et. Elit sed massa molestie sit ut sem nonummy donec diam turpis. Nisi, volutpat dolor nunc tellus sit nunc molestie feugiat lobortis volutpat. Dolor congue aliquet turpis nisi sem turpis magna sem nonummy erat. Mi felis nibh eget sed nibh eget erat praesent adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, elit erat laoreet molestie sit, ut pharetra congue praesent mauris feugiat nibh eget sed laoreet eget tempus ante mauris tempus lobortis eget. Sed tincidunt euismod amet nisi non pharetra congue, non erat mi felis tempus nibh ullamcorper nonummy aliquam ante eget dolor congue aliquet turpis. Dolore sem consectetur erat nisi nibh ullamcorper mauris pharetra ipsum nisi praesent non, mauris elit sit lorem donec, ut mi aliquet elit turpis. Pharetra sit sed nisi lobortis ante mauris lorem ante eget, sed tincidunt mauris sed nibh eget ipsum massa tellus sit ut volutpat pharetra. Congue aliquet turpis nisi proin at ac et nonummy erat ante felis aliquam praesent at et elit sed massa sem id turpis amet. Tempus nisi mi felis ipsum ante molestie feugiat nibh eget lorem laoreet eget ipsum nunc, tellus sit ut volutpat donec praesent adipiscing ac. Nibh volutpat ipsum massa molestie sit ut volutpat, pharetra tincidunt, euismod pulvinar laoreet, id ipsum ante felis tempus ante at ac, et, eget. Dolore aliquet, pharetra ac et felis erat mi felis tempus ante mauris lorem mi felis ipsum nunc tellus lorem nibh nonummy tempus praesent. Mauris sed tincidunt eget ipsum massa molestie feugiat ut non pharetra, congue ullamcorper amet nunc tellus pulvinar, ut sem, sit ut ullamcorper pharetra. Dolore at ac proin at ac diam amet dolore ullamcorper turpis nisi, aliquet turpis, ut volutpat, feugiat nibh eget lorem nibh elit, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit congue ullamcorper amet dolore proin at ac proin consectetur, magna, diam nonummy donec felis tempus ante mauris ac, et eget, sed laoreet id ipsum lobortis eget sed laoreet. Id amet nisi proin at magna et nonummy donec praesent turpis sem at lorem erat mi felis aliquam ante mauris ac et elit ac diam nonummy, erat ante, molestie feugiat. Nibh volutpat dolor tincidunt tellus sit non pharetra congue euismod pulvinar dolore praesent adipiscing ac et elit sed massa molestie feugiat ut, ullamcorper nonummy erat mi felis aliquam sem lorem. Mi felis ipsum ante mauris lorem nibh eget sed laoreet euismod, ipsum nunc molestie feugiat lobortis non, pharetra congue ullamcorper, amet dolore sem consectetur, magna, sem donec ante molestie feugiat. Nibh volutpat dolor tincidunt euismod sit nisi non consectetur ac mi elit erat praesent adipiscing tincidunt aliquet adipiscing ac diam elit sed laoreet pharetra erat dolore tincidunt aliquet mauris amet. Tempus ut mi sem ullamcorper felis dolor, donec nunc nibh aliquet non adipiscing pulvinar aliquam laoreet, proin at dolor dolore praesent felis tempus nibh eget, sed tincidunt euismod ipsum massa. Molestie sit ut volutpat dolor tincidunt, euismod pulvinar nunc tellus ac mi felis tempus ante molestie, dolor tincidunt, euismod amet dolore aliquet sit, nunc non, sit ut volutpat dolor laoreet. Id pulvinar nunc molestie feugiat lobortis dolor congue ullamcorper pulvinar, nunc tellus sit lobortis non consectetur magna, diam nonummy nisi sem consectetur magna diam consectetur magna diam nonummy dolore aliquet. Adipiscing aliquam proin erat mi felis tempus mi felis tempus nibh eget sed tincidunt euismod pulvinar nunc sem, id turpis pharetra aliquam ante non pharetra tincidunt ullamcorper amet nisi tellus. Magna et elit donec praesent adipiscing aliquam ante mauris ac nibh eget erat ante mauris tempus proin adipiscing ac proin at ac diam nonummy erat, proin mauris lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante, volutpat dolor nunc adipiscing aliquam. Proin at ac mi id sit congue. Ullamcorper nonummy erat praesent, adipiscing, aliquam ante. Mauris sed laoreet id ipsum massa tellus. Sit mi id, feugiat nibh volutpat pharetra. Dolore aliquet amet dolore tellus turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor laoreet, euismod, massa tellus, sit ut volutpat dolor laoreet. Id ipsum massa molestie feugiat lobortis non dolor nibh volutpat ipsum. Massa molestie feugiat lobortis molestie dolor lobortis dolor tincidunt euismod pulvinar. Nunc tellus pharetra magna ullamcorper nonummy donec praesent, adipiscing ac proin. At erat mi id ipsum massa molestie feugiat nibh mauris mi. Felis ipsum ante mauris lorem nibh mauris sed laoreet euismod sit. Nisi proin at ac mi felis tempus massa non pharetra dolore. Aliquet tempus ante mauris lorem nibh id ipsum laoreet mauris feugiat. Nibh non pharetra congue aliquet turpis nisi aliquet ipsum massa, tellus. Pharetra magna mi felis tempus volutpat sed tincidunt ullamcorper molestie nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur pulvinar feugiat tempus erat dolore nibh praesent non volutpat adipiscing consectetur. Turpis dolor dolore praesent adipiscing lorem et eget, sed laoreet id ipsum. Massa molestie dolor, tincidunt, euismod pulvinar tincidunt euismod ipsum, nunc sit congue. Ullamcorper adipiscing tempus proin adipiscing aliquam proin consectetur magna diam amet dolore. Ullamcorper amet dolore sem, mauris pulvinar, tempus, tincidunt, massa sem elit ut. Sem at magna ullamcorper amet dolore aliquet amet dolore aliquet consectetur nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis proin at ac et elit erat laoreet. Molestie, sit, ut volutpat dolor laoreet id ipsum. Massa molestie ipsum ante molestie feugiat, lobortis euismod. Amet aliquet consectetur magna, sem nonummy donec praesent. Felis tempus ante mauris lorem et eget sed. Massa tellus sit lobortis non pharetra congue ullamcorper. Amet dolore turpis magna non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi proin at erat mi felis ipsum lobortis. Volutpat pharetra praesent felis tempus ante mauris sed, tincidunt. Id pulvinar nisi diam elit sed mi felis ipsum. Massa, volutpat, pharetra dolore aliquet turpis dolore sem elit. Et felis tempus ante, mauris feugiat lobortis volutpat sed. Laoreet euismod, pulvinar, ut sem consectetur ut non, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit magna diam, elit tempus, massa molestie lorem ante mauris sed, tincidunt euismod pulvinar nunc tellus pharetra congue, non amet donec, aliquet ac nibh eget sed mi id tempus. Massa molestie dolor nibh eget sed mi id ipsum massa molestie, lorem nibh eget lorem, nibh eget ipsum sem at magna diam nonummy dolore aliquet, turpis dolore aliquet, consectetur nisi. Sem elit erat mi felis aliquam proin turpis ut non pharetra congue ullamcorper nonummy dolore adipiscing aliquam sem turpis magna et felis ullamcorper adipiscing aliquam ante mauris lorem et, elit. Sed nunc et ullamcorper mauris amet ipsum nisi mi eget adipiscing, pharetra ipsum nisi tincidunt proin non felis pharetra ac ut et, lobortis, diam id ipsum lobortis molestie feugiat lobortis. Eget pulvinar nunc aliquet, turpis, dolore praesent at lorem nibh eget sed laoreet, id tempus ante mauris ac et, elit sed mi, felis tempus mi mauris feugiat nibh mauris sed. Laoreet id nunc non pharetra, ut diam adipiscing ipsum congue et sem, eget amet lorem lobortis aliquet adipiscing tempus nibh eget, lorem tellus turpis ac et elit erat laoreet felis. Tempus ante eget dolor tincidunt euismod amet dolore sem consectetur magna diam elit tempus, mi felis tempus proin, consectetur tincidunt euismod sit, ut tellus sit lobortis volutpat sed laoreet euismod. Pulvinar massa molestie ipsum massa molestie lorem et eget erat et nonummy donec praesent, nonummy donec at lorem laoreet eget sed laoreet felis ipsum massa molestie, feugiat, lobortis euismod, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac, laoreet euismod ipsum nunc, tellus feugiat lobortis volutpat sed laoreet id, ipsum laoreet id tempus praesent at ac. Lobortis turpis dolore tellus, pulvinar nisi sem consectetur donec praesent adipiscing donec praesent adipiscing, ac et elit, sed, laoreet id, ipsum. Massa molestie feugiat, tincidunt felis aliquam et at magna diam nonummy donec ullamcorper, amet donec aliquet adipiscing nisi, non pharetra, congue. Diam nonummy donec aliquet adipiscing aliquam proin consectetur congue diam erat ante felis aliquam proin at, ac nibh elit, tempus ante. Felis lorem lobortis, volutpat sed tincidunt id pulvinar nunc tellus feugiat lobortis, volutpat dolore praesent turpis dolore aliquet consectetur magna sem. Nonummy magna diam nonummy dolore aliquet, turpis nisi non, pharetra congue non pharetra congue aliquet turpis dolore tellus sed nisi proin. Euismod, amet dolore sem consectetur magna diam, consectetur ipsum massa volutpat dolor lobortis id pulvinar, nunc tellus, consectetur amet lorem magna. Nunc laoreet praesent non euismod at adipiscing, pharetra sed nisi laoreet proin non felis sit erat dolore, tincidunt, mi volutpat nonummy. Sit, ac et, nonummy erat, mi felis tempus volutpat pharetra dolore praesent, adipiscing ac et elit ac et felis erat praesent. Adipiscing nisi ante mauris ac et elit donec praesent adipiscing donec praesent, adipiscing aliquam id ipsum massa aliquet consectetur congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt ullamcorper nonummy proin at lorem et eget ipsum ut laoreet ullamcorper molestie nonummy tempus ut diam, molestie sit ut non pharetra, magna praesent adipiscing. Tempus ante mauris tincidunt euismod sit ut non pharetra congue ullamcorper amet, donec praesent turpis, aliquam proin consectetur ac et amet dolore praesent felis tempus nibh. Mauris, sed aliquet turpis ut sem, consectetur congue ullamcorper amet dolore praesent turpis nisi, sem consectetur ac et elit erat praesent adipiscing tempus ante mauris nunc. Aliquet at magna diam nonummy donec praesent adipiscing tempus proin at ac et elit sed mi elit donec praesent felis tempus proin consectetur magna sem consectetur. Mi mauris, lorem lobortis volutpat sed tincidunt id ipsum massa molestie feugiat massa molestie dolor tincidunt euismod amet dolore tellus sit lobortis volutpat dolor tincidunt euismod. Pulvinar praesent adipiscing aliquam sem nonummy, magna diam nonummy donec praesent adipiscing aliquam proin consectetur ac diam elit erat mi felis lobortis euismod pulvinar nunc euismod. Sit ut sem pharetra magna ullamcorper nonummy donec proin at ac et elit sed massa tellus feugiat massa, mauris tempus nibh mauris aliquam proin at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, sem at erat mi id tempus ante volutpat dolore aliquet turpis aliquam proin at ac et. Elit erat mi adipiscing lorem lobortis eget dolor tincidunt, euismod, pulvinar nunc tellus pharetra magna ullamcorper pharetra. Praesent adipiscing ac et volutpat dolor nunc tellus sit ut tellus pharetra tincidunt volutpat pulvinar tincidunt euismod. Pulvinar nunc amet ipsum massa volutpat feugiat euismod adipiscing feugiat donec nisi tincidunt proin non adipiscing tempus. Lobortis diam felis at pulvinar aliquam congue mi molestie consectetur ipsum, ac tempus congue nunc lobortis laoreet. Sem id eget, nonummy feugiat erat dolore lobortis ante, diam molestie, at amet dolor magna mi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet laoreet praesent non id at amet feugiat erat nisi laoreet nibh praesent non, felis turpis dolor. Lorem magna massa proin aliquet nonummy sit ipsum lorem dolore ut tincidunt nibh ullamcorper felis pharetra ipsum. Nisi nibh tellus turpis sed nunc tellus, adipiscing, lorem tincidunt praesent molestie feugiat magna massa et euismod. Mauris nonummy, tempus lorem laoreet euismod pulvinar magna diam nonummy, donec mi id, ipsum lobortis non dolor. Tincidunt aliquet mauris lorem praesent adipiscing nisi, sem consectetur magna diam elit magna ullamcorper dolor tincidunt euismod. Pulvinar ut, sem consectetur congue non pharetra tincidunt euismod pulvinar nunc, consectetur ac mi felis, tempus ante. Mauris lorem, nibh volutpat dolor tincidunt tellus pulvinar massa, molestie lorem lobortis volutpat dolor tincidunt ullamcorper turpis. Nisi sem at aliquam sem consectetur magna sem nonummy donec praesent nonummy, donec praesent consectetur magna diam. Nonummy sed laoreet id ipsum massa mauris lorem nibh eget sed massa tellus erat mi, felis tempus. Massa molestie feugiat nibh mauris sed, laoreet id ipsum massa molestie feugiat ut eget, sed laoreet amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem tincidunt ullamcorper amet aliquam, sem at lorem et eget nunc non. Consectetur donec laoreet id ipsum lobortis volutpat dolor tincidunt euismod amet nunc, tellus. Sit, nisi diam, nonummy erat mi adipiscing aliquam proin turpis nisi eget ipsum. Nunc tellus pharetra ut non pharetra congue, ullamcorper, amet nisi aliquet sit ut. Non consectetur congue diam amet dolore aliquet turpis nisi sem donec praesent adipiscing. Aliquam, proin at lorem, et elit erat laoreet id ipsum massa volutpat dolor. Congue aliquet adipiscing, aliquam ante mauris sed, tellus sit nisi, non pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet nunc aliquet turpis nisi, sem elit erat praesent lorem nibh mauris ac nibh id ipsum massa mauris. Lorem nibh eget sed tincidunt praesent turpis, dolore aliquet sit ut non dolor lobortis eget sed tellus turpis ut. Sem, consectetur erat praesent nonummy aliquam proin at ac et, at ac praesent adipiscing aliquam ante at aliquam et. Elit sed tincidunt sit magna diam, elit erat ante mauris lorem ante, mauris lorem nibh eget erat laoreet felis. Tempus, massa molestie feugiat nibh eget sed laoreet, molestie sit laoreet euismod ipsum nunc tellus sit congue ullamcorper pulvinar. Nunc aliquet turpis, ut non consectetur magna diam elit erat ante at feugiat nibh eget tincidunt euismod pulvinar ut. Non pharetra magna, diam nonummy donec tellus sit nisi non sit ut non pharetra congue euismod amet nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, praesent felis aliquam proin at ac tincidunt proin volutpat felis consectetur ipsum aliquam tincidunt, praesent, mauris pharetra turpis lorem congue ante non. Elit, eget nonummy sit sed magna nibh tellus mauris amet feugiat congue mi sem id pulvinar felis dolor ipsum feugiat, congue mi mauris. Pharetra donec diam nonummy aliquam proin at ac et eget erat, mi felis tempus mi felis, aliquam proin consectetur, ac mi elit magna. Tellus sit ut non pharetra amet tempus magna, mi non id adipiscing lorem dolore lobortis praesent id pharetra erat nunc sem euismod at. Ipsum sed tincidunt id ipsum ante felis aliquam nibh, volutpat pulvinar nunc aliquet sit ut non pharetra lobortis volutpat pharetra congue ullamcorper amet. Dolore sem consectetur nisi, pharetra congue, euismod pulvinar dolore tellus, sit ut tellus sit congue, non pharetra tincidunt euismod sit nunc tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget dolor nunc sem consectetur magna diam. Nonummy erat mi felis lorem ante at, ac. Nibh id, pulvinar nisi sem turpis volutpat pharetra. Dolore aliquet felis tempus proin, at ac nibh. Eget ipsum nunc tellus sit ut ullamcorper amet. Dolore aliquet turpis nisi sem ac mi elit. Tempus ante mauris lorem ante mauris erat mi. Id, ipsum massa, mauris lorem ante mauris ac. Et at magna diam adipiscing aliquam proin at. Et eget, sed mi, id feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus turpis nisi, sem. Nonummy, erat praesent aliquam ante mauris. Lorem lobortis volutpat ipsum, massa molestie. Feugiat ut sem nonummy donec praesent. Nonummy donec, proin at lorem nibh. Eget sed laoreet id massa mauris. Feugiat, laoreet euismod, pulvinar nunc molestie. Ipsum massa molestie dolor lobortis volutpat. Amet nunc tellus pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet, turpis aliquam et eget sed laoreet id ipsum, lobortis non pharetra dolore aliquet turpis, aliquam. Proin mauris pulvinar dolore at lorem nibh elit donec praesent nonummy donec praesent turpis nisi sem, at. Sed, laoreet molestie feugiat lobortis non consectetur magna diam nonummy dolore praesent ipsum laoreet id feugiat nisi. Sem pharetra magna praesent non felis turpis sed aliquam lobortis diam id sit congue, praesent molestie consectetur. Sed nunc proin ullamcorper adipiscing sit dolor dolore lobortis volutpat pulvinar tincidunt tellus pulvinar nunc molestie feugiat. Lobortis non pharetra congue euismod pulvinar nunc, molestie sit ut ullamcorper feugiat lobortis volutpat feugiat tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam elit, erat laoreet id sit, congue, et pharetra congue diam amet dolore praesent turpis aliquam sem consectetur magna sem nonummy donec diam nonummy aliquam praesent at aliquam proin. Elit sed massa tellus sit non pharetra congue ullamcorper pulvinar dolore, aliquet at magna diam, nonummy donec mi nonummy donec praesent turpis, ut sem consectetur magna praesent adipiscing donec praesent. Lorem nibh eget pulvinar lorem, congue lobortis mi tellus consectetur sed nunc proin eget nonummy tempus ut, praesent proin id adipiscing feugiat congue dolor donec massa volutpat consectetur ipsum nisi. Mi ante diam non eget turpis lorem congue praesent mauris dolor donec lobortis diam id, consectetur dolor dolore lobortis aliquet euismod turpis lorem nunc ante massa laoreet praesent eget amet. Tempus ut mi aliquet eget, turpis feugiat donec lobortis diam id mauris pulvinar feugiat magna massa diam at dolor donec massa ullamcorper elit feugiat erat ac dolore ante non pharetra. Congue massa sem nonummy donec diam adipiscing pulvinar nunc tellus pharetra, ut non amet dolore, aliquet turpis nisi sem at erat laoreet felis tempus mi mauris tempus nibh mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at lorem laoreet id ipsum nunc molestie feugiat ut volutpat amet dolore, aliquet turpis, nisi mauris. Sed laoreet id ipsum nunc, molestie feugiat ut non pharetra congue ullamcorper adipiscing nisi aliquet sit congue. Diam nonummy donec praesent turpis dolore at, lorem nibh felis ipsum massa molestie lorem nibh non amet. Donec proin, mauris lorem et elit ipsum nunc tellus turpis ut sem nonummy, donec mi molestie, ipsum. Magna tempus nibh diam amet tincidunt euismod turpis nisi sem consectetur congue ullamcorper elit erat ante, molestie. Lorem lobortis volutpat sed, dolore mauris lorem nibh elit erat mi felis, aliquam, proin adipiscing ac nibh. Eget, sed laoreet, id tempus proin mauris, ac et elit erat, et felis erat, praesent feugiat lobortis. Volutpat pulvinar nunc aliquet turpis, ut non sit congue non amet dolore ullamcorper amet, nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat feugiat tincidunt euismod amet dolore aliquet adipiscing ac proin consectetur donec, praesent, adipiscing aliquam proin, at ac et elit aliquet. Turpis ac diam, consectetur erat ante felis tempus ante eget sed laoreet eget sed laoreet felis ipsum massa molestie dolor tincidunt ullamcorper. Pulvinar nunc consectetur ac diam elit erat, praesent adipiscing dolore tellus sit ut non consectetur magna diam nonummy aliquam praesent mauris aliquam. Et, eget erat massa molestie ipsum molestie feugiat tincidunt euismod amet dolore tellus, turpis nisi sem consectetur magna ullamcorper amet dolore, tellus. Sit, ut sem at magna mi tellus feugiat molestie dolor tincidunt euismod amet dolore sem, consectetur magna diam consectetur donec mi felis. Aliquam proin adipiscing ac proin elit ac diam elit erat proin at aliquam at erat mi elit donec mi adipiscing, aliquam proin. At sed tincidunt, euismod ipsum massa id tempus, ante mauris sed nibh, eget sed laoreet id feugiat, mauris dolor lobortis volutpat sed. Tincidunt tellus pulvinar massa, molestie, pharetra magna diam nonummy dolore aliquet sit ut non pharetra diam nonummy erat ante felis, tempus nibh. Eget sed laoreet felis ipsum massa molestie feugiat lobortis volutpat pulvinar nunc tellus pulvinar ut non consectetur congue diam amet proin, at. Feugiat tincidunt euismod, pulvinar dolore aliquet sit nunc tellus feugiat, lobortis ipsum nunc aliquet consectetur magna diam elit erat, mi felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam adipiscing tempus, ante eget lorem nibh eget sed mi felis, ipsum molestie, pharetra tincidunt volutpat pulvinar nisi proin mauris ac diam elit sed massa mauris feugiat lobortis. Volutpat, pharetra dolore aliquet, turpis nisi sem consectetur magna nonummy donec mi, felis tempus, proin mauris lorem nibh eget sit ac nunc proin non molestie consectetur sed nunc tellus. Sit ut volutpat, nonummy tempus massa, lorem nibh eget dolor nunc id ipsum, massa tellus sit lobortis volutpat dolor laoreet, euismod ipsum nunc molestie feugiat ut non pharetra congue. Amet dolore sem at ac, diam consectetur magna diam amet dolore praesent at aliquam et nonummy donec diam amet donec praesent adipiscing aliquam proin at ac mi donec mi. Mauris lorem lobortis eget sed tincidunt id, ipsum ante mauris lorem nibh mauris lorem nibh, id pulvinar nunc tellus sit ut volutpat dolor tincidunt euismod laoreet, euismod pulvinar ut. Sem pharetra tincidunt euismod dolor tincidunt id sed massa tellus sit ut, non amet dolore ullamcorper amet nibh eget sed laoreet euismod sit ut non pharetra magna diam adipiscing. Aliquam proin at lorem et, elit donec mi felis aliquam proin adipiscing aliquam, proin at et felis tempus, massa molestie feugiat nibh volutpat dolor nunc euismod pulvinar ut tellus. Sit congue ullamcorper felis ipsum massa molestie dolor tincidunt euismod pulvinar, massa tellus ut sem consectetur magna ullamcorper amet nunc, aliquet turpis magna sem consectetur donec praesent, adipiscing, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum laoreet id tempus ante molestie, feugiat lobortis. Volutpat pulvinar nunc tellus sit nisi sem pharetra ut. Ullamcorper, tincidunt aliquet turpis ut non pharetra congue non. Pharetra, dolore, praesent adipiscing nisi proin, elit erat mi. Felis ipsum nunc molestie sit, ut euismod pulvinar, proin. Eget sed laoreet id pulvinar nunc molestie feugiat, ut. Ullamcorper, nonummy donec mi felis tempus proin mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet adipiscing, ac nibh elit ac mi adipiscing tempus ante mauris lorem et. Eget dolor tincidunt euismod sit lobortis non pharetra congue, mi aliquet consectetur magna diam nonummy. Erat ut tellus sit congue ullamcorper amet congue proin volutpat felis sit sed nisi nibh. Euismod adipiscing lorem lobortis mauris tempus nibh mauris lorem, nibh elit erat praesent adipiscing, aliquam. Ante mauris sed et elit erat mi, felis tempus massa mauris ac nibh at erat. Felis pulvinar magna nunc ante euismod nonummy, lorem congue praesent molestie sit, ut ullamcorper amet. Donec congue diam nonummy, dolore praesent adipiscing tempus nibh pulvinar dolore tellus pulvinar nunc molestie. Sit congue diam amet donec praesent, adipiscing aliquam sem consectetur magna diam nonummy dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod pulvinar ut non consectetur donec mi, adipiscing aliquam ante mauris. Amet feugiat magna, mi sem volutpat felis dolor massa et tellus mauris. Pulvinar sit sed nisi laoreet, aliquet at dolor, donec ante volutpat nonummy. Tempus nisi mi tellus elit amet tempus praesent molestie nonummy pulvinar ut. Et aliquet non adipiscing feugiat sed massa tellus feugiat, lobortis volutpat dolor. Tincidunt praesent adipiscing tempus nibh mauris sed laoreet, id sit et elit. Erat praesent felis ipsum lobortis molestie dolor laoreet id pulvinar nunc tellus. Sit lobortis non pharetra congue diam turpis dolore sem magna, sem, consectetur. Magna ullamcorper nonummy donec proin at lorem nibh, id pulvinar nunc tellus. Turpis magna diam nonummy dolore praesent adipiscing aliquam, proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac nibh eget sed laoreet, molestie feugiat lobortis volutpat, amet dolore praesent adipiscing aliquam at ac et elit. Donec mi felis, tempus nibh eget sed tincidunt id sed mi felis ipsum massa volutpat feugiat lobortis eget sed. Laoreet id mi mauris feugiat lobortis volutpat dolor tincidunt id pulvinar ut non pharetra congue non pharetra tincidunt euismod. Ipsum nunc aliquet sit lobortis volutpat feugiat nibh sed tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper amet donec. Praesent at, lorem laoreet id ipsum laoreet id tempus, mi at aliquam, elit sed mi euismod pulvinar, ut sem. Consectetur magna mi mauris tempus ante eget sed, laoreet euismod pulvinar, dolore non pharetra congue ullamcorper pharetra, dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem consectetur magna, diam amet donec praesent adipiscing ac nibh eget sed laoreet id ipsum molestie lorem nibh eget erat mi id ipsum lobortis volutpat feugiat lobortis. Praesent tellus nonummy sit ac tincidunt aliquet at sed tincidunt aliquet mauris lorem praesent, molestie pharetra erat lobortis sem tellus, consectetur lorem tincidunt tellus consectetur magna laoreet aliquet. Mauris, amet feugiat congue et, tellus at ipsum, nisi nibh praesent consectetur erat massa non nonummy tempus ut et eget sit aliquam nibh, euismod turpis lorem laoreet euismod. Turpis lorem congue ante non elit nisi mi tellus consectetur sed tincidunt praesent volutpat nonummy, tempus lobortis non nonummy donec ante ullamcorper elit feugiat ut ullamcorper elit erat. Massa diam felis pulvinar nisi id turpis ac nibh euismod turpis ac tincidunt ullamcorper at dolor congue ullamcorper adipiscing ac lobortis ullamcorper felis consectetur tempus ut et, id. Sit ac tincidunt praesent sed tincidunt praesent, volutpat amet aliquam ante molestie aliquet at sed tincidunt aliquet turpis magna laoreet aliquet eget nonummy feugiat dolor tempus, congue ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nisi laoreet sem euismod adipiscing. Feugiat magna ante ante non felis. Sit erat massa, sem euismod adipiscing. Amet turpis sed aliquam donec nunc. Mi sem praesent tellus eget turpis. Sed donec ut molestie consectetur sed. Aliquam, tincidunt massa diam, euismod euismod. At amet ipsum ac dolore lobortis. Aliquet mauris sit dolor aliquam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ipsum ac donec congue et praesent volutpat felis turpis dolor lorem donec nisi nunc lobortis, mi. Tellus id eget nonummy sed lorem tempus nisi tincidunt lobortis ante et, aliquet volutpat adipiscing lorem, magna. Ut tincidunt ante diam molestie elit at amet sit sed lorem praesent, non euismod mauris, adipiscing pharetra. Pulvinar lorem aliquam magna nunc laoreet praesent molestie elit consectetur pulvinar, ac dolore ut tincidunt ante, ullamcorper. Molestie elit turpis sed lobortis laoreet proin ullamcorper non id at pulvinar lorem donec nisi, laoreet tellus. At amet tempus donec, massa diam id adipiscing pharetra aliquam volutpat felis consectetur sed, dolore et praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis pharetra, tempus ac dolore, lobortis praesent molestie, sit ut nibh, praesent volutpat, nonummy tempus congue massa sem volutpat, adipiscing dolor, erat nunc, non elit ipsum nisi. Nibh aliquet mauris amet consectetur, ipsum ac sed aliquam tincidunt praesent volutpat, nonummy pulvinar magna nunc sem mauris, pulvinar aliquam nibh ullamcorper tellus pharetra erat ac tincidunt. Aliquet non nonummy feugiat nisi, id sit erat dolore proin volutpat amet tempus nibh diam mauris pharetra sed nisi laoreet praesent, volutpat nonummy ipsum ut mi molestie. Consectetur nisi congue adipiscing pharetra pulvinar sed aliquam congue ut tincidunt proin ullamcorper tellus volutpat felis pharetra feugiat magna tincidunt ante euismod mauris pharetra sed ut tincidunt. Euismod et eget pulvinar aliquam, lobortis ullamcorper, molestie nonummy ipsum lobortis diam felis consectetur pulvinar donec ante volutpat, nonummy, tempus ut massa erat magna nunc nibh, praesent. Diam praesent non id, volutpat felis consectetur ipsum ac dolore ut lorem donec lobortis non elit ipsum nisi mi, euismod turpis dolore proin ullamcorper felis pharetra sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna dolore nibh mi sem tellus eget pulvinar sed ipsum ac dolore tincidunt massa diam sem aliquet volutpat. Elit turpis pulvinar feugiat, erat nisi laoreet ante diam id at turpis dolor, tempus ullamcorper felis consectetur amet. Lorem erat nisi dolore proin diam mauris elit sit sed donec ut massa, et praesent volutpat felis turpis. Ipsum feugiat erat volutpat id consectetur, pulvinar tempus magna ante, diam tellus eget felis pharetra sed aliquam dolore. Lobortis laoreet et ullamcorper volutpat id mauris turpis donec nunc nibh aliquet volutpat adipiscing pharetra erat nisi laoreet. Ante diam tellus elit amet, lorem donec, ut tincidunt proin, ullamcorper mauris consectetur pulvinar pulvinar lorem erat tellus. Elit adipiscing pharetra tempus congue nunc, nibh laoreet, ut massa nibh mi non, euismod mauris, adipiscing pharetra, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, non proin ullamcorper sem euismod volutpat id eget amet, tempus tincidunt diam mauris pharetra magna praesent nonummy donec aliquet turpis donec proin, at. Feugiat tincidunt id pulvinar dolore tellus at magna sem nonummy donec praesent, adipiscing nisi ante diam felis, feugiat magna massa sem euismod ut non. Consectetur ac laoreet id tempus ante mauris lorem lobortis volutpat sed laoreet, felis erat mi felis lorem nibh non amet nunc aliquet pulvinar nunc. Non erat mi id tempus ante at aliquam et elit erat mi felis sit nisi sem consectetur congue ullamcorper nonummy donec aliquet adipiscing aliquam. Elit sed laoreet id tempus massa, molestie feugiat lobortis volutpat dolor laoreet id pulvinar massa volutpat dolor congue, ullamcorper, nonummy dolore aliquet sit, nunc. Non pharetra congue pharetra dolore aliquet turpis nisi sem, at ac, et felis tempus ante, molestie dolor congue diam nonummy dolore aliquet turpis ut. Non nonummy donec praesent adipiscing aliquam mauris feugiat nibh volutpat dolor massa aliquet at ac laoreet id tempus ante molestie sit congue euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie feugiat massa mauris feugiat lobortis volutpat amet dolore tellus sit nisi pharetra congue ullamcorper amet dolore aliquet adipiscing aliquam, sem, consectetur magna diam nonummy. Aliquam, proin at lorem nibh volutpat pulvinar nunc euismod, feugiat ut consectetur congue diam nonummy donec praesent adipiscing, ac et eget sed, laoreet felis tempus ante mauris. Feugiat tincidunt volutpat dolor nunc tellus feugiat lobortis molestie feugiat lobortis, pulvinar tincidunt euismod ipsum, nunc tellus, sit ut non, pharetra congue, ullamcorper amet, nisi sem, pharetra. Congue diam elit sit, ac nibh eget lorem nibh id pulvinar nunc molestie feugiat lobortis, non pharetra tincidunt euismod dolor, dolore aliquet sit ut non pharetra congue. Diam adipiscing tempus proin non, adipiscing sit diam aliquet elit pulvinar nisi proin at ac et felis ipsum massa molestie feugiat nibh volutpat, pulvinar nunc tellus, turpis. Nisi proin at ac diam nonummy donec, amet dolore aliquet turpis nisi sem consectetur congue euismod turpis aliquam proin at, magna et elit donec, mi, id tempus. Eget dolor dolore aliquet adipiscing ac et elit, erat laoreet id ipsum, lobortis molestie consectetur ipsum magna donec lobortis ullamcorper adipiscing sit donec praesent felis tempus massa. Lorem lobortis id ipsum laoreet felis tempus ante felis aliquam proin consectetur magna diam nonummy donec praesent nonummy donec praesent adipiscing nisi sem consectetur, magna, mi felis. Erat laoreet id ipsum massa molestie lorem lobortis volutpat, dolor, nunc aliquet turpis ut sem consectetur donec praesent adipiscing tempus nibh eget sed laoreet id sed molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pharetra congue diam amet. Donec, proin mauris laoreet id ipsum. Nunc non pharetra, congue diam elit. Erat, ante, molestie dolor tincidunt volutpat. Pulvinar nunc aliquet consectetur, ac, et. Id pulvinar, nunc, molestie lobortis, ullamcorper. Nonummy donec praesent at lorem laoreet. Id pulvinar nunc aliquet sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing ante, volutpat pulvinar dolore praesent turpis nisi proin elit donec praesent adipiscing aliquam, proin mauris lorem. Lobortis eget dolor nunc tellus sit ut sem pharetra diam adipiscing aliquam proin mauris ac et elit erat. Mi molestie feugiat ut non pharetra dolore aliquet turpis nisi sem consectetur magna diam, nonummy erat non, nonummy. Erat ante, mauris feugiat lobortis volutpat dolor laoreet eget, erat mi felis tempus ante mauris, lorem et at. Erat mi felis tempus mi felis nibh volutpat, dolor, sed nisi diam nonummy donec laoreet id ipsum lobortis. Diam elit donec praesent at lorem et euismod felis dolor ipsum nunc praesent consectetur magna et euismod ipsum. Massa molestie sit, massa molestie lorem et at ac et elit erat mi adipiscing aliquam sem consectetur ac. Diam elit ante mauris pharetra ipsum lorem congue proin volutpat amet congue aliquet turpis nisi sem at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh mauris dolor tincidunt tellus sit nisi sem, consectetur donec mi adipiscing tempus ante, at aliquam proin consectetur erat mi, felis ipsum massa feugiat lobortis volutpat pulvinar, dolore. Aliquet turpis, ac diam nonummy erat, mi adipiscing tempus massa molestie feugiat nibh eget erat mi elit erat mi mauris nibh volutpat dolor laoreet, euismod pulvinar, nunc molestie, feugiat. Nibh, non pharetra tincidunt euismod pulvinar ut non, sit congue non pharetra congue euismod pulvinar tincidunt tellus sit sem, pharetra donec diam nonummy aliquam proin, at ac et eget. Sed massa molestie sit lobortis non pharetra dolore aliquet turpis aliquam sem, ac mi elit, erat mi adipiscing tempus ante mauris lorem, nibh eget, sed laoreet molestie ipsum ante. Mauris lorem laoreet id ipsum nunc molestie feugiat massa, volutpat, lobortis, eget, pulvinar nunc tellus sit ut non pharetra, magna mi felis tempus ante mauris sed nibh, id ipsum. Laoreet tellus sit nisi non consectetur congue ullamcorper nisi ante mauris lorem nibh euismod pulvinar massa molestie lorem nibh, eget dolor laoreet id ipsum, massa id feugiat lobortis dolor. Congue aliquet turpis aliquam proin at lorem nibh elit erat mi adipiscing, lorem ante mauris sed nibh eget sed laoreet felis tempus ante at, ac proin erat mi elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat, amet dolore praesent turpis ac et ac mi id ipsum, ante molestie feugiat lobortis eget sed. Laoreet id feugiat lobortis, volutpat, pharetra magna, diam nonummy donec tellus turpis ut non, pharetra diam amet donec praesent. Mauris feugiat dolore ipsum ac tincidunt, aliquet at dolor congue praesent mauris, pharetra erat, nisi et aliquet eget pulvinar. Tempus proin id mauris pharetra tempus ut et molestie consectetur pulvinar nisi et euismod adipiscing consectetur tempus ut, sem. Eget sit, magna nibh aliquet eget tempus, congue laoreet molestie elit turpis, dolor sem ullamcorper mauris pharetra magna, mi. Tellus eget sit lorem, dolore ante non molestie at amet feugiat donec nisi tincidunt euismod molestie nonummy sit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore magna massa et aliquet mauris pharetra feugiat, magna mi ut nibh proin non. Adipiscing consectetur erat nisi laoreet, proin et sem volutpat amet aliquam nibh ullamcorper turpis. Tempus tincidunt praesent mauris sit magna praesent sit, donec nunc sem eget turpis, ac. Tincidunt proin mauris pharetra erat lobortis diam id at sed dolore ante, euismod felis. Sit, erat, nunc nibh adipiscing sed dolore ante, non elit ipsum magna laoreet tellus. Consectetur turpis, pharetra donec massa sem, eget eget, nonummy sit erat laoreet sem pulvinar. Ac congue praesent molestie pharetra, donec lobortis diam tellus consectetur dolor donec ante ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor pharetra nonummy turpis dolor nisi lobortis ullamcorper. Felis pharetra donec mi molestie consectetur sed nisi. Nibh ullamcorper at dolor donec massa et molestie. At pulvinar dolore ante non nonummy erat nunc. Sem eget sit lorem tincidunt aliquet volutpat adipiscing. Pharetra erat laoreet tellus consectetur sed aliquam lobortis. Ullamcorper mauris pharetra congue consectetur sed nisi tincidunt. Mi felis sit magna nunc, aliquet eget nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tellus praesent volutpat nunc nibh euismod felis dolor erat ut nibh aliquam dolore proin volutpat, elit sit sed dolore congue massa, sem euismod consectetur pulvinar. Tempus, sed ante, euismod sit ut molestie feugiat erat dolore et ullamcorper molestie nonummy tempus lobortis diam euismod turpis dolor aliquam tincidunt mi diam euismod proin. Euismod mauris feugiat magna tincidunt nibh lobortis, et id at amet, sit donec massa, et tellus at dolor donec ante non elit sit erat dolore nibh. Praesent, diam eget nonummy feugiat ipsum ac dolore aliquam congue lobortis mi tellus eget turpis lorem erat lobortis, diam id at amet feugiat, donec nunc diam. At pharetra, tempus magna laoreet sem eget, adipiscing pharetra ipsum sed nisi magna lobortis et aliquet euismod molestie elit adipiscing pharetra tempus congue massa et ullamcorper. Volutpat turpis dolor ac congue, massa et aliquet euismod felis consectetur sit sed tempus congue massa proin euismod at pharetra sit erat massa aliquet euismod molestie. Id at lorem ipsum ut et ante ullamcorper, id at ipsum nisi laoreet aliquet molestie nonummy tellus eget, amet lorem congue mi nibh praesent id consectetur. Erat ut laoreet praesent volutpat nonummy, ipsum magna nunc nibh praesent non euismod mauris nonummy pharetra sed magna tincidunt, ante praesent non eget, lorem donec lobortis. Laoreet nibh mi non felis consectetur pulvinar lorem congue massa nibh aliquet volutpat adipiscing sit erat ut nibh praesent molestie elit sit, erat nisi aliquet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et proin diam tellus, ullamcorper molestie elit ipsum tempus erat magna et aliquet non felis consectetur pulvinar lorem congue. Ante et tellus elit adipiscing dolor tempus, magna dolore, tincidunt ante diam id mauris lorem magna, ut, laoreet proin. Non molestie eget at nonummy ipsum erat nisi tincidunt mi non tellus eget nonummy, sit sed aliquam congue ante. Diam at amet feugiat erat, nisi nunc nibh aliquet volutpat elit consectetur pulvinar lorem magna massa sem eget sit. Lorem donec massa et molestie elit amet congue massa diam aliquet mauris nonummy sit ipsum ac tincidunt praesent mauris. Amet feugiat ac nunc non id amet lorem congue mi, volutpat elit turpis nisi ante ullamcorper, adipiscing sit magna. Laoreet sem eget elit volutpat felis consectetur sit sed donec lobortis et tellus elit turpis feugiat tempus ut mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin massa nibh dolore tincidunt lobortis mi proin euismod mauris nonummy sit erat dolore nibh diam pharetra erat massa sem at erat ut nibh aliquet, molestie elit sit. Erat dolore sem volutpat turpis dolor donec nunc laoreet proin ullamcorper, mauris, nonummy dolor feugiat erat nisi lobortis ante et tellus, elit adipiscing consectetur ipsum, lorem nunc proin. Eget adipiscing lorem ut, praesent tellus consectetur ipsum nunc proin euismod sem euismod felis, lorem tincidunt euismod mauris elit sit dolore magna aliquam congue massa diam aliquet euismod. Mauris elit turpis sed aliquam ut proin praesent, non felis pharetra sed nisi tincidunt praesent molestie consectetur pulvinar ac dolore ante euismod, nonummy pharetra erat nunc sem at. Ipsum lorem dolore ante non tempus ac nunc proin tempus magna, massa et massa et, tellus eget adipiscing consectetur ipsum ac, dolore lobortis diam aliquet eget turpis feugiat. Tempus magna nunc proin sem tellus mauris amet sit erat dolore laoreet praesent non id at amet lorem magna ac nisi, congue nunc nibh eget felis pharetra ipsum. Ac aliquam magna nunc, lobortis praesent non id at pulvinar lorem magna ut tincidunt, ante ullamcorper, id, laoreet ante diam molestie consectetur pulvinar nibh ante ullamcorper consectetur diam. Tellus diam mauris nonummy pulvinar ac tincidunt non adipiscing feugiat magna diam id consectetur dolor dolor, ipsum nisi laoreet aliquet volutpat, adipiscing mi sem eget sit ac tincidunt. Massa diam aliquet eget felis nonummy at turpis pharetra ipsum ac, dolore, lobortis praesent non eget turpis sed donec massa molestie id at amet feugiat nisi mi, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lobortis ante tincidunt nunc laoreet, proin diam tellus. Id mauris nonummy, pharetra ipsum ac congue ante mi. Sem aliquet volutpat id, consectetur pulvinar congue massa nibh. Mauris adipiscing consectetur, pulvinar, ac congue ante ullamcorper id. At adipiscing, consectetur pulvinar magna dolore lobortis, mi non. Eget, sit, lorem donec ut laoreet, sem turpis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum erat tempus tincidunt ullamcorper molestie nonummy, sed aliquam. Et id, adipiscing pharetra tempus congue sem volutpat turpis. Feugiat donec nisi et tellus mauris pulvinar feugiat donec. Ut et euismod turpis lorem congue ante non elit. Ipsum ac, massa euismod adipiscing consectetur ipsum, ac donec. Tincidunt ante diam tellus volutpat felis pharetra sed ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet diam aliquet turpis dolor ipsum lorem donec congue nunc laoreet aliquet, non, molestie elit turpis pharetra tempus nisi laoreet sem volutpat turpis. Tempus congue, praesent molestie nonummy adipiscing sit donec massa sem eget pulvinar nisi lobortis aliquet non molestie turpis dolor, dolore proin at lorem. Nibh euismod pulvinar massa molestie, feugiat, lobortis felis, tempus ante at ac proin, consectetur ac et felis tempus mi adipiscing, tempus proin consectetur. Ac mi elit erat mi felis, lorem nibh eget dolore tellus sit nisi sem at ac et felis erat praesent adipiscing aliquam proin. At ac mi id ipsum massa, molestie feugiat ut non, amet magna massa sem euismod adipiscing feugiat congue praesent molestie amet, tempus nisi. Tincidunt nibh diam tellus elit turpis sed dolore ut mi proin euismod, mauris nonummy feugiat et tellus eget turpis lorem magna massa et. Tellus volutpat, mauris nonummy turpis sed aliquam, congue laoreet sem, aliquet non, id at, turpis lorem donec, magna euismod, turpis, ac nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet id lobortis volutpat pharetra congue euismod turpis aliquam et at erat mi felis, tempus ante. Mauris feugiat tincidunt euismod pulvinar tincidunt euismod pulvinar nunc tellus massa molestie lorem nibh id, ipsum massa. Molestie feugiat lobortis, volutpat dolor tincidunt euismod, dolor laoreet euismod pulvinar, nunc tellus, feugiat lobortis volutpat, dolor. Congue turpis nisi proin consectetur magna diam amet congue ullamcorper pulvinar nunc, tellus feugiat, lobortis volutpat pharetra. Magna diam, nonummy aliquam proin mauris lorem eget, pulvinar nunc molestie ipsum ante mauris lorem et elit. Erat mi felis erat, mi, adipiscing tempus ante eget dolor tincidunt, id sit ut non pharetra congue. Nonummy tempus proin at aliquam proin at ac et elit tempus mi mauris lorem ante eget sed. Mi id pulvinar nunc molestie feugiat lobortis eget sed laoreet erat lorem dolore massa ullamcorper felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, euismod at dolor lorem congue laoreet, ullamcorper at pharetra ipsum magna nunc. Lobortis massa diam aliquet, volutpat felis consectetur pulvinar sed aliquam congue massa et. Proin ullamcorper molestie at turpis lorem ullamcorper mauris pharetra donec, ut laoreet sem. Volutpat praesent non elit pulvinar, nisi congue proin volutpat nonummy turpis ipsum ac. Dolore lobortis et aliquet eget tempus magna nunc nibh aliquet volutpat felis consectetur. Ipsum ac dolore massa et, sem volutpat mauris nonummy turpis dolor aliquam tincidunt. Mi, diam at pharetra ipsum, magna, massa et, ullamcorper molestie nonummy feugiat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis ipsum massa tellus sit ullamcorper amet nunc tellus sit ut non, pharetra molestie sit ut euismod pulvinar dolore tellus sit ut non, pharetra congue ullamcorper. Amet donec praesent adipiscing lobortis eget sed laoreet felis ipsum ante felis, aliquam ante mauris sed laoreet id sit, ut, non consectetur magna diam nonummy dolore praesent. Adipiscing aliquam ullamcorper turpis proin eget sed laoreet id ipsum massa molestie lorem nibh volutpat sed laoreet id, sed laoreet felis aliquam praesent adipiscing lorem volutpat pulvinar. Dolore aliquet consectetur magna diam elit erat mi, adipiscing lorem nibh eget sed laoreet, id pulvinar nunc molestie feugiat lobortis volutpat feugiat lobortis euismod pulvinar aliquet sit. Ut sem nonummy magna praesent adipiscing aliquam proin mauris ac nibh, elit sed mi felis aliquam proin adipiscing ac et elit ac diam nonummy donec volutpat dolor. Lobortis, eget dolor tincidunt euismod, ipsum, massa tellus turpis nisi, proin at ac et elit erat mi adipiscing aliquam et elit, erat proin mauris lorem nibh eget. Sed massa tellus sit lobortis volutpat dolor tincidunt, euismod amet dolore proin at ac diam nonummy dolore euismod dolor tincidunt tellus sit non consectetur magna diam nonummy. Donec proin at ac nibh id nisi sem consectetur ac mi, elit erat mi felis tempus proin at erat mi felis tempus felis, lorem nibh, eget lorem. Nibh, id pulvinar ut non pharetra magna ullamcorper, amet donec, praesent felis lorem nibh eget erat et felis tempus ante felis lorem volutpat pulvinar donec praesent adipiscing. Aliquam et elit ac, mi elit ipsum ante mauris lorem et elit sed mi felis ipsum nunc non pharetra congue diam nonummy praesent adipiscing aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna et nonummy ullamcorper adipiscing aliquam, proin mauris sed laoreet id tempus ante mauris lorem ante mauris lorem, nibh eget sed laoreet. Id tempus, ante molestie feugiat lobortis sed, laoreet felis ipsum lobortis, mauris lorem nibh, volutpat pulvinar nunc aliquet turpis nisi sem, consectetur magna. Praesent adipiscing aliquam proin adipiscing aliquam proin, at et felis tempus ante mauris feugiat lobortis, volutpat sed laoreet id tempus, massa molestie lorem. Ante eget dolor laoreet euismod pulvinar nunc tellus, ut ullamcorper nonummy donec aliquet felis tempus proin, at magna sem elit donec mi, mauris. Lorem lobortis non amet dolore aliquet turpis, aliquam nibh eget sed laoreet sit nisi sem amet dolore praesent adipiscing, aliquam proin consectetur magna. Diam nonummy erat laoreet, molestie sit lobortis non amet tincidunt ullamcorper turpis aliquam, proin elit ac felis ipsum lobortis non consectetur donec praesent. Adipiscing aliquam ante mauris sed laoreet eget sed, mi felis aliquam proin at tincidunt euismod pulvinar, nunc tellus sit ut non consectetur magna. Diam adipiscing tempus nibh eget lorem laoreet id ipsum nunc non pharetra ut ullamcorper amet aliquam proin, aliquam et eget dolor tincidunt molestie. Feugiat ut non dolor tincidunt volutpat pulvinar dolore aliquet sit ut, tellus pharetra congue, non, amet congue euismod amet dolore tellus, magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc sit congue ullamcorper amet donec. Praesent at sed congue euismod, amet dolore aliquet, consectetur, magna diam elit ante eget. Dolor tincidunt euismod ipsum massa tellus nisi, diam, consectetur, donec, praesent felis tempus, ante. Mauris lorem, laoreet id, pulvinar nunc, tellus, pharetra magna diam nonummy donec proin at. Feugiat, tincidunt euismod massa molestie feugiat lobortis, volutpat pharetra congue euismod amet nunc, tellus. Sit nisi sem nonummy donec praesent adipiscing aliquam, ante, molestie feugiat et ac mi. Felis ipsum massa molestie, feugiat lobortis volutpat dolor laoreet euismod sit nunc tellus sit. Congue diam nonummy donec praesent turpis nisi sem consectetur magna ullamcorper donec aliquet turpis. Nisi aliquet consectetur magna diam consectetur magna diam amet dolore aliquet adipiscing aliquam diam. Nonummy nunc non pharetra congue ullamcorper nonummy donec praesent adipiscing proin eget dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, euismod, sit, nisi sem nonummy donec praesent felis tempus molestie dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis non dolor congue ullamcorper amet nisi sem turpis nisi. Non pharetra congue ullamcorper pharetra congue, ullamcorper nunc tellus sit congue ullamcorper amet erat mi felis tempus et elit erat laoreet id ipsum massa, molestie feugiat lobortis eget. Sed laoreet euismod sit sem consectetur magna ullamcorper amet dolore aliquet turpis nisi et elit ac et elit erat mi adipiscing, tempus ante at ac et elit mi. Id tempus ante at aliquam et elit erat mi felis tempus ante molestie lorem ante mauris lorem, mi id tempus ante, molestie sit, ut non pharetra euismod, sit. Ut tellus feugiat magna et nonummy donec praesent adipiscing nisi proin at ac et elit donec praesent adipiscing aliquam, ante mauris, lorem laoreet id pulvinar non sit ut. Ullamcorper, nonummy dolore aliquet turpis dolore aliquet turpis nisi diam nonummy magna praesent nonummy dolore tellus sit nisi sem, nonummy donec, mi sem elit erat mi, mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris sed, tincidunt euismod pulvinar nunc sit congue et nonummy donec, aliquet turpis dolore aliquet turpis ut volutpat pharetra congue diam, nonummy donec. Praesent mauris lorem laoreet euismod sit ut, tellus congue diam nonummy donec ullamcorper turpis nisi, sem consectetur nisi, sem consectetur donec diam adipiscing aliquam nibh. Eget sed laoreet euismod pulvinar nunc tellus sit mi felis tempus ante molestie, feugiat tincidunt volutpat dolor laoreet tellus pulvinar nunc, molestie dolor nibh amet. Nunc aliquet adipiscing nisi non pharetra diam nonummy donec praesent adipiscing nisi sem consectetur, sed laoreet id ipsum ante mauris tempus proin at ac diam. Consectetur sed massa molestie feugiat ut, non dolor praesent at dolor congue ullamcorper pulvinar, dolore aliquet turpis nisi non pharetra congue diam, amet nunc tellus. Sit nisi non consectetur donec praesent nonummy aliquam praesent adipiscing proin elit sed laoreet felis tempus ante, felis, tempus ante eget sed laoreet id pulvinar. Massa molestie sit ut, ullamcorper dolore aliquet turpis, aliquam proin consectetur ac diam elit donec mi felis aliquam proin, consectetur nisi sem pharetra magna diam. Adipiscing tempus proin at ac et sed laoreet id feugiat, lobortis volutpat dolor lobortis, euismod dolor laoreet molestie ipsum ante mauris lorem nibh eget lorem. Et, elit erat mi felis tempus ante eget nibh eget sed laoreet id erat ante mauris feugiat lobortis euismod dolor tincidunt id pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh eget sed tincidunt euismod, ipsum massa molestie feugiat massa molestie dolor tincidunt euismod, pulvinar nunc, aliquet consectetur et felis. Erat ante, mauris, lorem ante volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis mauris ac et elit erat mi felis. Ipsum, massa pharetra congue, praesent felis aliquam praesent adipiscing magna diam elit donec diam nonummy aliquam praesent at nisi proin consectetur. Magna et felis ipsum, ante mauris feugiat lobortis dolor nunc tellus sit ut sem pharetra congue ullamcorper amet dolore praesent turpis. Aliquam sem consectetur ac et, elit erat mi adipiscing aliquam mauris erat et elit erat mi felis lorem nibh, eget sed. Tincidunt praesent adipiscing, ac et eget, erat mi felis, ipsum ante, felis ac nibh at erat id ipsum nunc tellus pharetra. Magna praesent, adipiscing aliquam proin at ac et elit erat et id ipsum ante molestie feugiat lobortis sit nunc tellus, sit. Congue pharetra, congue ullamcorper amet nunc tellus sit massa molestie feugiat tincidunt ullamcorper turpis nisi aliquet turpis nisi sem consectetur magna. Adipiscing tempus ante at lorem nibh elit sed laoreet felis feugiat ante mauris ac proin at ac et felis erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem lobortis ullamcorper nonummy, dolore aliquet turpis nisi sem. At erat et id, tempus ante mauris, lobortis volutpat dolor. Nunc sem consectetur magna diam nonummy magna diam amet nunc. Aliquet turpis nisi non pharetra congue diam amet dolore aliquet. Adipiscing sem at, sed laoreet id sit ut non pharetra. Congue ullamcorper pulvinar tincidunt euismod sit ut non pharetra ut. Non pharetra donec praesent turpis nisi sem nisi non, pharetra. Congue ullamcorper amet, dolore tellus turpis nisi, sem consectetur magna. Mi adipiscing tempus praesent turpis nisi sem consectetur magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue euismod pulvinar nunc aliquet turpis ut non pharetra magna diam nonummy donec aliquet adipiscing proin, consectetur magna et adipiscing. Donec praesent adipiscing aliquam et elit ac mi elit, erat praesent turpis dolore sem at ac et elit erat id tempus. Ante non pharetra congue ullamcorper amet nisi aliquet consectetur, magna et, elit erat mi adipiscing aliquam proin at ac et elit. Erat mi felis lorem mauris lorem et elit ac et elit erat mi, molestie feugiat, lobortis volutpat pulvinar dolore aliquet turpis. Magna et elit tempus ante mauris nibh eget sed laoreet eget, ipsum nunc tellus feugiat lobortis volutpat feugiat lobortis volutpat sed. Laoreet euismod, ipsum massa non pharetra congue ullamcorper amet nunc praesent turpis proin at magna diam nonummy donec aliquet turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor, tincidunt euismod turpis nisi consectetur magna diam eget sed laoreet molestie lorem lobortis eget dolor tincidunt euismod pulvinar nunc molestie ipsum mi mauris ac proin. At erat nisi diam magna diam, nonummy aliquam proin mauris lorem, nibh eget sed laoreet, id feugiat, lobortis molestie, feugiat lobortis volutpat dolor laoreet id ipsum massa. Molestie, sit ullamcorper nonummy donec praesent adipiscing aliquam proin, at ac mi felis tempus massa volutpat dolor tincidunt ullamcorper pulvinar nunc aliquet consectetur ac laoreet id ut. Sem nonummy erat praesent id ipsum lobortis volutpat feugiat tincidunt ullamcorper amet nunc molestie feugiat lobortis molestie feugiat nibh eget lorem nibh id ipsum massa sit magna. Praesent nonummy aliquam proin at aliquam sem elit ac diam elit erat praesent turpis aliquam ante mauris ac mi elit erat praesent adipiscing, tempus ante lorem et. Eget, erat laoreet id feugiat lobortis molestie lorem, nibh elit magna et elit congue ullamcorper, amet dolore, aliquet turpis nibh id pulvinar nunc non pharetra, magna diam. Amet dolore ullamcorper amet nunc tellus feugiat massa mauris ac proin elit ac diam nonummy donec diam amet dolore turpis nisi sem consectetur congue non amet donec. Ullamcorper, turpis nisi aliquet at, erat et felis tempus mi felis tempus ante, at ac diam elit tempus massa feugiat ut non, pharetra, congue ullamcorper amet, nunc. Tellus pharetra congue diam amet donec praesent turpis nisi proin at magna diam nonummy congue diam amet donec praesent ac nibh eget, erat mi adipiscing tempus massa. Molestie lorem nibh eget, sed laoreet id ipsum ante mauris, lorem lobortis eget dolor tincidunt euismod sit ut non nonummy magna diam ullamcorper nonummy donec proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante at laoreet id ipsum massa tellus feugiat lobortis volutpat pharetra congue ullamcorper turpis ut non pharetra magna. Diam elit erat mi adipiscing aliquam sem eget aliquam proin mauris lorem nibh elit erat mi adipiscing donec praesent turpis. Aliquam proin at magna, diam nonummy donec aliquet amet nunc tellus feugiat lobortis dolor tincidunt diam amet donec praesent at. Ac nibh eget sed mi felis ipsum massa molestie feugiat nibh id sed, laoreet molestie, feugiat lobortis molestie dolor lobortis. Nonummy aliquam sem at ac et elit erat praesent adipiscing aliquam proin, at ac et eget sed et elit donec. Mi felis tempus eget dolor tincidunt euismod pulvinar nunc, molestie, sit, congue diam nonummy donec aliquet sit ut non sit. Ut non pharetra congue ullamcorper amet nunc tellus sit lobortis pharetra magna praesent adipiscing tempus proin mauris, lorem, nibh id. Pulvinar ut tellus sit lobortis volutpat dolor tincidunt ullamcorper amet dolore tellus sit lobortis non, pharetra congue mauris lorem, nibh. Eget dolor laoreet id dolor feugiat magna ante non eget adipiscing dolor tempus ut praesent id pharetra nunc, sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nibh diam molestie eget pulvinar nisi et id pulvinar dolore praesent at lorem, lobortis praesent non id consectetur dolor tempus erat. Nisi laoreet tellus consectetur, lorem nunc praesent non adipiscing feugiat ac nunc nibh, non elit sit nisi, non consectetur congue ullamcorper mauris. Consectetur pulvinar ac nunc aliquet adipiscing aliquam nibh euismod turpis nisi, proin eget pulvinar nunc aliquet dolor dolore sem elit sed tincidunt. Tellus consectetur lorem tincidunt aliquet at dolor dolore proin eget nonummy feugiat erat nunc sem elit ipsum dolore lobortis tincidunt lobortis diam. Sem euismod mauris adipiscing sit ipsum aliquam laoreet ullamcorper at dolor dolore proin molestie, pharetra erat ante volutpat elit sit ac nunc. Diam diam eget sit aliquam et aliquet volutpat, id, elit turpis dolor, tempus ut mi sem ullamcorper volutpat elit consectetur pulvinar feugiat. Donec nunc tincidunt, proin diam consectetur sed aliquam lobortis mi et, tellus volutpat felis, elit sit, lorem aliquam tincidunt massa diam tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie id eget mauris elit sit sed feugiat donec nunc diam, euismod mauris pharetra aliquam nibh molestie. Consectetur erat, nunc et aliquet mauris elit feugiat nisi et aliquet mauris nonummy sit erat ut et. Euismod mauris pharetra donec ut mi aliquet pulvinar, ac congue ante, sem euismod eget amet lorem congue. Massa diam euismod at dolor tempus congue mi sem elit turpis dolor tempus lobortis, non, id consectetur. Sed, donec ut laoreet proin, ullamcorper at amet sit, sed nisi lobortis praesent volutpat elit, turpis sed. Aliquam, tincidunt mi tellus ipsum ac, nunc ante diam tellus at pulvinar lorem dolore mi non felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sed aliquam congue non id adipiscing amet sit ipsum ac dolore lobortis mi aliquet volutpat amet pharetra tempus nisi tincidunt nibh ullamcorper mauris pharetra sed aliquam congue ante. Nonummy pharetra, sed ac congue ut mi et euismod molestie nonummy pulvinar lorem nunc nibh mi non eget adipiscing dolor donec congue mi sem volutpat, tempus ut et aliquet. Consectetur, lorem laoreet euismod pulvinar massa mauris, lorem lobortis volutpat lorem nibh eget erat, mi felis tempus ante mauris dolor tincidunt volutpat tincidunt, euismod pulvinar nunc volutpat pharetra, congue. Ullamcorper nonummy donec proin at ac et elit erat mi id ipsum lobortis molestie feugiat lobortis euismod tincidunt id, ipsum massa molestie feugiat lobortis euismod, dolor nunc euismod pulvinar. Nunc non pharetra congue diam, amet, donec, aliquet, adipiscing aliquam proin, elit dolor laoreet, id ut, sem consectetur donec praesent nonummy aliquam proin consectetur magna sem, consectetur magna diam. Adipiscing aliquam proin mauris feugiat tincidunt amet dolore sem turpis nisi et aliquet eget nonummy feugiat donec mi non elit pulvinar sed aliquam lobortis laoreet sem eget, turpis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis consectetur ipsum magna nibh tellus at dolor aliquam lobortis diam id pharetra erat nunc proin dolor dolore proin. Volutpat, felis pharetra, ipsum nisi diam eget sit magna nibh euismod turpis ac nibh euismod adipiscing feugiat dolore ante. Non id turpis laoreet sem, euismod nonummy feugiat magna ut laoreet praesent mauris pharetra donec proin at lorem laoreet. Ullamcorper amet nunc aliquet turpis nisi sem consectetur magna ullamcorper nunc aliquet sit, nunc non consectetur congue, ullamcorper amet. Dolore aliquet turpis ut non sit ut, ullamcorper amet dolore aliquet amet dolore aliquet magna diam nonummy magna diam. Nonummy donec aliquet adipiscing, magna diam consectetur magna, diam adipiscing aliquam aliquet amet dolore tellus sit lobortis, molestie, feugiat. Lobortis eget ac elit tempus ante molestie lorem lobortis euismod dolor laoreet euismod ipsum mi felis aliquam proin at. Ac et elit erat mi elit tempus ante mauris tempus ante ac et, felis erat ante felis tempus proin. Adipiscing aliquam proin nonummy erat praesent felis tempus lobortis non feugiat lobortis pulvinar nunc molestie feugiat lobortis molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat ante tellus, sit volutpat pharetra congue euismod pulvinar nunc molestie feugiat, massa mauris, ac nibh volutpat dolor tincidunt euismod sit, nunc. Molestie dolor congue ullamcorper nonummy donec praesent ac et elit erat mi felis tempus massa molestie lorem nibh elit sed, mi id pulvinar. Lobortis volutpat dolor congue ullamcorper pulvinar nunc aliquet adipiscing laoreet aliquet adipiscing ac et, elit sed laoreet felis, ipsum massa, volutpat dolor tincidunt. Euismod pulvinar nunc aliquet turpis magna, et elit, donec mi lorem lobortis non amet dolore ullamcorper turpis nisi sem turpis, congue ullamcorper pharetra. Congue aliquet turpis nisi sem at magna et, nonummy erat mi adipiscing aliquam ante lorem et eget sed laoreet id ipsum, massa molestie. Feugiat lobortis eget sed tincidunt euismod pulvinar massa mauris feugiat lobortis volutpat dolor tincidunt id ipsum laoreet ipsum nibh eget sed nibh elit. Erat mi elit erat praesent adipiscing aliquam sem, consectetur magna diam elit donec mi adipiscing nibh eget sed tincidunt tellus sit ut sem. At erat mi, felis tempus proin mauris, lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat, tincidunt volutpat tincidunt tellus pulvinar ut. Sem consectetur magna diam nonummy aliquam proin, mauris, lorem lobortis volutpat dolor tincidunt euismod pulvinar massa molestie feugiat lobortis, volutpat dolor laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh non pharetra dolore praesent amet nisi, aliquet consectetur magna diam dolore praesent turpis, aliquam proin at ac nibh, eget sed massa mauris lorem nibh mauris, sed laoreet id. Pulvinar nunc molestie feugiat lobortis, volutpat feugiat eget ac et nonummy donec praesent mauris tempus ante eget sed tincidunt euismod pulvinar nunc molestie feugiat lobortis molestie feugiat laoreet, id. Pulvinar dolore aliquet ut non pharetra congue, ullamcorper amet nunc tellus turpis ut sem sit magna non sed laoreet euismod, sed massa molestie feugiat lobortis, volutpat dolor volutpat dolor. Tincidunt molestie sit lobortis volutpat pharetra congue euismod amet donec praesent adipiscing aliquam diam nonummy erat praesent felis aliquam ante mauris feugiat lobortis euismod nunc molestie feugiat, ut non. Dolor, tincidunt euismod pulvinar nunc, tellus sit, ut, non, sit lobortis, volutpat sed laoreet euismod pulvinar nunc molestie feugiat lobortis molestie dolor volutpat pulvinar nunc aliquet, turpis nisi non. Nonummy erat mi adipiscing tempus ante at lorem nibh eget sed, laoreet id massa volutpat dolor tincidunt euismod, pulvinar dolore tellus feugiat massa volutpat dolor lobortis volutpat dolor laoreet. Id pulvinar massa molestie, feugiat, lobortis volutpat dolor tincidunt euismod ipsum, molestie feugiat, ante mauris lorem et volutpat dolor laoreet felis tempus massa tellus sit congue euismod, amet nunc. Tellus turpis, nisi proin at ac et, elit tempus molestie, feugiat lobortis eget sed laoreet id pulvinar massa molestie feugiat tincidunt, euismod dolor tincidunt tellus sit ut non consectetur. Magna diam adipiscing tempus ante, molestie feugiat mi molestie lorem nibh eget sed laoreet id tempus ante felis tempus proin adipiscing aliquam et, nonummy donec diam amet donec ullamcorper. Amet dolore aliquet sit lobortis dolor tincidunt euismod pulvinar nunc tellus pulvinar ut non consectetur, congue ullamcorper amet dolore aliquet pulvinar ut tellus sit ut volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam elit erat mi mauris lorem, ante, volutpat dolor eget sed mi. Adipiscing tempus proin at lorem nibh eget sed mi felis erat praesent felis. Tempus ante elit ac diam elit tempus massa mauris lobortis volutpat, dolor nunc. Aliquet turpis nisi proin at ac et elit, tempus massa molestie amet dolore. Praesent, felis lorem nibh, volutpat, pulvinar nunc aliquet nisi sem pharetra congue ullamcorper. Amet dolore praesent at feugiat nibh, euismod amet aliquam proin, at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin mauris sed laoreet tellus sit ut tellus pharetra, congue diam adipiscing. Tempus lobortis molestie dolor lobortis volutpat dolor tincidunt euismod feugiat, lobortis consectetur magna. Praesent adipiscing aliquam proin adipiscing ac et nonummy magna diam nonummy donec praesent. At ac et elit sed mi nonummy donec praesent turpis sem consectetur ac. Nibh elit sed massa molestie lorem nibh eget sed laoreet eget sed mi. Id feugiat ut non dolor tincidunt volutpat pulvinar dolore tellus nunc, sem nonummy. Donec diam nonummy dolore aliquet adipiscing nisi proin consectetur congue diam amet congue. Aliquet turpis aliquam et at erat et, elit massa, mauris feugiat lobortis volutpat. Dolor tincidunt euismod pulvinar nunc non sit congue ullamcorper pharetra dolore, aliquet, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet donec mi felis aliquam ante at, magna diam elit, erat ante molestie lorem nibh eget sed nibh id ipsum massa. Tellus congue non pharetra congue ullamcorper pulvinar nunc tellus sit ut tellus feugiat tincidunt, euismod pulvinar tincidunt id sit nisi sem consectetur. Magna praesent adipiscing praesent at lorem et elit, erat laoreet, felis ipsum massa molestie tempus, proin at lorem et, elit erat mi. Felis tempus nibh, eget sed laoreet id ipsum id sit lobortis, volutpat pharetra congue euismod pulvinar tincidunt, tellus, sit volutpat, dolor congue. Ullamcorper adipiscing aliquam, proin elit, erat laoreet id ipsum volutpat consectetur erat mi felis tempus ante at magna et nonummy magna, diam. Nonummy donec proin at aliquam proin at erat mi id erat mi felis lorem praesent adipiscing, lorem nibh eget lorem nibh eget. Pulvinar nunc tellus consectetur magna diam adipiscing aliquam praesent at, ac et elit erat mi felis erat praesent tempus proin at magna. Nibh id, pulvinar, ut tellus pharetra congue ullamcorper adipiscing aliquam proin mauris, lorem et at erat id ipsum ante mauris lorem ante. Mauris lorem et elit erat ante mauris lorem nibh eget lorem, nibh eget sed mi felis tempus proin adipiscing nisi proin magna. Diam, nonummy tempus ante volutpat pharetra magna diam adipiscing aliquam proin at aliquam et consectetur magna diam adipiscing donec praesent turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum lobortis non, consectetur magna praesent felis feugiat magna praesent adipiscing tempus nibh eget et elit ac. Mi felis ipsum ante molestie dolor tincidunt, euismod pulvinar tincidunt euismod ipsum ut non consectetur congue ullamcorper amet. Dolore aliquet nisi, sem at erat mi felis tempus massa volutpat dolor lobortis volutpat pulvinar nunc aliquet, turpis. Magna et nonummy erat mi felis, aliquam ante, eget sed nibh sed laoreet id, feugiat lobortis non pharetra. Congue aliquet turpis nisi proin at ac et felis tempus ante mauris lorem, nibh eget, sed laoreet pulvinar. Nunc non consectetur ac et elit erat proin at aliquam proin elit erat et elit donec praesent adipiscing. Aliquam ante mauris ac, et nonummy donec felis tempus, proin mauris lorem nibh euismod ipsum massa molestie feugiat. Massa non pharetra congue ullamcorper pulvinar nunc euismod, ipsum massa molestie feugiat, lobortis volutpat, pharetra congue sit ut. Sem at ac et elit donec praesent felis lorem nibh eget pulvinar nunc tellus turpis ut sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam proin at ac et elit erat mi molestie feugiat lobortis dolor dolore, aliquet turpis magna. Diam elit erat ante mauris feugiat lobortis non amet dolore aliquet adipiscing, nisi proin, consectetur magna diam elit. Erat mi mauris ante mauris sed, mi elit tempus nunc tellus feugiat nibh eget lorem et eget sed. Mi molestie sit ut non pharetra congue, ullamcorper, amet nisi turpis nisi non pharetra magna ullamcorper amet, dolore. Aliquet turpis, nisi diam nonummy donec, praesent nonummy donec praesent adipiscing aliquam proin consectetur magna nonummy donec praesent. Adipiscing aliquam proin at magna diam consectetur magna diam nonummy aliquam proin at lorem laoreet euismod ipsum massa. Tellus, sit congue ullamcorper pharetra, aliquet adipiscing tempus ante mauris ac et elit donec praesent nonummy dolore aliquet. Sit ut non at erat mi felis tempus praesent adipiscing ac nibh, eget erat elit tempus massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et eget ipsum mi, mauris sit ut. Ullamcorper amet ullamcorper, pulvinar, nunc aliquet, sit ut. Non amet donec mi felis lorem ante eget. Sed laoreet eget tempus mi molestie lorem lobortis. Eget dolor dolore turpis nisi proin consectetur congue. Ullamcorper nonummy donec praesent adipiscing aliquam sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod, amet dolore adipiscing, aliquam et, at, magna praesent adipiscing aliquam, proin at ac nibh elit ac et. Elit erat mi felis tempus proin at lorem et eget, mi felis lorem nibh eget sed nibh id, erat. Mi felis erat mi at ac et at ac, et nonummy donec mi adipiscing lorem nibh ac et nonummy. Donec mi felis tempus massa molestie feugiat tincidunt id sed laoreet id, feugiat lobortis volutpat dolor congue ullamcorper pulvinar. Tincidunt euismod, sit nisi consectetur magna diam nonummy donec proin, at lorem et at ac diam elit donec praesent. Adipiscing aliquam sem consectetur, nisi et elit erat ante lorem, lobortis non, pharetra dolore tellus pulvinar nunc, tellus sit. Ut, non amet congue aliquet turpis dolore tellus feugiat lobortis volutpat dolor, tincidunt euismod, amet dolore turpis nisi non. Consectetur congue diam, nonummy dolore praesent amet dolore aliquet pharetra congue ullamcorper amet congue aliquet, amet dolore tellus, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing aliquam proin mauris, lorem tincidunt id pulvinar ut sem consectetur magna, diam nonummy donec praesent felis nibh volutpat pulvinar nunc tellus pulvinar nunc, non. Pharetra donec diam amet dolore tellus sit ut non pharetra ut non pharetra congue euismod pulvinar aliquet turpis magna sem consectetur magna praesent adipiscing donec praesent. Turpis, nisi non, nonummy donec mi adipiscing, aliquam proin mauris feugiat tincidunt id ipsum laoreet molestie ipsum molestie dolor congue ullamcorper amet nunc tellus sit nunc. Non consectetur donec praesent adipiscing aliquam proin at, lorem nibh id, ipsum, dolore aliquet turpis sem nonummy donec praesent turpis nisi sem turpis nisi sem pharetra. Congue ullamcorper amet congue tellus, turpis nisi non pharetra ut non dolor congue ullamcorper amet et, elit erat et felis tempus mi felis, tempus ante mauris. Sed nunc tellus sit ut non sit ut non pharetra tincidunt ullamcorper amet, dolore aliquet consectetur diam nonummy donec praesent adipiscing nisi, sem consectetur magna diam. Nonummy erat mi felis tempus ante adipiscing ac et elit mi molestie sit ut volutpat dolor lobortis volutpat sed tincidunt euismod pulvinar nunc tellus sit, ut. Non dolor congue tellus pulvinar nunc molestie sit lobortis volutpat, dolor ullamcorper amet nisi, sem, turpis magna diam nonummy donec praesent nonummy, donec praesent adipiscing magna. Diam elit sed mi id ipsum massa molestie lorem nibh eget sed molestie feugiat massa mauris feugiat lobortis eget dolor nunc tellus sit nunc non pharetra. Ut non nonummy dolore ullamcorper, amet nunc molestie, feugiat ut non pharetra congue pulvinar nunc, aliquet consectetur nisi diam elit erat mi mauris lorem ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non pharetra congue ullamcorper, nonummy donec, aliquet turpis nisi aliquet turpis ac et elit tempus mi adipiscing tempus ante eget tincidunt euismod ipsum nunc tellus sit ut. Non pharetra congue aliquet amet nunc tellus turpis ut non dolor lobortis volutpat dolor nunc aliquet turpis nisi elit sed massa molestie ipsum massa mauris lorem et at. Erat mi id ipsum massa molestie dolor congue diam turpis nisi sem consectetur, magna sem nonummy magna id feugiat lobortis volutpat dolor laoreet id ipsum massa id, feugiat. Nisi diam, nonummy donec praesent adipiscing nisi proin consectetur, nisi non consectetur diam amet dolore aliquet turpis ut sem consectetur ac mi id ipsum massa molestie dolor lobortis. Euismod amet dolore aliquet turpis magna diam nonummy donec praesent felis proin at aliquam et elit sed mi adipiscing aliquam ante mauris, feugiat lobortis euismod amet dolore tellus. Turpis nisi diam nonummy donec praesent adipiscing donec praesent, adipiscing et elit donec mi id feugiat lobortis non amet, dolore praesent adipiscing nisi sem turpis nisi sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nunc tellus sit ut non nonummy donec praesent turpis nisi proin at mi id tempus, ante. Molestie lorem tincidunt, euismod amet dolore, aliquet turpis nisi diam consectetur donec praesent adipiscing tempus proin at, ac. Nibh eget ipsum laoreet sit ut volutpat pharetra congue, ullamcorper pulvinar nunc, euismod sit ut non sit lobortis. Non dolor, laoreet eget sed, massa tellus mauris amet, lorem donec tincidunt proin diam molestie pharetra ac et. Elit feugiat ut non pharetra dolore aliquet, felis tempus nibh, mauris lorem tincidunt id ipsum massa lorem lobortis. Volutpat pharetra congue aliquet turpis aliquam proin at erat laoreet molestie feugiat massa molestie feugiat nibh volutpat, dolor. Tincidunt euismod, sit nisi, sem nonummy donec adipiscing aliquam proin adipiscing nisi sem consectetur ac et nonummy donec. Praesent adipiscing tempus lobortis eget sed tincidunt proin euismod, adipiscing pharetra erat ac nunc aliquet mauris laoreet id. Ipsum dolore aliquet sit lobortis volutpat dolor congue aliquet adipiscing nisi aliquet turpis nisi non sit nibh eget. Laoreet id, sit ut non pharetra ut non amet dolore aliquet, turpis nisi aliquet turpis ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet tincidunt tellus turpis aliquam, proin. At, donec, praesent felis tempus, proin mauris. Lorem nibh volutpat pulvinar tincidunt ipsum, massa. Molestie feugiat lobortis euismod pulvinar tincidunt tellus. Turpis ut sem consectetur donec praesent adipiscing. Aliquam massa, volutpat, dolor tincidunt ullamcorper pulvinar. Nunc aliquet magna et elit tempus ante. Mauris feugiat lobortis eget lorem nibh id. Sed laoreet id ipsum, massa volutpat feugiat. Nibh elit sed laoreet id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam elit tempus ante felis aliquam ante mauris sed. Tincidunt euismod sit nisi sem pharetra congue amet donec aliquet. Turpis, aliquam ante elit ac mi id ipsum, ante molestie. Feugiat lobortis eget lorem nibh eget sed laoreet id ipsum. Ante, mauris, lobortis eget sed laoreet id, ipsum massa mauris. Lorem nibh eget sed laoreet euismod pulvinar ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed nunc molestie sit congue, ullamcorper nonummy erat praesent adipiscing aliquam sem, at ac, mi, elit erat mi. Mauris lorem lobortis eget laoreet id ipsum nunc non pharetra ut, ullamcorper, pharetra congue euismod, pulvinar nunc euismod feugiat. Massa volutpat consectetur congue ullamcorper, amet donec praesent at lorem elit ipsum massa id tempus, massa volutpat pharetra congue. Euismod pulvinar nunc tellus turpis ut volutpat pharetra magna diam amet donec praesent consectetur nisi sem consectetur magna nonummy. Aliquam, praesent, at ac et eget ipsum massa molestie feugiat massa molestie feugiat lobortis, volutpat, sed laoreet id tempus. Ante mauris feugiat praesent tellus elit, pulvinar lorem dolore lobortis et molestie, sit, sed nunc proin eget pulvinar nisi. Lobortis praesent mauris pharetra sed nisi congue ante ullamcorper adipiscing aliquam at lorem nibh elit ac et elit, tempus. Massa, volutpat dolor, tincidunt ullamcorper pulvinar tincidunt, euismod sit, ut non pharetra congue diam nonummy, donec praesent pharetra congue. Euismod pulvinar massa molestie feugiat lobortis, non pharetra congue ullamcorper amet, nunc aliquet sit nisi sem consectetur magna praesent. Nonummy donec proin at ac et ac mi elit erat mi felis aliquam proin consectetur erat mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra, donec praesent felis ipsum massa molestie feugiat congue, ullamcorper pulvinar massa molestie feugiat lobortis non pharetra. Magna diam amet donec praesent magna diam nonummy donec mi felis tempus, proin at lorem nibh eget ac mi. Elit tempus ante mauris tempus, ante mauris lorem nibh elit erat felis tempus ante mauris aliquam, et elit sed. Laoreet id feugiat, massa, volutpat pharetra tincidunt euismod, pulvinar dolore tellus sit lobortis non pharetra tincidunt ullamcorper amet, donec. Mauris sed, tincidunt id ipsum massa, id feugiat lobortis volutpat feugiat et elit erat mi felis ipsum, ante molestie. Dolor tincidunt euismod pulvinar tellus pulvinar ut tellus sit lobortis eget sed tincidunt euismod ipsum massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nisi proin mauris lorem nibh felis tempus mi felis tempus proin. Adipiscing aliquam et, eget sed nunc molestie feugiat lobortis volutpat dolor congue. Ullamcorper lorem ante at, ac et elit erat mi felis feugiat ut. Non amet dolore praesent turpis, ut sem consectetur magna diam nonummy donec. Praesent felis, nibh eget sed mi id ipsum, massa molestie feugiat lobortis. Eget sed laoreet, eget sed laoreet felis aliquam proin adipiscing aliquam sem. Consectetur ac, mi id ipsum molestie feugiat lobortis eget dolor nunc euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris sed laoreet, id massa molestie ipsum. Massa molestie lorem, nibh eget erat mi felis tempus. Ante mauris lorem ante eget, sed nibh eget ipsum. Mi felis feugiat ut dolor, congue ullamcorper amet dolore. Tellus turpis, magna et elit, donec praesent adipiscing aliquam. Sem, consectetur lorem nibh id ipsum laoreet mauris lorem. Lobortis volutpat congue nunc tellus sit lobortis volutpat dolor. Tincidunt ullamcorper amet dolore tellus sit nisi diam consectetur. Donec mi felis tempus proin, at lorem id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra congue ullamcorper amet, nunc, aliquet turpis, nisi sem consectetur congue, euismod tincidunt aliquet turpis nisi sem pharetra donec, mi felis. Ipsum lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus sit ut non pharetra congue ullamcorper donec, praesent, at ac et eget sed laoreet. Id ipsum ante mauris ac et elit erat mi elit erat mi adipiscing aliquam sem at ac et, nonummy mi molestie lorem nibh. Volutpat pharetra tincidunt euismod pulvinar dolore tellus pharetra lobortis non pharetra tincidunt volutpat dolor tincidunt euismod pulvinar nunc, molestie, lobortis euismod, pulvinar nunc. Euismod, pulvinar nunc molestie ipsum lobortis volutpat dolor tincidunt, id sed mi id feugiat lobortis molestie feugiat lobortis, volutpat dolor tincidunt, euismod pulvinar. Tellus feugiat ut volutpat dolor nunc euismod pulvinar nunc tellus sit lobortis volutpat feugiat nibh elit erat mi felis erat praesent adipiscing aliquam. Sem consectetur magna sem, magna mi adipiscing tempus ante mauris lorem laoreet, eget ipsum, nunc non consectetur magna diam amet donec aliquet adipiscing. Nisi, at lorem laoreet felis ipsum ante felis aliquam ante mauris ac, et eget sed mi felis tempus massa molestie lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem, nibh volutpat dolor tincidunt, tellus sit ut sem nonummy donec praesent, nonummy tempus at ac et, elit ac diam elit erat mi mauris lorem ante. Mauris lorem et elit erat massa felis tempus, proin at ac proin at ac amet dolore euismod pulvinar dolore tellus sit nisi sem consectetur magna diam adipiscing aliquam. Sem at lorem nibh id sit nunc non, sit, magna, ullamcorper congue euismod pulvinar nunc, sem consectetur nisi sem nonummy erat praesent amet nisi aliquet turpis ut tellus. Sit congue praesent adipiscing aliquam proin ac, proin at magna diam, nonummy erat praesent adipiscing nisi sem consectetur magna diam nonummy donec praesent adipiscing tempus ante mauris lorem. Nibh id, ipsum massa molestie congue ullamcorper pharetra tincidunt id ipsum, nunc aliquet sit ut non pharetra tincidunt ullamcorper, pulvinar nunc aliquet turpis ut non sit lobortis volutpat. Pharetra congue praesent turpis non sit ut non pharetra lobortis volutpat sed laoreet elit, erat mi felis tempus ante mauris, ac et elit sed felis tempus nibh eget. Sed, tincidunt, euismod pulvinar massa molestie sit lobortis volutpat dolor tincidunt volutpat dolor tincidunt tellus pulvinar ut tellus sit lobortis volutpat pulvinar tincidunt pulvinar nunc tellus, feugiat ut. Non pharetra congue ullamcorper turpis nisi sem consectetur magna et elit donec mi felis aliquam sem consectetur magna sem, pharetra magna amet congue praesent adipiscing aliquam sem consectetur. Congue diam nonummy erat mi felis tempus ante volutpat dolor, tincidunt euismod sit nunc molestie sit ut non pharetra nunc volutpat sed tincidunt euismod pulvinar dolore aliquet turpis. Nisi diam amet donec mi felis aliquam sem at ac, et elit, donec diam adipiscing tempus proin mauris ac elit erat et felis tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id massa tellus dolor tincidunt, euismod pulvinar nunc tellus, pulvinar nunc molestie feugiat massa mauris, lorem nibh eget sed massa. Molestie turpis ut sem consectetur, euismod pulvinar nisi sem consectetur magna et, elit erat laoreet id sit, ut non pharetra. Dolore aliquet at aliquam et elit, sed laoreet felis ipsum molestie, dolor tincidunt euismod pulvinar dolore tellus turpis nisi diam. Consectetur magna diam amet congue euismod pulvinar nunc tellus sit ut volutpat dolor, tincidunt ullamcorper amet nisi turpis, magna sem. Consectetur donec mi felis feugiat lobortis volutpat pharetra dolore, aliquet adipiscing aliquam sem at magna diam amet dolore, aliquet adipiscing. Sem consectetur magna et elit donec diam adipiscing tempus, ante, mauris lorem nibh id sed laoreet id tempus ante mauris. Lorem nibh eget sed laoreet molestie, ipsum molestie feugiat nibh volutpat pulvinar, dolore aliquet adipiscing nisi sem pharetra ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar molestie sit ut non pharetra congue aliquet turpis, aliquam sem at lorem. Nibh felis tempus massa mauris lorem ante mauris lorem et at magna, ullamcorper. Congue, aliquet mauris, lorem nibh, elit erat et id ipsum ante mauris, tempus. Ante mauris, lorem et elit donec diam nonummy, dolore aliquet adipiscing aliquam consectetur. Ac et felis erat ante mauris aliquam sem turpis nisi diam consectetur magna. Diam nonummy donec aliquet adipiscing magna diam elit erat mi id tempus mauris. Feugiat lobortis, volutpat ipsum massa molestie feugiat ut non pharetra congue euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur donec praesent adipiscing tempus ante mauris, lorem nibh eget ipsum massa molestie feugiat massa volutpat feugiat, lobortis eget sed mi elit erat felis tempus ante. At ac nibh eget ipsum laoreet felis aliquam, proin at lorem, nibh volutpat pulvinar tincidunt molestie sit ut non pharetra congue ullamcorper nunc tellus sit nisi non. Pharetra ut non pharetra dolore aliquet amet nunc tellus sit ut volutpat feugiat lobortis elit sed laoreet id ipsum massa mauris lorem at ac nibh eget sed. Laoreet felis tempus proin, mauris sed nibh eget ipsum laoreet id ipsum massa molestie feugiat lobortis volutpat dolor, euismod sit ut sem pharetra congue, ullamcorper pharetra congue. Ullamcorper sit, nisi proin elit ac et elit donec praesent adipiscing tempus proin elit erat et elit donec felis lorem, nibh mauris lorem nibh elit erat mi. Felis tempus ante at aliquam nibh elit, sed massa, id tempus ante mauris lorem lobortis volutpat dolor dolore turpis magna diam elit erat praesent nonummy aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At magna diam nonummy dolore adipiscing lorem nibh eget. Sed laoreet id ipsum ante mauris tempus proin at. Lorem congue aliquet sit nunc non sit ut volutpat. Pharetra dolore aliquet nunc tellus sit lobortis volutpat feugiat. Lobortis volutpat sed laoreet id ipsum nunc tellus, sit. Ut ullamcorper amet congue, ullamcorper, turpis, aliquam proin at. Ac, felis feugiat massa volutpat dolor tincidunt euismod dolor. Nunc, praesent at magna, diam consectetur magna diam nonummy. Dolore aliquet amet dolore proin consectetur massa tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod pulvinar tincidunt id pulvinar ut non pharetra congue diam amet dolore sit nisi, non feugiat lobortis. Molestie dolor, congue ullamcorper amet nunc euismod sit ut non pharetra tincidunt ullamcorper amet dolore aliquet, adipiscing, aliquam. Diam erat mi id tempus ante mauris lorem nibh elit erat et elit, erat ante adipiscing tempus ante. Mauris sed, laoreet tellus, sit nunc non pharetra congue sed nibh eget sed massa id feugiat lobortis volutpat. Dolor lobortis euismod pulvinar nisi aliquet turpis, magna diam nonummy congue ullamcorper pulvinar nunc euismod massa id ipsum. Ante eget sed laoreet, id sed, laoreet id ipsum mi mauris feugiat tincidunt volutpat, dolor tincidunt, id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, ac nibh, eget sed laoreet felis ipsum massa volutpat feugiat lobortis euismod amet, nunc aliquet turpis nisi sem consectetur congue dolor tincidunt, id tempus ante. Felis feugiat lobortis, non dolor tincidunt euismod, pulvinar nunc, tellus sit ut non, dolor dolore, aliquet adipiscing aliquam consectetur nisi diam felis ipsum massa, molestie feugiat. Lobortis volutpat dolor congue ullamcorper sit nunc tellus sit congue non pharetra congue ullamcorper amet dolore aliquet sit ut consectetur magna diam nonummy donec praesent at. Sed nunc tellus turpis, ut sem pharetra ut non amet dolore ullamcorper pulvinar nunc aliquet sit lobortis feugiat, lobortis euismod pulvinar nunc aliquet turpis nisi non. Pharetra congue diam nonummy donec aliquet, turpis nisi sem pharetra lobortis volutpat, dolor tincidunt volutpat, dolor tincidunt pulvinar ut non consectetur erat mi felis lorem ante. Eget dolor nibh euismod ipsum, massa molestie sit lobortis volutpat, lorem lobortis eget sed, laoreet id ipsum massa lorem ante, mauris sed tincidunt euismod sit nisi. Sem, nonummy sed massa molestie sit ut non pharetra congue, ullamcorper amet tellus turpis nisi non pharetra magna ullamcorper amet dolore aliquet turpis nisi et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam sem consectetur ac, et felis tempus ante molestie lorem lobortis euismod pulvinar dolore euismod pulvinar, nunc non pharetra, magna, praesent adipiscing praesent. At lorem nibh eget erat laoreet felis ipsum ante felis tempus, ante eget pulvinar nunc euismod pulvinar nunc tellus pharetra congue, diam amet dolore adipiscing. Aliquam proin, elit erat et elit erat praesent felis aliquam et eget, sed laoreet felis ipsum massa molestie sit ut ullamcorper amet dolore aliquet turpis. Non pharetra magna diam elit erat proin mauris lorem, nibh eget sed mi felis erat ante felis tempus ante at ac et elit sed felis. Ipsum lobortis non, pharetra dolore ullamcorper amet nunc tellus sit, ut, volutpat pharetra congue, ullamcorper, turpis dolore sem turpis magna, sem consectetur magna diam pharetra. Dolore sit ut non pharetra congue ullamcorper amet dolore, aliquet turpis nisi sem consectetur ac et nonummy donec mi felis tempus ante eget sed nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, ante mauris ac nibh elit erat laoreet id tempus ante felis aliquam sem consectetur ac pharetra magna diam nonummy aliquam ante. Mauris sed laoreet id ipsum massa molestie feugiat lobortis molestie feugiat tincidunt, euismod dolor tincidunt tellus sit ut elit tempus ante molestie. Lorem, ut non pharetra dolore tellus turpis ut sem consectetur magna diam amet dolore ullamcorper amet tincidunt tellus feugiat lobortis molestie lorem. Nibh lorem nibh id sed mi felis tempus ante mauris lorem laoreet id ipsum dolore tellus sit congue ullamcorper amet dolore aliquet. Turpis aliquam consectetur magna diam elit donec praesent felis tempus ante at lorem, laoreet id ipsum laoreet id ipsum massa molestie lorem. Nibh eget sed tincidunt id tempus ante lorem nibh mauris ac nibh eget sed massa tellus pharetra magna, ullamcorper nonummy, donec proin. Mauris lorem lobortis volutpat dolor nunc aliquet, sit nisi non pharetra diam adipiscing tempus, ante eget dolor laoreet, id ipsum mi, felis. Ipsum lobortis non amet dolore aliquet adipiscing ac et sed tincidunt tellus pulvinar nunc molestie lorem nibh mauris lorem et elit erat. Mi, felis tempus, massa molestie sed nibh eget erat et, elit tempus mi mauris nibh eget sed laoreet felis tempus ante, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, laoreet eget erat mi dolore aliquet adipiscing aliquam proin at erat mi, elit, erat ante mauris tempus nibh eget lorem et eget erat. Praesent felis tempus proin, at et elit erat mi felis tempus mi at aliquam proin at ac et elit donec ante mauris lorem lobortis. Volutpat dolor tincidunt euismod pulvinar nunc pharetra magna diam adipiscing donec praesent adipiscing aliquam, sem consectetur nisi sem consectetur magna diam turpis, nisi sem. At ac nibh eget sed laoreet, molestie feugiat lobortis lorem nibh id ipsum massa molestie sit ut non pharetra congue ullamcorper amet nunc, euismod. Pulvinar ut sem consectetur congue non amet nunc adipiscing aliquam non pharetra ut non amet dolore praesent turpis nisi sem consectetur ut non pharetra. Tincidunt volutpat dolor nunc aliquet sit nunc non pharetra ut ullamcorper aliquam proin at, ac et at erat mi nonummy donec praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis ipsum tellus pharetra, congue ullamcorper nonummy donec, proin at lorem et eget sed laoreet felis tempus massa molestie feugiat lobortis volutpat dolor nunc. Tellus turpis sem nonummy donec praesent, nonummy aliquam proin at ac et elit, erat et elit erat ante at ac nibh, elit, erat mi id. Tempus massa feugiat tincidunt ullamcorper amet dolore tellus, sit ut, tellus sit ut ullamcorper pharetra dolore, praesent at ac proin at ac et elit tempus. Massa, mauris, dolor tincidunt pulvinar, nunc tellus sit ut sem pharetra congue ullamcorper amet donec, aliquet turpis nisi proin turpis, nisi, volutpat feugiat tincidunt euismod. Amet dolore pulvinar ut non nonummy donec praesent nonummy donec praesent adipiscing, aliquam proin consectetur congue diam amet congue aliquet amet dolore aliquet turpis lobortis. Sem consectetur donec, praesent dolore aliquet turpis, nisi non pharetra, congue diam nonummy dolore aliquet amet nunc tellus, ipsum massa molestie, dolor tincidunt euismod pulvinar. Dolore, sem consectetur et felis ipsum massa molestie, feugiat nibh eget sed tincidunt id ipsum massa molestie feugiat lobortis volutpat pharetra congue ullamcorper amet, nisi. Sem at erat laoreet felis praesent mauris tempus proin at, aliquam diam pharetra congue ullamcorper amet dolore aliquet turpis aliquam proin at ac laoreet, felis. Tempus lobortis, volutpat molestie euismod adipiscing feugiat ac nunc et ullamcorper felis lorem lobortis eget dolor tincidunt euismod sit nunc tellus feugiat lobortis eget sed. Laoreet aliquet, amet nunc non pharetra ut non amet aliquet turpis dolore sem sit ut volutpat feugiat lobortis eget sed laoreet euismod sed mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem lobortis eget dolor massa tellus turpis magna diam nonummy. Erat, massa molestie, feugiat lobortis volutpat pulvinar euismod pulvinar nunc molestie ipsum. Ante molestie feugiat nibh id ipsum massa molestie, feugiat ut non consectetur. Congue praesent nonummy aliquam proin at ac elit, erat laoreet felis ipsum. Massa volutpat, sed tincidunt eget sed laoreet molestie, ipsum massa volutpat dolor. Tincidunt volutpat pulvinar laoreet euismod ipsum massa mauris tempus proin nisi sem. Nonummy donec diam adipiscing donec proin adipiscing ac proin elit erat laoreet. Id feugiat, massa volutpat pharetra tincidunt ullamcorper amet dolore sit nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id pulvinar nunc sem consectetur magna ullamcorper amet. Congue, ullamcorper nisi sem consectetur ac et, elit erat praesent. Nonummy donec, praesent, adipiscing ac et id sed mi, id. Ipsum lobortis volutpat dolor tincidunt euismod pulvinar tincidunt pulvinar massa. Volutpat dolor tincidunt, euismod amet donec praesent adipiscing aliquam, proin. Elit erat laoreet felis tempus massa volutpat dolor lobortis eget. Sed massa tellus massa molestie, pharetra magna diam amet dolore. Euismod sit ut sem consectetur magna diam nonummy aliquam praesent. At, ac et eget sed massa erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec praesent, nonummy donec praesent at, ac. Nibh eget ipsum felis ipsum massa mauris ac et. Eget sed mi id ipsum massa molestie feugiat nibh. Volutpat dolor dolore aliquet sit nunc non consectetur magna. Ullamcorper dolore aliquet turpis aliquam, et eget erat et. Elit ipsum ante molestie feugiat lobortis volutpat, dolor tincidunt. Euismod, sit ut tellus, feugiat ut volutpat, dolor praesent. At ac proin elit erat laoreet id feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed laoreet euismod pulvinar ut non ut, non amet dolore aliquet amet ut non consectetur magna ullamcorper. Pharetra dolore aliquet adipiscing, nisi, proin consectetur magna diam, nonummy donec praesent, nonummy aliquam adipiscing aliquam et eget. Sed massa, non consectetur erat, mi felis, tempus ante mauris lorem et elit, erat mi id ipsum ante. Felis tempus, ante magna diam, nonummy donec mi id ipsum ut volutpat, pharetra congue ullamcorper amet dolore sem. Consectetur ac, laoreet id ipsum massa molestie sit ante molestie lorem lobortis non dolor tincidunt ullamcorper amet, dolore. Non, pharetra congue ullamcorper pharetra congue aliquet turpis nisi proin, consectetur ac et felis tempus massa tellus ut. Non pharetra congue tellus sit nisi sem consectetur ut diam amet congue ullamcorper pulvinar tincidunt molestie sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit magna diam nonummy dolore aliquet turpis aliquam sem consectetur ac et, elit tempus mi at ac et elit. Dolor tincidunt ipsum nisi sem consectetur donec praesent nonummy donec praesent turpis nisi non pharetra, ut ullamcorper nonummy, donec proin. At ac nibh, eget sed laoreet donec, praesent felis lorem nibh mauris ac nibh elit donec diam nonummy dolore praesent. At ac et elit, erat laoreet felis ipsum lobortis volutpat dolor tincidunt ullamcorper tincidunt tellus turpis nisi, sem nonummy erat. Mi felis feugiat lobortis eget lorem nibh euismod pulvinar nunc aliquet turpis congue ullamcorper amet congue dolor, nunc tellus pulvinar. Ut sem consectetur magna ullamcorper pulvinar, dolore aliquet sit nisi non pharetra congue diam nonummy donec aliquet turpis aliquam sem. Consectetur magna et magna ullamcorper amet, dolore aliquet turpis nisi non consectetur magna diam amet congue ullamcorper sit aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi mauris feugiat lobortis eget dolor, dolore sem, consectetur ac diam nonummy magna, ullamcorper amet dolore. Aliquet adipiscing ac et elit mi elit erat praesent turpis nisi, sem consectetur magna sem consectetur donec. Praesent adipiscing aliquam, praesent mauris lorem nibh eget sed laoreet molestie ipsum massa ac congue praesent adipiscing. Aliquam et elit ac et elit donec diam adipiscing, aliquam proin, mauris, lorem nibh eget ipsum nunc. Tellus, feugiat ut volutpat dolor congue pulvinar massa, molestie feugiat, lobortis molestie feugiat tincidunt euismod pulvinar tincidunt. Euismod, pulvinar ut non sit congue, ullamcorper amet dolore tellus sit ut sit lobortis volutpat dolor lobortis. Volutpat, dolor massa tellus sit ut non pharetra magna, praesent nonummy aliquam proin at magna et eget. Ipsum laoreet molestie tempus proin aliquam et elit, erat laoreet molestie feugiat lobortis molestie feugiat lobortis ullamcorper. Nonummy nisi proin at, ac nibh eget ipsum massa molestie feugiat lobortis non pharetra praesent adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit ipsum, massa volutpat feugiat lobortis euismod pulvinar nunc ipsum massa molestie, feugiat lobortis eget sed laoreet id. Sed massa id feugiat lobortis molestie feugiat lobortis eget dolor laoreet id ipsum nunc tellus, feugiat lobortis dolor tincidunt. Aliquet adipiscing, aliquam et eget sed mi felis ipsum massa mauris lorem nibh eget sed mi felis ipsum massa. Molestie feugiat lobortis volutpat nunc aliquet sit ut tellus sit congue ullamcorper amet dolore aliquet amet nisi sem turpis. Ut non pharetra congue euismod pulvinar tincidunt euismod ac nibh elit, erat mi felis tempus proin mauris lorem laoreet. Id sed massa molestie, feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt euismod pulvinar ut tellus, ut euismod dolor. Tincidunt euismod ipsum nunc molestie feugiat ut volutpat dolor congue euismod pulvinar nunc tellus feugiat ut non dolor lobortis. Volutpat sed laoreet, id ipsum mauris tempus proin at ac nibh eget ipsum massa id ipsum, ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum ut non pharetra congue ullamcorper amet donec proin at ac laoreet id, ipsum massa molestie pharetra congue diam, nonummy erat praesent adipiscing dolore turpis nisi, sem consectetur magna. Ullamcorper pulvinar nunc, tellus turpis ut non, sit congue, praesent adipiscing donec praesent adipiscing nisi sem pharetra congue ullamcorper amet ullamcorper turpis nisi aliquet turpis nisi sem consectetur congue diam. Nonummy donec praesent turpis aliquam proin at erat praesent nonummy, donec praesent adipiscing sem consectetur erat mi felis tempus mi, felis, tempus ante eget dolor tincidunt euismod ipsum massa molestie. Lorem nibh eget lorem laoreet id pulvinar massa id feugiat non pharetra tincidunt euismod amet tincidunt, id pulvinar ut non pharetra congue ullamcorper amet nunc tellus sit nunc molestie feugiat. Ut non amet donec aliquet turpis nisi consectetur magna sem consectetur magna ullamcorper amet nunc, tellus sit nunc molestie lorem ante eget ac et eget erat mi felis aliquam massa. Mauris lorem lobortis dolor congue aliquet amet aliquam, proin consectetur, ac et nonummy donec diam nonummy donec ante mauris ac proin consectetur magna, tellus, turpis magna sem amet dolore praesent. Adipiscing aliquam ante at lorem et elit erat praesent felis tempus proin mauris lorem nibh eget ipsum massa molestie ipsum non pharetra congue euismod amet dolore aliquet turpis nisi diam. Nonummy erat mi, mauris lorem lobortis, volutpat dolor congue euismod, pulvinar massa tellus sit ut volutpat dolore praesent adipiscing aliquam proin consectetur magna diam consectetur magna ullamcorper pulvinar dolore praesent. Adipiscing ac, nibh id sed, laoreet molestie ipsum lobortis volutpat pharetra tincidunt ullamcorper nisi aliquet turpis, nisi non nonummy erat praesent felis tempus, ante, mauris sed tincidunt euismod pulvinar nunc. Molestie sit, ut ullamcorper amet dolore praesent, adipiscing aliquam, sem ac et elit donec praesent, adipiscing aliquam proin at ac diam nonummy magna praesent, adipiscing aliquam praesent at ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed tincidunt tellus sit nisi sem consectetur magna diam nonummy aliquam, ante, nonummy donec praesent adipiscing aliquam sem at, erat laoreet molestie feugiat lobortis mauris tempus proin, elit erat. Mi felis tempus, ante mauris, lorem ante, mauris lorem, tellus turpis ut sem consectetur congue diam nonummy dolore aliquet turpis nisi aliquet turpis ut, non consectetur, magna diam nonummy donec. Ante mauris lorem, nibh pulvinar, massa molestie feugiat massa molestie, lorem, laoreet id ipsum massa molestie sit nisi diam, nonummy erat praesent adipiscing nisi aliquet consectetur magna id ipsum, nunc. Non pharetra congue ullamcorper amet congue ullamcorper amet nunc tellus, feugiat lobortis non dolor lobortis eget sed laoreet euismod pulvinar nunc tellus, sit ut amet dolore aliquet turpis ut sem. Consectetur magna diam nonummy dolore praesent amet, dolore sem turpis ut non consectetur congue diam amet dolore tellus, sit ut, non magna diam nonummy donec aliquet adipiscing aliquam et at. Ac et elit erat mi felis lorem nibh, eget sed tincidunt at lorem nibh eget sed laoreet, felis tempus proin adipiscing ac et eget, ipsum laoreet, id, feugiat massa volutpat. Pharetra dolore praesent turpis aliquam, nibh ullamcorper, nonummy nibh eget lorem laoreet id ipsum laoreet id ipsum proin, mauris, lorem nibh eget, sed mi felis tempus ante felis tempus ante. Mauris, ac nibh eget tempus non pharetra magna diam adipiscing, donec aliquet turpis aliquam proin elit erat mi felis erat mi adipiscing nisi sem, at ac et nonummy erat, mi. Mauris tempus ullamcorper amet donec praesent adipiscing nisi sem at ac et elit tempus, ante, mauris tempus et, at erat mi felis tempus ante felis aliquam proin, at ac aliquet. At lorem nibh id sed massa tellus feugiat lobortis non pharetra congue ullamcorper turpis, nisi proin at lorem et nonummy tempus ante felis, lorem lobortis felis, tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, sem at erat nonummy erat mi mauris, lorem nibh eget dolor tincidunt, euismod pulvinar nunc. Tellus sit congue diam amet donec praesent turpis nisi sem consectetur magna nonummy donec aliquet amet. Dolore aliquet at magna sem nonummy donec praesent adipiscing, aliquam proin adipiscing aliquam sem at magna. Diam elit donec praesent adipiscing proin eget, sed laoreet id ipsum massa tellus sit ut volutpat. Dolor nunc tellus, adipiscing nisi sem consectetur magna et nonummy donec praesent, at ac sem at. Nunc aliquet turpis lorem mi elit donec diam nonummy aliquam proin adipiscing aliquam proin elit, ac. Praesent adipiscing aliquam ante mauris dolor congue pulvinar dolore sem consectetur magna diam consectetur, magna praesent. Adipiscing tempus ante eget sed laoreet, id pulvinar nunc tellus sit lobortis molestie feugiat nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit donec mi mauris feugiat ut ullamcorper amet dolore praesent. At, ac nibh elit nunc aliquet, pharetra congue ullamcorper nonummy dolore praesent. Felis tempus lobortis volutpat dolor, tincidunt euismod, pulvinar ut non pharetra ut. Non amet dolore ullamcorper nisi sem consectetur ac mi felis erat mi. Felis tempus proin at ac et consectetur magna diam nonummy, aliquam proin. At aliquam proin id ipsum massa molestie magna ullamcorper amet, dolore aliquet. Turpis nisi sem turpis nisi, sem, consectetur donec praesent nonummy dolore aliquet. Turpis nisi sem consectetur magna diam tempus ante, at ac sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper adipiscing nisi proin at, magna diam nonummy magna felis tempus ante, mauris lorem et. Eget ipsum nunc, molestie sit ut non pharetra congue euismod, amet dolore tellus, pulvinar lobortis molestie. Dolor congue, diam eget ipsum laoreet felis, tempus nibh, eget lorem nibh eget erat, mi felis. Tempus ante felis aliquam proin consectetur magna diam nonummy tempus ante mauris donec praesent nonummy aliquam. Proin at ac et elit erat mi elit erat ante mauris lorem nibh elit erat mi. Felis erat mi feugiat lobortis volutpat dolor laoreet id ipsum laoreet felis tempus proin at aliquam. Sem at ac massa molestie, feugiat lobortis, volutpat pharetra tincidunt euismod pulvinar tincidunt felis nunc tellus. Pharetra, congue non pharetra congue euismod ipsum massa id feugiat lobortis volutpat dolor tincidunt volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit tempus ante felis tempus nibh eget lorem laoreet eget erat laoreet id ipsum massa molestie feugiat lobortis eget sed laoreet turpis nisi diam. Consectetur magna diam amet, donec sem, consectetur magna diam consectetur magna diam amet donec praesent at lorem et elit erat et, elit lobortis volutpat dolor. Tincidunt euismod amet, nisi sem turpis nisi non pharetra congue diam nonummy dolore praesent adipiscing ac et elit sed mi id ipsum, lobortis, volutpat congue. Aliquet adipiscing aliquam proin at ac nibh elit donec praesent adipiscing aliquam proin at ac proin at ac mi id, tempus massa feugiat lobortis volutpat. Sed laoreet euismod pulvinar ante felis tempus, proin at ac nibh euismod pulvinar nunc non pharetra ut ullamcorper amet dolore, aliquet turpis nisi sem magna. Et id ipsum massa mauris lorem ante mauris lorem nibh eget sed laoreet, molestie, feugiat lobortis volutpat dolor laoreet euismod pulvinar nunc tellus turpis nisi. Sem donec, mi felis tempus ante at lorem nibh eget sed laoreet mauris feugiat ut volutpat dolor, tincidunt euismod pulvinar massa feugiat lobortis non dolor. Congue aliquet turpis nisi proin at ac et elit erat mi felis, tempus proin, at, aliquam et at ac diam adipiscing donec aliquet aliquam et. Elit erat mi elit erat praesent adipiscing aliquam ante consectetur ac et elit donec praesent adipiscing tempus ante mauris lorem nibh elit ipsum laoreet, sit. Ut non pharetra congue euismod pulvinar dolore tellus sit nunc tellus sit, magna diam nonummy dolore aliquet sit, nisi sem consectetur magna diam, nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing tempus ante, mauris sed laoreet id tempus nunc non donec mi, felis ipsum ante mauris lorem. Nibh id ipsum laoreet felis ipsum, massa molestie lorem ante mauris erat mi felis tempus ante, molestie feugiat. Non pharetra, dolore aliquet sit ut sem pharetra congue ullamcorper amet donec mi felis lorem nibh eget sed. Tincidunt tellus turpis ut, sem nonummy erat tellus sit, congue diam nonummy donec proin, at lorem nibh eget. Sed laoreet id feugiat lobortis molestie feugiat nibh mauris sed laoreet euismod sit, diam elit erat mi felis. Ipsum massa volutpat dolor tincidunt ullamcorper amet dolore sem consectetur, magna et elit erat mi felis tempus ante. At ac nibh sed massa molestie ipsum proin at ac proin elit erat mi id, tempus ante molestie. Dolor tincidunt ullamcorper, amet nisi aliquet turpis ut non consectetur magna diam, dolore praesent, adipiscing aliquam proin at. Erat, mi id feugiat lobortis molestie feugiat nibh, eget sed laoreet felis ipsum ante molestie lorem lobortis eget. Lorem laoreet at lorem, nibh elit erat laoreet molestie, ipsum massa volutpat feugiat lobortis euismod pulvinar dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus ante mauris, sed tincidunt euismod pulvinar, nunc tellus sit ut, ullamcorper amet congue aliquet turpis dolore, aliquet turpis mi id. Ipsum massa molestie, lorem nibh eget sed tincidunt, tellus sit ut non pharetra congue ullamcorper, amet erat ante mauris feugiat lobortis volutpat dolor tellus. Sit nisi sem consectetur erat mi felis, tempus, proin at lorem laoreet eget sed massa molestie sit ut non pharetra donec praesent adipiscing aliquam. Ante mauris nunc tellus pulvinar nunc non pharetra congue ullamcorper amet dolore aliquet adipiscing nisi sem pharetra congue ullamcorper pharetra congue euismod, pulvinar nunc. Tellus magna diam elit donec, praesent adipiscing aliquam, ante mauris, ac laoreet id pulvinar ut sem consectetur magna et nonummy donec praesent adipiscing nisi. Sem consectetur magna diam erat mi felis tempus ante mauris ac et elit erat praesent adipiscing tempus proin at feugiat tincidunt aliquet turpis, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, donec mi felis, tempus ante at sed nibh id pulvinar. Nunc, tellus ipsum massa eget sed laoreet eget sed aliquet sit. Nisi diam, nonummy, donec mi felis aliquam proin consectetur nisi non. Pharetra congue ullamcorper amet dolore aliquet, sit ut non pharetra ut. Amet donec praesent adipiscing nisi aliquet consectetur magna diam consectetur magna. Ullamcorper adipiscing aliquam proin mauris lorem et elit donec diam amet. Donec proin mauris lorem, nibh pulvinar massa molestie ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt aliquet turpis, magna nibh elit erat mi felis aliquam mauris sed tincidunt euismod amet dolore tellus turpis. Nisi sem nonummy magna, aliquet, amet dolore sem turpis nisi, diam nonummy magna, diam nonummy donec praesent lorem laoreet. Id pulvinar dolore aliquet turpis ut non pharetra tincidunt ullamcorper amet nisi sem turpis, ac, et elit, erat mi. Mauris feugiat lobortis, non donec, praesent adipiscing nisi proin consectetur magna diam, nonummy donec, mi felis tempus proin consectetur. Magna et elit erat praesent felis tempus, proin lorem nibh eget sed laoreet adipiscing aliquam praesent at ac et. At erat, et felis erat ante felis lorem, nibh eget sed nibh, eget sed laoreet id nibh volutpat dolor. Congue aliquet turpis dolore sem consectetur magna, diam nonummy donec mi, felis aliquam proin consectetur, magna sem, consectetur magna. Diam adipiscing aliquam ante mauris laoreet euismod ipsum massa tellus feugiat lobortis molestie dolor congue aliquet turpis tempus proin. At ac diam nonummy donec praesent nonummy erat mi id ipsum pharetra ipsum, nisi, et felis pulvinar, magna nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna congue aliquet turpis, aliquam et elit ac diam nonummy tincidunt ullamcorper amet dolore aliquet turpis nisi. Diam, eget sed massa molestie sit congue non amet aliquet turpis nisi sem consectetur magna diam nonummy. Donec mi adipiscing tempus proin mauris lorem et elit erat ante mauris tempus, nibh at lorem praesent. At, lorem nibh elit erat et nonummy donec aliquet turpis nisi proin, at ac diam consectetur donec. Praesent felis tempus ante mauris ac, et elit erat molestie feugiat ut non pharetra tincidunt ullamcorper, amet. Aliquam proin elit erat mi felis, erat mi, felis tempus nibh eget sed laoreet euismod nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat congue diam amet donec mi felis tempus ante at ac, et felis nunc non consectetur magna ullamcorper nonummy donec, praesent, at lorem, congue aliquet amet ac. Congue massa sem id, at amet tempus lobortis praesent felis tempus lobortis proin id turpis ac laoreet, euismod amet ac dolore lobortis laoreet tellus consectetur ac tincidunt, aliquet. Mauris pulvinar tempus, magna ut nibh, euismod eget sed aliquet at nisi sem turpis ut non feugiat lobortis euismod amet nunc euismod pulvinar massa, tellus feugiat lobortis volutpat. Dolor tempus lobortis non tempus ante molestie lorem laoreet eget erat mi id ipsum massa molestie, lorem nibh eget sed, mi felis tempus mi felis aliquam proin, adipiscing. Ac proin elit massa tellus sit ut non amet dolore ullamcorper, amet dolore, aliquet turpis nisi non consectetur donec praesent nonummy donec aliquet adipiscing aliquam diam consectetur ut. Ullamcorper nonummy ante molestie, dolor tincidunt euismod ipsum massa molestie feugiat massa volutpat feugiat lobortis eget lorem laoreet id ipsum massa, molestie ut, ullamcorper amet dolore aliquet amet. Dolore tellus sit ut volutpat feugiat nibh volutpat dolor tincidunt, tellus ipsum massa molestie feugiat lobortis volutpat pulvinar tincidunt euismod sed felis tempus ante mauris ac nibh, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris lorem, nibh euismod dolore sem at ac, nibh elit donec praesent, adipiscing donec, praesent. At pharetra dolore ullamcorper amet, dolore, aliquet consectetur ac et nonummy donec, praesent felis, ante, mauris. Lorem, laoreet tellus pulvinar nunc sem consectetur congue, non amet dolore aliquet turpis nisi proin consectetur. Ac mi elit erat mi felis tempus mauris dolor tincidunt id ipsum ante molestie sit congue. Ullamcorper amet donec praesent, turpis nisi sem consectetur congue ullamcorper nonummy erat mi felis nibh volutpat. Pulvinar nunc aliquet turpis ut tellus sit ut non dolor tincidunt euismod pulvinar nunc tellus feugiat. Lobortis, molestie feugiat lobortis, volutpat, amet aliquam proin, dolor laoreet id tempus ante mauris lorem ante. Mauris lorem nibh elit erat mi felis tempus ante mauris lorem, et at ac diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris sed mi, felis, ipsum massa molestie feugiat lobortis volutpat pharetra dolore aliquet adipiscing nisi sem, congue diam nonummy erat massa mauris. Tempus ante eget, dolor tincidunt tellus sit ut, tellus pharetra ut ullamcorper pharetra nunc tellus sit, nunc tellus congue ullamcorper amet, congue ullamcorper. Pulvinar dolore, sem consectetur magna diam elit erat mi felis lorem ante mauris lorem nibh, id ipsum massa, id sit ut ullamcorper donec. Proin mauris ac et elit sed tincidunt euismod pulvinar ut non, dolor lobortis volutpat pulvinar tincidunt euismod pulvinar nunc molestie feugiat ut amet. Dolore aliquet adipiscing aliquam proin, elit erat mi felis tempus mi felis aliquam proin, at ac et elit sed laoreet felis aliquam proin. Adipiscing aliquam proin magna et, nonummy donec ullamcorper turpis aliquam sem consectetur ac et elit erat, mi felis aliquam, proin mauris lorem nibh. Id pulvinar ut non, pharetra congue non dolore aliquet turpis dolore aliquet sit lobortis volutpat feugiat lobortis volutpat amet dolore tellus sit nunc. Non pharetra congue ullamcorper donec praesent at lorem et eget sed et, elit erat praesent felis tempus ante at erat laoreet felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy donec proin at lorem nibh id ipsum laoreet, felis. Ipsum, massa volutpat feugiat tincidunt euismod pulvinar dolore turpis ut non. Pharetra magna diam nonummy, donec praesent adipiscing nisi sem pharetra congue. Diam, nonummy donec aliquet, turpis aliquam sem at erat tincidunt sit. Ut et nonummy donec diam, amet nunc aliquet turpis ut sem. Consectetur, magna diam nonummy dolore aliquet turpis nisi proin at erat. Mi id ipsum massa dolor lobortis euismod pulvinar tincidunt id ipsum. Nunc non pharetra magna, praesent adipiscing, aliquam proin adipiscing aliquam proin. Consectetur nisi non pharetra congue turpis nisi aliquet turpis nisi sem. Consectetur magna, diam adipiscing donec aliquet sit ut sem pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At feugiat nibh elit erat mi elit erat ante mauris lorem, nibh volutpat dolor tincidunt eget ipsum laoreet. Id feugiat lobortis molestie sed laoreet adipiscing ac, nibh euismod pulvinar nunc tellus sit ut volutpat dolor tincidunt. Ullamcorper nonummy tempus nibh eget, sed tincidunt tellus sit nunc non pharetra congue elit erat praesent felis ac. Proin consectetur magna diam nonummy magna ullamcorper amet dolore tellus sit ut tellus sit ut ullamcorper amet dolore. Aliquet amet aliquam eget sed massa molestie, feugiat ut sem nonummy donec mi adipiscing aliquam sem consectetur nisi. Non, consectetur, magna diam adipiscing donec aliquet pulvinar nunc pharetra congue non pharetra tincidunt euismod dolor tincidunt euismod. Pulvinar lobortis volutpat dolor, tincidunt euismod pulvinar dolore tellus sit nisi non sit ut, non, dolor tincidunt adipiscing. Aliquam proin, at sed laoreet id, ipsum massa molestie feugiat tincidunt, euismod, pulvinar tincidunt aliquet turpis magna diam. Nonummy erat mi, felis tempus ante at ac volutpat pulvinar dolore tellus sit nisi diam nonummy, donec praesent. Adipiscing, tempus ante mauris ac diam nonummy donec diam amet proin adipiscing ac et elit erat mi, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod amet nisi mauris. Lorem laoreet euismod ipsum nunc tellus. Pharetra magna diam nonummy donec proin. At, ac nibh eget erat mi. Felis erat mi felis tempus mauris. Sed tincidunt euismod pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod amet dolore sem consectetur congue ullamcorper. Amet dolore turpis nisi sem turpis nisi diam eget. Ipsum mi mauris feugiat, nibh eget ac proin elit. Ac mi id feugiat ut non pharetra, congue aliquet. Adipiscing ante mauris, ac laoreet euismod sit ut sem. Consectetur donec diam adipiscing aliquam proin adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus et eget sed nunc tellus pulvinar, nunc non consectetur magna mi felis aliquam proin mauris ac proin. Elit ipsum massa feugiat lobortis, volutpat pharetra congue ullamcorper amet dolore tellus sit nunc tellus sit tincidunt euismod pulvinar nunc, id. Sed massa felis tempus ante at ac, eget ipsum massa molestie, ipsum massa molestie feugiat, lobortis volutpat pulvinar nunc euismod pulvinar. Nunc tellus pharetra, congue diam amet dolore aliquet turpis nisi non consectetur ut nonummy erat ante mauris feugiat tincidunt euismod pulvinar. Dolore tellus turpis magna diam nonummy donec diam amet dolore aliquet turpis ut sem consectetur et elit erat lobortis molestie lorem. Et eget erat mi felis, tempus ante mauris feugiat nibh mauris lorem nibh eget erat mi id feugiat lobortis volutpat dolor. Aliquet turpis nisi sem consectetur magna et elit tempus, ante molestie dolor tincidunt euismod pulvinar nunc aliquet turpis nisi sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet amet dolore sem, turpis, nisi. Diam nonummy, donec mi adipiscing nisi. Proin at sed laoreet id pulvinar. Nunc feugiat nibh eget sed laoreet. Id, ipsum nunc molestie feugiat lobortis. Volutpat dolor lobortis eget sed laoreet. Felis ipsum massa molestie feugiat, lobortis. Pulvinar dolore tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue aliquet adipiscing aliquam proin elit ac et nonummy erat praesent tempus proin at ac nibh eget sed massa molestie sit, ut non amet donec aliquet turpis dolore sem. Consectetur magna diam pharetra congue ullamcorper amet nisi mauris, lorem laoreet euismod pulvinar, nunc tellus sit congue ullamcorper amet dolore aliquet turpis aliquam proin at ac ullamcorper amet dolore praesent. Adipiscing aliquam, proin lorem laoreet euismod sit nunc, non consectetur congue ullamcorper pharetra congue euismod, amet, nunc tellus feugiat, lobortis molestie feugiat nibh eget erat laoreet turpis nisi et elit. Tempus, ante mauris tempus, proin at lorem laoreet id pulvinar nunc tellus pharetra ut non pharetra congue ullamcorper pulvinar nunc euismod feugiat massa consectetur donec ante mauris lorem lobortis volutpat. Dolor tincidunt tellus sit nunc molestie pharetra congue, non pharetra tincidunt euismod dolor nunc tellus sit ut sem pharetra magna mauris lorem nibh, eget sed laoreet elit erat praesent adipiscing. Donec, proin adipiscing aliquam proin elit ac, et elit erat mauris feugiat lobortis volutpat dolor laoreet id tempus ante mauris lorem lobortis non pharetra congue ullamcorper amet, nunc tellus sit. Congue ullamcorper amet dolore aliquet turpis proin elit erat et, elit erat mi felis lorem ante mauris, lorem nibh eget sed laoreet felis tempus ante molestie feugiat nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra congue diam nonummy tempus ante at lorem nibh eget. Sed massa molestie lobortis non pharetra, dolore aliquet adipiscing ac et. Consectetur erat mi felis tempus praesent felis feugiat lobortis euismod dolor. Tincidunt euismod pulvinar nunc tellus magna diam, nonummy donec ante molestie. Lorem nibh eget erat mi felis erat mi adipiscing, nisi sem. Consectetur ac, et elit erat mi adipiscing aliquam, proin pharetra congue. Ullamcorper turpis dolore sem consectetur ac diam nonummy donec praesent adipiscing. Tempus nibh mauris, sed laoreet id ipsum ante mauris, sit diam. Adipiscing tempus proin mauris feugiat lobortis id sed mi id, tempus. Ante mauris, lorem lobortis volutpat dolor laoreet, felis tempus mi, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent adipiscing ac et eget sed mi felis erat ante mauris lorem nibh. Ullamcorper turpis nisi sem consectetur diam nonummy donec praesent, nonummy tempus, nibh eget, sed. Laoreet ullamcorper pulvinar nunc tellus, turpis magna et elit erat praesent, felis aliquam proin. Dolor tincidunt, id pulvinar, massa molestie lorem nibh at aliquam non pharetra congue ullamcorper. Amet donec praesent adipiscing ac et elit erat laoreet id tempus ante, mauris lobortis. Ullamcorper nonummy donec praesent adipiscing, ac sem consectetur magna diam nonummy donec, praesent, at. Ac nibh eget sed tincidunt euismod pulvinar lobortis pharetra congue ullamcorper dolor tincidunt id. Pulvinar massa tellus feugiat lobortis non pharetra, congue aliquet turpis nisi sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam nibh eget ac nibh id pulvinar nunc, non pharetra magna diam adipiscing donec proin adipiscing ac proin elit erat aliquet turpis, nisi sem consectetur donec diam. Adipiscing tempus nibh eget sed laoreet eget donec praesent adipiscing aliquam ante mauris sed nibh eget ipsum laoreet sit ut volutpat feugiat lobortis volutpat, sed, nunc aliquet turpis. Nisi et, elit sed laoreet felis ipsum ante mauris lorem, nibh id ipsum nunc tellus sit, aliquam, et elit erat mi elit donec praesent mauris tempus, nibh eget. Dolor nunc aliquet turpis nisi sem, consectetur congue ullamcorper amet dolore aliquet nonummy feugiat erat nisi tincidunt praesent mauris pharetra tempus nunc sem nonummy ipsum nisi tincidunt massa. Ullamcorper tellus at erat laoreet felis ipsum ante mauris lorem nibh dolor tincidunt euismod ipsum, nunc molestie sit ut non pharetra dolore aliquet adipiscing aliquam proin consectetur magna. Ullamcorper elit, tempus ante mauris dolor tincidunt euismod amet sem at lorem laoreet id, pulvinar nunc sem pharetra magna ullamcorper nonummy dolore aliquet turpis dolore aliquet turpis magna. Et tempus ante mauris tempus ante mauris lorem laoreet euismod ipsum ante molestie feugiat lobortis eget dolor tincidunt euismod pulvinar massa id feugiat ut volutpat dolor lobortis volutpat. Nunc tellus, sit nunc volutpat pharetra congue ullamcorper nonummy donec praesent adipiscing aliquam proin at erat praesent felis tempus massa molestie feugiat, lobortis volutpat dolor laoreet felis lobortis. Volutpat pharetra congue ullamcorper amet, dolore aliquet adipiscing, nisi, sem consectetur donec praesent adipiscing tempus massa molestie feugiat lobortis volutpat ipsum nunc molestie feugiat lobortis molestie lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, tellus pharetra congue ullamcorper nonummy dolore, adipiscing aliquam proin consectetur congue, ullamcorper amet dolore praesent, adipiscing aliquam proin at, magna non dolor congue. Ullamcorper nonummy nunc, tellus sit ut non consectetur diam nonummy donec aliquet turpis nisi proin at magna diam nonummy donec aliquet turpis aliquam ante. Mauris lorem laoreet id pulvinar nunc, molestie feugiat ut nonummy donec proin at, ac proin elit erat laoreet id feugiat lobortis non consectetur congue. Ullamcorper nonummy dolore aliquet sit, nunc non pharetra non pharetra dolore praesent turpis nisi proin at erat et elit donec praesent adipiscing tempus nibh. Eget dolor nunc tellus pulvinar, nunc molestie, pharetra congue ullamcorper amet aliquet adipiscing ac nibh eget sed laoreet id feugiat massa molestie feugiat nibh. Volutpat dolor mi euismod sit nunc tellus pharetra ut ullamcorper amet nunc tellus sit tellus pharetra congue non pharetra congue euismod dolor sit ut. Sem elit ipsum, ante molestie feugiat nibh eget, sed laoreet ipsum massa molestie feugiat massa volutpat pharetra congue ullamcorper turpis dolore sem at erat. Mi id tempus nunc molestie feugiat nibh eget sed laoreet id sit ut pharetra congue ullamcorper nonummy aliquam praesent at lorem et eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa feugiat lobortis euismod pulvinar nunc. Aliquet turpis aliquam et eget ipsum. Nunc tellus sit congue ullamcorper, amet. Donec massa, molestie feugiat, nibh volutpat. Dolor tellus turpis nisi, sem, consectetur. Congue diam amet dolore aliquet turpis. Ut sem pharetra magna ullamcorper nonummy. Aliquam ante molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris, lorem nibh eget dolor tincidunt aliquet adipiscing aliquam proin. At ac diam adipiscing aliquam praesent, turpis aliquam eget erat laoreet. Euismod sit ut non consectetur donec praesent felis tempus proin mauris. Lorem nibh id pulvinar nunc molestie sit magna, et felis lobortis. Non pharetra dolore ullamcorper amet nisi sem consectetur, magna diam nonummy. Erat mi mauris lorem nibh, eget, sed nibh eget erat mi. Felis tempus ante molestie lobortis volutpat dolor tincidunt, euismod pulvinar, nunc. Sem nonummy donec praesent adipiscing aliquam proin adipiscing aliquam et elit. Sed massa id ipsum, massa feugiat nibh eget erat et elit. Tempus ante mauris tempus ante at lorem et, elit sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue euismod amet nunc id ipsum, massa volutpat, dolor dolore aliquet turpis nisi sem at lorem tincidunt euismod pulvinar nunc. Non pharetra magna felis ipsum massa molestie lorem lobortis eget ipsum, massa tellus sit nisi et elit, tempus, ante mauris lorem. Nibh volutpat sed laoreet id sed laoreet ipsum lobortis, ullamcorper amet donec praesent adipiscing aliquam proin elit erat mi elit, erat. Mi, felis lorem nibh eget lorem et elit erat praesent, adipiscing aliquam eget sed congue ullamcorper amet nunc aliquet consectetur nisi. Diam felis tempus ante mauris tempus ante mauris sed laoreet id ipsum massa mauris tempus non amet dolore ullamcorper amet dolore. Aliquet sit ut non, amet, donec praesent felis lorem nibh eget sed tincidunt euismod, pulvinar ut, tellus pharetra congue ullamcorper pharetra. Ante molestie dolor tincidunt ullamcorper amet dolore aliquet sit ut volutpat feugiat, lobortis mauris sed tincidunt id ipsum massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis aliquam proin elit erat et elit tempus lobortis molestie dolor lobortis volutpat dolor laoreet felis, erat ante consectetur. Donec, mi adipiscing tempus ante at ac nibh eget sed laoreet id ipsum, proin mauris lorem nibh eget sed laoreet. Felis ipsum massa consectetur magna ullamcorper amet donec praesent adipiscing aliquam proin consectetur ac et nonummy dolore aliquet pulvinar nunc. Tellus consectetur nisi non pharetra congue ullamcorper amet dolore mauris lorem et eget sed massa molestie feugiat ut non, dolor. Tincidunt ullamcorper amet nunc, aliquet, consectetur, ac diam nonummy, donec praesent, adipiscing aliquam euismod pulvinar dolore aliquet adipiscing magna diam. Consectetur donec praesent adipiscing aliquam praesent adipiscing nisi sem at ac, et felis, tempus ante felis tempus ante at et. Euismod tempus ante felis, aliquam ante mauris sed nibh, eget erat et adipiscing aliquam praesent adipiscing nisi aliquet turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi aliquet turpis nisi sem nonummy donec praesent adipiscing donec proin at ac et at magna et elit donec, molestie. Pharetra tincidunt ullamcorper amet dolore aliquet turpis, ut non, consectetur magna ullamcorper pulvinar nunc euismod pulvinar nunc molestie pharetra congue non. Amet ante mauris feugiat tincidunt, euismod pulvinar nunc aliquet turpis ut sem consectetur donec diam adipiscing aliquam proin mauris, lorem nibh. Eget, ipsum massa molestie sit ut non, donec mi felis tempus proin consectetur magna sem consectetur donec diam adipiscing donec proin. Adipiscing ac et eget sed massa molestie feugiat ut ullamcorper tempus massa molestie feugiat proin ullamcorper felis feugiat ac laoreet sem. Eget volutpat elit sit ac, mi felis erat praesent adipiscing donec sem at lorem nibh aliquam proin, elit sed massa molestie. Feugiat lobortis non dolor tincidunt, euismod dolor tincidunt euismod sit ut sem consectetur donec diam amet donec, praesent at amet ipsum. Praesent molestie at sed dolore, proin eget amet dolor congue mi molestie pharetra donec massa tellus nonummy pulvinar aliquam nibh adipiscing. Sed tempus lobortis ullamcorper id elit ipsum ac nibh ullamcorper felis nonummy sit sed aliquam tincidunt praesent molestie sit lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet felis, tempus ante felis lorem. Nibh volutpat pulvinar, dolore aliquet mauris dolor. Tincidunt tellus lorem, nibh eget erat praesent. Felis tempus ante mauris dolor tincidunt euismod. Pulvinar tincidunt euismod feugiat ut volutpat dolor. Lobortis diam nonummy dolore aliquet ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet, adipiscing aliquam et eget sed laoreet id tempus massa molestie feugiat nibh eget dolore praesent, at magna et elit sed massa molestie feugiat lobortis molestie. Dolor laoreet id ipsum, massa id ipsum ante mauris lorem ante eget sed euismod turpis nisi sem pharetra congue diam nonummy dolore aliquet turpis, aliquam et elit ac. Laoreet id, ipsum lobortis volutpat feugiat lobortis volutpat dolor laoreet sit magna diam elit erat mi adipiscing aliquam ante at ac, proin consectetur magna, ullamcorper, nonummy erat praesent. Adipiscing aliquam et eget erat euismod sit nisi non consectetur, magna praesent adipiscing aliquam proin mauris, ac et at erat, mi felis tempus, ante mauris lorem nibh elit. Erat laoreet euismod pulvinar sem consectetur magna, diam adipiscing aliquam proin at lorem proin consectetur magna diam adipiscing aliquam praesent turpis nunc tellus turpis nisi et, aliquet volutpat. Amet dolor congue sem elit ipsum nisi proin elit ipsum nunc non at erat massa aliquet at sed nisi tincidunt ante, non, nonummy magna laoreet praesent eget, pulvinar. Donec lobortis ullamcorper felis sit magna laoreet aliquet eget amet aliquam, nibh euismod mauris nonummy, sit magna diam felis sit ac dolore eget nonummy tempus ut ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non elit consectetur amet dolor ac. Laoreet praesent non id pharetra erat nisi. Congue massa diam felis sit nisi et. Tellus elit pulvinar lorem donec nisi, dolore. Nibh, volutpat amet lobortis praesent sem id. At elit sit sed ac dolore ut. Laoreet ante ullamcorper tellus elit turpis dolor. Aliquam magna nunc nibh aliquet molestie adipiscing. Sed lorem donec ut nunc lobortis ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ut, massa et praesent non molestie elit adipiscing dolor, lobortis et tellus elit turpis pharetra erat nisi laoreet praesent ullamcorper. Diam euismod mauris nonummy pharetra sed aliquam congue, ante mi aliquet volutpat, felis pharetra magna tincidunt nibh praesent sem id at. Pharetra ipsum erat nisi laoreet praesent volutpat felis feugiat ac tincidunt, nibh praesent molestie nonummy consectetur pulvinar feugiat nunc nibh praesent. Non molestie consectetur pulvinar feugiat dolore massa, diam tellus elit amet feugiat magna nisi et euismod adipiscing sed nunc praesent volutpat. Feugiat congue ullamcorper nonummy dolore aliquet turpis nisi proin, at erat, mi elit tempus, ante, molestie feugiat, tincidunt euismod pulvinar nunc. Aliquet sit ut tellus sit ullamcorper amet dolore praesent at ac nibh elit ac diam elit erat mi adipiscing tempus proin. Eget sed nunc tellus, sit nisi sem pharetra congue diam nonummy ante, molestie feugiat lobortis volutpat dolor tincidunt tellus sit, ut. Sem nonummy, erat ante molestie pharetra magna diam amet donec, at sed nibh eget ipsum laoreet id ipsum ante, adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur nunc aliquet, turpis lorem laoreet id pulvinar ut non, pharetra magna diam amet dolore aliquet amet. Nisi, proin, volutpat pulvinar nunc tellus pulvinar lobortis volutpat magna ullamcorper nonummy donec aliquet adipiscing aliquam proin at. Erat mi felis tempus ante mauris feugiat lobortis eget sed tincidunt molestie ipsum ante mauris, lorem ullamcorper, amet. Dolore praesent, adipiscing magna et elit sed laoreet id ipsum massa molestie feugiat, lobortis volutpat pulvinar massa molestie. Feugiat ut non donec praesent felis lorem lobortis euismod pulvinar tincidunt tellus turpis nisi sem pharetra magna diam. Nonummy donec proin at ac et eget sed laoreet euismod ipsum ante pharetra magna praesent adipiscing aliquam proin. Adipiscing ac nibh eget erat mi felis tempus ante at ac et at, ac diam, nonummy dolore aliquet. Adipiscing nisi sem, ac laoreet id ipsum massa molestie feugiat lobortis eget sed laoreet euismod amet dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut non pharetra magna ullamcorper nonummy. Donec, sem consectetur magna et elit erat. Praesent amet donec proin at ac et. Elit, sed laoreet turpis ut non pharetra. Donec praesent turpis aliquam sem at ac. Et elit erat mi adipiscing aliquam proin. At ac nibh id pulvinar, nunc elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec aliquet, turpis dolore aliquet at lorem, et, elit erat mi, felis lorem, nibh eget dolor tincidunt adipiscing, ac nibh eget sed nunc aliquet consectetur ut. Non pharetra congue ullamcorper, nonummy donec praesent turpis nisi sem consectetur ut volutpat pharetra laoreet amet nisi proin pharetra ut ullamcorper nonummy dolore aliquet turpis nisi. Proin consectetur, ac diam, elit, erat mi felis aliquam proin at, ac et, elit donec mi consectetur ac et felis tempus massa molestie dolor tincidunt euismod. Pulvinar, dolore aliquet sit nisi sem consectetur magna diam, nonummy, donec aliquet adipiscing nibh id ipsum nunc tellus feugiat ut non pharetra congue aliquet turpis dolore. Sem, at ac et elit tempus ante mauris lorem nibh, eget sed laoreet id dolore aliquet pharetra ac, et nonummy erat praesent felis tempus ante at. Ac et elit erat ante felis lorem nibh mauris ac nibh elit ac, praesent felis lobortis volutpat, dolor donec aliquet, turpis dolore sem, turpis nisi, diam. Consectetur magna praesent felis tempus ante eget sed nibh erat mi, felis, donec aliquet turpis nisi sem, turpis magna, ullamcorper amet donec, praesent felis tempus ante. At sed laoreet id ipsum nunc molestie sit congue ullamcorper aliquam ante at aliquam, et, eget pulvinar nunc tellus sit nisi sem nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, ante eget dolor tincidunt ullamcorper amet, ut non consectetur ac mi elit donec mi felis lorem nibh eget sed tincidunt. At lorem nibh id pulvinar, ut non consectetur magna praesent nonummy aliquam proin mauris feugiat lobortis volutpat pulvinar dolore sem, elit. Sed nunc tellus sed tincidunt aliquet consectetur magna sem pharetra, ut ullamcorper amet dolore ullamcorper amet dolore, tellus pharetra ut non. Amet dolore praesent felis, tempus, nibh eget sed laoreet ipsum nunc non, pharetra congue diam nonummy aliquam ante at sed laoreet. Id pulvinar nunc molestie sit ut sem consectetur donec aliquet amet dolore mauris lorem et elit erat mi id tempus ante. At ac et at, magna et nonummy donec praesent felis lorem, lobortis euismod pulvinar nunc euismod ipsum sem consectetur magna diam. Amet donec praesent adipiscing aliquam proin consectetur ac diam amet dolore, ullamcorper amet nisi, tellus turpis, magna sem nonummy, erat mi. Mauris tempus eget sed nibh eget sed massa id feugiat lobortis non dolor tincidunt ullamcorper, amet dolore, tellus sit ut, volutpat. Dolor praesent turpis nisi proin consectetur magna nibh eget sed massa tellus sit ut non dolor tincidunt euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante, mauris feugiat nibh eget sed laoreet, id ipsum nunc tellus sit ut non, pharetra congue ullamcorper amet sem consectetur ac mi. Elit tempus massa non dolor tincidunt euismod amet nunc tellus pulvinar, nunc tellus pharetra, congue ullamcorper amet dolore aliquet turpis, laoreet eget sed. Laoreet, molestie sit lobortis volutpat pharetra congue, ullamcorper turpis, nisi sem turpis magna diam eget, erat laoreet, id tempus ante mauris lorem et. Eget aliquam et elit, erat et elit erat praesent adipiscing aliquam, sem consectetur magna, sem consectetur magna praesent felis aliquam proin at ac. Proin, pulvinar nunc molestie, feugiat ut, ullamcorper nonummy dolore praesent turpis aliquam ante mauris lorem et elit erat mi adipiscing donec praesent turpis. Ut sem consectetur magna, diam tempus ante mauris, lorem, nibh eget sed laoreet id ipsum ante mauris feugiat lobortis volutpat, dolor laoreet, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis ipsum lobortis volutpat dolor congue, ullamcorper turpis, nisi, et, elit, sed mi, felis tempus mi felis lorem nibh nonummy aliquam proin. At lorem et id ipsum nunc molestie feugiat massa volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus pharetra congue diam tempus nibh. Eget dolor congue ullamcorper, amet dolore, non consectetur, magna et nonummy erat mi turpis, aliquam ante at ac mi felis ipsum ante mauris lorem. Ante amet dolore nibh volutpat dolor tincidunt id pulvinar dolore, aliquet consectetur magna diam amet dolore ullamcorper amet nunc tellus pulvinar nunc tellus, feugiat. Diam nonummy donec proin adipiscing aliquam sem at ac et felis ipsum lobortis molestie lorem lobortis volutpat dolor tincidunt, euismod pulvinar nunc, tellus, feugiat. Tincidunt euismod amet praesent turpis nisi sem consectetur congue ullamcorper amet dolore praesent, adipiscing ac et eget erat et felis tempus ante mauris, tempus. Nibh, eget dolor tincidunt, id ipsum non consectetur magna ullamcorper adipiscing donec praesent adipiscing ac proin at ac mi id ipsum lobortis molestie feugiat. Lobortis volutpat dolore praesent adipiscing nisi, non pharetra congue non dolor tincidunt id sed massa, tellus sit lobortis molestie feugiat lobortis elit ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam felis, aliquam proin at. Lorem et elit, sed mi felis aliquam. Massa molestie nibh volutpat, dolor tincidunt euismod. Pulvinar ut non, pharetra tincidunt ullamcorper amet. Dolore proin adipiscing aliquam proin at donec. Praesent felis tempus massa pharetra congue praesent. Felis tempus et elit, erat laoreet, euismod. Pulvinar nunc tellus sit ut, volutpat dolor. Nunc tellus sit nisi non pharetra, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, ac nibh eget erat mi felis ipsum nunc. Non pharetra congue diam amet dolore praesent turpis, nisi. Proin elit et elit aliquam ante mauris feugiat, lobortis. Eget dolor dolore tellus pulvinar nunc molestie lorem nibh. Eget sed tincidunt, id, pulvinar ut non sed massa. Tellus sit ut volutpat dolor congue euismod pulvinar, nisi. Proin at ac et nonummy magna ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra dolore aliquet adipiscing aliquam, proin elit sed, laoreet felis ipsum, massa molestie feugiat nibh volutpat dolor tincidunt, euismod pulvinar tellus sit. Congue ullamcorper amet congue aliquet turpis nisi sem pharetra, congue ullamcorper amet dolore aliquet turpis nisi aliquet turpis nisi non pharetra tincidunt volutpat donec praesent. At lorem nibh eget erat massa molestie sit ut et elit tempus mi felis tempus ante, elit sed, laoreet tellus sit nunc, molestie sit lobortis. Adipiscing tempus ante at ac nibh eget sed massa id ipsum massa volutpat, pharetra lobortis, volutpat pulvinar nunc, euismod sit, ut sem, consectetur ante molestie. Lorem lobortis volutpat dolor tincidunt ullamcorper pulvinar dolore aliquet pharetra ut non dolor tincidunt euismod, pulvinar, nunc euismod ipsum nunc volutpat dolor tincidunt, euismod pulvinar. Nibh, eget sed, laoreet id ipsum nunc non sit ut non pharetra congue euismod amet, tincidunt euismod feugiat massa molestie feugiat, tincidunt euismod pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac nibh eget sed nunc, aliquet turpis ut, ullamcorper nonummy erat molestie lorem ante mauris lorem nibh eget sed ante. Mauris feugiat, ut non amet dolore aliquet turpis dolore tellus pharetra magna et elit erat mi felis nibh mauris sed laoreet felis. Tempus ante molestie lorem lobortis mauris lorem nibh eget ipsum massa molestie sit ut volutpat dolor, congue euismod dolor nisi, elit sed. Tincidunt id pulvinar ut sem, consectetur magna, ullamcorper nonummy dolore tellus sit nunc non sit ut diam elit erat praesent adipiscing lobortis. Volutpat amet dolore aliquet turpis magna diam pharetra ut ullamcorper pulvinar nunc euismod pulvinar nunc tellus pharetra congue non dolor congue ullamcorper. Amet nisi proin at tincidunt euismod pulvinar nunc tellus, feugiat tincidunt volutpat pulvinar nunc, euismod ipsum nunc, molestie feugiat lobortis volutpat sed. Tincidunt, aliquet turpis nisi sem turpis nisi, sem consectetur mi molestie feugiat, nibh volutpat pulvinar nunc, euismod sit nisi non sit lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat, tincidunt ullamcorper turpis dolore aliquet turpis nisi non pharetra, congue euismod pulvinar nunc tellus sit nunc tellus congue ullamcorper, amet dolore praesent. At lorem et elit, erat mi id, feugiat lobortis, non consectetur, donec mi, adipiscing aliquam proin at ac, et nonummy laoreet felis tempus ante. Mauris lorem nibh eget sed laoreet molestie sit ut non pharetra tincidunt ullamcorper, pulvinar nunc euismod pulvinar, massa molestie lorem, nibh volutpat dolore aliquet. Sit nisi sem consectetur magna mi felis ipsum massa mauris lorem nibh, eget sed tincidunt euismod ipsum ante mauris feugiat lobortis eget dolore praesent. Turpis nisi sem consectetur ac diam, nonummy donec aliquet adipiscing aliquam nibh volutpat sed mi elit, donec praesent adipiscing aliquam proin consectetur magna diam. Consectetur aliquam et elit, erat et felis tempus ante mauris ac et at erat mi felis tempus ante molestie lorem lobortis eget sed laoreet. Euismod pulvinar nunc feugiat ut ullamcorper amet dolore aliquet, turpis ac nibh eget erat mi elit donec mi mauris lorem ante eget ipsum massa. Molestie sit, lobortis, non amet congue ullamcorper amet dolore aliquet sit congue ullamcorper nonummy dolore aliquet turpis aliquam sem at ac, nibh felis, nunc. Non pharetra magna diam nonummy donec praesent adipiscing nisi proin at magna ullamcorper nonummy dolore aliquet turpis nisi proin at magna diam, nonummy donec. Diam nonummy donec mi felis tempus nibh eget lorem nibh eget, erat diam nonummy erat, praesent adipiscing nisi proin at, erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet dolore aliquet sit nisi sem. At erat mi elit erat proin, mauris. Dolore praesent adipiscing nisi sem consectetur nisi. Diam elit erat praesent adipiscing aliquam proin. Mauris sed tincidunt euismod pulvinar massa molestie. Ipsum massa mauris lorem volutpat dolor tincidunt. Euismod, pulvinar lobortis volutpat feugiat lobortis mauris. Lorem nibh, euismod sit nunc non sit. Ut ullamcorper, amet, donec aliquet adipiscing aliquam. Sem consectetur, et felis tempus massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh id, ipsum massa molestie sit magna, diam nonummy donec molestie dolor dolore euismod ipsum nunc. Molestie feugiat massa molestie dolor congue ullamcorper amet dolore, aliquet turpis nisi non sit ut eget sed. Laoreet ullamcorper turpis proin elit, ac, mi felis tempus ante mauris lorem nibh mauris ac diam nonummy. Erat mi felis tempus proin mauris aliquam proin, consectetur donec diam tempus, massa molestie, feugiat lobortis euismod. Amet aliquam proin at magna diam nonummy donec diam nonummy donec proin at ac et elit erat. Non consectetur ac, et nonummy donec, aliquet turpis nisi proin consectetur, ac mi felis erat mi felis. Tempus ante, at, lorem laoreet id sed massa molestie, sit diam amet, donec praesent turpis aliquam sem. Consectetur nisi, diam nonummy donec praesent, adipiscing nisi sem turpis nisi, non consectetur magna diam nonummy donec. Aliquet turpis proin, at ac mi, felis tempus ante molestie feugiat lobortis eget sed mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed, nunc euismod pulvinar nunc molestie feugiat lobortis non amet congue ullamcorper adipiscing nisi sem elit erat et nonummy erat massa molestie lorem nibh dolor, tincidunt id. Pulvinar ut non pharetra congue non pharetra congue ullamcorper pulvinar dolore aliquet sit lobortis sem pharetra magna ullamcorper pulvinar tincidunt euismod lorem nibh id pulvinar nunc tellus sit. Congue, ullamcorper pharetra tincidunt euismod pulvinar dolore sem consectetur magna sem consectetur congue ullamcorper amet, dolore, aliquet nisi sem, nonummy donec mi felis tempus proin at ac et. Eget ipsum nunc tellus feugiat lobortis non dolor, tincidunt euismod, pulvinar nunc tellus pulvinar nunc tellus congue ullamcorper pulvinar tincidunt tellus pulvinar massa id feugiat massa mauris lorem. Nibh eget erat, et elit donec mi felis tempus ante eget, sed laoreet id nunc non consectetur congue diam nonummy dolore aliquet turpis aliquam, sem at sed mi. Felis erat ante mauris lorem nibh elit erat mi elit erat mi felis ante mauris lorem tincidunt id ipsum laoreet id tempus, ante mauris feugiat lobortis euismod pulvinar. Nunc aliquet turpis ut volutpat magna diam nonummy aliquet id adipiscing pharetra tempus nisi, laoreet proin euismod amet tempus nibh eget dolor, tincidunt euismod ipsum massa id tempus. Ante, at lorem nibh turpis dolore aliquet sit ut volutpat feugiat nibh volutpat sed laoreet id pulvinar nunc tellus feugiat ut ullamcorper dolor nunc tellus sit ut non. Pharetra magna diam erat, ante felis lorem et at erat mi felis tempus ante felis tempus nibh volutpat sed, laoreet id ipsum massa tellus sit ut molestie, lorem. Nibh eget mi molestie feugiat ut non dolor, lobortis volutpat dolor tincidunt aliquet turpis nisi sem pharetra congue non amet tincidunt ullamcorper amet ut, non feugiat ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc, euismod pulvinar nunc tellus feugiat volutpat pharetra dolore praesent adipiscing ac et at erat et nonummy tempus ante mauris lorem nibh eget erat mi felis erat. Mi, mauris feugiat ut nonummy, tempus ante mauris lorem laoreet id pulvinar nunc tellus sit congue diam elit erat mi adipiscing aliquam sem at ac et elit tempus ante, feugiat. Ut non pharetra dolore aliquet turpis ut sem consectetur magna et nonummy, erat mi felis lorem ante elit sed mi felis erat ante mauris, tempus ante lorem laoreet tellus turpis. Nisi proin at, magna diam nonummy donec aliquet amet nisi sem elit erat mi elit tempus mi felis tempus ante lorem laoreet eget ipsum mi felis tempus, ante mauris feugiat. Lobortis id sed laoreet id feugiat lobortis non pharetra congue euismod pulvinar nunc aliquet, turpis ut elit erat praesent felis tempus ante mauris ac et elit erat mi felis erat. Ante mauris lorem lobortis volutpat dolor nunc tellus pulvinar nunc, tellus feugiat lobortis dolor tincidunt tellus sit ut non pharetra ac mi felis erat mi mauris aliquam sem at nisi. Sem nonummy donec mauris lorem nibh at lorem, laoreet id sed laoreet, id tempus, ante mauris, ac et elit, sed massa molestie feugiat ut non pharetra congue ullamcorper, pulvinar nunc. Sit nisi sem consectetur congue diam, nonummy, aliquam ante mauris lorem nibh id ipsum laoreet, id feugiat lobortis molestie dolor, lobortis mauris erat laoreet id tempus ante sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et eget ipsum nunc molestie sit diam, elit erat mi felis, tempus nibh mauris lorem et elit erat. Massa molestie sit ut, ullamcorper nonummy donec proin at ac et eget sed tellus consectetur magna sem nonummy magna diam. Nonummy aliquam proin at lorem et eget ipsum massa id, ipsum ante mauris lorem nibh eget sed laoreet, ipsum massa. Volutpat dolor tincidunt volutpat pulvinar dolore aliquet turpis nisi diam nonummy donec mi felis aliquam proin adipiscing nisi sem consectetur. Congue ullamcorper nonummy mi mauris lorem et eget dolor, tincidunt tellus sit nunc tellus sit lobortis non, amet nunc, tellus. Turpis aliquam, nibh elit erat et felis erat mauris feugiat lobortis, volutpat dolor tincidunt id ipsum ante molestie feugiat nibh. Mauris sed tincidunt euismod pulvinar massa molestie ipsum lobortis volutpat dolor tincidunt euismod sed mi feugiat ut sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at lorem, nibh eget ipsum massa molestie, feugiat. Diam amet donec praesent turpis nisi sem consectetur magna. Sem consectetur dolore praesent amet nisi sem consectetur ac. Nibh id ipsum massa mauris feugiat lobortis pharetra tincidunt. Euismod pulvinar nunc, tellus sit congue non dolor tincidunt. Euismod pulvinar dolore aliquet consectetur ac nibh elit donec. Praesent mauris feugiat lobortis eget nibh id ipsum massa. Molestie feugiat ut volutpat dolor tincidunt ullamcorper pulvinar dolore. Tellus sit ut sem consectetur magna ullamcorper amet nunc. Euismod nunc, non consectetur magna diam amet dolore ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam nonummy donec praesent felis aliquam. Volutpat dolor tincidunt euismod pulvinar ut non pharetra. Congue ullamcorper nonummy aliquam ante, mauris ac lobortis. Volutpat ipsum massa molestie ipsum massa mauris lorem. Lobortis amet donec praesent consectetur ac sem, nonummy. Erat, praesent nonummy, dolore praesent turpis nisi sem. Pharetra congue non pharetra, congue euismod dolor mi. Id pulvinar diam elit erat mi mauris lorem. Lobortis non amet dolore praesent at lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus massa dolor tincidunt euismod dolor tincidunt. Euismod sit ut sem consectetur magna praesent felis. Lorem, nibh mauris sed laoreet euismod pulvinar, dolore. Tellus, ipsum lobortis amet donec, aliquet turpis nisi. Aliquet sit, nunc tellus sit ut ullamcorper nonummy. Aliquam praesent, at aliquam et at ac et. Elit aliquam proin adipiscing nibh euismod dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra magna diam amet donec. Proin mauris sed nibh eget ipsum. Nunc pharetra, congue ullamcorper nonummy donec. Aliquet turpis dolore tellus consectetur magna. Et elit ipsum ante mauris tempus. Ante at sed nibh eget sed. Massa molestie ipsum, volutpat pharetra congue. Ullamcorper amet dolore aliquet turpis nisi. Sem consectetur donec diam adipiscing aliquam. Proin consectetur ac et eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem laoreet id pulvinar massa tellus sit nisi sem consectetur magna diam, nonummy. Nisi proin at ac et eget mi adipiscing tempus ante, at ac et eget. Sed laoreet id ipsum, massa molestie lorem lobortis eget erat mi elit donec mi. Felis tempus ante, at et elit donec, praesent nonummy donec proin at lorem, et. Elit sed massa molestie sit ut non pharetra tincidunt euismod dolor laoreet id sed. Ante pharetra ut non pharetra dolore aliquet turpis nisi, sem at ac mi felis. Ipsum lobortis volutpat pharetra congue ullamcorper nonummy nisi sem consectetur laoreet id pulvinar nunc. Non, consectetur erat, praesent adipiscing tempus ante mauris feugiat nibh eget sed mi, id. Ipsum massa mauris lorem ante eget sed laoreet id ut tellus pharetra congue ullamcorper. Amet dolore aliquet adipiscing aliquam proin elit erat et elit donec aliquet adipiscing nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper amet donec praesent at ac et at, erat. Laoreet molestie feugiat lobortis molestie feugiat lobortis volutpat pulvinar nibh volutpat. Dolor, nunc aliquet consectetur magna diam nonummy magna, diam adipiscing donec. Proin at ac proin, consectetur ac, et felis erat, mi felis. Lorem eget dolor, tincidunt euismod pulvinar ut sem consectetur magna diam. Adipiscing tempus ante mauris ac nibh, elit, erat mi molestie ipsum. Lobortis, volutpat pharetra donec, mi felis lobortis volutpat sed laoreet id. Pulvinar ut sem consectetur, erat mi felis tempus massa mauris feugiat. Lobortis eget sed laoreet molestie feugiat ut nonummy erat mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem, nonummy donec praesent adipiscing tempus, proin at lorem, et ipsum. Nunc tellus sit lobortis non pharetra congue ullamcorper turpis nisi sem, consectetur. Magna diam, nonummy erat mi felis tempus nibh eget lorem nibh elit. Erat felis tempus ante felis lorem nibh, eget sed laoreet euismod sit. Ut sem nonummy donec diam adipiscing, aliquam proin, turpis nisi non consectetur. Magna et tempus massa molestie lorem, nibh eget sed laoreet, euismod pulvinar. Nunc molestie lorem nibh eget sed laoreet eget ipsum nunc tellus consectetur. Ipsum proin euismod adipiscing feugiat tincidunt praesent adipiscing feugiat congue, praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus adipiscing dolor donec ac laoreet, ullamcorper adipiscing feugiat tincidunt aliquet felis lorem congue praesent volutpat elit ipsum nisi nibh, tellus adipiscing lorem. Tincidunt congue, laoreet tellus eget turpis dolore massa diam id turpis sed dolore tincidunt ante molestie elit erat ante molestie feugiat lobortis eget sed. Tincidunt aliquet amet nisi non, at, ac id ipsum massa mauris feugiat nibh volutpat dolor tincidunt euismod pulvinar massa tellus sit, ut non pharetra. Congue aliquet sit ut non pharetra diam nonummy donec praesent felis lorem lobortis volutpat pulvinar tincidunt tellus turpis nisi, non pharetra ut non pulvinar. Dolore aliquet turpis ut, non sit ut volutpat dolor ullamcorper, turpis aliquam proin consectetur magna et nonummy magna praesent adipiscing donec proin consectetur magna. Diam nonummy donec, mi adipiscing aliquam proin, adipiscing ac et elit ac elit tempus massa mauris lorem ante eget erat mi felis, tempus ante. Tellus sit congue ullamcorper amet dolore aliquet sit nunc eget sed mi felis erat ante mauris lorem lobortis volutpat pulvinar tincidunt tellus sit nisi. Sem consectetur, donec diam nonummy donec praesent at ac, et elit, sed tellus sit magna diam amet dolore ullamcorper amet dolore aliquet turpis, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie erat mi, id ipsum massa volutpat dolor dolore, aliquet. Adipiscing aliquam et elit erat mi felis tempus ante felis. Lorem nibh, volutpat dolor tincidunt turpis ut sem pharetra congue. Ullamcorper nonummy donec ante mauris feugiat, nibh eget sed tincidunt. Tellus sit magna mi elit tempus ante felis, tempus ante. Lorem laoreet euismod pulvinar ut non pharetra congue ullamcorper pharetra. Congue aliquet adipiscing ac et eget erat et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem nibh elit erat mi felis tempus proin. Mauris lorem nibh eget sed massa sem, consectetur magna. Et felis erat mi felis, ante volutpat dolor tincidunt. Id ipsum massa, id ipsum massa eget lorem laoreet. Id ipsum nunc tellus feugiat lobortis non pharetra dolore. Praesent adipiscing nibh eget lorem et elit sed laoreet. Mauris lorem lobortis volutpat, dolor tincidunt ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet, mi mauris lorem nibh, volutpat. Amet donec, proin at ac et id. Ipsum massa non pharetra ut, non pharetra. Congue ullamcorper adipiscing nisi sem turpis sem. Consectetur congue diam nonummy dolore tellus pulvinar. Nunc non consectetur, magna diam amet donec. Proin mauris sed laoreet, eget ipsum massa. Id ipsum volutpat pharetra tincidunt euismod amet. Nisi proin at lorem et elit, erat. Mi felis lorem nibh mauris lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante mauris feugiat lobortis volutpat pulvinar nunc tellus turpis nisi sem pharetra congue ullamcorper nonummy donec praesent adipiscing aliquam proin at sed laoreet, sit ut volutpat dolor lobortis. Eget dolor tincidunt euismod ipsum massa molestie feugiat tincidunt volutpat pulvinar nunc tellus turpis aliquam proin pharetra congue diam nonummy praesent at aliquam et, at, erat laoreet id ipsum. Lobortis molestie feugiat lobortis euismod pulvinar tincidunt euismod pulvinar ut tellus pharetra magna diam felis massa volutpat dolor lobortis volutpat dolor, laoreet molestie feugiat lobortis volutpat dolor congue ullamcorper. Pulvinar donec praesent turpis nisi diam consectetur congue diam adipiscing donec proin, ac lobortis id ipsum massa molestie feugiat ut non dolor lobortis, volutpat pulvinar tincidunt euismod pulvinar ut. Non consectetur magna diam adipiscing aliquam proin mauris lorem nibh sed laoreet molestie feugiat lobortis volutpat pharetra, tincidunt aliquet amet nisi sem consectetur magna diam nonummy erat mi id. Lorem eget, sed, laoreet eget pulvinar dolore, aliquet turpis ut, volutpat dolor, tincidunt ullamcorper turpis dolore sem consectetur nisi non pharetra congue ullamcorper amet nunc euismod, pulvinar proin, at. Erat laoreet id, ipsum massa molestie feugiat lobortis euismod dolor nunc euismod pulvinar massa tellus feugiat, tincidunt euismod pulvinar dolore praesent at ac et elit, massa id feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet nisi ante at erat mi erat mi nonummy, aliquam. Nibh non dolor congue tellus, pulvinar, ut sem consectetur magna ullamcorper. Nonummy erat mi adipiscing ac et elit sed, laoreet id nisi. Sem consectetur donec praesent amet aliquam proin adipiscing lorem nibh elit. Erat mi felis, ipsum massa molestie, feugiat lobortis euismod, pulvinar, nunc. Tellus turpis et felis tempus mi felis tempus ante at aliquam. Et elit sed laoreet id ipsum massa mauris ac nibh volutpat. Sed tincidunt tellus sit ut non dolor diam adipiscing aliquam proin. Mauris lorem et, elit donec laoreet felis aliquam proin at, lorem. Et elit, ac mi felis tempus mi felis ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, adipiscing tempus, nibh, eget dolor laoreet euismod, amet dolore aliquet consectetur non pharetra congue volutpat sed laoreet, euismod pulvinar nunc, molestie feugiat lobortis volutpat dolor tincidunt. Tellus sit, ut, sem consectetur congue ullamcorper amet donec, mauris feugiat lobortis volutpat dolor tincidunt euismod ipsum massa molestie feugiat, lobortis, volutpat dolor tincidunt euismod pulvinar nunc. Sem elit sed laoreet, felis tempus ante molestie feugiat euismod turpis, dolore sem consectetur ac mi felis pulvinar ante mauris lorem ante mauris lorem et elit erat. Praesent adipiscing aliquam proin at et eget ipsum massa id, feugiat ut, sem consectetur magna praesent felis, tempus proin at ac, et elit donec praesent adipiscing aliquam. Proin at ac et elit, laoreet aliquet sit nisi non consectetur, magna diam turpis aliquam sem consectetur ac nibh eget sed laoreet id ipsum lobortis non pharetra. Congue aliquet adipiscing ac nibh, dolor dolore proin at erat mi id ipsum, massa molestie lorem ante mauris lorem laoreet eget sed, massa tellus sit mi id. Ipsum massa volutpat pharetra congue ullamcorper turpis, nisi aliquet consectetur nisi sem consectetur congue diam nonummy donec, praesent adipiscing nisi sem pharetra congue ullamcorper dolor euismod pulvinar. Nisi sem at magna mi felis erat ante felis, tempus ante mauris ac nibh eget ipsum laoreet id tempus proin at aliquam proin at, magna amet dolore. Mi adipiscing tempus nibh elit erat mi elit erat mi, adipiscing aliquam ante mauris lorem et elit erat mi felis aliquam praesent at aliquam eget ipsum laoreet. Molestie feugiat ut non dolor tincidunt euismod pulvinar tincidunt tellus sit nunc tellus sit lobortis non amet dolore ullamcorper amet dolore, non sit lobortis pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna et elit tempus ante pharetra. Congue diam nonummy donec, praesent at lorem. Laoreet euismod ipsum nunc tellus turpis magna. Diam, consectetur, donec praesent adipiscing aliquam proin. At ac et ipsum, massa molestie sit. Lobortis volutpat dolor tincidunt, euismod amet dolore. Sem at, ac et felis tempus ante. Mauris dolor lobortis, volutpat pulvinar nunc turpis. Ac et elit erat laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, euismod amet nisi proin at erat mi felis tempus molestie. Feugiat tincidunt ullamcorper amet dolore aliquet sit nisi sem pharetra congue. Ullamcorper nonummy aliquam praesent at ac et elit ac laoreet id. Feugiat massa pharetra congue ullamcorper amet dolore aliquet adipiscing aliquam, diam. Elit erat mi felis aliquam praesent turpis aliquam proin consectetur, magna. Diam elit erat mi felis congue euismod, pulvinar nunc tellus turpis. Magna et elit erat mi felis tempus massa mauris lorem et. Elit erat massa molestie ipsum ante dolor magna ullamcorper amet dolore. Aliquet, at magna diam nonummy magna praesent adipiscing aliquam proin, adipiscing. Ac nibh eget sed laoreet felis tempus ante mauris, tempus, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris lorem nibh volutpat. Pharetra dolore tellus sit ut sem. Consectetur ac id, feugiat, lobortis molestie. Dolor congue ullamcorper amet dolore, tellus. Sit nisi sem nonummy, donec, mi. Felis tempus ante mauris lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam massa volutpat pharetra congue, ullamcorper pulvinar, dolore. Aliquet consectetur magna diam nonummy magna diam adipiscing. Tempus, ante mauris ac et sed laoreet id. Ipsum massa molestie lorem nibh volutpat dolor, mi. Id ipsum massa molestie feugiat, tincidunt euismod pulvinar. Dolore tellus sit, nunc non congue non, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum massa molestie dolor lobortis volutpat, dolor laoreet id ipsum nunc, tellus pharetra mi mauris lorem, ante mauris sed nibh. Id pulvinar massa molestie feugiat, lobortis non pharetra dolore, aliquet amet dolore, aliquet turpis, nisi sem consectetur, ante, molestie sit lobortis, eget. Dolor congue, ullamcorper turpis ut tellus sit ut non amet dolore aliquet pulvinar tincidunt id ipsum massa molestie dolor, tincidunt volutpat dolor. Euismod sit ut sem nonummy donec diam amet dolore ullamcorper, turpis nisi sem consectetur nisi diam amet dolore ullamcorper, amet dolore aliquet. Turpis nibh eget donec diam adipiscing donec aliquet turpis ut tellus pharetra magna diam nonummy dolore aliquet turpis nisi sem at ac. Et, elit tempus mi felis tempus eget sed nibh elit donec, diam nonummy donec, proin at lorem nibh, elit sed massa tellus. Sit nisi sem consectetur donec aliquet turpis nisi sem at magna, eget sed, laoreet felis tempus ante mauris lorem et elit ipsum. Nunc aliquet turpis nisi diam elit donec praesent lorem nibh volutpat sed, tincidunt euismod pulvinar nunc tellus sit ut volutpat dolor tincidunt. Euismod pulvinar nunc, tellus pharetra congue ullamcorper pharetra congue ullamcorper, amet, dolore aliquet lorem nibh felis erat massa tellus sit ut ullamcorper. Nonummy aliquam, praesent adipiscing nisi proin, elit ac mi, elit erat praesent adipiscing nisi sem consectetur ut non magna praesent adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue ullamcorper amet donec aliquet ac et elit sed laoreet id feugiat massa mauris tempus proin at magna et elit sed ante felis. Tempus ante eget lorem et elit erat id feugiat lobortis volutpat dolor tincidunt eget sed mi elit erat mi adipiscing tempus proin mauris lorem, laoreet. Id, ipsum massa id feugiat lobortis volutpat mauris, elit consectetur amet lorem magna diam nonummy dolore praesent turpis nisi sem consectetur, congue ullamcorper, amet congue. Aliquet turpis, nisi proin at ac, diam consectetur magna diam consectetur donec praesent adipiscing aliquam proin mauris lorem et at ac mi elit tempus massa. Molestie dolor tincidunt ullamcorper turpis dolore aliquet sed tincidunt id pulvinar ut sem consectetur congue ullamcorper pharetra congue euismod sed massa id, feugiat ut, non. Amet dolore, aliquet adipiscing tempus sem consectetur magna diam tempus ante molestie feugiat ut volutpat pharetra congue euismod pulvinar, massa molestie ipsum ut volutpat pharetra. Congue aliquet amet dolore aliquet sed tincidunt euismod sit nisi sem consectetur donec mi felis aliquam proin at lorem nibh elit, sed laoreet molestie sit. Congue, diam nonummy, dolore aliquet amet, dolore mauris lorem nibh id pulvinar nunc molestie feugiat lobortis volutpat sed laoreet id ipsum, massa tellus feugiat massa. Mauris feugiat congue ullamcorper turpis nisi sem consectetur nisi consectetur donec diam amet donec aliquet, adipiscing aliquam proin at magna diam nonummy aliquam proin at. Aliquam et, at erat mi felis tempus ante felis lorem ante dolor, dolore tellus turpis nisi non pharetra congue ullamcorper pharetra congue euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis feugiat lobortis volutpat dolor tincidunt euismod sit ut diam elit magna praesent nonummy dolore, praesent at. Ac et pulvinar nunc, tellus, sit nisi sem pharetra congue euismod amet nunc aliquet sit nisi sem consectetur magna. Ullamcorper nonummy donec praesent adipiscing aliquam sem, ac et elit donec praesent adipiscing aliquam et eget sed laoreet id. Pulvinar nunc non consectetur congue, diam pulvinar, nunc, tellus, sit nunc tellus feugiat lobortis molestie congue, aliquet turpis dolore. Aliquet consectetur sed tincidunt, euismod sit ut non, sit congue ullamcorper nonummy dolore praesent adipiscing aliquam proin at sed. Laoreet feugiat ut non pharetra tincidunt volutpat dolor tincidunt euismod pulvinar nunc volutpat pharetra congue ullamcorper amet nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing aliquam ante at ac proin at ac et elit erat mi felis lorem nibh eget sed tincidunt euismod pulvinar massa nonummy magna, praesent nonummy donec proin. At feugiat lobortis volutpat pulvinar nunc molestie sit ut non pharetra congue euismod, amet donec praesent consectetur ac euismod pulvinar nunc tellus sit, ut non pharetra congue, euismod pulvinar. Nunc sem turpis nisi sem consectetur donec praesent adipiscing nisi aliquet consectetur magna et elit donec felis tempus, ante mauris lorem tincidunt, id ipsum massa molestie feugiat, nisi sem. Consectetur dolore aliquet turpis nisi sem consectetur ac et elit mi id lorem nibh eget lorem laoreet id ipsum massa tellus sit ut volutpat feugiat lobortis volutpat dolor laoreet. Id pulvinar nunc non pharetra congue ullamcorper nonummy ante eget sed laoreet euismod pulvinar nunc tellus feugiat lobortis molestie feugiat tincidunt euismod dolor tincidunt tellus sit ut, volutpat dolor. Nibh eget lorem nibh elit erat molestie sit ut eget lorem et elit ac mi felis tempus ante mauris tempus proin at ac, et felis tempus tellus pharetra congue. Non amet, donec, praesent adipiscing nisi sem consectetur magna diam amet, dolore aliquet, turpis aliquam proin at ac et elit donec praesent nonummy, lobortis volutpat dolor, tincidunt id, sed. Massa molestie feugiat, lobortis volutpat dolor tincidunt, id pulvinar massa tellus sit nisi sem consectetur magna ullamcorper nonummy aliquam aliquet sit tincidunt tellus sit nisi et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue sem nonummy magna praesent adipiscing tempus ante mauris lorem nibh eget sed massa tellus, pharetra congue diam nonummy aliquam. Proin, adipiscing aliquam sem consectetur magna, elit tempus ante mauris lorem nibh consectetur magna sem consectetur magna, diam, nonummy donec aliquet, turpis. Aliquam proin, at magna diam nonummy donec praesent mauris congue aliquet turpis nisi, sem turpis ac mi felis tempus ante molestie feugiat. Ut non dolor congue ullamcorper amet nisi sem consectetur, magna elit tempus massa molestie, tempus nibh at, ac et felis, erat ante. Mauris tempus ante mauris lorem et elit sed laoreet id ipsum ante mauris lorem et sed laoreet id, feugiat lobortis volutpat dolor. Tincidunt ullamcorper nonummy donec aliquet turpis ut diam elit erat mi felis tempus ante mauris, lorem lobortis id amet nunc consectetur nisi. Diam nonummy ipsum ante mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc, tellus, ipsum massa molestie, lorem, laoreet id pulvinar, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante elit erat et felis, erat praesent adipiscing. Aliquam ante mauris sed tincidunt id ipsum ut. Pharetra, magna, et ullamcorper mauris lorem, nibh eget. Sed laoreet id, tempus ante felis tempus nibh. Mauris lorem, laoreet id ipsum laoreet molestie feugiat. Volutpat pharetra, congue ullamcorper amet dolore aliquet sit. Magna diam elit erat mi mauris tempus ante. Eget dolor nunc euismod, pulvinar ut tellus sit. Congue ullamcorper donec proin at lorem lobortis eget. Dolor tincidunt tellus, turpis, nisi sem consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, lorem nibh eget ipsum massa molestie, feugiat. Congue ullamcorper nonummy donec mi adipiscing ac et. Elit erat tincidunt tellus sit nunc tellus sit. Mi mauris lorem nibh eget lorem nibh elit. Ac mi felis erat proin adipiscing ac proin. Elit erat mi felis tempus ante molestie feugiat. Lobortis, pulvinar dolore, tellus sit nunc non pharetra. Ut ullamcorper amet dolore aliquet amet dolore tellus. Sit, ut sem consectetur magna praesent turpis, aliquam. Proin at lorem, euismod sit ut non sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper turpis nisi sem consectetur magna non dolor congue aliquet, turpis nibh eget sed tincidunt. Euismod ipsum massa molestie feugiat ut non pharetra congue euismod pulvinar massa, molestie ipsum, ante molestie. Feugiat lobortis volutpat dolor aliquet turpis ut sem nonummy donec praesent nonummy dolore praesent adipiscing aliquam. Proin elit sed mi felis tempus ante at lorem lobortis eget dolor mi id non consectetur. Magna diam nonummy nunc aliquet, sit ut non pharetra ut volutpat dolor congue ullamcorper amet nisi. Aliquet consectetur nisi non amet lobortis non pharetra congue diam nonummy dolore tellus turpis nisi sem. Nonummy donec, mi felis aliquam proin mauris ac nibh eget sed laoreet felis, ipsum ante mauris. Nibh volutpat pulvinar nunc aliquet turpis, ut non sit ut non pharetra congue ullamcorper, amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec mi felis lorem lobortis euismod dolor laoreet euismod sit ut non pharetra congue non amet congue. Ullamcorper sit nisi non pharetra ullamcorper nonummy erat mi mauris lorem nibh eget sed laoreet felis tempus, ante. Mauris sit, ut non pulvinar nunc, aliquet adipiscing nisi sem at ac felis tempus ante at ac et. Volutpat pulvinar, nunc aliquet turpis nisi sem consectetur magna diam amet dolore aliquet turpis nisi sem consectetur ac. Mi felis aliquam molestie dolor congue ullamcorper amet dolore aliquet turpis, magna diam consectetur erat mi felis lorem. Nibh mauris lorem laoreet id pulvinar nunc, tellus ut non amet dolore aliquet amet, nunc tellus sit, lobortis. Volutpat pharetra, congue ullamcorper nonummy donec praesent adipiscing aliquam sem pharetra congue ullamcorper pharetra congue, aliquet, turpis, sem. At erat mi felis ipsum, ante mauris feugiat nibh eget lorem nibh eget tempus ante molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin at erat mi. Id tempus massa volutpat dolor tincidunt. Diam turpis aliquam, sem consectetur nisi. Sem, consectetur praesent adipiscing aliquam proin. At lorem nibh eget erat et. Felis tempus ut non dolor congue. Euismod amet, dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra nunc tellus, sit nisi sem at, ac et felis ipsum ante molestie dolor tincidunt euismod dolor tincidunt tellus sit ut sit ut, eget dolor tincidunt, tellus turpis ut. Sem, consectetur magna ullamcorper amet aliquam praesent turpis aliquam sem, consectetur magna, et elit donec diam aliquam, ante at ac et eget sed laoreet molestie feugiat massa eget lorem. Et eget erat mi felis tempus massa mauris lorem ante at magna diam elit, mi felis, lorem nibh, volutpat dolor tincidunt euismod pulvinar massa molestie sit ut, non nonummy. Erat mi at ac et elit, erat laoreet turpis ut sem nonummy donec praesent adipiscing donec praesent turpis, ut sem, consectetur ac et nonummy dolore aliquet, amet dolore aliquet. Sit lobortis, non consectetur magna diam nisi proin mauris lorem, nibh elit donec mi id tempus massa eget dolor laoreet euismod ipsum massa molestie feugiat lobortis, volutpat pharetra congue. Aliquet, amet nisi sem nisi et nonummy donec praesent adipiscing aliquam proin at ac et elit erat et nonummy donec praesent felis ac et, erat, laoreet id pulvinar ut. Tellus sit ut euismod sed nibh, id ipsum massa molestie feugiat massa mauris ac proin at ac et elit donec mi felis nibh mauris lorem et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed, laoreet euismod, pulvinar tellus pharetra congue diam amet dolore aliquet adipiscing. Tempus ante volutpat dolor tincidunt euismod pulvinar nunc, tellus sit, congue ullamcorper amet. Dolore praesent adipiscing aliquam elit erat laoreet felis tempus ante molestie dolor lobortis. Eget dolor tincidunt tellus pulvinar massa tellus feugiat lobortis volutpat pulvinar nunc, aliquet. Turpis ut non magna et elit tempus massa mauris ac nibh eget ac. Et elit erat praesent adipiscing tempus proin at nisi sem consectetur donec praesent. Donec praesent, adipiscing ac proin elit erat massa id feugiat lobortis volutpat dolor. Tincidunt ullamcorper pulvinar dolore, aliquet turpis magna et elit erat mi adipiscing donec. Praesent nisi sem pharetra ac diam, elit donec aliquet turpis aliquam, sem consectetur. Ac, mi felis erat ante felis tempus ante mauris ac et consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore sem consectetur magna mi id tempus ante mauris aliquam ante mauris ac et congue euismod pulvinar nunc. Tellus sit nisi proin at magna diam, amet, dolore proin mauris lorem, nibh eget erat mi elit erat mi. Felis tempus ante ac diam nonummy donec praesent adipiscing tempus ante at lorem nibh eget sed laoreet, felis ipsum. Massa non pharetra congue ullamcorper amet dolore, sem consectetur, sem consectetur donec praesent adipiscing aliquam ante mauris lorem nibh. Eget sed, massa id tempus massa molestie dolor tincidunt volutpat sed laoreet id ante molestie dolor tincidunt ullamcorper nonummy. Aliquam ante mauris sed laoreet eget sed massa tellus feugiat lobortis molestie feugiat lobortis eget sed laoreet, euismod sit. Ut non tincidunt euismod pulvinar dolore, praesent adipiscing aliquam sem nonummy donec praesent adipiscing donec aliquet turpis nisi sem. Consectetur magna et elit erat mi felis tempus ante at sem nonummy magna praesent, nonummy donec praesent sit nisi. Sem at ac mi felis erat praesent at ac proin, at et elit donec praesent adipiscing tempus proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat praesent adipiscing tempus proin dolor tincidunt. Euismod turpis nisi sem consectetur ac et. Nonummy erat ante mauris feugiat tincidunt euismod. Pulvinar nunc aliquet at lorem et elit. Sed laoreet tempus proin at ac, nibh. Elit sed, laoreet molestie ipsum massa molestie. Dolor tincidunt euismod pulvinar, dolore praesent adipiscing. Magna diam consectetur magna diam aliquam massa. Molestie feugiat lobortis volutpat, ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin mauris lorem nibh felis tempus massa mauris ante eget sed laoreet euismod pulvinar nunc molestie feugiat massa. Volutpat pharetra dolore aliquet turpis, nisi sem at nisi non consectetur magna, euismod pulvinar nunc adipiscing nisi proin, at. Sed, nunc molestie sit congue non, dolor tincidunt euismod pulvinar dolore aliquet, sit nisi sem pharetra congue, ullamcorper amet. Dolore praesent, aliquam diam nonummy erat mi felis tempus ante mauris lorem lobortis volutpat ipsum laoreet felis tempus, mi. Mauris lorem ante mauris lorem laoreet ipsum nunc non pharetra, ut non pharetra congue euismod ipsum dolore non consectetur. Magna diam elit donec, praesent, felis aliquam ante at magna diam consectetur donec praesent aliquam ante mauris ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante mauris lorem nibh eget dolor laoreet id, lobortis, non pharetra magna praesent adipiscing tempus nibh eget sed laoreet id pulvinar nunc non pharetra ut non pharetra congue. Ullamcorper turpis, aliquam proin elit mi id ipsum nunc tellus, pharetra magna praesent adipiscing donec praesent adipiscing aliquam proin consectetur congue, ullamcorper amet congue ullamcorper amet, dolore aliquet turpis ut. Consectetur donec diam adipiscing aliquam sem consectetur, magna sem consectetur donec diam nonummy donec aliquet, turpis ut non pharetra ut non pharetra dolore turpis nisi sem consectetur magna diam nonummy. Donec mi felis aliquam ante eget lorem nibh eget sed, massa molestie tempus massa volutpat dolor congue, euismod ipsum massa feugiat massa molestie feugiat nibh volutpat dolor tincidunt euismod sit. Ut diam consectetur magna diam nonummy donec, aliquet, turpis nisi sem consectetur ac, et elit erat mi aliquam ante at lorem mi felis tempus ante tellus feugiat ut non pharetra. Congue ullamcorper adipiscing aliquam sem consectetur ac elit erat ante mauris tempus nibh elit erat mi, felis tempus massa molestie lorem ante eget lorem et elit sed mi felis ipsum. Massa non amet congue turpis ac nibh elit erat et felis tempus mi adipiscing aliquam ante at lorem, laoreet id ipsum massa id tempus ante at, ac et, elit erat. Et donec aliquet adipiscing aliquam ante at ac et felis tempus ante felis tempus nibh mauris lorem nibh elit erat praesent nonummy donec aliquet adipiscing, nisi sem consectetur non, consectetur. Tincidunt ullamcorper amet dolore tellus sit ut non consectetur magna ullamcorper amet donec aliquet adipiscing aliquam sem pharetra congue non pharetra congue euismod pulvinar nunc feugiat ut non dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit ut non nibh, volutpat pharetra congue ullamcorper turpis nisi sem elit ac et elit erat mi adipiscing nisi proin at ac diam, consectetur magna. Diam amet tellus adipiscing, aliquam proin at erat mi felis aliquam proin at lorem nibh eget sed laoreet felis feugiat massa molestie dolor, tincidunt euismod pulvinar. Nunc sit nunc, non, pharetra congue ullamcorper pharetra dolore ullamcorper amet, dolore, aliquet consectetur magna et elit erat mi mauris lorem nibh eget, sed laoreet, id. Ipsum ut lorem lobortis non dolor laoreet id sed laoreet molestie feugiat massa volutpat dolor tincidunt, volutpat dolor laoreet euismod pulvinar massa mauris lorem nibh eget. Laoreet euismod pulvinar, nunc tellus sit lobortis molestie dolor, tincidunt ullamcorper amet nisi aliquet turpis nisi diam consectetur congue ullamcorper turpis nisi sem consectetur ac et. Elit, praesent adipiscing lorem nibh eget sed laoreet, id ipsum massa, molestie feugiat magna mi, felis tempus mi felis tempus ante eget sed laoreet eget ipsum. Ante sit ut non pharetra congue aliquet turpis dolore aliquet sit lobortis volutpat dolor tincidunt euismod sed laoreet id tempus mi tempus proin at ac, et. Elit sed laoreet felis ipsum lobortis molestie lorem et elit erat et felis tempus massa molestie lorem nibh volutpat sed laoreet id nisi, tellus sit ut. Ullamcorper amet dolore praesent turpis nisi non sit congue non amet dolore aliquet turpis nisi sem consectetur ut non pharetra tincidunt euismod dolor euismod ipsum nunc. Tellus feugiat ut, ullamcorper nonummy dolore ullamcorper turpis aliquam proin turpis, congue diam nonummy donec aliquet amet nisi aliquet turpis nisi non dolor congue amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id ipsum nunc non consectetur magna pharetra, dolore aliquet turpis aliquam proin at, erat laoreet felis tempus massa molestie. Sit congue ullamcorper pharetra tincidunt tellus pulvinar, ut non pharetra ut volutpat congue ullamcorper turpis nisi sem, at erat mi. Id ipsum, massa, tellus consectetur magna ullamcorper amet dolore aliquet turpis nisi sem, consectetur magna ullamcorper amet praesent turpis nisi. Proin elit erat et elit erat praesent adipiscing aliquam ante mauris, lorem, laoreet id pulvinar massa tellus, sit congue non. Dolore aliquet amet nunc tellus feugiat massa volutpat, dolor lobortis volutpat dolor tincidunt, tellus pulvinar nunc, tellus sit ut ullamcorper. Nonummy donec praesent adipiscing aliquam proin elit mi felis tempus ante felis aliquam proin consectetur nisi, diam nonummy magna praesent. Adipiscing tempus ante mauris lorem et elit erat, mi id tempus ante mauris feugiat volutpat ipsum nunc tellus turpis, nisi. Sem consectetur magna, ullamcorper amet dolore aliquet consectetur ac diam elit erat mi adipiscing ante mauris sed laoreet id sed. Laoreet id ipsum mi mauris tempus nibh eget erat mi felis ipsum massa mauris tempus ante mauris ac et elit. Donec, felis feugiat massa, mauris dolor tincidunt euismod pulvinar, nunc tellus sit ut non consectetur donec diam amet, dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut volutpat dolor congue ullamcorper amet dolore tellus sit ut. Volutpat dolor tincidunt volutpat pulvinar tincidunt euismod, ipsum mauris lorem. Ante eget sed nibh eget sed laoreet felis tempus proin. At ac et eget erat mi felis erat, mi felis. Lorem nibh eget tincidunt id pulvinar, massa tellus sit lobortis. Ullamcorper dolor tincidunt euismod sit ut sem consectetur magna et. Felis ipsum ante volutpat feugiat, lobortis eget sed tincidunt non. Tellus elit turpis pharetra tempus massa diam, molestie elit amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at sed proin mauris lorem nibh id ipsum massa, tellus pharetra magna et nonummy donec mi, felis. Lorem lobortis volutpat sed nunc, aliquet sit ut non congue diam nonummy aliquam proin mauris lorem nibh eget. Sed massa molestie feugiat massa molestie dolor tincidunt volutpat dolor tincidunt tellus, sit ut molestie, feugiat volutpat pharetra. Nunc, tellus sit, nunc tellus sit ut non pharetra tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat dolor. Congue euismod pulvinar tincidunt euismod ut non consectetur magna ullamcorper nonummy donec praesent adipiscing nisi non sit congue. Ullamcorper nonummy donec praesent adipiscing nisi proin mauris sed mi elit erat felis aliquam ante mauris ac nibh. Elit sed laoreet id ante volutpat dolor tincidunt ullamcorper turpis dolore sem consectetur magna diam consectetur magna praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet turpis, nisi proin at magna diam amet dolore ullamcorper turpis nisi proin at, ac eget tempus ante tellus pharetra magna ullamcorper amet dolore. Ullamcorper turpis nisi sem consectetur magna diam amet donec aliquet turpis dolore aliquet consectetur nisi consectetur, donec mi adipiscing tempus proin at aliquam proin at, magna. Praesent adipiscing aliquam proin at ac et volutpat sed laoreet euismod tempus mi mauris lorem nibh dolor tincidunt euismod, pulvinar, massa molestie, lorem nibh eget sed. Tincidunt id pulvinar nunc tellus, sit nisi ullamcorper amet donec praesent felis tempus consectetur magna et nonummy donec praesent adipiscing, donec aliquet turpis aliquam et, eget. Sed massa molestie sit ut ullamcorper amet dolore praesent adipiscing tempus ante mauris sed felis ipsum ante, molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum nunc. Tellus feugiat ut non amet dolore praesent felis lorem nibh eget dolor laoreet euismod, sit tellus pharetra congue diam adipiscing donec ante mauris ac et at. Ac mi felis ipsum ante, mauris, lorem et elit et elit tempus ante mauris feugiat lobortis volutpat dolor tincidunt id pulvinar ut non pharetra ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur ac et elit tempus ante molestie feugiat lobortis euismod pulvinar tincidunt euismod sit nisi sem consectetur ac felis tempus ante mauris lorem nibh eget. Erat tincidunt euismod ipsum lobortis volutpat feugiat tincidunt euismod pulvinar nunc aliquet adipiscing aliquam sem consectetur magna ullamcorper congue ullamcorper amet dolore, tellus sit ut volutpat feugiat. Lobortis, volutpat pulvinar, nunc tellus, turpis nisi sem elit donec diam nonummy dolore aliquet, turpis ut tellus pharetra, non amet dolore aliquet, adipiscing ac nibh eget sed. Tincidunt tellus pulvinar nunc, sem consectetur congue, ullamcorper nonummy donec praesent adipiscing nisi sem, congue diam nonummy tempus ante mauris lorem et elit ac mi felis tempus. Massa volutpat dolor tincidunt ullamcorper amet donec praesent turpis aliquam proin consectetur donec praesent dolore praesent amet nisi aliquet consectetur ac mi id feugiat massa volutpat pharetra. Congue diam felis, lorem nibh, eget sed, tincidunt id sed laoreet id feugiat ullamcorper nonummy donec aliquet amet dolore aliquet consectetur nisi sem pharetra magna ullamcorper pulvinar. Nunc sem at magna diam elit donec praesent adipiscing aliquam proin mauris sed ullamcorper amet aliquam proin at ac et, elit erat aliquet amet dolore, aliquet sit. Ut non consectetur donec mi adipiscing tempus proin at lorem laoreet, id amet tellus sit, ut non pharetra congue ullamcorper amet dolore tellus turpis ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris sed laoreet id ipsum massa molestie feugiat. Lobortis non amet erat mi adipiscing aliquam sem at. Lorem laoreet id tempus tellus sit ut volutpat dolor. Tincidunt ullamcorper amet, nunc tellus sit ut non, amet. Donec, ante mauris feugiat nibh volutpat dolor nunc aliquet. Sit diam elit erat mi, id ipsum ante, mauris. Sed laoreet id amet nunc tellus sit ut non. Amet congue ullamcorper amet dolore tellus turpis magna diam. Nonummy, diam felis aliquam proin mauris lorem nibh id. Ipsum, massa molestie feugiat ut, non pharetra congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, sem nonummy donec praesent, felis tempus proin at ac et elit erat laoreet felis tempus ante at. Lorem lobortis, volutpat dolor felis tempus mi felis tempus nibh, eget sed nibh eget sed, mi id ipsum. Ante, mauris, lorem et, eget erat et felis erat praesent nisi proin at ac et felis tempus ante. Mauris, lorem ante, mauris, lorem tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat dolor lobortis eget ipsum laoreet. Id massa volutpat feugiat lobortis, eget lorem laoreet eget tempus mi, mauris lorem nibh non pharetra congue ullamcorper. Amet nisi non pharetra congue ullamcorper dolore aliquet amet nisi sem consectetur nisi sem pharetra tincidunt ullamcorper, amet. Nunc aliquet, turpis nisi, non, pharetra congue ullamcorper, nonummy donec praesent at lorem et at diam consectetur donec. Mi felis tempus ante eget dolor nunc tellus sit ut non, consectetur magna ullamcorper amet, dolore ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat donec lobortis diam euismod, at amet aliquam lobortis ullamcorper amet, donec nibh ullamcorper adipiscing feugiat magna et euismod. Amet aliquam nibh volutpat amet tempus magna mi volutpat nonummy tempus ut sem elit ipsum nisi laoreet euismod adipiscing sed. Dolore massa ullamcorper ipsum ac tincidunt aliquet eget turpis dolor erat ut diam euismod at dolor donec lobortis diam id. Sit magna nunc et ullamcorper at dolor congue, praesent mauris donec massa sem elit, nonummy tempus nibh non felis feugiat. Magna nunc proin euismod, amet feugiat dolore ante volutpat id mauris pulvinar tempus magna laoreet praesent eget nonummy feugiat donec. Ut laoreet praesent non nonummy sit ac tincidunt et euismod felis dolor ipsum ac nunc ante, non, nonummy sit erat. Sem ullamcorper mauris pharetra ipsum ac nunc proin, ullamcorper molestie elit pulvinar magna tincidunt proin diam mauris consectetur sed nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante nunc nibh diam sem euismod at nonummy feugiat magna laoreet tellus id turpis, lorem congue ante diam molestie at pulvinar sit erat nisi lobortis. Praesent non id turpis sed donec ut praesent tellus eget amet lorem congue aliquet molestie, elit turpis dolor tempus congue tellus nonummy sit sed, donec. Nibh non adipiscing tempus lobortis non pharetra tempus congue, laoreet sem volutpat adipiscing pharetra tempus ut mi tellus at pulvinar aliquam ut id consectetur sed. Nunc laoreet proin non felis turpis pulvinar tempus tincidunt ante non id consectetur, dolor tempus lobortis ullamcorper felis pharetra sed sem id adipiscing pharetra erat. Ut laoreet proin euismod mauris consectetur ipsum ac nunc proin eget nonummy lorem magna massa proin euismod, mauris, id elit pulvinar ac euismod adipiscing dolor. Magna ante non felis ipsum ut laoreet tellus mauris pharetra aliquam, massa diam molestie consectetur sed dolor donec praesent felis tempus ante eget sed, ante. Mauris sed tincidunt, euismod pulvinar nunc tellus pharetra sed laoreet molestie sit ut non dolor tincidunt, euismod pulvinar massa, tempus ante felis lorem ante mauris. Ac et elit sed nunc tellus sit lobortis volutpat, dolor laoreet euismod pulvinar, nunc sem consectetur magna, ullamcorper amet dolore amet, aliquam ante mauris ac. Nibh felis erat mi mauris lorem lobortis volutpat pharetra tincidunt euismod pulvinar massa tellus feugiat lobortis volutpat dolor lobortis volutpat sed tincidunt tempus massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent eget sed tincidunt euismod sit ut proin congue diam nonummy tempus mi felis lorem, proin at ac diam elit erat ante. Molestie sit congue ullamcorper, amet dolore praesent at lorem laoreet id massa, molestie feugiat lobortis volutpat feugiat tincidunt euismod pulvinar, nunc aliquet. Turpis magna diam nonummy erat mi adipiscing tempus proin at lorem nibh elit ac adipiscing tempus massa molestie feugiat tincidunt euismod dolor. Tincidunt tellus turpis magna diam nonummy, tempus ante adipiscing tempus ante eget sed et eget laoreet id ipsum massa, mauris lorem lobortis. Eget dolor nunc, tellus feugiat lobortis non pharetra congue euismod pulvinar dolore tellus, sit nisi sem consectetur, erat mi id magna diam. Elit donec ante mauris lorem et elit sed laoreet felis tempus mi, felis tempus nibh mauris sed tincidunt euismod pulvinar nunc tellus. Pharetra magna et ipsum congue diam amet donec, praesent adipiscing nisi sem consectetur ac et felis erat ante molestie feugiat ut non. Amet donec praesent sit, aliquam ullamcorper pulvinar nunc, aliquet turpis, nisi sem, amet dolore ullamcorper turpis nisi ante at ac et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam nonummy dolore proin at ac nibh volutpat, ipsum massa molestie feugiat, ut non consectetur magna, diam nonummy. Donec sem lorem laoreet id ipsum massa molestie feugiat, massa volutpat dolor tincidunt euismod pulvinar nunc tellus sit lobortis. Volutpat pharetra magna praesent adipiscing aliquam sem at nibh eget pulvinar nunc tellus feugiat lobortis eget dolor tincidunt eget. Sed massa tellus sit ut, non dolor tincidunt ullamcorper amet dolore sem consectetur magna sem nonummy mi, mauris lorem. Ut, ullamcorper amet dolore aliquet amet dolore, aliquet turpis congue ullamcorper amet donec ullamcorper amet dolore aliquet consectetur magna. Diam ipsum massa molestie feugiat ut non pharetra congue ullamcorper amet dolore non pharetra ut non, amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis ipsum massa tellus pharetra donec diam nonummy aliquam ante mauris lorem nibh eget pulvinar massa id. Feugiat lobortis non pharetra praesent felis tempus ante mauris sed nibh euismod ipsum nunc tellus pharetra congue diam amet. Donec aliquet turpis nisi sem consectetur magna diam nonummy, donec felis lorem tincidunt praesent molestie pharetra, donec ante felis. Tempus nibh eget sed tincidunt ullamcorper amet nunc tellus pharetra congue, et nonummy dolore aliquet adipiscing aliquam, ante sed. Nunc aliquet turpis nisi sem, consectetur magna praesent adipiscing aliquam proin adipiscing, nisi sem pharetra congue non pharetra tincidunt. Euismod pulvinar, tincidunt sit ut non pharetra magna ullamcorper, pulvinar nunc tellus sit ut non pharetra congue diam adipiscing. Tempus proin molestie lorem nibh, eget erat laoreet id sit lobortis pharetra magna, ullamcorper nonummy nunc aliquet, sit nunc. Tellus sit donec praesent nonummy donec praesent adipiscing lorem nibh elit ac, mi id ipsum massa volutpat lorem euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa mauris feugiat lobortis volutpat congue aliquet turpis aliquam nibh ullamcorper at feugiat lobortis volutpat, dolor dolore sem consectetur magna et, elit erat mi felis aliquam proin. Mauris dolor nunc sit ut non consectetur ac et nonummy donec praesent at lorem et, elit erat, mi felis erat, praesent nonummy donec, praesent at ac et eget. Massa tellus sit ut non pharetra congue praesent adipiscing aliquam sem at erat mi id, ipsum massa molestie feugiat lobortis volutpat sed, laoreet eget sed praesent ipsum lobortis. Volutpat pharetra dolore ullamcorper amet nisi sem consectetur nisi sem, pharetra congue euismod pulvinar tincidunt euismod ipsum massa mauris lorem, lobortis volutpat tincidunt tellus pulvinar nunc tellus, sit. Ut non amet congue ullamcorper amet dolore aliquet sit, lobortis volutpat, feugiat lobortis volutpat sed laoreet id ipsum massa tellus sit volutpat dolor laoreet euismod pulvinar massa molestie. Feugiat lobortis volutpat lorem lobortis eget dolor tincidunt aliquet turpis, magna diam id massa tellus, pharetra congue diam amet dolore praesent adipiscing aliquam proin, consectetur ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget sed laoreet, euismod pulvinar nunc. Molestie feugiat, nibh eget sed laoreet, eget. Ipsum massa molestie feugiat lobortis non dolor. Congue, ullamcorper nunc tellus consectetur, magna et. Elit tempus, ante mauris, lorem nibh eget. Dolor nunc tellus turpis, nisi sem consectetur. Magna diam nonummy donec ullamcorper amet tellus. Turpis nisi sem consectetur magna praesent adipiscing. Aliquam proin at magna diam consectetur magna. Diam adipiscing donec praesent turpis aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper adipiscing, aliquam ante eget sed laoreet id, ipsum ut non consectetur donec praesent adipiscing donec, praesent at, ac, at ac mi molestie. Sit nisi ullamcorper amet dolore aliquet turpis nisi sem mauris lorem nibh id sed ante mauris, tempus nibh volutpat dolor tincidunt, pulvinar nisi sem. Consectetur magna, diam felis, tempus ante mauris lorem nibh volutpat, pulvinar tincidunt euismod ipsum massa mauris lorem ante, mauris sed tincidunt ullamcorper pulvinar molestie. Feugiat ut non amet tincidunt ullamcorper adipiscing nisi sem, consectetur magna et elit erat, mi felis tempus ante mauris sed nibh eget sed id. Ipsum ante at lorem lobortis, volutpat dolor massa molestie ipsum massa mauris tempus ante at ac nibh eget erat mi felis tempus proin at. Lorem elit sed mi id, ipsum, lobortis volutpat dolor congue euismod pulvinar tincidunt id tempus massa molestie lorem lobortis volutpat sed tincidunt tellus turpis. Aliquam sem consectetur magna, pharetra magna diam felis tempus mi adipiscing aliquam, lobortis volutpat dolor nunc euismod pulvinar nunc molestie feugiat lobortis volutpat pharetra. Tellus turpis nisi proin consectetur ac, et, felis ipsum ante mauris lorem lobortis volutpat sed laoreet, id pulvinar massa molestie feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur magna, et elit erat ante mauris lorem nibh volutpat, amet nisi sem magna. Et felis ipsum nunc tellus sit, congue ullamcorper nonummy donec, praesent, at aliquam proin consectetur. Ac mi felis tempus ante mauris lorem nibh mauris erat elit tempus, ante molestie feugiat. Ut volutpat dolor laoreet euismod pulvinar massa molestie ipsum lobortis volutpat dolor tincidunt euismod pulvinar. Tincidunt tellus, feugiat, ut pharetra magna praesent adipiscing aliquam ante adipiscing magna diam nonummy magna. Praesent felis ipsum massa mauris lorem nibh eget ipsum nunc, tellus sit ut consectetur magna. Diam adipiscing aliquam proin at ac et nonummy donec praesent felis aliquam proin at ac. Et elit ac mi elit erat mi felis aliquam mauris, erat mi felis tempus massa. Tellus consectetur, donec laoreet id, tempus, ante mauris sed, tincidunt euismod pulvinar dolore tellus turpis. Nisi diam felis tempus massa molestie nibh volutpat sed tincidunt euismod, pulvinar massa mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit, sed mi felis aliquet adipiscing nisi proin at ac et elit erat ante mauris tempus ante at lorem et elit sed laoreet felis ipsum. Lobortis ullamcorper amet dolore pulvinar nisi sem turpis magna, sem, nonummy donec diam turpis dolore tellus sit ut, non sit, ut non, pharetra, congue euismod sit. Ut tellus, pharetra non amet dolore aliquet turpis nisi sem consectetur magna sem nonummy erat praesent adipiscing aliquam proin adipiscing aliquam diam consectetur, magna, diam adipiscing. Donec proin adipiscing sem consectetur congue ullamcorper, pharetra dolore aliquet turpis aliquam proin at ac et eget tempus ante felis lorem nibh eget lorem et eget. Sed nonummy aliquam ante mauris ac, et, eget dolor laoreet id ipsum massa molestie lorem nibh eget sed laoreet euismod pulvinar massa id, ipsum nibh eget. Dolor tincidunt ipsum laoreet id ipsum massa, molestie dolor lobortis, elit sed laoreet, id pulvinar nunc molestie feugiat ut diam amet donec praesent adipiscing aliquam, proin. Elit erat massa feugiat ut ullamcorper amet congue aliquet adipiscing aliquam proin consectetur ac diam consectetur congue diam amet dolore aliquet turpis aliquam eget ipsum nunc. Molestie sit, magna et id sit ut non dolor, congue ullamcorper turpis nisi sem turpis nisi diam, nonummy donec praesent adipiscing aliquam proin adipiscing proin, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus, et elit erat laoreet euismod. Massa tellus sit congue ullamcorper nonummy donec praesent at. Lorem nibh elit sed laoreet, felis ipsum massa volutpat. Dolor tincidunt euismod amet nisi sem, consectetur nibh id. Pulvinar magna diam eget ipsum laoreet, id sit ut. Non nonummy aliquam praesent turpis nisi aliquet, sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc tellus sit ut non nonummy magna, praesent adipiscing tempus. Ante eget sed nibh euismod amet, dolore aliquet turpis nisi pharetra. Congue, aliquet turpis nisi proin mauris ac et id ipsum massa. Id lorem lobortis non, nonummy donec aliquet amet nisi sem elit. Erat laoreet sit, ut sem consectetur congue ullamcorper amet nunc euismod. Pulvinar ut non, pharetra congue non pharetra tincidunt ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper, adipiscing aliquam ante volutpat dolor nunc tellus consectetur, magna nibh eget, sed laoreet id tempus. Ante mauris lorem nibh eget laoreet id ipsum, massa, molestie feugiat tincidunt euismod, pulvinar nunc aliquet turpis nisi. Diam eget erat laoreet molestie feugiat nibh eget lorem nibh elit ac, amet dolore mi at ac nibh. Volutpat dolor laoreet id pulvinar massa molestie sit lobortis eget sed felis consectetur erat nunc et euismod, consectetur. Dolor, aliquam ut et euismod pulvinar, ut non at, ac et elit tempus ante mauris lorem nibh eget. Dolor nunc tellus pulvinar nunc tellus feugiat, nibh, sed tincidunt euismod pulvinar, ut non pharetra congue ullamcorper amet. Dolore, ullamcorper, adipiscing aliquam et elit erat, mi felis tempus ante, felis aliquam proin at lorem id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi, proin elit, sed massa molestie ipsum massa mauris feugiat lobortis eget mi felis ipsum, massa molestie lorem ante mauris lorem. Nibh id ipsum massa molestie ipsum massa volutpat dolor lobortis volutpat sed laoreet, felis tempus ante mauris nibh, eget dolor laoreet euismod. Sit nunc sem consectetur donec praesent felis tempus ante mauris lorem nibh elit erat mi felis tempus, massa mauris ante mauris sed. Laoreet eget sed ante, felis tempus proin, at lorem nibh id, sed, massa molestie feugiat massa mauris lorem et elit erat id. Ipsum massa, mauris feugiat tincidunt euismod pulvinar tincidunt euismod pulvinar ut non pharetra congue non amet dolore aliquet amet dolore tellus sit. Ut non pharetra congue pulvinar nunc, tellus sit ut sem consectetur magna, diam amet, dolore praesent turpis nisi non consectetur magna et. Elit erat mi mauris aliquam proin at ac nonummy erat praesent felis tempus proin at lorem nibh eget sed laoreet, id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ipsum nunc tellus sit ut volutpat. Pharetra magna ullamcorper amet dolore aliquet consectetur. Magna diam consectetur erat massa molestie sit. Ut non, pharetra, congue amet dolore sem. At ac mi felis tempus mi adipiscing. Aliquam ante eget sed laoreet id pulvinar. Massa tellus sit, nibh mauris, sed laoreet. Euismod mi, felis ipsum massa volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis nisi sem pharetra. Magna diam, adipiscing aliquam proin nisi. Sem consectetur magna et elit erat. Ante volutpat feugiat lobortis, eget dolor. Laoreet id ipsum ante, molestie feugiat. Nibh euismod pulvinar donec aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra dolore aliquet amet nisi sem. Consectetur ac diam elit erat mi felis. Lorem lobortis euismod pulvinar euismod pulvinar ut. Sem, at erat mi adipiscing donec aliquet. Adipiscing lorem, lobortis volutpat dolor tincidunt molestie. Feugiat, massa volutpat dolor tincidunt ullamcorper pulvinar. Tellus, adipiscing ac, laoreet id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac lobortis euismod amet dolore sem, at ac et elit, praesent adipiscing, tempus nibh, eget dolor nunc tellus sit nisi sem, pharetra magna diam, adipiscing tempus proin, at. Ac et elit sed laoreet euismod pulvinar volutpat dolor congue ullamcorper amet dolore tellus sit nisi sem at magna ullamcorper pharetra congue ullamcorper pulvinar nunc molestie feugiat ut non. Nonummy donec mi tempus ante mauris sed laoreet, eget sed massa molestie feugiat lobortis volutpat pharetra tincidunt euismod pulvinar massa, aliquet turpis congue ullamcorper nonummy dolore mauris feugiat nibh. Volutpat dolor nunc euismod sit nunc tellus sit ut volutpat dolor tincidunt id sed laoreet id tempus ante molestie feugiat nibh eget sed tincidunt ipsum nunc non pharetra magna. Praesent felis, tempus, ante eget sed nibh id pulvinar massa tellus feugiat lobortis volutpat, feugiat tincidunt ullamcorper turpis nisi proin consectetur magna, nonummy erat ante, molestie feugiat lobortis eget. Dolor tincidunt euismod, pulvinar, nunc, non sit congue diam nonummy donec praesent, adipiscing nibh eget, erat laoreet euismod, pulvinar, ut tellus sit congue ullamcorper amet nunc tellus sit, ut. Sem at, magna diam amet, congue ullamcorper pulvinar nunc tellus feugiat non pharetra congue ullamcorper felis tempus proin at ac diam, elit sed laoreet molestie feugiat lobortis ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit ac, mi, felis feugiat nisi diam nonummy magna diam nonummy donec praesent adipiscing aliquam diam nonummy donec molestie sit lobortis volutpat feugiat tincidunt. Euismod amet nisi sem elit sed nunc tellus pulvinar nunc tellus, sit, magna, ullamcorper, nonummy donec praesent adipiscing proin at ac mi elit donec proin. At ac nibh eget erat mi felis tempus ante molestie feugiat tincidunt ullamcorper amet donec praesent adipiscing aliquam proin consectetur praesent id feugiat congue ullamcorper. Amet erat mi felis aliquam et elit erat mi id ipsum massa tellus sit congue ullamcorper nonummy, donec at lorem laoreet id ipsum massa tellus. Turpis nisi diam amet, donec praesent adipiscing, aliquam ante at ac et elit donec, diam, nonummy donec, aliquet turpis ac elit sed laoreet id ipsum. Massa molestie lorem lobortis eget dolor tincidunt euismod pulvinar nunc non pharetra congue ullamcorper amet dolore aliquet, turpis ut sem consectetur magna adipiscing tempus, massa. Volutpat dolor, tincidunt ullamcorper pulvinar dolore, aliquet consectetur magna diam consectetur congue praesent adipiscing aliquam ante adipiscing laoreet euismod pulvinar nunc molestie feugiat lobortis molestie. Pharetra dolore, aliquet amet nisi proin at, erat laoreet id ipsum massa molestie feugiat nibh volutpat dolor laoreet id mi id ipsum massa volutpat dolor. Congue ullamcorper turpis aliquam proin at ac et nonummy donec praesent adipiscing nisi proin consectetur nisi diam nonummy donec praesent adipiscing massa volutpat pharetra, congue. Ullamcorper turpis aliquam proin elit erat laoreet id ipsum massa, molestie lorem lobortis volutpat dolor tincidunt euismod sit nisi non pharetra congue ullamcorper congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi et felis tempus ante mauris ante eget sed laoreet id, ipsum nunc. Tellus feugiat ut ullamcorper amet dolore praesent at aliquam et, at ac et felis. Erat ante molestie feugiat volutpat pulvinar tincidunt tellus turpis ut non pharetra congue diam. Amet dolore aliquet amet ut sem consectetur congue ullamcorper amet dolore aliquet turpis nisi. Proin, magna diam elit donec praesent adipiscing aliquam ante mauris lorem et elit sed. Laoreet, molestie feugiat ut ullamcorper nonummy dolore aliquet turpis dolore sit ut, non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore tellus, turpis nisi diam nonummy donec. Praesent adipiscing aliquam proin at dolore aliquet. Turpis nisi proin elit erat, mi, felis. Tempus massa molestie lorem lobortis eget, dolor. Laoreet id ipsum massa id feugiat, lobortis. Volutpat dolor id pulvinar dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget dolor tincidunt, euismod turpis magna nibh id pulvinar ut eget sed laoreet id ipsum, massa non pharetra congue euismod pulvinar nunc. Tellus turpis magna et elit erat mi adipiscing aliquam ante at sed laoreet id aliquam, proin at, ac et, elit erat ante mauris. Dolor lobortis euismod pulvinar nunc tellus pulvinar nunc tellus dolor tincidunt volutpat pulvinar nunc tellus sit proin, at ac mi, id feugiat massa. Molestie feugiat tincidunt volutpat sed, laoreet euismod pulvinar ut non pharetra congue ullamcorper amet dolore aliquet lorem laoreet eget sed mi, felis tempus. Massa molestie feugiat lobortis euismod amet nisi aliquet turpis, nisi diam nonummy donec mi mauris feugiat nibh eget sed tincidunt adipiscing ac et. Elit sed, laoreet felis, tempus ante molestie, lorem et at erat et elit, erat massa mauris lorem nibh eget lorem nibh elit erat. Mi ipsum massa volutpat, pharetra, congue ullamcorper amet, nisi aliquet, sit nisi diam elit erat ante felis lorem, nibh, eget dolor tincidunt euismod. Pulvinar nunc consectetur erat praesent adipiscing tempus ante mauris lorem et volutpat dolor nunc, tellus consectetur magna et felis pulvinar nunc, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis aliquam nibh eget sed laoreet id ipsum ante mauris lorem lobortis volutpat dolor tincidunt tellus sit non. Consectetur donec diam nonummy dolore tellus sit nisi sem pharetra congue non amet dolore aliquet adipiscing ac et elit. Erat mi felis tempus molestie feugiat lobortis volutpat dolor laoreet id ipsum ut non consectetur magna, ullamcorper pharetra congue. Ullamcorper amet nunc tellus, sit lobortis volutpat, pharetra tincidunt euismod dolor nunc pulvinar, ut non consectetur magna diam nonummy. Aliquam proin at ac proin at magna, et elit donec proin, at, ac nibh eget sed, felis tempus ante. Molestie feugiat tincidunt euismod, dolor tincidunt id ipsum massa id ipsum, lobortis volutpat dolor tincidunt aliquet turpis nunc tellus. Consectetur magna et id ipsum, molestie dolor congue ullamcorper amet dolore tellus pulvinar nunc, molestie feugiat ut, non amet. Dolore, ullamcorper amet dolore aliquet turpis nisi sem consectetur donec praesent, adipiscing, lorem, eget sed laoreet id pulvinar nunc. Tellus nonummy, donec, mi felis tempus proin at nisi sem turpis congue, volutpat congue ullamcorper amet nisi sem, consectetur. Ac, laoreet id tempus massa molestie sit congue, non pharetra, congue praesent turpis aliquam sem consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit donec mi, felis aliquam proin consectetur donec praesent. Adipiscing aliquam, ante, mauris lorem nibh eget erat et. Felis, ipsum massa mauris lorem proin elit erat diam. Nonummy donec praesent dolore praesent adipiscing ac et elit. Erat laoreet molestie, sit ut volutpat dolor lobortis eget. Ipsum massa id ipsum massa molestie feugiat tincidunt euismod. Pulvinar tellus sit ut non pharetra congue diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, non consectetur ac diam felis tempus massa molestie, donec. Praesent adipiscing aliquam, proin at ac diam nonummy magna diam. Nonummy, donec proin at aliquam sem at ac et elit. Tempus ante mauris lorem volutpat pulvinar nisi sem, consectetur ac. Et elit erat mi felis tempus ante mauris sed nibh. Eget sed laoreet molestie sit lobortis, volutpat dolor tincidunt turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam elit donec, praesent adipiscing donec proin, mauris, sed laoreet id amet nunc molestie feugiat non. Pharetra dolore aliquet adipiscing tempus proin, at lorem mi felis ipsum massa mauris lorem ante at lorem. Nibh eget, sed laoreet id feugiat ante mauris lobortis volutpat pulvinar dolore tellus turpis nisi volutpat dolor. Lobortis, eget sed laoreet id ipsum massa id lorem nibh volutpat dolor tincidunt id, pulvinar nunc sit. Nisi ullamcorper nonummy dolore praesent turpis dolore aliquet, turpis nisi non pharetra, magna ullamcorper nonummy aliquam praesent. Adipiscing ac laoreet id pulvinar aliquet pharetra magna diam elit tempus, ante felis tempus ante eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis aliquam nibh dolor, tincidunt aliquet adipiscing, aliquam nibh elit erat mi elit erat ante. Molestie feugiat lobortis euismod dolor nunc euismod, pulvinar, ut non nonummy donec diam aliquam nibh eget. Sed laoreet euismod, ipsum massa molestie sit nisi non amet congue ullamcorper amet dolore aliquet turpis. Nisi sem, consectetur magna diam nonummy praesent adipiscing ac et, at ac diam elit aliquam ante. Mauris lorem, lobortis eget pulvinar, nunc tellus sit ut non dolor tincidunt, euismod sed nibh sed. Massa molestie sit lobortis volutpat dolor laoreet id ipsum, massa molestie feugiat massa volutpat feugiat lobortis. Volutpat dolor tincidunt id ipsum massa molestie, lorem eget sed, laoreet eget ipsum massa id tempus. Massa volutpat dolor tincidunt, ullamcorper, amet nunc tellus, feugiat lobortis molestie, feugiat, ante eget sed nibh. Id ipsum ante feugiat lobortis volutpat sed laoreet id pulvinar nunc molestie, sit ut ullamcorper amet. Donec praesent felis tempus ante mauris, ac nibh felis erat praesent feugiat lobortis, volutpat dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue diam elit, donec, praesent felis, tempus ullamcorper amet dolore, sem consectetur magna et, nonummy erat mi id. Lorem lobortis, volutpat dolor laoreet euismod pulvinar dolore sem consectetur ac et elit erat turpis aliquam proin mauris lorem laoreet. Id pulvinar, nunc molestie sit lobortis volutpat dolor tincidunt euismod ipsum massa tellus feugiat lobortis non pharetra tincidunt euismod nunc. Tellus sit ut sem pharetra, congue ullamcorper, pulvinar nunc euismod, ipsum massa tellus sit ut non pharetra, tincidunt euismod ipsum. Nunc tellus massa mauris, feugiat nibh mauris sed laoreet id tempus ante, felis tempus nibh volutpat dolor, laoreet id pulvinar. Nunc tellus sit congue non pharetra tincidunt ullamcorper, amet aliquet turpis nisi sem pharetra donec praesent adipiscing aliquam praesent adipiscing. Magna diam elit erat mi, felis aliquam ante, mauris lorem nibh, elit sed laoreet id ipsum mauris, lorem nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa mauris lorem nibh, eget dolor congue ullamcorper turpis id ipsum massa molestie, feugiat congue ullamcorper pulvinar nunc euismod pulvinar lobortis molestie feugiat. Lobortis eget pulvinar nunc, euismod pulvinar nunc tellus feugiat, nibh eget et id ipsum massa tellus sit nisi sem amet congue euismod dolor tincidunt. Euismod sit ut non sit ut non pulvinar nunc tellus turpis ut feugiat lobortis volutpat feugiat lobortis elit erat mi felis ipsum massa molestie. Lorem lobortis eget dolor tincidunt id pulvinar nunc molestie sit congue amet dolore ullamcorper turpis nisi sem pharetra congue ullamcorper pharetra congue ullamcorper pulvinar. Nunc aliquet consectetur erat laoreet id tempus ante felis lorem lobortis volutpat dolor congue sit ut proin at ac et felis erat mi felis. Lorem lobortis eget erat, et elit tempus, massa, tellus sit lobortis non pulvinar nunc, aliquet turpis aliquam at erat laoreet id feugiat massa, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi elit donec mi felis tempus consectetur ac et, elit, erat laoreet id ipsum ante. Mauris dolor tincidunt euismod pulvinar nunc aliquet, turpis ut sem pharetra tincidunt euismod dolor tincidunt euismod. Magna nibh eget sed, massa molestie feugiat ut non amet congue aliquet amet, dolore, ante molestie. Pharetra congue ullamcorper nunc, aliquet, sit nisi diam nonummy ullamcorper amet dolore praesent adipiscing, ac et. Elit, ac, laoreet id ipsum lobortis volutpat dolor tincidunt euismod pulvinar, nunc tellus sit nisi non. Magna praesent, adipiscing donec praesent adipiscing aliquam proin at erat mi felis aliquam praesent adipiscing, nisi. Sem turpis nisi sem nonummy magna diam turpis nisi sem, consectetur diam elit erat mi, felis. Ipsum, lobortis, non pharetra, tincidunt ullamcorper amet dolore sem consectetur magna, diam elit, erat mi adipiscing. Lorem nibh eget dolor, tincidunt id mi mauris lorem nibh volutpat lorem laoreet id ipsum, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy erat mi aliquam sem eget pulvinar nunc aliquet turpis nisi nibh elit erat, mi id ipsum, massa. Volutpat dolor, tincidunt ullamcorper turpis nisi sem consectetur magna diam tincidunt diam amet tempus nibh mauris ac et elit. Donec mi id ipsum massa, volutpat dolor, laoreet id sed nunc molestie feugiat lobortis molestie feugiat eget sed tincidunt. Id pulvinar nunc tellus feugiat ut, non pharetra nunc tellus sit, ut non sit, ut non pharetra tincidunt volutpat. Sed massa tellus sit ut euismod, sit ut non nonummy donec diam amet, dolore praesent adipiscing nisi, sem consectetur. Magna diam elit donec praesent adipiscing nisi proin elit mi felis tempus massa molestie feugiat lobortis volutpat dolor tincidunt. Id pulvinar massa id ipsum ut non dolor laoreet id sed laoreet molestie, feugiat massa volutpat dolor euismod, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat, ut ullamcorper nonummy aliquam proin, adipiscing ac et elit, mi id feugiat lobortis volutpat dolor congue ullamcorper adipiscing aliquam, ante at magna et nonummy donec. Praesent mauris lorem nibh eget lorem nibh eget sed mi tempus ante mauris lorem nibh euismod, dolor tincidunt tellus sit ut sem consectetur magna diam nonummy donec proin. Mauris lorem, laoreet id pulvinar massa, molestie congue ullamcorper nonummy donec aliquet adipiscing nisi sem consectetur magna, diam elit erat praesent felis tempus, ante mauris lorem nibh euismod. Pulvinar nunc sit congue et elit erat ante mauris feugiat tincidunt volutpat, dolor nunc tellus sit ut, diam consectetur congue diam nonummy donec proin at, nisi non pharetra. Congue amet donec, praesent adipiscing aliquam proin at magna non pharetra congue ullamcorper amet dolore tellus sit nisi sem consectetur magna diam nonummy dolore, ullamcorper turpis, ut sem. Magna et elit donec mi felis tempus proin consectetur ac mi felis, ipsum massa molestie lorem ut volutpat pharetra nunc sit ut, non sit ut non dolor tincidunt. Aliquet adipiscing aliquam, proin, elit erat nisi tincidunt praesent mauris consectetur ipsum nisi nibh aliquet mauris amet ipsum, et, id pharetra erat massa tellus elit pulvinar tempus magna. Massa non nonummy erat mi mauris feugiat lobortis volutpat, dolor tincidunt id sed massa tellus sit ut pharetra congue volutpat sed, mi, id pulvinar lobortis volutpat pharetra magna. Ullamcorper amet dolore aliquet sit ut non sit congue non amet dolore ullamcorper turpis dolore aliquet ut sem amet dolore aliquet amet, dolore sem turpis, nisi sem, consectetur. Donec diam nonummy donec proin at lorem et eget erat, et elit tempus massa mauris lobortis, volutpat, pulvinar nunc euismod pulvinar nunc non pharetra tincidunt euismod nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper adipiscing donec aliquet turpis dolore aliquet consectetur magna et nonummy donec praesent, adipiscing aliquam ante mauris lorem nibh donec praesent nonummy donec aliquet sit nunc, sem at magna. Diam nonummy erat mi felis, lorem et eget dolor tincidunt euismod ipsum ante felis lorem volutpat dolor tincidunt euismod, sed, massa id ipsum ante at ac nibh elit sed, mi. Felis tempus ante mauris lorem nibh mauris lorem et elit donec diam, donec proin at ac et eget sed mi felis tempus ante adipiscing, eget adipiscing sit erat, ut et. Aliquet laoreet non eget ipsum et eget, erat laoreet id, ipsum lobortis non pharetra tincidunt euismod pulvinar, nunc tellus, sit ut sem pharetra magna diam amet congue ullamcorper turpis dolore. Aliquet consectetur et elit erat praesent adipiscing nisi sem consectetur ac nibh felis tempus ante adipiscing donec praesent adipiscing ac et elit erat laoreet felis tempus ante at, ac elit. Erat tincidunt id pulvinar, lobortis molestie feugiat nibh volutpat dolor, tincidunt euismod turpis ut non pharetra magna diam amet, ante mauris lorem et elit ac et felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut ullamcorper nunc tellus sit ut sem consectetur magna et felis tempus massa molestie feugiat lobortis volutpat sed laoreet. Euismod sit nunc tellus sit tincidunt volutpat nunc aliquet adipiscing nisi proin at magna diam adipiscing donec aliquet turpis ac. Nibh volutpat pulvinar dolore tellus pulvinar lobortis non pharetra congue ullamcorper amet, praesent, adipiscing aliquam proin elit erat mi felis. Ipsum, massa volutpat feugiat lobortis volutpat sed nunc molestie, feugiat ut volutpat dolor congue diam tempus ante at ac et. Elit erat mi id tempus massa molestie lorem lobortis volutpat sed nunc tellus feugiat ut volutpat dolor tincidunt euismod pulvinar. Dolore sem magna diam elit erat mi felis ipsum massa molestie lorem nibh elit erat et elit tempus ante molestie. Feugiat nibh volutpat dolor nunc tellus sit nunc, non congue diam nonummy, donec, praesent adipiscing nisi sem consectetur ac diam. Nonummy donec mi felis tempus et elit erat mi felis ipsum massa, mauris, feugiat lobortis, non tincidunt tellus sit nisi. Non, consectetur, congue ullamcorper amet congue ullamcorper turpis nisi aliquet turpis ut volutpat feugiat, lobortis euismod tincidunt, tellus sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy tempus ante mauris feugiat tincidunt euismod dolore et elit erat et felis tempus. Mi felis aliquam, proin at ac et elit erat mi adipiscing aliquam proin at ac. Et, at erat felis, tempus mi mauris feugiat nibh volutpat dolor tincidunt euismod ipsum, massa. Tellus, pharetra congue diam nonummy donec aliquet turpis ut non pharetra, congue non dolore aliquet. Adipiscing, lorem lobortis volutpat dolor tincidunt id ipsum massa molestie feugiat nibh volutpat sed laoreet. Euismod ipsum massa molestie feugiat lobortis dolor congue ullamcorper turpis nisi proin elit ac et. Elit erat mi, felis lorem lobortis euismod dolor tincidunt euismod sit nunc molestie, feugiat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore tellus turpis ac et elit erat mi felis aliquam proin mauris sed, laoreet id ipsum massa feugiat ut volutpat sed nibh id ipsum massa. Tellus sit nisi non amet dolore aliquet adipiscing tempus ante at magna diam nonummy erat mi mauris lorem, mauris dolor tincidunt ullamcorper amet nunc aliquet, consectetur. Ac diam nonummy erat mi, adipiscing tempus ante eget lorem laoreet, felis ipsum massa molestie lorem lobortis sed laoreet eget sed massa id ipsum massa volutpat. Dolor tincidunt ullamcorper amet dolore aliquet turpis, nisi, sem consectetur magna diam adipiscing donec mauris ac nibh eget erat mi felis aliquam proin at ac nibh. Eget, dolor laoreet felis tempus mi molestie, feugiat lobortis eget dolor tincidunt, tellus sit ut pharetra magna praesent adipiscing tempus praesent, turpis aliquam, proin at ac. Et felis ipsum lobortis, volutpat dolor, congue ullamcorper, amet, dolore aliquet consectetur magna sem consectetur magna amet dolore praesent, adipiscing ac proin at ac, et nonummy. Donec praesent felis tempus, proin consectetur magna diam, elit tempus mauris sit congue volutpat dolor laoreet id, pulvinar nunc tellus feugiat lobortis molestie lorem, lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor, congue ullamcorper pulvinar dolore aliquet sit ac diam consectetur congue ullamcorper, nonummy aliquam ante molestie lorem nibh eget sed molestie feugiat lobortis molestie feugiat lobortis volutpat dolor. Laoreet euismod pulvinar nunc tellus pharetra ut non dolor tincidunt euismod ipsum, massa molestie ipsum lobortis, volutpat dolore ullamcorper amet nisi, sem, turpis magna, sem dolor tincidunt euismod dolor tincidunt. Euismod sit nisi sem consectetur magna praesent nonummy donec ullamcorper aliquam proin elit ac et nonummy donec praesent felis aliquam ante at, ac, et elit erat mi adipiscing tempus ante. Eget sed laoreet eget ipsum laoreet, id massa molestie feugiat et eget dolor tincidunt euismod pulvinar massa molestie feugiat lobortis euismod amet dolore aliquet turpis nisi sem consectetur ut, non. Amet, aliquam proin adipiscing et eget, erat et elit erat, mi mauris aliquam sem consectetur nisi sem nonummy magna diam amet dolore praesent adipiscing aliquam proin at ac diam nonummy. Donec, mauris feugiat tincidunt volutpat amet nisi proin, consectetur ac, et id, ipsum massa, mauris feugiat, lobortis volutpat sed laoreet eget laoreet, id feugiat, lobortis non amet donec praesent felis. Nisi ante at magna et elit erat mi felis tempus proin at ac et elit erat et tempus ante mauris lorem nibh elit ac et felis, tempus mi felis tempus. Ante mauris lorem et elit donec mi felis tempus ante mauris lorem nibh eget laoreet, felis tempus massa molestie lorem lobortis eget sed mi elit tempus ante mauris lorem lobortis. Volutpat dolor laoreet id ipsum massa molestie feugiat massa mauris lorem eget sed laoreet felis erat ante molestie feugiat nibh eget, lorem nibh id tempus ante mauris tempus ante mauris. Sed tincidunt euismod amet ut proin consectetur magna elit erat mi adipiscing, aliquam proin mauris erat laoreet id pulvinar nunc non pharetra congue ullamcorper nonummy donec praesent, adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut non amet, donec praesent felis aliquam proin at ac diam donec. Mi adipiscing tempus ante mauris lorem nibh eget, erat mi felis erat proin. At lorem lobortis volutpat dolor tincidunt id tempus massa mauris tempus proin ac. Et eget erat laoreet id tempus ante mauris sed tincidunt id ipsum nunc. Molestie feugiat lobortis molestie dolor tincidunt euismod pulvinar nunc euismod ut non consectetur. Donec praesent nonummy donec proin at ac et elit erat massa molestie sit. Ut sem nonummy donec aliquet turpis aliquam proin lorem nibh elit erat praesent. Adipiscing aliquam proin adipiscing aliquam sem elit ac et elit, tempus proin at. Aliquam et elit erat et nonummy, donec diam, dolore aliquet turpis, nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent adipiscing lorem nibh elit erat, laoreet molestie massa molestie feugiat, lobortis eget dolor nunc. Tellus, sit nisi diam, consectetur magna diam, nonummy donec ante mauris ac et eget ipsum massa molestie. Sit nisi consectetur donec aliquet turpis nisi, sem consectetur nisi non consectetur donec praesent, adipiscing donec praesent. Adipiscing aliquam proin consectetur magna diam elit tempus mi mauris, proin elit erat laoreet euismod sit nisi. Diam elit erat ante mauris lorem nibh mauris sed laoreet id ipsum massa molestie pharetra ut pharetra. Congue aliquet turpis nisi sem consectetur magna diam nonummy magna diam, amet dolore praesent adipiscing aliquam sem. At magna praesent adipiscing aliquam praesent turpis nisi aliquet ut non pharetra erat, mi felis lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi felis tempus ante mauris et, eget erat laoreet id feugiat, ut non pharetra donec, praesent adipiscing aliquam proin at ac sem nonummy magna. Ullamcorper nonummy, donec proin at aliquam at ac mi elit tempus proin mauris ac, et at ac et elit erat mi molestie feugiat lobortis volutpat dolor. Tincidunt tellus sit, ut proin magna ullamcorper, amet donec aliquet amet nisi sem consectetur, magna, et, nonummy erat mi felis aliquam ante, eget lorem nibh euismod. Pulvinar massa molestie, feugiat lobortis pharetra tincidunt, ullamcorper amet nisi, sem turpis nisi diam nonummy erat praesent turpis aliquam proin consectetur nisi sem, elit erat praesent. Adipiscing aliquam proin ac, proin, eget ipsum massa molestie feugiat lobortis volutpat feugiat nibh eget ac et nonummy donec diam amet nunc tellus sit nisi sem. Consectetur magna praesent nonummy aliquet, adipiscing aliquam proin at, erat mi id feugiat massa volutpat dolor tincidunt euismod pulvinar nunc tellus turpis ut, non pharetra, magna. Diam nonummy nunc, turpis ac et at erat, et elit donec, praesent at, aliquam sem consectetur ac diam elit erat praesent nonummy, aliquam, proin mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit, ut ullamcorper amet dolore, praesent at, lorem nibh eget dolor nunc tellus pulvinar ante tempus. Proin at ac et eget sed laoreet id ipsum massa volutpat dolor laoreet euismod, pulvinar dolore aliquet. At ac diam nonummy magna, praesent, adipiscing proin mauris lorem laoreet euismod sit nunc tellus sit ut. Non amet congue ullamcorper, pulvinar massa tellus sit ut volutpat dolor, lobortis volutpat dolor tincidunt id ante. Felis feugiat nibh, volutpat dolor tincidunt id ipsum massa id ipsum massa, molestie feugiat tincidunt euismod pulvinar. Dolore, sem consectetur magna diam erat mi felis tempus proin mauris lorem et nonummy donec praesent adipiscing. Tempus massa eget sed laoreet euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt, ullamcorper nisi sem. Consectetur magna laoreet euismod ipsum massa tellus sit ut non pharetra congue ullamcorper pulvinar massa tellus turpis. Magna diam amet dolore aliquet adipiscing aliquam sem ac tincidunt, euismod pulvinar nunc molestie sit ut, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem pharetra, congue, ullamcorper nonummy erat ante, molestie dolor congue ullamcorper nonummy nisi sem, consectetur magna et elit erat mi id feugiat at. Lorem tincidunt id ipsum laoreet elit erat mi mauris lorem lobortis volutpat pulvinar tincidunt euismod sit nunc non consectetur magna diam adipiscing, aliquam ante. Sed laoreet eget sed, laoreet id ipsum, massa molestie lorem et elit erat et nonummy, donec mi, felis tempus ante, mauris lorem laoreet id. Ipsum ut consectetur magna diam nonummy dolore praesent mauris, feugiat tincidunt, euismod amet dolore aliquet consectetur magna diam nonummy magna praesent adipiscing aliquam ante. Mauris lorem id pulvinar massa molestie ipsum lobortis, volutpat dolor tincidunt euismod pulvinar nunc, euismod ipsum massa molestie feugiat lobortis volutpat sed nibh eget. Erat laoreet id feugiat volutpat dolor congue ullamcorper turpis aliquam sem at ac et nonummy erat ante mauris lorem nibh eget sed laoreet eget. Sed massa tellus pharetra congue non pharetra id, pulvinar dolore aliquet turpis congue, ullamcorper nonummy donec aliquet turpis, nisi sem consectetur magna diam nonummy. Donec praesent felis, ante mauris lorem nibh eget sed et adipiscing donec praesent turpis nisi proin at, erat mi felis erat, mi mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi id ipsum ante mauris sed nibh elit ac mi felis tempus ante, mauris lorem consectetur ac mi felis tempus, massa molestie, feugiat. Lobortis volutpat sed laoreet id ipsum nunc molestie, ipsum massa molestie feugiat lobortis volutpat pulvinar nisi consectetur erat mi felis tempus ante molestie feugiat lobortis. Volutpat pulvinar, dolore tellus sit aliquam et, elit erat et adipiscing aliquam proin adipiscing, aliquam proin consectetur ac pharetra congue euismod amet nunc aliquet sit. Nisi sem nonummy erat mi adipiscing, donec proin at aliquam, proin elit, erat mi felis tempus felis tempus proin at magna diam consectetur donec praesent. Felis lorem ante mauris lorem et, elit sed, mi felis tempus ante molestie lorem nibh elit sed laoreet erat, mi mauris tempus proin at ac. Et, elit erat mi felis tempus ante mauris, lorem laoreet id sed laoreet id feugiat lobortis volutpat pharetra tincidunt euismod mi id tempus massa mauris. Lorem ante eget sed tincidunt euismod, ipsum laoreet id ipsum nibh eget pharetra congue ullamcorper massa tellus, sit lobortis volutpat pharetra tincidunt euismod sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non tincidunt tellus sit nisi sem consectetur congue diam amet dolore ullamcorper turpis nisi sem at ac et elit, erat mi felis tempus proin at, et. Elit, sed laoreet molestie ipsum massa volutpat pharetra, congue aliquet turpis nisi sem consectetur erat, et euismod pulvinar ut non consectetur, magna diam, adipiscing proin at lorem et elit. Erat mi felis ipsum lobortis, molestie feugiat lobortis volutpat dolor, tincidunt tellus, feugiat, lobortis volutpat dolor, lobortis volutpat sed tincidunt sed massa molestie, feugiat ut non pharetra congue euismod. Pulvinar dolore aliquet turpis nisi diam nonummy donec aliquet turpis aliquam proin, at ac et, elit mi, felis lorem nibh eget lorem, laoreet, id ipsum massa, molestie feugiat massa. Molestie feugiat lobortis eget sed tincidunt euismod pulvinar massa mauris feugiat tincidunt ullamcorper, amet euismod sit, aliquam proin elit sed laoreet felis ipsum ante at, lorem proin elit erat. Et felis erat, ante adipiscing aliquam ante mauris lorem nibh id pulvinar mauris lorem lobortis non pharetra congue ullamcorper pulvinar dolore sem consectetur ac, diam nonummy erat mi felis. Lorem lobortis volutpat nibh eget tempus massa molestie sit ut non amet dolore ullamcorper, amet dolore, sem consectetur congue ullamcorper pharetra, dolore aliquet, turpis aliquam, proin consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus turpis nisi sem at ac praesent, nonummy aliquam proin. Mauris proin consectetur magna, diam nonummy donec mi felis, tempus nibh. Volutpat dolor tincidunt tellus sit nisi, diam elit, sed laoreet id. Feugiat lobortis non amet euismod dolor nunc tellus sit, nisi sem. Pharetra congue, ullamcorper nonummy donec praesent at lorem laoreet id sed. Laoreet id ipsum massa molestie feugiat nibh ipsum nunc aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat pulvinar dolore tellus turpis nisi. Sem elit, donec mi felis tempus at. Lorem laoreet id pulvinar dolore tellus feugiat. Lobortis non pharetra tincidunt euismod, pulvinar dolore. Aliquet turpis nisi, non pharetra congue ullamcorper. Amet dolore, sit nunc tellus sit ut. Ullamcorper nonummy donec praesent amet dolore tellus. Turpis, nisi sem, consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra magna praesent adipiscing tempus proin at lorem lobortis eget. Ipsum dolore tellus turpis nisi non dolor tincidunt ullamcorper amet dolore. Sem, ut sem nonummy donec praesent nonummy tempus ante eget lorem. Laoreet id ipsum massa molestie feugiat lobortis non consectetur magna, aliquet. Amet dolore aliquet consectetur non pharetra congue non pharetra tincidunt euismod. Pulvinar, nunc tellus feugiat ut non dolor, tincidunt euismod pulvinar, massa. Tellus feugiat lobortis volutpat dolor lobortis sed tincidunt tellus turpis magna. Diam nonummy donec diam nonummy donec praesent adipiscing nisi proin elit. Erat massa tellus sit ut non pharetra congue euismod tincidunt euismod. Pulvinar ut non pharetra ut non dolor congue euismod ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat nibh ac mi felis ipsum, massa molestie feugiat lobortis volutpat, dolor donec. Proin eget sed tincidunt euismod pulvinar massa tellus feugiat massa molestie dolor tincidunt ullamcorper. Massa, molestie feugiat lobortis volutpat dolor lobortis euismod pulvinar tincidunt id pulvinar nunc molestie. Feugiat lobortis volutpat dolor congue aliquet amet dolore aliquet sit ut amet congue aliquet. Turpis aliquam ante, at ac, et elit tempus ante mauris lorem nibh, eget sed. Laoreet euismod pulvinar nunc non pharetra non, pharetra congue ullamcorper amet nunc aliquet, turpis. Ac et, nonummy donec mi felis tempus nibh mauris lorem, nibh id sed laoreet. Molestie feugiat lobortis volutpat pharetra volutpat amet nisi aliquet, turpis ut, non, consectetur, magna. Ullamcorper pulvinar nunc euismod sit nisi non pharetra magna diam adipiscing, aliquam, proin at. Ac nibh id laoreet felis tempus mi adipiscing aliquam ante mauris lorem et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris sed eget sed laoreet felis, ipsum massa molestie lorem lobortis ullamcorper turpis dolore aliquet. Consectetur magna diam nonummy donec mi felis tempus proin, at ac elit erat mi felis tempus ante. Mauris lorem nibh elit, erat mi id ipsum lobortis volutpat dolor lobortis volutpat dolor laoreet, id ipsum. Nunc tellus lobortis eget sed tincidunt id ipsum nunc aliquet turpis magna diam, nonummy donec aliquet amet. Dolore aliquet sit magna diam consectetur magna ullamcorper amet, dolore aliquet ut sem pharetra congue, non pharetra. Dolore praesent adipiscing nisi aliquet turpis nisi sem consectetur magna ullamcorper, turpis nisi proin mauris lorem laoreet. Id laoreet molestie feugiat lobortis eget sed laoreet id ipsum nunc molestie ipsum massa volutpat, dolor lobortis. Euismod dolor nunc tellus turpis nisi sem consectetur congue ullamcorper amet tellus sit, ut sem consectetur ac. Mi id sit lobortis non, pharetra tincidunt euismod dolor nunc euismod pulvinar nunc tellus sit lobortis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat ut ullamcorper pharetra dolore praesent adipiscing ac et elit, sed mi id pulvinar, ut. Dolor magna diam amet donec praesent adipiscing nisi sem at erat mi felis aliquam ante mauris, feugiat. Lobortis volutpat pulvinar tincidunt molestie sit ut pharetra congue euismod pulvinar, nunc aliquet sit nunc non sit. Ut volutpat pharetra tincidunt ullamcorper pulvinar nunc tellus turpis congue non pharetra congue euismod pulvinar nunc aliquet. Magna et eget tempus ante molestie lorem lobortis volutpat, dolor tincidunt, ullamcorper turpis nisi sem pharetra magna. Ullamcorper, amet dolore aliquet turpis nisi pulvinar nunc non consectetur donec mi, felis tempus nibh mauris sed. Tincidunt id, pulvinar, nunc tellus sit ut volutpat dolor tincidunt volutpat dolor tincidunt molestie feugiat lobortis pharetra. Congue ullamcorper nonummy aliquam ullamcorper volutpat elit sit ac nunc proin volutpat felis pharetra tempus nisi nunc. Congue ut et euismod adipiscing ac nibh, elit lorem laoreet, euismod pulvinar dolore aliquet turpis nisi non. Consectetur erat ante felis lorem, lobortis, volutpat pulvinar, nunc tellus pulvinar sem consectetur, magna diam nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac diam, consectetur dolore praesent adipiscing nibh, volutpat dolor nunc tellus pulvinar nunc tellus sit ut ullamcorper amet. Dolore praesent adipiscing aliquam proin consectetur magna ullamcorper, nonummy donec mi felis aliquam at ac nibh eget tempus ante. Tellus sit, congue ullamcorper amet dolore praesent, turpis aliquam sem consectetur ac et, nonummy donec mi adipiscing aliquam ante. Lorem laoreet id tempus ante mauris lorem, proin mauris ac nibh id sed laoreet id ipsum ante mauris lorem. Nibh elit sed tincidunt ipsum massa molestie feugiat lobortis euismod pulvinar tincidunt tellus sit ut non pharetra ut volutpat. Pharetra congue ullamcorper pulvinar nunc aliquet turpis nisi ullamcorper nonummy donec mi lorem ante eget sed tincidunt id ipsum. Ante molestie lorem lobortis non pharetra congue euismod pulvinar nunc tellus feugiat magna mi aliquet at sed nunc ante. Ullamcorper feugiat donec ante, tellus consectetur magna laoreet molestie at ipsum massa tellus consectetur erat laoreet molestie, turpis erat. Feugiat massa non, nonummy, tempus massa non nonummy, sit sed tempus congue praesent sem at ac et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt tellus sit, nisi sem, consectetur, donec praesent nonummy aliquam ante, mauris, ac et eget erat mi id ipsum massa volutpat dolore aliquet adipiscing aliquam proin turpis nisi. Diam nonummy magna diam nonummy aliquam praesent at ac et at, ac diam nonummy donec proin at, nibh ullamcorper turpis nisi sem consectetur magna sem consectetur, congue ullamcorper amet. Nunc, aliquet adipiscing aliquam non sit magna, ullamcorper amet dolore praesent adipiscing, ac nibh erat mi id tempus massa, molestie feugiat, lobortis volutpat dolor laoreet euismod, pulvinar nunc tellus. Pharetra magna diam nonummy donec aliquet adipiscing ac et, erat massa id ipsum lobortis volutpat, pharetra congue ullamcorper dolor nunc tellus turpis ut, sem nonummy donec praesent nonummy donec. Praesent adipiscing ac et elit erat felis tempus ante molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie sit ut non pharetra dolore aliquet adipiscing aliquam proin elit. Erat laoreet id feugiat volutpat dolor, tincidunt ullamcorper turpis dolore aliquet consectetur lorem et elit, erat mi felis lorem nibh eget lorem laoreet eget massa molestie feugiat massa, molestie. Dolor congue ullamcorper amet nunc euismod pulvinar ut non pharetra tincidunt ullamcorper pulvinar tincidunt tellus sit ut non consectetur, congue diam nonummy praesent turpis, ac nibh eget sed mi. Id pulvinar lobortis volutpat pharetra congue euismod, pulvinar dolore tellus pulvinar ut tellus, pharetra ut volutpat, dolor, congue aliquet turpis proin at sed mi felis tempus, ante mauris lorem. Nibh volutpat dolor tincidunt euismod pulvinar nunc, non, pharetra congue non pharetra congue ullamcorper turpis aliquam sem turpis mi id ipsum massa molestie feugiat lobortis eget lorem nibh nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor congue ullamcorper, amet, ut non pharetra. Ac mi, felis tempus ante mauris lorem nibh eget. Sed laoreet id sit nisi pharetra magna diam nonummy. Dolore aliquet turpis nisi sem consectetur magna ullamcorper amet. Donec praesent felis aliquam proin at ac laoreet id. Pulvinar nunc feugiat ut non, pulvinar tincidunt euismod pulvinar. Massa tellus sit congue ullamcorper amet congue aliquet turpis. Nisi aliquet turpis, ut sem nonummy donec mi adipiscing. Tempus ante amet dolore aliquet turpis aliquam et elit. Sed laoreet id tempus ante mauris lorem lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris lorem, nibh eget lorem et eget ipsum laoreet id feugiat, lobortis volutpat sed laoreet, euismod. Pulvinar nunc, molestie sit ut lorem nibh elit ac, et felis tempus ante mauris tempus, ante mauris. Lorem nibh, eget sed laoreet felis tempus ante, adipiscing ac nibh elit ac nonummy dolore praesent, adipiscing. Nisi sem mauris, amet lorem donec nisi, nibh euismod adipiscing ac nibh, eget sed laoreet id ipsum. Massa molestie feugiat nibh eget sed elit erat mi felis tempus ante mauris sed, laoreet eget sed. Laoreet felis ipsum lobortis volutpat dolor congue euismod pulvinar dolore aliquet sit non amet dolore ullamcorper adipiscing. Aliquam proin at ac et elit erat mi adipiscing aliquam praesent turpis nisi, non at ac, et. Felis ipsum massa mauris feugiat volutpat pulvinar nunc tellus pulvinar nunc tellus feugiat lobortis volutpat dolor nunc. Praesent, at aliquam et at ac diam nonummy aliquam praesent adipiscing ac nibh euismod tincidunt, euismod, pulvinar. Nisi sem consectetur magna, ullamcorper nonummy donec, praesent turpis, nisi sem consectetur magna non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam elit erat praesent, felis dolor, congue ullamcorper amet nunc tellus sit tellus. Sit ut non dolor tincidunt euismod pulvinar nunc, molestie feugiat lobortis volutpat dolor lobortis. Volutpat pulvinar nunc tellus turpis nisi sem consectetur magna diam, donec praesent at lorem. Nibh eget sed massa tellus sit lobortis molestie dolor lobortis volutpat sed laoreet, id. Tempus ante molestie dolor tincidunt euismod pulvinar id ipsum nunc non consectetur congue diam. Nonummy, donec proin adipiscing aliquam et at ac mi elit erat mi mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi adipiscing tempus ante. Mauris lorem nibh eget erat laoreet. Id ipsum massa mauris lorem nibh. Magna diam nonummy erat, mi, felis. Lorem nibh volutpat dolor nunc euismod. Sit ut sem at ac diam. Amet dolore aliquet turpis dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat dolor tincidunt tellus sit nisi non sit, magna praesent nonummy aliquam, proin mauris lorem nibh eget sed laoreet erat, mi mauris lorem lobortis volutpat sed tincidunt euismod pulvinar. Nunc non, pharetra congue ullamcorper amet donec praesent adipiscing ac proin elit sed, mi ipsum lobortis volutpat pharetra congue ullamcorper turpis nisi sem consectetur magna sem consectetur congue ullamcorper nonummy. Dolore aliquet turpis nisi sem consectetur ac diam nonummy donec praesent nisi sem at magna et elit erat, mi molestie feugiat, lobortis eget lorem nibh elit sed massa, id tempus. Massa eget, sed laoreet erat mi id ipsum massa mauris lorem nibh eget sed laoreet, id pulvinar nunc non pharetra congue non dolor tincidunt euismod pulvinar nunc tellus sit ut. Ullamcorper congue aliquet adipiscing aliquam sem, at, erat laoreet felis erat mi felis aliquam, proin consectetur magna diam nonummy, erat praesent id ipsum massa molestie feugiat laoreet, id laoreet, felis. Feugiat lobortis volutpat pharetra tincidunt euismod pulvinar tincidunt tellus sit magna diam elit donec praesent nonummy dolore aliquet ac nibh, eget ipsum nunc molestie feugiat lobortis molestie, lorem nibh, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar mauris, feugiat lobortis non pharetra dolore aliquet turpis aliquam proin at ac diam, elit tempus ante. Felis ac nibh eget dolor tincidunt id pulvinar molestie feugiat lobortis eget lorem, nibh eget ipsum laoreet. Felis tempus lobortis molestie feugiat lobortis id sed laoreet felis erat mi mauris lorem ante mauris tincidunt. Euismod ipsum ante molestie lorem nibh mauris lorem et elit ac, mi adipiscing aliquam proin at, ac. Nibh volutpat sed tincidunt euismod feugiat massa molestie dolor volutpat dolor dolore aliquet at ac nibh eget. Sed laoreet molestie, ipsum massa molestie dolor tincidunt euismod, pulvinar dolore, aliquet consectetur nisi non magna praesent. Adipiscing donec aliquet turpis ut, non consectetur magna diam, nonummy donec praesent at aliquam proin elit erat. Et felis tempus mi felis aliquam ante eget et, felis tempus ante felis, lorem ante, mauris sed. Tincidunt, ullamcorper turpis nisi proin at, ac et id ipsum lobortis non pharetra tincidunt euismod amet, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec, mi felis tempus proin, mauris sed tincidunt ullamcorper, amet dolore aliquet, consectetur non amet, congue aliquet turpis nisi sem consectetur magna diam nonummy donec. Praesent adipiscing aliquam proin at ac et elit erat laoreet felis ipsum volutpat feugiat nibh eget erat laoreet, euismod pulvinar nunc tellus pharetra magna diam nonummy. Dolore praesent mauris, ac et at erat mi felis tempus ante mauris et elit, sed nunc, aliquet consectetur ac, et, nonummy donec mi felis tempus ante. Mauris ac nibh elit donec mi felis aliquam proin mauris et at erat mi, id ipsum lobortis molestie feugiat lobortis volutpat dolor laoreet, id ipsum massa. Molestie sit congue ullamcorper nonummy dolore aliquet amet, dolore aliquet turpis non pharetra dolore praesent adipiscing aliquam proin at ac laoreet id tempus mi felis donec. Proin mauris lorem nibh eget ac diam amet congue aliquet turpis tellus turpis ut sem consectetur magna aliquet turpis aliquam proin mauris sed tincidunt euismod pulvinar. Ut tellus sit ut ullamcorper dolore praesent adipiscing aliquam et elit erat et felis tempus ante mauris tempus nibh eget sed laoreet id, ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod turpis nisi proin at ac et elit tempus ante felis tempus nibh eget sed nibh id ante felis tempus proin. Mauris sed tincidunt, ullamcorper amet dolore tellus sit ut non pharetra congue, aliquet turpis dolore aliquet, turpis nisi diam nonummy donec amet. Donec praesent at aliquam et elit erat mi id feugiat massa mauris, lorem et elit erat mi id ipsum massa volutpat pharetra. Congue euismod, pulvinar tellus sit ut diam nonummy erat laoreet felis aliquam ante at ac nibh eget sed laoreet molestie ipsum lobortis. Volutpat pharetra, congue, ullamcorper nunc, tellus sit, nunc tellus sit ut non amet dolore ullamcorper amet massa tellus sit ut non dolor. Tincidunt volutpat pulvinar nunc tellus sit ut sem consectetur euismod pulvinar dolore, aliquet adipiscing, nisi non pharetra congue diam, amet dolore ullamcorper. Amet dolore aliquet turpis, nisi diam nonummy, donec aliquet, adipiscing aliquam sem turpis nisi, pharetra congue diam amet dolore praesent at ac. Laoreet eget sed laoreet id ipsum massa molestie dolor tincidunt euismod dolor id ipsum ante felis, tempus ante at lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat nibh id sed massa tellus feugiat, ut. Non elit ipsum massa, mauris dolor tincidunt euismod pulvinar, dolore. Aliquet adipiscing aliquam proin elit sed mi molestie massa molestie. Lorem lobortis euismod pulvinar, nunc tellus sit nisi sem consectetur. Donec mi mauris tempus, ante at ac et eget sed. Laoreet id massa molestie feugiat tincidunt euismod pulvinar dolore, aliquet. Turpis nisi diam pharetra magna ullamcorper amet dolore aliquet consectetur. Ac et eget sed, laoreet id ipsum ante mauris, proin. At erat mi felis tempus ante mauris tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi adipiscing praesent turpis aliquam proin at magna diam amet dolore praesent turpis aliquam, proin elit erat mi elit donec mi mauris feugiat lobortis. Eget lorem eget sed mi felis tempus nibh eget sed nibh id ipsum massa id ipsum lobortis ullamcorper nonummy erat mi mauris lorem nibh volutpat. Dolor tincidunt pulvinar ut non pharetra congue ullamcorper amet donec praesent adipiscing ac et elit ac et elit erat mi felis tempus proin mauris sed. Laoreet id, tempus ante tempus, nibh eget, dolor tincidunt euismod pulvinar massa molestie pharetra, congue non amet donec, aliquet adipiscing, tempus nibh eget erat laoreet. Id ipsum molestie feugiat ut non amet dolore aliquet sit nisi sem consectetur magna et elit, donec praesent adipiscing, ac nibh eget, sed, tincidunt id. Ipsum massa tellus, feugiat eget dolor nunc, tellus sit nisi sem consectetur magna ullamcorper amet congue ullamcorper pulvinar nunc tellus turpis nisi non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut non sit ut ullamcorper pharetra congue ullamcorper, adipiscing aliquam. Sem consectetur, magna diam amet donec praesent adipiscing proin at, ac. Diam elit magna euismod amet donec praesent adipiscing nisi sem consectetur. Magna, praesent adipiscing tempus massa molestie feugiat nibh eget erat elit. Ipsum, lobortis volutpat pharetra, tincidunt diam, pulvinar nunc tellus turpis magna. Diam elit sed mi felis aliquam proin, at, lorem nibh elit. Erat mi id tempus felis tempus proin consectetur magna sem, consectetur. Donec praesent adipiscing lorem nibh eget dolor tincidunt id pulvinar ut. Tellus feugiat lobortis volutpat dolor volutpat dolor laoreet felis ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet euismod sed, laoreet molestie feugiat lobortis, pharetra. Congue aliquet turpis aliquam sem, consectetur, ac et elit tempus. Mi felis lorem nibh eget sed nibh, eget sed mi. Adipiscing aliquam ante mauris ac id ipsum nunc tellus feugiat. Ut ullamcorper nonummy congue aliquet amet dolore tellus sit nisi. Sem consectetur, magna ullamcorper nonummy aliquam proin mauris ac nibh. Adipiscing aliquam, nibh euismod pulvinar dolore tellus sit nisi diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, aliquam proin mauris lorem laoreet id nisi sem consectetur, magna praesent nonummy tempus ante mauris feugiat lobortis volutpat, dolor massa id, ipsum massa volutpat dolor congue euismod pulvinar. Tincidunt tellus sit laoreet, eget erat laoreet id tempus massa volutpat dolor congue euismod, amet nisi aliquet, consectetur, magna diam nonummy donec praesent adipiscing tempus, ante eget sed euismod. Ipsum, nunc tellus, sit congue ullamcorper nonummy aliquam proin at ac nibh eget sed laoreet id, pulvinar lobortis volutpat consectetur donec praesent aliquam proin mauris lorem nibh eget sed. Laoreet id tempus ante at lorem et eget sed laoreet molestie ipsum massa molestie feugiat lobortis euismod pulvinar nunc tellus ut tellus feugiat lobortis volutpat amet dolore ullamcorper pulvinar. Nunc aliquet sit congue ullamcorper pharetra congue ullamcorper pulvinar tincidunt tellus sit nunc, tellus, dolor tincidunt eget sed eget sed laoreet, id ipsum massa molestie sed laoreet eget ipsum. Nunc aliquet turpis magna sem consectetur magna aliquet turpis aliquet turpis nisi non sit, congue diam nonummy donec proin adipiscing aliquam et, elit ac et elit erat ante felis. Lorem, nibh volutpat sed laoreet id tempus felis aliquam proin, at lorem et nonummy magna diam nonummy donec praesent adipiscing, aliquam sem at ac et elit erat mi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy donec diam adipiscing, donec praesent turpis aliquam sem at ac mi, id ipsum lobortis nonummy erat ante felis tempus nibh volutpat dolor, tincidunt euismod ipsum massa. Tellus pharetra congue ullamcorper amet dolore aliquet sit nisi sem consectetur diam amet dolore ullamcorper turpis aliquam sem turpis nisi sem pharetra, tincidunt euismod adipiscing aliquam, proin at. Ac nibh eget sed laoreet id ipsum massa mauris lorem eget ipsum massa id ipsum, massa molestie feugiat nibh eget lorem nibh elit, erat ante felis tempus proin. At, lorem laoreet euismod pulvinar massa ipsum massa molestie dolor nibh, eget sed laoreet id tempus, mi felis aliquam sem consectetur nisi diam consectetur magna ullamcorper nonummy donec. Praesent adipiscing ac, et, ac, et felis ipsum ante felis, lorem lobortis volutpat dolor tincidunt euismod ipsum massa molestie feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar ut tellus. Pharetra magna diam donec praesent adipiscing ac et at ac et elit erat mi felis, aliquam proin mauris lorem nibh eget erat praesent, dolore aliquet adipiscing, aliquam nibh. Eget, ipsum massa tellus sit nisi sem consectetur magna diam amet nisi, aliquet turpis nisi, diam, nonummy magna ullamcorper nonummy donec praesent nisi sem pharetra congue diam nonummy. Donec, praesent, turpis nisi sem consectetur, magna sem consectetur congue diam nonummy dolore, aliquet, sit aliquam sem, consectetur magna ullamcorper amet ullamcorper turpis nisi sem consectetur magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin at diam nonummy. Erat mi felis tempus ante mauris. Lorem, nibh eget sed laoreet felis. Tempus ante mauris lorem nibh eget. Sed nunc tellus turpis volutpat pharetra. Congue ullamcorper pulvinar dolore aliquet adipiscing. Ac et at magna diam, nonummy. Donec praesent adipiscing, aliquam, proin at. Ac et elit erat mi lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit, sed laoreet mauris lorem nibh eget. Sed laoreet id ipsum nunc tellus sit nisi. Dolor congue ullamcorper amet dolore tellus sit ut. Non pharetra tincidunt volutpat pulvinar, tincidunt euismod, pulvinar. Nunc tellus sit congue non, pharetra congue euismod. Dolore sem consectetur, ac, et nonummy erat mi. Felis, lorem nibh eget sed tincidunt euismod ipsum. Massa molestie feugiat ut non amet dolore aliquet. Adipiscing aliquam et nisi sem, pharetra congue ullamcorper. Turpis aliquam ante consectetur magna, et nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent aliquam nibh eget ipsum laoreet molestie feugiat lobortis, diam nonummy erat ante mauris feugiat nibh mauris lorem. Laoreet id ipsum nunc tellus pharetra magna dolor congue euismod pulvinar dolore aliquet pharetra congue diam amet dolore. Ullamcorper adipiscing aliquam ante mauris lorem mi elit erat mi felis donec proin mauris nibh elit erat praesent. Felis ipsum lobortis non amet dolore aliquet amet nisi sem consectetur, magna diam elit tempus ante felis, tempus. Nibh eget, sed, nibh sed laoreet, id feugiat massa molestie lorem et elit sed mi felis tempus praesent. Turpis nisi ante mauris ac et eget erat mi, felis ante mauris, sed laoreet eget ipsum massa tellus. Pharetra sem aliquet mauris pulvinar tempus nibh eget sed laoreet id pulvinar, nunc, tellus, pharetra magna diam elit. Tempus molestie feugiat tincidunt ullamcorper turpis nisi sem consectetur magna diam, elit erat, laoreet id lorem, nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent felis ac et at ac mi, elit erat mi. Mauris feugiat lobortis euismod amet dolore aliquet sit ut sem consectetur diam. Nonummy aliquam ante molestie, feugiat lobortis eget erat et felis erat mi. Mauris feugiat lobortis volutpat pulvinar dolore praesent turpis, nisi sem pharetra ullamcorper. Nonummy donec proin at ac et at ac mi felis donec, aliquet. Adipiscing tempus ante at ac diam nonummy magna ullamcorper amet, congue tellus. Sit laoreet euismod, pulvinar nunc molestie sit ut, sem amet dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut, non ut ullamcorper nonummy. Aliquam ante eget lorem laoreet eget. Sed, mi id ipsum massa, volutpat. Dolor tincidunt volutpat pulvinar aliquam proin. Consectetur ac nibh tempus massa molestie. Feugiat lobortis volutpat sed laoreet id. Ipsum laoreet id sit congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc turpis, ac mi felis tempus massa molestie sit ut. Ullamcorper adipiscing aliquam proin at ac proin at, magna et nonummy. Erat ante molestie lorem nibh ac et nonummy erat ante, felis. Lorem, nibh eget lorem nibh nonummy donec praesent nonummy donec ante. Molestie feugiat tincidunt euismod pulvinar massa id lobortis, volutpat dolor, tincidunt. Euismod dolor tincidunt euismod ipsum nunc tellus pharetra congue non dolor. Congue ullamcorper, turpis ut sem consectetur magna diam elit erat mi. Mauris ante volutpat, pulvinar nunc tellus pulvinar massa, molestie, sit congue. Ullamcorper adipiscing aliquam proin mauris ac et at magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit ac et elit tempus massa molestie sit, ut non dolor tincidunt euismod sed massa. Molestie feugiat volutpat feugiat lobortis eget sed laoreet id ipsum lobortis volutpat, feugiat nibh eget lorem. Nibh felis tempus, ante mauris lorem nibh eget, sed tincidunt amet ut sem consectetur magna non. Amet donec mi mauris, lorem nibh, volutpat sed laoreet id ipsum massa molestie lorem nibh eget. Dolor laoreet euismod pulvinar tellus consectetur congue diam nonummy erat mi felis tempus proin at magna. Diam elit tempus ante felis feugiat lobortis volutpat sed, laoreet eget, massa molestie sit congue ullamcorper. Nonummy donec, praesent adipiscing ac, proin at erat mi felis erat mi felis aliquam sem consectetur. Ac et eget sed laoreet molestie lobortis, volutpat sed, nibh id ipsum massa molestie feugiat massa. Volutpat pharetra congue euismod amet dolore aliquet, turpis nisi sem consectetur donec praesent adipiscing aliquam proin. Adipiscing proin at erat laoreet tellus sit lobortis molestie, feugiat tincidunt volutpat pulvinar tincidunt euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, pulvinar dolore, aliquet adipiscing ac nibh id ipsum laoreet id ipsum. Ante mauris lorem, nibh eget sed felis tempus ante mauris lorem ante. At ac nibh elit sed mi felis tempus proin molestie feugiat nibh. Id, pulvinar nunc aliquet turpis, ut volutpat erat ante felis tempus, ante. Mauris sed tincidunt euismod sit ut non sit ut volutpat dolor tincidunt. Euismod, amet dolore aliquet sit magna et felis mi felis tempus proin. Mauris dolor tincidunt euismod sit nisi sem consectetur donec mi id ipsum. Massa molestie feugiat lobortis volutpat, ipsum nunc turpis magna diam consectetur magna. Praesent felis tempus ante eget lorem diam, nonummy, donec mi felis tempus. Ante mauris feugiat laoreet id ipsum massa molestie ipsum massa lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna praesent, adipiscing tempus ante at lorem et elit erat laoreet, felis, lobortis. Ullamcorper, nonummy erat ante mauris lorem, nibh volutpat dolor tincidunt euismod pulvinar massa molestie. Sit congue ullamcorper amet donec praesent, adipiscing ac at ac et elit tempus massa. Mauris lorem nibh elit, ac mi felis tempus praesent adipiscing aliquam praesent at ac. Et elit erat mi, felis tempus ante lorem, nibh eget ipsum nunc tellus, sit. Ut non pharetra, magna diam felis tempus, nibh eget lorem tincidunt id ipsum massa. Molestie ipsum eget dolor tincidunt id ipsum nunc molestie feugiat ut non pharetra, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, turpis nisi diam nonummy praesent adipiscing, lorem lobortis volutpat sed laoreet id ipsum laoreet molestie feugiat lobortis volutpat dolor. Congue ullamcorper amet dolore, tellus pulvinar ut sem consectetur donec amet donec aliquet turpis ac et elit ipsum massa tellus. Sit congue ullamcorper nonummy dolore praesent adipiscing aliquam, sem consectetur magna diam nonummy donec praesent donec, praesent id ipsum massa. Eget sed tincidunt euismod, pulvinar nunc, tellus, consectetur magna mi felis amet dolore sem turpis magna sem consectetur praesent felis. Tempus ante mauris lorem nibh elit erat mi, felis ipsum, mi at ac, et elit ac et elit erat mi. Felis aliquam nibh eget lorem tellus sit ut sem consectetur magna diam, amet donec proin at, ac et elit erat. Mi id pulvinar massa tellus dolor congue euismod pulvinar nunc tellus turpis sem at ac, praesent adipiscing aliquam ante mauris. Feugiat, lobortis, euismod, amet dolore aliquet consectetur magna, diam nonummy congue ullamcorper amet nunc tellus sit ut sem, erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat congue aliquet, turpis proin at, ac et elit, erat ante felis lorem, ante. Eget pulvinar dolore aliquet sit ut tellus sit congue ullamcorper amet donec aliquet turpis dolore. Eget sed laoreet euismod ipsum massa molestie tempus ante mauris ac laoreet id sed laoreet. Molestie ipsum massa eget lorem nibh eget, erat et elit nisi diam nonummy donec, aliquet. Turpis nisi sem sit nisi et elit erat mi adipiscing aliquam proin adipiscing ac proin. At ac mi felis tempus mi adipiscing nibh elit erat mi id tempus massa mauris. Feugiat ut volutpat dolor tincidunt, euismod sit ut non sit ut, non pharetra congue euismod. Nisi proin elit sed mi id ipsum nunc tellus pharetra tincidunt euismod amet donec praesent. Adipiscing ac nibh id sed laoreet id tempus ante, mauris lorem et turpis aliquam proin. Elit erat laoreet id ipsum nunc tellus feugiat lobortis eget sed, laoreet eget ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum, massa volutpat dolor congue ullamcorper amet nisi, aliquet turpis, nisi sem, pharetra magna. Praesent adipiscing tempus ante mauris lorem, ullamcorper turpis, nisi aliquet pharetra congue ullamcorper amet dolore. Aliquet turpis nisi aliquet turpis nisi, diam nonummy donec mi felis tempus ante at lorem. Nibh, pulvinar nunc, molestie feugiat lobortis mauris feugiat lobortis volutpat pulvinar nunc tellus turpis ut. Non pharetra congue ullamcorper nonummy donec praesent adipiscing nisi proin nonummy donec, adipiscing tempus ante. At ac nibh eget sed mi felis erat praesent adipiscing aliquam sem consectetur magna sem. Consectetur magna diam nonummy donec, aliquet sed, congue ullamcorper, pulvinar nisi sem, turpis magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore, tellus turpis magna diam, pulvinar nunc tellus pharetra congue ullamcorper amet dolore aliquet turpis nisi sem at. Ac et felis erat mi turpis nisi aliquet consectetur magna diam consectetur praesent nonummy, tempus ante mauris lorem tincidunt. Tellus, turpis, nisi sem consectetur magna diam elit tempus mi felis tempus proin at magna et nonummy donec felis. Lorem lobortis non dolor tincidunt id ipsum massa tellus sit, lobortis volutpat feugiat lobortis euismod pulvinar massa molestie feugiat. Massa molestie feugiat tincidunt nonummy aliquam proin at ac et nonummy donec praesent adipiscing tempus proin mauris lorem et. Elit sed laoreet id tempus ante felis lorem nibh volutpat dolor aliquet turpis nisi tellus feugiat nibh eget lorem. Laoreet eget sed laoreet, molestie feugiat lobortis non amet dolore ullamcorper amet nisi tellus sit nisi sem pharetra magna. Non consectetur magna diam nonummy donec praesent, adipiscing ac proin consectetur, ac et elit, donec proin at ac et. Elit erat et, felis erat ante eget tempus mi felis lorem ante mauris sed laoreet euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra lobortis non, pharetra congue diam turpis nisi. Proin, consectetur ac nibh elit erat, mi id. Feugiat lobortis eget lorem, laoreet id pulvinar nunc. Tellus erat mi elit donec praesent adipiscing aliquam. Proin, at sed nibh eget sed massa molestie. Sit ut ullamcorper amet dolore praesent adipiscing aliquam. Nibh elit dolore aliquet sit ut, non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet consectetur magna et id pulvinar massa molestie, feugiat, lobortis adipiscing tempus ante at aliquam et at ac. Et felis tempus ante felis tempus nibh, volutpat sed tincidunt euismod pulvinar ut non consectetur donec mi felis ut. Non, pharetra dolore aliquet adipiscing aliquam proin at ac, et elit erat praesent adipiscing tempus proin, mauris lorem nibh. Elit erat mi felis, tempus ullamcorper amet dolore ullamcorper turpis dolore sem at, ac, et felis tempus ante, molestie. Feugiat lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus magna diam nonummy, dolore praesent adipiscing nisi aliquet dolor nunc. Tellus turpis, ut tellus sit, ut volutpat, pharetra congue euismod pulvinar nunc non sit congue ullamcorper pharetra massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nisi sem, consectetur lorem laoreet, euismod pulvinar nunc. Non pharetra congue, ullamcorper ipsum massa molestie dolor congue. Aliquet amet dolore, sem turpis nisi diam, consectetur donec. Praesent felis aliquam, proin consectetur magna, diam nonummy donec. Tellus pharetra magna diam elit donec praesent adipiscing, aliquam. Proin at, ac laoreet felis tempus mi felis tempus. Proin consectetur magna diam consectetur magna ullamcorper nonummy dolore. At lorem nibh id ipsum massa molestie tempus mi. Felis lorem ante at ac et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc, tellus sit ut tellus pharetra congue non pharetra dolore mi at lorem nibh eget. Sed tincidunt id pulvinar nunc elit erat mi mauris lorem lobortis volutpat dolor congue ullamcorper turpis. Nisi proin at ac et nonummy, erat mi, felis tempus ante mauris lorem felis ipsum massa. Molestie, sit ut non amet dolore aliquet turpis nisi sem pharetra, congue diam nonummy donec, praesent. Felis lorem nibh volutpat dolor tincidunt euismod, pulvinar laoreet euismod sit ut sem consectetur congue, ullamcorper. Pharetra dolore ullamcorper pulvinar dolore tellus sit nisi, non nonummy donec ullamcorper, pulvinar nunc euismod ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem lobortis volutpat pharetra congue ullamcorper, pulvinar dolore tellus feugiat ut, volutpat dolor lobortis sem consectetur magna praesent, felis aliquam, sem. Consectetur ac nibh id sed laoreet id ipsum massa volutpat sed laoreet euismod pulvinar massa turpis nisi non nonummy magna aliquet turpis dolore. Aliquet consectetur magna et nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam et at magna ullamcorper pharetra tincidunt, euismod ac, et elit erat. Mi, felis ipsum massa, molestie, lorem nibh eget sed laoreet id ipsum nunc non pharetra ut volutpat feugiat lobortis euismod lorem lobortis volutpat. Dolor tincidunt id ipsum massa, molestie dolor tincidunt ullamcorper pulvinar nunc tellus, sit ut sem consectetur congue non dolor tincidunt euismod, amet nunc. Volutpat pulvinar dolore, tellus sit ut sem consectetur magna ullamcorper pulvinar dolore aliquet sit ut, tellus, sit ut non, pharetra congue ullamcorper amet. Nunc tellus sit ut elit erat ante mauris feugiat ante eget, sed nunc tellus pulvinar ut tellus pharetra congue, diam nonummy donec proin. Mauris tincidunt id turpis aliquam proin at ac et elit erat mi felis tempus, proin mauris ac nibh eget ipsum, massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin molestie dolor tincidunt euismod amet nisi sem consectetur magna diam nonummy donec praesent adipiscing aliquam proin pharetra donec praesent adipiscing, nisi sem pharetra magna diam amet dolore praesent adipiscing. Aliquam et, eget erat mi felis donec mi adipiscing donec non pulvinar nunc euismod pulvinar ut tellus sit ut volutpat pharetra tincidunt ullamcorper turpis dolore aliquet turpis nisi sem consectetur. Congue ullamcorper amet dolore aliquet turpis nunc consectetur magna diam amet dolore aliquet turpis aliquam sem consectetur, congue non pharetra dolore ullamcorper amet nisi sem consectetur magna et elit magna. Diam aliquam proin mauris lorem tincidunt euismod sit nunc tellus sit congue, ullamcorper nonummy donec aliquet turpis, nisi aliquet turpis, ut sem consectetur congue euismod dolor nunc euismod pulvinar dolore. Aliquet turpis ut, sem pharetra magna ullamcorper amet dolore aliquet at ac et eget sed mi id ipsum, massa, molestie sit lobortis euismod nonummy ante mauris, pharetra dolore aliquet at. Sed tincidunt ullamcorper amet dolore sem consectetur magna et felis erat mi adipiscing tempus mi mauris, lorem nibh mauris sed laoreet id pulvinar massa id ipsum lobortis non pharetra congue. Euismod pulvinar nunc molestie feugiat lobortis, volutpat dolor tincidunt euismod pulvinar praesent at magna sem consectetur magna ullamcorper pharetra, congue ullamcorper, turpis nisi proin, at magna diam nonummy dolore aliquet. Amet nisi sem at magna sem consectetur donec mauris feugiat ut volutpat dolor tincidunt euismod amet dolore non sit ut non pharetra congue ullamcorper, pulvinar nunc euismod sit ut volutpat. Dolor lobortis euismod pulvinar nunc mauris lorem nibh eget ipsum, nunc tellus feugiat lobortis non dolor tincidunt ullamcorper, amet nisi aliquet consectetur ac mi felis erat, ante mauris, lorem nibh. Volutpat dolor proin at ac et elit sed mi id ipsum massa molestie lorem nibh eget, erat mi felis tempus ante mauris tempus nibh mauris lorem nibh, eget sed non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent adipiscing, aliquam sem ac et elit erat mi adipiscing, tempus nibh eget dolor laoreet id pulvinar ut non sit ut non pharetra tincidunt euismod pulvinar nunc molestie. Ipsum et elit erat, mi mauris tempus lobortis eget sed nibh eget sed laoreet, molestie sit ut ullamcorper pharetra tincidunt euismod pulvinar massa id feugiat massa amet donec praesent turpis. Aliquam proin at ac diam nonummy donec, praesent adipiscing, aliquam proin at ac proin elit, erat mi elit donec praesent amet dolore tellus magna diam consectetur donec diam amet, nisi. Sem at ac nibh id pulvinar nunc non pharetra donec praesent nonummy dolore aliquet turpis aliquam volutpat dolor tincidunt euismod feugiat massa mauris feugiat, nibh volutpat sed tincidunt euismod pulvinar. Nunc tellus pharetra, magna diam nonummy dolore aliquet amet nunc tellus feugiat lobortis nonummy donec praesent adipiscing, aliquam proin consectetur ac diam consectetur magna, diam nonummy dolore tellus sit ut. Tellus sit ut non amet donec praesent at nibh eget sed laoreet felis, tempus ante mauris lorem nibh eget sed nibh eget sed mi felis tempus ante mauris lorem proin. Consectetur ac diam elit erat felis lorem nibh eget sed mi, felis erat mi adipiscing aliquam proin at aliquam diam elit erat praesent, adipiscing aliquam, ante mauris, feugiat nibh eget. Sed massa feugiat lobortis non consectetur congue ullamcorper nonummy, donec praesent turpis magna, et elit donec praesent adipiscing tempus ante mauris ac et elit ac mi felis erat mi tempus. Ante mauris, lorem et elit, erat mi mauris, tempus, lobortis volutpat pharetra tincidunt ullamcorper sit ut sem pharetra congue non pharetra tincidunt euismod pulvinar dolore aliquet nisi sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam diam consectetur massa tellus, sit ut non pharetra congue euismod amet dolore tellus. Sit nisi diam nonummy donec mi adipiscing aliquam proin at lorem et elit erat id feugiat. Lobortis volutpat dolor tincidunt id, sed massa tellus sit lobortis volutpat dolor, tincidunt euismod dolor nunc. Tellus sit ut non sit ut ullamcorper aliquam praesent adipiscing aliquam, et eget sed laoreet, molestie. Sit ut non pharetra donec praesent felis lorem nibh volutpat dolor nunc tellus turpis ut non. Donec praesent, adipiscing aliquam praesent at aliquam sem turpis nisi volutpat pharetra congue ullamcorper amet, nunc. Tellus sit ut non consectetur congue diam amet donec at lorem nibh eget sed laoreet elit. Donec praesent adipiscing, aliquam et at ac, mi felis tempus massa molestie feugiat lobortis volutpat, dolor. Tincidunt euismod pulvinar tellus feugiat ut, ullamcorper amet dolore aliquet turpis nisi aliquet consectetur nisi non. Dolor congue ullamcorper pulvinar nunc, tellus sit ut non sit congue non feugiat lobortis eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet consectetur ac diam, nonummy dolore praesent. Felis tempus volutpat sed tincidunt, euismod pulvinar ut. Tellus sit ut non amet congue ullamcorper turpis. Dolore sem consectetur congue ullamcorper pharetra dolore, aliquet. Adipiscing, tempus proin sed, tincidunt sem consectetur magna. Sem, consectetur, magna ullamcorper, amet congue aliquet amet. Nunc tellus sit ut ullamcorper amet dolore aliquet. Pulvinar nisi, tellus magna diam consectetur donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi non sit donec mi adipiscing tempus lobortis volutpat pharetra tincidunt felis ac proin at ac mi felis erat, praesent adipiscing lorem ut ullamcorper, amet dolore tellus adipiscing. Ac et, eget ipsum nunc, tellus sit ut non donec praesent adipiscing tempus nibh mauris lorem et felis tempus ante, felis lorem ut ullamcorper pharetra, tincidunt ullamcorper turpis nisi. Sem consectetur, congue ullamcorper pharetra ante mauris tempus ante at ac et nonummy sem ut laoreet tellus mauris nonummy pharetra ipsum pulvinar, feugiat magna mi molestie consectetur, ac tempus. Massa mi id sit ut volutpat pharetra congue ullamcorper amet nunc euismod ipsum massa mauris, lorem nibh eget dolor tincidunt euismod ipsum, massa tellus feugiat lobortis, amet donec praesent. Adipiscing lorem ante eget sed laoreet, elit erat mi felis tempus proin at ac et eget sed mi felis ipsum ante, mauris feugiat lobortis pulvinar nunc aliquet sit ut. Non consectetur magna diam nonummy aliquam aliquet turpis nunc non pharetra congue diam nonummy feugiat ullamcorper, nonummy erat proin at aliquam et, elit, erat mi elit erat massa molestie. Feugiat tincidunt euismod dolor, laoreet id sed, mi id, tempus ante, at, laoreet euismod pulvinar massa molestie feugiat ut non pharetra tincidunt euismod dolor tincidunt euismod sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue, euismod pulvinar dolore sem consectetur nisi sem nonummy donec praesent felis tempus nibh eget sed laoreet elit, donec molestie, sit magna diam amet, dolore. Praesent at ac et eget, sed mi id ipsum lobortis volutpat dolor lobortis euismod dolor tincidunt tellus sit nisi elit erat mi id aliquam proin, at. Ac nibh eget sed laoreet molestie, feugiat lobortis molestie feugiat lobortis, euismod dolor laoreet id pulvinar massa tellus sit ut amet congue, ullamcorper turpis aliquam sem. At ac mi, elit donec mi felis lorem nibh elit erat mi id ipsum, massa mauris lorem eget sed laoreet id pulvinar massa molestie sit lobortis. Volutpat dolor tincidunt volutpat ipsum nunc tellus sit ut non dolor congue ullamcorper amet dolore sem consectetur magna eget ipsum laoreet tellus, sit ut volutpat dolor. Tincidunt euismod pulvinar massa tellus, feugiat, lobortis non pharetra congue, diam adipiscing aliquam ante consectetur ac nibh eget ipsum non pharetra magna ullamcorper nonummy, donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat mi felis, erat mi adipiscing ante eget sed, tincidunt euismod ipsum nunc non consectetur congue ullamcorper amet donec praesent adipiscing nisi proin elit erat. Mi id feugiat ut non nonummy praesent adipiscing aliquam ante eget lorem et elit sed laoreet, felis ipsum lobortis non pharetra congue euismod pulvinar nunc, aliquet. Turpis nisi sem pharetra tincidunt turpis nisi sem turpis nisi diam nonummy donec praesent nonummy aliquam proin at ac et elit sed massa molestie feugiat lobortis. Volutpat pharetra massa volutpat feugiat lobortis volutpat sed laoreet eget erat mi adipiscing donec praesent adipiscing ac proin consectetur ac et felis tempus ante mauris feugiat. Lobortis, volutpat dolor tellus sit, ut sem consectetur magna, diam nonummy, dolore praesent adipiscing ac et elit erat et nonummy aliquam proin, at feugiat nibh eget. Dolor nunc aliquet turpis diam nonummy donec diam nonummy donec aliquet adipiscing aliquam sem consectetur, ac, mi adipiscing aliquam ante molestie lorem lobortis eget dolore aliquet. Turpis ut sem pharetra congue euismod nonummy donec proin adipiscing aliquam diam elit donec mi felis, aliquam praesent adipiscing ac et, eget, erat laoreet felis nisi. Sem elit erat mi mauris tempus ante mauris lorem nibh eget sed mi adipiscing aliquam praesent adipiscing ac proin consectetur ac et elit erat, mi mauris. Nibh, eget dolor tincidunt aliquet turpis nisi sem pharetra congue diam nonummy dolore aliquet amet ut non at ac mi felis tempus massa felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nunc tellus pharetra congue ullamcorper amet nunc tellus sit nisi eget sed laoreet molestie sit nisi ullamcorper. Nonummy erat mi mauris lorem lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus pharetra congue diam amet dolore. Adipiscing aliquam et eget ipsum massa, id ipsum ante mauris lorem ante mauris ac et nonummy, donec mi. Mauris lorem nibh eget dolor tincidunt euismod nunc tellus sit ut ullamcorper amet congue aliquet amet nisi sem. Consectetur magna, diam elit donec diam adipiscing aliquam proin at ac proin ipsum, massa id ipsum lobortis non. Pharetra congue aliquet turpis nisi sem consectetur nisi diam nonummy donec praesent adipiscing aliquam proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante molestie dolor tincidunt aliquet turpis dolore sem consectetur magna diam nonummy erat, praesent adipiscing aliquam proin sed tincidunt tellus, sit nunc, non pharetra ut non pharetra congue. Ullamcorper amet aliquam, et elit erat mi, felis tempus ante mauris lorem, lobortis pulvinar nunc euismod pulvinar nunc, tellus sit ut ullamcorper amet dolore aliquet amet dolore aliquet sit. Ut sem amet, dolore praesent adipiscing nisi aliquet turpis ut sem ut euismod, pulvinar tincidunt euismod pulvinar massa molestie, feugiat ut non amet donec praesent turpis dolore aliquet sit. Magna diam nonummy erat praesent aliquam proin consectetur nisi sem consectetur magna ullamcorper nonummy donec, proin adipiscing ac proin consectetur ac et felis tempus, ante, adipiscing aliquam proin at. Ac, et nonummy massa molestie feugiat lobortis volutpat, dolor laoreet id sed mi, felis ipsum lobortis volutpat feugiat tincidunt euismod pulvinar nunc tellus sit lobortis non dolor tincidunt ullamcorper. Nonummy nibh eget lorem nibh id pulvinar ut non sit congue ullamcorper pharetra congue euismod pulvinar nunc sem consectetur ac et pulvinar nunc tellus pharetra magna diam nonummy dolore. Aliquet adipiscing lorem et elit erat mi adipiscing aliquam proin at aliquam proin consectetur ac et elit erat mi dolor tincidunt euismod pulvinar nunc tellus sit massa molestie ipsum. Nibh eget sed laoreet id amet dolore aliquet turpis nisi non pharetra tincidunt ullamcorper amet dolore aliquet ac et eget sed, laoreet mauris, feugiat lobortis non dolor tincidunt euismod. Ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt euismod amet, nunc, aliquet consectetur magna et erat ante molestie lorem nibh eget lorem proin elit ac et nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et felis ipsum massa volutpat dolor magna praesent. Felis tempus lobortis, volutpat pharetra laoreet id, ipsum, massa. Molestie magna et felis tempus ante mauris lorem nibh. Eget, dolor laoreet id tempus nunc tellus sit ut. Ullamcorper amet dolore praesent, at ac nibh eget lorem. Lobortis, volutpat pulvinar dolore, aliquet sit, ut non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget, tempus mi molestie sit ut non dolore praesent, amet nisi proin consectetur ac, et elit. Erat mi mauris tempus nibh eget sed tincidunt id pulvinar nunc tellus, sit lobortis volutpat dolor praesent. At aliquam nibh eget sed laoreet felis tempus ante molestie dolor tincidunt euismod pulvinar tincidunt euismod sit. Ut non, pharetra, congue ullamcorper amet, nunc massa tellus sit congue diam nonummy dolore praesent turpis nisi. Sem consectetur magna non nonummy magna diam adipiscing, tempus ante at nisi non consectetur praesent adipiscing, aliquam. Praesent turpis nisi non pharetra magna diam amet donec, aliquet, turpis nisi proin mauris erat et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget sed laoreet, eget sed massa tellus sit ut ullamcorper, pharetra congue ullamcorper turpis nisi sem at ac et elit erat molestie sit. Magna praesent nonummy, donec proin at lorem et, eget erat mi felis erat mi at lorem et elit erat et elit erat mi tempus. Nibh eget sed nibh euismod pulvinar ut non pharetra lobortis ullamcorper amet dolore, aliquet amet nisi proin consectetur magna sem consectetur magna ullamcorper turpis. Proin at ac nibh eget sed massa molestie feugiat ut non pharetra congue praesent adipiscing ac et elit erat et felis erat mi mauris. Lobortis volutpat pulvinar, nunc tellus sit nisi sem nonummy donec diam nonummy donec praesent, adipiscing aliquam, proin turpis nisi diam amet dolore aliquet turpis. Nisi, sem magna diam nonummy donec praesent felis aliquam proin adipiscing ac et eget sed, massa id ipsum massa molestie lorem nibh elit, erat. Et felis ipsum massa volutpat congue diam nonummy donec praesent at ac proin elit erat laoreet id, tempus lobortis, molestie dolor, tincidunt euismod turpis. Aliquam eget sed laoreet id tempus massa, mauris lorem lobortis volutpat dolor nunc tellus, pulvinar nunc non, pharetra congue ullamcorper amet dolore aliquet adipiscing. Nisi sem turpis ut, pharetra magna diam nonummy donec proin, consectetur magna non pharetra magna praesent, adipiscing tempus ante mauris ac proin, at ac. Diam elit tempus ante molestie feugiat lobortis dolor tincidunt, id ipsum nunc non pharetra magna diam nonummy donec aliquet turpis nisi sem pharetra, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore sem consectetur magna et nonummy donec praesent adipiscing aliquam proin at ac et eget ipsum massa molestie feugiat, et felis erat, mi felis. Lorem et eget dolor tincidunt euismod sit nunc tellus sit, congue ullamcorper nonummy donec proin at ac et amet, dolore aliquet pharetra ut, non amet. Donec aliquet amet nisi sem consectetur magna diam consectetur donec praesent nonummy donec aliquet at ac nibh id ipsum massa feugiat massa mauris lorem lobortis. Volutpat dolor laoreet id ipsum ante mauris lorem lobortis volutpat pulvinar dolore praesent at, aliquam, et nonummy donec praesent donec aliquet turpis dolore aliquet turpis. Ut non pharetra dolore aliquet turpis nisi sem consectetur magna diam nonummy, magna praesent adipiscing aliquam ante mauris lorem, nibh erat mi id ipsum ante. Mauris lorem lobortis euismod dolor tincidunt euismod pulvinar nunc tellus dolor tincidunt, ullamcorper nonummy dolore praesent at, lorem nibh eget ipsum nunc sit lobortis volutpat. Dolor congue ullamcorper pulvinar tincidunt euismod pulvinar ut non consectetur magna diam nonummy aliquam aliquet turpis nunc pharetra congue ullamcorper pharetra tincidunt ullamcorper amet, dolore. Aliquet consectetur ac diam nonummy, donec praesent felis tempus ante mauris lorem nibh id sed ante mauris, feugiat lobortis pharetra dolore aliquet turpis dolore aliquet. Pharetra magna diam elit erat, ante felis aliquam proin, at magna et felis erat praesent nonummy aliquam proin mauris lorem nibh amet nunc tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, ante mauris lorem nibh eget nisi proin at ac et eget sed laoreet molestie feugiat. Nibh volutpat dolor, laoreet eget sed laoreet id feugiat, ut, non amet congue aliquet adipiscing nibh. Mauris, lorem nibh elit sed massa molestie feugiat lobortis volutpat, sed tincidunt ullamcorper turpis nisi sem. Consectetur magna diam amet dolore aliquet amet nisi, mauris lorem nibh elit erat mi adipiscing aliquam. Proin mauris lorem nibh, id ipsum massa, molestie sit lobortis volutpat pharetra congue ullamcorper amet nunc. Ullamcorper turpis aliquam sem turpis nisi sem nonummy donec mi felis, aliquam proin adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, massa volutpat feugiat tincidunt euismod amet, dolore aliquet consectetur magna et nonummy donec diam adipiscing aliquam proin. Mauris lorem nibh, elit sed laoreet, id ac mi felis tempus ante mauris tempus proin eget sed tincidunt. Id pulvinar nunc non consectetur magna diam adipiscing aliquam proin adipiscing, aliquam, proin elit nisi sem consectetur nisi. Et felis tempus ante mauris tempus tincidunt volutpat sed tincidunt euismod ipsum massa id feugiat lobortis non dolor. Tincidunt ullamcorper amet nisi volutpat sed tincidunt molestie feugiat massa mauris tempus ante mauris ac et eget sed. Laoreet mauris tempus proin at ac proin at magna et feugiat massa mauris ac nibh, elit sed mi. Felis tempus ante mauris, lorem ante volutpat sed laoreet id, ipsum nunc tellus sit ut volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac et felis pulvinar massa volutpat dolor tincidunt euismod pulvinar aliquam, nibh. Eget sed praesent adipiscing aliquam sem consectetur ac et felis erat, mi adipiscing. Tempus nibh eget ac diam nonummy donec praesent adipiscing aliquam proin adipiscing ac. Id ipsum massa molestie ipsum massa mauris lorem lobortis eget erat et felis. Tempus ante, felis lorem nibh mauris sed nibh eget erat praesent adipiscing aliquam. Eget sed laoreet eget, sed laoreet molestie ipsum massa mauris feugiat lobortis eget. Dolor tincidunt tellus sit magna, sem consectetur magna diam amet dolore mauris lorem. Nibh, id, ipsum nunc tellus sit ut non dolor tincidunt ullamcorper turpis, nisi. Sem consectetur ac et felis tempus ante mauris aliquam proin at aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa molestie sit ut, ullamcorper nonummy donec, mi felis lorem nibh adipiscing aliquam proin at lorem et eget ipsum nunc non consectetur congue ullamcorper amet dolore. Aliquet amet, nunc aliquet sit ut sem pharetra congue ullamcorper pulvinar proin eget sed laoreet euismod sit ut sem consectetur, donec praesent felis, aliquam, ante mauris lorem et. Elit ac diam nonummy donec praesent felis aliquam at lorem tincidunt id, pulvinar nunc tellus sit lobortis volutpat, dolor, tincidunt ullamcorper amet nisi proin consectetur ac et elit. Erat ante mauris lobortis, volutpat dolor, tincidunt euismod pulvinar massa, molestie feugiat nibh volutpat pharetra congue ullamcorper amet nunc tellus feugiat lobortis volutpat, dolor congue, ullamcorper amet dolore. Sem consectetur mi felis tempus mi mauris lorem nibh eget sed laoreet, euismod, ipsum ut non consectetur ac et elit tempus ante mauris feugiat lobortis volutpat pulvinar nunc. Tellus magna diam nonummy donec praesent adipiscing tempus ante at ac et at ac diam elit erat mi turpis ac et pulvinar nisi proin at magna diam elit. Erat massa mauris, sit congue ullamcorper, amet dolore aliquet amet dolore aliquet pharetra congue ullamcorper, amet dolore ullamcorper amet dolore mauris sed laoreet id ipsum massa, molestie sit. Congue, diam adipiscing tempus massa mauris, sed nibh elit erat mi felis tempus praesent, felis tempus, ante eget dolore aliquet consectetur, magna sem consectetur magna, diam adipiscing aliquam. Proin at nisi sem consectetur congue non pharetra tincidunt euismod pulvinar, nunc tellus feugiat massa molestie feugiat euismod pulvinar nunc tellus sit ut sem consectetur congue diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie, feugiat lobortis volutpat pulvinar dolore. Aliquet consectetur nisi diam nonummy, donec praesent adipiscing. Aliquam ante eget lorem tincidunt id, pulvinar nunc. Eget, ipsum nunc tellus turpis nisi, non, consectetur. Magna aliquet adipiscing tempus ante, at, ac laoreet. Id pulvinar nunc tellus sit ut ullamcorper pharetra. Ante molestie dolor congue, ullamcorper turpis dolore aliquet. Consectetur magna diam nonummy erat mi felis aliquam. Proin at ac diam consectetur magna ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet pharetra congue diam, nonummy erat praesent adipiscing tempus nibh eget sed nibh felis tempus massa, nonummy magna ullamcorper nonummy. Aliquam proin at aliquam proin consectetur congue, ullamcorper amet congue ullamcorper amet dolore, aliquet consectetur ac et elit erat mauris. Feugiat lobortis volutpat, pharetra tincidunt euismod ipsum massa, id aliquam ante, mauris lorem et, elit erat mi felis erat ante. Mauris lorem nibh eget dolor laoreet pulvinar, ut non nonummy erat mi felis tempus proin mauris lorem et eget erat. Laoreet felis tempus ante, felis lorem nibh volutpat sed nibh volutpat sed, laoreet eget erat laoreet, adipiscing aliquam proin at. Ac nibh id ipsum massa tellus turpis ut non dolor tincidunt volutpat sed laoreet id tempus molestie feugiat lobortis non. Pharetra, congue aliquet turpis nisi non pharetra, lobortis molestie feugiat lobortis volutpat sed laoreet molestie ipsum ante, molestie, feugiat, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non consectetur magna diam felis, aliquam, ante molestie feugiat tincidunt euismod. Pulvinar nunc tellus ac et felis ipsum nunc tellus dolor lobortis eget sed. Laoreet euismod sit ut tellus pharetra congue ullamcorper amet dolore aliquet turpis nisi. Proin ac mi, felis ipsum massa molestie tempus ante eget lorem tincidunt euismod. Sit nisi nibh eget sed, mi id ipsum ante at ac nibh eget. Dolor tincidunt sit ut non pharetra magna diam nonummy donec, aliquet adipiscing magna. Et eget ipsum massa, id ipsum massa molestie, feugiat lobortis eget sed tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi felis tempus, proin eget sed laoreet, euismod pulvinar, nunc non pharetra congue nonummy aliquam praesent adipiscing aliquam et elit erat. Et elit erat massa mauris lorem nibh euismod pulvinar nunc aliquet turpis aliquam proin at erat praesent, sit congue diam amet, dolore, aliquet. Adipiscing aliquam proin consectetur magna diam nonummy erat praesent adipiscing donec aliquet sit nisi sem pharetra congue diam, amet donec mauris dolor tincidunt. Ullamcorper turpis nisi proin at ac et elit tempus massa tellus lorem lobortis eget sed laoreet id pulvinar nunc tellus ut volutpat dolor. Laoreet id pulvinar nunc, tellus sit ut sem consectetur magna ullamcorper turpis tempus nibh mauris lorem nibh eget sed laoreet felis tempus ante. Mauris laoreet, id pulvinar dolore aliquet turpis nisi sem, pharetra dolore ullamcorper turpis nisi sem consectetur magna diam consectetur magna ullamcorper pulvinar donec. Aliquet sit ut, sem consectetur diam nonummy erat ante, at ac nibh eget sed mi, felis erat mi, mauris sit tincidunt volutpat, dolor. Tincidunt euismod nunc non consectetur ac et amet dolore praesent adipiscing aliquam proin consectetur, magna diam nonummy donec praesent, adipiscing aliquam proin at. Ac et elit erat mi felis lobortis non amet congue ullamcorper, amet dolore tellus feugiat ut non feugiat lobortis, volutpat sed laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis lorem nibh eget sed. Tincidunt eget, sed laoreet, id ipsum massa. Molestie ipsum lobortis volutpat dolor tincidunt mauris. Feugiat tincidunt ullamcorper pulvinar tincidunt euismod, ipsum. Massa, tellus sit ut non pharetra dolore. Aliquet, adipiscing nisi, proin elit sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis magna et nonummy donec mi adipiscing aliquam proin mauris lorem nibh elit, erat mi felis ipsum lobortis felis tempus ante molestie feugiat lobortis, euismod pulvinar tincidunt euismod pulvinar. Massa molestie feugiat lobortis eget lorem nibh id sit nunc non sit congue molestie feugiat massa molestie dolor tincidunt euismod pulvinar nunc tellus turpis nisi, sem nonummy magna diam, nonummy. Donec praesent at aliquam proin at erat praesent felis ipsum non elit erat ante adipiscing tempus ante consectetur magna, et elit erat mi mauris lorem nibh eget lorem, laoreet euismod. Sit nisi sem turpis nisi sem consectetur magna, diam elit erat mi felis tempus nibh eget, sed, laoreet id ipsum massa molestie feugiat, lobortis volutpat dolor congue euismod pulvinar laoreet. Pharetra ac et felis tempus massa molestie dolor tincidunt euismod pulvinar nunc tellus pulvinar ut non pharetra congue, diam amet donec aliquet turpis nisi sem consectetur, ac felis turpis ut. Sem nonummy dolore, praesent turpis nisi sem turpis nisi diam consectetur magna ullamcorper pharetra nunc tellus turpis et eget sed laoreet id feugiat lobortis molestie, lorem et elit erat et. Elit erat praesent nonummy dolore tellus sit ut non pharetra congue, ullamcorper amet donec molestie dolor tincidunt ullamcorper amet dolore aliquet consectetur nisi sem nonummy magna praesent adipiscing, nisi proin. Consectetur ac nibh, eget ipsum massa molestie feugiat lobortis volutpat sed aliquet adipiscing aliquam sem consectetur nisi diam nonummy donec aliquet turpis nisi sem at magna diam nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget pulvinar dolore sem, consectetur magna diam nonummy donec mi felis lorem nibh mauris ac. Tellus turpis ut, tellus sit congue ullamcorper pharetra congue aliquet turpis nisi sem, consectetur ac, mi id. Ipsum massa, molestie dolor tincidunt ullamcorper nonummy sem consectetur, magna et elit erat, mi adipiscing tempus ante. Eget dolor tincidunt euismod, pulvinar nunc aliquet sit, ut non consectetur magna aliquet turpis nisi sem lorem. Nibh eget sed laoreet id lorem lobortis, non amet congue ullamcorper amet dolore sem turpis ut sem. Nonummy donec aliquet turpis nisi sem, amet tempus nibh mauris lorem diam nonummy donec diam amet dolore. Praesent adipiscing ac, et, elit erat et elit donec praesent adipiscing tempus nibh mauris ac id ipsum. Massa mauris tempus ante at lorem nibh elit erat praesent nonummy donec, proin adipiscing ac et eget. Sed tincidunt euismod pulvinar ut sem nonummy, magna nonummy donec proin adipiscing aliquam proin nonummy donec, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac proin elit ac et erat mi molestie lorem nibh volutpat dolor laoreet id ipsum, nunc tellus sit congue ullamcorper amet dolore praesent, at lorem nibh eget erat et. Erat, ante molestie feugiat tincidunt volutpat dolor, tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat, dolor tincidunt euismod amet ut sem, consectetur magna ullamcorper, amet mi felis aliquam proin mauris. Ac et elit donec praesent, nonummy dolore aliquet sit ut non pharetra congue ullamcorper pharetra tincidunt euismod amet aliquam turpis magna diam amet congue, ullamcorper amet nunc aliquet turpis nisi. Sem nonummy magna praesent felis tempus ante mauris ac et elit erat mi felis, tempus mauris ac et eget sed tincidunt euismod sit nisi sem pharetra, congue ullamcorper amet dolore. Praesent at ac nibh eget erat mi molestie ipsum massa mauris ac eget sed tincidunt euismod pulvinar lobortis volutpat dolor tincidunt volutpat pulvinar nunc aliquet turpis ut sem, consectetur donec. Praesent felis, ipsum lobortis volutpat dolor mi mauris feugiat, nibh volutpat dolor tincidunt tellus sit nunc tellus pharetra magna, praesent adipiscing aliquam praesent sit ut sem consectetur magna diam elit. Donec proin mauris lobortis volutpat pulvinar dolore tellus sit ut tellus feugiat tincidunt ullamcorper pulvinar nunc euismod, pulvinar ut, sem consectetur magna diam amet dolore aliquet amet dolore tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar, nunc tellus sit nisi sem. Consectetur magna diam aliquam proin at, aliquam. Nibh, id sed laoreet id feugiat massa. Volutpat dolor lobortis euismod pulvinar nunc euismod. Pulvinar nunc non pharetra congue ullamcorper amet. Dolore sit ut proin elit ac, nunc. Tellus sit ut, non pharetra congue ullamcorper. Amet dolore sem consectetur nisi diam consectetur. Donec diam amet donec praesent sed nibh. Eget sed massa id tempus massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, nunc tellus turpis nisi, diam nonummy. Donec, felis lorem lobortis volutpat dolor tincidunt. Aliquet turpis aliquam sem consectetur magna diam. Elit erat praesent, adipiscing aliquam proin elit. Erat laoreet, id pulvinar, nunc feugiat, lobortis. Volutpat, pulvinar nunc aliquet adipiscing aliquam proin. Elit erat et felis erat, praesent at. Lorem, lobortis, volutpat dolor tincidunt euismod ipsum. Ut consectetur magna praesent nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna, diam nonummy aliquam proin at lorem et. Eget dolor euismod, pulvinar massa volutpat pharetra, magna praesent. Felis tempus proin, at ac nibh elit, sed, massa. Tellus sit ut volutpat dolor tincidunt euismod pulvinar nunc. Aliquet magna diam elit tempus ante felis tempus nibh. Eget sed nibh eget sed mi felis tempus massa. Mauris lorem, nibh elit ac, et elit ante, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam nonummy erat mi felis lorem ut non dolor, congue euismod pulvinar dolore sem congue non amet dolore aliquet turpis nisi sem mauris sed mi felis tempus. Ante molestie lorem nibh eget sed nibh id, pulvinar ut tellus sit congue amet donec praesent felis tempus, et elit ac mi felis ipsum ante mauris tempus proin. At ac et elit sed massa, id ipsum, lobortis volutpat dolore aliquet amet dolore tellus turpis nisi sem pharetra congue ullamcorper amet dolore aliquet turpis nisi sem consectetur. Donec praesent felis tempus ante feugiat, tincidunt id, ipsum nunc molestie feugiat ut non dolor tincidunt ullamcorper pulvinar nunc tellus sit ut, tellus sit ut volutpat dolor congue. Euismod sit nunc tellus congue non amet dolore aliquet turpis nisi sem turpis nisi sem consectetur magna diam adipiscing aliquam ante at sed tincidunt id pulvinar massa tellus. Sit lobortis non dolore, praesent adipiscing ac et elit erat laoreet elit erat praesent adipiscing aliquam proin mauris lorem nibh eget sed laoreet id feugiat massa tellus sit. Lobortis non, amet dolore praesent felis tempus proin at, ac et nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam sem pharetra congue ullamcorper amet donec mauris ac lobortis. Volutpat dolor laoreet euismod ipsum lobortis volutpat pharetra congue euismod pulvinar nunc tellus sit ut, non pharetra magna diam amet dolore ullamcorper pulvinar nunc eget sed laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue ullamcorper, amet dolore aliquet turpis laoreet euismod pulvinar ut proin, elit erat et elit. Tempus ante molestie dolor tincidunt, euismod amet dolore, tellus sit ut molestie lorem lobortis, volutpat lorem. Aliquet adipiscing aliquam sem, consectetur erat mi felis ipsum massa molestie feugiat lobortis elit ac et. Consectetur donec mi adipiscing tempus ante mauris, lorem nibh pulvinar ut sem consectetur magna diam amet. Dolore aliquet turpis nisi aliquet turpis nisi diam amet dolore, ullamcorper turpis nisi sem consectetur magna. Id pulvinar nunc non sit ut ullamcorper nonummy, dolore aliquet amet nisi sem consectetur ac et. Elit tempus, ante felis tempus ante, at lorem laoreet id pulvinar non eget erat mi felis. Tempus massa molestie pharetra tincidunt ullamcorper turpis nisi sem consectetur magna diam consectetur magna aliquet amet. Dolore aliquet turpis, magna sem consectetur mi id feugiat lobortis non pharetra congue ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor tincidunt euismod nunc aliquet turpis ut non pharetra. Magna diam nonummy aliquam proin at ac et elit erat. Et, felis ipsum lobortis, non pharetra donec aliquet turpis nibh. Volutpat, dolor tincidunt id tempus massa molestie feugiat lobortis volutpat. Dolor dolore ullamcorper turpis nisi sem pharetra ut volutpat dolor. Tincidunt ullamcorper pulvinar aliquet at magna sem nonummy donec ullamcorper. Nonummy aliquam proin adipiscing aliquam proin nonummy donec mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ullamcorper turpis aliquam proin at magna diam nonummy donec mi molestie lorem nibh eget sed tincidunt euismod pulvinar massa tellus sit congue non pharetra tincidunt non dolor. Congue ullamcorper, amet nisi proin at ac et elit, erat ante mauris tempus nibh volutpat dolor congue, ullamcorper amet ut tellus ipsum, lobortis elit, donec praesent adipiscing aliquam. Ante mauris ac et felis ipsum massa, molestie feugiat nibh eget, sed laoreet eget ipsum massa id ipsum massa molestie lorem ullamcorper pulvinar nunc aliquet turpis ut non. Pharetra congue ullamcorper pulvinar nunc aliquet adipiscing magna diam nonummy donec diam adipiscing donec praesent adipiscing aliquam proin, at lorem et elit ac diam consectetur congue ullamcorper nonummy. Donec proin consectetur magna, et nonummy donec praesent adipiscing aliquam proin at ac et elit erat tellus turpis ac diam, elit tempus mi mauris lorem nibh mauris lorem. Laoreet euismod sit nisi sem, pharetra magna diam nonummy donec praesent adipiscing aliquam et pulvinar nisi sem eget dolor nunc tellus sit nisi non consectetur congue non amet. Dolore proin at, ac et elit laoreet molestie, turpis magna ullamcorper elit donec praesent, felis, aliquam sem consectetur ac et elit erat ante mauris lorem, nibh eget lorem. Laoreet euismod pulvinar massa, id congue non pharetra congue volutpat dolor mi felis, ipsum massa molestie feugiat lobortis, eget dolor tincidunt id sed nunc molestie feugiat lobortis ullamcorper. Nonummy, aliquam ante mauris, lobortis euismod amet nunc tellus turpis nisi, sem consectetur magna ullamcorper amet dolore aliquet, turpis ut non consectetur magna diam amet dolore praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis magna diam nonummy donec praesent nonummy. Tempus, nibh eget tincidunt tellus pulvinar massa molestie, feugiat. Ut ullamcorper pharetra dolore praesent adipiscing, aliquam et elit. Sed laoreet id tempus ante felis tempus ante mauris. Sed praesent adipiscing aliquam proin elit donec praesent adipiscing. Donec proin at ac proin at erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc euismod sit ut diam nonummy magna praesent felis tempus proin, mauris lorem nibh. Volutpat, pulvinar dolore aliquet turpis magna diam tempus ante felis lorem ante mauris sed laoreet euismod pulvinar. Ut non consectetur magna ullamcorper nonummy donec proin at ac, et elit erat, mi felis magna sem. Nonummy erat mi adipiscing aliquam praesent adipiscing nisi proin elit donec praesent felis tempus ante mauris, feugiat. Tincidunt euismod dolor tincidunt euismod sit ut non erat mi mauris, feugiat ut ullamcorper pharetra dolore aliquet. Sit ut non consectetur magna ullamcorper nonummy, donec praesent turpis dolore tellus feugiat massa consectetur donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi diam elit sed massa id ipsum, massa molestie dolor laoreet amet dolore sem turpis. Magna diam consectetur magna diam nonummy aliquam proin consectetur magna diam nonummy magna ullamcorper amet congue. Aliquet adipiscing aliquam proin at ac proin elit erat laoreet id, ipsum massa volutpat, dolor congue. Euismod amet, dolore praesent adipiscing aliquam diam elit erat mi felis tempus proin at, ac elit. Ac mi felis erat mi mauris feugiat, lobortis volutpat pulvinar nunc euismod, sit nisi diam, consectetur. Donec mi felis tempus proin adipiscing nibh elit erat et felis erat ante felis tempus, proin. At ac et elit erat ante molestie sit congue ullamcorper, pharetra donec praesent adipiscing aliquam et. Elit massa, molestie sit nisi, sem nonummy magna ullamcorper amet dolore aliquet turpis nisi sem consectetur. Donec mi felis tempus proin adipiscing nisi sem consectetur, magna ullamcorper nonummy massa molestie lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, pulvinar ut diam nonummy erat mi adipiscing tempus nibh felis tempus ante at lorem nibh eget sed massa, molestie feugiat magna sem. Nonummy magna praesent felis aliquam proin consectetur magna et, nonummy erat, praesent feugiat ut non pharetra tincidunt ullamcorper turpis nisi sem consectetur magna. Et elit erat mi felis tempus ante mauris lorem et, elit donec mi felis nibh non dolor congue ullamcorper amet nisi, sem consectetur. Ac mi elit erat mi felis lorem nibh eget sed nibh euismod, ipsum nunc tellus magna diam nonummy dolore, aliquet adipiscing, nisi, proin. At, ac mi id ipsum, massa molestie feugiat lobortis volutpat pulvinar nunc tellus sit nunc, tellus pharetra ut felis ipsum massa molestie dolor. Congue ullamcorper amet nisi sem at, ac mi, felis erat praesent felis aliquam sem at ac et nonummy donec praesent felis tempus eget. Dolor tincidunt euismod pulvinar nunc molestie feugiat massa volutpat feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa molestie lorem nibh eget dolor tincidunt. Turpis ac et elit erat mi felis tempus ante mauris lorem lobortis, volutpat dolor tincidunt tellus pulvinar ut tellus feugiat lobortis euismod dolor. Tincidunt, id sit ut pharetra congue ullamcorper pharetra congue ullamcorper amet ac et elit sed laoreet euismod sit ut non diam nonummy dolore. Praesent at lorem laoreet eget ipsum massa molestie non, amet dolore aliquet turpis aliquam proin, elit sed mi, id, tempus massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper nonummy aliquam ante at ac et at ac et amet dolore mi felis, tempus ante, eget. Dolor tincidunt euismod, ipsum et elit ipsum nunc tellus sit congue ullamcorper amet dolore, praesent, turpis nisi aliquet. Turpis nisi non dolor, tincidunt volutpat dolor, tincidunt euismod nisi diam elit erat praesent felis aliquam proin at. Ac et elit erat laoreet id ipsum massa molestie lorem nibh volutpat dolor tincidunt euismod pulvinar nunc molestie. Ut ullamcorper nonummy dolore tellus sit ut, non pharetra magna diam amet dolore, ullamcorper amet nunc tellus turpis. Nisi sem pharetra magna ullamcorper amet sem at, lorem nibh id sed, laoreet molestie, ipsum lobortis, non pharetra. Tincidunt ullamcorper amet, nisi sem turpis nisi sem consectetur magna diam turpis, nisi sem ac diam elit donec. Laoreet id tempus nibh volutpat pharetra tincidunt euismod ipsum nunc tellus feugiat ut diam elit, erat mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis magna, sem elit sed laoreet felis tempus ante. Molestie pharetra tincidunt euismod pulvinar massa, molestie sit non pharetra congue. Euismod amet dolore aliquet sit nunc molestie sit lobortis non, pharetra. Dolore aliquet amet dolore non consectetur magna ullamcorper amet, mi mauris. Dolor lobortis euismod pulvinar dolore tellus, sit magna sem consectetur magna. Diam nonummy donec praesent adipiscing aliquam et at erat mi elit. Erat praesent felis et eget sed laoreet euismod ipsum ante felis. Tempus nibh eget dolor laoreet euismod ipsum massa id ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie sit magna, diam elit erat. Mi felis, aliquam proin mauris lorem nibh, eget. Sed laoreet id tempus ullamcorper nonummy dolore aliquet. Amet dolore aliquet, consectetur magna et nonummy erat. Praesent felis tempus proin, consectetur nisi sem nonummy. Donec, diam adipiscing aliquam adipiscing lorem laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent adipiscing tempus lobortis volutpat amet dolore sem consectetur lorem laoreet eget nunc tellus, sit ut volutpat pharetra dolore aliquet adipiscing, ac, et eget sed massa. Id ipsum massa molestie dolor tincidunt euismod amet dolore aliquet turpis diam elit sed, laoreet molestie sit ut non dolor tincidunt euismod, pulvinar dolore, aliquet turpis ut. Sem nonummy erat mi adipiscing aliquam sem consectetur ac et, ipsum massa molestie feugiat ut volutpat sed laoreet id pulvinar nunc tellus sit nisi, non pharetra tincidunt. Euismod, pulvinar nunc euismod sit ut sit congue ullamcorper amet dolore aliquet turpis aliquam, sem at magna diam nonummy dolore ullamcorper turpis aliquam proin at erat et. Felis tempus ante, felis tempus proin ac, laoreet id, ipsum laoreet id feugiat massa volutpat dolor laoreet eget sed laoreet felis erat, ante mauris feugiat, lobortis eget. Dolor laoreet euismod pulvinar massa molestie ut non pharetra tincidunt euismod ipsum massa id feugiat massa volutpat, dolor congue euismod turpis aliquam proin at ac et ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non amet nunc, proin at ac et elit erat et elit lobortis non dolor tincidunt, euismod amet. Nisi sem consectetur ac et nonummy magna ullamcorper nonummy donec, proin at aliquam sem, at ac et elit. Aliquam mauris ac et volutpat sed, tincidunt euismod pulvinar massa non, pharetra congue praesent adipiscing lorem nibh volutpat. Pharetra congue aliquet sit ut non sit ut pharetra dolore, aliquet amet dolore sem consectetur nisi, volutpat pharetra. Magna, praesent adipiscing donec praesent at sed, laoreet id pulvinar nunc non consectetur diam amet dolore ullamcorper amet. Dolore aliquet turpis nisi diam consectetur congue ullamcorper amet dolore tellus sit ut non pharetra magna ullamcorper amet. Congue ullamcorper amet dolore consectetur erat laoreet id feugiat massa molestie lorem mauris amet donec aliquet turpis nisi. Proin elit sed mi felis aliquam proin adipiscing ac et consectetur magna diam erat mi, felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit, nisi sem consectetur, donec praesent adipiscing aliquam adipiscing ac et at magna diam elit. Tempus mi mauris lorem lobortis volutpat amet donec proin mauris sed laoreet eget sed mi, id. Ipsum massa dolor tincidunt euismod pulvinar dolore aliquet turpis, magna diam nonummy erat mi felis aliquam. Proin at ac diam consectetur magna diam amet, dolore aliquet amet sem consectetur ac, diam nonummy. Donec praesent adipiscing aliquam sem sit nisi sem, pharetra, magna diam, amet nunc aliquet turpis, nisi. Sem nonummy mi adipiscing donec praesent at, ac et elit erat mi nonummy donec praesent turpis. Nisi sem turpis ac et nonummy, donec praesent nonummy donec praesent turpis nisi consectetur ac diam. Nonummy dolore, praesent adipiscing ac, proin eget, erat laoreet euismod pulvinar nunc tellus dolor lobortis volutpat. Sed, nibh eget erat mi, id feugiat massa id ipsum massa, volutpat feugiat lobortis volutpat pulvinar. Nunc tellus sit ut non pharetra, congue euismod pulvinar nunc euismod pulvinar nunc, molestie congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, ac nibh, eget pulvinar nunc proin at ac. Et elit tempus felis tempus ante eget lorem nibh. Elit, sed massa, tellus, pharetra congue non amet donec. Praesent adipiscing aliquam proin at magna diam, nonummy donec. Praesent aliquam ante consectetur magna, sem nonummy congue ullamcorper. Amet dolore praesent, mauris lorem nibh id ipsum massa. Molestie sit ut non pharetra, congue euismod nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nibh eget sed, laoreet euismod sit ut non pharetra ut non amet dolore aliquet nisi sem consectetur, magna diam nonummy erat massa tellus pharetra congue diam nonummy. Dolore aliquet sit ut, tellus sit congue non feugiat lobortis id sed laoreet feugiat lobortis, volutpat dolor lobortis volutpat dolor tincidunt tellus pulvinar, nunc non pharetra ut ullamcorper. Nonummy aliquam proin adipiscing nisi sem at erat laoreet id lobortis volutpat dolor, congue ullamcorper pulvinar nunc euismod pulvinar nisi non consectetur donec praesent nonummy dolore tellus turpis. Ut sem consectetur magna ullamcorper dolore praesent adipiscing aliquam proin at ac mi felis tempus nunc mauris lorem, nibh mauris ac nibh eget sed massa id feugiat lobortis. Volutpat pharetra dolore ullamcorper nisi proin at magna diam nonummy donec, mi felis lorem ante at ac diam elit erat mi felis ipsum massa molestie dolor congue euismod. Pulvinar massa molestie magna diam elit erat mi adipiscing aliquam sem, consectetur magna diam consectetur donec mi, felis tempus ante eget sed laoreet pulvinar nunc, tellus sit nisi. Diam nonummy donec praesent adipiscing, aliquam proin mauris, ac et eget, ipsum nunc molestie pharetra congue non amet dolore aliquet adipiscing, nisi at ac mi elit tempus ante. Mauris feugiat tincidunt volutpat pulvinar nunc tellus consectetur ac nibh eget sed, massa molestie sit ut non amet congue ullamcorper adipiscing sem elit ac et elit tempus ante. Felis tempus nibh volutpat dolor laoreet eget sed massa id feugiat nibh mauris lorem laoreet id ipsum nunc tellus feugiat volutpat pharetra dolore aliquet turpis nisi proin, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi aliquam proin mauris ac et eget sed laoreet molestie ipsum massa, molestie lorem lobortis, volutpat dolor. Tincidunt tellus pulvinar massa tellus sit lobortis eget tincidunt euismod sit massa tellus feugiat lobortis non nonummy dolore. Aliquet adipiscing ac et eget dolor tincidunt euismod pulvinar nunc non dolor lobortis euismod pulvinar tellus pulvinar nunc. Tellus pharetra ut, non amet donec praesent, adipiscing aliquam, sem at ac et elit, erat ante, felis aliquam. Nibh volutpat dolor nunc tellus sit non consectetur magna praesent adipiscing aliquam ante at ac proin at ac. Mi elit tempus mi mauris lorem ante eget sed nibh eget ante tellus, feugiat lobortis volutpat dolor tincidunt. Aliquet turpis nisi non consectetur ac diam nonummy donec praesent, adipiscing nisi aliquet turpis nisi sem consectetur, magna. Diam nonummy, nibh volutpat dolor congue id pulvinar, nunc non sit ut volutpat dolor lobortis euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna praesent adipiscing tempus ante at aliquam et, elit, sed massa molestie. Ipsum, massa volutpat feugiat lobortis eget dolor laoreet felis, tempus mauris tempus ante. Mauris sed tincidunt tellus sit ut non sit ut volutpat dolor laoreet id. Sed laoreet id ipsum lobortis volutpat feugiat lobortis elit laoreet felis tempus ante. Molestie feugiat tincidunt euismod dolor tincidunt id sed massa, id feugiat massa eget. Sed tincidunt aliquet turpis nisi aliquet, turpis ut non dolor euismod amet dolore. Proin mauris sed laoreet eget sed laoreet molestie feugiat lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor tincidunt ullamcorper. Felis tempus lobortis ullamcorper, pulvinar nunc. Euismod pulvinar ut sem pharetra magna. Ullamcorper pharetra congue turpis aliquam proin. At erat laoreet molestie feugiat lobortis. Sem nonummy donec praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy, donec adipiscing aliquam proin at, ac et elit sed mi felis ipsum lobortis non, pharetra magna aliquet, turpis aliquam proin at magna, sem nonummy magna dolor. Tincidunt tellus sit ut proin at magna et nonummy dolore, ullamcorper, turpis dolore aliquet consectetur magna diam nonummy donec praesent adipiscing aliquam proin, at et nonummy donec praesent. Felis ipsum, ante mauris, lorem nibh eget sed massa molestie feugiat lobortis molestie dolor tincidunt volutpat dolor nunc, euismod sit nisi sem consectetur ullamcorper amet dolore aliquet turpis. Nisi sem consectetur congue, ullamcorper pharetra dolore aliquet turpis nisi sem turpis nisi non pharetra tincidunt, euismod amet proin adipiscing aliquam proin elit donec diam amet donec aliquet. Turpis nisi sem turpis nisi sem, amet dolore aliquet turpis dolore sem pulvinar nunc molestie feugiat lobortis dolor nunc euismod ipsum laoreet, id ipsum, massa volutpat dolor lobortis. Id ipsum massa tellus, sit nisi sem, pharetra congue diam nonummy nisi aliquet ac laoreet euismod pulvinar nunc tellus feugiat ut non amet congue, aliquet turpis nisi sem. Consectetur ac mi felis erat mi felis aliquam proin at ac laoreet pulvinar nunc tellus, pharetra congue non nonummy dolore aliquet adipiscing nisi sem consectetur magna et nonummy. Donec mi felis aliquam ante eget sed tincidunt aliquet pulvinar nunc sit congue praesent adipiscing feugiat ut volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis ut sem, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac nibh eget sed laoreet molestie feugiat ut non pharetra congue aliquet, turpis dolore aliquet turpis. Nisi sem congue, ullamcorper turpis nisi sem consectetur nisi sem nonummy, magna praesent adipiscing aliquam ante mauris, lorem. Nibh eget, ipsum nunc id feugiat ut volutpat tincidunt euismod pulvinar nunc euismod ipsum massa molestie lorem, ante. Volutpat dolor laoreet euismod, ipsum massa, tellus sit ut volutpat dolor tincidunt id ipsum massa molestie massa volutpat. Dolor lobortis volutpat sed nibh, id pulvinar massa, molestie feugiat lobortis volutpat dolor laoreet id ipsum massa molestie. Feugiat ut non pharetra mi felis, tempus nibh eget sed laoreet id tempus, ante felis lorem nibh mauris. Sed laoreet id sed massa molestie, sit lobortis, volutpat, pharetra congue, ullamcorper dolore aliquet turpis nisi sem, consectetur. Magna diam adipiscing donec proin adipiscing ac et eget ipsum massa, tellus sit congue volutpat dolor lobortis eget. Sed laoreet id lobortis volutpat feugiat lobortis volutpat sed nunc euismod sit ut non consectetur magna ullamcorper amet. Dolore praesent turpis nisi sem, ut ullamcorper pharetra congue euismod amet nunc tellus sit ut molestie dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi sem at donec praesent felis. Ipsum, lobortis non, amet donec mi mauris. Feugiat nibh volutpat amet nisi aliquet turpis. Nisi diam elit mi mauris lorem nibh. Eget sed laoreet, ullamcorper amet nunc aliquet. Turpis congue ullamcorper pharetra congue, aliquet, adipiscing. Tempus ante mauris ac nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi proin at, sed massa tellus feugiat. Massa, molestie feugiat tincidunt euismod pulvinar nunc euismod. Sit ut tempus nibh eget lorem, nibh eget. Sed laoreet id ipsum nibh, mauris sed nibh. Eget sed, massa id ipsum massa, mauris tempus. Et eget sed id ipsum massa tellus feugiat. Lobortis volutpat pulvinar dolore tellus, turpis, aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue aliquet adipiscing aliquet consectetur. Nisi diam nonummy erat, praesent nonummy. Donec aliquet sit nunc non pharetra. Magna diam nonummy donec praesent, at. Ac nibh id ipsum felis tempus. Ante mauris tempus nibh mauris erat. Mi felis tempus massa tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at donec amet dolore aliquet adipiscing nisi proin consectetur, ac diam elit erat praesent adipiscing aliquam proin at magna, diam eget ipsum. Nunc non pharetra ut, ullamcorper congue, ullamcorper amet nunc tellus feugiat ut, non pharetra tincidunt euismod pulvinar tincidunt euismod, pulvinar nunc molestie feugiat. Lobortis volutpat pulvinar tincidunt euismod sit molestie feugiat ut, non dolor dolore aliquet turpis nisi proin at ac et elit tempus ante mauris. Feugiat lobortis, volutpat pulvinar, nunc tellus sit non consectetur, magna diam adipiscing aliquam, ante mauris lorem, proin at magna sem nonummy donec mi. Mauris lorem nibh eget sed laoreet euismod sed massa, molestie sit volutpat pharetra dolore aliquet turpis nisi sem at erat laoreet id ipsum. Massa volutpat feugiat tincidunt volutpat pulvinar nunc euismod sit nunc non sit congue ullamcorper congue aliquet turpis nisi aliquet pharetra congue diam, elit. Erat ante non elit erat ante felis tempus ante at ac diam nonummy, donec laoreet id aliquam ante, ac et elit erat laoreet. Id ipsum massa molestie lorem nibh volutpat dolor tincidunt euismod tempus mi felis tempus ante nisi sem pharetra congue diam nonummy aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac, et elit erat adipiscing aliquam proin at ac et elit donec diam adipiscing donec aliquet. Turpis ut non consectetur congue diam nonummy donec aliquet turpis dolore aliquet turpis volutpat dolor nibh, eget. Dolor nunc tellus sit ut tellus sit ut volutpat amet donec praesent adipiscing aliquam proin at erat. Mi, elit erat praesent, nunc tellus turpis nisi non dolor congue euismod pulvinar nunc tellus sit ut. Sem consectetur, magna diam nonummy dolore, aliquet, turpis dolore aliquet turpis nisi non amet ullamcorper amet dolore. Aliquet turpis, ut sem nonummy donec ante felis aliquam proin at ac nibh elit erat mi felis. Tempus massa volutpat, congue euismod, turpis, nisi sem, consectetur ac, et id pulvinar, nunc non consectetur congue. Ullamcorper, amet dolore aliquet amet nunc tellus, feugiat ut volutpat, pharetra, congue pulvinar nunc tellus feugiat lobortis. Non dolor congue diam adipiscing aliquam praesent adipiscing aliquam proin nonummy, donec praesent adipiscing aliquam praesent adipiscing. Ac et elit mi molestie feugiat ut volutpat pharetra magna diam nonummy, dolore, praesent adipiscing magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent turpis nisi sem consectetur magna et nonummy dolore mi mauris lorem, lobortis volutpat dolor nunc tellus. Turpis nisi sem, pharetra congue ullamcorper laoreet euismod pulvinar nunc molestie feugiat lobortis molestie feugiat nibh volutpat dolor. Dolore tellus turpis ut volutpat pharetra tincidunt euismod sed nibh id, pulvinar ut, sit ut non amet dolore. Ullamcorper amet dolore sem consectetur magna sem amet dolore ullamcorper pulvinar tincidunt euismod pulvinar, nunc molestie tempus nibh. Eget nunc, praesent adipiscing ac nibh eget, sed laoreet, id ipsum ante mauris ac et elit ac et. Felis erat ante, mauris lorem nibh mauris ac sem, ut non pharetra congue euismod ipsum massa, id ipsum. Massa volutpat dolor tincidunt euismod pulvinar nunc tellus sit lobortis, mauris lorem nibh eget ac et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac, et eget sed laoreet molestie feugiat lobortis volutpat dolor congue aliquet turpis aliquet consectetur magna sem consectetur donec praesent adipiscing aliquam. Praesent adipiscing ac et at magna diam amet donec proin, adipiscing aliquam proin at erat felis tempus ante mauris lorem nibh eget lorem. Nibh id ipsum massa molestie sit lobortis non dolor, tincidunt ullamcorper amet nisi sem consectetur magna diam nonummy donec felis lorem lobortis volutpat. Pulvinar nunc tellus sit ut, tellus consectetur magna praesent nonummy, donec proin at, ac nibh volutpat dolor laoreet molestie mi felis, aliquam ante. Mauris sed tincidunt euismod pulvinar, massa mauris lorem lobortis, non, pharetra congue aliquet amet nisi sem consectetur magna ullamcorper amet dolore mi adipiscing. Aliquet turpis nisi sem nonummy donec diam nonummy dolore aliquet turpis ut non pharetra ut non pharetra congue ullamcorper, pulvinar dolore, aliquet consectetur. Magna sem consectetur magna turpis dolore sem turpis nisi diam consectetur, donec ullamcorper, nonummy, donec proin at ac et elit erat mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac et elit erat, mi molestie. Feugiat nibh eget dolor laoreet sed laoreet felis. Ipsum lobortis non pharetra congue, ullamcorper amet nisi. Proin, at sed laoreet id pulvinar, nunc tellus. Sit congue ullamcorper, amet dolore tellus sit tellus. Pharetra magna et adipiscing ipsum massa molestie feugiat. Tincidunt euismod, pulvinar nunc aliquet sit, nunc volutpat. Pharetra congue diam nonummy donec, praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec aliquet turpis nisi sem consectetur magna diam nonummy, erat mi felis lorem nibh. Eget laoreet tellus turpis nisi sem nonummy erat mi felis aliquam proin at ac et. Elit, erat mi felis, tempus massa molestie feugiat lobortis euismod dolor, laoreet tempus ante mauris. Lorem lobortis non amet dolore, aliquet adipiscing aliquam proin at erat mi, felis ipsum massa. Molestie feugiat tincidunt euismod pulvinar tincidunt euismod, massa, molestie feugiat nibh eget sed, tincidunt euismod. Sit nunc tellus pharetra, congue diam nonummy erat mi mauris lorem lobortis volutpat pulvinar dolore. Turpis nisi diam nonummy erat praesent adipiscing aliquam praesent turpis aliquam proin consectetur ac et. Id ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar massa tempus ante at. Ac et nonummy donec praesent adipiscing tempus proin mauris lorem nibh elit erat et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem laoreet felis tempus, massa molestie feugiat ut ullamcorper amet congue. Ullamcorper sit ut non, sit congue ullamcorper amet, dolore amet nunc aliquet turpis. Nisi diam nonummy magna diam amet nunc euismod sit nisi sem pharetra congue. Praesent adipiscing, aliquam, proin at aliquam proin, magna et elit erat lobortis sem. Nonummy donec praesent adipiscing aliquam proin mauris lorem nibh eget sed massa molestie. Feugiat lobortis volutpat pharetra, congue euismod ipsum massa ipsum ante molestie feugiat lobortis. Euismod amet dolore aliquet turpis, nisi non, consectetur, magna diam amet dolore aliquet. Sit aliquam proin, consectetur magna dolor tincidunt euismod pulvinar tincidunt euismod feugiat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh euismod pulvinar nunc non sit non pharetra congue euismod pulvinar nunc molestie feugiat lobortis volutpat dolor. Donec praesent adipiscing aliquam sem consectetur magna, nibh eget tempus ante felis tempus, ante sed laoreet id ipsum laoreet. Molestie feugiat lobortis non pharetra congue volutpat dolor tincidunt tellus sit ut non dolor magna, ullamcorper amet nunc euismod. Pulvinar id ipsum, massa volutpat lorem et elit erat et elit erat ante mauris lorem nibh eget erat laoreet. Id pulvinar nunc tellus sit, volutpat, pharetra tincidunt tellus, sit nunc tellus sit lobortis non pharetra congue ullamcorper amet. Dolore aliquet turpis nisi sem pharetra congue euismod dolor tincidunt id, sed massa tempus ante mauris sed, tincidunt id. Pulvinar nunc tellus sit congue, volutpat feugiat tincidunt euismod, dolor nunc, tellus sit nisi, sem pharetra congue, ullamcorper pulvinar. Nunc aliquet aliquam et id sed mi id ipsum massa molestie feugiat lobortis volutpat dolor dolore aliquet consectetur magna. Diam felis mi felis tempus, ante mauris ac et nonummy donec diam amet congue aliquet turpis dolore aliquet turpis. Nisi ullamcorper amet dolore ullamcorper pulvinar nunc tellus pulvinar, ut elit erat praesent adipiscing aliquam ante at, aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non nibh volutpat. Dolor tincidunt aliquet pulvinar nunc non. Pharetra magna ullamcorper, amet dolore tellus. Turpis aliquam sem consectetur, magna, diam. Nonummy, dolore praesent turpis et elit. Ac et elit donec praesent adipiscing. Tempus proin at lorem laoreet euismod. Sed laoreet id tempus, ante mauris. Sed laoreet eget ipsum massa, ipsum. Lobortis volutpat pharetra congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, diam elit donec praesent felis lorem nibh eget sed elit erat laoreet aliquet consectetur congue ullamcorper pharetra congue volutpat dolor laoreet id ipsum massa. Tellus dolor lobortis euismod pulvinar nunc id ipsum massa tellus lobortis volutpat dolor tincidunt ullamcorper turpis, dolore aliquet turpis nisi sem pharetra congue ullamcorper turpis. Nisi sem turpis nisi sem, pharetra congue non pharetra, congue, ipsum nunc tellus sit lobortis non dolor tincidunt euismod, pulvinar nunc, tellus sit, lobortis sem. Pharetra magna praesent felis tempus ante at ac et erat mi felis tempus ante mauris ac et, elit erat mi id ipsum massa mauris lorem. Nibh mauris lorem et nonummy, donec mi felis tempus nibh aliquam, et ullamcorper adipiscing nisi et, elit erat mi felis tempus, ante felis aliquam proin. Mauris erat mi felis tempus ante molestie feugiat lobortis eget sed laoreet sed nonummy erat ante, mauris lorem et ullamcorper amet aliquam ante mauris lorem. Nibh id ipsum nunc molestie sit lobortis volutpat, lorem nibh amet dolore aliquet turpis congue diam nonummy, dolore aliquet turpis aliquam, sem consectetur magna diam. Nonummy erat mi, mauris, lorem ante mauris ac et, elit erat mi ipsum massa molestie, feugiat nibh eget erat et felis tempus massa mauris, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at aliquam proin at erat, mi tellus feugiat lobortis volutpat pharetra congue ullamcorper. Turpis nisi sem consectetur, magna et elit erat praesent adipiscing proin adipiscing ac et. Elit erat mi felis tempus proin at ac et elit erat mi felis tempus. Ante mauris feugiat tincidunt ullamcorper amet dolore sit nunc tellus sit ut non amet. Dolore praesent adipiscing aliquam proin at ac et elit tempus ante mauris lorem nibh. Eget sed laoreet felis tempus mi tempus ante, mauris lorem nibh eget ipsum laoreet. Molestie sit congue ullamcorper amet dolore aliquet turpis nisi sem at nisi diam nonummy. Magna, adipiscing tempus, ante mauris lorem laoreet eget sed laoreet id tempus massa molestie. Feugiat lobortis volutpat ipsum massa felis tempus ante mauris tempus, ante mauris magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat amet dolore aliquet adipiscing ac. Et elit ac mi felis tempus mauris lorem. Lobortis volutpat dolor tincidunt euismod sit nunc, non. Nonummy donec laoreet id feugiat nibh mauris ac. Nibh eget sed massa id feugiat lobortis molestie. Tincidunt aliquet turpis aliquam proin consectetur magna sem. Consectetur donec praesent adipiscing aliquam ante at lorem. Nibh eget erat et elit donec, praesent, at. Dolore praesent adipiscing aliquam proin at lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit magna, diam amet congue ullamcorper, turpis aliquam consectetur, ac et, nonummy donec, mi felis lorem ante eget sed laoreet euismod pulvinar ut non sit congue. Non amet dolore ullamcorper turpis nisi, sem at mi id feugiat lobortis molestie dolor, tincidunt euismod, pulvinar dolore sem consectetur nisi sem nonummy donec diam nonummy donec. Praesent at aliquam proin at et, felis, ipsum lobortis volutpat feugiat lobortis eget sed laoreet id tempus massa molestie lorem nibh mauris ac et eget erat mi. Id ipsum non dolor congue ullamcorper amet dolore tellus sit lobortis volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar, ut molestie feugiat ut non pharetra tincidunt ullamcorper. Pulvinar ut at ac diam elit erat mi felis aliquam ante elit erat et elit tempus ante mauris lorem nibh volutpat pharetra, tincidunt tellus pulvinar ut, sem. At erat molestie sit ut ullamcorper amet dolore euismod pulvinar nunc, tellus sit nunc tellus pharetra congue ullamcorper amet dolore tellus sit nunc non pharetra mi id. Ipsum ante mauris, aliquam aliquet sit nisi sem consectetur congue diam amet dolore sem, consectetur magna diam elit erat, praesent adipiscing aliquam proin at, ac consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis tempus ante elit erat, laoreet euismod ipsum ante mauris ante eget sed tincidunt euismod pulvinar ut sem pharetra congue diam elit donec mi adipiscing. Ac nibh eget dolor tincidunt euismod pulvinar nunc tellus feugiat mauris lorem nibh eget, sed mi, id ipsum lobortis molestie lorem nibh eget erat mi id. Feugiat, ut sem consectetur congue diam nonummy, dolore aliquet nisi diam nonummy erat laoreet, felis tempus, massa eget, lorem nibh eget erat mi felis erat mi. Mauris lorem, nibh elit sed laoreet id ut diam nonummy magna praesent adipiscing aliquam proin mauris, lorem, et eget ipsum massa molestie feugiat lobortis volutpat dolor. Lobortis volutpat sed laoreet euismod pulvinar massa aliquam proin at ac nibh eget ipsum massa tellus sit, lobortis non amet dolore aliquet, turpis nisi sem consectetur. Ac et elit donec praesent adipiscing aliquam nibh lorem laoreet euismod pulvinar, nunc molestie feugiat lobortis volutpat pharetra congue ullamcorper turpis nisi sem at magna et. Felis tempus ante, mauris lorem euismod amet donec praesent at ac et elit erat praesent nonummy donec praesent, adipiscing ac et volutpat dolor massa tellus sit. Nisi, diam elit erat mi mauris lobortis eget sed laoreet id sed laoreet molestie feugiat congue, diam nonummy erat proin at aliquam et eget sed laoreet. Id ipsum nunc tellus, pharetra magna diam donec praesent at ac et elit ac praesent, adipiscing aliquam proin adipiscing aliquam sem, at erat mi id ipsum. Lobortis volutpat feugiat lobortis volutpat pulvinar nunc euismod nunc sem consectetur, congue ullamcorper amet donec praesent, turpis aliquam et eget dolor laoreet id ipsum massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, donec, mi felis lorem, nibh volutpat dolor, dolore. Proin at ac et at, ac, mi felis tempus. Felis tempus lobortis volutpat dolor nunc tellus sit ut. Non pharetra ut, ullamcorper amet congue praesent at lorem. Nibh eget ipsum, massa tellus sit ut pharetra magna. Aliquet adipiscing aliquam proin at ac, et elit erat. Praesent adipiscing tempus ante eget lorem laoreet, euismod pulvinar. Nunc aliquet sit ut non tincidunt euismod pulvinar dolore. Aliquet turpis magna diam consectetur, magna ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus magna ullamcorper nonummy erat proin at aliquam proin at, ac diam felis erat, praesent, adipiscing aliquam ante mauris ac, et eget, ipsum massa. Tellus magna diam adipiscing aliquam ante mauris lorem et, elit sed mi felis tempus massa, molestie, lorem lobortis volutpat dolor nunc tellus, sit nisi. Sem at mi felis, ipsum massa mauris lorem nibh eget sed laoreet id tempus ante molestie dolor tincidunt volutpat sed laoreet id ipsum massa. Tellus sit, ut, diam amet ullamcorper turpis aliquam sem, elit ac, mi felis ipsum, massa volutpat pharetra congue euismod pulvinar nunc aliquet, pulvinar, nunc. Non pharetra congue diam congue ullamcorper amet nisi sem pharetra ut, non pharetra, congue euismod pulvinar tincidunt, euismod sit lobortis volutpat dolor, tincidunt euismod. Pulvinar dolore aliquet adipiscing nisi, sem consectetur non amet donec aliquet, amet nisi sem consectetur ac diam nonummy dolore aliquet turpis dolore aliquet turpis. Ut non consectetur magna diam nonummy dolore tellus sit, ut pharetra, congue et felis tempus ante at aliquam proin, elit erat laoreet, euismod pulvinar. Nunc tellus sit tincidunt ullamcorper nonummy aliquet turpis nisi sem at magna diam amet donec proin mauris ac nibh eget sed laoreet id ipsum. Ante mauris lorem nibh eget sed, nibh eget sed felis tempus ante eget sed laoreet id ipsum massa tellus sit ut non pharetra tincidunt. Euismod amet dolore aliquet, sit nisi, non consectetur congue ullamcorper dolor laoreet sed massa id ipsum massa molestie dolor, tincidunt euismod, pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis tempus ante eget dolor nunc tellus sit ut, non, consectetur ac et, nonummy donec aliquet. Adipiscing ac et, eget dolor felis tempus mi adipiscing, tempus ante, eget sed laoreet tellus turpis, ut, sem. Consectetur, donec, mi felis aliquam proin turpis aliquam, proin elit ac et erat mi, felis tempus proin, mauris. Ac nibh elit, erat mi, felis, tempus ante at ac proin, at magna diam amet donec aliquet turpis. Aliquam proin at diam nonummy magna diam amet dolore aliquet, sit ut, non pharetra magna diam nonummy donec. Proin adipiscing ac et, at ac, et elit mi felis aliquam ante at ac diam elit tempus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet id ipsum massa tempus massa, molestie feugiat lobortis ullamcorper amet dolore tellus sit lobortis non consectetur magna praesent. Felis, lorem lobortis, eget dolor tincidunt euismod ipsum massa, molestie ante at lorem nibh elit sed laoreet id feugiat ut non. Nonummy donec praesent adipiscing, donec ante mauris ac, et elit donec mi adipiscing aliquam, turpis aliquam proin at magna et amet. Dolore aliquet turpis nisi aliquet turpis nisi, et felis tempus ante mauris tempus ante at ac et eget sed adipiscing tempus. Massa volutpat feugiat tincidunt euismod amet dolore aliquet turpis nisi non pharetra congue ullamcorper amet dolore aliquet sit nunc tellus feugiat. Lobortis sed tincidunt euismod amet dolore aliquet turpis ut non pharetra congue ullamcorper amet dolore tellus pulvinar nunc tellus, pharetra ut. Euismod amet dolore tellus sit nunc, non massa volutpat pharetra congue ullamcorper amet nunc tellus feugiat massa molestie lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar mauris feugiat lobortis volutpat pharetra, congue aliquet amet ut sem pharetra congue, diam. Nonummy donec praesent adipiscing tempus nibh eget sed mi felis, tempus felis, lorem nibh. Volutpat dolor nunc tellus sit nunc tellus sit, lobortis non pharetra congue ullamcorper amet. Dolore, aliquet consectetur nisi, diam, elit erat praesent tempus nibh eget lorem nibh eget. Erat mi id feugiat ut non dolor tincidunt euismod pulvinar nunc tellus, sit, ut. Sem consectetur congue euismod amet nisi sem ut non, pharetra lobortis non pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut non pharetra tincidunt dolor nunc tellus, sit lobortis non, dolor congue diam amet dolore tellus pulvinar massa id feugiat nibh volutpat. Sed tincidunt euismod amet dolore sem consectetur non, dolor, tincidunt euismod pulvinar nunc tellus, turpis nisi non consectetur magna diam nonummy aliquam, proin at. Sed tincidunt euismod ipsum massa molestie feugiat massa ac nibh eget erat et elit donec mi felis lorem ante at ac nibh eget sed. Massa id ipsum lobortis volutpat amet dolore ullamcorper turpis proin elit erat et, felis tempus mi felis aliquam ante mauris lorem et eget erat. Mi, felis lorem nibh eget dolor tincidunt ullamcorper pulvinar nunc feugiat, lobortis volutpat pharetra tincidunt ullamcorper amet dolore aliquet turpis nunc tellus sit ut. Euismod amet donec praesent turpis nisi, sem pharetra congue non amet donec proin nisi proin, at ac diam elit tempus ante, felis tempus proin. Mauris lorem nibh elit erat laoreet id ipsum massa molestie lorem nibh elit ac et elit aliquet adipiscing aliquam proin at, ac et, elit. Erat ante mauris lorem lobortis non, pharetra tincidunt aliquet adipiscing nisi tellus massa mauris feugiat nibh eget sed tincidunt tellus sit lobortis, non consectetur. Congue, ante, tellus sit, lobortis volutpat sed nibh elit erat mi felis tempus ante aliquam proin, elit ac et nonummy donec mi, felis tempus. Ante mauris lorem laoreet id pulvinar nunc tellus sit ut non pharetra congue euismod ipsum massa tellus massa molestie lorem nibh volutpat sed, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec, mi, donec praesent adipiscing ac. Proin elit, ipsum massa, molestie feugiat lobortis volutpat. Dolor lobortis volutpat sed laoreet id tempus ante. Molestie pharetra congue diam amet aliquet sit nisi. Sem consectetur donec praesent, adipiscing tempus ante mauris. Lorem lobortis volutpat sed laoreet felis tempus ante. Mauris, lorem nibh volutpat, sed felis tempus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing nisi sem consectetur ac et adipiscing tempus ante molestie dolor, dolore. Aliquet turpis euismod pulvinar ut volutpat dolor tincidunt ullamcorper amet dolore aliquet. Turpis ac nibh, elit erat, laoreet, molestie feugiat lobortis molestie feugiat lobortis. Euismod pulvinar tellus turpis nisi, sem pharetra, tincidunt euismod amet dolore euismod. Pulvinar nunc tellus sit lobortis volutpat dolor laoreet id ipsum, massa, molestie. Feugiat lobortis molestie lorem nibh ac mi, felis tempus ante felis lorem. Tincidunt euismod pulvinar nunc tellus sit ut sem consectetur congue ullamcorper amet. Donec praesent adipiscing ac elit sed tincidunt id sit ut non pharetra. Congue ullamcorper nonummy dolore aliquet turpis nisi sem consectetur congue non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin consectetur erat et nonummy tempus ante mauris lorem, lobortis euismod, pulvinar dolore praesent adipiscing aliquam, et eget sed laoreet tempus ante molestie lorem nibh, euismod amet. Nunc aliquet, turpis, nisi diam elit erat ante felis tempus nibh eget, lorem tincidunt euismod sit ut non magna diam, amet dolore aliquet turpis nisi proin at. Ac et elit erat mi felis aliquam ante mauris magna sem consectetur magna, diam nonummy donec, praesent adipiscing sem at ac et, elit erat mi felis tempus. Et eget, erat mi felis ipsum, massa non, pharetra congue diam amet donec praesent ac nibh eget erat mi, felis tempus massa molestie feugiat lobortis volutpat dolor. Tincidunt euismod, ipsum massa molestie feugiat lobortis, volutpat pulvinar nunc euismod pulvinar massa molestie lobortis non, amet donec aliquet adipiscing, aliquam nibh eget sed laoreet id ipsum. Ante mauris lorem lobortis euismod pulvinar, tincidunt euismod ipsum laoreet molestie feugiat massa at nibh elit ac et elit erat mi mauris lorem et elit, ac laoreet. Tellus pulvinar nunc molestie sit ut non nunc tellus sit, ut sem pharetra magna ullamcorper amet dolore aliquet, turpis dolore sem at ac et elit erat ante. Mauris pharetra congue ullamcorper amet dolore tellus ut non elit pulvinar, dolore tellus sit lobortis volutpat pharetra, congue, aliquet adipiscing nisi sem consectetur nisi sem nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, sed tincidunt euismod pulvinar nunc, tellus sit lobortis volutpat dolor tincidunt euismod pulvinar dolore aliquet sit. Mauris lorem nibh eget sed laoreet, id ipsum massa tellus, sit ut volutpat amet dolore, aliquet amet. Nunc aliquet turpis nisi, non amet dolore, turpis nisi sem consectetur ac diam, nonummy ipsum, ante mauris. Lorem nibh eget lorem nibh id ipsum nunc, aliquet consectetur ac, diam amet dolore aliquet adipiscing nisi. Turpis nisi sem nonummy, donec mi mauris lorem ante mauris ac et at ac praesent felis, tempus. Ante, mauris ac proin elit erat felis tempus ante mauris feugiat nibh mauris ac nibh elit erat. Praesent, felis tempus nibh eget dolor laoreet id ipsum laoreet molestie ipsum ante felis ac et nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam ante mauris sed nibh eget sed laoreet felis tempus lobortis non lobortis id, ipsum laoreet molestie feugiat ut non. Consectetur congue ullamcorper amet nunc tellus sit ut tellus sit ut volutpat, dolor tincidunt ullamcorper amet, nunc ipsum lobortis molestie feugiat, tincidunt. Ullamcorper amet, dolore aliquet turpis ut volutpat feugiat lobortis eget sed nibh elit, donec, mi felis aliquam proin at ac et ac. Mi id feugiat lobortis non pharetra dolore ullamcorper, amet dolore tellus turpis nisi sem nonummy sed ante mauris lorem ante eget dolor. Turpis nisi sem consectetur magna et elit, erat, mi felis lorem lobortis volutpat dolor laoreet id ipsum, ante mauris lorem nibh eget. Sed laoreet euismod pulvinar tellus sit ut ullamcorper amet dolore ullamcorper amet nunc tellus sit, massa molestie dolor tincidunt ullamcorper amet dolore. Aliquet turpis nisi proin nonummy erat diam adipiscing aliquam at ac proin elit erat et, elit erat, praesent adipiscing aliquam sem consectetur. Nisi sem nonummy erat mi felis feugiat mauris lorem et, elit erat et elit donec aliquet turpis aliquam proin elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod dolor dolore aliquet turpis, nisi. Sem elit, erat laoreet molestie, ipsum massa, molestie. Dolor dolore ullamcorper amet nisi sem turpis non. Pharetra congue ullamcorper amet dolore tellus turpis nisi. Sem consectetur magna diam, adipiscing tempus ante mauris. Lorem, et eget sed tincidunt molestie feugiat ut. Dolor congue ullamcorper nonummy, donec, praesent adipiscing magna. Diam elit erat mi felis tempus ante, at. Ac nibh elit erat et elit donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem nonummy donec praesent nonummy aliquam proin mauris ac nibh id amet ut tellus pharetra congue. Diam nonummy aliquet turpis tempus ante at ac diam elit erat mi felis tempus proin adipiscing aliquam. Proin nonummy donec mi felis tempus massa mauris ac et magna, et, elit, tempus mi, felis tempus. Ante eget sed nibh elit, erat mi mauris feugiat nibh eget lorem, laoreet eget erat et nonummy. Donec praesent aliquam et at ac et felis tempus, ante felis tempus ante mauris lorem nibh elit. Sed mi felis, tempus, ante at ac et ac diam nonummy donec praesent mauris tempus ante mauris. Erat mi euismod sit ut non pharetra congue ullamcorper, amet dolore tellus sit ut non pharetra congue. Ullamcorper tempus ante mauris lorem nibh eget sed laoreet euismod, pulvinar, ut diam nonummy erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet eget, ipsum, laoreet molestie sit ut non pharetra congue euismod amet dolore aliquet turpis nisi sem consectetur donec diam adipiscing lorem proin at et elit ac et adipiscing aliquam. Proin at aliquam et, at magna diam nonummy magna diam amet dolore sem consectetur, nisi diam elit donec mi tempus lobortis volutpat dolor tincidunt euismod amet dolore aliquet consectetur magna. Diam, nonummy donec, praesent adipiscing aliquam proin consectetur magna diam nonummy donec diam nonummy donec praesent lorem, laoreet proin molestie dolor tincidunt ullamcorper turpis nisi proin at ac et elit. Tempus ante mauris tempus ante mauris lorem nibh eget laoreet id ipsum massa molestie lorem nibh eget erat et nonummy dolore aliquet felis, lorem lobortis eget sed mi felis tempus. Ante molestie feugiat nibh volutpat dolor euismod sit, nisi non pharetra, magna ullamcorper nonummy dolore praesent turpis aliquam proin at ac diam consectetur magna ullamcorper amet dolore aliquet turpis nisi. Non, consectetur, donec molestie feugiat, lobortis ullamcorper amet dolore, praesent adipiscing nisi aliquet turpis magna sem consectetur laoreet praesent mauris, pharetra donec proin proin eget amet aliquam nibh ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante praesent mauris pharetra sed et ullamcorper at sed dolore massa diam molestie at pulvinar aliquam, nibh ullamcorper non pharetra, magna. Praesent adipiscing aliquam proin at ac, diam nonummy donec amet aliquam praesent turpis nisi sem, sit ut non, pharetra, dolore praesent. Adipiscing tempus ante mauris ac, nibh eget ipsum nunc tellus sit ut non donec aliquet adipiscing ac sem at ac mi. Felis ipsum massa molestie, lorem ante mauris lorem, et felis ipsum ante mauris lorem ante, mauris ac et elit praesent felis. Tempus massa molestie feugiat lobortis volutpat dolor, laoreet id feugiat massa volutpat dolor tincidunt euismod pulvinar nunc, euismod pulvinar massa molestie. Lobortis non, amet, dolore, praesent adipiscing ac et elit erat mi felis tempus massa mauris lorem ante eget dolor laoreet, elit. Erat mi mauris lorem nibh mauris nibh elit ipsum massa molestie feugiat massa molestie feugiat lobortis volutpat dolor tincidunt euismod sit. Ut non pharetra congue, ullamcorper amet dolore aliquet sit ut tellus sit praesent felis ipsum massa mauris ac et at ac. Et elit erat ante mauris tempus proin at ac et nonummy diam nonummy donec proin at ac sem consectetur, magna, diam. Elit erat ante mauris lorem nibh volutpat dolor tincidunt euismod ipsum massa, molestie, feugiat lobortis euismod, pulvinar ante mauris ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar nunc tellus sit, ut nonummy erat mi felis, aliquam, proin, at ac et elit donec praesent adipiscing tempus ante. Eget dolor congue, ullamcorper amet nisi sem consectetur, ac mi ipsum massa, molestie pharetra tincidunt volutpat dolor, laoreet euismod pulvinar ut sem. Consectetur, magna praesent nonummy aliquam proin at aliquam proin, at ac et elit, lobortis non pharetra erat mi felis lorem nibh eget. Sed tincidunt tellus sit ut non pharetra congue non amet dolore praesent turpis dolore aliquet magna, diam elit erat ante felis lorem. Nibh eget sed laoreet id sed laoreet id feugiat ut, ullamcorper pharetra dolore aliquet turpis nisi sem consectetur nisi consectetur magna aliquet. Amet dolore aliquet sit nisi non sit, ut, volutpat pharetra dolore tellus turpis nisi proin consectetur congue ullamcorper, amet congue aliquet amet. Nunc tellus ut volutpat pharetra magna diam nonummy aliquam ante mauris ac nibh eget ipsum massa molestie feugiat, ut non dolor congue. Ullamcorper amet dolore proin elit ac sem, turpis magna, diam nonummy, donec praesent felis, tempus proin at ac et eget sed laoreet. Id feugiat lobortis non amet congue ullamcorper amet dolore sem, consectetur diam nonummy erat mi felis tempus proin mauris ac et elit. Sed laoreet id tempus ante mauris ac nibh, elit sed laoreet, molestie sit, ut sem pharetra diam adipiscing aliquam proin adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id feugiat lobortis volutpat congue ullamcorper turpis nisi proin at ac et elit tempus praesent felis tempus ante mauris lorem nibh. Euismod sit, ut sem pharetra congue ullamcorper amet, aliquet adipiscing lorem lobortis eget erat mi id ipsum, massa, non pharetra congue euismod. Pulvinar, nunc tellus sit nunc, molestie feugiat lobortis non pharetra, congue, turpis aliquam et, at ac diam nonummy donec praesent adipiscing aliquam. Ante eget dolor nunc aliquet adipiscing ut non pharetra congue, ullamcorper nonummy donec mauris lorem nibh eget erat et elit, erat mi. Felis lorem ante eget, lorem laoreet felis tempus ante mauris lorem nibh volutpat dolor tincidunt euismod amet nibh eget sed laoreet molestie. Feugiat lobortis, volutpat, pharetra congue, ullamcorper amet dolore aliquet, turpis ut non pharetra congue ullamcorper pharetra congue tellus pulvinar nunc molestie ipsum. Ullamcorper nonummy dolore euismod pulvinar nunc, aliquet, turpis nisi, diam felis erat ante mauris lorem ante mauris ac et elit donec id. Feugiat massa molestie lorem, nibh elit erat et elit donec aliquet amet dolore tellus sit ut tellus sit tincidunt euismod dolor, tincidunt. Euismod, sit ut non magna et adipiscing aliquam proin, adipiscing, aliquam proin consectetur magna, diam consectetur, magna diam turpis aliquam proin at. Ac nibh, id sed mi adipiscing, donec praesent adipiscing et elit, ac et elit erat praesent felis tempus nibh elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris, lorem et id ipsum massa molestie ipsum, ante mauris feugiat nibh elit. Sed massa molestie ipsum ante molestie feugiat lobortis sed tincidunt euismod sit ut tellus sit. Ut non, nonummy, dolore aliquet turpis nisi sem, consectetur ac diam elit donec, praesent turpis. Aliquam proin at mi, felis ipsum nunc, tellus feugiat lobortis eget, pharetra, magna praesent adipiscing. Tempus proin at ac et eget erat et elit donec praesent adipiscing nisi aliquet turpis. Diam elit sed, laoreet felis lorem lobortis volutpat pharetra congue praesent adipiscing aliquam proin, consectetur. Ac et felis tempus mi mauris feugiat tincidunt amet donec sem consectetur magna diam nonummy. Erat mi id ipsum ante molestie feugiat nibh id ipsum massa molestie feugiat massa volutpat. Feugiat congue ullamcorper pulvinar nunc sit nisi, non sit congue diam amet donec aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue et, nonummy erat ante, pharetra dolore aliquet turpis tempus, nibh. Volutpat sed tincidunt id ipsum, nunc, molestie sit ut ullamcorper amet. Dolore praesent at lorem nibh elit, sed molestie sit ut non. Pharetra congue diam adipiscing aliquam praesent at lorem nibh eget sed. Laoreet id ipsum, lobortis volutpat dolor tincidunt euismod amet dolore consectetur. Magna diam nonummy donec mi adipiscing tempus proin at magna diam. Nonummy erat, praesent felis tempus ante mauris sed laoreet eget ipsum. Massa molestie lobortis, non pharetra congue ullamcorper amet dolore tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non dolor tincidunt, id ipsum, non pharetra congue non, pharetra congue ullamcorper amet nisi tellus turpis magna. Diam elit tempus ante tellus sit lobortis euismod pulvinar, nunc tellus sit nunc pharetra ut non pharetra congue. Aliquet, turpis aliquam et elit erat tincidunt euismod turpis ut sem consectetur magna praesent nonummy donec aliquet turpis. Nisi consectetur ac praesent adipiscing, aliquam aliquet turpis nisi sem consectetur magna et elit donec praesent adipiscing aliquam. Ante volutpat dolor laoreet id pulvinar nunc sit lobortis non pharetra congue ullamcorper pulvinar nunc, tellus sit ut. Non pharetra congue ullamcorper amet, dolore aliquet turpis ut sem nonummy donec praesent nonummy donec mauris sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit aliquam proin, mauris feugiat, lobortis euismod pulvinar tincidunt euismod pulvinar nunc consectetur donec mi mauris lorem ante at ac et elit erat mi felis aliquam proin at ac nibh. Eget sed laoreet euismod feugiat lobortis non dolor euismod pulvinar nunc aliquet sit ut, proin elit, donec praesent nonummy donec, praesent, adipiscing lorem nibh eget sed, laoreet id tempus massa. Mauris lorem nibh lorem nibh eget sed mi molestie, feugiat lobortis volutpat sed nibh eget, sed laoreet molestie feugiat lobortis volutpat dolor, congue aliquet turpis dolore turpis, nisi diam consectetur. Donec praesent adipiscing aliquam proin at aliquam, et elit erat mi felis tempus proin at ac proin consectetur ac mi felis tempus massa dolor, tincidunt, ullamcorper pulvinar dolore aliquet, turpis. Aliquam proin nonummy donec praesent adipiscing aliquam, proin mauris lorem nibh eget erat mi elit, erat mi adipiscing aliquam sem magna, et, elit sed mi felis aliquam ante mauris sed. Tincidunt, id ipsum nunc molestie ipsum lobortis molestie dolor congue turpis nisi proin, at ac et felis tempus massa mauris feugiat lobortis volutpat sed laoreet eget, sed laoreet id ipsum. Lobortis non pharetra dolore aliquet amet dolore turpis nisi sem pharetra congue praesent mauris, feugiat magna diam amet, donec praesent turpis, nisi proin consectetur magna et elit erat mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante mauris feugiat magna praesent adipiscing, aliquam ante volutpat pharetra congue, aliquet ac et at. Erat mi elit ipsum massa molestie feugiat tincidunt volutpat dolor tincidunt euismod, ipsum, nunc molestie sit congue diam. Nonummy donec adipiscing aliquam proin at sed, mi felis ipsum ante felis tempus ante mauris erat laoreet euismod. Pulvinar nunc tellus pharetra, ut ullamcorper pharetra congue tellus sit nisi consectetur magna, diam amet congue praesent adipiscing. Aliquam proin at ac laoreet id ipsum nunc tellus feugiat ut volutpat dolor tincidunt tellus sit sem at. Ac mi, elit ipsum massa molestie feugiat, tincidunt euismod pulvinar nunc aliquet turpis ut sem consectetur congue euismod. Dolor nunc tellus sit ut tellus feugiat volutpat dolor tincidunt id pulvinar massa, molestie, sit ut volutpat pharetra. Magna praesent, adipiscing tempus ante mauris lorem nibh elit erat praesent adipiscing donec praesent, adipiscing, nisi, pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar, nunc, aliquet at erat mi. Id tempus ante mauris ante mauris lorem. Laoreet euismod pulvinar, nunc non pharetra congue. Ullamcorper nonummy, dolore praesent, adipiscing ac et. Eget dolor tincidunt euismod ipsum, massa molestie. Sit tincidunt pulvinar dolore tellus pulvinar nunc. Non pharetra magna ullamcorper, amet dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac mi felis praesent felis lorem nibh. Eget dolor tincidunt id pulvinar nunc tellus feugiat. Lobortis non pharetra tincidunt ullamcorper, pulvinar dolore, aliquet. Turpis magna diam elit praesent felis, tempus nibh. Mauris, sed tincidunt euismod, sit nisi sem consectetur. Magna diam nonummy dolore, ullamcorper turpis dolore aliquet. Consectetur magna diam amet congue turpis aliquam sem. Consectetur ac nibh elit donec praesent, nonummy aliquam. Proin, at ac nibh, eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc tellus sit ut sem consectetur magna diam nonummy donec proin mauris ac. Nibh eget erat mi adipiscing aliquam proin lorem lobortis euismod pulvinar nunc tellus feugiat ut volutpat. Dolor congue, euismod, dolor nunc tellus sit ut diam nonummy, erat mi felis ipsum ante at. Lobortis volutpat pulvinar nunc tellus sit ut, volutpat, pharetra congue ullamcorper amet nunc aliquet sit nisi. Sem, nonummy donec praesent felis tempus ante mauris feugiat laoreet eget laoreet molestie feugiat massa volutpat. Pharetra donec praesent adipiscing aliquam proin at ac, et nonummy erat laoreet id tempus ante mauris. Lorem nibh erat laoreet molestie turpis nisi, non pharetra congue, ullamcorper amet nisi proin at magna. Diam consectetur congue diam nonummy, dolore praesent at ac et eget sed laoreet ipsum, ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et nonummy erat mi mauris tempus ante mauris ac, et, nonummy diam felis tempus proin mauris lorem, et eget ipsum massa molestie sit nisi sem consectetur, donec praesent adipiscing. Tempus nibh, eget lorem laoreet id ipsum tellus, sit congue ullamcorper amet donec proin at lorem nibh eget erat mi felis tempus mi felis lorem nibh volutpat dolor tincidunt euismod. Pulvinar massa congue non dolor tincidunt euismod, pulvinar dolore sem consectetur magna ullamcorper amet dolore ullamcorper turpis dolore aliquet consectetur magna diam, nonummy, donec praesent sit congue ullamcorper pharetra congue. Euismod pulvinar dolore tellus pharetra lobortis non dolor tincidunt volutpat sed laoreet id ipsum massa molestie feugiat, nibh volutpat sed laoreet id massa tellus sit congue diam nonummy dolore aliquet. Adipiscing ac et eget erat mi felis, tempus ante felis tempus proin at lorem nibh elit erat laoreet id lobortis non, pharetra congue ullamcorper amet aliquam et elit erat mi. Felis feugiat lobortis, volutpat dolor lobortis euismod pulvinar tincidunt pulvinar massa mauris tempus ante at ac proin at ac et elit aliquam proin mauris ac nibh eget, sed mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod pulvinar nunc tellus sit nisi non pharetra ut non dolor tincidunt id ipsum laoreet molestie ipsum adipiscing. Aliquam lobortis volutpat dolor nunc tellus pulvinar nunc tellus pharetra, ut ullamcorper nonummy dolore, aliquet sit ut tellus sit. Congue ullamcorper pharetra, ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam nonummy donec praesent consectetur nisi diam. Nonummy donec praesent amet dolore aliquet turpis nisi, aliquet pharetra, congue amet, dolore praesent adipiscing lorem, nibh volutpat dolor. Tincidunt euismod pulvinar ut non consectetur magna ullamcorper amet donec praesent adipiscing nisi non at diam, elit tempus mi. Mauris feugiat, tincidunt aliquet amet, dolore tellus sit ut non pharetra magna diam nonummy donec proin adipiscing nisi proin. Elit erat mi id massa molestie feugiat lobortis euismod amet dolore tellus turpis nisi diam elit donec, praesent, adipiscing. Aliquam ante eget sed tincidunt ullamcorper pulvinar, dolore aliquet pharetra congue ullamcorper donec mi mauris feugiat lobortis eget sed. Laoreet, euismod sit nunc molestie feugiat lobortis volutpat sed nibh eget erat mi aliquam, proin mauris lorem et elit. Ac et elit erat ante felis tempus proin at magna diam nonummy magna ullamcorper nonummy dolore aliquet adipiscing nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec mi adipiscing aliquam nibh at, ac mi id pulvinar nunc. Tellus nibh volutpat, pulvinar tincidunt aliquet turpis ut non consectetur, ac mi. Elit donec praesent at lorem nibh eget sed laoreet id ipsum ante. Mauris feugiat diam nonummy aliquam proin, at ac et elit erat laoreet. Id feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc, tellus sit nisi. Diam nonummy, magna felis aliquam ante eget lorem nibh eget, sed laoreet. Id feugiat congue non pharetra dolore mi felis lorem nibh eget sed. Tincidunt euismod nisi, non pharetra magna praesent nonummy dolore aliquet turpis ut. Sem at ac et id, tempus ante at ac et elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis volutpat sed laoreet id sed laoreet id ipsum massa volutpat sed nibh, eget sed laoreet, felis ipsum, ante lorem nibh mauris erat mi id. Pulvinar ut non pharetra lobortis volutpat, pharetra tincidunt, euismod sed mi felis aliquam proin adipiscing aliquam, proin at et, felis ipsum lobortis volutpat dolor, tincidunt euismod dolor. Tincidunt euismod pulvinar nunc molestie sit lobortis eget sed nibh eget sed massa molestie sit lobortis non congue ullamcorper amet dolore aliquet turpis nisi diam elit donec. Mi felis tempus ante mauris lorem laoreet euismod pulvinar dolore, non pharetra congue ullamcorper donec praesent, felis tempus ante eget sed, mi id pulvinar nunc non pharetra. Magna praesent adipiscing tempus ante mauris sed, nibh, id pulvinar nunc aliquet turpis nisi dolor congue euismod turpis dolore sem turpis, magna diam nonummy erat mi felis. Lorem lobortis volutpat sed laoreet id ipsum massa, molestie sit congue ullamcorper, pharetra donec turpis aliquam sem at magna diam consectetur magna praesent felis tempus ante mauris. Ac laoreet eget, sed laoreet id ante mauris ac et eget sed laoreet id ipsum ante mauris lorem nibh, eget lorem laoreet id pulvinar massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet nisi sem consectetur ac diam elit erat mi mauris. Dolor tincidunt euismod dolor, tincidunt, euismod sit molestie, sit ut non. Pharetra dolore aliquet, adipiscing aliquam sem consectetur ac et nonummy erat. Praesent adipiscing aliquam sem at, ac et, nonummy erat, adipiscing tempus. Ante volutpat, pharetra congue euismod amet nunc sem consectetur magna mi. Elit, tempus massa molestie feugiat nibh eget sed mi felis, tempus. Ante mauris nibh volutpat dolor tincidunt euismod pulvinar nunc molestie pharetra. Congue ullamcorper amet tempus ante molestie dolor congue aliquet, turpis aliquam. Sem at magna nonummy, donec praesent felis lorem nibh, mauris sed. Tincidunt euismod pulvinar nunc tellus sit ut ullamcorper, pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem elit, donec mi adipiscing aliquam praesent at aliquam proin at ac, et nonummy donec praesent at lorem et elit sed mi tempus. Massa non consectetur, donec, praesent adipiscing tempus, proin mauris lorem et id sit ut non consectetur, magna diam amet congue ullamcorper turpis aliquam at. Erat laoreet, felis tempus mi felis tempus ante eget sed, nibh eget sed, mi felis aliquam praesent turpis aliquam, et elit erat laoreet id. Feugiat massa pharetra congue ullamcorper, nonummy dolore praesent turpis nisi et elit sed mi id, tempus massa volutpat dolor laoreet id ipsum, laoreet id. Feugiat, non pharetra congue volutpat dolor laoreet felis tempus mi mauris lorem lobortis eget sed nibh eget sed laoreet felis tempus ante mauris ac. Nibh elit sed laoreet donec mi mauris lorem nibh mauris lorem et, elit magna praesent adipiscing aliquam proin adipiscing aliquam proin consectetur magna ullamcorper. Elit erat ante mauris lorem lobortis volutpat laoreet id pulvinar massa mauris lorem nibh eget dolor tincidunt, tellus sit nisi sem pharetra congue ullamcorper. Amet dolore ullamcorper aliquam sem consectetur ac sem consectetur magna diam amet nunc euismod pulvinar nunc molestie feugiat lobortis volutpat sed laoreet id, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis erat mi mauris lorem, lobortis euismod pulvinar, nunc tellus sit nunc molestie sit. Ut non nunc tellus pulvinar ut non consectetur ac diam elit erat praesent felis aliquam. Proin at ac mi felis erat massa molestie sit ut eget sed nibh sed mi. Id tempus massa mauris lorem nibh, eget erat laoreet id ipsum ante mauris feugiat, lobortis. Volutpat dolor tincidunt euismod ipsum ante, mauris feugiat ullamcorper nonummy dolore non sem euismod adipiscing. Dolor congue ullamcorper nonummy, dolore tellus sit nisi sem consectetur magna diam nonummy, donec proin. Adipiscing lobortis euismod dolor laoreet felis erat ante mauris feugiat nibh eget sed laoreet id. Pulvinar nunc molestie feugiat lobortis non dolor congue, ullamcorper amet dolore sem consectetur et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus massa molestie feugiat lobortis eget. Sed laoreet id pulvinar, ut consectetur ac. Diam nonummy donec aliquet turpis, nisi proin. Consectetur erat, mi felis tempus ante felis. Tempus ante eget dolor nunc, tellus sit. Ut, non consectetur praesent felis tempus ante. Mauris feugiat lobortis, ullamcorper pulvinar nunc molestie. Ipsum massa volutpat feugiat nibh, mauris lorem. Nibh elit erat mi mauris tempus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non amet dolore aliquet turpis nisi sem turpis nisi non dolor, congue ullamcorper. Nonummy aliquam at ac, laoreet eget sed massa molestie feugiat, lobortis non amet congue. Ullamcorper amet dolore aliquet turpis, magna diam nonummy magna aliquet adipiscing nisi consectetur ac. Laoreet euismod pulvinar nunc, molestie sit lobortis volutpat dolor laoreet eget, sed laoreet id. Tempus ante, felis ac et elit ac et felis pulvinar nunc feugiat ut non. Pulvinar dolore aliquet turpis aliquam proin consectetur ac mi felis ipsum ante at lorem. Nibh elit erat laoreet euismod ipsum sem consectetur magna diam nonummy donec proin adipiscing. Ac et eget erat mi adipiscing aliquam ante mauris, lorem nibh eget sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nibh eget, dolor tincidunt id pulvinar massa molestie ipsum nibh volutpat sed laoreet id ipsum massa tellus turpis magna nonummy donec mi mauris. Feugiat lobortis volutpat sed laoreet id sed ante mauris feugiat lobortis volutpat dolor tincidunt euismod ipsum nunc tellus turpis, ullamcorper amet donec praesent adipiscing. Tempus ante mauris, ac nibh felis erat, mi mauris lorem nibh non pharetra congue euismod pulvinar dolore sem consectetur magna ullamcorper nonummy praesent turpis. Aliquam nibh mauris dolor tincidunt, euismod pulvinar nunc tellus, sit, ut non amet congue euismod pulvinar nunc non consectetur ac et elit praesent, adipiscing. Aliquam sem consectetur magna sem nonummy donec praesent adipiscing donec proin turpis, ut sem consectetur magna praesent nonummy donec praesent adipiscing aliquam proin at. Mi id feugiat ut non dolor congue ullamcorper amet donec aliquet sit, ut non consectetur magna praesent, felis tempus ante mauris lorem nibh eget. Sed massa molestie mi mauris, feugiat nibh eget dolor dolore aliquet consectetur magna sem nonummy donec praesent, nonummy aliquam aliquet turpis nisi, sem congue. Et elit donec mi, felis tempus et elit, sed mi, felis erat praesent felis tempus ante mauris, ac diam consectetur congue ullamcorper amet donec. Praesent adipiscing lobortis euismod, pulvinar dolore, tellus, turpis nisi sem consectetur magna diam, nonummy donec sem turpis magna diam elit erat praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi elit erat mi mauris tempus. Nibh euismod pulvinar tincidunt euismod pulvinar, nunc consectetur. Donec praesent nonummy donec praesent turpis aliquam sem. Consectetur, magna diam elit erat ante mauris lorem. Lobortis euismod amet nisi sem consectetur lorem eget. Sed massa tellus sit ut non pharetra tincidunt. Euismod amet dolore sem consectetur ac mi felis. Tempus massa mauris lorem nibh, mauris lorem, nibh. Elit, nunc non pharetra magna diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at erat mi felis tempus ante molestie lorem nibh amet dolore aliquet turpis ut diam consectetur magna diam adipiscing tempus massa, eget dolor congue. Ullamcorper turpis aliquam proin at erat mi elit erat ante consectetur congue ullamcorper pulvinar aliquam, ante mauris sed nibh eget sed laoreet id feugiat massa. Volutpat dolor tincidunt eget erat, mi id tempus massa mauris lobortis euismod pulvinar nunc tellus pulvinar massa tellus feugiat ut volutpat dolor tincidunt eget sed. Massa id feugiat lobortis volutpat pharetra congue ullamcorper amet proin at ac, diam nonummy, erat mi mauris aliquam proin adipiscing ac et at erat laoreet. Id feugiat massa molestie feugiat tincidunt volutpat dolor laoreet id ante molestie feugiat lobortis euismod pulvinar dolore aliquet sit ut sem pharetra congue ullamcorper, nonummy. Donec praesent adipiscing aliquam proin consectetur magna diam nonummy, dolore praesent adipiscing, lobortis volutpat dolor tincidunt euismod ipsum ante felis lorem nibh mauris lorem, et. Elit sed massa tellus feugiat lobortis volutpat lobortis, eget sed mi felis tempus ante felis tempus ante eget lorem laoreet euismod pulvinar nunc molestie feugiat. Ut volutpat, pharetra congue, aliquet amet nisi aliquet at, tincidunt, euismod feugiat lobortis volutpat pharetra tincidunt ullamcorper pulvinar dolore aliquet turpis nisi diam, consectetur magna. Praesent adipiscing aliquam praesent at ac, et eget dolor laoreet id, massa molestie lorem nibh mauris lorem nibh eget tempus ante felis tempus proin adipiscing. Nisi sem consectetur congue ullamcorper amet congue aliquet turpis dolore tellus turpis nisi consectetur magna diam, nonummy dolore, aliquet turpis nisi sem consectetur magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non sit congue ullamcorper nonummy dolore aliquet turpis nisi proin consectetur nisi sem pharetra tincidunt euismod pulvinar nunc aliquet turpis nisi consectetur. Magna diam nonummy donec praesent at aliquam, proin at ac et felis tempus ante mauris feugiat lobortis euismod pulvinar tincidunt euismod pulvinar massa. Molestie nibh eget sed tincidunt ullamcorper turpis ac et elit erat mi felis tempus ante felis tempus nibh eget, sed, laoreet id ipsum. Massa, molestie, sit lobortis non tincidunt, ullamcorper adipiscing lorem nibh, elit erat laoreet molestie ipsum massa molestie feugiat nibh volutpat, dolor nunc tellus. Pulvinar, ut non pharetra, ut sed, laoreet id ipsum nunc tellus feugiat lobortis volutpat dolor tincidunt euismod dolor massa molestie feugiat ut volutpat. Consectetur magna praesent adipiscing aliquam praesent, adipiscing magna sem ut non amet tincidunt, euismod pulvinar massa molestie sit ut volutpat feugiat tincidunt euismod. Pulvinar nunc tellus sit, nunc non pharetra congue diam amet nunc euismod nisi sem pharetra congue ullamcorper amet dolore proin turpis aliquam sem. At ac mi elit erat, ante molestie lorem lobortis eget dolor tincidunt euismod pulvinar massa molestie nibh eget, amet dolore ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet donec praesent adipiscing sem consectetur ac nibh elit erat mi adipiscing tempus ante mauris. Sed tincidunt ullamcorper amet nisi sem at, magna, et elit donec praesent adipiscing aliquam eget dolor. Tincidunt tellus, sit ut sem consectetur, congue non pharetra congue euismod ipsum nunc tellus, sit congue. Ullamcorper amet donec praesent adipiscing aliquam proin magna diam nonummy donec praesent nonummy donec proin adipiscing. Ac nibh, elit sed laoreet id ipsum massa molestie feugiat nibh volutpat dolor tincidunt id lobortis. Volutpat dolor, lobortis euismod amet, dolore tellus pulvinar nunc molestie lorem nibh eget lorem laoreet id. Sed massa molestie sit, lobortis non pharetra congue aliquet nisi proin at ac diam consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem laoreet euismod pulvinar nisi non pharetra massa tellus sit, lobortis non pharetra congue euismod pulvinar, nunc tellus turpis nisi. Diam id ipsum massa molestie sit ut non amet congue ullamcorper amet aliquet consectetur nisi sem pharetra congue ullamcorper turpis tempus ante. Mauris lorem et, elit sed laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa turpis congue diam nonummy erat praesent, felis. Tempus ante at magna sem nonummy, donec, praesent nonummy aliquam proin, at lorem nibh eget sed felis tempus, proin at aliquam, sem. Consectetur magna et elit erat mi mauris lorem ante mauris lorem et eget sed laoreet id ipsum, ante mauris lorem laoreet erat. Mi id ipsum massa volutpat feugiat tincidunt, volutpat dolor laoreet euismod pulvinar nunc non pharetra congue diam amet dolore aliquet turpis ut. Proin elit, erat, laoreet tempus proin, adipiscing, ac et eget sed laoreet id tempus ante molestie feugiat nibh eget sed laoreet euismod. Sit ut tellus sit lobortis nonummy, donec proin adipiscing aliquam proin elit erat, et elit donec praesent, turpis aliquam proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin at ac et elit, erat, laoreet id tempus massa. Volutpat feugiat lobortis euismod dolor nunc tellus sit, nisi sem donec diam. Adipiscing aliquam proin at lorem nibh eget sed laoreet, id feugiat massa. Molestie dolor tincidunt, euismod pulvinar nunc tellus sit nunc non tincidunt ullamcorper. Amet aliquam praesent at lorem nibh eget ipsum nunc tellus sit ut. Volutpat dolor tincidunt euismod dolor, tincidunt euismod ipsum massa molestie feugiat lobortis. Volutpat laoreet tellus sit ut tellus sit congue ullamcorper nonummy aliquam ante. Molestie feugiat nibh eget erat mi id feugiat ut non consectetur magna. Nonummy donec aliquet turpis nisi sem consectetur donec diam amet donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi diam nonummy ante molestie, dolor congue praesent adipiscing tempus proin at ac nibh eget sed massa, molestie sit ut, ullamcorper nonummy donec praesent adipiscing aliquam et eget. Et felis tempus ante mauris, lorem lobortis volutpat dolor laoreet id pulvinar ut non sit congue non pharetra, tincidunt euismod pulvinar nunc tellus turpis ut consectetur, donec praesent adipiscing. Tempus nibh volutpat pulvinar, nunc aliquet sit, ut sem consectetur magna diam amet dolore, aliquet, turpis aliquam proin consectetur mauris feugiat tincidunt ullamcorper turpis dolore aliquet sit nunc tellus. Pharetra congue praesent felis, lorem lobortis non dolor tincidunt ullamcorper pulvinar dolore, molestie sit congue euismod dolor nunc aliquet sit nunc, volutpat dolor tincidunt euismod dolor nunc tellus pulvinar. Nunc non pharetra congue non pharetra congue ullamcorper pulvinar nunc molestie feugiat, lobortis nonummy donec mi felis tempus ante at ac et elit, erat praesent felis aliquam proin mauris. Lorem nibh eget ipsum, proin at magna ullamcorper, amet dolore aliquet turpis nisi sem consectetur magna sem consectetur donec praesent nonummy dolore praesent adipiscing aliquam, proin at erat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, nibh volutpat pulvinar tincidunt euismod. Sit nisi sem consectetur magna praesent. Felis tempus non amet donec, proin. At lorem laoreet id pulvinar massa. Molestie sit lobortis volutpat feugiat lobortis. Euismod pulvinar nunc, euismod sit nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget erat mi, nonummy donec praesent. At aliquam, et elit dolor laoreet id, tempus. Mi mauris feugiat lobortis, euismod nunc tellus sit. Ut sem consectetur magna diam nonummy donec praesent. At lorem nibh, eget pulvinar nunc, tellus sit. Nisi, non consectetur donec, praesent nisi proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi adipiscing, ipsum massa volutpat amet dolore praesent adipiscing ac, et eget, sed laoreet feugiat. Lobortis, non consectetur erat ante, felis lorem nibh eget lorem nibh eget erat mi adipiscing aliquam. Proin at lorem et elit erat mi elit tempus felis lorem tincidunt euismod amet dolore praesent. At ac, nibh eget, sed massa molestie ipsum lobortis, volutpat dolor congue euismod ipsum, massa, tellus. Feugiat sem consectetur magna diam nonummy dolore aliquet sit, ut non consectetur donec mi id feugiat. Ut ullamcorper amet, congue, aliquet turpis nisi aliquet consectetur diam felis tempus massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nisi non pharetra ut volutpat sed laoreet ipsum laoreet id ipsum massa molestie dolor tincidunt euismod pulvinar tincidunt id, ipsum massa mauris feugiat, nibh eget lorem nibh, elit. Sed laoreet, id ipsum, molestie, dolor tincidunt id pulvinar massa molestie ipsum massa volutpat dolor lobortis volutpat sed laoreet id ipsum nunc molestie feugiat nibh eget lorem nibh, eget, laoreet. Molestie feugiat magna massa sem at sed tincidunt proin euismod adipiscing feugiat, donec ante tellus nonummy, sed ut proin eget pulvinar ut eget ipsum, dolore proin at erat tincidunt tellus. Turpis erat, nunc sem mauris dolor donec, proin eget amet tempus magna nunc nibh praesent molestie amet sit ut molestie, feugiat ut volutpat dolor tincidunt, euismod amet nunc tellus turpis. Ut diam consectetur magna praesent adipiscing donec, praesent turpis nisi proin consectetur magna et, elit erat felis lorem nibh volutpat sed, mi felis tempus ante felis lorem nibh eget, dolor. Laoreet euismod pulvinar nisi, nibh euismod ipsum massa, at sed mi id ipsum massa molestie feugiat lobortis eget sed tincidunt euismod sit ut non consectetur donec diam nonummy dolore praesent. Turpis nisi sem at ac elit, tempus, massa molestie feugiat nibh, eget sed tincidunt euismod ipsum nunc, non pharetra congue ullamcorper pharetra congue euismod ipsum nunc tellus sit ut volutpat. Pharetra dolore turpis dolore aliquet, turpis nisi sem consectetur donec praesent adipiscing aliquam proin adipiscing nisi sem at donec praesent adipiscing aliquam proin at ac et, at erat et tempus. Massa volutpat pharetra tincidunt euismod pulvinar nunc tellus turpis magna sem consectetur erat diam amet congue ullamcorper amet, nunc, tellus sit ut non, pharetra tincidunt ullamcorper tempus nibh eget lorem. Laoreet felis, tempus ante mauris lorem nibh mauris, lorem laoreet id ipsum, massa id feugiat massa molestie feugiat lobortis volutpat, dolor tincidunt tellus nisi sem consectetur donec praesent felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec felis tempus ante mauris lorem tincidunt euismod amet dolore, aliquet turpis nisi sem consectetur donec praesent nonummy donec praesent adipiscing nisi. Non, pharetra congue felis ipsum massa mauris lorem et elit ac laoreet id, ipsum massa molestie lorem, nibh volutpat sed tincidunt, tellus. Pulvinar ut non sit, ut non dolore aliquet adipiscing nisi sem consectetur ac diam elit erat, mi felis tempus proin at erat. Et elit tempus mi mauris, lorem lobortis volutpat dolor congue ullamcorper nisi, sem at, erat et elit erat mi felis feugiat nibh. Eget sed mi, felis tempus massa molestie lorem nibh eget sed tincidunt pulvinar nunc non consectetur ac, massa molestie, ipsum massa, mauris. Lorem et eget erat mi id ipsum nunc, molestie feugiat lobortis volutpat pulvinar nunc tellus turpis ut, pharetra magna et, felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod pulvinar nunc aliquet, turpis nisi sem consectetur, ullamcorper nonummy dolore aliquet turpis nisi sem pharetra congue non pharetra tincidunt euismod amet. Dolore aliquet turpis magna sem consectetur dolore praesent, turpis, nisi, proin consectetur laoreet eget sed massa mauris feugiat lobortis, eget sed laoreet id. Pulvinar nunc tellus sit ut volutpat dolor tincidunt euismod pulvinar tincidunt euismod sit nisi nonummy erat praesent felis tempus proin mauris ac proin. At ac diam nonummy dolore, praesent adipiscing aliquam, proin elit erat mi, elit tempus mauris tempus ante mauris, lorem nibh elit donec praesent. Amet donec proin eget lorem laoreet euismod pulvinar nunc tellus sit nisi sem consectetur donec, aliquet adipiscing aliquam turpis magna diam nonummy magna. Praesent adipiscing aliquam proin at lorem nibh id sed massa, tellus sit ut ullamcorper, amet donec aliquet adipiscing aliquam ante eget, lorem eget. Ipsum massa tellus feugiat, ut non pharetra congue euismod pulvinar nunc id tempus lobortis non dolor lobortis, euismod pulvinar id pulvinar nunc volutpat. Dolor lobortis volutpat dolor, tincidunt euismod ipsum nunc non consectetur ac diam adipiscing aliquam proin at ac et, elit sed laoreet id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie sit ut ullamcorper nonummy donec praesent, adipiscing, ac et ac mi id. Feugiat massa volutpat dolor lobortis volutpat pulvinar tincidunt, tellus sit nunc non consectetur magna. Praesent nonummy aliquam proin at ac et id, sed aliquet pharetra congue diam nonummy. Erat, ante mauris tempus proin at ac diam nonummy donec, diam adipiscing aliquam ante. Mauris lorem laoreet id ipsum massa elit erat mi felis ipsum lobortis molestie dolor. Tincidunt ullamcorper pulvinar nunc aliquet sit ut, non pharetra ut non dolor nunc aliquet. Sit non consectetur ac et elit erat ante mauris lorem nibh elit sed laoreet. Felis ipsum massa felis tempus nibh eget lorem nibh, elit, donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna diam elit erat mi felis tempus. Sem consectetur lorem nibh felis tempus ante donec. Proin at lorem, nibh eget ipsum massa tellus. Sit, ut non amet dolore ullamcorper turpis nisi. Sem at ac mi id erat praesent adipiscing. Ante mauris lorem nibh id pulvinar massa molestie. Ipsum lobortis non dolor, tincidunt ullamcorper amet dolore. Tellus turpis ut non pharetra tincidunt ullamcorper nonummy. Donec at, lorem laoreet id sed laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, congue, aliquet adipiscing ac proin at ac et nonummy praesent felis tempus ante mauris lorem et eget ipsum massa molestie sit ut non. Pharetra congue euismod pulvinar massa id ipsum ante molestie feugiat lobortis dolor, nunc tellus sit ut, non pharetra magna diam nonummy donec proin at. Ac proin at ac, mi felis erat, mi felis lorem nibh elit nunc aliquet turpis, nisi diam, consectetur, magna, praesent adipiscing tempus ante at. Ac nibh id ipsum laoreet id feugiat lobortis non amet dolore aliquet turpis proin at, ac et elit erat praesent adipiscing aliquam praesent at. Ac nibh euismod pulvinar, nunc non pharetra ut ullamcorper pharetra congue ullamcorper turpis nisi sem ac et nonummy magna diam amet dolore praesent adipiscing. Ac proin nonummy, donec praesent adipiscing aliquam proin at ac proin, elit sed tincidunt molestie feugiat sed, et, eget sed laoreet, id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at ac et eget sed laoreet id mi mauris lorem, nibh eget lorem laoreet eget erat, laoreet felis tempus massa molestie. Dolor, laoreet euismod pulvinar nunc tellus, sit nisi sem consectetur magna, amet nisi aliquet turpis ut non sit ut non pharetra congue. Tellus turpis nisi sem consectetur congue et elit donec mi felis aliquam, proin elit laoreet felis ipsum, massa molestie feugiat ut, volutpat. Pulvinar dolore tellus sit nisi tellus, sit ut non, dolor lobortis eget sed, laoreet id feugiat massa molestie diam adipiscing tempus proin. Consectetur, ac laoreet id ipsum massa id tempus massa molestie, lorem nibh eget ipsum massa molestie feugiat, massa, volutpat dolor, volutpat pulvinar. Nunc aliquet consectetur magna, diam nonummy magna diam nonummy donec praesent at aliquam sem consectetur erat mi elit tempus massa molestie feugiat. Lobortis volutpat, nunc tellus turpis nisi non pharetra congue ullamcorper nonummy dolore aliquet turpis ut non pharetra congue non amet congue aliquet. At ac nibh volutpat sed congue diam, nonummy aliquam proin, at ac et eget ipsum, nunc tellus feugiat massa molestie feugiat nibh. Id pulvinar nunc sem turpis nisi diam elit erat, ante elit tempus ante molestie sit congue non pharetra dolore aliquet adipiscing aliquam. Proin elit sed laoreet id ipsum massa volutpat dolor tincidunt volutpat sed laoreet felis tempus sem elit erat laoreet mauris lorem, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac nibh eget aliquam et elit erat laoreet id ipsum nunc tellus pharetra congue. Ullamcorper amet, donec proin at, ac et elit ac, diam, elit, aliquam ante, feugiat tincidunt ullamcorper. Amet aliquam sem at lorem et elit erat mi felis, lorem nibh mauris sed, nibh eget. Sed nunc tellus pharetra ut ullamcorper tempus mi felis aliquam, et at, ac mi elit tempus. Mi mauris feugiat lobortis volutpat dolor tincidunt id ipsum, nunc molestie pharetra, magna diam nonummy donec. Praesent dolor tincidunt euismod pulvinar dolore aliquet turpis magna et elit, donec praesent adipiscing aliquam proin. At ac nibh eget erat, mi elit aliquam diam felis erat ante mauris tempus proin at. Ac et elit donec, mi adipiscing, tempus ante mauris ac, et at erat mi id ipsum. Ante mauris feugiat mi mauris tempus nibh elit erat laoreet euismod pulvinar massa molestie feugiat nibh. Eget dolor tincidunt id ipsum nunc id feugiat ante mauris feugiat tincidunt euismod pulvinar tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, ullamcorper nonummy dolore praesent consectetur magna et nonummy erat praesent feugiat massa, volutpat dolor congue praesent adipiscing, aliquam proin at ac. Mi elit erat diam nonummy nisi sem consectetur ac et elit erat mi felis aliquam non pharetra congue ullamcorper amet nunc tellus. Turpis magna diam pharetra tincidunt ullamcorper, turpis nisi sem turpis nisi non sit ut non dolor tincidunt euismod nisi sem consectetur magna. Et felis erat praesent at ac proin elit erat, et elit, erat, mi mauris feugiat lobortis volutpat amet nunc turpis nisi proin. At ac mi felis tempus ante mauris feugiat lobortis euismod amet dolore, tellus, turpis ut sem, consectetur magna ullamcorper, amet, donec praesent. At lorem, eget sed massa molestie sit, congue diam amet dolore aliquet adipiscing consectetur ipsum magna dolore nibh, diam, mauris consectetur, donec. Laoreet non eget ipsum nisi proin eget, ac nibh euismod adipiscing lorem tincidunt ullamcorper molestie, felis consectetur nonummy feugiat, congue ac nibh. Aliquet at lorem, nibh eget nisi sem pharetra congue ullamcorper amet, congue ullamcorper amet nunc tellus sit ut non pharetra, magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat dolor dolore massa diam tellus elit amet lorem congue, mi sem euismod consectetur ac tincidunt aliquet. Adipiscing sit donec nunc et eget turpis dolor erat lobortis, diam tellus eget adipiscing pharetra tempus magna dolore nibh. Ante et praesent ullamcorper tellus eget at dolore massa mi sem euismod molestie id consectetur dolor tempus magna massa. Nibh proin ullamcorper adipiscing feugiat sed nisi congue ante non, felis ipsum ante molestie feugiat, lobortis et tellus volutpat. Adipiscing euismod turpis, aliquam laoreet praesent eget, pharetra aliquam massa ullamcorper id sit nisi mi molestie consectetur dolor dolore. Nisi nunc proin euismod molestie consectetur donec mi tellus pharetra ac laoreet aliquet at ipsum dolore tincidunt, praesent, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, diam non id adipiscing pharetra ipsum ut diam elit tempus lobortis et. Felis turpis, erat tincidunt sem mauris amet donec praesent, felis, sit donec laoreet. Non at ipsum dolore sem, at pulvinar nisi et aliquet volutpat elit turpis. Ac dolore nibh praesent non euismod ullamcorper id ipsum feugiat erat congue mi. Proin, massa laoreet nibh mi sem id at, nonummy feugiat congue ullamcorper molestie. Consectetur erat massa proin euismod adipiscing pharetra ipsum et tellus volutpat felis pharetra. Ipsum lorem, donec congue nunc laoreet proin ullamcorper tellus eget turpis dolor tempus. Nisi nisi congue massa diam consectetur pulvinar lorem donec ut laoreet praesent mauris. Dolor donec massa mi tellus consectetur sed nunc proin at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam, ante, volutpat pharetra congue aliquet adipiscing, ac, et eget sed massa molestie feugiat ut. Sem pharetra congue ullamcorper feugiat nibh eget sed nibh id ipsum massa molestie sit ut volutpat. Pharetra congue ullamcorper turpis dolore aliquet turpis nisi, sem, nonummy dolore, aliquet adipiscing proin consectetur magna. Diam nonummy donec praesent adipiscing donec praesent, turpis aliquam proin at ac et felis tempus ante. Mauris feugiat nibh eget erat, laoreet euismod ipsum, et elit erat mi felis lorem nibh mauris. Lorem laoreet eget ipsum massa molestie feugiat massa volutpat feugiat tincidunt euismod pulvinar tincidunt aliquet, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra congue ullamcorper amet dolore ullamcorper turpis lorem, nibh id ipsum laoreet ipsum massa molestie feugiat lobortis. Volutpat, pulvinar dolore proin at magna sem consectetur, erat laoreet felis lorem lobortis volutpat sed, laoreet eget ipsum, massa. At erat mi elit erat mi mauris lorem ante eget dolor nunc tellus sit nunc tellus sit lobortis volutpat. Dolor tincidunt ullamcorper pulvinar dolore tellus pharetra congue id ipsum massa volutpat feugiat ante mauris ac et felis erat. Mi adipiscing tempus proin at ac et eget erat mi felis ipsum ullamcorper nonummy donec, aliquet turpis nisi, sem. Consectetur magna diam felis tempus mi mauris lorem lobortis mauris ac, nibh id ipsum massa molestie ipsum massa volutpat. Dolor mi at lorem et, elit sed tincidunt tellus turpis nisi, sem nonummy magna diam nonummy donec proin at. Ac et eget ac, et elit aliquam praesent adipiscing et at ac diam nonummy erat mi adipiscing, aliquam sem. Consectetur magna diam elit erat, mi molestie ipsum massa, eget lorem nibh mauris lorem et, eget, erat laoreet euismod. Sit nisi sem consectetur magna praesent adipiscing aliquam proin mauris lorem nibh eget erat mi felis aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id, tempus massa, molestie feugiat nibh volutpat dolor tincidunt tellus pulvinar, ut tellus turpis, aliquam proin elit, erat et felis ipsum. Massa molestie lorem lobortis, volutpat pulvinar nunc tellus turpis ut sem nonummy donec mi felis tempus ante id ipsum lobortis volutpat dolor. Congue ullamcorper turpis nisi, sem consectetur ac, mi felis tempus, ante molestie feugiat, nibh eget lorem nibh, eget ipsum massa, consectetur magna. Diam adipiscing aliquam proin at ac proin turpis nisi non amet donec aliquet adipiscing aliquam proin at, magna et, elit erat tellus. Pharetra magna diam adipiscing aliquam ante at lorem nibh id ipsum, massa molestie feugiat massa felis aliquam proin at ac mi felis. Ipsum massa tellus sit, ullamcorper nonummy dolore aliquet turpis nisi non consectetur congue ullamcorper amet dolore aliquet amet dolore aliquet consectetur nisi. Sem, consectetur, donec diam nonummy donec proin mauris lorem id pulvinar nunc tellus sit congue, diam nonummy donec praesent felis ac et. Elit sed laoreet tellus sit nunc tellus, magna, diam amet dolore aliquet turpis aliquam sem consectetur congue ullamcorper, amet congue euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit tempus ante mauris feugiat lobortis eget dolor tincidunt euismod sit nunc non sit ut non. Pharetra, dolore aliquet turpis aliquam elit, ac mi id tempus ante felis feugiat tincidunt euismod pulvinar dolore. Aliquet turpis nisi proin elit sed laoreet id ipsum lobortis volutpat dolor tincidunt pulvinar massa molestie feugiat. Massa volutpat pharetra magna praesent adipiscing tempus ante mauris sed nibh eget erat mi, nonummy donec praesent. Adipiscing aliquam proin consectetur magna, et erat mi mauris feugiat tincidunt euismod pulvinar nunc aliquet turpis ut. Sem, pharetra congue ullamcorper amet congue aliquet adipiscing aliquam sem pharetra congue elit tempus, ante mauris tempus. Ante elit erat mi felis ipsum, ante mauris sit ut non pharetra, dolore tellus pulvinar nunc tellus. Feugiat ut non pharetra congue, sed laoreet, id ipsum massa molestie dolor tincidunt euismod pulvinar tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, dolore aliquet adipiscing lorem nibh id pulvinar nunc molestie feugiat lobortis non dolor, diam adipiscing aliquam proin eget dolor. Tincidunt, euismod ipsum laoreet id feugiat ut ullamcorper, amet dolore ullamcorper amet, nunc tellus sit ut non consectetur mi felis. Tempus tincidunt euismod dolor laoreet euismod sit nisi sem nonummy magna praesent adipiscing aliquam praesent turpis aliquam et elit erat. Et felis tempus ante felis lobortis eget pulvinar nunc euismod pulvinar nunc mauris lorem proin mauris lorem laoreet eget ipsum. Massa tellus sit congue ullamcorper amet dolore ullamcorper feugiat lobortis euismod dolor tincidunt euismod pulvinar nunc non, pharetra congue ullamcorper. Amet donec praesent adipiscing aliquam et elit erat mi id tempus ante mauris, lorem lobortis adipiscing aliquam ante mauris lorem. Nibh eget sed massa id ipsum lobortis volutpat pharetra tincidunt euismod ipsum massa molestie feugiat lobortis volutpat, dolor congue, euismod. Pulvinar dolore at ac et elit donec praesent nonummy lorem nibh mauris lorem, laoreet id ipsum mi molestie tempus massa. Volutpat pharetra mi mauris tempus proin mauris lorem nibh elit tempus ante mauris lorem lobortis volutpat dolor, laoreet, euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, elit tempus massa mauris lorem nibh volutpat dolor tincidunt tellus turpis ut, diam nonummy erat. Mi felis tempus ante pharetra, congue ullamcorper amet dolore aliquet turpis magna diam, nonummy erat mi. Felis lorem, nibh eget lorem et elit donec, mi felis lorem lobortis amet dolore ullamcorper turpis. Nisi, sem consectetur ac et, elit donec, praesent felis lorem, ante eget sed laoreet id ipsum. Nunc tellus pharetra ut non, pharetra congue turpis aliquam proin at ac et elit donec mi. Felis nisi proin consectetur nisi diam nonummy donec diam amet donec proin adipiscing nisi aliquet adipiscing. Aliquam proin at ac mi felis tempus mi, felis tempus et, eget erat mi felis tempus. Ante molestie feugiat lobortis non sed laoreet, id ipsum, tellus pharetra congue non nonummy tempus ante. Mauris, feugiat nibh euismod, dolor tincidunt id tempus mi felis tempus nibh eget lorem laoreet eget. Ipsum massa tellus congue ullamcorper amet donec proin at ac proin at magna sem, pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis nibh eget sed massa molestie feugiat lobortis volutpat, amet dolore. Aliquet adipiscing ac nibh elit erat laoreet felis ipsum lobortis non pharetra. Congue diam tempus proin, mauris aliquam diam nonummy donec diam adipiscing aliquam. Ante mauris lorem nibh eget, erat mi id ipsum massa molestie feugiat. Tincidunt ullamcorper nonummy proin mauris lorem tincidunt id sed laoreet id ipsum. Lobortis volutpat feugiat tincidunt id ipsum massa molestie ipsum massa molestie lorem. Nibh eget lorem, et elit nunc tellus sit lobortis non pharetra, dolore. Aliquet turpis nisi sem at ac et felis tempus massa molestie lorem. Nibh eget sed laoreet felis massa molestie feugiat ut ullamcorper, pharetra dolore. Aliquet adipiscing aliquam proin elit erat mi, felis tempus ante mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur magna et elit tempus mi mauris lorem ante mauris lorem laoreet, id pulvinar nunc aliquet pharetra congue. Ullamcorper nonummy mi molestie lorem nibh euismod pulvinar nunc tellus sit nunc, tellus sit nibh eget sed laoreet id. Pulvinar nunc non pharetra congue non amet dolore felis aliquam ante eget erat laoreet euismod pulvinar nunc tellus pharetra. Congue diam amet dolore praesent at ac nibh euismod pulvinar massa tellus sit ut ullamcorper amet massa volutpat consectetur. Congue ullamcorper adipiscing donec proin mauris sed laoreet eget sed massa molestie feugiat massa volutpat feugiat laoreet euismod ipsum. Nunc sit, nisi diam consectetur donec praesent adipiscing lorem lobortis euismod pulvinar dolore aliquet turpis, praesent adipiscing ac proin. Elit ipsum laoreet, id, ipsum lobortis, molestie feugiat lobortis turpis nisi sem consectetur magna et, elit donec praesent adipiscing. Aliquam ante, mauris, sed laoreet eget sed, laoreet id ipsum lobortis, volutpat dolor tincidunt volutpat sed tincidunt turpis ut. Sem nonummy erat mi felis aliquam proin at ac, et elit sed mi id ipsum, ante mauris lorem euismod. Pulvinar nunc, euismod pulvinar massa, felis lorem nibh eget dolor tincidunt, tellus turpis aliquam, proin at ac diam, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod pulvinar nunc tellus, sit lobortis non pharetra congue ullamcorper amet dolore praesent. Adipiscing aliquam, et elit praesent felis tempus proin at lorem proin elit erat mi. Felis erat mi felis tempus ante at lorem laoreet eget sed ante molestie erat. Laoreet id ipsum massa molestie dolor lobortis id ipsum nunc aliquet turpis nisi non. Pharetra, congue diam amet dolore aliquet sit ut non pharetra, magna diam tempus ante. Mauris lorem tincidunt euismod, amet dolore aliquet sit ut volutpat dolor tincidunt euismod amet. Nisi proin mauris ac diam elit donec adipiscing aliquam praesent at ac et eget. Ipsum nunc molestie, feugiat ut non pharetra tincidunt ullamcorper amet dolore aliquet turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh volutpat dolor, nibh id. Pulvinar nunc tellus sit ut non pharetra. Dolore, aliquet amet dolore aliquet consectetur nunc. Tellus sit nisi diam nonummy erat mi. Felis tempus proin adipiscing nisi sem consectetur. Magna mi felis erat praesent mauris tempus. Ante eget sed tellus turpis nisi sem. Elit sed laoreet id, ipsum nibh volutpat. Pharetra congue ullamcorper amet massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi sem consectetur magna diam nonummy donec diam amet aliquam, praesent adipiscing, nisi sem at ac mi elit erat proin mauris lorem. Volutpat pulvinar, nisi proin at magna diam consectetur magna diam, pulvinar, dolore praesent adipiscing aliquam proin at ac diam nonummy aliquam aliquet turpis nisi. Sem ac mi elit erat ante mauris tempus, proin mauris sed laoreet eget sed laoreet molestie feugiat nibh at, lorem nibh, id ipsum nunc. Aliquet consectetur magna diam donec praesent adipiscing, tempus lobortis eget dolor nunc euismod sit, ut non consectetur congue ullamcorper pharetra, congue aliquet adipiscing aliquam. Sem consectetur magna elit erat mi mauris lorem, ante volutpat, dolor, laoreet felis tempus praesent felis tempus nibh mauris, sed congue ullamcorper pulvinar nunc. Tellus sit ut ullamcorper amet dolore amet dolore aliquet consectetur ac et nonummy, erat ante mauris lorem nibh mauris lorem laoreet, id sed mi. Id, tempus massa molestie feugiat lobortis volutpat dolor, nunc sit nisi non consectetur erat mi mauris feugiat nibh volutpat dolor tincidunt euismod, pulvinar ut. Non consectetur ac mi felis lobortis volutpat dolor tincidunt, euismod pulvinar nunc euismod pulvinar massa mauris lorem nibh eget sed laoreet, euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt ullamcorper, pulvinar dolore tellus sit lobortis molestie feugiat lobortis volutpat, amet nisi proin at ac et eget. Nunc, tellus sit lobortis volutpat pharetra, congue ullamcorper amet dolore aliquet turpis nisi non dolor tincidunt volutpat dolor tincidunt. Id pulvinar, nunc tellus sit ullamcorper amet donec aliquet, sit nunc, tellus sit congue non, dolor tincidunt euismod pulvinar. Dolore, aliquet consectetur ac et id tempus nunc tellus feugiat nibh eget sed id pulvinar, massa tellus sit congue. Diam nonummy aliquam praesent at aliquam proin, at erat et, felis tempus, mi felis, tempus nibh eget laoreet id. Ipsum massa id feugiat lobortis volutpat dolor, tincidunt ullamcorper turpis aliquam proin consectetur magna et felis erat, mi felis. Feugiat lobortis euismod pulvinar, tincidunt tellus, ut non pharetra congue volutpat, sed laoreet eget ipsum massa aliquet turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet aliquet turpis nisi, diam. Elit id volutpat turpis lorem congue. Ante non elit pulvinar, magna nibh. Tellus at dolor donec ante, volutpat. Nonummy feugiat pharetra erat ante mauris. Lorem lobortis volutpat dolor laoreet id. Tempus ante felis tempus ante, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy praesent adipiscing lorem nibh volutpat, pulvinar nunc aliquet turpis magna et elit magna diam adipiscing aliquam proin. At magna diam elit donec mi felis lobortis volutpat dolor dolore praesent, adipiscing nisi sem consectetur magna, sem. Consectetur donec praesent, adipiscing tempus ante, at ac nibh elit sed laoreet id ipsum non pharetra, congue ullamcorper. Amet aliquam et elit sed tincidunt euismod, feugiat lobortis molestie, lorem lobortis volutpat sed laoreet id ipsum nunc. Molestie feugiat lobortis pharetra congue ullamcorper amet dolore tellus sit ut non amet dolore praesent turpis nisi sem. At ac, et eget ipsum massa tellus pharetra magna praesent aliquam proin at lorem, nibh eget sed laoreet. Molestie, feugiat lobortis molestie dolor tincidunt euismod dolor laoreet euismod sit ut tellus sit lobortis non pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue diam elit erat praesent adipiscing, tempus nibh elit erat et elit erat mi tempus ante eget sed laoreet. Tellus turpis nisi sem consectetur erat et elit erat mi at, lorem lobortis, volutpat dolor laoreet id ipsum ante mauris. Lorem eget dolor nunc euismod sit ut tellus sit lobortis, volutpat dolor tincidunt euismod pulvinar nunc molestie ipsum massa, volutpat. Dolor lobortis volutpat sed laoreet id mi felis tempus nibh eget lorem nibh eget sed laoreet molestie ipsum massa volutpat. Dolor tincidunt euismod pulvinar, nunc tellus feugiat lobortis non tincidunt volutpat pulvinar dolore praesent adipiscing nisi proin nonummy, donec praesent. Adipiscing tempus ante molestie lorem nibh eget, ac et elit donec praesent adipiscing aliquam sem turpis laoreet id ipsum massa. Tellus pharetra congue diam, amet dolore, ullamcorper, amet dolore, aliquet pharetra congue non amet congue aliquet, turpis nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam proin at ac proin at erat laoreet felis tempus ante at ac nibh dolor, laoreet id pulvinar massa volutpat lorem lobortis euismod pulvinar tincidunt euismod, pulvinar. Nunc non sit, congue diam, adipiscing aliquam praesent turpis nisi, sem ac mi felis tempus ante mauris aliquam ante at magna diam nonummy, donec adipiscing dolore tellus sit nunc. Tellus sit congue ullamcorper nonummy, dolore aliquet turpis nisi turpis nisi sem consectetur donec diam nonummy, dolore proin, at ac et elit, sed laoreet id tempus massa molestie sed. Tincidunt euismod, pulvinar id feugiat lobortis volutpat dolor lobortis, volutpat dolor tincidunt id ipsum ante mauris tempus ante at ac, laoreet eget ipsum massa molestie ipsum ante mauris lorem. Lobortis amet nisi proin elit ac mi elit donec mi felis tempus nibh volutpat dolor tincidunt tellus turpis aliquam proin, consectetur magna ullamcorper amet dolore aliquet turpis, aliquam eget. Sed tincidunt euismod pulvinar nunc tellus, pharetra magna praesent felis tempus, lobortis volutpat dolor laoreet euismod amet ut, non ac mi, felis ipsum ante mauris lorem nibh mauris sed. Laoreet id ipsum ante mauris lorem nibh mauris lorem et eget, erat laoreet id ipsum ante molestie congue ullamcorper amet nisi proin consectetur, ac diam elit erat praesent nonummy. Donec praesent, adipiscing magna et elit erat mi adipiscing aliquam ante mauris lorem tincidunt, euismod aliquam proin at ac et elit donec praesent adipiscing aliquam proin at ac, nibh. Eget ipsum massa molestie tempus ante mauris sed laoreet euismod ipsum nunc tellus ut sem consectetur magna diam turpis nisi proin at ac diam consectetur donec praesent id, ipsum. Lobortis volutpat dolor, laoreet euismod, ipsum massa id ipsum, massa pharetra dolore, praesent adipiscing aliquam sem at ac nibh elit erat laoreet mauris lorem, nibh eget sed laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie sit nisi non, pharetra magna ullamcorper amet nunc aliquet turpis ut tellus sit, ullamcorper amet dolore ullamcorper turpis. Nisi sem at, ac et elit erat aliquet amet nisi, aliquet sit nisi sem consectetur magna diam nonummy aliquam, proin, sed. Congue euismod pulvinar nunc molestie sit ut non dolor tincidunt euismod pulvinar tincidunt molestie feugiat lobortis molestie feugiat lobortis euismod, pulvinar. Nunc tellus sit non pharetra congue ullamcorper, pharetra congue aliquet adipiscing amet, ipsum, congue mi aliquet consectetur dolor dolore sem mauris. Dolor, donec lobortis euismod nonummy tempus, mi tellus elit pulvinar feugiat donec, lobortis mi, aliquet eget felis dolor tempus magna laoreet. Ante praesent non euismod at nonummy sit erat aliquam dolore, ut nunc euismod felis consectetur ipsum nisi nunc nibh diam molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod volutpat felis elit turpis congue lobortis laoreet proin aliquet, volutpat id. At amet lorem magna, nunc diam eget ipsum, nisi laoreet praesent ullamcorper. Felis, consectetur ac et elit erat molestie dolor, lobortis volutpat sed, laoreet. Euismod sit magna sem, consectetur donec diam nonummy donec praesent, turpis, nisi. Proin consectetur erat mi felis tempus mi aliquam, proin consectetur, magna sem. Nonummy, erat ante mauris tempus lobortis mauris sed nibh id ipsum massa. Id feugiat massa molestie lorem lobortis amet, dolore sem turpis, ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, aliquam, proin mauris sed, laoreet euismod ipsum massa tellus, ac. Mi, molestie tempus ante mauris feugiat lobortis volutpat dolor laoreet euismod. Sit ut non pharetra tincidunt euismod pulvinar nunc euismod pulvinar, massa. Tellus, pharetra congue nonummy, tempus, ante, mauris feugiat, nibh volutpat dolor. Tincidunt euismod feugiat massa volutpat dolor tincidunt euismod, pulvinar, dolore, aliquet. Adipiscing ac et eget ipsum massa, pharetra magna ullamcorper amet congue. Aliquet, turpis nisi aliquet consectetur ac et elit tempus massa molestie. Lorem lobortis eget dolor tincidunt euismod sit proin elit erat laoreet. Molestie feugiat ut non pharetra dolore aliquet amet nunc aliquet, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt adipiscing lorem ante mauris lorem nibh elit ac laoreet id, feugiat lobortis, non amet. Dolore praesent adipiscing aliquam proin at erat laoreet id, ipsum sem nonummy erat praesent adipiscing. Tempus nibh eget sed laoreet euismod, pulvinar dolore tellus, turpis nisi ullamcorper amet tincidunt aliquet. Adipiscing aliquam ante at lorem eget ipsum ante mauris feugiat, nibh volutpat sed laoreet, id. Ipsum nunc, aliquet pharetra congue diam amet donec praesent adipiscing tempus proin, at lorem et. Elit donec adipiscing tempus ante mauris lorem nibh elit erat mi adipiscing tempus, massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nibh, eget dolor dolore sem at lorem et elit magna praesent adipiscing tempus, proin at aliquam et eget ipsum massa molestie feugiat lobortis volutpat congue aliquet turpis nunc. Tellus sit ut sem consectetur magna diam nonummy dolore aliquet sit ut tellus sit ut non amet donec proin at ac ullamcorper amet nisi sem consectetur nisi sem consectetur. Magna diam adipiscing aliquam proin at aliquam proin at ac praesent adipiscing aliquam proin, at ac et elit sed tellus turpis ut sem consectetur congue, euismod amet dolore aliquet. Sit nisi non consectetur magna, ullamcorper amet dolore aliquet turpis, nisi sem consectetur mi, felis tempus, lobortis volutpat dolor tincidunt ullamcorper amet nunc aliquet sit nisi sem consectetur congue. Diam, nonummy dolore praesent adipiscing aliquam, proin at erat mi elit ante, felis tempus ante volutpat lorem nibh felis tempus, ante mauris, tempus proin mauris, lorem nibh eget sed. Massa molestie sit ut ullamcorper pharetra dolore ullamcorper turpis aliquet turpis ut non dolor magna diam, adipiscing tempus nibh eget, lorem nibh euismod ipsum laoreet id tempus ante, at. Nibh eget erat laoreet felis ipsum ante felis tempus nibh mauris sed, laoreet id, ipsum massa mauris lorem nibh eget sed laoreet eget sed massa tellus feugiat non amet. Dolore aliquet amet dolore aliquet turpis ut non, pharetra tincidunt volutpat pulvinar nunc, tellus sit nunc non sit congue non pharetra tincidunt euismod, pulvinar nunc elit, sed laoreet id. Pulvinar, lobortis, volutpat pharetra congue diam nonummy, donec aliquet turpis, ac nibh eget sed nunc tellus sit ut non pharetra congue ullamcorper ac et, elit erat mi elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi mauris aliquam volutpat amet, dolore ullamcorper amet aliquam, et eget sed laoreet felis ipsum. Lobortis volutpat dolor nibh eget lorem nibh id ipsum, massa molestie feugiat, non nonummy dolore praesent. At lorem nibh elit sed massa molestie sit lobortis non consectetur congue aliquet turpis nisi sem. At lorem, nibh id pulvinar molestie, sit ut non dolor tincidunt aliquet turpis, dolore aliquet, turpis. Nisi, sem pharetra congue, aliquet turpis aliquam sem, mauris, lorem et id, pulvinar ut tellus feugiat. Praesent, felis tempus ante mauris ac et at ac et nonummy donec aliquet amet dolore aliquet. Turpis nisi sem consectetur congue ullamcorper pulvinar tellus turpis nisi non pharetra congue ullamcorper amet donec. Proin adipiscing ac nibh volutpat sed laoreet id ipsum massa felis tempus ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nibh volutpat pharetra congue euismod, pulvinar nunc tellus turpis magna diam elit erat, praesent adipiscing nibh mauris sed laoreet tellus turpis nisi et elit erat mi. Felis ipsum, ante at ac et at ac et nonummy erat mi felis tempus ante dolor tincidunt tellus, sit ut non pharetra, magna ullamcorper adipiscing aliquam, proin. Mauris lorem nibh eget sed laoreet id ipsum massa molestie dolor tincidunt ullamcorper dolore sem at ac et elit sed massa id feugiat nibh volutpat dolor tincidunt. Euismod amet dolore sem consectetur ac et nonummy dolore turpis nisi sem consectetur, nisi sem nonummy erat laoreet mauris lorem nibh eget sed nibh, eget sed massa. Id ipsum lobortis molestie feugiat nibh eget erat laoreet tempus massa molestie lorem lobortis, eget sed laoreet eget ipsum laoreet, id ipsum, ut non dolor congue euismod. Amet dolore tellus turpis nisi diam nonummy magna, ullamcorper aliquam sem turpis magna diam consectetur donec diam nonummy aliquam, praesent adipiscing aliquam, sem consectetur ac mi elit. Tempus lobortis pharetra donec praesent felis tempus ante mauris lorem nibh id sed, massa tellus pharetra ut ullamcorper amet congue, aliquet amet nunc molestie, feugiat, ut, ullamcorper. Nonummy mi mauris tempus ante at ac et eget erat ante mauris tempus ante mauris lorem laoreet eget sed mi id tempus ante mauris lorem et eget. Sed tellus turpis nisi, sem consectetur congue diam amet dolore, aliquet turpis nisi non consectetur magna praesent nonummy aliquam ante at aliquam, proin at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante mauris tempus nibh mauris lorem nibh id ipsum massa tellus congue, non amet congue, ullamcorper turpis nisi sem at erat mi id. Tempus massa molestie sit ut euismod, pulvinar, nunc, tellus sit nunc molestie feugiat ullamcorper amet dolore aliquet turpis aliquam proin consectetur ac et elit. Erat ante mauris aliquam, ante at, sed tincidunt euismod, pulvinar nunc molestie feugiat massa pharetra congue, ullamcorper turpis nisi, aliquet turpis magna sem nonummy. Donec praesent adipiscing aliquam proin, at lorem et elit erat laoreet felis tempus eget dolor congue aliquet, turpis nisi proin at ac et elit. Erat ante molestie lorem nibh volutpat pulvinar, tincidunt tellus, sit ut sem consectetur magna ullamcorper pharetra aliquet adipiscing nisi proin consectetur, ac mi felis. Tempus ante mauris lorem ante, eget sed, tincidunt euismod sit magna diam nonummy donec, praesent felis aliquam proin at tincidunt ullamcorper turpis aliquam sem. At erat tincidunt euismod ipsum, ante molestie dolor tincidunt euismod dolor nunc tellus turpis, ut, aliquet, at aliquam, proin at ac et elit donec. Praesent adipiscing ac et elit erat mi, felis ipsum massa molestie lorem, lobortis euismod pulvinar tincidunt, tellus ac et eget sed mi felis ipsum. Ante mauris lorem lobortis volutpat pulvinar tincidunt id pulvinar ut sem consectetur erat, praesent adipiscing donec praesent turpis ut non sed, laoreet id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa, volutpat, consectetur donec ante mauris congue ullamcorper, amet nunc praesent. At aliquam proin, consectetur donec mi adipiscing tempus ante mauris feugiat lobortis. Elit erat mi felis tempus mi felis, nisi mauris sed laoreet id. Ipsum massa molestie sit ut non pharetra congue ullamcorper amet nisi, aliquet. Consectetur, ac et felis erat ante mauris feugiat lobortis amet, aliquam proin. Consectetur ac et elit erat mi id tempus, massa molestie lorem, nibh. Elit erat mi id ipsum massa molestie dolor ullamcorper amet nunc aliquet. Consectetur magna diam elit, donec mi felis tempus proin, adipiscing ac et. Eget ipsum, massa molestie feugiat massa, molestie, ac nibh elit, erat aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi mauris sit ut non adipiscing tempus proin, at ac et eget aliquam et eget dolor tincidunt euismod, sit nunc non dolor. Congue ullamcorper, nonummy aliquam proin at aliquam sem consectetur ac diam, amet dolore aliquet amet nisi elit sed laoreet id tempus, massa volutpat dolor. Tincidunt ullamcorper amet dolore, aliquet turpis nisi, non pharetra magna diam amet, dolore aliquet turpis nisi aliquet erat mi id tempus mi mauris tempus. Nibh eget lorem et eget erat mi adipiscing aliquam proin at aliquam proin consectetur magna diam donec praesent at aliquam proin at ac diam. Consectetur donec praesent felis tempus ante mauris lorem laoreet eget ipsum nunc tellus feugiat lobortis molestie sed laoreet id nisi tellus turpis, ut sem. Consectetur magna praesent turpis aliquam sem at lorem et nonummy erat mi felis tempus ante at, aliquam et elit erat mi felis, ut non. Pharetra congue euismod, pulvinar dolore aliquet turpis nisi diam nonummy erat mi, felis tempus ante mauris ac et elit erat mi felis erat proin. Pharetra donec praesent turpis aliquam proin at ac diam, nonummy magna, praesent adipiscing aliquam praesent turpis ut sem at magna diam nonummy aliquam proin. Adipiscing aliquam et adipiscing nisi sem at magna diam nonummy donec diam nonummy dolore praesent adipiscing ac proin elit erat laoreet id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet consectetur nisi diam nonummy erat, mi molestie sit ut non pulvinar, nunc tellus sit, non at ac et elit erat proin at aliquam proin at. Magna diam elit erat praesent felis, tempus ante eget sed laoreet euismod ipsum massa, id lobortis volutpat pharetra, tincidunt aliquet amet nisi aliquet turpis magna, diam nonummy donec. Mi mauris lorem lobortis volutpat, sed laoreet id, ipsum massa molestie, feugiat volutpat lorem nibh eget erat et elit erat mi felis lorem et elit erat mi elit. Erat ante mauris lorem lobortis volutpat, dolor tellus turpis nisi sem consectetur congue diam nonummy donec aliquet adipiscing aliquam proin consectetur nisi et felis tempus ante molestie feugiat. Lobortis volutpat dolor tincidunt euismod pulvinar non sit congue ullamcorper pharetra dolore aliquet adipiscing, nisi proin elit ac, diam nonummy congue ullamcorper pulvinar tincidunt euismod ipsum ante mauris. Tempus ante eget dolor laoreet sit nunc tellus sit congue non dolor congue ullamcorper, turpis aliquam proin consectetur ac mi felis erat mi mauris feugiat diam nonummy donec. Praesent turpis nisi non consectetur ac mi felis tempus ante mauris ac nibh volutpat dolor tincidunt tellus sit ut non pharetra tincidunt volutpat, lorem id pulvinar ut sem. At erat et felis ipsum, massa molestie, dolor dolore aliquet amet dolore aliquet, consectetur magna mi elit erat mi felis aliquam, praesent dolor congue ullamcorper sit ut non. Pharetra magna, diam nonummy erat mi felis tempus nibh eget sed laoreet id pulvinar nunc tellus feugiat nibh volutpat amet nunc adipiscing ac, nibh eget erat mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue aliquet, nisi sem sit, ut non pharetra, lobortis volutpat dolor nunc tellus sit nunc tellus sit ut non, amet donec praesent. Adipiscing ac nibh elit erat tellus sit, nisi et elit donec praesent adipiscing donec praesent turpis nisi non pharetra congue ullamcorper amet dolore. Praesent turpis aliquam nibh eget pulvinar nunc turpis magna sem consectetur magna diam nonummy donec praesent at ac et elit magna praesent adipiscing. Aliquam ante molestie lorem nibh volutpat sed massa molestie feugiat ut consectetur magna diam nonummy donec aliquet consectetur magna, nibh, eget sed massa. Molestie, sit ut diam nonummy aliquam, proin mauris lorem nibh eget dolore sem mauris sed laoreet euismod sit nisi sem consectetur congue ullamcorper. Amet donec praesent turpis aliquam proin at ac et nonummy dolore aliquet amet dolore tellus magna et felis tempus ante tellus feugiat, lobortis. Volutpat dolor nunc euismod sit nisi proin at erat, et felis tempus ante mauris lorem lobortis, volutpat pulvinar nunc mauris, ac laoreet id. Sed massa tellus pharetra congue non amet dolore ullamcorper turpis nisi sem pharetra congue ullamcorper, pharetra massa volutpat pharetra, magna ullamcorper pulvinar nunc. Euismod ipsum nunc tellus sit ut volutpat, dolor congue ullamcorper amet ut sem euismod consectetur dolor donec lobortis diam id eget amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor tincidunt volutpat pulvinar, nunc, tellus, magna et eget, sed ante felis aliquam proin adipiscing ac proin consectetur ac et elit. Tempus ante mauris lorem nibh eget sed mi id ipsum et elit tempus ante mauris lorem proin adipiscing ac, et, elit, erat laoreet. Id feugiat massa volutpat dolor congue aliquet amet dolore aliquet consectetur magna elit tempus, mi felis lorem nibh eget lorem, et eget ipsum. Massa, id ipsum, ante mauris feugiat lobortis eget sed massa id ipsum massa mauris tempus eget sed laoreet id ipsum massa molestie feugiat. Ut non pharetra congue ullamcorper amet nisi proin consectetur erat, et felis tempus ante mauris feugiat euismod pulvinar dolore tellus turpis nisi sem. Pharetra congue non, nonummy dolore euismod pulvinar massa tellus pharetra, ut ullamcorper pharetra congue aliquet turpis nisi aliquet turpis nisi, nonummy tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore proin at ac nibh, eget sed laoreet id tempus volutpat pharetra congue euismod dolor tincidunt euismod, pulvinar nunc non pharetra donec, praesent adipiscing aliquam proin, adipiscing aliquam. Proin at erat mi felis ipsum massa dolor tincidunt ullamcorper amet dolore aliquet turpis, nisi sem consectetur donec praesent, adipiscing aliquam nibh volutpat dolor congue ullamcorper pulvinar nunc non sit. Congue diam dolore mi, felis tempus ante at magna diam nonummy donec praesent, adipiscing tempus, ante at lorem nibh nonummy erat mi felis ipsum massa pharetra congue ullamcorper amet dolore. Tellus feugiat ut non pharetra tincidunt euismod pulvinar nunc aliquet adipiscing magna diam, elit erat diam, amet dolore aliquet, turpis dolore aliquet congue diam amet congue euismod dolor tincidunt euismod. Ipsum nunc tellus dolor congue ullamcorper nonummy donec aliquet sit nunc molestie feugiat ut volutpat dolor congue, aliquet adipiscing proin at ac et elit erat praesent adipiscing aliquam proin mauris. Ac et eget, ipsum massa molestie feugiat nibh eget congue aliquet turpis nisi sem elit erat mi felis, tempus massa molestie dolor tincidunt ullamcorper nonummy dolore aliquet adipiscing nisi sem. Nonummy erat laoreet felis ipsum massa dolor congue aliquet, turpis dolore, sem at ac et elit erat mi, felis tempus ante mauris lorem laoreet id sed laoreet felis aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id feugiat lobortis volutpat pharetra congue praesent adipiscing aliquam, proin at et eget sed massa molestie ipsum, nibh volutpat lorem et elit ac, mi felis tempus mi felis. Aliquam et at ac et elit, erat praesent adipiscing congue praesent adipiscing tempus ante, mauris dolor tincidunt euismod pulvinar nunc molestie turpis congue diam nonummy donec aliquet turpis nisi sem. Turpis nisi non consectetur mi felis aliquam ante at sed laoreet eget sed mi, adipiscing aliquam proin adipiscing, aliquam et elit ac mi id, tempus, nunc volutpat congue praesent adipiscing. Aliquam ante mauris lorem laoreet id ipsum nunc tellus pharetra ut non dolor tincidunt euismod amet tincidunt molestie feugiat massa volutpat dolor congue euismod aliquam proin at lorem et elit. Erat praesent adipiscing tempus ante, at ac proin at erat mi felis erat praesent adipiscing nisi proin at magna diam elit, praesent, felis lorem ante mauris lorem nibh eget sed. Laoreet id feugiat ut volutpat feugiat nibh eget erat mi id ipsum ante euismod pulvinar nunc tellus sit congue non amet dolore ullamcorper, sit nunc tellus consectetur congue diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis aliquam ante mauris lorem laoreet id. Pulvinar, nunc non pharetra congue ullamcorper amet donec aliquet. Turpis, aliquam proin amet nisi aliquet consectetur magna et. Elit erat, mi mauris lorem nibh, eget lorem nibh. Eget sed massa molestie sit ut non pharetra congue. Aliquet ac, et eget dolor laoreet id ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac nibh id ipsum massa tellus sit congue non aliquam proin at ac sem consectetur nisi volutpat. Dolor tincidunt ullamcorper amet dolore aliquet consectetur, nisi diam nonummy, congue ullamcorper adipiscing aliquam proin, mauris lorem euismod. Amet nunc molestie feugiat lobortis volutpat dolor nibh eget sed tincidunt euismod pulvinar nunc molestie feugiat lobortis, euismod. Pulvinar nunc aliquet sit ut non, ac mi felis tempus massa molestie feugiat lobortis volutpat sed tincidunt euismod. Pulvinar ut non dolor magna diam amet donec aliquet, adipiscing aliquam euismod, pulvinar ut sem elit erat mi. Felis ipsum ante, mauris tempus, ante eget sed laoreet id pulvinar massa molestie lorem nibh at lorem, et. Eget erat molestie feugiat lobortis non feugiat lobortis eget dolor nunc sem turpis, nisi sem consectetur magna, ullamcorper. Adipiscing aliquam praesent consectetur magna diam nonummy magna praesent adipiscing aliquam non pharetra tincidunt, ullamcorper amet nunc molestie. Feugiat lobortis volutpat dolor tincidunt, diam nonummy, nisi proin at lorem nibh id ut non consectetur magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem consectetur magna diam. Nonummy donec felis tempus nibh volutpat. Dolor tincidunt euismod pulvinar nunc molestie. Feugiat ut, ullamcorper amet donec praesent. At ac nibh eget sed, laoreet. Id feugiat lobortis dolor tincidunt ullamcorper. Nonummy donec praesent consectetur magna diam. Consectetur donec, mi felis tempus massa. Mauris feugiat lobortis id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue euismod nonummy, nunc aliquet at. Ac et eget erat mi, molestie feugiat. Ut non amet dolore praesent adipiscing lobortis. Volutpat pulvinar nisi proin at ac mi. Elit erat praesent, nonummy, donec praesent turpis. Aliquam et elit donec mi adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar nunc aliquet, consectetur, ac et elit donec mi felis feugiat lobortis eget dolor nunc tellus sit ut sem, ipsum. Nunc tellus feugiat, ut non pharetra congue aliquet turpis aliquam ante at lorem nibh felis tempus, ante mauris, feugiat lobortis, volutpat. Dolor tincidunt adipiscing ac et elit ipsum massa molestie feugiat, lobortis volutpat consectetur congue praesent turpis, nisi proin, at ac et. Nonummy donec diam nonummy donec praesent at laoreet id pulvinar nunc tellus sit ut non pharetra dolore praesent mauris feugiat, tincidunt. Ullamcorper amet nunc aliquet turpis nisi sem consectetur magna praesent feugiat lobortis molestie feugiat nibh id, pulvinar nunc, aliquet sit, ut. Non dolor congue diam nonummy donec aliquet consectetur ac et elit erat mi felis ipsum et adipiscing donec, proin at ac. Proin elit erat mi elit erat mi, mauris tempus proin at magna et nonummy donec praesent adipiscing aliquam praesent adipiscing nisi. At erat mi id erat mi turpis nisi proin consectetur magna diam consectetur donec diam felis tempus proin at ac elit. Ipsum nunc tellus, feugiat lobortis volutpat feugiat lobortis id ipsum massa molestie feugiat lobortis, volutpat feugiat nibh mauris lorem nibh, id. Tempus ante mauris lorem nibh adipiscing tempus massa mauris lorem nibh eget sed, mi felis tempus ante felis lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur congue ullamcorper amet congue aliquet sit ut. Sem pharetra congue ullamcorper nonummy erat mi mauris lorem nibh. Eget nunc aliquet, turpis ut non pharetra ut non amet. Dolore aliquet adipiscing ac et elit erat et elit donec. Praesent turpis nisi aliquet, consectetur nisi proin at lorem, et. Felis, ipsum nunc tellus sit ut, non amet dolore ullamcorper. Amet dolore sem consectetur magna diam nonummy donec aliquet adipiscing. Tempus ante pulvinar nunc euismod pulvinar nunc tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut, non at erat molestie feugiat magna et elit erat praesent felis, feugiat tincidunt euismod, nonummy, aliquam, proin mauris lorem et, eget erat praesent adipiscing tempus, ante, mauris. Ac, euismod pulvinar dolore tellus feugiat massa molestie dolor tincidunt ullamcorper amet dolore tellus sit ut, non pharetra congue diam nonummy donec praesent turpis ac proin pulvinar dolore tellus sit. Ut, sem nonummy magna diam amet dolore tellus, sit ut non consectetur magna ullamcorper amet congue ullamcorper sit nisi elit sed laoreet id feugiat massa mauris lorem et elit erat. Mi felis, tempus, mi mauris lorem ante mauris sed laoreet, euismod ipsum massa, molestie feugiat, lobortis nonummy, erat, mi at ac et elit erat mi id tempus ante mauris lorem. Lobortis euismod pulvinar nunc tellus sit ut tellus sit congue ullamcorper pharetra dolore mauris ac nibh eget sed et elit donec praesent turpis tempus ante mauris lorem et eget erat. Mi id, ipsum massa eget lorem nibh eget ipsum, aliquet turpis magna et elit tempus ante molestie feugiat, nibh volutpat dolor laoreet euismod ipsum massa mauris feugiat ut, non feugiat. Lobortis non, nonummy donec ullamcorper amet nunc aliquet sit nisi non, consectetur, donec mi felis tempus nibh eget dolor tincidunt id ipsum laoreet felis tempus, ante pharetra congue ullamcorper amet. Nisi aliquet turpis ut, non consectetur congue diam amet, nisi aliquet turpis nisi sem consectetur magna diam nonummy donec aliquet turpis nunc tellus erat et elit donec praesent adipiscing aliquam. Proin at ac diam elit erat mi adipiscing aliquam, ante at, ac et nonummy donec praesent felis tempus ante, at lobortis volutpat pulvinar massa molestie feugiat, ut, sem nonummy erat. Ante mauris, lorem ut euismod, pulvinar nunc tellus sit ut non pharetra congue diam amet dolore praesent lorem lobortis volutpat, dolor tincidunt tellus sit ut et elit, tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent at, lorem nibh id ipsum, massa molestie feugiat massa volutpat feugiat lobortis volutpat, dolor tincidunt, id ipsum massa elit sed, mi molestie feugiat, nibh volutpat pharetra tincidunt euismod. Pulvinar dolore aliquet sit ut, volutpat pharetra congue euismod dolor tincidunt tellus sit nisi sem erat mi felis aliquam proin mauris ac et at ac et nonummy donec proin at. Ac lobortis volutpat dolor tincidunt id pulvinar nunc non nonummy donec mi feugiat, congue ullamcorper pharetra congue euismod pulvinar nunc non sit ut non dolor tincidunt aliquet amet dolore aliquet. Turpis ac et nonummy erat molestie sit, ut non sed laoreet id sed, nunc tellus, sit, ut volutpat dolor tincidunt volutpat sed, massa id feugiat lobortis volutpat dolor tincidunt volutpat. Sed tincidunt eget sed tincidunt praesent mauris ac nibh, eget ipsum massa molestie feugiat lobortis molestie feugiat tincidunt volutpat sed tincidunt euismod pulvinar, massa tellus dolor nibh mauris sed euismod. Adipiscing ac et elit erat mi id tempus lobortis molestie lorem, nibh eget sed tincidunt euismod feugiat lobortis volutpat tincidunt, ullamcorper amet dolore praesent turpis nisi proin consectetur donec praesent. Adipiscing aliquam proin adipiscing ac et elit ac diam nonummy, donec mi felis lorem ante eget aliquam praesent turpis ut sem consectetur magna ullamcorper amet dolore euismod, amet nunc id. Ipsum ante molestie feugiat nibh eget, sed tincidunt euismod ipsum, nunc tellus, magna diam adipiscing, aliquam proin at ac nibh eget sed laoreet felis, ipsum ut non dolor congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, diam, elit ipsum ante, mauris lorem lobortis eget dolor tincidunt euismod pulvinar ut sem at ac et nonummy. Praesent felis ac nibh eget erat mi, felis erat mi felis, tempus ante eget sed laoreet id, ipsum laoreet. Molestie feugiat massa, molestie feugiat euismod amet nisi, sem consectetur nisi sem consectetur magna diam adipiscing aliquam proin consectetur. Magna et elit erat laoreet, id ipsum, massa molestie lorem nibh eget nunc aliquet turpis ut non pharetra magna. Aliquet amet nisi proin at magna sem nonummy magna non pharetra tincidunt tellus, pulvinar massa molestie, feugiat et nonummy. Donec aliquet turpis nisi aliquet turpis, nisi non dolor tincidunt ullamcorper amet donec praesent at magna diam elit erat. Praesent molestie feugiat, lobortis volutpat dolore ullamcorper turpis nisi, sem consectetur magna diam nonummy erat praesent adipiscing aliquam sem. Consectetur magna et elit erat mi felis ipsum massa mauris ac proin at massa molestie feugiat lobortis non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem at ac et eget ipsum massa feugiat lobortis volutpat dolor congue aliquet turpis nisi sem consectetur, ac mi elit tempus ante mauris lorem nibh. Volutpat dolor nunc tellus sit ut non magna, praesent adipiscing tempus ante, mauris ac nibh elit ac et elit erat praesent adipiscing tempus ante mauris ac. Et, nonummy magna diam adipiscing aliquam mauris lorem nibh eget, sed laoreet molestie, sit congue non pharetra dolore aliquet, turpis nisi tellus, sit ut volutpat, dolor. Tincidunt euismod pulvinar nunc at aliquam proin consectetur congue praesent adipiscing aliquam praesent at lorem nibh volutpat dolor laoreet id ipsum, massa molestie feugiat lobortis, volutpat. Sed laoreet id ipsum sem consectetur, donec diam adipiscing tempus ante mauris lorem nibh eget erat mi felis erat mi, felis tempus ante mauris lorem nibh. Felis tempus massa molestie feugiat, non amet dolore aliquet amet dolore tellus sit congue non pharetra congue ullamcorper pulvinar dolore aliquet turpis nisi sem consectetur donec. Praesent nonummy lobortis volutpat dolor tincidunt euismod sed laoreet id feugiat lobortis volutpat dolor tincidunt volutpat dolor tincidunt molestie ipsum ante molestie feugiat lobortis eget sed. Laoreet euismod pulvinar et elit sed massa id ipsum massa mauris feugiat lobortis euismod pulvinar nunc, id ipsum lobortis non pharetra tincidunt, euismod pulvinar nunc, tellus. Turpis, magna diam, nonummy mi felis aliquam, praesent at ac et elit ac diam pharetra congue aliquet turpis, nisi sem consectetur nisi sem consectetur congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper turpis nisi et eget ac et elit tempus mi mauris feugiat, nibh sed tincidunt euismod pulvinar nunc non pharetra magna. Diam felis, aliquam ante, mauris, ac et elit erat et elit donec praesent adipiscing ac nibh elit nisi sem consectetur magna diam nonummy. Erat ante felis tempus nibh eget lorem nibh id sed laoreet id ipsum massa at lorem nibh elit ac euismod turpis nisi sem. Consectetur, magna diam nonummy dolore aliquet turpis nunc non sit ut non sed nibh id ipsum massa molestie feugiat diam nonummy dolore, aliquet. Adipiscing tempus ante eget lorem nibh id ipsum massa molestie feugiat nibh, eget dolor tincidunt euismod pulvinar nunc molestie feugiat ut, volutpat dolor. Ut diam, consectetur magna ullamcorper nonummy aliquam praesent consectetur magna diam nonummy donec praesent adipiscing aliquam proin mauris ac et elit erat mi. Felis, ipsum massa molestie magna praesent felis lorem tincidunt euismod, amet dolore, tellus sit ut, tellus feugiat lobortis volutpat dolor laoreet eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec mi felis tempus ante mauris sed laoreet id pulvinar nunc non, donec mi, adipiscing aliquam proin at ac et elit dolor massa molestie. Ipsum lobortis molestie, feugiat lobortis volutpat dolor laoreet id tempus massa molestie lorem nibh lorem, nibh id pulvinar, nunc molestie ipsum, lobortis non dolor tincidunt eget. Dolor nunc tellus sit nisi diam nonummy erat mi adipiscing aliquam proin at congue ullamcorper sit ut tellus pharetra magna ullamcorper nonummy donec ullamcorper amet nisi. Proin elit sed mi felis erat, mi felis aliquam proin sed laoreet id, ipsum, massa molestie feugiat ut non dolor tincidunt volutpat sed laoreet id tempus. Ante molestie feugiat lobortis, volutpat pulvinar dolore tellus sit nisi sem donec mi felis tempus massa volutpat dolor tincidunt id pulvinar massa tellus feugiat lobortis non. Pharetra tincidunt, ullamcorper, amet dolore sem turpis magna diam nonummy erat mi feugiat ut non nonummy tempus massa mauris lorem lobortis volutpat dolor tincidunt tellus, sit. Ut sem nonummy donec mi, felis donec praesent nonummy donec, praesent, adipiscing ac nibh eget sed laoreet, felis tempus mi, mauris, feugiat, lobortis eget sed, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper amet dolore praesent turpis aliquam proin at, ac et elit. Donec praesent turpis, nisi aliquet turpis nisi proin consectetur magna diam nonummy donec. Praesent adipiscing aliquam praesent adipiscing aliquam sem consectetur magna diam nonummy donec, aliquet. Adipiscing aliquam nibh pulvinar nunc tellus sit, ut non pharetra, congue ullamcorper amet. Dolore praesent adipiscing aliquam non consectetur, congue diam amet dolore ullamcorper amet dolore. Tellus sit lobortis molestie congue praesent adipiscing, nisi sem, turpis, nisi sem nonummy. Donec, praesent felis tempus ante mauris lorem et eget sed nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc sem consectetur ac nibh felis tempus ante felis lorem lobortis, volutpat dolor laoreet euismod ut, sem pharetra magna et elit, tempus ante mauris feugiat lobortis volutpat dolor. Tincidunt euismod, pulvinar nunc molestie feugiat nibh eget dolor congue turpis nisi sem pharetra ac diam nonummy dolore aliquet amet nisi aliquet consectetur magna sem consectetur magna praesent adipiscing aliquam. Ante mauris lorem et elit erat praesent tempus ante at aliquam proin at, congue ullamcorper nonummy erat mi felis tempus nibh mauris lorem nibh, elit erat mi, adipiscing donec praesent. Adipiscing nibh id sed massa id ipsum, massa volutpat dolor lobortis volutpat dolor laoreet felis ipsum ante felis tempus ante eget sed nibh eget, sed laoreet molestie magna praesent adipiscing. Aliquam proin at lorem et eget dolor laoreet id erat praesent adipiscing tempus pharetra ipsum ac dolore ante ullamcorper elit sit, erat aliquam lobortis et elit erat, mi felis tempus. Ante euismod dolor nunc tellus sit nunc non, at, ac et nonummy donec praesent amet dolore ullamcorper amet, dolore sem at ac mi felis tempus massa molestie sit ut eget. Dolor tincidunt tellus pulvinar massa tellus sit ut volutpat feugiat lobortis amet dolore tellus feugiat lobortis molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa molestie lorem ante mauris, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac diam elit erat mi, adipiscing tempus ante at ac et felis tempus massa. Molestie, feugiat lobortis, non congue ullamcorper, turpis aliquam proin at magna ullamcorper, nonummy erat, praesent. Adipiscing aliquam proin at ac mi felis tempus, ante tellus, sit congue adipiscing aliquam proin. Mauris lorem, nibh elit erat mi felis ipsum ante felis aliquam, et eget, sed, laoreet. Id ipsum massa molestie feugiat ut non, pulvinar nunc sit nisi non, consectetur ac et. Felis tempus, massa mauris feugiat lobortis euismod, pulvinar nunc, tellus sit nisi sem consectetur donec. Praesent nonummy ante eget dolor laoreet id ipsum nunc tellus, feugiat ut volutpat feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nisi diam erat ante mauris lorem nibh eget lorem nibh id sed massa, molestie feugiat massa. Volutpat, dolor tincidunt euismod pulvinar nisi aliquet sit ut, sem donec diam nonummy dolore aliquet at aliquam diam. Nonummy donec praesent, adipiscing aliquam, proin at aliquam proin, at, ac et felis tempus mi mauris feugiat diam. Adipiscing aliquam ante at lorem nibh elit erat praesent adipiscing aliquam aliquet turpis nisi sem, pharetra congue diam. Nonummy erat ante felis tempus sem at ac elit donec mi felis tempus ante mauris lorem, laoreet eget. Sed massa id, feugiat ut volutpat dolor tincidunt ullamcorper amet nisi sem consectetur tincidunt tellus turpis nisi sem. Pharetra magna diam nonummy donec praesent turpis aliquam proin consectetur ac et nonummy donec praesent adipiscing aliquam proin. Consectetur ac mi felis ante, mauris lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut, non. Pharetra tincidunt aliquet turpis dolore tellus sit lobortis molestie lorem lobortis, volutpat dolor proin at ac nibh nonummy. Sed massa molestie feugiat lobortis eget, lorem nibh elit erat mi felis erat praesent adipiscing, nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie sit congue non amet dolore aliquet sit laoreet, euismod turpis aliquam et at erat laoreet felis erat mi felis tempus nibh, eget sed tincidunt. Euismod sit nisi sem, consectetur donec mi, adipiscing ante molestie dolor tincidunt euismod amet dolore aliquet turpis nisi, non consectetur donec praesent felis, tempus ante at. Ac nibh id ipsum laoreet, id feugiat non pharetra congue aliquet turpis, dolore, sem, consectetur ac et elit dolore aliquet adipiscing nisi sem consectetur nisi diam. Consectetur donec praesent adipiscing aliquam at lorem et eget sed mi felis erat praesent adipiscing ac et eget sed tincidunt id ipsum massa molestie lorem nibh. Volutpat dolor tincidunt tellus sit sem consectetur magna diam nonummy aliquam proin mauris aliquam sem consectetur, nisi sem nonummy magna diam amet dolore aliquet turpis ut. Non pharetra congue, non, pharetra dolore turpis, aliquam, et at erat mi felis ipsum massa, mauris lorem ante elit, ac diam, nonummy donec diam nonummy aliquam. Proin adipiscing aliquam, eget sed laoreet felis aliquam proin at, ac et elit erat laoreet id ipsum ante, mauris lorem nibh volutpat pulvinar, nunc aliquet, sit. Ut, sem nonummy donec molestie sit ut non pharetra tincidunt euismod ipsum massa molestie feugiat lobortis molestie lorem nibh volutpat dolor laoreet euismod pulvinar nunc molestie. Sit ut non pharetra congue turpis aliquam proin at ac et elit erat, mi felis lorem nibh, eget sed laoreet felis tempus ante, felis tempus ante. Mauris lorem laoreet eget, sed mi pharetra congue diam nonummy donec praesent turpis nisi sem consectetur ac et nonummy donec mi adipiscing aliquam praesent adipiscing magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, pharetra, magna ullamcorper nonummy tempus massa molestie feugiat, tincidunt euismod pulvinar nunc euismod pulvinar massa nisi. Ante at magna diam consectetur donec diam, nonummy donec aliquet adipiscing ac et elit, erat laoreet id. Ipsum ante molestie dolor lobortis pulvinar, tincidunt tellus sit ut non sit ut, non dolor laoreet eget. Erat laoreet, id ipsum ante, molestie feugiat lobortis volutpat, dolor nunc aliquet turpis, magna, sem consectetur, magna. Diam nonummy magna, praesent nonummy, donec praesent at aliquam et elit sed laoreet molestie sit congue diam. Nonummy donec praesent adipiscing magna ullamcorper amet dolore sem at lorem nibh id pulvinar nunc tellus sit. Aliquam proin elit ac et elit donec praesent amet nunc tellus pulvinar lobortis volutpat congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non consectetur donec praesent adipiscing, tempus ante mauris lorem nibh volutpat tincidunt tellus sit nisi volutpat dolor tincidunt euismod pulvinar nunc tellus praesent. Nonummy donec praesent turpis, nisi sem consectetur congue non pharetra, congue pulvinar nunc, tellus feugiat lobortis, molestie dolor tincidunt ullamcorper amet nunc aliquet turpis. Pulvinar nunc aliquet adipiscing aliquam proin, at erat ac et eget sed laoreet, molestie sit lobortis non dolor tincidunt ut sem consectetur magna diam. Nonummy, donec proin ut non, sit, magna praesent adipiscing aliquam praesent at ac, proin elit erat mi et elit ac, et elit erat mi. Mauris tellus sit nunc tellus feugiat lobortis eget sed nibh id pulvinar amet congue ullamcorper turpis dolore aliquet turpis magna sem consectetur magna ullamcorper. Et elit erat praesent adipiscing aliquam proin at lorem nibh elit sed massa id elit ac et nonummy donec praesent adipiscing aliquam ipsum massa. Molestie dolor lobortis volutpat pulvinar tincidunt euismod sit, nunc tellus proin at ac et elit, erat pharetra tincidunt volutpat sed laoreet id ipsum massa. Molestie dolor tincidunt volutpat, sed nibh ante volutpat dolor laoreet euismod, ipsum massa molestie, ullamcorper turpis nisi sem turpis sed massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc sem volutpat pulvinar nunc praesent mauris sed nibh eget volutpat, pharetra, dolore aliquet amet, dolore, aliquet. Sit ac et felis ullamcorper turpis, nisi sem consectetur ac et nonummy donec diam adipiscing donec praesent at. Felis feugiat lobortis non, amet, dolore ac et elit donec mi felis tempus ante mauris sed nibh eget. Eget sed nibh id ipsum massa id feugiat lobortis molestie dolor, tincidunt pulvinar dolore aliquet turpis ut non. Dolor congue ullamcorper amet dolore aliquet, at ac aliquam proin mauris lorem sit ut ullamcorper pharetra congue euismod. Pulvinar nunc aliquet turpis magna, consectetur magna diam adipiscing, aliquam, proin, at lorem nibh eget erat mi dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra magna aliquam proin, elit erat laoreet id ipsum amet dolore aliquet consectetur, magna et eget sed laoreet felis lorem. Turpis aliquam et elit ac mi elit erat ante mauris feugiat lobortis nisi sem, nonummy, donec diam nonummy donec praesent, at. Lorem laoreet eget adipiscing lorem nibh elit sed laoreet id sit ipsum laoreet id feugiat lobortis laoreet, euismod pulvinar ut volutpat. Dolor tincidunt euismod amet dolore aliquet turpis pharetra congue, ullamcorper sit nisi feugiat lobortis volutpat dolor tincidunt volutpat, pulvinar nunc aliquet. Turpis nisi diam consectetur donec ut non, pharetra congue, ullamcorper nonummy donec proin laoreet id ipsum ante mauris lorem et eget. Sed laoreet id feugiat adipiscing tempus, ante mauris lorem nibh eget tempus, mi mauris lorem nibh eget tellus sit, lobortis volutpat. Dolor congue aliquet amet dolore sem, at magna diam nonummy at ac mi id ipsum massa molestie sit donec diam adipiscing. Dolore praesent mi felis tempus ante mauris lorem lobortis volutpat pulvinar id ipsum lobortis, molestie dolor lobortis, sed laoreet id ipsum. Nunc non pharetra ut non pharetra congue ullamcorper pulvinar nunc nibh eget sed massa tellus sit, ut non nibh volutpat dolor. Laoreet id pulvinar nunc non sit congue, ullamcorper amet at erat et felis aliquam proin at ac proin at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante felis tempus ante mauris molestie. Sit ut diam nonummy donec, aliquet, turpis aliquam. Sem at, sem elit, erat massa molestie pharetra. Tincidunt, euismod pulvinar, nunc euismod diam adipiscing, aliquam. Proin mauris ac et elit erat et, felis. Tempus, erat laoreet, id feugiat lobortis non pharetra. Congue ac nibh, eget sed massa molestie feugiat. Lobortis, non pharetra congue ullamcorper laoreet felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa, volutpat pharetra tincidunt praesent nonummy aliquam proin ullamcorper nonummy dolore aliquet turpis. Aliquam proin at ac mi felis ipsum massa laoreet id feugiat lobortis volutpat dolor. Lobortis volutpat non consectetur magna praesent felis, tempus ante mauris lorem laoreet ut ullamcorper. Amet donec praesent at ac proin consectetur magna diam, amet eget erat mi, felis. Tempus, praesent felis aliquam praesent adipiscing, nisi sem pharetra congue, non felis ipsum lobortis. Volutpat amet, dolore aliquet mi, felis tempus mi, felis lorem nibh eget dolor id. Ipsum ut tellus pharetra ut non, nonummy aliquam praesent adipiscing aliquam proin at, erat. Mi felis tempus erat mi felis pulvinar massa, volutpat dolor, tincidunt nisi diam eget. Erat mi id, feugiat lobortis non pharetra tincidunt erat et felis ipsum massa, molestie. Dolor lobortis volutpat, pulvinar tincidunt euismod mauris lorem nibh eget turpis magna nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing dolor tincidunt euismod amet dolore, et elit sed mi id turpis nisi, non consectetur congue. Massa molestie feugiat ut mi felis tempus massa molestie nonummy donec praesent at ac tincidunt volutpat amet. Dolore, sem volutpat dolor laoreet euismod turpis nisi diam lobortis volutpat, dolor tincidunt euismod, sit nisi non. Consectetur magna diam elit erat mi diam nonummy donec praesent adipiscing aliquam proin turpis pulvinar nunc, aliquet. Turpis, magna tempus proin at ac nibh id pulvinar nunc lobortis eget molestie feugiat lobortis eget, sed. Laoreet id pulvinar nunc, non dolor pulvinar nunc non sit lobortis volutpat tellus sit ut volutpat sed. Laoreet, euismod amet dolore aliquet elit erat mi felis euismod amet nisi aliquet sit nisi non pharetra. Congue ullamcorper amet dolore aliquet turpis aliquam dolore praesent adipiscing ac, proin, elit erat laoreet proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nonummy donec proin at felis lorem ante eget lorem et elit sed mi id proin adipiscing nisi sem consectetur magna diam consectetur. Magna praesent adipiscing donec proin mauris, felis, tempus, ante, mauris dolor laoreet id ipsum aliquam et elit sed massa tincidunt, ullamcorper, turpis aliquam. Ante, eget erat laoreet, euismod, turpis nisi sem nonummy erat ac et elit erat praesent adipiscing, aliquam, ante, mauris feugiat tincidunt nisi diam. Elit erat ante mauris lorem nibh volutpat amet dolore praesent ut, non pharetra magna diam id ipsum massa molestie feugiat tempus massa volutpat. Dolor tincidunt ullamcorper amet nunc aliquet turpis nisi nibh id pulvinar massa, tellus, proin at ac et elit ac diam nonummy donec praesent. Mauris ac proin, elit erat et nonummy, sit ut non pharetra magna diam nonummy donec nibh volutpat dolor tincidunt euismod eget sed laoreet. Id pulvinar, nunc tellus, sit ut volutpat pharetra tempus massa molestie feugiat lobortis massa non pharetra magna diam adipiscing aliquam ante mauris proin. At ipsum dolore sem consectetur congue ullamcorper aliquet turpis nisi sem nonummy donec praesent adipiscing lorem nibh eget sed et, proin at ac. Nibh eget sed laoreet molestie ipsum, ante mauris lorem nibh volutpat erat et consectetur magna et nonummy erat mi felis tempus ante at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam proin at lorem nibh eget dolor nunc tellus turpis tincidunt, tellus turpis magna, diam nonummy erat laoreet molestie lorem lobortis. Ullamcorper amet aliquam praesent at ac proin elit erat mi elit erat aliquet amet lobortis volutpat amet dolore tellus, sit ut tellus sit. Congue non amet congue aliquet, adipiscing aliquam proin consectetur, magna diam elit erat praesent turpis nisi mauris sed tincidunt, euismod sit, ut diam. Elit, donec praesent adipiscing donec aliquet adipiscing nisi proin at ac diam nonummy donec aliquet turpis nisi congue euismod pulvinar dolore aliquet ac. Et elit erat mi adipiscing lorem nibh, eget dolor tincidunt euismod ipsum, laoreet molestie feugiat lobortis volutpat feugiat lobortis, volutpat dolor tincidunt tellus. Pulvinar, nunc tellus, sit, nisi sem nonummy donec praesent adipiscing aliquam proin at ac proin at erat, et felis tempus massa molestie dolor. Tincidunt euismod pulvinar aliquet consectetur magna non pharetra ut, ullamcorper nonummy donec proin mauris lorem laoreet id sed massa id ipsum lobortis mauris. Dolore aliquet adipiscing tempus ante at ac et nonummy sed massa id feugiat lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc tellus turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat, lobortis euismod pulvinar, nunc aliquet sit ut non consectetur congue diam nonummy donec praesent feugiat tincidunt id, ipsum massa tellus sit ut volutpat dolor tincidunt ullamcorper amet dolore. Aliquet at ac, et, elit erat mi felis tempus, ante mi adipiscing ipsum massa molestie sem consectetur magna, et elit erat mi mauris tempus proin at ac et proin mauris. Sed laoreet praesent massa tellus sit ut non pharetra congue euismod pulvinar massa molestie ipsum lobortis volutpat dolor tincidunt felis lorem, nibh mauris lorem et, elit sed mi adipiscing aliquam. Proin at aliquam et elit ac et elit erat aliquet amet dolore consectetur, nisi diam consectetur donec praesent adipiscing aliquam aliquet turpis aliquam sem consectetur magna diam amet donec praesent. Adipiscing aliquam sem, consectetur nisi euismod ipsum massa molestie feugiat lobortis volutpat sed tincidunt euismod pulvinar nisi sem nonummy congue, ullamcorper nonummy donec aliquet amet nunc molestie feugiat ut ullamcorper. Amet dolore, felis feugiat lobortis volutpat dolor tincidunt tellus sit ut sem nonummy erat mi nonummy aliquam proin adipiscing ac proin elit et felis erat mi felis lorem proin at. Ac nibh, id pulvinar nunc molestie feugiat lobortis volutpat pharetra tincidunt euismod mi adipiscing aliquam praesent adipiscing, nisi sem consectetur nisi diam consectetur magna ullamcorper adipiscing aliquam proin consectetur magna. Id pulvinar ut non sit, congue ullamcorper pharetra congue euismod, amet nisi sem consectetur nisi, non pharetra congue euismod amet dolore, aliquet sit nisi sem nonummy, erat, lorem tincidunt euismod. Sit ut non consectetur magna diam nonummy sit ut, non, amet dolore nisi sem nonummy donec, mi, mauris lorem ipsum massa mauris feugiat lobortis non amet donec praesent at dolor. Congue et elit erat mi, felis lorem nibh, mauris erat mi euismod pulvinar massa molestie feugiat lobortis, volutpat sed laoreet euismod pulvinar nunc molestie ipsum massa amet donec, praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod pulvinar, non consectetur. Magna diam amet, dolore aliquet adipiscing. Aliquam et eget sed laoreet, molestie. Feugiat, lobortis volutpat dolor tincidunt euismod. Pulvinar dolore aliquet consectetur laoreet euismod. Pulvinar nunc molestie feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi molestie feugiat ut volutpat amet dolore praesent aliquam lobortis euismod amet nisi sem turpis nisi diam nonummy. Donec praesent felis aliquam proin at lorem et eget sed laoreet id, ipsum massa mauris lobortis, euismod amet nisi. Sem consectetur magna diam eget, ipsum, massa mauris tempus proin at ac, sem consectetur, magna diam nonummy donec praesent. At ac eget dolor tincidunt euismod pulvinar nunc molestie feugiat nibh eget, sed laoreet eget ipsum ut non pharetra. Ut ullamcorper amet congue, aliquet, turpis, nibh volutpat sed, tincidunt tellus, sit nisi sem consectetur magna diam nonummy donec. Aliquet adipiscing nisi proin consectetur magna ullamcorper amet congue ullamcorper pulvinar, nunc molestie ipsum non dolor congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra congue ullamcorper nonummy donec praesent turpis nisi. Consectetur, ac et molestie feugiat, massa volutpat dolor tincidunt euismod. Pulvinar nunc tellus, sit, ut sem pharetra congue ullamcorper amet. Dolore tellus turpis nisi sem magna et, adipiscing aliquam praesent. Adipiscing nisi proin consectetur ac et elit tempus ante mauris. Lorem nibh volutpat, dolor, nunc, aliquet, turpis nisi sem consectetur. Diam, adipiscing aliquam proin adipiscing aliquam proin, at erat mi. Felis tempus mi mauris feugiat lobortis volutpat, sed tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor tincidunt id pulvinar dolore aliquet sit ut non amet dolore mi felis lorem nibh at ac elit donec diam nonummy donec. Aliquet turpis ut non sit ut volutpat lorem laoreet id ipsum nunc, tellus feugiat massa, molestie dolor congue, ullamcorper aliquam proin at ac, et. Elit donec mi adipiscing aliquam, proin mauris ac nibh elit sed laoreet molestie, sit lobortis non dolor tincidunt ullamcorper amet dolore aliquet magna et. Elit sed mi adipiscing tempus proin, at ac sem consectetur magna, diam nonummy dolore praesent at ac nibh volutpat sed laoreet turpis nisi sem. Pharetra, congue praesent adipiscing tempus ante mauris lorem pharetra sit erat, nunc proin eget adipiscing nonummy ipsum magna, et nonummy donec praesent adipiscing aliquam. Ullamcorper id, ipsum massa mauris lorem nibh elit sed laoreet id ipsum massa, volutpat dolor tincidunt, euismod amet dolore aliquet, adipiscing aliquam diam, nonummy. Donec mi id ante mauris lorem et at magna diam, elit erat mi felis tempus nibh eget sed laoreet euismod pulvinar nunc tellus lobortis. Non amet dolore aliquet adipiscing aliquam sem at erat mi felis tempus praesent felis tempus proin consectetur magna mi felis erat mi felis aliquam. Proin sed laoreet id sed mi felis aliquam proin at ac et at ac diam pharetra dolore ullamcorper amet dolore aliquet turpis ut, non. Consectetur erat, praesent nonummy praesent at aliquam proin at erat, et felis tempus massa volutpat dolor lobortis volutpat dolor tincidunt id ipsum nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget sed laoreet, id, ipsum massa, id feugiat massa molestie dolor tincidunt euismod pulvinar nunc tellus. Ut sem nonummy donec, mi felis, tempus proin mauris ac proin eget erat laoreet id tempus massa. Volutpat, pharetra congue ullamcorper amet dolore sem ac et nonummy erat mi, felis tempus nibh, volutpat, sed. Tincidunt tellus sit nunc molestie feugiat massa volutpat dolor, congue aliquet adipiscing aliquam sem, turpis nisi, diam. Erat mi felis tempus ante at ac, et elit erat laoreet id feugiat lobortis volutpat pharetra, tincidunt. Euismod pulvinar dolore tellus sit ut pharetra, tincidunt ullamcorper nonummy dolore, tellus pulvinar ut non consectetur magna. Praesent nonummy aliquam proin, adipiscing aliquam proin at magna diam pharetra congue ullamcorper amet nunc tellus nisi. Diam felis erat mi adipiscing aliquam praesent turpis nisi, non, consectetur congue ullamcorper amet dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus turpis nisi non consectetur donec diam adipiscing donec. Aliquet turpis, ut sem consectetur magna diam nonummy aliquam, ante. Mauris aliquam praesent turpis, dolore tellus sit lobortis molestie feugiat. Nibh eget sed et nonummy magna diam amet donec praesent. Turpis nisi non sit lobortis non aliquam proin, at ac. Et eget sed mi felis tempus ante, mauris tempus proin. At, ac nibh elit erat laoreet, id, tempus nibh mauris. Ac et ipsum massa molestie ipsum massa molestie feugiat lobortis. Volutpat dolor nunc tellus turpis ut tellus pharetra, magna praesent. Nonummy donec praesent turpis nisi elit, sed massa id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod dolor tincidunt euismod pulvinar ut, non pharetra tincidunt euismod tempus, ante, eget, sed laoreet id pulvinar, nunc sem elit sed mi felis, erat mi. Felis lorem nibh, volutpat, dolor, tincidunt tellus sit ut tellus sit ullamcorper pharetra donec praesent, adipiscing ac et elit erat mi felis tempus ante mauris ac. Et elit erat mi felis erat diam nonummy, donec praesent praesent adipiscing donec praesent adipiscing aliquam et elit erat laoreet, molestie feugiat sem consectetur magna diam. Nonummy, tempus ante molestie feugiat lobortis eget sed laoreet id ipsum massa, id feugiat lobortis molestie dolor laoreet id, nunc aliquet consectetur nisi sem nonummy magna. Ullamcorper pulvinar dolore aliquet sit nisi sem nonummy erat praesent adipiscing donec praesent adipiscing, nisi proin at magna ullamcorper nonummy praesent adipiscing ac et elit, ac. Mi nonummy erat mi, felis aliquam ante mauris lorem laoreet euismod pulvinar massa tellus feugiat ante mauris lorem nibh eget erat id tempus ante mauris tempus. Lobortis volutpat sed nibh id ipsum nunc molestie lorem nibh mauris, lorem nibh, eget sed id sit, ut non dolor lobortis euismod pulvinar, dolore, aliquet, turpis. Magna sem consectetur magna diam nonummy donec praesent adipiscing ac et at donec, praesent nonummy proin at lorem nibh eget sed, tincidunt molestie feugiat, ut, non. Consectetur magna diam nonummy aliquam proin mauris lorem nibh id ipsum laoreet id feugiat massa molestie tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat lorem ante. Mauris lorem, nibh felis erat, mi mauris feugiat nibh eget dolor laoreet euismod pulvinar massa molestie ipsum ullamcorper amet donec praesent turpis nisi sem consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi elit sed laoreet, molestie feugiat ut non pharetra dolore euismod amet nisi aliquet turpis nisi sem amet dolore ullamcorper pulvinar. Dolore, aliquet turpis nisi elit erat laoreet felis tempus, proin mauris sed laoreet id sed massa molestie, feugiat ut non amet. Dolore praesent adipiscing, tempus ante eget lorem nibh ipsum massa molestie feugiat ut volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat. Lobortis volutpat dolor, nibh eget erat, laoreet id ipsum massa, molestie pharetra tincidunt euismod nunc aliquet turpis, ut non pharetra magna. Praesent adipiscing tempus ante molestie lorem tincidunt euismod pulvinar tincidunt molestie feugiat lobortis volutpat, dolor tincidunt pulvinar nunc tellus turpis nisi. Diam elit erat mi felis, ipsum massa molestie feugiat, lobortis volutpat, pulvinar nunc tellus turpis ut, sem nonummy magna ullamcorper amet. Dolore sit ut non pharetra ut volutpat pharetra tincidunt ullamcorper amet dolore molestie feugiat massa molestie, feugiat tincidunt euismod amet dolore. At lorem, mi felis tempus massa mauris tempus, nibh eget dolor tincidunt id ipsum, massa molestie feugiat, lobortis non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit dolor nunc aliquet consectetur magna nibh eget sed massa, molestie sit congue non amet dolore aliquet turpis consectetur, ipsum nunc aliquet turpis magna diam nonummy magna ullamcorper amet, tincidunt. Euismod pulvinar nunc non sit congue ullamcorper nonummy dolore praesent, turpis nisi consectetur ac et felis tempus mi felis lorem nibh mauris lorem mi felis erat mi, felis lorem lobortis. Non pharetra dolore ullamcorper sit nisi non consectetur diam, elit, erat praesent felis tempus, proin elit erat mi felis tempus ante mauris feugiat lobortis volutpat sed laoreet, eget sed mi. Id feugiat molestie feugiat nibh elit erat et nonummy erat ante mauris lorem nibh volutpat sed laoreet elit erat ante mauris lorem, ut, non dolor, tincidunt, euismod ipsum laoreet, sit. Congue diam felis tempus massa molestie feugiat lobortis eget lorem laoreet felis pulvinar nunc tellus sit congue non amet congue ullamcorper sit ut non consectetur magna nonummy donec praesent turpis. Nisi proin at ac et elit ipsum massa molestie tempus lobortis volutpat sed laoreet id nisi, proin consectetur magna diam nonummy congue aliquet turpis nisi sem at ac diam nonummy. Donec mi felis, aliquam proin mauris lorem nibh id pulvinar nunc tellus congue ullamcorper amet dolore ullamcorper amet dolore tellus, feugiat massa molestie feugiat nibh volutpat dolor laoreet felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore aliquet turpis nisi non pharetra. Congue ullamcorper nonummy donec praesent adipiscing aliquam ante. Eget pulvinar laoreet ipsum nunc tellus feugiat ut. Non pharetra tincidunt, euismod, pulvinar nunc tellus feugiat. Lobortis volutpat dolor congue, ullamcorper amet nisi proin. At ac et erat mi mauris feugiat, lobortis. Eget amet donec, praesent adipiscing, aliquam sem at. Ac et, felis tempus ante, at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante felis tempus nibh eget dolor tincidunt euismod pulvinar, nunc. Non pharetra congue, ullamcorper nonummy aliquam praesent turpis nisi sem consectetur. Sem, elit donec mi mauris dolor lobortis eget dolor tincidunt tellus. Sit ut non consectetur magna praesent adipiscing aliquam, proin at aliquam. Proin at erat molestie feugiat nisi non consectetur donec praesent nonummy. Donec praesent turpis nisi sem consectetur magna diam, nonummy donec aliquet. Adipiscing, aliquam sem consectetur magna ullamcorper tincidunt ullamcorper pulvinar dolore, tellus. Turpis nisi sem nonummy donec praesent adipiscing aliquam nibh mauris, lorem. Et eget sed mi felis tempus ante mauris lobortis eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat lobortis volutpat dolor nunc euismod, turpis aliquam, sem consectetur, donec adipiscing aliquam proin mauris, feugiat lobortis, volutpat dolor massa molestie feugiat lobortis molestie feugiat tincidunt euismod pulvinar. Nunc aliquet turpis ut non pharetra non amet dolore aliquet turpis aliquam proin consectetur magna, et felis tempus mi felis aliquam sem consectetur ac sem nonummy magna, diam nonummy donec. Praesent adipiscing lorem, elit sed laoreet id ipsum lobortis non amet dolore aliquet amet dolore sem consectetur nisi diam nonummy donec mi felis tempus nibh eget, lorem elit donec diam. Nonummy donec praesent turpis aliquam sem consectetur magna sem pharetra dolore aliquet adipiscing, nisi sem turpis ut tellus sit ut volutpat dolor tincidunt euismod nunc non consectetur magna diam nonummy. Dolore praesent adipiscing aliquam proin, at ac mi felis tempus ante felis tempus ante eget sed tincidunt euismod sit nunc sit congue ullamcorper pharetra tincidunt euismod pulvinar nunc tellus sit. Ac mi felis tempus mi felis tempus nibh eget, dolor, praesent adipiscing ac, et eget sed mi felis tempus proin at ac nibh elit erat et elit erat praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, elit erat mi felis lorem proin mauris sed nibh eget erat mi, id ipsum ante molestie lorem nibh sed laoreet, felis ipsum. Ante molestie sit magna, diam nonummy nunc, aliquet turpis ut tellus feugiat lobortis volutpat pharetra congue ullamcorper amet, dolore aliquet ut non pharetra. Magna praesent felis aliquam sem consectetur magna, et eget erat praesent adipiscing tempus ante at lorem et elit erat, mi elit, donec aliquet. Turpis sem consectetur magna laoreet id tempus ante mauris, tempus ante mauris lorem nibh eget sed mi id ipsum massa mauris lorem nibh. Elit mi felis tempus mi felis aliquam sem consectetur nisi diam nonummy erat praesent adipiscing tempus, ante mauris, ac, et at magna diam. Amet dolore aliquet turpis, nisi turpis magna sem nonummy donec praesent turpis nisi sem consectetur ac et nonummy donec praesent nonummy aliquam proin. At ac et at ac diam amet donec praesent nisi proin elit erat laoreet id ipsum, massa tellus sit ut non pulvinar dolore. Aliquet sit ut tellus pharetra congue ullamcorper erat mi mauris lorem nibh eget erat tincidunt euismod ipsum nunc non sit lobortis eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat ut non pharetra dolore ullamcorper turpis nisi, proin at ac diam. Nonummy donec praesent adipiscing aliquam sem consectetur magna sem donec diam nonummy donec. Praesent at aliquam proin at magna ullamcorper amet dolore aliquet turpis dolore sem. Turpis nisi diam consectetur magna diam nonummy donec adipiscing aliquam et eget sed. Massa id feugiat lobortis, non pharetra congue ullamcorper amet nisi sem at ac. Et elit erat massa molestie lorem nibh volutpat dolor euismod pulvinar nunc tellus. Consectetur erat mi, felis, tempus ante at ac, proin elit magna sem nonummy. Donec praesent turpis dolore aliquet turpis non pharetra congue diam nonummy dolore aliquet. Turpis nisi proin consectetur magna et elit erat ante felis, tempus nibh eget. Sed tincidunt euismod pulvinar ut tellus sit volutpat dolor tincidunt euismod sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy tempus mi mauris lorem lobortis eget sed felis tempus massa tellus feugiat lobortis eget. Dolor tincidunt tellus pulvinar ut sem consectetur erat et elit tempus proin, at ac nibh eget. Sed tincidunt sit nisi diam, elit tempus, ante mauris feugiat lobortis ullamcorper nonummy dolore praesent turpis. Ut sem elit erat mi, id, ipsum massa, molestie feugiat tincidunt pulvinar dolore aliquet sit nisi. Diam consectetur magna diam amet dolore euismod pulvinar ut sem consectetur magna diam nonummy donec mi. At lorem at magna et elit erat mi mauris tempus ante eget sed, laoreet id ipsum. Laoreet, molestie feugiat, ut ullamcorper pharetra, dolore praesent adipiscing aliquam proin at magna pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc molestie pharetra congue diam nonummy aliquam proin adipiscing. Lorem nibh erat mi felis erat mi mauris tempus ante. At erat, laoreet id ipsum ante felis tempus ante eget. Sed tincidunt euismod ipsum, massa molestie sit ullamcorper amet dolore. Praesent adipiscing ac, et eget dolor tincidunt euismod sit nunc. Tellus sit ut ullamcorper amet dolore, aliquet turpis ut non. Pharetra, magna amet donec praesent, at ac et eget sed. Laoreet tellus sit magna sem, nonummy donec mi felis, tempus. Nibh volutpat dolor, laoreet eget laoreet felis feugiat ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore, tellus sit lobortis sem nonummy congue ullamcorper adipiscing donec sit, nisi proin elit. Erat mi id, ipsum ante molestie feugiat, lobortis eget sed, massa molestie ipsum massa mauris. Lorem nibh eget sed laoreet eget sed mauris lorem nibh eget lorem et elit erat. Et elit donec proin adipiscing aliquam proin consectetur magna diam nonummy magna diam amet nunc. Euismod pulvinar mauris lorem lobortis eget sed nibh eget sed massa molestie ipsum massa molestie. Feugiat congue ullamcorper turpis dolore sem consectetur magna, et elit diam adipiscing, aliquam praesent at. Lorem nibh id ipsum massa id feugiat massa mauris lorem lobortis eget sed massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet donec praesent at ac et eget sed laoreet adipiscing aliquam, praesent adipiscing aliquam sem pharetra ut diam amet ullamcorper pulvinar nunc tellus. Sit ut tellus dolor tincidunt ullamcorper amet dolore tellus sit nunc molestie sit lobortis volutpat dolor congue ullamcorper amet dolore aliquet lobortis, volutpat consectetur magna. Euismod amet nunc tellus pulvinar nunc tellus sit ut, non pharetra tincidunt tellus sit ut non consectetur magna et elit erat ante mauris et elit. Sed laoreet euismod, pulvinar ut tellus sit ut volutpat dolor tincidunt id ipsum massa, id, feugiat lobortis volutpat dolor congue ullamcorper dolore aliquet turpis magna. Diam felis erat mi felis tempus ante, at ac et elit erat, mi adipiscing, aliquam praesent adipiscing ac proin elit ac et nonummy praesent adipiscing. Aliquam proin at ac, diam nonummy donec praesent adipiscing donec aliquet adipiscing, ut sem pharetra ut non pharetra congue, ullamcorper pulvinar nunc aliquet turpis ut. Pharetra dolore aliquet turpis tempus proin mauris ac et elit donec diam nonummy dolore aliquet sit, ut tellus feugiat molestie dolor tincidunt ullamcorper turpis nisi. Sem turpis nisi volutpat pharetra congue euismod amet dolore aliquet turpis magna diam nonummy erat mi felis tempus ante mauris lorem, elit sed, massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna diam turpis tempus proin mauris sed eget sed mi, adipiscing, tempus, nibh eget sed laoreet, id pulvinar nunc tellus feugiat lobortis non pharetra dolore ullamcorper amet dolore. Proin at lorem nibh erat mi felis tempus, proin mauris ac, nibh eget sed laoreet id ipsum ante mauris lorem nibh eget sed tincidunt euismod ipsum massa non pharetra. Volutpat dolor, nunc aliquet adipiscing ac et elit erat mi id ipsum, ante mauris lorem proin at, ac diam consectetur magna diam turpis dolore aliquet turpis magna consectetur donec. Praesent felis aliquam praesent turpis nisi non pharetra ut non pharetra congue euismod amet dolore, molestie ipsum ante mauris tempus ante sed, tincidunt tellus sit nisi sem consectetur congue. Ullamcorper nonummy donec praesent adipiscing ac et elit ac mi elit tempus, mi felis aliquam sem consectetur, lorem nibh tempus ante mauris lorem, ante mauris sed tincidunt euismod amet. Ac laoreet ullamcorper turpis nisi sem at ac, mi id ipsum ante molestie feugiat lobortis volutpat amet tellus adipiscing, ac et elit donec mi felis ipsum ante molestie lorem. Nibh euismod amet nisi aliquet consectetur ac et donec, diam nonummy donec praesent turpis, nisi, sem consectetur donec praesent adipiscing aliquam proin at aliquam, et elit erat et elit. Donec, praesent adipiscing nisi sem, consectetur laoreet id ipsum massa molestie feugiat lobortis volutpat sed laoreet eget ipsum laoreet id tempus ante mauris lorem nibh eget erat mi felis. Tempus massa molestie lorem volutpat sed tincidunt euismod, pulvinar massa tellus sit ut, volutpat dolor tincidunt ullamcorper pulvinar nunc molestie, feugiat lobortis non, dolor tincidunt euismod dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent adipiscing tempus ante eget sed tincidunt euismod pulvinar molestie sit ut non pharetra, congue ullamcorper turpis nisi sem turpis nisi sem consectetur magna diam amet donec, praesent at. Ac, et, elit erat mi molestie massa molestie dolor tincidunt, euismod pulvinar, tincidunt euismod ipsum nunc volutpat dolor nibh, eget dolor tincidunt, id ipsum, laoreet molestie feugiat ut, non pharetra. Tincidunt ipsum massa id feugiat ut non pharetra dolore, praesent adipiscing aliquam proin mauris sed tincidunt euismod pulvinar nunc molestie lorem lobortis eget dolor eget ipsum massa molestie sit ut. Non pharetra, tincidunt ullamcorper pulvinar dolore sem consectetur ac diam consectetur donec, praesent adipiscing donec aliquet sit nunc tellus sit ut dolor laoreet euismod ipsum massa id ipsum ante mauris. Feugiat tincidunt euismod pulvinar dolore aliquet consectetur magna diam elit donec praesent adipiscing, aliquam proin mauris lorem et, congue, et felis tempus massa felis tempus ante eget sed laoreet euismod. Consectetur nisi diam nonummy donec mi felis tempus adipiscing sed congue ullamcorper turpis nisi sem at ac diam amet congue ullamcorper turpis nisi tellus turpis nisi sem consectetur congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, nibh, eget erat massa felis ipsum, ante molestie dolor congue ullamcorper amet dolore aliquet turpis tellus, dolor tincidunt euismod pulvinar tincidunt euismod pulvinar. Nunc sem consectetur congue ullamcorper amet, dolore ullamcorper amet dolore aliquet turpis nisi non pharetra congue laoreet, id feugiat lobortis volutpat, pharetra congue ullamcorper. Amet, ac et, elit ac diam felis tempus ante molestie dolor lobortis mauris lorem nibh, elit donec mi felis ut ullamcorper nonummy aliquam praesent. Adipiscing, aliquam et eget, erat mi felis erat mi felis tempus nibh eget sed tincidunt tellus pulvinar massa pharetra congue ullamcorper amet donec aliquet. Turpis nisi sem consectetur, magna diam nonummy donec aliquet turpis dolore aliquet turpis, nisi sem pharetra congue, ullamcorper amet dolore aliquet aliquam proin nonummy. Donec praesent adipiscing aliquam proin turpis dolore aliquet, turpis magna diam, elit erat mi felis tempus nibh eget sed nibh eget erat mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, magna mi felis ipsum massa molestie lorem nibh elit ac. Mi felis, massa tellus dolor lobortis volutpat dolor tincidunt euismod, pulvinar. Nunc tellus feugiat ut, non amet congue ullamcorper pulvinar nunc molestie. Feugiat lobortis molestie feugiat euismod turpis dolore aliquet sit nisi sem. Consectetur donec diam nonummy donec proin mauris ac et at erat. Laoreet, felis ipsum, massa molestie dolor tincidunt euismod tincidunt tellus pulvinar. Nunc, non pharetra congue non pulvinar nunc tellus sit, massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus congue ullamcorper amet, erat, ante mauris feugiat tincidunt euismod amet nunc aliquet consectetur ac et elit. Sed massa, id feugiat lobortis volutpat pharetra congue amet nisi sem elit erat mi elit erat mi. Felis tempus, proin at ac nibh euismod, pulvinar ut non pharetra congue ullamcorper amet donec praesent aliquam. Sem at erat mi felis ipsum massa molestie feugiat lobortis, volutpat dolor tincidunt, tellus, sit ut non. Consectetur magna praesent adipiscing aliquam proin at ac eget, ipsum, nunc tellus, sit magna sem nonummy magna. Diam, nonummy aliquam proin, at ac nibh eget sed laoreet id ipsum massa volutpat dolor ullamcorper turpis. Aliquam et eget, erat mi felis erat ante molestie dolor congue ullamcorper pulvinar nunc euismod pulvinar massa. Tellus sit ut non amet dolore aliquet lorem lobortis eget sed tincidunt, molestie sit ut, non consectetur. Magna diam nonummy aliquam proin adipiscing ac nibh eget sed laoreet id tempus proin at lorem nibh. Ipsum massa molestie feugiat lobortis volutpat pharetra magna praesent adipiscing aliquam proin at magna diam consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et eget ipsum nunc tellus aliquam ante mauris sed laoreet euismod pulvinar ut non pharetra congue ullamcorper amet aliquam, proin at ac et elit, sed laoreet felis tempus. Ante, mauris, lobortis volutpat amet nisi sem at ac et elit donec, diam nonummy aliquam proin at ac, proin at ac diam elit erat mi at aliquam elit erat et. Elit donec mi felis aliquam proin, mauris lorem, et elit donec praesent nonummy, donec aliquet turpis dolore non, pharetra ut volutpat dolor nibh eget, laoreet id ipsum massa molestie feugiat. Tincidunt ullamcorper amet nunc euismod pulvinar massa id ipsum nibh eget lorem nibh eget ipsum massa, molestie ut sem consectetur, congue aliquet turpis aliquam aliquet turpis magna et elit, sed. Nunc tellus pharetra ut non dolor congue id ipsum laoreet molestie sit lobortis mauris tincidunt ullamcorper, turpis dolore aliquet consectetur nisi, sem consectetur donec diam nonummy donec praesent adipiscing aliquam. Proin at erat mi felis aliquam proin adipiscing nisi sem consectetur diam nonummy, erat ante felis tempus ante at ac et elit erat praesent nonummy, donec, aliquet turpis nisi sem. Consectetur et id feugiat massa molestie dolor lobortis volutpat pulvinar, nunc tellus sit ut non pharetra congue non pharetra dolore praesent adipiscing ac et, elit erat, laoreet id massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet turpis nisi sem consectetur donec mi felis ante mauris, lorem nibh. Eget sed mi elit dolore ullamcorper amet dolore tellus turpis ut, non pharetra, congue. Ullamcorper turpis aliquam sem turpis nisi elit sed laoreet id ipsum ante mauris lorem. Laoreet euismod pulvinar dolore tellus turpis nisi diam consectetur congue euismod dolor tincidunt euismod. Ipsum massa molestie lobortis non amet, nunc aliquet turpis nisi sem at magna, diam. Amet dolore praesent adipiscing, aliquam proin at erat mi elit, erat praesent, felis proin. Mauris sed laoreet euismod pulvinar nunc tellus sit ut non pharetra dolore aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut felis ipsum ante, mauris, feugiat tincidunt volutpat dolor laoreet id, sed laoreet id tempus massa eget dolor tincidunt ullamcorper, pulvinar nunc aliquet sit nisi. Non dolore praesent amet nisi sem turpis ut non sit ut ullamcorper pharetra, nunc tellus sit ut, non pharetra congue diam nonummy erat mi mauris. Lorem euismod dolor nunc tellus sit nunc molestie sit nibh volutpat sed laoreet id ipsum laoreet id ipsum massa molestie ac et elit erat mi. Felis ipsum massa, consectetur donec diam nonummy nisi sem consectetur magna diam pharetra congue non, amet dolore ullamcorper pulvinar nunc, tellus sit congue non pharetra. Donec adipiscing nisi sem consectetur magna, sem nonummy magna ullamcorper nonummy donec praesent adipiscing ac nibh elit donec praesent adipiscing aliquam proin adipiscing nisi sem. At erat mi ipsum ut volutpat dolor tincidunt ullamcorper pulvinar dolore tellus turpis nisi sem, consectetur magna ullamcorper nonummy, dolore ullamcorper pulvinar nunc molestie sit. Ut ullamcorper nonummy donec praesent aliquam ante mauris lorem mi id ipsum massa molestie feugiat ut, non amet congue praesent, adipiscing ac proin at erat. Id sit, ut volutpat feugiat tincidunt euismod pulvinar nunc euismod, sit ut tellus sit ut volutpat dolor tincidunt tellus pulvinar nunc molestie sit congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit sed laoreet id ipsum. Nunc tellus feugiat lobortis volutpat nunc, euismod. Sit ut, non pharetra ut non pharetra. Dolore aliquet turpis nisi sem sit nisi. Sem consectetur donec ullamcorper amet, nunc tellus. Sit ut non, ut, volutpat pharetra dolore. Proin mauris ac, nibh id sed laoreet. Id ipsum massa molestie lorem ante elit. Erat, mi felis tempus mi, mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sed laoreet molestie ipsum ante at ac nibh, eget dolor massa, molestie feugiat ut non dolor. Praesent felis lorem nibh eget sed laoreet, eget ipsum massa molestie ipsum massa molestie feugiat lobortis id. Ipsum, massa molestie sit massa volutpat dolor ullamcorper amet donec sem turpis nisi diam, elit erat mi. Felis tempus ante molestie lorem nibh eget erat laoreet id, tempus mi felis aliquam sem mauris mi. Id pulvinar ut non, sit ut non dolor laoreet id ipsum laoreet id, ipsum lobortis volutpat dolor. Dolore aliquet amet nisi proin elit laoreet, felis ipsum ante mauris feugiat ut ullamcorper, amet donec proin. Adipiscing ac et eget erat mi felis tempus ante molestie lorem nibh eget sed laoreet pulvinar nunc. Sem consectetur magna diam amet nunc tellus pulvinar massa molestie, feugiat lobortis volutpat dolor congue id pulvinar. Massa, molestie feugiat massa molestie feugiat, nibh volutpat tincidunt euismod pulvinar nunc, tellus pharetra congue diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, proin at erat mi elit massa volutpat amet dolore aliquet felis tempus ante mauris lorem et elit donec praesent. Adipiscing tempus ante eget dolor congue ullamcorper turpis dolore aliquet, congue ullamcorper nonummy erat praesent felis tempus ante mauris sed. Tincidunt, tellus turpis ut non pharetra magna diam nonummy aliquam proin adipiscing ac et elit nunc sem consectetur ac, et. Felis ipsum massa molestie feugiat nibh mauris lorem nibh elit, donec praesent nonummy donec, praesent adipiscing aliquam proin magna et. Nonummy erat ante molestie lorem nibh eget sed laoreet felis ipsum mi, adipiscing tempus ante at ac et elit donec. Diam nonummy, aliquam proin at, et elit ac et elit erat praesent adipiscing aliquam proin at ac, nibh eget tempus. Ante, mauris lorem nibh eget, sed laoreet euismod amet nunc tellus consectetur diam nonummy donec mi felis aliquam ante, mauris. Ac mi felis tempus ante mauris lorem nibh eget sed laoreet id pulvinar massa molestie feugiat ut non pharetra eget. Dolor tincidunt molestie sit nisi sem consectetur magna diam amet dolore aliquet pulvinar nunc molestie, feugiat lobortis non amet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna diam elit ipsum lobortis volutpat dolor tincidunt euismod pulvinar. Ante mauris lorem laoreet id ipsum nunc tellus sit congue ullamcorper. Amet congue ullamcorper amet dolore aliquet turpis ut non consectetur magna. Diam adipiscing tempus ante sed laoreet euismod pulvinar nunc non pharetra. Ut ullamcorper amet congue euismod amet dolore aliquet sit nisi sem. Consectetur dolore praesent turpis nisi proin ac nibh, eget ipsum, massa. Molestie feugiat ut non pharetra tincidunt ullamcorper, pulvinar dolore, sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing tempus proin at lorem nibh elit erat praesent adipiscing aliquam nibh volutpat dolor, congue aliquet turpis nisi proin elit erat mi tempus, massa. Molestie feugiat lobortis volutpat sed tincidunt tellus sit ut tellus sit lobortis volutpat sed laoreet euismod pulvinar ut non sit lobortis molestie feugiat euismod pulvinar. Nunc aliquet consectetur magna diam nonummy magna praesent adipiscing aliquam proin mauris ac diam nonummy, erat praesent adipiscing, aliquam, proin mauris lorem proin consectetur ullamcorper. Amet dolore praesent adipiscing aliquam sem consectetur magna diam elit tempus ante molestie lorem lobortis eget dolor, tincidunt euismod pulvinar nunc tellus pharetra non amet. Erat mi felis lorem ante eget lorem laoreet felis erat mi adipiscing tempus proin mauris lorem nibh eget sed massa molestie feugiat lobortis volutpat dolor. Volutpat pulvinar nisi aliquet, sit nisi diam nonummy donec praesent felis, tempus, ante eget lorem nibh eget erat mi felis, aliquam proin, at ac proin. At nunc sem consectetur, magna sem nonummy erat ante mauris feugiat, lobortis euismod pulvinar tincidunt tellus turpis, nisi proin elit magna elit donec aliquet turpis. Nisi proin at ac mi elit erat ante adipiscing, nisi, sem consectetur magna diam nonummy magna diam amet dolore ullamcorper turpis nisi sem ac et. Molestie sit ut non dolor tincidunt euismod dolor tincidunt aliquet sit nunc tellus pharetra congue non, pharetra nunc tellus pulvinar ut sem at ac laoreet. Sit nisi diam amet donec praesent turpis dolore aliquet sit nunc tellus feugiat lobortis volutpat dolor laoreet eget erat praesent felis tempus, proin at, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur magna sem, consectetur erat mi mauris lorem ante eget dolore aliquet adipiscing aliquam sem at erat mi id tempus, massa volutpat feugiat lobortis. Volutpat dolor tincidunt euismod sit, lobortis volutpat dolor congue ullamcorper amet dolore mauris sed laoreet id pulvinar nunc tellus feugiat ut ullamcorper amet dolore aliquet. Turpis nisi sem at ac et elit erat mi felis tempus at lorem laoreet euismod pulvinar massa molestie pharetra congue ullamcorper pharetra dolore ullamcorper turpis. Nisi et elit ac et nonummy erat ante felis, tempus mauris lorem nibh eget sed, laoreet id ipsum massa at, lorem nibh at magna diam. Elit donec praesent adipiscing aliquam proin at ac diam elit erat mi tempus ante mauris lorem nibh id ipsum massa id ipsum massa molestie lorem. Nibh volutpat pulvinar nunc molestie ipsum lobortis volutpat dolor tincidunt euismod pulvinar dolore sit ut non sit, ut non amet congue, aliquet turpis nisi, aliquet. Pharetra congue volutpat dolor congue aliquet amet dolore, tellus sit ut nonummy donec praesent adipiscing tempus ante eget sed tincidunt id ipsum laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet dolore sem at erat. Mi id tempus ante mauris feugiat. Congue praesent nonummy, donec proin mauris. Lorem laoreet id amet nunc molestie. Massa volutpat amet dolore praesent turpis. Dolore sem consectetur, ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent turpis aliquam sem at ac nonummy donec praesent at ac et elit, ac et elit tempus ante mauris lorem nibh mauris lorem laoreet, eget ipsum nunc, non pharetra. Magna, diam ac mi felis feugiat lobortis volutpat dolor lobortis volutpat sed tincidunt tellus turpis ut non pharetra magna diam nonummy, dolore praesent adipiscing aliquam proin, consectetur et, felis ipsum. Ante molestie feugiat nibh elit erat et elit erat mi adipiscing tempus proin at, lorem nibh elit erat praesent, adipiscing aliquam proin lorem nibh eget ipsum massa molestie ipsum lobortis. Volutpat dolor tincidunt euismod pulvinar nunc aliquet, turpis magna diam nonummy, sed laoreet molestie feugiat ut, non dolore ullamcorper amet dolore aliquet consectetur nisi diam elit donec, mi felis aliquam. Proin mauris lorem nibh eget erat, mi felis tempus proin at ac proin at lorem nibh volutpat pulvinar nunc tellus turpis ut volutpat dolor, congue ullamcorper nonummy dolore tellus sit. Ut tellus pharetra congue ullamcorper amet dolore aliquet ac nibh elit erat mi elit, erat ante, mauris lorem, nibh eget lorem nibh elit donec mi felis donec proin mauris ac. Et elit erat mi, adipiscing proin at ac et at erat mi felis erat, diam turpis aliquam proin at ac et, nonummy magna diam pharetra congue ullamcorper pulvinar massa molestie. Feugiat lobortis pharetra congue ullamcorper pulvinar nisi sem consectetur magna diam, nonummy, magna praesent nonummy aliquam praesent, adipiscing nisi non consectetur magna, diam id ipsum massa mauris ac et ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa mauris tempus nibh mauris ac nibh eget tempus molestie pharetra congue, ullamcorper amet. Congue ullamcorper turpis nisi non, consectetur, ac congue aliquet, adipiscing tempus ante at erat. Mi id tempus ante molestie feugiat, non amet dolore ullamcorper sit ut non consectetur. Congue diam nonummy dolore ullamcorper turpis nisi sem consectetur ac diam nonummy magna ullamcorper. Amet, dolore, praesent lorem nibh id ipsum, massa, molestie feugiat ante at, lorem nibh. Volutpat ipsum dolore aliquet turpis magna diam nonummy donec mi mauris tempus eget, dolor. Tincidunt euismod sit nisi sem pharetra magna et nonummy, aliquam proin adipiscing aliquam proin. At erat mi felis erat ante, mauris lorem ante mauris, lorem aliquet adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id feugiat lobortis volutpat pharetra congue ullamcorper, amet dolore aliquet consectetur, sem consectetur congue ullamcorper amet donec praesent adipiscing aliquam, sem, consectetur, donec praesent adipiscing tempus massa. Molestie dolor lobortis eget sed mi felis tempus felis tempus ante volutpat dolor tincidunt tellus turpis magna, et nonummy magna diam nonummy donec proin mauris lorem nibh elit. Erat mi elit tempus ante molestie lorem mauris lorem mi elit erat mi adipiscing tempus nibh eget lorem nibh id pulvinar nunc non pharetra magna ullamcorper, amet congue. Aliquet adipiscing aliquet turpis nisi sem nonummy donec diam nonummy, aliquam ante, mauris ac et elit, sed massa molestie ipsum lobortis volutpat feugiat lobortis volutpat, dolor massa id. Feugiat non pharetra congue ullamcorper amet, dolore aliquet sit nisi sem consectetur magna praesent adipiscing donec praesent amet dolore aliquet pharetra congue ullamcorper amet congue ullamcorper, pulvinar nunc. Turpis ut non consectetur donec diam adipiscing aliquam ante mauris lorem laoreet id pulvinar nunc molestie feugiat massa molestie ac at ac mi felis tempus mi mauris lorem. Nibh eget dolor, laoreet id ipsum laoreet id lorem, nibh volutpat sed tincidunt euismod pulvinar nunc tellus feugiat lobortis pharetra dolore aliquet amet dolore aliquet consectetur nisi sem. Consectetur, congue ullamcorper amet dolore tellus sit ut non pharetra congue volutpat dolor tincidunt euismod ipsum nunc feugiat ut non dolor tincidunt euismod amet nisi sem at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ipsum massa eget dolor, congue ullamcorper. Turpis aliquam proin volutpat sed laoreet id. Ipsum lobortis volutpat, feugiat, tincidunt volutpat pulvinar. Dolore praesent at ac eget ipsum massa. Molestie sit ut non pharetra dolore aliquet. Turpis aliquam et at erat mi felis. Tempus massa, non pharetra magna praesent adipiscing. Nibh volutpat pharetra, dolore praesent adipiscing, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, pharetra congue ullamcorper amet nisi sem turpis magna diam pharetra praesent adipiscing, aliquam ante mauris lorem nibh elit sed. Mi felis tempus proin at aliquam et elit sed tincidunt euismod, pulvinar lobortis volutpat dolor tincidunt amet dolore praesent adipiscing. Ac proin nonummy magna diam amet dolore ullamcorper turpis nisi aliquet turpis, magna diam amet dolore aliquet turpis aliquam ante. At nibh elit erat mi felis aliquam ante mauris lorem laoreet id ipsum laoreet felis tempus ante mauris lorem tincidunt. Volutpat dolor tincidunt euismod nisi sem consectetur magna praesent adipiscing donec proin at ac, et elit ac praesent felis, tempus. Proin, at lorem nibh eget sed laoreet tellus sit lobortis volutpat, tincidunt ullamcorper, nonummy donec, proin eget sed laoreet id. Ipsum, nunc tellus feugiat ut non pharetra, congue ullamcorper amet dolore aliquet sit nisi sem consectetur magna diam aliquam proin. At ac diam nonummy donec mi felis aliquam praesent adipiscing, aliquam proin at ac ullamcorper nonummy tempus ante lorem, ante. Eget, sed tincidunt euismod ipsum ante tellus sit ut volutpat pharetra congue euismod pulvinar nunc tellus, sit ut non dolor. Tincidunt euismod pulvinar nunc euismod massa volutpat pharetra, congue diam, amet dolore aliquet adipiscing nisi sem consectetur magna diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar dolore tellus sit ut non consectetur. Donec praesent adipiscing tempus nibh eget sed laoreet eget. Ipsum nonummy erat at ac nibh eget, dolor tincidunt. Id pulvinar massa felis tempus proin consectetur magna sem. Consectetur donec praesent adipiscing aliquam, praesent adipiscing aliquam proin. Elit mi, id ipsum lobortis volutpat feugiat, lobortis euismod. Amet nunc aliquet pulvinar nunc tellus feugiat nibh volutpat. Pharetra dolore, praesent turpis, aliquam, proin at erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue aliquet, amet nisi sem at lorem et nonummy erat praesent felis tempus ante adipiscing aliquam consectetur ac diam elit erat proin at, aliquam proin at magna et elit. Erat praesent adipiscing aliquam sem at, lorem nibh elit, erat laoreet id feugiat non dolor tincidunt euismod pulvinar nunc id ipsum massa molestie dolor tincidunt euismod dolor tincidunt, euismod, sit. Ut tellus sit lobortis volutpat pharetra tincidunt ullamcorper ut sem consectetur ac et elit erat mi felis aliquam et elit sed, laoreet id ipsum ante mauris tempus ante, eget sed. Laoreet ipsum massa id ipsum massa molestie feugiat nibh elit erat mi felis tempus massa molestie, lorem lobortis volutpat pulvinar, tincidunt euismod ipsum nunc molestie feugiat lobortis non laoreet euismod. Ipsum nunc non consectetur magna ullamcorper dolor tincidunt volutpat sed tincidunt id pulvinar massa molestie feugiat nibh eget lorem nibh eget erat laoreet, felis tempus, eget dolor, congue ullamcorper amet. Nisi proin at ac et elit, erat mi felis tempus lobortis volutpat dolor tincidunt id nunc tellus feugiat lobortis volutpat sed laoreet id pulvinar nunc molestie feugiat lobortis volutpat, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent, felis lorem ante mauris lorem tincidunt, euismod pulvinar, nunc non sit lobortis non. Pharetra tincidunt euismod ipsum nunc aliquet consectetur magna tellus sit ut non pharetra congue diam. Nonummy aliquam praesent at aliquam proin at magna diam amet dolore aliquet, turpis nisi sem. Turpis, ut consectetur donec praesent adipiscing nisi proin mauris ac et eget erat mi, adipiscing. Tempus ante eget sed laoreet id ipsum laoreet id tempus mi adipiscing, nisi proin, ac. Mi elit tempus mi felis tempus proin at lorem et elit, donec mi adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ac, diam elit tempus, ante mauris lorem ante, mauris sed tincidunt tellus turpis ut diam nonummy donec mi felis tempus, ante sed tincidunt euismod pulvinar, dolore aliquet. Turpis nisi sem, pharetra tincidunt euismod amet dolore aliquet consectetur magna sem consectetur congue ullamcorper pharetra nunc aliquet adipiscing proin consectetur ac diam elit erat mi adipiscing aliquam. Proin at ac diam elit donec diam nonummy donec praesent, consectetur magna diam, nonummy donec praesent nonummy aliquam adipiscing ac nibh eget sed mi felis ipsum, ante volutpat. Pharetra congue ullamcorper nonummy dolore aliquet turpis nisi, non consectetur congue, ullamcorper nonummy praesent adipiscing aliquam sem consectetur, magna diam nonummy donec aliquet amet dolore aliquet sit nisi. Non nonummy magna, diam amet dolore aliquet sit nunc tellus sit lobortis pharetra dolore praesent adipiscing aliquam et elit erat mi felis tempus mi felis lorem ante mauris. Ac nibh eget sed massa, mauris feugiat lobortis eget sed laoreet ipsum nunc tellus sit congue ullamcorper amet, tincidunt euismod pulvinar tincidunt tellus pulvinar massa, mauris feugiat lobortis. Euismod pulvinar, tincidunt pulvinar nunc tellus pharetra magna diam, nonummy aliquam proin, adipiscing ac et at ac mi id tempus mi felis tempus nibh mauris lorem nibh nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac et elit erat mi felis, tempus, mi felis lorem proin erat laoreet id ipsum nunc molestie. Sit magna ullamcorper nonummy, dolore aliquet, adipiscing lorem nibh eget, ipsum laoreet molestie sit ut diam nonummy erat mi. Mauris lobortis eget lorem, laoreet id pulvinar nunc tellus pharetra ut non pharetra congue aliquet turpis nisi, sem consectetur. Magna diam nonummy erat mi adipiscing tempus eget pulvinar tincidunt id tempus massa molestie sit ut volutpat sed nibh. Id ipsum massa tellus sit ut non amet dolore, aliquet turpis sem at nisi sem pharetra congue euismod pulvinar. Tincidunt id ipsum ante molestie tempus, ante at lorem nibh eget sed massa id tempus massa volutpat feugiat lobortis. Sed tincidunt euismod, ipsum massa molestie, feugiat nibh eget, sed, nibh eget erat mi felis tempus ante mauris lorem. Nibh elit sed laoreet, felis ipsum, massa feugiat lobortis volutpat pulvinar nunc tellus sit ut tellus sit, ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem ut ullamcorper amet congue aliquet adipiscing aliquam proin at ac et felis, tempus, mi mauris. Lorem lobortis volutpat pulvinar nunc aliquet turpis nisi sem consectetur diam felis, tempus ante, mauris lorem nibh elit. Sed laoreet id tempus ante molestie feugiat lobortis euismod dolor nunc euismod pulvinar nunc tellus feugiat massa, sed. Tincidunt euismod ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar tincidunt euismod sit nunc tellus feugiat. Lobortis, non pharetra dolore, turpis nisi sem at magna diam nonummy donec aliquet turpis aliquam proin consectetur magna. Et elit erat, mi mauris lorem lobortis volutpat sed laoreet, id, pulvinar nunc sit ut non pharetra dolore. Aliquet turpis aliquam sem, consectetur magna diam consectetur magna diam nonummy donec, aliquet turpis ut non pharetra ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa non pharetra magna et felis ipsum lobortis molestie feugiat lobortis, euismod pulvinar dolore aliquet turpis nisi feugiat lobortis volutpat, dolor tincidunt euismod pulvinar nunc tellus sit lobortis, molestie. Feugiat lobortis volutpat dolor dolore sem turpis nisi sem pharetra magna, pulvinar donec proin, eget dolor nunc tellus pulvinar nunc tellus feugiat lobortis non dolor congue ullamcorper amet nisi tellus. Turpis nisi diam consectetur congue ullamcorper adipiscing aliquam at lorem nibh id ipsum nunc non pharetra congue diam amet donec praesent turpis, nisi, proin elit erat mi felis tempus ante. Felis, lorem volutpat pulvinar nunc euismod ipsum massa, id ipsum nibh eget dolor tincidunt id sed, laoreet id feugiat massa volutpat feugiat, lobortis, eget, sed laoreet id ipsum nunc sit. Congue ullamcorper nonummy dolore, aliquet turpis nisi non consectetur, magna ullamcorper nonummy donec praesent turpis aliquam aliquet, turpis lobortis volutpat feugiat lobortis volutpat sed nibh tempus ante, felis lorem lobortis. Volutpat, sed, laoreet euismod pulvinar nunc molestie ipsum massa molestie lorem et eget sed mi donec mi felis lorem, lobortis eget dolor laoreet euismod pulvinar nunc tellus sit congue ullamcorper. Nonummy donec praesent adipiscing ac et elit, erat mi id ipsum, lobortis pharetra magna diam adipiscing aliquam proin turpis, nisi diam elit, erat mi id feugiat lobortis volutpat dolor tincidunt. Euismod ipsum massa molestie ipsum, ante mauris lorem nibh lorem laoreet eget tempus ante mauris lorem, nibh eget dolor tincidunt euismod pulvinar nunc molestie ipsum ante at ac et eget. Pulvinar nisi sem turpis nisi non donec, praesent adipiscing aliquam praesent at ac et at erat mi, felis aliquam ante at ac et elit erat mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, eget sed massa tellus pharetra congue diam nonummy dolore. Aliquet, aliquam proin, at ac diam, nonummy donec praesent felis. Lorem ante eget sed nibh id ipsum massa felis, tempus. Nibh volutpat dolor tincidunt euismod pulvinar tellus sit, congue non. Pharetra dolore praesent adipiscing tempus ante at ac diam elit. Erat ante, mauris tempus proin adipiscing aliquam, proin, elit erat. Praesent donec praesent adipiscing aliquam proin, at ac diam nonummy. Dolore, praesent turpis aliquam ante mauris lorem, laoreet euismod, pulvinar. Ut, non consectetur donec adipiscing donec praesent turpis nisi sem. Consectetur magna ullamcorper amet donec praesent turpis nunc aliquet consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nonummy aliquam proin mauris, lorem laoreet euismod ipsum massa tellus feugiat ut non pharetra tincidunt, volutpat dolor tincidunt tellus turpis nisi diam elit donec felis feugiat. Lobortis non amet dolore aliquet, turpis aliquam sem consectetur magna diam nonummy donec praesent turpis aliquam sem consectetur magna diam consectetur congue ullamcorper dolore aliquet sit nisi. Sem pharetra, magna praesent felis ipsum lobortis volutpat dolor tincidunt euismod, dolor nunc molestie feugiat, lobortis volutpat dolor tincidunt amet donec, praesent at ac et elit erat. Mi felis, ipsum massa mauris lorem et eget sed massa, tellus turpis nisi sem consectetur magna diam, nonummy nisi turpis magna sem nonummy donec diam nonummy dolore. Aliquet turpis nisi sem consectetur congue ullamcorper, amet dolore praesent turpis nisi sem, turpis nisi diam felis tempus massa, feugiat ut ullamcorper amet, donec praesent turpis ut. Proin at ac et elit erat, mi, mauris ac et, elit ac mi felis ipsum mi felis aliquam ante sed laoreet euismod ipsum massa id feugiat massa. Mauris feugiat lobortis eget sed et, nonummy, dolore praesent adipiscing tempus nibh ac mi felis tempus massa molestie lorem nibh eget, sed tincidunt euismod amet nisi sem. Consectetur magna, mi, felis erat mi felis tempus proin at nisi sem magna praesent adipiscing aliquam praesent at lorem nibh eget sed laoreet felis tempus ante adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat mi felis tempus ante eget sed. Nibh eget ipsum massa, tellus feugiat lobortis volutpat, pharetra. Dolore aliquet turpis proin at erat mi felis tempus. Massa, molestie, pharetra tincidunt euismod pulvinar laoreet euismod pulvinar. Nunc non pharetra congue, ullamcorper adipiscing aliquam, ante volutpat. Sed euismod amet dolore aliquet, consectetur ac diam pharetra. Magna praesent turpis aliquam proin consectetur, nisi diam nonummy. Donec praesent, felis tempus proin, at, aliquam nibh elit. Laoreet molestie feugiat massa volutpat, feugiat nibh eget sed. Laoreet euismod ipsum massa mauris tempus, nibh eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus massa volutpat, dolor dolore aliquet amet dolore sem consectetur nisi non pharetra magna praesent. Felis, tempus ante eget nibh eget sed laoreet felis aliquam proin adipiscing, ac nibh id ipsum. Massa tellus turpis nisi diam consectetur, magna aliquet turpis nisi sem at ac consectetur magna diam. Adipiscing aliquam praesent at ac nibh eget erat et felis ipsum mi, felis aliquam sem consectetur. Magna et felis ipsum massa mauris tempus eget sed laoreet aliquet turpis ut non, pharetra congue. Et felis erat, proin adipiscing, ac, et, elit sed laoreet id pulvinar, nunc tellus dolor euismod. Pulvinar dolore aliquet, sit ut sem at ac mi adipiscing tempus ante at lorem, proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris lorem lobortis euismod amet nunc aliquet turpis nisi proin elit erat. Laoreet id feugiat ut non pharetra dolore ullamcorper turpis nisi consectetur magna sem. Consectetur donec praesent felis tempus ante at ac diam nonummy magna diam, amet. Aliquam proin mauris ac proin elit erat, mi elit praesent adipiscing aliquam proin. Consectetur ac diam nonummy magna diam adipiscing aliquam proin adipiscing ac sem sit. Ut ullamcorper pharetra congue euismod pulvinar nunc tellus feugiat lobortis feugiat proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam adipiscing tempus ante eget dolor laoreet id, ipsum felis tempus ante mauris lorem, et eget sed mi felis tempus. Massa molestie dolor tincidunt, euismod amet donec praesent turpis ut sem pharetra congue ullamcorper dolore proin at ac et at erat. Laoreet tellus turpis, ut sem pharetra magna ullamcorper pulvinar nunc tellus sit ut non pharetra congue non dolor ullamcorper amet dolore. Non pharetra congue diam nonummy donec, praesent adipiscing aliquam proin mauris ac mi felis ipsum nunc molestie feugiat nibh eget nibh. Eget ipsum, massa id ipsum lobortis volutpat dolor congue ullamcorper, amet dolore sem consectetur magna diam nonummy magna diam amet dolore. Aliquet turpis ut non pharetra ullamcorper nonummy dolore aliquet turpis dolore sem turpis, congue ullamcorper pharetra dolore aliquet amet dolore, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante mauris feugiat, lobortis non, pharetra congue ullamcorper turpis aliquam proin elit ac et elit erat praesent, felis lorem lobortis ullamcorper turpis, dolore, consectetur, lorem et. Elit, sed laoreet id ipsum ante volutpat dolor tincidunt euismod amet dolore aliquet sit ut sem, consectetur tincidunt euismod sed laoreet id massa tellus consectetur magna diam. Nonummy, donec aliquet turpis nisi sem consectetur magna et, felis erat mi at ac et eget erat laoreet id ipsum mi mauris proin, at lorem et elit. Sed massa id feugiat ut non pharetra congue ullamcorper pulvinar nunc tellus sit ut sem pharetra congue euismod nunc tellus sit, ut diam nonummy donec, mi adipiscing. Aliquam proin at, ac nibh id pulvinar massa molestie ipsum massa mauris feugiat lobortis elit sed tincidunt, tellus nisi diam, elit donec praesent nonummy donec praesent adipiscing. Aliquam proin eget ipsum massa molestie feugiat ut non pharetra dolore ullamcorper amet nunc aliquet turpis nisi sem, congue ullamcorper amet aliquam aliquet turpis nisi sem consectetur. Congue diam nonummy aliquam ante adipiscing aliquam proin at magna, et, erat mi mauris feugiat nibh volutpat dolor tincidunt euismod, sit nisi proin elit erat mi id. Ipsum massa volutpat dolor tincidunt euismod, amet, nisi proin elit erat tellus turpis nisi non pharetra ut volutpat dolor laoreet id, pulvinar nunc, non sit ut non. Pharetra dolore aliquet adipiscing aliquam sem turpis nisi sem consectetur magna adipiscing aliquam proin at lorem laoreet id sed laoreet id ipsum ante molestie, lorem, nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat dolor tincidunt ullamcorper amet, nisi proin consectetur lorem nibh elit erat mi felis ipsum massa eget lorem et. Pulvinar massa tellus turpis nisi sem pharetra congue euismod pulvinar tincidunt euismod sit nunc tellus feugiat ut volutpat dolor tincidunt. Euismod sit ut, tellus congue diam nonummy donec mi felis, aliquam, proin at ac et nonummy congue euismod dolor tincidunt. Tellus pulvinar nunc non sit ut non amet congue, aliquet amet proin consectetur ac et felis tempus mi adipiscing aliquam. Nibh eget dolor tincidunt, euismod pulvinar ut tellus, feugiat congue ullamcorper pharetra congue aliquet ac nibh id ipsum nunc, aliquet. Turpis nisi diam nonummy donec praesent adipiscing aliquam proin consectetur magna sem consectetur magna diam adipiscing aliquam praesent adipiscing ac. Et ipsum nisi sem, at ac diam nonummy donec ullamcorper amet, dolore aliquet, sit, ut tellus sit lobortis volutpat pulvinar. Dolore aliquet turpis nisi sem at magna diam tempus ante at, lorem nibh eget dolor tincidunt euismod sit nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar massa, molestie sit magna diam nonummy donec proin mauris lorem lobortis eget sed tincidunt id ipsum massa feugiat tincidunt euismod amet dolore aliquet turpis nisi. Non pharetra congue ullamcorper nonummy donec praesent adipiscing ac et, elit dolor nunc tellus, turpis magna elit erat ante mauris tempus ante eget lorem nibh euismod sit nunc. Tellus pharetra magna diam nonummy dolore aliquet turpis nisi, proin consectetur nisi sem elit erat, molestie feugiat tincidunt ullamcorper amet dolore aliquet sit ut, non sit congue ullamcorper. Amet, dolore praesent, adipiscing aliquam sem, at, ac diam elit ante mauris lorem lobortis volutpat, pulvinar donec aliquet turpis nisi non sit ut eget sed laoreet id sed. Laoreet id feugiat lobortis molestie feugiat lobortis volutpat dolor euismod, turpis nisi sem pharetra congue, ullamcorper amet nunc tellus, pulvinar nunc molestie sit ut non pharetra congue ullamcorper. Turpis aliquam proin elit erat laoreet id ipsum molestie dolor tincidunt euismod, pulvinar nunc aliquet turpis nisi non consectetur ac diam nonummy donec proin at aliquam et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing tempus lobortis euismod amet dolore tellus pulvinar nisi sem nonummy praesent adipiscing aliquam proin mauris feugiat lobortis eget sed tincidunt. Molestie feugiat lobortis sem nonummy magna praesent adipiscing aliquam proin at ac diam, nonummy, mi id tempus ante at aliquam proin at. Ac mi, felis ipsum massa mauris, lorem lobortis euismod pulvinar nunc tellus pulvinar ut non, pharetra congue ullamcorper adipiscing, proin at ac. Proin at erat et elit erat mi adipiscing aliquam, sem consectetur ac et nonummy, magna diam, nonummy aliquam proin at laoreet euismod. Pulvinar, nunc tellus pharetra ut non amet dolore aliquet adipiscing dolore aliquet, turpis nisi sem nonummy donec ante mauris lorem nibh eget. Lorem nibh eget massa molestie feugiat lobortis volutpat pharetra dolore ullamcorper amet dolore aliquet sit ut volutpat feugiat nibh eget sed laoreet. Id tempus massa felis lorem nibh eget, sed id sed, mi felis tempus ante molestie feugiat nibh volutpat, dolor tincidunt id ipsum. Massa volutpat, dolor tincidunt euismod, amet proin at ac et eget ipsum massa, tellus, sit ut ullamcorper pharetra tincidunt euismod dolor tincidunt. Molestie feugiat nisi sem, pharetra tincidunt ullamcorper amet donec praesent adipiscing diam nonummy donec praesent adipiscing, aliquam, massa molestie, feugiat tincidunt volutpat. Sed laoreet id ipsum massa molestie feugiat tincidunt volutpat dolor tincidunt euismod ipsum massa, molestie feugiat non pharetra congue aliquet adipiscing nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore, ullamcorper adipiscing ante at ac et elit, tempus, massa tellus feugiat. Ut ullamcorper amet dolore praesent adipiscing aliquam et elit, erat mi id ipsum massa. Mauris tincidunt euismod pulvinar dolore tellus sit ut sem consectetur congue diam adipiscing donec. Praesent adipiscing nisi sem consectetur congue ullamcorper pharetra dolore praesent adipiscing aliquam eget dolor. Tincidunt euismod sit, nunc non sit lobortis euismod amet, dolore tellus sit ut tellus. Sit congue, ullamcorper, nonummy aliquam ante at, lobortis volutpat dolor tincidunt id volutpat mauris. Lorem, lobortis volutpat dolor laoreet, id, sed laoreet felis ipsum massa mauris lorem nibh. Volutpat dolor tincidunt, euismod feugiat, lobortis, dolor congue diam adipiscing tempus ante, mauris lorem. Laoreet eget pulvinar ut non pharetra magna diam nonummy donec, praesent adipiscing ac et. Elit erat mi elit, erat molestie feugiat lobortis volutpat dolor nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra congue non donec mi felis aliquam nibh volutpat dolor tincidunt euismod pulvinar. Massa molestie feugiat, lobortis volutpat sed tincidunt ullamcorper ipsum nunc tellus sit ut non dolor. Ullamcorper turpis aliquam sem at ac et elit tempus massa, molestie lorem, nibh eget lorem. Nibh elit donec mi felis tempus ante at lorem nibh adipiscing aliquam proin consectetur nisi. Non consectetur magna ullamcorper amet dolore tellus sit nisi tellus sit ut non pharetra congue. Euismod amet, nisi aliquet ac et felis tempus massa mauris, lorem nibh, eget dolor laoreet. Id ipsum massa tellus sit congue ullamcorper nonummy aliquam proin adipiscing ac et elit sed. Tellus consectetur ac, et elit ipsum ante molestie dolor lobortis volutpat dolor, nunc, euismod ipsum. Laoreet molestie feugiat, lobortis eget dolor congue ullamcorper turpis, dolore aliquet magna diam amet donec. Aliquet adipiscing aliquam proin consectetur magna diam consectetur magna, diam nonummy donec praesent turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit aliquam proin at, lorem nibh volutpat, dolor, tincidunt, tellus sit ut non consectetur congue euismod pulvinar. Nunc aliquet at congue aliquet turpis ut non sit ut non pharetra dolore praesent turpis nisi sem. Consectetur ac diam nonummy donec praesent, adipiscing, donec praesent adipiscing aliquam nonummy donec praesent adipiscing donec proin. At lorem, nibh elit erat et, elit donec praesent, turpis dolore, tellus sit ut non pharetra ut. Ullamcorper nonummy donec aliquet ac nibh elit erat mi id, ipsum, lobortis non amet dolore aliquet turpis. Nisi sem consectetur, ac et elit tempus ante, mauris lorem non amet dolore praesent adipiscing aliquam sem. At magna et elit erat ante felis, lorem nibh elit sed laoreet id, pulvinar massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit ut non sit ut volutpat pharetra, dolore ullamcorper turpis nisi aliquet, turpis nisi sem nonummy erat felis lorem ante, mauris sed laoreet euismod sit. Nisi sem at ac diam nonummy dolore aliquet adipiscing aliquam proin at ac mi id tempus ante dolor, congue ullamcorper nonummy dolore proin adipiscing aliquam sem. Consectetur, ac mi felis, aliquam ante mauris ac et elit, erat mi felis tempus mi felis nibh mauris ac et nonummy, donec mi id tempus proin. At lorem nibh eget sed mi felis tempus ante, molestie dolor tincidunt volutpat pulvinar tellus, turpis magna diam, nonummy donec mi mauris tempus ante mauris lorem. Nibh eget sed massa, molestie sit congue non dolor tincidunt volutpat dolor nunc tellus nisi non, consectetur congue ullamcorper pulvinar, nunc tellus turpis, nisi sem pharetra. Magna diam nonummy aliquam proin volutpat amet dolore praesent adipiscing aliquam proin, at ac et ipsum nunc molestie lorem, nibh eget sed tincidunt euismod pulvinar massa. Tellus sit ut, ullamcorper amet congue euismod turpis nisi at erat mi, elit tempus massa molestie, feugiat lobortis non amet dolore, praesent turpis ut tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore tellus sit nisi, non consectetur donec praesent felis, tempus ante, at lorem, nibh elit erat. Praesent, felis ipsum molestie, pharetra congue ullamcorper turpis aliquam et at ac et elit erat praesent felis, tempus. Ante mauris lorem et elit erat praesent adipiscing donec praesent amet dolore, aliquet amet dolore aliquet turpis nisi. Diam elit tempus ante felis aliquam ante eget sed laoreet eget erat mi felis aliquam proin at, aliquam. Proin ipsum laoreet felis ipsum, massa, mauris feugiat nibh eget sed mi id sit ut non pharetra congue. Ullamcorper amet dolore praesent turpis nisi consectetur congue diam nonummy aliquam ante mauris lorem et elit erat mi. Id pulvinar lobortis volutpat feugiat, lobortis euismod dolor, tincidunt id ipsum laoreet felis aliquam, proin lorem laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante mauris, tempus et elit sed laoreet, id ipsum massa molestie nibh volutpat dolor tincidunt, tellus sit ut, non pharetra. Magna et elit tempus ante mauris feugiat, nibh volutpat sed mi felis tempus ante felis aliquam at lorem nibh elit erat. Laoreet molestie, ipsum massa molestie, feugiat tincidunt euismod amet dolore aliquet turpis nisi non pharetra congue euismod, pulvinar dolore, aliquet magna. Et id pulvinar massa id ipsum ante eget, sed nibh euismod pulvinar nunc tellus sit lobortis, volutpat pharetra tincidunt euismod amet. Nunc at ac et elit sed, laoreet felis aliquam, ante mauris lorem, laoreet id ipsum massa tellus sit ut non, amet. Dolore aliquet turpis nisi sem, at magna eget, tempus ante mauris, feugiat lobortis volutpat dolor laoreet id ipsum nunc molestie sit. Congue non amet, congue ullamcorper pulvinar dolore aliquet consectetur ac diam consectetur magna adipiscing donec proin, at ac et elit sed. Laoreet, molestie feugiat ut non amet dolore praesent adipiscing aliquam sem at erat et elit ut non pharetra congue diam nonummy. Donec proin at ac laoreet, eget ipsum massa molestie feugiat ut non pharetra congue ullamcorper amet nisi, aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris lorem nibh elit, sed, laoreet molestie sit congue ullamcorper donec praesent turpis nisi aliquet consectetur lorem. Laoreet, tellus sit nunc tellus sit ut volutpat dolor tincidunt ullamcorper sit ut non sit congue non amet congue. Turpis aliquam proin elit erat, et id ipsum massa mauris tempus ante, mauris sed nibh id sed massa molestie. Feugiat lobortis, volutpat dolor lobortis euismod, dolore sem consectetur nisi sem consectetur magna diam nonummy dolore tellus pulvinar nunc. Non consectetur donec mi id ipsum massa molestie ac nibh erat mi, id ipsum lobortis non dolor tincidunt volutpat. Sed laoreet id, ipsum massa mauris lorem nibh eget, dolor laoreet euismod ipsum massa id, feugiat lobortis non, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut non pharetra congue diam felis aliquam. Proin, adipiscing lorem laoreet id massa molestie feugiat massa. Volutpat dolor tincidunt ullamcorper amet dolore tellus sit nisi. Non pharetra magna diam nonummy donec praesent consectetur ac. Et, eget ipsum non consectetur magna diam amet, donec. Proin at ac et eget sed, laoreet felis, tempus. Massa mauris lorem lobortis mauris lorem laoreet id, ipsum. Nunc sit congue diam adipiscing aliquam ante mauris lorem. Lobortis volutpat pulvinar tincidunt tellus sit ut non, consectetur. Magna diam nonummy donec proin at et eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at lorem lobortis euismod pulvinar dolore, aliquet consectetur ac mi felis ipsum molestie feugiat lobortis volutpat, pulvinar, dolore aliquet turpis nisi sem consectetur magna diam nonummy dolore aliquet. Turpis aliquam sem consectetur nisi, sem consectetur donec nonummy nisi aliquet consectetur nisi non pharetra congue non amet congue ullamcorper, amet ut molestie feugiat lobortis non pharetra congue ullamcorper. Amet dolore, aliquet sit ut sem donec praesent, adipiscing donec praesent adipiscing aliquam proin elit erat mi felis ipsum massa molestie feugiat, lobortis volutpat pulvinar, nunc tellus sit nisi. Nonummy, erat massa molestie feugiat lobortis volutpat pulvinar tincidunt tellus sit ut non pharetra congue non amet dolore praesent adipiscing aliquam aliquet consectetur magna et elit erat mauris lorem. Lobortis volutpat sed laoreet id ipsum laoreet, id, ipsum massa molestie sed laoreet euismod pulvinar nunc aliquet, consectetur nisi sem nonummy erat ante mauris feugiat ullamcorper nonummy donec proin. Non amet, donec proin adipiscing ac et elit erat mi felis erat mi mauris lorem eget sed mi elit, erat mi felis lorem nibh eget sed nibh eget sed. Laoreet id tempus ante mauris ac nibh eget sed massa tellus feugiat lobortis pharetra congue euismod pulvinar tincidunt euismod pulvinar ut non pharetra congue non amet dolore, ullamcorper amet. Ut tellus feugiat, lobortis volutpat feugiat tincidunt, euismod pulvinar nunc euismod ut volutpat pharetra, congue, ullamcorper, nonummy aliquam proin at ac nibh, elit sed massa tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh, volutpat pulvinar nunc aliquet consectetur magna sem nonummy, donec mi felis tempus, ante mauris lorem et at et, elit tempus massa mauris lorem lobortis. Volutpat dolor nunc, euismod pulvinar nunc molestie feugiat lobortis eget sed, laoreet id ipsum massa molestie ante molestie, sed laoreet id ipsum laoreet molestie sit ut. Volutpat dolor congue ullamcorper pulvinar dolore tellus sit ut tellus sit ut non dolor congue euismod pulvinar molestie sit lobortis volutpat feugiat nibh eget sed tincidunt. Tellus sit ut non dolor congue diam nonummy donec proin at ac diam nonummy donec adipiscing aliquam proin at ac proin at magna et amet dolore. Ullamcorper amet dolore tellus sit nisi diam, consectetur donec diam nonummy, dolore tellus sit ut, feugiat massa volutpat dolor, congue ullamcorper amet dolore tellus sit ut. Volutpat dolor tincidunt euismod pulvinar tincidunt tellus sit nunc tellus sit ut ullamcorper nonummy donec praesent aliquam, et elit sed massa id ipsum ante mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna mi tempus nibh, volutpat pulvinar dolore aliquet turpis aliquam proin at ac diam, nonummy donec. Praesent adipiscing ac proin elit sed mi felis erat, ante mauris nibh eget dolor tincidunt euismod sit nisi. Proin at ac, et nonummy dolore praesent adipiscing ac et eget sed mi felis, ipsum nunc volutpat dolor. Ullamcorper, adipiscing aliquam proin at ac et eget, sed mi adipiscing aliquam, praesent adipiscing aliquam proin, consectetur magna. Diam elit, tempus, ante mauris tempus ante mauris tincidunt, tellus pulvinar ut sem consectetur magna ullamcorper amet dolore. Aliquet at ac et eget erat, laoreet id feugiat, massa mauris lorem nibh mauris laoreet id tempus mi. Felis lorem nibh mauris lorem laoreet euismod amet, aliquam sem consectetur ac diam, elit donec praesent adipiscing, tempus. Proin mauris erat mi id massa, tellus sit ut, non pharetra congue ullamcorper sit ut sem consectetur ac. Diam elit erat ante mauris lorem nibh elit erat mi felis ipsum nunc, tellus ut ullamcorper nonummy dolore. Proin mauris ac, nibh, id ipsum massa, molestie feugiat ut volutpat dolor nibh volutpat erat mi tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, lorem nibh id, ipsum massa molestie feugiat lobortis volutpat laoreet id ipsum massa molestie ipsum massa volutpat dolor lobortis volutpat dolor. Dolore aliquet turpis ut sem consectetur donec diam nonummy donec aliquet turpis nisi sem ut non dolor tincidunt ullamcorper turpis aliquam proin. Elit erat mi felis tempus ante mauris tempus ante mauris lorem et eget ipsum massa molestie congue ullamcorper amet dolore praesent turpis. Aliquam proin at ac et elit erat praesent nonummy, dolore praesent at ac diam elit donec praesent adipiscing proin at ac et. At ac mi elit tempus mi felis aliquam proin at ac diam nonummy donec praesent felis lorem, nibh eget sed laoreet id. Ipsum sem consectetur, magna et elit erat ante molestie feugiat lobortis euismod dolor nunc aliquet, turpis magna diam nonummy donec, diam adipiscing. Tempus nibh eget lorem laoreet pulvinar nunc tellus sit lobortis volutpat dolor tincidunt ullamcorper amet dolore sem consectetur ac et eget tempus. Ante felis, tempus nibh mauris sed laoreet id sed molestie feugiat massa mauris lorem tincidunt euismod pulvinar nunc tellus, sit ut non. Dolor, tincidunt euismod, pulvinar nunc euismod sit ut sem consectetur, magna diam adipiscing aliquam mauris feugiat tincidunt euismod dolor nunc tellus sit. Nisi, sem nonummy, donec praesent, felis tempus ante mauris ac nibh elit donec praesent felis ipsum massa mauris feugiat ullamcorper amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna diam adipiscing aliquam ante mauris nibh eget sed massa id ipsum ante, at ac proin elit erat laoreet id tempus massa molestie. Feugiat lobortis volutpat dolor tincidunt tellus sit, ut pharetra ut volutpat dolor congue ullamcorper, pulvinar ut non consectetur, ac mi felis tempus, massa mauris lorem. Nibh eget erat mi felis erat mi adipiscing ante, eget, dolor laoreet eget, sed laoreet felis tempus proin at lorem nibh eget erat mi elit. Erat mi adipiscing aliquam proin mauris lorem, nibh id ante, mauris feugiat ut non amet congue euismod pulvinar dolore aliquet consectetur magna et nonummy, erat. Mi mauris feugiat lobortis euismod amet dolore, aliquet nisi, diam nonummy donec praesent felis tempus ante at ac et eget sed laoreet felis ipsum lobortis. Non consectetur, magna praesent adipiscing tempus ante at ac nibh erat mi adipiscing tempus ante at ac proin at magna diam nonummy donec, mi mauris. Lorem nibh volutpat sed tincidunt euismod ipsum, massa molestie sit ut euismod tincidunt, tellus turpis aliquam non pharetra congue, ullamcorper nonummy dolore ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt ullamcorper amet, dolore sem at magna et eget sed, laoreet molestie feugiat lobortis. Volutpat dolor dolore ullamcorper dolore aliquet consectetur ac, diam nonummy donec, mi mauris tempus nibh. Eget sed nibh elit erat mi felis aliquam proin at lorem laoreet eget laoreet felis. Tempus mi felis feugiat tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus sit magna praesent. Adipiscing aliquam proin, at ac et elit ac et, elit sed massa molestie feugiat ut. Non consectetur magna diam amet donec proin at ac diam nonummy donec diam adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna mi felis, tempus massa mauris tempus ante. Eget pulvinar dolore, sem consectetur magna diam nonummy donec. Praesent tempus nibh eget lorem, nibh eget sed massa. Molestie sit nisi sem amet dolore aliquet turpis dolore. Aliquet sit ut non pharetra magna amet dolore aliquet. Sit, ut non pharetra congue ullamcorper, amet dolore aliquet. Turpis nisi aliquet turpis nisi sem consectetur congue diam. Nonummy aliquam proin at magna et, magna praesent felis. Tempus massa volutpat sed, nibh elit erat laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus proin ac et, elit, tempus massa molestie feugiat ut non pharetra. Congue aliquet, turpis nisi non at magna ullamcorper amet donec aliquet turpis. Nisi proin nisi diam consectetur magna diam nonummy dolore tellus sit ut. Sem id pulvinar nunc molestie feugiat, ut, non, amet dolore aliquet, turpis. Nisi proin consectetur non pharetra congue diam nonummy donec proin mauris, lorem. Nibh euismod sit ut tellus feugiat, ut non pharetra tincidunt euismod pulvinar. Massa molestie ipsum mi felis tempus at, ac et felis tempus ante. Mauris feugiat lobortis eget sed nibh elit donec mi felis aliquam proin. Mauris ac, et elit erat elit ipsum ante mauris lorem nibh, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent adipiscing lorem lobortis volutpat pharetra congue turpis aliquam proin at ac diam elit erat, praesent adipiscing. Lorem lobortis volutpat dolor tincidunt id, ipsum massa tellus sit congue ullamcorper amet congue ullamcorper pulvinar tellus sit. Magna diam elit tempus, ante, mauris tempus ante at ac diam nonummy donec praesent nonummy donec aliquet turpis. Nisi sem, consectetur congue ullamcorper congue ullamcorper amet massa molestie feugiat lobortis non pharetra congue ullamcorper turpis dolore. Sem mauris lorem laoreet eget ipsum massa mauris feugiat nibh dolor tincidunt, euismod pulvinar nunc tellus sit lobortis. Volutpat feugiat lobortis volutpat sed laoreet, tellus ipsum nunc molestie, feugiat nibh mauris, lorem, nibh eget erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin at, erat laoreet id, feugiat lobortis, volutpat dolor tincidunt euismod, pulvinar dolore aliquet turpis diam elit erat laoreet id, tempus ante eget. Sed laoreet eget ipsum massa molestie turpis ut, non nonummy dolore praesent adipiscing aliquam nibh pulvinar, nunc tellus turpis ut sem consectetur donec, praesent. Adipiscing, tempus ante, at ac et at ac et elit donec praesent turpis nisi sem consectetur, nisi diam magna praesent, nonummy aliquam ante mauris. Sed tincidunt ullamcorper amet nisi aliquet pharetra congue non pharetra tincidunt euismod amet dolore sem turpis nisi sem donec praesent felis, tempus nibh eget. Dolor tincidunt euismod, pulvinar ut, tellus sit ut non amet dolore aliquet turpis nisi aliquet consectetur nisi, diam nonummy donec adipiscing tempus ante at. Ac nibh eget ipsum, laoreet molestie feugiat, ut non pharetra congue ullamcorper turpis nisi sem at ac diam nonummy donec praesent adipiscing aliquam consectetur. Ac et nonummy donec praesent adipiscing tempus, ante mauris ac et eget sed laoreet id feugiat lobortis molestie pharetra euismod dolor tincidunt euismod ipsum. Nunc, tellus, sit lobortis non pharetra, congue ullamcorper sit nunc molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus turpis ut dolor lobortis. Volutpat pulvinar tincidunt euismod pulvinar massa tellus sit, congue ullamcorper amet dolore aliquet adipiscing, ac et elit ac et nonummy, erat ante molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit nisi sem, nonummy donec praesent felis aliquam proin adipiscing tellus pharetra ut non pharetra congue volutpat dolor dolore. Aliquet turpis nisi sem, consectetur erat mi felis donec praesent adipiscing nisi proin at magna mi adipiscing praesent mauris feugiat. Congue ullamcorper pulvinar nunc tellus, sit lobortis volutpat, feugiat tincidunt ullamcorper amet, nunc, aliquet adipiscing, aliquam proin nonummy donec praesent. Proin elit laoreet felis tempus massa, diam felis pulvinar nisi nibh tellus eget pulvinar aliquam lobortis ullamcorper adipiscing pharetra erat. Laoreet, tellus consectetur erat dolore volutpat adipiscing dolor erat ut nibh sem eget amet tempus ut, ullamcorper adipiscing tempus massa. Molestie pharetra congue aliquet adipiscing ac et elit ac, et elit erat adipiscing tempus ante at lorem nibh eget ipsum. Nunc tellus sit ut volutpat dolor tincidunt euismod, pulvinar nunc tellus feugiat massa, molestie feugiat tincidunt euismod pulvinar nunc sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt tellus sit ut, non consectetur magna mi felis tempus proin ac et elit sed mi felis, tempus mi, felis tempus sem. At ac et, eget, ipsum massa tellus pharetra magna diam adipiscing aliquam proin, at ac, elit sed, laoreet id ipsum massa molestie feugiat. Tincidunt ullamcorper amet donec praesent adipiscing aliquam sem consectetur congue ullamcorper amet congue ullamcorper amet dolore aliquet, ac mi felis tempus massa mauris. Lorem ante eget lorem, laoreet id ipsum, massa molestie tempus ante mauris lorem laoreet id ipsum laoreet, tempus proin mauris lorem, nibh eget. Sed, laoreet felis ipsum massa molestie, feugiat lobortis eget lorem et elit donec praesent nonummy dolore praesent amet ut tellus pharetra non pharetra. Tincidunt ullamcorper amet nunc tellus sit nisi non consectetur magna diam nonummy donec praesent, at, lorem nibh elit sed mi id ipsum, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id ipsum massa molestie feugiat lobortis volutpat sed tincidunt euismod. Sit, ut sem lobortis volutpat dolor laoreet id ipsum nunc tellus sit. Ut ullamcorper amet congue ullamcorper, amet dolore aliquet consectetur magna et elit. Donec, mi mauris ante, eget dolor congue ullamcorper, turpis nisi proin at. Erat laoreet molestie, feugiat lobortis non consectetur tincidunt, volutpat dolor nunc euismod. Pulvinar nunc non consectetur donec diam donec praesent, turpis nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet adipiscing tempus, nibh volutpat sed tincidunt euismod ipsum molestie sit ut ullamcorper amet nunc tellus sit ut, tellus sit. Congue et elit donec praesent adipiscing aliquam proin at ac et elit erat mi, adipiscing tincidunt, ullamcorper nonummy donec aliquet turpis. Ut sem consectetur ac, diam felis tempus ante at lorem et elit sed, laoreet id ipsum ut non dolor ullamcorper amet. Dolore, aliquet adipiscing aliquam, et at donec praesent adipiscing dolore aliquet amet, dolore aliquet consectetur ac diam nonummy erat mi felis. Ante mauris lorem tincidunt tellus pulvinar nunc non pharetra congue, diam nonummy donec aliquet adipiscing aliquam proin elit erat mi elit. Erat, ante molestie feugiat, nibh eget laoreet euismod ipsum, massa, mauris feugiat lobortis eget dolor congue ullamcorper amet dolore non sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis dolor nunc aliquet turpis ac et elit erat praesent felis lorem nibh volutpat, sed tincidunt euismod sit ut sem at ac. Et felis, ipsum volutpat dolor lobortis euismod pulvinar tincidunt, tellus pulvinar nunc tellus sit, congue ullamcorper pulvinar nunc aliquet turpis nisi non. Pharetra, ut non pharetra, congue aliquet, dolore aliquet turpis magna, diam, elit erat mi felis lorem nibh eget dolor tincidunt id ipsum. Massa molestie sit congue ullamcorper amet, congue aliquet adipiscing aliquam sem magna, et elit erat, mi felis, tempus ante mauris ac diam. Elit erat mi felis ipsum massa volutpat dolor congue, praesent turpis aliquam consectetur magna, diam nonummy erat mi felis, aliquam ante at. Lorem, laoreet euismod sit nisi sem pharetra magna diam nonummy donec, proin at ac nibh elit erat felis tempus ante felis aliquam. Proin at sed nibh, id ipsum mi felis lorem nibh eget sed nibh, eget sed massa id feugiat lobortis volutpat pharetra tincidunt. Turpis aliquam, proin mauris, ac mi id, tempus ante mauris lorem ut non amet donec praesent adipiscing aliquam sem, consectetur ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet consectetur magna diam nonummy magna, diam adipiscing aliquam turpis nisi sem pharetra congue non dolor tincidunt ullamcorper turpis aliquam. Sem at ac et elit erat mi adipiscing aliquam proin consectetur lorem nibh elit erat felis aliquam ante eget sed laoreet. Euismod, ipsum nunc tellus pharetra congue ullamcorper amet congue praesent adipiscing aliquam sem consectetur nisi, non consectetur congue ullamcorper donec proin. Adipiscing ac nibh eget sed laoreet id ipsum proin at lorem nibh, eget erat mi felis tempus ante molestie feugiat tincidunt. Dolor nunc aliquet turpis, ut sem pharetra, magna diam amet congue ullamcorper amet nisi aliquet turpis lobortis volutpat dolor tincidunt euismod. Dolor tincidunt euismod sit ut non congue diam adipiscing tempus nibh mauris lorem nibh eget erat mi felis ipsum, massa, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat elit tempus nunc aliquet consectetur magna diam nonummy donec praesent nonummy donec praesent adipiscing, aliquam proin at magna et elit erat praesent mauris tempus at ac et, felis tempus. Nunc tellus sit lobortis volutpat dolor tincidunt euismod sit ut non sit ut volutpat feugiat lobortis volutpat sed massa tellus ut non pharetra congue ullamcorper amet dolore aliquet turpis nisi. Diam nonummy erat mi felis ipsum massa, molestie feugiat tincidunt euismod ipsum nunc tellus feugiat lobortis non congue, euismod pulvinar tincidunt euismod pulvinar massa tellus feugiat, lobortis, non pharetra congue. Euismod turpis nisi non pharetra ut non amet donec praesent nisi sem at magna, diam nonummy magna diam felis aliquam ante mauris, lorem laoreet id ipsum, nunc molestie feugiat lobortis. Volutpat feugiat tincidunt ullamcorper amet dolore sem ut non pharetra congue ullamcorper pulvinar, dolore tellus pulvinar ut non pharetra congue diam adipiscing aliquam proin mauris lorem, nibh id ipsum massa. Tellus sit ut sem magna praesent amet dolore sem at ac diam nonummy erat praesent adipiscing aliquam praesent adipiscing nisi tellus pharetra congue ullamcorper erat mi, mauris lorem ante elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc non consectetur donec praesent donec praesent turpis nisi non pharetra congue ullamcorper amet donec aliquet dolor massa molestie ipsum massa molestie feugiat lobortis euismod pulvinar nunc. Tellus sit ut pharetra magna diam adipiscing aliquam ante mauris, lorem nibh id pulvinar nunc tellus consectetur magna diam elit erat ante felis tempus nibh eget sed laoreet. Turpis nisi non pharetra congue ullamcorper, amet dolore aliquet turpis dolore proin, consectetur, ac diam consectetur donec, praesent adipiscing aliquam proin at, ac, nibh ipsum massa tellus pharetra. Congue praesent adipiscing tempus ante at ac et at erat, mi, elit erat mi felis aliquam proin consectetur magna sem consectetur magna pulvinar dolore tellus sit ut sem. Pharetra magna et elit tempus ante molestie, dolor tincidunt euismod dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt sit ut sem consectetur magna diam nonummy. Donec proin at aliquam et elit sed, laoreet felis ipsum massa volutpat dolor diam nonummy dolore, praesent adipiscing aliquam sem at donec praesent felis aliquam proin at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum ante molestie pharetra magna ullamcorper amet dolore aliquet adipiscing magna et nonummy. Donec laoreet felis, aliquam, massa volutpat pharetra congue ullamcorper dolore aliquet consectetur magna diam. Nonummy donec diam nonummy donec, sem consectetur ac, tincidunt euismod pulvinar nunc tellus sit. Ut non amet dolore aliquet turpis aliquet turpis magna diam consectetur, magna ullamcorper, amet. Dolore tellus, sit ut non pharetra magna praesent, nonummy donec praesent adipiscing aliquam proin. At magna elit erat mi felis tempus, et consectetur ac, et, nonummy, donec praesent. Nonummy donec ante eget sed tincidunt euismod pulvinar nunc, non pharetra congue non, dolor. Euismod pulvinar nunc tellus sit ut non pharetra tincidunt euismod amet dolore aliquet, turpis. Magna diam consectetur magna diam, amet donec proin at ac et at magna elit. Erat mi felis lorem nibh mauris sed laoreet euismod ipsum massa molestie feugiat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet id tempus massa molestie dolor tincidunt euismod pulvinar dolore tellus sit nisi sem nonummy donec mi felis, tempus nibh. Eget sed tincidunt pulvinar nunc tellus sit ut ullamcorper pharetra congue euismod, ipsum nunc molestie feugiat ut, non dolor congue diam. Nonummy aliquam, proin at magna diam elit nunc non pharetra congue ullamcorper pharetra tincidunt euismod, amet dolore aliquet sit nisi non. Consectetur donec diam turpis nisi aliquet consectetur ac nibh elit, donec praesent, adipiscing praesent at lorem nibh eget sed mi felis. Erat mi felis tempus proin consectetur magna diam nonummy magna mi felis tempus ante, at nibh elit erat mi adipiscing aliquam. Ante mauris lorem nibh elit sed mi id feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt euismod ipsum massa non sit. Ullamcorper amet dolore aliquet adipiscing, aliquam et eget sed laoreet id tempus mi, mauris tempus proin mauris ac et elit erat. Praesent felis tempus nibh volutpat dolor id pulvinar laoreet id, ipsum massa molestie, pharetra dolore ullamcorper amet nunc tellus feugiat massa. Molestie lorem, lobortis eget sed euismod pulvinar nunc non consectetur donec praesent adipiscing, donec praesent adipiscing aliquam sem consectetur magna et. Felis ipsum, ante mauris lorem nibh eget sed laoreet id, nunc tellus sit congue ullamcorper nonummy donec proin adipiscing ac proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat molestie feugiat lobortis euismod, pulvinar nunc aliquet consectetur nisi, sem consectetur magna diam nonummy donec aliquet adipiscing nisi proin consectetur magna et elit erat adipiscing aliquam proin. Consectetur magna et nonummy donec praesent felis lorem, ante mauris lorem et eget ipsum laoreet id ipsum massa, volutpat, pharetra congue, aliquet dolore aliquet turpis nisi non feugiat nibh. Volutpat pulvinar nunc tellus sit massa molestie feugiat nibh volutpat sed tincidunt euismod ipsum massa tellus lobortis volutpat dolor tincidunt ullamcorper pulvinar, nunc euismod sit ut sem pharetra magna. Diam adipiscing aliquam proin eget lorem tincidunt ullamcorper amet massa, tellus sit lobortis molestie lobortis eget dolor laoreet id ipsum massa, volutpat feugiat lobortis, euismod pulvinar nunc tellus sit. Nisi sem consectetur magna ullamcorper amet donec aliquet turpis, dolore aliquet turpis et elit donec mi felis tempus proin at magna sem, consectetur congue diam nonummy donec praesent adipiscing. Nisi proin at mi id ipsum massa volutpat feugiat tincidunt ullamcorper amet nunc euismod ipsum massa molestie feugiat lobortis volutpat sed laoreet euismod ipsum laoreet id feugiat massa eget. Sed ullamcorper amet dolore aliquet sit ut non pharetra congue aliquet turpis aliquam proin mauris lorem et id ipsum massa, molestie feugiat ut volutpat dolor congue euismod amet sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt volutpat pulvinar dolore, aliquet, consectetur nisi sem, congue euismod amet nunc aliquet sit nunc non pharetra congue diam nonummy donec aliquet turpis nisi sem at magna, et elit. Tempus ante mauris lorem proin magna diam nonummy donec praesent nonummy, donec proin adipiscing aliquam proin at ac mi id ipsum ante mauris lorem lobortis volutpat dolor tincidunt id tempus. Felis tempus nibh mauris lorem et elit, erat praesent felis tempus massa mauris ac et at ac diam nonummy donec praesent adipiscing aliquam eget, sed laoreet id, sed massa mauris. Lorem lobortis non dolor tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat feugiat lobortis euismod amet dolore sem turpis ut pharetra congue diam nonummy tempus ante, mauris lorem, nibh eget. Erat laoreet id ipsum massa mauris lorem lobortis volutpat dolor nunc aliquet consectetur nisi sem consectetur donec, mauris feugiat ante mauris lorem et eget sed laoreet id tempus proin at. Ac et elit erat mi id ipsum massa molestie feugiat nibh, amet dolore praesent adipiscing magna, diam nonummy donec praesent nonummy donec praesent at lorem et elit ac et felis. Tempus ante molestie feugiat lobortis volutpat pulvinar, nunc pulvinar nunc non consectetur magna diam nonummy donec praesent turpis nisi sem consectetur ac mi felis tempus mi felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, felis tempus nibh eget lorem nibh eget erat mi adipiscing tempus massa volutpat dolor lobortis pulvinar tincidunt tellus sit nisi diam nonummy donec diam adipiscing, aliquam proin at. Lorem nibh eget sed massa id ipsum massa volutpat dolor congue ullamcorper, dolore sem at magna mi elit erat mi felis lorem nibh mauris ac nibh elit donec praesent. Nonummy donec aliquet turpis nisi sem consectetur, magna, et erat mi felis tempus proin mauris, erat, laoreet felis, ipsum massa molestie feugiat lobortis, volutpat pharetra congue aliquet adipiscing aliquam. Proin elit erat id ipsum lobortis molestie feugiat lobortis eget sed tincidunt id ipsum ante mauris feugiat nibh eget sed laoreet euismod sit ut non pharetra congue ullamcorper amet. Dolore turpis, dolore aliquet consectetur magna sem consectetur, magna diam nonummy aliquam ante at ac et elit, erat laoreet id feugiat massa volutpat dolor, tincidunt euismod ipsum laoreet feugiat. Ut diam elit donec praesent felis, lorem lobortis volutpat dolor, tincidunt euismod sit nisi sem, pharetra congue diam nonummy proin at aliquam sem consectetur ac et elit erat mi. Felis lorem ante mauris sed laoreet eget sed massa mauris tempus ante mauris lorem, laoreet eget, sed molestie sit magna diam elit, erat mi felis tempus ante mauris ac. Nibh elit tempus mi adipiscing aliquam proin turpis nisi proin elit erat laoreet id, ipsum molestie feugiat lobortis euismod pulvinar nunc tellus pulvinar massa molestie feugiat lobortis euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec mi felis aliquam ante molestie dolor lobortis euismod, pulvinar nunc euismod feugiat lobortis volutpat, feugiat lobortis eget lorem praesent adipiscing. Nisi diam consectetur donec praesent adipiscing tempus ante at ac, et at magna, diam elit tempus, ante mauris lorem ante eget dolor tincidunt. Sit ut non pharetra ut non amet donec aliquet turpis nisi sem pharetra congue non pharetra congue praesent adipiscing tempus nibh eget dolor. Tincidunt tellus sit ut consectetur, magna diam amet donec proin mauris lorem nibh, eget sed mi felis tempus praesent adipiscing nisi sem, at. Ac et felis tempus molestie feugiat lobortis eget dolor tincidunt euismod sit ut sem consectetur, ac et elit tempus ante mauris lorem et. Elit sed mi id tempus ante mauris lorem mauris lorem laoreet, id, ipsum nunc molestie feugiat lobortis molestie feugiat et elit sed laoreet. Felis tempus ante molestie lorem nibh eget lorem, mi elit erat mi tempus ante eget sed laoreet id pulvinar nunc molestie feugiat lobortis. Ullamcorper amet dolore aliquet adipiscing aliquam proin at ac nonummy magna diam nonummy donec praesent mauris ac diam nonummy donec mi felis, feugiat. Ut non pharetra congue aliquet amet dolore, aliquet, sit, lobortis non, pharetra congue amet dolore aliquet turpis nisi sem consectetur magna praesent adipiscing. Donec praesent adipiscing lorem nibh elit erat mi felis erat mi felis lorem ante, mauris lorem mi erat praesent felis aliquam ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut non pharetra magna pharetra dolore mi felis tempus ante elit erat laoreet id ipsum. Massa tellus sit ut ullamcorper nonummy dolore aliquet sit ut, non consectetur, magna nonummy donec aliquet. Turpis nisi aliquet turpis, nisi non pharetra congue, euismod pulvinar nunc aliquet turpis nisi non, pharetra. Magna praesent adipiscing aliquam proin adipiscing et elit sed massa tellus sit ut volutpat lorem nibh. Volutpat dolor tincidunt id, ipsum, massa molestie feugiat ut volutpat, sed tincidunt id, ipsum tellus feugiat. Lobortis volutpat pharetra congue euismod, amet dolore euismod sit, ut volutpat pharetra congue ullamcorper nonummy, donec. Ante eget sed tincidunt, euismod sit ut non magna diam, nonummy erat mi, adipiscing, aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus massa tellus sit congue diam, nonummy tellus turpis nisi sem elit pulvinar nunc molestie feugiat ut non pharetra, congue aliquet turpis nisi sem at lorem nibh. Felis tempus ante tellus feugiat volutpat sed laoreet id sed laoreet felis tempus ante mauris lorem nibh elit erat et elit donec mi felis lorem nibh eget sed. Tincidunt id massa id lorem nibh, volutpat, dolor tincidunt ullamcorper ipsum massa tellus feugiat lobortis volutpat feugiat nibh eget erat et, nonummy erat praesent felis tempus ante lorem. Nibh eget sed laoreet id feugiat, lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc molestie sit ut non, consectetur congue ullamcorper amet, dolore sem consectetur sem consectetur congue ullamcorper. Amet tincidunt ullamcorper amet ut tellus feugiat ut ullamcorper nonummy dolore aliquet adipiscing nisi sem consectetur magna diam nonummy donec diam nonummy donec, at ac proin nonummy donec. Diam adipiscing tempus ante mauris feugiat tincidunt euismod pulvinar dolore aliquet turpis, nisi sem nonummy praesent felis aliquam proin mauris ac et elit, erat mi felis, tempus ante. Molestie feugiat nibh eget, sed laoreet id ipsum ante mauris lorem nibh mauris, laoreet, felis tempus massa molestie lorem nibh, at ac, sem at erat mi felis donec. Praesent adipiscing aliquam proin at erat mi felis tempus ante mauris feugiat praesent adipiscing tempus ante mauris lorem et elit erat, praesent adipiscing aliquam proin mauris ac nibh. Volutpat, dolor dolore aliquet turpis nisi, sem pharetra congue ullamcorper, amet aliquet, sit, nisi diam consectetur erat mi felis aliquam ante at aliquam et at ac laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy sit adipiscing aliquam et elit erat et elit erat mi mauris feugiat lobortis volutpat sed. Tincidunt tellus nunc non pharetra congue ullamcorper nonummy dolore aliquet adipiscing aliquam proin, consectetur magna diam elit. Erat ante felis lorem nibh eget erat mi elit mi felis lorem, ante mauris sed nibh eget. Ipsum massa molestie sit congue ullamcorper pharetra congue aliquet turpis aliquam sem at ac diam consectetur magna. Diam, lorem, nibh volutpat, dolor tincidunt tellus turpis nisi, sem pharetra ac diam adipiscing tempus proin at. Ac nibh elit erat mi euismod pulvinar lobortis, pharetra donec diam nonummy dolore praesent adipiscing nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac et elit erat mi, dolor congue ullamcorper amet nisi sem consectetur ac et eget sed laoreet mauris lorem nibh eget sed, tincidunt euismod pulvinar nunc tellus. Feugiat ut non dolore aliquet turpis dolore aliquet turpis nisi non sit tincidunt euismod pulvinar tincidunt euismod, ipsum laoreet felis ipsum massa molestie lorem, et eget erat mi erat. Mi, mauris lorem nibh volutpat dolor laoreet felis tempus ante molestie lorem nibh mauris, sed laoreet eget erat laoreet felis ipsum massa molestie, lorem aliquet amet dolore tellus sit. Magna diam felis tempus ante mauris lorem ante eget lorem et elit erat massa id feugiat, lobortis non pharetra congue turpis nisi aliquet turpis nisi diam, elit tempus ante. Mauris tempus nibh at ac nibh eget sed laoreet id ipsum ante mauris lorem nibh eget sed, laoreet tempus massa mauris tempus ante mauris ac et id ipsum massa. Tellus sit ut non amet congue aliquet sit nunc molestie feugiat lobortis volutpat dolor lobortis euismod nunc aliquet, turpis nisi diam nonummy donec ante mauris feugiat lobortis non dolor. Tincidunt euismod pulvinar nunc molestie feugiat lobortis dolor tincidunt ullamcorper amet dolore tellus sit, ut sem consectetur congue ullamcorper amet donec proin, consectetur magna non pharetra magna ullamcorper, amet. Dolore ullamcorper, turpis, aliquam proin magna diam nonummy erat, ante mauris lorem nibh eget lorem mi id ipsum ante mauris, lorem lobortis volutpat dolor laoreet euismod, ipsum nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet nisi, sem consectetur ac et nonummy donec mi, felis nibh. Volutpat nonummy aliquam proin mauris sed tincidunt, ullamcorper turpis nisi, proin elit sed. Laoreet id ipsum massa volutpat feugiat lobortis euismod amet dolore praesent consectetur diam. Elit donec diam adipiscing aliquam proin, mauris lorem laoreet eget erat mi felis. Erat, mi mauris, lorem nibh eget sed laoreet id ipsum nunc sit ut. Ullamcorper nonummy, donec, praesent adipiscing aliquam nibh elit sed laoreet id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod turpis nisi diam elit. Erat massa id lorem nibh eget lorem. Nibh id ipsum laoreet molestie sit ut. Non dolor aliquet adipiscing aliquam sem turpis. Nisi sem nonummy donec praesent felis lorem. Nibh, volutpat pharetra congue ullamcorper adipiscing ac. Nibh euismod amet nisi proin at et. Felis ipsum massa tellus feugiat lobortis volutpat. Pulvinar nunc euismod pulvinar nunc non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod turpis sem turpis nisi sem nonummy donec praesent mauris. Feugiat magna diam adipiscing tempus ante mauris ac et, elit ipsum. Nunc tellus feugiat congue et donec mi felis ac proin elit. Sed laoreet felis tempus ante mauris lorem nibh eget sed tincidunt. Id pulvinar massa molestie sit massa volutpat dolor, euismod pulvinar nunc. Tellus sit, ut non pharetra congue ullamcorper pulvinar tincidunt tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat pharetra congue amet, ut non pharetra congue, ullamcorper, elit donec aliquet turpis dolore aliquet turpis nisi sem consectetur magna. Ullamcorper adipiscing aliquam praesent adipiscing ac nibh eget laoreet molestie, feugiat ut non dolor tincidunt ullamcorper amet nunc molestie feugiat ante. Mauris lorem lobortis eget dolor tincidunt, tellus, sit nunc tellus, feugiat, non nonummy donec, aliquet amet nunc molestie ipsum ut non. Amet dolore, aliquet adipiscing, nisi ante mauris sed tincidunt euismod, sit ut non pharetra ullamcorper adipiscing aliquam ante mauris ac et. Elit sed laoreet molestie feugiat, lobortis volutpat, dolor congue ullamcorper amet, dolore tellus turpis nisi non sit ut non dolor euismod. Turpis aliquam laoreet ullamcorper pulvinar, nunc molestie, feugiat lobortis non dolor congue ullamcorper pulvinar nunc tellus turpis nisi tellus, sit congue. Diam adipiscing tempus ante ac et, eget ipsum nunc tellus feugiat lobortis molestie dolor tincidunt volutpat sed laoreet felis tempus ante. Mauris feugiat lobortis dolor tincidunt euismod pulvinar nunc tellus sit congue ullamcorper nonummy donec aliquet adipiscing aliquam, proin at erat, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem at ac et elit donec praesent adipiscing. Aliquam proin mauris ac nibh elit erat et, id. Ipsum lobortis non, congue, ullamcorper amet dolore aliquet turpis. Magna diam, consectetur donec praesent adipiscing aliquam praesent, at. Ac nibh eget, sed laoreet id feugiat, lobortis non. Dolore praesent turpis nisi sem consectetur nisi sem consectetur. Donec diam adipiscing donec praesent at ac proin at. Ac mi felis tempus ante molestie dolor lobortis sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis aliquam ante mauris ac nibh id pulvinar ut non. Pharetra magna praesent adipiscing aliquam adipiscing ac sem at ac mi. Id feugiat ut non consectetur magna diam adipiscing tempus ante mauris. Sed nibh eget sed massa id ipsum massa, molestie lobortis euismod. Pulvinar nunc aliquet sit lobortis non dolor tincidunt ullamcorper nonummy aliquam. Nibh eget sed nibh elit erat mi adipiscing donec proin at. Lorem euismod amet nunc id ipsum ante mauris lorem nibh mauris. Sed tincidunt, euismod pulvinar, nunc, tellus, pharetra magna diam nonummy dolore. Tellus turpis proin elit erat laoreet, felis ipsum ante mauris aliquam. Proin elit ac et elit tempus praesent adipiscing aliquam proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing donec praesent turpis nisi sem consectetur ac et felis tempus ante felis, lorem nibh eget sed laoreet eget tempus felis. Aliquam, ante mauris ac et, eget ipsum nunc molestie sit congue non pharetra congue ullamcorper amet nisi, sem turpis nisi sem consectetur. Erat felis feugiat lobortis volutpat pharetra congue euismod sit nunc tellus feugiat lobortis molestie lorem et elit magna et felis tempus ante. Mauris lorem nibh eget sed tincidunt, ipsum ut tellus sit ut non, dolor dolore aliquet adipiscing aliquam proin elit erat laoreet felis. Tempus, lobortis volutpat dolor congue euismod amet euismod ipsum nunc molestie sit ut ullamcorper, nonummy donec aliquet adipiscing nisi proin at ac. Et felis tempus ante felis tempus proin at nisi diam nonummy donec nonummy donec proin mauris, lorem nibh eget erat laoreet id. Ipsum, lobortis non pharetra, dolore aliquet amet dolore sem consectetur magna, sem, nonummy erat praesent adipiscing, aliquam, adipiscing aliquam et eget, sed. Massa molestie feugiat lobortis non amet donec mi, mauris lorem lobortis eget erat mi felis diam nonummy dolore aliquet sit ut molestie. Feugiat magna, diam adipiscing tempus ante mauris lorem, nibh eget, sed laoreet tellus feugiat ante mauris tempus nibh eget lorem nonummy donec. Praesent adipiscing aliquam proin mauris lorem laoreet euismod pulvinar nunc tellus sit lobortis volutpat dolor tincidunt volutpat dolor tincidunt euismod feugiat, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod pulvinar nunc molestie sit ut. Ullamcorper amet tincidunt euismod amet felis erat mi. Adipiscing aliquam nibh elit dolor nunc, tellus sit. Ut sem pharetra magna diam nonummy dolore aliquet. Turpis nisi sem consectetur magna diam congue ullamcorper. Amet dolore aliquet turpis ut volutpat consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sit ut, non consectetur magna, dolore aliquet turpis ut tellus sit lobortis non dolor tincidunt euismod pulvinar nunc tellus turpis ut non pharetra congue diam amet dolore. Aliquet turpis nisi, euismod, pulvinar nisi, non, consectetur magna diam elit, tempus ante at ac lobortis volutpat dolor tincidunt euismod, ipsum massa molestie lorem nibh mauris ac, et. Eget, laoreet molestie feugiat ut non dolor tincidunt euismod pulvinar nunc tellus sit nisi diam consectetur magna, diam nonummy nisi sem at ac diam erat mi id ipsum. Lobortis volutpat pharetra tincidunt euismod ipsum, massa, molestie feugiat ut sem consectetur magna, aliquet amet dolore sem at ac et eget ipsum massa, consectetur magna, praesent nonummy dolore. Aliquet, adipiscing ac et at erat et felis erat mi felis nisi sem, consectetur magna diam nonummy erat mi felis donec non pharetra congue ullamcorper amet nunc tellus. Pharetra magna ullamcorper nonummy donec praesent, adipiscing aliquam ante mauris lorem mi elit donec mi felis feugiat nibh, mauris tempus lobortis volutpat sed tincidunt id pulvinar nunc aliquet. Turpis ut diam consectetur magna aliquet turpis dolore sem consectetur magna diam nonummy erat, laoreet id lorem nibh nonummy donec praesent adipiscing nisi proin at erat laoreet id. Feugiat ut non pharetra congue, euismod nonummy donec, proin at ac diam nonummy donec diam nonummy ipsum, volutpat dolor congue euismod pulvinar nunc molestie sit ut non consectetur. Donec praesent adipiscing nisi sem turpis nisi sem consectetur magna praesent adipiscing aliquam, ante mauris, lorem euismod pulvinar nunc, tellus turpis magna et nonummy erat praesent adipiscing nisi. Aliquet, turpis nisi diam nonummy congue ullamcorper pharetra dolore aliquet sit nunc tellus sit ut id feugiat ut non amet dolore aliquet amet dolore aliquet turpis, nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin, adipiscing aliquam proin elit sed laoreet molestie feugiat lobortis non nonummy erat. Ante molestie lorem lobortis euismod pulvinar tellus sit nunc, non, pharetra ut non amet. Dolore praesent turpis nisi sem pharetra, magna diam nonummy erat mi felis tempus ante. Mauris erat laoreet ipsum massa molestie sit, congue ullamcorper nonummy aliquam praesent adipiscing aliquam. Proin elit ipsum massa id, ipsum lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet. Turpis nisi elit sed mi, felis aliquam ante mauris sed tincidunt id ipsum massa. Tellus, sit congue non pharetra congue ullamcorper pulvinar dolore tellus turpis diam consectetur donec. Praesent felis tempus ante mauris ac nibh id amet ut non sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus pulvinar ut non, pharetra magna ullamcorper amet dolore, proin at dolor aliquam proin eget dolor. Laoreet id sed massa tellus sit et elit tempus massa volutpat dolor tincidunt euismod sed nibh eget. Donec mi, mauris feugiat ut volutpat dolor, laoreet euismod ipsum massa id ipsum massa feugiat tincidunt ullamcorper. Amet dolore tellus sit nunc tellus pharetra congue, diam amet dolore tellus turpis nisi proin consectetur magna. Diam nonummy donec, aliquet adipiscing nisi proin erat laoreet id, ipsum, massa volutpat feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar, nunc non sit ut non amet congue ullamcorper amet nunc, consectetur ac et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin consectetur ac nibh nonummy erat mi felis tempus ante mauris laoreet, euismod pulvinar dolore molestie feugiat massa mauris lorem et, eget sed laoreet id tempus. Ante tellus sit congue ullamcorper pulvinar nunc aliquet turpis aliquam at, erat mi id ipsum massa molestie dolor tincidunt, euismod amet dolore sem at ac, et felis. Tempus nunc tellus sit ut volutpat pharetra congue pulvinar nunc tellus consectetur magna, diam, elit erat aliquet, amet nisi sem consectetur, ac diam elit tempus ante mauris. Lorem lobortis volutpat sed tincidunt at lorem nibh id sed laoreet id ipsum ante mauris feugiat lobortis eget sed, laoreet felis ipsum, ante mauris lorem nibh mauris. Sed, tincidunt tellus sit ut consectetur magna ullamcorper amet, congue, euismod pulvinar nunc tellus sit, ut non consectetur congue diam amet dolore aliquet, turpis, nisi, diam, consectetur. Donec praesent adipiscing aliquam mauris sed nibh eget sed massa tellus sit ut sem, nonummy donec praesent adipiscing aliquam ante eget sed laoreet euismod, nisi diam nonummy. Donec praesent felis tempus ante adipiscing aliquam et eget sed laoreet id tempus ante felis aliquam proin consectetur ac diam nonummy magna praesent amet nibh volutpat sed. Tincidunt euismod ipsum massa tellus feugiat ut ullamcorper amet dolore ullamcorper amet dolore aliquet turpis magna sem consectetur magna ullamcorper amet nunc tellus turpis tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi sem, elit sed tincidunt euismod massa molestie feugiat lobortis, volutpat pulvinar nunc tellus turpis nisi, sem consectetur donec praesent adipiscing donec, praesent adipiscing nisi. Proin at ac et elit donec mauris feugiat lobortis euismod amet dolore praesent consectetur nisi, diam elit erat mi id ipsum lobortis volutpat dolor congue euismod pulvinar. Nunc aliquet sit ut dolor tincidunt euismod amet nisi aliquet turpis nisi diam elit erat laoreet id, tempus ante at aliquam et at ac diam nonummy, erat. Mi pharetra dolore aliquet turpis nisi aliquet turpis nisi sem, consectetur magna ullamcorper nonummy donec aliquet turpis nisi sem consectetur congue non amet congue euismod pulvinar nunc. Turpis nisi, non consectetur, donec diam amet donec aliquet turpis nisi sem pharetra magna, diam amet congue euismod amet nisi aliquet pharetra ut non amet dolore praesent. Tempus lobortis volutpat dolor nunc tellus turpis nisi non pharetra ut volutpat pharetra congue aliquet, amet massa molestie ipsum ante dolor dolore praesent turpis nisi proin consectetur. Magna et elit donec praesent adipiscing tempus nibh volutpat, pharetra nunc aliquet turpis aliquam proin at erat mi elit erat, volutpat feugiat tincidunt euismod pulvinar tincidunt euismod. Ipsum massa molestie feugiat nibh eget sed laoreet, euismod pulvinar nunc, tellus pharetra, congue diam nonummy, donec aliquet turpis dolore, consectetur ac et elit tempus massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id ipsum molestie feugiat massa mauris sed laoreet id sed massa tellus sit ut. Non pharetra magna praesent adipiscing aliquam proin mauris lorem nibh eget sed laoreet feugiat lobortis eget. Dolor, congue, aliquet amet, nunc molestie feugiat lobortis non pharetra dolore aliquet turpis nisi aliquet consectetur. Nisi sem consectetur magna ullamcorper amet tellus sit, ut non pharetra ut non pharetra lobortis id. Ipsum, massa molestie, feugiat lobortis non dolor congue euismod, pulvinar tincidunt tellus sit non consectetur magna. Praesent adipiscing donec praesent, adipiscing, aliquam et eget sed laoreet felis, tempus, massa mauris dolor congue. Euismod amet dolore, aliquet turpis ut non pharetra praesent adipiscing aliquam proin at ac et consectetur. Magna diam nonummy donec praesent turpis nisi sem at magna et elit donec mi mauris tempus. Nibh volutpat dolor aliquet sit ut sem consectetur magna, diam elit donec praesent turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis praesent felis lorem lobortis volutpat dolor nunc euismod sit nunc tellus sit congue diam amet dolore. Aliquet turpis ac et, elit erat, laoreet id, pulvinar sem consectetur magna diam amet dolore tellus sit. Ut non pharetra congue diam, amet dolore, praesent at lorem et elit ac, et elit donec mi. Lorem lobortis volutpat, pulvinar nunc tellus pulvinar ut non pharetra magna ullamcorper nonummy dolore aliquet, amet, nisi. Sem consectetur congue ullamcorper pharetra congue, ullamcorper turpis nisi at lorem nibh, elit tempus ante, mauris lorem. Ut volutpat dolor tincidunt id pulvinar nunc tellus pharetra congue non dolor tincidunt volutpat dolor laoreet pulvinar. Lobortis non pharetra tincidunt volutpat dolor laoreet eget erat, mi adipiscing donec aliquet adipiscing aliquam proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat tincidunt ullamcorper amet dolore aliquet consectetur ac et eget. Sed massa molestie feugiat lobortis eget sed, nibh euismod pulvinar id ipsum. Massa molestie dolor tincidunt, ullamcorper pulvinar nunc euismod pulvinar massa molestie feugiat. Congue ullamcorper nonummy donec aliquet sit nunc molestie tempus ante, at, laoreet. Euismod pulvinar nunc, molestie feugiat lobortis non, dolor tincidunt ullamcorper amet dolore. Aliquet turpis nisi non sit ut non amet dolore aliquet turpis, ut. Sem erat mi, felis erat ante mauris feugiat nibh volutpat dolor tincidunt. Tellus sit nunc tellus, pharetra congue ullamcorper nonummy donec praesent at ac. Et erat laoreet id, ipsum massa molestie lorem et eget erat laoreet. Elit tempus ante felis, tempus, ante eget dolor laoreet id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, tincidunt euismod amet nunc molestie feugiat lobortis. Volutpat dolor tincidunt euismod pulvinar nunc tellus, sit. Ut nonummy donec diam nonummy, dolore aliquet turpis. Nisi, sem at ac diam nonummy donec aliquet. Turpis, aliquam sem at erat, et elit erat. Ante feugiat lobortis volutpat dolor nunc aliquet turpis. Ut non sit ut non, pharetra congue, ullamcorper. Pulvinar, nunc, sem elit sed, tincidunt euismod, sit. Ut sem consectetur magna mauris feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa tellus sit ut non nonummy donec praesent amet dolore aliquet ac et elit tempus, mi, adipiscing aliquam proin at. Ac, laoreet euismod sit nisi sem at erat laoreet, id feugiat lobortis volutpat pharetra dolore mi adipiscing ante, mauris dolor, tincidunt. Tellus turpis, nisi diam nonummy donec mi id ipsum massa molestie pharetra congue euismod pulvinar nisi proin at erat laoreet id. Nunc tellus pharetra tincidunt ullamcorper amet nunc euismod pulvinar nunc tellus pharetra, congue ullamcorper elit tempus, massa mauris lorem nibh eget. Sed laoreet ipsum nunc non pharetra magna diam nonummy aliquam praesent turpis nisi sem consectetur nisi diam nonummy erat mi felis. Lorem lobortis volutpat dolor, congue aliquet amet dolore volutpat pulvinar dolore sem consectetur ac mi felis tempus ante molestie, feugiat tincidunt. Volutpat, dolor tincidunt euismod pulvinar nunc non pharetra magna mi felis tempus massa volutpat lobortis volutpat dolor nunc euismod turpis nisi. Sem consectetur magna ullamcorper pulvinar nunc aliquet adipiscing aliquam proin at erat, mi at ac et elit erat mi felis aliquam. Sem elit, ac, mi felis ipsum massa mauris, lorem nibh eget sed nibh elit, donec mi id feugiat massa dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat pharetra congue ullamcorper amet donec proin, lorem laoreet id ipsum massa tellus pharetra. Congue ullamcorper nonummy dolore aliquet amet nisi proin elit, erat mi felis ipsum massa volutpat pharetra. Tincidunt euismod dolor aliquet adipiscing aliquam proin at ac, praesent felis aliquam praesent adipiscing ac, et. Eget sed laoreet id, ipsum lobortis, volutpat dolor congue ullamcorper pulvinar nunc adipiscing aliquam proin nonummy. Erat mi id sit, lobortis volutpat dolor tincidunt ullamcorper amet nisi sem sit ut non pharetra. Tincidunt euismod pulvinar ante eget dolor tincidunt tellus sit ut sem pharetra magna diam nonummy donec. Praesent at lorem nibh eget dolor nunc euismod pulvinar ut non consectetur congue diam tempus nibh. Eget dolor congue euismod pulvinar nunc tellus feugiat lobortis volutpat dolor lobortis volutpat sed et felis. Tempus massa molestie feugiat lobortis eget dolor tincidunt euismod ut sem nonummy, magna praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit, ac mi id, tempus mi lorem lobortis volutpat pulvinar, nunc tellus, pulvinar, ut. Sem elit sed mi felis aliquam, praesent at ac et eget sed, mi molestie feugiat. Ut volutpat congue ullamcorper amet nunc tellus sit ut tellus sit ut non pharetra dolore. Praesent at ac proin elit, erat mi elit erat aliquet amet dolore at sed mi. Felis tempus massa, molestie feugiat lobortis eget sed laoreet id ipsum massa, id ipsum ante. Molestie, feugiat tincidunt euismod, turpis dolore, aliquet, consectetur et elit tempus, ante mauris lorem nibh. Volutpat dolor nunc euismod pulvinar nunc molestie, feugiat lobortis molestie lorem nibh eget, sed laoreet. Molestie ac et felis, ipsum ante, mauris lorem nibh volutpat dolor tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sed, laoreet pulvinar dolore, aliquet consectetur ac sem. Nonummy tempus, mi mauris, tempus nibh volutpat sed nibh. Eget ipsum laoreet molestie feugiat lobortis non dolor tincidunt. Pulvinar nunc, tellus turpis nisi non amet congue ullamcorper. Amet nisi proin at, magna et elit, erat mi. Felis aliquam proin mauris lorem nibh ipsum nunc molestie. Feugiat ut, volutpat dolor, lobortis volutpat sed mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, sem consectetur, ac diam nonummy massa tellus sit ut non amet congue ullamcorper turpis nisi. Sem at ac et elit donec praesent, adipiscing tempus proin, at lorem nibh eget, ipsum non. Consectetur magna non pharetra congue euismod ipsum massa molestie feugiat ut volutpat feugiat lobortis eget sed. Laoreet euismod pulvinar nunc molestie feugiat, nibh mauris laoreet id ipsum laoreet id ipsum, ante, molestie. Feugiat congue aliquet turpis, dolore, aliquet turpis ut non, dolor congue euismod amet dolore sem ac. Et eget sed laoreet felis tempus ante mauris lorem nibh eget sed laoreet molestie ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet turpis ut sem consectetur donec, praesent felis ipsum ante mauris lorem nibh elit ac mi, elit tempus, ante. Molestie dolor lobortis felis tempus ante eget sed laoreet id sed mi mauris, lorem ante at lorem et at ac et. Elit erat proin adipiscing aliquam sem consectetur diam nonummy magna diam adipiscing aliquam proin mauris ac et, elit donec praesent adipiscing. Aliquam, proin at lorem et eget erat mi, felis tempus massa molestie feugiat ullamcorper amet dolore aliquet, turpis nisi sem pharetra. Magna, praesent id tempus ante mauris sed nibh elit erat et felis tempus ante, mauris lobortis euismod pulvinar, nunc tellus sit. Nunc non consectetur congue diam pulvinar dolore aliquet pulvinar massa tellus sit lobortis molestie lorem lobortis volutpat ipsum, laoreet molestie feugiat. Sem nonummy donec diam nonummy dolore, tellus turpis magna diam consectetur magna ullamcorper pharetra dolore aliquet turpis nisi tellus feugiat lobortis. Non pharetra congue, ullamcorper turpis nisi mauris ac et elit donec ante mauris lorem ante at aliquam proin at donec mi. Id feugiat massa volutpat dolor ante mauris feugiat lobortis euismod pulvinar nunc aliquet turpis magna et eget sed mi tellus sit. Ut non pharetra congue ullamcorper, amet dolore sem consectetur magna, diam erat ante felis tempus proin consectetur magna sem pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, adipiscing et, eget sed laoreet molestie sit, congue ullamcorper amet congue. Aliquet amet, nisi sem consectetur nisi sem consectetur magna praesent adipiscing aliquam. Proin at et elit erat mi felis aliquam praesent at lorem nibh. Eget, sed tincidunt, tellus sit massa volutpat dolor tincidunt euismod pulvinar dolore. Praesent adipiscing ac elit erat, laoreet felis, ipsum massa, volutpat dolor tincidunt. Euismod amet dolore sem consectetur ac diam elit donec praesent, felis tempus. Proin at, lorem nibh sed massa molestie sit ut non pharetra dolore. Praesent at lorem et elit erat mi felis ipsum nunc non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac proin elit erat mi felis tempus ante molestie feugiat lobortis eget. Dolor nunc tellus sit ut non pharetra euismod pulvinar nunc tellus turpis, nisi diam. Nonummy erat laoreet, id feugiat massa volutpat dolor dolore ullamcorper turpis aliquam et elit. Sed tincidunt turpis nisi sem nonummy donec praesent adipiscing aliquam proin at lorem laoreet. Eget sed mi, felis ipsum massa volutpat feugiat, nibh elit erat mi id, ipsum. Nunc consectetur, erat mi felis lorem nibh eget sed nibh euismod pulvinar massa tellus. Feugiat lobortis molestie feugiat lobortis volutpat dolor laoreet euismod sit volutpat dolor, tincidunt euismod. Pulvinar nunc euismod sit ut sem nonummy, magna ullamcorper amet congue ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue aliquet amet dolore aliquet consectetur nisi diam nonummy. Erat, ante mauris lorem proin adipiscing aliquam proin at erat. Laoreet id, ipsum ullamcorper nonummy dolore ullamcorper amet, nunc tellus. Pulvinar nunc tellus feugiat lobortis volutpat pulvinar nunc euismod ipsum. Massa tellus feugiat lobortis non pharetra congue turpis aliquam sem. At ac, diam elit erat mi adipiscing nisi, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non dolor nunc tellus ut non consectetur magna ullamcorper nonummy dolore. Aliquet turpis aliquam sem at magna diam elit tempus massa molestie feugiat. Lobortis eget, ac diam eget erat molestie feugiat massa molestie feugiat nibh. Id ipsum massa molestie turpis magna, diam consectetur donec praesent adipiscing nisi. Sem turpis magna diam elit donec praesent tempus ante eget lorem laoreet. Id ipsum massa molestie ipsum massa mauris, lorem nibh volutpat dolor nunc. Aliquet turpis magna diam nonummy donec, felis lorem, lobortis, eget sed laoreet. Id ipsum nunc molestie feugiat nisi sem pharetra, tincidunt, euismod, pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna diam amet dolore praesent adipiscing aliquam sem elit erat laoreet felis erat ante at ac et elit erat mi id, ipsum non consectetur magna praesent adipiscing tempus. Ante, eget sed tincidunt ullamcorper amet nunc tellus pharetra ut ullamcorper amet dolore aliquet amet dolore aliquet consectetur nisi felis erat mi adipiscing aliquam praesent adipiscing aliquam proin pharetra. Congue, diam nonummy donec praesent adipiscing nisi sem at erat mi, elit erat ante mauris lorem, nibh dolor tincidunt tellus sit nisi diam elit erat laoreet id feugiat lobortis. Molestie dolor dolore, aliquet adipiscing, nisi sem consectetur ac et elit massa molestie feugiat lobortis volutpat dolor laoreet euismod ipsum nunc molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum. Massa id ipsum massa mauris, lorem lobortis volutpat dolor aliquet at ac diam consectetur magna diam adipiscing donec proin at ac nibh at erat mi felis, tempus ante molestie. Dolor lobortis euismod amet dolore, aliquet turpis nibh eget sed massa molestie lorem nibh, eget sed tincidunt euismod pulvinar massa molestie feugiat, lobortis non dolor tincidunt eget nunc tellus. Sit nisi sem consectetur, magna, mi felis tempus ante mauris lorem laoreet, id sed, laoreet id ipsum massa volutpat dolor lobortis volutpat, sed, laoreet euismod ac et felis erat. Mi mauris aliquam, proin at ac et, at, donec, mi id ipsum lobortis molestie feugiat lobortis volutpat sed laoreet id ipsum massa volutpat magna ullamcorper amet dolore tellus sit. Ut sem consectetur congue ullamcorper amet dolore ullamcorper amet dolore tellus, sit lobortis molestie feugiat lobortis, volutpat dolor laoreet tellus pulvinar, sem consectetur congue ullamcorper pulvinar tincidunt eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis id ipsum lobortis mauris, lorem nibh elit sed tincidunt euismod pulvinar ut non pharetra magna diam adipiscing aliquam. Ante mauris sed laoreet id, ipsum, massa consectetur magna diam amet dolore aliquet, turpis nisi sem at ac mi. Elit tempus, ante molestie lorem nibh eget sed, tincidunt id sed massa tellus magna diam nonummy donec aliquet turpis. Nisi aliquet turpis nisi non dolor tincidunt ullamcorper nonummy donec proin at, ac et elit erat, mi id ipsum. Massa pharetra congue ullamcorper turpis nisi sem consectetur ac et elit donec praesent adipiscing, aliquam proin at magna sem. Nonummy donec diam adipiscing, aliquam praesent dolor, tincidunt euismod ipsum massa molestie feugiat ut non pharetra congue ullamcorper turpis. Dolore aliquet turpis magna diam nonummy donec praesent adipiscing tempus proin mauris ac euismod ipsum massa molestie sit ut. Ullamcorper amet, donec praesent turpis tempus ante eget dolor laoreet id pulvinar nunc non sit lobortis eget lorem, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor, congue ullamcorper turpis nisi proin mauris ac et nonummy donec. Praesent sit, congue non pharetra dolore aliquet turpis, nisi sem consectetur congue diam nonummy. Dolore praesent adipiscing tempus et eget, dolor tincidunt euismod sit nunc nonummy donec, praesent. Adipiscing tempus ante mauris lorem et elit ac, diam nonummy erat ante, at lorem. Lobortis volutpat dolor laoreet felis ipsum massa tellus sit lobortis pulvinar nunc euismod sit. Ut non pharetra congue non pharetra dolore praesent turpis nisi sem consectetur magna diam. Nonummy donec praesent adipiscing nisi eget sed laoreet id ipsum massa id ipsum ante. Mauris sed laoreet id pulvinar nunc aliquet turpis ut non pharetra congue euismod dolor. Nunc aliquet sit, ut pharetra donec diam adipiscing aliquam proin at ac et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent at lorem nibh adipiscing lorem nibh. Volutpat dolor, nunc, tellus, sit ut sem, nonummy. Donec praesent adipiscing aliquam, proin mauris feugiat tincidunt. Ullamcorper amet dolore, molestie feugiat ut nonummy donec. Praesent felis lorem nibh mauris sed laoreet id. Ipsum massa molestie sit lobortis, volutpat dolor laoreet. Id sed massa, molestie sit ut felis tempus. Massa molestie feugiat, tincidunt euismod pulvinar dolore aliquet. Adipiscing aliquam diam nonummy donec, praesent, adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at, aliquam proin at ac et nonummy erat ante. Mauris tempus nibh, mauris sed, laoreet euismod sit ut non. Pharetra congue felis ipsum lobortis, volutpat pharetra tincidunt euismod pulvinar. Dolore tellus pulvinar ut non pharetra congue diam amet dolore. Aliquet turpis nisi proin at mi felis tempus massa, molestie. Lorem nibh, volutpat dolor, tincidunt euismod feugiat, lobortis molestie feugiat. Lobortis euismod pulvinar nunc tellus turpis nisi sem consectetur magna. Diam adipiscing lobortis molestie pharetra dolore ullamcorper turpis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi mauris, lorem ullamcorper, amet nunc aliquet turpis nisi sem pharetra ut molestie lorem lobortis eget sed, mi id ipsum lobortis non, dolor congue diam nonummy nunc id. Ut sem pharetra congue ullamcorper nonummy donec aliquet turpis nisi proin at ac mi elit donec, praesent adipiscing aliquam proin, at ac mi elit donec molestie feugiat nibh eget sed. Laoreet id ipsum laoreet id ipsum ante mauris feugiat lobortis eget sed et elit, erat mi felis lorem ante mauris, lorem et adipiscing ac et eget sed laoreet id ipsum. Massa molestie lorem lobortis eget ipsum laoreet, tellus sit nisi non consectetur magna euismod pulvinar aliquet turpis, magna diam consectetur donec praesent nonummy congue ullamcorper amet ut tellus sit ut. Non pharetra congue ullamcorper amet dolore tellus sit ut volutpat, feugiat lobortis, adipiscing donec praesent adipiscing nisi non pharetra congue non pharetra tincidunt id ipsum massa molestie feugiat ut sem. Amet donec mi felis tempus ante eget dolor tincidunt adipiscing, magna et elit sed massa id ipsum massa molestie dolor lobortis id pulvinar, dolore sem consectetur, magna et elit ut. Non consectetur magna, diam nonummy donec proin mauris sed laoreet euismod amet nisi sem consectetur ac et felis tempus ante felis aliquam proin at magna et pulvinar ut sem consectetur. Magna praesent felis tempus ante eget lorem et at erat mi, felis ipsum massa mauris lorem, et elit erat et elit erat mi feugiat lobortis volutpat dolor tincidunt euismod ipsum. Nunc tellus pharetra congue diam amet dolore aliquet turpis nisi, sem consectetur nisi non pharetra congue euismod pulvinar tincidunt tellus magna diam mauris lorem laoreet id erat et felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing tempus nibh mauris magna mi felis, tempus, massa molestie sit ut ullamcorper amet. Dolore aliquet turpis nisi sem sit ut non nonummy massa, volutpat dolor congue euismod dolor. Nunc, tellus turpis ut non pharetra magna ullamcorper amet dolore aliquet turpis aliquam sem at. Erat laoreet id ipsum, non nonummy dolore aliquet, turpis nisi sem turpis nisi sem, consectetur. Tincidunt ullamcorper pulvinar tincidunt, euismod sit ut non pharetra ut non pharetra congue ullamcorper turpis. Nunc consectetur ac et felis ipsum, ut sem pharetra congue ullamcorper amet nunc aliquet, sit. Nisi sem elit erat, praesent adipiscing aliquam praesent at congue ullamcorper dolor tincidunt tellus sit. Nisi sem consectetur donec diam nonummy donec, praesent adipiscing nisi, sem, pharetra magna ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit ac mi id ipsum massa molestie, feugiat tincidunt volutpat amet dolore, tellus sit nunc molestie sit, lobortis eget tempus massa volutpat dolor tincidunt euismod ipsum massa. Molestie sit ut, non consectetur congue, ullamcorper amet tincidunt tellus sit nisi sem consectetur donec praesent, sit congue ullamcorper amet congue euismod amet aliquam proin at erat mi. Id ipsum ante molestie lorem lobortis volutpat dolor laoreet id ipsum massa molestie tempus proin amet dolore aliquet turpis aliquam proin at erat mi felis erat mi, felis. Tempus proin at lorem nibh id ipsum ante molestie sit, ullamcorper nonummy donec praesent adipiscing aliquam et at magna et nonummy dolore aliquet turpis nisi aliquet turpis nisi. Sem nonummy donec praesent nonummy donec aliquet adipiscing aliquam eget ipsum nunc molestie, ipsum ut volutpat, pharetra congue euismod, dolor, nunc molestie, sit, ut non consectetur donec diam. Nonummy donec aliquet turpis aliquam diam elit erat molestie feugiat lobortis volutpat, feugiat tincidunt ullamcorper amet aliquam et, elit ac et felis tempus massa mauris lorem nibh eget. Dolore proin at ac sem consectetur ac diam amet donec proin at ac nibh volutpat sed laoreet id tempus ante molestie feugiat nibh eget lorem nibh, turpis nisi. Sem elit erat mi adipiscing aliquam praesent adipiscing nisi sem, consectetur ac et elit erat ante felis tempus ante mauris sed laoreet id ipsum, massa, consectetur donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, aliquam proin elit ac et elit erat mauris lorem nibh eget dolor tincidunt tellus sit nisi sem nonummy magna diam. Nonummy tempus ante, mauris lorem nibh eget sed massa molestie ipsum lobortis pharetra tincidunt ullamcorper amet dolore aliquet turpis nisi sem. Nonummy ipsum massa, molestie feugiat ut volutpat sed laoreet id ipsum massa molestie, sit, ut volutpat dolore ullamcorper amet dolore aliquet. Consectetur magna diam nonummy sed mi id tempus ante mauris ac et, eget erat, laoreet id ipsum massa molestie erat mi. Felis, lorem, nibh eget sed laoreet id ipsum massa tellus, sit ut non, amet donec aliquet, amet, nisi sem consectetur congue. Ullamcorper amet dolore felis feugiat lobortis eget sed mi, id pulvinar ut sem consectetur donec praesent felis tempus ante mauris ac. Laoreet id pulvinar nunc tellus sit ut, sem, consectetur massa volutpat feugiat lobortis, mauris sed nibh elit, sed, laoreet id tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum tellus, turpis nisi ullamcorper nonummy erat, mi mauris, feugiat tincidunt ullamcorper amet dolore aliquet turpis ut sem nonummy magna diam adipiscing donec praesent turpis et. Id ipsum massa id ipsum massa, molestie feugiat lobortis volutpat dolor laoreet euismod pulvinar, massa molestie feugiat lobortis volutpat, lorem et elit erat mi feugiat ut non pharetra. Congue aliquet adipiscing aliquam sem at ac diam nonummy congue ullamcorper, amet dolore praesent at aliquam sem pharetra congue ullamcorper, donec proin adipiscing ac, et elit erat mi. Felis tempus, sed, ut diam nonummy donec praesent adipiscing tempus massa molestie dolor tincidunt ullamcorper amet nisi sem consectetur, sem nonummy donec praesent nonummy nisi, sem turpis, nisi. Sem nonummy, erat praesent felis aliquam praesent adipiscing aliquam proin at magna et nonummy dolore, aliquet turpis nibh volutpat, dolor tincidunt euismod pulvinar nisi non pharetra magna praesent. Adipiscing, aliquam nibh eget sed laoreet, id amet massa molestie feugiat laoreet tellus sit ut non pharetra congue, ullamcorper amet donec proin at ac et elit, sed laoreet. Molestie feugiat ut non pharetra, congue ullamcorper amet nisi proin dolor laoreet euismod ipsum nunc tellus feugiat lobortis volutpat dolor nibh id ipsum massa tellus sit lobortis volutpat. Pharetra dolore aliquet turpis aliquam, proin consectetur magna, et ipsum massa molestie feugiat ante mauris lorem nibh eget sed laoreet, molestie ipsum ante mauris lorem et eget sed. Laoreet molestie feugiat ut non pharetra tincidunt, euismod feugiat tincidunt euismod, amet, dolore praesent at ac, et elit erat praesent felis ipsum ante, at ac nibh eget sed. Laoreet id ipsum massa, molestie dolor lobortis amet dolore aliquet turpis nisi sem consectetur magna diam nonummy dolore aliquet turpis nisi sem consectetur congue diam amet donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi proin at lorem et elit erat mi id tempus ante eget sed ullamcorper turpis, dolore tellus. Sit ut volutpat dolor tincidunt aliquet turpis nisi sem consectetur magna et elit donec mi adipiscing aliquam proin. At ac et, ipsum dolore sem turpis congue, diam, amet erat mi adipiscing, tempus ante at ac et. Elit erat ante mauris tempus proin at lorem et elit laoreet id ipsum lobortis molestie feugiat lobortis eget. Dolor, tincidunt tellus consectetur ac, et felis erat mi felis tempus ante mauris lorem nibh pulvinar nisi sem. Elit erat mi felis tempus ante mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc non pharetra congue. Ullamcorper amet dolore praesent at aliquam id ipsum massa molestie feugiat, congue non amet congue ullamcorper pulvinar nunc. Tellus pulvinar nunc tellus sit lobortis volutpat, dolor dolore praesent turpis aliquam proin at, magna, tellus sit ut. Non, amet donec praesent felis lorem nibh at ac, mi felis tempus ante mauris lorem ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa volutpat pharetra congue ullamcorper amet nunc, tellus sit ut non nonummy donec diam nonummy dolore. Tellus nisi non, consectetur magna diam nonummy donec aliquet amet dolore tellus turpis congue, ullamcorper amet, dolore praesent. Turpis nisi sem consectetur magna diam tempus massa molestie feugiat nibh volutpat, dolor congue euismod pulvinar nunc, tellus. Sit massa molestie feugiat nibh volutpat dolor, tincidunt euismod pulvinar nunc molestie dolor tincidunt euismod aliquam proin at. Lorem laoreet, euismod, pulvinar nunc non sit ut volutpat dolor tincidunt, volutpat pulvinar tincidunt molestie ipsum ante mauris. Tempus, ante mauris lorem nibh mauris sed tincidunt euismod ipsum massa id ipsum massa molestie feugiat lobortis volutpat. Ipsum nunc, tellus consectetur nisi sem consectetur donec praesent felis tempus, euismod pulvinar nunc tellus adipiscing nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec, aliquet at ac, et eget dolor sem turpis, magna sem nonummy magna, diam, amet donec aliquet turpis ut, sem consectetur magna diam amet dolore ullamcorper turpis nisi aliquet. Turpis, nisi sem tempus ante molestie dolor, tincidunt volutpat pulvinar dolore praesent adipiscing aliquam sem consectetur magna praesent adipiscing, aliquam proin adipiscing ac proin consectetur nisi non amet ante molestie. Feugiat lobortis volutpat dolor tincidunt tellus sit ut tellus sit lobortis volutpat, dolor tincidunt aliquet amet dolore sem pharetra congue volutpat ipsum ante mauris tempus nibh eget lorem, mi elit. Tempus massa tellus sit ut ullamcorper amet dolore aliquet, sit ut non, pharetra congue non amet congue ullamcorper aliquam ante elit ac et nonummy magna praesent adipiscing tempus ante mauris. Dolor tincidunt tellus, turpis nisi sem pharetra ut non dolor congue praesent adipiscing nisi proin erat tincidunt euismod sit, nisi non pharetra congue ullamcorper pulvinar dolore aliquet adipiscing aliquam proin. Elit sed laoreet id tempus, diam elit donec praesent felis lorem nibh eget dolor nunc aliquet, consectetur magna diam nonummy donec, praesent nonummy dolore aliquet turpis nisi non sit magna. Ullamcorper amet ipsum ut, ullamcorper amet dolore, aliquet sit ut non pharetra congue ullamcorper amet donec praesent adipiscing, aliquam proin at, ac et elit erat mi at lorem lobortis volutpat. Dolor, tellus sit nunc tellus pharetra congue ullamcorper pulvinar tincidunt euismod pulvinar nunc tellus sit ut non pharetra congue ullamcorper amet dolore tellus sit ut sem consectetur diam nonummy dolore. Aliquet consectetur magna et, eget sed mi id ipsum, congue laoreet non elit pulvinar aliquam lobortis, aliquet, mauris pharetra erat massa, sem elit pulvinar, dolore lobortis diam adipiscing feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nibh aliquet amet, tempus nisi et id turpis magna. Laoreet tellus eget amet, lorem, ut ullamcorper nonummy tempus massa. Volutpat amet aliquam ut non nonummy tempus ut euismod turpis. Lorem tincidunt proin mauris pulvinar aliquam nibh non nonummy tempus. Lobortis praesent, id consectetur ac massa proin volutpat adipiscing, lorem. Tincidunt, mi dolor erat nunc diam eget turpis, dolor aliquam. Congue mi tellus consectetur sed massa proin euismod felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, sit ac, laoreet nibh non adipiscing pharetra sed nisi tincidunt massa diam molestie volutpat. Mauris, nonummy sit lorem nisi tincidunt ut tincidunt proin ullamcorper sit ipsum ac dolore lobortis. Massa et praesent sem euismod elit adipiscing dolor donec ut nibh euismod adipiscing lorem dolore. Ante ullamcorper id consectetur nisi lobortis mi non elit, sit erat aliquam lobortis diam mauris. Eget pulvinar nunc non pharetra congue non nonummy aliquam proin adipiscing, ac proin at erat. Mi ipsum lobortis, non nonummy magna diam nonummy aliquam proin consectetur magna diam nonummy magna. Diam nonummy aliquam ante, at, ac proin consectetur magna elit erat, praesent adipiscing aliquam proin. At ac laoreet felis erat mi mauris sit ut ullamcorper amet donec proin at ac. Proin at ac, et erat mi tempus massa molestie lorem nibh mauris lorem, laoreet euismod. Turpis nisi sem at, ac et elit erat proin at lorem nibh, eget erat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris sit, lobortis non amet donec praesent. Adipiscing ac proin at ac diam nonummy donec. Aliquet pharetra donec, diam turpis nisi sem consectetur. Magna et elit magna praesent nonummy dolore aliquet. Turpis nisi non pharetra congue ullamcorper nonummy erat. Mauris lorem lobortis euismod pulvinar nunc tellus pulvinar. Nunc tellus, sit ut volutpat dolor laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat, tincidunt euismod ipsum massa molestie sit nisi sem nonummy erat mi, felis. Lorem nibh volutpat dolor tincidunt euismod pulvinar, nunc tellus pharetra ut, non pharetra magna, ullamcorper. Amet donec aliquet, turpis aliquam proin consectetur ac mi elit erat mi adipiscing donec aliquet. Turpis aliquam proin at magna diam nonummy, proin mauris ac et, eget sed laoreet felis. Tempus ante mauris lorem nibh eget sed tincidunt euismod pulvinar nunc molestie feugiat nibh, eget. Sed tincidunt, id ac lobortis volutpat sed laoreet id feugiat, massa molestie dolor lobortis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut nonummy donec praesent adipiscing. Aliquam proin adipiscing nisi proin consectetur. Ac et elit erat mi felis. Lorem ante, mauris erat et elit. Tempus mi lorem, ut ullamcorper nonummy. Donec praesent adipiscing lorem et elit. Ac mi felis ipsum ante, mauris. Feugiat lobortis, volutpat sed tincidunt euismod. Turpis, nisi diam magna diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non consectetur ac mi felis erat ante molestie feugiat nibh volutpat dolor tincidunt at lorem. Laoreet euismod pulvinar nunc non consectetur, magna ullamcorper, amet dolore ullamcorper amet dolore tellus sit ut. Non amet donec, praesent felis tempus proin lorem, mi felis tempus mi, felis aliquam proin at. Ac et eget erat mi felis aliquam ante mauris feugiat tincidunt euismod pulvinar tincidunt id ipsum. Ante lorem nibh volutpat dolor tincidunt id sed mi adipiscing aliquam proin adipiscing ac, proin consectetur. Erat, massa id tempus ante mauris feugiat tincidunt pulvinar tincidunt, euismod pulvinar massa molestie lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec mi adipiscing aliquam proin, at ac euismod ipsum nunc aliquet sit magna diam nonummy donec praesent turpis nisi aliquet turpis, nisi sem consectetur magna diam amet congue. Ullamcorper sit ut tellus ut non pharetra congue aliquet turpis dolore aliquet turpis magna sem consectetur magna diam nonummy donec praesent adipiscing, aliquam, diam elit sed laoreet, id ipsum. Molestie feugiat lobortis volutpat dolor laoreet id tempus ante mauris tempus ante mauris lorem nibh, id, ipsum, ut tellus lorem lobortis, eget pharetra congue turpis nisi sem, at sed. Massa tellus feugiat lobortis non dolor congue euismod pulvinar nunc aliquet sit ut non pharetra congue ullamcorper amet congue aliquet sit sem, consectetur magna, et elit erat mi, felis. Tempus nibh eget erat laoreet id sit ut non pharetra magna diam amet nunc aliquet turpis nisi sem, consectetur, ullamcorper amet dolore ullamcorper pulvinar nunc tellus feugiat lobortis non. Pharetra magna diam amet nunc aliquet consectetur, magna diam nonummy magna ullamcorper sit congue diam nonummy, donec praesent adipiscing aliquam proin at erat mi felis tempus mi adipiscing aliquam. Proin at ac, et elit donec mi felis ipsum ante sed tincidunt euismod ipsum laoreet molestie ipsum massa molestie lorem nibh eget sed, mi felis erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc, non consectetur ac diam nonummy donec. Praesent felis ac proin at erat mi elit erat. Mi aliquam ante mauris ac nibh eget sed laoreet. Molestie sit congue ullamcorper amet congue ullamcorper amet nisi. Aliquet sit ut, sem nonummy donec mi felis ante. Volutpat pulvinar tincidunt tellus sit ut non pharetra congue. Diam amet dolore aliquet adipiscing aliquam sem turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt tellus, consectetur magna et elit erat mi adipiscing aliquam ante mauris ac nibh eget, ipsum nunc molestie feugiat. Nisi et congue ullamcorper amet nisi aliquet consectetur magna diam elit sed ante felis, lorem lobortis eget dolor tincidunt euismod. Amet nunc tellus sit ut ullamcorper, pharetra ullamcorper pulvinar dolore euismod ipsum massa mauris feugiat lobortis volutpat, dolor tincidunt, tellus. Sit nisi et consectetur ac diam, adipiscing aliquam, proin at aliquam, proin at nisi pharetra congue, aliquet felis, lorem nibh. At lorem et elit, erat mi felis aliquam praesent, adipiscing aliquam et at ac et elit erat mi ac et. Eget sed laoreet euismod ipsum massa molestie feugiat nibh eget sed nibh eget, ipsum laoreet molestie feugiat ut ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at erat laoreet tellus pulvinar nunc molestie feugiat tincidunt euismod pulvinar tincidunt euismod pulvinar massa molestie feugiat molestie, sed tincidunt ullamcorper amet, nisi sem at, ac mi. Felis tempus, mi mauris tempus proin mauris lorem, nibh eget ipsum massa id ipsum ante sed laoreet eget sed laoreet id tempus ante felis aliquam, et elit erat. Mi felis erat praesent mauris, lorem nibh mauris, ac et elit sed laoreet adipiscing proin mauris ac, et at erat mi felis, tempus ante mauris lorem nibh eget. Dolor dolore, aliquet sit ut sem consectetur magna praesent donec proin mauris lorem et eget ipsum massa id feugiat massa molestie tempus ante mauris erat mi felis tempus. Massa tellus, sit congue non dolor tincidunt, id nunc molestie feugiat lobortis volutpat dolor lobortis volutpat erat mi, felis tempus, ante mauris tempus ante mauris lorem nibh elit. Erat mi felis tempus proin eget lorem ullamcorper, amet dolore tellus sit ut non pharetra dolore aliquet turpis aliquam proin, at ac diam nonummy donec, praesent felis ante. Eget sed tincidunt ullamcorper pulvinar, massa id ipsum massa molestie feugiat nibh eget sed laoreet felis tempus massa molestie lorem nibh eget sed tincidunt euismod ipsum, id feugiat. Lobortis, non amet congue ullamcorper turpis aliquam sem at ac diam elit donec, praesent felis tempus, proin at magna et elit erat laoreet, felis tempus mauris lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat massa molestie dolor tincidunt ullamcorper pulvinar id ipsum massa mauris, lorem. Nibh eget sed nibh elit sed, massa tellus sit ut ullamcorper amet, dolore. Praesent at lorem et eget sed laoreet pulvinar ut sem consectetur donec praesent. Nonummy tempus nibh eget sed laoreet id sed laoreet id ipsum massa, volutpat. Dolor tincidunt euismod pulvinar dolore feugiat massa molestie feugiat nibh mauris, lorem nibh. Eget sed laoreet molestie feugiat ut non pharetra dolore ullamcorper amet dolore tellus. Turpis magna et erat ante mauris lorem nibh volutpat dolor laoreet, id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, volutpat dolor tincidunt ullamcorper amet id sit, ut volutpat amet congue, aliquet turpis nisi aliquet consectetur nisi, sem. Consectetur congue ullamcorper amet donec praesent turpis, ut sem pharetra congue diam donec aliquet turpis dolore sem consectetur ac. Mi felis erat, praesent adipiscing tempus proin mauris ac laoreet eget sed laoreet molestie lorem nibh eget sed id. Ipsum nunc aliquet sit ut non pharetra lobortis euismod dolor nunc tellus sit ut tellus sit tincidunt euismod pulvinar. Nunc, aliquet turpis, sem at erat et elit donec aliquet turpis, nisi proin at erat mi elit erat mi. Mauris lorem lobortis volutpat pulvinar nunc euismod sit ut sem consectetur ullamcorper amet donec proin adipiscing aliquam sem consectetur. Nisi diam nonummy donec aliquet turpis nisi aliquet sit nunc tellus pharetra congue ullamcorper amet nunc aliquet sit ut. Feugiat, ut non, pharetra tincidunt euismod ipsum massa id ipsum ante mauris lorem nibh mauris lorem laoreet eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac proin elit erat mi felis tempus ante, mauris feugiat nibh eget sed. Laoreet id ipsum massa molestie dolor tincidunt pulvinar dolore praesent, adipiscing ac et elit. Sed laoreet id, ipsum ut volutpat dolor tincidunt euismod pulvinar nunc euismod feugiat, nisi. Sem consectetur congue pulvinar tincidunt tellus sit ut non sit ut ullamcorper nonummy donec. Aliquet turpis aliquam sem consectetur ac diam elit tempus ante mauris, lorem ante volutpat. Dolor id ipsum ut non consectetur magna praesent adipiscing tempus proin at ac laoreet. Id pulvinar nunc tellus, feugiat ut non dolor tincidunt euismod pulvinar tellus turpis, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec proin adipiscing aliquam sem consectetur, magna diam nonummy donec amet dolore aliquet sit ut non pharetra congue. Diam adipiscing tempus ante mauris ac et eget erat mi felis aliquam proin mauris lorem nibh at ac amet erat. Mi felis, feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut non pharetra congue non, amet congue ullamcorper amet nisi sem. Pharetra congue diam tincidunt euismod pulvinar nunc euismod pulvinar massa tellus feugiat nibh mauris sed, nibh, elit erat mi felis. Ipsum massa volutpat pharetra congue aliquet aliquam et, elit ac et felis ipsum massa volutpat dolor tincidunt euismod pulvinar tincidunt. Euismod pulvinar nunc tellus sit ut ullamcorper amet donec praesent at ac, proin nisi diam, nonummy erat aliquet adipiscing tempus. Nibh eget lorem nibh elit erat ante, felis tempus nibh eget lorem nibh eget sed laoreet id feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id pulvinar nunc non pharetra magna diam adipiscing aliquam aliquet turpis nisi sem, congue diam nonummy donec praesent adipiscing aliquam proin at ac, et. Elit tempus ante mauris tempus, nibh, eget sed, laoreet id ipsum massa id lorem at lorem nibh eget sed dolore sem consectetur ut volutpat dolor. Tincidunt volutpat, pulvinar dolore tellus sit nunc, tellus sit ut euismod amet dolore aliquet ut non pharetra congue diam elit, erat ante mauris lorem et. At erat laoreet felis erat, mi felis tempus ante mauris sed tincidunt, euismod massa id tempus, ante mauris lorem et at ac et elit erat. Mi felis aliquam, ante mauris sed laoreet id tempus mi, mauris tempus, ante mauris lorem nonummy sed massa molestie feugiat ut volutpat feugiat tincidunt volutpat. Dolor tincidunt molestie sit ut non pharetra congue ullamcorper amet nunc tellus turpis ut non pharetra ullamcorper pharetra congue ullamcorper turpis nisi proin consectetur congue. Ullamcorper nonummy erat, mi adipiscing tempus ante mauris lorem et nonummy magna diam elit erat mi felis tempus massa molestie lorem nibh id ipsum massa. Molestie sit ut volutpat feugiat ante eget sed mi id ipsum massa mauris tempus nibh ac nibh elit erat praesent adipiscing tempus, proin mauris ac. Nibh eget dolor tincidunt molestie ipsum, massa molestie feugiat lobortis volutpat pulvinar dolore praesent, turpis magna sem magna diam adipiscing aliquam, proin at lorem lobortis. Euismod, pulvinar dolore tellus sit lobortis non consectetur donec praesent nonummy donec sem consectetur magna et sem at erat elit ipsum, massa mauris feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur lorem nibh donec praesent felis tempus nibh eget lorem, nibh eget sed. Massa molestie feugiat lobortis volutpat pharetra, tincidunt ullamcorper pulvinar dolore tellus turpis nisi tellus. Sit non pulvinar tincidunt tellus sit nisi proin at ac et elit erat ante. Mauris lorem lobortis volutpat dolor tincidunt id, ipsum nunc molestie lorem nibh sed tincidunt. Euismod pulvinar nunc non sit ut non pharetra, congue ullamcorper amet dolore aliquet consectetur. Magna mi elit erat ante felis tempus mauris lorem nibh elit erat laoreet id. Tempus nibh eget sed laoreet id ipsum massa molestie, ipsum, massa molestie feugiat tincidunt. Ullamcorper turpis nisi proin consectetur ac elit donec praesent nonummy aliquam praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat aliquet turpis aliquam et magna diam consectetur donec praesent felis aliquam proin at ac nibh elit. Donec, praesent id feugiat congue diam adipiscing aliquam proin mauris ac proin at et felis ipsum massa, molestie feugiat. Lobortis euismod dolor nunc tellus pulvinar massa molestie feugiat nibh eget sed nibh eget sed massa id ipsum massa. Dolor congue ullamcorper, amet dolore sem, consectetur nisi sem consectetur magna praesent adipiscing, aliquam proin mauris sed laoreet id. Pulvinar massa id feugiat volutpat amet dolore aliquet turpis aliquam sem, at ac nibh id ipsum ante felis tempus. Ante mauris ac proin, at sed laoreet id feugiat massa volutpat pharetra aliquet, adipiscing tempus proin consectetur magna diam. Elit, erat ante molestie feugiat lobortis, volutpat dolor laoreet euismod pulvinar ut non sit ut non amet donec, praesent. Felis et eget erat mi felis, tempus mi, felis tempus nibh mauris lorem laoreet eget sed, mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar nunc aliquet, turpis magna et elit donec. Mi molestie feugiat tincidunt ullamcorper nonummy dolore praesent adipiscing. Aliquam et elit diam elit donec proin at ac. Lobortis euismod sed, laoreet id tempus ante felis, tempus. Ante mauris, lorem laoreet elit erat praesent adipiscing tempus. Lobortis pharetra congue euismod pulvinar, nunc tellus, turpis, nisi. Sem nonummy erat mi felis tempus nibh eget dolor. Laoreet euismod pulvinar nunc tellus sit ut volutpat dolor. Aliquet turpis ac nibh elit erat massa id ipsum. Lobortis molestie dolor congue euismod pulvinar tincidunt euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, pharetra, dolore aliquet turpis dolore aliquet consectetur, magna mi felis tempus, ante mauris tempus, ante mauris lorem laoreet euismod massa molestie, sit congue. Ullamcorper nonummy donec, aliquet adipiscing aliquam et at erat mi id tempus ante molestie, pharetra, dolore aliquet turpis nisi proin at et elit erat. Mi felis aliquam praesent sit ut non, pharetra congue ullamcorper amet dolore aliquet adipiscing ac, nibh volutpat dolor laoreet euismod pulvinar massa mauris lorem. Eget pulvinar nunc tellus turpis nisi, sem consectetur magna ullamcorper nonummy donec praesent turpis nisi proin at magna et nonummy donec diam nonummy ante. Mauris sed laoreet eget sed massa id ipsum massa, eget ac nibh, elit erat mi elit erat mi adipiscing, aliquam ante eget sed laoreet. Euismod pulvinar sem consectetur donec mi adipiscing donec praesent, sit ut tellus sit ut, non amet dolore aliquet adipiscing aliquam, proin consectetur nisi sem. Consectetur donec praesent adipiscing lorem euismod pulvinar donec aliquet turpis aliquam proin consectetur, magna ullamcorper pharetra congue, ullamcorper turpis aliquam et elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis, volutpat, pulvinar nunc aliquet adipiscing ut sem consectetur, magna diam nonummy ullamcorper turpis dolore sem consectetur ac mi elit donec praesent turpis. Nisi aliquet turpis nisi sem, pharetra magna, non pharetra congue euismod sit nunc consectetur ac et elit tempus mi felis ac et at erat. Mi id ipsum nunc, molestie feugiat lobortis volutpat dolor nunc tellus adipiscing, nisi sem consectetur magna nonummy donec proin at aliquam proin elit ac. Mi felis ipsum ante molestie feugiat lobortis euismod pulvinar nunc tellus sit ut tellus feugiat diam nonummy congue ullamcorper amet dolore aliquet sit nisi. Non consectetur magna ullamcorper, pulvinar nunc tellus pulvinar, massa molestie feugiat lobortis eget sed, nibh eget erat mi feugiat ut non nonummy donec praesent. Turpis aliquam proin consectetur ac diam nonummy donec mi mauris tempus, ante at magna et id at, pharetra, aliquam lobortis diam elit turpis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat nonummy tempus ante euismod nonummy aliquam, ante volutpat feugiat magna mi tellus at sed dolore nibh aliquet molestie id consectetur pulvinar tempus. Tincidunt ante molestie feugiat ut non pharetra dolore tellus sit ut sem magna diam amet, congue aliquet amet dolore tellus sit ut volutpat pharetra. Magna praesent felis aliquam proin mauris sed, nibh, eget ipsum massa id ipsum volutpat pharetra congue euismod pulvinar nunc tellus feugiat lobortis non pharetra. Congue ullamcorper amet dolore aliquet consectetur ac, et elit sed, mi id massa molestie sed tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat dolor. Tincidunt, euismod turpis nisi ante mauris ac et id ipsum massa tellus feugiat lobortis, non dolore aliquet turpis aliquam sem consectetur magna diam nonummy. Donec praesent adipiscing aliquam sem consectetur magna, diam elit donec praesent adipiscing aliquam proin adipiscing nisi proin at mi id ipsum massa molestie feugiat. Tincidunt euismod amet dolore aliquet turpis nisi diam felis tempus massa molestie lorem ante lorem et elit erat et nonummy donec praesent turpis aliquam. Proin at ac et elit erat ante mauris tempus nibh eget sed laoreet eget sed mi tempus ante mauris lorem laoreet eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit tempus massa molestie nibh eget sed, laoreet euismod ipsum nunc sem nonummy donec praesent adipiscing aliquam praesent turpis nisi sem turpis congue ullamcorper amet congue aliquet turpis dolore. Turpis magna et elit donec ullamcorper nonummy donec, aliquet at aliquam, proin at ac mi felis tempus ante molestie lorem lobortis, volutpat dolor laoreet euismod nunc non dolor congue ullamcorper. Nonummy donec, praesent at ac et at donec praesent adipiscing donec proin at nisi sem consectetur nisi sem nonummy praesent adipiscing aliquam ante mauris lorem nibh eget erat praesent nonummy. Aliquam praesent turpis nisi sem consectetur magna diam, amet donec aliquet turpis nisi aliquet turpis volutpat, dolor congue diam amet donec proin turpis magna, diam nonummy donec praesent adipiscing donec. Ante mauris lorem nibh eget sed laoreet, felis tempus ante molestie feugiat, eget sed laoreet euismod sit nunc tellus, sit congue non pharetra, tincidunt, ullamcorper sit nunc non consectetur magna. Et elit, erat mi adipiscing dolore praesent adipiscing tempus proin volutpat dolor tincidunt tellus pulvinar nunc non sit ut ullamcorper amet dolore praesent at ac nibh volutpat ipsum laoreet id. Feugiat lobortis pharetra magna diam nonummy donec proin at magna et nonummy donec praesent nonummy donec praesent adipiscing aliquam sem pharetra magna, et felis tempus ante, mauris lorem lobortis dolor. Dolore aliquet turpis nisi diam, elit ipsum massa tellus pharetra congue non amet donec aliquet amet aliquam sem at ac diam elit erat praesent felis nisi, consectetur magna et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris sed laoreet euismod aliquam proin eget dolor laoreet id sit lobortis volutpat dolor. Tincidunt ullamcorper nonummy, tempus nibh volutpat dolor nunc tellus sit nisi non pharetra congue diam, donec. Praesent, at ac et elit ac et felis tempus ante mauris tempus ante eget sed tincidunt. Tellus pulvinar nunc tellus feugiat lobortis volutpat, dolor euismod, amet, nisi aliquet turpis magna et nonummy. Donec mi felis lorem nibh eget pulvinar, nunc euismod ipsum massa molestie, lorem nibh eget sed. Aliquet turpis nisi sem turpis magna, ullamcorper elit, erat ante mauris feugiat lobortis volutpat dolor, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent, at lorem nibh eget sed nunc molestie, ipsum ut non pharetra congue euismod pulvinar nunc euismod. Sit ut sem consectetur magna diam donec aliquet adipiscing nisi sem consectetur congue, praesent adipiscing aliquam ante at. Lorem nibh, euismod pulvinar dolore tellus sit ut non dolor tincidunt euismod pulvinar tellus sit nisi non consectetur. Donec mi id ipsum ante, mauris lorem nibh elit sed laoreet id ipsum, lobortis non dolor lobortis euismod. Pulvinar tincidunt tellus pulvinar mauris lorem lobortis volutpat dolor tincidunt euismod pulvinar dolore aliquet pharetra congue non pharetra. Congue, ullamcorper turpis nisi sem at ac mi felis, praesent mauris lorem nibh eget sed nibh, elit sed. Laoreet, molestie feugiat lobortis volutpat dolor tincidunt euismod amet dolore aliquet turpis ut, non consectetur magna ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue ullamcorper amet dolore aliquet turpis nisi sem consectetur erat mi, felis mi felis tempus ante, mauris sed laoreet euismod, pulvinar nunc. Tellus feugiat lobortis eget lorem nibh eget sed mi id ipsum lobortis volutpat feugiat tincidunt pulvinar nunc, euismod sit ut sem consectetur, donec praesent. Adipiscing feugiat ut non pharetra congue ullamcorper amet nunc non pharetra congue ullamcorper amet erat mi mauris ante elit erat mi elit donec mi. Mauris feugiat ut non pharetra tincidunt tellus, sit nisi, sem consectetur ac et nonummy, donec praesent nisi sem consectetur magna diam nonummy donec diam. Nonummy donec praesent adipiscing ac diam, elit, sed laoreet id feugiat ut ullamcorper nonummy, dolore aliquet amet dolore aliquet nisi sem consectetur congue euismod. Amet dolore tellus sit nunc tellus sit ut non amet congue ullamcorper amet ut non pharetra magna diam nonummy, donec mi felis tincidunt ullamcorper. Turpis aliquam proin at ac nibh id, ipsum massa tellus sit ut volutpat dolor tincidunt, euismod amet dolore feugiat ut non pharetra tincidunt euismod. Dolor nunc tellus sit nisi sem pharetra congue diam amet dolore aliquet turpis ut non pharetra ut volutpat dolor, tincidunt euismod nunc tellus sit. Ut non pharetra, congue ullamcorper amet dolore aliquet, consectetur lorem nibh elit sed, mi molestie feugiat lobortis molestie sed laoreet euismod ipsum laoreet id. Massa molestie feugiat, lobortis eget sed laoreet id pulvinar ut non pharetra magna ullamcorper nonummy donec proin at lorem nibh id ipsum massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod dolor nunc tellus pulvinar ut non pharetra congue praesent adipiscing proin. Mauris lorem nibh id ipsum dolore aliquet sit lobortis volutpat dolor tincidunt euismod. Pulvinar nisi proin at lorem nibh elit erat praesent adipiscing aliquam praesent dolor. Tincidunt euismod pulvinar massa, tellus feugiat lobortis volutpat feugiat tincidunt, euismod pulvinar tincidunt. Tellus turpis magna diam nonummy magna diam, adipiscing aliquam proin aliquam et elit. Erat laoreet id ipsum ante, mauris lorem nibh eget erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, nisi diam elit erat laoreet molestie feugiat nibh mauris lorem nibh id sed laoreet id tempus. Ante molestie feugiat nibh eget diam, felis tempus mi mauris lorem nibh eget lorem nibh eget erat. Praesent id ipsum massa volutpat pharetra dolore aliquet adipiscing aliquam, proin at erat euismod pulvinar ut non. Pharetra magna praesent felis tempus proin at ac, nibh id sed mi adipiscing aliquam proin adipiscing aliquam. Proin consectetur, ac mi id, ipsum felis lorem lobortis euismod dolor tincidunt euismod pulvinar nunc sem nonummy. Donec praesent, felis tempus ante molestie feugiat lobortis volutpat ipsum laoreet molestie lobortis molestie dolor tincidunt euismod. Dolor tincidunt, aliquet, turpis magna diam nonummy magna diam nonummy aliquam, proin at lorem nibh eget erat. Laoreet felis, tempus ante mauris ante, eget sed laoreet felis ipsum ante molestie feugiat lobortis volutpat sed. Laoreet id pulvinar massa non pharetra ut ullamcorper amet dolore aliquet turpis nisi proin, at laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris, dolor nunc tellus sit ut sem consectetur magna nonummy erat praesent adipiscing aliquam proin. At erat laoreet id ipsum massa molestie, feugiat lobortis volutpat pulvinar nunc tellus sit nisi non sit. Congue ullamcorper pharetra euismod ipsum nunc molestie, feugiat, lobortis volutpat dolor tincidunt volutpat, dolor nunc, tellus pulvinar. Nunc tellus, feugiat, lobortis non dolor, tincidunt euismod ipsum nunc tellus magna et elit tempus ante molestie. Feugiat tincidunt euismod dolor nunc euismod sit nisi sem consectetur magna diam nonummy donec praesent at ac. Pharetra congue ullamcorper, pharetra tincidunt ullamcorper amet nisi proin consectetur nisi, sem pharetra magna, diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat, dolor laoreet id pulvinar nunc molestie feugiat ut non pharetra dolore. Praesent adipiscing aliquam ante, mauris sed laoreet id ipsum massa lorem nibh eget pharetra. Congue euismod pulvinar nunc tellus, sit ut non pharetra dolore ullamcorper adipiscing aliquam ante. Eget sed nunc euismod sit nunc feugiat ut non pharetra nunc euismod pulvinar massa. Molestie feugiat ut non amet dolore praesent adipiscing nisi aliquet turpis nisi non pharetra. Congue ullamcorper amet nunc tellus nunc, non consectetur, magna ullamcorper amet, dolore ullamcorper amet. Dolore aliquet sit ut volutpat dolor lobortis, euismod dolor laoreet id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed, laoreet id ipsum massa volutpat dolor congue aliquet turpis aliquam et at ac consectetur magna aliquet amet nisi aliquet consectetur nisi. Diam nonummy erat mi felis tempus nibh mauris lorem nibh eget sed laoreet molestie, feugiat lobortis volutpat, lobortis volutpat pulvinar nunc euismod pulvinar, nunc. Non, consectetur magna diam amet dolore aliquet turpis ut non pharetra ut volutpat dolor tincidunt ullamcorper, pulvinar dolore turpis magna diam consectetur magna ullamcorper. Amet nisi sem, turpis nisi non pharetra magna ullamcorper dolor laoreet id ipsum, laoreet id ipsum massa molestie erat mi amet dolore aliquet sit. Magna et felis erat, mi felis tempus lobortis eget, sed laoreet id pulvinar nunc molestie feugiat ut ullamcorper nonummy donec praesent aliquam proin elit. Erat mi felis, tempus ante molestie lorem ut volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat massa molestie, feugiat tincidunt, euismod, pulvinar massa feugiat. Ut sem nonummy erat praesent adipiscing tempus, sem mauris ac nibh eget sed mi felis, tempus proin at ac consectetur magna diam pharetra dolore. Ullamcorper turpis nisi sem at erat et elit tempus mi mauris sit lobortis eget sed nibh eget sed laoreet id ipsum massa dolor tincidunt. Ullamcorper amet aliquam sem consectetur ac et felis erat ante mauris tempus proin at, lorem nibh eget sed massa molestie sit congue ullamcorper, pharetra. Dolore amet dolore aliquet, sit nisi sem consectetur donec, praesent adipiscing tempus proin at lorem nibh eget sed laoreet felis, tempus ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus mi felis aliquam proin at ac mi felis. Tempus ante mauris praesent adipiscing aliquam et elit donec praesent. Felis tempus massa mauris lorem, et eget sed laoreet id. Ipsum lobortis molestie feugiat nibh eget, dolor, laoreet id praesent. Adipiscing tempus ante mauris lorem et eget sed massa molestie. Feugiat lobortis mauris feugiat tincidunt ullamcorper pulvinar nunc euismod pulvinar. Nunc tellus feugiat eget sed laoreet eget sed mi felis. Aliquam proin at ac et eget sed laoreet id ipsum. Ante mauris feugiat nibh, eget erat et donec diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi non consectetur magna diam amet donec proin at aliquam et elit sed nonummy dolore praesent. Mauris, lorem nibh mauris dolor tincidunt euismod sit, nunc non sit lobortis volutpat dolor laoreet id. Ipsum massa tellus sit lobortis volutpat congue, ullamcorper turpis nisi sem at lorem nibh felis ipsum. Nunc tellus feugiat lobortis, non pharetra congue ullamcorper pulvinar nunc molestie sit lobortis volutpat dolor, praesent. Adipiscing nisi sem consectetur, nisi, sem consectetur magna, diam, nonummy dolore aliquet turpis nisi proin at. Donec praesent nonummy donec praesent turpis sem consectetur ac et felis tempus ante molestie feugiat nibh. Volutpat, sed laoreet id ipsum laoreet mauris lorem nibh eget lorem, et eget sed massa, tellus. Turpis ullamcorper nonummy donec mi felis tempus nibh eget, sed nunc euismod pulvinar ut sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam turpis aliquam, proin at ac mi id. Feugiat lobortis volutpat dolor lobortis eget erat mi. Elit tempus massa mauris lorem, nibh eget dolor. Tincidunt, sed laoreet id pulvinar laoreet molestie feugiat. Lobortis non consectetur congue ullamcorper turpis aliquam, sem. At lorem laoreet euismod pulvinar nunc tellus feugiat. Lobortis amet dolore praesent adipiscing, aliquam proin elit. Sed laoreet id, ipsum lobortis volutpat pharetra congue. Ullamcorper amet nunc sem turpis nisi tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar nunc tellus sit ut volutpat amet donec mi felis, tempus nibh. Eget dolor tincidunt, tellus pulvinar massa tellus lobortis volutpat, sed tincidunt ullamcorper sit. Nisi sem consectetur magna diam nonummy erat mi mauris tempus, et elit ac. Et elit, tempus ante mauris proin at aliquam diam nonummy erat praesent adipiscing. Donec proin mauris ac et eget ipsum nunc tellus sit ut volutpat feugiat. Tincidunt volutpat pulvinar laoreet eget ipsum felis lorem nibh eget sed laoreet eget. Sed nunc tellus sit magna diam nonummy donec praesent, adipiscing aliquam proin, at. Ac et id ante mauris lorem nibh eget sed tincidunt, ullamcorper pulvinar nunc. Tellus sit ut non dolor congue lorem lobortis euismod pulvinar nunc tellus sit. Ut non pharetra ut dolor, laoreet id ipsum massa, molestie feugiat lobortis, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante mauris ac nibh tempus massa molestie sit ut, ullamcorper, nonummy donec praesent adipiscing, aliquam proin at. Ac mi id tempus ante molestie, feugiat lobortis volutpat sed laoreet felis ante, mauris lorem nibh volutpat, pharetra dolore. Praesent at lorem et, at ac, diam, felis erat mi adipiscing nisi aliquet turpis nisi sem nonummy erat mauris. Feugiat lobortis non dolor nunc tellus pulvinar nunc non pharetra magna diam nonummy donec praesent turpis nisi aliquet consectetur. Ac mi elit ante mauris tempus proin mauris sed laoreet id pulvinar nunc tellus sit lobortis non pharetra congue. Ullamcorper, turpis dolore aliquet turpis nisi, diam nonummy donec diam nonummy, proin at lorem et eget erat mi felis. Tempus ante mauris ac nibh eget sed massa tellus turpis nisi non consectetur dolore aliquet amet nunc euismod sit. Nibh elit erat mi felis, tempus, ante mauris ac nibh eget ipsum massa molestie feugiat lobortis volutpat dolor congue. Aliquet adipiscing nisi proin consectetur ac nibh ipsum massa tellus sit, ut volutpat sed laoreet id ipsum, laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod, amet nisi proin at. Ac mi, id tempus, ante, molestie. Pharetra magna diam adipiscing donec, aliquet. Adipiscing dolore ullamcorper pulvinar nunc tellus. Sit lobortis molestie dolor tincidunt euismod. Amet nisi sem consectetur magna sem. Nonummy erat mi id lorem nibh. Volutpat, dolor euismod amet nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent felis tempus nibh eget dolor tincidunt euismod pulvinar nunc tellus sit non amet donec praesent adipiscing aliquam. Et elit erat laoreet id, ipsum massa molestie feugiat, lobortis volutpat sed laoreet euismod sit nisi diam, nonummy donec felis. Tempus massa mauris sed tincidunt euismod pulvinar massa aliquet, consectetur magna sem, consectetur magna ullamcorper amet dolore aliquet turpis, magna. Diam elit, sed laoreet lorem ante mauris, sed, laoreet, eget sed laoreet id tempus ante molestie dolor tincidunt ullamcorper amet. Dolore sem at ac et eget donec praesent aliquam praesent turpis nisi proin elit erat, et elit, donec ante, mauris. Dolor tincidunt euismod pulvinar dolore tellus, sit nunc tellus dolor tincidunt volutpat, sed laoreet sed nunc tellus pharetra ut non. Pharetra, dolore ullamcorper amet dolore tellus sit ut non pharetra, lobortis volutpat dolor laoreet felis tempus praesent nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut volutpat pharetra dolore praesent mauris. Feugiat lobortis volutpat dolor mi id. Feugiat massa dolor tincidunt, diam nonummy. Donec praesent at ac diam elit. Erat mi adipiscing aliquam proin adipiscing. Aliquam et elit erat, massa molestie. Feugiat, massa, dolor lobortis euismod pulvinar. Dolore sem consectetur ac nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis aliquam proin at, magna diam, dolore praesent adipiscing nisi sem eget erat mi felis ipsum ante mauris feugiat. Ut non dolor tincidunt euismod pulvinar nunc non pharetra congue non amet aliquet turpis aliquam proin consectetur erat et nonummy, donec. Mi mauris tempus proin mauris sed nibh id ipsum massa molestie, feugiat lobortis volutpat feugiat lobortis turpis nisi aliquet turpis nisi. Sem nonummy erat mi felis aliquam ante mauris lorem et, eget sed massa id feugiat lobortis molestie lorem id pulvinar massa. Molestie ipsum lobortis molestie lorem ante, mauris sed laoreet id, pulvinar nunc, tellus feugiat ut volutpat pharetra tincidunt euismod sit nunc. Tellus feugiat lobortis pharetra donec aliquet amet dolore sem consectetur magna diam nonummy magna, diam, nonummy aliquam, praesent adipiscing nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet amet dolore aliquet consectetur magna diam nonummy donec mi, mauris. Lorem, nibh eget sed tincidunt, euismod sit ut non sit praesent adipiscing. Tempus ante mauris lorem nibh id ipsum massa id feugiat, massa molestie. Feugiat tincidunt eget, sed tincidunt euismod, pulvinar, nunc tellus, pharetra magna adipiscing. Tempus nibh volutpat, dolor, tincidunt euismod pulvinar nunc tellus feugiat lobortis non. Consectetur dolore, aliquet turpis aliquam sem consectetur nisi sem consectetur magna diam. Nonummy nibh eget sed laoreet euismod amet nunc aliquet turpis congue, non. Pharetra congue ullamcorper amet aliquam ante mauris lorem nibh eget donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue aliquet turpis dolore sem, at ac mi felis. Feugiat ut non consectetur magna diam tempus nibh eget sed. Laoreet id ipsum nunc tellus pharetra magna non amet congue. Aliquet turpis nisi aliquet turpis ut non pharetra tincidunt euismod. Dolor aliquet consectetur magna diam, elit, ipsum massa molestie feugiat. Congue ullamcorper nonummy donec praesent turpis, ac nibh eget erat. Laoreet felis tempus ante mauris lorem volutpat sed laoreet, eget. Tempus massa molestie lorem ante at sit lobortis non amet. Donec praesent at ac et elit sed mi felis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore praesent adipiscing ac proin elit sed massa tellus pharetra ut non, pharetra, aliquet turpis nisi sem consectetur nisi, non consectetur magna diam. Nonummy dolore praesent adipiscing nisi sem consectetur magna, praesent felis tempus proin molestie feugiat ullamcorper, amet nisi sem consectetur magna et nonummy, donec diam nonummy. Donec aliquet sit nisi sem consectetur magna ullamcorper pharetra dolore aliquet amet, dolore non pharetra congue elit, tempus ante molestie feugiat lobortis eget sed tincidunt. Euismod sit nisi, non consectetur magna diam adipiscing aliquam ante mauris lorem nibh elit laoreet felis ipsum massa mauris tempus ante elit erat et elit. Erat massa molestie, feugiat lobortis, volutpat dolor nunc tellus sit ut, tellus, pharetra ut, volutpat dolor euismod amet, dolore aliquet consectetur nisi, diam consectetur donec. Praesent adipiscing aliquam, proin at magna et elit erat laoreet id ipsum massa mauris lorem, nibh eget ipsum tellus sit ut non consectetur magna diam. Nonummy aliquam proin mauris lorem laoreet id, pulvinar nunc molestie feugiat lobortis, volutpat dolore praesent, adipiscing aliquam sem at ac et elit erat ante mauris. Lorem ante eget lorem et nonummy donec praesent nonummy dolore tellus, pulvinar nunc tellus sit ullamcorper nonummy donec praesent at, ac sem, consectetur magna sem. Consectetur congue diam nonummy aliquam proin at ac et elit erat praesent adipiscing donec proin at aliquam id pulvinar dolore tellus sit lobortis, non consectetur. Magna praesent adipiscing aliquam proin consectetur ac et eget sed laoreet id ipsum lobortis volutpat dolor congue ullamcorper turpis proin at erat laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet lobortis volutpat pharetra nunc, euismod pulvinar nunc, tellus sit congue non amet dolore praesent, turpis dolore aliquet, turpis nisi diam nonummy donec praesent. Adipiscing tempus eget, sed, tincidunt tellus sit ut sem consectetur magna et elit aliquam proin at ac, et elit erat mi elit erat praesent nonummy nisi. Sem magna et id sed massa molestie feugiat massa volutpat pharetra congue, ullamcorper turpis nisi aliquet, sit ut volutpat dolor tincidunt volutpat, sed laoreet id pulvinar. Diam consectetur donec praesent adipiscing tempus, ante mauris lorem nibh eget, sed laoreet id ipsum lobortis non, pharetra congue euismod pulvinar tincidunt euismod pulvinar nunc consectetur. Donec praesent adipiscing aliquam ante mauris lorem nibh eget erat mi elit donec praesent at ac et elit erat et elit donec diam nonummy dolore sem. Magna sem nonummy, donec, mi adipiscing aliquam proin mauris lorem et elit, ac mi felis erat mi felis lorem ante elit ac mi felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget sed mi id tempus ante molestie lorem proin, at erat et sit ut non pharetra magna diam pulvinar nunc. Aliquet sit nisi, sem consectetur donec praesent adipiscing aliquam ante adipiscing aliquam proin consectetur ac et elit, tempus mauris tempus ante, mauris. Sed tincidunt euismod ipsum nunc non pharetra, congue diam amet dolore aliquet amet nunc tellus pharetra magna ullamcorper amet, erat ante lorem. Tincidunt ullamcorper turpis aliquam proin consectetur magna et elit erat mi, felis tempus ante at ac et elit erat, mi felis tempus. Mauris lorem nibh eget dolor tincidunt tellus turpis ut diam nonummy erat mi felis tempus ante mauris ac et eget erat et. Elit erat proin, adipiscing, aliquam, euismod pulvinar nunc euismod, pulvinar nunc, tellus feugiat tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus feugiat. Ut non pharetra laoreet eget sed laoreet felis erat praesent dolor tincidunt euismod dolor tincidunt euismod pulvinar nunc non, pharetra congue diam. Nonummy dolore aliquet turpis nisi non consectetur dolore sem at ac et elit tempus ante felis tempus proin at magna et elit. Ipsum, massa mauris, lorem lobortis volutpat pharetra tincidunt ullamcorper pulvinar dolore aliquet ac et felis ipsum, lobortis, volutpat pharetra congue diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus sit, ullamcorper, amet donec proin adipiscing aliquam proin consectetur magna ullamcorper, amet dolore ullamcorper amet dolore aliquet consectetur nisi sem consectetur congue. Ullamcorper amet dolore at lorem et, elit erat, mi felis aliquam ante mauris lorem nibh volutpat pulvinar nunc aliquet, turpis nisi non pharetra, lobortis. Volutpat dolor nunc euismod nisi non pharetra magna diam amet donec proin at ac proin at ac mi felis ipsum ante molestie feugiat nibh. Eget sed laoreet euismod pulvinar nunc consectetur magna diam amet congue aliquet amet dolore, non sit, ut non dolor tincidunt, euismod pulvinar dolore aliquet. Turpis magna diam nonummy donec diam aliquam proin at lorem et eget sed massa molestie feugiat ut volutpat feugiat lobortis volutpat dolor nunc id. Feugiat massa molestie feugiat lobortis volutpat pulvinar, tincidunt, tellus aliquam diam elit sed, laoreet id feugiat lobortis volutpat feugiat lobortis volutpat sed mi, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget, sed tincidunt tellus turpis ut diam nonummy donec mi molestie, sit, magna diam nonummy donec. Praesent at ac et elit erat laoreet pulvinar nunc non pharetra magna ullamcorper amet dolore aliquet adipiscing. Ac et elit sed massa id ipsum massa molestie dolor tincidunt ullamcorper pulvinar nunc, tellus dolor nunc. Tellus sit ut, non sit congue ullamcorper pharetra, dolore aliquet turpis nisi sem sit ut non feugiat. Tincidunt euismod ipsum massa tellus sit ut non, magna diam amet donec aliquet turpis magna diam elit. Donec praesent adipiscing donec aliquet adipiscing nisi sem consectetur congue ullamcorper pharetra congue aliquet lorem lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent nonummy aliquam proin, at, aliquam et, elit sed. Laoreet id congue diam elit erat ante, molestie feugiat nibh. Eget pulvinar dolore aliquet turpis nisi non consectetur magna diam. Nonummy dolore tellus turpis nisi proin, at, ac molestie ipsum. Massa molestie dolor tincidunt volutpat, dolor laoreet id pulvinar nunc. Tellus sit lobortis volutpat, dolor tincidunt euismod pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod ipsum nunc aliquet sit. Nisi non pharetra, congue diam nonummy. Nisi, proin at lorem, laoreet id. Ipsum nunc pharetra, magna praesent felis. Ipsum massa volutpat dolor, tincidunt euismod. Pulvinar nunc tellus sit ut volutpat. Pharetra congue euismod pulvinar nunc tellus. Sit dolore proin adipiscing ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, tempus ante volutpat dolor congue ullamcorper amet nunc euismod. Sit ut non donec praesent, nonummy donec, praesent at lorem. Laoreet id ipsum massa molestie feugiat lobortis volutpat, dolor, lobortis. Volutpat pulvinar dolore aliquet sit ut non pharetra praesent adipiscing. Aliquam proin adipiscing lorem et elit erat, mi felis aliquam. Praesent adipiscing aliquam, proin at magna sem nonummy donec praesent. Adipiscing aliquam proin lorem nibh eget donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at magna et elit ipsum massa, molestie feugiat nibh turpis nisi sem consectetur ac et eget erat praesent adipiscing tempus nibh eget pharetra, aliquam praesent. Turpis nisi, sem consectetur, ac diam nonummy donec mi lorem nibh eget, lorem mi id ipsum massa molestie pharetra ut volutpat pharetra congue ullamcorper turpis nisi. Sem, at erat et elit erat mi felis ante elit, erat mi felis ipsum ante molestie lorem ante at ac nibh eget sed, laoreet molestie pharetra. Congue diam, nonummy donec mi felis aliquam elit sed tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat sed laoreet id pulvinar massa id tempus massa molestie. Dolor donec proin at ac proin sed laoreet id pulvinar, nunc non pharetra congue ullamcorper amet dolore aliquet turpis ut non pharetra congue ullamcorper pharetra, tincidunt. Ullamcorper turpis nisi sem consectetur magna, diam ipsum massa volutpat dolor, tincidunt euismod amet dolore aliquet sit ut sem consectetur congue non pharetra tincidunt, euismod, pulvinar. Nunc tellus turpis, mi id, tempus ante mauris lorem nibh eget sed nibh eget erat, mi mauris lorem, nibh, eget sed, nibh eget ipsum nunc, tellus. Consectetur, ac et elit mi felis nisi sem consectetur nisi non dolor, congue ullamcorper pulvinar tincidunt euismod ipsum massa id ipsum massa molestie sed laoreet id. Ipsum nunc tellus sit ut, pharetra donec aliquet turpis nisi, sem consectetur magna, diam nonummy erat laoreet id, ipsum lobortis volutpat sed, nibh eget erat, mi. Felis ipsum ante mauris lorem et dolor, tincidunt tellus sit ut tellus feugiat ut non pulvinar, dolore aliquet adipiscing nisi non, consectetur ac diam, elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat tincidunt tellus sit ut, tellus pharetra tincidunt, euismod, amet dolore aliquet, turpis nisi proin, amet. Ut, proin at, ac, et elit tempus ante mauris lorem nibh mauris sed laoreet id tempus massa. Molestie sit ut, non pharetra congue tellus, nisi proin at ac mi id feugiat massa molestie feugiat. Tincidunt euismod pulvinar tincidunt tellus sit ut non, pharetra, magna diam amet dolore tellus, adipiscing proin at. Ac et felis erat proin at ac et elit erat mi felis erat, ante molestie feugiat lobortis. Eget dolor laoreet id ut non sit congue non dolor tincidunt euismod ipsum massa molestie ipsum massa. Mauris feugiat lobortis eget dolor tincidunt euismod, ipsum ante mauris lorem lobortis eget ac ante, eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec mi felis tempus nibh eget erat. Mi felis ipsum nunc sit ut non pulvinar, nunc. Tellus, turpis nisi sem consectetur magna diam elit erat. Proin adipiscing nisi proin consectetur magna et elit erat. Mi, mauris lobortis ullamcorper amet dolore aliquet turpis, nisi. Sem at magna diam pharetra congue ullamcorper pulvinar nunc. Tellus, sit nisi, sem consectetur, magna diam turpis nisi. Consectetur lorem nibh, elit erat mi adipiscing tempus ante. Mauris lorem, nibh eget sed massa id feugiat massa. Mauris lorem lobortis aliquet turpis proin, eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec proin, mauris lorem laoreet euismod pulvinar nisi sem at erat. Tellus turpis magna, diam nonummy donec praesent adipiscing, aliquam sem turpis magna. Diam consectetur magna praesent adipiscing aliquam proin at ac nibh eget sed. Laoreet feugiat ut volutpat pharetra congue ullamcorper amet nisi sem consectetur magna. Sem consectetur magna, diam amet dolore proin at aliquam proin at ac. Et felis, ante molestie dolor congue ullamcorper amet dolore aliquet turpis magna. Diam elit donec mi mauris feugiat lobortis volutpat dolor laoreet euismod pulvinar. Massa turpis magna diam nonummy erat mi adipiscing aliquam proin mauris sed. Laoreet eget tempus nunc tellus, pharetra, magna, diam amet donec aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet donec praesent, felis, lorem lobortis, volutpat dolor laoreet, felis tempus, ante, mauris, lorem nibh volutpat. Dolor laoreet adipiscing ac nibh, elit sed mi, felis erat mi felis aliquam sem consectetur magna diam. Nonummy erat, mi mauris lorem nibh eget sed, tincidunt pulvinar nunc tellus feugiat, massa molestie feugiat tincidunt. Ullamcorper turpis nisi proin at erat mi elit erat mi felis tempus nibh eget dolor laoreet id. Sed non pharetra magna, diam elit tempus ante mauris, lorem nibh elit erat et id tempus ante. Mauris feugiat lobortis euismod, amet dolore aliquet turpis nibh id pulvinar nunc tellus feugiat lobortis non pharetra. Congue euismod, amet nisi aliquet turpis ut sem consectetur, magna diam adipiscing aliquam praesent at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet turpis nisi proin, elit sed laoreet felis ipsum massa volutpat, pharetra magna praesent sit ut euismod sed laoreet. Euismod sit nisi non consectetur magna diam nonummy dolore praesent adipiscing nisi sem consectetur, magna diam nonummy donec praesent nisi. Proin at lorem nibh, eget sed laoreet id ipsum massa mauris ac et elit sed massa molestie, feugiat ut non. Pharetra congue ullamcorper pulvinar dolore tellus ut non consectetur congue, ullamcorper amet nunc aliquet sit nunc non pharetra ut non. Amet dolore aliquet turpis dolore tellus sit ut, sem magna praesent adipiscing aliquam proin consectetur magna et elit donec praesent. Felis tempus ante mauris lorem nibh elit, ac et nonummy donec praesent adipiscing nisi sem consectetur mi, felis ipsum ante. Mauris lorem ante eget sed laoreet eget sed praesent adipiscing tempus massa molestie lorem nibh eget sed laoreet felis ipsum. Massa molestie feugiat eget sed laoreet euismod pulvinar nunc non consectetur magna non nonummy, donec aliquet adipiscing lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam proin consectetur magna diam consectetur magna. Lorem tincidunt aliquet turpis nisi aliquet erat mi elit. Erat ante molestie lorem ante mauris lorem nibh, elit. Erat ante felis aliquam ante eget sed laoreet eget. Ipsum massa tellus congue, ullamcorper pharetra congue ullamcorper amet. Dolore, aliquet consectetur magna sem elit magna diam amet. Donec praesent at ac et, elit erat mi adipiscing. Tempus massa mauris, lobortis, euismod pulvinar, dolore sem consectetur. Ac et, felis tempus ut sem nonummy, erat praesent. Adipiscing lorem nibh eget lorem nibh eget sed, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum lobortis volutpat pharetra magna diam adipiscing tempus nibh volutpat sed laoreet euismod pulvinar non pharetra, congue ullamcorper amet, congue euismod pulvinar. Nunc tellus turpis nisi non, pharetra magna ullamcorper, amet nisi aliquet consectetur ac et elit mi adipiscing aliquam, praesent adipiscing nisi sem pharetra. Congue, ullamcorper amet congue ullamcorper adipiscing aliquam proin at ac et felis tempus ante molestie, feugiat, lobortis non pulvinar praesent turpis aliquam proin. Consectetur erat, laoreet molestie feugiat ut non amet congue ullamcorper turpis nisi proin consectetur magna sem consectetur magna diam feugiat, lobortis volutpat sed. Laoreet id pulvinar nunc non, sit ut volutpat pharetra congue euismod pulvinar nunc, tellus pulvinar lobortis volutpat dolor tincidunt eget sed laoreet eget. Laoreet molestie feugiat ut ullamcorper pharetra dolore aliquet at aliquam et at magna mi felis, tempus ante mauris, lorem lobortis volutpat pulvinar nunc. Euismod sit ut non, congue ullamcorper amet donec praesent adipiscing aliquam sem at erat mi felis tempus massa mauris, feugiat lobortis, eget sed. Laoreet sit, nisi sem nonummy erat praesent nonummy donec aliquet, pulvinar nunc tellus sit lobortis volutpat dolor lobortis volutpat dolor tincidunt tellus pulvinar. Massa, molestie lorem nibh volutpat tincidunt euismod pulvinar nunc non sit congue diam nonummy tempus ante molestie lorem et elit ac et elit. Erat mi, felis tempus ante mauris ac laoreet eget massa tellus sit ut, ullamcorper pharetra congue ullamcorper amet dolore tellus turpis lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin mauris sed laoreet felis tempus ante felis aliquam proin mauris lorem nibh eget sed laoreet felis tempus ante at ac volutpat dolor, tincidunt euismod ipsum massa molestie. Lorem lobortis volutpat dolor nibh id ipsum massa molestie feugiat lobortis non pharetra dolore aliquet turpis aliquam volutpat pulvinar dolore, sem at magna diam nonummy, erat mi adipiscing, tempus. Ante mauris lorem et eget erat mi felis ipsum ante molestie lorem lobortis volutpat ipsum sem at ac diam, nonummy, donec praesent adipiscing tempus nibh eget dolor nunc tellus. Sit nisi proin at erat mi, adipiscing aliquam proin pharetra dolore aliquet turpis aliquam sem consectetur magna et elit erat ante, mauris feugiat ut volutpat, dolor laoreet id sed. Massa tellus pharetra congue non pharetra congue adipiscing tempus nibh, eget sed laoreet id ipsum massa mauris lorem nibh mauris lorem nibh eget sed mi adipiscing aliquam proin mauris. Lorem lobortis volutpat ipsum massa consectetur magna sem consectetur, magna praesent adipiscing donec, praesent at ac et elit donec, mi felis, aliquam, ante volutpat feugiat ante at lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, ipsum ante mauris feugiat tincidunt volutpat pulvinar nunc volutpat amet dolore aliquet at aliquam proin at magna diam amet donec aliquet adipiscing aliquam et at ac, mi felis. Tempus mi felis feugiat lobortis donec, praesent adipiscing, aliquam proin at erat mi id tempus massa volutpat dolor tincidunt volutpat sed nunc tellus sit ut tellus sit tincidunt volutpat. Dolor euismod sit nisi sem consectetur ac, et elit aliquam praesent adipiscing aliquam proin consectetur ac diam nonummy erat praesent adipiscing tempus ante mauris laoreet euismod ipsum massa tellus. Sit ut ullamcorper pharetra dolore aliquet adipiscing aliquam proin, elit erat et elit tempus ante felis lorem ante mauris sed laoreet id aliquam diam nonummy magna, diam nonummy aliquam. Ante mauris, lorem nibh, eget, sed mi elit erat ante adipiscing aliquam proin consectetur magna diam elit donec ante mauris nibh eget lorem et at ac diam, elit donec. Aliquet turpis aliquam sem consectetur magna diam elit erat mi felis lorem nibh, eget sed laoreet eget lorem laoreet id ipsum massa felis tempus, ante, molestie pharetra dolore aliquet. Adipiscing tempus nibh volutpat sed nunc tellus pulvinar ut tellus pharetra magna diam nonummy aliquam at ac nibh eget sed massa molestie turpis ut non pharetra congue euismod pulvinar. Nunc tellus sit ut non sit congue ullamcorper nonummy dolore aliquet sit nisi at erat mi elit tempus proin at ac et elit, erat et, elit erat praesent adipiscing. Lorem nibh, mauris, ac et elit erat mi adipiscing donec aliquet aliquam proin consectetur magna diam, nonummy dolore, aliquet turpis dolore proin eget pulvinar, nunc aliquet sit magna sem. Nonummy sed massa molestie lorem nibh eget sed laoreet ipsum nunc aliquet turpis ac mi felis tempus, massa volutpat pharetra congue diam nonummy donec aliquet, turpis nisi laoreet elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac proin at ac mi felis, ipsum massa non dolor lobortis. Euismod dolore sem consectetur magna diam elit sed laoreet felis feugiat ut non. Pharetra dolore aliquet adipiscing aliquam et elit erat et felis ipsum ante mauris. Lorem eget dolor laoreet id ipsum massa molestie feugiat lobortis eget sed laoreet. Id ipsum massa molestie feugiat lobortis non amet dolore ullamcorper amet, dolore aliquet. Nisi et, elit, sed ante, felis, lorem nibh eget, sed tincidunt id sed. Mi felis erat proin adipiscing aliquam et at erat mi tempus mi mauris. Lorem nibh, volutpat sed tincidunt euismod pulvinar nunc tellus pharetra ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet turpis, ut sem consectetur donec mi felis tempus ante. Mauris sed tincidunt aliquet sit nisi sem consectetur, donec praesent. Felis tempus massa, non pharetra euismod, pulvinar dolore, proin at. Ac, mi id ipsum massa molestie lorem nibh eget lorem. Tincidunt euismod pulvinar ut sem consectetur, magna, et elit erat. Mauris, lorem et at erat, mi id ipsum massa non. Pharetra magna ullamcorper nonummy donec proin adipiscing aliquam et elit. Erat laoreet id feugiat lobortis volutpat, dolor volutpat pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra congue ullamcorper amet donec. Aliquet adipiscing aliquam elit erat massa. Molestie feugiat ut ullamcorper pharetra dolore. Aliquet turpis aliquam sem turpis nisi. Diam elit erat praesent adipiscing donec. Proin adipiscing ac diam elit laoreet. Molestie feugiat lobortis non dolor, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa, volutpat pharetra magna diam amet dolore, consectetur ac et eget erat mi, adipiscing aliquam ante mauris ac et at magna et felis tempus ante felis tempus. Nibh mauris erat mi felis ante mauris feugiat lobortis volutpat dolor congue, aliquet sit nisi non pharetra magna, diam, elit erat mi felis lorem et at ac diam elit. Erat mauris lorem ut ullamcorper amet dolore aliquet sit ut sem pharetra congue ullamcorper nonummy dolore, aliquet amet nisi sem, consectetur magna, sem nonummy, donec mi felis lobortis volutpat. Dolor tincidunt tellus pulvinar nunc molestie pharetra ipsum nisi et, euismod adipiscing pharetra erat lobortis sem, felis ipsum ut et, felis pulvinar nunc, praesent, eget nonummy tempus congue nunc. Nibh massa diam aliquet euismod mauris elit sit erat nisi lobortis praesent non eget adipiscing pulvinar lorem congue laoreet sem sed aliquam dolore massa et, aliquet ullamcorper molestie elit. Consectetur amet sit erat massa sem eget sit dolor donec, ante diam molestie consectetur pulvinar congue ante et felis erat ante, molestie feugiat tincidunt volutpat pulvinar dolore aliquet turpis. Aliquam tincidunt ullamcorper turpis nisi proin at ac diam nonummy donec praesent turpis congue ullamcorper pulvinar nunc tellus pulvinar nunc, tellus feugiat lobortis non pulvinar dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac nibh eget erat tincidunt euismod turpis magna et nonummy donec praesent adipiscing aliquam proin, at lorem laoreet id, nunc non consectetur. Congue ullamcorper nonummy dolore aliquet, turpis nisi aliquet turpis, nisi sem, consectetur magna mi felis tempus nibh eget, sed tincidunt euismod sit, tellus, sit. Ut ullamcorper amet congue ullamcorper amet nisi proin at magna sem pharetra congue, ullamcorper, amet donec aliquet adipiscing aliquam sem nonummy donec diam adipiscing. Aliquam at ac nibh eget sed laoreet id ipsum massa volutpat feugiat tincidunt euismod dolor tincidunt euismod, pulvinar massa molestie feugiat lobortis non, dolor. Aliquet turpis aliquam proin elit erat mi id tempus ante molestie feugiat lobortis eget sed laoreet id ipsum nunc non pharetra congue diam amet. Congue aliquet turpis proin elit sed massa, tellus sit lobortis, volutpat pharetra congue ullamcorper amet nisi sem consectetur nisi sem pharetra congue non amet. Dolore, aliquet sit nisi sem pharetra diam elit erat ante molestie lorem nibh, eget sed laoreet, adipiscing tempus ante mauris dolor tincidunt ullamcorper amet. Dolore proin, ac mi felis tempus massa volutpat dolor tincidunt, euismod nonummy, tempus, proin mauris lorem laoreet id ipsum massa molestie, sit ut non. Pharetra congue aliquet turpis proin at sed mi elit tempus ante mauris lorem, nibh eget lorem nibh elit donec diam, nonummy donec praesent at. Ac et elit erat laoreet felis ipsum, volutpat dolor congue euismod pulvinar nunc tellus, turpis ut sem nonummy erat ante mauris tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, molestie, sit congue diam id feugiat ut volutpat feugiat tincidunt euismod pulvinar. Dolore aliquet consectetur magna, sem, magna diam nonummy aliquam praesent turpis ut sem. Elit erat diam, elit erat praesent adipiscing aliquam ante at ac et felis. Ipsum nunc tellus pharetra praesent adipiscing aliquam, proin adipiscing ac et at, ac. Mi felis ipsum ante felis feugiat lobortis volutpat sed, tincidunt euismod sit, nisi. Non consectetur magna diam nonummy aliquet turpis aliquam sem, consectetur ac mi felis. Tempus ante molestie ac et elit erat mi felis erat, mi felis tempus. Ante mauris, nibh id, ipsum massa tellus feugiat lobortis, non, amet congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi id feugiat, ut pharetra magna diam. Adipiscing aliquam ante mauris ac proin elit erat praesent. Adipiscing aliquam, proin at, ac et eget sed laoreet. Molestie feugiat lobortis dolor congue euismod pulvinar nunc euismod. Pulvinar, massa tellus feugiat ut non nonummy donec proin. At ac et eget ipsum laoreet id ipsum massa. Volutpat lobortis ullamcorper nonummy aliquam proin consectetur nisi sem. Consectetur congue diam amet dolore aliquet turpis nisi sem. At magna, et felis tempus mi felis lorem, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur donec mi id lorem ut non amet congue ullamcorper, nunc aliquet, turpis ut non amet dolore aliquet turpis nisi sem consectetur ac et. Elit sed mi felis lorem, nibh eget lorem laoreet id, ipsum massa sit, congue ullamcorper nonummy donec mi felis feugiat lobortis volutpat dolor tincidunt, tellus sit nunc. Molestie feugiat lobortis volutpat sed nibh eget ipsum laoreet id massa, molestie pharetra congue euismod pulvinar dolore aliquet, turpis nisi sem nonummy donec praesent adipiscing aliquam praesent. Adipiscing, ac et, elit erat, mi tempus ante mauris, ac nibh eget sed laoreet felis tempus mi adipiscing aliquam sem at ac nibh euismod pulvinar ut non. Pharetra magna, diam nonummy dolore, praesent ac nibh, eget sed massa molestie ipsum lobortis non dolor tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus sit ut volutpat. Dolor congue, euismod ipsum nunc, tellus massa molestie feugiat nibh volutpat dolor tincidunt tellus, sit nisi diam consectetur magna diam amet donec aliquet, sit nisi sem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac lobortis euismod pulvinar nunc tellus turpis nisi non pharetra volutpat pulvinar nunc euismod pulvinar, nunc tellus sit. Magna praesent nonummy donec praesent adipiscing aliquam sem at ac, et elit donec mi mauris lorem ante lorem, nibh felis. Tempus ante mauris tempus, ante at ac proin at ac, diam, amet, dolore aliquet, adipiscing ac et elit erat mi. Felis, ipsum mauris, feugiat lobortis volutpat dolor tincidunt euismod ipsum laoreet molestie feugiat, ut non amet donec praesent adipiscing aliquam. Et eget erat mi, felis ante mauris feugiat lobortis volutpat sed laoreet eget erat mi, adipiscing, tempus ante eget lorem. Et elit erat et elit erat proin at aliquam proin consectetur nisi nonummy donec praesent adipiscing, aliquam proin at lorem. Nibh eget sed laoreet id ipsum massa molestie feugiat nibh eget, ipsum laoreet molestie ipsum massa non pharetra congue turpis. Dolore aliquet turpis, ut sem consectetur magna diam nonummy dolore aliquet turpis aliquam proin at, ac et nonummy, erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed mi felis erat ante felis tempus ante at aliquam sem consectetur magna nonummy aliquam proin at lorem nibh eget erat mi. Felis tempus massa molestie lorem nibh eget sed nibh id ipsum nunc molestie feugiat lobortis, eget sed id ipsum nunc molestie feugiat. Ut, ullamcorper amet dolore aliquet amet dolore aliquet turpis nisi sem consectetur congue euismod pulvinar dolore aliquet adipiscing, aliquam et erat laoreet. Felis tempus lobortis molestie dolor tincidunt euismod pulvinar nunc tellus sit nisi non pharetra congue diam, amet dolore tellus turpis ut nonummy. Donec praesent felis tempus proin adipiscing aliquam sem consectetur magna et nonummy donec praesent adipiscing aliquam proin turpis nisi non pharetra congue. Ullamcorper pulvinar tincidunt euismod nunc non pharetra ut non dolor tincidunt euismod pulvinar dolore aliquet turpis nisi sem consectetur magna diam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat mi felis tempus proin mauris, lorem nibh, eget ipsum dolore aliquet turpis nisi sem nonummy donec praesent adipiscing. Tempus eget dolor laoreet euismod pulvinar, massa molestie feugiat, ut non pharetra tincidunt euismod pulvinar nunc tellus turpis nisi ullamcorper nonummy. Donec mi felis tempus ante lorem et eget ipsum massa molestie lorem nibh volutpat sed laoreet id ipsum nunc tellus sit. Ut non pharetra dolore ullamcorper amet nisi sem consectetur, magna et ipsum nunc tellus lorem lobortis volutpat pharetra congue, ullamcorper sit. Ut non pharetra, congue non pharetra congue aliquet turpis, aliquam sem at, erat id pulvinar nunc tellus sit congue ullamcorper pharetra. Nunc tellus pulvinar massa tellus sit ut non dolor lobortis euismod pulvinar massa tellus feugiat massa molestie feugiat lobortis pulvinar nunc. Aliquet consectetur, ac nibh elit, donec praesent nonummy donec praesent at ac proin elit erat mi felis tempus ante mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ipsum nunc tellus pharetra magna ullamcorper pharetra congue, praesent, adipiscing aliquam, proin at ac et elit mi felis tempus ante at. Ac et id tempus ante mauris, lorem lobortis, eget lorem laoreet id ipsum laoreet id ipsum ante mauris ac proin at et. Felis ipsum massa mauris lorem ante, mauris dolor laoreet euismod pulvinar ut tellus sit ut non pharetra congue ullamcorper amet nisi sem. Consectetur et elit tempus massa volutpat dolor congue euismod amet dolore aliquet consectetur nisi sem consectetur donec praesent nonummy aliquam ante mauris. Dolor laoreet id massa molestie ipsum lobortis volutpat feugiat tincidunt volutpat dolor nunc tellus sit ut non pharetra magna diam, amet dolore. Tellus turpis nisi proin at erat et elit praesent, adipiscing ac et eget dolor tincidunt, euismod pulvinar nunc tellus pharetra ut euismod. Pulvinar nunc tellus pulvinar nunc, molestie sit, ut non dolor congue ullamcorper dolore proin elit erat mi felis tempus massa mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit ut tellus ante mauris ac nibh eget. Sed laoreet id ipsum massa, molestie feugiat lobortis volutpat dolor. Nunc tellus sit ut non sit congue diam nonummy ante. Eget dolor tincidunt id, ipsum laoreet molestie sit ut sem. Amet congue euismod amet dolore sem turpis magna, diam nonummy. Donec praesent adipiscing, aliquam at ac et eget pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra donec mi felis lorem nibh eget sed laoreet id pulvinar, mauris sit ut ullamcorper amet dolore ullamcorper turpis nisi sem consectetur. Magna diam amet dolore aliquet turpis dolore aliquet turpis magna diam, nonummy donec praesent nunc aliquet turpis ac nibh eget sed massa, id. Ipsum massa, volutpat dolor congue euismod, amet nunc aliquet sit, lobortis sem consectetur donec praesent adipiscing proin mauris, lorem nibh elit erat mi. Felis ipsum massa molestie feugiat tincidunt id pulvinar nunc aliquet turpis magna diam nonummy magna diam donec aliquet turpis nisi diam consectetur, congue. Diam nonummy donec praesent at aliquam et eget sed laoreet, id ipsum massa, molestie dolor lobortis, volutpat sed tincidunt id nunc tellus sit. Congue, diam nonummy dolore aliquet turpis ut sem consectetur magna ullamcorper pharetra dolore aliquet amet dolore aliquet, turpis lobortis, sem consectetur donec diam. Nonummy lobortis volutpat dolor tincidunt id pulvinar massa tellus feugiat lobortis volutpat dolor tincidunt ullamcorper amet nisi sem consectetur magna diam pulvinar nunc. Tellus consectetur, magna praesent, adipiscing aliquam proin mauris lorem et elit ac et adipiscing aliquam dolor tincidunt ullamcorper pulvinar nunc, euismod, sit nisi. Diam elit mi felis ipsum nibh volutpat lorem et elit erat, laoreet molestie, ipsum massa molestie feugiat lobortis ullamcorper turpis nisi sem, consectetur. Ac nibh elit sed mi felis ante, eget sed nibh eget sed laoreet id ipsum ante molestie feugiat congue ullamcorper amet dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet eget ipsum massa id ipsum massa volutpat dolor tincidunt euismod ipsum massa id ipsum lobortis molestie, magna praesent felis tempus ante mauris lorem et elit. Erat laoreet, molestie feugiat lobortis volutpat pharetra congue ullamcorper, amet nisi sem at ac et tempus massa, molestie dolor lobortis mauris sed nibh eget erat, laoreet mauris aliquam. Proin eget dolor tincidunt ullamcorper amet dolore aliquet turpis magna ullamcorper amet, donec mi tempus nibh volutpat sed laoreet id ipsum massa tellus sit ut, non pharetra tincidunt. Ullamcorper pulvinar dolore non consectetur magna diam, amet donec felis tempus ante eget erat laoreet id ipsum nunc, tellus sit ut ullamcorper, amet congue ullamcorper turpis nisi non. Consectetur ac et elit tempus ante molestie feugiat, euismod, amet aliquam proin consectetur nisi sem consectetur congue diam nonummy aliquam proin at ac et elit erat mi elit. Donec praesent adipiscing aliquam sem turpis ac elit erat, ante mauris lorem nibh volutpat dolor laoreet id ipsum ut non pharetra magna diam amet congue aliquet turpis nibh. Volutpat pulvinar nunc tellus sit nisi diam consectetur magna ullamcorper amet donec praesent adipiscing nisi sem at, magna, praesent adipiscing aliquam proin mauris lorem, lobortis dolor tincidunt sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi mauris tempus nibh eget sed. Nibh sed laoreet id ipsum massa volutpat feugiat. Tincidunt euismod, ipsum nunc tellus turpis, ut sem. Consectetur donec diam, amet donec praesent consectetur, magna. Et elit laoreet molestie feugiat ut, non pharetra. Congue, aliquet, turpis nisi et elit erat mi. Id sit nunc volutpat dolor tincidunt volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit sed mi, felis tempus ante mauris. Ac proin elit erat laoreet id feugiat lobortis. Volutpat dolor tincidunt euismod tincidunt, euismod pulvinar nunc. Non sit congue ullamcorper nonummy aliquam proin at. Aliquam nibh eget dolor laoreet id feugiat massa. Mauris lorem ante at laoreet eget tempus massa. Molestie sit ut, non dolor tincidunt id, ipsum. Massa molestie feugiat lobortis, molestie pharetra congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, et elit erat ante mauris lorem nibh volutpat dolor nibh eget ipsum massa. Molestie feugiat massa volutpat dolor tincidunt, euismod amet euismod sit ut non pharetra magna. Ullamcorper nonummy donec praesent turpis aliquam et nonummy erat laoreet felis aliquam massa, volutpat. Dolor, congue euismod pulvinar, nunc sit lobortis volutpat dolor nibh eget sed laoreet id. Pulvinar, nunc tellus sit congue diam amet dolore, aliquet turpis nisi tellus pharetra congue. Non pharetra dolore aliquet aliquam proin at lorem laoreet, felis tempus ante felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at erat amet donec, praesent adipiscing aliquam proin consectetur magna diam nonummy magna. Ullamcorper amet, nunc aliquet sit nisi sem consectetur magna ullamcorper amet nunc tellus adipiscing. Sem at magna diam elit erat ante mauris ac nibh eget sed, tincidunt aliquet. Turpis magna diam, elit erat praesent adipiscing, donec praesent turpis ut elit sed, massa. Molestie sit congue ullamcorper amet donec praesent felis feugiat lobortis eget, sed tincidunt id. Ipsum ante felis lorem ante at lorem nibh id nunc non consectetur erat mi. Id ipsum massa volutpat dolor tincidunt euismod dolor tincidunt euismod ipsum ante mauris tempus. Ante mauris lorem et erat mi, felis feugiat massa molestie feugiat lobortis, volutpat dolor. Massa tellus turpis, nisi, non consectetur magna diam adipiscing aliquam proin at magna et. Nonummy donec praesent aliquam proin at aliquam proin consectetur magna diam, pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc tellus pharetra diam nonummy dolore aliquet turpis nisi. Sem at ac praesent nonummy dolore aliquet turpis nisi sem. Consectetur ac mi elit erat mi felis tempus eget dolor. Nunc tellus turpis, aliquam proin elit erat praesent felis aliquam. Proin at, lorem lobortis volutpat dolor nunc tellus feugiat ut. Non consectetur donec mauris feugiat nibh volutpat dolor laoreet, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie feugiat lobortis, euismod pulvinar nunc tellus sit sem nonummy, donec mi adipiscing lorem ante mauris. Lorem nibh, eget sed laoreet felis tempus proin at aliquam sem consectetur congue et nonummy dolore, praesent turpis. Proin mauris erat mi felis ipsum massa mauris lorem nibh mauris ac nibh elit sed mi felis tempus. Ante mauris dolor congue ullamcorper, amet dolore at ac et nonummy donec mi adipiscing, tempus ante eget lorem. Nibh eget ipsum massa molestie ipsum lobortis volutpat, pharetra dolore, aliquet adipiscing sem at ac et nonummy, erat. Mi adipiscing donec, sem consectetur nisi sem consectetur, magna ullamcorper amet donec aliquet adipiscing dolore, sem at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante mauris sed, tincidunt euismod, sit magna diam nonummy donec diam adipiscing donec praesent turpis, nisi at erat laoreet id ipsum ante mauris lorem lobortis euismod pulvinar. Tincidunt id pulvinar, nunc molestie feugiat lobortis volutpat, pulvinar dolore aliquet, turpis nisi pharetra magna et elit erat proin adipiscing aliquam sem elit ac et felis tempus, ante mauris. Lorem ante eget sed laoreet euismod, pulvinar nunc tellus sit ut sed laoreet id ipsum, nunc tellus, at dolor tincidunt tellus pulvinar ut non dolor, congue ullamcorper nonummy donec. Proin at ac et at diam, nonummy aliquam praesent adipiscing ac proin at erat mi id ipsum, massa volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc molestie sit. Lobortis volutpat pharetra euismod pulvinar nunc tellus sit ut volutpat feugiat tincidunt euismod dolor tincidunt euismod tempus massa mauris lorem ante mauris lorem laoreet euismod pulvinar ut sem consectetur. Ac nonummy donec, aliquet mauris aliquam proin at ac et elit tempus ante mauris lorem nibh mauris sed, laoreet id sed molestie sit ut non amet congue aliquet turpis. Aliquam et elit ac mi elit erat praesent adipiscing tempus, ante mauris lorem, laoreet tellus sit ut non sit diam adipiscing donec praesent turpis nisi sem consectetur magna diam. Nonummy dolore ullamcorper amet nunc tellus sit nunc tellus sit congue diam amet dolore praesent sit ut pharetra ut non, pharetra congue ullamcorper amet, dolore tellus feugiat ut non. Pharetra congue diam turpis nisi sem turpis nisi sem nonummy sed laoreet id aliquam mauris lorem et elit sed laoreet id ipsum ante molestie lorem, et eget dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis non amet dolore aliquet at ac et eget sed mi felis tempus massa molestie lorem nibh eget. Dolor nunc sit ut sem consectetur magna praesent nonummy dolore aliquet adipiscing ac, proin at ac et elit donec. Proin at aliquam et at ac et nonummy, donec volutpat dolor lobortis euismod pulvinar, nunc tellus sit ut non. Pharetra donec, diam adipiscing aliquam proin at ac, proin at magna diam elit erat mi tempus proin at nisi. Diam nonummy donec diam nonummy aliquam praesent at ac et elit, erat mi felis ipsum massa molestie dolor lobortis. Dolor, tincidunt euismod sit nisi sem nonummy donec diam amet donec proin at aliquam et elit erat mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, eget sed laoreet id ipsum ante volutpat feugiat lobortis ullamcorper amet, tempus nibh volutpat dolor laoreet euismod sit ut non pharetra non amet. Dolore aliquet turpis dolore tellus sit ut volutpat pharetra congue ullamcorper amet nunc aliquet sit ut non pharetra magna diam nonummy dolore aliquet aliquam. Et elit ac et felis feugiat ut volutpat pharetra congue euismod pulvinar nunc tellus sit nisi diam consectetur magna diam adipiscing aliquam praesent at. Lorem lobortis ipsum, massa molestie feugiat lobortis volutpat pharetra magna diam amet dolore sem consectetur magna et, elit sed laoreet id ipsum massa eget. Sed eget sed massa tellus feugiat ut non pharetra, tincidunt ullamcorper pulvinar nunc tellus turpis ut sem nonummy donec mi adipiscing donec praesent turpis. Aliquam sem elit, erat felis erat praesent felis ac et eget sed mi id pulvinar massa tellus sit ut euismod pulvinar tincidunt tellus turpis. Ut non pharetra congue non pharetra congue amet dolore aliquet turpis ut sem, pharetra congue diam nonummy, dolore sem turpis nisi sem pharetra congue. Ullamcorper nonummy donec adipiscing aliquam proin at, ac et elit dolore aliquet turpis nisi aliquet pulvinar lobortis, molestie lorem, proin mauris ac nibh eget. Erat laoreet id lorem ante eget laoreet, id ipsum nunc tellus turpis ut non pharetra tincidunt ullamcorper amet nunc euismod pulvinar ut non, consectetur. Magna praesent adipiscing tempus proin mauris sed laoreet ac et, felis tempus ante mauris lorem, et elit erat et nonummy donec praesent, adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, erat laoreet id ipsum massa molestie sed tincidunt id ipsum nunc, tellus sit ut non pharetra congue, aliquet turpis nisi at lorem nibh, eget erat mi felis. Tempus ante mauris lorem nibh eget sed mi felis tempus ante mauris lorem, nibh eget erat mi id, ante mauris lorem nibh volutpat pulvinar dolore tellus sit, ut. Tellus pharetra congue, ullamcorper amet congue ullamcorper, amet nisi sem turpis nisi sem consectetur magna diam donec sem, consectetur ac, nibh eget erat laoreet id, tempus ante molestie. Dolor tincidunt ullamcorper amet nisi sem at erat et felis ipsum, molestie pharetra magna diam adipiscing aliquam ante mauris ac et elit donec praesent nonummy dolore aliquet turpis. Aliquam proin elit erat mi felis tempus mi felis aliquam at ac nibh eget ipsum massa tellus pharetra congue diam amet dolore ullamcorper amet dolore aliquet turpis ut. Non, amet dolore praesent adipiscing nisi sem consectetur nisi, consectetur donec ante molestie lorem nibh eget, lorem laoreet id sed massa tellus sit congue ullamcorper elit erat praesent. Adipiscing proin at ac et nonummy donec praesent nonummy donec aliquet turpis nisi sem consectetur magna praesent, adipiscing aliquam proin at aliquam sem consectetur magna diam amet praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem laoreet id ipsum massa molestie, feugiat, lobortis volutpat amet euismod amet dolore sem at ac et elit tempus ante mauris. Feugiat lobortis ullamcorper nonummy, aliquam proin at ac diam consectetur, magna, praesent nonummy dolore aliquet dolore sem, at erat laoreet id ipsum. Lobortis molestie feugiat lobortis volutpat dolor, tincidunt euismod pulvinar massa tellus sit lobortis, non, pharetra dolore praesent turpis tellus pharetra congue ullamcorper. Amet, donec praesent turpis nisi aliquet turpis nisi sem nonummy donec diam nonummy donec aliquet turpis nisi non feugiat non pharetra congue. Euismod, amet nisi sem consectetur magna diam nonummy erat mi adipiscing nisi ante mauris ac et nonummy donec, mi felis tempus ante. At sed euismod ipsum nunc molestie feugiat lobortis volutpat feugiat tincidunt euismod amet dolore, sem consectetur magna sem elit, erat ante felis. Tempus, nibh volutpat dolor congue euismod pulvinar id feugiat lobortis volutpat feugiat tincidunt volutpat dolor, laoreet molestie feugiat ut sem nonummy magna. Diam amet donec aliquet ut sem consectetur magna diam nonummy aliquam praesent adipiscing aliquam sem, consectetur magna ullamcorper nonummy donec, ullamcorper turpis. Dolore aliquet turpis magna, sem consectetur magna diam amet praesent adipiscing nisi sem pharetra congue diam amet, donec proin mauris ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat dolor congue diam amet dolore tellus sit nisi sem consectetur magna diam nonummy donec praesent turpis aliquam proin at erat mi. Tempus massa molestie feugiat lobortis, volutpat, dolor tincidunt id sed laoreet felis aliquam ante mauris sed tincidunt euismod ipsum laoreet id feugiat lobortis volutpat. Dolor euismod dolor nunc tellus, pulvinar, nunc non pharetra magna, diam adipiscing tempus, ante eget sed laoreet, eget ipsum nunc tellus sit ut non. Amet dolore aliquet turpis proin consectetur magna et elit erat mi mauris lorem nibh mauris lorem nibh, elit erat praesent nonummy donec, proin at. Ac et elit, tincidunt id ipsum massa volutpat dolor congue euismod pulvinar dolore, tellus pulvinar ut non pharetra congue non dolor tincidunt euismod pulvinar. Nunc tellus sit ut non dolor volutpat dolor nunc euismod pulvinar, ut, non pharetra congue euismod amet nunc tellus turpis aliquam proin at ac. Diam nonummy aliquam ante mauris lorem et eget sed felis ipsum ante molestie lorem nibh, volutpat amet aliquam ante at aliquam, sem, consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At feugiat, lobortis euismod pulvinar nunc aliquet sit. Nisi diam elit tempus mi mauris feugiat ut. Ullamcorper dolore praesent adipiscing ac proin elit, erat. Mi id ipsum massa molestie lorem tincidunt, euismod. Pulvinar nunc euismod pulvinar ut sem pharetra magna. Diam tempus nibh eget lorem nibh id ipsum. Nunc tellus pharetra ut non dolor tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc, molestie congue ullamcorper nonummy donec praesent mauris lorem nibh id ipsum massa tellus sit congue ullamcorper amet, donec. Mi, mauris lorem lobortis ullamcorper, amet, nunc tellus nisi sem consectetur donec diam nonummy donec proin at ac, et elit. Sed massa molestie ipsum, massa molestie, feugiat nibh eget sed mi, elit tempus felis lorem, ante mauris lorem nibh eget. Sed laoreet id ipsum lobortis molestie elit erat mi elit erat mi felis tempus proin mauris lorem et elit ante. Mauris, feugiat ut diam nonummy aliquam proin adipiscing aliquam sem, at ac diam amet dolore aliquet amet dolore tellus, sit. Ut non consectetur ullamcorper amet tincidunt euismod ipsum laoreet id lorem nibh eget lorem et eget sed mi id tempus. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1626945a35234393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9ebf2ab7bed34eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf4d62aa8cf24113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb619f24c17db4508" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf7d3543ef4924e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9de9420b9fbb46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbe8a2371da0f4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3147cea00f914a3d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>