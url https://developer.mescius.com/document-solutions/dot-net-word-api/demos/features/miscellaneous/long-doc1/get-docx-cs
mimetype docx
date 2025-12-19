--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9844ed3093f04024" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R552959a54a5f40b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R065e5d4fd66b449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccf9e497455b47c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R420a7ce69230482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c9004c220e24bc3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore aliquam tincidunt ullamcorper tellus consectetur dolor dolore sem mauris dolor donec, nibh euismod mauris, lorem nibh volutpat pharetra donec praesent. Ullamcorper adipiscing tempus proin at feugiat volutpat pulvinar nunc aliquet at ac et felis ipsum nunc tellus pharetra magna diam nonummy. Aliquam ante mauris lorem laoreet eget sed, massa molestie sit, diam elit tempus massa molestie feugiat lobortis volutpat dolor nunc tellus. Turpis ac et elit sed massa tellus feugiat ut ullamcorper nonummy donec aliquet lorem nibh, elit sed laoreet euismod pulvinar ut. Non consectetur magna praesent, nonummy donec aliquet, turpis aliquam proin, at ac mi id ipsum lobortis non pharetra eget, sed tincidunt. Euismod pulvinar lobortis, volutpat feugiat tincidunt, volutpat, dolor tincidunt euismod sit, ut, sem consectetur magna diam nonummy donec aliquet turpis aliquam. Proin elit sed molestie feugiat ut non pharetra, congue diam nonummy donec aliquet sit nisi sem consectetur congue, ullamcorper amet dolore. Aliquet amet dolore praesent at lorem nibh eget sed, tincidunt euismod, pulvinar nunc tellus sit, congue ullamcorper amet dolore tellus sit. Aliquam et, elit erat laoreet felis, ipsum lobortis molestie lobortis volutpat dolor tincidunt id tempus ante molestie lorem nibh mauris lorem. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar nunc, molestie congue ullamcorper nonummy donec praesent mauris lorem nibh id ipsum massa tellus sit congue ullamcorper amet, donec. Mi, mauris lorem lobortis ullamcorper, amet, nunc tellus nisi sem consectetur donec diam nonummy donec proin at ac, et elit. Sed massa molestie ipsum, massa molestie, feugiat nibh eget sed mi, elit tempus felis lorem, ante mauris lorem nibh eget. Sed laoreet id ipsum lobortis molestie elit erat mi elit erat mi felis tempus proin mauris lorem et elit ante. Mauris, feugiat ut diam nonummy aliquam proin adipiscing aliquam sem, at ac diam amet dolore aliquet amet dolore tellus, sit. Ut non consectetur ullamcorper amet tincidunt euismod ipsum laoreet id lorem nibh eget lorem et eget sed mi id tempus. </w:t>
+        <w:t xml:space="preserve">Ullamcorper felis turpis id diam massa, magna, tempus turpis ullamcorper tincidunt feugiat ante erat elit ullamcorper ut feugiat molestie mi, magna pharetra tellus nunc ipsum elit et nisi consectetur. Felis et magna turpis aliquet dolore amet ullamcorper tincidunt at ullamcorper tincidunt dolor eget nibh ipsum id laoreet sed eget et ac consectetur sem nisi amet diam congue consectetur. Non ut feugiat molestie sed elit proin nisi amet ullamcorper tincidunt sed eget nibh sit molestie massa ipsum id nibh ac at sem, nisi amet ullamcorper congue pharetra massa. Ipsum molestie massa ipsum id laoreet sed eget nibh lorem molestie laoreet sed elit et magna turpis, aliquet dolore turpis ullamcorper congue dolor volutpat lobortis feugiat mi erat elit. Proin ut sit tellus congue pharetra ullamcorper congue sit tellus, nunc, sit id mi ac at, sem nisi turpis aliquet dolore pharetra volutpat lobortis id massa, erat at et. Lorem, adipiscing praesent donec amet ullamcorper, congue pharetra non ut sit, euismod, tincidunt dolor volutpat dolore, pulvinar euismod lobortis, dolor molestie proin aliquam adipiscing praesent, magna consectetur non, ut. Sit tellus laoreet sed mauris, proin aliquam, amet ullamcorper tincidunt dolor molestie ante elit diam magna consectetur sem, nisi turpis tellus, dolore pharetra non ut feugiat mauris ante ipsum. Felis, mi erat at ante lorem felis mi dolore amet ullamcorper feugiat molestie nunc amet euismod congue sed mauris ante lorem mauris mi erat elit et magna, turpis sem. Nisi turpis, praesent erat elit et erat at, proin adipiscing aliquet donec nonummy diam congue pharetra sem ut pulvinar euismod nunc, dolor eget nibh lorem, molestie massa ipsum id. Laoreet ac at sem nisi turpis praesent dolor volutpat, nibh tempus id mi, erat, elit et, magna consectetur proin aliquam mauris ante ipsum id laoreet erat elit sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper ut feugiat felis ante donec elit diam magna turpis tellus tincidunt volutpat nibh ac mauris ante tempus felis mi. Ac at sem nisi adipiscing praesent dolore nonummy diam congue pharetra id mi erat elit et aliquam adipiscing tincidunt sed. Eget, praesent nunc, amet ullamcorper ut sit tellus nunc pulvinar tellus tincidunt sed eget nibh tempus felis mi erat felis. Et magna pharetra massa pulvinar ullamcorper tincidunt sed at ante tempus adipiscing ullamcorper congue pharetra non nunc pulvinar euismod laoreet. Sed elit, et ac at proin felis laoreet ipsum id et ac at, proin donec amet volutpat nibh feugiat, tellus. Massa ipsum id laoreet ac at sem aliquam felis mi, erat elit diam pharetra non ut sit euismod nunc dolor. Non lobortis lorem mauris ante erat, nonummy diam ac elit proin, tempus, adipiscing praesent, dolore nonummy ullamcorper congue pharetra tellus. Pulvinar id laoreet, sed eget nibh feugiat molestie ante ipsum, felis mi sed mauris, ante lorem felis praesent, erat elit. Et magna consectetur sem, ac consectetur sem aliquam adipiscing praesent donec nonummy euismod congue pharetra sem nisi turpis tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis erat nonummy ullamcorper ut sit tellus nunc ipsum id laoreet lorem adipiscing praesent donec amet diam congue pharetra. Non ut feugiat mi erat elit proin aliquam adipiscing praesent aliquam adipiscing diam magna at non ut turpis aliquet. Nunc dolor eget lobortis, feugiat mauris massa ipsum euismod erat elit et aliquam turpis praesent donec amet ullamcorper congue. Pharetra tellus, ut pulvinar, id nibh ac at proin aliquam adipiscing praesent donec elit et ac elit nisi amet. Euismod nibh lorem mauris ante aliquam adipiscing praesent donec elit, nibh ac adipiscing praesent donec nonummy diam magna consectetur. Non ut tellus laoreet sed elit nibh ac at ante tempus id mi donec at, proin aliquam at proin. Aliquam nonummy praesent donec nonummy diam magna turpis tellus dolore, volutpat lobortis feugiat mauris massa feugiat molestie massa ipsum. Id laoreet sed non nibh lorem molestie ante tempus, eget et lorem mauris proin nisi turpis ullamcorper tincidunt adipiscing. Aliquet dolore nonummy ullamcorper, magna sit, tellus massa pulvinar id tincidunt dolor volutpat ante tempus felis praesent, magna nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet erat consectetur sem dolore amet, ullamcorper dolore pharetra non lobortis feugiat massa sed. Eget et ac, at proin aliquam turpis diam donec consectetur, sem nisi consectetur, aliquet. Dolore pulvinar ullamcorper congue amet diam magna consectetur sem donec nonummy sem nisi turpis. Aliquet dolore, amet euismod tincidunt feugiat molestie lobortis sit tellus dolore pulvinar euismod tincidunt. Dolor molestie massa ipsum id laoreet sed et nisi turpis aliquet donec nonummy ullamcorper. Tincidunt pharetra non lobortis ipsum id et, erat eget nibh ac at proin, aliquam. Nonummy non ipsum adipiscing mi donec elit diam nisi turpis aliquet nunc, amet ullamcorper. Tincidunt, dolor volutpat massa tempus felis, laoreet erat elit proin aliquam, adipiscing praesent donec. Nonummy nibh tempus, felis praesent donec nonummy, diam nisi turpis aliquet dolore pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ipsum mi sed elit proin aliquam turpis proin aliquam adipiscing praesent donec consectetur sem magna, consectetur, proin, nisi amet euismod tincidunt dolor, volutpat lobortis feugiat. Laoreet erat elit et aliquam at praesent donec nonummy pulvinar euismod laoreet sed eget lobortis lorem molestie massa ipsum id laoreet sed elit proin aliquam, id. Nibh ac at praesent dolore pulvinar euismod tincidunt feugiat tellus, nunc tempus id, laoreet erat eget nibh feugiat, molestie massa, tempus felis mi sed elit et. Turpis euismod laoreet lorem mauris proin aliquam, nonummy diam magna nonummy sem nisi consectetur aliquet dolore, amet, ullamcorper tincidunt dolor volutpat massa ipsum mi donec consectetur. Non massa sed elit et ac at sem aliquam adipiscing diam magna consectetur, sem lobortis, tempus felis laoreet sed eget et aliquam turpis aliquet pharetra non. Lobortis lorem mauris ante tempus felis laoreet sed eget ante aliquam adipiscing, praesent dolore amet ullamcorper magna consectetur proin aliquam adipiscing proin, pharetra volutpat, nibh, lorem. Felis diam magna consectetur sem nisi sit euismod tincidunt sed eget nibh ac felis mi tempus felis, laoreet erat elit nibh lorem mauris congue pharetra volutpat. Lobortis feugiat mauris ante ipsum, felis et ac consectetur aliquet nisi amet euismod lobortis feugiat molestie lobortis ipsum, id laoreet erat eget et lorem praesent donec. Amet euismod congue pharetra tellus massa tempus felis mi erat at sem dolore amet ullamcorper tincidunt feugiat molestie massa ipsum, id, mi erat elit diam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin nisi, amet, ullamcorper lobortis feugiat volutpat massa tellus. Nunc ipsum id laoreet sed eget ante tempus adipiscing praesent. Donec elit et lorem mauris ante, tempus felis mi erat. Felis et, ac consectetur dolore turpis aliquet, congue dolor volutpat. Ut feugiat molestie massa erat eget et ac at, sem. Nisi amet ullamcorper magna consectetur sem ut sit tellus sed. Eget proin aliquam at proin tempus felis praesent donec elit. Et ac at proin aliquam adipiscing mi erat, elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget nibh, lorem mauris ante ipsum id laoreet erat eget nibh lorem at praesent donec, nonummy diam magna consectetur sem consectetur aliquet dolore, amet euismod lobortis. Feugiat mauris ante tempus felis, praesent ac consectetur sem nunc pulvinar id nibh, ac consectetur sem dolore nonummy diam dolor molestie massa feugiat molestie laoreet sed eget. Et lorem, at praesent aliquam nonummy diam magna pharetra non ut pulvinar tellus nunc pulvinar euismod, tincidunt feugiat non ipsum felis laoreet erat elit, proin aliquam, adipiscing. Ullamcorper tincidunt pharetra non lobortis lorem molestie massa pulvinar id laoreet dolor volutpat nibh lorem massa ipsum nonummy, diam, nisi sit tellus nunc pulvinar, ullamcorper congue dolor. Volutpat lobortis feugiat, id mi donec nonummy diam nisi turpis aliquet, nisi nonummy diam congue, non lobortis feugiat tellus nunc, ipsum eget nibh, lorem at praesent aliquam. Nonummy, ullamcorper congue pharetra non ut sit tellus nunc pulvinar volutpat lobortis dolor molestie lobortis felis, et nisi turpis aliquet dolore turpis ullamcorper tincidunt, pharetra non ut. Pharetra tellus, massa ipsum id nibh sed mauris nunc pulvinar volutpat, lobortis tempus adipiscing mi, tempus elit et ac elit et ac, mauris ante ipsum id laoreet. Sed elit diam nisi consectetur, aliquet dolore ullamcorper magna pharetra non ut sit tellus nunc ipsum id tincidunt feugiat molestie, massa feugiat molestie massa, pulvinar id laoreet. Lorem mauris nibh lorem felis mi erat non, ut feugiat id laoreet sed volutpat tincidunt, dolor non ut sit molestie, laoreet sed, elit diam aliquam at proin. Donec amet diam congue pharetra sem nisi euismod laoreet sed volutpat lobortis lorem molestie ante, tempus adipiscing praesent, ac at sem nisi turpis, aliquet, dolore dolor euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat elit diam nisi sit tellus nunc pulvinar euismod tincidunt dolor mauris proin aliquam adipiscing magna, consectetur sem nisi turpis aliquet dolore. Pulvinar euismod tincidunt lorem molestie ante, tempus elit et erat at sem nisi turpis aliquet dolore, amet ut feugiat molestie massa ipsum. Id nibh lorem consectetur sem nisi adipiscing praesent erat elit et ac at sem nisi amet ullamcorper congue dolor mauris proin, aliquam. Non lobortis lorem mauris massa tempus felis, mi, lorem at aliquet, dolore amet ullamcorper tincidunt, dolor volutpat lobortis feugiat molestie massa sed. Id nunc pulvinar euismod tincidunt pulvinar eget lobortis lorem mauris ante, ipsum id mi erat elit et ac adipiscing praesent donec, nonummy. Diam magna at sem nisi sit nunc dolor volutpat nibh, feugiat molestie massa ipsum felis, laoreet erat elit et aliquam mauris ante. Tempus elit et, ac elit, et ac at proin, aliquam adipiscing nibh lorem mauris, mi erat elit mi ac eget ante, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam ac sem nisi adipiscing aliquet. Dolore amet diam magna pharetra non nisi. Consectetur sem donec, amet ullamcorper, congue dolor. Non ut sit tellus nunc pulvinar lobortis. Lorem at proin donec, nonummy ullamcorper, congue. Sit molestie massa pulvinar id, laoreet erat. Elit et lorem mauris ante tempus elit. Et ac consectetur, nunc sit, euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nonummy diam congue pharetra volutpat massa pulvinar euismod tincidunt sed eget et mauris proin, aliquam. Adipiscing diam congue pharetra molestie massa pulvinar, euismod tincidunt dolor eget nibh tempus mauris, mi donec. Nonummy diam ac at sem dolore eget nibh ac, adipiscing, praesent donec nonummy diam congue, pharetra. Non nunc ipsum id, laoreet sed eget nibh lorem mauris massa tempus, id tincidunt sed eget. Ac amet ullamcorper tincidunt lorem at proin aliquam adipiscing praesent erat eget et ac consectetur aliquet. Nunc dolor volutpat, lobortis feugiat, molestie massa dolor volutpat massa tempus, adipiscing mi erat eget nibh. Lorem mauris ante, aliquam adipiscing diam tincidunt pharetra non, ut pulvinar id tincidunt dolor euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nunc ac feugiat pharetra at tellus diam massa congue tempus dolor volutpat ante aliquam dolor at sem mi dolore ac at praesent donec pharetra non. Lobortis dolore, pharetra non lobortis feugiat tellus ut sit euismod tincidunt sed eget nibh lorem mauris donec, amet ullamcorper magna at et lorem mauris massa ipsum. Id praesent donec consectetur sem ut sit tellus nunc dolor eget lobortis feugiat volutpat lobortis felis mi sed, elit et ac adipiscing praesent donec amet ullamcorper. Ut sit molestie massa sed elit et, ac at proin aliquam adipiscing praesent pharetra non, lobortis feugiat, id laoreet sed elit et lorem, mauris ante tempus. Felis, mi erat nonummy diam magna turpis aliquet, dolore amet ullamcorper congue pharetra non congue pharetra volutpat massa ipsum id mi ac elit proin aliquam turpis. Aliquet nunc pulvinar euismod tincidunt dolor tellus nunc pulvinar, tellus tincidunt pulvinar volutpat lobortis, mauris ante tempus felis mi erat at et ac adipiscing proin, aliquam. Adipiscing praesent magna consectetur, non, ut sit tellus erat, elit proin aliquam turpis aliquet donec, amet diam, magna at sem aliquam turpis aliquet congue dolor eget. Ante aliquam adipiscing praesent, donec consectetur non ut sit tincidunt dolor volutpat tincidunt dolor, molestie massa feugiat felis laoreet sed elit et lorem adipiscing praesent aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ullamcorper, tincidunt lorem adipiscing aliquet. Donec nonummy diam ac at et. Ac at praesent dolore amet ullamcorper. Ut lorem praesent donec nonummy diam. Magna consectetur tellus tincidunt dolor eget. Et ac felis mi erat elit. Mi ac consectetur sem ut sit. Aliquet dolore ullamcorper, ut sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar euismod tincidunt feugiat mauris ante tempus felis laoreet sed, eget nibh, sed massa tempus felis mi erat nonummy et lorem at proin tempus. Felis mi erat elit et ac consectetur aliquet nisi turpis ullamcorper tincidunt, dolor volutpat, massa pharetra volutpat nibh feugiat mauris ante erat elit diam ac. At proin aliquam felis mi erat elit et ac at sem dolore amet ullamcorper congue non lobortis sit tellus massa ipsum elit et ac at. Sem nisi adipiscing praesent donec nonummy diam magna consectetur sem nunc amet aliquet amet non ut sit molestie nunc pulvinar id laoreet lorem, mauris proin. Aliquam adipiscing praesent magna nonummy sem nisi turpis aliquet massa ipsum id, tincidunt, feugiat, molestie ipsum felis praesent magna pharetra non sit elit volutpat, mi. Congue ac sed pharetra molestie diam, magna, nonummy diam nisi turpis aliquet donec nonummy diam magna pharetra ante, ipsum elit et magna at proin aliquam. Adipiscing, aliquet dolore nonummy diam magna at sem, nisi turpis tellus dolore pulvinar aliquet, dolore amet ullamcorper, tincidunt feugiat molestie massa feugiat aliquet dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus, praesent congue sit non ut pulvinar euismod laoreet lorem mauris ante. Tempus adipiscing praesent donec nonummy ullamcorper nisi sit molestie, laoreet, ipsum euismod, laoreet. At praesent, dolore nonummy, diam congue pharetra non, nunc ipsum id laoreet, sed. Elit, et aliquam adipiscing aliquet donec nonummy non lobortis, feugiat tellus ut consectetur. Tellus laoreet erat nonummy sem magna consectetur sem dolore amet ullamcorper donec consectetur. Non lobortis ipsum id massa, ipsum, id laoreet ac ullamcorper tincidunt pharetra non. Lobortis lorem felis mi donec nonummy diam magna turpis sem nisi turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id mi sed elit proin aliquam turpis aliquet dolore pharetra non lobortis lorem, molestie ante erat nonummy et ac consectetur, proin nisi, turpis aliquet. Pharetra volutpat lobortis ipsum felis laoreet sed id, laoreet sed eget ante lorem mauris massa ipsum euismod nunc amet euismod congue pharetra non ut, sit. Laoreet erat, at proin aliquam turpis proin donec nonummy diam congue pharetra sem ut sit, tellus, dolore nonummy ullamcorper congue pharetra non lobortis sit aliquet. Nunc elit proin ac, at proin aliquam nonummy diam, congue sit, tellus massa, sed, eget nibh lorem at ante aliquam turpis aliquet dolore, consectetur sem. Sit molestie mi sed, eget nibh lorem eget nibh ipsum felis diam donec consectetur non ut sit euismod tincidunt, dolor volutpat lobortis lorem, felis mi. Donec nonummy congue sit molestie massa sed id laoreet dolor eget lobortis feugiat tellus ante, tempus felis nibh ac at proin nisi turpis aliquet, dolore. Pharetra ullamcorper congue, molestie laoreet sed eget nibh sed eget lobortis lorem felis mi erat elit et lorem at sem tempus felis, mi pharetra non. Massa tempus elit et erat at proin ac at ante aliquam adipiscing ullamcorper congue sit, non ut sit euismod, nunc pulvinar ullamcorper tincidunt dolor volutpat. Ipsum id mi ac at et ac adipiscing praesent tempus felis praesent donec nonummy diam magna consectetur sem donec adipiscing praesent donec consectetur sem magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tincidunt, feugiat, mauris ante aliquam felis mi erat nonummy sem magna tellus, nunc pulvinar ullamcorper congue pharetra volutpat lobortis. Feugiat molestie tincidunt dolor volutpat nibh ac adipiscing, aliquet tincidunt dolor eget ante tempus felis mi, consectetur mauris ante tempus. Elit diam ac, at proin nisi turpis aliquet congue pharetra volutpat massa tempus felis mi sed elit et, lorem at. Praesent donec amet lobortis lorem mauris mi donec consectetur sem nisi turpis aliquet dolore, amet ullamcorper, lobortis lorem mauris ante. Tempus id laoreet erat nonummy sem pulvinar eget laoreet lorem at sem nisi turpis, praesent dolore amet sem nisi consectetur. Sem dolore amet ullamcorper dolore pharetra non lobortis ipsum molestie laoreet sed elit magna consectetur sem nisi amet ullamcorper congue. Dolor volutpat massa tempus felis mi magna consectetur sem nisi amet aliquet dolore, pharetra eget ante aliquam adipiscing, mi donec. Nonummy, euismod nibh tempus felis ante tempus felis et, erat at sem nisi pulvinar euismod tincidunt pharetra ullamcorper congue pharetra. Nunc ipsum id laoreet lorem at, sem dolore pulvinar euismod tincidunt feugiat volutpat massa ipsum molestie massa sed eget nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie laoreet ipsum eget nibh lorem mauris, lobortis feugiat volutpat ut pulvinar euismod laoreet, sed elit nibh. Lorem proin dolore amet non congue consectetur sem, ut pulvinar euismod tincidunt sed eget nibh feugiat molestie. Massa tempus felis et ac at sem, dolore, at, proin, aliquam at praesent, donec amet ullamcorper magna. Consectetur sem nisi turpis praesent donec nonummy euismod tincidunt dolor sem nisi turpis aliquet nisi amet ullamcorper. Tincidunt, molestie, massa tempus felis praesent donec nonummy, sem nisi sit elit non ante magna, aliquam sed. Consectetur euismod et nisi sit id diam, congue dolor eget ante congue, lorem, sit elit tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nisi sed turpis id mi aliquam lorem amet, elit, non mi ante tincidunt, magna ipsum nonummy non massa erat pharetra mauris, praesent lobortis aliquam dolor at. Molestie diam massa aliquam sit elit tellus diam ante nunc, nisi tempus dolor turpis eget sem mi lobortis donec feugiat, pulvinar at felis eget euismod proin laoreet. Congue donec, ipsum pharetra felis euismod aliquet sem, praesent tincidunt dolore magna aliquam feugiat amet at molestie ullamcorper praesent nibh ut magna tempus pulvinar at euismod massa. Congue nisi ac feugiat amet at aliquet tincidunt ac, turpis tellus dolore amet non, congue pharetra non ut turpis aliquet dolore amet ullamcorper congue pharetra ut sit. Molestie laoreet, erat elit et ac adipiscing, praesent donec amet ullamcorper magna, consectetur non ut turpis aliquet nunc pulvinar euismod lobortis, lorem molestie ante tempus et erat. At sem nisi turpis aliquet, dolore pharetra ullamcorper congue pharetra non nisi sit euismod nunc dolor volutpat ante tempus felis praesent donec adipiscing mi donec nonummy et. Magna pharetra sem nisi pulvinar euismod laoreet dolor non lobortis feugiat, molestie ante erat elit et magna at, proin aliquam felis mi nonummy diam magna consectetur sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at proin dolore pulvinar euismod, lobortis molestie ante donec consectetur sem ut, turpis tellus. Nunc ipsum id laoreet lorem mauris massa ipsum id laoreet sed eget, nibh, lorem, mauris. Ante tempus adipiscing congue dolor volutpat lobortis feugiat molestie laoreet sed volutpat, lobortis lorem molestie. Lobortis ipsum id laoreet sed elit et lorem at proin aliquam, adipiscing magna consectetur sem. Magna turpis aliquet dolore turpis aliquet congue pharetra ullamcorper ut, feugiat molestie massa ipsum euismod. Laoreet dolor volutpat lobortis feugiat molestie, donec nonummy diam magna consectetur tellus dolore pulvinar ullamcorper. Congue dolor molestie, lobortis feugiat id laoreet sed id tincidunt dolor, volutpat nibh lorem felis. Praesent magna tellus ut sit euismod, nunc sed elit et ac at mi erat felis. Mi erat at et lorem at proin aliquam adipiscing praesent erat nonummy diam magna euismod. Laoreet, erat elit et aliquam felis aliquet congue pharetra non, ut feugiat molestie nunc ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tempus felis praesent magna consectetur non ut sit tellus dolore amet ullamcorper congue, pharetra volutpat lobortis. Feugiat id laoreet sed eget nibh eget nibh lorem mauris mi erat elit et ac at proin. Aliquam turpis praesent donec nonummy diam magna, at sem dolore amet, ullamcorper dolore amet nibh feugiat molestie. Laoreet erat nonummy diam nisi consectetur sem aliquam adipiscing praesent, donec nonummy diam ac at proin, aliquam. Adipiscing aliquet dolore amet ullamcorper magna, consectetur nunc pulvinar euismod tincidunt, dolor euismod tincidunt feugiat molestie massa. Ipsum id laoreet erat consectetur sem dolore turpis, ullamcorper tincidunt pharetra non congue non nunc pulvinar euismod. Laoreet lorem, mauris ante tempus adipiscing, praesent donec consectetur sem nisi turpis, sem nunc pulvinar euismod congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet non ut sit tellus massa. Sed consectetur non nunc, sit id. Laoreet, erat eget nibh lorem mauris. Mi donec diam ac consectetur sem. Aliquam at praesent aliquam nonummy diam. Congue consectetur sem, nisi sit aliquet. Tincidunt dolor volutpat, lobortis tempus felis. Ante amet volutpat ut feugiat tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet non lobortis sit tellus nunc. Pulvinar id et ac at proin dolor. Eget nibh ac mauris ante ipsum id. Mi magna at sem aliquam turpis aliquet. Dolore amet ullamcorper ut feugiat molestie massa. Tempus felis et consectetur sem, nisi amet. Euismod lobortis lorem, at proin tempus felis. Mi donec nonummy proin aliquam at proin. Donec nonummy ullamcorper magna consectetur sem magna. Id mi sed elit et aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ac elit et ac adipiscing praesent donec amet diam nonummy et ac consectetur sem dolore amet, aliquet congue pharetra non ut sit tellus nunc amet aliquet congue dolor. Volutpat lobortis lorem felis, mi donec tellus nunc sit tellus nunc pulvinar volutpat tincidunt feugiat molestie ut feugiat tellus nunc amet euismod congue, pharetra non congue pharetra non nunc. Pulvinar euismod dolor euismod lobortis feugiat volutpat lobortis sit euismod tincidunt, dolor volutpat lobortis feugiat mauris proin aliquam felis praesent erat elit nibh sed eget lobortis mauris, massa tempus. Felis diam, ac at proin, aliquam turpis aliquet dolore pharetra, non ut sit molestie laoreet erat eget et aliquam mauris ante aliquam nonummy diam pharetra non nunc pulvinar euismod. Laoreet, sed elit et ac adipiscing mi erat elit et erat elit sem nisi turpis aliquet aliquam nonummy praesent, donec nonummy ut, sit aliquet, nisi adipiscing praesent magna consectetur. Volutpat, massa ipsum id massa sed eget nibh lorem mauris proin dolore amet non dolore amet euismod tincidunt dolor non nunc ipsum id mi erat at sem nisi, adipiscing. Ullamcorper, congue dolor molestie massa ipsum felis, laoreet sed, eget et lorem proin aliquam, felis mi tempus felis mi erat eget nibh lorem molestie massa ipsum molestie massa pulvinar. Id nibh ac mauris ante aliquam felis mi donec nonummy ut sit euismod laoreet sed eget lobortis lorem molestie, massa feugiat molestie massa pulvinar euismod tincidunt pharetra non ut. Sit id laoreet sed eget et ac at dolore amet ullamcorper congue consectetur non ut feugiat tellus nunc amet aliquet dolore nonummy et magna at, proin nisi adipiscing aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris ante erat nonummy diam magna consectetur aliquet dolore pulvinar volutpat tincidunt dolor volutpat tempus, felis praesent donec consectetur non ut pulvinar id laoreet sed mauris ante. Tempus adipiscing aliquet dolore nonummy sem ut feugiat molestie, laoreet erat tellus massa ipsum id et lorem mauris ante lorem mauris ante tempus felis mi lorem mauris ante. Tempus felis praesent donec elit diam magna, pharetra aliquet pulvinar euismod, tincidunt dolor volutpat ut lorem mauris mi donec nonummy, sem nunc pulvinar, euismod tincidunt sed eget et. Lorem molestie massa ipsum id ac at proin nisi, turpis tellus tincidunt dolor volutpat lobortis sit tellus massa ipsum id laoreet sed eget nibh, tempus felis mi erat. Nonummy et ac at nisi sit euismod tincidunt dolor volutpat, lobortis feugiat mauris ante erat elit sem magna turpis tellus tincidunt sed eget nibh lorem mauris ante aliquam. Elit et pharetra, non ut sit tellus nunc pulvinar euismod nibh lorem mauris ante ipsum id laoreet dolor eget nibh ac at mi pharetra ullamcorper massa congue ac. Ipsum sit adipiscing eget aliquet laoreet ac, sit id et ut erat pharetra mauris aliquet nibh, nunc congue ipsum adipiscing non massa nisi ipsum id laoreet sed, mauris. Proin dolore pulvinar ullamcorper, tincidunt dolor non ut sit molestie laoreet, sed eget nibh dolor volutpat lobortis, sit molestie massa pulvinar laoreet sed eget ante lorem mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat et ac adipiscing ullamcorper dolor, non lobortis sit molestie massa ipsum eget laoreet ac at proin aliquam nonummy praesent. Magna consectetur sem nisi sit tellus, nunc pulvinar euismod ac at proin aliquam nonummy diam congue sit tellus nunc pulvinar. Id nibh ac at proin aliquam adipiscing praesent donec nonummy sem, ut, feugiat molestie sed eget nibh lorem mauris ante. Tempus felis, laoreet sed elit diam nisi consectetur sem aliquam, felis mi donec nonummy diam nisi turpis tellus nunc amet. Euismod, lorem adipiscing praesent donec nonummy praesent donec nonummy diam aliquam adipiscing aliquet nunc pulvinar ullamcorper lobortis lorem felis mi. Dolore nonummy diam, magna sem nisi amet ullamcorper, congue pharetra non ut sit tellus, ut sit tellus tincidunt, dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit tellus laoreet erat elit proin dolore turpis euismod congue dolor. Molestie massa ipsum id mi erat elit, et ac, consectetur sem. Nunc dolor nibh lorem mauris ante tempus elit et magna consectetur. Tellus massa pulvinar, euismod laoreet sed eget lobortis lorem, molestie, massa. Ipsum eget nibh, ac, at tincidunt sed eget et, lorem mauris. Ante erat nonummy et magna consectetur proin nisi turpis aliquet congue. Pharetra volutpat, nibh, tempus mauris mi, donec nonummy et erat, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat id mi erat consectetur sem nisi turpis aliquet, dolore amet non congue. Sit tellus ipsum elit, et lorem mauris nibh tempus adipiscing praesent erat elit. Et congue consectetur sem nisi adipiscing praesent donec nonummy ullamcorper magna consectetur diam. Turpis tellus nunc pulvinar euismod lobortis feugiat mauris massa tempus id, laoreet sed. Volutpat lobortis dolor non lobortis, pharetra tellus nunc, sit tellus congue pharetra non. Ut molestie, ante ipsum id laoreet sed volutpat lobortis feugiat mauris mi donec. Amet non ut sit, tellus massa pulvinar euismod tincidunt sed eget, aliquam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet lorem mauris proin nisi turpis aliquet congue pharetra non ut feugiat molestie, massa id tincidunt sed eget nibh feugiat molestie. Ante sed eget nibh lorem, mauris ante lorem felis, mi, erat, elit et magna consectetur, sem dolore turpis aliquet amet non. Magna consectetur sem ut sit tellus tincidunt sed mauris ante tempus adipiscing praesent donec elit et magna consectetur sem nisi turpis. Aliquet ante donec amet euismod congue dolor tellus ut turpis sem nisi amet ullamcorper tincidunt pharetra volutpat massa feugiat molestie massa. Ipsum eget nibh lorem nibh lorem felis mi donec, nonummy sem nisi turpis sem nisi amet ullamcorper dolore amet sem nisi. At proin nisi turpis aliquet dolore amet ullamcorper congue pharetra nisi sit tellus tincidunt dolor volutpat tincidunt dolor molestie massa pulvinar. Euismod tincidunt dolor eget, et ac at praesent donec amet ullamcorper ut sit non ut, elit et, ac at proin tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, molestie mi donec elit diam congue. Sit tellus pulvinar euismod, laoreet lorem eget. Lobortis feugiat molestie ante sed eget, et. Ac at proin tempus felis praesent erat. Elit et magna at sem amet id. Et ac at, praesent donec amet ullamcorper. Ut feugiat mauris ante ipsum, id laoreet. Dolor eget ante tempus felis praesent erat. Nonummy ullamcorper sit, molestie massa ipsum id. Laoreet dolor, volutpat nibh tempus felis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed mauris ante lorem felis mi, elit et. Magna sit tellus massa pulvinar euismod laoreet sed. Mauris praesent donec nonummy diam erat consectetur sem. Nisi, pulvinar euismod laoreet sed elit, nisi amet. Ullamcorper tincidunt dolor volutpat lobortis ipsum id mi. Erat elit nibh sed mauris proin aliquam adipiscing. Praesent donec consectetur sem nisi turpis tellus pulvinar. Euismod tincidunt dolor volutpat lobortis feugiat molestie laoreet. Sed id tincidunt, sed eget nibh tempus mauris. Mi erat nonummy diam magna consectetur nisi amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa feugiat felis mi magna pharetra non, nunc sit euismod tincidunt sed eget tempus adipiscing praesent, donec nonummy diam magna consectetur aliquet nunc. Pulvinar volutpat lobortis lorem molestie ante tempus adipiscing praesent donec nonummy, sem ut, sit nibh ac at, proin, dolore amet ullamcorper tincidunt feugiat molestie. Ante tempus nonummy, ullamcorper congue sit molestie, massa ipsum id laoreet sed mauris ante tempus felis, mi nonummy diam ac at proin aliquam adipiscing. Praesent dolore amet diam magna consectetur sem nisi turpis aliquet dolore amet diam magna nonummy sem ipsum id laoreet lorem mauris nibh lorem molestie. Ante erat elit et ac turpis sem nisi adipiscing praesent dolore amet ullamcorper magna, pharetra non ut sit aliquet pulvinar volutpat tincidunt, dolor non. Ante tempus elit, et erat elit proin aliquam adipiscing aliquet dolore amet ullamcorper ut sit tellus ut sit tellus dolore pulvinar euismod consectetur non. Nisi turpis aliquet nunc dolor volutpat lobortis, feugiat, molestie proin dolore nonummy et magna consectetur tellus nunc pulvinar tincidunt dolor volutpat nibh lorem molestie. Massa erat elit et erat elit nibh, lorem mauris ante, tempus felis laoreet sed, at proin aliquam adipiscing praesent dolore pulvinar lobortis feugiat molestie. Massa tempus elit et, magna consectetur, aliquet dolore amet ullamcorper tincidunt lorem molestie lobortis sit tellus nunc ipsum euismod nibh sed eget, nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ac consectetur aliquet dolore amet ullamcorper dolore pharetra volutpat donec pharetra volutpat ut sit molestie nunc sit tellus tincidunt dolor euismod lobortis sit tellus massa. Ipsum felis mi erat elit et ac at mi elit mi ac at proin aliquam turpis aliquet nunc amet ullamcorper, congue pharetra tellus nunc ipsum euismod. Laoreet massa ipsum, id nibh ac at, praesent nonummy ullamcorper congue, sit molestie ante ipsum id tincidunt sed mauris nibh, tempus felis mi erat nonummy diam. Magna pharetra non, dolore pulvinar eget aliquam adipiscing proin tempus felis mi donec nonummy diam ac turpis aliquet dolore pulvinar ullamcorper dolore amet, ullamcorper congue turpis. Aliquet dolore amet euismod tincidunt, dolor volutpat tempus, adipiscing diam, magna consectetur diam magna, consectetur aliquet dolore turpis ullamcorper tincidunt pharetra volutpat lobortis ipsum molestie laoreet. Sed elit proin nisi sit aliquet tincidunt volutpat lobortis sit molestie ante tempus felis mi, ac consectetur aliquet dolore amet euismod lobortis lorem molestie ante, aliquam. Nonummy congue sit tellus nunc pulvinar tellus nunc amet diam, donec consectetur sem nisi turpis aliquet dolore, amet euismod dolore dolor volutpat lobortis ipsum elit mi. Ac at ut pulvinar euismod tincidunt sed mauris proin aliquam nonummy ullamcorper magna pharetra non lobortis feugiat tellus nunc amet ullamcorper, congue dolor non lobortis ipsum. Molestie massa, ipsum nibh ac at ante tempus adipiscing mi donec nonummy diam magna turpis aliquet dolore amet euismod, tincidunt pharetra non ut pharetra non nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar euismod nunc sed, eget nibh tempus felis mi erat elit et magna proin, aliquam turpis. Ullamcorper congue amet diam magna pharetra non ut pulvinar euismod laoreet sed eget ut feugiat molestie. Massa tempus felis mi erat at proin turpis aliquet congue feugiat mauris, ante tempus felis mi. Donec nonummy proin aliquam turpis aliquet dolore nonummy diam magna consectetur diam, magna consectetur sem nisi. Euismod tincidunt dolor volutpat lobortis sit non ut pulvinar id laoreet sed eget lobortis feugiat tellus. Massa tempus felis et, ac pulvinar felis ac, at proin aliquam, adipiscing aliquet congue pharetra diam. Congue pharetra non ut sit tellus nunc amet ullamcorper magna pharetra non nisi consectetur aliquet dolore. Pulvinar volutpat lorem mauris, ante erat elit et magna pharetra molestie massa ipsum euismod tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit euismod tincidunt erat consectetur sem nisi turpis, aliquet dolore amet ullamcorper ut sit, tellus massa ipsum id laoreet lorem mauris, ante lorem felis mi feugiat mauris massa. Pulvinar euismod nunc pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie nunc ipsum id nibh lorem eget nibh tempus, felis mi, sed, et nisi consectetur aliquet dolore pulvinar euismod. Lobortis dolor volutpat, ante erat nonummy diam magna consectetur, sem ut, sit tellus dolore nonummy diam magna consectetur nunc pulvinar, euismod nunc dolor volutpat lobortis feugiat molestie massa tempus. Elit et magna pharetra non nunc, pulvinar, ullamcorper tincidunt sed mauris ante tempus adipiscing congue dolor tellus ut ipsum id laoreet erat eget nibh lorem molestie massa ipsum felis. Mi ac at sem nisi sit praesent dolore amet ullamcorper congue pharetra massa erat elit et magna, consectetur sem aliquam adipiscing praesent, dolore amet ullamcorper congue, pharetra sem ut. Sit euismod laoreet dolor volutpat lobortis lorem ullamcorper tincidunt dolor volutpat lobortis feugiat euismod nunc pulvinar euismod tincidunt dolor volutpat ut feugiat molestie laoreet erat eget nibh sed eget. Nibh, lorem mauris ante tempus et magna consectetur sem dolore turpis praesent donec nonummy diam magna consectetur sem nisi amet ullamcorper congue dolor volutpat lobortis feugiat molestie massa pulvinar. Euismod laoreet sed nibh lorem molestie massa feugiat id, mi ac at proin aliquam turpis aliquet dolore amet diam congue sit tellus massa ipsum eget nibh lorem mauris, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et magna turpis molestie nunc ipsum id tincidunt dolor ullamcorper, ipsum felis, mi. Erat nonummy diam nisi turpis aliquet nisi amet euismod, lobortis tempus, felis mi erat. Elit et, ac consectetur aliquet dolore pulvinar ullamcorper lorem eget ante aliquam nonummy diam. Magna pharetra non ut pulvinar tellus nunc pulvinar euismod tincidunt, pharetra non, lobortis feugiat. Id mi sed, eget nibh adipiscing aliquet nunc, dolor volutpat nibh lorem mauris, ante. Erat nonummy diam nisi, sit tellus nunc pulvinar euismod lobortis lorem mauris ante aliquam. Diam donec consectetur non ut pulvinar, euismod tincidunt dolor volutpat tincidunt dolor mauris ante. Erat, elit diam ac consectetur sem nisi turpis aliquet congue dolor molestie massa adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam magna consectetur praesent, donec nonummy praesent donec nonummy et magna, at sem aliquam aliquet donec elit et, ac consectetur. Tellus massa ipsum id laoreet dolor volutpat ut feugiat molestie massa tempus felis mi erat at sem dolore pulvinar euismod. Lorem at ante, tempus felis mi donec consectetur non ut, sit tellus nunc pulvinar euismod lobortis feugiat mauris ante erat. Elit et ac at, nisi turpis aliquet congue pharetra, non lobortis, feugiat id mi, erat nonummy non nisi turpis, euismod. Tincidunt, sed mauris ante tempus felis praesent donec volutpat massa ipsum, id mi ac at proin nisi turpis aliquet tincidunt. Dolor volutpat lobortis sit, tellus massa ipsum id laoreet erat eget nibh lorem, mauris, donec nonummy, diam congue pharetra, sem. Ut pulvinar euismod laoreet sed volutpat ut, sit tellus nunc, pulvinar, id mi sed eget, nibh lorem felis mi donec. Nonummy lobortis ipsum felis mi, sed at proin aliquam turpis praesent donec nonummy ullamcorper tincidunt sit molestie massa ipsum euismod. Tincidunt sed sem nisi turpis aliquet dolore amet non congue, sit, tellus nunc pulvinar euismod tincidunt lorem at praesent donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat massa tempus nonummy diam nisi, sit tellus, nunc ipsum id tincidunt sed eget. Nibh tempus id laoreet ipsum eget, et sit aliquet nunc amet euismod lobortis lorem. Molestie ante erat elit et ac at et ac adipiscing proin tempus adipiscing praesent. Donec consectetur sem sit tellus tincidunt dolor volutpat lobortis lorem molestie massa tempus elit. Diam magna consectetur sem aliquam at proin tempus, adipiscing praesent erat elit, et lorem. Mauris nibh adipiscing diam erat, nonummy diam ut, sit tellus dolore pulvinar volutpat lobortis. Feugiat molestie massa feugiat id massa sed eget nibh aliquam, adipiscing nunc pulvinar euismod. Tincidunt feugiat molestie massa ipsum, id laoreet erat elit nibh lorem mauris proin donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, aliquam, adipiscing praesent dolore amet, euismod congue dolor molestie nunc pulvinar, id, laoreet dolor euismod lobortis dolor volutpat massa ipsum id laoreet sed non ut. Sit euismod tincidunt, sed eget nibh lorem mauris mi erat elit mi erat elit nibh lorem molestie ante tempus felis, mi ac at ac, at praesent. Donec amet ullamcorper ut feugiat tellus nunc, sit euismod tincidunt sed volutpat lobortis feugiat mauris ante, tempus felis mi erat elit nibh, lorem at dolore, amet. Diam magna, pharetra tellus nunc tempus felis nibh magna at sem nisi, turpis aliquet donec nonummy ullamcorper ut sit aliquet, nunc id nibh lorem at, praesent. Nunc dolor eget, lobortis feugiat mauris ante erat elit diam nisi consectetur proin aliquam felis mi tempus elit diam magna pharetra proin turpis praesent dolore amet. Ullamcorper magna pharetra non ut sit euismod tincidunt dolor volutpat tincidunt dolor volutpat massa feugiat molestie massa pulvinar euismod tincidunt amet ullamcorper ut, id laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris ante tempus, adipiscing praesent donec consectetur sem ut sit, laoreet sed eget et lorem molestie ante aliquam, adipiscing diam donec consectetur non. Nisi turpis aliquet nunc amet ullamcorper congue pharetra volutpat lobortis tempus, felis nisi sit tellus nunc pulvinar id, tincidunt dolor volutpat lobortis feugiat. Id, laoreet ipsum eget laoreet lorem mauris ante aliquam mauris mi donec consectetur sem turpis sem nunc amet aliquet dolore, amet non lobortis. Sit tellus nunc pulvinar tellus dolore amet euismod, tincidunt feugiat molestie ante tempus id laoreet at et aliquam turpis aliquet, congue amet non. Congue feugiat, tellus, massa pulvinar eget nibh magna at ante aliquam adipiscing diam magna pharetra non lobortis feugiat, molestie erat elit lobortis feugiat. Mauris proin, aliquam nonummy diam magna, pharetra, non nunc pulvinar euismod laoreet sed, mauris ante tempus adipiscing praesent erat nonummy diam ac sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nonummy ullamcorper ut pharetra tellus, nunc ipsum eget et, ac at proin adipiscing praesent, tempus elit et, erat at sem aliquam adipiscing praesent. Dolore pharetra non, ut sit tellus, ut sit tellus, dolore amet ullamcorper magna consectetur sem sit tellus tincidunt dolor volutpat lobortis feugiat volutpat lobortis. Feugiat id massa sed, id laoreet, sed mauris nibh tempus felis laoreet sed id laoreet, sed proin nisi amet aliquet dolore nonummy diam nisi. Turpis id, nunc amet euismod congue, pharetra, non ut sit tellus massa erat elit et, at aliquet dolore amet euismod mi ac consectetur sem. Dolore pulvinar euismod laoreet lorem, molestie ante, aliquam nonummy diam magna sit molestie, massa ipsum eget et ac sem nisi amet, ullamcorper dolore, pharetra. Non ut sit tellus nunc pulvinar ullamcorper congue amet, non, ut feugiat molestie, massa ipsum eget, nibh lorem mauris, proin tempus praesent donec nonummy. Sem nisi turpis sem dolore amet aliquet dolore nonummy diam congue pharetra non nisi sit tellus laoreet sit aliquet dolore amet euismod tincidunt consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc ipsum eget et ac at aliquam adipiscing diam magna, consectetur non ut pulvinar, tellus. Tincidunt pulvinar, volutpat nibh lorem mauris ante tempus, id et ac elit et aliquam adipiscing aliquet. Dolor volutpat lobortis lorem felis praesent magna consectetur sem nisi turpis aliquet dolore amet aliquet congue. Pharetra volutpat ut sit, molestie massa ipsum euismod sed eget massa ipsum molestie massa ipsum euismod. Tincidunt sed volutpat lobortis feugiat volutpat nunc pulvinar euismod tincidunt dolor eget lobortis lorem mauris proin. Feugiat mauris ante ipsum molestie laoreet, sed id laoreet sed eget, nibh lorem mauris, ante tempus. Felis mi ac consectetur proin nisi amet ullamcorper congue dolor lobortis ipsum id laoreet sed elit. Et aliquam turpis tellus nunc pulvinar ullamcorper congue dolor volutpat lobortis feugiat, molestie laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing ullamcorper ut feugiat id laoreet sed elit et lorem. At, sem dolore turpis diam magna pharetra sem, consectetur sem dolore. Pulvinar id tincidunt dolor volutpat lobortis feugiat id laoreet ipsum eget. Nibh ac at sem aliquam nonummy diam magna pharetra, non feugiat. Molestie massa, pulvinar, volutpat nibh lorem mauris proin aliquam, adipiscing praesent. Donec consectetur non ut sit tellus nunc, pulvinar volutpat lobortis feugiat. Molestie ante tempus id sed eget lobortis feugiat mauris massa tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod laoreet sed mauris nibh, lorem ante tempus id laoreet sed eget nibh feugiat mauris mi erat elit et magna at sem dolore turpis aliquet congue dolor non congue. Sit molestie tempus id laoreet lorem eget ante aliquam turpis aliquet dolore dolor non ut sit molestie, massa sed, id laoreet dolor volutpat lobortis feugiat molestie massa eget nibh. Ac consectetur sem dolore amet aliquet dolore pharetra non ut sit, tellus dolore amet euismod tincidunt sed eget nibh ipsum id mi erat nonummy sem sit tellus nunc sed. Volutpat nibh feugiat molestie massa ipsum id mi, ac at sem nisi turpis aliquet dolore pharetra ullamcorper ut pharetra nunc, sit euismod nibh ac at nibh lorem felis praesent. Donec amet non ut sit tellus massa, pulvinar euismod, laoreet lorem mauris ante, lorem mauris mi sed diam, ac consectetur proin aliquam adipiscing aliquet congue pharetra volutpat lobortis feugiat. Id mi, erat elit, et aliquam adipiscing praesent donec nonummy diam magna pharetra non nunc euismod tincidunt sed mauris nibh tempus turpis aliquet, dolore amet ullamcorper, ut sit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor eget lobortis lorem felis mi erat, felis laoreet sed eget ante, aliquam turpis aliquet. Congue dolor volutpat turpis aliquet nunc, amet ullamcorper dolore amet ullamcorper congue pharetra sem, nisi. Adipiscing praesent aliquam felis, ante erat elit et magna turpis tellus dolore ullamcorper tincidunt dolor. Volutpat lobortis ipsum id mi donec consectetur non nunc ipsum eget nibh lorem mauris ante. Tempus felis praesent erat, elit mi, ac consectetur sem turpis ullamcorper congue dolor molestie massa. Ipsum adipiscing diam, ut sit tellus nunc pulvinar tellus nunc pulvinar, euismod lobortis feugiat, mauris. Ante erat mi ac consectetur aliquet dolore amet ullamcorper tincidunt dolor eget nibh lorem felis. Ante erat elit diam ac at ante aliquam adipiscing aliquet dolore amet, sem nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pharetra volutpat nibh lorem felis mi donec elit et lorem mauris ante mauris mi erat elit diam ac consectetur aliquet dolore adipiscing praesent, dolore amet diam congue pharetra non. Nunc pulvinar id nibh lorem eget lobortis, dolor tellus pulvinar id mi ac at aliquet nunc pulvinar ullamcorper dolore pharetra ullamcorper congue sit tellus nunc ipsum euismod nibh ac mauris. Ante aliquam nonummy ullamcorper feugiat molestie ante tempus id mi, erat elit nibh ac adipiscing proin aliquam nonummy praesent donec nonummy sem aliquam adipiscing tellus nunc pulvinar ullamcorper consectetur sem. Ut feugiat euismod nunc dolor, eget lobortis lorem mauris ante, tempus felis laoreet, sed eget laoreet lorem mauris nibh lorem molestie massa, ipsum euismod lorem at proin nisi amet euismod. Tincidunt dolor non ut ipsum molestie, laoreet erat elit et ac at, ante tempus adipiscing praesent donec nonummy sem nisi consectetur nunc amet euismod tincidunt dolor molestie lobortis ipsum, id. Laoreet erat elit et ac at ante tempus adipiscing praesent magna diam nisi consectetur aliquet nisi pulvinar euismod congue dolor volutpat massa feugiat, tellus massa sed eget nibh lorem mauris. Ante aliquam adipiscing mi sed eget, laoreet lorem ante aliquam nonummy diam magna consectetur non lobortis tempus felis et ac at proin aliquam adipiscing praesent aliquam nonummy praesent donec nonummy. Et ac, consectetur proin donec euismod tincidunt dolor non ut ipsum id laoreet dolor eget nibh lorem mauris massa feugiat id mi sed elit diam aliquam adipiscing proin aliquam adipiscing. Praesent magna non ut, sit tellus dolore pulvinar, ullamcorper tincidunt dolor, volutpat lobortis ipsum molestie laoreet, sed elit nibh sed eget ante tempus felis mi erat nonummy diam nisi euismod. Laoreet sed volutpat lobortis feugiat molestie ante ipsum, molestie massa sed eget nibh lorem mauris proin tempus mauris mi erat elit et magna consectetur proin aliquam ullamcorper congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa erat at, proin sit tellus nunc pharetra volutpat, lobortis. Tempus felis praesent, donec nonummy et ac at proin aliquam. Adipiscing aliquet dolore amet diam congue consectetur proin pulvinar id. Laoreet ac adipiscing praesent aliquam adipiscing praesent, donec nonummy et. Lorem at proin nisi adipiscing, praesent donec amet ullamcorper, ut. Sit molestie laoreet eget nibh lorem adipiscing aliquet donec amet. Ullamcorper tincidunt sit molestie nunc pulvinar euismod nunc dolor euismod. Tincidunt pharetra non nisi turpis tellus ipsum id laoreet sed. Eget nibh tempus felis diam magna consectetur non nisi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent donec consectetur massa tempus, felis et erat at proin aliquam turpis ullamcorper dolore pharetra ullamcorper ut sit tellus massa ipsum felis mi erat at sem. Nisi ullamcorper, congue dolor molestie massa tempus adipiscing diam, magna pharetra tellus nunc pulvinar euismod nunc, dolor, eget nibh feugiat tellus nunc sit euismod, nunc dolor. Lobortis lorem molestie, ante tempus elit, et ac at sem nisi turpis, aliquet, nunc, pulvinar volutpat nibh feugiat mauris massa, tempus id laoreet sed volutpat lobortis. Molestie ante feugiat id laoreet sed elit proin, ac, adipiscing aliquet dolore pharetra non, congue feugiat molestie ante ipsum id et ac consectetur sem, dolor volutpat. Nibh, lorem at praesent, dolore amet ullamcorper congue pharetra, non, ut sit, aliquet donec amet ullamcorper tincidunt pharetra sem magna turpis, aliquet nunc pulvinar euismod nisi. Adipiscing aliquet, dolore pharetra volutpat lobortis feugiat molestie laoreet, erat nonummy, diam, magna, turpis aliquet dolore, amet, ullamcorper congue, mauris mi dolore nonummy sem nisi, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore, pharetra volutpat, nibh, tempus felis sed eget nibh ac consectetur proin nisi turpis diam, magna pharetra, sem. Massa tempus felis mi ac, at sem dolore amet ullamcorper congue amet ullamcorper, pharetra tellus nunc sit tellus tincidunt. Dolor eget ante aliquam felis mi donec amet ullamcorper congue sit molestie massa ipsum id laoreet sed eget nibh. Adipiscing ullamcorper congue sit tellus massa ipsum felis mi sed eget nibh feugiat molestie ante, ipsum molestie, massa ipsum. Id nibh lorem mauris, tempus, felis, mi sed eget nibh, lorem at proin aliquam felis mi erat, elit et. Ac at proin nisi turpis ullamcorper dolore pharetra non ut sit molestie sit tellus tincidunt pulvinar volutpat nibh feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nunc, pulvinar volutpat lobortis lorem molestie ante amet, ullamcorper ut. Sit molestie, massa, ipsum eget et ac at ante lorem felis. Mi erat nonummy diam magna consectetur, proin, nisi turpis, praesent erat. Ullamcorper ut feugiat molestie massa ipsum eget laoreet sed volutpat ut. Feugiat molestie ante erat nonummy diam magna consectetur aliquet nisi turpis. Aliquet, donec nonummy, ac consectetur sem nisi ante tempus felis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut pulvinar id mi ac at et ac at praesent dolor volutpat ante tempus. Adipiscing praesent donec elit diam ac adipiscing praesent, aliquam adipiscing praesent donec nonummy diam. Ac consectetur sem nisi turpis aliquet, dolore non massa ipsum, id massa sed elit. Proin aliquam turpis, tellus dolore amet euismod lobortis dolor molestie lobortis pulvinar tellus dolore. Amet euismod, tincidunt non ut sit molestie laoreet ipsum, id nibh lorem, mauris ante. Tempus adipiscing diam magna, consectetur diam nisi turpis aliquet dolore turpis aliquet donec, diam. Congue sit tellus massa, ipsum id laoreet dolor volutpat nibh lorem mauris massa ipsum. Id nibh ac consectetur sem, nisi amet ullamcorper tincidunt feugiat mauris tempus elit et. Ac elit nibh ac at proin aliquam, adipiscing diam magna nonummy sem, magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra non lobortis feugiat molestie massa pulvinar euismod laoreet pharetra non. Lobortis ipsum felis laoreet sed eget nibh, ac, at sem nisi ullamcorper. Congue feugiat, molestie massa ipsum id laoreet, sed elit et, ac at. Proin aliquam, adipiscing ullamcorper magna, consectetur non nunc pulvinar id laoreet dolor. Lobortis tempus adipiscing praesent dolore amet diam magna, consectetur sem dolore amet. Ullamcorper, congue pharetra non ut, sit non nisi adipiscing praesent aliquam felis. Praesent donec diam magna turpis sem nisi adipiscing praesent dolore amet ullamcorper. Ut feugiat molestie, massa ipsum id laoreet pharetra non lobortis feugiat molestie. Ante donec diam magna consectetur sem nisi turpis ullamcorper congue dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac at sem ut sit nunc pulvinar euismod. Ut sit tellus, nunc ipsum id mi erat, eget. Et aliquam turpis mi erat felis mi erat elit. Sem nisi, turpis laoreet sed eget, lobortis sit molestie. Massa ipsum id mi erat at proin aliquam felis. Mi erat elit mi ac at proin aliquam adipiscing. Praesent nonummy ullamcorper congue sit tellus ut sit, tellus. Nunc dolor volutpat nibh tempus felis mi, donec nonummy. Diam congue pharetra sem nisi amet ullamcorper congue dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec nonummy diam, ut sit tellus tincidunt sed eget nibh. Lorem mauris ante tempus, felis laoreet consectetur non ut sit tellus. Tincidunt lorem mauris ante lorem felis ante erat elit et ac. Elit proin dolore amet ullamcorper tincidunt dolor volutpat massa adipiscing diam. Donec, consectetur non nunc ipsum id tincidunt pulvinar euismod congue, pharetra. Volutpat nunc pulvinar euismod tincidunt dolor euismod, lobortis feugiat molestie lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sem ut pulvinar euismod nunc pulvinar volutpat lobortis lorem. Felis, praesent donec, elit, et ac consectetur aliquet ipsum eget. Et ac at praesent donec nonummy ullamcorper, congue sit tellus. Nunc, pulvinar euismod laoreet sed eget ante nisi felis praesent. Dolore, consectetur lobortis sit tellus laoreet ipsum id tincidunt dolor. Eget nibh ipsum id, praesent donec consectetur sem nisi turpis. Aliquet nunc amet ullamcorper congue dolor molestie massa tempus, et. Magna pharetra, non nunc pulvinar id laoreet ac mauris, nibh. Tempus felis praesent donec nonummy sem, nisi sit tellus nunc. Pulvinar, volutpat, aliquam turpis praesent dolore amet volutpat lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, nunc dolor eget ante tempus, felis ante felis et ac at et aliquam adipiscing praesent donec elit diam magna consectetur proin nisi sit ullamcorper congue. Pharetra volutpat lobortis, lorem adipiscing praesent magna volutpat nunc ipsum id laoreet erat elit et ac mauris ante, tempus id mi erat elit nibh, lorem at. Proin donec amet diam magna nonummy, ut sit, aliquet dolore amet euismod tincidunt dolor volutpat ut sit, aliquet dolore amet, ullamcorper congue, nonummy ullamcorper congue pharetra. Sem, nisi turpis nunc pulvinar, euismod tincidunt feugiat, molestie lobortis feugiat molestie tincidunt sed eget lobortis, lorem mauris proin aliquam adipiscing mi erat eget et ac. Mauris nibh tempus mauris donec consectetur non lobortis pulvinar id laoreet sed eget et aliquam at proin aliquam nonummy et magna at proin aliquam adipiscing proin. Aliquam, felis praesent erat, nonummy ut sit aliquet dolore amet euismod congue pharetra, non lobortis feugiat molestie, massa ipsum, id nibh lorem at proin aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ipsum felis laoreet sed eget nibh lorem molestie. Massa ipsum felis mi ipsum felis laoreet ipsum id. Nibh aliquam adipiscing aliquet nunc pulvinar euismod tincidunt pharetra. Volutpat massa ipsum felis mi erat elit proin ac. Adipiscing praesent donec ullamcorper lobortis feugiat id laoreet ipsum. Eget et, magna consectetur sem donec nonummy praesent donec. Nonummy sem ut sit tellus massa ipsum id, lobortis. Dolor proin aliquam adipiscing mi erat elit diam magna. Turpis tellus nunc amet ullamcorper tincidunt feugiat molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet nunc amet id tincidunt, sed mauris ante tempus adipiscing mi, erat eget. Laoreet sed eget nibh tempus felis praesent donec mauris mi erat nonummy diam, congue. Pharetra non nunc pulvinar id tincidunt sed mauris ante, tempus nonummy diam magna, consectetur. Non nunc pulvinar laoreet sed eget, nibh, feugiat mauris proin erat nonummy diam magna. Consectetur non ut sit tellus nunc amet, euismod ut feugiat molestie massa ipsum felis. Laoreet sed proin dolore amet aliquet donec nonummy et magna at non nunc ipsum. Eget nibh lorem at praesent donec, nonummy diam magna pharetra volutpat tempus elit et. Magna turpis aliquet dolore turpis ullamcorper congue amet non congue sit molestie laoreet erat. Elit et magna turpis, sem aliquam adipiscing diam magna nonummy nisi sit tellus nunc. Ipsum eget proin aliquam at, praesent, dolore nonummy diam magna nonummy diam nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor volutpat massa ipsum felis mi erat, elit. Proin aliquam adipiscing ullamcorper congue pharetra non nibh lorem. Id, praesent erat elit ac at ante tempus felis. Mi donec consectetur non ut sit tellus, dolore amet. Ullamcorper tincidunt dolor, volutpat, massa tempus, felis mi sed. Nonummy nisi sit aliquet nunc pulvinar euismod tincidunt dolor. Molestie ante tempus elit mi erat elit et aliquam. Adipiscing praesent donec nonummy diam magna pharetra sem ut. Pulvinar et magna consectetur aliquet nisi amet euismod lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie, massa sed eget nibh turpis praesent donec amet diam, magna consectetur sem. Nisi turpis tellus nunc pulvinar ullamcorper tincidunt dolor volutpat ut feugiat molestie nunc ipsum. Consectetur felis proin laoreet nisi ipsum, nonummy tellus massa tempus pharetra adipiscing euismod, sem. Et massa ipsum dolor volutpat lobortis ipsum aliquet nunc pulvinar, euismod, congue dolor lobortis. Lorem felis mi erat elit nibh lorem mauris ante tempus felis mi erat nonummy. Diam, magna turpis, tellus massa, ipsum id tincidunt at aliquet donec nonummy diam magna. Pharetra non massa tempus felis laoreet dolor eget nibh lorem mauris ante ipsum id. Laoreet sed elit proin ac at aliquet dolor volutpat lobortis feugiat tellus massa, ipsum. Felis diam magna at sem, nisi amet ullamcorper congue, amet volutpat, congue pharetra, aliquet. Dolore pulvinar euismod tincidunt dolor, eget lorem felis mi erat nonummy diam nisi, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus massa sed volutpat nibh. Amet euismod laoreet lorem mauris lobortis. Lorem mauris laoreet sed elit nibh. Ac consectetur sem dolore turpis ullamcorper. Congue pharetra volutpat, lobortis feugiat molestie. Massa eget nibh, lorem eget massa. Ipsum felis laoreet sed euismod nibh. Ac mauris ante tempus adipiscing praesent. Donec elit et ac elit et. Aliquam aliquet congue dolor volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit euismod nunc pulvinar euismod nibh lorem mauris mi erat elit et consectetur aliquet dolore amet. Ullamcorper lobortis feugiat mauris ante ipsum molestie laoreet erat elit et ac adipiscing praesent dolore pulvinar. Ullamcorper, tincidunt lorem mauris ante consectetur, diam nisi turpis aliquet massa pulvinar id laoreet lorem mauris. Ante, aliquam nonummy diam magna nonummy sem nisi, turpis aliquet nunc amet diam magna consectetur massa. Ipsum amet non congue consectetur non dolore amet ullamcorper congue, pharetra, non ut feugiat tellus massa. Tempus id, nibh lorem eget ante mauris mi dolore amet diam ut turpis aliquet nisi amet. Euismod laoreet sed mauris ante tempus adipiscing praesent magna nonummy diam ac consectetur sem dolore turpis. Aliquet, consectetur volutpat lobortis feugiat, tellus massa ipsum id laoreet lorem at proin aliquam adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy sem ut, sit id mi ac at, sem nisi amet aliquet congue dolor volutpat. Lobortis feugiat id mi erat nonummy diam, magna aliquet nunc pulvinar euismod lobortis feugiat molestie lobortis. Feugiat, molestie laoreet sed volutpat nibh lorem mauris ante aliquam adipiscing praesent magna consectetur non, ut. Pulvinar nibh lorem at ante tempus mauris mi erat elit mi erat elit et ac at. Praesent dolore nonummy ullamcorper magna pharetra non nunc pulvinar id nibh lorem, sem dolore pulvinar euismod. Lobortis tempus felis praesent, erat nonummy diam ac consectetur sem nisi turpis aliquet congue, dolor, volutpat. Lobortis lorem, mauris lobortis, feugiat, molestie praesent donec nonummy, diam ac consectetur aliquet nisi turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue sit molestie ipsum eget nibh lorem mauris ante lorem molestie ante tempus elit diam ac, at, sem dolore turpis aliquet tincidunt, dolor molestie, lobortis feugiat molestie laoreet elit et. Aliquam turpis aliquet dolore amet ullamcorper congue, pharetra, volutpat ut sit aliquet nunc, dolor eget et, ac adipiscing praesent donec, adipiscing et, ac, sem nisi turpis aliquet nunc pulvinar euismod. Tincidunt dolor tellus nunc, ipsum, id tincidunt dolor eget nibh feugiat mauris massa, tempus felis et ac at sem donec nonummy, sem, ut sit euismod tincidunt pulvinar volutpat tincidunt feugiat. Molestie, ante erat elit mi magna consectetur proin, aliquam turpis ullamcorper congue pharetra nibh nisi sit euismod tincidunt dolor eget nibh lorem mauris massa tempus felis mi magna consectetur sem. Ut pulvinar euismod, laoreet, dolor eget, lobortis feugiat tellus massa euismod, laoreet lorem consectetur sem dolore amet euismod tincidunt dolor mauris ante tempus felis mi erat elit nibh lorem, at. Proin aliquam adipiscing mi sit tellus, nunc ipsum id laoreet erat at sem, nisi turpis praesent donec, elit diam magna elit proin ac at praesent donec nonummy praesent donec elit. Et consectetur sem nisi amet ullamcorper congue pharetra volutpat lobortis, feugiat molestie dolore amet euismod tincidunt pharetra volutpat ut pharetra tellus nunc ipsum id nibh lorem at, proin adipiscing praesent. Donec, consectetur sem lobortis ipsum, felis mi sed id nibh lorem mauris ante tempus adipiscing, praesent donec nonummy, sem ut pulvinar euismod laoreet sed mauris, aliquam turpis aliquet congue pharetra. Volutpat lobortis feugiat molestie massa sed eget laoreet dolor eget nibh lorem felis praesent magna, consectetur sem, ut turpis tellus tincidunt sed, nibh tempus felis praesent donec nonummy ullamcorper, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, id, mi, erat elit et magna consectetur aliquet dolore, pulvinar euismod, lobortis feugiat volutpat lobortis tempus felis. Diam congue consectetur aliquet, nisi pulvinar ullamcorper tincidunt non, lobortis lorem mauris ante, sed eget nibh magna consectetur. Sem nisi amet euismod, lobortis, feugiat mauris ante tempus elit et erat consectetur proin adipiscing tellus dolore pharetra. Non lobortis sit molestie nunc sit id laoreet sed volutpat lobortis dolor non lobortis feugiat molestie massa erat. Elit proin adipiscing, aliquet congue dolor volutpat lobortis feugiat, molestie ante ipsum, id mi ac at ante, tempus. Adipiscing aliquet dolore, nonummy diam magna consectetur sem dolore amet tincidunt pharetra non lobortis lorem mauris ante sed. Elit diam ac at proin aliquam felis praesent, dolore amet ullamcorper nisi turpis aliquet dolore pulvinar ullamcorper tincidunt. Dolor ante aliquam nonummy ullamcorper magna pharetra non, nunc, ipsum id laoreet sed elit proin tempus turpis praesent. Donec amet ullamcorper ipsum adipiscing praesent ac pharetra, molestie massa erat elit et magna consectetur sem nisi nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent congue pharetra volutpat massa feugiat molestie laoreet sed id nibh ac at proin aliquam felis mi donec nonummy diam ut pulvinar. Id magna turpis sem dolore pulvinar euismod tincidunt dolor molestie lobortis ipsum id massa sed eget laoreet sed eget ante aliquam adipiscing. Praesent congue consectetur diam ullamcorper congue pharetra sem nisi turpis aliquet dolore amet id laoreet sed, eget lorem at proin aliquam, adipiscing. Praesent magna pharetra sem ut sit euismod tincidunt, dolor, volutpat nibh lorem at praesent dolore nonummy ullamcorper magna molestie laoreet, ipsum eget. Et ac consectetur praesent dolore amet ullamcorper tincidunt pharetra non ut feugiat molestie nunc pulvinar volutpat tincidunt dolor volutpat ut sit tellus. Nunc id laoreet sed eget lobortis feugiat molestie massa pulvinar id laoreet sed eget et tempus felis ante erat felis mi ac. Consectetur non ut sit ullamcorper congue volutpat lobortis feugiat molestie massa tempus id mi lorem mauris, nibh lorem mauris ante, erat elit. Mi erat, consectetur dolore amet ullamcorper tincidunt dolor volutpat lobortis feugiat molestie massa ipsum eget nibh, lorem mauris ante aliquam, adipiscing aliquet. Dolore nonummy diam magna turpis aliquet nisi turpis congue amet volutpat lobortis feugiat molestie massa ipsum euismod tincidunt pulvinar euismod magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ac consectetur aliquet dolore amet euismod, congue dolor, volutpat nibh ipsum felis laoreet sed eget et ac consectetur sem dolore, amet ullamcorper feugiat mauris ante erat amet. Non lobortis feugiat tellus massa ipsum id et ac adipiscing praesent dolore amet, euismod tincidunt sit tellus massa tempus, felis magna consectetur, aliquet, nisi turpis, aliquet, dolore amet. Non ut sit id massa ipsum id nibh, lorem mauris ante aliquam adipiscing diam magna consectetur diam nisi sit mi erat, at proin nisi amet euismod tincidunt sed. Volutpat, lobortis ipsum id laoreet sed elit et ac at proin tempus adipiscing praesent nonummy non lobortis sit molestie laoreet sed at sem dolore ipsum euismod laoreet lorem. Mauris proin donec amet ullamcorper congue sit non ut, pulvinar id mi erat aliquet dolore amet aliquet donec amet ullamcorper, ut feugiat id laoreet erat elit et magna. Turpis tellus dolore, pulvinar euismod congue pharetra volutpat ut sit, molestie laoreet eget nibh ac at praesent dolore amet ullamcorper congue feugiat molestie, massa ipsum id nibh sed. At sem, nisi amet lobortis feugiat mauris ante, donec amet non ut pharetra non dolore adipiscing praesent donec adipiscing praesent sed elit et lorem at proin aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, donec, amet ullamcorper massa tempus felis et ac elit et lorem at. Proin pulvinar non ut sit non ut sit tellus tincidunt pulvinar euismod lobortis. Dolor molestie ante tempus felis laoreet erat eget nibh dolor volutpat ut sit. Molestie erat, elit nibh ac at aliquet dolore turpis aliquet, magna pharetra sem. Nisi sit tellus nunc pulvinar euismod tincidunt sed molestie massa tempus felis diam. Consectetur sem nisi turpis tellus nunc, pulvinar ullamcorper congue feugiat mauris ante erat. Elit, et ac at proin nisi turpis praesent donec amet ut feugiat, mauris. Mi erat elit et ac at proin nisi amet ullamcorper congue dolor non. Ut, feugiat molestie, massa erat at proin, ac adipiscing praesent aliquam diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sem nisi amet aliquet, congue pharetra non nisi turpis tellus. Nunc ipsum, sem ut amet ullamcorper congue pharetra volutpat ut, feugiat. Molestie ante tempus id laoreet dolor eget ante tempus felis mi. Erat elit diam, ac pharetra dolore, amet ullamcorper laoreet sed eget. Lobortis lorem mauris ante sed elit et lorem eget proin tempus. Adipiscing praesent donec, nonummy sem ut feugiat molestie ipsum eget nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis laoreet donec nonummy sem magna, at proin aliquam adipiscing aliquet donec nonummy. Nisi turpis sem nisi amet ullamcorper tincidunt pharetra non ut feugiat molestie massa ipsum. Id nibh, sed eget nibh lorem felis praesent erat elit et ac proin aliquam. Turpis, aliquet congue amet ullamcorper magna pharetra, non nunc sed id laoreet lorem mauris. Proin donec adipiscing praesent donec, nonummy, diam, nisi sit mi, erat elit et aliquam. Adipiscing aliquet congue amet non congue consectetur sem ut pulvinar eget nibh ac consectetur. Sem dolore amet euismod feugiat molestie massa ipsum molestie massa, ipsum id laoreet sed. Eget massa ipsum molestie massa ipsum id laoreet dolor volutpat lobortis feugiat molestie ante. Ipsum felis magna consectetur aliquet dolore amet ullamcorper tincidunt, dolor volutpat massa feugiat id. Mi donec consectetur sem nisi turpis aliquet, dolore amet, diam magna pharetra volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et aliquam turpis aliquet congue dolor volutpat, nibh, lorem id laoreet ipsum id laoreet volutpat lobortis lorem felis praesent donec felis et magna consectetur aliquet dolore. Ipsum, id nibh lorem mauris massa tempus, felis mi erat eget et magna consectetur nunc pulvinar euismod tincidunt feugiat molestie massa ipsum id laoreet sed elit et. Ac at ante tempus felis mi sed eget nibh, lorem, eget, ante eget et lorem mauris mi, tempus felis laoreet sed, elit et ac mauris ante tempus. Felis diam, donec elit et ac consectetur sem amet, euismod tincidunt feugiat, volutpat massa tempus felis laoreet sed id laoreet sed mauris ante ipsum id mi erat. Elit diam ac at sem nisi nonummy praesent consectetur sem nisi turpis aliquet dolore turpis aliquet dolore amet non massa, feugiat id laoreet erat elit diam magna. Consectetur aliquet nunc dolor euismod tincidunt feugiat molestie, ipsum elit et magna consectetur aliquet nisi turpis aliquet donec felis praesent erat nonummy, et aliquam at praesent donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, ante erat nonummy sem nisi turpis aliquet dolore amet, euismod laoreet lorem adipiscing praesent donec adipiscing praesent magna nonummy ut pulvinar id tincidunt sed mauris. Ante tempus adipiscing aliquet dolore pharetra ullamcorper congue consectetur, non nunc pulvinar euismod tincidunt dolor non nibh lorem ante erat elit diam ac consectetur, sem nisi. Amet euismod tincidunt dolor molestie, massa sit, tellus nunc pulvinar id laoreet sed mauris proin aliquam adipiscing praesent magna non nisi turpis tellus nunc amet ullamcorper. Tincidunt, dolor molestie massa, ipsum id mi sed eget et aliquam, at proin donec amet ullamcorper magna non ut sit euismod tincidunt sed mauris ante, tempus. Adipiscing praesent dolore amet non ut feugiat tellus, massa sed, id nibh sed eget nibh tempus mauris erat, nonummy diam nisi sit, tellus nunc pulvinar euismod. Lobortis lorem mauris ante ipsum id mi erat elit, et lorem eget nibh feugiat mauris laoreet sed eget ac consectetur proin nisi pulvinar euismod tincidunt pharetra. Volutpat ante tempus id laoreet ipsum id laoreet dolor volutpat lobortis, ipsum laoreet sed eget nibh sed, eget ante tempus mauris praesent magna consectetur sem, nisi. Sit, molestie laoreet ipsum id laoreet, lorem mauris proin aliquam adipiscing, diam magna non ut turpis aliquet nunc amet euismod, lobortis lorem molestie lobortis feugiat molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, at praesent dolore amet ullamcorper congue sit. Tellus nunc pulvinar id nibh lorem mauris ante. Tempus, felis praesent erat nonummy diam magna aliquet. Dolore amet euismod, congue pharetra, non lobortis feugiat. Felis, mi erat elit diam magna at proin. Aliquam adipiscing praesent magna nonummy diam, nisi turpis. Nisi amet ullamcorper tincidunt lorem mauris proin donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy diam, magna, turpis tellus nunc amet ullamcorper tincidunt turpis aliquet dolore, amet ullamcorper congue feugiat, molestie mi sed, at, proin nisi turpis aliquet nunc pulvinar. Non ut, sit, tellus ut sit tellus nisi turpis tincidunt feugiat volutpat lobortis sit molestie massa ipsum euismod tincidunt dolor, volutpat lobortis sit non nunc pulvinar. Euismod tincidunt sed mauris ante, tempus felis mi felis mi sed volutpat nibh, ac, at ante aliquam adipiscing mi ac at proin, ut erat lorem pulvinar. Consectetur elit tellus ante magna molestie praesent congue feugiat adipiscing eget molestie et proin donec adipiscing diam congue pharetra non ut sit euismod nunc pulvinar ullamcorper. Congue lorem, felis ante erat elit magna consectetur proin aliquam adipiscing proin, aliquam adipiscing praesent magna nonummy proin aliquam adipiscing praesent donec adipiscing praesent donec consectetur. Non lobortis ipsum felis mi erat elit aliquam adipiscing, praesent dolore nonummy, ullamcorper magna consectetur, sem ut sit aliquet, tincidunt dolor volutpat nibh lorem mauris mi. Erat et ac at sem dolore pulvinar id lobortis dolor volutpat ut feugiat felis praesent donec elit diam nisi adipiscing proin, aliquam adipiscing praesent erat felis. Mi ac tellus dolore amet ullamcorper tincidunt dolor volutpat massa tempus felis mi erat, elit et, aliquam turpis aliquet dolore amet eget nibh lorem felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, mi sed elit sem, nisi amet euismod tincidunt dolor non ut feugiat, nunc sit. Tellus nunc pulvinar volutpat tincidunt feugiat mauris, massa ipsum molestie, laoreet ipsum id nibh lorem. At proin aliquam adipiscing diam, congue sit non ut elit diam nisi turpis aliquet nisi. Amet ullamcorper dolore, amet ullamcorper ut sit tellus dolore, amet ullamcorper dolore, amet non, ut. Sit tellus massa sed nibh sed mauris proin aliquam, turpis aliquet magna pharetra non ut. Feugiat molestie massa ipsum eget nibh sed mauris proin, donec adipiscing praesent nonummy sem, magna. Consectetur sem nisi nonummy, ullamcorper tincidunt pharetra volutpat lobortis feugiat molestie massa, ipsum id nibh. Ac at ante tempus felis mi sed elit ac, mauris ante tempus, mauris mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et aliquam adipiscing praesent donec pharetra non ut id mi erat. Nonummy proin nisi sit tellus nunc pulvinar volutpat lobortis feugiat molestie massa. Tempus elit et erat at proin ac adipiscing aliquet dolore ullamcorper magna. Consectetur non ut sit tellus nunc amet ullamcorper tincidunt feugiat mauris ante. Erat, elit, et ac at, proin nisi turpis aliquet dolore amet lobortis. Feugiat id mi sed elit nibh ac mauris ante tempus felis mi. Tempus, elit et magna consectetur sem dolore amet ullamcorper congue volutpat lobortis. Feugiat molestie laoreet erat nonummy diam ac at ante tempus felis ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar volutpat dolor molestie massa tempus id laoreet ipsum eget et aliquam mauris ante tempus felis mi donec elit, diam magna, turpis tellus dolore amet. Euismod lobortis, molestie massa ipsum id laoreet erat eget et ac, at, proin aliquam felis praesent donec elit et ac at proin aliquam adipiscing diam. Magna consectetur nisi turpis, tellus dolore amet euismod congue pharetra, non ut pharetra tellus ut, turpis tellus nunc amet non lobortis sit molestie massa ipsum. Id laoreet erat elit lorem molestie massa tempus, felis mi erat elit proin, ac turpis, praesent, donec nonummy ullamcorper magna pharetra non ut pulvinar id. Laoreet ac proin aliquam adipiscing praesent donec nonummy ullamcorper congue consectetur non, massa sed id laoreet sed eget nibh lorem, felis praesent magna nonummy sem. Nisi turpis, tellus nunc ullamcorper congue dolor non ut, turpis tellus nunc amet ullamcorper congue amet ullamcorper, congue pharetra non ut sit tellus tincidunt dolor. Volutpat lobortis feugiat molestie massa ipsum, nunc sed eget nibh feugiat, volutpat lobortis ipsum id laoreet sed id laoreet, sed eget ante tempus, adipiscing ante. Erat et erat, mauris, proin aliquam adipiscing praesent dolore pharetra ullamcorper ut sit, tellus nunc pulvinar id nibh lorem mauris proin aliquam nonummy diam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc pulvinar volutpat nibh ac adipiscing praesent, donec amet, ullamcorper ut feugiat tellus sit tellus nunc pulvinar non. Lobortis lorem felis, praesent donec nonummy sem nisi turpis sem aliquam turpis ullamcorper dolore, pharetra, non ut pharetra tellus. Pulvinar eget nibh lorem mauris ante aliquam adipiscing diam magna consectetur, sem nisi turpis tellus nunc pulvinar euismod tincidunt. Dolor volutpat massa ipsum id, laoreet erat, et lorem at proin tempus felis ante erat elit nibh ac, consectetur. Sem, dolore amet ullamcorper dolore nonummy ullamcorper magna, at et lorem molestie, dolore pharetra diam congue consectetur sem nisi. Turpis aliquet nunc pulvinar volutpat lobortis, feugiat molestie massa tempus id laoreet sed, volutpat lobortis feugiat molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lorem at, proin donec, nonummy diam donec nonummy diam, magna turpis sem nisi turpis donec pharetra non ut sit tellus. Nunc pulvinar euismod tincidunt dolor volutpat nibh feugiat molestie massa tempus felis tincidunt lorem eget ante lorem felis praesent dolor volutpat. Ante, tempus felis laoreet sed eget nibh lorem mauris ante tempus felis mi erat elit et ac consectetur sem aliquam adipiscing. Mi dolore pharetra mi donec nonummy diam magna consectetur, proin aliquam adipiscing aliquet dolore pharetra volutpat ante tempus mauris ante, erat. Nonummy diam magna consectetur aliquet, massa dolore feugiat turpis euismod sem, massa erat, pharetra molestie diam ut tempus adipiscing diam tincidunt. Lorem adipiscing, volutpat sem mi magna tempus pharetra amet at id praesent et nunc congue, aliquam, dolor turpis eget molestie euismod. Sem et lobortis congue aliquam sed turpis nonummy at, euismod proin laoreet ut donec lorem pulvinar nonummy, ante lobortis dolore sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolore ac aliquam lorem amet at tellus mi nibh sed, sit dolor adipiscing euismod tincidunt pharetra non ut, feugiat id, massa sed eget et ac. At, praesent donec amet ullamcorper congue pharetra non ut aliquet dolore amet, ullamcorper congue pharetra non massa tempus felis et erat elit et aliquam adipiscing praesent. Donec amet, non lobortis feugiat molestie nunc ipsum nibh sed eget nibh, lorem felis ante tempus id laoreet erat, eget nibh lorem molestie massa ipsum id. Laoreet erat elit et ac mauris proin amet ullamcorper congue pharetra non ut sit tellus nunc dolor volutpat lobortis feugiat mauris massa feugiat molestie, nunc ipsum. Eget et aliquam adipiscing tellus laoreet at praesent aliquam adipiscing mi erat elit, et ac consectetur sem nisi adipiscing praesent, donec nonummy et ac at proin. Nisi sit tellus tincidunt dolor eget nibh adipiscing mi erat nonummy diam nisi turpis aliquet dolore amet ullamcorper congue pharetra ullamcorper congue pharetra tellus ut pulvinar. Ullamcorper congue pharetra non dolore pulvinar, volutpat, nibh tempus felis mi erat elit mi erat at sem nisi at praesent donec nonummy ullamcorper congue consectetur sem. Nisi sit tellus tincidunt, dolor lobortis sit molestie ut pulvinar aliquet nunc dolor volutpat tincidunt pharetra non ut feugiat molestie massa ipsum eget laoreet dolor volutpat. Nibh tempus adipiscing praesent magna consectetur nunc pulvinar euismod, laoreet dolor at proin aliquam felis praesent erat nonummy diam magna at proin, nisi turpis aliquet, donec. Pharetra eget lobortis feugiat mauris mi erat sem nisi sit aliquet nunc amet aliquet congue pharetra ullamcorper magna consectetur sem nisi, at, proin donec nonummy diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante aliquam nonummy diam magna pharetra, non ut sit molestie massa sed volutpat lobortis feugiat molestie tempus felis mi erat elit et ac at proin aliquam adipiscing, praesent donec. Nonummy sem magna consectetur, sem nisi turpis praesent dolore amet non, ut felis, mi erat elit nibh sed eget ante tempus felis ante erat elit diam ac at sem. Nisi amet ullamcorper congue pharetra, non lobortis tempus, felis ac at proin ut sit tellus tincidunt dolor euismod ut sit tellus nunc ipsum euismod tincidunt dolor, volutpat, nibh lorem. At mi erat ullamcorper congue sit, non ut turpis aliquet dolore amet diam magna consectetur non nunc sit euismod tincidunt erat elit et aliquam felis ante tempus id laoreet. Sed et ac, adipiscing praesent aliquam adipiscing praesent donec elit nibh ac mauris nibh feugiat mauris ante pulvinar euismod, tincidunt dolor volutpat nibh feugiat volutpat massa ipsum molestie sed. Elit nibh lorem at proin aliquam adipiscing, praesent magna consectetur non ut sit tellus tincidunt amet euismod tincidunt, lorem euismod nibh lorem mauris ante tempus felis praesent magna nonummy. Sem nisi sit tellus nunc amet ullamcorper tincidunt dolor molestie lobortis sit aliquet nisi turpis aliquet donec volutpat lobortis feugiat id, laoreet ipsum eget nibh, ac adipiscing praesent donec. Sed, ipsum nonummy molestie praesent ante nunc, sed elit aliquet massa sed at sem dolore feugiat, adipiscing eget id non mi congue pharetra non nunc pulvinar euismod laoreet dolor. Eget et ac adipiscing aliquet dolore nonummy et magna consectetur, sem nisi sit nibh ac at, ante aliquam nonummy diam magna pharetra non lobortis feugiat id, mi erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ut turpis aliquet congue pharetra volutpat ut, sit tellus ut sit tellus nunc dolor volutpat nibh feugiat volutpat lobortis id laoreet, erat. Elit et aliquam adipiscing, praesent, donec nonummy, diam congue pharetra non ut turpis aliquet dolore amet euismod lobortis lorem, mauris erat elit diam. Congue turpis tellus nunc amet ullamcorper tincidunt sed volutpat nibh lorem tellus laoreet ipsum eget laoreet lorem mauris ante aliquam adipiscing aliquet donec. Nonummy nisi sit tellus massa ipsum id laoreet sed eget ante ipsum, id massa sed id laoreet dolor eget nibh lorem mauris mi. Donec non ut turpis aliquet, nunc ipsum euismod laoreet dolor volutpat, ut feugiat id laoreet sed, eget nibh ac eget nibh lorem felis. Mi erat elit, et erat aliquet, dolore pulvinar euismod dolore nonummy diam ac consectetur sem ut sit aliquet dolore amet, volutpat, ut feugiat. Felis mi donec nonummy diam ac turpis aliquet nunc eget, nibh ac at ante tempus id mi sed, euismod, tincidunt lorem eget nibh. Lorem, mauris ante tempus felis diam turpis aliquet tincidunt sed eget et ac adipiscing praesent dolore nonummy non ut sit molestie nunc sed. Elit, diam nisi, turpis aliquet nunc dolor eget lobortis, feugiat ante tempus, felis mi sed id nibh feugiat mauris, ante ipsum felis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquet, dolore amet ullamcorper congue dolor volutpat lobortis feugiat, tellus laoreet dolor. Volutpat lobortis dolor molestie massa feugiat id mi donec elit et, mauris proin. Aliquam adipiscing praesent magna consectetur diam, ac consectetur proin nisi adipiscing praesent donec. Amet ullamcorper magna consectetur sem nisi turpis aliquet dolore adipiscing magna consectetur diam. Magna consectetur proin aliquam felis ante erat, elit diam magna at sem dolore. Amet ullamcorper congue pharetra volutpat massa tempus mi erat elit nibh ac at. Proin donec amet ullamcorper congue pharetra volutpat ut sit tellus dolore amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat molestie laoreet sed, id nibh lorem mauris ante aliquam felis mi, erat nonummy et magna consectetur proin tempus felis mi donec at. Praesent donec nonummy diam congue sit molestie massa, pulvinar euismod tincidunt dolor eget nibh lorem felis ante tempus felis mi sed elit, et. Ac proin erat felis, et ac at proin aliquam at proin donec adipiscing praesent donec nonummy et ac, at proin aliquam adipiscing praesent. Donec nonummy diam nisi sit nunc, ipsum eget et lorem mauris ante tempus felis, mi erat eget, et ac at ante lorem molestie. Ante tempus elit diam magna aliquet dolore amet euismod congue pharetra non ut, pharetra non ut sit tellus nunc pulvinar volutpat tincidunt pharetra. Tellus massa ipsum felis mi erat, at proin ac ullamcorper tincidunt dolor non ut sit molestie nunc pulvinar tellus tincidunt dolor volutpat lobortis. Sit, molestie massa, ipsum id laoreet dolor volutpat lobortis, feugiat molestie ante tempus, diam magna pharetra tellus nunc sit tellus tincidunt pharetra eget. Ante tempus adipiscing diam magna consectetur non ut sit euismod pulvinar eget nibh lorem mauris ante tempus id laoreet erat eget nibh lorem. At proin aliquam adipiscing diam magna consectetur, non nunc sit, euismod tincidunt dolor volutpat lorem at proin aliquam, nonummy diam congue pharetra non. Nisi turpis tellus nunc pulvinar volutpat nibh tempus mauris ante, erat elit et ac at sem nisi turpis lobortis lorem mauris proin donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit diam aliquam turpis tellus nunc volutpat nibh lorem mauris ante, ipsum euismod laoreet erat eget et aliquam adipiscing praesent dolore amet ullamcorper ut sit. Tellus massa sed, eget nibh ac nibh lorem mauris ante ipsum, euismod tincidunt dolor volutpat lobortis lorem molestie, ante, aliquam felis mi erat consectetur sem. Ut, sit euismod tincidunt dolor, volutpat tempus felis ante tempus felis mi erat elit nibh lorem mauris mi erat elit et erat elit et ac. At proin donec adipiscing diam congue pharetra nisi sit euismod laoreet sed volutpat nibh lorem mauris, mi donec nonummy ullamcorper congue pharetra sem ut pulvinar. Ullamcorper congue, pharetra non ut sit, nunc ipsum felis laoreet sed volutpat lobortis lorem mauris ante ipsum id laoreet sed id tincidunt lorem molestie ante. Tempus nonummy diam congue sit tellus nunc aliquet donec nonummy diam magna nonummy et erat elit proin, aliquam adipiscing praesent, dolore dolor non ut sit. Molestie laoreet ipsum euismod tincidunt pharetra non congue sit massa pulvinar felis et erat consectetur proin aliquam adipiscing, praesent dolore pharetra ullamcorper ut feugiat id. Laoreet sed eget et adipiscing proin donec adipiscing mi erat nonummy sem magna consectetur sem tempus adipiscing, praesent dolore amet ullamcorper ut feugiat molestie massa. Ipsum id laoreet sed mauris nibh adipiscing, praesent donec consectetur non, ut, sit, tellus tincidunt dolor volutpat tincidunt pharetra ullamcorper nisi turpis, proin ac at. Proin donec pharetra non congue consectetur, non ut euismod laoreet sed mauris proin tempus felis mi, erat felis et ac at proin ac adipiscing proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra tellus nunc, ipsum, id, laoreet lorem at proin nisi, turpis ullamcorper tincidunt dolor volutpat lobortis feugiat. Felis ac consectetur tellus dolore pulvinar id laoreet, lorem, mauris ante tempus mauris, ante, tempus eget et. Magna sit aliquet nisi pulvinar euismod tincidunt dolor volutpat ipsum id laoreet erat, id nibh lorem eget. Ante aliquam felis laoreet sed eget diam ac consectetur aliquet nunc, pulvinar volutpat lobortis feugiat molestie massa. Euismod erat elit et ac consectetur proin aliquam turpis aliquet, dolore, pharetra non, lobortis ipsum, id mi. Erat, elit et magna consectetur proin donec amet tincidunt feugiat molestie ante tempus felis et erat elit. Et, ac adipiscing, praesent dolore pharetra ullamcorper ut pharetra non nunc sit tellus nunc pulvinar euismod magna. Non lobortis feugiat tellus nunc pulvinar euismod tincidunt dolor volutpat ut feugiat tellus ut pulvinar tellus, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed mauris nibh lorem felis praesent magna pharetra non nisi sit, tellus nunc ipsum id nibh ac at praesent dolore pharetra volutpat, nibh mauris ante tempus felis nibh ac. At aliquet dolore amet ullamcorper congue amet ullamcorper congue sit tellus nunc ipsum euismod tincidunt dolor volutpat ut sit ut, pulvinar euismod tincidunt dolor volutpat lobortis lorem felis mi. Donec elit sem ut, turpis aliquet dolore amet ullamcorper congue pharetra eget nibh ipsum id, mi sed, diam nisi, turpis id mi sed mauris ante tempus adipiscing aliquet dolore. Amet diam congue pharetra, sem, ut amet euismod congue, amet ullamcorper sit tellus, nunc, ipsum euismod laoreet sed volutpat nibh tempus felis, mi donec elit diam, congue, turpis tellus. Nunc sed eget et lorem at ante aliquam felis erat elit sem nisi turpis aliquet nunc pulvinar, euismod congue feugiat volutpat lobortis feugiat, id mi erat elit proin aliquam. Adipiscing praesent, dolore nonummy diam congue pharetra ut sit tellus nunc pulvinar volutpat lobortis feugiat molestie ante erat nonummy diam magna at sem aliquam adipiscing praesent aliquam volutpat ut. Feugiat tellus nunc pulvinar tellus nunc pulvinar, ullamcorper magna consectetur sem nisi sit tellus massa pulvinar ullamcorper congue amet, ullamcorper ut sit molestie nunc pulvinar nunc dolor volutpat ut. Feugiat mauris massa ipsum id tincidunt sed volutpat nibh lorem mauris, ante tempus elit diam magna consectetur sem ut adipiscing praesent, donec non nibh lorem mauris massa ipsum, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus tincidunt pulvinar volutpat pharetra volutpat ut sit molestie laoreet, sed elit nibh lorem at proin aliquam adipiscing praesent erat. Elit non nunc ipsum euismod, laoreet dolor volutpat nibh adipiscing aliquet congue, pharetra volutpat massa ipsum id mi, sed elit. Et magna turpis praesent donec amet diam magna consectetur sem magna consectetur tellus nunc euismod, lobortis lorem at proin aliquam. Felis mi erat elit et nisi adipiscing proin, aliquam nonummy mi magna pharetra, non ut sit euismod, tincidunt turpis aliquet. Dolore pulvinar eget nibh ac adipiscing praesent donec nonummy ullamcorper congue pharetra non ut pulvinar euismod laoreet sed mauris ante. Tempus felis praesent erat laoreet sed id lobortis feugiat, molestie lobortis, feugiat molestie, laoreet ipsum id nibh lorem at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy diam nisi turpis sem dolore pulvinar volutpat lobortis. Dolor molestie massa tempus adipiscing mi erat elit et. Ac adipiscing praesent donec adipiscing diam nonummy diam magna. Consectetur euismod diam massa dolore, ac ipsum at id. Praesent massa aliquam pharetra mauris tellus, nibh nisi erat. Feugiat pulvinar, at aliquet at aliquet dolore, turpis, ullamcorper. Dolore feugiat molestie ante tempus felis praesent donec consectetur. Diam magna consectetur aliquet nunc, amet euismod tincidunt dolor. Volutpat ipsum elit diam lobortis donec lorem, pulvinar consectetur. Id non euismod sem nunc erat, elit et magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis et ac at proin nisi adipiscing, praesent dolore pharetra non ut sit non ut turpis aliquet dolore pulvinar. Euismod tincidunt feugiat massa ipsum id laoreet sed eget et nisi adipiscing praesent donec nonummy diam, magna pharetra non nisi. Adipiscing aliquet dolore nonummy ullamcorper ut pharetra non pulvinar, euismod laoreet dolor, volutpat nibh lorem at mi tempus felis mi. Erat at proin nisi adipiscing proin dolore amet volutpat lobortis feugiat molestie massa ipsum id sed elit et aliquam adipiscing. Aliquet, congue pharetra ullamcorper congue pharetra non ut turpis, ullamcorper congue, amet non, ut sit tellus massa pulvinar, diam ac. At proin tempus felis praesent donec amet ullamcorper congue, pharetra non nisi turpis praesent dolore amet ullamcorper, congue, sit mauris. Ante tempus elit nibh sed nibh lorem mauris massa ipsum id laoreet sed eget lobortis lorem mauris ante ipsum felis. Mi sed eget, nibh sed eget nibh tempus felis mi erat felis erat elit nibh lorem felis, mi erat nonummy. Et, ac, at, sem ut sit, euismod tincidunt sed, volutpat nibh lorem ante tempus felis et erat mauris nibh aliquam. Felis aliquet, dolore amet ullamcorper ut pharetra sem nisi turpis ullamcorper congue pharetra non ut sit tellus ut aliquet tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem felis mi ipsum felis mi magna consectetur tellus. Nunc id laoreet sed mauris ante aliquam adipiscing mi. Donec consectetur sem nunc tempus, elit et erat elit. Et aliquam turpis aliquet donec nonummy ullamcorper congue tellus. Nunc ipsum elit et aliquam adipiscing proin aliquam adipiscing. Ante erat nonummy diam nisi turpis aliquet dolore amet. Ullamcorper congue pharetra non congue, pharetra et, ac elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lorem felis mi magna pharetra non nunc pulvinar tellus nunc amet, ullamcorper congue molestie massa ipsum id massa sed eget nibh lorem mauris ante lorem, mauris mi. Erat, elit diam nisi turpis aliquet dolore amet euismod tincidunt dolor non feugiat id laoreet sed eget nibh sed eget nibh tempus id laoreet ipsum id, tincidunt sed. Eget ante tempus molestie massa ipsum felis, et erat lobortis feugiat molestie, lobortis ipsum id mi erat eget, nibh ac at, ante aliquam felis praesent magna consectetur sem. Nisi turpis aliquet aliquam praesent tincidunt, dolor non ut sit molestie laoreet sed eget nibh lorem mauris, ante lorem felis mi erat elit diam magna consectetur, sem nisi. Turpis euismod tincidunt volutpat lobortis ipsum id laoreet elit et lorem mauris, nibh lorem felis mi tempus elit mi erat mauris nibh lorem, mauris ante, tempus elit et. Magna, consectetur nunc ipsum, euismod laoreet sed eget nibh lorem mauris mi erat, nonummy sem nisi sit tellus nunc dolor euismod lobortis feugiat molestie massa ipsum felis ut. Feugiat felis mi sed eget laoreet dolor volutpat ut sit sem ut sit tellus dolore pulvinar ullamcorper tincidunt pharetra non nisi turpis aliquet dolore amet ullamcorper aliquam at. Praesent donec nonummy ullamcorper congue, sit mauris massa tempus, elit, et magna turpis aliquet nunc pulvinar euismod tincidunt lorem mauris ante tempus adipiscing diam magna non ut pulvinar. Euismod tincidunt dolor eget tincidunt dolor, tellus nunc ipsum felis, laoreet sed eget nibh lorem mauris ante ipsum id laoreet sed eget nibh lorem praesent aliquam nonummy praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tempus felis diam nisi turpis nunc amet euismod tincidunt, dolor molestie ante. Tempus felis praesent magna pharetra tellus massa sed elit et ac mauris ante. Tempus adipiscing praesent magna consectetur magna at sem dolore amet ullamcorper congue, dolor. Molestie massa ipsum id laoreet donec consectetur sem nisi, turpis aliquet nisi adipiscing. Praesent magna consectetur non feugiat molestie massa ipsum id tincidunt, dolor volutpat massa. Tempus adipiscing mi donec nonummy diam lorem mauris proin tempus adipiscing praesent erat. Nonummy nisi turpis molestie massa sed volutpat lobortis dolor volutpat ut feugiat tellus. Nunc ipsum id laoreet dolor volutpat ut pharetra non ut sit tellus tincidunt. Dolor nibh lorem molestie, ante, tempus felis mi erat elit nibh ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue pharetra tellus pulvinar id mi lorem at ante aliquam felis praesent erat elit diam magna consectetur sem dolore pulvinar euismod congue pharetra non. Ut, sit tellus ut euismod nibh sed eget tincidunt dolor volutpat lobortis sit tellus nunc pulvinar euismod tincidunt dolor non congue pharetra, non nisi sit. Aliquet nunc pharetra non aliquam adipiscing mi erat felis laoreet erat elit ante tempus mauris ante, tempus id massa sed, eget et, ac at proin. Aliquam, adipiscing diam magna consectetur diam turpis tellus nunc pulvinar euismod congue pharetra sem ut turpis tellus nunc pulvinar ullamcorper dolore amet diam, magna consectetur. Non ut sit tellus pulvinar eget nibh feugiat tellus massa erat nonummy et erat eget, nibh ac mauris massa tempus felis mi erat at proin. Nisi, pulvinar euismod nunc pharetra non sit molestie ante tempus felis mi erat elit ante tempus felis mi erat, felis mi sed id laoreet lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut sit non nunc ipsum id laoreet sed volutpat lobortis lorem mauris ante erat felis mi erat elit et ac ullamcorper tincidunt dolor volutpat lobortis. Sit molestie massa ipsum id tincidunt sed euismod lobortis feugiat volutpat ut sit tellus nunc dolor euismod, lobortis feugiat ante, aliquam felis praesent erat nonummy nibh. Lorem adipiscing praesent dolore pulvinar volutpat lobortis feugiat volutpat lobortis, turpis tellus dolore pulvinar volutpat tincidunt dolor mauris ante tempus ullamcorper ut sit molestie laoreet sed. Eget nibh lorem mauris nibh, lorem mauris ante erat elit et ac elit nibh lorem mauris ante amet, ullamcorper congue consectetur proin aliquam adipiscing aliquet dolore. Pulvinar volutpat nibh tempus, mauris ante ipsum euismod tincidunt dolor volutpat et ac adipiscing aliquet dolore pharetra volutpat, ipsum felis mi sed eget nibh lorem adipiscing. Praesent donec adipiscing praesent magna consectetur volutpat lobortis feugiat tellus tincidunt sed eget nibh lorem mauris ante ipsum felis erat pharetra tellus nunc pulvinar id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, praesent congue dolor molestie lobortis feugiat molestie massa ipsum euismod tincidunt dolor non. Lobortis ipsum id, laoreet erat elit diam ac consectetur sem dolore volutpat lobortis feugiat. Mauris ante erat elit diam ut turpis aliquet nisi turpis euismod congue dolor non. Ut, sit tellus, nunc ipsum id, laoreet, eget ante tempus adipiscing mi donec consectetur. Non lobortis feugiat molestie massa pulvinar euismod, tincidunt dolor eget nibh ipsum id, massa. Sed eget et, ac consectetur aliquet dolor mauris sem nisi amet euismod lobortis dolor. Volutpat lobortis ipsum molestie massa ipsum id laoreet sed eget lobortis lorem mauris ante. Erat tellus massa, ipsum elit mi erat at proin aliquam at praesent, donec nonummy. Diam magna sit tellus nunc ipsum id laoreet sed, eget nibh tempus felis mi. Nonummy mi erat eget nibh feugiat mauris mi tempus felis mi erat eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam praesent magna pharetra tellus massa pulvinar tellus tincidunt, dolor euismod. Tincidunt dolor volutpat, lobortis feugiat id mi ac at proin aliquam. At praesent aliquam felis, donec elit et, ac mauris nibh lorem. Felis praesent donec, consectetur, sem, massa ipsum id massa ipsum volutpat. Tincidunt dolor volutpat, lobortis sit molestie ipsum euismod nunc dolor non. Ut pharetra tellus, nunc pulvinar id mi, sed elit proin nisi. Amet euismod lobortis feugiat molestie, massa tempus felis mi erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet ullamcorper tincidunt dolor volutpat massa tempus felis mi. Erat, elit proin aliquam turpis praesent adipiscing mi erat at. Et aliquam adipiscing praesent, dolore nonummy praesent donec nonummy sem. Nisi turpis aliquet nisi, amet aliquet congue pharetra non, ut. Tellus laoreet sed elit et aliquam adipiscing proin donec nonummy. Praesent donec nonummy, diam ac at proin aliquam adipiscing, mi. Erat nonummy et ac at proin ac, proin aliquam adipiscing. Praesent erat eget, nibh sed eget nibh lorem mauris ante. Erat elit, diam ac at proin tempus felis mi, donec. Ullamcorper ut sit tellus, massa ipsum eget laoreet lorem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante erat elit, et, magna consectetur nisi amet aliquet donec amet, ullamcorper lobortis feugiat molestie massa sed eget nibh lorem. Adipiscing praesent aliquam nonummy diam congue pharetra tellus, massa ipsum id ac, consectetur, aliquet nunc sed eget nibh, lorem mauris. Ante tempus nonummy praesent magna pharetra non ut sit tellus nunc amet diam donec nonummy diam turpis tellus nunc dolor. Volutpat lobortis feugiat molestie ante tempus, felis diam ac at et ac, adipiscing praesent nunc nonummy diam, congue pharetra nunc. Pulvinar id laoreet pulvinar euismod tincidunt dolor volutpat lobortis ipsum felis mi ac at sem nisi turpis proin donec amet. Ullamcorper ut feugiat tellus nunc pulvinar, laoreet sed eget lobortis feugiat volutpat ut sit aliquet, nisi amet ullamcorper, congue pharetra. Non, lobortis sit non ut sit, tellus dolore pulvinar, volutpat lobortis feugiat mauris pulvinar, id laoreet sed eget lobortis lorem. Mauris proin aliquam felis mi ac, elit sem aliquam adipiscing aliquet dolore nonummy diam magna mauris ante tempus felis et. Magna consectetur sem, ac at proin tempus felis mi sed eget et ac adipiscing proin aliquam felis, praesent donec, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi amet ullamcorper tincidunt dolor, volutpat lobortis feugiat id laoreet ipsum id nibh lorem lobortis, lorem id laoreet ipsum id nibh ac at proin. Tempus adipiscing praesent magna consectetur non ut turpis aliquet dolore amet ullamcorper congue pharetra non feugiat tellus, nunc pulvinar id nibh lorem at proin. Nisi nonummy praesent donec consectetur non ut sit tellus massa pulvinar euismod tincidunt dolor non ut sit nunc pulvinar id laoreet sed eget nibh. Tempus felis mi erat felis et erat, elit et lorem, mauris mi erat elit diam ac proin ac at praesent, dolore, amet ullamcorper congue. Consectetur non nisi turpis sem nisi amet ullamcorper congue dolor molestie ante ipsum felis mi ac elit proin ac, praesent, donec, adipiscing praesent erat. Nonummy diam, nisi sit euismod tincidunt dolor volutpat lobortis feugiat mauris massa ipsum, molestie massa pulvinar euismod congue pharetra non ut feugiat, praesent donec. Consectetur sem, magna consectetur aliquet tincidunt pulvinar, ullamcorper congue consectetur diam, nisi consectetur tellus dolore turpis, aliquet, congue non ut pharetra non ut turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent magna nonummy sem ut sit euismod dolor volutpat tincidunt feugiat mauris ante tempus felis mi erat id. Nibh sed eget ante tempus adipiscing praesent, erat eget nibh sed consectetur sem nisi diam magna nonummy et. Erat elit proin aliquam, adipiscing aliquet donec amet ullamcorper congue pharetra tellus ut sit aliquet nunc amet ullamcorper. Tincidunt pharetra tellus sit, aliquet dolore dolor volutpat tincidunt feugiat molestie lobortis feugiat, molestie massa pulvinar euismod laoreet. Lorem eget ante tempus felis laoreet sed elit lorem mauris proin aliquam adipiscing praesent donec, nonummy diam magna. Consectetur sem dolore turpis aliquet dolore pharetra volutpat congue sit tellus massa pulvinar euismod laoreet sed eget lorem. Mauris, mi erat, felis et, erat eget nibh feugiat molestie massa ipsum molestie massa ipsum euismod tincidunt dolor. Volutpat nibh tempus felis mi donec nonummy nisi turpis sem nisi turpis aliquet congue feugiat, mauris ante tempus. Felis, et magna consectetur non ut pulvinar euismod laoreet, adipiscing aliquet nunc pulvinar volutpat lobortis tempus felis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi feugiat molestie massa ipsum et aliquam turpis aliquet, congue dolor eget nibh lorem mauris, mi erat felis et, ac consectetur sem dolore amet. Euismod lobortis ac mauris ante adipiscing ullamcorper ut, pharetra, non ut sit tellus dolore nonummy, ullamcorper lobortis feugiat tellus nunc pulvinar euismod laoreet erat. Eget proin aliquam adipiscing, ullamcorper proin ut dolore lorem turpis, tellus laoreet lorem sit elit mauris praesent congue lorem adipiscing volutpat nibh tempus felis. Praesent tincidunt, feugiat, molestie massa ipsum diam magna pharetra sem aliquam sit euismod tincidunt dolor volutpat nibh lorem mauris ante erat elit diam magna. Consectetur aliquet dolore turpis praesent, donec nonummy diam consectetur proin, aliquam turpis aliquet dolore pulvinar euismod tincidunt feugiat tellus ut pulvinar id tincidunt dolor. Volutpat lobortis feugiat molestie massa feugiat id massa sed eget nibh eget nibh lorem molestie nunc pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie. Massa ipsum elit diam, magna consectetur aliquet pulvinar id, nibh ac adipiscing praesent donec nonummy, diam congue pharetra non ut sit tellus dolore amet. Ullamcorper congue dolor volutpat massa ipsum id, laoreet ipsum, id, sed molestie, ante, tempus adipiscing praesent magna, nonummy sem magna turpis, tellus nunc pulvinar. Euismod lobortis dolor volutpat ut sit, tellus massa ipsum eget, et ac at aliquam adipiscing diam magna consectetur non ut pulvinar tellus tincidunt pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, aliquet nunc pulvinar eget et aliquam adipiscing proin aliquam amet diam congue pharetra tellus nunc pulvinar euismod tincidunt. Dolor, eget nibh lorem mauris ante elit et ac consectetur aliquet, nunc pulvinar euismod tincidunt at, praesent dolore amet. Ullamcorper ut feugiat tellus massa pulvinar id nibh ac, at nibh felis mi donec nonummy et magna turpis aliquet. Dolore pulvinar euismod tincidunt, dolor volutpat nibh tempus felis mi, erat eget nibh ac at sem dolore amet ullamcorper. Dolor volutpat massa ipsum id laoreet sed eget nibh lorem mauris nibh ipsum id laoreet ipsum id laoreet lorem. Mauris ante tempus adipiscing donec nonummy diam nisi consectetur proin nisi adipiscing praesent tempus felis, mi erat eget, nibh. Lorem mi nibh nisi pulvinar at, molestie et massa congue feugiat turpis id volutpat praesent tincidunt sed eget, nibh. Tempus felis mi donec nonummy sem, magna turpis tellus dolore amet aliquet dolore amet, non ut pharetra sem ut. Sit congue dolor volutpat lobortis feugiat molestie nunc, pulvinar felis laoreet sed eget nibh lorem mauris massa ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, euismod laoreet lorem at, ante aliquam adipiscing praesent erat. Nonummy sem ut, sit dolore amet ullamcorper tincidunt feugiat molestie. Ante, erat nonummy et ac at, proin aliquam adipiscing proin. Donec amet euismod ut sit tellus nunc sit tellus nunc. Volutpat lobortis lorem mauris ante tempus id, massa sed elit. Et ac at proin, aliquam adipiscing praesent donec elit nibh. Lorem eget nibh lorem mauris tempus felis mi, erat at. Sem nisi turpis ullamcorper congue pharetra volutpat lobortis, feugiat id. Laoreet erat nonummy diam magna consectetur, sem nisi praesent donec. Nonummy diam magna turpis, aliquet nunc ipsum id lobortis, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis massa ipsum eget, sed eget nibh tempus nonummy diam congue pharetra volutpat lobortis sit id, laoreet erat eget nibh, lorem at. Praesent, donec adipiscing diam magna consectetur, non erat elit diam nisi turpis aliquet dolore pulvinar euismod congue, pharetra volutpat lobortis ipsum id. Massa ipsum eget nibh lorem mauris ante ipsum id mi nonummy diam nisi turpis tellus nunc pulvinar ullamcorper congue pharetra, volutpat, nisi. Turpis aliquet nisi turpis praesent dolore pharetra volutpat ut feugiat non nunc elit et ac, at ante lorem mauris mi, erat, elit. Diam nisi turpis aliquet nisi turpis praesent donec elit diam magna at proin nisi turpis tellus, pharetra non lobortis sit tellus, nunc. Ipsum id mi erat elit proin aliquam felis praesent dolore nonummy ullamcorper, magna, pharetra sem aliquam turpis, aliquet dolore amet diam, feugiat. Molestie nunc ipsum, id mi magna turpis aliquet nunc dolor volutpat lobortis lorem, mauris ante tempus id laoreet sed, id nibh sed. Mauris ante tempus felis erat consectetur non ut sit euismod tincidunt dolor eget nibh lorem molestie massa ipsum felis mi sed id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nonummy diam magna, nonummy sem nisi consectetur aliquet nisi, amet ullamcorper congue consectetur ut sit tellus dolore pulvinar, id nibh. Lorem at praesent donec amet ullamcorper congue consectetur non nunc ipsum euismod nunc amet diam magna consectetur ullamcorper, congue pharetra volutpat. Lobortis ipsum id, laoreet sed eget nibh lorem mauris proin aliquam nonummy diam congue pharetra, non nunc ipsum id laoreet erat. Elit et adipiscing praesent, erat elit laoreet sed elit et aliquam turpis aliquet tincidunt dolor non lobortis pharetra sem nisi turpis. Tellus tincidunt sed eget lorem mauris ante ipsum id laoreet ipsum id tincidunt sed mauris ante tempus adipiscing praesent donec nonummy. Sem nisi turpis tellus nunc amet diam magna consectetur non sit tellus nunc amet euismod tincidunt, feugiat mauris massa ipsum id. Massa ipsum eget nibh lorem eget nibh lorem molestie massa ipsum id laoreet sed, eget et adipiscing praesent erat, elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam turpis aliquet tincidunt dolor eget ante donec, adipiscing tincidunt feugiat molestie lobortis feugiat, molestie laoreet. Dolor eget nibh, lorem mauris, massa tempus adipiscing praesent magna pharetra sem ut pulvinar euismod dolore. Sed, turpis et nunc donec lorem dolor at tellus massa ipsum id laoreet feugiat molestie massa. Ipsum adipiscing mi erat eget nibh lorem eget nibh feugiat molestie erat elit mi erat eget. Nibh, ac adipiscing praesent erat nonummy et ac consectetur proin ac adipiscing, proin dolore amet non. Ut sit ante tempus felis mi erat eget lobortis feugiat molestie massa ipsum felis mi sed. Elit et, aliquam at proin aliquam nonummy praesent magna nonummy diam magna turpis nisi amet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ipsum id mi ac at proin, aliquam turpis ullamcorper congue dolor nibh feugiat molestie massa. Ipsum id laoreet sed eget nibh tempus, felis mi erat nonummy diam magna sit tellus laoreet. Sed eget nibh sed eget lorem mauris laoreet ipsum, id laoreet sed volutpat, nibh feugiat, volutpat. Lobortis sit aliquet nunc pulvinar euismod congue pharetra ullamcorper congue, pharetra tellus massa ipsum laoreet sed. Eget, ante lorem, mauris mi erat elit diam ac, at proin aliquam felis, mi, donec elit. Mi ac consectetur non ut ullamcorper tincidunt dolor, volutpat nibh lorem molestie nunc sit tellus nunc. Dolor eget nibh tempus adipiscing praesent donec nonummy diam magna at et ac adipiscing proin donec. Diam magna consectetur diam magna adipiscing aliquet dolore pulvinar euismod tincidunt feugiat molestie massa ipsum molestie. Laoreet sed eget nibh lorem molestie massa ipsum felis praesent, donec et ac at proin, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sem nisi turpis, aliquet dolore pulvinar euismod, tincidunt molestie, ante aliquam adipiscing et, ac at proin, aliquam adipiscing proin donec nonummy diam magna pharetra. Non massa, ipsum id et magna turpis aliquet nunc id lobortis, lorem at, proin aliquam adipiscing praesent magna nonummy diam magna turpis aliquet dolore amet. Ullamcorper congue pharetra, sem nisi sit tellus nunc pulvinar et aliquam, adipiscing aliquet, dolore pharetra, ullamcorper magna consectetur proin aliquam adipiscing, aliquet aliquam nonummy diam. Magna consectetur sem magna turpis aliquet dolore turpis donec nonummy ullamcorper ut sit tellus nunc amet euismod congue dolor volutpat lobortis feugiat mauris massa, ipsum. Elit et, ac, at proin, tempus felis mi erat molestie ante tempus nonummy ullamcorper magna consectetur, sem ut ipsum id laoreet dolor eget nibh tempus. Adipiscing ullamcorper, tincidunt, lorem mauris praesent donec nonummy, diam nisi consectetur dolore, turpis aliquet congue pharetra ullamcorper ut feugiat molestie nunc ipsum tellus, tincidunt pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sit euismod nunc dolor euismod lobortis feugiat molestie massa tempus id. Mi erat elit et ac at proin adipiscing praesent donec nonummy et. Ac consectetur tellus nunc pulvinar euismod tincidunt dolor molestie ante ipsum id. Laoreet ac elit proin aliquam adipiscing, aliquet pulvinar ullamcorper congue pharetra sem. Ut sit tellus dolore turpis aliquet dolore nonummy diam nisi sit tellus. Massa ipsum id, tincidunt dolor volutpat lobortis lorem id massa elit et. Magna consectetur aliquet nunc pulvinar euismod tincidunt feugiat molestie massa ipsum felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis praesent dolore amet volutpat lobortis feugiat molestie ante erat felis et magna consectetur proin aliquam, adipiscing praesent donec amet. Ullamcorper ut sit laoreet sed id, nibh sed mauris ante tempus molestie ante tempus eget nibh lorem mauris ante tempus felis. Mi erat felis laoreet erat elit nibh at, proin donec, nonummy ullamcorper magna consectetur non nunc pulvinar euismod, laoreet dolor eget. Nibh lorem felis praesent dolore pharetra sem nisi turpis sem nisi adipiscing congue pharetra non, lobortis ipsum id laoreet erat nonummy. Diam nisi consectetur sem nisi adipiscing praesent magna consectetur sem ut ipsum id et magna tellus nunc amet, ullamcorper congue dolor. Volutpat lobortis feugiat molestie nunc ipsum, id nibh, lorem mauris proin aliquam adipiscing praesent, donec nonummy ullamcorper ut, turpis tellus massa. At proin aliquam adipiscing praesent donec nonummy, non congue pharetra non nisi turpis sem nisi, amet aliquet dolore consectetur sem magna. Turpis aliquet dolore, amet ullamcorper, lorem mauris proin aliquam nonummy ullamcorper congue consectetur sem nisi sit tellus dolore amet ullamcorper congue. Pharetra volutpat ut sit laoreet erat at sem dolore, turpis aliquet dolore pharetra ullamcorper magna, consectetur non ut pulvinar tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet euismod lobortis ac at praesent erat nonummy diam magna pharetra sem ut sit tellus nunc pharetra, non ut pharetra non tempus, felis. Et ac at proin aliquam felis ante tempus felis mi erat, elit nibh lorem mauris ante ipsum molestie massa pulvinar euismod nunc, eget. Ante aliquam adipiscing praesent erat, elit et erat elit nibh dolor molestie, massa ipsum, id laoreet, sed eget nibh lorem eget nibh aliquam. Adipiscing praesent donec diam magna consectetur sem dolore turpis aliquet donec nonummy ullamcorper ut turpis, tellus massa sed eget et aliquam, adipiscing praesent. Donec amet ullamcorper sit tellus ut sit tellus dolore amet ullamcorper congue consectetur non ut sit tellus nunc amet ullamcorper congue pharetra, non. Congue sit non nunc pulvinar, tellus tincidunt mauris proin aliquam adipiscing diam magna pharetra non ut, sit tellus massa pulvinar id, laoreet lorem. Mauris praesent donec nonummy diam donec nonummy sem nisi turpis aliquet, dolor eget nibh tempus felis mi erat nonummy diam magna at proin. Nisi amet, ullamcorper tincidunt dolor non ut, sit mi erat nonummy, sem magna, consectetur proin, aliquam turpis aliquet congue pharetra non, nisi sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi turpis euismod, tincidunt sed volutpat lobortis feugiat molestie ante erat felis laoreet erat mauris ante, tempus mauris mi erat nonummy. Ullamcorper ipsum id mi erat elit et ac mauris proin aliquam nonummy diam donec nonummy et ac consectetur proin nisi turpis aliquet. Dolore pharetra non lobortis elit, et ac elit et ac at, ante tempus felis mi sed eget et, lorem mauris ante tempus. Felis mi erat elit et erat elit et turpis aliquet dolore nonummy diam magna consectetur sem nisi, adipiscing aliquet, donec amet ullamcorper. Tincidunt lorem, mauris ante tempus id laoreet sed eget nibh molestie massa ipsum molestie nunc amet euismod congue pharetra volutpat nibh tempus. Felis praesent erat nonummy diam magna consectetur aliquet nunc turpis praesent donec elit et magna aliquet massa sed eget, et aliquam adipiscing. Aliquet nunc pulvinar ullamcorper ut sit tellus massa, ipsum id mi erat elit, et lorem felis mi erat nonummy, congue sit, non. Nunc pulvinar id laoreet dolor volutpat nibh lorem mauris mi ipsum id laoreet, erat mauris ante tempus mi erat, elit, ullamcorper lobortis. Feugiat felis laoreet sed eget et ac mauris, ante lorem mauris, ante ipsum id nibh lorem mauris, ante aliquam, adipiscing ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie laoreet erat, at sem, nisi turpis tellus tincidunt sed eget. Nibh molestie massa ipsum euismod mi erat at proin, nisi turpis. Aliquet, dolore pharetra non lobortis tempus, felis mi sed elit nibh. Lorem mauris proin donec diam magna consectetur diam magna, consectetur proin. Aliquam adipiscing praesent dolore amet non congue pharetra, tellus nunc ipsum. Euismod laoreet sed, volutpat nibh sit molestie, ipsum id nibh, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi tempus felis et magna pharetra aliquet nisi turpis aliquet dolore amet congue sit tellus, nunc ipsum euismod. Laoreet lorem mauris nibh lorem mauris ante tempus felis laoreet erat eget nibh feugiat molestie ut, sit tellus, ut. Pulvinar nibh lorem adipiscing, praesent, dolore pulvinar euismod lobortis dolor, non lobortis sit aliquet, nunc, amet aliquet donec nonummy. Ullamcorper ut feugiat tellus nunc pulvinar non nunc pulvinar, euismod, laoreet sed eget nibh lorem molestie ante ipsum id. Laoreet sed elit nibh lorem mauris proin aliquam elit et erat sem nunc pulvinar, id nibh ac mauris praesent. Aliquam adipiscing diam congue consectetur sem nisi consectetur aliquet dolore pulvinar euismod congue pharetra ullamcorper ut sit molestie magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin aliquam amet ullamcorper congue, pharetra non ut turpis aliquet nunc amet, euismod pharetra volutpat. Massa tempus felis mi erat at proin aliquam adipiscing aliquet dolore amet ullamcorper congue pharetra non. Nunc, ipsum id laoreet sed eget nibh mauris ante aliquam elit, et ac consectetur sem, ut. Sit, euismod nunc pulvinar euismod ut feugiat molestie ante ipsum id mi erat eget nibh, ac. At donec elit et erat elit et ac at tellus diam nunc donec sit, nonummy volutpat. Ante dolore dolor consectetur, id et ut tempus adipiscing, eget, tellus diam congue ipsum mi pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut sit tellus nunc pulvinar ullamcorper tincidunt molestie ante, aliquam nonummy diam congue pharetra sem ut turpis aliquet dolore amet, euismod ut feugiat tellus nunc. Ipsum felis diam massa donec pharetra adipiscing euismod dolore ipsum elit sem laoreet ut tempus dolor at tellus et massa magna dolor felis mi donec elit. Diam nisi, turpis tellus nunc pulvinar laoreet lorem mauris ante tempus, felis mi sed elit nibh ac at proin aliquam adipiscing praesent donec nonummy diam nisi. Sit tellus nunc amet id lorem mauris proin aliquam adipiscing praesent magna nonummy sem nisi turpis aliquet tincidunt sed eget nibh tempus, felis praesent erat elit. Et erat elit et ac praesent tincidunt dolor volutpat nibh lorem mauris, massa sed eget, nibh, ac at sem dolore turpis aliquet dolore consectetur sem, ut. Sit tellus nunc, pulvinar euismod lorem eget ante aliquam adipiscing praesent erat elit et ac at sem dolore amet diam, magna consectetur diam, nisi sit aliquet. Nunc amet ullamcorper dolore amet volutpat, ipsum id massa erat elit et lorem at proin aliquam nonummy ullamcorper congue pharetra non lobortis feugiat molestie nunc amet. Et aliquam, at praesent donec nonummy praesent congue feugiat molestie massa ipsum euismod laoreet sed mauris nibh tempus, adipiscing, praesent donec consectetur non nisi sit molestie. Massa elit nibh lorem mauris proin aliquam nonummy praesent magna consectetur, non ut, turpis, euismod tincidunt dolor volutpat lobortis feugiat molestie ante tempus felis mi ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat id mi erat nonummy diam magna consectetur sem aliquam nonummy diam nonummy diam. Ut sit aliquet dolore amet aliquet congue dolor, volutpat massa ipsum id mi erat. Nonummy diam aliquam turpis praesent dolore amet diam magna consectetur lobortis ipsum id et. Ac, at proin dolore turpis ullamcorper congue dolor volutpat lobortis feugiat id massa ipsum. Id nibh lorem eget nibh lorem mi donec nonummy diam magna consectetur, sem nisi. Turpis ullamcorper dolore amet diam magna sit id laoreet sed eget nibh sed mauris. Ante tempus mi donec nonummy diam magna at proin nisi turpis aliquet donec nonummy. Diam ut feugiat id mi sed elit et, lorem mauris ante tempus felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sem nisi turpis aliquet congue pharetra, ullamcorper congue pharetra non, nisi adipiscing aliquet dolore, nonummy donec consectetur sem magna turpis sem aliquam turpis diam congue pharetra. Non lobortis feugiat tellus nunc ipsum eget, nibh ac at praesent dolore amet ut, sit, tellus nunc pulvinar euismod, laoreet sed eget nibh lorem molestie massa ipsum. Id laoreet erat elit nibh ac at proin aliquam nonummy diam, magna pharetra ante ipsum id nibh lorem at sem, nisi turpis aliquet dolore pharetra volutpat lobortis. Tempus elit et magna, at proin, nisi turpis aliquet amet non ut sit tellus, nunc turpis, tellus nunc pulvinar euismod tincidunt dolor non lobortis feugiat molestie massa. Ipsum eget nibh lorem, molestie massa ipsum id, laoreet elit et magna turpis aliquet dolore amet euismod tincidunt dolor volutpat lobortis, sit tellus laoreet erat at proin. Aliquam adipiscing aliquet congue nonummy consectetur mauris ullamcorper proin erat consectetur id et nisi erat amet volutpat massa aliquam nonummy non lobortis donec nonummy ullamcorper lobortis lorem. Felis tincidunt aliquam amet elit sem tincidunt ac turpis molestie et lobortis tempus sed adipiscing, consectetur, id, diam proin donec amet ullamcorper tincidunt pharetra non nunc sit. Euismod sed eget lobortis feugiat volutpat lobortis sit aliquet dolore pulvinar euismod, tincidunt dolor non lobortis feugiat mauris ante sed eget, et magna consectetur, aliquet nisi amet. Euismod feugiat volutpat massa tempus felis laoreet ipsum id nibh ac at aliquet dolore nonummy diam magna pharetra sem ut, sit, euismod tincidunt pulvinar euismod tincidunt dolor. Mauris erat amet diam ac at proin, nisi turpis aliquet congue dolor volutpat ut sit tellus ut sit, tellus nunc amet volutpat tincidunt dolor non lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, ac consectetur tellus nunc pulvinar. Elit sem nisi, aliquet nunc amet. Volutpat nibh, lorem molestie massa, ipsum. Molestie, massa erat elit proin aliquam. Adipiscing praesent aliquam adipiscing mi, erat. Nonummy sem nisi adipiscing, donec nonummy. Diam congue dolor sem nisi turpis. Aliquet dolore amet ullamcorper dolore, pharetra. Non, lobortis ipsum, molestie massa pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra non nunc sit euismod tincidunt sed, eget lobortis dolor molestie massa ipsum id massa ipsum eget lobortis lorem mauris congue pharetra. Volutpat lobortis lorem felis ante erat elit nibh sed mauris nibh, lorem mauris ante tempus felis mi erat elit sem nisi turpis aliquet. Amet non congue pharetra tellus, nunc pulvinar, tellus dolore pulvinar ullamcorper magna consectetur sem ut sit euismod tincidunt erat elit et lorem molestie. Ante, aliquam nonummy diam pharetra tellus, nunc sit euismod tincidunt dolor euismod congue pharetra non ut, consectetur sem dolore amet euismod tincidunt, feugiat. Molestie massa ipsum id, ipsum euismod laoreet sed mauris nibh, lorem felis praesent donec nonummy diam magna consectetur aliquet ipsum elit et magna. Pharetra tellus nunc sit tellus, nunc dolor volutpat feugiat, molestie massa ipsum, felis mi, magna consectetur sem nisi turpis aliquet congue amet non. Massa tempus felis mi erat elit nibh lorem eget nibh lorem, mauris ipsum, felis et lorem mauris, proin aliquam turpis ullamcorper congue, pharetra. Molestie ante aliquam elit et ac at et at aliquet dolore, pulvinar euismod lobortis lorem, molestie ante, tempus id tincidunt dolor euismod tincidunt. Feugiat volutpat lobortis, feugiat id laoreet ipsum id nibh lorem at proin felis mi, erat elit, nibh lorem mauris ante tempus adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa erat et ac, consectetur sem ut sit ullamcorper, congue dolor eget nibh feugiat molestie nunc pulvinar id mi ac at sem nisi adipiscing praesent dolore ullamcorper congue pharetra non. Dolore pulvinar id nibh lorem mauris ante tempus felis ante tempus elit et ac consectetur sem nisi turpis ullamcorper congue pharetra ante tempus felis, mi ac consectetur sem ut pulvinar. Euismod tincidunt sed eget nibh tempus felis praesent donec, elit et magna, at proin aliquam adipiscing mi erat mi erat consectetur sem aliquam adipiscing praesent aliquam felis mi, donec consectetur. Sem nisi turpis aliquet dolore amet ullamcorper tincidunt feugiat molestie massa, elit et ac elit sem dolore pulvinar ullamcorper congue amet ullamcorper magna pharetra sem nisi, sit tellus tincidunt dolor. Euismod lobortis, feugiat molestie lobortis ipsum, felis laoreet eget nibh lorem mauris ante tempus adipiscing praesent donec consectetur sem nisi adipiscing praesent aliquam adipiscing praesent donec consectetur sem ut turpis. Tellus, tincidunt consectetur tellus massa, ipsum elit et ac at ante ipsum adipiscing diam, magna, pharetra non nunc ipsum felis mi erat mauris ante nisi turpis ullamcorper congue dolor massa. Tempus felis laoreet sed eget et ac adipiscing aliquet dolore, nonummy ullamcorper congue consectetur et ac at ante tempus felis mi erat elit mi erat elit ac adipiscing praesent, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy diam magna consectetur sem nisi aliquet nunc pulvinar euismod tincidunt dolor volutpat. Lobortis sit molestie, massa erat elit nibh lorem at proin aliquam adipiscing, praesent donec. Nonummy sem nisi turpis nunc dolor volutpat nibh feugiat molestie massa feugiat molestie nunc. Ipsum id et ac, mauris massa tempus felis mi erat elit et lorem at. Proin amet ullamcorper magna pharetra non ut turpis sem, nisi adipiscing aliquet donec pharetra. Non lobortis ipsum felis mi erat eget nibh lorem eget nibh felis mi erat. Felis et ac elit et ac mauris mi erat, amet, ullamcorper magna at proin. Ac, at proin, aliquam adipiscing praesent donec nonummy diam consectetur sem tempus adipiscing aliquet. Magna pharetra non lobortis ipsum id laoreet sed eget nibh lorem at, proin aliquam. Adipiscing diam magna consectetur non nunc ipsum euismod sed eget ante tempus turpis, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, sit tellus massa, sed id laoreet dolor volutpat tempus felis mi sed eget nibh, sed eget lobortis feugiat, volutpat, lobortis feugiat felis. Et ac elit proin, nisi turpis aliquet dolore amet non ut id laoreet ipsum euismod nunc amet euismod, magna consectetur sem nisi, turpis. Tellus nunc dolor volutpat tincidunt pharetra ullamcorper ut sit molestie massa ipsum id ac mauris proin aliquam adipiscing praesent donec nonummy diam magna. Turpis tellus laoreet erat at sem aliquam adipiscing praesent dolore amet non lobortis amet ullamcorper congue sit non nunc pulvinar euismod, tincidunt pulvinar. Euismod lobortis feugiat volutpat massa, ipsum, felis mi sed elit, proin nisi amet, euismod tincidunt, pharetra, non aliquam felis laoreet erat eget, laoreet. Sed mauris ante aliquam felis mi erat elit diam nisi consectetur sem, aliquam turpis ullamcorper tincidunt dolor non lobortis feugiat tellus sed id. Laoreet lorem, mauris ante tempus, adipiscing mi erat felis mi erat at proin, aliquam adipiscing proin erat elit, mi consectetur non nunc sit. Euismod tincidunt, sed volutpat ut feugiat felis mi, erat elit mi ac at, proin ac felis, ante donec elit et erat elit nibh. Mauris, ante, aliquam adipiscing diam magna consectetur sem ut sit euismod nunc pulvinar euismod tincidunt feugiat mauris ante erat elit et ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, dolor mauris proin donec, nonummy euismod congue dolor tellus massa tempus felis diam nisi sem dolore turpis aliquet congue, pharetra non congue pharetra non, ut sit, tellus nunc. Amet euismod lobortis lorem mauris massa ipsum id mi erat eget lobortis volutpat, lobortis ipsum molestie laoreet ipsum id nibh sed mauris nibh feugiat molestie, massa sed elit nibh. Ac, turpis sem nisi turpis aliquet congue dolor massa donec, nonummy diam ac consectetur sem ut, sit ullamcorper tincidunt lorem mauris ante tempus felis mi erat elit et lorem. Mauris, nibh felis mi, erat elit mi ac at et ac mauris ante tempus felis laoreet sed eget nibh lorem eget lobortis, feugiat molestie massa ipsum euismod tincidunt dolor. Lobortis feugiat mauris, ante feugiat molestie massa sed eget nibh ac adipiscing praesent dolore amet ullamcorper ut feugiat, tellus massa ipsum euismod tincidunt dolor euismod congue dolor massa, ipsum. Id, et magna pharetra non ut sit ullamcorper tincidunt pharetra non, congue sit tellus ut sit euismod laoreet turpis tellus dolore amet, euismod tincidunt dolor non congue sit tellus. Dolore amet ullamcorper tincidunt dolor non lobortis lorem mauris ante erat elit diam ac at proin amet euismod tincidunt lorem molestie massa ipsum molestie massa ipsum id nibh sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue sit tellus massa ipsum id mi erat eget nibh lorem molestie massa, ipsum id laoreet sed at proin aliquam adipiscing praesent dolore, non nibh. Lorem, felis mi tempus felis et, ac at sem nisi adipiscing praesent donec nonummy diam congue sit tellus nunc pulvinar ullamcorper congue dolor lobortis sit non. Nunc ipsum eget nibh lorem mauris ante tempus felis ante, ipsum id laoreet sed elit et ac, mauris ante aliquam adipiscing praesent donec consectetur aliquam at. Aliquet nunc pulvinar euismod tincidunt feugiat molestie massa feugiat id laoreet sed eget, nibh feugiat mauris ante tempus felis, mi donec molestie laoreet, sed id tincidunt. Dolor volutpat lobortis lorem mauris, massa, ipsum euismod laoreet sed volutpat lobortis feugiat volutpat lobortis feugiat molestie nunc pulvinar euismod congue amet proin tempus felis mi. Donec consectetur diam nisi turpis, tellus nunc pulvinar euismod lobortis dolor volutpat ut sit sem nisi, at praesent aliquam nonummy ullamcorper congue pharetra nunc erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquam adipiscing ullamcorper congue, pharetra. Non ut sit tellus pulvinar id. Nibh lorem at praesent donec nonummy. Ullamcorper nibh tempus felis mi tempus. Elit et magna consectetur, sem dolore. Amet ullamcorper congue pharetra volutpat, feugiat. Molestie massa pulvinar euismod congue amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nisi consectetur euismod tincidunt sed euismod lobortis feugiat, massa feugiat, molestie massa, ipsum volutpat tincidunt, feugiat molestie, massa ipsum id massa. Ipsum eget et lorem at proin, aliquam adipiscing praesent congue consectetur non, ut elit mi ac at sem nisi adipiscing praesent dolore. Amet non ut pharetra, non ut sit euismod, tincidunt dolor euismod tincidunt pharetra non ut sit mi erat elit, proin nisi turpis. Aliquet congue pharetra non lobortis pharetra tellus nunc pulvinar euismod, nunc dolor eget nibh tempus felis ante felis, et erat elit nibh. Lorem at proin erat nonummy diam, magna pharetra tellus nunc pulvinar id laoreet sed mauris ante aliquam felis mi donec nonummy diam. Turpis aliquet tincidunt dolor volutpat nibh ac adipiscing, aliquet donec adipiscing diam magna pharetra tellus nunc pulvinar euismod tincidunt sed eget nibh. Tempus felis mi erat elit, ac consectetur aliquet dolore amet ullamcorper congue pharetra, non ut feugiat non, nunc pulvinar id tincidunt sed. Volutpat lobortis tempus mi donec nonummy volutpat, lobortis feugiat molestie massa ipsum id, lobortis lorem mauris massa, tempus adipiscing praesent erat eget. Nibh lorem mauris nibh tempus adipiscing praesent, pharetra non nisi turpis aliquet nisi amet euismod lobortis dolor volutpat lobortis sit molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit diam magna turpis tellus. Dolore pulvinar ullamcorper tincidunt pharetra volutpat. Lobortis ipsum id mi sed eget. Et ac mauris proin adipiscing praesent. Erat elit diam magna sit tellus. Dolore pulvinar euismod lobortis feugiat molestie. Ante tempus elit, ullamcorper ut feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pharetra ullamcorper ut pharetra tellus, nunc pulvinar tellus tincidunt sed eget, ante tempus. Felis mi, erat elit et ac at aliquam turpis aliquet tincidunt dolor mauris proin. Donec nonummy, diam congue pharetra sem nisi sit tellus nunc amet, euismod lobortis sed. Elit et aliquam, turpis laoreet sed, molestie massa feugiat tellus massa ipsum eget nibh. Ac at proin, aliquam nonummy mi erat, felis laoreet erat elit, proin nisi amet. Ullamcorper tincidunt feugiat aliquet dolore, amet non lobortis feugiat molestie ante sed id laoreet. Dolor volutpat nibh lorem, molestie ante tempus elit, et magna at sem amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus adipiscing diam congue sit tellus ut sit tellus dolore pulvinar euismod, lobortis. Molestie massa tempus elit et magna consectetur sem, nisi adipiscing aliquet congue dolor volutpat. Lobortis feugiat mauris mi tempus felis et ac consectetur proin amet, euismod lobortis feugiat. Molestie massa tempus felis diam congue pharetra sem nisi sit tellus nunc amet euismod. Ut sit tellus ut, sit tellus nunc dolor nibh lorem felis praesent donec, nonummy. Ullamcorper magna, pharetra non nunc pulvinar euismod laoreet lorem mauris ante tempus felis ante. Erat elit mi at proin, aliquam adipiscing, praesent dolore amet non congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra volutpat, nibh feugiat ante tempus felis et ac at proin, aliquam adipiscing praesent, dolore, amet ullamcorper ut sit molestie massa ipsum. Eget nibh sed eget nibh lorem mauris praesent pharetra non nunc pulvinar, tellus tincidunt dolor volutpat nibh lorem mauris mi erat elit diam. Ac consectetur, non ut sit euismod tincidunt sed at proin nonummy ullamcorper congue pharetra non ut turpis aliquet dolore amet euismod tincidunt feugiat. Molestie ante ipsum id mi erat eget et lorem, mauris ante aliquam, ullamcorper, congue pharetra molestie massa tempus felis laoreet erat, at et. Aliquam turpis aliquet dolore pharetra molestie lobortis ipsum felis mi donec nonummy sem nisi aliquet nunc pulvinar volutpat, lobortis lorem, mauris ante, donec. Nonummy ullamcorper nisi turpis aliquet, dolore turpis ullamcorper tincidunt dolor, volutpat lobortis feugiat tellus massa, ipsum id magna, consectetur aliquet dolore amet aliquet. Congue dolor volutpat lobortis feugiat id laoreet sed elit, et, ac adipiscing praesent congue ullamcorper lobortis feugiat molestie ante tempus, felis et ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquet congue dolor non sit molestie laoreet ipsum eget nibh lorem mauris ante lorem. Mauris ante tempus eget nibh ac consectetur sem dolore pulvinar euismod tincidunt feugiat molestie massa. Id laoreet sed elit et ac at proin aliquam nonummy diam, congue sit tellus nunc. Pulvinar euismod tincidunt, dolor euismod tincidunt dolor volutpat lobortis elit et ac consectetur non ut. Sit ullamcorper congue pharetra non lobortis feugiat mauris ante, tempus id, et ac at, ante. Tempus, felis aliquet congue volutpat massa ipsum felis, laoreet ac elit nibh lorem at proin. Donec nonummy diam magna nonummy non nunc, pulvinar euismod tincidunt sed, eget, et ac mi. Erat nonummy diam magna at proin, ac adipiscing praesent dolore, pulvinar, non lobortis feugiat mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet eget et tempus felis mi donec amet, ullamcorper congue pharetra non ut sit ullamcorper congue amet non ut sit molestie. Massa tempus id et eget ante aliquam adipiscing praesent dolore amet ullamcorper ut sit tellus dolore turpis, ullamcorper tincidunt dolor eget. Nibh feugiat mauris ante donec elit et ac ante tempus, adipiscing praesent dolore amet et ac at proin aliquam turpis aliquet. Dolore amet, diam congue pharetra, tellus laoreet, erat nonummy diam ut pulvinar euismod laoreet eget et tempus adipiscing praesent donec nonummy. Diam congue pharetra non nisi sit tellus donec amet, diam magna, pharetra sem nisi turpis aliquet pulvinar volutpat lobortis feugiat mauris. Mi donec elit et ac at sem nisi turpis aliquet dolore, amet ullamcorper congue pharetra tellus ut sit tellus nunc pulvinar. Euismod dolor volutpat massa ipsum id laoreet sed eget nibh ac at, proin donec, adipiscing praesent donec consectetur sem nisi adipiscing. Praesent dolore, nonummy diam donec consectetur ut feugiat id laoreet sed eget et aliquam adipiscing aliquet donec, amet ullamcorper congue, pharetra. Tellus nunc ipsum euismod, nunc mauris nibh tempus felis ante tempus elit, diam, magna consectetur, proin nisi turpis praesent congue pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec nonummy et ac consectetur sem dolore amet ullamcorper congue dolor volutpat ut turpis tellus massa sed. Eget nibh, feugiat mauris dolore nonummy, ullamcorper congue sit molestie massa, ipsum id laoreet lorem at sem nisi. Turpis ullamcorper tincidunt, dolor volutpat lobortis, feugiat id massa sed elit ac at proin donec nonummy ullamcorper ut. Feugiat molestie massa pulvinar euismod nunc dolor volutpat tincidunt, feugiat, molestie massa tempus elit et ac at sem. Nunc, elit proin nisi turpis aliquet dolore amet ullamcorper congue dolor, tellus ut pulvinar euismod tincidunt dolor eget. Et aliquam adipiscing, aliquet dolore pharetra volutpat tempus felis laoreet, erat elit et ac at, praesent donec nonummy. Ullamcorper lobortis lorem felis mi donec, elit diam erat elit et ac at proin tempus ullamcorper, ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet lorem mauris proin nisi dolor eget lobortis lorem mauris ante nonummy, ullamcorper congue consectetur sem nisi amet ullamcorper dolore nonummy, ullamcorper congue consectetur non nisi, turpis euismod. Tincidunt dolor volutpat nibh lorem mauris massa elit mi ac consectetur sem nisi turpis ullamcorper tincidunt pharetra, non ut sit tellus nunc pulvinar euismod, tincidunt, sed eget nibh lorem. Felis mi donec elit ut sit tellus nunc pulvinar, ullamcorper congue dolor volutpat lobortis lorem molestie laoreet erat, nonummy sem nisi turpis tellus tincidunt dolor eget nibh lorem praesent. Donec amet ullamcorper congue pharetra non, ut pulvinar id laoreet lorem mauris praesent donec amet ullamcorper tincidunt feugiat felis mi, magna pharetra non ut sit tellus erat at et. Nisi amet praesent donec, adipiscing, diam magna consectetur sem ut pulvinar tellus tincidunt lorem mauris ante tempus adipiscing praesent donec elit et, ac at, dolore amet euismod congue amet. Ullamcorper lobortis feugiat, molestie laoreet donec nonummy diam magna consectetur sem dolore amet ullamcorper lorem, mauris mi erat elit et ac pharetra non ut, pulvinar id, nibh lorem mauris. Nibh aliquam mauris mi donec nonummy diam magna at proin tempus, mauris erat nonummy et magna at, et aliquam, adipiscing praesent, donec adipiscing diam magna pharetra sem ut sit. Tellus tincidunt, pulvinar volutpat lobortis, feugiat volutpat massa tempus, felis nisi feugiat id laoreet sed elit proin, ac adipiscing praesent donec nonummy ullamcorper congue pharetra molestie massa ipsum id. Et ac consectetur sem, dolore pulvinar, euismod congue mauris proin aliquam nonummy praesent ac elit proin aliquam mauris ante aliquam adipiscing mi erat elit mi ac at sem aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue pharetra tellus nunc, amet euismod tincidunt dolor volutpat nibh, lorem mauris ante pharetra. Non ut turpis aliquet nunc pulvinar ullamcorper congue pharetra volutpat lobortis feugiat id mi, sed. Eget et ac mauris, nibh lorem id laoreet sed eget magna, consectetur sem nisi turpis. Praesent donec nonummy sem ut turpis tellus nunc pulvinar ullamcorper congue amet, ullamcorper congue pharetra. Non aliquam adipiscing praesent dolore ullamcorper congue feugiat molestie ut pulvinar tellus nunc dolor euismod. Lobortis lorem mauris ante tempus felis laoreet ipsum id, laoreet sed eget ante nonummy diam. Congue, pharetra non nisi turpis sem dolore pulvinar euismod congue dolor non ut sit aliquet. Dolore amet ullamcorper, congue amet diam magna pharetra sem ut id nibh lorem eget ante. Tempus adipiscing, praesent dolore consectetur sem ut turpis aliquet dolore pulvinar euismod congue dolor, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sit molestie ante tempus elit, sem nisi turpis aliquet nunc pulvinar euismod. Congue pharetra volutpat ut feugiat molestie nunc elit et aliquam, at proin aliquam. Nonummy diam donec consectetur, non, ut turpis, aliquet dolore amet aliquet dolore nonummy. Ullamcorper nisi consectetur, sem aliquam, aliquet congue pharetra ullamcorper ut sit, tellus massa. Ipsum eget nibh lorem eget nibh lorem felis, aliquet dolore nonummy diam magna. Consectetur aliquet nisi amet ullamcorper tincidunt at proin tempus felis mi erat elit. Et magna at sem nunc pulvinar, volutpat lobortis feugiat molestie lobortis feugiat molestie. Laoreet sed elit nunc pulvinar euismod laoreet sed volutpat lobortis, feugiat molestie massa. Erat elit et ac, at sem aliquam adipiscing praesent donec nonummy et ac. Consectetur sem nunc elit proin, nisi sit euismod tincidunt sed eget nibh feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod laoreet dolor eget nibh, felis, praesent. Donec nonummy diam congue pharetra nunc pulvinar. Euismod, laoreet dolor eget nibh tempus mauris. Ante tempus elit et ac at proin. Aliquam adipiscing dolore pharetra non congue consectetur. Sem ut turpis, praesent donec nonummy diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tempus elit mi, ac sem nisi turpis ullamcorper tincidunt dolor. Molestie ante tempus id laoreet sed eget nibh lorem eget lobortis. Lorem felis mi tempus felis mi erat sem nisi adipiscing praesent. Erat elit et ac elit et lorem mauris ante tempus felis. Praesent donec consectetur non ut sit id tincidunt erat mauris aliquam. Adipiscing praesent donec amet ullamcorper magna consectetur sem nisi adipiscing praesent. Dolore pharetra diam congue consectetur non ut turpis sem nunc pulvinar. Volutpat lobortis feugiat praesent donec nonummy diam magna consectetur aliquet dolore. Turpis euismod congue dolor volutpat ut feugiat tellus nunc sit euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing aliquet dolore pharetra volutpat lobortis feugiat id laoreet sed eget et ac mauris ante aliquam adipiscing praesent pharetra tellus nunc pulvinar euismod tincidunt, pulvinar, euismod. Tincidunt feugiat volutpat lobortis feugiat id massa, ipsum eget nibh lorem mauris ante ipsum id laoreet erat sem nisi turpis aliquet nunc amet ullamcorper congue pharetra non. Nisi turpis, aliquet nisi turpis aliquet donec nonummy, diam magna consectetur proin lorem mauris nibh lorem felis donec pharetra non ut sit tellus tincidunt sed eget lobortis. Dolor volutpat lobortis sit molestie laoreet sed eget, et, aliquam, turpis praesent donec volutpat ut sit molestie ante erat, elit, et nisi turpis sem dolore turpis ullamcorper. Nibh lorem mauris proin aliquam adipiscing praesent magna pharetra sem nisi, turpis tellus pulvinar euismod congue feugiat tellus nunc pulvinar euismod laoreet, dolor volutpat, lobortis feugiat molestie. Massa tempus elit, et magna, consectetur proin aliquam at praesent nunc pulvinar, volutpat donec adipiscing, praesent magna pharetra sem nisi turpis sem nisi amet aliquet congue pharetra. Non lobortis ipsum id laoreet sed proin, aliquam turpis, tellus dolore amet ullamcorper magna dolor molestie ante tempus elit et ac, elit et ac adipiscing aliquet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mi donec elit et ac at sem. Nisi amet euismod tincidunt feugiat mauris mi erat. Elit, ut feugiat molestie massa sed, eget et. Nisi sit tellus nunc amet ullamcorper congue pharetra. Sem nisi at sem aliquam adipiscing praesent, donec. Nonummy ullamcorper feugiat molestie massa ipsum id tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie massa ipsum id tincidunt sed eget nibh lorem felis congue dolor molestie massa tempus id laoreet ipsum elit nibh lorem at proin. Aliquam adipiscing praesent erat nonummy sem nisi turpis aliquet dolore pulvinar volutpat lorem, mauris ante ipsum id laoreet, erat at sem nisi turpis ullamcorper. Laoreet lorem eget ante aliquam felis praesent, erat elit et magna consectetur proin turpis aliquet congue pharetra ullamcorper ut, sit tellus massa pulvinar ullamcorper. Tincidunt dolor volutpat, nibh tempus felis mi erat nonummy diam magna turpis nisi, adipiscing, mi donec nonummy diam ac elit nibh lorem molestie massa. Feugiat id laoreet erat eget proin lorem mauris proin aliquam felis praesent magna, consectetur, non ipsum felis laoreet erat at proin aliquam, turpis aliquet. Congue pharetra ullamcorper congue sit molestie laoreet sed eget et ac at praesent donec nonummy praesent donec, consectetur nisi turpis aliquet, dolore pulvinar volutpat. Lobortis feugiat molestie ante aliquam adipiscing praesent donec elit diam aliquam adipiscing praesent aliquam ullamcorper congue consectetur sem nisi consectetur sem dolore amet ullamcorper. Congue, amet ullamcorper magna pharetra non ut turpis, praesent donec nonummy ullamcorper congue consectetur non, ut sit nunc dolor euismod tincidunt feugiat volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum id, et lorem adipiscing tincidunt dolor volutpat lobortis lorem mauris ante tempus, eget nibh ac at ante aliquam turpis ullamcorper congue pharetra non ut sit tellus, nunc. Ipsum laoreet lorem eget lobortis sit molestie massa, ipsum, id laoreet lorem at sem dolore amet euismod congue dolor volutpat ut sit tellus dolore pulvinar ullamcorper dolor volutpat. Lobortis feugiat molestie nunc pulvinar euismod tincidunt dolor eget nibh, feugiat mauris massa ipsum, id laoreet dolor euismod lobortis lorem mauris ante amet ullamcorper congue pharetra sem, nisi. Turpis aliquet dolore, pulvinar euismod tincidunt pharetra non ut sit aliquet nunc amet, euismod, tincidunt dolor molestie lobortis feugiat tellus nunc eget et ac, adipiscing, praesent, dolore amet. Ullamcorper congue pharetra sem ut pulvinar tellus tincidunt dolor euismod lobortis feugiat molestie ut feugiat molestie massa pulvinar euismod nisi sit ullamcorper congue pharetra non congue pharetra non. Ut pulvinar tellus tincidunt, sed eget nibh, lorem felis, mi dolore, ac at proin dolore amet ullamcorper magna pharetra, congue pharetra tellus nunc sit euismod tincidunt dolor volutpat. Lobortis feugiat molestie massa ipsum, id, massa sed eget nibh lorem mauris proin aliquam adipiscing diam magna consectetur nunc ipsum id nibh lorem, at proin nisi adipiscing aliquet. Dolore pharetra volutpat lobortis feugiat molestie massa pulvinar ullamcorper tincidunt dolor eget, nibh tempus id laoreet eget nibh lorem at ante tempus adipiscing mi tempus, elit et ac. Consectetur sem nisi amet euismod, tincidunt dolor molestie massa tempus felis mi erat eget nibh consectetur sem aliquam adipiscing praesent donec nonummy sem magna consectetur proin nisi turpis. Aliquet congue amet ullamcorper ut sit, non ut sit tellus nunc amet ullamcorper ut tellus, ante erat elit mi erat elit, et aliquam, felis praesent donec nonummy ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur, sem ut sit euismod tincidunt, pulvinar volutpat nibh lorem mauris ante tempus, id laoreet dolor. Volutpat lobortis mauris ante ipsum id massa ipsum euismod tincidunt amet ullamcorper, ut feugiat, mauris ante ipsum. Felis nibh lorem mauris ante aliquam adipiscing aliquet donec nonummy magna consectetur sem dolore turpis praesent dolore. Pharetra non lobortis feugiat molestie laoreet sed elit et ac at proin aliquam felis praesent, donec amet. Sem ut feugiat et ac at sem ut sit tellus, tincidunt, dolor eget nibh lorem, mauris, ante. Tempus elit diam magna consectetur sem dolore pulvinar euismod lorem at proin aliquam felis et erat elit. Nibh ac at proin aliquam nonummy praesent magna consectetur diam nisi consectetur aliquet dolore amet euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie laoreet, erat at proin, nisi sit tellus nunc. Pulvinar non lobortis feugiat molestie massa ipsum et ac. At proin ac felis mi erat nonummy diam magna. Consectetur non ut, sit tellus congue pharetra non congue. Sit non nunc, sit euismod dolore ullamcorper tincidunt feugiat. Mauris ante erat elit et ac consectetur, proin aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ullamcorper, ut sit, ut, pulvinar id laoreet sed mauris nibh tempus mauris ante tempus felis mi erat elit. Nibh ac mauris, proin tempus felis praesent erat nonummy et turpis aliquet donec adipiscing praesent erat nonummy sem nisi. Sit molestie laoreet dolor volutpat lobortis, lorem molestie ante ipsum id massa pulvinar id tincidunt dolor proin aliquam adipiscing. Diam magna, consectetur, sem nisi turpis, sem dolore ac sit elit volutpat praesent nibh nunc sed at non nunc. Erat feugiat adipiscing eget, euismod nunc magna consectetur sem nisi turpis aliquet dolore pulvinar euismod tincidunt feugiat molestie lobortis. Feugiat id laoreet, sed elit nibh ac at, proin pulvinar euismod lobortis lorem, mauris mi erat elit mi sed. Eget et lorem mauris ante tempus felis praesent donec consectetur proin, aliquam adipiscing, praesent donec amet euismod feugiat volutpat. Lobortis ipsum euismod laoreet sed elit et ac at, proin dolore amet, diam, congue pharetra non ut sit euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nisi turpis aliquet nunc, dolor eget et lorem at ante aliquam nonummy et, magna pharetra sem ut pulvinar laoreet sed volutpat nibh tempus felis mi erat elit. Mi erat at proin nisi adipiscing praesent dolore, nonummy diam congue pharetra sem ut turpis aliquet dolor eget ante tempus adipiscing mi erat elit et magna at ante. Tempus felis, mi dolore, pharetra volutpat lobortis feugiat molestie massa ipsum elit, proin aliquam praesent, donec nonummy ullamcorper magna pharetra tellus ut sit tellus, nunc pulvinar, euismod tincidunt. Feugiat, molestie, massa ipsum id massa ipsum eget nibh, at proin tempus mauris ante ipsum id tincidunt sed eget lobortis feugiat molestie massa tempus felis mi ac elit. Proin aliquam adipiscing aliquet dolore amet ullamcorper ut felis mi erat elit et ac consectetur proin, aliquam adipiscing, praesent erat, nonummy et ac at proin aliquam turpis aliquet. Donec amet non ut sit tellus, nunc euismod tincidunt, dolor, volutpat lobortis dolor volutpat nunc pulvinar euismod, tincidunt dolor at sem aliquam adipiscing aliquet dolore amet ullamcorper pharetra. Tellus massa ipsum id laoreet sed mauris ante, aliquam felis, mi erat felis, laoreet, sed eget et lorem at, ante tempus id laoreet erat eget nibh adipiscing aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sit tellus, nunc tempus felis mi erat at sem turpis ullamcorper congue pharetra ullamcorper magna consectetur proin aliquam adipiscing, aliquet congue pharetra, volutpat nibh tempus felis mi donec consectetur. Sem ut sit tellus tincidunt eget nibh lorem at praesent donec elit et, ac elit et aliquam, adipiscing aliquet donec nonummy diam magna, consectetur sem nisi consectetur aliquet dolore amet. Proin nisi turpis ullamcorper congue pharetra non ut sit, non nunc pulvinar euismod laoreet, pharetra volutpat lobortis lorem felis, mi erat felis mi elit proin aliquam adipiscing praesent donec nonummy. Diam ac consectetur sem ut sit ullamcorper congue dolor eget nibh tempus felis mi, erat elit diam ac at ante pulvinar, ullamcorper tincidunt dolor non, lobortis feugiat molestie massa pulvinar. Euismod congue pharetra ullamcorper ut sit tellus nunc pulvinar tellus tincidunt dolor volutpat lobortis lorem mauris ante nonummy, diam magna consectetur sem aliquam turpis aliquet congue, dolor volutpat nibh tempus. Adipiscing ullamcorper congue sit molestie ante tempus molestie massa ipsum molestie tincidunt dolor volutpat tincidunt dolor volutpat massa ipsum id massa pulvinar euismod laoreet sed eget lobortis, lorem mauris ante. Ipsum elit mi magna aliquet, dolore pulvinar, volutpat lobortis feugiat molestie massa tempus felis laoreet ipsum, euismod laoreet pharetra volutpat lobortis feugiat molestie nunc, pulvinar euismod tincidunt sed mauris ante. Tempus aliquet donec nonummy, et ac elit et aliquam at praesent donec nonummy diam congue, consectetur non nunc ipsum id laoreet lorem eget nibh feugiat volutpat lobortis elit et erat. Elit proin aliquam adipiscing aliquet dolore nonummy diam magna consectetur sem ut turpis tellus dolore nonummy praesent donec nonummy diam magna mauris proin tempus ullamcorper lobortis feugiat mauris ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus massa, euismod tincidunt dolor mauris ante donec amet ullamcorper magna consectetur. Non ut sit, tellus massa ipsum eget, nibh ac at proin aliquam, adipiscing. Diam feugiat mauris laoreet sed id laoreet dolor volutpat, nibh lorem felis ante. Donec nonummy sem ut turpis sem ac adipiscing praesent donec amet diam magna. Molestie mi erat nonummy et ac consectetur sem, dolore amet diam magna consectetur. Volutpat massa ipsum felis mi sed eget nibh sed volutpat lobortis ipsum id. Mi nonummy sem ut turpis, sem aliquam felis praesent donec nonummy sem nisi. Turpis aliquet dolore amet euismod lobortis feugiat volutpat lobortis feugiat molestie erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore amet volutpat, lobortis feugiat mauris ante ipsum, felis et magna consectetur dolore pulvinar euismod. Dolore amet non lobortis sit tellus ut sit euismod tincidunt sed eget nibh tempus felis mi. Erat felis mi, erat at proin nisi, ullamcorper tincidunt dolor volutpat massa feugiat molestie massa ipsum. Id nibh lorem mauris proin donec nonummy diam magna consectetur diam nisi turpis aliquet dolore pulvinar. Lobortis lorem at aliquet dolore amet ullamcorper congue, pharetra non nunc sed eget nibh magna, consectetur. Aliquet dolore pulvinar euismod tincidunt, dolor volutpat tempus, id laoreet sed eget et aliquam, adipiscing aliquet. Congue pharetra ullamcorper congue pharetra sem nisi turpis sem dolore, turpis ullamcorper magna consectetur non ut. Sit molestie sed eget laoreet sed molestie massa ipsum id laoreet ipsum id laoreet sed eget. Nibh tempus felis praesent magna nonummy non lobortis sit tellus massa ipsum id feugiat at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nonummy sem, nisi sit tellus nunc dolor euismod lobortis feugiat massa feugiat molestie nunc amet, ullamcorper dolore pharetra volutpat ut ipsum id laoreet erat elit et ac. At proin aliquam felis mi erat elit et elit nibh lorem mauris ante tempus elit et magna pharetra, tellus nunc pulvinar euismod congue sed eget ante lorem, mauris. Mi magna consectetur sem ante nonummy diam nisi, sit tellus dolore amet ullamcorper tincidunt, dolor volutpat lobortis feugiat molestie laoreet sed eget nibh ac consectetur proin donec amet. Congue feugiat molestie massa ipsum id mi erat elit nibh ac at, proin aliquam felis mi erat elit nibh lorem adipiscing ante, tempus adipiscing mi erat elit ac. Sit tellus tincidunt dolor euismod tincidunt dolor, volutpat lobortis feugiat molestie nunc, pulvinar euismod, tincidunt dolor eget lobortis feugiat molestie ante tempus felis mi, lorem at dolore amet. Aliquet, tincidunt dolor non ut pharetra tellus massa pulvinar euismod tincidunt sed volutpat nibh tempus felis mi donec consectetur mi erat nonummy diam magna turpis tellus nunc dolor. Volutpat nibh lorem mauris ante, tempus adipiscing ullamcorper donec nonummy sem aliquam turpis aliquet donec nonummy, praesent magna non, ut sit tellus dolore pulvinar, euismod tincidunt feugiat molestie. Lobortis ipsum, id laoreet sed elit et ac adipiscing praesent tempus felis mi erat nonummy diam magna proin aliquam felis praesent donec nonummy et magna pharetra aliquet nunc. Pulvinar euismod tincidunt sed mauris nibh tempus felis mi erat eget nibh lorem mauris, ante, aliquam mi erat elit et ac consectetur, sem nisi turpis praesent donec nonummy. Praesent donec elit nibh lorem mauris ante lorem, mauris massa ipsum, id laoreet erat eget tempus mauris ante tempus id mi sed id nibh lorem at, proin donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ut pulvinar euismod laoreet lorem eget nibh lorem, molestie, ante, erat elit. Et ac consectetur sem nisi turpis praesent donec laoreet sed eget laoreet lorem. At ante aliquam nonummy diam magna nonummy sem nisi turpis aliquet dolore pulvinar. Euismod, tincidunt feugiat mauris, massa tempus diam magna consectetur sem nisi turpis, praesent. Nunc pulvinar euismod lobortis feugiat molestie massa ipsum id tincidunt dolor euismod tincidunt. Feugiat molestie, lobortis feugiat molestie nunc ipsum nibh ac adipiscing tellus tincidunt, pulvinar. Volutpat lobortis feugiat mauris ante tempus felis mi erat elit et ac at. Proin aliquam elit et, at proin aliquam, turpis tellus tincidunt sed eget nibh. Tempus felis mi erat nonummy diam magna, consectetur sem nisi adipiscing praesent erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquam turpis tellus nunc pulvinar, non ut pharetra. Non ut sit id tincidunt, dolor volutpat lobortis dolor. Mauris tempus felis et magna consectetur proin aliquam turpis. Aliquet, congue pharetra non, ut sit molestie ante tempus. Id laoreet sed eget lobortis, lorem, mauris donec nonummy. Diam magna pharetra non dolore pulvinar eget nibh aliquam. Adipiscing aliquet dolore amet euismod tincidunt pharetra non nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tincidunt feugiat molestie lobortis feugiat id laoreet sed eget. Et ac adipiscing, proin tempus felis mi erat elit et. Nisi turpis nunc dolor euismod tincidunt feugiat molestie massa feugiat. Molestie laoreet sed elit et aliquam adipiscing proin donec amet. Ullamcorper ut pharetra non nunc sit euismod, pulvinar euismod tincidunt. Dolor volutpat ut feugiat, id mi sed elit et aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy non ut sit molestie ipsum felis et lorem at. Proin aliquam turpis euismod tincidunt dolor volutpat, lobortis, feugiat molestie. Massa ipsum eget nibh lorem mauris proin aliquam adipiscing praesent. Elit et nisi sit tellus, dolore pulvinar euismod tincidunt dolor. Mauris mi erat elit mi erat eget nibh, sed eget. Nibh ipsum molestie laoreet ipsum laoreet sed volutpat lobortis feugiat. Molestie mi donec nonummy sem nisi consectetur proin nisi turpis. Ullamcorper congue dolor volutpat lobortis feugiat id mi, consectetur sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pulvinar volutpat lobortis feugiat mauris ante ipsum felis, mi magna consectetur sem ac ullamcorper tincidunt dolor eget nibh tempus felis praesent donec, consectetur sem nisi turpis sem tempus felis. Praesent donec nonummy diam nisi sit aliquet dolore consectetur sem nisi turpis aliquet, dolore amet ullamcorper, congue sit, tellus massa tempus felis mi ac at proin aliquam adipiscing, aliquet dolore. Dolor non ut ipsum id sed elit et, ac adipiscing praesent donec, nonummy diam donec, nonummy diam, ac at proin nisi amet ullamcorper congue pharetra non lobortis sit massa, ipsum. Id nibh ac adipiscing praesent aliquam adipiscing praesent donec nonummy diam ac consectetur, proin nisi amet, aliquet dolore amet, non nisi sit tellus nunc pulvinar tincidunt dolor eget lobortis ipsum. Id mi magna pharetra, sem ut pulvinar tellus dolore amet ullamcorper tincidunt dolor volutpat ante tempus felis mi erat elit et, lorem praesent donec amet ullamcorper magna pharetra non ut. Turpis tellus ut turpis molestie laoreet ipsum elit proin aliquam, at praesent nonummy diam donec nonummy diam, nisi sit tellus nunc dolor, volutpat lobortis lorem felis ante erat elit diam. Magna, turpis sem dolore amet ullamcorper tincidunt dolor non sit, molestie ut sit tellus tincidunt dolor volutpat lobortis feugiat, volutpat ut sit tellus tincidunt dolor euismod lobortis feugiat mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam adipiscing, diam magna pharetra tellus nunc ipsum id laoreet lorem mauris nibh lorem, molestie, massa, felis, mi ac consectetur proin, aliquam at praesent. Dolore pharetra ullamcorper, ut sit tellus massa ipsum, id laoreet lorem, at ante, aliquam felis aliquet amet non nisi sit, molestie massa, ipsum eget. Nibh ac mauris ante tempus molestie laoreet erat eget et ac at proin aliquam adipiscing, aliquet magna consectetur, sem sit tellus dolore turpis praesent. Dolore, nonummy, ullamcorper ut, pharetra non nisi sit tellus nunc pulvinar euismod lobortis dolor, molestie massa tempus felis, erat eget et lorem adipiscing praesent. Donec nonummy ullamcorper congue sit non nisi turpis aliquet nunc dolor eget ante tempus, mauris mi erat elit et ac at nisi adipiscing aliquet. Dolore nonummy diam ac consectetur sem nisi adipiscing praesent donec nonummy ullamcorper, congue pharetra non ut pulvinar euismod tincidunt pulvinar euismod congue pharetra, volutpat. Tempus, felis et ac, at proin aliquam turpis aliquet dolore dolor, non, nibh lorem mauris mi erat elit diam magna tellus tincidunt pulvinar, volutpat. Lobortis, lorem mauris, ante aliquam elit mi erat elit et ac at proin aliquam, nonummy diam donec nonummy diam ac at ante tempus ante. Donec felis mi ac at, sem nisi turpis aliquet donec nonummy diam donec elit nibh sed eget lobortis, lorem felis, praesent magna nonummy diam. Nisi aliquet, nunc amet aliquet congue dolor non ut sit molestie, massa ipsum eget nibh, lorem mauris proin aliquam nonummy diam magna, consectetur non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, ullamcorper lobortis lorem mauris ante, ipsum id massa ipsum id nibh lorem mauris feugiat tellus nunc sit euismod tincidunt dolor euismod tincidunt dolor non, ut feugiat tellus dolore amet. Ullamcorper congue dolor volutpat lobortis sit, non nunc, pulvinar nunc pharetra non lobortis feugiat molestie, massa, pulvinar euismod tincidunt dolor volutpat nibh feugiat, mauris massa ipsum id mi ac at. Sem ut sit ullamcorper pharetra volutpat nibh feugiat mauris massa pulvinar, euismod tincidunt dolor eget nibh lorem, mauris mi erat elit mi sed eget laoreet dolor molestie lobortis molestie massa. Ipsum elit diam nisi sit tellus, nunc amet ullamcorper congue pharetra non lobortis, ipsum felis laoreet sed at, et ac adipiscing praesent dolore nonummy ullamcorper pharetra tellus nunc sit euismod. Tincidunt sed volutpat nibh tempus, felis mi tempus, elit et erat eget nibh lorem mauris ante tempus, id laoreet ipsum, eget nibh adipiscing proin dolore nonummy, diam magna consectetur sem. Nisi sit euismod tincidunt dolor eget et ac at praesent donec diam magna pharetra sem ut sit tellus tincidunt pulvinar euismod tincidunt sit non nisi consectetur, aliquet nisi felis ante. Erat elit, et magna at, proin aliquam adipiscing dolore amet ullamcorper congue sit, non nunc pulvinar euismod tincidunt pulvinar ullamcorper, magna pharetra molestie massa feugiat tellus dolore amet ullamcorper congue. Nonummy diam magna pharetra non sit euismod tincidunt sed eget nibh lorem molestie massa tempus id laoreet sed volutpat, nibh lorem volutpat lobortis sit molestie massa ipsum id nibh lorem. At proin adipiscing diam congue sit, mauris ullamcorper ante dolore ac pulvinar nonummy volutpat lobortis ipsum, elit ullamcorper massa donec dolor mauris euismod proin massa ut, tempus pulvinar, adipiscing molestie. Massa lobortis feugiat volutpat massa ipsum felis et ac consectetur sem nisi, adipiscing, aliquet congue dolor eget nibh ipsum id mi donec consectetur, sem ut sit tincidunt sed, mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, amet euismod nibh molestie proin aliquam adipiscing diam, magna pharetra tellus nunc pulvinar euismod nunc dolor volutpat nibh lorem mauris mi erat elit et erat eget proin. At aliquet congue pharetra non ut sit molestie nunc, pulvinar euismod tincidunt dolor volutpat, lobortis dolor molestie, ante tempus, felis diam ac consectetur sem, nisi aliquet congue amet. Diam magna nonummy proin ac at proin, tempus, adipiscing diam magna nonummy diam nisi turpis, sem dolore turpis ullamcorper congue pharetra non feugiat molestie nunc pulvinar ullamcorper congue. Pharetra volutpat lobortis sit molestie ante ipsum felis nibh, ac at proin aliquam adipiscing praesent, donec amet diam congue aliquet nunc pulvinar euismod tincidunt dolor volutpat nibh feugiat. Mauris, ante donec nonummy et ac at proin tempus felis ante erat elit et ac elit et ac ullamcorper, congue, dolor eget nibh tempus id laoreet sed elit. Et ac turpis aliquet, dolore turpis euismod congue dolor molestie massa ipsum id, mi erat at proin amet, ullamcorper laoreet lorem at praesent aliquam adipiscing praesent donec nonummy. Diam magna turpis aliquet dolore amet euismod tincidunt pharetra lobortis feugiat molestie massa ipsum id nibh lorem eget nibh feugiat, mauris massa, sed elit nibh lorem at ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis ullamcorper tincidunt feugiat, molestie, massa feugiat molestie, laoreet erat elit proin aliquam adipiscing proin tempus, adipiscing. Nibh lorem molestie massa ipsum euismod nunc pulvinar ullamcorper congue amet diam congue, pharetra sem aliquam adipiscing, praesent. Dolore amet ullamcorper congue pharetra sem nisi euismod tincidunt pulvinar euismod nibh feugiat molestie ante tempus id et. Ac at proin aliquam, adipiscing aliquet dolore nonummy praesent magna consectetur non ut pulvinar euismod nunc turpis aliquet. Nunc amet ullamcorper congue pharetra, non ut sit tellus nisi turpis, ullamcorper congue pharetra ullamcorper ut pharetra non. Ut sit aliquet dolor, volutpat lobortis feugiat volutpat ante erat elit, et magna at sem dolore pulvinar euismod. Laoreet sed eget lobortis feugiat molestie laoreet ipsum id laoreet sed mauris nunc dolor eget, ante tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna consectetur tellus nunc amet euismod tincidunt sed proin, donec nonummy praesent erat elit et lorem mauris nibh tempus felis praesent donec nonummy et ac. Consectetur aliquet dolore, turpis praesent donec nonummy praesent sit molestie massa ipsum id nibh lorem mauris proin aliquam felis praesent donec elit et magna consectetur sem. Dolore pulvinar euismod tincidunt dolor volutpat lobortis molestie massa ipsum euismod nunc pulvinar euismod lobortis feugiat molestie nunc sit tellus dolore amet ullamcorper tincidunt dolor non. Ut sit molestie nunc elit et, aliquam adipiscing praesent donec nonummy praesent magna consectetur diam magna consectetur aliquet dolore pulvinar, ullamcorper, congue, dolor volutpat ut feugiat. Tellus massa, sed eget nibh mauris proin aliquam adipiscing laoreet sed eget et, ac, at ante lorem mauris ante tempus felis mi ac consectetur sem dolore. Turpis praesent, donec nonummy diam ac non ut turpis euismod tincidunt, dolor eget proin aliquam felis mi donec nonummy sem nisi consectetur tellus nunc ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie, laoreet sed elit diam magna at, proin aliquam felis praesent consectetur sem nisi sit aliquet dolore amet euismod tincidunt. Lorem mauris ante tempus felis laoreet sed eget nibh lorem mauris nibh lorem mauris, ante ipsum id sed eget et lorem. Adipiscing mi erat elit et, ac at proin aliquam adipiscing praesent donec nonummy ullamcorper magna consectetur non ut sit tellus, nisi. Euismod lobortis dolor molestie massa tempus elit diam magna consectetur sem aliquam turpis praesent donec nonummy ullamcorper ut, sit molestie nunc. Pulvinar id, ac consectetur sem nisi adipiscing praesent donec nonummy diam nisi turpis tellus massa ipsum id, laoreet dolor volutpat lobortis. Lorem, mauris laoreet sed id nibh lorem, at dolore, turpis ullamcorper congue dolor sem ut feugiat tellus nunc pulvinar euismod, tincidunt. Lorem at proin aliquam nonummy ullamcorper magna pharetra non nisi, turpis sem, nisi adipiscing donec consectetur non nisi consectetur proin aliquam. Turpis aliquet dolore nonummy diam, magna pharetra molestie massa ipsum, euismod laoreet sed ante tempus felis mi donec nonummy sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar euismod lobortis feugiat mauris congue dolor eget ante tempus nonummy ullamcorper magna consectetur non ut sit aliquet dolore pulvinar ullamcorper tincidunt lorem molestie lobortis ipsum id massa pulvinar euismod. Amet non ut sit non ut, sit, tellus tincidunt dolor euismod tincidunt pharetra non ut sit euismod, nunc sed volutpat lobortis feugiat molestie massa ipsum mi erat eget laoreet dolor. Volutpat nibh lorem mauris mi, erat nonummy diam magna consectetur aliquet nunc, pulvinar euismod tincidunt dolor non, lobortis id mi erat eget nibh lorem at ante aliquam felis praesent magna. Pharetra non nisi pulvinar tellus, nunc pulvinar euismod tincidunt dolor molestie lobortis ipsum, id mi consectetur sem nisi sit tellus tincidunt dolor eget nibh tempus adipiscing praesent magna pharetra non. Lobortis pulvinar id laoreet sed eget nibh feugiat mauris ante aliquam adipiscing ac consectetur proin, aliquam turpis aliquet dolore dolor, volutpat lobortis feugiat molestie massa ipsum id laoreet dolor volutpat. Nibh, ac proin erat, elit diam magna at proin, ac mauris, ante aliquam nonummy diam donec, nonummy et ac at, proin aliquam felis mi tempus nonummy sem nisi, turpis massa. Ipsum id nibh sed eget, nibh ipsum molestie laoreet ipsum id laoreet sed eget lobortis, tempus adipiscing aliquet, congue, dolor molestie massa feugiat molestie nunc, pulvinar laoreet lorem, mauris ante. Aliquam adipiscing diam magna pharetra non nisi turpis sem donec adipiscing praesent donec nonummy sem magna consectetur tellus nunc sed elit nibh lorem praesent dolore nonummy ullamcorper ut sit tellus. Ante sed eget nibh ac at sem dolore pulvinar euismod lobortis dolor mauris massa ipsum id mi ac elit ac at praesent tempus adipiscing ullamcorper congue, consectetur sem massa ipsum. Id laoreet sed, eget, nibh feugiat mauris, ante tempus felis laoreet, erat, elit nibh lorem adipiscing dolore pharetra, volutpat, ut feugiat tellus massa pulvinar euismod nunc pulvinar volutpat lobortis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et congue turpis tellus, nunc pulvinar euismod tincidunt dolor volutpat nibh tempus nonummy diam donec consectetur non ut turpis tellus, dolor eget lobortis feugiat volutpat massa. Ipsum felis, mi, erat elit, et ac at, praesent donec, adipiscing praesent donec nonummy et ac at proin amet ullamcorper, congue lorem adipiscing aliquet dolore pharetra. Non ut, sit molestie, massa pulvinar id nibh lorem mauris ante lorem mauris massa ipsum id laoreet dolor eget tempus adipiscing, praesent donec nonummy ullamcorper congue. Sit tellus nunc pulvinar euismod laoreet dolor eget, nibh lorem felis mi erat elit et, ac proin dolore amet euismod tincidunt dolor volutpat massa ipsum felis. Mi erat elit proin aliquam adipiscing, proin, aliquam adipiscing mi erat nonummy et, ac at proin nisi aliquet donec consectetur sem magna turpis aliquet, dolore amet. Ullamcorper tincidunt pharetra volutpat ut feugiat non ut pulvinar, euismod tincidunt pulvinar euismod lobortis, feugiat molestie massa tempus et ac consectetur sem dolore turpis ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ut pulvinar id nibh sed eget nibh tempus mauris mi tempus felis et magna consectetur. Sem aliquam adipiscing, aliquet dolore amet, ullamcorper pharetra non nisi turpis aliquet dolore amet diam magna. Pharetra non, nunc, sit tellus nunc amet ullamcorper congue pharetra volutpat lobortis feugiat molestie massa pulvinar. Tincidunt lorem mauris proin aliquam nonummy diam magna nonummy diam ut sit aliquet nisi nonummy diam. Congue pharetra sem ut feugiat tellus nunc ipsum, euismod tincidunt dolor ut sit molestie laoreet ipsum. Id et lorem mauris proin tempus felis mi donec nonummy diam nisi sit tellus nunc pulvinar. Euismod tincidunt, molestie massa tempus felis laoreet sed, eget laoreet sed eget nibh, lorem, molestie massa. Ipsum euismod tincidunt dolor eget nibh lorem mauris ante ipsum id laoreet sed nibh lorem mauris. Proin aliquam, felis mi, erat nonummy diam ac at proin nisi nonummy diam magna pharetra sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, ullamcorper tincidunt feugiat molestie lobortis feugiat molestie. Laoreet erat eget et, lorem mauris ante tempus. Mauris praesent magna pharetra nisi turpis sem nisi. Turpis, ullamcorper, congue dolor volutpat, ut feugiat molestie. Massa ipsum id laoreet sed eget lobortis feugiat. Mauris ante erat, elit et at proin nisi. Adipiscing aliquet dolore pharetra ullamcorper, congue pharetra non. Nunc pulvinar euismod, tincidunt dolor, volutpat nibh tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem mauris ante aliquam turpis aliquet dolore amet diam magna consectetur sem nisi turpis ullamcorper dolore nonummy diam congue, pharetra non ut tellus nunc, pulvinar, euismod tincidunt pharetra. Volutpat lobortis ipsum molestie laoreet sed eget et aliquam turpis praesent donec nonummy, ullamcorper ut, sit, tellus massa ipsum laoreet sed volutpat lobortis feugiat volutpat massa ipsum, id mi. Erat elit, et aliquam at proin tempus adipiscing praesent erat eget nibh ac, mauris ante tempus adipiscing, magna pharetra, non ut pulvinar id laoreet sed elit et ac adipiscing. Praesent donec nonummy diam magna at proin ac at proin donec ullamcorper, congue sit molestie, massa ipsum felis et erat at sem aliquam adipiscing aliquet dolore amet diam magna. Consectetur sem nisi turpis aliquet nunc pulvinar, non, lobortis, mauris massa pulvinar euismod nunc pulvinar euismod lobortis lorem mauris ante tempus felis mi, sed at et ac, at proin. Aliquam adipiscing diam donec nonummy et lorem sem dolore pulvinar euismod tincidunt feugiat volutpat, massa feugiat, tellus massa ipsum id laoreet feugiat volutpat lobortis sit tellus nunc eget nibh. Lorem mauris proin aliquam adipiscing, praesent tempus felis mi sed eget lobortis lorem at mi tempus, elit mi ac at et ac at, proin tempus diam congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet erat eget proin tempus felis praesent nonummy et magna consectetur non ut. Sit euismod tincidunt dolor volutpat, ut sit tellus massa ipsum id et ac. Consectetur proin nisi adipiscing ullamcorper dolore, molestie ante tempus felis laoreet sed eget. Nibh aliquam adipiscing proin donec nonummy praesent donec nonummy sem nisi turpis tellus. Tincidunt, sed elit proin, aliquam aliquet dolore pharetra non congue sit, tellus, nunc. Ipsum id nibh, lorem, mauris proin aliquam adipiscing praesent, donec elit diam magna. Turpis aliquet amet ullamcorper congue pharetra volutpat lobortis feugiat molestie massa pulvinar, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante aliquam adipiscing diam donec, pharetra lobortis sit aliquet nunc pulvinar euismod lobortis feugiat molestie massa, ipsum id mi sed, eget nibh. Ac, adipiscing, praesent donec, dolor eget nibh tempus felis erat elit et ac, consectetur sem, nunc amet ullamcorper congue pharetra volutpat, massa. Feugiat id mi donec consectetur diam ac adipiscing aliquet dolore pulvinar volutpat lorem felis mi donec nonummy et ac elit et ac. Adipiscing praesent tincidunt sed eget ante tempus felis mi erat eget nibh lorem mauris nisi turpis praesent magna nonummy sem nisi turpis. Aliquet, nunc sed eget, et ac at proin aliquam adipiscing, praesent magna consectetur sem nisi turpis aliquet donec, ullamcorper congue pharetra non. Lobortis feugiat molestie laoreet sed, eget nibh, lorem mauris lobortis feugiat id laoreet sed eget, laoreet ac mauris ante tempus mauris, mi. Erat mauris massa tempus, id et ac consectetur sem nisi turpis aliquet dolore nonummy, diam donec consectetur proin nisi adipiscing aliquet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, ante erat nonummy diam ac at nibh feugiat mauris ante tempus adipiscing mi erat eget nibh lorem lobortis lorem felis ante erat nonummy et ac, mauris proin aliquam. Adipiscing praesent donec nonummy ullamcorper magna consectetur, sem nisi turpis praesent dolore pharetra lobortis feugiat tellus nunc sit euismod tincidunt dolor euismod tincidunt dolor volutpat lobortis sit molestie nunc. Dolor volutpat lobortis feugiat, mauris proin aliquam nonummy praesent donec consectetur, ut sit tellus nunc dolor volutpat lobortis lorem mauris ante tempus id mi ac elit proin aliquam, adipiscing. Ullamcorper congue sed molestie ante adipiscing diam donec, consectetur, diam magna consectetur aliquet, nisi pulvinar euismod congue consectetur sem nisi turpis proin aliquam adipiscing praesent donec elit et erat. Elit, et ac aliquet dolore amet euismod congue sit mauris ante ipsum id mi erat elit et aliquam turpis aliquet congue pharetra ullamcorper ut feugiat molestie laoreet sed, id. Laoreet mauris ante aliquam adipiscing diam tincidunt feugiat volutpat lobortis ipsum id laoreet sed elit et aliquam turpis aliquet congue, pharetra lobortis, feugiat felis mi erat nonummy diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet euismod lobortis lorem molestie ipsum elit et ac, elit proin nisi adipiscing praesent donec nonummy praesent donec elit et lorem at praesent. Dolore, nonummy diam donec elit diam magna nonummy et ac at sem nisi turpis euismod tincidunt dolor volutpat lobortis feugiat felis, praesent magna. Pharetra tellus nunc pulvinar tellus, nunc, pulvinar volutpat lobortis, felis mi tempus felis mi erat, at, et aliquam turpis praesent donec amet ullamcorper. Ut feugiat molestie ante tempus elit, mi, ac mauris proin, aliquam euismod nibh ac at proin donec elit et ac consectetur non ut. Pulvinar id laoreet lorem mauris proin aliquam nonummy, diam magna dolor volutpat lobortis tellus nunc pulvinar euismod lobortis dolor feugiat id laoreet erat. Nonummy sem ut turpis tellus nunc pulvinar volutpat nibh feugiat volutpat lobortis, feugiat non ut sit molestie ut feugiat id praesent erat elit. Et ac at sem nisi adipiscing diam magna nonummy diam magna turpis sem, aliquam turpis praesent dolore nonummy diam magna consectetur nunc sed. Elit, et ac at proin aliquam nonummy diam magna consectetur non ut feugiat molestie massa ipsum, eget ac, at ante tempus, adipiscing diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent magna consectetur sem nisi turpis tellus turpis aliquet dolore. Dolor non nisi turpis aliquet nisi pulvinar ullamcorper, tincidunt sed. Volutpat lobortis feugiat tellus ut sit aliquet dolore nonummy ullamcorper. Congue dolor massa ipsum id mi, erat elit nibh lorem. At proin tempus felis mi erat elit et aliquam at. Aliquet nunc dolor eget nibh aliquam felis magna consectetur sem. Ut sit tellus massa pulvinar euismod tincidunt dolor non lobortis. Feugiat molestie laoreet erat eget nibh dolor volutpat lobortis lorem. Mi erat, elit diam magna turpis tellus nunc, dolor eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus felis praesent magna, consectetur nunc, pulvinar euismod laoreet, lorem at proin tempus felis praesent magna consectetur sem nisi turpis tellus nunc pulvinar ullamcorper, tincidunt dolor. Non ut feugiat id massa, elit et magna, consectetur proin donec nonummy ullamcorper lobortis feugiat molestie ante ipsum molestie massa ipsum volutpat lobortis lorem molestie ante tempus. Adipiscing, praesent pharetra, sem nisi turpis aliquet tincidunt sed eget ante tempus felis, ante erat elit et ac consectetur, sem aliquam turpis praesent dolore amet non feugiat. Molestie massa ipsum id laoreet sed, eget, proin tempus felis mi tempus felis mi erat elit, et ac at ante tempus id, laoreet, sed elit nibh, mauris. Proin aliquam felis praesent donec nonummy diam magna consectetur sem aliquam adipiscing aliquet congue amet ullamcorper magna at proin, aliquam adipiscing praesent dolore amet non congue, tellus. Nunc sit tellus nunc pulvinar ullamcorper, tincidunt feugiat volutpat lobortis feugiat molestie tincidunt dolor, eget nibh lorem mauris aliquam adipiscing praesent donec at proin ac adipiscing praesent. Dolore nonummy, diam magna consectetur, non, ut turpis aliquet nunc amet ullamcorper congue pharetra non ut sit tellus, turpis aliquet donec nonummy diam congue pharetra, tellus, ut. Pulvinar euismod tincidunt sed volutpat nibh lorem felis mi donec nonummy diam, magna consectetur proin nisi adipiscing praesent adipiscing diam congue pharetra, sem, nunc pulvinar, euismod laoreet. Lorem mauris proin nisi turpis ullamcorper tincidunt pharetra non nisi sit tellus dolore amet ullamcorper congue pharetra volutpat congue pharetra non lobortis feugiat mauris, ante tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante adipiscing aliquet congue amet ullamcorper ut sit. Molestie massa sed, eget nibh sed eget nibh. Lorem, mauris mi donec elit diam magna consectetur. Aliquet pulvinar volutpat, tincidunt feugiat molestie lobortis feugiat. Molestie massa pulvinar ullamcorper congue amet non ut. Sit tellus nunc, pulvinar tellus nunc pulvinar euismod. Tincidunt feugiat massa tempus, id mi erat, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tempus felis praesent donec nonummy proin aliquam adipiscing praesent donec praesent donec nonummy sem nisi turpis. Aliquet tincidunt dolor eget nibh lorem molestie, lobortis feugiat tellus nunc, pulvinar euismod laoreet, dolor volutpat lobortis. Feugiat ante erat nonummy et ac consectetur proin aliquam adipiscing mi erat felis et ac at proin. Aliquam turpis ullamcorper, tincidunt pharetra non lobortis sit tellus nunc eget nibh sed mauris proin aliquam adipiscing. Praesent dolore pharetra non nisi turpis aliquet dolore pulvinar euismod tincidunt dolor eget nibh lorem molestie massa. Id nibh sed eget lobortis, lorem mauris mi tempus felis mi erat, eget et ac at proin. Aliquam nonummy praesent ac pharetra non ut, turpis aliquet dolor volutpat tincidunt dolor non ut sit euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis feugiat mauris proin tempus elit diam magna proin aliquam sit euismod laoreet sed eget ante tempus felis, mi donec, consectetur non ut sit, tellus laoreet sed eget et ac. Turpis ullamcorper, tincidunt volutpat nibh tempus id massa ipsum, id nibh lorem mauris nibh lorem mauris ante tempus felis et ac at proin dolore amet aliquet congue pharetra ut ipsum. Id laoreet erat elit nibh dolor volutpat nibh lorem mauris massa ipsum felis et erat elit et aliquam adipiscing praesent aliquam felis, mi ac at ut sit tellus nunc amet. Diam magna consectetur sem, nisi pulvinar tellus laoreet sed elit et lorem felis mi erat, elit et ac proin ac at proin aliquam, felis praesent, erat elit nibh lorem at. Proin nisi turpis aliquet, magna elit mi erat elit proin aliquam adipiscing proin tempus felis sed elit et ac mauris lobortis feugiat molestie ut sit aliquet dolore amet euismod congue. Pharetra sem nisi sit tellus laoreet ipsum euismod dolore pharetra non ut tellus massa sed eget, nibh ac mauris proin tempus, felis ante magna consectetur sem nisi turpis aliquet nunc. Pulvinar euismod aliquam turpis praesent dolore amet ullamcorper magna, consectetur et ac at praesent aliquam nonummy, diam magna, consectetur volutpat ut feugiat, tellus tincidunt dolor volutpat nibh lorem proin aliquam. Nonummy, diam ut pharetra sem ut ipsum euismod tincidunt sed, eget lobortis feugiat molestie ante pulvinar id tincidunt, dolor volutpat lobortis feugiat mauris ante tempus et ac, at proin aliquam. At proin donec nonummy diam, magna consectetur non ut, turpis aliquet nisi turpis aliquet congue, pharetra ullamcorper nisi sit tellus massa pulvinar congue pharetra non congue feugiat tellus, nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sem amet ullamcorper congue consectetur non ut turpis, tellus massa. Ipsum id tincidunt lorem eget ante, ipsum felis laoreet donec nonummy. Et ac at proin adipiscing diam congue dolor molestie, lobortis, ipsum. Molestie laoreet erat eget nibh lorem molestie, ante ipsum felis mi. Erat, nonummy diam, nisi turpis tellus nunc euismod tincidunt dolor non. Nisi, sit tellus massa ipsum elit et, ac mauris proin aliquam. Nonummy ullamcorper, ut pharetra sem nisi adipiscing praesent aliquam adipiscing mi. Erat, non lobortis ipsum id laoreet sed elit nibh, lorem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sed eget, laoreet mauris, proin donec nonummy diam magna pharetra non ut ipsum euismod. Tincidunt pulvinar volutpat lobortis feugiat, mauris, praesent dolore nonummy diam magna, pharetra non pulvinar tellus. Nunc, pulvinar volutpat tincidunt sit mauris mi, erat elit mi, erat elit, et ac mauris. Praesent donec nonummy diam ac at proin aliquam tellus tincidunt, dolor volutpat lobortis feugiat molestie. Nunc ipsum, id tincidunt erat elit et tempus felis mi erat elit, et magna consectetur. Sem ut turpis aliquet pharetra volutpat ut, feugiat molestie massa tempus id mi ac at. Proin nisi adipiscing aliquet dolore amet diam magna consectetur sem dolore amet ullamcorper dolor eget. Ante aliquam adipiscing praesent magna pharetra non nisi turpis aliquet nunc amet, aliquet congue pharetra. Non lobortis feugiat molestie nunc ipsum id laoreet sed volutpat nunc pulvinar volutpat nibh tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et ac sit tellus, laoreet, sed elit et, sed elit proin aliquam, turpis tellus congue amet non lobortis nunc magna. Pulvinar felis sem massa erat consectetur molestie ante donec dolor mauris praesent tincidunt erat ipsum amet mauris aliquet dolore amet ullamcorper. Tincidunt lorem molestie nunc pulvinar euismod laoreet, sed eget nibh, lorem mauris, massa feugiat id laoreet ipsum et lorem at praesent. Donec nonummy diam magna pharetra non ut, pulvinar euismod tincidunt dolor volutpat nibh aliquam, felis praesent dolore pharetra non sit tellus. Ut pulvinar euismod congue, pharetra ullamcorper magna pharetra sem nisi turpis, aliquet dolore, amet ullamcorper congue pharetra non lobortis feugiat id. Massa pulvinar id laoreet mauris ante aliquam adipiscing praesent magna nonummy diam nisi turpis sem, donec adipiscing, diam, magna consectetur, sem. Ut sit molestie laoreet ipsum eget proin, aliquam adipiscing, aliquet, pharetra non ut sit non nunc pulvinar euismod nunc pulvinar euismod. Tincidunt lorem mauris, ante erat elit et, ac at nisi turpis aliquet congue, dolor volutpat lobortis feugiat molestie massa ipsum euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sem, magna pharetra non nisi turpis aliquet dolore amet ullamcorper tincidunt dolor molestie ante tempus felis mi sed elit et magna at sem donec nonummy tincidunt. Feugiat molestie ante erat elit et erat at et, ac adipiscing praesent donec nonummy ullamcorper congue sit tellus nunc pulvinar id tincidunt sed, eget tempus felis mi. Donec nonummy diam magna at et aliquam at ante tempus molestie massa pulvinar id laoreet dolor non congue pharetra non nunc pulvinar, id laoreet, eget, nibh lorem. Mauris massa, erat nonummy ullamcorper, congue pharetra tellus nunc ipsum eget nibh sed at proin, donec felis, mi donec nonummy nisi sit tellus nunc amet euismod congue. Dolor volutpat massa feugiat molestie laoreet sed elit et ac at proin aliquam felis, ante sed eget nibh ac at, aliquam turpis aliquet donec nonummy et erat. Elit nibh lorem molestie, ante tempus id mi erat elit, nibh ac mauris nibh tempus adipiscing praesent magna consectetur sem ipsum euismod tincidunt dolor eget lobortis feugiat. Mauris proin dolore dolor eget massa ipsum id mi erat, eget diam magna, tellus tincidunt dolor volutpat lobortis dolor, volutpat ut feugiat, molestie nunc pulvinar euismod congue. Pharetra volutpat massa ipsum id massa ipsum id laoreet, pulvinar euismod ut sit massa ipsum elit, diam ac at sem dolore turpis ullamcorper congue amet ullamcorper ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non nunc ipsum id, nibh, ac at ante aliquam felis mi erat nonummy sem nisi consectetur sem dolore pulvinar euismod tincidunt eget lobortis feugiat. Molestie nunc pulvinar tellus dolore amet diam magna, consectetur sem nisi sit tellus dolore turpis aliquet dolore dolor molestie massa ipsum id, sed eget nibh. Sed mauris nibh tempus felis, ante tempus elit nibh, ac, mauris sem aliquam adipiscing praesent erat nonummy ullamcorper magna turpis sem, dolore amet aliquet amet. Ullamcorper lobortis lorem id laoreet sed eget nibh lorem mauris ante aliquam felis mi erat elit diam magna at et aliquam at aliquam nonummy diam. Magna consectetur proin aliquam adipiscing praesent donec adipiscing praesent donec nonummy sem ut turpis tellus nunc dolor volutpat, lobortis lorem mauris, ante aliquam felis ac. Eget nibh ac turpis euismod laoreet nunc donec sit felis ullamcorper sem laoreet ac sit aliquet dolore amet aliquet tincidunt feugiat molestie lobortis feugiat tellus. Massa elit sem ut pulvinar euismod tincidunt lorem eget nibh tempus felis mi erat felis mi erat, at proin ac, adipiscing congue amet ullamcorper congue. Pharetra non ut, sit tellus dolore pulvinar euismod lobortis feugiat, molestie ante, ipsum id laoreet erat volutpat tincidunt feugiat volutpat lobortis ipsum id erat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sem ut sit euismod nibh, nisi turpis tellus magna consectetur, aliquet nunc pulvinar euismod tincidunt dolor non ut feugiat id mi sed elit. Diam aliquam adipiscing praesent, aliquam felis mi donec nonummy, diam consectetur, sem, nisi pulvinar euismod tincidunt dolor volutpat, lobortis tempus felis mi donec at. Sem ut pulvinar id nibh sed, mauris, nibh lorem molestie massa, id et ac elit, proin nisi adipiscing praesent aliquam, nonummy et magna consectetur. Sem ut pulvinar, tellus nunc dolor euismod lobortis feugiat, tellus nunc id mi erat elit et aliquam adipiscing aliquet dolore amet ullamcorper ut sit. Tellus nunc pulvinar tellus nunc pulvinar, non nibh lorem mauris ante tempus felis mi turpis tellus tincidunt dolor volutpat tincidunt feugiat molestie massa feugiat. Id laoreet sed eget nibh lorem mauris nibh aliquam adipiscing diam, magna pharetra non, nisi sit nunc amet ullamcorper dolore, amet et ac at. Proin aliquam at, aliquet congue pharetra ullamcorper congue aliquam dolor at, euismod diam ante nisi pulvinar ullamcorper congue dolor molestie ante ipsum id laoreet. Erat elit et lorem mauris proin, tempus felis mi erat eget nibh lorem mauris ante tempus mauris, ipsum felis, mi ac, consectetur sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac at proin, dolore sed volutpat feugiat mauris mi erat sed sit id non. Proin tincidunt, lorem, turpis ullamcorper congue lorem adipiscing tellus tincidunt dolor eget proin, laoreet. Nisi tempus amet eget et nisi pulvinar consectetur nonummy volutpat proin proin, nisi turpis. Aliquet tincidunt sed eget ante tempus mauris massa tempus felis mi erat eget feugiat. Mauris massa ipsum felis laoreet erat elit proin aliquam adipiscing proin donec nonummy diam. Donec consectetur sem ut sit tellus, nunc dolor volutpat tempus adipiscing praesent erat nonummy. Diam, magna at sem aliquam at ante tempus id mi, sed eget nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, lorem adipiscing eget tellus mi ut ipsum pharetra volutpat proin dolore dolor volutpat nibh, lorem, adipiscing diam lobortis lorem, adipiscing euismod tempus amet eget proin. Dolore ut tempus pharetra molestie, ante dolore pharetra volutpat, ante congue lorem adipiscing id non ante magna lorem pulvinar mauris sem, erat turpis molestie et lobortis. Donec lorem, turpis eget proin ut ipsum, nonummy, tellus praesent, tincidunt tempus, nonummy euismod ante nisi dolor consectetur tellus mi magna ipsum volutpat, ullamcorper nibh ut. Congue aliquam dolor adipiscing eget non mi congue feugiat turpis ullamcorper tincidunt dolor molestie aliquet tincidunt feugiat at aliquet nisi erat feugiat adipiscing ullamcorper, lobortis tempus. Amet mauris sem laoreet ac, sit elit non ante donec dolor, mauris praesent congue, sed turpis id non mi congue nonummy volutpat proin nunc lorem consectetur. Aliquet molestie praesent tincidunt dolore erat pharetra felis diam eget et ac adipiscing proin aliquam felis praesent, donec ac turpis sem, nisi amet euismod congue dolor. Volutpat massa ipsum id et magna, consectetur sem aliquam at praesent aliquam felis ullamcorper nibh donec lorem pulvinar nonummy ante lobortis tincidunt erat turpis sem nisi. Turpis aliquet dolore amet ullamcorper congue consectetur sem nisi turpis aliquet dolore nonummy diam, congue pharetra non nunc ipsum elit praesent lobortis aliquam sed pharetra felis. Non proin et ut pulvinar, nonummy diam nisi turpis aliquet dolore amet euismod tincidunt feugiat molestie ante ipsum id laoreet sed et ac mauris ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem at proin dolore pulvinar congue dolor volutpat massa ipsum felis et erat at proin aliquam adipiscing praesent, dolore, nonummy ullamcorper congue pharetra sem nisi consectetur proin aliquam nonummy euismod. Nisi erat consectetur molestie et, ut aliquam, dolor adipiscing euismod et nisi ipsum, nonummy tellus praesent lobortis, donec sed turpis id sem massa erat lorem sit elit volutpat praesent laoreet. Aliquam sit elit tellus, mi ut dolore sed at felis non mi tincidunt, tempus amet eget proin laoreet ac, pharetra at, eget proin, massa erat sit nonummy volutpat proin nunc. Ac ipsum consectetur mauris aliquet et massa ac, sit elit volutpat massa congue lorem turpis sem praesent lobortis aliquam pulvinar at euismod mi ut ipsum amet molestie praesent lobortis nisi. Sed pharetra id non, ante tincidunt ac pulvinar nonummy molestie ullamcorper nibh dolor at id sem, lobortis tempus amet adipiscing id et nunc, ac, sit adipiscing volutpat aliquet nibh, ut. Ipsum pharetra volutpat, ante congue lorem amet eget, aliquet, praesent nibh nunc, sed pharetra felis non aliquet laoreet, magna magna sit nonummy sit felis sem massa donec dolor at nibh. Dolore ac feugiat, adipiscing eget praesent tincidunt ac turpis eget sem massa, magna, tempus turpis eget proin laoreet nisi tempus pharetra at id tellus ullamcorper lobortis pharetra at euismod sem. Mi congue lorem pulvinar mauris, aliquet diam massa congue, nisi sed, pharetra elit diam massa dolore sed at aliquet tincidunt ac sit id pulvinar nonummy molestie praesent tincidunt ac ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem aliquam ipsum, lorem, turpis felis non ante dolore tempus dolor. Turpis id diam ut tempus pharetra at ullamcorper, et massa lobortis. Dolore ac ipsum nonummy non mi nisi erat ipsum dolor at. Elit id diam massa donec sed, sit elit tellus praesent tincidunt. Aliquam pulvinar mauris aliquet tincidunt erat at tellus massa feugiat nonummy. Non proin tincidunt lorem turpis eget molestie non tellus sem praesent. Lobortis nisi erat consectetur, felis non, ante dolore, feugiat turpis, eget. Non ante et, ante congue aliquam, sed consectetur id ullamcorper proin. Tincidunt aliquam sit id, sem massa magna feugiat nonummy mauris, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet proin massa lobortis donec sed turpis eget non ante lobortis. Nisi, ac ipsum lorem dolor consectetur, elit volutpat non praesent proin. Tincidunt nunc sed consectetur tellus mi congue feugiat pulvinar mauris aliquet. Laoreet nisi donec feugiat pulvinar, elit tellus ullamcorper, massa, dolore ut. Dolore ac pulvinar pharetra mauris euismod proin nunc erat turpis id. Ullamcorper praesent lobortis nisi sed ipsum amet volutpat aliquet nibh nisi. Donec, tempus pulvinar euismod diam, ut dolore ac amet at nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra lorem ipsum, consectetur adipiscing at felis eget tellus. Diam mi nibh massa ac sit amet non proin. Nibh ut erat sit nonummy at, tellus et massa. Congue tempus amet aliquet laoreet congue, feugiat nonummy volutpat. Aliquet nibh ut, erat sit adipiscing mauris id et. Massa donec dolor mauris aliquet et tincidunt erat turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sit adipiscing eget aliquet et ut tempus dolor turpis elit ante laoreet ut erat pharetra adipiscing euismod sem massa nibh, nunc donec feugiat adipiscing euismod proin. Tellus mi tincidunt tempus dolor at felis volutpat praesent lobortis nisi sed pharetra nonummy eget aliquet ante, ut dolore ac pulvinar consectetur felis volutpat tellus mi ut. Donec lorem amet at molestie diam nibh congue ac turpis eget tellus praesent tincidunt nisi sed id sem, praesent, lobortis nisi sed consectetur id volutpat ante dolore. Lorem sit nonummy mauris euismod ante tincidunt magna tempus feugiat turpis eget mi lobortis dolore ac ipsum pharetra, adipiscing eget aliquet nibh nunc donec feugiat adipiscing eget. Aliquet mi lobortis erat dolor turpis volutpat proin nunc ac feugiat amet proin laoreet nisi ipsum pharetra adipiscing volutpat aliquet mi ut erat, dolor turpis euismod proin. Laoreet massa, dolore sed adipiscing id non praesent ut tempus, dolor euismod et ante tincidunt aliquam erat sit nonummy volutpat aliquet lobortis mi congue donec ac pulvinar. Consectetur molestie praesent ut amet at, felis non mi lobortis dolore magna erat lorem amet, at molestie ullamcorper ante, donec lorem sit elit, tellus mi lobortis aliquam. Pulvinar turpis felis volutpat congue nisi sed, sit, adipiscing eget ullamcorper proin, laoreet ut aliquam dolor pulvinar consectetur, felis ullamcorper proin mi lobortis donec lorem pulvinar consectetur. Elit molestie aliquet et sed sit nonummy eget euismod diam praesent lobortis nisi magna ipsum dolor amet consectetur felis volutpat, aliquet et nunc erat lorem dolor turpis. Eget tellus mi lobortis, dolor turpis elit molestie praesent nibh nisi sed sit, adipiscing volutpat aliquet laoreet ut erat consectetur felis ullamcorper proin nunc magna, tempus dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ante nibh, nisi, donec tempus dolor sit elit non mi nibh magna erat dolor turpis, elit molestie. Diam praesent laoreet nisi erat feugiat nonummy mauris praesent tincidunt ac ipsum consectetur mauris ullamcorper, sem tincidunt ac. Tempus adipiscing eget tellus massa donec pharetra id ullamcorper nibh dolore lorem sit felis non mi congue aliquam. Pulvinar consectetur felis ullamcorper massa dolore lorem, amet adipiscing mauris praesent laoreet magna tempus pharetra felis euismod, aliquet. Diam praesent et nunc nisi donec ac erat feugiat amet adipiscing, id tellus diam dolore ac ipsum consectetur. Mauris euismod proin nunc ac feugiat pharetra pulvinar, pharetra, amet, mauris ullamcorper proin mi lobortis dolore ac, ipsum. Dolor turpis, volutpat aliquet nisi, tempus pharetra, mauris euismod non et, lobortis donec sed sit elit sem massa. Magna tempus adipiscing eget aliquet mi lobortis dolore lorem pulvinar at molestie non proin nunc erat pharetra molestie. Ullamcorper proin laoreet, nisi donec tempus pulvinar tempus pharetra molestie mi congue feugiat, mauris praesent lorem turpis euismod. Et, nunc sed, nonummy sem, nunc erat, consectetur non ante tempus consectetur non mi congue dolor at euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem, pulvinar dolor adipiscing elit molestie diam ante tincidunt dolore magna. Tempus amet at tellus nibh nisi laoreet magna tempus nonummy molestie, aliquet. Nibh dolore pulvinar volutpat aliquet, laoreet erat sit amet non lobortis tempus. Adipiscing volutpat praesent donec dolor tellus et ut ipsum elit diam lobortis. Erat amet molestie proin dolore dolor molestie praesent laoreet aliquam, pulvinar elit. Sem massa donec sit, felis praesent tincidunt aliquam elit tellus et lobortis. Tempus nonummy ullamcorper ante dolore dolor eget proin donec sed adipiscing, eget. Molestie ullamcorper tincidunt lorem adipiscing aliquet lobortis turpis at molestie non massa. Congue ut donec pharetra amet eget praesent laoreet ante tincidunt dolor non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt feugiat at proin, aliquam, adipiscing mi erat elit nibh, lorem eget nibh lorem felis ante erat nonummy sem ut. Sit tellus dolore amet nibh lorem mauris ante erat elit et ac at proin aliquam adipiscing praesent donec amet ullamcorper. Ut feugiat molestie, massa ipsum id laoreet sed eget feugiat, molestie ante tempus id mi erat eget et ac at. Aliquet dolore nonummy ullamcorper ut sit tellus, nunc ipsum id mi erat mauris ante tempus eget et, ac adipiscing praesent. Dolore amet ullamcorper ut pharetra non nunc ipsum id nibh lorem, at ante tempus mauris, massa, ipsum id laoreet elit. Nibh lorem mauris ante ipsum id, massa pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie ante sed nonummy diam magna. Consectetur sem nisi turpis praesent pharetra, volutpat, ut feugiat tellus dolore amet euismod tincidunt dolor, eget ante tempus felis mi. Magna consectetur, sem nisi consectetur sem nisi turpis aliquet donec nonummy sem congue amet volutpat, lobortis ipsum id laoreet erat. Elit et lorem mauris proin tempus felis mi erat elit nibh sed ante lorem molestie, massa tempus id mi ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra id diam proin nunc, ipsum consectetur mauris praesent congue feugiat adipiscing. Volutpat aliquet, et lobortis ipsum pharetra mauris aliquet proin massa magna feugiat felis. Volutpat, tellus nibh, nisi pharetra felis volutpat proin laoreet ut tempus dolor pulvinar. Pharetra adipiscing diam congue pharetra non massa ipsum id nibh sed eget nibh. Tempus felis mi consectetur non nisi turpis aliquet nisi amet euismod congue dolor. Molestie ante tempus felis mi donec elit et lorem at proin aliquam felis. Donec pharetra non ut sit, tellus, nunc dolor volutpat nibh lorem at ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin nisi turpis dolore pulvinar volutpat lobortis lorem, molestie. Ante tempus felis mi sed, elit et aliquam adipiscing praesent. Congue pharetra eget massa, ipsum, felis ullamcorper ante laoreet sit. Elit non mi lobortis nisi erat turpis felis ullamcorper proin. Laoreet nisi erat sit adipiscing volutpat proin nibh magna ipsum. Elit non ante lorem adipiscing, euismod et dolore sed consectetur. Tellus et congue ipsum pharetra, adipiscing id non, laoreet ut. Tempus sed consectetur euismod et lobortis, erat amet eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing elit non diam lobortis nunc magna erat pharetra mauris volutpat aliquet laoreet donec. Lorem amet eget aliquet laoreet ut donec sed adipiscing id diam mi lobortis donec. Lorem pulvinar nonummy mauris euismod proin massa, nisi ipsum pharetra id tellus non tellus. Sem praesent lobortis, nunc magna tempus nonummy mauris ullamcorper proin laoreet ut erat dolor. Pulvinar consectetur id, non proin laoreet nisi, elit sem, praesent tincidunt aliquam lorem pulvinar. Nonummy mauris, ullamcorper proin laoreet ut donec lorem ipsum pharetra felis eget tellus sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sem praesent et laoreet, nisi donec, lorem pulvinar at felis ullamcorper nibh donec pharetra, mauris praesent laoreet erat dolor felis volutpat sem mi lobortis. Dolore nisi erat feugiat nonummy eget ante dolore sed at praesent laoreet magna pulvinar elit sem massa consectetur molestie ante dolore feugiat at euismod nibh. Nisi erat feugiat, felis ullamcorper congue, nibh dolore dolor mauris tellus sem mi tincidunt aliquam congue tempus elit mi feugiat tellus massa congue tempus amet. Eget eget sem mi ante sem ante donec pharetra volutpat ut sit tellus massa sed, eget nibh mauris proin aliquam adipiscing, mi erat elit diam. Nisi sit tellus nunc pulvinar euismod, congue, dolor, volutpat lobortis ipsum molestie laoreet ipsum id nibh lorem mauris ante adipiscing praesent donec consectetur diam nisi. Sit euismod nunc dolor eget lobortis lorem, mauris, mi erat elit et ac consectetur sem dolore amet id tincidunt sed mauris lorem mauris laoreet, ipsum. Id laoreet magna sit felis, sem, massa erat, dolor turpis euismod aliquet et ut ipsum amet proin tincidunt ac turpis eget non ante tincidunt tempus. Amet eget sem laoreet ut erat feugiat at aliquet laoreet aliquam amet, euismod proin ut erat consectetur tellus congue lorem nonummy volutpat ante dolore erat. Sit elit volutpat proin lobortis nisi ac feugiat nonummy at euismod diam nunc donec sit felis eget sem nunc ac nonummy volutpat mi dolore feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nunc erat lorem adipiscing euismod tincidunt. Nisi, erat dolor adipiscing id non mi. Congue ipsum sed ipsum consectetur felis eget. Euismod tellus diam nibh nunc ac turpis. Id non ante ac pulvinar at non. Laoreet ut aliquam pulvinar at euismod nibh. Ut donec feugiat adipiscing aliquet nibh, dolore. Erat ipsum, elit, volutpat praesent, laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus euismod congue dolor volutpat, massa ipsum id tincidunt sed eget et ac mauris, ante aliquam nonummy, praesent, dolore amet ullamcorper congue pharetra. Non nunc pulvinar tellus dolore, amet ullamcorper congue pharetra sem ut sit tellus nunc ipsum euismod tincidunt volutpat lobortis, feugiat molestie laoreet erat. Nonummy diam nisi, turpis aliquet dolore nonummy ullamcorper, tincidunt pharetra volutpat ut sit molestie mi sed eget proin ac adipiscing proin amet non. Lobortis lorem molestie massa ipsum eget, et ac mauris ante lorem, felis mi erat nonummy diam magna consectetur aliquet nisi amet ullamcorper dolor. Volutpat massa ipsum, id laoreet magna feugiat, adipiscing euismod ante nunc ac sit felis non mi tincidunt aliquam amet elit aliquet laoreet, ac. Ipsum pharetra tellus diam massa erat, consectetur adipiscing, eget tellus mi nisi feugiat pharetra adipiscing, volutpat et aliquam amet euismod nibh aliquam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tellus volutpat eget tellus diam lobortis dolore ac amet id proin, nisi ipsum eget nibh aliquam. Turpis tellus tincidunt ipsum, euismod nunc pulvinar euismod tincidunt dolor volutpat lobortis ipsum id laoreet sed eget. Nibh ac, at proin donec nonummy lorem amet eget sem magna tempus amet volutpat mi tincidunt, ac. Amet sit felis praesent magna pharetra molestie praesent magna lorem adipiscing euismod ante dolore pulvinar, elit sem. Et, ut nonummy mauris aliquet laoreet aliquam, amet eget, sem massa congue aliquam dolor at euismod mi. Ut donec dolor turpis euismod et, nisi amet euismod dolore ipsum elit proin ut ipsum eget, et. Nisi pulvinar id et nisi sit felis sem, lobortis tempus nonummy non massa donec amet mauris aliquet. Laoreet ut donec sed turpis, id sem ante erat pharetra felis ullamcorper, ante tincidunt nisi feugiat felis. Turpis, euismod laoreet lorem mauris proin aliquam nonummy diam congue sit massa pulvinar id laoreet lorem, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tincidunt lorem at proin aliquam adipiscing praesent eget nibh lorem mauris ante tempus felis mi. Erat nonummy diam nisi turpis aliquet dolore turpis praesent dolore amet ullamcorper congue, sit tellus nunc. Pulvinar laoreet ac at proin, aliquam nonummy praesent magna consectetur sem, ut feugiat euismod laoreet, sed. Eget nibh lorem mauris massa tempus id mi ipsum id ac at ante donec adipiscing, diam. Magna consectetur diam magna turpis aliquet nunc pulvinar ullamcorper congue pharetra volutpat, lobortis tempus elit et. Ac proin aliquam turpis aliquet dolore amet ullamcorper congue pharetra sem, nisi turpis tellus dolore pulvinar. Ullamcorper congue pharetra ullamcorper magna consectetur sem nisi turpis aliquet congue pharetra nibh lorem molestie nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor eget nibh, tempus adipiscing praesent, donec nonummy diam magna at lorem, mauris, ante aliquam adipiscing praesent erat at et aliquam turpis praesent donec adipiscing praesent. Magna pharetra non ut sit, tellus nunc dolor volutpat tincidunt mauris ante aliquam nonummy, ullamcorper ut pharetra tellus nunc, sit tellus nunc pulvinar ullamcorper lobortis feugiat. Molestie massa, ipsum felis et magna consectetur proin aliquam ullamcorper tincidunt pharetra non, lobortis feugiat molestie nunc pulvinar tellus nunc dolor non lobortis feugiat molestie massa. Ipsum felis laoreet erat at et nisi ullamcorper congue pharetra volutpat lobortis ipsum id massa, ipsum id, nibh lorem mauris ante, tempus felis mi donec elit. Diam, nisi sit tellus nunc sed, turpis felis praesent laoreet ac pulvinar elit non nunc erat pharetra, mauris diam ante, dolore lorem sit nonummy mauris ullamcorper. Proin, et massa erat pharetra, molestie aliquet et praesent tincidunt nisi sit aliquet dolore amet euismod tincidunt feugiat molestie, lobortis donec nonummy et magna consectetur sem. Nisi, turpis donec nonummy diam magna consectetur tellus nunc pulvinar euismod tincidunt sed mauris ante nisi, turpis, diam congue dolor volutpat ut sit tellus mi ut. Donec aliquam, sed tellus ullamcorper praesent nibh massa erat sit, amet at tellus laoreet magna tempus dolor at euismod nibh dolore ac feugiat amet mauris tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem adipiscing euismod sem tincidunt sed elit. Et, aliquam adipiscing aliquet dolore amet diam. Congue felis laoreet congue donec lorem sit. Felis volutpat mi tincidunt dolore, erat consectetur. Felis mauris aliquet nibh, nunc ac feugiat. Nonummy mauris praesent ut erat feugiat adipiscing. Volutpat id volutpat mi tincidunt aliquam ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet laoreet erat pharetra molestie diam ut sed consectetur euismod diam lobortis donec feugiat, turpis eget tellus diam massa congue aliquam sed pharetra felis diam ut tempus amet. Mauris felis sem, ante tempus pulvinar turpis id, diam massa congue ac, ipsum sit adipiscing volutpat proin laoreet, ut donec lorem nonummy mauris aliquet mi lobortis donec dolor. At proin nunc ac sit nonummy volutpat aliquet et, massa magna tempus amet mauris tellus, et massa, tincidunt dolore sed turpis nonummy molestie ullamcorper non nibh, aliquam dolor. Adipiscing eget diam praesent laoreet nisi erat sit nonummy mauris id non mi tincidunt nisi ac ipsum dolor adipiscing volutpat tellus et massa molestie praesent, laoreet aliquam pulvinar. Elit pulvinar mauris aliquet laoreet ac sit, elit volutpat mi tincidunt nisi, dolor consectetur felis molestie aliquet tincidunt, aliquam pulvinar pharetra adipiscing ante nunc sed at tellus laoreet. Nisi erat, dolor adipiscing volutpat aliquet massa magna feugiat nonummy, mauris euismod non mauris et ante lobortis dolore ac ipsum pharetra turpis elit molestie volutpat proin tincidunt, nunc. Magna aliquam dolor sit, nonummy, mauris ullamcorper praesent laoreet nisi pulvinar felis volutpat lobortis nunc magna ipsum pharetra adipiscing eget tellus praesent lobortis dolore ac sed sit nonummy. Consectetur elit molestie ullamcorper sem mi massa donec feugiat amet, eget, sem magna ipsum pharetra at tellus diam massa lobortis dolore, ac ipsum pharetra amet at molestie ullamcorper. Proin nibh nunc ac ipsum amet eget tellus diam massa congue adipiscing mauris sem mi lobortis donec dolor turpis, elit aliquet laoreet ut donec dolor turpis eget, sem. Praesent nibh, tincidunt magna pulvinar nonummy molestie aliquet nibh nisi erat feugiat amet pharetra felis eget ullamcorper et nunc donec lorem amet, mauris aliquet laoreet nunc, magna feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nunc, lorem donec sit amet eget euismod non mi et nunc ut donec feugiat amet. Adipiscing eget praesent laoreet aliquam ipsum feugiat nonummy at, id non aliquet ante nunc magna ipsum. Amet at id sem mi lobortis dolore, sed adipiscing non diam tincidunt dolore sed pulvinar dolor. Adipiscing, at id ullamcorper ante tincidunt nisi ipsum sit id volutpat, aliquet diam ante tincidunt tempus. Amet mauris mi lobortis donec lorem pulvinar, consectetur, felis volutpat, praesent nibh nunc magna tempus dolor. Adipiscing elit tellus, praesent lobortis dolore erat sit nonummy mauris proin et ante tincidunt nunc donec. Tempus sed pulvinar pharetra felis volutpat aliquet et nunc congue tempus pulvinar consectetur felis mauris ullamcorper. Proin et massa tincidunt sit consectetur mauris euismod proin laoreet ut erat lorem turpis elit molestie. Ullamcorper aliquet lobortis nisi ipsum pharetra felis eget tellus, sem, laoreet, magna feugiat nonummy, mauris diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor amet eget sem laoreet donec sit nonummy eget tellus nibh nisi nisi ac turpis, elit volutpat ullamcorper proin massa congue ipsum feugiat. Amet consectetur, id ullamcorper proin tincidunt ut donec feugiat amet eget, tellus diam mi tincidunt sed turpis felis molestie euismod proin nunc congue. Donec ac sed sit pulvinar turpis nonummy felis, elit tellus sem mi tincidunt nisi erat feugiat nonummy praesent proin massa congue donec ac. Ipsum pharetra adipiscing eget aliquet diam ante tincidunt nisi erat feugiat dolor amet at nonummy at id massa lobortis nunc, magna tempus lorem. Dolor sit nonummy molestie ullamcorper sem laoreet congue aliquam dolor turpis eget tellus diam proin laoreet ut congue aliquam sed, feugiat felis, euismod. Sem et ante tincidunt ut, sed sit nonummy mauris euismod non mi tincidunt tempus dolor turpis id sem mi lobortis dolore sed pharetra. Adipiscing at non praesent nibh dolore ac pulvinar, nonummy mauris volutpat aliquet et massa dolore ac amet elit molestie non proin nibh ut. Magna, donec congue aliquam dolor sit nonummy molestie, mi tincidunt ac dolor turpis nonummy volutpat ante dolore dolor eget ante dolore dolor adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi lobortis dolore nisi amet at id non ante congue aliquam sed sit amet consectetur, euismod et ut mi. Massa congue ac adipiscing euismod aliquet mi congue tempus amet volutpat proin donec sed adipiscing id diam massa donec. Lorem pulvinar consectetur id volutpat tincidunt dolore erat sit nonummy eget proin tincidunt ac pulvinar, eget non, nunc tincidunt. Lorem adipiscing, praesent, donec, consectetur non ut sit molestie nunc amet aliquet sed mauris, proin aliquam adipiscing diam donec. Consectetur, sem nisi sit, euismod tincidunt dolor volutpat lobortis feugiat molestie massa feugiat tellus nunc pulvinar lobortis lorem mauris. Massa ipsum id, laoreet sed id laoreet dolor, volutpat nibh lorem mauris mi tempus felis mi ac at sem. Nisi turpis ullamcorper tincidunt pharetra massa ipsum felis mi erat, nonummy proin aliquam adipiscing aliquet dolore amet ullamcorper congue. Feugiat molestie massa pulvinar, id laoreet sed elit et ac adipiscing praesent donec diam magna, sit molestie laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem at sem nisi turpis aliquet amet non congue feugiat molestie massa ipsum id laoreet sed volutpat nibh feugiat mauris mi, donec consectetur, sem ut. Sit euismod nunc dolor volutpat tincidunt feugiat praesent donec nonummy diam magna consectetur sem nisi turpis, aliquet, dolore nonummy diam magna consectetur sem, ut sit tellus. Tincidunt sed eget ante lorem mauris donec, amet non ut sit, non nunc pulvinar euismod tincidunt dolor volutpat, lobortis feugiat molestie massa tempus elit mi, ac. Consectetur sem dolore euismod tincidunt feugiat molestie massa feugiat, id mi erat elit nibh, ac adipiscing proin, aliquam, adipiscing diam congue pharetra sem ut sit tellus. Nunc pulvinar euismod lobortis mauris ante erat, elit et ac at sem nisi turpis aliquet dolore nonummy diam magna consectetur sem nisi consectetur proin aliquam felis. Mi erat elit diam magna elit mi erat eget, laoreet dolor volutpat, ante tempus adipiscing praesent donec nonummy et ac, at proin aliquam adipiscing mi, tempus. Felis mi sed eget massa sed eget nibh ac at, aliquet, dolore amet ullamcorper, congue, sit tellus nunc, pulvinar euismod dolore amet ullamcorper, congue pharetra non. Lobortis ipsum, id laoreet dolor nibh ac adipiscing aliquet dolore, amet non lobortis feugiat id massa pulvinar eget laoreet lorem mauris proin nisi turpis aliquet donec. Consectetur non ut sit tellus massa consectetur sem nisi turpis ullamcorper laoreet sed volutpat lobortis feugiat molestie massa ipsum, felis et nisi sit tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante aliquam elit diam, magna pharetra. Tellus massa sed id tincidunt sed. Eget ante tempus felis magna consectetur. Sem ut feugiat id laoreet sed. Eget et lorem at proin aliquam. Adipiscing mi erat nonummy diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis feugiat molestie massa feugiat euismod tincidunt sed eget nibh ac at praesent. Aliquam adipiscing diam magna consectetur sem nisi adipiscing praesent pulvinar euismod congue dolor non. Ut pulvinar euismod laoreet sed elit proin aliquam turpis ullamcorper congue, pharetra ullamcorper ut. Feugiat id laoreet ipsum id laoreet at proin tempus felis ante tempus felis et. Ac consectetur, sem aliquam turpis aliquet dolore nonummy ullamcorper congue pharetra sem nisi adipiscing. Proin donec adipiscing magna pharetra non nunc pulvinar euismod tincidunt dolor, eget nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit diam magna consectetur nunc pulvinar euismod tincidunt dolor. Volutpat lobortis feugiat molestie ante, tempus id laoreet sed. Mauris proin aliquam adipiscing aliquet dolore, amet non, ut. Sit mi erat, elit, et ac, adipiscing aliquet donec. Nonummy ullamcorper tincidunt sit tellus nisi turpis aliquet nisi. Felis mi erat elit et ac at sem turpis. Aliquet donec amet praesent donec consectetur, diam aliquam at. Praesent aliquam adipiscing praesent congue pharetra non lobortis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, feugiat mauris ante ipsum adipiscing praesent donec consectetur sem nisi, turpis aliquet dolore pulvinar ullamcorper tincidunt dolor. Volutpat massa ipsum id mi elit et lorem at proin aliquam adipiscing tincidunt lorem mauris ante lorem mauris. Ante donec nonummy diam ut turpis sem dolore amet euismod lobortis, feugiat proin donec nonummy diam congue sit. Non, ut sit aliquet donec amet non ut feugiat mauris mi erat felis mi ac at proin nisi. Turpis aliquet, congue molestie massa ipsum molestie massa erat eget nibh lorem mauris nibh feugiat mauris ante ipsum. Felis mi magna consectetur aliquet nunc amet euismod dolor volutpat lobortis feugiat id laoreet sed elit et ac. Adipiscing praesent donec nonummy diam magna consectetur sem nisi turpis, aliquet nisi turpis aliquet, dolore amet ullamcorper feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget et lorem mauris proin donec. Amet non lobortis sit tellus ante. Donec sem ut feugiat id laoreet. Dolor volutpat lobortis lorem at, ante. Aliquam adipiscing diam congue, pharetra non. Ut ipsum eget nibh sed eget. Nibh lorem felis erat consectetur diam. Nisi consectetur sem nisi turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pharetra tellus massa sed eget diam sit, euismod tincidunt sed mauris proin tempus. Adipiscing aliquet congue amet diam magna consectetur sem aliquam adipiscing praesent, donec nonummy ullamcorper. Ut sit molestie, nunc, id, laoreet sed volutpat ante tempus felis aliquet dolore amet. Sem ut sit tellus nunc, pulvinar ullamcorper tincidunt sed, eget nibh ipsum felis laoreet. Sed nibh, ac mauris proin aliquam adipiscing praesent donec nonummy et ac, consectetur sem. Dolore pulvinar euismod tincidunt dolor molestie ante tempus adipiscing, mi nonummy sem magna consectetur. Sem aliquam amet ullamcorper congue pharetra sem ut sit aliquet, dolore adipiscing ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet erat elit et ac adipiscing praesent donec nonummy diam magna pharetra non lobortis feugiat id, massa, sed, elit et aliquam adipiscing tincidunt, dolor adipiscing id proin. Nunc ut donec, dolor mauris proin nisi pulvinar volutpat proin laoreet ut dolore aliquam erat consectetur molestie, praesent congue pharetra nunc sit euismod tincidunt sed, eget proin tempus. Adipiscing diam magna consectetur sem, magna turpis aliquet nisi turpis aliquet, congue pharetra, ullamcorper lobortis, feugiat, tellus ipsum id nibh sed volutpat lobortis feugiat tellus massa tempus elit. Et magna consectetur sem nunc dolor eget lobortis lorem mauris ante tempus adipiscing mi elit nibh lorem mauris ante feugiat molestie, nunc pulvinar euismod, nunc pulvinar volutpat lobortis. Lorem, mauris, ante tempus elit et ac at et sed eget massa feugiat massa sed id tincidunt dolor eget nibh lorem tellus massa ipsum id laoreet sed volutpat. Lobortis ac at ante ipsum, felis mi, sed eget nibh lorem, eget aliquam adipiscing praesent donec pharetra tellus massa pulvinar euismod tincidunt dolor, volutpat nibh feugiat molestie, ante. Erat nonummy diam magna, non ut sit tellus dolore amet ullamcorper magna consectetur diam magna consectetur proin aliquam adipiscing mi donec, elit et ac at proin aliquam adipiscing. Proin aliquam adipiscing ac at proin aliquam at proin tempus mauris ante tempus elit et lorem, eget ante aliquam felis mi erat elit, et ac at, et, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod laoreet sed mauris praesent donec nonummy praesent magna, nonummy diam consectetur, aliquet nunc dolor euismod lobortis lorem mauris ante tempus id mi erat elit et. Ac adipiscing praesent aliquam felis, mi, tempus felis mi ac elit nunc dolor volutpat lobortis, lorem mauris ante tempus id laoreet sed elit et ac at praesent. Donec amet ullamcorper magna consectetur, sem ut sit euismod erat elit nibh ac mauris proin aliquam felis et ac elit proin aliquam adipiscing proin, tempus adipiscing praesent. Magna tempus, felis ante erat et ac at sem nisi, adipiscing praesent erat felis mi sed eget nibh lorem mauris ante tempus felis mi erat elit diam. Magna consectetur sem nisi amet lobortis lorem mauris ante tempus id massa ipsum euismod tincidunt pharetra volutpat, lobortis feugiat id laoreet sed, elit et, ac consectetur sem. Nisi turpis diam congue pharetra lobortis feugiat, molestie laoreet ipsum id laoreet pharetra non ut pharetra tellus nunc sit, tellus nunc pulvinar ullamcorper, lobortis sit molestie congue. Dolor molestie massa, ipsum id laoreet sed elit et ac at proin aliquam adipiscing praesent erat elit et, aliquam adipiscing aliquet, donec amet, euismod lobortis dolor mi. Erat nonummy diam magna consectetur sem aliquam turpis proin donec adipiscing praesent, erat elit et ac at proin aliquam felis mi erat elit, et ac at nisi. Dolor turpis elit non ante dolore lorem pulvinar pharetra id diam nibh lorem adipiscing diam lobortis lorem adipiscing diam congue feugiat mauris praesent dolore dolor mauris nibh. Aliquam pulvinar at, molestie, mi lobortis, nunc aliquam erat tempus pulvinar at sem, dolore pulvinar euismod, lobortis feugiat mauris mi erat felis laoreet erat eget nibh pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore amet ullamcorper, congue feugiat molestie massa felis et ac at et ac mauris ante ipsum id laoreet sed, eget. Nibh lorem at, proin donec nonummy diam magna consectetur sem nisi turpis nunc dolor volutpat lobortis lorem at mi donec nonummy. Non congue sit molestie, massa ipsum id, laoreet lorem mauris proin tempus felis praesent erat nonummy ut feugiat tellus tincidunt pulvinar. Euismod lobortis feugiat volutpat lobortis sit tellus nunc sed eget laoreet sed volutpat ut feugiat mauris massa ipsum felis magna, turpis. Aliquet nisi, amet ullamcorper, tincidunt, dolor volutpat, lobortis tempus adipiscing mi ac elit et lorem mauris nibh lorem mauris ante ipsum. Felis diam nisi felis, mi ac at et, ac at proin dolore amet ullamcorper congue pharetra tellus massa, sed eget et. Magna adipiscing euismod nunc pulvinar, ullamcorper tincidunt dolor volutpat feugiat felis mi sed, eget, et ac adipiscing praesent aliquam adipiscing diam. Magna pharetra, non ut turpis aliquet donec, amet ullamcorper congue pharetra volutpat congue pharetra non, ut, sit tellus aliquam sed pharetra. Molestie euismod lobortis tempus felis, ullamcorper tincidunt feugiat adipiscing volutpat, sem, laoreet, magna ipsum amet at euismod nibh erat lorem pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue tempus amet elit tellus, laoreet nisi ipsum, nonummy, proin et, mi nibh dolore dolor mauris proin aliquam. Amet consectetur elit molestie ullamcorper proin et ut erat, nonummy diam magna consectetur non nunc ipsum laoreet lorem. Eget proin, tempus adipiscing diam, magna consectetur, sem ut pulvinar tellus tincidunt dolor, volutpat, lobortis feugiat molestie, massa. Erat elit diam magna pharetra laoreet sed eget nibh lorem mauris ante lorem mauris ante ipsum, euismod tincidunt. Dolor volutpat tincidunt lorem mauris ante erat elit diam magna at nunc sit, euismod tincidunt dolor eget nibh. Lorem mauris ante, tempus felis mi sed elit proin dolore turpis ullamcorper tincidunt, feugiat molestie ante tempus felis. Praesent ipsum molestie massa sed eget nibh, ac consectetur proin nisi amet ullamcorper magna consectetur, diam nisi sit. Aliquet massa ipsum eget, proin aliquam adipiscing proin aliquam felis lobortis feugiat molestie nunc sit euismod nunc dolor. Volutpat nibh tempus, felis mi donec, nonummy sem magna sit molestie massa feugiat molestie massa ipsum, id nibh. Ac at proin donec adipiscing, praesent magna consectetur non lobortis tempus feugiat amet elit aliquet laoreet ac pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat aliquet laoreet nisi pulvinar nonummy molestie praesent congue tempus pulvinar at tellus et ut lorem erat ipsum pharetra turpis, nonummy felis euismod. Proin laoreet massa tincidunt aliquam dolor turpis felis diam massa erat feugiat adipiscing euismod tellus magna tempus amet volutpat proin, laoreet magna erat. Tempus erat ipsum nonummy, diam lobortis erat nonummy ullamcorper ut, consectetur sem aliquam, turpis, aliquet dolore pharetra non ut dolor volutpat lobortis tempus. Nonummy volutpat lobortis, lorem mauris massa tempus felis mi erat elit, proin aliquam turpis praesent dolore amet ullamcorper congue sit mi magna consectetur. Sem nisi turpis aliquet dolore, turpis volutpat nibh lorem mauris ante erat nonummy diam congue, consectetur id non ante tincidunt aliquam donec pharetra. Praesent magna consectetur sem nisi turpis proin aliquam turpis, praesent donec amet ullamcorper congue pharetra sem, nunc pulvinar euismod lobortis laoreet ut tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ipsum nonummy molestie mi erat nonummy sem ut turpis tellus nunc dolor volutpat lobortis feugiat. Mauris dolore amet ullamcorper ut pharetra, non ut sit, tellus tincidunt sed eget nibh, tempus felis. Mi, erat felis, mi ac at proin aliquam turpis ullamcorper ac adipiscing proin donec nonummy diam. Magna consectetur proin nisi sit euismod, laoreet sed at aliquet laoreet nisi tempus pharetra molestie praesent. Congue ac turpis, eget laoreet congue aliquam pharetra, mauris praesent tincidunt ac turpis elit non massa. Erat pharetra mauris praesent dolore pharetra mauris aliquet tincidunt ac turpis non laoreet erat, pharetra molestie. Praesent magna, sit adipiscing euismod ante aliquam, amet volutpat sem laoreet magna feugiat, nonummy volutpat proin. Tincidunt ac sed sit, felis volutpat tincidunt magna pulvinar consectetur, felis volutpat ante nisi sed, consectetur. Felis non ante congue ac pulvinar elit tellus praesent lobortis donec dolor mauris aliquet nibh nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet turpis molestie diam massa donec dolor. Turpis id diam nunc donec feugiat nonummy. Tellus et ante dolore feugiat, pulvinar elit. Tellus ullamcorper massa aliquam pharetra adipiscing euismod. Proin laoreet magna feugiat felis euismod nibh. Dolore ac, pulvinar molestie ullamcorper et nunc. Ac ipsum amet, at eget non praesent. Ante tincidunt ut donec lorem pulvinar at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris eget tellus et ut donec sed pulvinar nonummy tellus mi donec consectetur non nisi sit tellus, nunc pulvinar euismod tincidunt dolor molestie ante tempus ullamcorper. Ut feugiat molestie massa, pulvinar, euismod tincidunt dolor volutpat, lobortis feugiat molestie ante tempus id laoreet dolor volutpat tincidunt dolor, volutpat lobortis feugiat id lobortis ipsum. Id et magna consectetur sem, nisi turpis tellus, tincidunt pulvinar, euismod lobortis lorem mauris mi donec, nonummy diam magna consectetur sem amet ullamcorper congue pharetra ullamcorper. Ut feugiat molestie massa ipsum, id laoreet sed eget nibh feugiat tellus nunc sit tellus tincidunt dolor, euismod tincidunt feugiat non lobortis erat nonummy laoreet sed. Eget ante tempus, adipiscing mi erat elit et lorem, at ante lorem felis mi erat elit diam magna consectetur sem nisi amet aliquet dolore, nonummy lobortis. Feugiat molestie laoreet erat, eget nibh lorem at proin aliquam adipiscing praesent donec, consectetur sem ut sit molestie laoreet ipsum euismod nisi amet, ullamcorper laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem at praesent, donec amet, ullamcorper lobortis feugiat molestie tempus nonummy diam magna turpis. Aliquet massa sed, eget et aliquam adipiscing praesent aliquam, nonummy diam magna pharetra non. Ut pulvinar euismod tincidunt dolor euismod aliquam adipiscing praesent, donec nonummy diam magna at. Proin nisi adipiscing praesent donec amet ullamcorper ut sit molestie nunc sit euismod laoreet. Dolor eget nibh mauris mi erat elit diam magna at sem nisi turpis aliquet. Dolore amet ullamcorper congue consectetur sem nisi turpis, aliquet dolore amet ullamcorper dolor volutpat. Massa ipsum id laoreet, sed, eget, nibh feugiat mauris ante tempus adipiscing praesent donec. Elit et aliquam adipiscing praesent donec adipiscing diam donec elit et sit tellus dolore. Amet ullamcorper, congue pharetra volutpat massa, feugiat molestie laoreet sed eget nibh sed eget. Ante aliquam adipiscing mi, erat elit nibh ac at tincidunt sed volutpat tincidunt feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet non lobortis ipsum id laoreet, sed eget nibh pulvinar tellus tincidunt sed, volutpat congue feugiat molestie lobortis, sit aliquet. Dolore amet ullamcorper tincidunt, dolor non lobortis feugiat tellus massa ipsum id nibh sed eget tempus felis diam, erat pharetra. Non ut sit euismod laoreet sed elit, proin ac adipiscing praesent dolore pharetra non, ut feugiat molestie massa, ipsum, eget. Nisi, turpis tellus tincidunt pulvinar euismod tincidunt feugiat molestie massa tempus felis et magna at sem nisi amet ullamcorper congue. Dolor volutpat lobortis mauris, ante erat elit diam, ac consectetur proin aliquam turpis praesent donec, elit et ac at sem. Nisi amet ullamcorper congue pharetra volutpat lobortis feugiat molestie nunc eget nibh sed mauris ante tempus felis, mi erat elit. Et ac elit, et aliquam turpis aliquet dolore nonummy diam congue consectetur sem nisi turpis praesent pulvinar, volutpat lobortis tempus. Felis mi donec nonummy sem ac consectetur, sem nisi, turpis praesent dolore nonummy diam ac at sem donec nonummy et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet euismod lobortis feugiat, mauris. Ante donec nonummy diam turpis aliquet. Nunc ipsum id tincidunt dolor volutpat. Ut feugiat molestie massa ipsum id. Laoreet sed eget, nibh feugiat molestie. Massa tempus felis, et ac consectetur. Mi ac consectetur tellus nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis feugiat, molestie, massa tempus felis laoreet sed, mauris lorem, mauris mi. Dolore amet ullamcorper ut pharetra aliquet massa ipsum id, laoreet lorem, mauris, proin. Donec, amet ullamcorper ut pharetra tellus massa ipsum felis sed elit et lorem. Mauris ante donec elit diam ac at sem, aliquam turpis praesent nunc, pharetra. Volutpat nibh lorem molestie massa, ipsum id laoreet elit proin aliquam adipiscing mi. Donec nonummy et ac elit et lorem at praesent dolore amet ullamcorper ut. Feugiat tellus massa pulvinar euismod dolor eget nibh lorem mauris ante tempus felis. Mi, erat eget nibh lorem mauris praesent donec, amet diam magna pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget nibh lorem felis mi, erat felis et erat elit proin nisi amet, aliquet congue amet diam. Magna pharetra tellus sit tellus tincidunt sed volutpat lobortis dolor molestie, massa tempus, id mi erat at proin. Aliquam adipiscing, praesent donec amet non ut sit molestie erat eget nibh sed mauris proin aliquam adipiscing praesent. Magna consectetur sem nisi turpis aliquet dolore pulvinar id laoreet feugiat volutpat massa ipsum id mi, erat elit. Ut sit aliquet donec nonummy diam magna consectetur non ut feugiat id laoreet sed euismod tincidunt, pharetra non. Ut pharetra non ut, pulvinar laoreet lorem, mauris ante tempus felis mi erat nonummy et magna at proin. Aliquam, turpis ullamcorper congue amet non ut sit molestie nunc pulvinar aliquet congue dolor lobortis sit tellus nunc. Pulvinar euismod tincidunt dolor volutpat nibh lorem mauris ante tempus elit diam magna consectetur, sem dolore, adipiscing aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed mauris ante aliquam adipiscing. Diam congue pharetra sem, ut sit. Tellus laoreet ipsum eget et ac. Praesent dolore pharetra non lobortis, feugiat. Felis praesent donec nonummy diam nisi. Consectetur, aliquet nunc pulvinar euismod tincidunt. Pharetra volutpat lobortis sit, tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper congue sit molestie laoreet erat elit nibh lorem. Mauris, proin nisi, turpis diam magna consectetur non sit. Aliquet nunc ipsum id laoreet dolor molestie massa ipsum. Id laoreet sed, elit et, ac consectetur aliquet dolore. Amet ullamcorper magna consectetur sem turpis aliquet dolore pulvinar. Euismod lobortis dolor, volutpat massa ipsum id laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ante aliquam adipiscing mi elit et ac consectetur sem nisi adipiscing praesent erat felis mi sed eget nibh lorem eget lobortis tempus, adipiscing mi donec nonummy. Sem, ut ipsum, et ac at proin tempus adipiscing praesent donec nonummy diam ac at et aliquam adipiscing praesent dolore pharetra volutpat nibh lorem mauris mi erat. Nonummy ut sit id laoreet sed eget lobortis feugiat molestie massa tempus id, mi ac consectetur id ullamcorper lobortis donec ac sit eget et ac turpis tellus. Laoreet sit nonummy adipiscing elit aliquet mi ac at sem nisi adipiscing proin aliquam adipiscing praesent erat consectetur sem nisi consectetur tellus tincidunt pulvinar tincidunt dolor non. Ut sit tellus massa sed eget et ac at praesent dolore amet diam congue pharetra non ut sit tellus nunc, pulvinar ullamcorper congue consectetur ut sit tellus. Nunc pulvinar id nibh ac adipiscing praesent donec adipiscing diam magna consectetur sem ut sit tellus tincidunt, dolor volutpat tincidunt dolor volutpat ut feugiat, tincidunt sed elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra tellus nunc pulvinar et ac at, ante tempus mauris ante tempus, elit diam, magna consectetur sem dolore amet ullamcorper congue dolor volutpat lobortis feugiat. Molestie laoreet sed nibh aliquam, adipiscing aliquet dolore nonummy diam magna consectetur diam magna consectetur proin, nisi, amet ullamcorper congue amet non ut sit tellus. Nunc ipsum id ac, adipiscing proin donec, nonummy praesent donec, nonummy diam, ac mauris proin aliquam adipiscing praesent donec amet sem ut feugiat id massa. Erat elit aliquam at praesent donec nonummy diam congue, pharetra sem nisi turpis sem nisi adipiscing aliquet erat nonummy sem magna, turpis aliquet nisi amet. Aliquet dolore pharetra ut feugiat molestie nunc ipsum id tincidunt, sed mauris ante lorem mauris praesent donec nonummy diam, ac at et aliquam turpis aliquet. Congue dolor non, lobortis feugiat massa sed elit et ac at proin tempus felis praesent donec elit mi erat elit et aliquam adipiscing aliquet donec. Amet ullamcorper congue pharetra tellus massa ipsum sem nunc sit euismod laoreet sed eget nibh tempus felis mi erat elit et magna consectetur aliquet nunc. Pulvinar euismod sed, eget ante ipsum felis mi erat elit diam magna turpis sem dolore nonummy ullamcorper tincidunt dolor sem nisi consectetur aliquet dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sit tellus ut ipsum eget, nibh ac at proin aliquam adipiscing praesent donec, nonummy nisi sit molestie, laoreet sed eget nibh feugiat molestie ante ipsum felis mi sed eget. Et ac adipiscing aliquet donec nonummy diam magna nonummy, sem ut felis laoreet sed elit nibh, lorem, mauris ante ipsum felis praesent ac, at sem nisi adipiscing proin aliquam adipiscing. Praesent donec consectetur sem nisi turpis laoreet erat elit nibh aliquam adipiscing praesent donec nonummy diam ac at et ac adipiscing praesent donec amet, ullamcorper ut sit tellus nunc euismod. Tincidunt dolor volutpat lobortis feugiat volutpat lobortis feugiat id laoreet sed elit proin ac at praesent donec adipiscing praesent erat eget et magna consectetur sem nisi euismod tincidunt dolor molestie. Lobortis ipsum felis, mi sed eget, et aliquam adipiscing praesent dolore amet ullamcorper, magna consectetur diam magna consectetur sem nisi amet eget, tellus, magna feugiat, elit molestie ullamcorper et nunc. Pulvinar, id, laoreet lorem mauris nibh lorem adipiscing praesent magna nonummy sem, magna euismod laoreet erat eget lobortis feugiat molestie lobortis feugiat tellus nunc turpis aliquet dolore amet ullamcorper magna. Consectetur tellus ut, pulvinar euismod laoreet dolor eget nibh lorem praesent, dolore consectetur non nisi, turpis aliquet nunc ipsum euismod tincidunt dolor volutpat congue pharetra sem aliquam, adipiscing praesent aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, mi donec nonummy, non lobortis ipsum id massa sed eget et ac adipiscing aliquet dolore amet donec consectetur, sem ut. Sit id laoreet dolor euismod tincidunt feugiat volutpat massa feugiat tellus dolore amet ullamcorper, congue pharetra, non ut sit tellus pulvinar. Id, laoreet lorem mauris proin aliquam nonummy, diam magna nonummy, diam magna consectetur aliquet tincidunt dolor volutpat lobortis feugiat molestie ante. Aliquam nonummy, praesent donec pharetra nisi turpis praesent dolore nonummy diam congue dolor, volutpat nunc sit aliquet dolore pulvinar ullamcorper dolore. Pharetra volutpat massa ipsum id laoreet, sed et ac adipiscing aliquet nunc pulvinar euismod lobortis sit molestie massa ipsum id tincidunt. Dolor volutpat lobortis feugiat molestie massa feugiat id laoreet sed elit nibh ac aliquet dolore, amet ullamcorper congue pharetra non nisi. Sit tellus laoreet dolor volutpat nibh feugiat volutpat massa ipsum id laoreet sed eget, et lorem, eget, nibh, ipsum mi erat. Nonummy sem nisi turpis tellus tincidunt sed eget ante tempus adipiscing praesent donec nonummy et ac elit et turpis praesent donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non, ut ipsum id laoreet sed eget lobortis molestie massa tempus id laoreet sed consectetur. Sem nisi adipiscing praesent congue amet ullamcorper ut feugiat non ut sit, tellus nunc dolor volutpat. Lobortis tempus euismod tincidunt, pharetra volutpat lobortis tempus, elit, et, magna pharetra tellus laoreet sed eget. Nibh lorem at proin donec nonummy mi donec nonummy diam ac ante tempus adipiscing praesent donec. Amet ullamcorper congue pharetra sem nisi amet, ullamcorper dolore amet diam magna pharetra non nisi turpis. Tellus nunc pulvinar tincidunt dolor volutpat lobortis sit tellus massa pulvinar ullamcorper congue pharetra non congue. Consectetur sem ut sit tellus tincidunt dolor volutpat ut sit tellus nunc ipsum nunc, dolor euismod. Tincidunt feugiat molestie lobortis feugiat molestie nunc ipsum id tincidunt sed mauris nibh ipsum felis laoreet. Sed eget et magna turpis tellus nunc, pulvinar, tincidunt lorem, mauris mi, erat elit et erat. Elit et ac, turpis praesent donec nonummy praesent donec elit diam magna aliquet donec adipiscing diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sit, tellus dolore pulvinar, euismod lobortis feugiat molestie donec adipiscing diam congue pharetra non nunc ipsum id laoreet lorem eget lobortis lorem molestie. Ante, erat nonummy, sem nisi turpis sem nisi adipiscing, praesent adipiscing praesent donec consectetur sem ut sit euismod laoreet sed eget nibh lorem mauris. Ante, tempus elit diam nisi consectetur aliquet dolore amet ullamcorper congue non ut sit, molestie massa ipsum euismod laoreet, lorem mauris, nibh tempus mauris. Ante erat nonummy diam magna turpis tellus massa ipsum euismod congue diam, magna, consectetur tellus nunc pulvinar euismod, tincidunt dolor volutpat lobortis sit, molestie. Ante tempus elit et erat elit proin aliquam felis mi erat, felis mi sed tincidunt sed mauris, ante, lorem id laoreet sed, eget, nibh. Lorem consectetur sem dolore turpis ullamcorper congue dolor volutpat lobortis sit tellus nunc ipsum id nibh volutpat lobortis, ipsum felis ullamcorper magna consectetur non. Massa tempus elit et ac eget nibh tempus mauris ante tempus id ac at, proin ac at praesent donec nonummy praesent donec nonummy sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi consectetur erat, dolore ac pulvinar consectetur tellus laoreet congue feugiat mauris praesent, tincidunt lorem adipiscing praesent tincidunt feugiat felis aliquet lobortis ac ipsum pharetra. Felis volutpat dolore dolor mauris praesent nibh ut, tempus pharetra amet volutpat proin nunc magna ipsum nonummy non, massa dolore lorem pulvinar eget proin ut. Sed non ante donec sit mauris ullamcorper sem mi, magna sit felis ullamcorper massa erat, amet, volutpat praesent nibh nisi ipsum elit sem massa erat. Pharetra diam proin tincidunt ac sit, id non ante nibh massa congue, aliquam sed pulvinar consectetur id diam ante tincidunt nisi tempus feugiat amet at. Felis, mauris nibh nunc, ac ipsum dolor turpis, at id volutpat, praesent laoreet ut donec lorem, amet turpis elit molestie euismod sem et massa dolore. Lorem sed sit ullamcorper aliquet et nunc congue tempus dolor turpis elit non praesent, nibh nunc nisi tempus pharetra at eget tellus diam ante tincidunt. Nisi donec lorem pulvinar consectetur diam praesent ante, diam praesent, nibh dolore magna aliquam lorem pulvinar consectetur felis mauris euismod sem ante, ut lorem pulvinar. Euismod, volutpat ullamcorper, proin laoreet nisi erat lorem ipsum, feugiat, amet, at id tellus ullamcorper proin laoreet nisi donec lorem pulvinar turpis felis molestie aliquet. Sem et, donec, ac sit pharetra id ullamcorper praesent nibh ut donec tempus pulvinar turpis euismod sem mi lobortis nisi pulvinar pharetra, elit non ullamcorper. Et nunc donec consectetur, nunc ipsum id nibh ac at proin nisi pulvinar euismod lobortis feugiat molestie ante erat, felis mi erat elit, et aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam nonummy diam magna pharetra non, ut sit euismod tincidunt pulvinar euismod tincidunt dolor ut feugiat id laoreet sed elit et ac at proin aliquam felis mi erat. Elit et ac at proin nisi adipiscing praesent donec nonummy ullamcorper ut molestie laoreet ipsum eget nibh lorem mauris, proin aliquam adipiscing, diam congue sit tellus, nunc sit tellus. Tincidunt sed eget, nibh lorem mauris mi erat et ac consectetur non nisi turpis praesent, dolore amet ullamcorper congue consectetur, sem, nisi turpis euismod laoreet sed elit nibh tempus. Felis mi nonummy diam magna at proin ac at proin tempus, adipiscing ullamcorper ut, pharetra tellus nunc pulvinar tellus, nunc pulvinar ullamcorper tincidunt pharetra non nisi sit tellus nunc. Id nibh feugiat mauris massa tempus felis mi erat, lorem sed turpis elit molestie euismod proin massa erat nonummy diam ac at proin donec adipiscing, praesent magna adipiscing aliquet. Congue pharetra volutpat massa ipsum molestie nunc pulvinar euismod laoreet sed mauris proin aliquam amet ullamcorper, congue sit nunc ipsum id tincidunt erat mauris nibh lorem mauris ante tempus. Felis mi erat at et ac at praesent donec nonummy ullamcorper ut sit tellus nunc id et magna mauris ante tempus adipiscing praesent tempus nonummy diam magna turpis tellus. Nunc pulvinar euismod congue pharetra non ut sit tellus massa pulvinar, tellus nunc euismod tincidunt lorem molestie massa ipsum molestie, tincidunt sed volutpat lobortis feugiat molestie massa feugiat molestie. Nunc pulvinar euismod laoreet lorem, eget ante aliquam adipiscing mi erat non ut sit aliquet nisi adipiscing aliquet dolore amet ullamcorper lobortis feugiat tellus nunc pulvinar euismod laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit tellus massa tempus elit et ac at sem dolore amet aliquet congue pharetra ullamcorper ut pharetra ut pulvinar id. Laoreet sed mauris nibh feugiat molestie massa pulvinar id mi, ac consectetur sem dolore amet euismod congue, amet diam congue pharetra. Massa erat elit proin aliquam adipiscing proin donec, nonummy diam congue dolor non ut sit tellus nunc dolor volutpat tincidunt dolor. Molestie massa aliquam, adipiscing et sit tellus nunc pulvinar, euismod tincidunt dolor eget nibh, feugiat mauris mi donec nonummy diam magna. Consectetur sem nunc amet ullamcorper congue pharetra ut sit tellus ut pulvinar euismod nunc amet non ut sit tellus nunc sit. Tellus nunc, pulvinar euismod congue pharetra non ut feugiat id laoreet sed elit massa sed eget, nibh ac turpis praesent dolore. Pulvinar volutpat nibh tempus felis mi erat nonummy diam magna consectetur sem, nisi amet, ullamcorper congue pharetra volutpat ut id laoreet. Erat elit, laoreet lorem mauris ante lorem, felis ante erat felis et ac consectetur aliquet laoreet sed elit aliquam adipiscing ullamcorper. Congue sed eget nibh feugiat molestie ante sed eget nibh ac consectetur, aliquet dolore, pulvinar euismod congue feugiat molestie ante ipsum. Felis et magna sem nisi, turpis praesent dolore amet, diam magna consectetur, diam nisi turpis tellus tincidunt dolor volutpat nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ac consectetur sem, nisi turpis ullamcorper dolore amet non. Ut sit tellus nunc pulvinar, id tincidunt sed eget aliquam. Adipiscing ullamcorper dolore pharetra non ut sit molestie nunc ipsum. Id tincidunt dolor volutpat lobortis feugiat molestie, massa ipsum eget. Et magna consectetur aliquam adipiscing aliquet dolore nonummy diam ac. At proin ac mauris ante tempus id mi erat elit. Et ac at praesent donec nonummy praesent donec nonummy diam. At proin, aliquam turpis aliquet dolore amet ullamcorper congue pharetra. Tellus massa pulvinar euismod tincidunt sed mauris ante aliquam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit tellus nunc dolor volutpat nibh lorem mauris ante ipsum molestie massa pulvinar euismod tincidunt pharetra ullamcorper congue sem magna. Consectetur aliquet nunc pulvinar euismod lobortis feugiat molestie ante tempus felis laoreet erat elit et, ac at proin donec nonummy, ullamcorper. Congue tellus massa ipsum id tincidunt pulvinar volutpat lobortis feugiat volutpat lobortis feugiat euismod tincidunt dolor, euismod lobortis feugiat molestie, massa. Tempus id laoreet sed eget et aliquam aliquet dolore pulvinar, volutpat lobortis feugiat non massa ipsum felis laoreet, dolor eget nibh. Lorem at massa feugiat molestie massa pulvinar, id tincidunt eget ante aliquam adipiscing diam magna pharetra non ut pulvinar euismod nunc. Amet euismod tincidunt feugiat molestie massa tempus elit volutpat aliquet tincidunt nisi erat pharetra, id congue feugiat, mauris diam congue feugiat. Mauris praesent congue dolor mauris praesent donec pharetra molestie, praesent donec dolor eget proin dolore sed adipiscing tellus et ut ipsum. Molestie praesent lobortis aliquam sed turpis felis non praesent tincidunt feugiat adipiscing euismod proin nisi turpis tellus nunc pulvinar proin tempus. Amet consectetur felis, volutpat mi dolore feugiat at aliquet dolore feugiat, adipiscing id non praesent congue feugiat adipiscing ullamcorper nibh nisi. Sed sit, elit non dolore lorem, turpis euismod et nunc congue ipsum, amet eget praesent nunc lorem consectetur id sem praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum feugiat adipiscing eget sem laoreet ut. Lorem pulvinar consectetur id sem ante congue. Tempus pulvinar elit sem laoreet magna pharetra. Adipiscing eget tellus praesent lobortis, nunc aliquam. Sed feugiat amet, at felis molestie aliquet. Nibh, tincidunt nisi, donec lorem sed feugiat. Amet praesent et nunc magna aliquam sed. Sit consectetur turpis at id diam massa. Tincidunt dolore ac feugiat amet molestie praesent. Laoreet laoreet, congue, feugiat adipiscing euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus turpis praesent, dolore amet non ut feugiat, tellus massa pulvinar id nibh lorem eget nibh tempus ullamcorper congue consectetur sem magna consectetur. Sem dolore amet ullamcorper congue consectetur sem nisi turpis, aliquet dolore amet ullamcorper tincidunt sed mauris, nibh id mi erat, nonummy diam nisi. Consectetur aliquet tincidunt dolor euismod lobortis, feugiat mauris, massa ipsum molestie laoreet ipsum euismod tincidunt dolor volutpat lobortis sit id laoreet eget nibh. Lorem, mauris ante aliquam nonummy diam magna consectetur diam magna at nibh lorem mauris ante ipsum id mi erat elit, proin aliquam aliquet. Nunc pulvinar volutpat lobortis lorem mauris ante ipsum id tincidunt dolor, volutpat nibh tempus felis, mi erat felis et erat, elit et lorem. Mauris proin, id laoreet sed eget nibh ac consectetur proin nisi, amet ullamcorper tincidunt dolor molestie lobortis feugiat tellus massa sed id tincidunt. Sed molestie massa, tempus adipiscing praesent eget nibh ac at ante aliquam felis ante ipsum id laoreet ac at sem, dolore turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet non lobortis lorem felis praesent congue sit tellus massa pulvinar, euismod nunc pulvinar, euismod amet non lobortis, feugiat id massa sed eget laoreet lorem mauris nibh. Tempus felis, praesent, magna consectetur sem nisi turpis, aliquet nunc pulvinar volutpat, dolor non lobortis sit molestie massa pulvinar euismod tincidunt dolor volutpat massa ipsum molestie, nunc ipsum. Eget et magna, consectetur proin aliquam adipiscing praesent donec nonummy sem at proin aliquam adipiscing aliquet donec nonummy ullamcorper congue pharetra tellus, nunc pulvinar id laoreet sed mauris. Proin donec adipiscing euismod tincidunt feugiat mi donec, nonummy sem ut feugiat molestie massa pulvinar id nibh sed mauris ante, aliquam adipiscing praesent, erat eget et ac consectetur. Tellus et ut ipsum nonummy massa donec dolor at aliquet nibh ac adipiscing ullamcorper nibh aliquam sit id diam, mi tincidunt tempus, amet ullamcorper magna consectetur, sem nisi. Sit tellus massa ipsum lobortis feugiat volutpat, massa ipsum id laoreet magna nonummy diam ac adipiscing praesent, donec nonummy, diam congue, pharetra non ut tellus dolore pulvinar euismod. Lobortis lorem at proin donec, nonummy diam donec nonummy proin ac adipiscing proin donec felis mi, donec nonummy sem ut turpis tellus sed elit et ac adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non ut pulvinar euismod tincidunt euismod. Lobortis lorem felis mi erat felis et. Ac consectetur aliquet dolore amet aliquet dolore. Amet non, lobortis feugiat id massa ipsum. Id nibh sed aliquet dolore amet, ullamcorper. Tincidunt feugiat molestie mi tempus felis et. Erat elit et ac mauris ante aliquam. Adipiscing mi sed eget nibh ac, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat volutpat massa ipsum id mi erat elit et ac at proin donec pharetra non congue. Proin nisi sit euismod laoreet sed eget proin nisi nonummy ullamcorper congue pharetra non ut sit tellus. Massa ipsum eget nibh lorem mauris massa ipsum, molestie ipsum eget laoreet lorem mauris ante tempus, mauris. Mi erat nonummy diam, magna consectetur aliquet dolore pulvinar volutpat nibh lorem molestie massa ipsum id laoreet. Nonummy proin nisi sit euismod, laoreet sed volutpat, lobortis feugiat molestie ut, turpis euismod tincidunt pulvinar eget. Nibh lorem molestie ante ipsum id, sed elit et lorem mauris ante, lorem, molestie massa ipsum felis. Mi ac at sem dolore pulvinar euismod, tincidunt feugiat volutpat ante feugiat molestie nunc amet ullamcorper dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie ante tempus eget nibh lorem, mauris. Proin aliquam, adipiscing praesent congue amet nisi. Turpis aliquet dolore turpis aliquet dolore amet. Ullamcorper magna pharetra sem, ut, turpis tellus. Dolore amet euismod lobortis lorem, mauris massa. Ipsum id sed elit et ac at. Aliquet dolore, nonummy ullamcorper congue, consectetur sem. Aliquam adipiscing praesent donec nonummy ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mi erat elit proin nisi turpis ullamcorper congue. Pharetra volutpat massa ipsum molestie nunc pulvinar, tellus laoreet. Sed eget nibh, lorem molestie erat felis laoreet sed. Eget nibh lorem mauris ante erat nonummy ullamcorper, congue. Sit tellus massa ipsum eget nibh, lorem mauris ante. Tempus felis, mi dolor molestie ante tempus felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris ante, tempus felis praesent donec. At et ac at praesent adipiscing praesent. Donec nonummy diam ac turpis sem dolore. Amet euismod lobortis lorem mauris ante tempus. Felis diam magna consectetur sem ut turpis. Aliquet dolore eget nibh lorem mauris mi. Erat felis, et ac at, proin aliquam. At, mi erat felis mi erat at. Sem nunc ipsum id tincidunt volutpat nibh. Lorem mauris mi erat elit mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ullamcorper lobortis ac at proin, aliquam adipiscing mi. Eget et ac at praesent donec adipiscing ullamcorper tincidunt. Dolor molestie nunc ipsum felis laoreet ac at sem. Dolore turpis euismod tincidunt feugiat molestie massa, nonummy ullamcorper. Congue sit non nunc sit euismod tincidunt sed mauris. Proin aliquam felis mi donec nonummy diam ac at. Sem, nisi turpis ullamcorper dolore volutpat lobortis sit tellus. Nunc ipsum id laoreet sed eget ante tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, erat elit proin turpis praesent congue dolor volutpat lobortis feugiat molestie massa pulvinar, id laoreet sed volutpat. Tincidunt feugiat molestie ante tempus felis mi sed volutpat lobortis feugiat ante aliquam adipiscing et erat at sem. Nunc sed eget et ac mauris nibh tempus adipiscing, praesent donec consectetur sem ut sit aliquet nisi turpis. Congue pharetra volutpat lobortis feugiat molestie massa ipsum id, laoreet, sed eget nibh lorem molestie massa pulvinar id. Mi erat consectetur sem nisi amet aliquet pharetra volutpat lobortis ipsum id mi erat at proin ac at. Proin, donec nonummy ullamcorper, tincidunt dolor non ut sit tellus laoreet erat eget lobortis mauris proin tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ac at proin aliquam, amet ullamcorper congue sit molestie, massa, euismod laoreet dolor euismod congue pharetra ullamcorper. Ut ipsum, felis mi ac at sem nisi adipiscing proin aliquam adipiscing diam magna pharetra non, nunc pulvinar. Id erat elit et lorem felis mi erat elit, mi erat at proin aliquam, turpis aliquet, dolore amet. Ullamcorper congue pharetra non ut pulvinar euismod, nunc at ante aliquam adipiscing praesent donec, nonummy diam magna pharetra. Non ut amet, elit nibh ac adipiscing aliquet donec amet ullamcorper congue dolor ante ipsum id mi sed. Elit proin nisi amet ullamcorper congue pharetra volutpat ante ipsum, id laoreet ipsum id laoreet lorem mauris nibh. Tempus adipiscing mi erat molestie lobortis sit molestie dolore pulvinar volutpat lobortis, feugiat molestie lobortis sit sem ut. Turpis aliquet congue amet diam congue pharetra sem nisi turpis sem nisi amet lobortis feugiat molestie massa ipsum. Id mi erat eget laoreet sed molestie massa tempus felis laoreet sed eget nibh ac consectetur sem sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, sit molestie mi erat at proin nisi turpis ullamcorper congue dolor ut pharetra non nisi turpis aliquet donec nonummy diam congue pharetra non lobortis feugiat molestie. Massa sed elit et ac at proin aliquam nonummy diam magna sem ut turpis aliquet donec, amet diam tincidunt dolor volutpat massa pulvinar euismod tincidunt sed volutpat. Nibh lorem volutpat, massa feugiat molestie massa ipsum id sed eget ante, tempus mauris ante ipsum id, nibh ac at proin aliquam adipiscing aliquet donec nonummy ullamcorper. Ut sit tellus nunc amet congue pharetra non, ut sit, tellus nunc pulvinar euismod tincidunt dolor volutpat tincidunt pharetra volutpat ut sit aliquet dolore amet ullamcorper, congue. Pharetra non lobortis sit non sit id laoreet dolor, volutpat, nibh lorem mauris praesent donec elit diam magna at ante, tempus felis praesent donec amet ullamcorper ut. Sit molestie laoreet ipsum euismod dolor volutpat ut sit tellus nunc ipsum id laoreet dolor euismod tincidunt dolor adipiscing eget sem nunc erat pharetra elit praesent nibh. Ut sed consectetur tellus ante erat consectetur non ante donec dolor felis ullamcorper et, laoreet, ut ipsum nonummy volutpat lobortis ipsum felis mi erat consectetur massa, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor non nisi sit aliquet nunc pulvinar volutpat, nibh ac aliquet, congue amet non ut pharetra molestie nunc pulvinar euismod nibh sed eget ante tempus felis, mi erat. Elit diam ac turpis sem ac adipiscing aliquam nonummy diam magna at non massa pulvinar euismod nunc dolor volutpat nibh lorem mauris mi, tempus felis et ac elit proin. Aliquam adipiscing aliquet amet diam magna consectetur, sem nisi turpis praesent, donec adipiscing diam donec nonummy, diam ac at sem nisi turpis ullamcorper, tincidunt feugiat mauris tempus id laoreet. Sed eget, laoreet sed eget ante, tempus felis praesent erat, elit et ac at ante feugiat molestie massa tempus id tincidunt pulvinar volutpat, lobortis mauris ante ipsum molestie nunc. Amet ullamcorper tincidunt, sed, eget ante tempus felis mi tempus eget laoreet lorem mauris proin nisi turpis aliquet congue pharetra non ut elit, diam magna consectetur non nisi turpis. Aliquet, tincidunt sed mauris, ante tempus mauris massa tempus, id, tincidunt sed volutpat lobortis, lorem mauris donec amet non lobortis feugiat id massa sed elit, et, aliquam adipiscing aliquet. Donec nonummy praesent donec nonummy, et lorem mauris ante tempus adipiscing praesent donec, elit ut sit molestie, nunc pulvinar euismod congue dolor eget lobortis lorem molestie massa ipsum euismod. Tincidunt dolor volutpat tincidunt feugiat felis ante tempus elit diam nisi turpis nunc ipsum euismod congue amet ullamcorper congue pharetra non ut pulvinar euismod tincidunt pulvinar ullamcorper tincidunt, dolor. Volutpat ante ipsum id laoreet pulvinar euismod tincidunt, pharetra ullamcorper pharetra non ut sit euismod tincidunt pharetra ullamcorper congue pharetra tellus ut ipsum, id laoreet dolor volutpat lobortis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent donec nonummy diam, congue pharetra, non ut sit. Euismod, tincidunt lorem mauris proin aliquam ante donec, elit et. Magna consectetur sem nisi adipiscing aliquet dolore amet diam magna. Consectetur sem, ut turpis tellus tincidunt pulvinar, non nibh feugiat. Ut ipsum elit, et, ac consectetur, proin tempus adipiscing mi. Erat nonummy diam magna pharetra tellus nunc pulvinar id nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus massa ipsum felis mi erat mauris, proin, aliquam turpis aliquet dolore pharetra volutpat lobortis feugiat id laoreet sed elit et ac ante tempus adipiscing diam, magna pharetra. Non ut sit euismod nunc dolor volutpat tincidunt feugiat volutpat lobortis ipsum, molestie laoreet sed elit, et ac, adipiscing, dolore pulvinar volutpat lobortis feugiat tellus nunc ipsum id. Mi ac at proin, nisi turpis praesent erat felis laoreet sed eget nibh lorem eget nibh ipsum, id donec nonummy sem magna turpis aliquet nunc pulvinar ullamcorper congue. Pharetra non nisi, sit, molestie laoreet erat at proin nisi amet ullamcorper tincidunt dolor, aliquet nunc dolor euismod lobortis feugiat molestie massa ipsum id mi erat eget, et. Ac turpis aliquet congue pharetra non lobortis feugiat tellus nunc pulvinar euismod, ac at ante aliquam nonummy praesent donec consectetur diam nisi turpis tellus tincidunt, sed elit nibh. Ac at proin tempus felis massa pulvinar euismod tincidunt dolor volutpat, tempus, felis praesent donec, consectetur non, lobortis pulvinar tellus nunc dolor, eget nibh ac, adipiscing praesent aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nunc ipsum euismod, laoreet pulvinar, volutpat lobortis. Dolor tellus massa tempus id laoreet sed elit. Feugiat molestie massa ipsum, id laoreet sed at. Non aliquam adipiscing praesent dolore amet diam magna. Consectetur sem ut pulvinar id laoreet sed eget. Ac adipiscing praesent donec amet ullamcorper congue consectetur. Non nunc sit euismod tincidunt dolor at aliquet. Dolore pulvinar euismod tincidunt pharetra, non lobortis, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem mauris ante, tempus, adipiscing et ac at sem. Nisi sit tellus laoreet dolor volutpat, tincidunt dolor molestie tempus. Elit diam magna consectetur aliquet nisi turpis euismod congue pharetra. Non, massa tempus id laoreet ipsum eget nibh ac mauris. Praesent donec ullamcorper congue aliquam dolor sit, nonummy, tellus praesent. Ut aliquam sed pulvinar ut donec feugiat felis mi donec. Elit diam congue pharetra, non nunc ipsum id, laoreet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor molestie praesent donec consectetur sem, ut turpis tellus nunc pulvinar, euismod tincidunt feugiat mauris tempus felis praesent magna pharetra. Tellus nunc pulvinar euismod tincidunt sed volutpat lobortis feugiat molestie ante tempus elit diam magna consectetur, aliquet aliquam adipiscing donec nonummy. Diam congue sit, molestie massa ipsum eget nibh sed mauris, proin aliquam adipiscing praesent donec elit mi ac at proin aliquam. Adipiscing praesent dolore volutpat massa ipsum id praesent, donec pharetra non nisi turpis sem nisi, adipiscing praesent erat elit mi erat. Elit proin nisi, adipiscing aliquet congue volutpat lobortis feugiat molestie massa ipsum id tincidunt dolor volutpat ut sit tellus, nunc pulvinar. Euismod laoreet erat elit nibh lorem, mauris ante, tempus felis laoreet, consectetur sem nisi adipiscing aliquet donec nonummy diam magna pharetra. Non ut sit id mi ac, elit ante tempus, mauris ante tempus felis laoreet ipsum id tincidunt eget, lobortis feugiat id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut pulvinar id laoreet dolor volutpat, nibh lorem mauris tempus nonummy diam magna consectetur aliquet dolore turpis. Ullamcorper tincidunt sed eget nibh feugiat tellus massa ipsum id laoreet dolor volutpat lobortis feugiat mauris massa id. Laoreet erat elit proin nisi amet euismod laoreet dolor, volutpat lobortis, sit, molestie massa pulvinar euismod nunc, amet. Euismod nibh, feugiat mauris massa tempus mi erat at, sem nisi turpis praesent dolore nonummy diam magna pharetra. Tellus nunc ipsum id tincidunt lorem mauris nibh lorem molestie ante nonummy sem ut ipsum id laoreet sed. Elit et ac, at praesent donec adipiscing praesent magna consectetur sem nisi consectetur praesent dolore nonummy praesent donec. Nonummy sem, sit molestie laoreet sed eget nibh, lorem at, proin aliquam adipiscing praesent donec elit, et ac. At praesent donec amet ullamcorper congue dolor molestie ante tempus felis nisi sit tellus nunc pulvinar aliquet congue. Dolor volutpat lobortis feugiat id mi erat nonummy diam nisi turpis sem dolore pulvinar euismod, tincidunt pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id nibh lorem volutpat lobortis ipsum felis. Mi donec diam ut sit id nibh. Lorem mauris, proin aliquam turpis aliquet dolore. Amet volutpat lobortis, feugiat id laoreet sed. Eget nibh, lorem, eget ante tempus volutpat. Lobortis lorem mauris ante, erat elit et. Ac consectetur sem tempus felis, mi tempus. Elit et erat elit nibh, lorem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit diam ac at proin aliquam amet ullamcorper magna nonummy sem ut feugiat id laoreet sed at sem nisi ullamcorper congue amet ullamcorper congue. Pharetra tellus nunc, pulvinar id laoreet sed mauris ante tempus, adipiscing praesent donec, nonummy et, magna turpis aliquet nunc, elit et ac adipiscing proin aliquam. Adipiscing praesent donec nonummy diam, magna consectetur sem, dolore amet, ullamcorper congue pharetra non lobortis, feugiat molestie nunc pulvinar id, lorem eget nibh feugiat, molestie. Massa sed elit diam magna at proin aliquam adipiscing praesent donec nonummy et ac elit nibh lorem molestie ante felis, laoreet erat eget nibh sed. Mauris nibh tempus felis, praesent donec nonummy diam magna at proin nisi turpis praesent donec nonummy, diam magna turpis aliquet dolore eget et ac mauris. Proin donec nonummy diam magna consectetur sem magna consectetur, sem nisi turpis, praesent dolore consectetur, diam nisi turpis sem dolore pulvinar euismod dolor volutpat lobortis. Ipsum felis praesent erat, consectetur molestie massa pulvinar id laoreet sed, eget nibh lorem mauris, ante tempus et ac at proin, aliquam turpis aliquet dolore. Pharetra non ut sit molestie ante tempus felis laoreet lorem mauris nibh tempus felis ante tempus felis, laoreet erat proin aliquam adipiscing aliquet congue, pharetra. Non congue pharetra sem ut sit euismod, tincidunt dolor, eget nibh feugiat volutpat ut, feugiat tellus nunc pulvinar euismod lobortis, feugiat proin aliquam nonummy diam. Magna consectetur sem ut sit euismod tincidunt dolor volutpat lobortis feugiat molestie ut turpis aliquet dolore amet euismod tincidunt dolor molestie massa feugiat massa, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, aliquet dolore amet diam congue pharetra nunc pulvinar id laoreet dolor volutpat lobortis feugiat molestie massa feugiat id laoreet sed elit nibh lorem eget ante tempus felis. Ante donec nonummy sem, ipsum felis mi erat elit, et aliquam mauris ante tempus felis mi ac elit et ac mauris ante tempus id praesent donec elit et. Ac aliquet, dolore pulvinar euismod lobortis feugiat molestie massa tempus elit et ac at, sem nisi amet euismod congue pharetra ullamcorper congue pharetra, non massa, ipsum id lorem. At proin nisi amet aliquet dolore, nonummy diam magna at aliquet dolore amet ullamcorper, congue dolor non ut sit tellus nunc pulvinar id laoreet, eget nibh feugiat mauris. Ante erat elit, et ac at proin nisi amet euismod congue pharetra non lobortis feugiat id laoreet pulvinar euismod tincidunt sed eget dolore amet ullamcorper congue pharetra, non. Lobortis feugiat tellus nunc amet ullamcorper dolore, amet ullamcorper congue pharetra sem nisi turpis aliquet, aliquam, adipiscing praesent erat elit diam pulvinar, euismod laoreet sed eget nibh feugiat. Mauris ante tempus felis laoreet ipsum id laoreet sed, eget ante tempus adipiscing congue consectetur non nunc pulvinar tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie. Nunc pulvinar id laoreet sed eget ante tempus felis mi erat, eget magna consectetur sem dolore, amet aliquet congue consectetur non ut, feugiat id mi, erat elit et. Aliquam, adipiscing ullamcorper, dolore nonummy ullamcorper magna, consectetur tellus massa ipsum laoreet dolor eget lobortis dolor non, lobortis feugiat id, laoreet sed eget nibh lorem molestie massa ipsum. Felis mi donec nonummy sem ut, turpis aliquet donec, nonummy erat elit mi erat elit, nibh lorem felis praesent donec, nonummy diam magna pharetra sem aliquam adipiscing aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non nunc tempus felis mi, erat at proin aliquam turpis aliquet, dolore amet non ut molestie nunc pulvinar id, nibh ac adipiscing praesent aliquam adipiscing diam. Congue dolor tellus, nunc pulvinar euismod laoreet erat at, proin aliquam adipiscing, ullamcorper nonummy non ut feugiat molestie mi erat elit nibh sed eget nibh, tempus felis. Praesent, donec consectetur diam magna at sem dolore, pulvinar ullamcorper congue pharetra, non pharetra non, massa ipsum id laoreet lorem mauris nibh lorem mauris massa, ipsum id. Laoreet sed eget ante tempus felis ante tempus, felis erat, elit nibh lorem eget ante tempus adipiscing praesent donec consectetur diam, nisi sit tellus nunc, dolor euismod. Tincidunt dolor volutpat lobortis sit molestie massa ipsum id ac adipiscing praesent donec amet ullamcorper congue pharetra non, ut pulvinar euismod tincidunt sed eget ante tempus felis. Praesent dolore amet ullamcorper nisi sit tellus nunc pulvinar proin aliquam at proin donec adipiscing diam donec nonummy diam magna turpis sem dolore turpis ullamcorper congue consectetur. Sem ut, tellus nunc ipsum id, laoreet sed volutpat lobortis ipsum felis laoreet sed id nibh sed mauris proin aliquam adipiscing praesent erat nonummy et magna turpis. Aliquet nunc euismod, laoreet dolor volutpat ut, sit tellus massa pulvinar euismod, tincidunt sed volutpat lobortis sit molestie massa tempus felis mi ac at proin, aliquam turpis. Praesent donec diam magna, consectetur non nisi sit, aliquet nunc dolor volutpat lobortis feugiat molestie massa ipsum id laoreet erat at proin aliquam turpis ullamcorper congue pharetra. Volutpat donec adipiscing praesent donec at proin ac mauris ante lorem molestie ante ipsum id laoreet sed at proin tempus felis mi donec felis mi erat eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pharetra non ut feugiat molestie ante ipsum, id laoreet mauris proin aliquam adipiscing praesent erat nonummy diam, magna consectetur sem aliquam turpis aliquet dolore, pharetra non ut sit. Tellus nunc ipsum id tincidunt dolor tincidunt, lorem mauris mi erat elit et, erat at sem dolore amet ullamcorper dolore amet ullamcorper ut feugiat, molestie massa pulvinar aliquet, dolore. Amet euismod dolor non ut ipsum id mi erat eget nibh lorem, molestie ante aliquam nonummy diam magna at proin aliquam adipiscing aliquet donec amet magna nonummy et ac. At sem dolore, amet euismod congue, pharetra, volutpat lobortis feugiat tellus nunc pulvinar euismod, tincidunt sed eget nibh lorem mauris laoreet sed eget lorem, eget ante tempus, mauris massa. Feugiat id laoreet sed eget, nibh ac at, ante tempus id mi sed elit, nibh lorem mauris ante aliquam adipiscing diam feugiat molestie massa ipsum id mi ac, at. Proin lorem at massa, ipsum adipiscing et erat elit nibh lorem mauris ante aliquam adipiscing praesent donec elit et consectetur sem aliquam, adipiscing praesent donec nonummy ullamcorper ut sit. Molestie massa ipsum id laoreet ac at proin aliquam felis congue pharetra non massa ipsum id laoreet dolor volutpat tincidunt dolor non, lobortis ipsum, id mi ac consectetur sem. Ut pulvinar id nibh sed mauris ante tempus diam magna consectetur sem magna, turpis sem nisi turpis ullamcorper dolore amet diam magna consectetur non dolore amet ullamcorper congue dolor. Non lobortis feugiat felis praesent donec sem ut pulvinar euismod tincidunt dolor volutpat lobortis lorem mauris ante erat elit et ac at proin aliquam adipiscing praesent dolore amet ullamcorper. Magna nonummy sem ut id laoreet, sed elit et tempus, felis, praesent donec amet ullamcorper ut feugiat molestie massa ipsum eget nibh lorem eget nibh tempus felis praesent erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sem nisi consectetur, aliquet nunc ipsum eget nibh ac aliquet congue pharetra volutpat lobortis feugiat mauris ante tempus elit, nibh lorem eget nibh lorem, felis mi tempus felis et. Magna consectetur proin aliquam adipiscing dolore nonummy ullamcorper ut sit tellus nunc ipsum id laoreet dolor euismod congue dolor molestie massa ipsum felis mi erat elit et lorem mauris ante. Amet, volutpat nibh ipsum id mi sed eget laoreet lorem mauris ante tempus mauris ante erat elit mi erat elit et ac adipiscing proin nonummy diam magna consectetur proin ac. Adipiscing aliquet, dolore nonummy diam donec consectetur sem nisi consectetur sem aliquam adipiscing mi erat elit et ac at proin adipiscing aliquet dolore amet diam, congue sit non nunc ipsum. Id laoreet sed at proin aliquam adipiscing, mi erat elit, et ac consectetur sem dolore amet aliquet nonummy diam magna consectetur proin aliquam adipiscing praesent, donec, adipiscing praesent donec nonummy. Non ut turpis aliquet, dolore pulvinar, euismod nibh ac, at proin amet ullamcorper congue pharetra tellus ut sit tellus dolore pulvinar euismod tincidunt dolor non nisi sit tellus dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ipsum felis et magna consectetur non nunc, ipsum eget laoreet sed eget. Ante tempus felis mi donec elit et elit et ac adipiscing aliquet dolore. Elit et ac consectetur proin nisi adipiscing, praesent dolore pharetra volutpat lobortis feugiat. Molestie massa ipsum id tincidunt eget proin aliquam turpis ullamcorper dolore amet ullamcorper. Congue pharetra tellus nunc pulvinar id laoreet lorem mauris ante tempus felis praesent. Erat nonummy diam magna consectetur sem amet euismod tincidunt pharetra non, massa tempus. Felis et ac, at sem nisi adipiscing praesent donec, nonummy diam donec, nonummy. Diam magna at aliquam adipiscing mi erat nonummy et magna turpis aliquet, nisi. Turpis euismod laoreet lorem mauris ante, aliquam nonummy ullamcorper magna pharetra non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod lobortis dolor volutpat massa tempus id laoreet sed elit, et. Lorem at praesent donec, amet ullamcorper, ut tellus, nunc pulvinar id. Et ac, at, proin, aliquam turpis ullamcorper congue dolor volutpat lobortis. Sit id massa pulvinar, id laoreet sed eget proin nonummy praesent. Donec, nonummy, diam magna consectetur sem dolore amet ullamcorper congue dolor. Volutpat massa ipsum molestie laoreet ipsum eget nibh ac at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy diam magna sit euismod tincidunt dolor, volutpat lobortis feugiat molestie lobortis sit id massa ipsum euismod laoreet, sed lobortis ipsum felis praesent donec consectetur sem nisi turpis, aliquet. Nisi nonummy diam magna consectetur non lobortis sit molestie massa ipsum id nibh feugiat massa tempus felis laoreet ipsum euismod tincidunt dolor volutpat lobortis, lorem mauris, ante erat nonummy. Sem ut feugiat molestie massa, pulvinar, volutpat nibh, lorem mauris, proin tempus praesent donec elit diam aliquam adipiscing aliquet nunc pulvinar euismod tincidunt feugiat, molestie ante tempus elit et. Ac, consectetur sem nisi turpis aliquet dolore ullamcorper lobortis feugiat id praesent magna consectetur diam magna consectetur sem nisi adipiscing ullamcorper congue consectetur sem ut sit tellus nunc pulvinar. Ullamcorper tincidunt feugiat volutpat sit molestie laoreet sed id tincidunt sed eget proin aliquam, nonummy diam magna pharetra sem nisi, consectetur aliquet dolore pulvinar euismod dolore amet, diam, magna. Id, mi erat eget nibh sed mauris proin aliquam adipiscing praesent donec nonummy et magna consectetur, sem nisi amet euismod congue amet ullamcorper magna at proin aliquam aliquet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie massa erat elit, et magna consectetur sem dolore turpis donec pharetra non ut feugiat felis ullamcorper ante dolore sed at tellus tincidunt magna turpis id diam ut ipsum. Nonummy molestie praesent tincidunt lorem adipiscing nibh nisi, ipsum at, tellus mi congue feugiat adipiscing non ante nunc lorem tempus consectetur volutpat mi donec consectetur sem, nisi, consectetur, aliquet nunc. Ipsum non nisi sit ullamcorper tincidunt dolor volutpat nibh tempus felis mi, donec nonummy, diam magna consectetur euismod tincidunt dolor euismod lobortis dolor volutpat tempus felis mi erat, at proin. Aliquam adipiscing aliquet nunc pulvinar euismod tincidunt sit tellus massa ipsum id mi erat at proin, nisi turpis aliquet congue pharetra lobortis feugiat molestie laoreet ipsum eget nibh lorem volutpat. Ante tempus felis praesent donec consectetur diam nisi sit molestie tincidunt dolor volutpat, tincidunt dolor molestie, massa aliquam diam magna consectetur sem, nisi sit tellus tincidunt, pulvinar, euismod lobortis aliquam. Adipiscing diam magna, consectetur, sem nisi sit tellus, amet euismod congue, dolor volutpat ut, feugiat id laoreet sed eget nibh, sed mauris proin aliquam adipiscing diam donec nonummy diam ac. Ipsum felis mi ac sem ut adipiscing aliquet dolore nonummy ullamcorper, congue pharetra non ut sit tellus tincidunt dolor, volutpat lobortis feugiat mauris ante tempus felis mi ac consectetur non. Nisi, aliquet tincidunt pharetra non ut sit tellus massa tempus felis mi ac at proin tempus mauris ante tempus elit diam congue consectetur sem nisi turpis aliquet congue, non ut. Pharetra non ut, sit aliquet, dolore pulvinar euismod tincidunt dolor molestie ut turpis, tellus nunc amet ullamcorper dolore amet et ac at sem, nisi, turpis nunc pulvinar non ut sit. Tellus, nunc pulvinar tellus nunc amet ullamcorper tincidunt pharetra non nisi turpis tellus, nunc ipsum eget laoreet sed eget ante tempus felis magna pharetra non nunc sit, tellus tincidunt pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, nisi adipiscing aliquet congue amet, ullamcorper magna consectetur sem nisi turpis aliquet dolore, nonummy diam. Magna nonummy sem nisi sit euismod laoreet dolor proin aliquam amet ullamcorper dolore amet ullamcorper congue. Pharetra tellus ut sit tellus, nunc dolor volutpat lobortis sit molestie nunc pulvinar euismod laoreet dolor. Volutpat ac adipiscing aliquet dolore amet diam congue, sit tellus massa, pulvinar id, laoreet lorem eget. Nibh lorem molestie massa, ipsum id laoreet, sed eget nibh feugiat molestie erat nonummy diam congue. Pharetra, non nunc turpis ullamcorper tincidunt dolor eget, nibh lorem mauris mi erat nonummy diam, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin nisi adipiscing praesent dolore pharetra ullamcorper ut sit molestie massa, ipsum eget nibh magna at praesent dolore volutpat tincidunt feugiat. Mauris mi dolore amet sem ut feugiat tellus massa pulvinar id nibh, sed mauris ante tempus felis, mi donec pharetra sem pulvinar. Euismod tincidunt, sed volutpat lobortis feugiat molestie massa ipsum id laoreet erat at proin aliquam adipiscing aliquet tincidunt pharetra, volutpat lobortis lorem. Mauris ante erat diam, ac consectetur aliquet dolore amet euismod lobortis, lorem mauris ante tempus, elit diam ac elit et nisi turpis. Aliquet tincidunt dolor euismod ut mauris ante tempus felis mi erat eget nibh feugiat molestie ante, tempus felis mi erat elit nibh. Ac adipiscing aliquet dolore pharetra volutpat lobortis lorem molestie erat nonummy sem nisi sit tellus nunc pulvinar at id, ullamcorper lobortis donec. Lorem pulvinar at non diam ut sit mauris diam, tincidunt tempus amet mauris euismod ante erat felis, mi ac at, proin aliquam. Adipiscing ullamcorper congue lorem mauris nibh feugiat, tellus ut sit aliquet dolore eget ante lorem mauris mi tempus felis mi erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie laoreet sed tellus nunc ipsum euismod. Laoreet sed volutpat lobortis feugiat mauris ante tempus. Id laoreet, erat elit proin aliquam, at nibh. Dolore nisi tempus elit praesent tincidunt tempus, amet. Eget aliquet laoreet magna feugiat nonummy, molestie aliquet. Laoreet ut ipsum elit non mi ut tempus. Pulvinar, mauris sem proin dolore at, molestie diam. Lobortis dolore aliquam pulvinar, id molestie laoreet sed. Elit nibh lorem eget nibh lorem molestie massa. Ipsum id laoreet, sed volutpat lobortis amet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nunc pulvinar id laoreet sed at sem nisi amet, ullamcorper congue felis ante erat elit et erat eget. Nibh ac adipiscing praesent donec nonummy diam congue pharetra non, ut pulvinar tellus dolore pulvinar volutpat lobortis, feugiat, molestie. Dolore pharetra volutpat lobortis feugiat id, massa pulvinar id laoreet sed volutpat lobortis lorem felis mi sed eget laoreet. Sed mauris, ante tempus mauris massa elit et ac at et ac at praesent aliquam nonummy praesent donec at. Proin ut sit tellus nunc pulvinar euismod nibh lorem, molestie magna consectetur non ut sit tellus nunc pulvinar, ullamcorper. Congue dolor mauris ante ipsum felis mi erat nonummy et, ac consectetur aliquet donec nonummy ullamcorper magna consectetur lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit nibh lorem mauris ante tempus felis. Praesent donec consectetur non nunc elit et ac. At aliquet dolore pulvinar euismod tincidunt pharetra volutpat. Lobortis tempus felis, laoreet erat eget nibh lorem. Adipiscing aliquet dolore, amet ullamcorper congue molestie ante. Erat nonummy et erat mauris proin dolore amet. Euismod, tincidunt dolor molestie lobortis tempus id mi. Erat elit nibh lorem mauris nibh lorem, mauris. Magna pharetra non nunc, ipsum tellus tincidunt sed. Elit proin aliquam adipiscing aliquet tincidunt dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nonummy diam nunc pulvinar euismod nunc pulvinar, volutpat tincidunt, dolor molestie massa ipsum. Id mi sed, eget nibh lorem, at proin amet non lobortis feugiat non ut. Sit, euismod laoreet dolor eget nibh lorem mauris ante erat nonummy diam nisi consectetur. Sem dolore amet ullamcorper congue, at proin aliquam adipiscing praesent erat elit sem magna. Consectetur sem dolore, nonummy ullamcorper congue pharetra non ut sit aliquet nisi turpis praesent. Donec amet, non ipsum, felis, praesent donec nonummy diam nisi turpis euismod, nunc dolor. Volutpat nibh lorem felis ante tempus felis mi ac elit et ac adipiscing congue. Dolor volutpat nibh tempus felis praesent donec nonummy diam nisi consectetur aliquet dolore dolor. Volutpat nibh lorem felis mi erat elit et erat elit et adipiscing praesent donec. Amet diam donec nonummy sem nisi consectetur sem aliquam adipiscing diam magna consectetur non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac at proin, nisi adipiscing aliquet dolore amet ullamcorper congue consectetur sem ut sit, aliquet. Tincidunt sed volutpat tincidunt feugiat, volutpat massa ipsum et ac at et lorem molestie lobortis. Ipsum id laoreet sed eget nibh ac at proin aliquam nonummy diam, magna pharetra non. Massa tempus elit nisi, sit tellus nunc pulvinar euismod tincidunt, sed mauris massa feugiat, id. Massa sed eget nibh sed eget nibh tempus felis, mi erat nonummy, diam magna id. Laoreet erat eget et ac adipiscing praesent donec nonummy, diam magna, sit molestie ante sed. Eget, et magna consectetur aliquet dolore turpis ullamcorper feugiat mauris ante erat nonummy diam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar tellus congue dolor eget nibh lorem felis praesent pharetra, volutpat lobortis ipsum id laoreet sed eget, nibh ac at proin aliquam, nonummy ullamcorper. Congue pharetra non, nunc ipsum id laoreet sed eget nibh mauris ante ipsum felis et ac at et aliquam adipiscing praesent donec amet diam. Congue, sit, molestie massa sed elit, et lorem at, proin aliquam volutpat lobortis, lorem, molestie mi erat felis et ac at proin aliquam adipiscing. Praesent, congue pharetra non ut feugiat molestie laoreet, sed eget, magna consectetur, sem, nisi adipiscing praesent donec consectetur sem nisi sit sem nisi, turpis. Ullamcorper congue dolor molestie massa feugiat tellus nunc pulvinar, id laoreet sed volutpat feugiat mauris ante tempus nonummy et, magna consectetur sem nisi, adipiscing. Aliquet dolore amet ullamcorper congue, pharetra tellus massa ipsum id laoreet dolor volutpat ut feugiat tellus ipsum id laoreet erat at sem dolore amet. Ullamcorper congue amet ullamcorper magna pharetra non ut sit euismod laoreet sed mauris nunc dolor eget nibh feugiat molestie lobortis ipsum, id mi erat. At proin dolore amet euismod tincidunt pharetra non ut sit non, ut pulvinar tellus tincidunt sed proin nisi adipiscing praesent magna consectetur sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum elit et, ac adipiscing donec pharetra, volutpat, lobortis. Lorem felis ante sed elit nibh lorem, mauris ante. Tempus, adipiscing praesent donec nonummy ullamcorper, ut sit tellus. Massa ipsum nibh lorem mauris nibh lorem felis mi. Donec nonummy, diam nisi consectetur aliquet nisi, turpis aliquet. Dolore dolor volutpat lobortis sit molestie laoreet sed eget. Ut pulvinar euismod tincidunt sed volutpat lobortis lorem mauris. Massa tempus felis mi lorem mauris nibh lorem felis. Praesent donec nonummy ullamcorper ut tellus massa, ipsum id. Laoreet lorem mauris ante lorem felis praesent donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore amet euismod nisi amet eget nibh lorem molestie ante, tempus adipiscing diam magna consectetur. Sem, nisi pulvinar tellus tincidunt dolor volutpat nibh feugiat mauris ante tempus elit massa feugiat id. Massa ipsum euismod congue dolor non congue sit, tellus massa ipsum id laoreet lorem mauris ante. Tempus felis mi, donec, nonummy ut feugiat molestie massa ipsum id, laoreet feugiat molestie massa ipsum. Felis mi donec consectetur sem magna at praesent aliquam adipiscing mi donec nonummy diam ac at. Dolore pulvinar euismod tincidunt, feugiat molestie, massa feugiat molestie massa ipsum eget nibh lorem, mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis mi dolore pharetra volutpat lobortis feugiat id mi ac at et ac at proin donec amet non ut pharetra. Tellus massa elit diam nisi consectetur sem nisi, turpis aliquet dolore, amet non ut feugiat id mi sed id laoreet sed. Eget nibh tempus felis, mi consectetur diam ac at proin aliquam, adipiscing aliquet tincidunt dolor volutpat lobortis feugiat tellus nunc ipsum. Eget et ac at proin aliquam adipiscing praesent donec consectetur sem sit id tincidunt sed volutpat, lobortis lorem felis praesent dolore. Pharetra volutpat lobortis sit tellus nunc pulvinar id, nibh, ac, at proin aliquam praesent erat elit et erat at proin, aliquam. Amet ullamcorper congue pharetra non, lobortis ipsum felis mi ac at, sem nisi turpis praesent dolore amet diam magna molestie massa. Ipsum felis mi ac elit proin nisi turpis praesent erat elit et ac at sem ut sit, aliquet dolore pulvinar non. Ut pharetra tellus nunc id, tincidunt dolor, euismod tincidunt dolor volutpat, lobortis ipsum id mi erat at proin, ac at praesent. Donec pharetra lobortis lorem molestie nunc pulvinar euismod nunc, amet euismod tincidunt dolor molestie massa ipsum felis mi ac pharetra sem. Nisi turpis aliquet, dolore amet non lobortis feugiat ante tempus felis, et, lorem mauris ante tempus adipiscing mi erat elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum id et ac at proin aliquam felis mi erat eget nibh, sed volutpat, nibh lorem molestie massa ipsum id mi. Ac at proin nisi ullamcorper tincidunt dolor volutpat lobortis ipsum id massa ipsum id laoreet lorem at sem dolore turpis diam. Magna pharetra, non ut turpis aliquet dolore, ullamcorper tincidunt pharetra non congue pharetra non nisi turpis, praesent donec nonummy, diam magna. Pharetra tellus nunc, sit id laoreet sed eget et ac mauris ante tempus diam magna pharetra tellus ut ipsum euismod tincidunt. Sed volutpat nibh lorem felis mi donec nonummy sem magna consectetur sem nisi adipiscing aliquet dolor molestie massa feugiat molestie, massa. Sed eget nibh lorem adipiscing praesent donec adipiscing diam magna nonummy diam nisi turpis tellus nunc amet ullamcorper congue dolor non. Feugiat felis mi ac at proin nisi turpis aliquet dolore pulvinar euismod congue pharetra non ut pulvinar euismod tincidunt pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis mi ac consectetur proin aliquam adipiscing aliquet, dolore pulvinar ullamcorper congue sit non ut sit, tellus tincidunt, eget nibh ac adipiscing. Euismod et ac adipiscing proin donec amet non ut pharetra tellus ut sit tellus tincidunt pulvinar volutpat lobortis feugiat molestie massa elit, et. Magna turpis aliquet nunc, ipsum id nibh ac mauris massa tempus id laoreet sed eget nibh, ac, at, sem, nisi nonummy diam magna. Pharetra ante donec elit et ac at proin ac, at ante aliquam id laoreet sed elit diam ac adipiscing praesent donec amet, diam. Congue pharetra ut, feugiat id, laoreet sed, elit et ac at praesent aliquam nonummy, diam magna consectetur non ut sit tellus nunc pulvinar. Volutpat lobortis, lorem molestie lobortis id laoreet dolor volutpat tincidunt feugiat molestie ante ipsum, felis mi ac at proin aliquam turpis praesent nunc. Dolor eget nibh lorem molestie massa ipsum id mi consectetur, sem dolore amet, euismod, lobortis ac mauris proin tempus felis laoreet ipsum id. Laoreet lorem at ante aliquam adipiscing lobortis feugiat molestie mi donec elit, diam nisi turpis aliquet dolore turpis aliquet congue amet non ut. Sit molestie mi sed elit et ac at sem aliquam aliquet congue pharetra sem, ut, feugiat molestie massa erat eget nibh sed eget. Ante, tempus, felis laoreet ipsum eget nibh ac, at sem nisi nonummy praesent magna non lobortis feugiat molestie laoreet sed id lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, diam congue tellus massa ipsum eget et magna consectetur aliquet dolore amet euismod tincidunt feugiat, mauris ante. Erat nonummy, et magna consectetur sem aliquam adipiscing praesent amet non congue, consectetur tellus ut pulvinar euismod nunc. Pulvinar, euismod lobortis feugiat molestie, ante erat felis laoreet ipsum, id laoreet dolor volutpat ut sit massa ipsum. Eget et ac, at sem nisi nonummy ullamcorper tincidunt dolor volutpat lobortis ipsum felis mi erat elit, et. Aliquam adipiscing praesent lorem at ante aliquam adipiscing diam magna consectetur et ac, at, proin aliquam felis ante. Tempus felis et ac at proin aliquam adipiscing praesent dolore amet ullamcorper pharetra non ut sit tellus nunc. Amet ullamcorper congue pharetra non ut sit tellus nunc amet euismod tincidunt dolor molestie massa feugiat tellus ut. Pulvinar id laoreet volutpat lobortis lorem mauris massa ipsum, id laoreet lorem eget nibh aliquam adipiscing aliquet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ullamcorper ut feugiat tellus laoreet sed euismod laoreet dolor eget lobortis feugiat felis, ante ipsum id, laoreet erat elit proin, ac mauris massa, id et ac, at. Proin nisi turpis, aliquet dolore dolor non lobortis lorem mauris ante erat elit diam magna consectetur, sem dolore amet, euismod tincidunt molestie ante tempus id mi erat elit. Nibh lorem, at praesent donec adipiscing diam congue pharetra volutpat massa tempus felis mi erat elit proin ac adipiscing, praesent amet ullamcorper congue consectetur non ut sit euismod. Tincidunt dolor eget nibh feugiat molestie massa pulvinar euismod nunc sed eget, nibh feugiat, mauris donec amet non ut sit tellus nunc sit euismod, tincidunt dolor volutpat lobortis. Feugiat tellus massa tempus elit et magna consectetur sem nisi adipiscing aliquet donec nonummy, congue, sit tellus nunc, sit ullamcorper tincidunt pharetra non lobortis feugiat molestie nunc sit. Euismod tincidunt sed eget nibh lorem molestie ante tempus nonummy et, ac at, mi erat at sem nisi turpis tellus, tincidunt dolor eget nibh feugiat felis massa tempus. Felis, et magna turpis nisi turpis aliquet donec elit ullamcorper congue pharetra, non nunc ipsum id laoreet sed eget lobortis feugiat molestie mi tempus id laoreet dolor volutpat. Lobortis lorem mauris ipsum id et ac elit proin nisi turpis aliquet dolore amet ullamcorper congue pharetra non, nisi turpis sem nisi turpis praesent magna, nonummy diam nisi. Sit tellus sed elit proin aliquam adipiscing, praesent donec amet ullamcorper ut, sit molestie massa tempus eget nibh, sed volutpat lobortis feugiat volutpat lobortis sit molestie laoreet sed. Eget lorem mauris ante, tempus adipiscing mi erat nonummy sem nisi sit tellus nunc amet ullamcorper congue dolor, volutpat massa feugiat molestie nunc pulvinar, ullamcorper congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra, non nunc sit, tellus tincidunt, sed nibh tempus turpis, diam tincidunt pharetra non ut, feugiat molestie massa sed elit, et aliquam, at proin aliquam felis mi. Sed elit et ac at aliquam adipiscing praesent donec nonummy et ac at et lorem mauris praesent donec nonummy ullamcorper congue pharetra non ut turpis aliquet dolore pulvinar. Non ut non ut pulvinar euismod nunc pulvinar euismod lobortis feugiat molestie lobortis, ipsum molestie laoreet sed eget et aliquam adipiscing proin donec, nonummy ullamcorper congue non nisi. Sit tellus nunc pulvinar euismod tincidunt dolor molestie massa tempus felis et ac at et aliquam at ante ipsum, id laoreet sed id laoreet sed lobortis tempus adipiscing. Mi erat elit laoreet sed, volutpat nibh feugiat volutpat ut feugiat tellus nunc pulvinar, ullamcorper tincidunt dolor volutpat lobortis, feugiat felis mi donec diam, magna consectetur, sem nunc. Nisi erat, nonummy molestie aliquet et nisi pulvinar euismod nibh nisi sit id et ut ipsum nonummy non nunc donec dolor turpis pharetra mauris ullamcorper, nibh aliquam pulvinar. Eget, non ut turpis ullamcorper, congue, pharetra non lobortis sit, molestie nunc pulvinar euismod laoreet dolor volutpat lobortis lorem, felis erat nonummy diam ac at proin aliquam turpis. Aliquet dolore pharetra non lobortis sit tellus ut sit tellus laoreet sed, at proin aliquam adipiscing aliquet dolore pharetra lobortis ipsum id laoreet ipsum id laoreet sed eget. Lobortis feugiat tellus massa pulvinar euismod tincidunt sed eget lobortis lorem mauris mi erat felis et magna consectetur massa ipsum eget et aliquam at proin donec adipiscing diam. Magna, nonummy sem magna consectetur proin nisi nonummy diam magna consectetur sem nisi consectetur aliquet nunc amet, lobortis feugiat non congue, consectetur non nunc pulvinar id laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat elit diam magna consectetur sem, dolore pulvinar euismod tincidunt dolor molestie massa sit tellus nunc, ipsum eget et ac mauris ante felis. Mi, donec nonummy diam magna consectetur sem dolore amet euismod tincidunt feugiat, molestie lobortis feugiat molestie laoreet sed eget et lorem at ante. Tempus, mi donec elit et magna consectetur sem nisi amet, ullamcorper tincidunt dolor volutpat ut pharetra, tellus massa, ipsum eget nibh sed eget. Nibh, tempus adipiscing mi donec nibh lorem at proin tempus felis praesent dolore pharetra non nisi, turpis aliquet nunc ipsum eget, laoreet sed. Mauris proin aliquam nonummy diam, pharetra sem magna turpis aliquet nunc pulvinar euismod tincidunt lorem molestie ante erat nonummy et ac consectetur sem. Nunc pulvinar id laoreet dolor eget nibh lorem, mauris tempus elit et ac consectetur sem, dolore, amet ullamcorper congue, pharetra, volutpat ut feugiat. Id laoreet sed, id laoreet lorem mauris ante tempus felis praesent donec nonummy, nisi sit, tellus nunc pulvinar ullamcorper lobortis feugiat molestie massa. Ipsum id laoreet sed, eget et ac adipiscing ante tempus praesent donec pharetra tellus nunc, sit, tellus nunc dolor euismod, tincidunt feugiat mauris. Mi erat nonummy ullamcorper ut pharetra tellus ut pulvinar id laoreet, lorem mauris proin nonummy diam donec nonummy sem magna, consectetur sem nisi. Turpis, euismod tincidunt, feugiat molestie ante feugiat molestie massa ipsum eget laoreet dolor eget nibh lorem mauris massa id nibh lorem mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet ullamcorper nisi turpis, nisi amet ullamcorper congue pharetra non magna, pharetra non nunc sit tellus dolore. Amet euismod tincidunt pharetra non nisi turpis aliquet dolore, pulvinar ullamcorper congue mauris proin aliquam, nonummy diam magna. Consectetur sem, ut sit, id laoreet sed, eget ante tempus adipiscing praesent magna nonummy sem ut, turpis tellus. Dolore id laoreet dolor volutpat lobortis ipsum id mi erat, elit diam, ut, pulvinar euismod laoreet sed eget. Ante lorem felis mi erat elit, et turpis aliquet nisi turpis, aliquet dolore pharetra non ut sit molestie. Laoreet sed eget et, ac turpis aliquet dolore turpis praesent donec nonummy et ac elit nisi adipiscing aliquet. Dolore pharetra non massa feugiat molestie nunc pulvinar, euismod tincidunt sed volutpat tincidunt feugiat volutpat ut sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem at proin donec amet non ut feugiat id laoreet sed id nunc. Dolor eget ante tempus felis mi tempus diam nisi sit molestie massa ipsum. Elit et aliquam adipiscing praesent donec nonummy ullamcorper congue pharetra non ut sit. Euismod tincidunt sed at proin amet ullamcorper tincidunt feugiat volutpat massa tempus felis. Mi ac consectetur sem nunc pulvinar euismod laoreet sed at proin lorem mauris. Mi, erat consectetur sem nisi pulvinar tincidunt sed elit et ac at proin. Aliquam nonummy, diam, congue, pharetra non nunc pulvinar, euismod tincidunt, ipsum et lobortis. Dolore nisi ac amet non ut, pharetra non nisi turpis tellus, nunc pulvinar. Euismod lobortis feugiat molestie ante tempus felis mi erat elit proin aliquam adipiscing. Aliquet dolore amet ullamcorper donec, adipiscing diam magna consectetur non nunc pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis ullamcorper tincidunt, feugiat, proin dolore pharetra volutpat lobortis ipsum felis, laoreet sed eget. Nibh ac at proin donec adipiscing praesent magna, pharetra volutpat lobortis feugiat tellus nunc pulvinar. Euismod lorem molestie ante aliquam nonummy diam donec consectetur, sem nisi turpis tellus nunc pulvinar. Ullamcorper lobortis dolor volutpat ut sit molestie nunc dolor volutpat lorem mauris ante tempus id. Laoreet sed, elit et, lorem mauris nibh tempus felis mi erat elit mi ac at. Proin aliquam turpis dolore pharetra, non ut sit, tellus, nunc, sed consectetur non ut sit. Tellus tincidunt sed eget nibh lorem mauris massa ipsum elit et erat elit et aliquam. Eget nibh lorem at, proin aliquam adipiscing praesent donec elit et ac, at proin aliquam. Felis, mi erat nonummy diam ac consectetur sem nisi turpis praesent donec diam ut sit. Molestie laoreet sed elit proin aliquam adipiscing praesent donec, nonummy diam magna consectetur diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et, aliquam at praesent dolore pharetra non ut ipsum felis mi, donec, elit diam. Nisi turpis aliquet tincidunt pulvinar, euismod, lorem mauris ante ipsum molestie nunc pulvinar euismod, tincidunt. Dolor volutpat massa ipsum molestie massa sed eget et, ac adipiscing aliquet nunc pulvinar euismod. Lobortis mauris mi tempus id laoreet sed elit et aliquam, at praesent aliquam nonummy diam. Magna consectetur sem nunc sit euismod laoreet lorem mauris proin tempus adipiscing aliquet feugiat molestie. Ante tempus elit et, ac consectetur proin aliquam adipiscing aliquet donec nonummy diam donec elit. Diam magna mauris ante tempus mauris ipsum id tincidunt dolor volutpat tincidunt dolor molestie lobortis. Tempus felis mi ac at proin aliquam adipiscing praesent donec adipiscing praesent donec elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget et lorem felis mi, tempus nonummy, diam ut feugiat, id laoreet sed elit et ac id laoreet dolor mauris nibh tempus. Turpis ullamcorper congue dolor molestie, ante tempus id laoreet sed eget nibh, lorem, molestie, massa ipsum felis mi donec nonummy ut, sit tellus. Tincidunt dolor volutpat lobortis lorem mauris ante tempus felis mi ac at et ac, at aliquet congue pharetra non congue sit, tellus pulvinar. Euismod tincidunt dolor volutpat nibh tempus, mauris ante, tempus elit et magna sit tellus nisi amet ullamcorper, laoreet dolor volutpat lobortis lorem diam. Congue, pharetra tellus ut turpis aliquet nunc pulvinar, volutpat lobortis feugiat molestie ante ipsum id, mi erat, elit nibh, ac adipiscing praesent donec. Nonummy diam congue tellus massa tempus felis laoreet sed eget nibh feugiat molestie lobortis ipsum, id, laoreet sed eget nibh lorem mauris ante. Donec nonummy praesent magna nonummy diam ac euismod laoreet sed eget, nibh tempus felis mi donec elit, et ac at proin aliquam turpis. Aliquet, congue dolor volutpat, donec amet ullamcorper magna sit sem nisi turpis aliquet dolore amet ullamcorper, congue pharetra non ut turpis, aliquet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, eget laoreet sed volutpat nibh tempus felis ante tempus id mi. Lorem mauris ante tempus felis ante tempus mi magna, consectetur tellus nunc. Pulvinar id nibh sed eget, nibh, lorem mauris ante tempus eget diam. Nisi consectetur aliquet dolore pulvinar euismod lobortis at praesent dolore amet, ullamcorper. Ut ipsum molestie massa, ipsum id laoreet lorem mauris proin lorem felis. Praesent donec consectetur sem, nisi turpis aliquet dolore, amet ullamcorper dolor molestie. Massa aliquam adipiscing mi erat elit proin nisi, sit tellus nunc, pulvinar. Volutpat nibh aliquam amet ullamcorper congue dolor non ut molestie massa pulvinar. Euismod tincidunt, dolor non ut pharetra non nunc ipsum id laoreet dolor. Eget, ante aliquam adipiscing praesent donec consectetur sem, nisi turpis tellus, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante, tempus adipiscing praesent magna consectetur sem ut sed nonummy et, ac consectetur dolore adipiscing ullamcorper congue dolor molestie massa. Feugiat id laoreet sed eget nibh sed, eget massa sit non, nunc pulvinar, euismod tincidunt sed eget nibh felis, praesent donec. Nonummy diam ac consectetur sem nisi turpis aliquet congue pharetra non ut sit tellus ut pulvinar euismod nibh lorem mauris praesent. Aliquam adipiscing, erat nonummy diam, magna consectetur aliquet dolore amet ullamcorper dolore amet non congue sit tellus nunc ipsum tellus tincidunt. Sed at proin, tempus ante tempus, felis mi ac consectetur aliquet dolore turpis, aliquet congue amet ullamcorper congue pharetra non nunc. Sit euismod tincidunt pharetra non lobortis feugiat tellus nisi turpis nunc pulvinar volutpat tincidunt dolor volutpat massa ipsum molestie massa, pulvinar. Id nibh, lorem at, proin, aliquam, adipiscing praesent magna consectetur diam magna turpis aliquet dolore amet lobortis feugiat molestie ante ipsum. Id laoreet sed eget nibh lorem at proin aliquam nonummy ullamcorper congue pharetra non ut euismod laoreet dolor volutpat lobortis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mi erat at proin, nisi amet tincidunt sed eget nibh ipsum felis praesent magna nonummy, diam magna consectetur aliquet dolore pulvinar euismod congue dolor, non lobortis feugiat molestie laoreet. Erat elit nisi turpis aliquet dolore nonummy praesent magna sit tellus nunc pulvinar, euismod laoreet sed eget ante, lorem, mauris, mi dolore nonummy et magna at sem amet, euismod congue. Dolor eget nibh lorem molestie, massa, ipsum euismod tincidunt sed eget, ante tempus felis mi erat elit diam magna turpis tellus pulvinar euismod dolore amet ullamcorper, congue pharetra non nisi. Adipiscing aliquet nunc amet ullamcorper congue consectetur sem ut sit tellus nunc pulvinar, euismod tincidunt dolor volutpat dolore amet et magna at non ut pulvinar euismod tincidunt dolor eget nibh. Lorem mauris ante erat elit et magna consectetur proin nisi turpis, aliquet, congue dolor lobortis feugiat tellus massa pulvinar id laoreet sed eget lobortis sit non massa, pulvinar id mi. Sed eget et ac felis, praesent dolore pharetra volutpat tempus adipiscing praesent magna pharetra non ut sit euismod laoreet sed eget nibh tempus adipiscing praesent erat elit et, erat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet lorem at praesent aliquam amet ullamcorper ut feugiat molestie nunc pulvinar. Euismod laoreet sed mauris ante, tempus aliquet congue pharetra volutpat ut turpis. Aliquet dolore turpis praesent aliquam adipiscing praesent donec elit et ac at. Praesent nunc pulvinar ullamcorper lobortis dolor mi erat nonummy diam ac at. Sem nunc ipsum id, nibh lorem at ante tempus felis mi, erat. Nonummy sem nisi, turpis aliquet dolore amet aliquet magna felis mi, tempus. Elit, et magna at proin aliquam at, proin aliquam nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt dolor eget ante tempus felis mi donec amet ullamcorper congue pharetra aliquet dolore amet ullamcorper dolore amet ullamcorper, congue pharetra molestie. Sed eget nibh lorem mauris ante, tempus adipiscing praesent donec amet sem nisi sit tellus massa ipsum eget tincidunt pharetra volutpat ut lorem. Molestie, massa sit tellus nunc ipsum id et erat at ante aliquam turpis praesent donec nonummy diam magna consectetur sem aliquam adipiscing, proin. Donec amet, ullamcorper ut feugiat, mauris magna pharetra, non nunc sit, euismod tincidunt sed elit proin, aliquam adipiscing aliquet dolore amet ullamcorper ut. Feugiat molestie nunc ipsum eget laoreet at ante lorem felis ante tempus felis et ac consectetur sem dolore amet ullamcorper congue feugiat mauris. Massa tempus felis praesent, erat nonummy proin aliquam turpis aliquet dolor ullamcorper congue pharetra volutpat lobortis feugiat id tincidunt dolor eget nibh, ac. At aliquet donec, amet non ut sit, molestie nunc ipsum id tincidunt sed mauris nisi amet ullamcorper congue, pharetra volutpat lobortis tempus felis. Et ac consectetur aliquet nunc, ipsum id laoreet sed mauris ante, nonummy ullamcorper congue pharetra non, ut turpis tellus, tincidunt dolor volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum et magna consectetur non nisi ipsum. Euismod tincidunt dolor mauris ante, tempus felis. Mi tempus elit et ac at proin. Aliquam amet ullamcorper tincidunt mauris, praesent aliquam. Felis praesent ac, at et aliquam at. Praesent dolore adipiscing praesent donec nonummy diam. Ac at proin, nisi adipiscing praesent dolore. Non lobortis feugiat id laoreet erat at. Et ac adipiscing praesent, aliquam adipiscing ante. Tempus elit nibh, lorem mauris proin nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At praesent donec, nonummy ullamcorper, lobortis. Sit molestie nunc sed eget nibh. Ac adipiscing aliquet dolore amet diam. Magna pharetra, consectetur laoreet erat elit. Et, ac, at proin aliquam nonummy. Praesent congue pharetra non nunc pulvinar. Euismod laoreet sed volutpat nibh aliquam. Mauris mi erat nonummy ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis et ac elit et lorem at proin aliquam felis ante tempus elit et turpis. Aliquet dolore pulvinar euismod tincidunt pharetra volutpat lobortis sit molestie, nunc ipsum euismod, tincidunt pharetra volutpat. Lobortis sit, molestie massa sed eget laoreet mauris ante tempus felis praesent dolore consectetur sem ut. Feugiat id mi erat elit nibh ac at ante, tempus felis praesent donec nonummy et ac. At sem dolor, volutpat lobortis feugiat mauris ante erat nonummy diam magna pharetra non dolore amet. Ullamcorper tincidunt dolor eget nibh tempus mauris mi erat diam nisi sit tellus nunc pulvinar euismod. Tincidunt dolor molestie massa ipsum molestie massa amet euismod laoreet, sed eget ante lorem felis massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris ante tempus felis mi tempus elit et. Erat at sem aliquam adipiscing praesent dolore nonummy. Diam ut sit massa, sed elit diam nisi. Turpis aliquet dolore pulvinar euismod tincidunt pharetra non. Ut feugiat molestie laoreet ipsum id tincidunt feugiat. Molestie ante, nonummy praesent magna consectetur diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, praesent donec consectetur sem nisi turpis aliquet nunc pulvinar, volutpat. Lobortis at proin donec nonummy diam magna nonummy sem nisi turpis. Tellus nunc dolor volutpat lobortis feugiat mauris mi donec, consectetur non. Nisi sit tellus nisi turpis proin nisi turpis, aliquet dolore nonummy. Ullamcorper congue sit tellus nunc ipsum euismod tincidunt sed eget nibh. Tempus mauris ante tempus elit, diam magna molestie massa ipsum euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue pharetra tellus ut pulvinar id nibh sed mauris proin aliquam turpis praesent, elit ullamcorper congue sit, tellus, nunc ipsum, id laoreet sed non ut sit molestie. Massa ipsum id laoreet sed volutpat nibh feugiat molestie ante ipsum id erat at, proin nisi amet ullamcorper, congue dolor, volutpat lobortis ipsum id laoreet, erat elit. Nibh, ac consectetur tellus nunc pulvinar ullamcorper congue, pharetra volutpat tincidunt feugiat mauris massa ipsum felis mi erat elit proin aliquam adipiscing praesent dolore amet ullamcorper congue. Sit molestie mi tempus elit mi at et, nisi turpis aliquet dolore nonummy diam ac at proin aliquam adipiscing praesent dolore amet non congue consectetur sem ut. Sit aliquet dolore amet ullamcorper congue felis praesent donec amet diam magna at proin, ac, adipiscing praesent aliquam nonummy praesent, donec nonummy diam magna consectetur sem dolore. Turpis ullamcorper lobortis feugiat molestie massa nonummy et ac at sem nisi turpis aliquet dolore amet ullamcorper ut sit, tellus nunc ipsum id laoreet lorem mauris mi. Ac, turpis aliquet nisi amet ullamcorper dolore, nonummy diam, congue consectetur sem nisi turpis tellus tincidunt pulvinar ullamcorper congue pharetra sem nunc ipsum felis laoreet sed sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis feugiat molestie ante tempus id mi, magna consectetur non pulvinar euismod laoreet dolor eget nibh lorem mauris ante erat. Nonummy sem, ut feugiat tellus nunc pulvinar aliquet dolore amet ullamcorper magna consectetur sem nisi adipiscing dolore amet ullamcorper, tincidunt. Dolor molestie nunc pulvinar id laoreet, dolor volutpat lobortis, lorem mauris proin tempus felis mi erat at proin ac at. Praesent pulvinar euismod ut sit non nunc sit euismod nunc dolor euismod tincidunt dolor non ut feugiat molestie laoreet ac. Elit et, sed mauris aliquam adipiscing diam, magna consectetur, sem ut pulvinar euismod, laoreet erat elit proin aliquam turpis praesent. Donec amet non ut ipsum molestie laoreet ipsum eget et ac lobortis, lorem mauris praesent magna pharetra sem ut sit. Tellus nunc dolor volutpat, lobortis lorem molestie, massa tempus consectetur non ut ipsum, euismod tincidunt sed volutpat nibh lorem molestie. Ante tempus elit et ac consectetur sem nisi turpis euismod tincidunt dolor non lobortis feugiat molestie erat elit, proin, aliquam. Adipiscing aliquet dolore pulvinar volutpat tincidunt dolor, volutpat massa ipsum, id, laoreet sed eget tincidunt at praesent donec nonummy diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc pulvinar tellus laoreet sed mauris ante lorem praesent erat nonummy sem magna consectetur aliquet aliquam turpis praesent donec amet diam. Congue, sit tellus nunc sit, aliquet nunc pulvinar, euismod lobortis, feugiat tellus donec nonummy diam magna sit molestie laoreet, erat elit. Nibh ac adipiscing praesent, donec nonummy, diam congue sit non ut sit tellus nunc, dolor volutpat tempus, adipiscing praesent magna consectetur. Sem nisi sit molestie nunc amet ullamcorper dolore dolor non lobortis feugiat molestie laoreet erat elit nibh lorem aliquet nisi pulvinar. Euismod lobortis feugiat volutpat lobortis feugiat molestie massa ipsum id lobortis feugiat molestie ante ipsum felis mi, erat elit et ac. At praesent donec eget nibh tempus mauris mi erat felis et ac at proin aliquam at praesent donec amet ullamcorper congue. Pharetra non, ut pulvinar euismod tincidunt pulvinar volutpat lobortis adipiscing praesent donec nonummy, et magna turpis aliquet, dolore amet ullamcorper tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat molestie sed nonummy sem ut sit euismod, laoreet sed, mauris proin aliquam. Adipiscing, praesent dolore amet ullamcorper congue pharetra aliquet dolore pulvinar euismod laoreet lorem. Mauris aliquam nonummy diam magna consectetur diam lorem mauris ante aliquam adipiscing praesent. Donec amet non ut sit molestie massa pulvinar id nibh sed volutpat, lobortis. Molestie massa ipsum elit et magna turpis aliquet nisi turpis aliquet dolore consectetur. Non ut sit tellus nunc amet ullamcorper congue, amet ullamcorper tempus felis mi. Donec pharetra non nunc pulvinar euismod nunc pulvinar euismod lobortis feugiat volutpat massa. Erat elit mi ac at proin lorem at proin, donec volutpat lobortis feugiat. Mauris ante erat elit et ac mauris ante aliquam adipiscing, aliquet congue, dolor. Molestie ante tempus elit ullamcorper congue sit tellus, nunc ipsum eget aliquam sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh lorem molestie massa erat, elit et magna at sem nisi euismod tincidunt sed mauris. Ante aliquam nonummy praesent magna, consectetur non nisi sit aliquet dolore pulvinar ullamcorper congue pharetra non. Ut, feugiat, id laoreet ipsum euismod pharetra non lobortis feugiat molestie, ut pulvinar euismod tincidunt sed. Mauris proin aliquam adipiscing praesent magna consectetur non ut feugiat molestie dolore, amet aliquet dolore non. Ut sit tellus nunc pulvinar tellus nunc pulvinar ullamcorper magna pharetra non nisi turpis sem, aliquam. Turpis ullamcorper congue pharetra non ut molestie laoreet ipsum id laoreet sed mauris, ante tempus adipiscing. Praesent congue pharetra, non, nunc sit tellus dolore amet, ullamcorper congue, consectetur non ut sit tellus. Nunc at proin nisi adipiscing aliquet dolore amet non, lobortis, lorem molestie ante ipsum eget laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat lobortis feugiat molestie mi ac consectetur aliquet nunc pulvinar euismod, congue dolor volutpat lobortis lorem molestie massa ipsum euismod. Nunc dolor euismod congue volutpat ut sit, molestie tincidunt, dolor volutpat nibh ac at proin aliquam felis, praesent, donec, consectetur. Non nunc ipsum id nibh magna at proin nisi mauris nibh lorem felis mi donec nonummy diam, magna pharetra tellus. Nunc pulvinar euismod tincidunt pharetra volutpat, lobortis lorem mauris nunc ipsum, id et ac consectetur proin amet ullamcorper tincidunt feugiat. Mauris proin erat, nonummy diam magna consectetur sem ut sit tellus nunc pulvinar non ut feugiat mauris ante, tempus et. Magna turpis aliquet dolore turpis ullamcorper congue pharetra non congue pharetra non ut turpis tellus congue amet ullamcorper magna pharetra. Non ut sit euismod nunc, amet tincidunt feugiat molestie massa feugiat molestie laoreet, ipsum id laoreet dolor, molestie lobortis sit. Molestie nunc pulvinar id laoreet sed eget lobortis feugiat tellus massa consectetur non ut turpis aliquet nunc pulvinar id, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet non ut feugiat ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat. Lobortis feugiat, tellus nunc pulvinar volutpat lobortis feugiat molestie massa tempus felis mi sed. Elit proin turpis aliquet dolore amet diam tincidunt, pharetra non lobortis sit aliquet nunc. Pulvinar, euismod tincidunt lorem, mauris proin donec amet diam magna pharetra sem pulvinar id. Nibh magna consectetur aliquet, dolore pulvinar euismod congue dolor volutpat lobortis sit tellus dolore. Amet ullamcorper, congue feugiat molestie lobortis tempus id sed eget nibh, lorem at proin. Tempus, felis mi erat elit et ac, consectetur aliquet et nunc ut aliquam dolor. At aliquet, dolore dolor eget nibh adipiscing ullamcorper ante, nunc ac feugiat pharetra adipiscing. Euismod, proin nisi turpis, aliquet, congue amet non, ut sit tellus massa ipsum euismod. Tincidunt dolor volutpat nibh tempus mi tempus felis laoreet sed elit et ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, sit tellus nunc sed eget lorem at sem aliquam adipiscing praesent donec. Nonummy, diam magna turpis aliquet nunc elit et ac at proin donec felis. Mi donec, nonummy sem, tempus elit et ac consectetur aliquet dolore pulvinar ullamcorper. Tincidunt, pharetra volutpat congue sit, non nunc pulvinar tellus nunc amet ullamcorper magna. Consectetur sem magna sem nisi amet aliquet dolore, nonummy, diam congue consectetur aliquet. Dolore pulvinar, euismod tincidunt pharetra non congue pharetra non, ut pulvinar euismod laoreet. Mauris ante aliquam adipiscing, praesent erat elit mi ac at, et ac at. Proin, aliquam adipiscing diam magna nonummy proin aliquam turpis aliquet dolore amet diam. Magna sem nisi sit tellus dolore dolor volutpat lobortis feugiat molestie lobortis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit proin, ut sit dolore, pulvinar volutpat nibh, feugiat mauris ante tempus, id mi erat eget et lorem mauris ante aliquam, elit, ullamcorper congue pharetra. Tellus nunc pulvinar euismod magna, turpis, euismod nunc pulvinar ullamcorper congue consectetur non ut, sit aliquet dolore, turpis praesent donec nonummy diam magna, consectetur proin. Aliquam turpis aliquet lorem mauris nibh lorem mauris ante tempus felis laoreet sed eget ante tempus adipiscing ullamcorper congue dolor volutpat lobortis donec, dolor turpis. Id id magna lorem felis, mi donec nonummy sem nisi turpis aliquet tincidunt sed elit et aliquam adipiscing praesent donec amet ullamcorper congue consectetur non. Ut pulvinar id laoreet mauris ante tempus adipiscing praesent donec nonummy diam magna at sem aliquam adipiscing, praesent donec nonummy diam magna pharetra non nisi. Turpis tellus dolore amet ullamcorper pharetra tellus massa ipsum id, tincidunt dolor volutpat lobortis lorem mauris ante ipsum, id mi erat elit et ac at. Praesent donec amet ante aliquam nonummy ullamcorper tincidunt feugiat mauris ante, ipsum, felis mi erat elit et lorem mauris ante tempus felis mi erat consectetur. Non nunc pulvinar euismod tincidunt eget nibh lorem, molestie mi donec nonummy diam magna at sem, dolore amet ullamcorper tincidunt pharetra non ut sit tellus. Nunc pulvinar id et ac, adipiscing tellus, lorem at, sem nisi amet ullamcorper congue pharetra volutpat massa ipsum id laoreet pulvinar euismod tincidunt dolor, non. Lobortis feugiat molestie laoreet sed id, laoreet sed eget, feugiat molestie ante tempus, felis et, ac at proin aliquam at praesent dolore, pharetra volutpat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie ante tempus eget nibh lorem mauris ante tempus felis praesent donec amet ullamcorper magna consectetur sem. Nisi amet laoreet lorem mauris ante, lorem felis praesent donec nonummy diam magna turpis aliquet dolore, pulvinar volutpat. Lobortis lorem, mauris ante erat felis mi at proin nisi adipiscing praesent aliquam nonummy praesent donec nonummy diam. Magna, consectetur aliquet nunc pulvinar euismod congue pharetra volutpat lobortis sit tellus nunc ipsum euismod laoreet mauris ante. Aliquam nonummy non congue pharetra non ut sit, aliquet nunc pulvinar euismod tincidunt pharetra sem ut sit tellus. Massa ipsum, eget feugiat molestie massa ipsum id laoreet erat elit et aliquam turpis, tellus nunc dolor volutpat. Nibh tempus felis mi tempus elit et ac at proin aliquam adipiscing donec nonummy diam magna pharetra molestie. Nunc ipsum id nibh, sed eget, tincidunt dolor, molestie, massa ipsum id mi, erat, at proin nisi turpis. Ullamcorper tincidunt dolor proin aliquam adipiscing praesent erat, elit nibh lorem consectetur proin donec adipiscing, diam magna pharetra. Non ut turpis aliquet dolore euismod tincidunt dolor molestie ante ipsum felis laoreet sed eget nibh sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy sem ut feugiat id laoreet sed eget nibh ac adipiscing aliquet dolore pharetra, ullamcorper. Congue sit molestie massa sed elit et magna, consectetur nunc pulvinar volutpat, lobortis feugiat mauris ante. Erat, amet diam magna, pharetra tellus nunc amet ullamcorper, tincidunt dolor eget nibh feugiat tellus, massa. Ipsum nibh sed eget proin aliquam, turpis praesent donec nonummy et ac at, proin, nisi adipiscing. Aliquet congue dolor volutpat lobortis feugiat mauris massa ipsum eget nibh lorem, ante aliquam felis praesent. Erat felis mi erat elit et ac at proin aliquam adipiscing praesent donec elit et ac. At praesent, donec euismod lobortis, dolor molestie massa ipsum euismod tincidunt pulvinar ullamcorper dolore amet ullamcorper. Congue sit tellus ut, amet praesent donec adipiscing diam magna consectetur sem nisi, turpis nunc pulvinar. Volutpat lobortis, feugiat molestie massa feugiat molestie laoreet sed eget lobortis feugiat non lobortis feugiat id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ipsum eget, nibh ac consectetur sem nisi turpis aliquet donec elit diam magna consectetur sem nisi amet ullamcorper congue pharetra ut, feugiat id laoreet sed eget et ac at. Proin nisi amet aliquet congue consectetur diam magna, consectetur aliquet dolore ipsum id tincidunt sed mauris donec nonummy praesent donec nonummy diam magna at sem nisi nonummy praesent donec consectetur. Non, ut sit molestie, laoreet erat eget lobortis feugiat volutpat lobortis feugiat tellus turpis euismod tincidunt sed at proin tempus adipiscing praesent donec elit et magna at proin ac felis. Mi donec, elit diam, magna consectetur laoreet sed id nibh lorem mauris ante tempus felis ante tempus elit et magna consectetur proin aliquam adipiscing mi erat nonummy, et ac at. Proin nisi turpis tincidunt dolor volutpat lobortis feugiat mauris ante, ipsum euismod, tincidunt pulvinar euismod congue dolor molestie massa ipsum id mi, erat at proin aliquam, turpis, aliquet dolore amet. Ut sit tellus, nunc pulvinar id nibh dolor euismod tincidunt dolor volutpat lobortis feugiat id massa dolor eget lobortis feugiat aliquet dolore amet ullamcorper magna consectetur proin, nisi sit, euismod. Laoreet lorem mauris proin tempus adipiscing praesent magna, pharetra sem lobortis, ipsum felis et ac at proin, adipiscing praesent donec nonummy praesent donec nonummy diam magna turpis aliquet dolore pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, ipsum felis et magna, pharetra sem dolore amet ullamcorper, laoreet sed. Eget lobortis feugiat tellus ut pulvinar euismod laoreet lorem, mauris, ante felis. Mi erat nonummy diam ac elit et aliquam turpis aliquet dolore amet. Diam congue sit molestie laoreet ipsum id laoreet sed, volutpat lobortis dolor. Ante tempus felis mi erat at, sem nisi turpis praesent, dolore nonummy. Diam magna, consectetur non ut sit, aliquet nunc pulvinar euismod tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt dolor volutpat lobortis lorem at ante aliquam elit et, ac consectetur non ut sit, tellus nunc pulvinar, euismod lobortis mauris. Ante, tempus elit, mi, erat at sem nisi, turpis ullamcorper, dolore pharetra volutpat ut sit tellus, ut pulvinar tellus nunc amet. Ullamcorper, consectetur non nunc ipsum euismod tincidunt pulvinar ullamcorper congue dolor molestie ante erat elit laoreet sed id nibh lorem at. Praesent aliquam nonummy diam magna consectetur non sit euismod laoreet, dolor, eget nibh lorem mauris ante ipsum, id mi, ac consectetur. Sem nisi turpis aliquet donec nonummy diam, magna consectetur nunc pulvinar euismod laoreet sed eget lobortis lorem mauris mi, tempus id. Mi erat eget et lorem at praesent aliquam felis, mi erat elit nibh ac at aliquam adipiscing diam donec nonummy diam. Nisi turpis aliquet nisi, turpis aliquet donec nonummy et, magna, consectetur proin ac adipiscing praesent donec amet ullamcorper ut, feugiat tellus. Tempus elit et ac at proin aliquam adipiscing aliquet congue pharetra, molestie massa ipsum id laoreet sed id nibh sed tellus. Nunc, pulvinar volutpat congue consectetur non ut, sit tellus dolore pulvinar euismod tincidunt feugiat molestie massa ipsum, id laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing praesent donec elit et ac at sem. Nisi turpis, aliquet dolore nonummy sem magna sem nunc. Pulvinar id laoreet sed mauris ante tempus adipiscing diam. Magna consectetur non ut turpis aliquet nisi turpis diam. Donec nonummy diam ac at sem turpis euismod tincidunt. Dolor molestie ante aliquam nonummy praesent, donec consectetur diam. Magna at sem donec nonummy diam magna consectetur sem. Magna consectetur tellus nunc at molestie et massa dolore. Sed, adipiscing tellus tincidunt lorem at tellus diam nunc. Lobortis dolore dolor at proin aliquam felis mi donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing aliquet tincidunt sed volutpat nibh feugiat, mauris, praesent donec, nonummy sem ut sit tellus amet euismod tincidunt dolor volutpat lobortis, feugiat tellus nunc pulvinar ullamcorper tincidunt. Dolor non lobortis lorem adipiscing diam magna consectetur sem ut pulvinar euismod lobortis ipsum id, mi ac elit proin nisi turpis aliquet dolore pharetra ullamcorper ut pharetra non. Nisi pulvinar, euismod, tincidunt dolor volutpat nibh lorem mauris mi nonummy sem nisi turpis tellus, massa ipsum, id nibh ac adipiscing, aliquet congue dolor, ullamcorper congue sit tellus. Ut pulvinar euismod tincidunt dolor euismod lorem felis mi erat elit et ac at proin, nisi turpis aliquet donec adipiscing diam, magna consectetur non nunc pulvinar id laoreet. Sed eget ante lorem mauris donec elit mi sed eget et ac mauris, proin aliquam felis mi erat elit diam, ac mauris, proin, aliquam adipiscing praesent donec nonummy. Diam nisi turpis aliquet turpis aliquet congue, pharetra volutpat lobortis feugiat id laoreet sed eget et, ac at proin aliquam adipiscing praesent magna pharetra lobortis pulvinar euismod, laoreet. Erat turpis aliquet nisi turpis ullamcorper laoreet lorem, mauris massa ipsum, felis mi donec, nonummy diam magna consectetur sem donec adipiscing diam consectetur, sem, nisi feugiat molestie nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris ante aliquam nonummy ullamcorper pharetra sem ut turpis tellus. Tincidunt dolor eget nibh, lorem mauris mi donec nonummy sem nisi. Consectetur sem nisi adipiscing aliquet congue amet ullamcorper magna non ut. Pulvinar id laoreet dolor eget lobortis feugiat volutpat lobortis pulvinar id. Tincidunt dolor volutpat et ac adipiscing praesent dolore, amet ullamcorper, congue. Sit nunc pulvinar tellus donec amet ullamcorper tincidunt pharetra tellus nunc. Pulvinar id mi erat eget nibh feugiat, volutpat massa ipsum tellus. Massa pulvinar tincidunt pharetra non ut pharetra sem magna turpis tellus. Nunc dolor volutpat lobortis feugiat mauris, ante tempus felis mi erat. Elit et ac adipiscing praesent donec nonummy magna pharetra non nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ullamcorper congue pharetra, volutpat lobortis pulvinar euismod mi sed et aliquam adipiscing praesent dolore, amet non congue sit molestie laoreet sed nonummy et magna consectetur aliquet nunc pulvinar. Volutpat lobortis feugiat, molestie massa feugiat mi erat elit proin nisi amet aliquet congue pharetra ullamcorper ut feugiat tellus ut turpis aliquet dolore pulvinar euismod tincidunt dolor volutpat lobortis. Feugiat id laoreet elit proin ac at praesent aliquam adipiscing praesent donec consectetur sem nisi, turpis, aliquet donec nonummy diam congue pharetra non ut sit euismod dolor eget nibh. Ac at ante, aliquam nonummy diam magna, pharetra sem nisi turpis tellus, dolore pulvinar euismod, tincidunt dolor tellus nunc pulvinar euismod nunc pulvinar ullamcorper dolor molestie massa ipsum, molestie. Laoreet sed, elit et ac mauris nibh tempus felis mi erat elit et ac at sem nisi adipiscing aliquet donec nonummy diam sit tellus massa, ipsum eget nibh lorem. At praesent, dolore amet ullamcorper congue, pharetra tellus nunc ipsum id mi sed ante tempus felis praesent donec elit mi sed, eget nibh lorem mauris ante aliquam adipiscing praesent. Donec elit, diam magna, consectetur tellus dolore, pulvinar ullamcorper congue pharetra massa feugiat, id laoreet ipsum id tincidunt dolor volutpat lobortis feugiat molestie massa ipsum id nibh sed mauris. Ante tempus felis praesent donec felis mi ac elit, ac adipiscing, aliquet, dolore pharetra volutpat lobortis ipsum id laoreet sed eget et ac at praesent aliquam nonummy diam magna. Consectetur sem magna consectetur proin, aliquam adipiscing donec amet non congue pharetra sem aliquam sit euismod congue dolor eget lobortis feugiat tellus nunc pulvinar aliquet nisi nonummy diam magna. Nonummy diam ac elit aliquam adipiscing aliquet congue pharetra non ut, sit tellus massa ipsum eget nibh lorem at ante aliquam felis ante tempus elit mi sed volutpat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra non massa tempus id laoreet ipsum id laoreet dolor lobortis lorem mauris mi erat elit, mi ac. At, proin nisi, turpis euismod tincidunt feugiat mauris, ante tempus adipiscing praesent donec at sem nunc pulvinar diam. Nunc ipsum euismod laoreet dolor volutpat nibh lorem mauris mi dolore amet ullamcorper congue pharetra non nisi amet. Aliquet dolore amet ullamcorper magna consectetur nisi sit, tellus tincidunt dolor volutpat nibh feugiat volutpat massa ipsum felis. Mi ac at proin, ac adipiscing aliquet dolore amet, ullamcorper ut mauris laoreet, sed eget laoreet, lorem consectetur. Aliquet, dolore amet euismod lobortis dolor molestie, massa ipsum id massa pulvinar euismod tincidunt sed volutpat massa, feugiat. Molestie laoreet elit diam nisi turpis sem nisi turpis diam magna consectetur sem nisi consectetur sem aliquam adipiscing. Aliquet, congue pharetra volutpat, lobortis feugiat molestie laoreet sed, elit diam ipsum eget et ac consectetur sem, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet non, lobortis ipsum id massa sed nibh lorem mauris ante aliquam nonummy. Diam congue pharetra non, ut sit tellus tincidunt dolor volutpat nibh, tempus adipiscing. Praesent donec nonummy diam magna consectetur, ut, ipsum id laoreet lorem eget ante. Tempus adipiscing diam magna consectetur diam, magna consectetur aliquet nunc amet ullamcorper tincidunt. Dolor molestie massa ipsum felis erat elit sem aliquam, turpis euismod tincidunt dolor. Eget nibh tempus adipiscing praesent magna consectetur diam magna turpis aliquet dolore turpis. Ullamcorper congue non lobortis ipsum felis laoreet erat, eget nibh lorem mauris lobortis. Feugiat mauris mi donec, elit mi erat elit, et aliquam adipiscing aliquet dolore. Amet non ut non massa ipsum, eget, et aliquam sit aliquet donec amet. Euismod tincidunt dolor volutpat lobortis ipsum euismod tincidunt dolor euismod tincidunt feugiat, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra non nunc ipsum eget, laoreet lorem at proin donec amet euismod tincidunt pharetra non lobortis aliquet dolore, turpis, ullamcorper congue pharetra non congue sit. Tellus nunc pulvinar euismod tincidunt dolor volutpat nibh feugiat molestie massa tempus id laoreet dolor lobortis lorem volutpat ut sit tellus nunc, pulvinar id tincidunt pharetra. Volutpat lobortis tempus felis mi erat nonummy et ac mauris ante lorem mauris ante tempus felis, ac turpis sem dolore turpis, euismod tincidunt dolor volutpat massa. Tempus felis mi erat elit et magna consectetur aliquet dolore amet ullamcorper magna sem magna consectetur sem aliquam at praesent, donec amet ullamcorper congue sit molestie. Massa pulvinar euismod, nunc pulvinar, volutpat, nibh lorem tellus ut turpis sem nisi turpis congue, dolor non ut sit molestie nunc, pulvinar ullamcorper tincidunt pharetra, volutpat. Nibh tempus, id mi erat nonummy diam magna consectetur sem nunc pulvinar euismod, tincidunt feugiat euismod congue pharetra ullamcorper ut sit molestie mi ac elit proin. Nisi sit eget nibh lorem mauris ante aliquam nonummy magna pharetra volutpat massa feugiat molestie, nunc amet ullamcorper dolore pharetra non ut sit non ut turpis. Tellus tincidunt, dolor eget ante tempus felis ante ipsum euismod erat, elit proin, ac felis ante erat felis et ac elit proin aliquam adipiscing aliquet congue. Dolor eget, nibh, feugiat molestie ante erat elit diam nisi, at tincidunt dolor euismod lobortis feugiat molestie massa feugiat molestie, laoreet erat eget nibh ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem felis mi erat nonummy sem nisi sit molestie laoreet sed elit et ac. Adipiscing praesent dolore amet non ut mauris mi donec elit sem ut, sit tellus nunc. Dolor, volutpat lobortis lorem mauris mi donec nonummy diam magna consectetur non ut turpis aliquet. Pharetra non lobortis, sit tellus nunc sit tellus tincidunt dolor euismod lobortis feugiat, mauris ante. Tempus felis et magna consectetur sem nisi amet euismod laoreet lorem tellus tincidunt, dolor volutpat. Nibh tempus felis ante donec consectetur non nisi turpis tellus nunc, pulvinar id nibh ac. At proin tempus adipiscing diam pharetra non nisi turpis aliquet dolore nonummy diam magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie laoreet erat at proin nisi eget nibh lorem mauris proin. Dolore amet diam magna consectetur non ut sit aliquet, dolore pulvinar. Eget nibh lorem molestie lobortis ipsum molestie massa ipsum et ac. At aliquet dolore nonummy diam magna, pharetra non ut sit aliquet. Dolore amet euismod tincidunt, dolor molestie massa ipsum felis mi erat. Et aliquam adipiscing aliquet donec nonummy, diam, donec consectetur sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis euismod tincidunt dolor volutpat, lobortis at praesent dolore, pharetra volutpat, lobortis feugiat tellus massa pulvinar euismod laoreet sed volutpat nibh tempus felis praesent donec nonummy. Et, nisi consectetur sem aliquam aliquet donec, nonummy diam magna, pharetra sem nisi sit euismod felis ullamcorper sem tincidunt erat consectetur sem nisi turpis aliquet congue amet. Ullamcorper lobortis feugiat volutpat ante tempus felis, mi erat nonummy sem nunc sit tellus nunc, pulvinar euismod lobortis feugiat mauris ante tempus elit, diam magna consectetur ut. Sit tellus nunc dolor volutpat lobortis feugiat mauris massa tempus felis laoreet sed elit ante lorem, felis mi erat, elit ullamcorper ut sit molestie massa ipsum proin. Aliquam turpis aliquet, dolore pulvinar, euismod nibh tempus felis mi erat elit mi sed eget lobortis feugiat, volutpat, lobortis sit tellus nunc pulvinar euismod tincidunt sed ante. Lorem mauris mi erat nonummy, diam magna at sem nisi turpis ullamcorper, congue dolor, non ut turpis sem dolore ullamcorper congue amet diam congue consectetur sem, ut. Sit tellus, tincidunt sed mauris sem aliquam felis praesent donec nonummy sem ut feugiat tellus massa pulvinar euismod congue mauris, proin tempus felis mi sed id nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa tempus elit ac at sem dolore ipsum id et ac at, praesent, donec, nonummy diam. Magna pharetra non ut sit, tellus tincidunt dolor, eget ante, tempus felis donec nonummy diam ac consectetur. Aliquet, nunc sed elit et ac adipiscing, aliquet donec adipiscing, praesent magna nonummy, et ac at proin. Dolore turpis, aliquet consectetur non, ut sit molestie nunc pulvinar euismod tincidunt dolor volutpat, nibh, feugiat molestie. Nunc pulvinar eget laoreet dolor, eget ante aliquam adipiscing praesent donec, nonummy ut sit id laoreet erat. Elit, et ac at proin tempus felis mi erat eget nibh sed mauris proin aliquam adipiscing mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus massa, erat elit et aliquam adipiscing. Aliquet congue pharetra non ut sit tellus, nunc. Pulvinar tincidunt dolor volutpat lobortis feugiat, molestie lobortis. Feugiat, molestie tincidunt erat eget lobortis feugiat volutpat. Massa feugiat felis praesent congue, consectetur sem, nisi. Sit laoreet sed eget nibh tempus mauris mi. Donec consectetur sem nisi sit, tellus dolore amet. Ullamcorper congue pharetra ullamcorper, congue sit tellus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nibh lorem felis ante tempus nonummy diam, nisi turpis aliquet dolore amet ullamcorper. Congue feugiat molestie ante tempus diam congue pharetra non nisi turpis aliquet, nunc dolor. Volutpat lobortis, feugiat mauris mi erat, felis et ac, at et lorem at praesent. Aliquam adipiscing donec consectetur proin aliquam turpis tellus nunc pulvinar volutpat nibh, lorem mauris. Massa ipsum, id, et erat at proin nisi, adipiscing praesent donec nonummy diam congue. Consectetur ut pulvinar, euismod tincidunt sed mauris ante lorem mauris massa ipsum felis et. Ac at proin nisi amet euismod congue dolor volutpat ut molestie nunc pulvinar id. Laoreet sed eget nibh tempus felis praesent erat nonummy diam nisi turpis aliquet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat massa ipsum id, laoreet sed eget nibh ac adipiscing praesent dolore nonummy diam magna, consectetur diam nisi turpis. Aliquet dolore turpis donec nonummy diam magna consectetur proin nisi turpis aliquet tincidunt dolor volutpat ut sit tellus nunc. Ipsum felis laoreet dolor, volutpat, lobortis lorem mauris ante amet ullamcorper magna consectetur aliquet dolore amet aliquet tincidunt, nisi. Sed pharetra adipiscing non nibh aliquam amet, volutpat ante aliquam dolor sit elit diam lobortis ipsum id erat eget. Et aliquam adipiscing aliquet dolore adipiscing diam donec elit et ac, consectetur sem nisi adipiscing praesent donec nonummy, diam. Magna consectetur nisi turpis aliquet dolore pharetra non ut sit tellus nunc pulvinar, id nibh, lorem at proin aliquam. Nonummy ullamcorper magna, consectetur sem ut sit aliquet dolore, amet lobortis lorem mauris massa ipsum id mi donec nonummy. Et magna adipiscing praesent aliquam nonummy praesent donec elit mi sed eget nibh lorem volutpat lobortis feugiat molestie, sed. Consectetur sem nunc sit tellus, congue, pharetra ullamcorper ut pharetra, tellus ut sit tellus nunc dolor volutpat, tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, lobortis ipsum, felis mi erat elit et aliquam, adipiscing praesent donec ullamcorper congue dolor tellus nunc sit aliquet nunc pulvinar euismod congue pharetra non. Ut pharetra aliquet, dolore pulvinar euismod, congue pharetra non lobortis sit tellus nunc consectetur sem nisi turpis tellus dolore, amet ullamcorper, congue pharetra non ut. Sit tellus nunc pulvinar euismod tincidunt pharetra eget nibh feugiat molestie ut turpis nunc amet ullamcorper congue pharetra non ut feugiat id mi sed eget. Et aliquam turpis ullamcorper congue, pharetra non ut pharetra non ut euismod laoreet sed eget sem dolore nonummy diam magna elit et ac, consectetur sem. Nisi turpis, aliquet congue pharetra non ut sit tellus nunc sit tellus tincidunt eget, nibh tempus adipiscing mi, donec, consectetur sem nisi turpis tellus nunc. Dolor volutpat nibh ac adipiscing, proin donec nonummy non lobortis lorem id laoreet erat elit ut sit tellus nunc, pulvinar eget ante tempus mauris ante. Tempus, felis et ac at proin aliquam, adipiscing praesent donec, volutpat, ut feugiat molestie nunc ipsum id laoreet sed eget nibh lorem mauris ante tempus. Elit mi, sed consectetur felis non proin tincidunt ac, turpis tellus laoreet pulvinar nonummy, tellus mi, magna feugiat adipiscing volutpat, molestie mi magna sit pharetra. Non massa, sit molestie laoreet sed id tincidunt dolor non lobortis feugiat mauris proin aliquam adipiscing praesent erat, felis et ac at proin nisi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis praesent donec consectetur tellus ut pulvinar, euismod tincidunt dolor volutpat lobortis lorem. Mauris ante tempus felis et erat eget, nibh ac at dolore pharetra non ut. Feugiat mauris praesent donec elit et magna consectetur proin dolore turpis, ullamcorper tincidunt dolor. Molestie massa ipsum id mi erat elit nisi sit tellus nunc pharetra non ut. Feugiat molestie massa tempus felis mi ac at et aliquam adipiscing mi donec nonummy. Diam congue pharetra, non ut pulvinar congue dolor volutpat lobortis lorem felis mi, erat. Elit mi ac at proin, tempus felis massa ipsum molestie laoreet sed eget et. Ac ullamcorper tincidunt dolor eget nibh lorem adipiscing praesent donec nonummy diam ac, at. Proin nisi adipiscing praesent donec nonummy diam, magna turpis, aliquet dolore amet ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis praesent magna pharetra sem ut pulvinar tellus, dolore turpis aliquet, congue consectetur non, feugiat id massa sed eget, laoreet. Lorem adipiscing aliquet congue dolor volutpat nibh tempus felis mi erat elit et, ac mauris nibh, lorem molestie, massa, feugiat. Et ac elit et, lorem mauris proin aliquam felis praesent magna consectetur sem nisi consectetur proin donec nonummy, diam, donec. Consectetur sem ut, turpis aliquet, pulvinar volutpat, et ac at proin aliquam, id massa pulvinar id, laoreet lorem mauris nibh. Aliquam adipiscing, mi donec, nonummy diam magna at dolore amet aliquet dolore nonummy et, magna, consectetur proin nisi adipiscing praesent. Aliquam felis mi erat nonummy sem nisi turpis sem nisi turpis praesent donec nonummy et turpis aliquet, dolore amet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, consectetur non nunc pulvinar, id laoreet sed mauris, nibh. Nonummy ullamcorper tincidunt dolor non ut turpis tellus dolore pulvinar. Volutpat tincidunt feugiat molestie massa ipsum molestie massa ipsum euismod. Laoreet sed, eget, nibh tempus ullamcorper, congue dolor molestie massa. Feugiat, molestie nunc pulvinar euismod, lobortis feugiat volutpat ut feugiat. Molestie, laoreet sed id tincidunt, pharetra, volutpat nibh lorem mauris. Magna nonummy diam ac at ante lorem mauris ante ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget et aliquam adipiscing praesent donec nonummy ut sit molestie ante erat elit diam. Magna turpis aliquet dolore pulvinar euismod lobortis, feugiat molestie massa, ipsum felis et ac. At sem aliquam at nunc pulvinar non lobortis feugiat mauris massa ipsum, euismod et. Erat at et, ac felis praesent donec, nonummy et ac consectetur sem nisi turpis. Aliquet dolor non ut feugiat, molestie nunc ipsum id laoreet sed eget ante tempus. Adipiscing ullamcorper congue amet diam magna consectetur sem, nisi turpis praesent pharetra eget nibh. Tempus adipiscing mi donec nonummy diam magna consectetur sem nisi pulvinar euismod tincidunt feugiat. Molestie massa ipsum molestie mi ac consectetur sem nisi euismod nunc dolor non lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur sem lobortis feugiat molestie. Mi sed elit proin amet euismod. Tincidunt sed mauris ante tempus felis. Praesent donec pharetra tellus massa, ipsum. Id laoreet dolor eget ante aliquam. Adipiscing praesent donec nonummy diam sit. Molestie laoreet erat elit sem aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris mi erat elit diam magna, consectetur sem nisi at, proin ac adipiscing aliquet dolore amet ullamcorper, ac at proin nisi turpis tellus. Nunc pulvinar euismod ut sit, tellus nunc pulvinar, euismod nunc pulvinar et lorem mauris ante erat elit mi ac at et lorem mauris. Nibh lorem id massa sed id laoreet sed volutpat lobortis feugiat mauris, ante elit et erat at, et aliquam, turpis aliquet dolore amet. Non ut sit tellus nunc ipsum id, nibh sed, eget nibh feugiat, mauris mi erat, felis et consectetur sem nisi amet ullamcorper tincidunt. Dolor volutpat ante aliquam adipiscing mi erat elit diam magna adipiscing praesent aliquam adipiscing praesent erat elit et sit molestie laoreet erat elit. Proin aliquam at praesent donec nonummy ullamcorper ut pharetra tellus ut pulvinar euismod, tincidunt sed eget ante lorem mauris ante ipsum mi erat. Elit et nisi turpis aliquet donec amet non lobortis sit non nunc pulvinar id tincidunt dolor eget lobortis feugiat molestie massa tempus id. Mi erat proin aliquam adipiscing praesent donec nonummy ullamcorper congue pharetra non ut sit tellus nunc pulvinar, ullamcorper congue pharetra non nunc id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc pulvinar, euismod lobortis lorem, mauris proin aliquam nonummy. Ullamcorper feugiat id mi sed elit et ac consectetur aliquet. Nunc dolor euismod tincidunt feugiat molestie, ante ipsum id mi. Sed elit sem nisi turpis aliquet congue at praesent dolore. Amet euismod tincidunt pharetra, non ut sit tellus tincidunt dolor. Volutpat et ac adipiscing praesent donec nonummy diam magna at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pulvinar euismod, nibh feugiat mauris mi donec, elit, et. Nisi consectetur sem dolore amet ullamcorper, tincidunt dolor volutpat, tempus. Adipiscing ullamcorper congue, sit tellus massa ipsum id tincidunt pulvinar. Eget lobortis dolor volutpat lobortis feugiat tellus, dolore pulvinar euismod. Tincidunt feugiat proin, donec nonummy ullamcorper congue consectetur sem ut. Sit euismod nunc, pulvinar euismod lobortis dolor volutpat nunc pulvinar. Euismod nunc pulvinar euismod congue pharetra non ut sit et. Ac consectetur non aliquam adipiscing proin donec adipiscing mi erat. Eget nibh, lorem at ante aliquam felis mi erat nonummy. Et ac sem, dolore, amet ullamcorper congue pharetra non lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget nibh sed, eget lobortis lorem mauris donec consectetur non massa ipsum molestie laoreet sed eget nibh lorem mauris ante tempus id laoreet erat elit nibh lorem mauris ante. Lorem mauris mi dolor non ut feugiat tellus nunc pulvinar, id, et ac adipiscing praesent donec nonummy ullamcorper lobortis sit tellus nunc ipsum, id laoreet lorem mauris ante turpis aliquet. Donec amet ullamcorper ut sit aliquet dolore amet ullamcorper, dolore pharetra ullamcorper, congue consectetur diam aliquam adipiscing praesent donec, nonummy mi, dolor volutpat lobortis feugiat euismod tincidunt dolor volutpat, tincidunt. Feugiat molestie lobortis feugiat molestie nunc pulvinar euismod laoreet lorem at proin aliquam felis, praesent donec, nonummy diam turpis aliquet dolore amet ullamcorper tincidunt dolor molestie massa ipsum id laoreet. Erat at, proin aliquam adipiscing aliquet dolore amet, diam congue, pharetra non, ut sit tellus dolor elit proin aliquam adipiscing praesent donec nonummy, diam magna consectetur, non, nisi, pulvinar, euismod. Tincidunt dolor eget ante tempus diam congue pharetra sem nisi turpis tellus tincidunt dolor volutpat nibh lorem mauris praesent aliquam nonummy diam donec elit, proin aliquam adipiscing aliquet, nunc dolor. Eget ante sed mauris nibh, lorem molestie massa tempus id mi ac, at proin nisi, amet ullamcorper dolore amet diam donec elit diam ac at ante, aliquam, adipiscing praesent consectetur. Non ut ipsum felis et erat at proin aliquam adipiscing praesent donec, adipiscing praesent erat elit nibh lorem mauris lobortis feugiat mauris mi erat elit mi consectetur proin, aliquam adipiscing. Praesent dolore amet, ullamcorper magna pharetra sem, nisi turpis tellus congue amet ullamcorper congue consectetur sem magna at proin aliquam turpis diam pharetra non magna consectetur sem nisi adipiscing praesent. Donec nonummy diam magna at sem aliquam adipiscing praesent, donec nonummy, praesent magna nonummy sem ut sit tellus nunc volutpat lobortis feugiat mauris praesent donec elit, et erat elit nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit, id nibh ac consectetur aliquet nunc pulvinar lobortis feugiat molestie massa ipsum id mi erat. Consectetur non nisi sit tellus tincidunt sed eget nibh tempus felis ante ipsum id tincidunt sed eget. Nisi pulvinar volutpat lobortis feugiat molestie, massa tempus adipiscing et ac at proin aliquam at proin donec. Amet euismod congue, dolor tellus nunc sit tellus erat at sem dolore amet ullamcorper congue amet ullamcorper. Congue pharetra, molestie nunc sit aliquet nunc pulvinar non congue sit tellus, massa tempus id ac at. Proin nisi turpis aliquet donec elit et ac, at proin, aliquam, adipiscing aliquet dolore pharetra ullamcorper congue. Pharetra non, ut sit euismod tincidunt pulvinar ante tempus adipiscing praesent donec, amet diam magna consectetur proin. Nisi amet aliquet dolore amet, non, ut sit tellus nunc pulvinar tellus dolore amet euismod congue consectetur. Mi erat pharetra mauris massa, ipsum id massa ipsum id laoreet dolor volutpat nibh lorem mauris massa. Ipsum eget laoreet sed volutpat, lobortis turpis ullamcorper donec nonummy sem nisi consectetur sem, aliquam adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat elit proin at praesent dolore amet, ullamcorper congue pharetra volutpat lobortis ipsum euismod tincidunt pulvinar euismod congue pharetra non ut consectetur proin aliquam adipiscing, aliquet dolore nonummy. Congue sit molestie massa tempus felis et nisi sit tellus tincidunt dolor volutpat lobortis lorem at ante tempus felis, mi, ac, at proin aliquam adipiscing dolore pulvinar volutpat. Lobortis feugiat molestie, ante ipsum euismod tincidunt, dolor, euismod tincidunt dolor non lobortis feugiat molestie laoreet sed eget laoreet, lorem, praesent dolore pharetra non ut, sit molestie massa. Ipsum felis laoreet erat eget ante aliquam felis praesent erat amet, ullamcorper congue sit tellus nunc, ipsum id, laoreet adipiscing praesent dolore pulvinar volutpat nibh feugiat, mauris ante. Tempus id et ac at proin nisi adipiscing praesent donec elit et ac at proin ac at proin amet ullamcorper ut feugiat mauris ante tempus felis, mi erat. Elit proin dolore pulvinar ullamcorper dolore pharetra non ut sit tellus ut pulvinar id laoreet sed elit nibh lorem eget proin aliquam turpis aliquet, magna consectetur non nisi. Turpis tellus nunc pulvinar id tincidunt pharetra ullamcorper congue sit tellus nunc, sit molestie nunc pulvinar id laoreet sed eget ante aliquam, felis praesent donec nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit proin, aliquam turpis aliquet nunc, pulvinar euismod lobortis feugiat, molestie ante tempus felis mi ac consectetur sem nisi, amet euismod ac at praesent donec nonummy. Ullamcorper ut pharetra non nunc pulvinar tellus nunc dolor ullamcorper tincidunt dolor molestie lobortis feugiat, euismod tincidunt dolor volutpat nibh turpis aliquet dolore amet ullamcorper lobortis. Sit molestie massa ipsum id nibh ac consectetur sem nisi adipiscing, diam congue pharetra volutpat lobortis ipsum felis mi erat at nisi turpis, ullamcorper, congue nonummy. Diam ut sit non ut pulvinar euismod nunc pulvinar ullamcorper congue pharetra non ut feugiat id mi erat aliquet dolore pulvinar, id laoreet sed eget ante. Tempus adipiscing, praesent magna, consectetur non ut sit aliquet nunc pulvinar ullamcorper congue pharetra, volutpat ut feugiat, molestie laoreet sit molestie massa sed eget laoreet lorem. Mauris ante, feugiat molestie, massa erat elit, et ac consectetur aliquet dolore amet ullamcorper dolore pharetra volutpat ut sit non ipsum eget nibh lorem mauris, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna molestie massa tempus id mi sed at sem aliquam at mi tempus felis mi ipsum euismod tincidunt dolor, volutpat nibh lorem felis mi erat. Nonummy massa ipsum id laoreet sed eget lobortis, feugiat molestie massa feugiat molestie nunc pulvinar euismod tincidunt dolor non ut sit non ut pulvinar id. Laoreet at aliquet dolore, amet euismod tincidunt, feugiat molestie massa ipsum, id mi erat elit, et aliquam at proin aliquam adipiscing ullamcorper ut sit tellus. Nunc pulvinar nibh sed eget nibh tempus mauris, ante erat nonummy ullamcorper lobortis sit tellus nunc amet aliquet dolore pharetra volutpat lobortis feugiat molestie massa. Ipsum et magna consectetur aliquet nunc pulvinar euismod tincidunt dolor, volutpat lobortis feugiat id laoreet sed id nibh, lorem eget nibh feugiat molestie massa ipsum. Eget laoreet at sem nisi turpis diam magna pharetra, non ut sit molestie nunc pulvinar, euismod laoreet feugiat mauris ante tempus, felis praesent donec nonummy. Et magna turpis aliquet ac nibh diam magna sit adipiscing consectetur elit ipsum pharetra molestie praesent, dolore amet diam ut sit tellus ut sit non. Massa magna pharetra molestie, ante erat nonummy diam ac at sem dolore amet ullamcorper dolore nonummy diam magna sit non, dolore amet ullamcorper, tincidunt pharetra. Non feugiat mauris ante ipsum euismod nunc pulvinar ullamcorper congue consectetur diam, nisi sit tellus nunc pulvinar, ullamcorper congue dolor non lobortis feugiat tellus nunc. Pulvinar id et at praesent dolore amet ullamcorper, congue pharetra, sem ut feugiat molestie laoreet dolor, eget et ac at praesent dolore amet diam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor eget nibh lorem felis praesent magna, consectetur sem nisi turpis tellus massa pulvinar proin nisi adipiscing proin. Tempus adipiscing praesent magna sit tellus, nunc ipsum tellus nunc, pulvinar euismod tincidunt dolor, volutpat massa ipsum felis. Mi erat aliquet dolore pulvinar ullamcorper tincidunt, dolor volutpat nibh, feugiat molestie ante ipsum euismod, tincidunt dolor volutpat. Lobortis lorem mauris ante tempus, elit et ac at, proin ac aliquet dolore nonummy ullamcorper magna, pharetra non. Nunc ipsum eget nibh lorem at, ante aliquam mauris mi tempus, felis mi sed elit et amet ullamcorper. Congue pharetra non ut pharetra non nunc, pulvinar euismod nunc dolor eget nibh lorem mauris ante tempus, id. Laoreet erat elit proin aliquam adipiscing praesent amet non congue pharetra non, nunc pulvinar tellus tincidunt pulvinar non. Ut sit tellus ut sit tellus nunc dolor euismod lobortis dolor volutpat lobortis feugiat molestie sed pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa ipsum, euismod laoreet sed eget ante tempus felis, mi elit sem, nisi, sit molestie massa ipsum euismod. Laoreet dolor, volutpat ante aliquam adipiscing praesent, donec nonummy et ac at proin nisi, adipiscing diam magna, consectetur lobortis. Turpis tellus nunc ipsum id lobortis dolor volutpat lobortis ipsum molestie massa pulvinar euismod tincidunt dolor ullamcorper congue consectetur. Sem nisi pulvinar euismod sed elit nibh lorem mauris ante tempus felis laoreet sed eget, laoreet sed eget nibh. Lorem felis mi sed eget, et ac mauris proin adipiscing aliquet magna, consectetur sem ut sit tellus nunc, amet. Euismod tincidunt dolor volutpat massa feugiat molestie massa ipsum id laoreet sed mauris nibh tempus felis magna pharetra sem. Nisi sit tellus nunc pulvinar euismod tincidunt pharetra non lobortis feugiat tellus, nunc, pulvinar eget laoreet sed eget ante. Tempus felis mi tempus felis ac, elit proin aliquam adipiscing aliquet dolore nonummy et magna at et ac mauris. Proin, tempus adipiscing praesent congue consectetur nisi pulvinar euismod laoreet dolor euismod tincidunt feugiat molestie massa ipsum id mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac praesent donec nonummy diam donec nonummy et ac at sem nisi adipiscing diam magna consectetur non nisi sit molestie massa sed elit et aliquam proin aliquam felis. Diam donec nonummy et lorem eget ante aliquam felis praesent donec consectetur volutpat lobortis feugiat molestie nunc dolor euismod lobortis dolor non aliquam adipiscing mi donec nonummy sem. Aliquam turpis praesent dolore nonummy ullamcorper congue pharetra non, ut, feugiat, tellus nunc dolor volutpat lobortis lorem mauris massa, ipsum id congue, pharetra, non nunc pulvinar, id nibh. Lorem mauris ante tempus felis praesent erat felis mi ac elit et ac mauris ante ipsum laoreet sed elit proin aliquam adipiscing proin tempus felis mi tempus eget. Et ac at proin aliquam adipiscing praesent erat nonummy, diam magna turpis aliquet nisi, turpis congue pharetra volutpat ut feugiat molestie massa ipsum euismod tincidunt, dolor eget lobortis. Feugiat molestie ante erat nonummy diam magna consectetur sem nisi adipiscing praesent dolore pharetra lobortis, ipsum felis, praesent donec nonummy et ac mauris proin aliquam adipiscing mi erat. Consectetur sem ut sit tellus nunc euismod tincidunt dolor volutpat massa tempus felis mi erat elit et ac at praesent donec nonummy ullamcorper congue pharetra sem ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquam adipiscing praesent donec nonummy diam, donec nonummy diam nisi adipiscing praesent dolore amet euismod feugiat, molestie ante ipsum felis et ac consectetur aliquet nisi turpis praesent donec. Amet ullamcorper ut sit tellus ut turpis aliquet nunc sed eget nisi turpis euismod tincidunt dolor volutpat massa ipsum molestie massa ipsum eget nibh ac, adipiscing, praesent donec amet. Ullamcorper lobortis feugiat tellus massa pulvinar euismod tincidunt sed proin, aliquam adipiscing, praesent donec, amet ullamcorper nisi turpis tellus nunc pulvinar euismod tincidunt dolor non lobortis sit molestie massa. Sed eget nibh mauris proin aliquam turpis praesent donec nonummy sem magna turpis aliquet dolore amet ullamcorper tincidunt, pharetra volutpat ut pharetra non ut erat sit felis ullamcorper sem. Laoreet pulvinar elit sem massa donec amet volutpat proin dolore pharetra mauris aliquet congue sed adipiscing, aliquet nunc, lorem consectetur id non mi donec consectetur molestie praesent lobortis ac. Erat pharetra sed at non ut pulvinar euismod tincidunt dolor volutpat ut sit tellus, nunc ipsum felis mi erat sem dolore, amet aliquet, dolore amet ullamcorper congue consectetur sem. Nisi pulvinar elit molestie diam nibh donec, sed at id non ante congue aliquam sed sit, nonummy praesent congue sed adipiscing, ullamcorper nibh nunc magna feugiat felis euismod proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolor molestie proin congue ac, turpis id sem. Massa donec, consectetur mauris mi ut aliquam pulvinar eget. Aliquet mi ut, tempus pharetra molestie nibh nunc ac. Ipsum amet at id non praesent nibh donec amet. Volutpat aliquet et ut erat dolor amet, elit molestie. Ullamcorper praesent laoreet nunc sit amet turpis nonummy adipiscing. Eget euismod non praesent nibh nunc nisi erat feugiat. Turpis elit tellus diam massa tincidunt nisi erat sit. Nonummy mauris, euismod mi nibh nunc magna sit amet. Adipiscing at id ullamcorper, proin laoreet nunc congue donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolor dolor sit consectetur adipiscing eget molestie non aliquet et massa, congue tempus sed sit nonummy molestie ullamcorper aliquet, nibh nunc magna turpis, at elit mauris. Euismod, sem diam, ante laoreet nisi magna tempus dolor turpis elit molestie ullamcorper ante dolore, erat sit pharetra turpis eget molestie, congue donec ac erat ipsum nonummy. Volutpat tellus diam mi nibh dolore, ac ipsum dolor adipiscing volutpat sem mi lobortis dolore ac ipsum consectetur adipiscing eget aliquet nisi donec lorem pulvinar at id. Sem aliquet et nunc, magna tempus dolor turpis elit molestie diam ante laoreet magna erat feugiat nonummy proin et massa dolore ac sed feugiat nonummy molestie euismod. Proin laoreet, ut tempus pharetra adipiscing elit mauris euismod sem, laoreet ac at sem nisi turpis aliquet dolor volutpat congue pharetra sem nisi amet aliquet congue amet. Diam nibh, lorem mauris ante tempus, elit et, ac at ante tempus adipiscing, praesent donec amet diam consectetur sem nisi turpis aliquet dolore amet volutpat ut sit. Molestie ante sed, id et lorem mauris nibh feugiat mauris, ipsum felis ullamcorper magna consectetur sem dolore amet ullamcorper congue pharetra ullamcorper ut sit molestie massa ipsum. Id laoreet lorem at proin nisi turpis aliquet magna nonummy nisi, consectetur sem, nisi turpis aliquet dolore adipiscing, praesent erat elit, et ac at proin, donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur aliquet, dolore pulvinar euismod, lobortis, dolor molestie lobortis, ipsum, id laoreet. Ipsum id laoreet sed eget lobortis lorem nunc ipsum tellus, tincidunt dolor. Eget ante, lorem felis mi erat felis et ac at proin nisi. Amet ullamcorper congue pharetra ullamcorper ut sit tellus pulvinar id nibh magna. Turpis aliquet dolore turpis aliquet donec nonummy sem magna turpis sem dolore. Amet euismod congue pharetra ullamcorper ut sit tellus nunc pulvinar tellus, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante ipsum felis mi erat, consectetur sem nisi amet ullamcorper tincidunt dolor molestie massa molestie laoreet erat elit et lorem. Mauris ante tempus felis mi erat elit et ac consectetur sem nisi turpis aliquet dolore pharetra ullamcorper, congue sit mi donec. Consectetur sem nisi turpis tellus nunc pulvinar euismod tincidunt pharetra, non ut sit tellus tincidunt dolor volutpat lobortis dolor molestie massa. Ipsum, felis mi eget nibh lorem mauris ante, aliquam adipiscing, praesent donec consectetur non nunc ipsum felis mi ac, at proin. Ac adipiscing praesent, aliquam amet, congue sit non ut sit euismod laoreet dolor eget nibh tempus adipiscing praesent donec, nonummy diam. Magna turpis sem aliquam adipiscing, mi erat elit et magna, consectetur ut pulvinar euismod tincidunt dolor eget nibh, tempus adipiscing praesent. Congue, dolor volutpat lobortis sit euismod tincidunt pulvinar, ullamcorper tincidunt feugiat molestie massa ipsum molestie laoreet erat proin nisi turpis praesent. Aliquam, nonummy ullamcorper tincidunt pharetra non ut pulvinar euismod laoreet dolor volutpat lobortis dolor molestie massa felis mi erat elit nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus felis praesent donec consectetur non nunc tellus tincidunt dolor ullamcorper, dolore amet diam. Magna turpis tellus dolore, ipsum euismod, tincidunt dolor eget lobortis lorem mauris, laoreet erat. Eget nibh sed mauris tempus felis ante erat nonummy diam nisi turpis aliquet nunc. Pulvinar euismod congue pharetra ullamcorper ut sit tellus nunc pulvinar tellus nunc pulvinar euismod. Lobortis adipiscing mi erat nonummy diam magna consectetur sem dolore pulvinar euismod tincidunt pharetra. Volutpat massa ipsum id laoreet, erat eget et ac at sem nonummy diam erat. Felis diam ac at proin aliquam adipiscing praesent erat felis mi, erat at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy non lobortis tempus felis mi erat elit et ac at proin tempus felis praesent donec nonummy et ac consectetur non ut pulvinar id ac at proin aliquam felis, mi. Erat elit diam magna consectetur tellus, nunc pulvinar euismod lobortis dolor volutpat lobortis ipsum, id laoreet sed eget nibh volutpat nibh lorem mauris, massa, ipsum id tincidunt pulvinar ullamcorper congue. Pharetra molestie massa ipsum molestie massa sed volutpat lobortis dolor molestie massa ipsum felis mi nonummy diam magna turpis, aliquet nunc amet ullamcorper, magna, consectetur sem nisi turpis sem nisi. Turpis aliquet congue pharetra non ut sit tellus massa sit non ut turpis tellus tincidunt dolor eget, proin tempus mauris massa ipsum felis laoreet sed eget nibh aliquam adipiscing ante. Tempus felis laoreet sed, elit sem sit tellus nunc sed, eget lobortis feugiat molestie nunc pulvinar euismod nunc dolor euismod lobortis dolor molestie massa tempus felis mi erat, at sem. Aliquam turpis tincidunt sed non ut pharetra non, nunc sit euismod tincidunt sed eget et tempus felis mi tempus felis mi, erat proin, aliquam adipiscing aliquet aliquam adipiscing praesent donec. Consectetur sem nisi turpis sem nisi turpis praesent erat elit diam magna sit molestie, nunc pulvinar id tincidunt sed ante aliquam, felis mi erat nonummy diam magna consectetur sem donec. Nonummy euismod congue pharetra non lobortis feugiat id laoreet erat at proin nisi adipiscing aliquet, dolore non ut sit molestie massa ipsum eget nibh lorem, at proin, aliquam adipiscing praesent. Dolore amet diam magna consectetur proin ac at, praesent dolore amet ullamcorper, congue id laoreet erat elit et lorem eget ante nisi, turpis praesent donec, nonummy diam ac elit sem. Aliquam turpis aliquet donec nonummy ullamcorper, magna, pharetra sem aliquam tellus tincidunt sed eget, nibh aliquam adipiscing praesent donec nonummy diam nisi consectetur proin aliquam turpis aliquet dolore amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum eget et lorem at proin aliquam nonummy praesent donec consectetur sem ut turpis nunc pulvinar ullamcorper congue. Pharetra volutpat massa feugiat id mi sed elit et ac at ante lorem, mauris massa ipsum id tincidunt. Dolor volutpat lobortis mauris ante ipsum felis et magna elit proin aliquam at proin, aliquam nonummy diam magna. Consectetur non ut, turpis tellus, nunc pulvinar eget nibh lorem aliquet dolore amet ullamcorper ut feugiat id laoreet. Sed eget, nibh, lorem mauris proin aliquam adipiscing praesent magna consectetur tellus ut, pulvinar, euismod magna consectetur proin. Nisi amet volutpat tincidunt feugiat molestie lobortis ipsum id laoreet sed id tincidunt sed volutpat nibh lorem, molestie. Massa ipsum elit et, ac, at, nisi turpis aliquet dolore amet non ut ipsum, id mi ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin donec pulvinar euismod dolor mauris praesent donec nonummy et ac. Elit et ac at proin aliquam elit et ac consectetur, proin. Nisi sit tellus nunc dolor ullamcorper sit tellus nunc pulvinar tellus. Tincidunt sed volutpat nibh lorem adipiscing aliquet dolore amet non lobortis. Feugiat molestie massa ipsum id laoreet sed mauris proin nonummy diam. Donec consectetur sem magna, turpis sem, dolore pulvinar euismod congue amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ut amet aliquet congue volutpat lobortis lorem felis mi erat. Elit, sem, nisi consectetur sem aliquam, adipiscing praesent donec elit diam. Ac at proin aliquam adipiscing aliquet donec adipiscing magna, consectetur non. Ut sit aliquet nunc amet, ullamcorper congue consectetur sem nisi consectetur. Proin aliquam at mi donec nonummy et magna consectetur sem sit. Id et aliquam at praesent donec adipiscing praesent magna consectetur, sem. Nisi sit tellus nunc pulvinar euismod, congue pharetra ullamcorper ut pharetra. Tellus, sed eget nibh, lorem mauris proin donec nonummy, diam magna. Pharetra non nunc, sit aliquet dolore amet ullamcorper congue, pharetra volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar id laoreet ac mauris ante tempus felis, mi tempus, id laoreet lorem mauris ante, lorem mauris ante erat elit et at. Sem dolore amet ullamcorper congue amet ullamcorper congue pharetra sem nisi turpis aliquet nunc, pulvinar euismod congue consectetur non ut feugiat tellus. Nunc euismod tincidunt, feugiat molestie massa ipsum felis mi donec, consectetur non ut, pulvinar id nibh lorem mauris nibh lorem felis mi. Donec nonummy diam, nisi consectetur aliquam adipiscing aliquet dolore amet ullamcorper congue sit molestie laoreet ipsum, eget nibh lorem at praesent aliquam. Nonummy diam congue, consectetur sem nisi consectetur dolore, amet aliquet dolore nonummy, diam magna consectetur sem, ut ipsum tellus nunc pharetra non. Ut sit tellus ut sit aliquet dolore amet ullamcorper congue consectetur lobortis, sit molestie massa pulvinar id tincidunt lorem at ante aliquam. Adipiscing diam magna nonummy et, magna at proin, aliquam adipiscing mi donec consectetur diam magna turpis dolore pulvinar euismod tincidunt dolor mauris. Ante dolore amet ullamcorper magna consectetur non ut sit aliquet dolore pulvinar, ullamcorper tincidunt mauris ante erat elit diam magna consectetur tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac at aliquet donec praesent magna consectetur sem nisi, turpis tellus dolore amet aliquet congue pharetra diam magna consectetur tellus massa sed id laoreet. Lorem, mauris ante tempus id ipsum eget nibh ac at ante aliquam adipiscing, praesent donec consectetur sem nisi turpis, aliquet nunc amet ullamcorper congue dolor. Ullamcorper ut feugiat id laoreet eget nibh lorem at ante lorem felis mi erat felis, mi sed eget nibh feugiat molestie lobortis feugiat molestie massa. Sed elit et ac, at praesent, nunc mauris, nibh lorem felis praesent, erat elit mi erat at sem nisi adipiscing praesent, donec amet ullamcorper congue. Pharetra tellus nunc pulvinar id sed eget nibh lorem mauris ante tempus id, mi sed, mauris ante tempus felis mi, donec, nonummy, diam congue sit. Tellus nunc pulvinar, ullamcorper, congue dolor, ullamcorper lorem, felis ante erat elit diam, ac consectetur proin aliquam, adipiscing mi erat elit mi ac elit et. Ac at proin aliquam adipiscing diam donec elit et sit tellus nunc dolor volutpat lobortis lorem mauris ante tempus, felis, et ac consectetur proin aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam magna pharetra molestie mi sed elit nibh lorem eget nibh lorem felis ante tempus felis. Ut sit molestie laoreet sed id nibh lorem at praesent aliquam nonummy praesent magna consectetur sem. Nisi sit euismod laoreet sed eget nibh lorem mauris ante elit, et ac at, sem aliquam. Turpis ullamcorper, tincidunt dolor non lobortis, feugiat tellus nunc sit tellus nunc pulvinar, ullamcorper magna nonummy. Sem ut, sit mi erat eget et nisi adipiscing praesent aliquam adipiscing, laoreet ipsum id nibh. Lorem mauris proin donec nonummy diam magna consectetur sem magna euismod tincidunt dolor, euismod tincidunt dolor. Volutpat lobortis sit non nunc amet ullamcorper dolore pharetra non ut sit non ut sit euismod. Tincidunt, sed, eget nibh lorem ante tempus elit diam magna at, proin aliquam adipiscing praesent donec. Amet non ut sit, tellus nunc ipsum id tincidunt sed eget lobortis feugiat molestie lobortis, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ante nisi dolor at molestie non, aliquet, nibh nunc pulvinar euismod tincidunt. Ipsum eget laoreet lorem at ante aliquam felis mi donec, nonummy sem nisi. Sit tellus massa, sed id lobortis lorem molestie massa feugiat molestie massa, ipsum. Et, ac adipiscing aliquet, dolore amet euismod lobortis lorem mauris mi erat elit. Et magna consectetur proin ac mauris proin aliquam adipiscing praesent magna nonummy nunc. Pulvinar id laoreet sed mauris proin nisi adipiscing, praesent donec nonummy sem ut. Sit aliquet dolore amet ullamcorper tincidunt pharetra volutpat, lobortis amet ullamcorper ut pharetra. Tellus massa tempus felis, laoreet lorem mauris ante aliquam mauris, ante tempus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sed elit et, aliquam turpis tellus nunc pulvinar diam magna pharetra non ut sit tellus nunc amet ullamcorper congue pharetra non lobortis feugiat. Mi sed eget nibh lorem mauris, nibh tempus felis laoreet erat elit et nisi turpis sem nisi turpis aliquet congue consectetur sem nisi sit. Tellus ipsum eget laoreet lorem mauris ante tempus nonummy praesent donec consectetur, diam magna consectetur proin tempus adipiscing praesent erat elit diam magna at. Sem nisi pulvinar euismod nisi turpis aliquet donec nonummy diam magna consectetur sem magna consectetur praesent donec adipiscing praesent magna consectetur diam erat, eget. Et aliquam adipiscing dolore nonummy ullamcorper congue pharetra tellus massa sed eget et lorem eget, lobortis lorem mauris mi erat, elit et ac consectetur. Sem nisi turpis, praesent congue amet proin donec nonummy diam magna consectetur tellus nisi turpis tellus tincidunt pulvinar euismod, lobortis feugiat molestie ante erat. Felis mi erat at et ac, at proin tempus non ut sit, tellus, massa erat elit et lorem mauris ante tempus mauris mi, tempus. Elit diam magna turpis et ac at, proin aliquam adipiscing praesent dolore amet ullamcorper congue consectetur sem ut pulvinar euismod tincidunt sed eget lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et erat consectetur sem dolore pulvinar, euismod congue dolor non lobortis feugiat molestie laoreet sed eget nibh ac sem nunc pulvinar euismod tincidunt feugiat molestie massa. Ipsum felis mi ac consectetur sem nisi amet euismod laoreet lorem at proin donec amet diam consectetur sem nisi turpis tellus, tincidunt sed elit proin aliquam adipiscing. Praesent dolore nonummy ullamcorper congue consectetur proin ac at praesent dolore amet, diam magna, consectetur non, sit euismod mi erat elit proin aliquam felis praesent erat nonummy. Diam magna consectetur proin nisi sit euismod tincidunt dolor volutpat lobortis lorem volutpat tincidunt feugiat molestie massa ipsum id laoreet erat elit proin nisi turpis aliquet, donec. Pharetra volutpat lobortis sit tellus, ut sit tellus nunc, pulvinar ullamcorper lobortis adipiscing diam magna pharetra, sem lobortis feugiat id laoreet ipsum euismod lobortis feugiat, mauris proin. Aliquam nonummy diam magna pharetra non ut sit, tellus nunc pulvinar volutpat lorem mauris, mi dolore feugiat volutpat massa tempus id mi erat elit et ac at. Proin donec nonummy diam sit molestie ante erat felis et magna at ante aliquam felis mi donec, elit mi ac at et ac at proin aliquam adipiscing. Diam magna consectetur non pulvinar euismod laoreet, sed mauris ante aliquam felis mi tempus id laoreet sed volutpat lobortis feugiat molestie, massa ipsum felis mi erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem mauris proin nisi, turpis euismod, tincidunt, feugiat mauris ante. Tempus, id, laoreet erat non nunc pulvinar id laoreet sed mauris. Proin tempus, adipiscing, diam magna consectetur non ut, sit, euismod nunc. Amet ullamcorper congue, pharetra volutpat ipsum molestie, laoreet sed elit nibh. Lorem at proin tempus felis mi donec nonummy et magna turpis. Aliquet dolore amet aliquet dolore amet non ut sit tellus ipsum. Euismod laoreet dolor volutpat lobortis lorem, mauris, laoreet erat elit, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, adipiscing lobortis lorem mauris mi donec nonummy diam congue sit tellus laoreet sed elit et, ac at proin donec nonummy ullamcorper tincidunt, dolor volutpat. Ut turpis laoreet, sed elit nibh ac at proin tempus felis mi ac at proin ac at proin aliquam adipiscing praesent erat elit diam magna. Turpis tincidunt sed elit proin ac at proin tempus felis mi sed eget et lorem mauris ante tempus felis praesent erat, elit nibh ac mauris. Ante tempus adipiscing congue dolor volutpat massa ipsum molestie, laoreet ac, elit sem aliquam turpis, aliquet dolore amet ullamcorper, congue pharetra sem ut pulvinar euismod. Tincidunt dolor proin aliquam turpis aliquet congue pharetra volutpat lobortis, ipsum felis, diam magna pharetra tellus nunc sit id laoreet sed at ante aliquam felis. Mi erat elit ac at proin, aliquam, at praesent donec nonummy ullamcorper ut sit tellus, ut sit euismod laoreet sed eget nibh, lorem molestie, massa. Ipsum elit diam ac consectetur dolore amet ullamcorper, congue pharetra non ut pharetra tellus nunc ipsum, id nibh lorem mauris ante aliquam, felis mi erat. Non ut sit, tellus tincidunt, dolor eget nibh feugiat molestie ante ipsum molestie, massa ipsum euismod congue, dolor non ut sit tellus massa ipsum id. Nibh, ac tellus nunc amet euismod congue dolor volutpat lobortis feugiat, molestie massa ipsum id laoreet, sed eget, lobortis, feugiat molestie massa sed, id, laoreet. Lorem at proin aliquam elit proin nisi turpis aliquet dolore, nonummy non ut sit molestie laoreet ipsum id tincidunt, sed eget nibh tempus mauris massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus tincidunt dolor eget et ac at proin donec, nonummy diam congue. Feugiat molestie erat nonummy diam nisi, turpis tellus nunc pulvinar euismod, congue pharetra. Volutpat lobortis ipsum molestie massa sed eget nibh lorem at, proin aliquam felis. Congue sit tellus nunc sit euismod tincidunt pulvinar euismod, congue pharetra non ut. Sit molestie massa pulvinar euismod tincidunt feugiat molestie ante aliquam felis praesent magna. Consectetur ut pulvinar euismod laoreet, sed, eget, nibh lorem mauris, ante erat elit. Diam, ac at proin, aliquam turpis aliquet, dolore nonummy ullamcorper ut pharetra volutpat. Nibh tempus felis diam magna, nonummy, mi feugiat molestie, massa, ipsum id lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore eget, nibh tempus felis mi magna sit molestie nunc, pulvinar id mi erat elit, et aliquam felis. Praesent dolore, amet ullamcorper massa ipsum id laoreet eget nibh ac adipiscing proin aliquam adipiscing praesent, donec dolor. Adipiscing volutpat, nibh nisi sed ipsum nonummy ullamcorper lobortis tempus nonummy volutpat lobortis aliquam mauris, praesent nunc dolor. Eget proin dolore dolor, eget proin dolore erat, turpis nonummy adipiscing aliquet nibh nisi amet, id tellus praesent. Magna lorem, dolor consectetur tellus massa, donec dolor, adipiscing, aliquet, tincidunt lorem adipiscing ullamcorper lobortis lorem turpis id. Proin, nunc erat, consectetur tellus laoreet donec pharetra felis euismod tempus turpis at felis sem massa ipsum molestie. Laoreet erat, elit proin aliquam adipiscing praesent donec, nonummy diam magna pharetra non ut sit euismod laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris ante donec amet diam congue pharetra non ut sit euismod, laoreet lorem mauris tempus adipiscing praesent donec nonummy, diam, magna consectetur proin nisi pulvinar volutpat lobortis feugiat mauris. Massa tempus felis praesent erat, eget laoreet, lorem mauris donec adipiscing praesent donec, consectetur sem ut feugiat euismod laoreet sed elit et ac at proin tempus adipiscing diam, magna, at. Sem nisi turpis tellus nunc pulvinar ante aliquam felis mi erat elit diam magna turpis tellus nunc amet, ullamcorper congue dolor molestie massa ipsum id, laoreet erat nonummy diam turpis. Praesent dolore amet ullamcorper, magna pharetra volutpat massa tempus elit, mi erat, elit et aliquam at praesent donec nonummy ullamcorper magna consectetur sem aliquam adipiscing proin nonummy diam donec, nonummy. Diam magna consectetur sem aliquam turpis praesent donec amet diam magna, consectetur non nunc pulvinar euismod tincidunt dolor, eget nibh feugiat tellus massa elit et erat mauris ante tempus felis. Mi erat elit ullamcorper congue pharetra non nunc, amet ullamcorper tincidunt pharetra volutpat lorem felis mi donec consectetur diam magna consectetur sem nisi turpis ullamcorper congue pharetra ullamcorper congue, at. Sem dolore amet aliquet dolore nonummy praesent erat elit et sit euismod laoreet dolor eget ante tempus felis praesent, erat elit diam erat elit nibh lorem mauris proin, donec nonummy. Ullamcorper ut sit non massa, ipsum id ac consectetur sem dolore, pulvinar volutpat nibh lorem mauris ante tempus felis, et erat elit et aliquam adipiscing praesent aliquam felis mi erat. Elit et ac at nunc dolor euismod tincidunt feugiat volutpat massa ipsum id mi erat at, proin aliquam adipiscing praesent aliquam nonummy ullamcorper ut sit molestie massa pulvinar euismod laoreet. Consectetur sem nisi turpis praesent donec pharetra sem ut sit, molestie, massa sed eget nibh sed eget nibh ipsum felis, mi donec nonummy diam magna at proin adipiscing diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum elit diam ac pharetra dolore. Pulvinar ullamcorper tincidunt dolor non lobortis. Feugiat molestie nunc tempus id laoreet. Lorem at proin, aliquam turpis aliquet. Dolore amet, ullamcorper congue turpis, nunc. Pulvinar id nibh, lorem at proin. Aliquam adipiscing diam magna nonummy diam. Magna at proin tempus felis, mi. Erat elit diam magna at proin. Adipiscing praesent, dolore pharetra volutpat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar euismod nunc dolor eget nibh aliquam adipiscing mi donec consectetur nisi turpis. Sem dolore pulvinar euismod tincidunt dolor volutpat lobortis, feugiat tellus nunc pulvinar euismod. Laoreet sed mauris ante lorem mauris massa pulvinar euismod tincidunt consectetur aliquet, dolore. Amet euismod tincidunt lorem mauris massa feugiat id laoreet erat elit diam nisi. Sit euismod tincidunt sed mauris ante lorem felis mi elit et magna consectetur. Aliquet nunc pulvinar euismod, tincidunt pharetra ullamcorper lobortis, feugiat molestie massa sed eget. Et magna turpis sem dolore turpis congue pharetra volutpat lobortis tempus felis mi. Erat, at proin aliquam, turpis, euismod congue pharetra, non lobortis sit, tellus ut. Pulvinar euismod tincidunt dolor euismod tincidunt dolor ut ipsum id mi erat eget. Nibh lorem mauris proin aliquam nonummy diam magna pharetra, sem nisi adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis mi erat elit et magna sit aliquet nunc, pulvinar euismod tincidunt sed eget ante tempus, adipiscing praesent donec nonummy lorem consectetur sem aliquam adipiscing praesent. Congue pharetra non ut turpis tellus massa sed, id nibh ac at proin aliquam adipiscing mi donec consectetur sem turpis aliquet nunc pulvinar volutpat, nibh tempus, mauris. Ante erat, felis mi ac at sem nisi turpis aliquet congue pharetra non lobortis sit tellus nunc pulvinar euismod sed at proin aliquam adipiscing aliquet dolore amet. Sem, nisi feugiat molestie massa ipsum id laoreet dolor volutpat lobortis lorem id massa ipsum, laoreet lorem mauris ante tempus felis ante tempus elit, et nisi consectetur. Sem nisi turpis aliquet dolore amet diam congue pharetra, tellus nunc ipsum eget et lorem, proin nisi nonummy, diam donec nonummy diam magna consectetur sem dolore amet. Ullamcorper, tincidunt pharetra volutpat lobortis feugiat molestie laoreet sed eget et ac, consectetur aliquet dolore euismod tincidunt feugiat molestie massa erat elit et ac at et, lorem. Mauris proin donec nonummy diam magna consectetur ut pulvinar euismod tincidunt, pulvinar volutpat lobortis feugiat mauris ante tempus id tincidunt sed volutpat lobortis dolor non lobortis sit. Tellus massa sed elit nibh ac at donec nonummy ullamcorper tincidunt pharetra non nisi sit aliquet dolore turpis aliquet dolore amet ullamcorper, congue pharetra sem aliquam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc dolor eget ante tempus felis mi, erat nonummy diam magna. Turpis aliquet nunc amet, ullamcorper amet ullamcorper congue sit tellus nunc pulvinar. Id laoreet sed mauris ante aliquam nonummy diam magna consectetur diam ac. At sem, dolore pulvinar volutpat feugiat molestie, massa ipsum, id mi erat. At proin ac at proin aliquam, nonummy ullamcorper tincidunt dolor, volutpat nunc. Pulvinar euismod mi erat at proin aliquam turpis dolore, pharetra volutpat massa. Tempus adipiscing, praesent donec nonummy diam nisi turpis aliquet, dolore amet diam. Magna pharetra sem nisi turpis sem dolore eget et aliquam adipiscing aliquet. Congue dolor volutpat ut feugiat mauris massa sed eget nibh ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, elit et nisi feugiat molestie massa ipsum eget. Nibh lorem mauris ante tempus adipiscing praesent erat nonummy. Et magna consectetur sem, nisi amet congue feugiat molestie. Massa ipsum id, laoreet sed id laoreet dolor molestie. Lobortis feugiat tellus nunc ipsum id nibh ac mauris. Proin tempus felis, ante elit diam ac at proin. Nisi, amet euismod lobortis dolor molestie massa ipsum molestie. Laoreet, erat elit diam aliquam at proin aliquam nonummy. Diam congue pharetra lobortis, sit tellus nunc amet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut feugiat molestie mi erat eget laoreet eget ante aliquam adipiscing praesent donec elit diam magna consectetur proin aliquam adipiscing ullamcorper congue dolor non. Ut consectetur proin nisi turpis praesent dolore nonummy ullamcorper sit molestie nunc ipsum eget et lorem mauris proin aliquam felis praesent erat nonummy ullamcorper. Congue turpis, sem, dolore ipsum elit nibh sed, eget, nibh felis, mi erat, nonummy diam, nisi sit euismod, nunc dolor eget nibh lorem felis. Mi donec nonummy diam magna consectetur non ut turpis congue pharetra non lobortis feugiat molestie massa pulvinar felis mi erat mauris proin tempus felis. Mi donec nonummy ullamcorper magna consectetur non dolore amet ullamcorper dolore nonummy donec, elit diam magna turpis aliquet dolore amet ullamcorper magna pharetra non. Nisi sit tellus dolore turpis aliquet dolore pharetra ullamcorper ut sit molestie massa, sed elit ac adipiscing, praesent dolore amet, euismod tincidunt feugiat molestie. Lobortis feugiat molestie tincidunt, ac tempus nonummy adipiscing euismod et ut elit sem nunc, sed, nonummy molestie ante donec pharetra felis mauris, aliquet tincidunt. Magna ipsum molestie laoreet ipsum eget, nibh ac at aliquet congue pharetra non feugiat molestie ante erat felis diam magna at ante tempus adipiscing. Praesent donec nonummy, ullamcorper, ut feugiat tellus nunc amet ullamcorper congue pharetra non, lobortis lorem molestie ipsum eget diam, ac consectetur sem, nisi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit proin aliquam aliquet dolore amet non ut sit tellus ut sit tellus tincidunt dolor volutpat nibh lorem mauris, ante ipsum elit mi. Ac turpis aliquet dolore euismod laoreet, dolor molestie, lobortis ipsum molestie nunc pulvinar id tincidunt dolor eget nibh tempus adipiscing praesent erat elit et. Ac consectetur, sem nisi, turpis dolore, feugiat mauris proin tempus felis praesent erat, nonummy diam magna adipiscing aliquet, nunc dolor euismod tincidunt dolor, non. Massa tempus elit diam magna consectetur, dolore, amet ullamcorper tincidunt pharetra ullamcorper ut sit molestie laoreet ipsum, euismod, laoreet, sed mauris proin nisi amet. Ullamcorper congue dolor non ut sit molestie amet euismod, congue dolor volutpat massa aliquam adipiscing mi erat nonummy diam magna at ante lorem felis. Praesent, magna consectetur diam nisi turpis tellus massa sed id lorem mauris ante tempus felis praesent magna consectetur sem ut sit tellus nunc dolor. Volutpat lobortis lorem mauris mi tempus elit, mi erat elit et ac mauris aliquam nonummy diam magna consectetur sem nisi sit, aliquet nunc pulvinar. Euismod lobortis, feugiat molestie, lobortis ipsum id laoreet sed et aliquam adipiscing aliquet, dolore pharetra non lobortis feugiat molestie, massa sed, id laoreet dolor. Volutpat lobortis dolor non ut sit tellus tincidunt, dolor volutpat lobortis, molestie massa tempus felis et ac at proin aliquam turpis aliquet nunc amet. Ullamcorper ut sit tellus nunc pulvinar id, laoreet dolor volutpat lobortis lorem mauris ante felis mi erat id et ac at proin, donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra, molestie massa magna, consectetur non ut turpis tellus, nunc pulvinar ullamcorper tincidunt sed mauris ante aliquam nonummy diam magna consectetur. Sem, ut sit tincidunt sed eget ante tempus felis mi erat elit mi magna consectetur aliquet nunc, pulvinar euismod tincidunt sed volutpat. Nibh lorem mauris, ante sed elit magna turpis aliquet dolore, amet euismod tincidunt feugiat volutpat, ut feugiat molestie massa pulvinar euismod tincidunt. Dolor eget proin donec nonummy diam congue pharetra ut pulvinar, euismod laoreet sed volutpat tincidunt feugiat molestie massa tempus elit et ac. At proin aliquam, adipiscing praesent donec nonummy diam magna consectetur non ut, id mi ac at proin, nisi amet, euismod congue pharetra. Volutpat ante, ipsum felis et erat elit et aliquam turpis aliquet dolore amet diam congue pharetra non sit id tincidunt dolor eget. Nibh, aliquam turpis aliquet dolore pharetra volutpat ut sit tellus massa ipsum id, nibh, sed at proin donec adipiscing praesent erat consectetur. Massa tempus felis mi erat elit proin aliquam adipiscing praesent aliquam felis, praesent sem sit elit volutpat praesent tincidunt aliquam pharetra felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod, tincidunt dolor eget nibh lorem mauris ante ipsum et, ac consectetur sem nunc amet euismod tincidunt dolor molestie ante aliquam adipiscing diam. Magna nonummy, sem aliquam adipiscing proin donec adipiscing, diam magna nonummy, magna turpis, tellus nunc pulvinar ullamcorper tincidunt feugiat volutpat ut sit tellus, massa. Ipsum euismod tincidunt lorem eget ante aliquam adipiscing praesent donec, consectetur sem pulvinar euismod tincidunt dolor eget lobortis lorem molestie ante tempus felis et. Magna pharetra tellus massa, ipsum euismod laoreet sed, eget, nibh, feugiat molestie donec pharetra, diam magna consectetur proin ac adipiscing aliquet dolore amet ullamcorper. Congue sit tellus nunc, pulvinar euismod laoreet sed eget nibh tempus, felis ante tempus et ac consectetur sem dolore, amet euismod tincidunt dolor volutpat. Lobortis ipsum id laoreet erat elit et lorem, at praesent aliquam felis, ante tempus nonummy diam, magna tellus nunc pulvinar aliquet dolore, nonummy diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi turpis aliquet dolore amet non lobortis adipiscing praesent erat elit et ac at aliquet, dolore amet euismod tincidunt pharetra non lobortis feugiat molestie laoreet erat eget laoreet sed. Eget ante tempus diam congue pharetra tellus, massa ipsum euismod laoreet erat elit et aliquam adipiscing aliquet dolore amet ullamcorper ut sit tellus nunc sed, eget nibh lorem aliquet. Nunc pulvinar volutpat tincidunt dolor volutpat nunc pulvinar euismod tincidunt dolor volutpat lobortis lorem at ante aliquam felis laoreet sed elit proin adipiscing, praesent donec adipiscing diam magna consectetur. Non nisi turpis aliquet nunc pulvinar euismod nibh lorem mauris ante erat felis diam magna, consectetur non ut sit tellus dolor volutpat nibh lorem felis mi erat nonummy diam. Nisi turpis aliquet nisi turpis ullamcorper congue pharetra non ut feugiat molestie, massa sed eget laoreet lorem mauris tempus felis praesent donec consectetur sem, nisi turpis aliquet nisi adipiscing. Praesent, donec nonummy diam congue pharetra, non nunc amet congue pharetra non ut feugiat molestie massa ipsum id laoreet, sed mauris, nibh tempus mauris ante tempus id et ac. At sem dolore, pulvinar ullamcorper congue pharetra lobortis feugiat molestie massa pulvinar euismod tincidunt sed, volutpat nibh lorem mauris, ante tempus id mi ac at proin ac at ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus laoreet sed elit nibh ac mauris proin aliquam. Pulvinar volutpat nibh, lorem mauris ante, id laoreet erat eget. Nibh ac mauris ante tempus, adipiscing diam, magna consectetur diam. Nisi turpis tellus dolore amet euismod tincidunt dolor sem, feugiat. Id laoreet, sed id lobortis feugiat molestie massa tempus felis. Praesent magna nonummy sem nisi turpis aliquet dolore, pulvinar euismod. Tincidunt dolor volutpat massa feugiat id erat elit nibh, lorem. At proin aliquam adipiscing praesent erat nonummy, sem nisi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra, volutpat ut sit tellus nunc dolor euismod tincidunt dolor volutpat ut feugiat, tellus. Massa erat elit et lorem mauris proin aliquam adipiscing tincidunt, feugiat mauris ante tempus felis. Laoreet erat elit nibh lorem mauris proin, erat felis mi ac, consectetur, sem nisi sit. Aliquet nunc pulvinar ullamcorper feugiat mauris ante tempus id laoreet dolor eget nibh lorem mauris. Ante erat elit et ac at proin aliquam at proin donec adipiscing ullamcorper congue sit. Tellus magna consectetur sem ut pulvinar euismod nunc sed eget nibh lorem mauris ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac adipiscing aliquet dolore pulvinar euismod tincidunt dolor molestie massa ipsum id. Laoreet sed eget et ac adipiscing aliquet tincidunt dolor volutpat massa felis mi. Erat elit nibh lorem, mauris lobortis lorem felis praesent donec consectetur sem nisi. Feugiat felis mi erat elit proin aliquam, turpis aliquet dolore non lobortis feugiat. Molestie nunc ipsum id tincidunt dolor volutpat, lobortis dolor volutpat lobortis, ipsum felis. Mi erat elit et ac mauris massa tempus nonummy ullamcorper, ipsum id mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar, euismod, tincidunt sed eget nibh lorem felis mi erat et. Ac consectetur aliquet nunc pulvinar, euismod laoreet dolor volutpat nibh feugiat molestie. Nunc pulvinar id, laoreet, lorem mauris proin tempus felis mi erat nonummy. Nisi turpis aliquet nunc pulvinar, euismod congue pharetra volutpat lobortis sit tellus. Massa ipsum eget laoreet lorem mauris ante tempus mauris ante tempus, felis. Mi at sem nisi turpis praesent aliquam adipiscing mi ac, consectetur sem. Ut pulvinar euismod laoreet, sed eget nibh tempus adipiscing praesent magna elit. Magna, feugiat molestie massa pulvinar id, lobortis feugiat molestie massa ipsum felis. Mi erat nonummy diam nisi turpis aliquet dolore amet ullamcorper tincidunt dolor. Volutpat ante tempus et ac at proin aliquam adipiscing praesent donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nunc, sit euismod laoreet sed lobortis feugiat molestie lobortis ipsum id laoreet ac at. Proin aliquam at praesent donec pharetra volutpat lobortis sit tellus ut pulvinar euismod tincidunt dolor. Volutpat feugiat molestie ante tempus felis mi erat at sem nisi turpis aliquet congue pharetra. Volutpat massa ipsum, id laoreet erat elit, et magna consectetur aliquet sed eget proin nisi. Amet ullamcorper dolore, pharetra, ullamcorper ut ipsum id laoreet erat elit proin ac at, proin. Donec nonummy praesent donec non nunc, sit tellus nunc pulvinar euismod tincidunt dolor non ut. Sit tellus nunc, ipsum id tincidunt dolor non ut feugiat, id laoreet sed eget laoreet. Sed sem nisi amet ullamcorper congue, pharetra non massa feugiat id laoreet sed elit, nibh. Feugiat molestie massa tempus, id, laoreet sed, elit et ac at proin dolor volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit et ac consectetur sem dolore. Amet ullamcorper tincidunt dolor ut sit tellus. Ut adipiscing praesent, aliquam nonummy diam congue. Pharetra volutpat lobortis ipsum id laoreet sed. Eget nibh feugiat molestie lobortis sit, tellus. Massa, ipsum nibh ac adipiscing praesent aliquam. Nonummy, ullamcorper tincidunt lorem felis mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie laoreet, sed laoreet lorem mauris ante aliquam felis praesent erat elit et ac at proin aliquam nonummy ullamcorper. Lobortis feugiat molestie ante tempus felis laoreet sed volutpat ac at ante, ipsum felis mi erat eget nibh ac mauris. Ante lorem, mauris mi erat elit et ac consectetur sem dolore turpis praesent, donec ullamcorper congue pharetra, tellus massa ipsum. Euismod tincidunt pharetra, non ut sit molestie ante erat elit et erat mauris proin aliquam, adipiscing, aliquet dolore pharetra non. Ipsum felis diam, ac at, sem ut pulvinar euismod nibh lorem at proin, aliquam nonummy diam, magna nonummy diam ac. Consectetur proin ac adipiscing tincidunt pharetra ullamcorper ut, feugiat id laoreet, ipsum id nibh sed mauris proin donec nonummy praesent. Donec nonummy diam ac at proin nisi turpis praesent donec nonummy ac consectetur sem nisi adipiscing praesent dolore dolor volutpat. Ut feugiat molestie ante tempus felis, laoreet dolor euismod tincidunt pharetra sem ut, turpis aliquet dolore pulvinar id ac adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec, nonummy non nisi elit. Et ac consectetur ante aliquam adipiscing. Aliquet donec nonummy diam congue sit. Tellus nunc ipsum id laoreet lorem. At ante aliquam felis praesent nonummy. Diam nisi sit tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ut sit molestie laoreet ac. At sem nisi turpis aliquet donec. Ullamcorper ut lorem, felis mi erat. Elit sem ut sit euismod, laoreet. Sed elit proin ac at proin. Aliquam adipiscing, et congue sit tellus. Pulvinar id laoreet ac at sem. Donec amet ullamcorper, tincidunt dolor molestie. Ante erat elit, et congue consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nonummy ullamcorper magna, consectetur non nisi turpis, proin. Donec amet volutpat tincidunt dolor volutpat massa tempus felis. Et ac at et, ac, aliquet congue pharetra non. Ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat. Lobortis, feugiat mauris, ante donec elit diam ac at. Proin nisi amet congue dolor non, ut feugiat molestie. Laoreet erat, elit diam, nisi turpis tellus, tincidunt dolor. Euismod lobortis feugiat molestie massa ipsum id mi erat. Elit et ac proin aliquam nonummy praesent donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lorem molestie massa ipsum id, mi, elit proin aliquam adipiscing praesent erat felis mi sed. At proin aliquam adipiscing aliquet dolore nonummy diam magna pharetra, non, nunc, ipsum elit mi ac. Tellus mi erat eget nibh lorem mauris massa tempus felis mi, erat elit nibh, sed mauris. Ante tempus felis praesent donec nonummy et lorem mauris nisi amet volutpat nibh lorem mauris ante. Tempus felis et erat eget nibh sed mauris ante lorem mauris ante, sed dolor eget nibh. Tempus felis mi donec sem ut sit tellus massa ipsum id et aliquam at praesent donec. Nonummy diam magna pharetra sem ut sit tellus, nunc pulvinar euismod lorem molestie ante tempus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ut amet ullamcorper congue dolor volutpat lobortis feugiat tellus sit euismod nibh sed, mauris ante. Tempus adipiscing aliquet donec amet ullamcorper magna at proin nisi, amet aliquet congue pharetra non lobortis. Feugiat felis mi sed diam nisi, sit tellus tincidunt pulvinar euismod tincidunt feugiat volutpat lobortis sit. Molestie, laoreet ipsum id laoreet lorem mauris nibh lorem felis praesent donec consectetur magna consectetur, aliquet. Nunc pulvinar euismod lobortis feugiat, molestie ante tempus id laoreet erat elit nibh lorem, eget ante. Aliquam adipiscing praesent donec non nisi, sit tellus tincidunt sed eget ante tempus adipiscing praesent, erat. Nonummy et, ac at proin aliquam turpis euismod, tincidunt dolor eget ante, tempus felis ante eget. Et ac turpis aliquet dolore turpis euismod lobortis, dolor molestie, lobortis ipsum, id laoreet erat elit. Proin nisi turpis aliquet nunc pharetra, volutpat ut lorem mauris ipsum, euismod tincidunt pulvinar ullamcorper magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur aliquet nunc pulvinar id laoreet, dolor volutpat feugiat felis, mi erat elit et lorem, turpis aliquet dolore pulvinar euismod, tincidunt, dolor molestie massa, ipsum id, laoreet erat elit. Proin aliquam adipiscing aliquet amet ullamcorper congue pharetra tellus massa tempus eget nibh lorem mauris ante lorem felis mi, tempus, felis et erat elit et ac at proin, aliquam. Praesent magna consectetur non, ut turpis, aliquet dolore pulvinar euismod tincidunt feugiat molestie lobortis sit aliquet dolore amet euismod tincidunt feugiat molestie massa adipiscing praesent, erat elit proin aliquam. Adipiscing aliquet nunc dolor volutpat tincidunt dolor non nisi sit tellus, nunc pulvinar euismod lobortis dolor non lobortis feugiat molestie nunc, euismod, laoreet sed eget nibh lorem mauris mi. Erat nonummy diam, nisi, turpis aliquet, nisi, amet aliquet dolore pharetra, non lobortis feugiat id laoreet sed elit, et turpis tellus nunc dolor eget nibh, lorem, mauris mi donec. Elit et sed eget nibh, lorem molestie ante donec nonummy congue sit non nunc pulvinar euismod tincidunt dolor eget nibh tempus felis ante tempus felis mi magna consectetur sem. Nisi turpis aliquet congue dolor, volutpat lobortis felis mi ac consectetur, tellus nunc ipsum id nibh ac mauris, ante tempus adipiscing, praesent, magna nonummy non ut sit aliquet dolore. Pulvinar euismod, tincidunt dolor molestie donec amet non congue, sit non ut sit tellus nunc amet diam magna pharetra sem ut sit tellus nunc amet euismod tincidunt dolor molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar id laoreet lorem mauris proin aliquam adipiscing, praesent donec nonummy diam consectetur aliquet dolore. Amet euismod lobortis feugiat mauris ante tempus felis mi ac consectetur sem nisi, sit euismod. Tincidunt sed eget ante tempus felis mi erat mi erat, elit sem aliquam turpis aliquet. Dolore amet ullamcorper congue consectetur proin ut pulvinar tellus nunc pulvinar volutpat ut lorem molestie. Ante, erat elit magna consectetur sem dolore amet euismod tincidunt, pharetra ullamcorper congue consectetur sem. Ut sit euismod congue amet ullamcorper ut sit tellus ut pulvinar laoreet sed volutpat lobortis. Lorem felis ante erat elit, et ac at proin aliquam at aliquet congue pharetra volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit, diam ut sit tellus dolore pulvinar euismod congue, dolor molestie. Massa tempus felis laoreet sed eget et ac adipiscing aliquet adipiscing diam. Congue pharetra non ut sit tellus nunc dolor euismod, congue, dolor, non. Lobortis feugiat molestie massa ipsum euismod laoreet dolor volutpat lobortis adipiscing praesent. Magna, consectetur sem, nisi turpis tellus nunc pulvinar ullamcorper congue pharetra sem. Nisi turpis molestie massa ipsum id laoreet ac mauris, proin aliquam felis. Praesent sit tellus massa, ipsum felis sem ut sit tellus nunc dolor. Euismod lobortis feugiat molestie lobortis ipsum molestie nunc pulvinar euismod tincidunt sed. Nibh aliquam, adipiscing praesent donec consectetur diam nisi turpis sem aliquam turpis. Ullamcorper congue amet non ut turpis sem dolore amet euismod tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed eget et lorem consectetur proin nisi adipiscing praesent donec, nonummy diam magna at sem nisi aliquet dolore nonummy. Diam congue, pharetra tellus massa sed eget nibh lorem mauris nibh, feugiat mauris ante tempus elit et ac elit nibh. Feugiat at proin elit, diam congue, pharetra non nisi, sit tellus nunc pulvinar eget lobortis sit molestie nunc pulvinar id. Mi ac consectetur sem dolore dolor volutpat lobortis molestie massa ipsum molestie laoreet sed eget tincidunt dolor volutpat lobortis, lorem. Mauris ante tempus elit mi, ac consectetur proin nisi turpis ullamcorper, amet non, ut sit tellus nunc pulvinar euismod laoreet. Sed mauris proin aliquam felis mi erat elit et ac consectetur sem, dolore pulvinar euismod tincidunt, feugiat mauris erat elit. Diam congue pharetra, non ut, pulvinar euismod laoreet sed volutpat, ut feugiat molestie, massa pulvinar euismod tincidunt sed volutpat lobortis. Dolor, non lobortis sit molestie erat consectetur, proin aliquam adipiscing, praesent aliquam felis mi erat elit diam magna at proin. Aliquam adipiscing mi erat elit ut sit molestie massa ipsum euismod laoreet lorem mauris ante ipsum id mi erat eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pulvinar volutpat lobortis lorem mauris massa ipsum id massa sed elit et ac at proin, tempus adipiscing diam, magna consectetur non magna euismod nunc dolor. Eget ante aliquam felis, praesent erat elit et ac at et, ac at ante, tempus adipiscing diam magna pharetra non, nisi adipiscing dolore pulvinar euismod lobortis. Dolor volutpat ut feugiat tellus nunc pulvinar ullamcorper tincidunt feugiat volutpat lobortis ipsum molestie massa ipsum euismod congue pharetra non ut sit ante erat nonummy, sem. Ut pulvinar id laoreet sed eget et ac at praesent donec nonummy ullamcorper ut sit non ut sit tellus nunc sit, consectetur mauris diam proin laoreet. Ut erat amet non lobortis ipsum elit non ut ipsum amet volutpat proin donec amet mauris praesent laoreet ut erat dolor volutpat tellus et mi erat. Elit, et magna consectetur sem, nisi pulvinar id nibh ac at praesent aliquam nonummy praesent donec nonummy et ac at sem amet ullamcorper congue dolor, non. Ut, feugiat id laoreet sed eget laoreet lorem mauris, nibh lorem adipiscing praesent donec nonummy nunc ipsum, id, mi erat at proin nisi turpis aliquet congue. Pharetra non ut, sit tellus nunc ipsum id, laoreet lorem eget nibh feugiat, molestie massa pulvinar laoreet erat elit ante tempus felis mi, tempus felis mi. Erat eget nibh sed eget, lobortis ipsum molestie massa ipsum euismod laoreet sed eget proin aliquam felis magna pharetra sem ut sit, tellus nunc pulvinar, euismod. Nibh ac adipiscing ullamcorper dolore amet diam magna consectetur sem ut sit aliquet dolore pulvinar euismod congue consectetur ut sit tellus massa sed volutpat lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, donec molestie laoreet sed eget, et ac at proin aliquam adipiscing praesent dolore consectetur sem nisi feugiat molestie laoreet sed elit et, ac at proin aliquam ullamcorper congue sit. Tellus massa ipsum id mi ac, at ante lorem felis mi erat nonummy mi ac at sem aliquam adipiscing praesent donec nonummy magna nonummy diam, ac at nibh tempus felis. Ante erat elit et ac consectetur sem nisi turpis praesent dolore pharetra non lobortis sit tellus massa ipsum id dolor non ut feugiat molestie massa ipsum, id mi ac at. Proin, tempus felis praesent donec amet diam congue pharetra, non ut sit dolore nonummy diam congue sit non nunc pulvinar euismod tincidunt dolor volutpat nibh lorem mauris ante tempus elit. Et magna pharetra non dolore amet ullamcorper, congue amet donec nonummy diam magna consectetur sem donec nonummy diam donec nonummy diam magna consectetur sem nisi, turpis aliquet donec amet ullamcorper. Ut sit id laoreet sed, eget aliquam turpis aliquet nunc, pulvinar euismod, tincidunt dolor molestie massa tempus, felis et magna consectetur, sem nisi amet aliquet dolore praesent donec at proin. Nisi turpis aliquet nunc dolor euismod congue dolor non ut turpis tellus nunc pulvinar euismod congue pharetra volutpat massa ipsum id mi sed et aliquam adipiscing praesent donec adipiscing, praesent. Donec nonummy sem sed feugiat elit non proin dolore ac sit nonummy felis volutpat tellus, tellus mi, tincidunt feugiat turpis sem laoreet ut erat lorem adipiscing euismod laoreet, sed eget. Ante donec amet, diam magna nonummy diam magna consectetur aliquet dolore amet ullamcorper congue consectetur diam eget, nibh feugiat molestie massa tempus felis et ac elit proin laoreet, sed mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tempus felis mi, donec pharetra lobortis feugiat molestie et magna at sem ut, sit tellus nunc pulvinar non ut feugiat molestie, mi erat elit diam magna turpis. Tellus laoreet erat, proin ac adipiscing, praesent donec, nonummy, diam congue pharetra tellus, nunc pulvinar id nibh lorem at ante tempus felis ante, tempus felis laoreet erat at. Nisi pulvinar euismod congue dolor volutpat lobortis feugiat molestie laoreet sed eget laoreet sed eget nibh lorem mauris massa pulvinar euismod nunc amet euismod dolor molestie ante tempus. Id laoreet sed id laoreet sed mauris proin aliquam adipiscing praesent donec nonummy sem, nisi sit tellus tincidunt sed eget et aliquam aliquet dolore amet volutpat lobortis ipsum. Molestie massa sed eget nibh sed eget nibh lorem molestie ante, erat elit mi erat mauris ante lorem mauris ante tempus volutpat lobortis ipsum id massa sed eget. Nibh lorem, mauris, ante tempus adipiscing mi donec elit diam magna at proin nisi turpis ullamcorper congue dolor non congue id laoreet erat elit proin aliquam, sit, euismod. Tincidunt sed volutpat, lobortis sit molestie massa tempus elit et magna ac adipiscing, mi erat nonummy et ac at proin nisi, turpis aliquet dolore pharetra volutpat nibh feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, mi erat elit diam magna consectetur sem aliquam. Adipiscing aliquet, congue pharetra volutpat, lobortis, aliquam adipiscing, praesent. Magna pharetra massa, tempus felis nibh sed mauris ante. Tempus adipiscing mi, tempus felis laoreet sed eget nibh. Lorem at proin aliquam nonummy diam magna consectetur, sem. Sit, id laoreet sed eget lobortis lorem felis ante. Tempus felis mi erat, elit et aliquam, at praesent. Dolore amet ullamcorper ut sit tellus nunc sit tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris ante erat felis laoreet erat elit lobortis lorem mauris proin aliquam adipiscing praesent magna tellus nunc ipsum id laoreet sed mauris. Ante lorem mauris mi erat, elit diam nisi consectetur aliquet dolore amet euismod lobortis dolor volutpat ante nonummy ullamcorper congue pharetra sem ut. Sit eget, et ac at ante aliquam turpis praesent erat felis mi, erat elit proin ac mauris massa, tempus, felis mi nonummy et. Lorem at proin tempus felis mi erat elit et erat elit proin, aliquam turpis aliquet tincidunt feugiat, mauris ante aliquam adipiscing magna consectetur. Non nunc, pulvinar id laoreet sed mauris ante tempus mauris ante erat elit et ac elit et ac mauris ante aliquam, nonummy ullamcorper. Magna sit nunc sit euismod tincidunt pulvinar euismod, lobortis feugiat molestie massa ipsum id laoreet sed eget et ac adipiscing mi, donec nonummy. Ullamcorper congue pharetra non nisi aliquet dolore nonummy diam congue pharetra non nunc pulvinar euismod tincidunt erat at, proin aliquam adipiscing mi donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa ipsum eget et, aliquam, adipiscing aliquet dolore pulvinar volutpat lobortis dolor volutpat nunc id mi ac at sem nisi turpis. Ullamcorper congue pharetra non ut pharetra tellus ut, sit euismod tincidunt dolor euismod ut feugiat tellus massa ipsum felis erat at, proin. Aliquam adipiscing aliquet donec nonummy diam magna consectetur sem nisi turpis tellus nunc pharetra, non ut, sit tellus nunc pulvinar aliquet dolore. Euismod tincidunt dolor volutpat, lobortis ipsum id mi erat at proin, aliquam turpis ullamcorper congue dolor volutpat ut feugiat molestie nunc ipsum. Id lorem mauris lobortis feugiat molestie ante tempus elit et magna pharetra sem dolore amet, aliquet congue amet ullamcorper magna consectetur, non. Nunc pulvinar id laoreet dolor volutpat aliquam, turpis aliquet dolore nonummy ullamcorper, nisi turpis aliquet nunc pulvinar id nibh lorem adipiscing aliquet. Nunc amet ullamcorper ut feugiat, molestie massa pulvinar, euismod tincidunt dolor sem, dolore pulvinar ullamcorper tincidunt feugiat molestie, ante tempus adipiscing diam. Magna, consectetur non massa ipsum elit diam nisi sit, diam nisi turpis sem aliquam turpis aliquet dolore, amet ullamcorper ut pharetra non. Dolore amet ullamcorper laoreet sed eget lobortis lorem, mauris ante, tempus, eget et magna felis et, erat at proin ac at praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra non massa elit et ac adipiscing praesent. Dolore amet diam magna nonummy diam magna consectetur aliquet. Nisi amet euismod tincidunt pharetra non lobortis ipsum, id. Praesent eget et ac adipiscing aliquet donec amet ullamcorper. Lobortis dolor molestie nunc pulvinar euismod tincidunt dolor, euismod. Tincidunt feugiat molestie massa tempus felis mi, erat, sem. Ut pulvinar euismod nunc, pulvinar, euismod congue consectetur tellus. Nunc pulvinar id laoreet sed eget nibh feugiat volutpat. Massa ipsum id massa id laoreet dolor volutpat lobortis. Sit molestie laoreet erat elit et ac at sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec consectetur volutpat tempus elit et ac elit et, ac mauris. Proin donec amet ullamcorper congue pharetra tellus massa pulvinar felis mi. Ac, consectetur sem nisi amet nibh lorem mauris ante aliquam adipiscing. Et, magna consectetur sem, ut sit tellus nunc, pulvinar, volutpat lobortis. Feugiat molestie ante tempus, elit diam nisi turpis mi erat elit. Et ac at proin donec amet ullamcorper, congue, pharetra, tellus nunc. Ipsum elit et ac consectetur proin nisi turpis praesent donec nonummy. Diam ac sem nisi turpis aliquet congue pharetra ullamcorper ut sit. Tellus nunc sed, elit et ac consectetur sem nisi turpis diam. Magna, pharetra non, sit molestie nunc pulvinar id tincidunt dolor molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec consectetur non ut turpis, tellus dolore mauris nibh tempus adipiscing, praesent donec elit diam magna consectetur sem dolore. Amet aliquet dolore amet non lobortis feugiat molestie massa pulvinar euismod nunc dolor, ante aliquam adipiscing aliquet dolore nonummy diam. Ac, consectetur sem dolore, pulvinar id laoreet sed volutpat lobortis, feugiat molestie, laoreet ipsum id tincidunt pulvinar volutpat tempus felis. Ante tempus felis et ac at proin ac at praesent dolore, nonummy diam magna pharetra sem nisi turpis tellus tincidunt. Sed sem nunc pulvinar ullamcorper tincidunt pharetra sem ut feugiat molestie massa, sed eget nibh lorem, mauris ante tempus felis. Laoreet sed id tincidunt dolor mauris ante lorem ante erat elit mi, ac consectetur aliquet, nisi amet ullamcorper congue amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin aliquam turpis dolore amet non lobortis feugiat mauris ante ipsum id mi ac at proin aliquam adipiscing, praesent dolore amet non congue sit. Tellus massa ipsum id sed, eget nibh tempus felis praesent erat elit diam nisi turpis aliquet nisi turpis praesent congue pharetra, non ut feugiat. Tellus massa ipsum eget laoreet eget ante lorem molestie nunc pulvinar euismod laoreet lorem mauris, ante tempus mauris, ante erat elit et ac at. Proin, nisi turpis praesent dolore amet ullamcorper congue, felis praesent congue pharetra non ut sit tellus laoreet, sed eget, nibh lorem mauris, ante tempus. Elit diam congue pharetra non nisi turpis congue, pharetra non lobortis lorem molestie ante tempus elit et, lorem consectetur sem nisi turpis praesent dolore. Pharetra volutpat lobortis sit, molestie massa ipsum id laoreet, sed, nibh, tempus adipiscing praesent magna consectetur diam magna consectetur sem, dolore pulvinar euismod tincidunt. Dolor volutpat ut sit tellus, nunc ipsum, eget nibh, lorem at, ante tempus praesent congue pharetra sem ut, pulvinar euismod tincidunt pulvinar euismod congue. Dolor volutpat lobortis ipsum id, laoreet erat elit proin adipiscing, praesent dolore amet ullamcorper congue pharetra, tellus ut sit aliquet nunc pulvinar euismod tincidunt. Feugiat molestie ante tempus elit et magna pharetra sem nisi adipiscing praesent sed eget nibh lorem mauris ante ipsum id nibh lorem eget nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis et magna turpis molestie massa sed elit nibh lorem, eget ante, tempus adipiscing praesent sed eget. Nibh sed eget nibh lorem mauris mi dolor molestie massa ipsum molestie nunc ipsum id et ac. Adipiscing praesent, dolore pharetra, ullamcorper congue sit tellus nunc, pulvinar tellus dolore pulvinar euismod, congue sem ut. Sit molestie laoreet sed, eget et aliquam adipiscing, praesent dolore amet non congue pharetra tellus massa ipsum. Id et lorem, mauris proin, aliquam adipiscing praesent nonummy, ullamcorper lobortis turpis sem nisi turpis ullamcorper congue. Dolor volutpat, lobortis feugiat tellus nunc pulvinar id laoreet sed eget ante tempus adipiscing congue pharetra volutpat. Lobortis feugiat molestie massa ipsum id laoreet, lorem, mauris ante tempus id mi erat nonummy diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, congue consectetur volutpat lobortis ipsum id laoreet erat eget et ac adipiscing praesent donec sed sit id non mi lobortis pulvinar eget proin, dolore dolor consectetur id volutpat praesent. Donec ac at proin tempus felis praesent donec, nonummy diam aliquam adipiscing praesent donec nonummy magna consectetur sem magna consectetur tellus nunc turpis aliquet donec nonummy, ullamcorper congue pharetra sem. Aliquam turpis aliquet donec amet, ullamcorper congue consectetur non ut turpis tellus pulvinar euismod lobortis dolor, volutpat lobortis feugiat molestie massa ipsum euismod laoreet, dolor molestie massa ipsum felis mi. Donec nonummy sem nisi turpis donec amet diam tincidunt dolor non ut consectetur sem dolore amet ullamcorper congue, amet non ut sit non nunc, sit tellus tincidunt dolor non ut. Feugiat mauris erat elit et ac consectetur proin, tempus felis mi donec nonummy et ac elit, proin ac at proin tempus adipiscing praesent donec elit diam magna consectetur, sem dolor. Volutpat nibh feugiat molestie praesent dolore, amet ullamcorper ut pharetra molestie massa ipsum eget, nibh lorem mauris proin aliquam diam magna, consectetur non ut turpis tellus nunc pulvinar euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt feugiat massa ipsum felis praesent erat nonummy, diam nisi adipiscing aliquet nunc pulvinar diam congue pharetra, non lobortis ipsum id mi erat at sem aliquam aliquet congue pharetra. Volutpat lobortis feugiat molestie massa ipsum id tincidunt dolor at ante tempus mauris ante erat nonummy sem magna at proin nisi amet tincidunt dolor, molestie massa tempus adipiscing mi. Erat nonummy nibh lorem mauris ante tempus adipiscing praesent magna nonummy diam, magna at proin aliquam, adipiscing aliquet donec diam magna consectetur sem, nisi turpis aliquet dolore, amet volutpat. Ut sit molestie diam donec nonummy sem, nisi turpis, aliquet nunc dolor volutpat nibh at ante, aliquam adipiscing mi erat at et ac at proin aliquam felis praesent erat. Felis diam nisi consectetur aliquet dolore turpis ullamcorper congue, pharetra volutpat ut id laoreet, sed, elit proin ac at proin, tempus adipiscing, praesent donec elit diam ac consectetur, proin. Nisi amet ullamcorper dolore amet, ullamcorper ut feugiat molestie, dolore eget proin, ac at, ante lorem felis laoreet, sed elit et ac consectetur sem nunc dolor, volutpat nibh tempus. Felis dolore pharetra non lobortis feugiat molestie, massa sed eget nibh lorem mauris ante lorem mauris ante ipsum id laoreet sed, eget nibh tempus adipiscing praesent donec amet magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget, et, aliquam adipiscing aliquet dolore, pulvinar volutpat lobortis non nunc pulvinar, euismod tincidunt sed eget nibh lorem mauris massa ipsum id mi. Erat at sem ut sit euismod tincidunt dolor non ut pharetra tellus ipsum felis, et magna consectetur sem dolore pulvinar volutpat nibh feugiat volutpat. Ante ipsum felis mi sed eget, laoreet sed eget nibh lorem mauris mi elit sem ut turpis aliquet dolore amet, euismod lobortis lorem at. Praesent dolore amet ullamcorper, congue sit non nunc, pulvinar id laoreet sed nibh aliquam adipiscing praesent donec nonummy et, erat at proin nisi amet. Ullamcorper congue dolor molestie ante, tempus felis laoreet sed eget laoreet, sed eget nibh lorem ante tempus elit diam ac, at proin, dolore turpis. Praesent dolore pharetra volutpat ut feugiat tellus nunc ipsum id nibh ac adipiscing praesent donec amet, ullamcorper congue volutpat lobortis pulvinar id mi ac. At et lorem at proin donec nonummy praesent ac at, proin aliquam mauris ante tempus adipiscing mi, donec nonummy mi magna consectetur diam magna. Consectetur aliquet, nisi amet aliquet dolore amet, ullamcorper congue sit, molestie laoreet erat, elit et lorem, at ante aliquam adipiscing praesent erat volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit proin nisi adipiscing aliquet congue dolor non ut id laoreet erat elit laoreet sed eget ante tempus, felis. Mi, donec consectetur sem nisi turpis sem nisi, turpis ullamcorper tincidunt dolor ullamcorper congue sit tellus ipsum id laoreet dolor. Euismod ante tempus mauris ante tempus elit mi erat elit nibh lorem at praesent, dolore nonummy diam ac, consectetur proin. Ipsum eget laoreet sed volutpat nibh, lorem mauris ante ipsum felis mi erat elit et, ac felis praesent erat nonummy. Diam magna at proin turpis tellus tincidunt sed volutpat nibh lorem felis mi donec consectetur sem, nisi feugiat tellus tincidunt. Sed eget lobortis feugiat, mauris ante tempus adipiscing diam magna tellus massa ipsum eget nibh, lorem mauris ante aliquam felis. Mi erat elit diam nisi turpis aliquet, aliquam turpis ullamcorper dolore amet diam magna, at proin ac ante tempus adipiscing. Praesent magna nonummy diam nisi turpis tellus nunc pulvinar euismod tincidunt dolor non lobortis, sit id, massa ipsum id, laoreet. Lorem mauris dolore pharetra non ut sit tellus massa tempus id laoreet, erat eget nibh lorem mauris ante feugiat, molestie. Laoreet ac at proin aliquam adipiscing aliquet dolore pharetra ut feugiat molestie nunc ipsum felis mi sed mauris ante aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ullamcorper at sem dolore amet euismod tincidunt lorem. Eget ante, tempus adipiscing praesent donec, consectetur tellus nunc. Ipsum felis et ac at sem nisi amet dolore. Amet ullamcorper ut sit tellus nunc pulvinar tellus nunc. Pharetra, non ut feugiat molestie, massa tempus felis mi. Ac turpis, tellus tincidunt erat elit nisi amet ullamcorper. Congue dolor eget massa ipsum molestie massa sed eget. Laoreet lorem at aliquet nunc pulvinar euismod congue pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed eget et lorem at ante aliquam nonummy praesent magna consectetur non ut pulvinar. Euismod laoreet sed volutpat nibh feugiat lobortis feugiat molestie, nunc ipsum euismod tincidunt feugiat, molestie. Ante tempus felis praesent donec consectetur sem ut sit tellus nunc amet volutpat nibh lorem. Molestie tempus felis tincidunt sed volutpat nibh lorem at proin tempus felis mi sed eget. Nibh ac adipiscing proin donec nonummy praesent donec elit, et ac at proin adipiscing aliquet. Dolore amet ullamcorper ut feugiat molestie, massa ipsum eget nibh lorem eget nibh tempus felis. Mi donec nonummy sem nisi turpis, dolore amet ullamcorper congue pharetra volutpat ut sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor eget ante tempus felis praesent elit et sed volutpat, nibh lorem mauris mi donec nonummy, sem ut sit aliquet dolore amet ullamcorper tincidunt, dolor eget ante. Tempus adipiscing mi, erat diam nisi turpis aliquet dolore turpis, diam magna consectetur non nisi consectetur sem dolore, turpis ullamcorper laoreet dolor, molestie massa ipsum id laoreet erat. Nonummy magna consectetur, proin donec adipiscing mi donec nonummy sem nisi turpis aliquet dolore pulvinar euismod tincidunt dolor volutpat massa ipsum felis laoreet erat diam aliquam turpis praesent. Dolore amet ullamcorper tincidunt pharetra volutpat, massa ipsum molestie, tincidunt pulvinar ullamcorper, tincidunt dolor non ut feugiat molestie, laoreet sed eget et aliquam praesent dolore amet ullamcorper congue. Pharetra volutpat massa ipsum id tincidunt pulvinar ullamcorper congue pharetra non congue, sit tellus laoreet sed elit et ac adipiscing praesent tempus mi erat felis et, ac at. Sem nisi amet ullamcorper congue pharetra non ut turpis tellus laoreet ipsum eget et at proin tempus felis mi, erat elit nibh sed mauris proin tempus adipiscing aliquet. Congue pharetra volutpat ut feugiat molestie nunc pulvinar euismod tincidunt pharetra non ut non ut sit aliquet dolore amet ullamcorper congue dolor molestie massa ipsum id laoreet dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante aliquam nonummy ullamcorper congue sit tellus nunc, ipsum euismod tincidunt dolor volutpat lobortis lorem mauris ante ipsum. Id et magna consectetur nisi turpis praesent donec nonummy ullamcorper magna consectetur non, nisi sit tellus nunc sed. Volutpat ante lorem, felis mi erat, elit diam magna turpis dolore pulvinar euismod lobortis, feugiat molestie ante tempus. Adipiscing praesent donec consectetur sem aliquam turpis tellus nunc pulvinar euismod lobortis feugiat mauris, massa ipsum felis mi. Erat et, nisi turpis aliquet dolore amet ullamcorper congue, pharetra tellus massa pulvinar id et ac at ante. Aliquam nonummy diam magna pharetra volutpat ipsum id mi ac at proin ac at, ante tempus, id laoreet. Sed eget nibh ac at proin, tempus felis, mi erat elit diam ac elit et adipiscing aliquet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi donec feugiat dolor turpis consectetur molestie praesent congue dolor molestie massa amet ullamcorper magna pharetra non nisi, sit tellus. Dolore, pulvinar euismod congue pharetra, non nisi sit euismod laoreet dolor, euismod lobortis feugiat molestie massa id laoreet erat elit. Et, aliquam adipiscing, tellus, nunc pulvinar ullamcorper ut sit tellus nunc, pulvinar euismod laoreet sed eget et lorem mauris massa. Tempus felis ac at, proin ac adipiscing, praesent dolore amet ullamcorper congue sit, non nunc ipsum, id laoreet sed, eget. Nibh, tempus felis praesent donec nonummy ut feugiat felis mi, sed eget nibh ac at praesent donec nonummy diam magna. Consectetur, non ut tempus felis laoreet erat eget et, ac mauris ante felis mi sed elit et aliquam at praesent. Aliquam, nonummy ullamcorper lobortis sit tellus nunc ipsum felis mi erat at sem aliquam adipiscing praesent dolore amet ullamcorper sit. Tellus massa ipsum, eget et ac adipiscing praesent donec nonummy ullamcorper congue pharetra non ut feugiat id laoreet ac proin. Aliquam turpis aliquet congue pharetra non ut feugiat, molestie massa pulvinar id, tincidunt sed mauris nibh, tempus adipiscing praesent donec. Nonummy et nisi sit molestie massa id et ac at proin tempus felis, praesent donec nonummy et magna consectetur praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor felis praesent dolore, pharetra volutpat ut, feugiat molestie massa ipsum id laoreet lorem, mauris ante lorem. Id mi erat elit diam, magna sem, nisi, turpis ullamcorper dolore pharetra sem ut turpis tellus dolore. Ipsum id laoreet, sed, mauris ante tempus felis praesent donec, nonummy sem nisi consectetur nisi, nonummy diam. Magna pharetra volutpat lobortis sit, aliquet nunc ipsum euismod tincidunt dolor molestie, ante tempus, id laoreet sed. Eget et magna turpis aliquet nunc ullamcorper congue dolor non ut feugiat molestie laoreet dolor euismod tincidunt. Dolor non lobortis sit tellus ut ipsum euismod, tincidunt dolor ullamcorper ut pharetra nisi turpis aliquet dolore. Amet volutpat lobortis lorem molestie mi erat elit mi, erat elit, proin aliquam adipiscing praesent, aliquam adipiscing. Praesent magna pharetra non ut euismod laoreet lorem, mauris proin aliquam adipiscing praesent erat, elit et ac. At sem dolore turpis aliquet congue amet ullamcorper congue sit molestie nunc ipsum id, tincidunt eget ante. Aliquam adipiscing mi erat elit diam magna turpis sem nisi turpis aliquet aliquam nonummy diam magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet lorem at sem, tincidunt, pulvinar. Volutpat nibh lorem mauris mi, donec. Elit sed elit proin aliquam adipiscing. Aliquet dolore dolor non lobortis feugiat. Mauris ante tempus id mi, lorem. At sem aliquam turpis, aliquet dolore. Pharetra non lobortis nonummy et magna. Pharetra molestie laoreet sed elit non. Ut sit tellus nunc dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sem aliquam turpis ullamcorper congue amet ullamcorper congue sit non ut sit, aliquet dolore amet non ut sit non nisi, turpis tellus. Nunc pulvinar euismod lorem mauris ante donec nonummy diam congue pharetra sem ut turpis aliquet dolore amet non ut sit molestie massa ipsum. Id mi ac mauris ante felis praesent donec elit mi, ac at, et ac at proin tempus felis praesent donec nonummy diam ac. Turpis, aliquet dolore pulvinar volutpat tincidunt dolor volutpat, ut molestie massa ipsum volutpat tincidunt, feugiat mauris ante tempus felis praesent donec nonummy diam. Aliquam, adipiscing aliquet donec nonummy diam congue pharetra volutpat feugiat id laoreet ac at proin aliquam at proin, aliquam nonummy praesent donec elit. Et ac adipiscing praesent donec amet, ullamcorper congue pharetra volutpat massa ipsum euismod sed, elit proin aliquam adipiscing praesent donec adipiscing et ac. At sem nunc pulvinar euismod tincidunt dolor eget nibh lorem tellus ut, sit tellus dolore turpis aliquet elit, diam ut feugiat id laoreet. Erat, at sem nisi turpis aliquet, dolore amet volutpat lobortis feugiat molestie massa felis mi sed consectetur sem nisi turpis praesent donec nonummy. Et magna pharetra non ut pulvinar id nibh ac adipiscing praesent aliquam felis mi erat felis laoreet euismod lobortis feugiat volutpat ut feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sem dolore amet id laoreet eget, ante lorem mauris, mi erat felis et, ac mauris ante aliquam felis mi tempus elit et ac at proin nisi turpis. Aliquet congue pharetra magna consectetur diam magna turpis praesent aliquam adipiscing praesent donec consectetur diam magna consectetur sem, nisi amet ullamcorper dolore amet ullamcorper congue pharetra non ut. Aliquet congue, pharetra, non lobortis feugiat molestie massa ipsum id mi sed eget lobortis dolor molestie massa, feugiat id laoreet erat elit proin aliquam proin aliquam nonummy praesent. Magna nonummy et ac consectetur aliquet dolore pulvinar volutpat lobortis feugiat molestie massa ipsum molestie nunc pulvinar ullamcorper tincidunt dolor molestie lobortis id mi donec nonummy diam magna. Turpis, praesent donec nonummy diam congue pharetra volutpat lobortis ipsum id, laoreet erat eget et ac adipiscing praesent donec nonummy diam nonummy sem nisi sit aliquet donec amet. Euismod congue pharetra non nisi turpis sem nisi turpis ullamcorper, congue, dolor volutpat aliquam nonummy ullamcorper congue sit tellus massa sed eget laoreet, lorem mauris nibh lorem molestie. Nunc tempus felis laoreet erat eget lobortis, feugiat molestie lobortis ipsum felis ac consectetur sem nisi sit tellus donec amet ullamcorper magna, consectetur sem ut sit tellus nunc. Sed elit et aliquam adipiscing aliquet dolore nonummy ullamcorper congue pharetra ut sit euismod tincidunt dolor eget lobortis feugiat molestie nunc sit euismod tincidunt dolor, volutpat lobortis, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper ut ipsum, id mi erat elit sem nisi turpis praesent pulvinar euismod lobortis, tempus felis mi donec nonummy, diam ac at aliquet nunc pulvinar consectetur, id non praesent laoreet. Nisi erat sit molestie praesent ut pulvinar mauris aliquet mi ut donec lorem dolor consectetur felis ullamcorper ante donec nonummy, diam magna consectetur non nisi sit tellus tincidunt pulvinar volutpat. Lobortis erat elit proin aliquam turpis, ullamcorper tincidunt feugiat volutpat lobortis feugiat id laoreet, sed eget et lorem at praesent donec nonummy diam congue molestie ut sit euismod tincidunt, sed. Eget et ac, at proin aliquam elit diam, congue pharetra sem nisi turpis praesent donec amet, praesent magna consectetur sem nisi euismod, tincidunt sed eget proin nisi turpis aliquet congue. Feugiat molestie massa, tempus adipiscing mi donec consectetur sem, nisi, sit euismod tincidunt dolor volutpat nibh lorem molestie donec nonummy, diam nisi turpis aliquet dolore amet euismod tincidunt dolor, non. Lobortis ipsum id massa sed nonummy et ac ante aliquam adipiscing praesent donec nonummy diam nisi sit, tellus nunc pulvinar id nibh feugiat volutpat lobortis ipsum id, nunc sit tellus. Dolore, pulvinar volutpat lobortis, feugiat nunc ipsum id mi erat at proin aliquam turpis aliquet dolore amet, ullamcorper, congue consectetur proin aliquam turpis aliquet dolore amet diam magna consectetur sem. Nisi sit mi ac turpis, sem dolore pulvinar ullamcorper congue pharetra volutpat, lobortis feugiat tellus massa, ipsum id laoreet dolor volutpat nibh lorem mauris massa tempus felis et, magna, euismod. Mi erat, elit et ac at proin donec nonummy, diam magna pharetra tellus ut pulvinar tellus tincidunt dolor, eget ante lorem felis praesent erat elit magna consectetur proin, aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac consectetur, sem ut euismod laoreet lorem at praesent aliquam amet, diam magna consectetur diam magna at et lorem molestie. Ante erat elit ullamcorper congue pharetra non ut sit tincidunt pharetra volutpat lobortis feugiat tellus, massa tempus elit et ac. Turpis aliquet nisi adipiscing praesent donec nonummy diam, congue pharetra non nisi turpis aliquet dolor volutpat ut sit, molestie massa. Ipsum id laoreet sed, mauris ante tempus mauris mi, erat elit et sed elit et aliquam turpis praesent donec adipiscing. Nibh, tempus adipiscing diam magna consectetur non ut pulvinar id laoreet dolor volutpat tincidunt feugiat molestie massa tempus, felis laoreet. Sed elit et sed euismod laoreet, sed at proin tempus felis, mi donec nonummy sem nisi sit euismod nunc dolor. Euismod lobortis feugiat, volutpat massa ipsum adipiscing diam ac consectetur proin sit euismod tincidunt sed eget nibh tempus adipiscing ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur aliquet nunc pulvinar proin nisi turpis ullamcorper laoreet sed mauris nibh lorem. Mauris laoreet ipsum id laoreet lorem mauris proin nisi turpis ullamcorper congue pharetra non. Ut turpis massa ipsum euismod, tincidunt sed eget nibh tempus, adipiscing praesent, donec, nonummy. Diam ut sit tellus tincidunt dolor, volutpat nibh feugiat, molestie massa feugiat molestie ac. Pharetra id, mi erat elit et aliquam at proin aliquam adipiscing praesent donec nonummy. Sem nisi turpis tellus nunc pulvinar euismod tincidunt molestie ante erat elit et magna. Consectetur sem aliquam turpis aliquet donec nonummy, diam congue pharetra molestie massa ipsum euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet ullamcorper tincidunt lorem mauris massa ipsum molestie massa pulvinar euismod tincidunt dolor non, lobortis lorem mauris mi erat elit, magna. Turpis tellus nunc pulvinar, euismod lobortis dolor non lobortis sit tellus massa ipsum eget, laoreet lorem mauris proin aliquam nonummy ullamcorper congue. Pharetra molestie tincidunt dolor volutpat massa tempus felis, mi, erat elit et aliquam adipiscing praesent donec adipiscing diam magna consectetur tellus nunc. Ipsum eget et lorem consectetur sem aliquam euismod tincidunt feugiat, molestie lobortis, ipsum felis laoreet sed, elit proin aliquam adipiscing aliquet dolore. Amet ullamcorper ut sit tellus nunc pulvinar tellus erat, eget proin aliquam felis aliquet dolore amet ullamcorper congue consectetur sem nisi amet. Euismod tincidunt dolor, eget nibh lorem felis mi erat elit et lorem at dolore amet euismod tincidunt dolor volutpat ut, feugiat molestie. Massa pulvinar euismod tincidunt sed eget, nibh tempus felis mi donec consectetur non ut, pulvinar euismod lobortis feugiat tellus tincidunt erat elit. Et aliquam adipiscing praesent donec amet ullamcorper congue pharetra sem ut pulvinar tellus nunc pulvinar, euismod tincidunt feugiat volutpat lobortis sit, dolore. Pulvinar volutpat lobortis feugiat mauris ante dolore amet diam magna consectetur sem ut sit, aliquet nunc, dolor volutpat lobortis feugiat tellus massa. Ipsum felis mi erat sem dolore amet ullamcorper congue, pharetra non lobortis feugiat molestie nunc ipsum id tincidunt dolor volutpat lobortis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie ante erat elit et ac at proin aliquam turpis ullamcorper dolore pharetra non congue consectetur proin, aliquam proin donec nonummy diam. Magna consectetur non lobortis, pulvinar euismod laoreet erat elit nibh lorem mauris, massa tempus felis mi erat at proin aliquam proin, donec. Pulvinar ullamcorper congue dolor non nunc pulvinar euismod tincidunt dolor, volutpat nibh, ac at praesent donec elit et ac, at proin aliquam. Turpis aliquet, dolore ullamcorper congue sit non ut sit tellus nunc, pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie massa amet euismod. Tincidunt, dolor volutpat, lobortis tellus massa, erat elit et, magna consectetur sem nisi turpis praesent magna, pharetra sem ut sit tellus nunc. Pulvinar euismod nibh lorem mauris proin aliquam felis mi nonummy sem nisi turpis tellus tincidunt pulvinar euismod lobortis feugiat molestie massa tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit proin turpis ullamcorper tincidunt dolor volutpat nibh, lorem felis mi donec nonummy diam ac at sem dolore amet ullamcorper congue. Feugiat mauris ante tempus elit mi elit proin aliquam turpis tellus laoreet dolor volutpat nibh feugiat, molestie massa ipsum felis et. Ac at proin nisi adipiscing praesent erat nonummy diam magna molestie laoreet sed id nibh sed mauris ante aliquam felis praesent. Donec, consectetur sem nisi turpis aliquet dolore, turpis praesent, dolore nonummy diam magna pharetra aliquet ipsum id laoreet lorem eget nibh. Feugiat molestie massa ipsum eget nibh lorem eget ante tempus felis ante tempus elit, et magna turpis aliquet, ipsum eget laoreet. Sed eget ante tempus, felis, mi erat elit, nibh lorem mauris ante tempus, felis mi dolore consectetur sem nisi turpis tellus. Nunc, ipsum id lorem eget ante aliquam adipiscing diam magna consectetur diam magna mauris proin tempus felis mi erat elit diam. Nisi sit molestie massa ipsum, id, nibh ac praesent aliquam adipiscing, praesent donec elit sem ut turpis aliquet dolore amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor volutpat lobortis ipsum felis laoreet erat, at et. Lorem mauris ante aliquam nonummy praesent donec consectetur non ut. Euismod mi erat at proin aliquam adipiscing praesent donec elit. Et ac consectetur tellus nisi turpis praesent donec nonummy ullamcorper. Congue sit molestie, massa consectetur diam magna at ante tempus. Mauris mi erat felis et magna consectetur sem nisi turpis. Aliquet dolore pharetra ullamcorper ut sit tellus ut pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, felis, praesent dolore nonummy, diam magna consectetur sem dolore amet ullamcorper tincidunt, sed eget nibh lorem mi erat nonummy sem magna consectetur. Sem nisi amet ullamcorper congue pharetra volutpat, ut sit aliquet dolore turpis aliquet donec amet, ullamcorper lobortis feugiat massa sed eget nibh ac. Consectetur sem, dolore turpis euismod tincidunt dolor, molestie massa feugiat molestie massa, ipsum eget laoreet dolor non, ut feugiat molestie mi sed nibh. Lorem mauris ante aliquam nonummy diam magna consectetur diam nisi turpis aliquet, dolore pulvinar, volutpat nibh lorem mauris, ante tempus adipiscing diam, consectetur. Sem ut ipsum euismod laoreet sed, mauris sem nisi, turpis aliquet, congue pharetra non ut, sit aliquet nisi turpis, aliquet, tincidunt sed eget. Ante tempus id erat elit et lorem mauris ante aliquam adipiscing diam donec nonummy diam nisi consectetur sem nisi adipiscing aliquet donec amet. Volutpat lobortis sit molestie massa ipsum euismod dolor, eget, ante aliquam adipiscing, praesent congue pharetra sem magna at proin aliquam adipiscing praesent donec. Nonummy diam congue tellus laoreet sed id nibh lorem mauris, ante tempus felis mi erat elit mi ac at proin nisi adipiscing praesent. Erat elit et magna at proin nisi euismod laoreet sed mauris proin aliquam felis mi tempus felis laoreet sed eget ante, tempus felis. Mi erat nonummy ullamcorper, magna pharetra non, nisi amet ullamcorper congue, ullamcorper lobortis, feugiat mauris ante erat elit sem, nisi turpis tellus dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis feugiat id laoreet erat, elit et ac at, proin, donec amet ullamcorper congue, feugiat tellus nunc. Ipsum id, et ac consectetur, tellus dolor volutpat lobortis feugiat mauris ante aliquam nonummy ullamcorper congue consectetur, sem. Aliquam adipiscing aliquet nunc pulvinar euismod magna, consectetur sem nisi turpis aliquet nisi aliquet congue amet non, ut. Ipsum felis, et, ac consectetur, sem nisi turpis tellus dolore pulvinar euismod, ante, lorem mauris ante tempus elit. Diam magna at aliquam amet, euismod congue feugiat mauris ante ipsum felis laoreet sed id tincidunt sed eget. Nibh aliquam, adipiscing diam magna consectetur non nisi turpis nunc dolor volutpat lobortis feugiat molestie massa feugiat molestie. Massa ipsum eget nibh lorem at proin aliquam adipiscing diam magna pharetra, non lobortis pulvinar, tellus nunc eget. Nibh aliquam at praesent aliquam nonummy diam magna at proin nisi pulvinar euismod tincidunt, dolor, volutpat nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ut feugiat tellus massa ipsum elit, nibh ac at proin aliquam adipiscing ullamcorper congue pharetra non nunc pulvinar euismod tincidunt volutpat nibh lorem mauris. Mi, erat amet, sem nisi turpis tellus dolore pulvinar id, nibh ac adipiscing, praesent aliquam, adipiscing diam congue pharetra sem ut id laoreet sed elit. Ante, nisi amet euismod congue dolor volutpat lobortis, feugiat tellus nunc pulvinar euismod, tincidunt sed, eget nibh feugiat mauris ante tempus felis ac consectetur aliquet. Dolore amet ullamcorper tincidunt dolor non massa sit id massa ipsum id laoreet dolor eget ante lorem mauris massa pulvinar, euismod sed at proin tempus. Adipiscing aliquet dolore amet diam, magna consectetur sem nisi adipiscing praesent, donec nonummy ullamcorper magna pharetra, sem ut sit tellus nunc pulvinar euismod tempus adipiscing. Aliquet donec consectetur diam erat elit et aliquam adipiscing aliquet donec nonummy diam congue pharetra non ut sit aliquet dolore pulvinar ullamcorper congue, pharetra nunc. Pulvinar tellus laoreet sed at et aliquam turpis ullamcorper congue, dolor non ut sit tellus nunc pulvinar euismod tincidunt mauris proin aliquam adipiscing praesent, erat. Elit et, ac at sem aliquam turpis aliquet donec nonummy ullamcorper magna consectetur non, ut sit tellus tincidunt sed, mauris proin amet euismod lobortis feugiat. Molestie ante tempus felis et, ac at proin ac adipiscing aliquet congue pharetra non congue pharetra non nunc pulvinar tellus, nunc dolor volutpat, lorem molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, magna consectetur molestie laoreet sed id nibh at proin aliquam adipiscing diam magna consectetur tellus, nunc pulvinar id laoreet lorem at proin aliquam adipiscing praesent erat. Nonummy diam, magna turpis sem aliquam euismod laoreet lorem volutpat nibh aliquam felis mi erat elit nibh lorem at proin, aliquam adipiscing ullamcorper congue pharetra sem ac. Consectetur proin aliquam adipiscing tincidunt dolor eget massa ipsum felis mi ipsum eget ante, proin, massa congue, dolore ac, ipsum pharetra adipiscing mauris id tellus praesent ut. Tempus consectetur volutpat lobortis ipsum id, mi erat at proin, lorem at ante tempus id mi erat elit et aliquam turpis aliquet dolore pulvinar euismod tincidunt pharetra. Volutpat tempus id laoreet sed eget nibh lorem at ante aliquam adipiscing praesent donec at, sem ac adipiscing, aliquet nunc pulvinar ullamcorper congue consectetur non nunc pulvinar. Laoreet erat volutpat nibh lorem mauris, massa tempus felis diam magna consectetur sem nisi adipiscing aliquet dolore amet diam tincidunt amet ullamcorper congue dolor molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam congue feugiat id laoreet elit, diam nisi pulvinar. Euismod tincidunt, dolor, volutpat lobortis lorem mauris ante tempus felis. Et ac consectetur aliquet dolore, ipsum id laoreet sed mauris. Ante pharetra non ut sit molestie, massa ipsum id mi. Lorem at proin nisi turpis aliquet congue pharetra non lobortis. Feugiat molestie massa ipsum euismod, laoreet mauris ante tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus massa tempus felis mi erat. At sem dolore pulvinar euismod tincidunt. Dolor ante tempus felis mi erat. Nonummy, diam nisi, turpis tellus nunc. Dolor euismod congue dolor molestie lobortis. Ipsum elit, et ac elit, proin. Nisi, turpis dolore amet non ut. Sit tellus nunc pulvinar euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis mi donec consectetur sem sit. Molestie massa sed id, nibh ac at. Aliquet dolore nonummy praesent donec nonummy, diam. Magna turpis aliquet nunc pulvinar euismod tincidunt. Pharetra non lobortis id mi erat elit. Nibh lorem mauris ante tempus, felis diam. Congue pharetra non nunc sit euismod tincidunt. Dolor volutpat lobortis feugiat volutpat lobortis feugiat. Tincidunt, sed volutpat nibh ac, mauris massa. Tempus felis praesent magna pharetra tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar volutpat nibh adipiscing ullamcorper congue pharetra non lobortis feugiat id mi. Sed at proin ac adipiscing praesent aliquam nonummy diam magna pharetra non. Ut pulvinar id laoreet eget nibh, lorem felis mi donec elit et. Magna, turpis aliquet nisi pulvinar euismod tincidunt dolor non, ut feugiat mauris. Mi donec elit diam magna aliquet tincidunt pulvinar, euismod tincidunt feugiat volutpat. Massa tempus id laoreet erat eget et aliquam, adipiscing aliquet donec amet. Diam, congue sit tellus nunc pulvinar mi, erat consectetur aliquet dolore turpis. Aliquet tincidunt dolor molestie massa, ipsum id laoreet sed elit et lorem. Mauris ante tempus adipiscing praesent donec nonummy nisi turpis aliquet dolore turpis. Ullamcorper tincidunt feugiat volutpat lobortis feugiat molestie massa ipsum euismod tincidunt, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, erat nonummy diam magna turpis tellus nunc amet ullamcorper congue dolor molestie massa feugiat molestie nunc ipsum eget laoreet sed at. Proin nonummy ullamcorper congue sit tellus massa pulvinar id mi sed eget nibh lorem mauris mi erat elit et ac at proin. Nisi amet ullamcorper, dolor eget nibh lorem felis praesent donec nonummy diam, magna consectetur sem dolore pulvinar, euismod lobortis feugiat, volutpat lobortis. Feugiat id laoreet erat eget nibh lorem eget tempus mauris ante erat nonummy diam nisi turpis sem, nisi amet ullamcorper tincidunt dolor. Volutpat lobortis, feugiat, molestie massa ipsum id nibh ac at tempus adipiscing diam donec nonummy et ac, at proin aliquam turpis praesent. Donec consectetur sem nisi turpis aliquet nisi amet ullamcorper dolore pharetra non ut feugiat massa ipsum, eget, nibh lorem at proin aliquam. Nonummy praesent donec consectetur diam magna at, sem dolore, ipsum euismod tincidunt dolor volutpat lobortis feugiat tellus massa ipsum et nisi adipiscing. Tellus, tincidunt dolor mauris ante tempus felis mi tempus elit mi, erat elit et ac at proin nonummy diam magna, consectetur sem. Aliquam sit euismod tincidunt, dolor volutpat nibh lorem mauris ante tempus id mi erat elit et ac adipiscing praesent donec nonummy praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, tellus nunc dolor eget ante aliquam felis ante tempus felis lobortis feugiat molestie laoreet erat eget lobortis feugiat mauris ante aliquam, nonummy diam. Donec consectetur sem nisi consectetur, proin donec nonummy diam donec nonummy et magna aliquet nunc dolor eget nibh lorem molestie ante tempus felis mi. Donec elit proin nisi turpis aliquet dolore nonummy, ullamcorper magna, nonummy sem nisi sit dolore dolor euismod lobortis feugiat at ante tempus id laoreet. Ipsum eget nibh sed mauris ante, tempus felis mi erat elit et magna sem aliquam turpis praesent donec nonummy diam congue sit, tellus, nunc. Ipsum id laoreet sed volutpat ut feugiat tellus, massa sed eget nibh ac, consectetur sem aliquam praesent donec, amet ullamcorper nisi sit tellus massa. Sed eget laoreet lorem mauris nibh, tempus felis mi, erat nonummy diam nisi sit aliquet dolore amet, ullamcorper congue sem nisi sit aliquet, nunc. Pulvinar euismod, tincidunt dolor volutpat ut feugiat tellus nunc pulvinar tellus nunc dolor, eget ante lorem diam, magna consectetur sem ut turpis aliquet nisi. Amet ullamcorper nibh lorem mauris ante tempus id laoreet sed, id nibh lorem mauris ante tempus adipiscing praesent donec mi ac consectetur sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis et ac at proin nisi turpis tellus pharetra volutpat. Lobortis lorem felis mi tempus felis laoreet sed eget ante. Aliquam adipiscing aliquet dolore amet diam magna pharetra non ut. Sit euismod pharetra ullamcorper ut sit molestie nunc pulvinar euismod. Tincidunt dolor, eget, nibh lorem molestie massa feugiat, molestie laoreet. Sed eget et aliquam, adipiscing praesent, aliquam laoreet ipsum eget. Nibh ac at proin tempus felis mi erat elit diam. Nisi turpis tellus nunc pulvinar euismod tincidunt dolor non lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt lorem at proin, aliquam adipiscing praesent, magna consectetur, non. Ut ipsum id laoreet dolor lobortis lorem mauris proin, tempus adipiscing. Diam, congue, pharetra non ut ipsum id nibh lorem at proin. Dolore pulvinar euismod tincidunt feugiat mauris ante pharetra non ut feugiat. Molestie laoreet sed elit et ac adipiscing, praesent nunc pulvinar euismod. Tincidunt sit non nunc ipsum id tincidunt dolor volutpat nibh feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet erat at proin nisi sit tellus, laoreet. Lorem adipiscing praesent, aliquam adipiscing praesent donec nonummy. Sem consectetur, tellus nunc pulvinar euismod, congue dolor. Non, lobortis feugiat, id laoreet sed eget nibh. Lorem at praesent, donec amet diam magna pharetra. Diam consectetur tellus nunc pulvinar, euismod lobortis feugiat. Molestie ante tempus felis mi erat elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem felis mi, tempus nibh ac mauris proin dolore pulvinar euismod. Tincidunt feugiat molestie massa feugiat molestie massa sed elit proin aliquam. Turpis aliquet dolore pulvinar non lobortis molestie massa tempus felis laoreet. Sed, eget et lorem mauris massa tempus elit diam magna consectetur. Non nunc pulvinar eget laoreet lorem mauris nibh lorem ante tempus. Elit sem, nisi turpis aliquet nunc dolor volutpat lobortis ac adipiscing. Aliquet congue pharetra, non lobortis ipsum id, laoreet erat eget nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent donec dolor volutpat lobortis ipsum id laoreet ipsum eget proin ac turpis praesent donec nonummy diam magna nibh sed mauris nibh lorem mauris massa ipsum, felis. Laoreet, sed consectetur sem nisi turpis aliquet dolore pharetra non congue pharetra, non ut sit donec amet non ut sit tellus massa pulvinar euismod laoreet, sed volutpat ante. Tempus felis mi erat elit mi erat at proin nisi, adipiscing, aliquet dolore, diam magna consectetur non massa tempus felis, laoreet lorem mauris proin, aliquam, turpis aliquet congue. Pharetra molestie massa feugiat molestie massa pulvinar ullamcorper, dolore diam donec consectetur non ut sit tellus nunc dolor volutpat ante tempus adipiscing, mi erat, elit diam nisi sit. Tellus massa ipsum id nibh lorem mauris ante id laoreet erat elit et ac at proin aliquam felis mi erat nonummy sem nisi sit aliquet dolore amet aliquet. Donec nonummy ullamcorper congue pharetra non turpis, aliquet, dolore amet euismod tincidunt dolor tellus ut sit, tellus dolore amet euismod tincidunt ac mauris ante ipsum felis pulvinar, id. Laoreet sed mauris ante tempus adipiscing diam congue pharetra non nunc pulvinar euismod nunc pulvinar euismod lobortis feugiat molestie ante ipsum, elit et erat elit lorem eget nibh. Ipsum id laoreet erat elit et magna consectetur sem nisi turpis praesent donec elit et erat elit proin nisi, turpis ullamcorper laoreet dolor molestie feugiat molestie massa, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet dolore dolor eget, nibh tempus massa feugiat molestie massa sed eget, nibh lorem mauris ante, ipsum molestie nunc, pulvinar id laoreet dolor eget, nibh lorem mauris ante ipsum. Id laoreet eget nibh, lorem, molestie lobortis feugiat molestie laoreet ipsum id laoreet, lorem mauris ante tempus adipiscing mi erat eget nibh lorem mauris nibh tempus felis, tempus elit et. Ac consectetur sem dolore amet, ullamcorper tincidunt pharetra volutpat lobortis feugiat molestie massa sed eget laoreet lorem at sem nisi nonummy, donec nonummy diam ac at, proin nisi amet ullamcorper. Congue pharetra non ut pharetra non, ut pulvinar euismod tincidunt sed mauris, ante, lorem adipiscing mi donec diam, ac turpis aliquet dolore, pulvinar ullamcorper, congue pharetra volutpat lobortis, sit tellus. Massa sed eget nibh ac at, praesent aliquam, adipiscing praesent donec nonummy diam ac ante aliquam adipiscing aliquet, dolore amet non ut sit, molestie laoreet ipsum elit nibh sed eget. Nibh tempus amet euismod congue dolor molestie donec nonummy diam nisi turpis aliquet dolore amet ullamcorper tincidunt dolor, volutpat lobortis feugiat molestie laoreet sed eget, et ac mauris ante tempus. Felis praesent, donec nonummy ac at sem, nisi, amet ullamcorper congue pharetra non lobortis feugiat tellus laoreet sed elit et aliquam adipiscing proin donec adipiscing praesent erat elit et ac. Elit lorem felis mi, erat nonummy, ullamcorper congue, pharetra tellus nunc pulvinar euismod congue pharetra volutpat nibh tempus felis mi donec nonummy diam magna at proin aliquam adipiscing congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis et ac, consectetur non nunc ipsum, id sed mauris nibh lorem felis mi magna dolor non ut feugiat molestie massa sed volutpat nibh. Ac mauris proin aliquam adipiscing, diam donec consectetur, sem at proin aliquam felis praesent erat elit et erat elit, ante tempus, felis, mi erat. Elit, diam congue pharetra proin nisi sit aliquet dolore nonummy congue pharetra non ut sit tellus tincidunt dolor, volutpat nibh lorem felis mi dolore. Amet, ullamcorper ut, feugiat molestie massa ipsum, id laoreet lorem eget lobortis mauris ante erat nonummy diam ac at, ante lorem molestie, ante, erat. Elit diam nisi turpis tellus dolore amet aliquet congue amet ullamcorper ut adipiscing diam magna consectetur sem, magna consectetur, aliquet nisi turpis aliquet donec. Elit diam ac elit nibh lorem mauris proin aliquam adipiscing, praesent donec at sem nisi praesent donec amet ullamcorper congue, consectetur non ut turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt feugiat mauris proin nonummy diam magna pharetra tellus, ut pulvinar, euismod laoreet sed eget nibh. Tempus mauris mi erat felis et ac, at et aliquam adipiscing praesent erat, ullamcorper congue, sit tellus. Mi sed eget nibh lorem mauris nibh aliquam adipiscing praesent, magna consectetur non ut turpis aliquet, dolore. Amet euismod tincidunt pharetra lobortis feugiat id mi erat elit et aliquam adipiscing praesent aliquam adipiscing mi. Erat nonummy sem nisi consectetur sem nisi turpis aliquet congue ullamcorper magna consectetur sem nisi turpis praesent. Dolore pharetra volutpat nibh lorem mauris ante erat eget et lorem mauris proin, aliquam adipiscing praesent donec. Amet non lobortis felis mi ac elit nibh lorem, at ante aliquam felis, praesent erat elit et. Ac mauris ante tempus felis mi donec nonummy, sem nisi sit tellus nunc ullamcorper tincidunt amet, eget. Ante ipsum felis laoreet erat eget diam magna sit, tellus tincidunt dolor volutpat nibh feugiat volutpat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt lorem, mauris ante ipsum id laoreet sed eget nibh lorem mauris, proin aliquam adipiscing diam donec consectetur ut feugiat molestie nunc ipsum volutpat tincidunt dolor volutpat massa. Ipsum felis mi donec nonummy, diam nisi turpis aliquet nunc dolor eget nibh lorem mi tempus elit, et ac at sem aliquam turpis ullamcorper tincidunt dolor non lobortis, feugiat. Tellus massa ipsum id laoreet dolor euismod tincidunt feugiat molestie, massa pulvinar laoreet sed elit et ac mauris proin aliquam adipiscing ullamcorper congue pharetra non nisi sit euismod laoreet. Dolor volutpat lobortis, feugiat molestie nunc euismod, mi magna at proin, nisi turpis, aliquet congue dolor non ut sit non ut sit aliquet dolore, pulvinar ullamcorper, ut pharetra non. Ut sit euismod nunc euismod tincidunt pharetra, non ut, sit tellus dolore amet ullamcorper laoreet sed volutpat nibh, tempus felis praesent donec nonummy sem ut sit tellus tincidunt dolor. Volutpat lobortis, molestie ante tempus elit mi erat at proin aliquam at praesent, dolore nonummy diam magna, consectetur non nisi sit tellus amet diam magna consectetur diam nisi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tincidunt, feugiat mauris ante felis mi donec elit diam nisi adipiscing proin aliquam adipiscing mi tempus felis. Diam nisi, sit tellus tincidunt dolor eget lobortis feugiat molestie massa tempus felis sed id nibh sed eget. Nibh lorem felis praesent, magna consectetur sem ut pulvinar euismod nunc dolor eget lobortis lorem, mauris, massa, ipsum. Id ac at sem ut pulvinar tellus nunc dolor eget ante tempus felis praesent erat nonummy et magna. Consectetur aliquet nunc pulvinar id lobortis lorem, molestie aliquam, nonummy praesent donec consectetur tellus nunc ipsum id laoreet. Sed eget, ante aliquam adipiscing aliquet donec nonummy diam ac at et aliquam adipiscing aliquet aliquam turpis tellus. Congue dolor eget nibh lorem mauris mi tempus id laoreet sed eget nibh tempus adipiscing, praesent donec amet. Ullamcorper ut sit tellus ut pulvinar tincidunt dolor eget nibh tempus adipiscing praesent, erat nonummy sem nisi turpis. Aliquet, dolore pulvinar eget et aliquam adipiscing proin donec nonummy diam magna, molestie laoreet ipsum euismod tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing praesent congue dolor, molestie mi donec nonummy ac at proin aliquam turpis praesent aliquam amet ullamcorper congue consectetur, non, nisi. Pulvinar id laoreet dolor euismod tincidunt dolor volutpat lobortis, sit tellus nunc eget et lorem mauris massa tempus felis laoreet sed. Elit proin nisi turpis tellus, nunc pulvinar euismod tincidunt, dolor tellus nunc ipsum id mi erat proin nisi turpis aliquet donec. Amet non ut, sit molestie massa ipsum eget nibh sed eget nibh lorem felis mi tempus elit diam turpis tellus nunc. Pulvinar euismod tincidunt feugiat molestie massa ipsum id laoreet sed id nibh ac turpis aliquet dolore amet ullamcorper tincidunt pharetra, non. Massa ipsum id erat elit proin ac at proin aliquam adipiscing diam magna consectetur sem nisi, turpis tellus dolore amet ullamcorper. Tincidunt dolor tellus nunc pulvinar id mi ac at nisi turpis ullamcorper tincidunt dolor volutpat, lobortis feugiat tellus nunc pulvinar euismod. Tincidunt dolor volutpat nibh feugiat tellus massa ipsum id, mi at sem dolore turpis euismod lobortis dolor volutpat lobortis feugiat id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet lorem, mauris tempus felis diam congue pharetra, volutpat lobortis ipsum felis et ac at proin, aliquam turpis ullamcorper laoreet sed, eget, massa ipsum id laoreet sed. Eget lorem mauris proin aliquam adipiscing praesent magna consectetur sem nisi turpis tellus dolore pulvinar id tincidunt feugiat molestie massa feugiat molestie nunc ipsum elit et eget. Ante aliquam, amet diam donec nonummy sem nisi consectetur sem nisi adipiscing aliquet dolore pharetra non, ut sit molestie massa ipsum, id laoreet lorem praesent, dolore amet. Ullamcorper, tincidunt dolor volutpat massa feugiat euismod tincidunt sed elit et ac mauris ante tempus adipiscing praesent erat elit et ac mauris lorem, felis mi erat elit. Et ac consectetur, sem nisi felis mi donec nonummy, diam magna consectetur proin aliquam adipiscing, ullamcorper congue dolor non, lobortis feugiat mauris erat elit et ac at. Sem, dolore amet euismod tincidunt dolor volutpat massa ipsum molestie massa ipsum euismod tincidunt sed eget ante tempus felis mi donec non massa ipsum, id laoreet erat. At sem aliquam adipiscing praesent donec amet, ullamcorper magna at proin aliquam adipiscing proin nonummy diam magna, consectetur sem ut pulvinar euismod laoreet sed eget nibh, feugiat. Molestie massa feugiat molestie massa ipsum id nibh ac at proin aliquam adipiscing diam pharetra sem nisi sit tellus nunc dolor, volutpat, nibh lorem felis mi dolore. Amet ullamcorper congue, turpis sem nunc amet euismod tincidunt dolor eget nibh lorem felis magna pharetra non nunc sit aliquet dolore, turpis aliquet dolore pharetra sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sem, nunc pulvinar euismod laoreet. Aliquam adipiscing aliquet dolore pulvinar, volutpat. Nibh lorem molestie ante tempus felis. Et ac at nibh at praesent. Donec amet non, lobortis sit tellus. Massa, ipsum eget et lorem at. Ante donec nonummy praesent magna consectetur. Non nisi turpis donec mi tempus. Dolor sit nonummy molestie praesent lobortis. Dolore nisi ipsum elit volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sem ut sit tellus nisi, turpis tellus donec amet ullamcorper magna dolor non. Lobortis pulvinar euismod nunc, dolor euismod congue, pharetra volutpat lobortis feugiat molestie laoreet pulvinar. Id ac adipiscing praesent donec amet euismod lobortis feugiat, molestie massa tempus felis laoreet. Erat at sem nisi turpis ullamcorper tincidunt amet ullamcorper, congue pharetra sem pulvinar euismod. Laoreet sed, mauris proin tempus adipiscing mi erat elit mi magna consectetur proin aliquam. Turpis aliquet congue, dolor molestie proin donec pulvinar at tellus mi congue tempus amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ante mi lobortis congue dolor molestie lobortis feugiat molestie magna pharetra tellus ut pulvinar euismod nunc, dolor volutpat nibh feugiat mauris ante, tempus, elit diam. Magna, turpis tellus, dolore ipsum eget nibh ac at dolore pharetra non ut feugiat molestie massa ipsum id et ac mauris, sem nisi amet ullamcorper congue. Pharetra volutpat ut, sit tellus massa ipsum, eget aliquam adipiscing aliquet donec nonummy, ullamcorper, ut feugiat molestie massa ipsum id mi erat at proin aliquam, adipiscing. Aliquet tincidunt dolor volutpat ut molestie massa ipsum euismod congue pharetra volutpat lobortis feugiat non ut sit tellus dolore pulvinar euismod lobortis feugiat molestie ante erat. Elit diam ac at aliquet dolore id, nibh sed at aliquet dolore amet, ullamcorper ut, sit tellus nunc pulvinar, euismod tincidunt sed elit et aliquam adipiscing. Mi dolore pharetra non lobortis feugiat molestie donec, consectetur non ut, pulvinar id laoreet, sed eget nibh tempus, mauris ante tempus, felis et ac elit et. Ac adipiscing nibh lorem at praesent, congue dolor, eget nibh lorem mauris mi erat felis et ac mauris ante aliquam, adipiscing praesent donec elit diam ac. Consectetur aliquet dolore euismod tincidunt sed mauris nibh lorem mauris ante sed elit et magna turpis aliquet nunc pulvinar euismod tincidunt feugiat volutpat ut, sit, tellus. Massa erat elit et turpis aliquet dolore nonummy diam donec elit et ac at proin nisi turpis aliquet magna consectetur sem nisi consectetur proin, aliquam mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt lorem eget ante aliquam adipiscing, diam donec consectetur non ut turpis aliquet dolore euismod tincidunt feugiat at. Proin aliquam, elit et ac at et lorem mauris proin tempus adipiscing praesent erat eget et lorem eget nibh. Tempus adipiscing congue pharetra molestie massa tempus felis mi erat at sem, ut pulvinar euismod tincidunt, dolor volutpat, nibh. Tempus felis ante ipsum euismod tincidunt dolor euismod tempus felis mi, erat elit et ac at et ac adipiscing. Aliquet dolore pharetra non nibh tempus molestie massa tempus felis et ac at, dolore dolor eget nibh feugiat molestie. Massa tempus felis, laoreet sed id laoreet sed eget nibh tempus adipiscing praesent magna consectetur, sem nisi turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor molestie ante erat elit et magna. Consectetur, non ut turpis tellus tincidunt lorem. Mauris ante nonummy ullamcorper tincidunt dolor molestie. Massa erat elit diam ac at proin. Aliquam adipiscing proin donec, amet ullamcorper congue. Consectetur sem nisi sit tellus dolor, eget. Nibh tempus felis mi tempus felis tincidunt. Dolor volutpat tincidunt dolor molestie ante tempus. Elit, et, ac consectetur non nisi turpis. Tellus nunc pulvinar lobortis lorem, mauris mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac consectetur aliquet nunc, dolor eget nibh feugiat, molestie massa tempus adipiscing praesent pharetra tellus massa ipsum euismod laoreet, ac mauris ante lorem molestie massa tempus. Felis et ac at, proin aliquam adipiscing, praesent donec nonummy diam ac, non nunc pulvinar euismod laoreet sed eget lobortis lorem molestie, massa tempus felis mi. Erat at proin aliquam turpis praesent donec nonummy ullamcorper congue sit, molestie sed eget et lorem mauris proin tempus mauris ante ipsum id tincidunt dolor volutpat. Nibh lorem at mi donec amet ullamcorper lobortis feugiat diam magna consectetur sem nisi turpis aliquet dolore amet diam congue consectetur non ut sit aliquet nunc. Dolor eget lobortis feugiat volutpat lobortis ipsum, felis laoreet erat non nunc pulvinar euismod, nunc dolor mauris nibh tempus felis, mi erat elit et ac elit. Et aliquam turpis aliquet dolore, amet ullamcorper, congue pharetra non nunc, elit diam, nisi, sit tellus nunc amet euismod, tincidunt dolor, volutpat ante tempus id massa. Erat elit sem dolore amet laoreet sed eget lobortis tempus felis praesent donec elit diam magna consectetur proin nisi turpis aliquet dolore nonummy diam, ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sed mauris proin aliquam nonummy diam congue. Sit tellus massa tempus mi erat mauris ante. Aliquam, adipiscing praesent, donec nonummy ullamcorper congue consectetur. Sem nisi adipiscing praesent donec amet diam magna. Consectetur, non ut sit tellus ac turpis aliquet. Tincidunt, dolor volutpat, lobortis feugiat non, lobortis ipsum. Molestie mi erat elit et aliquam adipiscing aliquet. Dolore amet non, lobortis feugiat mauris ante felis. Diam nisi turpis aliquet dolore turpis aliquet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie massa sed eget laoreet lorem aliquet dolore amet. Ullamcorper tincidunt dolor volutpat massa tempus elit, et sed elit. Proin aliquam adipiscing aliquet donec amet ullamcorper magna consectetur sem. Nisi sit laoreet sed mauris proin aliquam adipiscing ullamcorper congue. Pharetra volutpat massa ipsum id laoreet, sed eget et ac. At, praesent donec, nonummy diam congue pharetra ut sit aliquet. Dolore pulvinar, euismod tincidunt feugiat, molestie, massa ipsum felis et. Ac at proin aliquam adipiscing praesent donec adipiscing praesent donec. Sem ut sit tellus nunc pulvinar euismod congue pharetra volutpat. Massa tempus felis et ac at proin ac at praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie laoreet donec consectetur non nunc ipsum id, laoreet lorem mauris proin aliquam felis mi erat elit mi erat elit. Aliquam amet euismod congue dolor volutpat nibh lorem mauris massa pulvinar euismod tincidunt sed eget ante lorem felis ante donec nonummy. Diam magna turpis aliquet turpis aliquet dolore nonummy diam, donec nonummy proin aliquam turpis, aliquet nunc pulvinar volutpat lobortis feugiat molestie. Ante tempus id laoreet sed eget nibh dolor volutpat massa id, laoreet sed eget et ac mauris aliquet donec nonummy praesent. Magna pharetra tellus nunc sit euismod nunc pulvinar ullamcorper tincidunt pharetra volutpat donec pharetra ullamcorper congue pharetra non ut sit id. Laoreet sed mauris ante tempus adipiscing, diam donec nonummy, sem ut, feugiat molestie, nunc pulvinar volutpat lobortis lorem praesent dolore amet. Ullamcorper ut sit molestie nunc pulvinar euismod tincidunt sed eget ante, tempus felis mi erat elit et ac, elit et ac. At proin donec diam congue sit non ut sit aliquet nunc sed eget ante tempus felis ante tempus elit et ac. Elit et at proin donec nonummy mi erat elit nibh lorem, at praesent aliquam felis praesent erat elit et ac, mauris. Proin aliquam adipiscing praesent donec amet, sem ut molestie laoreet ipsum id tincidunt sed eget nibh lorem molestie massa ipsum euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing praesent magna pharetra molestie lobortis sit tellus massa ipsum id tincidunt pharetra volutpat lobortis feugiat id laoreet sed id. Tincidunt sed, nibh lorem felis mi donec elit diam nisi turpis aliquet dolore pulvinar eget lobortis, feugiat mauris ante tempus id. Laoreet erat elit, diam magna consectetur dolore amet ullamcorper, congue dolor volutpat lobortis tempus elit et ac at sem aliquam turpis. Ullamcorper tincidunt dolor volutpat lobortis feugiat tellus nunc sit euismod nunc pulvinar, sem, dolore pulvinar, volutpat nibh, tempus, felis mi erat. Elit diam magna pharetra sem, nisi adipiscing aliquet congue pharetra volutpat lobortis, feugiat tellus ipsum id tincidunt dolor volutpat lobortis feugiat. Molestie ante, tempus elit diam magna at sem nisi adipiscing ullamcorper, donec nonummy praesent magna consectetur non ut pulvinar euismod sed. Eget proin tempus felis praesent donec amet diam magna turpis sem dolore pulvinar euismod tincidunt dolor non ut sit tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit euismod tincidunt sed eget ante tempus adipiscing aliquet donec amet, diam magna. At proin nisi adipiscing aliquet pharetra ullamcorper, lobortis feugiat molestie ante erat, elit. Diam magna sit tellus nunc pulvinar ullamcorper tincidunt dolor mauris, massa, tempus id. Laoreet sed eget ac turpis praesent dolore dolor volutpat lobortis, sit molestie massa. Tempus felis mi sed elit et aliquam, adipiscing, aliquet dolore pharetra non congue. Pharetra sem nisi sit, laoreet lorem eget nibh lorem molestie ante tempus felis. Laoreet erat elit proin aliquam felis, praesent donec elit et ac at et. Aliquam eget nibh lorem mauris ante aliquam felis, mi erat nonummy et magna. Consectetur sem nisi, amet volutpat lobortis feugiat, molestie massa ipsum felis mi erat. At laoreet sed eget et ac, at praesent dolore amet ullamcorper congue pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nunc pulvinar volutpat ac adipiscing praesent donec adipiscing praesent donec pharetra diam. Nisi turpis aliquet nunc dolor eget nibh lorem mauris ante tempus felis, mi. Erat elit aliquam turpis ullamcorper tincidunt pharetra non ut pharetra non nisi sit. Euismod, tincidunt dolor eget lobortis tempus felis mi erat nonummy sem nisi sit. Tellus ipsum id nibh lorem molestie massa ipsum molestie massa ipsum id tincidunt. Lorem at ante aliquam adipiscing mi erat nonummy diam nisi, sit tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante ipsum adipiscing praesent donec nonummy diam ac at praesent donec nonummy praesent donec, felis et ac sem nisi adipiscing aliquet dolore pharetra non, lobortis feugiat molestie laoreet. Sed elit et aliquam turpis, tellus nunc dolor volutpat lobortis feugiat molestie massa, id laoreet erat eget nibh ac adipiscing ante aliquam adipiscing mi erat elit nibh aliquam adipiscing. Aliquet nunc dolor eget nibh lorem, felis praesent donec consectetur et consectetur sem nunc pulvinar volutpat nibh, lorem, at ullamcorper congue pharetra non lobortis sit molestie nunc ipsum, id. Nibh ac mauris proin, aliquam, aliquet donec consectetur sem ut feugiat id, mi ac at sem nisi turpis aliquet dolore pharetra ullamcorper congue pharetra tellus massa tempus id laoreet. Sed eget nibh adipiscing mi erat felis, laoreet, sed, elit et aliquam adipiscing aliquet dolore, amet non ut sit molestie nunc pulvinar euismod tincidunt sed eget nibh, lorem, mauris. Mi nonummy ullamcorper ut sit tellus massa ipsum eget et ac at aliquet tincidunt, sed eget ante tempus adipiscing praesent donec et magna turpis aliquet dolore, amet ullamcorper congue. Pharetra molestie ante tempus, felis laoreet sed eget et lorem mauris ante, tempus felis, mi erat nonummy, diam magna proin dolore pulvinar euismod tincidunt, dolor volutpat massa feugiat id. Laoreet erat eget laoreet dolor volutpat ut sit molestie massa tempus, elit diam magna consectetur sem nisi aliquet congue amet ullamcorper congue sit aliquet, nunc amet ullamcorper, tincidunt, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sed elit diam magna turpis tellus nunc pulvinar euismod lobortis lorem mauris ante erat elit diam ac consectetur. Sem nisi, sit tellus amet ullamcorper congue consectetur non nunc pulvinar euismod nunc pulvinar euismod congue pharetra non lobortis. Sit molestie laoreet erat elit et aliquam adipiscing praesent donec praesent, magna consectetur non magna consectetur aliquet donec nonummy. Euismod, tincidunt feugiat molestie massa tempus elit et ac elit proin ac mauris praesent dolore amet non congue molestie. Ante erat elit et magna at proin nisi adipiscing praesent donec, nonummy sem nisi turpis tellus nunc ipsum id. Nibh lorem at aliquam amet ullamcorper ut sit molestie massa ipsum felis, laoreet, erat mauris ante aliquam adipiscing aliquet. Dolore dolor molestie massa, ipsum id laoreet erat eget nibh, lorem ante, aliquam adipiscing diam erat elit et ac. At aliquet nunc pulvinar, ullamcorper tincidunt dolor volutpat massa, feugiat molestie massa, ipsum euismod congue sed volutpat nibh, feugiat. Diam congue sit molestie ante ipsum, id laoreet erat elit et aliquam, adipiscing praesent erat nonummy et ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sed volutpat nibh tempus felis, ante tempus felis et ac at sem turpis ullamcorper congue pharetra non congue pharetra non nunc, amet euismod tincidunt, pharetra. Non lobortis feugiat tellus massa tempus elit nibh lorem at proin aliquam adipiscing congue pharetra non lobortis, ipsum id laoreet sed eget et aliquam adipiscing praesent. Donec nonummy diam magna, pharetra tellus massa tempus felis laoreet sed eget nisi, turpis aliquet donec amet, ullamcorper magna consectetur non nisi ipsum id tincidunt ac. At praesent dolore amet ullamcorper congue pharetra molestie ante nonummy, sem ut sit tellus nunc pulvinar id tincidunt dolor eget ante aliquam felis, mi donec nonummy. Non ut turpis aliquet nisi nonummy diam congue, dolor molestie erat id laoreet sed eget nibh ac mauris ante ipsum molestie laoreet ipsum id tincidunt pulvinar. Volutpat nibh lorem, molestie massa ipsum id laoreet erat, eget nibh felis mi ipsum id laoreet erat eget, nibh lorem mauris nibh tempus felis mi donec. Nonummy sem, nisi turpis, aliquet magna turpis, aliquet nunc sed volutpat tincidunt dolor non, ut feugiat molestie nunc ipsum id laoreet lorem mauris, ante lorem molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tempus felis sem nisi, sit molestie massa pulvinar id tincidunt lorem molestie. Massa ipsum felis mi erat diam, magna turpis tellus tincidunt dolor euismod tincidunt. Dolor mauris massa tempus, felis mi ac at et lorem, mauris, ante aliquam. Adipiscing diam magna molestie, massa ipsum, id laoreet lorem, eget nibh feugiat mauris. Mi erat elit diam, nisi turpis tellus massa sed eget proin aliquam turpis. Ullamcorper congue dolor volutpat lorem mauris massa ipsum felis mi ac at sem. Dolore pulvinar volutpat proin ac at praesent dolore, nonummy et magna pharetra, non. Ut id laoreet sed volutpat ut feugiat tellus nunc pulvinar euismod tincidunt dolor. Volutpat lobortis dolor molestie massa ipsum id laoreet ipsum id laoreet sed mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut feugiat, mauris mi, donec consectetur non lobortis feugiat euismod tincidunt dolor eget nibh ac. At congue pharetra volutpat ut feugiat molestie massa sed, eget et ac consectetur aliquet dolore. Amet diam magna nonummy diam, nisi, turpis tellus laoreet, erat sem dolore, turpis aliquet dolore. Pharetra volutpat lobortis feugiat molestie nunc, pulvinar id, tincidunt dolor volutpat, lobortis dolor volutpat massa. Tempus, felis laoreet sed eget lobortis dolor praesent donec amet diam donec nonummy diam aliquam. Adipiscing proin donec adipiscing praesent erat elit mi ac at nibh lorem mauris ante ipsum. Non lobortis ipsum nonummy, eget aliquet laoreet nisi sed consectetur non massa donec pharetra turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lorem consectetur non dolore amet ullamcorper tincidunt dolor eget. Ante tempus felis ante erat elit, et, ac consectetur, aliquet. Nunc dolor eget nibh ac at donec amet ullamcorper congue. Feugiat molestie nunc pulvinar euismod laoreet lorem mauris ante tempus. Adipiscing ullamcorper congue pharetra non ut feugiat id laoreet sed. Eget aliquam adipiscing praesent donec adipiscing diam donec, consectetur sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac consectetur sem dolore pulvinar, volutpat tincidunt non nisi feugiat, tellus massa ipsum, euismod tincidunt dolor non lobortis, ipsum id mi donec. Nonummy diam nisi sit tellus nunc pulvinar ullamcorper congue, pharetra lobortis ipsum, molestie massa, ipsum eget lobortis feugiat mauris ante tempus felis mi. Erat nonummy diam magna turpis, tellus nunc, dolor eget nibh lorem mauris tempus felis, laoreet sed volutpat lobortis pharetra volutpat ut sit tellus. Ut sit, tellus congue amet ullamcorper congue sit mauris ante, ipsum felis diam consectetur proin aliquam, felis praesent dolore amet ullamcorper congue sit. Tellus nunc pulvinar euismod, tincidunt sed eget ante lorem mauris ante tempus felis, nibh lorem mauris dolore amet euismod lobortis feugiat molestie massa. Ipsum, felis laoreet sed id laoreet sed volutpat lobortis sit molestie nunc ipsum id nibh lorem at proin, aliquam adipiscing erat elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ipsum elit proin nunc ipsum euismod laoreet sed eget nibh, lorem. Massa erat felis laoreet sed eget nibh lorem felis mi donec elit. Et magna consectetur non ut, amet ullamcorper congue dolor volutpat nibh tempus. Felis lobortis, feugiat molestie ante, tempus elit et ac at sem nisi. Turpis ullamcorper congue, dolor molestie massa, aliquam adipiscing praesent magna consectetur non. Nunc eget nibh lorem at sem nisi amet aliquet donec, nonummy, diam. Nisi turpis sem nisi adipiscing proin, donec adipiscing praesent magna sit tellus. Nunc eget et ac at sem nisi amet praesent donec consectetur sem. Magna turpis sem dolore pulvinar ullamcorper tincidunt sed molestie ante tempus id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac consectetur sem dolore, pulvinar euismod lobortis lorem molestie, ante erat, felis. Mi sed, eget lobortis feugiat volutpat massa felis laoreet erat elit nibh. Lorem at ante lorem felis praesent donec elit et ac at sem. Dolore amet ullamcorper tincidunt dolor volutpat ipsum id euismod mauris euismod proin. Mi mi tincidunt dolor mauris proin aliquam felis mi erat elit nibh. Ac adipiscing praesent, donec amet euismod congue pharetra, sem ipsum id laoreet. Sed eget lobortis feugiat volutpat ut, feugiat felis mi congue consectetur sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent dolore dolor volutpat lobortis lorem felis mi, tempus elit diam magna, at sem nisi turpis praesent, tempus felis praesent donec. Elit aliquam turpis praesent donec nonummy diam magna pharetra non ut turpis aliquet, nisi turpis praesent dolore amet, ullamcorper congue pharetra non. Nunc pulvinar ullamcorper tincidunt eget lobortis feugiat, molestie massa ipsum elit, et ac consectetur sem nisi turpis, ullamcorper tincidunt feugiat molestie ante. Tempus felis mi erat eget, laoreet lorem mauris ante felis mi sed elit diam ac at proin tempus felis praesent donec nonummy. Et magna at sem nisi ipsum eget nibh sed volutpat aliquam adipiscing diam donec nonummy diam nisi consectetur sem, dolore pulvinar euismod. Tincidunt dolor volutpat massa ipsum id laoreet, ipsum id et lorem, at praesent donec adipiscing magna pharetra non ut, sit tellus mi. Ac mauris proin tempus felis mi tempus felis massa ipsum id nibh feugiat molestie massa feugiat, tellus massa ipsum id magna consectetur. Aliquet nunc dolor volutpat ante aliquam adipiscing praesent, donec amet ullamcorper nisi at proin nisi adipiscing, praesent aliquam mauris proin donec adipiscing. Praesent magna sit non nunc pulvinar euismod tincidunt sed eget nibh tempus felis ante tempus elit et ac elit et lorem at. Proin nonummy diam magna, pharetra tellus ut pulvinar, euismod laoreet dolor volutpat congue dolor, non ut sit tellus, nunc pulvinar euismod congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus massa sed elit et magna turpis tellus nunc, pulvinar volutpat lobortis dolor mauris ante tempus diam nisi turpis aliquet, dolore amet ullamcorper tincidunt pharetra non ut feugiat molestie massa. Ipsum, id laoreet, sed mauris proin tempus mauris ante erat sem ut feugiat molestie massa sed eget et, ac adipiscing proin donec pharetra non lobortis sit tellus nunc ipsum felis. Mi ac at sem nisi turpis ullamcorper ac adipiscing proin donec nonummy ullamcorper ut feugiat molestie laoreet erat elit nibh lorem at, praesent aliquam adipiscing mi erat felis et ac. Tellus massa sed eget et aliquam adipiscing praesent donec nonummy ullamcorper congue consectetur, sem ut pulvinar euismod tincidunt pulvinar, euismod lobortis dolor non lobortis ipsum felis mi consectetur sem nisi. Amet, ullamcorper laoreet lorem at praesent, donec amet praesent magna consectetur sem nisi, sit euismod laoreet sed eget ante tempus adipiscing praesent donec amet ut feugiat, tellus massa ipsum id. Et, aliquam at praesent, aliquam felis praesent congue pharetra tellus nunc ipsum euismod tincidunt volutpat, lobortis feugiat mauris massa tempus felis mi erat elit et aliquam turpis aliquet dolore pulvinar. Non, nibh tempus mauris mi erat elit et magna turpis aliquet dolor euismod tincidunt feugiat molestie ante, tempus adipiscing, praesent donec, at sem nisi turpis aliquet dolore amet ullamcorper tincidunt. Dolor molestie nunc pulvinar euismod tincidunt pulvinar volutpat lorem at proin tempus adipiscing mi ac at proin nisi sit tellus nunc pulvinar euismod congue sit tellus nunc sit, euismod, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur sem nisi, turpis aliquet dolore pharetra ullamcorper ut sit non ut sit nunc sed eget, nibh lorem molestie massa tempus felis et ac, at, proin. Dolore amet ullamcorper dolore amet non ut sit, tellus nunc pulvinar id laoreet mauris ante tempus, felis mi erat nonummy diam ac turpis aliquet dolore amet ullamcorper. Congue dolor mauris ante donec pharetra, non, nibh aliquam adipiscing donec nonummy diam magna consectetur sem nisi, turpis aliquet, dolore pharetra ullamcorper congue sit tellus nunc pulvinar. Id, nibh ac adipiscing aliquet nunc pulvinar ut sit tellus ut sit aliquet nisi turpis ullamcorper tincidunt dolor molestie massa ipsum id massa ipsum euismod tincidunt sed. Eget nibh ipsum id massa ipsum id lorem at proin aliquam felis, praesent donec nonummy sem nisi sit, tellus nunc ipsum id laoreet sed volutpat ut, pharetra. Non ut sit tellus tincidunt dolor eget donec adipiscing diam congue nonummy et magna turpis aliquet dolore pulvinar id nibh lorem molestie ante ipsum felis mi erat. Nonummy mi donec elit, et ac, at proin nisi amet aliquet tincidunt dolor volutpat ut feugiat molestie nunc ipsum ullamcorper laoreet sed, eget lobortis sit tellus massa. Ipsum et nisi turpis aliquet dolore pulvinar volutpat lobortis feugiat volutpat massa ipsum felis laoreet erat eget et ac, at proin donec amet ullamcorper, lobortis feugiat mauris. Mi, nonummy diam nisi consectetur aliquet nunc amet ullamcorper, congue dolor non ut sit tellus, dolore turpis, ullamcorper tincidunt dolor volutpat nibh tempus felis praesent donec elit. Et consectetur sem dolore amet ullamcorper congue dolor volutpat lobortis ipsum molestie massa ipsum id, et aliquam turpis aliquet dolore nonummy praesent erat eget nibh lorem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem mauris mi erat felis mi erat elit sem pulvinar ullamcorper laoreet sed mauris praesent donec nonummy diam magna, consectetur non nisi consectetur sem, nisi turpis aliquet dolore. Amet non congue, consectetur, tellus massa eget nibh lorem mauris ante tempus mauris mi erat, eget et ac consectetur sem dolore amet ullamcorper congue pharetra volutpat lobortis, ipsum id. Laoreet sed nibh lorem mauris ante, tempus adipiscing praesent donec nonummy sem, ut pulvinar euismod nunc pulvinar ullamcorper tincidunt dolor volutpat, lobortis feugiat molestie, nunc, pharetra non ut amet. Ullamcorper tincidunt dolor, volutpat nibh lorem felis ante tempus elit et ac, consectetur sem nisi turpis ullamcorper tincidunt dolor volutpat lobortis feugiat molestie, pulvinar euismod tincidunt sed, eget nibh. Lorem felis ante, sed nonummy, diam magna consectetur aliquet nisi turpis aliquet dolore amet diam magna consectetur proin nisi turpis ullamcorper pharetra volutpat lobortis feugiat molestie laoreet, sed eget. Nibh ac turpis euismod, laoreet erat elit ante tempus, mauris praesent donec ullamcorper congue pharetra non nunc pulvinar, id nibh lorem at proin, tempus adipiscing praesent donec nonummy diam. Nisi, turpis aliquet dolore pulvinar ullamcorper dolore amet diam magna proin, aliquam adipiscing aliquet dolore amet volutpat lobortis sit non ut sit tellus, tincidunt dolor, volutpat, nibh lorem mauris. Mi tempus elit diam magna at sem nisi elit et, ac adipiscing praesent donec amet ullamcorper lobortis lorem mauris ante tempus elit diam ac at proin aliquam felis mi. Tempus nonummy diam ac at aliquam adipiscing, aliquet congue amet non congue sit sem ut sit tellus, tincidunt dolor volutpat tincidunt dolor non ut feugiat tellus nunc pulvinar ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing diam magna pharetra, molestie nunc, ipsum. Id laoreet sed felis diam nisi, turpis aliquet. Dolore dolor volutpat nibh, feugiat molestie ante tempus. Felis, praesent, magna consectetur sem ut, turpis tellus. Tincidunt sed mauris proin, felis mi erat felis. Mi ac consectetur sem dolore amet aliquet dolore. Amet, non ut feugiat molestie laoreet erat eget. Nibh lorem mauris nibh lorem praesent, donec nonummy. Diam nisi turpis tellus nunc amet ullamcorper tincidunt. Feugiat molestie ante tempus, adipiscing, diam magna, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore amet volutpat nibh, lorem adipiscing aliquet congue amet ullamcorper nisi turpis aliquet dolore pulvinar, euismod, laoreet lorem at, tempus adipiscing mi. Erat nonummy diam magna turpis aliquet nunc pulvinar volutpat nibh feugiat molestie, ante ipsum elit diam magna pharetra non nisi sit ullamcorper. Sed mauris proin aliquam adipiscing diam magna consectetur sem nisi, consectetur ante aliquam adipiscing praesent donec nonummy diam congue pharetra non nunc. Amet aliquet, dolore amet non sit tellus massa ipsum id laoreet sed mauris proin aliquam felis mi, erat nonummy et ac at. Proin aliquam turpis aliquet dolore amet congue sit tellus, nisi, turpis tellus nunc pulvinar euismod congue dolor volutpat ut feugiat id tincidunt. Dolor elit et aliquam adipiscing praesent aliquam, nonummy diam magna pharetra nunc ipsum eget, et lorem at sem dolore turpis ullamcorper, congue. Pharetra non lobortis ipsum, felis mi erat elit et lorem at proin tempus felis praesent erat et ac consectetur sem dolore pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nisi turpis aliquet, dolore amet ullamcorper, dolor volutpat ut feugiat molestie laoreet, ipsum eget. Nibh lorem mauris, ante aliquam nonummy praesent, magna consectetur sem, magna turpis aliquet, dolore pulvinar. Euismod congue volutpat lobortis tempus id laoreet sed eget et aliquam adipiscing praesent aliquam felis. Ante erat nonummy diam ac at, sem dolore turpis aliquet donec nonummy magna consectetur sem. Aliquam turpis aliquet donec amet ullamcorper congue pharetra non ut consectetur, proin aliquam, adipiscing id. Tincidunt dolor volutpat tincidunt dolor, volutpat feugiat molestie nunc pulvinar euismod, tincidunt dolor volutpat lobortis. Feugiat mauris mi erat elit nibh lorem eget nibh lorem molestie massa ipsum molestie tincidunt. Dolor eget, lorem mauris ante tempus, felis laoreet erat elit, proin aliquam, turpis aliquet, nunc. Amet euismod lobortis dolor non ut sit tellus nunc pulvinar euismod congue amet ullamcorper at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt sed mauris praesent donec amet ullamcorper tincidunt sit tellus nunc. Pulvinar et ac consectetur sem nisi turpis ullamcorper tincidunt pharetra volutpat ut. Feugiat tellus nunc ipsum id nibh sed mauris proin donec nonummy ullamcorper. Tincidunt volutpat lobortis ipsum, id et ac consectetur sem dolore pulvinar euismod. Tincidunt sed eget ante aliquam adipiscing praesent donec nonummy diam nisi turpis. Aliquet nunc pulvinar tincidunt feugiat mauris mi, erat felis mi erat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore amet non ut sit molestie, ante id, laoreet lorem at proin nisi turpis mi erat nonummy diam magna. Consectetur tellus laoreet ipsum id laoreet lorem mauris ante tempus felis mi erat laoreet sed eget nibh lorem molestie lobortis. Feugiat, molestie laoreet dolor volutpat nibh feugiat mauris massa ipsum id laoreet sed id nibh ac at proin adipiscing praesent. Donec consectetur sem nisi turpis aliquet nisi amet, euismod congue pharetra diam magna consectetur, non, ut pulvinar euismod laoreet dolor. Volutpat sit tellus massa, ipsum id, laoreet sed eget, nibh lorem molestie massa tempus id laoreet ipsum ullamcorper tincidunt pharetra. Volutpat lobortis sit molestie massa ipsum euismod, tincidunt volutpat lobortis sit tellus nunc sit tellus nunc turpis aliquet dolore pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore amet ullamcorper pharetra volutpat lobortis feugiat id massa sed eget nibh sed mauris ante tempus mauris. Ante tempus felis mi ac consectetur sem nisi amet, ullamcorper dolor molestie massa sit tellus nunc sit id. Nibh lorem mauris proin tempus adipiscing diam magna consectetur diam magna consectetur sem nisi adipiscing praesent donec ullamcorper. Congue sit tellus nunc pulvinar euismod tincidunt sed eget nibh lorem mauris massa ipsum felis mi erat elit. Nibh aliquam adipiscing praesent erat elit, diam sit, tellus, massa, ipsum eget nibh lorem mauris ante, tempus nonummy. Diam magna pharetra non lobortis feugiat euismod, tincidunt, sed elit et aliquam adipiscing congue dolor eget massa feugiat. Molestie laoreet, sed elit et magna consectetur sem dolore amet diam congue dolor volutpat lobortis sit tellus nunc. Amet, ullamcorper, congue pharetra lobortis ipsum felis laoreet ipsum id laoreet dolor volutpat lobortis feugiat mauris ante, tempus. Elit et erat elit proin nisi adipiscing praesent donec nonummy ut feugiat tellus nunc pulvinar, id laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris ante erat, felis et erat nibh feugiat molestie lobortis tempus felis mi sed eget laoreet lorem mauris proin, aliquam adipiscing praesent, donec nonummy et. Magna consectetur, tellus tincidunt dolor eget dolor molestie ante tempus felis et ac, consectetur, aliquet massa ipsum id laoreet dolor non lobortis lorem, felis praesent. Erat elit diam magna, turpis tellus amet ullamcorper congue pharetra non ut sit tellus nunc pulvinar euismod tincidunt sed volutpat lobortis tempus id laoreet sed. Eget nibh lorem, at, tempus felis, ante tempus felis et ac at sem nisi turpis praesent dolore amet ullamcorper magna at sem ut sit tellus. Tincidunt sed eget lobortis dolor, volutpat sit euismod tincidunt dolor volutpat tincidunt dolor molestie, massa tempus felis mi ac at proin aliquam adipiscing praesent donec. Nonummy ullamcorper ut sit non, nisi sit aliquet adipiscing praesent donec, nonummy diam magna turpis sem dolore, amet id laoreet sed eget ante aliquam adipiscing. Diam magna nonummy et magna consectetur sem dolore volutpat lobortis lorem molestie massa feugiat molestie, massa sed elit et aliquam at praesent dolore nonummy diam. Magna pharetra sem nisi, sit aliquet dolore amet ullamcorper congue diam, magna turpis aliquet, nunc pulvinar eget et lorem at praesent donec nonummy diam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh ac mauris nibh lorem felis mi donec, elit et. Nisi sit, molestie laoreet sed eget nibh lorem mauris ante tempus. Felis sed, elit et magna at aliquet dolore amet, ullamcorper tincidunt. Feugiat molestie massa tempus, felis mi sed eget nibh lorem at. Praesent aliquam adipiscing donec nonummy diam nisi turpis sem dolore amet. Ullamcorper tincidunt feugiat molestie lobortis ipsum id massa sed id nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa ipsum, id nibh lorem mauris proin donec nonummy diam. Magna, consectetur non lobortis feugiat molestie, massa pulvinar euismod nibh lorem. Mauris ipsum molestie massa pulvinar id laoreet lorem eget nibh tempus. Felis diam magna pharetra sem nisi turpis, tellus tincidunt dolor volutpat. Lobortis dolor molestie massa adipiscing diam donec consectetur non nunc ipsum. Id nibh lorem mauris, proin nisi turpis ullamcorper, tincidunt feugiat volutpat. Massa ipsum id massa sed id laoreet, lorem at tempus nonummy. Non, ut lorem felis, mi erat elit nibh ac mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat et magna, consectetur tellus laoreet sed id, laoreet, lorem eget proin tempus felis praesent erat elit diam magna at ante tempus adipiscing praesent donec et ac. Consectetur tellus nunc, pulvinar euismod tincidunt dolor volutpat lobortis ipsum id laoreet sed, id nibh ac at ante tempus felis ante ipsum felis sed, eget et lorem. At proin donec nonummy diam ac at sem nisi adipiscing aliquet, dolore nonummy praesent donec nonummy diam ac at sem nisi turpis aliquet nonummy et magna consectetur. Aliquet nisi turpis aliquet dolore amet diam congue sit tellus nunc pulvinar euismod tincidunt sed eget nibh lorem molestie, feugiat id nunc, pulvinar euismod lobortis feugiat molestie. Massa, ipsum felis mi sed elit nibh ac adipiscing proin aliquam felis praesent erat, nonummy et, ac at ante volutpat massa feugiat molestie, massa sed id nibh. Ac at praesent, donec adipiscing praesent donec nonummy diam nisi turpis aliquet, nunc pulvinar diam magna consectetur, sem nisi proin aliquam adipiscing, proin, donec elit diam magna. Pharetra non nunc pulvinar euismod laoreet sed volutpat ut sit tellus massa euismod, laoreet erat elit, et ac adipiscing aliquet donec elit mi sed eget nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sed elit et ac at sem nisi adipiscing mi erat elit diam, magna turpis aliquet nisi turpis. Aliquet congue, pharetra volutpat ipsum felis mi sed elit nibh, lorem at proin tempus felis mi erat elit. Diam magna consectetur aliquet, dolore amet ullamcorper congue, amet ullamcorper congue, sem aliquam adipiscing proin donec nonummy ullamcorper. Magna pharetra non ut sit tellus nunc pulvinar, euismod tincidunt pharetra, non nisi turpis aliquet, nisi amet ullamcorper. Congue dolor, ut feugiat molestie, massa sed elit diam nisi turpis aliquet nisi turpis ullamcorper congue dolor molestie. Massa tempus felis mi erat at proin at, aliquet congue pharetra non ut sit tellus, nunc pulvinar id. Nibh ac mauris proin aliquam turpis praesent congue amet ullamcorper congue pharetra tellus nunc pulvinar euismod pharetra non. Nibh tempus felis mi sed eget laoreet lorem at proin aliquam adipiscing mi tempus, felis laoreet sed, volutpat. Nibh lorem at proin tempus felis praesent elit et ac adipiscing praesent nunc amet euismod lobortis dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit proin nisi amet euismod. Laoreet lorem at aliquet donec nonummy. Non ut, sit tellus nunc ipsum. Felis mi lorem sem nisi, amet. Volutpat nibh ac at proin donec. Elit et magna pharetra non ut. Sit, tellus nunc pulvinar euismod lobortis. Lorem felis praesent consectetur non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing mi donec amet non congue sit tellus nunc sit euismod laoreet sed mauris feugiat, molestie. Massa erat elit mi erat eget, ante lorem, mauris ante tempus felis mi erat, at proin. Ac adipiscing praesent donec nonummy diam magna, consectetur, magna at aliquet dolore pulvinar euismod tincidunt feugiat. Molestie massa ipsum id laoreet erat eget nibh feugiat molestie massa tempus felis mi sed eget. Nibh at praesent donec nonummy euismod congue pharetra non ut feugiat molestie, laoreet sed elit et. Aliquam turpis aliquet dolore amet ullamcorper congue pharetra massa pulvinar euismod tincidunt dolor volutpat, lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id laoreet erat consectetur aliquet dolore pulvinar euismod dolor volutpat massa, tempus felis mi erat elit diam magna turpis tellus tincidunt ullamcorper proin congue aliquam amet at tellus diam nibh. Dolore nisi tempus dolor consectetur aliquet dolore amet, volutpat nibh ac at aliquet dolore pharetra non ut sit tellus nunc pulvinar id tincidunt, pharetra volutpat lobortis feugiat mauris erat elit. Et magna, sit tellus tincidunt pulvinar ullamcorper congue pharetra non congue pharetra tellus nunc, pulvinar euismod nibh ac mauris, ante tempus diam congue, pharetra volutpat nunc pulvinar euismod laoreet dolor. Eget nibh feugiat volutpat, lobortis feugiat molestie massa sed eget laoreet dolor non lobortis feugiat molestie massa, ipsum diam nisi sit euismod tincidunt dolor eget, nibh feugiat mauris ante ipsum. Id massa ipsum id laoreet sed eget ante aliquam adipiscing praesent donec consectetur sem nisi euismod laoreet, sed, elit proin tempus felis mi donec nonummy diam congue consectetur sem ut. Pulvinar id et lorem at aliquam nonummy diam magna consectetur sem nisi turpis aliquet nisi amet ullamcorper congue pharetra ullamcorper, congue sit non dolore turpis aliquet donec, amet ullamcorper, magna. Pharetra non sit tellus nunc dolor volutpat lobortis feugiat molestie massa ipsum id laoreet sed volutpat, lobortis lorem, mauris massa tempus felis mi sed elit et ac at proin nonummy. Diam congue feugiat molestie massa ipsum id tincidunt dolor volutpat lobortis feugiat molestie ante, ipsum felis praesent, magna consectetur proin nisi turpis tellus nunc pulvinar ullamcorper feugiat, molestie, ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi erat elit, et, aliquam id laoreet sed eget proin tempus mauris ante tempus elit et magna, consectetur sem nisi, turpis aliquet congue pharetra non lobortis. Sit molestie laoreet, sed et ac at proin donec nonummy praesent magna consectetur sem ut sit tellus nunc dolor volutpat nibh, lorem mauris mi donec nonummy ullamcorper. Congue pharetra nunc pulvinar euismod congue pharetra ullamcorper congue consectetur, tellus nunc pulvinar euismod, laoreet erat mauris ante aliquam adipiscing aliquet dolore nonummy, diam magna sem nisi. Amet id, laoreet sed mauris nibh lorem mauris massa ipsum, id nibh lorem, at proin aliquam adipiscing, aliquet dolore amet ullamcorper congue turpis sem nisi aliquet congue. Dolor volutpat lobortis sit molestie nunc pulvinar euismod tincidunt dolor volutpat nibh lorem mauris massa tempus id laoreet sed, elit nibh ac at praesent tempus laoreet ipsum. Id laoreet, lorem eget nibh lorem molestie mi donec consectetur diam magna consectetur aliquet dolore amet euismod, tincidunt dolor, praesent donec, nonummy et ac elit proin, nisi. Pulvinar tellus tincidunt dolor euismod tincidunt dolor tellus nunc pulvinar euismod tincidunt dolor, volutpat lobortis, feugiat, molestie ante tempus, diam, magna at proin ac adipiscing praesent dolore. Amet non ut feugiat, tellus nunc sit tellus nunc pulvinar volutpat tincidunt dolor molestie lobortis sit aliquet dolore amet tincidunt dolor eget ante ipsum, molestie nunc sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt lorem lobortis pulvinar tellus dolore amet ullamcorper congue amet ullamcorper ut feugiat molestie massa sed eget et, aliquam at proin donec, amet ullamcorper magna. Pharetra tellus tempus, elit et magna turpis sem dolore amet, euismod lobortis feugiat molestie ante tempus felis mi donec nonummy sem nisi turpis aliquet, dolore, pulvinar. Euismod feugiat molestie ante tempus felis et erat elit et lorem at massa tempus adipiscing mi erat elit et ac at proin, aliquam adipiscing praesent donec. Sem nisi turpis sem aliquam turpis aliquet donec nonummy et ac consectetur sem ut pulvinar ullamcorper congue pharetra, non congue pharetra non ut sit aliquet sed. Eget nibh tempus felis mi donec nonummy et magna at proin aliquam amet ullamcorper tincidunt dolor volutpat nibh lorem, mauris ante sed elit et ac consectetur. Nisi felis mi tempus elit diam, ac at proin aliquam turpis ullamcorper congue dolor volutpat lobortis feugiat molestie nunc ipsum eget, nibh lorem mauris sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ut, ipsum id mi ac, elit et ac at proin aliquam adipiscing laoreet id, nibh lorem mauris ante tempus adipiscing mi erat. Elit diam magna consectetur, sem nisi adipiscing aliquet dolore amet ullamcorper congue pharetra non nunc pulvinar id ac consectetur praesent donec nonummy euismod. Lobortis feugiat, molestie lobortis feugiat molestie massa dolor volutpat lobortis feugiat molestie, lobortis feugiat molestie laoreet erat elit nibh eget, ante tempus adipiscing. Praesent magna consectetur sem nisi turpis aliquet dolore amet aliquet, congue dolor molestie lobortis ipsum id, laoreet ipsum id ac at proin aliquam. Adipiscing mi erat nonummy diam nisi turpis tellus dolore amet aliquet dolore amet ullamcorper ut sit molestie laoreet, sed eget et aliquam at. Dolore pulvinar ullamcorper congue pharetra sem magna turpis aliquet dolore amet euismod lobortis feugiat molestie ante tempus elit et erat at proin, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis sit tellus nunc pulvinar euismod laoreet sed elit nibh tempus, felis mi tempus, felis mi, feugiat id mi ac at. Sem nisi sit tellus nunc pulvinar euismod tincidunt feugiat molestie ante erat felis mi, erat at proin ac mauris ante ipsum nunc. Pulvinar id nibh lorem mauris nibh lorem mauris mi erat elit nibh, lorem at ante lorem mauris massa feugiat id mi erat. Elit, et adipiscing praesent aliquam adipiscing mi erat eget laoreet sed mauris ante tempus felis ante erat, felis mi, sed eget ante. Tempus felis mi amet ullamcorper congue consectetur, proin nisi sit ullamcorper dolore pharetra non lobortis feugiat molestie ante tempus id, laoreet lorem. At ante tempus felis ante tempus elit et consectetur non nunc amet ullamcorper dolore amet non ut sit non nisi turpis tellus. Dolore amet euismod lobortis feugiat volutpat lobortis feugiat, molestie massa, pulvinar volutpat tincidunt volutpat massa tempus id laoreet pulvinar euismod tincidunt dolor. Non lobortis sit tellus nunc sit tellus dolore amet ullamcorper tincidunt, mauris massa, feugiat id laoreet ipsum eget nibh, ac adipiscing proin. Dolore, amet ullamcorper ut sit mauris ante tempus felis mi lorem at proin aliquam adipiscing praesent pharetra non ut feugiat molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, eget nibh feugiat mauris mi elit et magna turpis, aliquet dolore pulvinar ullamcorper tincidunt pharetra non lobortis feugiat. Id laoreet, erat elit et ac at praesent aliquam adipiscing mi erat, sem ut sit euismod nunc pulvinar euismod. Congue dolor non ut turpis sem dolore pulvinar ullamcorper congue pharetra non, ut sit, molestie massa, ipsum id ac. At proin tempus felis mi donec consectetur, sem nisi turpis aliquet nisi turpis aliquet donec amet ullamcorper ut pharetra. Tellus massa pulvinar tellus nisi turpis tellus nunc pulvinar euismod tincidunt feugiat molestie massa feugiat id massa, sed elit. Et nisi amet aliquet congue dolor volutpat nibh feugiat molestie massa sit tellus ut pulvinar tellus tincidunt dolor volutpat. Nibh lorem felis praesent, donec nonummy et ac at proin ac adipiscing, praesent donec amet ullamcorper ut sit non. Tempus elit diam ut pulvinar euismod tincidunt sed, eget et lorem mauris proin donec nonummy diam congue consectetur proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed mauris ante tempus nonummy, ullamcorper. Tincidunt feugiat, volutpat lobortis feugiat molestie. Massa ipsum euismod lobortis dolor molestie. Ante adipiscing praesent donec pharetra non. Nunc ipsum id, laoreet sed eget. Nibh lorem, mauris massa ipsum id. Mi erat at sem nisi turpis. Ullamcorper tincidunt eget nibh tempus felis. Mi donec nonummy diam ac consectetur. Sem dolore turpis diam donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, aliquam aliquet dolore nonummy ullamcorper ut feugiat id mi erat nonummy diam ac at ante tempus nonummy diam congue pharetra, non lobortis feugiat id mi. Erat et ac at proin aliquam adipiscing, praesent donec nonummy, et nisi turpis tellus nunc pulvinar euismod, lobortis feugiat volutpat lobortis feugiat, molestie tincidunt dolor volutpat. Nisi pulvinar ullamcorper congue pharetra non lobortis feugiat, molestie nunc pulvinar euismod laoreet sed eget nibh tempus adipiscing praesent magna consectetur non, lobortis molestie, massa pulvinar. Euismod, laoreet sed mauris massa ipsum felis praesent donec nonummy et, ac at sem dolore pulvinar ullamcorper magna, pharetra non, ut turpis sem nisi, ullamcorper tincidunt. Feugiat mauris ante aliquam adipiscing diam congue pharetra tellus ut sit euismod laoreet sed eget nibh, lorem felis mi erat elit mi sed at proin pulvinar. Euismod laoreet sed, mauris ante ipsum id laoreet sed, elit et magna, turpis aliquet nunc pulvinar, euismod congue pharetra non ut sit molestie, massa consectetur, proin. Nisi, turpis ullamcorper congue pharetra non lobortis feugiat molestie nunc pulvinar tellus tincidunt dolor eget nibh lorem felis praesent donec lorem molestie massa ipsum id congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget, nibh, magna turpis aliquet donec nonummy diam magna pharetra praesent erat, felis, mi sed elit proin nisi turpis aliquet tincidunt dolor volutpat ut. Feugiat molestie massa ipsum id nibh lorem consectetur sem nisi amet euismod lorem molestie, massa tempus id laoreet ipsum id nibh lorem molestie massa sit. Tellus massa pulvinar, euismod, tincidunt sed eget nibh tempus mauris mi, consectetur sem lobortis feugiat tellus nunc amet ullamcorper congue pharetra non lobortis feugiat molestie. Laoreet sed eget laoreet lorem mauris, nibh tempus mauris, mi, nonummy sem ut sit tellus nunc pulvinar volutpat tincidunt feugiat molestie proin aliquam nonummy praesent. Magna consectetur, sem nisi adipiscing praesent, donec amet euismod tincidunt feugiat molestie erat felis diam magna consectetur proin nisi amet ullamcorper congue pharetra ullamcorper congue. Pharetra non ut pulvinar euismod, tincidunt, dolor eget nibh lorem, mauris, mi erat diam magna consectetur, aliquet nunc pulvinar euismod congue dolor turpis eget tellus. Ullamcorper praesent nibh ut ipsum pharetra, molestie diam nisi erat erat amet mauris ante erat nonummy diam congue pharetra sem ut, sit aliquet nunc amet. Non lobortis sit tellus massa ipsum id, laoreet erat eget aliquam felis mi erat felis mi erat elit et ac adipiscing praesent donec adipiscing diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tempus felis praesent, donec consectetur, sem ut turpis, aliquet massa pulvinar, ullamcorper congue dolor, non lobortis sit non ut pulvinar euismod lorem mauris nibh lorem mauris. Mi erat nonummy diam magna consectetur aliquet nunc pulvinar euismod tincidunt feugiat volutpat lobortis feugiat, id laoreet sed elit diam turpis aliquet dolore adipiscing diam donec elit. Et erat elit nibh tempus felis mi donec nonummy diam ac elit nibh ac at proin aliquam adipiscing praesent donec mauris ante tempus felis laoreet sed mauris. Nibh lorem felis, ante erat elit mi erat id laoreet feugiat volutpat lobortis, feugiat molestie massa eget nibh lorem, mauris proin tempus adipiscing praesent erat nonummy sem. Nisi consectetur, sem nisi amet euismod lobortis feugiat molestie lobortis sit, tellus massa sed eget laoreet mauris praesent donec adipiscing diam magna consectetur diam magna consectetur sem. Nisi turpis aliquet donec nonummy ullamcorper magna at proin, aliquam adipiscing praesent dolore amet ullamcorper congue non massa tempus felis et lorem mauris ante tempus turpis praesent. Dolore amet ullamcorper magna consectetur proin aliquam turpis praesent, lorem eget nibh lorem mauris massa pulvinar euismod tincidunt pulvinar euismod tincidunt, feugiat, molestie massa ipsum id laoreet. Sed volutpat lobortis lorem mauris proin tempus felis donec nonummy diam aliquam turpis aliquet nunc dolor euismod lobortis lorem mauris massa tempus, id et ac at et. Lorem, at proin aliquam adipiscing, praesent donec at aliquam adipiscing aliquet dolore dolor eget nibh lorem, mauris, mi erat nonummy diam, magna at proin nisi adipiscing, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis, mi donec nonummy, diam, ac at ante tempus adipiscing mi erat felis mi erat, elit. Lorem at mi donec nonummy diam magna consectetur non nunc sit aliquet dolore amet ullamcorper congue sit. Tellus massa ipsum, euismod tincidunt dolor, eget nibh lorem ullamcorper dolore pharetra non ut feugiat molestie massa. Sed elit et ac adipiscing aliquet nunc dolor eget ante tempus mauris ante tempus felis mi ac. Proin aliquam turpis aliquet donec nonummy et magna pharetra non ut sit tellus tincidunt sed mauris proin. Aliquam adipiscing praesent erat nonummy diam sit tellus massa ipsum euismod tincidunt dolor non, lobortis feugiat molestie. Massa ipsum id tincidunt pulvinar non ut feugiat, tellus nunc, pulvinar euismod tincidunt sed volutpat tincidunt non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed elit et sed mauris nibh tempus nonummy ullamcorper. Congue sit tellus erat elit et ac consectetur sem nisi. Adipiscing aliquet tincidunt dolor, volutpat lobortis feugiat non dolore pulvinar. Id laoreet sed mauris nibh tempus felis mi tempus nibh. Sed eget nibh lorem mauris mi erat elit mi erat. Elit et aliquam turpis aliquet dolore nonummy diam magna consectetur. Diam magna adipiscing praesent nonummy diam congue pharetra volutpat lobortis. Feugiat molestie tincidunt dolor volutpat nibh lorem mauris ante tempus. Adipiscing diam magna consectetur non ut sit tincidunt sed, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, pulvinar id laoreet erat elit proin aliquam, at proin aliquam adipiscing mi id, nibh ac at ante aliquam nonummy. Praesent congue dolor tellus, ut pulvinar euismod tincidunt dolor, euismod lobortis dolor volutpat lobortis, feugiat molestie massa ipsum tellus nunc. Ipsum, eget nibh ac at praesent donec nonummy praesent magna consectetur sem ut feugiat id tincidunt sed eget et aliquam. Adipiscing aliquet dolore ullamcorper ut sit tellus, ut, pulvinar id nibh sed eget, nibh lorem mauris mi donec, nonummy sem. Ut feugiat id mi sed elit et at praesent donec nonummy diam, magna, sit molestie ante, tempus felis et ac. At sem nisi turpis aliquet dolore nonummy diam magna pharetra aliquet nisi turpis dolore pharetra volutpat ante lorem felis mi. Donec nonummy diam nisi turpis aliquet dolore amet ullamcorper tincidunt dolor molestie ante ipsum id laoreet erat elit nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec consectetur sem nisi turpis aliquet dolore, turpis ullamcorper. Lobortis dolor mauris mi id laoreet sed elit nibh ac. At proin donec adipiscing mi donec, nonummy diam, magna consectetur. Proin aliquam adipiscing mi donec nonummy diam ac elit proin. Amet ullamcorper tincidunt feugiat molestie massa, ipsum molestie laoreet sed. Elit diam nisi adipiscing praesent donec amet euismod, tincidunt feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa erat eget nibh lorem molestie lobortis ipsum id massa sed elit et lorem eget nibh feugiat molestie massa ipsum, id mi, volutpat ante. Aliquam adipiscing aliquet erat nonummy, ullamcorper congue pharetra sem nisi turpis ullamcorper tincidunt dolor volutpat lobortis lorem molestie massa ipsum id, laoreet volutpat lobortis. Lorem mauris mi donec amet ullamcorper congue feugiat tellus nunc pulvinar euismod tincidunt sed mauris ante, aliquam adipiscing mi, erat elit et ac at. Lorem, felis praesent donec elit diam magna sit tellus nunc amet aliquet dolore nonummy praesent, donec elit proin aliquam adipiscing aliquet nunc amet ullamcorper. Dolor molestie massa tempus id et erat, elit proin aliquam adipiscing praesent donec nonummy ullamcorper congue consectetur non nunc pulvinar euismod tincidunt dolor euismod. Tincidunt dolor nunc pulvinar euismod nunc pulvinar volutpat lobortis, feugiat mauris ante tempus felis et erat pharetra non nisi turpis tellus dolore amet euismod. Congue pharetra non ut sit laoreet dolor at proin, ac adipiscing ullamcorper dolore amet ullamcorper ut sit tellus nunc, ipsum id laoreet lorem mauris. Ante mauris mi donec nonummy, diam nisi sit aliquet dolore pulvinar, euismod lobortis dolor volutpat massa ipsum felis mi erat elit et lorem mauris. Ante donec amet diam pharetra non nisi sit tellus tincidunt dolor volutpat, tincidunt dolor volutpat lobortis feugiat molestie massa pulvinar euismod tincidunt dolor eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit et lorem at proin aliquam turpis, aliquet dolore pharetra non, lobortis feugiat aliquet, nunc pulvinar. Nibh lorem at, proin aliquam nonummy ullamcorper congue sit molestie massa, pulvinar id mi sed eget lobortis. Dolor volutpat lobortis ipsum, felis et ac proin nisi sit ullamcorper congue dolor volutpat lobortis feugiat tellus. Massa ipsum id tincidunt pulvinar volutpat lobortis dolor volutpat lobortis sit tellus, nunc ipsum id nibh feugiat. Ante tempus adipiscing praesent magna nonummy, sem nisi consectetur aliquet dolore pulvinar ullamcorper congue pharetra non lobortis. Feugiat id laoreet sed eget nibh molestie proin, aliquam nonummy, diam, donec consectetur sem ut sit, tellus. Nunc pulvinar euismod, lobortis, lorem mauris ante ipsum id, laoreet erat at proin aliquam adipiscing aliquet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie laoreet erat elit diam magna at sem, nisi turpis ullamcorper magna pharetra, ut feugiat molestie massa sed eget nibh ac mauris proin tempus adipiscing diam magna. Consectetur non nunc, ipsum tellus tincidunt dolor volutpat, nibh lorem, mauris mi nonummy ullamcorper ut, sit tellus nunc pulvinar ullamcorper tincidunt sed mauris ante lorem felis mi. Erat elit et, magna consectetur, aliquet nisi amet ullamcorper congue, sem ut turpis molestie, nunc pulvinar euismod laoreet sed, volutpat lobortis feugiat id mi erat elit, nibh. Sed eget nibh, lorem mauris ante id mi ac at sem, nisi amet euismod laoreet feugiat molestie massa, tempus, id, mi sed elit et lorem at proin. Aliquam adipiscing praesent erat consectetur diam at proin, aliquam, turpis aliquet donec nonummy pulvinar donec, lorem turpis elit mauris ullamcorper congue lorem mauris ante, tempus felis mi. Ac consectetur sem ut turpis aliquet sed eget nibh lorem molestie ante tempus felis laoreet, sed at proin nisi, amet ullamcorper congue pharetra, ullamcorper massa ipsum massa. Sed elit et lorem at praesent dolore amet ullamcorper congue sit molestie nunc sit tellus nunc pulvinar euismod tincidunt dolor non ut sit tellus nunc ipsum nibh. Lorem at proin donec nonummy ullamcorper congue pharetra tellus nunc ipsum euismod nunc dolor volutpat lobortis pharetra non ut sit molestie nunc pulvinar euismod laoreet eget ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie ante donec nonummy diam, nisi turpis aliquet nunc ullamcorper tincidunt feugiat volutpat, lobortis feugiat molestie, nunc ipsum eget, laoreet dolor volutpat nibh feugiat. Molestie nunc, pulvinar id laoreet sed eget nibh lorem mauris tempus felis, mi erat at proin nisi turpis aliquet dolore amet diam magna consectetur, sem. Ut pulvinar euismod, laoreet sed eget lobortis lorem mauris ante felis mi sed eget et ac adipiscing praesent, donec nonummy, diam magna nonummy proin aliquam. Turpis tellus laoreet sed eget nibh lorem molestie donec consectetur sem nisi turpis sem nisi amet aliquet donec amet non lobortis feugiat id massa pulvinar. Id nibh ac, mauris ante tempus felis ullamcorper tincidunt dolor mi erat, elit, diam magna consectetur aliquet nunc amet, ullamcorper dolore pharetra, volutpat, nibh, lorem. Mauris mi erat elit nibh sed eget nibh tempus, mauris mi elit diam nisi turpis aliquet dolore amet ullamcorper tincidunt dolor volutpat, lobortis feugiat molestie. Nunc ipsum id laoreet dolor eget nisi turpis aliquet magna, nonummy sem nisi consectetur aliquet nisi amet euismod, tincidunt, dolor volutpat ut sit molestie massa. Ipsum eget nibh sed eget nibh feugiat molestie erat elit mi sed elit nibh lorem at praesent donec nonummy diam congue consectetur sem aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut lorem molestie, ante, erat elit diam magna consectetur sem nisi turpis praesent erat, elit diam congue sit tellus nunc pulvinar nibh ac at proin, aliquam nonummy. Diam, congue pharetra non lobortis pulvinar euismod tincidunt dolor, volutpat lobortis feugiat molestie, massa tempus felis mi ac sem nisi, turpis, aliquet nunc pulvinar, volutpat, nibh lorem. Adipiscing praesent magna consectetur non ut feugiat molestie massa, ipsum id nibh lorem at proin aliquam felis praesent pharetra non ut sit tellus nunc dolor eget lobortis. Lorem, mauris, mi erat nonummy et magna at sem dolore amet ullamcorper dolore amet ut sit tellus nunc pulvinar tellus dolore amet diam magna consectetur volutpat ut. Sit euismod tincidunt sed eget nibh lorem mauris proin aliquam adipiscing diam magna consectetur nisi turpis tellus tincidunt pulvinar euismod tincidunt feugiat molestie ante erat nonummy diam. Magna turpis tellus nunc amet aliquet congue dolor volutpat ut sit molestie, nunc pulvinar tincidunt, sed eget, lobortis feugiat molestie ante tempus elit et ac at proin. Aliquam turpis aliquet dolore amet, ullamcorper magna sem ut, turpis aliquet, dolore pharetra non lobortis sit, mauris ante tempus, elit et magna, consectetur proin dolore amet ullamcorper. Tincidunt feugiat molestie, massa, tempus felis laoreet elit et lorem at, proin tempus felis praesent donec nonummy et magna consectetur proin aliquam felis mi donec nonummy et. Magna consectetur sem nisi amet euismod congue volutpat, nibh tempus felis mi donec nonummy sem magna turpis aliquet dolore, amet volutpat, lobortis feugiat molestie massa ipsum felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi turpis tellus tincidunt pharetra ullamcorper, ut sit tellus massa pulvinar. Id laoreet, ac consectetur sem, turpis ullamcorper tincidunt, feugiat molestie ante. Tempus felis mi ac at proin ac at, ante aliquam adipiscing. Diam magna consectetur sem ut sit laoreet erat elit proin nisi. Turpis euismod tincidunt feugiat molestie ante ipsum id laoreet sed elit. Et ac at praesent, aliquam nonummy diam congue pharetra volutpat massa. Id et magna consectetur sem aliquam turpis ullamcorper congue, pharetra non. Ut feugiat, molestie laoreet erat elit nibh lorem eget ante tempus. Felis tincidunt dolor molestie massa ipsum id mi ac at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing praesent magna consectetur non pulvinar id tincidunt dolor mauris proin aliquam adipiscing aliquet congue. Amet non ut sit tellus, dolore pulvinar ullamcorper congue dolor, non lobortis lorem mauris massa eget. Nibh lorem mauris ante aliquam turpis praesent donec nonummy ullamcorper congue turpis aliquet dolore pulvinar, ullamcorper. Congue pharetra volutpat lobortis feugiat mauris massa ipsum, diam nisi consectetur aliquet nunc pulvinar euismod tincidunt. Feugiat molestie massa ipsum, id mi ac pharetra non ut turpis aliquet dolore, amet diam congue. Mauris, mi tempus elit et magna sit tellus tincidunt pulvinar euismod, tincidunt feugiat molestie massa ipsum. Molestie laoreet erat eget, et aliquam at praesent donec nonummy lobortis, feugiat, mauris mi donec, nonummy. Et magna at proin nisi turpis aliquet donec nonummy ullamcorper, ut sit id, massa ipsum eget. Laoreet lorem at proin aliquam eget nibh, tempus, mauris, ante tempus felis et sed eget nibh. Ac mauris, ante tempus id, laoreet sed id et adipiscing tellus nunc pulvinar volutpat tincidunt, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mi erat elit proin nisi turpis dolore nonummy diam congue pharetra, tellus nunc pulvinar, euismod tincidunt sed, eget. Lobortis tempus felis mi erat elit mi ac at proin ac adipiscing lobortis feugiat mauris ante aliquam adipiscing mi. Donec consectetur non nunc pulvinar euismod tincidunt dolor volutpat nibh lorem mauris mi, tempus felis mi, ac elit nunc. Pulvinar id laoreet sed mauris ante tempus felis mi donec nonummy et ac consectetur sem aliquam turpis diam donec. Nonummy diam magna consectetur proin amet, euismod tincidunt dolor volutpat lobortis feugiat id mi erat elit, et magna turpis. Aliquet donec pulvinar diam, magna consectetur non ut, sit aliquet dolore id nibh ac at ante aliquam adipiscing mi. Donec, consectetur, non nisi sit euismod nunc, dolor euismod, lobortis feugiat molestie, massa tempus felis mi magna at proin. Amet euismod tincidunt, dolor non ut sit tellus nunc pulvinar euismod laoreet dolor volutpat lobortis feugiat molestie ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nisi amet euismod laoreet sed mauris massa ipsum, adipiscing praesent magna consectetur sem ut turpis aliquet, dolore amet euismod lorem adipiscing praesent donec, nonummy. Et magna consectetur proin nisi turpis euismod, proin nunc donec feugiat amet mauris aliquet nunc sed at aliquet laoreet magna elit molestie, euismod sem laoreet. Erat, ipsum adipiscing praesent magna elit et ac mauris ante tempus felis mi donec, nonummy diam magna turpis sem, nisi turpis aliquet pharetra volutpat lobortis. Feugiat id praesent erat at proin nisi sit tellus dolore nonummy, ullamcorper congue pharetra sem magna turpis, aliquet nunc pulvinar, nibh lorem, mauris proin erat. Nonummy diam magna consectetur sem, nisi sit euismod nunc pulvinar, euismod lobortis, feugiat molestie massa ipsum felis laoreet sed eget, tincidunt, feugiat mi donec nonummy. Ullamcorper congue consectetur sem ut sit tellus congue, pharetra non, ut lorem tellus massa ipsum id laoreet erat elit ante tempus felis ante erat diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, ante tempus nonummy diam congue consectetur sem, ut turpis sem dolore volutpat, lobortis lorem mauris ante ipsum id laoreet sed eget nibh lorem adipiscing praesent donec nonummy ullamcorper. Ut sit, tellus massa ipsum id nibh lorem, eget aliquam felis praesent dolore pharetra volutpat lobortis feugiat molestie massa ipsum elit et ac at proin donec nonummy diam magna. Pharetra non ut sit tellus, erat at proin aliquam adipiscing, praesent dolore amet non lobortis, sit tellus laoreet sed elit proin aliquam turpis aliquet dolore pulvinar ullamcorper magna non. Ut turpis tellus tincidunt pulvinar euismod, tincidunt lorem volutpat massa, tempus elit mi erat, elit et ac adipiscing praesent donec nonummy diam, congue pharetra tellus, nunc elit diam nisi. Turpis aliquet, nunc pulvinar euismod tincidunt, dolor molestie massa feugiat molestie nisi turpis aliquet donec nonummy praesent erat, eget et magna consectetur aliquet dolore euismod lobortis feugiat molestie ante. Tempus id mi erat elit proin aliquam turpis euismod congue pharetra non congue consectetur non ipsum id laoreet sed, at proin aliquam adipiscing praesent erat elit et magna pharetra. Sem dolore turpis aliquet congue pharetra non lobortis feugiat mauris ante tempus elit nunc ipsum, felis mi erat, elit et lorem, at, ante donec nonummy diam ac consectetur proin. Ac, at proin, aliquam nonummy diam congue, sit tellus ante nonummy et ac consectetur aliquet nisi turpis ullamcorper congue amet ullamcorper ut, pharetra tellus ut sit ullamcorper congue amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent magna pharetra non ut sit id tincidunt dolor eget, et ac. At praesent donec nonummy diam magna id laoreet sed id laoreet, sed. Eget ante aliquam adipiscing praesent donec, nonummy diam magna, consectetur, sem dolore. Pulvinar euismod tincidunt feugiat at proin pharetra non nibh lorem felis mi. Donec elit diam, magna turpis sem aliquam turpis aliquet donec consectetur, sem. Nisi, sit, molestie massa sed id nibh lorem, proin aliquam, adipiscing, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed mauris ante tempus, turpis diam congue pharetra non lobortis, feugiat molestie nunc euismod, tincidunt dolor volutpat massa, feugiat id mi. Erat consectetur non nisi turpis praesent dolore amet diam magna nonummy diam ac, at sem nisi adipiscing mi, dolor molestie massa. Ipsum felis mi, magna, consectetur sem ut sit euismod, dolore dolor volutpat lobortis lorem mauris mi erat, felis et, magna consectetur. Sem amet ullamcorper congue dolor volutpat ut sit tellus massa ipsum id nibh sed eget, nibh lorem felis mi erat nonummy. Sem, magna consectetur aliquam adipiscing praesent aliquam adipiscing et ac at proin nisi adipiscing praesent, donec nonummy, diam congue pharetra tellus. Nunc pulvinar euismod tincidunt pulvinar euismod lobortis lorem molestie tempus elit et erat elit et ac at proin donec nonummy ullamcorper. Congue sit molestie massa tempus elit et ac consectetur aliquet dolore amet ullamcorper, dolore amet ut sit felis mi sed at. Proin nisi sit euismod tincidunt sed mauris sem nisi amet diam magna consectetur non ipsum molestie massa, sed eget nibh feugiat. Mauris, ante aliquam adipiscing mi, erat, elit et magna mauris proin aliquam felis mi, donec, nonummy diam ac consectetur dolore pulvinar. Aliquet dolore amet non congue sit tellus massa ipsum id laoreet sed volutpat lobortis feugiat molestie massa sit tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante erat nonummy ullamcorper congue sit tellus nunc pulvinar euismod laoreet sed eget proin tempus praesent donec nonummy et ac consectetur, aliquet. Dolore pulvinar euismod tincidunt, dolor volutpat massa ipsum id, mi erat eget nibh sed mauris proin aliquam praesent magna nonummy diam nisi. Turpis aliquet dolore, turpis praesent erat amet, diam congue sit molestie massa ipsum id nibh sed eget ante lorem felis laoreet, sed. Non ut sit tellus nunc dolor eget nibh lorem felis mi donec elit et ac pharetra non nunc pulvinar euismod tincidunt dolor. Eget lorem felis praesent erat felis, et magna consectetur sem nisi turpis aliquet dolore, nonummy non lobortis feugiat tellus massa ipsum, elit. Nibh ac adipiscing aliquet donec adipiscing erat elit et, ac at ante tempus adipiscing aliquet dolore amet ullamcorper congue sit tellus nunc. Pulvinar id nibh lorem mauris proin donec nonummy diam donec consectetur ut sit tellus nunc pulvinar volutpat nibh ac adipiscing mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non nunc euismod tincidunt, sed mauris ante, tempus felis, praesent. Donec nonummy et magna turpis aliquet tincidunt sed, elit et lorem. At proin aliquam adipiscing et at proin nisi adipiscing proin donec. Amet, euismod tincidunt dolor molestie massa tempus, felis mi erat eget. Et ac at proin erat nonummy diam congue sem ut sit. Tellus tincidunt sed mauris proin tempus felis praesent donec nonummy diam. Nisi sit tellus, nisi amet, ullamcorper congue feugiat molestie, massa tempus. Felis mi elit nibh ac at proin, donec nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit euismod nunc, pulvinar euismod dolor molestie lobortis feugiat molestie, massa sed eget et ac adipiscing aliquet dolore pulvinar euismod lobortis feugiat tellus massa. Ipsum, felis, et, ac, at nisi amet euismod congue pharetra non ut sit tellus nunc sit euismod laoreet lorem at praesent donec nonummy, diam. Congue dolor volutpat ut sit tellus dolor volutpat nibh lorem molestie ante, tempus id massa pulvinar id laoreet sed mauris ante tempus felis mi. Magna pharetra non lobortis ipsum id, laoreet erat consectetur dolore amet, ullamcorper congue dolor volutpat lobortis feugiat molestie nunc sit tellus nunc dolor volutpat. Lobortis lorem mauris mi erat felis mi sed lobortis feugiat molestie lobortis ipsum id mi erat at sem nisi adipiscing praesent dolore amet ullamcorper. Ut feugiat mauris mi tempus felis laoreet sed volutpat nibh, lorem, ante erat felis mi erat elit nibh lorem mauris ante tempus, felis laoreet. Sed elit diam magna, turpis aliquet dolore pulvinar euismod congue pharetra sem nisi consectetur dolore pulvinar id nibh lorem mauris ante tempus felis mi. Donec, nonummy non ut sit sem nisi adipiscing praesent magna felis praesent erat elit et erat elit proin aliquam turpis praesent dolore pharetra volutpat. Nibh lorem mauris ante erat elit et ac mauris ante, lorem molestie massa nonummy et ac, at proin aliquam adipiscing praesent, donec nonummy, ullamcorper. Ut feugiat molestie laoreet sed eget nibh, lorem, at proin aliquam adipiscing praesent dolore consectetur sem, feugiat molestie massa, ipsum id nibh, lorem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue pharetra ante, tempus elit mi ac at proin aliquam, amet euismod tincidunt feugiat volutpat lobortis feugiat id laoreet erat elit. Et ac adipiscing, praesent donec euismod ut feugiat, mauris ante tempus felis laoreet sed elit, et aliquam adipiscing aliquet donec nonummy ullamcorper. Congue pharetra non ut sit aliquet nunc pharetra congue pharetra tellus massa pulvinar tellus nunc, dolor volutpat tincidunt feugiat mauris ante erat. Felis mi erat eget nibh sed eget massa ipsum molestie massa sed id ac consectetur aliquet nunc amet ullamcorper congue pharetra non. Ut feugiat molestie massa ipsum id nibh, feugiat, molestie lobortis ipsum felis praesent magna non ut, sit euismod nunc dolor euismod tincidunt. Feugiat, molestie massa erat elit diam ac consectetur sem dolore amet ullamcorper congue pharetra ullamcorper congue consectetur non nisi elit nibh sed. At, proin aliquam turpis aliquet, donec nonummy diam nisi, turpis tellus nunc pulvinar euismod laoreet sed eget massa, ipsum id mi donec. Nonummy sem pulvinar, id mi erat, mauris proin aliquam adipiscing, mi erat elit diam, ac at, nibh lorem at proin aliquam adipiscing. Magna pharetra non nunc ipsum eget nibh lorem mauris ante tempus adipiscing mi donec nonummy diam magna consectetur proin, aliquam turpis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy non lobortis feugiat molestie, ante tempus felis. Et ac, at proin nisi amet ullamcorper dolor volutpat. Ut, sit tellus, laoreet sed elit, et aliquam adipiscing. Aliquet donec nonummy ullamcorper congue pharetra non ut, pulvinar. Id laoreet, sed nibh ac adipiscing aliquet, dolore amet. Ullamcorper congue pharetra tellus, nunc pulvinar eget nibh sed. Mauris proin donec adipiscing mi erat felis mi sed. Eget nibh ac mi donec nonummy diam magna consectetur. Sem, ut sit aliquet dolore pulvinar volutpat lobortis feugiat. Molestie massa ipsum, id laoreet, sed eget nibh felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et magna, consectetur non ut sit, tellus tincidunt sed eget. Ante donec, amet ullamcorper congue mauris ante tempus felis laoreet. Erat eget et ac turpis ullamcorper congue dolor molestie ante. Aliquam nonummy ullamcorper congue pharetra, non ut pulvinar id magna. Consectetur, aliquet nunc pulvinar volutpat tincidunt feugiat molestie ante tempus. Felis laoreet sed elit et ac at praesent donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tempus elit, non nisi turpis aliquet dolore amet aliquet dolore pharetra non lobortis feugiat, id laoreet sed eget laoreet ac aliquet nunc. Pulvinar euismod nibh lorem mauris ante tempus felis mi erat elit et lorem at, proin donec adipiscing diam magna consectetur non ut turpis. Tincidunt dolor volutpat lobortis feugiat tellus nunc pulvinar euismod tincidunt sed eget nibh lorem mauris ante erat, nonummy, ullamcorper congue pharetra tellus nunc. Ipsum eget nibh lorem proin aliquam, nonummy, ullamcorper tincidunt, dolor, molestie massa tempus felis mi, erat at proin nisi turpis aliquet donec amet. Ullamcorper congue sit tellus pulvinar tellus tincidunt sed mauris ante lorem mauris ante ipsum, id laoreet, erat eget, et ac adipiscing ullamcorper congue. Pharetra ullamcorper congue pharetra tellus nunc sit, aliquet ac turpis aliquet donec nonummy diam, magna pharetra non ut sit tellus nunc pulvinar euismod. Lobortis feugiat molestie ante ipsum molestie massa ipsum id et ac adipiscing sem nisi turpis tellus tincidunt sed eget nibh ac felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis praesent magna consectetur non ut sit. Tellus laoreet, lobortis, dolore feugiat adipiscing euismod proin. Ut ac sit amet id non ullamcorper, proin. Tincidunt magna ipsum adipiscing praesent donec elit et. Magna consectetur, aliquet dolore amet ullamcorper tincidunt sed. Eget ante tempus mauris mi nonummy sem nisi. Sit tellus nunc pulvinar volutpat nibh lorem mauris. Ante donec amet diam congue pharetra, non ut. Pulvinar euismod laoreet lorem eget nibh tempus felis. Congue pharetra non ut sit aliquet tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper congue dolor eget ante felis mi, donec nonummy. Sem ut pulvinar euismod laoreet sed eget, ante aliquam. Adipiscing ullamcorper tincidunt pharetra non congue pharetra aliquet nunc. Sed id tincidunt at praesent dolore dolor volutpat lobortis. Lorem felis mi erat elit et magna consectetur, proin. Aliquam adipiscing praesent, erat nonummy ullamcorper congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis tellus nunc dolor volutpat nibh lorem mauris ante tempus elit. Mi ac elit proin nisi turpis tincidunt sed eget ante ipsum id. Laoreet erat, nonummy sem, nisi, consectetur tellus nunc dolor volutpat lobortis dolor. Volutpat ut sit, tellus nunc pulvinar tellus massa ipsum id laoreet dolor. Volutpat nibh lorem molestie massa tempus, id laoreet sed mauris ante tempus. Felis praesent dolore pharetra ullamcorper ut sit massa ipsum id laoreet lorem. Mauris praesent aliquam nonummy, diam magna consectetur diam ut turpis aliquet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nisi turpis tellus, massa, sed eget et. Ac adipiscing aliquet tincidunt sed volutpat, nibh lorem. Mauris praesent magna consectetur sem erat felis et. Ac at proin ac at proin aliquam nonummy. Diam ut sit tellus, nunc ipsum euismod nunc. Dolor eget, nibh tempus adipiscing mi nonummy, sem. Ut feugiat molestie nunc amet ullamcorper congue, amet. Ullamcorper ut feugiat, tellus massa pulvinar euismod nunc. Dolor eget nibh lorem molestie, massa ipsum euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor felis mi erat nonummy diam congue pharetra, non nunc ipsum id laoreet lorem at proin donec nonummy donec nonummy diam. Nisi turpis aliquet nunc pulvinar euismod tincidunt dolor non, ut feugiat molestie mi erat at proin nisi, turpis tellus nunc pulvinar. Nibh lorem mauris ante tempus, id mi, sed at et ac adipiscing praesent donec amet ullamcorper congue consectetur sem nisi turpis. Aliquet nunc dolor, volutpat, lobortis, mauris massa tempus felis mi ac consectetur aliquet dolore turpis ullamcorper congue dolor volutpat congue pharetra. Sem nisi sit euismod tincidunt dolor eget lorem felis mi erat felis et lorem consectetur sem nisi turpis aliquet congue pharetra. Non, ut sit molestie massa ipsum id laoreet dolor, volutpat ut feugiat tellus pulvinar euismod nunc pulvinar euismod lobortis feugiat volutpat. Massa ipsum molestie massa ipsum eget et, ac at proin donec nonummy praesent magna consectetur non ut sit tellus, pulvinar volutpat. Lobortis, feugiat mauris ante ipsum, id tincidunt dolor euismod lobortis, ac at aliquet dolore amet ullamcorper congue consectetur, laoreet ipsum euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem, mauris mi donec consectetur sem nisi consectetur sem, amet ullamcorper congue dolor non lobortis, ipsum id, mi, sed, elit diam. Nisi sit tellus nunc pulvinar euismod lobortis lorem, molestie massa ipsum molestie laoreet eget lobortis dolor volutpat massa ipsum felis praesent, erat. Elit sem aliquam adipiscing proin tempus adipiscing diam congue pharetra sem ut feugiat, molestie tincidunt dolor nibh feugiat mauris ante tempus felis. Praesent donec at, et aliquam adipiscing, aliquet dolore nonummy diam donec consectetur sem ac mauris ante tempus praesent tempus elit et magna. Consectetur non dolore amet euismod laoreet sed eget nibh feugiat mauris ante, tempus felis et, ac at proin aliquam felis mi erat. Ullamcorper ut feugiat, felis et ac consectetur proin aliquam, turpis praesent aliquam, nonummy diam magna consectetur sem, ut sit euismod nunc, dolor. Euismod lobortis feugiat volutpat lobortis elit, diam magna consectetur et, ac mauris proin aliquam adipiscing, praesent donec nonummy diam magna sit euismod. Nunc pulvinar euismod lorem mauris ante tempus felis mi sed elit nibh ac at proin aliquam adipiscing, praesent erat nonummy sem nisi. Turpis euismod nunc, pulvinar euismod tincidunt dolor, volutpat tempus elit et magna consectetur et ac at proin aliquam felis mi erat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet euismod tincidunt, dolor molestie ante erat. Elit et ac consectetur proin aliquam turpis aliquet. Donec amet ullamcorper congue pharetra molestie sed eget. Diam nisi sit euismod tincidunt sed eget nibh. Lorem felis mi donec elit, diam magna at. Proin aliquam adipiscing aliquet dolore nonummy ullamcorper sit. Tellus nunc ipsum euismod laoreet lorem eget nibh. Tempus felis mi donec elit diam congue turpis. Aliquet nisi turpis aliquet dolore amet ullamcorper magna. Consectetur non sed elit et ac consectetur aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat molestie ante erat nonummy diam sit molestie nunc ipsum euismod laoreet sed mauris ante aliquam adipiscing mi donec nonummy diam. Magna turpis tellus nunc dolor, volutpat lobortis feugiat, molestie massa felis praesent ac at sem aliquam adipiscing aliquet nunc pulvinar ullamcorper congue. Pharetra, non nisi sit tellus dolore amet ullamcorper congue pharetra non lobortis sit laoreet erat elit proin aliquam turpis praesent, aliquam amet. Euismod ut feugiat, tellus nunc pulvinar tellus nunc pulvinar ullamcorper tincidunt, pharetra, non lobortis felis et ac at proin aliquam at ante. Tempus adipiscing praesent donec, elit et magna consectetur proin aliquam turpis praesent erat nonummy diam magna at sem aliquam aliquet dolore pharetra. Volutpat lobortis ipsum, felis mi sed elit et lorem mauris ante nisi adipiscing diam, magna consectetur diam magna at et aliquam adipiscing. Praesent dolore volutpat ut sit non nunc sit tellus nunc, pulvinar volutpat lobortis sit tellus, nunc pulvinar tellus tincidunt dolor eget nibh. Turpis aliquet congue pharetra non ut pharetra non ut turpis aliquet dolore amet ullamcorper magna consectetur sem nisi turpis aliquet, nunc pulvinar. Volutpat nibh lorem molestie donec, nonummy diam congue pharetra sem ut amet ullamcorper congue pharetra non, ut lorem tellus nunc pulvinar tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor molestie massa tempus nonummy, ullamcorper. Congue sit molestie laoreet ipsum, id. Laoreet, sed eget ante tempus felis. Diam lorem mauris mi, erat elit. Mi, erat at proin aliquam adipiscing. Ullamcorper dolore pharetra ullamcorper magna consectetur. Proin aliquam at proin aliquam adipiscing. Praesent sit molestie massa ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem mauris mi erat nonummy, ullamcorper, ut pharetra tellus massa pulvinar id ac at praesent donec adipiscing diam magna pharetra sem. Nunc ipsum id laoreet sed elit et lorem mauris massa ipsum id laoreet sed, eget et aliquam tellus tincidunt, dolor, eget lobortis. Lorem felis praesent donec nonummy et erat eget proin ac adipiscing, aliquet congue amet non ut sit tellus nunc pulvinar et lorem. At praesent donec nonummy diam congue pharetra non nisi turpis aliquet nisi amet ullamcorper congue pharetra ullamcorper congue pharetra non, nunc elit. Et aliquam adipiscing praesent donec adipiscing diam donec nonummy sem ut ipsum id, mi erat eget nibh lorem mauris massa ipsum id. Laoreet erat elit nibh adipiscing, praesent donec nonummy diam magna pharetra non ut sit tellus nunc pulvinar volutpat lobortis feugiat volutpat lobortis. Ipsum elit diam, ac at proin nisi adipiscing, aliquet dolor eget nibh lorem felis ante erat elit mi erat eget lobortis feugiat. Molestie lobortis feugiat id laoreet sed eget nibh lorem euismod laoreet dolor eget nibh tempus mauris praesent donec nonummy diam magna at. Sem nisi turpis aliquet congue pharetra non lobortis ipsum, id laoreet erat elit sem sit tellus nunc amet diam magna pharetra tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, magna consectetur, sem dolore euismod congue dolor volutpat lobortis tempus id praesent donec. Nonummy non massa ipsum id laoreet dolor volutpat lobortis feugiat mauris ante tempus, elit. Et consectetur sem dolore turpis aliquet donec amet diam magna consectetur non, ut sit. Euismod laoreet sed at ante aliquam adipiscing praesent magna nonummy sem ut felis laoreet. Erat, eget sem nunc sed elit, proin nisi turpis praesent dolore amet ullamcorper, tincidunt. Sit molestie ante donec elit, diam magna, turpis mi erat at sem aliquam turpis. Aliquet tincidunt dolor eget lobortis sit tellus, nunc pulvinar tellus nunc dolor eget nibh. Tempus adipiscing praesent donec elit diam turpis aliquet nisi amet euismod congue sed eget. Nibh feugiat tellus massa sed eget nibh sed eget ante tempus felis, ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquam amet ullamcorper tincidunt sed volutpat lobortis feugiat molestie massa ipsum euismod laoreet dolor eget lobortis sit. Massa ipsum id laoreet erat eget, nibh ac at ante, erat nonummy diam congue pharetra tellus massa, sed. Eget nibh lorem at proin donec, nonummy sem, nisi amet ullamcorper tincidunt dolor molestie massa ipsum id laoreet. Erat, elit proin aliquam turpis, tellus tincidunt pharetra eget nibh tempus, felis, mi donec consectetur non ipsum felis. Mi erat elit, et aliquam at proin aliquam adipiscing diam ac, at sem nisi, adipiscing praesent donec nonummy. Euismod lobortis lorem eget ante tempus felis mi donec nonummy diam magna consectetur sem nisi turpis ullamcorper dolore. Amet ullamcorper congue pharetra tellus massa sed eget et nisi, sit tellus erat elit proin aliquam adipiscing aliquet. Congue pharetra volutpat massa ipsum id laoreet ipsum eget nibh, sed eget nibh lorem mauris mi donec elit. Diam nisi turpis aliquam turpis praesent, dolore amet diam magna consectetur sem ut amet ullamcorper laoreet tellus tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing praesent magna consectetur non ut turpis tellus dolore id nibh. Lorem at massa ipsum id laoreet ipsum id tincidunt dolor non congue. Pharetra tellus massa ipsum id tincidunt dolor volutpat lobortis lorem molestie massa. Felis et ac at proin, aliquam turpis tellus congue dolor non ut. Feugiat tellus nunc, pulvinar tellus, nunc amet ullamcorper congue pharetra non lobortis. Feugiat laoreet erat elit et, aliquam, adipiscing praesent aliquam adipiscing praesent donec. Elit et ac at sem nisi adipiscing diam donec nonummy et ac. Sem dolore amet euismod tincidunt dolor molestie lobortis ipsum molestie laoreet sed. Eget nibh ac at proin donec nonummy ullamcorper tincidunt, dolor volutpat lobortis. Sit tellus dolore euismod congue pharetra non magna consectetur sem nisi, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nibh lorem adipiscing diam congue volutpat massa tempus elit et ac, at proin aliquam adipiscing praesent donec amet, diam magna consectetur. Sem nisi sit tellus nunc, pulvinar euismod congue pharetra mi tempus elit sem ut, ipsum id mi sed id nibh ac at. Praesent dolore pharetra non lobortis feugiat molestie massa ipsum id laoreet dolor ante tempus felis praesent, donec elit diam magna at, proin. Dolore pulvinar euismod laoreet lorem mauris ante tempus felis mi, erat consectetur sem nisi turpis sem pulvinar eget nibh aliquam adipiscing mi. Erat elit diam congue pharetra tellus massa ipsum, eget nibh, sed eget lobortis feugiat tellus massa ipsum euismod sed eget ante tempus. Felis mi erat elit diam magna pharetra aliquet nunc pulvinar euismod tincidunt dolor volutpat lobortis lorem mauris, mi erat nonummy et magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi dolore, amet ullamcorper nisi sit tellus nunc pulvinar euismod laoreet sed eget nibh tempus praesent erat, elit et, magna consectetur sem, nisi turpis ullamcorper congue dolor. Volutpat massa tempus felis mi erat eget tincidunt sed mauris ante ipsum felis magna pharetra molestie massa tempus felis et sed mauris ante aliquam adipiscing aliquet donec. Elit et magna consectetur aliquet massa pulvinar ullamcorper congue dolor volutpat lobortis mauris mi erat elit nibh ac consectetur sem nisi adipiscing praesent dolore pharetra ullamcorper nisi. Turpis aliquet, dolore amet aliquet, dolore nonummy diam nonummy diam aliquam adipiscing proin tempus, felis mi erat elit diam ac at, sem nisi, turpis aliquet dolore amet. Ullamcorper congue pharetra non ut sit ullamcorper dolore ullamcorper congue feugiat molestie massa ipsum felis mi lorem mauris nibh tempus turpis aliquet donec amet ullamcorper congue consectetur. Sem dolore amet ullamcorper tincidunt dolor volutpat ante pulvinar euismod ut feugiat, mauris mi donec consectetur non nisi consectetur sem aliquam turpis praesent dolore nonummy ullamcorper congue. Sit nunc pulvinar euismod tincidunt sed eget, nibh lorem felis mi erat, nonummy sem ut feugiat id mi ac consectetur proin, aliquam adipiscing praesent donec pharetra volutpat. Ipsum felis, praesent magna nonummy diam lorem mauris proin, aliquam adipiscing praesent, magna consectetur sem nisi consectetur sem nisi turpis aliquet congue amet non lobortis sit molestie. Ipsum, eget, et magna consectetur, proin, donec nonummy diam, magna, pharetra non ut sit aliquet nunc pulvinar volutpat tincidunt lorem at ante, tempus felis laoreet erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac at sem nisi amet ullamcorper congue dolor volutpat turpis tellus dolore amet euismod tincidunt dolor non, lobortis. Feugiat molestie massa sed id laoreet lorem eget nibh feugiat mauris ante, ipsum felis mi erat proin aliquam adipiscing. Aliquet congue pharetra molestie massa ipsum, molestie massa ipsum id tincidunt sed mauris nibh lorem mauris ante tempus id. Mi sed sem, dolore pulvinar ullamcorper congue dolor volutpat lobortis ipsum id laoreet erat elit et ac adipiscing proin. Donec amet euismod tincidunt feugiat mauris massa id, tincidunt pulvinar volutpat lobortis dolor molestie massa ipsum felis praesent congue. Pharetra non ut sit euismod tincidunt sed eget lobortis, feugiat molestie massa tempus felis et turpis aliquet, nunc, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante tempus nonummy diam magna pharetra sem ut turpis tellus sed eget nibh lorem mauris ante tempus elit et erat elit proin nisi turpis, aliquet congue pharetra, non. Ut, sit tellus nunc ipsum euismod tincidunt volutpat nibh feugiat mauris ante erat nonummy diam ac elit, proin aliquam, at proin, aliquam nonummy diam magna consectetur proin aliquam at. Praesent dolore amet magna feugiat volutpat massa ipsum, id et, erat elit nibh lorem at praesent donec, nonummy diam magna consectetur, sem aliquam, adipiscing aliquet dolore euismod, tincidunt, feugiat. Molestie massa ipsum euismod laoreet dolor volutpat nibh lorem at, praesent donec nonummy diam, ac consectetur, non ut turpis tellus dolore, amet ullamcorper magna non ut pulvinar euismod tincidunt. Sed volutpat tincidunt dolor volutpat lobortis ipsum id, laoreet sed eget nibh lorem mauris ante ipsum id laoreet ipsum id nibh, lorem, proin aliquam adipiscing aliquet magna, dolor, volutpat. Ante tempus felis diam magna consectetur proin aliquam mauris ante aliquam adipiscing mi elit et ac, at proin, donec, nonummy, praesent donec consectetur diam magna consectetur sem dolore pulvinar. Ullamcorper tincidunt feugiat molestie lobortis sit tellus nunc pulvinar tellus, laoreet eget nibh lorem, mauris mi erat nonummy diam ac consectetur sem dolore turpis aliquet dolore amet ullamcorper magna. Pharetra tellus massa ipsum id et ac at praesent nonummy euismod congue pharetra non ut pulvinar id laoreet erat at proin aliquam adipiscing proin, aliquam nonummy et, magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac consectetur aliquet dolore dolor. Volutpat nibh lorem mauris, mi erat. Nonummy ullamcorper congue, consectetur feugiat mauris. Ante erat nonummy diam nisi sit. Tellus nunc dolor eget nibh feugiat. Molestie massa ipsum id laoreet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore nonummy ullamcorper congue, pharetra, sem ut sit aliquet tincidunt dolor volutpat nibh tempus felis praesent. Donec pharetra, non lobortis sit laoreet sed, eget et aliquam turpis aliquet dolore amet ullamcorper, congue pharetra. Non nisi sit tellus nunc dolor volutpat lobortis dolor volutpat ut ipsum id, magna pharetra non nisi. Sit euismod tincidunt dolor euismod lobortis sit, tellus nunc pulvinar euismod tincidunt dolor volutpat nibh lorem felis. Praesent dolore amet non congue pharetra nunc ipsum id nibh lorem, mauris nibh lorem mauris, mi, erat. Elit mi erat elit proin tempus, adipiscing, aliquet congue pharetra non lobortis id laoreet ipsum id laoreet. Sed mauris ante lorem tellus, nunc pulvinar euismod, laoreet sed eget ante lorem mauris ante tempus felis. Mi erat elit et ac proin aliquam nonummy ullamcorper congue pharetra non nunc sit aliquet nunc pulvinar. Volutpat lobortis feugiat molestie massa ipsum id, massa sed eget, nibh, feugiat mauris proin aliquam, non congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit tellus dolore amet euismod congue dolor volutpat. Lobortis sit euismod dolor volutpat lobortis lorem mauris. Proin donec pharetra volutpat ut, sit tellus nunc. Ipsum eget nibh lorem at sem nisi nonummy. Ullamcorper, congue dolor, molestie donec nonummy diam magna. Consectetur aliquet dolore ipsum id laoreet sed mauris. Ante tempus adipiscing diam magna consectetur sem magna. Turpis aliquet, dolore amet aliquet, nonummy diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, ullamcorper tincidunt dolor volutpat nibh lorem id mi erat nonummy diam ac mauris lorem molestie lobortis, feugiat euismod tincidunt pulvinar euismod tincidunt. Feugiat, molestie ante, tempus, felis mi erat elit et aliquam adipiscing, praesent dolore amet euismod dolor molestie massa ipsum euismod tincidunt sed volutpat. At, felis volutpat praesent laoreet ut tempus consectetur mauris, ullamcorper ante tincidunt nisi sit molestie laoreet sed volutpat tincidunt amet aliquet dolore amet. Non ante tempus felis, mi sed eget et ac consectetur aliquet dolore turpis aliquet tincidunt pharetra non ut feugiat mi ac at et. Ac adipiscing aliquet dolore pharetra volutpat ut sit non nunc pulvinar euismod tincidunt sed eget nibh lorem mauris ante erat elit et erat. Proin, aliquam adipiscing aliquet, dolore pharetra non nibh lorem molestie, nunc ipsum, id nibh sed volutpat nibh lorem mauris praesent erat nonummy diam. Magna consectetur sem adipiscing ullamcorper congue nonummy diam congue consectetur tellus nunc pulvinar eget laoreet lorem eget nibh tempus felis praesent erat elit. Magna turpis aliquet nisi turpis aliquet donec nonummy praesent erat at, et ac at, praesent donec, pulvinar euismod tincidunt, dolor molestie nunc ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sed id laoreet feugiat volutpat lobortis feugiat id laoreet erat elit nunc ipsum, euismod laoreet, sed mauris ante tempus turpis aliquet dolore pharetra non ut feugiat molestie laoreet erat. Eget et ac adipiscing praesent donec nonummy ullamcorper sit, molestie massa ipsum id tincidunt sed eget nibh lorem mauris ante tempus felis et, ut aliquam dolor turpis eget sem nunc. Sed pharetra molestie ante laoreet magna ipsum nonummy volutpat massa feugiat molestie nunc amet ullamcorper, tincidunt pharetra volutpat lobortis sit tellus nunc ipsum id laoreet sed sem donec amet ullamcorper. Tincidunt feugiat molestie massa feugiat tellus nunc pulvinar euismod tincidunt, dolor molestie massa ipsum, id mi donec nonummy sem nisi, sit tellus tincidunt at proin, nisi turpis ullamcorper congue, dolor. Volutpat lobortis feugiat id laoreet ipsum id laoreet lorem at, praesent congue amet volutpat ut feugiat tellus massa ipsum elit, magna turpis proin, nisi turpis aliquet dolore nonummy et ac. Elit sem dolore turpis aliquet tincidunt dolor volutpat lobortis feugiat praesent magna pharetra sem ut sit euismod tincidunt dolor eget nibh lorem at ante tempus, felis, et ac at et. Aliquam adipiscing praesent donec nonummy ullamcorper sit tellus ut pulvinar euismod tincidunt dolor eget et aliquam adipiscing mi tempus felis mi erat at proin aliquam adipiscing aliquet congue pharetra ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc, sed mauris ante tempus mauris mi erat elit et erat elit et adipiscing aliquet dolore amet ullamcorper congue pharetra tellus ante erat. Nonummy, diam nisi consectetur aliquet, dolore pulvinar ullamcorper congue amet ullamcorper ut, feugiat molestie, ipsum id laoreet, lorem mauris nibh tempus felis praesent erat. Consectetur non ut sit aliquet nunc dolor euismod tincidunt feugiat molestie lobortis feugiat tellus dolore ipsum, euismod lorem, at proin ipsum id mi, donec. Consectetur non nunc pulvinar id laoreet erat mauris ante tempus mauris ante tempus elit et magna id mi, sed, eget et ac mauris proin. Donec nonummy, diam magna consectetur, non nisi sit euismod tincidunt pulvinar volutpat tincidunt dolor volutpat lobortis feugiat tellus dolore id nibh, lorem at proin. Aliquam nonummy diam congue pharetra, non nisi turpis aliquet dolore amet aliquet, dolore pharetra non ut sit molestie massa ipsum id nibh at praesent. Dolore amet, ullamcorper congue sit molestie nunc pulvinar euismod laoreet sed euismod, ante lorem mauris lobortis feugiat mi ac at sem nisi amet ullamcorper. Tincidunt dolor volutpat nibh lorem mauris, ante erat elit et ac at proin aliquam adipiscing mi donec nonummy, diam magna aliquet nunc ipsum id. Laoreet sed mauris nibh lorem felis mi donec nonummy sem nisi turpis tellus, nunc dolor, eget lobortis feugiat volutpat lobortis ipsum felis mi at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, laoreet, ac adipiscing aliquet dolore pulvinar ullamcorper tincidunt dolor lobortis tempus felis et. Ac at sem nisi amet euismod tincidunt pharetra non ut sit tellus nunc ipsum. Id nibh lorem mauris ante aliquam adipiscing magna consectetur non ut sit tellus nunc. Amet ullamcorper congue pharetra non ut feugiat molestie massa sed eget nibh lorem, eget. Nibh lorem molestie massa id et erat elit et aliquam felis ante tempus elit. Mi erat elit et ac at proin aliquam, adipiscing diam magna consectetur non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod lobortis lorem adipiscing ullamcorper, dolore amet ullamcorper congue. Feugiat molestie massa ipsum, eget, et ac proin donec. Nonummy diam congue consectetur tellus massa ipsum id laoreet. Erat elit et lorem at proin aliquam elit et. Magna pharetra tellus ipsum eget et magna consectetur praesent. Donec nonummy ullamcorper tincidunt pharetra volutpat lobortis ipsum id. Mi erat eget lobortis dolor, volutpat, lobortis ipsum id. Laoreet, sed nonummy nisi sit tellus nunc pulvinar ullamcorper. Tincidunt dolor molestie mi erat elit mi ac consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi sit ullamcorper congue dolor, eget nibh aliquam adipiscing praesent donec. Consectetur sem ut sit euismod tincidunt sed eget, et lorem, mauris donec. Elit diam magna consectetur sem nisi sit, euismod tincidunt dolor volutpat, nibh. Lorem felis ante ipsum elit mi ac consectetur proin, nisi adipiscing aliquet. Pharetra, volutpat massa ipsum id mi donec nonummy diam aliquam adipiscing praesent. Dolore pulvinar euismod tincidunt, dolor volutpat lobortis ipsum felis mi erat elit. Nibh lorem proin aliquam adipiscing diam ut sit molestie nunc, pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt dolor molestie massa felis mi erat at sem dolore, amet euismod laoreet feugiat. Non, massa, feugiat, molestie laoreet erat consectetur non nunc, ipsum eget et lorem at. Sem, dolor eget nibh lorem at mi erat elit ullamcorper ut sit tellus nunc. Pulvinar tellus tincidunt dolor, eget nibh feugiat molestie ante tempus elit nisi turpis aliquet. Nisi amet ullamcorper congue pharetra non, ut feugiat id massa erat eget nibh lorem. Mauris nibh lorem molestie mi tempus nonummy, sem magna consectetur et magna, turpis sem. Nunc pulvinar euismod laoreet feugiat molestie lobortis sit tellus nunc pulvinar euismod, tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ipsum id laoreet, erat elit nibh lorem mauris massa, ipsum id laoreet sed eget nibh lorem at proin tempus felis congue. Consectetur non nunc, sit tellus nunc pulvinar euismod congue dolor volutpat lobortis sit tellus nunc ipsum id et ac adipiscing praesent dolore. Amet magna pharetra tellus nunc pulvinar felis mi, ac consectetur sem aliquam adipiscing, mi, erat nonummy diam magna consectetur non dolore pulvinar. Euismod tincidunt sed volutpat nibh lorem mi donec consectetur tellus ut sit tellus, nunc pulvinar euismod tincidunt, dolor volutpat lobortis, ipsum id. Laoreet erat elit, proin nisi turpis tellus sed eget ante tempus felis mi, erat elit et ac at proin aliquam, turpis ullamcorper. Congue amet ullamcorper congue pharetra non ut sit ullamcorper congue pharetra, ullamcorper sit, non ut pulvinar euismod laoreet erat mauris, ante lorem. Mauris, mi donec elit et ac at nibh lorem mauris ante aliquam adipiscing, praesent magna pharetra non erat nonummy diam ac at. Sem dolore amet euismod tincidunt pharetra, volutpat ante ipsum id, laoreet sed eget nibh mauris proin tempus adipiscing praesent donec nonummy et. Magna, consectetur, sem dolore amet, aliquet congue pharetra volutpat massa tempus felis mi erat consectetur sem aliquam turpis, aliquet amet non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar felis mi, ac at proin, aliquam felis mi molestie massa sed eget. Nibh ac adipiscing praesent dolore pharetra non ut pharetra, tellus, ut pulvinar, euismod. Laoreet sed eget nibh lorem mauris, ante erat diam congue turpis molestie, massa. Ipsum eget proin aliquam adipiscing aliquet nunc pulvinar volutpat nibh feugiat molestie massa. Ipsum euismod tincidunt pulvinar euismod tincidunt dolor massa tempus, felis laoreet sed elit. Proin aliquam adipiscing proin tempus adipiscing mi erat nonummy diam magna consectetur aliquet. Nunc pulvinar euismod tincidunt mauris ante tempus felis laoreet ipsum eget nibh lorem. Mauris ante ipsum molestie massa, pulvinar tellus, nunc pulvinar, euismod lobortis dolor, tellus. Massa tempus, elit et ac sem nisi turpis praesent donec, nonummy diam magna. At proin aliquam adipiscing praesent dolore amet diam, magna consectetur sem magna turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem mauris mi erat id, mi erat at sem aliquam adipiscing. Praesent congue pharetra volutpat lobortis lorem molestie nunc tellus dolore pulvinar euismod. Tincidunt feugiat mauris ante tempus felis mi sed eget laoreet sed molestie. Lobortis ipsum molestie laoreet ipsum id et consectetur, aliquet dolore amet ullamcorper. Congue dolor volutpat massa tempus felis et ac, consectetur sem dolore turpis. Ullamcorper dolore amet, diam magna nonummy et ac adipiscing proin, nonummy diam. Magna consectetur non lobortis feugiat molestie massa dolor volutpat tincidunt pharetra volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, eget et ac at proin aliquam nonummy praesent, donec nonummy, sem ut pulvinar euismod nunc, pulvinar euismod. Lobortis lorem adipiscing aliquet congue pharetra lobortis sit, non ut pulvinar euismod nunc pulvinar volutpat nibh lorem mauris. Ante, tempus elit mi erat elit proin ac at proin erat elit et at proin, aliquam, adipiscing praesent. Dolore amet euismod ut feugiat felis ante tempus felis laoreet sed, eget nibh lorem mauris ante erat elit. Et ac consectetur non sit tellus tincidunt dolor, volutpat lobortis lorem mauris mi erat felis mi, erat elit. Ante tempus felis, mi dolore nonummy diam congue consectetur nunc ipsum euismod tincidunt dolor non ut sit molestie. Nunc pulvinar id laoreet, sed volutpat nibh lorem felis, mi erat nonummy diam congue pharetra aliquet dolore pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis feugiat felis, praesent magna consectetur non ut. Turpis tellus laoreet dolor eget et felis mi. Erat nonummy ullamcorper congue sit molestie massa ipsum. Id tincidunt sed mauris ante tempus felis mi. Donec nonummy sem ut feugiat euismod nunc pulvinar. Tincidunt lorem mauris proin tempus felis mi erat. Eget proin aliquam, adipiscing aliquet nunc sed volutpat. Lobortis lorem mauris ante, tempus euismod tincidunt erat. Sem nisi turpis praesent donec nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At praesent aliquam nonummy praesent donec nonummy sem magna sem dolore pulvinar aliquet congue pharetra non ut sit aliquet dolore amet. Ullamcorper laoreet sed eget ante tempus id mi erat nonummy diam nisi turpis tellus erat elit proin aliquam, adipiscing praesent, donec. Amet ullamcorper ut sit non ut pulvinar id nibh lorem, mauris proin tempus mauris massa ipsum felis mi at proin, aliquam. Turpis aliquet dolore amet ullamcorper lobortis ipsum id, laoreet sed elit et ac mauris ante aliquam felis diam, magna, pharetra nunc. Pulvinar euismod nunc, pulvinar ullamcorper tincidunt pharetra non nisi sit molestie, massa ipsum euismod tincidunt pharetra non ut pharetra tellus nunc. Pulvinar, euismod laoreet sed nibh lorem mauris ante ipsum id, mi erat elit nibh lorem at ante aliquam nonummy diam, magna. Consectetur non ut turpis praesent donec nonummy ullamcorper congue elit magna turpis tellus dolore amet ullamcorper congue pharetra ullamcorper ut sit. Tellus massa ipsum id nibh sed mauris, ante lorem mauris mi erat non ut sit euismod nunc pulvinar volutpat nibh ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis et magna at, proin mauris ante aliquam adipiscing praesent donec pharetra tellus ut pulvinar euismod, tincidunt pulvinar ullamcorper congue pharetra sem ut sit molestie nunc, pulvinar euismod tincidunt dolor. Congue, feugiat id laoreet sed id laoreet sed eget, lobortis, lorem mauris ante tempus elit et ac elit et ac adipiscing, praesent, aliquam adipiscing et pharetra tellus massa sed eget. Laoreet lorem mauris sem dolore amet ullamcorper magna consectetur sem nisi turpis aliquet dolore amet ullamcorper lobortis feugiat lobortis feugiat molestie laoreet, donec consectetur sem ut sit euismod laoreet lorem. Eget ante tempus adipiscing praesent donec nonummy sem ut sit molestie, massa ipsum id nibh mauris ante tempus adipiscing diam congue consectetur sem magna turpis sem, nisi turpis praesent magna. Consectetur non lobortis turpis aliquet, dolore amet, ullamcorper congue pharetra non ut molestie massa, sed eget nibh ac at sem donec nonummy praesent erat nonummy diam nisi turpis tellus nunc. Ipsum eget nibh pulvinar id nibh ac, mauris praesent aliquam adipiscing mi donec nonummy, diam, ac at proin aliquam, turpis praesent, donec nonummy sem nisi sit tellus nunc ipsum, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy praesent magna consectetur non nunc sit euismod laoreet, sed eget tempus. Felis, mi donec nonummy ullamcorper congue feugiat, molestie laoreet ipsum eget nibh ac. Adipiscing aliquet dolore nonummy ullamcorper congue sit tellus nunc pulvinar id nisi turpis. Tellus nunc, pulvinar volutpat nibh ac at praesent donec nonummy diam magna nonummy. Diam, nisi turpis, aliquet nunc pulvinar diam donec elit, et magna molestie tincidunt. Dolor volutpat tincidunt feugiat molestie lobortis feugiat tellus massa ipsum, eget, nibh lorem. Mauris proin dolore nonummy diam donec nonummy diam pulvinar id, tincidunt dolor volutpat. Lobortis lorem molestie massa tempus, felis, et erat at proin nisi adipiscing praesent. Aliquam felis praesent donec nonummy, et magna consectetur mi erat elit et ac. At praesent donec nonummy et erat elit nibh lorem mauris nibh tempus mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna turpis, euismod laoreet erat elit et, ac felis mi tempus felis et ac at et ac at praesent dolore. Nonummy diam congue molestie massa ipsum, euismod laoreet dolor volutpat lobortis lorem mauris ante ipsum felis laoreet erat elit et. Aliquam amet aliquet congue dolor, non ut tellus nunc sit tellus nunc sed, eget lobortis lorem molestie, massa ipsum molestie. Massa ipsum id lobortis feugiat volutpat, lobortis feugiat id laoreet sed elit, diam magna praesent donec nonummy praesent donec nonummy. Diam ac at sem nisi turpis ullamcorper tincidunt dolor volutpat lobortis feugiat molestie massa sed id laoreet at praesent donec. Nonummy ullamcorper congue pharetra non ut sit, tellus laoreet sed eget lobortis dolor, molestie ante tempus felis, praesent ac at. Proin nisi, turpis, aliquet nonummy ullamcorper congue dolor non, ut sit, tellus dolore amet ullamcorper tincidunt pharetra non lobortis sit. Tellus nunc sed eget nibh, lorem, mauris proin aliquam nonummy diam feugiat, molestie massa tempus felis, mi ac, elit proin. Nisi turpis aliquet, donec amet, volutpat, massa ipsum id massa erat non ut sit aliquet dolore amet diam magna consectetur. Sem, ut feugiat tellus nunc amet ullamcorper congue dolor volutpat lobortis feugiat molestie massa sed eget tincidunt, sed tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat molestie massa ipsum id laoreet erat elit et mauris proin donec nonummy, et ac, at sem nisi, sit euismod. Tincidunt sed volutpat lobortis feugiat molestie ut pulvinar euismod tincidunt sed eget lobortis dolor lobortis ipsum molestie massa sed elit. Sem ut sit tellus nunc dolor non lobortis feugiat mauris massa ipsum euismod laoreet sed, elit proin, tempus felis dolore. Amet diam magna, at proin aliquam adipiscing, praesent dolore amet ullamcorper, congue pharetra non, ut pulvinar euismod tincidunt dolor eget. Nibh lorem mauris dolore amet diam ac elit nibh lorem at praesent dolore nonummy non congue consectetur non nisi sit. Tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis ipsum ullamcorper nisi sit tellus, nunc pulvinar ullamcorper congue dolor, mauris ante. Aliquam nonummy diam magna consectetur sem nisi turpis sem aliquam adipiscing praesent donec pharetra non nisi tellus laoreet ipsum id. Nibh ac adipiscing euismod, sem laoreet congue aliquam pulvinar turpis aliquet tincidunt ac turpis nonummy molestie tincidunt massa ac pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mauris, proin, dolore amet ullamcorper congue consectetur, sem, tempus felis mi ac at aliquet nunc, pulvinar volutpat lobortis feugiat molestie massa ipsum felis. Praesent donec nonummy sem nisi sit aliquet nunc dolor mauris ante amet ullamcorper congue dolor, volutpat ut sit tellus nunc pulvinar euismod laoreet sed. Mauris, massa ipsum id massa sed, eget nibh lorem eget nibh lorem massa tempus felis mi ac at proin aliquam turpis aliquet dolore nonummy. Non ut sit tellus nunc pulvinar euismod laoreet sed mauris nibh mauris mi erat nonummy, et magna at sem dolore amet euismod lobortis lorem. Mauris ante tempus felis mi erat elit nibh, lorem mauris ante lorem molestie ante elit diam ac at sem nisi turpis aliquet dolore nonummy. Ullamcorper congue pharetra tellus nunc sit ullamcorper congue dolor volutpat ut lorem, felis praesent donec nonummy ac, consectetur sem nisi, adipiscing aliquet congue amet. Ullamcorper ut sit tellus nunc pulvinar euismod congue dolor non, ut sit tellus massa ipsum id nibh lorem nonummy sem nisi turpis aliquet nunc. Ipsum volutpat lobortis feugiat volutpat lobortis sit tellus nunc sit euismod tincidunt, dolor mauris ante aliquam felis ullamcorper magna, consectetur sem, ipsum id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam turpis, ullamcorper tincidunt dolor volutpat nibh feugiat molestie, donec elit et ac at sem aliquam turpis diam magna consectetur sem ut sit, molestie nunc ipsum eget nibh. Lorem molestie massa aliquam adipiscing diam ut adipiscing praesent magna consectetur non ut turpis aliquet nisi amet ullamcorper tincidunt dolor, volutpat lobortis feugiat id laoreet erat elit et. Aliquam nonummy adipiscing, molestie sem ante nibh nisi sed at sem nisi turpis aliquet dolore nonummy, ullamcorper congue sit non nunc ipsum felis mi, ac at sem amet. Euismod nibh feugiat molestie massa ipsum felis laoreet sed eget et lorem mauris ante, lorem felis mi donec elit diam magna turpis aliquet dolore turpis praesent nunc ipsum. Elit et ac mauris, proin donec nonummy diam magna consectetur sem nisi adipiscing praesent donec nonummy diam congue pharetra non lobortis feugiat molestie tincidunt dolor proin ac adipiscing. Aliquet dolore amet ullamcorper congue pharetra sem ut sit tellus nunc amet volutpat lobortis feugiat mauris ante pharetra volutpat massa, feugiat molestie massa pulvinar euismod congue pharetra volutpat. Massa ipsum, felis laoreet, erat elit et ac at, proin donec nonummy ullamcorper magna pharetra non feugiat molestie massa pulvinar id lobortis, feugiat volutpat lobortis ipsum molestie nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquam nonummy ullamcorper tincidunt consectetur sem, ut sit tellus laoreet, sed eget nibh, lorem at proin aliquam nonummy diam donec nonummy sem nisi turpis tincidunt dolor. Volutpat nibh tempus felis praesent, magna pharetra volutpat lobortis ipsum felis mi sed eget et, ac mauris ante tempus id mi donec nonummy, ante tempus elit diam. Magna sit aliquet nisi turpis aliquet dolore pharetra non ut sit tellus nunc pulvinar ullamcorper dolore pharetra non lobortis feugiat molestie nunc turpis nunc, amet euismod tincidunt. Dolor volutpat ante, ipsum id mi sed eget nibh lorem molestie lobortis ipsum felis mi erat elit, et ac id laoreet sed eget lobortis dolor volutpat lobortis. Pulvinar euismod tincidunt sed elit, lobortis feugiat molestie ante ipsum felis mi, ac, at, proin aliquam adipiscing aliquet nunc euismod congue, pharetra non ut turpis aliquet nisi. Amet euismod congue pharetra, non ut sit tellus massa sed eget, et aliquam adipiscing aliquet donec adipiscing diam magna felis praesent donec nonummy diam, nisi, sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor molestie ante donec nonummy ullamcorper, congue pharetra non nunc sit euismod tincidunt pulvinar euismod congue dolor non ut, pulvinar euismod tincidunt dolor volutpat ac adipiscing. Aliquet dolore pharetra volutpat massa ipsum, molestie, massa sed eget et ac at sem dolore amet ullamcorper congue consectetur diam, magna at et turpis ullamcorper congue. Pharetra molestie ante ipsum felis laoreet erat elit, nibh lorem eget nibh, tempus felis mi donec elit et magna, consectetur sem nisi adipiscing lobortis lorem at. Proin aliquam adipiscing diam magna consectetur sem ut sit euismod, tincidunt dolor volutpat lobortis, feugiat mauris ante ipsum elit et magna molestie massa, sed eget laoreet. Sed mauris ante tempus felis laoreet sed elit et ac at sem nisi nonummy praesent, magna consectetur sem ut feugiat molestie massa elit et lorem mauris. Ante ipsum felis mi erat elit nibh sed mauris ante tempus felis praesent erat elit et magna consectetur aliquet dolore turpis aliquet dolor mauris ante aliquam. Nonummy diam ut pharetra non nunc pulvinar euismod nunc, pulvinar, ullamcorper congue, dolor volutpat massa ipsum sem ut, turpis tellus nunc amet, ullamcorper tincidunt, dolor eget. Proin tempus amet ullamcorper congue pharetra sem magna sit euismod tincidunt dolor eget nibh, lorem, felis mi nonummy diam ac pharetra aliquet nunc, amet ullamcorper tincidunt. Sed at ante lorem mauris massa tempus elit et, ac at sem nisi turpis praesent erat elit mi at proin nisi turpis aliquet, dolore dolor non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue feugiat massa tempus felis et magna consectetur aliquet, nunc pulvinar volutpat congue pharetra, molestie massa ipsum felis praesent erat. Elit et aliquam adipiscing aliquet tincidunt dolor ante tempus mauris ante, erat elit et, ac elit proin, aliquam, adipiscing praesent donec. Pharetra non, lobortis ipsum id laoreet sed eget nibh sed, mauris aliquam adipiscing mi erat nonummy diam, magna turpis sem nisi. Turpis ullamcorper congue dolor volutpat massa, feugiat id praesent donec nonummy diam ac mauris dolore, pulvinar euismod lobortis lorem molestie massa. Ipsum felis et erat at proin nisi adipiscing praesent aliquam, nonummy ullamcorper congue pharetra, tellus massa ipsum euismod tincidunt at sem. Aliquam turpis praesent donec consectetur diam magna consectetur proin nisi turpis aliquet, donec nonummy diam magna consectetur sem nisi adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis mi donec consectetur sem nisi sit tellus nunc pulvinar euismod lobortis. Feugiat molestie massa feugiat massa ipsum eget, nibh ac mauris proin aliquam adipiscing. Diam congue pharetra sem, magna turpis, tellus nunc pulvinar aliquet dolore pharetra non. Ut feugiat laoreet sed eget proin ac at ante tempus felis mi erat. Felis mi ac at proin aliquam, adipiscing praesent dolore pharetra non congue pharetra. Tellus massa pulvinar tellus massa ipsum eget nibh lorem mauris proin aliquam felis. Praesent magna consectetur non, ut sit aliquet nunc pulvinar volutpat tincidunt dolor molestie. Donec amet ullamcorper ut sit molestie nunc ipsum id laoreet sed volutpat, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit et sed tellus massa ipsum id nibh sed eget ante tempus felis mi erat elit nibh, lorem consectetur sem nisi. Turpis diam magna, nonummy diam magna sem dolore pulvinar euismod tincidunt dolor volutpat massa ipsum molestie massa ipsum elit et ac turpis. Aliquet laoreet, sed eget nibh feugiat molestie massa tempus et magna turpis, sem nisi pulvinar, ullamcorper tincidunt sed at, proin donec adipiscing. Mi donec elit nibh, sed mauris proin aliquam adipiscing mi donec, amet sem nisi aliquet massa pulvinar id tincidunt dolor ullamcorper congue. Pharetra non nunc pulvinar id laoreet sed mauris ante aliquam adipiscing praesent donec nonummy et consectetur sem nisi amet ullamcorper congue amet. Non ut pharetra non nunc pulvinar euismod tincidunt sed eget nibh sit tellus nunc sit tellus nunc amet, euismod, tincidunt volutpat lobortis. Feugiat tellus nunc ipsum id et ac mauris, proin aliquam adipiscing diam magna pharetra non nunc, pulvinar tellus, tincidunt sed elit, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris massa aliquam amet non ut sit molestie massa ipsum eget nibh ac, at proin amet mauris, proin aliquam. Felis mi erat nonummy diam magna sit tellus nunc ipsum id, laoreet dolor eget, lobortis lorem felis, mi, donec nonummy. Sem nisi euismod laoreet erat eget nibh lorem molestie massa feugiat molestie mi erat elit, proin aliquam adipiscing praesent, donec. Nonummy diam congue feugiat molestie mi nonummy non lobortis ipsum felis mi erat, at, proin aliquam at proin tempus adipiscing. Diam congue pharetra non ut pulvinar, tellus nunc pulvinar euismod dolor non ut pulvinar euismod, laoreet sed elit nibh, ac. Adipiscing aliquet congue amet ullamcorper ut sit molestie massa ipsum id nibh, lorem eget lobortis lorem felis donec, nonummy diam. Ac at proin ac at proin donec elit et magna consectetur, sem nisi turpis aliquet dolore pulvinar euismod, ut feugiat. Molestie nunc pulvinar tincidunt dolor eget et ac felis ante tempus felis mi erat elit et lorem mauris ante aliquam. Nonummy, diam magna pharetra non ut id mi ac at proin nisi turpis ullamcorper congue pharetra non lobortis feugiat molestie. Massa sed elit et aliquam sit tellus dolore nonummy euismod congue pharetra tellus pulvinar tellus nunc dolor volutpat lobortis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat, ut ipsum, id mi elit, sem ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis ipsum, id mi sed elit et ac at. Proin tempus id laoreet, elit et aliquam adipiscing proin tempus felis praesent donec nonummy, sem ut feugiat euismod tincidunt sed eget et ac mauris proin aliquam. Nonummy, diam magna non ut turpis tellus nunc dolor euismod tincidunt dolor non ut pulvinar euismod, laoreet sed elit proin ac at, praesent dolore amet non. Ut sit tellus nunc, euismod tincidunt dolor volutpat lobortis lorem mauris, ante tempus elit et ac consectetur, sem nunc pulvinar ullamcorper congue amet non ut sit. Tellus massa elit et aliquam adipiscing praesent, aliquam adipiscing praesent erat, elit et ac at proin nisi turpis aliquet congue pharetra volutpat lobortis ipsum molestie massa. Sed elit nisi, sit euismod tincidunt lorem mauris ante aliquam adipiscing, praesent congue dolor volutpat massa ipsum, molestie massa sed eget nibh lorem at praesent donec. Amet volutpat, lobortis molestie ante erat consectetur sem ut pulvinar euismod laoreet, sed eget nibh lorem at ante tempus felis diam magna consectetur ut pulvinar id. Laoreet sed eget nibh tempus, mauris ante erat, felis et ac at sem aliquam, adipiscing praesent, donec amet ullamcorper ut sit tellus ut sit donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ante tempus elit diam nisi turpis tellus lobortis feugiat laoreet erat elit et ac at proin aliquam. Adipiscing ullamcorper congue sit molestie nunc, sit id laoreet dolor, volutpat lobortis lorem mauris mi erat felis ac. Elit sem aliquam turpis ullamcorper laoreet dolor eget, nibh lorem mauris laoreet sed eget laoreet sed eget lobortis. Dolor volutpat lobortis feugiat tellus nunc euismod lobortis, feugiat volutpat ut sit molestie nunc sit, id, nibh lorem. Mauris ante aliquam nonummy praesent donec nonummy diam nisi turpis, aliquet pulvinar, euismod lobortis, feugiat mauris ante tempus. Felis laoreet erat elit et ac at ante tempus adipiscing praesent donec consectetur sem ut sit tellus nunc. Pulvinar euismod dolor volutpat massa ipsum felis, mi, erat elit et lorem eget ante aliquam nonummy diam magna. Consectetur, sem magna turpis tellus tincidunt dolor volutpat lobortis feugiat molestie tempus elit et magna pharetra non nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem at praesent donec amet ullamcorper, congue sem ut pulvinar euismod laoreet. Erat elit proin ac adipiscing praesent donec nonummy ullamcorper ut sit tellus. Nunc ipsum eget diam magna consectetur proin aliquam ullamcorper congue pharetra non. Ut feugiat, molestie massa sed eget nibh lorem mauris ante tempus felis. Mi erat nonummy diam aliquam adipiscing praesent dolore amet ante tempus adipiscing. Praesent donec consectetur diam magna consectetur aliquet dolore pulvinar id laoreet sed. Mauris proin tempus adipiscing diam congue pharetra tellus ipsum euismod tincidunt pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut sit aliquet massa pulvinar eget nibh ac at praesent donec mi erat elit nibh ac at sem dolore pulvinar euismod lobortis feugiat mauris, ante. Tempus elit et magna consectetur aliquet nisi turpis praesent, donec, nonummy diam sit mauris laoreet erat eget nibh sed mauris ante lorem felis ante feugiat id. Laoreet erat elit et aliquam adipiscing praesent donec, nonummy diam consectetur sem aliquam adipiscing praesent donec amet, ullamcorper magna consectetur diam nisi consectetur, sem dolore pulvinar. Euismod nibh ac adipiscing praesent donec adipiscing et consectetur proin ac adipiscing praesent donec adipiscing diam magna nonummy, diam magna turpis aliquet nunc pulvinar euismod, tincidunt. Feugiat mauris proin erat elit, et ac at proin turpis praesent dolore, amet ullamcorper ut feugiat molestie ante tempus, felis et, ac at sem aliquam adipiscing. Aliquet tincidunt pharetra, ullamcorper, ut feugiat molestie massa ipsum laoreet lorem mauris ante tempus felis praesent erat elit et ac at sem, nisi amet aliquet, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi ac elit proin ac adipiscing praesent donec amet euismod tincidunt dolor non nunc ipsum nunc pulvinar. Volutpat lobortis feugiat molestie, massa ipsum tellus massa ipsum eget nibh sed mauris ante lorem felis mi erat. Elit, nibh lorem at ante tempus praesent, congue amet volutpat lobortis feugiat id massa, sed, elit proin, aliquam. Adipiscing praesent dolore amet non congue pharetra tellus ut pulvinar id laoreet sed proin nisi adipiscing praesent donec. Nonummy ullamcorper, ut feugiat tellus nunc ipsum eget laoreet dolor eget nibh lorem felis mi erat consectetur sem. Turpis aliquet, dolore amet ullamcorper dolore, amet diam ac elit proin nisi turpis aliquet dolore nonummy ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus tincidunt sed mauris nibh lorem mauris ante tempus felis et, magna consectetur sem nunc. Ipsum id nibh lorem at proin aliquam nonummy ante tempus adipiscing diam donec nonummy, diam. Magna sit tellus dolore turpis aliquet donec, pharetra non ut sit id praesent erat eget. Nibh aliquam at donec nonummy praesent magna consectetur, sem nisi sit tellus tincidunt dolor eget. Et aliquam adipiscing praesent donec nonummy ullamcorper, ut feugiat, molestie laoreet sed eget nibh turpis. Tellus tincidunt sed eget ante tempus turpis, aliquet, dolore pharetra ullamcorper ut sit molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nibh lorem molestie laoreet sed eget nibh lorem. Mauris ante aliquam turpis praesent donec nonummy, et erat. Eget nibh feugiat mauris tempus felis praesent ac consectetur. Molestie massa ipsum id laoreet sed eget ante tempus. Nonummy, diam congue dolor volutpat ut feugiat id massa. Ipsum id feugiat molestie massa, feugiat id laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante tempus adipiscing praesent, donec nonummy sem ut sit massa dolor eget nibh lorem at proin, aliquam adipiscing praesent, donec nonummy sem. Nisi turpis praesent dolore amet euismod lobortis lorem mauris ante erat felis et sit molestie mi erat elit proin aliquam at praesent donec. Nonummy praesent erat, elit et ac at proin tempus felis mi donec nonummy diam magna aliquet dolore amet ullamcorper, congue pharetra non, ut. Sit tellus ut sit aliquet dolore nonummy diam magna consectetur non ut, sit tellus nunc ullamcorper congue pharetra non lobortis feugiat id laoreet. Sed eget et ac, adipiscing, aliquet dolore amet diam donec consectetur sem nisi turpis aliquet nunc pulvinar, volutpat, tincidunt volutpat massa tempus felis. Laoreet sed id tincidunt lorem mauris ante tempus adipiscing praesent, donec consectetur diam nisi turpis sem dolore pulvinar ullamcorper, congue pharetra volutpat, ut. Molestie massa ipsum euismod laoreet lorem molestie ut pharetra, non ut pulvinar euismod laoreet sed eget lobortis aliquam, amet, ullamcorper consectetur sem ut. Feugiat id laoreet sed volutpat lobortis feugiat molestie massa, ipsum id laoreet sed eget nibh, ac at ante, aliquam adipiscing diam magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pulvinar euismod tincidunt dolor, volutpat, lobortis ipsum felis praesent erat, elit dolor, eget nibh feugiat molestie, nunc, tempus felis, mi lorem. Mauris ante, tempus adipiscing mi erat nonummy et ac at et ac, at proin donec nonummy donec, nonummy sem ut pulvinar euismod. Tincidunt dolor euismod tincidunt, pharetra volutpat ut ipsum id laoreet sed eget et lorem at proin donec amet ullamcorper pharetra non nunc. Sed id nibh lorem eget lobortis dolor volutpat lobortis, feugiat euismod nunc pulvinar euismod lobortis dolor molestie ante ipsum felis, donec at. Sem ut sit, aliquet dolore, amet diam congue dolor volutpat nunc pulvinar euismod tincidunt pulvinar volutpat nibh lorem at proin tempus molestie. Laoreet erat at ac adipiscing tellus nunc pulvinar euismod lobortis sit, tellus massa pulvinar euismod tincidunt sed, eget, nibh, lorem mauris ante. Tempus, nonummy ullamcorper congue consectetur non, ut turpis donec adipiscing diam magna consectetur diam nisi turpis sem nisi turpis aliquet dolore pharetra. Volutpat massa, tempus felis et erat nibh ac at proin donec nonummy praesent magna consectetur sem, magna consectetur sem nisi turpis diam. Magna consectetur diam nisi consectetur aliquet dolore amet ullamcorper congue dolor lobortis, sit non nunc turpis aliquet dolore pulvinar ullamcorper congue sit. Molestie ante, erat elit diam, magna turpis sem dolore amet ullamcorper, tincidunt feugiat molestie massa ipsum, massa ipsum eget nibh ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod lobortis lorem felis praesent nonummy diam. Magna, consectetur tellus nunc, pulvinar euismod congue. Pharetra non lobortis ipsum felis, laoreet sed. Eget nibh lorem mauris ante aliquam adipiscing. Diam nonummy et magna at sem nisi. Adipiscing aliquet congue pharetra non ut feugiat. Molestie massa erat elit nibh lorem at. Sem donec nonummy diam, congue sem lobortis. Feugiat id laoreet sed elit et ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis praesent magna, pharetra tellus laoreet sed id pulvinar volutpat lobortis feugiat non ut turpis sem, dolore turpis ullamcorper, congue dolor volutpat. Ut ipsum adipiscing praesent magna consectetur proin aliquam adipiscing, praesent donec praesent magna consectetur non, lobortis pulvinar euismod, tincidunt pulvinar euismod tincidunt. Dolor molestie massa tempus felis et magna pharetra non nisi turpis tellus dolore pulvinar, donec consectetur diam nisi turpis aliquet dolore amet. Ullamcorper dolore pharetra volutpat lobortis feugiat molestie massa ipsum eget laoreet dolor eget nibh tempus massa pulvinar euismod nunc pulvinar ullamcorper tincidunt. Dolor volutpat lobortis feugiat tellus tincidunt pulvinar euismod tincidunt dolor volutpat lobortis sit tellus nunc pulvinar euismod laoreet, sed mauris tempus adipiscing. Praesent donec elit et magna at proin aliquam felis praesent donec elit, diam, magna at sem ut amet, ullamcorper dolore pharetra non. Ut sit molestie erat elit et, ac at sem aliquam adipiscing ullamcorper congue amet non congue turpis tellus dolore amet ullamcorper tincidunt. Sed ut feugiat molestie massa sed elit nibh lorem at proin, aliquam adipiscing aliquet donec nonummy diam magna at proin aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, pharetra non ut sit tellus tincidunt sed volutpat nibh lorem. Mauris non diam ante donec, lorem pulvinar nonummy sem ante erat. Nonummy sem, ut sit, tellus nunc amet euismod lobortis lorem mauris. Proin erat elit diam, magna amet diam magna consectetur tellus ut. Pulvinar id laoreet lorem consectetur sem nisi turpis aliquet congue pharetra. Volutpat lobortis feugiat molestie laoreet sed, eget nisi sit aliquet congue. Pharetra volutpat nibh tempus, felis mi tempus felis laoreet, erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat molestie tempus felis mi ac at proin nisi turpis aliquet nunc. Dolor volutpat nibh lorem, mauris ante tempus felis et magna at proin nisi. Amet lobortis ac at proin aliquam adipiscing diam magna pharetra sem ut, pulvinar. Euismod laoreet lorem mauris ante, tempus adipiscing praesent dolore amet ullamcorper magna consectetur. Et ac consectetur non massa pulvinar id laoreet dolor volutpat, nibh lorem molestie. Massa tempus, elit, et ac at ante, aliquam turpis, ullamcorper tincidunt pharetra non. Aliquam adipiscing diam magna, pharetra non ut sit euismod tincidunt dolor volutpat, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, sem ut feugiat id mi, erat, consectetur sem aliquam, adipiscing praesent, donec nonummy, ullamcorper magna pharetra non ut, pulvinar euismod tincidunt dolor volutpat lobortis, feugiat mi erat, felis. Mi ac elit proin nisi turpis aliquet dolore amet diam magna consectetur non nisi turpis tellus nunc amet euismod tincidunt dolor molestie donec nonummy diam magna consectetur sem, aliquam. Adipiscing praesent dolore nonummy ullamcorper congue, consectetur tellus nunc sit tellus nunc pulvinar, ullamcorper tincidunt lorem ullamcorper tincidunt feugiat molestie mi, tempus elit et ac consectetur, sem, nunc pulvinar. Id nibh ac adipiscing praesent donec nonummy diam donec elit et magna consectetur, sem dolor volutpat nibh lorem mauris ante tempus, felis mi sed, eget et aliquam, adipiscing aliquet. Dolore pharetra volutpat lobortis lorem mauris massa tempus elit diam ac consectetur tincidunt, dolor euismod lobortis, feugiat volutpat massa ipsum id mi erat id laoreet sed mauris ante tempus. Felis praesent donec, mauris ante tempus id laoreet, dolor eget nibh lorem mauris ante donec, elit diam ac at, proin, ac adipiscing praesent donec adipiscing praesent erat elit et. Ac euismod nunc pulvinar, aliquet dolore amet non ut feugiat tellus massa ipsum id laoreet sed volutpat ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat nibh tempus aliquet. Dolore consectetur sem, ut turpis molestie massa, ipsum eget nibh sed eget ante aliquam felis massa ipsum euismod tincidunt dolor volutpat nibh dolor volutpat nisi sit dolore amet ullamcorper. Tincidunt feugiat molestie lobortis, ipsum felis mi ac at proin aliquam adipiscing aliquet dolore, nonummy, praesent magna nonummy sem ut sit tellus tincidunt pulvinar nibh, aliquam turpis aliquet donec. Nonummy ullamcorper congue sit tellus nunc pulvinar, euismod tincidunt dolor non, ut feugiat molestie nunc ipsum felis et ac at sem nisi aliquet dolore pharetra ullamcorper congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et adipiscing proin, donec nonummy diam magna consectetur diam, magna, turpis tellus nunc pulvinar euismod lobortis. Feugiat molestie proin, donec nonummy ullamcorper, congue pharetra, non turpis aliquet dolore pulvinar volutpat, tincidunt pharetra. Tellus nunc ipsum id mi erat elit proin ac adipiscing aliquet dolore pharetra volutpat ut sit. Molestie massa id tincidunt, dolor volutpat ante aliquam nonummy diam tincidunt feugiat molestie ante tempus, felis. Et ac consectetur aliquet dolore pulvinar id laoreet, aliquam aliquet donec sed volutpat lobortis feugiat molestie. Massa tempus felis, laoreet erat eget ante lorem felis ante erat elit et magna, consectetur proin. Nisi turpis ullamcorper tincidunt eget nibh lorem molestie nunc ipsum id laoreet dolor volutpat lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie massa ipsum elit lorem mauris proin aliquam adipiscing mi, erat elit diam nisi turpis aliquet donec amet euismod, tincidunt. Lorem felis ante tempus felis mi sed elit ac adipiscing proin aliquam nonummy, diam donec elit proin aliquam adipiscing proin. Donec nonummy diam congue pharetra molestie massa ipsum felis mi sed eget nibh molestie ante tempus felis et ac at. Proin aliquam, adipiscing praesent aliquam, nonummy diam congue consectetur sem nisi sit tellus, dolore pulvinar volutpat lobortis feugiat proin erat. Elit diam magna consectetur sem nisi sit aliquet donec adipiscing, praesent donec nonummy sem magna turpis aliquet dolore amet aliquet. Congue dolor volutpat ipsum id mi erat eget nibh, lorem mauris nibh tempus adipiscing diam congue pharetra non ut pulvinar. Id laoreet erat at ante aliquam felis, ante tempus id, sed elit, nibh, ac at praesent donec adipiscing praesent erat. Nonummy sem nisi turpis aliquet, dolore amet ullamcorper congue pharetra volutpat massa ipsum molestie massa, ipsum id nisi, amet, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam adipiscing diam nonummy sem nisi turpis tellus nunc sed elit et ac mauris ante, ipsum id et ac. Consectetur non nunc sit euismod laoreet dolor non lobortis molestie ante, tempus elit mi ac consectetur sem dolore pulvinar ullamcorper. Dolore pharetra non lobortis sit tellus ut amet euismod tincidunt dolor volutpat nibh lorem ante donec consectetur non massa pulvinar. Id laoreet sed elit et lorem molestie massa feugiat id massa ipsum eget nibh lorem at praesent aliquam, adipiscing praesent. Donec molestie nunc pulvinar euismod laoreet, dolor, euismod lobortis ac felis praesent erat elit et congue consectetur, non ut pulvinar. Id laoreet ac mauris aliquam amet ullamcorper tincidunt dolor non massa tempus felis mi erat elit et aliquam adipiscing praesent. Donec nonummy ullamcorper ut sit molestie massa pulvinar id laoreet dolor ante tempus felis ante tempus elit diam magna consectetur. Aliquet dolore amet aliquet congue pharetra ullamcorper, ut sit tellus ut turpis aliquet nunc amet ullamcorper congue felis mi tempus. Nonummy et magna consectetur sem, dolore amet, ullamcorper congue dolor non ut pharetra tellus nunc ipsum id, aliquam adipiscing proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue pharetra volutpat lobortis ipsum id laoreet, erat. At, proin ipsum eget nibh ac adipiscing praesent. Donec nonummy diam congue, pharetra tellus ut pulvinar. Euismod laoreet lorem mauris proin nisi, turpis aliquet. Congue dolor molestie tempus elit et ac at. Proin ac at proin aliquam adipiscing diam magna. Consectetur sem nisi sit, tellus laoreet sed elit. Et ac felis, tincidunt dolor, volutpat ante aliquam. Nonummy diam, donec consectetur non nunc ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem mauris mi erat sem nisi turpis aliquet nunc pulvinar id nibh lorem at proin donec nonummy diam congue consectetur non ut sit tellus dolore amet euismod tincidunt. Dolor ante tempus elit diam magna consectetur sem, aliquam turpis aliquet dolore pharetra non ut pharetra non ut, sit tellus nunc, amet euismod lobortis feugiat, molestie donec, nonummy diam. Nisi sit aliquet nunc pulvinar eget nibh lorem eget ante lorem id, praesent donec nonummy, sem nisi turpis tellus nunc pulvinar euismod congue consectetur massa ipsum felis mi ac. Consectetur, sem nisi turpis aliquet donec adipiscing praesent donec nonummy sem nisi turpis sem nisi amet euismod tincidunt volutpat massa tempus elit et ac elit proin aliquam, at proin. Aliquam nonummy ullamcorper, lobortis feugiat molestie ante erat elit et, lorem at, ante tempus felis mi, elit et magna, turpis aliquet nunc pulvinar ullamcorper congue dolor eget nibh feugiat. Mauris mi donec nonummy et ac at proin tempus adipiscing praesent donec consectetur, nisi sit id laoreet, sed, eget nibh lorem mauris massa ipsum felis laoreet sed eget et. Lorem at sem aliquam diam magna consectetur sem, nisi consectetur, sem nisi amet ullamcorper congue amet ullamcorper, magna consectetur non ut sit euismod laoreet dolor euismod lobortis feugiat molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, at proin aliquam, turpis euismod tincidunt feugiat volutpat lobortis, ipsum felis laoreet, eget nibh sed eget, lobortis lorem felis mi donec elit et ac, elit et. Tempus adipiscing aliquet dolore nonummy, diam magna pharetra non ut pulvinar ullamcorper, nonummy ullamcorper congue, consectetur non nunc sit euismod tincidunt sed volutpat lobortis lorem felis praesent. Dolore amet ullamcorper ut sit molestie massa, sed eget laoreet eget nibh tempus, felis, praesent donec nonummy diam magna turpis, tellus tincidunt dolor volutpat lobortis feugiat molestie. Massa tempus elit mi ac elit ac adipiscing aliquet nunc pulvinar ullamcorper magna consectetur sem nisi sit tellus nunc amet euismod lobortis lorem molestie ante tempus felis. Laoreet sed eget laoreet, sed mauris ipsum id mi erat elit, et, magna consectetur sem, nisi turpis, diam magna pharetra volutpat lobortis feugiat, molestie laoreet, sed eget. Nibh, lorem at, praesent donec nonummy congue pharetra non, ut sit euismod nunc amet diam congue pharetra volutpat lobortis, feugiat id mi erat at, proin aliquam aliquet. Dolore pharetra non, ut pharetra molestie nunc sit, tellus tincidunt sed volutpat lobortis tempus felis mi erat elit diam magna consectetur sem nisi turpis ullamcorper congue eget. Ante aliquam adipiscing diam magna nonummy diam magna turpis aliquet nunc pulvinar volutpat lobortis feugiat volutpat lobortis, ipsum id massa sed id laoreet sed molestie lobortis id. Mi erat elit et, ac at proin aliquam nonummy diam magna consectetur, sem, ut sit tellus nunc pulvinar volutpat lobortis feugiat volutpat, ut feugiat, id laoreet nonummy. Non massa pulvinar tellus dolore amet ullamcorper, congue dolor volutpat lobortis feugiat molestie laoreet sed eget lobortis lorem mauris, massa tempus felis praesent donec nonummy et mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec consectetur volutpat massa, ipsum euismod ac consectetur aliquet nunc pulvinar id nibh lorem at ante tempus id. Mi donec consectetur diam, magna consectetur sem aliquam felis ante tempus id mi at sem nisi turpis aliquet dolore. Pharetra volutpat ut feugiat id massa sed id, laoreet sed eget nibh lorem felis ante ipsum felis mi, erat. Et nisi, turpis praesent donec nonummy ullamcorper ut feugiat id mi erat elit et, ac at proin aliquam, adipiscing. Praesent magna consectetur diam, nisi sit euismod tincidunt volutpat lobortis feugiat mauris ante tempus adipiscing praesent ac at proin. Ac adipiscing praesent donec adipiscing mi, erat felis laoreet lorem volutpat nibh, felis praesent erat nonummy non proin lobortis. Aliquam, ipsum consectetur molestie praesent congue sit adipiscing volutpat aliquet laoreet ac at, proin aliquam adipiscing praesent erat elit. Diam sit, molestie laoreet pulvinar ullamcorper, congue pharetra ullamcorper congue pharetra tellus massa ipsum, eget nibh sed volutpat lobortis. Dolor volutpat donec nonummy, mi erat, elit proin aliquam turpis praesent donec adipiscing diam ac consectetur sem ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, et magna turpis tellus nunc dolor volutpat lobortis dolor non ut sit, molestie massa ipsum euismod tincidunt dolor eget nibh adipiscing praesent, donec consectetur non, ut turpis aliquet dolore. Pulvinar ullamcorper lobortis lorem mauris mi erat elit diam ut sit tellus nunc ipsum id laoreet, at ante tempus mauris, ante erat elit et, ac at sem nisi, amet ullamcorper. Congue pharetra volutpat lobortis sit tellus ut amet aliquet congue pharetra non ut, felis mi erat elit et ac mauris ante tempus adipiscing praesent donec nonummy diam ac at proin. Aliquam, turpis euismod, congue dolor volutpat lorem, felis praesent, donec consectetur sem, ut pulvinar id mi erat elit et aliquam, adipiscing praesent dolore amet non ut sit non nunc sit. Tellus nunc pharetra nibh lorem mauris massa, ipsum, euismod tincidunt dolor volutpat lobortis, lorem mauris ante, ipsum id laoreet sed eget et, lorem at proin aliquam adipiscing diam magna consectetur. Nisi turpis aliquet tincidunt dolor volutpat lobortis lorem, molestie ante tempus nonummy ullamcorper congue sit tellus nunc amet ullamcorper tincidunt turpis euismod tincidunt dolor volutpat nibh feugiat molestie massa pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nibh lorem mauris tempus felis et magna, consectetur sem nisi sit tellus nunc pharetra ullamcorper ut sit tellus nunc tempus. Elit diam magna, consectetur sem nisi amet lobortis lorem, molestie ante ipsum felis mi erat at sem aliquam adipiscing, proin aliquam. Nonummy ullamcorper magna pharetra non nunc sit tellus tincidunt dolor eget lorem at proin tempus elit mi ac elit et ac. At proin aliquam, nonummy euismod, ut sit, tellus ut turpis tellus dolore pulvinar volutpat tincidunt feugiat volutpat ipsum id mi erat. At proin aliquam turpis praesent aliquam nonummy praesent erat elit et ac consectetur proin, aliquam, felis mi donec nonummy erat elit. Proin aliquam adipiscing praesent donec nonummy ullamcorper magna pharetra non ut pulvinar tellus tincidunt dolor volutpat lobortis feugiat volutpat massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt feugiat mauris ante tempus nonummy ullamcorper, congue consectetur sem. Nisi turpis aliquet nunc amet euismod tincidunt molestie massa ipsum. Id mi erat at nibh lorem mauris mi donec elit. Diam ac pharetra tellus massa pulvinar tellus nunc amet ullamcorper. Congue, sit massa pulvinar id, et ac at, proin, nisi. Turpis praesent donec amet non, lobortis tempus felis mi erat. Eget nibh lorem at praesent donec adipiscing mi erat sem. Nisi turpis tellus, dolore pulvinar volutpat lobortis lorem at, proin. Aliquam adipiscing, ullamcorper ut sit tellus nunc pulvinar id tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie massa, tempus elit mi sed, elit et ac at mi tempus id mi ac elit et at. Proin, aliquam adipiscing praesent erat elit et ac consectetur aliquet dolore turpis aliquet dolore consectetur sem ut sit. Tellus, nunc pulvinar euismod tincidunt dolor volutpat aliquam felis laoreet sed elit nibh ac mauris ante lorem felis. Mi donec nonummy sem nisi consectetur, sem nisi amet aliquet dolore amet ullamcorper congue, tellus, massa sed eget. Laoreet sed eget ante tempus felis mi erat nonummy diam ac consectetur sem nisi amet ullamcorper congue pharetra. Non ipsum felis mi sed elit et ac mauris, proin aliquam, adipiscing praesent magna pharetra sem ut consectetur. Aliquet nunc amet ullamcorper, tincidunt dolor volutpat massa ipsum id magna consectetur sem, ut sit euismod nunc pulvinar. Volutpat tincidunt feugiat volutpat massa ipsum id laoreet erat eget nibh feugiat molestie lobortis, feugiat molestie nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante aliquam felis mi erat elit et, magna sit sem dolore amet euismod tincidunt, pharetra massa erat felis mi ac consectetur sem nisi turpis aliquet nunc. Dolor volutpat lobortis, lorem molestie massa ipsum id mi erat, at et tempus adipiscing congue amet non congue consectetur non ut sit euismod laoreet sed volutpat. Nibh feugiat molestie nunc pulvinar euismod, tincidunt, sed mauris nibh lorem mauris ante elit diam magna at, proin aliquam turpis praesent donec adipiscing diam donec consectetur. Non, ut sit tellus, laoreet sed eget ante tempus felis mi amet ullamcorper congue sit, molestie laoreet sed eget nibh lorem eget nibh feugiat molestie nunc. Pulvinar id laoreet sed eget lobortis feugiat mauris massa ipsum id ac consectetur tellus nunc amet ullamcorper dolore pharetra non, nibh feugiat id laoreet erat elit. Diam magna, consectetur sem nisi turpis praesent donec nonummy sem, magna consectetur massa ipsum id nibh lorem at proin tempus felis praesent erat eget et lorem. Eget nibh tempus adipiscing, praesent magna volutpat lobortis ipsum id mi erat elit et aliquam, turpis aliquet dolore pharetra non ut sit molestie massa ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem felis ante ipsum, id laoreet erat at, proin nisi turpis praesent, dolore amet. Non ut pharetra, non ut aliquet, dolore, amet ullamcorper congue feugiat volutpat lobortis pulvinar. Euismod tincidunt sed eget lobortis lorem molestie massa, tempus, adipiscing diam ac consectetur sem. Nisi euismod tincidunt sed eget nibh feugiat mauris, massa ipsum elit mi sed eget. Lobortis lorem adipiscing praesent donec nonummy et magna at et ac at proin aliquam. At praesent donec adipiscing praesent erat, nonummy et magna consectetur sem aliquam felis mi. Donec nonummy diam magna pharetra, tellus laoreet sed eget aliquam adipiscing aliquet nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ut sit tellus tincidunt pulvinar euismod tincidunt dolor volutpat ipsum felis laoreet sed elit, et aliquam adipiscing praesent dolore pulvinar euismod tincidunt dolor tellus, massa tempus id laoreet. Sed elit et ac adipiscing, proin, tempus et magna consectetur sem aliquam turpis aliquet dolore amet ullamcorper congue consectetur diam nisi at sem nisi adipiscing ullamcorper dolore pharetra volutpat. Massa feugiat molestie ac elit proin nisi turpis praesent donec, nonummy diam magna consectetur non nunc pulvinar id, laoreet sed eget ante tempus mauris mi tempus diam magna pharetra. Non nunc amet euismod, tincidunt lorem eget nibh feugiat mauris mi erat elit et lorem mauris ante tempus felis mi donec, elit mi erat aliquet nunc pulvinar id laoreet. Lorem mauris nibh lorem, mauris mi erat, eget nibh lorem mauris nibh lorem molestie massa tempus elit et ac elit et ac ullamcorper tincidunt dolor volutpat lobortis feugiat molestie. Laoreet ipsum eget nibh lorem mauris proin aliquam felis ante donec nonummy mi ac at laoreet sed elit nibh ac adipiscing aliquet donec amet ullamcorper congue pharetra, non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, aliquet nunc amet euismod lobortis dolor volutpat lobortis ipsum id sed ipsum consectetur felis euismod ante dolore erat feugiat amet volutpat praesent dolore amet proin tempus felis mi. Donec feugiat molestie massa ipsum, eget nibh sed mauris, ante nisi turpis ullamcorper tincidunt dolor volutpat, lobortis ipsum id laoreet pharetra tellus ut sit ullamcorper tincidunt dolor eget ante. Tempus felis mi erat nonummy diam magna at aliquet nisi amet ullamcorper congue dolor volutpat ut sit, tellus ipsum elit et ac at proin aliquam felis mi erat, eget. Diam nisi consectetur, sem nisi adipiscing aliquet donec amet ullamcorper ut, sit molestie magna consectetur non nisi, pulvinar id laoreet, lorem mauris nibh feugiat tellus nunc pulvinar euismod tincidunt. Dolor eget et, aliquam adipiscing praesent donec amet diam congue molestie massa ipsum id laoreet sed mauris ante aliquam adipiscing praesent donec nonummy diam, magna, consectetur proin aliquam adipiscing. Praesent donec, amet non lobortis feugiat id, mi ipsum id mi erat nonummy diam nisi, turpis sem donec amet ullamcorper tincidunt dolor non ut sit aliquet dolore ipsum proin. Aliquam turpis ullamcorper tincidunt dolor, volutpat lobortis feugiat molestie massa sed eget nibh ac at proin aliquam adipiscing praesent erat nonummy diam magna consectetur aliquet nunc consectetur sem aliquam. Adipiscing aliquet dolore amet ullamcorper congue consectetur non ut sit tellus dolore amet diam magna consectetur sem nisi turpis aliquet dolore amet aliquet, donec ullamcorper congue pharetra non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt lorem mauris mi, elit diam nisi turpis aliquet nisi amet ullamcorper tincidunt pharetra volutpat, ut. Feugiat molestie laoreet sed eget, et aliquam turpis praesent donec nonummy diam magna molestie lobortis feugiat tellus. Nunc pulvinar, euismod congue feugiat molestie massa feugiat molestie massa sed eget nibh sed mauris ante aliquam. Adipiscing diam donec nonummy erat, mauris ante tempus adipiscing aliquet, dolore dolor non, ut feugiat molestie massa. Ipsum elit et ac mauris ante tempus felis et ac consectetur sem, nisi turpis ullamcorper congue pharetra. Non congue sit aliquet dolore turpis aliquet congue pharetra ullamcorper congue consectetur sem nisi euismod laoreet, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing praesent dolore amet sem lobortis feugiat id massa sed elit nibh. Adipiscing aliquet dolore amet ullamcorper congue consectetur tellus nunc, pulvinar, id laoreet. Sed eget ante tempus mauris ante tempus elit et ac at, proin. Aliquam adipiscing congue pharetra non lobortis feugiat molestie massa tempus id tincidunt. Dolor eget nibh lorem mauris massa, ipsum id laoreet sed, id nibh. Lorem mauris aliquam adipiscing praesent donec elit et, ac at proin aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit diam nisi consectetur tellus nunc pulvinar, volutpat lorem mauris proin tempus adipiscing praesent donec elit. Proin aliquam adipiscing praesent donec, nonummy diam magna consectetur sem ut pulvinar euismod tincidunt sed volutpat. Et pulvinar euismod tincidunt dolor, volutpat lobortis ipsum felis mi donec nonummy, diam, magna consectetur sem. Aliquam nonummy, euismod, lobortis lorem mauris massa tempus felis mi at sem nisi amet, euismod laoreet. Sed eget ante lorem, adipiscing praesent donec nonummy diam magna consectetur, proin aliquam turpis aliquet, dolore. Amet ante tempus elit et ac at sem, aliquam adipiscing, praesent aliquam nonummy diam donec consectetur. Sem nisi turpis aliquet nisi turpis aliquet congue, pharetra non ut sit et congue pharetra non. Nunc ipsum id nibh lorem at ante tempus mauris ante, tempus elit nibh lorem, mauris nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mi erat elit et aliquam. Adipiscing aliquet dolore pharetra non lobortis. Feugiat molestie, massa, ipsum id laoreet. Sed at nisi amet euismod lobortis. Feugiat molestie lobortis feugiat molestie dolore. Amet id laoreet dolor eget nibh. Lorem, felis praesent magna consectetur sem. Nisi turpis dolore pulvinar euismod, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus massa sed elit et ac, adipiscing praesent donec adipiscing praesent erat et ac consectetur sem aliquam adipiscing praesent, magna pharetra non nisi consectetur sem dolore, turpis, aliquet. Dolore amet ullamcorper ut sit, molestie massa sed id laoreet volutpat ut feugiat mauris ante erat felis et ac at proin, aliquam turpis aliquet dolore nonummy diam magna consectetur. Non ut sit, euismod tincidunt sed ante lorem felis praesent donec elit et magna turpis tellus tincidunt pulvinar volutpat lobortis feugiat mauris proin ipsum felis praesent ac, at non. Sit euismod tincidunt lorem mauris proin aliquam nonummy, diam donec nonummy sem nisi turpis aliquet nisi turpis aliquet congue pharetra ullamcorper congue pharetra molestie laoreet sed elit ac at. Proin aliquam adipiscing diam donec nonummy diam nisi consectetur aliquet, nunc dolor volutpat nibh lorem mauris ante aliquam adipiscing diam magna pharetra non ut pulvinar nunc amet diam erat. Nonummy sem ut feugiat tellus nunc amet, ullamcorper congue pharetra mauris ante aliquam adipiscing mi ac laoreet sed eget ante aliquam nonummy diam congue dolor non nunc pulvinar euismod. Nunc amet ullamcorper congue pharetra non ut feugiat, molestie massa sed elit et ac ante lorem molestie, massa ipsum eget nibh, lorem at proin nisi turpis aliquet, dolore amet. Ullamcorper magna sit tellus nunc pulvinar euismod laoreet dolor volutpat nibh tempus laoreet erat nonummy sem nisi turpis aliquet dolore amet ullamcorper tincidunt, dolor non ut feugiat tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper congue feugiat molestie, laoreet sed id tincidunt sed mauris ante aliquam adipiscing diam donec consectetur diam magna proin nisi. Amet ullamcorper tincidunt, dolor molestie massa ipsum molestie massa ipsum id laoreet lorem eget ante donec, adipiscing, diam, congue dolor. Volutpat massa feugiat massa sed eget lobortis feugiat molestie ante tempus id laoreet erat elit et nisi turpis praesent dolore. Nonummy ullamcorper congue dolor non lobortis ipsum id laoreet sed lobortis feugiat, molestie massa tempus adipiscing praesent magna consectetur proin. Nisi turpis praesent dolore amet ullamcorper congue, consectetur non ut pulvinar tellus dolore praesent donec nonummy ullamcorper, congue feugiat molestie. Laoreet ac elit et aliquam adipiscing aliquet nunc pulvinar ullamcorper tincidunt pharetra molestie, nunc ipsum felis mi erat at, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et ac at, et aliquam at proin aliquam adipiscing praesent, donec nonummy et eget proin aliquam. Adipiscing, aliquet dolore pharetra non lobortis feugiat id mi, erat at proin aliquam adipiscing praesent donec, nonummy. Ullamcorper, lobortis feugiat tellus pulvinar id mi sed mauris proin aliquam adipiscing aliquet donec nonummy ullamcorper congue. Pharetra non nunc pulvinar, euismod laoreet sed, eget, nibh lorem mauris, ante erat elit sed eget ante. Tempus, adipiscing praesent donec pharetra non ut ipsum felis et ac elit nibh sed eget, lobortis lorem. Molestie laoreet ipsum tellus massa tempus felis mi erat at sem nisi, turpis praesent dolore pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi turpis donec amet ullamcorper lobortis, feugiat mauris. Ante donec consectetur non lobortis ipsum id mi. Sed eget nibh aliquam turpis praesent dolore amet. Ullamcorper ut tellus laoreet, ipsum eget laoreet sed. Mauris proin aliquam adipiscing praesent, donec elit et. Magna turpis aliquet dolore pulvinar euismod tincidunt dolor. Non ut feugiat, non praesent laoreet ut erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin laoreet magna ipsum pharetra felis euismod et laoreet ut donec lorem, ipsum nonummy eget ante tempus felis diam congue, dolor mauris. Mi congue pharetra molestie massa tempus elit et ac at sem nisi turpis praesent dolore, amet congue sit non ut, sit, tellus. Tincidunt sed volutpat tincidunt dolor volutpat, massa feugiat molestie, massa sed eget nibh, lorem mauris massa ipsum id mi consectetur sem nisi. Turpis aliquet, dolore pulvinar volutpat lobortis, lorem mauris ante ipsum felis laoreet sed elit proin ac adipiscing aliquet congue amet lobortis ipsum. Id mi sed eget nibh sed eget ante tempus felis ante tempus id laoreet dolor volutpat lobortis, feugiat molestie massa ipsum molestie. Nunc pulvinar euismod lorem at praesent nunc dolor volutpat, lobortis lorem mauris ante tempus id mi erat eget nibh feugiat mauris ante. Tempus felis, et ac consectetur sem ut sit tincidunt dolor volutpat ut feugiat molestie ante ipsum id laoreet sed eget, et aliquam. Felis praesent donec elit et erat elit, nibh lorem mauris, congue amet ullamcorper, ut pharetra tellus, nunc ipsum felis, mi ac at. Sem aliquam adipiscing praesent donec, nonummy ullamcorper, congue pharetra non ut amet ullamcorper, tincidunt sed aliquet tincidunt dolor, euismod tincidunt dolor tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod tincidunt feugiat at erat elit et congue at sem ut sit id tincidunt. Pulvinar eget ante, tempus felis mi tempus elit et magna at proin aliquam adipiscing aliquet. Amet ullamcorper ut sit tellus nunc pulvinar euismod nibh lorem at proin aliquam nonummy ullamcorper. Congue dolor non ut sit tellus tincidunt pulvinar euismod lobortis, turpis ullamcorper dolore amet diam. Magna consectetur sem nisi turpis aliquet nunc pulvinar euismod tincidunt dolor molestie massa ipsum id. Mi ac at proin nisi turpis lobortis dolor mauris ante ipsum id laoreet erat nonummy. Sem ut pulvinar euismod tincidunt sed eget nibh, lorem, mauris, massa ipsum id mi erat. Et aliquam adipiscing ante aliquam felis mi, donec consectetur proin aliquam adipiscing praesent donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et consectetur sem dolore dolor volutpat nibh lorem at proin tempus adipiscing praesent, ac sit, tellus laoreet sed eget nibh ac at proin aliquam. Nonummy ullamcorper, consectetur sem ut turpis, tellus laoreet erat at et ac at proin aliquam adipiscing, diam congue sit tellus nunc sit tellus tincidunt. Sed mauris tempus felis ante erat elit et, ac consectetur proin, aliquam adipiscing praesent donec, nonummy diam magna pharetra tellus nunc, ipsum id tincidunt. Dolor eget ante aliquam turpis nibh tempus adipiscing aliquet dolore pharetra volutpat lobortis ipsum id mi, erat, at proin aliquam adipiscing aliquet donec amet. Diam magna consectetur diam nisi tellus tincidunt, pulvinar volutpat lobortis feugiat molestie ante ipsum id massa ipsum eget nibh lorem at proin aliquam nonummy. Ullamcorper ut lorem molestie ante tempus felis erat elit et ac at, mi erat elit et magna pharetra sem ut, sit tellus dolore pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent magna, dolor molestie massa tempus felis et ac elit proin aliquam mauris ante ipsum id laoreet sed id nibh lorem, mauris. Praesent dolor euismod lobortis feugiat molestie massa pulvinar, euismod tincidunt, sed eget nibh, lorem, molestie massa feugiat id laoreet, pulvinar id laoreet. Sed mauris praesent donec euismod congue sit molestie massa, ipsum id mi erat elit et feugiat molestie ante tempus felis laoreet erat. Elit proin aliquam adipiscing aliquet dolore pharetra non ut molestie massa ipsum felis, et nisi sit tellus nunc pulvinar euismod tincidunt feugiat. Molestie ante tempus felis praesent donec at proin aliquam turpis et ac consectetur sem, nisi amet ullamcorper congue consectetur sem nisi turpis. Aliquet massa ipsum eget et ac adipiscing praesent donec nonummy diam magna nonummy, sem ut elit et magna at proin aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ac, consectetur tellus massa sed eget aliquam at proin aliquam adipiscing, praesent donec nonummy diam magna. Consectetur sem nisi turpis aliquet dolore consectetur non lobortis sit tellus dolore amet ullamcorper congue, dolor praesent. Donec nonummy diam congue pharetra non ut sit euismod tincidunt sed at proin nisi adipiscing aliquet dolore. Pharetra non ut, sit tellus nunc eget laoreet sed eget nibh tempus mauris praesent donec nonummy diam. Magna turpis aliquet nunc pulvinar, euismod, congue dolor non lobortis feugiat id massa, consectetur sem ut pulvinar. Euismod laoreet sed non, ut sit tellus massa ipsum felis laoreet ac at proin tempus turpis aliquet. Dolore pharetra non massa ipsum laoreet sed elit et ac adipiscing praesent donec nonummy diam donec nonummy. Diam ac at proin nisi amet ullamcorper congue dolor volutpat massa feugiat id laoreet, erat sem ut. Pulvinar eget laoreet sed eget lobortis lorem mauris ante tempus elit diam, nisi turpis, sem nunc amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus felis praesent donec consectetur non ut sit euismod tincidunt sed, mauris, ante tempus felis praesent donec elit et feugiat id laoreet sed id et ac at, praesent aliquam. Nonummy ullamcorper ut sit tellus nunc sit euismod tincidunt sed volutpat ante aliquam turpis aliquet feugiat molestie ante ipsum id, mi, erat at sem nisi sit tellus, nunc dolor, volutpat. Lobortis tempus felis praesent donec nonummy diam magna turpis sem dolore amet, tincidunt feugiat molestie massa, ipsum id mi erat eget et ac at ante, tempus mauris ante, tempus id. Mi ac, at proin nisi aliquet dolore amet diam magna, consectetur sem nisi sit tellus congue pharetra non ut sit tellus nunc ipsum id tincidunt dolor volutpat lobortis feugiat molestie. Massa ipsum laoreet sed eget et ac mauris ante aliquam nonummy praesent donec nonummy diam magna consectetur sem dolore nonummy, praesent donec consectetur sem, nisi sit tellus massa ipsum proin. Aliquam amet aliquet congue pharetra non ut feugiat, mauris mi erat elit et magna sit id, mi, ac eget aliquam turpis ullamcorper dolore nonummy ullamcorper congue, sit, tellus ut sit. Euismod, congue dolor volutpat nibh lorem mauris ante ipsum id laoreet, sed eget nibh lorem felis tincidunt feugiat volutpat ut feugiat tellus nunc ipsum euismod tincidunt dolor volutpat nibh, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi turpis aliquet, nunc pulvinar volutpat nibh. Ac at praesent dolore nonummy ullamcorper ut, pharetra. Tellus massa sed eget nibh ac, at tincidunt. Sed eget lobortis feugiat, molestie massa feugiat molestie. Massa dolor eget et aliquam turpis praesent, dolore. Dolor volutpat lobortis, feugiat id mi sed diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus felis mi erat consectetur non ut sit tellus massa ipsum id laoreet lorem, molestie massa ipsum mi donec nonummy sem nisi turpis tellus dolore nonummy diam congue pharetra non. Lobortis feugiat, id laoreet erat at proin nisi turpis praesent, aliquam nonummy congue sit tellus ut pulvinar tellus tincidunt, pulvinar, euismod, tincidunt dolor molestie massa tempus felis mi erat elit. Et ac at ante aliquam felis laoreet sed nibh lorem, eget nibh lorem mauris mi tempus id et erat at, proin aliquam amet ullamcorper tincidunt dolor molestie massa, ipsum, molestie. Laoreet at sem aliquam adipiscing proin aliquam nonummy diam congue pharetra non ut sit tellus nunc pulvinar ullamcorper congue amet ullamcorper congue pharetra tellus dolore turpis ullamcorper congue eget, nibh. Lorem mauris ante ipsum id laoreet lorem at sem, nunc, amet euismod, congue pharetra non lobortis feugiat id laoreet sed elit nibh lorem at praesent adipiscing praesent magna nonummy sem. Nisi sit euismod laoreet sed eget nibh, lorem adipiscing ullamcorper tincidunt dolor volutpat massa ipsum laoreet erat elit et aliquam at praesent dolore nonummy praesent magna consectetur diam nisi turpis. Aliquet dolore amet ullamcorper congue pharetra ullamcorper congue pharetra sem, dolore id tincidunt dolor volutpat ut sit non ut sit tellus tincidunt dolor volutpat tincidunt dolor volutpat lobortis feugiat, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris proin donec adipiscing praesent, donec elit diam ac turpis, aliquet nunc pulvinar euismod tincidunt pharetra molestie ipsum felis mi. Erat consectetur proin aliquam turpis ullamcorper dolore amet ullamcorper lobortis feugiat molestie massa sed nonummy diam magna consectetur proin nisi adipiscing. Praesent pharetra sem nisi sit tellus dolore turpis ullamcorper, tincidunt dolor mauris proin donec nonummy ullamcorper ut sit molestie nunc tempus. Eget nibh, lorem mauris nibh tempus mauris erat elit, diam magna at et aliquam turpis praesent dolore nonummy diam, congue, pharetra. Sem, ut sit aliquet dolore, amet euismod tincidunt dolor massa ipsum euismod tincidunt pulvinar volutpat lobortis feugiat molestie massa ipsum id. Laoreet sed elit nibh ac at proin tempus felis, ante tempus, elit diam magna consectetur nunc, dolor eget nibh lorem at. Proin aliquam, id massa ipsum id laoreet sed mauris proin tempus adipiscing diam donec nonummy diam magna at proin, aliquam ullamcorper. Lobortis lorem mauris ante erat nonummy ullamcorper congue pharetra tellus nunc pulvinar euismod, laoreet sed mauris proin, tempus mauris tempus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquam felis praesent dolore pharetra non. Ut sit tellus ut, eget et lorem. At proin aliquam, amet ullamcorper magna pharetra. Molestie massa tempus elit mi erat elit. Sem, nisi, amet euismod tincidunt feugiat molestie. Ante adipiscing praesent congue sit molestie massa. Tempus eget nibh sed eget nibh lorem. Mauris, mi donec elit ullamcorper magna turpis. Aliquet dolore turpis ullamcorper amet volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit tellus nunc, amet volutpat lobortis feugiat molestie massa feugiat molestie tincidunt dolor volutpat feugiat volutpat, lobortis feugiat molestie massa ipsum. Euismod tincidunt, dolor eget nibh tempus mauris mi erat nonummy diam magna consectetur sem nisi turpis ullamcorper amet volutpat lobortis, feugiat. Felis, et congue pharetra, sem, ut sit, euismod nunc pulvinar, ullamcorper tincidunt feugiat, molestie ante tempus, elit diam magna turpis sem. Nisi pulvinar tincidunt feugiat mauris ante aliquam adipiscing diam congue pharetra non nunc pulvinar tellus sit, aliquam erat, pharetra adipiscing mauris. Tellus non massa ipsum et, ac at sem nisi turpis aliquet dolore turpis aliquet congue pharetra non ut sit molestie laoreet. Sed, eget nibh lorem eget nibh lorem mauris ante tempus et magna at sem nisi turpis praesent erat nonummy diam congue. Pharetra non nunc sit tellus tincidunt dolor, volutpat ut pharetra sem ut turpis aliquet, dolore, turpis dolore pharetra volutpat lobortis feugiat. Molestie laoreet erat at non ut sit tellus congue amet ullamcorper congue sit molestie, massa felis mi ac at ante tempus. Felis ante tempus felis, laoreet, erat elit nibh lorem mauris ante tempus molestie laoreet ipsum eget nibh sed eget nibh mauris. Ante tempus felis et ac at proin ac mauris proin donec amet ullamcorper congue pharetra non nisi turpis aliquet nunc dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mi erat at, proin aliquam, turpis aliquet donec nonummy et magna, consectetur proin aliquam adipiscing. Donec amet non congue pharetra sem nisi turpis sem dolore turpis, praesent magna consectetur sem ut. Feugiat molestie laoreet ipsum euismod tincidunt sed mauris tempus felis laoreet erat nonummy diam magna consectetur. Sem donec, nonummy praesent erat elit mi ac consectetur sem nisi turpis aliquet donec amet non. Lobortis feugiat massa sed eget nibh ac, adipiscing aliquet dolore amet diam congue pharetra volutpat lobortis. Feugiat id, laoreet sed eget nibh, ac at proin, aliquam, praesent donec nonummy proin, aliquam, turpis. Tellus nunc dolor eget lobortis feugiat molestie lobortis pulvinar id laoreet erat eget et feugiat volutpat. Lobortis ipsum id laoreet consectetur sem, nisi sit tellus tincidunt dolor euismod tincidunt feugiat molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat at proin aliquam aliquet dolore, dolor molestie massa feugiat id massa ipsum euismod tincidunt dolor eget ante tempus, adipiscing praesent donec nonummy. Sem nisi consectetur aliquet, dolore, ullamcorper dolore pharetra ullamcorper ut sit tellus nunc pulvinar id laoreet dolor volutpat ut sit tellus nunc pulvinar. Euismod laoreet, erat elit proin nisi turpis congue dolor molestie massa ipsum id laoreet sed elit proin aliquam adipiscing proin donec amet euismod. Tincidunt pharetra, tellus nunc pulvinar euismod, mi, consectetur sem nisi turpis praesent dolore pharetra ullamcorper congue feugiat molestie, laoreet, sed eget nibh lorem. Mauris praesent donec amet euismod tincidunt dolor non, ut, sit tellus pulvinar aliquet congue amet non lobortis sit tellus nunc sit tellus dolore. Amet diam, magna, consectetur non nunc ipsum id mi sed elit nibh feugiat volutpat lobortis molestie mi erat elit proin aliquam turpis praesent. Congue pharetra non ut pharetra tellus nunc sit tellus nunc dolor euismod lobortis feugiat mi erat felis laoreet ipsum id tincidunt feugiat molestie. Massa ipsum, molestie massa pulvinar, euismod laoreet sed, eget lobortis, lorem felis mi tempus felis mi erat elit ac at mi erat elit. Et ac at proin, aliquam, adipiscing aliquet nunc, pharetra non ut sit tellus nunc pulvinar, euismod tincidunt pulvinar, volutpat lobortis feugiat molestie feugiat. Id mi ac at, proin nisi turpis aliquet, dolore amet ullamcorper, congue pharetra sem magna consectetur, sem dolore pulvinar, euismod, lobortis feugiat volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit proin dolore, pulvinar euismod congue, sed eget ante lorem felis mi elit sem nisi consectetur sem dolore amet ullamcorper tincidunt dolor volutpat, massa feugiat felis laoreet. Erat elit proin nisi, sit tellus laoreet aliquam turpis aliquet nonummy ullamcorper magna consectetur sem nisi turpis tellus dolore amet ullamcorper congue pharetra non ut feugiat molestie laoreet. Sed eget nibh sed volutpat lobortis sit ut, pulvinar euismod, tincidunt sed eget lobortis feugiat molestie massa ipsum molestie massa ipsum id tincidunt feugiat volutpat lobortis feugiat molestie. Massa ipsum eget, sed mauris ante aliquam adipiscing praesent donec nonummy et, erat, elit nibh lorem, molestie massa ipsum molestie massa pulvinar euismod tincidunt pharetra ullamcorper congue, consectetur. Non ipsum id laoreet lorem eget ante aliquam, adipiscing praesent donec pharetra, sem ut sit tellus dolore pulvinar id laoreet lorem at proin donec adipiscing praesent donec nonummy. Nisi pulvinar tellus tincidunt, pulvinar euismod tincidunt lorem mauris ante erat, felis mi erat elit proin ac at ante, aliquam diam magna pharetra non ut sit tellus tincidunt. Sed eget, ante, tempus felis praesent, donec nonummy et ac at sem dolore turpis aliquet dolore amet non congue tellus laoreet, erat nonummy et magna consectetur proin aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non lobortis id mi erat consectetur sem ut, sit euismod tincidunt pharetra non lobortis sit tellus ut sit tellus. Nunc pulvinar ullamcorper tincidunt pharetra volutpat lobortis feugiat massa ipsum, id laoreet feugiat molestie ante tempus adipiscing praesent magna consectetur. Sem, nisi turpis aliquet, dolore pulvinar euismod congue pharetra non lobortis ipsum, id ipsum euismod tincidunt feugiat mauris ante tempus. Adipiscing diam congue consectetur sem ut sit euismod tincidunt dolor eget lobortis lorem felis praesent donec diam nisi turpis aliquet. Dolore amet ullamcorper, congue sed volutpat lobortis sit, tellus nunc sit euismod tincidunt, dolor volutpat tincidunt, pharetra volutpat massa ipsum. Id mi erat et aliquam at praesent aliquam adipiscing et ac at proin aliquam, adipiscing praesent, dolore dolor volutpat congue. Sit molestie massa tempus felis mi ac consectetur proin aliquam praesent dolore amet diam magna pharetra tellus massa, ipsum id. Laoreet sed eget nibh tempus felis diam congue, consectetur volutpat feugiat tellus nunc amet ullamcorper congue pharetra ullamcorper ut sit. Tellus massa ipsum id, laoreet sed, eget lobortis lorem, mauris, ante tempus id tincidunt, dolor eget lorem, mauris, mi erat. Felis mi ac consectetur sem dolore amet ullamcorper dolore adipiscing praesent erat elit et magna consectetur sem aliquam adipiscing mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin nisi amet euismod lobortis feugiat molestie ante tempus, adipiscing, praesent magna consectetur ac at proin aliquam adipiscing praesent. Donec nonummy sem lobortis feugiat molestie tincidunt dolor volutpat lobortis feugiat molestie massa ipsum id praesent donec elit lorem at. Aliquet, dolore pulvinar ullamcorper tincidunt dolor molestie ante ipsum euismod tincidunt sed volutpat lobortis dolor molestie, lobortis ipsum id laoreet. Ipsum id laoreet dolor eget lorem, mauris ante erat elit, et lorem at proin, aliquam adipiscing praesent donec amet ullamcorper. Ut ipsum felis laoreet ipsum eget nibh ac euismod, laoreet dolor eget, lobortis, feugiat molestie nunc, sit euismod tincidunt dolor. Volutpat lobortis, feugiat, mauris mi erat elit et ac consectetur sem aliquam at proin aliquam diam congue, consectetur, sem nisi. Sit tellus tincidunt, dolor volutpat lobortis lorem felis ante erat felis mi, erat, eget nibh ac at proin aliquam nonummy. Diam feugiat molestie ante tempus elit et ac at proin tempus felis aliquet dolore, amet volutpat lobortis feugiat tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis feugiat, mauris, mi sed elit et lorem at proin tempus felis praesent amet, sem ut sit, tellus massa sed elit et. Aliquam turpis tellus dolore dolor, volutpat, nibh lorem, mauris, mi erat elit et ac consectetur sem nisi, eget nibh ac adipiscing, aliquet tincidunt. Sed molestie massa ipsum id laoreet sed eget tincidunt sed volutpat tincidunt dolor molestie ut sit euismod tincidunt dolor et ac at ante. Tempus felis et ac at proin nisi adipiscing, aliquet nunc dolor volutpat ut pharetra tellus, massa ipsum id, tincidunt consectetur aliquet nisi amet. Ullamcorper congue pharetra non ut feugiat molestie laoreet sed id nibh ac at praesent aliquam nonummy praesent congue pharetra non nisi sit tellus. Pulvinar euismod tincidunt feugiat mauris ante ipsum felis laoreet erat at proin aliquam adipiscing praesent donec nonummy ullamcorper tincidunt pharetra tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat mauris ante, aliquam elit, et ac at proin aliquam turpis. Tellus nunc pulvinar diam congue sem nisi turpis aliquet nunc pulvinar, ullamcorper. Lobortis dolor volutpat lobortis ipsum molestie massa, ipsum, eget nibh lorem eget. Lobortis feugiat adipiscing laoreet sed laoreet dolor volutpat, lobortis feugiat molestie, massa. Tempus, felis mi erat eget, lobortis lorem molestie massa ipsum id laoreet. Sed eget nibh lorem mauris proin tempus felis ipsum felis laoreet sed. Eget nibh feugiat volutpat massa erat, elit et ac at sem, nisi. Turpis ullamcorper, donec amet non lobortis feugiat ante tempus id laoreet sed. Mauris proin aliquam, turpis, aliquet donec amet ullamcorper nisi consectetur sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat lobortis tempus felis mi erat nonummy. Sem nisi turpis aliquet dolore, pulvinar euismod. Congue dolor volutpat massa, feugiat id mi. Ac at ac adipiscing praesent dolore amet. Ullamcorper ut pharetra sem nisi sit euismod. Laoreet lorem, mauris ante aliquam turpis ullamcorper. Tincidunt dolor volutpat lobortis feugiat molestie ipsum. Id nibh lorem mauris ante aliquam nonummy. Euismod tincidunt sit molestie nunc ipsum euismod. Laoreet erat volutpat lobortis feugiat molestie lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore pharetra volutpat nibh lorem molestie massa, ipsum elit diam ac at ante tempus mauris mi tempus felis et ac et ac at ante aliquam nonummy. Praesent magna consectetur tellus ut pulvinar euismod laoreet sed eget lobortis lorem mauris mi, erat nonummy diam nisi sem dolore amet ullamcorper congue dolor molestie ut feugiat. Molestie massa sed eget nibh sed at proin aliquam felis mi tempus felis, laoreet, sed eget nibh lorem ante tempus felis mi erat at proin aliquam adipiscing. Praesent donec nonummy ullamcorper congue pharetra non ut pulvinar euismod tincidunt dolor, volutpat nibh mauris mi tempus elit, et ac at proin aliquam adipiscing praesent congue amet. Ullamcorper ut pharetra sem nisi, sit euismod laoreet sed mauris nibh lorem molestie ante id massa sed, eget et ac at ante aliquam nonummy ullamcorper congue pharetra. Non nunc pulvinar euismod tincidunt sed mauris sem aliquam adipiscing praesent dolore nonummy non turpis tellus nunc pulvinar ullamcorper congue pharetra non ut feugiat molestie nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nisi amet ullamcorper congue dolor volutpat lobortis feugiat molestie laoreet sed eget laoreet lorem mauris nibh tempus id, sed elit et lorem, at proin aliquam, adipiscing diam congue. Pharetra non lobortis ipsum felis mi erat elit et ac, at proin donec amet donec nonummy, sem nisi, sit, tellus, tincidunt pulvinar euismod lobortis feugiat volutpat lobortis feugiat id. Massa sed volutpat lobortis, feugiat, molestie massa tempus felis, laoreet sed eget, dolor, mauris ante tempus felis, praesent magna consectetur non ut, sit tellus nunc, pulvinar volutpat, lobortis ac. At praesent donec amet ullamcorper congue, et ac mauris ante tempus mauris ante ipsum euismod laoreet sed at ante tempus felis mi donec elit et ac consectetur proin aliquam. Turpis ullamcorper tincidunt, dolor ut feugiat molestie ante ipsum id nibh lorem eget, nibh lorem, molestie massa ipsum id laoreet, sed eget nibh ac, adipiscing aliquet congue pharetra ullamcorper. Congue sit nisi, turpis aliquet tincidunt pulvinar volutpat lobortis dolor volutpat ante erat, elit et ac consectetur sem, aliquam turpis aliquet dolore, praesent donec nonummy proin aliquam at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, id et ac at proin molestie mi. Donec amet non congue pharetra molestie massa sed. Eget nibh sed mauris proin, tempus felis praesent. Donec nonummy diam ut, turpis tellus nunc volutpat. Lobortis lorem mauris ante tempus felis laoreet sed. Elit et ac at proin donec nonummy ullamcorper. Ut sit tellus nunc pulvinar euismod tincidunt, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tempus felis et sed elit nibh sed mauris nibh, ipsum id laoreet sed elit nibh. Lorem, nibh feugiat mauris ante erat elit et magna turpis tellus dolore pulvinar euismod laoreet sed. Molestie ut, sit, molestie massa ipsum id nibh ac consectetur sem, nonummy euismod tincidunt, feugiat mauris. Ante erat felis mi ac consectetur sem dolore amet aliquet congue, pharetra volutpat lobortis lorem felis. Mi erat eget, diam consectetur sem nisi turpis aliquet dolore pharetra volutpat ante ipsum molestie mi. Erat consectetur non ut pulvinar eget nibh aliquam adipiscing praesent donec praesent donec nonummy sem nisi. Turpis tellus tincidunt pulvinar euismod tincidunt feugiat molestie, massa tempus felis praesent ac, at proin ut. Sit euismod, nunc pulvinar ullamcorper congue tellus ut pulvinar euismod tincidunt sed eget nibh lorem, at. Praesent donec nonummy et magna consectetur non ut pulvinar euismod tincidunt dolor volutpat lobortis lorem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit molestie mi sed elit, et ac mauris proin tempus id, laoreet, sed sem nisi, turpis tellus nunc pulvinar euismod congue dolor. Molestie massa ipsum id tincidunt sed eget, et ac adipiscing praesent aliquam nonummy praesent congue consectetur sem turpis aliquet dolore pulvinar euismod lobortis. Feugiat, mauris ante erat elit, diam magna consectetur sem nisi turpis aliquet dolore amet ullamcorper ut feugiat id laoreet, id nibh lorem mauris. Proin, aliquam nonummy diam magna consectetur sem nisi turpis, tellus nunc, dolor euismod tincidunt feugiat molestie massa ipsum id erat, eget nibh, ac. Turpis aliquet nunc dolor volutpat nibh lorem molestie lobortis feugiat, euismod laoreet sed, eget et aliquam at proin donec amet ullamcorper congue consectetur. Aliquam adipiscing praesent aliquam, adipiscing diam donec, consectetur non, ut sit euismod tincidunt dolor, volutpat nibh feugiat volutpat massa tempus elit et, ac. At proin nisi turpis dolore amet ullamcorper congue consectetur sem nisi turpis aliquet nisi turpis euismod congue dolor molestie ante ipsum id, laoreet. Sed et, lorem, mauris ante, aliquam nonummy diam congue consectetur, non, ut sit aliquet dolore amet, aliquet dolore pharetra sem magna turpis aliquet. Dolore pulvinar ullamcorper tincidunt eget lobortis feugiat molestie massa sed elit, et magna, consectetur aliquet dolore amet euismod tincidunt dolor non, nisi turpis. Aliquet nunc pulvinar, euismod tincidunt dolor molestie massa id massa ipsum id nibh sed volutpat ut feugiat molestie massa pulvinar tellus dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ipsum id mi magna consectetur sem ut pulvinar euismod laoreet lorem mauris proin. Tempus adipiscing praesent magna, consectetur non, feugiat tellus tincidunt dolor volutpat tincidunt pharetra non. Ut ipsum adipiscing mi donec at et aliquam adipiscing aliquet dolore pulvinar volutpat lobortis. Lorem, molestie massa, id, laoreet erat at proin aliquam adipiscing aliquet dolore nonummy diam. Ac at proin aliquam adipiscing praesent dolore amet diam magna pharetra non ut sit. Euismod tincidunt euismod, tincidunt feugiat mauris mi erat felis et ac consectetur, non, ut. Pulvinar eget nibh lorem mauris, ante tempus felis mi erat elit ac at sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit diam, congue sit id laoreet sed elit, et aliquam turpis. Praesent, nonummy diam donec elit, et magna turpis aliquet nunc amet ullamcorper. Lobortis dolor molestie massa feugiat molestie laoreet erat at proin aliquam adipiscing. Aliquet dolore ullamcorper tincidunt sit non nunc ipsum id laoreet sed eget. Nibh ac mauris mi, erat nonummy et ac elit et ac at. Praesent dolore nonummy magna nonummy diam magna consectetur sem dolore amet ullamcorper. Tincidunt feugiat molestie ante erat nonummy, diam congue pharetra sem nisi, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis sit molestie ante erat nonummy sem, nisi sit tellus nunc dolor volutpat. Nibh ac at praesent, donec non ut feugiat molestie massa pulvinar euismod tincidunt. Dolor volutpat tincidunt, feugiat, tellus nunc ipsum id et erat, at et aliquam. Adipiscing praesent, donec volutpat massa ipsum id mi erat elit et lorem mauris. Ante lorem felis mi erat elit et ac at sem aliquam turpis aliquet. Congue feugiat molestie ante nonummy diam magna pharetra non ut ipsum id, laoreet. Lorem consectetur sem nisi turpis praesent magna, consectetur non ut feugiat id laoreet. Sed proin aliquam, adipiscing praesent donec, nonummy, non lobortis feugiat, molestie ante tempus. Felis nibh ac consectetur aliquet nunc dolor volutpat tincidunt pharetra non ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sed mauris ante tempus felis, mi erat. Elit diam nisi turpis tellus nunc amet ullamcorper. Feugiat felis aliquet dolore pharetra non congue sit. Tellus nunc ipsum id nibh lorem mauris, ante. Tempus felis mi tempus id mi, sed mauris. Sem turpis aliquet donec nonummy diam magna, consectetur. Non nisi turpis aliquet dolore pharetra volutpat nibh. Lorem felis mi, donec nonummy diam magna consectetur. Sem dolore praesent donec nonummy diam congue turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore pharetra volutpat nibh tempus, adipiscing praesent. Donec elit nisi turpis aliquet dolore amet praesent. Congue dolor molestie massa ipsum id mi ac. At proin ac adipiscing praesent donec nonummy diam. Magna pharetra sem magna ante tempus adipiscing, aliquet. Congue pharetra, non ut sit tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat massa ipsum felis mi id laoreet sed mauris, ante tempus, felis praesent magna pharetra volutpat nisi turpis aliquet nisi amet. Euismod, tincidunt dolor non ut sit molestie laoreet id laoreet, lorem mauris nibh, lorem molestie massa tempus elit et magna turpis. Sem nisi amet ullamcorper congue pharetra non lobortis sit tellus, nunc pulvinar donec nonummy diam magna, consectetur non ut turpis aliquet. Dolore pulvinar volutpat nibh lorem mauris massa tempus nibh praesent ante tincidunt ut donec dolor felis tincidunt dolor volutpat, lobortis ipsum. Molestie et ac consectetur sem nisi turpis aliquet dolore, amet ullamcorper congue pharetra non ut sit tellus nunc dolor volutpat dolor. Mauris mi donec nonummy et ac consectetur aliquet dolore amet aliquet, dolore amet non lobortis sit molestie massa, ipsum, eget nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tincidunt feugiat molestie massa ipsum molestie, laoreet erat elit. Proin aliquam adipiscing aliquet dolore amet ullamcorper ut, non, ut. Pulvinar tellus nunc dolor eget tincidunt feugiat molestie massa tempus. Molestie massa ipsum eget nibh lorem at proin donec nonummy. Praesent magna nonummy nisi sit euismod tincidunt pulvinar volutpat lobortis. Dolor molestie massa feugiat molestie massa sed eget et ac. At proin aliquam nonummy praesent donec, elit proin ac at. Donec amet euismod congue pharetra volutpat lobortis sit euismod nunc. Amet euismod nibh feugiat, mauris proin aliquam felis mi sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, tempus felis praesent magna pharetra, non nunc ipsum id mi erat elit proin nisi turpis. Ullamcorper congue ullamcorper ut ipsum, felis mi erat eget nibh lorem eget, nibh tempus felis mi. Erat nonummy sem nisi turpis aliquet nisi turpis, ullamcorper lobortis at, ante tempus adipiscing diam magna. Consectetur sem nisi sit tellus nunc dolor euismod tincidunt feugiat mauris massa ipsum felis mi erat. Elit proin aliquam at, proin felis mi erat, elit, proin ac mauris proin donec amet diam. Congue, consectetur volutpat nunc ipsum id, laoreet erat elit proin, ac at aliquam, elit et ac. Consectetur sem ut sit euismod laoreet sed eget nibh feugiat molestie massa ipsum id laoreet erat. At aliquet massa pulvinar euismod tincidunt feugiat lobortis feugiat, id mi erat elit nibh, sed mauris. Ante aliquam, amet ullamcorper congue consectetur et erat at, aliquet et ut tempus, pharetra at ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra pulvinar sit felis ullamcorper congue pharetra non nunc. Ipsum id laoreet sed eget lobortis mauris praesent aliquam. Elit, et magna pharetra non ut turpis aliquet dolore. Amet ullamcorper tincidunt feugiat molestie nunc ipsum id, laoreet. Erat at sem turpis, ullamcorper congue pharetra, molestie, massa. Tempus felis laoreet ipsum id laoreet sed, eget ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nonummy diam consectetur tellus nunc dolor eget et ac turpis ullamcorper congue dolor eget massa ipsum id laoreet erat elit. Et ac consectetur sem, dolore amet euismod feugiat volutpat lobortis feugiat felis mi sed eget nibh feugiat molestie massa ipsum id. Mi sed id laoreet, lorem mauris proin donec adipiscing diam magna, non lobortis, sit molestie laoreet, sed at proin ac at. Praesent, donec nonummy diam donec elit et ac mauris ante aliquam nonummy praesent magna consectetur sem ut id mi sed eget. Nibh feugiat mauris ante aliquam nonummy diam magna sit tellus nunc, pulvinar euismod tincidunt, sed eget lobortis lorem mauris erat nonummy. Et nisi turpis aliquet dolore amet ullamcorper tincidunt, dolor mauris massa ipsum id, laoreet erat elit et, magna consectetur sem aliquam. Nonummy ullamcorper magna pharetra mi erat nonummy diam congue sit molestie nunc pulvinar, id nibh sed eget nibh lorem felis laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod, tincidunt sed elit nibh lorem molestie, massa ipsum molestie massa. Sed, id nibh sed volutpat lobortis, ipsum molestie massa ipsum nibh lorem. Mauris proin dolore turpis ullamcorper congue dolor volutpat lobortis ipsum id mi. Erat eget nibh lorem mauris massa ipsum felis mi donec consectetur nisi. Turpis aliquet dolore, pulvinar volutpat lobortis lorem mauris ante donec pharetra ullamcorper. Ut sit molestie massa pulvinar id, laoreet sed mauris nibh lorem mauris. Laoreet sed molestie massa ipsum id mi erat eget nibh lorem, mauris. Mi erat, nonummy diam congue pharetra non ut pulvinar euismod, tincidunt lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent congue pharetra, non lobortis ipsum id mi, erat at proin nisi adipiscing aliquet dolore amet diam consectetur sem nisi adipiscing aliquet donec. Nonummy ullamcorper congue dolor, non ut sit aliquet nisi amet aliquet dolore amet non ut sit, tellus dolore eget nibh lorem at praesent. Donec adipiscing praesent donec nonummy sem magna consectetur sem nisi amet euismod tincidunt dolor non ut turpis sem dolore pulvinar, euismod dolor eget. Nibh, aliquam nonummy diam magna consectetur sem nisi turpis sem, dolore amet, euismod congue pharetra non ut sit molestie nunc amet ullamcorper adipiscing. Et congue pharetra non, ut sit tellus nunc, amet volutpat lobortis feugiat, molestie massa tempus felis mi erat elit nibh lorem mauris proin. Tempus felis sed eget laoreet sed eget lobortis lorem molestie massa, pulvinar id laoreet dolor eget nibh feugiat, molestie massa tempus felis mi. Ac at sem dolore amet ullamcorper adipiscing praesent donec consectetur non ut sit tellus tincidunt sed, eget ante tempus felis praesent tincidunt dolor. Volutpat, lobortis ipsum nunc pulvinar euismod congue dolor molestie ante aliquam felis mi erat elit et lorem eget nibh lorem mauris ante erat. Nonummy non nisi sit tellus, dolore pulvinar tincidunt feugiat volutpat lobortis sit molestie massa ipsum id nibh sed volutpat lobortis, sit non nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et nisi adipiscing ullamcorper tincidunt pharetra non congue sit tellus massa ipsum id tincidunt dolor volutpat lobortis feugiat mauris, ante felis diam ac consectetur sem dolore amet euismod. Tincidunt feugiat molestie massa ipsum id massa ipsum, id laoreet lorem mauris nibh feugiat mauris massa ipsum mi ac consectetur sem dolore amet ullamcorper dolore amet diam magna consectetur. Sem, dolore amet ullamcorper congue pharetra ullamcorper congue sit non nunc pulvinar euismod nunc volutpat lobortis feugiat mauris ante tempus elit et ac at sem dolore amet euismod, tincidunt. Lorem at proin donec amet diam magna, consectetur sem sit euismod laoreet erat eget nibh lorem mauris massa ipsum molestie massa, sed eget nibh lorem mauris ante tempus felis. Praesent donec consectetur sem nisi sit tellus sed eget nibh, lorem felis aliquet donec amet non ut feugiat molestie massa ipsum eget laoreet, sed eget nibh lorem, felis diam. Magna pharetra, molestie massa consectetur, non lobortis ipsum id laoreet, sed elit et ac adipiscing praesent, donec nonummy praesent donec elit et lorem adipiscing, donec nonummy ullamcorper tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, laoreet ac, consectetur aliquet nunc. Pulvinar laoreet dolor volutpat ut sit. Molestie massa ipsum id tincidunt sed. Eget proin aliquam adipiscing praesent donec. Consectetur non lobortis sit molestie laoreet. Ipsum elit aliquam turpis aliquet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tellus massa ipsum euismod laoreet sed eget nibh, lorem adipiscing mi elit ullamcorper ut turpis aliquet dolore turpis ullamcorper, tincidunt sed mauris ante tempus. Felis mi congue sit non ut sit tellus tincidunt dolor eget lobortis lorem lobortis ipsum, id mi ipsum eget nibh sed mauris ante tempus felis. Laoreet donec, nonummy diam magna turpis aliquet nunc pulvinar euismod, magna nonummy sem sit tellus nunc pulvinar id tincidunt dolor volutpat massa feugiat id laoreet. Sed eget nibh lorem mauris, proin donec nonummy ullamcorper congue pharetra nisi sit tellus nunc pulvinar volutpat nibh lorem, at proin aliquam adipiscing mi donec. Nonummy sem, ut pulvinar tellus nunc amet euismod tincidunt dolor volutpat ut feugiat mi erat elit proin aliquam turpis aliquet dolore amet, ullamcorper ut feugiat. Tellus massa sed elit et ac at proin nisi amet ullamcorper, congue, dolor volutpat massa id laoreet sed eget nibh lorem mauris massa ipsum id. Mi donec nonummy et magna turpis praesent donec amet ullamcorper dolor molestie massa ipsum felis mi erat elit et lorem mauris massa ipsum id laoreet. Sed elit et lorem at proin aliquam adipiscing mi donec nonummy et elit nibh lorem mauris ante tempus id laoreet sed eget nibh lorem at. Praesent donec nonummy ullamcorper ut sit non, nunc pulvinar euismod laoreet sed eget nibh mauris massa, ipsum id mi sed elit et ac at ante. Tempus felis mi sed eget nibh lorem mauris, ante aliquam adipiscing praesent donec nonummy sem nisi aliquet nisi amet aliquet congue amet ullamcorper congue consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus tincidunt volutpat lobortis feugiat tellus nunc pulvinar tellus nunc. Pulvinar euismod lobortis feugiat molestie ante tempus elit, mi ac. Consectetur sem nisi turpis praesent donec diam donec consectetur sem. Ut sit tellus dolore turpis diam erat elit diam magna. Consectetur sem nisi, turpis aliquet, donec nonummy et, erat, eget. Proin turpis aliquet dolore pulvinar euismod congue pharetra sem nisi. Sit euismod tincidunt pulvinar euismod lobortis dolor volutpat massa sit. Molestie laoreet ipsum eget laoreet mauris ante tempus felis mi. Donec consectetur sem nunc, ipsum id tincidunt dolor euismod, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat diam congue sit tellus ut sit euismod congue, amet non ut feugiat molestie, ante tempus nonummy diam nisi turpis aliquet dolore amet. Volutpat lobortis molestie lobortis sit, molestie massa sed elit et aliquam adipiscing proin donec, amet diam donec consectetur sem ut turpis aliquet dolore. Pulvinar euismod tincidunt dolor ante tempus elit et ac at proin nisi turpis, aliquet nunc pulvinar non ut sit molestie, massa erat elit. Diam nisi turpis sem aliquam turpis aliquet dolore ullamcorper congue sit tellus nunc pulvinar euismod tincidunt pharetra volutpat nibh tempus felis praesent donec. Elit, diam magna at proin aliquam amet ullamcorper lorem mauris ante donec nonummy, diam magna pharetra non ut sit, euismod tincidunt sed eget. Ante donec adipiscing praesent donec nonummy et ac at, proin, ac at tincidunt lorem, at praesent dolore, pharetra eget ante tempus adipiscing praesent. Donec consectetur non nunc, sit, euismod nunc pulvinar euismod, tincidunt dolor volutpat ut feugiat molestie massa sit tellus nunc sed eget et ac. Adipiscing aliquet nunc, dolor euismod congue pharetra non ut pulvinar tellus tincidunt pulvinar lobortis lorem at proin aliquam felis mi erat elit laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet ullamcorper feugiat mauris mi donec, nonummy diam ac at proin aliquam turpis praesent donec amet diam. Magna pharetra non laoreet sed eget nibh ac at tincidunt dolor euismod congue pharetra non ut sit tellus. Massa, dolor eget lobortis feugiat molestie proin donec, nonummy diam congue pharetra sem nisi turpis tellus dolor euismod. Lobortis, lorem mauris massa ipsum, elit diam magna turpis, aliquet dolore pulvinar ullamcorper tincidunt dolor volutpat ante tempus. Felis mi sed, elit et ac at nisi amet ullamcorper magna nonummy, sem magna consectetur aliquet nisi amet. Euismod tincidunt dolor volutpat ut sit id praesent donec nonummy, diam magna aliquet nunc pulvinar volutpat nibh lorem. Felis praesent, donec nonummy et magna consectetur sem nisi turpis praesent donec amet diam congue pharetra non ut. Sit euismod tincidunt mauris ante aliquam adipiscing aliquet congue consectetur sem nisi turpis aliquet dolore pulvinar ullamcorper, congue. Pharetra volutpat lobortis, sit tellus nunc pulvinar euismod nunc at sem nisi amet euismod tincidunt feugiat mauris mi. Tempus felis diam magna pharetra aliquet nisi turpis, ullamcorper tincidunt dolor volutpat lobortis pharetra tellus nunc, ipsum euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem felis, mi erat nonummy et ac, consectetur sem nisi amet euismod dolor. Volutpat lobortis feugiat felis mi erat elit nibh ac at, sem nisi turpis. Aliquet, magna consectetur non nisi turpis aliquet dolore amet aliquet congue pharetra praesent. Dolore, pharetra volutpat nibh tempus felis mi tempus elit diam ac consectetur sem. Nisi amet ullamcorper, tincidunt dolor volutpat lobortis feugiat tellus massa elit et lorem. Mauris ante tempus, felis mi donec nonummy et lorem at proin nisi adipiscing. Mi donec amet ullamcorper nisi consectetur sem nisi eget laoreet lorem eget nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nonummy diam magna consectetur aliquet nisi turpis ullamcorper dolore non ut feugiat id massa sed eget nibh lorem mauris, ante donec, nonummy praesent donec nonummy sem ut. Pulvinar id mi sed mauris proin aliquam adipiscing dolore nonummy ullamcorper congue consectetur sem nunc pulvinar euismod tincidunt, dolor eget ante tempus felis praesent erat elit nibh sed. Mauris, nibh lorem mauris, massa nonummy diam magna, consectetur proin, aliquam at proin aliquam adipiscing mi donec consectetur diam aliquam turpis aliquet donec nonummy, praesent donec elit et. Erat aliquet nisi turpis euismod congue dolor molestie massa tempus felis mi sed eget, laoreet lorem mauris ante tempus felis mi erat elit et ac at proin turpis. Aliquet dolore pharetra non ut sit molestie, massa sed elit, et nisi turpis tellus tincidunt pulvinar euismod tincidunt consectetur sem magna turpis sem, dolore pulvinar ullamcorper lorem, mauris. Ante erat nonummy diam ut sit, tellus massa sed eget nibh lorem eget lobortis feugiat molestie nunc, pulvinar diam nisi consectetur sem nisi amet, euismod lobortis feugiat molestie. Ante aliquam adipiscing diam magna at proin ac adipiscing proin, aliquam adipiscing praesent donec nonummy, sem nisi, euismod laoreet, sed elit proin nisi, turpis, ullamcorper congue dolor volutpat. Lobortis feugiat id, mi erat nonummy sem nisi sit euismod tincidunt dolor volutpat lobortis lorem, mauris donec amet ullamcorper, congue sit tellus nunc pulvinar euismod tincidunt dolor volutpat. Nibh tempus nonummy praesent donec nonummy sem magna turpis, aliquet nisi turpis aliquet, dolore pharetra ut sit tellus massa ipsum id laoreet lorem, eget ante ipsum felis mi. Donec consectetur non, ut pulvinar id laoreet, sed eget lobortis feugiat mauris ante, erat non lobortis, feugiat molestie laoreet sed eget laoreet lorem eget ante tempus felis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, tellus tincidunt dolor volutpat lobortis feugiat volutpat lobortis sit tellus massa pulvinar euismod tincidunt sed eget nibh tempus. Mi donec nonummy et, ac turpis aliquet dolore amet ullamcorper, congue dolor, volutpat massa ipsum id mi ac elit. Sem aliquam turpis, tellus tincidunt pharetra lobortis lorem mauris, ante tempus, id tincidunt dolor eget nibh lorem molestie lobortis. Ipsum felis, mi erat eget et ac mauris ante tempus adipiscing ullamcorper congue, consectetur nunc turpis aliquet dolore nonummy. Euismod tincidunt dolor, volutpat ut turpis sem nisi pulvinar euismod congue pharetra ullamcorper congue pharetra non ut sit tincidunt. Dolor, eget nibh tempus felis mi donec elit et ac consectetur aliquet dolore amet euismod tincidunt dolor molestie ante. Tempus felis mi erat elit et ac proin aliquam nonummy diam congue feugiat volutpat lobortis, sit euismod nunc pulvinar. Volutpat lobortis feugiat molestie massa feugiat molestie massa sed id laoreet dolor volutpat nibh lorem mi donec nonummy sem. Nisi pulvinar id laoreet ac consectetur sem dolore amet ullamcorper congue, dolor volutpat massa ipsum id sed elit diam. Ac adipiscing aliquet dolore amet diam magna consectetur sem nisi, consectetur proin nisi turpis aliquet dolore, amet ullamcorper magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt, sed, eget proin dolore amet euismod congue pharetra. Volutpat lobortis sit tellus tincidunt pulvinar lobortis feugiat at proin. Donec nonummy diam magna at proin, nisi, turpis tellus nunc. Pulvinar euismod tincidunt dolor molestie nunc pulvinar id mi at. Proin nisi adipiscing praesent dolore, pharetra non lobortis sit, molestie. Massa pulvinar id, laoreet, sed eget ante feugiat, molestie massa. Ipsum id mi ac elit proin turpis aliquet dolore amet. Ullamcorper congue, sit tellus ut sit euismod tincidunt, dolor eget. Nibh tempus, felis praesent magna nonummy sem, lobortis pulvinar diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet ullamcorper, congue dolor molestie, ante ipsum, id massa sed elit nibh lorem proin aliquam adipiscing ullamcorper tincidunt dolor non ut sit molestie massa. Sed id et aliquam turpis ullamcorper dolore pharetra non lobortis, lorem molestie massa eget diam ac mauris, proin tempus adipiscing mi erat felis mi erat. At sem nisi pulvinar ullamcorper tincidunt dolor volutpat ut feugiat molestie massa sed eget nibh mauris, proin aliquam felis praesent donec, nonummy et erat elit. Proin nisi amet aliquet dolore dolor volutpat lobortis sit tellus massa donec feugiat, diam, proin tincidunt nisi ipsum felis et, nisi ipsum elit volutpat praesent. Nibh ullamcorper proin donec ac at praesent donec amet ullamcorper magna nonummy diam, magna at nisi turpis aliquet dolore nonummy non ut sit tellus massa. Ipsum eget et ac at praesent, donec amet ullamcorper congue pharetra non ut sit euismod tincidunt, dolor lobortis tempus adipiscing praesent donec elit diam ac. At, proin nisi, turpis aliquet, dolore, nonummy diam congue tempus felis praesent nonummy, diam magna at proin aliquam, felis mi erat elit diam magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin turpis, tellus, tincidunt sed mauris ante tempus. Adipiscing ullamcorper congue pharetra non ut sit tellus. Massa sed elit, proin aliquam adipiscing praesent donec. Nonummy nibh tempus id mi erat elit diam. Magna consectetur sem aliquam adipiscing, mi tempus nonummy. Diam magna consectetur aliquet dolore, amet aliquet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet ipsum id laoreet dolor mauris nibh aliquam. Nonummy euismod congue pharetra volutpat lobortis sit molestie nunc. Pulvinar laoreet feugiat mauris, ante donec nonummy diam erat. Lorem amet elit tellus laoreet, nisi erat dolor adipiscing. Id molestie volutpat ante dolore, amet ullamcorper aliquam nonummy. Diam congue, consectetur non lobortis ipsum felis mi magna. Turpis aliquet massa ipsum id nibh ac mauris proin. Aliquam adipiscing diam donec nonummy et consectetur, aliquet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat massa ipsum felis, et magna pharetra non nunc, pulvinar. Eget, et ac at, aliquam, adipiscing mi, erat nonummy diam. Nisi sit id, laoreet sed volutpat nibh feugiat molestie massa. Tempus felis mi erat, elit et ac at proin nonummy. Diam congue sit non ut pulvinar euismod tincidunt dolor volutpat. Lobortis lorem mauris massa ipsum id mi ac at sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ullamcorper ut sit non nisi sit tellus dolore pulvinar euismod tincidunt pharetra, volutpat lobortis, feugiat id laoreet sed elit aliquam adipiscing, proin donec nonummy diam. Magna pharetra non nisi turpis tellus dolore nonummy diam magna, consectetur sem ut, feugiat, id laoreet erat elit, et adipiscing praesent dolore pharetra non lobortis lorem. Felis mi erat elit diam nisi turpis aliquet nunc, amet, volutpat lobortis dolor non, ut feugiat molestie massa ipsum id lorem mauris nibh, feugiat id mi. Magna sit non ut pulvinar tellus tincidunt pulvinar ullamcorper, congue pharetra non ut sit molestie nunc pulvinar tincidunt, feugiat, volutpat lobortis, sit tellus massa, pulvinar euismod. Tincidunt sed eget nibh lorem molestie massa pulvinar tellus nunc dolor volutpat lobortis dolor volutpat ut sit aliquet, turpis ullamcorper dolore amet non congue, pharetra non. Ut sit euismod, nunc pulvinar volutpat lobortis feugiat molestie lobortis ipsum felis tincidunt sed volutpat tincidunt dolor, volutpat, ut molestie praesent, donec at proin aliquam adipiscing. Aliquet donec nonummy praesent erat elit et ac, at sem nisi turpis praesent felis, mi magna pharetra, sem nisi turpis aliquet dolore pharetra non ut feugiat. Molestie massa ipsum, felis laoreet sed, volutpat nibh lorem, felis praesent dolore nonummy ullamcorper consectetur, sem dolore amet ullamcorper tincidunt dolor volutpat lobortis, feugiat tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nibh tempus adipiscing praesent dolore pharetra non lobortis feugiat tellus nunc, ipsum id, nibh, lorem at praesent donec amet ullamcorper congue pharetra non pulvinar aliquet dolore amet euismod. Congue dolor molestie massa feugiat, molestie laoreet sed, elit proin ac at proin tempus felis mi donec, nonummy diam ac proin aliquam adipiscing praesent erat elit et magna turpis. Tellus nunc ipsum elit nibh ac adipiscing proin donec adipiscing, praesent, donec nonummy diam magna turpis praesent aliquam diam congue, consectetur non lobortis ipsum id mi erat eget nibh. Lorem adipiscing proin, aliquam adipiscing mi donec nonummy sem nisi turpis aliquet, pulvinar euismod tincidunt feugiat, molestie massa tempus felis laoreet sed elit et ac at ante aliquam felis. Mi ac pharetra molestie massa ipsum id nibh lorem, at aliquam adipiscing diam magna consectetur non lobortis feugiat molestie massa sed eget nibh, lorem, molestie ante, ipsum id, laoreet. Sed elit et, magna at praesent dolore nonummy congue pharetra volutpat lobortis ipsum id mi erat elit nibh feugiat mauris ante tempus felis mi donec pharetra sem nunc, id. Laoreet lorem at proin aliquam turpis aliquet magna pharetra non, ut sit tellus nunc pulvinar id laoreet sed volutpat lobortis feugiat molestie massa ipsum euismod laoreet mauris nibh feugiat. Mauris mi erat elit et magna at proin aliquam adipiscing praesent dolore amet non congue sit molestie massa ipsum euismod tincidunt dolor euismod, lobortis tellus nunc sit euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis, praesent dolore amet, lobortis ipsum id laoreet erat eget et lorem mauris proin donec nonummy diam tincidunt dolor molestie massa. Ipsum id laoreet, sed eget nibh ac adipiscing aliquam adipiscing diam magna pharetra, tellus nunc pulvinar, id laoreet dolor eget lobortis lorem. Mauris mi donec elit et erat at proin aliquam adipiscing praesent elit mi, ac at proin ac at proin donec nonummy diam. Congue sit mauris, mi erat felis et ac at proin ac, mauris massa, tempus elit et at sem aliquam, adipiscing tellus nunc. Pharetra ullamcorper ut sit tellus massa sit tellus tincidunt sed eget nibh feugiat mauris, ante tempus felis ac at proin aliquam adipiscing. Praesent, dolore pharetra non lobortis, feugiat molestie ante erat nonummy diam magna, consectetur proin tempus felis ante erat elit et ac consectetur. Aliquam pulvinar euismod congue dolor at, aliquet tincidunt dolor volutpat lobortis feugiat, tellus nunc sit tellus, nunc pulvinar euismod lobortis dolor volutpat. Ut turpis tellus nunc amet nibh sed at, proin aliquam nonummy diam, donec pharetra molestie nunc, pulvinar tellus tincidunt sed elit proin. Tempus felis aliquet amet, diam congue pharetra non nunc pulvinar ullamcorper congue dolor non lobortis feugiat tellus massa ipsum id laoreet lorem. Mauris ante, tempus felis mi erat nonummy ullamcorper feugiat molestie massa sed eget et ac mauris ante tempus felis mi tempus eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sed elit proin nisi turpis aliquet. Dolore amet ullamcorper congue sit non nunc. Sit euismod, laoreet lorem adipiscing euismod diam. Nunc nonummy non massa erat consectetur non. Massa erat amet volutpat ullamcorper proin massa. Congue dolore ac turpis nonummy diam magna. Consectetur sem nisi turpis magna consectetur diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris id proin, massa ut, donec dolor at aliquet nunc, sed at aliquet laoreet nisi, nonummy volutpat mi dolore. Feugiat turpis eget tellus ullamcorper massa donec amet eget proin donec adipiscing, praesent magna consectetur sem nisi turpis aliquet. Dolore pulvinar tellus, tincidunt, sed elit et aliquam turpis aliquet donec nonummy ullamcorper, ut feugiat tellus nunc, pulvinar euismod. Tincidunt dolor euismod tincidunt dolor molestie massa ipsum mi, erat at et ac adipiscing aliquet donec amet diam magna. At proin aliquam adipiscing praesent donec nonummy, praesent donec nonummy sem nisi aliquet dolore amet ullamcorper, congue pharetra non. Massa ipsum id, mi sed at et ac adipiscing tellus dolore amet diam donec consectetur diam magna, turpis tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et magna turpis, aliquet nunc pulvinar. Eget, nibh ac mauris proin aliquam. Adipiscing diam magna diam nisi turpis. Sem aliquam felis praesent donec nonummy. Sem nisi turpis tellus nunc pulvinar. Id, laoreet lorem at ante feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et magna consectetur sem, donec nonummy diam congue pharetra volutpat, ut. Sit tellus massa ipsum elit, nibh lorem mauris ante tempus adipiscing. Lobortis lorem felis praesent donec consectetur, diam, nisi turpis tellus tincidunt. Sed eget nibh lorem felis ante tempus id laoreet erat elit. Nibh ac at donec dolor, non lobortis feugiat mauris massa ipsum. Felis, mi erat at proin aliquam adipiscing praesent donec nonummy diam. Magna at proin aliquam at proin donec, diam magna pharetra non. Nunc tempus felis nibh ac consectetur aliquet dolore amet, aliquet congue. Dolor molestie massa ipsum, molestie, mi ac consectetur non sed elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin donec, nonummy euismod congue dolor molestie ante tempus id laoreet dolor. Volutpat feugiat molestie massa ipsum molestie massa ipsum euismod congue pharetra non. Lobortis feugiat non, nunc pulvinar, euismod laoreet sed, mauris ante tempus felis. Ante elit diam magna consectetur non, dolore turpis ullamcorper congue amet, non. Lobortis feugiat mauris massa tempus nonummy, diam nisi turpis aliquet nunc dolor. Volutpat lobortis feugiat praesent dolore, nonummy non massa feugiat molestie, massa ipsum. Eget et magna adipiscing aliquet dolore, amet euismod, tincidunt pharetra non ut. Feugiat molestie tincidunt elit et aliquam at proin donec nonummy diam magna. Consectetur non nunc pulvinar tellus tincidunt lorem mauris ante, tempus felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget et ac, mauris ante donec adipiscing diam magna, at sem, nunc ipsum id nibh lorem mauris ante. Tempus felis erat elit diam nisi feugiat id laoreet sed eget, lobortis feugiat volutpat lobortis, sit tellus nunc. Pulvinar, id laoreet sed mauris nibh lorem mauris magna pharetra, volutpat lobortis feugiat tellus tincidunt dolor eget nibh. Lorem mauris ante aliquam adipiscing praesent, donec nonummy sem nisi sit tellus dolore amet ullamcorper, lobortis feugiat ante. Tempus felis mi ac consectetur aliquet massa erat eget laoreet lorem at praesent donec nonummy ullamcorper ut, pharetra. Tellus ante tempus, elit ut sit aliquet nunc amet aliquet dolore amet non, ut feugiat molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper congue mauris mi donec nonummy sem ac consectetur sem dolore amet aliquet dolore amet. Volutpat ante tempus id laoreet sed id laoreet, dolor eget nibh tempus mi erat elit. Et ac, at proin tempus adipiscing aliquet magna consectetur diam proin aliquam adipiscing aliquet donec. Nonummy non ut pharetra tellus nunc pulvinar laoreet sed mauris ante tempus adipiscing, praesent donec. Elit, non, ut sit, molestie nunc ipsum id, nibh feugiat mauris, massa tempus felis mi. Donec consectetur diam turpis tellus nunc pulvinar euismod tincidunt, dolor molestie lobortis feugiat molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris feugiat felis mi donec nonummy proin nisi turpis, tellus laoreet dolor eget ante tempus felis praesent donec consectetur volutpat massa. Ipsum elit, et ac proin nisi amet euismod tincidunt dolor eget ante tempus felis mi erat elit, et ac at ante aliquam. Adipiscing praesent donec elit et erat at aliquam adipiscing aliquet dolore amet ullamcorper ut, sit tellus massa ipsum id nibh sed eget. Nibh lorem molestie, praesent, donec nonummy diam nisi consectetur aliquet dolore, amet tincidunt sed volutpat nibh feugiat molestie laoreet ipsum, id laoreet. Lorem, mauris ante, tempus, adipiscing praesent dolore nonummy diam magna consectetur aliquet nisi ullamcorper dolore amet ullamcorper ut sit non nunc sit. Euismod tincidunt pulvinar ullamcorper tincidunt dolor, volutpat nunc, pulvinar euismod laoreet sed volutpat lobortis, feugiat molestie lobortis, feugiat nunc pulvinar euismod tincidunt. Sed eget lobortis feugiat tellus nunc pulvinar euismod laoreet sed, mauris ante aliquam adipiscing aliquet, donec nonummy mi erat elit diam magna. Pharetra molestie laoreet sed eget et ac adipiscing praesent dolore nonummy diam magna pharetra sem, nisi, sit id laoreet dolor eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra non lobortis ipsum id mi donec nonummy diam nisi turpis aliquet lorem mauris nibh, tempus molestie massa ipsum. Id laoreet erat consectetur sem nisi turpis aliquet donec amet ullamcorper, congue sit molestie massa tempus eget nibh lorem. Id laoreet, sed, eget et ac turpis ullamcorper tincidunt dolor mauris massa tempus adipiscing praesent donec consectetur sem ut. Pulvinar euismod tincidunt dolor euismod tincidunt molestie, ante tempus felis mi, ac consectetur aliquet dolore, amet euismod tincidunt pharetra. Eget ante tempus felis mi sed eget nibh ac at nisi turpis diam, magna pharetra non ut feugiat tellus. Massa ipsum eget nibh ac at proin aliquam adipiscing praesent donec consectetur sem nisi, turpis praesent donec adipiscing congue. Dolor molestie massa feugiat id mi erat eget nibh lorem mauris proin aliquam adipiscing praesent magna, consectetur sem nisi. Turpis, tellus tincidunt, sed volutpat lobortis feugiat aliquet dolore, nonummy diam magna turpis aliquet massa pulvinar euismod tincidunt dolor. Mauris proin aliquam adipiscing diam donec, nonummy nisi sit tellus nunc pulvinar, volutpat nibh tempus felis, mi donec, elit. Diam magna at, proin aliquam adipiscing ullamcorper dolore, amet ullamcorper congue pharetra non ut, pulvinar nibh ac, at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy diam magna, turpis tellus nunc ipsum et, ac at. Praesent donec pulvinar ullamcorper ut feugiat tellus massa tempus nonummy et. Ac at sem nisi adipiscing praesent donec elit diam magna at. Massa sed eget nibh lorem mauris ante tempus felis praesent magna. Consectetur sem, ut sit tellus dolore amet aliquet, dolore pharetra non. Lobortis, feugiat id ut sit non nunc pulvinar id laoreet dolor. Eget nibh tempus felis massa ipsum felis laoreet erat elit, et. Ac, at proin donec nonummy ullamcorper congue id mi erat elit. Diam magna turpis aliquet dolore, pulvinar, euismod lobortis feugiat mauris ante. Erat felis, laoreet sed, eget lobortis feugiat mauris proin adipiscing non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam adipiscing tellus tincidunt sed mauris ante aliquam adipiscing diam magna consectetur, non donec amet ullamcorper congue pharetra tellus massa. Sed id nibh ac at ante tempus felis mi erat elit et lorem mauris ante tempus felis mi erat diam. Congue turpis aliquet, dolore pulvinar euismod tincidunt sed eget nibh lorem mauris, laoreet ipsum id tincidunt, dolor mauris nibh tempus. Felis praesent donec nonummy lobortis ipsum felis mi ac at proin ac adipiscing praesent donec nonummy diam magna consectetur diam. Nisi turpis tellus, tincidunt pulvinar volutpat lobortis molestie ante erat nonummy non, lobortis ipsum molestie laoreet sed eget nibh ac. At praesent donec amet ullamcorper magna pharetra sem nisi, turpis aliquet nunc pulvinar ullamcorper pharetra non congue turpis sem nisi. Amet euismod laoreet lorem mauris ante tempus felis praesent donec nonummy et lorem mauris nibh aliquam adipiscing mi erat, felis. Mi at aliquet dolore turpis ullamcorper dolore amet diam magna pharetra non nisi sit aliquet, donec pulvinar euismod magna nonummy. Sem pulvinar euismod nunc dolor, volutpat lobortis feugiat mauris proin aliquam felis mi erat, elit et ac adipiscing aliquet donec. Adipiscing diam magna pharetra sem, magna consectetur tincidunt, sed eget nibh lorem mauris, ante erat amet diam magna consectetur sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed eget ante tempus felis ante erat elit diam magna consectetur proin ac adipiscing aliquet dolore, amet diam magna. At sem nisi turpis tellus dolor volutpat lobortis lorem mauris mi donec, elit, sem ut sit tellus, nunc amet. Ullamcorper congue dolor non ut sit molestie nunc ipsum, eget nibh adipiscing praesent, aliquam felis mi erat elit et. Magna turpis, tellus nunc pulvinar eget lobortis feugiat mauris massa tempus, elit diam, congue pharetra non ut sit tellus. Sed mauris nibh, lorem, mauris ante tempus felis et magna consectetur proin aliquam adipiscing mi erat felis mi erat. Elit et lorem mauris, dolore amet non lobortis feugiat mauris massa ipsum id laoreet erat elit ante lorem, mauris. Ante ipsum id mi ac at proin aliquam adipiscing aliquet congue pharetra ut feugiat molestie massa ipsum id laoreet. Sed eget lobortis lorem mauris massa ipsum, id mi erat elit proin aliquam, adipiscing aliquet dolore nonummy ullamcorper congue. Consectetur nisi pulvinar euismod, tincidunt sed eget nibh feugiat molestie massa donec nonummy diam magna consectetur sem, nisi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut feugiat molestie laoreet erat nonummy diam ac turpis sem dolore amet euismod tincidunt mauris ante tempus id laoreet sed eget nibh lorem at proin donec. Nonummy diam magna pharetra sem nisi turpis sem, dolore pulvinar euismod, congue, pharetra non tempus nonummy diam magna pharetra sem nunc ipsum euismod tincidunt, dolor volutpat. Nibh tempus mauris ante tempus eget nibh ac at sem nisi turpis ullamcorper feugiat molestie, ante tempus felis laoreet ipsum id nibh lorem at ante, lorem. Id laoreet, ipsum id laoreet lorem at ante aliquam, adipiscing dolore consectetur non nisi consectetur proin aliquam at, praesent donec adipiscing diam magna at sem nisi. Adipiscing, aliquet dolore, dolor euismod lobortis feugiat molestie massa pulvinar id ac, at sem, nisi amet ullamcorper congue pharetra non ut sit tellus nunc pulvinar id. Laoreet lorem at praesent donec nonummy diam donec nonummy diam magna, turpis mi sed elit et lorem molestie massa feugiat molestie laoreet sed, elit nibh ac. At proin donec adipiscing praesent magna non massa ipsum felis et magna at proin ac adipiscing praesent donec nonummy mi donec elit nibh, lorem at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, molestie mi donec nonummy non lobortis ipsum id mi erat elit, proin ac. At proin donec nonummy ullamcorper, pharetra molestie, massa, ipsum id laoreet dolor euismod tincidunt. Dolor mauris mi erat amet diam ac consectetur sem nisi adipiscing praesent dolore pharetra. Non feugiat mauris laoreet pulvinar euismod tincidunt dolor, eget nibh lorem, felis mi donec. Nonummy diam magna consectetur aliquet dolore amet ullamcorper tincidunt dolor, eget, lobortis tempus ullamcorper. Congue pharetra non massa pulvinar id et ac consectetur sem dolore amet aliquet donec. Nonummy diam congue sit tellus massa pulvinar euismod laoreet, mauris proin tempus adipiscing praesent. Donec nonummy et ac, consectetur sem nisi turpis aliquet donec nonummy et ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore amet non lobortis feugiat mauris laoreet donec nonummy nibh ac at sem, nisi adipiscing mi donec elit et magna at proin turpis, euismod tincidunt dolor eget lobortis feugiat. Molestie massa ipsum id nibh lorem mauris nibh tempus, felis mi erat elit mi ac at sem amet ullamcorper congue dolor mauris ante, tempus adipiscing praesent donec, nonummy diam. Magna consectetur, sem, aliquam nonummy diam donec nonummy sem lobortis feugiat id laoreet sed eget feugiat molestie massa tempus adipiscing mi magna, consectetur sem ut pulvinar euismod tincidunt sed. Mauris ante aliquam nibh magna turpis tellus tincidunt dolor massa ipsum, id et ac at proin aliquam amet ullamcorper ut feugiat, molestie massa ipsum id laoreet lorem, mauris proin. Tincidunt at sem nisi adipiscing praesent erat non ut sit non nunc pulvinar, euismod, laoreet, sed mauris ante aliquam nonummy diam magna dolor volutpat lobortis feugiat molestie tincidunt sed. Elit proin, ac at proin sed mauris ante tempus adipiscing praesent magna pharetra non, ut congue pharetra non ut turpis sem dolore amet euismod lobortis, turpis euismod congue pharetra. Volutpat lobortis feugiat tellus massa ipsum id laoreet sed volutpat, nibh lorem molestie massa tempus id laoreet dolor euismod lobortis lorem mauris massa nonummy, diam ut, sit molestie nunc. Ipsum eget nibh lorem at proin aliquam adipiscing praesent donec consectetur volutpat massa feugiat id, laoreet erat elit et ac massa feugiat molestie, laoreet erat, elit proin aliquam, at. Proin donec nonummy diam congue pharetra non, ut, pulvinar euismod nunc pulvinar volutpat lobortis pharetra non lobortis sit nunc pulvinar id, nibh lorem at praesent aliquam adipiscing praesent magna. Consectetur non nunc pulvinar euismod tincidunt dolor volutpat, lobortis feugiat molestie lobortis sit tellus, nunc pulvinar laoreet sed volutpat nibh feugiat tellus ut sit, tellus tincidunt sed, at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet congue sed, eget, ante aliquam nonummy ullamcorper, congue tempus pulvinar at euismod diam. Mi tincidunt lorem turpis euismod nunc erat pharetra id diam, lobortis tincidunt nisi sit id. Laoreet ac at sem nisi amet diam, congue dolor mauris ante ipsum felis mi erat. Et ac at euismod tincidunt sed mauris nibh feugiat molestie massa ipsum id tincidunt dolor. Eget nibh lorem mauris mi erat elit, et ac consectetur tellus et feugiat pharetra at. Aliquet nibh aliquam turpis id sem ut erat consectetur, adipiscing elit sem nunc pulvinar ullamcorper. Tincidunt, dolor non lobortis sit nunc ipsum id tincidunt sed eget proin aliquam nonummy diam. Congue pharetra non nisi turpis aliquet dolore amet ullamcorper dolore pharetra ullamcorper ut pharetra aliquet. Dolore amet laoreet lorem mauris nibh lorem mauris massa, sed elit, et ac at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc euismod lobortis lorem at, ante. Aliquam nonummy diam magna consectetur non ut. Pulvinar euismod tincidunt sed eget nibh lorem. Felis ante tempus felis mi consectetur proin. Nisi adipiscing aliquet dolore nonummy non, congue. Sit tellus massa sed eget laoreet, lorem. Mauris ante, lorem, mauris ante tempus felis. Et ac aliquet nunc pulvinar id lobortis. Feugiat molestie, ante, ipsum felis laoreet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, proin tempus nonummy diam felis et. Ac at proin aliquam turpis aliquet dolore. Pharetra non massa, feugiat molestie, massa ipsum. Id nibh sed eget nibh, lorem mauris. Mi tempus et ac at proin aliquam. Adipiscing aliquet dolore pharetra non ut sit. Molestie laoreet sed eget nibh sed volutpat. Ante tempus felis mi magna consectetur ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, ullamcorper congue pharetra non congue pharetra sem dolore, pulvinar euismod tincidunt. Sed eget ante lorem massa ipsum id laoreet sed at proin nisi. Amet ullamcorper congue dolor volutpat lobortis feugiat molestie, laoreet ipsum eget et. Ac adipiscing praesent donec praesent donec, nonummy sem nisi sit aliquet aliquam. Turpis aliquet congue pharetra volutpat lobortis sit aliquet nunc amet euismod congue. Dolor eget massa feugiat molestie nunc pulvinar, tincidunt dolor volutpat nibh tempus. Felis, praesent magna pharetra non nisi turpis molestie nunc amet ullamcorper congue. Pharetra non ut pharetra, non ut aliquet, dolore amet diam magna pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nisi pulvinar volutpat lobortis aliquam adipiscing aliquet donec mi erat elit, et ac mauris ante tempus adipiscing praesent congue pharetra non ut sit tellus tincidunt, dolor. Eget nibh tempus felis mi erat elit diam consectetur sem, ut turpis ullamcorper congue pharetra non ut sit tellus nunc, pulvinar, id laoreet sed volutpat nibh feugiat. Molestie ante donec amet, ullamcorper, ut tellus massa ipsum euismod tincidunt dolor volutpat nibh lorem molestie, ante tempus eget laoreet sed eget nibh feugiat molestie ante tempus. Felis mi elit, proin ac adipiscing praesent donec adipiscing, praesent donec nonummy, diam, aliquam turpis aliquet dolore amet euismod congue feugiat molestie massa feugiat molestie tincidunt dolor. Elit proin turpis aliquet donec amet non congue sit non nunc pulvinar id laoreet, sed eget nibh feugiat molestie massa tempus elit et ac consectetur sem nisi. Adipiscing aliquet dolor volutpat lobortis, feugiat, id mi erat, nonummy et ac consectetur sem donec nonummy euismod tincidunt lorem molestie mi erat et magna at proin nisi. Amet aliquet aliquam nonummy ullamcorper congue pharetra non ut sit tellus nunc dolor volutpat, lobortis feugiat molestie ante ipsum felis mi ac molestie massa sed eget et. Aliquam turpis aliquet congue pharetra non, lobortis feugiat mauris massa ipsum id laoreet erat eget, nibh lorem mauris ante, erat elit mi elit et ac at proin. Aliquam, amet ullamcorper congue pharetra tellus ut pulvinar tellus tincidunt pulvinar volutpat tincidunt feugiat, mauris mi, tempus felis mi erat, elit nibh mauris ante aliquam adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, turpis aliquet nunc pulvinar, tincidunt dolor volutpat lobortis feugiat molestie nunc amet, euismod lobortis, dolor volutpat massa ipsum molestie. Laoreet sed eget proin aliquam at praesent dolore nonummy congue consectetur diam ac turpis aliquet nunc dolor, volutpat lobortis dolor. Non lobortis, feugiat, molestie massa, sed eget et, ac adipiscing aliquet nunc dolor eget dolor tellus nunc pulvinar id laoreet. Erat elit proin, aliquam adipiscing praesent donec amet, diam magna consectetur sem, nisi, turpis aliquet nunc dolor non sit molestie. Ante, tempus, felis mi erat elit, et ac felis ante tempus felis mi sed id laoreet sed mauris proin aliquam. Adipiscing praesent donec consectetur nisi sit tellus nunc amet euismod congue consectetur non, ut sit tellus dolore amet euismod tincidunt. Dolor molestie massa ipsum felis laoreet erat elit et magna consectetur aliquam nonummy, praesent magna nonummy et magna consectetur sem. Nisi turpis aliquet donec nonummy diam, magna pharetra non ut pulvinar id laoreet sed aliquet dolore, amet euismod tincidunt dolor. Molestie, lobortis ipsum felis laoreet sed, elit et aliquam adipiscing aliquet dolore nonummy diam donec nonummy et ac at praesent. Donec diam magna pharetra non ut pulvinar, tellus tincidunt dolor volutpat lobortis lorem mauris proin aliquam felis mi, ac, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem mauris proin, tempus nonummy diam magna pharetra non ut sit tellus nunc amet, ullamcorper, congue dolor ullamcorper. Consectetur sem nunc pulvinar euismod nunc pulvinar volutpat lobortis feugiat mauris massa tempus id mi ac elit, et ac. Felis praesent donec nonummy diam elit et ac adipiscing proin donec nonummy praesent magna consectetur non ut pulvinar tellus. Nunc dolor volutpat lobortis feugiat mauris ante tempus felis mi erat elit et molestie massa ipsum id mi erat. Nonummy sem nisi, turpis, aliquet dolore pulvinar volutpat nibh lorem molestie massa ipsum id laoreet ipsum elit feugiat volutpat. Massa, tempus, adipiscing diam congue pharetra non nunc, pulvinar euismod tincidunt pulvinar ullamcorper tincidunt dolor non ut feugiat tellus. Massa dolor eget et nisi turpis donec nonummy diam donec nonummy sem aliquam sit tellus tincidunt sed eget nibh. Tempus adipiscing praesent magna consectetur sem nisi turpis tellus nunc pulvinar id laoreet eget lobortis ipsum id laoreet erat. Eget et magna, mauris sem dolore amet ullamcorper congue dolor, volutpat lobortis ipsum molestie amet id, tincidunt dolor molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ipsum, eget laoreet pulvinar, volutpat ut sit. Ut ipsum felis et ac consectetur proin nisi. Turpis ullamcorper congue pharetra, non ut feugiat, molestie. Laoreet sed eget et aliquam adipiscing praesent dolore. Amet magna pharetra sem nisi turpis aliquet tincidunt. Sed volutpat et ac at proin donec adipiscing. Praesent ac consectetur, sem nisi adipiscing tellus dolore. Amet, diam elit et ac eget, nibh lorem. Mauris massa ipsum, felis et erat elit proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat molestie laoreet eget laoreet, ac, turpis aliquet dolore amet, euismod tincidunt dolor volutpat massa feugiat id massa dolor eget lobortis. Feugiat volutpat lobortis tempus felis mi erat laoreet sed eget ante tempus felis mi donec nonummy diam magna consectetur aliquet dolore. Dolor eget lobortis lorem molestie ante aliquam adipiscing mi erat elit ac mauris proin aliquam adipiscing praesent donec consectetur sem ut. Sit euismod tincidunt pulvinar ullamcorper tincidunt dolor ullamcorper, congue sit tellus nunc ipsum tincidunt dolor eget nibh lorem mauris mi tempus. Elit nibh lorem mauris proin aliquam adipiscing praesent donec elit ullamcorper magna turpis sem nisi turpis aliquet dolore nonummy, magna pharetra. Sem, ut turpis aliquet dolore amet ullamcorper congue consectetur sem magna, consectetur sem nisi amet euismod, tincidunt dolor non, ut sit. Molestie laoreet sed elit, aliquam turpis praesent donec nonummy diam magna pharetra non ut pulvinar id mi erat elit proin aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi erat at sem ut sit euismod dolore dolor eget nibh feugiat mauris mi erat elit et ac at proin ac adipiscing praesent nonummy ullamcorper lobortis feugiat molestie massa. Ipsum, eget et ac adipiscing proin donec nonummy, diam congue consectetur non ut turpis tellus nunc amet ullamcorper pharetra non ut feugiat id mi, erat eget et ac at. Ante lorem mauris ante tempus, elit et magna at proin tempus felis ante ipsum id laoreet id nibh lorem mauris ante aliquam adipiscing praesent donec elit, et nisi turpis. Tellus, tincidunt dolor volutpat congue pharetra non ut, sit tellus amet euismod congue dolor volutpat massa ipsum id mi erat eget et ac at proin, aliquam adipiscing diam congue. Dolor volutpat massa tempus id mi ac elit, ac adipiscing aliquet dolore nonummy ullamcorper magna pharetra non ut sit tellus nunc pulvinar euismod lobortis feugiat mauris ante tempus elit. Mi ac consectetur sem nisi turpis donec nonummy ullamcorper congue feugiat molestie massa ipsum id nibh dolor volutpat nibh lorem mauris ante tempus elit diam magna id laoreet ipsum. Eget nibh ac at proin aliquam amet ullamcorper ut, feugiat molestie massa ipsum id laoreet sed volutpat nibh feugiat molestie massa tempus id laoreet elit proin nisi turpis ullamcorper. Congue dolor volutpat lobortis feugiat tellus ut sit, euismod nunc pulvinar euismod, congue, pharetra non ut turpis aliquet dolore amet ullamcorper pharetra non ut sit tellus nunc, amet ullamcorper. Dolore, amet non ut sit molestie ante erat elit et nunc magna tempus, sed sit elit, non ante donec pulvinar pharetra nonummy volutpat nibh donec amet, ullamcorper ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra nisi sit molestie laoreet erat elit proin nisi amet ullamcorper congue dolor eget ante tempus adipiscing mi, erat nonummy sem nisi sit euismod laoreet at sem dolore amet. Euismod lobortis dolor volutpat lobortis ipsum id mi, sed id nibh sed eget nibh tempus felis, praesent donec pharetra tellus nunc id mi, erat elit proin aliquam adipiscing proin. Erat nonummy diam magna pharetra sem nisi, sit tellus, nunc, dolor volutpat ut sit tellus massa pulvinar euismod tincidunt elit proin aliquam adipiscing aliquet dolore pharetra non lobortis sit. Molestie nunc pulvinar id laoreet sed eget nibh lorem mauris ante ipsum id ac consectetur, sem, nisi amet aliquet donec amet, non lobortis feugiat molestie, massa ipsum eget, nibh. Lorem mauris nibh feugiat tellus ut pulvinar id laoreet sed eget lorem felis praesent donec elit et magna consectetur aliquet dolore turpis praesent donec adipiscing, diam donec nonummy diam. Nisi sit tellus nunc amet euismod tincidunt dolor volutpat ipsum felis mi, erat eget nibh feugiat mauris proin aliquam nonummy ullamcorper, congue consectetur non ut pulvinar euismod nunc dolor. Lobortis lorem mauris ante tempus felis mi sed, eget et aliquam turpis aliquet dolore pharetra non congue pharetra tellus nunc sit euismod tincidunt sed eget nibh tempus praesent, magna. Pharetra mauris ante, tempus felis mi, erat eget nibh feugiat molestie massa ipsum id laoreet erat elit et magna at praesent, donec amet euismod congue sem ut sit id. Laoreet ac consectetur sem nisi, turpis aliquet congue dolor eget ante aliquam adipiscing praesent donec nonummy diam nisi sit tellus tincidunt dolor volutpat lorem felis mi erat elit mi. Erat at proin aliquam adipiscing praesent dolore amet non, ut, feugiat mauris ante tempus, elit et ac, consectetur ante lorem pulvinar volutpat lobortis dolor volutpat, massa tempus, massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sem ut pulvinar id laoreet, eget. Ante tempus mauris, praesent dolore, pharetra non. Lobortis feugiat id mi sed eget proin. Aliquam turpis aliquet nunc, pharetra ullamcorper ut. Sit mauris ante nonummy non ut feugiat. Euismod, laoreet erat elit et nisi adipiscing. Aliquet dolore, amet ullamcorper magna consectetur sem. Ut sit id laoreet dolor eget dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non lobortis ipsum molestie laoreet sed eget et lorem mauris proin aliquam nonummy, praesent. Magna felis mi erat elit diam magna consectetur sem, dolore amet aliquet dolore amet ullamcorper. Nisi, turpis aliquet, nunc pulvinar ullamcorper congue dolor, volutpat nibh adipiscing praesent donec nonummy et. Nisi, pulvinar euismod tincidunt dolor eget nibh lorem mauris massa erat elit et magna consectetur. Sem ut sit ullamcorper congue pharetra volutpat lorem felis praesent donec, consectetur diam ut, pulvinar. Id mi erat elit et ac mauris ante tempus, felis et ac, at sem nisi. Id, laoreet sed mauris ante tempus felis mi donec nonummy sem nisi turpis sem dolore. Amet euismod lobortis feugiat, molestie ante aliquam, adipiscing praesent magna consectetur non ipsum id laoreet. Sed eget nibh tempus felis ante erat nonummy diam nisi turpis sem nisi turpis aliquet. Congue pharetra non congue pharetra non ut turpis aliquet pulvinar euismod lobortis, dolor molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur, sem dolore amet euismod laoreet feugiat elit proin ut pulvinar, tellus tincidunt dolor volutpat tincidunt, sit tellus massa pulvinar id mi erat elit et, ac at. Praesent dolore amet ullamcorper magna tellus ut sit, tellus nunc pharetra non, ut lorem felis mi erat elit mi ac at sem nisi amet aliquet dolore, nonummy diam. Congue pharetra massa erat, eget, laoreet sed eget nibh tempus felis mi, donec nonummy diam ac at ante tempus molestie ante ipsum molestie laoreet sed eget laoreet feugiat. Molestie aliquam adipiscing praesent magna consectetur, non nunc ipsum id tincidunt sed eget nibh lorem mauris ante ipsum id laoreet, erat, elit et aliquam aliquet congue pharetra non. Lobortis lorem mauris mi, donec nonummy magna dolore pulvinar euismod, lobortis, lorem mauris ante tempus felis ullamcorper, ante congue aliquam sed pharetra adipiscing pharetra felis diam tincidunt feugiat. Felis proin dolore sed elit aliquet, nunc ipsum, elit sem massa ac feugiat id diam ut feugiat felis diam tincidunt tempus erat pharetra felis euismod proin laoreet ut. Dolore feugiat at praesent donec amet ullamcorper ut sit tellus nunc pulvinar tellus tincidunt sed mauris proin nunc nisi erat amet eget sem massa magna feugiat molestie praesent. Nibh tincidunt nisi erat lorem amet consectetur felis non mi lobortis tincidunt, nisi donec lorem ipsum pharetra adipiscing molestie nibh ut magna aliquam lorem sit consectetur molestie ullamcorper. Proin laoreet ut donec ac ipsum consectetur elit volutpat id sem, mi lobortis donec ac pulvinar pharetra felis nibh nunc ac sit nonummy molestie aliquet nibh nunc sed. Consectetur, sem ut sit eget nibh sed eget nibh tempus mauris, mi donec felis, et ac, at tincidunt dolor volutpat lobortis dolor molestie massa, tempus felis mi sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore pulvinar eget lobortis feugiat molestie massa tempus felis diam, ac consectetur proin aliquam. Adipiscing aliquet congue pharetra ullamcorper congue pharetra ut pulvinar euismod tincidunt, dolor eget proin, aliquam. Turpis, aliquet dolore, pharetra volutpat lobortis feugiat molestie massa ipsum id laoreet sed eget ante. Aliquam adipiscing congue pharetra non nunc, pulvinar euismod laoreet, sed eget lobortis feugiat volutpat ut. Feugiat, molestie massa ipsum id, nibh ac at proin aliquam nonummy praesent pharetra tellus nunc. Ipsum id laoreet dolor euismod tincidunt pharetra non ut sit molestie nunc ipsum eget lobortis. Feugiat molestie ante ipsum id mi erat diam ac, adipiscing tellus dolore, pulvinar volutpat tincidunt. Feugiat, molestie, massa tempus, elit et magna turpis, aliquet nunc pulvinar ullamcorper congue pharetra non. Ut sit tellus nunc euismod, tincidunt sed eget nibh feugiat molestie massa ipsum id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra pulvinar turpis elit volutpat id, sem lobortis donec, amet ullamcorper ut pharetra tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis. Feugiat, mauris ante erat elit et magna aliquet nunc amet euismod lobortis dolor molestie ut feugiat tellus massa ipsum id nibh. Lorem mauris ante tempus felis mi donec consectetur sem ut sit nunc dolor, volutpat nibh lorem felis mi, donec nonummy diam. Congue sit molestie laoreet ipsum, id nibh lorem mauris ante tempus felis mi donec nonummy sem nisi tellus, nunc dolor euismod. Tincidunt feugiat mauris massa feugiat molestie laoreet ipsum eget nibh ac adipiscing aliquet donec pulvinar euismod lobortis feugiat, molestie, donec consectetur. Diam nisi turpis aliquet dolore, pulvinar euismod, lobortis feugiat molestie ante, tempus felis mi erat elit nibh ac at aliquet donec. Adipiscing praesent magna, consectetur lobortis tempus felis laoreet sed volutpat tincidunt feugiat molestie proin aliquam nonummy praesent magna pharetra non ut. Sit euismod tincidunt dolor aliquet nunc pulvinar euismod, lobortis lorem felis mi erat elit et ac at proin ac adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sed eget proin aliquam adipiscing praesent donec nonummy sem ut sit tellus. Massa dolor volutpat nibh feugiat molestie massa tempus praesent magna consectetur sem nisi. Turpis tellus nunc pulvinar euismod tincidunt dolor volutpat massa, feugiat id tincidunt, sed. Eget proin, aliquam turpis praesent donec nonummy congue, pharetra non, ut pulvinar euismod. Tincidunt pulvinar euismod tincidunt, feugiat molestie massa pulvinar euismod tincidunt dolor volutpat lobortis. Feugiat mauris ante aliquam elit mi elit et lorem mauris, ante aliquam nonummy. Diam donec nonummy diam ac at ante, tempus turpis, aliquet donec amet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur sem ut pulvinar euismod, tincidunt dolor non ut pharetra non ut sit tellus nunc pulvinar euismod congue pharetra, ut feugiat id. Laoreet, erat at sem nisi sit, ullamcorper congue pharetra ullamcorper congue pharetra, tellus nunc, pulvinar id mi lorem, at sem, nisi adipiscing donec. Nonummy, ullamcorper congue consectetur tellus massa ipsum id nibh lorem at praesent aliquam adipiscing praesent magna pharetra sem nisi consectetur sem dolore turpis. Ullamcorper, tincidunt volutpat lobortis feugiat molestie mi sed at et, aliquam, adipiscing praesent donec nonummy praesent magna consectetur non ut turpis aliquet nunc. Amet ullamcorper congue sem nisi feugiat, tellus laoreet sed elit et aliquam adipiscing aliquet dolore pharetra volutpat lobortis lorem felis praesent tempus elit. Diam magna at, proin aliquam adipiscing erat elit et magna consectetur sem nisi, turpis ullamcorper congue dolor non congue pharetra non nunc sit. Euismod laoreet dolor eget nibh, lorem felis mi, erat nonummy, ut, sit tellus massa ipsum euismod tincidunt dolor volutpat ut sit non, ut. Pulvinar euismod laoreet lorem at proin, aliquam aliquet dolore nonummy sem ut sit molestie massa sed eget et ac at praesent aliquam nonummy. Diam congue sit molestie mi erat nonummy diam magna, at aliquet dolor volutpat lobortis, dolor molestie massa ipsum id mi erat at et. Ac at ante aliquam nonummy diam congue pharetra sem nisi, pulvinar euismod tincidunt, sed, eget, aliquam turpis aliquet dolore amet, ullamcorper congue pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus tincidunt, dolor praesent dolore, nonummy ullamcorper magna pharetra non ut sit molestie tincidunt dolor, eget et aliquam adipiscing, praesent donec nonummy. Ullamcorper congue sit non nunc euismod laoreet sed eget, nibh tempus felis praesent, magna pharetra non ut feugiat tellus nunc, pulvinar id. Nibh lorem mauris ante tempus felis laoreet ipsum nibh lorem at sem, donec amet ullamcorper congue pharetra volutpat lobortis ipsum felis, mi. Erat elit et ac at ante tempus adipiscing diam magna pharetra sem sit euismod tincidunt, dolor, eget nibh, lorem molestie, massa ipsum. Elit et magna at sem nisi turpis aliquet aliquam nonummy diam ut sit tellus sit tellus nunc pulvinar euismod tincidunt feugiat volutpat. Lobortis pulvinar tellus dolore dolor volutpat nibh feugiat mauris ante tempus id laoreet ac elit nibh ac, at proin adipiscing mi erat. Elit, et ac, at proin aliquam, felis mi erat elit et ac, at proin aliquam, adipiscing ullamcorper ut sit, molestie ante erat. Elit et sit euismod tincidunt dolor, elit, aliquet nunc turpis aliquet tincidunt dolor non ut sit non ut pulvinar euismod tincidunt sed. Ante aliquam, adipiscing diam congue dolor volutpat lobortis pulvinar, id laoreet sed elit et lorem molestie massa ipsum id nunc pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac consectetur sem dolore amet volutpat nibh lorem mauris ante ipsum felis mi erat elit dolore pulvinar id laoreet dolor volutpat. Nibh lorem mauris mi, erat nonummy, et ac consectetur sem aliquam adipiscing mi erat elit, et, magna consectetur proin turpis aliquet dolore. Amet non ut sit, molestie laoreet erat, elit diam magna consectetur aliquet nisi turpis ullamcorper tincidunt dolor non nisi turpis sem dolore. Pulvinar tincidunt sed volutpat ut pharetra non nunc sit tellus nunc pulvinar volutpat lobortis lorem, mauris mi donec elit diam ac at. Sem aliquam aliquet dolore amet, non ut sit non ut sit tellus nunc amet diam magna consectetur sem nisi turpis aliquet dolore. Amet ullamcorper congue pharetra volutpat lobortis feugiat laoreet erat at, proin aliquam at proin tempus, adipiscing praesent magna consectetur sem ut, pulvinar. Id laoreet sed eget ante tempus adipiscing praesent, dolore amet, non, congue nonummy ullamcorper magna consectetur sem ut sit euismod laoreet sed. Eget lobortis feugiat, mauris praesent congue pharetra volutpat lobortis ipsum et erat, elit et aliquam turpis praesent donec nonummy praesent donec nonummy. Sem magna, consectetur aliquet donec nonummy diam magna consectetur diam magna consectetur proin aliquam, praesent donec nonummy, et, ac consectetur et aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id laoreet sed nonummy diam consectetur, euismod laoreet dolor eget nibh tempus felis mi erat nonummy ullamcorper. Congue pharetra non ut pulvinar euismod congue pharetra non lobortis feugiat molestie, erat elit diam magna consectetur. Aliquet dolore amet ullamcorper lobortis feugiat volutpat massa ipsum id mi ut, aliquam dolor mauris tellus et. Nunc donec consectetur diam, congue lorem adipiscing, ullamcorper lobortis, lorem mauris praesent congue feugiat adipiscing euismod, proin. Nunc magna feugiat id, praesent lobortis tempus pulvinar at mi nisi ipsum elit sem massa erat amet. Volutpat proin congue, sed adipiscing aliquet tincidunt ac turpis euismod nibh nisi pulvinar felis diam, nunc, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar consectetur molestie, et ante congue sed, adipiscing id non ullamcorper proin tincidunt magna ipsum pharetra felis lobortis nunc magna feugiat. Nonummy at id non, mi nibh, nunc ac pulvinar sit nonummy mauris id sem aliquet ante nunc nisi erat feugiat euismod. Tellus non aliquet et nisi, sit elit non massa, tempus pharetra mauris ullamcorper sem mi nisi donec lorem, adipiscing ullamcorper tincidunt. Dolor mauris proin aliquam nonummy magna consectetur diam ac consectetur aliquet donec nonummy, ullamcorper congue pharetra sem magna turpis aliquet dolore. Pulvinar euismod tincidunt, pharetra, volutpat massa ipsum praesent, congue feugiat molestie nunc, sit id laoreet dolor mauris ante lorem felis mi. Donec elit mi erat at, proin aliquam, adipiscing aliquet dolore, amet diam magna, non nunc pulvinar, euismod laoreet sed eget nibh. Lorem mauris ante tempus id laoreet sed elit, tincidunt feugiat molestie massa ipsum id laoreet ipsum euismod, congue pharetra, nibh lorem. Mauris mi congue sit molestie, massa donec consectetur, non nisi feugiat molestie laoreet erat elit nibh lorem turpis laoreet ut donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam tincidunt tempus, turpis elit aliquet mi ut lobortis. Sed id mi erat eget nibh lorem at ante aliquam. Adipiscing praesent magna, consectetur diam magna consectetur sem aliquam adipiscing. Aliquet dolore amet diam magna molestie massa ipsum euismod laoreet. Sed mauris nibh tempus adipiscing, diam magna pharetra volutpat ut. Sit tellus, nunc pulvinar euismod, lobortis feugiat molestie massa amet. Ullamcorper congue sit tellus nunc ipsum id laoreet lorem eget. Nibh tempus adipiscing praesent dolore consectetur non ut feugiat molestie. Massa sed tincidunt sed eget ante tempus felis mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra volutpat, lobortis ipsum id mi erat. Elit lorem mauris proin aliquam adipiscing diam congue. Pharetra tellus massa sed, eget nibh lorem mauris. Sem donec amet euismod congue dolor volutpat massa. Ipsum id sed eget nibh lorem, mauris ante. Aliquam nonummy diam congue consectetur sem ut, pulvinar. Id laoreet sed, volutpat nibh lorem mauris mi. Erat nonummy magna turpis aliquet dolore amet euismod. Laoreet, lorem at proin aliquam adipiscing diam magna. Consectetur sem ut pulvinar euismod tincidunt dolor euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis molestie massa sed elit et aliquam adipiscing aliquet dolore, amet volutpat lobortis. Lorem molestie mi erat diam nisi turpis aliquet nunc pulvinar euismod tincidunt pharetra. Volutpat ut sit, tellus nunc pulvinar id nibh lorem eget nibh feugiat felis. Praesent donec diam nisi at sem dolore amet euismod tincidunt dolor volutpat massa. Ipsum id, mi ac, consectetur non nunc pulvinar euismod tincidunt sed eget, nibh. Tempus adipiscing praesent felis diam ac consectetur, sem nisi adipiscing mi erat elit. Diam, magna pharetra non ut amet aliquet donec nonummy ullamcorper congue pharetra non. Tempus nonummy diam magna, at sem, nisi amet, aliquet congue dolor volutpat massa. Feugiat id laoreet sed id laoreet sed mauris ante tempus felis, praesent, donec. Consectetur nisi, turpis tellus dolore amet ullamcorper dolore pharetra, volutpat ante tempus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sed, mauris aliquam nonummy ullamcorper congue pharetra, sem nunc pulvinar euismod nunc pulvinar. Volutpat lobortis feugiat molestie ante tempus elit diam congue pharetra non ut turpis ullamcorper. Nisi turpis aliquet, dolore pulvinar volutpat lobortis lorem, mauris mi erat elit diam magna. Turpis tellus massa, ipsum euismod tincidunt dolor volutpat massa ipsum mi erat nonummy, sem. Ut ipsum id nibh, ac at proin tempus felis mi, donec, amet sem, lobortis. Feugiat molestie massa ipsum id tincidunt dolor nibh tempus felis mi sed elit et. Lorem at sem dolore pulvinar, euismod lobortis feugiat volutpat lobortis sit, molestie massa, pulvinar. Euismod tincidunt dolor volutpat tempus felis mi erat eget diam ut turpis euismod, tincidunt. Sed eget, ante tempus, felis mi donec nonummy diam congue feugiat molestie massa sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, dolore amet ullamcorper lobortis feugiat mauris ante tempus elit, et. Erat eget et ac felis mi elit diam ac consectetur sem. Ut turpis aliquet donec amet ullamcorper congue consectetur sem ut ipsum. Id tincidunt sed eget, nibh lorem felis, mi erat ullamcorper congue. Sit tellus massa ipsum eget, et aliquam adipiscing praesent dolore amet. Ullamcorper lobortis, feugiat molestie massa ipsum id laoreet ac consectetur proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam magna pharetra, tellus massa sed, eget nibh sed, at, proin, donec, amet euismod tincidunt dolor non ut aliquet dolore amet ullamcorper tincidunt. Feugiat mauris, ante aliquam amet diam magna consectetur, non nunc sit euismod nunc pulvinar volutpat lobortis, feugiat molestie sit id laoreet dolor elit proin. Nisi amet euismod laoreet lorem mauris ante tempus felis praesent erat eget nibh, lorem mauris ante aliquam felis praesent, erat elit erat at proin. Aliquam turpis aliquet aliquam nonummy et magna, pharetra non ut sit tellus nunc pulvinar euismod lobortis feugiat molestie mi tempus elit, dolor eget et. Nisi turpis, praesent dolore amet non ut ipsum molestie massa ipsum, id, laoreet, sed eget nibh tempus mauris mi erat nonummy sem nisi aliquet. Dolore amet aliquet congue pharetra non ut feugiat, tellus massa, ipsum eget et ac at praesent donec nonummy diam magna consectetur sem nisi consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt feugiat mauris ante, tempus felis mi erat at sem nisi adipiscing aliquet dolore, amet diam eget laoreet dolor eget nibh lorem molestie ante tempus. Felis et ac at sem nisi turpis ullamcorper tincidunt dolor non, ut sit tellus massa sed eget dolor volutpat nibh tempus, felis ante, tempus elit. Diam, nisi turpis, sem nisi turpis praesent dolore amet non ut feugiat id, massa sed eget et mauris ante tempus adipiscing, mi donec nonummy diam. Magna consectetur, aliquet nunc ipsum id laoreet lorem mauris ante tempus adipiscing mi erat elit ac consectetur praesent dolore amet ullamcorper tincidunt dolor volutpat massa. Ipsum elit et erat eget nibh lorem volutpat massa ipsum felis praesent donec nonummy, diam aliquam at, aliquam adipiscing, mi donec nonummy diam magna consectetur. Proin aliquam adipiscing ullamcorper congue pharetra non congue pharetra sem ut sit ullamcorper congue amet ullamcorper lobortis lorem felis nibh tempus felis praesent donec nonummy. Diam nisi turpis sem, nisi turpis aliquet congue pharetra molestie massa feugiat id erat nonummy diam magna consectetur aliquet nunc pulvinar volutpat nibh lorem felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue aliquet dolore pulvinar euismod laoreet lorem at proin donec nonummy diam, magna nonummy sem ut turpis, tellus nunc, pulvinar volutpat lobortis. Dolor molestie massa felis mi sed eget et ac adipiscing proin aliquam felis mi donec nonummy sem nisi turpis tellus tincidunt dolor volutpat. Lobortis lorem mauris mi erat diam congue pharetra tellus massa sed, elit et ac at praesent donec amet volutpat lobortis lorem mauris ante. Tempus nonummy sem nisi sit tellus nunc pulvinar euismod amet volutpat massa ipsum id mi sed eget nibh sed mauris ante tempus felis. Mi erat, felis et erat consectetur proin aliquam adipiscing aliquet nonummy diam magna consectetur proin nisi turpis tellus, congue pharetra non lobortis feugiat. Tellus nunc, tempus felis laoreet, erat mauris ante lorem mauris ante tempus id, erat at sem nisi turpis aliquet dolore amet non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum consectetur felis volutpat sem ac erat dolor adipiscing ullamcorper nibh aliquam turpis, euismod laoreet ac turpis id et. Ut, erat pharetra tellus mi magna feugiat adipiscing euismod nibh aliquam at tellus et congue tempus amet eget proin. Dolore, aliquam sed consectetur molestie diam lobortis, tempus turpis volutpat proin tincidunt ac turpis, id non ante lorem turpis. Eget, non massa, donec feugiat nonummy, volutpat proin dolore sed at id sem, massa congue lorem amet elit aliquet. Massa magna feugiat amet proin laoreet nunc sed nonummy sem massa donec, consectetur volutpat ante dolore feugiat adipiscing euismod. Proin massa magna ipsum dolor, adipiscing elit non mi donec felis ullamcorper ante nunc ac pulvinar, nonummy molestie euismod. Et, nunc sed at tellus laoreet, ut ipsum nonummy eget praesent nunc lorem turpis tellus tincidunt, lorem turpis sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ut donec dolor adipiscing aliquet, et nunc erat sit felis ullamcorper. Ante ut erat amet volutpat aliquet tincidunt ac pulvinar, elit sem nunc. Erat sit felis diam, ante donec sed sit felis non massa magna. Dolor mauris praesent lorem turpis, euismod nibh, aliquam turpis, euismod et nisi. Donec sit adipiscing ullamcorper nibh tempus nonummy ullamcorper tincidunt lorem turpis volutpat. Id ullamcorper lobortis, donec adipiscing euismod et ut ipsum, nonummy tellus praesent. Congue aliquam pulvinar volutpat sem nunc ac turpis aliquet dolore pulvinar volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum elit laoreet ac adipiscing praesent nunc pulvinar volutpat, lobortis feugiat mauris massa ipsum, felis mi sed volutpat lobortis. At aliquet congue pharetra non lobortis feugiat id mi erat nonummy diam magna consectetur aliquet dolore pulvinar, euismod tincidunt. Dolor volutpat massa ipsum felis congue pharetra aliquet dolore amet id, laoreet dolor, volutpat lobortis feugiat molestie massa ipsum. Eget et magna at sem dolore turpis praesent donec amet, diam magna sem nisi turpis, praesent dolore amet ullamcorper. Ut lorem id laoreet ipsum eget nibh lorem mauris ante tempus adipiscing praesent magna consectetur non lobortis, amet non. Lobortis feugiat id laoreet, sed eget laoreet lorem at praesent, aliquam adipiscing praesent magna consectetur sem ut, sit tellus. Tincidunt pulvinar euismod tincidunt, feugiat, massa ipsum, felis laoreet sed elit nibh sed mauris proin aliquam felis praesent donec. Consectetur sem ut sit tellus tincidunt sed, eget lobortis lorem mauris ante tempus diam congue pharetra non, nisi donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin nonummy ullamcorper tincidunt feugiat, molestie massa tempus felis mi, ac elit et ac adipiscing aliquet tincidunt dolor. Eget massa ipsum, molestie massa ipsum id lorem mauris nibh feugiat, mauris, ante erat elit mi erat elit et. Aliquam amet ullamcorper tincidunt dolor non ipsum nonummy molestie aliquet lobortis dolore magna elit molestie ante tempus nonummy diam. Congue feugiat molestie nunc ipsum id ante erat nonummy diam nisi turpis sem nisi amet ullamcorper, congue dolor non. Lobortis feugiat mi donec elit et ac at ante aliquam, felis mi erat felis mi lorem at ante tempus. Adipiscing praesent donec nonummy diam magna non nisi turpis aliquet, dolore pharetra non ut sit molestie ante erat, elit. Et magna, consectetur sem dolore turpis praesent dolore pharetra volutpat lobortis feugiat, id laoreet eget et ac at aliquet. Dolore nonummy ullamcorper ut pharetra non nunc pulvinar id laoreet erat, eget nibh feugiat molestie massa tempus felis et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nibh, lorem, at praesent donec amet diam magna. Consectetur sem ut pulvinar id laoreet ac sem nisi. Amet euismod tincidunt pharetra non ut sit molestie nunc. Pulvinar eget nibh lorem at proin aliquam nonummy mauris. Euismod et lobortis erat amet euismod nibh, lorem turpis. Ullamcorper laoreet lorem, adipiscing tellus laoreet sed adipiscing euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem amet volutpat, proin erat turpis id ullamcorper. Ante nibh ut donec pharetra felis non proin. Laoreet, nunc donec dolor felis diam donec nonummy. Diam magna consectetur sem amet ullamcorper, dolore pharetra. Ullamcorper congue tempus dolor at id diam nunc. Congue donec sed sit consectetur adipiscing euismod lobortis. Aliquam turpis ullamcorper tincidunt, pharetra lobortis feugiat id. Laoreet sed eget et ac adipiscing praesent dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam magna turpis tellus nunc amet donec nonummy diam congue pharetra non nunc pulvinar euismod congue pharetra non ut sit, tellus. Ante tempus id laoreet sed eget ante tempus felis praesent amet non ut sit non nunc pulvinar euismod tincidunt pharetra volutpat. Lobortis lorem mauris, massa tempus, elit, et magna consectetur aliquet dolore turpis aliquet, dolore diam congue turpis tellus massa amet, ullamcorper. Laoreet lorem mauris proin donec nonummy diam congue pharetra sem nisi turpis, euismod et massa donec mauris ullamcorper proin massa magna. Ipsum pharetra at, tellus nibh ut pulvinar nonummy molestie ullamcorper ante laoreet ut tempus elit non aliquet lobortis nisi ipsum elit. Sem congue ipsum felis praesent congue tempus pulvinar mauris proin dolore sed at tellus laoreet ut tempus amet mauris ullamcorper proin. Dolore ac sit felis non nibh dolore at euismod et nunc tempus nonummy non, ante donec feugiat felis ullamcorper tincidunt aliquam. Pulvinar elit, sem laoreet ut dolore aliquam, ipsum pharetra mauris aliquet et massa, donec tempus pulvinar consectetur elit mauris eget, tellus. Ullamcorper praesent tincidunt nisi sed, pharetra amet, mauris euismod sem mi tincidunt dolore erat feugiat nonummy, consectetur elit molestie id non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc massa tincidunt dolore magna donec lorem sit amet at eget molestie volutpat aliquet nibh ut magna aliquam sed pulvinar, consectetur, adipiscing. Elit felis molestie praesent tincidunt, nisi sed ipsum pharetra amet felis eget aliquet diam ante congue lorem amet volutpat ante nisi pulvinar. Eget tellus mi magna tempus pharetra adipiscing euismod et nunc donec tempus pulvinar euismod non praesent tincidunt feugiat turpis eget aliquet, laoreet. Ut dolore lorem ipsum, pharetra, adipiscing, at euismod sem, mi nibh tincidunt ut magna aliquam tempus dolor adipiscing eget tellus diam ante. Laoreet massa ut donec lorem sit, eget molestie volutpat sem mi massa tincidunt nisi ac, feugiat pharetra adipiscing elit mi ut dolore. Aliquam erat lorem sed pulvinar consectetur felis euismod proin tincidunt magna tempus dolor turpis elit molestie ullamcorper massa dolore, aliquam ipsum consectetur. Nonummy adipiscing non, mi ante nunc, ac feugiat felis et ut, ipsum amet molestie, ullamcorper nibh aliquam sed pharetra molestie diam lobortis. Amet consectetur id, diam mi, lobortis nisi erat feugiat dolor adipiscing, elit aliquet mi, lobortis donec lorem turpis nonummy, tellus massa lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat nonummy diam nisi feugiat molestie, massa sed elit. Nibh ac adipiscing praesent donec adipiscing praesent, magna tellus. Massa tempus elit sem magna consectetur proin dolore pulvinar. Euismod lobortis lorem mauris massa ipsum id massa ipsum. Id et aliquam, adipiscing aliquam nonummy diam magna pharetra. Sem ut sit id, non, praesent lobortis nisi ipsum. At molestie mi ut ipsum nonummy eget proin nunc. Lorem pulvinar consectetur mauris lobortis dolore magna feugiat felis. Diam ut feugiat id massa ipsum eget, et aliquam. Erat sit nonummy turpis eget diam ut sit euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis sit, molestie mi erat elit proin nisi sit euismod. Tincidunt sed mauris ante lorem ante tempus, elit et, nisi sit. Tellus nunc dolor volutpat lobortis lorem at praesent donec amet ullamcorper. Ut feugiat, molestie mi erat elit diam nisi turpis, donec amet. Ullamcorper tincidunt lorem molestie ante erat elit et erat, elit et. Nisi pulvinar ullamcorper tincidunt pharetra non lobortis feugiat mauris laoreet erat. Elit magna consectetur sem, nisi amet volutpat congue pharetra sem lobortis. Ipsum id laoreet, sed eget nibh, ac at praesent donec adipiscing. Diam congue sem ut sit tellus nunc pulvinar, euismod lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam ut ipsum, felis mi ac felis, non proin, nunc sed consectetur id diam. Massa erat pharetra volutpat massa donec, feugiat amet elit, aliquet laoreet erat consectetur, tellus praesent. Magna, feugiat non lobortis, aliquam pulvinar mauris aliquet, nunc, magna ipsum nonummy volutpat, ante congue. Ac ipsum pharetra adipiscing non proin tincidunt nisi, erat lorem dolor, turpis diam ante, nibh. Laoreet magna erat pharetra mauris praesent, tincidunt, ac amet elit sem mi lobortis aliquam dolor. Consectetur elit, molestie volutpat sem, elit et ac at mi tempus elit et ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nunc ipsum id diam magna consectetur nunc amet volutpat lobortis lorem mauris, ante erat elit et erat at proin aliquam adipiscing, praesent donec nonummy diam magna consectetur sem. Ut sit mi ac at ante aliquam felis praesent donec amet, ullamcorper congue sit id laoreet ac at sem ut turpis, aliquet tincidunt pulvinar euismod tincidunt sit massa tempus. Felis mi erat at et ac at proin donec elit diam magna pharetra non ut sit tellus nunc amet ullamcorper congue, consectetur non nisi turpis tincidunt dolor volutpat nibh. Lorem mauris ante erat felis et ac elit et lorem at ante, aliquam nonummy praesent magna consectetur tellus nunc pulvinar mi ac consectetur aliquet dolore amet ullamcorper congue pharetra. Non congue, pharetra tellus massa ipsum euismod tincidunt dolor eget ante lorem mauris ante erat, elit et at proin nisi turpis ullamcorper dolore amet non congue sit, molestie massa. Ipsum id tincidunt dolor volutpat nibh lorem mauris ante erat elit et ac at sem amet ullamcorper lobortis feugiat molestie ante tempus elit, et, congue pharetra non ut, sit. Euismod laoreet dolor volutpat lobortis feugiat, ante tempus elit et ac consectetur sem nisi, adipiscing aliquet dolore amet non ut sit tellus nunc pulvinar, ullamcorper tincidunt dolor volutpat lobortis. Sit molestie ante, tempus, nibh ac consectetur, proin nisi turpis, aliquet dolore pharetra non congue turpis aliquet, nisi adipiscing praesent, aliquam nonummy diam magna consectetur sem, nisi turpis aliquet. Dolore pulvinar lobortis lorem mauris mi erat, elit sem nisi consectetur, sem, dolore amet euismod, congue pharetra volutpat, lobortis feugiat tellus nunc pulvinar euismod, tincidunt dolor volutpat tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie massa tempus elit diam magna consectetur. Sem nisi praesent dolore pharetra ullamcorper lobortis. Sit molestie nunc pulvinar euismod nunc dolor. Eget ante lorem mauris ante erat felis. Mi ac consectetur sem nisi turpis congue. Amet non ut, feugiat molestie massa, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin aliquam felis mi erat elit et turpis, tellus nunc ipsum. Eget proin nisi sit id nibh lorem mauris proin donec nonummy diam. Tincidunt dolor volutpat lobortis sit, tellus nunc amet ullamcorper aliquam adipiscing aliquet. Congue dolor volutpat lobortis ipsum id laoreet ipsum, id tincidunt dolor volutpat. Lobortis lorem felis, ante tempus felis mi erat at sem, pulvinar id. Nibh, feugiat mauris ante aliquam felis laoreet erat eget nibh, sed eget. Lobortis feugiat molestie massa pulvinar, euismod tincidunt sed volutpat feugiat molestie ante. Tempus felis, mi erat elit proin aliquam adipiscing praesent donec amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sit dolore amet euismod lobortis lorem adipiscing praesent erat elit, mi ac at et, aliquam adipiscing proin aliquam adipiscing diam magna nonummy diam. Magna turpis nisi adipiscing diam magna nonummy sem nisi, sit molestie nunc ipsum eget nibh feugiat, mauris proin, tempus adipiscing diam magna pharetra, tellus. Ut sit euismod amet euismod congue dolor molestie massa ipsum, id laoreet sed volutpat nibh feugiat at proin aliquam felis, laoreet sed elit laoreet. Lorem at proin aliquam adipiscing diam pharetra molestie lobortis feugiat euismod tincidunt dolor eget nibh ac mauris ante ipsum id massa pulvinar, euismod tincidunt. Sed mauris ante tempus felis ante felis et magna consectetur sem dolore pulvinar euismod, tincidunt feugiat mauris ante ipsum id laoreet sed eget nibh. Lorem mauris ante tempus felis mi erat elit ac at, proin aliquam, adipiscing aliquet donec nonummy diam ac consectetur proin ac, adipiscing proin aliquam. Nonummy diam magna consectetur diam aliquam turpis aliquet dolore amet praesent nonummy, diam nisi, turpis sem dolore amet aliquet dolore pharetra ullamcorper ut sit. Molestie massa sed eget proin ac eget lorem adipiscing, mi, donec nonummy sem ut sit aliquet nunc pulvinar euismod tincidunt feugiat mauris proin aliquam. Felis et ac at, proin aliquam adipiscing praesent donec nonummy magna consectetur sem nisi turpis aliquet dolore turpis ullamcorper congue pharetra non ut, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, ut pulvinar id et ac mauris ante aliquam adipiscing praesent. Donec elit et ac at proin tempus adipiscing aliquet dolore amet. Congue pharetra tellus nunc pulvinar id nibh lorem at proin donec. Nonummy, diam magna consectetur sem nisi consectetur sem dolore, amet ullamcorper. Congue amet non ipsum felis laoreet ipsum id laoreet dolor volutpat. Nibh lorem felis ante erat elit et ac consectetur sem aliquam. Turpis aliquet donec, nonummy diam magna consectetur sem adipiscing praesent donec. Adipiscing, diam, magna nonummy et ac at, proin tempus felis, ante. Erat elit et erat at proin aliquam, adipiscing aliquet nonummy ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac adipiscing praesent donec nonummy diam congue sit molestie, massa ipsum id, tincidunt, volutpat. Lobortis lorem molestie, massa tempus, felis mi magna at et aliquam at proin tempus. Felis praesent, donec nonummy diam magna consectetur sem donec adipiscing tempus felis mi ac. Consectetur, sem dolore amet aliquet dolore pharetra volutpat lobortis, ipsum, felis mi erat, elit. Diam nisi turpis aliquet dolore nonummy praesent erat mi sed elit nibh lorem molestie. Ante, tempus nonummy, diam magna consectetur sem ut pulvinar euismod tincidunt dolor non ut. Pharetra tellus ut tellus, nunc pulvinar ullamcorper magna consectetur non ut sit tellus nunc. Sed elit et aliquam adipiscing proin aliquam nonummy mi erat elit et sed at. Proin donec diam magna nonummy diam ac consectetur sem nisi turpis praesent dolore nonummy. Diam congue sit tellus, nunc ipsum id nibh lorem mauris ante, lorem, felis, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquet nunc pulvinar euismod lobortis lorem mauris ante tempus felis mi sed eget nisi sit tellus nunc dolor ullamcorper tincidunt feugiat mauris. Mi erat felis mi ac at et, ac at praesent dolore amet diam congue sit molestie massa eget nibh sed eget ante tempus. Mauris mi erat elit et ac consectetur sem, nisi, pulvinar euismod tincidunt dolor non ut pharetra non ut sit dolore amet non, ut. Feugiat molestie massa tempus felis tincidunt dolor, volutpat nibh lorem felis mi erat elit diam magna at proin, aliquam tellus congue pharetra volutpat. Nibh lorem mauris ante tempus nonummy et nisi turpis sem, dolore turpis aliquet dolore amet non ut sit tellus, massa sed, elit nibh. Adipiscing, euismod tincidunt sed eget lobortis lorem felis mi donec nonummy diam ac at, proin nisi adipiscing praesent erat felis mi ac elit. Et ac at proin felis mi sed eget nibh lorem, eget nibh feugiat molestie massa ipsum id, laoreet sed eget lobortis, feugiat molestie. Lobortis tempus, id mi erat elit et aliquam aliquet nunc sed eget ante aliquam turpis ullamcorper congue consectetur non lobortis, feugiat molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquet donec amet ullamcorper, congue pharetra sem magna turpis aliquet nunc dolor. Euismod tincidunt dolor volutpat ipsum id laoreet erat elit et aliquam at praesent. Dolore amet diam congue pharetra non, ut, pulvinar id, et lorem at proin. Aliquam amet lobortis feugiat molestie massa ipsum id massa sed id, laoreet lorem. Eget ante tempus adipiscing praesent donec consectetur sem nisi turpis aliquet, dolore amet. Ullamcorper congue felis mi tempus elit et ac at sem, ut amet ullamcorper. Congue dolor mauris nibh lorem mauris mi, tempus felis nibh lorem at tempus. Felis mi donec elit mi erat, elit proin aliquam turpis aliquet dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, nunc ipsum laoreet sed mauris, ante aliquam turpis praesent donec nonummy diam nisi sit tellus, nunc sed eget laoreet sed eget ante lorem. Felis mi erat, laoreet sed, mauris ante lorem mauris mi erat felis laoreet erat at nibh ac, adipiscing aliquet congue dolor volutpat, ut sit. Tellus, massa, ipsum eget magna turpis euismod laoreet lorem mauris nibh tempus adipiscing praesent dolore pharetra non ut sit aliquet nunc amet euismod tincidunt. Dolor volutpat nibh tempus felis mi erat diam magna consectetur tellus nunc pulvinar euismod congue dolor volutpat lobortis feugiat molestie laoreet pulvinar id nibh. Sed at praesent donec amet non sit tellus nunc ipsum id mi erat elit ante nisi turpis mi erat elit et magna consectetur proin. Nisi amet ullamcorper congue pharetra non, ut sit tellus ipsum felis mi ac mauris ante tempus, adipiscing mi donec amet non ut sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis tellus nunc dolor volutpat nibh lorem mauris ante tempus id laoreet sed eget nibh ac at mi erat elit. Mi erat eget nibh at, praesent dolore amet non lobortis feugiat non ut turpis sem nunc pulvinar volutpat lobortis feugiat molestie. Lobortis ipsum felis mi erat elit, et ac ullamcorper tincidunt dolor volutpat lobortis, lorem molestie ante tempus felis et ac at. Proin aliquam adipiscing praesent donec nonummy diam magna, consectetur aliquet nisi amet aliquet dolore volutpat lobortis feugiat, molestie massa ipsum id. Nibh lorem mauris ante lorem mauris ante erat nonummy diam magna consectetur proin aliquam adipiscing, praesent, pharetra non lobortis feugiat mauris. Laoreet sed eget et ac at proin, aliquam turpis aliquet congue pharetra volutpat massa tempus felis laoreet sed, id et ac. At congue, dolor volutpat lobortis feugiat, tellus nunc ipsum id laoreet lorem mauris ante tempus adipiscing praesent, dolore amet ullamcorper magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper laoreet ac at praesent dolore amet euismod lobortis, feugiat felis mi, erat nonummy diam nisi ipsum molestie laoreet sed tellus dolore, amet euismod. Nibh, ac at proin aliquam, felis laoreet, sed elit et magna consectetur aliquet nunc, amet volutpat nibh tempus adipiscing praesent dolor volutpat ut feugiat. Molestie laoreet erat eget nibh lorem eget nibh lorem felis mi tempus felis mi sed mauris ante aliquam, turpis aliquet dolore amet diam feugiat. Id laoreet erat elit nibh lorem eget ante lorem mauris ante tempus eget nibh sed eget nibh lorem mauris, mi donec nonummy massa feugiat. Molestie laoreet, ipsum id laoreet sed mauris aliquet laoreet aliquam pulvinar, nonummy tellus ante magna dolor volutpat, ante donec pharetra volutpat ante congue ac. Pulvinar sem massa, donec tempus nonummy, non praesent et nunc erat dolor amet mauris, aliquet mi nisi ipsum felis volutpat praesent laoreet ac turpis. Euismod proin nunc, lorem amet mauris aliquet nibh ut tempus consectetur non praesent tincidunt aliquam erat sit amet, at id ac dolore tempus tincidunt. Nunc ullamcorper laoreet ac at proin aliquam nonummy diam donec consectetur sem ut turpis tellus nunc dolor euismod lobortis feugiat molestie lobortis ipsum molestie. Massa sed proin ac mauris ante tempus id mi donec elit, diam, ac consectetur sem donec nonummy diam magna consectetur sem nisi consectetur sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id praesent erat consectetur sem ut turpis tellus nunc pulvinar euismod tincidunt. Feugiat molestie ante tempus, et ac at proin nisi pulvinar euismod laoreet. Sed mauris proin aliquam felis laoreet sed, id laoreet sed, volutpat nibh. Lorem mauris ante tempus sem ut sit aliquet dolore amet euismod tincidunt. Sed molestie massa ipsum adipiscing, ullamcorper congue sit tellus nunc ipsum, id. Nibh ac at sem nisi turpis nibh lorem at praesent, donec elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac, at proin aliquam nonummy diam donec nonummy. Sem nisi euismod laoreet sed eget nibh feugiat molestie. Lobortis ipsum id laoreet erat at proin aliquam at. Praesent dolore amet non lobortis aliquam dolor turpis elit. Ante magna lorem amet eget sem laoreet congue ipsum. Amet adipiscing euismod et nunc donec tempus, pulvinar eget. Tellus nibh lorem mauris ante tempus mauris dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat aliquet laoreet, nunc donec donec lorem ipsum pharetra molestie praesent donec consectetur sem, nisi. Felis mi erat, elit et nisi turpis ullamcorper congue dolor volutpat ante tempus adipiscing praesent. Donec pharetra non, ut sit, tellus dolore pulvinar euismod tempus felis praesent erat nonummy et. Ac consectetur non ut turpis ullamcorper tincidunt, pharetra volutpat lobortis sit tellus nunc sit tellus. Nunc, sed mauris ante tempus felis, tincidunt lorem mauris ante erat elit diam magna consectetur. Sem nisi sit tellus nunc pulvinar euismod lobortis lorem, molestie, massa ipsum id, mi, at. Sem dolore amet ullamcorper tincidunt dolor volutpat ante tincidunt aliquam ipsum nonummy, tellus mi ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet feugiat elit diam ac sit nonummy at, id, proin ut ipsum elit tellus laoreet donec sit mauris diam, tincidunt tempus pulvinar mauris tellus laoreet. Erat ac ipsum consectetur nonummy mauris ullamcorper et massa congue, tempus dolor mauris aliquet laoreet ut tempus pharetra adipiscing volutpat sem massa ac turpis molestie. Ut donec sed adipiscing eget tellus praesent ut aliquam pulvinar, mauris aliquet diam massa congue lorem amet at molestie mi magna feugiat, felis non ante. Dolore, sed id diam massa, donec lorem, adipiscing eget tellus diam massa congue feugiat amet id proin, massa magna, ipsum pharetra at id sem massa. Feugiat pulvinar turpis felis volutpat praesent nibh laoreet nisi erat dolor turpis elit tellus diam ante nunc nisi erat sit nonummy mauris id volutpat praesent. Nibh, nunc turpis elit molestie, aliquet nibh laoreet lobortis donec sed sit elit, tellus diam ante nunc ut, tempus, feugiat turpis, elit sem, massa magna. Feugiat amet adipiscing id laoreet magna lorem, dolor sit consectetur mauris consectetur elit volutpat euismod proin massa magna tempus pharetra amet consectetur nonummy mauris laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non euismod aliquet et massa dolore nisi sed pharetra, felis diam non laoreet magna lorem pulvinar mauris aliquet tincidunt lorem at aliquet dolore pulvinar euismod. Tincidunt ac mauris proin tempus felis mi sed elit et lorem praesent donec amet ullamcorper magna consectetur sem nisi sit tellus nunc amet ullamcorper dolore. Amet ullamcorper ut sit tellus nunc pulvinar, euismod congue dolor at nibh, ut erat pharetra mauris diam lobortis aliquam, sed turpis elit sem, ante tincidunt. Aliquam pulvinar at id diam massa dolore aliquam pulvinar consectetur praesent tincidunt dolore ac turpis euismod laoreet magna consectetur aliquet dolore amet ullamcorper congue amet. Ullamcorper lobortis feugiat tellus massa sed eget laoreet dolor eget nibh adipiscing diam magna consectetur diam, magna turpis molestie massa, sed elit et ac mauris. Proin aliquam nonummy ullamcorper donec consectetur sem, nisi sit, tellus dolore amet diam dolor molestie massa erat, feugiat turpis eget sem nunc, sed, pharetra id. Ullamcorper ante laoreet massa donec, tempus dolor turpis volutpat, ante, congue pharetra molestie lobortis ipsum felis diam massa dolore feugiat pulvinar sit molestie diam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, pulvinar id mi ac at proin aliquam amet aliquet dolore amet volutpat massa feugiat id laoreet ipsum. Id nibh lorem at nunc pulvinar euismod congue, pharetra non ut turpis tellus nunc amet ullamcorper congue pharetra. Volutpat massa ipsum felis mi erat at, proin nisi sit nunc dolor volutpat tincidunt lorem mauris ante tempus. Elit mi, sed eget nibh ac at praesent donec amet diam congue, consectetur non ut sit tellus nunc. Pulvinar nibh lorem mauris ante erat elit diam magna turpis aliquet nunc amet euismod tincidunt dolor volutpat lobortis. Feugiat, nonummy eget praesent nibh nisi nonummy tellus praesent tincidunt lorem turpis volutpat sem dolore erat consectetur id. Diam massa donec dolor adipiscing euismod sem mi congue, tempus dolor consectetur felis non praesent nisi ac erat. Dolor, amet at felis, volutpat praesent, nibh ut erat sit adipiscing euismod ante donec sed turpis euismod diam. Massa tincidunt aliquam amet eget laoreet ac pharetra, tellus massa pulvinar eget et ac, adipiscing praesent dolore sed. At proin nisi turpis, praesent congue dolor massa tempus id laoreet erat eget laoreet sed, eget ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, massa tempus et ac mauris ante, lorem mauris ante ipsum molestie laoreet sed elit nibh lorem at. Praesent donec amet non ut lorem mauris ante tempus diam ac at ante tempus mauris mi dolore pharetra. Ullamcorper ut sit tellus dolore amet ullamcorper congue sed eget ante lorem mauris mi sed eget ut turpis. Aliquet dolore amet euismod congue feugiat volutpat ut sit tellus nunc ipsum id laoreet sed, at proin, tempus. Felis diam magna, consectetur non nunc pulvinar mi erat elit nibh lorem molestie massa, feugiat id mi sed. Elit proin nisi turpis aliquet congue dolor volutpat lobortis feugiat tellus massa euismod laoreet lorem mauris ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mi magna at, sem nisi, amet ullamcorper tincidunt dolor praesent donec adipiscing praesent magna consectetur sem nisi consectetur sem nisi. Pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie massa ipsum id, laoreet sed volutpat, lorem felis mi donec nonummy sem nisi. Turpis tellus, nunc, dolor volutpat tincidunt pharetra volutpat ut feugiat molestie massa pulvinar euismod nibh lorem mauris ante nunc pulvinar euismod. Tincidunt sed mauris ante tempus adipiscing praesent donec nonummy diam magna consectetur proin ac mauris proin aliquam nonummy et, ac non. Ut ipsum euismod tincidunt, pulvinar volutpat ut feugiat molestie massa ipsum euismod tincidunt pulvinar volutpat lobortis, lorem felis mi donec nonummy. Ullamcorper congue pharetra non ut euismod nunc amet non, ut lorem, adipiscing diam donec nonummy diam, magna, consectetur, sem dolore turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ipsum, id laoreet sed id laoreet dolor volutpat, nibh tempus felis praesent donec consectetur sem magna, at sem aliquam adipiscing aliquet dolore. Mauris proin donec nonummy diam congue sit tellus, massa ipsum, euismod, tincidunt sed mauris proin aliquam felis mi donec nonummy diam magna consectetur. Sem dolore volutpat lobortis lorem mauris praesent dolore, pharetra non lobortis sit, tellus nunc pulvinar euismod nunc dolor euismod, tincidunt dolor volutpat ut. Feugiat euismod tincidunt sed volutpat feugiat molestie, ut feugiat, tellus massa ipsum id laoreet lorem at praesent, aliquam, adipiscing praesent magna consectetur diam. Magna consectetur sem nisi turpis praesent amet, ullamcorper congue consectetur sem dolore amet ullamcorper dolore amet ullamcorper congue, pharetra, sem ut sit euismod. Laoreet lorem at sem aliquam adipiscing aliquet dolore, nonummy ullamcorper ipsum felis mi erat elit et ac adipiscing praesent aliquam nonummy diam, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus dolor elit ante tempus turpis ullamcorper congue pharetra volutpat massa ipsum id mi, erat elit et ac at. Proin donec amet diam congue consectetur ut sit euismod, tincidunt dolor volutpat tincidunt, feugiat molestie massa ipsum id, mi erat. Elit proin aliquam at praesent dolore amet euismod tincidunt pharetra, tellus pulvinar id laoreet sed eget et aliquam adipiscing mi. Erat nonummy ullamcorper congue pharetra sem, nisi turpis tellus dolore amet ullamcorper magna consectetur sem nisi consectetur nunc amet aliquet. Congue pharetra volutpat lobortis ipsum id laoreet, ipsum eget et ac, at aliquet aliquam nonummy praesent donec nonummy nibh lorem. At aliquam amet ullamcorper congue dolor molestie ante donec elit mi erat at et lorem mauris, massa ipsum felis, praesent. Donec consectetur sem nisi turpis aliquet dolore nonummy, magna consectetur sem ut sit aliquet nunc pulvinar, euismod lobortis feugiat molestie. Ante aliquam adipiscing diam congue pharetra, sem ut sit tellus nunc pulvinar euismod tincidunt mauris massa ipsum tellus tincidunt dolor. Eget et ac at ante aliquam nonummy diam congue pharetra, non, ut pulvinar tellus nunc amet ullamcorper tincidunt feugiat molestie. Ante id laoreet dolor eget nibh lorem at proin dolore pharetra non ut feugiat tellus ut pulvinar euismod tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tempus elit diam nisi, turpis molestie massa sed elit proin, nisi amet ullamcorper tincidunt, dolor eget nibh. Lorem massa sed, elit diam magna turpis aliquet dolore pulvinar euismod congue, dolor volutpat lobortis feugiat molestie massa. Ipsum, eget nibh ac mauris ante ipsum laoreet sed id nibh lorem, at proin nisi turpis ullamcorper tincidunt. Feugiat felis, ante erat, elit, et erat elit nibh ac mauris ante tempus felis laoreet erat diam, ac. At, sem donec felis mi erat elit et ac at proin ac adipiscing aliquet dolore amet non ut. Feugiat id laoreet pharetra non, nisi turpis aliquet nunc pulvinar ullamcorper congue pharetra volutpat massa tempus felis mi. Ac consectetur sem nisi turpis aliquet donec amet ullamcorper congue consectetur non adipiscing proin aliquam, nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, euismod laoreet erat elit et aliquam turpis aliquet nonummy diam ut pharetra tellus. Nunc sit tellus nunc, dolor volutpat lobortis, tempus felis mi donec consectetur diam magna. Consectetur aliquet dolore amet ullamcorper, tincidunt, volutpat massa feugiat id mi erat nonummy diam. Ac at ante tempus mauris massa pulvinar, id laoreet dolor volutpat nibh feugiat mauris. Ante erat elit ac, at proin, aliquam at praesent aliquam adipiscing mi magna nonummy. Diam magna turpis tellus nunc, pulvinar volutpat tincidunt feugiat molestie massa ipsum mi erat. At sem ut pulvinar euismod laoreet sed mauris nibh lorem mauris ante tempus, felis. Et magna consectetur aliquet dolore, amet euismod tincidunt dolor molestie ante elit mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis lorem mauris mi donec. Nonummy sem nisi sit euismod, amet. Aliquet congue dolor volutpat lobortis sit. Tellus massa ipsum eget nibh ac. At praesent dolore nonummy, praesent magna. Consectetur non ut sit euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis sit tellus dolore amet euismod nibh lorem mauris proin. Congue sed eget nibh lorem mauris ante tempus et ac mauris. Sem dolore pulvinar euismod tincidunt dolor volutpat, lobortis feugiat molestie, massa. Sed elit nibh lorem mauris, ante aliquam nonummy diam magna non. Ut pulvinar, id laoreet sed, eget nibh lorem felis ante tempus. Elit et ac at sem ut turpis praesent aliquam nonummy praesent. Magna consectetur, sem sit tellus nunc pulvinar, ullamcorper magna pharetra sem. Nisi, turpis tellus massa erat elit proin aliquam turpis praesent dolore. Nonummy diam magna consectetur magna at sem aliquam nonummy praesent erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At aliquet dolore, pulvinar id lobortis lorem at proin, donec diam. Congue sit tellus nunc pulvinar euismod tincidunt pulvinar, euismod nibh lorem. Molestie ante, tempus id laoreet sed euismod tincidunt dolor volutpat lobortis. Ipsum, massa ipsum id laoreet lorem mauris ante tempus adipiscing diam. Magna consectetur sem, nisi turpis aliquet nisi turpis praesent congue dolor. Molestie ante, tempus, felis sed elit et ac mauris proin, tempus. Adipiscing praesent magna consectetur sem nisi turpis aliquet dolore pulvinar ullamcorper. Tincidunt dolor non congue pharetra dolore pulvinar id laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed, elit diam nisi turpis sem nisi amet euismod lobortis, molestie, mi erat elit mi ac at proin aliquam. Adipiscing praesent, dolore, pharetra non ut sit tellus ut pulvinar id laoreet sed at ante tempus ante erat, elit mi. Ac consectetur sem nisi, turpis euismod, tincidunt dolor, eget lobortis lorem mauris, ante erat felis mi sed eget lobortis lorem. Felis, tempus felis et ac consectetur proin aliquam at proin donec amet ullamcorper congue pharetra non nunc pulvinar euismod, tincidunt. Sed mauris ante aliquam mi erat nonummy diam magna at proin, nisi amet euismod tincidunt pharetra, non ut sit molestie. Massa, sed elit et ac, consectetur aliquet nisi turpis praesent dolore volutpat lobortis feugiat molestie laoreet sed id laoreet sed. Eget massa ipsum id mi erat elit diam nisi consectetur sem nisi amet euismod tincidunt dolor molestie massa molestie laoreet. Sed elit et ac adipiscing praesent aliquam felis, diam magna consectetur non, ut sit tellus nunc pulvinar volutpat nibh, feugiat. Felis praesent erat diam nisi sit molestie, massa pulvinar euismod tincidunt, sed mauris nibh tempus felis praesent donec nonummy diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis praesent dolore pharetra non lobortis. Feugiat molestie, laoreet erat elit et. Ac at proin aliquam adipiscing praesent. Donec consectetur sem erat elit et. Ac mauris ante tempus felis mi. Donec amet non ut sit molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pharetra volutpat, lobortis adipiscing mi erat nonummy diam ut turpis sem nisi turpis, aliquet, congue pharetra, non ut sit molestie laoreet sed eget. Nibh ac mauris nibh lorem laoreet sed eget nibh lorem eget nibh tempus adipiscing mi erat elit et ac turpis aliquet dolore amet ullamcorper. Tincidunt dolor volutpat ut feugiat massa sed eget et ac mauris ante tempus mauris ante tempus elit et magna turpis aliquet dolore, amet aliquet. Dolore pharetra volutpat lobortis sit id massa ipsum laoreet sed, eget ante aliquam nonummy diam magna consectetur non ut sit aliquet dolore pulvinar ullamcorper. Tincidunt, dolor molestie massa feugiat felis laoreet donec, diam ac adipiscing tellus dolore nonummy praesent erat nonummy sem nisi, sit tellus nunc amet euismod. Tincidunt dolor molestie massa feugiat id massa ipsum id laoreet at proin donec nonummy praesent donec nonummy sem nisi, consectetur sem nisi amet ullamcorper. Tincidunt feugiat volutpat, massa tempus adipiscing laoreet sed eget nibh lorem mauris nibh felis diam congue sit tellus nunc pulvinar euismod laoreet sed elit. Proin aliquam turpis aliquet donec elit et ac pharetra nunc pulvinar euismod nunc pulvinar non nibh lorem felis mi donec, nonummy diam ut turpis. Sem nunc turpis euismod congue pharetra volutpat lobortis, feugiat molestie nunc sit laoreet sed eget ante aliquam adipiscing praesent erat nonummy et magna at. Proin aliquam felis praesent donec nonummy diam congue consectetur non dolore, turpis aliquet, dolore amet congue, sit molestie, massa ipsum id, tincidunt sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ipsum laoreet erat eget et ac turpis ullamcorper congue pharetra non lobortis lorem. Mauris mi erat elit nibh lorem consectetur sem nisi adipiscing praesent, erat diam magna. Consectetur sem dolore amet ullamcorper congue pharetra ullamcorper congue consectetur, sem nisi turpis aliquet. Nunc pulvinar, euismod congue consectetur sem, nisi turpis aliquet turpis ullamcorper tincidunt dolor, volutpat. Ante tempus felis et magna, at sem aliquam, adipiscing praesent nunc pulvinar volutpat, lobortis. Dolor molestie ante ipsum sem nisi consectetur sem aliquam turpis aliquet, donec amet ullamcorper. Congue, feugiat molestie nunc pulvinar euismod nunc amet diam, magna consectetur diam magna, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat amet non ut sit molestie nunc pulvinar euismod, tincidunt dolor eget, nibh ipsum felis mi magna aliquam mauris aliquet mi nisi tempus nonummy non massa tempus. Nonummy molestie proin dolore, ac pulvinar at id volutpat proin dolore sed mauris nibh lorem diam congue consectetur sem nisi turpis tellus nunc pulvinar euismod tincidunt, feugiat. Volutpat ante tempus felis, mi erat eget et ac at ante aliquam adipiscing diam magna volutpat ut sit aliquet dolore turpis aliquet donec nonummy diam magna, consectetur. Non nunc pulvinar, tellus lobortis congue aliquam pulvinar eget et ac, euismod tincidunt sed eget ante lorem mauris massa ipsum elit, nibh ac mauris nibh tempus felis. Mi donec nonummy et ac, elit et aliquam adipiscing aliquet dolore mauris proin aliquam adipiscing diam donec elit diam ac consectetur sem nisi turpis praesent donec nonummy. Diam ut sit tellus, massa, sed eget nibh ac mauris proin amet, ullamcorper ut consectetur non, nunc pulvinar tellus nunc pulvinar euismod tincidunt dolor non, nisi sit. Id laoreet erat elit aliquam turpis praesent donec adipiscing praesent donec nonummy diam nisi, turpis tellus nunc, dolor eget lobortis, feugiat mauris ante tempus felis mi sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue pharetra molestie massa ipsum eget nibh lorem mauris proin nisi turpis praesent, donec diam magna consectetur, sem nisi pulvinar id tincidunt. Lorem eget nibh lorem felis laoreet sed id nibh lorem consectetur sem nisi, turpis ullamcorper congue pharetra lobortis tempus felis, mi sed elit. Et ac at praesent donec, amet non congue sit molestie massa erat, elit mi ac mauris ante aliquam adipiscing praesent, amet, ullamcorper congue. Pharetra, tellus dolore amet ullamcorper, dolore pharetra volutpat nibh lorem mauris ante, ipsum eget nibh lorem at sem nisi amet tincidunt dolor non. Lobortis ipsum id laoreet erat at proin ac mauris ante tempus molestie nunc pulvinar euismod laoreet lorem eget ante tempus felis mi erat. Elit ut sit molestie nunc pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie massa ipsum, id nibh lorem at proin tempus, felis ante. Erat elit et ac at dolore amet euismod, tincidunt feugiat volutpat ut sit non ut sit tellus tincidunt dolor volutpat ut feugiat felis. Ante donec, molestie massa ipsum id laoreet dolor eget lobortis lorem mauris ante tempus id mi sed elit et ac adipiscing aliquet, dolore. Amet ullamcorper, congue dolor molestie ante elit et ac elit nibh, lorem mauris ante tempus adipiscing mi donec elit, proin nisi turpis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra non ut turpis, tellus dolore pulvinar volutpat tincidunt. Feugiat mauris proin aliquam elit et ac at et. Ac adipiscing praesent sed eget nibh tempus mauris ante. Tempus felis laoreet erat at sem nisi turpis, ullamcorper. Tincidunt feugiat molestie massa aliquam nonummy, praesent magna non. Nunc, ipsum eget nibh lorem mauris nibh lorem felis. Praesent donec, nonummy sem, magna consectetur sem dolore pulvinar. Euismod tincidunt dolor volutpat, congue pharetra non nunc elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus adipiscing diam magna pharetra non ut turpis aliquet massa ipsum, euismod, laoreet feugiat, praesent donec nonummy ullamcorper congue pharetra non, ut. Sit tellus donec nonummy diam magna, consectetur non nisi turpis aliquet dolore turpis aliquet congue dolor ante tempus, felis praesent donec consectetur sem. Nisi turpis aliquet dolore amet ullamcorper congue pharetra non nisi, turpis tellus nunc pulvinar euismod nibh ac at ante ipsum praesent donec at. Et aliquam adipiscing aliquet dolore amet euismod, lobortis lorem mauris mi donec consectetur sem nisi turpis tellus dolore pulvinar euismod feugiat mauris ante. Aliquam adipiscing diam magna pharetra, non nunc ipsum, id, laoreet dolor volutpat, tincidunt pharetra, non ut feugiat molestie massa sed, eget nibh, lorem. At donec amet non ut feugiat molestie massa sed eget et, lorem at proin nisi turpis ullamcorper congue pharetra non nisi consectetur proin. Nisi turpis praesent dolore pharetra nibh feugiat, molestie massa erat elit laoreet sed eget nibh lorem, mauris massa ipsum felis mi ac elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pharetra non massa ipsum, molestie laoreet sed eget et magna turpis sem dolore amet ante lorem mauris ante tempus felis. Mi ac at proin ac adipiscing aliquet donec nonummy ullamcorper ut sit tellus ut sit euismod tincidunt sed eget aliquam turpis. Ullamcorper dolore nonummy sem magna consectetur proin, aliquam at ante tempus felis mi, erat eget nibh, lorem at, proin aliquam, felis. Mi erat diam nisi sit tellus tincidunt sed elit et aliquam at proin aliquam nonummy et, ac consectetur non ut sit. Aliquet nunc dolor volutpat tempus, mauris mi erat felis et ac at sem nisi adipiscing praesent dolore amet ullamcorper, congue sit. Molestie massa ipsum, eget et magna, at proin aliquam, nonummy congue pharetra volutpat ut sit aliquet nisi turpis ullamcorper congue pharetra. Ullamcorper, congue pharetra sem ut turpis, tellus dolore pharetra, ullamcorper lobortis feugiat, tellus massa tempus felis ac at, proin dolore pulvinar. Euismod tincidunt dolor molestie massa ipsum id massa, ipsum eget laoreet sed eget nibh feugiat praesent erat consectetur sem nisi turpis. Aliquet nunc pulvinar volutpat lobortis feugiat molestie massa feugiat felis mi, sed eget laoreet sed, volutpat lobortis, feugiat molestie massa pulvinar. Laoreet lorem consectetur sem, nisi amet ullamcorper congue dolor non ut turpis tellus dolore pulvinar aliquet dolore amet non ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nunc ipsum id mi erat at sem nisi pulvinar euismod tincidunt dolor non. Lobortis feugiat molestie ipsum eget nibh sed eget nibh lorem mauris massa pulvinar id. Tincidunt sed mauris ante tempus, felis praesent erat nonummy diam ut sit molestie massa. Eget et aliquam adipiscing praesent donec nonummy ullamcorper congue pharetra tellus massa ipsum felis. Mi ac turpis aliquet, nunc pulvinar, euismod tincidunt, feugiat mauris massa amet ullamcorper congue. Pharetra tellus massa ipsum id laoreet sed volutpat, lobortis, feugiat mauris ante tempus id. Laoreet sed at proin ac mauris aliquam nonummy ullamcorper, ut pharetra, non ut, sit. Tellus tincidunt dolor volutpat lobortis dolor molestie massa ipsum felis, laoreet sed, elit proin. Ac adipiscing aliquet dolore amet ut, feugiat, id mi erat eget et, ac consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, congue feugiat mauris mi erat et, ac at et lorem. Mauris ante aliquam adipiscing praesent donec, elit nibh ac at praesent. Dolore pulvinar ullamcorper, congue dolor volutpat lobortis feugiat euismod sed eget. Nibh ac at proin aliquam adipiscing praesent, magna at sem ut. Pulvinar euismod, nunc pulvinar euismod tincidunt pharetra non, nisi sit euismod. Nunc elit et aliquam at aliquet donec nonummy et ac, consectetur. Non, ut pulvinar tellus nunc, pulvinar euismod ut sit tellus nunc. Sit, tellus nunc eget lobortis feugiat mauris ante tempus elit et. Ac consectetur non, ut, pulvinar euismod nunc pharetra ullamcorper ut feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pulvinar euismod lobortis feugiat mauris ante ipsum felis laoreet sed eget nibh lorem mauris ante tempus felis mi, donec nonummy magna consectetur sem dolore amet euismod tincidunt. Pharetra volutpat lobortis sit tellus nunc pulvinar euismod laoreet feugiat mauris massa ipsum id massa ipsum eget nibh pulvinar euismod nunc dolor euismod tincidunt dolor volutpat, lobortis ipsum. Felis mi erat eget et lorem, at ante, tempus adipiscing praesent erat nonummy diam aliquam adipiscing tellus amet ullamcorper congue dolor non ut sit euismod laoreet erat elit. Nibh lorem mauris, massa tempus felis praesent magna pharetra sem aliquam turpis dolore nonummy ullamcorper tincidunt pharetra volutpat, nunc pulvinar id mi ac at sem, nisi turpis aliquet. Dolore amet ullamcorper congue pharetra non ut, sit, id laoreet sed nibh tempus felis, mi donec consectetur sem nisi sit aliquet nunc pulvinar volutpat nibh lorem molestie ante. Aliquam nonummy diam congue sit non nisi sit tellus tincidunt mauris, ante aliquam adipiscing praesent donec elit diam nisi consectetur sem nisi turpis ullamcorper tincidunt dolor volutpat lobortis. Ipsum mi donec nonummy diam magna consectetur sem nisi adipiscing praesent magna consectetur non lobortis feugiat molestie massa sed id, laoreet dolor volutpat massa ipsum felis mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore, amet euismod tincidunt pharetra non, nisi turpis tellus nunc eget nibh ac turpis aliquet congue pharetra non ut feugiat molestie laoreet sed eget nibh lorem mauris ante. Nisi, turpis, praesent dolore consectetur non lobortis, feugiat mi ac elit, et aliquam adipiscing proin, aliquam adipiscing diam, donec consectetur non nunc sit tellus tincidunt dolor volutpat nibh feugiat. Mauris mi erat nonummy ac consectetur non nisi amet ullamcorper congue pharetra ullamcorper magna, pharetra, non ut sit euismod laoreet dolor volutpat lobortis dolor molestie massa ipsum molestie ipsum. Volutpat nibh feugiat molestie lobortis, feugiat molestie mi erat, eget nibh, lorem mauris, ante tempus felis ante erat elit mi, ac at aliquet dolore turpis congue dolor volutpat ut. Sit tellus nunc pulvinar euismod congue dolor volutpat, ut sit molestie ante tempus felis mi erat mauris ante lorem volutpat lobortis tempus id ut, pharetra, non dolore turpis proin. Dolore pharetra, volutpat lobortis feugiat molestie ante ipsum felis, nibh ac at sem dolore, euismod et lorem, sit tellus massa ipsum id tincidunt dolor volutpat ut sit non, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet nisi amet euismod congue dolor volutpat lobortis feugiat id laoreet erat at proin aliquam adipiscing praesent aliquam adipiscing, diam congue pharetra nisi turpis. Aliquet nunc pulvinar volutpat congue, dolor volutpat ut feugiat molestie, massa sed elit laoreet dolor molestie massa ipsum felis praesent donec, nonummy sem turpis tellus. Nunc sed volutpat lobortis pharetra volutpat lobortis ipsum id mi ac at proin aliquam adipiscing aliquet dolore pharetra volutpat lobortis sit molestie massa ipsum nibh. Sed mauris ante aliquam adipiscing praesent dolore amet sem ut sit molestie nunc ipsum eget et, aliquam turpis aliquet congue pharetra volutpat, lobortis tellus nunc. Pulvinar euismod laoreet erat mauris ante tempus felis ante erat nonummy ullamcorper congue, consectetur sem nisi turpis aliquet donec pharetra non ut sit molestie, ante. Felis nibh ac consectetur sem, aliquam adipiscing mi erat elit diam congue turpis sem, dolore amet ullamcorper tincidunt dolor eget ante aliquam adipiscing, praesent consectetur. Non nisi sit euismod tincidunt sed eget nibh feugiat mauris ante, erat elit et, magna pharetra tellus massa, ipsum eget laoreet lorem mauris nibh lorem. Mauris ipsum felis mi erat elit ante aliquam felis praesent erat nonummy et magna, at sem nisi turpis ullamcorper congue, pharetra non ut sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor volutpat, lobortis tempus adipiscing aliquet, dolore amet non lobortis, feugiat tellus nunc amet congue amet ullamcorper, ut sit molestie nunc pulvinar euismod laoreet lorem eget ante. Tempus adipiscing praesent erat elit, mi ac elit et, ac adipiscing dolore, adipiscing diam donec nonummy proin nisi turpis aliquet donec nonummy ullamcorper tincidunt dolor volutpat lobortis. Sit tellus tincidunt sed eget nibh ac at proin, tempus felis erat elit proin ac adipiscing proin donec nonummy praesent donec nonummy diam nisi turpis tellus nunc. Dolor eget, lobortis feugiat volutpat massa ipsum, laoreet ipsum, id laoreet lorem mauris nibh lorem mauris ante sed eget nibh sed eget nibh feugiat molestie massa ipsum. Felis mi erat, elit et ac at aliquam adipiscing praesent congue consectetur sem nunc pulvinar euismod tincidunt dolor volutpat, lobortis dolor volutpat ut feugiat tellus, dolore pulvinar. Volutpat tincidunt dolor, volutpat, ut sit tellus pulvinar eget nibh ac at ante aliquam nonummy ullamcorper congue pharetra molestie nunc sit euismod laoreet sed eget et ac. Praesent dolore amet ullamcorper lobortis sit, molestie nunc pulvinar, tellus, nunc dolor, volutpat ut feugiat molestie massa ipsum felis mi sed eget nibh ac felis mi erat. Diam congue pharetra non ut sit tellus nunc pharetra non lobortis sit tellus ut turpis tellus nunc pulvinar euismod lobortis feugiat mauris mi tempus elit, et consectetur. Non ut pulvinar id laoreet, lorem, adipiscing proin tempus adipiscing mi erat elit diam, nisi turpis aliquet nisi adipiscing praesent donec nonummy diam congue pharetra, aliquet amet. Euismod laoreet lorem at proin, tempus felis mi erat nonummy diam nisi turpis aliquet dolore, amet ullamcorper dolore nonummy diam ac turpis sem dolore amet ullamcorper sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id praesent donec consectetur sem ut pulvinar euismod pulvinar euismod nibh feugiat molestie, ante ipsum id mi sed eget nibh lorem adipiscing praesent donec. Nonummy non congue sit molestie massa tempus felis et at proin tempus adipiscing mi tempus felis mi ac elit et aliquam adipiscing aliquet dolore. Amet non ut feugiat, molestie ante ipsum eget nibh sed nibh lorem mauris ante tempus elit et ac at proin aliquam at proin aliquam. Felis praesent, magna, pharetra non nisi sit tellus dolore, amet diam, magna consectetur ut turpis tellus nunc pulvinar euismod tincidunt dolor non lobortis feugiat. Molestie, nunc sed eget laoreet sed eget ante lorem felis, mi donec mi, lorem mauris, ante aliquam felis mi erat elit et magna consectetur. Tellus massa ipsum, eget nibh lorem at proin tempus adipiscing diam donec, consectetur diam, nisi tellus dolore amet ullamcorper congue pharetra, non nisi turpis. Tellus nunc pulvinar euismod laoreet sed mauris ante tempus mauris mi erat elit nibh ac consectetur tellus tincidunt, volutpat et nisi turpis aliquet donec. Amet diam congue pharetra non nunc sit ullamcorper tincidunt dolor non ut feugiat molestie sit euismod tincidunt sed, eget nibh tempus mauris mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra non, dolore ullamcorper congue dolor, volutpat nibh lorem felis praesent magna pharetra non, nisi consectetur proin aliquam turpis praesent donec amet, diam magna. Consectetur aliquet, dolore euismod tincidunt dolor mauris proin tempus mauris laoreet sed elit et, ac at proin tempus, mauris mi erat elit mi erat. Elit et aliquam adipiscing aliquam nonummy ullamcorper, ut feugiat tellus nunc pulvinar euismod, tincidunt sed volutpat nibh tempus molestie ante tempus, elit et ac. Elit et lorem, volutpat lobortis tellus nunc sed eget nibh ac adipiscing praesent aliquam adipiscing diam, congue pharetra sem nisi, turpis sem nisi adipiscing. Praesent donec nonummy diam magna consectetur lorem at proin ipsum felis, praesent magna, pharetra non, ut pulvinar, tellus tincidunt dolor volutpat nibh tempus felis. Mi donec nonummy sem nisi turpis sem dolore amet laoreet, sed eget lobortis feugiat molestie nunc pulvinar, euismod tincidunt dolor euismod tincidunt feugiat molestie. Massa pulvinar id mi sed eget lobortis lorem ullamcorper tincidunt dolor molestie ante tempus felis mi donec elit diam magna consectetur aliquet dolore nonummy. Diam congue pharetra non nisi consectetur aliquet dolore ipsum volutpat lobortis at aliquet congue pharetra volutpat nibh lorem mauris laoreet sed elit et ac. Consectetur sem nisi amet ullamcorper, congue pharetra non ut sit aliquet dolore amet, ullamcorper dolor non, ut feugiat id laoreet, sed eget nibh lorem. Mauris, ante tempus mauris massa tempus felis et ac elit et ac, adipiscing praesent, donec amet volutpat ipsum, felis mi, donec consectetur sem magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris ante sed volutpat et ac adipiscing praesent donec. Nonummy diam congue, pharetra non ut pulvinar euismod laoreet sed. Mauris ante aliquam felis mi erat, nonummy non, erat nonummy. Sem nisi sit molestie massa ipsum euismod laoreet dolor volutpat. Nibh tempus adipiscing mi sed elit et magna consectetur, sem. Nisi amet nibh feugiat molestie lobortis sit molestie massa ipsum. Id nibh lorem, at praesent donec amet non ut feugiat. Mauris ante, erat elit diam ac at aliquet, nunc eget. Et ac adipiscing, ullamcorper lobortis dolor non, ut feugiat, molestie. Laoreet erat elit et ac mauris proin donec, nonummy ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus nunc dolor eget nibh ac at proin, aliquam. Nonummy non ut sit tellus massa sed elit lorem mauris. Proin tempus mauris ante ipsum id mi erat at proin. Nisi amet id nibh lorem at proin aliquam adipiscing diam. Donec consectetur sem turpis aliquet nunc pulvinar ullamcorper tincidunt dolor. Molestie ante tempus felis et erat eget lobortis dolor volutpat. Lobortis tempus id laoreet sed eget, nibh lorem nibh lorem. Adipiscing diam magna pharetra, non ut turpis aliquet nisi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna pharetra non ut sit laoreet sed eget nibh tempus, mauris ante erat elit diam magna consectetur sem nisi turpis aliquet. Congue dolor volutpat massa feugiat molestie nunc ipsum, et ac adipiscing proin aliquam adipiscing diam magna consectetur non, nisi turpis, tellus tincidunt. Sed elit et lorem at proin donec, nonummy ullamcorper congue consectetur nunc ipsum eget nibh sed eget ante tempus mauris praesent erat. Nonummy non ut feugiat tellus massa, dolor volutpat nibh, ac at proin donec nonummy diam donec sem ut pulvinar, id laoreet sed. Mauris proin aliquam felis, mi erat elit, et ac, at et aliquam turpis aliquet dolore amet ullamcorper sit tellus nunc sit aliquet. Dolore pulvinar volutpat tincidunt dolor, volutpat nunc pulvinar id tincidunt dolor volutpat tincidunt feugiat mauris, ante tempus felis mi sed eget et. Turpis, tellus dolore pulvinar ullamcorper congue pharetra non nunc pulvinar euismod nunc pulvinar euismod lobortis lorem mauris ante tempus felis mi erat. At proin aliquam, adipiscing, aliquet pharetra volutpat, nibh tempus, felis mi tempus felis laoreet sed, elit ante tempus molestie massa ipsum id. Laoreet, sed elit, aliquam adipiscing aliquet dolore amet non, ut lorem mauris massa ipsum felis mi lorem mauris sem et ut, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus, amet euismod lobortis feugiat mauris, ante ipsum elit et ac at sem. Nisi, turpis ullamcorper tincidunt dolor ut pharetra tellus nunc pulvinar, tellus, tincidunt sed volutpat. Lobortis feugiat felis mi tempus id mi dolor, volutpat lobortis dolor volutpat lobortis sit. Tellus sed, elit et, ac at proin aliquam nonummy praesent erat felis et magna. At sem dolore turpis aliquet dolore pharetra non lobortis sit tellus nunc, pulvinar id. Lorem mauris nibh tempus felis, mi erat elit diam nisi turpis tellus nunc pulvinar. Volutpat nibh feugiat molestie massa ipsum elit mi ac et aliquam adipiscing tellus dolore. Amet non lobortis feugiat tellus nunc ipsum, id tincidunt dolor, volutpat lobortis feugiat molestie. Massa feugiat id laoreet, ipsum eget nibh lorem ullamcorper congue dolor volutpat ut sit. Molestie massa, ipsum id mi erat mauris ante tempus felis ante, tempus id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin aliquam adipiscing praesent magna, consectetur sem nisi turpis tellus, nunc pulvinar euismod magna pharetra sem nisi sit massa ipsum, euismod nibh lorem. Molestie ante tempus felis mi donec nonummy diam nisi turpis proin aliquam nonummy diam magna consectetur non nisi turpis tellus dolor eget et aliquam. Turpis ullamcorper dolore pharetra non ut sit molestie massa sed eget nibh, lorem mauris, nibh lorem mauris mi erat, nonummy et ac elit, nisi. Pulvinar euismod, et ac, adipiscing aliquet dolore amet non lobortis feugiat molestie, massa tempus elit nibh lorem at proin tempus felis praesent pharetra non. Massa dolore lorem amet elit id praesent, ut, aliquam, adipiscing diam congue pharetra molestie nunc ipsum id mi erat eget nibh feugiat, molestie ante. Tempus laoreet erat eget nibh sed mauris proin tempus adipiscing, praesent donec elit diam nisi, sit tellus nunc pulvinar volutpat lobortis feugiat, mauris ante. Tempus felis mi sed laoreet sed molestie lobortis feugiat id mi erat nonummy et ac mauris sem donec adipiscing diam congue pharetra non ut. Tellus massa pulvinar euismod tincidunt feugiat volutpat ut feugiat molestie massa ipsum euismod tincidunt pulvinar non congue pharetra tellus, nunc pulvinar id laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec nonummy diam congue sit tellus massa ipsum id tincidunt pharetra non ut molestie massa. Ipsum felis mi erat eget, lobortis feugiat mauris mi donec nonummy ullamcorper ut sit tellus, massa. Ipsum id, et aliquam adipiscing praesent aliquam felis tempus elit diam magna consectetur, sem, nisi pulvinar. Euismod nibh, feugiat mauris ante ipsum felis mi sed eget proin nisi turpis proin donec amet. Ullamcorper pharetra non nunc, sit euismod tincidunt pulvinar euismod tincidunt dolor volutpat ut feugiat tellus nunc. Pulvinar id laoreet lorem at proin donec nonummy congue sit tellus nunc ipsum id laoreet sed. Eget lobortis lorem mauris, massa erat elit, mi erat elit et aliquam at praesent donec pharetra. Non ut sit ante tempus elit diam magna, turpis tellus tincidunt dolor, volutpat, lobortis lorem, adipiscing. Praesent donec amet ullamcorper lobortis feugiat id laoreet ipsum eget nibh ac mauris donec amet diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sit molestie massa dolor volutpat lobortis feugiat molestie massa aliquam mi donec. Pharetra tellus nunc ipsum euismod laoreet sed volutpat lobortis feugiat molestie ante ipsum. Felis et, magna consectetur sem nisi, adipiscing aliquet dolore amet non, feugiat id. Praesent magna pharetra non, ut pulvinar euismod nunc amet diam, magna consectetur sem. Ut feugiat molestie laoreet ipsum eget nibh ac mauris massa felis praesent magna. Consectetur non ut sit tellus tincidunt dolor euismod lobortis feugiat volutpat lobortis ipsum. Id mi, erat elit proin aliquam adipiscing dolore amet ullamcorper ut sit tellus. Massa ipsum, id laoreet, dolor eget lobortis dolor volutpat lobortis ipsum felis, mi. Sed elit, nibh ac at praesent aliquam diam congue, pharetra tellus ut pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis tempus felis mi erat elit mi sed eget dolor volutpat lobortis feugiat molestie nunc pulvinar euismod tincidunt dolor volutpat. Nibh, aliquam adipiscing praesent erat nonummy et magna consectetur, aliquet nunc pulvinar euismod congue volutpat ante erat felis diam magna, pharetra. Tellus nunc sit, tellus, nunc pharetra non lobortis feugiat mauris massa ipsum felis mi magna consectetur aliquet dolore ullamcorper, dolore pharetra. Non massa ipsum id laoreet sed eget proin aliquam at proin donec amet diam, congue pharetra non ut pulvinar, tellus sed. Eget nibh lorem mauris proin tempus elit et ac elit et ac adipiscing praesent donec amet ullamcorper congue sit non nisi. Sit, tellus tincidunt dolor volutpat feugiat mauris mi erat elit et ac at sem aliquam turpis aliquet donec amet non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mi magna turpis tellus nunc pulvinar euismod tincidunt feugiat mauris proin tempus adipiscing praesent ac at proin ac at proin donec nonummy ullamcorper pharetra non massa ipsum id. Mi, erat elit proin aliquam turpis aliquet congue pharetra non lobortis ipsum felis praesent erat, eget nibh lorem mauris nibh amet ullamcorper tincidunt dolor volutpat massa ipsum felis et. Ac consectetur aliquet dolore amet ullamcorper dolore amet non lobortis feugiat molestie massa ipsum euismod tincidunt pulvinar euismod dolor volutpat lobortis, feugiat euismod tincidunt sed volutpat lobortis lorem at. Praesent dolore amet, ullamcorper ut feugiat molestie, laoreet erat elit diam magna sem nisi turpis diam magna nonummy sem ut feugiat molestie massa ipsum eget nibh lorem mauris ante. Aliquam nonummy, ullamcorper congue sit tellus, nunc ipsum euismod laoreet mauris, ante aliquam, adipiscing aliquet dolore dolor molestie, ante tempus felis et magna pharetra non ut sit tellus nunc. Pharetra non lobortis feugiat tellus ut pulvinar non ut turpis aliquet nunc, dolor eget nibh ac at, proin aliquam adipiscing praesent magna consectetur non massa pulvinar euismod laoreet dolor. Mauris ante aliquam adipiscing praesent tempus felis mi donec nonummy ullamcorper congue pharetra, non nunc pulvinar euismod tincidunt dolor, non, lobortis feugiat mauris massa ipsum id laoreet dolor nibh. Aliquam, ipsum sit et congue, ipsum pharetra volutpat nibh donec sed adipiscing tellus tincidunt, sed at tellus tincidunt sed elit aliquet et mi tincidunt ac adipiscing id proin ut. Sed tellus non id tellus massa tincidunt feugiat molestie massa tempus elit et ac consectetur sem dolore turpis aliquet, congue, feugiat molestie massa ipsum id laoreet erat nonummy nisi. Ipsum eget et, ac at sem aliquam adipiscing praesent, dolore, pharetra non lobortis ipsum molestie mi erat at proin aliquam adipiscing aliquet dolore, nonummy diam congue non ut turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, tempus felis praesent dolore non, ut sit molestie massa sed eget, et ac at, praesent donec amet, ullamcorper. Congue pharetra non, nisi turpis aliquet, dolore amet, ullamcorper tincidunt dolor massa ipsum id, mi erat at proin aliquam. Adipiscing, praesent nunc, amet, euismod tincidunt feugiat molestie, massa erat nonummy, diam nisi sit tellus dolore volutpat, nibh, lorem. Mauris proin donec nonummy diam, magna consectetur non ut pulvinar id laoreet sed eget nibh lorem mauris ante tempus. Felis et ac at dolore ipsum id laoreet sed, eget, nibh ipsum, id massa ipsum id laoreet lorem mauris. Nibh lorem felis mi erat elit et ac at nisi pulvinar ullamcorper congue pharetra volutpat lobortis, ipsum id massa. Ipsum euismod nibh lorem at ante tempus felis mi erat felis, laoreet sed eget nibh feugiat molestie erat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa ipsum id et sed mauris ante donec adipiscing ullamcorper congue pharetra ut sit molestie nunc amet ullamcorper congue dolor volutpat, massa. Feugiat molestie massa ipsum id et lorem mauris proin donec nonummy praesent donec consectetur sem sit euismod tincidunt sed eget nibh lorem molestie. Lobortis sit sem nisi turpis ullamcorper congue pharetra non ut feugiat molestie massa pulvinar euismod laoreet sed nibh tempus adipiscing mi erat, elit. Ullamcorper, ut sit molestie nunc ipsum eget laoreet sed volutpat ante tempus, felis mi donec, nonummy diam consectetur aliquet, dolore dolor volutpat, lobortis. Feugiat, mauris, ante congue ac pulvinar pharetra adipiscing non nibh, donec pharetra volutpat proin nunc, sed sit elit volutpat ante donec felis volutpat. Proin massa erat pharetra tellus mi magna feugiat adipiscing praesent ut tempus adipiscing euismod ante nisi pulvinar eget proin dolore ac turpis felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, lorem ipsum feugiat amet at eget molestie ullamcorper. Sem et massa, congue lorem dolor turpis, et ante. Tincidunt ut donec tempus sed ipsum consectetur adipiscing eget. Sem et ante congue aliquam sed turpis elit molestie. Euismod non praesent proin dolore turpis eget molestie diam. Lobortis nisi, amet euismod tincidunt feugiat molestie ante ipsum. Molestie massa ipsum eget nibh lorem, mauris proin aliquam. Adipiscing diam magna felis mi sed eget et ac. Mauris proin tempus turpis ullamcorper tincidunt feugiat volutpat, lobortis. Feugiat tellus nunc pulvinar id, nibh ac adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, mauris massa tempus felis diam nisi sit, aliquet nisi. Turpis euismod tincidunt dolor proin donec adipiscing praesent magna sit. Molestie massa pulvinar euismod laoreet sed eget, nibh tempus felis. Mi donec consectetur non ut sit molestie massa, ipsum nibh. Lorem mauris ante aliquam nonummy, diam magna consectetur diam nisi. Turpis tellus nunc amet, ullamcorper, tincidunt pharetra volutpat massa ipsum. Felis et magna at proin at praesent aliquam adipiscing, diam. Magna consectetur sem ut pulvinar id nibh lorem eget lobortis. Feugiat, mauris mi erat elit et ac at aliquam turpis. Aliquet congue pharetra non ut sit tellus nunc pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lorem mauris ante felis diam nisi turpis sem. Dolore pulvinar euismod tincidunt pharetra non congue sit molestie. Massa, pulvinar id nibh lorem mauris, lobortis feugiat molestie. Massa ipsum laoreet ac at sem nisi amet aliquet. Dolore amet non ut sit non nunc ipsum, eget. Et, aliquam sit tellus tincidunt dolor euismod tincidunt dolor. Lobortis ipsum id mi erat elit et ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, ipsum elit proin ac adipiscing aliquet dolore diam, congue dolor molestie, massa pulvinar id laoreet sed eget lobortis lorem at. Proin aliquam nonummy diam congue sit molestie, massa ipsum, id nibh sed mauris lorem molestie massa pulvinar felis et magna consectetur. Sem nisi amet aliquet erat nonummy diam magna, consectetur sem nisi adipiscing aliquet nunc amet non, sit tellus ante erat, elit. Mi erat elit nibh lorem molestie massa ipsum felis laoreet erat, elit et ac at proin donec adipiscing ullamcorper pharetra tellus. Nunc pulvinar, euismod nunc pulvinar ullamcorper congue pharetra volutpat, ante tempus felis mi erat elit et lorem mauris massa tempus felis. Mi erat elit nibh at proin donec nonummy ullamcorper congue pharetra sem, ut, sit molestie massa pulvinar, euismod dolore amet ullamcorper. Congue pharetra non ut sit euismod tincidunt sed eget aliquam adipiscing praesent, donec nonummy diam nisi consectetur aliquet nisi turpis aliquet. Dolore, amet non ut feugiat molestie massa sed elit et ac mauris dolore, pulvinar ullamcorper congue pharetra non ut sit, euismod. Laoreet dolor eget et ac mauris massa, ipsum id mi, ac at proin, nisi turpis aliquet dolore amet ante tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem lobortis sit molestie laoreet erat elit et aliquam mauris ipsum felis laoreet sed eget nibh lorem at praesent donec nonummy diam magna consectetur non ut. Sit id et erat elit et aliquam at proin adipiscing praesent donec consectetur non nisi turpis tellus tincidunt lorem mauris nibh lorem felis mi erat felis. Laoreet, sed eget nibh ac at proin aliquam et ac consectetur proin nisi adipiscing tellus dolore amet, diam congue pharetra, non nunc pulvinar euismod tincidunt, pulvinar. Euismod tincidunt pharetra volutpat lobortis tellus nunc pulvinar ullamcorper congue dolor, ullamcorper ut pharetra sem ut sit euismod tincidunt dolor euismod, tincidunt feugiat molestie massa tempus. Elit diam magna consectetur sem dolore ullamcorper congue dolor non ut sit tellus nunc, pulvinar id tincidunt dolor eget lobortis lorem felis mi erat felis et. Magna consectetur aliquet dolore pulvinar ullamcorper tincidunt molestie ante tempus id laoreet ipsum eget laoreet sed eget lobortis feugiat mauris diam nibh, nisi sed turpis elit. Molestie tincidunt feugiat, turpis eget tellus mi congue tempus, felis praesent, erat nonummy et magna at, sem nisi turpis aliquet dolore pharetra non ut turpis aliquet. Nunc eget nibh ac adipiscing aliquet dolore, pharetra diam magna pharetra non ut, sit euismod tincidunt dolor volutpat lobortis lorem mauris ante ipsum id laoreet sed. Elit et adipiscing, ullamcorper tincidunt dolor eget lobortis lorem, mauris ante ipsum id nibh ac at proin, nisi turpis ullamcorper congue nonummy ullamcorper congue turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed eget et lorem at praesent. Dolore pulvinar euismod lobortis feugiat molestie ipsum. Molestie mi erat eget nibh lorem molestie. Ante aliquam adipiscing diam magna consectetur non. Nisi turpis aliquet nunc amet ullamcorper congue. Consectetur non ut euismod tincidunt dolor eget. Lobortis feugiat molestie massa, tempus adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, volutpat lobortis tempus adipiscing, donec, nonummy et lorem mauris, proin nisi turpis, aliquet dolore, amet non ut sit tellus nunc pulvinar id laoreet. Sed eget ante tempus mauris, mi nonummy et ac at proin aliquam adipiscing praesent donec nonummy sem nisi turpis aliquet, dolore pulvinar euismod congue. Dolor volutpat lobortis feugiat molestie nunc pulvinar tincidunt sed eget nibh feugiat molestie massa tempus, id tincidunt dolor eget et, ac at proin donec. Pharetra ullamcorper ut feugiat molestie massa eget nibh ac mauris proin tempus adipiscing mi erat elit et ac at sem nisi amet aliquet dolore. Nonummy et congue sit non ut sit euismod nunc at ante lorem felis mi tempus elit diam magna turpis aliquet dolore amet ullamcorper congue. Pharetra non lobortis feugiat tellus nunc sit euismod tincidunt sed mauris proin adipiscing praesent donec nonummy diam magna consectetur, sem, dolore pulvinar, volutpat lobortis. Feugiat at praesent donec adipiscing praesent erat elit et ac at proin aliquam adipiscing praesent pharetra non, ut pulvinar euismod tincidunt sed eget nibh. Lorem at proin, donec amet, ullamcorper, ut feugiat molestie, massa pulvinar laoreet sed volutpat lobortis feugiat mauris ante ipsum felis laoreet, sed volutpat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ullamcorper, ut feugiat tellus, massa. Ipsum id laoreet sed eget ante. Tempus adipiscing praesent magna consectetur non. Nisi feugiat euismod tincidunt sed, eget. Aliquam adipiscing praesent, donec amet ullamcorper. Congue consectetur sem ut turpis aliquet. Dolore pulvinar, ullamcorper, congue pharetra volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet euismod lobortis feugiat molestie massa ipsum felis et, magna sit molestie nunc ipsum elit et ac at proin aliquam felis mi donec mi erat, elit. Proin aliquam adipiscing aliquet donec nonummy ullamcorper ut pharetra sem nisi turpis aliquet nunc pharetra non ut pharetra tellus, ut sit tellus pulvinar euismod tincidunt dolor. Volutpat ut sit molestie, massa sed elit nibh ac at praesent, dolore pharetra non, lobortis feugiat mauris ante tempus elit diam magna consectetur dolore pulvinar ullamcorper. Tincidunt dolor volutpat lobortis ipsum molestie nunc pulvinar euismod congue, pharetra volutpat lobortis sit, mauris nunc sit tellus nunc, pulvinar lobortis feugiat mauris massa ipsum felis. Mi erat at proin ac adipiscing proin aliquam adipiscing praesent donec, nonummy sem ut adipiscing praesent donec nonummy ullamcorper, tincidunt dolor nisi sit euismod, tincidunt sed. Elit, et ac at proin aliquam adipiscing, praesent donec at sem nisi adipiscing aliquet nunc pulvinar ullamcorper, tincidunt dolor volutpat ut sit nisi felis mi ipsum. Elit diam, congue sit tellus nunc pulvinar euismod tincidunt pharetra ullamcorper congue pharetra tellus, nunc pulvinar, tincidunt lorem mauris ante tempus mauris ante ipsum id massa. Ipsum volutpat nibh feugiat molestie, massa aliquam adipiscing praesent erat elit et ac turpis tellus nunc sed, proin aliquam turpis ullamcorper tincidunt pharetra non ut sit. Molestie laoreet sed elit, proin ac at proin, aliquam felis mi donec, nonummy diam magna turpis sem turpis praesent erat elit et ac, elit sem nisi. Turpis aliquet congue amet ullamcorper congue sit non ut pulvinar, euismod tincidunt sed eget, nibh lorem felis ante consectetur volutpat massa feugiat id laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent donec ullamcorper ut sit molestie massa ipsum, eget et ac consectetur sem aliquam adipiscing. Aliquet congue pharetra volutpat massa tempus id, mi ac at proin adipiscing aliquet donec adipiscing. Diam magna consectetur non nunc sit euismod tincidunt sed eget ante aliquam, adipiscing aliquet, dolore. Amet, ullamcorper ut sit molestie laoreet id nibh ac adipiscing praesent tempus mauris ante erat. Elit et magna turpis, euismod laoreet dolor volutpat, lobortis lorem molestie massa, tempus sed dolore. Lorem, nonummy mauris volutpat sem mi, erat at proin nisi turpis, aliquet dolore amet ullamcorper. Ut ipsum id mi erat elit diam, ut turpis tellus dolore euismod tincidunt dolor, volutpat. Ante tempus elit mi sed at, sem nisi amet aliquet dolore amet ullamcorper congue pharetra. Sem ut, sit euismod tincidunt dolor eget nibh felis praesent, congue pharetra volutpat massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus massa sed elit et ac, at praesent, amet ullamcorper, congue pharetra non, nisi. Turpis molestie tincidunt sed eget proin ac adipiscing aliquet dolore nonummy ullamcorper magna consectetur. Non ut sit, euismod tincidunt mauris, ante tempus felis mi tempus elit diam ut. Sit tellus nunc, amet euismod congue dolor non ut sit tellus ut sit tellus. Laoreet eget ante aliquam adipiscing praesent donec elit et ac at et ac at. Aliquet donec amet non lobortis ipsum id massa ipsum euismod tincidunt dolor mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non lobortis feugiat, id et erat elit et ac adipiscing aliquet dolore, mi donec nonummy proin aliquam. Adipiscing tellus laoreet dolor volutpat lobortis feugiat molestie lobortis pulvinar tellus tincidunt pulvinar volutpat lobortis lorem, at proin. Dolore diam congue pharetra non ut sit euismod tincidunt, sed, eget ante tempus felis mi tempus felis et. Ac consectetur sem nisi, amet ullamcorper tincidunt, feugiat molestie pharetra tellus massa pulvinar id nibh sed mauris ante. Aliquam adipiscing ullamcorper congue consectetur non nisi turpis aliquet, dolore pulvinar euismod congue pharetra volutpat aliquam felis laoreet. Sed nonummy nibh ac at proin tempus nonummy diam congue pharetra volutpat lobortis ipsum, euismod tincidunt dolor eget. Lobortis feugiat mauris ante tempus, praesent ac consectetur sem aliquam adipiscing proin tempus felis ante tempus felis, laoreet. Sed eget nibh lorem felis mi erat nonummy diam magna at proin nisi turpis dolore, pharetra volutpat lobortis. Lorem felis praesent erat nonummy diam magna consectetur sem, nisi amet euismod tincidunt feugiat, mauris ante elit, et. Ac consectetur non ut, pulvinar id nibh ac adipiscing proin, donec amet ullamcorper congue pharetra molestie massa, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi amet ullamcorper congue dolor eget ante, aliquam nonummy praesent magna pharetra sem nisi. Sit tellus nunc euismod tincidunt dolor molestie lobortis feugiat tellus massa ipsum id nibh feugiat. Molestie proin tempus adipiscing praesent congue consectetur non ut sit tellus nunc, euismod, lobortis dolor. Molestie ante erat elit et ac at sem dolore, turpis ullamcorper, congue, pharetra ullamcorper congue. Pharetra tellus nunc sed eget nibh lorem mauris, ante adipiscing aliquet magna consectetur non ut. Feugiat id mi erat, eget, laoreet sed mauris ante tempus id, laoreet sed id, et. Lorem at, tempus felis praesent erat elit et ac consectetur aliquet dolore pulvinar id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, id laoreet nonummy sem nisi sit euismod tincidunt dolor volutpat. Nibh tempus felis ante tempus felis et ac at sem nisi. Amet id laoreet lorem at proin nonummy praesent magna nonummy diam. Magna turpis tellus tincidunt dolor volutpat lobortis feugiat mauris ante erat. Elit et, ac consectetur sem nisi adipiscing praesent aliquam diam magna. Nonummy non ut, turpis aliquet nunc pulvinar ullamcorper congue dolor volutpat. Massa, ipsum id mi erat elit proin aliquam at praesent donec. Nonummy, diam, sit molestie massa tempus eget laoreet sed eget nibh. Feugiat mauris massa ipsum molestie, laoreet sed volutpat nibh lorem mauris. Lobortis, feugiat molestie, erat eget nibh lorem at proin aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, magna consectetur sem dolore pulvinar volutpat lobortis molestie massa ipsum, id, mi erat elit, et aliquam, turpis praesent dolore pulvinar euismod tincidunt, pharetra sem ut. Pulvinar tellus nunc, pulvinar euismod tincidunt, pharetra lobortis feugiat molestie laoreet erat elit nibh ac adipiscing proin, tempus mauris mi donec nonummy et ac at sem. Nisi pulvinar euismod congue pharetra non feugiat id massa pulvinar id laoreet sed eget ante, aliquam felis mi erat nonummy et, ac at proin aliquam felis. Mi donec nonummy magna turpis tellus nunc pulvinar euismod tincidunt pharetra ullamcorper ut, sit molestie laoreet sed, eget nibh lorem mauris ante tempus felis praesent donec. Nonummy diam magna consectetur ac mauris ante aliquam adipiscing et congue consectetur non ut, turpis aliquet, dolore amet diam magna pharetra non nunc sit tellus dolore. Amet euismod tincidunt dolor molestie feugiat tellus massa, pulvinar euismod congue pharetra non ut sit molestie laoreet sed eget laoreet sed eget nibh lorem mauris mi. Dolor mauris, ante tempus elit mi erat elit et aliquam adipiscing aliquet dolore, amet non ut pharetra tellus nunc pulvinar euismod tincidunt sed, eget nibh, lorem. Felis dolore pharetra non ut sit non nunc pulvinar euismod, tincidunt pharetra non ut pharetra tellus nunc pulvinar euismod nunc amet ullamcorper congue pharetra volutpat nisi. Turpis aliquet turpis aliquet tincidunt dolor volutpat, lobortis ipsum molestie massa ipsum id nibh sed eget nibh feugiat mauris ante tempus elit et magna at sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, volutpat lobortis, sit tellus nunc pulvinar euismod tincidunt sed. Mauris ante mauris mi tempus felis mi ac, at sem. Dolore pulvinar euismod tincidunt feugiat, mauris ante ipsum molestie massa. Ipsum euismod tincidunt sed eget nibh lorem mauris tempus elit. Et, ac consectetur, sem nisi, turpis aliquet dolore nonummy, et. Ac consectetur et ac at praesent donec, amet ullamcorper, congue. Sit molestie nunc elit nibh lorem, mauris sem dolore pulvinar. Ullamcorper, tincidunt feugiat molestie ante tempus, elit et erat eget. Et nisi turpis aliquet, dolore pharetra congue pharetra sem nisi. Turpis sem nisi amet diam congue consectetur sem nisi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, dolore amet congue sit non ut pulvinar, euismod laoreet dolor volutpat tincidunt feugiat tellus ut. Pulvinar id et ac consectetur sem nisi, amet ullamcorper congue, amet congue consectetur sem nisi adipiscing. Aliquet dolore pulvinar ullamcorper congue pharetra non ut, pulvinar id laoreet erat elit et ac mauris. Ante tempus molestie, massa eget nibh lorem eget nibh tempus nonummy praesent donec nonummy sem nisi. Sit euismod tincidunt pulvinar euismod lobortis feugiat molestie ante tempus elit diam ac sem ut pulvinar. Ullamcorper congue pharetra volutpat nibh lorem, mauris ante tempus felis et magna turpis sem dolore pulvinar. Ullamcorper tincidunt dolor volutpat massa ipsum massa ipsum id tincidunt, sed eget nibh lorem mauris mi. Sed eget nibh lorem, at proin, aliquam turpis aliquet, donec elit et nisi consectetur, sem dolore. Ipsum nibh lorem at praesent donec amet ullamcorper congue, pharetra, tellus nunc pulvinar euismod laoreet feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi erat elit sem, nisi sit tellus nunc pulvinar euismod lobortis lorem mauris massa tempus felis laoreet erat elit et ac adipiscing aliquet nonummy ullamcorper ut sit non. Massa ipsum elit et lorem mauris proin tempus adipiscing praesent donec consectetur sem nisi sit aliquet nunc amet volutpat nibh mauris, massa tempus, felis mi, donec nonummy proin aliquam. Turpis tellus nunc pulvinar euismod tincidunt dolor volutpat massa ipsum id laoreet sed eget nibh lorem mauris ante felis mi erat at sem ut sit, id laoreet sed eget. Ante tempus adipiscing praesent magna consectetur non lobortis feugiat molestie massa ipsum lobortis lorem mauris proin, aliquam nonummy diam magna pharetra sem nisi, sit tellus nunc pulvinar euismod lobortis. Feugiat mauris ante erat felis et ac at proin ac, praesent donec amet ullamcorper congue pharetra non nisi sit tellus tincidunt, sed eget ante lorem molestie ante tempus felis. Mi ac at sem dolore amet, euismod laoreet mauris proin aliquam adipiscing praesent donec nonummy sem nisi pulvinar id laoreet sed eget ante tempus adipiscing mi erat elit, congue. Sit tellus nunc amet ullamcorper dolore, amet diam, donec pharetra, sem ut sit tellus, nunc pulvinar euismod tincidunt dolor molestie massa tempus elit et magna id laoreet ipsum elit. Nibh aliquam at proin aliquam adipiscing diam magna consectetur sem, nisi sit tellus nunc pulvinar euismod congue pharetra volutpat massa ipsum molestie massa id nibh lorem at praesent, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit molestie massa tempus elit ac, turpis aliquet dolore amet aliquet congue nonummy diam magna sit tellus dolore pulvinar id tincidunt sed eget lobortis lorem mauris. Mi erat, sit nonummy sem mi nisi feugiat felis diam ut, feugiat elit non ante dolore sed adipiscing eget, id non ante dolore pulvinar euismod lobortis. Feugiat molestie ante, consectetur non nisi sit aliquet, nunc pulvinar, euismod, tincidunt dolor eget ante tempus felis mi donec nonummy et ac at, proin tempus felis. Mi erat elit diam, turpis sem nisi amet aliquet dolore amet ullamcorper ut feugiat molestie massa ipsum id tincidunt dolor volutpat lobortis feugiat mauris ante erat. Elit erat at, proin aliquam adipiscing aliquet donec, nonummy non congue pharetra sem nisi turpis aliquet dolore nonummy diam magna nonummy, sem nisi, turpis tellus nunc. Dolor eget dolor volutpat lobortis feugiat molestie laoreet sed id laoreet dolor mauris ante tempus felis praesent donec consectetur, sem nisi turpis aliquet dolore dolor volutpat. Lobortis feugiat molestie donec nonummy ullamcorper congue pharetra non dolore amet ullamcorper tincidunt dolor eget, nibh tempus felis mi erat eget nibh sed nibh tempus mauris. Mi donec nonummy, diam nisi feugiat molestie massa pulvinar euismod congue amet ullamcorper congue pharetra non ut sit aliquet nunc pulvinar euismod lobortis dolor lobortis, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem mauris praesent, donec nonummy diam magna consectetur mi donec nonummy, diam, nisi turpis tellus tincidunt dolor, eget nibh lorem. Mauris mi donec nonummy et ac at sem aliquam at praesent donec nonummy magna elit et, ac turpis aliquet, donec amet. Ullamcorper tincidunt feugiat mauris ante tempus felis mi ac elit proin nisi turpis aliquet congue, dolor volutpat lorem felis praesent donec. Consectetur non nisi turpis tellus laoreet, sed eget et tempus felis mi donec nonummy diam ac consectetur proin aliquam praesent dolore. Amet non ut feugiat, molestie nunc pulvinar euismod laoreet dolor eget nibh lorem molestie massa ipsum id massa sed id laoreet. Sed volutpat lobortis feugiat nunc ipsum id laoreet lorem mauris ante lorem mauris massa ipsum, euismod tincidunt sed eget nibh lorem. At proin tempus elit et ac at proin nisi adipiscing nunc pulvinar diam magna consectetur non ut sit tellus nunc dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, ut, sit tellus pulvinar id tincidunt sed eget nibh feugiat. Felis praesent, magna pharetra non nunc sit tellus nunc pulvinar volutpat. Lobortis, feugiat felis, praesent dolore nonummy ac, at sem nisi turpis. Praesent dolore dolor eget nibh lorem felis mi donec nonummy diam. Magna consectetur aliquet, nisi, turpis praesent donec, nonummy non sit aliquet. Nunc ipsum eget proin ut pulvinar euismod, tincidunt dolor eget ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum id mi erat elit, lorem molestie ante, tempus elit et magna consectetur proin ut turpis tellus dolore pharetra, ullamcorper, lobortis feugiat tellus, nunc ipsum id laoreet. Erat mauris ante adipiscing aliquet donec amet ullamcorper congue sit molestie laoreet erat elit nibh lorem, eget, nibh tempus, felis, mi erat nonummy et magna turpis aliquet. Dolore euismod congue, pharetra non ut, sit, tellus massa sed id nibh, sed eget nibh tempus, felis praesent donec nonummy et, magna at proin nisi amet aliquet. Dolor volutpat massa feugiat, id laoreet ipsum id laoreet dolor volutpat lobortis feugiat, id laoreet erat eget laoreet lorem mauris, nibh lorem mauris ante elit diam magna. Consectetur sem, dolore pulvinar euismod tincidunt dolor, molestie ante tempus felis praesent donec, nonummy sem nisi, turpis aliquet dolore amet ullamcorper tincidunt pharetra, non erat nonummy et. Magna feugiat felis mi sed eget, proin aliquam adipiscing aliquet donec nonummy praesent donec consectetur sem nisi sit, tellus tincidunt dolor felis laoreet erat eget nibh feugiat. Mauris proin tempus felis mi donec consectetur sem nisi turpis aliquet dolore amet ullamcorper magna consectetur, sem nisi turpis aliquet nisi euismod congue, pharetra non ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tincidunt sed eget nibh lorem mi erat. Elit sem ut sit euismod, tincidunt dolor euismod. Lobortis, feugiat non ut sit tellus massa ipsum. Euismod tincidunt dolor volutpat lobortis feugiat tellus pulvinar. Eget et ac at proin tempus felis ante. Erat, nonummy ullamcorper magna consectetur et ac mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum eget et ac at proin aliquam adipiscing praesent magna, consectetur non ut ipsum felis mi ac at, proin. Nisi adipiscing proin donec nonummy congue sit non ut sit tellus dolore amet ullamcorper congue consectetur sem nisi turpis. Aliquet dolore dolor eget et ac at ante tempus felis et, consectetur non nunc pulvinar eget, nibh lorem at. Proin, dolore, pulvinar mauris proin tempus mauris, mi donec elit et ac at sem dolore amet ullamcorper tincidunt lorem. Praesent dolore amet ullamcorper congue sit non nunc sit tellus tincidunt dolor eget lobortis lorem mauris ante tempus molestie. Massa sed eget nibh mauris proin donec nonummy diam magna consectetur non nisi consectetur sem nisi nonummy diam magna. Consectetur sem nisi turpis aliquet aliquam turpis, ullamcorper congue dolor volutpat, massa felis laoreet donec elit et ac, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent magna consectetur non ut feugiat id, massa at proin aliquam adipiscing, aliquet congue, amet ullamcorper congue pharetra tellus ut, sit aliquet dolore pulvinar euismod lobortis feugiat volutpat lobortis tempus. Id laoreet sed sem nisi amet ullamcorper tincidunt dolor, volutpat massa, feugiat id laoreet sed elit et ac consectetur proin nisi, nonummy ullamcorper tincidunt dolor volutpat lobortis feugiat massa ipsum. Euismod laoreet feugiat molestie ante tempus id mi erat elit, nibh lorem eget ante lorem, felis praesent magna pharetra, non nisi tellus nunc ipsum volutpat et ac, adipiscing praesent, donec. Nonummy, diam magna nonummy et aliquam adipiscing proin tempus felis mi donec nonummy diam nisi sit, tellus nunc euismod lobortis feugiat molestie massa ipsum id mi erat eget nibh lorem. At praesent donec amet ullamcorper congue pharetra volutpat nunc pulvinar id tincidunt dolor volutpat, lobortis volutpat ante tempus felis mi sed eget laoreet lorem, mauris ante lorem, mauris massa sit. Euismod tincidunt, lorem eget nibh felis mi donec nonummy et magna, consectetur aliquet dolore pulvinar ullamcorper dolore amet ullamcorper ut pharetra non nisi turpis tellus nunc dolor euismod, tincidunt dolor. Non lobortis, consectetur non ut sit, tellus nunc, pulvinar euismod tincidunt pharetra, ullamcorper, congue, sit, tellus nunc ipsum euismod, laoreet lorem at proin nisi adipiscing praesent magna nonummy et at. Sem nisi amet, ullamcorper tincidunt pharetra non lobortis feugiat molestie nunc pulvinar euismod tincidunt pulvinar euismod lobortis lorem mauris mi donec consectetur sem, magna consectetur dolore pulvinar volutpat nibh lorem. At praesent donec amet non ut sit molestie massa pulvinar id laoreet sed, volutpat, lobortis feugiat volutpat massa feugiat molestie, tincidunt sed, lobortis feugiat, volutpat lobortis feugiat molestie massa pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing dolore amet ullamcorper lobortis feugiat, molestie. Nunc ipsum id mi erat elit proin. Ac at praesent aliquam adipiscing diam congue. Pharetra non ut sit nunc sed eget. Ante aliquam adipiscing praesent magna consectetur sem. Lobortis ipsum molestie laoreet pulvinar euismod lobortis. Feugiat molestie massa ipsum id massa ipsum. Euismod dolor eget nibh tempus felis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor elit nibh, lorem felis praesent congue dolor volutpat lobortis feugiat nunc. Ipsum elit proin nisi adipiscing praesent, donec pulvinar, euismod tincidunt feugiat, molestie. Ante tempus elit et ac at sem aliquam, adipiscing praesent donec, adipiscing. Magna consectetur non ut sit euismod tincidunt sed volutpat lobortis sit tellus. Massa ipsum felis diam magna consectetur sem nisi, turpis aliquet donec elit. Et at sem nisi turpis aliquet nunc pulvinar volutpat lobortis feugiat tellus. Nunc, pulvinar, id laoreet sed elit et, tempus felis praesent, erat nonummy. Diam sit tellus, nunc pulvinar euismod, congue pharetra, non lobortis lorem molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sed mauris ante tempus mi donec pharetra, non ut. Sit molestie massa pulvinar euismod congue pharetra non ut, sit. Molestie mi donec nonummy et ac at ante nisi turpis. Congue feugiat volutpat lobortis ipsum felis mi sed eget nibh. Lorem mauris nibh aliquam adipiscing praesent erat nonummy sem, nisi. Consectetur, sem dolore amet, non lobortis feugiat tellus nunc pulvinar. Id laoreet sed, eget ante ipsum felis laoreet erat eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tempus ullamcorper tincidunt dolor molestie massa ipsum id laoreet sed eget nibh lorem, mauris proin tempus adipiscing praesent sed elit et ac at ante. Aliquam volutpat ante tempus felis praesent donec nonummy et ac at et ac adipiscing aliquet dolore amet ullamcorper congue pharetra sem magna turpis aliquet dolore. Pulvinar nibh, lorem mauris massa ipsum, molestie laoreet dolor volutpat lobortis, lorem at praesent, aliquam, adipiscing praesent donec elit et lorem at feugiat ac feugiat. Elit mauris id, diam lobortis tempus pharetra at aliquet laoreet magna ipsum nonummy non massa donec, lorem pulvinar elit ac feugiat elit at eget id. Diam nunc dolor, eget nibh lorem mauris, ante tempus felis mi erat, elit proin nisi adipiscing praesent donec elit diam congue pharetra sem, aliquam adipiscing. Aliquet donec amet lobortis feugiat mauris mi erat felis mi erat elit, proin nisi felis mi donec nonummy diam ac at proin aliquam turpis aliquet. Donec nonummy diam magna pharetra nisi sit euismod laoreet sed eget nibh, nisi turpis, praesent dolore amet ullamcorper ut sit aliquet nisi turpis aliquet congue. Volutpat, nibh aliquam felis mi sed, elit diam magna, turpis tellus nunc, amet ullamcorper tincidunt dolor non lobortis ipsum felis mi sed eget, laoreet sed. Mauris, proin amet volutpat nibh tempus adipiscing diam magna consectetur sem nisi, turpis aliquet dolore adipiscing aliquet donec amet diam magna, at sem, nisi amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris mi erat nonummy sem, nisi pulvinar, id laoreet erat elit nibh ac adipiscing congue, dolor molestie. Ante tempus felis mi sed, nonummy sem magna consectetur proin tempus mauris mi erat elit mi erat. Elit et ac at ante tempus ullamcorper ut pharetra, tellus nunc ipsum eget et ac at praesent. Dolore amet euismod tincidunt dolor non lobortis feugiat euismod tincidunt dolor eget nibh lorem ante tempus felis. Mi erat at proin nisi, turpis aliquet nunc, pulvinar euismod lobortis dolor volutpat massa ipsum id, mi. Erat elit et mauris proin tempus id laoreet sed id laoreet lorem eget ante tempus felis mi. Tempus eget diam nisi sit tellus, tincidunt dolor volutpat lobortis lorem, molestie ante elit et sed eget. Nibh lorem eget ante lorem mauris nunc pulvinar tellus nunc pulvinar volutpat nibh tempus felis praesent donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id mi erat eget tincidunt sed eget ante aliquam adipiscing mi donec nonummy diam magna consectetur sem dolore amet, diam. Consectetur non lobortis, feugiat id massa pulvinar id nibh lorem mauris ante aliquam adipiscing diam congue pharetra, non ut pulvinar. Euismod laoreet sed proin aliquam adipiscing, aliquet donec, amet diam ac at proin ac adipiscing praesent donec nonummy diam congue. Pharetra tellus massa sed elit et magna, consectetur sem, nisi euismod tincidunt, dolor volutpat lobortis ipsum felis mi erat elit. Et ac at praesent donec amet ullamcorper congue pharetra non nunc pulvinar, id laoreet at aliquet dolore amet ullamcorper congue. Pharetra volutpat ut feugiat molestie mi erat elit et, ac at proin, aliquam, nonummy ullamcorper congue pharetra non nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem at praesent dolore pharetra volutpat, massa tempus adipiscing praesent magna, pharetra tellus nunc, nonummy diam ut sit aliquet dolore pulvinar, volutpat nibh lorem mauris, ante tempus elit et. Magna consectetur sem ut sit ullamcorper congue sed volutpat tempus adipiscing praesent magna consectetur non ut pulvinar tellus nunc dolor volutpat, tincidunt dolor molestie massa feugiat id mi erat at. Sem nisi pulvinar euismod tincidunt dolor ante, donec, nonummy praesent, donec nonummy et magna consectetur aliquet nisi turpis praesent dolore pharetra volutpat, ut, feugiat molestie laoreet erat elit nibh, sit. Euismod tincidunt pulvinar volutpat lobortis, feugiat molestie ante tempus felis diam magna consectetur sem aliquam adipiscing aliquet dolore pharetra non ut feugiat molestie laoreet sed elit, magna sit tellus nunc. Dolor eget lobortis lorem mauris ante, erat elit, et congue pharetra tellus laoreet pulvinar id laoreet lorem mauris nibh feugiat mauris ante, tempus sem, ut turpis tellus dolore amet euismod. Lobortis feugiat mauris ante tempus, elit et, ac consectetur proin nisi turpis aliquet laoreet erat nonummy et, magna turpis aliquet nisi adipiscing aliquet dolore amet sem ut turpis tellus dolore. Pulvinar euismod tincidunt sed mauris ante, tempus id laoreet nonummy sem nisi turpis aliquet nunc amet euismod tincidunt lorem, volutpat lobortis feugiat tellus massa ipsum id nibh lorem mauris ante. Aliquam amet non ut sit non pulvinar euismod tincidunt dolor volutpat tincidunt dolor volutpat lobortis sit tellus nunc pulvinar, euismod nibh lorem mauris ante tempus felis mi sed eget nibh. Lorem mauris ante amet ullamcorper magna pharetra non lobortis, feugiat, id laoreet sed eget et ac turpis aliquet congue pharetra non congue pharetra non massa pulvinar euismod tincidunt sed volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna dolor volutpat ante erat nonummy diam congue, non ut amet ullamcorper congue pharetra eget nibh lorem mauris ante, tempus felis. Nibh ac at proin aliquam adipiscing aliquet dolore nonummy et magna, consectetur aliquet, ipsum eget nibh ac at proin aliquam, nonummy. Ullamcorper ut feugiat molestie nunc pulvinar, tellus nunc, pulvinar euismod lobortis dolor volutpat lobortis ipsum molestie sed elit et ac at. Ante, aliquam adipiscing praesent donec nonummy et, ac at ante aliquam felis praesent, erat elit et magna consectetur sem erat eget. Et aliquam, adipiscing praesent donec nonummy praesent, donec nonummy sem, nisi turpis, aliquet dolore amet, diam congue pharetra non lobortis feugiat. Molestie laoreet sed elit aliquam adipiscing praesent dolore pharetra non ut pharetra tellus massa ipsum, euismod tincidunt dolor volutpat nibh feugiat. Mauris mi dolore, nonummy sem ut turpis aliquet nunc eget, nibh lorem at, proin aliquam nonummy diam magna consectetur sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet euismod lobortis, amet euismod lobortis feugiat molestie ante aliquam amet, ullamcorper. Congue consectetur non, nunc ipsum eget nibh lorem at proin aliquam, felis. Mi tempus felis nisi turpis sem nisi, turpis ullamcorper, tincidunt dolor volutpat. Lobortis ipsum id laoreet sed elit nibh lorem mauris ante tempus adipiscing. Praesent donec nonummy et consectetur sem dolore turpis ullamcorper tincidunt pharetra, volutpat. Lobortis feugiat adipiscing ullamcorper, congue pharetra sem nisi turpis aliquet dolore pulvinar. Volutpat lobortis lorem mi donec nonummy diam ac at proin aliquam adipiscing. Praesent donec nonummy praesent ac consectetur non massa, pulvinar euismod tincidunt sed. Eget ante tempus adipiscing ullamcorper congue volutpat lobortis feugiat tellus dolore, pulvinar. Id nibh lorem, mauris ante tempus felis, laoreet sed id laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna pharetra volutpat massa feugiat id laoreet sed volutpat nibh lorem mauris ante. Aliquam adipiscing praesent erat elit diam aliquam adipiscing dolore amet, ullamcorper tincidunt pharetra, volutpat. Lobortis ipsum id laoreet sed elit et, ac at proin, tempus adipiscing diam, ac. Pharetra non, nunc pulvinar nibh lorem mauris proin, aliquam nonummy praesent magna consectetur diam. Nisi turpis aliquet dolore turpis praesent dolore amet diam magna sit tellus nunc pulvinar. Id, laoreet lorem aliquet dolore amet euismod lobortis feugiat molestie massa ipsum felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam turpis aliquet pharetra volutpat nibh tempus felis laoreet erat elit nibh, lorem at sem dolore amet ullamcorper tincidunt dolor volutpat massa feugiat molestie, laoreet erat, elit, nisi. Sit, at, molestie praesent lobortis tincidunt nisi tempus nonummy molestie praesent tincidunt feugiat felis aliquet lobortis ac turpis eget molestie diam, lobortis tempus amet ante donec amet eget. Praesent laoreet nisi magna dolor mauris ullamcorper nibh, dolore magna feugiat id et lobortis tempus nonummy eget tellus nibh aliquam nonummy tellus mi tincidunt aliquam sed consectetur euismod. Diam, ullamcorper sem laoreet lobortis congue nisi sed pharetra adipiscing eget, aliquet, nibh nunc magna tempus, dolor sit nonummy praesent nibh nunc erat sit elit molestie ullamcorper nibh. Nisi sed sit felis euismod ante tincidunt nisi tempus feugiat, turpis at felis, molestie euismod proin laoreet, ipsum dolor sit elit non laoreet congue aliquam sed turpis consectetur. Felis eget sem mi sed elit et aliquam turpis praesent donec, amet ullamcorper tincidunt pharetra non nibh lorem mauris, praesent donec elit diam magna turpis aliquet dolore turpis. Euismod aliquet laoreet congue, ipsum pharetra adipiscing id proin ut ipsum non mi congue feugiat mauris praesent congue, dolor mauris aliquet proin mi massa congue dolor molestie praesent. Tincidunt nisi, sed sit amet at, euismod laoreet magna consectetur dolore pulvinar euismod congue consectetur sem nisi turpis aliquet dolore turpis praesent donec nonummy praesent congue consectetur non. Ut sed elit diam, magna at proin tempus felis tempus felis laoreet sed elit et, aliquam adipiscing proin aliquam adipiscing et, magna consectetur sem ut pulvinar euismod nunc. Dolor eget, nibh lorem molestie nunc sit tellus pulvinar euismod lobortis lorem, mauris ante erat elit mi sed eget et ac mauris proin dolore nonummy ullamcorper magna, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis mi, magna sit tellus, nunc ipsum eget nibh lorem eget proin donec praesent donec nonummy et ac, at proin aliquam, adipiscing diam congue consectetur non ut. Sit molestie laoreet ipsum, id laoreet ac at ante tempus felis praesent nonummy diam nisi consectetur aliquet donec nonummy ullamcorper donec nonummy et erat at et ac adipiscing. Praesent dolore, amet non ut sit tellus nunc pulvinar, dolore pulvinar volutpat lobortis feugiat mauris massa tempus id laoreet sed eget nibh feugiat mauris ante tempus elit mi. Ac, pharetra non nunc tellus tincidunt sed mauris ante aliquam felis praesent erat elit, diam magna at proin aliquam adipiscing, aliquet dolore amet ullamcorper, congue pharetra non nunc. Ipsum eget nibh mauris ante aliquam nonummy praesent donec nonummy diam ac at proin aliquam adipiscing aliquet dolore amet ullamcorper congue sit molestie nunc ipsum eget nibh lorem. At proin amet ullamcorper ut sit tellus nunc ipsum euismod, tincidunt sed eget, lobortis feugiat molestie ante ipsum id laoreet sed at ut, pulvinar tellus congue amet non. Ut feugiat molestie, massa tempus felis et erat at proin nisi adipiscing praesent donec elit diam congue sit molestie massa ipsum laoreet lorem mauris nibh lorem mauris mi. Erat felis, nibh lorem mauris nibh lorem molestie massa ipsum molestie massa pulvinar euismod, lobortis dolor molestie ante tempus, felis donec elit et ac at praesent dolore, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, lobortis feugiat massa dolor eget nibh lorem, mauris. Ante aliquam nonummy diam magna pharetra sem nisi turpis. Tellus dolore amet ullamcorper, congue dolor, felis ullamcorper congue. Dolor massa, tempus felis laoreet erat eget, nibh sed. Mauris, proin, donec adipiscing praesent donec nonummy diam magna. Turpis aliquet dolore pulvinar ullamcorper congue pharetra lobortis feugiat. Molestie massa ipsum id lobortis lorem volutpat lobortis sit. Molestie, massa, ipsum eget nibh ac at proin aliquam. Adipiscing diam lobortis molestie mi, erat, nonummy ullamcorper, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet id, nibh lorem adipiscing praesent nunc pharetra volutpat lobortis adipiscing. Diam, congue pharetra volutpat lobortis ipsum id tincidunt dolor volutpat lobortis. Lorem mauris ante ipsum molestie laoreet, sed eget et ac, at. Proin donec nonummy, congue dolor tellus ut, sit tellus nunc pulvinar. Euismod lobortis feugiat mauris ante, tempus elit ullamcorper congue pharetra tellus. Massa sed elit et ac at dolore amet, ullamcorper magna, consectetur. Volutpat massa feugiat id massa dolor volutpat nibh lorem at proin. Aliquam adipiscing praesent erat elit et ac, id laoreet dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis feugiat id laoreet erat at proin, aliquam, turpis aliquet dolore non ut sit molestie massa. Ipsum eget et lorem mauris ante, lorem felis ante tempus, elit et ac consectetur sem nisi. Pulvinar ullamcorper congue pharetra volutpat aliquam adipiscing diam ut sit tellus, massa pulvinar euismod tincidunt sed. Eget lobortis dolor mauris mi, erat, elit mi ac elit nibh lorem mauris massa adipiscing praesent. Donec consectetur non nunc pulvinar id laoreet, sed eget ante tempus adipiscing praesent erat nonummy, sem. Nisi, sit molestie, massa ipsum et aliquam at proin aliquam adipiscing, diam magna consectetur sem, nisi. Pulvinar euismod nunc, pulvinar volutpat lobortis dolor non ut feugiat tellus massa pulvinar eget, nibh lorem. Praesent dolore amet non ut sit tellus nunc pulvinar tellus, dolore amet diam magna pharetra sem. Ut sit tellus nunc pulvinar euismod tincidunt pharetra non ut, sit mi erat elit nibh ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis praesent donec consectetur sem nisi. Turpis tellus tincidunt elit proin dolore. Pulvinar id laoreet sed eget massa. Ipsum id laoreet erat elit et. Ac turpis tellus nunc pulvinar ullamcorper. Congue pharetra non ut tellus dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet non ut sit, tellus massa sed eget nibh ac at proin tempus felis. Praesent magna sem ut feugiat felis, laoreet sed eget nibh lorem mauris ante tempus. Adipiscing diam, magna consectetur sem ut, turpis, praesent aliquam adipiscing mi tempus elit et. At aliquet nunc pulvinar ullamcorper congue pharetra, volutpat massa ipsum, id laoreet erat at. Et nisi adipiscing praesent donec amet ullamcorper congue pharetra sem pulvinar, euismod laoreet dolor. Volutpat nibh ac at praesent donec nonummy, diam magna consectetur sem, nisi, turpis aliquet. Donec nonummy praesent magna pharetra sem sit, id laoreet dolor volutpat tincidunt feugiat molestie. Massa tempus elit mi, erat, eget nibh lorem eget nibh tempus felis praesent donec. Nonummy sem magna consectetur aliquam, adipiscing aliquet dolore nonummy diam magna turpis aliquet dolore. Pulvinar euismod tincidunt dolor volutpat ut sit non ut sit euismod tincidunt dolor eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit et erat at proin ac, at praesent aliquam adipiscing, mi ac consectetur sem ut turpis et nisi, turpis euismod, tincidunt sed eget lobortis feugiat. Molestie massa tempus felis laoreet ipsum volutpat lobortis feugiat non lobortis feugiat molestie nunc pulvinar, nibh sed, eget nibh tempus felis mi erat elit et ac. Elit proin aliquam, adipiscing praesent donec amet ullamcorper congue feugiat tellus massa ipsum id, nibh at proin aliquam nonummy diam magna nonummy, et ac consectetur sem. Nunc dolor volutpat nibh lorem at ante tempus adipiscing et erat elit nibh sit aliquet donec nonummy diam congue consectetur sem ut, pulvinar euismod tincidunt pulvinar. Volutpat nibh ac at proin tempus elit et, ac elit et ac at proin adipiscing diam magna pharetra sem ut turpis, tellus nunc pulvinar eget nibh. Feugiat mauris mi donec nonummy ullamcorper congue, pharetra non nunc ipsum id nibh lorem ante aliquam mauris massa, ipsum, id laoreet sed mauris ante tempus adipiscing. Aliquet dolore pharetra non, ut sit molestie laoreet, consectetur tellus nunc pulvinar id laoreet sed volutpat lobortis feugiat molestie ut sit tellus dolore amet ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet dolore amet euismod tincidunt dolor, volutpat lobortis feugiat molestie massa ipsum id tincidunt lorem mauris proin aliquam turpis aliquet amet sem lobortis ipsum molestie massa. Ipsum id laoreet, lorem mauris nibh ipsum, felis laoreet sed id nibh ac consectetur tellus nunc pulvinar euismod lobortis molestie lobortis feugiat molestie laoreet ipsum eget. Et ac at proin, aliquam nonummy diam donec nonummy diam magna consectetur sem aliquam amet, ullamcorper congue dolor volutpat lobortis, elit et magna pharetra molestie massa. Ipsum id laoreet sed mauris ante aliquam adipiscing praesent erat nonummy sem ut sit euismod nunc pulvinar lobortis feugiat molestie massa ipsum felis mi sed, eget. Nibh ac adipiscing praesent congue amet ullamcorper congue sit molestie nunc, ipsum id mi ac at, proin nisi, aliquet dolore amet non congue feugiat, tellus laoreet. Ipsum id laoreet dolor non lobortis feugiat molestie massa pulvinar id laoreet lorem mauris ante tempus felis mi tempus et magna pharetra aliquet dolore pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy praesent congue pharetra non ut turpis aliquet nisi amet aliquet congue pharetra non ut consectetur, sem dolore pulvinar. Id nibh ac at praesent nonummy praesent magna consectetur non mi, lobortis aliquam dolor consectetur id et nisi feugiat felis. Ullamcorper ante tincidunt, ac ipsum elit molestie non lobortis aliquam mauris tellus laoreet dolor euismod lobortis feugiat, mauris ante erat. Nonummy, diam magna pharetra, sem nisi turpis aliquet congue pharetra non ut pharetra, sem ut sit nunc pulvinar mauris proin. Nisi pulvinar volutpat lobortis feugiat molestie ante tempus felis mi erat elit nibh ac, at proin donec nonummy ullamcorper lobortis. Tellus massa pulvinar euismod laoreet erat, eget nibh feugiat molestie massa feugiat molestie massa, ipsum id nibh lorem mauris, praesent. Donec amet ullamcorper ut, sit tellus pulvinar, id laoreet sed eget, ante, tempus felis mi donec nonummy et magna at. Sem nisi turpis ullamcorper tincidunt pharetra volutpat ut pharetra non nunc ipsum id, sed eget ante nisi turpis, praesent erat. Nonummy diam nisi at sem aliquam turpis aliquet congue pharetra volutpat lobortis feugiat diam, magna consectetur tellus massa ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sem nisi turpis aliquet dolore ullamcorper congue pharetra non lobortis feugiat tellus nunc pulvinar euismod tincidunt sed eget ante, tempus felis ante erat, nibh. Nunc magna turpis aliquet nunc pulvinar et ac at mi donec nonummy ullamcorper ut, feugiat, molestie nunc pulvinar id tincidunt dolor eget ut feugiat, molestie. Massa tempus felis mi erat at nisi turpis aliquet, dolore amet ullamcorper ut pharetra sem nisi turpis aliquet dolore amet diam donec nonummy sem nunc. Pulvinar id tincidunt sed volutpat aliquam adipiscing praesent donec amet ullamcorper congue consectetur non nunc pulvinar euismod tincidunt dolor non lobortis feugiat molestie massa ipsum. Eget et ac mauris ante tempus aliquet dolore pharetra non lobortis ipsum, id laoreet ipsum id laoreet lorem mauris proin aliquam nonummy diam magna consectetur. Sem ut, turpis aliquet nunc amet ullamcorper tincidunt molestie ante ipsum elit diam congue pharetra non ut sit ullamcorper dolore dolor, non nibh lorem felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris ante tempus adipiscing mi erat nonummy diam magna, consectetur non dolore amet ullamcorper congue pharetra non ut feugiat, molestie ante tempus molestie ante ipsum. Felis mi erat, elit et ac at, mi tempus elit et, erat, at proin aliquam adipiscing praesent, nunc dolor eget nibh tempus praesent magna consectetur. Volutpat ante, erat elit et magna, consectetur proin aliquam, adipiscing praesent donec adipiscing praesent donec consectetur non nisi pulvinar, euismod tincidunt dolor euismod tincidunt volutpat. Massa tempus elit mi erat eget, nibh lorem mauris massa feugiat molestie massa ipsum id laoreet lorem mauris ante, aliquam nonummy praesent sit mauris, mi. Erat elit et magna consectetur, sem dolore pulvinar euismod tincidunt feugiat, mauris ante aliquam adipiscing praesent erat elit et, lorem mauris proin, aliquam adipiscing congue. Pharetra non lobortis feugiat, tellus tincidunt dolor volutpat nibh feugiat mauris, ante ipsum, felis mi donec elit proin nisi turpis aliquet tincidunt dolor volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing praesent dolore, pharetra volutpat lobortis ipsum id mi erat elit et turpis aliquet, nunc pulvinar euismod congue feugiat molestie ante ipsum id laoreet erat eget nibh lorem molestie. Lobortis tempus id laoreet sed eget nibh ac at donec, adipiscing diam congue pharetra non ut turpis tellus tincidunt dolor volutpat tincidunt, feugiat molestie lobortis ipsum felis mi sed elit. Nibh lorem at proin nonummy diam magna consectetur non ut sit tellus, nunc pulvinar ullamcorper congue pharetra, sem nisi feugiat molestie massa ipsum id nibh, ac at congue dolor non. Lobortis, lorem felis, praesent, erat nonummy diam ac mauris ante tempus adipiscing, mi erat nonummy ullamcorper congue turpis aliquet nunc pulvinar, id, laoreet lorem proin aliquam felis mi erat eget. Et magna turpis aliquet nisi amet aliquet congue dolor molestie lobortis ipsum felis mi ac consectetur sem nisi turpis praesent donec diam magna consectetur, non nisi turpis aliquet dolore turpis. Praesent donec pharetra, non massa tempus elit, diam ut sit tellus ipsum id nibh lorem mauris ante lorem felis ante ipsum id laoreet sed eget nibh tempus mauris mi erat. Elit diam magna consectetur aliquet dolore amet, ullamcorper, dolor volutpat, nibh lorem mauris mi erat nonummy sem ut sit aliquet nunc pulvinar euismod tincidunt pharetra non ut feugiat, molestie, massa. Sed elit et aliquam adipiscing, dolore pharetra non lobortis lorem molestie massa pulvinar id tincidunt erat elit proin tempus adipiscing praesent erat elit diam magna at proin aliquam adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus felis ante erat consectetur sem nisi turpis sem aliquam adipiscing lobortis dolor volutpat massa ipsum felis mi ac consectetur sem aliquam adipiscing. Aliquet nunc dolor euismod ut sit tellus ut sit tellus nunc dolor volutpat nibh, mauris ante tempus elit et erat at et ac. At proin donec nonummy diam magna consectetur diam, magna at sem aliquam felis mi tempus felis ut sit tellus dolore turpis, praesent dolore. Amet ullamcorper congue pharetra non ut pulvinar euismod tincidunt lorem eget ante tempus adipiscing diam congue non ut sit aliquet dolore amet ullamcorper. Congue pharetra ullamcorper congue consectetur, sem nisi turpis euismod nunc pulvinar ullamcorper congue pharetra non nunc pulvinar euismod tincidunt dolor, lobortis lorem mauris. Ante erat nonummy ullamcorper congue pharetra sem nisi turpis tellus dolore sed sit, elit molestie praesent congue feugiat felis aliquet lobortis aliquam erat. Feugiat ullamcorper ut feugiat molestie massa ipsum id laoreet dolor volutpat lobortis, lorem molestie, ante magna nonummy sem nisi turpis aliquet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id nibh lorem, mauris proin aliquam adipiscing diam magna consectetur nunc pulvinar euismod nunc, pulvinar euismod tincidunt dolor, molestie massa tempus. Id et ac at sem aliquam, adipiscing praesent dolore nonummy ullamcorper, congue sit, molestie massa euismod tincidunt sed volutpat tincidunt, dolor. Volutpat, massa tempus felis et ac, consectetur proin aliquam adipiscing aliquet dolore pharetra volutpat ut feugiat, tellus, nunc sit tincidunt dolor. Volutpat nibh feugiat mauris massa ipsum id laoreet, erat elit nibh lorem mauris, massa ipsum id mi erat eget nibh lorem. Praesent donec nonummy diam magna consectetur diam nisi at sem nisi amet ullamcorper tincidunt dolor molestie lobortis feugiat molestie massa, ipsum. Id laoreet, pharetra volutpat ante, lorem mi donec nonummy diam ac consectetur sem nisi adipiscing praesent dolore nonummy, sem magna turpis. Tellus, nunc pulvinar ullamcorper congue dolor eget massa ipsum, id laoreet erat diam magna consectetur sem dolore turpis ullamcorper congue consectetur. Non massa ipsum id laoreet sed id, laoreet dolor volutpat ut molestie massa, ipsum id, laoreet dolor eget ante tempus, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ac at nisi turpis ullamcorper, lobortis lorem molestie lobortis, ipsum, id laoreet erat elit diam nisi turpis tellus tincidunt sed volutpat, lobortis feugiat. Molestie massa tempus, id erat at sem nisi turpis ullamcorper, congue sed eget ante aliquam felis diam donec nonummy et ac at proin nisi. Amet ullamcorper congue pharetra volutpat ipsum id massa, ipsum euismod tincidunt pharetra non lobortis ipsum id mi sed elit nibh lorem eget nibh tempus. Mauris ante erat felis laoreet erat eget mi sed elit et ac adipiscing praesent dolore, pharetra non ut feugiat, molestie nunc ipsum euismod nibh. Lorem, mauris nibh tempus adipiscing mi erat volutpat lobortis tempus id laoreet sed eget nibh lorem mauris ante tempus felis mi erat nonummy diam. Magna, consectetur sem nisi adipiscing praesent donec, nonummy sem nisi id laoreet sed elit et aliquam adipiscing praesent donec, adipiscing praesent donec consectetur sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ullamcorper tincidunt feugiat mauris ante. Erat nonummy et ac elit proin. Ac turpis ullamcorper congue pharetra, volutpat. Nibh tempus, adipiscing mi, erat elit. Et consectetur sem nisi adipiscing praesent. Donec, nonummy diam magna consectetur sem. Dolore pulvinar euismod, congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing praesent, dolore dolor, volutpat lobortis dolor volutpat massa ipsum euismod tincidunt sed elit nibh. Lorem adipiscing praesent donec amet diam magna pharetra sem sit tellus nunc dolor mauris, ante. Tempus adipiscing ullamcorper congue feugiat molestie mi tempus elit diam magna at aliquet nunc pulvinar. Euismod tincidunt dolor mauris tempus felis mi donec nonummy et ac at proin nisi, turpis. Aliquet congue pharetra non ut sit molestie, massa ipsum id et aliquam turpis tellus congue. Dolor proin aliquam, nonummy diam magna pharetra non ut sit tellus nunc dolor euismod lobortis. Feugiat volutpat, lobortis ipsum felis mi erat eget et turpis, aliquet nunc dolor volutpat, tincidunt. Dolor tellus nunc ipsum id, mi erat at proin aliquam turpis euismod tincidunt dolor volutpat. Ut feugiat molestie laoreet sed nonummy nisi sit tellus tincidunt dolor volutpat lobortis pharetra volutpat. Ante erat elit et ac at proin aliquam adipiscing aliquet donec amet ullamcorper magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac consectetur tellus, nunc amet volutpat nibh feugiat. Molestie ante erat nonummy diam magna consectetur nunc ipsum. Eget et ac at ante tempus adipiscing diam congue. Consectetur sem ut sit tellus nunc pulvinar volutpat lobortis. Dolor non lobortis ipsum et magna consectetur sem ut. Sit tellus nunc pulvinar non congue consectetur sem magna. Sit tellus nunc dolor, euismod lobortis feugiat mauris ante. Tempus felis et, pharetra non ut pulvinar, euismod congue. Dolor eget, nibh lorem mauris ante erat felis et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing praesent, congue, pharetra non lobortis feugiat id massa ipsum id. Tincidunt dolor volutpat lobortis sit, non, ut pulvinar euismod, tincidunt sed. At nisi turpis ullamcorper tincidunt pharetra ullamcorper congue consectetur sem nisi. Amet ullamcorper congue pharetra volutpat ut sit molestie nunc, turpis praesent. Dolore pulvinar euismod, lobortis adipiscing praesent erat elit et magna consectetur. Sem, dolore turpis euismod tincidunt sed, mauris ante tempus, felis mi. Donec consectetur non ut, pulvinar tincidunt sed volutpat, nibh lorem molestie. Ante tempus elit et ac consectetur, sem ut amet aliquet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris mi donec nonummy, diam nisi, sit, euismod tincidunt sed eget nibh lorem, at proin aliquam nonummy, ullamcorper congue, sit molestie. Laoreet sed elit ac consectetur aliquet dolore amet ullamcorper tincidunt pharetra non lobortis sit molestie laoreet sed eget et aliquam turpis. Praesent donec amet, ullamcorper congue sit tellus, sed elit diam magna turpis aliquet nisi amet, ullamcorper, congue pharetra volutpat ut sit. Molestie laoreet sed elit nibh ac adipiscing praesent dolore nonummy diam magna pharetra ac consectetur, sem dolore pulvinar volutpat nibh, lorem. Mauris ante ipsum id mi erat elit proin, aliquam nibh sed eget lobortis lorem, mauris ante, sed elit et ac mauris. Ante tempus felis mi tempus elit diam ac elit et ac adipiscing proin tempus nonummy magna pharetra non, ut sit tellus. Tincidunt lorem mauris ante, aliquam adipiscing aliquet, donec consectetur sem magna, consectetur sem nisi adipiscing praesent dolore amet diam congue tellus. Nunc ipsum id laoreet, sed mauris nibh lorem mauris ante erat felis, mi erat elit et ac at ante felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi turpis tellus nunc pulvinar euismod ut pharetra tellus massa ipsum, mi ac at proin aliquam turpis ullamcorper, congue pharetra non lobortis, sit molestie. Nunc pulvinar tellus tincidunt dolor, volutpat nibh tempus felis mi erat elit sem turpis tellus nunc dolor volutpat tincidunt dolor volutpat lobortis ipsum, felis. Massa ipsum id laoreet sed eget ante lorem molestie mi erat elit diam magna sem nisi turpis praesent donec elit diam magna consectetur et. Ac turpis aliquet congue pharetra non lobortis sit tellus massa pulvinar euismod laoreet eget ante aliquam, turpis, aliquet dolore pharetra volutpat lobortis sit aliquet. Nunc pulvinar euismod laoreet sed volutpat lobortis feugiat mauris laoreet erat elit nibh sed eget ante amet euismod lobortis feugiat, molestie mi erat nonummy. Non ut feugiat, molestie massa sed eget, nibh lorem, mauris proin tempus felis mi erat elit et lorem at nisi amet aliquet donec nonummy. Diam magna consectetur sem nisi turpis ullamcorper, congue pharetra non lobortis feugiat tellus nunc ipsum nibh sed eget nibh tempus mauris ante tempus elit. Et magna turpis tellus massa ipsum euismod laoreet sed at proin donec nonummy, ullamcorper, congue pharetra non sit tellus nunc dolor volutpat nibh feugiat. Molestie ante tempus, felis mi, erat elit et lorem at proin donec amet ullamcorper congue pharetra sem nisi sit aliquet pulvinar euismod tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris proin donec nonummy diam congue non ut pulvinar euismod laoreet dolor volutpat lobortis, lorem mauris ante ipsum id mi erat elit. Nibh aliquam at praesent donec amet, diam magna at proin turpis praesent donec adipiscing diam magna consectetur sem ut sit tellus, dolore amet. Euismod lobortis feugiat, mauris ante tempus, id laoreet sed elit nibh ac proin donec adipiscing diam magna consectetur, diam ac at, proin nisi. Turpis ullamcorper congue pharetra non ut sit tellus nunc pulvinar id nibh lorem massa tempus felis praesent magna elit nibh, lorem at proin. Aliquam adipiscing mi erat elit, et ac at sem nisi adipiscing praesent erat amet non lobortis id mi erat elit nibh, lorem, mauris. Ante aliquam, nonummy ullamcorper tincidunt dolor sem ut turpis aliquet dolore amet euismod tincidunt pharetra volutpat massa ipsum id laoreet, eget et ac. At praesent aliquam adipiscing diam donec consectetur, sem ut sit euismod nunc pulvinar volutpat nibh feugiat mauris proin aliquam adipiscing mi ac consectetur. Ut ipsum eget et, ac at aliquet, dolore dolor volutpat, tincidunt dolor non ut turpis tellus nunc, pulvinar volutpat lobortis molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt, sed eget ante lorem adipiscing, praesent magna sem nisi turpis aliquet nunc pulvinar euismod tincidunt. Dolor molestie massa, ipsum id laoreet, sed id laoreet sed mauris ante tempus mauris, ante tempus, elit. Diam, at sem nisi turpis aliquet donec nonummy diam magna consectetur et ac molestie ante ipsum id. Mi erat nonummy diam ac consectetur sem dolore amet tincidunt dolor, volutpat massa tempus, felis mi ac. At sem nisi amet ullamcorper congue, pharetra eget nibh tempus felis mi erat, nonummy sem turpis aliquet. Nunc pulvinar euismod tincidunt dolor molestie lobortis feugiat id laoreet ipsum eget nibh lorem eget proin tempus. Adipiscing praesent donec elit nibh ac, at sem ac at, sem nisi turpis ullamcorper congue dolor volutpat. Lobortis feugiat molestie massa, ipsum eget nibh lorem mauris ante aliquam adipiscing praesent donec consectetur sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At proin nisi amet euismod tincidunt. Dolor volutpat massa sit id laoreet. Sed eget ac adipiscing praesent donec. Nonummy ullamcorper tincidunt feugiat mauris ante. Ipsum felis mi erat at proin. Aliquam adipiscing praesent donec nonummy diam. Magna pharetra massa ipsum euismod nibh. Lorem, at proin, aliquam adipiscing praesent. Magna dolor volutpat ut turpis tellus. Massa sed, eget, et ac mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante donec nonummy diam magna consectetur tellus nunc sit tellus, nunc dolor elit nibh lorem at proin erat felis laoreet sed molestie, massa erat eget et magna at. Praesent aliquam nonummy praesent donec nonummy et ac turpis aliquet dolore turpis aliquet congue, pharetra ullamcorper congue felis praesent donec nonummy proin aliquam turpis praesent donec nonummy, praesent. Magna pharetra non nisi, sit tellus nunc dolor, volutpat lobortis feugiat molestie massa ipsum id laoreet eget et, ac turpis praesent, dolore pulvinar euismod tincidunt dolor tellus massa. Ipsum nonummy diam magna, consectetur aliquet dolore adipiscing proin aliquam elit ac at sem, ut, pulvinar tellus dolore amet diam donec consectetur sem nisi turpis aliquet dolore amet. Ullamcorper congue pharetra non ut sit molestie laoreet ipsum eget ac adipiscing praesent donec, nonummy diam magna consectetur diam magna consectetur sem, aliquam turpis aliquet congue pharetra non. Lobortis feugiat molestie, massa ipsum id laoreet lorem eget donec amet diam congue pharetra tellus ut ipsum id laoreet sed, mauris sem aliquam turpis mi donec amet ullamcorper. Magna molestie laoreet sed eget et lorem mauris, ante tempus adipiscing praesent donec nonummy diam nisi turpis sem dolore turpis aliquet tincidunt dolor non ut sit molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna consectetur tellus nunc pulvinar id et ac at proin nisi turpis congue pharetra non. Ut feugiat molestie mi erat at proin aliquam turpis aliquet dolore pharetra non lobortis lorem. Mauris massa ipsum id laoreet sed eget tempus felis, mi donec, amet ullamcorper congue pharetra. Aliquet dolore amet ullamcorper donec, nonummy ullamcorper congue pharetra tellus nunc sit tellus, tincidunt dolor. Volutpat nibh felis praesent, donec amet ullamcorper magna, consectetur tellus massa sed eget nibh lorem. Mauris nibh aliquam adipiscing diam magna nonummy diam magna consectetur dolore pulvinar euismod tincidunt dolor. Molestie lobortis ipsum felis laoreet sed elit et, sed mauris ante tempus felis mi donec. Nonummy sem nisi pulvinar, tellus tincidunt dolor sem nunc amet ullamcorper, dolore amet non ut. Feugiat id mi erat at, sem ut sit aliquet nunc dolor volutpat lobortis sit molestie. Massa erat elit magna turpis aliquet nunc amet volutpat tincidunt dolor volutpat massa ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lorem mauris tempus felis mi donec nonummy et ac consectetur, sem nisi, amet, euismod tincidunt dolor molestie massa aliquam, amet. Ullamcorper congue sit, molestie massa sed diam magna at sem nisi turpis praesent erat nonummy diam magna turpis aliquet laoreet sed. Elit proin aliquam turpis ullamcorper, laoreet, sed, eget nibh tempus praesent magna consectetur non nunc pulvinar id laoreet sed eget nibh. Ac adipiscing mi donec nonummy ullamcorper ut, feugiat molestie massa ipsum id nibh lorem at proin dolor eget nibh tempus, mauris. Mi erat felis et, ac at proin ac, at proin, aliquam adipiscing praesent donec elit, nibh ac at donec nonummy diam. Magna, pharetra volutpat ut sit tellus tincidunt, pulvinar euismod tincidunt pharetra non ut ipsum id laoreet pulvinar euismod tincidunt dolor non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit tellus nunc, dolor mauris, nibh tempus mauris massa, feugiat id laoreet sed. Volutpat, nibh lorem mauris dolor ipsum pharetra turpis elit, aliquet, tincidunt ac turpis. Molestie ullamcorper massa dolore sed adipiscing eget molestie praesent ut tempus nonummy ullamcorper. Tincidunt dolor diam magna consectetur sem nisi turpis aliquet nisi turpis aliquet donec. Amet diam magna pharetra sem nunc sit tellus tincidunt sed eget nibh lorem. Felis diam congue volutpat lobortis sit molestie massa ipsum eget et ac, adipiscing. Aliquet tincidunt pharetra eget nibh lorem mauris massa ipsum id laoreet, sed volutpat. Aliquam turpis ullamcorper tincidunt feugiat molestie massa ipsum molestie laoreet sed, eget, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet donec pharetra nunc ipsum felis et magna consectetur sem nisi amet ullamcorper congue, pharetra volutpat lobortis feugiat molestie massa sed id laoreet sed. Eget ante tempus mauris donec nonummy diam magna consectetur aliquet tincidunt sed eget proin aliquam at praesent donec nonummy ullamcorper magna, pharetra tellus nunc. Pulvinar euismod tincidunt sed eget tempus felis praesent erat elit mi sed eget nibh, lorem felis mi erat nonummy diam congue sit tellus nunc. Sed elit et ac at praesent, dolore amet, nibh lorem felis mi erat felis mi magna elit proin ac at proin aliquam, adipiscing et. Ac consectetur sem, nisi sit tellus dolore, mauris, ante aliquam nonummy, praesent magna consectetur, sem nisi sit molestie laoreet ipsum id lobortis lorem mauris. Proin aliquam nonummy diam donec elit diam magna turpis praesent amet ullamcorper congue dolor volutpat lobortis sit tellus nunc pulvinar, volutpat nibh lorem mauris. Ante aliquam adipiscing praesent donec nonummy et aliquam at proin tempus felis, mi consectetur volutpat lobortis pulvinar id et ac at proin nisi amet. Euismod nibh lorem at proin tempus felis massa ipsum diam nisi, turpis aliquet dolore amet diam congue, pharetra, non ut sit tellus massa ipsum. Id et lorem mauris, ante tempus felis mi erat elit et sit euismod, laoreet sed, at sem nisi amet ullamcorper dolore pharetra non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin aliquam, turpis tellus tincidunt pharetra ullamcorper congue sit molestie nunc pulvinar euismod, tincidunt dolor volutpat lobortis. Feugiat molestie lobortis ipsum id laoreet elit proin aliquam turpis aliquet, dolore amet diam donec nonummy diam magna. Turpis, aliquet nisi amet ullamcorper tincidunt dolor volutpat massa ipsum, id mi erat aliquet, nisi amet euismod laoreet. Sed eget, nibh aliquam felis mi sed elit et ac mauris ante nisi adipiscing aliquet dolore amet ullamcorper. Nisi consectetur sem turpis euismod laoreet sed eget ante aliquam adipiscing praesent donec elit et magna at proin. Lorem felis mi, erat nonummy diam nisi turpis aliquet pulvinar id nibh lorem eget ante tempus felis mi. Erat consectetur sem nisi consectetur sem nisi amet praesent, donec consectetur sem magna, turpis aliquet dolore turpis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sem, nisi sit, aliquet tincidunt sed eget nibh lorem felis praesent donec elit magna turpis tellus nunc dolor volutpat lobortis lorem mauris proin tempus felis mi erat. Elit diam nisi turpis aliquet donec nonummy diam magna pharetra, non lobortis consectetur sem lobortis ipsum, id laoreet ipsum id laoreet lorem mauris ante aliquam adipiscing diam magna. Consectetur non nisi sit, tellus nunc dolor eget nibh, mauris massa ipsum, id laoreet pulvinar euismod congue, pharetra volutpat ut sit tellus massa ipsum euismod nunc dolor, volutpat. Ut sit tellus massa id mi sed eget lobortis feugiat volutpat, massa, ipsum id laoreet erat elit et ac at proin aliquam adipiscing praesent erat nonummy diam magna. Consectetur aliquet dolore ullamcorper lobortis feugiat molestie ut sit tellus massa erat eget nibh lorem mauris ante ipsum, id laoreet ipsum eget et lorem eget nibh lorem mauris. Ante erat non ut sit molestie nunc ipsum id laoreet feugiat molestie massa ipsum molestie laoreet ipsum eget nibh lorem mauris, ante nonummy ullamcorper congue pharetra volutpat lobortis. Ipsum id mi erat consectetur proin aliquam adipiscing praesent donec nonummy diam, congue consectetur non ut turpis aliquet, donec nonummy diam pharetra sem ut turpis aliquet dolore, turpis. Ullamcorper congue dolor molestie massa ipsum, id laoreet erat, elit proin nisi sit tellus nunc pulvinar volutpat, tincidunt feugiat molestie tempus elit et erat elit proin aliquam adipiscing. Praesent dolore, amet non ut feugiat molestie, laoreet ipsum id nibh sed, mauris ante lorem, mauris mi donec elit ac at, proin ac adipiscing praesent donec nonummy ullamcorper. Congue pharetra, non ut sit tellus, nunc pulvinar non congue pharetra tellus nunc sit tellus tincidunt erat elit aliquam adipiscing praesent erat, elit mi erat eget nibh, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent donec, elit sem nisi turpis aliquet nisi turpis. Ullamcorper tincidunt, dolor volutpat lobortis feugiat id mi erat. Eget, proin nisi turpis praesent amet ullamcorper congue pharetra. Tellus massa tempus eget et nisi sit aliquet nunc. Pulvinar euismod lobortis lorem mauris ante erat elit mi. Erat elit et adipiscing aliquet, dolore pulvinar volutpat nibh. Tempus adipiscing diam, magna consectetur non ut sit tellus. Nunc pulvinar volutpat lobortis feugiat mauris ante tempus felis. Praesent congue tellus laoreet sed eget laoreet lorem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec elit diam nisi sit molestie erat, elit. Proin aliquam, turpis aliquet dolore, pharetra non ut sit. Non ut sit tellus nunc sed eget lobortis feugiat. Molestie ante tempus id erat eget nibh ac at. Proin donec nonummy diam congue, feugiat molestie nunc, ipsum. Eget et ac mauris ante tempus adipiscing praesent erat. Nonummy diam at, proin ac mauris ante ipsum felis. Mi donec consectetur sem ut pulvinar euismod tincidunt dolor. Volutpat lobortis feugiat molestie massa ipsum id mi sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et aliquam turpis ullamcorper, tincidunt lorem adipiscing proin dolore pulvinar euismod lobortis feugiat, molestie. Ante tempus mi sed eget et ac adipiscing aliquet dolore pharetra ullamcorper congue pharetra non. Ut sit, euismod laoreet sed eget nibh, tempus adipiscing praesent erat nonummy nisi turpis aliquet. Dolore turpis, ullamcorper tincidunt feugiat volutpat lobortis feugiat molestie massa sed, id laoreet dolor volutpat. Nibh lorem, molestie massa ipsum id mi, erat at nisi pulvinar euismod, congue pharetra volutpat. Lobortis ipsum felis, mi, magna at, proin, nisi turpis aliquet donec nonummy diam donec consectetur. Non ut euismod, tincidunt sed eget nibh, lorem molestie massa ipsum id laoreet ipsum id. Nibh lorem mauris, nibh tempus felis ante erat eget nibh, lorem mauris ante aliquam mi. Erat nonummy, et ac elit et lorem mauris ante tempus felis, laoreet erat elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing praesent magna consectetur sem ut pulvinar id mi ac. At sem dolore amet ullamcorper congue pharetra non ut feugiat. Id mi erat, et ac consectetur aliquet nunc dolor euismod. Tincidunt dolor mauris massa ipsum molestie, massa ipsum id nibh. Lorem mauris ante tempus felis mi donec nonummy nisi sit. Euismod laoreet lorem mauris, ante aliquam, adipiscing praesent donec, nonummy. Diam nisi consectetur sem, aliquam adipiscing praesent donec nonummy praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tellus laoreet sed volutpat lobortis lorem felis mi donec consectetur sem magna turpis aliquet nunc amet aliquet dolore pharetra lobortis feugiat molestie. Massa sed eget nibh lorem at proin lorem mauris ante erat elit et erat at proin ac amet ullamcorper tincidunt feugiat volutpat feugiat. Molestie massa pulvinar aliquet nunc pulvinar, euismod ut, sit non nunc, pulvinar euismod tincidunt, dolor volutpat, lobortis feugiat molestie massa tempus id massa. Ipsum euismod tincidunt eget ante tempus felis laoreet erat elit, diam ac at proin aliquam felis massa feugiat id, laoreet, erat elit et. Lorem at ante felis mi ac at sem nisi turpis tellus tincidunt pulvinar euismod, tincidunt, feugiat felis ante, tempus elit mi erat, at. Proin nisi turpis aliquet dolore nonummy diam pharetra non ut sit tellus nunc dolor, euismod congue, sit molestie, ante erat felis mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ipsum id laoreet erat, elit proin aliquam at, praesent donec, nonummy non lobortis pharetra non. Nunc pulvinar id laoreet sed, eget proin aliquam aliquet donec amet ullamcorper, congue pharetra tellus massa. Ipsum, id nibh lorem at proin aliquam adipiscing praesent erat elit diam magna turpis, aliquet, dolore. Pulvinar nibh nisi, amet euismod laoreet lorem mauris ante tempus id, massa ipsum euismod tincidunt dolor. Volutpat nibh lorem mauris mi ipsum id, laoreet sed eget lobortis dolor ante erat elit mi. Erat at proin ac at praesent, donec, pharetra non ut sit molestie, ante tempus felis mi. Ac consectetur, aliquet pulvinar euismod tincidunt dolor volutpat lobortis feugiat id massa, ipsum id laoreet sed. Eget ante tempus felis mi donec nonummy et ac at sem, nisi adipiscing molestie congue, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nibh lorem at proin aliquam nonummy ullamcorper magna consectetur sem nisi, proin aliquam felis ante ipsum id, mi. Erat, at sem nunc ipsum eget et ac at proin aliquam adipiscing mi sed elit, et magna turpis aliquet. Turpis euismod tincidunt pharetra, volutpat lobortis feugiat id laoreet sed elit et lorem mauris, ante ipsum felis laoreet erat. Elit et magna turpis tellus nunc ullamcorper, congue dolor molestie massa tempus id, laoreet erat at proin nisi turpis. Aliquet congue, pharetra volutpat lobortis lorem molestie massa ipsum id sed, eget nibh tempus adipiscing praesent donec elit diam. Magna consectetur, aliquet, nunc pulvinar euismod laoreet sed, volutpat lobortis pharetra non ut sit tellus dolore amet ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie tincidunt erat eget nibh, aliquam adipiscing, proin dolore pharetra ullamcorper congue consectetur aliquam turpis praesent dolore amet diam magna, consectetur sem ut sit. Tellus, tincidunt erat elit nibh lorem mauris proin aliquam adipiscing, diam, magna pharetra massa ipsum eget, nibh, lorem mauris ante tempus felis mi erat. Elit, non nisi turpis tellus nunc pulvinar ullamcorper congue pharetra non congue pharetra non nunc ipsum nibh ac, at praesent donec amet euismod congue. Pharetra non, lobortis ipsum id laoreet sed eget lobortis lorem mauris ante tempus id, laoreet at proin aliquam turpis aliquet dolore amet ullamcorper congue. Consectetur sem ut, sit euismod, tincidunt dolor volutpat lobortis feugiat mauris ante tempus felis, mi ac at proin sit tellus, nunc dolor euismod lobortis. Feugiat mauris ante ipsum felis mi erat, at proin nisi turpis praesent dolore amet diam ut feugiat id laoreet sed id lorem mauris ante. Aliquam adipiscing praesent donec nonummy diam, magna consectetur sem nisi amet ullamcorper nibh lorem mauris, ante tempus, mi donec elit nibh lorem at proin. Donec amet ullamcorper congue pharetra non nisi sit aliquet dolore pulvinar ullamcorper congue dolor volutpat lobortis sit tellus nunc pulvinar congue dolor, non ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis nibh lorem at proin nisi turpis dolore pharetra non lobortis feugiat id mi ac at proin aliquam. Turpis euismod nunc pulvinar volutpat lobortis sit non ut pulvinar euismod tincidunt sed eget, ac adipiscing aliquet erat felis. Et erat eget nibh sed eget, lobortis feugiat molestie massa ipsum eget nibh lorem mauris nibh lorem mauris ante. Tempus diam magna consectetur sem nisi turpis aliquet dolore nonummy diam magna consectetur non ut sit euismod laoreet lorem. At proin donec, amet, diam magna consectetur ut sit, tellus nunc pulvinar euismod lobortis dolor, non lobortis ipsum molestie. Laoreet erat elit et ac adipiscing, praesent donec, amet diam donec elit sem sit tellus nunc amet ullamcorper dolore. Pharetra ullamcorper ut feugiat tellus nunc pulvinar, id et lorem, eget nibh feugiat molestie massa ipsum id laoreet sed. Elit ante felis ante, erat elit mi, erat at sem nisi turpis ullamcorper dolore amet non lobortis lorem mauris. Massa tempus felis laoreet, dolor volutpat nibh lorem felis ante nonummy ullamcorper congue pharetra aliquet nisi amet, ullamcorper tincidunt. Dolor volutpat nibh feugiat molestie massa ipsum id laoreet sed eget feugiat molestie ante tempus elit mi ac, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet congue pharetra volutpat pharetra tellus nunc pulvinar euismod nunc pulvinar ullamcorper congue dolor volutpat lobortis pulvinar euismod tincidunt dolor eget nibh. Lorem at ante aliquam adipiscing diam, magna non nunc pulvinar eget nibh turpis tellus tincidunt sed eget, nibh lorem mauris proin aliquam. Elit et ac at proin aliquam adipiscing aliquet dolore amet congue pharetra non ut sit, tellus nunc dolor eget lobortis feugiat mauris. Mi donec nonummy diam congue pharetra tellus ut sit aliquet donec amet ut feugiat tellus massa ipsum felis laoreet, dolor euismod tincidunt. Dolor molestie ante, tempus id mi erat elit et lorem mauris massa tempus felis mi sed nibh, lorem, consectetur aliquet dolore amet. Ullamcorper congue consectetur sem, nisi sit tellus dolore amet ullamcorper congue pharetra non congue pharetra non, ut sit aliquet dolore, nonummy congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy diam magna turpis sem, dolore pulvinar aliquet congue amet, ullamcorper magna et aliquam adipiscing aliquet dolore amet ullamcorper congue pharetra sem nisi, turpis tellus, tincidunt sed eget ante. Aliquam adipiscing aliquet, dolore amet diam congue tellus, massa sed eget nibh lorem mauris ante, tempus felis mi erat felis et lorem mauris ante tempus felis mi donec nonummy et. Magna consectetur aliquet nisi euismod laoreet sed, mauris ante donec amet euismod ut pharetra non nunc sit tellus dolore amet ullamcorper congue dolor molestie massa feugiat molestie erat elit et. Ac adipiscing praesent donec amet non ut pharetra tellus, nunc pulvinar euismod tincidunt dolor elit lobortis lorem volutpat lobortis feugiat molestie massa ipsum id ac, turpis aliquet dolore amet ullamcorper. Congue pharetra non ut pulvinar euismod nunc pulvinar volutpat lobortis feugiat molestie, massa ipsum id massa ipsum eget nibh ac at dolore pharetra volutpat lobortis sit molestie nunc ipsum id. Laoreet lorem mauris ante aliquam pulvinar ullamcorper tincidunt dolor volutpat lobortis molestie laoreet erat elit nibh, sed mauris nibh lorem molestie massa sed id nibh lorem at proin nisi adipiscing. Praesent congue dolor volutpat ut sit tellus sed, eget nibh lorem mauris proin tempus felis laoreet erat, elit diam magna, turpis tellus nunc pulvinar euismod tincidunt dolor, non ut, feugiat. Id mi erat at aliquam turpis aliquet, dolore pharetra non lobortis feugiat molestie massa tempus eget laoreet sed eget ante lorem mauris massa ipsum felis mi erat elit et ac. At aliquam felis praesent donec, nonummy diam aliquam at proin donec adipiscing diam magna consectetur sem magna, consectetur sem nisi adipiscing aliquet dolore nonummy ullamcorper ut pharetra tellus pulvinar eget. Nibh ac at praesent, donec nonummy ullamcorper congue consectetur sem magna consectetur sem dolore amet aliquet congue pharetra non lobortis feugiat id laoreet sed eget, lorem mauris ante tempus mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ac turpis nunc, sed eget nibh feugiat mauris massa tempus felis laoreet, erat elit, et aliquam at ante tempus felis mi erat elit. Diam nisi consectetur dolore pulvinar ullamcorper tincidunt dolor volutpat massa, ipsum felis laoreet sed eget laoreet lorem mauris ante aliquam felis mi erat elit. Et ac at sem felis mi erat, elit diam ac consectetur sem nisi turpis, aliquet dolore amet diam ac consectetur sem nisi turpis aliquet. Donec pulvinar volutpat, tincidunt sit tellus nunc nonummy, sem ut sit molestie massa sed elit et aliquam adipiscing proin donec nonummy ullamcorper congue pharetra. Non massa pulvinar euismod nunc pulvinar volutpat feugiat mauris ante tempus elit et magna consectetur aliquet nisi amet ullamcorper congue pharetra non lobortis feugiat. Tellus massa ipsum id nibh lorem eget ante aliquam mi erat elit diam, magna turpis aliquet dolore amet praesent aliquam adipiscing et magna pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nisi turpis tellus tincidunt sed mauris nibh lorem felis praesent dolore amet diam magna, consectetur sem nisi amet aliquet tincidunt, pharetra, ullamcorper congue pharetra magna. Sit, euismod laoreet sed eget lobortis feugiat, mauris ante erat elit diam magna turpis aliquet, nisi amet euismod tincidunt dolor eget nibh ipsum id donec, pharetra. Non ut sit tellus tincidunt dolor volutpat nibh tempus adipiscing mi donec, nonummy non ante tempus adipiscing, mi erat eget et, lorem mauris, proin, aliquam diam. Congue pharetra non nisi consectetur aliquet nisi, adipiscing aliquet dolore nonummy diam magna consectetur sem, dolore amet ullamcorper congue amet volutpat nibh felis mi erat eget. Et, ac turpis tellus nunc, pulvinar euismod tincidunt dolor volutpat ut sit, aliquet nunc pulvinar euismod tincidunt dolor, eget ante, tempus felis laoreet consectetur sem ut. Turpis euismod laoreet sed eget nibh lorem mauris ante tempus felis mi erat, at proin aliquam adipiscing proin aliquam nonummy ullamcorper congue consectetur mi donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, dolore dolor eget et, ac mauris proin erat elit et sit tellus, ut sit tellus nunc dolor volutpat lobortis feugiat mauris, massa ipsum id tincidunt. Sed at proin aliquam adipiscing mi donec nonummy non ut molestie massa ipsum eget nibh lorem at proin aliquam adipiscing turpis nonummy mauris euismod tellus mi. Magna tempus felis mi sed elit et lorem, eget nunc dolor volutpat lobortis dolor molestie massa feugiat felis diam lobortis feugiat id laoreet, sed, eget nibh. Ac at proin aliquam nonummy diam magna tellus, nunc pulvinar euismod laoreet sed elit et ac adipiscing praesent donec elit et, ac consectetur non ut pulvinar. Euismod laoreet sed mauris ante, tempus felis lobortis dolor molestie massa tempus elit diam, magna consectetur sem nisi amet euismod tincidunt dolor non ut feugiat tellus. Massa sed id nibh ac mauris ante aliquam ullamcorper magna consectetur sem, ut feugiat id laoreet ipsum euismod tincidunt lorem mauris ante ipsum id laoreet, sed. Elit diam magna turpis tellus nunc pulvinar euismod tincidunt felis mi erat felis mi ac elit, proin aliquam adipiscing proin aliquam nonummy praesent donec pharetra non. Ut sit euismod sed eget lobortis lorem mauris mi erat elit, et ac at, et ac at proin aliquam adipiscing praesent ac at, proin aliquam adipiscing. Aliquet dolore pulvinar ante, aliquam nonummy ullamcorper congue pharetra, sem ut sit tellus nunc pulvinar euismod laoreet feugiat molestie lobortis feugiat molestie massa erat elit, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin dolore amet euismod lobortis, feugiat molestie ante tempus felis et ac at nisi turpis euismod nunc pharetra volutpat ut sit tellus massa ipsum. Id, et magna turpis tellus nunc pulvinar eget nibh lorem volutpat massa ipsum felis mi at proin, aliquam pulvinar tellus tincidunt sed mauris nibh lorem. Mauris ante tempus felis mi sed elit nibh ac at praesent aliquam, amet non ut nonummy diam magna, consectetur non ut sit tellus nunc pulvinar. Volutpat lobortis, lorem mauris ante, tempus felis mi erat at proin nisi turpis congue pharetra, non, ut sit tellus, nunc pulvinar tellus nunc pulvinar euismod. Lobortis, feugiat mauris, mi donec consectetur sem, ac at proin aliquam at proin, aliquam nonummy massa ipsum id mi erat nonummy diam magna consectetur aliquet. Dolore amet ullamcorper congue dolor volutpat massa, ipsum felis et ac at proin aliquam turpis aliquet dolore eget ante tempus felis praesent erat elit, diam. Nisi sit euismod nunc, pulvinar volutpat nibh ac at ante tempus felis laoreet sed elit nibh sit tellus, nunc dolor eget lobortis feugiat molestie massa. Ipsum id mi ac elit et lorem mauris ante tempus id mi erat elit, et aliquam sit ullamcorper pharetra ullamcorper ut sit tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ante tempus felis mi erat laoreet erat at proin aliquam at proin, aliquam nonummy ullamcorper congue. Pharetra molestie massa tempus eget, nibh lorem mauris proin aliquam adipiscing praesent, dolore, amet, congue turpis tellus. Nunc ipsum, id laoreet sed mauris ante lorem mauris massa sit tellus tincidunt dolor euismod tincidunt dolor. Volutpat massa ipsum id erat elit et ac at aliquet dolore pharetra ullamcorper magna consectetur non ut. Sit tellus tincidunt dolor volutpat lobortis feugiat, molestie ante tempus felis nisi turpis, aliquet dolore amet ullamcorper. Congue pharetra volutpat lobortis, sit id laoreet erat, elit et, ac mauris proin aliquam adipiscing mi tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore amet ullamcorper, tincidunt lorem mauris ante tempus felis mi donec elit diam magna turpis aliquet dolore amet magna consectetur. Sem ut feugiat tellus tincidunt dolor volutpat nibh lorem mauris ante ipsum molestie, massa ipsum eget nibh ac mauris proin donec. Nonummy tincidunt dolor molestie massa tempus id mi sed eget lobortis lorem at ante, tempus, felis et ac elit nibh lorem. At proin donec amet ullamcorper congue tellus ut, turpis, aliquet nunc pulvinar volutpat lobortis, dolor mauris massa ipsum id laoreet erat. At proin aliquam adipiscing praesent dolore, nonummy, diam magna sem nisi consectetur aliquet dolore amet euismod lobortis dolor volutpat ut sit. Tellus massa ipsum id laoreet dolor mauris ante ipsum molestie massa sed eget et magna sem dolore amet aliquet congue dolor. Molestie massa ipsum id laoreet, sed at proin aliquam turpis aliquet congue pharetra non lobortis, lorem molestie, massa ipsum id ac. At proin aliquam adipiscing, praesent erat felis et magna consectetur sem dolore amet ullamcorper congue, dolor volutpat lobortis feugiat ante ipsum. Eget, et lorem mauris nibh lorem mauris ante tempus id mi erat eget nibh, ac adipiscing praesent dolore pharetra ullamcorper ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc amet euismod tincidunt dolor volutpat, lobortis, ipsum id laoreet dolor volutpat lobortis dolor molestie sit tellus ut ipsum euismod congue, dolor volutpat lobortis. Lorem mauris mi donec nonummy et ac at aliquet nisi amet aliquet dolore amet non tempus felis mi ac consectetur et ac at, ante lorem. Mauris ante erat, eget nibh, lorem mauris ante aliquam adipiscing praesent erat nonummy diam nisi consectetur sem turpis ullamcorper congue amet diam magna sit tellus. Massa ipsum id nibh lorem mauris ante, aliquam adipiscing praesent, magna consectetur non ut sit nunc, pulvinar euismod tincidunt dolor molestie lobortis feugiat tellus nunc. Pulvinar euismod nunc sed eget nibh lorem adipiscing mi donec nonummy sem nisi turpis sem nisi amet tincidunt dolor non ut feugiat molestie massa sed. Eget nibh ac adipiscing praesent dolore amet, ullamcorper congue dolor molestie massa, ipsum molestie massa sed eget nibh lorem massa tempus id praesent donec elit. Nibh lorem mauris ante tempus felis ante tempus felis et ac consectetur aliquet, turpis aliquet dolore amet diam, congue sit tellus massa sed, id nibh. Lorem at proin donec nonummy ullamcorper congue consectetur, sem, nunc sit aliquet dolore turpis aliquet dolor, volutpat lobortis ipsum molestie laoreet erat eget et lorem. Mauris ante, aliquam felis mi donec nonummy diam magna consectetur aliquet dolore amet aliquet dolore amet diam feugiat tellus nunc pulvinar euismod tincidunt pharetra volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat eget et at sem aliquam turpis volutpat lobortis. Lorem molestie ante donec elit et ac elit proin ac. Adipiscing proin donec nonummy, praesent donec consectetur sem turpis aliquet. Nisi amet, euismod congue pharetra non lobortis sit tellus nunc. Ipsum id lobortis lorem mauris, ante, tempus felis mi, sed. Eget et magna proin tempus adipiscing mi erat elit diam. Magna turpis aliquet dolore amet ullamcorper congue pharetra ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam amet non ut sit tellus massa ipsum felis et erat elit proin. Nisi turpis, mi erat elit et ac consectetur non ut turpis tincidunt dolor non. Lobortis feugiat molestie massa, ipsum felis mi sed mauris ante, tempus adipiscing praesent donec. Nonummy ullamcorper ut sit molestie, laoreet erat consectetur nunc sed elit, et magna consectetur. Praesent donec nonummy praesent magna pharetra volutpat lobortis feugiat molestie massa sed eget et. Ac at, proin donec nonummy, praesent magna sem ut, sit euismod laoreet dolor eget. Lobortis lorem molestie ante erat, elit diam nisi turpis sem nisi turpis aliquet congue. Pharetra volutpat tempus felis, mi erat eget nibh, lorem mauris ante lorem felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat at proin aliquam praesent dolore amet non lobortis, pharetra tellus ut ipsum eget laoreet lorem mauris nibh. Lorem mauris mi magna consectetur sem nisi sit molestie nunc ullamcorper, tincidunt feugiat mauris massa ipsum id laoreet. Sed elit diam aliquam turpis praesent dolore amet ullamcorper congue consectetur non, lobortis ipsum id laoreet sed proin. Nisi turpis aliquet dolore amet, ullamcorper magna consectetur sem nisi adipiscing aliquet dolore amet, diam magna nonummy diam. Nisi, turpis aliquet dolore amet congue amet ullamcorper congue pharetra non, massa sed, id nibh sed eget nibh. Lorem felis mi tempus eget laoreet sed eget nibh lorem molestie massa, ipsum volutpat ante tempus id, laoreet. Erat at proin aliquam adipiscing, aliquet dolore amet diam magna consectetur non, nunc sit euismod laoreet, dolor eget. Nibh tempus adipiscing aliquet amet non ut feugiat tellus massa sed eget, laoreet lorem mauris ante lorem, felis. Ante erat felis mi ac at proin aliquam adipiscing praesent erat amet diam at et nisi turpis ullamcorper. Congue, dolor eget lobortis lorem molestie ante ipsum id nibh, lorem mauris ante tempus adipiscing et lorem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ac consectetur non nisi turpis aliquet nunc pulvinar congue pharetra non massa pulvinar euismod tincidunt dolor eget et. Lorem turpis aliquet dolore, pharetra non ut, sit tellus ut pulvinar euismod tincidunt dolor non ut molestie massa ipsum. Felis et ac at sem dolore amet ullamcorper congue pharetra volutpat lobortis sit molestie massa ipsum id laoreet sed. Volutpat nibh molestie ante tempus felis, nibh magna turpis aliquet nisi turpis aliquet, congue pharetra non ut sit molestie. Massa sed id laoreet dolor eget nibh molestie massa sed eget et lorem mauris ante tempus felis praesent dolore. Nonummy diam nisi sit, aliquet nunc pulvinar euismod tincidunt pharetra volutpat nibh ipsum id sed eget et ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tempus elit diam ut feugiat tellus massa, ipsum eget nibh mauris ante aliquam nonummy diam magna consectetur non ut, sit tellus nunc. Amet ullamcorper magna pharetra non nisi turpis aliquet dolore turpis aliquet dolore amet congue pharetra non, ut sit euismod tincidunt dolor non lobortis. Feugiat tellus ante ipsum felis mi ac consectetur sem, nisi turpis aliquet congue amet diam pharetra non ut sit tellus congue, pharetra eget. Ante tempus, felis praesent erat elit mi magna consectetur aliquet dolore amet euismod nibh feugiat massa ipsum felis et congue consectetur non ut. Sit tellus nunc dolor euismod tincidunt feugiat, tellus nunc pulvinar, euismod laoreet sed eget lobortis, feugiat molestie ante erat ullamcorper congue pharetra molestie. Mi magna consectetur non nunc, pulvinar euismod nibh sed volutpat lobortis feugiat molestie massa ipsum felis mi ac at et aliquam adipiscing aliquet. Amet volutpat lobortis feugiat molestie massa sed eget et ac consectetur aliquet dolore amet aliquet magna consectetur non ut sit laoreet ac at. Proin nisi turpis ullamcorper congue pharetra non lobortis feugiat molestie massa ipsum id tincidunt dolor, eget nibh tempus mauris mi erat felis, diam. Magna molestie massa sed eget et lorem, mauris ante aliquam adipiscing, mi erat elit nibh lorem mauris, ante aliquam turpis, aliquet dolore pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ipsum id et, aliquam turpis, tellus congue. Dolor eget proin aliquam nonummy diam magna consectetur. Nisi, turpis tellus tincidunt erat elit et ac. At proin aliquam adipiscing diam congue consectetur sem. Nisi turpis aliquet dolore pulvinar euismod tincidunt nonummy. Diam congue pharetra non ut sit tellus massa. Ipsum id lobortis feugiat mauris ante tempus adipiscing. Praesent magna nonummy et ac at aliquet dolore. Amet diam pharetra non lobortis feugiat molestie laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat lobortis ipsum id massa, ipsum id laoreet sed. Eget lorem mauris ante erat elit et ac, consectetur proin. Aliquam turpis praesent, donec amet ullamcorper congue pharetra tellus ut. Amet euismod, tincidunt dolor non lobortis molestie massa ipsum felis. Et ac mauris, nibh, lorem mauris mi erat nonummy ullamcorper. Congue sit id laoreet ipsum id laoreet sed eget lobortis. Lorem mi sed eget nibh, ac consectetur sem dolore adipiscing. Aliquet dolore, pharetra ullamcorper ut sit molestie massa ipsum euismod. Nibh ac at praesent nonummy non congue, sit tellus massa. Ipsum id laoreet sed eget nibh lorem mauris ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nisi turpis aliquet dolore amet non, ut sit molestie nunc pulvinar euismod nunc pulvinar, ullamcorper, congue pharetra non lobortis feugiat id laoreet sed elit ac at ante ipsum felis. Praesent donec nonummy diam magna consectetur proin donec nonummy praesent donec nonummy diam nisi turpis tellus nunc dolor euismod tincidunt molestie lobortis feugiat molestie nunc pulvinar tellus tincidunt dolor volutpat. Nibh lorem mauris ante tempus felis, mi erat elit ante tempus felis praesent donec amet ullamcorper ut molestie massa pulvinar id tincidunt dolor volutpat lobortis feugiat mauris praesent donec, consectetur. Sem magna consectetur proin dolore turpis ullamcorper congue pharetra volutpat feugiat id laoreet, ac at proin aliquam, adipiscing proin aliquam nonummy, diam magna pharetra non ut pulvinar euismod tincidunt pulvinar. Euismod lobortis feugiat mauris lobortis feugiat tellus ipsum eget nibh lorem at proin tempus adipiscing praesent donec elit et ac at ante tempus molestie ante erat, elit diam nisi turpis. Et magna at sem nisi turpis aliquet dolore pharetra volutpat nibh tempus mauris ante tempus felis mi magna consectetur sem nisi amet ullamcorper lobortis lorem mauris ante nonummy diam ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris ante tempus nonummy, praesent tincidunt sit tellus nunc pulvinar tincidunt erat eget lobortis, feugiat mauris massa ipsum, id et ac. Consectetur sem, aliquam adipiscing praesent donec nonummy ullamcorper congue pharetra, non ut sit tellus, dolor volutpat lobortis tempus felis massa, ipsum. Id laoreet erat, elit nibh ac adipiscing aliquet congue pharetra, non ut sit non nunc ipsum id laoreet volutpat lobortis feugiat. Molestie ante tempus felis laoreet ipsum id laoreet dolor volutpat massa, tempus amet at tellus nibh nunc, erat sit mauris magna. Dolor turpis at id et, congue tempus elit et magna consectetur sem nisi turpis aliquet donec amet non ut pharetra tellus. Nunc ipsum felis laoreet sed lobortis feugiat molestie massa ipsum, id laoreet, sed elit et ac at proin aliquam adipiscing mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat volutpat massa tempus, felis et sed eget nibh lorem adipiscing proin donec nonummy, et erat, elit. Et aliquam adipiscing, aliquet donec nonummy congue pharetra sem nisi consectetur aliquet dolore pulvinar ullamcorper tincidunt dolor volutpat. Massa ipsum id mi ac elit et aliquam at praesent donec amet diam sit tellus nunc sit tellus. Dolore amet, ullamcorper congue pharetra non ut sit molestie massa sed eget nibh sed, eget lobortis feugiat tellus. Nunc ipsum elit diam, consectetur aliquet nisi amet ullamcorper tincidunt dolor non ut turpis aliquet dolore amet aliquet. Dolore dolor volutpat massa, ipsum id laoreet ipsum id lorem mauris nibh lorem molestie ante tempus, id laoreet. Sed, eget lobortis lorem mauris massa tempus felis mi sed elit et ac at praesent donec adipiscing diam. Consectetur tellus, massa ipsum felis, mi ac, at proin nisi amet ullamcorper congue amet diam magna at sem. Nisi adipiscing praesent tempus, adipiscing mi, sed eget ac at proin, nisi turpis praesent donec elit, mi ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget laoreet lorem at praesent donec nonummy diam magna consectetur sem ac at, ante tempus. Felis ante tempus elit et ac at proin adipiscing praesent donec nonummy diam magna at. Sem nisi turpis praesent dolore amet ullamcorper ut sit tellus ut, sit tellus tincidunt dolor. Volutpat nibh felis praesent erat elit et congue pharetra tellus nunc turpis, tellus congue pharetra. Eget ante aliquam adipiscing diam erat elit et magna consectetur sem, nisi turpis aliquet pharetra. Non congue pharetra non massa erat eget nibh lorem eget lobortis sit molestie massa ipsum. Id laoreet sed eget lobortis dolor volutpat dolore amet non ut sit aliquet dolore, turpis. Ullamcorper tincidunt sed volutpat lobortis feugiat mauris ante ipsum euismod tincidunt sed volutpat tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna turpis, aliquet nunc, amet euismod laoreet sed mauris nibh. Lorem id massa ipsum tellus tincidunt sed, tincidunt feugiat mauris mi. Erat nonummy sem nisi consectetur sem aliquam at, proin aliquam adipiscing. Praesent magna consectetur sem aliquam adipiscing aliquet dolore pulvinar nibh tempus. Nonummy praesent donec nonummy, diam magna consectetur aliquet dolore, amet ullamcorper. Tincidunt dolor molestie massa ipsum id massa, ipsum, euismod tincidunt, pulvinar. Volutpat nibh lorem diam congue pharetra sem nisi turpis aliquet nunc. Amet euismod congue, pharetra volutpat lobortis, sit molestie massa sed, id. Et lorem at, praesent pulvinar volutpat lobortis feugiat molestie ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, proin aliquam turpis aliquet dolore amet diam magna et ac at proin donec nonummy diam magna nonummy diam nisi turpis. Aliquet nunc dolor volutpat lobortis dolor volutpat lobortis ipsum id mi erat, at ac at praesent donec nonummy ullamcorper, congue sit. Mauris ante donec nonummy diam magna at proin nisi turpis praesent donec elit, et magna consectetur sem pulvinar eget nibh ac. Mauris nibh lorem, felis praesent magna pharetra non lobortis feugiat euismod tincidunt erat elit et lorem mauris proin aliquam praesent ac. Consectetur sem nisi turpis praesent donec nonummy diam, donec consectetur sem ut sit tellus, nunc pulvinar euismod tincidunt dolor, volutpat lobortis. Sit, tellus nunc ipsum laoreet sed eget ante aliquam felis praesent erat, elit et ac mauris ante aliquam turpis aliquet congue. Dolor volutpat lobortis feugiat tellus nunc pulvinar, id laoreet sed ante tempus felis praesent erat nonummy et ac mauris ante aliquam. Adipiscing, aliquet congue dolor, mauris massa ipsum molestie nunc amet aliquet dolore volutpat, massa tempus id laoreet sed elit nibh sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nunc sit euismod tincidunt ullamcorper tincidunt dolor nibh nibh nisi, erat sit mauris diam tincidunt tempus mauris ante tempus. Nonummy diam magna at proin aliquam, at ante ipsum id congue consectetur sem nisi turpis aliquet, nunc pulvinar ullamcorper tincidunt. Dolor mauris ante ipsum id laoreet dolor euismod, lobortis ac at proin aliquam felis, mi elit et ac at praesent. Donec amet ullamcorper magna, pharetra non nunc pulvinar tellus tincidunt, dolor volutpat tincidunt feugiat mauris ante, tempus elit magna pharetra. Non massa ipsum eget et ac mauris nibh lorem mauris massa tempus felis mi ac at sem nisi turpis aliquet. Dolore amet ullamcorper ut consectetur nisi, turpis, aliquet, dolore, pharetra ullamcorper congue, sit tellus nunc pulvinar euismod nunc dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis massa sed, elit, et ac at praesent aliquam, adipiscing ullamcorper congue pharetra non nisi turpis aliquet dolore amet, ullamcorper lobortis feugiat molestie massa, ipsum et ac elit nibh. Ac at aliquet, dolore pharetra ullamcorper ut pharetra tellus nunc ipsum id nibh lorem mauris nibh lorem, adipiscing praesent dolore, amet ut sit tellus dolore amet aliquet donec nonummy. Diam donec, consectetur sem ac at proin tempus mauris ante, tempus, felis mi erat eget et tempus felis ante felis mi erat at proin nisi sit ullamcorper tincidunt pharetra. Non ut feugiat molestie massa ipsum id et, magna consectetur sem aliquam adipiscing congue, pharetra non ut sit molestie massa pulvinar id laoreet lorem at proin tempus, felis mi. Donec, consectetur sem, nisi turpis aliquet nunc pulvinar euismod tincidunt dolor proin donec nonummy diam ac pharetra sem nisi turpis praesent donec nonummy diam congue pharetra non nisi consectetur. Sem dolore amet ullamcorper, tincidunt dolor, molestie ante ipsum et ac consectetur sem ut pulvinar euismod tincidunt dolor eget, nibh lorem felis mi tempus, felis mi sed mauris ante. Mauris mi erat elit et ac, elit proin nisi turpis, praesent donec nonummy diam donec nonummy et lorem mauris nibh tempus felis ante erat nonummy diam magna aliquet nunc. Pulvinar, euismod lobortis feugiat mauris ante tempus id massa ipsum id laoreet dolor eget nibh lorem molestie ante ipsum felis laoreet erat elit proin tempus aliquet donec nonummy ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna at sem nisi, pulvinar tellus lorem mauris nibh. Tempus, felis, praesent donec, nonummy sem nisi turpis tellus nunc. Pulvinar eget, laoreet sed mauris ante tempus felis praesent donec. Consectetur nunc, pulvinar euismod nunc pulvinar, ullamcorper tincidunt dolor volutpat. Lobortis ipsum id, et ac elit, nibh aliquam at proin. Aliquam nonummy praesent erat nonummy et turpis aliquet dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi erat at et aliquam turpis aliquet congue dolor molestie massa ipsum felis magna pharetra non nunc pulvinar euismod nibh. Ac at proin nisi amet ullamcorper magna pharetra sem nisi turpis tellus nunc amet ullamcorper tincidunt dolor molestie massa felis. Diam congue feugiat mauris massa, erat elit diam nisi turpis tellus dolore amet euismod tincidunt dolor volutpat ut feugiat molestie. Laoreet sed elit et sit euismod tincidunt ac turpis aliquet dolore nonummy diam magna nonummy diam ac at et ac. Felis mi donec nonummy diam, magna consectetur nisi sit tellus tincidunt dolor volutpat lobortis feugiat mauris ante, tempus felis diam. Magna turpis sem dolore turpis aliquet, dolore pharetra molestie massa feugiat molestie, massa sed et aliquam turpis, aliquet nunc pulvinar. Euismod tincidunt feugiat, molestie ut sit euismod tincidunt dolor eget lobortis, feugiat molestie massa ipsum id mi ac at et. Adipiscing aliquet nunc pulvinar euismod ut sit molestie nunc ipsum felis laoreet dolor eget et ac felis, mi erat, felis. Ac, pharetra non nisi turpis aliquet, congue amet ullamcorper ut feugiat molestie massa tempus id laoreet dolor volutpat, nibh tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac, at sem nunc ipsum id nibh lorem mauris nibh tempus felis praesent donec nonummy. Diam ac at, aliquam adipiscing aliquet dolore pharetra volutpat ut feugiat molestie laoreet sed eget nibh. Sed mauris proin aliquam felis mi ipsum id, laoreet sed eget aliquam turpis ullamcorper nibh feugiat. Mauris mi erat elit mi erat elit nibh lorem mauris proin, dolore nonummy ullamcorper ut pharetra. Tellus ut pulvinar tellus nunc pulvinar lobortis feugiat, mauris mi erat nonummy et ac at proin. Ac adipiscing aliquet dolore amet non, congue consectetur diam magna consectetur sem aliquam mi, donec nonummy. Diam nisi turpis tellus nunc pulvinar euismod tincidunt feugiat molestie lobortis feugiat tellus nunc pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem mauris mi donec consectetur non ut sit molestie, massa sed elit proin aliquam adipiscing aliquet dolore amet ullamcorper congue sit molestie sed elit diam. Magna at sem nisi amet ullamcorper tincidunt feugiat, molestie massa feugiat molestie laoreet erat at et ac mauris, ante aliquam nonummy ullamcorper consectetur sem ante. Tempus nonummy sem ut sit tellus tincidunt, dolor volutpat tincidunt feugiat molestie, massa, feugiat molestie nunc pulvinar euismod tincidunt pharetra non ut sit tellus sit. Euismod, tincidunt dolor euismod lobortis feugiat molestie mi erat felis et ac at proin aliquam turpis praesent aliquam felis laoreet erat id sed eget nibh. Tempus mauris ante ipsum id tincidunt sed eget nibh lorem mauris ante tempus felis mi erat eget nibh lorem mauris proin aliquam nonummy diam, consectetur. Non ut sit tellus nunc amet ullamcorper congue pharetra volutpat lobortis ipsum molestie massa ipsum id laoreet feugiat mauris massa, ipsum, id mi donec nonummy. Sem turpis aliquet dolore amet euismod tincidunt lorem, mauris ante tempus felis mi erat elit nibh lorem molestie massa ipsum, laoreet erat elit diam aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem consectetur tellus nunc dolor volutpat lobortis, feugiat massa tempus felis et ac at proin aliquam, at proin tempus, felis. Diam magna, consectetur, non, nunc, pulvinar felis mi ac at proin aliquam adipiscing dolore amet, ullamcorper congue pharetra non dolore. Ipsum euismod laoreet sed volutpat lobortis feugiat molestie nunc pulvinar id nibh sed eget nibh feugiat molestie massa molestie massa. Sed eget, lobortis feugiat molestie ante tempus id mi magna consectetur sem nisi turpis aliquet dolore amet ullamcorper tincidunt pharetra. Sem, nisi, molestie laoreet sed, eget et, aliquam turpis praesent dolore amet non ut, sit tellus massa pulvinar, id nibh. Lorem consectetur sem nisi turpis praesent donec nonummy nisi sit tellus dolore amet aliquet dolore pharetra ullamcorper congue, consectetur non. Nunc ipsum euismod nunc, pulvinar euismod lobortis tempus, felis mi erat elit diam nisi sit massa ipsum volutpat lobortis dolor. Molestie massa ipsum id laoreet ipsum id, tincidunt sed eget, lobortis feugiat molestie ante erat sem nisi turpis, aliquet nisi. Pulvinar, eget lobortis feugiat mauris proin tempus felis mi erat eget et ac at proin aliquam nonummy praesent erat elit. Et, ac tellus nunc, amet euismod, tincidunt dolor molestie massa feugiat molestie laoreet, sed eget et aliquam at proin aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi erat nonummy non lobortis ipsum, id laoreet sed elit et ac. Adipiscing praesent donec amet non lobortis sit mi erat elit diam ac at. Sem dolore amet ullamcorper congue amet sem ut sit tellus nunc pulvinar euismod. Tincidunt sed eget lobortis sit mi erat elit et magna at proin aliquam. Turpis diam congue, pharetra non lobortis feugiat molestie massa ipsum euismod tincidunt pharetra. Volutpat massa ipsum adipiscing diam feugiat mauris ante tempus felis, et ac mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ipsum id laoreet erat, elit et, lorem molestie dolore amet non. Lobortis feugiat molestie ante ipsum id laoreet lorem mauris sem dolore turpis. Ullamcorper, congue dolor felis praesent dolore pharetra ullamcorper congue pharetra laoreet sed. Eget et, nisi turpis, aliquet nunc dolor eget nibh aliquam felis ante. Erat nonummy diam magna consectetur sem nisi amet aliquet congue amet lobortis. Feugiat molestie laoreet sed elit et ac at sem dolore nonummy ullamcorper. Congue dolor molestie massa ipsum felis, mi erat elit et, adipiscing praesent. Congue pharetra non ut feugiat mauris ante, sed eget et lorem mauris. Ante nisi, pulvinar ullamcorper congue amet, sem ut ipsum id nunc ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tempus felis praesent erat elit diam magna consectetur proin, aliquam adipiscing praesent donec consectetur diam feugiat id. Mi erat at proin aliquam adipiscing aliquet dolore pharetra ullamcorper congue pharetra sem ut pulvinar tellus dolore amet. Ullamcorper nibh lorem mauris tincidunt dolor non lobortis feugiat, molestie massa ipsum, eget et ac at aliquet donec. Nonummy euismod congue pharetra non ut sit tellus tincidunt sed elit et, aliquam euismod congue pharetra non ut. Feugiat molestie mi erat nonummy, proin nisi sit aliquet nunc amet diam magna consectetur, sem ut sit tellus. Dolor elit et ac mauris ante tempus, felis, laoreet sed eget nibh ac turpis tellus dolore nonummy diam. Congue pharetra tellus massa magna lorem turpis euismod, sem sed consectetur molestie et ut aliquam amet volutpat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ante ipsum id mi ac, id mi erat at sem dolore amet euismod tincidunt lorem eget, lobortis lorem id laoreet, erat elit diam. Nisi turpis aliquet nunc amet aliquet magna, non lobortis feugiat tellus nunc ipsum id laoreet, sed eget massa feugiat molestie massa ipsum euismod tincidunt. Dolor volutpat nibh, lorem molestie massa ipsum id erat eget et ac adipiscing praesent donec nonummy diam magna consectetur non ut turpis aliquet donec. Nonummy, praesent congue, pharetra non nunc pulvinar, euismod laoreet erat aliquet nunc dolor volutpat lobortis feugiat molestie massa feugiat tellus nunc pulvinar euismod tincidunt. Dolor volutpat lobortis feugiat, mauris, massa tempus felis mi ac proin nisi, turpis, aliquet donec nonummy et, ac at proin ac at ante tempus. Felis praesent donec nonummy sem nisi, consectetur aliquet dolore, amet ullamcorper congue dolor ante erat elit, et magna pharetra tellus, nunc ipsum id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus felis praesent congue mauris ante erat nonummy sem ut feugiat molestie massa dolor volutpat lobortis feugiat mauris ante aliquam felis mi donec elit diam, aliquam adipiscing praesent. Sed eget ante lorem mauris ante tempus felis tincidunt, dolor volutpat lobortis lorem, mauris proin tempus felis mi erat eget nibh ac adipiscing proin aliquam diam, congue, dolor. Volutpat nunc pulvinar euismod laoreet sed volutpat lobortis feugiat volutpat ut feugiat tellus nunc sed, id nibh ac adipiscing aliquet donec amet tincidunt, sit tellus ut sit tellus. Nunc pulvinar euismod tincidunt dolor volutpat ut sit tellus massa pulvinar euismod laoreet, sed eget nibh lorem mauris mi elit et ac mauris ante tempus felis mi erat. Elit mi erat at, proin nisi amet ullamcorper congue pharetra non ut pharetra non nunc pulvinar euismod tincidunt volutpat lobortis lorem mauris ante tempus felis mi erat eget. Proin aliquam amet ullamcorper, dolore, pharetra non, ut feugiat molestie, massa ipsum euismod nunc dolor euismod lorem mauris diam magna nonummy et ac consectetur, sem nisi amet ullamcorper. Tincidunt dolor molestie massa ipsum felis mi erat et aliquam adipiscing praesent nunc dolor volutpat tincidunt dolor, molestie massa ipsum molestie tincidunt pulvinar, ullamcorper congue dolor volutpat lobortis. Feugiat id, laoreet erat elit proin, aliquam tellus, nunc pulvinar ullamcorper tincidunt pharetra volutpat, nunc, ipsum id tincidunt dolor euismod lobortis, feugiat at praesent donec nonummy diam congue. Sit tellus laoreet ipsum eget nibh at proin aliquam adipiscing ullamcorper magna consectetur diam nisi sit tellus dolore amet ullamcorper congue dolor volutpat ut sit tellus, nunc, ipsum. Id laoreet dolor non ut nonummy diam congue pharetra sem nisi consectetur tellus laoreet, sed volutpat nibh, lorem molestie massa ipsum felis mi, erat elit proin ac adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor volutpat massa erat felis, et ac at proin, ac at aliquam adipiscing diam magna consectetur non nunc, sit tellus nunc amet ullamcorper congue, pharetra non ut sit. Euismod tincidunt sed eget nibh lorem molestie lobortis id mi sed elit, nibh lorem at ante tempus felis, mi erat elit et ac mauris sem, nisi amet euismod lobortis. Feugiat, molestie massa tempus diam, congue pharetra non, nunc ipsum eget nibh ac at proin aliquam adipiscing diam, magna consectetur sem nisi turpis aliquet, nunc pulvinar ullamcorper lorem mauris. Ante ipsum id massa sed id nibh lorem at ante aliquam felis mi donec consectetur sem nisi turpis aliquet nisi, amet euismod tincidunt feugiat molestie erat elit et ac. At sem nisi turpis aliquet dolore nonummy diam congue pharetra non nunc ipsum felis et magna consectetur sem dolore pulvinar euismod, dolore amet lobortis feugiat tellus nunc pulvinar euismod. Tincidunt, sed volutpat, nibh lorem, felis praesent tempus felis mi ac at sem nisi turpis praesent congue dolor volutpat lobortis adipiscing ullamcorper magna pharetra non ut sit, euismod, laoreet. Lorem consectetur sem aliquam adipiscing praesent donec nonummy sem nisi turpis aliquet, nisi, turpis ullamcorper congue pharetra non, feugiat felis praesent donec, nonummy sem magna adipiscing proin, donec, amet. Euismod tincidunt feugiat volutpat massa feugiat tellus nunc pulvinar volutpat lobortis lorem mauris ante tempus felis, ipsum eget et ac adipiscing aliquet dolore amet ullamcorper tincidunt dolor volutpat lobortis. Pulvinar felis mi ac consectetur aliquet dolore pulvinar id laoreet lorem mauris ante, tempus diam magna pharetra molestie nunc pulvinar euismod tincidunt sed volutpat nibh feugiat mauris massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nunc pulvinar euismod laoreet sed volutpat lobortis feugiat molestie, nunc, ipsum euismod tincidunt dolor volutpat lobortis feugiat molestie, feugiat. Molestie, massa dolor volutpat lobortis feugiat, volutpat, massa tempus, felis praesent donec nonummy sem aliquam adipiscing praesent donec nonummy diam. Magna consectetur sem magna, aliquet dolore pulvinar, euismod lobortis feugiat mauris proin aliquam adipiscing praesent, ac consectetur sem nisi adipiscing. Praesent donec amet euismod tincidunt dolor tellus tempus felis mi erat elit et ac, at praesent donec nonummy diam ac. Consectetur, sem ut, pulvinar euismod tincidunt pulvinar euismod lobortis feugiat molestie nunc pulvinar, euismod dolor euismod nibh feugiat mauris, lobortis. Feugiat molestie nunc, ipsum id laoreet sed eget nibh tempus id mi erat elit et, ac at sem nisi turpis. Aliquet dolor molestie massa, ipsum id laoreet sed eget et ac at praesent donec adipiscing diam congue pharetra non nisi. Consectetur aliquet nunc dolor euismod tincidunt, dolor mi donec amet non ut ipsum molestie laoreet sed id laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, nonummy sem nisi sit tellus nunc pulvinar euismod tincidunt dolor molestie ante tempus elit et. Ac at proin, aliquam adipiscing, praesent dolore pharetra non congue, molestie ante tempus id laoreet sed. Eget lobortis feugiat, molestie ante, tempus felis, mi ac, consectetur sem ut turpis aliquet, congue, pharetra. Volutpat nibh pulvinar euismod tincidunt dolor molestie, massa tempus nonummy et ac at sem dolore amet. Aliquet donec amet ullamcorper ut, sit non nunc pulvinar, id, laoreet lorem eget, tempus adipiscing diam. Magna dolor volutpat lobortis feugiat molestie laoreet sed volutpat nibh, lorem mauris ante tempus felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum id nibh, ac turpis, proin aliquam turpis aliquet dolore consectetur non massa feugiat, molestie nunc. Amet ullamcorper congue eget proin tempus felis mi erat nonummy et nisi turpis aliquet dolore amet. Ullamcorper tincidunt feugiat molestie massa ipsum felis et erat at proin, ac ante ipsum felis praesent. Erat elit et magna consectetur aliquet, donec nonummy diam magna consectetur sem nisi turpis aliquet dolore. Pulvinar volutpat lobortis feugiat volutpat lobortis sit, massa ipsum id laoreet sed eget nibh lorem mauris. Ante erat elit et magna turpis sem, aliquam felis praesent, donec amet ullamcorper congue tellus nunc. Sit euismod tincidunt sed, eget ante, tempus felis, mi erat nonummy, sem nisi consectetur aliquet aliquam. Turpis praesent dolore amet diam congue pharetra non, dolore euismod laoreet dolor non ut feugiat tellus. Massa tempus eget diam magna turpis, aliquet nunc pulvinar euismod tincidunt dolor, non ut feugiat id. Mi sed eget, aliquam adipiscing, praesent donec nonummy ullamcorper congue pharetra molestie massa tempus id mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent dolore pharetra non, lobortis feugiat id massa sed eget nibh sed eget lobortis lorem. Mauris mi donec nonummy nisi sit euismod laoreet erat eget et, aliquam adipiscing, ullamcorper congue pharetra. Non ut feugiat id laoreet ipsum id, laoreet lorem eget, proin aliquam praesent congue pharetra non. Ut sit tellus dolore amet aliquet, donec amet ullamcorper congue pharetra tellus ut sit praesent, donec. Amet diam congue sit tellus massa tempus laoreet sed, elit et tempus adipiscing aliquet donec amet. Non ut, sit, tellus nunc ipsum id nibh lorem at proin aliquam, adipiscing praesent, nonummy diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing praesent donec amet ullamcorper ut consectetur non nunc ipsum id laoreet sed. Lobortis feugiat mauris ante tempus elit et, magna consectetur sem aliquam adipiscing praesent dolore. Pharetra ullamcorper ut feugiat tellus nunc pulvinar euismod, laoreet at proin aliquam sed laoreet. Nunc erat pharetra tellus massa sed elit et magna at sem nisi amet, diam. Tincidunt feugiat molestie ante lorem adipiscing praesent donec, at, ante tempus nonummy praesent donec. Nonummy sem ut turpis aliquet dolore sed, eget nibh tempus adipiscing, praesent, donec amet. Non ut sit massa sed eget nibh, lorem mauris proin donec nonummy ullamcorper congue. Pharetra, molestie ante, erat nonummy sem ut sit aliquet dolore amet ullamcorper congue dolor. Volutpat massa felis laoreet erat eget et lorem at proin aliquam felis ante tempus. Id laoreet, sed, mauris ante lorem felis, mi erat elit et, magna, consectetur, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem felis praesent donec consectetur, non nunc ipsum id et, erat at sem turpis aliquet congue pharetra volutpat ut feugiat, molestie massa ipsum id, et ac. At proin aliquam adipiscing praesent donec elit diam magna consectetur aliquet nisi turpis tincidunt, pharetra volutpat massa tempus felis mi erat elit nibh, lorem mauris nibh, tempus. Adipiscing praesent donec elit diam magna turpis tellus nunc amet aliquet pharetra non ut feugiat molestie massa sed elit nibh lorem eget nibh lorem felis mi erat. Elit et ac at sem nisi turpis dolore amet non ut sit tellus massa sed eget nibh ac at proin aliquam adipiscing praesent donec pharetra non nunc. Pulvinar felis et magna consectetur proin aliquam ullamcorper tincidunt dolor volutpat ut sit, molestie nunc, ipsum, id laoreet dolor volutpat ut pharetra sem nisi turpis aliquet nisi. Turpis, aliquet magna consectetur non lobortis sit mi sed elit et lorem mauris ante tempus felis mi donec nonummy diam magna consectetur sem dolore nonummy diam magna. Consectetur ante erat nonummy ullamcorper congue sit tellus nunc pulvinar euismod congue pharetra non, ut sit tellus nunc pulvinar, euismod laoreet sed, eget, ante lorem felis praesent. Dolore sem nisi turpis aliquet nunc ipsum id nibh sed mauris proin aliquam adipiscing, mi, erat nonummy, sem nisi turpis, proin aliquam adipiscing praesent donec, consectetur sem. Ut tellus, nunc ipsum id laoreet sed mauris massa tempus felis, mi donec consectetur diam magna consectetur aliquet dolore pulvinar euismod tincidunt, pharetra, sem ut, sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ipsum id nibh ac mauris ante aliquam adipiscing ullamcorper ut non. Ut pulvinar, euismod, tincidunt erat elit, proin aliquam turpis ullamcorper congue amet. Non, ut sit tellus, ut sit tellus laoreet dolor volutpat ut sit. Volutpat nibh lorem mauris, massa tempus elit diam magna consectetur sem nisi. Turpis aliquet dolore nonummy praesent ac at proin aliquam adipiscing aliquet nunc. Pulvinar aliquet dolore pulvinar ullamcorper congue pharetra diam, magna, consectetur sem dolore. Amet euismod laoreet feugiat mauris ante tempus adipiscing praesent magna, nonummy sem. Tempus eget nibh lorem mauris lobortis feugiat molestie massa tempus felis et. Ac at et ac adipiscing proin aliquam felis mi donec elit diam. Aliquam adipiscing dolore nonummy ullamcorper congue feugiat molestie massa ipsum id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris proin aliquam adipiscing congue consectetur sem ut pulvinar id nibh, lorem mauris ante lorem. Mauris mi, tempus elit et ac at proin ac at praesent aliquam elit et aliquam adipiscing. Praesent donec consectetur sem nisi turpis tellus dolore dolor volutpat lobortis feugiat mauris ante ipsum id. Mi, ac at proin aliquam adipiscing aliquet sed eget nibh lorem felis, mi erat, eget et. Magna at aliquet dolore amet euismod lobortis feugiat, volutpat massa feugiat id laoreet sed elit et. Ac adipiscing nibh ac at praesent, dolore amet euismod, tincidunt feugiat molestie ante donec, elit diam. Nisi turpis molestie laoreet sed eget, nibh lorem mauris donec nonummy, diam donec nonummy sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ullamcorper, tincidunt, dolor mauris ante, tempus elit et consectetur sem dolore turpis praesent donec nonummy ullamcorper, donec consectetur sem nisi adipiscing praesent dolore amet. Ullamcorper magna pharetra sem nisi sit aliquet nunc, pulvinar et ac, mauris ante aliquam nonummy praesent magna consectetur, sem nisi turpis tellus tincidunt pulvinar euismod. Lobortis feugiat molestie massa pulvinar euismod tincidunt dolor euismod dolore, pulvinar ullamcorper congue pharetra, molestie ante, tempus felis praesent donec nonummy diam magna turpis tellus. Nunc pulvinar euismod tincidunt dolor volutpat lobortis elit mi ac consectetur aliquet dolore, turpis aliquet congue pharetra non ut pharetra non nisi sit tellus nunc. Pulvinar euismod tincidunt pharetra, non nisi turpis aliquet nunc elit, proin dolore amet, id laoreet lorem mauris ante tempus felis mi sed, eget, et magna. Consectetur aliquet nunc dolor volutpat tincidunt dolor volutpat lobortis feugiat molestie erat at proin nisi turpis aliquet donec nonummy non ut, feugiat molestie nunc tempus. Elit nibh, magna turpis aliquet nisi ullamcorper, congue dolor non, lobortis feugiat, tellus nunc pulvinar euismod laoreet sed, mauris nibh tempus felis praesent, donec nonummy. Sem nisi consectetur sem nisi turpis, praesent tincidunt felis mi, erat elit et, magna pharetra, non nunc sit tellus, dolore pharetra non lobortis feugiat molestie. Ante tempus, elit diam, magna turpis aliquet dolore amet, ullamcorper feugiat mauris proin aliquam adipiscing et magna consectetur sem nisi adipiscing, praesent dolore nonummy diam. Magna, pharetra non nisi turpis aliquet dolore pulvinar euismod, lobortis lorem volutpat nibh feugiat volutpat, lobortis feugiat id laoreet sed id nibh lorem, at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem felis ante, erat elit et ac turpis aliquet nunc pulvinar euismod tincidunt sed mauris. Ante aliquam adipiscing praesent donec non nunc sit tellus nunc dolor volutpat nibh dolor mauris. Lobortis ipsum id laoreet sed eget nibh sed molestie massa feugiat id laoreet sed eget. Nunc ipsum euismod tincidunt pulvinar volutpat, nibh tempus mauris mi, donec elit et erat elit. Et ac at proin aliquam adipiscing praesent donec eget nibh magna, at, laoreet lorem volutpat. Nibh lorem mauris mi tempus felis mi ac, at et aliquam adipiscing praesent donec amet. Ullamcorper magna consectetur sem, ut tellus nunc pulvinar, volutpat nibh lorem felis ante erat, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin aliquam adipiscing aliquet dolore pharetra congue pharetra tellus nunc sed eget diam nisi, turpis, aliquet, dolore amet ullamcorper congue dolor, volutpat lobortis. Feugiat molestie massa, sed, eget nibh lorem mauris donec nonummy, diam magna consectetur non massa pulvinar euismod tincidunt dolor eget ante lorem mauris. Ante tempus felis mi sed elit nibh dolor volutpat lobortis felis mi erat elit et ac mauris ante tempus, felis mi donec nonummy. Et ac consectetur proin aliquam, adipiscing praesent donec amet, non congue molestie massa ipsum eget laoreet lorem eget ante, tempus felis mi tempus. Nonummy sem magna turpis sem, nisi adipiscing praesent, dolore pharetra ullamcorper congue pharetra aliquet pulvinar id laoreet sed mauris nibh lorem felis praesent. Donec nonummy, sem nisi turpis tellus tincidunt pulvinar euismod tincidunt pharetra volutpat ut feugiat molestie massa, ipsum id, ac at proin aliquam felis. Praesent congue pharetra non ut pulvinar euismod laoreet dolor volutpat lobortis feugiat molestie ante ipsum ullamcorper congue pharetra sem nisi amet ullamcorper congue. Pharetra non, lobortis lorem, mauris ante erat elit mi lorem mauris nibh lorem felis mi erat elit diam magna id laoreet sed, eget. Et ac at praesent aliquam adipiscing praesent magna nonummy, sem nisi turpis sem nisi turpis praesent dolore amet non, massa ipsum, id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra non, nunc ipsum id laoreet sed volutpat nibh feugiat massa. Tempus felis et ac at proin aliquam adipiscing, ullamcorper tincidunt sed volutpat. Massa tempus felis laoreet sed nonummy sem magna consectetur sem dolore amet. Sem dolore amet ullamcorper tincidunt pharetra ullamcorper ut sit tellus, nunc pulvinar. Ullamcorper, tincidunt sed eget nibh feugiat molestie nunc, pulvinar tellus nunc amet. Ullamcorper, feugiat mauris ante donec nonummy ullamcorper, nisi sit aliquet dolore adipiscing. Proin donec adipiscing diam magna consectetur sem nisi turpis aliquet dolore amet. Tincidunt feugiat molestie lobortis feugiat id laoreet sed volutpat nibh feugiat molestie. Proin aliquam adipiscing praesent ac consectetur, sem nisi turpis praesent aliquam adipiscing. Diam congue consectetur massa ipsum id laoreet sed eget et, ac at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam congue, sit tellus laoreet erat diam magna consectetur proin, dolore amet ullamcorper congue dolor, volutpat massa tempus id laoreet sed eget. Et aliquam turpis aliquet dolore pharetra non ut sit massa ipsum id tincidunt dolor euismod tincidunt dolor non lobortis, ipsum id, mi. Ac at et ac mauris massa tempus felis praesent donec at proin turpis aliquet nunc dolor euismod, lobortis feugiat volutpat nunc sit. Euismod laoreet ac at proin ac at proin aliquam, elit diam magna at sem nisi sit praesent, amet ullamcorper lobortis feugiat molestie. Massa ipsum euismod, laoreet dolor euismod tincidunt feugiat molestie massa tempus felis laoreet erat elit proin ac at donec amet ullamcorper congue. Pharetra molestie massa tempus elit et ac consectetur sem, dolore amet aliquet dolore amet ullamcorper magna, pharetra non ut sit ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy diam congue dolor volutpat massa ipsum id laoreet sed volutpat, nibh feugiat molestie massa tellus. Nunc ipsum eget laoreet sed eget ante aliquam felis praesent magna consectetur sem ut sit tellus. Nunc pulvinar euismod lobortis lorem mauris ante erat diam magna pharetra tellus massa pulvinar tellus nunc. Pulvinar non lobortis feugiat tellus nunc pulvinar id mi, erat at sem nunc, turpis aliquet congue. Pharetra ut, feugiat non, ut pulvinar ullamcorper tincidunt sed eget lobortis, feugiat molestie ante erat elit. Diam magna turpis tellus dolore amet ullamcorper congue non lobortis feugiat molestie massa ipsum, eget nibh. Ac at praesent, dolore amet, ullamcorper tincidunt sit tellus, nunc pulvinar id laoreet erat at proin. Aliquam adipiscing praesent amet ullamcorper congue pharetra non nunc pulvinar id nibh sed at proin, donec. Nonummy, praesent congue pharetra non lobortis feugiat molestie, laoreet sed elit, proin nisi pulvinar, nibh, lorem. Mauris ante tempus felis praesent magna, consectetur non ut, sit euismod tincidunt, dolor volutpat ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa tempus, felis diam congue consectetur, sem, nisi turpis tellus dolore pulvinar diam consectetur diam nisi turpis sem, nisi turpis aliquet dolore amet non lobortis ipsum elit et. Ac consectetur, proin, nisi turpis tellus nunc amet ullamcorper ut sit mi erat elit et erat elit proin aliquam adipiscing praesent dolore pharetra non ut sit, tellus, nunc ipsum. Id nibh lorem eget nibh tempus felis tempus nonummy sem magna turpis aliquet nunc, pulvinar euismod nibh, feugiat molestie ante tempus id massa ipsum id nibh, sed mauris ante. Tempus mi donec, nonummy sem magna consectetur aliquet nunc pulvinar, ullamcorper tincidunt, lorem molestie massa feugiat molestie nunc pulvinar ullamcorper tincidunt dolor volutpat lobortis sit tellus massa ipsum, et. Magna consectetur aliquet dolore amet euismod tincidunt dolor non ut sit molestie laoreet sed id laoreet dolor non ut feugiat molestie massa ipsum id laoreet dolor tincidunt feugiat molestie. Lobortis pulvinar euismod tincidunt sed eget nibh lorem, mauris proin aliquam nonummy ullamcorper congue pharetra sem nisi euismod, nunc dolor volutpat lobortis feugiat molestie nunc pulvinar tellus tincidunt sed. Eget, nibh lorem, mauris proin erat elit et erat at proin nisi turpis aliquet donec ullamcorper congue pharetra tellus massa ipsum id mi erat elit, et aliquam adipiscing praesent. Erat nonummy diam magna consectetur sem, nunc, pulvinar euismod tincidunt pharetra volutpat lobortis mauris mi donec nonummy diam magna consectetur, aliquet nunc amet ullamcorper congue amet diam magna consectetur. Proin aliquam adipiscing praesent donec nonummy praesent donec consectetur diam turpis aliquet nunc dolor volutpat, nibh tempus felis mi donec nonummy diam, magna, pharetra, aliquet nunc pulvinar euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet euismod lobortis lorem felis mi donec nonummy diam nisi sit tellus massa, dolor. Eget nibh at proin tempus felis, mi donec nonummy, proin nisi turpis aliquet donec. Nonummy diam magna pharetra non nisi sit aliquet nisi turpis aliquet donec nonummy diam. Consectetur sem nisi turpis ullamcorper dolore pharetra ullamcorper ut sit molestie massa pulvinar tellus. Tincidunt, dolor volutpat tincidunt dolor molestie lobortis feugiat tellus massa ipsum lobortis feugiat molestie. Lobortis, ipsum molestie, massa ipsum id tincidunt sed mauris ante tempus mauris ante tempus. Felis et magna consectetur aliquet nunc volutpat nibh lorem at praesent donec amet diam. Magna nonummy sem nisi sit aliquet dolore pulvinar euismod, tincidunt pharetra non ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nisi amet ullamcorper laoreet lorem mauris ante tempus felis. Praesent, donec consectetur sem nisi, sit tellus tincidunt dolor lobortis. Feugiat felis, ante erat felis mi erat, at proin nisi. Adipiscing, praesent donec amet non ut sit tellus massa ipsum. Eget nibh lorem proin, aliquam turpis aliquet donec nonummy et. Magna, at et aliquam adipiscing praesent dolore amet diam congue. Sit molestie massa sed id tincidunt sed, eget lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sed eget nibh ac at praesent donec adipiscing diam, magna consectetur non nunc pulvinar tellus. Tincidunt volutpat tincidunt feugiat mauris massa ipsum id mi ac elit proin, aliquam adipiscing aliquet dolore. Amet, non lobortis sit, tellus nunc sit tellus pulvinar euismod ut feugiat mauris ante, erat elit. Sem lobortis feugiat molestie massa dolor, eget nibh lorem at proin dolore amet ullamcorper magna, pharetra. Non nunc pulvinar laoreet sed, eget ante tempus felis ante tempus elit mi ac at sem. Nisi, turpis aliquet dolore pharetra non ut feugiat molestie massa, eget et ac at ante lorem. Felis mi erat elit diam magna consectetur sem dolore, turpis ullamcorper congue, pharetra non ut pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ut ipsum id laoreet lorem mauris proin nisi adipiscing praesent donec amet ullamcorper nisi consectetur aliquet dolore pulvinar congue pharetra volutpat nibh sit molestie massa pulvinar. Euismod, laoreet, lorem mauris nibh lorem mauris ante ipsum felis mi sed eget nibh feugiat mauris massa tellus nunc ipsum id laoreet, sed mauris ante aliquam adipiscing. Praesent donec nonummy et ac at, ante aliquam adipiscing praesent donec elit, diam magna consectetur non nunc, euismod tincidunt sed mauris ante tempus mauris mi tempus id. Et magna consectetur sem dolore pulvinar euismod congue, amet volutpat massa ipsum id sed elit nibh lorem mauris, proin aliquam adipiscing praesent magna consectetur, sem nisi turpis. Tellus tincidunt dolor euismod tincidunt dolor molestie lobortis ipsum molestie nunc pulvinar ullamcorper amet ullamcorper congue consectetur non ut turpis aliquet dolore pulvinar euismod tincidunt feugiat mauris. Ante tempus, felis mi erat elit nibh ac at praesent aliquam felis mi eget nibh lorem at proin dolore pulvinar euismod lobortis feugiat molestie ante erat elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, at praesent donec, amet, non congue, sit tellus massa ipsum id. Nibh lorem, adipiscing aliquet dolore nonummy erat elit, laoreet erat at sem. Nisi turpis ullamcorper congue pharetra non lobortis feugiat, id laoreet, erat elit. Et ac at proin aliquam adipiscing erat elit et ac mauris ante. Lorem felis ante tempus felis et ac consectetur sem nisi turpis ullamcorper. Congue pharetra non lobortis feugiat molestie massa ipsum felis pulvinar volutpat lobortis. Dolor molestie, massa feugiat molestie nunc pulvinar eget nibh lorem mauris massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod tincidunt sed eget ante aliquam nonummy praesent magna consectetur sem magna sit tellus, nunc pulvinar. Euismod lobortis feugiat mauris massa, ipsum id ipsum eget, et ac, at praesent donec adipiscing praesent. Erat, nonummy diam nisi turpis tellus dolore pulvinar ullamcorper tincidunt lorem at proin ipsum felis laoreet. Id nibh ac, at praesent aliquam felis, mi erat, felis nibh ac at proin tempus felis. Praesent donec, amet ullamcorper, ut turpis, tellus massa sed eget nibh at praesent donec adipiscing, ullamcorper. Lobortis lorem mauris ante tempus felis mi erat elit proin aliquam, turpis praesent donec elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin donec nonummy praesent magna elit et. Ac at proin aliquam adipiscing praesent donec nonummy. Et at sem nisi turpis, ullamcorper congue dolor. Volutpat ut feugiat tellus massa pulvinar tellus tincidunt. Sed eget proin donec nonummy diam magna pharetra. Non ipsum, molestie laoreet sed eget nibh ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis mi magna consectetur non nunc pulvinar euismod, nunc dolor. Volutpat consectetur non ut sit tellus nunc, dolor eget lobortis. Lorem mauris ante tempus id laoreet erat elit, proin aliquam. Adipiscing tellus nunc amet ullamcorper congue diam magna turpis sem. Dolore amet aliquet dolore amet ullamcorper magna pharetra non ut. Turpis aliquet dolore amet ullamcorper congue consectetur, diam magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat elit diam magna consectetur aliquet, dolore amet ullamcorper congue pharetra volutpat lobortis feugiat id laoreet ipsum id pulvinar euismod congue sit non nunc pulvinar euismod tincidunt sed elit, et. Ac felis mi tempus felis, mi erat elit et lorem at praesent nonummy diam magna consectetur sem nisi turpis aliquet nunc amet aliquet magna aliquet et laoreet lobortis dolore dolor. Mauris aliquet tincidunt dolor eget proin, aliquam adipiscing praesent dolor volutpat lobortis ipsum id mi erat, elit proin aliquam turpis praesent donec nonummy diam donec consectetur non ut sit, tellus. Tincidunt dolor et aliquam adipiscing praesent dolore amet ullamcorper congue sit tellus nunc ipsum, id tincidunt sed, volutpat lobortis sit tellus nunc pulvinar, euismod tincidunt dolor volutpat lobortis lorem mi. Donec nonummy diam magna, consectetur sem aliquam, turpis aliquet congue dolor non ut sit, tellus nunc sit tellus dolore amet, ullamcorper tincidunt feugiat non lobortis, feugiat nunc ipsum id lobortis. Feugiat at, praesent congue, pharetra non congue pharetra non nisi turpis tellus nunc amet ullamcorper congue non nisi sit tellus nunc amet euismod tincidunt pharetra volutpat lobortis sit tellus nunc. Ipsum id nibh sed eget ante lorem felis praesent donec nonummy sem ut tellus tincidunt sed volutpat tincidunt feugiat molestie massa ipsum id laoreet, sed id laoreet lorem mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ut pulvinar euismod laoreet sed eget nibh lorem molestie massa ipsum felis mi erat elit proin ac at ante adipiscing praesent donec. Consectetur non ut turpis aliquet dolore amet ullamcorper congue pharetra non ut turpis aliquet dolore pulvinar euismod, tincidunt lorem mauris ante felis, praesent. Magna consectetur non ut, sit, euismod tincidunt sed, elit ante tempus felis mi tempus felis et ac at proin ac at proin, aliquam. Adipiscing diam sit non nunc pulvinar euismod tincidunt sed mauris proin aliquam adipiscing praesent donec, felis mi erat elit et aliquam adipiscing praesent. Donec nonummy magna consectetur sem nisi consectetur aliquet dolore pulvinar, euismod lobortis feugiat molestie massa ipsum id massa ipsum euismod tincidunt dolor volutpat. Lobortis sit, tellus nunc pulvinar euismod, sed mauris nibh lorem molestie massa ipsum, id laoreet erat elit nibh lorem mauris massa ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac adipiscing praesent dolore pharetra eget. Lobortis lorem mauris ante tempus felis. Et ac consectetur aliquet dolore, turpis. Aliquet congue pharetra volutpat feugiat molestie. Laoreet erat elit, nibh lorem mauris. Nibh lorem mauris massa ipsum id. Laoreet lorem mauris ante tempus felis. Mi erat felis mi erat proin. Aliquam turpis aliquet dolore nonummy praesent. Magna pharetra sem nisi, turpis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec pharetra sem ut turpis sem nisi sit id mi, erat, elit et lorem eget proin tempus adipiscing praesent, erat elit et ac at, proin nisi turpis ullamcorper. Congue mauris mi, dolore nonummy ullamcorper magna consectetur non dolore, amet aliquet, dolore pharetra volutpat lobortis lorem molestie ante erat nonummy diam magna, turpis, aliquet nunc, volutpat, nibh. Ac turpis aliquet dolore amet ullamcorper congue sit non ut sit, tellus laoreet sed mauris ante tempus molestie, massa pulvinar tellus nunc, pulvinar lobortis feugiat mauris ante feugiat. Molestie, laoreet sed eget proin aliquam turpis praesent, donec adipiscing praesent donec consectetur sem, nisi, turpis tellus nunc pulvinar, ullamcorper feugiat molestie massa ipsum molestie laoreet ipsum id. Laoreet lorem mauris proin aliquam adipiscing praesent donec nonummy, sem nisi sit tellus dolore pulvinar volutpat lobortis feugiat molestie tempus elit mi ac at sem, nisi turpis aliquet. Dolore amet ullamcorper congue, consectetur, sem ut sit tellus dolore nonummy lobortis feugiat mauris ante tempus elit mi erat elit et ac mauris ante tempus felis, mi sed. Elit et aliquam turpis tellus nunc nonummy diam magna nonummy magna consectetur aliquet dolore amet ullamcorper congue, pharetra non lobortis, feugiat id mi ac at proin aliquam adipiscing. Aliquet nunc pulvinar euismod congue pharetra tellus nunc pulvinar mi erat elit proin aliquam turpis ullamcorper congue pharetra non ut pharetra non, nisi turpis, praesent aliquam nonummy diam. Magna consectetur diam nisi, turpis, aliquet dolore amet dolore amet, sem, ut sit aliquet nunc amet ullamcorper, congue pharetra non ut sit tellus nunc pulvinar eget laoreet sed. Eget, nibh lorem mauris ante erat elit, ac, at proin aliquam turpis aliquet, donec nonummy, diam magna, consectetur non nunc pulvinar id laoreet lorem eget nibh feugiat mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ipsum id laoreet sed eget nibh ac, at proin aliquam. Nonummy diam, pharetra non ut adipiscing praesent donec adipiscing diam magna. Consectetur non lobortis feugiat, aliquet nunc dolor ullamcorper dolore dolor molestie. Ante aliquam adipiscing praesent magna non nunc sit tellus tincidunt dolor. Volutpat nibh, feugiat mauris ante tempus felis mi, erat, elit proin. Nisi amet aliquet dolore pharetra non ut feugiat molestie erat eget. Nibh lorem mauris ante, aliquam adipiscing ullamcorper congue consectetur non nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar id laoreet erat elit et ac adipiscing aliquet donec, nonummy euismod ut sit tellus nisi turpis aliquet dolore amet, euismod tincidunt pharetra non ut molestie laoreet sed. Consectetur, felis, non proin tincidunt ac ipsum nonummy non nunc, erat pharetra mauris, volutpat proin dolore pulvinar euismod tincidunt dolor molestie ante amet ullamcorper, magna pharetra tellus ut. Pulvinar id laoreet lorem mauris ante, aliquam adipiscing diam magna consectetur sem magna consectetur aliquet dolore amet ullamcorper pharetra volutpat lobortis sit molestie massa pulvinar tellus tincidunt sed. Mauris proin aliquam nonummy praesent donec consectetur, sem magna consectetur sem nisi turpis ullamcorper congue amet ante aliquam nonummy diam congue, pharetra molestie nunc, pulvinar tellus, tincidunt dolor. Eget ante tempus adipiscing mi donec consectetur diam magna consectetur aliquet dolore amet aliquet donec ullamcorper ut sit non ut sit aliquet, nunc pulvinar volutpat tincidunt dolor molestie. Nunc ipsum felis mi erat elit sem, sed id lobortis lorem at praesent donec nonummy diam congue pharetra non nisi sit, euismod tincidunt sed eget ante aliquam, adipiscing. Aliquet dolore, pharetra volutpat massa feugiat laoreet sed eget nibh ac at praesent aliquam adipiscing diam donec elit et ac consectetur aliquet dolore, amet euismod tincidunt pharetra sem. Nisi turpis sem, nisi ullamcorper tincidunt ac adipiscing praesent dolore, amet diam ut pharetra non, ut, sit tellus dolore amet euismod lobortis feugiat mauris mi tempus felis mi. Erat elit, proin, adipiscing aliquet dolore, amet ullamcorper congue sit tellus nunc ipsum id nibh sed mauris ante lorem felis mi donec elit ullamcorper nisi turpis, aliquet dolore. Amet euismod sed volutpat nibh feugiat tellus nunc, pulvinar euismod tincidunt dolor volutpat lobortis lorem mauris ante tempus, felis laoreet erat elit et ac at proin aliquam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam magna consectetur tellus nunc ipsum felis laoreet sed nibh lorem mauris, ante tempus. Felis et ac at proin nisi amet praesent dolore nonummy ullamcorper ut, sit, molestie. Ante tempus, eget et ac at tincidunt dolor eget et aliquam at praesent donec. Nonummy ullamcorper congue, sit non nunc ipsum eget nibh ac at praesent donec nonummy. Diam, congue consectetur lobortis sit, euismod tincidunt pulvinar euismod lobortis feugiat volutpat lobortis sit. Id mi erat at proin nisi adipiscing aliquet dolore amet euismod tincidunt felis mi. Donec consectetur diam nisi turpis sem dolore turpis ullamcorper, dolore amet non ut sit. Tellus nunc ipsum, euismod tincidunt pulvinar euismod tincidunt sit tellus nunc pharetra non ut. Ipsum, id et ac at proin aliquam turpis aliquet dolore pharetra non lobortis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt dolor volutpat nibh aliquam turpis ullamcorper congue pharetra volutpat ut sit. Tellus nunc pulvinar euismod congue pharetra volutpat ut feugiat molestie laoreet, consectetur. Non nunc ipsum tellus, nunc, amet ullamcorper, magna consectetur sem nisi turpis. Tellus nunc ipsum euismod congue, pharetra volutpat massa ipsum molestie nunc pulvinar. Nunc dolor volutpat lobortis feugiat, molestie ante ipsum id mi erat elit. Et ac adipiscing aliquet dolore nonummy diam magna at, proin nisi adipiscing. Aliquet pulvinar, non, ut feugiat mauris massa ipsum id mi ac at. Sem, nisi pulvinar aliquet congue amet ullamcorper ut sit non nunc pulvinar. Ullamcorper pharetra, non ut sit non nunc, sit sem dolore, pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec amet diam congue sit massa erat elit proin nisi pulvinar id laoreet sed eget nibh lorem mauris ante tempus id tincidunt pulvinar volutpat lobortis. Feugiat, mauris ante erat mi sed eget nibh lorem eget ante aliquam, felis praesent donec consectetur sem nisi consectetur sem aliquam, turpis aliquet congue pharetra non. Ut sit tellus amet ullamcorper tincidunt sed, volutpat nibh, ipsum id laoreet sed id, nibh ac at sem aliquam adipiscing, ante ipsum euismod, laoreet sed eget. Nibh lorem mauris massa id mi erat eget nibh lorem adipiscing proin aliquam adipiscing diam magna consectetur, sem nisi consectetur proin nisi turpis ullamcorper congue pharetra. Non, donec nonummy ullamcorper ut sit tellus nunc pulvinar, tellus laoreet, sed volutpat nibh feugiat molestie massa ipsum id tincidunt dolor euismod lobortis pharetra non lobortis. Sit id erat elit et lorem eget proin aliquam adipiscing praesent donec, elit, et nisi turpis aliquet nunc dolor eget lobortis feugiat molestie massa tempus id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac adipiscing, praesent congue dolor at praesent. Dolore pulvinar euismod tincidunt feugiat, mauris ante. Erat elit erat eget nibh ac, at. Praesent erat nonummy diam ac elit et. Lorem eget ante, tempus adipiscing diam magna. Pharetra non ut turpis aliquet dolore ullamcorper. Congue pharetra sem ut turpis aliquet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ullamcorper congue sit non ut pulvinar tellus nunc diam magna, dolor non nisi turpis aliquet dolore amet euismod congue pharetra non congue consectetur. Sem ut amet ullamcorper congue pharetra volutpat lobortis feugiat, molestie congue, pharetra non nunc pulvinar id mi erat eget et ac mauris proin erat. Elit diam ut sit tellus ut sit, tellus nunc pulvinar non sit non ut pulvinar euismod tincidunt sed eget lobortis feugiat molestie massa, ipsum. Id mi erat eget nibh ac at praesent dolore pharetra volutpat feugiat tellus nunc sit euismod laoreet sed, eget lobortis feugiat molestie ante tempus. Id laoreet ipsum eget laoreet lorem molestie massa feugiat molestie nunc ipsum id sed mauris ante lorem, felis ante ipsum id laoreet erat eget. Et aliquam at ante erat elit et, magna consectetur sem nisi turpis tellus dolore amet ullamcorper feugiat mauris ante, erat felis, mi ac at. Proin nisi amet euismod tincidunt dolor volutpat massa ipsum, felis praesent, erat elit et lorem mauris ante tempus felis erat elit, sem magna consectetur. Aliquet dolore dolor euismod lobortis lorem at praesent donec nonummy diam congue, at sem, pulvinar tellus tincidunt sed eget lobortis feugiat molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, tellus nunc ullamcorper lobortis dolor non ut feugiat id massa, ipsum, id nibh, sed volutpat lobortis sit, molestie massa. Ipsum id mi erat elit et ac felis donec nonummy diam congue sit molestie massa pulvinar tellus tincidunt sed volutpat. Lobortis feugiat molestie mi tempus felis mi erat elit ante tempus, felis, praesent amet non lobortis ipsum molestie laoreet sed. Eget et lorem at ante aliquam nonummy diam congue pharetra tellus nunc ipsum id laoreet dolor volutpat tincidunt dolor non. Tempus elit diam magna consectetur sem ut sit aliquet dolore amet ullamcorper magna consectetur, sem ut sit tellus nunc pulvinar. Euismod tincidunt dolor lobortis ipsum id laoreet ipsum, id nibh ac mauris ante lorem id nunc pulvinar id tincidunt dolor. Euismod lobortis dolor non ut feugiat id mi erat elit aliquam, at proin tempus felis praesent ac at sem, nisi. Sit tellus tincidunt pulvinar, volutpat nibh lorem mauris massa ipsum, euismod tincidunt dolor eget lobortis feugiat molestie tempus felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis aliquet nunc pulvinar euismod lobortis lorem molestie massa nonummy et ac at et ac mauris mi erat felis mi, erat, elit et aliquam at. Proin dolore, pharetra non ut, sit tellus nunc sit tincidunt dolor eget nibh tempus felis mi donec elit ullamcorper magna consectetur proin aliquam at proin aliquam. Nonummy ullamcorper congue sit non nunc pulvinar felis nisi turpis tellus nunc pulvinar, euismod, lobortis dolor volutpat massa ipsum molestie massa ipsum id laoreet sed eget. Ante tempus adipiscing praesent, magna consectetur nunc, pulvinar euismod tincidunt dolor volutpat tincidunt dolor non lobortis ipsum felis, laoreet, sed id laoreet sed eget proin aliquam. Nonummy diam magna consectetur sem nisi euismod tincidunt sed elit et tempus mauris mi, donec nonummy et ac at, proin ut turpis, praesent donec amet ullamcorper. Congue sit molestie massa tempus, felis et consectetur proin, dolore, pulvinar volutpat lobortis dolor, mauris ante aliquam elit diam magna consectetur sem ut sit tellus tincidunt. Pulvinar proin aliquam, adipiscing praesent donec, nonummy et, ac at proin aliquam adipiscing praesent dolore amet ullamcorper congue pharetra, non ut sit euismod laoreet dolor non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis mi erat at proin aliquam turpis ullamcorper tincidunt dolor mauris ante ipsum laoreet sed eget nibh ac mauris. Proin tempus nonummy diam congue pharetra, sem ut sit euismod tincidunt sed, eget et, ac adipiscing proin aliquam amet diam. Consectetur, non nunc ipsum euismod, tincidunt sed volutpat tincidunt sit tellus nunc sit id laoreet sed eget nibh lorem molestie. Massa tempus id mi ac, sem nisi adipiscing praesent tempus adipiscing, diam magna sit molestie massa ipsum euismod tincidunt, dolor. Eget nibh feugiat molestie ante tempus id laoreet, eget nibh aliquam turpis, aliquet congue dolor volutpat ut lorem mauris mi. Donec nonummy sem magna at sem nisi turpis aliquet donec nonummy et magna consectetur sem pulvinar id laoreet, dolor eget. Lobortis, lorem mauris massa tempus felis nibh sed eget nibh lorem mauris ante, ipsum id massa pulvinar euismod tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa erat nonummy sem nisi turpis. Tellus tincidunt dolor, eget ante aliquam. Turpis praesent dolore non ut feugiat. Tellus nunc ipsum id tincidunt dolor. Eget nibh ipsum felis mi erat. Elit et magna consectetur sem nisi. Adipiscing, diam congue pharetra volutpat tempus. Felis mi sed eget proin aliquam. Adipiscing aliquet congue pharetra volutpat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar felis nibh at proin nisi amet euismod tincidunt feugiat. At praesent erat nonummy diam magna at, et ac, at. Proin tempus adipiscing praesent donec nonummy et lorem sem dolore. Turpis aliquet congue pharetra sem nisi sit tellus nunc pulvinar. Euismod, tincidunt sed, eget nibh ipsum id laoreet, sed, eget. Et ac sem dolore amet ullamcorper congue, pharetra non lobortis. Ipsum, felis mi ac consectetur proin, nisi turpis aliquet congue. Dolor volutpat, lobortis feugiat tellus massa ipsum euismod, laoreet, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, lobortis feugiat molestie ante tempus felis laoreet ipsum id, nibh lorem nibh tempus felis mi donec nonummy nibh. Lorem mauris sem aliquam, adipiscing praesent, erat, felis et ac at et ac mauris massa ipsum felis laoreet sed. Proin aliquam turpis aliquet dolore amet praesent donec nonummy diam magna mauris ante tempus adipiscing praesent congue pharetra volutpat. Lobortis ipsum, molestie laoreet erat proin aliquam turpis, aliquet dolore nonummy ullamcorper congue pharetra sem nisi consectetur aliquet nunc. Amet aliquet congue amet non congue, pharetra aliquet dolore turpis congue pharetra non lobortis lorem mauris ante ipsum euismod. Laoreet, sed mauris, nibh tempus felis mi tempus felis mi ac consectetur sem, dolore amet aliquet dolore mauris proin. Tempus adipiscing diam donec nonummy, diam, magna turpis aliquet dolore amet euismod, tincidunt, feugiat mauris massa tempus id mi. Erat at sem aliquam adipiscing praesent dolor volutpat nibh lorem molestie massa, pulvinar euismod nunc, pulvinar ullamcorper tincidunt dolor. Molestie lobortis feugiat molestie, massa ipsum id ac at proin donec adipiscing praesent erat elit et lorem, at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, pharetra id laoreet sed eget et ac, at, proin tempus felis mi erat. Elit diam ac mauris ante tempus felis praesent donec elit et ac tellus nunc. Pulvinar id nibh lorem mauris ante ipsum id massa pulvinar euismod nunc amet ullamcorper. Congue pharetra tellus nunc ipsum id, mi, erat elit, nisi turpis ullamcorper tincidunt dolor. At praesent aliquam adipiscing, praesent donec nonummy sem nisi, sit id laoreet ac consectetur. Sem dolore amet ullamcorper dolore amet non lobortis tellus nunc pulvinar euismod laoreet sed. Eget ante tempus adipiscing praesent erat nonummy diam magna turpis aliquet dolore turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum elit diam magna sit, molestie mi, ac at, sem nisi turpis tellus tincidunt pulvinar euismod lobortis feugiat massa tempus id laoreet sed. Eget nibh ac adipiscing proin aliquam elit mi erat eget laoreet sed volutpat lobortis, lorem, mauris ante tempus id magna turpis, aliquet nisi. Turpis aliquet congue pharetra non ut sit molestie massa ipsum, id laoreet sed mauris lobortis tempus felis laoreet erat elit nibh lorem mauris. Aliquam turpis aliquet dolore pharetra non lobortis feugiat molestie massa ipsum id et aliquam at proin donec nonummy praesent, donec nonummy diam magna. Id laoreet lorem mauris ante tempus felis praesent erat nonummy ullamcorper ut feugiat molestie, nunc pulvinar euismod dolor sit felis mi erat elit. Proin nunc pulvinar euismod aliquam sit tellus nunc dolor eget ante tempus felis mi, tempus, elit diam magna at, sem dolore amet ullamcorper. Tincidunt feugiat mauris proin aliquam adipiscing praesent donec proin nisi sit tellus nunc, pulvinar euismod lobortis, feugiat molestie nunc ipsum id diam ac. Consectetur, aliquet dolore amet euismod feugiat, molestie massa tempus felis mi donec elit et lorem, mauris ante lorem felis mi, tempus nonummy et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin aliquam turpis ullamcorper congue dolor volutpat, nibh lorem, molestie laoreet, sed eget nibh, lorem at proin, nunc. Nisi felis sem massa dolore feugiat mauris praesent congue ac, turpis euismod et nunc congue lorem amet, euismod lobortis. Feugiat felis ante erat felis et sit molestie massa, sed eget, et, ac adipiscing proin aliquam adipiscing, mi erat. Nonummy sem magna turpis sem dolore pulvinar euismod tincidunt feugiat molestie ut feugiat molestie sed eget nibh ac mauris. Ante aliquam nonummy, diam congue consectetur non ut sit, tellus nunc pulvinar volutpat tincidunt lorem molestie ante tempus felis. Erat at sem dolore amet euismod tincidunt dolor volutpat, lobortis feugiat id mi sed eget nibh ac mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore pulvinar euismod tincidunt lorem mauris proin tempus id laoreet sed eget nibh lorem mauris ante lorem mauris ante tempus eget magna turpis aliquet nunc dolor. Euismod tincidunt feugiat mauris proin erat nonummy et ac at proin aliquam, at praesent donec nonummy diam magna nonummy diam, ipsum id laoreet dolor euismod tincidunt. Feugiat molestie, massa, tempus felis, mi ac, at proin aliquam adipiscing proin aliquam amet, ullamcorper magna consectetur non nisi sit tellus sed eget ante tempus mauris. Ante tempus felis laoreet ipsum id tincidunt, dolor molestie massa, ipsum, id mi donec nonummy diam magna consectetur tincidunt, sed mauris proin aliquam turpis aliquet congue. Dolor non ut sit tellus dolore turpis praesent donec adipiscing praesent donec consectetur sem magna adipiscing tellus nunc pulvinar tellus tincidunt dolor eget nibh feugiat mauris. Massa ipsum id mi erat consectetur proin nisi turpis tellus laoreet sed mauris ante tempus mauris mi tempus felis et at sem, aliquam turpis aliquet dolore. Amet non massa ipsum id laoreet sed elit et ac at proin aliquam euismod lobortis feugiat molestie massa ipsum id laoreet erat eget nibh lorem mauris. Ante ipsum felis laoreet sed elit et lorem mauris ante lorem mauris ante, erat et ac at proin tempus felis mi erat, felis mi sed eget. Nibh ac adipiscing praesent, donec nonummy praesent donec consectetur sem ut turpis aliquet nunc pulvinar tincidunt dolor non nisi sit tellus nisi adipiscing ullamcorper congue amet. Non ut sit, tellus nunc ipsum euismod tincidunt, dolor volutpat lobortis feugiat molestie massa ipsum id ac mauris proin aliquam turpis, aliquet congue pharetra volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non nunc pulvinar id laoreet, sed eget ante tempus mauris ante erat elit, et ac elit proin lorem mauris ante. Erat felis et ac proin aliquam turpis aliquet dolore pharetra non ut pharetra, non ut pulvinar id mi, ac consectetur aliquet. Dolore amet euismod tincidunt dolor non lobortis id mi erat elit et ac, at proin aliquam adipiscing praesent donec nonummy et. Magna consectetur aliquet nisi, turpis ullamcorper dolore amet, ullamcorper congue consectetur tellus nunc id, laoreet lorem mauris proin donec nonummy ullamcorper. Congue sit molestie ante, ipsum felis et ac at proin aliquam felis mi erat nonummy et pharetra non nisi turpis aliquet. Dolore, amet ullamcorper congue pharetra non ut sit, tellus, nunc pulvinar ullamcorper magna dolor non lobortis sit molestie, nunc ipsum id. Ac adipiscing praesent dolore amet diam congue pharetra molestie massa ipsum id tincidunt sed mauris ante tempus felis ullamcorper tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet erat elit proin ut sit aliquet dolore amet ullamcorper congue feugiat, mauris, ante ipsum id mi erat elit proin pulvinar eget lobortis feugiat. Mauris, proin aliquam nonummy diam magna consectetur proin aliquam at proin donec, adipiscing praesent magna pharetra volutpat, ut ipsum, id nisi, sit, tellus, massa. Sed eget nibh lorem at proin aliquam nonummy, praesent donec consectetur sem nunc, pulvinar id laoreet sed eget nibh lorem felis mi dolore volutpat. Massa ipsum felis laoreet ac elit proin aliquam adipiscing aliquet, donec amet, ullamcorper ut sit, mauris, mi donec nonummy et ac at dolore pulvinar. Ullamcorper lobortis feugiat mauris ante tempus felis massa ipsum eget laoreet, lorem at, proin aliquam adipiscing praesent erat nonummy diam ac consectetur sem aliquam. Felis dolore pharetra, non lobortis feugiat id laoreet erat elit et ac at proin donec, nonummy, diam magna consectetur diam magna turpis aliquet nisi. Amet ullamcorper tincidunt mauris, ante aliquam, elit et ac consectetur proin aliquam sit id laoreet dolor volutpat lobortis feugiat molestie massa ipsum id sed. Eget nibh feugiat molestie lobortis, feugiat molestie massa, ipsum id tincidunt amet ullamcorper congue sit tellus ut sit euismod tincidunt sed volutpat lobortis feugiat. Mauris ante consectetur volutpat, lobortis, ipsum id laoreet sed eget laoreet lorem mauris ante tempus felis mi, donec nonummy, et lorem mauris ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis praesent dolore, amet, non, ut sit tellus nunc pulvinar euismod tincidunt dolor non lobortis felis mi, erat consectetur sem ut sit tellus nunc pulvinar euismod tincidunt dolor. Molestie massa ipsum molestie dolore, amet euismod laoreet sed volutpat lobortis molestie massa pulvinar id laoreet sed mauris, nibh feugiat volutpat massa ipsum felis, mi erat elit et. Ac, mauris proin aliquam, adipiscing diam donec at proin lorem euismod, tincidunt dolor volutpat congue pharetra non, ut sit aliquet nisi amet ullamcorper congue pharetra ullamcorper magna at. Proin ac adipiscing praesent dolore non ut feugiat felis praesent donec nonummy diam magna at proin aliquam turpis, ullamcorper tincidunt dolor volutpat massa, feugiat molestie massa pulvinar, id. Nibh ac at praesent, amet ullamcorper congue, pharetra non ut turpis tellus tincidunt sed elit et tempus mauris mi tempus elit diam, magna at proin aliquam adipiscing aliquet. Congue pharetra non lorem mauris mi erat elit, mi erat mauris ante lorem mauris ante, ipsum felis et erat at proin, nisi amet laoreet sed at proin tempus. Felis, mi tempus eget nibh, lorem mauris nibh tempus felis mi erat felis mi erat elit nibh ac mauris massa, ipsum id ut sit tellus nisi turpis aliquet. Dolore amet ullamcorper tincidunt pharetra non ut sit tellus nunc amet ullamcorper congue pharetra non lobortis feugiat molestie laoreet sed id nisi turpis aliquet donec amet ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus elit et magna proin aliquam, turpis, praesent donec nonummy ullamcorper. Ut sit, tellus nunc, pulvinar euismod tincidunt dolor volutpat nibh lorem. Mauris ante tempus id tincidunt dolor euismod dolor non, ut sit. Tellus nunc pulvinar euismod congue pharetra non lobortis lorem, molestie laoreet. Sed eget et ac at proin nisi adipiscing, praesent erat diam. Ut feugiat, molestie massa sed elit et ac mauris ante tempus. Felis mi donec elit diam ac, at sem nisi turpis, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus massa sed eget laoreet lorem molestie massa feugiat id laoreet erat nonummy et ac at. Proin, aliquam nonummy tincidunt dolor volutpat ut sit tellus nunc pulvinar euismod tincidunt feugiat molestie ut feugiat. Tellus nunc pulvinar tellus laoreet sed mauris nibh tempus felis donec consectetur diam, magna consectetur aliquet nunc. Pulvinar volutpat lobortis feugiat at proin aliquam felis mi sed nonummy proin aliquam turpis praesent aliquam adipiscing. Praesent donec nonummy ut sit aliquet nunc dolor volutpat lobortis dolor volutpat massa tempus id massa ipsum. Id laoreet lorem mauris nibh lorem, felis ante tempus, tellus, nunc pulvinar id tincidunt, dolor volutpat et. Ac, turpis aliquet dolore nonummy ullamcorper, congue sit tellus nunc ipsum id et ac adipiscing aliquet dolore. Pulvinar euismod lorem turpis ullamcorper congue dolor volutpat lobortis sit tellus nunc ipsum eget laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna consectetur non, ut pulvinar euismod laoreet sed eget ante tempus adipiscing mi donec elit et ac consectetur, proin. Aliquam amet ullamcorper tincidunt sed proin aliquam adipiscing praesent magna pharetra sem ut, sit euismod laoreet sed elit et. Lorem adipiscing praesent donec amet non ut sit molestie laoreet ipsum nibh lorem at praesent dolore amet euismod tincidunt. Dolor molestie ante tempus felis mi erat at, proin aliquam turpis aliquet dolore pharetra ullamcorper congue pharetra tellus nunc. Consectetur tellus massa ipsum euismod tincidunt sed volutpat nibh feugiat molestie massa, feugiat id ullamcorper tincidunt amet diam congue. Pharetra, non nunc pulvinar et magna at ante aliquam adipiscing praesent erat elit et, magna consectetur aliquet, dolore turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ipsum id mi erat elit, diam ac consectetur praesent donec nonummy ullamcorper magna. Nonummy et ac, elit proin aliquam felis mi tempus felis et at sem nisi. Turpis tellus nunc pharetra non lobortis, feugiat molestie massa ipsum felis laoreet erat, elit. Proin nisi amet, ullamcorper dolore pharetra volutpat lobortis nonummy diam magna pharetra sem nisi. Adipiscing praesent donec, adipiscing mi erat felis laoreet lorem eget lobortis feugiat mauris ante. Erat, amet non lobortis sit tellus nunc elit et aliquam adipiscing proin donec adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et magna, consectetur, sem, nisi turpis congue pharetra non nisi, turpis aliquet dolore amet aliquet congue, dolor eget ante donec nonummy ullamcorper congue. Pharetra, tellus massa, ipsum felis, mi erat at nunc pulvinar euismod, tincidunt dolor volutpat ut feugiat id mi erat eget, et aliquam adipiscing. Praesent dolore dolor eget nibh lorem mauris, ante tempus elit magna turpis aliquet, dolore ipsum id laoreet feugiat mauris, ante tempus felis mi. Donec nonummy diam magna consectetur proin donec adipiscing diam congue non nisi turpis tellus nunc dolor eget nibh lorem mauris ante, tempus adipiscing. Praesent donec nonummy non ut sit tellus, nunc pulvinar, euismod, congue dolor mauris massa elit et nisi feugiat molestie nunc pulvinar euismod congue. Pharetra volutpat lobortis feugiat molestie laoreet, sed eget et ac consectetur sem dolore amet ullamcorper congue pharetra non ipsum felis, laoreet erat elit. Et, aliquam adipiscing praesent donec nonummy, praesent magna sit tellus massa pulvinar euismod tincidunt pulvinar proin aliquam turpis, aliquet congue pharetra, volutpat lobortis. Feugiat felis diam congue pharetra non ut turpis aliquet dolore amet non ut sit molestie nunc pulvinar euismod tincidunt eget, lobortis feugiat mauris. Mi erat nonummy, ullamcorper congue sit, molestie massa ipsum eget nibh dolor, eget lobortis lorem felis ante tempus id laoreet dolor, eget ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit diam congue pharetra non nunc pulvinar, ullamcorper congue pharetra. Volutpat feugiat molestie, nunc, tempus elit nibh lorem, mauris proin. Aliquam felis mi erat felis mi ac at sem aliquam. Amet ullamcorper congue pharetra, diam congue molestie massa ipsum elit. Et ac mauris proin, aliquam adipiscing ullamcorper tincidunt dolor molestie. Massa feugiat molestie laoreet sed eget nibh lorem eget ante. Ipsum diam donec, pharetra tellus ut sit euismod tincidunt dolor. Volutpat, lobortis lorem felis ante erat nonummy ullamcorper, congue sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquam adipiscing aliquet dolore amet euismod lobortis feugiat felis mi donec nonummy sem ut sit id, massa sed volutpat feugiat molestie massa tempus felis mi donec nonummy. Diam aliquam adipiscing aliquet nunc, pulvinar euismod tincidunt feugiat mauris ante erat, nonummy diam, magna consectetur aliquam adipiscing, praesent congue pharetra, volutpat ut feugiat molestie massa pulvinar, id. Nibh, lorem at sem dolore amet euismod congue dolor, volutpat lobortis sit tellus dolore amet dolore amet non, ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat nibh. Feugiat mauris ante tempus, elit diam magna turpis aliquet dolore ullamcorper congue dolor volutpat lobortis feugiat molestie massa pulvinar id laoreet sed mauris ante lorem mauris ante ipsum. Id mi erat at proin aliquam adipiscing praesent donec diam, magna pharetra sem nisi sit euismod tincidunt sed volutpat nibh feugiat tellus nunc pulvinar tellus nunc, dolor volutpat. Lobortis lorem felis ante, tempus felis laoreet erat et aliquam at praesent, donec amet ullamcorper ut pharetra tellus ut sit euismod tincidunt dolor volutpat nibh lorem felis, mi. Felis mi, erat eget lobortis lorem at proin donec nonummy diam, donec pharetra sem nisi turpis praesent donec, amet ullamcorper congue pharetra non lobortis feugiat molestie tincidunt volutpat. Lobortis ac, at, proin aliquam adipiscing praesent, donec nonummy sem nisi turpis praesent donec nonummy diam, donec consectetur diam nisi turpis aliquet nisi, turpis aliquet dolore non massa. Ipsum felis et ac at proin, nisi pulvinar tellus tincidunt, dolor volutpat lobortis feugiat molestie massa ipsum id laoreet erat, elit proin nisi, amet euismod dolor mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit diam, ac turpis tellus, amet euismod lobortis lorem molestie, massa, ipsum. Felis et ac at proin, aliquam turpis ullamcorper tincidunt dolor non lobortis feugiat. Id laoreet erat nonummy et turpis sem dolore amet, ullamcorper, congue dolor volutpat. Ante erat felis mi sed, elit nibh lorem, at, proin donec nonummy praesent. Magna consectetur sem ut, id laoreet lorem mauris ante aliquam adipiscing praesent donec. Nonummy diam congue feugiat molestie, laoreet erat elit nibh lorem mauris ante donec. Amet, ut, feugiat mauris mi erat elit diam ac turpis sem nisi turpis. Praesent erat nonummy diam magna, consectetur proin aliquam, adipiscing praesent aliquam adipiscing praesent. Donec nonummy nisi, sit, euismod laoreet sed, eget ante tempus felis praesent donec. Amet volutpat ut sit tellus nunc ipsum id laoreet lorem mauris ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et magna consectetur sem aliquam turpis euismod congue amet non, congue pharetra aliquet nunc pulvinar euismod tincidunt turpis. Euismod laoreet lorem, mauris, nibh tempus felis praesent erat elit et erat elit nibh lorem mauris ante erat. Elit et ac at proin pulvinar, id nibh ac, adipiscing aliquet dolore, nonummy diam magna pharetra, non ut. Sit tellus tincidunt sed elit et aliquam at praesent tempus felis, praesent erat proin aliquam at proin donec. Amet, euismod lobortis dolor molestie ante erat nonummy sem nisi turpis aliquet dolore turpis ullamcorper congue pharetra, ullamcorper. Sit, id mi erat elit diam nisi turpis praesent, dolore amet volutpat tincidunt feugiat molestie ante tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet ullamcorper, congue dolor mauris nibh aliquam adipiscing praesent donec consectetur sem nisi turpis, euismod tincidunt dolor. Elit ante tempus felis mi pharetra non lobortis, ipsum, felis praesent ac at sem aliquam adipiscing aliquet donec. Amet euismod tincidunt feugiat molestie ante ipsum id mi sed at proin pulvinar eget nibh lorem mauris ante. Tempus adipiscing praesent donec elit diam ac at praesent donec, adipiscing diam magna nonummy sem lobortis feugiat molestie. Nunc pulvinar euismod aliquam turpis aliquet, dolore amet diam magna consectetur sem nisi sit tellus nunc dolor eget. Nibh, lorem mauris praesent dolore consectetur sem nisi felis, mi erat, elit et, ac turpis, praesent congue pharetra. Volutpat lobortis sit non ut sit euismod tincidunt sed eget nibh lorem mauris ante erat nonummy ullamcorper aliquam. Nonummy diam congue sit tellus nunc pulvinar, euismod laoreet lorem mauris nibh lorem mauris, ante tempus felis laoreet. Sed at et lorem at praesent dolore nonummy magna sit tellus ut sit id laoreet sed eget nibh. Lorem, mauris ante erat elit et ac at sem nisi eget nibh feugiat mauris proin aliquam amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi turpis aliquet nunc dolor nibh, lorem mauris mi erat elit et magna, consectetur sem nisi, amet aliquet dolore amet diam congue sit tellus. Nunc, pulvinar euismod laoreet dolor proin aliquam felis praesent donec nonummy sem nisi sit tellus nunc, pulvinar volutpat nibh lorem mauris proin aliquam adipiscing. Diam, donec nonummy diam aliquam adipiscing dolore, pulvinar euismod tincidunt feugiat volutpat massa ipsum id laoreet, sed eget, et aliquam adipiscing aliquet aliquam nonummy. Ullamcorper congue sit, tellus nunc pulvinar nibh ac consectetur sem, nisi, turpis diam donec nonummy et magna sit aliquet dolore pulvinar euismod tincidunt dolor. Molestie ante tempus adipiscing, praesent donec nonummy sem pulvinar, id laoreet sed eget nibh feugiat molestie massa ipsum id, laoreet sed volutpat nibh feugiat. Mauris ante aliquam id laoreet ipsum euismod nunc amet diam magna non nunc sit euismod laoreet sed eget nibh feugiat molestie lobortis feugiat molestie. Laoreet erat eget, et ac at ante tempus id massa ipsum euismod ut tempus felis sem nisi turpis sem aliquam adipiscing praesent donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis et at sem nisi sit, tellus laoreet ac consectetur sem dolore. Pulvinar volutpat lobortis lorem felis ante erat felis et erat at sem. Dolore amet laoreet sed, eget nibh feugiat, tellus nunc ipsum, euismod laoreet. Sed et, nunc erat at tellus laoreet lobortis, dolore lorem mauris proin. Donec amet, diam dolor volutpat massa ipsum id laoreet erat at proin. Aliquam turpis aliquet congue, amet ullamcorper congue, pharetra tellus nunc sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar volutpat nibh feugiat, molestie mi tempus felis mi erat at, sem nisi adipiscing aliquet dolore amet diam donec elit et, magna tellus, tincidunt. Dolor, eget ante aliquam adipiscing praesent dolore amet sem ut sit tellus nunc pulvinar euismod laoreet lorem at proin donec nonummy diam magna non. Nunc pulvinar tellus, nunc dolor volutpat nibh lorem molestie massa sit molestie nunc ipsum id tincidunt dolor non ut pharetra sem, ut pulvinar, nonummy. Mauris tincidunt dolore dolor consectetur, tellus mi ut ipsum nonummy non massa erat amet volutpat ante dolore dolor mauris, aliquet nunc ac turpis euismod. Nibh donec pharetra molestie ante donec amet volutpat, ante donec amet molestie ante aliquam pharetra at id et aliquam pulvinar elit diam nisi pulvinar. Felis diam ut ipsum non ante dolore, pharetra molestie praesent congue sed at euismod nibh ut sit, eget diam ut ipsum nonummy tellus ante. Magna lorem adipiscing ullamcorper tincidunt lorem euismod nibh nisi pulvinar elit sem nunc ipsum elit sem massa sed pharetra mauris diam tincidunt lorem turpis. Euismod nibh pulvinar elit aliquet massa sed at non mi magna pharetra molestie praesent, magna feugiat adipiscing euismod nibh aliquam amet eget, proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac donec sed, mauris euismod et nisi ipsum nonummy non mi congue lorem amet euismod, proin nunc dolore dolor adipiscing aliquet tincidunt aliquam turpis id et. Nisi ipsum elit non massa erat dolor felis aliquet nibh, nisi erat turpis felis non aliquet proin euismod nibh aliquam turpis euismod laoreet magna, sit elit. Sem ante, congue feugiat felis praesent congue, lorem turpis elit tellus laoreet magna sit id, ullamcorper nibh nunc erat pharetra mauris diam tincidunt lorem pulvinar elit. Tellus, diam lobortis dolore, pharetra mauris aliquet tincidunt lorem turpis tellus nibh ut pharetra adipiscing euismod lobortis tempus turpis euismod nibh nisi pulvinar elit aliquet mi. Ut aliquam sed at tellus, laoreet nisi pulvinar elit tellus ante magna feugiat adipiscing id non praesent, lobortis massa ac ipsum amet, adipiscing eget tellus praesent. Ante nunc ac, ipsum nonummy molestie diam nibh nisi dolor sit nonummy mauris ullamcorper et, ante nibh massa, ut donec, sed turpis eget non ante magna. Tempus erat turpis id non aliquet lobortis nunc sed tellus massa sed eget laoreet sed mauris ante tempus mauris ante erat felis laoreet dolor euismod tincidunt. Pharetra adipiscing aliquet donec nonummy mi erat, elit sem erat eget nibh lorem mauris proin aliquam nonummy ullamcorper congue pharetra non nunc sit euismod nunc amet. Ullamcorper congue feugiat molestie massa feugiat molestie massa ipsum id ac at proin aliquam felis mi erat elit et, magna consectetur sem nisi amet aliquet dolore. Amet ullamcorper ut feugiat molestie laoreet ipsum eget et ac at dolore amet non ut feugiat molestie massa ipsum id laoreet sed eget nibh tempus felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante aliquam adipiscing ullamcorper, ut sit non ut pulvinar euismod tincidunt, lorem mauris ante, feugiat molestie massa erat felis. Mi at et nisi turpis, praesent dolore amet ullamcorper, congue sit tellus ut sit aliquet nunc, pulvinar volutpat lobortis. Lorem adipiscing aliquet donec amet ullamcorper, magna tellus nunc ipsum euismod congue pharetra, non lobortis feugiat, molestie massa ipsum. Id nibh sed volutpat nibh feugiat volutpat ut feugiat euismod, laoreet sed eget nibh aliquam praesent donec adipiscing, praesent. Donec at sem nisi sit tellus nunc pulvinar volutpat lobortis feugiat molestie massa tempus felis, mi erat elit et. Adipiscing aliquet dolore pharetra volutpat massa feugiat molestie massa sed elit et ac at proin aliquam adipiscing praesent, donec. Nonummy et magna consectetur, sem dolore pulvinar ullamcorper feugiat molestie ante tempus, felis mi erat nonummy diam nisi, turpis. Tellus tincidunt dolor eget nibh tempus adipiscing praesent erat, elit, et nisi turpis aliquet dolore euismod tincidunt sed mauris. Proin aliquam adipiscing diam, donec nonummy diam magna consectetur aliquet nunc pulvinar ullamcorper congue pharetra volutpat sem dolore pulvinar. Ullamcorper tincidunt feugiat, mauris massa tempus adipiscing mi erat nonummy diam, ac mauris proin aliquam felis ante ipsum felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed, volutpat lobortis lorem mauris massa ipsum felis laoreet, donec, nonummy sem nisi sit euismod dolor eget lobortis. Lorem felis, mi donec nonummy sem magna consectetur sem, aliquam turpis praesent tempus felis mi, erat elit nibh ac. At proin aliquam euismod tincidunt feugiat volutpat lobortis pulvinar tellus tincidunt dolor euismod, tincidunt feugiat, volutpat lobortis sit tellus. Nunc pulvinar id nibh ac, mauris proin aliquam nonummy tincidunt sit molestie nunc ipsum euismod laoreet dolor eget, nibh. Lorem at praesent donec amet ullamcorper congue consectetur sem aliquam turpis praesent donec volutpat ante aliquam adipiscing praesent magna. Nonummy non ut sit tellus tincidunt pulvinar euismod tincidunt feugiat, molestie proin aliquam adipiscing diam congue, pharetra molestie massa. Ipsum id magna consectetur, aliquet dolore amet ullamcorper congue pharetra molestie massa sit tellus dolore amet ullamcorper congue amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sed elit et ac at proin tempus adipiscing praesent donec nonummy diam. Magna consectetur sem nisi at proin erat elit et magna, sem aliquam turpis. Praesent dolore amet, diam, magna pharetra non nisi sit, tellus nunc pulvinar eget. Et ac felis mi donec, amet non ut id laoreet sed eget et. Aliquam at proin dolore nonummy diam congue consectetur non, ut sit tellus nunc. Dolor elit et ac at praesent congue amet diam feugiat id laoreet sed. Eget nibh, magna turpis aliquet dolore amet ullamcorper congue consectetur non ut feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac, amet ullamcorper tincidunt, sed eget ante tempus felis mi erat elit nibh ac consectetur aliquet nunc amet euismod tincidunt molestie massa tempus felis laoreet erat elit. Proin ac adipiscing aliquet congue pharetra volutpat lobortis tempus felis mi erat elit diam magna turpis, sem nisi volutpat, lobortis lorem at proin donec nonummy ullamcorper congue pharetra. Non, nunc pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie nunc pulvinar tellus tincidunt dolor euismod lobortis mauris proin donec nonummy ullamcorper ut, pharetra tellus nunc sit euismod. Tincidunt dolor eget nibh lorem molestie ante, erat elit et magna consectetur, dolore pulvinar volutpat lobortis feugiat mauris ante tempus felis praesent donec nonummy proin aliquam at praesent. Donec nonummy ullamcorper tincidunt, dolor molestie lobortis sit tellus tincidunt, dolor et aliquam adipiscing praesent donec, nonummy diam magna pharetra non ut turpis praesent donec amet ullamcorper tincidunt. Feugiat, mauris ante tempus felis et turpis, tellus massa ipsum id lobortis feugiat molestie lobortis feugiat molestie massa ipsum id laoreet dolor eget ante lorem adipiscing praesent donec. Nonummy et magna turpis, aliquet dolor volutpat nibh lorem at proin aliquam adipiscing diam magna nonummy proin nisi adipiscing proin tempus, adipiscing diam magna consectetur volutpat massa ipsum. Id laoreet sed elit aliquam adipiscing aliquet dolore dolor, volutpat lobortis feugiat felis, mi donec nonummy diam nisi turpis aliquet dolore amet ullamcorper congue dolor, non lobortis sit. Id laoreet erat, nibh lorem mauris proin aliquam adipiscing mi erat elit et ac mauris proin aliquam nonummy praesent, magna, consectetur sem, ut sit aliquet dolore turpis, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus adipiscing diam congue pharetra tellus, nunc pulvinar euismod laoreet euismod congue pharetra volutpat lobortis feugiat tellus nunc dolor, volutpat lobortis, feugiat molestie massa tempus felis mi erat at et. Aliquam adipiscing praesent donec amet ullamcorper feugiat volutpat ut pulvinar id, mi magna consectetur sem nisi adipiscing aliquet dolore pharetra non lobortis, feugiat tellus nunc sit euismod tincidunt pulvinar ullamcorper. Congue, tellus nunc ipsum id tincidunt erat at sem nisi turpis praesent congue pharetra non ut, sit tellus ut turpis aliquet dolore amet, ullamcorper pharetra non, ut sit, tellus nunc. Pulvinar volutpat lobortis feugiat, mauris massa erat elit et erat at sem ut pulvinar, euismod tincidunt dolor volutpat lobortis tempus felis donec consectetur et ac, at sem dolore amet aliquet. Dolore amet ullamcorper congue consectetur tellus nunc, amet euismod congue dolor, non ut sit tellus nunc ipsum id lorem at proin aliquam turpis ullamcorper tincidunt pharetra non ut turpis sem. Nisi, amet euismod laoreet sed volutpat lobortis sit mi erat elit nibh magna consectetur proin nisi adipiscing, praesent, donec consectetur sem magna turpis aliquet nunc amet ullamcorper tincidunt sed mauris. Ante aliquam, adipiscing diam magna tellus nunc pulvinar euismod tincidunt dolor volutpat, tincidunt dolor molestie lobortis feugiat molestie, massa ipsum, id tincidunt dolor non ut sit non ut sit tellus. Nunc amet nibh lorem mauris mi erat elit sem nisi consectetur proin aliquam adipiscing praesent donec nonummy diam magna pharetra non ut pulvinar tellus nunc dolor volutpat, ut pharetra ante. Tempus elit et ac at et aliquam adipiscing praesent erat felis mi ac pharetra sem ut turpis ullamcorper congue dolor non congue feugiat molestie nunc tellus nunc dolor volutpat tincidunt. Dolor, volutpat massa tempus felis mi erat elit, et lorem at, proin dolore amet non, congue sit molestie massa ipsum euismod tincidunt turpis aliquet tincidunt sed eget lobortis dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed eget proin nisi sit tellus nunc dolor volutpat lobortis feugiat molestie massa tempus felis mi ac consectetur sem, nisi amet ullamcorper, tincidunt, feugiat. Volutpat sit, id, mi donec at sem ut sit euismod nunc dolor volutpat, nibh lorem, adipiscing praesent donec nonummy, diam, magna consectetur sem nisi. Turpis laoreet sed molestie massa tempus felis mi erat elit et ac turpis sem dolore amet ullamcorper magna consectetur non lobortis, feugiat molestie laoreet. Sed eget, nibh nisi euismod tincidunt dolor eget, proin, aliquam nonummy diam congue consectetur sem magna consectetur proin nisi amet euismod congue pharetra, non. Lobortis ipsum felis massa eget nibh ac at praesent aliquam nonummy, diam magna pharetra, non nunc ipsum felis, laoreet erat eget nibh lorem mauris. Massa ipsum felis mi ac at aliquam turpis aliquet dolore pharetra, non ut feugiat molestie nunc pulvinar euismod tincidunt dolor volutpat, tincidunt feugiat mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit, tellus nunc pulvinar id, laoreet sed eget. Nibh, lorem felis ante sed id laoreet sed, eget. Ante, aliquam adipiscing praesent nonummy, et ac, consectetur aliquet. Dolore pulvinar euismod congue pharetra non ut pharetra non. Nunc pulvinar id laoreet lorem mauris ante aliquam turpis. Ullamcorper, lorem adipiscing mi erat nonummy et magna, at. Sem nisi, turpis aliquet dolore, amet ullamcorper congue pharetra. Tellus, nunc, ipsum id nibh ac consectetur sem aliquam. Adipiscing erat elit diam ac at sem nisi turpis. Ullamcorper tincidunt dolor volutpat lobortis feugiat tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem felis mi erat elit, diam magna turpis sem nisi amet euismod laoreet. Lorem mauris ante lorem molestie massa sed eget lorem eget proin aliquam adipiscing aliquet. Magna pharetra non ut sit molestie massa ipsum id laoreet sed, mauris ante aliquam. Nonummy ullamcorper ut tellus massa tempus felis et magna, turpis tellus nunc amet ullamcorper. Congue dolor volutpat lobortis feugiat molestie nunc ipsum eget laoreet dolor eget ante tempus. Felis mi feugiat molestie massa ipsum id laoreet, sed eget nibh ac felis, mi. Erat nonummy diam magna consectetur tellus, ut ipsum id laoreet lorem praesent donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam magna consectetur aliquet dolore amet ullamcorper congue amet ullamcorper congue pharetra non amet euismod tincidunt dolor volutpat nibh lorem molestie massa tempus felis nibh lorem eget ante tempus. Felis mi erat felis, mi erat elit proin ac euismod, tincidunt dolor volutpat lobortis sit tellus nunc pulvinar tellus nunc amet ullamcorper donec nonummy diam nisi consectetur aliquet nisi. Amet ullamcorper tincidunt dolor molestie aliquam felis praesent, erat elit nibh, lorem, eget ante aliquam, nonummy diam tincidunt dolor non lobortis feugiat id tincidunt dolor volutpat tincidunt dolor molestie. Tempus felis praesent ac, at proin aliquam at ante lorem molestie, massa tempus felis laoreet sed, eget nibh lorem molestie massa feugiat id massa ipsum id tincidunt mauris proin. Donec amet ullamcorper congue pharetra sem nisi sit tellus, tincidunt sed mauris proin nisi adipiscing praesent donec amet ullamcorper ut turpis aliquet dolore amet, sem nunc, sit euismod tincidunt. Sed mauris proin aliquam adipiscing diam magna, consectetur sem ut sit tellus nunc amet, euismod, aliquam turpis aliquet congue dolor volutpat lobortis feugiat molestie massa pulvinar, euismod nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec pharetra volutpat lobortis feugiat tellus nunc ipsum eget et aliquam, adipiscing praesent donec nonummy diam magna, pharetra, non ut sit euismod, tincidunt. Mauris proin nisi turpis ullamcorper congue pharetra ullamcorper nisi, turpis tellus massa ipsum eget laoreet lorem at praesent aliquam adipiscing diam donec nonummy diam. Magna euismod laoreet dolor eget ante lorem felis mi erat id laoreet erat eget laoreet lorem mauris, ante tempus felis mi erat elit diam. Magna sit aliquet dolore eget lobortis feugiat molestie ante dolore feugiat, adipiscing id proin, laoreet ac ipsum adipiscing non nibh tempus amet eget proin. Tincidunt nunc tempus mauris praesent erat elit et ac consectetur aliquet nunc ipsum id nibh lorem, eget lobortis sit tellus nunc pulvinar, id laoreet. Lorem at proin aliquam adipiscing praesent dolor volutpat ut sit tellus nunc ipsum euismod congue pharetra ullamcorper ut sit tellus nunc pulvinar, id nibh. Ac consectetur proin nisi adipiscing, euismod, lobortis lorem mauris tincidunt feugiat at praesent donec nonummy diam congue consectetur non nunc pulvinar euismod tincidunt, pulvinar. Volutpat lobortis lorem molestie nunc elit diam nisi turpis, aliquet dolore ipsum volutpat nibh lorem adipiscing praesent dolore nonummy diam, donec consectetur diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus nunc dolor volutpat lobortis lorem felis mi. Erat nonummy ullamcorper ut pharetra tellus massa sed eget. Nibh mauris, praesent aliquam nonummy ullamcorper congue pharetra sem. Magna consectetur sem nisi amet ullamcorper donec pharetra non. Ut sit, molestie mi erat at aliquam turpis aliquet. Nunc pulvinar euismod tincidunt sit tellus nunc pulvinar euismod. Tincidunt sed eget nibh, lorem molestie ante tempus molestie. Massa sed eget, laoreet lorem at aliquam adipiscing ullamcorper. Ut lorem mauris mi donec nonummy diam magna turpis. Aliquet aliquam adipiscing mi donec elit et magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nonummy diam congue sit tellus massa sit euismod nunc pulvinar eget nibh tempus felis aliquet congue amet ut feugiat molestie laoreet sed eget. Et aliquam adipiscing aliquet dolore amet ullamcorper congue consectetur sem nisi, turpis aliquet dolore amet ullamcorper congue amet congue turpis, aliquet, dolore pulvinar euismod. Tincidunt pharetra ullamcorper congue nonummy non nunc pulvinar euismod, tincidunt dolor volutpat lobortis dolor volutpat ut ipsum, molestie tincidunt pulvinar euismod dolor volutpat massa. Ipsum felis praesent erat elit, nibh lorem eget ante tempus felis ante tempus elit mi sed eget, nibh lorem molestie, ipsum id et magna. Pharetra non, nunc pulvinar ullamcorper tincidunt pharetra non ut sit non nunc sit, euismod laoreet sed mauris ante tempus felis aliquet dolore amet lobortis. Ipsum id mi sed elit nibh sed eget ante tempus, felis, mi donec nonummy diam nisi, turpis tellus dolore amet ullamcorper congue pharetra volutpat. Ante elit diam ac consectetur, non nunc ipsum id nibh ac mauris proin tempus adipiscing praesent magna nonummy et magna consectetur dolore amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tempus felis mi erat elit et aliquam adipiscing aliquet nonummy ullamcorper tincidunt feugiat molestie massa ipsum id mi erat eget, nibh lorem molestie massa ipsum, id mi, erat. Elit et ac at proin aliquam diam magna pharetra non ut turpis aliquet nisi, adipiscing praesent dolore, pharetra non lobortis, feugiat, id nunc pulvinar euismod laoreet dolor eget lobortis. Feugiat molestie sed eget laoreet sed mauris ante tempus felis praesent magna pharetra sem ut turpis aliquet dolore pulvinar, id nibh, lorem, at proin donec nonummy donec, consectetur non. Nunc pulvinar id nibh lorem, at sem nisi adipiscing praesent dolore amet ullamcorper magna pharetra aliquet nunc pulvinar, euismod laoreet dolor volutpat nibh lorem mi erat elit diam nisi. Consectetur, aliquet dolore amet euismod congue pharetra sem nisi, consectetur sem aliquam adipiscing proin aliquam felis mi erat, elit, et aliquam aliquet nunc pulvinar euismod tincidunt dolor, molestie massa. Tempus id mi, elit dolor pulvinar nonummy non ante tempus felis molestie erat nonummy, non, congue, sit tellus massa ipsum id laoreet dolor volutpat lobortis lorem mauris, ante sed. Eget diam nisi turpis aliquet dolore turpis aliquet dolore pharetra lobortis ipsum molestie, nunc sed, at et lorem at proin aliquam felis mi erat elit et ac consectetur proin. Aliquam adipiscing praesent magna pharetra non nisi sit et ac consectetur non ut amet, aliquet dolore, nonummy ullamcorper congue pharetra tellus nunc, ipsum, euismod laoreet sed volutpat, tincidunt feugiat. Molestie ante erat elit et erat sem dolore pulvinar euismod tincidunt dolor non lobortis feugiat molestie ante ipsum id laoreet lorem eget nibh lorem mauris, mi tempus elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, laoreet, sed mauris praesent donec amet ullamcorper congue pharetra tellus ut dolor. Volutpat ante ipsum id mi magna consectetur aliquet nisi amet ullamcorper tincidunt, dolor. Mauris proin tempus id laoreet erat eget, et ac at sem dolore volutpat. Lobortis, lorem mauris lobortis feugiat tellus nunc pulvinar id nibh feugiat molestie ante. Tempus felis praesent magna sit tellus nunc pulvinar euismod laoreet sed aliquet dolore. Dolor volutpat lobortis dolor non nisi sit tellus laoreet sed eget nibh ac. Adipiscing, praesent dolore, nonummy diam donec elit nibh pulvinar id laoreet, sed, elit. Ante, aliquam turpis, aliquet congue pharetra non congue sit tellus, massa sed eget. Laoreet lorem at praesent donec nonummy praesent, donec, pharetra, mi tempus elit, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam turpis aliquet, tincidunt, feugiat molestie massa ipsum id mi feugiat molestie massa tempus eget laoreet, lorem at proin aliquam adipiscing praesent dolore, nonummy diam nisi turpis aliquet nunc ipsum. Id tincidunt dolor eget lobortis lorem mi, erat elit et lorem mauris proin tempus felis ante erat elit et magna consectetur tellus massa ipsum eget nibh, ac at, proin aliquam. Adipiscing congue sit non nunc sit euismod tincidunt sed, mauris ante aliquam adipiscing praesent donec nonummy diam ac, at proin aliquam adipiscing praesent donec non congue pharetra non ut pulvinar. Euismod, nunc dolor volutpat nibh feugiat, mauris ante tempus elit et magna consectetur sem dolore amet ullamcorper congue dolor eget nibh nonummy ullamcorper magna sit tellus massa ipsum euismod tincidunt. Sed elit proin aliquam adipiscing aliquet, congue pharetra non congue consectetur tellus, nunc pulvinar euismod tincidunt sed volutpat tempus felis, ante magna pharetra, non, ut sit aliquet dolore amet aliquet. Congue dolor molestie ante tempus felis et ac non ut pulvinar euismod, nunc pulvinar volutpat lobortis lorem molestie ante erat felis et ac at sem dolore amet aliquet dolore amet. Ullamcorper congue pharetra non nunc eget et ac, adipiscing, praesent aliquam nonummy praesent erat elit et ac turpis, tellus tincidunt dolor volutpat tincidunt dolor volutpat, lobortis, sit tellus nunc sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt, lorem at proin nisi adipiscing praesent donec nonummy sem nisi. Id mi erat at et ac adipiscing aliquet dolore amet non congue. Sit molestie massa pulvinar euismod nunc pulvinar, euismod tincidunt feugiat molestie massa. Ipsum felis ac consectetur proin, aliquam, at praesent donec amet ullamcorper congue. Pharetra, non nunc turpis aliquet dolore nonummy diam magna consectetur sem magna. Turpis tellus nunc elit et ac, at proin aliquam felis mi erat. Elit proin aliquam adipiscing aliquet donec pulvinar euismod congue consectetur sem ut. Sit euismod magna consectetur sem nisi turpis ullamcorper congue pharetra non ut. Sit tellus ut, pulvinar euismod tincidunt sed mauris nibh, lorem, mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat et nisi, adipiscing aliquet congue pharetra. Non lobortis ipsum felis praesent donec nonummy. Sem nisi adipiscing praesent nonummy diam magna. Consectetur sem, ut sit tellus, dolore pulvinar. Euismod tincidunt feugiat molestie ante tempus felis. Mi donec, at proin, ac adipiscing massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor eget ante aliquam turpis ullamcorper congue amet, ullamcorper ut, pharetra sem, ut, amet aliquet, congue mauris, proin aliquam felis mi erat. Elit nibh lorem eget nibh tempus felis praesent donec nonummy et ac, at proin ac mauris ante aliquam felis, praesent, pharetra tellus. Massa ipsum id laoreet lorem at proin nisi turpis aliquet dolore pharetra non ut sit aliquet nunc ipsum id congue pharetra volutpat. Ut non ut sit, aliquet dolore pulvinar diam donec consectetur sem ut turpis aliquet dolore amet ullamcorper congue pharetra non ut sit. Tellus nunc eget et aliquam adipiscing aliquet donec pulvinar euismod, tincidunt dolor tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis, feugiat molestie. Massa ipsum id massa ipsum, euismod tincidunt volutpat lobortis lorem mauris massa ipsum euismod tincidunt, dolor volutpat nibh lorem, molestie massa ipsum. Felis mi erat, at, et, ac, mauris ante tempus felis laoreet eget et ac at proin aliquam, adipiscing mi erat nonummy sem. Magna consectetur aliquet nunc erat elit et aliquam adipiscing donec nonummy praesent magna consectetur sem nisi sit aliquet, donec amet ullamcorper, congue. Dolor tellus nunc pulvinar euismod tincidunt dolor volutpat nibh lorem molestie, ante ipsum id sed elit et ac adipiscing aliquet dolore pulvinar. Ullamcorper, ut sit molestie massa, tempus elit sem nisi turpis aliquet dolore amet euismod tincidunt dolor non congue pharetra nunc pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut feugiat molestie massa, tempus elit. Et ac sem, nisi turpis praesent. Donec, elit et sed elit, et. Aliquam adipiscing, aliquet congue amet non. Lobortis lorem felis praesent donec nonummy. Diam nisi consectetur dolore turpis aliquet. Dolore pharetra volutpat massa tempus felis. Mi, erat elit nibh sed mauris. Ante lorem mauris ante ipsum eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem mauris ante erat felis mi sed, eget lobortis feugiat molestie ante tempus felis mi donec, elit proin aliquam turpis proin. Amet euismod tincidunt dolor volutpat lobortis ipsum euismod mi erat elit et ac turpis praesent congue dolor, ullamcorper ut pharetra tellus. Ut pulvinar euismod lorem mauris nibh lorem felis praesent erat felis mi ac at sem nisi turpis ullamcorper dolore, nonummy diam. Congue pharetra tellus ut, turpis, aliquet dolore amet nibh tempus, felis, mi erat elit et magna turpis tellus nunc, dolor eget. Nibh aliquam adipiscing praesent dolore nonummy diam congue pharetra tellus nisi tellus nunc pulvinar euismod, tincidunt pharetra non lobortis feugiat id. Laoreet sed, eget et ac mauris ante ipsum adipiscing praesent ac at proin nisi turpis tellus nunc consectetur sem nisi nonummy. Diam magna consectetur sem nisi consectetur sem dolore, amet euismod tincidunt feugiat molestie massa ipsum id mi donec elit et ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent magna pharetra molestie massa ipsum. Id laoreet dolor eget et ac. Adipiscing praesent, aliquam ullamcorper ut sit. Tellus nunc pulvinar euismod, tincidunt dolor. Volutpat lobortis feugiat mauris ante tempus. Felis et, ac at proin ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec elit proin aliquam adipiscing praesent donec nonummy ullamcorper tincidunt feugiat molestie massa pulvinar id mi erat at. Sem dolore id laoreet feugiat mauris massa ipsum, id praesent donec consectetur non nisi turpis tellus tincidunt sed eget. Proin nisi turpis ullamcorper tincidunt pharetra non ut molestie, massa ipsum id nibh lorem at ante aliquam nonummy ullamcorper. Congue sit tellus nunc ipsum felis mi ac consectetur sem dolore turpis praesent donec nonummy non feugiat id laoreet. Ipsum id laoreet dolor non lobortis, feugiat molestie ante erat elit et magna turpis tellus nunc dolor volutpat lobortis. Lorem aliquet dolore pharetra non ut sit tellus nunc ipsum euismod tincidunt dolor, volutpat, nibh lorem, mauris mi, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus massa pulvinar eget et ac at. Praesent donec amet ullamcorper, magna pharetra tellus. Nunc, pulvinar id tincidunt pulvinar volutpat tincidunt. Pharetra lobortis feugiat id laoreet, sed eget. Nibh aliquam adipiscing, praesent donec nonummy ullamcorper. Congue sit molestie massa pulvinar euismod, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris mi donec felis et ac consectetur aliquet dolore, amet, euismod congue dolor volutpat lobortis ipsum id mi sed, elit et magna tellus nunc pulvinar volutpat lobortis feugiat, mauris mi. Dolore nonummy diam ac at proin aliquam, turpis, euismod congue pharetra volutpat lobortis feugiat tellus massa ipsum et magna, at sem nisi turpis ullamcorper congue pharetra non nisi sit, tellus. Massa, ipsum eget et aliquam adipiscing aliquet dolore amet non ut sit sem ut id laoreet sed, eget nibh lorem mauris, ante erat, elit diam magna consectetur sem nisi turpis. Aliquet dolore amet non lobortis tempus felis congue consectetur, sem ut pulvinar id laoreet sed eget nibh, lorem molestie ante tempus felis laoreet, sed eget nibh, dolor, volutpat nibh feugiat. Mauris laoreet ipsum id lorem, mauris nibh lorem mauris ante ipsum felis mi ac at sem nisi, turpis ullamcorper congue dolor, eget nibh, tempus, adipiscing praesent donec nonummy et ac. At nunc pulvinar eget lobortis feugiat volutpat lobortis sit tellus nunc amet aliquet congue dolor non lobortis feugiat molestie ut sit laoreet sed eget nibh lorem mauris massa tempus elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ac at proin amet ullamcorper ut sit tellus nunc ipsum id laoreet sed volutpat lobortis. Feugiat molestie massa tempus elit et erat, eget proin aliquam adipiscing, mi tempus ullamcorper ut feugiat. Id mi, donec nonummy proin nisi adipiscing praesent donec amet euismod, tincidunt pharetra non ut sit. Euismod tincidunt sed volutpat nibh lorem praesent, donec nonummy, diam magna consectetur non nisi sit tellus. Tincidunt dolor eget aliquet diam nunc donec lorem adipiscing volutpat et dolore ipsum, eget sem nunc. Donec dolor at, eget molestie praesent lobortis feugiat molestie, massa ipsum felis mi erat, elit et. Aliquam turpis aliquet dolore amet, ullamcorper, congue felis mi sed eget et lorem at ante aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi nisi turpis tellus nunc pulvinar, ullamcorper dolor volutpat ut feugiat molestie massa ipsum id laoreet lorem, at proin aliquam adipiscing diam. Congue, dolor non nisi turpis aliquet dolore turpis praesent dolore non, ut sit aliquet nunc, ipsum id laoreet, lorem, mauris ante tempus. Nonummy ullamcorper congue sit tellus nunc pulvinar id laoreet erat elit et ac praesent erat elit et, magna consectetur sem aliquam turpis. Aliquet congue dolor volutpat nibh lorem mauris ante tempus id mi erat at nibh lorem molestie tempus felis mi erat consectetur proin. Aliquam adipiscing praesent aliquam felis mi erat eget nibh lorem, mauris ante tempus felis mi erat, elit et ac, proin nisi pulvinar. Id, lobortis ac adipiscing praesent aliquam felis mi donec nonummy diam, magna consectetur aliquet dolore amet ullamcorper tincidunt dolor molestie lobortis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lorem mauris proin donec amet ullamcorper congue consectetur non nisi turpis aliquet. Dolore pulvinar ullamcorper dolor volutpat massa tempus felis mi, erat elit et lorem. At proin donec nonummy praesent ac at proin aliquam adipiscing praesent aliquam, adipiscing. Praesent consectetur non nunc, pulvinar tellus nunc dolor eget lobortis feugiat molestie ante. Tempus, felis et magna consectetur proin aliquam adipiscing, proin aliquam, felis praesent donec. Elit sem pulvinar euismod tincidunt, dolor eget et ac, felis ante tempus felis. Mi erat elit et ac adipiscing aliquet, dolore pharetra diam magna consectetur massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet euismod tincidunt feugiat molestie massa feugiat molestie massa erat eget, nibh ac, at dolore nonummy ullamcorper congue sit molestie. Ante tempus, elit et magna at sem nisi turpis aliquet dolore pharetra non lobortis feugiat id, laoreet sed elit proin. Pulvinar id laoreet lorem at ante donec nonummy, diam, magna consectetur sem nisi turpis aliquet dolore amet ullamcorper tincidunt dolor. Volutpat lobortis tempus id laoreet nonummy diam aliquam turpis tellus nunc dolor volutpat tincidunt dolor molestie massa erat, elit diam. Nisi turpis tellus massa sed eget et lorem ante aliquam nonummy diam congue consectetur sem magna turpis tellus dolore amet. Euismod lobortis lorem mauris ante ipsum id laoreet ipsum, eget nibh aliquam adipiscing ullamcorper dolore eget ante tempus felis praesent. Donec nonummy, diam, magna consectetur proin aliquam, turpis aliquet donec elit et erat at proin ac at ante, tempus felis. Praesent donec non nunc pulvinar tellus, tincidunt dolor eget nibh lorem felis mi tempus felis laoreet sed eget nibh lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet erat consectetur sem aliquam turpis praesent aliquam adipiscing diam congue pharetra non ut tellus nunc dolor euismod congue pharetra. Non lobortis feugiat tellus massa ipsum euismod tincidunt amet non ut feugiat, tellus, ut, pulvinar euismod tincidunt dolor ante lorem. Felis mi, erat nonummy et ac elit proin aliquam turpis aliquet congue dolor, volutpat lobortis sit, molestie massa sed id. Laoreet sed eget ante tempus aliquet donec pharetra volutpat lobortis sit aliquet dolore pulvinar aliquet donec amet ullamcorper congue sit. Non massa sed id laoreet dolor volutpat, lobortis mauris mi tempus felis et magna at proin aliquam adipiscing praesent, dolore. Amet ullamcorper congue sit, molestie massa ipsum id, laoreet lorem mauris nibh lorem mauris massa id laoreet sed eget et. Ac at praesent, erat elit et sed elit et ac at praesent, donec nonummy ullamcorper ut feugiat mauris, ante, tempus. Elit diam turpis aliquet dolore amet aliquet donec amet non ut feugiat, tellus laoreet sed eget nibh ac at proin. Aliquam, nonummy magna consectetur sem magna consectetur sem dolore turpis aliquet donec nonummy et ac at proin nisi amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie massa ipsum id nibh lorem mauris ante tempus. Adipiscing, aliquet congue, pharetra volutpat ut feugiat tellus nunc pulvinar. Tincidunt dolor volutpat, lobortis feugiat molestie massa sed eget laoreet. Sed, at sem nisi turpis praesent dolore pharetra volutpat lobortis. Ipsum felis, laoreet sed laoreet sed mauris nibh aliquam, adipiscing. Diam congue sit tellus nunc sit tellus nunc, pulvinar volutpat. Lobortis feugiat, mauris mi tempus elit et ac consectetur sem. Nisi aliquet dolore amet ullamcorper ut sit tellus nunc sit. Euismod tincidunt, dolor volutpat lobortis feugiat volutpat massa ipsum, id. Mi sed eget nibh at praesent aliquam felis, mi donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nibh lorem felis, praesent, donec, nonummy sem lobortis ipsum mi erat elit proin, nisi turpis aliquet dolore amet non ut feugiat. Molestie laoreet pulvinar id tincidunt, dolor eget lobortis dolor, molestie massa ipsum id sed eget nibh feugiat molestie, massa tempus felis mi. Sed elit et ac at praesent donec nonummy ullamcorper magna pharetra non ut, sit id mi at proin, aliquam turpis aliquet congue. Dolor molestie massa, tempus felis mi sed elit et ac at ante aliquam adipiscing mi donec nonummy diam nisi aliquet tincidunt sed. Eget nibh ac, adipiscing aliquet dolore, adipiscing laoreet erat elit, et aliquam adipiscing proin aliquam adipiscing mi donec nonummy, et ac at. Tempus felis aliquet dolore amet diam magna, at, proin aliquam adipiscing aliquet donec, nonummy diam magna nonummy sem nisi consectetur sem nisi. Nonummy, diam magna pharetra non turpis aliquet dolore turpis praesent, donec nonummy diam magna consectetur, non ut sit tellus tincidunt pulvinar euismod. Congue sit molestie massa tempus felis, nisi turpis tellus massa dolor volutpat tincidunt feugiat molestie massa ipsum molestie laoreet sed eget, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing diam congue dolor molestie massa tempus id mi sed eget nibh ac at praesent aliquam adipiscing mi ac consectetur sem nisi praesent. Dolore pulvinar volutpat lobortis lorem molestie ante ipsum, id laoreet erat at, proin aliquam adipiscing praesent donec amet diam, magna consectetur sem nisi. Turpis tincidunt dolor euismod lobortis feugiat tellus nunc ipsum id laoreet sed, at proin nisi amet aliquet congue pharetra ullamcorper ut pharetra non. Ut, pulvinar tellus, tincidunt dolor ante tempus felis mi magna consectetur non ut sit euismod tincidunt dolor volutpat lobortis lorem mauris, ante tempus. Felis mi ac consectetur sem sit euismod tincidunt dolor volutpat lobortis, dolor molestie ante tempus euismod tincidunt dolor volutpat nibh ac adipiscing, praesent. Dolore nonummy non ut sit tellus ut sit tellus nonummy diam, donec consectetur non ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa id, nibh lorem, adipiscing aliquet, nunc, dolor volutpat lobortis feugiat mauris massa tempus felis laoreet erat at sem nisi amet. Euismod tincidunt dolor volutpat massa, tellus nunc ipsum eget nibh lorem mauris ante tempus felis ante tempus felis mi sed eget. Nibh lorem mauris ante tempus, felis et, erat at lorem mauris, ante aliquam adipiscing mi erat elit nibh ac at proin. Aliquam nonummy ullamcorper congue pharetra non ut sit molestie nunc pulvinar ullamcorper tincidunt, dolor massa, tempus felis, mi erat eget nibh. Lorem at ante aliquam adipiscing mi donec consectetur sem nisi, turpis tellus nunc pulvinar euismod congue dolor lobortis feugiat id laoreet. Sed eget laoreet lorem eget ante lorem felis ante erat elit mi sed eget nibh tempus mauris ante tempus elit mi. Sed et ac at aliquet congue ante lobortis nisi sed consectetur id diam ut tempus pharetra amet elit sem nunc ipsum. Tellus laoreet sed eget nibh tempus felis donec consectetur diam magna consectetur proin nisi sit tellus massa sed eget laoreet ac. Adipiscing praesent donec adipiscing praesent erat nibh lorem, mauris proin nisi turpis diam congue pharetra volutpat lobortis feugiat molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor volutpat lobortis sit, mauris ante tempus elit et lorem mauris proin aliquam adipiscing. Praesent dolore nonummy, diam, nisi sit aliquet dolore aliquet donec amet diam donec consectetur sem. Nisi, turpis tellus tincidunt dolor volutpat nibh tempus adipiscing praesent donec elit, et ac at. Proin, nisi turpis donec amet, ullamcorper ut feugiat molestie laoreet sed id nibh, ac consectetur. Sem nisi amet ullamcorper tincidunt dolor non ut turpis tellus dolore amet ullamcorper, dolore amet. Congue pharetra non ut pulvinar euismod tincidunt dolor euismod congue pharetra non, ut sit euismod. Tincidunt sed eget et ac mauris mi erat et magna at proin aliquam turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna consectetur non nunc pulvinar id et ac consectetur tempus adipiscing praesent donec nonummy et magna, consectetur non nisi turpis aliquet. Congue pharetra volutpat lobortis feugiat felis mi erat nonummy, diam ac at proin pulvinar euismod tincidunt feugiat mauris ante ipsum id. Mi sed elit et lorem mauris ante aliquam adipiscing praesent erat nonummy et magna turpis aliquet dolore ullamcorper congue amet ullamcorper. Congue sit molestie laoreet, ipsum eget laoreet sed volutpat nibh feugiat molestie massa ipsum id laoreet dolor euismod tincidunt non lobortis. Ipsum id mi erat elit nibh aliquam at ante, tempus adipiscing mi erat eget et ac adipiscing aliquet donec amet euismod. Tincidunt dolor molestie massa felis diam, magna turpis aliquet nunc sed eget et ac at, proin aliquam nonummy diam donec nonummy. Diam nisi turpis aliquet dolore pulvinar ullamcorper congue pharetra non tempus, elit et, ac at proin nisi turpis aliquet dolore pharetra. Volutpat ante lorem mauris laoreet ipsum eget nibh lorem mauris ante turpis aliquet donec amet non ut sit tellus dolore, amet. Euismod tincidunt pharetra, non lobortis, feugiat molestie massa sed eget nibh lorem eget ante aliquam felis praesent, elit diam ut feugiat. Id laoreet sed id tincidunt dolor volutpat congue pharetra non ut sit tellus dolore amet ullamcorper, congue dolor non ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor volutpat ante tempus, elit et magna. Consectetur sem nisi turpis aliquet adipiscing praesent donec. Consectetur sem ut, pulvinar, euismod tincidunt pulvinar euismod. Tincidunt lorem mauris ante erat elit mi erat. Elit et ac adipiscing praesent aliquam volutpat lobortis. Lorem mauris massa pulvinar id tincidunt dolor euismod. Tincidunt feugiat molestie lobortis feugiat molestie massa ipsum. Eget laoreet sed mauris, praesent aliquam nonummy ut. Feugiat felis, praesent donec nonummy sem nisi, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore amet ullamcorper magna aliquet dolore amet ullamcorper dolore amet ullamcorper congue sit, tellus nunc ipsum id nibh ac consectetur sem nisi turpis aliquet donec. Amet sem magna aliquet, nisi amet euismod tincidunt dolor, non ut sit molestie massa ipsum id laoreet lorem eget, nibh lorem adipiscing praesent donec nonummy diam. Magna turpis nunc pulvinar, euismod laoreet sed volutpat lobortis sit tellus nunc pulvinar id laoreet lorem eget lobortis, dolor molestie nunc, sit euismod nunc pulvinar volutpat. Lorem at proin, donec amet diam, ut sit, molestie mi sed elit diam magna turpis tellus nunc pulvinar euismod lobortis feugiat molestie lobortis feugiat molestie massa. Volutpat et aliquam adipiscing aliquet tincidunt pharetra volutpat, lobortis lorem felis mi erat elit diam nisi turpis tellus tincidunt pulvinar volutpat, lobortis, dolor molestie massa tempus. Felis sed, eget nibh lorem mauris ante aliquam adipiscing praesent donec consectetur sem ut sit tellus dolore, pulvinar euismod tincidunt dolor, ullamcorper congue pharetra volutpat lobortis. Feugiat, id laoreet sed eget nibh lorem mauris nibh lorem, mauris ante sed id laoreet dolor eget nibh lorem mauris massa tempus et ac at sem. Nisi amet ullamcorper congue pharetra non lobortis sit molestie laoreet donec nonummy sem nisi sit aliquet dolore turpis aliquet donec elit et ac aliquet dolore amet. Euismod tincidunt pharetra volutpat massa ipsum molestie massa, sed id nibh ac, at sem nisi nonummy ullamcorper congue dolor non ut turpis aliquet, dolore id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy diam congue sit non nunc ipsum nunc pulvinar euismod tincidunt dolor non lobortis turpis aliquet nisi amet aliquet congue pharetra volutpat congue pharetra sem ut. Turpis aliquet dolore amet ullamcorper ut mauris ante tempus felis et ac at proin dolore, amet euismod tincidunt feugiat molestie massa feugiat molestie massa ipsum eget et. Ac adipiscing aliquet dolore volutpat tincidunt dolor volutpat ut sit euismod tincidunt dolor, volutpat lobortis feugiat mauris proin tempus felis laoreet ipsum id laoreet sed mauris ante. Lorem volutpat nibh lorem mauris ante, tempus felis mi erat eget nibh lorem at mi donec nonummy et erat at sem aliquam adipiscing praesent dolore amet ullamcorper. Lorem, mauris mi, erat elit, sem ut feugiat euismod tincidunt dolor volutpat lobortis feugiat mauris ante ipsum felis mi erat, elit et lorem at praesent dolore nonummy. Congue pharetra sem nisi consectetur proin aliquam adipiscing praesent, donec nonummy, et, erat elit proin aliquam, at praesent donec nonummy diam magna felis praesent erat consectetur non. Nisi, turpis tellus nunc pulvinar volutpat nibh ac at praesent erat nonummy et, ac at proin nisi adipiscing praesent donec nonummy, diam lorem mauris ante erat elit. Et ac elit et tempus turpis aliquet donec nonummy diam magna at proin aliquam at proin aliquam adipiscing, praesent magna consectetur sem pulvinar felis mi lorem eget. Ante aliquam turpis aliquet congue pharetra non, ut sit tellus massa ipsum, id nibh lorem at ante, tempus felis ante tempus eget magna consectetur sem aliquam felis. Mi erat elit diam magna, consectetur aliquet nisi turpis aliquet donec amet ullamcorper congue pharetra tellus nunc pulvinar euismod nibh lorem mauris aliquam, felis mi, donec elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore, pulvinar euismod, sed eget ante aliquam, adipiscing praesent magna consectetur sem nisi. Sit tellus tincidunt pulvinar ullamcorper congue consectetur sem nisi turpis, aliquet nisi amet ullamcorper. Dolore volutpat massa, ipsum felis mi erat elit diam nisi consectetur sem aliquam adipiscing. Praesent erat nonummy diam magna turpis sem dolore amet ullamcorper dolore amet massa tempus. Adipiscing diam congue pharetra non, nunc, pulvinar euismod tincidunt dolor volutpat, tincidunt feugiat mauris. Ante tempus, felis mi erat eget nibh, mauris ante tempus felis praesent donec at. Sem nisi turpis praesent dolore amet ullamcorper, congue pharetra, volutpat, massa tempus felis et. Ac elit, et, aliquam turpis aliquet dolor volutpat massa ipsum id laoreet sed eget. Nibh lorem at sem donec nonummy praesent magna consectetur, sem magna consectetur, proin nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante aliquam adipiscing, praesent donec nonummy et ac, at aliquet dolore amet ullamcorper congue dolor non ut tellus nunc pulvinar ullamcorper. Tincidunt dolor molestie, massa ipsum felis mi erat consectetur proin nisi turpis aliquet dolore nonummy ullamcorper congue, pharetra volutpat lobortis elit et. Ac at sem nisi adipiscing praesent, aliquam nonummy diam congue consectetur non nunc sit euismod tincidunt dolor volutpat lobortis, feugiat mauris mi. Erat elit et ipsum id mi erat elit, nibh ac adipiscing, praesent donec amet ullamcorper, congue sit, tellus massa ipsum eget nibh. Sed eget nibh feugiat mi donec, amet volutpat ut sit molestie massa sed eget laoreet dolor volutpat ut sit molestie laoreet sed. Id laoreet dolor eget, nibh lorem mauris ante, tempus sem nisi consectetur proin nisi turpis aliquet, donec amet non ut feugiat tellus. Nunc ipsum eget et ac at sem donec amet ullamcorper congue, dolor non lobortis, nonummy diam, magna sit, molestie massa sed elit. Et ac at praesent donec nonummy, diam ut feugiat molestie massa ipsum diam, nisi turpis, sem dolore amet euismod tincidunt feugiat volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sit aliquet dolore volutpat lobortis lorem mauris massa tempus, elit, mi sed, eget nibh, lorem felis mi tempus felis. Mi erat consectetur, proin nisi turpis aliquet, dolore ullamcorper congue, sit tellus nunc pulvinar id laoreet sed volutpat nibh, lorem. Felis ullamcorper congue pharetra non, congue pharetra, tellus dolore amet aliquet dolore pharetra ante tempus mauris ante erat elit diam. Nisi turpis, aliquet dolore amet ullamcorper congue amet, diam nisi turpis aliquet dolore amet aliquet dolore nonummy euismod laoreet sed. Mauris, ante aliquam adipiscing mi erat elit mi erat at sem aliquam adipiscing praesent dolore amet ullamcorper, magna consectetur sem. Ut amet aliquet pharetra volutpat lobortis sit, tellus, massa ipsum, id laoreet sed eget nibh lorem felis, mi donec nonummy. Et magna, consectetur sem aliquam, at proin dolore nonummy, diam sit tellus massa sed eget, laoreet, lorem at proin, aliquam. Amet ullamcorper tincidunt lorem molestie massa, tempus id laoreet sed eget nibh lorem eget nibh lorem mauris proin donec nonummy. Diam congue feugiat mauris ante, tempus elit et nisi at proin aliquam adipiscing praesent dolore nonummy ullamcorper ut sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis tellus tincidunt sed, eget proin nisi turpis aliquet donec amet diam magna, consectetur dolore pulvinar euismod tincidunt, pharetra volutpat nibh. Sit, tellus nunc sit id tincidunt pulvinar euismod tincidunt dolor volutpat massa ipsum felis laoreet ac at lorem mauris massa ipsum id. Mi, erat elit et ac adipiscing praesent nunc amet euismod magna pharetra molestie ante tempus elit mi erat volutpat erat at et. Ac adipiscing praesent donec nonummy diam magna consectetur diam, magna consectetur sem nisi nonummy diam magna consectetur diam ac at et ac. At, aliquet dolore amet euismod tincidunt dolor volutpat lobortis feugiat molestie massa tempus eget nibh sed, eget lobortis lorem molestie massa feugiat. Id laoreet erat sem dolore amet aliquet dolore pharetra non congue consectetur sem nisi turpis, praesent dolore amet ullamcorper tincidunt dolor mauris. Ante, erat felis mi erat at proin aliquam ullamcorper congue pharetra non congue pharetra non, nisi turpis tellus dolore amet euismod congue. Consectetur mauris ante tempus id et elit et aliquam adipiscing proin donec nonummy et ac consectetur non ut pulvinar euismod nunc pulvinar. Euismod tincidunt sit molestie nunc pulvinar euismod nunc pulvinar euismod dolor volutpat massa ipsum felis, mi ac, at proin nisi turpis aliquet. Nunc amet ullamcorper congue pharetra non ut pulvinar euismod laoreet, sed, eget nibh lorem molestie ipsum id laoreet erat elit et aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, non, ut feugiat molestie erat nonummy sem ut turpis sem dolore amet ullamcorper congue pharetra non ut sit molestie, massa sed id laoreet dolor volutpat lobortis lorem mauris magna. Consectetur sem nisi turpis aliquet, dolore pulvinar volutpat, lobortis ac at, mi erat nonummy diam congue pharetra non ut sit euismod tincidunt sed volutpat feugiat tellus nunc pulvinar, euismod tincidunt. Dolor volutpat nibh feugiat, molestie lobortis feugiat molestie laoreet, sed eget laoreet sed eget nibh tempus felis laoreet eget et ac at proin aliquam felis mi donec nonummy et magna. At sem nisi turpis praesent aliquam nonummy et ac consectetur sem nisi turpis aliquet nonummy praesent donec nonummy et ac at sem dolore turpis, praesent donec nonummy et magna at. Proin, nisi turpis aliquet congue pharetra ullamcorper magna consectetur diam aliquam praesent donec, adipiscing praesent magna nonummy sem nisi consectetur sem aliquam adipiscing, mi, erat felis mi erat elit et. Aliquam turpis, aliquet dolore amet praesent magna non ut pulvinar, id laoreet erat, mauris ante, tempus felis aliquet dolore, nonummy diam magna pharetra non dolore turpis praesent amet non ut. Feugiat mauris ante tempus felis nibh ac at proin aliquam felis mi erat elit mi erat elit, sem aliquam turpis, aliquet dolore amet ullamcorper feugiat mauris laoreet sed id nibh. Lorem mauris nibh lorem mauris massa tempus felis laoreet dolor volutpat nibh feugiat mauris proin donec nonummy diam magna pharetra non sit tellus nunc dolor volutpat, lobortis feugiat volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, volutpat ac at aliquet congue amet, non lobortis ipsum id laoreet ipsum id nibh lorem mauris ante lorem mauris ante tempus felis et ac at, proin. Adipiscing euismod tincidunt dolor non lobortis sit molestie nunc ipsum euismod tincidunt dolor volutpat ante aliquam, felis mi ipsum felis mi erat elit proin felis praesent donec. Nonummy diam congue pharetra non ut turpis aliquet dolore amet ullamcorper congue, consectetur sem ac at ante aliquam turpis aliquet donec, elit et ac proin aliquam adipiscing. Aliquet dolore, amet ullamcorper congue consectetur sem aliquam adipiscing aliquet dolore nonummy ullamcorper magna nonummy et magna consectetur sem nisi adipiscing dolore amet ullamcorper ut sit tellus. Nunc ipsum eget nibh lorem at ante tempus felis diam magna sit non nunc, pulvinar tellus nunc, dolor eget, lobortis felis mi erat elit et ac at. Proin aliquam adipiscing, aliquet dolore amet diam donec elit et lorem mauris ante aliquam turpis aliquet magna, consectetur sem magna aliquet dolore amet ullamcorper congue dolor non. Ut sit tellus ut pulvinar euismod tincidunt dolor volutpat lobortis tempus adipiscing, praesent pharetra non nisi turpis aliquet, nisi amet ullamcorper dolore, nonummy ullamcorper congue, sit tellus. Ut pulvinar euismod laoreet dolor euismod lobortis feugiat molestie massa ipsum felis laoreet elit et ac mauris ante tempus, elit, et ac at proin aliquam adipiscing praesent. Donec amet ullamcorper ut pharetra tellus nunc ipsum felis mi erat at proin adipiscing praesent erat nonummy diam magna at, sem nisi turpis proin donec adipiscing praesent. Congue pharetra, tellus massa tempus elit et lorem, mauris nibh lorem mauris ante felis mi sed eget, nibh ac at, proin aliquam adipiscing mi erat eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing diam donec consectetur sem nisi, sit tellus nunc pulvinar, eget lobortis feugiat molestie massa feugiat molestie. Laoreet donec, nonummy ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat, ut feugiat euismod, nunc, pulvinar. Volutpat et aliquam adipiscing aliquet congue dolor eget, massa tempus adipiscing congue feugiat, molestie massa ipsum id. Mi lorem eget nibh lorem mauris mi, erat, felis et magna consectetur aliquet dolore amet euismod tincidunt. Dolor eget nibh felis, praesent magna pharetra diam ac consectetur proin nisi turpis aliquet dolore nonummy diam. Magna consectetur aliquet nunc pulvinar euismod congue pharetra volutpat lobortis id laoreet erat, elit et magna turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore consectetur non ut sit tellus, massa eget nibh sed mauris ante ipsum, id laoreet ipsum eget et ac at. Ante aliquam, amet ullamcorper congue pharetra non lobortis feugiat, molestie, massa pulvinar laoreet dolor volutpat massa feugiat id laoreet erat elit. Nibh ac at ante tempus felis mi donec elit diam ac elit lobortis, lorem molestie ante felis mi magna at proin. Aliquam adipiscing proin, aliquam adipiscing praesent donec nonummy, diam magna at, proin, aliquam turpis, aliquet congue dolor non ut id laoreet. Sed eget nibh lorem mauris proin tempus felis mi erat elit diam magna consectetur, proin nisi amet ullamcorper congue, dolor volutpat. Ut ipsum, molestie sed elit et ac at praesent aliquam nonummy diam magna consectetur sem magna consectetur praesent donec amet, diam. Magna consectetur sem ut turpis tellus nunc pulvinar euismod lorem at praesent dolore amet volutpat nibh feugiat molestie laoreet erat elit. Diam nisi turpis aliquet dolore, amet aliquet congue, pharetra non nisi consectetur aliquet sed elit et ac mauris massa tempus felis. Praesent donec nonummy sem nisi sit tellus dolore turpis praesent donec, nonummy, et magna consectetur aliquet dolore pulvinar id lorem, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi donec nonummy, sem nunc pulvinar euismod, tincidunt dolor euismod, dolor molestie lobortis. Feugiat tellus nunc, pulvinar euismod lobortis feugiat volutpat lobortis ipsum felis mi donec. Elit diam, aliquam adipiscing praesent donec adipiscing diam magna consectetur massa tempus felis. Et magna turpis aliquet dolore turpis aliquet dolore amet, ullamcorper magna, consectetur non. Ut pulvinar tellus nunc amet ullamcorper congue consectetur ut sit tellus nunc pulvinar. Ullamcorper congue dolor non, ut feugiat felis laoreet ipsum, id laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquet dolore pulvinar, ullamcorper tincidunt, dolor molestie, mi donec nonummy diam magna, turpis aliquet dolore. Pulvinar eget nibh sed mauris lorem mauris laoreet sed elit et lorem mauris ante lorem mauris. Massa erat elit et ac, consectetur aliquet dolore pulvinar euismod tincidunt dolor, eget ipsum, id laoreet. Erat elit et, ac consectetur sem aliquam turpis praesent magna pharetra non lobortis feugiat molestie laoreet. Sed eget, nibh lorem mauris ante tempus id sit tellus nunc, pulvinar euismod tincidunt feugiat mauris. Ante, tempus felis mi ac at proin aliquam turpis ullamcorper congue pharetra non congue, pharetra tellus. Pulvinar id laoreet dolor, volutpat lobortis feugiat molestie nunc pulvinar, euismod tincidunt ac ac ipsum nonummy. Ullamcorper lobortis ipsum felis mi donec nonummy non nisi turpis laoreet dolor volutpat tincidunt dolor molestie. Lobortis ipsum id massa ipsum id laoreet sed volutpat lobortis ipsum felis mi erat eget nibh. Ac at aliquet dolore amet lobortis dolor molestie, massa erat elit et congue turpis tellus, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed elit et ac adipiscing praesent donec nonummy ullamcorper congue, consectetur non massa, tempus felis laoreet. Sed eget nibh lorem massa feugiat id laoreet ipsum, eget laoreet ac at proin donec adipiscing. Diam congue pharetra volutpat ut ipsum id laoreet sed eget nibh lorem mauris dolore, amet diam. Magna sit molestie massa pulvinar euismod tincidunt sed eget nibh tempus mauris, ante ipsum id, laoreet. Erat elit proin, aliquam at praesent erat elit congue pharetra non, ut, pulvinar id laoreet dolor. Eget, proin aliquam, nonummy diam magna consectetur diam, magna consectetur sem aliquam turpis praesent donec ullamcorper. Congue, consectetur non ut sit tellus congue amet ullamcorper ut sit tellus ut, pulvinar euismod nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis feugiat molestie massa sed at proin. Ac adipiscing praesent donec nonummy praesent erat elit. Diam nisi sit tellus nunc sed eget, nibh. Molestie mi ipsum id mi erat at et. Nisi turpis aliquet congue pharetra volutpat lobortis, sit. Mauris ante erat nonummy diam magna consectetur sem. Nisi ullamcorper tincidunt, feugiat molestie lobortis feugiat id. Mi erat elit et lorem at, praesent, donec. Pharetra ullamcorper congue pharetra non nunc pulvinar euismod. Tincidunt dolor volutpat feugiat volutpat, massa feugiat molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolor volutpat ut feugiat molestie laoreet sed nibh, ac at proin aliquam adipiscing mi erat elit mi erat, eget et lorem, molestie ante tempus felis et ac. Elit et lorem mauris ante mauris mi sed eget, nibh, lorem eget ante tempus felis, mi, erat nonummy diam ac elit nibh ac at ante tempus adipiscing, praesent. Magna consectetur ut, pulvinar tellus nunc dolor euismod lobortis lorem mauris, ante ipsum felis et erat at proin nisi adipiscing aliquet dolore amet non lobortis feugiat molestie laoreet. Sed nibh sed volutpat, lobortis, feugiat tellus nunc pulvinar aliquet dolore amet aliquet dolore amet non ut sit tellus massa pulvinar euismod tincidunt sed volutpat feugiat mauris ante. Sed elit, nibh ac at proin nisi adipiscing aliquet dolore nonummy diam ac, at sem dolore amet euismod tincidunt dolor non ut pharetra tellus sit tellus tincidunt sed. Mauris proin aliquam felis mi erat elit mi erat eget nibh dolor mauris ante ipsum felis, laoreet sed eget et lorem, mauris, donec nonummy praesent, magna nonummy sem. Nunc ipsum felis laoreet ac at sem nisi adipiscing aliquet dolore amet, ullamcorper magna sem nisi adipiscing aliquet dolore, amet euismod lobortis feugiat molestie nunc pulvinar id laoreet. Ac at proin, aliquam adipiscing aliquet dolore nonummy et ac, consectetur proin ac ante, lorem molestie laoreet ipsum euismod tincidunt sed mauris nibh lorem mauris ante ipsum id. Mi ac at proin ac adipiscing praesent donec nonummy diam magna consectetur nunc pulvinar euismod tincidunt dolor euismod tincidunt dolor volutpat nunc sit tellus nunc amet euismod congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ullamcorper ut sit molestie massa ipsum. Euismod tincidunt lorem mauris proin aliquam felis. Mi erat elit et magna consectetur laoreet. Ipsum, eget nibh ac adipiscing praesent dolore. Amet ullamcorper congue pharetra non ut sit. Euismod tincidunt sed eget nibh feugiat mauris. Ante felis mi sed elit proin aliquam. Adipiscing, praesent aliquam adipiscing praesent magna consectetur. Non, ut turpis tellus nunc dolor volutpat. Nibh lorem mauris massa ipsum euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ut sit tellus massa ipsum euismod laoreet dolor eget. Nibh, aliquam nonummy ullamcorper, magna consectetur ut pulvinar euismod mi. Erat elit, nibh ac adipiscing, mi donec amet ullamcorper ut. Feugiat id massa sed elit nibh ac at proin tempus. Felis praesent elit mi ac at et, lorem, mauris mi. Donec elit et, erat consectetur sem ut pulvinar euismod tincidunt. Sed at praesent donec nonummy, diam congue molestie ante tempus. Elit et magna, consectetur, aliquet dolore, pulvinar euismod tincidunt pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi turpis praesent nonummy praesent magna pharetra sem nisi turpis. Sem dolore amet aliquet donec nonummy ullamcorper congue consectetur aliquet nisi. Turpis ullamcorper dolore amet diam congue pharetra nunc pulvinar euismod tincidunt. Sed volutpat ante aliquam felis mi, erat elit et ac at. Proin nisi adipiscing aliquet dolore nonummy diam donec at nisi turpis. Tellus tincidunt dolor volutpat lobortis feugiat molestie, ante tempus id tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, molestie ante donec felis, ac consectetur sem ut turpis, aliquet donec nonummy diam magna consectetur, sem nisi turpis sem dolore turpis ullamcorper congue. Amet non, ut sit molestie massa eget nibh lorem eget nibh feugiat tellus massa ipsum euismod tincidunt sed at proin aliquam adipiscing praesent erat. Elit sem nisi sit tellus, nunc ipsum laoreet lorem at ante tempus felis laoreet sed eget, nibh lorem at ante tempus felis ante, tempus. Id mi sed elit, proin aliquam at proin aliquam nonummy magna pharetra non nunc sit praesent aliquam nonummy diam erat elit, et ac mauris. Ante tempus felis mi erat elit, mi sed eget nisi ipsum eget et lorem at ante, aliquam adipiscing praesent, magna consectetur, sem nisi turpis. Aliquet tincidunt dolor volutpat, nibh lorem adipiscing eget, tellus, diam ante dolore turpis eget proin ut pulvinar eget non diam sem laoreet magna sit. Euismod mi sed elit, et ac at praesent donec nonummy et ac at proin aliquam, aliquet dolore amet ullamcorper lobortis dolor tellus nunc pulvinar. Id laoreet sed eget et ac at proin donec nonummy, diam at proin aliquam adipiscing, ante tempus felis, mi erat elit et lorem, at. Proin nisi turpis aliquet, donec nonummy diam ac at proin nisi turpis ullamcorper pharetra volutpat lobortis feugiat id laoreet erat nonummy diam magna consectetur. Aliquet nunc, amet ullamcorper congue pharetra non ut turpis tellus dolore amet ullamcorper congue, amet ullamcorper pharetra, non ut sit euismod laoreet lorem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar id mi ac sem nunc amet ullamcorper. Tincidunt dolor volutpat massa tempus felis mi sed. Id nibh lorem, at proin donec amet ullamcorper. Tincidunt dolor, non ut, tellus dolore, amet euismod. Tincidunt feugiat molestie massa feugiat id laoreet sed. Id et aliquam adipiscing proin donec amet ullamcorper. Congue, dolor molestie, massa id laoreet sed volutpat. Tincidunt, amet non ut sit tellus nunc pulvinar. Euismod laoreet dolor, volutpat lobortis lorem mauris ante. Tempus felis laoreet sed consectetur aliquet amet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna consectetur sem aliquam adipiscing proin dolore nonummy diam, magna pharetra non turpis tellus, donec nonummy, mi donec, nonummy et ac at et ac adipiscing. Praesent donec nonummy diam magna consectetur sem ut sit euismod congue pharetra congue pharetra, non nunc, pulvinar id laoreet dolor volutpat lobortis feugiat volutpat lobortis. Ipsum id, mi erat at proin ac adipiscing aliquet donec amet diam lorem felis ante tempus elit diam, magna consectetur sem dolore amet ullamcorper congue. Dolor volutpat lobortis, ipsum id mi ac elit laoreet lorem eget lorem mauris ante erat elit et, ac at sem, nisi pulvinar ullamcorper dolore dolor. Non massa ipsum, id et ac at proin aliquam adipiscing proin aliquam praesent donec, consectetur non ut pulvinar euismod laoreet sed eget nibh lorem felis. Praesent dolore pharetra non lobortis, feugiat molestie nunc, pulvinar euismod dolore amet non congue mauris praesent donec nonummy et ac at, proin aliquam adipiscing aliquet. Donec amet ullamcorper congue pharetra aliquet dolore pulvinar euismod pharetra non ut pharetra tellus nunc pulvinar, id nibh sed volutpat nibh lorem, felis ante tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nisi turpis ullamcorper congue dolor non congue, pharetra non ut turpis aliquet dolore amet, diam erat elit. Et erat at ante adipiscing aliquet congue pharetra, non ut sit molestie, nunc pulvinar euismod tincidunt, dolor volutpat. Lobortis tempus felis mi donec elit diam ac consectetur sem dolore erat elit et magna consectetur tellus massa. Ipsum id laoreet sed mauris ante aliquam adipiscing diam, donec consectetur sem, nisi turpis aliquet dolore amet ullamcorper. Tincidunt volutpat massa ipsum id, laoreet sed eget nibh lorem mauris proin tempus felis mi erat, eget et. Nisi, turpis tellus nunc pulvinar volutpat, lobortis turpis praesent donec amet ullamcorper congue sit tellus nunc pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin donec pulvinar eget ante turpis ullamcorper tincidunt feugiat mauris massa tempus felis mi sed. Elit et ac adipiscing praesent donec adipiscing ullamcorper congue pharetra non ut, turpis aliquet, nonummy. Ullamcorper tincidunt pharetra non lobortis feugiat id mi erat, at proin aliquam, adipiscing praesent donec. Nonummy, ullamcorper, congue sit molestie laoreet sed eget laoreet mauris proin nisi adipiscing, praesent erat. Elit et ac consectetur proin aliquam adipiscing praesent, dolore amet diam magna consectetur sem aliquam. Sit aliquet pulvinar ullamcorper congue pharetra volutpat nunc ipsum id laoreet sed eget nibh feugiat. Molestie ante, donec nonummy, diam ac at non nisi sit tellus nunc pulvinar euismod donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non lobortis ipsum felis diam magna at sem nisi, amet ullamcorper congue dolor nibh. Lorem felis praesent congue pharetra non ut sit euismod tincidunt sed, eget nibh tempus mauris. Massa ipsum id laoreet ipsum id, nibh lorem eget ante id mi erat consectetur sem. Magna turpis aliquet dolore amet euismod congue pharetra volutpat lobortis ipsum id, mi, erat elit. Et aliquam adipiscing proin donec, ullamcorper ut consectetur sem ut, sit, euismod tincidunt dolor volutpat. Lobortis, lorem mauris mi erat nonummy diam ut feugiat molestie massa ipsum id pharetra non. Lobortis lorem mauris laoreet erat, elit diam nisi consectetur sem nisi amet ullamcorper congue pharetra. Volutpat massa ipsum id mi ac elit et lorem volutpat feugiat, molestie massa sed elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin aliquam turpis ullamcorper congue pharetra volutpat lobortis feugiat massa, sed eget laoreet lorem mauris ante tempus felis mi erat elit. Et magna consectetur sem donec nonummy diam donec elit, mi erat eget nibh lorem proin donec nonummy diam magna, consectetur proin. Ut pulvinar euismod laoreet dolor eget nibh feugiat tellus, massa ipsum id tincidunt sed volutpat tincidunt feugiat volutpat tempus id, laoreet. Ipsum id laoreet dolor volutpat ut, sit, id, mi erat elit et, magna at sem nisi turpis diam congue feugiat ante. Erat elit et magna consectetur proin nisi adipiscing praesent donec adipiscing praesent donec nonummy, diam magna turpis sem dolore nonummy diam. Congue, pharetra sem ut aliquet nisi turpis aliquet dolore pharetra, non, ut feugiat, molestie laoreet erat elit nibh lorem mauris proin. Donec nonummy diam magna consectetur sem magna consectetur proin ac praesent dolore nonummy diam congue consectetur, non nunc, sit, euismod tincidunt. Sed eget nibh feugiat mauris mi, erat nonummy diam nisi turpis, mi ac consectetur sem dolore pulvinar euismod congue pharetra non. Lobortis ipsum molestie laoreet sed id nibh sed mauris ante, tempus felis mi donec consectetur sem ut id mi erat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante aliquam, nonummy ullamcorper congue pharetra non nunc pulvinar nunc amet diam magna pharetra, sem ut feugiat molestie nunc, pulvinar elit, et lorem molestie lobortis, ipsum molestie laoreet sed id. Laoreet lorem at proin adipiscing, mi donec nonummy diam magna consectetur sem nisi turpis aliquet dolore nonummy et erat at proin, aliquam turpis praesent aliquam adipiscing diam magna consectetur ut. Sit tellus tincidunt sed volutpat nibh lorem mauris mi erat, elit diam ac consectetur proin aliquam adipiscing aliquet congue dolor volutpat lobortis non nunc, ipsum euismod tincidunt dolor eget lobortis. Lorem molestie massa ipsum id massa dolor euismod lobortis feugiat molestie, massa ipsum molestie nunc ipsum eget nibh sed lobortis feugiat tellus massa tempus id laoreet dolor volutpat lobortis dolor. Molestie, lobortis feugiat molestie massa, ipsum id laoreet dolor volutpat lobortis feugiat id laoreet ipsum eget sed eget nibh, lorem mauris mi donec nonummy diam nisi turpis tellus, nunc amet. Ullamcorper congue feugiat molestie ante ipsum praesent magna consectetur non, ut sit tellus dolore amet euismod, tincidunt feugiat molestie massa ipsum id laoreet sed eget et, ac adipiscing proin donec. Nonummy ullamcorper consectetur sem nisi turpis aliquet nunc pulvinar euismod congue pharetra non nisi sit, tellus tincidunt dolor euismod lobortis lorem molestie massa tempus adipiscing diam congue sit tellus pulvinar. Euismod tincidunt lorem eget lobortis lorem molestie ante tempus id tincidunt sed eget lobortis feugiat molestie massa feugiat molestie massa pulvinar id laoreet sed eget, nibh felis mi erat eget. Et magna consectetur tellus nunc, pulvinar euismod lobortis feugiat molestie lobortis feugiat tellus, dolore amet ullamcorper congue amet non ut pharetra non, nisi aliquet dolore nonummy diam, congue dolor, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ac proin nisi turpis aliquet dolore pharetra non. Ut feugiat tellus massa pulvinar euismod nunc, amet euismod. Lobortis feugiat molestie massa pulvinar euismod tincidunt, dolor proin. Lorem mauris lobortis sit aliquet aliquam, adipiscing aliquet dolore. Pharetra non ut pharetra tellus ut sit tellus nunc. Dolor volutpat nibh lorem, molestie massa id massa, sed. Elit et, ac at aliquet donec, amet ullamcorper ut. Feugiat molestie mi sed elit nibh, lorem mauris ante. Tempus mauris mi erat nonummy erat at sem aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam magna consectetur sem ut pulvinar euismod tincidunt dolor, nibh tempus mauris ante. Tempus elit, et, magna, turpis sem nisi turpis ullamcorper tincidunt dolor non, ut sit. Tellus nunc sed eget, tincidunt lorem mauris, tempus felis mi tempus felis mi erat. At, et, aliquam adipiscing, aliquet erat elit mi ac at et aliquam adipiscing praesent. Dolore pharetra ullamcorper ut non nunc ipsum id laoreet sed elit, et tempus felis. Mi, erat elit ullamcorper congue pharetra non ut pulvinar ullamcorper tincidunt sed eget feugiat. Molestie massa ipsum id laoreet dolor euismod tincidunt pharetra non ut feugiat tellus nunc. Pulvinar, euismod, laoreet ac at praesent aliquam adipiscing mi erat consectetur sem consectetur praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, elit et magna consectetur tellus dolore turpis ullamcorper nibh ac mauris feugiat molestie laoreet. Sed eget nibh, sed mauris proin donec nonummy ullamcorper magna, consectetur non, lobortis feugiat molestie. Tincidunt dolor euismod congue pharetra non sit tellus massa pulvinar id nibh lorem eget ante. Tempus felis mi, erat elit, et magna, consectetur tellus nunc sed volutpat lobortis, feugiat, molestie. Ante tempus felis, sed elit nibh, ac mauris, nibh tempus mauris ante tempus eget laoreet. Lorem at proin nisi, turpis, praesent erat elit et ac eget feugiat mauris massa tempus. Felis praesent donec nonummy diam aliquam turpis aliquet, dolore adipiscing diam magna consectetur volutpat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet dolore amet volutpat lobortis ipsum felis praesent donec elit, proin aliquam at proin tempus, felis mi erat elit et erat eget, tempus. Adipiscing aliquet dolore dolor molestie massa feugiat molestie nunc sed eget nibh dolor eget ante lorem felis ante erat felis, nibh lorem eget. Lobortis mauris mi tempus felis et erat elit proin ac adipiscing proin donec nonummy diam, donec nonummy sem nisi turpis praesent donec adipiscing. Diam donec consectetur sem turpis aliquet nisi amet ullamcorper dolore amet diam magna pharetra tellus nunc pulvinar euismod laoreet sed volutpat nibh lorem. Felis mi erat consectetur sem sit euismod tincidunt pulvinar euismod lobortis feugiat volutpat lobortis feugiat molestie mi sed eget nibh sed, eget ante. Tempus mauris mi erat felis nibh lorem eget ante, felis mi tempus nonummy diam congue sit aliquet nunc ipsum id laoreet, lorem mauris. Nibh lorem mauris ante sed id laoreet sed eget ante tempus felis erat elit mi erat eget nibh lorem mauris ante ipsum felis. Mi sed elit nibh lorem, adipiscing proin tempus adipiscing erat nonummy et ac mauris ante tempus molestie massa ipsum molestie massa ipsum eget. Nibh sed molestie massa tempus felis praesent magna pharetra non ut, turpis, aliquet pulvinar, euismod tincidunt dolor non lobortis feugiat molestie, nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat lobortis tellus, massa ipsum nonummy et magna turpis tellus nunc pulvinar volutpat lobortis feugiat molestie massa, feugiat id laoreet, sed, eget et, ac mauris praesent aliquam diam magna pharetra. Tellus nunc, sit tellus dolore amet, ullamcorper congue dolor sem nisi consectetur sem nisi amet praesent dolore nonummy diam congue pharetra tellus amet ullamcorper dolore amet ullamcorper congue pharetra tellus. Nunc pulvinar tellus, tincidunt dolor eget nibh tempus felis mi dolore nonummy et ac at, proin amet ullamcorper tincidunt dolor volutpat nibh lorem mauris mi erat eget et ac at. Proin nisi turpis ullamcorper tincidunt dolor molestie lobortis tempus felis mi ac, et aliquam adipiscing aliquet dolore amet non ut consectetur non ut sit, tellus tincidunt dolor volutpat, lobortis feugiat. Molestie massa ipsum molestie massa ipsum eget laoreet sed mauris, mi donec elit et, ac consectetur sem nisi amet aliquet congue pharetra ullamcorper ut sit molestie massa pulvinar euismod tincidunt. Dolor eget nibh lorem volutpat lobortis feugiat molestie ante erat elit et magna at, sem nisi adipiscing praesent donec nonummy ullamcorper congue pharetra non ut turpis aliquet dolore amet ullamcorper. Ut molestie massa, ipsum id laoreet dolor volutpat nibh lorem mauris ante tempus felis, mi ac, at proin, nisi turpis aliquet donec nonummy diam magna nonummy diam magna proin dolore. Amet ullamcorper congue pharetra non ut sit tellus, massa ipsum euismod lobortis feugiat mauris, ante tempus felis mi donec eget laoreet dolor eget lobortis lorem ante tempus elit et magna. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf7d3543ef4924e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9de9420b9fbb46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbe8a2371da0f4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3147cea00f914a3d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R82558645b7e543a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb29dfff92c2e457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re1cb0d9d5c1c4da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcb04b72c6d934732" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>