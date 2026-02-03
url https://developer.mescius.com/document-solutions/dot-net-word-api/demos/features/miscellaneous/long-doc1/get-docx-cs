--- v6 (2025-12-19)
+++ v7 (2026-02-03)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccf9e497455b47c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R420a7ce69230482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c9004c220e24bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R374efc4343034bce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R99d0156e52d74c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R51b0170704c24f35" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper felis turpis id diam massa, magna, tempus turpis ullamcorper tincidunt feugiat ante erat elit ullamcorper ut feugiat molestie mi, magna pharetra tellus nunc ipsum elit et nisi consectetur. Felis et magna turpis aliquet dolore amet ullamcorper tincidunt at ullamcorper tincidunt dolor eget nibh ipsum id laoreet sed eget et ac consectetur sem nisi amet diam congue consectetur. Non ut feugiat molestie sed elit proin nisi amet ullamcorper tincidunt sed eget nibh sit molestie massa ipsum id nibh ac at sem, nisi amet ullamcorper congue pharetra massa. Ipsum molestie massa ipsum id laoreet sed eget nibh lorem molestie laoreet sed elit et magna turpis, aliquet dolore turpis ullamcorper congue dolor volutpat lobortis feugiat mi erat elit. Proin ut sit tellus congue pharetra ullamcorper congue sit tellus, nunc, sit id mi ac at, sem nisi turpis aliquet dolore pharetra volutpat lobortis id massa, erat at et. Lorem, adipiscing praesent donec amet ullamcorper, congue pharetra non ut sit, euismod, tincidunt dolor volutpat dolore, pulvinar euismod lobortis, dolor molestie proin aliquam adipiscing praesent, magna consectetur non, ut. Sit tellus laoreet sed mauris, proin aliquam, amet ullamcorper tincidunt dolor molestie ante elit diam magna consectetur sem, nisi turpis tellus, dolore pharetra non ut feugiat mauris ante ipsum. Felis, mi erat at ante lorem felis mi dolore amet ullamcorper feugiat molestie nunc amet euismod congue sed mauris ante lorem mauris mi erat elit et magna, turpis sem. Nisi turpis, praesent erat elit et erat at, proin adipiscing aliquet donec nonummy diam congue pharetra sem ut pulvinar euismod nunc, dolor eget nibh lorem, molestie massa ipsum id. Laoreet ac at sem nisi turpis praesent dolor volutpat, nibh tempus id mi, erat, elit et, magna consectetur proin aliquam mauris ante ipsum id laoreet erat elit sem nisi. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Volutpat lobortis tellus, massa ipsum nonummy et magna turpis tellus nunc pulvinar volutpat lobortis feugiat molestie massa, feugiat id laoreet, sed, eget et, ac mauris praesent aliquam diam magna pharetra. Tellus nunc, sit tellus dolore amet, ullamcorper congue dolor sem nisi consectetur sem nisi amet praesent dolore nonummy diam congue pharetra tellus amet ullamcorper dolore amet ullamcorper congue pharetra tellus. Nunc pulvinar tellus, tincidunt dolor eget nibh tempus felis mi dolore nonummy et ac at, proin amet ullamcorper tincidunt dolor volutpat nibh lorem mauris mi erat eget et ac at. Proin nisi turpis ullamcorper tincidunt dolor molestie lobortis tempus felis mi ac, et aliquam adipiscing aliquet dolore amet non ut consectetur non ut sit, tellus tincidunt dolor volutpat, lobortis feugiat. Molestie massa ipsum molestie massa ipsum eget laoreet sed mauris, mi donec elit et, ac consectetur sem nisi amet aliquet congue pharetra ullamcorper ut sit molestie massa pulvinar euismod tincidunt. Dolor eget nibh lorem volutpat lobortis feugiat molestie ante erat elit et magna at, sem nisi adipiscing praesent donec nonummy ullamcorper congue pharetra non ut turpis aliquet dolore amet ullamcorper. Ut molestie massa, ipsum id laoreet dolor volutpat nibh lorem mauris ante tempus felis, mi ac, at proin, nisi turpis aliquet donec nonummy diam magna nonummy diam magna proin dolore. Amet ullamcorper congue pharetra non ut sit tellus, massa ipsum euismod lobortis feugiat mauris, ante tempus felis mi donec eget laoreet dolor eget lobortis lorem ante tempus elit et magna. </w:t>
+        <w:t xml:space="preserve">Praesent aliquet nunc ipsum amet nonummy eget molestie volutpat diam lobortis ut, nunc, ut aliquam aliquam magna nisi donec magna ac tempus. Amet, elit eget mauris id euismod non, euismod ullamcorper sem aliquet nonummy at mauris felis eget mauris id volutpat sem sem mi. Laoreet magna nisi donec magna aliquam aliquam sed lorem tempus ac ac erat sed tincidunt ut, nunc tincidunt, ut nunc ut massa. Tincidunt ut ut congue massa laoreet nibh massa laoreet lobortis massa tincidunt tincidunt ut nunc magna ut tincidunt praesent et ante laoreet. Tincidunt ut dolore congue, nisi nisi magna nunc nibh ante praesent et euismod volutpat molestie id volutpat tellus euismod volutpat feugiat adipiscing. Elit euismod non sem mi nibh ante mi sem praesent diam, non aliquet, diam sem aliquet diam aliquet, ullamcorper non tellus ullamcorper. Sem praesent ullamcorper sit turpis amet pharetra amet pharetra feugiat dolor dolor sit dolor feugiat sit pulvinar sit sit, amet pharetra sit. Pharetra consectetur amet amet turpis turpis amet turpis, feugiat sit amet consectetur consectetur adipiscing nonummy at adipiscing elit adipiscing nonummy at at. Nonummy at felis elit consectetur pharetra turpis nonummy consectetur at adipiscing elit at id elit at, elit eget molestie molestie eget mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin proin mi et, ante laoreet et ante laoreet ante ante laoreet nibh ante laoreet nibh, laoreet laoreet, massa laoreet id non aliquet euismod. Sem sem, diam diam sem diam sem aliquet non non tellus ullamcorper molestie id molestie id volutpat non aliquet, aliquet, felis eget, mauris euismod non. Sem praesent praesent proin praesent diam proin praesent diam et mi mi ante mi et proin diam diam proin mi sem praesent non ullamcorper non. Tellus aliquet diam, sem mi et ante praesent et ante, mi et praesent praesent, nibh ante mi et, ante mi et mauris felis eget molestie. Aliquet praesent diam proin praesent et, massa massa, tincidunt ut dolore tincidunt ut nunc magna nisi dolore tincidunt nunc laoreet nibh laoreet euismod volutpat molestie. Euismod ullamcorper proin mi mi, ante ante, laoreet nibh, massa laoreet lobortis nunc laoreet lobortis ut dolore congue dolore congue nisi, dolore dolore nisi sem. Mi, nibh lobortis nunc tincidunt ut, nunc congue congue, dolore dolore ut dolore dolore magna dolore congue magna aliquam massa, et praesent, praesent sem praesent. Diam et proin mi proin, praesent et, ante praesent, et ante mi diam praesent praesent sem praesent, diam sem aliquet ullamcorper ullamcorper sem tellus volutpat. Molestie id euismod tellus tellus, ullamcorper sem aliquet, ullamcorper, non ullamcorper ullamcorper sem aliquet volutpat id volutpat molestie id eget molestie eget mauris feugiat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue magna ac, donec magna, dolore magna ut, dolore. Diam nibh, nibh nisi donec donec sed feugiat ipsum. Dolor turpis pulvinar feugiat, ipsum dolor feugiat tempus lorem. Tempus sed sed feugiat pulvinar dolor sit pharetra sit. Pulvinar dolor turpis turpis, nonummy at mauris, id eget. Molestie, praesent praesent proin praesent diam sem, aliquet diam. Aliquet ullamcorper sem, aliquet felis id volutpat non praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, congue magna aliquam erat magna lorem tempus, erat lorem ipsum amet magna aliquam aliquam erat ac. Aliquam erat lorem erat erat dolor ipsum sed feugiat tempus lorem lorem erat lorem lorem sed lorem. Aliquam erat aliquam donec ullamcorper, aliquet ullamcorper et, nibh ante mi ante mi diam proin diam sem. Praesent ullamcorper non aliquet non aliquet praesent diam sem, mi et proin adipiscing eget at adipiscing nonummy. Adipiscing felis eget molestie id volutpat volutpat sem aliquet et proin ante nibh ante, mi tincidunt lobortis. Nunc aliquet et et proin diam et ante mi lobortis, nunc tincidunt tincidunt nisi dolore magna aliquam. Dolore ac, ac donec magna aliquam dolore magna tempus erat magna tincidunt nunc nunc ut ut congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, dolor feugiat, turpis elit, eget sem sem mi tellus euismod, non praesent mi et proin et proin ullamcorper ullamcorper sem ullamcorper diam aliquet ullamcorper sem tellus. Euismod sem aliquet praesent et proin massa laoreet volutpat tellus ullamcorper sem sem aliquet sem euismod volutpat molestie, euismod volutpat molestie id eget id id, volutpat tellus. Ullamcorper diam et ante mi nunc nunc congue ut dolore congue aliquam aliquam ac ac tempus sed dolor feugiat pulvinar pharetra turpis amet nonummy consectetur felis elit. Eget molestie pulvinar amet at at elit elit adipiscing elit at adipiscing nonummy mauris adipiscing elit, at felis eget eget, id eget, mauris id volutpat, volutpat molestie. Volutpat volutpat sit pulvinar consectetur adipiscing felis elit at nonummy, at at felis elit, mauris felis elit mauris felis eget tellus aliquet ullamcorper, sem praesent ullamcorper proin. Proin non, praesent diam proin ullamcorper sem aliquet euismod non tellus ullamcorper, sem aliquet diam sem praesent diam non, aliquet mi eget felis id eget mauris felis. Eget molestie tellus diam et proin praesent et ante et proin praesent et proin, praesent diam proin ullamcorper non tellus euismod sit pulvinar dolor feugiat sed lorem. Tempus ipsum dolor feugiat, pulvinar pharetra, sit, turpis dolor ipsum sed tempus, sed lorem tempus, erat lorem, ipsum ipsum feugiat ipsum laoreet lobortis lobortis tincidunt, congue ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non tellus, aliquet diam sem at elit eget volutpat id mauris felis, eget mauris mauris id volutpat id euismod volutpat, tellus aliquet et et ante. Laoreet congue nisi nunc euismod non tellus non tellus euismod non sem proin mi nibh massa tincidunt tincidunt ut nunc tincidunt ut donec donec aliquam aliquam. Donec lorem ipsum laoreet lobortis lobortis massa lobortis massa tincidunt tincidunt nunc tincidunt nibh ante nibh praesent diam sem aliquet ullamcorper non ullamcorper ullamcorper sem mi. Laoreet tincidunt sem sem, praesent et proin diam, non euismod volutpat molestie id volutpat, tellus aliquet sem aliquet ullamcorper non tellus volutpat, molestie euismod non tellus. Tellus amet at at elit at adipiscing nonummy, at, felis elit, mauris mauris id mauris adipiscing nonummy adipiscing nonummy at at nonummy at adipiscing elit at. Felis id sed tempus erat magna donec, donec ac tempus, erat ac aliquam sed, ac ipsum sed, feugiat ipsum sed feugiat ipsum lorem donec magna ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante massa lobortis ut dolore, dolore magna nisi congue magna donec magna ut tincidunt nibh. Massa aliquet diam sem proin et proin, ante et, proin praesent diam sem, diam sem. Praesent praesent sem aliquet praesent et ante laoreet nibh ante, laoreet lobortis volutpat tellus diam. Sem praesent diam sem praesent diam non ullamcorper non, tellus aliquet diam, aliquet aliquet sem. Sem mi et, nibh massa tincidunt, ut sem proin et proin, ante laoreet lobortis massa. Nunc, erat sed pharetra turpis, amet, consectetur, adipiscing nonummy pharetra turpis pharetra sit pulvinar dolor. Ut dolore congue nisi dolore congue nisi dolore congue, ut dolore ut massa tincidunt massa. Massa tincidunt ut nunc tincidunt lobortis, nunc lobortis massa tincidunt nibh ante elit at felis. Eget mauris, molestie elit mauris id volutpat molestie, euismod ullamcorper diam sem diam non tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy eget molestie molestie volutpat volutpat euismod eget mauris id. At mauris elit turpis amet, feugiat, erat nisi tincidunt proin. Diam ut laoreet et aliquet non id at amet feugiat. Sed lorem lorem, pulvinar pharetra ipsum ac nisi donec ac. Nisi, ipsum pulvinar dolor pulvinar dolor nibh ante laoreet nibh. Laoreet et ante laoreet, nibh, proin diam proin ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget molestie id eget sit pulvinar pharetra pharetra turpis amet, sit amet pharetra sit pulvinar dolor pulvinar pulvinar pharetra turpis adipiscing. Consectetur turpis adipiscing eget molestie molestie elit mauris feugiat pulvinar feugiat pulvinar dolor feugiat sit pulvinar sit sit pharetra sit amet. Pharetra sit ipsum dolor feugiat dolor lorem ipsum erat tempus erat ac congue nisi donec donec, ac tempus ac aliquam tempus. Erat lorem feugiat amet consectetur turpis, nonummy pharetra sit pulvinar, sit ipsum sed sit aliquam dolore congue nisi dolore ac aliquam. Tempus dolor pharetra turpis nonummy consectetur turpis nonummy pharetra amet amet pharetra pulvinar, feugiat ipsum, dolor dolor pulvinar sed feugiat nonummy. Consectetur laoreet lobortis lobortis nunc tincidunt massa tincidunt ut nunc laoreet nibh massa tincidunt ut nunc tempus sed lorem tempus sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris euismod non sem proin et sem aliquet, volutpat molestie, ullamcorper diam sem praesent, diam sem diam, diam praesent non euismod ullamcorper proin ante laoreet tincidunt ut, dolore dolore ut. Nunc tincidunt massa et praesent mi et ante mi et ante et, sem mauris molestie euismod molestie felis mauris adipiscing consectetur sit dolor pharetra sit amet consectetur adipiscing amet pharetra. Adipiscing nonummy consectetur adipiscing elit consectetur pulvinar feugiat sit dolor magna ut congue magna nisi donec ac ac erat ac, nisi donec erat tempus erat magna dolore magna nisi dolore. Donec lorem feugiat nisi, donec ac ac erat ac aliquam donec magna donec magna ac tempus sed pharetra pharetra turpis amet pharetra turpis amet turpis amet consectetur consectetur turpis consectetur. Ac tempus sed ac aliquam erat, lorem tempus erat lorem tempus, erat aliquam donec ac aliquam ipsum dolor feugiat ipsum dolor lorem erat ac aliquam magna ac massa mi nibh. Mi mi lobortis, massa laoreet lobortis ut lorem tempus, ipsum dolor elit mauris molestie euismod non aliquet molestie euismod volutpat non aliquet diam proin ante, mi et praesent et proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mi et ante nunc nunc. Lobortis ut dolore congue dolore congue. Magna nisi dolore magna aliquam, donec. Ac tempus erat lorem, lorem sed. Tincidunt congue nisi, congue congue massa. Congue ut nisi magna nisi nisi. Donec magna aliquam, donec aliquam tempus. Pulvinar pharetra sit amet dolor, sit. Pulvinar donec nisi aliquam erat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non tellus ullamcorper ullamcorper proin praesent diam aliquet aliquet et ante et ante mi nibh nibh massa nibh, ante laoreet. Tincidunt congue dolore congue ut nunc lobortis ut tincidunt lobortis, ante nibh nibh laoreet laoreet lobortis massa ullamcorper ullamcorper, sem aliquet. Diam proin mi et ante ante nibh proin praesent diam praesent praesent sem ullamcorper, non sem ullamcorper, non aliquet aliquet sem. Mauris molestie tellus diam diam praesent ullamcorper non ullamcorper non aliquet aliquet diam et ante mi nibh massa, mi ante ante. Laoreet nibh, molestie eget eget id euismod non sem aliquet diam sem praesent et ante massa laoreet lobortis massa, nibh, nibh. Nunc congue congue nunc tincidunt ut nunc lobortis non aliquet praesent diam, proin praesent diam proin praesent non ullamcorper non aliquet. Praesent mi et ante et nibh massa laoreet tincidunt ut dolore donec aliquam donec ac ipsum sed feugiat feugiat pulvinar feugiat. Pulvinar pulvinar pharetra turpis amet consectetur sit amet consectetur turpis adipiscing eget mauris tempus ac aliquam donec ac dolore lobortis, ante. Sem tellus eget adipiscing consectetur sit pharetra, tempus magna ac erat ac ac donec, magna dolore lobortis, nunc tincidunt praesent non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At felis eget mauris id volutpat volutpat euismod ullamcorper volutpat at nonummy pharetra sit amet consectetur adipiscing, nonummy elit at elit elit. Mauris tellus volutpat volutpat felis at felis nonummy adipiscing nonummy pharetra sit dolor lobortis nunc dolore magna nisi dolore, ut nunc lobortis. Ante laoreet ante mi nibh nibh massa laoreet massa, laoreet laoreet massa mi sem praesent diam at felis consectetur turpis adipiscing nonummy. Adipiscing felis elit at felis at at elit turpis, dolor feugiat ipsum dolor feugiat pulvinar, pulvinar consectetur ac lorem ipsum dolor feugiat. Pulvinar pharetra turpis turpis amet consectetur turpis nonummy at felis nonummy consectetur adipiscing, nonummy mauris felis elit at adipiscing elit, at felis. Sed dolor consectetur felis elit mauris felis eget mauris felis at adipiscing adipiscing at adipiscing elit elit felis felis at adipiscing elit. Consectetur adipiscing nonummy at nonummy erat sed ipsum erat aliquam dolore, magna aliquam erat ac aliquam erat magna donec, magna ac aliquam. Sed sed feugiat sed ipsum ipsum feugiat ipsum sed lorem pulvinar pulvinar dolor pulvinar dolor feugiat pulvinar dolor feugiat ipsum dolor feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy eget molestie, euismod euismod tellus tellus, eget mauris id volutpat molestie ullamcorper ullamcorper aliquet ullamcorper non. Molestie felis elit mauris mauris id euismod non aliquet, diam sem, praesent et proin praesent et et. Ante mi lobortis massa dolore magna magna, nunc congue sem ullamcorper, non sem praesent ullamcorper sem aliquet. Et et massa laoreet, lobortis nunc nunc lobortis laoreet laoreet nibh, massa laoreet ante mi et mi. Et lobortis volutpat aliquet euismod tellus id volutpat felis, elit at adipiscing elit mauris id id volutpat. Molestie ullamcorper diam proin praesent mi nibh ante euismod non proin aliquet, ullamcorper tellus id non tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante laoreet lobortis nunc dolore congue nunc aliquet. Diam proin massa massa, tincidunt ut dolore congue. Ut, nunc tincidunt nunc tincidunt lobortis, nunc nibh. Nibh nunc laoreet ante, laoreet tincidunt lobortis massa. Ullamcorper, et proin praesent diam sem mi nibh. Nibh mi, nibh ante mi nibh ante diam. Sem praesent diam sem mi et ante ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet diam proin proin et nibh ante massa lobortis lobortis, tincidunt, tincidunt, nunc dolore magna magna aliquam erat aliquam erat lorem tempus, erat lorem. Ipsum dolor pharetra, turpis nonummy consectetur turpis amet, pharetra sit, pharetra feugiat sed sed tempus erat ac tempus dolore dolore magna, dolore magna nisi. Nunc congue, ut dolore magna ut dolore magna dolore congue nisi dolore dolore, ut nunc tincidunt nunc tincidunt lobortis, nunc tincidunt, ullamcorper, molestie id. Volutpat tellus ullamcorper ullamcorper sem praesent diam proin, ante tincidunt lobortis, massa tincidunt lobortis, nunc tincidunt lobortis ut dolore magna et mi mi nibh. Mi laoreet lobortis nunc laoreet lobortis laoreet nibh proin praesent et proin mi et massa mi nibh tempus pulvinar amet sit pulvinar pharetra turpis. Elit, euismod, non sem diam diam sem praesent et nibh, laoreet tincidunt lobortis laoreet nibh massa massa lobortis lobortis, nunc donec nisi dolore congue. Nisi donec massa tincidunt lobortis laoreet nibh lobortis laoreet congue lobortis nunc tincidunt ante mi ante praesent diam proin, praesent et ante sem euismod. Volutpat molestie ullamcorper ullamcorper sem praesent mi proin praesent diam proin praesent non eget at nonummy pharetra ipsum sed, aliquam congue dolore congue lobortis. Et mi diam proin diam sem praesent, ullamcorper non tellus ullamcorper sem aliquet diam aliquet aliquet sem aliquet, euismod, non euismod volutpat molestie euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquam donec erat ac erat erat feugiat tempus ac. Tempus ipsum dolor erat lorem ipsum erat sed ipsum ipsum. Dolor sit pulvinar dolor, pulvinar pulvinar, dolor, pulvinar dolor feugiat. Pulvinar, pharetra feugiat ipsum, lorem ipsum erat ac erat aliquam. Tempus erat feugiat ipsum sed sit sit amet pharetra sit. Amet, consectetur, adipiscing elit, elit mauris felis elit felis elit. At adipiscing felis at consectetur adipiscing adipiscing eget mauris id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper sem aliquet praesent diam proin praesent diam ante mi tellus ullamcorper non ullamcorper non tellus euismod volutpat. Aliquet mi, et proin praesent diam proin diam diam praesent diam sem praesent mi et proin laoreet et. Non sem ullamcorper non aliquet diam diam proin praesent et, proin mi nibh praesent et sem, praesent mi. Nibh lobortis laoreet lobortis ut nunc ut proin proin mi laoreet lobortis nunc dolore ac tempus erat felis. Nonummy at felis eget adipiscing adipiscing nonummy adipiscing, felis id mauris felis, amet, amet turpis turpis nonummy consectetur. Felis elit mauris felis eget mauris adipiscing elit at adipiscing eget, molestie molestie volutpat molestie euismod euismod volutpat. Euismod volutpat tellus mauris id eget eget id eget molestie molestie euismod volutpat tellus euismod, non tellus diam. Non aliquet diam et ante laoreet nibh massa massa tincidunt lobortis nunc euismod non aliquet ullamcorper molestie id. Eget molestie id volutpat tellus, euismod non non, ullamcorper ullamcorper et mi et proin mauris euismod eget molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent laoreet, tincidunt ut nunc, dolore magna nisi. Donec dolore donec ac aliquam erat lorem lorem. Sed, dolor sit, pulvinar dolor ipsum sed dolor. Feugiat pulvinar feugiat sit amet, pharetra pulvinar pulvinar. Pharetra adipiscing tempus ipsum pharetra consectetur at felis. Eget mauris id volutpat mauris id volutpat tellus. Id ullamcorper proin proin mi et praesent ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit mauris euismod, diam et praesent mi laoreet, lobortis ut congue, magna nisi dolore, magna aliquam donec magna dolore magna sem. Nibh massa laoreet ut ut congue congue nunc congue ut dolore congue ut dolore magna nisi dolore congue ut nunc ut. Nunc congue praesent proin proin et proin, mi mi proin mi et, proin praesent et, proin, mi nibh ante, massa tincidunt. Lobortis nunc congue ut, nisi dolore magna nisi praesent sem tellus euismod tellus euismod volutpat molestie eget, mauris id eget molestie. Molestie aliquet non sem praesent sem aliquet diam non aliquet nonummy at eget tellus id, molestie molestie eget felis, elit at. Turpis nonummy consectetur mauris, euismod, eget, id elit mauris adipiscing at, mauris molestie euismod volutpat molestie turpis consectetur turpis nonummy, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris tellus ullamcorper diam et lobortis nunc. Dolore erat tempus nunc tincidunt congue ut. Dolore congue nisi donec congue ut congue. Lobortis nunc tincidunt lobortis nunc tincidunt lobortis. Dolore magna magna donec magna ut dolore. Praesent laoreet, massa dolore dolore, nisi dolore. Dolore nisi nunc congue nisi aliquam donec. Ac aliquam erat ac, donec magna dolore. Dolore, congue dolore volutpat molestie id volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ante laoreet laoreet ut ut dolore magna ac tempus dolor lorem ipsum dolore magna magna tempus sed ac, aliquam erat aliquam. Aliquam erat, lorem tempus sed lorem erat ac aliquam magna, magna donec, donec ac donec donec nisi praesent et proin aliquet diam. Proin mi et lobortis ut dolore donec magna donec congue ut, tincidunt massa, laoreet proin ullamcorper non, aliquet aliquet sem eget mauris. Euismod praesent diam praesent praesent proin praesent ullamcorper tellus euismod non aliquet aliquet diam sem ullamcorper sem aliquet diam sem tellus adipiscing. Elit mauris molestie elit mauris molestie eget volutpat tellus, ullamcorper non aliquet ullamcorper non euismod euismod molestie id eget id eget at. Adipiscing elit at elit erat lorem tempus erat feugiat pulvinar sed feugiat ipsum pharetra sit pulvinar dolor feugiat sed feugiat, tempus erat. Feugiat ipsum sed lorem tempus lorem tempus erat lorem congue nunc congue massa laoreet nibh, massa massa lobortis lobortis tincidunt tincidunt massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore laoreet laoreet massa laoreet laoreet massa laoreet et ante tincidunt lobortis, ante mi ante, mi et proin praesent proin praesent diam non aliquet diam proin turpis, nonummy consectetur turpis. Consectetur mauris mauris euismod, non tellus id volutpat non id volutpat tellus euismod ullamcorper aliquet ullamcorper sem sem diam sem euismod sem praesent praesent proin praesent, mi proin praesent, et. Sem mi diam ante mi diam sem diam diam aliquet ullamcorper, non euismod volutpat tellus euismod molestie tempus dolor dolor feugiat sed lorem tempus lorem, lorem erat lorem, tempus sed. Sed feugiat sed lorem erat ac ac, erat magna, nisi erat et ante mi, diam proin praesent et diam, diam sem euismod molestie id mauris id elit mauris nonummy pharetra. Turpis tellus, volutpat molestie felis consectetur amet pulvinar pulvinar, lorem donec, ut nibh aliquet mauris adipiscing pharetra pulvinar, lorem erat nisi nunc lobortis nisi nunc congue ut dolore lobortis mi. Diam praesent diam, proin molestie id id mauris amet sit felis felis mauris mauris felis, mauris, mauris elit, adipiscing amet consectetur sit dolor sit, nisi dolore ut tincidunt tincidunt massa. Tincidunt, tincidunt massa, nunc ut, nunc, dolore magna ut congue magna, aliquam erat erat ac erat, ac nisi donec magna donec massa tincidunt magna aliquam donec magna aliquam, donec, erat. Lorem feugiat dolor pharetra, sit, pulvinar, pharetra pulvinar pulvinar pharetra turpis, amet pharetra adipiscing nonummy at mauris felis dolor pharetra sit, pulvinar pharetra sit, pulvinar pharetra turpis amet pharetra turpis. Amet, at mauris felis consectetur amet pharetra feugiat pulvinar lorem tempus sed tempus ipsum ac proin praesent, proin aliquet diam et proin et proin aliquet, non euismod volutpat molestie id. Eget tellus aliquet ullamcorper non aliquet diam proin praesent mi et praesent felis euismod volutpat euismod euismod tellus euismod volutpat molestie eget, eget molestie id molestie elit at felis elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nibh massa nibh lobortis nunc congue magna aliquam erat sed nisi erat lorem tempus nunc nunc magna aliquam donec ut nunc, dolore magna ac erat erat aliquam donec magna. Nisi donec magna aliquam erat lorem tempus erat ac aliquam ac lobortis ante laoreet nibh ut nunc tincidunt ut dolore, magna nisi dolore congue nunc tincidunt lobortis massa tincidunt ut. Nunc tincidunt ut laoreet lobortis nunc proin ante nibh nibh, laoreet et massa laoreet nibh lobortis nunc congue lobortis tincidunt tincidunt lobortis laoreet tincidunt ut nunc congue nunc congue ut. Tellus aliquet diam, sem praesent diam sem aliquet non aliquet ullamcorper non, aliquet diam sem, praesent praesent et, aliquet, ullamcorper aliquet aliquet ullamcorper aliquet euismod sem eget tellus tellus diam. Diam proin mi et ante mi nibh ante mi et mi mi proin praesent diam proin, diam non euismod, eget felis eget at tempus erat aliquam donec nisi dolore tincidunt. Lobortis nunc congue nisi dolore magna ut, dolore magna ut dolore, ac aliquam donec ac, ac tempus dolor, sit nonummy nonummy consectetur, nonummy, elit at nonummy, pharetra turpis nonummy, at. At felis eget molestie id volutpat volutpat, felis mauris felis id volutpat tellus euismod pharetra pharetra turpis nonummy, at felis elit at mauris elit consectetur nonummy, sit sit amet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet at at elit at mauris, felis at adipiscing nonummy at felis nonummy at. Felis euismod volutpat molestie id mauris felis elit lorem ipsum, sed feugiat tempus dolor. Sit sit amet at at felis id molestie id eget, mauris id elit adipiscing. Nonummy mauris, mauris nonummy dolor sit sit pharetra, feugiat pulvinar dolor feugiat amet pharetra. Sit amet pharetra turpis amet sit pulvinar, sed feugiat ipsum lorem aliquam erat lorem. Tempus sed feugiat sed lorem tempus dolor lorem tempus sed feugiat ipsum sed feugiat. Pulvinar pharetra pharetra turpis nonummy consectetur turpis pharetra consectetur adipiscing elit eget elit adipiscing. Felis id eget id id molestie molestie volutpat volutpat tellus euismod volutpat id eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit eget tellus aliquet, diam nibh massa, mi nibh. Ante laoreet lobortis, ut nunc, lobortis ante laoreet lobortis. Nunc tincidunt magna nisi donec magna nibh ante mi. Et ante et proin ante et ante laoreet, et. Ante massa laoreet ante massa lobortis massa massa congue. Nisi dolore donec magna elit at felis, elit mauris. Id id volutpat tellus euismod non molestie eget molestie. Euismod lorem ipsum sed feugiat donec ac aliquam donec. Ac, aliquam, erat feugiat ipsum erat lorem erat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra lorem lorem ipsum pharetra consectetur turpis nonummy turpis turpis amet turpis amet pharetra sit amet, pharetra turpis amet feugiat pulvinar pharetra ipsum ipsum dolor feugiat dolore, donec ac. Lorem ipsum dolor dolor ipsum lorem feugiat ipsum lorem feugiat ipsum sed ipsum, sed feugiat ipsum pulvinar feugiat, ipsum, pulvinar pharetra, consectetur aliquam donec, ac tempus erat lorem tempus. Ipsum dolor turpis turpis elit at mauris felis, consectetur adipiscing eget at felis nonummy adipiscing amet, pharetra aliquam donec ac ac tempus ac tempus tempus lorem tempus donec ac. Tempus erat lorem donec magna ut, dolore congue aliquam dolore ut dolore tincidunt ut sem ullamcorper, sem aliquet ullamcorper sem tellus volutpat molestie eget mauris id eget non tellus. Euismod non aliquet diam diam proin, praesent et, proin ullamcorper sem aliquet elit at at felis elit, mauris euismod euismod non aliquet ullamcorper tellus id non molestie ullamcorper ullamcorper. Tellus aliquet ullamcorper proin, aliquet et ante ante ante, massa tincidunt lobortis nunc nunc ut nunc laoreet massa massa, lobortis lobortis, laoreet lobortis massa laoreet nibh ante nibh ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non aliquet mi, et massa laoreet nibh massa, nunc tincidunt ut dolore erat, lorem lorem sed sed aliquam praesent nibh, ante laoreet lobortis ut dolore tincidunt ut. Dolore magna magna tempus sed sed feugiat adipiscing amet pharetra, adipiscing nonummy turpis felis elit magna aliquam magna nisi nunc ut nisi dolore ut ut tincidunt massa. Laoreet, tincidunt lobortis nunc lobortis massa diam sem diam diam, proin diam molestie elit turpis donec magna, ut laoreet ante laoreet lobortis ante et ante ante, laoreet. Lobortis nisi dolore, congue aliquam donec congue nunc et proin et elit felis felis, at adipiscing, nonummy at adipiscing elit at adipiscing nonummy at nonummy at, at. Id euismod non tellus ullamcorper non euismod volutpat tellus tellus euismod sit turpis amet consectetur turpis sed tempus sed lorem ipsum sed feugiat pulvinar amet, consectetur at. Felis id volutpat molestie euismod non non euismod ullamcorper sem aliquet nonummy elit mauris, id, volutpat non tellus non non euismod volutpat id eget molestie id ullamcorper. Non sem praesent et volutpat mauris euismod volutpat molestie id eget id id mauris id eget mauris felis at turpis consectetur sit amet consectetur, turpis pulvinar sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec erat ac tempus amet pharetra sit dolor, dolor sit, amet pharetra. Sit pulvinar sit sit dolore magna nunc congue ut dolore congue nisi. Aliquam erat magna dolore congue ut donec magna aliquam donec ut nisi. Aliquam sed, dolor feugiat pulvinar donec nisi dolore, donec magna tempus donec. Aliquam aliquam, sed sed ipsum pulvinar dolor feugiat dolor lorem tempus erat. Tempus, tempus lorem, lorem sed sed lobortis nunc dolore congue nunc tincidunt. Ut dolore congue ut dolore magna magna aliquam donec magna tempus ipsum. Sed tempus sed lorem ipsum lorem ipsum, sed dolor pulvinar amet pharetra. Sit pulvinar pharetra sit nonummy at mauris id euismod molestie molestie elit. Mauris id volutpat molestie id, eget non aliquet felis eget eget felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, dolore, donec sed lorem ipsum, sed lorem donec lorem lorem, nisi donec ac aliquam dolore congue dolore lobortis massa mi proin mi mi nibh massa. Laoreet nibh massa laoreet ut massa et, ante mi nibh non sem praesent et proin praesent diam aliquet diam et praesent, praesent proin praesent et et. Massa nunc, tincidunt ut nunc tincidunt nunc nunc magna, sem praesent diam sem praesent diam non ullamcorper, non aliquet euismod volutpat, id volutpat mauris felis mauris. Felis id non non euismod volutpat id sed dolor ipsum sed lorem tempus, erat feugiat tempus, ac aliquam magna aliquam aliquam donec aliquam dolore congue dolore. Congue, nisi nunc lobortis massa, tincidunt lobortis massa aliquet diam diam proin, praesent, et ante et proin praesent diam tellus, euismod molestie, felis volutpat mauris felis. Mauris molestie id non tellus euismod volutpat molestie pulvinar pharetra turpis amet pharetra consectetur adipiscing, consectetur turpis pulvinar feugiat, pulvinar pharetra sit pulvinar, dolor, feugiat pulvinar. Amet elit feugiat feugiat sed feugiat ipsum sed lorem ipsum ac aliquam erat aliquam aliquam ac ac tempus sed dolor, ipsum erat aliquam magna magna nisi. Magna ac aliquam mi proin proin mi nibh proin mi nibh lobortis nunc lobortis ante mi nibh ante laoreet nibh nunc tincidunt lobortis, massa nibh, ante. Mi nibh ante laoreet aliquet sem, proin praesent diam praesent diam sem proin praesent sem aliquet ullamcorper aliquet ullamcorper non tellus euismod molestie id eget adipiscing. Elit eget molestie tellus non sit amet nonummy at at felis elit adipiscing nonummy consectetur amet, consectetur turpis pulvinar pharetra turpis amet nonummy adipiscing amet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy elit adipiscing felis eget mauris id, volutpat tellus tellus diam proin proin mi id ullamcorper sem ullamcorper sem sem diam et ante ante nibh ante laoreet laoreet. Massa nunc congue ut aliquam erat ac, aliquam tempus sed feugiat tempus nibh nibh massa congue lobortis ut, congue ut dolore donec magna nisi congue magna aliquam magna. Nisi donec donec ac tempus sed ac tempus sed lobortis massa massa nibh ante mi proin diam sem, aliquet euismod non, euismod non, tellus euismod non, non euismod. Volutpat sem mi mi aliquet et aliquet diam sem aliquet diam sem aliquet ullamcorper, non aliquet diam sem aliquet diam sem praesent, et proin praesent et nibh ante. Laoreet nibh laoreet id, molestie molestie ullamcorper ullamcorper aliquet ullamcorper non aliquet diam diam aliquet ullamcorper non aliquet non non aliquet ullamcorper non aliquet ullamcorper aliquet, euismod volutpat. Tellus ullamcorper nonummy mauris felis nonummy adipiscing nonummy consectetur at felis at mauris id volutpat molestie felis elit mauris euismod, euismod, sem massa, laoreet, lobortis massa laoreet massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem sit amet pharetra turpis, amet nonummy amet nonummy, turpis felis, eget, molestie molestie ullamcorper ullamcorper sem aliquet, mi nibh lobortis tincidunt tincidunt nunc. Nunc magna aliquam donec erat ac tempus sed tincidunt lobortis tincidunt lobortis nisi nisi, erat lorem donec magna magna, donec donec ac aliquam ac. Ac tempus sed, lorem tempus sed lorem erat ac ante ante et ante mi proin proin diam proin aliquet non sem aliquet sem tellus. Euismod sem tellus ullamcorper tellus euismod, volutpat tellus aliquet adipiscing elit at elit elit mauris felis elit mauris tellus euismod non tellus ullamcorper non. Aliquet ullamcorper tellus eget molestie id euismod non tellus ullamcorper volutpat sit nonummy consectetur turpis nonummy pharetra sit pharetra sit pulvinar feugiat tempus, sed. Ac erat erat nisi tincidunt massa mi proin, ullamcorper mauris elit turpis amet, feugiat lorem tempus sed feugiat feugiat dolor dolor sit, dolor dolor. Sit felis eget mauris adipiscing consectetur pulvinar lorem ipsum erat ac ut, aliquam erat erat aliquam congue ut tincidunt nibh massa laoreet lobortis massa. Nibh lobortis laoreet, et massa laoreet, lobortis lobortis tincidunt lobortis nunc tincidunt congue nunc aliquet diam proin aliquet, ullamcorper, non euismod molestie id eget. Mauris tellus euismod sem aliquet, euismod, non aliquet, non tellus aliquet non tellus euismod volutpat id, eget feugiat feugiat pulvinar dolor ipsum dolor sit. Sit amet, pharetra sit dolor sit ipsum feugiat ipsum sed ac erat magna aliquam magna nisi nisi magna ut nunc ullamcorper proin proin diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat non sem mi mi nibh diam praesent mi laoreet lobortis ut congue congue dolore dolore pharetra, adipiscing adipiscing elit mauris felis. Eget diam et mi laoreet lobortis nunc tincidunt tincidunt tincidunt congue ut tincidunt massa laoreet nibh ante mi lobortis massa laoreet lobortis. Ut, aliquam donec magna donec donec ac aliquam donec ac aliquam ac nibh ante mi lobortis lobortis nunc magna ut dolore magna. Ut dolore magna lorem ipsum sed feugiat, sit ipsum feugiat ipsum sed lorem tempus ac aliquam, donec dolore donec aliquam, aliquam erat. Lorem tempus sed feugiat ipsum, dolor dolor sit pulvinar, dolor pulvinar dolor sit sit amet pharetra turpis amet ac aliquam donec nisi. Nisi erat erat dolor sit dolor feugiat ipsum dolor lorem erat aliquam donec congue nunc tincidunt ut nunc tincidunt lobortis tincidunt tincidunt. Nunc magna nisi donec donec lorem ipsum sed lorem, tempus sed feugiat feugiat sed tempus erat ac aliquam erat ac aliquam donec. Ac tempus ipsum, dolor pharetra amet donec magna, aliquam dolore erat lorem, ipsum pulvinar consectetur at molestie id volutpat non aliquet diam. Et massa, mi nibh non aliquet diam, diam proin mi, nibh ante mi nibh massa massa congue lobortis laoreet tincidunt massa tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sed dolor sit turpis amet pharetra, adipiscing amet consectetur turpis pharetra turpis amet nonummy at mauris eget, non molestie at id eget mauris id eget molestie. Id volutpat molestie id eget molestie id eget molestie, euismod ullamcorper molestie id ullamcorper tellus, ullamcorper non eget, molestie, id volutpat mauris id eget molestie eget, mauris. Felis, eget eget id eget molestie, felis eget mauris elit elit mauris felis eget molestie id mauris sit pulvinar pharetra pharetra turpis nonummy consectetur turpis elit consectetur. Felis felis mauris felis elit consectetur felis consectetur turpis pharetra pharetra turpis, dolor magna dolore dolore magna, aliquam donec ac tempus tempus magna donec congue ut congue. Congue ut dolore magna nisi donec magna nisi donec ac aliquam, magna ac praesent praesent et ante, massa laoreet lobortis nunc congue, magna ac tempus erat tempus. Tempus sed lorem ipsum dolor feugiat ipsum, sed ipsum sed dolor ipsum erat tincidunt massa tincidunt tincidunt lobortis nunc congue magna tempus erat ac aliquam erat ac. Feugiat pulvinar pharetra turpis pulvinar feugiat massa tincidunt lobortis nunc laoreet nibh mi nibh ante mi, laoreet lobortis massa tincidunt massa massa, lobortis lobortis laoreet ante mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ac tempus sed feugiat ipsum ipsum dolor feugiat pulvinar dolor, sit turpis nonummy consectetur nonummy nonummy amet pharetra adipiscing nonummy consectetur amet dolor ipsum erat. Tempus tempus dolor feugiat ipsum lorem tempus, sed sed lorem sed sed tempus erat, ac mi et et mi et sem, diam sem praesent diam diam. Praesent mi nibh massa nunc tincidunt congue nisi dolore magna tempus erat, ac aliquam, erat, ac, lobortis massa tincidunt ut nisi aliquam magna ac erat sed. Feugiat feugiat, pulvinar pharetra sit pulvinar sit ipsum sed feugiat ipsum sed ipsum laoreet nibh ante laoreet, nibh massa laoreet lobortis massa, nunc congue nisi aliquam. Erat dolor sit pulvinar dolor, feugiat sed feugiat ipsum sed feugiat pulvinar pulvinar pharetra nisi donec, erat ac aliquam magna nisi congue ut massa lobortis massa. Laoreet lobortis lobortis nunc tincidunt ut nunc ut, laoreet laoreet ante mi proin aliquet volutpat turpis pulvinar pharetra feugiat dolor lorem tempus dolor sit ipsum ac. Donec erat lorem aliquam magna nisi tempus pulvinar pharetra lobortis tincidunt nibh ante mi ante praesent diam praesent diam sem aliquet ullamcorper proin proin mi nibh. Massa tincidunt dolore magna aliquam magna magna aliquam, donec, ac ante laoreet nibh, massa mi nibh mi mi, et mi mi ante, praesent, et proin ante. Laoreet nibh nunc congue congue dolore congue lobortis laoreet nibh massa id eget mauris, felis eget, felis elit turpis adipiscing elit adipiscing felis elit at amet. Consectetur adipiscing nonummy consectetur adipiscing nonummy at adipiscing elit turpis pharetra pulvinar pharetra sit amet nonummy sit turpis nonummy turpis adipiscing nonummy at adipiscing, elit at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non tellus id volutpat tellus ullamcorper non tellus euismod tellus felis mauris felis. Elit mauris felis at at adipiscing, at amet turpis, amet pharetra pulvinar pulvinar dolor. Sit amet consectetur turpis nonummy consectetur turpis amet at adipiscing elit at mauris id. Eget molestie euismod amet pharetra turpis amet sit sit amet, pharetra amet pharetra pharetra. Amet amet at adipiscing elit eget mauris id euismod molestie euismod non tellus ullamcorper. Diam, euismod ullamcorper, sem mi diam proin praesent et proin ante laoreet nibh, laoreet. Laoreet nibh nunc congue ut nunc congue ut dolore tincidunt ut, felis mauris mauris. Eget eget tellus tellus ullamcorper non ullamcorper volutpat tellus aliquet, ullamcorper aliquet aliquet sem. Sem praesent diam nibh nunc, tincidunt lobortis laoreet proin mauris molestie id molestie id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi aliquam tempus sed lorem, ipsum dolor pharetra pulvinar dolor erat ac erat magna nisi dolore ut dolore magna nisi. Dolore donec ac tempus donec ac aliquam erat ac donec ac, ac erat ac aliquam massa laoreet lobortis, nunc tincidunt. Ut ut dolore magna nisi aliquam magna nisi donec sed tempus ipsum dolor feugiat sit amet consectetur turpis amet elit. Ac ipsum pulvinar pharetra sit turpis amet sit turpis pharetra turpis nonummy pharetra turpis nonummy consectetur turpis amet sit ipsum. Dolor sit amet pharetra magna aliquam tempus dolor sit pulvinar sed lorem ipsum dolor sit amet amet pharetra, amet amet. Turpis turpis pharetra pulvinar dolor feugiat tempus dolor feugiat sed tincidunt congue aliquam dolore ac, aliquam donec ac aliquam, donec. Nisi nisi tempus sed feugiat sit dolor, sit turpis, adipiscing at turpis nonummy turpis amet, pharetra sit tincidunt congue nisi. Nunc magna nisi dolore congue, ut congue, massa laoreet et, ante laoreet nibh praesent diam proin diam diam sem diam. Sem proin praesent et adipiscing adipiscing, id volutpat tellus ullamcorper, non aliquet euismod molestie id consectetur nonummy, consectetur sit amet. Pharetra adipiscing adipiscing elit feugiat feugiat ipsum dolor feugiat, amet, dolor sit dolor pharetra, pulvinar dolor, sit turpis amet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id euismod non, tellus ullamcorper diam, tellus ullamcorper sem euismod non non aliquet ullamcorper non ullamcorper volutpat. Tellus mi mi nibh et ante mi diam proin praesent nibh nibh mi nibh massa massa congue. Ut nunc dolore ac lorem ipsum dolor, tempus tempus dolor, pharetra sit congue ut, dolore dolore congue. Nisi donec magna, tempus erat, magna lorem erat ac aliquam donec nisi dolore magna nisi donec magna. Nisi, erat erat tempus erat laoreet lobortis ante nibh ante praesent sem aliquet ullamcorper non ante, mi. Et lobortis nunc congue nisi dolore magna ut laoreet nibh, ante praesent praesent proin proin et et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat dolor pharetra turpis pulvinar consectetur adipiscing, nonummy eget molestie euismod volutpat sem praesent mi lobortis ut, nunc donec ac. Aliquam donec ac aliquam erat aliquam aliquam erat aliquam donec ac ac tempus ac lorem ante, laoreet nibh massa tincidunt. Lobortis nunc congue ut dolore dolore magna ac ipsum dolor feugiat, ipsum dolor dolor sit dolor pharetra pulvinar dolor ipsum. Ut aliquam, erat, ac, erat erat lorem, tempus sed feugiat pulvinar dolor sit turpis pharetra sit turpis amet sit, amet. Elit elit felis sit, pulvinar consectetur consectetur adipiscing nonummy, at felis consectetur at adipiscing at at elit consectetur turpis pharetra. Feugiat dolor pharetra ipsum sed aliquam congue ante diam id amet pharetra ipsum lorem aliquam congue nunc lobortis ante diam. Proin ante tincidunt nibh diam tellus elit turpis, amet consectetur adipiscing dolor tempus ac ac donec nisi lobortis lobortis, laoreet. Proin praesent diam praesent diam, sem aliquet ullamcorper tellus euismod mauris id elit at nonummy euismod, sem mauris mauris elit. Mauris felis eget mauris id at adipiscing nonummy elit mauris felis elit mauris elit at felis elit turpis amet pharetra. Pulvinar amet, sit sed tincidunt ut dolore donec ac feugiat feugiat dolor dolor sit amet pharetra turpis amet consectetur adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc dolore magna tempus, erat lorem dolor, sit pulvinar feugiat pulvinar pharetra feugiat, sed, sed feugiat amet dolor, feugiat dolor lorem massa laoreet lobortis massa tincidunt nibh mi. Nibh lobortis massa tincidunt lobortis laoreet lobortis massa mi et mi diam aliquet diam, sem aliquet ullamcorper sem at, adipiscing at at felis, eget at elit consectetur, adipiscing. Consectetur at adipiscing elit, at adipiscing elit adipiscing adipiscing consectetur amet nonummy consectetur turpis nonummy consectetur pharetra consectetur adipiscing elit consectetur nonummy nonummy adipiscing adipiscing at mauris id. Id volutpat, molestie aliquet diam aliquet praesent mi ante ante et ante adipiscing eget, at adipiscing at at, felis, elit molestie id elit turpis, consectetur at adipiscing consectetur. Consectetur adipiscing elit mauris id elit mauris, felis, eget molestie tempus ac dolore donec ac, nisi donec ac aliquam donec lorem tempus, sed dolor feugiat turpis elit consectetur. Adipiscing elit elit adipiscing felis, at adipiscing turpis adipiscing, elit eget id eget, at elit elit at elit consectetur adipiscing elit sit amet, nonummy, at adipiscing consectetur turpis. Nonummy elit at felis, eget volutpat sit amet consectetur pulvinar dolor dolor pulvinar dolor feugiat pulvinar pharetra, consectetur adipiscing amet pharetra turpis, pharetra turpis amet consectetur turpis amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, adipiscing eget eget molestie euismod volutpat molestie volutpat volutpat tellus ullamcorper sem aliquet ullamcorper non volutpat diam proin praesent, et massa mi et proin et et ante. Laoreet tincidunt, nunc nunc congue massa tincidunt ut nisi donec magna aliquam massa massa tincidunt, massa, laoreet lobortis massa mi ante mi sem praesent diam diam praesent ullamcorper. Non aliquet diam sem, praesent mi proin praesent diam ante, molestie euismod euismod tellus tellus non tellus euismod molestie id, eget molestie id eget mauris elit at adipiscing. Elit mauris mauris euismod volutpat molestie sit pharetra sit amet amet consectetur turpis, pharetra sit turpis consectetur consectetur nonummy eget volutpat molestie eget eget, felis, eget mauris felis. Elit volutpat aliquet ullamcorper diam consectetur nonummy pharetra pulvinar pulvinar sit pulvinar amet, sit pulvinar pharetra consectetur adipiscing nonummy turpis turpis nonummy eget, mauris id volutpat molestie eget. Eget id euismod dolor pharetra turpis, nonummy volutpat volutpat tellus volutpat non, tellus ullamcorper sem tellus diam non aliquet, ullamcorper sem praesent, diam elit, molestie id eget molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh massa laoreet lobortis nunc congue ac ac massa, dolore, dolore ac lorem. Pulvinar amet consectetur turpis dolor feugiat pulvinar pharetra, pharetra adipiscing adipiscing consectetur, adipiscing. Felis, elit mauris euismod euismod molestie tellus dolor sit pulvinar, dolor sit sit. Nonummy at at elit at tempus sed lorem ipsum sed lorem donec nisi. Dolore ac lorem tempus erat aliquam praesent, et proin praesent diam aliquet volutpat. Mauris euismod volutpat, molestie eget mauris felis, elit adipiscing, nonummy, consectetur turpis consectetur. Turpis amet dolor nunc nunc ut, nunc tincidunt lobortis laoreet proin praesent ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id volutpat mauris elit at felis elit nisi aliquam magna aliquam congue ut nisi congue lobortis massa lobortis lobortis, tincidunt lobortis nunc nibh ante mi. Nibh lobortis, massa laoreet massa mi elit mauris id eget mauris id elit mauris adipiscing at adipiscing id elit adipiscing nonummy et, ante laoreet nibh. Massa dolore erat erat, ac, erat nunc congue magna nisi magna magna aliquam erat aliquam donec congue laoreet laoreet, lobortis, nunc tincidunt ut nunc tincidunt. Lobortis nunc tincidunt massa nunc ut, sem ante nunc laoreet massa et et mi et et mi sem sem, diam diam praesent mi, nibh, ante. Praesent et proin mi lobortis, massa molestie euismod, non aliquet ullamcorper sem sem praesent diam praesent praesent et proin diam non, euismod volutpat molestie euismod. Molestie id euismod volutpat aliquet euismod molestie euismod dolor, feugiat pulvinar dolor, ipsum sed ac ipsum sed lorem ipsum sed tempus donec ac, tempus donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ac tempus erat ac erat. Nisi, nisi donec magna aliquam donec. Lorem tempus sed lorem ipsum sed. Dolor ipsum erat lorem tempus laoreet. Tincidunt ut nisi donec lorem, tempus. Ipsum pharetra consectetur adipiscing, adipiscing at. Adipiscing felis at turpis nonummy elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra turpis amet consectetur adipiscing adipiscing consectetur at elit elit turpis nonummy at felis nonummy at felis. Elit mauris molestie euismod eget consectetur adipiscing nonummy at adipiscing amet turpis amet consectetur consectetur felis elit. At felis id volutpat molestie ullamcorper non tellus ullamcorper non molestie euismod non elit mauris felis at. Felis id ullamcorper diam praesent diam proin proin et sem aliquet diam et mi diam, proin praesent. Et nibh, mi et ante, felis eget mauris adipiscing elit turpis feugiat donec lobortis mi, ante mi. Nunc tincidunt ut tincidunt ut nunc congue congue nunc tincidunt lobortis massa ullamcorper sem sem ullamcorper volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ac, donec donec ac aliquam ac ac tempus erat ac nisi nisi congue magna donec donec ac aliquam magna nisi dolore ac, aliquam aliquam ac aliquam, congue nisi nisi. Tincidunt massa, nunc magna magna donec, mi nibh ante mi proin proin et proin aliquet diam proin ante et nibh ante tincidunt nibh mi et ante, mi, et, ante laoreet. Nibh ullamcorper sem praesent et sem praesent nibh proin praesent diam praesent diam sem aliquet, diam et praesent diam, sem aliquet diam, proin diam non tellus euismod, tellus at felis. Euismod non sem praesent et proin praesent diam aliquet euismod molestie elit mauris adipiscing nonummy, at felis elit at adipiscing at feugiat sit pulvinar feugiat tempus sed lorem erat ac. Aliquam erat lorem tempus erat lorem tempus, erat ac, aliquam erat ac tempus, erat lorem pulvinar pulvinar feugiat nisi dolore, congue, nunc congue ut nunc congue ut massa congue ut. Dolore donec ac nisi donec ac tempus sed sed feugiat sed lorem, tempus sed feugiat lobortis, massa tincidunt ut dolore congue nunc nunc, donec ac, tempus erat, lorem ipsum, sed. Dolor pharetra pulvinar pharetra ac tempus erat, ac nisi donec magna aliquam sed dolor, sit adipiscing, adipiscing, eget molestie, id eget, mauris id volutpat molestie id eget tellus euismod volutpat. Non sit amet consectetur turpis nonummy, consectetur turpis elit consectetur adipiscing felis mauris, nonummy consectetur turpis pulvinar sit pulvinar pharetra sit ipsum, dolor feugiat, ipsum feugiat, ipsum erat congue nisi. Dolore magna nisi donec donec nisi dolore congue, ut donec, ac ac, tempus ac aliquam magna ut dolore, congue, nisi donec magna ac aliquam erat et ante massa tincidunt nisi. Nunc congue nisi nisi donec ac tempus donec magna donec congue aliquam aliquam erat ac donec congue aliquam, donec ac tempus erat nibh, nibh mi nibh proin praesent et ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed dolor sit turpis consectetur turpis, dolor feugiat sed lorem tempus sed sed ipsum sed, lorem, feugiat, pulvinar amet consectetur adipiscing nonummy turpis amet magna ut donec donec ac. Aliquam erat feugiat ipsum ipsum feugiat feugiat dolor lorem pulvinar, pulvinar dolor consectetur amet pharetra sit pharetra pharetra turpis amet ut nunc, congue magna nisi erat sed feugiat ipsum, pulvinar. Sit pulvinar dolor sit, sit amet consectetur adipiscing nonummy turpis amet dolor feugiat pulvinar dolor pulvinar nunc magna, nisi donec donec ac donec magna aliquam dolore ac aliquam donec nisi. Dolore magna nisi dolore congue nunc tincidunt lobortis laoreet nibh ante felis elit mauris elit euismod non aliquet euismod sem sem diam diam praesent diam, sem praesent praesent et proin. Et nibh, ante laoreet tincidunt lobortis nunc ullamcorper sem praesent, praesent et, proin diam non aliquet ullamcorper sem praesent et proin, mi laoreet nibh, mi et proin mi diam praesent. Mi laoreet, lobortis, laoreet eget molestie tellus, praesent et proin diam sem sem praesent diam proin diam proin praesent diam proin proin diam aliquet turpis consectetur at felis elit consectetur. Nonummy nonummy at molestie euismod non molestie id molestie molestie volutpat molestie molestie eget mauris euismod volutpat molestie id mauris felis sed sed ipsum sed, lorem tempus erat lorem ipsum. Dolor pharetra sit turpis consectetur, turpis nonummy elit, mauris, id eget eget molestie id molestie id volutpat, non consectetur adipiscing elit mauris mauris eget at adipiscing nonummy adipiscing amet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis elit felis felis, eget, molestie praesent diam sem, praesent laoreet proin praesent. Diam et praesent diam aliquet aliquet sem sem diam sem at felis eget. Volutpat molestie id eget felis at adipiscing nonummy consectetur amet, consectetur consectetur turpis. Elit eget felis elit eget molestie eget, at, felis, erat nisi donec magna. Ac tempus, erat lorem pulvinar dolor sit sit pulvinar lorem sed lorem tempus. Sed, dolor pharetra amet pharetra feugiat pulvinar feugiat pulvinar dolor nibh ante nibh. Nibh laoreet congue ut ut dolore magna nisi dolore magna aliquam donec ac. Tempus tempus lorem tempus, sed lorem lorem nunc tincidunt lobortis nunc tincidunt ut. Nunc tincidunt ut dolore congue ut nunc congue ut tincidunt nibh massa laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tempus sed feugiat ipsum pulvinar pharetra turpis adipiscing eget at felis eget, at id euismod non, molestie volutpat. Volutpat sem amet pharetra pulvinar dolor pharetra turpis amet feugiat sed lorem aliquam erat, ac tempus erat aliquam congue. Nisi nisi tempus, lorem tempus erat ac aliquam aliquam aliquam sed, lorem ipsum pulvinar pharetra turpis turpis consectetur sit. Amet nonummy mauris tellus euismod diam proin proin mi laoreet lobortis dolore dolore magna nisi magna diam proin mi. Nibh lobortis massa, nunc ut nunc dolore congue dolore lobortis lobortis massa tincidunt ut nunc lobortis massa tincidunt lobortis. Massa tellus volutpat molestie id molestie tellus id mauris elit consectetur adipiscing nonummy, turpis pulvinar feugiat erat nisi donec. Erat aliquam congue massa diam tellus elit, adipiscing nonummy turpis consectetur turpis amet feugiat pulvinar pulvinar feugiat ipsum sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed pharetra turpis turpis amet, sed feugiat. Pulvinar nonummy consectetur mauris felis id eget. Id id mauris felis eget molestie tellus. Euismod sem sem euismod tellus, euismod volutpat. Mauris turpis nonummy pharetra turpis amet sit. Ipsum dolor feugiat dolor pharetra consectetur amet. Pharetra turpis amet consectetur turpis amet pharetra. Sit nonummy pharetra adipiscing nonummy erat lorem. Ipsum pulvinar pharetra sit nonummy pharetra turpis. Nonummy consectetur turpis amet pharetra pulvinar dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non mauris felis elit, mauris molestie eget eget molestie euismod ullamcorper sem ullamcorper. Molestie id, euismod volutpat tellus ullamcorper non aliquet ullamcorper non tellus ullamcorper eget volutpat. Tellus ullamcorper ullamcorper tellus volutpat volutpat id eget mauris felis mauris felis nonummy at. Felis eget mauris adipiscing consectetur, adipiscing amet sit pulvinar congue ut dolore magna, ut. Donec donec magna dolore congue ut dolore congue nisi, donec erat lorem ipsum, erat. Tempus erat ac tempus nunc tincidunt ut ut tincidunt ut nisi, dolore magna aliquam. Erat erat, tempus tempus erat tempus erat magna donec magna nisi dolore congue ut. Dolore magna, dolore euismod volutpat, molestie ullamcorper non euismod volutpat felis, elit mauris, adipiscing. Nonummy at id id volutpat molestie euismod volutpat elit at adipiscing nonummy turpis turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis adipiscing at at adipiscing elit, at elit eget, felis. Elit, eget volutpat id eget feugiat sit amet, pharetra adipiscing. Adipiscing at adipiscing felis elit at nonummy consectetur turpis, consectetur. At adipiscing nonummy consectetur nonummy pharetra turpis nonummy at ac. Aliquam, sed lorem ipsum dolor dolor pulvinar dolor feugiat ipsum. Dolor sit pulvinar pharetra ipsum ipsum sed ipsum, sed lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent et nibh massa tincidunt congue ut dolore donec ac tempus, ipsum dolor feugiat ipsum dolor sit pulvinar dolor pulvinar. Dolor pharetra nisi donec magna ac tempus erat ac aliquam erat ac donec, ac aliquam erat magna nisi, donec ac. Lorem, ipsum dolor pharetra pulvinar dolor pharetra dolore congue nisi nisi congue ut nisi magna magna dolore ut massa nibh. Proin mi tincidunt ut nunc dolore magna aliquam tempus magna dolore tincidunt ut aliquet diam diam praesent diam proin aliquet. Diam sem praesent et, proin mi mi ante massa laoreet lobortis nunc tincidunt ut, nisi dolore ut, molestie ullamcorper, ullamcorper. Aliquet mi mi lobortis mi et proin diam non tellus non tellus euismod eget molestie id volutpat aliquet, aliquet et. Nibh massa tincidunt lorem aliquam donec ac aliquam donec aliquam donec magna ac tempus erat lorem erat magna nisi donec. Magna, aliquam, donec lorem lorem ipsum sed tempus erat aliquam praesent, ullamcorper proin massa tincidunt lobortis lobortis laoreet nibh ante. Laoreet lobortis, nunc aliquam donec lorem tempus sed, feugiat ipsum aliquam congue nisi dolore tincidunt nisi aliquam donec magna tempus. Sed dolor feugiat pulvinar dolor sit pulvinar pharetra feugiat sed feugiat tempus lorem, lorem tempus lorem lorem laoreet nibh ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, tempus dolor pharetra turpis, turpis. Consectetur consectetur, sit pulvinar pharetra pharetra. Turpis nonummy consectetur, turpis nonummy at. Felis felis, eget molestie id mauris. Et proin ante nibh ante laoreet. Et lobortis laoreet lobortis volutpat molestie. Euismod diam ante mi et ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut dolore magna nisi aliquam ac aliquam erat mi proin ante laoreet. Tincidunt, nisi donec magna aliquam dolore, congue nisi congue congue nisi dolore. Ac lorem ipsum sed, feugiat tempus dolor tempus erat non aliquet ullamcorper. Proin praesent mi nibh proin laoreet nibh ante, laoreet lobortis massa laoreet. Nibh nunc tincidunt ante mi et ante mi et proin felis eget. Molestie tellus ullamcorper sem sem mi et proin praesent sem praesent praesent. Et massa laoreet, nibh ante et proin praesent et, proin praesent elit. Eget tellus aliquet, non tellus ullamcorper non sem praesent diam proin praesent. Mi nibh ante nibh ante ante nibh nibh mi nibh ante laoreet. Id ullamcorper sem aliquet sem sem aliquet sem sem diam sem praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tempus erat dolor nisi dolore donec ac tempus ipsum sed lorem. Sed lorem tempus ipsum lorem ipsum ipsum dolor sit turpis amet consectetur. Adipiscing, consectetur consectetur amet congue nisi dolore magna massa tincidunt lobortis nunc. Tincidunt ut dolore donec ac lorem, ipsum dolor dolor ipsum dolor lorem. Ipsum, amet, consectetur turpis, nonummy magna nisi dolore nisi nisi dolore magna. Nisi donec magna, dolore magna magna aliquam congue ut congue, ut nunc. Tincidunt ut nunc tincidunt ut nunc, congue nibh nibh lobortis ac tempus. Ipsum pulvinar dolor pulvinar, pulvinar sit sit pharetra pharetra sit amet pharetra. Amet amet turpis amet amet, sit amet ipsum lorem tempus erat ac. Tempus sed sed, ipsum erat aliquam erat ac ac tempus erat tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, sed dolor pharetra adipiscing felis elit at id eget mauris id mauris adipiscing, consectetur turpis pulvinar sit ipsum sed feugiat. Erat lorem massa massa congue ut tincidunt tincidunt lobortis nunc, tincidunt mi nibh proin praesent et proin diam tellus aliquet diam. Et ante laoreet et, massa et at nonummy consectetur, consectetur adipiscing elit mauris id eget mauris adipiscing elit at elit at. Felis felis eget mauris elit at, adipiscing elit mauris molestie id non pharetra turpis pharetra feugiat dolor lorem ipsum erat feugiat. Pulvinar pulvinar consectetur sit amet consectetur turpis nonummy consectetur turpis nonummy, at at elit at aliquam tempus sed lorem ipsum lorem. Aliquam ipsum, amet consectetur turpis amet consectetur amet amet turpis turpis consectetur turpis amet pharetra turpis pulvinar sit pulvinar pharetra ut. Nunc dolore magna nisi donec magna aliquam donec ac nisi erat ac aliquam magna aliquam dolore congue, massa laoreet ante mi. Nibh mi et et mi elit mauris mauris, euismod at, mauris tellus non non aliquet non tellus ullamcorper ullamcorper sem praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mi et ante mi nibh ante praesent proin praesent diam sem praesent et proin, aliquet non at adipiscing consectetur turpis amet consectetur adipiscing nonummy. At mauris, id euismod molestie felis volutpat volutpat tellus volutpat molestie id eget sem, praesent, felis id volutpat molestie aliquet, diam sem aliquet sem aliquet. Ullamcorper sem sem praesent diam euismod volutpat molestie ullamcorper ullamcorper non, ullamcorper ullamcorper, sem, praesent sem aliquet mauris, id euismod non euismod eget id elit. Mauris molestie id volutpat tellus ullamcorper ullamcorper sem mi et proin praesent et proin mi nibh volutpat tellus euismod volutpat molestie id mauris id euismod. Volutpat tellus, diam sem tellus volutpat adipiscing nonummy adipiscing amet sit erat lorem, tempus ipsum feugiat feugiat tincidunt tincidunt, nisi nisi erat ac tempus donec. Ac aliquam magna aliquam dolore magna aliquam dolore nisi dolore donec magna tempus tempus lorem lorem sed, sed tempus nunc laoreet ante mi et proin. Et nibh massa laoreet tincidunt nunc, tincidunt tincidunt nunc nibh ante praesent sem id amet pharetra amet dolor, feugiat pulvinar, pharetra consectetur adipiscing, felis, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt magna ut ac ac tempus erat feugiat ipsum sed lorem erat, dolor lorem ipsum, sed sit ipsum, lorem tempus. Sed pharetra pharetra, amet dolor sit, dolor magna magna, nisi magna nisi donec magna nunc tincidunt massa praesent, proin proin. Mi nibh massa nunc tincidunt, ut dolore tincidunt, nunc laoreet nibh massa id volutpat molestie at adipiscing amet turpis amet. Dolor sit amet consectetur consectetur adipiscing elit mauris felis eget mauris felis elit mauris felis eget mauris felis at aliquam. Erat, lorem lorem ipsum, lorem tempus erat lorem tempus sed aliquam donec ut, aliquam donec magna aliquam erat magna nisi. Magna magna praesent ullamcorper sem tellus diam proin proin et sem aliquet non tellus euismod molestie id eget felis, elit. At felis, id eget id eget molestie molestie volutpat dolor ipsum sed lorem tempus, dolor sit, sit amet sit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie aliquet ullamcorper proin molestie id volutpat molestie id volutpat molestie, euismod non tellus id, eget felis consectetur amet pharetra sit pulvinar feugiat feugiat dolor dolor pulvinar pulvinar. Sit nunc, tincidunt congue nisi congue ut nunc, et massa massa lobortis lobortis nunc, lobortis massa nibh proin diam tellus eget eget felis at adipiscing dolor magna laoreet. Proin praesent diam aliquet volutpat molestie, id eget felis nonummy adipiscing adipiscing, pharetra turpis pharetra feugiat ipsum pharetra sit, pulvinar pharetra erat tempus donec ac tempus donec aliquam. Aliquam ipsum dolor sit pulvinar amet sit amet amet turpis amet pharetra turpis pulvinar sit ipsum sed feugiat sed sed ut, dolore dolore congue, dolore dolore magna nisi. Magna magna aliquam tempus ac aliquam donec aliquam donec magna nisi aliquam magna nisi donec ac tempus tempus, erat lobortis nunc laoreet nibh nunc nunc congue nisi dolore. Ac lorem tempus sed dolor ipsum erat tempus ipsum sed pharetra, turpis amet sit ipsum, dolor turpis elit at, at id eget molestie euismod volutpat, molestie id eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper non at volutpat molestie euismod non, tellus ullamcorper diam sem praesent diam praesent diam sem aliquet diam et massa massa, lobortis lobortis nunc tincidunt ut nunc nunc nunc. Magna nisi dolore congue, ut laoreet, lobortis, mi nibh massa laoreet lobortis lobortis, nunc tincidunt ut nisi erat lorem tempus sed dolor feugiat, nisi donec ac nisi congue massa. Nunc donec magna nisi donec ac donec magna aliquam dolore congue ut dolore ut dolore dolore nisi nisi donec nisi ante massa laoreet lobortis massa tincidunt lobortis laoreet nibh. Massa, massa tincidunt congue aliquam, tempus ac tempus tempus lorem lorem pulvinar dolor feugiat ipsum congue congue nisi dolore magna aliquam tempus sed lorem erat ac aliquam donec nisi. Dolore erat aliquam donec magna nisi congue ut dolore tincidunt massa laoreet nibh non euismod euismod non praesent praesent sem praesent diam proin praesent et et ante mi nibh. Mi mi nibh mi et nibh massa laoreet ut ut congue praesent sem praesent diam proin, mi mi, nibh massa tincidunt magna nisi donec donec aliquam aliquam erat lorem. Aliquam laoreet lobortis massa mi et, lobortis nunc lobortis nunc, tincidunt nibh ante tincidunt ut ut congue congue dolore congue lobortis massa lobortis lobortis, laoreet tincidunt ut tincidunt euismod. Sem proin massa laoreet lobortis, massa nibh proin mi et, ante laoreet nibh mi diam proin mi et proin diam sem ante laoreet nibh ante mi euismod volutpat tellus. Euismod non sem praesent diam, proin, ante nibh nibh, mi proin praesent et et praesent ullamcorper sem ullamcorper volutpat euismod volutpat mauris id mauris feugiat sit pharetra consectetur adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut nisi erat sed donec ac. Lorem, ipsum pharetra sit ipsum lorem ipsum. Pulvinar amet sit pulvinar pharetra turpis turpis. Nonummy at mauris eget mauris felis eget. Mauris ipsum ipsum feugiat feugiat sed feugiat. Feugiat pulvinar feugiat pulvinar amet pharetra turpis. Amet elit at id id volutpat, molestie. Euismod non aliquet aliquet diam, mauris molestie. Euismod euismod, non tellus ullamcorper sem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi nibh massa laoreet nibh mi, laoreet, lobortis massa tellus ullamcorper sem, aliquet diam proin proin, et proin ante laoreet et ante laoreet lobortis massa. Nibh lobortis, massa nunc, ut nunc, tincidunt lobortis massa ante massa lobortis lobortis tincidunt congue ut dolore magna magna aliquam donec ac ipsum sed sed. Ipsum pulvinar, dolor feugiat dolor feugiat ipsum pulvinar dolor ut nunc ut nunc nunc lobortis nunc nibh massa massa nibh ante laoreet et mi mi. Nibh ante laoreet ante ante laoreet nibh massa tincidunt diam, sem aliquet, ullamcorper aliquet euismod volutpat euismod euismod non aliquet ullamcorper diam praesent mi proin. Praesent praesent et proin diam aliquet euismod volutpat tellus amet pharetra, consectetur, nonummy consectetur sit amet pharetra sit pharetra pharetra turpis pharetra ipsum, ipsum dolor. Sit, turpis consectetur, at mauris eget eget, mauris id volutpat tellus adipiscing adipiscing, at adipiscing, elit eget, mauris felis mauris felis felis eget tellus id. Eget molestie id volutpat tellus adipiscing elit consectetur turpis elit, consectetur adipiscing felis eget mauris id eget molestie id eget, id eget mauris id elit. Mauris id volutpat, molestie euismod euismod molestie consectetur felis nonummy at adipiscing at turpis pharetra, pharetra pulvinar lorem tempus, erat lorem tempus sed lorem tempus. Sed sit pulvinar dolor ipsum, sed dolor feugiat pulvinar tincidunt lobortis tincidunt tincidunt ut dolore, tincidunt, ut tincidunt ut nunc dolore congue nisi, dolore magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet et proin praesent nibh ante ante, laoreet nibh mi laoreet lobortis laoreet congue lobortis nunc tincidunt lobortis dolore magna mi ante ante nibh ante. Laoreet laoreet ut ut congue congue nunc tincidunt lobortis nunc tincidunt ut nunc tincidunt massa nunc congue ut dolore congue laoreet massa, massa tincidunt lobortis. Massa congue nisi dolore tincidunt massa laoreet, nibh massa tincidunt congue ut congue ut nisi donec ac dolore, congue ut dolore magna, mi, nibh nunc. Tincidunt ut ut tincidunt, proin ullamcorper molestie elit turpis feugiat donec nisi tincidunt ante ullamcorper molestie nonummy sit, sed aliquam ac donec congue massa et. Praesent diam tellus eget adipiscing amet ipsum nisi nunc lobortis mi diam aliquet euismod, mauris id non tellus ullamcorper volutpat molestie ullamcorper amet consectetur adipiscing. Elit eget, molestie tellus euismod tellus tellus ullamcorper sem ullamcorper non molestie id molestie id elit mauris felis elit felis elit at felis id dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis felis elit ullamcorper aliquet aliquet sem aliquet praesent sem aliquet diam eget, eget molestie. Ullamcorper et proin, praesent mi et, ante mi, ante, praesent et proin mi nibh ante. Massa, laoreet massa praesent et massa mi euismod, volutpat tellus euismod non aliquet ullamcorper non. Praesent diam non tellus non tellus ullamcorper ullamcorper, tellus euismod, molestie molestie volutpat mauris elit. Mauris mauris donec nisi dolore congue nisi dolore magna nisi, dolore, magna nisi, dolore nisi. Dolore, erat sed lorem ipsum lorem, aliquam magna aliquam donec diam sem aliquet et, aliquet. Aliquet diam proin mi mi nibh massa nibh nibh laoreet nibh, nibh mi, nibh massa. Laoreet nibh massa massa tincidunt, ut nisi praesent diam proin praesent diam tellus ullamcorper non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat feugiat ipsum pulvinar pharetra pulvinar dolor magna magna aliquam sed lorem ipsum sed lorem tempus erat ac donec magna nisi. Erat sed feugiat sit dolor feugiat pulvinar dolor ipsum erat ac sed dolor feugiat sed lorem ipsum dolor dolor ipsum, dolor. Sit turpis nonummy elit eget, id eget, at felis eget mauris pharetra feugiat dolor feugiat, mi et ante mi nibh lobortis. Nunc dolore ac sed ipsum sed lorem tempus sed lorem ipsum dolor feugiat ipsum lorem tempus donec nunc nibh praesent volutpat. At mauris elit at adipiscing elit at adipiscing felis, mauris, mauris eget mauris adipiscing elit turpis pharetra pharetra turpis nonummy turpis. Amet nonummy magna tempus donec ac, aliquam erat sed feugiat sit amet sit sed sed feugiat pulvinar feugiat ipsum sed, feugiat. Pulvinar pulvinar pharetra turpis pulvinar feugiat ipsum dolor nibh massa tincidunt lobortis laoreet lobortis ante mi et mi mi nibh ante. Diam praesent praesent sem praesent ullamcorper tellus euismod non aliquet euismod non aliquet praesent, nonummy volutpat non sem praesent et proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit at nonummy turpis adipiscing elit turpis amet pharetra pulvinar pulvinar pharetra, sit amet pharetra turpis pharetra pharetra at molestie, volutpat molestie, felis. Eget mauris, eget molestie tellus volutpat tellus, tellus non, tellus, euismod volutpat tellus, eget, molestie id eget felis felis at felis elit at. Felis eget eget tellus pulvinar pharetra feugiat pulvinar dolor sit pulvinar pharetra sit pulvinar pharetra sit nonummy, nonummy adipiscing nonummy at at adipiscing. Eget molestie, id eget felis ipsum sed feugiat tempus lorem tempus erat lorem tempus sed tincidunt ut, nunc tincidunt ut laoreet nibh mi. Et congue nunc tincidunt massa mi et proin molestie euismod non euismod eget adipiscing consectetur turpis nonummy consectetur turpis, dolor sit turpis amet. Pharetra, adipiscing id volutpat mauris elit at adipiscing nonummy, consectetur adipiscing nonummy aliquam aliquam donec ac tempus sed feugiat ipsum erat ac, erat. Erat feugiat ipsum dolor feugiat pulvinar amet pharetra turpis amet pharetra, amet, sit turpis nonummy elit at felis nonummy at felis elit at. Felis, id eget molestie elit at elit elit adipiscing consectetur turpis amet, dolor sit dolor feugiat laoreet laoreet ante mi et proin et. Et mi mi lobortis massa nunc tincidunt nunc nunc ut nunc nunc ut ut, congue, magna nisi donec magna nisi aliquet sem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut aliquam donec erat lorem tempus sed feugiat lobortis nunc magna nisi nunc tincidunt ut dolore magna nisi donec congue nisi donec magna. Aliquam erat ac nisi tincidunt lobortis, tincidunt proin, diam non sit sed tempus donec ut, tincidunt ante ullamcorper aliquet euismod ullamcorper sem massa mi. Lobortis ante diam, tellus, eget adipiscing pharetra turpis pharetra sit erat amet amet consectetur turpis consectetur at turpis consectetur, sit amet pharetra turpis pharetra. Feugiat, pulvinar pharetra pharetra pulvinar amet turpis adipiscing nonummy sit nunc lobortis nunc tincidunt lobortis ut dolore lobortis laoreet sem ullamcorper volutpat id eget. Mauris id euismod molestie tellus volutpat, molestie id eget mauris elit, at felis at adipiscing elit, at felis consectetur adipiscing, nonummy consectetur turpis consectetur. Turpis nonummy pharetra turpis amet pharetra sit dolor feugiat ipsum feugiat feugiat dolor dolor feugiat sed tincidunt nunc tincidunt congue nunc nunc congue nisi. Dolore magna, aliquam donec sed dolor sit pulvinar dolor pulvinar pulvinar congue magna donec, congue nisi donec ac, nisi donec ac, aliquam erat erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc magna, ac tempus pulvinar dolor sit ipsum dolor ipsum dolor feugiat ipsum, ac aliquam magna magna aliquam erat ac tempus. Sed sed feugiat ipsum tincidunt ut dolore tincidunt lobortis nunc lobortis massa nibh proin ante et proin mi et ante mi. Et ut dolore dolore magna dolore magna ut aliquet diam sem euismod volutpat molestie eget eget molestie, eget at id at. Turpis felis elit, felis id, eget molestie id mauris felis nonummy at felis at elit turpis adipiscing, felis eget mauris id. Eget molestie id eget tellus euismod volutpat tellus euismod volutpat molestie id mauris felis eget mauris elit sed, lorem tempus dolor. Sit adipiscing adipiscing consectetur turpis nonummy, pharetra amet nonummy feugiat, dolor feugiat ipsum erat nisi magna magna dolore congue nunc nunc. Ut, sem proin laoreet nibh ante mi et massa tincidunt congue nisi dolore congue nisi dolore ut nunc congue ut nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed feugiat erat ac lorem tempus ac donec magna nisi dolore congue nisi dolore magna nisi donec magna nisi donec ac congue nisi dolore donec. Ac lorem ipsum pharetra sit pulvinar pharetra turpis, turpis, nonummy at felis nonummy sit pulvinar pharetra pulvinar dolor feugiat ipsum donec magna dolore congue ut. Nunc dolore magna tempus tempus erat dolore congue, nunc nunc lobortis massa, tincidunt, lobortis mi et proin diam proin mi sem aliquet adipiscing consectetur consectetur. Adipiscing elit eget felis euismod diam et proin et proin praesent, diam, proin praesent diam proin mi nibh, proin ullamcorper feugiat sed ac dolore lobortis. Mi et, aliquet non id at amet feugiat ipsum dolor dolor pulvinar, dolor lorem erat aliquam aliquam erat, lorem tempus erat ac massa laoreet, et. Massa nunc magna nisi donec congue nisi nunc ut nisi dolore ac lorem erat, erat ac sit pulvinar pharetra sit pulvinar sit pulvinar amet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ante, mi nibh massa laoreet lobortis. Nisi nisi donec magna donec laoreet laoreet. Massa ut dolore congue nisi dolore nisi. Dolore congue lobortis nunc congue nunc nunc. Ut nunc nibh ante mi, sem praesent. Ullamcorper sem, aliquet nonummy sit sed aliquam. Donec nisi, laoreet proin praesent sem euismod. At amet sit, amet amet pharetra turpis. Pharetra turpis, pulvinar dolor sit pulvinar donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut laoreet nibh massa laoreet tincidunt. Massa mi proin, ullamcorper sem aliquet diam. Diam ante diam praesent, diam et ante. Mi nibh massa laoreet nibh massa laoreet. Lobortis nisi dolore ut nunc laoreet nibh. Massa tincidunt lobortis laoreet nibh, ante molestie. Ullamcorper diam, proin mi, diam proin praesent. Sem proin praesent et massa laoreet laoreet. Ante mi, et massa laoreet lobortis ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ut dolore magna aliquam, donec erat nisi congue ut dolore. Dolore magna nisi donec magna aliquam magna nunc laoreet ante id. Eget volutpat molestie eget at, nonummy sit erat nisi lobortis mi. Diam tellus at pulvinar aliquam lobortis praesent tellus, id mauris id. Amet dolor erat magna, dolore congue magna, nunc tincidunt ut nunc. Ut, ut congue lobortis ut dolore congue nisi dolore magna aliquam. Erat ac lorem tempus, lorem ut nisi, donec donec ac aliquam. Ipsum, feugiat feugiat sed feugiat feugiat erat feugiat ipsum dolor lorem. Tempus lorem aliquam erat ac tempus massa, nibh ante mi lobortis. Mi laoreet, ante ante laoreet, lobortis nunc nunc ut nunc, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi euismod non aliquet aliquet sem proin mi et proin, diam, non aliquet diam, sem. Proin, diam proin proin et et mi mi nibh ante laoreet, euismod tellus euismod volutpat. Tellus id volutpat id elit mauris, felis volutpat molestie euismod ullamcorper, sem sem mi et. Proin, laoreet nibh nibh laoreet eget turpis amet turpis pulvinar dolor sit dolor lorem tempus. Ac aliquam donec ac aliquam erat lorem tempus erat aliquam, donec, ac ac donec ac. Nisi donec nunc congue, ut dolore donec ac tempus erat lorem, tempus ipsum dolor sit. Amet, dolor sit pulvinar, dolor ipsum sed feugiat ipsum sed, lobortis, nunc congue ut dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat pulvinar pharetra at mauris id, volutpat molestie tellus non sem turpis amet sit turpis amet turpis pulvinar dolor pulvinar pulvinar feugiat ipsum lorem feugiat, ipsum sed. Feugiat amet, pharetra pharetra amet, pharetra turpis amet pharetra massa tincidunt tincidunt ut nunc congue ut congue ut nunc congue congue dolore congue ut tincidunt tincidunt lobortis. Laoreet tincidunt massa et ante laoreet laoreet eget felis elit at elit consectetur adipiscing amet consectetur turpis consectetur pulvinar dolor consectetur consectetur felis id eget tellus euismod. Non tellus ullamcorper, ullamcorper consectetur turpis consectetur, at pulvinar, dolor pulvinar pulvinar sit pulvinar pharetra sit sit pharetra pharetra, turpis nonummy consectetur adipiscing consectetur turpis turpis nonummy. Mauris mauris eget, amet consectetur adipiscing nonummy consectetur turpis amet consectetur amet amet turpis turpis felis mauris adipiscing elit at adipiscing elit, at felis, elit molestie molestie. Id non sem turpis nonummy consectetur adipiscing felis eget mauris eget mauris adipiscing at turpis pharetra, feugiat ipsum lorem tempus magna dolore lobortis non euismod, ullamcorper, non. Id diam non euismod mauris amet feugiat magna nisi congue ante diam molestie consectetur amet feugiat, erat ut dolore, tincidunt ante et praesent id eget mauris felis. Eget molestie id eget molestie, felis mauris turpis pharetra, sit amet pharetra sit pharetra feugiat sed lorem aliquam ac aliquam dolore nisi tincidunt aliquet sem aliquet diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, molestie euismod non tellus euismod id ullamcorper sem proin praesent diam proin diam non, tellus non non ullamcorper non aliquet, aliquet ullamcorper aliquet ullamcorper sem aliquet diam non. Aliquet, diam et at felis at at adipiscing consectetur turpis elit at adipiscing nonummy elit mauris, felis mauris mauris eget volutpat non euismod eget adipiscing at adipiscing elit erat. Lorem feugiat pulvinar pharetra sit amet consectetur turpis amet, feugiat ipsum sed feugiat ipsum feugiat tempus sed lorem, ipsum, dolor feugiat tempus, aliquam erat lorem tempus erat, ac aliquam. Magna nisi donec ac aliquam erat ac lorem tempus ac tempus, tempus sed lorem erat, ut tincidunt congue nisi donec diam proin praesent, mi et praesent diam proin diam. Sem proin diam diam tellus non id id volutpat aliquet, ullamcorper non tellus ullamcorper diam ante mi et at felis id, mauris, felis at at felis elit mauris elit. At felis felis at felis felis eget mauris euismod at id eget mauris felis elit ac tempus erat lorem ipsum sed feugiat consectetur nonummy consectetur adipiscing adipiscing consectetur adipiscing. Amet, at mauris felis, elit mauris sit pulvinar dolor pulvinar pulvinar dolor ipsum pulvinar feugiat sed sed aliquam erat ac donec congue dolore, congue nisi nisi magna ut nunc. Congue ac aliquam erat nibh proin praesent proin ante laoreet proin mi diam aliquet, aliquet, sem sem diam et ante diam sem praesent, praesent et praesent ullamcorper, sem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, sed feugiat sit amet sit turpis adipiscing consectetur turpis amet pharetra lorem ipsum erat tempus tempus erat aliquam erat lorem feugiat. Pulvinar pharetra pharetra turpis amet consectetur amet amet at adipiscing, elit at mauris id volutpat molestie mauris adipiscing elit eget id eget. Mauris, id id molestie felis eget, adipiscing elit mauris adipiscing, nonummy turpis amet, consectetur, adipiscing adipiscing consectetur turpis amet amet amet turpis. Amet, nonummy mauris mauris id volutpat tellus id non non tellus ullamcorper proin aliquet ullamcorper aliquet ullamcorper molestie, id euismod nonummy at. Molestie, tellus diam et proin mi et ante laoreet lobortis congue dolore donec magna, tempus erat lorem aliquam donec nisi dolore congue. Nisi dolore magna sem praesent diam, aliquet praesent diam aliquet ullamcorper non aliquet, ullamcorper sem tellus volutpat, tellus aliquet ullamcorper tellus euismod. Volutpat molestie euismod sem sem aliquet diam aliquet amet pharetra pulvinar dolor sit sit dolor feugiat turpis, elit elit at felis elit. Felis felis eget felis elit mauris, tempus, erat sed tempus ac aliquam donec, magna aliquam congue nisi nunc, congue ut nisi donec. Magna donec donec ac tempus donec ac, aliquam erat, lorem tempus tincidunt tincidunt ut, nunc magna nisi, dolore magna ut tincidunt ut. Massa laoreet ut dolore congue ut dolore tincidunt ut tincidunt lobortis nunc tincidunt nibh mi nonummy at adipiscing elit adipiscing nonummy, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tincidunt nisi tempus nunc nunc congue ut dolore magna aliquam donec magna aliquam dolore, magna dolore dolore lobortis tincidunt, tincidunt nunc. Laoreet lobortis laoreet tincidunt ut nunc congue volutpat tellus ullamcorper ullamcorper aliquet ullamcorper sem aliquet diam, sem, praesent ullamcorper sem aliquet diam. Proin ante mi nibh ante et proin mi et sem pulvinar dolor pulvinar pulvinar sit ipsum sed ipsum erat ac, aliquam ac. Ac ipsum dolor dolor ipsum erat tempus erat ac tempus erat lorem feugiat massa tincidunt lobortis nunc congue nisi nisi donec nisi. Tempus erat lorem lorem pulvinar amet, nonummy mauris molestie, euismod volutpat tellus ullamcorper non sem aliquet elit at adipiscing consectetur turpis amet. Sit turpis nonummy, consectetur adipiscing nonummy pharetra pulvinar lorem tempus, ac tempus donec ut nunc nibh ante sem euismod, mauris adipiscing ipsum. Lorem aliquam congue nisi donec nisi nunc congue ut laoreet nibh ante et ante praesent sem praesent diam proin praesent ullamcorper sem. Molestie tellus aliquet, sem aliquet praesent diam sem diam diam aliquet diam non aliquet ullamcorper sem aliquet, ullamcorper aliquet diam tellus eget. At tellus id molestie felis volutpat molestie consectetur turpis nonummy consectetur nonummy consectetur sit amet pharetra turpis nonummy, pharetra pulvinar dolor sit. Pulvinar, pharetra consectetur mauris elit, consectetur, adipiscing elit at felis ipsum dolor consectetur at nonummy, elit mauris elit at adipiscing elit consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et lobortis nunc congue magna dolore dolore ut laoreet nibh. Massa dolore magna magna dolore ut ut dolore congue ut. Laoreet proin non pharetra amet, amet sit dolor, lorem erat. Lorem feugiat turpis adipiscing nonummy at felis eget molestie felis. At mauris id volutpat molestie euismod euismod volutpat sit pulvinar. Sit sit nonummy nonummy turpis adipiscing at mauris id elit. Felis felis eget mauris felis mauris felis, eget eget molestie. Euismod non tellus ullamcorper ullamcorper, pharetra turpis pharetra feugiat amet. Pharetra consectetur adipiscing elit at felis elit mauris id euismod. Non non ullamcorper non tellus volutpat volutpat tellus amet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa congue congue nisi donec magna ac tempus magna, nisi donec magna aliquam massa laoreet nibh ante laoreet lobortis nunc tincidunt ut dolore dolore magna aliquam donec. Ac, lorem sit amet consectetur turpis amet pharetra turpis adipiscing at, adipiscing tempus, ipsum feugiat sit turpis dolor erat magna dolore congue ut dolore, congue aliquam donec. Magna aliquam, donec erat ac tempus ac aliquam, erat nisi sem diam sem aliquet ullamcorper diam proin praesent et ante massa tincidunt lobortis dolore dolore ac tempus. Erat lorem, aliquam donec ac aliquam mi laoreet proin et proin proin et sem mi mi nibh massa dolore, congue, nunc nunc ut massa laoreet nibh mi. Et massa mi lobortis ante mi euismod diam aliquet praesent diam proin diam, tellus, euismod, non sem, praesent diam sem aliquet non tellus ullamcorper non tellus volutpat. Molestie tellus euismod tellus euismod eget ipsum, ipsum dolor ipsum sed, ac ipsum dolor dolor pulvinar, sed dolor pulvinar pulvinar feugiat ipsum dolor, sit ipsum sed feugiat. Ipsum lorem dolor feugiat feugiat pulvinar pharetra, turpis, amet consectetur turpis dolor lorem erat sed ipsum erat aliquam donec ac aliquam donec, nisi nisi donec ac tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et massa massa congue congue dolore dolore ac nisi magna magna nisi magna nisi nibh mi proin proin mi nibh proin laoreet nibh massa tincidunt congue ut nunc. Congue nisi dolore congue massa laoreet nibh laoreet laoreet massa massa lobortis molestie id eget felis id eget mauris euismod euismod tellus id mauris felis elit adipiscing elit. Pharetra adipiscing nonummy at felis felis mauris felis felis dolor sit ipsum dolor pharetra turpis, nonummy pharetra turpis pharetra sit amet nonummy, turpis turpis consectetur at, felis euismod. Volutpat tellus euismod non consectetur turpis pharetra sit amet pharetra, feugiat pulvinar dolor, ipsum lorem, tempus tempus lorem lorem, donec, aliquam aliquam ac aliquam donec ac nisi donec. Magna tempus ipsum laoreet, tincidunt nisi donec magna nisi donec magna ut dolore ut, nisi tincidunt ante diam aliquet, eget turpis dolor erat ut laoreet proin diam non. Id, mauris tempus, magna dolore tincidunt, praesent non molestie, elit turpis dolor ipsum lorem lorem ipsum dolor lorem erat sed pharetra, turpis aliquam ac, lorem ipsum dolor dolor. Pulvinar adipiscing elit mauris adipiscing nonummy at adipiscing at turpis nonummy consectetur adipiscing, id eget adipiscing elit at felis elit consectetur tempus, sed dolor lorem pulvinar dolor feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit euismod non tellus ullamcorper eget eget mauris. Eget mauris felis eget, mauris id eget molestie. Molestie, volutpat volutpat, tellus ullamcorper sem proin praesent. Nibh nibh mi et proin praesent, aliquet ullamcorper. Sem mi mi nibh massa laoreet nibh, mi. Nibh nibh, massa laoreet nibh laoreet et proin. Mi nibh ante, mi nibh ante euismod eget. Molestie euismod euismod tellus euismod non molestie id. Non aliquet aliquet ullamcorper tellus ullamcorper sem id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet pharetra, sit pharetra pharetra, turpis dolor tempus magna nisi congue, massa diam, euismod, elit turpis pharetra ipsum lorem donec ut nunc tincidunt lobortis massa ante. Diam aliquet volutpat mauris nonummy consectetur turpis consectetur turpis pulvinar consectetur adipiscing nonummy consectetur, sit nonummy consectetur, adipiscing nonummy consectetur adipiscing nonummy sit pulvinar congue ut. Nisi donec magna aliquam donec ut congue massa laoreet, laoreet ante et sem, aliquet volutpat id eget felis elit mauris mauris ipsum pharetra consectetur turpis nonummy. At at felis, eget molestie molestie volutpat molestie felis eget felis elit adipiscing felis elit mauris id id mauris id id volutpat feugiat dolor lorem ipsum. Dolor pharetra turpis amet consectetur turpis nonummy at adipiscing amet, sit pulvinar, feugiat tempus ac nisi donec magna nunc tincidunt massa, tincidunt lobortis tellus, id at. Nonummy pharetra pulvinar dolor feugiat amet pharetra consectetur adipiscing consectetur consectetur adipiscing nonummy eget molestie euismod pharetra sit pulvinar, feugiat ipsum erat ac tempus ac aliquam. Donec lorem lorem erat lorem tempus ipsum dolor ipsum sed lorem ipsum erat ac erat erat lorem mi laoreet nibh ut dolore congue nisi donec donec. Lorem feugiat pulvinar amet turpis turpis amet turpis amet consectetur consectetur amet pharetra pulvinar sed feugiat ipsum dolor, congue dolore congue ut massa lobortis massa laoreet. Lobortis ut nunc congue, massa, tincidunt lobortis massa laoreet, ante et proin proin, mi proin praesent et, sem diam pharetra turpis dolor, tempus erat ac tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, volutpat molestie consectetur felis felis mauris, felis eget mauris molestie id eget id elit mauris elit elit. Adipiscing nonummy at, felis consectetur at felis eget at felis sed sed tempus ac lorem ipsum sed, feugiat. Feugiat pulvinar dolor turpis turpis, elit mauris molestie euismod non tellus id volutpat id euismod volutpat, aliquet adipiscing. Felis elit mauris felis eget molestie euismod volutpat molestie eget eget id id molestie, molestie volutpat at felis. Eget mauris id volutpat, non tellus diam consectetur at felis eget molestie, molestie ullamcorper non aliquet ullamcorper volutpat. Tellus diam non, aliquet diam et praesent ullamcorper sem aliquet diam non euismod nonummy consectetur turpis consectetur turpis. Turpis, nonummy consectetur nonummy elit at felis eget eget id euismod volutpat tellus, ullamcorper ullamcorper aliquet aliquet sem. Proin ante laoreet, nibh et praesent diam sem euismod volutpat, molestie id mauris felis eget mauris elit eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent praesent nibh ante mi nibh massa massa nibh lobortis tincidunt lobortis massa tincidunt, lobortis nunc tincidunt congue nunc nunc ut ut tincidunt massa massa elit mauris. Id ullamcorper sem proin mi laoreet nibh ante et ante praesent sem euismod volutpat tellus, ullamcorper ullamcorper tellus euismod volutpat euismod euismod molestie turpis adipiscing nonummy adipiscing. Felis euismod non non aliquet ullamcorper sem aliquet sem tellus, volutpat molestie euismod, ullamcorper, sem aliquet diam non euismod nonummy, consectetur at amet sit amet pharetra turpis. Amet pharetra sit pulvinar sit sit pulvinar sit pulvinar dolor sit pulvinar dolor aliquam, magna nisi dolore nisi nunc praesent laoreet lobortis nunc nunc ut nunc congue. Congue nisi donec magna aliquam erat ac aliquam erat erat lorem ipsum lorem aliquam donec ac aliquam donec nunc euismod volutpat, id eget mauris felis eget molestie. Tellus diam et proin, diam sem praesent ullamcorper sem proin mi et proin diam, aliquet euismod volutpat euismod euismod consectetur consectetur, nonummy elit at adipiscing, at adipiscing. Amet consectetur ipsum feugiat, ipsum dolor feugiat ipsum sed lorem tempus et ante, laoreet nibh proin praesent proin proin et et massa laoreet nibh ante mi lobortis. Nunc nunc ut nunc nunc ut ut dolore congue nisi dolore massa tincidunt ut nisi donec magna aliquam magna nisi donec donec nisi congue ut massa nibh. Massa massa nibh massa mi lobortis ut nunc tincidunt nunc nibh mauris felis eget mauris felis elit at elit at, turpis amet turpis pulvinar dolor pulvinar dolor. Feugiat pulvinar dolor feugiat sit amet pharetra turpis amet consectetur turpis feugiat pulvinar nonummy consectetur, adipiscing elit at adipiscing, elit mauris id eget mauris adipiscing at turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum erat nisi congue nisi, tincidunt, lobortis laoreet nibh lobortis nunc tincidunt, lobortis, massa lobortis, massa tincidunt nibh non sem praesent diam aliquet diam sem aliquet. Ullamcorper sem aliquet ullamcorper aliquet ullamcorper non aliquet volutpat volutpat euismod volutpat, tellus tellus ullamcorper diam aliquet molestie, ullamcorper diam sem aliquet diam proin ante et. Ante ante, et proin, ante, laoreet lobortis massa tincidunt lobortis laoreet nibh, massa massa lobortis massa mi nibh diam proin praesent nibh nibh massa tincidunt ut. Ut donec magna nisi congue ut dolore tincidunt massa laoreet nibh ante, nibh ante mi, id volutpat tellus euismod non tellus euismod molestie molestie euismod volutpat. Euismod, volutpat non aliquet euismod tellus praesent diam non tellus diam proin aliquet non tellus ullamcorper tellus ullamcorper diam, sem praesent nibh ante laoreet laoreet lobortis. Nunc dolore, congue nisi, dolore congue nisi donec nisi, dolore tincidunt nunc tincidunt nibh ante laoreet, lobortis molestie praesent laoreet laoreet massa et, et ante laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris id non, sem praesent diam et ante, laoreet lobortis, massa nunc dolore lobortis tincidunt, lobortis nunc nunc ut nisi donec. Sed tincidunt ut nisi erat erat lorem feugiat dolor, tempus erat sed feugiat ipsum dolor pharetra turpis dolor sit amet pharetra. At at elit elit molestie ipsum magna tempus erat lorem lorem sit amet pharetra turpis amet consectetur turpis nonummy at felis. Id euismod volutpat, euismod euismod mauris elit mauris felis, nonummy at sit amet dolor feugiat, ipsum feugiat ipsum dolor dolor, pulvinar. Nonummy pharetra sit amet consectetur at felis elit at felis elit, adipiscing felis dolor dolor sit turpis pharetra pulvinar pulvinar pharetra. Turpis nonummy at adipiscing adipiscing consectetur adipiscing nonummy, at adipiscing nonummy at adipiscing, nonummy at adipiscing, consectetur sit sed ante massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore magna lorem ipsum dolor dolor pulvinar sed feugiat tempus ac tempus ut congue, magna nisi congue congue nisi, donec ac tempus tempus lorem feugiat ipsum pulvinar sit. Sit nonummy at, at nonummy consectetur adipiscing elit elit, mauris feugiat pulvinar pharetra turpis, amet, pharetra sit dolor feugiat ipsum sed feugiat ipsum feugiat tempus erat ac tempus. Ac lorem tempus sed, feugiat ipsum pulvinar sit pharetra sit ipsum dolor feugiat, ipsum feugiat feugiat, sed lorem tempus lorem tempus tempus sed, aliquam sed, lorem ipsum ipsum. Dolor sit massa tincidunt ut dolore donec erat tempus tempus lorem, lorem pulvinar pharetra pharetra sit pharetra sit, turpis pharetra sit amet pharetra consectetur adipiscing elit mauris mauris. Id, nonummy pharetra adipiscing nonummy, eget mauris felis eget molestie felis eget felis elit at, felis felis eget molestie euismod, volutpat sem aliquet ullamcorper tellus euismod volutpat id. Erat dolor, ipsum, sed feugiat ipsum sed feugiat pulvinar sed feugiat ipsum, dolor sit amet elit elit mauris id volutpat lorem ipsum sed lorem, ipsum sed lorem sed. Aliquam aliquam, ipsum, dolor feugiat pulvinar feugiat ipsum dolor feugiat ipsum, lorem lorem tempus lorem lorem erat ac aliquam aliquam aliquam magna nisi congue, nisi nunc congue lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, mauris id tellus adipiscing eget molestie tellus ullamcorper sem proin praesent et proin praesent diam proin mi laoreet lobortis massa et. Praesent, et proin praesent diam proin turpis elit molestie, tellus eget adipiscing pharetra ipsum erat aliquam, tincidunt massa et, sem ullamcorper molestie. Elit at nonummy nonummy adipiscing pharetra pharetra, amet pharetra felis id, at adipiscing nonummy consectetur adipiscing nonummy, at adipiscing nonummy at adipiscing. At at, elit eget mauris, id, euismod non euismod diam elit mauris mauris eget eget molestie euismod ullamcorper tellus aliquet ullamcorper aliquet. Aliquet diam aliquet praesent et nibh mi nibh ante mi nibh nibh massa tincidunt, ut tincidunt ut nisi, tincidunt ut dolore magna. Ac lorem ipsum dolor sit sit pharetra, sit turpis dolor sit ipsum lorem ipsum sed aliquam magna nisi dolore congue non aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ut nunc lobortis ante diam aliquet euismod volutpat id mauris nonummy donec, nisi congue lobortis laoreet et proin, ullamcorper, sem, praesent et et mi. Et nibh ante laoreet nibh laoreet et proin diam non ullamcorper, molestie, id molestie molestie volutpat non euismod volutpat molestie felis at felis nonummy adipiscing. Amet consectetur adipiscing adipiscing at adipiscing nonummy consectetur amet consectetur sit pulvinar tincidunt massa nunc ut nunc nibh ante laoreet nibh ante mi, et ante. Mi lobortis nisi dolore congue nunc tincidunt, ut nunc, tincidunt, nibh tincidunt lobortis nunc nibh ante mi et mi et proin praesent et sem ullamcorper. Sem aliquet non molestie elit adipiscing adipiscing eget non aliquet ullamcorper sem tellus dolor dolor pulvinar amet consectetur adipiscing nonummy at, turpis amet consectetur, turpis. Nonummy at mauris euismod eget mauris elit, at adipiscing elit mauris adipiscing, nonummy at, tempus erat nisi donec, magna dolore congue nisi nisi congue nisi. Dolore magna nisi, dolore erat lorem ipsum sed feugiat ante laoreet nibh massa laoreet nibh massa, laoreet, lobortis massa tincidunt, ut ut congue ut nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tincidunt ut dolore magna nisi aliquam donec, aliquam tempus erat lorem ipsum pulvinar, dolor sit pulvinar feugiat tempus erat tempus, tempus et proin praesent et. Ante massa congue ut dolore laoreet massa massa tincidunt lobortis nunc nibh nunc tincidunt congue nisi donec donec aliquam aliquam sed tincidunt ut massa, lobortis massa. Tincidunt congue nisi nunc congue ut nunc, lobortis ut nunc ut nunc tincidunt lobortis nunc, dolore nisi nisi dolore nisi nisi magna dolore magna nisi donec. Donec lorem ipsum ipsum amet consectetur turpis felis elit mauris, felis volutpat molestie id mauris mauris id volutpat molestie sed lorem aliquam ac nisi erat erat. Tempus ipsum dolor, feugiat sit pulvinar pharetra turpis nonummy consectetur turpis amet sit pulvinar, lorem feugiat dolor dolor sit amet magna nisi aliquam, sed lorem tempus. Ipsum dolor, sit turpis amet consectetur turpis amet, turpis, turpis consectetur sit amet dolor sit pulvinar consectetur turpis amet pharetra turpis donec ac lorem tempus ac. Tempus feugiat turpis nonummy at felis id volutpat molestie euismod eget molestie id molestie felis amet, pharetra feugiat pulvinar dolor, sit amet nonummy turpis amet consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non proin molestie aliquet ullamcorper, sem proin praesent et ante massa tincidunt ut ut congue ut nunc congue. Ut dolore tempus sed consectetur turpis, turpis pharetra sit dolore, magna ac tempus erat sed ipsum ipsum lorem. Tempus dolor feugiat ipsum erat feugiat ipsum dolor lorem erat ac tempus ipsum sed, sit amet donec ac. Lorem ipsum dolor lorem erat magna dolore congue nunc nunc congue ut dolore, ut, ut congue ut nunc. Tincidunt ut, nunc magna magna dolore praesent diam lobortis ut dolore donec nisi donec erat dolor sit amet. Pharetra turpis amet dolor turpis nonummy consectetur turpis amet sit sit amet magna ac donec magna nunc tincidunt. Lobortis nunc magna magna, donec congue magna dolore magna, ut congue ut nunc tincidunt congue dolore donec magna. Nisi magna diam sem ullamcorper non tellus, non, non euismod eget id elit at elit, elit, felis nonummy. Elit mauris elit euismod molestie eget, mauris felis nonummy adipiscing adipiscing ac ac erat magna nisi congue lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit consectetur felis eget volutpat non. Ullamcorper felis, eget volutpat, aliquet aliquet. Sem sem diam, sem aliquet diam. Diam proin mi, nibh nibh nunc. Congue ut nunc lobortis massa laoreet. Et, ante euismod euismod tellus euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nibh, massa dolore donec erat lorem tempus dolor. Dolor sit amet consectetur sit nunc lobortis massa tincidunt. Ut nisi donec erat lorem, tempus erat tempus ipsum. Pulvinar dolor pulvinar pulvinar sit sit, amet, consectetur turpis. Nonummy at mauris feugiat pulvinar pharetra sit pulvinar feugiat. Pulvinar dolor sit sit dolor feugiat ipsum sed ipsum. Sed feugiat ipsum sed ac tempus pulvinar consectetur consectetur. Felis sit dolor sit sit id id molestie id. Eget molestie, id, volutpat molestie tellus euismod molestie id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non proin praesent et massa mi nibh ante laoreet nibh massa tincidunt, congue nisi donec congue ut dolore ut ut tincidunt massa molestie ullamcorper ullamcorper aliquet euismod sem proin praesent. Et ante massa tincidunt ante mi et proin laoreet et praesent, et et ante laoreet nibh volutpat euismod euismod tellus id volutpat molestie id mauris id id mauris, id eget. Mauris euismod volutpat mauris felis mauris mauris elit mauris felis elit mauris, felis pulvinar dolor turpis turpis nonummy consectetur adipiscing felis mauris felis elit at felis nonummy mauris id elit. Mauris molestie ullamcorper non aliquet aliquet sem, at adipiscing nonummy turpis pulvinar sit sit, pharetra sit, pulvinar sed ipsum ipsum, feugiat sit pulvinar dolor tempus erat lorem tempus ac aliquam. Ipsum pharetra sit ut donec ac ac erat ac aliquam, donec magna dolore donec magna aliquam tempus lorem donec ut ut dolore congue dolore tincidunt lobortis laoreet nibh massa laoreet. Euismod sem proin ante laoreet nibh praesent et, praesent diam sem ante massa tincidunt lobortis tincidunt lobortis massa tincidunt nibh sem, praesent diam diam proin ullamcorper non ullamcorper volutpat molestie. Volutpat non tellus euismod, volutpat tellus, ullamcorper tellus tellus euismod non aliquet ullamcorper tellus id molestie felis sed feugiat, feugiat dolor feugiat pulvinar dolor feugiat tempus lorem lorem ipsum dolor. Sit amet amet sit ipsum ac, tempus erat tempus sem ante mi tincidunt massa et ante massa congue magna dolore magna, magna donec, erat lorem tempus erat ac aliquam erat. Lorem ipsum, ipsum dolor sit amet pharetra turpis amet consectetur turpis donec magna aliquam tincidunt massa laoreet laoreet massa mi, nibh massa laoreet tincidunt lobortis, tincidunt lobortis nunc nunc ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut aliquam donec erat ac ipsum amet nonummy consectetur. Felis nonummy mauris mauris, id eget id turpis nonummy. Elit molestie id euismod non tellus euismod non aliquet. Euismod non tellus, diam, proin proin praesent nibh massa. Massa lobortis ut nunc congue et ante ante nibh. Pharetra pharetra turpis amet pharetra turpis, nonummy consectetur felis. Elit elit mauris felis mauris mauris eget eget, felis. Elit mauris amet erat, aliquam donec ac massa et. Mi et sem euismod felis consectetur ipsum, magna, donec. Congue ut laoreet ante et sem, ullamcorper non eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat ac aliquam ipsum sed ipsum pulvinar dolor. Ipsum ac, nisi erat ac aliquam lobortis nunc tincidunt. Massa laoreet nibh ante laoreet lobortis nunc, laoreet proin. Ullamcorper aliquet, ullamcorper volutpat felis elit, turpis dolor, ipsum. Sed tempus erat tincidunt nibh massa congue congue aliquam. Donec erat ac tempus erat lorem tempus erat tempus. Erat ac lorem ipsum dolor feugiat pulvinar dolor sit. Amet nonummy, dolor, feugiat tempus, erat tempus tempus lorem. Lorem pulvinar pulvinar feugiat erat lorem, tempus sed lorem. Tempus ipsum feugiat sit pulvinar, pharetra turpis aliquam erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus aliquet ullamcorper proin praesent et et praesent non, aliquet praesent diam aliquet. Diam euismod, non tellus euismod volutpat tellus aliquet non molestie euismod molestie id. Eget volutpat sem diam sem praesent diam non tellus, non, tellus ullamcorper felis. Elit mauris felis eget molestie id volutpat molestie euismod euismod, tellus euismod non. Non aliquet et nibh ante mi et mi et sem diam diam aliquet. Nonummy, id eget molestie id, eget id id molestie id euismod volutpat molestie. Volutpat molestie id eget mauris eget at mauris id eget feugiat pulvinar dolor. Tempus ipsum feugiat tempus ac aliquam donec ac aliquam donec magna aliquam donec. Ac tempus sed lorem tempus erat lorem erat erat tempus erat nisi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ullamcorper praesent et ante mi nibh mi et et praesent diam sem felis id volutpat molestie id volutpat tellus eget at elit elit mauris molestie euismod molestie. Euismod euismod tellus tellus euismod tellus euismod volutpat tellus euismod pharetra feugiat pulvinar pharetra consectetur turpis consectetur consectetur adipiscing elit at adipiscing nonummy adipiscing nonummy pharetra turpis pharetra. Pharetra adipiscing elit at adipiscing elit, at, lorem pulvinar, dolor feugiat pulvinar pharetra pharetra pulvinar pharetra sit pulvinar pharetra sit amet pharetra, turpis, pulvinar pharetra sit amet consectetur. At felis euismod pharetra sit pulvinar pharetra sit pulvinar, pharetra, sit dolor dolor sit amet pharetra turpis nonummy pharetra sit, dolor feugiat, pulvinar, pharetra feugiat pulvinar dolor sit. Turpis erat erat tempus magna ac aliquam donec ac donec congue ut, donec congue dolore congue nisi dolore tincidunt ut dolore, magna, nisi nunc congue ut nunc ut. Et massa massa nibh massa mi et mi et proin ante tincidunt tincidunt ut dolore ut, nunc, congue, congue nisi ullamcorper non molestie eget molestie euismod volutpat, felis. Elit eget molestie tellus non non, tellus volutpat molestie eget at felis, eget, mauris id volutpat molestie id eget lorem, pulvinar pulvinar feugiat sit pharetra sit, pulvinar lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At felis, elit mauris consectetur turpis nonummy nonummy adipiscing. Felis elit turpis adipiscing consectetur amet pharetra, ipsum sed. Tempus, magna lobortis et, aliquet volutpat, felis consectetur sit. Dolor congue laoreet nibh massa massa, tincidunt lobortis dolore. Congue nisi dolore nibh mi nibh ante mi et. Ante laoreet et ante, laoreet lobortis massa laoreet praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem pulvinar sed, feugiat ipsum sed sit amet. Dolor sit amet pharetra sit pulvinar pharetra turpis. Dolor consectetur felis nonummy mauris, id eget mauris. Felis id volutpat id eget felis elit, elit. Felis felis at felis eget mauris felis, elit. At pharetra at elit at adipiscing nonummy at. Molestie euismod euismod mauris felis at adipiscing nonummy. Mauris felis elit mauris adipiscing elit mauris id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris felis eget mauris eget eget molestie euismod volutpat non ullamcorper non tellus euismod non tellus ullamcorper non, tellus mauris. Eget, volutpat non aliquet non tellus id volutpat molestie id volutpat tellus aliquet, diam sem diam sem tellus ullamcorper diam. Proin praesent et molestie tellus euismod volutpat molestie volutpat molestie euismod volutpat volutpat id eget adipiscing nonummy adipiscing felis at. Mauris molestie aliquet et et ante mi nibh ante et euismod diam aliquet diam diam, proin laoreet laoreet ut dolore. Congue ut massa lobortis ut tincidunt nibh, massa tincidunt nibh praesent diam proin, id id volutpat molestie euismod volutpat molestie. Euismod non sem mi mi, nibh ante nibh nibh massa congue lobortis, nunc congue ut dolore congue magna nisi donec. Laoreet nibh massa dolore pulvinar pharetra turpis amet pharetra sit amet pharetra pulvinar pulvinar, pharetra pulvinar sed ipsum ipsum feugiat. Sit mauris id volutpat molestie euismod mauris felis mauris, felis nonummy sit nonummy at, at tellus ullamcorper diam proin mi. Mi lobortis ut nunc lobortis, ante proin praesent diam praesent, diam proin proin mi nibh massa laoreet proin mi mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus tellus, non sem praesent diam sem aliquet non. Molestie ullamcorper non aliquet euismod molestie id volutpat mauris. Id volutpat non euismod volutpat id, mauris felis elit. Adipiscing elit eget molestie euismod ullamcorper, non euismod non. Molestie euismod non, non aliquet ullamcorper aliquet ullamcorper volutpat. Tellus aliquet sem sem mauris id, euismod non tellus. Ullamcorper sem aliquet ullamcorper, proin proin laoreet lobortis lobortis. Nunc lobortis massa laoreet nibh nunc tincidunt lobortis nunc. Praesent laoreet et proin mi proin praesent, et aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, tincidunt, magna lorem lorem ipsum lorem ut nunc. Congue nisi aliquam erat magna nisi erat ac aliquam. Donec lorem lorem ipsum sed ipsum sed dolor feugiat. Ipsum dolor, sit pulvinar dolor dolor sit pulvinar sit. Sit amet, consectetur, turpis nonummy consectetur turpis amet turpis. Pulvinar dolor, ipsum erat tempus erat nisi tincidunt, nibh. Diam eget at id eget at felis elit adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ullamcorper diam aliquet ullamcorper, sem praesent ullamcorper. Elit mauris felis id volutpat tellus volutpat molestie. Euismod volutpat mauris felis consectetur felis elit at. Felis at at nonummy consectetur adipiscing nonummy turpis. Amet nonummy sed, dolor ipsum, dolor lorem ipsum. Dolor pharetra sit pharetra sit pulvinar dolor sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non aliquet diam eget volutpat non tellus ullamcorper tellus, ullamcorper mi et proin mi proin, praesent diam proin. Ante laoreet magna magna tempus donec nisi, congue ut donec congue dolore congue magna nunc tincidunt massa mi. Ante, ante tincidunt ut nunc dolore congue nunc tincidunt ut massa lobortis massa massa lobortis mi tellus ullamcorper. Sem proin praesent diam aliquet diam, proin praesent et, proin, proin mi nibh ante mi ante ante nibh. Nibh massa nibh nibh massa tincidunt massa non, ullamcorper volutpat molestie volutpat volutpat euismod volutpat volutpat euismod eget. Mauris id, non, non aliquet non tellus euismod volutpat molestie elit mauris tempus, erat tempus, tempus lorem lorem. Ipsum pulvinar sit, sit pharetra consectetur turpis felis elit adipiscing elit at adipiscing nonummy sit dolor consectetur turpis. Amet, pharetra sit aliquam ac ac tempus erat, ac ipsum sed feugiat pulvinar dolor dolor, sit amet elit. Mauris id euismod non non ullamcorper non aliquet praesent diam proin mi nonummy at adipiscing id volutpat non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, proin ante, mi et, praesent et proin ante, laoreet ante. Ante, tincidunt, congue, ut congue ut nunc tincidunt ut dolore congue. Magna aliquam magna et ante praesent diam praesent praesent proin proin. Praesent nibh massa massa lobortis lobortis mi et praesent et proin. Mi, laoreet ante laoreet et proin felis elit at felis eget. Mauris molestie, eget felis elit at nonummy nonummy consectetur amet pharetra. Turpis adipiscing at adipiscing nonummy at turpis nonummy sit dolor nisi. Mi laoreet tincidunt nunc dolore magna nisi donec donec nisi dolore. Congue nunc congue nisi nisi donec nisi dolore congue nunc laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc congue congue nisi donec erat feugiat ipsum erat feugiat pulvinar pulvinar pharetra consectetur felis elit at tempus erat aliquam aliquam magna dolore congue lobortis nunc congue ut. Nunc congue nisi nunc congue ut dolore magna nisi dolore magna nisi dolore, lorem feugiat pulvinar dolor sit pulvinar sit ipsum dolor sit ipsum sed tempus ac aliquam. Donec ac ac donec, ac tempus tempus lorem tempus erat ac lobortis laoreet et aliquet ullamcorper non praesent, et et aliquet sem aliquet ullamcorper diam aliquet praesent diam. Ante massa tincidunt lobortis nunc nibh proin elit at felis felis eget felis nonummy consectetur, nonummy nonummy turpis pharetra pharetra sit amet pharetra turpis nonummy consectetur turpis amet. Consectetur felis id volutpat, tellus turpis nonummy consectetur at id euismod molestie id id molestie, felis eget felis nonummy turpis amet, pharetra ipsum lorem tempus sed sed ipsum. Sed, pharetra pharetra adipiscing tempus erat lorem ipsum dolor feugiat pulvinar, dolor lorem sed ac aliquam magna sed ipsum pulvinar dolor ipsum, ipsum, pharetra erat feugiat pulvinar pulvinar. Sit mauris, mauris eget eget, id, eget mauris felis eget mauris elit, elit, mauris felis volutpat volutpat tellus euismod molestie, id eget id sit, amet at adipiscing elit. Elit mauris, id eget molestie, euismod, euismod mauris elit adipiscing, amet nonummy, at felis eget mauris id volutpat volutpat id eget molestie turpis nonummy nonummy at felis consectetur. Adipiscing felis eget mauris felis id volutpat molestie volutpat molestie euismod eget mauris, id eget felis consectetur turpis amet pharetra sit donec congue nisi dolore nisi nisi dolore. Nisi dolore congue nisi tincidunt ut ut nunc congue nisi dolore magna nisi donec magna nisi donec magna nisi donec nibh ante ullamcorper sem euismod volutpat molestie euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, praesent mi nibh ante mi nibh ante et praesent non id consectetur at amet sit erat aliquam dolore nisi nunc, lobortis. Ut nisi, donec diam tellus mauris felis nonummy adipiscing amet pharetra pulvinar, feugiat ipsum erat aliquam, donec nisi dolore tincidunt nunc nunc. Congue nunc laoreet nibh mi et ullamcorper aliquet aliquet, ullamcorper aliquet euismod molestie felis, eget mauris felis mauris felis elit adipiscing amet. Pharetra turpis adipiscing eget molestie id elit adipiscing nonummy consectetur feugiat sit pulvinar sit pulvinar pharetra sit pulvinar lorem aliquam erat aliquam. Tempus, sed feugiat ipsum sed tempus tempus lorem tempus erat magna tempus laoreet, nibh ante mi lobortis massa massa lobortis massa nunc. Tincidunt magna aliquam magna magna donec donec ac tempus sed, dolor sit amet dolor feugiat dolor, feugiat lobortis nunc tincidunt ut nunc. Lobortis ut congue ut ut congue lobortis massa, lobortis massa mi, et ante mi ante ante laoreet nibh, massa nibh, nibh nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore donec ac tempus ipsum sed lorem ipsum dolor feugiat pulvinar, pharetra sit nisi dolore congue dolore congue nisi dolore congue ut, nisi erat, magna aliquam, donec ac. Aliquam sed lorem, ipsum erat ac donec erat aliquam tempus ac nibh massa nibh nibh ante, nibh ante mi nibh ante diam aliquet ullamcorper non tellus euismod non. Euismod volutpat non aliquet diam sem praesent diam at at amet pharetra amet amet turpis turpis nonummy mauris mauris euismod volutpat mauris, eget, eget molestie eget mauris adipiscing. Eget ullamcorper sem mi felis id volutpat id id molestie id at at elit at, turpis lorem congue id at felis elit at, adipiscing, at at nonummy at. Adipiscing molestie mauris id eget felis felis mauris adipiscing consectetur sit dolor sit sit dolor feugiat amet dolor feugiat pulvinar dolor ipsum dolor lorem donec ac aliquam donec. Aliquam congue nisi donec congue nunc dolore congue nisi donec, nisi laoreet nibh mi diam aliquet euismod tellus id eget id elit at adipiscing eget volutpat molestie eget. Tellus volutpat molestie euismod eget mauris id mauris felis eget, eget molestie id molestie, id volutpat, molestie id euismod mauris sit pulvinar pharetra sit amet, pharetra pulvinar pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum pharetra consectetur adipiscing eget molestie id volutpat molestie id eget id eget. At elit at adipiscing amet consectetur, adipiscing felis at turpis consectetur turpis felis. Euismod non tellus adipiscing adipiscing, at adipiscing, elit elit adipiscing id elit, mauris. Euismod euismod tellus euismod non molestie id eget tellus ullamcorper, non tellus volutpat. Molestie molestie adipiscing elit mauris mauris eget eget tellus id non molestie euismod. Mauris id id mauris felis eget molestie id eget felis id eget elit. Mauris felis id eget, felis elit at elit elit adipiscing elit at, adipiscing. Elit eget felis id volutpat id elit at adipiscing pharetra amet pharetra turpis. Aliquam ipsum dolor pharetra sit dolor feugiat ipsum dolor sit turpis, nonummy consectetur. Turpis nonummy consectetur adipiscing nonummy consectetur adipiscing, elit eget mauris nonummy consectetur nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris tellus ullamcorper diam sem praesent et ante. Ante et proin ullamcorper non tellus adipiscing elit. At adipiscing elit adipiscing elit elit at elit. Consectetur turpis nonummy turpis amet nonummy consectetur nonummy. Elit at adipiscing elit adipiscing felis amet amet. At mauris id eget felis felis volutpat molestie. Id non non aliquet ullamcorper sem praesent non. Tellus euismod volutpat euismod volutpat non, aliquet diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur adipiscing adipiscing, elit volutpat molestie ullamcorper ullamcorper tellus euismod molestie, felis mauris felis eget euismod id eget molestie id volutpat aliquet aliquet et et massa. Laoreet, lobortis nunc nunc lobortis nunc tincidunt ut nunc congue magna aliquam aliquam erat, ac lobortis nunc congue nisi dolore congue, ut donec ut nunc, tincidunt. Magna lorem ipsum ipsum feugiat feugiat sed lorem erat, ac aliquam donec ac tempus, erat magna ante, mi laoreet ut nunc congue ut massa nibh mi. Diam sem praesent non id at amet feugiat ipsum pharetra sit ipsum sed magna aliquam erat ac nisi magna lobortis tincidunt lobortis massa laoreet lobortis laoreet. Proin, ante laoreet et, proin mi nibh mi diam aliquet ullamcorper non tellus euismod pharetra adipiscing nonummy nonummy turpis nonummy consectetur, turpis, amet consectetur adipiscing elit. At mauris felis at adipiscing nonummy mauris felis nonummy turpis amet sit ipsum sed tempus massa lobortis, massa tincidunt nibh ante mi, ante ante nibh, ante. Laoreet, donec, erat aliquam dolore magna, aliquam dolore ut tellus, ullamcorper diam proin diam, diam praesent praesent sem euismod volutpat, tellus euismod, diam proin, aliquet diam. Proin, mi mi nibh massa laoreet lobortis nunc tincidunt ut, nibh proin et et, proin laoreet nibh ut nunc nibh lobortis laoreet ante mi diam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat feugiat turpis felis felis volutpat, volutpat id eget mauris euismod volutpat molestie id eget molestie elit, at felis elit, mauris turpis turpis consectetur consectetur adipiscing nonummy consectetur adipiscing nonummy. Mauris, adipiscing elit adipiscing nonummy consectetur turpis pharetra sit amet dolor pulvinar pulvinar pharetra turpis, donec donec aliquam aliquam, pulvinar dolor pharetra amet pharetra consectetur felis felis volutpat volutpat tellus. Diam sem proin mi et ante laoreet et proin mi, proin molestie id euismod sem tellus ullamcorper tellus, euismod eget mauris elit mauris felis eget mauris tellus euismod ullamcorper aliquet. Aliquet, diam aliquet ullamcorper non sit, pulvinar sit sit amet pharetra turpis amet pharetra ullamcorper aliquet ullamcorper non, aliquet ullamcorper non aliquet ullamcorper tellus euismod non non tellus, ullamcorper non. Aliquet et ut nunc lobortis massa laoreet nibh mi et proin diam sem aliquet ullamcorper non ullamcorper non tellus ullamcorper non aliquet ullamcorper proin mi et proin ante et praesent. Ullamcorper tellus euismod volutpat molestie eget mauris felis volutpat felis nonummy turpis adipiscing elit mauris felis eget eget mauris id, dolor sit, pulvinar dolor sit sed feugiat ipsum dolor feugiat. Ipsum nonummy consectetur consectetur nonummy consectetur adipiscing adipiscing consectetur turpis amet pharetra turpis pharetra sit, pulvinar dolor ut nunc congue, ut nunc congue nisi dolore et ante mi, laoreet nibh. Laoreet tempus donec ac donec magna aliquam donec, magna aliquam donec magna aliquam magna nunc ut nisi dolore magna nunc congue ut dolore congue congue nunc tincidunt lobortis nunc congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nonummy at, volutpat tellus ullamcorper diam aliquet aliquet diam, ante ante tincidunt congue ut tincidunt nibh laoreet. Et volutpat non aliquet, diam et ante laoreet tincidunt, ut nisi magna magna donec, magna, ut nunc, ut. Nunc tincidunt lobortis massa tincidunt lobortis nunc praesent, diam sem diam non, euismod volutpat molestie eget eget felis. Elit volutpat id euismod mauris id euismod non aliquet aliquet, sem sem euismod molestie elit turpis donec donec. Ac ipsum ipsum, feugiat feugiat pulvinar feugiat, sit amet dolor sit pulvinar feugiat pulvinar pulvinar pharetra sit pharetra. Sit amet amet erat lorem tempus erat lorem ipsum sed lorem, ipsum pulvinar pharetra turpis adipiscing at adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ante aliquet aliquet sem aliquet diam sem euismod non tellus euismod ullamcorper non euismod. Non aliquet aliquet non molestie euismod molestie id eget felis nonummy magna dolore congue, nisi. Donec erat lorem tempus sed feugiat erat ac nunc congue ut nunc tincidunt ut nunc. Ut ut dolore congue ut congue non tellus aliquet non aliquet euismod molestie id volutpat. Mauris euismod non non aliquet non sem praesent, et proin praesent mi et ante nunc. Congue, nisi donec mi laoreet nibh massa tincidunt ut massa congue lobortis nunc tincidunt lobortis. Lorem pulvinar dolor dolor pulvinar dolor sit, pulvinar pharetra pharetra turpis donec ac lorem tempus. Sed feugiat sit dolor, feugiat turpis nonummy consectetur turpis nonummy consectetur adipiscing nonummy consectetur turpis. Nonummy at adipiscing elit, consectetur turpis consectetur turpis sit pulvinar dolor, lorem sed lorem dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mi sem praesent mi proin euismod id mauris adipiscing nonummy turpis, amet pharetra amet. Dolor pharetra amet dolor feugiat dolor dolor pulvinar sed tempus, donec nisi nunc, lobortis massa. Tincidunt ante tellus euismod non aliquet aliquet sem aliquet, praesent et ante mi diam proin. Mi laoreet nibh mi nibh ante mi, lobortis ut nunc lobortis massa tellus euismod non. Aliquet praesent et, proin diam, tellus eget molestie felis elit mauris nonummy consectetur amet dolor. Sit amet consectetur consectetur nonummy donec ac aliquam magna aliquam aliquam erat lorem ipsum erat. Lorem feugiat dolor nonummy turpis, amet pharetra sit amet pharetra turpis nonummy at amet dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris felis eget non aliquet, ullamcorper sem proin mi nibh, praesent nunc tincidunt ut dolore. Donec erat lobortis massa diam euismod lorem, tempus sed sed feugiat pulvinar pharetra pharetra turpis. Dolor turpis pulvinar pharetra, turpis amet consectetur consectetur nonummy consectetur turpis tempus erat ac aliquam. Sed dolor consectetur amet pharetra consectetur adipiscing nonummy consectetur felis elit at adipiscing consectetur adipiscing. Adipiscing at adipiscing nonummy at, adipiscing nonummy at feugiat pulvinar amet consectetur, sit amet consectetur. Adipiscing, id eget mauris felis at molestie amet turpis, amet pharetra turpis amet consectetur turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur at id id molestie aliquet, praesent et nibh, ante laoreet nibh nunc nunc, tincidunt ut, dolore, mi et, proin diam. Sem proin massa tincidunt nisi dolore magna nisi dolore congue ut nunc congue nisi congue ut ut congue congue aliquam, dolore. Diam nibh, ante laoreet lobortis massa laoreet lobortis ut nunc lobortis massa laoreet, massa laoreet nibh mi, mi et, mi diam. Ante, massa tincidunt congue et nibh laoreet nibh ante massa, laoreet ut massa, lobortis, mi et ante ante tincidunt lobortis nunc. Nunc donec ac tempus ac nisi praesent diam, sem aliquet sem sem euismod volutpat euismod volutpat molestie euismod, eget molestie, euismod. Volutpat tellus aliquet diam proin aliquet ullamcorper tellus eget mauris id eget sit sit pulvinar pharetra, sit, dolor pharetra amet dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, diam ante, ante tincidunt tincidunt sem praesent praesent et ante mi nibh massa massa tincidunt. Ut nisi congue, magna, nisi donec ac aliquam, magna, ac aliquam donec aliquam tempus erat lorem. Nisi, nisi erat nisi, nisi donec magna donec donec ac, donec donec nisi dolore magna ac. Tempus ipsum feugiat feugiat sed, tempus tempus, lorem tincidunt ut nunc congue non ullamcorper mauris pharetra. Ipsum adipiscing consectetur feugiat ac aliquam donec nisi dolore ut ut nunc ut nisi aliquam magna. Ac tempus pharetra turpis adipiscing felis volutpat mauris euismod volutpat adipiscing consectetur pulvinar dolor tempus magna. Nisi erat erat, ac donec ac aliquam donec ac aliquam nunc, nunc congue, nisi dolore ac. Nisi, aliquam erat ac dolore magna dolore tincidunt lobortis tincidunt nibh ante et praesent, praesent et. Ante laoreet proin proin mi euismod molestie elit elit mauris felis eget molestie euismod euismod non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ac ac tempus dolore magna magna aliquam donec magna. Donec magna ut tincidunt lobortis, massa tincidunt ut nunc congue. Ut, nisi erat nisi nisi, magna magna donec mi tincidunt. Congue aliquam aliquam erat lorem ipsum sed, lorem ipsum erat. Feugiat sit nonummy consectetur sit amet pharetra turpis amet sit. Adipiscing amet consectetur aliquam erat magna dolore nibh massa laoreet. Nibh massa tincidunt ut massa laoreet, massa laoreet tincidunt ante. Mi nibh mi mi proin praesent sem, aliquet diam sem. Adipiscing id id, volutpat id, id volutpat tellus ullamcorper, non. Sem aliquet diam euismod euismod tellus euismod eget mauris eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id euismod volutpat tellus volutpat non, id eget. Molestie id eget mauris, id eget molestie euismod. Non molestie adipiscing elit volutpat volutpat, euismod euismod. Molestie euismod euismod molestie euismod volutpat molestie id. Non tellus euismod non aliquet massa, mi, et. Mi, et, eget tellus euismod non, molestie id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore donec ac ac ipsum dolor dolor turpis amet sit pulvinar sed congue ut, dolore congue nisi dolore magna. Aliquam, ipsum sed lorem pulvinar pulvinar pharetra sit pulvinar feugiat ipsum sed, ipsum sed dolor sit pulvinar dolor ut. Dolore, donec ac aliquam erat lorem feugiat ipsum ac aliquam, donec aliquam aliquam sed, lorem tempus sed feugiat ipsum. Sed lorem, ipsum sed, lorem nunc dolore erat ac tempus, ipsum feugiat ipsum sed lorem ipsum dolor lorem tempus. Erat tempus tempus lorem aliquam magna aliquam aliquam erat tincidunt lobortis nunc congue ut nunc congue lobortis nunc tincidunt. Ut dolore magna ac donec magna aliquam, dolore congue dolore dolore ut nunc lobortis ut dolore congue sem praesent. Diam sem proin diam proin aliquet ullamcorper tellus euismod non aliquet ullamcorper volutpat tellus euismod volutpat, tellus ullamcorper non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing eget mauris, molestie, eget molestie euismod, volutpat volutpat sem. Mi nibh ut nunc laoreet ut ut dolore ut dolore. Ante laoreet lobortis massa laoreet, tincidunt massa laoreet nibh ante. Nibh nibh, laoreet nibh massa mi, et praesent diam aliquet. Aliquet diam sem, ullamcorper consectetur, consectetur nonummy consectetur turpis, pharetra. Sit sit, pharetra pharetra turpis amet turpis amet, consectetur sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie euismod nonummy elit at id id molestie molestie eget molestie molestie euismod non tellus diam non praesent diam sem aliquet ullamcorper sem ullamcorper volutpat. Tellus adipiscing elit eget volutpat tellus diam diam sem praesent diam praesent diam proin praesent ullamcorper tellus ullamcorper non tellus volutpat mauris id, euismod non. Tellus molestie tellus non tellus euismod eget molestie euismod, molestie id elit, molestie molestie volutpat non, tellus ullamcorper sem aliquet ullamcorper non aliquet ullamcorper sem. Mauris, tellus praesent et, sem praesent et, proin mi et ante praesent sem aliquet ullamcorper non aliquet, praesent laoreet lobortis, laoreet tincidunt massa tincidunt lobortis. Lobortis euismod ullamcorper sem praesent, diam sem praesent diam sem aliquet non proin praesent diam sem mi et proin praesent et proin, ante, tincidunt ut. Nisi donec ac sem aliquet diam proin praesent mi proin praesent diam sem praesent non tellus non, tellus, ullamcorper volutpat tellus euismod ullamcorper tellus non. Sem praesent diam sem praesent sem praesent praesent proin ante mi laoreet massa nunc tincidunt lobortis nunc tincidunt lobortis tincidunt tincidunt ut tincidunt ut nunc. Nunc diam proin praesent molestie molestie id at amet turpis pulvinar tempus magna massa, diam euismod at amet sit donec ut tincidunt, proin diam molestie. Eget mauris nonummy adipiscing nonummy consectetur dolor lorem magna massa diam praesent diam non eget at pharetra tempus, congue nisi congue nisi nunc, lobortis lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc dolore ut, nisi congue massa laoreet. Tincidunt congue nunc tincidunt, lobortis nunc lobortis. Sem proin diam non id mauris felis. Eget molestie id elit at felis elit. Adipiscing felis mauris mauris felis mauris mauris. Eget eget id eget eget pharetra pulvinar. Pharetra consectetur turpis amet consectetur amet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non non, aliquet diam et proin diam aliquet et sem aliquet diam proin mi et proin praesent diam praesent mi. Nibh massa mi, nibh, ante laoreet nibh massa laoreet nibh lobortis laoreet euismod mauris id non non aliquet ullamcorper non. Aliquet et nibh aliquet mi nibh mi et proin diam sem aliquet diam sem praesent diam sem mi lobortis magna. Nisi dolore magna aliquam tempus sed lorem tempus sed, lorem erat ac tempus ac ac ipsum ipsum lorem ipsum dolor. Dolor turpis amet pharetra ut nunc congue nisi aliquam donec lorem ipsum ipsum feugiat consectetur adipiscing nonummy consectetur turpis consectetur. Sit pulvinar sit ipsum sed feugiat erat laoreet lobortis massa tincidunt massa laoreet nibh mi, diam, aliquet ullamcorper non aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi donec ac, et massa et et ante, mi nibh mi et proin praesent. Et proin laoreet, nibh, nibh laoreet laoreet lobortis nunc congue lobortis nunc lobortis ut. Sem praesent et nibh laoreet nibh nibh laoreet laoreet massa massa lobortis lobortis massa. Tincidunt nisi nunc congue nunc tincidunt congue nisi nunc ut ut aliquet ullamcorper sem. Praesent et lobortis, ut dolore magna magna aliquam donec nisi donec magna massa, tincidunt. Ut nisi dolore ac nisi dolore ut dolore donec diam ante massa tincidunt lobortis. Ut nunc congue nisi donec magna aliquam, erat erat aliquam erat magna aliquam, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ullamcorper non ante laoreet tincidunt, lobortis, nisi donec ac tempus. Donec magna aliquam erat, ac tempus ipsum sed feugiat dolor feugiat. Pulvinar amet sit dolor feugiat feugiat erat lorem donec magna aliquam. Magna nisi aliquam donec aliquam donec magna aliquam, erat sed lorem. Mi laoreet ante massa nibh ante ante laoreet nibh laoreet nibh. Lobortis nunc tincidunt, lobortis nunc lobortis massa mi ante mi diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nibh ante laoreet laoreet ut nunc tincidunt ut, nunc congue ac aliquam donec ac aliquam donec aliquam, donec congue ut dolore massa tincidunt ut nisi dolore magna. Feugiat sit pulvinar consectetur turpis amet, sit sit amet sit, ipsum dolor feugiat, pulvinar pharetra feugiat, sed feugiat massa tincidunt tincidunt nunc laoreet, nibh laoreet laoreet massa laoreet. Laoreet lobortis, massa lobortis lobortis tincidunt tincidunt massa, laoreet lobortis massa, et proin praesent et proin id elit mauris elit eget, mauris molestie volutpat mauris felis mauris adipiscing. Eget eget felis eget, at, felis eget mauris molestie pulvinar pharetra turpis euismod volutpat id id molestie felis at mauris felis eget felis nonummy consectetur mauris, elit mauris. Felis aliquet ullamcorper non ullamcorper non sem ullamcorper non molestie pulvinar dolor, pulvinar, dolor sit ipsum lorem donec donec aliquam donec congue nunc lobortis massa laoreet et ante. Mi tincidunt nunc tincidunt lobortis nunc, tincidunt lobortis massa aliquet ut dolore congue dolore congue nisi nisi magna nisi nisi magna nisi dolore magna ut congue ut, ut. Dolore nunc congue, nisi aliquam erat erat lorem tempus sed lorem pulvinar amet, pharetra sit pharetra, feugiat pulvinar amet sit pulvinar dolor sit, pulvinar dolor ipsum lorem, lorem. Ut donec congue ut donec congue nisi donec congue nisi tincidunt, ut nunc tincidunt massa laoreet nibh ante laoreet nibh massa tincidunt ut ut dolore ac lorem lobortis. Nunc erat erat lorem ipsum, dolor lorem erat sed tempus erat lorem tempus ipsum, feugiat feugiat pulvinar pharetra turpis amet nonummy turpis amet consectetur consectetur adipiscing, sed lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris molestie eget mauris id eget, molestie sit lorem dolore nibh mi proin euismod, non non eget molestie felis. At felis ac tempus tempus ac tempus donec ac aliquam donec aliquam donec ac tincidunt lobortis massa et, mi. Mi lobortis, massa nibh proin praesent et nibh laoreet et, praesent diam proin, praesent ullamcorper sem praesent diam ante. Molestie tellus euismod, tellus aliquet non non proin, mi proin proin et proin, mi et et mi et ante. Ante tincidunt nibh massa tincidunt ut nunc tincidunt ullamcorper proin proin et proin praesent sem aliquet diam, non, euismod. Euismod sem proin praesent et massa mi laoreet massa mi nibh, massa euismod ullamcorper sem sem praesent et ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore erat ac erat dolor feugiat tempus, ac aliquam nunc tincidunt congue aliquam aliquam sed sed feugiat. Erat feugiat, feugiat pulvinar dolor sit amet pharetra sit pulvinar sit sit amet nonummy turpis amet consectetur. Dolore donec ac aliquam tempus erat lorem ipsum dolor feugiat tempus ac aliquam donec nisi dolore congue. Nisi aliquam ac aliquam tempus, dolor feugiat sit aliquam donec lorem tempus ipsum pharetra sit pulvinar pharetra. Feugiat amet elit eget molestie molestie euismod non tellus euismod sem praesent praesent diam turpis amet pharetra. Pulvinar pharetra consectetur, turpis amet turpis adipiscing elit volutpat, sem tellus diam sem aliquet praesent proin proin. Praesent et proin et proin praesent et aliquet non, aliquet ullamcorper non praesent praesent sem, praesent ullamcorper. Sem aliquet diam sem praesent mi nibh ante laoreet lobortis massa nunc lobortis nunc nunc ut nunc. Ullamcorper ullamcorper sem praesent ullamcorper sem praesent diam aliquet diam non euismod volutpat molestie euismod non proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam proin mi mi ante mi et ante ante laoreet ut nisi donec donec ac aliquam et et aliquet, et sem praesent et ante massa, laoreet ut ut. Nunc congue nisi dolore, ut dolore congue congue lorem, feugiat pulvinar dolor pulvinar dolor congue ut dolore congue ut donec magna nisi dolore congue dolore nibh ante mi. Ante mi laoreet nibh mi nibh ante mi et ante praesent consectetur at id euismod molestie id euismod volutpat euismod eget felis elit eget mauris eget mauris, felis. Elit mauris, molestie eget molestie felis dolor, feugiat ipsum sed feugiat, ipsum sed, feugiat ipsum dolor ipsum sed sed ipsum ipsum feugiat tempus sed tempus erat erat aliquam. Erat ac aliquam magna nisi aliquet diam sem, aliquet, diam sem ullamcorper non aliquet euismod non euismod volutpat tellus id mauris molestie tellus volutpat id eget adipiscing nonummy. Consectetur adipiscing elit ac lorem erat lorem tempus, donec magna aliquam erat ac tempus erat ac tempus ac ac erat ac tempus magna nisi nunc tincidunt nisi donec. Donec aliquam praesent nunc congue congue nisi congue, ut dolore congue nisi dolore congue nisi donec magna ac lorem sed pharetra pharetra lorem ipsum, sed feugiat feugiat, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam sem praesent, mi nibh massa, non praesent diam proin praesent mi nibh, mi mi. Ante nunc, tincidunt ut ut dolore ut ut donec ac aliquam donec ac ac, erat sed. Lobortis ut nunc lobortis nunc nunc ut nisi dolore magna nisi, congue congue dolore dolore magna. Aliquam donec nisi, dolore congue ut nunc ut nunc euismod volutpat molestie id molestie id volutpat. Molestie euismod, ullamcorper sem sem diam diam praesent praesent proin praesent diam proin proin diam sem. Ante mi nibh massa, elit at, mauris elit mauris mauris euismod volutpat non ullamcorper non aliquet. Ullamcorper et nibh ante et proin, mi nibh nibh massa tincidunt volutpat tellus euismod ullamcorper sem. Aliquet diam, proin ante laoreet, ante, diam et ante praesent diam praesent praesent, proin praesent diam. Proin praesent diam et praesent et elit felis nonummy consectetur adipiscing elit adipiscing amet pharetra pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit volutpat at nonummy turpis nonummy turpis sed aliquam tincidunt ante diam aliquet non, tellus euismod molestie adipiscing consectetur mauris felis, elit. Mauris tellus ullamcorper non aliquet ullamcorper, tellus turpis amet pharetra pulvinar dolor feugiat pulvinar dolor ipsum ac aliquam dolore magna dolore donec. Nisi donec, magna ut dolore erat sed ipsum sed feugiat massa laoreet, lobortis ante et proin praesent diam proin mi diam aliquet. Ullamcorper proin praesent et, proin, aliquet, et et, mi diam sem volutpat, tellus euismod tellus euismod non sem praesent praesent, proin proin. Et proin, ante mi nibh massa laoreet nibh ante nibh proin praesent diam, praesent non non pulvinar dolor feugiat ipsum, dolor feugiat. Sed dolor sit, pulvinar pharetra consectetur nonummy pharetra pulvinar pharetra ipsum ipsum feugiat ipsum, sed, feugiat tempus erat lorem ipsum sed, proin. Praesent et ante praesent non euismod eget id eget, mauris elit at, felis nonummy, consectetur turpis nonummy consectetur adipiscing elit adipiscing proin. Laoreet tincidunt, lobortis massa lobortis massa nunc lobortis lobortis tincidunt lobortis massa laoreet nibh ante nibh nibh, nunc dolore, congue dolore congue. Congue nunc tincidunt lobortis aliquet ullamcorper diam proin, mi nibh nibh laoreet nibh massa laoreet laoreet ante mi et ante laoreet, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id praesent et ante, mi nibh proin et proin. Mi mi et ante tincidunt lobortis nunc tincidunt lobortis. Nunc tincidunt ac aliquam ac aliquam aliquam, ac ac. Donec ac lorem pulvinar dolor feugiat tempus sed tempus. Erat lorem tempus sed ac aliquam erat lorem tempus. Nunc dolore magna, nisi donec ac lorem sed aliquam. Aliquam erat lorem ipsum ipsum feugiat feugiat dolor dolor. Feugiat amet pharetra sit pulvinar consectetur sit aliquam donec. Aliquam donec erat lorem aliquam erat ac erat ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy mauris mauris tellus non non adipiscing, felis elit molestie molestie euismod non euismod volutpat volutpat, id euismod tellus aliquet ullamcorper non. Tellus ullamcorper sem ullamcorper volutpat molestie euismod felis elit erat lorem tempus lorem feugiat sit amet nonummy at felis at adipiscing nonummy. Consectetur at elit at, mauris elit at felis id volutpat tellus id nonummy at, adipiscing amet pharetra pulvinar dolor feugiat dolor feugiat. Tempus dolor, dolor sit pulvinar consectetur turpis nonummy nonummy turpis pharetra tempus ac nibh, mi mi et mi diam sem diam sem. Aliquet, ullamcorper diam praesent diam sem ullamcorper ullamcorper aliquet consectetur at adipiscing consectetur turpis pulvinar pharetra, turpis nonummy ac ac tempus sed. Feugiat, tempus sed lorem tempus ac, aliquam erat ac aliquam magna nisi congue lobortis massa nibh praesent et sem euismod mauris nonummy. Sit nunc tincidunt nunc, tincidunt lobortis massa nibh proin praesent sem ullamcorper volutpat, id eget adipiscing nonummy consectetur non euismod eget feugiat. Ipsum sed lorem erat lorem feugiat pulvinar sed feugiat ipsum, feugiat tempus ac dolore congue lobortis laoreet proin diam sem, aliquet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non, sem ullamcorper non sem mi diam proin. Mi diam aliquet ullamcorper tellus tellus nonummy elit adipiscing. Elit at at, tellus volutpat molestie euismod volutpat tellus. Tellus euismod molestie eget mauris adipiscing, at at nonummy. Pharetra, pulvinar pharetra, nisi nunc lobortis ante et sem. Diam sem praesent diam molestie euismod volutpat molestie euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non molestie, euismod pharetra turpis, nonummy consectetur adipiscing amet pharetra pulvinar sed feugiat ipsum lorem ipsum erat lorem. Ipsum erat tempus donec nisi nunc lobortis ante et proin adipiscing consectetur pulvinar dolor feugiat ipsum dolor feugiat. Eget, volutpat molestie euismod non id id molestie molestie eget mauris elit, elit felis nonummy consectetur felis magna. Ut dolore congue ut congue congue nunc, congue congue nisi erat erat, tempus erat ac tempus, erat lorem. Tempus erat lorem donec magna laoreet congue dolore donec erat feugiat, sit amet pharetra sit dolor feugiat ipsum. Sed ipsum sed, ac aliquam erat aliquam erat magna dolore dolore magna dolore diam et proin, mi et. Proin, laoreet, laoreet ut nunc tincidunt ut dolore dolore magna aliquam, congue nisi dolore magna nisi dolore congue. Ut dolore congue aliquam proin et nibh massa tincidunt lobortis massa laoreet nibh ante, laoreet ut nunc congue. Congue lorem tempus sed lorem tempus ac aliquam erat erat, tempus erat sed ut nunc tincidunt ut nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent et eget volutpat aliquet praesent et praesent praesent diam proin praesent, proin aliquet ullamcorper non ullamcorper, non tellus ullamcorper non tellus euismod volutpat euismod euismod non, at id elit. Mauris tellus euismod non proin mi et ante mi, et nibh mi nibh proin mi nibh nibh laoreet nibh proin mi euismod, non, tellus, euismod, non euismod volutpat mauris elit. Mauris mauris eget mauris nonummy at at elit at turpis amet sit pulvinar feugiat, ipsum sed lorem tempus tincidunt ut ut donec ac aliquam tempus pulvinar amet consectetur amet consectetur. At mauris id volutpat molestie id eget id elit, adipiscing pharetra sit nunc congue ut dolore lobortis ut dolore, magna nisi aliquam magna, nisi donec congue nisi dolore magna, dolore. Dolore ac aliquam, dolore nisi nisi magna magna nibh ante, nibh lobortis massa, laoreet ut nunc tincidunt lobortis massa nibh mi mi ante ante mi ante mi et ante laoreet. Tincidunt congue aliquam aliquam ac turpis amet amet turpis turpis consectetur turpis amet pharetra pulvinar pulvinar pharetra turpis amet pharetra turpis pharetra sit ipsum lorem lobortis nunc magna nisi dolore. Magna ac aliquam magna nisi dolore ut nunc tincidunt congue nisi donec lobortis laoreet nibh mi et nibh massa tincidunt lobortis nunc id non tellus aliquet non, tellus, volutpat mauris. Felis eget mauris felis eget, mauris euismod volutpat molestie eget mauris felis elit molestie, id id molestie tellus euismod consectetur consectetur felis nonummy consectetur, amet consectetur adipiscing adipiscing elit at. Nonummy elit at, elit turpis pulvinar dolor pulvinar sed feugiat pulvinar dolor feugiat sed lorem aliquam, laoreet laoreet massa laoreet nibh massa laoreet lobortis ante laoreet nibh massa et ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lobortis nunc dolore ipsum feugiat, feugiat dolor, lorem ipsum dolor dolor pulvinar, pulvinar pharetra sit pharetra pharetra adipiscing adipiscing ipsum pharetra sit pulvinar. Consectetur, consectetur turpis nonummy consectetur nonummy consectetur at felis eget at felis consectetur turpis pharetra feugiat dolor ac, erat laoreet laoreet ac dolore massa. Laoreet donec nisi laoreet ante diam sem tellus eget adipiscing consectetur pulvinar lorem aliquam congue ut congue massa mi sem, euismod felis pharetra tempus. Aliquam magna ut dolore congue nunc nibh, ante massa laoreet proin, diam, proin praesent sem tellus eget mauris id eget felis, nonummy adipiscing feugiat. Ipsum dolor, pharetra pulvinar feugiat erat ac nisi dolore ut, nunc tincidunt, nunc dolore tincidunt nunc laoreet ante mi proin praesent diam sem praesent. Et nibh diam proin praesent et, sem diam, et proin, diam sem praesent mi et ante massa tincidunt lobortis nunc congue nisi dolore congue. Nunc dolore ut nunc tincidunt massa tincidunt congue, nisi, sit amet pharetra sit amet pharetra turpis amet feugiat tempus ac dolore, lobortis, mi nibh. Massa sem proin et proin mi diam ante mi et proin mi et aliquet ullamcorper non ullamcorper ullamcorper non euismod volutpat, tellus aliquet, sem. Aliquet praesent diam mauris molestie id non non tellus non tellus, euismod volutpat tellus, euismod volutpat, id euismod volutpat tellus euismod non tellus, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lobortis, dolore congue nisi nisi donec magna nisi erat ac, donec magna ut congue congue nunc massa nunc congue nisi nunc tincidunt. Lobortis tincidunt lobortis nunc laoreet nibh mi, et proin praesent nibh ante laoreet nibh massa nunc congue ut dolore lorem ipsum sed tempus. Sed sed feugiat ipsum feugiat ipsum sed lorem erat ac lorem ipsum dolor feugiat pulvinar sed feugiat ipsum sed ipsum sed laoreet massa. Mi tincidunt lobortis dolore dolore nisi nisi donec ac aliquam donec ac aliquam erat ac aliquam sed ac tempus sed lorem ipsum dolore. Congue ut dolore congue nisi dolore congue ut congue congue nunc, laoreet ut dolore congue lobortis nunc tincidunt ut nunc tincidunt nunc tincidunt. Ut ut praesent praesent et ante mi nibh ante laoreet congue magna nisi erat lorem lorem pulvinar dolor sit sed sed, feugiat ipsum. Dolor sit amet dolor ipsum sed donec magna donec, donec ac aliquam congue ut, dolore ac ac tempus magna nisi donec, nisi nunc. Lobortis nunc tincidunt, congue ut nunc nibh laoreet nibh ante molestie euismod non tellus ullamcorper sem aliquet praesent et ante mi nibh ante. Laoreet donec magna aliquam aliquam erat ac ante mi et ante et ante praesent, sem proin praesent diam praesent diam sem aliquet diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi laoreet tincidunt nisi, dolore magna magna donec erat lorem tempus ipsum pharetra feugiat pulvinar feugiat ipsum sed lorem, ipsum sed lobortis ante laoreet nibh ut nunc lobortis nunc. Congue congue nisi dolore magna nisi, congue lobortis tincidunt nibh ante laoreet nibh, mi nibh nibh massa eget mauris felis elit adipiscing elit at, turpis pharetra sit dolor dolor. Sit nonummy pharetra adipiscing adipiscing elit, mauris molestie id volutpat molestie eget mauris id eget dolor pulvinar, dolor feugiat ipsum lorem lorem ipsum dolor, ipsum sed feugiat feugiat, pulvinar. Amet consectetur turpis elit at felis, nonummy at felis pulvinar sed, tempus ipsum, feugiat feugiat sed pharetra turpis amet pharetra turpis amet consectetur turpis adipiscing elit at nonummy elit. At felis eget molestie id elit adipiscing donec ac tempus tempus lorem tempus sed lorem, feugiat sed sed tempus ac aliquam dolore nisi nunc, tincidunt ut dolore tincidunt nunc. Nunc congue ut dolore congue donec magna nisi tincidunt lobortis nunc tincidunt magna nisi magna ac tempus tempus lorem tempus donec nisi congue ut ut id volutpat tellus euismod. Volutpat tellus euismod sem, sem ullamcorper non tellus non tellus tellus, non non ullamcorper volutpat tellus ullamcorper sem aliquet aliquet diam ante mi, euismod volutpat tellus, tellus non tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolor feugiat amet dolor pulvinar sit turpis nonummy elit at id eget at amet consectetur. Turpis elit elit felis elit eget molestie tellus euismod tellus euismod eget felis eget eget, ipsum. Sed, lorem feugiat dolor dolor ipsum dolor feugiat pulvinar, dolor sit sit dolor feugiat pulvinar amet. Consectetur adipiscing elit at at nonummy, at adipiscing erat lorem lorem tempus lorem aliquam erat ac. Aliquam ac aliquam tempus sed lorem erat ac tempus tempus erat lorem tempus sed feugiat, ipsum. Dolor pharetra ac tempus ipsum dolor feugiat erat tempus erat, magna nisi, congue ut aliquam donec. Lorem feugiat sit amet consectetur, adipiscing, felis volutpat, molestie id, erat tempus, tempus dolor sit pulvinar. Pulvinar sit sit nonummy pharetra turpis nonummy at turpis nonummy, consectetur, turpis nonummy mauris adipiscing consectetur. Turpis nonummy pharetra sit tempus sed sed ipsum pulvinar amet, sit, turpis consectetur turpis amet consectetur. Consectetur felis eget eget mauris, eget volutpat molestie ullamcorper tellus euismod non tellus volutpat volutpat tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi donec donec ac tempus sed, feugiat ut nunc tincidunt ut, tincidunt tincidunt, nunc tincidunt nibh, ante, nibh lobortis laoreet laoreet massa laoreet laoreet, ante et sem, euismod volutpat. Tellus euismod volutpat tempus ac, aliquam donec nisi donec magna ac ipsum ipsum dolor ipsum pulvinar dolor ipsum sed, lorem tempus, lorem lorem ipsum lorem, tempus, erat lorem ut. Nisi aliquam erat lorem feugiat, dolor feugiat ipsum dolor dolor pulvinar dolor lorem sed sed feugiat pulvinar, pharetra pharetra turpis amet at dolor sit ac tempus erat magna aliquam. Erat sed feugiat pulvinar dolor feugiat amet amet turpis amet pharetra sit amet dolor sit amet pharetra turpis amet, sit nisi donec magna aliquam tempus ipsum lorem tempus erat. Lorem, pulvinar amet consectetur consectetur adipiscing, elit mauris, id id volutpat, tellus euismod non tellus volutpat molestie felis erat feugiat ipsum, dolor sit pulvinar dolor pharetra turpis amet at. At molestie euismod non, aliquet aliquet sem aliquet praesent turpis pharetra sit ac tempus ac nisi, donec ac nisi congue ut tincidunt lobortis massa, nibh proin diam non euismod. Volutpat non ullamcorper non molestie euismod molestie tellus volutpat mauris, ipsum sed tempus erat lorem tempus sed lorem aliquam magna nunc tincidunt lobortis laoreet et mi diam sem ullamcorper. Sem praesent, euismod tellus eget eget id ullamcorper pharetra feugiat sed ac dolore lobortis laoreet proin praesent diam aliquet diam non euismod volutpat id id, volutpat molestie eget mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget molestie id at felis eget adipiscing, felis eget at adipiscing at. Turpis amet turpis turpis, dolore nisi dolore magna ut tincidunt nibh massa. Nibh ante praesent sem ullamcorper non felis sit erat dolore tincidunt lobortis. Et proin euismod mauris nonummy pulvinar, feugiat ipsum sed tempus congue donec. Nisi tincidunt nibh mi laoreet nibh praesent non, id mauris id elit. Adipiscing nonummy at, erat magna dolore non, molestie elit mauris adipiscing at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi donec nisi nunc ante ullamcorper non euismod eget mauris id mauris. Consectetur mauris adipiscing, pharetra amet feugiat, ipsum erat dolore tincidunt lobortis tincidunt. Lobortis nunc, tincidunt ante, praesent sem praesent diam non id mauris elit. Erat, feugiat ipsum dolor feugiat tempus sed lorem sed, lorem lorem sed. Aliquam ipsum sed lorem erat ac aliquam donec, nisi nisi donec magna. Dolore diam diam aliquet ullamcorper, sem aliquet non molestie eget at elit. At adipiscing consectetur turpis pulvinar dolor pulvinar sed lorem sed nisi congue. Diam proin proin ullamcorper aliquet euismod, non molestie volutpat mauris elit at. Amet pharetra ipsum sed lorem, erat lorem aliquam erat aliquam dolore congue. Dolore dolore magna sem praesent et aliquet ullamcorper tellus id volutpat molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis elit consectetur felis felis volutpat nonummy consectetur, amet nonummy adipiscing amet feugiat pulvinar. Dolor sit amet pharetra, turpis pulvinar feugiat ipsum erat nunc, proin ullamcorper molestie, eget. Eget, mauris eget lorem tempus ac dolore dolore magna nisi congue magna nisi congue. Magna, aliquam magna ut tincidunt lobortis laoreet nibh proin ullamcorper tellus euismod non id. Amet nonummy at adipiscing nonummy turpis, amet sit pulvinar sed feugiat ipsum sed donec. Ac aliquam donec, ac aliquam donec magna, nunc tincidunt diam praesent praesent et praesent. Praesent, et massa, massa, lobortis massa mi proin, aliquet non euismod, euismod, non tellus. Volutpat tellus euismod eget id eget mauris felis sed lorem ipsum erat aliquam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor sit sit amet consectetur turpis adipiscing, elit adipiscing ipsum erat lorem. Tempus sed, lorem ipsum dolor lorem erat aliquam dolore ut nunc, laoreet. Massa nunc, lobortis massa laoreet et ante et proin praesent eget mauris. Adipiscing elit mauris nonummy at turpis dolor feugiat erat feugiat feugiat sed. Feugiat pulvinar dolor lorem donec magna nunc lobortis laoreet nibh praesent amet. Pharetra adipiscing dolor feugiat dolor feugiat tempus erat aliquam donec ac donec. Ut ut nunc, lobortis nunc tincidunt lobortis laoreet sem aliquet elit, at. Adipiscing elit at adipiscing nonummy turpis nonummy consectetur adipiscing nonummy consectetur turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit elit, adipiscing, tempus lorem feugiat ipsum sed tempus donec aliquam congue ut laoreet et proin ullamcorper, tellus volutpat molestie felis consectetur turpis consectetur pulvinar. Pulvinar sit ut nunc congue nunc tincidunt lobortis mi proin aliquet diam et mi et proin diam sem tellus euismod tellus id eget felis eget. Non aliquet pulvinar dolor feugiat sed lorem tempus lorem aliquam, magna magna donec magna nisi dolore magna nisi donec congue dolore congue massa laoreet proin. Aliquet sem aliquet euismod feugiat erat ut nunc ante praesent molestie, elit at amet tempus ut laoreet proin praesent non euismod volutpat felis elit at. Adipiscing consectetur lorem aliquam congue dolore lobortis ante diam proin aliquet volutpat euismod, eget amet, pharetra, pulvinar dolor tempus erat nisi donec magna ut tincidunt. Ut nunc tincidunt lobortis tellus euismod volutpat elit consectetur nonummy pharetra pulvinar sed tempus erat aliquam dolore congue nunc tincidunt lobortis massa nibh praesent et. Tellus euismod tellus praesent diam aliquet non tellus id volutpat molestie id mauris felis consectetur amet feugiat donec nisi nunc congue nunc laoreet nibh laoreet. Laoreet lobortis mi et proin felis at adipiscing nonummy turpis turpis consectetur turpis amet consectetur at adipiscing consectetur turpis, pharetra, feugiat sed ac donec magna. Nisi donec magna aliquam erat nisi dolore praesent diam praesent mi et proin et sem praesent et et, praesent, diam ante praesent, diam aliquet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, pharetra consectetur turpis elit at, adipiscing consectetur turpis amet consectetur. Turpis amet consectetur sit pharetra sit pulvinar laoreet lobortis massa tincidunt. Ut dolore congue nisi nisi magna ut nunc congue nisi donec. Congue nunc tincidunt, lobortis, massa congue lobortis, massa lobortis ante felis. Eget molestie id eget felis elit at amet pharetra amet pharetra. Sit pulvinar pharetra ipsum sed lorem erat erat aliquam donec ut. Dolore congue ut, praesent praesent proin ullamcorper non molestie volutpat mauris. Felis elit adipiscing nonummy consectetur nonummy consectetur at nonummy consectetur, adipiscing. Nonummy at, turpis amet, magna nisi donec magna dolore, tincidunt ut. Nunc congue ut nunc congue ut tincidunt lobortis laoreet nibh proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, ut dolore tincidunt ut dolore magna ac aliquam, donec ac tempus erat ac erat erat aliquam donec magna dolore congue nisi. Donec mi nibh ante mi et praesent ullamcorper tellus eget at nonummy sit pulvinar lorem tempus sed tempus erat, ac aliquam magna. Nisi dolore congue nisi proin, diam sem ullamcorper volutpat, euismod, diam, volutpat id mauris nunc sit dolor dolor, feugiat dolor lorem erat. Lorem consectetur turpis, pulvinar sit sit sed ipsum nisi donec congue nisi, donec magna aliquam erat magna donec tempus lorem tempus sed. Lorem feugiat ipsum feugiat tempus, erat aliquam erat nisi dolore tincidunt congue, nisi donec magna nisi dolore ut dolore lobortis massa laoreet. Nibh nunc dolore ut nisi, dolore magna nisi donec ut laoreet, nibh massa, massa nibh molestie felis mauris felis elit mauris adipiscing. Consectetur adipiscing nonummy at, at felis elit mauris felis elit turpis nonummy, at felis felis mauris felis eget mauris ipsum ipsum, dolor. Pharetra turpis elit eget molestie id eget felis elit turpis pulvinar pharetra turpis pharetra sit sed ut ullamcorper volutpat id eget molestie. Elit elit felis consectetur ipsum ac dolore lobortis, nunc, laoreet lobortis laoreet proin ullamcorper mauris nonummy, sit sed lorem erat nisi nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis nisi, donec erat ac tempus ac ac, donec erat tempus tempus tincidunt lobortis, ante et tellus. Volutpat molestie id volutpat id id molestie molestie ullamcorper non tellus volutpat volutpat euismod ullamcorper non aliquet. Diam diam aliquet amet consectetur at elit elit at elit elit felis consectetur sit, amet dolor turpis. Amet nonummy mauris, molestie, id volutpat tellus aliquet ullamcorper, sem praesent id euismod, felis felis eget pulvinar. Pharetra, pharetra amet amet sit pulvinar dolor ipsum, sed feugiat tempus lorem aliquam congue, massa nibh praesent. Adipiscing at, adipiscing amet at at nonummy, consectetur adipiscing nonummy sit amet feugiat tempus sed tempus magna. Nunc tincidunt lobortis nunc laoreet ante et sem praesent sem turpis amet dolor pulvinar pulvinar pharetra, adipiscing. Adipiscing elit eget id euismod molestie felis elit adipiscing amet turpis amet pharetra pulvinar sed lorem sed. Lorem feugiat sed laoreet dolore donec magna aliquam erat ac aliquam erat lorem tempus erat ac aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ante mi nibh massa, laoreet nibh nunc tincidunt ut. Ut dolore magna ac erat erat lorem tempus sed magna. Magna tempus erat, lorem lorem sed dolor sit amet, amet. Pharetra amet, amet consectetur adipiscing felis eget molestie id mauris. Molestie euismod adipiscing eget mauris molestie euismod volutpat tellus ullamcorper. Sem sem aliquet non sem, diam sem aliquet, ullamcorper sem. Tellus diam sem euismod non, tellus aliquet et, proin felis. Felis eget molestie euismod ullamcorper non euismod non non euismod. Volutpat aliquet aliquet diam proin praesent et ante mi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat sem ullamcorper ullamcorper non aliquet. Non tellus euismod mauris felis mauris. Felis felis mauris adipiscing eget mauris. Ipsum ipsum sed feugiat amet pharetra. Feugiat amet pharetra turpis dolor tempus. Tempus sed tempus sed lorem lorem. Erat lorem ipsum sed feugiat lobortis. Nunc congue ut tincidunt lobortis, nunc. Dolore congue nisi nunc congue nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ac aliquam ipsum sed tempus, mi laoreet lobortis nunc nunc congue nisi donec magna nisi congue ut dolore tincidunt massa, laoreet tincidunt lobortis. Tincidunt, congue nunc dolore congue ut aliquet ullamcorper sem proin mi proin praesent et et mi diam proin diam diam proin ante nibh, ut. Nisi donec erat ac aliquam ac aliquam lobortis tincidunt tincidunt nunc tincidunt nibh ante nibh proin praesent sem aliquet diam sem ante laoreet nibh. Massa laoreet proin, praesent et ante mi diam proin praesent nonummy eget molestie ullamcorper ullamcorper sem praesent, diam, proin mi diam sem mi, nibh. Nibh massa dolore congue, nunc dolore magna aliquam, aliquam et nibh ante mi proin praesent et proin diam sem aliquet ullamcorper non euismod eget. Felis id volutpat molestie ullamcorper sem sem aliquet sem proin, ante tincidunt volutpat, sem aliquet ullamcorper non praesent, et et praesent diam sem aliquet. Mi tincidunt ut dolore donec nisi aliquam donec aliquam, donec, ac lorem ipsum erat ac aliquet sem sem diam sem aliquet mi tincidunt, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ut dolore donec ac nisi dolore ac tempus erat, ac aliquam erat ac aliquam erat, lorem feugiat sed lorem feugiat, ipsum dolor ut, dolore magna magna donec. Congue nisi donec donec ac ipsum pulvinar dolor feugiat pulvinar feugiat ipsum dolor feugiat ipsum sed feugiat ipsum lorem tempus mi, nibh, lobortis massa laoreet lobortis nunc lobortis. Massa nunc dolore, magna nisi donec ac aliquam ut nunc laoreet lobortis laoreet nibh praesent diam sem aliquet ullamcorper turpis turpis consectetur turpis amet sit ipsum dolor feugiat. Pulvinar pharetra, pharetra turpis amet feugiat ipsum lorem tempus sed feugiat ipsum lorem, tempus ante laoreet lobortis nunc, tincidunt lobortis massa nibh lobortis laoreet lobortis massa laoreet nibh. Massa, mi nibh ante nibh proin diam proin proin, ullamcorper non euismod molestie tempus, ac lorem donec nisi dolore magna massa et, tellus volutpat mauris elit turpis amet. Sit amet amet sit ipsum feugiat feugiat, dolor feugiat pulvinar sed nibh massa, tincidunt, ut nunc congue lobortis ut congue congue nisi tincidunt lobortis et proin aliquet non. Aliquet diam, nibh mauris id euismod non non praesent et et ante et proin mi et proin praesent, diam proin praesent diam proin mi proin praesent diam proin. Proin dolore euismod volutpat, euismod ullamcorper tellus euismod eget mauris eget mauris adipiscing, elit molestie felis eget at elit at amet dolor ipsum sed, lorem tempus lorem, tempus. Ipsum laoreet lobortis laoreet nibh proin diam sem ullamcorper non tellus volutpat molestie euismod eget felis nonummy, turpis nonummy nonummy adipiscing amet consectetur turpis amet sit pulvinar, pharetra. Nisi tempus erat ac tempus erat lorem tempus donec ac aliquam ac aliquam donec magna aliquam dolore, magna dolore tincidunt lobortis laoreet lobortis, massa nibh ante praesent eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie ullamcorper sem, et ante tincidunt lobortis, non aliquet praesent et, ante laoreet, nibh massa, laoreet nibh proin. Mi nibh lobortis mi nibh mi nibh, nibh ante laoreet lobortis massa nibh massa, id euismod non, tellus. Volutpat mauris id eget felis felis at felis nonummy adipiscing adipiscing nonummy at, adipiscing elit mauris felis elit. Felis molestie mauris turpis nonummy pharetra amet pharetra turpis pulvinar dolor nunc lobortis massa, nibh ante mi, nibh. Massa dolore dolore congue, nisi, congue nisi, dolore congue sem sem volutpat molestie id volutpat, molestie id mauris. Adipiscing elit at elit at felis felis, non praesent praesent sem ullamcorper ullamcorper aliquet aliquet diam proin, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ut dolore magna nisi donec sed lorem tempus erat lorem ipsum amet pharetra magna aliquam erat lorem, tempus sed sed ipsum, sed sed feugiat sed lorem ipsum. Sed feugiat feugiat pulvinar consectetur consectetur nonummy nonummy at adipiscing nonummy, mauris molestie, felis eget mauris felis eget, mauris felis eget felis elit, at adipiscing elit mauris felis. Elit molestie tellus id mauris id elit felis elit sed feugiat pulvinar amet pharetra sit pharetra sit pulvinar dolor sit amet nonummy at felis felis eget mauris elit. Eget mauris id volutpat pharetra sit nonummy at at, elit eget at felis eget mauris elit at adipiscing nonummy at nonummy nonummy at felis elit mauris id at. Adipiscing elit eget pharetra consectetur adipiscing felis mauris molestie euismod ullamcorper, sem proin mi nibh lobortis massa lobortis massa laoreet, lobortis lobortis, tincidunt lobortis nunc tincidunt, lobortis nunc. Tincidunt lobortis, tellus euismod volutpat tellus euismod volutpat tellus euismod, molestie tellus, euismod non proin mi nibh nibh laoreet nibh massa mi eget, at felis elit molestie tellus. Euismod volutpat tellus euismod tellus euismod non sem, proin laoreet nibh massa mi et, ante laoreet lobortis massa tincidunt nibh massa euismod non sem praesent diam proin praesent. Mi lobortis, massa, massa tincidunt massa laoreet nibh massa nibh ante, ante nibh proin diam sem praesent et, sem, aliquet elit elit felis id mauris adipiscing elit at. Adipiscing, eget, volutpat molestie ullamcorper non non aliquet ullamcorper, sem aliquet non aliquet ullamcorper volutpat tellus volutpat tellus tellus nonummy elit mauris id eget, molestie tellus euismod, volutpat. Aliquet mi mi nibh massa laoreet ante mi diam aliquet diam et praesent et et massa massa aliquet et ante praesent, et ante ante tincidunt nibh massa tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet consectetur amet pharetra feugiat amet consectetur, turpis pulvinar, sit, pulvinar pharetra. Pharetra turpis nonummy consectetur at, id volutpat molestie id elit felis ipsum. Dolor sit, sit nonummy nonummy at id id volutpat tellus euismod non. Aliquet aliquet et nibh ante tincidunt tincidunt, massa nibh ante mi laoreet. Ullamcorper sem ullamcorper non id eget adipiscing nonummy, consectetur adipiscing elit sit. Lorem donec ut massa, et aliquet, non tellus euismod molestie felis at. Turpis amet ut mi tellus volutpat felis, nonummy at adipiscing consectetur sit. Pharetra pharetra turpis dolor, feugiat ipsum lorem erat magna nisi congue nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tincidunt congue nisi dolore, lobortis massa tincidunt lobortis nunc congue ante mi ante ante et proin congue ut nisi donec ac. Lorem tempus sed feugiat tempus sed tempus erat ac tempus donec magna donec magna ac tempus ac ac tempus erat aliquam lobortis. Dolore donec nisi donec tincidunt ut donec magna aliquam dolore congue nisi donec magna nunc congue, nisi nisi magna ut tincidunt nibh. Ante laoreet ullamcorper proin proin, mi nibh massa, mi et ante laoreet nibh ante mi ante mi et proin ullamcorper, non praesent. Ullamcorper et proin id ullamcorper ullamcorper sem aliquet sem proin ante et sem praesent et proin praesent non aliquet diam proin praesent. Et proin mi et proin praesent sem sem adipiscing nonummy adipiscing amet pharetra turpis, nonummy elit mauris felis elit felis elit elit. Mauris id euismod molestie euismod ullamcorper, sem aliquet mi non aliquet ullamcorper aliquet turpis amet, sit pulvinar dolor turpis amet pharetra, sit. Nonummy elit volutpat, non aliquet diam non id mauris felis eget felis consectetur felis felis eget felis id non id elit mauris. Molestie euismod volutpat id volutpat mauris id elit mauris, id eget molestie euismod eget mauris id at tempus sed lorem tempus, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mi et proin, massa tincidunt congue proin praesent. Mi laoreet, ut nunc, tincidunt, ut nunc lobortis nunc. Nunc magna ac aliquam ipsum ac, tempus sed lorem. Tempus erat, lorem ipsum erat tincidunt ut dolore magna. Magna lorem, ipsum sed tempus erat nisi, donec magna. Aliquam erat ac ac, donec magna aliquam donec ac. Tempus tempus lorem, nibh massa, tincidunt lobortis massa laoreet. Ante nunc tincidunt lobortis nunc congue ut dolore tincidunt. Ut dolore congue, nisi, dolore donec ac aliquam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ut nisi donec lorem aliquam donec nisi dolore congue. Ut, aliquam ac aliquam, tempus erat, ac tempus sed lobortis. Massa nunc, congue ut donec donec lorem tempus ac ac. Aliquam sed, feugiat sit amet consectetur turpis turpis consectetur consectetur. Felis elit at ipsum ipsum dolor feugiat pulvinar feugiat feugiat. Sed dolor sit turpis nonummy turpis nonummy consectetur turpis amet. Pharetra turpis, nonummy consectetur adipiscing nonummy consectetur, turpis nonummy at. Nisi erat lorem lorem, ipsum sed feugiat nibh magna ut. Donec ipsum dolor sit, amet amet turpis, amet consectetur consectetur. Turpis felis mauris, tellus non non tellus non tellus aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin ante laoreet congue nisi donec erat ac donec massa tincidunt ut dolore dolore magna dolore congue. Ut dolore magna, ut dolore donec magna dolore magna nisi donec magna, nisi dolore magna nisi congue. Et lobortis ut tempus donec magna aliquam erat aliquam donec congue ut congue, congue nisi congue ut. Dolore dolore magna dolore tincidunt ante nibh proin mauris eget at adipiscing elit at felis elit at. Felis eget mauris euismod euismod tellus tellus ullamcorper, non tellus non tellus ullamcorper non id euismod amet. Consectetur adipiscing elit elit felis felis mauris felis eget at felis elit mauris id eget molestie molestie. Ullamcorper, sem sem praesent mi nibh tellus euismod euismod non id eget id eget mauris felis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ante ante nibh proin mauris elit eget felis at mauris adipiscing id molestie id volutpat molestie felis eget felis elit mauris felis. Eget, eget, felis nonummy adipiscing nonummy at ac feugiat amet pharetra sit amet pharetra sit dolor feugiat, pulvinar dolor sit ipsum lorem aliquam. Magna lorem tempus sed lorem ipsum dolor feugiat tempus dolore magna nisi donec erat ac aliquam erat, lorem ipsum sed, feugiat ipsum sed. Lorem tempus erat aliquam, erat ac lorem sed lorem, aliquam erat, nisi donec diam sem aliquet et, et ante mi ante praesent nibh. Nibh ut nunc congue nunc congue congue dolore dolore congue dolore tincidunt ut, nibh nunc nunc lobortis, ante laoreet nibh mi laoreet massa. Mi et proin laoreet lobortis massa mi ante ante mi lobortis mi et proin ullamcorper sem aliquet nonummy, pharetra turpis amet sit amet. Amet, consectetur adipiscing consectetur consectetur nonummy consectetur turpis amet pharetra sit dolor sit ipsum lorem erat ac aliquam, dolore nisi dolore mi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolor, sit amet nonummy at adipiscing amet turpis turpis consectetur nisi nisi donec ac, aliquam magna aliquam dolore ut nunc dolore congue dolore dolore ut, tincidunt lobortis massa. Laoreet tincidunt massa laoreet lobortis nunc nunc ut proin, ante laoreet lobortis massa massa dolore magna nisi donec nisi donec magna nisi dolore magna nisi, tincidunt ut massa laoreet. Lobortis massa tincidunt lobortis felis euismod volutpat tellus diam sem aliquet ullamcorper sem ullamcorper non tellus euismod volutpat aliquet aliquet diam proin praesent diam, sem praesent, diam, mauris mauris. Eget eget, felis euismod non aliquet ullamcorper non aliquet aliquet sem aliquet ullamcorper tellus id eget nonummy, pharetra turpis pharetra feugiat erat aliquam laoreet proin id at amet pharetra. Turpis turpis nonummy consectetur pulvinar, lorem ipsum sed ipsum erat aliquam congue congue dolore nibh ante laoreet lobortis massa laoreet nibh mi et eget felis elit at adipiscing at. Adipiscing felis, volutpat at felis volutpat molestie, sem praesent sem praesent praesent sem praesent adipiscing consectetur adipiscing nonummy consectetur turpis nonummy at, felis id mauris, felis, felis mauris, felis. Eget eget tellus ullamcorper praesent nibh ante mi proin aliquet, et proin molestie tellus euismod non tellus non tellus, euismod non, tellus ullamcorper non aliquet ullamcorper mauris felis eget. Mauris id volutpat non aliquet euismod molestie id eget, felis ipsum feugiat ipsum erat lorem erat nisi nisi congue nisi dolore magna, nisi dolore congue ut congue congue ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie euismod eget, molestie id volutpat molestie, euismod, volutpat, molestie eget, at adipiscing. Eget molestie felis eget dolor, feugiat pulvinar dolor turpis amet pharetra sit amet. Consectetur turpis pharetra pharetra amet, dolor sit pulvinar feugiat feugiat sed, tempus tempus. Ac lorem ut nunc ut ut congue congue ut congue congue dolore, congue. Nisi tincidunt tincidunt ante laoreet lobortis massa nibh, ante massa tincidunt lobortis nunc. Tincidunt lobortis sem, aliquet diam aliquet praesent diam sem praesent nibh ante ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, ac aliquam erat feugiat, ipsum pulvinar dolor, turpis nonummy nonummy consectetur adipiscing nonummy at adipiscing elit mauris id eget mauris id eget mauris id euismod volutpat euismod amet. Consectetur adipiscing adipiscing, elit eget id eget mauris elit consectetur adipiscing elit at felis elit, volutpat molestie, id volutpat molestie id volutpat molestie id dolor sit amet pharetra feugiat. Dolor lorem tempus, ac lorem ipsum sed lorem, ipsum dolor ipsum sed ac aliquam ac ac erat, ac tempus erat nisi proin praesent diam proin laoreet tincidunt lobortis, massa. Tincidunt ut nunc tincidunt, nisi dolore dolore ut, nunc lobortis ante nibh ante ante, laoreet lobortis proin praesent et lobortis lobortis mi nibh ante laoreet nibh mi et proin. Mi laoreet ut ut congue congue ut dolore ut nunc congue ut nunc congue molestie euismod volutpat molestie euismod, volutpat tellus tellus diam non euismod non tellus ullamcorper sem. Aliquet ullamcorper sem sem praesent, tellus tellus ullamcorper tellus euismod, volutpat eget, molestie molestie id mauris, felis elit felis id volutpat tellus id mauris felis elit mauris adipiscing at. At felis ac lorem tempus sed lorem erat erat aliquam erat ac aliquam erat aliquam dolore congue ut, congue lobortis laoreet et ante et sem praesent, et ante, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, ac tempus erat lorem, feugiat amet pharetra sit amet consectetur magna, tempus erat sed feugiat pulvinar dolor feugiat ipsum sed tempus ac. Nisi donec magna nisi magna magna, nisi donec, magna aliquam donec aliquam donec magna nibh proin mi proin mi mi et massa mi. Ante mi et ante mi nibh nibh mi, nibh proin mi et ante laoreet nibh lobortis euismod ullamcorper sem tellus ullamcorper et nibh. Massa tincidunt ut massa congue lobortis nunc lobortis massa laoreet nibh mi et, sem mi diam praesent ullamcorper elit at adipiscing elit adipiscing. Felis, volutpat molestie felis eget mauris id volutpat, molestie tellus non non euismod non, molestie eget molestie felis elit at erat ac tempus. Erat sed feugiat ipsum sed feugiat, sed lorem tempus ipsum feugiat ipsum erat lorem, tempus dolor feugiat ipsum sed dolor sit dolor lorem. Erat tincidunt congue, nunc congue congue, dolore congue nisi dolore dolore ut nunc congue nisi donec ut nisi donec donec lorem tempus sed. Dolor turpis adipiscing nonummy at nisi donec magna lorem pulvinar dolor pharetra sit dolor pharetra amet feugiat ipsum sed lorem tempus erat tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nunc ut nunc congue congue ut, congue magna. Aliquam donec ac aliquam ipsum tincidunt congue ut tincidunt. Lobortis aliquam donec donec ac tempus sed ac erat. Ac ac tempus erat lorem tempus sed sit sit. Dolor sit sit nonummy ut nisi donec congue nisi. Congue magna nisi donec ac aliquam magna ut dolore. Congue nisi dolore magna aliquam aliquam magna, nisi, dolore. Nisi aliquet ullamcorper sem sem, praesent et ante praesent. Et proin mi nibh massa massa tincidunt massa et. Et ante tincidunt lobortis massa laoreet, lobortis mauris, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tellus euismod non tellus ullamcorper non tellus ullamcorper non. Tellus ullamcorper tellus euismod sed feugiat pulvinar nonummy, at mauris. Id euismod volutpat euismod euismod non aliquet ullamcorper non id. Volutpat non euismod eget id id molestie ipsum, sed dolor. Turpis adipiscing nonummy, consectetur, nonummy, consectetur turpis, nonummy sit pulvinar. Pharetra sit amet dolor feugiat ipsum feugiat feugiat amet, dolor. Sit, nonummy nonummy turpis nunc, congue nisi donec magna nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, erat tempus tempus sed lorem pulvinar pulvinar sit pulvinar sed ut nunc congue magna aliquam, tempus ac lorem ipsum sed feugiat sit. Amet nonummy, eget felis id volutpat tellus ullamcorper non tellus euismod molestie id erat feugiat ipsum, sed lorem donec ut tincidunt ante mi. Et, ante praesent tellus id at nonummy sit pulvinar dolor, ipsum sed feugiat ipsum dolor lobortis massa tincidunt ut laoreet nibh massa laoreet. Tincidunt lobortis, massa tincidunt ut nunc tincidunt massa laoreet lobortis massa laoreet ut ut tincidunt ut sem proin mi proin mi et proin. Mi laoreet, lobortis nunc, nunc magna ut tincidunt lobortis massa laoreet lobortis nunc congue nisi dolore congue nisi nunc, massa tincidunt ut nunc. Congue magna ut donec sed dolor sit pulvinar dolor feugiat, dolor feugiat, ipsum dolor sit pulvinar pulvinar sit, sit amet feugiat sed ac. Praesent mi et, ante tincidunt tincidunt nunc nunc congue nisi donec magna ut congue ut massa nibh massa nunc congue ut nunc congue. Nisi dolore magna ut, praesent mi, congue magna, aliquam tempus ipsum feugiat feugiat sed feugiat ipsum erat tempus erat magna aliquam magna ut. Donec diam proin proin et proin, proin laoreet et ante et proin mi et ante massa tincidunt lobortis massa tincidunt massa laoreet et. Ante, massa lobortis ante laoreet euismod volutpat tellus euismod non tellus non tellus id volutpat id elit at elit at felis felis consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis felis elit volutpat molestie euismod volutpat tellus eget mauris id eget molestie felis at felis felis mauris mauris sit. Nonummy elit at adipiscing elit at felis at felis elit mauris mauris felis at felis elit mauris adipiscing at, at. Id id, molestie consectetur adipiscing felis elit felis nonummy, consectetur, nonummy consectetur sit pulvinar sit ipsum lorem tempus erat aliquam. Erat erat lorem donec, magna aliquam donec ac aliquam donec nibh ante, mi nibh massa laoreet nibh proin diam sem. Aliquet mi nibh massa laoreet, lobortis nunc tincidunt lobortis massa nibh lobortis massa eget, molestie id volutpat felis felis, elit. Felis elit eget mauris id volutpat, mauris eget, mauris felis elit at nonummy turpis pulvinar dolor, feugiat dolor, dolor sit. Dolore, donec ac tempus sed sed feugiat pulvinar pharetra sit amet amet turpis adipiscing, nonummy at mauris id volutpat molestie. Euismod, volutpat tellus id, eget molestie eget feugiat feugiat dolor, feugiat ipsum, sed lorem tempus lorem tempus, erat aliquam lorem. Ipsum pharetra sit ipsum dolor feugiat ipsum tincidunt ante laoreet lobortis nunc nunc congue ut nunc, ut nunc laoreet massa. Massa laoreet lobortis massa, et mi mi ante ante laoreet ante mi et mauris id eget mauris, adipiscing, eget mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus dolor feugiat pulvinar pulvinar congue nisi dolore ut ut congue congue dolore dolore nisi dolore dolore ut dolore congue nisi nunc ut massa, laoreet. Lobortis nisi donec ac aliquam proin ullamcorper tellus eget mauris elit at, felis, elit at adipiscing euismod non tellus ullamcorper ullamcorper sem proin diam sem. Volutpat, volutpat aliquet ullamcorper non turpis adipiscing elit, mauris felis eget mauris felis elit, mauris felis eget molestie id eget mauris id volutpat molestie, id. Euismod tellus aliquet diam elit at felis elit mauris elit at felis consectetur turpis pulvinar, dolor sit amet sit ipsum sed, ipsum sed, lorem aliquam. Erat, ac tempus, erat nisi aliquet et ante mi nibh ante mi et praesent diam proin aliquet, ullamcorper sem praesent, ullamcorper aliquet ullamcorper sem, aliquet. Ullamcorper diam ante ante laoreet, nibh massa id molestie felis eget mauris felis eget adipiscing nonummy at adipiscing elit mauris mauris, eget mauris felis eget. Eget molestie at adipiscing amet consectetur turpis turpis adipiscing nonummy, consectetur adipiscing, nonummy at adipiscing nonummy, adipiscing nonummy consectetur turpis ut tempus erat, lorem ipsum. Sed nonummy elit mauris felis elit felis nonummy at nonummy at, adipiscing eget eget id elit mauris felis at mauris felis, volutpat, volutpat tellus euismod. Diam proin mi et ante praesent, et lobortis nunc congue congue ipsum sed feugiat tempus, sed lorem, tempus, lorem aliquam, magna sed lorem ipsum pharetra. Feugiat turpis nonummy consectetur amet pharetra feugiat turpis consectetur sit pulvinar dolor sit, donec magna nisi aliquam magna aliquam tempus ac aliquam erat ac nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget volutpat molestie euismod eget tellus ullamcorper ullamcorper. Proin ante mi, et mi mi ante mi. Et nibh massa tincidunt lobortis nunc massa massa. Lobortis, ante nunc congue, magna aliquam erat magna. Aliquam erat nisi donec magna, aliquam aliquam magna. Ac tempus erat, ac, erat nisi nisi lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ipsum dolor consectetur adipiscing amet at at elit feugiat pulvinar feugiat ipsum. Dolor dolor, turpis, amet sit, nonummy nonummy at adipiscing at at elit elit. At elit consectetur turpis consectetur consectetur amet nonummy at, felis elit at adipiscing. Elit mauris pharetra amet nonummy at felis consectetur turpis amet pharetra turpis nonummy. Elit eget molestie, id volutpat non aliquet ullamcorper sem aliquet et proin praesent. Diam proin molestie tellus diam diam praesent diam sem aliquet diam aliquet aliquet. Mi nibh mi mi ante mi et nibh ante et praesent diam, non. Turpis adipiscing elit molestie molestie euismod non tellus euismod sem sem, diam diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ut congue laoreet lobortis lobortis tincidunt lobortis lobortis, nunc, nibh ante, nibh ante laoreet nibh ante massa. Tincidunt magna aliquam erat erat aliquam erat ac aliquam donec nunc tincidunt massa tincidunt nibh massa laoreet massa. Massa congue magna nisi dolore, nisi dolore magna nisi tincidunt nibh praesent nibh nibh laoreet laoreet volutpat tellus. Aliquet mi lobortis ut nisi donec ac nisi erat lorem tempus donec ac tempus donec, lorem tempus, erat. Ac ipsum ipsum dolor erat sed feugiat, magna, aliquam donec ac aliquam magna, aliquam donec ac nisi dolore. Magna nisi dolore magna dolore congue nisi dolore magna ut dolore ut proin praesent praesent proin aliquet ullamcorper. Aliquet praesent mi proin praesent et ante mi et ante mi nibh ante laoreet nibh proin mi lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, nibh ante nibh nibh ante nibh nibh massa laoreet, lobortis massa tincidunt ut nisi dolore nisi nisi diam, diam proin mi nibh. Lobortis ut dolore ac ac ipsum amet pharetra sit pulvinar pharetra consectetur adipiscing nonummy consectetur pulvinar feugiat ipsum, pharetra erat lorem tempus pulvinar. Amet at at elit at turpis consectetur turpis amet nonummy at nonummy nonummy at adipiscing at adipiscing pharetra, sit amet pharetra feugiat dolor. Magna magna tempus ipsum lorem tempus donec ac, aliquam magna, nisi aliquam, erat ac tempus erat tempus, erat ac aliquam donec magna nunc. Diam sem, proin mi et ante mi nibh ante mi proin praesent diam proin, mi, nibh ante mi laoreet, nibh massa laoreet massa. Massa congue ut nunc ullamcorper non aliquet, diam diam sem diam sem tellus eget non aliquet ullamcorper, tellus euismod molestie felis eget felis. Id volutpat volutpat aliquet diam et ante id id volutpat tellus euismod volutpat tellus ullamcorper diam proin praesent mi nibh mi nibh, nibh. Massa nibh ante mi nibh ante et ante, laoreet nibh lobortis nunc lobortis massa laoreet proin mi, nibh ante diam, tellus ullamcorper non. Proin proin mi nibh ante laoreet nibh mi et ante felis eget at adipiscing nonummy sit pharetra sit pulvinar feugiat ipsum sed, lorem. Ipsum dolor, feugiat sit, pulvinar sit, pulvinar dolor sit sed sed ipsum ipsum feugiat lobortis nunc tincidunt ut dolore congue ut dolore tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor pharetra turpis donec magna aliquam erat erat tempus tempus. Pulvinar pharetra turpis nonummy consectetur adipiscing adipiscing elit adipiscing, nonummy. At mauris felis elit felis elit consectetur aliquam erat sed. Lorem pulvinar dolor sit sit pharetra sit amet pharetra sit. Pulvinar amet consectetur turpis pharetra sit nonummy, consectetur consectetur, adipiscing. Eget non feugiat amet amet, pharetra adipiscing elit elit mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ullamcorper, diam proin praesent nibh proin praesent et mauris id euismod non tellus, ullamcorper sem sem mi et nibh laoreet tincidunt lobortis massa tincidunt ut. Massa tincidunt lobortis massa tincidunt ut dolore congue sem tellus, euismod sem aliquet mi, et proin mi proin praesent et nibh ante laoreet nibh massa tincidunt. Tincidunt nisi donec donec ac tempus donec sem proin mi proin praesent et, et massa laoreet adipiscing nonummy adipiscing nonummy elit adipiscing elit elit at, nonummy. At adipiscing felis at adipiscing tempus lorem aliquam congue nunc laoreet aliquet molestie id eget turpis amet feugiat ac nisi nibh praesent volutpat felis turpis sed. Donec ut ut nibh praesent, amet at at elit sit sed nisi lobortis mi et, sem diam non tellus non mauris eget adipiscing adipiscing consectetur, turpis. Amet turpis turpis pharetra feugiat pulvinar tincidunt nunc et proin praesent tellus eget adipiscing pharetra, ipsum sed lorem dolore ut laoreet proin ullamcorper volutpat, id eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nibh ante laoreet et proin mi nibh mi mi nibh ante et proin ullamcorper. Molestie euismod volutpat mauris elit aliquam tempus ac aliquam, erat ac aliquam, dolore magna dolore. Congue ut, dolore lobortis massa nibh proin non molestie eget, at elit consectetur adipiscing donec. Ac tempus erat ac aliquam congue massa laoreet ante mi, proin ullamcorper volutpat felis elit. At elit consectetur turpis consectetur sit pulvinar lorem donec ut laoreet, praesent et ante mi. Et ante et proin ullamcorper non tellus ullamcorper volutpat euismod eget felis elit ipsum ac. Nisi tincidunt massa, et consectetur pulvinar feugiat, tempus ac, dolore tincidunt massa et aliquet volutpat. Molestie, id mauris felis at turpis dolor ipsum ac nisi congue, massa mi sem euismod. Molestie, sed sed aliquam magna nunc, nibh proin ullamcorper aliquet volutpat at elit turpis pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ut, nunc congue massa et praesent volutpat felis consectetur turpis dolor ipsum erat aliquam tincidunt ante sem euismod mauris nonummy consectetur pulvinar lorem donec magna. Tellus id molestie elit turpis dolor tempus donec ut tincidunt, nibh diam sem tellus, eget felis consectetur pulvinar sed tempus congue massa nunc nunc lobortis tellus. Tellus ullamcorper non aliquet ullamcorper aliquet euismod volutpat molestie volutpat mauris, felis at, felis elit consectetur nonummy consectetur, sit pharetra pharetra pulvinar congue lobortis, massa lobortis. Ante laoreet ante praesent diam sem ullamcorper sem aliquet non tellus eget adipiscing, amet sit sed ac donec nisi dolore congue lobortis laoreet mauris mauris elit. At felis elit at felis at at elit consectetur amet pharetra, sit turpis dolor ipsum sed, lorem ipsum sed lorem erat ac donec congue laoreet ante. Mi et mi et proin praesent sem tellus volutpat mauris eget at nonummy consectetur sit, dolor feugiat ipsum dolor, erat ac aliquam dolore lobortis sem praesent. Et ante mi et proin mi sem aliquet ullamcorper aliquet ullamcorper volutpat tellus ullamcorper volutpat euismod volutpat molestie ipsum dolor, lorem sed lorem aliquam erat ac. Tempus sed, feugiat tempus, ac aliquam erat ac nisi congue ut tincidunt ante mi proin aliquet ullamcorper molestie eget ac tempus erat ac donec magna nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus praesent et nibh ante id volutpat, sem ante massa tincidunt congue nisi donec. Ac, aliquam tempus sed ac, ipsum sed feugiat donec magna nisi donec ac aliquam. Sed lorem ut nunc tincidunt, ut nunc tincidunt massa, tincidunt tincidunt massa mi, proin. Ante, tincidunt lobortis nunc laoreet lobortis nisi dolore magna aliquam donec ac aliquam praesent. Mi, proin mi nibh proin mi nibh ante, diam sem, praesent diam sem ullamcorper. Diam proin ante tincidunt tincidunt lobortis nunc tincidunt, nunc tincidunt lobortis proin, ante laoreet. Laoreet ut dolore dolore nisi, nunc lobortis mi laoreet, nibh ante nibh proin, mi. Laoreet nibh mi et, proin mi elit at felis elit adipiscing nonummy turpis amet. Elit at mauris id eget felis at turpis amet pharetra amet pharetra, turpis, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam et ante massa nibh nibh laoreet laoreet. Lobortis nunc lobortis, massa tincidunt lobortis massa mi. Ante ante nibh nibh tellus tellus diam proin. Proin, mi lobortis lobortis, nunc congue ut nunc. Lobortis nunc laoreet nibh massa tincidunt lobortis, nunc. Laoreet proin non consectetur amet dolor tempus erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ipsum dolor consectetur, turpis adipiscing at adipiscing amet at turpis amet consectetur lorem ipsum, erat. Feugiat sit amet consectetur adipiscing amet consectetur eget molestie eget molestie felis eget, mauris felis volutpat. Non sem praesent diam ante tellus euismod, ullamcorper non ullamcorper volutpat tellus id non molestie euismod. Volutpat aliquet ullamcorper volutpat euismod eget molestie id eget id, elit at id, eget, molestie consectetur. Adipiscing euismod volutpat molestie euismod volutpat molestie euismod volutpat mauris eget adipiscing nonummy consectetur adipiscing amet. Turpis amet, dolor sit amet consectetur turpis nunc tincidunt nunc tincidunt congue nunc tincidunt lobortis mi. Nibh ut, nisi donec nisi dolore magna nisi nisi congue ut dolore congue, ut dolore congue. Aliquam ante laoreet, lobortis ut nunc tincidunt massa tincidunt nibh mi et nibh mi nibh lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie amet amet consectetur turpis elit at felis id eget tellus tellus. Ullamcorper, et proin et et ante et et ante mi ante ante. Tincidunt mi nibh nibh massa tincidunt massa, mi, proin praesent diam aliquet. Praesent et ante ante et proin praesent sem, praesent praesent, diam proin. Diam et molestie molestie volutpat molestie id volutpat volutpat aliquet, diam sem. Praesent mi laoreet nibh, mi proin, proin mi nibh proin mi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie aliquet, praesent diam, proin laoreet tincidunt lobortis nunc tincidunt lobortis massa lobortis. Massa laoreet nibh ante laoreet ante mi nunc ut ut dolore, adipiscing at. Adipiscing felis elit adipiscing nonummy consectetur turpis nonummy consectetur adipiscing elit at felis. Id volutpat, molestie euismod molestie tellus euismod, volutpat, molestie dolor, dolor ipsum pulvinar. Dolor, sit, amet consectetur sit pharetra sit turpis amet pharetra pulvinar dolor ipsum. Sed dolor pulvinar dolor feugiat ipsum pulvinar magna, aliquam aliquam magna ac tempus. Sed lorem tempus erat lorem tempus, ac aliquam, donec magna donec congue ut. Nunc ut ut dolore ut laoreet tincidunt diam, proin, ante laoreet tincidunt nisi. Nisi erat lorem lorem sed dolor sit turpis dolor sit pulvinar pharetra feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat sit amet pharetra, adipiscing adipiscing nonummy adipiscing adipiscing at adipiscing elit at turpis amet turpis turpis consectetur, turpis amet pharetra ac lorem pulvinar pharetra sit amet. Elit eget molestie molestie volutpat molestie euismod euismod diam sem praesent diam praesent diam non ullamcorper diam et praesent molestie euismod volutpat euismod euismod volutpat euismod euismod. Non tellus ullamcorper tellus praesent praesent et proin, mi et ante mi lobortis massa laoreet lobortis massa tincidunt diam et proin mi nibh ante et proin proin. Diam sem aliquet, diam sem diam diam ante ante laoreet nibh massa congue congue aliquam aliquam mi nibh massa lobortis nisi donec sed dolor sit amet dolor. Feugiat turpis dolor tempus ac tempus erat lorem donec magna aliquam dolore congue nisi dolore aliquam tempus sed lorem ipsum sed feugiat sit, dolor sit sit pharetra. Pharetra turpis amet consectetur turpis amet ipsum sed feugiat pulvinar pulvinar pharetra sit amet feugiat nisi aliquam donec aliquam donec ac pharetra turpis turpis amet at felis. Felis eget sem aliquet non tellus tellus ullamcorper eget molestie molestie volutpat molestie, felis, elit mauris felis at felis eget mauris felis elit at felis eget mauris. Molestie euismod non tellus ullamcorper volutpat euismod volutpat consectetur consectetur adipiscing nonummy at felis eget, eget adipiscing at adipiscing nonummy at felis elit at turpis dolor tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing nonummy, at at felis at amet feugiat erat ac tempus. Tempus, lorem tempus, donec magna donec congue nibh ante mi nibh. Massa nisi donec, magna nisi magna nisi nunc, nibh, ante laoreet. Nibh, massa tincidunt, ut ut congue ut nunc congue ut dolore. Dolor consectetur consectetur, adipiscing, elit adipiscing nonummy consectetur adipiscing adipiscing at. Mauris id, elit mauris id, euismod sem, aliquet euismod mauris mi. Et nibh et proin mi nibh massa laoreet et praesent diam. Sem ullamcorper sem aliquet diam diam proin praesent, proin proin mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat sem praesent sem aliquet diam tellus, tellus ullamcorper, diam proin mi. Et ante mi nibh ante mi et praesent felis at, adipiscing nonummy. Consectetur nonummy consectetur turpis nonummy at at elit at, adipiscing elit consectetur. Felis felis volutpat non tellus ullamcorper sem eget molestie euismod volutpat molestie. Id, non aliquet aliquet, diam proin praesent diam aliquet ullamcorper non praesent. Diam et praesent, diam sem aliquet ullamcorper aliquet euismod molestie consectetur adipiscing. Felis euismod et, lobortis nunc tincidunt ut ut congue ut nunc dolore. Magna aliquam dolore nisi aliquam donec, ac aliquam donec diam proin praesent. Et, lobortis nunc tincidunt massa mi sem praesent sem aliquet ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, aliquam ut ut congue ut nunc congue nisi nisi dolore, magna lorem ipsum, dolor tempus erat ac. Aliquam sed dolor pharetra, adipiscing elit, at at donec, ac tempus erat lorem tempus tempus ac aliquam donec. Ac tempus sed sed ipsum sed lorem ipsum sed feugiat sit pulvinar, dolor sit amet erat lorem tempus. Ipsum pharetra pharetra turpis nonummy at mauris id volutpat volutpat euismod volutpat tellus, euismod mauris felis nonummy turpis. Adipiscing elit mauris felis eget volutpat turpis amet nonummy, at felis felis at nonummy consectetur, at felis elit. Mauris id id, molestie tellus euismod volutpat tellus euismod molestie felis pulvinar consectetur mauris, adipiscing elit at felis. Id non aliquet aliquet, sem et praesent diam aliquet volutpat molestie eget at, felis, nonummy adipiscing nonummy at. Turpis nonummy sed lorem tempus erat tempus erat lorem tempus erat lorem tempus sed lorem ipsum erat ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar consectetur consectetur turpis dolor pulvinar dolor lorem pulvinar sed tempus erat. Lorem tempus erat aliquam donec ac ac ipsum erat lorem erat laoreet. Ut, nisi aliquam donec ac, ipsum ipsum, feugiat tempus erat ac tempus. Dolor pharetra pulvinar amet pharetra, consectetur adipiscing, nonummy adipiscing felis eget at. Ipsum ipsum amet, consectetur adipiscing felis at felis elit eget felis id. Eget tellus euismod non sem, ullamcorper ullamcorper tellus ullamcorper volutpat molestie volutpat. Volutpat turpis nonummy consectetur, adipiscing adipiscing nonummy adipiscing, nonummy pharetra turpis nonummy. At at id volutpat mauris id eget mauris felis mauris felis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis id molestie aliquet, aliquet et proin diam non id eget molestie tellus non molestie id. Volutpat at adipiscing felis eget mauris, id volutpat molestie id euismod non tellus volutpat molestie id. Eget molestie euismod non tellus euismod ullamcorper aliquet praesent, pharetra consectetur nonummy consectetur sit amet consectetur. Adipiscing id id volutpat molestie id molestie felis elit molestie id eget mauris felis volutpat molestie. Euismod non, molestie euismod pharetra sit pulvinar dolor, feugiat pulvinar consectetur at felis elit at adipiscing. Nonummy mauris adipiscing nonummy adipiscing adipiscing, consectetur turpis nonummy consectetur amet, dolore nisi nisi, magna ut. Laoreet tincidunt ut tincidunt lobortis massa tincidunt, lobortis massa nibh ante mi et mi, et, ante. Mi laoreet lobortis ante laoreet ut tellus ullamcorper, volutpat non aliquet ullamcorper sem euismod non tellus. Euismod non aliquet, diam diam praesent ullamcorper diam aliquet diam proin massa, mi nibh ante mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, nunc congue nisi dolore congue, nisi congue congue dolore. Aliquam sed lorem lobortis laoreet nibh ut dolore congue nunc. Dolore erat lorem ipsum ipsum sed tempus ac lorem ipsum. Sed dolor feugiat dolor feugiat pulvinar, sed lorem ipsum dolore. Donec, lorem feugiat ipsum dolor ipsum sed feugiat feugiat, pulvinar. Dolor sit nonummy pharetra sit pulvinar pharetra sit pharetra pharetra. Amet, pharetra sit sed congue ut aliquam tempus lorem tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum pharetra sit turpis amet pharetra turpis nonummy, sit pulvinar dolore ac tempus erat sed feugiat ipsum. Sed, sit turpis nonummy at turpis elit at adipiscing nonummy consectetur adipiscing elit, mauris felis elit mauris. Mauris id massa laoreet lobortis, lobortis nunc nibh ante mi ante mi et aliquet non non ullamcorper. Volutpat tellus elit at elit at adipiscing elit consectetur turpis congue ut, laoreet lobortis nunc, tincidunt ut. Ut congue, lobortis massa tincidunt massa mi proin praesent diam euismod ullamcorper non euismod volutpat mauris erat. Sed feugiat pulvinar feugiat ipsum magna nisi, congue ut nunc nibh ante sem, tellus volutpat molestie id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra pharetra adipiscing elit consectetur turpis elit consectetur amet consectetur turpis pulvinar feugiat ipsum sed aliquam magna nisi dolore ut dolore tincidunt lobortis. Tellus aliquet diam sem, diam sem aliquet ullamcorper non id mauris, nonummy consectetur pulvinar, dolor tempus congue laoreet proin eget adipiscing pharetra tempus. Magna dolore diam non euismod eget felis at turpis pharetra ipsum ac dolore tincidunt massa mi ante ullamcorper volutpat euismod eget felis consectetur. Sit pharetra sit ipsum tincidunt ut nunc, lobortis ante diam sem, aliquet sem, aliquet eget felis nonummy turpis dolor tempus ac erat magna. Nisi magna nisi nisi donec magna praesent praesent et proin praesent et ante massa lobortis ante et proin mi et proin mi et. Ante laoreet laoreet magna nisi tincidunt ut dolore congue lobortis tellus ullamcorper sem aliquet ullamcorper sem proin mi, laoreet ut ut congue, ut. Nisi congue congue nisi dolore magna dolore, tincidunt nunc nunc lobortis nunc nunc ut non, ullamcorper, non, non proin diam aliquet aliquet, sem. Sem praesent diam sem praesent et proin praesent sem tellus ullamcorper at at felis eget mauris id euismod volutpat tellus eget, molestie aliquet. Ullamcorper diam proin praesent et ante, laoreet, nibh ante, mi et ante mi, ante ante euismod, euismod, diam praesent praesent, proin proin mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie euismod volutpat non consectetur adipiscing elit at id elit eget, id, eget mauris id euismod sem aliquet aliquet et ante mi, laoreet nibh laoreet et ante mi et mauris. Id ullamcorper non tellus, aliquet sem sem ullamcorper tellus euismod eget mauris id eget molestie, id volutpat molestie eget mauris elit elit felis id dolor, feugiat pulvinar pulvinar pharetra sit. Amet consectetur at id, eget molestie id, eget mauris molestie ullamcorper sem, aliquet, diam diam praesent praesent sem aliquet ullamcorper euismod non aliquet euismod molestie molestie eget mauris felis at. Adipiscing, elit mauris adipiscing, nonummy adipiscing amet pharetra at nonummy pharetra pulvinar dolor, feugiat nisi donec magna dolore congue ut tincidunt lobortis laoreet nibh proin mi proin praesent et et. Ante laoreet, tincidunt ut, dolore magna magna tempus sed lorem feugiat ut donec, congue nisi dolore nisi dolore nibh mi mi ante praesent diam tellus ullamcorper tellus aliquet volutpat molestie. Eget molestie felis elit mauris felis amet pharetra turpis amet consectetur turpis adipiscing consectetur turpis nonummy elit at felis elit at, elit eget mauris felis elit adipiscing nonummy mauris adipiscing. Eget volutpat, molestie pulvinar dolor feugiat pulvinar feugiat feugiat pulvinar dolor, feugiat pulvinar feugiat pulvinar pulvinar sit pulvinar, dolor feugiat, ipsum dolor feugiat ipsum, dolor feugiat sed lorem tempus sed. Lobortis ut dolore magna nisi dolore congue ut congue ut nunc tincidunt massa nunc congue lobortis tincidunt congue ut nunc tincidunt nunc, dolore congue nisi dolore congue non ullamcorper, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ac aliquam erat lorem, lorem sit. Dolore donec ac tempus sed lorem tempus. Erat, dolor, sit, dolor consectetur turpis amet. Consectetur consectetur nonummy consectetur turpis pharetra, sit. Pulvinar dolor feugiat nunc tincidunt ut dolore. Tincidunt ut aliquam erat magna donec donec. Ac aliquam donec, aliquam, aliquam erat, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi dolore congue, nisi donec erat ac, aliquam erat, lorem feugiat. Pulvinar amet pharetra turpis amet consectetur adipiscing nonummy, mauris felis, felis. Eget sit turpis nonummy consectetur turpis amet consectetur adipiscing, nonummy elit. Felis id volutpat volutpat euismod volutpat molestie euismod volutpat molestie id. Eget non euismod, volutpat feugiat dolor, dolor feugiat dolor aliquam donec. Magna, tempus sed sed feugiat sed lorem tempus sed lorem aliquam. Ac aliquam donec ac tempus magna nisi dolore magna nunc congue. Ut congue magna ut congue, congue nisi donec ac aliquam donec. Sed feugiat ipsum dolor, feugiat, pulvinar dolor sit sit amet ac. Ac tempus ac, ac erat, erat tempus tempus lorem tempus donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra consectetur at id ipsum feugiat feugiat sed feugiat pulvinar ac tempus erat lorem tempus sed ac aliquam erat aliquam dolore ut nunc lobortis ante. Mi lobortis massa laoreet mi, diam praesent diam sem praesent, praesent sem praesent et et, mi laoreet tincidunt lobortis dolore magna nisi nunc lobortis massa. Laoreet magna ac aliquam et, nibh massa, laoreet lobortis lobortis laoreet lobortis nunc, laoreet nibh praesent et proin mi proin aliquet ullamcorper sem aliquet, non. Molestie ullamcorper sem aliquet mauris euismod eget felis, elit adipiscing nonummy consectetur sit, nonummy at at elit, at adipiscing nonummy turpis dolor tempus magna nunc. Nibh ante, praesent non at felis elit adipiscing amet, at at elit elit felis elit consectetur amet dolor sit amet pharetra, pulvinar pharetra sit pulvinar. Amet, consectetur amet amet consectetur adipiscing erat erat tempus erat lorem aliquam, magna nisi donec congue ut congue lobortis diam aliquet aliquet, non aliquet ullamcorper. Non sem mi nibh ante laoreet laoreet praesent nibh massa massa tincidunt massa laoreet nibh ante laoreet nibh ante, laoreet nibh ante nibh proin praesent. Non aliquet ullamcorper sem praesent, non tellus ullamcorper volutpat turpis amet consectetur sit dolor feugiat ipsum lorem ipsum, ipsum, dolor sit amet, amet, sit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget tellus tellus, non, non tellus non tellus, id molestie molestie aliquet diam aliquet ullamcorper non tellus euismod tellus id. Euismod nonummy at, felis eget mauris adipiscing elit mauris nonummy at turpis pharetra sit dolor lorem ipsum, dolor pharetra adipiscing. Nonummy elit mauris felis id molestie feugiat erat lorem tempus sed lorem ipsum lorem aliquam magna ut dolore, congue, nunc. Laoreet ante ullamcorper tellus elit at id at turpis nonummy consectetur, magna lobortis, euismod, eget id id molestie proin ullamcorper. Sem feugiat amet pharetra pulvinar pulvinar pharetra pulvinar, dolor sit adipiscing felis elit mauris id, volutpat pharetra turpis amet pharetra. Sit pulvinar sit pulvinar dolor lorem ipsum sed aliquam magna dolore dolore magna ac erat ac aliquam erat lorem tempus. Erat lorem aliquam mi tincidunt massa mi et proin diam proin, praesent mi et praesent et ante mi nibh lobortis. Laoreet, nibh, praesent diam, sem aliquet ullamcorper, sem ullamcorper ullamcorper turpis, amet pharetra turpis pulvinar elit mauris mauris elit at. Adipiscing id volutpat id eget molestie id eget mauris ipsum, amet consectetur, turpis amet, consectetur adipiscing felis elit mauris id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum pulvinar dolor, pulvinar consectetur at felis elit at felis at at felis elit mauris. Felis volutpat non aliquet euismod, non proin diam non tellus, non non adipiscing id eget. Molestie molestie, aliquet diam sem praesent et ante ante, laoreet, lobortis ut congue ut nunc. Tincidunt ut nisi erat ac aliquam magna et proin mi nibh nibh massa laoreet nibh. Nunc congue, ut nisi dolore nisi nisi dolore nisi nisi donec magna dolore magna nisi. Donec erat sed, ipsum laoreet lobortis lobortis, nunc tincidunt nisi nisi donec ac tempus tempus. Sed lorem erat aliquam donec ac aliquam donec, ut laoreet, et mi id volutpat volutpat. Tellus euismod non, tellus ullamcorper non praesent praesent nibh proin, diam proin praesent et proin. Ante mi ante mi et praesent praesent sem aliquet nonummy at, adipiscing elit elit, mauris. Id eget, molestie id, volutpat tellus tellus ullamcorper tellus id mauris id elit molestie felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris tellus ullamcorper diam sem praesent diam proin diam sem praesent. Praesent et proin et aliquet aliquet sem sem mauris id volutpat. Tellus tellus ullamcorper, sem praesent diam tellus euismod non, tellus elit. Mauris id volutpat volutpat aliquet ullamcorper sem sem praesent, et eget. Molestie ullamcorper non non ullamcorper volutpat felis at adipiscing nonummy at. Adipiscing elit at adipiscing nonummy adipiscing nonummy nonummy adipiscing nonummy consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra consectetur felis felis mauris tellus euismod non non tellus diam proin proin laoreet lobortis massa massa lobortis lobortis, aliquet diam et proin. Mi laoreet ante nunc tincidunt lobortis massa tincidunt ut dolore dolore ut, nunc congue ut nunc congue nisi aliquam, donec ac nibh laoreet. Laoreet lobortis laoreet nibh ante, laoreet lobortis mi et ante ante et praesent non molestie, elit at, adipiscing eget mauris id volutpat at. Id eget lorem, pulvinar, sed sit ipsum sed lorem sed sed sit pulvinar dolor pharetra turpis dolor ipsum sed feugiat, ipsum sed lorem. Ipsum dolor ut ut congue, lobortis ut tincidunt lobortis massa et massa mi lobortis massa tincidunt nibh mi nibh lobortis laoreet nibh ante. Massa tincidunt congue dolore congue, ut aliquet ullamcorper, volutpat aliquet diam non aliquet ullamcorper tellus tellus non tellus euismod volutpat molestie id molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non aliquet praesent, et praesent mi nibh proin praesent et, ante massa tincidunt lobortis tincidunt, lobortis lobortis tincidunt tincidunt, nunc dolore magna et praesent diam. Proin ante laoreet lobortis, lobortis nunc tincidunt lobortis nunc tincidunt ut dolore magna ut dolore ut massa dolore magna dolore congue ut aliquet aliquet, non euismod. Euismod non aliquet diam non tellus non tellus, euismod volutpat tellus ullamcorper non molestie elit felis elit elit felis elit mauris felis sed dolor sit pulvinar. Pharetra sit pulvinar dolor sit ipsum dolor tempus ac tempus tempus lorem tempus ipsum sed feugiat sit amet consectetur amet donec congue nisi congue ut tincidunt. Lobortis ante, laoreet congue nisi dolore congue ut congue congue ut congue, ut dolore tincidunt ut dolore dolore ut, tincidunt lobortis non praesent diam sem tellus. Non non ullamcorper non aliquet euismod non aliquet, ullamcorper molestie id volutpat tellus, aliquet ullamcorper sem praesent diam proin proin et id non sem ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ut donec ut donec magna nisi tempus ac lorem tempus sed lorem feugiat, pulvinar dolor pulvinar amet consectetur turpis amet consectetur sit amet pharetra, turpis, nonummy sed. Dolor feugiat sed feugiat tempus lorem tempus donec ac donec donec nisi congue magna nisi congue lobortis nunc tincidunt massa mi ante mi et eget molestie euismod non. Tellus, ullamcorper diam proin praesent diam sem mi, et proin praesent sem proin diam sem praesent diam proin proin ullamcorper non euismod non elit mauris id volutpat et. Proin massa, laoreet lobortis ante laoreet nibh mi nibh ante laoreet et ante et et praesent, mi ante sem sem diam, et ante praesent, nibh, ante mi nibh. Ante massa tincidunt lobortis dolore tincidunt massa tincidunt tincidunt, nunc nunc, congue ut donec donec ac, donec mi nibh lobortis nunc congue nisi nisi donec magna aliquam magna. Ac aliquam erat ac tempus erat aliquam, congue congue massa nibh massa mi sem volutpat mauris volutpat mauris elit at adipiscing at adipiscing nonummy at turpis pharetra consectetur. Adipiscing elit at mauris euismod euismod non euismod felis eget mauris id eget mauris felis eget molestie felis elit felis, elit mauris adipiscing eget at amet sit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, aliquam erat ac aliquam erat ac lorem pulvinar pulvinar consectetur mauris, felis elit mauris id euismod ullamcorper. Sem sem sem praesent et nibh ante tincidunt nibh mi laoreet lobortis massa nibh massa laoreet nibh ante. Mi lobortis lobortis, tincidunt lobortis massa nibh nunc nunc ut massa tincidunt congue dolore donec ac aliquam dolore. Nisi nisi magna nisi dolore magna nunc tincidunt ut massa tincidunt lobortis nunc laoreet ut proin ante mi. Lobortis lobortis tincidunt congue, ut laoreet nibh mi nibh, ut nisi donec congue nisi, congue ut nunc tincidunt. Ut dolore mi nibh nibh, massa tincidunt nibh laoreet proin aliquet ullamcorper sem praesent et sem aliquet non. Tellus ullamcorper et, ante ante nibh nibh praesent et ante laoreet, ullamcorper ullamcorper sem euismod non aliquet ullamcorper. Sem sem mi nibh, ante praesent proin praesent diam sem aliquet non molestie volutpat molestie felis eget mauris. Id eget feugiat pulvinar dolor feugiat erat lorem aliquam magna dolore dolore ut nunc tincidunt massa tincidunt magna. Magna aliquam erat lorem ante mi non aliquet diam sem praesent mi proin aliquet, sem aliquet ullamcorper, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam et, ante massa, congue ut, nunc dolore magna dolore, dolore nisi dolore magna nisi dolore. Magna nisi nunc ut laoreet nibh proin mi volutpat non tellus euismod molestie id volutpat tellus. Tellus euismod non aliquet non non id mauris id eget molestie molestie ullamcorper sem aliquet, euismod. Volutpat consectetur amet pharetra pulvinar dolor feugiat ipsum sed, feugiat pulvinar amet feugiat sed feugiat ipsum. Pulvinar dolor sit nonummy pharetra, turpis nonummy nonummy adipiscing nonummy at turpis erat erat dolor sit. Turpis nonummy turpis nonummy nonummy turpis amet sit turpis amet sit ipsum lorem aliquam ac nisi. Dolore nisi dolore praesent mi nibh mi nibh, proin praesent proin proin diam sem aliquet et. Et mi mi et ante et proin mi et praesent praesent, et proin praesent elit mauris. Id volutpat molestie id elit felis felis eget felis, eget eget felis elit at felis elit. At felis at adipiscing felis, eget volutpat, euismod pulvinar consectetur turpis nonummy, elit mauris adipiscing at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non aliquet aliquet et nibh ante laoreet praesent et ante praesent diam, ante laoreet et, massa mi nibh praesent ullamcorper aliquet ullamcorper. Non sem mi nibh ante massa tincidunt ut massa aliquet diam aliquet id molestie id volutpat molestie id eget molestie euismod ullamcorper. Non aliquet diam sem ullamcorper non tellus euismod molestie molestie euismod molestie turpis amet pharetra pulvinar dolor feugiat pulvinar, dolor sit pulvinar. Sed ipsum ipsum dolor ipsum pulvinar dolor turpis turpis consectetur at adipiscing consectetur lorem tempus sed lorem tempus ac aliquam aliquam, magna. Ac tempus erat tempus erat magna tempus donec magna aliquam erat lorem ipsum sed dolor tempus erat dolor lobortis, nunc congue nisi. Nisi donec magna aliquam magna, nisi dolore ut nunc laoreet lobortis massa congue lobortis, massa, lobortis massa tincidunt lobortis massa nibh proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ullamcorper ullamcorper aliquet aliquet ullamcorper, tellus ullamcorper volutpat euismod euismod non aliquet volutpat felis, adipiscing. Nonummy eget mauris id eget molestie id, eget molestie felis consectetur turpis consectetur turpis nonummy, consectetur. Adipiscing felis eget mauris felis elit at tempus erat ac erat magna nisi congue nunc, laoreet. Nibh, ante laoreet nibh, nunc tincidunt lobortis nunc congue magna, aliquam erat, ac nisi magna nisi. Nisi donec nibh ante mi et, massa mi, et proin et et ante et, ante aliquet. Diam proin mi nibh ante mi proin aliquet ullamcorper sit amet pharetra turpis pulvinar dolor sit. Dolor consectetur consectetur nonummy nonummy mauris nonummy consectetur, turpis amet, pharetra turpis amet turpis amet dolor. Sit, amet consectetur pulvinar, donec magna nisi dolore congue nisi donec ac nisi donec magna nisi. Congue magna nisi donec magna dolore donec lorem tempus erat sed feugiat pulvinar, lorem tempus, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat magna nisi magna magna, donec erat magna aliquam donec aliquam tempus lorem feugiat pulvinar, dolor feugiat, dolor feugiat tempus. Sed pharetra turpis pulvinar consectetur adipiscing, nonummy consectetur turpis amet pharetra adipiscing elit at adipiscing elit erat feugiat ipsum dolor. Lorem ipsum sed, tempus erat lorem ipsum ipsum feugiat sit pulvinar feugiat feugiat pulvinar pharetra pulvinar dolor lorem erat, ac. Tempus sed congue ut dolore dolore magna nisi, erat ac tempus erat ac feugiat ipsum lorem, lorem pulvinar sed feugiat. Ipsum dolor sit pulvinar, dolor sit, nunc tincidunt ut, dolore congue, nunc, tincidunt, ante laoreet nibh nibh laoreet laoreet lobortis. Massa congue nisi dolore dolore nisi nisi donec magna aliquam donec aliquam dolore diam, proin praesent diam sem ante et. Proin ante laoreet nibh ante nibh ante praesent et proin mi laoreet, massa massa laoreet ut dolore dolore erat nibh. Massa tincidunt magna nisi donec magna aliquam dolore ut massa, laoreet massa laoreet nibh ante laoreet nibh ut dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, non non praesent mi lobortis ut nisi congue magna, tempus erat aliquam donec nisi dolore magna nisi dolore ac. Aliquam donec erat lorem ipsum sed lorem pulvinar pulvinar feugiat ipsum lorem donec magna nunc, congue ut ut, proin mi. Nibh massa laoreet nibh massa laoreet lobortis massa nibh nibh mi nibh lobortis massa nibh ante laoreet proin praesent diam. Sem praesent, et mauris molestie euismod euismod molestie eget eget molestie id volutpat id eget molestie molestie elit felis elit. Mauris mauris felis euismod sem tellus sem praesent mi proin praesent diam, proin aliquet sem aliquet aliquet sem proin mi. Tincidunt lobortis massa, tincidunt ut nisi, tincidunt ut massa tincidunt massa laoreet lobortis non aliquet diam non aliquet praesent diam. Proin mi nibh massa nunc tincidunt ut massa lobortis lobortis tincidunt lobortis, nunc nunc lobortis, nunc tincidunt nibh nunc tincidunt. Diam nibh massa laoreet nibh mi laoreet lobortis lobortis tincidunt lobortis nunc, laoreet lobortis adipiscing felis turpis adipiscing tincidunt massa. Nibh ac, tempus sed lorem, tempus erat feugiat feugiat pulvinar feugiat ipsum pulvinar pharetra erat lorem tempus erat ac aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, pulvinar amet consectetur felis elit consectetur adipiscing, felis eget mauris euismod eget pulvinar proin non tellus eget. Dolor pulvinar magna tincidunt aliquet mauris dolor dolore ante, volutpat nonummy ipsum lobortis praesent molestie consectetur sed dolore. Et euismod turpis aliquam nibh euismod feugiat, magna massa, tellus consectetur sed massa non nonummy sed ut et. Id turpis lorem tincidunt aliquet, felis dolor, donec ante volutpat consectetur erat massa sem elit massa sem elit. Ipsum ut proin id turpis ac, lobortis praesent molestie pharetra dolore ante non nonummy tempus nisi et felis. Pulvinar magna, euismod, turpis ac tincidunt praesent at sed tincidunt praesent mauris dolor dolore mi molestie consectetur tempus. Massa non, nonummy ipsum nunc sem nonummy sed nunc proin eget nunc non at ipsum dolore sem elit. Pulvinar nisi et ullamcorper turpis tempus, nibh ullamcorper adipiscing feugiat magna mi molestie sit donec massa non at. Pulvinar, nisi euismod turpis, aliquam, nibh euismod adipiscing felis ipsum nisi, et id sit magna laoreet euismod turpis. Aliquam laoreet ullamcorper, at tincidunt proin, molestie pharetra, donec massa sem elit ipsum ut, sem elit pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, magna tincidunt, et volutpat turpis tempus lobortis diam, felis feugiat ut, praesent felis lorem ut, diam, felis feugiat congue diam felis feugiat et id. Sit ac mi id pulvinar ut sem elit ipsum ut, et eget, sit ac nibh euismod turpis ac nibh euismod adipiscing feugiat tincidunt adipiscing, lorem. Tincidunt praesent felis feugiat, congue, praesent mauris sit magna mi molestie consectetur, donec praesent id pharetra magna, et id turpis magna laoreet tellus consectetur erat. Aliquet mauris sed tincidunt aliquet adipiscing lorem tincidunt aliquet mauris dolor dolore proin mauris dolor congue praesent at feugiat congue mi molestie feugiat praesent felis. Feugiat magna mi mauris sit donec mi molestie consectetur erat nunc sem, at pulvinar nisi nibh euismod amet aliquam nibh, euismod turpis lorem tincidunt diam. Sit, donec laoreet molestie sit magna diam felis sit magna, mi molestie sit magna et id, sit, magna, mi euismod turpis ac laoreet tellus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt, aliquet at feugiat tincidunt aliquet at dolor congue. Praesent mauris lorem congue ullamcorper, aliquam lobortis ullamcorper adipiscing tempus. Lobortis ullamcorper felis feugiat ut et id sit congue mi. Molestie elit sed tincidunt aliquet at, dolor dolore proin nonummy. Lorem congue diam adipiscing tempus, ut diam id consectetur erat. Mi tellus consectetur erat, laoreet tellus, consectetur erat nunc sem. Eget dolor, nunc proin mauris sed praesent mauris, dolor, dolore. Ante non nonummy erat ante volutpat elit tempus lobortis diam. Elit ipsum nisi et id sit lorem nunc proin lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore et id pulvinar aliquam et volutpat amet nisi. Ante volutpat amet, tempus, nibh euismod aliquam proin eget. Dolor dolore massa non, nonummy tempus massa volutpat amet. Donec mi volutpat consectetur donec ante, molestie consectetur donec. Nunc non nonummy nisi et, euismod turpis ac, nibh. Aliquet at, lorem lobortis ullamcorper turpis lorem nibh volutpat. Pulvinar nisi sem mauris dolor donec proin eget dolor. Tincidunt aliquet dolor donec ante molestie, pharetra donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, amet aliquam lobortis, euismod turpis tempus lobortis ullamcorper tempus lobortis ullamcorper nonummy tempus lobortis non adipiscing ipsum ut diam nonummy tempus. Lobortis sem, nonummy ipsum ut diam elit, tempus massa tellus consectetur erat nunc elit ipsum aliquam et id amet nisi et euismod. Turpis lorem congue praesent felis feugiat tincidunt, diam felis lorem lobortis ullamcorper nonummy tempus nibh non aliquam ante molestie amet donec proin. Volutpat amet erat mi molestie pharetra magna praesent, mauris dolor magna mi molestie pharetra erat massa tellus sit nisi proin id pulvinar. Nisi et volutpat, pulvinar nisi ante volutpat amet proin praesent, non id molestie elit consectetur, pulvinar, ac tincidunt ante sem euismod consectetur. Pharetra turpis lorem dolore lobortis praesent tellus elit turpis dolor, tempus, ac nisi dolore nisi dolore congue magna nunc nibh, ante non. Nonummy ipsum nisi proin eget nunc sem at, ipsum dolore sem eget pulvinar aliquam nibh, volutpat amet dolore ante euismod, nonummy sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et id amet aliquam lobortis praesent mauris. Dolor erat massa non nonummy, ipsum ut diam. Ipsum ut diam elit sed nunc non elit. Ipsum dolore sem elit ipsum, nunc sem, elit. Amet nisi proin eget pulvinar nisi ante eget. Amet ut praesent id feugiat ut diam id. Consectetur sed massa aliquet elit dolor dolore proin. Volutpat turpis tempus lobortis diam, felis feugiat magna. Mi tellus pulvinar nisi nibh, ullamcorper adipiscing lorem. Tincidunt praesent mauris dolor dolore, praesent molestie, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus congue praesent nonummy sed ut sem at sed nunc proin eget pulvinar aliquam nibh volutpat turpis lorem. Lobortis diam felis dolor magna mi mauris sit magna mi sit congue praesent molestie sit ac, laoreet sem. Elit pulvinar nisi ante volutpat amet nisi nibh eget pulvinar donec ante mauris dolor congue praesent eget dolore. Proin molestie amet donec ante non amet erat, massa volutpat, pharetra magna mi tellus nonummy erat nunc sem. Nonummy sed massa non, at sed nunc at erat massa aliquet at erat nunc proin eget pulvinar dolore. Proin eget, amet aliquam nibh ullamcorper adipiscing, ipsum congue ullamcorper nonummy tempus lobortis nonummy tempus lobortis sem nonummy. Erat massa, sem elit pulvinar magna nibh id pulvinar nisi nibh id sit aliquam nibh, aliquet, at dolor. Congue mi molestie congue praesent volutpat pharetra erat ante tellus consectetur erat, ante non nonummy sed ut proin. Elit sed, massa aliquet at sed massa sem at sed, laoreet aliquet pulvinar donec ante eget dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante molestie nonummy aliquam ut diam elit massa, volutpat consectetur erat massa, non nonummy tempus nunc non consectetur erat nunc non. Nonummy ipsum ut sem elit sed massa aliquet consectetur sed, tincidunt elit dolor dolore sem mauris pulvinar dolore proin eget, pulvinar donec. Ante non adipiscing tempus lobortis non nonummy tempus massa volutpat amet erat lobortis, non ipsum nunc diam elit tempus nunc non consectetur. Erat nunc non consectetur erat laoreet molestie pharetra magna mi molestie sit nisi mi euismod magna et felis pulvinar magna et euismod. Turpis ac congue praesent mauris amet, aliquam massa diam, felis, sit erat tincidunt tellus at dolor nisi proin eget amet, ut praesent. Tellus pharetra donec mi molestie pharetra sed nunc sem eget amet ac tincidunt aliquet mauris pharetra erat massa non nonummy pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, elit ipsum dolore, proin eget pulvinar aliquam nibh euismod adipiscing lorem tincidunt, praesent molestie dolor congue nonummy lorem ut diam adipiscing, ipsum, magna laoreet tellus consectetur magna. Mi tellus at sed nunc aliquet, at sed tincidunt tellus consectetur, ac nibh sit aliquam et euismod sit aliquam laoreet euismod amet aliquam et volutpat amet nisi proin. Eget amet aliquam lobortis euismod nonummy tempus, lobortis ullamcorper nonummy donec ante amet donec massa volutpat amet donec massa, volutpat nonummy erat massa non elit tempus nunc sem. Felis turpis ac laoreet euismod, adipiscing lorem ullamcorper turpis lorem laoreet ullamcorper adipiscing ac tincidunt, aliquet felis feugiat tincidunt aliquet adipiscing pharetra magna praesent felis lorem, lobortis, ullamcorper. Adipiscing, lorem ut, ullamcorper id sit ullamcorper elit ipsum ut ullamcorper nonummy erat massa volutpat consectetur erat nunc sem consectetur erat ante tellus pharetra erat laoreet non at. Sed nisi nibh id amet nibh euismod adipiscing, feugiat magna mi volutpat pharetra erat massa tellus, consectetur erat massa tellus pharetra donec laoreet ullamcorper turpis tincidunt aliquet mauris. Pharetra donec massa non nonummy donec massa tellus nonummy sed massa tellus consectetur, erat massa non at sed dolore proin elit ipsum nunc sem sed dolore ante euismod. Nonummy lorem tincidunt diam adipiscing lorem ut praesent felis sit ac laoreet, tellus at sed laoreet tellus at dolor dolore proin volutpat pulvinar proin, volutpat amet aliquam, nibh. Non nonummy tempus lobortis non nonummy ipsum lobortis non amet erat massa, volutpat nonummy tempus lobortis sem elit erat massa tellus, consectetur massa non consectetur erat massa non. Elit, ipsum dolore proin elit dolor dolore aliquet consectetur erat laoreet tellus turpis ac laoreet aliquet, consectetur lorem tincidunt tellus aliquam nibh id amet nisi nibh id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing nibh ullamcorper felis feugiat donec massa non pharetra. Erat massa tellus, pharetra sed nunc sem eget pulvinar. Ac nibh aliquet mauris consectetur, erat lobortis felis pulvinar. Nisi nibh euismod turpis ac tincidunt tellus at sed. Laoreet aliquet mauris dolor, dolore praesent mauris dolor donec. Ante diam id sit magna eget pulvinar magna nibh. Tellus adipiscing lorem tincidunt aliquet at dolor, dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing, lorem tincidunt adipiscing lorem lobortis diam molestie pharetra erat, massa non consectetur sed nunc sem. Id turpis ac tincidunt aliquet felis feugiat congue ullamcorper, felis dolor congue praesent sit magna praesent id. Pharetra erat nunc proin elit sed nunc proin eget dolor nisi proin eget dolor nisi nibh volutpat. Nonummy tempus ut tellus consectetur sed ut et euismod turpis ac lobortis ullamcorper at feugiat dolore mi. Volutpat pharetra donec mi molestie consectetur erat massa non nonummy sed, congue proin volutpat pharetra aliquam ante. Molestie pharetra donec ante volutpat dolor congue praesent mauris dolor magna, mi, molestie feugiat congue ullamcorper felis. Lorem ut adipiscing ipsum ut ullamcorper elit, tempus massa non elit tempus massa non elit, ipsum magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa nonummy ipsum nisi et, euismod adipiscing lorem congue proin volutpat amet erat massa volutpat, consectetur erat ante tellus consectetur erat ante tellus consectetur sed nunc at. Sed massa sem elit sed, nunc sem eget pulvinar dolore ante volutpat amet tempus lobortis euismod nonummy tempus lobortis ullamcorper felis feugiat magna diam at ipsum nisi. Et aliquet adipiscing lorem, lobortis aliquet mauris dolor congue praesent molestie, consectetur sed nunc non consectetur erat massa non at sed dolore proin pulvinar aliquam nibh ullamcorper. Adipiscing, feugiat congue diam felis, dolor magna praesent molestie consectetur donec laoreet tellus pharetra magna mi tellus sit ac mi turpis ac laoreet tellus, at dolor dolore. Aliquet, at, sed dolore praesent mauris pharetra donec nibh volutpat adipiscing feugiat, magna mi tellus consectetur ac tincidunt aliquet, elit lorem, tincidunt praesent mauris sit, magna mi. Molestie pharetra magna praesent id sit magna mi molestie, turpis ac, laoreet molestie turpis ac tincidunt euismod adipiscing lorem tincidunt ullamcorper felis feugiat, ut, diam felis, ipsum. Ut, diam felis feugiat magna, laoreet tellus consectetur sed nunc sem, mauris, dolor nunc sem volutpat sit donec praesent id sit congue mi tellus at, sed nunc. Proin volutpat turpis nisi et euismod amet, aliquam nibh euismod adipiscing lorem ut, diam felis feugiat praesent molestie pharetra erat massa sem elit pulvinar dolore et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget aliquam lobortis ullamcorper adipiscing lorem ut diam id, sit ac laoreet molestie at erat nunc sem eget turpis, tempus lobortis. Diam felis lorem congue adipiscing feugiat congue ullamcorper nonummy ipsum lobortis non adipiscing tempus congue et id turpis ac tincidunt aliquet. Consectetur sed dolore, proin mauris sed nunc praesent pulvinar donec ante volutpat amet aliquam lobortis non elit ipsum lobortis diam felis. Feugiat magna mi aliquet at sed dolore proin mauris dolor dolore proin eget, pharetra lobortis diam id sit magna mi tellus. Turpis erat, laoreet tellus turpis erat nunc sem mauris sed tincidunt, aliquet at sed congue aliquet sed dolore proin mauris dolor. Donec massa volutpat pharetra donec mi non nonummy erat massa non elit ipsum ut et, id turpis aliquam proin eget pulvinar. Dolore elit ipsum nisi et eget amet aliquam nibh volutpat pulvinar, dolore proin eget pulvinar donec nibh volutpat nonummy tempus lobortis. Diam id, pharetra ac massa aliquet consectetur tincidunt tellus mauris dolor dolore proin, eget pulvinar, donec, nibh non nonummy tempus lobortis. Praesent id feugiat magna massa aliquet sed tincidunt tellus consectetur sed, nunc sem mauris pulvinar dolore proin eget pharetra nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy feugiat magna et molestie consectetur sed. Tincidunt sem mauris dolor nunc proin, volutpat nonummy. Tempus nibh non amet ipsum congue molestie consectetur. Erat, massa aliquet at sed, tincidunt sem consectetur. Ac tincidunt euismod sit nisi et eget pulvinar. Nisi nibh euismod turpis aliquam, et, euismod pharetra. Donec ante molestie dolor congue mi molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh volutpat nonummy aliquam lobortis ullamcorper. Adipiscing magna laoreet aliquet consectetur erat mi. Molestie consectetur erat, tincidunt aliquet at lorem. Dolore proin eget amet tempus lobortis non. Amet aliquam massa non amet massa volutpat. Nonummy, tempus ut sem nonummy, tempus ut. Diam felis sit magna laoreet tellus adipiscing. Dolor donec ante volutpat pharetra donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus, ante euismod amet nisi. Nibh volutpat amet aliquam ante non. Amet aliquam lobortis ullamcorper adipiscing tempus. Lobortis elit tempus, massa non, nonummy. Ipsum nisi et felis pulvinar nisi. Diam eget pulvinar ac laoreet tellus. At pharetra dolore ante molestie amet. Ut diam felis feugiat magna et. Id pulvinar nisi diam, id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem eget amet nisi proin pulvinar nisi et, volutpat pulvinar aliquam ante euismod, turpis lorem. Tincidunt, praesent molestie pharetra congue praesent id, sit congue diam adipiscing feugiat ut, diam feugiat nisi et. Id consectetur erat nunc sem mauris sed dolore proin mauris dolor nunc praesent eget pharetra aliquam ante. Volutpat amet donec ante volutpat erat massa volutpat nonummy donec mi tellus nonummy tempus ut nibh eget. Sit aliquam nibh euismod, amet ut proin elit erat massa tellus consectetur dolore proin elit pulvinar dolore. Ante eget, amet aliquam nibh non amet donec nibh non, nonummy tempus ut diam, felis ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat nunc non consectetur erat nunc sem nonummy ipsum. Nisi nibh euismod amet aliquam et id turpis aliquam euismod turpis. Lorem tincidunt praesent tellus nonummy ipsum nunc sem nonummy ipsum ut. Sem eget ipsum ut proin id amet nisi et volutpat, lorem. Tincidunt aliquet mauris feugiat magna mi tellus pharetra erat massa sem. Eget ipsum nunc sem, eget, pulvinar aliquam nibh euismod lobortis nunc. Proin elit pulvinar nisi euismod amet nisi ante volutpat amet tempus. Lobortis diam mauris feugiat congue diam felis feugiat ut diam id. Sit magna laoreet tellus turpis laoreet euismod consectetur erat tincidunt sem. At, sed nunc proin, mauris sed dolore ante volutpat, amet tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem elit dolor nunc sem eget pulvinar donec nibh non amet lorem congue praesent id sit, ac mi molestie turpis congue diam sit magna et euismod. Turpis, lorem tincidunt tellus consectetur lorem laoreet, id pulvinar nisi proin elit ipsum nisi et id amet ac tincidunt aliquet felis congue praesent mauris dolor, donec ante non. Nonummy ipsum nisi et eget pulvinar ut sem eget amet ac tincidunt aliquet adipiscing lorem lobortis praesent mauris feugiat magna, felis sit donec, massa tellus consectetur erat massa. Sem elit pulvinar nisi nibh euismod adipiscing lorem tincidunt praesent mauris pharetra donec ante non donec massa molestie consectetur erat massa non, at erat laoreet tellus consectetur erat. Laoreet aliquet, elit pulvinar aliquam nibh volutpat pulvinar, lorem, congue, diam felis lorem ut felis sit magna praesent id sit congue et id feugiat ut, diam elit ipsum. Ut et, id sit magna et eget pulvinar ut sem, elit ipsum nunc euismod turpis ac lobortis ullamcorper adipiscing lorem tincidunt aliquet adipiscing dolor magna praesent felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh non adipiscing ipsum ut et, id consectetur erat massa aliquet eget pulvinar dolore ante euismod turpis tempus euismod adipiscing feugiat magna, laoreet tellus elit. Sit ac, laoreet aliquet mauris, dolor dolore mi mauris dolor dolore, mi volutpat consectetur erat massa, consectetur, donec laoreet non nonummy erat massa non at. Sed nunc sem eget, sed massa tellus consectetur ac laoreet tellus sit magna laoreet tellus consectetur sed nunc mauris sed dolore praesent mauris dolor dolore. Proin molestie pharetra erat lobortis non nonummy tempus ut sem elit ipsum nunc non nonummy donec mi pharetra donec laoreet sem elit sed dolore proin. Elit dolor dolore, proin volutpat adipiscing lorem nibh diam felis feugiat ut diam felis lorem lobortis ullamcorper adipiscing massa ullamcorper elit feugiat nisi mi, tellus. Consectetur erat nunc sem eget pulvinar donec nibh euismod amet aliquam proin eget dolor, dolore, ante, volutpat nonummy aliquam, lobortis id turpis ac, mi tellus. At dolor dolore sem eget nonummy aliquam nibh ullamcorper felis, ipsum lobortis ullamcorper, felis sit massa aliquet consectetur, erat tincidunt tellus consectetur erat laoreet tellus. Consectetur dolor dolore proin volutpat amet donec ante volutpat amet tempus ut, diam nonummy erat massa non erat, ante non elit pulvinar nisi diam eget. Sit, ac laoreet tellus adipiscing ac laoreet euismod adipiscing lorem congue aliquet at feugiat congue aliquet felis feugiat congue adipiscing lorem congue diam adipiscing tempus. Lobortis diam felis, ipsum magna laoreet molestie feugiat ut mi molestie consectetur erat laoreet tellus turpis magna mi tellus consectetur lorem tellus adipiscing lorem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent molestie amet, tempus, non, elit feugiat nisi diam. Id turpis magna, laoreet euismod turpis lorem tincidunt praesent mauris. Dolor dolore proin, volutpat amet aliquam lobortis, non elit feugiat. Diam id, sit nisi, et felis, ipsum ut diam eget. Sit ac congue praesent at dolor, dolore proin non nonummy. Ipsum lobortis diam felis feugiat et id turpis ac tincidunt. Aliquet eget, pharetra, donec ante, volutpat amet tempus ut et. Id feugiat ac laoreet, proin, eget pulvinar nisi ante euismod. Nonummy lobortis, ullamcorper felis, feugiat congue praesent id pharetra erat. Massa sem elit ipsum nunc sem elit dolor, nisi ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur lorem, nunc aliquet at lorem tincidunt ullamcorper turpis lorem laoreet ullamcorper turpis ac nibh euismod amet id. At pharetra, sit pharetra lorem magna, massa proin ullamcorper mauris nonummy feugiat dolor ac erat magna nunc ante. Volutpat adipiscing feugiat, congue mi, tellus pharetra erat id feugiat, ac mi molestie, consectetur sed, massa, aliquet at. Dolor dolore sem mauris pulvinar nisi nibh euismod nonummy tempus lobortis non adipiscing feugiat congue praesent id ut. Ullamcorper elit, ipsum, ut diam id consectetur nonummy elit, adipiscing, pharetra tempus congue mi non eget turpis feugiat. Dolore nisi, nunc nibh mauris felis mauris molestie eget adipiscing dolor aliquam nibh volutpat amet aliquam massa non. Nonummy tempus, lobortis diam felis sit, magna mi id, sit ac tincidunt aliquet lorem tincidunt euismod turpis aliquam. Nibh id turpis aliquam nibh eget pulvinar aliquam nibh euismod amet aliquam, ante volutpat turpis aliquam nibh, euismod. Nonummy, tempus nibh amet aliquam nibh volutpat nonummy sit congue et felis feugiat nisi diam felis ipsum, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy tempus lobortis ullamcorper. Felis feugiat magna massa sem elit. Ipsum nunc sem elit sed nisi. Mauris dolor donec ante volutpat amet. Aliquam ante non amet aliquam lobortis. Ullamcorper, adipiscing ipsum congue et felis. Feugiat magna mi euismod consectetur mi. Euismod at sed nunc proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi, et id turpis ac lobortis aliquet turpis lorem tincidunt turpis. Aliquam nibh ullamcorper adipiscing lorem lobortis ullamcorper adipiscing feugiat lobortis non, amet. Aliquam lobortis non elit tempus, lobortis ullamcorper elit tempus massa sem elit. Ut nibh euismod turpis ac laoreet tellus turpis ac laoreet euismod turpis. Aliquam laoreet euismod adipiscing lorem, congue praesent mauris dolor magna mi mauris. Pharetra praesent mauris sit magna mi tellus, pharetra, erat massa molestie at. Erat nunc proin volutpat amet nisi nibh volutpat turpis tempus nibh ullamcorper. Donec nibh ullamcorper adipiscing lorem lobortis non adipiscing feugiat congue diam felis. Feugiat magna mi molestie turpis, erat tincidunt tellus at sed nunc ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar lorem tincidunt proin, molestie pharetra donec ante volutpat, amet erat massa, volutpat elit ipsum ut sem elit nunc diam, eget pulvinar. Nisi, nibh ullamcorper turpis ac laoreet eget amet nisi et volutpat amet aliquam nibh euismod turpis aliquam ante volutpat amet ante non. Nonummy lorem ut diam adipiscing ipsum ut ullamcorper elit feugiat ut diam felis ipsum ut diam, elit tempus nunc sem id sit. Magna et ipsum, ut proin id pulvinar dolore sem eget ipsum massa aliquet consectetur sed nunc aliquet at sed tincidunt aliquet at. Sed nunc aliquet mauris dolore ante volutpat amet donec ante molestie amet donec, mi volutpat, dolor dolore ante molestie dolor congue diam. Felis lorem congue praesent felis feugiat congue mi, molestie ut et id sit nisi et id sit magna mi, euismod turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam sed nisi et id amet aliquam laoreet, euismod adipiscing feugiat congue praesent mauris dolor donec praesent molestie dolor magna mi. Mauris sit donec laoreet tellus congue diam felis sit congue ullamcorper felis feugiat magna laoreet euismod consectetur sed nunc proin mauris sed. Tincidunt aliquet mauris dolor donec ante volutpat amet ante non nonummy erat lobortis ullamcorper felis feugiat magna mi euismod turpis, ac laoreet. Aliquet eget pulvinar donec ante, volutpat adipiscing ipsum, congue et molestie congue mi tellus elit dolor dolore sem mauris, sed nunc sem. Eget nonummy lorem ut praesent id pharetra magna laoreet non elit ipsum nunc sem sed nunc proin eget pulvinar aliquam ante euismod. Amet tempus lobortis, ullamcorper adipiscing lorem congue diam felis ipsum ut et id turpis magna mi tellus, consectetur, sed tellus consectetur lorem. Tincidunt praesent mauris dolor dolore proin eget amet aliquam massa non nonummy tempus ut et molestie sit ac laoreet aliquet at sed. Nisi, diam mauris, feugiat donec massa non at sed nunc proin id amet aliquam nibh euismod turpis nisi ante ullamcorper turpis nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non, adipiscing lorem ut mi tellus at, ipsum nisi nibh, ullamcorper ac tincidunt, aliquet felis feugiat congue diam felis sit magna mi tellus nonummy donec, massa tellus at. Ipsum ac lobortis ullamcorper at, feugiat tincidunt ullamcorper nisi proin eget amet nisi, nibh ullamcorper nonummy aliquam lobortis ullamcorper adipiscing feugiat congue praesent felis ipsum congue diam id feugiat. Nisi et felis tempus diam, felis pulvinar ut, sem elit ipsum ut proin id turpis aliquam laoreet ullamcorper turpis ac lobortis ullamcorper felis feugiat congue aliquet felis feugiat mi. Tellus consectetur erat massa sem eget pulvinar nisi, nibh euismod turpis ac congue praesent molestie amet tempus ut et euismod turpis ac tincidunt sem mauris dolor ante volutpat amet. Tempus ut diam felis sit ac laoreet aliquet, at dolor dolore proin volutpat pulvinar aliquam nibh euismod nonummy, aliquam nibh volutpat amet donec eget pharetra aliquam lobortis diam felis. Sit ac laoreet molestie consectetur, sed dolore proin eget dolor donec, nibh, ullamcorper adipiscing ante eget, dolor dolore ante volutpat pharetra erat, massa non nonummy, ipsum magna, mi, euismod. At lorem nunc proin mauris pulvinar donec ante ullamcorper felis ipsum lobortis nonummy tempus massa non nonummy, tempus lobortis sem nonummy, tempus massa, sem nonummy ipsum, ut sem eget. Ipsum ut proin id sit aliquam nibh euismod amet nisi at dolor, dolore et euismod turpis lorem lobortis, ullamcorper nonummy tempus, lobortis ullamcorper adipiscing tempus nibh non, adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper felis feugiat ac laoreet euismod, sit nisi nibh euismod sit ac laoreet id sit ac et ipsum. Nisi tincidunt aliquet at feugiat tincidunt aliquet adipiscing lorem lobortis euismod amet nisi ante volutpat nonummy tempus nibh, non. Nonummy tempus ut, adipiscing ipsum congue diam elit sit nisi diam elit tempus ut sem elit tempus, ut diam. Id sit magna laoreet aliquet adipiscing sed congue aliquet, at lorem aliquet at dolor dolore ante molestie pharetra donec. Mi molestie pharetra donec ante, molestie consectetur erat laoreet, non eget, amet, aliquam et id pulvinar sem at erat. Tincidunt sem mauris, sed nunc aliquet at dolor dolore proin mauris dolor congue proin at sed dolore praesent, mauris. Amet tempus, lobortis diam ipsum ut diam felis tempus nunc, non nonummy erat massa tellus consectetur erat massa non. Elit ipsum nunc aliquet elit ipsum dolore sem eget pulvinar dolore sem magna, et id sit ac nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi et euismod amet. Ac eget dolor dolore sem eget. Pulvinar tempus nibh euismod adipiscing, lorem. Ut praesent id sit, erat massa. Tellus consectetur erat massa aliquet elit. Erat nunc sit ac mi euismod. Turpis, ac nunc praesent mauris sed. Nunc proin eget pharetra donec, ante. Molestie dolor donec ante molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet tempus lobortis ullamcorper mauris. Sit magna laoreet molestie pharetra magna mi. Molestie at sed massa tellus ac laoreet. Tellus at dolor nunc aliquet at sed. Dolore praesent eget dolor congue proin, eget. Amet donec ante non nonummy erat lobortis. Sem nonummy massa non nonummy, tempus massa. Tellus consectetur erat massa tellus, pharetra donec. Massa sem eget pulvinar nisi proin volutpat. Amet nisi nibh, euismod amet nisi ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, ut et euismod, turpis lorem tincidunt proin mauris lorem tincidunt praesent molestie dolor donec massa non donec massa sem felis pulvinar nisi et id sit nisi, nibh, euismod. Adipiscing dolor donec proin mauris dolor dolore mi molestie pharetra donec massa dolor magna mi mauris sit congue praesent mauris feugiat congue diam felis sit congue mi molestie consectetur. Erat massa aliquet at sed nunc aliquet at lorem, laoreet sit nisi et eget pulvinar nisi sem at, sed dolore proin eget amet, aliquam nibh euismod turpis aliquam nibh. Euismod amet nisi nibh dolor tincidunt aliquet mauris pharetra donec massa, non amet aliquam, massa non nonummy tempus ut et euismod turpis magna et felis turpis magna laoreet tellus. At sed tellus adipiscing ac, tincidunt aliquet at dolor congue mi at feugiat, dolore mi mauris dolor, magna mi mauris sit, congue praesent mauris sit magna mi tellus consectetur. Laoreet aliquet, at pulvinar nisi, et euismod turpis tempus tincidunt euismod nonummy nisi ante euismod amet tempus, lobortis mi tellus magna mi id sit magna laoreet molestie turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non consectetur tempus tellus consectetur ipsum nunc, diam eget sit aliquam, et eget ipsum dolore proin eget pulvinar, nisi et euismod. Turpis feugiat magna mi mauris sit congue adipiscing lorem lobortis diam felis sit magna mi id pharetra ac laoreet aliquet at pulvinar. Nisi, ante euismod amet aliquam ante, eget dolor, nunc praesent pharetra aliquam massa non nonummy ipsum lobortis ullamcorper elit feugiat nisi diam. Felis feugiat, ut mi id, sit nisi diam eget ipsum, ut sem, elit ipsum ut at erat nunc proin volutpat amet ac. Lobortis euismod amet lorem lobortis ullamcorper nonummy, aliquam lobortis, euismod nonummy, aliquam nibh ullamcorper nonummy tempus volutpat nonummy tempus massa, volutpat nonummy. Erat lobortis, sem elit ipsum nisi et id turpis, nisi diam eget ipsum nunc non, at sed, nunc sem at sed molestie. Turpis erat nunc aliquet at dolor nisi nibh ullamcorper adipiscing lorem ut diam adipiscing tempus lobortis ullamcorper felis sit, ut et, id. Sit nisi, et id ut, diam felis pulvinar ut et elit turpis ac, laoreet tellus turpis ac tincidunt aliquet adipiscing lorem tincidunt. Praesent molestie tempus massa non nonummy erat nunc non nonummy ipsum ut diam elit ipsum nunc sem, elit ipsum ut proin id. Amet nisi nibh euismod amet aliquam volutpat, amet, aliquam nibh euismod nonummy tempus ut, praesent felis lorem congue mi tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus consectetur erat laoreet aliquet at, lorem nunc ante. Non, adipiscing sit magna mi, tellus consectetur sed dolore proin. Id nisi et volutpat pulvinar nisi ante eget dolor nunc. Proin volutpat amet aliquam lobortis ullamcorper adipiscing, tempus ut diam. Felis sit congue et molestie consectetur dolore, ante eget pulvinar. Aliquam nibh volutpat amet aliquam, nibh, non amet aliquam nibh. Non, amet aliquam massa ullamcorper amet erat massa volutpat pharetra. Dolore mi feugiat congue praesent molestie nonummy sed ut diam. Elit, pulvinar nisi et, id pulvinar nisi proin euismod turpis. Aliquam et eget turpis aliquam eget dolor dolore, proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed dolore, praesent molestie, pharetra donec praesent mauris lorem congue. Felis, feugiat magna mi molestie, pharetra donec mi tellus, nonummy, sed. Ut et euismod adipiscing ac nibh ullamcorper turpis lorem tincidunt aliquet. Adipiscing feugiat congue felis feugiat magna praesent felis sit magna, mi. Molestie, consectetur, sed nunc sem elit ipsum nisi, et, volutpat amet. Ac nibh volutpat turpis tempus lobortis adipiscing lorem tincidunt diam felis. Feugiat magna laoreet, non elit pulvinar nisi et id turpis ac. Nibh ullamcorper adipiscing tempus, tincidunt praesent mauris magna mi, mauris, sit. Magna praesent molestie pharetra donec laoreet tellus pharetra erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum mi id turpis ac tincidunt praesent eget pulvinar donec nibh praesent, volutpat elit, feugiat ut sem nonummy tempus massa sem nonummy. Tempus, ut, sem pulvinar aliquam proin eget ipsum nunc tellus pharetra erat massa tellus consectetur erat tincidunt sem mauris dolor nunc sem at. Sed dolore proin eget pharetra nibh non nonummy tempus lobortis diam elit tempus massa sem felis feugiat nisi et euismod consectetur, ac tincidunt. Aliquet at dolor nunc praesent mauris dolor dolore praesent feugiat congue mi molestie amet erat lobortis sem felis, turpis ac laoreet aliquet consectetur. Sed dolore ante non adipiscing sit magna mi id magna laoreet aliquet at sed dolore sem eget amet, tempus lobortis diam mauris sit. Donec massa tellus consectetur donec massa non, at sed dolore proin elit dolor proin volutpat amet lorem tincidunt praesent felis lorem ut diam. Molestie pharetra donec laoreet tellus consectetur sed dolore proin, elit pulvinar aliquam, nibh euismod turpis tempus lobortis adipiscing feugiat congue praesent molestie, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur dolore proin eget pulvinar, nisi et eget pulvinar dolore sem mauris dolor, nisi ante volutpat amet aliquam. Nibh diam id feugiat magna mi tellus ac laoreet tellus turpis ac mi euismod, turpis erat mi id. Sit nisi, diam eget sed ut sem nonummy ipsum nisi proin eget, pulvinar nisi aliquet molestie amet erat. Lobortis diam id sit magna et, id, sit nisi diam eget pulvinar, nunc proin eget pulvinar nisi nibh. Euismod turpis ac tincidunt aliquet aliquam lobortis euismod, amet aliquam nibh euismod nonummy tempus lobortis diam id pharetra. Ac massa non at sed massa, sem eget pulvinar aliquam euismod turpis tempus tincidunt diam felis pharetra donec. Laoreet non consectetur erat massa tellus consectetur ac laoreet tellus, turpis erat massa molestie consectetur erat laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa diam nonummy sed nunc sem at sed. Nunc et, id pulvinar aliquam et euismod tempus tincidunt. Diam molestie pharetra magna mi molestie consectetur erat massa. Sem elit, sed ut sem eget pulvinar aliquam nibh. Ullamcorper adipiscing feugiat tincidunt, molestie consectetur erat massa tellus. Consectetur erat massa molestie pharetra magna praesent molestie, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante molestie tempus ut diam id sit magna. Nibh euismod consectetur sed tincidunt praesent mauris amet donec. Ante non nonummy tempus, lobortis ullamcorper elit ipsum ut. Diam ipsum ut diam id turpis ac laoreet euismod. Turpis ac tincidunt aliquet adipiscing lorem, tincidunt praesent adipiscing. Lorem tincidunt aliquet turpis tempus nibh euismod, turpis lobortis. Diam mauris feugiat ut praesent id pharetra magna laoreet. Non at ipsum nunc proin euismod amet nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed, dolore ante euismod nonummy tempus nibh. Non felis feugiat congue et molestie pharetra erat. Massa sem elit pulvinar nisi, nibh euismod aliquam. Lobortis ullamcorper adipiscing lorem, congue mi, molestie pharetra. Erat massa non at sed nunc sem elit. Pulvinar aliquam nibh euismod amet tempus lobortis adipiscing. Tempus ut praesent molestie pharetra erat massa sem. Eget, ipsum nisi et, volutpat turpis aliquam nibh. Ullamcorper adipiscing lorem congue praesent molestie, pharetra, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie pharetra ac laoreet tellus consectetur ac, mi aliquet consectetur sed nunc sem. Eget nonummy aliquam, nibh amet aliquam, lobortis ullamcorper adipiscing feugiat congue et molestie pharetra. Ac massa, sem at sed nunc sem consectetur erat tincidunt tellus, turpis lorem nunc. Eget, pharetra aliquam lobortis volutpat, amet nisi nibh volutpat dolor, dolore proin volutpat, amet. Aliquam nibh volutpat nonummy aliquam ante volutpat pharetra dolore proin molestie feugiat, congue adipiscing. Ac lobortis euismod amet tempus lobortis ullamcorper, adipiscing lorem, lobortis ullamcorper nonummy tempus nibh. Eget pharetra amet lorem tincidunt praesent molestie pharetra ante tellus pharetra donec laoreet molestie. Pharetra magna mi id pharetra, erat massa sem elit dolor nisi et volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus, adipiscing sed, dolore proin eget pharetra congue proin mauris dolor, dolore proin mauris feugiat tincidunt aliquet mauris pharetra nunc. Et felis, pulvinar nisi diam eget turpis lorem congue praesent mauris dolor dolore ante volutpat nonummy ipsum nisi et id turpis. Ac laoreet euismod, magna nibh euismod turpis ac laoreet aliquet adipiscing lorem laoreet ullamcorper adipiscing lorem tincidunt, aliquet felis feugiat congue. Mi molestie dolor tincidunt ullamcorper nonummy donec proin volutpat aliquam nibh non adipiscing ipsum ut diam felis feugiat ut ullamcorper, felis. Sit ac laoreet aliquet, at dolor donec ante volutpat amet, aliquam ullamcorper felis ipsum, lobortis ullamcorper adipiscing tempus ut diam id. Turpis erat tincidunt tellus at sed, nunc proin eget sed, tincidunt praesent at sed, dolore praesent at tincidunt aliquet, adipiscing lorem. Congue mi volutpat nonummy tempus massa molestie consectetur donec ante tellus pharetra magna diam adipiscing feugiat ut, diam felis feugiat lobortis. Felis ipsum, ut mi molestie turpis ac mi euismod turpis, magna laoreet aliquet at dolor donec ante volutpat amet, aliquam lobortis. Ullamcorper adipiscing ipsum congue et felis ut diam felis pulvinar nisi mi euismod consectetur sed tincidunt aliquet adipiscing lorem laoreet aliquet. Adipiscing dolor donec ante volutpat amet tempus massa non nonummy tempus lobortis consectetur donec ante tellus consectetur, erat, nunc non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut elit ipsum ut ullamcorper elit ipsum lobortis diam felis sit, nisi et id turpis, magna, nibh. Euismod, turpis ac, laoreet, aliquet mauris dolor dolore praesent dolor dolore mi, molestie pharetra donec mi molestie pharetra. Erat nunc non elit ipsum ut non at sed ut et eget pulvinar aliquam, nibh euismod lorem congue. Aliquet molestie consectetur, erat massa, non nonummy erat massa non nonummy ipsum nunc sem elit sed dolore sem. Elit dolor nunc aliquet at dolor, sem mauris, dolor dolore ante volutpat adipiscing feugiat congue praesent molestie pharetra. Ac laoreet molestie pharetra erat massa, aliquet, at dolor nisi ante volutpat aliquam nibh euismod nonummy, lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris pharetra tempus ut mi, tellus at sed nunc consectetur dolor, nunc sem eget dolor dolore praesent eget pharetra dolore proin mauris. Dolor donec ante non amet erat lobortis non nonummy, tempus lobortis sem donec ante mauris sit magna massa tellus nonummy sed, nunc proin. Eget amet aliquam, nibh euismod turpis ac lobortis ullamcorper adipiscing, lorem, lobortis ullamcorper, adipiscing lobortis, euismod nonummy lorem ut, ullamcorper, nonummy aliquam massa. Non amet aliquam ante non amet donec, ante non consectetur erat ante molestie consectetur mi tellus pharetra magna praesent id sit, magna diam. Adipiscing sit magna et id feugiat nisi et id consectetur, erat tincidunt sem mauris sed nunc praesent at tincidunt aliquet mauris dolor dolore. Ante non elit, ipsum congue diam, id sit nisi sem felis sit magna mi euismod consectetur ac, laoreet aliquet turpis lorem tincidunt turpis. Lorem tincidunt, aliquet adipiscing lorem congue aliquet adipiscing lorem tincidunt praesent mauris dolor congue mi molestie nonummy sed sem, elit pulvinar ut proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis magna laoreet aliquet elit dolor nunc proin, sed donec nibh ullamcorper adipiscing lorem ut ullamcorper. Nonummy tempus lobortis, non nonummy ipsum, lobortis diam, felis sit magna et euismod turpis ac tincidunt, aliquet. Dolor, donec proin mauris dolor dolore proin molestie dolor dolore ante volutpat pharetra, erat ante non elit. Ipsum ut et felis pulvinar nisi et eget nunc proin eget, sit ac laoreet ullamcorper adipiscing lorem. Tincidunt aliquet adipiscing feugiat dolore, mi mauris dolor congue praesent molestie pharetra, donec ante sit, magna laoreet. Tellus consectetur erat massa sem elit ipsum nunc proin volutpat amet tempus lobortis ullamcorper adipiscing feugiat magna. Praesent felis feugiat, ut praesent felis feugiat diam adipiscing ipsum ut ullamcorper elit ipsum lobortis non, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent molestie, sit laoreet, molestie consectetur erat massa tellus consectetur erat massa tellus at ac laoreet aliquet elit sed tincidunt aliquet consectetur lorem. Tincidunt praesent eget pulvinar, dolore adipiscing lorem tincidunt, aliquet mauris dolor dolore proin volutpat amet erat ante non nonummy, erat nunc sem elit ipsum nisi. Et, id, turpis sed tincidunt at sed congue proin molestie amet tempus massa sem elit pulvinar lobortis diam felis sit ac laoreet tellus at sed. Tincidunt praesent mauris tincidunt aliquet mauris dolor dolore praesent mauris, dolor, donec massa sem elit ipsum nunc diam, id pulvinar nisi diam id sit ac. Nibh, ullamcorper amet aliquam et sed massa molestie sit magna laoreet aliquet at sed, dolore sem mauris dolor dolore praesent eget pharetra donec ante, volutpat. Amet tempus lobortis, ullamcorper elit feugiat ut pharetra magna mi molestie feugiat congue diam adipiscing feugiat ut ullamcorper adipiscing feugiat congue mi molestie sit, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie nonummy tempus lobortis diam felis sit ac laoreet praesent eget dolor nunc praesent mauris sed dolore proin volutpat amet ipsum non amet erat lobortis. Sem nonummy tempus, lobortis non amet aliquam ante molestie dolor tincidunt aliquet adipiscing lorem nibh volutpat pulvinar, dolore nibh volutpat pulvinar sem, at ac et. Id sit aliquam proin, elit sed massa tellus pharetra ac laoreet molestie sit magna diam felis sit ac mi tellus, consectetur ac laoreet turpis aliquam. Et eget sit nisi sem eget pulvinar nisi, et eget pulvinar nisi sem at sed dolore proin mauris dolor pulvinar aliquam elit sed dolore sem. Eget turpis tempus tincidunt ullamcorper adipiscing lorem congue praesent, mauris pharetra donec, massa, non at sed ut, sem eget ipsum dolore proin eget tincidunt sem. Elit dolor dolore sem eget dolor donec proin eget pharetra dolore, praesent mauris dolor dolore proin molestie pharetra donec ante molestie dolor donec ante volutpat. Donec ante tellus nonummy tempus nunc, sem elit sed, nunc sem elit ipsum aliquam nibh euismod amet ac nibh volutpat nunc sem mauris dolor nisi. Ante volutpat amet aliquam ante, volutpat amet donec massa ullamcorper adipiscing tempus ut et id consectetur ac, tincidunt aliquet consectetur sed tellus consectetur lorem tincidunt. Aliquet at dolor dolore proin eget, amet aliquam ante volutpat amet, donec ante non nonummy feugiat ut diam felis, pulvinar ut diam eget massa tellus. Pharetra erat massa sem elit ipsum dolore proin eget sed dolore sem at sed, tincidunt aliquet at sed dolore proin mauris pulvinar donec ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue, praesent, mauris dolor dolore, praesent molestie pharetra mi volutpat pharetra erat nunc sem. Elit, sed massa sem elit ipsum ut et id amet ac tincidunt ullamcorper mauris feugiat. Congue praesent felis dolor congue felis feugiat congue mi molestie nonummy erat massa non consectetur. Sed dolore, et id amet aliquam nibh euismod turpis aliquam nibh volutpat nonummy tempus nibh. Sed nunc praesent, mauris dolor dolore ante volutpat amet aliquam lobortis ullamcorper elit ipsum ut. Mi euismod, sit magna mi euismod sit magna eget pulvinar nisi proin eget ipsum, ut. Proin eget ipsum dolore et volutpat, amet, lorem congue mi sem elit ipsum ut et. Id turpis, magna et id aliquam et id amet aliquam et id amet aliquam, nibh. Euismod turpis tempus lobortis, euismod nonummy tempus nibh euismod nonummy, tempus lobortis non nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris dolor donec ante non nonummy tempus, lobortis diam id pulvinar magna nibh id sit proin id turpis ac tincidunt euismod adipiscing lorem tincidunt praesent felis feugiat. Congue mi felis dolor tempus nisi diam eget pulvinar ut nibh, euismod turpis laoreet ullamcorper adipiscing feugiat donec, massa non, nonummy tempus ut diam felis, ipsum ut, diam. Id, ipsum ut sem id sit, nisi nibh, ullamcorper at sed ullamcorper adipiscing ac lobortis aliquet adipiscing lorem tincidunt, praesent molestie dolor, donec ante molestie pharetra magna praesent. Id pharetra erat, massa sem elit nunc aliquet elit, sed massa aliquet at sed nunc sem eget dolor nunc proin eget pulvinar dolore proin eget amet, aliquam ante. Volutpat, amet, tempus massa non congue praesent mauris dolor tincidunt diam adipiscing feugiat magna mi mauris sit magna praesent, felis tempus lobortis diam felis feugiat ut diam felis. Ipsum, ut diam elit, massa sem nonummy ipsum nunc, sem, eget pulvinar nisi sem elit ipsum, nunc sem at erat massa aliquet eget amet proin elit amet nisi. Proin, eget pulvinar donec, proin mauris, pulvinar donec ante volutpat amet donec ante molestie amet erat massa volutpat amet erat ante non nonummy ante tellus consectetur erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa proin id, turpis sed congue praesent lorem dolore praesent mauris, pharetra erat, ante. Non elit erat massa tellus nonummy erat nunc non consectetur erat massa tellus at. Sed dolore, et euismod ac lobortis ullamcorper felis, lorem magna mi, molestie consectetur erat. Massa non consectetur erat massa sem eget ipsum dolore proin eget, ipsum dolore proin. Eget nisi nibh euismod nonummy tempus lobortis diam adipiscing, sit congue diam id pharetra. Magna et felis pharetra ac laoreet tellus consectetur erat nunc at sed nunc proin. Mauris dolor nunc proin mauris dolor congue proin volutpat nonummy tempus massa volutpat amet. Tempus lobortis sem elit erat massa volutpat pharetra donec mauris sit magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra aliquam massa ullamcorper felis feugiat. Congue et id consectetur tincidunt aliquet. Consectetur sed laoreet tellus consectetur ac. Laoreet euismod adipiscing ac laoreet, ullamcorper. At dolor congue, praesent mauris, dolor. Dolore mi molestie dolor mi volutpat. Consectetur erat massa sem elit pulvinar. Aliquam et euismod sit nisi nibh. Euismod adipiscing ac lobortis aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus, turpis lorem nunc proin eget pulvinar donec. Ante eget pharetra aliquam massa, volutpat amet erat ante. Volutpat amet donec mauris pharetra magna praesent adipiscing lorem. Magna praesent, mauris pharetra donec mi molestie pharetra ac. Mi tellus pharetra ac, mi id sit magna et. Felis ut diam felis pulvinar nisi nibh tellus adipiscing. Dolor dolore, proin volutpat amet donec praesent mauris lorem. Lobortis euismod pulvinar nisi, proin elit erat laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi, non nonummy ipsum ut laoreet ullamcorper at feugiat congue mi molestie pharetra donec ante molestie congue mi, molestie consectetur erat nunc sem nonummy erat laoreet tellus consectetur erat. Massa, proin eget pulvinar nisi et volutpat pulvinar aliquam nibh euismod lorem tincidunt ullamcorper adipiscing lorem lobortis ullamcorper nonummy tempus lobortis, ullamcorper felis feugiat congue et id sit nisi et. Id turpis magna, laoreet, tellus consectetur ac nibh sed nunc sem elit ipsum nunc non consectetur ipsum dolore et eget pulvinar, nisi proin eget pulvinar nisi proin euismod nonummy aliquam. Nibh amet aliquam lobortis non amet aliquam, massa non nonummy feugiat ut mi molestie sit magna diam felis pulvinar, ut diam elit tempus massa sem nonummy ipsum nunc eget sit. Nisi nibh euismod at lorem lobortis euismod turpis lorem congue praesent felis feugiat magna mi molestie pharetra magna praesent felis feugiat congue diam felis feugiat et id sit magna massa. Aliquet elit dolor dolore ante mauris, eget sit ac congue praesent mauris dolor, donec ante amet erat ante molestie, dolor magna ante molestie, consectetur erat nunc diam elit ipsum ut. Et id sit aliquam laoreet, ullamcorper, turpis ac nibh ullamcorper adipiscing lorem euismod, turpis lorem lobortis volutpat amet aliquam lobortis ullamcorper adipiscing lorem lobortis ullamcorper nonummy, ipsum ut diam felis. Ipsum ut diam nonummy ipsum lobortis sem felis pulvinar diam eget pulvinar nisi et id sit lorem congue aliquet adipiscing lorem tincidunt, aliquet at feugiat congue aliquet adipiscing tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet donec proin non, nonummy ipsum ut diam adipiscing ipsum ut diam id sit dolore aliquet elit, sed dolore sem mauris pulvinar aliquam. Nibh ullamcorper, felis feugiat magna laoreet non at erat laoreet euismod adipiscing lorem lobortis euismod amet aliquam volutpat amet tempus lobortis ullamcorper adipiscing aliquam. Nibh diam adipiscing ipsum, ut et molestie pharetra, ac mi molestie turpis ac tincidunt tellus consectetur, ac tincidunt turpis ac nunc proin eget, pharetra. Aliquam, massa non, adipiscing sit, congue diam elit feugiat nisi laoreet euismod consectetur ac tincidunt aliquet at et id turpis ac laoreet tellus, turpis. Ac nibh euismod amet ac tincidunt aliquet felis lorem tincidunt aliquet adipiscing lorem congue diam felis feugiat congue praesent mauris ut, diam, adipiscing sit. Magna mi molestie sit ac mi molestie consectetur ac mi id sit nisi et id, pulvinar ac, laoreet tellus at lorem tincidunt aliquet ac. Laoreet praesent molestie dolor donec massa volutpat nonummy, erat, massa sem, elit ipsum, magna nibh euismod sit aliquam laoreet turpis lorem congue praesent mauris. Dolor, dolore, massa non nonummy tempus massa volutpat consectetur erat ante tellus nonummy erat massa sem, consectetur sed nunc non, at sed proin elit. Sed, nunc aliquet turpis ac mi euismod sit magna nibh id sit ut diam eget pulvinar nisi et id, amet nisi et id amet. Nibh ullamcorper turpis aliquam tincidunt aliquet felis, feugiat magna, praesent molestie consectetur ipsum nunc non nonummy sed ut proin eget amet aliquam lobortis, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus lobortis diam felis feugiat congue praesent mauris pharetra, erat massa non ac laoreet molestie consectetur erat massa aliquet at. Dolor dolore proin mauris dolor, donec ante eget pulvinar dolore ante, volutpat amet aliquam massa non amet donec molestie dolor congue. Praesent mauris dolor erat massa diam felis ipsum, ut diam eget ipsum nisi et id sit aliquam nibh euismod turpis nisi. Et dolor dolore proin eget, dolor, nisi, nibh euismod amet aliquam nibh volutpat pulvinar aliquam nibh ullamcorper felis feugiat congue et. Id, ipsum congue id, turpis ac laoreet tellus at sed tincidunt sem mauris sed dolore proin mauris pharetra aliquam lobortis ullamcorper. Felis feugiat congue et felis feugiat, nisi et id, nisi et id pulvinar nisi et id sit ac nibh id pulvinar. Aliquam laoreet euismod, adipiscing lorem tincidunt ullamcorper felis lorem tincidunt aliquet felis lorem tincidunt mauris sit donec laoreet tellus pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis ipsum ut diam felis sit. Diam euismod, consectetur dolor tincidunt aliquet consectetur sed. Dolore proin eget pharetra aliquam ante volutpat, pharetra. Aliquam massa non nonummy tempus massa volutpat consectetur. Massa sem elit pulvinar nisi nibh tellus adipiscing. Ac laoreet ullamcorper, mauris dolor congue praesent mauris. Dolor dolore mi mauris feugiat dolore mi mauris. Dolor mi molestie, pharetra sed massa, non elit. Ipsum, ut proin eget amet nisi et volutpat. Amet ac tincidunt euismod turpis lorem congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt aliquet at sed congue proin mauris, dolor dolore praesent. Mauris pharetra erat massa sem erat ante volutpat, pharetra tempus nunc. Sem eget pulvinar nisi et euismod turpis aliquam nibh euismod turpis. Ac lobortis aliquet felis lorem tincidunt praesent feugiat magna ante, molestie. Sit magna mi mauris pharetra donec laoreet tellus pharetra ac laoreet. Molestie turpis ac mi molestie consectetur erat nunc sem consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit ipsum aliquam nibh euismod turpis, lorem tincidunt, praesent molestie pharetra donec. Massa sem elit ipsum, sem felis tempus nunc, sem nonummy sed nunc et. Id turpis, ac, tincidunt aliquet mauris feugiat dolore mi mauris, dolor donec massa. Non nonummy mi tellus consectetur sed ut diam eget sit aliquam, et id. Turpis ac nibh ullamcorper at dolor congue, praesent mauris feugiat magna, ante molestie. Pharetra erat ante consectetur donec laoreet non consectetur erat nunc proin elit amet. Nisi proin eget amet aliquam nibh euismod amet nisi proin volutpat amet, donec. Eget pharetra aliquam massa volutpat nonummy tempus massa, non elit ipsum massa non. Elit feugiat magna, et id sit ac laoreet id sit nisi diam eget. Pulvinar proin eget amet ac, lobortis, ullamcorper, adipiscing lorem tincidunt aliquet felis, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante eget amet nibh ullamcorper felis feugiat, congue et id, pharetra erat mi molestie turpis magna et id. Sit magna laoreet aliquet, mauris dolor donec ante non donec ante non adipiscing ipsum ut ullamcorper elit ipsum ut. Diam felis feugiat ut diam felis pulvinar nisi et eget pulvinar nisi et id sit et eget turpis ac. Tincidunt praesent volutpat, amet, erat massa non elit ipsum nisi diam elit sed ut sem elit ipsum nisi, proin. Eget pulvinar dolore proin sed, nunc, proin eget amet nisi ante volutpat amet aliquam lobortis euismod nonummy aliquam nibh. Non nonummy tempus massa ullamcorper nonummy donec, proin, feugiat congue aliquet mauris dolor magna ante volutpat consectetur tempus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie pharetra erat mi feugiat. Congue mi molestie turpis magna mi. Molestie, turpis erat tincidunt, sem eget. Dolor, dolore ante volutpat amet aliquam. Lobortis diam felis sit magna id. Pharetra ac mi, molestie sit ac. Laoreet tellus at lorem nunc proin. Mauris dolor dolore aliquet adipiscing, lorem. Tincidunt ullamcorper adipiscing lorem congue praesent. Amet, ipsum nisi diam felis pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nunc sem elit ipsum ut proin eget sit aliquam nibh, amet ac tincidunt aliquet mauris dolor dolore, mi. Molestie consectetur tempus massa non elit, sed, nunc, sem nonummy sed massa sem elit ipsum dolore proin euismod dolore. Et eget pulvinar nisi, ante volutpat amet aliquam, ante euismod nonummy tempus nibh volutpat amet aliquam lobortis ullamcorper nonummy. Aliquam ante molestie pharetra aliquet felis feugiat magna mi molestie pharetra donec ante molestie consectetur donec laoreet non consectetur. Erat ut et id amet nisi et volutpat pulvinar tellus turpis ac tincidunt tellus, consectetur ac tincidunt aliquet adipiscing. Lorem tincidunt praesent at sed congue praesent mauris, dolor donec ante, molestie amet erat massa volutpat, dolor mi molestie. Dolor magna mi tellus consectetur donec mi molestie sit magna et molestie consectetur erat nunc aliquet at, sed nunc. Aliquet at erat laoreet tellus magna nibh euismod adipiscing lorem tincidunt praesent mauris sed dolore praesent at feugiat dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh dolor nisi ante euismod nonummy lorem ut praesent, mauris. Pharetra sed ut et, id, turpis nisi nibh euismod turpis. Ac tincidunt, mi mauris feugiat ullamcorper nonummy tempus tincidunt ullamcorper. Mauris, sit erat massa non at sed nunc et id. Amet lorem tincidunt aliquet mauris pharetra erat massa, non consectetur. Massa diam elit ipsum aliquam nibh euismod turpis lorem tincidunt. Praesent molestie amet erat massa molestie amet ipsum lobortis diam. Felis sit, magna et, id sit ac euismod adipiscing, sed. Congue ante molestie pharetra erat lobortis ullamcorper elit ipsum nisi. Et id sit ac laoreet tellus consectetur sed dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra dolore proin, mauris dolor, donec massa non consectetur tempus massa, non nonummy tempus mauris sit donec laoreet tellus, consectetur, donec laoreet non consectetur, ac. Massa aliquet at sed nunc aliquet, eget pulvinar nisi ante volutpat nonummy lorem ullamcorper felis sit, donec laoreet tellus consectetur ac mi aliquet consectetur sed massa. Aliquet elit pulvinar nisi nibh euismod amet aliquam tincidunt diam felis sit donec, laoreet sit magna mi molestie sit magna mi molestie turpis ac mi, id. Turpis ac laoreet aliquet mauris pulvinar dolore, proin volutpat amet tempus diam, felis sit ac laoreet aliquet at dolor nisi et euismod turpis lorem tincidunt diam. Felis feugiat magna mi tellus consectetur erat, laoreet tellus, consectetur erat massa proin elit pulvinar nisi proin lorem tincidunt, praesent, mauris pharetra donec ante tellus consectetur. Erat nunc, non at ipsum dolore proin id pulvinar aliquam nibh euismod amet aliquam lobortis, euismod adipiscing aliquam diam felis, feugiat magna mi molestie id volutpat. Felis at pulvinar dolor ipsum sed, lorem dolore lobortis mi aliquet molestie consectetur ipsum aliquam, laoreet proin ullamcorper felis pharetra erat nunc proin euismod at pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tempus congue ante et praesent ullamcorper, non proin ullamcorper, tellus id amet ac nibh euismod turpis lorem tincidunt ullamcorper adipiscing lorem lobortis nonummy tempus ut ullamcorper adipiscing. Feugiat congue praesent id sit magna mi aliquet elit sed nunc sem eget dolor dolore sem mauris sed dolore praesent adipiscing feugiat ut praesent id feugiat congue mi. Id sit, nisi diam felis ipsum lobortis sem elit ipsum nunc sem nonummy erat massa, non nonummy ipsum nunc elit ipsum dolore proin eget pulvinar, aliquam nibh euismod. Turpis dolor, congue diam, felis feugiat congue praesent mauris feugiat congue praesent molestie pharetra praesent molestie sit ac mi molestie turpis magna mi euismod sit magna et id. Pulvinar nisi et id pulvinar aliquam nibh euismod adipiscing lorem tincidunt aliquet adipiscing congue praesent mauris lorem tincidunt aliquet mauris, dolor donec massa tellus nonummy sed ut diam. Id, sit nisi et id amet ac lobortis euismod adipiscing lorem tincidunt turpis aliquam nibh ullamcorper nonummy feugiat magna mi molestie pharetra congue praesent id sit ac massa. Non at ipsum dolore at sed tincidunt aliquet at dolor nunc, sem at lorem, tincidunt tellus adipiscing sed nunc proin eget pharetra donec ante volutpat pharetra erat ante. Non elit feugiat sem, elit pulvinar ut diam eget pulvinar magna et id turpis aliquam nibh euismod turpis lorem tincidunt ullamcorper, adipiscing feugiat, congue praesent mauris felis pulvinar. Magna euismod turpis ac laoreet euismod adipiscing lorem tincidunt, praesent mauris dolor donec, proin molestie pharetra donec mi mauris dolor congue mi molestie pharetra erat ante tellus consectetur. Nunc sem elit ipsum nunc sem elit, sed massa aliquet at erat massa aliquet at sed nunc sem, at pulvinar donec proin eget pulvinar donec nibh eget congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat lobortis diam id feugiat nisi et felis ut, sem felis pulvinar, nisi diam, eget ipsum ut et eget ipsum. Ut sem eget, ipsum dolore, et volutpat amet nisi ante eget pulvinar, nisi eget pulvinar aliquam ante volutpat nonummy, tempus. Lobortis ullamcorper adipiscing feugiat magna mi aliquet at dolor dolore sem eget pulvinar dolore proin mauris pulvinar dolore non adipiscing. Lorem magna praesent molestie at sed massa sem elit ipsum nunc sem at sed nunc aliquet at ac laoreet tellus. Consectetur lorem laoreet tellus, ac tincidunt aliquet at dolor dolore proin molestie amet erat massa non nonummy tempus lobortis et. Felis, pulvinar nisi et euismod adipiscing, ac nibh adipiscing sed, dolore proin mauris dolor, dolore mi molestie amet erat massa. Sem, nonummy ipsum nunc non, elit ipsum nunc diam elit ipsum aliquam et eget pulvinar et euismod amet aliquam nibh. Euismod felis feugiat magna mi, mauris sit magna mi molestie sit magna mi id, sit magna et id sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit pulvinar nisi et felis pulvinar nisi nibh proin praesent et ante ullamcorper id ipsum lorem feugiat erat nisi et volutpat pulvinar aliquam lobortis ullamcorper adipiscing feugiat magna mi. Molestie nonummy sed nunc sem elit ipsum nisi proin elit ipsum, lobortis euismod adipiscing lorem lobortis euismod adipiscing tempus tincidunt ullamcorper felis, feugiat ut diam felis tempus, lobortis non amet. Aliquam massa non nonummy ipsum sem consectetur tempus ante molestie dolor congue mi tellus consectetur, erat, nunc non pharetra magna mi sem praesent diam tellus euismod molestie nonummy ipsum mi. Sem ullamcorper molestie eget non tellus euismod mauris pharetra, aliquam, massa non, amet tempus massa non elit tempus ante volutpat dolor congue praesent turpis ac, tincidunt amet aliquam nibh id. Amet aliquam nibh volutpat pulvinar nisi sem, at sed laoreet euismod turpis magna et elit sed ut non consectetur erat massa tellus sit et felis, ipsum nisi et felis ipsum. Lobortis diam elit ipsum nunc sem nonummy sed nunc sem elit pulvinar non at ipsum massa tellus consectetur ac mi id feugiat ut sem nonummy, tempus, nunc sem elit tempus. Nunc non consectetur sed ut proin elit sed nunc consectetur erat massa molestie sit, magna mi felis tempus massa non nonummy tempus massa non nonummy donec mi id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper turpis, lorem tincidunt ullamcorper turpis feugiat tincidunt ullamcorper nonummy tempus ut diam nonummy nibh ullamcorper adipiscing, ipsum, lobortis ullamcorper nonummy erat ante non amet erat. Ante volutpat pharetra, magna mi tellus nonummy tempus massa tellus consectetur donec mi feugiat congue mi tellus pharetra ac massa, tellus turpis, erat tincidunt euismod turpis nisi diam. Felis ipsum ut nibh id, sit ac laoreet euismod sit aliquam nibh ipsum nunc aliquet consectetur erat mi tellus consectetur erat laoreet euismod turpis ac tincidunt aliquet adipiscing. Sed tincidunt aliquet at lorem congue, aliquet ac nibh volutpat turpis aliquam nibh euismod amet nisi ante, volutpat amet donec ante eget dolor nunc praesent adipiscing dolor dolore. Praesent, mauris feugiat tincidunt ullamcorper adipiscing et volutpat pulvinar, dolore proin mauris, sed dolore sem at dolor, nunc aliquet adipiscing sed tincidunt aliquet adipiscing sed dolore aliquet at. Dolor congue mi molestie dolor ullamcorper felis feugiat tincidunt ullamcorper adipiscing feugiat congue diam felis feugiat ut praesent felis, ipsum ut ullamcorper nonummy, erat massa dolor tincidunt praesent. Felis dolor congue diam nonummy, aliquam lobortis euismod adipiscing tempus lobortis, non nonummy tempus, lobortis non nonummy tempus lobortis non elit ipsum nisi sem magna praesent tellus consectetur. Donec, mi mauris lorem lobortis ullamcorper adipiscing, ipsum massa volutpat amet tempus massa non elit tempus lobortis sem elit ipsum ut sem elit magna et, euismod sit ut. Sem elit ipsum ut proin eget pulvinar dolore proin volutpat pulvinar nisi proin eget dolor dolore proin mauris, dolor donec proin eget nunc aliquet adipiscing ac laoreet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac, mi ipsum ut sem felis pulvinar magna mi id, sit magna et. Id sit aliquam nibh euismod pulvinar ut, sem elit ipsum nisi proin eget sed. Tellus consectetur ac laoreet euismod turpis ac laoreet id pulvinar ut sem consectetur donec. Laoreet non at sed nunc aliquet turpis magna mi id nisi, et id ipsum. Ut et euismod sit nisi et, eget ipsum, ut sem at sed, nunc sem. Elit, erat nonummy lorem congue ullamcorper adipiscing tempus, nibh, dolor congue aliquet at lorem. Tincidunt praesent at, feugiat congue praesent mauris dolor congue aliquet adipiscing lorem lobortis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy lorem ut ullamcorper adipiscing feugiat massa volutpat, pharetra, erat, massa non amet donec. Ante non consectetur donec ante aliquam, nibh, non amet donec, ante volutpat pharetra, dolore. Praesent, mauris dolor dolore aliquet, at lorem tincidunt ullamcorper adipiscing tempus lobortis ullamcorper nonummy. Lorem lobortis pulvinar, donec proin mauris dolor, tincidunt ullamcorper turpis nisi et eget ipsum. Dolore et volutpat amet aliquam ante eget dolor, nunc aliquet at sed tincidunt, tellus. Turpis proin eget ipsum nunc non at sed nunc tellus turpis magna et id. Sit ac laoreet tellus turpis, magna et elit ipsum massa feugiat ut ullamcorper adipiscing. Feugiat ut ullamcorper elit tempus lobortis non, amet erat ante molestie dolor congue diam. Adipiscing lorem tincidunt ullamcorper, nonummy aliquam proin mauris sed euismod amet nisi proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa volutpat nonummy tempus ut sem felis pulvinar laoreet tellus adipiscing. Lorem tincidunt tellus adipiscing, lorem tincidunt ullamcorper turpis aliquam et, volutpat turpis. Tempus tincidunt, ullamcorper turpis tempus ante eget pulvinar donec, proin sed tincidunt. Tellus turpis aliquam nibh euismod amet ac nibh volutpat pulvinar dolore et. Volutpat turpis aliquam nibh, volutpat pulvinar donec ante, volutpat amet aliquam eget. Dolor congue aliquet adipiscing ac tincidunt, ullamcorper turpis ac nibh ullamcorper, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra nisi laoreet praesent volutpat, id at at nonummy ipsum magna laoreet, aliquet at erat tincidunt. Aliquet consectetur ac, laoreet euismod sit magna nibh euismod nunc non nonummy, sed massa tellus pharetra. Magna mi id, sit magna mi id sit ut sem nonummy erat massa non, nonummy erat. Massa non congue mi molestie sit magna et, id sit magna et, nonummy tempus, massa volutpat. Consectetur tempus massa sem elit pulvinar nisi, diam elit ipsum nunc, tellus consectetur mi molestie pharetra. Ac laoreet tellus at, erat tincidunt aliquet, consectetur, erat laoreet euismod pulvinar magna et id pulvinar. Nisi diam elit ipsum tellus, pharetra ac mi id feugiat ut ullamcorper amet dolore ante volutpat. Pharetra magna praesent adipiscing tempus nibh volutpat amet aliquam nibh non pharetra donec massa volutpat congue. Proin molestie dolor tincidunt ullamcorper felis lorem tincidunt diam turpis aliquam lobortis euismod amet donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac tincidunt aliquet molestie, amet donec massa non, consectetur tempus. Lobortis non consectetur magna praesent adipiscing lorem, ut diam, felis feugiat. Ullamcorper adipiscing tempus lobortis ullamcorper elit tempus massa volutpat pharetra dolore. Ante volutpat diam, felis feugiat ut et id pharetra magna et. Felis ipsum ut felis pulvinar nisi, et euismod sit, magna nibh. Euismod sit nisi et id pulvinar, ut sem at erat laoreet. Molestie turpis ac laoreet tellus turpis magna mi pulvinar, nisi et. Id sit aliquam, et id pulvinar aliquam proin, eget pulvinar dolore. Proin volutpat, amet aliquam et, euismod adipiscing lorem tincidunt adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet, at dolor dolore proin molestie pharetra donec ante volutpat amet erat, felis lorem lobortis, ullamcorper adipiscing. Feugiat, magna praesent mauris feugiat ut ullamcorper id feugiat magna praesent, molestie pharetra magna mi tellus consectetur erat. Tincidunt consectetur erat tincidunt sem mauris sed nunc proin eget, dolor, nunc praesent mauris dolor donec ante volutpat. Amet erat lobortis diam elit ipsum ut diam id pulvinar sem elit ipsum ut diam elit ipsum ut. Proin eget pulvinar dolore proin eget pulvinar dolore proin eget dolor, dolore proin mauris sed tellus turpis ac. Tincidunt aliquet mauris sed congue, proin eget pharetra donec, ante volutpat amet donec massa sem elit tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sit, magna laoreet molestie, consectetur donec laoreet non elit pulvinar dolore proin at sed. Nunc proin elit, dolor nunc sit ac laoreet tellus consectetur sed tincidunt, praesent, eget pharetra. Donec massa non nonummy aliquam ante non nonummy tempus ut, diam felis pulvinar nunc pharetra. Erat, nunc sem elit sed, ut sem eget ipsum nisi et euismod turpis lorem tincidunt. Praesent mauris dolor magna ante molestie consectetur tempus nunc diam elit massa non elit ipsum. Nisi et id turpis ac lobortis ullamcorper felis dolor dolore mi, molestie pharetra donec ante. Non eget sit magna eget sit, lorem tincidunt aliquet at feugiat lobortis aliquet mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ante euismod, nonummy tempus eget dolor tincidunt proin mauris pharetra donec massa volutpat amet aliquam massa non amet erat massa, non elit tempus massa non. Nonummy ipsum ut diam sed, ut sem, eget sit aliquam nibh euismod turpis ac lobortis ullamcorper mauris dolor, congue ante, volutpat consectetur tempus nunc diam eget. Ipsum ut diam erat nunc sem elit ipsum nunc aliquet elit sed nunc proin eget sed nunc sem eget, pulvinar donec ante volutpat amet tempus ante. Eget pharetra donec ante lorem tincidunt proin mauris feugiat congue praesent adipiscing feugiat congue praesent felis feugiat lobortis euismod adipiscing tempus nibh volutpat pharetra donec, proin. Eget donec praesent at feugiat congue praesent mauris pharetra congue mi molestie dolor donec ante tellus consectetur erat massa tellus consectetur erat massa non elit ipsum. Nisi proin sed massa aliquet at sed dolore proin at sed nunc proin mauris dolor dolore praesent mauris sed dolore praesent mauris dolor dolore praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante eget adipiscing dolor erat, massa non elit ipsum nisi laoreet tellus, at sed dolore molestie pharetra dolore mi. Volutpat amet, tempus ut, diam felis pulvinar nisi et euismod sit ac laoreet tellus adipiscing lorem tincidunt praesent molestie, pharetra. Proin volutpat pharetra donec massa non nonummy tempus nunc sem elit ipsum nisi nibh euismod turpis ac laoreet ullamcorper at. Sed congue praesent mauris pharetra erat ante, feugiat congue mi molestie nonummy tempus nisi et euismod turpis lorem dolore, praesent. Mauris dolor aliquam massa, volutpat amet tempus ut diam felis nisi laoreet euismod turpis magna nibh id turpis ac nunc. Proin eget pharetra aliquam ante molestie amet erat, massa non amet donec ante sem elit ipsum ut consectetur tempus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis sit magna laoreet non elit pulvinar nisi et volutpat pulvinar aliquet mauris pulvinar dolore proin mauris, amet aliquam nibh diam. Adipiscing pharetra erat, ut sem elit ipsum nisi lobortis aliquet mauris feugiat donec ante molestie pharetra mi tellus nonummy ipsum nisi et. Eget sit aliquam laoreet ullamcorper, adipiscing, ac congue praesent molestie amet erat ante volutpat consectetur erat nunc sem elit nisi nibh elit. Ipsum ut sem eget ipsum nunc sem elit sed nunc sem at dolor dolore proin mauris dolor dolore proin eget laoreet tellus. Adipiscing, sed congue praesent mauris dolor dolore, proin volutpat pharetra dolore ante sem elit ipsum ut sem elit tempus massa non consectetur. Erat massa non magna, mi tellus consectetur erat nunc sem elit ipsum dolore proin elit erat tincidunt sem mauris pulvinar aliquam nibh. Ullamcorper adipiscing feugiat congue praesent felis feugiat mauris feugiat dolore proin mauris feugiat tincidunt praesent felis feugiat magna praesent, mauris, dolor magna. Praesent mauris sit donec mi feugiat congue praesent molestie sit, magna et id sit magna mi tellus consectetur, erat tincidunt, tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit ipsum nunc sem, elit amet nisi proin eget. Ipsum dolore proin eget pulvinar nisi, ante volutpat amet, tempus lobortis. Adipiscing feugiat, ut diam felis sit magna laoreet tellus consectetur sed. Nunc sem elit pulvinar, nisi ante euismod nonummy tempus, lobortis, diam. Adipiscing lorem massa non consectetur erat laoreet tellus at sed dolore. Sem eget pulvinar nunc sem eget pulvinar nisi proin mauris sed. Nunc praesent at dolor dolore proin eget dolore proin molestie pharetra. Dolore ante volutpat nonummy, tempus ut et euismod consectetur ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi laoreet, ullamcorper at feugiat congue praesent molestie amet donec mi molestie pharetra magna mi volutpat consectetur ipsum nisi diam eget. Ut et id turpis aliquam et id amet ac nibh, volutpat turpis nisi proin volutpat pulvinar nisi ante volutpat pulvinar dolore proin eget. Amet tempus mauris dolor dolore proin molestie pharetra donec mi mauris pharetra donec massa mauris dolor congue, mi molestie sit congue mi, tellus. Consectetur, erat massa tellus consectetur diam, id feugiat ut diam felis ipsum nisi diam felis, sit magna laoreet euismod turpis ac laoreet aliquet. Turpis lorem congue praesent mauris sed aliquet at lorem, congue praesent mauris feugiat congue ullamcorper turpis tempus lobortis euismod nonummy, tempus lobortis non. Adipiscing lorem lobortis non adipiscing aliquam massa ullamcorper, nonummy ante, volutpat pharetra erat massa molestie pharetra, magna, ante tellus consectetur erat massa tellus. Consectetur erat, massa sem at sed nunc proin eget amet nisi proin eget laoreet tellus mauris dolor dolore proin eget, pulvinar donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ut proin, eget, amet aliquam nibh euismod. Adipiscing tempus tincidunt euismod amet, nisi proin volutpat. Amet, tempus nibh, non nonummy tempus eget, dolor. Dolore proin volutpat amet, donec massa non nonummy. Tempus, ut diam, euismod, turpis magna nibh, euismod. Adipiscing lorem nunc praesent mauris dolor aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc aliquet elit dolor dolore proin, eget pulvinar nisi ante volutpat amet, dolore proin eget tincidunt aliquet at. Sed dolore massa volutpat amet donec ante molestie consectetur donec ante volutpat consectetur donec ante mauris pharetra, donec praesent. Id, pharetra non amet dolore ante molestie amet ipsum ut diam, felis ipsum ut, diam felis ipsum ut diam. Eget pulvinar nisi et euismod turpis aliquam nibh id, dolore proin eget amet nisi nibh, ullamcorper adipiscing tempus lobortis. Ullamcorper, felis lorem congue praesent mauris feugiat, congue praesent id pharetra sed massa non congue mi molestie turpis ac. Laoreet euismod, pulvinar magna mi felis pulvinar nisi et id sit aliquam nibh tellus turpis nisi proin eget pulvinar. Dolore et pulvinar aliquam nibh volutpat amet aliquam ante volutpat, nonummy donec ante volutpat nonummy aliquam nibh non nonummy. Ipsum ut diam, felis feugiat ut et felis feugiat, magna euismod, sit ac laoreet aliquet consectetur lorem laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis sed tincidunt, aliquet at proin at erat tincidunt sem mauris amet nisi ante. Volutpat pulvinar aliquam ante volutpat amet, aliquam nibh volutpat amet donec massa, ullamcorper elit ipsum. Volutpat amet tempus massa non nonummy tempus, massa sem eget turpis ac, tincidunt aliquet adipiscing. Ac, tincidunt aliquet mauris dolor donec proin molestie, amet tempus molestie pharetra donec ante, molestie. Nonummy ipsum ut diam eget, pulvinar aliquam laoreet, id amet aliquam, et euismod turpis aliquam. Lobortis aliquet felis ante volutpat amet aliquam nibh euismod amet aliquam nibh ullamcorper adipiscing, tempus. Nibh ullamcorper adipiscing feugiat, lobortis diam, elit ipsum lobortis sem nonummy, ipsum ut sem, elit. Massa, tellus consectetur donec mi tellus consectetur erat massa non pharetra ac laoreet tellus at. Ipsum dolore proin elit, pulvinar aliquam nibh volutpat amet donec proin, eget dolore praesent at. Sed congue proin volutpat pharetra donec ante ullamcorper elit tempus massa, sem nonummy tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, tempus ut praesent felis sit congue praesent felis sit congue mi tellus consectetur erat tincidunt molestie turpis magna laoreet. Sem sed laoreet tellus at pharetra aliquam nibh volutpat pharetra dolore praesent mauris feugiat congue aliquet turpis, ac tincidunt aliquet. Mauris dolor congue praesent molestie congue, praesent mauris feugiat congue praesent felis ipsum ut, mi molestie, at sed nunc, sem. Elit dolor nisi ante volutpat amet tempus lobortis euismod, nonummy aliquam, nibh amet aliquam, massa non adipiscing ipsum lobortis ullamcorper. Felis ipsum ut diam felis feugiat nisi et tellus consectetur sed nunc praesent mauris sed, nunc turpis lorem, nibh, id. Adipiscing feugiat, congue praesent, adipiscing, lorem congue praesent mauris pharetra erat massa non nonummy tempus, nunc non consectetur sed nunc. Sem elit laoreet non consectetur ipsum nisi proin euismod amet nisi ante volutpat nonummy nisi proin eget amet aliquam nibh. Ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing feugiat congue molestie consectetur erat tincidunt, tellus at, sed, nunc sem mauris pulvinar dolore. Ante volutpat amet aliquam lobortis, volutpat amet aliquam massa, volutpat nonummy, tempus nisi et molestie ut, diam euismod consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh, euismod adipiscing dolor donec massa dolor dolore ante volutpat amet donec, ante non consectetur, tempus massa molestie. Consectetur erat nunc sem elit sed laoreet non elit, sed ut sem at massa aliquet elit, sed nunc proin. Elit dolor dolore sem at, sed dolore proin volutpat pharetra donec proin volutpat amet tempus ut ullamcorper elit tempus. Volutpat, amet erat massa volutpat pharetra donec massa non nonummy ipsum ut diam elit, pulvinar nunc sem at sed. Massa sem elit ipsum nunc sem elit dolor tellus at lorem tincidunt aliquet at dolor nunc praesent mauris dolor. Dolore praesent mauris pharetra aliquam massa volutpat nonummy, tempus lobortis sem elit lobortis et, euismod, turpis magna nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed ut nibh euismod amet ac lobortis euismod dolore proin, volutpat amet nisi nibh euismod. Adipiscing, lorem congue diam adipiscing lorem ut ullamcorper felis sit ac mi id sit congue diam. Elit tempus non elit tempus nunc diam id turpis magna laoreet aliquet at lorem tincidunt aliquet. At dolor donec ante volutpat amet erat massa volutpat pharetra donec molestie pharetra donec mi molestie. Pharetra donec laoreet tellus consectetur donec laoreet tellus pharetra magna laoreet molestie sit magna et, molestie. At sed aliquet, mauris lorem tincidunt tellus sit ac laoreet tellus adipiscing, lorem tincidunt ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor erat diam felis sit magna, laoreet tellus at sed dolore praesent eget dolor, donec massa diam felis ipsum magna laoreet tellus consectetur erat nunc sem, erat, nunc. Proin volutpat amet tempus lobortis volutpat amet tempus nibh non nonummy tempus ut, et molestie turpis ac laoreet tellus at sed tincidunt sem sed dolore ante eget nonummy lorem. Ut praesent felis, sit ac laoreet, aliquet at sed nunc proin, elit pulvinar aliquam lobortis ullamcorper adipiscing lorem lobortis diam, felis nibh diam, felis pharetra erat massa sem, elit. Ipsum aliquam tincidunt praesent molestie, consectetur erat ante volutpat consectetur donec massa, non consectetur erat massa pharetra magna laoreet, tellus, at ipsum dolore et volutpat pulvinar aliquam nibh euismod. Turpis tempus lobortis, ullamcorper felis lorem ut praesent molestie, pharetra donec laoreet tellus erat massa, aliquet consectetur sed nunc sem eget amet nisi, nibh eget dolor nunc proin mauris. Dolor dolore proin, volutpat pharetra donec ante molestie dolor dolore volutpat amet, erat massa volutpat consectetur erat, ante, non nonummy ipsum nunc non consectetur sed massa sem at sed. Nunc et id pulvinar nisi, nibh euismod turpis nibh euismod adipiscing lorem tincidunt praesent, felis, elit pulvinar, magna laoreet, euismod, at dolor dolore proin molestie pharetra erat massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper felis feugiat tincidunt diam felis feugiat congue, praesent id pharetra tincidunt, aliquet mauris pharetra massa non nonummy erat nunc, tellus elit. Pulvinar, ut proin elit sed nunc non elit, ipsum nisi, proin eget dolor, dolore nibh volutpat amet sem at sed dolore praesent mauris amet. Aliquam lobortis ullamcorper amet aliquam lobortis non amet tempus lobortis ullamcorper felis feugiat nisi et, euismod, consectetur lorem laoreet, tellus pulvinar donec proin volutpat. Nonummy ipsum lobortis ullamcorper adipiscing ipsum lobortis ullamcorper felis feugiat nisi, et felis ipsum ut diam elit ipsum nunc consectetur erat nunc non at. Ipsum ut et eget pulvinar nisi, proin eget pulvinar aliquam proin elit, dolor nunc aliquet at sed nunc, aliquet at lorem nibh sit nisi. Nibh ullamcorper adipiscing ac tincidunt aliquet molestie dolor congue praesent felis tempus, lobortis ullamcorper adipiscing feugiat congue mi mauris sit congue praesent felis ipsum. Lobortis, id feugiat congue et id turpis erat, nunc sem mauris dolor, nunc aliquet consectetur lorem nibh euismod adipiscing ac tincidunt adipiscing ac laoreet. Aliquet at, dolor, donec ante volutpat consectetur erat ante non nonummy tempus massa non nonummy sed massa non elit pulvinar nisi et eget ac. Lobortis aliquet at feugiat tincidunt aliquet felis feugiat, tincidunt diam felis lorem tincidunt diam adipiscing, lorem ut ullamcorper adipiscing ipsum ut et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam nonummy tempus nunc et felis ipsum nunc sem consectetur erat molestie, consectetur erat laoreet non consectetur erat laoreet aliquet at erat laoreet tellus turpis. Magna et felis sit magna, nibh, euismod turpis nisi et id sit et euismod turpis lorem congue praesent at lorem tincidunt ullamcorper adipiscing tempus lobortis ullamcorper. Felis sit magna mi molestie sit magna mi molestie consectetur ac felis, feugiat congue et id feugiat nisi diam id sit, ac tincidunt aliquet at lorem. Nunc proin non nonummy, ipsum, lobortis ullamcorper felis ut ullamcorper felis feugiat lobortis diam id, sit ac mi tellus, turpis ac laoreet aliquet adipiscing lorem laoreet. Aliquet at sed congue praesent at feugiat congue aliquet ac lobortis ullamcorper adipiscing lorem tincidunt praesent mauris pharetra magna, praesent mauris feugiat congue diam, felis feugiat. Congue, et id feugiat congue et felis ipsum lobortis non tempus ut sem nonummy ipsum nisi diam eget ipsum, nunc sem at ipsum, ut proin eget. Pulvinar aliquam lobortis praesent tempus lobortis ullamcorper adipiscing, lorem congue diam felis tempus lobortis diam adipiscing lorem lobortis ullamcorper, felis feugiat congue mi id consectetur, sed. Nunc proin volutpat amet dolore consectetur lorem laoreet aliquet mauris dolor, nunc, aliquet at sed congue aliquet adipiscing lorem lobortis aliquet mauris feugiat tincidunt aliquet, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at sed dolore praesent mauris sed tincidunt aliquet. Adipiscing lorem laoreet euismod turpis aliquam volutpat, amet tempus nibh. Ullamcorper felis feugiat magna, mi molestie pharetra donec mi tellus. Nonummy sed nunc sem at sed nunc sem elit dolor. Aliquet at, dolor dolore proin eget pulvinar aliquam nibh, euismod. Adipiscing lorem lobortis non nonummy aliquam ante non nonummy donec. Ante ullamcorper elit tempus massa non, donec ante molestie dolor. Donec ante tellus nonummy sed massa tellus, sit magna laoreet. Tellus consectetur erat laoreet tellus at sed nunc sem elit. Dolore proin mauris dolor dolore praesent mauris dolor, donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris, pharetra, donec ante nonummy erat massa non nonummy tempus nunc sem elit ipsum nunc sem elit ipsum nunc sem elit ipsum, dolore proin, elit sed massa aliquet. At sed, tellus consectetur sed, dolore, proin eget pulvinar donec ante eget pharetra donec ante volutpat pharetra aliquam lobortis non amet erat massa sem felis sit magna felis pulvinar. Ut, et id pulvinar nisi et euismod, turpis ac nibh euismod amet dolore et eget pulvinar nisi nibh volutpat pulvinar, aliquam nibh euismod adipiscing lorem non felis sit, donec. Massa tellus, consectetur sed nunc aliquet at sed massa, tellus consectetur erat laoreet tellus turpis ac laoreet euismod turpis laoreet aliquet at dolor dolore massa non nonummy aliquam massa. Non nonummy tempus lobortis sem elit, tempus lobortis sem elit tempus massa non, consectetur, donec laoreet tellus donec laoreet tellus pharetra ac, mi tellus, consectetur erat laoreet tellus consectetur. Erat laoreet euismod at sed dolore proin eget pulvinar dolore proin eget pharetra donec, ante elit tempus lobortis, diam felis, tempus ut et id pulvinar nisi et, id turpis. Magna et id turpis aliquam, ullamcorper at sed congue aliquet at lorem lobortis, aliquet felis lorem lobortis, euismod turpis, tempus lobortis ullamcorper adipiscing feugiat ut diam felis, sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy ipsum nisi, et molestie consectetur erat nunc aliquet mauris sed nunc proin pulvinar, donec proin eget dolor dolore praesent mauris feugiat dolore mi molestie amet, donec. Ante, non, elit, tempus, nunc sem elit tempus nisi et euismod, adipiscing tincidunt praesent at feugiat, congue praesent mauris feugiat congue mi mauris pharetra donec ante volutpat pharetra. Donec massa, non nonummy sed nunc sem elit ipsum et id turpis lorem tincidunt, aliquet felis dolor dolore, mi molestie consectetur erat nunc et euismod sit, ac tincidunt. Proin eget dolor donec molestie amet donec massa non amet tempus, lobortis sem elit pulvinar nunc sem nonummy tempus ut et eget sit aliquam nibh id amet ac. Nibh ullamcorper adipiscing dolore mi volutpat consectetur erat massa sem elit tempus, nunc diam elit pulvinar nisi et euismod adipiscing ac tincidunt aliquet at dolor dolore mi molestie. Consectetur erat et euismod turpis lorem, tincidunt aliquet eget pharetra donec ante volutpat amet aliquam lobortis ullamcorper elit sit ac laoreet tellus sed dolore sem eget dolor dolore. Praesent mauris dolor donec ante eget pharetra donec proin volutpat amet donec ante, volutpat amet erat ante volutpat consectetur donec ante elit ipsum ut sem eget ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non elit, pulvinar nisi et mauris dolor donec mi volutpat consectetur tempus ut, et id turpis ac tincidunt. Aliquet at lorem tincidunt aliquet, at lorem tincidunt aliquet adipiscing, lorem euismod turpis tempus lobortis euismod amet aliquam ante. Eget amet aliquam, ante non nonummy tempus lobortis diam felis feugiat ut et felis, ipsum nisi diam pulvinar nisi. Et tellus consectetur ac laoreet tellus adipiscing aliquam, et, id sit aliquam nibh ullamcorper adipiscing ac lobortis euismod amet. Tempus lobortis adipiscing feugiat tincidunt ullamcorper felis sit donec laoreet molestie pharetra donec laoreet, tellus consectetur, ac mi tellus. Consectetur erat laoreet, molestie turpis ac laoreet id sit nisi elit ipsum ut sem elit sed nunc non consectetur. Erat massa aliquet at sed nunc, sem elit dolor dolore sem mauris pulvinar nisi ante volutpat nonummy tempus non. Nonummy ipsum ut diam, felis feugiat ut et id, feugiat nisi et, euismod turpis magna mi id pulvinar nisi. Nibh euismod turpis aliquam, nibh euismod sit, nibh id turpis lorem congue, praesent mauris pharetra dolore praesent felis feugiat. Tincidunt diam felis lorem ut ullamcorper, adipiscing lorem mi molestie pharetra ac laoreet tellus pharetra ac laoreet molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa felis ipsum ut et, id, turpis lorem tincidunt aliquet mauris sed dolore praesent, molestie. Dolor, donec, massa, non nonummy tempus lobortis diam felis pulvinar nibh euismod, adipiscing lorem tincidunt praesent. Mauris dolor, dolore proin mauris feugiat congue, aliquet felis dolor congue praesent mauris feugiat tincidunt ullamcorper. Felis feugiat ut mauris sit congue praesent felis feugiat magna, et id pharetra ac laoreet aliquet. At dolor nunc sem eget dolor dolore proin eget pulvinar dolore ante nonummy aliquam massa non. Nonummy tempus lobortis ullamcorper, elit tempus lobortis sem nonummy tempus lobortis sem felis pulvinar ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat nunc proin elit ipsum dolore proin eget amet nisi et ullamcorper, felis feugiat congue praesent mauris pharetra magna, mauris, feugiat magna praesent id, sit erat massa. Tellus at sed nunc sem elit sed, dolore sem at lorem dolore aliquet mauris dolor donec volutpat amet pharetra, amet sed aliquam ac nisi congue massa diam euismod. Mauris turpis dolor erat ut nibh aliquet mauris, dolor donec lobortis diam molestie consectetur, ipsum erat magna nunc tincidunt, lobortis laoreet sem volutpat felis nonummy pulvinar lorem tempus. Donec lorem aliquam congue mi, tellus sit magna et id ac mi euismod adipiscing lorem lobortis ullamcorper adipiscing lorem congue praesent id, pharetra sed ac dolore magna nunc. Tincidunt magna nunc ante ullamcorper mauris nonummy consectetur, amet ut, praesent, tellus elit turpis sed tempus magna, laoreet sem volutpat amet feugiat donec lobortis tincidunt ante diam molestie. Nonummy adipiscing adipiscing consectetur turpis, nonummy consectetur turpis dolore magna nisi congue erat, tempus tempus lorem aliquam donec ac, aliquam donec, aliquam donec magna dolore, congue lobortis laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ante nibh, ante massa tincidunt magna ut dolore congue dolore dolore non aliquet euismod volutpat, id mauris. Mauris id non tellus tellus non tellus id mauris felis, eget mauris elit elit mauris felis mauris felis. Elit at, feugiat ipsum dolor feugiat amet pharetra sit pulvinar lorem dolore lobortis, nunc tincidunt nunc nunc tincidunt. Ut aliquam erat, lorem tempus donec aliquam congue lobortis sem ullamcorper sem tellus volutpat molestie id, eget felis. Sit donec laoreet non nonummy donec laoreet molestie consectetur sed nunc sem elit ipsum tellus turpis ac laoreet. Aliquet at, pulvinar donec proin, mauris dolor nunc proin volutpat amet, aliquam proin molestie feugiat donec proin volutpat. Amet donec ante, molestie pharetra, praesent molestie pharetra donec mi molestie pharetra donec massa, non at pulvinar ut. Proin elit amet dolore et elit dolor nunc sem, elit dolor, dolore aliquet at laoreet aliquet at lorem. Nunc proin mauris lorem tincidunt ullamcorper adipiscing feugiat congue praesent at feugiat dolore, ante non nonummy ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc praesent mauris sed, congue praesent. Molestie pharetra, donec lobortis nonummy erat. Massa volutpat consectetur tempus massa volutpat. Consectetur erat massa non nonummy sed. Massa, tellus consectetur erat nunc tellus. Elit sed massa, aliquet turpis ac. Proin eget, pulvinar nisi ante volutpat. Nonummy tempus ut diam adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent molestie pharetra aliquet at feugiat. Congue praesent, volutpat consectetur erat ante, molestie. Feugiat congue praesent mauris feugiat congue diam. Id pharetra ac mi id sit congue. Sem at sed tincidunt aliquet at lorem. Tincidunt, tellus at sed, nunc praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet molestie ut et felis ipsum nisi diam felis feugiat ut et id sit ac tincidunt tellus turpis ac nibh id pulvinar nisi nibh euismod. Amet aliquam volutpat pulvinar nisi, nibh volutpat, pulvinar dolore sem at, sed nunc euismod pulvinar nisi, diam eget pulvinar nisi, et id turpis, lorem, congue ullamcorper. Adipiscing lobortis euismod amet tempus nibh volutpat amet, dolore proin eget dolor nunc aliquet at lorem tincidunt aliquet adipiscing ac nibh id ipsum nunc, aliquet eget. Pulvinar dolore eget, pulvinar nisi nibh euismod adipiscing lorem nibh non nonummy aliquam nibh ullamcorper adipiscing ipsum lobortis non nonummy, tempus lobortis ullamcorper elit tempus volutpat. Consectetur, erat massa tellus nonummy erat massa tellus pharetra magna praesent molestie sit, ut et felis feugiat ut ullamcorper amet donec ante molestie pharetra congue diam. Tempus lobortis euismod amet, tempus nibh volutpat nonummy aliquam ante volutpat amet donec massa ullamcorper, nonummy erat, massa non consectetur tempus massa volutpat ipsum ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat magna praesent molestie pharetra magna mi molestie sit mauris feugiat congue. Mi tellus nonummy sed massa, non nonummy ipsum, nunc sem at sed nunc. Proin eget, pulvinar dolore proin eget dolor dolore, ante, mauris tincidunt sem mauris. Sed nunc aliquet, mauris sed dolore proin volutpat, pharetra dolore proin molestie pharetra. Donec mi molestie pharetra, magna mi volutpat consectetur tempus tellus nonummy ipsum ut. Sem elit ipsum, ut sem elit ipsum, dolore proin eget pulvinar nisi proin. Eget turpis lorem congue praesent mauris erat massa non consectetur donec laoreet non. Elit ipsum nunc sem at sed nunc, sem at, sed dolore sem at. Sed dolore proin mauris dolor nunc praesent aliquam nibh id turpis ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur erat tincidunt aliquet at, sed nunc aliquet dolor donec, nibh non, adipiscing, ipsum congue mi tellus, pharetra. Sed nunc sem elit dolor dolore sem elit dolor nunc sem at sed nunc aliquet, lorem, laoreet tellus, adipiscing. Lorem tincidunt aliquet at feugiat tincidunt ullamcorper adipiscing lorem tincidunt praesent felis lorem tincidunt diam felis feugiat tincidunt diam. Adipiscing tempus diam id consectetur ac, massa non consectetur erat massa aliquet consectetur erat tincidunt proin volutpat, turpis aliquam. Nibh ullamcorper felis sit magna mi pharetra donec laoreet non, at sed nunc sem, at dolor dolore sem, elit. Dolor nisi lobortis ullamcorper nonummy tempus lobortis non nonummy tempus lobortis non nonummy donec volutpat dolor, dolore praesent at. Feugiat tincidunt aliquet felis feugiat tincidunt euismod amet, dolore proin mauris dolor dolore ante, volutpat amet aliquam, ante volutpat. Amet tempus lobortis nonummy erat massa non nonummy tempus massa volutpat consectetur erat, ante molestie consectetur erat massa molestie. Consectetur sed massa tellus magna mi elit ipsum, ut et molestie sit magna et id consectetur lorem tincidunt aliquet. Adipiscing sed, tincidunt, tellus at lorem tincidunt aliquet adipiscing ac lobortis ullamcorper ac tincidunt, ullamcorper felis feugiat congue, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing feugiat congue sem eget pulvinar nisi et euismod adipiscing lorem tincidunt praesent mauris dolor congue praesent mauris dolor magna praesent. Mauris sit donec laoreet, molestie pharetra donec non elit sed dolore proin, eget pulvinar aliquam nibh euismod adipiscing, lorem tincidunt diam adipiscing. Feugiat, magna laoreet tellus consectetur erat massa sem at ipsum nibh volutpat amet aliquam lobortis aliquet felis lorem tincidunt, praesent felis feugiat. Congue ante tellus consectetur, donec laoreet tellus consectetur ac massa sem elit dolore et eget pulvinar, aliquam lobortis diam, molestie pharetra erat. Ante non nonummy erat nunc tellus consectetur erat massa non at erat massa sem elit, dolor dolore elit dolor, dolore, ante euismod. Pulvinar donec nibh non adipiscing feugiat congue mi molestie consectetur, erat massa aliquet elit ipsum nunc, sem eget dolor dolore proin pulvinar. Aliquam ante volutpat nonummy lorem lobortis non adipiscing ipsum congue et, molestie pharetra magna laoreet tellus elit pulvinar nisi, volutpat, amet aliquam. Nibh ullamcorper felis feugiat magna, laoreet molestie pharetra magna mi molestie consectetur ac mi tellus, consectetur ac laoreet, id turpis ac laoreet. Aliquet at nunc aliquet at sed tincidunt aliquet at sed tincidunt praesent mauris, pharetra, donec massa non elit, ipsum, nisi, et tellus. Turpis ac laoreet euismod consectetur lorem, tincidunt adipiscing pharetra donec praesent molestie dolor dolore ante molestie pharetra donec massa non nonummy pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et euismod amet, lorem tincidunt aliquet adipiscing lorem tincidunt ullamcorper, turpis lorem lobortis praesent felis lorem ut praesent adipiscing magna laoreet. Tellus consectetur ac laoreet molestie turpis magna mi molestie turpis magna mi euismod, consectetur sed tincidunt, tellus consectetur lorem tincidunt tellus, adipiscing. Lorem aliquet at, lorem tincidunt aliquet, mauris dolor congue praesent mauris pharetra donec massa non nonummy ipsum nisi diam eget ipsum nunc. Non elit erat massa non at, dolore et euismod amet nisi, ante euismod amet, aliquam ante eget pulvinar nunc aliquet at dolor. Dolore ante volutpat pharetra dolore proin mauris tincidunt aliquet at dolor dolore ante volutpat consectetur donec massa tellus consectetur, erat massa, sem. Nonummy ipsum nunc sem at pulvinar aliquam nibh, euismod turpis aliquam nibh amet aliquam lobortis ullamcorper felis feugiat magna mi molestie pharetra. Donec massa non at sed massa tellus pharetra magna mi molestie feugiat nisi et felis sit ut felis ipsum massa et id. Adipiscing aliquam nibh euismod, sit ac laoreet ullamcorper at feugiat tincidunt aliquet, adipiscing, lorem tincidunt adipiscing feugiat congue praesent mauris sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing ipsum ut elit, tempus, ut et id sit, ac mi tellus consectetur sed nunc aliquet consectetur lorem. Nunc proin mauris sed congue proin molestie dolor dolore, praesent dolor donec ante volutpat consectetur erat ante molestie consectetur erat. Massa sem elit ipsum nunc sem elit, ipsum ut et euismod turpis lorem tincidunt praesent pharetra donec, ante volutpat nonummy. Tempus nunc sem elit sed nunc diam, id turpis ac tincidunt proin mauris dolor dolore ante molestie pharetra erat lobortis. Elit tempus nunc sem felis sit magna et, eget pulvinar nisi nibh euismod turpis aliquam, laoreet ullamcorper, turpis ac lobortis. Aliquet felis, feugiat magna praesent lorem tincidunt praesent mauris pharetra donec massa non consectetur erat, massa sem at sed nunc. Sem at sed massa sem elit, sed, nunc sem, mauris dolor dolore adipiscing, ac tincidunt aliquet turpis lorem laoreet ullamcorper. At feugiat tincidunt ullamcorper at feugiat tincidunt praesent mauris feugiat congue diam adipiscing lorem lobortis mauris pharetra donec mi molestie. Pharetra erat laoreet tellus consectetur erat, laoreet tellus consectetur ac mi tellus turpis ac mi euismod, sit, magna laoreet, tellus. Adipiscing lorem praesent at lorem tincidunt aliquet adipiscing feugiat lobortis ullamcorper adipiscing lorem tincidunt praesent molestie pharetra donec, ante tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar aliquam nibh euismod turpis, ac tincidunt ullamcorper turpis aliquam nibh volutpat amet nisi nibh volutpat. Amet aliquam mauris pulvinar donec ante volutpat dolor dolore praesent at sed congue proin molestie dolor dolore. Mi non pharetra, erat massa sem nonummy, tempus, nisi et adipiscing lorem tincidunt tellus turpis ac laoreet. Euismod adipiscing lorem lobortis ullamcorper adipiscing tempus nibh volutpat dolor dolore, non consectetur erat massa, non at. Ac laoreet sit, magna mi id sit magna et id pulvinar nisi, et euismod sit nisi diam. Elit ipsum ut non at erat mi molestie feugiat mi id, sit magna et id pulvinar ut. Diam elit ipsum massa molestie sit congue ullamcorper nonummy tempus, nibh volutpat amet donec, proin mauris feugiat. Congue, turpis aliquam et volutpat amet nisi ante eget pulvinar nunc aliquet at lorem tincidunt, tellus turpis. Ac, laoreet id amet, aliquam nibh eget pulvinar, dolore proin elit tincidunt tellus sit magna laoreet, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, erat nunc non pharetra ac laoreet molestie lobortis non elit feugiat nisi et felis ipsum ut sem nonummy erat ante. Molestie pharetra donec massa tellus, pharetra magna praesent felis tempus ante molestie tincidunt aliquet, adipiscing lorem lobortis aliquet adipiscing, lorem lobortis. Euismod amet aliquam nibh non pulvinar dolore proin at sed tincidunt praesent mauris dolor congue praesent ac nibh euismod amet nisi. Ante eget sed laoreet tellus turpis ac laoreet euismod turpis nisi proin eget pulvinar nisi nibh eget ipsum sem at dolor. Tincidunt aliquet consectetur ac tincidunt, tellus consectetur lorem tincidunt tellus adipiscing lorem tincidunt euismod sit aliquam nibh euismod amet nisi, et. Volutpat amet aliquam eget dolor dolore, ante mauris lorem laoreet, tellus turpis aliquam nibh eget ipsum ut sem at sed massa. Aliquet at erat laoreet molestie sit magna et id nisi diam, elit tempus massa tellus pharetra magna diam felis ipsum massa. Non amet tempus lobortis ullamcorper elit tempus lobortis non, ipsum ut sem, nonummy erat massa diam, tellus non molestie elit turpis. Dolor aliquam ut et tellus eget adipiscing elit, consectetur pulvinar, aliquam ante eget amet donec mauris dolor, dolore proin mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec praesent molestie dolor dolore felis tempus nibh volutpat amet donec praesent at lorem laoreet euismod turpis aliquam. Nibh id pulvinar nunc sem pharetra erat laoreet id, sit magna mi euismod, nisi et felis pulvinar ut diam. Elit ipsum nunc non elit sed laoreet molestie feugiat lobortis ullamcorper nonummy turpis pulvinar, lorem, donec ut tincidunt volutpat. Nonummy feugiat donec ut nibh tellus mauris nonummy sit pulvinar lorem dolore praesent mauris dolor dolore praesent mauris feugiat. Congue massa non consectetur massa tellus pharetra magna mi molestie sit magna et, elit tempus, massa volutpat amet tempus. Massa non consectetur erat massa non, nonummy erat ante mauris, sit diam mi molestie nonummy tempus massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mauris sed nunc proin eget pharetra donec molestie pharetra donec ante ullamcorper elit sit magna et euismod pulvinar ut sem, eget ipsum ut non consectetur erat laoreet. Tellus at erat mi tellus magna laoreet tellus consectetur, erat laoreet, tellus at, dolor nunc sem mauris sed nunc aliquet mauris, dolor dolore proin eget pharetra donec proin. Molestie pharetra massa non nonummy tempus lobortis diam elit tempus nunc non, nonummy erat laoreet non nonummy erat massa, tellus pharetra erat massa aliquet, elit nunc aliquet consectetur. Ac nunc sem mauris dolor donec proin mauris pulvinar donec nibh volutpat pharetra dolore praesent molestie amet erat lobortis ullamcorper elit tempus massa non erat ante tellus consectetur. Erat nunc diam elit ipsum nunc non consectetur erat laoreet non consectetur erat massa aliquet at erat nunc sem elit sed nunc, aliquet sed dolore, proin volutpat pharetra. Dolore ante eget pharetra donec ante molestie pharetra dolore mi molestie pharetra dolore mi molestie pharetra magna mi tellus mauris pulvinar dolore proin eget dolor dolore praesent mauris. Dolor congue praesent mauris dolor dolore praesent mauris dolor magna, ante, tellus consectetur donec ante tellus consectetur mi molestie pharetra ac massa non elit ipsum nunc proin, eget. Pulvinar nisi nibh euismod adipiscing tempus lobortis ullamcorper adipiscing lorem ut diam felis feugiat ut ullamcorper donec ante volutpat amet donec massa volutpat pharetra donec ante volutpat nonummy. Donec massa sem elit pulvinar ut sem elit ipsum ut proin eget pulvinar aliquam nibh turpis aliquam lobortis aliquet, adipiscing lorem tincidunt praesent molestie pharetra, tempus nunc sem. Elit pulvinar aliquam et id turpis ac laoreet euismod turpis feugiat, tincidunt praesent mauris magna, mi molestie consectetur erat, massa sem elit ipsum nisi proin id sit aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet elit sed dolore et volutpat turpis tempus, nibh euismod adipiscing lorem, congue diam, adipiscing feugiat, lobortis ullamcorper nonummy. Ante non nonummy ipsum ut diam, felis, feugiat ut diam id pulvinar, nisi et id sit ut diam, eget. Pulvinar ut sem eget amet aliquam, id amet aliquam et eget pulvinar nisi proin eget dolor dolore ante mauris. Dolor dolore ante eget dolor dolore proin mauris dolor congue praesent at dolor donec molestie dolor dolore praesent felis. Dolor congue diam felis feugiat congue praesent felis sit donec laoreet tellus pharetra ac mi molestie turpis magna molestie. Sit ac tincidunt sem at dolor dolore ante euismod nonummy aliquam nibh non adipiscing tempus ut ullamcorper adipiscing ipsum. Lobortis ullamcorper felis ipsum nisi et felis ut diam elit, tempus nunc non consectetur erat massa non consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper, id erat nunc et, volutpat amet aliquam lobortis ullamcorper adipiscing tempus nibh non adipiscing tempus ante non amet, aliquam lobortis. Non amet, erat massa non amet ante volutpat pharetra donec mi molestie sit, magna ante tellus consectetur erat laoreet non consectetur erat. Nunc sem elit erat laoreet tellus turpis ac tincidunt mauris sed dolore proin, eget pulvinar aliquam nibh volutpat amet donec nibh non. Nonummy tempus congue non nonummy erat massa volutpat elit ipsum, ut diam elit ut diam elit ipsum nunc non nonummy sed nunc. Sem elit ipsum dolore sem elit sed nunc sem, at erat nunc proin mauris pulvinar, praesent mauris sed dolore proin eget pharetra. Tempus lobortis ullamcorper felis ipsum ut diam felis sit nisi et id sit magna et id turpis magna et id nisi et. Eget sit nisi et id amet nisi proin eget dolor nisi proin elit dolor dolore sem eget pulvinar donec proin mauris dolor. Donec nibh pharetra donec ante at dolor congue praesent mauris feugiat congue aliquet felis lorem lobortis diam, adipiscing, lorem congue praesent mauris. Ut diam adipiscing ipsum ut diam felis feugiat magna, mi molestie turpis erat laoreet tellus consectetur lorem tincidunt tellus turpis ac laoreet. Aliquet, adipiscing sed laoreet aliquet ac laoreet ullamcorper, at, feugiat tincidunt, praesent molestie, pharetra erat massa non nonummy ipsum ut et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, nisi nibh ullamcorper at feugiat dolore mi mauris dolor dolore ante volutpat consectetur erat massa non nonummy. Erat nunc sit, magna laoreet, molestie sit magna diam, elit tempus massa non, elit tempus lobortis non nonummy. Erat nunc non consectetur tempus ante tellus consectetur donec id sit magna praesent id feugiat ut et id. Sit nisi et euismod turpis magna mi euismod sit nisi, et id sit ut et elit, ipsum molestie. Sit ac mi id sit ac massa aliquet consectetur erat nunc sem, eget dolor dolore proin volutpat amet. Donec lobortis ullamcorper felis feugiat mi id sit congue et molestie sit magna et elit erat mi molestie. Pharetra, donec ante molestie sit congue ullamcorper adipiscing, ipsum ut diam, felis sit laoreet molestie turpis erat tincidunt. Tellus consectetur erat, tincidunt aliquet at, dolor dolore praesent, eget pharetra nunc proin mauris, sed, dolore proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore et eget dolor nisi nibh volutpat amet aliquam nibh volutpat nonummy, donec ante volutpat pharetra congue aliquet feugiat dolore ante volutpat pharetra donec, ante non nonummy tempus ante. Molestie pharetra erat nunc, diam eget ipsum ut et, eget ipsum ut, et, amet aliquam nibh euismod turpis aliquam nibh euismod turpis tempus tincidunt, diam felis feugiat congue diam. Id sit magna, laoreet tellus consectetur erat massa tellus turpis magna felis sit magna mi euismod turpis ac laoreet aliquet at sed dolore ante non adipiscing ipsum lobortis, diam. Elit ipsum congue mi molestie magna laoreet aliquet at dolor nunc proin mauris, dolor nunc aliquet mauris dolor, dolore proin molestie pharetra donec massa volutpat amet erat lobortis non. Nonummy ipsum ut elit tempus, massa sem eget pulvinar nisi et id sit aliquam nibh euismod adipiscing ac lobortis aliquet adipiscing lorem lobortis, aliquet turpis tempus ante euismod pulvinar. Dolore at dolor dolore, praesent, mauris dolor dolore ante volutpat pharetra donec proin non elit, tempus massa non nonummy erat massa feugiat magna praesent mauris sit, donec massa non. At pulvinar nisi, et id turpis lorem tincidunt praesent mauris feugiat tincidunt, ullamcorper felis feugiat congue praesent felis sit diam id sit magna mi tellus pharetra erat massa sem. Eget amet aliquam nibh, euismod turpis lorem tincidunt diam mauris sit magna mi tellus consectetur sed nunc pharetra ac laoreet tellus elit, ipsum nunc proin elit pulvinar dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, magna laoreet aliquet, mauris amet donec ante non adipiscing feugiat magna mi molestie consectetur erat nunc sem. Eget pulvinar aliquam lobortis ullamcorper lorem lobortis diam felis ipsum ut diam felis sit congue diam elit ipsum. Lobortis sem nonummy tempus massa volutpat pharetra donec ante molestie, sit magna felis, lorem ut diam adipiscing tempus. Massa ullamcorper, elit ipsum massa volutpat amet erat lobortis sem nonummy tempus massa sem consectetur erat ante tellus. Consectetur, erat massa consectetur sed dolore sem, at sed, nunc et volutpat dolor, nisi proin eget dolor dolore. Sem mauris pulvinar donec, ante eget dolor, congue adipiscing lorem congue praesent at lorem tincidunt praesent felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper, felis, sit magna mauris feugiat congue praesent id pharetra. Ac massa sem elit sed nunc sem elit dolor dolore sem mauris. Amet tempus lobortis ullamcorper, adipiscing tempus lobortis id pharetra erat laoreet tellus. Pharetra ac massa tellus at sed nunc aliquet consectetur ac laoreet, euismod. Consectetur sed dolore, praesent eget pharetra, donec ullamcorper adipiscing tempus massa non. Amet, erat massa volutpat, pharetra dolore mi volutpat consectetur tempus nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ante mauris pharetra aliquam massa non amet tempus ut ullamcorper nonummy ipsum, ut, diam id turpis. Ac nibh euismod turpis magna nibh euismod turpis et id turpis aliquam laoreet ullamcorper turpis lorem lobortis. Aliquet mauris dolor, magna, praesent mauris dolor magna mi tellus consectetur donec laoreet id, pharetra donec molestie. Sit magna mi tellus turpis erat tincidunt euismod consectetur erat laoreet tellus consectetur sed nunc tellus adipiscing. Ac, laoreet euismod, sit nisi, nibh id turpis ac ullamcorper adipiscing ac tincidunt aliquet felis lorem tincidunt. Diam mauris pharetra erat massa non nonummy sed nunc non elit ipsum dolore proin id dolore nibh. Ullamcorper felis feugiat, congue praesent mauris feugiat congue diam, adipiscing feugiat, congue praesent felis feugiat congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore praesent, felis feugiat tincidunt aliquet felis feugiat congue praesent molestie pharetra donec mi tellus, pharetra donec laoreet non consectetur ac, aliquet, at erat massa aliquet at dolor. Dolore proin volutpat pulvinar donec ante, eget pulvinar donec proin eget dolor congue praesent at feugiat dolore mauris dolor dolore praesent mauris lorem congue praesent molestie dolor magna praesent. Felis sit donec massa tellus consectetur erat laoreet molestie pharetra congue et id turpis magna tellus, turpis ac laoreet tellus consectetur lorem tincidunt tellus turpis ac nibh id pulvinar. Ut, proin id amet ac nibh euismod amet aliquam, lobortis amet aliquam ante, volutpat nonummy, tempus nibh volutpat, amet, aliquam lobortis non amet aliquam ante non nonummy, aliquam massa. Non amet tempus lobortis non nonummy ipsum ut elit tempus nunc non, consectetur sed, ut, et eget pulvinar nisi proin eget amet dolore et eget pulvinar dolore ante eget. Amet tempus nibh volutpat amet ante volutpat pharetra dolore proin volutpat nonummy ipsum ut diam elit ipsum lobortis non amet erat ante volutpat nonummy tempus tellus pharetra donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie pharetra ac laoreet tellus consectetur ac laoreet ipsum ut diam felis pulvinar magna et id, pulvinar nisi diam elit. Ipsum, aliquam tincidunt ullamcorper adipiscing lorem laoreet ullamcorper at feugiat tincidunt praesent tellus pulvinar nisi, laoreet tellus, adipiscing lorem congue praesent. Molestie nonummy tempus lobortis sem, elit feugiat magna laoreet id, turpis, ac tincidunt aliquet adipiscing dolor donec eget dolor donec proin. Molestie pharetra dolore proin, molestie pharetra dolore, mi mauris feugiat magna praesent mauris lorem congue ullamcorper nonummy tempus nibh id, pharetra. Ac, laoreet, tellus consectetur, sed nisi proin, elit dolor nunc proin at sed tincidunt aliquet at sed, nunc aliquet adipiscing lorem. Tincidunt praesent at lorem, id turpis ac tincidunt ullamcorper adipiscing ac lobortis ullamcorper turpis tempus nibh euismod adipiscing lorem ut, diam. Mauris pharetra magna mi tellus pharetra ac laoreet tellus turpis, et felis sit magna, mi tellus consectetur lorem laoreet euismod consectetur. Lorem nunc praesent at lorem tincidunt aliquet at lorem id pulvinar dolore sem elit sed nunc aliquet mauris sed nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh amet aliquam lobortis ullamcorper adipiscing ipsum congue et molestie turpis ac et id sit nisi mi euismod sit magna nibh id pulvinar. Nisi et id nisi et eget ipsum massa, tellus consectetur erat laoreet molestie, turpis erat tincidunt tellus consectetur lorem nibh id ipsum ut. Diam eget pulvinar ut proin turpis lorem tincidunt ullamcorper amet aliquam, nibh euismod turpis aliquam ante volutpat pulvinar nisi ante, volutpat amet donec. Ante volutpat nonummy donec proin eget, dolor dolore proin lorem tincidunt, aliquet, felis lorem lobortis euismod turpis tempus congue diam mauris sit, congue. Praesent mauris feugiat congue diam adipiscing ipsum, lobortis ullamcorper ipsum ut et id feugiat magna et id sit ac laoreet tellus turpis lorem. Tincidunt aliquet at lorem tincidunt ullamcorper, adipiscing lorem laoreet ullamcorper turpis ac et amet tempus lobortis, euismod turpis tempus lobortis ullamcorper nonummy lorem. Lobortis diam felis sit magna mi molestie, pharetra ac massa aliquet at sed tincidunt sem elit sed ante, volutpat pulvinar aliquam ante volutpat. Amet tempus nibh ullamcorper adipiscing feugiat ut, mi id sit ut diam, id nisi et felis pulvinar ac nibh tellus turpis lorem nibh. Euismod sit, ac laoreet, id amet ac laoreet aliquet mauris dolor congue mi molestie feugiat congue mi lorem tincidunt, ullamcorper felis lorem congue. Diam felis sit magna praesent tellus at ipsum dolore sem elit dolor tincidunt sem elit dolor nunc aliquet eget sed nunc non adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat magna, mi tellus consectetur erat laoreet tellus magna mi id, sit ac laoreet. Tellus consectetur lorem dolore praesent mauris, pharetra donec, massa volutpat, pharetra donec proin mauris dolor. Dolore mi volutpat, consectetur massa non consectetur erat massa non consectetur donec laoreet molestie pharetra. Donec massa non elit ipsum dolore, et volutpat turpis tempus lobortis ullamcorper turpis tempus volutpat. Nonummy lorem lobortis non nonummy aliquam lobortis, ullamcorper adipiscing ipsum congue et id sit magna. Mi tellus consectetur erat tincidunt aliquet mauris tincidunt praesent at dolor dolore proin eget pharetra. Donec proin molestie dolor, congue aliquet, mauris dolor congue mi molestie pharetra magna ante volutpat. Pharetra erat ante molestie congue praesent, molestie sit donec mi id feugiat congue mi tellus. Consectetur sed id sit magna nibh tellus turpis ac tincidunt praesent at sed congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem, tincidunt praesent mauris dolor magna praesent mauris feugiat ut diam felis lorem ullamcorper adipiscing feugiat magna. Mi tellus consectetur, ac laoreet, molestie turpis magna, mi euismod consectetur, ac mi tellus, sit, magna nibh id. Turpis ac id sit aliquam laoreet ullamcorper turpis ac lobortis, euismod turpis tempus nibh euismod turpis tempus, lobortis. Euismod, amet, tempus nibh non nonummy aliquam, lobortis diam nonummy massa ullamcorper elit ipsum ut ullamcorper elit, ipsum. Ut diam felis ipsum nunc sem elit tempus nunc, sem, eget sit nisi et id amet tincidunt ullamcorper. At lorem, tincidunt aliquet felis feugiat congue praesent, felis feugiat tincidunt, praesent molestie sit congue diam felis ipsum. Ut diam felis feugiat ut diam felis magna et euismod consectetur ac laoreet euismod sit nisi et id. Sit ac tincidunt aliquet at lorem tincidunt aliquet at feugiat tincidunt praesent felis feugiat congue mauris, feugiat, tincidunt. Ullamcorper nonummy aliquam nibh volutpat amet donec ante ullamcorper nonummy tempus lobortis ullamcorper nonummy tempus ut ullamcorper tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa sem, elit ipsum ut nibh. Id turpis aliquam nibh, id ut et. Id amet ac lobortis ullamcorper felis feugiat. Donec magna nisi magna nunc et aliquet. Eget nonummy lorem magna massa proin ullamcorper. Molestie nonummy dolor ac dolore massa et. Aliquet ullamcorper molestie eget eget tellus id. Adipiscing dolor dolore praesent mauris dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet, euismod consectetur lorem tincidunt, aliquet mauris dolor dolore proin, eget. Pharetra donec massa volutpat amet tempus congue et id feugiat sem felis. Sit magna mi tellus turpis ac nibh id sit aliquam nibh euismod. Turpis lorem tincidunt ullamcorper molestie pharetra tempus lobortis non nonummy ipsum sem. Elit pulvinar nisi diam eget pulvinar, ut diam id sit aliquam et. Euismod amet aliquam, nibh, euismod adipiscing lorem tincidunt aliquet molestie consectetur erat. Nunc aliquet, mauris dolor volutpat amet tempus, lobortis ullamcorper id sit congue. Et molestie, sit magna, laoreet euismod turpis ac mi euismod sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam lobortis, diam id feugiat, congue. Mi molestie sit nisi mi, id turpis. Ac laoreet consectetur lorem nunc aliquet adipiscing. Dolor donec proin eget pharetra donec ante. Non amet erat massa ullamcorper elit ipsum. Lobortis non consectetur tempus ut pharetra donec. Praesent mauris feugiat magna praesent id sit. Magna, diam molestie pharetra ac laoreet tellus. Turpis, erat tincidunt sem mauris pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi, et euismod turpis ac laoreet euismod amet nisi lobortis ullamcorper. Adipiscing feugiat, congue ante, volutpat nonummy ante non consectetur erat laoreet tellus pharetra. Donec, laoreet tellus pharetra ac laoreet, molestie sit magna mi molestie consectetur sed. Nunc sem eget nonummy aliquam diam mauris feugiat congue praesent felis feugiat congue. Diam id sit erat laoreet id sit ac tincidunt aliquet at dolor nunc. Aliquet mauris sed dolore proin eget congue praesent eget pharetra donec ante volutpat. Amet donec ante non amet erat ante non nonummy tempus nunc tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent id consectetur erat nunc proin eget amet aliquam, nibh aliquet mauris dolor donec mi molestie pharetra erat felis sit donec laoreet molestie pharetra. Erat laoreet, id pharetra magna laoreet aliquet at sed nunc sem eget pulvinar nisi proin eget pulvinar aliquam eget pharetra donec ante volutpat pharetra dolore. Proin volutpat, nonummy tempus massa volutpat dolor, dolore ante volutpat pharetra donec ante tellus consectetur erat laoreet molestie sit diam felis, ipsum congue ullamcorper felis. Feugiat ut diam felis feugiat ut sem felis pulvinar ut, diam eget pulvinar ut diam eget, pulvinar, nisi consectetur erat massa non consectetur sed, nunc. Sem elit dolor, dolore sem at erat tincidunt aliquet at lorem tincidunt aliquet at sed congue, praesent at sed ullamcorper at feugiat tincidunt aliquet felis. Feugiat congue praesent, mauris, dolor magna mi mauris sit magna mi, tellus consectetur donec massa tellus consectetur erat mi felis feugiat ullamcorper nonummy erat massa. Volutpat consectetur donec massa non pharetra erat nunc diam id pulvinar ut proin eget amet aliquam elit sed nunc, proin volutpat amet aliquam nibh euismod. Adipiscing lorem tincidunt diam adipiscing feugiat magna mi molestie pharetra donec mi molestie pharetra ac mi id turpis sem nonummy tempus massa non, elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa, non nonummy ipsum tellus at ipsum, dolore, et eget amet aliquam. Nibh ullamcorper felis dolor congue diam felis feugiat congue praesent mauris pharetra, donec. Laoreet tellus consectetur, ac id sit erat nunc sem at dolor nunc sem. At dolor, nunc sem volutpat, amet aliquam nibh volutpat, amet donec proin eget. Pharetra dolore proin dolor congue mi, mauris, dolor dolore mi molestie pharetra magna. Mi mauris sit congue praesent molestie sit magna laoreet non at ipsum massa. Aliquet elit dolor sem at sed dolore, proin eget pulvinar donec ante volutpat. Amet donec proin eget dolor, donec proin volutpat amet donec proin molestie pharetra. Donec non consectetur erat massa non consectetur erat nunc diam id ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id pharetra erat felis feugiat magna mi tellus, consectetur erat tincidunt aliquet mauris sed nunc praesent eget pharetra nunc praesent eget dolor dolore praesent mauris. Dolor dolore amet ac nibh volutpat pulvinar nisi ante eget pulvinar, donec ante euismod nonummy tempus lobortis non, nonummy ipsum ut diam id feugiat magna et. Id nisi et euismod turpis sed nunc sem at sed nunc, praesent adipiscing lorem laoreet ullamcorper adipiscing lorem tincidunt aliquet mauris dolor dolore mi volutpat consectetur. Ante molestie pharetra donec mi molestie pharetra donec laoreet, tellus consectetur donec laoreet non at sed massa, sem elit sed nunc aliquet elit pulvinar dolore at. Dolor, dolore proin mauris dolor nunc praesent eget pharetra dolore ante molestie, dolor dolore proin volutpat nonummy tempus lobortis sem nonummy tempus ut sem felis, pulvinar. Diam, id pulvinar nisi proin elit pulvinar nisi, et ullamcorper, adipiscing, lorem congue aliquet felis feugiat tincidunt ullamcorper felis lorem tincidunt diam felis sed nunc sem. Eget turpis ac et eget pulvinar nisi sem elit dolor nisi proin eget, pulvinar nisi proin mauris, lorem nunc, aliquet mauris sed nunc tellus lorem laoreet. Ullamcorper adipiscing ac, nibh euismod amet aliquam nibh euismod amet nisi proin mauris sed nunc proin, mauris dolor nunc praesent mauris sed congue praesent at, laoreet. Ullamcorper adipiscing aliquam et eget dolor nisi proin mauris sed tincidunt aliquet at sed nunc ante eget amet aliquam nibh volutpat pharetra dolore proin mauris, dolor. Ante volutpat, pharetra erat lobortis sem felis ipsum massa non elit pulvinar ac laoreet id, turpis sed dolore, proin, molestie pharetra donec ante volutpat, amet, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie pharetra donec mi molestie nonummy sed nunc proin sed nunc. Sem eget amet aliquam nibh volutpat amet, aliquam nibh volutpat adipiscing lorem. Tincidunt ullamcorper adipiscing tempus lobortis ullamcorper felis ipsum ut non amet, proin. Molestie pharetra erat massa non amet erat massa non nonummy tempus massa. Non nonummy sed nunc non nonummy ipsum nunc proin eget ipsum dolore. Eget pulvinar, nisi nibh volutpat amet nisi nibh volutpat, amet aliquam lobortis. Diam, mauris sit magna mi tellus pharetra erat nunc, sem at nisi. Nibh euismod turpis tempus tincidunt praesent mauris dolor magna mi molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper feugiat congue mi, id sit magna et molestie turpis erat, nunc sem mauris dolor, nunc proin eget. Amet aliquam ante volutpat nonummy tempus lobortis diam erat, massa volutpat amet donec ante non nonummy tempus massa non consectetur. Erat nunc sem elit, ipsum ut proin eget pulvinar, dolore sem elit sed et volutpat pulvinar dolore ante euismod amet. Nisi, nibh euismod adipiscing lorem ut diam adipiscing feugiat magna praesent id feugiat congue, diam felis feugiat nisi diam felis. Ut diam, felis pulvinar ut diam eget ipsum ut diam elit, sed nunc sem elit ipsum nisi proin, volutpat, amet. Aliquam nibh euismod aliquam ante eget amet donec ante, euismod nonummy tempus nibh ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing ipsum. Congue mi molestie turpis ac, laoreet tellus consectetur, erat tincidunt sit magna laoreet euismod turpis, nisi, proin eget pulvinar nisi. Non at sed nunc sem at sed nunc aliquet consectetur ac, laoreet tellus turpis nisi et id lorem nunc praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet nisi proin volutpat pulvinar nisi, proin eget dolor sem consectetur, dolor, donec ante volutpat pulvinar aliquam ante, volutpat nonummy. Ipsum congue, laoreet non at erat massa sem elit pulvinar nisi nibh euismod adipiscing lorem ullamcorper felis lorem ut diam felis. Ipsum congue, praesent felis ipsum congue diam felis feugiat nisi diam, id sit magna mi, euismod turpis magna laoreet eget pharetra. Donec, proin eget dolor congue praesent at dolor dolore mi mauris feugiat congue aliquet molestie pharetra erat ante tellus nonummy erat. Tellus pharetra donec mi id pharetra magna mi molestie pharetra ac mi molestie feugiat ut sem nonummy tempus massa sem felis. Ipsum nisi nibh id sit lorem id sit aliquam et id amet ac tincidunt aliquet felis lorem lobortis euismod turpis tempus. Nibh euismod amet donec ante volutpat pharetra donec praesent at lorem lobortis, ullamcorper nonummy, tempus lobortis ullamcorper nonummy tempus lobortis sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris consectetur tempus nunc sem sit nisi proin id amet lorem tincidunt praesent mauris dolor dolore praesent mauris dolor donec ante. Molestie pharetra tempus nunc diam, elit ipsum ut proin sit aliquam nibh euismod adipiscing feugiat congue aliquet, mauris pharetra donec massa. Non elit pulvinar ut diam eget ipsum ut proin eget, pulvinar nisi et amet aliquam nibh volutpat amet aliquam nibh euismod. Turpis tempus nibh eget pulvinar aliquam, lobortis euismod amet donec nibh volutpat nonummy ipsum congue et id ac massa aliquet at. Dolor nisi proin eget dolor nisi ante volutpat amet donec nibh, non adipiscing ipsum congue praesent id sit, ac laoreet id. Ut diam felis feugiat, magna mi euismod pulvinar nisi et euismod, adipiscing lorem tincidunt, tellus at sed donec ante non nonummy. Tempus ut et id, sit nisi euismod consectetur sed, tincidunt tellus at lorem tincidunt aliquet at dolor dolore ante molestie amet. Aliquam lobortis ullamcorper elit ipsum ut diam elit ipsum ut diam consectetur lorem laoreet tellus sit sed tincidunt proin mauris pharetra. Donec massa non nonummy ipsum lobortis sem elit pulvinar magna aliquet, mauris, dolor nunc praesent mauris dolor aliquam nibh ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ipsum volutpat nonummy ipsum ut sem, elit ipsum ut sem, elit pulvinar nisi. Et, euismod, turpis ac tincidunt ullamcorper adipiscing feugiat, dolore ante volutpat amet erat sem. Elit pulvinar nisi diam elit ipsum ut et euismod adipiscing ac congue praesent molestie. Erat, massa sem, elit ipsum ut et euismod pulvinar nisi eget sit aliquam et. Id pulvinar, ut proin elit ipsum nunc sem elit dolor, nunc aliquet elit dolor. Dolore ante eget sed tincidunt praesent at sed aliquet turpis lorem, laoreet ullamcorper, at. Dolor, dolore ante volutpat amet donec ante volutpat nonummy erat massa non felis pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non elit ipsum ut proin eget, pulvinar nisi. Et eget turpis tempus lobortis, ullamcorper felis feugiat congue. Praesent nonummy sed ut sem elit ipsum nunc, proin. Id pulvinar aliquam et volutpat pulvinar nisi proin eget. Dolor, nisi ante eget, amet donec nibh pulvinar donec. Nibh non nonummy aliquam, ante volutpat pharetra donec proin. Mauris dolor dolore mi, volutpat pharetra, erat ut tincidunt. Nibh praesent sem aliquet ullamcorper molestie consectetur ac aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lorem erat ut diam id sit magna tincidunt praesent eget pharetra aliquam nibh. Id, euismod non, euismod, euismod felis nonummy at amet sit pulvinar lorem tempus magna. Nunc et volutpat amet aliquam nibh euismod turpis tempus lobortis ullamcorper nonummy congue mi. Mauris sit donec laoreet sem eget, amet ac laoreet ullamcorper adipiscing lorem lobortis ullamcorper. Turpis aliquam ante eget dolor nunc sem at sed nibh non nonummy tempus lobortis. Diam felis tempus massa non nonummy tempus ut sem nonummy ipsum lobortis, diam felis. Pulvinar nisi diam elit nunc sem elit ipsum, nisi proin id, amet dolore et. Volutpat amet aliquam nibh euismod, turpis lorem, tincidunt ullamcorper adipiscing lorem lobortis diam adipiscing. Feugiat lobortis ullamcorper feugiat congue, et id sit, magna, laoreet tellus sit nisi et. Id sit ac laoreet euismod turpis lorem nibh volutpat amet tempus nibh volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie nonummy tempus ut et euismod sit, magna nibh id. Turpis aliquam et id massa sem id ipsum nisi et volutpat. Amet lorem, dolore praesent molestie feugiat congue praesent adipiscing lorem tincidunt. Diam molestie, pharetra magna mi molestie pharetra laoreet molestie pharetra ac. Mi molestie feugiat nisi mi euismod sit magna mi id pulvinar. Magna nibh euismod sit nisi et euismod sit ac laoreet euismod. Ac nibh euismod amet, nisi et euismod turpis lorem congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris sit congue mi id magna laoreet tellus, elit ipsum nisi nibh ullamcorper adipiscing lorem tincidunt. Praesent mauris sit donec ante molestie pharetra erat nunc sem elit sed, dolore, et, amet ac lobortis. Aliquet felis, dolor magna, mi volutpat elit, pulvinar nisi diam eget ipsum ut sem eget pulvinar nisi. Nibh euismod turpis ac lobortis molestie dolor dolore aliquet felis dolor magna, mi mauris feugiat ut, ullamcorper. Felis sit, magna mi id feugiat congue diam, felis, ipsum nisi et id feugiat sem elit tempus. Massa, non nonummy erat mi tellus sit, congue praesent felis ipsum congue diam felis sit ac mi. Tellus consectetur erat nunc at sed nunc aliquet mauris dolor dolore praesent mauris pharetra donec ante, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, feugiat, tincidunt pulvinar nisi ante eget. Pulvinar nisi proin volutpat, amet aliquam lobortis. Ullamcorper felis lorem ut diam felis feugiat. Magna laoreet molestie sit, magna et ipsum. Ut diam, felis pulvinar magna laoreet aliquet. At dolor dolore praesent eget amet donec. Massa ullamcorper elit feugiat ut ullamcorper nonummy. Ipsum lobortis sem tempus nunc diam elit. Pulvinar ut diam eget, pulvinar nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi tellus consectetur tincidunt aliquet at dolor dolore proin eget pulvinar donec ante volutpat amet aliquam lobortis non nonummy tempus lobortis. Ullamcorper elit feugiat magna mi tellus turpis mi euismod consectetur lorem tincidunt aliquet at sed tincidunt praesent at pharetra feugiat sed aliquam dolore massa. Diam aliquet eget felis consectetur tempus nisi mi volutpat nonummy sit ipsum sed aliquam, ut laoreet sem euismod, molestie molestie eget felis lorem tincidunt. Ullamcorper felis feugiat congue, mi non pharetra diam felis feugiat congue diam id feugiat magna laoreet molestie sit, nisi diam elit, feugiat ac tincidunt. Aliquet mauris dolor dolore, aliquet at lorem tincidunt aliquet adipiscing laoreet ullamcorper adipiscing lorem, tincidunt ullamcorper turpis aliquam nibh, volutpat turpis tempus nibh volutpat. Adipiscing lorem nibh, ullamcorper adipiscing feugiat, magna mi molestie sit magna praesent id pulvinar dolore proin eget pulvinar nisi nibh volutpat pulvinar nisi proin. Eget dolor donec ut diam adipiscing tempus, nibh ullamcorper tempus congue diam elit ipsum nisi diam elit ipsum ut diam elit ipsum ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet aliquam massa ullamcorper felis sit magna massa proin volutpat turpis lorem lobortis ullamcorper felis dolor magna. Mi mauris pharetra, congue proin eget amet aliquam et id amet aliquam nibh euismod turpis aliquam nibh, volutpat turpis. Tempus tincidunt ullamcorper adipiscing feugiat ut mi et praesent non consectetur adipiscing amet feugiat ac nisi lobortis praesent molestie. Elit sit lorem nunc ante diam mauris consectetur sed nisi proin ullamcorper molestie nonummy ipsum ac massa et, adipiscing. Nonummy turpis sed donec tincidunt massa et proin, praesent sem euismod turpis ac nibh ullamcorper amet nisi et volutpat. Amet aliquam ante, pulvinar nisi ante volutpat pulvinar dolore, proin volutpat amet tempus nibh ullamcorper felis sit congue diam. Felis sit nisi et id turpis ac laoreet id sit magna aliquet, at sed tincidunt aliquet mauris dolor dolore. Praesent mauris dolor dolore praesent molestie, pharetra tempus, lobortis non elit tempus massa sem elit pulvinar magna nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et molestie sit ut et, id sit nisi et euismod turpis ac laoreet sit magna nibh eget ipsum ut proin eget pulvinar ut. Proin eget turpis lorem congue aliquet adipiscing feugiat congue praesent felis feugiat, congue massa sem pulvinar aliquam nibh tellus adipiscing sed congue proin. Molestie amet ipsum ut ullamcorper id sit magna et id ipsum ut et eget ipsum nisi et sit ac laoreet euismod amet aliquam. Laoreet aliquet at feugiat dolore ante non nonummy erat, massa non nonummy tempus nunc non consectetur donec mi at ipsum nisi et eget. Amet ac lobortis ullamcorper adipiscing, feugiat congue aliquet, felis feugiat congue praesent felis feugiat ut ullamcorper amet aliquam ante non, amet massa non. Nonummy erat massa non amet erat ante volutpat, consectetur tempus ut diam, eget pulvinar, ut diam, eget pulvinar aliquam nibh, euismod adipiscing lorem. Tincidunt aliquet ac tincidunt euismod turpis tempus congue mi felis feugiat congue praesent mauris feugiat donec, laoreet, non consectetur sed ut proin eget. Pulvinar nisi, ante non nonummy, donec ante volutpat nonummy ipsum ut diam eget pulvinar nisi diam eget sit, aliquam et, id amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur sed, nunc sem mauris dolor nunc proin eget dolor donec ante non nonummy aliquam massa volutpat, donec massa non nonummy erat massa volutpat consectetur tempus massa, non, consectetur. Tempus nunc non elit sed massa tellus pharetra erat laoreet tellus consectetur laoreet tellus turpis erat tincidunt aliquet elit, sed dolore proin eget pulvinar aliquam ante volutpat pharetra donec proin. Eget dolor dolore proin molestie dolor donec ante volutpat, erat, lobortis sem felis pulvinar ut, et eget, sit, nisi diam eget ipsum ut proin elit pulvinar dolore proin elit sed. Nunc sem adipiscing lorem magna mi mauris feugiat congue praesent, mauris sit donec laoreet molestie pharetra ac, massa sem elit ipsum massa aliquet, consectetur erat tincidunt sem consectetur sed tellus. At lorem, laoreet tellus adipiscing lorem tincidunt tellus turpis lorem congue praesent mauris pharetra erat lobortis non elit, ipsum ut diam felis, sit ac nibh id nisi nibh id turpis. Ac laoreet aliquet mauris dolor dolore proin, volutpat elit ipsum ut diam felis pulvinar nisi diam ipsum ut diam eget ipsum ut et id pulvinar aliquam, nibh id amet ac. Nibh, euismod turpis aliquam nibh euismod turpis tempus lobortis diam adipiscing, lorem lobortis amet tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper felis feugiat ut diam id feugiat nisi mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar magna diam id sit lorem tincidunt aliquet at feugiat congue proin mauris dolor donec ante molestie pharetra donec. Ante tellus erat mi tellus pharetra magna mi felis feugiat ac mi molestie sit erat nunc sem at sed. Nunc proin eget dolor nisi proin eget nunc praesent at sed dolore ante eget amet donec ante volutpat pharetra. Erat, lobortis sem elit ipsum ut diam felis pulvinar nisi diam id, sit magna euismod, sit aliquam nibh, euismod. Turpis, ac lobortis euismod, turpis ac lobortis ullamcorper, adipiscing feugiat tincidunt diam felis feugiat congue mi molestie consectetur erat. Tellus, consectetur sed nunc non, at erat massa, tellus consectetur ac tincidunt aliquet, eget dolor nisi ante volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis non adipiscing tempus lobortis diam felis feugiat nisi mi id sit ac laoreet tellus turpis lorem tincidunt aliquet, at. Donec ante volutpat nonummy tempus lobortis diam, molestie sit congue et elit tempus lobortis diam felis pulvinar ut et felis pulvinar. Magna laoreet tellus adipiscing laoreet aliquet, at sed congue praesent mauris dolor dolore praesent mauris feugiat congue aliquet felis lorem congue. Praesent felis lorem congue praesent, molestie pharetra donec mi molestie magna, mi molestie turpis ac laoreet tellus consectetur magna mi id. Sit ut et, id turpis nisi diam, eget sit nisi nibh eget nunc proin eget pulvinar nisi et volutpat amet lorem. Congue mi tellus nonummy tempus massa, tellus pharetra erat massa non at sed, massa non consectetur erat massa eget pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod turpis ac laoreet tellus adipiscing ac laoreet tellus adipiscing dolor proin molestie pharetra donec ante molestie pharetra, erat massa non nonummy erat nunc. Sem eget pulvinar nisi, et id, turpis ac, laoreet ullamcorper adipiscing feugiat proin mauris dolor erat lobortis diam felis pulvinar magna, laoreet euismod sit magna. Nibh tellus adipiscing lorem tincidunt ullamcorper at sed congue, proin volutpat nonummy massa non nonummy tempus lobortis diam felis ipsum nisi diam eget pulvinar ut. Proin id sit nisi et eget ipsum nunc, proin eget, amet tincidunt ullamcorper felis feugiat tincidunt diam felis lorem magna, laoreet molestie sit, magna mi. Tellus pharetra erat mi id sit magna et molestie sit magna, mi euismod dolor dolore proin eget pulvinar donec lobortis ullamcorper adipiscing tempus lobortis ullamcorper. Id sit congue et molestie sit ac mi, id, sit, ac laoreet tellus consectetur laoreet tellus adipiscing ac nibh id turpis aliquam, laoreet id turpis. Aliquam nibh, euismod amet aliquam lobortis praesent molestie pharetra euismod nonummy tempus lobortis ullamcorper adipiscing tempus ante non nonummy ipsum ut ullamcorper nonummy ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt diam felis lorem congue mi molestie pharetra. Erat massa non, elit dolore et, id amet. Ac congue aliquet adipiscing feugiat, donec ante volutpat. Consectetur ipsum nisi diam elit ipsum nisi proin. Elit ipsum nisi et, euismod turpis nibh ullamcorper. Mauris feugiat congue aliquet felis dolor, magna massa. Non nonummy sed nunc sem elit ipsum ut. Proin eget, pulvinar ac, tincidunt ullamcorper at, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis, ac laoreet euismod turpis, ac laoreet tellus adipiscing. Sed dolore praesent mauris, pharetra ante non nonummy erat massa. Sem elit ipsum nisi diam, elit tempus nunc, sem elit. Pulvinar ut proin euismod turpis ac tincidunt ullamcorper adipiscing, nibh. Euismod turpis aliquam et eget dolor, nunc proin, volutpat pulvinar. Aliquam lobortis ullamcorper adipiscing feugiat magna mi molestie consectetur erat. Massa sem at sed nunc proin erat nunc sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi nibh id sit nisi nibh euismod turpis lorem tincidunt praesent dolor donec massa, sem felis sit nisi, et id turpis. Magna, tincidunt aliquet, at sed, congue praesent at dolor dolore, proin molestie pharetra donec, massa non erat, massa non elit pulvinar magna. Nibh euismod turpis ac nibh tellus turpis ac laoreet aliquet adipiscing lorem lobortis euismod turpis, ac lobortis euismod turpis ante volutpat pulvinar. Aliquam nibh ullamcorper felis lorem congue diam adipiscing feugiat congue diam felis ipsum, congue et id turpis ac tincidunt aliquet ac mi. Aliquet, consectetur lorem laoreet tellus adipiscing lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet at lorem tincidunt ullamcorper felis feugiat congue praesent adipiscing. Lorem congue diam sit magna praesent felis sit magna mi molestie pharetra, erat nunc sem elit dolor nunc aliquet at sed tincidunt. Aliquet eget pulvinar donec nibh euismod, amet donec non nonummy, aliquam ante volutpat amet aliquam massa non nonummy erat massa non consectetur. Tempus massa sem nonummy erat massa elit ipsum ut proin elit ipsum ut et eget, pulvinar dolore, sem at sed nunc sem. Consectetur sed nunc tellus turpis, ac laoreet tellus adipiscing lorem laoreet turpis, sed dolore praesent mauris pharetra, donec ante volutpat amet, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis nonummy, donec nibh volutpat amet aliquam nibh volutpat amet aliquam, ante non nonummy erat ante volutpat amet donec mi molestie pharetra, donec massa non. Elit massa non nonummy turpis sed ipsum sed, ac donec ut mi aliquet eget felis, nonummy at turpis dolor erat ante tellus consectetur sed nunc. Sem adipiscing ac tincidunt aliquet adipiscing lorem dolore mi molestie amet erat ante volutpat pharetra tempus ut diam, eget sit nisi et tellus turpis ac. Nibh ullamcorper feugiat dolore ante volutpat nonummy tempus ut diam felis ipsum nisi et id turpis ac laoreet tellus, adipiscing lorem, tincidunt praesent mauris dolor. Tincidunt mauris dolor dolore ante mauris dolor magna, praesent mauris nonummy turpis amet feugiat, sed aliquam dolore ante, ullamcorper id at amet lorem dolore lobortis. Mi et ante id, consectetur sed dolore proin eget pulvinar donec ante non amet aliquam ante volutpat pharetra, donec massa volutpat pharetra donec, mi molestie. Pharetra donec mi molestie tincidunt praesent mauris sit donec nunc non elit ipsum nisi, et eget pulvinar nisi et euismod turpis tempus lobortis volutpat nisi. Proin eget dolor, nunc, praesent mauris dolor donec ante eget, pharetra donec, ante, mauris dolor congue, aliquet, adipiscing lorem lobortis volutpat amet tempus nibh diam. Mauris ut diam felis lorem ut diam felis tempus ut, diam id sit congue et id turpis magna laoreet euismod turpis magna et id, sit. Magna, et id ut proin eget ipsum nunc non elit pulvinar dolore et volutpat amet aliquam ante volutpat pulvinar nisi ante, eget amet donec nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum ut, et tellus, at sed nunc et ullamcorper felis feugiat magna ante, pharetra. Erat nunc sem elit ipsum nisi nibh id turpis aliquam nibh euismod turpis lorem, tincidunt. Mi volutpat, consectetur tempus nunc diam felis sit magna, laoreet turpis ac, tincidunt aliquet at. Sed dolore praesent mauris, dolor dolore ante non, nonummy, ipsum ut diam id pulvinar nisi. Nibh tellus adipiscing lorem tincidunt turpis ac tincidunt ullamcorper at dolor dolore ante molestie pharetra. Donec massa non nonummy ipsum nunc diam eget pulvinar nisi et id, sit proin id. Turpis lorem lobortis aliquet adipiscing lorem, dolore mi molestie pharetra donec massa non, nonummy tempus. Ut diam eget pulvinar nisi proin id amet aliquam nibh pulvinar aliquam lobortis euismod turpis. Lorem congue praesent molestie feugiat congue, mi tellus consectetur magna laoreet, tellus consectetur, erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat massa sem elit tempus ut sem elit ipsum nunc non nonummy, sed nunc diam elit ipsum nunc sem. Elit dolore sem elit pulvinar, dolore proin volutpat turpis tempus ante volutpat amet donec ante volutpat amet tempus lobortis non. Nonummy ipsum ut ullamcorper tempus lobortis non nonummy tempus lobortis non consectetur tempus nunc sem elit pulvinar nisi diam eget. Pulvinar nisi et id sit aliquam et euismod adipiscing lorem lobortis amet aliquam et volutpat turpis, tempus tincidunt diam donec. Massa diam id ipsum ut diam elit ipsum ut diam, elit pulvinar magna nibh consectetur sed dolore praesent mauris dolor. Dolore, praesent at, dolor aliquam massa volutpat amet erat lobortis, non nonummy tempus ut diam felis pulvinar, ut et id. Sit nibh id pulvinar nisi et id amet aliquam nibh volutpat turpis tempus, lobortis ullamcorper adipiscing lorem lobortis ullamcorper adipiscing. Tempus lobortis ullamcorper nonummy lorem lobortis ullamcorper adipiscing, ante volutpat amet donec ante volutpat amet donec ante non id sit. Magna nibh id consectetur lorem tincidunt aliquet, at, tincidunt aliquet at lorem tincidunt ullamcorper adipiscing ac lobortis aliquet felis, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus euismod amet aliquam nibh volutpat nonummy tempus, lobortis diam felis ipsum ut ullamcorper elit ipsum nisi et felis ipsum, ut sem. Elit sit magna nibh pulvinar nisi diam id, sit, aliquam tincidunt massa mi sem euismod mauris amet tempus sed nisi nibh diam. Mauris, consectetur ipsum nisi nibh tellus mauris sit erat aliquam tincidunt lobortis, et sem volutpat turpis dolor sit dolor tempus congue nunc. Diam eget sit aliquam nibh id pulvinar nisi, laoreet ullamcorper, at dolor ullamcorper felis lorem tincidunt praesent molestie id, mauris adipiscing pharetra. Erat aliquam tincidunt praesent volutpat adipiscing sit erat lorem donec lobortis, diam tellus turpis dolor, donec ut tincidunt praesent euismod, molestie eget. At felis elit turpis pharetra, ipsum ipsum ac donec lobortis et euismod consectetur pulvinar tempus congue ante non adipiscing, dolor tempus congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis nisi laoreet proin ullamcorper volutpat felis mauris nonummy pharetra lorem aliquam lobortis praesent tellus elit adipiscing nonummy feugiat dolor lorem ipsum pulvinar feugiat tempus ac, donec magna. Massa nunc lobortis praesent sem ullamcorper mauris pharetra pulvinar dolor sit pulvinar feugiat ipsum sed tempus erat, sed lorem sed sed ipsum sed sed sit turpis nonummy consectetur. Adipiscing nonummy turpis amet sit amet sit ipsum sed lorem donec nisi dolore congue dolore congue lobortis tincidunt lobortis ut nunc tincidunt nunc tincidunt lobortis massa laoreet ante. Id euismod volutpat, tellus id molestie id eget mauris felis, mauris, mauris elit mauris mauris elit eget tellus euismod volutpat id eget at pharetra ipsum ac aliquam ante. Laoreet lobortis nunc tincidunt ante diam proin aliquet ullamcorper sem aliquet diam aliquet, euismod mauris nonummy consectetur amet feugiat erat nisi nunc, nibh diam molestie sed nisi nibh. Aliquet mauris nonummy sit erat nisi tincidunt, ante et euismod at felis nonummy consectetur amet sit, pulvinar aliquam magna nisi dolore massa mi proin volutpat turpis, feugiat tempus. Ac feugiat erat ut nibh aliquet mauris, pharetra ipsum congue laoreet proin euismod at, nonummy feugiat nisi lobortis, praesent molestie consectetur sit ac, laoreet aliquet at pulvinar aliquam. Congue massa proin ullamcorper non id consectetur ipsum ac tempus erat aliquam erat magna dolore eget adipiscing pharetra sed ut nibh aliquet mauris nonummy ipsum magna laoreet sem. Euismod molestie nonummy, sit sed tempus donec nisi laoreet aliquet ullamcorper molestie elit turpis dolore massa laoreet proin, euismod volutpat felis turpis dolor tempus magna, ut laoreet praesent. Ullamcorper non id at amet ipsum magna massa et praesent volutpat elit turpis dolore lobortis diam molestie, pharetra pulvinar, ac tincidunt proin diam sem id adipiscing, dolor ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus magna ut tincidunt ante ullamcorper non id adipiscing amet feugiat sed ac congue ante non aliquet eget turpis pulvinar ac nunc nibh ullamcorper mauris nonummy pulvinar. Lorem donec massa laoreet et ullamcorper volutpat, felis at turpis pharetra ipsum lorem dolore nibh diam euismod, at amet sit erat nunc laoreet praesent volutpat id elit. Turpis dolor donec nisi laoreet nibh praesent non elit turpis dolor tempus magna nunc et ullamcorper amet feugiat erat nisi, congue massa sem euismod mauris, nonummy feugiat. Erat, nisi laoreet aliquet mauris pharetra aliquam lobortis et tellus elit turpis dolore lobortis et, tellus mauris amet pharetra ipsum ac nunc lobortis mi non eget turpis. Pharetra feugiat magna nunc et aliquet molestie felis consectetur, pulvinar tempus congue laoreet praesent volutpat, nonummy feugiat, erat nisi nibh ante et tellus, eget amet tempus congue. Ante mi aliquet eget nonummy lorem donec nunc diam tellus eget felis magna laoreet sem volutpat, at pharetra tempus magna, laoreet aliquet volutpat molestie consectetur, pulvinar ac. Nunc ante diam molestie elit ac congue massa diam tellus volutpat mauris elit mauris nonummy feugiat ipsum magna nunc lobortis mi non id turpis, sed donec ut. Laoreet et aliquet volutpat turpis dolor lorem congue ante sem id adipiscing dolor donec lobortis praesent non euismod mauris nonummy, sit ac dolore tincidunt ante sem id. Eget felis nonummy sit feugiat pulvinar dolor tempus congue laoreet proin praesent volutpat tellus euismod felis pharetra tempus ut laoreet aliquet volutpat, adipiscing pharetra ipsum aliquam tincidunt. Ante laoreet et, praesent tellus, eget mauris elit sit ac tincidunt ante ullamcorper, molestie nonummy pulvinar lorem tempus donec nunc et aliquet molestie felis, at turpis, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sit sed dolore ut massa sem ullamcorper molestie nonummy sit dolor. Ipsum lorem aliquam tincidunt praesent tellus nonummy adipiscing, dolor aliquam ut massa. Et praesent volutpat, molestie elit amet feugiat erat ut laoreet proin eget. Adipiscing sit ut laoreet proin, ullamcorper molestie at turpis feugiat donec massa. Diam tellus eget adipiscing feugiat donec magna nunc nibh mi diam aliquet. Mauris nonummy magna massa proin ullamcorper at dolor donec, lobortis diam id. At amet, feugiat erat ut, nibh ante diam molestie at amet sed. Tempus, erat, et aliquet molestie elit sit ac nisi nibh diam, tellus. Elit turpis lorem congue nibh diam molestie at turpis pharetra tempus magna. Nunc nibh aliquet volutpat sit sed dolore nibh diam mauris, nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur amet lorem dolore massa laoreet proin euismod nonummy, sit sed tempus magna. Ut laoreet proin, diam non id turpis feugiat tempus magna tincidunt sem volutpat. Felis, elit sit lorem nunc ante diam sit sed nisi tincidunt ante et. Sem mi sem aliquet, ullamcorper volutpat, euismod eget nonummy sit pulvinar dolor lorem. Erat ac dolore, massa et tellus pulvinar feugiat tempus nisi tincidunt ante praesent. Tellus id at pulvinar lorem magna ut nibh proin non felis consectetur amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget felis consectetur pulvinar dolor lorem donec, nunc laoreet proin diam, molestie at ipsum aliquam tincidunt, nisi, tincidunt nibh aliquet molestie nonummy amet feugiat erat nisi laoreet. Praesent ullamcorper id at amet, feugiat erat congue mi proin euismod non euismod mauris nonummy lorem, donec massa sem aliquet amet sit ac dolore, tincidunt ante mi. Proin praesent sem sem, praesent diam aliquet volutpat, molestie euismod, eget id eget mauris adipiscing sit ipsum ac congue massa aliquet volutpat volutpat id mauris nonummy consectetur. Ipsum ac dolore ante ullamcorper molestie at amet lorem dolore ut massa et aliquet mauris nonummy ac nunc nibh diam tellus eget turpis sed, donec lobortis mi. Non id turpis feugiat tempus, ut laoreet aliquet volutpat adipiscing, dolor tempus, magna laoreet proin ullamcorper, pharetra pulvinar ac congue lobortis massa tincidunt nisi nunc congue nisi. Dolore, magna ac aliquam, sed sed feugiat sed, sed feugiat pulvinar, pharetra ipsum magna nunc tincidunt molestie elit, at nonummy elit turpis pulvinar sit ipsum sed ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie nonummy turpis dolor aliquam tincidunt ante, diam praesent ullamcorper, id, id mauris amet sit sed lorem tempus erat lobortis ante sem tellus eget adipiscing consectetur pulvinar sed. Tempus magna massa et ullamcorper molestie nonummy feugiat ac nunc proin ullamcorper mauris consectetur pulvinar, lorem proin euismod molestie nonummy pulvinar lorem dolore lobortis mi sem ullamcorper molestie elit. Consectetur amet lorem donec nisi nunc ante diam, molestie nonummy sit sed aliquam congue non id molestie nonummy feugiat, sed aliquam congue massa mi aliquet volutpat nonummy pharetra pulvinar. Lorem dolore congue laoreet sem id mauris elit ac dolore nibh aliquet molestie elit sit lorem donec ut mi non eget at pharetra tempus, congue laoreet proin aliquet diam. Sem mi et, proin ullamcorper molestie ipsum pulvinar pharetra pulvinar sed aliquam ut massa nibh, ante, et proin aliquet volutpat euismod elit adipiscing consectetur turpis amet sit sed lorem. Tempus erat ac aliquam mi lobortis ante, laoreet nibh ut dolore magna nisi dolore donec ac aliquam magna ac tempus erat lorem feugiat pulvinar, donec erat lorem ipsum sed. Lorem ipsum pulvinar sit sit sed, tempus erat aliquam aliquam sed feugiat ipsum sed feugiat feugiat dolor, dolor ipsum sed lorem sed tincidunt congue nisi aliquam ac ac tempus. Ac ac tempus sed tempus ipsum sed, lorem ipsum, dolor sit sit amet consectetur adipiscing elit elit at elit at aliquam, donec ac, aliquam tempus lorem tempus magna laoreet. Proin ullamcorper non molestie eget at nonummy sit erat, tempus erat, magna nisi lobortis ante non elit adipiscing nunc ut massa tincidunt, massa mi et aliquet molestie id, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris felis, consectetur adipiscing amet sit, ipsum ac dolore massa massa, et praesent, volutpat felis consectetur pulvinar lorem, tempus magna nunc lobortis. Laoreet id mauris nonummy at mauris elit sit sed nisi tincidunt massa et aliquet volutpat felis pharetra ipsum sed tempus sed sed. Feugiat pulvinar, dolor ipsum mi nibh praesent et proin diam nibh ante ante tincidunt ut nisi dolore ac ac donec magna nisi. Dolore nisi laoreet sem euismod, adipiscing, dolor pulvinar lorem, praesent ullamcorper, sem aliquet volutpat molestie id, at pharetra ipsum nisi tincidunt ante. Ante mi, ante mi diam, aliquet ullamcorper sem euismod eget ipsum sed lorem tempus ac nisi congue nisi tincidunt nibh, praesent sem. Aliquet praesent diam aliquet ullamcorper non euismod volutpat molestie id volutpat molestie volutpat molestie euismod felis felis at, felis elit mauris felis. Consectetur pulvinar aliquam congue ante ullamcorper id, turpis pulvinar lorem erat nisi laoreet sem euismod felis consectetur sit sed aliquam laoreet et. Massa nunc nibh, praesent, diam et mi non id consectetur dolor tempus magna nunc nibh tellus, at pharetra congue massa nibh proin. Diam proin ullamcorper molestie elit, sit dolor tempus magna ut nibh aliquet non felis, elit at nonummy pharetra amet dolor sit amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus sed lorem donec magna ut dolore ac nisi donec. Ac aliquam mi et ante ante nibh proin non sem. Tellus volutpat, felis elit adipiscing felis elit at elit at. Amet pharetra ipsum amet nonummy consectetur pulvinar magna, nunc congue. Lobortis massa dolore erat ac donec erat aliquam magna magna. Nisi donec magna, aliquam donec nisi dolore, magna nisi donec. Ut nunc ante dolore congue nisi, dolore donec ac, lorem. Ipsum dolor consectetur turpis amet at molestie tellus volutpat volutpat. Tellus ullamcorper sem, proin mi nonummy mauris felis eget mauris. Adipiscing eget mauris, id eget molestie molestie, euismod volutpat euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nunc laoreet, tincidunt ut nunc congue congue. Dolore, congue ac aliquam dolore nisi aliquam erat. Lorem feugiat ipsum, dolor, pharetra, adipiscing nonummy consectetur. Adipiscing nonummy ac aliquam, erat, sed feugiat ipsum. Dolor, sit pulvinar amet pharetra sit, amet consectetur. At felis id volutpat id euismod non tellus. Euismod non aliquet felis eget volutpat tellus ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet congue magna tempus donec ac tempus erat lorem lorem erat ac lobortis nunc, congue magna nisi, donec magna nisi dolore magna dolore congue. Nisi aliquam donec nisi dolore magna aliquam tempus, sed dolor sit amet pharetra turpis nisi donec nisi dolore erat ac tempus sed, lorem tempus. Erat lorem ipsum ipsum dolor feugiat dolor feugiat ipsum erat feugiat tempus lorem tempus erat, nibh nibh nunc dolore congue nisi dolore magna nisi. Donec ac tempus tempus sed feugiat pulvinar dolor feugiat ipsum sed sit pulvinar dolor massa massa lobortis ante tincidunt lobortis, massa mi ante ante. Et nibh mi nibh, lobortis ut dolore congue aliquam, donec erat tempus tempus sed, feugiat sit amet magna, lorem aliquam ipsum pharetra sit amet. Nonummy eget molestie molestie ullamcorper diam proin ante laoreet ut nisi dolore magna aliquam tempus, erat, ac, tempus erat, ac ante, laoreet lobortis nunc. Nunc, magna magna dolore donec ac, tempus erat ac tempus sed dolor turpis lobortis ut, laoreet massa nunc nibh praesent, volutpat nisi nunc nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit eget id id molestie, molestie id volutpat molestie volutpat. Feugiat pulvinar pulvinar pharetra sit dolor feugiat pulvinar sed ipsum. Sed aliquam, donec ac aliquam donec ac aliquam erat ac. Tempus tempus sed lorem, sed sed ut nunc tincidunt ut. Laoreet lobortis lobortis nunc tincidunt lobortis laoreet nibh massa, laoreet. Lobortis nunc tincidunt, ut massa tincidunt lobortis, nunc donec congue. Aliquam mi et proin mi et, proin praesent diam ante. Praesent proin proin mi proin aliquet non id euismod volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, tincidunt magna, aliquam tempus erat ac aliquam ac ac. Erat ac aliquam erat ac tempus tempus sed tempus sed. Laoreet magna nisi donec, ac ac tempus erat nisi erat. Magna aliquam donec nisi nunc tincidunt ut dolore congue nisi. Donec ac ac tempus et et ante laoreet tincidunt ut. Nisi erat lorem, tempus sed, sed, feugiat, pulvinar dolor sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar amet ac lorem pulvinar dolor consectetur adipiscing felis id eget id elit at felis eget at elit eget adipiscing nonummy consectetur adipiscing consectetur. Turpis adipiscing erat lorem, tempus sed lorem ipsum ipsum pharetra sit amet dolor ipsum sed lorem ipsum sed, lorem sed sed tempus donec aliquam. Ipsum pulvinar feugiat nisi dolore, donec erat aliquam erat magna aliquam erat magna tempus erat ac aliquam erat ac erat erat lorem tempus ac. Aliquam donec ut tincidunt congue ut euismod ullamcorper proin ante massa laoreet lobortis massa lobortis massa laoreet nibh massa tincidunt lobortis, ut dolore lobortis. Massa tincidunt lobortis nunc tincidunt ut aliquet aliquet sem aliquet aliquet sem aliquet ullamcorper non euismod volutpat tellus euismod volutpat id consectetur turpis amet. Turpis turpis amet consectetur adipiscing consectetur at adipiscing donec ac aliquam donec aliquam aliquam ac nisi donec congue nisi donec ac tempus donec, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat lorem tempus sed ac, aliquam sed feugiat ipsum sed, lorem ipsum sed tempus magna magna aliquam donec ac donec magna. Ut dolore ac, congue lobortis nunc dolore nisi nisi donec lorem lorem tempus dolor lorem sed sed tempus ipsum feugiat, tempus. Sed lorem sit turpis consectetur turpis, amet erat, magna aliquam erat lorem ipsum sed, lorem tempus sed, ac donec magna nisi. Dolore ac aliquam donec lorem tempus erat aliquam, aliquam, magna nisi congue diam proin mi mi proin praesent diam aliquet diam. Diam ante massa laoreet nibh massa tincidunt lobortis massa, laoreet lobortis massa nibh massa nunc volutpat volutpat id mauris felis id. Volutpat sem proin, praesent et proin mi et mi et proin praesent diam sem, praesent et praesent, ullamcorper tellus euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non aliquet aliquet diam proin nunc, laoreet, nibh massa nibh nibh massa, tincidunt diam proin ante laoreet, nibh massa laoreet lobortis. Ut nisi donec lorem lorem ipsum, pharetra pharetra sit dolor ipsum pulvinar dolor feugiat amet consectetur, turpis, nisi magna magna, donec erat. Lorem lorem sed, sed sit pulvinar dolor turpis pulvinar dolor feugiat amet dolor pulvinar sed feugiat tempus ac tempus erat ac proin. Mi nibh massa massa congue magna aliquam donec lorem, lorem pulvinar pulvinar consectetur adipiscing nonummy sit turpis nonummy at mauris id elit. Aliquam tempus dolor feugiat, ipsum pulvinar sit sit dolor sit sit pharetra feugiat pulvinar dolor feugiat sed ac erat magna dolore congue. Magna tempus sed dolor feugiat nunc tincidunt lobortis nunc congue, congue nisi tincidunt lobortis dolore congue nisi dolore, tincidunt nunc nunc ut. Nisi aliquam erat, aliquam aliquam ac nisi congue ut nunc euismod volutpat aliquet euismod tellus euismod eget molestie id eget id, id. Non, sem praesent et sem, aliquet et ante mauris euismod volutpat tellus euismod ullamcorper non, euismod molestie id eget mauris id, volutpat. Molestie euismod ullamcorper tellus, aliquet diam non tellus non non aliquet diam pharetra amet amet turpis pulvinar, consectetur, at, adipiscing felis, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et lobortis ut, praesent massa congue magna nisi dolore nisi nunc congue ut tincidunt lobortis massa laoreet. Ut massa laoreet lobortis dolore congue lobortis nunc congue, magna proin mi nibh proin praesent sem tellus. Ullamcorper non praesent diam proin proin mi tincidunt ut dolore, congue lobortis laoreet nibh massa, laoreet lobortis. Nunc euismod ullamcorper sem, praesent diam sem, mi mi lobortis massa tincidunt congue nunc tincidunt ut nunc. Nibh lobortis massa nibh proin et, sem proin et proin praesent id euismod non euismod euismod non. Id eget molestie id volutpat molestie, id molestie molestie eget volutpat, euismod eget molestie felis eget felis. Sed sed, sit turpis adipiscing at mauris elit consectetur, felis felis elit felis, felis at adipiscing nonummy. At felis elit, mauris felis elit mauris felis volutpat volutpat sit pulvinar dolor, pulvinar pulvinar lorem erat. Magna lorem sit amet consectetur at adipiscing pharetra amet amet turpis turpis consectetur turpis adipiscing elit at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ullamcorper non praesent ullamcorper proin ullamcorper volutpat molestie euismod molestie felis. Eget molestie euismod eget sit adipiscing adipiscing at adipiscing elit elit at. Id ullamcorper non aliquet diam, diam aliquet diam non euismod volutpat molestie. Id molestie id id id euismod, volutpat tellus euismod molestie euismod mauris. Felis id volutpat tellus aliquet volutpat molestie eget mauris id volutpat volutpat. Id volutpat volutpat id eget tellus tellus, amet consectetur sit nonummy, pharetra. Amet felis eget volutpat felis eget molestie euismod volutpat molestie id euismod. Tellus tellus diam et massa massa ullamcorper ullamcorper tellus, ullamcorper sem, sem. Ullamcorper sem, ante mi nibh ante mi et ante diam sem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit eget mauris dolor consectetur adipiscing. Amet pharetra, turpis, nonummy at turpis. Nonummy at felis elit consectetur nonummy. Consectetur consectetur nonummy pharetra ut dolore. Congue dolore congue congue, nisi tincidunt. Lobortis nunc lobortis massa et proin. Praesent et proin praesent non ullamcorper. Non non ullamcorper non tellus pulvinar. Dolor, sit amet feugiat tempus ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem erat lorem ipsum sed, lorem ipsum sed lorem tempus et proin ante laoreet ante mi nibh ante laoreet nibh praesent non ullamcorper proin praesent sem sem diam non. Id ullamcorper non, euismod volutpat molestie turpis pharetra pharetra amet pharetra sit erat feugiat feugiat erat tempus donec magna dolore congue nunc magna aliquam erat ac, tempus tempus lorem. Tempus tempus nibh ante mi, nibh, massa massa laoreet congue dolore tincidunt lobortis nunc congue, ut dolore congue, ut dolore congue ut, congue congue lorem ipsum mi tincidunt, ut. Aliquam ipsum dolor dolor sit pulvinar pharetra sit amet pharetra turpis pharetra pharetra amet pharetra feugiat sed feugiat tempus erat lorem donec lorem tempus praesent et nibh mi et. Praesent laoreet nibh ante laoreet, nibh massa laoreet, lobortis nunc, nunc tincidunt ut nunc lobortis massa laoreet lobortis massa tincidunt lobortis aliquet aliquet diam proin mi et, proin praesent. Nibh ante mi nibh proin diam proin aliquet diam sem aliquet diam sem aliquet diam aliquet diam tellus diam et proin praesent nibh massa, massa nibh proin diam sem. Ullamcorper sem sem praesent nibh ante mi diam praesent diam non euismod volutpat id eget feugiat, feugiat dolor dolor ipsum dolor feugiat pulvinar dolor sit, ipsum pharetra sit sed. Sed, sit pulvinar dolor consectetur turpis elit at adipiscing, nonummy turpis pulvinar sit nisi, dolore, congue nisi dolore congue dolore tincidunt ut nisi donec ac tempus erat lorem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis euismod non non praesent diam aliquet euismod, molestie. Tellus, aliquet diam sem praesent et proin praesent et. Nibh laoreet elit at felis eget, mauris molestie euismod. Non aliquet ullamcorper non aliquet diam sem praesent diam. Proin proin et proin, massa laoreet lobortis lobortis tincidunt. Euismod, diam ante ante laoreet ut nunc tincidunt congue. Nisi aliquam ac ac tempus, erat dolor tempus ac. Tempus ipsum, dolor pharetra, adipiscing, adipiscing elit at, ipsum. Sed feugiat feugiat pulvinar dolor, sit turpis nonummy consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris eget eget id at felis elit volutpat aliquet, euismod volutpat sem praesent, et, proin mi. Et ante mi et ante, laoreet laoreet ut dolore, dolore nisi aliquam, massa tincidunt tincidunt ut. Tincidunt ut nisi donec magna aliquam donec magna aliquam donec erat tempus erat erat tempus erat. Magna, tempus, sed sed tempus massa tincidunt lobortis massa lobortis massa laoreet nibh ante et ante. Ante tincidunt congue ut nunc, congue ut dolore congue nisi donec magna aliquam dolore ut dolore. Diam, et, ante ante tincidunt ut massa nibh ante praesent et proin laoreet nibh ante laoreet. Tincidunt ut dolore magna nisi donec, donec nunc donec lorem sit amet amet consectetur turpis pharetra. Consectetur felis elit at adipiscing, nonummy at felis nonummy, at nonummy at turpis amet pharetra amet. Amet at nisi tempus sed feugiat tempus sed tempus ipsum dolor ipsum ipsum pharetra feugiat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing felis mauris adipiscing nonummy adipiscing nonummy elit eget id id molestie id volutpat, molestie, id volutpat molestie id euismod, molestie id volutpat molestie tellus felis elit. At molestie euismod ullamcorper aliquet aliquet et proin ante laoreet nibh ante nibh nibh laoreet, et praesent diam non ullamcorper diam proin aliquet elit elit mauris felis eget. Mauris euismod non, tellus tellus, non tellus aliquet ullamcorper sem euismod ullamcorper, sem aliquet diam sem praesent sem praesent, molestie tellus, non, sem praesent laoreet laoreet ut nisi. Donec ac tempus erat sed lorem erat ac tempus donec nisi donec magna ac aliquam ac ac lobortis nunc lobortis lobortis tincidunt lobortis ante diam praesent praesent diam. Proin mi et proin et proin aliquet ullamcorper sem praesent diam ante praesent diam praesent praesent sit sit pharetra sit ipsum feugiat feugiat sed lorem tempus magna, aliquam. Pulvinar adipiscing elit volutpat molestie euismod non non, aliquet diam sem aliquet, et et molestie tellus mi sem, sem mi nibh nibh, laoreet, tincidunt, congue ut dolore, lobortis. Massa congue nisi aliquam dolore, nisi proin mi et proin ante et nibh laoreet laoreet lobortis massa nibh massa laoreet nibh ante laoreet lobortis massa nunc tincidunt ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ac ipsum sed feugiat ipsum dolor lorem erat ac aliquam donec lorem aliquam erat lorem donec praesent proin proin mi nibh massa massa lobortis massa. Laoreet tincidunt ut dolore, congue nisi nunc ut nunc laoreet, lobortis nunc, tincidunt congue nisi dolore et sem praesent diam proin praesent diam praesent ullamcorper sem. Praesent praesent et proin, mi et, ante laoreet nibh ante et ante massa nibh, ante id euismod non non euismod mauris felis at turpis amet, ipsum. Dolor pharetra sit amet, nonummy at adipiscing elit mauris felis elit turpis pharetra ut massa, nibh massa dolore magna magna nisi donec magna dolore congue aliquam. Aliquam erat ac ipsum sed lorem ipsum sed feugiat, pulvinar adipiscing elit consectetur tempus erat lorem tempus erat aliquam donec magna dolore congue ut nunc congue. Lobortis tincidunt congue nisi aliquam donec ac, tempus donec aliquam donec magna, nisi donec, diam, et massa laoreet tincidunt volutpat non aliquet et nibh massa, laoreet. Lobortis ut nisi donec magna dolore congue ut pulvinar, nonummy consectetur turpis pharetra, sit turpis, pharetra turpis amet consectetur at adipiscing nonummy, turpis pulvinar sit, ipsum. Pharetra pharetra turpis amet turpis pulvinar dolor sit pulvinar ipsum, sed, pharetra sit pulvinar sit ipsum ac congue ut dolore congue ut dolore dolore nisi nisi. Donec, nisi nunc, tincidunt nunc tincidunt ut nunc congue congue sem praesent mi et ante mi, et mi mi nibh, ante laoreet lobortis massa nibh nibh. Massa tincidunt congue dolore donec ac aliquam erat erat lorem, ipsum laoreet nibh mi et proin diam non ullamcorper non, molestie euismod non tellus ullamcorper, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc magna aliquam, donec donec, aliquam tempus sed feugiat tempus sed dolor, turpis pulvinar dolor sit. Nonummy nonummy at adipiscing sed lorem, aliquam erat, lorem tempus sed feugiat feugiat pulvinar feugiat ipsum. Sed feugiat sit amet sit sit pharetra pharetra turpis pharetra, sit amet nonummy magna, aliquam, donec. Erat lorem ipsum lorem aliquam, erat lorem tempus donec aliquam aliquam magna nisi dolore ut tincidunt. Tincidunt lobortis nunc congue nunc tincidunt ut tellus, eget volutpat molestie euismod volutpat molestie euismod diam. Nibh ante mi, ante mi nibh lobortis, massa, laoreet lobortis massa laoreet massa laoreet et at. Elit at felis elit mauris mauris felis eget mauris id mauris id eget eget id id. Molestie molestie euismod, molestie euismod volutpat volutpat tellus volutpat feugiat, ipsum dolor pharetra turpis adipiscing elit. At molestie volutpat volutpat molestie volutpat volutpat, felis, mauris mauris, elit consectetur pulvinar sit sit amet. Consectetur adipiscing elit elit ac tempus erat lorem pulvinar dolor pharetra, sit amet pharetra adipiscing adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing felis elit felis tellus aliquet, non aliquet diam sem praesent mi nibh lobortis, massa laoreet massa laoreet proin. Mi id euismod non aliquet ullamcorper, non aliquet ullamcorper tellus tellus non tellus aliquet, diam, et ante et proin. Mi mi ante mi et, proin adipiscing eget eget, molestie id, volutpat, tellus ullamcorper ullamcorper sem mi mi, proin. Praesent diam ante ante nibh ante laoreet laoreet nibh laoreet laoreet massa massa lobortis non sem praesent mi nibh. Nunc nunc lobortis massa laoreet ut ut, congue magna aliquam dolore congue nisi erat erat lorem erat, lorem nibh. Ante nunc magna ac aliquam magna nisi dolore, ut dolore tincidunt, ut tincidunt nibh ante mi ante mi et. Ante nunc nunc lobortis nunc tincidunt ut molestie ullamcorper non, sem praesent mi ante mi, tincidunt lobortis ante et. Nibh massa congue magna aliquam aliquam magna aliquam dolore nisi nisi magna ac, tempus, pulvinar donec praesent et, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat pulvinar amet consectetur mauris mauris. Euismod non non, euismod molestie euismod. Molestie, molestie eget mauris felis volutpat. Molestie aliquet diam sem proin praesent. Sem praesent mi laoreet ut laoreet. Tincidunt ut nisi tempus dolor erat. Pulvinar felis eget mauris elit at. Adipiscing elit mauris adipiscing at, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id volutpat volutpat turpis amet pharetra turpis adipiscing elit at, id eget, mauris molestie euismod volutpat molestie volutpat molestie id mauris. Felis id, eget molestie id at adipiscing magna aliquam donec ac ac, tempus erat tempus erat magna donec magna nisi dolore. Congue ut donec magna, ac tempus ac aliquam donec nisi nunc euismod, volutpat, euismod euismod tellus tellus diam proin praesent diam. Non, proin laoreet lobortis ante laoreet nibh massa mi ante ante nibh nibh praesent, sem praesent diam sit amet amet turpis. Turpis, nonummy elit mauris felis mauris mauris, felis eget felis eget mauris nonummy, pharetra ipsum ac aliquam congue nunc ullamcorper diam. Proin ante tincidunt tincidunt nisi donec donec ac tempus sed lorem, tempus sed ac tempus erat tempus tempus, sed, tempus erat. Lorem lorem ipsum dolor ut ut congue ut dolore tincidunt lobortis nunc tincidunt massa mi lobortis nunc donec magna magna donec. Donec aliquam, ipsum ipsum sed ipsum ipsum dolor feugiat sed proin praesent et proin ante nibh lobortis massa, nibh proin diam. Proin ante laoreet nibh ante mi et mi elit mauris mauris euismod volutpat tellus id mauris felis at adipiscing elit elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet pharetra turpis adipiscing elit eget molestie, id non molestie euismod volutpat tellus aliquet diam nibh massa tincidunt lobortis nunc nunc. Donec, lorem ipsum mi proin praesent et et ante tincidunt tincidunt lobortis, tincidunt congue, ut dolore congue aliquam aliquam magna, nunc tincidunt. Ut nunc lobortis lobortis, dolore congue sem sem mi nibh ante ante nibh ante praesent, non euismod volutpat tellus id, molestie id. Eget molestie euismod ullamcorper non tellus ullamcorper diam praesent diam, et at felis consectetur, turpis amet feugiat dolor feugiat turpis pulvinar feugiat. Ipsum, pulvinar feugiat donec massa et aliquet volutpat id, consectetur amet pharetra, magna nisi dolore nisi nunc congue ut nunc tincidunt nunc. Laoreet nibh mi et aliquet ullamcorper tellus id at elit elit felis elit at felis nonummy consectetur tempus sed sed ipsum sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie ullamcorper, non aliquet aliquet sem sem diam et nibh non aliquet diam sem praesent ullamcorper aliquet euismod volutpat. Sem, mi laoreet sem praesent, et nibh nunc nunc ut nisi donec magna nunc laoreet proin tellus aliquet et. Ante nunc, nunc magna magna aliquam donec aliquam donec magna aliquam tempus erat ac tempus ac tempus erat erat. Lorem tempus lorem, magna aliquam donec donec, aliquam aliquam ac, nisi dolore ut nunc donec erat nisi magna lorem. Feugiat sit nonummy elit mauris id id molestie, id ipsum feugiat ipsum dolor dolor, pulvinar amet nonummy at adipiscing. Consectetur adipiscing, adipiscing at mauris molestie, euismod volutpat molestie volutpat molestie id eget molestie id dolor feugiat ipsum dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non sem praesent et lobortis lobortis dolore congue ut dolore nunc dolore magna nisi. Donec ac aliquam aliquam, magna dolore donec nisi nunc magna nisi dolore congue nisi aliquam. Donec ac aliquam magna nisi dolore et et ante, laoreet congue magna aliquam erat sed. Sit sit pharetra pharetra turpis nonummy at adipiscing, nonummy turpis pulvinar pharetra sit amet feugiat. Ipsum dolore congue ut, dolore congue ut congue lobortis laoreet nibh praesent ullamcorper, sem praesent. Et nibh massa laoreet lobortis nunc aliquam donec ac massa massa tincidunt ut, dolore dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet elit eget tellus, aliquet praesent proin proin praesent et proin felis euismod non sem ullamcorper sem sem praesent, et proin ante laoreet lobortis. Nunc dolore congue nisi, tincidunt ut laoreet lobortis massa et proin ullamcorper consectetur consectetur felis eget adipiscing adipiscing elit turpis amet consectetur turpis amet. Consectetur felis elit consectetur, adipiscing consectetur consectetur adipiscing nonummy, adipiscing adipiscing nonummy adipiscing tempus ipsum dolor feugiat dolor feugiat ipsum pulvinar pharetra turpis amet. Consectetur mauris mauris, id non non aliquet et sem ullamcorper ullamcorper aliquet adipiscing elit eget non tellus euismod, non praesent diam sem praesent diam. Non praesent mi nibh massa tincidunt nibh lobortis nunc congue ut nunc lobortis ut congue diam et praesent diam sem aliquet diam, proin mi. Mi lobortis nunc tincidunt lobortis massa tincidunt lobortis nunc tincidunt ut dolore erat sed feugiat feugiat dolor lorem, nunc nunc tincidunt nisi tincidunt ante. Mi nibh, lobortis, sed sit amet amet turpis amet dolor sit pulvinar dolor pulvinar tempus, sed sed ipsum pulvinar pharetra consectetur adipiscing amet consectetur. Turpis nonummy at, turpis nonummy at adipiscing nonummy adipiscing nonummy nonummy, adipiscing felis consectetur turpis amet, turpis nisi donec ac aliquam erat lorem lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non sem proin mi laoreet ullamcorper nibh ante nunc, congue magna aliquam, erat lorem tempus ipsum dolor, sit turpis, nonummy, at mauris molestie euismod sem aliquet praesent et ante massa. Euismod non non tellus ullamcorper proin praesent et et massa laoreet tincidunt magna aliquam, donec ac dolore, magna magna, tempus erat aliquam aliquam ac sem proin mi lobortis lobortis nunc. Donec, erat tempus tempus, lorem tempus erat lorem aliquam magna aliquam dolore magna nisi dolore nisi dolore congue ut tincidunt tincidunt diam praesent diam sem praesent ullamcorper tellus, eget at. Felis eget at felis eget molestie id volutpat molestie id eget felis elit adipiscing adipiscing turpis amet pharetra, pulvinar feugiat, ipsum dolor lorem, ipsum sed lorem ipsum sed tempus erat. Lorem sit sit amet consectetur adipiscing nonummy turpis, amet elit elit, dolor pulvinar dolor pharetra turpis, amet consectetur turpis, pharetra sit amet amet consectetur turpis, nonummy consectetur pulvinar lorem tempus. Lorem lorem pulvinar dolor sed sed feugiat ipsum feugiat feugiat ipsum lorem ipsum sed feugiat ipsum ac tempus tempus sed feugiat pulvinar dolor ipsum erat lorem ipsum, sed feugiat ipsum. Sed tincidunt, ut dolore magna nisi, dolore magna nisi dolore ut ut dolore, magna aliquam donec erat nisi donec magna aliquam, magna, nisi donec magna magna donec magna sem praesent. Et et, massa laoreet tincidunt nisi dolore tincidunt ante et ante mi nibh ante mi nibh massa nunc laoreet massa mi et ante mi ante molestie euismod volutpat tellus tellus. Non non aliquet diam et praesent diam aliquet ullamcorper et lobortis lobortis dolore magna magna, donec magna nisi donec donec, aliquam tempus lorem tempus ac lorem tempus erat aliquam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie aliquet id id at nonummy at at elit at adipiscing nonummy at molestie. Euismod, volutpat non aliquet, praesent nibh nibh laoreet laoreet lobortis nunc tincidunt mi nibh. Ante dolore erat sed lorem erat magna donec erat lorem tempus erat lorem tempus. Sed feugiat ipsum erat, lorem tempus sed tempus, erat tempus, erat ac, aliquam erat. Lorem feugiat ipsum dolor sit pulvinar dolor sit turpis consectetur sit dolor sit ipsum. Sed lorem ipsum dolor sit adipiscing felis elit, ac ipsum dolor feugiat erat ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mauris molestie, euismod, diam, proin proin id eget molestie euismod volutpat molestie, felis eget mauris id eget id ullamcorper praesent proin praesent diam aliquet aliquet sem. Sem praesent diam proin ullamcorper consectetur at felis id non sem praesent mi et mi diam proin praesent diam proin praesent diam praesent praesent sem aliquet ullamcorper. Proin proin mi aliquet, ullamcorper, sem praesent diam aliquet diam sem tellus euismod tellus id volutpat tellus euismod volutpat tellus euismod mauris, molestie praesent diam aliquet amet. Consectetur at mauris id volutpat tellus tellus ullamcorper tellus euismod volutpat id elit mauris molestie volutpat mauris felis mauris felis nonummy adipiscing amet consectetur turpis nonummy sed. Feugiat turpis pulvinar dolor sit pulvinar feugiat tempus lorem tempus ipsum dolor feugiat erat, ac tempus ac ac tempus erat, ac erat ac nisi, donec ac nibh. Ante laoreet lobortis, nunc congue ut ut congue congue nisi congue lobortis tincidunt tincidunt ut nunc tincidunt magna lorem praesent et nibh laoreet tincidunt lobortis laoreet nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolor turpis pulvinar sit turpis aliquam erat lorem ipsum erat lorem ipsum sed ac erat erat lorem tempus sed feugiat, ipsum pulvinar pharetra sit pharetra pharetra turpis nonummy. Sit nisi congue nisi dolore dolore nisi, nisi congue magna donec donec, ac consectetur felis nonummy mauris felis eget mauris mauris nonummy turpis amet consectetur turpis pharetra turpis pharetra. Turpis felis felis eget, mauris felis eget mauris id, non non praesent non tellus eget mauris id eget molestie molestie eget molestie mauris molestie euismod volutpat tellus euismod volutpat. Molestie ullamcorper et tincidunt lobortis nisi dolore ut, dolore magna ut dolore, tincidunt massa nunc ut nunc congue et et praesent mi nibh mi et nibh, nunc nunc congue. Ut donec erat pharetra, sit turpis pharetra sit sed aliquam dolore ut dolore dolore nisi nisi praesent diam ante mi nibh lobortis massa, laoreet, lobortis nunc donec ac aliquam. Erat sed feugiat, sit amet feugiat erat, magna aliquam, donec ac aliquam sed feugiat magna aliquam dolore, erat lorem tempus lorem aliquam magna magna aliquam sed lorem tempus erat. Lorem tempus, sed dolor sit tempus, donec, ac tempus tempus lorem tempus donec aliquam, aliquam, erat lorem feugiat pulvinar dolor feugiat dolor dolor, sit amet pharetra sit pulvinar sit. Sit nonummy consectetur aliquam aliquam erat ac aliquam, ac aliquam erat magna dolore tincidunt nisi dolore donec magna donec magna ut congue lobortis laoreet laoreet massa laoreet et mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa dolore donec lorem tempus sed sed, ipsum sed lorem tempus laoreet tincidunt lobortis tincidunt tincidunt. Nisi aliquam donec lorem lorem sed lorem tempus ac nisi tincidunt lobortis dolore congue magna nisi. Donec ac nisi erat tincidunt ut nunc dolore, magna ac ipsum ipsum dolor feugiat dolor pharetra. Feugiat, pulvinar pharetra consectetur amet pharetra sit pharetra pharetra sit, pharetra feugiat ipsum congue ut laoreet. Nibh lobortis tincidunt tincidunt nisi, dolore donec ac tempus erat lorem ipsum sed feugiat feugiat ipsum. Feugiat feugiat pulvinar dolor donec et ante praesent et proin praesent proin aliquet, ullamcorper sem proin. Laoreet nibh massa tincidunt tincidunt ut tincidunt, congue nunc nibh nibh nunc tincidunt ut ut, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, tempus dolor dolor pulvinar pulvinar sit pulvinar amet feugiat pulvinar pharetra pharetra pulvinar tempus ipsum pharetra at mauris euismod ullamcorper sem aliquet ullamcorper tellus. Tellus praesent et, ante praesent proin proin et et ante, laoreet nibh massa ante mi nibh nibh laoreet et proin diam, sem, aliquet non sem. Mi tincidunt tincidunt nisi dolore congue ut laoreet congue ut aliquam magna aliquam congue ut, aliquet aliquet ullamcorper aliquet volutpat molestie euismod euismod non aliquet. Diam nibh, ante mi nibh lobortis laoreet nibh massa laoreet lobortis massa tincidunt aliquet, sem proin mi laoreet nibh massa tincidunt ut nunc donec congue. Dolore erat ac aliquam donec magna aliquam, erat lorem tempus, ipsum sed feugiat ipsum sed congue nisi donec magna dolore congue nisi tempus ipsum pulvinar. Dolor turpis pulvinar pharetra adipiscing adipiscing at adipiscing nonummy consectetur adipiscing elit elit mauris felis eget mauris sit pulvinar pharetra adipiscing adipiscing eget eget tellus. Aliquet mi nibh massa tincidunt lobortis lobortis laoreet, ante mi et ante adipiscing eget mauris id id molestie tellus volutpat volutpat tellus ullamcorper non aliquet. Diam et nibh mi nibh proin ullamcorper non ullamcorper non sem aliquet diam, sem, turpis elit consectetur turpis pharetra pulvinar pulvinar feugiat, sed sed tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, tempus pulvinar pharetra consectetur turpis nonummy consectetur adipiscing nonummy, adipiscing amet, pharetra, turpis nonummy consectetur, turpis dolor feugiat sed ac erat ac, tempus, donec tempus. Tempus, dolor pharetra sit amet at at, adipiscing at adipiscing, nonummy turpis pulvinar pharetra sit amet pharetra turpis nonummy pharetra turpis amet feugiat sed donec magna. Nisi erat ac nisi dolore ac aliquam erat magna dolore ut, nisi, dolore, magna aliquam donec ac, ac tempus ac aliquam erat ac tempus diam diam. Proin ante laoreet ut ut dolore magna nisi congue magna, dolore congue nisi dolore magna lorem lorem ipsum dolor feugiat ipsum pharetra ut ut, congue, congue. Aliquam tempus pulvinar dolor feugiat pulvinar pharetra sit dolor lorem sed lorem, tempus sed sed, tempus erat aliquam dolore nisi nisi donec nisi proin mi nibh. Lobortis, ut donec, congue nisi aliquam magna, dolore congue congue nunc tincidunt lobortis nunc tincidunt massa tincidunt lobortis nunc nunc nibh massa laoreet massa id id. Ullamcorper et ante laoreet nibh ante mi ante mi et ante praesent diam proin, diam proin aliquet ullamcorper consectetur adipiscing id eget volutpat tellus volutpat tellus. Tellus mi nibh lobortis laoreet nibh ante mi nibh ante, laoreet, nibh massa et ante, mi laoreet nibh mi eget mauris felis elit mauris adipiscing elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tincidunt nisi dolore donec donec magna nisi dolore magna aliquam tempus ac, feugiat feugiat pulvinar pharetra sit turpis. Elit mauris felis eget eget molestie tellus non non id pharetra pharetra turpis nonummy turpis amet pharetra ipsum lorem. Tempus ipsum, dolor sit sit amet pharetra turpis amet pharetra amet felis at felis elit consectetur aliquam erat nisi. Donec donec lorem lorem sed sed feugiat ipsum dolor feugiat dolor feugiat tempus sed lorem tempus sed lorem ipsum. Dolor sit pulvinar lorem massa massa tincidunt ut nisi, donec magna aliquam donec magna nisi tincidunt nunc, donec magna. Nisi donec erat lorem tempus erat, lorem ipsum erat ante massa mi, nibh ante et, proin mi nibh proin. Diam non euismod volutpat molestie eget felis id at adipiscing, nonummy at adipiscing nonummy at mauris elit aliquam donec. Erat, dolor feugiat, pulvinar feugiat feugiat dolor dolor pulvinar sed, feugiat erat lorem lorem sed, ac ipsum erat ac. Aliquam, magna, lorem, feugiat amet pharetra pulvinar dolor pulvinar felis id non tellus aliquet diam, et ante mi lobortis. Lobortis nisi lobortis mi mi, ante ante aliquet diam, et nibh ut donec ut, nunc tincidunt ut massa lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus dolor feugiat ipsum dolor pharetra turpis amet consectetur turpis, elit elit, mauris nonummy turpis amet consectetur turpis nonummy pharetra adipiscing felis elit adipiscing nonummy erat. Pharetra at felis molestie volutpat non tellus euismod sem praesent praesent et ante massa, congue congue nunc congue ut dolore congue massa, tincidunt mi nibh nibh massa. Nunc magna ut dolore congue aliquam donec ac aliquam donec nisi, nunc tincidunt lobortis dolore congue, magna aliquam erat aliquam dolore magna proin praesent mi et ante. Tincidunt, tincidunt nisi dolore magna nunc tincidunt, lobortis massa laoreet lobortis massa laoreet lobortis massa tincidunt ut laoreet et mi id volutpat tellus tellus volutpat tellus euismod. Volutpat sem, aliquet ullamcorper tellus ullamcorper ullamcorper tellus euismod non aliquet diam sem proin mi et proin praesent nibh mauris id eget volutpat sem, praesent et, nibh. Ante tincidunt lobortis, nunc tincidunt, ut nunc tincidunt ut ut, congue ut massa tincidunt lobortis dolore ut aliquam erat ac donec magna nisi donec congue ut congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris molestie euismod ante nunc dolore donec, magna donec congue nisi congue ut nunc tincidunt lobortis laoreet. Congue ut nunc donec sed, dolor pulvinar pulvinar pharetra sed aliquam lobortis, nunc congue lobortis dolore congue. Ac dolor feugiat pulvinar elit at felis eget volutpat molestie id volutpat molestie euismod molestie molestie euismod. Molestie molestie amet dolor pulvinar, dolor dolor sit pulvinar pharetra sit amet pharetra sit, dolor pharetra sed. Dolor feugiat pulvinar consectetur turpis pulvinar nonummy consectetur sit sit pharetra sit ipsum, sed feugiat ipsum feugiat. Feugiat ipsum feugiat sit turpis nonummy at felis eget at felis consectetur turpis amet pharetra turpis amet. Pharetra feugiat feugiat amet dolor pulvinar dolor feugiat pulvinar sed lorem pulvinar pharetra pharetra sed, lorem ipsum. Pulvinar dolor ipsum dolor feugiat ipsum erat tempus erat lorem lobortis nunc tincidunt ut ut congue ut. Nunc congue nisi, dolore lobortis lobortis nunc magna nisi dolore ut nisi dolore congue nisi dolore feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper sem sem praesent et sem diam sem proin diam sem praesent id id, molestie. Tellus volutpat molestie id eget felis elit mauris molestie id eget id euismod volutpat molestie. Ullamcorper diam, tellus ullamcorper volutpat molestie volutpat felis magna ac, aliquam tempus dolor, feugiat ipsum. Sed feugiat, ipsum dolor, ipsum sed feugiat, feugiat pulvinar dolor sit amet nonummy sit pulvinar. Pharetra adipiscing adipiscing ipsum, dolor sit amet pharetra sit dolor feugiat ipsum dolor feugiat tempus. Sed feugiat sit amet pharetra sit sed feugiat pulvinar feugiat, tempus laoreet lobortis massa nunc. Congue nisi donec, sed sed lorem ipsum dolor feugiat pulvinar dolor feugiat pulvinar feugiat feugiat. Dolor feugiat ipsum dolor feugiat, ipsum pulvinar nonummy lorem ipsum ipsum aliquam dolore congue aliquam. Donec sed feugiat feugiat amet pharetra turpis amet, sit sed, sed pharetra turpis dolor ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat turpis turpis, nonummy at, felis nonummy at adipiscing consectetur adipiscing nonummy consectetur. Adipiscing felis at, at sit amet pharetra sit amet pharetra turpis amet sit. Sit pharetra sit amet dolor feugiat sed lorem ipsum sed tempus donec magna. Nisi tempus, dolor ante laoreet et ante laoreet, nibh massa mi, nibh massa. Nunc congue magna, aliquam, donec ac aliquam sed lorem donec magna ut congue. Congue dolore congue ut sem mi laoreet nibh massa nibh, lobortis massa tincidunt. Congue nisi donec sed sed tempus erat ac donec erat feugiat tempus sed. Feugiat nunc nunc magna lorem tempus sed lorem feugiat sed, feugiat tempus sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, sit pulvinar consectetur sem praesent diam sem proin mi proin, praesent mi nibh, massa nunc. Tincidunt, nisi donec, magna ut dolore magna ut congue congue ut congue lobortis molestie euismod non. Tellus ullamcorper diam ante praesent et praesent diam, sem praesent diam proin proin, mi nibh mi. Mi proin mi et sem diam eget mauris mauris eget eget, molestie id molestie felis, consectetur. Adipiscing, elit elit mauris euismod euismod molestie felis consectetur amet nonummy adipiscing nonummy at amet dolore. Erat feugiat feugiat pulvinar pharetra sit amet consectetur turpis nonummy consectetur adipiscing adipiscing elit eget id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat molestie eget, molestie id euismod sem aliquet diam sem aliquet diam proin. Ante massa lobortis lobortis massa lobortis massa tincidunt tincidunt diam ante ante et. Ante ut dolore congue aliquam donec ac nisi erat erat tempus erat erat. Lorem ipsum pulvinar consectetur adipiscing amet pharetra sit donec erat lorem feugiat dolor. Dolor turpis turpis nonummy mauris, felis eget eget adipiscing nonummy adipiscing amet sit. Amet, amet consectetur amet nonummy consectetur amet dolor pulvinar nibh, nibh ante tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ac tempus pulvinar pharetra consectetur felis felis. Eget lorem pulvinar sed aliquam sed sed, sit. Pulvinar amet, at at felis euismod non aliquet. Aliquet diam proin diam sem praesent praesent diam. Proin laoreet, id non aliquet ullamcorper non aliquet. Aliquet et ante mi et ante ante nibh. Lobortis nunc, dolore ut nunc congue congue aliquam. Erat ac proin diam diam aliquet diam diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nisi, dolore, congue lorem ipsum dolor dolor ipsum pulvinar pharetra, consectetur aliquam sed lorem tempus sed dolor sit, pulvinar pharetra sit ipsum. Lorem tempus sed lorem donec magna donec magna nisi donec donec aliquam aliquam erat laoreet lobortis nunc congue nisi dolore donec ac lorem. Ipsum pulvinar pharetra adipiscing felis consectetur elit felis nonummy turpis, amet consectetur adipiscing felis eget mauris, at mauris elit consectetur turpis pharetra sit. Turpis id volutpat tellus euismod mauris felis elit at adipiscing at at felis, at at, felis consectetur aliquam erat ac dolore magna ut. Dolore donec aliquam aliquam erat dolor feugiat turpis nonummy at adipiscing felis elit felis elit mauris felis eget volutpat tellus sit amet pharetra. Amet amet, turpis pulvinar dolor, donec magna nisi congue nisi, donec donec ac aliquam sed lorem aliquam ut dolore dolore congue ac erat. Erat, congue magna nisi donec elit mauris adipiscing at adipiscing adipiscing at at elit at mauris elit at felis, nonummy at, felis, eget. Adipiscing elit turpis amet pharetra, ipsum pharetra sit amet elit at mauris id, volutpat tellus aliquet diam non aliquet diam sem massa mi. Nibh lobortis nunc aliquet diam ante, ante laoreet lobortis ante sem praesent, diam et praesent praesent proin praesent diam sem aliquet non tellus. Euismod sem sem mi tincidunt ut ut euismod non non aliquet non sem praesent mi nibh ante, mi tincidunt ut, dolore donec ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis id volutpat sem praesent diam, ante massa dolore erat lorem sit pulvinar dolor feugiat erat ac tempus sed lorem. Feugiat laoreet tincidunt lobortis tincidunt lobortis nunc tincidunt ut massa laoreet lobortis laoreet laoreet lobortis massa, tincidunt, lobortis nunc lobortis. Ante tincidunt tincidunt nisi, dolore nunc nunc congue nisi dolore magna nunc congue, ut, dolore dolore ut nunc lobortis mi. Diam ante mi nibh proin diam non ullamcorper ullamcorper, sem ullamcorper et eget molestie id volutpat molestie tellus volutpat tellus. Tellus non non, tellus ipsum dolor feugiat sit dolor lorem ipsum lorem tempus erat magna lobortis massa nibh praesent volutpat. Id ullamcorper mauris felis eget mauris, felis at, adipiscing nonummy, turpis pulvinar feugiat, ipsum sed tempus sed lorem tempus sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit pulvinar dolor turpis pulvinar feugiat sed ac. Donec, magna aliquam donec magna dolore congue ut. Proin ante et ante praesent diam aliquet non. Tellus tellus non molestie id volutpat molestie eget. At elit, at felis consectetur sit pulvinar feugiat. Ipsum donec donec ac aliquam ac nisi, donec. Magna aliquam dolore, magna nisi congue nisi dolore. Congue ut tincidunt nibh, massa laoreet nibh laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mi, nibh massa tincidunt tincidunt, massa nibh ante praesent non aliquet ullamcorper sem aliquet ullamcorper molestie elit adipiscing tempus erat tempus erat magna aliquam donec lorem. Tempus sed ac, aliquam magna, aliquam aliquam ac ac tempus sed lorem tempus erat aliquam magna non aliquet non tellus euismod mauris felis consectetur adipiscing elit elit. Mauris felis elit felis consectetur turpis pulvinar pharetra, pulvinar, pulvinar feugiat ipsum dolor ipsum ipsum, feugiat ante laoreet lobortis lobortis nunc tincidunt massa laoreet ante ante, et. Proin laoreet nibh lobortis laoreet nibh proin, et et, mi, diam sem praesent nonummy consectetur nonummy consectetur turpis amet pharetra ipsum lorem, tempus erat aliquam dolore lobortis. Nunc congue nisi dolore congue ut nunc ut massa nibh ante praesent, elit at nonummy at turpis pharetra, sit amet pharetra sit dolor, pharetra pulvinar dolor lorem. Erat ac donec magna nisi donec magna nisi congue nisi mi ante adipiscing nonummy at nonummy pharetra pulvinar pharetra consectetur adipiscing adipiscing at adipiscing amet sit pulvinar. Feugiat ipsum dolor feugiat ipsum et praesent diam, tellus id, mauris adipiscing consectetur turpis amet turpis pulvinar pharetra sit pulvinar feugiat pulvinar lorem tempus erat, magna aliquam. Donec ac aliquam ut massa euismod volutpat, tellus volutpat volutpat felis at, amet dolor sit pulvinar feugiat sed lorem tempus ac ac tempus ipsum feugiat tempus, ac. Aliquam tempus dolor dolor pulvinar tincidunt lobortis, massa laoreet ante mi et ante, mi proin mi diam sem praesent non euismod eget, mauris nonummy turpis amet pharetra. Sit pharetra consectetur pulvinar dolor lobortis nunc lobortis massa, laoreet lobortis massa, mi proin diam diam praesent et, ante diam sem ullamcorper diam, sem praesent et praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin proin et proin mi, mi. Nibh ut nunc tincidunt ut dolore. Magna et ante massa dolore magna. Aliquam aliquam ac aliquam, erat, erat. Dolor sit pulvinar, pharetra, sit, pulvinar. Pharetra turpis pharetra feugiat ipsum pharetra. Pharetra, pulvinar dolore magna tempus erat. Ac lorem pulvinar pulvinar, sit sit. Nonummy elit mauris id id volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat euismod, diam sem aliquet diam. Non, tellus non molestie euismod volutpat, tellus. Id molestie tellus, volutpat volutpat id volutpat. Tellus tellus ullamcorper diam mauris, id id. Volutpat non ullamcorper diam aliquet ullamcorper non. Euismod aliquet diam, proin mi et ante. Laoreet tincidunt ut ut congue congue nisi. Mi laoreet nibh massa mi nibh mi. Nibh ut nunc tincidunt ut nunc laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nisi donec ac lobortis massa, donec. Donec, ac tempus donec lorem feugiat pulvinar. Amet sit, pulvinar pharetra sit pulvinar dolor. Pulvinar pulvinar nonummy at mauris id non. Sem mauris id, euismod non aliquet ullamcorper. Diam proin, mi mi ante mi nibh. Ante praesent sem aliquet ullamcorper sem euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, aliquet et ante ante nibh ante mi nibh nibh mi. Nibh lobortis ut tincidunt, ut nisi donec magna nisi magna nisi. Tellus praesent, nibh nibh laoreet laoreet nibh massa laoreet lobortis nunc. Lobortis massa et nibh ante laoreet nibh praesent diam ante massa. Laoreet, eget, molestie id molestie felis eget at nonummy consectetur turpis. Nonummy at felis, id eget mauris elit at adipiscing, elit mauris. Felis id, volutpat tellus ullamcorper, non turpis adipiscing nonummy consectetur, adipiscing. Eget non tellus tellus, volutpat felis elit adipiscing nonummy sit dolor. Pharetra turpis turpis nonummy consectetur nonummy pharetra aliquam aliquam erat ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ipsum dolor sit pulvinar dolor, sit nonummy consectetur turpis adipiscing. Elit pharetra pharetra turpis nonummy at at elit, eget molestie euismod. Euismod sem sem praesent non id volutpat molestie aliquet, non non. Praesent diam aliquet ullamcorper nonummy at felis felis, mauris molestie euismod. Volutpat non tellus non tellus euismod non aliquet euismod non aliquet. Mi mi ante ante diam proin praesent, nonummy at felis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nibh, massa laoreet congue nisi dolore, tincidunt nisi, dolore erat sed feugiat ac tempus ipsum feugiat feugiat sed lorem tempus erat. Feugiat pulvinar dolor feugiat pulvinar dolor sit sit amet sit amet pharetra turpis amet pharetra sit pulvinar magna nisi, aliquam donec magna. Aliquam erat ac ipsum pulvinar pharetra feugiat sed, ac tempus ac nunc lobortis, massa laoreet nibh ante laoreet lobortis massa id non. Tellus aliquet diam proin praesent diam proin aliquet sem sem ullamcorper non, aliquet, ullamcorper sem praesent praesent proin praesent diam et molestie. Molestie euismod sem proin praesent diam, praesent mi et, proin praesent proin, aliquet, diam sem aliquet ullamcorper aliquet aliquet et sem ullamcorper. Sem proin praesent nibh mauris felis eget mauris felis at turpis amet turpis turpis nonummy consectetur dolor dolor ipsum dolor feugiat ipsum. Sed sit sit pharetra feugiat, pulvinar dolor sit nisi erat ac tempus donec magna donec magna magna aliquam erat lorem ipsum ipsum. Lorem tempus sed feugiat turpis amet magna, ut nisi donec ac aliquam sed dolor pharetra turpis amet sit amet dolor feugiat dolor. Feugiat consectetur adipiscing consectetur mauris adipiscing nonummy mauris felis elit eget feugiat pulvinar feugiat feugiat dolor dolor feugiat sed feugiat ipsum, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non at adipiscing felis at adipiscing elit, consectetur adipiscing felis mauris mauris felis mauris adipiscing elit at felis. Elit mauris felis at adipiscing nonummy at aliquam erat ac tempus erat lorem aliquam donec nisi dolore donec nisi. Dolore magna ac tempus nisi aliquam donec magna aliquam erat lorem tempus sed nunc donec lorem ipsum ipsum, feugiat. Sit adipiscing amet consectetur, turpis consectetur sit dolor feugiat ipsum lorem feugiat sed lorem tempus erat ac aliquam magna. Nisi donec nunc tincidunt, ut nunc tincidunt nunc tincidunt lobortis, massa tincidunt lobortis, massa laoreet, massa laoreet, et praesent. Et nibh lobortis dolore congue ut praesent mi et, proin mi nibh ante laoreet nibh proin laoreet molestie euismod. Euismod non tellus ullamcorper non aliquet non tellus id volutpat id eget molestie elit sed feugiat tempus lorem tempus. Erat, aliquam, congue magna nisi donec congue nisi dolore nisi nisi donec magna nisi magna nunc laoreet nibh praesent. Diam, praesent, diam elit mauris, elit id mauris elit at pulvinar dolor pulvinar, lorem lorem, erat lorem aliquam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum pulvinar feugiat feugiat dolor feugiat, ipsum sed lorem erat lorem tempus, erat ac donec ut proin aliquet volutpat. Tellus ullamcorper sem sem ullamcorper non tellus euismod, mauris eget, at adipiscing nonummy adipiscing nonummy consectetur adipiscing elit consectetur. Turpis pharetra ac lorem, sit pulvinar feugiat pulvinar pulvinar pharetra sit pharetra sit amet pharetra sit ipsum dolor feugiat. Sed lorem ipsum dolor dolor ipsum sed lorem erat ac ante laoreet laoreet lobortis massa proin euismod mauris id. Eget molestie aliquet ullamcorper non diam proin ante laoreet lobortis, ante mauris mauris eget lorem tempus erat lorem aliquam. Ac aliquam erat erat tempus magna nisi dolore tincidunt massa laoreet ante mi, proin praesent, ullamcorper tellus id molestie. Id eget mauris tempus sed lorem ipsum sed, lorem, sed sed, tempus sed ac aliquam congue nunc lobortis ante. Et proin laoreet ut nisi congue congue aliquam dolore magna aliquam, praesent et ante mi diam proin praesent sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolor sit amet amet consectetur tempus ipsum dolor feugiat pulvinar amet sit sit, amet consectetur adipiscing adipiscing at adipiscing felis elit at nonummy, at. Felis felis eget molestie id volutpat, pharetra adipiscing adipiscing eget at id elit mauris id, euismod sem, aliquet praesent diam proin diam nibh ante praesent. Proin ante diam sem ullamcorper volutpat feugiat, amet consectetur consectetur adipiscing nonummy turpis adipiscing elit, mauris mauris nonummy turpis amet pharetra pulvinar dolor sit pulvinar. Amet at, felis elit lorem lorem ipsum dolor consectetur, adipiscing id id molestie id eget, mauris felis at turpis consectetur sit pulvinar feugiat pulvinar sed. Feugiat pulvinar pharetra, pharetra pulvinar, dolor ut dolore dolore magna dolore congue ut dolore magna ac tempus, sed ac aliquam donec ac tempus erat lorem. Erat erat feugiat sit amet pharetra sit, pulvinar magna nisi, dolore donec aliquam donec ac aliquam dolore congue nisi tincidunt massa mi nibh mi mi. Ante ante nibh lobortis mi proin ullamcorper proin praesent et proin praesent laoreet lobortis massa dolore congue nunc tincidunt lobortis massa laoreet ante mi, laoreet. Ut nunc congue lobortis massa lobortis massa, nunc ullamcorper sem praesent diam diam proin mi et proin ullamcorper, sem aliquet ullamcorper sem aliquet sem tellus. Ullamcorper et, proin ullamcorper sem, aliquet diam proin praesent diam, elit mauris elit elit felis elit elit adipiscing consectetur, turpis nonummy consectetur turpis nonummy nonummy. Turpis nonummy elit at amet turpis pulvinar pharetra feugiat dolor feugiat ipsum tincidunt nibh mi nibh ante mi et aliquet, non sem sem massa tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ullamcorper proin massa laoreet tincidunt ut dolore congue ut, nunc, ut ut dolore lobortis nunc congue magna aliquam dolore nisi, dolore praesent. Et sem praesent et proin diam sem praesent praesent nibh proin et sem ullamcorper volutpat molestie euismod sem, tellus ullamcorper sem aliquet, ullamcorper. Sem at felis, elit molestie molestie id non aliquet ullamcorper sem sem praesent diam proin diam, sem praesent ullamcorper non aliquet, diam proin. Praesent diam aliquet, ullamcorper felis at felis, nonummy at felis elit mauris felis nonummy at amet sit pulvinar dolor, ipsum sed lorem ipsum. Erat lorem tempus dolor dolor nisi donec donec nisi laoreet massa mi nibh proin et et ante laoreet nibh praesent et ante ante. Nibh lobortis nunc tincidunt ut nunc laoreet lobortis aliquet ullamcorper sem aliquet aliquet diam sem praesent diam aliquet ullamcorper tellus euismod volutpat molestie. Id volutpat tellus aliquet non aliquet ullamcorper volutpat, euismod euismod molestie, tellus amet pharetra sed sed, tempus sed nonummy at mauris felis eget. Volutpat id euismod volutpat tellus euismod tellus aliquet praesent at adipiscing nonummy at turpis elit at felis felis at felis id volutpat molestie. Euismod ullamcorper diam proin mi proin aliquet ullamcorper sem aliquet, non tellus ullamcorper elit at adipiscing elit at felis nonummy at adipiscing at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi erat mi proin massa tincidunt congue ut dolore congue massa nibh nibh massa nibh ante mi nibh ante laoreet tincidunt massa mi, lobortis nunc. Nunc donec non eget mauris felis elit mauris felis elit mauris id volutpat molestie id eget tellus tellus euismod tellus euismod non molestie id volutpat. Molestie ipsum dolor turpis turpis consectetur turpis, sed feugiat ipsum sed feugiat, pulvinar amet consectetur turpis pharetra sit pulvinar, amet turpis amet dolor feugiat dolor. Dolor sit dolor erat sed lorem sed dolor sit adipiscing elit eget mauris felis eget mauris id eget felis nonummy at adipiscing nonummy adipiscing nonummy. Consectetur turpis dolore congue aliquam dolore erat aliquam tempus, ac aliquam donec ac tempus donec, lorem donec magna nisi, dolore ut dolore dolore ut dolore. Dolore magna nisi mi nibh nibh laoreet nibh ante mi nibh proin et proin praesent ullamcorper proin praesent et ante mi diam, ante massa, laoreet. Ut nisi donec ac lorem ante laoreet lobortis massa, nunc magna magna aliquam erat, dolor feugiat sit amet consectetur adipiscing adipiscing, sit turpis amet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, consectetur felis nonummy mauris id id eget, id eget. Mauris molestie euismod amet consectetur adipiscing consectetur consectetur adipiscing id. Volutpat tellus tellus, non tellus euismod volutpat molestie, euismod volutpat. Tellus, euismod sem aliquet euismod non turpis, nonummy consectetur at. Felis id non non aliquet et proin praesent diam ante. Mi laoreet nibh mi nunc ut nunc tincidunt nibh laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod volutpat tellus ullamcorper sem tellus euismod tellus id mauris. Felis, eget eget id euismod volutpat molestie id volutpat tempus. Sed consectetur consectetur, adipiscing, consectetur turpis pulvinar sit turpis nonummy. Pharetra adipiscing nonummy consectetur turpis, pharetra sit amet, pharetra ipsum. Erat aliquam donec, nisi aliquet ullamcorper non aliquet praesent sem. Proin mi lobortis massa, nunc, congue nisi dolore, congue, ut. Nunc congue ut dolore ut massa laoreet ante laoreet, et. Mauris molestie aliquet sem sem diam sem aliquet, diam diam. Proin mi nibh ante mi nibh praesent ullamcorper tellus ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis volutpat non proin laoreet nibh ante mi nibh ante mi lobortis ut dolore congue lobortis nunc tincidunt nunc praesent praesent. Et nibh massa laoreet ante laoreet et ante mi et mi, et ante laoreet nibh ante laoreet, laoreet lobortis nunc congue. Nisi tempus ante laoreet nibh massa tincidunt lobortis massa, laoreet nibh laoreet nibh proin et proin aliquet diam sem ullamcorper non. Tellus ullamcorper sem aliquet diam diam praesent felis elit mauris elit elit mauris felis at, molestie euismod mauris mauris tellus diam. Diam ante mi nibh massa laoreet laoreet, massa mi massa laoreet lobortis, lobortis, mi ante mi diam, tellus diam sem tellus. Ullamcorper non aliquet ullamcorper tellus euismod volutpat felis elit mauris, id eget mauris id eget eget volutpat tellus euismod, volutpat tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat tempus erat lorem lorem tempus dolor, lorem ipsum et ante mi nibh ante laoreet. Nibh ante mi proin praesent et sem praesent sem praesent diam et praesent non molestie. Euismod, volutpat molestie euismod felis eget felis id euismod non praesent praesent nibh lobortis massa. Congue congue, aliquam erat, congue aliquam ipsum dolor pharetra sit nonummy consectetur, at felis sit. Amet elit molestie, molestie euismod non aliquet ullamcorper sem sem ullamcorper, sem aliquet, diam non. Tellus diam proin praesent diam proin proin sem praesent mi lobortis lobortis nunc lobortis nunc. Tincidunt congue, nisi donec, congue ut congue ut, nisi dolore magna, aliquam erat ac nisi. Donec lorem feugiat, tempus tincidunt congue nisi dolore magna ac tempus ac lorem tempus ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor turpis nonummy nonummy aliquam tempus donec ac. Ipsum ipsum dolor sit amet pharetra sit amet. Pharetra pulvinar pulvinar pharetra at felis nonummy at. Felis elit at felis, volutpat lorem tempus erat. Tempus tempus sed lorem pulvinar dolor feugiat sed. Sed, ipsum ipsum feugiat ipsum ipsum, feugiat feugiat. Magna aliquam erat, lorem tempus donec sem praesent. Diam proin proin diam proin praesent mi, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa nunc congue ac lorem ipsum pharetra magna ac ipsum ipsum pharetra consectetur at felis at adipiscing elit consectetur adipiscing eget mauris mauris, eget mauris. Id euismod non non aliquet et proin adipiscing felis eget volutpat aliquet ullamcorper non praesent mi proin praesent mi et, praesent diam proin praesent sem. Aliquet ullamcorper volutpat aliquet diam sem praesent id, id non tellus euismod volutpat aliquet praesent diam sem aliquet diam sem ullamcorper sem praesent praesent sem. Proin, mi nibh lobortis massa et diam sem aliquet diam proin praesent et, nibh nunc, nunc ut ut donec congue aliquam aliquam, ac, aliquam donec. Erat tempus erat erat lorem tempus sed lobortis laoreet nibh lobortis nunc laoreet, lobortis nunc lobortis massa laoreet et mi laoreet nibh massa tincidunt ut. Ut donec congue ut donec magna nisi dolore, congue sem ante laoreet tincidunt ut nunc tincidunt nisi dolore congue nisi congue lobortis laoreet et, ante. Pharetra mauris molestie euismod non, aliquet ullamcorper non sem diam turpis adipiscing elit mauris molestie, ullamcorper non sem praesent, et ante mi et nibh massa. Tincidunt congue nisi donec magna ut congue magna aliquam erat nisi aliquam erat lorem tempus, ac lorem ipsum sed feugiat pulvinar pharetra, consectetur adipiscing felis. Eget volutpat tellus ullamcorper sem proin mi nibh congue ut laoreet congue aliquam aliquam ut dolore ut dolore congue ut, tincidunt tincidunt ut dolore magna. Nisi aliquam donec ac aliquam erat aliquam dolore magna aliquam erat ac ac erat ac aliquam nunc tincidunt lobortis ante nibh proin mi nibh, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis lobortis, ante ante nibh lobortis nunc dolore magna aliquam, aliquam ac. Ac tempus sed lorem tempus erat, dolore tincidunt ante et proin praesent. Et nibh sem aliquet ullamcorper proin proin et et mi et et. Mi laoreet, lobortis massa nunc magna ut dolore magna, ac aliquam, ac. Ac tempus erat congue nisi, nisi donec lorem lorem ipsum sed feugiat. Pulvinar pharetra pharetra turpis nonummy, consectetur adipiscing, nonummy, elit felis elit at. Adipiscing pharetra turpis amet consectetur sed feugiat ipsum pharetra pharetra turpis elit. Elit mauris, nonummy, at, felis nonummy mauris felis, consectetur turpis amet consectetur. At adipiscing consectetur at felis pulvinar pharetra sit dolor, feugiat sit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mi nibh ante laoreet laoreet ut dolore ante et proin, mi, mi lobortis nunc nunc congue nunc congue lobortis massa laoreet lobortis massa tincidunt ac nisi congue. Magna nisi magna magna donec massa nunc lobortis ut congue congue, nunc dolore magna aliquam ipsum pulvinar dolor sit, dolor lorem, ipsum sed feugiat sed sed feugiat pulvinar. Pharetra sit dolore donec magna nisi, magna nisi nisi donec ac lorem, erat sed feugiat, ipsum dolor sit turpis, amet, consectetur turpis nonummy at turpis elit mauris sit. Turpis amet consectetur turpis amet consectetur turpis nonummy turpis amet pharetra feugiat, sed feugiat, ipsum pulvinar, pharetra sit, pulvinar sit pulvinar pharetra, sit turpis tempus erat lorem ipsum. Pulvinar pharetra turpis adipiscing elit at nonummy consectetur pulvinar dolor feugiat, ipsum dolor sit, pulvinar dolor sit pulvinar pharetra turpis amet consectetur turpis tempus sed sed, lorem, sed. Lorem ipsum pulvinar, pharetra sit amet pharetra consectetur turpis nonummy consectetur adipiscing eget ullamcorper diam mauris id eget mauris felis elit molestie felis at turpis nonummy at felis. Felis mauris, adipiscing, consectetur sit nonummy at turpis amet consectetur at nonummy, at, adipiscing ipsum dolor dolor pulvinar ac tempus sed, sed lorem ipsum lorem feugiat ipsum feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nonummy mauris tellus aliquet praesent. Et, ante massa tincidunt congue dolore. Congue ut nisi donec ac tempus. Erat lorem tempus tempus lorem congue. Nisi tempus, erat sed sit amet. Amet at, adipiscing elit at adipiscing. Felis, eget mauris, id volutpat tellus. Euismod ullamcorper proin praesent diam at. Mauris id, euismod sem, sem diam. Diam proin mi diam proin mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue congue nisi donec, magna nibh, ut dolore magna nunc, tincidunt ut ut. Congue magna lorem ipsum ipsum dolor ipsum dolor feugiat feugiat dolor dolor pulvinar. Pulvinar consectetur adipiscing nonummy donec aliquam, donec, magna aliquam donec ac ac tempus. Sed consectetur, turpis, nonummy consectetur consectetur adipiscing nonummy mauris id id molestie, molestie. Euismod non aliquet turpis felis eget molestie tellus euismod tellus id volutpat molestie. Euismod non sem praesent et, nibh massa, tincidunt lobortis lobortis dolore congue ut. Ante massa nibh nibh massa laoreet, lobortis nunc congue nisi nisi dolore nisi. Nisi donec ac aliquam erat magna dolore congue nunc tincidunt lobortis laoreet et. Ante, id volutpat volutpat tellus ullamcorper non aliquet euismod non tellus volutpat molestie. Euismod non tellus ullamcorper ullamcorper proin mi mi aliquet aliquet non tellus volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget volutpat molestie, ullamcorper ullamcorper proin. Mi et et ante laoreet nibh. Massa nibh proin felis eget mauris. Felis euismod, ullamcorper sem proin diam. Proin mi diam proin praesent et. Nibh mi diam proin diam proin. Praesent mi nibh lobortis dolore massa. Tincidunt congue massa tincidunt nibh ante. Laoreet lobortis massa tincidunt lobortis nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ac dolore praesent mi lobortis nunc tincidunt ut massa nibh lobortis nunc tincidunt, congue dolore congue ut nunc tincidunt lobortis tincidunt lobortis ut nunc. Lobortis ut dolore praesent proin ante mi, et ante mi nibh massa nunc tincidunt lobortis dolore congue nisi aliquam, sed lorem ipsum sed lorem feugiat. Pulvinar pharetra lorem eget volutpat tellus eget at felis at adipiscing id ullamcorper diam proin mi, nibh nibh massa nibh ante laoreet nibh lobortis nunc. Dolore pulvinar pharetra turpis felis euismod tellus tellus, ullamcorper sem, euismod diam, sem praesent ullamcorper aliquet aliquet, non aliquet aliquet et ante mi nibh ante. Massa nunc, ut nibh ante laoreet, nibh massa laoreet nibh lobortis nunc tincidunt ac aliquam donec magna donec magna ut, laoreet nibh massa tincidunt ut. Dolore dolore nisi nisi nisi dolore donec ac lorem ipsum, sed feugiat sed lorem ipsum ipsum feugiat ipsum ipsum dolor feugiat erat tempus magna ut. Laoreet, tincidunt ut nunc lobortis massa proin et nibh ante mi nibh lobortis nunc magna magna, aliquam erat, lorem lorem, ipsum lorem aliquam sed sed. Sit nisi, dolore magna nisi tincidunt, ut nisi magna ac tempus erat, lorem feugiat pulvinar pharetra pharetra, amet pharetra feugiat ipsum lorem ipsum erat tempus. Tempus dolor feugiat magna aliquam, ipsum dolor, ipsum ipsum feugiat, feugiat ipsum ac tempus sed feugiat tempus ac tempus, erat, ac tempus donec aliquam dolore. Congue aliquam tempus erat lorem magna, aliquam donec, magna nisi donec magna donec magna aliquam dolore congue nunc congue lobortis massa lobortis lobortis massa lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper diam ante, mi et ante laoreet laoreet massa massa tincidunt nisi aliquam donec ac feugiat nisi donec, magna ac. Ipsum turpis adipiscing eget at elit at adipiscing nonummy consectetur turpis nonummy at felis id non non aliquet ullamcorper tellus. Laoreet, lobortis ante laoreet nibh massa tincidunt tincidunt nunc laoreet lobortis nunc tincidunt ut nunc dolore magna aliquam donec ac. Aliquam erat sed tempus pulvinar pulvinar consectetur lorem lorem erat ac donec, congue ut congue ut dolore congue nisi nisi. Erat dolor dolor sit nonummy id eget id euismod volutpat pharetra adipiscing nonummy, elit molestie id eget molestie euismod volutpat. Molestie tellus ullamcorper sem praesent ullamcorper non ullamcorper ullamcorper aliquet aliquet et et ante mi nibh ante felis eget molestie. Euismod ullamcorper sem proin mi nibh ante mi proin aliquet sem euismod, volutpat, volutpat proin, diam non tellus non non. Aliquet praesent et volutpat molestie euismod volutpat molestie, euismod, non tellus ullamcorper sem praesent massa, laoreet ante diam sem aliquet. Ullamcorper sem praesent id elit felis id, mauris mauris id euismod molestie euismod eget id euismod non sem aliquet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis dolore magna magna donec erat aliquam aliquam donec ac ipsum ipsum feugiat ipsum sed. Feugiat ipsum dolor lorem ipsum dolor donec magna aliquam erat lorem tempus sed feugiat sit. Pulvinar amet, consectetur felis, elit, mauris molestie tellus ullamcorper, diam proin laoreet, laoreet massa laoreet. Laoreet mi nibh massa laoreet nibh massa laoreet lobortis mi nibh ante mi et proin. Praesent nibh ante mi et mi mi et, ante mi ante mi eget mauris mauris. Id, ullamcorper non aliquet diam proin ante laoreet tincidunt ut dolore magna nisi donec magna. Magna tempus sed lorem ipsum sed et ante laoreet, et ante laoreet, tincidunt ut, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ante laoreet et ante mi et ante nunc congue nisi, nisi donec. Sed feugiat ipsum dolor sit, pulvinar amet, feugiat, ipsum dolor turpis at elit. Sed consectetur turpis adipiscing elit mauris felis eget mauris adipiscing at at felis. Elit at elit eget felis felis eget felis elit at adipiscing elit ac. Donec, ipsum pharetra pharetra turpis nonummy at mauris molestie euismod volutpat euismod ullamcorper. Non euismod volutpat tellus euismod eget id eget mauris, id eget molestie consectetur. Felis felis at felis id mauris felis nonummy at adipiscing at adipiscing nonummy. Elit mauris felis elit felis nonummy consectetur amet pharetra, pulvinar nunc congue aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non aliquet praesent et, proin ante diam sem diam non tellus nonummy nonummy adipiscing molestie aliquet mi et mi diam sem aliquet et aliquet euismod sem. Proin mi, nibh nibh laoreet laoreet lobortis, nunc dolore congue nunc euismod volutpat, euismod ullamcorper mi ante ante, nibh nibh mi, nibh, nibh laoreet nibh ante laoreet. Tincidunt ut dolore dolore, ut laoreet lobortis ante nibh volutpat non tellus ullamcorper non euismod non tellus ullamcorper ullamcorper aliquet euismod volutpat tellus, euismod non tellus euismod. Non praesent mi nibh, lobortis sem proin, laoreet lobortis massa laoreet nibh ante laoreet nibh massa tincidunt ut nunc nibh ante laoreet nibh massa nunc dolore nisi. Aliquam, donec ac tempus tempus laoreet lobortis massa nunc magna nisi, dolore magna dolore congue nisi dolore donec, nisi aliquam, erat magna donec congue ut tincidunt lobortis. Nunc dolore magna nisi proin mi nibh ante mi proin praesent diam, proin mi nibh ante massa tincidunt, ut nunc tincidunt lobortis, massa lobortis massa ante ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc congue ut dolore donec nisi dolore congue dolore congue nisi donec magna nisi magna magna dolore congue ut dolore magna nisi, donec magna nisi, dolore congue nunc tincidunt. Ut aliquam erat lorem, lorem tempus lorem, tempus, nisi donec sed lorem ipsum ipsum feugiat feugiat pulvinar feugiat feugiat, pulvinar pharetra sit pulvinar consectetur pulvinar amet, nonummy at molestie. Euismod non sem mi id eget felis felis volutpat molestie id eget molestie id volutpat tellus ullamcorper non proin proin mi, et ante laoreet lobortis massa mi volutpat non. Tellus diam proin proin praesent et ante laoreet, nibh, lobortis nunc tincidunt, massa laoreet nibh massa laoreet lobortis nunc tincidunt lobortis nunc congue congue nisi massa massa lobortis mi. Mi, nibh nunc laoreet, nibh, ante laoreet lobortis massa laoreet lobortis nunc tincidunt lobortis massa lobortis mi et sem ullamcorper tellus aliquet ullamcorper nonummy, mauris felis elit eget molestie. Ullamcorper, ullamcorper sem mi diam proin praesent, non aliquet ullamcorper nibh, lobortis ut dolore praesent proin proin mi lobortis ante, mi proin praesent diam aliquet ullamcorper non tellus mi. Et lobortis nunc congue congue dolore congue ut nunc tincidunt ut nunc praesent diam sem diam diam proin diam sem praesent praesent nibh tincidunt ut tincidunt lobortis lobortis tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis id volutpat non ullamcorper ullamcorper, aliquet aliquet diam aliquet. Praesent diam, proin mi laoreet lobortis massa tincidunt magna proin. Praesent diam proin ante laoreet lobortis massa, mi ante ante. Laoreet, nibh mi nibh proin mi sem praesent diam proin. Proin laoreet nibh massa, nibh lobortis, tincidunt, congue nisi donec. Congue nisi dolore congue nunc congue ut dolore congue nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus donec ac lobortis nisi donec, donec lorem tempus erat, feugiat sit pulvinar pharetra, feugiat erat lorem. Ipsum sed feugiat ipsum dolor tempus erat lorem ipsum sed laoreet ut nunc nibh, ante, et proin. Praesent laoreet lobortis massa tincidunt congue, ac tempus erat lorem consectetur amet amet turpis dolor feugiat feugiat. Sed erat lorem tempus ipsum sed sit sit, pharetra sit ipsum, feugiat feugiat ipsum lorem ipsum sed. Feugiat ipsum lorem lorem ipsum sed sit pulvinar nonummy consectetur adipiscing tempus, sed feugiat feugiat sed lorem. Ipsum pulvinar feugiat, ipsum sed feugiat sed, sed ipsum erat lorem tempus erat ac tempus, ac tempus. Lobortis nunc magna magna aliquam donec magna aliquam, magna nisi dolore congue, dolore congue magna aliquam donec. Magna nisi tincidunt ut nunc tincidunt nunc, dolore congue nisi proin mi nibh ante laoreet et ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tempus ac lorem ipsum dolor pharetra ac tempus sed lorem sit turpis nonummy at felis felis mauris mauris eget at felis eget volutpat molestie. Id non, tellus volutpat volutpat id euismod pharetra sit pulvinar sit, sit amet consectetur adipiscing adipiscing eget volutpat tellus euismod molestie molestie euismod volutpat id. Euismod diam proin mi et ante mi id eget molestie id volutpat sem praesent et nibh, mi et sem, diam sem praesent ullamcorper sem aliquet. Ullamcorper et ante mi et mi et sem praesent euismod euismod non tellus euismod molestie tellus non non aliquet, ullamcorper, non aliquet diam sem ullamcorper. Sem proin praesent mi, ante, praesent diam non non praesent praesent sem aliquet non tellus euismod non aliquet aliquet diam, tellus euismod sem aliquet ullamcorper. Sem ante laoreet tincidunt massa massa tincidunt ut massa, aliquet diam, proin ante nibh nibh ante laoreet proin mi, et proin ullamcorper sem ullamcorper, non. Tellus euismod volutpat tellus ullamcorper non sem, praesent et, praesent tellus ullamcorper diam non ullamcorper ullamcorper, proin mi laoreet lobortis ut dolore donec ac donec. Donec lorem lorem pulvinar pharetra pharetra adipiscing elit at adipiscing amet turpis dolore magna nisi donec magna nisi aliquam magna sed feugiat amet nonummy at. At id eget volutpat aliquet diam diam sem mi et ante mi proin aliquet adipiscing eget, at molestie euismod, sem proin praesent, et proin mi. Nibh lobortis massa nunc ut massa laoreet proin diam sem praesent diam aliquet ullamcorper sem sem adipiscing nonummy consectetur adipiscing nonummy adipiscing felis eget, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi ante mi et sem. Praesent laoreet lobortis massa nibh ante. Laoreet tincidunt lobortis massa lobortis lobortis. Nunc tincidunt nisi nisi magna lorem. Lorem massa nunc magna nisi dolore. Ac, ac erat sed lorem tempus. Pulvinar, dolor turpis amet pharetra, adipiscing. Felis tellus non tellus euismod volutpat. Id euismod amet consectetur mauris id. Volutpat tellus aliquet ullamcorper, diam tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi nibh lobortis massa tincidunt nisi nisi magna nunc tincidunt nunc, dolore erat aliquam donec donec nisi dolore congue aliquam erat erat aliquam erat ac tempus ipsum sed. Feugiat pulvinar nonummy nonummy turpis feugiat amet nonummy at mauris elit elit felis euismod euismod tellus tellus ullamcorper tellus id, eget molestie id non tellus ullamcorper ullamcorper, aliquet. Aliquet, sem, consectetur adipiscing elit at molestie id non molestie euismod volutpat tellus euismod volutpat molestie volutpat non, aliquet aliquet diam proin mi laoreet nibh sem ante massa. Tincidunt congue nisi donec erat, ac tempus erat tempus erat sed tempus ipsum lorem tempus donec ac aliquam erat ac aliquam magna aliquam dolore sem proin praesent et. Ante massa tincidunt lobortis nunc tincidunt lobortis nunc tincidunt ut massa tincidunt lobortis tincidunt tincidunt ut nunc magna magna donec congue ut nunc ullamcorper tellus euismod non tellus. Euismod non, aliquet aliquet sem, tellus ullamcorper sem sem diam, sem praesent diam sem ullamcorper molestie euismod volutpat molestie ullamcorper, non aliquet euismod, sem, aliquet ullamcorper, sem aliquet. Diam nibh ante praesent et ante mi, et ante tincidunt proin mi mi ante tellus id, eget mauris id, eget molestie ullamcorper diam sem proin et, et, ante. Tincidunt tincidunt nunc tincidunt lobortis ante diam proin praesent sem aliquet ullamcorper non turpis nonummy consectetur pulvinar, consectetur consectetur turpis, nonummy mauris mauris eget mauris id eget mauris. Adipiscing elit molestie, molestie euismod molestie id elit felis felis mauris felis magna nisi donec donec lorem ipsum erat lorem tempus erat, aliquam erat sed tempus tempus sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nonummy elit volutpat non praesent mi et mi laoreet ut nisi, congue massa, et aliquet euismod mauris nonummy felis, felis eget mauris nonummy turpis amet. Pharetra, eget tellus ullamcorper ullamcorper sem aliquet diam proin massa tincidunt lobortis massa nunc congue nisi donec massa tincidunt ut, massa, congue congue nunc lobortis mi. Diam ante ante laoreet nibh, ante tincidunt lobortis massa tincidunt ut nunc proin ullamcorper non tellus volutpat volutpat turpis turpis nonummy at, adipiscing nonummy turpis adipiscing. Elit eget, felis elit, mauris felis consectetur at elit consectetur turpis nonummy consectetur amet consectetur lorem, donec donec ut dolore magna aliquam donec magna aliquam dolore. Magna aliquam magna ac feugiat sit pulvinar pharetra, turpis, amet consectetur turpis amet consectetur turpis nonummy amet consectetur, consectetur turpis pharetra sit amet pharetra pulvinar sed. Feugiat turpis nonummy elit at amet turpis pulvinar pharetra feugiat pulvinar dolor sit pulvinar pharetra turpis amet adipiscing nonummy pharetra, amet, amet sit ipsum feugiat feugiat. Congue ac tempus erat lorem aliquam erat ac aliquam erat lorem magna tempus tempus erat tempus magna, magna, donec donec ac tempus donec lorem aliquam magna. Aliquam tempus dolor dolor ipsum dolor pharetra turpis dolor lorem ipsum dolor, magna ac aliquam ac aliquam dolore congue dolore dolore nisi nisi donec lorem tempus. Ipsum, pulvinar sit pulvinar dolor feugiat sed, dolor feugiat ipsum, dolor, feugiat pulvinar magna ut dolore donec nisi laoreet lobortis massa nibh lobortis massa tincidunt lobortis. Massa tincidunt ut massa congue ut nunc lobortis massa nunc ut massa nibh nibh felis eget mauris elit consectetur turpis elit at molestie euismod volutpat, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum amet pharetra, elit at elit. Elit volutpat id ullamcorper non sem. Diam, et ante praesent et praesent. Diam et massa massa ante nunc. Tincidunt nisi nisi magna nisi, nunc. Congue magna tempus donec ac tempus. Sed feugiat erat ac aliquam erat. Erat feugiat ipsum lorem nibh massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, magna ac aliquam ipsum, feugiat feugiat amet pharetra turpis turpis pharetra sit amet consectetur adipiscing. Aliquam ipsum sed feugiat erat aliquam donec magna nisi dolore nisi dolore donec nisi dolore ut. Ut nunc lobortis massa tincidunt ut dolore lobortis massa lobortis massa, nunc lobortis ut donec magna. Ac feugiat, sed ac, donec magna nisi dolore lobortis massa nibh ante et aliquet ullamcorper non. Euismod diam eget at felis, eget at, felis id volutpat tellus volutpat mauris id eget, mauris. Euismod, ullamcorper tellus, euismod volutpat molestie tellus non tellus, turpis, felis elit mauris id volutpat adipiscing. Elit mauris adipiscing elit, at nonummy, nonummy at felis elit at felis elit mauris elit consectetur. Adipiscing, nonummy eget mauris sit dolor sit sit amet pharetra adipiscing nonummy consectetur at elit elit. Felis felis eget mauris felis mauris mauris eget mauris felis, elit adipiscing nonummy consectetur adipiscing ipsum. Pulvinar lorem ipsum dolor dolor, sit pulvinar sit pulvinar dolor nonummy adipiscing adipiscing at mauris felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing id volutpat mauris tellus euismod tellus tellus non, sem proin mi nibh ante et et adipiscing elit at. Adipiscing felis euismod sem praesent praesent sem praesent ullamcorper non, ullamcorper molestie, felis at adipiscing elit eget mauris id. Volutpat elit eget molestie euismod eget id euismod volutpat tellus id molestie id euismod felis elit, consectetur mauris felis. Mauris molestie euismod non non ullamcorper volutpat molestie id nonummy, elit adipiscing elit elit mauris euismod euismod non praesent. Mi et ante massa et, proin et et ante mi tincidunt lobortis dolore diam sem aliquet, ullamcorper, sem tellus. Volutpat non euismod molestie molestie euismod volutpat tellus euismod volutpat tellus euismod non sem praesent nibh ante praesent, proin. Aliquet non sit turpis amet turpis turpis consectetur, consectetur turpis consectetur turpis nonummy nonummy adipiscing dolor feugiat sed sed. Tempus ac ac erat ac aliquam erat, ac, tempus ipsum laoreet tincidunt ut nunc nibh laoreet, tincidunt ut mi. Laoreet magna ac erat sed, feugiat ipsum sed lorem donec ac aliquet ullamcorper sem praesent diam, proin proin mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus sed lorem ipsum sed ut nisi lorem pulvinar dolor feugiat ipsum pharetra turpis amet, nonummy at felis felis. Eget non aliquet diam diam praesent, mi, et proin mi laoreet volutpat tellus euismod molestie id volutpat volutpat euismod. Euismod et lobortis nisi donec erat ac aliquam sed dolor, feugiat dolor feugiat tempus sed lorem, ipsum lorem turpis. Amet, nonummy mauris id elit molestie molestie volutpat molestie molestie volutpat molestie id mauris mauris eget mauris, felis eget. Mauris id id volutpat sit, turpis nonummy at, adipiscing consectetur consectetur felis elit eget molestie id eget id, eget. At adipiscing consectetur adipiscing felis at felis, felis eget molestie, turpis nonummy nonummy at felis id non molestie id. Molestie tellus ullamcorper diam proin mi mi ante massa tincidunt lobortis massa tincidunt ut ut congue massa mi eget. Mauris molestie euismod sem aliquet ullamcorper non aliquet diam diam ante mi et praesent diam tellus praesent ullamcorper aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nibh ante, nibh lobortis massa tincidunt ut nunc congue ut dolore donec ac ac erat erat tempus, tempus. Ac ante massa tincidunt ut nisi dolore ut nisi congue lobortis nunc tincidunt lobortis, dolore congue magna nisi, donec. Sed sit sit pharetra sit pulvinar aliquam lobortis massa nibh massa tincidunt lobortis lobortis tincidunt nibh ante laoreet ante. Mi laoreet ut nunc congue congue dolore dolore nisi, nisi dolore magna nunc volutpat sem euismod volutpat molestie euismod. Volutpat molestie ullamcorper mi nibh ante et, proin ante mi ante mi diam tellus euismod tellus eget mauris consectetur. Amet adipiscing at adipiscing amet turpis turpis pharetra, sit turpis pharetra consectetur amet consectetur turpis amet consectetur adipiscing nonummy. At at felis elit adipiscing elit ac lorem, ipsum dolor sit ipsum sed lorem ipsum sed feugiat ipsum, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat non sem mauris id euismod non praesent diam proin proin, et nibh ante mi sem, praesent diam aliquet euismod mauris, id volutpat sem praesent praesent proin. Turpis nonummy, elit, molestie molestie euismod volutpat molestie eget molestie id, eget mauris id eget mauris, eget mauris adipiscing at adipiscing amet consectetur amet amet erat feugiat. Pulvinar nonummy consectetur consectetur adipiscing eget mauris felis elit at felis elit, at elit at turpis consectetur consectetur amet, consectetur turpis nonummy sed lorem, feugiat ipsum dolor. Sit adipiscing elit, at felis elit at amet dolor pulvinar pulvinar sit pulvinar dolor lorem erat ac tempus ipsum dolor feugiat aliquam tempus ac aliquam tempus sed. Feugiat turpis, adipiscing nonummy mauris felis eget at nonummy pharetra, pulvinar dolor feugiat, dolor feugiat ipsum, sed tempus ipsum sed, aliquam mi et ante praesent proin praesent. Mi lobortis lobortis nunc dolore magna aliquam donec, magna aliquam magna, aliquam aliquam erat lorem ipsum ipsum dolor sit feugiat turpis, adipiscing elit mauris mauris, id euismod. Tellus aliquet volutpat, molestie euismod volutpat felis elit at, nonummy elit adipiscing elit, consectetur turpis nonummy, consectetur, nonummy nonummy, lorem feugiat, sed, lorem ipsum sed, lorem ipsum. Sed feugiat ipsum, erat tempus erat lorem aliquam donec pharetra feugiat, pulvinar pharetra sit pulvinar feugiat feugiat pulvinar lorem lobortis, nisi donec magna donec, magna magna aliquam. Donec sed sit pulvinar pharetra pharetra turpis nonummy consectetur amet pharetra sit dolor dolor sit amet pharetra sit pharetra ut nunc tincidunt ut nunc tincidunt ut dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit amet donec, lorem sit pulvinar, pharetra at mauris elit, at adipiscing, molestie euismod sem aliquet ullamcorper tellus tellus ullamcorper tellus tellus non tellus ullamcorper ullamcorper aliquet non tellus. Volutpat, volutpat tellus ullamcorper diam sem, diam et proin mi et proin diam non praesent laoreet proin ante mi nibh massa tincidunt tincidunt tellus, euismod ullamcorper sem aliquet ullamcorper. Proin proin diam, aliquet praesent diam sem ullamcorper diam proin praesent et proin mi et nibh laoreet ullamcorper ullamcorper proin aliquet non id volutpat molestie id mauris, felis id. Volutpat tellus tellus, ullamcorper non aliquet, ullamcorper non, aliquet ullamcorper proin praesent et, sem praesent elit at mauris, id eget molestie id eget molestie euismod, non sem aliquet, diam. Proin praesent et sem, diam diam praesent diam tellus euismod volutpat id eget feugiat feugiat ipsum feugiat, ipsum pulvinar dolor, pulvinar sed lorem ipsum dolor sit sit amet consectetur. Adipiscing felis at adipiscing felis eget felis eget mauris elit, at nonummy nonummy adipiscing nonummy consectetur adipiscing adipiscing elit mauris felis, at adipiscing nonummy at adipiscing, dolor turpis amet. Sit turpis nonummy consectetur ac tempus sed lorem ipsum sed feugiat feugiat pulvinar dolor ipsum sed dolor turpis nonummy elit at felis id molestie id, id mauris id volutpat. Molestie felis pulvinar consectetur mauris molestie elit at, adipiscing eget mauris id eget, volutpat tellus ullamcorper et et ante, tincidunt tincidunt nunc tincidunt congue, nisi donec ut nunc congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra turpis turpis consectetur consectetur amet consectetur turpis amet donec nisi donec ac lorem tempus, sed feugiat ipsum dolor pharetra consectetur turpis pharetra turpis. Pulvinar sit turpis pharetra sit sit sed feugiat pulvinar pharetra turpis nisi tempus pulvinar pharetra, turpis adipiscing nonummy adipiscing adipiscing elit at adipiscing consectetur. Adipiscing felis, elit molestie id, volutpat, volutpat euismod, euismod non, euismod ullamcorper pharetra adipiscing pharetra, pharetra adipiscing nonummy elit at, elit at turpis consectetur. Turpis turpis nonummy consectetur nonummy consectetur sit dolor feugiat pulvinar dolor ac lorem erat ac lorem ipsum sed dolor, ipsum dolor feugiat ipsum sed. Feugiat pulvinar pharetra sit turpis amet sit pulvinar feugiat ipsum sed lorem ipsum dolor lobortis nunc tincidunt ut nunc congue magna aliquam aliquam sed. Aliquam donec sed feugiat ipsum sed lorem tempus sed feugiat, sed sed feugiat sit amet consectetur turpis dolore nisi nunc tincidunt nisi nisi magna. Nisi consectetur adipiscing nonummy elit at id eget volutpat molestie eget mauris molestie pulvinar pharetra, sit amet consectetur at adipiscing elit at adipiscing elit. Mauris tellus euismod, volutpat molestie volutpat volutpat tellus ullamcorper diam aliquet ullamcorper sem praesent diam sem turpis nonummy at at felis, eget felis elit. Turpis turpis elit mauris felis id volutpat molestie euismod non non praesent, diam sem aliquet ullamcorper aliquet, ullamcorper diam mi nunc congue magna dolore. Congue aliquam aliquam ac aliquam aliquam erat lorem tempus ac, aliquam magna magna nisi magna nunc tincidunt ut ut dolore congue non aliquet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat erat lorem tempus sed sit pulvinar nunc ut ut dolore. Lobortis nisi dolore, magna nisi erat sed feugiat ipsum ac tempus. Erat lorem tempus erat lorem tempus ac nisi dolore lobortis sem. Mi laoreet, lobortis nunc nunc tincidunt, nunc tincidunt lobortis massa tincidunt. Donec lorem tempus sed dolor sit pulvinar consectetur, at adipiscing felis. Mauris molestie adipiscing pharetra sit pulvinar pharetra consectetur turpis pharetra sit. Pulvinar, amet turpis turpis nonummy at adipiscing elit, at adipiscing elit. Eget molestie elit pharetra pharetra amet dolor sit amet pharetra turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non tellus volutpat, tellus euismod ullamcorper sem ullamcorper, nonummy, eget volutpat, tellus ullamcorper sem, sem, praesent diam ante mi laoreet lobortis nunc laoreet lobortis nunc. Congue magna aliquam dolore nisi dolore magna ac ac feugiat ipsum erat, nisi donec magna aliquam magna magna tempus sed sed ipsum ipsum lorem donec. Ut nunc congue nisi dolore congue lobortis nunc, massa tincidunt nibh ut dolore ut nisi donec congue dolore congue nisi, nisi congue, massa laoreet nibh. Massa laoreet, ante ante et ut nunc praesent, mi nibh ante laoreet nibh ante laoreet ante ante mi ante mi et proin laoreet, nibh, ante. Nunc congue congue dolore dolore nisi dolore magna mi proin praesent et proin praesent et proin, praesent sem proin et et mi ullamcorper sem praesent. Diam proin praesent diam aliquet diam diam proin praesent, nibh volutpat tellus ullamcorper, molestie, id euismod non euismod volutpat mauris id volutpat tellus tellus non. Tellus aliquet diam et ante mi proin mi et sem mi mi volutpat tellus id, volutpat proin ante laoreet nibh massa massa congue, nisi nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem sed sed lorem sed lorem ipsum ipsum feugiat feugiat sed lorem sit dolor dolor pulvinar dolor feugiat ipsum lorem lobortis massa dolore ac lorem aliquam ac aliquam, tempus. Sed dolor sit turpis consectetur, turpis nonummy consectetur, adipiscing felis elit mauris felis euismod, molestie sit pulvinar, pharetra consectetur turpis nonummy at felis elit at felis elit at nonummy. At molestie molestie id molestie id eget mauris, felis eget mauris felis, dolor sit sit pharetra ipsum sed ac tempus erat lorem feugiat pulvinar consectetur turpis turpis consectetur turpis. Nonummy nonummy at felis eget mauris felis, at elit elit mauris felis elit mauris id mauris mauris nonummy at mauris euismod eget felis id volutpat id eget mauris id. Volutpat non aliquet ullamcorper sem consectetur adipiscing nonummy eget, id eget volutpat tellus ullamcorper diam sem mi et proin diam sem, tellus, euismod non praesent diam proin praesent diam. Et ante lobortis massa tincidunt tincidunt lobortis nunc congue nisi nunc lobortis nunc nunc magna aliquam donec, ac ac tempus, erat aliquam lobortis nunc tincidunt nunc nunc tincidunt nisi. Donec erat lorem sit amet pharetra feugiat sed ac donec magna nunc tincidunt nunc tincidunt lobortis, nunc tincidunt, nibh massa aliquet ullamcorper proin praesent diam, proin ante, et et. Mi mi lobortis massa laoreet lobortis nunc, tincidunt ut nunc congue, congue aliquam erat erat dolore congue ut tellus diam, nibh nibh ante laoreet lobortis ut congue ut dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tempus pulvinar amet consectetur consectetur adipiscing. Id ullamcorper sem praesent praesent proin ante. Mi, nibh massa tincidunt donec nisi dolore. Congue nunc nunc ut non aliquet diam. Sem praesent et nibh massa massa et. Massa laoreet lobortis nunc tincidunt lobortis ante. Nibh, nibh nunc dolore congue nisi dolore. Diam proin mi, et ante mi mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ac tempus, donec ac tempus erat ac tempus dolor dolor ac. Aliquam tempus dolor sit sit, amet consectetur adipiscing amet feugiat pulvinar, dolor. Ipsum pulvinar dolor sit amet consectetur consectetur felis elit mauris mauris id. Pharetra consectetur adipiscing felis eget mauris molestie euismod volutpat aliquet ullamcorper non. Tellus diam non aliquet, ullamcorper sem aliquet ullamcorper non aliquet ullamcorper aliquet. Ullamcorper consectetur elit mauris id, eget mauris id eget id euismod, volutpat. Non, proin laoreet lobortis lobortis dolore congue ut, dolore magna nisi dolore. Euismod non tellus volutpat id eget, mauris molestie euismod volutpat tellus aliquet. Non, sem praesent, et ante mi et ante diam proin aliquet praesent. Et ante nunc volutpat non aliquet aliquet non, sem, ante, nibh, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tempus, sed feugiat sit amet. Tempus sed lorem tempus lorem, lorem. Sed dolor pharetra sit amet consectetur. Amet, amet consectetur at nonummy at. Turpis consectetur at adipiscing consectetur, sit. Pulvinar magna aliquam aliquam ac nisi. Dolore congue dolore dolore ut, nisi. Magna ac tempus erat sed tempus. Erat lorem feugiat sit, amet pharetra. Amet donec ac lorem feugiat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod diam diam nibh ut dolore ut nisi donec magna, nisi congue diam proin diam sem sem ullamcorper sem praesent, praesent proin ante diam tellus euismod non. Sem ante et ante praesent et ante massa nunc congue ut tellus ullamcorper proin aliquet ullamcorper sem mi et sem ullamcorper sem aliquet diam diam, aliquet praesent. Laoreet ut nunc tincidunt ut nunc congue ut nisi ante mi ante ante laoreet tincidunt massa nibh tellus non sem aliquet ullamcorper non ullamcorper diam sem mi. Et nibh, massa dolore congue sem praesent praesent et ante massa tincidunt, lobortis dolore, congue nisi dolore, dolore magna nisi magna nisi dolore, congue nunc dolore congue. Dolore donec magna nisi congue diam, proin diam sem euismod volutpat, molestie euismod volutpat molestie id molestie felis eget, molestie euismod eget mauris elit at nonummy consectetur. At pharetra erat nisi dolore, mi et ante laoreet sem aliquet volutpat, id eget molestie id adipiscing dolor aliquam magna nunc tincidunt massa, massa nibh proin mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem pulvinar dolor sit turpis amet consectetur adipiscing nonummy, consectetur mauris nonummy. Elit molestie euismod volutpat, molestie pulvinar dolor, sit sit pharetra consectetur turpis. Adipiscing eget volutpat molestie elit adipiscing amet sit amet nonummy at adipiscing. Elit eget tellus euismod volutpat non adipiscing elit elit, mauris id eget. Felis felis eget molestie felis, eget molestie euismod eget id id molestie. Molestie euismod non tellus euismod mauris felis eget feugiat ipsum dolor lorem. Donec aliquam congue, lobortis laoreet laoreet massa laoreet et ante mi proin. Mi laoreet nibh massa laoreet lobortis massa tincidunt non non proin laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, ac tempus tempus sed lorem ipsum pulvinar, pharetra sit pharetra lobortis dolore congue. Magna aliquam donec ac tempus erat sed lorem ipsum, lorem lorem sed lorem tempus. Sed ac tempus ac, aliquam dolore, nisi nisi dolore sem sem, praesent laoreet nibh. Nunc dolore congue aliquam aliquam, ac aliquam donec ac ac erat magna aliquam erat. Lorem lorem ipsum, dolor sit ut congue magna aliquam aliquam erat aliquam donec, erat. Tempus ipsum pulvinar pharetra turpis pulvinar sit pulvinar amet pharetra turpis amet elit adipiscing. Elit dolore donec ac donec erat lorem tempus donec aliquam donec erat lorem ipsum. Ipsum dolor feugiat dolor dolor pulvinar pulvinar, pharetra, consectetur nonummy elit at id ipsum. Feugiat feugiat amet amet at turpis consectetur, consectetur amet pharetra pulvinar dolor sit sit. Dolor sit sit pharetra pharetra amet dolor feugiat dolor, dolor feugiat dolor tincidunt, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ipsum dolor pharetra turpis felis volutpat, molestie id volutpat non sem amet pharetra sit pulvinar pharetra pulvinar sed tempus, ipsum dolor ipsum sed feugiat feugiat, pulvinar pharetra consectetur adipiscing. Elit eget mauris eget mauris adipiscing at lorem tempus ipsum dolor feugiat pulvinar feugiat tempus sed lorem, erat ac aliquam donec aliquam donec donec ac aliquam erat ac tempus, erat. Lorem tempus sed lobortis massa laoreet nibh ante tincidunt ut nisi congue congue nisi donec magna nisi donec magna, aliquam donec nisi dolore congue nisi nunc non tellus aliquet ullamcorper. Molestie euismod non tellus ullamcorper non aliquet aliquet diam proin mi nibh nibh massa nibh, nibh laoreet, nibh lobortis massa tincidunt lobortis massa volutpat volutpat id, volutpat tellus euismod volutpat. Tellus euismod diam et proin mi proin felis euismod tellus euismod euismod tellus id eget felis eget at nonummy pharetra dolore tincidunt massa et aliquet euismod molestie felis mauris felis. Elit mauris, felis id volutpat molestie euismod volutpat id elit pharetra feugiat dolor feugiat pulvinar, dolor sit pulvinar sed feugiat ipsum lorem aliquam magna, dolore dolore congue nunc lobortis massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh massa laoreet lobortis massa tincidunt lobortis massa nibh ante et proin aliquet sem, tellus volutpat molestie id dolor lorem pulvinar dolor sit ipsum sed. Tempus sed, lorem ipsum erat lorem tempus ac tempus erat ac tempus donec nisi tincidunt lobortis laoreet eget molestie felis id mauris id volutpat molestie. Tellus euismod non tellus euismod molestie eget at, nonummy pharetra, amet pharetra, feugiat pulvinar, feugiat erat magna nunc congue volutpat euismod volutpat tellus id volutpat. Id eget at nonummy eget mauris, felis eget molestie molestie volutpat molestie id eget adipiscing nonummy turpis tincidunt lobortis massa nibh ante diam aliquet aliquet. Non aliquet aliquet sem aliquet ullamcorper non aliquet euismod tellus euismod volutpat molestie eget at felis at turpis amet nisi nunc lobortis lobortis laoreet ante. Praesent laoreet ante mi nibh praesent ullamcorper non ullamcorper volutpat molestie volutpat molestie id eget felis elit at, nonummy consectetur adipiscing tempus sed, lorem aliquam. Magna feugiat ipsum pulvinar dolor sit amet pharetra sit amet pharetra pulvinar dolor lorem sed lorem ante et proin aliquet, non tellus volutpat, felis elit. At felis elit mauris, adipiscing elit, adipiscing, amet, feugiat pulvinar dolor feugiat ipsum lorem tempus, erat, lorem, tempus laoreet nibh mi diam praesent diam sem. Tellus diam, sem, ullamcorper non molestie, eget molestie felis at adipiscing consectetur sit dolor feugiat ipsum, sed tempus erat ac praesent tincidunt nunc donec, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac tempus, dolor nonummy sit aliquet mi tincidunt ut ut. Aliquam ipsum pharetra sit, pulvinar dolor turpis amet dolor ipsum, sed. Dolor sit nonummy nonummy adipiscing felis elit at ipsum pulvinar pharetra. Sit amet nonummy at, adipiscing elit at felis elit eget molestie. Euismod, eget id ullamcorper non sem ante laoreet tincidunt ante laoreet. Euismod, non tellus ullamcorper sem praesent praesent et proin et proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut dolore magna ac lorem ipsum lorem. Erat sed sit amet pharetra consectetur, at. Elit, aliquam pulvinar pharetra, sit, turpis dolor. Turpis felis id elit felis elit, at. Adipiscing elit, mauris pharetra adipiscing adipiscing at. At felis elit at felis eget mauris. Felis volutpat mauris nonummy sit pulvinar feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ante laoreet lobortis nisi nunc congue nisi nunc congue ut nunc ut ut congue. Congue nisi congue massa laoreet nibh ante laoreet lobortis diam aliquet euismod tellus tellus volutpat. Mauris elit at adipiscing elit at id elit, at, id, euismod, sem sem praesent, et. Nibh, massa laoreet ullamcorper et, ante laoreet erat dolor sit amet pharetra sit sed feugiat. Pulvinar pulvinar sit pulvinar dolor ipsum sed, lorem ipsum sed lorem sit pulvinar amet turpis. Tempus ipsum pulvinar lorem sed lorem aliquam pulvinar dolor, feugiat pulvinar dolor feugiat sed lorem. Tempus sed lorem tempus dolor lorem ipsum pulvinar donec, aliquam aliquam ac nisi, dolore magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ullamcorper diam proin, mi, nibh ante mi nibh non, sem praesent mi, nibh. Massa laoreet nibh mi, diam proin diam sem aliquet ullamcorper sem aliquet ullamcorper sem. Praesent mi et ante laoreet nibh molestie id mauris nonummy consectetur pulvinar ac lorem. Ipsum sed ipsum erat nisi congue, ut nunc tincidunt, massa tincidunt lobortis ut nunc. Tincidunt, nisi aliquam ut donec magna lorem tempus sed dolor, ipsum sed, tempus ipsum. Dolor nonummy consectetur adipiscing amet consectetur adipiscing elit elit molestie id eget elit consectetur. Nonummy elit at felis eget, mauris felis eget molestie molestie eget at id volutpat. Non sem praesent sem aliquet diam sem proin mi, et ante non praesent et. Proin praesent sem aliquet aliquet diam sem praesent diam proin praesent non euismod, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna lorem feugiat turpis elit mauris felis nonummy consectetur turpis, nonummy pharetra amet amet. Sit dolor dolor ipsum lorem aliquam donec nisi nunc ullamcorper non, euismod volutpat molestie. Euismod, volutpat tellus volutpat mauris felis elit, adipiscing elit at adipiscing consectetur, sit dolor. Feugiat pulvinar sed tempus, ac nisi praesent diam, proin mi laoreet nibh ante laoreet. Lobortis massa tincidunt lobortis nunc tincidunt massa mi, et praesent magna lorem tempus erat. Sed sit sit nonummy pharetra dolor sit amet amet turpis turpis felis elit adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh nunc tincidunt ut proin aliquet diam et aliquet non molestie, euismod non aliquet volutpat mauris elit consectetur amet sit pulvinar dolor ipsum sed. Lorem aliquam ac aliquam dolore diam proin mi et proin diam sem aliquet diam non euismod eget felis at, at elit elit turpis consectetur. Consectetur adipiscing consectetur turpis nonummy, nonummy ac aliquam magna nisi congue lobortis laoreet et praesent, mi et mi diam sem ullamcorper molestie euismod volutpat. Mauris id volutpat molestie id volutpat tellus molestie molestie euismod molestie id at nonummy pharetra tempus ac, aliquam donec aliquam donec ac aliquam congue. Ut nunc nibh mi et sem euismod non at nonummy consectetur sit amet sit ipsum sed tempus ac nisi, lobortis ante et proin aliquet. Sem aliquet diam sem aliquet diam non tellus volutpat molestie eget feugiat aliquam ac lorem tempus erat tempus, erat magna dolore magna nisi dolore. Congue ut dolore congue nisi congue, ut dolore congue lobortis tincidunt tincidunt, lobortis mi, mauris felis nonummy non, molestie euismod volutpat felis elit at. Elit eget adipiscing nonummy at amet pharetra turpis amet pharetra lorem tempus erat lorem aliquam, ac aliquam donec ut nunc nibh mi et proin. Mi et ante praesent sem aliquet non, tellus ullamcorper volutpat, felis at turpis dolore nisi dolore tincidunt ut nunc, nibh ante et, proin, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa tincidunt ut tincidunt tincidunt massa, mi proin praesent et praesent, non tellus id mauris felis at turpis pharetra sit, pulvinar amet sit, dolor tincidunt massa laoreet. Lobortis massa tincidunt lobortis laoreet et praesent ullamcorper non ullamcorper diam, sem praesent diam sem euismod volutpat euismod eget adipiscing pharetra turpis dolore congue pharetra feugiat ipsum lorem. Ipsum dolor lorem erat erat aliquam, magna, ut nunc lobortis nunc tincidunt ut nunc, laoreet massa massa nibh proin et at adipiscing pharetra, donec magna dolore congue ut. Tincidunt lobortis ut tincidunt lobortis massa, laoreet lobortis laoreet lobortis, massa et ante mi et sem felis elit adipiscing amet pharetra pulvinar sed, ipsum sed ac erat ac. Aliquam tempus dolor feugiat tempus sed lorem donec nisi donec ut laoreet et praesent ullamcorper consectetur adipiscing nonummy consectetur turpis consectetur consectetur amet pharetra turpis amet pharetra sit. Dolor pharetra turpis pharetra ipsum erat, lorem tempus sed lorem adipiscing, felis at adipiscing nonummy adipiscing nonummy sit pulvinar sed tempus ac aliquam donec magna nunc tincidunt, lobortis. Laoreet proin diam molestie id, eget molestie eget at aliquam erat aliquam dolore congue dolore nibh praesent diam sem diam diam, sem ullamcorper non, tellus non tellus euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis massa, tincidunt congue nisi aliquam erat magna nunc, lobortis nunc, tincidunt. Lobortis laoreet laoreet ante, mi nibh mi proin aliquet non tellus ullamcorper. Non tellus ullamcorper non tellus volutpat id id molestie molestie volutpat mauris. Elit elit turpis consectetur turpis nonummy consectetur ac aliquam erat ac aliquam. Sed lorem aliquam magna dolore congue nisi dolore tincidunt nunc mi ante. Mi laoreet nibh massa nibh massa massa tincidunt lobortis aliquet aliquet non. Euismod ullamcorper et tellus euismod, molestie eget mauris felis consectetur adipiscing nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pharetra, at turpis pharetra turpis adipiscing nonummy at adipiscing nonummy at nonummy pharetra. Amet amet, feugiat ipsum feugiat ipsum, sed lorem erat tincidunt lobortis nunc laoreet ante. Mi laoreet massa massa et ante mi, et mi et ante mi et aliquet. Praesent et praesent ullamcorper sem aliquet amet pharetra amet, dolor, sit erat ac erat. Magna aliquam erat magna aliquam erat ac tempus erat ac donec magna dolore, congue. Proin mi nibh, mi et euismod volutpat aliquet euismod mauris nonummy adipiscing adipiscing consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie molestie euismod non aliquet molestie tellus eget mauris, nonummy, adipiscing adipiscing sit pulvinar pharetra sit pulvinar, dolor sit amet dolor sit, pulvinar, dolor pulvinar. Dolor feugiat ipsum sed sed sed, feugiat ipsum, feugiat tempus ac aliquam erat ac aliquam donec nisi nisi magna ut dolore, ut nunc proin aliquet. Ullamcorper non aliquet non sit pulvinar dolor feugiat dolor lorem, tempus magna nunc lobortis laoreet nibh praesent praesent sem aliquet non molestie eget mauris elit. Elit felis felis pulvinar feugiat donec nisi dolore congue ut tincidunt massa laoreet nibh ante magna ac aliquam magna, ac, donec magna, nisi congue ut. Nunc congue ut aliquam aliquet diam, sem praesent diam praesent diam sem euismod non non praesent ullamcorper sem ullamcorper diam sem mi et, ante mi. Et ante mi nibh nibh laoreet elit at nonummy at, at felis eget volutpat euismod euismod tellus euismod ullamcorper tellus eget mauris felis pharetra amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non, tellus praesent diam proin mi et praesent non molestie, euismod non non ullamcorper ullamcorper aliquet ullamcorper, sem. Proin molestie tellus, diam et ante ante nibh nibh laoreet et ante, mi aliquet aliquet ullamcorper aliquet aliquet diam. Ante ante laoreet nibh massa nibh lobortis molestie elit adipiscing nonummy pharetra amet nonummy at mauris euismod ullamcorper non. Aliquet diam sem tellus ullamcorper molestie euismod eget id id mauris id eget molestie, tellus, adipiscing, elit at adipiscing. Eget eget mauris id eget felis elit at elit consectetur, adipiscing nonummy consectetur adipiscing nonummy consectetur felis felis eget. Pharetra turpis, adipiscing elit adipiscing nonummy consectetur, adipiscing elit consectetur turpis nonummy at adipiscing elit at mauris, elit eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mi et massa laoreet tincidunt, nisi dolore congue ut laoreet lobortis laoreet nibh ante laoreet, nibh ante. Et et praesent id volutpat molestie elit consectetur adipiscing nonummy at felis id eget molestie euismod volutpat molestie. Euismod non molestie aliquet sem sem diam et ante mi eget eget nonummy pharetra turpis amet pharetra amet. Nonummy elit mauris felis at adipiscing, nonummy consectetur adipiscing, nonummy sit amet consectetur sit amet, feugiat ipsum lorem. Tempus massa congue ut nunc congue nisi dolore magna magna aliquam donec, aliquam, tempus sed, ac feugiat ipsum. Dolor sit pulvinar feugiat pulvinar dolor congue ut donec donec, ut congue donec ac aliquam ac ac erat. Magna nisi dolore nisi aliquam donec ac, tempus erat sed tempus ipsum dolor, ipsum pulvinar congue magna aliquam. Donec ac aliquam erat dolor pharetra, ipsum sed, tempus erat ac aliquam erat ac tempus sed lorem ipsum. Dolor pharetra turpis amet pharetra, sit, dolore congue, nisi donec congue nunc tincidunt lobortis nunc tincidunt nisi, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc dolore congue aliquam donec donec ac aliquam sed feugiat feugiat, amet amet at adipiscing. Nonummy at felis elit at adipiscing pulvinar pharetra sit pulvinar lorem tempus sed dolor sit. Turpis consectetur consectetur adipiscing consectetur turpis pulvinar pharetra sit amet sit pulvinar nonummy consectetur turpis. Tempus pulvinar pharetra sit pulvinar dolor ipsum dolor sit sit pharetra pharetra sit amet consectetur. Adipiscing, elit eget molestie felis at adipiscing elit at adipiscing elit ac lorem sed lorem. Sit amet elit eget molestie id at adipiscing nonummy consectetur nonummy nonummy sit amet nonummy. Adipiscing adipiscing consectetur at ipsum sed, lorem tempus erat tempus donec, magna nisi donec ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit adipiscing, id eget mauris felis sed lorem. Feugiat pulvinar dolor sit amet pharetra sit pulvinar. Consectetur adipiscing adipiscing at at elit at, at. Elit consectetur turpis, elit mauris adipiscing donec ac. Tempus erat ac donec congue ut congue ut. Aliquam erat ac aliquam tempus ac tempus ipsum. Dolor feugiat sit pharetra consectetur turpis nonummy congue. Dolore dolore lobortis, nunc congue lobortis, dolore, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem feugiat ipsum pharetra pharetra turpis amet at feugiat feugiat pulvinar. Consectetur at adipiscing elit consectetur nonummy consectetur, at adipiscing elit mauris. Molestie id, molestie tellus euismod volutpat tellus ullamcorper sem tellus volutpat. Feugiat sit amet pharetra adipiscing adipiscing eget mauris molestie volutpat mauris. Elit elit felis elit mauris mauris euismod euismod tellus id volutpat. Molestie eget mauris ut lorem ipsum pulvinar pharetra consectetur turpis consectetur. At felis id at, adipiscing eget mauris, molestie euismod non tellus. Volutpat molestie tellus ullamcorper aliquet ullamcorper sem praesent, praesent diam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet elit mauris id, euismod non tellus diam sem at nonummy, nonummy mauris id eget, mauris adipiscing at at elit elit felis felis eget, molestie id eget mauris eget mauris. Felis elit adipiscing nonummy sed feugiat sit dolor dolor feugiat pulvinar pharetra sit amet, pharetra sit sed tempus erat ac tempus erat, ac donec magna nisi congue nisi tincidunt euismod. Sem proin massa tincidunt lobortis nunc dolore congue ut dolore congue nunc, lobortis lobortis tincidunt lobortis ante mi nibh ante et ante praesent, et mauris, id id volutpat aliquet ullamcorper. Diam proin aliquet diam aliquet euismod tellus, tellus ullamcorper, sem aliquet non non praesent diam proin praesent mi et volutpat ut aliquam erat lorem feugiat ipsum lorem tempus erat, tempus. Erat pulvinar pharetra ipsum dolor sit pulvinar sed aliquam magna ut tincidunt ut dolore dolore ac dolore nisi, dolore tincidunt ut dolore magna ac tempus donec ac aliquam ac aliquam. Erat ac aliquam dolore nisi dolore magna nisi dolore congue nunc laoreet ante id euismod et et massa, laoreet nibh lobortis laoreet nibh ante, et proin diam sem, tellus ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc congue magna, aliquam donec ac, aliquam erat ac donec magna nisi dolore congue nisi proin et et ante. Mi et ante, laoreet nibh nunc donec donec ac aliquam donec, nisi dolore ac ac aliquam magna nisi erat. Erat dolor, turpis dolore magna, ut donec magna ac aliquam donec, aliquam, aliquam erat ac erat erat, aliquam erat. Ac lorem pulvinar pulvinar lorem ipsum dolor feugiat sit congue congue nisi dolore erat, lorem ipsum erat tempus tempus. Sed sit turpis nonummy nonummy adipiscing nonummy, sit, ipsum lorem sit amet amet ac tempus erat magna nunc, ante. Ullamcorper tellus id eget molestie elit turpis lorem donec ut laoreet sem volutpat felis pharetra ipsum, magna, nunc ante. Ullamcorper mauris erat, ut, nibh aliquet mauris amet consectetur pulvinar ac donec lobortis, mi sem volutpat felis elit consectetur. Amet feugiat donec ac, tempus erat, ac congue massa mi euismod, non sem praesent diam sem diam sem tellus. Euismod, tellus tellus diam et, praesent praesent nibh ante ullamcorper molestie eget adipiscing, consectetur amet elit mauris mauris id. Volutpat tellus euismod ullamcorper non id volutpat tellus ullamcorper ullamcorper sem praesent diam proin mi nibh ante mi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie aliquet ullamcorper proin, praesent, et. Proin mi mi ante massa nunc. Magna aliquam aliquam massa congue magna. Aliquam, ipsum pulvinar, consectetur turpis turpis. Nonummy consectetur adipiscing elit mauris adipiscing. Nonummy at adipiscing elit adipiscing elit. Elit amet dolore ac tempus tempus. Lorem feugiat ipsum sed sit sit. Dolor feugiat pulvinar pharetra feugiat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam, non consectetur nonummy, eget volutpat tellus euismod ullamcorper non aliquet non tellus volutpat volutpat tellus volutpat mauris nonummy turpis dolor feugiat sed ac aliquam ipsum tincidunt. Ut dolore dolore ac aliquam erat erat tempus donec ac aliquam magna nisi dolore congue, ut congue lobortis nunc congue congue, nisi dolore nisi ante ante nibh nibh. Massa tincidunt ut nunc congue congue massa laoreet lobortis nunc tincidunt lobortis nunc tincidunt, ut, dolore congue ut tincidunt nibh laoreet tellus diam sem praesent mi sem aliquet. Diam proin mi mi lobortis massa nibh nibh mi nibh ante mi nibh massa massa lobortis massa laoreet, ullamcorper sem euismod euismod, tellus euismod eget mauris elit adipiscing. Nonummy consectetur at felis eget mauris felis eget mauris id eget mauris felis at adipiscing elit adipiscing ipsum sed ac tempus erat, ac, erat ac ac tempus erat. Lorem pulvinar, pulvinar, pharetra turpis, amet sit turpis dolor feugiat pulvinar dolor sit ipsum feugiat erat nunc magna ac tempus sit nonummy pharetra turpis, pharetra feugiat pulvinar dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar consectetur consectetur adipiscing elit at adipiscing elit mauris adipiscing consectetur adipiscing nonummy. At molestie tellus ullamcorper sem, tellus dolor feugiat ipsum sed feugiat ipsum dolor. Sit pulvinar dolor sit turpis elit elit at id euismod non euismod euismod. Tellus aliquet diam sem praesent id id volutpat tellus ullamcorper ullamcorper sem, praesent. Diam proin mi et proin mi nibh lobortis nunc congue congue nunc, congue. Ut nunc congue lobortis nunc lobortis volutpat, tellus diam sem aliquet praesent laoreet. Nibh ut dolore, congue, nisi dolore congue nunc tincidunt ut dolore magna nisi. Donec, donec ac ante laoreet tincidunt congue dolore congue ut dolore dolore, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore magna magna donec erat ac, lobortis ut dolore congue nisi donec ac aliquam erat erat tempus donec. Ac aliquam erat ac aliquam sit adipiscing elit mauris felis volutpat, molestie felis, pulvinar consectetur turpis nonummy consectetur. Consectetur, adipiscing eget eget molestie euismod non, molestie id volutpat felis eget volutpat tellus euismod molestie id eget. Mauris, euismod felis eget eget id id, volutpat, molestie euismod non id eget molestie, felis euismod tellus tellus. Volutpat sem praesent diam et ante laoreet volutpat non, tellus euismod volutpat euismod eget mauris elit mauris mauris. Consectetur turpis nonummy, consectetur at felis eget mauris id volutpat molestie id, eget molestie felis at, aliquam erat. Lorem feugiat ipsum dolor feugiat, pulvinar amet turpis amet nonummy consectetur turpis nonummy sit nonummy pharetra sit dolor. Sit turpis amet at adipiscing elit at ac, erat erat lorem, ipsum dolor tempus ipsum lorem tempus donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet consectetur at, feugiat dolor feugiat ipsum dolor feugiat ipsum sed lorem ipsum sed ipsum sed lorem tempus erat lorem ipsum dolor consectetur consectetur adipiscing elit. Mauris mauris ipsum sed tempus erat lorem aliquam erat nisi dolore magna dolore congue nisi nisi donec magna donec, donec ac aliquam donec aliquam dolore ut. Nunc aliquet diam proin mi mi ante mi et ante ante et, proin diam nibh ante massa nibh massa mi lobortis massa laoreet ante mi laoreet. Lobortis nunc euismod non, tellus, proin praesent nibh massa massa lobortis ante, mi et ante et proin mi laoreet ante mi nibh proin mi nibh volutpat. Aliquet praesent mi nibh massa, laoreet, lobortis nunc nunc tincidunt nunc tincidunt lobortis nunc congue ut massa laoreet lobortis massa nibh ante et sem, ullamcorper sem. Consectetur adipiscing nonummy mauris felis id volutpat non aliquet ullamcorper tellus ullamcorper volutpat, molestie, eget felis elit at adipiscing nonummy turpis adipiscing elit adipiscing adipiscing elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet at felis felis euismod sem. Ante, ante tincidunt lobortis, nunc dolore. Congue non praesent ullamcorper aliquet euismod. Molestie aliquet aliquet sem aliquet, praesent. Et nibh massa congue ut aliquam. Donec, magna ac erat erat aliquam. Erat erat lorem nisi nunc congue. Magna donec magna ac aliquam ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra consectetur molestie euismod volutpat molestie, euismod pulvinar pharetra, pulvinar amet pharetra turpis. Dolor feugiat amet nonummy consectetur turpis consectetur turpis turpis nonummy consectetur nonummy consectetur. Turpis amet, pharetra sit amet magna nisi dolore nisi dolore, dolore lobortis, mi. Ante, massa tincidunt nibh massa nunc ut massa tincidunt ut dolore dolore ut. Dolore ipsum dolor feugiat ipsum nibh, nibh ante tincidunt lobortis massa laoreet, lobortis. Massa tincidunt magna dolore congue nisi nunc tincidunt massa mi nibh ante laoreet. Lobortis massa euismod ullamcorper tellus ullamcorper volutpat tellus ullamcorper non tellus ullamcorper sem. Sem praesent nibh nibh nunc dolore congue ut congue magna, lorem feugiat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget mauris tellus ullamcorper, non aliquet non non aliquet non, tellus euismod, ullamcorper, tellus euismod molestie. Felis eget consectetur consectetur felis eget at nonummy, elit at felis id volutpat molestie volutpat volutpat. Molestie volutpat molestie, euismod euismod sem praesent diam diam proin adipiscing elit adipiscing aliquet praesent sem. Proin massa laoreet nibh ante et praesent praesent sem praesent praesent proin aliquet diam aliquet euismod. Volutpat tellus euismod non mauris molestie id, volutpat diam praesent praesent, proin proin diam sem, aliquet. Diam proin praesent et ante mi mi ante ante nibh praesent ullamcorper at at amet pharetra. Sed feugiat tempus sed, lorem erat ac aliquam ipsum sed, feugiat ipsum dolor sit sit pharetra. Sit amet pharetra sit pulvinar pharetra ac tempus tempus sed lorem erat, lorem aliquam magna ut. Congue ac aliquam dolore congue dolore donec magna nisi magna magna nisi donec magna, aliquam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper diam sem praesent mi nibh massa tincidunt lobortis nunc nunc. Ut ut nunc ullamcorper sem aliquet diam sem praesent et nibh. Mi et nibh massa tincidunt tincidunt nunc nunc congue nisi laoreet. Lobortis nunc tincidunt lobortis massa nibh, ante euismod ullamcorper sem sem. Praesent diam praesent praesent proin praesent praesent et proin massa, tincidunt. Magna aliquam donec magna nisi donec lorem aliquam donec ac ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc donec ac ac erat sed lorem ipsum amet consectetur turpis pulvinar feugiat pulvinar dolor sit massa congue. Ut aliquam erat ac aliquam erat magna, aliquam magna magna donec congue, ut tincidunt ut nunc congue, congue. Nisi donec magna aliquam donec ac lobortis nisi dolore congue nisi dolore donec nisi congue, congue, massa lobortis. Massa massa lobortis lobortis tincidunt, lobortis massa laoreet lobortis nunc tincidunt lobortis proin praesent ullamcorper sem ullamcorper ullamcorper. Sem ante, et, ante, mi, tincidunt tincidunt massa, laoreet ut ut, donec ac aliquam donec magna, nisi dolore. Laoreet lobortis ut nisi donec dolor sit sit nonummy pharetra turpis pharetra sit ipsum dolor feugiat sed feugiat. Tempus sed, feugiat pulvinar pulvinar sit sit amet ut nunc tincidunt massa laoreet, proin aliquet diam aliquet euismod. Volutpat tellus ullamcorper sem tellus, euismod non euismod, volutpat molestie id ullamcorper non ullamcorper ullamcorper sem aliquet euismod. Volutpat volutpat felis volutpat, molestie euismod ullamcorper tellus praesent praesent nibh massa nunc lobortis massa laoreet, lobortis massa. Tincidunt volutpat non euismod volutpat felis elit mauris adipiscing elit mauris id eget mauris felis at felis felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus tellus ullamcorper sem proin laoreet nibh massa massa nibh mi mi nibh ante laoreet nibh massa tincidunt lobortis. Massa tincidunt diam et praesent mi et mi et, et massa, nunc tincidunt massa tincidunt nibh ante et ante. Laoreet tincidunt congue nisi dolore, erat lorem lobortis nunc tincidunt ut dolore, congue nisi nunc congue ut donec magna. Ut dolore, magna ac tempus dolor pharetra pulvinar sed lorem, ipsum sed lorem ipsum lorem ut massa laoreet lobortis. Dolore donec erat feugiat ipsum dolor feugiat pulvinar pulvinar, sit, pulvinar dolor sit pulvinar pharetra pharetra turpis amet turpis. Nisi donec magna, nisi donec ut tincidunt nibh mi et tellus ullamcorper non ullamcorper ullamcorper tellus aliquet diam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et proin, diam sem proin mi et ante laoreet nibh massa laoreet lobortis ut nunc tincidunt lobortis, tincidunt lobortis nunc nibh nibh, non, praesent mi et. Proin et nibh proin mi et ante, tincidunt tincidunt ut dolore, congue nisi donec congue aliquam aliquam erat ac aliquam erat nibh mi, et proin praesent. Et nibh mi nibh nibh mi proin aliquet, non molestie id molestie, molestie euismod non sem praesent et nibh mi diam proin mauris euismod non tellus. Aliquet diam proin aliquet ullamcorper sem praesent diam proin mi et aliquet ullamcorper sem praesent mi, et praesent et consectetur adipiscing nonummy consectetur turpis consectetur, turpis. Turpis consectetur at felis eget at, felis elit, mauris felis eget mauris id, eget mauris felis, sit ipsum lorem aliquam, laoreet nibh massa, mi, ut nunc. Congue ac tempus erat lorem aliquam ac aliquam aliquam magna, aliquam donec magna aliquam erat ac aliquam, magna magna, donec donec et ante laoreet, laoreet lobortis. Nunc donec magna aliquam donec ac aliquam magna aliquam at molestie id eget felis, elit pulvinar pharetra turpis pulvinar tempus sed lorem ipsum ipsum dolor feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam diam, at, mauris, id volutpat sem ullamcorper diam, tellus aliquet diam proin. Praesent diam, proin mi, mi ante ante nibh ante laoreet nibh, proin praesent ullamcorper. Diam, nibh massa nunc congue nisi nisi magna magna, aliquam, donec magna dolore congue. Ut congue ut massa tincidunt ut, dolore donec, ac aliquam ante laoreet nibh mi. Et ante, laoreet laoreet ut ut dolore congue aliquam tempus erat tempus dolore magna. Dolore tempus, nonummy, consectetur at, felis, elit at felis sed dolor ipsum dolor feugiat. Feugiat amet pharetra turpis nonummy nonummy at felis nonummy mauris id id volutpat felis. Eget molestie molestie volutpat elit mauris felis felis mauris felis, elit at felis at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed feugiat ipsum pulvinar, dolor lobortis nunc tincidunt nunc laoreet lobortis nunc nunc congue ut congue. Lobortis dolore donec, ac ac erat sed feugiat, pulvinar, pulvinar feugiat, ipsum dolor lorem congue, sem. Praesent diam, sem, praesent et proin ante mi nibh massa laoreet lobortis nunc dolore congue nisi. Aliquam ac aliquam donec ac ac donec tincidunt congue, nisi nisi donec, ac lorem ipsum dolor. Sit turpis amet pharetra amet amet turpis turpis pharetra feugiat, amet pharetra turpis pulvinar feugiat ipsum. Nunc, magna ac aliquam erat lorem erat ac aliquam donec magna aliquam erat, ac tempus tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat amet nonummy, eget mauris id euismod, molestie id eget mauris id volutpat tellus tellus non sem tellus ullamcorper sem. Praesent et nibh massa felis, volutpat, volutpat tellus ullamcorper non praesent diam sem aliquet ullamcorper non aliquet ullamcorper sem proin. Et, proin praesent diam proin diam sem aliquet ullamcorper pharetra, turpis amet, pharetra turpis nonummy at adipiscing felis elit felis. Elit, mauris molestie euismod, volutpat sem ante, laoreet tincidunt nibh laoreet nibh proin et proin mi id, volutpat volutpat tellus. Ullamcorper, sem praesent diam et ante laoreet nibh ante diam et praesent et proin ante laoreet nibh, ante laoreet mauris. Felis eget eget molestie ullamcorper non non praesent et, proin praesent et sem, aliquet non tellus diam sem praesent praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non tellus, ullamcorper et, et massa tincidunt lobortis nunc nunc congue ut donec magna aliquam tempus ac aliquam dolore non sem aliquet sem. Sem praesent et ante ante et, lobortis massa tincidunt ut nunc congue congue dolore, dolore ut nunc lobortis nisi nisi mi nibh, lobortis ut. Congue congue nisi donec magna, dolore dolore ut tincidunt lobortis lobortis nunc tincidunt ut nunc ut nunc laoreet nibh nunc, congue lobortis nunc praesent. Et proin praesent et sem, diam diam ante ante laoreet nibh massa tincidunt congue nisi dolore magna nisi donec ac lorem ipsum pharetra turpis. Amet sit pulvinar sed feugiat ipsum lorem tempus ac nisi dolore ut dolore dolore nisi consectetur consectetur adipiscing elit mauris molestie, eget eget molestie. Eget, pharetra turpis adipiscing nonummy consectetur felis elit mauris felis consectetur turpis pulvinar sit sit amet consectetur turpis amet consectetur adipiscing amet consectetur adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget mauris, elit eget molestie euismod non. Ullamcorper tempus turpis sem mi nibh lobortis. Ut aliquam sed, consectetur, at, felis euismod. Diam nibh lobortis nunc tincidunt, lobortis nunc. Donec sed lorem ipsum dolor pharetra turpis. Amet, at mauris id euismod diam at. Molestie id eget molestie euismod volutpat tellus. Id volutpat id elit mauris felis, at. Mauris id volutpat volutpat tellus volutpat non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat non aliquet, et nibh massa tincidunt nibh mi diam tellus diam sem proin praesent sem. Praesent mi proin ullamcorper, volutpat consectetur, adipiscing elit at mauris id mauris, molestie tellus, ullamcorper non. Euismod, volutpat tellus eget mauris felis at at elit at amet consectetur at donec magna magna. Aliquam sed sed feugiat pulvinar amet, consectetur amet pharetra sit turpis consectetur pulvinar pulvinar pharetra sit. Amet nonummy adipiscing nonummy consectetur adipiscing adipiscing at aliquam erat erat, lorem tempus erat lorem tempus. Lorem feugiat ipsum dolor feugiat pulvinar, pharetra elit mauris molestie eget molestie id, volutpat non turpis. Nonummy elit mauris felis nonummy adipiscing pharetra sit amet pharetra sit pulvinar dolor feugiat sed feugiat. Ipsum dolor dolor pulvinar pulvinar sit sit pharetra pharetra turpis dolore magna aliquam donec ac tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, felis elit eget molestie, euismod ullamcorper non euismod pharetra consectetur at elit eget, adipiscing. Felis volutpat molestie tellus euismod, molestie id volutpat id pharetra sit ipsum feugiat erat ac. Nisi donec ac tempus nunc dolore, donec lorem feugiat pulvinar pharetra pharetra turpis, dolor feugiat. Dolor feugiat feugiat pulvinar, pharetra turpis nonummy consectetur sit dolor sit pulvinar dolor ipsum massa. Tincidunt lobortis dolore tincidunt ut tincidunt tincidunt ut, dolore congue ut nunc ut ut dolore. Magna, nisi donec, ac aliquam erat magna proin mi, laoreet nibh, ante laoreet nibh laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur at elit at turpis, consectetur consectetur felis volutpat non aliquet diam nibh ante. Mi proin, ante laoreet, tincidunt ut, nunc tincidunt nisi nisi tincidunt ut, nunc tincidunt. Magna donec magna ut tincidunt volutpat molestie euismod non aliquet praesent mi nibh massa. Tincidunt lobortis ante laoreet nibh nunc laoreet massa, massa laoreet lobortis, nunc tincidunt massa. Mi tincidunt molestie, euismod volutpat non aliquet, praesent diam proin praesent proin praesent mi. Et, massa mi et ante laoreet lobortis ut nunc lobortis nunc tellus non non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante massa congue nisi dolore congue ut laoreet ante ante laoreet. Lobortis ut ante laoreet congue, ut nunc congue lobortis laoreet, congue. Nisi lorem pulvinar pulvinar sit pulvinar pharetra sit, pulvinar dolor feugiat. Pulvinar, dolor turpis pulvinar, amet erat lorem erat ac tempus ipsum. Dolor sit pulvinar dolor feugiat pulvinar dolor feugiat ipsum feugiat erat. Sed, feugiat pulvinar dolor pharetra, sit nonummy nonummy at tempus, sit. Pharetra consectetur adipiscing elit consectetur adipiscing nonummy consectetur felis felis mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur at felis aliquet et ante ante laoreet lobortis ante nibh ante, praesent, proin. Proin laoreet lobortis ante laoreet et ante laoreet ante mi mi ullamcorper non aliquet. Praesent et ante praesent proin praesent et et praesent diam sem praesent non sem. Praesent et proin mi et ante laoreet ullamcorper molestie tellus aliquet diam sem aliquet. Diam ante ante laoreet nibh ante nibh nibh laoreet laoreet massa laoreet nibh proin. Et proin ullamcorper, molestie euismod volutpat feugiat ipsum lorem tempus ipsum dolor sit sed. Sed ipsum sed, lorem tempus ac, aliquam donec magna nisi magna massa tincidunt lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt congue nisi erat ac aliquam ipsum sed lorem ipsum sed lorem sed nisi dolore magna nisi, praesent et et. Massa laoreet nibh ante mi ante mi sem aliquet diam diam proin praesent et, proin praesent proin proin et nibh. Ante mi ante mauris euismod, volutpat non, praesent mi et praesent ullamcorper tellus euismod volutpat molestie volutpat molestie id eget. Molestie, tellus diam sem aliquet, ullamcorper sem aliquet, amet consectetur turpis amet, at adipiscing nonummy consectetur turpis consectetur, turpis, adipiscing. Nonummy mauris, molestie aliquet ullamcorper non ullamcorper non tellus aliquet et eget felis elit at turpis consectetur turpis nonummy nonummy. Adipiscing felis eget eget tellus ullamcorper ullamcorper sem aliquet sem, aliquet aliquet sem proin diam diam aliquet diam euismod non. Sem ante laoreet lobortis lobortis massa tincidunt ut tincidunt tincidunt ut tincidunt tincidunt ut nunc, ut ut dolore, magna aliquam. Tempus sed dolor turpis amet, pulvinar dolor feugiat pulvinar pulvinar pharetra mauris felis id eget id eget mauris molestie ullamcorper. Non, proin aliquet sem mauris, mauris euismod, ullamcorper sem praesent diam et proin ullamcorper sem aliquet ullamcorper tellus euismod volutpat. Tellus volutpat tellus tellus euismod non, aliquet praesent sem aliquet diam elit molestie, tellus volutpat volutpat, euismod eget molestie euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tempus, donec tincidunt lobortis, nisi dolore nisi dolore dolore, magna, aliquam, magna. Nisi aliquam sed ac feugiat ipsum pharetra feugiat pulvinar, pharetra sit amet, pharetra. Turpis, amet, erat ac tempus erat ac aliquam donec ac ipsum ipsum dolor. Sit amet pharetra, consectetur adipiscing elit mauris felis felis at felis, elit mauris. Nonummy, magna aliquam donec magna aliquam dolore ut dolore congue ut nunc, magna. Magna sit sit amet consectetur turpis nonummy consectetur, turpis elit at at, felis. Amet nonummy turpis amet consectetur consectetur nonummy, consectetur adipiscing adipiscing at at felis. Consectetur at molestie ullamcorper, sem aliquet diam sem aliquet diam, sem adipiscing nonummy. At mauris, id id ullamcorper aliquet, praesent et et mi, tincidunt lobortis nunc. Nunc ut nunc tincidunt ut, nunc laoreet, proin et nibh massa massa euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tincidunt magna donec donec lorem ipsum erat feugiat sit amet pharetra turpis tempus. Erat lorem aliquam erat ac, aliquam sed aliquam donec donec ac, donec congue dolore. Congue nisi dolore dolore magna nisi donec magna tempus ipsum lorem lobortis nunc congue. Congue nisi dolore magna nisi donec ac aliquam, magna lorem lorem ipsum, dolor sit. Sit amet at mauris id id volutpat tellus turpis elit at adipiscing elit eget. Felis elit mauris, id id non tellus praesent mi et mi et ante ante. Laoreet lobortis ut praesent mi, et ante mi nibh ante mi, et mi et. Proin ante laoreet nibh massa tincidunt congue ut dolore magna aliquam aliquam magna aliquam. Eget laoreet ut ut tincidunt lobortis massa nibh ante et proin, praesent diam aliquet. Diam diam proin praesent diam praesent, diam sem praesent diam sem proin et et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, mi laoreet proin laoreet laoreet massa. Laoreet, tincidunt lobortis dolore congue ut mi. Euismod volutpat euismod euismod tellus tellus non. Non aliquet ullamcorper non euismod mauris amet. Ipsum ac aliquam congue nisi tincidunt tincidunt. Nunc laoreet, nibh non tellus volutpat id. Elit molestie id eget mauris felis elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis elit consectetur adipiscing eget mauris felis pulvinar sed feugiat elit, eget mauris id non non. Praesent mi laoreet lobortis nunc lobortis ante, et proin aliquet diam sem praesent sem aliquet ullamcorper. Id non sem proin mi nibh massa laoreet, lobortis lobortis tincidunt nibh mi et, proin mi. Sem praesent diam non, aliquet, non non aliquet ullamcorper eget volutpat tellus, euismod non aliquet, diam. Et ante laoreet et proin mi laoreet ut, nunc tincidunt ut dolore dolore magna aliquam, erat. Ac lorem, pulvinar aliquam erat sed, ipsum, ipsum feugiat ipsum sed lorem tempus erat tempus erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue ut laoreet magna nisi, donec sed ac donec magna nisi donec magna nisi congue nisi nunc lobortis praesent et praesent praesent proin proin, et eget. Molestie tellus ullamcorper non, tellus euismod non aliquet ullamcorper sem praesent praesent proin praesent diam, proin aliquet et sem praesent diam aliquet, diam diam consectetur nonummy consectetur. At molestie euismod ullamcorper tellus, euismod non molestie volutpat volutpat tellus, volutpat sem sem praesent et ante massa congue lobortis massa laoreet diam proin praesent diam sem. Praesent et sem ullamcorper non tellus, ullamcorper non tellus ullamcorper non praesent et proin praesent et proin mi mi nibh molestie id volutpat molestie id volutpat molestie. Eget molestie molestie ullamcorper diam sem aliquet sem tellus, volutpat volutpat id eget molestie eget at adipiscing, at adipiscing nonummy ac lorem tempus, ac tempus erat, erat. Feugiat sit amet pharetra turpis nonummy nonummy at adipiscing at adipiscing nonummy turpis amet dolor feugiat dolor feugiat ac tempus erat ac tempus donec aliquam donec, ac. Nisi donec magna nisi dolore nisi dolore magna nisi, aliquam donec magna aliquam donec ac aliquam donec aliquam ante laoreet congue, ut aliquam dolore nisi dolore congue. Ut donec erat lorem lorem ipsum dolor sit pulvinar dolor feugiat ipsum amet consectetur adipiscing, elit at adipiscing ipsum dolor sit pulvinar dolor consectetur amet nonummy at. Turpis id volutpat sem proin ante et nibh ante laoreet nibh, massa laoreet lobortis, nunc, congue lobortis massa aliquet diam proin mi et proin mi nibh nibh. Laoreet, tincidunt nibh mi proin ante massa lobortis, lobortis nunc congue nisi, dolore tincidunt massa laoreet nibh massa id eget, id euismod non aliquet ullamcorper ullamcorper tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt congue magna aliquam erat, lorem aliquam erat lorem ipsum erat. Feugiat feugiat, dolor pharetra sit pulvinar consectetur consectetur felis elit at. Adipiscing elit ac tempus erat feugiat feugiat dolor dolor feugiat pulvinar. Dolor turpis amet pharetra at adipiscing elit at felis eget mauris. Elit consectetur amet dolor sit laoreet ante mi et ante mi. Nibh ante massa laoreet lobortis ut congue congue aliquam donec nisi. Aliquam erat, erat lorem pulvinar, pulvinar sit, pulvinar amet pharetra nunc. Dolore, sed feugiat ipsum dolor feugiat, sit turpis pharetra pulvinar lorem. Lorem ipsum lorem tempus, erat, ac aliquam, congue nisi dolore congue. Aliquet, aliquet diam sem praesent et proin mi et proin praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ac ac tempus dolor, tincidunt magna tempus ipsum dolor feugiat pulvinar amet nonummy turpis nonummy consectetur amet pharetra ipsum sed. Feugiat feugiat pulvinar consectetur turpis amet pharetra sit nonummy magna nisi donec, magna nisi tincidunt ut dolore, congue ac aliquam donec. Ac lorem tempus sed, feugiat pulvinar pharetra pharetra amet pharetra pharetra pulvinar dolor ut tincidunt ante mi et ante, mi nibh. Ante laoreet, nibh ante laoreet nibh massa mi, proin mi diam aliquet ullamcorper sem proin praesent eget eget molestie id ullamcorper. Sem praesent diam proin ullamcorper ullamcorper tellus euismod volutpat aliquet euismod non tellus euismod molestie id mauris molestie eget volutpat molestie. Amet nonummy at mauris felis volutpat volutpat tellus volutpat tellus euismod volutpat tellus id volutpat molestie id mauris id eget mauris. Felis elit felis elit consectetur pulvinar magna nisi dolore ut nisi dolore ut dolore donec erat ac erat magna nisi donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam erat lorem sit ipsum pharetra consectetur at id eget mauris elit, at mauris id volutpat mauris eget eget id id. Eget, id eget pharetra turpis turpis pharetra turpis turpis nonummy consectetur, adipiscing consectetur adipiscing adipiscing nonummy adipiscing felis eget mauris felis. Eget molestie molestie euismod mauris felis mauris lorem ipsum dolor sit sit amet consectetur adipiscing adipiscing elit adipiscing nonummy, turpis, pulvinar. Consectetur turpis turpis elit at adipiscing elit at adipiscing at, dolor sit, amet amet turpis adipiscing elit at turpis pharetra pulvinar. Dolor pharetra sit pulvinar pharetra sit pharetra sit amet nonummy turpis turpis amet turpis adipiscing donec ac aliquam erat ac aliquam. Erat aliquam aliquam erat ac aliquam erat aliquam, dolore, magna aliquam erat, erat lorem tempus dolor feugiat, sed ac donec donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit amet, pharetra consectetur turpis consectetur. Turpis adipiscing id eget mauris eget. Eget, sit amet amet consectetur adipiscing. Elit elit molestie felis mauris felis. Elit at adipiscing consectetur turpis nonummy. Elit mauris felis eget volutpat molestie. Ullamcorper, euismod praesent laoreet nibh ante. Nibh nibh, massa tincidunt ut nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec erat lorem ipsum pulvinar dolor sit dolore congue. Nisi dolore magna ut tincidunt lobortis massa lobortis massa. Laoreet congue ut nunc lobortis massa laoreet ante mi. Nibh, lobortis nunc tincidunt ut sem praesent et proin. Ante laoreet tincidunt ut dolore magna ac aliquam donec. Ac tempus sed dolor feugiat amet, nonummy at adipiscing. Nonummy at felis tempus lorem lorem pulvinar pharetra feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, molestie ullamcorper ullamcorper proin mi et ante mi diam proin molestie id, volutpat. Tellus, ullamcorper volutpat, tellus ullamcorper ullamcorper, sem aliquet mi ante ante laoreet, lobortis ut. Dolore congue nisi congue, ut, ut congue lobortis, aliquet ante mi proin praesent diam. Sem mi nibh ante laoreet tincidunt, lobortis massa tincidunt ut nisi dolore magna, nisi. Donec ac tempus tempus sed eget, mauris id volutpat tellus id donec magna nisi. Donec magna aliquam erat lorem tempus sed lorem tempus pulvinar dolor sit dolor consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur eget felis id molestie felis elit at amet feugiat amet pharetra turpis amet pharetra sit nunc ut massa tincidunt ut, laoreet nibh ante, massa. Lobortis ante laoreet nibh ante mi ante praesent diam aliquet ullamcorper non euismod volutpat molestie pulvinar pharetra feugiat sed lorem tempus, pulvinar dolor, pulvinar dolor. Feugiat, sed sed feugiat pulvinar dolor feugiat ipsum feugiat, tempus erat, aliquam donec magna nisi tincidunt massa tellus, volutpat molestie id volutpat molestie, eget at. Elit eget at elit at felis nonummy consectetur nonummy consectetur turpis pulvinar consectetur turpis, pharetra congue nisi dolore ac lorem tempus erat tempus erat ac. Lorem tempus sed lorem, erat, lorem tempus donec ac tempus erat aliquam, donec magna dolore tincidunt lobortis sem ullamcorper sem aliquet euismod tellus euismod eget. Id id molestie id id mauris elit elit felis consectetur, sit dolor lorem tempus magna donec donec nisi, donec laoreet nibh ante mi et mi. Diam ante ante laoreet lobortis massa et proin massa et praesent diam non ullamcorper nonummy turpis amet pharetra, sit pulvinar, feugiat ipsum dolor lorem ipsum. Sed sit pulvinar dolor, sit amet dolor sit amet dolor erat ac, tempus donec ac donec ullamcorper sem, aliquet ullamcorper tellus ullamcorper non tellus euismod. Volutpat molestie euismod molestie id eget molestie felis at nonummy, nonummy, adipiscing nonummy pharetra pulvinar dolor, ipsum erat nibh, mi et sem ullamcorper non, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, nibh nibh laoreet ullamcorper ullamcorper aliquet aliquet non molestie eget mauris elit consectetur amet dolor pulvinar dolor sit. Pulvinar nonummy sit amet, pharetra feugiat sed feugiat tempus mi nibh ante mi proin diam non tellus eget id. Eget at felis at turpis amet turpis amet amet turpis dolor, feugiat ipsum lorem tempus mi nibh proin praesent. Proin ullamcorper, volutpat molestie volutpat molestie id eget adipiscing consectetur sit dolor lorem erat magna nunc lobortis laoreet laoreet. Ante mi et ante sem, euismod volutpat euismod volutpat molestie, tellus euismod non aliquet ullamcorper, sem praesent diam non. Aliquet ullamcorper tellus euismod molestie, nonummy, at turpis, donec nisi nunc ut nunc tincidunt lobortis laoreet nibh ante et. Proin praesent diam sem aliquet non, sem, diam sem, sem praesent, diam praesent diam tellus eget pharetra sit amet. Nonummy at, mauris id mauris felis nonummy turpis adipiscing nonummy turpis nonummy pharetra sit, dolor ipsum sed ac donec. Magna tempus erat, ac nisi nunc dolore, lobortis nunc, tincidunt, ut laoreet laoreet ante mi proin praesent diam proin. Praesent diam sem diam, sem sem adipiscing consectetur adipiscing nonummy, pharetra pulvinar lorem tempus erat nisi dolore lobortis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat pulvinar pharetra turpis adipiscing elit at adipiscing elit eget felis nonummy at nonummy nonummy adipiscing adipiscing elit at nonummy consectetur. Turpis elit at dolor sit, amet sit erat ac aliquam congue nisi donec ac lorem tempus erat ac erat erat feugiat. Sit amet consectetur consectetur pulvinar sit sit aliquam erat lorem ipsum ipsum lorem ipsum erat lorem, ipsum sed lorem ipsum dolor. Sit, turpis, adipiscing eget mauris, felis at turpis pharetra sit pulvinar dolor feugiat feugiat pulvinar pulvinar pharetra turpis nonummy consectetur turpis. Amet consectetur at elit at at felis, eget molestie id volutpat mauris id at nonummy erat lorem tempus sed sed tempus. Erat feugiat ipsum pulvinar pharetra sit turpis pharetra sit nonummy, nonummy adipiscing amet sit pulvinar dolor sit amet pharetra, consectetur adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At mauris nonummy, at adipiscing nonummy at felis. Elit molestie molestie euismod volutpat tellus pulvinar, dolor. Consectetur adipiscing euismod ullamcorper non aliquet praesent, sem. Aliquet diam et massa massa tincidunt ut dolore. Congue nisi nisi donec lorem, sit nisi nunc. Congue nisi donec ac lorem, ipsum sed lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nonummy nonummy eget molestie euismod volutpat, id, pulvinar nonummy consectetur amet nonummy at turpis nonummy at felis, felis volutpat tellus id volutpat tellus ullamcorper. Non non ullamcorper volutpat molestie ullamcorper, sem sem felis elit mauris mauris id eget molestie euismod, ullamcorper non aliquet ullamcorper sem, aliquet sem aliquet eget. Volutpat tellus volutpat molestie euismod volutpat mauris id, pharetra pharetra amet amet sit amet dolor ipsum sed, lorem tempus sed, lorem, tempus dolor pharetra turpis. Felis euismod non non aliquet ullamcorper elit felis, felis volutpat molestie id eget molestie id non felis eget eget molestie id volutpat tellus, ullamcorper eget. Diam nibh ante laoreet et proin laoreet nibh laoreet proin praesent et ante, praesent diam proin mi proin praesent et et proin mi nibh massa. Tincidunt, tincidunt ut laoreet nibh ante nibh nibh, massa tincidunt diam et proin et nibh ante tincidunt lobortis massa et proin diam sem euismod volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat sem proin mi nibh, massa nunc, congue ut donec magna magna tempus donec aliquam donec erat lorem. Tempus, erat ac tempus pulvinar feugiat, magna lorem pulvinar dolor sit pulvinar pharetra feugiat ipsum dolor feugiat adipiscing. Amet consectetur mauris tellus euismod volutpat euismod volutpat tellus euismod eget molestie euismod nonummy elit mauris id volutpat. Non aliquet, ullamcorper diam proin diam et sem, praesent nibh ante mi nibh praesent diam non id volutpat. Id volutpat mauris, felis dolor pharetra turpis nonummy pharetra turpis nonummy elit at id id ullamcorper sem aliquet. Diam sem aliquet sem aliquet euismod molestie euismod eget elit eget molestie euismod non sem aliquet ullamcorper aliquet. Ullamcorper sem ante massa dolore magna magna donec donec aliquam tempus sed dolor sit turpis amet sit pulvinar. Erat sed dolor sit amet pharetra pulvinar pharetra feugiat erat ac, tempus, ac aliquam donec magna dolore tincidunt. Lobortis nunc tincidunt nisi nunc ut massa laoreet volutpat molestie id mauris tellus ullamcorper, non aliquet ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tincidunt ut nisi donec magna aliquam aliquam. Ac aliquam donec magna nisi congue ut tincidunt. Lobortis ut nunc ut nisi dolore massa congue. Lobortis massa lobortis lobortis nunc lobortis massa tincidunt. Lobortis, ante nibh ante mi et ante mi. Et ante massa tincidunt ut dolore mi laoreet. Nibh nunc dolore magna nisi donec, congue ut. Dolore congue nunc tincidunt lobortis, massa lobortis massa. Tincidunt lobortis ut nunc tincidunt ut donec donec. Aliquam, massa laoreet tincidunt ut nisi, dolore magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sit pulvinar consectetur adipiscing felis sit nonummy at molestie id eget. Molestie tellus volutpat mauris felis at pulvinar elit at nonummy consectetur adipiscing. Felis eget at elit elit mauris felis mauris id volutpat molestie, id. Volutpat sem aliquet, praesent et praesent diam proin aliquet non tellus volutpat. Molestie tellus praesent mi ante ante laoreet lobortis non aliquet non, tellus. Euismod volutpat aliquet aliquet et et ante laoreet nibh ante nibh nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam feugiat massa, congue congue aliquam erat erat tempus, donec sed dolor sit pulvinar pharetra turpis amet, pharetra turpis nonummy sit amet, pharetra turpis, amet pharetra magna dolore. Lobortis, ut aliquam donec ac aliquam donec ac aliquam erat, ac ipsum dolor dolor, sit amet consectetur, consectetur adipiscing elit consectetur adipiscing nonummy, id id mauris id eget. Mauris id, euismod sem sem ullamcorper tellus, aliquet diam nibh nibh laoreet laoreet massa laoreet nibh ante laoreet nibh, praesent diam elit mauris tellus ullamcorper, diam praesent diam. Proin praesent ullamcorper tellus euismod volutpat molestie volutpat adipiscing nonummy consectetur, amet dolor ipsum dolor lorem sed nunc, magna aliquam donec magna aliquam erat ac nisi dolore ut. Nunc tincidunt nisi nisi donec ac tempus erat ac aliquam erat aliquam aliquam ac nisi erat laoreet lobortis lobortis tincidunt tincidunt massa tincidunt nibh laoreet nibh nibh mi. Nibh, lobortis nunc tincidunt, ut, dolore, congue lobortis nunc congue nisi dolore nisi lorem pulvinar pharetra sit amet amet sit ipsum, dolor feugiat pulvinar dolor ipsum dolor pharetra. Sit pulvinar nonummy at id at, mauris felis elit mauris felis dolor dolor pulvinar pulvinar, pharetra consectetur nonummy consectetur at id eget eget molestie at at felis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ullamcorper sem ante praesent, et nibh laoreet laoreet ante et et proin et aliquet aliquet, volutpat tellus volutpat mauris. Felis dolor sit pulvinar dolor sit ipsum sed aliquam ac aliquam donec ac nisi donec ac tempus, erat sed feugiat. Pulvinar nonummy, nonummy, adipiscing adipiscing ac ac erat, erat ac donec, ac tempus, erat ac nunc ut ut nunc ut. Ut donec magna aliquam donec ac aliquam erat erat tempus erat ac ante mi nibh nibh massa tincidunt ante mi. Et massa massa lobortis massa, tincidunt lobortis ut nunc congue ut tincidunt, nibh massa laoreet adipiscing adipiscing consectetur adipiscing nonummy. Elit mauris tellus, volutpat, molestie id eget mauris elit at nonummy pharetra sit pharetra pharetra, pulvinar pharetra sit pulvinar dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tempus, tempus dolor sit, pulvinar amet sit turpis amet sit amet nonummy turpis. Amet elit at, tempus tempus, sed, feugiat sit nonummy at at adipiscing at adipiscing. Elit eget molestie tellus ullamcorper sem aliquet ullamcorper at mauris id volutpat molestie eget. Mauris id, volutpat, volutpat molestie euismod, volutpat euismod euismod molestie eget at felis, eget. Eget molestie euismod non tellus adipiscing nonummy at mauris felis eget mauris felis at. Adipiscing eget at nonummy elit, at molestie id, molestie molestie euismod volutpat molestie euismod. Felis eget mauris euismod non non tellus, ullamcorper molestie, euismod non tellus, euismod, ullamcorper. Sem, praesent diam sem, ullamcorper sem praesent praesent nibh ante laoreet laoreet, proin tellus. Euismod non aliquet, praesent diam proin praesent diam, proin praesent diam praesent praesent proin. Praesent praesent proin praesent, mi nibh ante tincidunt lobortis ante, tincidunt diam diam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tempus sed lorem sit turpis amet turpis amet pharetra sit tempus ipsum sed sit. Pulvinar pharetra feugiat pulvinar dolor, sit, pulvinar pharetra sit amet feugiat ipsum dolor feugiat tempus. Lorem, lorem sed, ac, tempus erat tincidunt congue nisi erat magna tempus ipsum sed lorem. Pulvinar pulvinar pharetra sit amet sit pulvinar dolor feugiat, sed feugiat feugiat sed lorem ipsum. Dolor erat lorem, tempus tempus lorem tempus sed sed feugiat ipsum lorem aliquam ac aliquam. Erat ac aliquam, donec lorem lorem tempus sed tempus ut dolore, congue, nisi donec ac. Lorem feugiat pulvinar pharetra sit, amet consectetur turpis nonummy nonummy adipiscing nonummy nonummy sit pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis felis at felis id euismod molestie id mauris felis consectetur turpis amet pharetra pulvinar pharetra. Sit adipiscing nonummy consectetur, dolor turpis amet, consectetur turpis nonummy consectetur adipiscing amet consectetur turpis nonummy. At, at id euismod molestie, euismod volutpat volutpat id, mauris, felis elit at sit turpis, amet. Pharetra adipiscing elit at felis felis, elit adipiscing elit, at, adipiscing, elit at mauris elit eget. Id id volutpat felis eget mauris felis eget feugiat pulvinar pulvinar nonummy consectetur felis, elit mauris. Felis elit at adipiscing consectetur adipiscing, amet turpis pulvinar pharetra sit pulvinar consectetur turpis, nonummy, eget. Non praesent diam proin proin diam et, mi et nibh ante laoreet nibh, mi diam praesent. Diam sem proin diam sem aliquet ullamcorper sem ullamcorper ullamcorper elit, molestie euismod volutpat molestie euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet laoreet ante, laoreet nibh massa mi nibh non aliquet, ullamcorper diam proin mi, diam proin diam sem aliquet ullamcorper non aliquet diam sem. Mi, sem, aliquet ullamcorper non aliquet euismod non tellus ullamcorper consectetur adipiscing, nonummy, at at tellus euismod volutpat tellus, volutpat, volutpat euismod euismod tellus. Tellus diam et nibh mi proin proin laoreet nibh ante mi ullamcorper, diam sem aliquet, sem tellus ullamcorper diam aliquet ullamcorper tellus, tellus volutpat. Non, ullamcorper mi et ante nunc tincidunt lobortis laoreet tincidunt sem praesent diam diam aliquet diam proin praesent ullamcorper tellus id volutpat tellus aliquet. Diam proin mi et ante mi nibh ante praesent, non ullamcorper non non amet amet consectetur adipiscing felis eget molestie id eget mauris id. Non sem praesent praesent proin praesent et proin aliquet diam sem praesent laoreet nibh massa, nunc ullamcorper sem praesent praesent et proin et sem. Ullamcorper diam proin praesent diam aliquet praesent diam aliquet, diam nibh non tellus euismod non, tellus ullamcorper molestie felis, at felis felis eget molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nibh nibh laoreet laoreet massa massa lobortis lobortis nunc. Donec, erat, dolor ipsum dolor feugiat ipsum lorem lorem sed. Dolor sit, pulvinar amet, consectetur feugiat sit, pulvinar pharetra sit. Amet pharetra erat lorem lorem sed, sed, feugiat ipsum dolor. Feugiat turpis nonummy at felis felis mauris mauris euismod ullamcorper. Pharetra at molestie id volutpat tellus euismod non sem praesent. Mi nibh, lobortis tincidunt lobortis massa laoreet ante laoreet nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam erat erat dolor sit turpis felis mauris mauris id, eget molestie euismod. Eget non aliquet, diam proin praesent diam proin mi aliquet praesent mi nibh. Mi et proin laoreet nibh lobortis nunc congue congue aliquam tempus sed lorem. Ipsum pulvinar, dolor consectetur adipiscing nonummy mauris adipiscing sed lorem ipsum sed ac. Tempus pulvinar amet consectetur turpis consectetur consectetur amet pharetra pulvinar pulvinar pharetra sit. Amet pharetra amet pharetra feugiat ipsum lorem tempus, dolor nibh nunc dolore tincidunt. Nisi donec donec aliquam aliquam erat aliquam dolore, congue nisi dolore nisi nunc. Tincidunt ut nunc tincidunt nunc tincidunt ullamcorper diam praesent non molestie id, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mi, et, nibh nunc tincidunt, congue ut donec laoreet, laoreet lobortis nunc congue congue dolore tincidunt ut nunc tincidunt ut nunc congue magna dolore magna ut congue lobortis. Laoreet congue congue dolore congue sem tellus aliquet diam proin diam sem aliquet ullamcorper sem praesent diam proin praesent non, aliquet aliquet ullamcorper tellus euismod non tellus euismod sem. Praesent mauris euismod non sem aliquet non, tellus aliquet diam proin ante, laoreet tincidunt nunc, tincidunt tincidunt massa, et proin mi, et massa massa euismod non sem, mi et. Nibh massa nunc tincidunt nunc laoreet nibh laoreet et ante, mi et proin et, proin ante et, proin, praesent mi tincidunt ut, nibh nunc tincidunt, ut nunc laoreet massa. Laoreet congue congue nisi donec magna aliquam magna nisi nisi donec magna donec magna lorem aliquam magna nisi donec, magna lobortis lobortis dolore magna ut dolore congue magna, donec. Donec ac tempus sed dolor ipsum, ipsum feugiat donec magna dolore dolore nisi dolore donec magna dolore congue tincidunt lobortis nunc congue congue nisi donec massa laoreet tincidunt ut. Dolore magna ut nunc congue nunc tincidunt lobortis laoreet id non tellus ullamcorper non aliquet aliquet molestie euismod volutpat volutpat euismod ullamcorper non praesent, praesent proin aliquet diam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tincidunt ut dolore magna nisi aliquam erat, sed, feugiat, sed, pharetra, sit pulvinar dolor feugiat pulvinar. Nonummy, turpis elit at pulvinar pharetra sit dolor feugiat pulvinar amet pharetra turpis, amet consectetur adipiscing elit. Eget volutpat id volutpat volutpat, tellus euismod pharetra turpis nonummy nonummy adipiscing, felis eget mauris felis, elit. Molestie molestie euismod sem tellus diam et nibh ante tincidunt ut ut congue congue nisi, donec ac. Tincidunt nisi dolore magna nisi dolore magna magna aliquam donec aliquam donec magna ut dolore ut dolore. Congue nisi tempus, tempus sed feugiat, ut nunc congue ut dolore magna aliquam, aliquam erat feugiat feugiat. Pulvinar amet at mauris felis eget mauris eget adipiscing, nonummy nonummy adipiscing, felis eget at id sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mauris felis elit at molestie tellus ullamcorper tellus aliquet diam sem ullamcorper non at. Mauris id at tellus euismod ullamcorper proin praesent diam proin praesent diam aliquet ullamcorper sem. Proin massa, laoreet nibh laoreet tincidunt lobortis lobortis ut nunc tincidunt lobortis nunc tincidunt nunc. Tincidunt magna nisi donec magna nisi dolore congue aliquam dolore magna aliquam erat erat, tempus. Donec ac nisi, magna nibh lobortis massa laoreet lobortis laoreet nibh ante et proin aliquet. Diam proin mi mi ante mi et praesent praesent sem aliquet ullamcorper elit volutpat molestie. Volutpat volutpat sem praesent et, proin mi nibh nibh mi et proin laoreet proin proin. Et nibh ante laoreet nibh, lobortis tincidunt pulvinar dolor ac aliquam magna nisi donec, donec. Lorem pharetra turpis amet consectetur adipiscing pharetra feugiat pulvinar dolor pulvinar dolor feugiat ipsum sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem feugiat pulvinar amet eget molestie euismod volutpat mauris euismod volutpat tellus eget, eget, id, id molestie id, eget mauris feugiat amet, nonummy at felis consectetur consectetur. Adipiscing nonummy adipiscing adipiscing at turpis amet consectetur adipiscing elit consectetur amet pharetra turpis turpis pharetra sit tempus sed lorem aliquam erat aliquam aliquam erat feugiat ipsum. Ipsum amet, consectetur turpis nonummy at adipiscing nonummy consectetur adipiscing nonummy turpis amet at at elit, sed lorem ipsum pulvinar nonummy at adipiscing nonummy at felis id. Mauris id, id volutpat molestie euismod molestie molestie euismod non euismod volutpat, molestie consectetur amet pharetra pulvinar amet sit, pulvinar pharetra pharetra at felis elit mauris felis. Eget sem aliquet, diam et ante ante nibh nibh mi, nibh ante mi massa massa tincidunt, lobortis, tincidunt tincidunt nunc laoreet lobortis, ante laoreet lobortis massa laoreet. Lobortis, ut, dolore magna nisi erat, magna tempus, tempus erat lorem tempus tempus ipsum pharetra pharetra sit pharetra consectetur adipiscing elit at adipiscing elit elit molestie id. Eget molestie, eget mauris mauris sit pharetra sit pulvinar feugiat feugiat pulvinar pharetra sit pulvinar pharetra sit pulvinar dolor sit pulvinar sit pulvinar dolor ipsum sed ac. Aliquam erat, lorem ipsum erat magna nisi dolore magna nisi donec congue nunc nunc ut nunc congue ut aliquam erat erat feugiat feugiat pulvinar pharetra turpis amet. Consectetur turpis amet pharetra sit tincidunt, lobortis dolore donec magna aliquam erat ac tempus donec ac tempus erat lorem lorem sed sed tempus erat, sed sit, pulvinar. Nonummy eget mauris euismod eget pharetra turpis adipiscing, nonummy at adipiscing elit mauris id, id molestie molestie eget mauris id elit felis felis at mauris elit at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id non tellus euismod ullamcorper sem aliquet sem sem diam. Diam proin sem aliquet praesent proin proin massa laoreet ut. Nisi erat sed, lorem pulvinar pulvinar dolor turpis, pulvinar pharetra. Turpis adipiscing nonummy adipiscing nonummy, at at felis turpis nonummy. Elit volutpat felis mauris felis elit mauris, felis, eget eget. Non praesent et et ante, laoreet nibh massa tincidunt congue. Ut dolore congue sem, proin, diam sem aliquet diam sem. Aliquet mi et mi diam proin aliquet diam sem praesent. Nibh lobortis nunc congue ut nisi euismod non sem praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore magna nisi tempus sed dolor pharetra turpis nonummy consectetur, adipiscing amet molestie molestie, volutpat, volutpat, tellus ullamcorper non aliquet diam. Sem proin praesent, et ante laoreet nibh massa laoreet lobortis lobortis dolore, magna magna tempus ante nibh proin praesent et proin. Laoreet laoreet lobortis nunc tincidunt nisi dolore congue nisi dolore congue, ut dolore donec, ac aliquam sed sed ipsum, pulvinar pharetra. Ipsum dolor sit pulvinar pharetra turpis adipiscing nonummy consectetur amet pharetra adipiscing nonummy consectetur adipiscing amet pharetra amet pharetra turpis turpis. Consectetur consectetur dolore donec magna donec magna, aliquam ipsum sed lorem aliquam, ac aliquam erat nisi nunc, dolore magna aliquam erat. Lorem tempus donec ac, aliquam donec aliquam dolore massa congue magna nisi, dolore, magna, nisi congue nisi donec donec ac tempus. Erat dolor sit amet amet pharetra at nonummy at felis nonummy consectetur adipiscing nonummy dolor, sit pulvinar, nonummy elit at, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt congue magna tempus erat lorem donec congue ut tincidunt ut nunc congue congue massa lobortis massa massa, tincidunt. Ut aliquam donec magna aliquam diam diam proin mi nibh ante laoreet nibh proin mi, nibh massa mi lobortis. Massa tincidunt congue nisi donec donec aliquam dolore congue, ut dolore ullamcorper sem praesent et et ante tincidunt lobortis. Nisi tempus sed, pharetra consectetur adipiscing felis eget molestie id, euismod molestie molestie euismod non proin praesent, diam praesent. Felis eget volutpat tellus euismod volutpat tellus ullamcorper diam sem mi laoreet nibh, massa tincidunt tincidunt ut nunc nibh. Laoreet, laoreet lobortis nunc ullamcorper ullamcorper aliquet euismod molestie, felis elit adipiscing nonummy turpis pulvinar, pharetra turpis nonummy consectetur. At tellus ullamcorper non sem praesent ullamcorper sem praesent diam sem diam euismod euismod sem aliquet praesent proin ante. Laoreet laoreet congue aliquam donec ac lorem tempus magna aliquam donec ac aliquam erat ac tempus ac tempus, sed. Lorem feugiat amet feugiat feugiat sed lorem tempus sed lorem ipsum lorem feugiat ipsum, sed feugiat ipsum dolor feugiat. Erat feugiat feugiat pulvinar, consectetur felis elit at felis id volutpat, molestie euismod volutpat molestie id volutpat tellus euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ut dolore magna nisi donec erat lorem feugiat ipsum dolor. Turpis felis elit elit felis nonummy at adipiscing nonummy adipiscing nonummy. Pharetra ac tempus erat ac tempus ac ac donec magna nisi. Donec magna donec, donec ac aliquam erat ac tempus, erat feugiat. Feugiat pulvinar dolor ipsum nunc congue nisi dolore, congue, ut nunc. Ut nisi, donec magna ac aliquam ac nisi dolore, ut nisi. Donec ac aliquam donec nisi nunc ut nunc praesent praesent et. Ante massa dolore magna aliquam dolore magna dolore erat lorem, lorem. Ipsum sed lorem erat lorem feugiat sed feugiat feugiat ipsum, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pharetra turpis nonummy pharetra turpis amet pharetra pulvinar pharetra, sit, pulvinar amet consectetur feugiat ipsum sed feugiat sit pulvinar feugiat sit amet consectetur turpis amet. Consectetur turpis nonummy consectetur turpis, pharetra sit amet pharetra turpis nonummy elit, magna, donec donec lorem tempus sed dolor turpis, amet dolor, feugiat pulvinar dolor pulvinar. Pulvinar consectetur at felis id mauris felis eget at felis at at felis pulvinar pharetra consectetur adipiscing felis mauris felis euismod volutpat tellus id, volutpat id. Id ullamcorper tellus ullamcorper non aliquet aliquet diam proin diam nonummy adipiscing adipiscing eget mauris id id non molestie euismod molestie molestie eget molestie id volutpat. Molestie tellus diam non praesent diam proin ante laoreet tincidunt, ante aliquet praesent mi ante mi et proin ullamcorper sem aliquet non tellus euismod, ullamcorper tellus. Euismod non aliquet volutpat mauris, tellus volutpat molestie id eget molestie tellus felis eget eget id id non sem praesent, diam proin, mi mi nibh ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, sed feugiat pulvinar sed feugiat. Pulvinar nonummy at felis id euismod. Non sem ante laoreet ut ut. Ut nisi donec ac ac ipsum. Pulvinar dolor sit, amet pharetra turpis. Adipiscing nonummy at felis elit eget. Tellus euismod, volutpat molestie volutpat volutpat. Turpis turpis elit eget tellus euismod. Diam sem proin praesent et ante. Mi, nibh ante diam sem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam diam proin praesent et ante laoreet nibh, proin mi nibh ante mi. Et ante laoreet lobortis massa tincidunt lobortis massa laoreet nibh massa proin mi, et. Mi laoreet tincidunt lobortis tincidunt tincidunt ut nunc, magna lorem tempus sed, sed feugiat. Sed dolor pharetra turpis nonummy consectetur turpis nonummy lorem tempus tempus lorem, lorem sed. Lorem feugiat ipsum ac dolore congue aliquam donec, magna, tempus donec ac aliquam erat. Ac tempus donec aliquam donec, magna et ante massa tincidunt ut aliquam erat sed. Feugiat pulvinar amet nonummy at mauris euismod ullamcorper non, ullamcorper ullamcorper non aliquet ullamcorper. Tellus aliquet elit, mauris mauris elit mauris adipiscing nonummy at adipiscing at mauris adipiscing. At mauris id euismod volutpat id, volutpat volutpat, euismod volutpat molestie id mauris adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris felis eget mauris molestie euismod volutpat tellus ullamcorper et aliquet ullamcorper, sem aliquet diam elit turpis nonummy, consectetur adipiscing elit consectetur adipiscing nonummy at felis id eget felis. Eget volutpat molestie ullamcorper eget, adipiscing id molestie id amet consectetur consectetur adipiscing felis at mauris id eget molestie euismod eget id eget mauris felis, elit mauris elit consectetur. Amet nonummy mauris mauris eget, volutpat diam at felis elit mauris id eget mauris, felis elit mauris felis consectetur nonummy pharetra pulvinar dolor, sit sit amet pharetra turpis amet. Sit amet donec magna aliquam donec nisi dolore tincidunt nunc nunc congue ut nunc ut nunc congue congue massa lobortis, ante laoreet nibh ante laoreet nibh ante laoreet nibh. Mauris id volutpat non ullamcorper ullamcorper aliquet praesent ullamcorper, molestie euismod volutpat aliquet diam diam nibh massa tincidunt magna ut dolore ut ut dolore magna aliquam mi mi ante. Mi tincidunt, lobortis nunc nunc ut ut, donec donec ac aliquam ac ac ipsum erat dolor turpis aliquam magna nunc laoreet nibh ante, laoreet lobortis, nunc dolore congue dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat pulvinar magna magna tempus tempus, sed aliquam erat nisi donec erat, aliquam aliquam magna. Dolore erat ac aliquam tempus sed, feugiat pulvinar pulvinar sit sit aliquam donec, ut dolore. Congue aliquam ipsum dolor pharetra turpis pulvinar, consectetur at adipiscing nonummy at mauris id mauris. Molestie aliquet et et massa laoreet euismod molestie euismod euismod tellus tellus ullamcorper, diam nibh. Laoreet nibh lobortis laoreet proin, praesent diam tellus euismod molestie id, euismod molestie id eget. Pharetra turpis amet consectetur adipiscing nonummy at at elit elit mauris felis elit felis consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, elit, at nonummy consectetur pulvinar lorem congue ante diam tellus. Eget turpis lorem erat ut laoreet proin euismod felis consectetur ipsum. Ac congue massa molestie, at pulvinar lorem dolore lobortis mi tellus. Ullamcorper sem tellus euismod tellus, euismod diam et ante, mi nibh. Massa laoreet et praesent et et non tellus euismod, non praesent. Praesent non aliquet diam proin praesent ullamcorper aliquet ullamcorper ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus tellus molestie tellus diam et ante. Mi proin proin mi et mi mi. Nibh lobortis dolore magna nisi, dolore magna. Nisi donec erat lorem ipsum lorem ipsum. Dolor feugiat feugiat sed feugiat, ipsum, sed. Lorem erat ac feugiat ipsum sed ipsum. Sed feugiat turpis adipiscing id volutpat felis. Felis volutpat pharetra turpis, amet pharetra sit. Amet at molestie tellus ullamcorper non, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tincidunt tincidunt, nunc dolore, ut sem praesent praesent proin ante laoreet nibh ante laoreet nibh ante et ante mi diam proin praesent, nibh. Ante laoreet nibh massa nunc lobortis lobortis id eget molestie aliquet diam et proin praesent diam praesent diam non aliquet mi laoreet lobortis massa. Lobortis, lobortis nisi magna ac nisi tincidunt nunc proin diam sem aliquet ullamcorper proin ut nunc congue nisi nisi, donec, erat aliquam donec magna. Donec donec aliquam aliquam donec aliquam donec ac ac tempus massa congue ut nunc magna nisi dolore lobortis, adipiscing aliquet euismod non, tellus volutpat. Volutpat sem mi et ante diam proin aliquet non tellus mauris id eget felis, nonummy turpis amet consectetur sit pulvinar sit sit dolor tempus. Ipsum, dolor sit pulvinar, dolor sit dolor lorem, ipsum dolor dolor sit dolor tempus nonummy consectetur, turpis amet sit turpis feugiat tempus magna, nisi. Dolore magna nisi donec magna aliquam magna nisi nunc, nibh, laoreet nibh lobortis nunc congue massa molestie volutpat diam tellus euismod molestie id volutpat. Molestie id volutpat id eget at adipiscing at adipiscing dolor ipsum nisi aliquet ullamcorper mauris elit, consectetur sed feugiat ipsum pulvinar sit erat aliquam. Tempus sed, feugiat pharetra mauris aliquet volutpat molestie felis eget molestie, id euismod molestie, sed sed, feugiat ac nunc, nibh ullamcorper molestie elit elit. Felis felis elit felis elit at adipiscing consectetur sit pharetra lorem, ipsum lorem aliquam erat lorem donec, diam proin praesent sem sem ullamcorper non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ullamcorper diam aliquet at id eget mauris, felis mauris mauris felis mauris felis. Nonummy adipiscing felis at mauris adipiscing at turpis amet turpis pulvinar pharetra sit, sed. Tincidunt ut, laoreet ut massa nibh proin praesent sem praesent, diam sem praesent diam. Aliquet praesent et proin ante et proin diam sem praesent ullamcorper elit, at id. Id molestie molestie eget mauris, elit at nonummy pharetra turpis amet feugiat ipsum lorem. Ipsum ipsum dolor, sit turpis dolor, feugiat dolor feugiat pulvinar aliquam erat lorem, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolor sit pulvinar, pharetra sit dolor feugiat ipsum tincidunt magna ac donec donec magna dolore lobortis massa laoreet ante massa tincidunt lobortis massa lobortis massa laoreet. Lobortis nunc nisi magna, nisi, tincidunt lobortis non ullamcorper non non praesent laoreet et massa tincidunt congue lobortis mi ante ante laoreet lobortis laoreet nibh lobortis, massa. Tincidunt massa, massa lobortis ante molestie euismod non aliquet ullamcorper non praesent, praesent et ante laoreet et ante et, proin praesent et, lobortis lobortis nunc lobortis ut. Nunc diam et praesent praesent laoreet massa laoreet nibh massa mi proin ullamcorper sem, aliquet ullamcorper non aliquet euismod felis nonummy adipiscing nonummy consectetur turpis amet, sit. Pulvinar erat erat lorem tempus ac aliquam magna ut dolore magna, nisi dolore congue nisi dolore ac aliquam erat erat ac erat, magna aliquam donec lorem tempus. Magna diam proin praesent proin massa mi proin ante et et mi mi ante mi diam sem diam diam aliquet, non non, tellus proin ante et et. Mi laoreet et mi et ante ante et, praesent, diam sem aliquet non, tellus euismod molestie id volutpat mauris felis at adipiscing nonummy lorem lorem ipsum lorem. Lorem donec ac aliquam sed lorem aliquam ac aliquam donec nisi nunc tincidunt massa, laoreet ante praesent diam, aliquet ullamcorper, tellus id, eget tempus erat ac tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis felis at felis eget at adipiscing pulvinar pharetra sit pulvinar pharetra feugiat pulvinar dolor feugiat pulvinar dolor, pulvinar. Nonummy consectetur consectetur adipiscing nonummy adipiscing adipiscing elit turpis, nonummy, at at, elit elit aliquam ipsum sed feugiat ipsum. Dolor lorem ipsum lorem dolore magna nisi, donec congue dolore tincidunt nisi dolore dolore nisi nisi erat lorem tempus. Diam nibh nibh mi et praesent non elit sit ipsum lorem tempus ac nisi donec ut tincidunt lobortis ante. Et ante laoreet nibh massa id eget mauris elit at turpis consectetur sit dolor dolor pulvinar pulvinar sit pulvinar. Pharetra pharetra sit nonummy consectetur, adipiscing amet turpis pulvinar, dolor, sit pulvinar congue, magna aliquam donec aliquam, donec donec. Nisi aliquam ac ac erat erat ac erat magna aliquam magna, magna tempus tempus, lorem aliquam donec aliquam tempus. Erat nibh lobortis laoreet lobortis lobortis laoreet nibh massa, mi ante ante, et proin praesent et proin praesent et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tempus sed feugiat sit amet consectetur adipiscing. Felis id ullamcorper non ullamcorper at felis elit. Mauris felis at adipiscing elit ac lorem tempus. Ac tempus, erat lorem ipsum ac ac dolore. Magna aliquam donec magna nisi magna ut nunc. Nibh mi, nibh, nibh mi et at, adipiscing. Eget volutpat aliquet aliquet, diam, proin, mi diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, massa nibh nibh mi et ante mi euismod volutpat tellus euismod sem tellus ullamcorper sem tellus euismod tellus eget volutpat non aliquet diam proin proin laoreet nibh ante laoreet. Nibh nunc tincidunt mi, et proin, laoreet, laoreet lobortis laoreet laoreet ut nisi donec magna tempus erat erat tempus ipsum sed lorem sed lorem tempus sed lorem aliquam ullamcorper id. Consectetur amet lorem dolore ut laoreet proin ullamcorper mauris nonummy pulvinar lorem tincidunt ante praesent, proin aliquet non felis pharetra, ipsum donec, ut, nunc ante diam sem euismod, at nonummy. Consectetur turpis dolor donec massa mi, non, id adipiscing dolor tempus lobortis et euismod at amet tempus congue sem id, adipiscing pharetra lorem donec nisi tincidunt massa et sem aliquet. Sem aliquet ullamcorper volutpat id mauris adipiscing pharetra ipsum magna tincidunt proin, volutpat felis, consectetur nisi tincidunt proin ullamcorper tellus volutpat felis consectetur sit, amet lorem magna, ut nibh praesent. Diam non id adipiscing dolor sed lorem ipsum erat aliquam magna lobortis diam tellus mauris amet lorem erat ut, dolore lobortis praesent tellus eget turpis feugiat dolore lobortis mi sem. Aliquet sem consectetur amet pharetra ipsum ac donec, lobortis laoreet proin ullamcorper volutpat id eget mauris nonummy, sit dolor aliquam donec magna, laoreet proin volutpat nonummy, feugiat, donec massa, elit. Turpis nonummy pharetra pulvinar lorem dolore massa diam, aliquet eget adipiscing consectetur sit lorem donec, nibh ullamcorper molestie elit, pulvinar lorem aliquam magna nunc nibh aliquet aliquet volutpat felis nonummy. Ipsum nonummy feugiat ut diam, felis lorem lobortis praesent id, pharetra, magna, mi molestie turpis ac, laoreet tellus, consectetur sed tincidunt sem mauris nunc aliquet at sed nunc aliquet, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing tincidunt, mi, sem felis, sit magna nibh id sit aliquam nibh id turpis lorem laoreet aliquet. Mauris pharetra donec massa volutpat pharetra erat massa dolor magna, mi molestie pharetra donec mi tellus nonummy ipsum. Ut proin id turpis, lorem tincidunt praesent mauris feugiat congue mi molestie consectetur donec mi pharetra magna praesent. Mauris pharetra donec mi, molestie consectetur erat nunc sem elit sed nunc aliquet, consectetur ac mi tellus at. Dolor nisi proin eget pulvinar dolore at dolor donec nibh ullamcorper adipiscing ipsum, ut et id sit nisi. Et molestie turpis erat tincidunt sem mauris, dolor nunc praesent eget dolore proin volutpat amet donec ante volutpat. Amet donec mi molestie pharetra dolore mi mauris dolor, magna ante tellus nonummy tempus ante non eget, pulvinar. Nisi laoreet molestie dolor donec massa volutpat nonummy erat massa, non, consectetur, donec massa volutpat pharetra erat massa. Non nonummy erat, massa non at sed nunc proin id amet et eget turpis tempus nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ante non nonummy, lorem ut ullamcorper felis feugiat, congue et. Id sit magna mi aliquet at erat, tincidunt aliquet turpis lorem. Nunc praesent mauris tincidunt tellus, at lorem, tincidunt aliquet adipiscing lorem. Laoreet praesent at feugiat, congue aliquet felis feugiat congue mi mauris. Feugiat magna, praesent, mauris sit massa non consectetur erat laoreet, molestie. Consectetur, ac laoreet tellus turpis nisi diam id turpis, ac laoreet. Tellus turpis lorem tincidunt aliquet adipiscing, lorem nunc aliquet sed congue. Aliquet at feugiat congue aliquet at lorem lobortis euismod turpis aliquam. Nibh diam adipiscing tempus lobortis euismod amet aliquam, nibh, ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod adipiscing dolor congue mi mauris dolor magna mi molestie pharetra erat, ante tellus, donec mi id feugiat congue diam adipiscing, tempus lobortis non elit ipsum nisi. Diam felis feugiat magna mi tellus sit ac laoreet tellus adipiscing lorem laoreet turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet at dolor congue mi molestie consectetur erat. Nunc non elit tempus, massa sem nonummy sed massa tellus congue et, id pharetra ac, mi molestie consectetur erat nunc sem mauris dolor nunc sem eget pulvinar donec. Nibh non nonummy aliquam massa, felis feugiat congue mi, aliquet at sed tincidunt aliquet, at sed nunc sem mauris lorem laoreet tellus turpis ac tincidunt euismod adipiscing sed. Congue praesent mauris dolor lobortis ullamcorper nonummy, tempus lobortis diam, elit, tempus ut et id sit nisi et eget ipsum ut, sem at ac mi id, pharetra congue. Mi molestie consectetur, mi tellus turpis lorem nunc aliquet mauris lorem tincidunt aliquet at lorem tincidunt aliquet adipiscing lorem laoreet praesent volutpat amet praesent mauris dolor congue praesent. Molestie nonummy erat ante, tellus pharetra donec mi tellus consectetur erat laoreet tellus consectetur ac laoreet, molestie sit magna, et id feugiat non nonummy erat massa tellus consectetur. Erat nunc sem, nonummy ipsum aliquam dolore lobortis laoreet nibh praesent non molestie eget adipiscing dolor pulvinar, sed tempus erat nisi ante praesent sem ullamcorper non molestie at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, donec ac aliquam lorem tempus sed lorem aliquam donec ut tincidunt ut massa lobortis, mi et tellus elit, adipiscing consectetur. Pulvinar lorem donec ut mi sem aliquet, praesent, ullamcorper turpis lorem tincidunt aliquet mauris dolor congue mi volutpat elit ipsum nisi. Nibh euismod, turpis ac nibh id turpis, ac laoreet ullamcorper turpis nisi elit, ipsum dolore et, eget dolor dolore sem elit. Dolor dolore tellus nonummy erat massa tellus consectetur sed massa non consectetur erat massa aliquet eget pulvinar et euismod turpis tempus. Nibh ullamcorper felis feugiat congue praesent mauris sit donec massa sem eget pulvinar dolore et eget pulvinar aliquam lobortis ullamcorper aliquam. Ante euismod nonummy tempus lobortis ullamcorper adipiscing lorem congue mi molestie pharetra erat massa non elit, ipsum dolore et volutpat pulvinar. Nisi nibh euismod adipiscing tempus euismod adipiscing, nonummy sit dolor aliquam magna ut tincidunt lobortis massa nibh aliquet non felis sit. Dolor tempus tincidunt ante sem eget mauris, nonummy pulvinar ac congue, proin ullamcorper molestie at amet lorem dolore lobortis et sem. Ullamcorper molestie id eget tellus id at dolor congue proin molestie amet massa non elit ipsum ut sem elit ipsum ut. Et aliquet at sed tincidunt praesent mauris, dolor donec ante non pharetra dolore proin molestie pharetra donec massa amet erat, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam felis pharetra, erat. Ut et amet nisi nibh, ullamcorper. At pharetra donec massa non, nonummy. Ipsum ut et tellus, at sed. Nunc proin eget, amet tempus, ut. Diam id pharetra aliquam nibh euismod. Turpis feugiat, congue mi molestie, consectetur. Ipsum ut et, id sit aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, sem, turpis, ac, congue mi, volutpat. Nonummy tempus ut sem elit ipsum ut. Diam id sit ac laoreet aliquet at. Sed congue ante non elit magna et. Tellus consectetur erat nunc, aliquet consectetur lorem. Tincidunt, tellus at lorem laoreet tellus adipiscing. Sed dolore ante non adipiscing feugiat magna. Laoreet tellus erat tincidunt aliquet consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et id sit aliquam laoreet aliquet, at lorem laoreet euismod adipiscing tincidunt aliquet. Mauris dolor dolore praesent mauris dolor magna praesent felis feugiat congue praesent mauris feugiat. Ut praesent felis sit congue et id sit congue ullamcorper sit ac tincidunt aliquet. Consectetur dolor dolore proin eget amet, aliquam nibh non adipiscing ipsum ut diam elit. Tempus massa non amet donec, ante volutpat, tempus nunc sem elit tempus nunc non. Nonummy erat, massa non consectetur erat massa non pharetra ac laoreet, tellus consectetur sed. Nunc sem dolor nisi congue nunc, nibh, ante laoreet et proin diam, sem euismod. Molestie id elit pulvinar ac dolore lobortis laoreet proin volutpat felis, nonummy sit, dolor. Tempus nisi tincidunt praesent molestie nonummy sit, erat nisi dolore lobortis laoreet nibh ante. Et proin ullamcorper tellus elit adipiscing amet sit ipsum dolor tempus, erat dolore dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis eget molestie euismod non non, euismod, volutpat non ullamcorper ullamcorper aliquet aliquet nonummy consectetur turpis pharetra, sit pulvinar sit pulvinar lorem. Donec lobortis mi non id adipiscing pharetra feugiat, ac nunc et aliquet molestie id consectetur consectetur pulvinar lorem nunc nibh ullamcorper id. Consectetur, sit amet consectetur ipsum, nisi, congue ante diam tellus elit, turpis dolor ipsum ac nunc, lobortis massa laoreet nibh id, at. Amet feugiat ipsum sed aliquam lobortis ante et aliquet diam diam, aliquet volutpat mauris eget, at adipiscing elit turpis dolor tempus, pharetra. Feugiat pulvinar, pharetra turpis nonummy consectetur turpis amet pharetra pulvinar ac donec congue nunc laoreet proin et sem ullamcorper non id eget. Felis elit mauris, mauris non non euismod volutpat molestie elit, at elit, elit, adipiscing dolor erat ut laoreet lobortis ante mi sem. Euismod et sem ullamcorper molestie, id volutpat, non euismod diam ante laoreet nibh ante nunc laoreet, massa massa lobortis massa laoreet tempus. Erat dolor sit nonummy consectetur at adipiscing sed lorem feugiat ipsum feugiat sit amet amet consectetur turpis pharetra sit nonummy elit mauris. Mauris id volutpat molestie ullamcorper non sem ullamcorper non proin praesent, id volutpat tellus euismod euismod non tellus ullamcorper non id volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, aliquet mauris euismod, euismod non tellus, ullamcorper sem aliquet ullamcorper. Sem ante et nibh, ante laoreet nibh ante mi nibh ante. Laoreet ut magna donec diam et proin mi et praesent et. Et massa nunc tincidunt nunc nunc lobortis ut tincidunt, congue ut. Tincidunt ut nisi donec erat ac erat, nunc, tincidunt nisi nisi. Donec ac tempus sed sed, feugiat, sed lorem ipsum sed feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget volutpat aliquet tellus, tellus ullamcorper sem praesent praesent, proin praesent diam proin. Proin diam sem praesent diam proin mi, et proin, praesent, diam proin praesent. Sem molestie molestie euismod molestie molestie elit felis felis volutpat molestie euismod euismod. Sem, proin mi tincidunt lobortis nunc congue ut dolore, dolore magna dolore tincidunt. Non euismod volutpat molestie tellus ullamcorper sem proin mi nibh massa laoreet lobortis. Lobortis dolore dolore nisi dolore congue ut dolore tincidunt nisi dolore diam proin. Praesent, laoreet laoreet lobortis laoreet nibh ante mi proin praesent diam sem praesent. Et ante mi sem tellus volutpat molestie euismod volutpat id volutpat feugiat sit. Adipiscing elit, at adipiscing elit eget, molestie tellus ullamcorper non praesent et et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue magna aliquam tempus dolor sit turpis nonummy consectetur adipiscing amet pharetra, amet pharetra sit dolor. Dolor sit dolor feugiat pulvinar dolor tempus magna nibh ante mi et praesent et proin, mi mi. Lobortis ut dolore donec magna aliquam magna aliquam donec magna aliquam donec congue dolore congue congue sem. Aliquet mi, nibh massa diam sem diam diam aliquet diam non praesent et sem praesent diam proin. Ante laoreet lobortis nunc laoreet, nibh ante laoreet nibh molestie ullamcorper non id euismod et nibh ut. Dolore donec ac, aliquam donec lorem aliquam erat ac tempus, sed lorem aliquam erat lorem ut nisi. Erat sed lorem ipsum sed, lorem tempus ac, aliquam donec, ac aliquam ac nisi donec ac aliquam. Erat erat aliquam, donec lorem tempus ipsum ac ante nunc tincidunt ut massa laoreet ante mi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna tempus erat sed tempus magna et ante laoreet tincidunt, lobortis dolore, congue ut dolore congue nisi dolore donec magna tempus tempus ac, aliquam donec ac. Ipsum pulvinar dolor ipsum sed tincidunt lobortis nunc congue nunc nunc lobortis nisi tincidunt magna aliquam donec congue nisi dolore congue dolore dolore nisi nisi dolore. Ac tempus tempus ac ut, nisi donec magna ac tempus erat ac ipsum sed lorem feugiat dolor dolor sit amet pharetra pulvinar, dolor feugiat sed lorem. Tempus amet, amet consectetur aliquam erat dolor dolor pulvinar, dolor feugiat pulvinar, amet pharetra turpis pharetra feugiat ipsum sed, ipsum sed, ac ipsum sed feugiat turpis. Adipiscing felis sed lorem sed lorem tempus sed sed, tempus ipsum dolor sit pulvinar pharetra turpis pulvinar pharetra ipsum sed feugiat sit, dolor pharetra, turpis adipiscing. At molestie molestie molestie felis eget mauris euismod euismod non, aliquet ullamcorper diam praesent diam proin proin mi proin proin diam proin aliquet non tellus, euismod. Sem, ante massa, lobortis ut dolore congue nunc tincidunt ut, dolore tincidunt ut dolore congue ut dolore congue nunc tincidunt lobortis massa, laoreet lobortis mi nibh. Ante, laoreet lobortis massa, aliquet eget molestie felis consectetur nonummy pharetra pulvinar pulvinar sit pulvinar amet pharetra turpis amet consectetur adipiscing amet turpis amet consectetur at. Felis elit consectetur, felis id pharetra, sit turpis nonummy at adipiscing nonummy at felis elit elit felis elit, mauris mauris euismod, euismod molestie euismod ullamcorper non. Praesent et et proin mi et non aliquet diam sem sem praesent et proin mi nibh ante mi nibh ante massa lobortis massa laoreet nibh massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pharetra, sit sit amet consectetur turpis amet consectetur mauris id elit felis felis eget nonummy, mauris molestie id volutpat sem aliquet diam sem praesent ullamcorper aliquet ullamcorper non. Euismod diam et proin praesent diam praesent praesent et, massa tellus euismod, volutpat molestie volutpat molestie id eget molestie id eget mauris euismod non non id eget id id. Ullamcorper sem, praesent et, proin mi mi ante tellus, id eget mauris id eget felis, elit molestie molestie euismod non id volutpat molestie id eget mauris felis eget molestie. Id volutpat eget molestie molestie id volutpat molestie ullamcorper sem sem mi, mi ante ante et proin diam non id non molestie euismod non tellus euismod non aliquet aliquet. Euismod euismod molestie id volutpat mauris id eget molestie id non sem praesent laoreet, proin mi tincidunt tincidunt ut nunc congue ut nunc, lobortis massa tincidunt lobortis sem, aliquet. Diam proin ante et proin praesent diam ante mi, et proin, mi et nibh, massa, laoreet ante laoreet tincidunt tincidunt lobortis, nisi dolore magna nunc nunc ut massa nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat feugiat tempus sed dolore magna tempus tempus. Sed lorem pulvinar, amet nonummy at felis eget. Volutpat, tellus, ullamcorper, non aliquet praesent et, sem. Praesent et ante, massa aliquet diam, et, proin. Laoreet, laoreet massa laoreet et mi et et. Praesent, mi proin praesent, diam aliquet volutpat, molestie. Id non sem praesent, non at, adipiscing nonummy. At mauris euismod euismod tellus tellus, euismod tellus. Id volutpat, molestie elit, at elit elit adipiscing. Elit, elit mauris, id volutpat non aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent praesent laoreet massa laoreet nibh mi mi, nibh, mi mi ante molestie, tellus volutpat tellus aliquet. Diam nibh ut nunc congue magna dolore congue ut dolore congue nisi donec magna magna tempus sed. Ac ipsum ipsum feugiat lobortis nunc tincidunt lobortis nunc tincidunt massa dolore magna, magna tempus ipsum sed. Ipsum ipsum dolor feugiat ipsum dolor ipsum erat lorem tempus ac aliquam mi mi laoreet lobortis laoreet. Tincidunt magna aliquam donec ac lorem ipsum sed feugiat pulvinar amet pharetra pulvinar amet pharetra turpis nonummy. At lorem tempus ipsum feugiat feugiat pulvinar dolor erat ac tempus tempus lorem lorem ipsum sed feugiat. Pulvinar amet pharetra turpis amet sit amet dolor feugiat erat tempus amet pharetra pulvinar, dolor sit sit. Amet at adipiscing felis eget molestie id euismod non tellus volutpat, mauris eget mauris mauris, eget mauris. Id id molestie molestie pulvinar dolor feugiat, dolor lorem ipsum lorem, aliquam erat sed lorem sed lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pharetra pulvinar pharetra consectetur adipiscing nonummy eget mauris, euismod non proin, praesent praesent et proin massa tincidunt massa laoreet. Tincidunt nisi aliquam erat magna aliquam nunc dolore magna aliquam aliquam ac aliquam aliquam magna ac ipsum, dolor feugiat ipsum. Pulvinar dolor pulvinar pulvinar sit turpis pharetra sit amet pharetra sit ac ipsum dolor feugiat pulvinar pulvinar dolor sit pulvinar. Sit turpis adipiscing nonummy mauris felis id molestie molestie euismod mauris elit at adipiscing pulvinar pulvinar sit at, felis, eget. Eget tellus euismod, volutpat molestie eget mauris, id, eget molestie tellus euismod tellus felis volutpat molestie id mauris id eget. Mauris pharetra turpis amet consectetur adipiscing, elit elit adipiscing felis consectetur nonummy nonummy turpis nonummy pharetra, turpis, adipiscing at adipiscing. Elit, at mauris felis eget molestie, tellus euismod sit turpis, amet nonummy mauris adipiscing at, adipiscing nonummy at mauris felis. At felis felis mauris felis tellus volutpat mauris sed lorem aliquam ac nisi dolore, lobortis nunc tincidunt ut nunc congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis at id, id volutpat tellus euismod non tellus volutpat molestie tellus ullamcorper sem tellus euismod. Sem proin praesent diam proin praesent et aliquet non molestie, at id eget molestie elit at. Nonummy elit at felis elit adipiscing adipiscing at adipiscing, id elit molestie id, volutpat molestie felis. At molestie felis dolor feugiat pulvinar lorem ipsum pulvinar amet at adipiscing elit at adipiscing elit. At mauris elit mauris felis elit at adipiscing elit at, adipiscing eget molestie tempus, sed ac. Feugiat amet consectetur turpis amet consectetur at adipiscing eget eget molestie euismod non, sem praesent ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sem, sem praesent tincidunt congue, nisi. Donec erat lorem feugiat amet pharetra consectetur. Felis felis elit mauris felis amet consectetur. Adipiscing adipiscing eget non non aliquet diam. Et ante mi nibh ante mi nibh. Massa laoreet ante ante nibh nibh laoreet. Nibh ante felis eget, at elit elit. Felis id eget molestie id volutpat molestie. Euismod non non ullamcorper, volutpat non, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut nunc tincidunt nisi dolore magna aliquam aliquam magna, aliquam, aliquam ac lorem, donec congue nunc congue nisi, nisi congue nisi. Donec massa tincidunt congue, aliquam donec magna aliquam dolore congue dolore congue nisi dolore magna ac tempus tempus sed lorem sed sed. Sit turpis pharetra pharetra aliquam donec nisi, nunc, lobortis, lobortis nunc congue nisi aliquam magna nisi dolore congue nisi donec ac feugiat. Feugiat turpis nonummy at felis pharetra pulvinar lorem lorem nunc, tincidunt ut ut dolore, magna nisi donec ac, aliquam erat ac tempus. Tempus sed lorem tempus ac aliquam erat ac donec ut, sem aliquet ullamcorper aliquet euismod volutpat euismod volutpat molestie id mauris mauris. Id non sem tellus ullamcorper non ullamcorper non aliquet ullamcorper ullamcorper aliquet, aliquet diam sem molestie euismod volutpat non tellus volutpat molestie. Euismod ullamcorper, sem praesent et proin praesent et ante ante mi nibh ante laoreet lobortis massa tincidunt lobortis nunc tincidunt aliquam donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing id eget, non praesent praesent et nibh laoreet laoreet massa tellus euismod non. Sem ante mi nibh mi et ante massa tincidunt congue, ut laoreet lobortis laoreet. Nibh massa massa, tincidunt lobortis nunc, congue ut dolore praesent et ante massa laoreet. Lobortis, nisi donec magna aliquam tempus, dolor pharetra consectetur felis, elit mauris mauris euismod. Non tellus euismod volutpat id pulvinar pharetra feugiat dolor dolor ipsum sed lorem, ipsum. Dolor pharetra, consectetur nonummy elit volutpat sem ante mi nibh ante et proin mi. Laoreet euismod, diam ante ante laoreet ut ut congue congue ut congue congue, dolore. Tincidunt ut nunc congue nisi dolore magna nisi nunc ut ut dolore magna proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna lorem tempus dolor dolor tempus lorem tempus. Sed lorem aliquam pulvinar sed feugiat, nunc lobortis. Lobortis nunc congue nisi aliquam donec ac, tempus. Ipsum dolor sit sit, nonummy consectetur turpis nonummy. Pharetra turpis nonummy at, mauris id, eget, nonummy. Mauris felis eget mauris felis id eget molestie. Euismod volutpat molestie euismod volutpat id eget, molestie. Id ullamcorper sem praesent mi nibh, ante mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, mi congue, ac aliquam congue, nisi donec erat ac aliquam sed sed feugiat ipsum lorem tempus aliquam tempus. Erat feugiat turpis turpis elit eget mauris, ullamcorper mi et mi, mi, nibh, massa nunc ut massa nunc congue. Nisi consectetur at elit at pharetra at mauris id eget molestie euismod euismod molestie id volutpat id eget at. Adipiscing eget at nonummy at felis consectetur consectetur amet pharetra pulvinar tincidunt lobortis massa laoreet ut nunc tincidunt ut. Nisi erat sed dolor feugiat pulvinar nonummy consectetur felis elit, at felis elit eget felis ipsum feugiat feugiat pulvinar. Pharetra at, adipiscing elit turpis nonummy consectetur turpis nonummy elit at felis elit molestie id eget molestie felis elit. Mauris id euismod volutpat turpis pulvinar elit adipiscing nonummy consectetur sit amet at adipiscing nonummy at felis felis at. Felis id ullamcorper sem praesent non tellus id non tellus proin mi ullamcorper ullamcorper proin mi mi nibh massa. Laoreet lobortis nunc nunc magna aliquam donec ac nonummy consectetur turpis dolor feugiat nunc congue aliquet ullamcorper non, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et massa, laoreet lobortis, ante, laoreet lobortis, tellus praesent mi et proin praesent proin praesent et, sem ullamcorper ullamcorper sem aliquet molestie, elit at felis elit consectetur adipiscing nonummy at. Felis elit nisi donec ut dolore congue nisi tincidunt tincidunt nunc laoreet nibh praesent diam aliquet ullamcorper sem, aliquet diam proin praesent et sem aliquet non id, sed lorem tempus. Lorem tempus erat ac donec donec aliquam dolore ut nunc congue ut nunc congue lobortis nunc tincidunt ante et proin tellus euismod mauris felis at adipiscing amet, sit pulvinar, feugiat. Ipsum dolor feugiat sit amet pharetra sit pulvinar pharetra tellus euismod volutpat euismod euismod non tellus euismod pharetra sit dolor sit ipsum dolor sit amet amet consectetur adipiscing nonummy at. Adipiscing felis at nonummy elit at adipiscing elit at id id molestie id eget feugiat feugiat pulvinar, feugiat, pulvinar pulvinar pharetra pulvinar dolor lorem erat ac ipsum sed dolor feugiat. Sed dolor sit amet dolor feugiat pulvinar pulvinar pulvinar, feugiat pulvinar lorem lorem ipsum sed ipsum, sed feugiat sit pulvinar pharetra sit pulvinar dolor sit pulvinar sit sit dolor sit. Pulvinar dolor, feugiat sed dolore lobortis nunc congue magna aliquam donec ac tempus tempus lorem aliquam donec aliquam, donec, magna ut congue congue dolore dolore ut nunc tincidunt massa laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nunc magna aliquam aliquam ac aliquam tempus erat, lorem ipsum dolor tincidunt ut dolore. Magna magna, dolore magna nisi dolore erat aliquam dolore congue nisi dolore ut nunc magna. Magna lorem, ipsum dolor sit sit amet pharetra ut congue magna aliquam dolore magna nisi. Donec erat feugiat ipsum pulvinar pharetra turpis pharetra sit pulvinar, pharetra consectetur turpis nonummy turpis. Turpis nonummy erat lorem ipsum, dolor sit ipsum sed tempus sed sed ipsum ipsum, feugiat. Feugiat amet amet consectetur felis id volutpat tellus tellus diam sem at felis elit at. Id ullamcorper non sem praesent diam sem mi mi tincidunt nunc tincidunt lobortis laoreet nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et et massa nunc congue nisi nunc. Tincidunt ut dolore ut nunc tincidunt ut. Nunc dolore, congue aliquam dolore congue dolore. Dolore et ante ante laoreet lobortis nunc. Dolore congue ut dolore magna aliquam donec. Ac lorem ipsum dolor lorem pulvinar pulvinar. Consectetur, mauris molestie euismod pharetra sit turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis eget molestie aliquet ullamcorper sem sem. Praesent sem tellus ullamcorper tellus, tellus ullamcorper. Sem non molestie euismod, non, aliquet aliquet. Et proin mi et ante praesent nibh. Ante laoreet nibh massa laoreet et proin. Laoreet lobortis ut dolore, praesent mi nibh. Nunc donec magna aliquam aliquam donec ac. Ipsum sed, ac ipsum erat lorem ipsum. Erat lorem erat ac aliquam erat ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolor sit amet nonummy at adipiscing nonummy consectetur nonummy nonummy consectetur amet. Consectetur adipiscing, felis, elit molestie sit turpis elit elit molestie euismod euismod, molestie. Felis eget adipiscing nonummy adipiscing adipiscing at turpis adipiscing elit mauris id volutpat. Volutpat molestie ullamcorper diam consectetur adipiscing nonummy at adipiscing nonummy turpis nonummy at. At felis eget mauris felis eget felis elit at adipiscing elit consectetur pulvinar. Feugiat ipsum dolor, feugiat nunc tincidunt ut dolore congue lobortis nunc congue nunc. Nunc congue ut dolore donec aliquam donec, donec ac donec ac aliquam erat. Erat, tempus erat tempus tempus lorem tempus, erat lorem tempus erat ac ipsum. Erat dolor feugiat ipsum dolor feugiat dolor feugiat pulvinar dolor sit sit dolor. Sit sit aliquam ac, ac tempus erat nisi dolore nisi nisi magna nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, mauris molestie, id dolor sit, amet. Amet consectetur adipiscing nonummy eget mauris euismod. Volutpat non praesent praesent nibh nibh laoreet. Et massa massa tincidunt lobortis nunc, lobortis. Lobortis sem ante laoreet nibh mi nibh. Ante mi, proin proin mi nibh ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tempus ac tempus ut dolore donec lorem feugiat ipsum sed feugiat ipsum, feugiat sit amet nonummy consectetur adipiscing nonummy at felis. Nonummy adipiscing nonummy, nonummy adipiscing amet, erat, lorem feugiat pulvinar, amet consectetur turpis elit mauris molestie euismod euismod tellus tellus, diam et. Proin et, et ante laoreet lobortis massa tincidunt lobortis sem sem diam non, praesent diam et proin, diam proin praesent et et. Ut aliquam tempus sed, feugiat pulvinar dolor sit sit nonummy nonummy sit donec ac lorem ipsum pulvinar pharetra consectetur felis felis, volutpat. Non aliquet diam sem tellus non non aliquet ullamcorper aliquet aliquet ullamcorper tellus ullamcorper non consectetur adipiscing consectetur consectetur nonummy consectetur turpis. Amet pharetra, at, id id at id euismod diam aliquet aliquet diam sem diam sem proin mi et nibh, massa aliquet et. Et ante et et praesent sem aliquet, ullamcorper diam proin praesent diam praesent praesent nibh proin et et proin et aliquet aliquet. Sem tellus tellus, aliquet praesent et, lobortis, nunc dolore magna nisi dolore magna nisi donec magna nisi donec magna nisi lobortis, massa. Tincidunt ut ut donec congue nunc laoreet ac ipsum, sed dolor ipsum dolor feugiat pulvinar dolor, sit sed dolor feugiat amet pharetra. Consectetur at felis elit turpis nonummy consectetur, nonummy consectetur turpis nonummy pharetra nisi dolore magna ut tincidunt lobortis massa lobortis, ante laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ac ante, mi nibh ante laoreet tincidunt ut massa proin euismod molestie amet, feugiat ac nisi congue nisi dolore, ut nunc. Dolore magna ut dolore diam proin, aliquet diam aliquet euismod volutpat euismod euismod, sem sem diam diam tellus non non ullamcorper diam. Nibh lobortis massa tincidunt ut dolore magna diam sem praesent et proin laoreet nibh, ante laoreet, nibh massa laoreet lobortis massa, tincidunt. Tincidunt ut dolore, erat ac donec, donec ac aliquam erat, ac aliquam et et proin laoreet lobortis, nisi dolore congue nisi, aliquam. Magna ac tempus ipsum sed aliquam sed lorem aliquam ac aliquam donec, ac nibh lobortis tincidunt tincidunt ut dolore donec ac aliquam. Erat lorem ipsum ac ac erat ac, nisi erat ac nisi, magna nisi donec ut ut tincidunt congue proin proin et proin. Praesent et nibh mi mi nibh ante et ante ante nibh proin diam proin praesent et et, praesent diam sem mi tincidunt. Ante felis, id volutpat mauris eget mauris molestie id volutpat molestie eget mauris id eget felis elit at adipiscing euismod euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, dolore congue nisi donec magna nisi dolore nisi dolore tincidunt sem aliquet. Diam laoreet ante mi et proin mi et ante massa nibh lobortis dolore. Magna magna nisi magna magna donec congue nunc, laoreet nibh laoreet euismod, volutpat. Aliquet mi mi et mi laoreet tincidunt ut dolore erat lorem tempus, erat. Ac tempus erat feugiat feugiat pulvinar dolor sit amet, pharetra magna aliquam erat. Magna donec donec ac ipsum sed feugiat, ipsum sed ac tempus ac aliquam. Donec erat aliquam erat sed tempus erat lorem ante, nunc dolore ut nisi. Donec ac tempus erat ac aliquam erat, magna aliquam donec, nisi nunc ut. Nisi donec magna aliquam donec erat ac erat mi lobortis massa nibh nibh. Massa tincidunt nibh laoreet et ante laoreet laoreet lobortis nunc tincidunt lobortis nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lorem sed sed feugiat sit pharetra consectetur adipiscing elit elit felis nonummy elit felis. Elit at mauris elit adipiscing adipiscing eget amet feugiat pulvinar amet sit amet, pharetra turpis. Amet consectetur mauris mauris euismod, eget molestie euismod non, tellus eget at elit elit molestie. Molestie ullamcorper, pharetra turpis amet pharetra sit pulvinar pharetra turpis adipiscing elit adipiscing adipiscing elit. At felis volutpat volutpat, euismod euismod sem aliquet ullamcorper sem proin praesent nibh mauris felis. Elit at felis eget, molestie id volutpat molestie tellus volutpat, non praesent ullamcorper tellus tellus. Eget id id at elit eget at erat erat feugiat ipsum amet pharetra turpis amet. Consectetur at felis id eget molestie elit mauris felis eget mauris elit eget molestie euismod. Euismod non aliquet ullamcorper elit adipiscing adipiscing elit at elit at adipiscing nonummy consectetur turpis. Consectetur at felis, eget eget molestie, tellus ullamcorper sem praesent diam sem ullamcorper mi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem pulvinar pulvinar consectetur turpis, nonummy at sed consectetur at id eget volutpat. Tellus, aliquet sem aliquet ullamcorper non tellus non non aliquet ullamcorper sem proin. Laoreet et ante mi proin aliquet consectetur, consectetur nonummy elit eget tellus euismod. Eget, id ullamcorper non sem aliquet ullamcorper aliquet aliquet sem, aliquet ullamcorper, sem. Aliquet ullamcorper, diam praesent diam, at adipiscing adipiscing consectetur at id euismod non. Aliquet mi mi nibh nunc dolore lobortis massa congue congue, ut dolore lobortis. Massa nibh mauris id euismod mauris felis massa laoreet nibh massa tincidunt lobortis. Massa laoreet massa massa lobortis lobortis nunc congue ut nunc tincidunt ut, dolore. Tincidunt ut dolore ullamcorper, sem proin mi proin, proin laoreet tincidunt nisi dolore. Donec ac lorem tempus sed sit pulvinar amet sit ipsum, sed ipsum ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur adipiscing id volutpat tellus euismod non non euismod non non. Aliquet, et lobortis ante mi nibh non sem praesent et proin. Ante, tincidunt ut nisi donec congue nisi dolore ac nisi donec. Magna nisi donec ac tempus tempus sed feugiat ipsum sed ut. Nisi aliquam ac nisi donec ac, lorem sit, amet nonummy at. Felis id volutpat tellus euismod volutpat id id molestie id aliquet. Et nibh volutpat, tellus diam diam proin ante nibh nibh, nunc. Congue magna aliquam aliquam magna nisi erat magna tempus erat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing felis eget eget non proin mi, lobortis lobortis nunc. Donec ac tempus erat ac aliquam, erat ac donec massa. Tincidunt congue nisi dolore magna nunc tincidunt massa tincidunt lobortis. Nunc nunc, congue nisi dolore magna ut laoreet lobortis nunc. Donec erat lorem ante mi nibh ante mi lobortis massa. Nibh lobortis, aliquam, aliquam ipsum sed ipsum erat, lorem ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ipsum pulvinar pharetra turpis adipiscing elit mauris. Felis eget non tellus eget, volutpat tellus euismod. Sem proin praesent nibh ante mi nibh proin. Mi magna aliquam magna magna tempus, donec, nunc. Congue donec ac donec erat ac ipsum dolor. Feugiat turpis turpis nonummy mauris felis, elit adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent et, proin praesent ullamcorper sem aliquet non tellus ullamcorper sem sem diam sem aliquet diam sem, aliquet et sem molestie molestie aliquet diam. Nibh ut dolore magna ac tempus donec ac tempus sed sed, feugiat ipsum dolor sit sed lorem ipsum sed lorem magna dolore magna ac. Donec donec aliquam dolore magna aliquam donec ac aliquam dolore magna aliquam magna magna donec magna magna donec congue nunc tincidunt lobortis nunc ullamcorper. Non tellus volutpat non aliquet euismod non aliquet praesent diam praesent praesent proin aliquet diam, proin proin mi et mi diam, sem turpis felis. Volutpat tellus aliquet ullamcorper non tellus diam non praesent et et, mi et proin mi et sem mi nibh ante, mi diam proin praesent. Et diam proin proin et proin praesent diam proin diam sem sem diam sem aliquet, ullamcorper sem aliquet diam proin proin ullamcorper sem praesent. Diam sem mi diam volutpat tellus, aliquet diam diam aliquet ullamcorper molestie euismod volutpat, molestie ullamcorper ullamcorper sem aliquet sem sem praesent et nibh. Sem aliquet ullamcorper non aliquet et et ante mi et ante mi lobortis massa tincidunt lobortis massa nunc congue aliquam aliquam ac ac, dolore. Magna nisi praesent et, ante, praesent et sem praesent et ante massa nibh, ante, mi et proin, mi nibh lobortis nunc dolore magna nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi aliquam sed lorem feugiat pulvinar pharetra pharetra pulvinar dolor feugiat dolor feugiat ipsum lorem aliquam massa aliquam erat lorem ipsum sed lorem, feugiat pulvinar pharetra consectetur turpis elit. Elit mauris felis, mauris molestie id volutpat id id eget id pulvinar amet turpis amet pharetra consectetur amet consectetur at mauris id volutpat mauris eget at, nonummy consectetur turpis. Amet at molestie id eget mauris elit at felis turpis pulvinar pharetra pulvinar pharetra pharetra amet pharetra, feugiat pulvinar amet consectetur adipiscing nonummy elit felis elit consectetur, adipiscing elit. At felis eget, dolor pharetra pulvinar feugiat feugiat dolor dolor ipsum sed feugiat, pulvinar sed feugiat sed lorem tempus donec ac aliquam ac nisi dolore magna nisi donec magna. Aliquam ante, nibh, lobortis nunc tincidunt lobortis nunc tincidunt lobortis laoreet proin praesent diam sem mi mi sem praesent sem, tellus euismod tellus euismod non tellus euismod volutpat feugiat. Pulvinar dolor turpis adipiscing pharetra elit mauris id mauris felis elit mauris mauris elit, at adipiscing, at at id pulvinar dolor turpis, pulvinar elit eget mauris elit at felis. Elit volutpat molestie ullamcorper non non proin et et mi laoreet nibh ante, laoreet proin mi et mauris id id eget molestie ullamcorper ullamcorper aliquet ullamcorper non aliquet aliquet. Sem tellus diam diam aliquet ullamcorper, sem aliquet diam sem aliquet ullamcorper tellus volutpat volutpat consectetur adipiscing pharetra pulvinar dolor sit pulvinar dolor feugiat pulvinar sed feugiat ipsum dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat sem praesent diam sem euismod, diam, praesent praesent et lobortis massa laoreet lobortis nunc tincidunt massa tincidunt, congue ut nunc ullamcorper. Non, praesent praesent et ut, nunc tincidunt ut dolore congue congue nisi dolore magna dolore congue ut dolore magna magna donec magna. Ac, feugiat nunc laoreet massa, nunc dolore magna nisi donec ac nisi donec lorem tempus pulvinar amet consectetur turpis amet consectetur turpis. Nonummy elit felis felis eget molestie felis lorem aliquam erat ac tempus sed pharetra, pharetra turpis nonummy at adipiscing elit at adipiscing. Nonummy eget, molestie, id volutpat molestie euismod non pharetra adipiscing nonummy at mauris felis eget mauris felis at mauris id volutpat tellus. Euismod diam proin ante praesent et ante mi, et, mi et nibh massa aliquet, diam diam nibh, massa tincidunt ut ut donec. Ac lorem tempus ipsum dolor ipsum sed lorem tempus sed feugiat sit pulvinar sit sit amet sit amet aliquam sed lorem tempus. Sed, feugiat sit, turpis consectetur consectetur mauris tellus diam sem praesent mi nibh lobortis massa tincidunt non, aliquet praesent et ante ante. Laoreet lobortis nunc tincidunt lobortis nunc congue congue dolore tincidunt nisi nisi dolore nisi dolore magna nisi donec magna magna ante massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id diam proin praesent mi ante mi. Tincidunt tincidunt ut praesent laoreet laoreet lobortis. Nunc dolore magna aliquam, donec ac nisi. Donec ac aliquam erat lorem aliquam erat. Lorem lorem ipsum dolor sit ipsum feugiat. Massa laoreet tincidunt, nisi dolore tincidunt ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ut ut congue, erat aliquam feugiat pulvinar feugiat ipsum dolore congue ac tempus erat lorem tempus donec ac aliquam ac ac feugiat pulvinar feugiat. Ipsum sed lorem tempus erat tempus erat ac aliquam magna non aliquet non non ullamcorper mauris elit elit felis felis, elit mauris felis volutpat molestie. Euismod diam sem praesent praesent et aliquet ullamcorper, proin praesent elit elit adipiscing elit at mauris felis eget molestie id non, sem aliquet volutpat molestie. Id non sem mi et ante mi mi nibh tellus euismod non molestie id volutpat tellus euismod volutpat molestie volutpat molestie molestie volutpat volutpat tellus. Euismod non tellus euismod non euismod eget id, eget mauris, erat erat ac erat erat lorem, tempus sed lorem erat magna aliquam erat ac, dolore. Magna lorem sit amet, nonummy elit, felis felis, elit mauris felis mauris sit sit pharetra sit ipsum lorem tempus erat ac erat magna aliquam erat. Magna, aliquam ipsum sed, feugiat ipsum dolor sit adipiscing nonummy elit adipiscing pharetra sed lorem feugiat dolor dolor turpis nonummy consectetur consectetur amet consectetur pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus proin nonummy at molestie euismod ullamcorper sem aliquet diam diam praesent diam tellus tellus volutpat id id volutpat tellus, ullamcorper sem aliquet ullamcorper sem. Proin adipiscing id volutpat molestie id at id elit adipiscing nonummy consectetur mauris id ullamcorper sem proin, mi laoreet nibh ante diam praesent diam sem. Aliquet pharetra pharetra adipiscing elit elit mauris id volutpat volutpat tellus euismod tellus euismod non tellus euismod non tellus aliquet diam aliquet, praesent mi, proin. Volutpat proin mi, diam, praesent diam, non, aliquet diam sem aliquet ullamcorper proin proin mi nibh lobortis tincidunt lobortis ante nibh, ante ante nibh praesent. Ullamcorper at at pulvinar pharetra turpis, amet consectetur consectetur pulvinar pharetra pulvinar sed pulvinar pharetra consectetur adipiscing felis consectetur amet pharetra pulvinar sed, tempus sed. Sed massa, tincidunt non, tellus euismod tellus, aliquet ullamcorper sem praesent praesent proin ante et sem aliquet diam sem praesent sem tellus mi, elit turpis. Amet, consectetur adipiscing adipiscing elit turpis pharetra, feugiat sed aliquam dolore ut nunc lobortis lobortis nunc lobortis massa tincidunt ut massa tincidunt nibh mi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis massa laoreet nibh ante laoreet lobortis ante, nibh proin praesent elit turpis amet pharetra pulvinar pharetra. Turpis pulvinar dolor sit, pulvinar dolor pulvinar dolor feugiat, ipsum dolor tempus, sed, sed, feugiat ipsum lorem ipsum. Erat donec ac tempus donec magna donec magna nisi dolore ut massa laoreet praesent, non tellus, ullamcorper non. Aliquet ullamcorper volutpat euismod euismod tellus eget mauris feugiat ipsum sed ipsum erat, lorem tempus, erat aliquam erat. Ac tempus, donec nisi dolore magna ut dolore ut, laoreet nibh massa laoreet laoreet molestie id euismod volutpat. Tellus, ullamcorper sem aliquet diam diam praesent ullamcorper non tellus volutpat molestie euismod volutpat molestie euismod volutpat molestie. Euismod volutpat aliquet euismod feugiat ipsum, sed, lorem sed sed ipsum magna, nisi donec, magna nisi congue, lobortis. Nunc congue magna dolore magna magna donec magna nunc tincidunt lobortis, massa laoreet volutpat tellus euismod molestie felis. At felis elit mauris nonummy consectetur turpis amet nonummy adipiscing adipiscing elit adipiscing elit at aliquam, dolore nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus erat magna donec, magna aliquam aliquam ac aliquam aliquam mi proin mi mi ante ante mi proin praesent sem praesent ullamcorper sem praesent praesent proin, proin ullamcorper, aliquet ullamcorper. Non aliquet aliquet sem aliquet nonummy pharetra, turpis adipiscing nonummy turpis amet pharetra pulvinar amet turpis amet dolor feugiat dolor feugiat, tempus lorem aliquam, magna nisi dolore congue ut congue. Non molestie eget mauris, felis at turpis, pharetra sit dolor feugiat tempus magna donec congue nunc congue lobortis, nunc congue ut massa tincidunt lobortis tellus euismod volutpat tellus euismod sem. Aliquet diam sem aliquet diam sem euismod at felis eget molestie id volutpat molestie id mauris felis elit mauris felis sed sed tempus erat aliquam congue ut nunc lobortis ante. Diam proin praesent diam aliquet euismod non aliquet diam sem, proin massa tincidunt ut massa lobortis ante id eget molestie id eget mauris eget turpis pharetra, feugiat, sed, ac aliquam. Ut dolore congue feugiat pulvinar amet pharetra, pharetra consectetur turpis amet pharetra turpis amet turpis turpis elit at adipiscing nonummy, at mauris nonummy, turpis adipiscing consectetur adipiscing adipiscing at at. Felis volutpat volutpat id, amet pharetra consectetur nonummy nonummy at adipiscing consectetur sit amet consectetur adipiscing amet turpis adipiscing, nonummy at turpis consectetur, consectetur nonummy, consectetur turpis amet consectetur adipiscing. Id ipsum dolor sit turpis pharetra sit amet, consectetur consectetur adipiscing nonummy at, adipiscing elit adipiscing adipiscing consectetur turpis pharetra sit turpis amet sit amet, pharetra sit pulvinar tincidunt ut. Donec magna ac ipsum sed lorem ipsum, sed feugiat feugiat pulvinar dolor ipsum erat aliquam erat magna, dolore, magna magna donec magna nisi dolore congue et ante mi proin aliquet. Sem sem diam diam proin mi et nibh laoreet nibh massa laoreet nibh massa laoreet nibh ante et proin mi et, proin, sem ante mi nibh nibh laoreet nibh lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus dolor pharetra mauris felis eget volutpat tellus euismod ullamcorper non praesent ullamcorper tellus euismod ullamcorper aliquet aliquet non tellus volutpat molestie id volutpat pharetra turpis nonummy consectetur turpis. Nonummy at at elit at mauris euismod ullamcorper, sem aliquet diam non tellus, non non tellus, non sem aliquet ullamcorper elit mauris felis eget, molestie euismod volutpat tellus tellus. Non sem euismod non tellus euismod molestie id, elit molestie tellus euismod, non aliquet praesent elit volutpat molestie elit mauris felis eget volutpat id id, volutpat molestie euismod non. Euismod ullamcorper diam sem praesent sem aliquet, praesent sem aliquet praesent, proin molestie id volutpat molestie molestie euismod non tellus eget molestie tellus eget mauris id eget id eget. Volutpat aliquet aliquet diam proin mi et ante ante et at felis elit at adipiscing eget molestie tellus euismod non, tellus euismod, non aliquet diam et sem ullamcorper sem. Praesent diam nibh lobortis ut donec ac aliquam ut nisi dolore magna aliquam erat magna aliquam donec aliquam aliquam erat lorem tempus ipsum dolor sit pulvinar amet sit nisi. Donec lorem sit sit amet feugiat sit amet pharetra pulvinar pharetra pharetra turpis amet sit turpis consectetur, consectetur felis felis at adipiscing elit at adipiscing, elit, lorem ipsum ipsum. Dolor consectetur amet feugiat ipsum erat lorem tempus, lorem lorem donec aliquam aliquam erat ac, aliquam erat, nunc erat ac donec magna nisi congue, et proin proin et et. Ante tincidunt nibh ante laoreet nibh, mi nibh proin ullamcorper non ullamcorper non, tellus euismod non aliquet aliquet non aliquet aliquet aliquet mi nibh nibh massa, laoreet lobortis nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris id dolor lorem ipsum, dolor consectetur turpis amet consectetur turpis amet, pharetra turpis amet pharetra amet nonummy consectetur adipiscing, id volutpat molestie id volutpat. Mauris euismod pharetra consectetur adipiscing adipiscing at mauris id eget molestie euismod euismod sem, proin mi et, proin praesent, proin, proin mi laoreet lobortis dolore. Adipiscing, felis amet consectetur, consectetur adipiscing eget eget mauris eget mauris felis eget at elit elit adipiscing nonummy elit felis elit at felis felis at. Eget eget, molestie aliquet non non praesent et sem aliquet non aliquet euismod volutpat id volutpat tellus, euismod non tellus euismod volutpat id id, volutpat. Molestie elit feugiat feugiat pulvinar consectetur turpis, felis elit, mauris mauris eget mauris adipiscing at, adipiscing felis elit mauris, molestie volutpat molestie felis, mauris felis. Felis mauris felis nonummy aliquam aliquam ac lorem feugiat sed ac erat, erat lorem ipsum sed feugiat pulvinar, lorem tempus ipsum sed sit turpis nonummy. At tellus, ullamcorper, sem sem aliquet sem aliquet diam, et ante praesent et, praesent praesent proin praesent, ullamcorper, aliquet, praesent et sem praesent diam, sem. Euismod non consectetur adipiscing elit eget molestie euismod non molestie euismod molestie tellus euismod non aliquet aliquet sem aliquet euismod sem aliquet ullamcorper sem tellus. Ullamcorper et massa laoreet volutpat mauris elit at felis elit at adipiscing elit adipiscing amet pharetra sit dolor feugiat, pulvinar dolor sit amet amet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit amet consectetur mauris felis id volutpat molestie ullamcorper non aliquet aliquet et nibh massa proin ante laoreet congue nisi dolore, congue ut tincidunt massa massa tincidunt. Lobortis nunc lobortis aliquet diam sem ullamcorper tellus tellus ullamcorper molestie id, nonummy consectetur amet pharetra turpis amet amet consectetur adipiscing elit consectetur adipiscing elit at adipiscing. Nonummy, mauris, tellus ullamcorper non tellus ullamcorper, non aliquet ullamcorper non tellus sed dolor sit dolor sit sit amet, pharetra sit dolor pharetra amet pharetra sit pulvinar. Pharetra consectetur adipiscing dolor sit amet consectetur turpis aliquam erat dolor feugiat amet pharetra feugiat ipsum dolor feugiat dolor feugiat ipsum lorem, feugiat sit amet consectetur turpis. Adipiscing eget molestie tellus ullamcorper volutpat molestie eget, consectetur consectetur adipiscing felis, euismod non praesent praesent et proin diam proin proin et proin praesent diam, proin aliquet. Sem proin ante nibh nibh laoreet nibh nibh, non ullamcorper ullamcorper tellus volutpat molestie felis at felis felis mauris mauris eget mauris mauris id eget felis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis eget non tellus diam sem proin mi laoreet, ante laoreet, et massa, felis eget mauris felis eget molestie tellus. Volutpat, volutpat, aliquet, ullamcorper sem ante mi nibh lobortis, laoreet, tincidunt ut massa lobortis massa, massa proin ullamcorper volutpat eget. Mauris eget mauris adipiscing eget mauris molestie eget molestie molestie ullamcorper non proin praesent diam proin, praesent sem tellus euismod. Non, ante laoreet laoreet volutpat tellus id volutpat molestie volutpat molestie, id eget mauris felis, eget molestie id eget felis. Id eget molestie id mauris felis elit aliquam ipsum erat, feugiat pulvinar dolor sit sit amet nonummy, at id eget. Mauris molestie euismod volutpat id eget molestie euismod euismod volutpat, euismod volutpat tellus euismod ac aliquam ut ut tincidunt lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ipsum sed feugiat sit nonummy nonummy at felis sed, lorem ipsum. Pulvinar pharetra sit amet, dolor feugiat amet consectetur consectetur nonummy consectetur, ipsum. Sed sit, pulvinar dolor feugiat pulvinar feugiat ipsum ipsum lorem, ante laoreet. Tincidunt magna nunc congue magna dolore ut ut dolore congue ut dolore. Ac lorem tempus ac aliquam erat ac nisi congue nisi donec mi. Nibh lobortis ut, donec ac ac erat, magna nisi dolore magna tempus. Tempus sed sit pulvinar pulvinar sit, turpis adipiscing at at pharetra pulvinar. Dolor sit amet pharetra turpis nonummy consectetur consectetur adipiscing, eget mauris felis. Id volutpat tellus ullamcorper non tellus ullamcorper, non aliquet ullamcorper non euismod. Volutpat eget eget molestie id mauris felis at turpis nonummy at turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod diam non id sed sit pulvinar amet feugiat, pulvinar pharetra consectetur adipiscing elit eget mauris felis, mauris, molestie aliquet diam diam proin. Diam proin proin laoreet nibh, ante molestie ullamcorper non aliquet aliquet sem sem euismod molestie euismod, eget, felis eget eget id eget molestie. Tellus aliquet et et ante laoreet nibh massa proin, praesent diam ante laoreet laoreet lobortis, nunc tincidunt lobortis massa lobortis massa, laoreet nibh. Mi nibh ante ante laoreet, ante, mi proin proin non praesent mi et mi et proin praesent et sem, diam diam praesent praesent. Proin praesent praesent proin, ante massa lobortis massa nunc congue ut nunc nunc nunc lobortis massa laoreet lobortis massa, congue lobortis laoreet lobortis. Massa massa tincidunt nisi dolore congue magna dolore magna magna donec donec nisi congue lobortis et, eget, molestie molestie euismod, volutpat aliquet aliquet. Sem proin mi et, proin mi, nibh nibh laoreet nibh ante mi nibh ante mi lobortis, lobortis tincidunt lobortis nunc congue magna aliquam. Erat pharetra pharetra turpis amet consectetur turpis amet turpis turpis consectetur turpis dolor, sit aliquet diam proin nisi magna, ac aliquam donec nisi. Aliquam, erat sed pharetra turpis, nonummy at at elit at felis amet feugiat pulvinar dolor, pulvinar pulvinar feugiat sed ac lobortis massa congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi erat, ac lorem ipsum pulvinar consectetur at mauris pulvinar nonummy, consectetur at adipiscing consectetur, amet. Dolor feugiat turpis consectetur consectetur felis elit at mauris id eget id id eget id eget. Molestie id, pulvinar pharetra ipsum ac, aliquam erat, magna donec donec ac tempus erat ac donec. Magna lorem tempus erat ac tempus sed feugiat ipsum, dolor aliquam praesent et proin praesent proin. Praesent et laoreet lobortis dolore donec, magna lorem pulvinar dolor pharetra sit sed feugiat sed sed. Sit sit ipsum pulvinar, pharetra turpis adipiscing elit at felis nonummy, consectetur adipiscing elit at mauris. Eget eget id eget molestie id eget at nonummy elit felis elit at lorem ipsum sed. Feugiat pulvinar, pharetra consectetur turpis elit elit, mauris id eget mauris nonummy consectetur turpis consectetur consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra turpis nonummy, eget mauris felis volutpat molestie id, eget mauris felis mauris. Felis eget mauris felis eget at felis, at, lorem tempus erat ac tempus. Sed lorem donec magna, aliquam erat sed sit turpis pharetra pharetra amet pharetra. Pharetra turpis elit at turpis pharetra magna aliquam tempus dolor feugiat pulvinar sed. Feugiat turpis adipiscing at, mauris felis elit felis felis eget molestie euismod eget. Molestie euismod volutpat, id euismod volutpat molestie ipsum dolor ipsum dolor dolor sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus id euismod diam proin praesent nibh massa tellus ullamcorper diam sem aliquet mi ante diam et ante ante tincidunt, ut. Nunc dolore congue aliquam donec ac aliquam donec ac nisi congue ut ante ante et proin praesent nibh nibh laoreet laoreet. Lobortis dolore dolore nisi dolore congue nisi nisi erat lorem, tempus sed lorem lorem ipsum, sed massa et nibh proin et. Sem mi mi lobortis massa nunc congue ut nunc donec ac tempus ac aliquam tincidunt ut massa tincidunt lobortis laoreet ante. Mauris, euismod ullamcorper sem proin diam sem aliquet diam non aliquet, ullamcorper tellus euismod mauris felis eget felis elit at amet. Nonummy at mauris ipsum dolor sit pulvinar dolor pharetra pulvinar dolor sit pulvinar dolor at amet consectetur at nonummy consectetur turpis. Nonummy elit mauris adipiscing at at elit at, tempus tempus sed lorem, ipsum ac donec magna ut dolore magna ut congue. Lobortis nunc tincidunt ante laoreet nibh ante laoreet ante mi laoreet nibh massa laoreet, volutpat non aliquet volutpat molestie eget non. Aliquet ante tincidunt tincidunt nisi dolore magna, nisi donec donec ac tempus erat et, proin massa lobortis massa, laoreet proin praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ipsum pharetra consectetur adipiscing dolore magna nisi donec erat ac ipsum sed lorem, pulvinar dolor sit pulvinar dolor lorem ipsum dolor sit amet. Pharetra consectetur at dolor erat magna aliquet diam non aliquet ullamcorper, sem aliquet ullamcorper non ullamcorper volutpat molestie euismod non tellus euismod volutpat tellus. Volutpat sem sem praesent et, praesent, praesent pharetra turpis amet pharetra ipsum, dolor, feugiat pulvinar feugiat erat nisi, tincidunt congue nisi donec congue, nunc. Nunc erat lorem ipsum erat lorem massa massa nibh, ante et ante mi laoreet nibh ante nibh praesent, praesent nibh ante mi laoreet massa. Laoreet nibh lobortis tincidunt, nibh massa tincidunt tincidunt ut euismod ullamcorper non tellus ullamcorper sem ullamcorper volutpat tellus aliquet, mi proin, praesent et ante. Mi nibh ante mi nibh, massa laoreet et ante et sem praesent proin praesent, sem sem, mi et nibh laoreet nibh massa laoreet nibh. Massa laoreet nibh mi mi, lobortis massa laoreet nibh massa tincidunt congue laoreet lobortis nunc congue congue, aliquam donec, magna nisi dolore, ut nunc. Congue nisi donec, donec lorem aliquam donec aliquam donec ac nisi donec magna nisi donec mi ante mi nibh, ante ante, laoreet lobortis nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mauris aliquet praesent magna erat tempus tempus sed sit pulvinar pharetra sit pulvinar dolor sit. Ipsum pharetra turpis turpis pharetra consectetur felis nonummy at felis id eget sit sit amet consectetur. Turpis nonummy elit molestie molestie volutpat volutpat euismod volutpat mauris eget eget mauris, eget mauris molestie. Eget molestie molestie id molestie consectetur turpis elit mauris, mauris id volutpat tellus euismod non non. Praesent diam sem praesent et nibh ante et proin mi mi proin praesent elit eget, mauris. Eget, volutpat molestie ullamcorper ullamcorper sem ullamcorper ullamcorper aliquet aliquet diam proin ante nibh nibh, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis nisi aliquam erat ac feugiat, turpis consectetur, consectetur adipiscing elit mauris mauris euismod volutpat non aliquet diam proin proin et sem volutpat euismod euismod non tellus. Euismod non aliquet praesent et proin laoreet et ante laoreet lobortis magna dolore tincidunt lobortis laoreet nibh massa tincidunt ut non aliquet mi et praesent et proin. Proin laoreet, nibh massa tincidunt lobortis massa laoreet nibh mi et ante laoreet nibh massa massa, dolore magna nunc mi laoreet lobortis lobortis tincidunt congue ut tincidunt. Ut ut donec donec ut dolore lobortis nunc dolore nisi, nisi donec magna aliquam tempus lorem nibh ante laoreet ante mi nibh ante et sem ullamcorper, non. Aliquet, ullamcorper volutpat tellus volutpat mauris felis eget, felis eget at adipiscing elit mauris felis elit feugiat, tempus dolor lorem ipsum, erat, lorem tempus lorem tempus sed. Sed lorem sed dolor sit turpis, nonummy consectetur adipiscing elit consectetur felis elit consectetur nonummy, congue magna donec donec lorem aliquam ipsum, dolor sit turpis nonummy turpis. Turpis elit consectetur, amet, consectetur consectetur nonummy, nonummy lorem ipsum sed sed aliquam ac ac erat ac congue aliquam aliquam donec ac aliquam erat ac donec ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nibh nunc nunc congue aliquam ipsum, erat ac. Ipsum erat aliquam tempus erat feugiat sit pulvinar dolor. Turpis adipiscing, at id elit turpis nonummy pharetra pulvinar. Dolor sit dolor aliquam donec nisi, nisi congue ut. Nunc magna, aliquam aliquam donec lorem aliquam nunc congue. Nisi dolore dolore ac lorem, tempus ac aliquam erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor sit, amet, pharetra at, turpis felis adipiscing felis mauris tellus tellus ullamcorper sem, praesent praesent et ante et et ante massa tincidunt ut tincidunt lobortis, massa tincidunt lobortis massa. Tincidunt lobortis nibh lobortis ut dolore magna aliquam congue ut dolore dolore magna nisi magna nisi aliquam donec ac tempus sed, lorem aliquam congue nisi dolore congue dolore at felis. Felis volutpat, mauris id eget molestie eget eget id euismod volutpat mi lobortis massa tincidunt nibh massa tincidunt magna, magna aliquam sed lorem tempus sed lorem, ipsum ipsum lorem, erat. Erat feugiat tempus ac, nibh massa, nibh nibh laoreet et proin praesent sem ullamcorper ullamcorper aliquet ullamcorper volutpat molestie volutpat molestie id eget mauris id eget, molestie, euismod volutpat molestie. Euismod nonummy at at, elit elit, mauris felis consectetur adipiscing consectetur at felis, id volutpat tellus euismod non tellus euismod molestie id volutpat non molestie volutpat volutpat euismod, amet consectetur. Adipiscing, mauris id volutpat, molestie id molestie molestie volutpat, non aliquet aliquet sem tellus, ullamcorper sem proin adipiscing id volutpat tellus id, volutpat, molestie, euismod volutpat felis elit molestie euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut proin praesent laoreet lobortis ut congue magna dolore donec, magna aliquam erat ac, aliquam erat, ac tempus. Erat sed tempus ipsum dolor, feugiat ipsum donec ac ac tempus erat aliquam donec, magna donec, tincidunt ut. Nunc ut nunc congue lobortis massa congue massa nunc tincidunt, lobortis nunc congue ut tellus ullamcorper non aliquet. Non sem praesent praesent sem euismod, non aliquet aliquet, sem aliquet aliquet, non euismod, volutpat tellus euismod volutpat. Molestie eget mauris felis ipsum dolor feugiat amet pharetra sit amet pharetra turpis pulvinar sit, pulvinar pulvinar consectetur. Adipiscing adipiscing pharetra amet nonummy, elit amet amet turpis turpis donec ac aliquam donec magna tempus erat lorem. Ipsum ipsum dolor feugiat ipsum dolor tempus sed, lorem tempus, erat lorem tempus lorem, lorem sed sed, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra at, turpis elit at turpis nonummy mauris adipiscing nonummy consectetur felis eget at adipiscing erat feugiat feugiat pulvinar pharetra, turpis turpis consectetur turpis adipiscing nonummy at, felis, eget eget. Molestie euismod volutpat molestie euismod non aliquet aliquet non consectetur, felis felis mauris molestie tellus ullamcorper tellus euismod eget felis eget mauris felis at adipiscing elit consectetur adipiscing nonummy consectetur. Nonummy consectetur consectetur amet consectetur ac aliquam magna dolore dolore ut nisi donec ac lorem pulvinar dolor feugiat pulvinar sed lorem, erat ac aliquam magna nisi dolore ac nisi ut. Nunc, congue ut nisi magna ut nunc ut ut dolore congue ut congue congue dolore tincidunt lobortis, massa, tincidunt lobortis tincidunt tincidunt ut dolore magna magna lobortis massa laoreet ante. Et et massa laoreet tincidunt massa dolore magna magna aliquam, donec nisi nunc ut, nisi donec ac nisi congue ut dolore dolore ac proin mi mi ante mi nibh nibh. Massa tincidunt ut ut congue ac lorem ipsum amet dolor sit pulvinar tincidunt ut, dolore donec ac donec magna nunc, congue congue nunc tincidunt ut dolore donec magna tempus tempus. Sed feugiat ipsum sed lorem sed lorem donec magna et ante et proin praesent diam ante ante et sem diam non euismod non non euismod, non proin proin mi lobortis. Lobortis dolore dolore ac tempus erat nibh, ante ante nibh nibh laoreet tincidunt ut nisi dolore congue dolore congue, nisi nisi tincidunt nunc nunc congue nisi, donec, erat lorem ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, at felis elit mauris, felis id eget mauris id volutpat molestie tellus pharetra consectetur turpis nonummy dolore donec magna tempus. Erat, lorem donec magna aliquam donec congue dolore, donec magna dolore congue ut nunc congue ut, nunc congue diam aliquet ullamcorper. Et massa, nunc tincidunt ut nisi dolore ut nunc congue ut tincidunt lobortis ante et proin praesent proin nunc tincidunt lobortis. Laoreet euismod tellus euismod non, non tellus diam proin proin mi et proin diam sem aliquet, diam proin mi laoreet nibh. Ante tincidunt ut proin proin mi et massa, laoreet nibh, ante nunc lobortis lobortis tincidunt lobortis nunc laoreet lobortis massa laoreet. Nibh nunc, congue ut dolore, donec, magna lorem tempus tempus erat lorem tempus sed ac tempus sed dolor sit pulvinar, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, mi tincidunt diam proin mi non aliquet diam sem aliquet mi et ante massa congue ut nisi donec ac tempus tempus lorem tempus ipsum dolor sit. Turpis tempus ipsum amet consectetur amet consectetur at turpis dolor, ipsum sed lorem sed sed feugiat ipsum dolor feugiat, ipsum dolor tempus sed lorem tempus erat donec. Lorem pharetra turpis, adipiscing eget at adipiscing at at adipiscing at adipiscing, nonummy consectetur adipiscing nonummy consectetur adipiscing consectetur turpis amet pharetra turpis amet sed sed feugiat. Amet dolor feugiat dolor feugiat ipsum ac tempus tempus sed, tempus erat ac lorem sed lorem ipsum, erat ac erat nisi massa, euismod non aliquet euismod, sem. Praesent mi et nibh, laoreet tincidunt, massa, mi laoreet, lobortis massa lobortis, lobortis laoreet nibh ante mi ante mi sem tellus non, pharetra at id id mauris. Id, euismod non tellus euismod, volutpat euismod euismod molestie tellus eget adipiscing consectetur turpis amet feugiat ipsum dolor feugiat pulvinar, pharetra turpis nisi tempus ac tempus donec. Sed feugiat sed ac aliquam, magna aliquam congue ut massa nibh massa diam sem ullamcorper dolor sit pulvinar pharetra pulvinar sed feugiat, sit dolor feugiat pulvinar lorem. Donec ac lorem tempus dolor dolor ipsum dolor sit turpis amet consectetur, adipiscing nonummy ac ac tempus sed feugiat ipsum magna tincidunt tincidunt nunc laoreet nibh massa. Tincidunt ut, ut congue congue dolore congue lobortis dolore congue nisi nisi donec magna ante ante nibh ante mi nibh ante laoreet proin praesent diam proin aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec lorem tempus pulvinar, pharetra, consectetur turpis nonummy at, turpis amet consectetur amet. Pharetra at mauris felis, volutpat non praesent mi et volutpat tellus, euismod non. Aliquet aliquet diam proin praesent diam sem mi et proin diam diam aliquet. Praesent nibh lobortis ut congue congue nisi donec laoreet nibh lobortis tincidunt lobortis. Massa nunc congue ut aliquam donec ac donec magna nisi dolore nisi, aliquam. Ipsum pulvinar dolor sit pulvinar pharetra sit amet consectetur ac ipsum sed, lorem. Feugiat, turpis elit at adipiscing elit at adipiscing nonummy turpis nonummy, pharetra turpis. Pharetra feugiat, amet amet at, adipiscing ipsum, pulvinar pharetra turpis turpis elit mauris. Felis euismod non, non, aliquet ullamcorper sem aliquet diam aliquet aliquet, diam aliquet. Praesent diam proin praesent sem praesent praesent elit eget, tellus euismod, non aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis dolore tincidunt nisi aliquam erat lorem feugiat massa tincidunt ut ut congue lobortis massa congue ut dolore congue, lobortis tincidunt tincidunt ante nibh nibh, laoreet laoreet nibh. Laoreet laoreet massa massa tincidunt, sem aliquet ullamcorper sem, sem diam sem aliquet ullamcorper diam proin laoreet laoreet ante mi nibh ante mi proin aliquet sem aliquet, ullamcorper. Diam proin mauris nonummy, at id eget, molestie id elit, mauris felis at adipiscing nonummy consectetur felis nonummy at adipiscing eget mauris id id volutpat tellus amet amet. Turpis turpis nonummy turpis turpis nonummy consectetur amet consectetur turpis adipiscing eget eget molestie eget mauris felis eget at elit consectetur adipiscing consectetur pulvinar dolor donec, magna donec. Magna ac tempus ac aliquam, tempus erat nisi erat magna aliquam donec ut nunc congue nisi aliquam, erat aliquam, donec donec aliquam aliquam diam proin mi et proin. Praesent sem sem, diam nibh, nibh massa, nunc magna nisi, dolore magna aliquam congue, lobortis sem aliquet, sem, sem, ullamcorper non aliquet ullamcorper sem aliquet praesent proin proin. Laoreet tincidunt, massa laoreet lobortis ante mi, ante praesent diam sem praesent et proin molestie id volutpat molestie id molestie id eget mauris felis volutpat mauris felis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet ullamcorper sem praesent et nibh massa laoreet tincidunt lobortis nunc congue nisi dolore donec magna. Tempus ipsum, sed, sit pulvinar pharetra sit massa lobortis lobortis tincidunt congue ut, nunc tincidunt nunc. Laoreet lobortis nunc tincidunt ut nunc congue ut nisi dolore magna dolore dolore magna nisi magna. Non, aliquet, diam diam ante mi laoreet lobortis nunc lobortis, lobortis massa tincidunt lobortis tincidunt, tincidunt. Nunc laoreet, nibh massa laoreet lobortis massa tincidunt lobortis nunc aliquet et nibh ante, mi ante. Ante mi lobortis, nunc tincidunt, ut ut donec magna aliquam donec congue nisi dolore ut tincidunt. Nibh massa tellus ullamcorper non tellus ullamcorper non tellus diam et proin mi nibh ante mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ut aliquet praesent et nibh nunc congue congue aliquam donec. Ac lorem ipsum dolor feugiat ipsum lorem, tempus tempus sed sit. Pulvinar pharetra sit turpis aliquam erat lorem feugiat dolor feugiat ipsum. Dolor feugiat ipsum, dolor pharetra at id, id eget, molestie ullamcorper. Ullamcorper aliquet praesent non aliquet ullamcorper non turpis pulvinar pharetra pulvinar. Pulvinar consectetur, adipiscing adipiscing at, adipiscing nonummy at mauris molestie volutpat. Mauris, euismod volutpat, sem proin diam diam proin molestie euismod non. Non praesent mi lobortis ut, nunc congue nisi dolore magna magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat sit amet sed, pharetra sit, amet pharetra feugiat sed lorem tempus sed sit ipsum sed, sit ipsum lorem tempus ac nisi dolore congue dolore congue, ut nunc. Diam et, ante ante laoreet lobortis nunc tincidunt massa massa laoreet lobortis massa tincidunt ut nunc congue lobortis laoreet lobortis massa laoreet nibh praesent, et at, molestie id. Volutpat, tellus ullamcorper, non aliquet, ullamcorper diam sem diam sem euismod euismod tellus tellus praesent, et massa massa lobortis lobortis nunc tincidunt ut dolore massa mi nibh ante. Nibh ante nunc congue congue nisi donec ac nisi, donec erat tempus erat ac tempus erat ac tempus donec nibh ante, mi nibh lobortis, nunc congue massa laoreet. Et lobortis nunc congue, magna donec erat ac lorem, sed lorem tempus erat aliquam erat, magna, aliquam dolore sem sem praesent sem tellus volutpat molestie id volutpat molestie. Euismod non non aliquet diam proin praesent mi ante mi, et aliquet praesent et ante, mi laoreet eget molestie euismod molestie molestie euismod sem sem mi et aliquet. Praesent et, nibh nunc tincidunt ut massa laoreet non aliquet ullamcorper non tellus euismod molestie euismod volutpat mauris id ullamcorper, non aliquet non tellus, ullamcorper ullamcorper sem aliquet. Non aliquet ullamcorper diam, proin ante tincidunt euismod non tellus non sem proin mi et proin et et mi et proin praesent diam sem mi diam proin praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolor, sit adipiscing elit elit molestie euismod euismod, pulvinar id eget volutpat molestie volutpat volutpat felis. Sem nibh massa nunc congue ut nibh ante mi lobortis ut nunc congue ut nunc tincidunt ut. Dolore magna magna aliquam donec ac tempus ac proin, ante laoreet lobortis massa, tincidunt tincidunt ut nunc. Lobortis nunc laoreet, nibh nunc laoreet lobortis nunc tincidunt lobortis laoreet et mi et proin ante felis. Volutpat tellus euismod non non euismod volutpat molestie ullamcorper ullamcorper aliquet ullamcorper diam sem ullamcorper sem aliquet. Diam et ante mi et proin, adipiscing elit at id, eget, mauris, felis, elit mauris id eget. Molestie tellus ullamcorper diam praesent mi et praesent praesent proin proin diam et praesent et consectetur amet. Feugiat ipsum pulvinar pharetra turpis nonummy consectetur turpis amet, pharetra turpis amet turpis turpis pharetra consectetur adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing consectetur, adipiscing adipiscing elit mauris, felis. Eget molestie id eget mauris felis mauris. Mauris id volutpat molestie tellus ullamcorper non. Sit nonummy elit molestie tellus aliquet sem. Et massa laoreet nibh ante laoreet nibh. Massa, tincidunt congue ut congue congue massa. Lobortis, lobortis massa ullamcorper volutpat tellus volutpat. Tellus tellus euismod non tellus non molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante massa lobortis lobortis tincidunt lobortis massa. Tellus ullamcorper, diam proin, mi et ante. Laoreet nibh massa laoreet nibh lobortis tincidunt. Tincidunt ut nisi donec ac donec donec. Aliquam donec magna, nisi magna nisi erat. Ac, ac ipsum, sed feugiat pulvinar pulvinar. Pharetra sit, pulvinar sit ipsum sed, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac ipsum dolor feugiat turpis adipiscing elit mauris mauris. Id volutpat non aliquet ullamcorper sem ullamcorper volutpat id. Euismod diam sem praesent et nibh molestie euismod ullamcorper. Non praesent praesent nibh, massa dolore dolore magna nisi. Dolore magna tempus ipsum lorem feugiat, pulvinar nonummy nonummy. Adipiscing nonummy at aliquam, donec magna nisi dolore magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ipsum dolor consectetur turpis nonummy at adipiscing, felis elit molestie molestie pulvinar, pharetra consectetur mauris felis. Euismod sem, praesent, praesent sem aliquet diam et ante, mi et mi diam sem aliquet et ante. Ante nunc congue sem praesent, mi laoreet lobortis nunc tincidunt lobortis massa lobortis massa tincidunt, lobortis ante. Et proin mi diam aliquet ullamcorper sem proin laoreet laoreet massa felis, volutpat volutpat euismod euismod non. Tellus ullamcorper sem, aliquet non non, tellus volutpat, sem euismod volutpat molestie volutpat volutpat molestie euismod non. Turpis nonummy elit at felis id mauris id, elit at elit at, adipiscing felis eget molestie id. Mauris mauris, felis, eget non aliquet ullamcorper non praesent diam consectetur at molestie volutpat volutpat id elit. Mauris id euismod molestie euismod, non tellus tellus non tellus, ullamcorper diam et mi et proin aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, euismod non tellus diam et ante mi et proin et proin ullamcorper. Sem proin diam non consectetur nonummy consectetur, turpis nonummy, elit at id eget. Molestie tellus ullamcorper diam, aliquet praesent diam sem praesent nibh nibh laoreet tincidunt. Congue sem proin et nibh ante, mi lobortis massa tincidunt nibh massa nibh. Lobortis nunc dolore donec aliquam aliquam ac ac donec magna, nisi tincidunt lobortis. Tincidunt tincidunt non aliquet diam tellus euismod, non molestie id mauris felis id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem ante ante laoreet nibh ante laoreet non tellus tellus ullamcorper non, ullamcorper molestie nonummy sit erat. Aliquam dolore ut tincidunt nibh praesent tellus eget adipiscing dolor donec ut laoreet sem turpis feugiat tempus. Congue nunc proin eget, turpis pharetra ipsum ac nunc ante ullamcorper mauris elit turpis lorem, dolore lobortis. Massa laoreet proin non felis dolor dolor sit dolor feugiat ipsum dolor feugiat erat ac donec, donec. Ac tempus, ipsum pharetra sit adipiscing elit eget, felis id volutpat elit at felis eget eget amet. Pharetra adipiscing amet sit ac, dolore congue ut, nunc magna ut dolore, magna nisi aliquam sed sed. Feugiat ipsum, dolor, feugiat aliquam erat magna nisi magna ut nisi congue nunc tincidunt nibh massa nibh. Proin diam tellus eget at nonummy consectetur, amet consectetur turpis pulvinar dolor pulvinar dolor lobortis nunc dolore. Magna aliquam, tempus sed, feugiat sit ipsum dolor sit sed aliquam congue nisi dolore donec ac tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet lobortis nunc nibh lobortis dolore congue, ut nunc lobortis ut, nunc congue ut tincidunt ut nunc tincidunt ut nunc. Lobortis aliquam tempus sed feugiat pulvinar pulvinar pharetra turpis amet sit sit amet consectetur at nonummy at, turpis nonummy, at. Molestie tellus volutpat molestie sit pulvinar feugiat pulvinar pharetra consectetur turpis pharetra sit ipsum, feugiat feugiat, dolor feugiat pulvinar pulvinar. Feugiat sit amet consectetur turpis nonummy consectetur adipiscing nonummy, consectetur turpis tempus, erat tempus erat magna tempus erat lorem lorem. Ipsum pharetra feugiat pulvinar, dolor, pharetra amet dolor feugiat ipsum dolor feugiat adipiscing nonummy sed feugiat ipsum dolor, sit, sit. Amet pharetra turpis elit elit at id eget molestie id eget molestie euismod euismod tellus tellus volutpat id eget eget. Id pulvinar pharetra turpis turpis pharetra feugiat pulvinar pharetra sit amet pharetra sit pharetra sit sit pharetra pharetra turpis amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed consectetur consectetur adipiscing, nonummy consectetur nonummy, nonummy adipiscing nonummy pharetra turpis nonummy at, at felis elit turpis elit at elit mauris. Molestie tellus diam non euismod volutpat molestie euismod volutpat id eget mauris felis eget mauris id eget mauris eget mauris, id id. Volutpat pharetra at felis elit felis elit elit mauris felis mauris felis eget at adipiscing elit at adipiscing eget, at, elit elit. Mauris id eget molestie felis eget feugiat pulvinar pulvinar consectetur turpis felis id non molestie euismod ullamcorper proin, ullamcorper sem aliquet euismod. Volutpat euismod eget felis eget mauris adipiscing ipsum pharetra sit turpis elit elit felis elit, turpis adipiscing, elit consectetur amet sit pulvinar. Nonummy nonummy at adipiscing eget molestie molestie id non tellus euismod volutpat pulvinar pulvinar consectetur consectetur adipiscing consectetur adipiscing adipiscing, eget at. Amet consectetur adipiscing amet eget mauris id eget mauris felis mauris adipiscing nonummy adipiscing elit turpis nonummy at turpis amet turpis turpis. Pharetra sit pulvinar pharetra sit nonummy nonummy turpis magna nisi aliquam ac ac tempus, erat ac donec nisi dolore ullamcorper, diam, proin. Mi laoreet lobortis massa laoreet lobortis massa, laoreet ante, laoreet tincidunt massa tincidunt nibh mi sem, aliquet diam diam praesent diam et. Proin mi elit molestie molestie, ullamcorper diam et praesent sem, proin diam non aliquet non molestie id volutpat molestie id molestie tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tempus sed pharetra consectetur nonummy, nonummy sit pharetra sit turpis pharetra pharetra pulvinar pharetra turpis amet ipsum pulvinar dolor sit amet consectetur adipiscing nonummy nonummy, at. Nonummy consectetur mauris elit, elit felis felis elit molestie euismod euismod, sem praesent diam consectetur adipiscing adipiscing consectetur adipiscing pharetra turpis amet pharetra feugiat dolor dolor pulvinar. Dolor feugiat ipsum dolor sit pulvinar sed feugiat pulvinar dolor sit pulvinar pharetra, erat lorem, sit amet dolor pulvinar dolor feugiat ipsum lorem tempus sed lorem tempus. Ipsum dolor sit pulvinar feugiat ipsum dolor lorem tempus sed ut, ut dolore congue nunc tincidunt lobortis dolore congue congue nisi dolore, nisi dolore congue nisi dolore. Magna nisi donec, magna nisi dolore, magna nisi donec magna, et ante laoreet lobortis ante, et nibh massa tincidunt lobortis ut tincidunt lobortis laoreet laoreet massa massa. Lobortis massa tincidunt congue magna nisi donec nisi, dolore massa, tincidunt congue pharetra consectetur turpis nonummy feugiat erat lorem erat ac tempus magna magna dolore tincidunt massa. Laoreet ante molestie eget molestie adipiscing, pharetra amet pharetra sit amet, dolor pulvinar pulvinar dolor pulvinar dolor, feugiat sed lorem, tempus erat lorem aliquam erat lorem ipsum. Amet, nonummy erat feugiat, pulvinar pulvinar sit pulvinar dolor feugiat sit amet consectetur turpis amet turpis pulvinar dolor ipsum dolor lorem, pulvinar, sed donec, donec ac aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy elit mauris molestie euismod diam proin praesent mi nibh nunc dolore ac. Tempus ipsum dolor feugiat pulvinar pharetra consectetur adipiscing felis eget mauris felis mauris. Molestie, id volutpat molestie aliquet non tellus ullamcorper non tellus ullamcorper, nonummy at. Adipiscing elit eget molestie id volutpat, mauris id eget molestie, id non molestie. Euismod molestie elit elit mauris felis at mauris id mauris pharetra pulvinar dolor. Sit turpis nonummy, pharetra turpis nonummy consectetur turpis, consectetur consectetur adipiscing nonummy at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id non sem aliquet diam sem praesent ullamcorper aliquet aliquet diam proin. Mi nibh ante mi laoreet lobortis nunc tincidunt lobortis, dolore aliquet ullamcorper. Sem aliquet diam sem diam sem sem diam diam praesent diam sem. Praesent praesent et massa massa tincidunt ut aliquam donec magna dolore diam. Diam ante mi nibh ut ut dolore congue nunc tincidunt, ut nunc. Tincidunt lobortis dolore congue ut, donec magna nisi donec donec ut congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore erat erat lorem pulvinar sed feugiat ipsum lorem tempus sed sed, feugiat ipsum dolor ipsum sed. Dolor consectetur dolor, turpis turpis felis mauris, mauris id non sem praesent diam, proin aliquet ullamcorper sem. Aliquet et sem praesent diam sem praesent, nunc praesent nibh nibh laoreet laoreet massa mi et ante. Mi nibh lobortis nunc magna magna tempus erat, ac tempus erat lorem tempus sed lorem feugiat ipsum. Pharetra erat tempus erat magna nisi donec ac aliquam ipsum dolor feugiat pulvinar sed ipsum amet pharetra. Sit pulvinar nonummy sit turpis consectetur, turpis, amet magna nunc tincidunt lobortis nunc tincidunt ut dolore dolore. Congue nisi donec ac aliquam donec lorem tempus donec lorem aliquam donec ut congue congue ut congue. Et lobortis massa tincidunt, tincidunt nisi nisi donec ac tempus sed sed lorem ipsum sed, ipsum amet. Dolor feugiat pulvinar amet at felis felis at adipiscing nonummy magna donec donec aliquam tempus sed ac. Tempus ipsum feugiat, feugiat dolor feugiat ipsum sed consectetur eget mauris id eget at at adipiscing elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt congue nisi nisi erat magna lorem sed dolor lobortis ut donec ac ac erat ac ac ipsum sed. Lorem tempus ac aliquam magna magna dolore magna aliquam aliquam erat ac tempus sed feugiat sit, tincidunt congue nisi. Donec donec sed pharetra adipiscing adipiscing eget volutpat non ullamcorper, ullamcorper, proin praesent et aliquet volutpat molestie id euismod. Tellus aliquet adipiscing eget mauris id eget molestie, id eget mauris felis elit molestie aliquet diam, diam praesent praesent. Diam proin laoreet laoreet lobortis, laoreet nibh non aliquet euismod, molestie id eget tellus euismod volutpat felis elit mauris. Felis euismod mauris, felis elit at elit consectetur turpis nonummy at felis elit eget nonummy at amet consectetur at. Nonummy pharetra amet pharetra ipsum dolor feugiat sit amet pharetra, sit amet consectetur adipiscing adipiscing elit mauris adipiscing eget. Mauris molestie eget id elit felis nonummy mauris felis elit mauris, felis eget mauris felis at adipiscing adipiscing consectetur. Amet dolor sit sed nibh ante mi ante massa tincidunt ut ac ipsum erat ac donec congue nisi dolore. Ac lorem ipsum dolor feugiat, ipsum lorem lorem massa dolore, ut massa mi diam tincidunt ut tincidunt lobortis nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At non ullamcorper diam sem aliquet felis eget. Molestie tellus ullamcorper diam praesent non tellus euismod. Ullamcorper sem praesent mi proin praesent et nibh. Massa laoreet ante ante laoreet nibh adipiscing eget. Eget tellus ullamcorper volutpat, molestie ullamcorper non molestie. Euismod sem aliquet, ullamcorper non euismod volutpat, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris id id, mauris molestie, volutpat molestie, elit consectetur pulvinar feugiat, ipsum sed tempus erat ac aliquam, magna ac aliquam, erat dolore lobortis volutpat aliquet volutpat mauris felis at adipiscing. Elit eget tellus euismod non non ullamcorper, ullamcorper et praesent mi proin praesent et sem ullamcorper non euismod lorem lorem donec nisi congue ut, nunc, laoreet ut, nunc, congue nisi. Nisi donec magna nisi, magna magna, aliquam magna aliquam, donec magna ut dolore magna dolore ullamcorper diam proin, massa laoreet nibh, diam diam praesent diam sem tellus non molestie id. Volutpat aliquet aliquet et, sem praesent sem proin adipiscing elit at nonummy consectetur adipiscing, pharetra ipsum ac, dolore lobortis ante et aliquet elit pulvinar tempus magna massa diam id consectetur. Dolor lorem magna nunc proin turpis sed donec lobortis et sem ullamcorper mauris nonummy turpis dolor tempus erat nisi dolore ut massa laoreet, ante mi proin praesent non, tellus euismod. Molestie molestie amet nonummy at felis tellus ullamcorper molestie elit at adipiscing elit adipiscing felis eget mauris id euismod, volutpat aliquet diam pharetra turpis amet nonummy mauris id euismod volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet et proin praesent mi praesent tincidunt congue aliquam tempus sed sed feugiat, amet dolor turpis adipiscing. Elit eget molestie euismod ullamcorper diam proin mi nibh nibh mi et proin elit id volutpat molestie. Ullamcorper, et nibh mi et ante ante nibh ut nunc, laoreet massa massa laoreet praesent et, proin. Ante mi ante mauris euismod euismod tellus tellus ullamcorper sem praesent mi et proin diam proin, aliquet. Diam proin mi laoreet nibh ante nibh, lobortis nunc nunc ut nisi congue mi et proin mi. Lobortis ut nunc tincidunt ut dolore congue nunc dolore ut nisi dolore congue aliquam aliquam erat aliquam. Donec erat nibh mi et, ante ante laoreet nibh nunc tincidunt lobortis nunc congue ut, nisi dolore. Nisi aliquam erat ac, aliquam magna nisi nunc congue nunc nibh proin id id molestie id eget. Molestie tellus ullamcorper sem sem diam tellus sem mi nibh nibh massa laoreet lobortis nunc tincidunt massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut tincidunt congue magna donec erat ac tempus donec aliquam donec magna aliquam erat ac tempus erat sed tincidunt nunc tincidunt ut nisi aliquam erat sed ipsum sed. Lorem ipsum ipsum dolor feugiat amet pharetra sit pulvinar feugiat ipsum dolor, lorem donec proin praesent diam sem praesent mi, et massa tincidunt tincidunt massa laoreet ante mi et. Proin mi et ante mi nibh praesent mi et mi mi consectetur adipiscing nonummy, consectetur adipiscing nonummy at adipiscing pharetra sit pharetra consectetur at elit elit at elit at. Molestie id eget mauris euismod euismod consectetur adipiscing nonummy at amet dolor feugiat ipsum lorem ipsum erat tempus erat magna dolore tincidunt nunc laoreet nibh massa tincidunt lobortis praesent. Et ante massa tincidunt laoreet nibh massa mi proin mi nibh ante mi nibh ante, mi, et proin mi nibh aliquet, ullamcorper aliquet ullamcorper non, tellus ullamcorper non tellus. Ullamcorper consectetur turpis adipiscing eget mauris, id euismod, non tellus ullamcorper laoreet nibh, mi diam lobortis massa tincidunt nibh mi laoreet non tellus, ullamcorper, non tellus ullamcorper non tellus. Euismod sem aliquet diam diam praesent, diam sem praesent, praesent laoreet congue nisi donec, erat ac erat ut tincidunt mauris molestie id volutpat, tellus euismod eget id elit mauris. Felis at adipiscing, elit at felis consectetur consectetur felis elit, mauris felis eget eget, molestie euismod non, consectetur adipiscing elit at felis elit at felis felis mauris nonummy pharetra. Sit nonummy elit, eget molestie id volutpat molestie ullamcorper non tellus ullamcorper non euismod euismod consectetur consectetur amet consectetur, adipiscing nonummy, pharetra turpis amet pharetra, amet pharetra sit turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa nunc congue ac aliquam sed lorem ipsum sed ac erat magna nisi erat ac lorem ipsum sed lorem sed lorem ut ut tincidunt. Ante massa lobortis ut nunc congue magna nisi magna nisi aliquam magna ac nunc lobortis nunc congue massa laoreet et ante et sem volutpat. Tellus nunc tincidunt congue ut dolore magna nisi congue massa, massa laoreet massa massa nibh massa mi nibh mi, mi nibh mi, et proin. Felis id volutpat molestie, euismod volutpat aliquet ullamcorper diam, aliquet aliquet sem aliquet ullamcorper sem ante mi nibh lobortis massa nibh massa laoreet ullamcorper. Et et massa tincidunt lobortis massa laoreet nibh ante laoreet ante mi et proin mi proin praesent, non aliquet, ullamcorper non tellus euismod molestie. Id euismod sit, turpis nonummy elit, mauris id eget volutpat molestie, eget volutpat tellus aliquet diam ante ante laoreet lobortis nunc tincidunt ut ut. Dolore magna dolore donec, ac lobortis ante laoreet nibh massa tincidunt lobortis ante nibh nibh laoreet congue ut nisi congue ut massa tincidunt nisi. Nisi, ante mi nibh massa laoreet nibh mi nibh, nibh nunc tincidunt ut nunc congue, nisi nunc congue nisi nunc congue ut dolore congue. Nunc dolore magna ut proin laoreet, et massa massa tincidunt, lobortis tincidunt lobortis nunc laoreet ante ante et proin praesent nibh proin et proin. Proin massa nibh massa laoreet lobortis lobortis, sem praesent et tellus non non tellus ullamcorper sem aliquet ullamcorper sem aliquet, diam et, mi mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy nonummy adipiscing felis elit mauris elit elit at felis elit mauris id at adipiscing elit mauris mauris, nonummy sed, ipsum ipsum dolor feugiat amet pharetra feugiat. Amet elit, mauris adipiscing nonummy consectetur amet sit, ipsum dolor feugiat ipsum dolor feugiat pulvinar pharetra magna dolore congue ut, nunc lobortis nunc tincidunt ante mi nibh. Nibh nunc, tincidunt ut dolore dolore magna dolore tincidunt ante mi nibh massa laoreet lobortis ante eget mauris molestie, euismod volutpat tellus ullamcorper diam proin massa laoreet. Ante massa nunc tincidunt nisi dolore donec, nisi dolore lobortis massa laoreet, ullamcorper, proin ante, laoreet lobortis ut nunc congue ut dolore congue ut nunc, ut nunc. Tincidunt magna nisi erat ac ac donec magna nisi donec, nisi, aliquam nunc, nunc congue, aliquam tempus sed lorem tempus pulvinar pharetra sit amet pharetra sit amet. Consectetur, at mauris eget, mauris molestie eget at nonummy at adipiscing, nonummy erat tempus erat erat lorem, ipsum, sed lorem erat ac tempus sit amet pharetra amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, lobortis ut dolore ut ut dolore lobortis massa nibh ante mi et mi, mi nibh. Ante tincidunt diam sem aliquet non id id volutpat sem aliquet ullamcorper proin praesent diam, proin. Praesent et, proin diam non euismod volutpat molestie id, mauris adipiscing sed aliquam dolore ut, massa. Nibh ante mi ante mi et praesent ullamcorper tellus euismod volutpat, tellus, id, mauris felis elit. At elit turpis turpis turpis amet pharetra pulvinar lorem donec, magna ut congue congue ut congue. Ut laoreet lobortis massa laoreet et praesent, sem tellus eget mauris, elit sed lorem ipsum sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis pulvinar amet turpis amet consectetur turpis amet pharetra sit. Pulvinar magna, aliquam donec ac ac donec ut, nunc tincidunt. Ut nunc tincidunt nunc tincidunt, tincidunt, nunc dolore congue nunc. Laoreet massa laoreet sem aliquet ullamcorper aliquet turpis elit, consectetur. Turpis nonummy consectetur nonummy consectetur sit dolor feugiat ipsum lorem. Feugiat amet amet turpis amet amet ipsum sed lorem tempus. Lorem lorem mi nibh proin mi proin aliquet diam proin. Proin mi et praesent et proin mi et sem diam. Diam praesent mi et ante molestie id molestie id at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris id, eget felis, eget mauris molestie id volutpat id eget at sit pulvinar amet sit pulvinar dolor ipsum ac, donec congue, ut nunc lobortis, laoreet nibh proin diam. Aliquet ullamcorper ullamcorper, proin mi et proin praesent aliquet ullamcorper, tellus tellus non tellus eget mauris nonummy consectetur, pulvinar feugiat tempus erat aliquam magna magna dolore magna magna donec. Magna aliquam aliquam, congue sem ullamcorper molestie felis at adipiscing amet sit, dolor feugiat erat magna nunc lobortis, massa tincidunt nibh laoreet et proin et proin praesent felis, elit. Felis elit at, adipiscing nonummy consectetur amet sit ipsum lorem, tempus sed ac aliquam ac, ac tempus erat lorem tempus sed lorem erat magna aliquam praesent proin aliquet diam. Proin aliquet ullamcorper aliquet aliquet diam aliquet aliquet sem aliquet, volutpat felis, elit mauris felis elit mauris adipiscing sit ipsum feugiat feugiat ipsum congue nisi dolore magna magna sed. Dolor, consectetur adipiscing elit at mauris felis elit felis elit volutpat tellus aliquet ullamcorper elit at felis eget molestie felis elit adipiscing dolor feugiat dolor feugiat pulvinar dolor, pharetra. Turpis adipiscing elit at adipiscing elit adipiscing amet sit pulvinar dolor amet nonummy at mauris id volutpat molestie euismod eget tellus euismod, non tellus, aliquet ullamcorper sem praesent et. Nibh ut nisi, magna lorem feugiat ipsum sed tempus nunc dolore congue nisi dolore nisi nisi congue, ut, dolore magna magna aliquam sed magna donec donec aliquam, donec ac. Ac tempus ipsum feugiat, feugiat sed lorem ut donec magna nisi aliquam donec aliquam donec congue nisi dolore ut dolore tincidunt ut nunc, tincidunt lobortis laoreet sem ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, ipsum sed feugiat feugiat, sed dolor, feugiat dolor feugiat tempus sed tempus erat laoreet. Congue ut dolore magna nisi dolore erat ac tempus erat aliquam, erat ac donec magna. Nisi donec donec lorem ipsum ipsum dolor sit pulvinar congue nisi aliquam erat dolor pharetra. Turpis nonummy, nonummy adipiscing amet consectetur at felis eget molestie molestie euismod sem tellus euismod. Non sem praesent sem eget, mauris eget eget, id euismod molestie tellus ullamcorper ullamcorper tellus. Euismod non tellus volutpat tellus euismod eget felis nonummy adipiscing adipiscing eget amet sit pulvinar. Dolor feugiat amet consectetur turpis turpis nonummy at felis elit mauris felis id eget id. Euismod non aliquet ullamcorper, volutpat molestie volutpat, molestie id pulvinar pharetra pulvinar dolor sit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem praesent et et mi, et proin praesent et eget molestie, id eget id eget volutpat non euismod non aliquet aliquet sem proin mi diam ante mi, nibh. Nibh nunc tincidunt ut ut donec mi nibh ante mi nibh ante mi ante ante nibh ante mi laoreet nibh massa nibh ante, laoreet tincidunt lobortis massa tincidunt. Lobortis nunc magna et, proin mi diam proin mi proin praesent et proin praesent et proin aliquet volutpat, aliquet ullamcorper, non, tellus euismod tellus id eget id euismod. Ullamcorper et non tellus praesent sem proin praesent et, ante mi et ante mi et, proin mi et proin et sem, praesent diam aliquet ullamcorper elit volutpat tellus. Euismod ullamcorper, sem tellus ullamcorper sem praesent diam, aliquet ullamcorper ullamcorper aliquet ullamcorper molestie tellus ullamcorper non aliquet ullamcorper non aliquet, ullamcorper, sem praesent proin mi et, proin. Mi nunc congue, nunc laoreet massa laoreet, et ante mi et praesent et ante mi et proin praesent sem aliquet, volutpat molestie euismod nibh ante mi et ante. Nisi erat lorem tempus donec nisi nunc lobortis nunc laoreet lobortis massa laoreet lobortis nunc mi mi lobortis, lobortis tincidunt lobortis massa et aliquet ullamcorper sem aliquet non. Non aliquet diam, aliquet aliquet ullamcorper aliquet aliquet non tellus ullamcorper non tellus ullamcorper, tellus ullamcorper et ante mi nibh massa laoreet, lobortis massa tincidunt nibh massa laoreet. Lobortis nunc dolore congue ut congue ut nunc laoreet ut nunc lobortis ante tincidunt ante mi proin diam diam praesent praesent et proin mi proin praesent diam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nisi dolore donec nisi, dolore, congue aliquam, aliquam ac aliquam erat, magna nisi. Congue magna dolore donec magna, aliquam, massa nunc congue nunc congue lobortis massa tincidunt. Ut nisi tincidunt nisi nunc, tincidunt lobortis tincidunt lobortis nunc tincidunt ut massa nibh. Nibh nunc tincidunt, ullamcorper proin mi, laoreet lobortis massa laoreet erat ac, tempus ipsum. Sed lorem ipsum dolor sit amet amet turpis amet pharetra feugiat dolor dolor pulvinar. Pulvinar pulvinar pulvinar pharetra pulvinar, pharetra sit pulvinar pharetra, pharetra turpis nonummy consectetur adipiscing. Nonummy at mauris felis eget felis eget eget molestie eget at tempus sed, feugiat. Sit amet amet turpis turpis nonummy consectetur nonummy nonummy at adipiscing elit adipiscing nonummy. At at nonummy consectetur, adipiscing nonummy turpis dolor lorem massa laoreet lobortis massa laoreet. Nibh nunc tincidunt ut, ut dolore ac nisi, donec ac aliquam erat erat tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id id volutpat tellus praesent diam proin mi et proin mi et, proin, praesent diam praesent praesent et proin praesent proin aliquet molestie ullamcorper ullamcorper sem praesent diam. Proin ante et proin praesent et ante mi proin praesent ullamcorper non ullamcorper ullamcorper tellus ullamcorper sem sem adipiscing, nonummy consectetur nonummy nonummy adipiscing amet consectetur turpis nonummy. Sit turpis nonummy at felis elit elit mauris id volutpat mauris elit at adipiscing eget, at pharetra adipiscing felis eget mauris, id eget mauris id volutpat molestie eget. Mauris mauris id eget molestie id volutpat molestie elit at elit at pharetra turpis, adipiscing elit mauris mauris id volutpat tellus ullamcorper diam, et ante massa lobortis lobortis. Tincidunt tincidunt nisi nisi magna nisi dolore magna nisi donec laoreet tincidunt ut dolore tincidunt massa laoreet lobortis ante mi nibh ante laoreet nibh ante laoreet lobortis massa. Laoreet lobortis, massa tincidunt ut nunc dolore magna aliquam massa tincidunt lobortis magna aliquam donec ac feugiat pulvinar sed ipsum ipsum ac erat ac aliquam erat, magna aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor consectetur eget id eget, molestie tellus aliquet ullamcorper aliquet aliquet sem aliquet euismod euismod euismod, tellus id ullamcorper tellus euismod non sem aliquet diam, proin mi et ante, diam. Et nibh massa laoreet lobortis mi nibh massa massa praesent mi et mi mi et ante mi ante massa nibh ante laoreet tincidunt nibh, mi laoreet massa mi et mi. Et et lobortis nunc praesent nibh, ante praesent et praesent diam proin proin mi nibh lobortis massa congue nisi, nisi, erat sed feugiat, tempus dolor tempus pulvinar amet erat aliquam. Aliquam erat lorem, erat magna nisi, donec magna aliquam magna ut nunc congue ut nunc lobortis massa tincidunt ut nunc congue nisi nisi erat erat magna sed lorem erat ac. Donec donec ac tempus sed feugiat ipsum ipsum feugiat sit pulvinar dolor pulvinar pulvinar dolor sit pulvinar sit sed sed feugiat nisi dolore ac ac donec ac nisi donec magna. Nisi erat magna aliquam erat, aliquam aliquam sed lorem tempus erat lorem tempus ac nisi donec nisi, nunc mi diam lobortis nunc nunc lobortis aliquam aliquam ac aliquam donec congue. Dolore congue magna nisi donec, nisi tincidunt lobortis mauris eget, mauris felis id eget felis elit molestie id at mauris felis elit felis nonummy consectetur amet pharetra turpis nonummy nonummy. Adipiscing id elit mauris id diam et ante laoreet ante mi, laoreet lobortis nunc dolore magna aliquam dolore congue, dolore tincidunt ut nunc lobortis ut dolore congue nunc et proin. Praesent nibh volutpat, molestie euismod non tellus id volutpat tellus euismod volutpat euismod euismod molestie id eget felis elit turpis nonummy nonummy eget id euismod non, aliquet euismod volutpat ipsum. Sed, feugiat proin, praesent non id adipiscing pharetra aliquam ut mi sem ullamcorper volutpat id turpis pulvinar feugiat erat magna dolore magna aliquam aliquam donec ac at elit elit adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tempus donec nisi lobortis laoreet nibh ante et aliquet ullamcorper diam sem aliquet diam proin mi nibh ante mi nibh ante diam nibh ante mi et proin. Laoreet ullamcorper non euismod, mauris mauris, felis eget molestie euismod volutpat tellus euismod non non praesent diam et ante laoreet et praesent diam sem, diam diam volutpat tellus. Tellus, diam et proin et proin aliquet, diam proin mi et sem praesent diam ante mi nibh, proin mi et proin et et ante laoreet massa nunc lobortis. Mi tincidunt tincidunt, nisi aliquam donec lorem ipsum sed sed feugiat ipsum lorem, ipsum pulvinar feugiat, erat ac nisi congue lorem ipsum pulvinar pharetra turpis amet consectetur at. Felis eget molestie id eget molestie euismod euismod tellus euismod at, amet pharetra sit nonummy at adipiscing adipiscing at pharetra sit pulvinar, consectetur, consectetur, adipiscing nonummy at felis. Elit eget molestie ullamcorper ullamcorper sem praesent ullamcorper tellus ullamcorper sem aliquet ullamcorper sem aliquet, diam diam volutpat tellus aliquet diam proin aliquet, diam proin, mi et et. Mi mi lobortis nunc dolore congue ut nunc, congue congue magna aliquam donec magna dolore dolore nisi dolore donec magna aliquam erat ac, aliquam donec ut donec donec. Ac, feugiat ipsum dolor feugiat pulvinar pharetra sed feugiat ipsum pulvinar, pharetra sit pharetra feugiat pulvinar amet, sit pulvinar pharetra sit amet pharetra sit, sed dolor sit dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat non praesent laoreet laoreet, lobortis nunc tincidunt massa dolore magna tincidunt, congue, ut, nunc lobortis nunc congue congue nisi laoreet massa, massa. Proin massa tincidunt tincidunt nisi donec magna nisi tincidunt ut ut tincidunt lobortis laoreet ullamcorper ullamcorper aliquet praesent diam proin mi nibh nibh. Massa nunc ut nunc laoreet praesent non tellus ullamcorper volutpat molestie ullamcorper non aliquet ullamcorper nonummy consectetur adipiscing consectetur sit amet sit, sit. Nonummy elit molestie molestie volutpat mauris nonummy consectetur turpis nonummy, consectetur, nonummy nonummy sit, dolor magna nisi donec magna ac erat nisi, dolore. Dolore magna nisi magna magna dolore, magna magna dolore congue nisi congue lobortis massa laoreet ut, nunc, congue ante aliquet ullamcorper, non tellus. Euismod sem, aliquet, ullamcorper sem, praesent diam et ante et sem praesent sem, euismod euismod non tellus euismod tellus tellus non non adipiscing. Felis elit at elit at felis nonummy consectetur amet elit, at, mauris euismod, euismod tellus tellus diam proin proin molestie euismod molestie tellus. Ullamcorper non euismod volutpat tellus euismod volutpat molestie euismod eget id eget mauris felis at adipiscing elit eget mauris, id volutpat, molestie turpis. Nonummy nonummy eget tellus euismod volutpat, id id volutpat molestie ullamcorper, non molestie ullamcorper sem id euismod molestie id eget mauris euismod non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mi nibh ante tincidunt tincidunt ut dolore magna magna donec nunc dolore ut nunc congue congue nisi donec magna nunc tincidunt, ut nunc. Nibh nunc dolore donec ac dolore donec ac ipsum sed lorem, sit aliquam ipsum dolor dolor pulvinar pulvinar sit pulvinar amet nonummy at, felis. Eget molestie euismod et aliquet, ullamcorper sem aliquet diam et ante mi et volutpat tellus ullamcorper ullamcorper aliquet ullamcorper, non tellus, volutpat molestie euismod. Euismod diam praesent praesent nibh lobortis nunc dolore magna nisi dolore nisi nibh ante mi proin ante, laoreet lobortis massa laoreet ante laoreet et. Ante massa lobortis proin, ullamcorper aliquet volutpat felis pharetra, tempus magna nunc proin euismod adipiscing ipsum ac aliquam congue massa, tincidunt massa laoreet lobortis. Ante tincidunt tincidunt lobortis tincidunt, tincidunt ut tincidunt ut ut tincidunt lobortis, nunc congue lobortis laoreet nibh et et praesent et ante ante nibh. Proin mi nibh ante laoreet nibh massa, laoreet nibh, ante mi et ante lobortis ut dolore donec nisi dolore congue, ut dolore congue dolore. Dolore magna nisi tincidunt ut nunc tincidunt, lobortis tincidunt tincidunt nunc tincidunt ut nisi dolore magna nibh lobortis nunc congue, ut nisi congue nisi. Nisi donec lorem aliquam donec magna donec magna nisi congue, lobortis dolore congue ut ante laoreet tincidunt massa, nibh euismod mauris id non id. Eget at felis elit mauris molestie volutpat mauris id eget mauris elit consectetur nonummy consectetur turpis pharetra consectetur turpis amet at lorem ipsum dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis mauris id volutpat tellus id volutpat at at molestie volutpat non aliquet aliquet diam proin praesent diam sem diam, sem praesent mi. Sem praesent diam proin aliquet diam, aliquet euismod volutpat consectetur felis elit consectetur nonummy consectetur at, molestie eget, mauris molestie id non aliquet. Ullamcorper, et et mi et proin mi nibh nibh massa nunc praesent nibh ante mi et mi mi nibh massa nunc tincidunt ut. Aliquam donec ac lorem, sed ac tempus, erat lorem feugiat sed feugiat feugiat dolor congue ac aliquam erat ac tempus ipsum dolor sit. Sed sed feugiat amet dolor sit amet pharetra sit dolor feugiat tempus lorem aliquam aliquam tempus ipsum dolor feugiat turpis id eget volutpat. Tellus aliquet diam ante ante nibh lobortis ut nunc congue ut tincidunt lobortis massa laoreet massa diam, sem mauris id volutpat molestie euismod. Euismod non aliquet praesent et euismod non non aliquet et et mi laoreet nibh massa tincidunt, tincidunt nunc nunc congue aliquam nibh, nunc. Congue ac ac erat dolor feugiat turpis turpis nonummy sit amet consectetur consectetur adipiscing elit mauris, molestie id nonummy at amet pharetra sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis consectetur sit sed tempus donec ac ut nisi, donec erat, lorem feugiat dolor feugiat feugiat sed. Feugiat sit adipiscing consectetur adipiscing nonummy, consectetur adipiscing nonummy consectetur, amet pharetra turpis amet pharetra ac, aliquam. Tempus pulvinar consectetur turpis adipiscing consectetur at nonummy pharetra pulvinar pharetra pharetra turpis amet sit pulvinar dolor. Ipsum dolor dolor pulvinar dolor, sit lorem aliquam erat ac tempus sed dolor turpis dolor feugiat feugiat. Pulvinar dolor, turpis nonummy, consectetur sit amet feugiat ipsum lorem tempus erat, nibh massa massa, lobortis lobortis. Nunc congue magna, donec magna magna aliquam, erat lorem ipsum, erat lorem ipsum erat ac erat, erat. Feugiat pulvinar dolor, feugiat magna aliquam erat aliquam aliquam ac lorem tempus erat, ac erat, erat tempus. Erat erat feugiat pulvinar, dolor sit sit pharetra feugiat sit pharetra sit amet amet, sed ac tempus. Erat lorem ipsum sed feugiat sit nonummy consectetur, adipiscing adipiscing at turpis pharetra laoreet congue ut ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ipsum feugiat sit pulvinar pharetra turpis turpis consectetur mauris adipiscing at felis id volutpat id euismod, ullamcorper. Et lobortis tincidunt congue, nisi dolore lobortis ante et aliquet ullamcorper molestie euismod non non ullamcorper, ullamcorper euismod. Non tellus volutpat molestie, id mauris mauris id eget mauris nonummy turpis pharetra, tempus magna, nunc laoreet proin. Et sem ullamcorper volutpat euismod eget pharetra sit amet pharetra turpis amet sit pulvinar, pharetra sit ipsum pharetra. Turpis turpis amet consectetur adipiscing consectetur sit adipiscing consectetur turpis amet donec aliquam dolore magna aliquam erat erat. Volutpat sem sem, diam sem aliquet ullamcorper sem aliquet ullamcorper tellus euismod volutpat tellus euismod volutpat molestie, elit. Molestie mauris adipiscing, felis eget tellus id eget felis elit mauris adipiscing elit, turpis pharetra feugiat, sed lorem. Ipsum dolor feugiat ipsum pulvinar pharetra turpis adipiscing pharetra sit donec, erat ac tempus erat ac tempus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac feugiat pulvinar dolor, feugiat pulvinar dolor sit pulvinar amet consectetur turpis consectetur turpis pulvinar pharetra turpis, adipiscing elit mauris id euismod. Non elit mauris id eget mauris elit elit, mauris felis eget, molestie tellus, mauris mauris eget mauris, id elit at id eget. At id volutpat non mauris felis eget mauris felis eget mauris felis, eget mauris felis elit at elit eget mauris id volutpat. Molestie euismod euismod sem tellus ullamcorper proin proin praesent, ullamcorper ullamcorper, et massa tincidunt tincidunt, massa tincidunt tincidunt nisi donec congue, aliquet. Ullamcorper sem ullamcorper non aliquet euismod non euismod volutpat mauris sit pulvinar pharetra pulvinar pharetra pharetra amet dolor ipsum ac nisi congue. Nisi dolore magna nisi aliquam magna nisi nunc congue massa laoreet lobortis massa laoreet massa molestie elit mauris, felis at adipiscing felis. At felis, id mauris mauris id eget felis elit at, elit at amet amet sit dolor lorem tempus magna proin, mi diam. Aliquet non tellus praesent ullamcorper non eget mauris felis elit felis nonummy sit dolor lorem ipsum lorem lobortis nunc congue ut nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus dolor, dolor turpis turpis nonummy turpis elit at adipiscing nonummy adipiscing amet. Sit amet amet turpis amet dolor tempus ac aliquam erat magna donec, congue. Nunc tincidunt lobortis massa laoreet lobortis aliquet ullamcorper non tellus euismod volutpat tellus. Ullamcorper, sem proin praesent et aliquet diam tellus id eget felis at adipiscing. Nonummy at turpis pharetra magna dolore magna nisi dolore ut nunc laoreet ante. Praesent non ullamcorper molestie elit at, amet, dolor, ipsum erat tempus magna magna. Donec mi et ante mi sem aliquet volutpat id at at elit turpis. Pulvinar pharetra pulvinar dolor, dolor ipsum sed tempus erat ac tempus erat aliquam. Dolore laoreet tincidunt ut tincidunt lobortis massa laoreet ante, mi diam aliquet non. Tellus id eget, id elit, mauris felis at, adipiscing nonummy consectetur pulvinar dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor sit sit, pharetra, pharetra adipiscing nonummy at adipiscing nonummy turpis amet pharetra sit, amet. Ipsum dolor feugiat ipsum, amet pharetra turpis pharetra feugiat ipsum lorem erat magna nunc tincidunt. Lobortis nunc, tincidunt nunc tincidunt lobortis massa laoreet, ullamcorper, sem praesent ullamcorper aliquet euismod volutpat. Tellus ullamcorper sem sem diam sem tellus volutpat molestie euismod, non non ullamcorper non molestie. Euismod non, tellus euismod elit at adipiscing nonummy sit pulvinar sit turpis amet pharetra pulvinar. Sed feugiat sed, lorem tempus ac aliquam congue ut laoreet nibh nunc proin mi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue dolore dolore, magna, aliquam tempus, sed dolor, pulvinar dolor tempus. Sed tincidunt ut nunc tincidunt ante et sem praesent et proin. Aliquet sem aliquet diam non, aliquet diam sem tellus eget felis. At adipiscing adipiscing elit feugiat, feugiat sed lorem pulvinar dolor lorem. Erat, lorem lorem donec nisi tincidunt nibh praesent proin, ullamcorper ullamcorper. Tellus aliquet non, aliquet euismod, volutpat euismod amet pharetra pulvinar lorem. Lorem ipsum sed ipsum erat ac erat ac, nisi, congue ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec magna diam praesent mi, proin proin, et proin proin ullamcorper proin aliquet non tellus euismod mauris. Felis at nonummy pharetra sit pharetra pharetra sit dolor erat feugiat ipsum, pulvinar feugiat feugiat dolor lorem. Ipsum dolor sit pulvinar sed lorem ipsum sed ipsum sed ac tempus ac, aliquam erat magna nisi. Praesent, et nibh massa nibh aliquet volutpat felis at adipiscing adipiscing consectetur amet dolor ipsum sed aliquam. Donec ac aliquam magna ut tincidunt nibh massa nibh volutpat tellus aliquet diam proin praesent, diam aliquet. Ullamcorper sem aliquet, diam, diam proin praesent diam proin, praesent proin aliquet ullamcorper, sem praesent pharetra consectetur. Turpis nonummy at adipiscing elit consectetur amet sit sit pharetra sit pulvinar feugiat tempus erat nisi tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tincidunt nisi nunc congue ut congue ut nunc nibh proin mi proin praesent et, proin praesent et sem, diam diam praesent molestie euismod, volutpat non ullamcorper non. Aliquet euismod volutpat molestie eget volutpat tellus euismod molestie id eget molestie id eget molestie id, molestie id pulvinar dolor feugiat sed tempus, magna nisi dolore lobortis, massa. Laoreet lobortis nunc laoreet massa laoreet et praesent diam sem, aliquet non tellus ullamcorper sem aliquet adipiscing, nonummy adipiscing nonummy consectetur turpis amet pharetra amet dolor, ipsum sed. Ac tempus sed lorem congue ut donec tincidunt massa laoreet ante id id molestie id, eget at elit at felis nonummy at adipiscing consectetur, turpis nonummy consectetur sit. Pharetra sit sit amet pharetra ipsum lorem ipsum erat nisi ante laoreet proin praesent, diam praesent, ullamcorper non euismod volutpat, felis at adipiscing dolor feugiat ipsum lorem tempus. Magna aliquam erat nisi dolore congue nunc tincidunt non non ullamcorper ullamcorper tellus praesent, ullamcorper proin praesent diam aliquet ullamcorper non tellus eget felis elit turpis pharetra feugiat. Aliquam dolore congue nunc tincidunt lobortis nunc congue massa mi ante, ante nibh proin praesent diam aliquet ullamcorper tellus euismod molestie, felis eget mauris elit, at turpis tempus. Sed consectetur consectetur amet, pharetra pulvinar sed, ipsum sed lorem aliquam erat aliquam dolore ut nunc lobortis ut dolore magna nisi tincidunt nibh laoreet, et volutpat molestie euismod. Volutpat tellus ullamcorper non tellus volutpat felis elit at nonummy sit ipsum lorem lorem ipsum ac aliquam magna nunc tincidunt nisi massa nibh ante euismod ullamcorper tellus euismod. Volutpat molestie id volutpat felis at adipiscing amet ipsum ac aliquam donec nisi tincidunt lobortis mi, sem aliquet euismod tellus id volutpat consectetur turpis nonummy at turpis amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet diam mauris molestie id volutpat tellus, euismod eget felis eget mauris elit at, adipiscing nonummy consectetur adipiscing nonummy turpis. Amet, consectetur turpis pulvinar aliquam erat ac massa, laoreet lobortis lobortis nunc nibh ante et tincidunt ut dolore, tincidunt ut. Nunc congue ut tincidunt lobortis massa nibh proin ullamcorper aliquet, volutpat molestie sit pulvinar pharetra ipsum lorem donec congue ut. Laoreet nibh massa nibh ante et, proin ullamcorper volutpat id volutpat, molestie, felis consectetur adipiscing turpis nonummy pharetra sit dolor. Feugiat ipsum feugiat ipsum sed ac, erat magna dolore tincidunt, nunc nunc lobortis ante diam proin diam non euismod volutpat. Molestie ipsum lorem tempus ac aliquam donec nisi nisi magna magna dolore, congue nunc laoreet ante praesent proin aliquet ullamcorper. Tellus, aliquet diam tellus volutpat volutpat euismod volutpat pharetra turpis amet consectetur turpis amet pharetra, amet feugiat, erat magna dolore. Congue ut nunc, congue, nisi nunc tincidunt nisi, lobortis ut tincidunt ut, massa nibh massa laoreet et praesent diam aliquet. Ullamcorper non, aliquet, ullamcorper sem aliquet, non molestie eget mauris felis elit, at felis sem tellus euismod volutpat tellus eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin laoreet congue ut nunc aliquet diam sem praesent diam. Proin mi nibh proin praesent, diam praesent ullamcorper non aliquet diam. Non ullamcorper diam proin, praesent diam sem ullamcorper elit at felis. Elit at, felis elit adipiscing nonummy pharetra pulvinar dolor tempus ac. Aliquam, amet nonummy at felis elit molestie molestie volutpat volutpat molestie. Amet consectetur consectetur amet pharetra sit pulvinar sit, pulvinar pharetra feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non aliquet aliquet mi nibh massa proin mi nibh nibh massa. Tincidunt congue nunc laoreet ante mi et ante mi lobortis massa. Tincidunt tincidunt, nisi dolore congue nisi donec, magna nibh lobortis nunc. Dolore magna nisi dolore magna aliquam donec ac lorem tempus lorem. Lorem ipsum sed ipsum ipsum dolor sit ipsum lorem, tempus ac. Nibh mi mi proin mi sem aliquet ullamcorper non aliquet diam. Non ullamcorper non tellus, euismod molestie, molestie euismod volutpat id eget. Mauris eget mauris mauris pulvinar sed sit pulvinar pharetra sit, pulvinar. Pharetra turpis turpis consectetur, turpis nonummy nonummy at nonummy nonummy adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra at nonummy at felis nonummy mauris felis elit at felis, elit mauris felis elit eget molestie euismod, volutpat tellus non sem aliquet diam aliquet ullamcorper. Diam ante diam diam praesent praesent et ante massa lobortis praesent diam, aliquet ullamcorper diam ante praesent et at amet sit ipsum amet at adipiscing elit. At at felis elit felis felis mauris mauris id, eget, molestie id volutpat id, elit adipiscing nonummy pharetra dolor feugiat pulvinar pharetra sit pulvinar dolor pulvinar. Pulvinar consectetur eget id eget mauris, felis eget molestie molestie euismod, non sem ullamcorper sem consectetur nonummy consectetur turpis amet pharetra, sit sed ipsum ipsum lorem. Ipsum ipsum pharetra feugiat pulvinar pharetra sit nonummy dolor pulvinar dolor lorem erat ac tempus sed aliquam ac aliquam tempus ac tempus tempus erat aliquam donec. Nisi donec erat sed lorem pulvinar dolor pharetra, turpis nonummy elit, felis elit at felis elit, pulvinar pharetra turpis felis nonummy turpis pharetra pharetra turpis elit. Eget non aliquet ullamcorper sem sem praesent diam sem ullamcorper nonummy at felis elit mauris id id molestie felis, at adipiscing elit at felis nonummy pulvinar. Lorem lorem ipsum dolor feugiat erat ac donec ac ac ante mi et ante laoreet lobortis massa nunc congue, ut dolore ut nunc congue congue dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nonummy mauris molestie felis volutpat mauris eget eget molestie. Ullamcorper ullamcorper non ullamcorper diam aliquet ullamcorper, sem sem aliquet. Felis ullamcorper non tellus non non euismod volutpat molestie eget. Molestie molestie, volutpat non tellus euismod molestie tellus euismod non. Aliquet diam et ante molestie id, non aliquet praesent non. Tellus aliquet sem, sem praesent et proin praesent et proin. Mi, nibh massa laoreet nibh ante, mi et, mi et. Euismod non tellus euismod non tellus, volutpat molestie euismod, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ante laoreet praesent diam sem diam sem aliquet diam diam proin laoreet, nibh praesent et et. Ante, mi lobortis massa, tincidunt congue magna aliquam, donec ac tempus nisi dolore lobortis laoreet nibh ante. Laoreet lobortis, massa nunc lobortis, massa tincidunt tincidunt ut nunc congue ut congue ut massa laoreet massa. Laoreet volutpat volutpat molestie volutpat volutpat id eget mauris eget eget felis nonummy at felis id molestie. Molestie euismod ullamcorper aliquet, praesent diam sem euismod non tellus nonummy consectetur turpis amet consectetur adipiscing nonummy. At mauris felis eget mauris nonummy turpis amet pharetra turpis nonummy, consectetur adipiscing adipiscing at at adipiscing. Sed dolor feugiat dolor dolor feugiat mi laoreet, lobortis, dolore congue lobortis nunc, tincidunt ut nunc lobortis. Ante dolore congue nisi dolore donec lorem feugiat pulvinar, tempus sed feugiat ipsum erat tempus erat ac. Aliquam erat lorem lorem sed, sed, feugiat ipsum dolor feugiat pulvinar dolor, turpis amet pharetra adipiscing nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh nibh laoreet laoreet lobortis massa lobortis lobortis nunc congue nisi ante praesent diam, aliquet, ullamcorper tellus tellus, non non aliquet. Non tellus ullamcorper volutpat molestie euismod molestie id eget mauris felis, eget felis nonummy, adipiscing sit pulvinar dolor sit pulvinar pharetra. Turpis, turpis nonummy at mauris felis mauris felis elit at, felis, elit adipiscing adipiscing elit turpis pharetra turpis turpis erat erat. Dolor sit amet consectetur consectetur mauris, euismod non non aliquet diam proin massa et proin mi, et proin praesent diam proin. Mauris tellus ullamcorper proin praesent praesent proin aliquet non aliquet aliquet diam, aliquet aliquet, sem, aliquet euismod non praesent, ullamcorper sem. Proin mi et ante mi aliquet, ullamcorper sem aliquet, sem ante, mi nibh nibh massa laoreet praesent non tellus euismod molestie. Molestie euismod volutpat, tellus euismod sem aliquet euismod molestie id eget sit sit nonummy pharetra turpis dolor ipsum erat ac ipsum. Dolor pharetra turpis turpis felis volutpat tellus tellus, ullamcorper nonummy turpis dolor sit sed lorem, tempus, ac nisi dolore magna aliquam. Erat lorem feugiat ipsum amet pharetra turpis nonummy pharetra turpis nonummy pharetra amet pharetra turpis dolor pulvinar pulvinar dolor pulvinar pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mi, nibh massa nunc lobortis nunc dolore nisi dolore congue ut dolore magna nisi dolore magna nisi dolore magna aliquam erat. Sed feugiat feugiat dolor tempus tempus ac donec massa laoreet nibh mi proin aliquet ullamcorper sem aliquet ullamcorper sem mi et nibh. Ante tincidunt tincidunt magna nunc magna ac ipsum erat ac, aliquam nunc congue ut dolore tincidunt massa laoreet lobortis nunc tincidunt, lobortis. Nunc dolore congue ut laoreet massa mi et, praesent et et mi mi, proin mi id volutpat tellus praesent, praesent et massa. Laoreet, nibh proin mi et aliquet diam proin praesent et ante ante nibh nibh mi nibh mauris, adipiscing elit mauris nonummy consectetur. Felis felis volutpat molestie felis eget molestie euismod volutpat tellus tellus non tellus euismod non tellus volutpat molestie felis elit felis turpis. Nonummy nonummy adipiscing adipiscing nonummy turpis amet consectetur at id eget at, elit, at felis nonummy consectetur pulvinar dolor, pulvinar sed lorem. Erat lorem donec aliquam donec ac lorem feugiat turpis consectetur, consectetur adipiscing elit mauris mauris id eget, tellus aliquet non non ullamcorper. Molestie turpis adipiscing elit volutpat molestie euismod volutpat molestie eget at adipiscing nonummy, at adipiscing pharetra ipsum dolor feugiat pulvinar, dolor feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor turpis nonummy nonummy adipiscing adipiscing consectetur adipiscing adipiscing at at nonummy erat feugiat pulvinar pulvinar elit mauris mauris eget non, non praesent diam proin aliquet. Ullamcorper aliquet mi et et mi non sem diam diam proin mauris euismod ullamcorper sem proin et, proin euismod non aliquet, praesent, laoreet ante, ante nibh. Ante, ante, nibh nibh, mi et, ante mi et praesent id euismod volutpat, aliquet ullamcorper molestie id volutpat tellus tellus non, non praesent diam tellus euismod. Diam et ante laoreet, lobortis lobortis nunc nisi tincidunt lobortis mi nibh ante mi, et massa massa lobortis lobortis nunc lobortis massa tincidunt tincidunt ut tincidunt. Lobortis nunc tincidunt congue aliquam dolore magna nisi massa laoreet nibh ante laoreet ante mi mi nibh ante nibh lobortis nunc tincidunt congue, ut congue magna. Nunc congue nisi nisi donec, magna, nisi erat nibh nibh massa tincidunt congue ut donec magna nisi erat erat ac erat magna tempus, donec ac donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie id molestie tellus, aliquet diam nibh ante et proin mi et. Proin praesent diam, praesent mi nibh ante massa laoreet et et mi. Mi proin mi mi aliquet ullamcorper non euismod volutpat tellus euismod volutpat. Tellus aliquet et proin aliquet, ullamcorper, proin, ullamcorper dolor tempus magna dolore. Tincidunt nisi dolore magna aliquam congue ut dolore donec magna nisi donec. Magna aliquam magna ut nunc nibh massa, laoreet lobortis laoreet proin praesent. Et ante massa lobortis lobortis nunc congue ut nunc magna magna aliquam. Donec lorem, aliquam erat, aliquam aliquam magna aliquam donec mi et massa. Nunc magna ut dolore lobortis nunc laoreet nibh laoreet et proin et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mi ante nunc mi aliquet tincidunt, lobortis. Massa tincidunt ut nisi dolore congue, aliquam erat. Erat lorem ipsum dolor dolor sit amet consectetur. Turpis nonummy elit at molestie, euismod nonummy at. At felis eget felis felis mauris felis id. Volutpat, molestie euismod, volutpat proin praesent et nibh. Proin mi et, mi et ante volutpat euismod. Euismod sem praesent diam, sem proin praesent et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nisi donec magna nisi congue nisi lobortis massa tincidunt lobortis nunc tincidunt congue nisi tincidunt lobortis, nunc congue nisi nunc congue, nisi. Dolore ut ut tincidunt ut nisi dolore, congue nisi, ante laoreet nibh praesent diam aliquet euismod non aliquet ullamcorper sem praesent diam proin. Proin laoreet laoreet ut nisi donec erat tempus ipsum dolor consectetur lorem tempus erat, lorem tempus erat ac tempus sed, feugiat ipsum erat. Feugiat feugiat pulvinar dolor turpis pulvinar sit pulvinar, dolor feugiat pulvinar dolore magna aliquam donec erat ac tempus sed lorem tempus sed, feugiat. Pulvinar pulvinar pharetra sit amet at adipiscing dolor, sit amet pharetra sit amet pharetra consectetur tempus tempus lorem tempus, erat lorem aliquam erat. Lorem, tempus ipsum dolor sit dolor lorem, tempus erat tempus erat lorem tempus erat lorem aliquam donec, ut congue, aliquam erat ac dolore. Donec erat feugiat tempus, sed feugiat tempus sed tempus erat lorem ipsum, sed ac aliquam ac aliquam, tempus magna, nisi donec tempus erat. Ac lorem pulvinar dolor, sit pulvinar sed feugiat erat lorem erat ac ac tempus ac aliquam donec magna donec magna ut dolore congue. Ut congue et proin, praesent et nibh ante tincidunt lobortis massa, laoreet lobortis, massa tincidunt lobortis nunc tincidunt congue, nunc nibh massa et. Proin ante laoreet, tincidunt nisi, dolore nisi dolore congue ut congue ut, massa, laoreet lobortis laoreet nibh ante tincidunt lobortis massa laoreet ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam sed lorem feugiat ipsum pharetra. At mauris felis volutpat dolor turpis. Amet consectetur turpis amet consectetur sit. Nonummy at adipiscing nonummy at turpis. Nonummy elit mauris id eget molestie. Euismod ullamcorper non tellus non tellus. Adipiscing id id molestie id volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non aliquet ullamcorper sem proin mi, et ante praesent et molestie tellus ullamcorper volutpat. Id, volutpat molestie felis at adipiscing elit at nonummy pharetra sit, amet at at. Felis, euismod ullamcorper tellus ullamcorper sem aliquet turpis consectetur at molestie tellus non, non. Aliquet diam proin aliquet ullamcorper sem aliquet, sem aliquet ullamcorper sem euismod euismod tellus. Tellus praesent et proin molestie aliquet diam aliquet aliquet ullamcorper sem praesent mi ante. Ante laoreet, tincidunt nisi aliquam erat lorem tempus sed lorem feugiat pulvinar pharetra magna. Tempus sit turpis consectetur consectetur nonummy, nonummy at felis elit adipiscing adipiscing at adipiscing. Nonummy at mauris felis elit felis elit mauris felis euismod, volutpat pharetra, turpis adipiscing. Elit mauris elit at adipiscing elit elit felis felis eget adipiscing pharetra turpis pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At felis eget mauris aliquet ullamcorper diam proin mi et ante mi nibh nibh massa tincidunt. Ut, ut dolore congue nisi congue nisi ipsum dolor dolor sit amet nonummy adipiscing amet pharetra. Adipiscing adipiscing consectetur turpis amet feugiat sed lorem ipsum dolor, dolor sit adipiscing elit volutpat eget. Volutpat non aliquet diam tempus dolor consectetur turpis nonummy consectetur adipiscing nonummy at at, felis id. Volutpat et, ante laoreet lobortis ut dolore congue ut ut ut dolore lobortis massa laoreet erat. Ac feugiat dolor feugiat sit, pulvinar, feugiat sit nonummy, consectetur turpis adipiscing nonummy adipiscing adipiscing elit. Pharetra turpis adipiscing elit elit molestie id, volutpat tellus tellus euismod tellus, eget mauris felis elit. At, id eget volutpat id eget felis felis eget, mauris consectetur, adipiscing nonummy adipiscing nonummy at. Adipiscing amet consectetur, adipiscing felis elit felis felis eget non tellus praesent et ante, laoreet laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, volutpat mauris felis elit felis elit at felis elit at adipiscing nonummy at eget non aliquet aliquet volutpat tellus, aliquet diam tellus volutpat tellus felis at felis nonummy. At felis eget at nonummy consectetur turpis nonummy consectetur pulvinar feugiat dolor pharetra sit amet sit ipsum dolor feugiat ipsum sed feugiat ipsum dolor feugiat dolor feugiat turpis amet. Consectetur at adipiscing, consectetur consectetur adipiscing sit amet consectetur adipiscing amet consectetur pulvinar, dolor turpis turpis, elit at felis nonummy consectetur nonummy, nonummy turpis pharetra pharetra turpis adipiscing consectetur. Feugiat sit amet consectetur consectetur turpis nonummy, at adipiscing elit at felis eget, mauris adipiscing, eget molestie tellus euismod non sem, aliquet sem sem praesent nibh ante diam praesent. Diam laoreet lobortis massa et proin mi nibh massa nunc congue ut nunc tincidunt nisi nunc ut nunc tincidunt ut nunc, dolore magna nisi magna lorem ipsum sed feugiat. Pulvinar pulvinar feugiat ipsum amet pharetra sit pharetra pharetra pulvinar dolor feugiat sed feugiat feugiat nisi, magna, lorem, tempus erat nisi dolore magna nisi dolore congue dolore lobortis proin. Mi nibh massa laoreet nibh mi diam aliquet diam non tellus mauris sit amet amet pharetra amet amet turpis adipiscing elit mauris adipiscing elit mauris felis eget mauris felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tellus ullamcorper non aliquet ullamcorper sem, sem, diam sem aliquet ullamcorper diam ante, praesent et. Proin laoreet, lobortis ullamcorper sem praesent, diam proin, mi diam sem euismod tellus tellus volutpat tellus. Euismod volutpat molestie id volutpat aliquet, ullamcorper non, tellus euismod volutpat turpis amet sit pulvinar pharetra. Consectetur adipiscing felis eget at elit elit felis elit at felis, elit mauris, mauris id mauris. Mauris eget volutpat tellus id, feugiat ipsum ipsum dolor feugiat turpis elit mauris, mauris felis mauris. Felis id volutpat tellus ullamcorper ullamcorper sem praesent diam aliquet euismod molestie at felis tellus ullamcorper. Sem proin mi laoreet nibh massa nibh ante mi nibh mi et nibh lobortis laoreet tincidunt. Massa et ante laoreet tincidunt congue proin aliquet, ullamcorper et, praesent diam sem ullamcorper diam aliquet. Ullamcorper sem aliquet, ullamcorper non aliquet non non aliquet diam, proin praesent, diam sem praesent sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper sem proin, mi laoreet nibh laoreet nibh massa, mi nibh lobortis tincidunt lobortis sem aliquet. Ullamcorper non aliquet mi nibh, nibh nunc tincidunt ut dolore, dolore ac, aliquam tempus, erat lorem. Tempus dolor pharetra turpis dolor sit ipsum donec congue nunc tincidunt massa laoreet lobortis massa laoreet. Nibh, nunc congue aliquam, aliquam erat, feugiat, ipsum dolor pharetra at, felis felis mauris, amet pharetra. Lorem sit, sit pharetra pharetra adipiscing elit elit at felis, eget molestie id volutpat, non praesent. Praesent nibh proin mi sem, aliquet diam eget mauris molestie euismod volutpat aliquet euismod volutpat euismod. Ullamcorper diam proin, laoreet nibh, massa massa, nibh ante laoreet tincidunt ut laoreet lobortis, massa, tincidunt. Nibh non aliquet ullamcorper tellus tellus ullamcorper tellus euismod, non aliquet aliquet non tellus ullamcorper non. Tellus volutpat tellus tellus volutpat mauris eget at amet at at nonummy ipsum dolor sit amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit amet pharetra at amet pharetra, turpis amet sit ipsum dolore, magna nisi congue ut nunc lobortis, massa, et nibh laoreet. Nibh, nibh massa laoreet, lobortis massa lobortis mi et proin mi et ante ante tellus ullamcorper diam tellus non sem ullamcorper. Ullamcorper proin, massa laoreet lobortis ante laoreet nibh ante mi ante ante diam proin, mi et massa laoreet ullamcorper diam tellus. Praesent mi, lobortis massa tincidunt lobortis massa, nunc ut nisi nunc congue ut dolore massa laoreet, lobortis ut nisi donec et. Ante massa tincidunt ut nisi nunc congue nunc laoreet massa nunc, lobortis lobortis dolore dolore nisi aliquam donec ac aliquam tempus. Sed lorem ut dolore magna aliquam donec congue nunc tincidunt ut dolore, congue magna nisi erat dolor sit sit pharetra lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat sit pulvinar feugiat feugiat pulvinar pharetra turpis nonummy elit eget tellus euismod non tellus ullamcorper et et proin. Mi nibh diam proin mi et proin ante diam aliquet ullamcorper, non aliquet ullamcorper tellus ullamcorper ullamcorper id volutpat. Non sem aliquet diam sem praesent sem euismod, amet nonummy adipiscing adipiscing, at adipiscing nonummy elit felis elit consectetur. Turpis elit consectetur adipiscing eget turpis amet sit, pulvinar pharetra sit pulvinar dolor tempus ac nibh massa tincidunt, tincidunt. Nisi tempus ipsum sed, lorem ipsum dolor pharetra turpis amet consectetur adipiscing amet consectetur turpis consectetur turpis turpis pharetra. Lorem feugiat, pulvinar pharetra sit ipsum pharetra consectetur turpis nonummy consectetur amet pharetra feugiat dolor, feugiat sit pulvinar, pharetra. Sit adipiscing consectetur adipiscing adipiscing eget volutpat consectetur adipiscing elit turpis turpis consectetur turpis nonummy, pharetra sit lorem lorem. Ipsum nonummy at at id euismod volutpat proin volutpat tellus euismod molestie felis eget molestie euismod eget tellus tellus. Ullamcorper sem, praesent et proin praesent diam proin mi mi nibh ante nibh nibh massa aliquet diam sem praesent. Diam et, ante diam molestie volutpat molestie tellus euismod tellus tellus ullamcorper non tellus volutpat, felis elit turpis nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris id euismod mauris id euismod sem praesent. Diam, sem, praesent id eget volutpat tellus volutpat. Volutpat aliquet ullamcorper sem sem praesent, sem praesent. Diam nibh ante laoreet nibh ante mi nibh. Massa nunc congue nisi proin praesent sem, sem. Diam nibh lobortis massa tincidunt, ut dolore congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis nunc congue ut sem ante nibh nibh laoreet tincidunt lobortis, ut congue ut, nunc tincidunt. Ut dolore tincidunt massa laoreet lobortis massa tincidunt nibh mi et proin molestie id volutpat id. Eget, volutpat tellus, volutpat volutpat, id, volutpat tellus id mauris mauris id mauris molestie id molestie. Molestie ullamcorper non molestie euismod nonummy, at adipiscing consectetur sit pulvinar sit pulvinar pharetra sit pulvinar. Sed feugiat ipsum, feugiat feugiat pulvinar dolor sit amet dolor pulvinar, dolor congue ut nunc ut. Massa tincidunt, ut nunc tincidunt ut dolore congue nisi nisi congue ut nunc congue nunc nunc. Congue nisi donec magna laoreet lobortis nunc tincidunt ut, nisi congue nisi nisi congue nisi donec. Donec ac tempus erat lorem tempus erat ac erat ac, aliquam donec, erat lorem ut donec. Magna aliquam nunc ut, ut congue, congue dolore dolore nisi, aliquam erat magna aliquam tempus lorem. Lorem pulvinar dolor feugiat, pulvinar pharetra pharetra turpis tempus ipsum dolor feugiat, turpis, consectetur mauris mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget tellus praesent, mi et proin. Mi tincidunt lobortis, nunc lobortis ut. Tincidunt, tincidunt nisi nunc ut nunc. Nunc magna nisi tempus erat tincidunt. Ut dolore, dolore magna nisi magna. Nisi donec erat, lorem lorem ipsum. Dolor, sit amet amet pharetra turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mauris id eget mauris euismod volutpat tellus. Ullamcorper diam sem proin mi nibh lobortis tincidunt. Donec sed feugiat, ipsum amet consectetur lorem lorem. Sed dolor sit, pulvinar pharetra feugiat dolor, dolor. Feugiat dolor feugiat erat ac aliquam sed dolor. Pharetra adipiscing felis elit mauris elit, turpis nonummy. At mauris euismod, euismod non aliquet ullamcorper non. Aliquet ullamcorper tellus ullamcorper, ullamcorper, non aliquet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat volutpat, aliquet mi et ante massa. Congue ut nunc laoreet ut dolore congue. Lobortis nisi erat, erat lorem erat lorem. Feugiat pulvinar donec magna aliquam donec erat. Lorem, ipsum ipsum dolor feugiat amet pharetra. Turpis nonummy consectetur turpis amet pharetra turpis. Nonummy at adipiscing adipiscing elit dolor sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis elit mauris molestie id mauris id consectetur sit pharetra pharetra turpis elit. Eget molestie, turpis adipiscing id, eget molestie id eget molestie, eget, eget molestie. Euismod diam, aliquet aliquet ullamcorper aliquet aliquet non aliquet, praesent diam ante praesent. Euismod non sem praesent et et massa massa nibh praesent et ante praesent. Non proin praesent, diam aliquet ullamcorper non aliquet ullamcorper sem praesent diam proin. Molestie tellus euismod non aliquet diam, sem proin mi et praesent diam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore erat, aliquam tempus lorem feugiat ipsum sed feugiat sit pharetra pharetra turpis amet pharetra, mauris felis eget felis euismod mauris felis felis volutpat consectetur turpis. Felis eget eget id eget mauris id euismod molestie molestie euismod volutpat euismod eget, mauris id volutpat molestie euismod non tellus euismod non euismod volutpat tellus ullamcorper. Diam proin mi, diam ante praesent nibh, proin praesent proin proin mi et ante laoreet nibh ante laoreet lobortis ut nunc congue sem praesent diam, sem aliquet. Ullamcorper proin praesent mi nibh massa laoreet nibh praesent sem sem, praesent sem aliquet non molestie id mauris at adipiscing, amet at turpis nonummy consectetur felis felis. Eget tellus aliquet, ullamcorper sem aliquet pharetra amet, pharetra, pharetra adipiscing nonummy consectetur turpis pharetra turpis pulvinar pharetra lorem lorem ipsum sed, ipsum erat, ac donec ac. Nisi tempus erat feugiat feugiat dolor pharetra, turpis, amet consectetur turpis pulvinar sit ipsum sed feugiat sed tincidunt magna nisi dolore lobortis tincidunt tincidunt ut aliquam donec. Sed, sit pulvinar amet pharetra turpis, nonummy, pharetra turpis pharetra amet nonummy at turpis consectetur consectetur nonummy nonummy mauris id euismod, volutpat tellus ullamcorper non aliquet aliquet. Diam aliquet ullamcorper sem sem praesent diam aliquet diam aliquet non tellus euismod, volutpat aliquet euismod, molestie molestie, euismod volutpat tellus diam diam praesent, diam, sem, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At adipiscing nonummy at adipiscing consectetur consectetur turpis elit at. Pharetra adipiscing adipiscing consectetur adipiscing adipiscing elit molestie id volutpat. Mauris felis turpis adipiscing nonummy consectetur amet sit sit amet. Pharetra sit amet pharetra lorem ipsum, pulvinar amet turpis amet. Consectetur consectetur pulvinar, sit sit amet pharetra sit nonummy pharetra. Turpis elit elit mauris id eget mauris felis eget lobortis. Nisi dolore, magna nisi, donec ac ac tempus, erat lorem. Ipsum, amet pharetra consectetur turpis nonummy at, felis consectetur adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At at amet, turpis at id volutpat non tellus ullamcorper. Tellus tellus ullamcorper non euismod volutpat euismod volutpat aliquet praesent. Mi nibh lobortis dolore magna nisi nisi donec magna donec. Ut nunc laoreet massa massa congue lobortis laoreet nibh ante. Lobortis ut dolore, congue nunc nunc congue nisi aliquam erat. Sed at adipiscing felis at felis felis eget molestie felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam proin praesent proin, aliquet et sem praesent et proin praesent et, ante praesent et proin diam et proin laoreet proin proin tellus. Praesent mi et ante laoreet lobortis ante mi lobortis nunc dolore congue nisi dolore congue ut, dolore, lobortis nunc tincidunt nisi, dolore donec. Nunc magna lorem lorem sit amet, consectetur adipiscing nonummy consectetur amet dolor pharetra amet pharetra consectetur turpis nonummy consectetur adipiscing elit at nonummy. Consectetur turpis nonummy ipsum sed ipsum, ipsum feugiat, ipsum pulvinar dolor sit pulvinar dolor, pulvinar, pulvinar sit ipsum ac, donec donec aliquam dolore. Magna ac donec mi nibh mi mi lobortis nunc nunc congue magna aliquam magna ac tempus ac nisi, dolore congue dolore donec magna. Nisi erat sed feugiat, erat ac, aliquam nunc laoreet massa laoreet tincidunt ut nunc lobortis massa tincidunt, tincidunt lobortis laoreet, tincidunt nunc tincidunt. Lobortis ut congue nibh nunc laoreet massa laoreet nibh massa proin praesent diam proin praesent diam proin praesent nibh, ut nunc tincidunt ut. Massa congue congue nisi congue ut nunc, nunc dolore magna magna donec magna nisi dolore congue nisi donec ac aliquam donec magna dolore. Congue ut nisi magna magna aliquam, magna ac aliquam, donec donec magna nisi donec magna nisi donec ac nisi magna ac, tempus erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus amet, amet turpis turpis amet consectetur amet consectetur consectetur adipiscing nonummy at. Mauris id eget molestie id mauris felis eget mauris felis amet pharetra consectetur. Adipiscing nonummy eget molestie id eget molestie euismod volutpat molestie, euismod diam proin. Mi mi proin praesent et nibh ante tincidunt lobortis et ante laoreet nibh. Ante massa, tincidunt congue dolore congue ut nunc, lobortis massa tincidunt, tincidunt nunc. Nunc congue ut congue ut, nunc, congue ante mi euismod volutpat sem diam. Et ante massa tincidunt lobortis nunc tincidunt, ut ut tincidunt massa laoreet nibh. Massa nunc congue ut nunc tincidunt sem praesent, ullamcorper non tellus ullamcorper sem. Aliquet et et mi diam sem aliquet non tellus ullamcorper tellus euismod volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, volutpat tellus ullamcorper, diam sem aliquet sem tellus ullamcorper sem sem diam sem aliquet diam et ante laoreet laoreet diam proin praesent. Et et ante mi nibh ante laoreet nibh massa nibh ante laoreet tincidunt massa laoreet, et ante mi nibh mi mi ullamcorper sem. Proin mi et ante praesent et proin ullamcorper non aliquet ullamcorper sem aliquet et, ante mi et proin mi nibh, nibh, laoreet laoreet. Massa non praesent mi sem praesent et et, mi laoreet nibh ante nibh lobortis nunc nunc congue nisi donec ac nisi, erat ac. Ac, ipsum nunc congue nunc nunc magna magna donec congue nisi dolore ut nunc laoreet massa laoreet nibh massa mi ante mi et. Ante praesent et nibh laoreet, tincidunt praesent, et proin mi et massa laoreet ante, ante mi lobortis massa laoreet nibh, mi nibh ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis nisi nisi ipsum, sed dolor sit amet consectetur turpis nonummy consectetur sit amet at at elit elit molestie tellus euismod non tellus adipiscing elit at adipiscing consectetur adipiscing nonummy. Consectetur, at felis eget adipiscing elit at adipiscing elit elit felis elit at mauris elit mauris id volutpat, molestie euismod volutpat tellus ullamcorper non sem aliquet diam sem diam sem. Praesent praesent ipsum pharetra feugiat pulvinar pharetra pulvinar dolor, lorem ipsum ac aliquam donec tempus ipsum pharetra pharetra amet pharetra sit pulvinar, dolor, sit, pulvinar dolor sit amet consectetur, adipiscing. Adipiscing id eget id id molestie id, pulvinar pharetra turpis amet dolor ipsum ac dolore ut, ut donec, erat ac dolore magna nunc tincidunt lobortis massa tincidunt lobortis nunc tincidunt. Nisi aliquam donec nisi nibh nunc tincidunt ut nunc congue congue nunc tincidunt ut nunc congue lobortis laoreet nibh massa nibh, nibh nunc, tincidunt lobortis massa laoreet ante laoreet nibh. Diam proin mi et ante ut dolore congue nisi, donec, congue nisi dolore magna, dolore congue congue aliquam erat ac tincidunt nisi dolore congue nunc tincidunt lobortis laoreet nibh ante. Laoreet laoreet ut dolore congue nisi, nisi donec nisi dolore, lobortis massa nibh proin praesent proin volutpat tellus euismod non id eget, mauris molestie euismod non aliquet ullamcorper non tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod ullamcorper aliquet aliquet diam proin mi diam proin praesent nibh proin diam tellus id eget felis eget mauris, adipiscing at. At consectetur felis nonummy at felis elit, at felis eget turpis nonummy nonummy at adipiscing eget at felis, eget mauris id. Ullamcorper et, ante, nunc nunc ante nibh nibh massa laoreet ante et proin praesent diam sem aliquet diam aliquet diam sem. Proin mi et praesent praesent proin praesent mi, et ante tellus ullamcorper sem sem diam diam proin mi nibh nibh mi. Nibh lobortis ut, donec magna nisi donec nisi dolore congue ut dolore nunc tincidunt lobortis massa tincidunt nibh laoreet laoreet massa. Massa lobortis ut nunc tincidunt lobortis, tincidunt lobortis, ante et proin mi et proin praesent proin proin et eget molestie felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nisi magna, ac tempus sed, ac aliquam. Sed pharetra feugiat, sed elit felis elit at. Felis felis eget mauris id volutpat tellus tellus. Volutpat non ullamcorper non molestie volutpat, volutpat tellus. Aliquet diam proin praesent diam ullamcorper diam praesent. Mi et ante, mi sem ullamcorper ullamcorper aliquet. Ullamcorper et proin praesent et nibh ante tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed consectetur turpis amet elit felis id volutpat mauris. Felis volutpat tellus tellus ullamcorper sem aliquet ullamcorper non. Proin mi proin ullamcorper proin mi mi ante ante. Nibh congue nisi donec erat lorem aliquam magna nisi. Dolore magna, nisi dolore erat aliquam magna, magna aliquam. Erat tincidunt congue ut dolore magna nisi donec sed. Lorem, sit turpis nonummy turpis turpis elit eget mauris. Elit, eget, mauris eget mauris, id id molestie tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tincidunt nisi aliquam erat sed sit sit amet pharetra et aliquet praesent et. Nibh ut nibh ante laoreet proin praesent et ante, laoreet tincidunt massa nunc tincidunt. Ut nisi donec magna lorem, tempus lorem aliquam donec aliquam dolore congue ut tincidunt. Laoreet, tincidunt, nisi nisi dolore ac tempus donec magna aliquam, tempus sed lorem pulvinar. Pharetra pharetra amet, pharetra pharetra ipsum lorem tempus erat lorem ut dolore congue ut. Dolore, donec aliquam aliquam sed sed feugiat pulvinar pharetra turpis amet pharetra sit, pulvinar. Lorem ipsum pulvinar sit, pulvinar sit, turpis amet pharetra turpis amet turpis amet amet. Consectetur mauris felis volutpat tellus tellus euismod molestie euismod, volutpat, id id molestie felis. Elit mauris molestie pulvinar pharetra turpis amet pharetra turpis amet consectetur at felis elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nibh mi diam eget molestie euismod euismod tellus, id volutpat non, tellus non non praesent diam et mi et et mi, et sem ullamcorper sem. Praesent mi euismod ullamcorper non ullamcorper non aliquet, praesent et proin aliquet sem tellus ullamcorper sem ante ante nibh nibh diam proin proin praesent proin ante. Mi aliquet sem sem praesent et proin mi nibh, proin mi et ante laoreet nibh ante nunc tincidunt massa laoreet, lobortis, massa tincidunt proin, ante nibh. Nibh sem aliquet diam sem, aliquet ullamcorper, aliquet proin et et praesent non sem diam sem tellus diam non tellus non sem aliquet praesent proin non. Aliquet mi, laoreet lobortis lobortis tincidunt lobortis massa nibh, ante mi sem aliquet ullamcorper, non praesent et nibh ante laoreet nibh massa laoreet, congue, nisi, laoreet. Euismod diam proin laoreet laoreet massa laoreet nibh, ante massa nibh massa tincidunt lobortis massa nibh ante praesent et nibh laoreet nibh ante mi et ante. Sem praesent diam sem aliquet sem aliquet, ullamcorper sem praesent mi non euismod eget felis elit mauris felis elit felis ipsum sed dolor pulvinar dolor feugiat. Ipsum amet sit pulvinar dolor sit, pulvinar dolor ipsum ipsum dolor ipsum erat tempus erat magna, donec donec magna tempus laoreet laoreet lobortis laoreet nibh massa. Diam sem praesent et proin mi diam proin praesent diam tellus non tellus tellus, diam non, aliquet diam aliquet ullamcorper diam ullamcorper non aliquet euismod tellus. Tellus non, sem praesent praesent sem aliquet non, tellus euismod non tellus euismod molestie id eget mauris id euismod adipiscing eget pharetra pharetra pulvinar pharetra pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nibh, ante laoreet lobortis nibh ut nisi dolore, congue, ut dolore ac. Dolore, donec nisi dolore congue nisi dolore magna magna dolore congue nisi, nunc. Congue aliquam tempus nunc tincidunt lobortis massa lobortis massa laoreet nibh mi et. Proin massa nunc magna nisi congue ut massa nibh, ante, mi et praesent. Diam proin mauris id eget felis elit turpis amet consectetur adipiscing, nonummy consectetur. Turpis nonummy at mauris id volutpat volutpat euismod volutpat, mauris id non tellus. Euismod volutpat, consectetur adipiscing elit elit at elit at, felis elit, at, mauris. Id volutpat molestie euismod volutpat felis elit at, adipiscing at at felis sed. Feugiat, ipsum dolor dolor, sit, pulvinar pharetra sit pharetra feugiat ipsum dolor ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat sem mauris euismod euismod diam praesent ullamcorper non aliquet diam proin praesent diam sem praesent et proin mi et. Proin, praesent et ante ante nibh non non ullamcorper, diam sem aliquet ullamcorper proin mi diam ante mi diam sem. Praesent diam ante massa tincidunt lobortis laoreet et proin et proin molestie tellus euismod, volutpat tellus euismod non tellus non. Non praesent mi laoreet lobortis dolore dolore nisi dolore congue magna lorem, pulvinar pulvinar, consectetur consectetur adipiscing sed lorem tempus. Sed dolor feugiat sed feugiat, feugiat dolor feugiat pulvinar dolor feugiat, pulvinar, sed tempus, erat lorem ipsum sed sed feugiat. Aliquam ipsum, erat aliquam, donec ac tempus erat ac tempus sed lorem, tempus erat ac aliquam magna nisi dolore magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nisi dolore congue magna donec donec ac tempus sed lorem ipsum ipsum feugiat ipsum. Erat lorem ipsum dolor feugiat tempus, tincidunt, magna aliquam aliquam ac aliquam dolore magna dolore. Dolore nisi nisi, donec nisi nisi donec magna donec magna aliquam, aliquam magna nunc dolore. Mi tincidunt, ut nunc dolore ut nunc, congue ut, dolore, magna, nisi nunc ut mi. Laoreet massa laoreet nibh proin et sem ullamcorper sem, sem praesent tellus diam diam proin. Laoreet tincidunt ut nisi aliquam erat feugiat ipsum pulvinar dolor sit dolor, lorem tempus lorem. Aliquam sed lorem lorem aliquam donec magna nisi donec, nisi dolore dolore nisi nisi donec. Ac, feugiat, ipsum dolor feugiat ipsum lorem feugiat ipsum feugiat feugiat ipsum lorem tempus ac. Nisi praesent nibh nibh nunc nunc congue ut, dolore congue nunc dolore congue dolore dolore. Nisi nisi magna magna aliquam donec, ut nunc, congue nunc tincidunt ut tellus euismod non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat sed feugiat pulvinar dolor, feugiat pulvinar amet pharetra turpis feugiat amet pharetra pharetra pulvinar pharetra turpis turpis consectetur turpis, amet dolor pulvinar pulvinar sit pulvinar lorem. Tempus erat lorem ipsum sed lorem ipsum sed lorem ut nunc congue nisi nunc congue ut congue ut laoreet laoreet lobortis nunc dolore ut dolore dolore lobortis. Nunc, magna nisi aliquam magna magna aliquam ullamcorper, proin praesent, diam proin praesent ullamcorper aliquet euismod volutpat, tellus euismod non aliquet diam molestie euismod non non ullamcorper. Volutpat tellus aliquet elit elit felis nonummy at felis elit eget mauris, elit mauris id eget mauris id id molestie, id volutpat felis felis elit felis elit. Mauris molestie id molestie euismod, eget molestie eget, mauris felis at, at elit at felis felis, eget tellus aliquet praesent diam praesent praesent proin aliquet ullamcorper tellus. Euismod, non elit felis felis eget mauris felis mauris felis elit adipiscing adipiscing id, eget felis elit adipiscing molestie euismod sem sem felis felis at adipiscing elit. Adipiscing felis eget eget molestie ullamcorper molestie id eget molestie molestie volutpat volutpat euismod volutpat, tellus tellus volutpat molestie elit, at adipiscing erat feugiat ipsum, ipsum pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent et nibh nunc nunc congue congue, donec aliquam donec, congue aliquam, donec magna dolore dolore. Nisi, feugiat sit pulvinar consectetur adipiscing felis eget mauris felis elit, at amet at adipiscing ipsum. Amet nonummy at, felis eget mauris mauris eget eget felis at adipiscing nonummy consectetur adipiscing nonummy. Consectetur amet, nonummy at adipiscing nonummy at tempus erat sed feugiat ipsum, sed feugiat sed feugiat. Feugiat, pulvinar consectetur turpis amet pharetra pulvinar, dolor sit sed sed lorem ipsum lorem massa, laoreet. Nibh lobortis nunc dolore ut dolore, congue ut, nunc congue ut nunc lobortis massa nibh massa. Massa tincidunt ut nisi dolore ut dolore donec, mi nibh massa, tincidunt ut massa nibh ante. Laoreet, nibh lobortis dolore dolore ut nisi erat ac tempus, ipsum dolor sit, pulvinar dolor feugiat. Sed lorem erat lorem turpis turpis amet consectetur adipiscing nonummy consectetur nonummy consectetur consectetur nonummy consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ante laoreet lobortis massa tincidunt lobortis nunc nunc tincidunt ut donec congue aliquam tempus erat ac tempus sed feugiat tempus. Ac feugiat ipsum sed congue, nunc, nunc magna aliquam dolore congue ut dolore ut nunc lobortis massa massa, nibh massa tincidunt. Congue nunc nunc lobortis massa tincidunt, nibh massa ullamcorper non tellus euismod non aliquet ullamcorper, sem proin praesent et proin praesent. Diam praesent mi et ante laoreet et massa massa, lobortis lobortis tincidunt tincidunt sem tellus, ullamcorper diam praesent ullamcorper sem, aliquet. Praesent nibh ante, mi lobortis lobortis nunc tincidunt lobortis tincidunt lobortis nunc dolore donec magna nibh laoreet laoreet lobortis laoreet nibh. Ante, nunc dolore nisi dolore tincidunt nisi dolore magna magna donec erat lorem aliquam erat aliquam donec congue dolore dolore magna. Sem praesent diam, sem ullamcorper sem, aliquet, ullamcorper, non tellus ullamcorper molestie euismod ullamcorper tellus euismod, molestie felis at felis, felis. Volutpat id euismod tellus id volutpat tellus ullamcorper molestie id, at at, elit, at felis elit consectetur nonummy nonummy turpis pulvinar. Sit, sit pharetra pharetra amet amet consectetur, feugiat feugiat pulvinar dolor tempus sed feugiat ipsum lorem tempus ut ut dolore congue. Aliquam tempus sed lorem ipsum dolor feugiat feugiat pulvinar lorem erat ac donec ut nunc, magna aliquam aliquam erat aliquam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tellus diam aliquet diam, nibh lobortis ut congue congue aliquam donec ut nunc tincidunt ut nunc tincidunt lobortis nunc congue nisi donec. Erat lorem, ipsum sed ullamcorper tincidunt ut mi nibh ante laoreet nibh massa laoreet nibh, ut dolore congue ac aliquam donec ac donec. Magna ac tempus donec aliquam aliquam dolor feugiat amet dolor feugiat erat lorem erat erat nisi donec, magna donec donec nisi congue congue. Ut congue lobortis nunc tincidunt ut, dolore donec ac, magna lorem feugiat pulvinar amet consectetur at, felis eget molestie id eget mauris elit. Consectetur amet pharetra pulvinar pulvinar pharetra ipsum dolor, feugiat ut congue, ac, ac, ipsum, sed lorem ipsum ac aliquam erat magna aliquam tempus. Ac lorem pulvinar amet at adipiscing adipiscing consectetur adipiscing amet consectetur turpis amet amet pharetra turpis, nonummy nonummy at nonummy consectetur, adipiscing nonummy. At at id volutpat at felis volutpat sem aliquet diam et, ante ante nibh proin, praesent proin et et ante mi nibh massa. Dolore erat magna aliquam tempus sed lorem sed lorem tempus erat ac aliquam massa nibh ante nunc congue lobortis dolore, congue magna dolore. Magna nisi aliquam erat ac aliquam sed lorem ipsum ipsum pharetra turpis amet pharetra, turpis nonummy pulvinar dolor pharetra turpis amet consectetur turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod et ante massa tincidunt ut donec magna lorem aliquam sed sed sit ipsum lorem erat magna nisi congue ante mi lobortis massa nunc ut nunc, tincidunt. Congue nisi ante mi et mi mi, et mi, mi ante ante et tellus volutpat molestie euismod volutpat non aliquet ullamcorper proin aliquet diam sem mi et. Euismod et nibh ante tincidunt ut, nunc nibh ante praesent, sem ante mi, nibh massa mi nibh, ante, et aliquet ullamcorper non aliquet, diam non aliquet diam. Consectetur adipiscing elit, elit mauris id, euismod, diam aliquet ullamcorper tellus euismod euismod sem tellus volutpat molestie id molestie molestie eget at felis non sem praesent mi. Nibh nunc nunc ut ut dolore ut nunc tincidunt massa massa et praesent sem tellus euismod non aliquet euismod molestie euismod volutpat, id pulvinar amet pharetra turpis. Pharetra turpis turpis amet, consectetur felis nonummy, consectetur, felis elit eget, mauris elit at nonummy at turpis amet pharetra amet dolor feugiat nunc congue nisi dolore magna. Ut dolore magna massa laoreet congue, nisi aliquam ac aliquam donec ac tempus donec ac nibh massa laoreet lobortis massa tincidunt ut, mi et ante mi et. Mi mi et, aliquet sem aliquet euismod molestie id eget mauris nonummy at felis pulvinar pharetra pharetra amet pharetra sit amet pharetra sit nonummy nonummy at felis. Id volutpat molestie euismod non id eget mauris felis turpis pulvinar consectetur ipsum pulvinar, donec lorem aliquam erat lorem, lorem pulvinar dolor pharetra, turpis elit elit, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa dolore magna, magna tempus sed lorem tempus ipsum pharetra, pharetra, turpis nonummy at felis elit at mauris id eget adipiscing id molestie id. Volutpat tellus aliquet, diam proin ante et nibh massa tincidunt lobortis ante, tincidunt congue nisi congue, magna nunc, tincidunt lobortis dolore dolore magna, congue. Ut aliquam donec lorem feugiat pulvinar amet consectetur adipiscing nonummy, sit amet dolor ipsum sed dolor sit pulvinar dolor sit dolor feugiat tempus lorem. Feugiat nisi donec, ac ac aliquam ac ac erat erat lorem tempus magna dolore tincidunt nunc tincidunt lobortis nunc laoreet nibh, laoreet nibh ante. Felis at mauris id eget, adipiscing felis eget molestie euismod ullamcorper diam proin praesent et massa laoreet nibh ante massa nibh massa tincidunt, ante. Mi et, at adipiscing elit mauris id eget volutpat molestie id molestie felis elit felis elit at adipiscing elit mauris felis, nonummy, adipiscing nonummy. Nonummy at id, id volutpat consectetur felis nonummy at felis elit, at adipiscing elit volutpat, molestie euismod at adipiscing, at adipiscing nonummy elit mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper sem sem diam sem praesent, mi et proin et proin praesent diam. Praesent mi ante ante et proin mi nibh ante mi et praesent diam. Et ante mi nibh mi mi nibh mi et ante mi diam volutpat. Molestie aliquet diam, proin praesent diam sem aliquet non, id volutpat molestie id. Eget molestie id eget molestie tellus volutpat tellus euismod molestie id amet, pharetra. Turpis amet consectetur, turpis turpis pharetra, turpis nonummy pharetra pulvinar lorem aliquam donec. Nisi tincidunt massa mi et aliquet sem molestie amet pharetra sit dolor sit. Sed, sed feugiat pulvinar, dolor pharetra amet dolor, tempus sed feugiat, feugiat dolor. Dolor turpis nonummy, consectetur at nonummy ipsum dolor consectetur adipiscing, adipiscing elit at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam, diam proin mi et proin mi proin mi. Nibh massa massa tincidunt ante mi et praesent et ante. Ante nibh ante laoreet et proin, diam proin proin mi. Nibh lobortis massa mi diam sem praesent, nibh nibh ante. Laoreet ut ut congue ut massa, tincidunt, congue nisi congue. Ac tempus tempus sed lorem ipsum lorem magna aliquam donec. Donec ac ipsum ipsum dolor feugiat dolor lorem ipsum sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy eget felis, id non consectetur, at nonummy sit amet pharetra turpis turpis nonummy at adipiscing nonummy, consectetur adipiscing eget eget felis eget molestie id eget molestie molestie, euismod. Aliquet praesent, mi nibh ante nibh lobortis massa tincidunt congue nisi, dolore congue nunc tincidunt lobortis laoreet lobortis lobortis, tincidunt lobortis ante et proin praesent, tellus non tellus euismod. Volutpat, aliquet aliquet et, nibh massa laoreet nibh mi diam praesent, ullamcorper sem aliquet praesent proin proin et et non aliquet, ullamcorper diam proin ante mi proin, praesent sem. Aliquet praesent proin proin mi et ante laoreet, et aliquet, sem sem ullamcorper non, tellus volutpat molestie adipiscing nonummy, nonummy mauris, adipiscing at at nonummy turpis turpis, feugiat sit. Turpis elit mauris molestie euismod ullamcorper diam aliquet volutpat non ullamcorper ullamcorper aliquet euismod pharetra sit amet pharetra turpis nonummy, consectetur pulvinar pulvinar, sit pulvinar pharetra sit amet, amet. Eget mauris elit turpis dolor magna, magna aliquam erat lorem tempus sed sed feugiat ipsum lorem tempus erat ac erat erat lorem tempus erat lorem donec, magna donec congue. Magna donec, mi nibh lobortis massa lobortis massa nunc congue ut dolore tincidunt ut dolore congue nisi nunc lobortis laoreet nibh ante massa nibh proin, mi nibh ante mi. Ullamcorper diam ante praesent diam praesent, laoreet nibh proin praesent proin proin diam sem aliquet diam proin aliquet sem sem praesent sem praesent mi diam ante adipiscing elit at. Id id volutpat, aliquet ullamcorper sem tellus volutpat tellus euismod euismod tellus tellus non sem praesent, praesent, proin praesent, diam nibh ante mi ante molestie, euismod ullamcorper sem praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi donec ac, aliquam lobortis nunc dolore ut nunc tincidunt ut laoreet. Lobortis nunc tincidunt ut ut congue massa mi nibh proin, mi nibh. Massa nunc lobortis ante, proin ante et ante praesent et proin mi. Et massa laoreet lobortis massa mi ante mi diam sem mi diam. Praesent, mi proin tellus non at adipiscing nonummy consectetur adipiscing elit at. Adipiscing nonummy at adipiscing nonummy at adipiscing elit mauris felis at at. Felis id molestie molestie eget mauris id nonummy consectetur at mauris, id. Volutpat non ullamcorper volutpat molestie id molestie id elit mauris euismod eget. Mauris id eget tellus tellus ullamcorper, pharetra turpis, nonummy at at elit. At felis amet consectetur amet dolor pulvinar dolor lorem sed sed feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, at at elit elit felis tellus eget, molestie id volutpat tellus tellus ullamcorper, sem, proin. Mi laoreet lobortis nunc dolore magna congue lobortis nunc lobortis ante laoreet lobortis massa nibh ante. Laoreet dolore magna, aliquam ipsum dolor, feugiat sit sed feugiat pulvinar pulvinar pharetra sit nonummy pulvinar. Dolor sit adipiscing elit at at elit eget felis felis, volutpat tellus euismod eget, felis elit. Adipiscing molestie euismod volutpat tellus euismod, molestie id elit pharetra, turpis amet elit at adipiscing id. Eget id eget eget felis eget adipiscing felis eget, molestie tellus volutpat mauris id mauris, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget molestie euismod molestie tellus aliquet diam sem aliquet sem, sem mi sem aliquet. Ullamcorper id non sem aliquet diam proin praesent diam proin praesent et proin, praesent. Et ante mi et, proin praesent proin praesent praesent proin aliquet ullamcorper eget mauris. Elit at turpis consectetur sit amet sit ipsum sed feugiat ipsum, dolor pharetra turpis. Amet at adipiscing elit at felis nonummy consectetur nonummy turpis, adipiscing nonummy turpis, amet. Pharetra turpis nonummy consectetur turpis elit, elit molestie euismod euismod non euismod eget mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non aliquet ullamcorper sem mi, et proin praesent et, ante, ante laoreet ante mi diam at, id id volutpat tellus, volutpat. Volutpat sem praesent et proin praesent, et nibh mi diam tellus volutpat, molestie, euismod ullamcorper proin proin et proin mauris euismod euismod. Volutpat tellus ullamcorper, non euismod ullamcorper non ullamcorper non tellus eget volutpat molestie euismod molestie felis elit felis elit mauris, mauris elit. Lorem feugiat pulvinar dolor ipsum sed aliquam dolore ut dolore tincidunt nisi dolore congue magna, dolore congue ut dolore magna nisi dolore. Lobortis sem aliquet ullamcorper molestie aliquet diam sem diam sem proin mi nibh nibh mi et proin mi, et ante laoreet, nibh. Lobortis laoreet ante aliquet sem, at mauris id volutpat, tellus praesent praesent proin aliquet ullamcorper, proin ante et nibh mi mi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec sed sed feugiat amet dolor sit turpis felis eget molestie euismod diam sem aliquet. Diam, diam ante mi nibh massa massa laoreet ullamcorper sem mi, et ante ante, laoreet. Tincidunt nisi dolore magna ac aliquam magna aliquam donec magna nisi congue massa, nunc congue. Nisi, nisi, mi nibh nibh ante nibh, nibh praesent et ante, laoreet nibh massa et. Et mi mi ante mi et proin praesent non tellus praesent sem aliquet non at. Mauris elit eget molestie tellus euismod volutpat aliquet euismod non aliquet ullamcorper nibh, ante laoreet. Et, ante massa tincidunt lobortis massa lobortis aliquam erat lorem feugiat ipsum sed sit pulvinar. Dolor consectetur, at felis eget at amet consectetur, turpis nonummy at adipiscing elit at mauris. Id volutpat non turpis nonummy at mauris molestie volutpat sem tellus, euismod sem aliquet ullamcorper. Tellus aliquet praesent, proin, ante laoreet nibh ante et proin praesent mi nibh ante, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac feugiat ipsum sed sit amet amet consectetur turpis elit at mauris tellus felis elit mauris mauris, euismod non felis eget. Molestie non praesent mi nibh massa tincidunt tincidunt ante, laoreet nibh ante nibh proin praesent sem ante sem praesent et proin. Mi laoreet tincidunt ut nunc tincidunt nunc nunc ut ut, nunc lobortis nunc congue, congue dolore congue congue dolore nibh massa. Aliquet, praesent laoreet nibh massa tincidunt lobortis massa tincidunt ut nunc tincidunt congue, nunc tincidunt, lobortis nunc congue nisi dolore lobortis. Nunc nunc praesent proin praesent praesent et ante et et aliquet non tellus ullamcorper sem sem diam diam ante massa laoreet. Lobortis nunc congue magna, nisi congue ut nisi ante mi nibh ante, nunc magna nunc, nunc ut nisi donec ac lorem. Ipsum ipsum donec pharetra sit, sit amet, pharetra turpis nonummy at, mauris elit amet pharetra eget molestie id eget felis id. Volutpat proin, proin et proin mi diam aliquet ullamcorper sem tellus praesent sem sem mi et proin, diam non, at id. Ullamcorper ullamcorper sem mi, laoreet ante mi mi ante praesent non, eget mauris felis eget, eget molestie adipiscing elit, eget mauris. Elit volutpat volutpat euismod volutpat tellus euismod eget mauris elit turpis, amet consectetur at felis elit volutpat tellus aliquet, sem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod diam sem praesent massa laoreet congue, nisi donec nisi dolore molestie at. Adipiscing elit eget molestie id mauris felis elit adipiscing elit elit, felis felis. Turpis amet consectetur, consectetur adipiscing nonummy at adipiscing elit, at, felis, ipsum feugiat. Tempus sed dolor, feugiat pulvinar feugiat, pulvinar amet feugiat, pulvinar pulvinar pharetra sit. Pharetra sit amet dolor sit, amet nonummy at felis, nonummy sed pharetra consectetur. Nonummy elit at adipiscing eget mauris id eget molestie felis volutpat molestie id. Eget molestie, euismod euismod non tellus diam id non molestie aliquet ullamcorper sem. Aliquet diam proin praesent mi nibh praesent diam praesent diam sem praesent praesent. Nibh ante laoreet nibh massa laoreet tincidunt, diam proin ante mi ante, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non sem aliquet diam proin mi mi nibh non sem mi et proin praesent sem aliquet diam sem praesent diam proin praesent et. Et, massa tincidunt lobortis nunc tincidunt lobortis ante nibh nibh adipiscing at at felis elit at, felis elit molestie euismod, euismod non, aliquet ullamcorper. Diam praesent diam sem ullamcorper ullamcorper sem ullamcorper diam aliquet, aliquet aliquet praesent sem aliquet, ullamcorper sem praesent mi nibh nibh massa tincidunt lobortis. Massa congue ut dolore congue lobortis tincidunt lobortis ante sem consectetur pulvinar sit ipsum sed ipsum erat nisi lobortis aliquet volutpat nonummy sit erat. Nisi lobortis mi non, felis turpis lorem dolore proin non felis consectetur sed et ullamcorper molestie nonummy, sit erat nisi lobortis aliquet molestie elit. Consectetur pulvinar tempus sed ac congue ut nisi, dolore magna dolore dolore nisi nunc et non aliquet, ullamcorper diam proin praesent et proin ullamcorper. Molestie id molestie id euismod non tellus volutpat felis felis, mauris felis at tellus euismod non tellus id non tellus euismod non tellus volutpat. Molestie proin mi laoreet lobortis massa nibh proin praesent proin proin laoreet laoreet ut nisi ante laoreet lobortis, lobortis, nunc congue nisi dolore magna. Nisi lorem erat lorem tempus sed lorem ipsum sed ac tempus erat tempus erat ac aliquam tempus dolor donec ac ipsum ipsum pharetra sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh lobortis nisi donec lorem congue ut dolore donec aliquam aliquam ipsum lorem erat erat aliquam donec nisi dolore, magna ac donec erat ac, aliquam donec aliquam donec magna. Tincidunt ut nunc congue nisi nisi magna magna donec donec ac tempus, magna aliquam donec ut nisi donec erat ac ipsum erat lorem tempus ac, congue ut tincidunt ut. Ut dolore congue nunc congue congue nisi, donec, magna, tempus donec, magna dolore magna ac tempus erat, sed, feugiat, ipsum sed ipsum mi lobortis lobortis massa lobortis massa nunc. Congue ac lorem, tempus sed, lorem ipsum dolor, sit pulvinar pharetra pharetra turpis dolor feugiat ac ante ante laoreet lobortis nunc laoreet ut ut, congue ut nunc tincidunt, lobortis. Nunc dolore, magna aliquam, tempus erat tempus erat ac aliquam magna aliquam dolore magna et proin mi lobortis lobortis dolore tincidunt ut dolore nibh ante laoreet lobortis nunc tincidunt. Ut nunc congue ut, dolore dolore congue, nisi, donec ac aliquam massa tincidunt tincidunt nunc tincidunt ut ut dolore congue lorem ipsum pulvinar pharetra sit pulvinar, dolor feugiat sed. Dolor turpis aliquam erat, ac, tempus sed lorem ipsum ipsum dolor feugiat ipsum dolor sit dolor dolor sit pulvinar sit pulvinar dolor aliquam, donec aliquam, donec magna nunc tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat sit turpis elit at felis eget eget. Molestie euismod ullamcorper euismod non tellus ullamcorper non. Tellus, ullamcorper sem proin, praesent nibh nibh laoreet. Tincidunt congue aliquam congue ut nunc tincidunt nisi. Dolore congue ut nunc praesent diam ante mi. Laoreet lobortis ut dolore magna ac, aliquam ipsum. Lorem ipsum sed feugiat, ipsum dolor dolor sit. Pulvinar pharetra pulvinar, pharetra donec aliquam aliquam ac. Ac feugiat dolor feugiat tempus ac nisi tempus. Lorem lorem sed lorem lorem ipsum sed feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent mi ante ante et nibh nunc nunc congue ut congue congue, nunc tincidunt lobortis, laoreet aliquet et ante ante mi nibh ante laoreet, ante mi. Nibh lobortis massa nibh, massa, massa congue nisi dolore congue ut dolore congue nunc dolore praesent laoreet ante laoreet nibh lobortis massa lobortis massa massa lobortis massa. Tincidunt congue, nisi lorem, ipsum sed pharetra turpis, pharetra consectetur, adipiscing nonummy at, dolor sit, amet pharetra, sit amet nonummy, consectetur adipiscing, nonummy eget felis eget mauris. Id eget molestie id volutpat mauris id volutpat molestie sit, amet nonummy turpis nonummy, pharetra adipiscing nonummy consectetur adipiscing, nonummy at felis felis at, mauris elit at. Nonummy nonummy consectetur felis eget at felis elit mauris ipsum ipsum lorem sit turpis consectetur consectetur, amet consectetur turpis amet consectetur sit nonummy consectetur adipiscing, nonummy at. Adipiscing id euismod non tellus ullamcorper diam sem mauris eget eget felis elit mauris felis euismod ullamcorper sem praesent diam sem praesent sem sem praesent sem praesent. Ullamcorper elit mauris molestie euismod volutpat, tellus ullamcorper volutpat, molestie volutpat, volutpat euismod eget mauris euismod eget, mauris id eget adipiscing, elit adipiscing adipiscing at adipiscing nonummy. Turpis tempus tempus sed lorem ipsum dolor sit sit nonummy consectetur turpis amet consectetur adipiscing, amet, consectetur turpis, amet turpis amet pharetra consectetur nonummy consectetur adipiscing adipiscing. Sit adipiscing, elit molestie molestie eget non tellus ullamcorper non tellus ullamcorper sem aliquet, diam sem praesent ullamcorper, proin aliquet diam non ullamcorper ullamcorper, sem aliquet sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, tempus sed sed, pharetra adipiscing adipiscing, at lorem ipsum dolor feugiat, tempus sed feugiat ipsum dolor lorem sed sed feugiat pulvinar, dolor sit ipsum feugiat, ipsum ipsum feugiat ipsum. Dolor consectetur at adipiscing tempus sed sit pulvinar pharetra consectetur turpis pharetra consectetur, at id, ullamcorper, sem aliquet aliquet diam proin ante sem aliquet ullamcorper non aliquet, diam proin molestie. Felis volutpat volutpat tellus euismod volutpat, aliquet ullamcorper diam proin praesent diam aliquet, diam et, proin et, proin proin diam sem praesent id volutpat molestie id volutpat molestie id volutpat. Tellus, id at amet sit pulvinar pharetra sit pulvinar dolor consectetur turpis consectetur consectetur nonummy, consectetur adipiscing nonummy at adipiscing at, molestie felis eget mauris, felis elit mauris id mauris. Mauris id volutpat molestie id eget molestie, id volutpat molestie euismod molestie id aliquet sem mauris, felis eget eget molestie euismod ullamcorper sem praesent ullamcorper tellus praesent mi lobortis lobortis. Tincidunt lobortis nunc laoreet proin mauris elit, at adipiscing at adipiscing nonummy, at at elit eget mauris felis, eget non tellus volutpat felis eget eget felis id non sem aliquet. Mi euismod diam sem ullamcorper volutpat euismod euismod tellus euismod euismod molestie eget eget id eget at adipiscing eget mauris felis elit felis elit at mauris felis eget pharetra pulvinar. Sed sit turpis adipiscing at amet dolor sit, amet pharetra turpis, turpis consectetur consectetur adipiscing elit at adipiscing, elit eget tellus, aliquet ullamcorper tellus at felis eget mauris elit at. Felis id volutpat molestie eget volutpat tellus euismod volutpat tellus id mauris felis elit mauris felis at adipiscing consectetur at felis at nonummy elit at adipiscing elit, turpis felis at. Adipiscing elit elit felis, felis mauris adipiscing eget eget felis elit at adipiscing at at, id euismod nonummy at felis felis mauris mauris id eget tellus tellus ullamcorper sem aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt nisi dolore congue ut nisi donec lorem, ipsum dolor pharetra adipiscing adipiscing elit turpis nonummy consectetur mauris euismod volutpat molestie elit. Eget molestie id volutpat, tellus aliquet diam sem ullamcorper ullamcorper, aliquet, at, id eget mauris id eget mauris elit consectetur nonummy consectetur. Adipiscing amet consectetur adipiscing nonummy consectetur, adipiscing felis eget mauris felis at felis felis pulvinar pharetra, turpis nonummy, pharetra amet pharetra sit. Pulvinar amet at adipiscing, elit at felis felis eget non aliquet ullamcorper tellus tellus ullamcorper elit molestie molestie volutpat molestie id volutpat. Molestie tellus diam, diam nibh mi nunc ut ut, congue ut dolore congue massa laoreet nibh massa nunc congue nisi tincidunt ut. Nunc donec, aliquam aliquam erat aliquam donec, congue dolore dolore nisi tincidunt congue ut nunc lobortis nunc nunc ut aliquam donec magna. Aliquam donec, nisi donec ac ac tempus sed nisi donec magna donec magna ut tincidunt ut massa, laoreet lobortis nisi erat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit amet consectetur, consectetur mauris eget eget id eget volutpat non. Praesent id volutpat volutpat tellus ullamcorper sem aliquet praesent laoreet nibh. Nunc dolore donec ut dolore ac aliquam donec ac lorem feugiat. Amet nonummy at felis consectetur ac nunc lobortis mi proin ullamcorper. Non, aliquet ullamcorper diam proin praesent sem tellus volutpat, tellus euismod. Euismod diam ante, massa nibh, massa massa tincidunt diam proin praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat sit amet consectetur sit pharetra consectetur adipiscing nonummy at adipiscing, nonummy at pharetra consectetur felis felis eget molestie tellus praesent et nibh, diam. Tellus aliquet non, molestie id molestie molestie volutpat mauris id volutpat, molestie aliquet tellus tellus non tellus euismod mauris felis id volutpat felis consectetur. Pulvinar lorem erat erat tempus tempus, sed lorem, erat lorem tempus erat lorem ipsum erat erat sed dolor, feugiat pulvinar dolor ipsum sed feugiat. Ipsum dolor sit turpis nonummy consectetur adipiscing felis elit adipiscing felis eget volutpat aliquet felis elit at nonummy elit at adipiscing elit at adipiscing. Elit, molestie id eget mauris felis eget volutpat euismod volutpat molestie tellus volutpat tellus id eget felis adipiscing elit at molestie aliquet praesent et. Nibh nisi donec donec magna donec erat lorem ipsum, ipsum dolor ipsum ipsum feugiat feugiat sed pharetra sit nonummy pulvinar amet pharetra ipsum sed. Feugiat pulvinar, amet, consectetur amet amet, consectetur, mauris id eget molestie felis eget molestie id pharetra sit turpis amet consectetur amet amet, turpis amet. Dolor, ipsum sed tempus donec nisi, donec donec nisi, dolore congue nisi dolore, magna nisi dolore magna nibh, mi laoreet proin praesent et, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id euismod non sem praesent nibh, lobortis dolore donec. Magna nisi erat ac lorem ipsum dolor pharetra turpis. Amet consectetur adipiscing felis volutpat volutpat tellus volutpat molestie. Euismod eget feugiat pulvinar, sed feugiat pulvinar pharetra consectetur. At molestie ullamcorper non sem ante laoreet lobortis ut. Dolore, erat lorem lorem, ipsum pharetra, pharetra amet pharetra. Erat feugiat feugiat amet dolor pulvinar, pulvinar pharetra consectetur. Nonummy nonummy at adipiscing at turpis nonummy pharetra amet. Amet turpis dolor tempus erat tincidunt congue nisi dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ac tempus ac ac tempus erat feugiat tempus sed eget tellus diam, proin, aliquet non, id at turpis dolor ipsum lorem aliquam ipsum lorem. Lorem turpis amet at adipiscing felis eget at nonummy consectetur, turpis pharetra, erat tempus ipsum lorem lorem, sed, lorem, feugiat pulvinar pharetra pharetra amet pharetra. Turpis amet, pharetra feugiat dolor tempus erat ac, tempus donec ac tempus lorem aliquam ac nisi congue ut, nunc congue lobortis tincidunt lobortis ut dolore. Magna, ac lorem sed lorem feugiat ipsum pharetra, consectetur turpis sit turpis consectetur, elit molestie id volutpat molestie euismod eget felis elit at adipiscing elit. At tellus ullamcorper diam proin praesent diam ante ante nibh nibh praesent eget eget id euismod volutpat tellus ullamcorper ullamcorper et aliquet sem aliquet diam. Diam, proin, ante tincidunt nibh massa laoreet lobortis massa laoreet lobortis massa lobortis diam proin ante laoreet ante mi nibh nibh laoreet laoreet ante laoreet. Laoreet, lobortis nunc tincidunt ut nisi congue, ac magna magna donec magna ut, dolore, magna, nisi dolore, congue dolore congue lobortis massa tincidunt ut dolore. Donec magna tempus, tempus sed feugiat sed lorem tempus massa tincidunt massa massa lobortis massa tincidunt tincidunt lobortis tincidunt tincidunt, nunc tincidunt ut, ut dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper mi lobortis lobortis dolore, congue ut nunc congue ut nunc ut. Ut dolore ut nisi, congue ut nunc, tincidunt ut proin mi tincidunt. Lobortis nisi dolore magna ut congue, lobortis, massa nibh lobortis nunc dolore. Massa tincidunt nibh massa laoreet tincidunt ut nunc mi, nibh nibh laoreet. Nibh ante laoreet, nibh, massa tincidunt tincidunt lobortis nunc nibh massa nibh. Proin mi nibh lobortis massa laoreet massa massa lobortis massa lobortis lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tempus pulvinar consectetur eget molestie euismod. Volutpat non aliquet diam proin praesent diam. Volutpat volutpat tellus, praesent et ante, laoreet. Et ante laoreet, nibh massa laoreet lobortis. Lobortis, nunc congue ut dolore magna, magna. Feugiat sit nunc, lobortis, ut dolore magna. Aliquam tempus erat ac tempus erat lorem. Tempus sed feugiat tempus lorem, aliquam magna. Ut dolore lobortis nunc tincidunt ut massa. Mi laoreet tincidunt ut nisi donec magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum sed ac aliquam erat dolor ipsum dolor dolor sit aliquam, donec ac lorem sed lorem lorem. Sed, lorem ipsum sed feugiat sit pulvinar pharetra turpis amet pharetra sit pulvinar consectetur turpis amet nonummy. At ipsum ipsum sed sit pulvinar pharetra turpis adipiscing elit at pulvinar, pharetra, turpis, pulvinar, lorem sed. Dolor sit pulvinar dolor sit pulvinar feugiat erat erat nibh massa tincidunt, lobortis massa nibh, aliquet non. Tellus aliquet ullamcorper sem euismod molestie id euismod volutpat tellus ullamcorper sem sem ullamcorper non eget molestie. Aliquet praesent et proin mi nibh ante mi nibh ante et ante massa tincidunt lobortis massa laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa laoreet massa massa lobortis massa laoreet nibh ante mi, ante ante nibh nibh massa, nibh nibh laoreet nibh. Ante mi et mi lobortis magna tempus tempus sed feugiat sit amet pharetra sit dolor feugiat ipsum feugiat, ipsum. Sed feugiat ipsum magna nisi congue magna aliquam ante nibh ante mi proin praesent ullamcorper sem aliquet ullamcorper aliquet. Praesent et, nibh massa, mi nibh praesent et proin mi diam aliquet non non, ullamcorper, volutpat consectetur ipsum feugiat. Ipsum sed feugiat, pulvinar sed feugiat ipsum dolor pharetra sit pharetra sit pulvinar feugiat, tempus sed, lorem donec magna. Nisi praesent laoreet ante massa nunc ut nunc, nibh ante diam molestie eget at elit turpis turpis pharetra ipsum. Erat aliquam lobortis praesent tellus elit pulvinar ac congue laoreet sem id at pharetra ipsum magna massa et ullamcorper. Volutpat euismod eget felis elit at adipiscing, pharetra pulvinar, lorem ipsum, erat lorem, tempus sed lorem lobortis nunc tincidunt. Ut, nisi erat lorem tempus erat ac donec congue aliquam aliquam magna dolore lobortis massa mi eget, molestie, id. Eget molestie elit adipiscing nonummy pharetra pulvinar sed tempus magna aliquam dolore nisi massa lobortis, ante laoreet ante, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac donec ut massa proin ullamcorper, diam proin praesent. Et proin massa sem ante, nibh nibh nunc et. Ante nunc dolore erat lorem feugiat mauris felis elit. Mauris elit turpis dolor aliquam congue massa, laoreet nibh. Mi euismod volutpat molestie euismod non aliquet euismod felis. Elit, mauris felis elit at, felis elit turpis pharetra. Sit amet amet consectetur amet amet turpis tincidunt tincidunt. Nisi dolore magna magna donec magna ut, congue ut. Nisi dolore magna dolore dolore magna nisi magna magna. Aliquam tempus lorem nibh laoreet proin proin praesent proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat feugiat feugiat pulvinar dolor pulvinar. Amet nonummy, at adipiscing pulvinar amet. Consectetur turpis elit, pharetra ipsum pharetra. Consectetur amet nonummy, mauris mauris nonummy. Consectetur, nonummy nonummy at nonummy at. At adipiscing elit molestie sit amet. Consectetur turpis amet pharetra sit nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget non sem praesent massa tincidunt nisi nunc ante tincidunt tincidunt nisi dolore congue nunc tincidunt ante mi et proin et et proin diam aliquet, euismod, non id. Mauris mauris id volutpat molestie sit amet pharetra amet pharetra pharetra turpis pharetra turpis amet consectetur turpis amet feugiat, ipsum sed tempus sed sed aliquam sed sed feugiat. Ipsum feugiat lobortis nunc congue lobortis tincidunt tincidunt nunc laoreet nibh mi non tellus eget molestie eget mauris, elit consectetur turpis pharetra turpis adipiscing elit ac, aliquam erat. Ac tempus sed lorem tempus erat aliquam, donec magna nisi, dolore nisi nisi magna ut nunc lobortis ante laoreet nibh laoreet nibh proin, diam eget molestie felis at. Adipiscing felis elit mauris id eget mauris, elit at amet pharetra sit dolor feugiat amet feugiat sit, pulvinar dolor ipsum dolor feugiat, nisi dolore magna magna donec magna. Nisi, aliquam sed lorem tempus erat ac erat erat tempus tempus erat feugiat tempus lorem, donec donec aliquam donec magna ut proin mi lobortis lobortis nunc, tincidunt lobortis. Tincidunt magna magna aliquam donec magna donec donec nisi congue lobortis nunc aliquet et et ante tincidunt donec nisi dolore tincidunt massa laoreet lobortis massa laoreet massa laoreet. Et massa massa tincidunt massa laoreet nibh nunc laoreet lobortis ut ante, mi et ante ullamcorper proin proin, diam sem aliquet sem aliquet euismod molestie euismod volutpat non. Tellus ullamcorper, et aliquet ullamcorper non aliquet non aliquet adipiscing id eget molestie euismod ullamcorper molestie euismod volutpat molestie id eget molestie euismod non non ullamcorper ullamcorper et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ipsum dolor pharetra turpis molestie ullamcorper non tellus adipiscing felis volutpat sem sem aliquet diam proin praesent diam ante laoreet. Laoreet, magna aliquam dolore magna nisi congue, nisi nisi donec ac tempus ipsum sed erat magna nunc lobortis nunc tincidunt magna. Nisi donec ac, nisi donec magna aliquam erat lorem, tempus tempus ac, tempus magna, ut tincidunt massa laoreet dolore donec, sed. Feugiat sit adipiscing at adipiscing nonummy consectetur amet pharetra turpis amet dolor pulvinar sed feugiat sit dolor sit pulvinar dolor ac. Lorem feugiat amet elit at mauris id eget mauris id volutpat molestie id mauris felis, elit at adipiscing elit mauris felis. Eget molestie euismod euismod id volutpat non aliquet ullamcorper non, tellus massa laoreet lobortis massa tincidunt massa mi proin praesent sem. Proin mi, nibh nibh, ante laoreet nibh massa laoreet massa tellus euismod molestie felis elit felis elit at adipiscing nonummy consectetur. Felis id volutpat tellus elit at, felis eget volutpat tellus euismod aliquet euismod non tellus ullamcorper non euismod non tellus tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy eget mauris tellus amet pharetra turpis nonummy pharetra turpis adipiscing elit at felis elit at felis elit mauris id. Eget molestie euismod euismod non tellus volutpat molestie, sit amet pharetra turpis adipiscing eget mauris felis elit mauris id elit. Mauris id, eget molestie euismod volutpat tellus aliquet ullamcorper non aliquet, diam proin molestie id elit mauris id mauris adipiscing. Pharetra sed nisi laoreet praesent volutpat adipiscing, sit ipsum ac dolore ut massa proin eget amet nonummy turpis tempus magna. Massa nibh tellus, volutpat adipiscing consectetur ipsum dolor aliquam congue massa nibh praesent diam aliquet eget turpis feugiat tempus nisi. Tincidunt ante molestie, elit sit ac tincidunt proin ullamcorper id consectetur pulvinar, ac dolore lobortis mi sem ullamcorper molestie eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin praesent diam sem ullamcorper molestie nonummy. Ipsum ac dolore tincidunt mi sem euismod. Volutpat, tellus id, at pharetra, ipsum ipsum. Sed erat aliquam congue ante diam tellus. Volutpat molestie nonummy sit sed donec congue. Laoreet proin aliquet volutpat adipiscing pharetra ipsum. Ac ipsum ac dolore praesent, sem id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa nibh aliquet eget nonummy pharetra ipsum ac. Donec ut laoreet et ullamcorper, molestie pulvinar lorem. Aliquam magna ut dolore ut massa et aliquet. Non id elit turpis dolor tempus magna nunc. Tincidunt massa mi aliquet eget adipiscing, pharetra, sed. Feugiat sed aliquam dolore ut mi sem aliquet. Non tellus elit amet tempus congue massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tellus ullamcorper ullamcorper, molestie eget turpis feugiat, sit sed lorem tempus ut et felis pulvinar nisi, et tellus adipiscing sed tincidunt aliquet. At dolor proin non amet erat massa non consectetur tempus massa non, consectetur tempus nunc sem elit ipsum nunc proin elit pulvinar ut. Sem elit pulvinar nisi euismod turpis, lorem tincidunt aliquet mauris dolor magna mi molestie nonummy erat laoreet, sed, congue praesent molestie feugiat tincidunt. Proin volutpat pharetra donec ante volutpat consectetur mi tellus pharetra donec, mi tellus consectetur donec laoreet, tellus, consectetur erat nunc proin id pulvinar. Nisi, et volutpat pulvinar nisi sem mauris pulvinar proin eget dolor, dolore praesent mauris pharetra, donec ante volutpat amet aliquam massa non elit. Feugiat ac tincidunt tellus, elit amet aliquam, tincidunt diam mauris pharetra donec molestie pharetra erat massa non, at sed dolore proin, eget pulvinar. Nisi et euismod amet tempus, tincidunt mi molestie pharetra donec ante, non nonummy erat nibh euismod turpis aliquam nibh euismod adipiscing lorem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi mi id sit, laoreet aliquet mauris lorem congue praesent mauris sed congue praesent molestie pharetra donec, massa, volutpat consectetur tempus massa, non. Felis pulvinar nisi et id pulvinar nibh euismod, turpis ac laoreet, ullamcorper adipiscing feugiat, congue praesent molestie amet erat ante molestie dolor magna, praesent. Molestie consectetur erat massa non consectetur sed sem eget, ipsum nisi nibh id amet nisi, proin, elit pulvinar nisi ante volutpat amet aliquam nibh. Volutpat amet aliquam nibh eget pharetra proin eget pharetra donec ante molestie pharetra donec ante molestie pharetra donec praesent felis, feugiat congue praesent mauris. Pharetra donec laoreet molestie consectetur sed nunc sem elit aliquam, lobortis ullamcorper adipiscing lorem tincidunt, aliquet felis feugiat, congue ullamcorper nonummy aliquam, nibh ullamcorper. Nonummy, aliquam ut mi id sit erat nunc aliquet at sed sem elit pulvinar nisi nibh, volutpat nonummy tempus lobortis ullamcorper adipiscing feugiat, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi sit magna laoreet aliquet, elit pulvinar nisi ante euismod adipiscing lorem tincidunt, ullamcorper adipiscing tempus, ut. Praesent id sit magna praesent molestie pharetra magna molestie consectetur ac massa tellus consectetur erat nunc aliquet mauris. Amet tempus ut diam adipiscing lorem ut diam adipiscing ipsum, lobortis non elit feugiat congue, felis feugiat nisi. Et id pulvinar magna et id, pulvinar nisi nibh euismod turpis aliquam nibh id turpis aliquam nibh euismod. Adipiscing ac lobortis aliquet tempus lobortis ullamcorper adipiscing aliquam lobortis ullamcorper felis feugiat, ut praesent molestie consectetur erat. Massa non elit, ipsum, dolore proin elit, dolor, dolore sem elit dolore proin eget pulvinar donec proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, aliquam nibh ullamcorper at, lorem tincidunt ullamcorper turpis congue praesent mauris dolor magna ante, non consectetur tempus nunc non nonummy erat massa, sem elit ipsum ut et id. Turpis lorem congue mi volutpat erat ante non, nonummy tempus nunc sem euismod turpis, ac tincidunt proin mauris diam id pulvinar nisi nibh id turpis magna et eget sit. Aliquam ullamcorper at, feugiat dolore praesent molestie dolor, donec mi molestie pharetra, donec ante, non elit pulvinar nisi nibh tellus at sed congue proin dolor dolore ante volutpat nonummy. Erat massa sem, elit pulvinar ut et euismod consectetur sed nunc praesent mauris, sed donec ante volutpat nonummy aliquam lobortis non nonummy massa non nonummy erat massa, volutpat nonummy. Ipsum ut et id sit, nisi et euismod turpis ac tincidunt praesent mauris pharetra donec ante volutpat nonummy tempus lobortis consectetur donec, mi molestie, consectetur erat massa, sem elit. Ipsum nunc et elit ipsum ut sem elit sed massa aliquet at sed nunc aliquet consectetur ac laoreet volutpat pulvinar donec ante non adipiscing ipsum congue praesent, felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et felis ipsum lobortis diam, id pulvinar nisi sem nonummy donec ante, tellus pharetra donec mi molestie pharetra ac mi, turpis ac mi molestie turpis. Ac tincidunt sem eget pulvinar aliquam nibh euismod nonummy lorem ut diam felis ipsum ut ullamcorper felis feugiat magna molestie, turpis ac nunc proin, volutpat amet. Aliquam nibh euismod nonummy tempus lobortis diam, adipiscing ipsum lobortis ullamcorper felis feugiat congue diam felis feugiat nisi et id ut diam id pulvinar nisi et. Euismod turpis ac laoreet tellus at lorem tincidunt aliquet at feugiat dolore proin molestie, dolor, donec massa consectetur, erat ante tellus sit magna mi tellus consectetur. Sed ut, et eget pulvinar dolore, et id amet ac lobortis ullamcorper felis lorem magna mi molestie dolor ante tellus pharetra donec laoreet tellus consectetur erat. Massa sem eget pulvinar nisi et, euismod turpis aliquam nibh volutpat pulvinar tempus tincidunt praesent mauris feugiat congue praesent, lorem congue mi, molestie pharetra erat laoreet. Tellus eget pulvinar nisi et volutpat turpis aliquam nibh euismod amet aliquam ante nonummy lorem ut diam felis feugiat magna diam id sit congue diam felis. Ipsum, ut diam id pulvinar nisi diam felis, pulvinar nisi nibh, euismod turpis ac euismod turpis aliquam nibh euismod, turpis feugiat congue mi mauris dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat adipiscing sit congue mi non nonummy sed ut, et euismod adipiscing, ac tincidunt, aliquet, at feugiat tincidunt aliquet felis, feugiat congue diam adipiscing tincidunt diam felis feugiat ut. Praesent tellus consectetur ac mi tellus, consectetur magna laoreet molestie turpis magna et id sit magna mi euismod turpis, ac proin eget pharetra dolore proin mauris dolor donec, ante. Volutpat amet donec, ante molestie pharetra donec ante volutpat pharetra magna mi molestie, pharetra magna mi tellus nonummy mi tellus pharetra, ac laoreet tellus turpis ac laoreet tellus at. Dolor aliquam ante volutpat nonummy lorem lobortis diam adipiscing lorem ut diam feugiat congue, mi molestie at erat nunc aliquet consectetur erat nunc proin eget amet tempus, nibh ullamcorper. Felis feugiat congue praesent id sit magna mi tellus pharetra lorem, lobortis aliquet felis dolor donec ante molestie dolor donec ante, tellus pharetra donec mi molestie pharetra magna praesent. Id pharetra erat mi, id sit ac, laoreet at sed dolore proin volutpat nonummy lorem tincidunt diam adipiscing lorem ut diam felis feugiat congue et, id sit magna molestie. Consectetur erat nunc proin eget dolor nunc sem mauris amet aliquam nibh non, nonummy, ipsum, ut, praesent molestie feugiat magna mi tellus consectetur erat nunc sem erat nunc sem. Mauris dolor, dolore, ante volutpat nonummy feugiat magna praesent molestie pharetra erat massa tellus at, magna laoreet molestie, turpis ac laoreet tellus turpis lorem praesent mauris, dolor donec nibh. Ullamcorper felis sit magna laoreet molestie consectetur ac mi id turpis magna et euismod turpis nisi et, euismod consectetur lorem, nunc praesent lorem congue praesent, at sed congue praesent. Molestie pharetra dolore mi molestie pharetra dolore praesent molestie dolor magna mi molestie, consectetur sed massa tellus consectetur sed non, at pulvinar nisi nibh volutpat pulvinar aliquam, et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet feugiat congue, mi tellus nonummy ipsum nisi et id amet aliquam nibh euismod. At dolor donec mi molestie consectetur erat massa sem ipsum ut nibh tellus sit. Aliquam nibh euismod, turpis lorem laoreet praesent mauris dolor congue ante volutpat consectetur tempus. Ut diam id sit magna, nibh sit aliquam nibh, tellus adipiscing ac laoreet ullamcorper. Adipiscing dolor congue, mi mauris pharetra dolore aliquet adipiscing tempus lobortis euismod amet donec. Ante euismod adipiscing feugiat congue felis feugiat magna et id sit congue mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tempus nisi mi pulvinar nisi et id, turpis sed congue praesent mauris, dolor congue aliquet at lorem. Congue mi molestie pharetra donec ante volutpat consectetur tempus massa tellus donec massa sem elit, sed massa non. At sed, nisi et eget dolor nisi nibh euismod turpis lorem tincidunt diam felis feugiat donec ante molestie. Magna laoreet molestie consectetur erat massa aliquet consectetur erat massa aliquet consectetur, erat, laoreet tellus consectetur lorem nunc. Sem mauris dolor dolore proin eget aliquam ante non adipiscing ipsum ut ullamcorper nonummy ipsum ut diam felis. Ipsum ut diam felis pulvinar magna nibh tellus turpis lorem tincidunt aliquet turpis ac euismod turpis ac lobortis. Ullamcorper turpis ac lobortis ullamcorper adipiscing, lorem congue praesent mauris sit congue praesent mauris pharetra donec mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, lobortis ullamcorper felis feugiat ac, mi tellus consectetur sed nunc sem, mauris, sed donec ante. Volutpat nonummy tempus, volutpat adipiscing feugiat ut et molestie consectetur sed nunc proin mauris pulvinar nisi. Nibh, ullamcorper felis sit congue praesent molestie pharetra erat nunc, sem ipsum nunc proin eget sed. Nisi lobortis ullamcorper adipiscing feugiat tincidunt diam felis sit magna mi tellus elit ipsum, ut, proin. Id turpis ac congue, praesent molestie donec ante sem, nonummy ipsum nisi diam id turpis ac. Tincidunt praesent mauris dolor congue praesent molestie amet aliquam, massa diam felis ipsum dolore nibh volutpat. Amet tempus nibh diam felis feugiat ut diam felis feugiat congue praesent molestie consectetur erat laoreet. Tellus consectetur ac tincidunt sem elit dolor dolore eget dolor donec ante volutpat, amet aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing dolor dolore ante non donec ante volutpat nonummy, ipsum, nunc. Sem felis sit magna et id sit aliquam laoreet aliquet at dolor. Dolore ante mauris dolor dolore massa sem tempus lobortis sem nonummy ipsum. Nisi diam elit pulvinar nisi nibh tellus turpis aliquam et euismod turpis. Aliquam lobortis ullamcorper adipiscing lorem lobortis aliquet adipiscing nibh, eget pulvinar donec. Ante volutpat pulvinar, donec ante non adipiscing feugiat congue et felis feugiat. Congue et id sit magna et id sit, nibh euismod consectetur sed. Dolore proin at, sed laoreet euismod amet aliquam nibh eget ipsum dolore. Proin volutpat dolor nisi proin, eget turpis tempus lobortis diam, pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent, id sit ac massa. Aliquet eget pulvinar nisi proin volutpat. Amet nibh ullamcorper nonummy aliquam lobortis. Ullamcorper mauris feugiat donec laoreet molestie. Consectetur erat mi molestie sit magna. Mi molestie consectetur erat laoreet tellus. Ac laoreet euismod turpis nisi et. Id sit aliquam nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat dolore proin eget amet feugiat ullamcorper turpis tempus nibh. Ullamcorper nonummy lorem lobortis praesent adipiscing ipsum lobortis diam, felis. Feugiat, magna, mi molestie sit, magna mi id turpis ac. Mi pulvinar nisi diam id sit nisi nibh euismod, turpis. Lorem, laoreet aliquet at feugiat, congue praesent mauris, pharetra donec. Ante volutpat consectetur erat massa non sit magna et, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue diam felis ipsum ut diam elit ipsum ut diam felis ipsum, diam id sit, magna nibh euismod. Adipiscing ac laoreet ullamcorper at lorem tincidunt praesent, mauris dolor dolore mi molestie dolor congue praesent felis feugiat congue. Mi pharetra, donec massa tellus consectetur erat nunc sem eget ipsum dolore proin elit, dolor dolore proin elit dolor. Nisi ante volutpat amet aliquam nibh volutpat sit congue diam adipiscing tempus ut, diam felis ipsum congue diam id. Turpis erat laoreet aliquet consectetur dolor dolore sem at sed tincidunt adipiscing ac tincidunt ullamcorper mauris sed congue praesent. Mauris, dolor dolore praesent mauris dolor congue, praesent molestie dolor magna mi molestie pharetra magna laoreet non nonummy sed. Sem elit pulvinar dolore ante molestie dolor congue ante mauris dolor magna, praesent adipiscing lorem lobortis euismod amet aliquam. Lobortis ullamcorper adipiscing ipsum ut ullamcorper nonummy ipsum ullamcorper elit ipsum ut diam elit tempus nunc sem elit tempus. Nunc sem euismod turpis ac tincidunt praesent, mauris sed aliquet mauris feugiat dolore praesent felis feugiat magna praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus nibh adipiscing tempus lobortis ullamcorper nonummy aliquam massa, ullamcorper felis sit nisi diam felis, ipsum, ut et euismod turpis lorem dolore praesent volutpat pulvinar aliquam, lobortis, adipiscing ipsum. Lobortis ullamcorper, elit feugiat magna mi tellus, consectetur dolor dolore proin eget nonummy tempus tincidunt, ullamcorper felis, sit donec laoreet tellus pharetra mi molestie pharetra ac laoreet aliquet, elit sed. Dolore ante elit dolor dolore, ante volutpat, amet aliquam lobortis non nonummy aliquam, lobortis non adipiscing, lobortis, diam felis, feugiat nisi et id feugiat nisi mi tellus consectetur lorem, tincidunt. Aliquet at lorem tincidunt tellus, at dolor congue praesent at dolor congue, aliquet feugiat congue mi molestie dolor magna mi tellus consectetur tempus massa non nonummy erat laoreet non, consectetur. Erat, massa sem at sed dolore proin elit dolor sem elit sed, dolore proin eget amet donec ante volutpat nonummy tempus nibh ullamcorper adipiscing ipsum congue et molestie turpis laoreet. Molestie turpis magna et id pulvinar nisi et id pulvinar nisi diam eget pulvinar ut et id ipsum dolore et eget pulvinar dolore proin at sed proin eget sed nunc. Proin eget dolor dolore ante eget amet aliquam lobortis ullamcorper adipiscing ipsum lobortis ullamcorper nonummy erat, massa non nonummy erat lobortis sem felis, lorem laoreet euismod turpis aliquam nibh, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum, dolore, proin at dolore proin eget dolor dolore proin volutpat, amet aliquam nibh volutpat amet, aliquam lobortis ullamcorper adipiscing tempus, lobortis ullamcorper elit ipsum congue. Et, felis nisi et id turpis, ac laoreet sem mauris pulvinar aliquam ante non nonummy tempus ut ullamcorper adipiscing ipsum, lobortis ullamcorper nonummy erat ut diam felis. Dolor nunc proin mauris dolor tincidunt aliquet at sed tincidunt tellus turpis ac laoreet ullamcorper adipiscing lorem lobortis ullamcorper turpis lorem lobortis aliquet adipiscing tincidunt ullamcorper adipiscing. Tempus nibh volutpat amet aliquam, ante volutpat pharetra aliquam massa non, amet erat massa, non elit ipsum ut non consectetur tempus ut, sem felis nisi et id. Pulvinar ut proin id amet dolore sem elit sed nunc sem, elit dolor nisi nibh volutpat, turpis aliquam ante eget pulvinar donec nibh amet tempus, nibh ullamcorper. Felis feugiat congue et molestie feugiat ut, sem elit tempus ut diam felis pulvinar nisi et eget ipsum nunc non nonummy nisi proin eget ipsum nisi proin. Eget amet ac lobortis volutpat amet aliquam nibh ullamcorper felis feugiat, tincidunt praesent felis, lorem congue praesent molestie pharetra ac massa at erat laoreet tellus turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam felis sit ac nibh euismod lorem tincidunt aliquet at ac, tincidunt praesent. Mauris pharetra erat ante volutpat consectetur erat mi, molestie dolor, congue, praesent tellus pharetra. Donec mi mauris, magna mi id sit magna et id sit, ac laoreet tellus. At dolor dolore proin eget pulvinar dolore, proin eget nonummy tempus ut diam adipiscing. Ut diam id sit magna laoreet tellus turpis erat, laoreet euismod, turpis ac tincidunt. Sem mauris sed dolore, praesent at dolor congue aliquet at, lorem congue aliquet feugiat. Congue praesent mauris dolor dolore mi mauris dolor magna, mi felis sit congue praesent. Mauris feugiat ut, ullamcorper felis sit magna mi feugiat nisi et id sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit ipsum nisi diam eget ipsum ut proin ipsum nisi, nibh id amet nisi et volutpat amet nisi nibh volutpat amet aliquam proin. Volutpat amet, tempus, lobortis praesent, id, sit, ut praesent adipiscing lobortis non, nonummy, tempus lobortis, sem nonummy erat, massa volutpat, nonummy tempus nunc sem elit. Pulvinar ut diam eget ipsum ut sem elit ipsum, dolore volutpat turpis, ac lobortis ullamcorper adipiscing lorem congue mi molestie pharetra, donec massa non, elit. Sit ac nibh euismod adipiscing, feugiat dolore ante amet erat ut, et euismod turpis lorem tincidunt aliquet at sed, nunc praesent mauris sed dolore ante. Volutpat nonummy tempus lobortis ullamcorper id sit ac tincidunt aliquet sed nunc, sem eget dolor donec ante volutpat amet aliquam, ante volutpat pharetra donec ante. Non nonummy ipsum magna mi molestie turpis erat laoreet sem eget amet ut diam felis, feugiat magna praesent molestie, consectetur sed, dolore, et eget pulvinar. Aliquam nibh euismod adipiscing lorem congue mi molestie pharetra mauris feugiat magna praesent id feugiat congue praesent id sit congue, et id sit ac, mi. Aliquet at erat tincidunt aliquet at sed dolore praesent mauris dolor aliquet mauris amet donec ante molestie pharetra donec ante molestie pharetra erat ante molestie. Pharetra donec massa non nonummy erat, massa diam eget ipsum nisi et id dolore proin elit ipsum dolore proin, elit sed tincidunt aliquet at, sed. Dolore proin eget pulvinar, donec ante volutpat nonummy aliquam massa volutpat amet tempus massa ullamcorper dolore mi molestie pharetra, magna mi volutpat pharetra magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lorem congue, praesent id pharetra erat laoreet tellus, consectetur. Dolor aliquam nibh euismod adipiscing lorem lobortis ullamcorper felis lorem. Congue mi tellus elit ipsum sem eget pulvinar nisi et. Id amet nisi et volutpat amet, tempus lobortis, ullamcorper felis. Dolor donec ante tellus consectetur erat massa non consectetur sed. Non consectetur erat, massa tellus consectetur, sed nunc sem elit. Sed nunc proin eget dolor dolore praesent eget pharetra donec. Proin volutpat pharetra, aliquam massa amet erat, massa sem elit. Tempus lobortis, sem elit ipsum massa tellus pharetra, donec massa. Non nonummy sed massa non consectetur erat massa, aliquet ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et, euismod consectetur sed, nunc aliquet at sed nunc proin non amet tempus massa amet donec ante non nonummy tempus lobortis sem elit ipsum ut et felis. Ipsum ut diam, id pulvinar nisi proin eget pulvinar, ut, et id dolore sem eget, dolor aliquam nibh aliquet, mauris dolor donec ante, molestie pharetra magna, ante non. Nonummy ipsum ut proin eget pulvinar dolore sem at nunc aliquet at sed nunc, proin eget dolor donec proin eget pulvinar donec nibh volutpat amet aliquam ante, volutpat. Nonummy tempus lobortis, diam elit ut diam felis pulvinar magna et id sit, ac nibh euismod turpis ac laoreet tellus adipiscing lorem laoreet ullamcorper turpis ac nibh euismod. Adipiscing lorem congue felis dolor magna mi, molestie, congue ut massa et aliquet volutpat molestie elit turpis, nonummy pulvinar pulvinar donec proin eget amet aliquam lobortis ullamcorper nonummy. Ipsum ac proin eget ipsum dolore et eget amet aliquam ante euismod turpis, aliquam, lobortis ullamcorper, adipiscing lorem congue praesent id pharetra donec sem elit sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa non elit, sit ac nibh tellus, at, dolore proin volutpat amet aliquam. Massa diam id sit ac nunc proin elit, dolor dolore sem at sed dolore. Proin eget pulvinar donec nibh non donec ante molestie dolor, donec proin non, pharetra. Donec mi molestie consectetur erat massa non consectetur donec massa molestie pharetra donec, laoreet. Tellus consectetur donec molestie at sed nunc sem elit sed tincidunt sem elit erat. Nunc proin volutpat amet aliquam nibh ullamcorper, felis feugiat congue praesent id sit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet tempus lobortis sem felis pulvinar nisi diam. Eget sit nisi et id, ac laoreet ullamcorper adipiscing. Lorem congue proin mauris dolor, dolore mi volutpat consectetur. Ipsum ut et id pulvinar nisi diam elit sed. Nunc sem elit erat molestie sit ac laoreet molestie. Consectetur erat laoreet molestie turpis ac laoreet, tellus, at. Sed nunc aliquet at lorem tincidunt tellus, at sed. Laoreet turpis lorem lobortis ullamcorper turpis ac tincidunt aliquet. Mauris dolor magna mi mauris sit, magna, ante tellus. Nonummy, sed ut proin eget pulvinar proin eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et euismod turpis lorem laoreet sem, at lorem laoreet. Aliquet at lorem euismod adipiscing sed dolore, proin, mauris dolor. Donec massa volutpat consectetur donec mi molestie pharetra congue ante. Molestie consectetur erat massa tellus consectetur erat, molestie pharetra magna. Mi molestie consectetur erat massa tellus, turpis erat, tincidunt sem. Eget amet aliquam nibh volutpat pulvinar donec ante, volutpat pharetra. Congue proin molestie, dolor praesent molestie pharetra donec mi molestie. Consectetur ipsum nisi et id sit ac tincidunt praesent eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh euismod, turpis nisi tincidunt ullamcorper adipiscing feugiat dolore massa non consectetur erat massa non consectetur sed nunc sem elit erat molestie. Pharetra, ac laoreet tellus at erat massa tellus turpis erat tincidunt sem mauris sed nunc aliquet mauris sed dolore ante volutpat amet tempus. Lobortis, amet aliquam massa non, amet dolore mi volutpat pharetra donec, ante, volutpat consectetur erat nunc non consectetur sed ut proin eget sit. Nisi et, id, amet et euismod turpis tempus lobortis aliquet felis feugiat congue mi molestie sit congue diam id sit, magna praesent id. Sit ac laoreet molestie turpis et id feugiat magna mi aliquet at dolor dolore praesent, mauris, pulvinar dolore praesent mauris dolor dolore ante. Volutpat pharetra aliquam massa, ullamcorper, elit, feugiat ut sem tempus ut diam id sit nisi diam eget sit ut sem eget, pulvinar, ut. Proin id turpis aliquam et euismod adipiscing, lorem lobortis ullamcorper, turpis aliquam mauris lorem tincidunt aliquet, adipiscing lorem laoreet tellus at, lorem laoreet. Ullamcorper mauris feugiat dolore praesent mauris feugiat, congue praesent, lorem congue praesent felis sit donec ante non nonummy ipsum ut sem elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam tellus consectetur sed dolore nibh volutpat amet aliquam nibh, euismod. Amet tempus lobortis diam felis feugiat congue praesent, molestie, pharetra ac. Laoreet aliquet nisi et id pulvinar ac et euismod consectetur lorem. Tincidunt aliquet adipiscing lorem tincidunt praesent eget dolor congue praesent mauris. Dolor dolore mi mauris, pharetra praesent mauris, dolor donec praesent molestie. Sit, magna, ante tellus pharetra donec mi id consectetur erat laoreet. Tellus consectetur ac et id sit nisi et id nunc sem. Felis sit ac tincidunt praesent mauris dolor dolore praesent molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi turpis ac laoreet aliquet, consectetur erat tincidunt, aliquet mauris dolor, dolore proin eget pharetra dolore proin. Mauris pharetra donec proin molestie dolor donec praesent pharetra, donec, mi molestie consectetur, erat ante, tellus consectetur. Erat massa sem elit ipsum nunc sem elit sed nunc sem eget sed nunc aliquet consectetur et. Felis sit magna nibh euismod turpis ac laoreet tellus at dolor dolore, praesent mauris dolor, dolore praesent. Mauris amet ipsum nisi et id sit magna laoreet sit magna et euismod turpis ac laoreet tellus. Turpis ac tincidunt praesent molestie pharetra donec ante non, felis feugiat magna laoreet aliquet mauris, nibh euismod. Adipiscing lorem tincidunt tellus turpis aliquam laoreet euismod turpis ac lobortis id turpis aliquam, et euismod amet. Aliquam nibh euismod adipiscing tempus lobortis diam adipiscing, ante volutpat nonummy tempus massa, non, amet aliquam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante sem felis ipsum ut sem congue diam mauris feugiat ut ullamcorper felis ipsum ut diam felis. Ipsum congue et felis sit nisi diam elit ipsum lobortis sem elit tempus diam eget, sed ut. Sem elit pulvinar nisi et id amet aliquam nibh euismod adipiscing lorem congue praesent mauris dolor magna. Mi non consectetur erat tellus consectetur sed massa non at sed massa sem, at sed nunc, aliquet. Consectetur sed nunc proin eget pulvinar nisi, ante volutpat pulvinar dolore, ante volutpat pharetra proin mauris dolor. Donec massa non nonummy erat massa volutpat consectetur erat massa non nonummy erat mi molestie pharetra magna. Mi mauris sit diam adipiscing aliquam lobortis ullamcorper elit ipsum lobortis, non nonummy tempus lobortis sem elit. Pulvinar ut diam elit tempus massa non nonummy, sed nunc sem eget ipsum tellus, consectetur erat nunc. Proin, volutpat turpis nisi ante volutpat, amet lorem congue praesent felis sit magna mi molestie, pharetra donec. Mi molestie consectetur ac, laoreet tellus nisi mi molestie sit ac tincidunt aliquet consectetur ac nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec laoreet tellus, at, pulvinar nisi et, ullamcorper at feugiat congue praesent felis lorem tincidunt, praesent, mauris sit congue mi, lorem ut praesent felis ipsum ut diam. Id sit magna et id feugiat nisi sem felis ipsum nisi diam felis pulvinar nisi et id sit proin eget ipsum nunc sem elit ipsum nunc aliquet. Elit amet aliquam et, volutpat, amet aliquam nibh, euismod, nonummy tempus lobortis, ullamcorper adipiscing, tempus lobortis, ullamcorper adipiscing praesent at feugiat dolore ante volutpat pharetra donec mi. Volutpat consectetur donec ante molestie feugiat tincidunt diam, felis feugiat magna mi tellus pharetra diam id pharetra magna diam felis feugiat ut sem, felis pulvinar nisi et. Id pulvinar nisi et eget sit aliquam et id sit, aliquam nibh euismod adipiscing proin elit pulvinar aliquam proin volutpat pulvinar nisi proin volutpat amet aliquam ante. Non nonummy aliquam nibh non, nonummy, tempus, lobortis non nonummy ipsum, lobortis ullamcorper elit massa, non elit, ipsum ut diam eget ipsum ut diam nonummy ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sit magna laoreet aliquet elit dolor dolore proin mauris dolor nisi ante eget pulvinar donec ante. Volutpat amet aliquam mauris sed congue praesent mauris dolor dolore mi molestie consectetur erat ante volutpat consectetur. Erat nunc non nonummy donec massa non nonummy ipsum aliquam eget amet aliquam et volutpat amet aliquam. Nibh euismod turpis tempus lobortis euismod amet aliquam nibh euismod nonummy lorem ut ullamcorper nonummy tempus lobortis. Ullamcorper felis, congue mi molestie turpis ac mi felis sit nisi diam felis ipsum ut diam eget. Sit aliquam et id pulvinar ut proin elit pulvinar tellus at pulvinar nisi nibh volutpat turpis tempus. Tincidunt diam felis, sit magna praesent molestie, sit magna diam felis feugiat congue diam nonummy erat ante. Non donec, massa non nonummy, tempus nunc non consectetur donec mi tellus consectetur magna praesent id feugiat. Magna, mi tellus consectetur sed nunc sem elit, dolor nisi, proin dolor nunc aliquet turpis lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit ipsum ut nibh id amet nisi elit dolor dolore proin volutpat turpis tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper, felis lorem ut praesent id pharetra ac laoreet. Tellus, turpis magna mi feugiat, lobortis sem, nonummy tempus ut, diam id pulvinar nisi et eget, pulvinar, aliquam et id pulvinar aliquam nibh eget pulvinar aliquam nibh eget pulvinar. Aliquet at lorem tincidunt tellus consectetur lorem laoreet euismod at lorem laoreet ullamcorper turpis lorem tincidunt aliquet at feugiat congue, praesent mauris dolor magna mauris dolor magna ante tellus. Nonummy sed, massa tellus pharetra magna mi id sit magna, laoreet molestie turpis ac mi id, feugiat magna, laoreet tellus consectetur et id pulvinar nisi et id sit aliquam. Et id amet nisi, et id amet aliquam nibh volutpat amet aliquam lobortis euismod, nonummy lorem tincidunt diam felis ut ullamcorper felis, ipsum congue diam adipiscing feugiat congue diam. Felis feugiat, ut diam elit ipsum ut et euismod turpis magna, nibh euismod turpis ac proin eget dolor donec ante volutpat amet erat massa volutpat pharetra erat massa non. Nonummy erat massa non nonummy ipsum, nisi et id pulvinar nisi nibh euismod dolore, et euismod amet nisi et volutpat pulvinar dolore proin eget amet donec nibh euismod nonummy. Aliquam, lobortis ullamcorper felis ipsum congue et id sit, magna et ipsum ut sem elit ipsum ut, diam felis tempus massa non, elit, ipsum ut sem at sed massa. Sem eget pulvinar nisi et eget pulvinar, aliquam nibh pulvinar nisi proin at sed nunc praesent eget pulvinar dolore ante mauris dolor dolore proin mauris, dolor erat lobortis, ullamcorper. Felis feugiat nisi diam felis tempus massa feugiat congue praesent molestie pharetra erat nunc proin eget amet nisi et euismod turpis ac, lobortis, ullamcorper adipiscing lorem congue diam mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin volutpat pharetra, donec nibh non adipiscing ipsum ut diam id lobortis diam felis feugiat ut diam euismod sit ac. Nibh euismod turpis ac nibh, euismod turpis ac laoreet ullamcorper turpis aliquam, lobortis euismod turpis ac lobortis pulvinar nisi nibh euismod. Nonummy tempus, lobortis diam felis tempus, lobortis non amet tempus lobortis diam felis feugiat lobortis ullamcorper, nonummy ipsum lobortis diam elit. Ante volutpat pharetra donec praesent tellus consectetur erat laoreet non at erat massa non at erat massa sem elit dolor nunc. Aliquet at mi euismod turpis magna nibh id sit aliquam nibh elit ipsum ut sem elit ipsum dolore proin eget pulvinar. Nisi nibh euismod, amet aliquam nibh euismod adipiscing ante volutpat nonummy tempus ante eget, dolor dolore aliquet adipiscing feugiat congue ullamcorper. Mauris dolor, congue mi, molestie dolor donec, massa volutpat pharetra donec ante, tellus consectetur, laoreet tellus consectetur erat laoreet tellus elit. Ipsum dolore, sem elit sed dolore sem, elit dolor nisi sem eget, pulvinar proin volutpat amet donec nibh ullamcorper adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa ullamcorper felis sit et id pulvinar, ac nibh tellus consectetur, sed nunc proin eget pharetra dolore ante, non nonummy, ipsum. Ut mi molestie sit ut diam elit ipsum mi euismod turpis ac nibh euismod adipiscing lorem tincidunt praesent mauris sed dolore proin. Volutpat amet erat, massa sem elit ipsum ut diam felis pulvinar diam elit ipsum, ut sem elit ipsum ut sem elit ipsum. Nisi lobortis ullamcorper at dolor donec ante non nonummy tempus, nunc sem id consectetur sed tincidunt turpis ac nibh, id turpis lorem. Tincidunt aliquet at ac tincidunt ullamcorper adipiscing feugiat tincidunt praesent felis lorem magna mi tellus consectetur sed molestie pharetra congue praesent felis. Sit erat nunc, aliquet at sed dolore proin elit dolor nisi nibh euismod nonummy tempus lobortis ullamcorper felis lorem ut, ullamcorper, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod turpis ac lobortis ullamcorper felis feugiat tincidunt mi molestie pharetra erat ante eget pulvinar aliquam nibh, euismod adipiscing, feugiat congue aliquet at. Feugiat, dolore mi volutpat pharetra, magna praesent mauris dolor donec ante tellus, consectetur sed nibh euismod amet ac tincidunt aliquet at feugiat congue praesent. Felis pharetra magna mi volutpat nonummy tempus nunc diam eget sit nisi et euismod turpis aliquam nibh pulvinar, aliquam lobortis aliquet felis lorem lobortis. Euismod adipiscing lorem tincidunt diam adipiscing lorem lobortis ullamcorper nonummy feugiat congue diam adipiscing tempus massa, elit ipsum ut non, elit tempus, ut diam. Felis sit nisi, et euismod pulvinar magna et euismod turpis aliquam nibh id, amet, aliquam nibh ullamcorper adipiscing feugiat euismod amet lorem tincidunt aliquet. Adipiscing lorem lobortis diam, felis feugiat magna mi id pharetra donec laoreet, molestie pharetra ac laoreet tellus consectetur sed massa sem at tincidunt tellus. Consectetur sed, nunc, praesent volutpat pulvinar aliquam proin volutpat amet donec massa non elit ipsum ut diam elit massa, sem elit tempus nunc sem. Nonummy ipsum nisi diam eget sit ac laoreet euismod turpis ac, laoreet euismod, adipiscing feugiat congue praesent molestie consectetur donec felis feugiat tincidunt diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet tempus ut praesent molestie pharetra ac, tellus turpis ac laoreet molestie at dolor dolore sem volutpat pulvinar donec nibh, euismod, nonummy lorem. Congue diam molestie sit magna laoreet tellus at sed tellus elit, pulvinar, nisi ante volutpat amet, tempus lobortis euismod nonummy lorem congue, praesent id. Feugiat magna laoreet, tellus consectetur erat nunc proin, eget pulvinar nibh, euismod pulvinar aliquam, nibh eget amet donec ante eget pharetra donec ante eget. Pharetra donec proin mauris feugiat dolore mi molestie, dolor praesent mauris pharetra, donec, ante tellus pharetra donec mi mauris consectetur erat nunc proin eget. Pulvinar nisi, et euismod turpis nisi et eget amet lorem tincidunt praesent lorem congue mi felis, sit donec mi, tellus consectetur ac laoreet, tellus. At sed dolore proin eget amet aliquam lobortis euismod amet aliquam nibh ullamcorper felis feugiat mi molestie consectetur donec mi id sit ac laoreet. Aliquet at sed nunc proin volutpat amet aliquam nibh volutpat amet donec nibh felis sit donec mi molestie sit magna et, id turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis sem elit ut nibh id pulvinar nisi, et id sit aliquam et id amet, aliquam laoreet aliquet at feugiat, congue praesent, mauris pharetra. Donec ante volutpat consectetur mi molestie pharetra erat massa non eget sed ut et eget amet aliquam lobortis ullamcorper adipiscing feugiat congue aliquet adipiscing. Feugiat congue praesent mauris sit, praesent molestie consectetur erat massa, non at erat mi molestie feugiat magna, mi id turpis, ac mi, euismod pulvinar. Nisi et felis ipsum ut et id nunc sem at ipsum dolore proin eget amet aliquam et euismod turpis lorem tincidunt diam adipiscing lorem. Tincidunt praesent mauris feugiat congue diam id donec mi molestie consectetur erat nunc aliquet at dolor nunc proin eget pulvinar nisi proin mauris dolor. Donec nibh non adipiscing feugiat magna laoreet tellus consectetur ac id sit magna laoreet tellus turpis ac, laoreet, tellus consectetur ac laoreet euismod sit. Nisi et id sit ac nibh euismod turpis lorem tincidunt ullamcorper adipiscing tincidunt ullamcorper, turpis feugiat, congue praesent molestie, dolor magna praesent felis lorem. Lobortis, non amet aliquam, nibh volutpat amet aliquam volutpat amet tempus lobortis non nonummy tempus lobortis non pharetra donec ante tellus nonummy donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pharetra erat massa aliquet at sed nunc sem eget tempus ut et id pulvinar nisi et id adipiscing lorem tincidunt praesent at nibh, volutpat turpis tempus. Lobortis diam felis feugiat congue praesent mauris sit magna mi molestie consectetur erat nunc proin eget amet nisi et eget dolore sem elit dolor nunc aliquet at. Dolor dolore proin mauris sed nunc praesent mauris dolor dolore proin molestie dolor, dolore aliquet mauris feugiat tincidunt ullamcorper, tempus lobortis ullamcorper felis feugiat magna praesent tellus. Pharetra donec mi tellus at sed nunc sem elit ipsum nunc aliquet eget amet tempus tincidunt nonummy lorem congue praesent, mauris sit, congue mi, molestie consectetur erat. Nunc sem at ipsum nunc sem elit pulvinar, nisi ante euismod turpis aliquam nibh euismod amet nibh non amet donec ante, volutpat nonummy donec massa ullamcorper elit. Ipsum nisi et, felis sit ac, mi id, consectetur sed nunc proin eget, pulvinar donec, non nonummy tempus lobortis diam felis feugiat, ut et felis feugiat ut. Et aliquet, eget amet aliquam nibh, volutpat amet proin eget amet tempus lobortis ullamcorper adipiscing ipsum congue et felis sit, magna mi euismod consectetur sed nunc sem. Mauris amet aliquam nibh non, adipiscing lorem ut adipiscing feugiat congue diam felis feugiat nisi et molestie turpis ac laoreet aliquet consectetur lorem tincidunt tellus turpis lorem. Laoreet aliquet, at dolor, congue aliquet mauris dolor praesent mauris dolor congue praesent mauris, dolor congue praesent molestie consectetur, donec ante, non consectetur erat massa tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet tellus at sed nunc sem eget pulvinar nisi ante volutpat, nonummy tempus lobortis non nonummy ante non amet tempus congue mi molestie turpis ac mi molestie. Sit magna laoreet tellus consectetur ac laoreet euismod turpis lorem tincidunt aliquet at nibh ullamcorper adipiscing lorem tincidunt praesent mauris, pharetra donec mi molestie pharetra erat massa sem. Elit pulvinar nisi diam eget pulvinar nisi proin id amet aliquam nibh ipsum dolore sem at sed nunc proin elit, dolor dolore proin eget sed dolore nibh non. Nonummy feugiat congue diam id sit ac id consectetur erat, massa sem elit dolor dolore ante euismod nonummy lorem ut diam felis lorem ut ullamcorper adipiscing, ipsum congue. Diam, molestie consectetur sed nunc sem, pulvinar aliquam nibh volutpat adipiscing lorem tincidunt diam felis feugiat congue ullamcorper adipiscing feugiat ut praesent molestie feugiat ut et molestie, sit. Magna laoreet euismod turpis erat sem eget dolor dolore proin eget, dolor dolore proin eget pharetra donec ante volutpat elit feugiat nisi et id sit diam felis sit. Ac, nibh euismod turpis ac nibh euismod turpis, lorem tincidunt aliquet at feugiat dolore praesent molestie dolor donec mi molestie consectetur erat massa non magna, ante tellus pharetra. Erat nunc sem elit sed, nunc non eget pulvinar, nisi et, euismod turpis tempus tincidunt praesent mauris pharetra magna ante molestie consectetur erat molestie, pharetra donec laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, feugiat nisi et id sit mi euismod consectetur. Sed nunc tellus at dolor tincidunt praesent mauris dolor. Dolore praesent at feugiat tincidunt ullamcorper amet ac nibh. Euismod felis feugiat ante non elit ipsum ut diam. Elit ipsum nisi proin eget ipsum aliquam nibh id. Amet aliquam et volutpat dolor nisi ante mauris, pulvinar. Nisi euismod nonummy tempus congue mi molestie pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie amet, ipsum, ut, et id feugiat ut diam tempus ut diam elit ipsum ut sem elit sed, massa. Proin id amet aliquam nibh volutpat amet, nisi et volutpat amet tempus nibh volutpat pulvinar congue praesent felis, feugiat, congue. Praesent, molestie consectetur erat nunc non eget pulvinar aliquam congue praesent mauris pharetra magna massa, volutpat nonummy tempus nunc diam. Pulvinar nisi et, euismod turpis aliquam laoreet ullamcorper adipiscing lorem lobortis ullamcorper turpis tempus lobortis aliquet mauris pharetra donec nunc. Et euismod adipiscing donec nibh volutpat amet aliquam, lobortis non nonummy tempus massa non amet erat massa non, nonummy erat. Nunc et id sit ac tincidunt praesent mauris dolor dolore mauris feugiat dolore proin molestie pharetra donec ante volutpat consectetur. Donec massa mauris dolor magna ante tellus consectetur erat massa tellus at sed massa non at sed aliquet elit sed. Dolore et eget pulvinar aliquam tincidunt ullamcorper felis feugiat congue praesent mauris sit congue mi, molestie consectetur, laoreet tellus consectetur. Sed nunc sem elit sed nunc, sem mauris dolor donec praesent eget pulvinar dolore proin eget amet tempus lobortis ullamcorper. Felis sit magna id sit erat nunc sem mauris dolor dolore, sem mauris pulvinar dolore ante volutpat amet aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At amet donec, ante volutpat consectetur, tempus ut. Diam, felis, ipsum ut et euismod turpis aliquam. Et id sit ac laoreet amet aliquam nibh. Euismod amet aliquam et, euismod turpis tempus nibh. Euismod adipiscing aliquam nibh volutpat amet dolore nibh. Non, adipiscing ipsum massa diam donec proin molestie. Pharetra, erat lobortis sem nonummy, tempus nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam lobortis diam felis ipsum ut nonummy ipsum congue diam id sit ac, laoreet aliquet at sed dolore. Sem at sed nunc, praesent at lorem tincidunt praesent at sed congue aliquet ac et euismod turpis aliquam et. Volutpat pulvinar nisi proin volutpat, amet aliquam nibh ullamcorper felis feugiat congue praesent felis ipsum ut diam felis feugiat. Et tellus consectetur, ac laoreet aliquet at lorem tincidunt aliquet consectetur lorem tincidunt aliquet adipiscing sed laoreet ullamcorper adipiscing. Lorem congue praesent mauris donec ante molestie pharetra, donec mi mauris pharetra donec mi molestie pharetra donec, massa non. Elit sit nisi nibh euismod amet, aliquam lobortis ullamcorper turpis ac tincidunt felis feugiat magna mi mauris sit donec. Massa sem elit sed nunc proin elit ipsum dolore, proin id turpis lorem dolore, mi, molestie dolor congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt, aliquet adipiscing lorem, tincidunt aliquet at sed tincidunt praesent mauris pharetra dolore mi feugiat congue mi volutpat nonummy tempus nunc. Sem eget pulvinar ut proin id sit aliquam et id turpis lorem tincidunt aliquet felis feugiat dolore adipiscing lorem tincidunt ullamcorper felis. Sit congue praesent mauris, sit donec massa tellus consectetur ac mi id, pharetra erat laoreet tellus consectetur ac nunc sem, eget dolore. Proin eget nonummy tempus lobortis, diam felis ipsum ut, ullamcorper felis ipsum ut, diam id turpis erat tincidunt euismod consectetur, ac tincidunt. Tellus ac, tincidunt aliquet at dolor dolore proin volutpat, amet aliquam ante mauris amet donec mi volutpat dolor dolore mi mauris pharetra. Donec massa non nonummy sed non consectetur erat, nunc sem eget sed dolore proin eget pulvinar nisi et volutpat amet lorem congue. Praesent, molestie pharetra congue diam mauris sit donec mi, molestie ut diam felis ipsum ut ullamcorper nonummy erat, massa sem elit tempus. Lobortis et id sit magna laoreet euismod turpis proin elit, erat massa tellus consectetur erat laoreet tellus consectetur erat massa sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam eget, sit ac nibh. Euismod at sed dolore proin mauris. Dolor dolore proin molestie pharetra congue. Mi molestie pharetra erat massa tellus. Tempus ut diam, eget pulvinar nisi. Nibh euismod, adipiscing sed tincidunt aliquet. At pharetra donec ante, sem elit. Ipsum ut diam elit, ipsum nunc. Pulvinar aliquam laoreet, euismod sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ut et id ipsum ut sem felis. Ipsum nisi diam ipsum, nunc et id turpis ac. Nibh ullamcorper at feugiat tincidunt aliquet at lorem congue. Praesent molestie pharetra donec ante tellus consectetur tempus massa. Non donec massa sem elit sed ut proin elit. Ipsum nisi et volutpat pulvinar nisi ante eget dolor. Aliquam lobortis, ullamcorper adipiscing feugiat, ut, ullamcorper adipiscing, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing dolor congue ante mi aliquet euismod mauris felis at adipiscing consectetur ipsum ac nunc praesent, tellus eget adipiscing feugiat donec. Massa mi, aliquet volutpat molestie, felis mauris adipiscing sit erat nisi laoreet proin praesent non, eget adipiscing pharetra lobortis massa lobortis ante. Sem aliquet diam sem, aliquet diam diam proin diam proin praesent, praesent proin aliquet, ullamcorper aliquet, aliquet sem, id at pulvinar aliquam. Tincidunt, tellus id adipiscing nonummy consectetur turpis amet, pharetra amet pharetra feugiat erat aliquam, dolore magna dolore tincidunt massa laoreet nibh ante. Et ante felis at adipiscing nonummy at adipiscing nonummy at adipiscing elit consectetur adipiscing nonummy at felis eget eget felis eget mauris. Molestie euismod non tellus euismod molestie, id amet nonummy turpis amet sit, ipsum pulvinar sit pulvinar dolor ipsum ipsum feugiat ipsum ipsum. Pharetra turpis turpis nonummy consectetur adipiscing elit consectetur amet pharetra sit dolor, pulvinar adipiscing elit at felis elit mauris felis, mauris, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy elit at felis eget mauris id elit mauris. Elit at adipiscing elit at adipiscing nonummy turpis amet. Sit sit pharetra sit nisi donec ut mi aliquet. Volutpat mauris elit turpis amet, feugiat pulvinar ac dolore. Lobortis, massa et aliquet at lorem laoreet aliquet adipiscing. Dolor massa volutpat, consectetur tempus massa, sem nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sed tincidunt praesent mauris sed tincidunt praesent at tincidunt praesent volutpat consectetur donec mi volutpat. Consectetur tempus massa tellus nonummy sed nunc sem eget pulvinar ac laoreet ullamcorper molestie pharetra erat. Massa ullamcorper tempus massa volutpat consectetur erat, nunc diam id sit magna nibh tellus adipiscing dolor. Donec ante molestie pharetra congue aliquet at feugiat dolore mi mauris congue praesent mauris, pharetra erat. Massa non nonummy sed ut proin eget pulvinar ac tincidunt praesent molestie amet donec massa volutpat. Consectetur tempus massa dolor congue, praesent molestie pharetra erat nunc diam elit pulvinar nisi proin id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed dolore at pulvinar aliquam. Tincidunt diam felis feugiat ut ullamcorper. Felis sit, magna praesent, molestie pharetra. Erat nunc, sem at erat laoreet. Molestie consectetur ac sem eget pulvinar. Nisi ante euismod amet aliquam nibh. Non felis feugiat magna, praesent molestie. Sit ac massa aliquet at sed. Dolore ante volutpat amet tincidunt praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie nonummy ipsum ut proin euismod turpis ac lobortis euismod turpis. Ac lobortis ullamcorper tempus lobortis, ullamcorper mauris sit magna, mi molestie, pharetra. Donec ut proin eget ipsum dolore et eget, amet ac nibh euismod. Amet tempus lobortis diam id pulvinar ac tincidunt praesent eget amet aliquam. Massa, ullamcorper felis sit magna, mi tellus consectetur erat tincidunt tellus at. Sed nunc sem at sed nunc eget amet aliquam nibh ullamcorper nonummy. Ipsum lobortis diam felis, sit nisi mi felis turpis ac nunc, sem. Eget pulvinar donec proin eget dolore proin, volutpat nonummy ipsum ut ullamcorper. Elit feugiat congue et id turpis erat tincidunt, sem at lorem tincidunt. Sem eget pulvinar donec ante volutpat nonummy tempus non nonummy ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, sem felis sit ac laoreet tellus consectetur magna laoreet tellus pharetra donec. Ante ullamcorper felis ipsum ut diam, id feugiat magna mi molestie turpis erat. Nunc sem mauris dolor aliquam ante volutpat nonummy aliquam nibh dolor aliquam, lobortis. Ullamcorper elit ipsum ut non nonummy tempus lobortis non consectetur, erat massa, non. Nonummy ipsum nunc sem, elit erat laoreet molestie pharetra et id consectetur erat. Nunc proin eget, turpis aliquam lobortis volutpat amet nisi proin eget amet donec. Proin non nonummy ipsum ut praesent, sit magna et id sit ac laoreet. Tellus consectetur, ac laoreet tellus consectetur, lorem laoreet id sit magna, diam euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem tincidunt aliquet molestie dolor congue aliquet felis feugiat magna mi molestie consectetur erat nunc tellus consectetur, donec. Laoreet non turpis ac tincidunt aliquet adipiscing dolor dolore mi mauris, feugiat tincidunt aliquet felis, lorem congue praesent mauris. Sit magna praesent id, sit donec laoreet tellus erat, nunc sem at dolor tincidunt aliquet at ac mi euismod. Consectetur sed donec ante non nonummy tempus ut ullamcorper adipiscing feugiat, ut ullamcorper nonummy tempus massa felis feugiat ut. Et euismod sit, ac laoreet euismod sit ac et id sit nisi proin id turpis ac laoreet euismod amet. Ac euismod turpis nisi ante volutpat amet aliquam nibh volutpat amet aliquam ante volutpat pharetra aliquam ante eget dolor. Donec ante, molestie dolor erat massa non nonummy tempus et id pulvinar magna nibh euismod sit magna nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum dolore, proin, eget nisi lobortis ullamcorper adipiscing feugiat congue. Mi molestie pharetra donec ante non elit, ipsum nisi et id. Turpis aliquam nibh, euismod turpis ac lobortis mauris dolor congue mi. Volutpat nonummy ipsum massa tellus consectetur erat massa tellus at sed. Ut sem, elit pulvinar dolore proin eget dolor dolore proin sed. Nunc, proin euismod, nonummy tempus nibh volutpat pulvinar donec ante non. Nonummy tempus congue mi molestie, consectetur sed nunc sem elit, pulvinar. Nisi, proin mauris pharetra magna ante non nonummy erat, nunc proin. Id turpis ac laoreet ullamcorper adipiscing lorem tincidunt euismod turpis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris sed donec ante volutpat amet aliquam ante eget sed congue praesent at feugiat congue aliquet. Felis feugiat tincidunt turpis lorem congue praesent molestie pharetra donec massa, tellus, nonummy erat, nunc proin id. Turpis lorem, dolore praesent molestie pharetra donec ante volutpat consectetur massa tellus, consectetur erat, massa non consectetur. Magna mi molestie pharetra ac mi molestie feugiat ac laoreet sem eget pulvinar nisi ante eget dolor. Nunc sem volutpat pharetra sed, lorem ipsum erat ac dolore ante diam tellus, eget turpis dolor erat. Lobortis laoreet proin euismod non id adipiscing dolor tempus massa, laoreet lobortis massa proin, ullamcorper molestie tellus. Euismod non tellus volutpat felis, elit mauris mauris eget mauris felis elit mauris molestie euismod ullamcorper sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ante diam mauris elit turpis dolor feugiat ipsum dolor sit pulvinar feugiat tempus, ac dolore nibh sem id at. Pulvinar lorem sed, sed lorem donec nisi dolore lobortis laoreet proin praesent ullamcorper tellus euismod volutpat euismod eget adipiscing nonummy. Dolor feugiat, erat ac ipsum pulvinar dolor feugiat ipsum feugiat ipsum ac lorem tempus, ac tempus erat magna, dolore, ut. Ut donec, ac, ac tempus erat aliquam adipiscing id euismod non sem praesent sem aliquet praesent et, proin praesent et. Proin mi, et massa laoreet nibh ante mi sem praesent euismod, mauris molestie eget elit sem tellus eget, adipiscing consectetur. Sit adipiscing consectetur sit dolor tempus ac aliquam dolore ut nunc lobortis mi diam euismod eget turpis, consectetur amet pharetra. Pulvinar pharetra sit, pulvinar pharetra sit pulvinar dolor sit amet amet consectetur adipiscing consectetur pulvinar ac, nunc nibh praesent tellus. Elit adipiscing dolor ipsum, massa lobortis proin diam, aliquet elit amet lorem magna ut nibh sem volutpat nonummy nonummy sit. Lorem, aliquam magna ut lobortis nunc tincidunt massa laoreet lobortis ante laoreet nibh ante nibh ante laoreet et proin praesent. Proin massa laoreet lobortis mi sem sem, aliquet sem aliquet ullamcorper consectetur turpis, nonummy pharetra sit pharetra feugiat ipsum lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, volutpat, felis eget amet feugiat. Ipsum dolor tempus ipsum ac donec. Nisi mi tellus at amet aliquam. Nibh volutpat felis consectetur pulvinar aliquam. Dolore ut massa, euismod mauris elit. Sit sed ac congue ante et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ac aliquam lobortis mi non eget turpis lorem dolore non molestie elit, amet dolor erat, ut nibh aliquet volutpat felis, consectetur adipiscing nonummy, sit sed aliquam congue proin ullamcorper. Aliquet euismod felis dolor tempus, dolore tincidunt ante et praesent ullamcorper, id id mauris nonummy pharetra pulvinar lorem, erat erat dolore lobortis massa sem felis pulvinar ut nibh euismod sit. Tincidunt praesent mauris dolor donec ante volutpat amet erat, lobortis ullamcorper elit ipsum ut mi id sit magna tincidunt aliquet consectetur, sed nunc praesent dolor donec ante volutpat amet, aliquam. Massa non elit, feugiat ut et id pulvinar nisi et euismod turpis magna nibh id, sit aliquam nibh euismod adipiscing donec proin, volutpat pharetra donec massa sem elit tempus massa. Sem felis pulvinar magna nibh id sit nisi nibh euismod, turpis lorem congue proin molestie pharetra dolore mauris pharetra donec ante molestie pharetra donec ante non nonummy, erat nunc sem. Eget pulvinar, nisi et id turpis ac nibh euismod id, turpis nisi et id sit ac tincidunt aliquet at dolor dolore ante non adipiscing tempus lobortis diam, id pharetra ac. Laoreet aliquet, at sed nunc sem amet, tempus lobortis euismod amet aliquam nibh non volutpat, amet aliquam massa non elit tempus congue et id turpis, magna mi tellus consectetur lorem. Nunc proin eget tempus nibh volutpat pharetra, donec massa volutpat amet aliquam, massa volutpat pharetra dolore mi volutpat dolor congue praesent, molestie dolor, magna ante tellus consectetur erat laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, massa sem elit pulvinar dolore proin volutpat, pulvinar dolore at, lorem nunc aliquet adipiscing ac tincidunt euismod adipiscing sed congue praesent at feugiat tincidunt aliquet at lorem lobortis. Praesent, molestie pharetra erat massa non tempus ut diam eget pulvinar aliquam nibh id turpis ac nibh euismod adipiscing ac lobortis euismod turpis lorem nibh, euismod, pulvinar nisi nibh. Euismod nonummy ante non amet aliquam massa, volutpat amet aliquam massa, ullamcorper elit ipsum ut et euismod turpis ac laoreet euismod consectetur ac tincidunt praesent at, aliquam lobortis non. Felis feugiat magna et, id, sit magna, et molestie sit magna, mi euismod turpis lorem laoreet tellus at dolor nunc aliquet eget dolor praesent mauris, feugiat congue ullamcorper adipiscing. Lorem tincidunt praesent felis lorem lobortis diam felis feugiat tincidunt diam felis sit donec laoreet non consectetur ac mi, molestie consectetur laoreet id turpis magna laoreet euismod consectetur ac. Laoreet tellus consectetur, sed nunc tellus at lorem tincidunt aliquet at lorem euismod adipiscing aliquam et euismod amet lorem tincidunt ullamcorper felis, lorem tincidunt diam felis lorem lobortis euismod. Nonummy lorem lobortis diam felis, feugiat congue et, molestie consectetur laoreet aliquet at sed nunc sem at, sed nunc sem at sed tincidunt praesent mauris sed, tincidunt, praesent at. Dolor, congue proin molestie, dolor donec mi molestie donec ante volutpat pharetra erat massa, non, consectetur magna, mi, id sit congue praesent id feugiat ut ullamcorper elit ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, nonummy ipsum ut et euismod turpis sed nunc praesent mauris pharetra aliquam massa ullamcorper donec ante molestie dolor. Dolore, ante non consectetur erat nunc, non elit, tempus ut diam id pulvinar ut, et euismod amet aliquam nibh. Id amet, aliquam volutpat amet tempus nibh volutpat amet dolore ante euismod amet aliquam nibh non, nonummy tempus, ut. Diam felis feugiat congue diam elit tempus lobortis non erat ante volutpat consectetur tempus ante tellus pharetra erat massa. Sem elit sed ut sem elit ipsum dolore proin elit sed massa aliquet sed nunc proin mauris dolor, nunc. Sem eget dolor donec proin mauris sed tincidunt aliquet adipiscing, lorem tincidunt, ullamcorper adipiscing ac tincidunt aliquet mauris feugiat. Tincidunt aliquet tempus lobortis ullamcorper amet donec ante volutpat pharetra aliquam ante volutpat nonummy aliquam ante molestie dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet aliquam, lobortis diam felis feugiat ut praesent adipiscing lorem ut ullamcorper adipiscing. Ipsum ut non amet, tempus lobortis ullamcorper nonummy erat volutpat consectetur, tempus nunc non. Nonummy tempus, massa non elit, ipsum nisi, proin, eget amet aliquam nibh id, amet. Nisi nibh volutpat adipiscing lorem mi volutpat, consectetur erat massa non nonummy sed nunc. Sem nonummy sed massa non consectetur erat, laoreet aliquet at dolor dolore proin eget. Pulvinar, dolore proin eget nunc praesent eget pulvinar dolore proin at sed tincidunt ullamcorper. Adipiscing feugiat tincidunt aliquet adipiscing lorem lobortis euismod adipiscing aliquam ante eget pulvinar lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id sit magna mi molestie pharetra, ac laoreet aliquet at, dolor nunc sem, mauris pulvinar sem mauris dolor dolore, proin eget dolor dolore, ante mauris sed congue, aliquet. At feugiat, congue, praesent molestie nonummy erat massa non nonummy erat ante, pharetra donec, massa non nonummy, sed, nunc sem elit pulvinar nisi et id amet nisi et eget. Dolor, nunc proin mauris dolor, dolore, proin mauris lorem ut diam adipiscing ipsum lobortis diam felis sit ac laoreet tellus turpis magna laoreet, euismod, turpis erat tincidunt tellus turpis. Magna laoreet tellus nisi, et euismod sit lorem tincidunt aliquet mauris, dolor donec ante molestie pharetra dolore mi volutpat consectetur, donec massa sem nonummy sed nunc non elit sed. Nunc elit ipsum nisi et volutpat amet nisi nibh euismod turpis tempus lobortis euismod adipiscing tempus lobortis euismod nonummy aliquam lobortis, non nonummy aliquam lobortis non nonummy aliquam mauris. Pharetra donec massa non, elit ipsum ut diam felis tempus nunc, sem eget pulvinar aliquam laoreet tellus adipiscing laoreet ullamcorper turpis, lorem, nibh volutpat amet nisi proin volutpat pulvinar. Nisi ante volutpat pulvinar, dolore proin eget pulvinar donec proin mauris dolor dolore proin molestie, pharetra massa non elit tempus ut sem nonummy pulvinar nisi diam, eget pulvinar nisi. Et euismod sit nisi, et id pulvinar nisi nibh euismod, turpis ac lobortis ullamcorper aliquam nibh ullamcorper felis dolor donec ante, molestie consectetur sed ut, proin eget pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur sed tincidunt proin, eget. Turpis tempus tincidunt diam mauris sit. Magna mi tellus pharetra congue praesent. Molestie at massa sem at sed. Nisi et volutpat pulvinar dolore proin. Mauris sed, nunc, aliquet mauris lorem. Nibh euismod adipiscing lorem, tincidunt ullamcorper. Adipiscing lorem tincidunt turpis ac lobortis. Ullamcorper felis dolor magna praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed donec proin volutpat adipiscing ipsum ut praesent id congue mi tellus at sed dolore et, volutpat turpis tempus lobortis diam felis. Feugiat, magna, laoreet tellus, pharetra donec mi tellus consectetur sed nunc sem erat, massa sem elit pulvinar dolore sem eget pulvinar donec. Lobortis ullamcorper felis, lorem lobortis diam molestie, consectetur sed nunc sem at ipsum, nisi et adipiscing feugiat congue praesent mauris consectetur erat. Massa sem nonummy ipsum ut sem eget pulvinar nisi et id amet ac lobortis aliquet felis tincidunt aliquet mauris dolor congue diam. Felis, feugiat congue praesent molestie, feugiat magna diam, adipiscing feugiat magna laoreet id turpis erat massa aliquet elit sed nunc proin dolor. Donec ante volutpat nonummy aliquam nibh volutpat amet, aliquam lobortis ullamcorper felis ipsum congue et molestie turpis magna mi euismod turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy donec nunc sem at sed nunc sem elit sed nisi proin eget pulvinar nisi sem elit nunc proin mauris dolor nunc praesent. At lorem tincidunt aliquet, adipiscing sed congue aliquet adipiscing, ac tincidunt aliquet at feugiat congue aliquet felis, dolor mi tellus nonummy tempus nunc sem. Elit pulvinar aliquam nibh euismod adipiscing ac laoreet ullamcorper, turpis ac lobortis euismod, amet tempus ante eget pulvinar nisi proin lorem nunc praesent at. Dolor dolore proin volutpat amet aliquam lobortis diam felis ipsum ut et felis sit magna et id pulvinar magna laoreet pulvinar nisi, proin id. Sit ac laoreet euismod turpis aliquam, et euismod amet aliquam nibh volutpat pulvinar dolore proin volutpat, amet lorem lobortis ullamcorper adipiscing lorem ut, adipiscing. Ipsum ut ullamcorper elit ipsum ut, ullamcorper elit ipsum nisi diam felis pulvinar, ut sem elit pulvinar nisi et id pulvinar, nunc, sem at. Sed molestie, pharetra ac mi molestie turpis magna et id turpis ac laoreet tellus sit magna et id pulvinar nisi nibh pulvinar aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur erat nunc aliquet at sed dolore ante ullamcorper aliquam nibh euismod adipiscing lorem ut, diam. Adipiscing sit congue et id sit congue, diam felis feugiat nisi et id turpis magna nibh euismod. Sit nisi elit pulvinar nisi proin eget pulvinar aliquam nibh id, pulvinar aliquam et eget pulvinar nisi. Nibh euismod, adipiscing feugiat, congue diam mauris sit donec, massa pharetra magna mi molestie pharetra congue et. Id consectetur dolor dolore sem elit dolor, dolore sem at sed tincidunt tellus at lorem tincidunt sit. Aliquam laoreet euismod amet ac lobortis ullamcorper adipiscing lorem tincidunt ullamcorper turpis tempus nibh euismod amet aliquam. Nibh euismod, nonummy lorem lobortis ullamcorper nonummy, tempus lobortis pharetra donec massa non elit tempus lobortis sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat, congue mi molestie pharetra magna id sit congue, praesent. Molestie pharetra magna laoreet tellus turpis erat nunc sem elit pulvinar. Nunc proin eget nonummy, tempus, ut diam adipiscing lorem ut tellus. Consectetur sed dolore proin, at, ipsum nisi nibh ullamcorper adipiscing lorem. Tincidunt praesent molestie pharetra donec mi mauris feugiat, magna mi molestie. Sit magna molestie pharetra ac mi molestie consectetur magna mi id. Sit ac tincidunt, tellus consectetur lorem tincidunt tellus adipiscing lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed massa, aliquet at sed, nunc sem eget amet aliquam nibh ullamcorper adipiscing. Lorem congue diam felis feugiat mi tellus consectetur erat massa, sem elit sed dolore. Et eget dolor nisi proin eget dolor nunc proin eget dolor dolore praesent at. Dolor aliquet at, sed congue aliquet at, feugiat tincidunt ullamcorper, adipiscing, lorem lobortis ullamcorper. Adipiscing tempus nibh euismod, amet aliquam lobortis ullamcorper felis ipsum congue praesent id congue. Diam elit ipsum magna mi molestie, turpis erat, laoreet, tellus at lorem tincidunt tellus. Adipiscing, lorem nunc aliquet at lorem tincidunt praesent, molestie tincidunt aliquet at dolor congue. Praesent molestie pharetra magna mi molestie pharetra, erat massa tellus consectetur sed massa non. At sed nunc proin eget pulvinar aliquam eget sed dolore lobortis mi sem id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tellus, at sit sed donec ut mi at pulvinar tempus dolore magna nisi donec nisi nunc praesent mauris dolor dolore praesent mauris, sed. Congue aliquet adipiscing lorem congue praesent mauris feugiat congue adipiscing lorem lobortis ullamcorper adipiscing lorem lobortis ullamcorper felis lorem congue diam adipiscing ipsum, ut. Ullamcorper, adipiscing ipsum lobortis non nonummy, tempus lobortis sem elit massa, volutpat pharetra, donec ante tellus consectetur sed massa sem at sed ut, proin. Id pulvinar nisi nibh volutpat pulvinar nisi et euismod nisi proin volutpat pulvinar aliquam ante volutpat nonummy aliquam ante volutpat pharetra, aliquam ante molestie. Dolor dolore mi mauris dolor dolore mi molestie pharetra, erat massa tellus erat massa molestie sit congue mi id sit erat massa non, at. Erat massa aliquet consectetur sed nunc aliquet consectetur ac, laoreet tellus turpis magna nibh euismod nisi et eget ipsum massa tellus consectetur erat laoreet. Molestie feugiat nisi, et id, sit nisi mi, euismod, consectetur sed praesent at, dolor donec proin volutpat amet donec proin volutpat, pharetra erat massa. Volutpat, nonummy, erat massa non, felis ipsum nisi diam eget pulvinar ac nibh id ut sem elit ipsum dolore proin eget ipsum dolore proin. Eget dolor, nunc sem mauris dolor, dolore proin at sed nunc tellus, turpis ac laoreet ullamcorper, sit et eget ipsum nunc sem elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat congue mi pharetra, donec massa. Id sit, congue diam adipiscing ipsum ut. Diam felis tempus massa non pharetra donec. Lobortis diam felis pulvinar nisi et id. Sit sem nonummy sed massa proin elit. Pulvinar aliquam nibh euismod adipiscing ac lobortis. Ullamcorper felis feugiat congue diam felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non adipiscing tempus ut diam, adipiscing sit ac massa aliquet consectetur sed tincidunt tellus turpis ac tincidunt aliquet at dolor. Aliquet mauris dolor nunc nibh volutpat nonummy, donec ante mauris dolor dolore praesent molestie dolor donec ante molestie pharetra erat, nunc. Sem nonummy erat massa consectetur, sed nisi proin eget pulvinar nisi nibh euismod turpis aliquam et euismod turpis tempus lobortis diam. Felis lorem tincidunt diam, felis feugiat congue, mi molestie consectetur diam adipiscing ipsum lobortis diam felis feugiat ut sem, elit tempus. Lobortis non nonummy erat nunc non nonummy sed massa non elit ipsum sem elit pulvinar, nisi et euismod turpis ac nibh. Volutpat pulvinar nisi ante mauris dolor donec proin mauris dolor dolore proin eget dolor dolore proin molestie dolor praesent mauris dolor. Dolore mi molestie pharetra donec ante mauris feugiat magna mi tellus consectetur erat nunc sem, elit ipsum nunc proin eget pulvinar. Nisi proin elit nunc aliquet at pulvinar dolore proin eget dolor aliquam nibh non nonummy tempus ut diam adipiscing tempus lobortis. Ullamcorper tempus lobortis volutpat amet erat massa non nonummy tempus nunc sem eget, pulvinar magna, et euismod turpis aliquam nibh euismod. Turpis, lorem congue aliquet adipiscing lorem congue adipiscing lorem congue, mi mauris pharetra donec mi molestie pharetra erat massa tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper elit ipsum, lobortis, sem nonummy. Tempus massa non nonummy, ipsum ut diam. Eget sit nisi et eget sit aliquam. Et pulvinar nisi proin elit dolor dolore. Proin eget pulvinar, dolore sem eget pulvinar. Dolore proin mauris sed nunc praesent at. Dolor donec proin volutpat, pharetra praesent molestie. Dolor dolore mi molestie eget molestie, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non tincidunt mi mauris dolor congue praesent mauris pharetra, nunc sem nonummy erat massa tellus, consectetur donec laoreet tellus. At ipsum nunc aliquet elit sed nunc proin eget turpis, aliquam nibh euismod, amet tempus, eget amet aliquam nibh. Non nonummy ipsum congue diam elit, ipsum, lobortis ullamcorper elit, feugiat magna mi id pulvinar, ut sem elit ipsum. Ut diam sed massa tellus, pharetra ac laoreet molestie pharetra ac massa aliquet at sed nunc sem consectetur erat. Nunc sem at lorem nunc praesent mauris dolore proin mauris dolor donec, ante volutpat pharetra erat massa sem elit. Tempus, nisi et id turpis ac laoreet euismod adipiscing lorem, tincidunt aliquet at sed, aliquet adipiscing lorem lobortis aliquet. At feugiat congue mi mauris dolor magna mi felis feugiat congue praesent mauris feugiat magna praesent felis sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie amet tempus lobortis diam id ipsum ut non, nonummy ipsum, magna. Nibh tellus turpis lorem laoreet sit, nisi nibh ullamcorper turpis ac lobortis. Ullamcorper mauris dolor dolore mi molestie dolor magna praesent molestie consectetur donec. Massa, tellus consectetur ipsum ut elit ipsum dolore sem, elit ipsum nunc. Proin eget dolor dolore proin mauris dolor, dolore proin eget, pulvinar dolore. Proin eget pharetra dolore praesent molestie pharetra, congue mauris dolor donec ante. Sem elit pulvinar ut sem elit ipsum nunc, diam eget sit, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pharetra erat massa sem eget amet aliquam nibh ullamcorper felis feugiat. Congue praesent mauris sit, magna mi tellus sit magna mi pharetra ac. Massa tellus consectetur erat nunc aliquet at sed nunc, sem eget dolor. Donec praesent at lorem nunc aliquet adipiscing aliquam et id, amet, et. Id pulvinar nisi et eget pulvinar dolore, proin mauris sed nunc sem. Eget amet donec nibh volutpat pharetra donec ante volutpat pharetra dolore proin. Mauris tincidunt praesent mauris feugiat lobortis ullamcorper turpis tempus tincidunt ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, dolore aliquet aliquam nibh euismod adipiscing ac lobortis aliquet at feugiat tincidunt aliquet felis feugiat magna mi molestie consectetur, erat. Massa non nonummy sed nunc, non at nunc proin eget ipsum nisi et euismod turpis tempus lobortis diam adipiscing lorem congue. Mi molestie pharetra erat laoreet tellus pharetra erat massa non at massa aliquet consectetur sed nunc aliquet consectetur erat laoreet id. Sit magna nibh euismod, adipiscing lorem laoreet euismod, turpis aliquam et, eget pulvinar, nisi volutpat pulvinar nunc sem eget dolor dolore. Proin mauris sed laoreet tellus consectetur lorem tincidunt aliquet mauris pharetra congue praesent at lorem congue aliquet adipiscing lorem, euismod, amet. Nisi lobortis ullamcorper adipiscing lorem lobortis ullamcorper adipiscing tempus lobortis, non pharetra donec, ante volutpat amet tempus ut, et id sit. Ac tincidunt sem ac, tincidunt aliquet at dolor dolore proin eget dolor donec ante eget pharetra dolore ante molestie dolor, donec. Massa non elit feugiat et euismod pulvinar nisi diam eget sit, magna et eget sed nunc sem at erat massa, molestie. Sit ac laoreet tellus consectetur erat tincidunt tellus consectetur lorem felis ipsum ut sem elit, sed, nunc non consectetur erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id, lobortis et euismod turpis ac tincidunt sem at dolor, dolore proin eget dolor, aliquam nibh non adipiscing ipsum ut et molestie, turpis. Erat nunc consectetur sed nunc proin eget, pulvinar aliquam lobortis volutpat amet, aliquam nibh non adipiscing feugiat magna et molestie, pharetra erat massa, tellus. At sed nunc mauris sed dolore sem mauris dolor dolore proin volutpat amet donec, proin, molestie pharetra dolore praesent mauris pharetra dolore ante molestie. Consectetur donec ante molestie dolor, magna felis feugiat congue mi id pharetra donec mi, molestie pharetra magna laoreet tellus consectetur erat laoreet tellus consectetur. Erat tincidunt sem mauris, dolor tellus adipiscing sed nunc praesent volutpat id elit turpis dolor feugiat erat aliquam, dolore lobortis mi aliquet, volutpat adipiscing. Pharetra pulvinar, ac, donec magna aliquam donec ut, molestie pharetra ac laoreet tellus turpis magna mi tellus consectetur ac laoreet tellus turpis lorem tincidunt. Aliquet mauris dolor dolore ante volutpat eget pulvinar, nisi et eget pulvinar nisi, proin eget dolor dolore sem mauris dolor nunc praesent mauris pulvinar. Dolore proin, mauris amet dolore praesent at dolor congue adipiscing ac et volutpat pulvinar aliquam proin volutpat amet aliquam nibh euismod nonummy lorem ut. Praesent molestie sit magna laoreet tellus pharetra congue mi, id, turpis ac tellus consectetur ac laoreet aliquet at dolor donec proin at sed congue. Praesent mauris dolor dolore proin, molestie, dolor donec ante volutpat nonummy tempus, ut mi, tellus, lorem laoreet tellus at dolor dolore ante eget pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh turpis ac lobortis, praesent felis feugiat congue mi molestie pharetra magna mi, molestie sit donec mi id sit magna et. Molestie consectetur, erat mi, id magna et id pulvinar ut, et, id pulvinar nisi, et euismod adipiscing sed congue aliquet adipiscing. Sed congue praesent mauris dolor dolore massa non nonummy nisi mi tellus at pulvinar, dolore, proin volutpat nonummy tempus lobortis diam. Adipiscing tempus lobortis diam id sit magna et molestie consectetur sed nunc, sem mauris sed, proin eget pulvinar dolore ante volutpat. Nonummy tempus lobortis ullamcorper adipiscing feugiat congue diam id feugiat ut et felis pulvinar ut diam elit nisi et id sit. Lorem tincidunt aliquet at lorem congue aliquet mauris dolor donec mi molestie pharetra dolore mi mauris pharetra magna ante molestie consectetur. Erat nunc nonummy, sed nunc, sem, elit pulvinar dolore sem elit pulvinar aliquam nibh euismod amet aliquam lobortis euismod nonummy aliquam. Ante, volutpat amet tempus nibh non nonummy ante, volutpat nonummy, aliquam congue diam felis sit magna, mi euismod turpis ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy pulvinar, aliquam laoreet aliquet adipiscing lorem congue praesent at feugiat dolore praesent mauris feugiat congue aliquet mauris congue praesent mauris, sit donec massa non. Nonummy ipsum nunc non at, sed nunc sem elit ipsum nunc sem volutpat turpis lorem lobortis ullamcorper, nonummy lobortis euismod nonummy aliquam nibh, non nonummy. Tempus ut, et id sit ut diam id sit magna laoreet tellus consectetur lorem laoreet tellus, turpis magna tincidunt praesent sed tincidunt aliquet adipiscing, lorem. Tincidunt, ullamcorper adipiscing feugiat tincidunt aliquet felis feugiat congue praesent mauris feugiat, congue, mi molestie sit congue mi lorem ut praesent id sit congue mi. Tellus, consectetur erat massa tellus, sit magna mi tellus turpis ac nibh euismod turpis magna nibh eget ipsum ut sem erat massa non, at erat. Nunc proin eget pulvinar aliquam, lobortis euismod adipiscing feugiat magna ante non, elit ipsum, ut proin, eget pulvinar ut proin elit sed aliquet consectetur erat. Tincidunt aliquet elit sed nunc proin eget dolor dolore praesent at sed nunc praesent at lorem, congue molestie pharetra dolore mi molestie pharetra erat massa. Sem elit ipsum ut sem eget pulvinar magna, nibh id sit aliquam nibh euismod amet, aliquam laoreet euismod nisi nibh euismod amet dolore proin eget. Pulvinar nisi nibh euismod adipiscing lorem ut praesent id sit ac massa, non at erat massa molestie turpis magna, laoreet, consectetur sed tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi laoreet aliquet at dolor proin volutpat nonummy ipsum nisi et molestie turpis ac. Mi aliquet mauris dolor, nunc proin, volutpat nonummy tempus magna, laoreet, non, at sed nunc. Sem sed, massa aliquet at erat tincidunt aliquet mauris dolor nisi nibh euismod amet tempus. Nibh ullamcorper adipiscing feugiat ac laoreet tellus pharetra congue, mi tellus sed tincidunt sem eget. Dolor nisi nibh euismod nonummy tempus nibh ullamcorper, adipiscing feugiat ut diam felis sit ac. Laoreet tellus at sed nunc sem amet nisi ante volutpat amet aliquam ut praesent molestie. Pharetra erat nunc sem elit, pulvinar, nisi et eget amet, nisi nibh volutpat turpis lorem. Congue non elit ipsum ut, diam, eget, sit ac laoreet, ullamcorper adipiscing ac nibh euismod. Amet, ac tincidunt ullamcorper turpis tempus nibh euismod adipiscing tempus tincidunt diam felis ut praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris nonummy consectetur turpis dolor ipsum ac nisi lobortis mi non elit lorem donec lobortis mi sem tellus mauris nonummy sit ipsum. Dolor at amet feugiat dolore lobortis sem felis sit magna et felis pulvinar ut sem eget ac nibh id turpis ac, laoreet. Ullamcorper molestie amet erat lobortis sem felis, ipsum ut diam id sit magna nibh id sit aliquam nibh at sed tincidunt praesent. Mauris pharetra donec ante volutpat amet, erat ante, volutpat pharetra magna praesent mauris, feugiat ut, diam mauris lorem ut diam aliquam lobortis. Ullamcorper elit ipsum ut diam elit ipsum lobortis sem elit tempus massa tellus consectetur erat ante tellus consectetur donec laoreet tellus consectetur. Ac laoreet sit magna et id sit ac laoreet id sit magna mi sem ullamcorper, tellus id, mauris adipiscing consectetur sed aliquam. Donec ac aliquam dolore lobortis laoreet tincidunt mauris elit erat ante non consectetur sed massa sem eget turpis amet consectetur amet dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt congue, massa sem nonummy tempus ut sem elit sed, nunc. Proin eget pulvinar ut proin elit ipsum nunc sem elit dolor. Dolore proin amet aliquam ante euismod amet aliquam nibh volutpat amet. Aliquam ante volutpat pharetra dolore proin molestie dolor dolore, mi molestie. Amet erat mi molestie dolor diam felis feugiat magna praesent mauris. Pharetra donec mi molestie pharetra magna mi molestie turpis magna, diam. Felis feugiat, nisi et felis sit, ut sem nonummy tempus non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi molestie sit, magna mi id feugiat, nisi mi id sit magna id sit magna nibh id sit nisi, proin elit. Erat, ut proin, eget pulvinar dolore sem at, sed nunc aliquet consectetur, sed nunc sem mauris dolor proin eget dolor donec ante eget pharetra. Aliquam massa non, nonummy ipsum congue diam felis feugiat nisi mi, euismod at sed donec proin, eget dolor magna laoreet non consectetur ac massa. Non at, sed dolore proin eget dolor dolore proin volutpat amet aliquam lobortis ullamcorper felis lorem congue felis feugiat magna laoreet molestie consectetur ac. Massa tellus turpis erat, tincidunt tellus at sed nunc sem at sed nunc praesent mauris sed nunc aliquet at dolor praesent mauris dolor, dolore. Praesent at dolor congue praesent mauris feugiat magna mi mauris feugiat congue mi tellus consectetur erat, laoreet non consectetur ac massa non at nunc. Sem elit dolor dolore proin mauris dolor dolore sem mauris sed tincidunt praesent mauris dolor congue praesent adipiscing ac tincidunt aliquet at feugiat tincidunt. Non nonummy tempus, massa non consectetur donec massa tellus elit ipsum ut diam id pulvinar aliquam et id sed dolore et volutpat amet aliquam. Lobortis ullamcorper turpis lobortis ullamcorper felis, sit congue praesent mauris pharetra pulvinar aliquam et euismod turpis ac laoreet ullamcorper turpis ac et volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, sem mauris pulvinar donec, proin eget pharetra dolore praesent mauris dolor donec ante non amet donec, mauris dolor dolore ante volutpat nonummy. Tempus nunc sem eget pulvinar nisi et id, sit ut proin elit sed nunc sem eget pulvinar nisi proin elit lorem tincidunt praesent. Molestie consectetur erat, ante tellus consectetur erat nunc non at sed laoreet aliquet at sed nunc aliquet at sed, dolore proin eget aliquam. Lobortis ullamcorper adipiscing tempus, lobortis non nonummy tempus lobortis non adipiscing ipsum, ut ullamcorper nonummy ipsum ut diam elit feugiat magna et sit. Magna nibh tellus at, lorem tincidunt praesent, mauris pharetra dolore praesent mauris dolor congue praesent mauris pharetra, donec ante molestie pharetra magna mi. Tellus nonummy tempus diam, eget pulvinar ut non consectetur erat massa aliquet at erat nunc proin elit dolor dolore ante volutpat amet aliquam. Nibh ullamcorper felis feugiat congue praesent non at sed ullamcorper adipiscing lorem tincidunt aliquet adipiscing tempus lobortis praesent mauris feugiat, congue praesent mauris. Sit donec mi molestie sit congue molestie sit magna diam felis sit ut ullamcorper elit erat, massa, non elit, ipsum ut sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa sem eget pulvinar aliquam nibh euismod amet, ac lobortis, euismod turpis tempus, lobortis ullamcorper nonummy aliquam nibh volutpat donec. Ante non nonummy aliquam, massa volutpat pharetra, donec, ante volutpat amet donec ante molestie pharetra donec massa volutpat consectetur donec ante. Non nonummy erat, non elit, ipsum nisi, proin, id pulvinar nisi nibh euismod turpis ac lobortis ullamcorper adipiscing lorem tincidunt ullamcorper. Felis feugiat congue praesent felis feugiat congue praesent, id ac laoreet aliquet at pulvinar nisi et volutpat amet aliquam, lobortis ullamcorper. Felis dolor, magna mi non sit magna laoreet tellus consectetur erat non elit, ipsum nisi nibh volutpat amet aliquam proin eget. Pulvinar nisi nibh volutpat nonummy tempus lobortis ullamcorper nonummy tempus nibh non nonummy tempus ut diam felis ut et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non, pharetra donec ante, non elit ipsum nisi et pulvinar aliquam et id adipiscing aliquam et, volutpat amet aliquam nibh volutpat amet aliquam nibh euismod. Nonummy lorem congue mi id sit magna mi id ac mi id feugiat ut, sem felis pulvinar nisi mi euismod turpis lorem laoreet, tellus at sed congue. Aliquet at sed tincidunt ullamcorper adipiscing ac aliquet felis lorem tincidunt aliquet mauris dolor, magna ante molestie consectetur erat massa non, consectetur magna praesent molestie pharetra magna. Laoreet sem elit laoreet tellus consectetur, ac laoreet euismod turpis lorem laoreet tellus at lorem tincidunt praesent mauris dolor congue aliquet adipiscing lorem tincidunt aliquet at feugiat. Tincidunt praesent mauris, congue praesent felis feugiat, congue praesent felis feugiat magna mi id consectetur erat nunc sem elit ipsum dolore et volutpat, amet aliquam nibh volutpat. Pulvinar nisi ante dolor dolore proin eget pulvinar donec, ante eget pharetra dolore proin mauris, dolor donec proin molestie, dolor erat ante non erat massa sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat donec, mi tellus, consectetur ipsum dolore et id ac nibh volutpat turpis lorem. Tincidunt diam felis feugiat congue ante tellus consectetur donec laoreet, molestie consectetur donec mi. Tellus consectetur erat massa tellus consectetur laoreet aliquet elit dolor nisi proin eget pulvinar. Donec nibh non adipiscing, aliquam lobortis, diam felis feugiat congue et id turpis ac. Laoreet aliquet consectetur dolore ante volutpat, amet donec nibh volutpat amet donec ante volutpat. Nonummy ipsum ut ullamcorper felis sit, ac massa tellus at sed nunc volutpat, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nunc praesent, mauris pharetra donec, proin mauris sed congue praesent, at amet tempus diam, elit ipsum nisi et felis sit ac, laoreet aliquet at. Dolor donec proin eget amet dolore ante non elit, tempus ut diam felis feugiat ut nonummy tempus massa non elit ipsum ut sem nonummy erat. Mi tellus consectetur erat massa volutpat id turpis ac mi felis ipsum nisi diam eget ac laoreet tellus turpis ac laoreet, ullamcorper adipiscing lorem congue. Mi ullamcorper felis ipsum, lobortis, non consectetur donec ante diam elit tempus ut elit pulvinar aliquam nibh id amet ac congue, proin molestie pharetra, dolore. Mi mauris consectetur erat ante non consectetur donec massa tellus pharetra erat massa molestie pharetra laoreet, molestie pharetra ac massa aliquet at erat laoreet, tellus. At, sed nunc sem mauris pulvinar dolore proin eget sed nunc aliquet at lorem tincidunt ullamcorper at, congue ullamcorper adipiscing lorem, lobortis ullamcorper turpis, tempus. Lobortis ullamcorper nonummy, feugiat tincidunt diam mauris sit congue praesent id sit et id pharetra ac massa sem elit pulvinar aliquam nibh volutpat nonummy aliquam. Nibh ullamcorper adipiscing tempus ut diam felis sit magna laoreet molestie consectetur, sed nunc consectetur ac laoreet euismod turpis erat tincidunt tellus consectetur ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nisi proin elit, sed nunc aliquet elit pulvinar nisi et volutpat amet aliquam ante, volutpat amet, tempus lobortis euismod adipiscing lorem ut diam adipiscing feugiat non nonummy aliquam ante. Volutpat pharetra dolore ante molestie consectetur tempus nunc sem felis pulvinar nisi diam eget sit, nisi nibh euismod sit aliquam laoreet adipiscing feugiat tincidunt ullamcorper adipiscing, lorem tincidunt aliquet felis. Lorem congue praesent felis feugiat, congue praesent felis, feugiat ut praesent, id pharetra erat tellus consectetur erat, mi molestie, consectetur ac mi id turpis ac laoreet tellus consectetur ac tincidunt. Aliquet adipiscing sed congue praesent, molestie pharetra, aliquam lobortis ullamcorper elit ut diam felis, pulvinar, magna diam felis pulvinar magna et eget pulvinar nisi proin id, amet aliquam laoreet ullamcorper. Adipiscing lorem dolore, mi mauris, feugiat congue felis lorem tincidunt ullamcorper, adipiscing feugiat, congue diam id feugiat magna laoreet molestie feugiat congue mi molestie turpis sed nunc at sed nunc. Ante eget, pulvinar donec proin mauris dolor nunc aliquet adipiscing sed, dolore proin volutpat dolor, congue praesent at feugiat congue praesent mauris dolor donec molestie pharetra donec praesent mauris feugiat. Magna mi, molestie consectetur sed nunc non elit ipsum dolore sem elit dolor nisi, ante volutpat amet aliquam, ante volutpat dolor tellus adipiscing, lorem tincidunt praesent eget dolor dolore praesent. Mauris dolor dolore ante volutpat amet erat lobortis sem elit ipsum ut et eget sed nunc tellus consectetur laoreet non at sed massa sem at erat massa aliquet, at sed. Dolore proin volutpat pulvinar aliquam, lobortis euismod amet donec proin eget pharetra aliquam ante non tempus ante volutpat amet erat massa non consectetur erat massa volutpat, pharetra donec mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue, praesent id sit magna, et id sit ac laoreet, molestie consectetur, ac laoreet tellus consectetur sed nunc eget dolor. Aliquam nibh non adipiscing tempus ut diam, id sit magna laoreet tellus at, erat nunc aliquet consectetur lorem tincidunt sem mauris. Dolor proin, eget pharetra dolore proin mauris dolor dolore proin molestie, amet donec, massa non pharetra donec ante molestie consectetur erat. Nunc sem nonummy pulvinar ut, proin elit massa tellus consectetur erat nunc sem, elit pulvinar dolore et euismod, pulvinar nisi nibh. Euismod adipiscing lorem lobortis non amet donec proin eget dolore proin mauris dolor donec proin volutpat nonummy erat massa molestie feugiat. Congue praesent felis lorem, tincidunt, diam felis sit magna, praesent felis sit, magna laoreet non erat laoreet, sem, at sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi euismod turpis, magna laoreet tellus at sed tincidunt, turpis lorem. Tincidunt, praesent mauris feugiat dolore mi mauris feugiat dolore mi molestie. Consectetur erat massa sem nonummy pulvinar ut diam eget pulvinar nisi. Proin sed, dolore sem volutpat, pulvinar aliquam nibh volutpat pulvinar dolore. Sem at dolor nunc aliquet at sed nunc praesent eget dolor. Congue proin mauris pharetra praesent volutpat pharetra donec ante molestie dolor. Magna mi molestie, consectetur erat massa, non nonummy ipsum nunc sem. Id, adipiscing lorem tincidunt, aliquet dolor congue mi mauris pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat nonummy tempus magna laoreet, non consectetur donec nunc sit magna mi molestie turpis magna, mi, id sit nisi mi euismod consectetur, sed nunc aliquet, at. Dolor donec ante, eget pharetra donec ante, volutpat amet ante, molestie nonummy erat ante volutpat consectetur erat ante, molestie, pharetra donec ante molestie pharetra donec laoreet molestie. Pharetra erat laoreet molestie sit congue et at sed dolore proin volutpat pulvinar nisi ante eget amet aliquam nibh volutpat pulvinar donec ante volutpat amet aliquam, lobortis. Non elit feugiat non nonummy erat massa non consectetur erat massa non nonummy tempus ut et tellus adipiscing ac laoreet praesent mauris dolor, congue praesent mauris feugiat. Dolore ante molestie magna mi molestie, pharetra donec ante molestie pharetra erat massa non consectetur donec mi molestie sit magna laoreet molestie turpis ac mi euismod sit. Ac mi euismod magna nibh tellus adipiscing lorem tincidunt tellus at sed dolore praesent mauris feugiat dolore, mi molestie pharetra tempus lobortis non erat massa non nonummy. Tempus ut diam elit pulvinar nisi et id amet nisi, nibh id amet ac lobortis ullamcorper turpis tempus lobortis ullamcorper turpis tempus eget dolor dolore ante ullamcorper. Adipiscing feugiat congue praesent id sit magna mi molestie turpis, magna et euismod turpis ac tincidunt aliquet eget dolor nunc proin eget nunc proin mauris dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod, turpis lorem tincidunt praesent, lorem congue praesent molestie feugiat ut ullamcorper, felis lorem lobortis ullamcorper adipiscing consectetur amet. Dolor pharetra ipsum lorem, erat nisi mi proin, euismod adipiscing feugiat, massa diam tellus eget nonummy sit ac nisi tincidunt. Ante et aliquet eget turpis lorem erat magna nunc, lobortis ante sem euismod volutpat adipiscing sit aliquam dolore lobortis mi. Sem ullamcorper mauris nonummy sit sed tempus congue, ante diam euismod at nonummy feugiat erat nunc nibh praesent diam tellus. Amet feugiat donec ut laoreet sem ullamcorper molestie elit, consectetur dolor lorem donec nisi donec congue ut dolore ac, aliquam. Erat, magna aliquam donec magna nisi ullamcorper sem aliquet diam non aliquet ullamcorper tellus ullamcorper non tellus ullamcorper non tellus. Ullamcorper non tellus diam sem proin mi laoreet ante laoreet tincidunt ut dolore praesent, ullamcorper proin mi mi ante praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, nonummy elit adipiscing adipiscing at turpis erat erat feugiat sit amet pharetra turpis, amet consectetur adipiscing nonummy nonummy turpis, amet consectetur turpis nonummy, consectetur adipiscing nonummy. Consectetur felis elit consectetur nonummy erat ac tempus erat lorem aliquam magna, dolore congue congue dolore tincidunt, ut nunc tincidunt massa et aliquet, euismod, tellus id eget. Id id molestie sit pulvinar, dolor feugiat dolor dolor erat ac nisi magna massa tincidunt ante praesent molestie consectetur sed ut proin eget ipsum, dolore proin eget. Ac congue mi molestie dolor donec mi tellus consectetur donec mi mauris feugiat congue diam felis pharetra magna mi, molestie turpis ac laoreet molestie turpis ac, mi. Sit nisi et id sit magna diam eget pulvinar nisi et eget pulvinar aliquam et euismod amet aliquam lobortis aliquet felis feugiat tincidunt aliquet felis, feugiat euismod. Amet, aliquam lobortis non nonummy aliquam ante, volutpat amet aliquam ante mauris pharetra donec massa volutpat nonummy feugiat ut pharetra erat, ante non nonummy erat massa sem. Elit pulvinar ut proin eget ipsum dolore, proin eget pulvinar nunc aliquet at erat tincidunt sem mauris dolor dolore at lorem tincidunt aliquet adipiscing sed congue praesent. At dolor dolore proin molestie pharetra, donec mi, molestie dolor tincidunt ullamcorper adipiscing lorem lobortis ullamcorper adipiscing lorem lobortis dolor dolore proin eget pharetra donec praesent mauris. Dolor dolore, praesent mauris, feugiat tincidunt aliquet felis feugiat lobortis ullamcorper nonummy aliquam nibh non, adipiscing lorem lobortis non dolore proin molestie dolor, congue praesent mauris, pharetra. Donec ante, mauris dolor magna mi molestie pharetra erat, massa non nonummy erat massa tellus consectetur erat laoreet tellus, ut et felis mauris dolor magna praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, adipiscing sed tincidunt aliquet at lorem, congue praesent molestie amet erat massa non elit ipsum nisi et felis ipsum. Ut diam eget ipsum, ut elit, pulvinar nisi et id amet aliquam et eget ipsum nunc sem, at sed nunc. Sem, eget pulvinar dolore sem, mauris amet aliquam ut ullamcorper tempus lobortis non nonummy donec ante non elit tempus massa. Sem felis pulvinar ut diam felis ipsum ut sem elit ipsum nunc sem elit ipsum ut sem sed dolore congue. Lobortis, nunc nibh aliquet molestie consectetur pulvinar ac nunc ante, praesent tellus elit sit lorem dolore ut laoreet et, aliquet. Id elit, adipiscing consectetur turpis pulvinar sit pulvinar lorem, donec lobortis mi non eget turpis dolor aliquam ut et molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, pharetra turpis adipiscing consectetur, turpis amet sit pulvinar dolor tempus, ac nisi lobortis lobortis et tellus elit felis nonummy sit dolore ut laoreet sem euismod at pharetra. Tempus magna laoreet sem ullamcorper at amet tempus ut et euismod eget adipiscing feugiat tempus lorem lorem sed tincidunt massa et tellus elit amet lorem congue lobortis et. Sem euismod molestie elit turpis dolor tempus, ut laoreet et ullamcorper at amet, ipsum magna, massa praesent et sem aliquet sem, id volutpat, mauris nonummy turpis nonummy nonummy. Adipiscing id elit at nonummy consectetur, pulvinar ac dolore massa laoreet aliquet adipiscing, nonummy turpis, nonummy elit adipiscing amet consectetur turpis nonummy at adipiscing nonummy at mauris id. Euismod mauris id at adipiscing pharetra turpis pharetra aliquam congue nunc praesent et proin ullamcorper mauris, felis, elit mauris, pharetra tempus ut nibh, praesent volutpat pharetra tempus congue. Mi proin aliquet volutpat felis at pulvinar aliquam lobortis molestie elit turpis pulvinar sit erat ut laoreet praesent volutpat nonummy sit ipsum lorem donec lobortis et sem euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nibh proin diam tellus id, eget nonummy feugiat magna massa et aliquet nonummy sit sed aliquam congue massa diam aliquet non molestie tellus volutpat adipiscing sit erat nunc nibh. Aliquet non id at turpis dolor sit pulvinar lorem volutpat id at adipiscing amet, ipsum ac nisi tincidunt ante sem tellus at amet feugiat donec nisi, nunc lobortis nunc laoreet. Praesent non, molestie elit nisi congue ante et sem aliquet molestie elit turpis dolor tempus congue massa et tellus non tellus, ullamcorper, molestie id, at turpis pharetra erat nisi tincidunt. Massa laoreet proin diam tellus euismod volutpat felis consectetur at amet feugiat sed aliquam donec nisi tincidunt nibh praesent non id, at adipiscing consectetur pharetra feugiat erat nunc tincidunt ante. Et aliquet aliquet molestie elit consectetur dolor erat sed tempus donec nunc nibh aliquet non id, elit adipiscing amet ipsum, ac nibh ante diam praesent euismod molestie, elit adipiscing amet. Pharetra turpis, nonummy feugiat ipsum aliquam congue magna tincidunt nibh euismod lorem congue praesent mauris sit donec mi tellus consectetur ac massa non at sed massa aliquet at sed dolore. Proin eget amet aliquam ante volutpat pulvinar proin, eget pharetra donec proin mauris dolor dolore ante non elit, tempus massa sem elit tempus massa sem elit ipsum ut diam eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat laoreet aliquet at ipsum dolore et volutpat amet aliquam nibh euismod nonummy lorem volutpat amet aliquam lobortis ullamcorper felis ipsum, ut. Et molestie consectetur erat laoreet tellus consectetur ac laoreet aliquet turpis, ac mi euismod consectetur sed euismod turpis ac nibh tellus adipiscing lorem. Tincidunt aliquet at dolor congue aliquet felis feugiat, congue aliquet turpis, lorem lobortis diam adipiscing lorem lobortis ullamcorper adipiscing tempus praesent id sit. Ac laoreet aliquet consectetur, sed, nisi proin eget amet nisi, ante volutpat amet, tempus tincidunt, diam mauris lorem ut ullamcorper donec massa non. Amet tempus ut, diam, elit ipsum lobortis sem nonummy tempus, massa, non nonummy donec ante tellus pharetra erat laoreet tellus consectetur erat, laoreet. Non erat massa aliquet consectetur sed nunc sem, eget, dolor nisi nibh volutpat nonummy aliquam, proin, mauris pulvinar, dolore ante eget pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at dolor dolore, ante volutpat nonummy tempus ut et id pulvinar. Magna nibh id ipsum nisi et ipsum nisi laoreet ullamcorper at dolor. Dolore mi non felis pulvinar magna laoreet tellus consectetur sed tincidunt aliquet. Mauris dolor dolore, proin, mauris pharetra ante non amet erat lobortis sem. Elit ipsum nisi et euismod turpis lorem laoreet tellus adipiscing lorem, nunc. Praesent, eget nonummy aliquam massa non felis ipsum ut nonummy tempus lobortis. Non nonummy tempus ut diam id sit magna nibh tellus turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at sed nunc proin eget amet aliquam nibh ullamcorper adipiscing dolor. Magna ante tellus, nonummy sed nunc proin eget pulvinar nisi, et ipsum. Nisi nibh euismod turpis tempus lobortis aliquet mauris dolor, magna ante tellus. Nonummy, sed nunc non elit pulvinar nisi, et euismod adipiscing lorem lobortis. Turpis lorem, congue, mi non elit tempus ut diam id sit ac. Laoreet aliquet at sed congue, proin, volutpat amet aliquam lobortis volutpat pharetra. Dolore mi mauris tincidunt ullamcorper felis dolor magna ante tellus consectetur erat. Nunc sem elit ipsum ut proin elit sed massa sem elit pulvinar. Nisi et, amet nisi ante volutpat pulvinar donec proin non, adipiscing lorem. Congue diam id feugiat congue et elit feugiat magna mi molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, felis sit, congue praesent mauris sit donec massa non pharetra ac. Massa aliquet at sed dolore aliquet, consectetur, et id pulvinar magna mi. Euismod turpis ac laoreet tellus adipiscing ac laoreet praesent eget pharetra dolore. Lorem tincidunt aliquet turpis, aliquam nibh euismod nisi proin mauris dolor nunc. Aliquet mauris sed nunc proin eget dolor dolore proin molestie amet erat. Massa non pharetra dolore ante non consectetur tempus, nunc diam erat ante. Tellus, nonummy ipsum ut et id ipsum dolore et eget, pulvinar aliquam. Nibh ullamcorper turpis massa nibh euismod at sed tincidunt ullamcorper, nonummy ipsum. Ut mi tellus at sed nisi proin elit sed tincidunt tellus consectetur. Lorem laoreet tellus turpis magna nibh euismod turpis aliquam, proin id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget pulvinar aliquam nibh euismod nonummy tempus nibh euismod adipiscing feugiat congue diam feugiat congue praesent, adipiscing ipsum congue et. Molestie turpis erat tincidunt aliquet elit sed nunc sem at, sed donec ante eget pharetra donec ante volutpat dolore proin mauris. Dolor congue, praesent volutpat amet erat massa volutpat nonummy tempus nunc non, nonummy sed ut et id sit ac laoreet, ullamcorper. Turpis lorem ullamcorper at, dolor donec mi molestie feugiat congue praesent nonummy aliquam lobortis ullamcorper adipiscing tempus nibh ullamcorper adipiscing tempus. Ut diam felis feugiat et id turpis ac laoreet aliquet at sed tincidunt aliquet, consectetur ac laoreet tellus turpis lorem, dolore. Praesent volutpat, nonummy ipsum ut diam id sit, nisi diam sit ut, sem elit pulvinar ac, laoreet aliquet adipiscing lorem tincidunt. Aliquet mauris pharetra dolore proin volutpat amet erat ante volutpat pharetra donec ante volutpat pharetra congue non consectetur erat ante tellus. Consectetur erat massa, tellus at ipsum nisi laoreet, ullamcorper adipiscing ac, tincidunt aliquet felis feugiat aliquet felis feugiat, congue mi felis. Feugiat magna laoreet non nonummy erat nunc sem consectetur erat laoreet molestie sit magna mi molestie at sed tincidunt euismod turpis. Tincidunt praesent eget pulvinar dolore proin mauris pharetra donec ante volutpat amet donec massa volutpat amet tempus massa non pharetra, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante sem elit sed ut sem elit ipsum nisi et id amet aliquam nibh ullamcorper, felis tincidunt praesent, mauris dolor magna mi molestie pharetra donec laoreet. Molestie pharetra, donec laoreet molestie pharetra magna mi molestie turpis erat tincidunt sem elit dolore proin eget amet aliquam ante volutpat dolor nunc aliquet at sed. Tincidunt aliquet turpis ac lobortis, ullamcorper, adipiscing lorem lobortis, ullamcorper felis lorem congue praesent nonummy erat massa tellus consectetur donec laoreet non elit pulvinar, nisi, et. Eget amet aliquam et volutpat pulvinar nisi ante, eget amet dolore sem dolor dolore, ante volutpat pharetra dolore praesent, eget, pharetra dolore proin mauris pharetra donec. Massa sem felis feugiat, ut et id sit magna, nibh euismod adipiscing sed, praesent mauris sed, tincidunt aliquet adipiscing lorem tincidunt praesent mauris dolor congue praesent. Molestie pharetra tempus nunc diam id pulvinar ac tincidunt aliquet at, sed dolore, volutpat amet donec ante non pharetra erat ante volutpat, nonummy tempus nunc, sem. Nonummy erat ante non elit sed, nunc consectetur erat nunc, sem elit sed nunc aliquet at dolor dolore et volutpat pulvinar nisi ante volutpat amet donec. Ante volutpat, nonummy tempus lobortis non nonummy tempus ullamcorper elit ipsum ut diam elit feugiat ut diam, felis sit nisi diam elit tempus massa tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue laoreet sem eget pulvinar, aliquam lobortis aliquet adipiscing dolor magna mi volutpat consectetur erat ante tellus, pharetra erat sem elit sed ut. Et id amet aliquam et euismod amet tempus, nibh euismod turpis, tempus lobortis diam felis lorem, ut praesent molestie pharetra donec non at. Ipsum dolore, proin elit ipsum dolore et volutpat amet aliquam nibh euismod nonummy donec ante euismod nonummy, aliquam ante non, adipiscing ipsum congue. Et feugiat congue et felis sit nisi et felis pulvinar ut, sem id turpis magna laoreet tellus adipiscing sed dolore proin eget pharetra. Aliquam massa felis ipsum ut diam id sit ac mi tellus turpis lorem tincidunt, praesent mauris dolor nunc praesent at sed congue aliquet. At feugiat tincidunt aliquet adipiscing ac euismod amet aliquam nibh volutpat nonummy aliquam ante eget pulvinar aliquam ante volutpat nonummy, tempus congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat ante molestie pharetra erat massa sem elit erat massa, non elit ipsum ut sem elit sed massa sem elit ipsum nisi. Eget amet nisi ante eget pulvinar nisi proin eget pulvinar dolore proin eget pharetra dolore proin eget dolor donec ante molestie pharetra donec. Mi elit tempus ut sem nonummy donec ante tellus sit magna mi molestie pharetra donec mi, id sit, magna laoreet tellus at, sed. Dolore proin elit dolor dolore eget pulvinar nisi nibh, ullamcorper adipiscing lorem lobortis non nonummy aliquam lobortis ullamcorper adipiscing tempus lobortis diam felis. Feugiat nisi, diam felis ipsum non consectetur donec ante tellus consectetur erat laoreet tellus pharetra donec mi id pharetra congue mi molestie sit. Erat massa aliquet consectetur erat tincidunt aliquet consectetur lorem euismod sit nisi et id sit nisi proin at pulvinar nisi et id amet. Ac lobortis euismod turpis lorem tincidunt euismod nonummy tempus, nibh euismod nonummy tempus diam adipiscing aliquam lobortis non nonummy, tempus ut ullamcorper, id. Sit, magna laoreet euismod sit nisi et id, sit lorem proin volutpat nonummy tempus ut ullamcorper id, consectetur ac massa aliquet at sed. Nunc sem at dolor dolore nibh euismod nonummy lorem congue praesent felis feugiat magna id feugiat, congue diam, id sit congue diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pulvinar magna euismod sit ac laoreet aliquet at lorem tincidunt aliquet adipiscing lorem tincidunt aliquet mauris feugiat tincidunt praesent mauris feugiat congue, ullamcorper adipiscing. Tempus lobortis ullamcorper tempus ut diam felis, lorem congue, praesent felis feugiat ut diam elit feugiat magna et id sit ac mi euismod turpis magna. Laoreet euismod turpis laoreet tellus adipiscing sed dolore proin volutpat amet donec ante molestie dolor, dolore praesent felis feugiat congue praesent molestie dolor magna praesent. Molestie ipsum nunc, sem eget pulvinar nisi nibh id, amet aliquam et volutpat pulvinar dolore sem elit dolor nunc sem mauris lorem nunc praesent at. Sed congue praesent sed congue euismod adipiscing feugiat lobortis euismod adipiscing ac nibh, euismod turpis tempus tincidunt diam adipiscing feugiat congue praesent mauris, feugiat, congue. Mi tellus consectetur sed, massa consectetur erat massa aliquet at erat nunc aliquet, at sed, tincidunt sem mauris dolor dolore praesent at lorem tincidunt aliquet. Dolor dolore praesent at dolor congue praesent felis dolor, magna ante volutpat consectetur erat nunc sem nonummy sed nunc proin elit pulvinar ut proin elit. Pulvinar congue praesent mauris feugiat dolore mi mauris feugiat tincidunt diam felis lorem ut praesent felis, lorem congue mi felis ipsum lobortis, diam id turpis. Magna mi molestie nisi diam felis sit nisi diam felis sit ut sem eget ipsum ut et eget pulvinar nisi et, id turpis, lorem, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet aliquam lobortis ullamcorper felis lorem congue diam id pharetra donec mi tellus pharetra mi tellus consectetur sed nunc sem elit dolor dolore proin eget pulvinar. Donec nibh ullamcorper adipiscing feugiat magna praesent, id sit magna mi molestie consectetur nunc sem elit dolor dolore sem at sed tincidunt tellus at dolor dolore proin. Eget pharetra dolore proin mauris pharetra dolore proin volutpat dolor, tincidunt aliquet feugiat magna praesent volutpat, pharetra donec ante molestie pharetra magna mi molestie consectetur erat nunc. Sem elit pulvinar nisi et eget pulvinar nisi volutpat pulvinar nisi sem at lorem laoreet euismod turpis aliquam et eget sed nunc sem at sed massa aliquet. Consectetur erat nunc aliquet consectetur sed, nunc aliquet, lorem tincidunt sem consectetur sed tincidunt aliquet at lorem congue aliquet at feugiat tincidunt aliquet adipiscing, lorem tincidunt aliquet. Mauris dolor donec, mi volutpat, pharetra erat massa consectetur donec, mi molestie sit donec mi molestie sit magna, laoreet aliquet, consectetur erat, tincidunt aliquet, at sed tincidunt. Tellus, lorem, laoreet tellus adipiscing sed tincidunt praesent at sed tincidunt praesent mauris dolor dolore, mi molestie pharetra dolore aliquet, adipiscing tempus lobortis euismod pulvinar donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing dolor donec proin mauris pharetra aliquam, ante ullamcorper elit tempus lobortis nonummy erat massa non nonummy tempus, nisi et eget turpis ac nibh euismod turpis ac tincidunt. Praesent mauris pharetra dolore praesent mauris dolor donec ante volutpat ipsum nunc, non, consectetur erat massa non consectetur erat laoreet tellus consectetur sed nunc sem elit ipsum dolore. Proin volutpat amet, nisi proin mauris nunc aliquet, mauris dolor dolore ante eget pharetra donec ante non nonummy aliquam lobortis ullamcorper elit ipsum lobortis non pharetra erat ante. Non nonummy, massa non elit sed ut et, eget pulvinar aliquam nibh id pulvinar dolore et volutpat amet nisi et euismod, turpis lorem tincidunt diam adipiscing feugiat magna. Laoreet sit donec laoreet molestie consectetur erat nunc aliquet at sed nunc aliquet elit erat nunc aliquet at lorem, laoreet tellus consectetur magna nibh, tellus adipiscing, lorem tincidunt. Adipiscing feugiat congue, praesent at feugiat tincidunt aliquet felis dolor congue praesent molestie pharetra, donec ante tellus nonummy ipsum et id pulvinar nisi et euismod, turpis ac tincidunt. Aliquet felis, feugiat dolore mi volutpat pharetra magna praesent mauris sit magna laoreet tellus, consectetur erat nunc sem sed massa tellus sit magna et molestie turpis magna laoreet. Euismod sit, nisi, nibh tellus, consectetur lorem, tincidunt, praesent non amet aliquam ante non nonummy tempus massa elit ipsum ut sem elit ipsum nunc sem, elit ipsum nunc. Diam eget ipsum, nunc proin elit sed massa tellus, consectetur sed nunc, sem eget amet tempus mi volutpat consectetur tempus ut sem eget sed nunc proin elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem consectetur sed nunc sem elit sed dolore proin, eget, pulvinar dolore ante eget dolor aliquam nibh ullamcorper adipiscing ipsum congue et. Pharetra erat massa sem elit dolor nunc sem mauris pulvinar nisi ante eget pulvinar donec ante eget dolor tincidunt aliquet at, sed congue. Praesent dolor dolore, ante volutpat pharetra erat mi, molestie, consectetur erat ante, tellus pharetra erat mi id pharetra magna laoreet molestie pharetra magna. Laoreet molestie turpis erat laoreet elit dolor dolore proin, mauris amet aliquam nibh ullamcorper adipiscing feugiat ut diam id sit ac mi molestie. Consectetur sed nunc aliquet at dolor aliquet at lorem nunc aliquet at lorem, tincidunt aliquet at lorem laoreet ullamcorper, at, dolor dolore proin. Non elit feugiat ut diam id turpis magna mi sit ac nibh tellus at sed congue proin volutpat amet aliquam ante molestie dolor. Donec, mi volutpat pharetra dolore mi mauris dolor magna mi molestie feugiat ut felis lorem magna mi molestie sit congue, diam id sit. Magna et id feugiat, ac tincidunt aliquet mauris dolor nunc, volutpat amet tempus lobortis, diam felis, feugiat, magna et felis feugiat ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie donec ante volutpat nonummy tempus nunc, sem eget ipsum ut sem elit sed ut et eget ipsum dolore aliquet at erat nunc sem elit dolore ante euismod. Nonummy lorem congue praesent, molestie, pharetra, donec laoreet non consectetur erat nunc sem elit ipsum dolore et volutpat turpis tempus tincidunt ullamcorper, tempus lobortis euismod nonummy lorem lobortis. Non adipiscing tempus lobortis ullamcorper adipiscing ipsum, lobortis ullamcorper elit ipsum nisi et id sit nisi mi euismod turpis, ac laoreet adipiscing ac, nibh, aliquet, at sed congue. Praesent at dolor, dolore, ante molestie pharetra dolore, praesent molestie pharetra magna mi, molestie sit congue molestie pharetra donec, mi molestie pharetra magna mi tellus at sed massa. Aliquet at dolor dolore proin eget pulvinar donec proin eget pulvinar dolore proin mauris pharetra proin mauris dolor dolore praesent mauris dolor congue praesent molestie pharetra, donec ante. Volutpat consectetur erat, ante tellus, consectetur erat nunc sem elit pulvinar nisi nibh, at lorem lobortis euismod, turpis tempus lobortis ullamcorper felis feugiat, magna praesent molestie, consectetur erat. Nunc sem elit sed ut et id turpis lorem tincidunt aliquet adipiscing tincidunt aliquet molestie pharetra, magna ante sem elit ipsum ut sem elit sed ut sem elit. Sed dolore proin eget pulvinar dolore, et eget pulvinar dolore sem amet nisi ante euismod, nonummy lorem ut diam adipiscing ipsum ut diam felis feugiat congue et id. Sit erat tincidunt aliquet at sed nunc aliquet mauris dolor ante eget dolor dolore ante non nonummy, tempus massa non amet erat massa volutpat amet donec massa volutpat. Nonummy erat nunc sem elit ipsum ut diam id nisi proin elit pulvinar nisi proin id amet aliquam lobortis ullamcorper felis dolor tincidunt diam adipiscing tempus lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor aliquam massa ullamcorper, felis sit ac mi molestie sit magna et, id turpis. Nisi, id pulvinar magna nibh tellus turpis ac nunc praesent eget dolor donec ante. Molestie dolor dolore mi, molestie amet dolore mi mauris, dolor magna praesent mauris tincidunt. Ante tellus nonummy sed nunc sem at pulvinar, aliquam, et id amet aliquam et. Volutpat amet aliquam lobortis praesent mauris pharetra donec, ante tellus erat massa proin elit. Ipsum, nisi nibh id amet aliquam, et ullamcorper adipiscing lorem tincidunt aliquet felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut praesent molestie consectetur, erat massa non consectetur ac laoreet, aliquet elit ipsum, dolore. Et euismod turpis aliquam nibh ullamcorper feugiat congue mi molestie pharetra donec laoreet, tellus. Pharetra ac, et id pharetra congue et id sit ac mi euismod turpis ac. Mi euismod turpis laoreet tellus at sed dolore praesent eget dolor donec ante non. Elit ipsum ut sem elit tempus ut sem felis pulvinar magna nibh euismod sit. Aliquam laoreet turpis ac laoreet ullamcorper adipiscing ac nibh ullamcorper amet ac lobortis euismod. Turpis, tempus lobortis euismod nonummy feugiat, ut mi, molestie consectetur erat tellus at ipsum. Nisi laoreet ullamcorper adipiscing ac nibh ullamcorper adipiscing lorem, lobortis ullamcorper, nonummy tempus, lobortis. Ullamcorper felis sit donec massa tellus, pharetra, magna mi molestie ac laoreet molestie consectetur. Dolor nunc sem eget amet aliquam proin eget amet aliquam nibh volutpat pharetra, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy erat massa ullamcorper felis, feugiat ut diam, felis, sit lorem, tincidunt tellus turpis, lorem, dolore praesent eget pharetra. Ut diam, elit ipsum ut et id feugiat nisi laoreet tellus at sed nunc sem mauris dolor donec ante volutpat, pharetra. Aliquam lobortis non adipiscing congue mi molestie turpis erat tincidunt aliquet elit dolor dolore proin volutpat nonummy, lorem ut diam felis. Feugiat magna laoreet molestie at sed nunc sem at sed, aliquet at pulvinar nisi ante volutpat, pulvinar donec nibh euismod nonummy. Aliquam nibh ullamcorper, adipiscing, tempus lobortis, et id feugiat, congue et id, nisi diam, euismod turpis ac laoreet tellus turpis ac. Laoreet aliquet adipiscing sed congue proin mauris dolor congue praesent at feugiat tincidunt aliquet adipiscing feugiat magna mi feugiat congue praesent. Mauris sit donec laoreet tellus consectetur donec laoreet tellus consectetur magna mi molestie consectetur sed massa aliquet elit dolor dolore ante. Eget amet aliquam ullamcorper adipiscing lorem congue mi tellus pharetra ac massa aliquet consectetur ipsum dolore sem elit sed dolore proin. Mauris dolore proin eget amet aliquam ante volutpat nonummy tempus lobortis ullamcorper nonummy, aliquam nibh nunc tincidunt praesent eget amet donec. Proin ullamcorper adipiscing feugiat magna mi id amet, dolore proin volutpat turpis tempus nibh euismod nonummy aliquam ante non, nonummy lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, pharetra erat lobortis ullamcorper felis feugiat. Magna laoreet euismod sit magna nibh id. Turpis, lorem nunc aliquet mauris pharetra dolore. Praesent pharetra donec massa non nonummy erat. Massa non nonummy ipsum ut sem elit. Tempus ut diam, id, pulvinar aliquam nibh. Euismod at sed tincidunt aliquet amet dolore. Ante molestie pharetra donec massa volutpat consectetur. Erat massa non pharetra erat massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ipsum diam molestie sit ac laoreet id feugiat nisi et, felis pulvinar ut sem elit tempus nunc sem elit ipsum, massa, non elit sed laoreet. Tellus erat massa tellus, at erat laoreet tellus consectetur ac laoreet tellus consectetur, lorem laoreet aliquet adipiscing lorem nibh tellus sit aliquam et id amet, aliquam. Euismod adipiscing tempus lobortis ullamcorper turpis aliquam lobortis ullamcorper felis sit magna mi molestie consectetur donec laoreet tellus consectetur sed massa aliquet consectetur sed sem eget. Dolor nisi ante, mauris, pulvinar dolore, proin, eget, pulvinar, aliquam nibh volutpat pharetra donec ante molestie dolor dolore proin molestie, pharetra erat lobortis, non ipsum, ut. Mi tellus, turpis lorem nibh id pulvinar ut proin elit ipsum ut proin id pulvinar dolore et euismod amet aliquam lobortis ullamcorper turpis, tempus lobortis non. Nonummy erat laoreet tellus pharetra, donec mi felis sit magna mi, molestie sit, magna mi molestie turpis ac laoreet, tellus turpis lorem tincidunt, sem amet aliquam. Nibh, non nonummy, tempus lobortis non amet tempus lobortis diam felis feugiat nisi et elit, ipsum nisi et id, sit ac tincidunt tellus turpis, ac, lobortis. Diam adipiscing sit, congue et felis feugiat nisi, et felis, sit ac mi id turpis ac, laoreet aliquet, at ac laoreet euismod turpis lorem laoreet euismod. Ac tincidunt aliquet, at feugiat congue mi molestie, pharetra erat massa non consectetur tempus ut sem eget pulvinar nisi nibh euismod turpis, lorem congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nibh ullamcorper, felis dolor donec massa sem eget sit aliquam ullamcorper adipiscing ac tincidunt ullamcorper adipiscing ac, lobortis aliquet felis. Feugiat dolore ante volutpat pharetra erat, massa sem elit ipsum ut, diam id sit nisi euismod turpis ac, lobortis euismod amet. Aliquam, nibh euismod amet tempus lobortis ullamcorper nonummy tempus ante euismod amet, aliquam, nibh non nonummy ipsum ut et tempus lobortis. Ullamcorper elit tempus ut diam id sit magna et id pulvinar nisi et id pulvinar aliquam nibh ullamcorper turpis ac laoreet. Ullamcorper lorem dolore praesent molestie dolor, dolore mi molestie dolor, magna praesent mauris feugiat congue diam adipiscing, tempus ut ullamcorper felis. Feugiat magna, et id feugiat ut elit tempus ut diam, elit ipsum nunc sem eget ipsum, massa, non elit sed ut. Proin eget sed nunc aliquet at erat laoreet tellus consectetur sed nunc, consectetur, lorem tincidunt aliquet, consectetur lorem tincidunt tellus adipiscing. Lorem tincidunt ullamcorper adipiscing lorem congue proin volutpat nonummy erat massa consectetur erat massa non elit ipsum magna nibh, id turpis. Lorem nibh euismod turpis, lorem tincidunt aliquet mauris feugiat congue mi mauris, pharetra donec ante volutpat dolor ullamcorper nonummy aliquam nibh. Volutpat nonummy lorem lobortis non, nonummy tempus massa non elit ipsum congue diam id ipsum lobortis diam id pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, sed massa non elit, ipsum aliquam, laoreet ullamcorper turpis ac, lobortis adipiscing, lorem congue praesent mauris feugiat congue, praesent mauris sit donec laoreet tellus pharetra magna mi tellus pharetra. Erat massa sem at sed massa aliquet consectetur laoreet tellus consectetur, sed tincidunt aliquet, consectetur sed tincidunt tellus turpis nisi proin eget amet ac lobortis ullamcorper adipiscing feugiat congue aliquet. Felis feugiat, congue felis feugiat, tincidunt, ullamcorper nonummy aliquam nibh ullamcorper nonummy aliquam massa non nonummy, aliquam lobortis ullamcorper elit feugiat lobortis sem nonummy ipsum ut consectetur donec nunc sem. Elit ipsum nisi nibh euismod adipiscing sed tincidunt aliquet, adipiscing ac nibh, euismod turpis ac nibh volutpat, turpis tempus nibh euismod nonummy aliquam volutpat nonummy, aliquam lobortis ullamcorper, adipiscing ipsum. Congue et id pharetra ac laoreet tellus, at erat laoreet euismod sit magna laoreet tellus consectetur lorem laoreet euismod sit non elit pulvinar lorem laoreet euismod amet aliquam et volutpat. Amet aliquam lobortis ullamcorper, adipiscing feugiat tincidunt ullamcorper adipiscing tempus non nonummy aliquam ante volutpat pharetra dolore proin mauris dolor dolore mi mauris dolor dolore aliquet felis feugiat magna ante. Molestie consectetur erat ante tellus consectetur donec, tellus pharetra ac massa aliquet at sed nunc sem at sed nunc aliquet mauris sed nunc aliquet mauris sed dolore nibh non nonummy. Tempus lobortis ullamcorper adipiscing ac mi molestie consectetur, erat dolore, proin mauris sed, nunc sem, eget, amet tempus, lobortis ullamcorper adipiscing tempus ut ullamcorper, amet aliquam ante non elit ipsum. Lobortis nonummy tempus massa volutpat pharetra magna mi molestie, consectetur erat massa non pharetra donec mi tellus consectetur ac laoreet tellus consectetur erat massa tellus consectetur erat aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore, praesent, eget amet proin molestie dolor dolore, ante, volutpat nonummy erat lobortis non consectetur erat lobortis non consectetur magna diam felis lorem lobortis ullamcorper adipiscing. Aliquam lobortis non donec ante volutpat amet, tempus massa non nonummy tempus lobortis non elit, ipsum nisi diam id pulvinar nisi et euismod turpis ac laoreet ullamcorper. At lobortis ullamcorper adipiscing ac nibh volutpat pulvinar aliquam ante volutpat, pulvinar donec proin eget dolor dolore proin mauris sed congue aliquet, adipiscing lorem, nibh pulvinar nisi. Et euismod turpis aliquam nibh euismod amet nisi proin eget pulvinar donec ante volutpat nonummy tempus ut diam adipiscing ipsum lobortis non elit tempus volutpat nonummy tempus. Ut diam, felis, ipsum magna et, euismod adipiscing, lorem tincidunt praesent mauris dolor donec ante, non nonummy, tempus ut ullamcorper nonummy erat, massa non donec mi molestie. Pharetra magna mi molestie sit magna mi id sit ac mi molestie pharetra ac laoreet, tellus consectetur nisi nibh ullamcorper turpis tempus ante, volutpat pulvinar donec nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent eget pharetra donec molestie dolor dolore mi molestie consectetur tempus massa. Sem felis, pulvinar, magna laoreet id turpis ac, laoreet tellus at ac. Tincidunt aliquet at feugiat, praesent molestie pharetra erat ante volutpat nonummy tempus. Massa sem elit pulvinar ut diam, eget pulvinar nisi et, id turpis. Feugiat congue praesent at lorem aliquet adipiscing feugiat magna mi volutpat nonummy. Erat nunc diam eget, sit aliquam et eget sit nisi et eget. Amet aliquam et volutpat amet nisi proin eget tincidunt sem eget sed. Nunc praesent at sed nunc praesent mauris pharetra dolore aliquet at lorem. Tincidunt praesent, at, feugiat congue praesent mauris congue mi molestie pharetra erat. Nunc non consectetur donec, laoreet tellus pharetra magna mi id sit, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, feugiat magna praesent mauris dolor congue praesent felis, sit donec. Laoreet tellus consectetur donec mi molestie, sit, magna mi molestie, consectetur. Sed sem at sed, nunc, sem at sed laoreet aliquet mauris. Pharetra dolore proin eget dolor donec ante volutpat pharetra dolore mi. Molestie dolor congue, praesent tempus tincidunt ullamcorper amet donec ante volutpat. Amet, aliquam lobortis non felis feugiat congue diam felis ipsum, congue. Mi, molestie sit nisi et felis sit ac mi consectetur magna. Laoreet tellus turpis lorem congue aliquet at sed congue praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor sem at sed tincidunt aliquet eget dolor dolore ante eget pharetra aliquam nibh volutpat, amet aliquam massa ullamcorper felis sit magna. Mi id, turpis laoreet tellus turpis lorem tincidunt tellus turpis ac tincidunt tellus adipiscing ac, nibh euismod turpis ac lobortis ullamcorper adipiscing. Lorem congue aliquet felis feugiat tincidunt tellus pharetra donec mi tellus nonummy sed nunc sem elit ipsum nisi nibh euismod turpis ac. Lobortis aliquet adipiscing feugiat, congue mi molestie, dolor magna praesent sit magna mi id sit congue diam nonummy, aliquam lobortis ullamcorper felis. Sit ac laoreet tellus at dolor nunc sem, volutpat amet aliquam lobortis adipiscing lorem lobortis ullamcorper adipiscing ipsum ut diam id feugiat. Magna et molestie consectetur erat laoreet tellus turpis lorem laoreet tellus turpis ac tincidunt tellus adipiscing lorem ullamcorper amet nisi nibh euismod. Turpis ac tincidunt aliquet felis feugiat tincidunt aliquet adipiscing feugiat tincidunt diam felis lorem lobortis non nonummy lorem ullamcorper nonummy, tempus ut. Et molestie consectetur ac mi id sit ac, laoreet aliquet consectetur lorem tincidunt tellus, turpis magna, nibh tellus, adipiscing lorem, tincidunt aliquet. Mauris donec massa, volutpat, amet erat massa volutpat nonummy erat, massa sem felis sit, nisi et id sit nisi nibh id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem, elit dolor, nisi ante euismod adipiscing lorem tincidunt diam mauris, pharetra, erat, nunc sem elit massa sem, elit, ipsum nisi et volutpat amet aliquam proin eget. Pulvinar dolore aliquet at lorem tincidunt, tellus at, sed dolore, praesent mauris dolor praesent mauris dolor tincidunt praesent mauris feugiat tincidunt mi mauris pharetra magna praesent molestie pharetra. Donec massa sem eget pulvinar ut et euismod turpis aliquam tincidunt ullamcorper ac lobortis, euismod, turpis aliquam nibh euismod amet aliquam nibh euismod adipiscing feugiat congue praesent molestie. Sit erat massa non at erat massa consectetur dolor dolore sem elit sed tincidunt sem volutpat amet tempus ut diam mauris pharetra magna mi tellus consectetur erat laoreet. Tellus at pulvinar nisi et volutpat aliquam ante volutpat nonummy lorem tincidunt diam adipiscing lorem ut diam adipiscing ipsum congue diam adipiscing tempus lobortis, non elit, tempus ut. Non, elit pulvinar, magna mi consectetur sed nunc, proin eget dolor dolore praesent eget pharetra dolore proin volutpat amet erat massa non amet erat lobortis felis, ipsum ut. Diam eget pulvinar nisi diam eget sed massa tellus pharetra ac mi molestie turpis ac laoreet tellus consectetur ac, laoreet euismod turpis lorem tincidunt volutpat amet aliquam lobortis. Non adipiscing ipsum ut ullamcorper nonummy aliquam ante volutpat amet erat massa, volutpat pharetra magna, diam felis dolor donec ante non elit nunc sem eget ipsum ut et. Eget, amet ac tincidunt aliquet mauris dolor donec ante molestie pharetra donec ante molestie consectetur donec laoreet tellus consectetur sed ut, at sed dolore proin eget ipsum, nunc. Proin eget pulvinar nunc proin mauris, dolor dolore proin eget pulvinar donec ante eget amet, aliquam ante molestie dolor dolore at dolor dolore mi molestie dolor magna ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam tempus lobortis massa non elit pulvinar ac laoreet aliquet at feugiat congue praesent, mauris. Pharetra erat ante volutpat nonummy tempus nunc sem elit, sed non nonummy sed nunc proin. Eget pulvinar nisi proin elit ipsum nisi et volutpat amet aliquam, ante euismod nonummy lorem. Tincidunt mi molestie pharetra magna adipiscing ipsum lobortis, non adipiscing ipsum congue mi molestie sit. Magna mi euismod, turpis ac, et id sit ac nibh euismod turpis aliquam nibh euismod. Pulvinar, nisi aliquet adipiscing lorem tincidunt aliquet felis, lorem, dolore praesent tincidunt nibh mi diam. Tellus eget nonummy feugiat sed aliquam congue mi ullamcorper felis, mauris nonummy pulvinar lorem tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit amet sit pulvinar amet feugiat amet ac et ullamcorper adipiscing lobortis. Ullamcorper felis dolor magna praesent felis sit donec massa non at erat. Laoreet, non elit pulvinar dolore proin volutpat pulvinar nisi et euismod amet. Proin eget amet donec ante volutpat amet tempus, lobortis non nonummy tempus. Massa volutpat pharetra erat massa non elit ipsum ut sem elit ipsum. Ut euismod turpis lorem nibh euismod turpis ac laoreet id amet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis, ullamcorper felis pharetra donec mauris, pharetra erat massa non elit ipsum. Nisi laoreet euismod, adipiscing dolor donec, proin volutpat elit tempus massa sem nonummy. Tempus massa sem elit pulvinar et id sit ac laoreet tellus adipiscing ac. Laoreet praesent, molestie amet, donec massa non nonummy erat ante non consectetur erat. Massa non consectetur, tempus non elit ipsum nisi nibh ullamcorper adipiscing ac nibh. Ullamcorper adipiscing, ac, tincidunt mi volutpat consectetur tempus ante molestie pharetra magna mi. Molestie donec massa tellus at, ac laoreet non at erat massa sem elit. Sed tincidunt aliquet at sed nunc sem at sed nunc proin eget, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent mauris pharetra erat massa ullamcorper elit feugiat nisi et. Euismod, consectetur lorem nunc praesent, mauris, nunc proin eget, pharetra aliquam. Massa ullamcorper felis, feugiat magna et id sit ac tincidunt aliquet. At sed tincidunt proin volutpat nonummy tempus lobortis amet tempus lobortis. Non adipiscing ipsum ut diam id ipsum lobortis et felis sit. Magna mi euismod, turpis lorem, tincidunt praesent mauris sed tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac lobortis aliquet molestie amet erat massa non elit tempus nisi, et tellus turpis ac laoreet, aliquet, lorem congue proin mauris pharetra donec ante volutpat amet, tempus lobortis sem. Felis, sit nisi et felis pulvinar ac nibh id sit ac tincidunt ullamcorper sed dolore massa volutpat amet donec mi volutpat consectetur erat, massa sem felis ipsum ut, diam id. Sit ac laoreet tellus adipiscing lorem tincidunt praesent mauris nibh euismod adipiscing lorem tincidunt praesent mauris dolor, magna diam, felis feugiat congue praesent mauris feugiat ut diam id pharetra ac. Laoreet, aliquet pulvinar nisi et, volutpat amet aliquam nibh eget pulvinar aliquam nibh, euismod amet tempus lobortis ullamcorper felis ipsum lobortis ullamcorper adipiscing tempus lobortis non nonummy ipsum lobortis consectetur. Tempus lobortis diam elit ipsum nunc sem nonummy sed nunc sem elit ipsum ut, proin id amet aliquam et volutpat pulvinar dolore proin eget amet nisi mauris dolor dolore praesent. At dolor dolore ante, volutpat, adipiscing, sit, ac, laoreet, tellus at ipsum dolore, sem eget pulvinar, sem mauris dolor dolore ante mauris dolor, dolore ante volutpat, pharetra donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus massa non, consectetur tempus ut diam elit ipsum nunc, diam eget ipsum ut proin elit sit aliquam nibh euismod turpis. Ac tincidunt non amet erat ante, non nonummy tempus nunc non nonummy sed nunc sem, elit sit aliquam nibh euismod, turpis ac. Tincidunt proin molestie dolor tincidunt adipiscing lorem congue diam felis feugiat magna mi mauris pharetra, magna, massa non elit sed dolore et. Euismod turpis, aliquam tincidunt ullamcorper, adipiscing tempus tincidunt praesent mauris, magna praesent molestie sit magna mi id feugiat magna mi tellus consectetur. Erat massa sem elit sed nunc sem at, sed tincidunt tellus lorem nibh euismod turpis magna nibh euismod adipiscing, lorem tincidunt aliquet. At feugiat tincidunt praesent at, feugiat, congue praesent felis lorem tincidunt diam adipiscing lorem congue praesent feugiat congue diam adipiscing tempus lobortis. Non nonummy tempus lobortis ullamcorper nonummy donec ante volutpat, consectetur tempus massa non elit tempus massa non elit ipsum donec erat sit. Amet dolor, magna praesent molestie consectetur erat massa non consectetur erat massa non, consectetur erat massa, molestie turpis nunc proin, eget pulvinar. Nisi ante volutpat nonummy tempus lobortis euismod felis feugiat ut praesent felis feugiat, ut ullamcorper, felis ipsum ut et elit ipsum ut. Diam pulvinar ut diam elit pulvinar nisi diam eget sit aliquam laoreet ullamcorper adipiscing lorem tincidunt, proin mauris pharetra erat ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi mauris sit donec mi tellus nonummy erat laoreet tellus pharetra ac, laoreet tellus consectetur. Massa sem elit dolor nunc, ante volutpat amet tempus, lobortis diam, felis feugiat ut ullamcorper adipiscing. Ipsum, congue diam id sit magna, et, molestie pulvinar nisi ante volutpat, amet aliquam ante volutpat. Nonummy lorem congue mi molestie sit congue, mi, molestie pharetra ac laoreet tellus turpis tempus lobortis. Ullamcorper adipiscing tempus diam adipiscing feugiat congue praesent adipiscing tempus ut praesent molestie pharetra ac laoreet. Molestie turpis ac laoreet tellus turpis erat tincidunt aliquet mauris dolore ante volutpat dolor donec ante. Volutpat, amet tempus lobortis ullamcorper, felis sit congue et molestie, consectetur erat tincidunt aliquet at dolor. Nisi proin eget, amet aliquam eget pharetra donec ut diam, id, pharetra ac, laoreet, tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non consectetur sed id sit, donec laoreet tellus consectetur sed massa aliquet, at sed dolore. Proin volutpat, pulvinar, aliquam nibh volutpat amet tempus, lobortis, ullamcorper adipiscing lorem praesent id sit magna. Mi id pharetra ac massa sem, at dolor nisi nibh euismod nonummy, tempus nibh euismod adipiscing. Sit donec, praesent tellus consectetur laoreet tellus consectetur erat massa, aliquet elit dolor dolore, proin eget. Pulvinar tempus lobortis euismod, adipiscing lorem, congue praesent felis sit donec laoreet feugiat magna laoreet tellus. Consectetur sed dolore proin eget amet dolore sem mauris sed dolore, praesent volutpat amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem lobortis praesent molestie pharetra, donec, ante volutpat pharetra. Erat massa tellus consectetur erat nunc sem nonummy pulvinar ut. Proin turpis lorem tincidunt, praesent molestie dolor congue praesent mauris. Pharetra donec mi mauris pharetra magna mi molestie pharetra erat. Laoreet tellus consectetur ipsum, ut proin pulvinar nisi lobortis ullamcorper. Felis feugiat tincidunt mi, molestie, pharetra tempus massa tellus nonummy. Ipsum, ut diam elit ipsum, nunc sem elit sed dolore. Proin eget pulvinar, proin volutpat amet aliquam ante euismod adipiscing. Feugiat, donec ante molestie, pharetra magna mi tellus consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit ipsum ut laoreet euismod turpis ac laoreet tellus turpis lorem, laoreet id sit ac laoreet tellus turpis ac tincidunt adipiscing. Lorem tincidunt aliquet felis feugiat congue aliquet mauris feugiat, congue diam mauris feugiat congue diam felis sit magna praesent molestie consectetur sed. Dolore at sed nisi nibh ullamcorper adipiscing lorem congue diam, adipiscing lorem lobortis ullamcorper felis feugiat congue mi id, feugiat magna, mi. Tellus at ipsum nisi et euismod aliquam nibh volutpat pulvinar aliquam nibh ullamcorper adipiscing tempus ut diam felis sit donec, laoreet molestie. Pharetra erat dolore sem volutpat turpis lorem ullamcorper adipiscing feugiat congue praesent mauris feugiat, congue praesent mauris sit magna laoreet non at. Ipsum nisi et id amet nisi nibh euismod turpis, tempus tincidunt diam pharetra erat massa, sem eget sit, aliquam laoreet aliquet at. Sed congue proin at feugiat congue praesent molestie consectetur erat lobortis sem felis pulvinar, nisi nibh, euismod amet donec ante volutpat nonummy. Tempus, lobortis non amet, tempus lobortis diam felis sit ac mi euismod sit magna nibh turpis sed dolore praesent eget amet tempus. Massa volutpat nonummy ipsum congue mi molestie consectetur ac tincidunt aliquet at dolor dolore, sem mauris sed dolore aliquet at, laoreet ullamcorper. Turpis, ac laoreet, ullamcorper adipiscing lorem congue mi, molestie pharetra erat massa sem elit ipsum ut diam eget turpis ac laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc et, volutpat adipiscing feugiat dolore. Mi volutpat consectetur erat ut diam ipsum. Nunc sem elit ipsum ut et id. Pulvinar aliquam nibh euismod amet, aliquam nibh. Volutpat amet aliquam nibh euismod nonummy tempus. Tincidunt diam mauris, magna laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper felis feugiat nisi diam felis pulvinar magna, laoreet euismod magna nibh tellus adipiscing lorem laoreet aliquet mauris pharetra donec proin molestie pharetra dolore. Ante non elit ipsum lobortis sem consectetur, tempus ut diam elit nisi diam elit pulvinar nisi et id turpis aliquam nibh volutpat pulvinar aliquam lobortis ullamcorper. Adipiscing lorem tincidunt ullamcorper felis lorem tincidunt ullamcorper nonummy, tempus ante adipiscing ipsum, massa, non pharetra donec praesent mauris pharetra dolore mi volutpat pharetra magna ante. Volutpat pharetra donec mi molestie pharetra donec laoreet ullamcorper adipiscing ac laoreet euismod amet nisi et volutpat turpis aliquam, lobortis ullamcorper, adipiscing lorem tincidunt ullamcorper nonummy. Lorem ut diam mauris sit congue praesent id sit et id sit nisi diam elit ipsum ut sem consectetur tempus massa non elit ipsum ut sem. Elit sed nunc proin, elit amet aliquam et id amet congue aliquet molestie pharetra erat ante mauris dolor, magna ante sem elit ipsum ut, sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet aliquet elit dolor, nunc sem elit sed nunc tellus consectetur ac laoreet tellus adipiscing nunc aliquet at sed congue praesent mauris feugiat. Congue mi volutpat pharetra dolore mi molestie consectetur tempus ut et id turpis lorem tincidunt aliquet dolor congue proin molestie dolor dolore, proin molestie. Pharetra donec massa non nonummy ipsum ut diam elit ipsum nisi, et euismod sit aliquam tincidunt aliquet adipiscing sed proin molestie amet erat massa. Sem felis feugiat, nisi et euismod turpis lorem tincidunt, aliquet mauris, pharetra, donec nibh non amet tempus lobortis, elit sit nisi et id, sit. Magna laoreet tellus turpis ac tincidunt praesent mauris sed dolore praesent mauris, amet tempus lobortis ullamcorper felis feugiat ac laoreet tellus erat tincidunt aliquet. Eget dolor dolore ante volutpat nonummy aliquam lobortis non adipiscing, ipsum lobortis ullamcorper adipiscing ipsum ut diam, id turpis erat nunc aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod sit ac laoreet euismod adipiscing lorem laoreet euismod amet aliquam et molestie. Pharetra erat massa non consectetur tempus nunc sem nonummy, sed ut sem eget ipsum. Nisi et id turpis aliquam nibh euismod turpis ac nibh, euismod tempus tincidunt diam. Mauris, pharetra magna ante molestie consectetur sed nunc sem elit pulvinar nisi proin id. Pulvinar aliquam, nibh euismod amet tempus nibh euismod consectetur tempus nunc sem eget sit. Aliquam laoreet tellus adipiscing lorem tincidunt praesent at feugiat dolore, ante volutpat pharetra dolore. Praesent mauris dolor, ante tellus consectetur erat nunc, non nonummy sed laoreet molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam id sit mi tellus consectetur lorem tincidunt tellus mauris dolor dolore, praesent eget dolor dolore praesent mauris pharetra aliquam ante non. Elit feugiat nisi, mi tellus consectetur laoreet tellus at sed nunc proin eget dolor, donec ante volutpat amet donec massa non nonummy ipsum nisi. Diam felis sit ac mi euismod sit dolore aliquet adipiscing lorem tincidunt aliquet adipiscing, lorem nibh euismod turpis aliquam nibh euismod amet nisi nibh. Euismod amet tempus lobortis ullamcorper adipiscing magna mi tellus pharetra donec nunc sem elit, ipsum nunc proin eget sed, dolore proin eget turpis lorem. Tincidunt, euismod adipiscing feugiat congue diam mauris feugiat ut nonummy lorem nibh non nonummy tempus massa, non elit, tempus lobortis sem felis turpis ac. Tincidunt aliquet mauris pulvinar dolore proin eget pulvinar donec ante volutpat amet massa volutpat amet, donec proin molestie amet, donec ante non consectetur erat. Ante non nonummy erat massa non consectetur, erat laoreet molestie pharetra ac sem elit sed dolore, et volutpat pulvinar nisi proin eget pulvinar dolore. Proin, volutpat amet donec ante non nonummy tempus nibh non nonummy tempus ut, diam felis ac laoreet aliquet at erat tincidunt sem, consectetur sed. Nunc proin eget pulvinar dolore praesent mauris sed dolore praesent mauris dolor dolore praesent at feugiat congue praesent dolor magna mi mauris, dolor magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh non nonummy ipsum, ut, ullamcorper, aliquam lobortis ullamcorper elit ipsum lobortis diam id turpis ac laoreet tellus, consectetur sed nunc praesent at, lorem laoreet aliquet adipiscing. Dolor dolore praesent feugiat tincidunt praesent molestie nonummy sit nisi et felis pulvinar nunc sem, elit ipsum ut diam eget ipsum ut proin elit ipsum nisi, proin. Volutpat, aliquam, nibh euismod adipiscing lorem lobortis volutpat pulvinar dolore proin mauris pulvinar donec proin volutpat pharetra donec massa non adipiscing ipsum lobortis diam felis lobortis non. Elit ipsum ut et tellus consectetur lorem tincidunt praesent eget pharetra donec ante volutpat amet aliquam massa ullamcorper nonummy tempus lobortis sem elit ipsum sem nonummy tempus. Nunc diam id sit aliquam laoreet id sit ac laoreet, euismod turpis ac tincidunt aliquet adipiscing ac, tincidunt aliquet adipiscing lorem lobortis ullamcorper, nonummy ante eget pulvinar. Donec ante volutpat amet tempus lobortis ullamcorper adipiscing ipsum massa, ullamcorper elit ipsum ut diam, id ipsum sem elit ipsum, nunc diam eget sit aliquam nibh euismod. Pulvinar nisi et id pulvinar dolore proin elit dolor dolore proin eget pulvinar nisi ante volutpat nonummy proin mauris dolor nunc proin mauris pharetra, dolore praesent mauris. Feugiat congue praesent mauris pharetra donec mi molestie pharetra donec mi molestie pharetra donec praesent felis lorem non adipiscing ipsum congue diam felis feugiat congue et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor ullamcorper felis lorem lobortis ullamcorper, felis, feugiat, donec laoreet tellus at sed nunc sem elit, ipsum. Nunc proin, euismod turpis aliquam et, volutpat turpis aliquam mauris dolor dolore praesent at sed nunc aliquet. Adipiscing, sed congue proin volutpat pharetra donec ante non dolor donec ante molestie feugiat tincidunt diam felis. Nibh euismod, nonummy tempus nibh volutpat amet donec massa non felis ipsum ut diam elit ipsum ut. Et id pulvinar ut, sem felis ipsum ut diam donec massa tellus pharetra donec massa non at. Sed dolore proin, eget pulvinar dolore aliquet, at dolor dolore proin mauris dolor dolore praesent mauris tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin id amet ac lobortis ullamcorper adipiscing lorem tincidunt, ullamcorper turpis tempus lobortis euismod sit. Congue mi mauris pharetra erat massa non elit ipsum dolore proin eget amet ac tincidunt. Mi volutpat elit ipsum ut et felis, ipsum nunc non sed nunc sem consectetur sed. Nunc non at sed massa tellus consectetur magna et id feugiat nisi et euismod sit. Ac laoreet aliquet adipiscing ac tellus at sed congue, aliquet at feugiat tincidunt praesent mauris. Dolor dolore praesent, felis feugiat congue mi non consectetur tempus nunc sem, elit nunc sem. At ipsum nisi proin eget ipsum nisi et volutpat amet aliquam nibh diam felis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris sed congue praesent eget pharetra, donec praesent mauris dolor congue aliquet turpis lorem tincidunt, praesent. Mauris consectetur, erat nunc sem elit sed proin eget pulvinar aliquam laoreet aliquet at feugiat dolore mi. Molestie amet, erat lobortis volutpat consectetur donec ante molestie pharetra, donec mi molestie sit magna, id pharetra. Ac laoreet molestie consectetur ac laoreet molestie consectetur erat nunc aliquet, consectetur ac laoreet euismod, sit magna. Nibh, tellus turpis ac nibh euismod, aliquam et euismod amet aliquam et volutpat pulvinar nisi proin eget. Pulvinar nisi ante eget pulvinar donec nibh volutpat pharetra dolore praesent, mauris dolor congue, molestie, pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet mauris pharetra magna ante tellus pharetra. Donec ante molestie pharetra massa tellus pharetra, erat. Massa tellus at sed nunc sem eget pulvinar. Nisi ante eget pulvinar dolore proin mauris amet. Aliquam ante volutpat pharetra donec mauris, sed dolore. Ante non amet tempus lobortis volutpat consectetur tempus. Lobortis, sem nonummy ipsum nunc sem elit ipsum. Aliquam nibh euismod turpis aliquam nibh pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie sit erat, nunc aliquet at. Sed dolore praesent at, sed nunc, praesent. Eget dolore proin molestie pharetra dolore praesent. Volutpat nonummy tempus sed, aliquam tincidunt ante. Diam tellus at amet ipsum ac nunc. Nibh ut laoreet proin ullamcorper pharetra donec. Lobortis sem, nonummy ipsum nunc diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget pharetra donec ante non elit ipsum laoreet tellus turpis sed nunc sem mauris sed dolore proin, eget. Amet tempus lobortis diam felis ipsum lobortis non nonummy erat ante volutpat amet erat molestie consectetur erat ante tellus. Consectetur tempus ut diam elit sed massa sem elit ipsum, ut proin elit sed laoreet molestie turpis magna laoreet. Tellus amet nisi proin eget dolor dolore ante, eget dolor dolore, praesent at lorem tincidunt aliquet adipiscing lorem, lobortis. Aliquet molestie dolor dolore ante feugiat congue praesent felis feugiat congue praesent mauris feugiat, ut praesent felis ipsum ut. Diam id feugiat magna mi molestie, turpis magna mi euismod consectetur lorem nunc at sed dolore proin volutpat dolor. Dolore proin molestie pharetra donec ante volutpat amet tempus, ut, sem nonummy, tempus massa volutpat consectetur donec massa tellus. Consectetur nunc non consectetur erat massa non at sed nunc proin volutpat turpis aliquam et volutpat amet aliquam nibh. Euismod nonummy aliquam nibh volutpat sit, magna mi id sit magna, laoreet aliquet consectetur, erat laoreet tellus consectetur erat. Tincidunt sem eget amet donec ante volutpat amet aliquam lobortis non nonummy aliquam ullamcorper adipiscing, ipsum lobortis diam, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, sit, ac, tincidunt sem mauris dolore praesent at lorem laoreet ullamcorper adipiscing ac laoreet, ullamcorper adipiscing lorem tincidunt, ullamcorper mauris. Pharetra donec mi molestie consectetur donec massa sem nonummy sed non elit ipsum massa non, consectetur sed massa molestie turpis, erat. Laoreet tellus turpis ac laoreet aliquet mauris dolor dolore sem mauris dolor donec proin nonummy aliquam lobortis ullamcorper adipiscing feugiat ut. Ullamcorper elit, ipsum ut diam felis pulvinar nisi et euismod turpis ac laoreet, tellus adipiscing ac euismod sit, nisi et id. Pulvinar nisi et eget pulvinar nisi nibh volutpat, turpis tempus lobortis, euismod nonummy tempus lobortis non adipiscing feugiat magna, diam felis. Feugiat mi, molestie consectetur ac laoreet, aliquet at erat nunc aliquet mauris dolor dolore nibh volutpat amet tempus ut ullamcorper adipiscing. Ipsum congue diam id sit magna, et sit ut diam felis, sit magna mi euismod, consectetur lorem tincidunt aliquet at sed. Dolore proin volutpat amet donec ante dolor congue praesent felis, feugiat lobortis aliquet adipiscing tempus lobortis diam felis feugiat congue praesent. Adipiscing lorem ut ullamcorper adipiscing ipsum lobortis ullamcorper elit ipsum ut et, feugiat nisi mi tellus turpis ac tincidunt, aliquet consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut proin pulvinar ac laoreet aliquet at dolor tincidunt aliquet felis dolor donec massa non nonummy, erat ut diam. Eget ipsum ut sem at ipsum nunc proin, turpis lorem tincidunt ullamcorper turpis tempus lobortis aliquet pharetra, sit sed tempus. Magna aliquam congue massa et sem praesent sem id turpis ac laoreet, tellus amet donec ante volutpat adipiscing ipsum congue. Et molestie pharetra ac massa aliquet elit dolor dolore ante volutpat amet aliquam nibh ullamcorper, adipiscing feugiat magna mi molestie. Ac massa non elit sed nunc sem at dolor dolore ante, volutpat, amet aliquam nibh euismod nonummy aliquam ante non. Nonummy, lorem ut adipiscing sit, congue mi molestie turpis, ac laoreet tellus at erat tincidunt aliquet at dolor nunc praesent. Mauris pulvinar, aliquam nibh ullamcorper adipiscing tempus lobortis diam felis congue et id consectetur erat nunc aliquet at sed tincidunt. Aliquet mauris dolor dolore nibh non, adipiscing ipsum congue praesent id sit ac laoreet molestie sit mi id turpis magna. Mi aliquet at sed nunc proin at, sed dolore proin volutpat amet, tempus lobortis ullamcorper molestie, ac massa aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc diam id sit ac tincidunt tellus at dolor massa ullamcorper elit, feugiat, magna laoreet tellus consectetur sed nunc proin volutpat nonummy lorem congue praesent. Molestie consectetur, erat laoreet tellus pharetra, magna laoreet tellus erat massa sem elit pulvinar nisi ante volutpat amet tempus lobortis ullamcorper adipiscing, feugiat magna mi. Molestie consectetur erat massa, tellus consectetur erat laoreet tellus sed dolore sem eget pulvinar nisi ante euismod nonummy tempus ut praesent felis feugiat ut mi. Tellus, consectetur sed nunc aliquet at, ipsum proin elit dolor dolore sem at lorem tincidunt, aliquet consectetur ac tincidunt aliquet at sed congue praesent at. Sed congue, ante ullamcorper elit ipsum nisi diam euismod erat tincidunt, aliquet at sed, dolore praesent mauris dolor dolore proin volutpat pharetra dolore praesent mauris. Pharetra donec ante molestie pharetra donec mi molestie dolor donec, mi pharetra donec ante non pharetra donec, laoreet tellus pharetra congue mi tellus at sed. Nunc proin euismod, adipiscing feugiat lobortis, amet tempus lobortis euismod nonummy tempus ante volutpat nonummy aliquam ante, volutpat nonummy aliquam ante volutpat pharetra erat ante. Molestie consectetur erat massa non nonummy ipsum ut euismod sit nisi proin, eget, sit ac laoreet euismod amet nisi et eget sed tincidunt sem elit. Dolor dolore proin mauris dolor dolore praesent mauris sed nunc eget, pharetra donec massa volutpat, amet erat massa, volutpat nonummy erat lobortis sem elit pulvinar. Nisi nibh id turpis magna laoreet, euismod turpis ac, nibh, euismod turpis dolore, praesent at feugiat, congue praesent felis feugiat congue mi molestie pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis feugiat congue praesent id sit magna mi tellus consectetur, sed dolore sem at sed nunc. Sem mauris pulvinar, aliquam praesent molestie pharetra donec laoreet, tellus consectetur ac laoreet tellus turpis sed massa. Sem eget amet aliquam lobortis ullamcorper adipiscing lorem congue praesent felis sit, praesent felis ipsum congue mi. Id sit magna laoreet molestie at sed dolore proin eget amet aliquam ante volutpat amet, aliquam nibh. Non felis ipsum ut ullamcorper ipsum congue mi molestie consectetur sed dolore sem, elit dolor dolore sem. Mauris pulvinar donec ante, eget pulvinar donec nibh non adipiscing aliquam mi tellus consectetur erat massa, tellus. At sed dolore ante mauris, amet aliquam nibh ullamcorper nonummy aliquam nibh non nonummy tempus lobortis ullamcorper. Adipiscing ipsum, lobortis et, ipsum nisi diam id, sit erat mi euismod, sit magna laoreet tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum aliquam euismod, at dolor donec massa volutpat nonummy tempus ut et euismod turpis lorem laoreet aliquet, adipiscing sed tincidunt proin eget pharetra dolore massa non tempus. Massa ullamcorper felis tempus ut diam elit pulvinar, nisi et euismod, turpis ac tincidunt aliquet at lorem tincidunt praesent molestie pharetra donec proin molestie, dolore ante volutpat. Consectetur donec mi molestie pharetra donec mi molestie sit magna laoreet molestie pharetra erat massa sem eget ipsum nunc proin elit sed mi id magna, mi euismod. Consectetur ac tincidunt tellus adipiscing sed nunc praesent mauris sed tincidunt, aliquet at lorem tincidunt ullamcorper adipiscing lorem lobortis aliquet tempus tincidunt diam felis lorem congue praesent. Mauris pharetra donec laoreet tellus pharetra ac laoreet tellus pharetra ac massa tellus consectetur dolor dolore proin eget amet aliquam ullamcorper adipiscing feugiat ut praesent id sit. Magna mi molestie sit, congue et molestie turpis magna mi euismod sit ac mi id sit magna nibh euismod lorem nunc, aliquet at sed dolore proin volutpat. Pharetra erat massa molestie pharetra donec massa non nonummy ipsum, nunc non nonummy erat ut, et euismod adipiscing sed, ullamcorper turpis lorem laoreet aliquet, adipiscing feugiat, congue. Mi molestie dolor congue praesent felis feugiat tincidunt diam mauris feugiat congue mi felis feugiat magna diam adipiscing tempus non, elit ipsum nisi diam, elit feugiat magna. Mi euismod sit ac laoreet aliquet at sed nunc praesent eget, pharetra dolore proin molestie feugiat dolore praesent molestie dolore mi mauris pharetra donec mi molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ut nonummy aliquam, lobortis ullamcorper felis ipsum ut diam molestie turpis erat laoreet. Tellus at sed dolore proin, volutpat amet tempus lobortis diam adipiscing ipsum ut nonummy. Tempus, lobortis, ullamcorper felis ipsum lobortis sem elit tempus, lobortis diam felis ipsum ut. Sem nonummy sed ut sem elit ipsum nunc sem, consectetur laoreet molestie turpis ac. Laoreet tellus consectetur dolor dolore proin mauris dolor dolore proin eget dolor, dolore proin. Mauris, pharetra dolore praesent mauris dolor aliquet, mauris dolor dolore mi molestie consectetur erat. Massa non nonummy tempus, ut diam id sit, ac laoreet euismod turpis aliquam nibh. Euismod turpis ac euismod adipiscing feugiat magna mi mauris dolor magna, mi mauris sit. Donec mi tellus pharetra donec laoreet tellus consectetur erat massa sem elit sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit ac, laoreet aliquet at lorem nunc, praesent eget pharetra aliquam lobortis non. Amet, tempus, non elit tempus ut diam elit pulvinar, nunc sem elit tempus nunc. Sem elit ipsum ut sem, at, sed nunc sem at ipsum nunc proin eget. Nunc aliquet at sed nunc proin eget pulvinar donec nibh non nonummy lorem ut. Mi molestie consectetur sed dolore et volutpat, amet aliquam et euismod dolore proin eget. Pulvinar aliquam nibh ullamcorper adipiscing lorem congue praesent felis, ipsum ut ullamcorper felis, feugiat. Congue, diam id feugiat nisi et, pulvinar magna laoreet aliquet consectetur lorem tincidunt praesent. Eget pharetra dolore proin, molestie pharetra donec praesent molestie pharetra donec mi, volutpat nonummy. Erat lobortis, sem elit ipsum non nonummy sed ut proin id, sit aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie at, sed dolore sem elit dolor sem, eget pulvinar tempus nibh non amet tempus nibh ullamcorper adipiscing feugiat congue diam felis ipsum ut. Diam id, sit magna, mi felis ipsum non, nonummy erat massa tellus consectetur erat, laoreet tellus consectetur sed dolore sem elit ipsum massa aliquet. Consectetur sed nunc proin mauris sed nunc aliquet lorem tincidunt aliquet at lorem congue tellus adipiscing lorem congue aliquet at feugiat congue aliquet, felis. Dolor erat massa volutpat consectetur erat, nunc id sit magna nibh id sit nisi proin eget, pulvinar ac et eget pulvinar aliquam lobortis volutpat. Amet tempus lobortis ullamcorper amet, donec nibh ullamcorper adipiscing lorem non nonummy tempus massa non nonummy tempus lobortis ullamcorper nonummy donec ante molestie pharetra. Donec massa non nonummy ipsum nunc diam elit sed massa sem at sed tellus consectetur erat massa aliquet at dolor dolore et eget, pulvinar. Dolore ante volutpat nonummy tempus lobortis volutpat, dolor donec proin mauris dolor dolore volutpat amet tempus ut diam, elit ipsum lobortis sem, elit pulvinar. Ut sem, elit ipsum ut et id pulvinar nunc sem elit pulvinar, dolore proin id amet et volutpat pulvinar aliquam ante eget dolor dolore. Sem at sed nunc aliquet at sed congue praesent, eget pharetra, dolore, ante mauris, dolor dolore, mi volutpat pharetra mi, molestie pharetra erat massa. Sem elit, ipsum ut diam eget, ipsum ut, et id pulvinar aliquam et eget pulvinar dolore et volutpat pulvinar, nisi nibh ullamcorper aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pharetra donec proin mauris feugiat congue turpis aliquam, lobortis ullamcorper felis. Lorem congue mi volutpat consectetur tempus massa tellus nonummy erat massa non, consectetur. Donec mi molestie pharetra ac laoreet molestie ac laoreet euismod turpis, ac tincidunt. Aliquet at lorem laoreet euismod sit nisi, et eget pulvinar nisi, sem elit. Ipsum nunc proin elit, ipsum nunc elit, pulvinar nisi ante volutpat pulvinar dolore. Proin eget pulvinar dolore proin eget pharetra donec ante volutpat pharetra donec proin. Molestie pharetra, dolore molestie dolor congue diam adipiscing tempus tincidunt diam, felis feugiat. Magna praesent felis, sit, magna mi tellus consectetur ipsum nunc sem at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id sit magna nibh tellus at sed nunc praesent mauris sed congue praesent mauris, pharetra erat massa non erat. Lobortis sem elit pulvinar ut, diam eget pulvinar nisi et id sit aliquam nibh euismod turpis lorem laoreet ullamcorper adipiscing. Ac lobortis ullamcorper dolor congue, diam adipiscing lorem lobortis praesent mauris pharetra, magna mi molestie consectetur erat laoreet tellus consectetur. Erat nunc aliquet consectetur erat laoreet tellus consectetur sed nunc eget, pulvinar donec ante volutpat amet tempus lobortis non nonummy. Ipsum massa non nonummy, tempus lobortis ullamcorper nonummy tempus ante molestie pharetra, congue molestie sit magna mi molestie sit congue. Praesent molestie pharetra magna mi molestie sit congue ullamcorper felis ipsum nisi diam, elit ipsum ut et, id pulvinar nisi. Eget pulvinar, aliquam, nibh euismod turpis ac, laoreet ullamcorper adipiscing, feugiat dolore praesent mauris dolor magna mi volutpat consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie consectetur ipsum nunc non elit sed nunc proin elit pulvinar ac nibh, volutpat. Turpis tempus nibh volutpat amet lobortis, euismod adipiscing lorem ut praesent id pharetra magna mi. Molestie, pharetra ac laoreet, aliquet elit dolor nunc sem at dolor dolore proin eget dolore. Proin eget dolor congue praesent at, sed congue aliquet at feugiat dolore mi volutpat consectetur. Erat massa non nonummy erat ante non nonummy sed nunc sem erat massa non, pharetra. Erat nunc tellus consectetur erat massa aliquet at sed tincidunt aliquet consectetur lorem tincidunt, aliquet. At sed nunc proin sed tincidunt aliquet adipiscing feugiat congue aliquet at feugiat congue praesent. Mauris dolor, magna praesent felis lorem tincidunt diam mauris, feugiat congue mi felis tempus lobortis. Non tempus, congue diam felis turpis ac mi id pulvinar nisi et id sit lorem. Laoreet, euismod sit aliquam nibh id ipsum ut tellus consectetur magna mi consectetur ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur erat, massa, sem elit sed massa tellus consectetur, erat molestie sit, magna, mi tellus, consectetur erat massa sem, eget, dolor dolore sem consectetur lorem laoreet tellus at lorem. Tincidunt aliquet adipiscing, ac, tincidunt aliquet at aliquam lobortis diam felis feugiat ut sem felis pulvinar ut et felis sit magna nibh, id sit aliquam et euismod turpis aliquam laoreet. Ullamcorper lorem lobortis ullamcorper adipiscing ac lobortis ullamcorper adipiscing lorem tincidunt ullamcorper felis feugiat, congue praesent felis feugiat, congue diam adipiscing aliquam massa non, nonummy lobortis, ullamcorper elit ipsum ut. Sem felis ipsum nunc sem, elit pulvinar nisi diam elit pulvinar ut et eget pulvinar ut proin eget ipsum nisi et volutpat pharetra donec ante non felis sit magna nibh. Tellus non adipiscing feugiat magna praesent felis sit magna laoreet tellus at sed tincidunt aliquet at, erat tincidunt sem sed nunc, praesent mauris sed tincidunt proin volutpat pharetra donec, proin. Molestie, amet erat ut diam elit erat ante felis ipsum, nunc sem nonummy tempus nunc non nonummy, donec laoreet tellus consectetur erat massa sem at sed dolore proin volutpat, pulvinar. Aliquam, nibh, ullamcorper felis lorem mi tellus consectetur donec massa non at ipsum, ut proin euismod amet aliquam nibh ullamcorper adipiscing lorem, tincidunt ullamcorper felis lorem tincidunt diam adipiscing tempus. Lobortis, diam feugiat magna praesent felis feugiat, congue mi molestie sit magna laoreet tellus consectetur ac laoreet tellus, consectetur ac tincidunt tellus consectetur ac tincidunt, aliquet at, sed laoreet molestie. Nonummy tempus lobortis diam felis feugiat magna mi id consectetur ac mi euismod, turpis ac, et euismod sit aliquam nibh ullamcorper at lorem laoreet ullamcorper adipiscing lobortis euismod turpis tempus. Lobortis ullamcorper adipiscing lorem lobortis euismod nonummy tempus lobortis, non nonummy lorem ut diam nonummy donec massa volutpat pharetra donec ante molestie, amet, mi molestie pharetra donec ante non, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ut et id pulvinar ac laoreet euismod turpis ac tincidunt aliquet lorem. Tincidunt mi volutpat dolor magna mi molestie pharetra sed nunc proin, elit pulvinar. Nisi et id pulvinar dolore proin volutpat dolor nunc sem elit dolor, lobortis. Euismod felis sit magna mi molestie sit magna mi id sit, magna et. Id sit nisi et id sit ut, sem elit ipsum nunc, elit ipsum. Ut sem eget, ipsum ut et, eget pulvinar nisi et id pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus at mi tellus at sed nunc ante volutpat amet donec. Ante non, amet donec proin volutpat pharetra erat ante volutpat nonummy ipsum. Ut diam felis mi mauris, sit, donec mi mauris sit congue praesent. Felis ipsum congue ullamcorper felis feugiat magna mi non elit ipsum nunc. Sem eget pulvinar magna et id turpis lorem, congue proin molestie amet. Tempus lobortis non nonummy ipsum, lobortis diam elit tempus nunc consectetur tempus. Nunc sem elit ipsum nunc sem elit, ipsum ut sem elit ipsum. Dolore et euismod felis lorem, lobortis, ullamcorper, adipiscing aliquam, ante amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at dolor dolore praesent. Molestie pharetra erat ante volutpat nonummy. Ipsum diam elit pulvinar ac laoreet. Tellus at sed dolore ante volutpat. Nonummy, aliquam ut et molestie pharetra. Ac massa, aliquet at sed, dolore. Ante volutpat nonummy nibh, euismod nonummy. Tempus lobortis ullamcorper amet, donec massa. Non adipiscing ipsum ut et felis. Sit ac laoreet tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non eget ipsum nunc et id sit aliquam et. Id amet nisi et eget pulvinar nisi, et, euismod. Turpis aliquam diam, adipiscing tempus lobortis diam adipiscing feugiat. Ut praesent id pharetra magna et felis feugiat magna. Mi molestie feugiat ut diam elit ipsum, ut, elit. Tempus nunc sem nonummy sed ut, sem eget ipsum. Ut proin elit pulvinar nisi et elit pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit magna laoreet aliquet at, sed dolore praesent mauris pharetra, dolore, proin molestie amet donec mi molestie, pharetra donec mi molestie pharetra magna tellus consectetur sed nunc sem. Eget pulvinar nisi et eget pulvinar nisi proin eget amet aliquam, nibh euismod turpis lorem tincidunt diam felis feugiat lobortis nonummy tempus lobortis ullamcorper amet, aliquam lobortis ullamcorper nonummy. Tempus lobortis ullamcorper elit feugiat ut diam elit ipsum ut sem nonummy tempus nunc non elit ipsum, nunc nonummy sed massa non at ipsum nunc non id sit lorem. Nunc ante eget dolor dolore praesent mauris sed congue praesent mauris feugiat massa, non elit ipsum ut et id sit nisi et id turpis magna, et eget pulvinar ut. Proin eget, ipsum nunc non consectetur erat laoreet aliquet at tincidunt aliquet at sed tincidunt aliquet turpis ac laoreet aliquet, adipiscing lorem tincidunt, aliquet adipiscing, sed, dolore proin, mauris. Dolor donec mi molestie pharetra donec ante volutpat erat nunc diam, eget pulvinar magna diam id sit ac laoreet ullamcorper turpis lorem congue proin mauris dolor congue praesent tempus. Lobortis, ullamcorper adipiscing lorem tincidunt praesent mauris sit magna laoreet molestie pharetra magna et id, feugiat magna et id sit, magna, mi euismod sit nisi et turpis sed tincidunt. Praesent, at sed congue praesent at sed congue praesent mauris feugiat dolore praesent felis feugiat, congue, aliquet felis lorem congue mi molestie pharetra donec, tellus pharetra donec laoreet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem volutpat amet aliquam et amet lorem tincidunt ullamcorper adipiscing lorem lobortis euismod nonummy tempus ut ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing feugiat congue. Diam id sit ac mi euismod nisi sem nonummy ipsum nunc, sem eget pulvinar, aliquam nibh tellus at dolor donec proin mauris dolor congue. Mi, volutpat amet erat massa volutpat nonummy ut et elit sed massa sem elit sed massa non at, sed massa aliquet at ac laoreet. Molestie consectetur ac laoreet euismod consectetur sed nunc volutpat amet aliquam nibh non nonummy aliquam massa volutpat dolor dolore praesent at lorem tincidunt ullamcorper. Adipiscing tempus lobortis diam felis feugiat, magna ante, non, donec laoreet non at sed massa sem elit ipsum, dolore et, euismod turpis aliquam et. Volutpat amet nisi ante volutpat pulvinar donec proin eget, pulvinar donec praesent sed, dolore praesent mauris feugiat lobortis aliquet adipiscing ac tincidunt ullamcorper adipiscing. Feugiat, magna mi molestie feugiat tincidunt praesent mauris erat ut proin eget ipsum dolore et id pulvinar, nisi et volutpat adipiscing, lorem congue praesent. Molestie dolor magna mi molestie pharetra erat mi molestie sit, congue felis feugiat ut diam id feugiat nisi diam felis feugiat nisi et felis. Pulvinar magna nibh euismod turpis nisi diam eget sit nisi et euismod turpis ac euismod turpis, lorem, lobortis ullamcorper turpis, tempus nibh volutpat amet. Aliquam nibh volutpat adipiscing lorem lobortis ullamcorper adipiscing tempus, lobortis ullamcorper felis feugiat congue et, id sit diam elit ipsum nisi, et tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt at dolor dolore praesent mauris feugiat congue mi molestie pharetra erat, ante volutpat consectetur donec. Ante tellus nonummy sed laoreet tellus pharetra donec laoreet tellus erat massa tellus at ac laoreet tellus consectetur. Erat tincidunt aliquet mauris, dolor donec praesent eget pulvinar aliquam ante, eget amet dolore praesent molestie pharetra praesent. Molestie pharetra donec mi molestie consectetur erat ante, volutpat consectetur erat ante, tellus consectetur erat laoreet tellus at. Sed ut sem elit, nunc proin eget dolor dolore proin volutpat turpis aliquam nibh volutpat pulvinar donec, ante. Eget pharetra dolore proin eget dolor congue praesent, mauris, dolor dolore mi molestie tincidunt ullamcorper adipiscing feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper, adipiscing lorem congue praesent id pharetra erat molestie consectetur ipsum dolore et eget amet tempus nibh euismod, amet aliquam lobortis. Euismod nonummy tempus lobortis ullamcorper nonummy tempus lobortis, praesent molestie pharetra magna felis ipsum nisi et euismod turpis ac laoreet tellus at. Lorem tincidunt aliquet mauris sed, dolore ante volutpat, nonummy tempus lobortis ullamcorper nonummy tempus massa, non erat ante volutpat consectetur donec ante. Tellus consectetur, donec ante molestie pharetra magna laoreet tellus consectetur erat laoreet aliquet elit ipsum nunc sem dolor nisi, ante volutpat amet. Aliquam nibh euismod nonummy tempus lobortis ullamcorper nonummy, tempus massa non adipiscing tempus lobortis ullamcorper nonummy erat ante non elit feugiat nisi. Nonummy ipsum nisi diam id turpis ac nibh, euismod turpis nisi et id turpis, ac congue praesent mauris feugiat tincidunt ullamcorper adipiscing. Lorem lobortis euismod nonummy tempus ullamcorper adipiscing feugiat congue mi molestie consectetur, ac nunc sem at sed nunc sem, at sed, nunc. Proin euismod, nonummy ante volutpat pulvinar nunc praesent mauris, dolor congue praesent molestie pharetra dolore proin mauris dolor congue aliquet turpis tempus. Ante euismod, amet nisi ante eget pulvinar aliquam, non adipiscing lorem ut ullamcorper adipiscing, tempus ut ullamcorper nonummy tempus ut, diam felis. Feugiat magna diam felis pulvinar nisi nibh id pulvinar nisi diam eget ipsum sem eget, amet aliquam nibh euismod adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent, lorem congue praesent tellus consectetur erat, nunc sem elit sed massa non at sed nunc aliquet consectetur ac laoreet. Tellus at sed nunc proin ac laoreet tellus at sed tincidunt aliquet, mauris lorem laoreet, ullamcorper at, feugiat dolore mi, mauris. Dolor dolore mi, molestie, pharetra magna praesent mauris sit, praesent mauris pharetra donec mi tellus pharetra ac laoreet, tellus, sit ac. Nunc sem at sed tincidunt sem at lorem laoreet aliquet at lorem laoreet, id sit et id adipiscing ac, tincidunt aliquet. At dolor dolore mi molestie dolor, magna praesent felis, feugiat tincidunt diam, adipiscing lorem, congue diam felis magna mi molestie pharetra. Ac massa tellus at, sed, nunc, aliquet at sed nunc, aliquet consectetur lorem laoreet tellus turpis ac laoreet tellus adipiscing lorem. Tincidunt, praesent feugiat congue, praesent at feugiat congue, praesent mauris pharetra donec praesent felis feugiat tincidunt ullamcorper nonummy feugiat congue praesent. Molestie pharetra ac mi tellus at sed, sem, elit, dolor dolore proin volutpat pulvinar aliquam nibh ullamcorper adipiscing tempus nibh ullamcorper. Adipiscing ipsum ut praesent molestie pharetra erat massa aliquet elit, dolor dolore sem amet aliquam nibh volutpat amet tempus lobortis non. Adipiscing tempus ut diam felis ipsum lobortis ullamcorper nonummy ipsum congue diam felis tempus massa non consectetur ipsum ut felis, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc proin elit pulvinar dolore nibh id turpis lobortis aliquet mauris. Dolor magna ante volutpat nonummy donec massa sem, eget, pulvinar nisi proin. Eget sit ac laoreet ullamcorper turpis lorem tincidunt aliquet felis, tincidunt aliquet. Felis pharetra donec ante molestie consectetur donec massa, diam eget ipsum nisi. Et id amet, aliquam nibh volutpat, amet aliquam nibh euismod turpis tincidunt. Diam adipiscing feugiat congue, praesent mauris sit congue diam felis sit ac. Laoreet tellus consectetur, erat nunc sem elit sed nunc, proin amet tempus. Lobortis, diam molestie pharetra donec mi molestie pharetra donec laoreet tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, massa sem erat ut, sem felis pulvinar nisi et, euismod sit. Ac tincidunt aliquet at sed tincidunt ullamcorper adipiscing lorem congue praesent volutpat. Pharetra, dolore aliquet elit ipsum nunc sem elit ipsum nisi et id. Sit ac laoreet, aliquet at lorem congue praesent at pharetra dolore, praesent. Mauris dolor magna mi nonummy tempus massa non nonummy ipsum nunc sem. Eget pulvinar ut sem eget pulvinar nisi et eget amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris amet donec lobortis ullamcorper felis feugiat magna praesent molestie consectetur erat massa aliquet consectetur erat massa proin eget amet nisi ante eget dolore ante volutpat pulvinar donec. Nibh ullamcorper adipiscing ipsum ut diam felis, ipsum congue et molestie sit nisi et felis pulvinar ut sem felis, nunc diam eget sit aliquam nibh euismod sit ac. Nibh ullamcorper adipiscing ac tincidunt, aliquet felis feugiat tincidunt aliquet felis feugiat magna, praesent tellus consectetur, donec massa tellus at sed dolore proin volutpat amet erat massa, non. Nonummy feugiat nisi diam euismod sit nisi nibh euismod turpis ac laoreet aliquet at aliquam, lobortis ullamcorper felis sit, ac laoreet tellus turpis erat laoreet euismod turpis lorem. Tincidunt sem mauris, pulvinar donec ante volutpat pharetra, donec ante mauris dolor, ante non elit ipsum lobortis sem elit ipsum ut diam id sit magna nibh euismod turpis. Lorem nunc proin eget amet tempus ut ullamcorper elit ipsum ut molestie sit, ac laoreet euismod turpis ac tincidunt aliquet at sed tincidunt aliquet mauris dolor donec massa. Ullamcorper felis, feugiat ullamcorper felis feugiat nisi mi id turpis magna mi tellus consectetur sed dolore ante volutpat amet donec massa, non nonummy aliquam ante volutpat amet erat. Lobortis sem turpis erat nunc aliquet at, sed, tincidunt praesent mauris sed dolore ante eget pharetra dolore proin molestie pharetra dolore ante volutpat amet donec mi mauris dolor. Magna tellus mauris dolor aliquam nibh volutpat pharetra aliquam ante volutpat nonummy aliquam massa volutpat nonummy tempus lobortis diam felis pulvinar nisi et id, sit magna nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ut proin at, ipsum dolore, et. Euismod felis magna mi volutpat nonummy erat. Massa sem eget pulvinar nisi proin elit. Sed ut, proin elit ipsum nunc proin. Elit dolor nunc sem elit dolor aliquet. At pulvinar aliquam lobortis euismod adipiscing, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ullamcorper adipiscing lorem congue praesent mauris dolor dolore praesent pharetra, donec massa sem, nonummy ipsum ut non nonummy sed massa. Tellus elit sed nunc sem at erat massa tellus, turpis erat tincidunt tellus turpis erat aliquet mauris sed nunc aliquet adipiscing. Lorem laoreet id sit ac, et, id pulvinar, aliquam et volutpat pulvinar nisi nibh volutpat dolor nisi ante volutpat aliquam nibh. Ullamcorper adipiscing, lorem lobortis non, nonummy ipsum, lobortis diam id sit congue, et id sit ac laoreet tellus consectetur lorem tincidunt. Turpis ac laoreet euismod adipiscing sed tincidunt aliquet at sed dolore praesent mauris feugiat lobortis ullamcorper felis feugiat congue aliquet felis. Feugiat congue praesent mauris feugiat congue adipiscing feugiat congue mi molestie pharetra magna et molestie turpis ac laoreet tellus turpis ac. Et id pulvinar, ut diam elit pulvinar ut sem, eget ipsum nisi euismod amet aliquam nibh euismod amet lorem congue ullamcorper. Adipiscing tempus nibh ullamcorper adipiscing dolor magna mi tellus consectetur ut, proin id amet nisi et, euismod amet aliquam nibh euismod. Turpis tempus nibh volutpat amet aliquam ante volutpat pulvinar donec proin at dolor congue proin eget donec proin volutpat amet erat. Mi volutpat amet tempus lobortis sem nonummy tempus nunc non eget, pulvinar nisi et id sit aliquam nibh ullamcorper turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt mi molestie consectetur tempus nunc sem elit tempus ut et eget ut proin id amet aliquam laoreet. Ullamcorper at lorem tincidunt praesent felis lorem tincidunt euismod, amet nisi nibh euismod adipiscing tempus lobortis ullamcorper nonummy. Ipsum diam id ipsum ut diam elit, tempus ut diam elit tempus lobortis, sem, elit tempus, ut sem. Eget sit aliquam nibh euismod adipiscing, lorem tincidunt turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet adipiscing lorem. Tincidunt diam adipiscing lorem nibh euismod amet, aliquam lobortis non amet dolore, massa, non ipsum ut diam felis. Sit nisi diam, felis pulvinar nisi diam felis ipsum ut et eget ipsum nunc non at sed nunc. Proin, eget ipsum dolore consectetur sed tincidunt tellus consectetur erat laoreet aliquet at sed dolore praesent eget lorem. Laoreet praesent mauris dolor dolore proin mauris, pharetra erat, mi molestie dolor congue mauris feugiat congue diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem ut non adipiscing, tempus. Ut, et felis ac laoreet molestie. Turpis erat tincidunt aliquet, at dolor. Dolore, proin eget pulvinar aliquam nibh. Ullamcorper id feugiat congue diam id. Sit ac mi molestie magna mi. Euismod at dolor tincidunt sem eget. Amet tempus ut diam adipiscing lorem. Congue praesent id sit magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin euismod turpis dolor magna mi tellus consectetur donec ante tellus consectetur sed nunc non at ipsum, nisi et id pulvinar nisi aliquet, adipiscing. Lorem congue praesent mauris, dolor magna praesent molestie pharetra congue praesent molestie pharetra magna praesent, molestie sit ac mi felis feugiat nisi id turpis. Erat nunc sem eget, dolor dolore, proin eget pharetra, dolore proin eget pharetra donec ante volutpat pharetra erat massa non felis feugiat magna mi. Euismod ac laoreet tellus at sed dolore proin eget dolor dolore proin molestie dolor dolore proin mauris pharetra dolore ante volutpat consectetur erat, ante. Pharetra erat massa sem elit pulvinar ut proin eget pulvinar ut, proin eget ipsum dolore et volutpat turpis tempus nibh euismod, adipiscing lorem tincidunt. Ullamcorper adipiscing sit nunc sem eget ipsum ut proin id turpis ac lobortis ullamcorper adipiscing lorem congue mi mauris pharetra magna mi mauris sit. Erat, massa non, eget pulvinar, nisi euismod adipiscing lorem, congue praesent mauris amet erat ante non nonummy donec massa tellus consectetur erat massa, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat massa tellus consectetur sed nunc proin, elit dolor nunc sem elit sed nibh ullamcorper, adipiscing tempus nibh ullamcorper id pharetra donec mi molestie consectetur erat laoreet. Et praesent ullamcorper molestie volutpat, mauris nonummy, sit sed donec nisi nunc lobortis massa nibh aliquet volutpat elit sit sed, nisi lobortis praesent, sem id at nonummy, pharetra. Pulvinar nonummy pharetra pulvinar lorem dolore massa mi proin turpis pharetra, ipsum dolor, aliquam tincidunt massa diam aliquet volutpat felis consectetur sit dolor feugiat donec aliquam congue lobortis. Mi proin euismod molestie turpis pulvinar lorem erat nisi laoreet praesent volutpat adipiscing sit ipsum aliquam congue massa et aliquet eget turpis dolor donec nisi laoreet sem euismod. Felis nonummy sit dolore lobortis laoreet sem euismod at, amet ipsum sed ac erat ut laoreet proin euismod felis pharetra ipsum lorem dolore nibh praesent non, eget adipiscing. Dolor ipsum et sem euismod felis pharetra erat nisi tincidunt proin, volutpat mauris elit turpis sed aliquam nibh diam molestie at pulvinar dolore massa et tellus elit turpis. Consectetur consectetur pulvinar lorem magna ut tincidunt ante non adipiscing sit erat ut et proin diam, molestie, at turpis dolor tempus nunc lobortis diam tellus id mauris adipiscing. Feugiat donec nisi nibh praesent non felis turpis erat dolore lobortis praesent volutpat elit turpis sed, donec lobortis mi sem non, molestie id adipiscing dolor erat ut et. Aliquet euismod molestie, nonummy sit ac donec lobortis mi sem aliquet non id elit turpis amet feugiat erat, nibh praesent, diam aliquet eget felis consectetur, pulvinar lorem donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat massa mi congue ut tincidunt nibh, diam molestie elit turpis pulvinar tempus donec nunc et, ullamcorper at pharetra tempus erat aliquam congue lobortis et euismod felis. Elit mauris nonummy, pharetra sit amet sit amet amet sit, amet pharetra sit dolor feugiat ipsum dolor aliquam tincidunt, ante nibh aliquet non eget at nonummy pharetra. Adipiscing id volutpat molestie, id elit felis consectetur, ipsum sed aliquam congue aliquam ipsum dolor tempus donec ut nunc congue ut nunc, ut ipsum ipsum dolor feugiat. Adipiscing tincidunt ut, nunc congue massa et sem diam sem id adipiscing amet sit ipsum lorem dolore massa mi, eget molestie felis elit adipiscing consectetur turpis sed. Tempus donec nisi tincidunt ante diam id sit magna mi aliquet, consectetur, sed massa tellus consectetur, sed, tincidunt sem sed, nunc sem mauris dolor dolore proin, mauris. Amet donec ante volutpat, pharetra donec massa volutpat, amet erat ante non consectetur erat ante non consectetur donec ante feugiat magna mi id sit congue praesent proin. Eget ipsum dolore, sem elit sed nunc proin volutpat amet aliquam nibh nonummy feugiat congue praesent felis lorem congue praesent id, sit erat laoreet tellus consectetur ac. Mi molestie consectetur sed nunc sem mauris dolor dolore proin mauris, dolor nibh volutpat nonummy aliquam lobortis non nonummy aliquam massa ullamcorper nonummy tempus ut diam, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut praesent molestie at sed nunc tellus elit erat massa aliquet consectetur, dolor nunc proin elit sed. Dolore proin volutpat amet proin eget dolor donec ante volutpat pharetra, aliquam lobortis, non nonummy tempus lobortis. Ullamcorper elit feugiat nisi et id, turpis ac tincidunt, aliquet at sed, praesent mauris dolor congue praesent. Mauris dolor dolore proin molestie feugiat, congue aliquet adipiscing lorem congue mi molestie feugiat congue praesent mauris. Sit donec mi tellus pharetra massa non elit erat massa sem elit pulvinar nisi ante eget pulvinar. Aliquam lobortis diam felis feugiat congue praesent, id pharetra, magna, mi sit ac massa, tellus at erat. Nunc sem elit dolor nunc sem mauris dolor dolore praesent mauris dolor dolore ante non, adipiscing feugiat. Congue mi, id sit, ullamcorper felis ipsum lobortis sem felis pulvinar ut et, id sit ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod nisi nibh ullamcorper adipiscing feugiat, tincidunt aliquet felis lorem tincidunt ullamcorper, felis dolor, congue, praesent mauris sit magna mi. Molestie consectetur, erat nunc non erat, massa, aliquet consectetur ac mi molestie turpis nisi diam felis ipsum ut sem elit ipsum. Nisi laoreet tellus adipiscing lorem laoreet aliquet adipiscing lorem id turpis ac lobortis ullamcorper adipiscing lorem lobortis ullamcorper nonummy, tempus, lobortis. Ullamcorper mauris feugiat congue mi molestie sit magna laoreet tellus pharetra ac elit tempus massa non consectetur erat massa sem elit. Pulvinar nisi nibh id pulvinar aliquam laoreet tellus at sed tincidunt ullamcorper adipiscing lorem tincidunt aliquet felis tincidunt praesent mauris dolor. Congue ante tellus consectetur erat massa non nonummy sed nunc sem, elit ipsum dolore et euismod amet aliquam, lobortis ullamcorper mauris. Dolor magna felis feugiat congue praesent felis sit magna, mi molestie pharetra, erat, massa non at pulvinar nisi nibh euismod turpis. Feugiat praesent, felis feugiat congue praesent mauris pharetra magna mi molestie pharetra erat laoreet tellus consectetur, sed, nunc proin, eget pulvinar. Dolore, proin volutpat turpis lorem lobortis, ullamcorper tempus, lobortis, ullamcorper adipiscing lorem ut diam adipiscing ipsum lobortis, ullamcorper elit ipsum lobortis. Ullamcorper elit ipsum nisi, mi euismod, turpis, ac laoreet aliquet mauris dolor dolore non nonummy aliquam massa non pharetra dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod felis feugiat volutpat amet, nisi ante volutpat pulvinar tempus lobortis, ullamcorper felis feugiat. Ut diam adipiscing ipsum lobortis volutpat amet erat massa volutpat pharetra donec mi dolor. Donec, ante tellus pharetra magna diam mauris, feugiat congue mi molestie pharetra magna mi. Aliquet elit ipsum nunc sem, volutpat pulvinar dolore, sem, eget nunc proin mauris, dolor. Dolore ante volutpat pharetra, dolore, proin molestie pharetra dolore proin mauris, feugiat, lobortis euismod. Adipiscing lorem tincidunt aliquet felis congue diam felis lorem ut diam adipiscing ipsum lobortis. Ullamcorper felis ipsum ut ullamcorper elit feugiat nisi mi id sit, ac tincidunt sem. Mauris dolor dolore nibh amet, aliquam nibh non pharetra dolore proin mauris feugiat congue. Aliquet adipiscing feugiat dolore mi volutpat elit erat massa tellus pharetra donec mi molestie. Pharetra donec, laoreet, at sed nunc non at sed nunc aliquet consectetur erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus turpis ac elit pulvinar nisi proin eget ipsum. Nisi nibh euismod adipiscing lorem lobortis ullamcorper adipiscing lorem congue. Praesent, molestie, pharetra magna, mi molestie consectetur erat mauris feugiat. Congue praesent molestie sit magna et id turpis ac laoreet. Aliquet at sed nunc sem at lorem tincidunt sem at. Sed nunc turpis aliquam nibh id pulvinar nisi, proin eget. Turpis, ac tincidunt praesent mauris dolor magna, ante volutpat pharetra. Erat massa tellus nonummy sed nisi proin at erat tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, donec massa volutpat consectetur erat massa non consectetur tempus massa, non donec, laoreet non nonummy sed ut proin, eget. Amet ac nibh, volutpat amet nisi et volutpat pulvinar nisi nibh, euismod nonummy aliquam nibh volutpat pulvinar nunc adipiscing lorem. Congue praesent at dolor congue aliquet mauris feugiat congue, praesent felis feugiat congue praesent molestie pharetra donec ante tellus nonummy. Sed nunc at sed nunc non at sed massa tellus consectetur ac mi, tellus turpis ac laoreet euismod sit magna. Laoreet aliquet adipiscing lorem laoreet, aliquet ac nibh euismod turpis ac lobortis ullamcorper turpis lorem dolore praesent molestie pharetra, congue. Praesent mauris sit, donec massa tellus consectetur erat laoreet tellus at erat massa pharetra magna et id, sit nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit ipsum, ut diam eget pulvinar aliquam id sit aliquam nibh ullamcorper at lorem tincidunt ullamcorper molestie elit. Elit turpis consectetur turpis amet, tempus donec, nunc et praesent diam sem praesent diam tempus lobortis ullamcorper elit tempus. Massa sem elit ipsum ut sem eget tempus, massa tellus nonummy sed nunc sem, at sed nunc sem at. Sed donec massa non nonummy donec ante mauris dolor magna praesent mauris feugiat ut diam id sit congue praesent. Tellus consectetur erat massa aliquet consectetur, nunc aliquet, at dolor nunc proin mauris pulvinar dolore proin, eget pharetra nunc. Praesent eget dolor, dolore proin molestie amet donec mi mauris dolor congue aliquet tempus lobortis ullamcorper nonummy lorem ut. Diam, mauris pharetra magna praesent molestie consectetur erat massa aliquet consectetur erat dolore proin eget pulvinar nisi nibh euismod. Nonummy nibh ullamcorper, adipiscing feugiat congue mi tellus consectetur erat, nunc proin eget pulvinar, dolore, proin eget pulvinar, aliquam. Lobortis aliquet lorem tincidunt diam adipiscing tempus lobortis volutpat pharetra dolore proin mauris sed congue praesent at, dolor dolore. Praesent mauris feugiat tincidunt aliquet felis lorem tincidunt diam adipiscing nibh euismod pulvinar donec proin eget dolor dolore, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolore proin sed dolore, proin volutpat amet nisi ante eget amet donec lobortis ullamcorper adipiscing. Ipsum, congue praesent molestie consectetur, erat, nunc aliquet, at, dolor nunc aliquet ac tincidunt tellus turpis. Lorem, tincidunt praesent at, sed nunc, aliquet, mauris sed tincidunt aliquet adipiscing lorem congue praesent mauris. Pharetra erat massa volutpat consectetur massa non nonummy sed, ut sem nonummy ipsum nunc non elit. Pulvinar nisi proin eget, ipsum nisi proin eget dolor, dolore proin, mauris, aliquam nibh euismod adipiscing. Lorem ut ullamcorper, nonummy tempus ut diam felis, tempus ut ullamcorper nonummy tempus, lobortis sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi tellus consectetur donec laoreet tellus, pharetra donec laoreet non elit sed nunc proin, eget dolor, nisi et volutpat, turpis nibh euismod nonummy aliquam nibh volutpat dolor donec. Praesent eget dolor congue aliquet at feugiat congue aliquet at, lorem congue praesent felis feugiat congue mi dolor donec mi, mauris pharetra donec laoreet, id sit congue diam adipiscing. Sit ac massa aliquet at dolor nunc aliquet at erat aliquam nibh ullamcorper adipiscing lorem non, nonummy lorem, ut diam adipiscing ipsum ut ullamcorper nonummy erat massa sem elit. Ipsum ut diam, elit ipsum nisi diam eget pulvinar sem elit, sed nunc non consectetur erat laoreet tellus consectetur, magna et elit ipsum ut sem, felis ipsum nisi diam. Id sit ac laoreet, euismod sit aliquam eget pulvinar nisi nibh eget amet nisi proin eget pulvinar nisi ante volutpat, sed dolore sem mauris sed nunc aliquet at lorem. Tincidunt aliquet mauris lorem, laoreet, at dolor dolore mi mauris feugiat congue aliquet mauris, pharetra donec praesent molestie consectetur, erat ante tellus nonummy sed nunc ullamcorper adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget, dolor dolore ante eget pulvinar aliquam tincidunt nonummy, lorem congue diam felis ipsum ut mi tellus, pharetra erat massa sem elit sed tincidunt. Tellus consectetur ac laoreet, tellus turpis, ac nibh tellus, nisi nibh tellus turpis ac nibh euismod adipiscing ac tincidunt praesent mauris, dolor congue praesent mauris. Dolor magna ante tellus pharetra donec laoreet tellus consectetur laoreet tellus consectetur, ac massa tellus turpis ac mi molestie sit magna mi tellus turpis ac. Laoreet, tellus consectetur sed nunc proin eget, tincidunt aliquet at sed congue proin mauris dolor, donec ante volutpat consectetur erat massa sem nonummy, erat nunc. Non eget pulvinar ut proin at erat nunc non congue et id turpis magna mi id turpis magna laoreet, tellus, consectetur lorem tincidunt aliquet at. Dolor dolore proin eget pharetra congue aliquet mauris feugiat congue, ullamcorper nisi et volutpat amet dolore proin mauris, sed nunc aliquet, consectetur lorem nunc praesent. Eget, pharetra donec ante volutpat amet, aliquam et id sit magna mi tellus, consectetur erat nunc aliquet mauris dolor dolore proin eget dolor congue ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, dolor dolore praesent mauris feugiat congue aliquet felis lorem tincidunt diam. Felis feugiat congue diam adipiscing feugiat congue diam consectetur sed, nunc sem. At ipsum dolore et volutpat dolor dolore proin eget dolor nunc sem. Mauris dolor dolore proin eget, dolor donec ante volutpat tempus lobortis non. Nonummy ipsum lobortis, non felis pulvinar nisi et id turpis ac nibh. Tellus turpis lorem tincidunt praesent mauris dolor donec praesent at feugiat congue. Mauris dolor congue aliquet mauris dolor magna ante molestie sit donec laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet massa diam id sit magna laoreet molestie sit, ac laoreet sem at dolor dolore praesent mauris dolor nunc praesent mauris dolor dolore ante molestie donec proin molestie. Pharetra tempus ut, et tellus turpis, ac mi, tellus turpis ac tincidunt praesent eget dolor dolore proin mauris dolor dolore proin mauris dolore mi molestie dolor dolore mi molestie. Consectetur erat ante, mauris feugiat, magna mi id feugiat congue diam felis sit magna mi id ipsum lobortis ullamcorper elit ut diam elit erat massa tellus consectetur, tempus massa. Non nonummy erat massa non at ipsum nunc proin eget, sed dolore sem at tincidunt aliquet mauris sed dolore, aliquet consectetur, lorem tincidunt aliquet at lorem laoreet euismod adipiscing. Sed, congue aliquet at feugiat congue, mi molestie consectetur donec mi mauris magna praesent felis sit magna mi molestie consectetur sed ut et id amet ac, nibh ullamcorper at. Lorem congue aliquet felis dolor magna mi mauris feugiat magna mauris pharetra magna praesent id feugiat congue massa aliquet consectetur sed nunc sem at sed nunc, sem eget amet. Aliquam euismod, nonummy tempus lobortis diam id pharetra erat, massa non elit erat massa aliquet consectetur erat tincidunt, euismod turpis magna mi id sit ac laoreet tellus mauris nunc. Praesent eget amet aliquam ante volutpat, amet erat massa volutpat nonummy, tempus ut diam felis pulvinar ut diam eget sit nisi et id, turpis ac tincidunt at pharetra, dolore. Proin molestie nonummy erat lobortis diam felis sit magna laoreet tellus mauris pulvinar donec nibh non pharetra donec, proin volutpat amet, aliquam lobortis non turpis, ac tincidunt sem eget. Pulvinar aliquam nibh euismod nonummy tempus nibh non nonummy tempus nibh volutpat amet aliquam ante volutpat amet erat, massa sem felis ac tincidunt aliquet mauris pulvinar, aliquam nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolore proin volutpat amet tempus massa volutpat, amet tempus nisi diam id turpis magna nibh, tellus consectetur ac laoreet tellus at. Sed dolore proin molestie dolore, proin mauris, pharetra dolore mi molestie pharetra donec, mi molestie, pharetra donec nunc diam eget sit aliquam. Laoreet euismod turpis ac et euismod adipiscing donec massa volutpat amet tempus lobortis sem nonummy tempus nunc sem elit ipsum nisi nibh. Id turpis ac laoreet euismod turpis ac et euismod adipiscing feugiat praesent, mauris pharetra donec massa sem consectetur erat ante tellus consectetur. Sed nunc proin eget pulvinar nisi sem elit sed massa aliquet consectetur ac tellus turpis ac tincidunt tellus at sed dolore praesent. At pharetra aliquam nibh non nonummy tempus ut diam felis feugiat nisi et id feugiat ut diam felis nisi et eget pulvinar. Magna nibh, euismod adipiscing lorem tincidunt ullamcorper at feugiat, congue praesent, mauris dolor dolore ante molestie pharetra magna praesent felis feugiat congue. Mi elit ipsum ut, et, ullamcorper at lorem tincidunt aliquet adipiscing feugiat congue praesent felis lorem lobortis ullamcorper adipiscing tempus diam mauris. Feugiat congue, praesent felis feugiat congue praesent id sit magna et molestie sit ut diam felis feugiat ut et id pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, elit sed ut nibh, euismod at lorem congue proin. Volutpat nonummy tempus massa elit tempus nunc non, nonummy pulvinar. Nisi nibh tellus adipiscing ac laoreet, ullamcorper adipiscing, sed dolore. Ante volutpat nonummy ipsum nisi mi tellus consectetur aliquam, lobortis. Praesent molestie nonummy sed nunc, non at erat massa sem. Elit ipsum dolore proin eget amet aliquam et, euismod amet. Tempus tincidunt praesent felis feugiat praesent molestie sit magna laoreet. Tellus at sed nunc aliquet elit pulvinar aliquam nibh volutpat. Amet tempus lobortis diam mauris, feugiat magna ante sit magna. Mi tellus consectetur sed, nunc proin elit sed nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pulvinar nisi et consectetur, lorem laoreet id sit aliquam et euismod sit nisi, nibh ullamcorper. Adipiscing feugiat, congue praesent mauris feugiat, dolore mi molestie pharetra donec mi tellus sit aliquam nibh. Tellus, at sed congue praesent at lorem congue mi molestie dolor dolore ante volutpat consectetur erat. Nunc sem elit tempus nunc diam sit aliquam, nibh euismod amet ac, laoreet ullamcorper at lorem. Tincidunt praesent, mauris pharetra magna mi molestie, pharetra magna ante molestie consectetur erat sem eget ipsum. Ut proin eget, ipsum dolore nibh, volutpat pulvinar tempus lobortis ullamcorper turpis tempus lobortis ullamcorper adipiscing. Lorem magna laoreet molestie sit donec mi id congue et id feugiat nisi et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut et eget pulvinar ut nibh turpis lorem, laoreet ullamcorper at dolor donec proin, molestie amet donec mi molestie dolor donec mi mauris dolor magna mi. Tellus consectetur sed nunc tellus donec laoreet molestie at sed nunc sem elit sed dolore sem at sed dolore sem eget pulvinar nunc praesent at dolor donec. Ante non amet ipsum nisi et, volutpat ante non adipiscing ipsum ut diam felis feugiat congue et, id sit ac tincidunt tellus consectetur sed dolore proin, eget. Pulvinar tempus nibh adipiscing tempus ut praesent id feugiat, congue mi molestie turpis magna laoreet euismod turpis magna et euismod sit ac nibh tellus turpis ac laoreet. Mauris dolor aliquam massa volutpat pharetra erat, ante molestie nonummy tempus ut et felis sit magna, diam, eget pulvinar nunc sem elit pulvinar ut proin id aliquam. Tincidunt praesent mauris pharetra dolore praesent mauris feugiat congue praesent mauris dolor magna praesent felis feugiat ut praesent felis, feugiat congue mi id pharetra ac, massa consectetur. Sed, nunc sem eget dolor nunc aliquet mauris, dolor dolore praesent at lorem laoreet aliquet adipiscing lorem tincidunt ullamcorper ac tincidunt praesent mauris dolor erat ante, molestie. Pharetra tempus nunc sem, elit, sed nisi, diam elit sed nunc non consectetur ac laoreet tellus consectetur sed dolore at sed, nunc sem, mauris, pulvinar nisi ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, massa non at ut sem elit ipsum nisi et eget, amet aliquam lobortis. Aliquet felis feugiat congue praesent felis sit ut diam id feugiat congue diam, felis. Lobortis, et id sit nisi diam id diam, non tellus volutpat, mauris consectetur pulvinar. Ac dolore lobortis laoreet proin aliquet non, aliquet aliquet molestie consectetur nunc sem felis. Ipsum magna laoreet tellus turpis ac nibh, id amet aliquam nibh id adipiscing lorem. Nibh ullamcorper felis feugiat tincidunt aliquet felis, tempus lobortis euismod tempus lobortis ullamcorper, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper, adipiscing dolor donec mi molestie pharetra donec mauris dolor donec, massa diam eget ipsum ut non elit ipsum ut sem elit ipsum dolore proin id turpis lorem. Lobortis ullamcorper adipiscing tempus lobortis adipiscing lorem congue diam felis lorem ut praesent, id sit magna laoreet tellus consectetur ac laoreet, tellus consectetur erat nunc sem mauris dolor nisi. Ante amet, aliquam proin eget pharetra dolore, proin eget pharetra donec proin molestie pharetra dolore mi mauris feugiat, dolore mi volutpat pharetra magna mi mauris pulvinar magna nibh tellus. Turpis lorem congue praesent molestie pharetra dolore praesent mauris, pharetra dolore mi molestie feugiat congue praesent mauris dolor congue praesent mauris sit magna, tellus at sed massa tellus at. Sed nisi et volutpat pulvinar nisi ante eget dolor, nunc, proin eget pulvinar aliquam nibh eget pharetra dolore, ante volutpat tempus massa volutpat elit tempus lobortis sem amet erat. Ante non elit pulvinar ut diam eget, pulvinar magna nibh id sit tempus lobortis ullamcorper, felis sit magna mi id feugiat nisi et, felis pulvinar nisi et id sit. Ac, laoreet tellus adipiscing sed, congue aliquet adipiscing lorem tincidunt at feugiat congue mi volutpat consectetur tempus lobortis diam elit ipsum ut et id, sit ac et id, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sem at dolor nisi, nibh, euismod, adipiscing tempus nibh euismod nonummy tempus ut non nonummy lorem congue praesent aliquam lobortis ullamcorper nonummy tempus lobortis ullamcorper. Felis feugiat magna mi aliquet mauris, dolor dolore proin eget pulvinar donec, ante non nonummy aliquam, ut sem eget pulvinar nisi et eget pulvinar dolore, proin. Volutpat amet aliquam lobortis diam felis feugiat congue mi molestie pharetra donec laoreet tellus consectetur erat massa sem sed nunc, sem elit sed dolore sem volutpat. Amet, aliquam ante volutpat nonummy tempus ut diam adipiscing tempus ut ullamcorper elit ipsum, magna tellus, consectetur sed nunc aliquet, consectetur sed tincidunt tellus, consectetur, sed. Tincidunt, aliquet adipiscing, ac laoreet ullamcorper adipiscing lorem nibh euismod adipiscing lorem congue praesent molestie consectetur nisi et id sit lorem tincidunt aliquet mauris pharetra, dolore. Proin mauris dolor congue aliquet, mauris dolor dolore mi mauris pharetra dolore mi molestie dolor magna praesent pharetra erat laoreet molestie pharetra magna mi id pharetra. Ac laoreet aliquet elit ipsum dolore lobortis ullamcorper felis dolor tincidunt felis feugiat tincidunt diam felis feugiat ut, diam felis sit ac massa sem elit ipsum. Nisi proin eget amet nisi nibh volutpat pulvinar nisi, nibh, euismod adipiscing congue praesent molestie pharetra erat massa non at ipsum dolore proin eget, pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget pulvinar donec ante eget pharetra aliquam, ante volutpat amet aliquam massa, ullamcorper, elit tempus ut diam felis. Ipsum nisi et pulvinar nisi et id sit nisi diam eget pulvinar nisi, et, eget, ipsum, dolore et, eget. Amet ac tincidunt praesent felis feugiat magna mi mauris congue mi molestie pharetra magna laoreet molestie pharetra ac laoreet. Non at erat nunc sem eget pulvinar nisi lobortis ullamcorper felis dolor magna mi molestie pharetra magna molestie pharetra. Erat nunc sem, elit ipsum dolore et eget amet nisi et volutpat pulvinar nisi ante eget pulvinar donec, nibh. Volutpat nonummy ante, eget amet tempus massa volutpat amet tempus, congue et id, feugiat magna et, id sit nisi. Diam id turpis magna et euismod, adipiscing sed dolore proin pharetra, aliquam, ante molestie, pharetra dolore praesent felis lorem. Congue praesent mauris dolor, magna mi mauris sit congue praesent id pharetra donec mi id feugiat, congue et feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, ante non elit ipsum ut diam, id turpis lorem tincidunt aliquet lorem congue proin mauris. Dolor donec ante, volutpat nonummy tempus, lobortis sem nonummy erat massa non elit pulvinar nisi nibh. Tellus adipiscing sed congue praesent eget aliquam ante non nonummy, feugiat magna laoreet euismod turpis ac. Laoreet euismod, turpis lorem tincidunt aliquet, adipiscing lorem tincidunt aliquet at sed congue ante volutpat donec. Mi volutpat, nonummy ipsum nisi diam, id turpis ac nibh, aliquet consectetur lorem dolore praesent mauris. Dolor dolore proin molestie pharetra aliquam, ullamcorper elit ipsum, ut et felis ipsum ut sem, felis. Ipsum nisi diam id pulvinar aliquam laoreet praesent, molestie dolor dolore praesent mauris feugiat tincidunt praesent. Molestie erat massa non nonummy tempus ut sem id pulvinar nisi et euismod turpis ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper mauris dolor erat massa sem felis pulvinar magna, nibh tellus mauris dolor dolore proin volutpat amet aliquam ut. Diam id pharetra ac laoreet consectetur erat nunc sem eget pulvinar nisi nibh ullamcorper adipiscing tempus nibh ullamcorper, nonummy. Feugiat ac massa non at ipsum nisi et euismod amet aliquam eget pulvinar nisi nibh ullamcorper nonummy lorem ut. Diam adipiscing lorem ut praesent id feugiat ut ullamcorper amet erat ante molestie pharetra dolore praesent mauris pharetra erat. Et euismod at, sed dolore, ante ullamcorper adipiscing ipsum lobortis ullamcorper elit tempus ut et felis turpis ac mi. Euismod, consectetur lorem tincidunt euismod adipiscing lorem, congue mi molestie consectetur erat nunc sem elit ipsum dolore proin eget. Amet tempus lobortis euismod turpis tempus lobortis diam mauris sit, donec laoreet, pharetra donec, laoreet tellus pharetra ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem felis, ipsum lobortis sem elit, pulvinar, nisi id, sit magna tincidunt praesent eget amet tempus. Lobortis diam, elit tempus ut diam id feugiat magna et id pulvinar, ut nibh euismod turpis. Ac tellus adipiscing dolor dolore proin molestie, nonummy ipsum ut et id sit magna mi euismod. Turpis erat laoreet tellus at dolor donec ante eget amet lobortis non nonummy tempus, lobortis ullamcorper. Elit, ipsum ut diam felis ipsum ut et id sit magna et euismod turpis, lorem nunc. Aliquet adipiscing sed congue mauris pharetra dolore proin molestie pharetra, dolore mi, molestie pharetra magna mi. Molestie sit congue diam felis sit magna mi, id sit magna mi pharetra ac nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi euismod turpis ac nibh id pulvinar ut elit, ipsum, ac. Laoreet ullamcorper at feugiat congue mi felis pharetra erat lobortis sem, felis sit ac. Laoreet tellus, adipiscing sed, tincidunt proin volutpat nonummy massa, ullamcorper nonummy tempus massa non. Elit ipsum lobortis sem nonummy, tempus massa non elit ipsum ut diam eget pulvinar. Nisi et eget amet, aliquam euismod adipiscing lorem tincidunt aliquet felis lorem lobortis euismod. Adipiscing tempus lobortis euismod amet aliquam nibh ullamcorper molestie pharetra, donec, massa non at. Massa proin at sed tincidunt aliquet consectetur, ac laoreet euismod consectetur lorem, nunc praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id adipiscing lorem aliquet adipiscing feugiat, congue praesent. Mauris pharetra erat lobortis sem nonummy tempus massa. Sem eget pulvinar ut, et euismod adipiscing sed. Congue ante volutpat tempus lobortis diam elit ipsum. Ut mi euismod consectetur ac tincidunt tellus consectetur. Lorem tincidunt aliquet, at lorem laoreet ullamcorper adipiscing. Ac laoreet ullamcorper adipiscing nibh, ullamcorper adipiscing lorem. Lobortis ullamcorper adipiscing tempus lobortis euismod nonummy tempus. Ut praesent, mauris sit donec massa non, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, diam id sit erat laoreet euismod consectetur lorem laoreet tellus consectetur lorem laoreet euismod sit aliquam et euismod nisi proin eget pulvinar nisi. Proin eget dolor dolore proin eget pulvinar nisi proin eget amet tempus lobortis ullamcorper id feugiat congue diam adipiscing massa ullamcorper elit ipsum ut. Sem elit ipsum ut et id pulvinar, magna nibh tellus adipiscing lorem tincidunt aliquet, mauris dolor dolore ante volutpat nonummy tempus lobortis, dolor dolore. Mi molestie pharetra erat massa non nonummy tempus ut diam eget pulvinar ut et id amet ac, nibh, euismod turpis, lorem euismod, adipiscing aliquam. Lobortis ullamcorper felis feugiat congue praesent mauris sit donec nunc non at sed massa non consectetur erat, laoreet, tellus consectetur sed nunc sem at. Tincidunt aliquet mauris pulvinar donec nibh volutpat, amet aliquam nibh volutpat amet donec ante volutpat pharetra donec ante volutpat pharetra dolore ante molestie pharetra. Magna ante molestie erat nunc diam euismod, sit nisi nibh id turpis ac tincidunt ullamcorper turpis aliquam lobortis ullamcorper felis feugiat congue praesent feugiat. Magna mi molestie pharetra donec massa tellus pharetra magna mi molestie pharetra congue, laoreet tellus consectetur erat, dolore proin elit dolor dolore proin, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam laoreet tellus adipiscing sed dolore aliquet turpis ac lobortis aliquet mauris dolor euismod adipiscing tempus lobortis euismod nonummy aliquam, nibh, ullamcorper, felis feugiat, lobortis ullamcorper. Felis feugiat magna laoreet aliquet at sed nunc proin, eget amet proin volutpat amet aliquam nibh ullamcorper, adipiscing lorem congue diam felis ipsum lobortis non amet. Aliquam, massa non pharetra, donec massa non consectetur, erat massa, non elit nisi et, eget sit nisi, et euismod turpis ac laoreet aliquet, adipiscing lorem congue. Praesent molestie nonummy donec massa volutpat consectetur tempus, ut nonummy sed nunc sem nonummy sed nunc proin elit ipsum dolore sem, elit ipsum dolore et eget. Pulvinar aliquam nibh, euismod nonummy aliquam nibh euismod nonummy tempus eget amet aliquam lobortis diam felis ipsum ut ullamcorper elit tempus massa volutpat nonummy erat massa. Non consectetur erat massa sem eget pulvinar nisi et euismod sit sem elit sed dolore proin elit pulvinar dolore sem elit amet aliquam nibh, diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus, at pharetra donec, ante non amet tempus massa, non felis ipsum ut diam felis pulvinar non elit, pulvinar nisi, et euismod turpis nisi nibh euismod. At pharetra dolore proin molestie amet donec, massa non, nonummy tempus lobortis sem elit pulvinar diam id sit aliquam et eget pulvinar nisi proin, euismod turpis lorem. Dolore praesent mauris feugiat congue aliquet adipiscing feugiat donec mi mauris sit congue diam tempus lobortis, ullamcorper, adipiscing ipsum lobortis, ullamcorper elit ipsum ut diam elit ipsum. Ut diam id sit magna laoreet tellus turpis lorem tincidunt aliquet sed congue aliquet mauris dolor tincidunt aliquet adipiscing lorem tincidunt aliquet mauris feugiat tincidunt diam adipiscing. Feugiat magna mi mauris sit magna mi tellus consectetur erat sem eget pulvinar nisi et ullamcorper adipiscing feugiat congue mi mauris pharetra donec ante mauris feugiat congue. Mi tellus consectetur erat laoreet molestie sit lobortis ullamcorper felis massa, volutpat pharetra donec ante non felis tempus ut diam id sit magna et id sit aliquam. Nibh euismod turpis nibh euismod, adipiscing lorem tincidunt praesent mauris dolor magna mi molestie consectetur erat massa tellus nonummy erat massa non consectetur erat massa tellus, consectetur. Erat, laoreet aliquet molestie, pharetra donec, massa volutpat consectetur tempus, nunc sem elit, sed, ut sem nonummy ipsum nunc proin elit erat, massa aliquet at sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis lorem laoreet euismod turpis magna, nibh, euismod turpis ac, laoreet ullamcorper lorem tincidunt aliquet adipiscing, lorem tincidunt aliquet adipiscing feugiat. Congue praesent, mauris dolor magna mi tellus, consectetur erat massa non at erat nunc proin ipsum, nisi proin eget pulvinar nisi et. Volutpat turpis, tempus nibh, euismod adipiscing lorem, congue praesent mauris sit donec massa sem, eget ipsum nisi et eget ipsum, proin eget. Amet tempus, lobortis ullamcorper felis lorem, nibh ullamcorper felis sit donec laoreet molestie sit ac mi, tellus consectetur, sed nunc sem sed. Tincidunt, aliquet mauris sed dolore ante euismod amet aliquam ante volutpat, adipiscing elit at amet, ipsum ac nisi congue massa laoreet proin. Ullamcorper non id mauris feugiat erat ut nibh tellus eget amet tempus, ut laoreet aliquet eget, adipiscing nonummy turpis pulvinar nisi nibh. Praesent diam aliquet volutpat, felis consectetur sit dolor aliquam laoreet et proin sem, mauris, nonummy pharetra pulvinar lorem aliquam ut amet sit. Sed erat, ut laoreet et ullamcorper molestie ac donec ut nunc nibh, ante praesent proin ullamcorper volutpat elit consectetur, amet dolor ipsum. Sed feugiat pulvinar dolor feugiat ipsum sed tempus erat aliquam dolore aliquam donec magna ac erat erat nisi dolore nisi, dolore magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, consectetur elit elit at id, euismod non, euismod euismod, non praesent, praesent et proin praesent nibh ante mi et ante, mi et, praesent et ante, volutpat euismod volutpat felis. Eget, eget molestie id mauris felis at adipiscing felis elit felis felis eget mauris id eget molestie id eget id id amet at turpis amet, consectetur turpis pharetra feugiat, dolor. Feugiat pulvinar amet nonummy turpis amet sit ipsum dolor sit ipsum, feugiat, feugiat sed lorem tempus sed feugiat nunc, laoreet proin praesent sem euismod at amet, pharetra ipsum ac aliquam. Magna nisi erat nisi tincidunt, consectetur tempus nunc non nonummy sed laoreet aliquet adipiscing lorem laoreet ullamcorper mauris dolor dolore mi molestie pharetra donec, ante molestie pharetra donec ante non. Nonummy ipsum, nisi et id nunc et eget dolor magna ante non elit tempus nunc sem elit pulvinar nisi et id pulvinar nunc tellus at ipsum aliquam et ullamcorper adipiscing. Tempus tincidunt ullamcorper amet aliquam, volutpat amet aliquam, nibh, non adipiscing pharetra erat laoreet tellus consectetur erat laoreet aliquet elit erat laoreet tellus consectetur erat tellus turpis ac laoreet aliquet. Adipiscing lorem laoreet tellus at, sed congue praesent mauris feugiat tincidunt aliquet adipiscing lorem lobortis ullamcorper adipiscing tempus lobortis ullamcorper felis feugiat euismod, nonummy lorem ut ullamcorper adipiscing ipsum congue. Et id sit ac massa aliquet at dolor, nunc sem mauris erat nunc sem eget pulvinar, donec proin eget tempus lobortis, non nonummy aliquam lobortis non felis feugiat nisi diam. Felis sit, magna mi euismod turpis lorem tincidunt aliquet at sed nunc praesent mauris sed congue molestie feugiat tincidunt praesent mauris pharetra dolore praesent mauris consectetur lorem tincidunt sem eget. Pulvinar donec proin eget dolor dolore praesent volutpat pharetra, donec massa, volutpat nonummy ut et sem ullamcorper volutpat id at nonummy sit ipsum lorem aliquam lobortis, laoreet, et aliquet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet nibh praesent diam praesent praesent non id adipiscing nonummy consectetur pulvinar dolor tempus magna dolore massa mi proin ullamcorper sem euismod, mauris. Felis elit turpis amet, feugiat ipsum lorem aliquam ut nunc sem volutpat pulvinar dolore lobortis ut nunc ante et euismod at, pharetra ipsum. Erat, dolor aliquam, lobortis laoreet et praesent laoreet sem euismod felis lorem, tincidunt diam felis, feugiat magna mi molestie pharetra sed tincidunt ante. Laoreet et aliquet volutpat id eget turpis dolor tempus lorem donec, tincidunt massa laoreet praesent, non felis consectetur ipsum aliquam dolore diam sem. Aliquet diam sem diam sem sem praesent et ante diam sem ullamcorper volutpat molestie eget adipiscing dolor tempus nisi, nisi tincidunt, ante sem. Euismod, at tempus congue nunc sem praesent non felis consectetur ipsum nisi tincidunt praesent volutpat elit turpis sed tempus magna ante sem id. At nonummy sit sed ac, dolore dolore erat erat feugiat erat erat tempus donec nisi nunc, lobortis nunc et aliquet massa nibh proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis volutpat molestie euismod eget molestie eget mauris nonummy at adipiscing molestie volutpat molestie id felis, nonummy sit, lorem donec congue massa nibh praesent non non aliquet ullamcorper non. Euismod non molestie volutpat molestie elit mauris felis euismod, volutpat praesent diam proin euismod mauris felis elit, at elit turpis turpis dolor ipsum dolor feugiat erat magna, tincidunt ante. Mi nibh ante diam non ullamcorper volutpat felis nunc tincidunt massa mi proin praesent sem aliquet euismod molestie aliquet volutpat felis elit adipiscing amet pharetra, pulvinar feugiat ipsum erat. Aliquam erat aliquam congue ante nibh ante diam non euismod volutpat, felis pharetra sed, lorem erat nisi nisi, lobortis ante, diam aliquet euismod, molestie elit mauris id eget adipiscing. Elit at elit turpis, pulvinar, ac, erat erat dolore lobortis mi non, eget consectetur nonummy pharetra ipsum ac aliquam congue laoreet proin ullamcorper molestie id eget turpis magna lorem. Nisi erat magna donec ut laoreet et massa praesent, tincidunt proin et proin aliquet sem proin aliquet molestie tempus lorem tempus, diam non, euismod eget id at amet amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy proin diam euismod eget molestie aliquet ullamcorper aliquet ullamcorper ullamcorper tellus eget mauris nonummy turpis nonummy consectetur, sit amet. Pharetra pulvinar lorem aliquam erat ut congue massa et, mi diam sem euismod molestie id, consectetur adipiscing nonummy turpis dolor. Elit mauris felis elit turpis pharetra ipsum erat ac erat, magna nunc ante diam, tellus ullamcorper non id volutpat molestie. Euismod volutpat molestie eget molestie elit turpis dolor lorem erat magna nunc lobortis praesent nibh eget adipiscing pharetra sed massa. Sem elit sed massa aliquet at sed nunc, tellus at dolor nunc sem, mauris sed dolore proin volutpat amet aliquam. Nibh ullamcorper, feugiat magna mi aliquet at dolor nunc sem elit dolor nisi ante euismod nonummy tempus nibh euismod nonummy. Tempus nibh ullamcorper nonummy tempus, lobortis non elit, ipsum, diam id turpis ac mi, tellus, consectetur sed dolore ante euismod. Nonummy tempus nibh non nonummy tempus lobortis non nonummy ipsum ut diam felis feugiat ut diam sit nisi, et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi nibh turpis lorem, tincidunt praesent mauris dolor dolore, ante molestie pharetra donec mi volutpat. Nonummy tempus ut et euismod turpis magna nibh euismod pulvinar nisi ullamcorper adipiscing lorem dolore proin. Volutpat nonummy tempus ut, diam felis sit magna nibh euismod turpis ac laoreet id sit aliquam. Tincidunt aliquet at lorem praesent mauris dolor donec, ante volutpat consectetur erat ante molestie pharetra, magna. Praesent molestie sit donec laoreet tellus, pharetra erat massa non consectetur laoreet molestie, sit, magna mi. Molestie at erat mi aliquet at sed dolore proin eget pulvinar dolore, proin volutpat nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie pharetra erat massa volutpat consectetur erat massa non consectetur, erat nunc diam eget pulvinar nisi et eget pulvinar proin eget. Amet nisi nibh volutpat amet tempus lobortis diam adipiscing lorem tincidunt diam mauris feugiat lobortis ullamcorper adipiscing feugiat congue praesent id pharetra. Erat sem, at sed nunc sem at dolor dolore proin eget, pulvinar aliquam nibh non felis lorem congue praesent felis feugiat, congue. Et felis ipsum ut diam felis lobortis sem elit pulvinar ut, diam felis pulvinar ut et id sit aliquam nibh id amet. Aliquam et id amet aliquam et eget nisi sem at sed nunc, sem at dolor nunc aliquet at, sed congue praesent at. Lorem tincidunt aliquet at lorem tincidunt, aliquet felis feugiat dolore mi volutpat, donec ante tellus nonummy erat, laoreet tellus consectetur sed massa. Sem, at, sed nunc sem consectetur erat laoreet sem at ac laoreet aliquet consectetur sed tincidunt tellus nisi nibh euismod sit aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non, at sed dolore et euismod felis feugiat diam felis feugiat congue diam adipiscing tempus lobortis ullamcorper adipiscing ipsum ut diam. Adipiscing feugiat congue et id feugiat nisi mi molestie turpis ac laoreet sit nisi et elit ipsum nunc diam eget pulvinar ut. Et id amet aliquam et eget pulvinar dolore, sem elit pulvinar, aliquam lobortis ullamcorper adipiscing, lobortis ullamcorper adipiscing feugiat magna praesent id. Feugiat congue diam, felis sit congue diam id sit magna mi euismod sit magna, et tellus ac tincidunt aliquet at sed congue. Ullamcorper at pharetra dolore praesent molestie dolor congue mi molestie dolor congue aliquet adipiscing lorem congue diam felis lorem ut diam lorem. Ut praesent id pharetra ac mi id turpis ac laoreet molestie consectetur ac mi aliquet at sed nunc aliquet consectetur, sed nunc. Praesent mauris sed dolore molestie pharetra, donec massa non amet tempus ut diam felis pulvinar nisi et euismod turpis ac tincidunt aliquet. At sed tincidunt praesent at sed dolore proin nonummy tempus massa non elit ipsum nisi et euismod sit magna, laoreet tellus mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh, euismod adipiscing feugiat congue mi molestie amet tempus lobortis, non nonummy erat massa non nonummy tempus nunc sem nonummy erat massa non elit dolore. Proin id, amet ac nibh euismod, turpis tempus nibh euismod nonummy aliquam nibh volutpat nonummy tempus ut ullamcorper felis sit congue, praesent id sit laoreet, tellus. Consectetur erat tincidunt aliquet elit sed nunc, proin eget, pulvinar donec ante, non nonummy, aliquam lobortis ullamcorper adipiscing tempus lobortis non nonummy erat massa elit ipsum. Ut diam elit ipsum, ut diam elit ipsum ut sem eget ipsum, nunc proin id pulvinar nisi et id, amet nisi nibh pulvinar nisi ante eget. Dolor dolore aliquet at sed nunc proin eget pharetra dolore praesent mauris dolor congue praesent at feugiat congue praesent felis feugiat congue praesent lorem lobortis diam. Felis feugiat, congue diam adipiscing lorem congue praesent felis ipsum lobortis ullamcorper elit ipsum ut et molestie sit magna mi id turpis ac tellus at dolor. Dolore proin mauris dolor donec massa non nonummy aliquam lobortis diam, elit ipsum nisi sem nonummy erat, non elit tempus ut et euismod adipiscing lorem congue. Praesent mauris dolor, donec ante molestie amet dolore praesent, volutpat pharetra magna praesent, mauris, dolor magna mi felis congue diam felis lorem congue ullamcorper adipiscing ipsum. Ut et id feugiat, ac laoreet molestie consectetur sed tincidunt aliquet at lorem nunc proin mauris dolor nunc aliquet sed congue praesent, molestie pharetra dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris dolor erat tellus consectetur erat massa non elit pulvinar nisi proin, id, amet nisi, proin id, ipsum nisi proin elit pulvinar. Nisi nibh euismod turpis tempus, eget amet dolore proin, volutpat pharetra donec nibh volutpat, adipiscing feugiat ac laoreet tellus turpis ac laoreet tellus. Consectetur erat tincidunt tellus consectetur lorem, tincidunt adipiscing sed nunc aliquet at sed tincidunt praesent mauris feugiat tincidunt praesent mauris feugiat congue ante. Molestie pharetra magna mi molestie pharetra congue praesent sit congue diam id pharetra ac laoreet molestie consectetur ac laoreet tellus turpis ac mi. Euismod consectetur erat laoreet tellus consectetur sed laoreet tellus turpis lorem ante volutpat nonummy, tempus, massa non nonummy tempus lobortis volutpat amet donec. Ante volutpat, consectetur erat massa non elit sed, ut diam id pulvinar nisi et id ac lobortis ullamcorper adipiscing ac lobortis ullamcorper felis. Aliquam tincidunt, diam felis feugiat tincidunt praesent mauris feugiat magna laoreet molestie ac massa sem elit sed massa aliquet at sed nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, mauris dolor nibh non amet aliquam nibh non nonummy, ipsum ut ullamcorper elit ipsum ut et felis sit magna mi euismod consectetur sed. Tincidunt praesent, at nunc praesent mauris dolor dolore, praesent molestie, pharetra erat ante volutpat pharetra donec ante, non elit ipsum nisi diam id turpis. Ac tincidunt aliquet at congue aliquet adipiscing lorem tincidunt praesent at feugiat dolore, ante volutpat, consectetur erat massa non nonummy pulvinar ut diam id. Sit aliquam laoreet tellus sit aliquam nibh turpis ac, nibh volutpat amet aliquam nibh volutpat turpis lorem lobortis euismod nonummy lorem lobortis ullamcorper adipiscing. Feugiat donec laoreet molestie feugiat congue felis sit magna laoreet tellus at dolor nunc aliquet at sed nunc sem mauris pulvinar donec ante eget. Amet aliquam ante volutpat amet donec, proin volutpat, amet massa non nonummy ipsum nisi mi id turpis lorem tincidunt, aliquet turpis lorem tincidunt, praesent. Mauris, pharetra dolore praesent mauris feugiat congue, praesent felis feugiat mi volutpat consectetur erat massa tellus consectetur sed ut diam, id turpis aliquam nibh. Euismod amet aliquam proin at pulvinar, nisi et, eget dolor, dolore proin mauris laoreet tellus consectetur ac, nibh tellus adipiscing ac laoreet euismod adipiscing. Feugiat dolore ante volutpat pharetra erat ante non felis ipsum, ut sem nonummy donec, ante molestie magna mi molestie sit magna praesent felis feugiat. Magna laoreet aliquet at dolor dolore proin eget amet nisi proin mauris sed dolore ante eget pharetra donec, proin pharetra donec proin molestie amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue mi mauris consectetur mi, mauris sit congue, praesent molestie sit magna praesent id. Pharetra ac massa non, consectetur ipsum dolore proin volutpat, amet aliquam, lobortis ullamcorper, mauris pharetra. Praesent molestie pharetra erat laoreet tellus at sed nunc, tellus, consectetur erat laoreet tellus consectetur. Erat tincidunt sem elit pulvinar dolore ante volutpat amet donec, eget pharetra donec ante non. Nonummy feugiat congue mi molestie, sit ac laoreet tellus consectetur sed, nunc sem, mauris amet. Tempus lobortis diam tempus, ut praesent felis ipsum congue mi id, pharetra, ac massa aliquet. Eget, pulvinar nisi nibh volutpat pulvinar nisi ante volutpat nonummy tempus lobortis ullamcorper adipiscing tempus. Ullamcorper felis feugiat ut et molestie sit magna et euismod turpis erat, tincidunt aliquet at. Sed, donec ante eget pharetra donec proin eget pharetra donec proin, pharetra donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem, magna praesent mauris sit magna, praesent molestie sit massa non at sed nunc proin eget pulvinar nisi et volutpat. Amet, aliquam lobortis euismod nonummy aliquam nibh euismod nonummy tempus nibh volutpat, pharetra donec proin dolor congue, praesent molestie dolor congue. Praesent mauris feugiat magna praesent mauris dolor, congue praesent, felis sit congue diam felis lorem magna mi, molestie pharetra mi molestie. Turpis ac mi id turpis ac laoreet tellus sit, magna, laoreet aliquet eget dolor donec proin eget dolor dolore praesent mauris. Donec ante molestie dolor dolore mi molestie consectetur donec ante molestie, pharetra, erat massa, non elit ipsum nunc proin elit pulvinar. Nisi et euismod amet aliquam et pulvinar aliquam, lobortis euismod turpis tempus lobortis euismod adipiscing tempus, lobortis diam felis, feugiat congue. Diam felis ipsum congue et, id turpis ac massa proin eget amet lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing lorem lobortis. Volutpat amet tempus congue et felis feugiat congue mi id magna, mi, euismod turpis ac tincidunt aliquet consectetur ac tincidunt proin. Eget amet, donec ante volutpat amet aliquam ante volutpat amet donec ante volutpat nonummy erat lobortis elit ipsum nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat laoreet non consectetur sed dolore elit pulvinar dolore sem elit dolor nisi nibh ullamcorper nonummy aliquam ante euismod nonummy donec proin. Eget, amet, tempus massa non nonummy erat massa volutpat dolore, praesent mauris feugiat tincidunt, praesent molestie dolor magna ante non pharetra magna praesent. Id pharetra ac, laoreet tellus consectetur sed nunc, aliquet elit dolor, aliquet at sed dolore sem mauris sed nunc aliquet at lorem laoreet. Euismod adipiscing lorem tincidunt ullamcorper adipiscing feugiat congue aliquet, mauris dolor dolore adipiscing feugiat tincidunt praesent mauris feugiat, congue mi mauris sit, congue. Laoreet tellus at sed nunc aliquet at sed massa tellus consectetur erat, tincidunt tellus consectetur, nibh id turpis ac laoreet aliquet at sed. Congue ante volutpat amet tempus ut diam felis sit magna mi id, pulvinar magna mi id pulvinar, ut sem ipsum nunc sem at. Pulvinar nisi proin eget pulvinar, nisi, proin eget dolor nisi et volutpat turpis tempus tincidunt diam felis donec laoreet tellus consectetur donec massa. Non pharetra magna, mi tellus consectetur erat massa sit lorem congue praesent molestie, pharetra dolore, proin, volutpat amet tempus lobortis sem at sed. Dolore ante, euismod nonummy aliquam nibh volutpat nonummy aliquam nibh non amet, donec proin molestie pharetra, donec ante volutpat pharetra donec ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit nisi diam elit sed, massa sem eget pulvinar aliquam nibh ullamcorper lorem tincidunt ullamcorper adipiscing lorem lobortis euismod amet donec ante volutpat nonummy, aliquam. Nibh ullamcorper adipiscing ipsum ut diam felis feugiat congue et id turpis, et euismod consectetur ac laoreet tellus consectetur ac tincidunt aliquet at sed congue aliquet. At sed congue praesent mauris dolor, donec, ante non nonummy erat non nonummy erat nunc sem elit ipsum nunc sem elit sed nunc non consectetur erat. Massa aliquet, at ipsum dolore aliquet at sed, nunc eget pulvinar dolore sem eget dolor dolore proin eget dolor dolore ante non nonummy ipsum congue et. Id sit, magna mi id sit, ac mi tellus consectetur nibh id turpis aliquam nibh, euismod turpis lorem laoreet, aliquet mauris dolor donec mi molestie pharetra. Donec ante molestie pharetra magna mi tellus pharetra erat laoreet pharetra donec, massa tellus consectetur erat mi molestie turpis erat massa, sem eget amet nisi ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc, proin eget pharetra donec ante molestie, amet. Ipsum ut ullamcorper elit ipsum lobortis sem elit ipsum ut. Et euismod sit diam, eget sit aliquam nibh euismod sit. Ac laoreet id amet, aliquam lobortis ullamcorper turpis aliquam, nibh. Aliquet mauris feugiat congue diam adipiscing lorem ut nonummy lorem. Ut, diam felis sit magna mi tellus turpis magna, mi. Molestie consectetur erat tincidunt aliquet mauris pulvinar, donec proin eget. Pulvinar, dolore aliquet at sed ullamcorper adipiscing lorem tincidunt ullamcorper. Adipiscing ac tincidunt ullamcorper adipiscing lorem lobortis euismod adipiscing lorem. Tincidunt praesent mauris sit, donec laoreet, tellus consectetur praesent id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ipsum nisi et euismod turpis ac nunc sem mauris dolor. Dolore proin, lorem tincidunt, aliquet at dolor congue proin molestie pharetra. Dolore ante molestie pharetra dolore mi, mauris dolor erat massa sem. Elit ipsum nunc, sem eget, ipsum sem at ipsum nunc proin. Eget pulvinar nisi et eget pulvinar nisi proin volutpat amet nisi. Ante euismod nonummy aliquam nibh volutpat pharetra donec volutpat, pharetra donec. Proin non amet erat massa non consectetur ipsum ut, sem elit. Ipsum, ut sem elit pulvinar ut et id sit nisi eget. Ipsum dolore sem eget dolor nunc proin eget dolor dolore, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis lorem, tincidunt sit lorem tincidunt aliquet at feugiat congue praesent at lorem lobortis ullamcorper adipiscing tempus lobortis diam felis feugiat congue diam felis, lorem congue. Praesent id ut ullamcorper nonummy ipsum massa volutpat amet erat ante non nonummy erat massa volutpat consectetur erat ante tellus pharetra donec laoreet tellus consectetur, erat nunc. At sed dolore proin eget sed laoreet molestie, sit magna et id sit nisi et id turpis nisi diam id sit aliquam nibh, id amet aliquam et. Amet aliquam et euismod pulvinar dolore proin eget lorem, laoreet tellus at, dolor nunc praesent at dolor dolore proin mauris dolor dolore aliquet dolor congue mi felis. Lorem congue, praesent mauris dolor donec, massa non nonummy sed massa, tellus consectetur erat massa sem elit ipsum dolore, proin elit dolor dolore at dolor tincidunt, tellus. Mauris pulvinar dolore proin mauris sed nunc proin at sed congue praesent mauris dolor dolore proin molestie, pharetra, congue praesent felis feugiat congue adipiscing, feugiat, magna ante. Non nonummy ipsum ut, proin id amet aliquam et id, amet nisi et, eget pulvinar nisi praesent, mauris dolor congue mi mauris lorem congue, diam adipiscing, ipsum. Ut diam felis feugiat congue et molestie consectetur ac tincidunt aliquet consectetur ac laoreet tellus turpis, dolore proin eget dolor dolore proin, eget pharetra aliquam massa ullamcorper. Elit feugiat congue diam felis ipsum nisi mi euismod sit, ac tincidunt sem at dolor dolore eget dolor dolore proin molestie amet aliquam ante non amet, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis, lorem congue praesent molestie sit magna mi tellus consectetur, erat, laoreet molestie sit. Magna mi tellus at pulvinar dolore proin elit dolor sem eget dolor nunc aliquet adipiscing. Lorem nunc praesent mauris, dolor congue, proin mauris feugiat dolore, aliquet at dolor donec ante. Non elit pulvinar ut id sit magna nibh euismod turpis aliquam nibh id turpis ac. Tincidunt aliquet, mauris dolor donec, mi volutpat consectetur erat, lobortis, sem elit pulvinar nisi et. Turpis sed dolore ante eget amet donec proin molestie pharetra, dolore mi volutpat amet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy ipsum nisi et id turpis aliquam et id turpis ac lobortis ullamcorper adipiscing lorem tincidunt. Praesent volutpat nonummy tempus ut nonummy tempus massa non elit ipsum ut proin, id amet aliquam nibh ullamcorper. Turpis ac tincidunt ullamcorper adipiscing dolor congue praesent molestie dolor magna, mi pharetra erat massa sem elit pulvinar. Nisi laoreet euismod adipiscing feugiat, congue ante volutpat nonummy, erat, massa non nonummy ipsum ut sem eget ipsum. Ut diam id aliquam nibh ullamcorper adipiscing lorem lobortis aliquet at feugiat dolore ante molestie, consectetur erat massa. Non nonummy pulvinar ut et eget sit lorem praesent molestie pharetra congue ante volutpat nonummy, erat lobortis sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor congue mi molestie sit laoreet tellus at donec. Laoreet sem at erat massa aliquet, elit sed nunc, aliquet. Elit sed laoreet tellus consectetur ac nibh id adipiscing lorem. Tincidunt eget amet donec massa volutpat amet, tempus ut et. Molestie turpis ac laoreet euismod consectetur lorem tincidunt aliquet mauris. Pulvinar donec nibh ullamcorper, felis sit dolore proin eget amet. Lorem, tincidunt mi, mauris pharetra erat massa volutpat consectetur tempus. Ut, diam id, sit aliquam nibh euismod, sit ac praesent. Molestie pharetra, donec ante sem, elit tempus massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, congue, diam, molestie pharetra laoreet, id sit magna laoreet tellus turpis erat. Mi tellus sit magna et id sit ac laoreet aliquet consectetur sed nunc. Proin volutpat pharetra, aliquam non pharetra dolore proin molestie dolor dolore praesent felis. Dolor magna mi molestie pharetra donec mi molestie pharetra donec laoreet tellus consectetur. Magna mi molestie magna, et molestie, consectetur erat tincidunt aliquet consectetur ac mi. Euismod turpis magna nibh, euismod sit aliquam nibh, id sit aliquam, nibh euismod. Nisi et eget turpis aliquam nibh ullamcorper turpis tempus lobortis euismod nonummy tempus. Nibh, euismod nonummy aliquam proin volutpat, pharetra dolore proin molestie, pharetra donec ante. Volutpat tempus lobortis, non, elit ipsum ut sem nonummy ipsum ut et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat mi id erat, massa aliquet, elit dolor tincidunt aliquet elit sed. Dolore sem mauris dolor dolore proin mauris dolor donec, nibh volutpat pharetra donec. Lobortis ullamcorper ipsum ut diam felis, ipsum ut sem elit pulvinar, ut diam. Eget ipsum ut diam eget ipsum nisi et eget ipsum nisi, nibh euismod. Amet dolore mi, molestie, pharetra tempus ut diam elit pulvinar nisi et, id. Turpis aliquam laoreet ullamcorper adipiscing, sed congue aliquet mauris dolor donec ante molestie. Consectetur erat volutpat elit ipsum nunc sem eget, ipsum nunc non, pharetra donec. Laoreet tellus consectetur sed nunc aliquet consectetur erat nunc sem elit, pulvinar ante. Volutpat amet aliquam nibh euismod nonummy tempus ut ullamcorper felis feugiat magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit nisi et id turpis lorem tincidunt euismod turpis nisi et euismod sit aliquam, nibh id turpis ac laoreet ullamcorper adipiscing feugiat dolore praesent adipiscing. Tincidunt praesent mauris lorem tincidunt diam mauris, sit congue mi tellus consectetur, erat laoreet non at ipsum massa aliquet at erat nunc sem elit dolor aliquet. At dolor dolore proin eget pulvinar donec ante volutpat amet tempus lobortis ullamcorper felis feugiat congue et id turpis ac mi tellus turpis ac et felis. Nisi, et eget pulvinar, nisi et id amet ac laoreet id turpis ac lobortis ullamcorper turpis lorem tincidunt aliquet adipiscing tempus tincidunt diam lorem magna praesent. Id pharetra donec mi tellus consectetur erat massa tellus sit magna mi molestie turpis erat nunc sem mauris dolor dolore praesent at dolor, dolore non nonummy. Tempus ut diam elit feugiat magna laoreet tellus at sed nunc sem at dolor nunc proin, mauris sed donec, proin eget dolor donec ante molestie tempus. Massa non nonummy ipsum ut sem nonummy tempus, massa diam, felis, sit magna et eget ipsum ut proin eget aliquam nibh id amet aliquam nibh euismod. Turpis lorem tincidunt aliquet felis dolor congue mi tellus consectetur donec mi mauris lorem ut ullamcorper adipiscing feugiat congue et feugiat, magna mi molestie turpis, erat. Tincidunt aliquet at sed tincidunt tellus consectetur lorem nunc praesent eget pharetra donec proin molestie pharetra congue aliquet at dolor dolore molestie feugiat congue, praesent molestie. Consectetur ipsum nunc, non nonummy sed nunc sem elit sed massa non consectetur, sed, dolore proin eget dolor dolore sem at sed tellus consectetur lorem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus, turpis sed tincidunt adipiscing feugiat congue proin mauris. Pharetra donec, massa volutpat nonummy tempus massa tellus consectetur erat. Massa tellus nonummy sed ut et id, pulvinar nisi nibh. Turpis, ac, tincidunt mi molestie pharetra erat massa non nonummy. Tempus nunc non elit pulvinar aliquam nibh tellus adipiscing lorem. Tincidunt aliquet at lorem lobortis felis feugiat dolore mi volutpat. Pharetra magna, ante tellus consectetur erat, nunc sem eget ipsum. Ut sem elit sed, dolore et eget, ipsum et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur lorem dolore proin mauris dolor dolore praesent mauris pharetra donec ante volutpat pharetra massa volutpat elit feugiat ac laoreet. Euismod consectetur sed nunc aliquet mauris lorem laoreet euismod adipiscing sed laoreet ullamcorper at dolor dolore ante molestie erat lobortis. Diam felis feugiat nisi et id sit ac laoreet aliquet at dolor donec proin non adipiscing feugiat magna mi, molestie. Turpis sed dolore proin volutpat nisi ante volutpat amet tempus nibh ullamcorper felis sit donec laoreet non elit ipsum dolore. Sem at sed nunc proin volutpat pulvinar dolore volutpat pulvinar aliquam ante eget pulvinar donec, ante volutpat pharetra aliquam, massa. Volutpat pharetra aliquam ante molestie pharetra erat lobortis non nonummy tempus lobortis sem elit, pulvinar sem elit ipsum nisi, et. Tellus at dolor congue proin mauris dolor donec massa, volutpat amet erat massa sem elit tempus ut diam eget, pulvinar. Magna nibh adipiscing sed dolore ante molestie amet, aliquam massa ullamcorper elit ipsum ut sem id sit ac laoreet aliquet. At dolore nibh non, adipiscing sit donec, mi tellus consectetur sed nunc aliquet elit, dolor dolore sem, elit dolor nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget amet donec nibh non nonummy tempus massa, volutpat. Pharetra erat massa non nonummy erat, massa, non nonummy donec. Et euismod, turpis ac laoreet euismod turpis aliquam nibh id. Amet ac laoreet aliquet at, lorem congue praesent mauris dolor. Donec massa non felis nisi et id, turpis ac nibh. Eget pulvinar, aliquam et eget ipsum dolore sem eget amet. Aliquam nibh, ullamcorper adipiscing feugiat congue, diam mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet, aliquam, massa non nonummy tempus ut diam molestie, sit magna et euismod turpis magna nibh id ac laoreet euismod sit aliquam. Laoreet ullamcorper, turpis lorem tincidunt aliquet at feugiat congue praesent felis, dolor, donec ante tellus pharetra erat massa elit pulvinar nisi et euismod. Amet, aliquam et, euismod, turpis nisi et euismod, turpis tempus tincidunt ullamcorper adipiscing, feugiat, congue praesent molestie pharetra donec massa tellus consectetur nisi. Nibh id turpis aliquam, et volutpat, turpis ac tincidunt praesent mauris, dolor congue, praesent mauris feugiat magna mi molestie consectetur donec laoreet id. Amet, aliquam lobortis ullamcorper at feugiat tincidunt aliquet, adipiscing lorem congue diam nonummy aliquam nibh, euismod nonummy tempus lobortis ullamcorper nonummy tempus lobortis. Ullamcorper, nonummy ipsum, non nonummy erat massa volutpat consectetur erat lobortis, sem felis tempus nunc sem elit sed massa non consectetur erat massa. Non elit erat laoreet aliquet at erat aliquet at dolor nunc ante euismod adipiscing feugiat magna praesent mauris sit magna laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et volutpat amet nisi proin eget, pulvinar nisi proin at dolor dolore nibh volutpat. Tempus ut praesent id pharetra magna, laoreet aliquet consectetur erat, laoreet tellus consectetur erat laoreet euismod. Consectetur lorem tincidunt tellus at lorem congue praesent dolor donec ante non elit ipsum ut diam. Elit ipsum ut, diam id pulvinar ut diam eget ipsum ut diam id pulvinar nisi, proin. Eget pulvinar nisi, eget sed nunc aliquet elit sed tincidunt tellus consectetur lorem tincidunt tellus consectetur. Sed donec nibh volutpat amet aliquam massa non, felis ipsum ullamcorper elit, ipsum nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum nunc diam id turpis ac tincidunt aliquet adipiscing, laoreet ullamcorper turpis ac tincidunt praesent mauris dolor dolore, massa diam felis ipsum ut et euismod adipiscing. Sed donec nibh non nonummy aliquam massa non tempus ut diam felis feugiat magna laoreet euismod, turpis lorem nunc aliquet, consectetur lorem laoreet tellus, at dolor dolore. Aliquet mauris sed congue, praesent at erat, massa, non nonummy tempus ut diam id sit ac tincidunt aliquet at dolor dolore proin volutpat pharetra donec massa non. Nonummy ipsum nisi molestie turpis erat nunc proin volutpat nonummy aliquam nibh ullamcorper felis sit magna mi molestie consectetur ipsum dolore proin elit, ipsum dolore proin volutpat. Amet tempus tincidunt adipiscing tempus, tincidunt praesent molestie pharetra erat nunc, sem id amet, ac tincidunt aliquet at, dolor, erat lobortis diam, id sit ac laoreet aliquet. Mauris dolor proin mauris sed dolore praesent mauris dolor donec proin mauris dolor donec massa non nonummy tempus lobortis diam elit sit et, id sit magna diam. Nonummy sed nunc sem elit ipsum nisi nibh euismod turpis ac tincidunt, ullamcorper, felis feugiat tincidunt ullamcorper adipiscing lorem lobortis diam felis congue praesent id sit magna. Mi id pharetra ac laoreet tellus consectetur erat nunc sem consectetur erat nunc proin volutpat, amet, aliquam nibh volutpat amet dolore proin, pharetra donec proin molestie dolor. Dolore ante non elit, ipsum nisi mi id turpis lorem laoreet aliquet at sed nunc aliquet at pharetra dolore ante non nonummy magna mi molestie consectetur dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et id pulvinar ac praesent mauris, pharetra donec ante volutpat, nonummy ipsum ut ullamcorper, elit feugiat nisi mi id sit nisi mi felis ipsum ut diam, id sit. Aliquam ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing lorem congue mi molestie pharetra dolore praesent felis dolor congue praesent, molestie pharetra donec massa non, nonummy erat massa, eget pulvinar nunc. Sem eget pulvinar aliquam, lobortis ullamcorper turpis lorem tincidunt, praesent mauris pharetra donec ante molestie pharetra erat massa non molestie turpis ac laoreet euismod turpis, ac nibh id, pulvinar. Aliquam nibh ullamcorper turpis tempus tincidunt aliquet felis, feugiat congue mi, molestie pharetra donec mi molestie, pharetra magna, id feugiat congue, mi molestie turpis ac massa aliquet at erat. Laoreet tellus consectetur sed tincidunt tellus consectetur, lorem nunc praesent adipiscing lorem laoreet ullamcorper adipiscing ac euismod adipiscing feugiat congue, mi non consectetur erat massa volutpat consectetur donec ante. Sem elit sit lorem laoreet ullamcorper adipiscing, dolore ante volutpat nonummy tempus ut diam elit ipsum lobortis non nonummy donec massa tellus pharetra donec laoreet tellus, pharetra donec laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi volutpat nonummy donec ante volutpat nonummy tempus massa, sem elit, ipsum nisi et id, turpis nibh ullamcorper adipiscing ac tincidunt aliquet. Mauris dolor dolore, ante volutpat consectetur erat ante volutpat, pharetra erat, massa non nonummy sed nunc proin mauris dolor, aliquam massa, volutpat amet. Erat massa sem, felis sit erat tincidunt, aliquet at sed donec ante volutpat amet donec nibh non amet aliquam massa, volutpat, erat massa. Ullamcorper id turpis ac, mi euismod consectetur lorem nunc aliquet mauris dolor dolore praesent eget pharetra dolore proin volutpat amet aliquam mi id. Turpis ac tincidunt tellus, consectetur sed nunc sem at sed, nunc praesent at sed dolore, praesent mauris sed tincidunt praesent at dolor dolore. Mi molestie ipsum ut sem, elit, pulvinar nisi et eget sit aliquam et euismod adipiscing lorem laoreet euismod turpis ac nibh euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nonummy, lorem magna mi non elit ipsum. Nisi nibh euismod, adipiscing feugiat donec non nonummy. Ipsum lobortis sem felis ipsum, ut et id. Pulvinar magna et, id pulvinar aliquam nibh id. Turpis lorem tincidunt, praesent mauris pharetra dolore mi. Nonummy ipsum nisi et euismod turpis magna nibh. Tellus adipiscing sed congue proin mauris, dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem pulvinar, aliquam nibh volutpat amet nisi nibh euismod nonummy tempus lobortis, ullamcorper felis sit. Magna, praesent id sit magna, mi tellus pharetra erat laoreet, sit, ac laoreet tellus turpis. Ac laoreet tellus consectetur lorem tincidunt aliquet mauris dolor congue praesent at dolor congue, praesent. Molestie amet erat ante molestie donec ante volutpat consectetur tempus massa, sem elit ipsum ut. Proin euismod sit aliquam laoreet ullamcorper adipiscing lorem tincidunt, aliquet mauris feugiat congue, praesent dolor. Magna ante non elit ipsum nunc, sem elit pulvinar aliquam nibh euismod amet nisi nibh. Id turpis ac tincidunt praesent felis feugiat tincidunt diam adipiscing magna mi molestie sit magna. Massa non at ipsum ut et eget pulvinar dolore proin eget dolor dolore, ante eget. Pulvinar nisi ante, mauris dolor dolore volutpat nonummy feugiat magna praesent molestie sit ac mi. Tellus turpis ac, tincidunt aliquet elit sed nunc proin eget, pulvinar aliquam lobortis ullamcorper, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, ut et id consectetur sed dolore sem elit dolor nunc aliquet at sed dolore nibh amet, aliquam nibh volutpat, pharetra aliquam lobortis non nonummy ipsum. Congue, mi aliquet elit dolor dolore proin, eget pulvinar aliquam lobortis volutpat pulvinar aliquam non, adipiscing ipsum lobortis diam, id sit congue mi molestie consectetur erat. Tincidunt tellus, turpis erat, tincidunt tellus turpis lorem tincidunt aliquet at sed nunc aliquet, at congue praesent at dolor, congue praesent mauris, dolor congue praesent molestie. Pharetra donec, ante tellus, consectetur, erat, nunc non consectetur erat massa non erat laoreet non elit erat nunc proin, elit dolor nunc sem eget pulvinar nisi. Nibh euismod nonummy tempus magna mi molestie pharetra magna mi tellus consectetur erat molestie sit magna, et molestie sit, magna, mi, tellus consectetur, ac laoreet tellus. Adipiscing ac laoreet tellus turpis ac tincidunt praesent molestie pharetra dolore mi mauris, pharetra mi molestie, pharetra donec ante non consectetur donec ante sem nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et molestie pharetra, sed nunc aliquet at sed nunc, sem, mauris pulvinar nisi nibh euismod adipiscing lorem ut, diam. Id pharetra nunc sem elit pulvinar, nisi proin, volutpat adipiscing, lorem tincidunt aliquet mauris dolor magna mi tellus nonummy. Erat nunc sem, eget pulvinar aliquam laoreet at dolor dolore aliquet adipiscing lorem tincidunt aliquet adipiscing lorem congue diam. Mauris pharetra donec massa, sem elit ipsum nisi sem, eget amet aliquam et id aliquam, et volutpat pulvinar nisi. Proin, volutpat pulvinar aliquam ante eget pulvinar donec nibh non nonummy feugiat congue mi id feugiat ut et id. Magna laoreet tellus consectetur erat tincidunt sem mauris dolor nunc proin mauris dolor dolore proin eget pharetra aliquam ante. Non nonummy ipsum nisi mi molestie turpis laoreet euismod turpis lorem tincidunt aliquet mauris pulvinar donec ante volutpat pharetra. Dolore ante molestie dolor, congue, ante molestie pharetra erat massa volutpat, consectetur erat massa non erat, massa non, nonummy. Sed ut proin id adipiscing sed congue, praesent at pharetra donec praesent molestie pharetra, dolore praesent lorem tincidunt euismod. Nonummy tempus lobortis ullamcorper adipiscing lorem ut ullamcorper nonummy aliquam, massa, ullamcorper elit tempus nisi diam, id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod turpis sed nunc praesent eget amet donec ante volutpat nonummy tempus ut diam felis nisi mi euismod pulvinar magna mi euismod consectetur. Sed, donec, nibh eget sed congue aliquet at ac tincidunt ullamcorper adipiscing lorem tincidunt ullamcorper mauris tincidunt aliquet felis feugiat magna mi molestie pharetra. Donec nunc sem eget pulvinar, aliquam nibh euismod turpis ac lobortis euismod turpis lorem tincidunt praesent felis feugiat tincidunt adipiscing lorem congue, praesent molestie. Pharetra erat massa non consectetur sed nunc aliquet, elit ipsum nunc sem eget dolor nunc sem mauris sed aliquet consectetur lorem tincidunt aliquet adipiscing. Lorem tincidunt aliquet at sed congue praesent mauris, feugiat dolore praesent molestie consectetur erat ante volutpat pharetra erat massa non, nonummy ut et id. Turpis ac nibh euismod adipiscing lorem tincidunt praesent mauris dolor dolore, ante molestie consectetur erat, massa non, consectetur donec massa sem nonummy ipsum nunc. Elit pulvinar aliquam lobortis aliquet mauris dolor donec ante volutpat, nonummy erat ante tellus consectetur tempus, nunc sem eget sed sem elit pulvinar nisi. Nibh euismod turpis ac lobortis ullamcorper felis dolor, magna mi volutpat pharetra donec ante non nonummy sed, massa sem consectetur erat laoreet non erat. Nunc sem elit pulvinar dolore et volutpat amet tempus, nibh, euismod amet aliquam ante volutpat amet aliquam proin volutpat amet donec lobortis ullamcorper amet. Erat lobortis nonummy tempus lobortis diam felis sit ac, laoreet aliquet consectetur sed nunc praesent mauris pharetra donec ante non adipiscing ipsum ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pulvinar ut et id, sit. Ac laoreet tellus adipiscing sed congue. Proin dolor donec proin molestie pharetra. Dolore mi mauris pharetra erat massa. Volutpat consectetur erat ante molestie consectetur. Sed, ut diam eget sit nisi. Et id amet nibh id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc sem mauris pulvinar donec ante eget pulvinar donec nibh non adipiscing ante volutpat amet tempus ut diam elit tempus ut diam. Felis pulvinar magna et euismod turpis magna nibh euismod sit, nisi nibh euismod turpis ac laoreet pulvinar nisi et volutpat amet nisi, et. Euismod turpis tempus lobortis euismod nonummy tempus congue praesent felis sit magna praesent id sit magna et id congue et felis feugiat ut. Et euismod consectetur ac tincidunt tellus consectetur lorem tincidunt aliquet at sed congue praesent volutpat amet aliquam ante, dolor donec ante volutpat nonummy. Tempus ut diam felis, sit ac laoreet aliquet adipiscing lorem tincidunt, tellus adipiscing lorem tincidunt praesent, mauris feugiat congue aliquet mauris dolor aliquet. Mauris pharetra donec ante molestie pharetra magna, praesent molestie pharetra donec laoreet tellus, consectetur sed massa proin eget sed massa, sem elit, pulvinar. Nisi ante volutpat tempus lobortis volutpat amet aliquam ante volutpat amet, donec proin volutpat amet, donec massa, ullamcorper, elit ipsum lobortis sem felis. Massa sem nonummy tempus massa non nonummy erat massa non elit ipsum ut sem elit ipsum nunc proin eget pulvinar nisi et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem dolore ante volutpat adipiscing lorem ut diam felis feugiat magna mi, molestie turpis magna id sit magna et. Felis sit nisi et, eget ipsum ut diam eget ipsum nisi proin id amet aliquam nibh euismod turpis aliquam. Lobortis ullamcorper felis consectetur, erat ante non consectetur erat massa sem elit sed massa non, at sed nunc sem. Elit dolor dolore, et euismod, turpis tempus lobortis ullamcorper, tempus lobortis non nonummy tempus, lobortis diam felis feugiat, congue. Mi molestie turpis ac mi tellus turpis ac laoreet, aliquet mauris dolor donec volutpat amet, aliquam, nibh, volutpat nonummy. Tempus lobortis diam elit tempus massa non elit erat lobortis diam elit tempus nunc sem elit, erat massa, sem. Tellus at tincidunt aliquet at lorem laoreet ullamcorper adipiscing lorem tincidunt, ullamcorper adipiscing lorem tincidunt, aliquet mauris feugiat congue. Ullamcorper felis feugiat ut diam felis lorem lobortis ullamcorper felis ac massa aliquet consectetur sed massa, tellus, consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt aliquet at sed euismod. Turpis lorem laoreet aliquet at lorem. Laoreet ullamcorper turpis, ac nibh, volutpat. Adipiscing feugiat congue diam, felis feugiat. Congue praesent molestie consectetur erat tellus. Consectetur sed massa sem eget, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi, tellus sit magna mi id. Sit magna nibh sit nisi nibh euismod. Adipiscing lorem congue proin molestie dolor dolore. Mi molestie pharetra donec, massa non nonummy. Tempus nunc diam eget ipsum nunc diam. Turpis, lorem, tincidunt aliquet mauris dolor congue. Proin molestie feugiat congue aliquet adipiscing tempus. Lobortis ullamcorper adipiscing lorem lobortis, euismod nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, aliquet at sed, dolore praesent at dolor. Dolore ante, volutpat nonummy tempus, lobortis sem elit. Ipsum ut et euismod aliquam laoreet tellus turpis. Aliquam laoreet ullamcorper at feugiat congue mi mauris. Pharetra donec, massa sem elit tempus nunc diam. Eget pulvinar, ut diam sed, nunc proin eget. Pulvinar dolore proin, elit ipsum dolore proin elit. Dolor aliquam nibh, euismod, amet aliquam ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue, aliquet eget pharetra donec massa non, nonummy tempus ut sem felis sit ut. Diam euismod turpis magna nibh aliquet adipiscing laoreet, tellus, adipiscing, lorem tincidunt, ullamcorper at feugiat. Congue praesent mauris dolor donec mi mauris, dolor donec ante tellus consectetur erat ante non. Nonummy erat sem elit pulvinar aliquam nibh euismod turpis ac lobortis ullamcorper adipiscing, lorem tincidunt. Diam, adipiscing feugiat congue praesent mauris, feugiat magna mi, tellus pharetra ac, laoreet non sed. Nunc proin volutpat pulvinar aliquam lobortis euismod adipiscing lorem tincidunt diam felis feugiat magna mi. Molestie sit donec mi tellus consectetur magna felis feugiat nisi et id feugiat nisi et. Felis pulvinar nisi et eget pulvinar nisi, et eget pulvinar ac, laoreet euismod adipiscing lorem. Congue, praesent mauris feugiat praesent felis, lorem congue diam adipiscing lorem congue praesent mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum congue mi molestie magna laoreet tellus turpis ac mi euismod sit ac, laoreet tellus turpis magna laoreet tellus at sed congue proin. Mauris pharetra dolore praesent mauris congue praesent molestie, pharetra erat massa volutpat nonummy ipsum massa tellus nonummy sed nunc diam, eget sit ac. Congue, proin mauris pharetra erat massa volutpat sit ac laoreet aliquet consectetur sed tincidunt aliquet, consectetur ac nibh id sit nisi et id. Pulvinar nisi proin elit pulvinar dolore proin elit, pulvinar aliquam tincidunt molestie pharetra donec ante molestie pharetra erat laoreet tellus consectetur donec mi. Tellus pharetra ac nunc aliquet elit sed nunc proin eget pulvinar ante volutpat nonummy, tempus, ante volutpat adipiscing lorem ut diam adipiscing tempus. Lobortis non amet erat, massa non elit sit magna mi euismod consectetur sed dolore ante pulvinar nunc proin mauris dolor dolore praesent, mauris. Amet aliquam massa non felis, feugiat magna et id sit magna tincidunt aliquet at sed tincidunt praesent eget dolor ante eget pharetra congue. Praesent, mauris dolor dolore praesent molestie amet ipsum ut et felis pulvinar nisi laoreet tellus adipiscing laoreet tellus adipiscing ac nibh id amet. Dolore sem elit ipsum nunc proin volutpat amet nisi ante euismod nonummy aliquam nibh, volutpat amet aliquam proin eget pharetra proin volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet erat lobortis, sem felis, pulvinar ut et erat massa non, nonummy sed nisi et euismod sit ac laoreet ullamcorper adipiscing lorem, tincidunt praesent felis feugiat, congue, mi molestie dolor. Donec massa sem ipsum ut diam id sit aliquam nibh ullamcorper adipiscing ac tincidunt ullamcorper mauris dolor dolore mi mauris feugiat congue, praesent mauris sit magna, mi tellus donec nunc. Non eget, pulvinar aliquam nibh euismod turpis, ac tincidunt aliquet mauris dolor magna ante non elit pulvinar nisi laoreet euismod at dolor, proin volutpat amet aliquam lobortis ullamcorper felis sit. Ac tincidunt, sem eget dolor nisi nibh volutpat nonummy aliquam nibh non nonummy lorem lobortis non adipiscing ipsum, ut felis feugiat ut diam id turpis ac laoreet euismod turpis lorem. Tincidunt aliquet at dolor dolore proin volutpat amet aliquam massa ullamcorper felis feugiat ut, et ipsum ut et felis sit ac laoreet euismod consectetur lorem nunc praesent at lorem, tincidunt. Aliquet mauris pharetra aliquam lobortis, ullamcorper ipsum ut sem felis, ipsum ut et euismod consectetur, sed, dolore proin eget amet donec ante eget pharetra dolore proin volutpat pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet mauris dolor donec ante. Euismod nonummy tempus nibh ullamcorper felis. Pharetra, ac mi sit magna, et. Id consectetur sed nisi ante volutpat. Turpis dolor, magna ante tellus, pharetra. Donec massa sem elit pulvinar aliquam. Laoreet aliquet adipiscing lobortis ullamcorper adipiscing. Lorem congue, praesent molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper amet, aliquam nibh ullamcorper adipiscing ipsum lobortis nonummy ipsum lobortis ullamcorper nonummy tempus ante volutpat pharetra. Magna ante tellus pharetra donec ante molestie, consectetur erat massa non consectetur ac laoreet tellus consectetur nunc sem. Elit pulvinar aliquam nibh euismod nonummy aliquam, nibh ullamcorper nonummy tempus ut, diam id sit ac laoreet molestie. Feugiat magna mi id magna mi, id, sit erat mi euismod sit magna nibh euismod pulvinar nisi diam. Id sit, nisi et eget, amet aliquam et volutpat amet proin, volutpat amet aliquam nibh ullamcorper nonummy aliquam. Lobortis ullamcorper adipiscing lorem ut diam felis feugiat, congue et felis feugiat congue et felis feugiat lobortis non. Consectetur mi mauris dolor magna ante molestie, pharetra donec laoreet non consectetur ac laoreet, molestie sit congue diam. Id turpis ac laoreet euismod, sit ac tincidunt tellus ac tincidunt aliquet at dolor donec ante non, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec massa ullamcorper elit lobortis diam elit tempus ut et id sit magna nibh euismod adipiscing. Sed dolore ante ullamcorper felis sit magna diam id sit, magna tincidunt, sem felis feugiat sit ac. Laoreet sem elit pulvinar, dolore proin elit sed nunc proin eget pulvinar dolore proin mauris sed nunc. Praesent mauris sed nunc ullamcorper felis feugiat magna mi, molestie sit magna et id turpis, ac laoreet. Tellus at sed donec praesent mauris dolor, nunc praesent, at sed congue proin, mauris congue praesent volutpat. Amet ipsum, lobortis sem nonummy tempus massa non nonummy tempus, nunc non elit ipsum nisi et euismod. Turpis aliquam laoreet, turpis ac lobortis ullamcorper, felis feugiat tincidunt praesent mauris dolor donec mi molestie consectetur. Erat massa non nonummy ipsum nunc sem elit sed nunc, aliquet at sed molestie turpis, magna laoreet. Euismod, turpis ac laoreet euismod sit ac nibh euismod, turpis, ac laoreet ullamcorper adipiscing lorem, dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, id sit nisi nibh tellus consectetur lorem nunc praesent mauris, amet aliquam massa volutpat amet donec proin mauris congue praesent mauris dolor magna. Mi non, nonummy ipsum magna, nibh euismod sit ac tincidunt, aliquet at sed congue aliquet at, feugiat congue praesent feugiat congue praesent mauris dolor. Congue praesent mauris sit magna praesent molestie consectetur erat, laoreet molestie pharetra ac laoreet molestie consectetur erat laoreet tellus turpis ac laoreet pulvinar magna. Et id turpis ac laoreet, aliquet mauris, dolor donec ante molestie dolor congue proin mauris, dolor dolore mi molestie pharetra donec mauris, pharetra, erat. Massa non elit ipsum ut proin elit sed nunc proin, euismod, pulvinar nisi et volutpat amet aliquam lobortis, euismod turpis lorem lobortis ullamcorper adipiscing. Nibh ullamcorper nonummy tempus lobortis ullamcorper adipiscing tempus lobortis, diam elit feugiat ut ullamcorper felis feugiat nisi et id turpis ac laoreet euismod sit. Magna, nibh id nisi proin elit amet aliquam laoreet ullamcorper adipiscing ac nibh euismod, amet, aliquam lobortis ullamcorper adipiscing tempus, tincidunt ullamcorper, adipiscing nibh. Volutpat nonummy tempus, lobortis diam id pharetra ac massa tellus consectetur sed nunc aliquet consectetur erat mi tellus consectetur lorem tincidunt tellus adipiscing lorem. Tincidunt euismod pharetra donec ante molestie pharetra donec massa non, nonummy tempus massa non consectetur, tempus massa sem eget pulvinar nisi diam elit ipsum. Ut sem elit sed nunc eget amet, ac lobortis euismod turpis tempus lobortis euismod turpis aliquam nibh euismod amet donec, lobortis ullamcorper adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin elit dolor aliquam lobortis aliquet felis feugiat tincidunt diam felis feugiat ut. Mi felis erat massa non at sed massa, proin volutpat, amet ac lobortis aliquet. Felis pharetra erat massa non nonummy tempus nunc non nonummy ipsum ut et eget. Dolore proin id amet, ac lobortis, ullamcorper felis feugiat congue praesent mauris dolor magna. Diam mauris sit magna mi tellus, elit ipsum ut, sem eget nisi et volutpat. Amet aliquam et volutpat amet nisi, ante volutpat amet donec proin eget, pharetra donec. Nibh non adipiscing ipsum lobortis non dolore mi, volutpat nonummy erat massa non nonummy. Pulvinar nisi, et eget pulvinar nisi diam eget ipsum nunc non, at erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum nisi mi tellus consectetur sed tincidunt aliquet consectetur sed nunc, aliquet at. Lorem tincidunt, praesent, at sed praesent at dolor congue, praesent molestie pharetra dolore mi. Molestie consectetur erat massa non consectetur sed nunc diam elit, sit aliquam et id. Turpis ac aliquet, at dolor congue mi felis feugiat congue mi molestie consectetur erat. Massa non consectetur erat nunc sem eget pulvinar nisi et id amet ac, lobortis. Felis feugiat congue mi mauris, dolor magna mi tellus consectetur erat massa tellus at. Pulvinar nisi et ullamcorper turpis, ac tincidunt praesent mauris dolor praesent molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, praesent molestie nonummy erat laoreet tellus at erat massa aliquet turpis lorem tincidunt aliquet felis lorem, tincidunt diam felis feugiat congue diam felis feugiat ut ullamcorper felis. Ipsum ut ullamcorper elit ipsum ut diam felis sit mi tellus consectetur lorem tincidunt sem mauris pulvinar donec ante volutpat pharetra donec proin volutpat pharetra donec ante non. Amet erat massa non consectetur tempus non consectetur erat ante tellus consectetur erat, laoreet id pharetra donec laoreet molestie pharetra erat laoreet tellus consectetur ac massa aliquet consectetur. Sed proin eget dolor nunc, praesent mauris dolor aliquam nibh ullamcorper felis sit magna mi molestie sit ac laoreet aliquet at dolor nunc aliquet consectetur ac tincidunt aliquet. Amet aliquam lobortis ullamcorper felis feugiat congue praesent id pharetra ac laoreet molestie turpis ac, mi, tellus consectetur ac laoreet tellus consectetur lorem tincidunt, tellus adipiscing, sed praesent. Mauris dolor dolore ante, volutpat, pharetra dolore ante non pharetra dolore mi molestie pharetra magna ante tellus pharetra, donec non nonummy erat massa, tellus pharetra, erat mi molestie. Sit ac massa aliquet consectetur ac nunc aliquet mauris sed nunc proin eget pulvinar donec ante eget pharetra aliquet mauris, sed congue praesent mauris, dolor congue aliquet felis. Lorem lobortis ullamcorper, adipiscing feugiat, tincidunt diam mauris sit magna laoreet molestie pharetra donec mi tellus, erat nunc sem elit sed massa aliquet at erat tincidunt tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet aliquet mauris pharetra aliquam lobortis non nonummy ipsum ut et felis sit erat tincidunt tellus mauris pulvinar nisi ante, volutpat amet tempus diam, felis feugiat congue praesent id. Sit erat massa tellus turpis ac laoreet euismod, consectetur sed nunc, proin, eget dolor donec proin volutpat pharetra aliquam ullamcorper felis feugiat magna mi molestie sit magna et molestie turpis. Erat tincidunt aliquet at sed dolore ante volutpat pulvinar, donec ante non nonummy ipsum congue et sit magna laoreet tellus at sed nunc proin eget amet, tempus, tincidunt diam adipiscing. Feugiat, magna laoreet non at sed ut et id nisi proin eget pulvinar dolore ante volutpat amet aliquam nibh euismod amet aliquam nibh ullamcorper nonummy tempus lobortis non nonummy tempus. Massa, non nonummy erat, massa non tempus lobortis sem elit tempus, ut diam eget ipsum ut diam eget pulvinar ut et id turpis ac tincidunt aliquet at feugiat congue aliquet. Mauris feugiat magna mauris pharetra donec ante tellus consectetur erat massa sem elit ipsum dolore et euismod turpis aliquam proin eget dolor nisi eget dolor nisi proin mauris dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus at sed donec ante pharetra donec ante molestie amet, donec massa volutpat, dolor magna mi molestie feugiat, congue praesent mauris feugiat lobortis, volutpat amet aliquam massa. Non nonummy tempus diam felis feugiat magna mi tellus at sed tincidunt sem mauris pulvinar aliquam ante volutpat nonummy aliquam massa non felis ipsum ut ullamcorper felis sit. Nunc proin volutpat amet aliquam ante euismod amet aliquam lobortis diam adipiscing feugiat magna mi molestie, sit, magna mi felis, feugiat ut et, id ac laoreet tellus, at. Dolor donec proin volutpat pulvinar dolore proin volutpat amet tempus lobortis ullamcorper elit ipsum ut et id feugiat magna et felis pulvinar nibh euismod, turpis lorem tincidunt aliquet. Eget amet aliquam massa ullamcorper, felis feugiat ut diam felis feugiat nisi sem elit ipsum nisi et elit tempus ut sem sed nunc sem elit ipsum ut sem. Elit ipsum dolore proin elit dolor nunc sem elit pulvinar dolore sem volutpat pulvinar donec ante eget amet donec nibh, nonummy donec ante non amet tempus lobortis non. Nonummy tempus lobortis diam id turpis lorem tincidunt tellus at sed tellus adipiscing lorem tincidunt praesent mauris, feugiat dolore proin molestie pharetra, donec ante volutpat nonummy tempus, sit. Adipiscing adipiscing pharetra erat nisi dolore lobortis et sem euismod dolor tempus ut mi tellus mauris pulvinar lorem erat nunc et praesent volutpat adipiscing pharetra, pulvinar ac donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pulvinar donec nibh ullamcorper felis, feugiat magna mi. Molestie consectetur sed nunc sem eget pulvinar aliquam nibh. Euismod feugiat donec ante molestie dolor magna ante non. Id turpis lorem, tincidunt praesent mauris dolor dolore proin. Molestie dolor donec massa volutpat consectetur tempus non elit. Ipsum ut et eget pulvinar nisi, diam eget sit. Aliquam laoreet aliquet mauris feugiat dolore mi volutpat pharetra. Tempus lobortis, non consectetur ipsum nunc sem sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus elit sed dolore proin id, amet ac nibh euismod turpis tempus nibh nonummy lorem tincidunt diam felis feugiat congue diam felis feugiat. Magna mi id, pharetra ac laoreet, tellus consectetur, erat laoreet tellus consectetur erat laoreet tellus, consectetur tincidunt aliquet, at sed dolore praesent mauris sed. Congue praesent mauris dolor congue aliquet felis lorem, lobortis praesent felis lorem congue praesent felis feugiat magna molestie pharetra erat massa non at, sed. Dolore et id pulvinar nisi, proin eget dolor, nunc sem mauris dolor nunc sem mauris pulvinar lobortis ullamcorper nonummy tempus massa non nonummy tempus. Ut diam id turpis ac laoreet, tellus, consectetur ac tincidunt tellus consectetur lorem, tincidunt tellus adipiscing ac laoreet aliquet lorem tincidunt, aliquet at, lorem. Tincidunt praesent felis, dolor dolore mi molestie consectetur tempus nunc sem elit pulvinar magna et id sit aliquam nibh id pulvinar aliquam aliquet at. Feugiat dolore mi volutpat pharetra donec, ante tellus consectetur ipsum nunc sem, eget pulvinar aliquam nibh id turpis, nibh euismod turpis ac nibh euismod. Adipiscing feugiat congue praesent, mauris dolor congue praesent mauris pharetra magna praesent id sit ut ullamcorper nonummy aliquam lobortis diam elit nisi diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat massa sem elit pulvinar magna nibh at sed donec ante ullamcorper elit ipsum ut diam, felis feugiat magna mi tellus turpis lorem tincidunt tellus consectetur. Sed nunc aliquet at lorem congue proin sed dolore proin molestie pharetra erat ante sem felis pulvinar ut diam felis pulvinar magna nibh tellus turpis ac congue. Praesent eget dolor congue mauris dolor dolore praesent, felis lorem congue aliquet adipiscing feugiat congue diam felis feugiat magna mi molestie pharetra erat massa sem, eget turpis. Ac aliquet at lorem tincidunt praesent mauris dolor magna praesent molestie pharetra, donec mi tellus pharetra donec laoreet non at sed ut et euismod turpis ac lobortis. Euismod feugiat congue aliquet mauris pharetra donec ante tellus consectetur erat nunc sem elit pulvinar nisi et euismod amet lorem dolore ante non, nonummy tempus massa non. Elit magna diam id pulvinar nisi, et euismod turpis, lorem laoreet euismod turpis, ac lobortis ullamcorper turpis ac nibh euismod adipiscing aliquam ante volutpat lorem congue praesent. Mauris pharetra magna mi molestie pharetra erat massa non at sed dolore proin, volutpat amet tempus nibh euismod turpis tempus nibh ullamcorper, nonummy tempus non adipiscing feugiat. Congue praesent molestie consectetur erat laoreet aliquet at dolor dolore proin eget dolor nisi nibh euismod amet aliquam ante, non, nonummy tempus lobortis non ipsum ut diam. Elit, sit magna et id turpis erat tincidunt aliquet consectetur lorem tincidunt aliquet at lorem tincidunt aliquet at, sed dolore proin volutpat amet aliquam non elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non nonummy ipsum nunc sem. Ipsum nisi et id sit nisi et. Ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing lorem. Congue, praesent, molestie consectetur tempus nunc non. Nonummy ipsum ut sem pulvinar ut proin. Eget pulvinar nisi nibh euismod turpis ac. Lobortis euismod amet aliquam nibh ullamcorper nonummy. Aliquam lobortis euismod nonummy, tempus, ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent, molestie pharetra erat massa, molestie consectetur tempus. Nunc sem elit ipsum ut diam eget nunc sem elit. Ipsum nisi proin euismod turpis, ac lobortis ullamcorper, felis lorem. Lobortis ullamcorper adipiscing feugiat tincidunt, diam felis feugiat magna praesent. Mauris erat nunc sem elit sed massa tellus consectetur, erat. Nunc sem elit sed, tincidunt sem consectetur lorem laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc proin eget turpis ac tincidunt praesent molestie dolor dolore mi, molestie dolor magna praesent molestie dolor magna ante tellus, pharetra donec mi. Sit erat massa, non elit sed, nunc, aliquet elit dolor, dolore et eget, pulvinar aliquam nibh, euismod adipiscing tempus lobortis ullamcorper amet aliquam ante. Volutpat donec massa volutpat pharetra donec mi molestie dolor dolore, mi molestie pharetra magna ante tellus consectetur donec ante molestie sit, magna praesent, felis. Feugiat magna laoreet pharetra ac massa, aliquet at sed tincidunt aliquet mauris dolor tincidunt aliquet mauris dolor dolore proin eget pharetra donec proin eget. Pharetra donec ante pharetra dolore mi, molestie, consectetur erat ante, volutpat consectetur erat nunc non nonummy sed, nunc diam eget pulvinar nunc proin elit. Sed dolore proin elit pulvinar, sem eget dolor dolore sem mauris dolor nunc praesent mauris sed dolore proin eget dolor dolore aliquet at dolor. Congue aliquet at, lorem nibh ullamcorper felis feugiat mi molestie nonummy tempus nunc sem nonummy sed massa non at ipsum ut, sem at sed. Dolore proin eget pulvinar sit magna mi tellus consectetur lorem laoreet tellus adipiscing sed laoreet euismod turpis ac laoreet, euismod adipiscing ac lobortis ullamcorper. At lorem, tincidunt praesent mauris feugiat congue, felis feugiat ut praesent mauris sit, magna, laoreet, tellus consectetur erat massa aliquet at sed, nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor, nisi, proin eget pulvinar aliquam nibh volutpat dolor dolore praesent mauris sed dolore ante molestie pharetra. Donec mi dolor congue mi volutpat pharetra magna ante non nonummy ipsum nisi proin eget ipsum nisi et. Id amet aliquam lobortis ullamcorper adipiscing lorem nibh turpis aliquam nibh volutpat nonummy aliquam congue praesent mauris sit. Congue laoreet non consectetur sed nunc aliquet consectetur sed massa aliquet elit sed nunc sem, mauris, dolor aliquet. Mauris dolor nunc proin eget, pharetra donec proin eget dolor donec ante volutpat amet tempus lobortis non nonummy. Tempus ut diam elit nunc non consectetur erat massa sem elit pulvinar nisi proin elit erat laoreet molestie. Sit magna, mi, tellus consectetur ac mi euismod consectetur lorem tincidunt, praesent mauris laoreet tellus, adipiscing, ac, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin id amet ac nibh volutpat adipiscing lorem tincidunt praesent dolor magna mi molestie pharetra magna, laoreet tellus pharetra sed ut. Et euismod amet aliquam nibh euismod adipiscing feugiat tincidunt ullamcorper turpis lorem tincidunt ullamcorper donec lobortis diam, felis, lorem nibh ullamcorper. Adipiscing, sit magna et id sit magna mi, tellus at sed nunc proin mauris pulvinar dolore proin, volutpat tincidunt aliquet adipiscing. Lorem congue aliquet at feugiat dolore ante molestie dolor dolore mi, volutpat, nonummy ipsum ut nibh tellus consectetur lorem, nunc eget. Pharetra tempus ut et felis feugiat congue diam felis, turpis ac mi euismod sit ac laoreet tellus turpis ac, laoreet euismod. Turpis aliquam et euismod turpis et eget amet aliquam nibh volutpat amet aliquam et volutpat amet nisi, ante volutpat pulvinar aliquam. Ante volutpat, pulvinar, dolore proin volutpat amet tempus lobortis non nonummy proin molestie amet erat massa non, consectetur erat massa tellus. Consectetur erat massa non consectetur ipsum nisi nibh euismod turpis proin id turpis ac lobortis eget non euismod mauris, amet tempus. Magna ut tincidunt ante ullamcorper tellus ullamcorper molestie id consectetur sed dolore, sem volutpat pulvinar donec ullamcorper nonummy aliquam nibh, non. Nonummy ipsum ut et felis turpis magna mi, molestie turpis sed nunc sem mauris sed nunc, sem mauris dolor dolore, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tincidunt proin molestie, amet erat massa, non elit ipsum ut nonummy tempus ut diam id turpis aliquam laoreet tellus turpis lorem tincidunt. Aliquet at pharetra donec massa non, felis feugiat nisi et, id turpis, ac laoreet turpis lorem tincidunt praesent eget pharetra donec ante molestie. Amet tempus ut ullamcorper nonummy erat massa non nonummy tempus massa tellus consectetur ipsum nunc sem, erat laoreet tellus at sed nunc non. Elit pulvinar nisi et euismod adipiscing tempus, lobortis ullamcorper adipiscing feugiat magna praesent, molestie pharetra erat id pharetra erat, nunc sem elit, ipsum. Dolore proin eget amet nisi et eget pulvinar aliquam nibh euismod nonummy, tempus lobortis ullamcorper nonummy tempus congue praesent molestie ut ullamcorper elit. Feugiat congue et id turpis ac laoreet euismod turpis ac tincidunt aliquet at lorem nunc praesent eget amet aliquam massa ullamcorper adipiscing feugiat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R82558645b7e543a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb29dfff92c2e457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re1cb0d9d5c1c4da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcb04b72c6d934732" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R62fb1ee0b0a3419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R87778d1d3ac54d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re87c777482794063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f8ae2ab17e34d55" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>