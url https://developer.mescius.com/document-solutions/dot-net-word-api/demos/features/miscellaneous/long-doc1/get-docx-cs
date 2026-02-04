--- v7 (2026-02-03)
+++ v8 (2026-02-04)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R374efc4343034bce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R99d0156e52d74c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R51b0170704c24f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9eca39bc114a415d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9c7fc49ea184e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2fd9abff45b4408a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent aliquet nunc ipsum amet nonummy eget molestie volutpat diam lobortis ut, nunc, ut aliquam aliquam magna nisi donec magna ac tempus. Amet, elit eget mauris id euismod non, euismod ullamcorper sem aliquet nonummy at mauris felis eget mauris id volutpat sem sem mi. Laoreet magna nisi donec magna aliquam aliquam sed lorem tempus ac ac erat sed tincidunt ut, nunc tincidunt, ut nunc ut massa. Tincidunt ut ut congue massa laoreet nibh massa laoreet lobortis massa tincidunt tincidunt ut nunc magna ut tincidunt praesent et ante laoreet. Tincidunt ut dolore congue, nisi nisi magna nunc nibh ante praesent et euismod volutpat molestie id volutpat tellus euismod volutpat feugiat adipiscing. Elit euismod non sem mi nibh ante mi sem praesent diam, non aliquet, diam sem aliquet diam aliquet, ullamcorper non tellus ullamcorper. Sem praesent ullamcorper sit turpis amet pharetra amet pharetra feugiat dolor dolor sit dolor feugiat sit pulvinar sit sit, amet pharetra sit. Pharetra consectetur amet amet turpis turpis amet turpis, feugiat sit amet consectetur consectetur adipiscing nonummy at adipiscing elit adipiscing nonummy at at. Nonummy at felis elit consectetur pharetra turpis nonummy consectetur at adipiscing elit at id elit at, elit eget molestie molestie eget mauris. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Aliquam tincidunt proin molestie, amet erat massa, non elit ipsum ut nonummy tempus ut diam id turpis aliquam laoreet tellus turpis lorem tincidunt. Aliquet at pharetra donec massa non, felis feugiat nisi et, id turpis, ac laoreet turpis lorem tincidunt praesent eget pharetra donec ante molestie. Amet tempus ut ullamcorper nonummy erat massa non nonummy tempus massa tellus consectetur ipsum nunc sem, erat laoreet tellus at sed nunc non. Elit pulvinar nisi et euismod adipiscing tempus, lobortis ullamcorper adipiscing feugiat magna praesent, molestie pharetra erat id pharetra erat, nunc sem elit, ipsum. Dolore proin eget amet nisi et eget pulvinar aliquam nibh euismod nonummy, tempus lobortis ullamcorper nonummy tempus congue praesent molestie ut ullamcorper elit. Feugiat congue et id turpis ac laoreet euismod turpis ac tincidunt aliquet at lorem nunc praesent eget amet aliquam massa ullamcorper adipiscing feugiat. </w:t>
+        <w:t xml:space="preserve">Tellus non euismod massa sem tellus at adipiscing consectetur sed nisi. Donec massa adipiscing ipsum congue et molestie at sed nisi nibh. Aliquet, molestie nonummy ipsum ut nibh tellus at lorem tincidunt, praesent. At pharetra donec, ante volutpat pharetra, mi non amet tempus ut. Diam felis ipsum ut et tellus consectetur dolor donec nibh, non. Adipiscing ipsum congue mi tellus at, sed dolore eget pulvinar nisi. Nibh euismod adipiscing lorem congue mi tellus sit magna mi molestie. At ipsum ut sem elit pulvinar aliquam nibh euismod turpis nibh. Ullamcorper felis feugiat congue praesent tellus nonummy sed nunc sem elit. Ipsum ut, sem, at, sed nunc proin volutpat turpis, aliquam, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie sit donec massa sem elit ipsum nisi nibh euismod amet, aliquam, lobortis ullamcorper felis lorem congue mauris dolor donec massa, non euismod mauris. Adipiscing consectetur pulvinar ac congue ante et aliquet euismod felis nonummy turpis dolor aliquam, magna nunc et volutpat felis consectetur, sed nisi nibh aliquet molestie. Pharetra ipsum ac nunc et euismod mauris consectetur pulvinar magna tincidunt ante diam non euismod non non eget at erat lobortis non nonummy ipsum nisi. Et tellus sit ac, tincidunt sem at dolor aliquam nibh ullamcorper adipiscing tempus lobortis ullamcorper adipiscing ipsum mi molestie turpis magna tincidunt aliquet at sed. Nunc, proin volutpat pulvinar donec ante volutpat amet aliquam nibh eget dolor dolore praesent mauris pharetra donec ante non donec massa non nonummy tempus massa. Sem elit ipsum nisi nibh id pulvinar nisi proin eget amet aliquam et euismod amet aliquam nibh euismod amet nisi ante pulvinar dolore sem at. Sed dolore, proin eget amet dolore proin molestie pharetra pharetra ac mi tellus consectetur ac laoreet turpis, magna mi tellus turpis lorem tincidunt euismod turpis. Ac nibh euismod, turpis aliquam nibh euismod adipiscing, lorem congue aliquet adipiscing feugiat tincidunt mi mauris dolor congue felis feugiat magna mi mauris, sit erat. Massa non at erat nunc aliquet at erat nunc, sem at dolor, dolore sem mauris, dolor donec, proin mauris, dolor donec laoreet tellus pharetra ac. Laoreet, tellus consectetur sed massa sem at dolor dolore proin mauris dolor tincidunt, sem at dolor nunc praesent eget pharetra donec ante pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, molestie turpis ac mi tellus consectetur nunc proin volutpat, amet. Tempus, ut, mi molestie consectetur erat massa tellus at erat massa. Aliquet, at, sed, nunc sem mauris dolor donec ante amet, tempus. Ut, mi tellus consectetur erat laoreet molestie consectetur sed massa tellus. Elit dolor dolore proin volutpat, amet tempus lobortis ullamcorper nonummy tempus. Nibh pharetra donec ante, volutpat amet aliquam massa ullamcorper elit ipsum. Ut, et id sit magna, et euismod turpis, lorem nunc praesent. Eget pulvinar ante volutpat amet aliquam massa non nonummy ipsum ut. Ullamcorper elit ipsum ut sem elit ipsum nunc sem nonummy tempus. Nunc sem elit pulvinar, nisi et euismod, dolore, proin elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, tincidunt tellus consectetur sed nunc proin eget pulvinar tempus ut adipiscing tempus lobortis diam id, consectetur erat massa aliquet at sed nunc proin, eget amet, nisi nibh. Ullamcorper felis, feugiat magna mi molestie consectetur erat massa at pulvinar aliquam nibh euismod adipiscing feugiat, dolore mi volutpat nonummy tempus nunc diam id sit ac tincidunt aliquet. Mauris amet tempus lobortis diam felis ut mi molestie, sit magna mi euismod turpis ac nunc sem at pulvinar donec proin eget pharetra donec massa ullamcorper felis sit. Congue id turpis ac, tincidunt sem elit pulvinar aliquam nibh diam mauris, sit donec, massa, tellus nonummy sed nunc proin elit sed dolore, et euismod adipiscing lorem, congue. Felis dolor, magna ante non elit, ipsum nisi et id adipiscing ac tincidunt praesent mauris feugiat congue praesent mauris pharetra erat ante non nonummy tempus massa non magna. Ante tellus nonummy, ipsum ut, proin elit ipsum nisi nibh euismod adipiscing ac lobortis, ullamcorper felis feugiat dolore mi molestie donec ante, tellus consectetur erat massa sem id. Turpis ac laoreet ullamcorper turpis lorem congue ante, volutpat amet, erat massa sem felis, sit ac laoreet, euismod turpis nunc proin eget amet aliquam massa non elit ipsum. Ut diam molestie consectetur sed dolore ante ullamcorper adipiscing lorem tincidunt, diam felis sit donec, laoreet tellus consectetur laoreet molestie pharetra erat nunc aliquet elit dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet volutpat dolore ante volutpat, nonummy aliquam, nibh volutpat. Amet aliquam massa non nonummy tempus lobortis non amet. Ipsum nisi diam id, sit nisi nibh euismod magna. Nibh euismod adipiscing lorem tincidunt aliquet mauris pharetra donec. Ante non amet erat ante non elit ipsum ut. Diam id, sit magna nibh tellus aliquam, tincidunt praesent. Eget amet, donec ante volutpat amet tempus lobortis sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis dolor congue mi, mauris sit praesent id feugiat ut diam felis, feugiat congue et, id sit magna laoreet aliquet, elit dolor, nunc, proin eget. Amet aliquam ut diam mauris congue praesent molestie sit erat massa tellus consectetur erat, laoreet tellus at sed nunc aliquet consectetur lorem laoreet tellus at. Sed nunc, aliquet at dolor praesent molestie pharetra donec ante molestie pharetra erat massa volutpat nonummy erat, massa non nonummy tempus ut et euismod turpis. Ac tincidunt aliquet mauris dolor dolore mauris dolor dolore praesent molestie amet tempus lobortis diam felis pulvinar ut non, nonummy sed nunc sem, nonummy, erat. Nunc sem at sed nunc at sed dolore proin, volutpat amet tempus nibh volutpat amet aliquam nibh volutpat nonummy tempus ut praesent id sit magna. Laoreet tellus consectetur erat nunc proin eget dolore proin volutpat pulvinar nisi ante praesent diam tellus volutpat felis consectetur turpis, dolor donec, massa diam molestie. At amet dolor feugiat dolor lorem donec ut laoreet ullamcorper, tellus nonummy pulvinar nisi nibh ullamcorper at dolor congue praesent mauris dolor, dolore mi volutpat. Consectetur erat ante tellus magna mi tellus pharetra donec, massa non at sed nunc sem elit ipsum nisi et euismod turpis lorem congue praesent, molestie. Consectetur erat massa diam elit sed sem eget pulvinar nisi nibh id turpis, nisi nibh, volutpat amet aliquam lobortis ullamcorper mauris dolor magna mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat nonummy ipsum lobortis, ullamcorper nonummy erat lobortis ullamcorper elit ipsum lobortis non elit tempus nunc, non ipsum ut diam id. Sit aliquam et ullamcorper adipiscing sed dolore praesent mauris pharetra dolore mi, molestie pharetra donec massa non nonummy ipsum nisi id sit. Aliquam laoreet tellus at sed tincidunt praesent molestie dolor dolore mi volutpat amet erat lobortis, sem elit tempus ut diam, elit, pulvinar. Nisi, diam id aliquam et euismod, turpis ac, lobortis aliquet adipiscing lorem congue ullamcorper adipiscing dolor magna mi mauris pharetra donec nunc. Non elit ipsum ut at ipsum dolore proin eget ipsum, dolore proin elit sed dolore, sem mauris dolor dolore proin eget amet. Aliquam nibh volutpat dolor donec ante, volutpat nonummy tempus et, id, sit magna mi molestie, consectetur, ac nunc sem at lorem nunc. Proin mauris pulvinar, dolore proin eget pharetra donec massa molestie pharetra donec mi molestie congue praesent felis feugiat congue diam felis, feugiat. Congue, diam adipiscing pharetra erat massa tellus, at sed massa sem sed nunc sem elit dolor dolore aliquet, at sed nunc sem. At dolor dolore aliquet, at sed tincidunt aliquet mauris pharetra congue praesent volutpat nonummy erat ante dolor congue praesent felis dolor congue. Diam mauris feugiat magna mi mauris feugiat ut diam, id feugiat congue diam felis sit magna mi tellus turpis erat mi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, massa tellus elit ipsum nunc et eget pulvinar aliquam eget turpis ac, tincidunt aliquet felis feugiat tincidunt. Diam mauris pharetra magna mi tellus nonummy sed ut proin id sit ac laoreet aliquet, at feugiat ullamcorper. Felis pharetra dolore mi molestie consectetur erat massa, molestie pharetra erat massa, tellus nonummy ipsum ut, sem elit. Sed dolore proin eget pulvinar nisi volutpat pulvinar dolore ante euismod nonummy tempus nibh euismod amet aliquam nibh. Non adipiscing tempus lobortis non nonummy, tempus lobortis diam felis feugiat magna id sit magna laoreet tellus at. Sed dolore, ante volutpat amet tempus massa non adipiscing feugiat ut ullamcorper sit sed donec proin eget amet. Lorem, ut felis pharetra ac laoreet aliquet consectetur erat massa tellus turpis ac laoreet euismod sit magna laoreet. Tellus, consectetur sed tincidunt aliquet at dolor dolore proin molestie pharetra praesent molestie pharetra donec ante volutpat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna mi mauris pharetra, donec nunc consectetur erat massa sem id amet aliquam nibh euismod adipiscing lorem congue. Praesent molestie pharetra donec ante tellus, consectetur donec laoreet tellus nonummy sed, ut eget ipsum dolore, et eget pulvinar. Nisi nibh, euismod turpis tempus lobortis diam felis sit magna ante tellus consectetur erat nunc sem eget pulvinar aliquam. Euismod adipiscing lorem tincidunt mi mauris feugiat magna, ante tellus consectetur erat mi non elit pulvinar, ut proin id. Pulvinar nisi nibh euismod, lorem lobortis ullamcorper adipiscing lorem lobortis ullamcorper adipiscing lorem, tincidunt diam mauris pharetra magna, mi. Tellus, consectetur sed ut, et id turpis ac nibh volutpat adipiscing, feugiat ante volutpat elit ipsum nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, donec massa non, elit sed dolore et pulvinar aliquam nibh euismod adipiscing dolor donec ante tellus pharetra donec. Ante, non nonummy sed, massa non at sed nunc sem elit ipsum dolore, et, amet tempus nibh euismod amet. Tempus lobortis ullamcorper adipiscing lorem ut diam felis feugiat magna mi tellus consectetur sed dolore proin volutpat dolor nisi. Nibh pulvinar nisi proin eget pulvinar donec praesent mauris sed nunc proin eget dolor congue aliquet at dolor, congue. Praesent mauris dolor dolore, praesent feugiat tincidunt diam felis feugiat congue mi tellus pharetra donec massa non elit ipsum. Nisi et id amet aliquam nibh volutpat pulvinar aliquam, ante eget dolor dolore mauris pulvinar dolore proin volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore proin mauris pharetra dolore praesent mauris pharetra aliquet felis, lorem congue mi molestie consectetur donec mi. Molestie consectetur erat massa, tellus at sed nunc sem at ipsum dolore et euismod amet aliquam lobortis amet. Aliquam nibh, ullamcorper adipiscing lorem ut diam adipiscing ipsum congue diam id sit magna mi tellus consectetur erat. Tincidunt sem mauris dolor nisi diam adipiscing feugiat congue praesent id sit magna, mi molestie, consectetur sed nunc. Aliquet consectetur erat, tincidunt sem elit pulvinar, nisi nibh ullamcorper adipiscing ut mi molestie sit donec mi molestie. Pharetra erat massa sem at ipsum dolore et eget dolor nisi nibh euismod amet aliquam nibh volutpat amet. Aliquam diam id feugiat congue et tellus, at pulvinar nisi, et euismod amet aliquam lobortis ullamcorper adipiscing lorem. Congue diam felis sit magna mi molestie consectetur donec massa sit ac laoreet molestie consectetur, ac laoreet tellus. Consectetur ac laoreet aliquet at sed nunc praesent eget, amet aliquam nibh adipiscing ipsum ut diam felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non elit tempus massa sem consectetur nunc sem, elit pulvinar ut proin id, turpis lorem tincidunt aliquet adipiscing lorem dolore mi mauris pharetra erat nunc. Sem felis pulvinar magna, laoreet, tellus lorem congue, proin volutpat amet aliquam lobortis non nonummy, tempus ut diam id sit nisi et felis sit, magna, nibh, euismod. Adipiscing lorem tincidunt, tellus, lorem tincidunt praesent mauris dolor dolore ante molestie pharetra dolore ante non nonummy ipsum ut diam id turpis lorem nunc ante volutpat adipiscing. Ut et id sit, ac massa sem elit, pulvinar aliquam lobortis ullamcorper turpis, lorem congue praesent mauris pharetra magna mi molestie pharetra donec laoreet tellus, at ipsum. Aliquet elit dolor dolore proin euismod felis feugiat congue praesent molestie sit donec laoreet non consectetur sed nunc proin id amet, aliquam tincidunt, aliquet, mauris feugiat dolore. Felis, lorem magna praesent non nonummy tempus nunc sem nonummy sed massa tellus consectetur ac mi tellus, consectetur ac nunc sem elit nunc sem mauris dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus at lorem, dolore ante non amet. Tempus non felis sit magna laoreet aliquet consectetur. Sed dolore, proin volutpat nonummy, tempus ut praesent. Mauris pharetra donec massa tellus pharetra magna et. Molestie turpis laoreet aliquet consectetur sed dolore proin. Eget amet tempus lobortis diam felis feugiat congue. Mi molestie consectetur sed dolore et id amet. Ac tincidunt adipiscing feugiat congue praesent mauris dolor. Magna mi molestie consectetur sed nunc proin id. Turpis lorem tincidunt aliquet mauris pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit consectetur pulvinar sit sed aliquam tincidunt proin non. Id eget at amet sit erat dolore nibh mi. Aliquet ullamcorper molestie id turpis sed dolore nibh diam. Id elit amet feugiat aliquam magna laoreet proin ullamcorper. Non felis turpis pulvinar aliquam ante non id adipiscing. Dolor tempus ac nisi tincidunt massa, et, sem euismod. Molestie euismod elit turpis feugiat, erat nisi laoreet ante. Praesent sem tellus volutpat id ipsum aliquam donec ut. Massa nibh mi diam, euismod mauris nonummy sit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, ac donec, ut mi sem euismod molestie, felis consectetur, nonummy nonummy consectetur felis elit at id eget mauris felis eget mauris id volutpat, volutpat turpis turpis consectetur consectetur adipiscing. Elit mauris felis eget at adipiscing at turpis nonummy turpis amet amet sit pulvinar feugiat tempus magna dolore nibh praesent praesent volutpat felis consectetur pulvinar lorem, dolore lobortis laoreet et. Praesent diam id, ullamcorper ut laoreet ante non adipiscing feugiat congue praesent id feugiat nisi, proin volutpat dolor nisi ante euismod turpis aliquam nibh ullamcorper felis sit magna praesent tellus. Consectetur, pulvinar nisi et id amet aliquam nibh, euismod felis tincidunt aliquet felis feugiat tincidunt diam molestie pharetra donec mi tellus consectetur erat nunc sem eget amet, ac nibh euismod. Adipiscing, feugiat congue praesent mauris pharetra donec tellus consectetur tempus nunc et eget pulvinar, aliquam nibh id amet ac tincidunt praesent mauris, dolor dolore mi molestie nonummy, erat lobortis elit. Pulvinar magna tincidunt aliquet adipiscing lorem congue praesent mauris, dolor congue proin non amet erat massa sem elit tempus lobortis, sem felis, sit, ac nunc praesent ac laoreet aliquet, at. Dolor dolore ante non nonummy tempus ut et, id sit nisi mi tellus at sed dolore proin volutpat dolor dolore proin non nonummy, lobortis diam felis ipsum congue et molestie. Turpis, erat tincidunt aliquet at sed dolore proin eget pulvinar, tempus ut diam adipiscing feugiat magna mi molestie pharetra sed tellus consectetur dolor dolore sem elit dolor dolore ante euismod. Nonummy lorem ut praesent mauris feugiat donec laoreet non elit pulvinar nisi nibh id turpis lorem lobortis pulvinar tempus lobortis euismod, felis lorem congue praesent molestie consectetur erat massa sem. Elit pulvinar, dolore, proin euismod adipiscing lorem congue mi molestie nonummy tempus, ut sem pulvinar nisi nibh tellus adipiscing sed congue praesent mauris dolor aliquam ante molestie amet erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at sed, nunc ante volutpat nonummy tempus ut praesent id feugiat congue et id sit magna aliquet at sed dolore proin eget amet lorem. Congue, mi molestie pharetra erat massa non elit ipsum nunc non, elit ipsum nisi et volutpat amet nisi praesent felis dolor magna mi molestie pharetra. Erat massa molestie sit magna mi id sit ac laoreet molestie turpis, erat tincidunt aliquet at, sed, dolore mauris sed dolore nibh laoreet sem aliquet. Eget id elit at felis elit turpis lorem dolore lobortis et tellus mauris amet feugiat donec et praesent volutpat adipiscing pharetra, sed aliquam congue ante. Diam tellus volutpat felis, nonummy at, felis nonummy turpis ac nibh tellus adipiscing, lorem tincidunt aliquet adipiscing sed, ante ullamcorper felis ipsum nisi diam felis. Feugiat nisi laoreet, id sit, magna laoreet aliquet at dolor dolore praesent mauris dolor donec ante, molestie amet donec mi lorem tincidunt aliquet adipiscing lorem. Tincidunt diam mauris sit, congue praesent adipiscing tempus lobortis ullamcorper felis, feugiat, magna, mi tellus erat laoreet tellus turpis ac laoreet, tellus at lorem laoreet. Aliquet, consectetur ac tincidunt tellus adipiscing lorem tincidunt aliquet at dolor congue praesent molestie pharetra donec volutpat consectetur erat massa non, nonummy pulvinar, nisi et. Id turpis ac laoreet euismod turpis ac laoreet ullamcorper adipiscing feugiat congue aliquet mauris, dolor congue praesent, felis lobortis ullamcorper adipiscing feugiat congue diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante molestie pharetra ante volutpat pharetra dolore, mi volutpat nonummy tempus, ut diam elit ipsum ut diam eget. Sit ac nibh euismod turpis lorem tincidunt aliquet adipiscing lorem ullamcorper mauris dolor, congue praesent molestie pharetra donec, massa. Sem eget sit aliquam nibh id turpis ac nibh euismod pulvinar nisi, nibh euismod turpis ac volutpat amet tempus. Congue, praesent molestie consectetur erat nunc diam id turpis aliquam, nibh ullamcorper at dolor dolore praesent molestie amet erat. Mi volutpat donec ante non, nonummy tempus ut, sem elit sed ut sem elit ipsum ut, et eget pulvinar. Nisi et volutpat pulvinar nisi proin, eget pulvinar dolore mauris, amet, aliquam ante non amet tempus lobortis ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue mi molestie nonummy tempus sem felis pulvinar magna laoreet tellus, consectetur dolor dolore proin eget pharetra aliquam lobortis ullamcorper felis feugiat. Magna laoreet tellus at sed dolore proin euismod, tempus nibh ullamcorper adipiscing feugiat, donec laoreet tellus pharetra ac mi, non consectetur sed nunc. Proin, eget amet nisi ante eget amet tempus nibh ullamcorper aliquam ante volutpat amet aliquam nibh volutpat pharetra donec massa non elit feugiat. Ut et id feugiat ut et id sit, magna nibh sit magna laoreet aliquet adipiscing lorem tincidunt aliquet, at feugiat congue praesent mauris. Dolor, erat massa non elit tempus nunc, diam felis ipsum nunc sem elit sed proin id pulvinar nisi nibh euismod amet aliquam tincidunt. Praesent mauris pharetra magna ante molestie dolor magna ante, non nonummy erat massa sem nonummy pulvinar, nisi et pulvinar nisi, sem at sed. Dolore sem elit pulvinar nisi ante eget, dolor, dolore ante eget, dolor nunc praesent at ac tincidunt aliquet adipiscing lorem lobortis non felis. Ipsum ut et euismod turpis magna laoreet, aliquet at dolor donec ante non nonummy tempus, ut diam id magna mi, molestie at dolor. Dolore proin eget dolor dolore proin volutpat pulvinar donec proin mauris pharetra donec nibh eget, amet donec ante non, nonummy ipsum sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tempus nunc, sem, elit pulvinar. Magna tincidunt aliquet ac laoreet aliquet. Mauris pharetra, erat massa non nonummy. Tempus ut diam felis pulvinar, nisi. Et euismod sit magna laoreet tellus. At dolor donec massa volutpat dolore. Ante volutpat nonummy ipsum nisi et. Euismod consectetur sed dolore proin volutpat. Amet tempus, lobortis diam felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, volutpat amet erat lobortis diam id turpis ac laoreet, tellus at lorem laoreet euismod adipiscing ac, tincidunt, praesent eget pharetra aliquam at dolor donec, ante. Ullamcorper elit ipsum nisi mi tellus consectetur sed, nunc proin eget pulvinar aliquam nibh ullamcorper adipiscing, ipsum congue et molestie pharetra et molestie at sed nunc. Aliquet mauris, sed dolore proin mauris dolor dolore ante volutpat amet tempus nibh ullamcorper, adipiscing ipsum congue mi tellus consectetur erat tincidunt turpis sed nunc proin. Mauris pulvinar, tincidunt, proin volutpat amet aliquam lobortis ullamcorper adipiscing ipsum ut et id sit magna mi aliquet, elit dolore ante volutpat amet aliquam lobortis ullamcorper. Mauris sit donec, massa sem elit sed, massa sem elit ipsum dolore et volutpat, amet aliquam, lobortis ullamcorper, turpis tempus volutpat nonummy tempus nibh ullamcorper nonummy. Tempus ut praesent id sit congue, et id sit magna laoreet tellus at erat laoreet aliquet eget dolor dolore praesent mauris nunc proin volutpat, amet ipsum. Ut diam felis, feugiat magna mi tellus consectetur dolor nisi nibh euismod nonummy lorem ullamcorper adipiscing feugiat congue, praesent id sit congue, mi tellus, consectetur sed. Nunc et eget amet aliquam nibh volutpat adipiscing lorem, tincidunt praesent mauris sit, donec massa eget pulvinar, aliquam laoreet ullamcorper at feugiat congue mi mauris dolor. Dolore mi molestie consectetur erat massa non nonummy, ipsum ut diam id sit aliquam nibh ullamcorper feugiat congue mi molestie dolor dolore ante non nonummy tempus. Nisi et tellus consectetur sed tincidunt, praesent mauris dolor donec ante volutpat amet aliquam lobortis non nonummy lobortis diam id turpis magna laoreet aliquet mauris pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pulvinar aliquam tincidunt praesent molestie amet erat massa non elit feugiat ut. Et euismod consectetur lorem tincidunt proin volutpat pharetra tempus lobortis ullamcorper adipiscing magna. Laoreet aliquet at sed nunc et volutpat turpis tempus tincidunt diam mauris, pharetra. Erat ante tellus nonummy erat massa non at sed nunc, et pulvinar aliquam. Nibh euismod turpis lorem tincidunt, praesent molestie pharetra tempus massa sem eget pulvinar. Ut et id turpis ac congue aliquet mauris dolor dolore ante, volutpat donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis, sit donec mi tellus consectetur sed ut. Nibh ipsum dolore proin eget amet ac, nibh, aliquet felis. Dolor, magna ante, tellus consectetur tempus nunc non elit ipsum. Nisi et id amet aliquam nibh euismod aliquam lobortis ullamcorper. Adipiscing pharetra donec massa non nonummy tempus massa, non elit. Sit lorem tincidunt praesent at dolor dolore proin volutpat amet. Donec mauris dolor donec massa sem, elit sit magna et. Euismod adipiscing, lorem tincidunt praesent eget pharetra donec ante volutpat. Nonummy feugiat nisi et felis nisi mi euismod consectetur magna. Laoreet tellus, at pulvinar nunc proin, eget amet tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie donec ante, non elit ipsum ut diam id sit ac laoreet tellus adipiscing lorem laoreet. Ullamcorper at lorem tincidunt aliquet at dolor dolore mi volutpat donec, massa sem felis ipsum ut. Diam elit pulvinar nisi et id pulvinar aliquam laoreet ullamcorper at dolor donec mi volutpat pharetra. Donec ante pharetra donec massa non, nonummy ipsum nisi nibh id pulvinar aliquam nibh id, amet. Aliquam lobortis aliquet adipiscing ac lobortis, aliquet mauris dolor magna ante non nonummy nunc sem eget. Pulvinar nisi et id turpis ac tincidunt aliquet at dolor, dolore ante mauris, dolor magna praesent. Mauris pharetra erat massa pharetra magna mi tellus pharetra donec laoreet tellus at sed dolore, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis, erat, tincidunt sem, lorem dolore praesent mauris dolor dolore. Proin volutpat nonummy aliquam massa non elit, tempus lobortis ullamcorper, elit. Ipsum ut et id sit magna et, tempus massa sem elit. Sed nunc non consectetur erat nunc sem elit pulvinar dolore proin. Eget pulvinar, nisi lobortis ullamcorper, felis dolor magna, mi non adipiscing. Feugiat erat lobortis non nonummy erat, lobortis sem elit ipsum nisi. Diam eget sit nisi, laoreet tellus adipiscing lorem, laoreet aliquet adipiscing. Lorem congue at dolor dolore ante volutpat nonummy tempus nunc sem. Elit ipsum, magna et euismod adipiscing lorem, tincidunt aliquet mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore mi mauris pharetra donec ante, non, felis sit. Nisi, nibh tellus adipiscing lorem tincidunt tellus, turpis ac. Tincidunt aliquet lorem tincidunt, aliquet felis, dolor donec massa. Sem felis ipsum, ut sem nonummy, sed ut diam. Id turpis lorem laoreet aliquet at feugiat congue mauris. Dolor, donec massa sem elit pulvinar ut diam felis. Sit, magna nibh euismod adipiscing sed congue proin volutpat. Amet ipsum ut diam felis, feugiat ut, et ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, praesent molestie sit congue mi molestie pharetra donec massa non, at sed nunc sem pulvinar dolore et volutpat pulvinar aliquam lobortis euismod nonummy lorem lobortis non. Nonummy tempus ut, ullamcorper felis feugiat congue et id turpis sed dolore elit sed nunc proin eget, amet dolore proin eget amet aliquam nibh eget pharetra donec. Proin volutpat nonummy aliquam lobortis ullamcorper felis feugiat nisi, mi euismod consectetur tincidunt aliquet consectetur sed nunc proin eget, pharetra aliquam nibh ullamcorper nonummy tempus lobortis ullamcorper. Nonummy erat massa non nonummy tempus lobortis sem erat massa non consectetur donec laoreet molestie sit congue praesent id pharetra ac nunc sem elit ipsum dolore proin. Eget amet tempus lobortis diam nonummy tempus congue mauris feugiat magna mi molestie consectetur, ac massa tellus, consectetur erat massa aliquet elit dolor dolore ante, volutpat amet. Aliquam nibh, euismod, amet aliquam, ante eget dolor aliquet mauris sed tincidunt ullamcorper adipiscing lorem dolore ante mauris dolor, congue mi molestie pharetra magna ante non consectetur. Erat mauris, feugiat congue, praesent, molestie pharetra ac laoreet tellus turpis magna et molestie consectetur ac laoreet, tellus turpis lorem nunc aliquet consectetur lorem tincidunt aliquet, mauris. Dolor praesent, mauris pharetra aliquam ante molestie pharetra dolore praesent mauris dolor magna mi mauris dolor donec ante tellus pharetra magna praesent id sit magna mi molestie. Consectetur dolore proin volutpat pulvinar nisi nibh euismod, turpis lorem congue praesent felis sit donec laoreet molestie pharetra, donec mi id ipsum ut et molestie consectetur erat. Id sit magna mi id sit magna et euismod consectetur lorem laoreet tellus adipiscing aliquam nibh id, turpis, ac laoreet ullamcorper turpis ac lobortis euismod turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet eget amet tempus ut ullamcorper id sit mi molestie pharetra sed nunc et euismod felis feugiat donec. Ante non elit pulvinar, ut et, id sit aliquam et euismod turpis aliquam nibh euismod turpis nibh, eget. Turpis ac lobortis ullamcorper, adipiscing lorem, magna mi tellus nonummy ipsum ut et id sit ac laoreet ullamcorper. At dolor congue praesent ac tincidunt aliquet mauris dolor donec ante, volutpat elit, ipsum ut et euismod sit. Lorem laoreet ullamcorper at sed congue, proin mauris dolor congue praesent tempus tincidunt aliquet mauris dolor magna ante. Molestie consectetur sed nisi nibh euismod sit nisi et id turpis aliquam nibh euismod amet ac lobortis aliquet. Mauris tincidunt praesent mauris sit donec massa, non elit ipsum ut proin eget amet lorem laoreet euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt proin, volutpat amet aliquam ante euismod nonummy tempus lobortis ullamcorper felis feugiat, magna mi. Molestie consectetur sed nunc sem elit, pulvinar nisi, elit dolor nisi ante volutpat adipiscing, tempus. Lobortis diam tellus nonummy sed ut et id turpis ac lobortis ullamcorper adipiscing lorem congue. Praesent felis tincidunt praesent mauris sit donec ante molestie pharetra donec massa non at sed. Nunc et euismod at feugiat congue ante volutpat, nonummy tempus nunc diam id, sit, sem. Elit pulvinar, nisi et id turpis aliquam, laoreet ullamcorper adipiscing, lorem congue praesent molestie pharetra. Donec ante volutpat pharetra erat massa non erat ut et euismod at lorem tincidunt praesent. Molestie pharetra erat massa ullamcorper felis, feugiat ut et euismod turpis sed dolore nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tincidunt aliquet mauris, pharetra tempus ut et molestie. Consectetur, sed, laoreet aliquet at sed dolore proin eget. Pulvinar ante volutpat amet tempus lobortis ullamcorper adipiscing feugiat. Congue et felis sit ac laoreet euismod turpis ac. Laoreet sem eget, amet tempus ut, adipiscing lorem congue. Diam tellus, at sed dolore proin volutpat turpis lorem. Congue, praesent molestie, pharetra erat nunc, sem eget ipsum. Magna nibh tellus at dolor dolore adipiscing lorem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod turpis lorem tincidunt, diam mauris feugiat congue. Diam molestie consectetur, erat id pharetra magna praesent id. Pharetra erat laoreet molestie consectetur erat, laoreet tellus turpis. Ac laoreet aliquet at sed dolore ante eget pharetra. Donec ante nonummy ipsum congue et id sit ac. Tincidunt proin elit dolor dolore aliquet at ac tincidunt. Praesent mauris dolor donec nibh ullamcorper felis, ipsum congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor donec, ante non, nonummy tempus ut et felis pulvinar nisi nibh euismod sit aliquam laoreet aliquet lorem laoreet ullamcorper. Adipiscing ac tincidunt aliquet mauris dolor donec ante volutpat consectetur tempus ante molestie pharetra magna mi tellus nonummy ipsum nisi, at. Ipsum nisi, et eget pulvinar ac lobortis ullamcorper felis lorem congue praesent molestie pharetra donec, ante tellus consectetur sed massa sem. Elit, sed nunc proin volutpat erat massa non nonummy tempus nunc diam, id sit ac laoreet aliquet at sed congue proin. Volutpat pharetra aliquam lobortis non elit ipsum, non elit, ipsum magna laoreet euismod turpis sed nunc praesent at sed congue praesent. At sed congue praesent molestie pharetra erat ut diam felis ipsum lobortis sem pulvinar, nisi et id sit nisi, et eget. Sit aliquam nibh euismod amet ac lobortis aliquet adipiscing lorem tincidunt aliquet felis dolor, magna ante molestie pharetra erat tellus consectetur. Erat ut proin eget ipsum dolore sem elit ipsum dolore sem elit dolor nunc nibh ullamcorper turpis lorem mi tellus consectetur. Erat massa non at ipsum ut nibh euismod adipiscing lorem, tincidunt praesent mauris, pharetra erat massa sem nonummy tempus ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat massa sem eget pulvinar aliquam. Nibh ullamcorper adipiscing feugiat congue mi molestie. Donec massa non, elit tempus ut et. Id sit aliquam laoreet ullamcorper adipiscing lorem. Dolore ante non elit feugiat ut et. Euismod turpis erat tincidunt volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing lorem tincidunt ullamcorper at feugiat dolore praesent, adipiscing feugiat congue, aliquet feugiat congue praesent mauris feugiat congue diam felis feugiat donec laoreet tellus pharetra ac. Laoreet aliquet elit pulvinar nisi et volutpat, turpis tempus tincidunt, pulvinar donec proin mauris dolor donec lobortis diam id consectetur ac laoreet tellus pharetra magna, et id feugiat. Nisi, et euismod turpis magna laoreet tellus mauris, dolor aliquet mauris dolor dolore proin eget dolor dolore proin volutpat amet erat massa diam, felis turpis erat, tincidunt, aliquet. At sed tincidunt aliquet, lorem laoreet tellus, at, sed dolore ante volutpat amet tempus massa non amet erat lobortis diam elit ipsum nisi et, id sit magna laoreet. Tellus adipiscing lorem aliquet molestie amet aliquam ante non elit ipsum nisi diam elit tempus nunc sem, nonummy tempus massa non elit pulvinar nisi et euismod, sit, ac. Laoreet ullamcorper aliquam nibh volutpat amet tempus tincidunt aliquet felis feugiat tincidunt praesent molestie pharetra donec massa non elit pulvinar, aliquam laoreet at lorem, tincidunt ullamcorper at feugiat. Congue praesent felis feugiat congue praesent mauris feugiat ut ullamcorper nonummy aliquam nibh non amet tempus lobortis non elit tempus non nonummy erat massa non felis ipsum, ut. Diam felis pulvinar nisi nibh euismod adipiscing ac, laoreet ullamcorper, adipiscing lorem tincidunt aliquet, molestie dolor donec praesent felis proin volutpat pulvinar nisi ante volutpat amet aliquam ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, eget aliquam massa non elit feugiat nisi mi molestie consectetur sed dolore proin, mauris dolor dolore ante volutpat amet tempus ut diam id sit ac. Massa pharetra, erat massa aliquet at sed dolore proin eget amet tempus tincidunt ullamcorper nonummy tempus ut diam nonummy tempus ut ullamcorper adipiscing feugiat congue, et. Ipsum nisi et id turpis, erat nunc proin eget amet donec lobortis ullamcorper adipiscing lorem ut ullamcorper id sit ac mi molestie feugiat, nisi et id. Sit et euismod turpis, lorem nunc praesent eget, dolor donec ante non nonummy ipsum ut diam felis sit magna mi molestie consectetur ac laoreet, pulvinar nisi. Mi tellus at lorem tincidunt aliquet, eget dolor congue aliquet at sed congue proin mauris pharetra erat lobortis non nonummy tempus lobortis diam id pulvinar sem. Elit ipsum, ut et id, sit aliquam laoreet, id turpis ac tincidunt praesent mauris dolor donec massa molestie nonummy erat massa sem elit ipsum ut, et. Ipsum ut et id amet ac, lobortis ullamcorper at dolor dolore ante non elit ipsum ut diam felis pulvinar magna euismod adipiscing lorem dolore praesent molestie. Amet tempus lobortis diam felis ipsum, ut diam felis pulvinar ut diam id sit magna, nibh euismod adipiscing, sed congue mauris, pharetra, aliquam massa diam id. Feugiat nisi diam felis, feugiat, nisi et euismod sit magna nibh euismod adipiscing sed dolore proin volutpat pharetra donec lobortis ullamcorper erat massa ullamcorper elit feugiat. Nisi, et tellus consectetur sed tincidunt aliquet at sed nunc proin eget pharetra donec massa non amet tempus massa ullamcorper elit feugiat non nonummy tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tellus pharetra erat, nunc proin erat massa sem eget pulvinar nisi et volutpat. Amet ac tincidunt aliquet mauris dolor congue mi mauris sit magna mi molestie sit. Magna mi tellus ipsum dolore et euismod adipiscing lorem congue mi volutpat consectetur erat. Massa non nonummy ipsum nunc sem nonummy erat, massa sem, at sed nunc tellus. Magna mi id sit ac tincidunt tellus at dolor tincidunt tellus consectetur lorem tincidunt. Tellus adipiscing lorem tincidunt aliquet mauris sed tincidunt praesent mauris lobortis ullamcorper adipiscing lorem. Congue mi volutpat, pharetra, donec ante, tellus pharetra erat massa tellus consectetur erat mi. Molestie pharetra ac laoreet tellus turpis ac massa turpis ac laoreet euismod consectetur lorem. Nunc aliquet at dolor dolore ante volutpat nonummy, aliquam massa volutpat pharetra donec ante. Volutpat amet erat massa volutpat consectetur ante non elit ipsum ut, diam eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut praesent molestie consectetur sed massa aliquet erat laoreet tellus, turpis. Erat nunc aliquet at dolor nunc aliquet at sed nunc aliquet. At dolor congue proin molestie, pharetra donec, ante non nonummy massa. Non nonummy tempus, massa diam elit pulvinar magna nibh tellus adipiscing. Lorem congue, proin molestie pharetra donec ante volutpat nonummy tempus lobortis. Sem tempus ut diam id turpis sed tincidunt tellus adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, proin, elit amet nisi et eget pulvinar aliquet consectetur erat nunc sem mauris dolor nunc aliquet at sed nunc praesent mauris. Pharetra donec ante volutpat pharetra donec ante volutpat pharetra, donec, mi feugiat congue praesent mauris consectetur erat nunc sem elit pulvinar nisi. Nibh eget pulvinar dolore et elit pulvinar dolore proin eget pulvinar nisi, ante, volutpat tincidunt tellus mauris pulvinar nunc, proin volutpat amet. Aliquam lobortis non nonummy ipsum congue diam elit tempus lobortis, diam id sit ac mi tempus massa tellus consectetur erat, massa molestie. Pharetra donec laoreet non elit ipsum, dolore proin eget pulvinar, nunc, sem eget sed tincidunt aliquet mauris sed tincidunt aliquet magna nibh. Id sit ac laoreet ullamcorper, adipiscing feugiat congue aliquet at feugiat dolore mi molestie consectetur donec ante non pharetra donec mi molestie. Sit donec laoreet feugiat, congue diam felis, feugiat magna mi molestie sit ac mi euismod consectetur, ac tincidunt tellus consectetur lorem tincidunt. Praesent lorem tincidunt praesent at sed dolore ante non nonummy tempus lobortis ullamcorper amet erat ante molestie dolor donec mi molestie consectetur. Erat nunc diam eget pulvinar nisi, at ipsum aliquam et ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing tempus lobortis ullamcorper nonummy tempus tincidunt. Praesent mauris sit magna mi id pharetra magna mi, molestie congue et, id sit ac laoreet euismod sit magna, laoreet tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi non elit sed nunc et id. Amet ac tincidunt aliquet at feugiat tincidunt. Praesent mauris pharetra erat ante non, nonummy. Tempus, ut et erat, massa sem elit. Ipsum nisi et id amet nisi et. Volutpat amet aliquam, ante volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ipsum nunc sem elit, sed massa non at, ipsum, dolore, proin eget amet aliquam lobortis, ullamcorper adipiscing tempus ante euismod. Nonummy tempus lobortis diam felis ante non nonummy tempus lobortis ullamcorper elit ipsum magna laoreet tellus consectetur sed dolore proin eget. Amet, donec ante euismod amet lorem ut diam donec ante volutpat, nonummy tempus lobortis ullamcorper nonummy erat ante volutpat nonummy tempus. Massa non elit tempus ut non nonummy sed nunc sem eget pulvinar ut proin, ipsum dolore et volutpat amet aliquam nibh. Euismod amet nisi ante volutpat amet aliquam ante non, nonummy tempus nibh ullamcorper adipiscing feugiat magna laoreet sit, erat, laoreet tellus. Turpis ac tincidunt aliquet at sed dolore proin volutpat pulvinar donec proin volutpat pharetra, donec ante volutpat amet erat massa non. Elit massa non nonummy tempus nunc sem nonummy erat nunc diam eget pulvinar nisi et euismod adipiscing lorem tincidunt aliquet, at. Ac lobortis euismod turpis aliquam, nibh volutpat nisi ante volutpat nonummy lorem lobortis diam id sit magna praesent molestie consectetur ac. Laoreet aliquet consectetur erat laoreet tellus ut diam felis ipsum ut, sem eget ipsum nunc sem elit sed ut sem elit. Sed dolore proin elit ipsum dolore proin elit dolor dolore proin, at tincidunt aliquet at sed dolore proin eget pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod adipiscing et euismod adipiscing feugiat tincidunt, aliquet felis feugiat congue diam adipiscing lorem, lobortis ullamcorper adipiscing ipsum congue praesent id sit congue et. Molestie sit ac id turpis ac tincidunt aliquet at dolor dolore ante volutpat amet aliquam ante non amet aliquam massa non nonummy, erat massa non. Nonummy ipsum molestie consectetur, donec ante non consectetur tempus nunc diam eget ipsum, ut sem elit sed, ut et id pulvinar nisi et euismod turpis. Tempus tincidunt, euismod aliquam lobortis diam felis feugiat magna praesent id feugiat congue, diam id pharetra ac mi tellus at sed nunc sem elit erat. Nisi ante, euismod feugiat congue praesent felis lorem ut ullamcorper adipiscing ipsum ut diam id feugiat congue et, id sit magna mi tellus at sed. Nunc aliquet mauris dolor aliquet adipiscing lorem tincidunt aliquet adipiscing lorem congue praesent mauris pharetra erat massa non consectetur erat massa sem nonummy, erat massa. Non consectetur erat massa non at nunc sem eget turpis lorem congue praesent mauris dolor dolore nonummy consectetur sit dolor tempus ac nisi congue, ut. Nunc erat laoreet tellus consectetur lorem tincidunt sem eget pulvinar donec ante volutpat amet donec ante non nonummy feugiat congue et molestie, turpis ac laoreet. Aliquet at pulvinar sem eget amet tempus nibh volutpat amet aliquam nibh ullamcorper felis feugiat magna laoreet molestie turpis, ac, tincidunt sem eget dolor dolore. Ante volutpat amet aliquam, nibh pulvinar donec ante volutpat pharetra donec ante non elit ipsum congue mi, aliquet at sed nunc sem eget dolor donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus at, ipsum nisi et euismod at dolor dolore. Ante non nonummy pulvinar nisi mi sit, magna laoreet tellus. Adipiscing sed dolore proin volutpat nonummy, tempus ut et felis. Turpis erat nunc sem eget amet nisi lobortis diam tellus. Id felis pharetra turpis pharetra sit magna laoreet molestie consectetur. Ac, massa sem at sed nunc sem eget dolor dolore. Praesent, mauris, dolor donec, ante eget dolore praesent mauris pharetra. Dolore ante volutpat amet donec, ante molestie consectetur erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie consectetur sed laoreet aliquet mauris dolor dolore proin mauris dolor dolore. Ante non nonummy erat ante non nonummy erat massa tellus consectetur, donec laoreet. Molestie, pharetra nunc sem elit sed nunc aliquet at ipsum, dolore proin volutpat. Turpis lorem tincidunt ullamcorper adipiscing feugiat congue praesent felis sit donec laoreet tellus. Consectetur laoreet tellus pharetra erat nunc aliquet consectetur ac mi euismod sit magna. Mi tellus consectetur, lorem tincidunt praesent mauris dolor congue, aliquet mauris tincidunt ullamcorper. Adipiscing lorem lobortis euismod adipiscing, lorem tincidunt aliquet felis dolor magna mi tellus. Consectetur sed ut diam elit ipsum massa non consectetur erat laoreet tellus, sed. Nunc proin eget amet nisi proin mauris dolor, donec nibh ullamcorper adipiscing lorem. Congue diam adipiscing ipsum congue mi molestie pharetra erat massa aliquet, elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus consectetur sed nunc proin mauris sed congue praesent at, dolor aliquam ullamcorper. Felis feugiat nisi, mi id sit magna laoreet tellus at sed nunc proin eget. Pharetra aliquam lobortis volutpat nonummy tempus, lobortis et id turpis ac tellus consectetur dolor. Nisi lobortis, ullamcorper felis feugiat congue praesent molestie sit, magna massa sem at ipsum. Nunc sem elit sed nunc proin elit dolor sem, mauris sed, tincidunt aliquet mauris. Pulvinar donec ante eget pharetra donec ante volutpat dolor dolore massa ullamcorper elit ipsum. Ut sem elit ante volutpat consectetur tempus nunc sem elit, sed ut sem elit. Sed ut et, eget pulvinar nisi proin elit dolor dolore proin elit dolor nunc. Proin eget tincidunt aliquet at sed dolore proin mauris dolor, congue praesent mauris dolor. Donec massa ullamcorper elit, feugiat nisi mi euismod sit, ac, laoreet aliquet, at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at dolor congue proin molestie amet erat lobortis sem elit pulvinar ut et turpis magna nibh. Euismod turpis lorem dolore praesent mauris sed congue praesent molestie, pharetra erat massa non, elit tempus ut non. Nonummy tempus ut sem pulvinar magna laoreet, tellus at lorem tincidunt praesent mauris dolor donec ante non elit. Ipsum nisi et id, sit ac nibh id pulvinar nisi et pulvinar nunc sem elit sed massa non. Elit pulvinar nisi et eget amet aliquam nibh euismod amet aliquam lobortis ullamcorper adipiscing feugiat congue molestie, pharetra. Erat laoreet tellus consectetur ac laoreet tellus turpis ac mi molestie turpis erat tincidunt, aliquet consectetur ac nibh. Euismod sit nunc diam nonummy, erat, massa at sed massa aliquet elit ipsum dolore proin volutpat, amet aliquam. Ante, volutpat nonummy aliquam lobortis euismod amet aliquam nibh volutpat nonummy aliquam massa non nonummy aliquam molestie nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh ullamcorper felis, feugiat magna mi tellus, consectetur erat massa tellus donec massa non at, ipsum nunc proin eget dolor. Nisi nibh euismod turpis aliquam lobortis ullamcorper felis lorem ut, ullamcorper nonummy tempus, ut diam felis, ut et, id consectetur, erat. Massa sem eget pulvinar nisi nibh ullamcorper adipiscing, lorem congue praesent mauris feugiat congue praesent id feugiat congue et felis ut. Et id feugiat nisi sem felis sit magna mi tellus consectetur, lorem tincidunt aliquet mauris pharetra, donec, ante non nonummy tempus. Lobortis elit ipsum nisi diam nonummy ipsum ut diam id pulvinar nisi et eget sit nisi diam eget pulvinar ut, proin. Eget, ipsum, dolore proin volutpat amet aliquam euismod turpis lorem tincidunt diam, felis feugiat congue praesent felis, sit magna mi molestie. Consectetur erat mi molestie pharetra magna et, id, consectetur erat mi tellus turpis et felis tempus massa, non nonummy ipsum nunc. Sem elit pulvinar nisi proin eget amet nisi, et eget, pulvinar nisi nibh volutpat feugiat congue, praesent, felis feugiat ut, diam. Molestie pharetra donec, mi id sit magna et id sit magna et id feugiat nisi et tellus consectetur lorem tincidunt, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed ut sem eget sed dolore. Proin, id turpis ac, tincidunt praesent. Nonummy ipsum ut diam, elit ipsum. Ac tempus magna nisi dolore magna. Nisi congue, massa ullamcorper molestie consectetur. Dolor dolor feugiat, erat dolore lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet non nonummy ipsum aliquam, nibh ullamcorper amet aliquam lobortis aliquet at feugiat tincidunt aliquet felis feugiat tincidunt felis lorem, tincidunt diam felis feugiat congue praesent felis. Pharetra erat massa non at ipsum dolore proin eget dolor dolore sem mauris dolor dolore eget pulvinar donec ante non nonummy aliquam ante non nonummy ipsum ut. Diam, felis feugiat magna mi euismod turpis ac laoreet aliquet consectetur, ac laoreet tellus turpis nibh euismod turpis sed tincidunt, aliquet at feugiat congue praesent molestie, pharetra. Erat ante non nonummy, erat massa, non nonummy tempus nunc sem ipsum nisi laoreet ullamcorper mauris, dolor dolore ante molestie pharetra donec ante volutpat consectetur ipsum ut. Diam id sit, lorem dolore ante, non adipiscing feugiat ut diam feugiat congue mi aliquet at dolor dolore ante volutpat pulvinar nisi proin eget amet tempus nibh. Non felis sit, magna massa, tellus, consectetur sed massa aliquet at nunc sem, elit pulvinar nisi ante volutpat amet aliquam lobortis diam molestie sit magna laoreet non. At sed nunc proin, pulvinar nisi et euismod adipiscing lorem congue praesent molestie, dolor magna mi molestie pharetra erat ut et id turpis ac, laoreet aliquet at. Feugiat dolore ante volutpat, donec ante volutpat consectetur erat nunc sem elit pulvinar nisi nibh id turpis ac laoreet ullamcorper turpis ac lobortis aliquet mauris dolor dolore. Mi volutpat nonummy tempus diam id, turpis ac tincidunt aliquet at sed congue proin molestie amet ipsum, ut, diam id feugiat ut et id sit ac laoreet. Euismod turpis sed nunc at lorem congue, praesent mauris, dolor dolore massa ullamcorper, felis feugiat nisi mi euismod turpis, magna mi euismod at, sed dolore proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam laoreet, ullamcorper at dolor donec ante. Volutpat elit tempus ut et tempus ut. Sem elit ipsum nunc, sem nonummy erat. Laoreet tellus at sed dolore sem eget. Pulvinar nisi nibh euismod amet aliquam lobortis. Praesent felis lobortis euismod nonummy tempus ut. Diam adipiscing ipsum, ut ullamcorper felis ipsum. Congue et id sit, nisi mi euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa sem elit sit ac laoreet aliquet at sed congue praesent molestie pharetra donec, ante volutpat, nonummy erat, ut. Diam euismod sed dolore proin eget pulvinar aliquam ante volutpat nonummy ipsum lobortis ullamcorper, elit ipsum ut ullamcorper felis feugiat. Ut mi euismod turpis ac laoreet aliquet dolor dolore ante volutpat nonummy ipsum congue mi tellus at, sed, nunc, proin. Eget pulvinar nisi ante eget dolor nisi ante euismod nonummy tempus lobortis diam felis congue mi tellus at ipsum dolore. Proin euismod turpis ac tincidunt aliquet, felis lorem congue mi molestie pharetra erat massa non nonummy sed sem eget amet. Aliquam tincidunt ullamcorper adipiscing, feugiat dolore praesent mauris pharetra magna ante molestie pharetra donec, ante non nonummy ipsum ut proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, magna mi tellus consectetur ac laoreet tellus consectetur ac, tincidunt tellus at dolor nunc praesent mauris sed congue eget, amet. Aliquam lobortis non felis sit magna et id sit magna et euismod sit magna laoreet tellus adipiscing, lorem laoreet euismod, adipiscing. Ac ullamcorper adipiscing feugiat congue proin molestie pharetra, dolore mi volutpat consectetur tempus nunc sem elit pulvinar ut diam id sit. Aliquam nibh ullamcorper adipiscing sed dolore mauris pharetra erat massa diam id turpis, ac laoreet aliquet at lorem tincidunt aliquet eget. Dolor donec nibh volutpat amet tempus, massa non nonummy lobortis diam id sit magna, tincidunt proin mauris dolor donec ante volutpat. Amet aliquam lobortis ullamcorper felis feugiat, congue et molestie turpis ac laoreet tellus at tincidunt sem mauris dolor donec nibh ullamcorper. Felis tempus ut praesent felis pharetra ac laoreet, tellus consectetur sed massa proin volutpat amet, aliquam lobortis, diam adipiscing, feugiat ullamcorper. Felis lorem congue laoreet tellus elit ipsum nisi et euismod, turpis ac lobortis ullamcorper adipiscing feugiat dolore ante volutpat donec ante. Non, elit pulvinar, aliquam nibh id turpis ac congue aliquet mauris, feugiat congue mi volutpat amet donec ante non elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie pharetra erat massa tellus at sed nunc sem, elit ipsum nisi proin elit tincidunt tellus at sed tincidunt tellus consectetur lorem tincidunt, praesent mauris dolor. Donec ut diam felis sit magna laoreet tellus at sed tincidunt tellus consectetur sed euismod turpis ac nunc praesent at, dolor donec nibh non nonummy tempus lobortis. Diam id sit ac laoreet aliquet at sed nunc proin, volutpat pulvinar ante euismod nonummy lorem lobortis diam adipiscing ipsum congue, et molestie sit ac laoreet tellus. Consectetur sed nunc sem mauris dolor dolore ante adipiscing lorem, magna, mi non at ipsum ut proin eget amet nisi et volutpat, turpis lorem, congue praesent molestie. Pharetra erat, massa sem elit ipsum ut et ipsum, nisi, nibh id turpis aliquam nibh ullamcorper, adipiscing feugiat congue praesent molestie dolor donec massa non nonummy erat. Massa non eget ipsum nisi et ullamcorper adipiscing tincidunt ullamcorper at pharetra donec ante non, nonummy tempus massa sem nonummy tempus ut sem eget ipsum ut nibh. Ullamcorper sed congue praesent molestie, dolor donec ante volutpat nonummy tempus, lobortis sem elit ipsum nunc sem eget pulvinar nunc sem nonummy ipsum ut sem at erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis feugiat nisi laoreet aliquet at dolor dolore ante. Euismod amet ante non amet tempus lobortis diam, felis feugiat. Magna mi tellus at dolor dolore, proin eget amet, aliquam. Tincidunt diam adipiscing lorem lobortis diam felis ipsum diam id. Pharetra ac laoreet molestie sit ut diam elit feugiat nisi. Et id sit ac diam id sit aliquam nibh euismod. Turpis aliquam proin mauris lorem congue, aliquet mauris dolor congue. Mi molestie pharetra, donec ante non nonummy tempus nunc, sem. Eget sit aliquam nibh euismod, turpis nibh euismod turpis ac. Lobortis aliquet felis lorem tincidunt diam mauris pharetra donec, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, id magna mi, molestie consectetur sed nunc sem elit dolor dolore proin volutpat turpis tempus lobortis diam, felis. Sit donec massa non nonummy sed ut et pulvinar nisi proin, elit pulvinar nisi et volutpat amet aliquam, nibh. Diam mauris sit donec massa non elit ipsum ut, et id turpis lorem congue non elit feugiat magna mi. Tellus mauris pulvinar dolore ante volutpat amet aliquam lobortis diam id sit ac laoreet non elit ipsum, dolore proin. Elit dolor nunc eget dolor dolore, proin euismod, nonummy, lorem congue mi molestie sit magna praesent id feugiat congue. Et id feugiat ut et id feugiat et id turpis ac laoreet tellus turpis lorem tincidunt tellus adipiscing lorem. Tincidunt aliquet mauris dolor dolore proin volutpat amet erat ante volutpat elit, erat nunc, diam ipsum magna nibh euismod. Turpis ac, tincidunt praesent mauris pharetra dolore praesent at lorem congue praesent mauris feugiat magna ante volutpat, pharetra erat. Ante sem nonummy laoreet tellus consectetur, sed ut proin elit ipsum dolore proin euismod turpis ac, nibh volutpat amet. Aliquam nibh euismod, nonummy lobortis euismod adipiscing aliquam lobortis diam felis feugiat magna mi tellus at sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem nunc sem eget pulvinar donec nibh volutpat amet, aliquam massa volutpat. Pharetra aliquam massa non nonummy erat lobortis diam felis pulvinar et tellus consectetur. Lorem tincidunt tellus mauris dolor donec proin mauris dolor, congue praesent mauris amet. Tempus massa sem felis feugiat ut mi, euismod consectetur dolore proin volutpat pulvinar. Aliquam lobortis ullamcorper adipiscing ipsum ut ullamcorper elit ipsum lobortis diam elit ipsum. Lobortis sem felis tempus, ut diam felis sit magna tellus adipiscing, sed dolore. Proin molestie pharetra donec proin mauris feugiat tincidunt praesent, felis feugiat congue aliquet. Adipiscing feugiat congue mi molestie, sit donec tellus consectetur erat nunc sem elit. Pulvinar nisi et eget pulvinar aliquam et eget pulvinar aliquam, ante volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at pharetra dolore ante molestie amet erat ante volutpat nonummy tempus lobortis diam felis sit magna nibh tellus consectetur laoreet. Tellus at sed dolore proin, mauris pharetra dolore ante molestie nonummy, tempus, ut diam id pulvinar ut mi tellus, consectetur sed tincidunt. Tellus adipiscing congue praesent mauris pharetra donec ante molestie pharetra donec mi, non amet donec ante volutpat nonummy tempus massa non nonummy. Erat nunc, sem elit sed nisi euismod adipiscing feugiat congue aliquet at, feugiat congue praesent mauris pharetra donec ante molestie pharetra donec. Massa diam eget ipsum ut sem eget ipsum proin eget, amet, aliquam nibh, euismod amet tempus, tincidunt diam adipiscing feugiat congue mi. Mauris pharetra donec mi, molestie sit donec laoreet tellus consectetur, erat nunc sem dolor nisi et eget dolor dolore sem at dolor. Tincidunt praesent eget pulvinar aliquam ante, non nonummy aliquam, massa diam felis feugiat, congue et, molestie turpis et id sit magna et. Id turpis, magna tincidunt praesent mauris dolor dolore ante volutpat nonummy tempus, ut et id lobortis non nonummy tempus, nunc sem felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat erat laoreet sem eget sit, nibh ullamcorper adipiscing feugiat dolore ante volutpat pharetra congue mi mauris pharetra donec ante. Molestie consectetur donec mi tellus pharetra donec laoreet molestie pharetra ac id turpis ac, laoreet, aliquet consectetur sed dolore ante. Euismod, nonummy tempus nibh ullamcorper felis sit magna, mi molestie sit magna et felis feugiat congue felis, feugiat nisi et. Euismod, consectetur lorem tincidunt, sem eget pulvinar donec ante ullamcorper adipiscing feugiat ut mi id consectetur erat, massa sem erat. Nunc sem at sed nunc sem eget amet donec nibh, ullamcorper adipiscing tempus, lobortis diam felis sit volutpat et sem. Praesent tincidunt lobortis ante laoreet ante id pharetra erat nunc proin eget amet lorem, lobortis praesent felis dolor magna mi. Volutpat elit ipsum ut sem elit pulvinar aliquam nibh eget sit ac laoreet turpis, ac nibh aliquet adipiscing feugiat congue. Mi mauris feugiat congue diam mauris sit magna mi molestie pharetra donec laoreet non elit ipsum dolore eget pulvinar aliquam. Et euismod, adipiscing, lorem tincidunt ullamcorper adipiscing lorem lobortis ullamcorper adipiscing lorem ut diam id sit magna et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris consectetur tempus nunc sem, id sit ac, tincidunt aliquet at dolor donec ante volutpat amet praesent mauris dolor dolore praesent mauris feugiat congue ullamcorper felis. Lorem tincidunt praesent molestie nonummy erat laoreet tellus nonummy erat nunc sem eget pulvinar aliquet at, erat nunc proin elit, sed nunc aliquet at dolor dolore. Proin volutpat amet dolore proin eget, pharetra donec proin molestie pharetra donec proin mauris dolor aliquet adipiscing lorem congue praesent felis lorem lobortis volutpat felis sit. Magna laoreet id sit magna mi tellus pharetra erat nunc aliquet at, tincidunt aliquet at erat tincidunt aliquet, at sed tincidunt aliquet adipiscing ac tincidunt aliquet. At sed dolore proin volutpat pharetra dolore ante molestie amet erat massa non, erat, massa tellus consectetur erat ante tellus nonummy erat laoreet molestie consectetur ac. Laoreet aliquet elit sed, dolore proin elit dolor nunc sem mauris dolor dolore proin, lorem laoreet tellus turpis lorem tincidunt ullamcorper adipiscing dolor aliquam massa non. Nonummy tempus lobortis et id turpis ac mi pulvinar nisi nibh euismod, sit aliquam nibh euismod, sit nisi proin eget pulvinar dolore proin eget amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi nibh id sit magna, laoreet aliquet at. Dolor dolore ante non amet tempus ante non elit ipsum. Non nonummy ipsum nisi nibh euismod turpis ac nibh, tellus. Adipiscing lorem laoreet ullamcorper adipiscing, sed dolore, praesent mauris dolor. Erat lobortis sem id ut et felis pulvinar ut sem. Nonummy ipsum nunc, sem, nonummy, erat laoreet molestie pharetra, ac. Mi id sit magna diam elit tempus nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, massa diam elit pulvinar nisi, et, euismod turpis, aliquam nibh. Ullamcorper adipiscing lorem lobortis ullamcorper, adipiscing nibh volutpat nonummy lorem tincidunt. Praesent felis feugiat congue praesent id pharetra magna, mi tellus pharetra. Ac massa aliquet consectetur erat tincidunt tellus consectetur tincidunt aliquet at. Dolor donec praesent mauris sed donec ante mauris dolor donec proin. Mauris dolor donec ante non amet erat massa sem nonummy tempus. Nunc, diam, sed ut sem elit ipsum ut et eget pulvinar. Dolore proin eget pulvinar nisi proin eget amet aliquam lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt aliquet at, sed donec ante molestie amet. Aliquam massa ullamcorper nonummy erat massa diam elit ipsum. Nisi elit sit magna laoreet, id at, lorem nibh. Euismod sit aliquam nibh id pulvinar nisi nibh volutpat. Amet tempus congue praesent mauris dolor mi molestie pharetra. Donec massa, molestie, consectetur erat, massa non elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam id turpis ac laoreet turpis magna nibh euismod turpis ac laoreet tellus turpis, ac congue aliquet mauris pharetra. Aliquam massa, non amet, tempus massa non nonummy erat massa non ipsum nunc non nonummy sed ut proin id, pulvinar. Nisi nibh, euismod adipiscing feugiat tincidunt praesent mauris feugiat congue aliquet felis lorem tincidunt diam felis lobortis ullamcorper adipiscing tempus. Nibh ullamcorper felis ipsum magna mi tellus turpis magna laoreet tellus consectetur sed tincidunt aliquet at dolor dolore proin mauris. Dolore praesent, mauris pharetra donec massa non, amet tempus congue et molestie sit ac tincidunt aliquet consectetur erat nunc proin. Volutpat amet tempus nibh non, felis, lobortis, ullamcorper adipiscing ipsum congue et molestie turpis ac laoreet sem elit dolor dolore. Proin eget dolor donec ante, volutpat nonummy tempus ut diam felis ipsum ut nonummy tempus lobortis non nonummy tempus massa. Non elit ipsum ut diam eget pulvinar nisi nibh tellus at sed laoreet ullamcorper adipiscing tincidunt, ullamcorper at dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper turpis lorem congue, praesent. Tellus nonummy ipsum proin, id sit. Aliquam laoreet euismod amet aliquam lobortis. Aliquet mauris dolor dolore mi non. Elit ipsum ut diam id sit. Ac nibh id aliquam nibh eget. Amet aliquam nibh ullamcorper adipiscing, feugiat. Dolore ante non consectetur erat nunc. Non nonummy erat massa non nonummy. Sed massa non consectetur diam, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec ante volutpat nonummy pulvinar ut et euismod turpis lorem nunc proin mauris pharetra praesent. Mauris pharetra, donec massa non, elit tempus, lobortis, diam elit tempus lobortis sem elit tempus nunc. Sem elit pulvinar nisi diam id sit ac laoreet turpis ac tincidunt aliquet adipiscing, feugiat congue. Aliquet mauris feugiat donec, ante non consectetur erat massa tellus pharetra magna laoreet, molestie pharetra ac. Massa, sem ac massa molestie, consectetur ac, mi euismod, consectetur lorem, tincidunt tellus turpis ac nibh. Tellus adipiscing sed, congue praesent mauris pharetra donec proin dolor dolore praesent, felis feugiat tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pulvinar dolore proin eget, pharetra aliquam lobortis non, donec massa non elit ipsum nisi laoreet tellus consectetur erat. Tincidunt sem eget pulvinar dolore proin eget amet tempus nibh non, nonummy tempus lobortis, non ipsum ut mi id. Turpis erat laoreet aliquet at sed laoreet aliquet, at lorem nunc praesent mauris dolor donec ante eget pharetra donec. Massa volutpat sit magna laoreet euismod turpis magna, mi tellus consectetur lorem tincidunt, praesent eget, amet donec ante volutpat. Amet donec massa volutpat amet erat diam felis ipsum lobortis diam felis sit nisi nibh euismod turpis magna laoreet. Aliquet at sed congue aliquet at lorem tincidunt aliquet at feugiat tincidunt aliquet felis tincidunt ullamcorper nonummy aliquam nibh. Euismod adipiscing feugiat magna mi molestie, sit ut diam adipiscing feugiat, ut, diam felis, feugiat ut et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc diam nonummy, ipsum ut et euismod adipiscing ac laoreet euismod, turpis aliquam, nibh ullamcorper felis, lorem volutpat turpis tempus lobortis diam mauris pharetra. Erat massa non elit sed nunc sem elit sed nunc sem eget pulvinar dolore proin at sed nunc at dolor dolore ante euismod nonummy. Aliquam lobortis ullamcorper adipiscing, sit magna mi, non elit sed dolore et volutpat, pulvinar dolore proin eget pulvinar nisi ante pulvinar donec ante volutpat. Amet, tempus nibh non adipiscing feugiat congue et elit, feugiat magna, et, molestie consectetur erat tincidunt sem mauris pulvinar praesent at dolor dolore proin. Eget dolor dolore proin mauris dolor dolore proin mauris dolor dolore ante volutpat consectetur tempus nunc, sem felis ipsum nunc sem elit, massa non. At sed massa non, elit pulvinar aliquam nibh euismod amet aliquam lobortis ullamcorper adipiscing feugiat congue mi tellus pharetra donec laoreet, molestie feugiat congue. Mi pharetra ac laoreet tellus consectetur erat laoreet tellus, at sed nunc sem volutpat amet aliquam nibh non amet aliquam praesent id sit congue. Et, felis feugiat lobortis ullamcorper elit feugiat magna mi, euismod sit magna, et euismod turpis magna laoreet aliquet adipiscing sed congue praesent molestie congue. Praesent, molestie pharetra erat massa non elit ipsum lobortis diam felis, pulvinar nisi diam id adipiscing lorem tincidunt praesent mauris sed congue praesent mauris. Feugiat congue felis lorem congue mi mauris, feugiat congue praesent mauris feugiat congue mi, felis lorem ut ullamcorper adipiscing feugiat congue diam felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, diam id sit ac nibh euismod consectetur ac laoreet euismod adipiscing lorem tincidunt adipiscing ac laoreet ullamcorper at lorem dolore. Mi mauris dolor magna diam mauris lorem tincidunt ullamcorper nonummy tempus lobortis diam felis ipsum, congue mi feugiat magna et id. Sit magna mi id consectetur sed tincidunt aliquet consectetur ac tincidunt aliquet at lorem laoreet tellus turpis ac laoreet ullamcorper adipiscing. Dolor donec molestie dolor donec ante non elit, ipsum, ut sem eget pulvinar nisi, et, id pulvinar aliquam nibh ullamcorper, adipiscing. Ac laoreet ullamcorper turpis nibh euismod, turpis tempus tincidunt diam adipiscing tempus, nibh euismod amet aliquam lobortis ullamcorper adipiscing ipsum congue. Mi id sit, magna laoreet, aliquet consectetur ac tincidunt, sem dolor dolore, ante euismod adipiscing lorem lobortis ullamcorper adipiscing tempus, nibh. Volutpat amet ipsum, lobortis ullamcorper nonummy erat, ante non nonummy tempus massa non elit ipsum nunc, nonummy tempus massa non, consectetur. Ipsum, ut proin eget ipsum nisi proin id amet nisi et volutpat amet nisi sem ac laoreet tellus consectetur lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem euismod turpis lorem tincidunt aliquet, mauris congue, praesent volutpat pharetra donec massa sem elit tempus nunc diam id turpis aliquam. Laoreet euismod sit ac laoreet ullamcorper adipiscing, feugiat, dolore, ante molestie donec ante molestie nonummy ipsum nisi diam elit sit magna. Nibh euismod, turpis lorem, tincidunt praesent mauris dolor dolore ante volutpat pharetra dolore ante, molestie magna praesent molestie pharetra erat massa. Sem eget sed, nunc proin eget sit, aliquam nibh ullamcorper adipiscing lorem congue aliquet mauris feugiat tincidunt mauris, dolor magna mi. Tellus nonummy erat massa sem elit pulvinar nisi et id ipsum nisi, et volutpat amet nisi proin, volutpat turpis lorem congue. Praesent mauris, tempus, ut diam nonummy erat, nunc tellus consectetur sed, nunc sem eget ipsum nisi et euismod turpis tempus tincidunt. Praesent felis feugiat congue diam adipiscing tempus ut felis feugiat ut ullamcorper id pharetra ac nunc aliquet at, sed dolore ante. Volutpat pulvinar nisi ante euismod nonummy ut diam adipiscing feugiat, ut diam felis ipsum congue et id sit nisi et molestie. Consectetur sed dolore proin eget amet aliquam nibh euismod amet tempus lobortis adipiscing, feugiat, magna mi tellus, at ipsum dolore proin. Eget dolor nisi ante volutpat adipiscing tempus, nibh volutpat pulvinar donec nibh non amet dolore ante volutpat amet ante non elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue praesent molestie, consectetur erat massa non congue praesent id sit donec massa tellus, at erat nunc. Proin eget amet lorem tincidunt ullamcorper felis dolor donec ante tellus nonummy, erat nunc non lobortis diam felis. Pharetra erat laoreet molestie consectetur ac, massa, sem at dolor dolore ante volutpat dolor, nunc aliquet mauris dolor. Eget pharetra donec proin mauris dolor dolore ante volutpat amet erat massa sem felis ipsum ut sem, felis. Pulvinar nisi, nibh euismod pulvinar nisi et id ut nibh id pulvinar dolore, et eget pulvinar dolore sem. Elit pulvinar, dolore ante volutpat pulvinar donec ante eget pulvinar tempus lobortis, non adipiscing congue et id feugiat. Ut mi molestie turpis magna mi euismod turpis magna nibh, id sit ac nibh tellus turpis lorem laoreet. Euismod, turpis ac laoreet turpis ac nibh ullamcorper adipiscing lorem tincidunt aliquet felis lorem tincidunt, praesent mauris feugiat. Magna mi, tellus, consectetur ipsum, ut et id amet aliquam nibh volutpat pulvinar proin eget pulvinar, aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis ac tellus adipiscing sed dolore proin volutpat nonummy tempus ut ullamcorper, elit ipsum ut non nonummy tempus ut diam felis ipsum ut diam eget pulvinar sem elit. Pulvinar nisi, et id pulvinar dolore proin eget, pulvinar aliquam ante euismod turpis lorem tincidunt diam mauris sit magna praesent id pharetra donec molestie pharetra ac massa tellus consectetur. Sed dolore, proin volutpat pulvinar nisi ante volutpat amet aliquam ante eget pulvinar donec ante volutpat pharetra aliquam massa non amet proin volutpat nonummy tempus lobortis volutpat, consectetur tempus. Nunc, diam, felis, pulvinar nisi diam eget ipsum ut nibh euismod amet aliquam nibh euismod aliquam, nibh volutpat pulvinar, nisi nibh, ullamcorper turpis, tempus ante volutpat pulvinar donec nibh. Non adipiscing feugiat ut praesent felis sit congue et id sit nisi mi sit ac tincidunt tellus consectetur lorem tincidunt tellus adipiscing, sed tincidunt aliquet adipiscing sed dolore, proin. Volutpat nonummy tempus lobortis ullamcorper elit ipsum nunc aliquet mauris dolor nunc proin eget dolor dolore praesent eget, pharetra donec massa non adipiscing ipsum congue et id sit magna. Et euismod, at dolor dolore at sed nunc praesent volutpat amet, donec proin eget pharetra aliquam lobortis ullamcorper felis feugiat nisi et molestie, turpis magna mi tellus at lorem. Tincidunt praesent at nunc proin volutpat nonummy aliquam massa, ullamcorper elit ipsum congue, et molestie turpis ac laoreet tellus, consectetur, magna tincidunt aliquet at sed nunc praesent eget, dolor. Dolore, mauris feugiat congue praesent at feugiat congue aliquet mauris feugiat congue, diam felis dolor congue praesent felis lorem ut diam molestie feugiat magna mi molestie consectetur ipsum lobortis. Aliquet mauris feugiat dolore mi volutpat consectetur, erat massa non, consectetur erat massa non elit ipsum ut sem, at erat laoreet tellus, consectetur erat massa molestie nisi diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pulvinar donec lobortis ullamcorper aliquam massa non nonummy aliquam lobortis. Ullamcorper felis sit ac mi euismod sit magna laoreet aliquet mauris. Pulvinar aliquam nibh ullamcorper, felis ipsum congue adipiscing feugiat congue et. Molestie turpis erat tincidunt aliquet consectetur, sed, nunc sem eget pulvinar. Donec proin eget pharetra donec ante volutpat amet, donec ante dolor. Donec ante volutpat pharetra donec ante non nonummy ipsum nunc non. Nonummy, ipsum ut sem eget, pulvinar nisi et eget ipsum dolore. Elit pulvinar dolore sem, elit dolor dolore ante euismod turpis tempus. Nibh euismod, felis, feugiat congue, praesent, id, consectetur erat nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac nunc proin volutpat turpis aliquam lobortis diam felis feugiat ut praesent felis, sit, donec mi molestie pharetra ac id feugiat magna laoreet molestie turpis, ac laoreet. Tellus at sed dolore proin eget pulvinar donec ante volutpat adipiscing feugiat congue et felis sit mi tellus at sed nunc proin eget pulvinar, nisi ante volutpat nonummy. Tempus lobortis ullamcorper adipiscing ipsum, ut diam felis feugiat ut ullamcorper felis sit nisi diam, turpis ac laoreet tellus turpis lorem nunc praesent at sed dolore proin mauris. Dolor dolore proin molestie pharetra donec massa, ullamcorper elit feugiat diam elit ipsum ut diam id sit magna laoreet euismod turpis ac laoreet ullamcorper adipiscing aliquam nibh euismod. Turpis ac lobortis ullamcorper adipiscing feugiat tincidunt diam adipiscing lobortis euismod nonummy tempus lobortis ullamcorper, adipiscing sit ac mi, tellus consectetur erat massa tellus, elit dolor dolore proin. Eget pulvinar dolore ante euismod nonummy aliquam nibh tellus pharetra magna, laoreet tellus consectetur ac massa, tellus, at dolor, dolore, proin volutpat pulvinar nisi proin eget pulvinar donec. Eget nonummy tempus, nibh non adipiscing ipsum ut, diam id feugiat congue et felis ipsum, ut et id turpis lorem laoreet tellus at sed donec nibh, non aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ante volutpat nonummy, tempus ut mi euismod. Consectetur dolor tellus, turpis lorem tincidunt aliquet adipiscing. Sed dolore proin, eget pharetra donec ante, volutpat. Pharetra donec mi, mauris, dolor dolore praesent mauris. Dolor magna ante consectetur erat massa, congue mi. Id consectetur ac massa aliquet, at sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sem at dolor nibh non amet tempus lobortis, non nonummy feugiat congue et id consectetur erat tincidunt aliquet at sed dolore proin eget dolor donec. Ante non nonummy ut diam felis feugiat congue diam elit ipsum lobortis, sem felis feugiat ut diam, euismod consectetur ac tincidunt aliquet at sed dolore ante. Non nonummy massa non nonummy erat lobortis non elit ipsum ut et id turpis lorem laoreet euismod sit magna tincidunt aliquet at dolor dolore praesent mauris. Dolor dolore adipiscing dolor dolore, ante volutpat nonummy erat massa non felis ipsum, ut et id sit nisi, et eget, sit ac laoreet ullamcorper at feugiat. Praesent molestie pharetra dolore mi non consectetur tempus ut diam eget sit magna nibh euismod pulvinar nisi nibh euismod turpis lorem lobortis ullamcorper at feugiat congue. Mi dolor congue, mi molestie pharetra magna mi molestie, consectetur erat massa, tellus consectetur erat massa tellus consectetur erat massa aliquet, consectetur, sed tincidunt aliquet sit. Ac euismod turpis ac, laoreet praesent, eget, pharetra aliquam nibh volutpat amet aliquam massa non, nonummy tempus lobortis sem nonummy tempus non elit ipsum ut et. Id turpis ac tincidunt aliquet at sed congue proin molestie amet erat massa molestie dolor dolore ante molestie pharetra, magna mi tellus magna praesent mauris feugiat. Congue praesent id pharetra magna laoreet tellus at sed nunc sem eget pulvinar, nisi, ante volutpat amet tempus lobortis diam, adipiscing tempus lobortis amet aliquam proin. Volutpat amet aliquam lobortis ullamcorper felis, ipsum nisi et molestie turpis erat tincidunt tellus consectetur ac nibh tellus adipiscing lorem tincidunt praesent mauris lorem euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et volutpat amet aliquam nibh nonummy lorem, congue diam mauris feugiat donec laoreet non, at ipsum. Nunc proin elit ipsum dolore proin eget amet, tempus tincidunt diam felis feugiat, tincidunt amet donec nibh non. Adipiscing, feugiat, congue praesent molestie pharetra, magna mi tellus turpis ac laoreet molestie turpis ac, laoreet tellus at. Sed dolore ante lorem nunc praesent eget pharetra dolore proin molestie pharetra dolore, mi, volutpat nonummy erat massa. Non, nonummy erat massa non nonummy tempus massa pharetra, donec laoreet tellus pharetra erat massa non at sed. Nunc proin eget pulvinar aliquam ante volutpat amet tempus lobortis volutpat amet, tempus lobortis ullamcorper felis sit ullamcorper. Felis feugiat, magna mi tellus at sed dolore proin eget pulvinar nisi nibh volutpat nonummy tempus lobortis, non. Nonummy, tempus ut diam felis feugiat, congue, et feugiat ut et id sit nisi mi tellus turpis lorem. Tincidunt aliquet at sed dolore aliquet at sed dolore proin molestie pharetra dolore proin, elit erat massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis dolor donec ante tellus consectetur ipsum massa sem consectetur laoreet tellus consectetur ac massa proin volutpat amet, aliquam lobortis euismod turpis tempus lobortis. Diam felis lorem ut diam mauris feugiat congue praesent id sit mi, id sit magna mi tellus at erat nunc proin volutpat dolor nunc. Proin eget pulvinar donec ante non pharetra, donec ante molestie pharetra dolore at lorem tincidunt praesent mauris dolor donec ante volutpat consectetur, erat massa. Tellus consectetur sed nunc sem at sed massa sem elit pulvinar nibh euismod turpis lorem tincidunt praesent mauris pharetra erat ante, tellus consectetur sed. Nunc, sem, id sit ac congue proin, molestie pharetra donec ante, ullamcorper elit feugiat sem felis sit nisi, et euismod consectetur ac tincidunt aliquet. Adipiscing sed congue proin molestie pharetra donec massa volutpat amet erat, lobortis, sem elit tempus nunc non tempus nunc diam, elit pulvinar ut sem. Elit pulvinar aliquam nibh ullamcorper turpis ac lobortis ullamcorper adipiscing lorem donec ante dolor magna mi molestie, pharetra erat laoreet tellus consectetur erat massa. Non consectetur, sed, nunc sem elit dolor dolore proin eget, pulvinar aliquam nibh euismod nonummy aliquam volutpat amet aliquam nibh volutpat amet aliquam ante. Volutpat elit feugiat magna mi molestie consectetur erat laoreet tellus at sed nunc proin mauris dolor dolore proin dolor congue praesent at sed congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet mauris pharetra donec diam euismod turpis lorem laoreet aliquet at lorem nunc praesent eget pharetra donec ante non amet erat, massa diam elit ipsum nisi. Mi tellus consectetur lorem aliquet consectetur lorem nunc, praesent mauris dolor dolore ante molestie amet erat massa, ullamcorper felis sit ac laoreet tellus consectetur lorem tincidunt sem. Eget pulvinar ante volutpat nonummy tempus lobortis ullamcorper adipiscing, ipsum ut diam id sit ac laoreet tellus consectetur sed dolore ante volutpat, amet aliquam nibh nonummy lorem. Ut ullamcorper felis feugiat lobortis ullamcorper elit ipsum lobortis, sem elit ipsum magna, diam id sit magna et elit, ipsum nisi et eget pulvinar nisi elit pulvinar. Nisi, et, id amet nisi et eget pulvinar dolore proin mauris dolor nunc, sem eget pulvinar donec proin mauris pharetra donec ante mauris dolor donec volutpat dolor. Dolore mi, mauris, feugiat tincidunt ullamcorper turpis nisi ante volutpat amet donec nibh non amet, tempus lobortis non nonummy donec ante, non nonummy ut mi, molestie, turpis. Erat tincidunt proin volutpat pulvinar, tempus lobortis diam felis lorem congue, praesent molestie sit, magna mi molestie turpis erat mi molestie, sit magna id consectetur lorem, nunc. Sem at sed dolore proin mauris sed dolore, proin volutpat amet, tempus lobortis non amet erat massa volutpat consectetur erat massa sem felis lorem laoreet aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut sem elit ipsum dolore proin sed dolore sem eget, dolor, nisi proin mauris sed dolore ante volutpat amet tempus lobortis. Diam id pharetra ac laoreet tellus turpis ac laoreet, aliquet volutpat turpis sit ac, tincidunt tellus at sed, nunc praesent eget pharetra. Dolore ante volutpat amet aliquam massa volutpat amet ipsum nisi et euismod turpis erat nunc eget pulvinar dolore praesent mauris sed dolore. Praesent mauris pharetra donec proin mauris pharetra erat, lobortis diam felis ipsum, ut diam felis sit, et eget pulvinar magna laoreet tellus. Turpis lorem tincidunt praesent mauris feugiat donec proin molestie amet erat lobortis sem nonummy erat massa tellus pharetra donec mi tellus sed. Ut, proin eget amet, ac nibh euismod turpis ac tincidunt aliquet felis dolor magna ante non elit tempus nunc sem eget pulvinar. Aliquam nibh ullamcorper adipiscing laoreet aliquet mauris dolor dolore mi molestie dolor donec mi molestie pharetra tempus, massa sem nonummy, ipsum ut. Diam id pulvinar ac laoreet praesent, mauris donec ante volutpat amet ipsum ut diam id turpis, ac laoreet tellus at sed dolore. Proin non amet tempus, ut diam id pharetra magna laoreet tellus consectetur tincidunt aliquet at sed dolore proin eget pulvinar dolore, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, mauris amet massa volutpat amet donec massa non, elit feugiat nisi diam elit ipsum ut diam elit pulvinar, nisi et, eget sit. Aliquam nibh euismod turpis lobortis aliquet mauris dolor, dolore mi volutpat pharetra tempus nunc sem elit pulvinar, nisi nibh id sit aliquam nibh. Euismod, adipiscing lorem tincidunt aliquet mauris congue aliquet adipiscing tempus nibh diam felis dolor magna ante, non nonummy erat massa, non at ipsum. Ut proin eget, pulvinar nisi nibh euismod turpis tempus lobortis amet, aliquam nibh ullamcorper adipiscing feugiat ut diam felis sit donec laoreet tellus. Pharetra ac laoreet molestie, turpis ac massa tellus at sed aliquet at sed dolore proin eget, pulvinar aliquam nibh non nonummy ipsum ut. Mi tellus consectetur, ac massa sem at sed nunc proin, mauris, dolor dolore proin dolor dolore, proin volutpat pharetra dolore proin eget amet. Aliquam lobortis non amet erat ante non nonummy tempus lobortis sem, nonummy ipsum ut diam, id sit, aliquam euismod turpis ac, laoreet euismod. Turpis ac tincidunt praesent mauris dolor dolore mi molestie dolor magna mi molestie sit, magna, mauris feugiat, donec, mi molestie pharetra ac massa. Aliquet elit ipsum nisi, et, eget pulvinar tempus nibh, euismod nonummy tempus lobortis ullamcorper, felis sit magna mi, molestie ac, laoreet, molestie consectetur. Sed massa aliquet at, sed, nunc sem elit erat nunc sem mauris dolor dolore ante volutpat amet aliquam nibh diam felis feugiat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra donec ante volutpat nonummy ipsum ut diam eget nunc sem elit sed, nunc proin eget pulvinar nisi nibh id amet aliquam nibh ullamcorper adipiscing tempus lobortis. Euismod adipiscing lorem congue diam adipiscing feugiat congue id pharetra erat nunc proin eget amet aliquam tincidunt praesent molestie dolor magna mi, molestie, dolor magna mi tellus nonummy. Sed ut et id aliquam nibh ullamcorper adipiscing feugiat tincidunt ullamcorper felis lorem lobortis ullamcorper amet tempus lobortis diam felis pharetra donec massa sem elit ipsum ut proin. Pulvinar aliquam lobortis ullamcorper adipiscing feugiat tincidunt praesent felis, lorem congue praesent mauris dolor donec massa tellus elit ipsum, ut proin, eget pulvinar, aliquam laoreet euismod turpis et. Volutpat turpis aliquam nibh euismod turpis aliquam lobortis diam mauris sit magna laoreet molestie consectetur sed massa sem elit pulvinar dolore et, volutpat amet nisi proin pulvinar nisi. Lobortis diam adipiscing lorem ut ullamcorper adipiscing feugiat donec mi, molestie pharetra magna mi molestie feugiat congue felis sit ac mi felis pulvinar ut diam felis pulvinar nisi. Diam, elit ipsum nunc sem eget pulvinar nisi et eget pulvinar nisi et euismod adipiscing lorem aliquet, adipiscing lorem tincidunt ullamcorper adipiscing feugiat ut, ullamcorper nonummy tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent ac, lobortis ullamcorper turpis aliquam nibh euismod turpis tempus tincidunt praesent felis lorem congue praesent molestie consectetur sed ut sem elit ipsum nisi proin. Sed nunc sem eget dolor dolore proin volutpat nonummy tempus, lobortis diam felis sit, magna laoreet tellus pharetra ac laoreet molestie pharetra magna et id. Sed nunc proin mauris pulvinar, nisi nibh euismod nonummy tempus ante volutpat amet tempus ut ullamcorper felis ipsum congue et molestie turpis erat nunc sem. Elit dolor proin eget amet donec ante volutpat nonummy lorem ut diam adipiscing ipsum ut et molestie turpis magna laoreet molestie sit ac laoreet tellus. Magna nibh tellus, consectetur lorem, laoreet euismod turpis aliquam et id turpis ac tincidunt aliquet at feugiat, congue, praesent mauris dolor donec ante molestie dolor. Magna ante sit donec massa non at sed nunc sem elit sed dolore et eget pulvinar nisi et volutpat amet aliquam lobortis euismod, adipiscing lorem. Ut diam, adipiscing feugiat praesent molestie consectetur ipsum dolore et eget amet aliquam, lobortis aliquet mauris dolor, magna ante molestie pharetra donec ante tellus, donec. Massa non elit ipsum dolore et id pulvinar nisi et eget dolor nisi nibh euismod amet aliquam nibh ullamcorper adipiscing lorem ut, mi molestie consectetur. Erat non consectetur erat laoreet, aliquet at erat laoreet molestie sit, ac, mi euismod, consectetur sed nunc praesent eget pulvinar, aliquam nibh, non amet aliquam. Massa ullamcorper ipsum congue diam nonummy erat lobortis sem elit pulvinar nisi et, id turpis nisi laoreet tellus adipiscing ac tincidunt ullamcorper adipiscing, lorem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis tempus tincidunt, ullamcorper adipiscing dolor erat ante tellus, nonummy donec laoreet sit magna mi molestie consectetur sed nunc sem, elit dolor nunc proin elit dolor nisi. Ante euismod nonummy tempus ut diam adipiscing, lorem lobortis ullamcorper ipsum ut ullamcorper elit ipsum ut diam elit ipsum nisi et id turpis ac laoreet, euismod sit nisi. Diam id pulvinar nisi proin eget, pulvinar nisi id amet ac, lobortis ullamcorper adipiscing lorem lobortis, ullamcorper adipiscing feugiat tincidunt diam molestie, pharetra erat ut proin id sit. Nisi et eget nunc, proin eget amet aliquam lobortis euismod felis lorem congue praesent mauris pharetra, erat massa sem elit pulvinar, aliquam nibh euismod amet aliquam, et volutpat. Turpis ac massa volutpat consectetur tempus nunc sem eget pulvinar nisi et euismod adipiscing lorem tincidunt, aliquet molestie dolor dolore praesent mauris lorem, tincidunt aliquet felis feugiat congue. Praesent feugiat congue praesent felis feugiat ut praesent id pharetra donec massa proin elit ipsum dolore et eget amet aliquam nibh amet aliquam nibh, euismod adipiscing tempus lobortis. Ullamcorper, felis feugiat magna mi tellus consectetur ac massa tellus consectetur ac laoreet tellus at dolor dolore proin, mauris tincidunt aliquet at sed nunc praesent mauris sed congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquet at dolor, praesent molestie consectetur erat massa non nonummy tempus nunc non. Nonummy sed massa tellus consectetur ac mi tellus consectetur erat nunc sem elit dolor. Tellus consectetur sed nunc sem, eget nonummy, tempus lobortis ullamcorper felis sit magna mi. Tellus, at ipsum nunc et volutpat amet aliquam nibh volutpat turpis lobortis ullamcorper felis. Sit magna ante non eget pulvinar nisi nibh euismod, turpis lorem tincidunt praesent volutpat. Nonummy, tempus massa, non elit pulvinar nisi et id, magna laoreet tellus at dolor. Aliquam magna nisi dolore congue nunc tincidunt ante, diam euismod consectetur, amet pharetra turpis. Pulvinar sit donec laoreet, non donec mi molestie pharetra ac massa sem elit, sed. Nunc sem volutpat adipiscing lorem lobortis ullamcorper adipiscing lorem lobortis, ullamcorper felis sit congue. Mi tellus pharetra, erat molestie, sit ac mi id, turpis, ac, laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat congue molestie pharetra erat massa non eget ipsum nisi et volutpat amet aliquam proin volutpat pulvinar nisi nibh euismod amet donec. Ante volutpat pharetra donec proin sed congue, praesent molestie, pharetra, erat massa volutpat amet donec ante volutpat consectetur erat massa tellus consectetur sed massa. Non elit, pulvinar ut et id aliquam et euismod amet, nisi nibh volutpat pulvinar dolore proin volutpat nonummy lorem congue mi molestie pharetra, donec. Nunc sem eget ipsum ut proin ipsum dolore proin, elit dolor nisi ante eget pulvinar dolore sem mauris dolor donec ante, volutpat amet tempus. Lobortis ullamcorper nonummy tempus massa non elit feugiat sem id, feugiat magna et euismod turpis ac laoreet euismod, turpis ac laoreet tellus, at dolor. Donec ante volutpat, nonummy tempus lobortis ullamcorper elit tempus, lobortis sem erat massa tellus consectetur erat ut diam eget pulvinar nisi nibh euismod turpis. Ac tincidunt aliquet at feugiat tincidunt aliquet mauris feugiat tincidunt volutpat, nonummy ipsum, nunc sem elit ipsum ut proin elit sed massa sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et id sit magna laoreet tellus. At lorem nunc praesent mauris dolor dolore. Praesent mauris dolor dolore praesent mauris dolor. Dolore proin mauris congue mi molestie pharetra. Erat nunc non nonummy, pulvinar nisi et. Id turpis ac tincidunt aliquet, mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper felis dolor donec massa non nonummy tempus ut et tellus, at sed dolore proin mauris dolor aliquam massa ullamcorper elit feugiat nisi elit feugiat nisi mi. Id turpis lorem laoreet tellus adipiscing lorem tincidunt praesent at sed congue proin, molestie amet tempus ut diam felis sit magna, felis id at adipiscing pharetra pulvinar sed. Tempus turpis, feugiat dolore ante volutpat consectetur tempus, lobortis diam id, turpis nisi nibh euismod turpis aliquam et euismod sit, nibh, ullamcorper at lorem dolore mi mauris pharetra. Erat massa, diam felis pulvinar magna nibh id sit ac laoreet tellus at sed congue adipiscing lorem congue praesent mauris lorem lobortis ullamcorper adipiscing lorem lobortis diam nonummy. Tempus tincidunt, praesent mauris sit congue praesent felis feugiat magna mi id pharetra ac tellus consectetur, erat mi euismod sit ac laoreet aliquet consectetur ac tincidunt praesent mauris. Pharetra dolore, praesent mauris sed congue praesent at dolor, dolore mi molestie, dolor mi mauris pharetra donec mi mauris sit, magna mi mauris consectetur, erat massa non consectetur. Sed massa tellus consectetur, erat tellus turpis ac mi tellus turpis magna nibh id pulvinar magna nibh, id turpis ac laoreet, ullamcorper adipiscing ac laoreet ullamcorper turpis lorem. Tincidunt, aliquet felis feugiat diam turpis lorem lobortis ullamcorper nonummy tempus lobortis ullamcorper nonummy aliquam nibh ullamcorper adipiscing feugiat ut et felis feugiat ut diam felis, sit, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem magna laoreet non eget sit aliquam laoreet aliquet at, feugiat congue, adipiscing lorem congue ante non nonummy. Ipsum ut laoreet aliquet at dolor dolore proin eget amet tempus lobortis non elit ipsum lobortis diam elit. Feugiat nisi elit ipsum, nisi mi euismod consectetur ac, tincidunt proin mauris sed congue proin eget amet aliquam. Ante volutpat amet erat ante volutpat, consectetur erat ante pharetra donec ante non elit ipsum nunc sem eget. Ipsum nisi et id turpis ac nibh euismod amet aliquam nibh euismod felis dolor praesent mauris sit, magna. Mi molestie pharetra donec, mi molestie pharetra magna laoreet molestie consectetur, erat nunc aliquet elit dolor dolore sem. Eget dolor nisi nibh euismod donec ante eget amet aliquam lobortis ullamcorper adipiscing tempus, lobortis ullamcorper, elit feugiat. Ut, diam elit feugiat ut sem elit ipsum nisi diam eget pulvinar nisi diam erat massa tellus at. Sed dolore proin eget pulvinar nisi et euismod turpis tempus tincidunt mi mauris feugiat lobortis euismod adipiscing ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet tempus lobortis diam id feugiat, nisi mi id, pulvinar diam felis turpis magna nibh id pulvinar nisi proin eget sit. Aliquam, nibh euismod turpis ac lobortis ullamcorper adipiscing lorem lobortis aliquet mauris dolor donec ante sit magna laoreet molestie pharetra magna mi id. Sit magna diam id sit ut ullamcorper elit ipsum lobortis sem elit tempus nunc diam, elit ipsum non nonummy sed nunc non consectetur. Erat massa tellus pharetra ac, massa aliquet at dolor nunc sem mauris pulvinar nisi nibh euismod amet proin volutpat, amet tempus lobortis volutpat. Amet aliquam massa ullamcorper amet erat ante volutpat nonummy tempus, lobortis sem elit, pulvinar magna, laoreet aliquet mauris dolor dolore proin, sed dolore. Ante ullamcorper elit ipsum nisi diam, felis feugiat, nisi mi tellus consectetur ac laoreet id pulvinar nisi et euismod sit nisi, et euismod. Adipiscing lorem id, amet aliquam et eget pulvinar dolore sem eget dolor nisi proin volutpat adipiscing lorem congue praesent id feugiat congue praesent. Pharetra erat laoreet tellus turpis, ac mi euismod sit magna mi tellus at dolor, dolore ante volutpat amet tempus ut diam id sit. Magna laoreet tellus turpis et id sit, ac mi tellus consectetur lorem laoreet aliquet at sed nunc aliquet adipiscing, lorem tincidunt aliquet at. Feugiat dolore praesent, mauris pharetra donec ante molestie magna praesent felis tempus lobortis ullamcorper adipiscing lorem lobortis diam felis sit magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut et id turpis, magna laoreet tellus consectetur lorem tincidunt. Praesent at dolor dolore ante volutpat, amet aliquam, ante volutpat dolore. Mi non nonummy, tempus massa volutpat consectetur tempus nunc non nonummy. Sed, massa molestie pharetra magna laoreet, non at ipsum nunc, proin. Eget dolore proin volutpat, amet lorem congue ullamcorper felis feugiat magna. Ante mauris, pharetra congue praesent molestie pharetra ac laoreet molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie pharetra donec ante molestie. Pharetra tempus, nunc diam, euismod turpis. Lorem congue praesent mauris dolor congue. Proin volutpat nonummy ipsum sem nonummy. Erat lobortis sem elit, tempus nunc. Non elit ipsum ut et id. Sit ac laoreet ullamcorper adipiscing feugiat. Tincidunt praesent, mauris pharetra aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore proin volutpat, pulvinar aliquam ante volutpat amet aliquam lobortis non nonummy tempus lobortis, non donec ante non felis pulvinar magna laoreet. Tellus at dolor dolore praesent mauris dolor congue praesent mauris dolor dolore praesent molestie pharetra donec, ante amet erat, lobortis sem nonummy tempus. Ut et, id sit magna et id pulvinar nisi et eget ipsum nisi, nibh ullamcorper, adipiscing ac nibh eget pulvinar nisi eget pulvinar. Donec ante volutpat dolor donec ante volutpat, amet tempus massa non amet aliquam massa non amet, erat massa volutpat consectetur erat felis feugiat. Tincidunt, praesent molestie sit, magna laoreet tellus consectetur, sed, massa sem elit sed dolore proin eget dolor, dolore, et eget dolor dolore, proin. Eget dolor aliquet mauris pulvinar donec ante mauris dolor dolore praesent molestie amet erat, massa diam felis feugiat nisi mi, euismod turpis magna. Laoreet tellus at, lorem nunc turpis ac laoreet aliquet at feugiat, congue aliquet at dolor dolore mi, volutpat pharetra erat massa, non nonummy. Erat nunc nonummy sed ut et euismod, turpis ac nibh euismod adipiscing, lorem tincidunt praesent mauris pharetra donec massa volutpat elit tempus massa. Diam elit ipsum aliquam laoreet tellus aliquam nibh euismod turpis ac tincidunt aliquet mauris, amet, erat ante volutpat consectetur erat massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis ipsum congue et. Id pharetra ac laoreet molestie at. Pulvinar nisi ante volutpat amet nisi. Nibh euismod aliquam lobortis ullamcorper adipiscing. Feugiat congue mi molestie sit magna. Laoreet, molestie turpis ac laoreet aliquet. Consectetur dolor dolore ante volutpat nonummy. Tempus lobortis nonummy tempus lobortis non. Adipiscing ipsum lobortis diam id sit. Magna mi molestie at erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus ut sem id turpis ac congue praesent mauris dolor dolore proin. Molestie amet erat lobortis sem elit pulvinar ut diam id turpis lorem tincidunt. Pulvinar nisi, et id sit nisi, et id amet aliquam nibh euismod pulvinar. Nisi nibh euismod amet nisi ante volutpat nonummy aliquam lobortis non pharetra proin. Volutpat amet tempus lobortis ullamcorper elit tempus, lobortis diam elit ipsum lobortis sem. Elit tempus nunc diam nonummy tempus, ut et id turpis nisi et id. Dolore, et euismod adipiscing lorem congue mi molestie pharetra magna ante volutpat, nonummy. Tempus nunc diam id turpis ac nibh euismod pulvinar, ut eget pulvinar nisi. Lobortis ullamcorper adipiscing lorem congue aliquet felis feugiat, erat nisi sem nonummy erat. Laoreet non nonummy sed nunc proin eget pulvinar ac tincidunt aliquet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, turpis ac laoreet tellus turpis ac laoreet tellus at sed congue adipiscing lorem lobortis ullamcorper at feugiat. Congue praesent, mauris dolor magna mi, molestie pharetra, erat nunc sem elit sed laoreet non at ipsum ut. Et euismod feugiat congue praesent mauris pharetra, donec mi molestie pharetra erat ante tellus consectetur ipsum ut proin. Eget pulvinar ut sem elit pulvinar nisi nibh ullamcorper aliquam nibh volutpat adipiscing, tempus tincidunt euismod adipiscing lorem. Congue mi molestie nonummy pulvinar nisi et id amet nisi proin elit ipsum nunc consectetur erat nunc proin. Mauris pulvinar, nunc sem mauris pulvinar donec ante mauris, dolor donec, proin molestie amet aliquam ante volutpat amet. Tempus lobortis sem elit pulvinar non, nonummy tempus ut sem, elit, ipsum nisi proin eget, pulvinar aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie at, laoreet aliquet, elit, pulvinar tempus lobortis, ullamcorper felis sit magna mi molestie, sit congue praesent, id pharetra erat massa sem elit ipsum. Dolore proin eget tincidunt aliquet at dolor dolore proin volutpat nonummy lorem ut diam felis pharetra ac laoreet, tellus at ipsum dolore et volutpat. Turpis, lorem congue, aliquet lorem tincidunt, praesent molestie, sit donec laoreet molestie consectetur donec laoreet tellus pharetra magna mi molestie turpis ac laoreet tellus. Consectetur erat tincidunt, turpis magna nibh eget sit nisi nibh tellus turpis lorem congue proin molestie pharetra donec massa ullamcorper felis sit magna mi. Id sit magna et id sit et id sit nisi proin id amet aliquam nibh euismod adipiscing lorem tincidunt praesent mauris pharetra erat massa. Sem elit ipsum ut diam id sit aliquam nibh sit lorem laoreet aliquet adipiscing lorem, tincidunt ullamcorper felis feugiat dolore mi volutpat nonummy, tempus. Nunc diam id turpis magna laoreet, tellus adipiscing lorem tincidunt praesent lorem tincidunt praesent mauris pharetra erat lobortis sem elit tempus nunc non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut praesent id, pharetra magna et molestie, pharetra ac laoreet molestie at erat nunc proin volutpat, pulvinar. Aliquam lobortis euismod tempus ut diam id, feugiat magna mi molestie, pharetra, ac laoreet aliquet at dolor. Nisi, et euismod turpis aliquam ante euismod amet aliquam nibh amet aliquam nibh non nonummy tempus congue. Diam id feugiat magna, mi tellus turpis sed nunc proin eget, pulvinar aliquam nibh, euismod adipiscing lorem. Ut, praesent ipsum lobortis ullamcorper adipiscing, ipsum ut ullamcorper felis feugiat ut diam elit ipsum ut diam. Felis tempus, nunc sem elit ipsum ut proin elit praesent felis feugiat magna, et id turpis magna. Mi id, turpis magna et euismod turpis lorem nibh eget, pulvinar ut sem elit sed nunc, sem. Id, nisi et volutpat pulvinar nisi et volutpat turpis tempus lobortis diam felis feugiat congue diam mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id turpis ac laoreet ullamcorper mauris feugiat dolore, mi molestie. Consectetur donec ante molestie pharetra donec ante non elit ipsum ut. Proin id nisi proin at, erat nunc sem elit dolor nunc. Proin elit sed nunc aliquet at lorem nunc ante non nonummy. Aliquam nibh ullamcorper nonummy ipsum volutpat nonummy tempus ut ullamcorper nonummy. Ipsum ut sem elit ipsum nunc sem nonummy tempus ut, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id lobortis non nonummy ipsum ut diam felis ipsum ut et euismod turpis lorem mi tellus turpis ac laoreet aliquet. Mauris dolor dolore proin eget pharetra aliquet at ac tincidunt aliquet felis feugiat dolore praesent mauris pharetra, magna mi tellus. Nonummy sit ut et eget, pulvinar, ut proin id amet aliquam volutpat, amet aliquam, nibh euismod adipiscing lorem lobortis euismod. Felis feugiat congue praesent mauris feugiat, lobortis ullamcorper adipiscing ipsum ut ullamcorper felis sit magna mi, molestie consectetur mi euismod. Turpis ac tincidunt sem mauris amet aliquam nibh non nonummy tempus ut praesent molestie pharetra erat massa tellus at sed. Nisi, at sed nunc sem eget pulvinar donec nibh ullamcorper nonummy tempus lobortis ullamcorper adipiscing ipsum ut et, id turpis. Ac massa, aliquet consectetur erat tincidunt tellus, at tincidunt praesent mauris dolor dolore ante volutpat pharetra donec ante, non amet. Tempus massa non nonummy ipsum nisi diam elit pulvinar nisi et euismod consectetur lorem laoreet turpis lorem tincidunt aliquet mauris. Pharetra donec ante non nonummy, tempus lobortis sem elit feugiat nisi et euismod turpis et euismod sit aliquam nibh tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar aliquam lobortis euismod, turpis ac. Euismod turpis tempus lobortis euismod adipiscing feugiat. Congue praesent molestie pharetra, erat laoreet molestie. Pharetra, erat massa, sem eget amet nisi. Et, volutpat amet aliquam, volutpat amet nisi. Nibh euismod nonummy aliquam nibh, non amet. Aliquam lobortis, ullamcorper adipiscing tempus lobortis, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis ullamcorper felis dolor, magna praesent mauris sit donec mi molestie sit congue praesent id feugiat congue diam. Id turpis, ac mi molestie ac mi euismod turpis lorem tincidunt, aliquet at sed tincidunt aliquet adipiscing lorem laoreet. Ullamcorper adipiscing ac lobortis ullamcorper turpis ac lobortis euismod turpis lorem diam felis dolor congue mi tellus pharetra donec. Massa sem elit pulvinar ut proin elit pulvinar, nisi proin euismod adipiscing lorem tincidunt ullamcorper adipiscing lorem tincidunt mauris. Sit congue mi molestie, sit donec massa non at sed dolore, et ullamcorper adipiscing feugiat congue praesent, felis lorem. Congue mi, mauris, pharetra, ante non nonummy ipsum nisi et id turpis lorem lobortis euismod amet ac lobortis ullamcorper. Adipiscing, feugiat congue mi tellus consectetur tempus nunc sem eget pulvinar proin elit sed ut sem elit ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet, at dolor dolore nibh. Euismod pharetra, erat, massa sem, eget. Sit aliquam nibh euismod adipiscing lorem. Congue mi volutpat amet tempus lobortis. Sem elit pulvinar nisi nibh id. Sit magna eget ipsum nisi nibh. Id amet ac tincidunt aliquet at. Feugiat congue praesent felis lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet lorem, tincidunt praesent mauris dolor dolore proin volutpat, amet aliquam, lobortis diam elit ipsum ut, et euismod turpis ac tincidunt sem mauris, dolor. Donec eget amet aliquam lobortis ullamcorper felis ipsum congue, mi tellus, at dolor nisi nibh ullamcorper felis feugiat congue, praesent mauris pharetra donec nunc. Sem id felis feugiat, congue mi molestie consectetur, erat massa aliquet at sed dolore ante volutpat nonummy aliquam nibh volutpat, amet aliquam nibh non. Felis sit ac massa sem ac massa aliquet eget amet tempus tincidunt aliquet, felis lorem congue diam felis sit magna laoreet non at sed. Ut, et id, turpis lobortis aliquet felis dolor dolore mi mauris, dolor donec ante non consectetur erat massa sem, elit pulvinar aliquam nibh, euismod. Turpis nisi et ullamcorper adipiscing lorem lobortis pulvinar nisi nibh euismod adipiscing lorem congue praesent mauris sit magna mi tellus elit sed massa non. At, ipsum nisi lobortis euismod adipiscing feugiat magna praesent, mauris congue praesent mauris, pharetra magna mi molestie sit donec nunc non elit pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit nisi et euismod turpis magna nibh euismod. Adipiscing sed tincidunt aliquet eget dolor dolore proin molestie. Tempus lobortis diam, id sit ac tincidunt sem eget. Pulvinar donec nibh volutpat nonummy aliquam nibh ullamcorper adipiscing. Ipsum congue mi molestie pharetra erat tellus at dolor. Dolore proin eget, dolor nisi sem mauris dolor dolore. Proin, eget pharetra aliquam nibh non nonummy tempus, massa. Ullamcorper id sit magna mi sit ut diam felis. Sit magna et tellus adipiscing lorem tincidunt, tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed molestie elit amet ac tincidunt aliquet mauris dolor magna mi non nonummy tempus ut diam id. Turpis lorem tincidunt praesent at pharetra aliquam massa ullamcorper erat massa volutpat elit ipsum ut sem elit. Ipsum nunc non nonummy sed nisi et euismod turpis ac laoreet, ullamcorper adipiscing lorem lobortis ullamcorper felis. Volutpat amet tempus nibh ullamcorper felis feugiat nibh ullamcorper, nonummy lorem lobortis diam adipiscing feugiat ut ullamcorper. Elit ipsum nisi mi molestie turpis magna mi euismod ac laoreet, tellus consectetur dolor dolore proin eget. Pharetra aliquam ante volutpat nonummy tempus proin proin molestie dolor dolore mi molestie pharetra erat, nunc aliquet. At felis sit magna mi molestie pharetra donec laoreet tellus consectetur erat mi molestie turpis magna laoreet. Tellus consectetur ac laoreet aliquet mauris pulvinar dolore consectetur lorem tincidunt praesent eget pharetra donec ante, mauris. Dolor donec ante volutpat amet erat ante volutpat consectetur tempus massa non felis ipsum tempus, lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat amet erat massa sem elit ipsum ut. Et tempus ut et euismod turpis sed tempus magna ut. Tincidunt lobortis massa tincidunt mi non elit consectetur dolor, nisi. Lobortis praesent molestie nonummy pulvinar ac lobortis mi non, euismod. Molestie tellus eget at nonummy sit turpis dolor ipsum ut. Diam felis pulvinar, nisi nibh euismod, turpis ac, nibh euismod. Aliquam et euismod turpis aliquam nibh euismod adipiscing tempus congue. Praesent felis lorem congue praesent molestie eget at, nonummy nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id eget mauris elit eget molestie elit consectetur amet sit pulvinar. Lorem dolore ut mi sem id adipiscing pharetra aliquam dolore tincidunt. Lobortis laoreet nibh mi diam euismod, eget felis eget at felis. At adipiscing nonummy elit turpis, amet consectetur amet dolor erat ante. Elit consectetur ac tincidunt praesent mauris dolor dolore proin volutpat pharetra. Donec, ante non amet tempus massa ullamcorper elit feugiat nisi et. Felis sit magna nibh, turpis ac nibh tellus adipiscing sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nisi et volutpat turpis tempus lobortis ullamcorper. Adipiscing nibh euismod nonummy tempus lobortis ullamcorper nonummy aliquam. Ut ullamcorper nonummy tempus lobortis, ullamcorper elit, feugiat ut. Sem felis pulvinar nisi mi tellus consectetur sed aliquet. At lorem, dolore proin volutpat amet aliquam, massa non. Felis sit magna laoreet aliquet at sed nunc proin. Volutpat amet tempus lobortis, diam, mauris magna, mi, molestie. Pharetra erat massa tellus pharetra erat laoreet tellus consectetur. Erat tincidunt, aliquet at sed nunc, sem mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id amet ac laoreet ullamcorper at pharetra, donec, ante molestie pharetra erat massa non elit tempus ut elit ipsum. Aliquam laoreet tellus at sed donec ante non felis ipsum ut diam id sit magna laoreet euismod turpis magna laoreet. Praesent eget dolor, donec eget pharetra donec ante molestie, dolor donec ante non elit ipsum nisi et id sit ac. Tincidunt sem eget dolor dolore ante volutpat amet aliquam molestie amet aliquam massa non, nonummy ipsum lobortis sem felis pulvinar. Magna et euismod consectetur ac nibh, euismod, turpis lorem congue aliquet mauris congue aliquet, at feugiat congue mi molestie dolor. Dolore ante volutpat nonummy ipsum ut sem elit ipsum nisi nibh id sit aliquam et euismod turpis aliquam, lobortis turpis. Ac tincidunt praesent felis dolor magna praesent molestie consectetur donec mi molestie pharetra magna mi molestie sit ac mi molestie. Consectetur erat nunc sem at sed euismod consectetur sed tincidunt tellus mauris dolor, dolore proin volutpat amet aliquam, lobortis diam. Adipiscing sit magna mi felis ante volutpat amet erat ante non consectetur tempus nunc non elit pulvinar ut sem elit. Ipsum ut proin elit pulvinar nisi et, euismod turpis ac congue aliquet tempus tincidunt, ullamcorper, adipiscing lorem tincidunt praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna, mi non congue et id sit nisi et. Felis turpis magna laoreet euismod consectetur lorem nunc proin, eget amet. Tempus ut praesent id sit magna, mi feugiat, magna et id. Turpis ac tincidunt aliquet at dolor dolore proin volutpat nonummy lorem. Ut diam id sit, magna mi molestie turpis ac laoreet feugiat. Magna mi euismod, sit magna tincidunt aliquet, consectetur sed nunc praesent. Mauris dolor donec ante volutpat nonummy tempus massa ullamcorper elit sit. Ut, diam, felis ipsum non nonummy, erat massa non elit ipsum. Ut proin eget pulvinar ut non at ipsum nisi proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, mi euismod turpis ac tincidunt praesent. Eget pharetra donec, nibh ullamcorper nonummy feugiat. Congue mi molestie sit ac laoreet turpis. Erat nunc proin eget dolor aliquam nibh. Euismod nonummy tempus lobortis ullamcorper felis feugiat. Magna laoreet sem, eget amet feugiat dolore. Mi volutpat donec ante non nonummy ipsum. Nisi et tellus adipiscing lorem tincidunt proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac congue mi non erat, ante. Volutpat, elit, ipsum ut diam elit ipsum ut. Nibh euismod turpis aliquam nibh euismod adipiscing feugiat. Dolore ante non elit feugiat, nisi mi sit. Nisi et id turpis magna nibh id sit. Aliquam nibh ullamcorper adipiscing feugiat congue proin mauris. Pharetra, donec ante volutpat consectetur tempus nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, erat massa sem at sed nunc sem, at sed dolore proin eget amet aliquam lobortis euismod dolore proin mauris dolor nunc proin mauris dolor, dolore ante. Eget amet aliquam ante volutpat amet erat massa non nonummy, tempus lobortis diam felis pulvinar ut consectetur erat ante tellus pharetra donec laoreet tellus pharetra ac, mi. Tellus consectetur erat laoreet molestie, consectetur ac dolore proin, volutpat amet tempus lobortis euismod eget pharetra, aliquam lobortis praesent, molestie consectetur sed nunc proin eget amet tempus. Lobortis aliquet molestie pharetra donec ante tellus consectetur erat mi lorem lobortis diam id feugiat congue et molestie sit nisi mi molestie turpis, magna mi tellus at. Dolor nunc praesent mauris lorem, nunc praesent volutpat amet aliquam molestie pharetra donec ante, molestie pharetra dolore, ante volutpat nonummy ipsum massa, tellus pharetra donec, mi molestie. Pharetra donec mi tellus consectetur ac laoreet tellus consectetur sed tellus, sit ac, tincidunt sem elit dolor nunc ante euismod nonummy lorem ut non adipiscing tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, nonummy ipsum nisi et id sit ac laoreet tellus consectetur ac nunc praesent mauris nunc proin. Volutpat, amet tempus lobortis ullamcorper nonummy aliquam massa non nonummy tempus, ut non nonummy pulvinar nisi nibh. Euismod turpis lorem tincidunt tellus lorem congue aliquet, mauris dolor donec ante volutpat amet erat massa non. Nonummy pulvinar magna mi, aliquet mauris sed dolore ante eget amet, tempus lobortis praesent felis, lobortis, ullamcorper. Felis turpis erat, massa aliquet elit dolor dolore proin volutpat amet tempus nibh ullamcorper mauris pharetra donec. Laoreet non at sed et euismod amet nisi nibh, volutpat turpis lorem congue mi mauris dolor donec. Massa tellus consectetur sed ut et euismod turpis lorem congue, ante volutpat nonummy tempus molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa tellus nonummy ipsum ut proin elit sed, ut et. Euismod, dolore nibh, volutpat amet lorem lobortis aliquet felis feugiat congue. Mi, tellus consectetur sed, nunc et id, turpis ac tincidunt aliquet. Mauris feugiat donec ante dolor donec lobortis non felis turpis ac. Nibh tellus at lorem tincidunt aliquet, adipiscing sed congue, aliquet at. Sed tincidunt aliquet at feugiat dolore mi dolor donec, ante non. Elit pulvinar magna, et id sit ac laoreet tellus adipiscing dolor. Dolore proin mauris pharetra tempus, lobortis non felis massa non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna mi, molestie consectetur erat nunc. Sem eget pulvinar aliquam et id, dolore. Sem elit pulvinar nisi ante volutpat pulvinar. Aliquam ante euismod nonummy tempus ut diam. Id feugiat, ac laoreet tellus at ipsum. Nisi et volutpat nunc tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, sem eget, sit ac tincidunt aliquet at sed congue, aliquet mauris dolor congue. Felis feugiat, dolore massa volutpat nonummy tempus ut diam eget pulvinar magna et euismod. Sit ac nibh euismod turpis ac lobortis, euismod turpis ac lobortis ullamcorper feugiat congue. Praesent molestie consectetur donec ante tellus pharetra, donec laoreet tellus pharetra erat massa non. At sed nunc, proin eget, pulvinar nisi proin eget nunc sem, mauris pulvinar donec. Ante ullamcorper adipiscing tempus ut diam id sit magna massa tellus at erat tincidunt. Aliquet at sed tincidunt, turpis ac, laoreet aliquet mauris, dolor donec nibh ullamcorper adipiscing. Sit magna et molestie turpis, magna massa aliquet at dolor nunc sem, eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, aliquet mauris amet tempus ut, diam felis sit magna mi molestie consectetur sed nunc aliquet at sed tellus turpis ac laoreet tellus, adipiscing lorem tincidunt ullamcorper. At sed congue praesent mauris feugiat congue praesent mauris dolor tincidunt mi mauris pharetra donec tellus nonummy sed ut sem eget ipsum ut proin elit ipsum, nisi. Proin eget amet nisi et ullamcorper turpis lorem, congue praesent, felis feugiat tincidunt diam, lorem ut praesent molestie, sit ac, massa non at sed massa aliquet consectetur. Dolor nisi ante volutpat amet aliquam lobortis diam molestie sit magna id feugiat, congue praesent molestie sit, ac massa aliquet, at sed tincidunt aliquet at erat, tincidunt. Sem mauris sed dolore proin mauris dolor dolore proin eget pharetra ante volutpat, amet tempus lobortis, ullamcorper, elit feugiat nisi et, felis pulvinar ut diam eget ipsum. Nisi nibh euismod sit ac laoreet ullamcorper adipiscing lorem tincidunt non, amet, erat ut et, id sit magna mi id, sit magna nibh euismod adipiscing sed donec. Massa diam adipiscing, ut ullamcorper elit feugiat nisi et euismod at, sed tincidunt sem at lorem tincidunt aliquet at sed, nunc, proin eget pharetra dolore ante molestie. Nonummy ipsum ut elit ipsum ut diam, felis pulvinar magna diam id sit nisi diam eget pulvinar nisi et, euismod amet aliquam nibh id amet ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor dolore proin eget amet aliquam ante eget dolor congue proin, eget pharetra lobortis diam. Elit feugiat, nisi et id turpis ac laoreet aliquet at sed tincidunt aliquet mauris dolor donec. Proin volutpat amet tempus, lobortis diam felis feugiat mi molestie turpis ac tincidunt tellus consectetur lorem. Nunc proin eget dolor donec proin eget amet aliquam lobortis diam id sit erat nunc, proin. Adipiscing dolor magna massa tellus consectetur erat massa sem nonummy ipsum nunc sem eget pulvinar nisi. Nibh euismod, turpis ac nibh ullamcorper turpis nibh euismod turpis, tempus lobortis diam mauris pharetra erat. Nunc proin eget pulvinar aliquam nibh id amet, nisi nibh volutpat turpis ac lobortis ullamcorper amet. Aliquam, lobortis, adipiscing, lorem congue praesent, mauris sit, magna laoreet molestie, pharetra, ac, mi tellus consectetur. Sed dolore, proin, elit pulvinar dolore proin mauris pulvinar dolore ante ullamcorper, consectetur sed, massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit sed nunc proin eget dolor nisi lobortis euismod tempus lobortis ullamcorper nonummy aliquam nibh non adipiscing lorem lobortis. Ullamcorper, felis sit ac laoreet molestie turpis ac, mi molestie, consectetur erat tincidunt aliquet consectetur sed aliquet at sed nunc. Proin volutpat amet donec ante molestie dolor dolore proin volutpat nonummy ipsum lobortis diam euismod, sit magna nibh id sit. Et id pulvinar, ac tincidunt praesent adipiscing lorem, tincidunt ullamcorper turpis ac lobortis, ullamcorper felis dolor congue aliquet mauris, dolor. Magna ante non elit nunc non nonummy sed nunc non at sed nunc sem eget pulvinar nisi nibh volutpat amet. Aliquam lobortis euismod, adipiscing lorem lobortis non nonummy tempus nibh, nonummy feugiat ut diam, id turpis ac massa sem elit. Dolor nisi ante eget pulvinar donec ante eget amet aliquam nibh non nonummy tempus lobortis ullamcorper nonummy ut diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat ut et euismod turpis sed tincidunt. Proin volutpat amet nibh non adipiscing feugiat congue. Et id sit magna mi tellus consectetur ac. Tincidunt sem eget pulvinar dolore proin eget pulvinar. Donec ante, volutpat amet congue laoreet, tellus consectetur. Erat nunc aliquet at sed dolore proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt, aliquet at dolore proin molestie pharetra tempus massa non nonummy. Erat massa sem felis, ipsum ut diam elit, pulvinar nisi et id pulvinar. Nisi nibh id turpis nibh ullamcorper adipiscing feugiat dolore mi volutpat nonummy, ipsum. Ut mi id sit ac laoreet aliquet eget pulvinar feugiat ut praesent felis. Sit magna mi sit ac laoreet tellus consectetur erat nunc sem eget pulvinar. Aliquam nibh ullamcorper felis feugiat ut praesent molestie pharetra magna mi id sit. Magna mi tellus ac nunc proin volutpat amet tempus lobortis ullamcorper felis sit. Donec massa non elit sit aliquam et euismod, adipiscing feugiat dolore mi molestie. Pharetra nisi mi euismod consectetur lorem tincidunt aliquet adipiscing sed nunc praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac tincidunt, turpis ac lobortis aliquet mauris dolor, magna massa, non. Nonummy tempus ut sem eget sit ut proin eget pulvinar nisi nibh. Euismod amet aliquam nibh pulvinar nisi, ante volutpat amet aliquam, ante volutpat. Pulvinar aliquam nibh non, adipiscing tempus nibh ullamcorper adipiscing ipsum ut, ullamcorper. Elit feugiat nisi et id magna diam, felis turpis ac laoreet aliquet. Mauris dolor dolore praesent mauris dolor dolore praesent, at feugiat congue, praesent. Mauris pharetra donec ante molestie magna, praesent mauris sit magna mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sit magna laoreet, tellus elit ipsum dolore. Elit dolor aliquam lobortis ullamcorper turpis tempus nibh. Euismod felis feugiat ut diam adipiscing feugiat ut. Praesent molestie sit, magna mi tellus turpis erat. Tincidunt consectetur pulvinar nisi nibh euismod felis pharetra. Erat nunc sem elit ipsum ut proin id. Amet ac tincidunt ullamcorper adipiscing, feugiat congue mi. Molestie consectetur mi molestie, consectetur donec ante, molestie. Consectetur erat massa proin, eget, sed massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi at lorem. Nunc proin mauris dolor nunc aliquet. Mauris pharetra dolore proin volutpat pharetra. Donec ante molestie pharetra erat ante. Volutpat nonummy erat, ante dolor magna. Ante tellus nonummy sed ut diam. Id pulvinar aliquam nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore et amet tempus nibh volutpat amet donec ante volutpat nonummy. Tempus ut diam id sit congue mi molestie sit magna laoreet tellus. Elit pulvinar dolore, mauris pulvinar nisi ante volutpat amet donec nibh diam. Adipiscing ipsum congue diam felis sit ac laoreet tellus consectetur dolor nisi. Proin euismod turpis lorem eget amet aliquam nibh, non nonummy feugiat congue. Mi molestie consectetur erat massa aliquet at sed nunc sem eget dolor. Dolore proin volutpat pulvinar aliquam nibh euismod dolore praesent volutpat adipiscing feugiat. Magna laoreet, aliquet sit congue mi molestie consectetur erat tincidunt sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy erat laoreet, non at sed ut, proin eget pulvinar nisi et eget pulvinar dolore ante eget pulvinar aliquam ante. Dolor donec ante eget pharetra donec ante, volutpat amet aliquam massa ullamcorper felis feugiat ut diam felis sit magna et felis, pulvinar. Nisi elit ipsum, ut et euismod turpis ac laoreet aliquet, at dolor donec ante molestie pharetra donec mi mauris pharetra magna mi. Tellus nonummy tempus sed nunc, sem ipsum dolore proin eget pulvinar nisi proin eget amet aliquam lobortis euismod adipiscing lorem, ut diam. Felis, lorem congue mi molestie sit ac tellus consectetur ac laoreet, tellus turpis ac tincidunt, tellus at sed tincidunt tellus at dolor. Dolore proin mauris sed dolore, proin molestie pharetra dolore proin mauris dolor praesent felis feugiat, donec, ante tellus consectetur erat nunc non. Elit pulvinar nisi et id pulvinar nisi proin id pulvinar nisi proin eget dolor nisi proin eget nunc sem mauris dolor nunc. Proin non amet aliquam lobortis diam adipiscing, feugiat congue diam felis sit magna et elit lobortis non nonummy tempus nunc, diam elit. Pulvinar magna nibh tellus adipiscing lorem tincidunt aliquet molestie pharetra donec massa non nonummy ipsum lobortis sem felis ipsum nunc nonummy tempus. Massa non eget ipsum ut proin elit ipsum nunc proin elit pulvinar dolore proin eget dolor nisi, ante euismod turpis tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id pharetra magna laoreet non at sed nunc et. Volutpat turpis lorem euismod turpis lorem lobortis diam adipiscing lorem. Magna ante non, nonummy sed ut proin id turpis lorem. Congue proin volutpat amet tempus ut mi tellus mauris nunc. Sem eget amet, tempus ut, praesent tellus at erat massa. Sem at sed dolore et euismod turpis aliquam nibh, volutpat. Amet aliquam lobortis ullamcorper tempus ut diam id sit magna. Mi non eget pulvinar aliquam, et volutpat amet, aliquam tincidunt. Praesent volutpat consectetur tempus massa non elit massa non nonummy. Ipsum aliquam laoreet aliquet mauris pharetra donec massa non, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue praesent tempus lobortis diam felis lorem ut ullamcorper adipiscing, ipsum ut diam id, feugiat congue, et id sit magna mi euismod, turpis ac tincidunt. Tellus at nunc praesent mauris dolor dolore, ante volutpat amet tempus, massa non, nonummy erat massa volutpat pharetra dolore praesent mauris dolor congue diam mauris sit. Donec non nonummy ipsum ut proin eget amet aliquam nibh, volutpat amet dolore et eget amet aliquam ante euismod adipiscing lorem, tincidunt diam, mauris, feugiat congue. Praesent at erat massa, non at sed nunc sem elit sed dolore sem mauris dolor nunc sem mauris sed nunc praesent eget pharetra donec nibh nonummy. Feugiat congue mi id sit magna et id turpis erat tincidunt aliquet mauris sed nunc aliquet at lorem nunc aliquet adipiscing sed tincidunt aliquet mauris feugiat. Aliquet at dolor dolore praesent mauris pharetra erat nunc diam elit erat ante tellus consectetur erat laoreet tellus pharetra ac mi molestie at ipsum, dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem elit pulvinar nisi et, euismod sit aliquam laoreet euismod sit aliquam euismod turpis ac, lobortis euismod turpis aliquam tincidunt ullamcorper felis. Dolor donec ante, non elit ipsum ut diam eget ipsum nunc sem at sed massa tellus ipsum nisi lobortis ullamcorper adipiscing, lorem tincidunt diam. Felis feugiat tincidunt praesent molestie sit magna mi tellus consectetur sed dolore, et id turpis, lorem tincidunt adipiscing, lorem tincidunt ullamcorper felis dolor congue. Praesent mauris pharetra donec massa, sem eget, pulvinar aliquam laoreet euismod turpis ac congue praesent mauris tincidunt aliquet mauris feugiat congue, ullamcorper, nonummy tempus. Lobortis diam adipiscing lorem ut mi molestie pharetra sed dolore sem elit pulvinar nunc proin eget amet nisi ante pulvinar donec ante volutpat amet. Tempus ut, praesent molestie pharetra erat nunc sem elit pulvinar dolore proin eget pulvinar aliquam, nibh euismod mauris feugiat magna ante tellus magna massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie pharetra erat massa aliquet elit sed nunc sem, elit tincidunt aliquet consectetur lorem tincidunt praesent at. Sed, nunc, proin volutpat nonummy tempus, ut mi molestie sit magna mi tellus, at dolor nunc, proin volutpat. Pulvinar aliquet at dolor, donec proin mauris sed dolore ante volutpat amet donec massa volutpat, amet donec ante. Non elit ipsum nunc diam elit tempus nunc nonummy ipsum nisi et ullamcorper adipiscing ac tincidunt praesent at. Dolor donec ante non elit tempus massa, non nonummy tempus nunc non consectetur massa non consectetur erat massa. Tellus consectetur erat laoreet, tellus consectetur erat laoreet tellus consectetur erat laoreet, tellus consectetur lorem laoreet tellus donec. Proin volutpat nonummy aliquam non amet erat massa volutpat, consectetur erat nunc non nonummy erat massa molestie pharetra. Donec laoreet tellus at ipsum ut sem at sed nunc aliquet at ac, id sit nisi et felis. Pulvinar magna laoreet, aliquet at sed tincidunt tellus turpis lorem tincidunt aliquet at feugiat praesent mauris feugiat congue. Praesent mauris dolor donec massa tellus pharetra donec massa non elit sed nunc, sem elit ipsum nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit amet aliquam tincidunt praesent tellus nonummy tempus nunc diam id turpis ac laoreet aliquet molestie pharetra ante non nonummy tempus ut et euismod turpis erat. Nunc sem mauris dolor dolore, proin, eget pharetra aliquam nibh non adipiscing feugiat, congue mi sit, ac, laoreet sem eget amet lorem tincidunt diam mauris sit. Donec ante tellus nonummy, erat ut proin eget pulvinar aliquam lobortis aliquet at dolor dolore ante dolor erat ante tellus, consectetur ipsum ut diam id pulvinar. Aliquam nibh ullamcorper at sed congue proin molestie pharetra donec massa, non nonummy lobortis sem elit sit magna nibh euismod turpis sed dolore praesent eget pharetra. Aliquam massa ullamcorper felis feugiat magna laoreet aliquet at pulvinar, aliquam lobortis ullamcorper adipiscing ut diam felis feugiat lobortis praesent id sit magna mi molestie at. Sed dolore proin, volutpat, amet, tempus tincidunt diam felis dolor, donec ante tellus consectetur donec et proin ullamcorper tellus id, at elit turpis sed nisi tincidunt. Mi diam nibh massa nibh, nibh diam felis ipsum non nonummy aliquam ante volutpat nonummy tempus lobortis, sem nonummy tempus ut diam felis sit magna laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc proin eget, ipsum nisi proin volutpat pulvinar aliquam nibh ullamcorper adipiscing feugiat magna ante tellus, consectetur tempus, nunc diam pulvinar aliquam laoreet aliquet. At, pharetra congue praesent mauris pharetra donec massa non nonummy ipsum, nisi laoreet, aliquet at dolor donec ante volutpat amet aliquam volutpat nonummy ipsum lobortis. Diam molestie turpis ac tincidunt tellus, turpis, ac laoreet euismod consectetur lorem laoreet aliquet at dolor nunc, proin, mauris dolor donec proin molestie, tincidunt aliquet. At dolor dolore praesent mauris dolor magna praesent mauris sit donec massa non nonummy sed nunc sem elit sed massa sem erat massa sem elit. Dolor dolore proin eget pulvinar dolore proin, volutpat amet, aliquam nibh non, amet aliquam lobortis non nonummy aliquam massa non nonummy erat ante dolor congue. Mi volutpat nonummy tempus ut diam elit pulvinar ut et id sit ac nibh euismod turpis, lorem tincidunt ullamcorper at feugiat, congue mi mauris dolor. Mi molestie pharetra donec massa tellus, nonummy sed, nunc non at, sed dolore proin, eget, turpis aliquam lobortis ullamcorper adipiscing ante volutpat pulvinar aliquam nibh. Volutpat amet aliquam nibh non nonummy donec nibh volutpat nonummy tempus, congue, et id turpis ac mi tellus turpis erat tincidunt consectetur sed nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit ac laoreet ullamcorper adipiscing lorem tincidunt turpis ac lobortis ullamcorper adipiscing feugiat congue mi molestie consectetur. Erat, massa non elit pulvinar, ut et id amet, ac nibh euismod turpis ac lobortis, felis feugiat magna. Mi volutpat nonummy pulvinar nisi nibh id turpis ac laoreet euismod turpis ac nibh ullamcorper at lorem congue. Praesent molestie consectetur, tempus non elit ipsum, ut et eget sit nisi nibh euismod turpis ac laoreet ullamcorper. Adipiscing lorem, congue praesent mauris dolor donec ante, mauris tempus ut diam id, pulvinar nisi sem id turpis. Lorem congue, aliquet mauris dolor donec proin volutpat nonummy erat massa sem elit tempus, nunc sem, elit, mauris. Donec massa diam, felis, feugiat congue et, id turpis ac laoreet aliquet, consectetur sed nunc sem eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin eget dolor, dolore ante non elit, ipsum nisi diam, elit feugiat magna mi euismod, consectetur lorem laoreet tellus consectetur sed aliquet at, sed congue. Proin volutpat pharetra, donec proin molestie, pharetra, donec ante non, nonummy erat ante volutpat consectetur, tempus massa, sem nonummy sed massa pharetra erat laoreet non, consectetur. Pulvinar dolore, sem eget pulvinar aliquam nibh ullamcorper felis feugiat tincidunt, praesent molestie pharetra donec laoreet molestie consectetur erat massa, non ipsum dolore sem eget dolor. Nunc aliquet, at sed tincidunt aliquet, consectetur ac nibh euismod turpis ac laoreet tellus adipiscing, sed tincidunt praesent mauris tempus, lobortis diam felis ipsum nisi et. Euismod turpis ac tincidunt tellus at sed nunc proin eget, pharetra dolore proin eget amet tempus ut diam elit tempus volutpat consectetur erat lobortis non elit. Ipsum ut diam, eget pulvinar aliquam et id turpis aliquam et euismod adipiscing feugiat congue aliquet felis lorem congue aliquet felis tincidunt praesent mauris pharetra donec. Nunc sem elit ipsum ut proin eget pulvinar nisi et euismod turpis lorem lobortis ullamcorper tempus lobortis diam mauris pharetra magna praesent mauris sit congue mi. Felis sit ac mi molestie pharetra magna, mi molestie sit magna mi id turpis ac laoreet sit ac laoreet tellus turpis lorem laoreet euismod adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh pulvinar aliquam nibh, euismod, turpis tempus tincidunt diam felis. Feugiat magna praesent molestie pharetra donec mi molestie pharetra ac laoreet. Tellus at, erat nunc volutpat adipiscing, feugiat congue mi, molestie, dolor. Congue praesent mauris sit donec mi, molestie sit congue, praesent id. Sit ac massa sem elit sed nunc at pulvinar aliquam, lobortis. Diam adipiscing lorem ut praesent felis feugiat magna mi molestie, consectetur. Sed dolore proin eget turpis aliquam, nibh euismod turpis tempus ullamcorper. Felis, feugiat congue diam felis sit ut diam felis sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper id erat tincidunt aliquet at sed dolore ante eget amet, donec nibh non amet. Tempus ut et molestie sit magna mi, tellus consectetur sed tincidunt mauris amet tempus tincidunt diam. Mauris feugiat magna mi, tellus consectetur erat laoreet non, at ipsum dolore et volutpat, amet aliquam. Nibh euismod amet, aliquam euismod amet aliquam nibh non adipiscing, feugiat ut praesent id pharetra sed. Dolore et id turpis aliquam nibh, euismod amet tempus tincidunt, praesent mauris pharetra donec massa eget. Sit aliquam, nibh id amet aliquam nibh id amet aliquam nibh volutpat amet nisi, nibh euismod. Turpis lorem lobortis, ullamcorper adipiscing tempus ullamcorper adipiscing ipsum congue praesent id sit magna et id. Sit ac, mi molestie, consectetur erat, tincidunt aliquet mauris dolor dolore praesent, mauris dolor dolore, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac lobortis, ullamcorper, at dolor donec ante volutpat. Consectetur ipsum nunc non consectetur, erat, diam elit, ipsum. Nunc et id amet aliquam proin eget pulvinar nisi. Proin elit pulvinar, dolore ante euismod amet nisi proin. Eget amet aliquam ante non tempus nibh non amet. Tempus ut et, molestie, turpis erat, laoreet aliquet consectetur. Sed nunc sem mauris dolor dolore proin volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget sed nunc proin elit ipsum dolore et volutpat turpis tempus nibh ullamcorper adipiscing tempus tincidunt ullamcorper adipiscing donec. Mi non consectetur, erat nunc proin id amet aliquam nibh ullamcorper, turpis lorem tincidunt, diam mauris dolor magna ante tellus. Pharetra, erat massa at sed nunc sem at sed dolore sem elit dolor, dolore proin volutpat pulvinar, aliquam lobortis ullamcorper. Adipiscing lorem nibh ullamcorper felis feugiat congue mi molestie consectetur laoreet aliquet elit ipsum nisi et volutpat pulvinar nisi, proin. Volutpat nonummy lorem tincidunt diam adipiscing lorem ut diam felis feugiat, magna mi elit ipsum dolore proin elit dolor nunc. Proin mauris pulvinar nisi ante eget amet aliquam ante non, nonummy, tempus, ut non nonummy, aliquam lobortis ullamcorper elit feugiat. Dolore proin eget pulvinar nisi nibh euismod amet aliquam nibh, ullamcorper adipiscing lorem ut diam adipiscing tempus lobortis diam id. Sit, magna, laoreet aliquet consectetur erat felis pulvinar, nisi et id sit ac, tincidunt aliquet at sed dolore ante volutpat. Amet tempus lobortis ullamcorper felis feugiat sem felis pulvinar nisi et id sit magna et, euismod adipiscing lorem laoreet, ullamcorper. Adipiscing sed congue praesent at dolor dolore ante volutpat nonummy tempus lobortis sem, ipsum ut sem elit ipsum ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat laoreet aliquet erat nunc aliquet consectetur erat tincidunt. Aliquet, at lorem laoreet, aliquet eget dolor, donec ante non nonummy. Ipsum congue et id sit magna laoreet molestie ut et id. Pulvinar nisi mi euismod, turpis lorem tincidunt, tellus adipiscing sed dolore. Praesent mauris dolor dolore proin mauris feugiat dolore mi mauris pharetra. Ante volutpat nonummy tempus ut sem elit ipsum nunc sem consectetur. Erat nunc sem, elit pulvinar nisi et, euismod amet aliquam nibh. Euismod turpis ante volutpat nonummy tempus nibh euismod adipiscing, lorem magna. Praesent id pharetra ac laoreet tellus consectetur, erat, massa, sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi mi euismod turpis lorem tincidunt aliquet. At pharetra donec massa non nonummy tempus. Lobortis non amet erat ante molestie pharetra. Mi volutpat consectetur erat nunc sem elit. Ipsum ut, sem elit pulvinar ut et. Id turpis aliquam, lobortis ullamcorper adipiscing feugiat. Congue, mi feugiat, congue mi molestie pharetra. Erat, ante tellus consectetur erat massa sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit feugiat, congue, et id feugiat, non, elit ipsum ut diam felis pulvinar, magna tincidunt praesent mauris dolor dolore proin mauris, pharetra donec proin. Non nonummy erat massa non nonummy tempus sem elit pulvinar nisi et eget sit ac nibh tellus, adipiscing sed congue aliquet at feugiat dolore. Mi mauris dolor congue aliquet felis feugiat magna felis lorem congue diam mauris sit congue laoreet, molestie consectetur erat massa sem at sed laoreet. Aliquet at dolor nunc ante eget amet nisi lobortis euismod nonummy ante non nonummy aliquam lobortis diam felis feugiat ut diam elit ipsum magna. Et euismod, sit ac laoreet tellus turpis lorem, nunc praesent lorem congue praesent at sed dolore proin volutpat pharetra donec massa non nonummy erat. Lobortis sem elit tempus nunc non elit ipsum ut et id pulvinar nisi eget amet aliquam lobortis ullamcorper, adipiscing feugiat tincidunt aliquet adipiscing feugiat. Magna ante tellus, consectetur, erat massa tellus consectetur sed massa, non elit sed nunc non at laoreet tellus elit sed nunc sem mauris pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod sit aliquam et euismod turpis aliquam nibh id amet nisi nibh ullamcorper mauris dolor erat massa non, consectetur tempus massa. Sem sed nunc diam eget turpis ac tincidunt praesent molestie pharetra erat, lobortis ullamcorper elit feugiat magna et id sit ac tincidunt. Sem at dolor dolore mauris, dolor, dolore ante volutpat amet aliquam massa non nonummy ipsum ut sem, at sed dolore ante non. Adipiscing feugiat ut ullamcorper felis ipsum congue et id, magna laoreet tellus, consectetur erat tincidunt sem mauris dolor dolore proin eget pulvinar. Dolore nibh non amet aliquam massa non, amet, erat, lobortis diam ipsum nisi mi euismod, sit ac laoreet aliquet at sed tincidunt. Aliquet at pharetra feugiat ac ac donec, lobortis mi proin mi sem euismod, consectetur dolor sem mauris dolor donec ante non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget ipsum dolore lobortis ullamcorper adipiscing lorem aliquet molestie pharetra donec mi tellus. Pharetra, erat massa sem nonummy sed nunc proin eget ipsum dolore proin volutpat amet. Aliquam et eget, pulvinar nisi volutpat nonummy tempus tincidunt mi tellus, consectetur sed massa. Sem elit pulvinar aliquam et id amet ac congue praesent mauris dolor magna mi. Molestie, consectetur mi, mauris pharetra donec laoreet tellus at sed nunc sem, elit pulvinar. Aliquam nibh euismod amet aliquam nibh euismod turpis tempus tincidunt, diam aliquam lobortis, ullamcorper. Adipiscing lorem ut praesent id sit magna laoreet tellus at ipsum nunc proin elit. Amet tempus lobortis, ullamcorper adipiscing feugiat congue praesent molestie, consectetur mi tellus, sit magna. Laoreet non at, sed nunc sem eget, pulvinar nisi ante eget amet aliquam lobortis. Ullamcorper felis feugiat, ut praesent id feugiat congue praesent tempus lobortis ullamcorper elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent molestie pharetra tempus nunc non nonummy, sed sem nonummy erat massa, non elit pulvinar dolore proin, elit, ipsum nisi et eget pulvinar dolore proin volutpat amet tempus. Lobortis diam mauris feugiat congue amet donec ante volutpat amet aliquam massa ullamcorper elit ipsum lobortis sem felis ipsum nisi mi euismod turpis lorem tincidunt aliquet at, lorem congue. Praesent pharetra donec massa ullamcorper elit ipsum lobortis, sem elit tempus lobortis diam felis, ipsum ut diam eget pulvinar nisi et id sit ac id pulvinar nisi lobortis ullamcorper. At feugiat lobortis ullamcorper mauris feugiat magna praesent mauris sit magna praesent felis lorem ut, diam adipiscing ipsum ut diam felis feugiat ullamcorper elit tempus, ut diam elit ipsum. Ut diam felis sit ut diam elit sed ut sem eget pulvinar nisi et id turpis lorem tincidunt ullamcorper adipiscing, ante volutpat pulvinar nisi ante euismod nonummy tempus ut. Diam felis feugiat congue diam adipiscing tempus lobortis ullamcorper elit ipsum nisi et id sit tincidunt sem, mauris sed nunc praesent mauris, pulvinar aliquam nibh ullamcorper, felis, sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus ut diam elit, pulvinar nisi et. Id sit magna laoreet, tellus adipiscing lorem tincidunt proin. Volutpat amet aliquam massa non, nonummy ante, non, elit. Ipsum nisi mi euismod turpis lorem laoreet, tellus at. Dolor dolore, ante non, nonummy feugiat congue et id. Turpis erat massa aliquet ac tincidunt aliquet at lorem. Tincidunt aliquet at sed nunc praesent eget, pharetra donec. Proin molestie pharetra dolore ante volutpat nonummy, tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pharetra, erat massa sem elit ipsum nisi, proin, id amet aliquam. Laoreet euismod turpis lorem, dolore ante volutpat pharetra ullamcorper felis dolor donec. Ante non eget ipsum nisi et eget pulvinar ut proin id amet. Aliquam lobortis ullamcorper, adipiscing feugiat dolore, mi, volutpat magna, mi molestie consectetur. Erat massa non nonummy sed ut et id amet ac lobortis, euismod. Turpis aliquam nibh ullamcorper adipiscing lorem congue diam felis lorem tincidunt adipiscing. Feugiat magna mi molestie, pharetra erat laoreet tellus consectetur sed massa tellus. Turpis ac tincidunt sem, elit pulvinar, aliquam ante volutpat nonummy, ut diam. Felis pharetra donec massa tellus consectetur ac laoreet tellus consectetur sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod ut et euismod adipiscing sed nunc praesent eget sed congue. Proin mauris dolor congue proin volutpat pharetra erat lobortis sem felis sit. Nisi et pulvinar nisi et euismod sit ac tincidunt praesent at lorem. Tincidunt ullamcorper adipiscing feugiat dolore mi volutpat consectetur tempus lobortis non nonummy. Tempus, nunc sem sed nunc sem elit pulvinar ut nibh euismod amet. Aliquam tincidunt, aliquet felis dolor donec massa volutpat pharetra magna mi mauris. Sit donec mi molestie pharetra magna molestie consectetur sed dolore proin eget. Amet ac tincidunt aliquet felis dolor magna praesent mauris pharetra, magna mi. Molestie consectetur sed ut sem ipsum, ut, proin id amet nisi nibh. Volutpat turpis aliquam lobortis euismod turpis tempus lobortis euismod nonummy aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sed congue proin volutpat amet tempus massa non, elit ipsum, ut diam, nonummy erat nunc sem elit ipsum ut diam id ut proin elit, pulvinar, aliquam nibh. Euismod amet aliquam et euismod turpis lorem lobortis ullamcorper adipiscing tempus lobortis, diam mauris sit magna mi non erat laoreet non consectetur ipsum dolore proin elit pulvinar dolore. Ante volutpat amet tempus lobortis ullamcorper nonummy tempus lobortis diam felis, feugiat magna mi molestie pharetra magna, tellus consectetur sed tincidunt proin elit erat, laoreet tellus turpis lorem. Tincidunt praesent mauris sed nunc praesent at lorem congue aliquet at feugiat praesent mauris, pharetra erat massa sem nonummy, ipsum ut sem nonummy, tempus nunc diam elit ipsum. Nunc sem eget pulvinar dolore sem elit ipsum dolore proin volutpat nisi proin eget pulvinar dolore ante volutpat pulvinar donec ante eget pharetra, donec ante non amet tempus. Lobortis diam felis feugiat, nisi et id sit nisi et ipsum ut diam eget pulvinar ut diam elit pulvinar aliquam et eget pulvinar nisi nibh euismod turpis feugiat. Tincidunt ullamcorper lorem tincidunt ullamcorper nonummy tempus lobortis ullamcorper, adipiscing lorem lobortis non adipiscing ipsum ut, ullamcorper id sit ac massa aliquet, consectetur erat laoreet euismod turpis, ac. Mi sit magna laoreet tellus adipiscing ac laoreet aliquet adipiscing lorem tincidunt aliquet adipiscing lorem lobortis euismod adipiscing tempus nibh volutpat, amet aliquam, ante volutpat pulvinar donec, nibh. Pulvinar aliquam ante volutpat nonummy tempus lobortis non nonummy tempus lobortis ullamcorper, elit ipsum ut, et id sit, nisi et, eget, pulvinar ut et euismod, turpis lorem ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, at feugiat, congue praesent molestie dolor magna molestie consectetur erat massa non nonummy sed massa tellus consectetur. Erat nunc proin elit ipsum dolore et volutpat turpis tempus nibh euismod turpis aliquam nibh amet aliquam nibh. Non amet donec nibh volutpat nonummy aliquam massa ullamcorper nonummy tempus, lobortis ullamcorper felis ipsum ut diam felis. Pulvinar, nisi et id ac laoreet aliquet at lorem congue praesent mauris pharetra donec ante non nonummy erat. Ante non elit ipsum ut mi felis pulvinar nisi elit ipsum ut et ullamcorper adipiscing lorem congue, praesent. At dolor donec mi mauris dolor, dolore praesent mauris dolor congue mi mauris sit congue praesent id feugiat. Praesent id feugiat ut et molestie sit nisi diam elit ipsum nisi et, id turpis magna nibh euismod. Sit magna et euismod turpis ac, nibh id amet et id amet aliquam nibh euismod turpis tempus tincidunt. Diam felis dolor congue praesent mauris sit magna laoreet tellus pharetra magna praesent id feugiat congue diam turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac tincidunt tellus at, sed aliquet mauris dolor dolore ante non nonummy tempus lobortis ullamcorper elit ipsum, lobortis, diam id sit ac tincidunt aliquet, consectetur. Lorem nunc praesent mauris amet proin mauris dolor, donec massa, molestie amet donec, proin volutpat amet erat massa sem elit tempus, nunc sem elit ipsum nisi. Et euismod sit ac ullamcorper at lorem laoreet aliquet adipiscing lorem lobortis euismod turpis aliquam lobortis ullamcorper adipiscing pharetra donec ante molestie sit magna mi id. Feugiat praesent molestie consectetur erat nunc, aliquet elit dolor, dolore sem eget amet aliquam lobortis ullamcorper adipiscing feugiat ut diam adipiscing feugiat magna mi id sit. Magna mi, feugiat congue, et id consectetur erat nunc sem at sed dolore ante eget dolor donec proin mauris dolor dolore proin volutpat amet aliquam massa. Non elit ipsum volutpat nonummy ipsum nisi et, euismod, consectetur, lorem tincidunt praesent eget amet aliquam nibh volutpat amet aliquam ante volutpat amet tempus lobortis felis. Feugiat nisi diam felis pulvinar nisi et euismod turpis lorem tincidunt, tellus at lorem dolore ante non amet tempus massa non nonummy ipsum nisi et felis. Nunc diam id sit ac tincidunt praesent eget amet aliquam lobortis ullamcorper felis feugiat congue mi molestie turpis ac laoreet aliquet at erat nunc aliquet at. Sed tellus at sed congue praesent volutpat pharetra aliquam lobortis ullamcorper felis, feugiat ut sem nonummy tempus lobortis sem elit ipsum ut diam, eget pulvinar, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie at ipsum nisi nibh euismod. Adipiscing lorem tincidunt aliquet felis, donec. Ante non nonummy erat ante, tellus. Pharetra, ipsum ut, proin elit pulvinar. Nisi et ullamcorper at feugiat dolore. Praesent mauris feugiat congue mi molestie. Tempus, ut, diam id sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus consectetur erat massa aliquet at, pulvinar aliquam nibh turpis tempus lobortis ullamcorper nonummy aliquam. Ante volutpat amet donec ante eget pharetra, donec, ante volutpat nonummy tempus lobortis non elit tempus. Lobortis volutpat consectetur, massa non elit ipsum nisi et id turpis aliquam et id pulvinar dolore. Proin eget pulvinar nisi proin eget pulvinar nisi ante volutpat, amet aliquam lobortis adipiscing lorem lobortis. Praesent tellus consectetur ipsum ut proin eget pulvinar aliquam nibh euismod pulvinar aliquam, lobortis ullamcorper adipiscing. Lorem, tincidunt, diam, felis, ut praesent mauris sit magna, praesent id pharetra ac massa aliquet, elit. Ipsum nisi et volutpat pulvinar nisi, ante euismod nonummy aliquam ante volutpat pulvinar aliquam ante pharetra. Aliquam massa non nonummy tempus, ut et id sit magna mi id sit magna mi euismod. Consectetur sed nunc aliquet at sed, dolore proin mauris, tincidunt praesent mauris feugiat dolore praesent mauris. Pharetra donec ante volutpat pharetra ipsum massa non nonummy erat nunc non nonummy massa tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis diam id, sit ac mi tellus, consectetur, ac tellus consectetur lorem tincidunt tellus turpis aliquam nibh id amet ac. Tincidunt praesent mauris feugiat congue aliquet felis dolor tincidunt diam adipiscing feugiat lobortis, ullamcorper tempus congue, praesent, id, pharetra donec mi. Id consectetur erat massa aliquet at, sed nunc sem elit dolor nunc proin eget dolor dolore aliquet mauris nunc euismod adipiscing. Lorem laoreet aliquet at dolor dolore praesent molestie pharetra erat massa non nonummy ipsum ut sem, elit, ipsum nunc sem elit. Ut proin eget pulvinar nisi proin eget pulvinar aliquam, et euismod turpis tempus lobortis diam felis feugiat tincidunt diam nonummy tempus. Nibh ullamcorper adipiscing ipsum ut adipiscing feugiat congue mi molestie turpis, magna et felis sit nisi mi id sit ac, laoreet. Tellus adipiscing lorem tincidunt tellus, turpis aliquam nibh ullamcorper, at pharetra lobortis ullamcorper elit sit nisi et felis pulvinar nisi, diam. Eget pulvinar ut diam id ipsum nisi et id pulvinar ipsum ut diam elit feugiat, nisi et euismod consectetur lorem nunc. Proin eget nonummy tempus, lobortis non amet aliquam lobortis, diam id sit ac massa tellus consectetur laoreet tellus turpis erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus adipiscing lorem, nunc aliquet mauris dolore proin molestie nonummy, erat massa volutpat nonummy tempus lobortis non consectetur erat massa sem, nonummy ipsum ut diam. Eget pulvinar, nisi nibh id amet ac id adipiscing ac lobortis volutpat turpis lorem tincidunt mi molestie consectetur tempus nunc diam elit pulvinar nisi nibh euismod. Turpis ac, laoreet aliquet adipiscing lorem praesent mauris pharetra dolore mi volutpat consectetur donec massa molestie pharetra donec massa, tellus, pharetra donec, massa non consectetur, erat. Laoreet, tellus at ac lobortis euismod amet nisi ante euismod nonummy, tempus lobortis euismod nonummy tempus lobortis ullamcorper, adipiscing tempus lobortis non elit tempus ut ullamcorper. Elit tempus lobortis sem tempus massa non elit ipsum ut, diam euismod turpis ac tincidunt, ullamcorper adipiscing sed dolore proin, volutpat nonummy erat massa non felis. Feugiat nisi, et felis nisi diam eget pulvinar nisi nibh id turpis aliquam et id pulvinar dolore sem, at dolor nunc sem elit amet sem eget. Sed dolore ante eget dolor dolore, ante non nonummy donec ante volutpat pharetra aliquam ante molestie amet donec, ante volutpat consectetur erat massa non elit massa. Non nonummy erat massa molestie pharetra magna mi molestie sit, magna laoreet molestie consectetur ac laoreet, tellus consectetur erat, tincidunt sem eget pulvinar donec ante volutpat. Aliquam nibh diam, adipiscing feugiat congue mi tellus at erat massa aliquet at dolor dolore sem, eget amet tempus lobortis euismod adipiscing tempus ante non nonummy. Aliquam volutpat pharetra dolore praesent mauris dolor dolore praesent felis lorem congue praesent felis feugiat, tincidunt, ullamcorper adipiscing feugiat ut praesent, id sit congue diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa non nonummy ipsum nisi et id, turpis magna nibh pulvinar nisi, nibh euismod adipiscing feugiat. Magna laoreet aliquet elit sed nunc proin eget sed, nunc aliquet consectetur lorem tincidunt aliquet at sed. Dolore praesent sed congue proin molestie nonummy ipsum lobortis diam elit ipsum ut diam, id pulvinar ut. Et id pulvinar, nunc diam, eget sit aliquam et id nunc sem eget pulvinar nisi et volutpat. Amet aliquam lobortis aliquet adipiscing lorem lobortis euismod adipiscing lorem lobortis ullamcorper nonummy tempus nibh non aliquam. Massa ullamcorper elit ipsum lobortis non nonummy tempus massa volutpat pharetra erat massa tellus pharetra, magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna et molestie consectetur sed nunc sem eget pulvinar aliquam nibh euismod adipiscing. Lorem tincidunt diam mauris pharetra donec massa non ipsum ut sem elit ipsum nisi et. Ullamcorper felis dolor magna praesent mauris feugiat magna mi molestie pharetra erat nunc sem, elit. Pulvinar nisi nibh pulvinar aliquam lobortis ullamcorper turpis, aliquam, nibh ullamcorper felis dolor magna, mi. Tellus consectetur sed ut diam, id sit aliquam nibh id turpis ac tincidunt, aliquet mauris. Dolore ante sem elit ipsum nunc sem nonummy erat ante molestie pharetra magna laoreet molestie. Pharetra ac mi id pharetra ac et id nisi et, id sit ac laoreet, aliquet. At lorem tincidunt praesent adipiscing, lorem congue aliquet mauris sed congue proin mauris dolor dolore. Aliquet mauris feugiat congue non, nonummy ipsum, nunc diam eget ipsum nunc diam elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis turpis ac tellus at sed tincidunt sem eget. Pulvinar aliquam ante volutpat nonummy tempus ut ullamcorper nonummy, ipsum ut. Diam id feugiat, ut et id sit mi tellus consectetur erat. Laoreet tellus consectetur lorem laoreet euismod turpis aliquam et id pulvinar. Ut proin eget ipsum nunc proin elit pulvinar, nisi proin dolor. Dolore proin, eget pulvinar aliquam ante volutpat amet aliquam lobortis, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor congue praesent mauris dolore. Mi mauris dolor congue praesent, mauris. Feugiat, magna mi molestie consectetur donec. Massa, tellus pharetra ac mi tellus. Pharetra ac laoreet aliquet, at sed. Sem eget dolor nisi ante, euismod. Adipiscing lorem congue, diam felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam id turpis sed sem eget amet aliquam lobortis non nonummy lorem ut diam felis sit magna massa aliquet elit ipsum nisi et euismod amet. Tempus lobortis diam felis lobortis ullamcorper, felis, feugiat congue praesent, id sit, congue mi molestie consectetur, erat laoreet, tellus consectetur, dolor dolore sem mauris dolor nunc. Sem mauris sed aliquet mauris dolor congue proin eget pharetra dolore ante volutpat, amet erat massa sem nonummy, erat ante volutpat pharetra, donec massa, tellus elit. Ipsum ut eget pulvinar nisi nibh id, turpis ac tincidunt aliquet mauris dolor dolore praesent mauris, dolor magna mi molestie pharetra donec ante non, nonummy sed. Ut elit ipsum dolore, proin eget pulvinar aliquam nibh euismod amet tempus lobortis ullamcorper adipiscing dolor congue mi, molestie pharetra magna mi tellus consectetur sed nunc. Proin eget, dolore, nibh aliquet felis feugiat congue praesent mauris dolor magna, mi molestie consectetur donec laoreet, molestie sit magna praesent id sit erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat nunc proin eget pulvinar donec nibh euismod adipiscing lorem congue praesent id pharetra ac id feugiat ut. Ullamcorper id feugiat nisi et id sit ac laoreet tellus at lorem nunc praesent mauris dolor congue aliquet, at. Dolor donec ante, amet tempus lobortis, diam id sit ac laoreet id pulvinar ut diam eget ipsum aliquam laoreet. Aliquet mauris, sed donec proin volutpat nonummy donec massa amet erat, ante non nonummy erat, ante tellus pharetra donec. Ante non nonummy sed nunc tellus at ipsum nunc et, id amet, aliquam eget dolor nisi nibh ullamcorper mauris. Pharetra donec ante tellus consectetur donec, massa sem elit, ipsum ut proin id turpis ac lobortis, ullamcorper mauris dolor. Magna, mi pharetra donec ante molestie pharetra donec massa non nonummy sed massa sem elit, ipsum dolore nibh ullamcorper. Adipiscing lorem congue praesent, molestie feugiat magna praesent mauris pharetra, mi molestie, pharetra erat, laoreet tellus at sed massa. Aliquet elit pulvinar dolore sem at dolor nunc sem, at sed lobortis ullamcorper adipiscing lorem, lobortis ullamcorper nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue proin volutpat nonummy, tempus, sem nonummy ipsum, lobortis et. Id sit magna, nibh euismod adipiscing aliquam nibh id turpis. Ac nibh id amet dolore proin eget dolor nisi nibh. Euismod, feugiat magna mi tellus consectetur donec ante non elit. Sed nunc proin eget amet nisi et, euismod turpis ac. Tincidunt ullamcorper turpis lorem lobortis adipiscing lorem tincidunt diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, donec proin volutpat amet aliquam congue diam, felis ipsum ut et erat ante volutpat pharetra magna ante, tellus consectetur donec, massa, non elit sed, massa. Proin eget pulvinar, nisi nibh euismod amet, aliquam, et euismod adipiscing aliquam euismod nonummy, tempus lobortis diam felis feugiat ut diam felis sit magna mi molestie. Turpis ac laoreet molestie turpis magna, mi euismod turpis ac, laoreet sit magna nibh euismod turpis ac laoreet ullamcorper at sed congue aliquet, molestie, dolor congue. Mi molestie pharetra donec mi molestie pharetra donec tellus consectetur erat laoreet non nonummy donec massa sem elit ipsum nisi sem elit sed dolore proin eget. Amet aliquam, nibh ullamcorper nonummy tempus lobortis ullamcorper, amet ante non amet tempus, ut mi tellus turpis erat massa tellus, turpis ac laoreet tellus consectetur, lorem. Nunc proin, eget, pulvinar tempus lobortis, ullamcorper felis sit congue id pharetra ac laoreet aliquet at erat tincidunt tellus at, erat tincidunt sem mauris sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis, lorem tincidunt aliquet, mauris feugiat congue ullamcorper mauris dolor donec massa non consectetur. Erat, ante molestie nonummy sed nunc sem nonummy massa non at, erat massa aliquet at. Sed, aliquam et euismod adipiscing lorem tincidunt diam adipiscing sit donec ante tellus pharetra magna. Mi molestie pharetra et felis feugiat congue mi molestie turpis ac tincidunt tellus consectetur sed. Nunc proin eget pulvinar donec ante eget pharetra, donec proin mauris sed congue aliquet mauris. Congue, praesent mauris pharetra donec mi molestie pharetra magna mi tellus nonummy sed nunc sem. Eget sit ac tincidunt aliquet at, feugiat dolore at dolor congue praesent mauris pharetra donec. Mi tellus nonummy tempus nunc diam, eget sit aliquam, nibh ullamcorper adipiscing feugiat dolore ante. Non elit ipsum nisi et pulvinar nisi mi euismod, turpis lorem tincidunt euismod adipiscing sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam laoreet, ullamcorper at lorem euismod amet aliquam lobortis praesent mauris feugiat congue mi molestie pharetra donec massa, non nonummy sed. Nunc sem elit ipsum dolore proin elit pulvinar proin elit amet aliquam lobortis ullamcorper adipiscing lorem congue mi mauris pharetra, magna. Massa sem eget ipsum, nunc, et euismod, turpis lorem congue, praesent mauris congue mi molestie dolor congue mi molestie, consectetur, sed. Ut proin euismod turpis ac nibh ullamcorper adipiscing lorem tincidunt praesent mauris, pharetra donec mauris dolor magna praesent molestie pharetra donec. Laoreet non elit ipsum nunc sem, elit sed nunc sem elit amet ac lobortis ullamcorper turpis tempus nibh euismod amet ante. Volutpat amet aliquam lobortis, diam adipiscing tempus lobortis, non nonummy tempus massa ullamcorper elit tempus lobortis sem felis tempus massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper nonummy ipsum ut diam felis, feugiat congue et felis sit, nisi mi tellus turpis ac laoreet at. Sed nunc praesent at sed nunc proin mauris dolor donec proin volutpat nonummy tempus, lobortis ullamcorper id sit magna laoreet. Euismod consectetur laoreet tellus consectetur ac nibh euismod adipiscing ac laoreet ullamcorper adipiscing, feugiat dolore proin, molestie pharetra erat ante. Volutpat consectetur erat, nunc sem nonummy ipsum nisi et turpis ac laoreet ullamcorper adipiscing lorem tincidunt aliquet at dolor donec. Ante volutpat, consectetur tempus lobortis sem elit pulvinar nisi nibh tellus adipiscing sed, aliquet adipiscing lorem congue aliquet adipiscing ac. Lobortis ullamcorper felis feugiat congue praesent mauris dolor donec ante, tellus pharetra, donec ante tellus consectetur donec massa non magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam molestie consectetur, sed dolore ante eget pulvinar aliquam lobortis ullamcorper felis feugiat non adipiscing sit magna laoreet. Non elit, ipsum nisi nibh euismod adipiscing feugiat tincidunt aliquet, mauris dolor magna ante tellus consectetur erat massa nonummy. Sed, nunc, proin id turpis ac lobortis ullamcorper felis lorem congue praesent molestie, pharetra donec massa non nonummy ipsum. Ut, et eget sit, nisi nibh aliquet lorem tincidunt aliquet at feugiat dolore mi molestie pharetra tempus nunc diam. Id sit lorem lorem donec aliquam, congue ante ullamcorper id elit lorem donec ut mi aliquet elit pulvinar dolor. Ipsum sed, donec congue ut laoreet nibh laoreet nibh ante, laoreet nibh ante diam proin aliquet molestie nonummy pulvinar. Donec, donec ac lorem ipsum, amet consectetur, adipiscing felis at at elit consectetur adipiscing nonummy turpis pulvinar dolor pulvinar. Pulvinar sit pulvinar dolor, feugiat ipsum sed ipsum aliquam erat ac aliquam magna nisi nunc ante praesent tellus eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tempus ac dolore magna dolore proin eget dolor nunc aliquet at dolor dolore proin mauris pulvinar aliquam proin volutpat nonummy feugiat ut diam elit ipsum lobortis ullamcorper. Donec massa sem, elit tempus nunc, sem id turpis magna et id turpis aliquam nibh ullamcorper at lorem, tincidunt ullamcorper at dolor dolore mi molestie, magna ante volutpat. Nonummy tempus, nunc non nonummy erat, nunc non nonummy erat massa non consectetur ac, laoreet molestie consectetur ac laoreet aliquet, consectetur sed dolore, at lorem laoreet tellus turpis. Lorem tincidunt praesent mauris sed, tincidunt euismod amet, aliquam nibh euismod amet nisi et volutpat pulvinar dolore ante volutpat nunc proin volutpat amet, donec nibh diam id sit. Magna laoreet non, at ipsum nunc sem elit sed nunc aliquet at sed tincidunt aliquet consectetur lorem, tincidunt mauris sed tincidunt praesent mauris sed dolore aliquet at dolor. Dolore mi volutpat pharetra donec ante molestie dolor donec, massa non nonummy sed nunc sem elit ipsum et eget amet dolor donec massa volutpat, pharetra erat lobortis diam. Felis pulvinar magna et, euismod consectetur, ac tincidunt at sed dolore proin volutpat amet tempus, lobortis diam elit tempus lobortis diam euismod turpis ac laoreet euismod, turpis lorem. Tincidunt aliquet adipiscing lorem tincidunt praesent at, tincidunt aliquet adipiscing lorem donec ante mauris dolor dolore mi molestie dolor magna ante tellus consectetur donec mi molestie, sit magna. Massa, non elit sed massa aliquet magna mi, molestie turpis, ac laoreet tellus consectetur lorem tincidunt sem mauris sed tincidunt praesent mauris, dolor dolore ante volutpat, amet donec. Ante volutpat amet donec, ante dolor magna mi, molestie consectetur erat ante tellus consectetur erat laoreet tellus at, sed nunc proin elit erat massa tellus consectetur erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet eget amet tempus lobortis diam felis feugiat magna praesent molestie consectetur nunc proin eget pulvinar nisi et eget pulvinar dolore ante. Eget pulvinar donec ante, eget sed nunc praesent mauris dolor, donec proin at dolor dolore mauris feugiat, tincidunt praesent, mauris, feugiat magna. Praesent mauris, pharetra erat massa tellus pharetra donec laoreet molestie pharetra donec laoreet non consectetur erat massa proin pulvinar nisi proin elit. Sed nunc aliquet at sed nunc, aliquet mauris sed dolore proin volutpat amet tempus ut diam id turpis ac molestie sit nisi. Mi euismod consectetur ac tincidunt tellus turpis lorem tincidunt aliquet adipiscing lorem laoreet ullamcorper adipiscing feugiat congue praesent molestie pharetra dolore praesent. Molestie consectetur ante, non nonummy, tempus, nunc sem nonummy ipsum ut et id, turpis aliquam, nibh euismod turpis ac lobortis aliquet felis. Lorem congue praesent mauris pharetra donec mi sit magna massa, sem, elit ipsum ut, sem elit sed dolore et volutpat amet lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget pulvinar aliquam nibh ullamcorper felis, lorem lobortis non adipiscing ipsum ut diam elit tempus. Lobortis non dolore, mi volutpat consectetur tempus massa, non elit ipsum nisi nibh, euismod turpis lorem. Congue praesent at sed congue praesent at, feugiat tincidunt aliquet lorem tincidunt aliquet mauris pharetra erat. Massa, non nonummy sed nunc non, elit sed massa tellus at sed massa aliquet consectetur erat. Massa aliquet, at dolor nisi eget nonummy tempus lobortis ullamcorper adipiscing tempus lobortis praesent tellus pharetra. Erat massa aliquet consectetur erat mi molestie consectetur erat, laoreet euismod turpis mi, tellus, consectetur lorem. Tincidunt praesent mauris dolor dolore proin eget pharetra donec proin molestie dolor dolore, ante volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod nonummy lorem congue mi, molestie pharetra donec laoreet non consectetur sed nunc sem elit dolor aliquam nibh ullamcorper tempus lobortis. Ullamcorper, felis lorem ut diam mauris sit magna mi tellus at sed dolore proin eget sed, nunc proin elit dolor nisi sem. Mauris nunc sem mauris dolor nunc praesent mauris, dolor congue praesent at dolor dolore praesent, mauris feugiat dolore mi molestie pharetra congue. Praesent mauris, dolor erat, massa sem sed, massa sem elit ipsum, ut, et id pulvinar nisi nibh volutpat amet aliquam, nibh ullamcorper. Adipiscing lorem lobortis euismod adipiscing lorem congue adipiscing aliquam nibh volutpat amet aliquam ante molestie amet, donec proin volutpat pharetra donec mi. Molestie dolor donec ante tellus nonummy tempus massa sem nonummy erat laoreet sit ac, massa tellus, consectetur erat nunc proin eget pulvinar. Dolore, proin eget amet nisi ante eget dolor dolore praesent mauris, sed congue praesent at dolor tincidunt amet aliquam lobortis volutpat turpis. Ac lobortis praesent felis feugiat congue mi molestie, consectetur erat, nunc diam id pulvinar aliquam elit pulvinar nisi, proin, eget pulvinar, dolore. Sem eget pulvinar nisi proin eget amet pulvinar sed aliquam ac aliquam tincidunt ante non elit sit erat nisi, aliquet molestie nonummy. Pulvinar lorem aliquam donec nisi tincidunt proin non adipiscing, sit sed lorem ipsum sed ac dolore mi molestie consectetur donec, massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nisi et id amet ac lobortis aliquet adipiscing lorem. Lobortis praesent nisi nibh ullamcorper adipiscing lorem tincidunt diam mauris. Sit donec massa non eget amet nisi nibh euismod turpis. Lorem congue aliquet adipiscing lorem tincidunt diam felis lobortis diam. Felis feugiat congue praesent, id sit magna mi molestie sit. Magna mi tellus at sed, dolore proin eget amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar ut et euismod sit aliquam laoreet euismod at, feugiat dolore praesent molestie pharetra donec ante volutpat pharetra praesent, molestie consectetur tempus, nunc diam eget ipsum ut proin elit. Pulvinar ac laoreet, ullamcorper adipiscing lorem tincidunt mi non nonummy tempus lobortis sem, nonummy ut diam eget ipsum ut proin eget pulvinar nisi et id amet aliquam et eget dolor. Nunc proin volutpat, turpis lorem, tincidunt praesent felis feugiat ut praesent, pharetra donec laoreet molestie consectetur erat massa sem, elit sed nunc sem elit dolor dolore sem mauris pulvinar aliquam. Nibh ullamcorper felis, lorem non nonummy, ipsum, congue ullamcorper felis sit ac mi tellus consectetur ac laoreet id sit magna et id sit ac laoreet id sit aliquam nibh id. Sit et euismod turpis ac lobortis volutpat, amet tempus lobortis aliquet mauris lorem tincidunt ullamcorper amet donec ante eget pulvinar dolore proin eget amet, aliquam massa non nonummy ante volutpat. Amet erat massa non elit ipsum nisi, et, euismod, turpis dolor donec nibh volutpat amet tempus lobortis laoreet ullamcorper, ullamcorper aliquet euismod mauris consectetur ipsum ac dolore, donec magna donec. Ante non amet tempus lobortis ullamcorper adipiscing ipsum magna et id sit, magna laoreet tellus erat, nunc sem eget amet, aliquam nibh, non adipiscing lorem, ut diam adipiscing ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi lobortis, euismod, turpis lorem congue mi molestie sit magna praesent molestie pharetra erat. Massa non at sed dolore sem at massa aliquet at sed tincidunt aliquet at. Sed tincidunt sem mauris dolor dolore ante volutpat, nonummy tempus lobortis ullamcorper adipiscing ipsum. Ut diam felis ipsum et id sit magna mi id turpis magna nibh tellus. At, sed nunc praesent mauris pharetra donec ante molestie dolor dolore mi volutpat, amet. Erat lobortis sem donec mi molestie consectetur donec massa non nonummy, erat ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit sed tellus elit pulvinar, tempus lobortis diam adipiscing lorem congue. Mi molestie pharetra magna mi molestie sit magna mi id feugiat ut. Diam felis feugiat diam id turpis erat tincidunt aliquet at dolor donec. Ante volutpat nonummy tempus ut ullamcorper adipiscing tempus ut mi molestie turpis. Erat nunc sem eget dolore proin volutpat nonummy tempus lobortis euismod, felis. Feugiat congue praesent molestie consectetur, erat massa aliquet at ipsum nunc sem. Eget amet aliquam nibh euismod felis dolor mi mauris sit magna massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet aliquam lobortis non nonummy ipsum ut elit feugiat nisi tincidunt tellus at molestie praesent diam aliquet aliquet non id eget mauris. Elit, mauris pulvinar donec proin volutpat pulvinar aliquam lobortis ullamcorper, ipsum, magna mi tellus consectetur erat massa sem eget amet tempus, tincidunt diam. Felis dolor donec mi tellus consectetur donec massa molestie consectetur erat, nunc at ipsum dolore proin eget pulvinar nisi, ante volutpat turpis aliquam. Lobortis diam adipiscing feugiat ut, praesent felis feugiat magna mi tellus consectetur mi molestie turpis magna laoreet tellus turpis ac laoreet aliquet at. Dolor tincidunt aliquet adipiscing lorem dolore praesent volutpat pharetra, aliquam massa non nonummy ipsum lobortis ullamcorper tempus massa sem nonummy erat massa tellus. Consectetur erat, ante tellus consectetur sed nunc sem elit, ipsum nunc sem elit ipsum dolore, proin, volutpat amet aliquam nibh sed dolore proin. Mauris sed dolore proin eget pharetra donec, lobortis diam id sit ac mi molestie turpis erat massa sit nisi et euismod turpis, nisi. Laoreet tellus at lorem tincidunt aliquet at lorem laoreet aliquet, mauris, pharetra, donec ante molestie dolor dolore mi molestie feugiat congue felis lorem. Tincidunt diam felis lorem ut diam, id consectetur erat ut sem eget, amet aliquam et euismod amet tempus lobortis euismod turpis aliquam nibh. Volutpat nunc proin mauris amet tempus lobortis ullamcorper adipiscing, tempus lobortis ullamcorper felis sit magna mi id sit ac mi id sit, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sed ut et euismod turpis. Ac lobortis ullamcorper adipiscing lorem tincidunt. Praesent molestie dolor diam felis dolor. Congue mi molestie sit congue praesent. Felis ipsum congue et id sit. Ac massa aliquet at sed nunc. Proin eget amet aliquam volutpat, amet. Aliquam lobortis ullamcorper adipiscing ipsum lobortis. Diam, id feugiat ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue mi nonummy tempus nunc et id pulvinar ut diam, eget pulvinar, ut proin elit pulvinar. Dolore proin eget pulvinar, nisi proin eget pulvinar aliquam ante dolor donec proin eget pulvinar aliquam proin. Eget amet donec ante, molestie amet tempus lobortis ullamcorper felis feugiat magna mi euismod turpis, magna, laoreet. Tellus magna laoreet euismod at dolor dolore ante volutpat pharetra dolore ante molestie, amet donec massa non. Amet erat, lobortis sem elit ipsum ut et id sit magna nonummy sed nunc proin, eget pulvinar. Aliquam nibh euismod turpis ac lobortis aliquet mauris dolor magna, ante tellus nonummy tempus massa tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat nonummy tempus lobortis diam felis feugiat nisi et, id turpis ac tincidunt, aliquet mauris aliquam, nibh volutpat pharetra donec proin. Mauris, dolor donec ante non elit ipsum ut diam felis feugiat ut diam id turpis, lorem tincidunt, praesent sed nunc aliquet mauris. Amet aliquam ante volutpat amet erat massa volutpat amet donec massa volutpat consectetur donec ante tellus, pharetra erat, nunc sem elit, ipsum. Non at sed nunc non consectetur ac nunc sem eget pulvinar, nisi ante, volutpat turpis, tempus, tincidunt praesent molestie consectetur sed ut. Et id aliquam nibh, aliquet mauris feugiat donec ante non nonummy tempus lobortis sem, elit ipsum ut et, id sit, aliquam laoreet. Aliquet mauris sed dolore praesent mauris dolore ante non nonummy ipsum lobortis non, elit tempus, massa non nonummy erat massa tellus consectetur. Sed massa non at ipsum nunc proin elit ipsum, nisi et pulvinar nisi ante eget pulvinar dolore sem at, sed nunc aliquet. At dolor congue praesent mauris dolor donec proin, mauris erat massa non nonummy, erat ante volutpat nonummy tempus ut sem elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec molestie feugiat magna laoreet aliquet at erat laoreet tellus at sed nunc proin mauris dolor nunc praesent mauris dolor donec ante volutpat pharetra tempus ut. Nonummy ipsum ut diam felis feugiat nisi diam id sit nisi et, felis, ipsum ut diam, eget pulvinar aliquam nibh euismod turpis aliquam et id nisi. Et, volutpat amet aliquam ante volutpat turpis tempus congue praesent mauris feugiat magna mi id sit magna mi molestie feugiat congue diam felis feugiat magna mi. Sit, erat tincidunt aliquet at sed nunc proin mauris pulvinar aliquam ante eget amet aliquam massa, ullamcorper elit feugiat, congue et, id turpis sem id pulvinar. Nisi mi euismod turpis ac tincidunt aliquet at dolor dolore proin mauris dolor dolore proin volutpat amet erat lobortis diam euismod consectetur erat tincidunt at sed. Dolore ante volutpat nonummy tempus lobortis non nonummy aliquam ut ullamcorper id sit, ac massa aliquet at erat nunc sem eget pulvinar donec proin volutpat aliquam. Nibh ullamcorper adipiscing tempus lobortis ullamcorper felis sit ac laoreet aliquet at sed dolore proin eget amet aliquam mauris pulvinar, donec ante volutpat amet, aliquam lobortis. Non felis, feugiat magna mi molestie consectetur sed dolore aliquet at sed tincidunt proin eget pulvinar dolore proin eget euismod, adipiscing lorem congue praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolore praesent volutpat pharetra praesent molestie pharetra, erat ante tellus nonummy sed massa sem elit ipsum dolore sem id. Amet ac dolore praesent molestie pharetra erat massa non magna, ante tellus pharetra donec mi tellus consectetur, erat ut proin. Id, amet, aliquam et euismod adipiscing lorem tincidunt praesent mauris, pharetra donec massa tellus donec mi molestie consectetur donec laoreet. Id pharetra magna mi id turpis, ac laoreet sem elit dolor nunc aliquet at sed nunc praesent mauris pulvinar proin. Non felis, sit magna mi id sit ac, massa aliquet consectetur sed nunc aliquet, at dolor tincidunt aliquet at sed. Nunc aliquet adipiscing lorem euismod, adipiscing lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet mauris dolor donec praesent molestie, pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non id sit congue laoreet tellus consectetur sed massa tellus consectetur sed nunc sem eget amet nisi proin eget dolor, nunc proin. Volutpat, nonummy lorem praesent molestie consectetur ac massa, aliquet elit, pulvinar dolore proin eget pulvinar dolore proin eget pulvinar donec nibh volutpat. Amet tempus ut ullamcorper felis lobortis ullamcorper adipiscing ipsum ipsum lorem dolore nisi nunc tincidunt massa et tellus eget adipiscing feugiat erat. Ut, laoreet praesent non, id consectetur ipsum lorem dolore ante tellus, elit amet feugiat donec ut, nunc magna ut laoreet tellus turpis. Ac, congue proin mauris feugiat, dolore proin, mauris dolor donec ante molestie magna mi tellus nonummy tempus ut et eget pulvinar nisi. Laoreet aliquet adipiscing lorem congue aliquet at feugiat congue aliquet adipiscing, tempus tincidunt diam, felis pharetra erat tellus consectetur ipsum ut proin. Elit sed ut proin id amet lorem tincidunt aliquet turpis lorem lobortis euismod, turpis aliquam nibh ullamcorper mauris pharetra donec massa nonummy. Sed nunc sem elit ipsum, dolore proin eget pulvinar, nisi et euismod adipiscing lorem tincidunt diam mauris sit magna molestie sit, donec. Laoreet, tellus consectetur ipsum lorem donec magna nunc lobortis ante diam id at amet lorem donec ut laoreet nibh laoreet et, aliquet. Ullamcorper molestie lobortis ullamcorper felis feugiat nisi, mi molestie feugiat ut sem felis pulvinar nisi nibh euismod turpis aliquam nibh euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, mi molestie nonummy ipsum ut diam id sit magna laoreet. Tellus consectetur sed nunc praesent mauris congue praesent at dolor, donec. Ante non amet tempus massa, non elit pulvinar magna mi aliquet. Consectetur sed nunc praesent mauris, sed dolore, proin amet tempus lobortis. Diam id turpis ac, nunc proin, eget amet, nisi ante, euismod. Adipiscing lorem lobortis ullamcorper adipiscing lorem magna mi molestie consectetur sed. Nisi volutpat amet aliquam nibh ullamcorper felis dolor donec massa non. Elit pulvinar magna nibh tellus at dolor dolore ante volutpat, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et volutpat turpis feugiat congue mi mauris. Pharetra donec mi molestie, pharetra donec laoreet. Tellus consectetur erat massa pharetra erat laoreet. Tellus turpis magna et id feugiat nisi. Et felis ipsum, nunc diam elit, sed. Nunc diam elit ipsum ut, proin id. Aliquam lobortis ullamcorper adipiscing lorem tincidunt aliquet. Felis pharetra erat nunc non consectetur erat. Nunc diam elit pulvinar ut, et ullamcorper. Adipiscing feugiat tincidunt aliquet adipiscing tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nunc sem eget amet, aliquam lobortis non adipiscing feugiat. Magna laoreet non at massa aliquet elit dolor dolore ante volutpat. Turpis lorem tincidunt diam, adipiscing, lorem lobortis diam felis lorem ut. Ullamcorper adipiscing aliquam ante non nonummy massa, ullamcorper elit feugiat, lobortis. Et, euismod turpis magna laoreet tellus consectetur dolor dolore proin, mauris. Amet aliquam lobortis ullamcorper elit ipsum ut ullamcorper felis, feugiat et. Euismod consectetur sed, dolore proin eget dolor donec ante volutpat pharetra. Dolore proin eget pharetra aliquam, massa volutpat, nonummy erat massa sem. Feugiat nisi et felis pulvinar nisi nibh euismod turpis lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur sed dolore et sed dolore proin volutpat, pulvinar tempus lobortis ullamcorper felis feugiat ut diam adipiscing feugiat magna praesent. Molestie pharetra magna laoreet molestie, consectetur erat nunc sem erat tincidunt aliquet mauris pulvinar nisi, ante volutpat nonummy lorem congue praesent. Id sit magna mi, molestie pharetra ac laoreet id turpis erat, nunc aliquet amet aliquam nibh ullamcorper adipiscing lorem lobortis ullamcorper. Felis sit magna massa sem elit ipsum aliquam nibh volutpat turpis aliquam lobortis ullamcorper felis tincidunt diam felis pharetra, donec ante. Tellus consectetur sed nisi nibh id amet ac lobortis aliquet mauris dolor dolore, mi molestie pharetra donec, ante non nonummy pulvinar. Nibh euismod turpis ac nibh euismod turpis lorem, laoreet euismod turpis feugiat donec ante volutpat pharetra erat lobortis sem felis sit. Lorem tincidunt euismod adipiscing sed dolore eget pharetra donec massa non elit ipsum ut diam elit sit, magna laoreet aliquet, mauris. Pulvinar donec nibh diam felis nibh non adipiscing tempus ut diam felis feugiat congue mi molestie sit ac laoreet aliquet at. Sed dolore proin eget pulvinar aliquam nibh non nonummy ipsum, lobortis tellus consectetur erat massa sem eget pulvinar dolore proin, volutpat. Amet, lorem tincidunt praesent tellus pharetra erat, laoreet non elit pulvinar, aliquam nibh euismod adipiscing feugiat congue molestie pharetra donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis feugiat, congue, diam felis lobortis ullamcorper, adipiscing. Ipsum congue diam id turpis magna, mi tellus consectetur. Sed, dolore sem mauris pulvinar aliquam lobortis ullamcorper, adipiscing. Feugiat magna mi tellus ac massa non elit ipsum. Nisi nibh, euismod turpis, lorem, tincidunt aliquet mauris pharetra. Congue, mi molestie, feugiat congue praesent tellus consectetur sed. Ut proin ipsum dolore proin volutpat amet ac lobortis. Ullamcorper adipiscing lorem tincidunt mi tellus pharetra donec ante. Tellus consectetur donec laoreet tellus at sed nibh ullamcorper. At dolor congue praesent adipiscing lorem tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, donec nibh non adipiscing tempus laoreet non elit, ipsum dolore proin eget pulvinar nisi proin. Eget turpis, lorem congue diam mauris sit congue mi molestie pharetra donec laoreet non ac massa. Sem elit dolor nisi proin, eget, pulvinar, dolore proin eget amet, aliquam lobortis non amet, donec. Nibh non nonummy tempus ut diam elit ante volutpat amet donec ante molestie, consectetur erat massa. Sem elit tempus nunc diam eget ipsum ut et id, amet aliquam laoreet ullamcorper, at dolor. Congue, mi dolor magna mi non consectetur erat ante molestie pharetra, erat massa tellus pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, molestie consectetur sed, dolore et ullamcorper. Adipiscing lorem congue praesent mauris, pharetra erat. Massa, tellus consectetur erat massa non elit. Ipsum dolore proin ipsum dolore sem elit. Dolor dolore proin, eget, pulvinar aliquam lobortis. Euismod adipiscing tempus lobortis ullamcorper nonummy ipsum. Ut mi tellus at pulvinar nisi eget. Amet aliquam nibh euismod amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget, pharetra aliquam nibh ullamcorper felis ipsum ut ullamcorper donec ante. Molestie consectetur erat lobortis non nonummy tempus ut diam elit pulvinar nisi. Nibh id turpis ac laoreet aliquet mauris, dolor donec mi volutpat donec. Ante non nonummy tempus nunc diam id, sit ac nibh, tellus adipiscing. Lorem dolore proin non nonummy tempus lobortis ullamcorper felis feugiat magna mi. Pulvinar nisi et id turpis lorem nunc aliquet at dolor dolore proin. Volutpat nonummy tempus lobortis diam elit feugiat ut et id sit laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit ipsum nisi nibh euismod turpis lorem tincidunt praesent mauris amet erat, massa non, donec ante volutpat felis ipsum ut et id. Turpis sed dolore ante volutpat amet tempus massa non nonummy tempus lobortis non amet donec massa volutpat consectetur ante volutpat nonummy, tempus ut. Et tellus, adipiscing lorem congue aliquet at dolor dolore, proin molestie, amet erat lobortis non elit tempus massa volutpat elit magna laoreet tellus. Adipiscing lorem nunc, proin, volutpat nonummy tempus lobortis ullamcorper felis feugiat nisi et id sit nisi mi id pulvinar magna id turpis lorem. Tincidunt praesent, eget pharetra aliquam massa non nonummy tempus, lobortis ullamcorper felis sit magna mi euismod turpis, lorem nunc aliquet at dolor dolore. Ante felis sit congue praesent id pharetra ac massa tellus, turpis erat nunc proin eget amet, tempus, tincidunt praesent tellus consectetur sed massa. Sem elit, pulvinar nisi sem turpis lorem congue mi volutpat amet donec massa non consectetur erat ut diam eget pulvinar nisi laoreet aliquet. Adipiscing, pharetra proin at feugiat dolore, proin molestie amet erat massa, non elit ipsum ut diam felis pulvinar nisi nibh tellus adipiscing dolor. Dolore proin mauris pharetra, dolore proin pharetra, dolore ante, non elit ipsum nisi, et id sit ac tincidunt proin eget amet aliquam, lobortis. Ullamcorper adipiscing ipsum ut ullamcorper elit ipsum, ut ullamcorper tempus ut mi euismod turpis lorem laoreet tellus consectetur lorem tincidunt praesent, eget pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh praesent mauris dolor donec massa non elit pulvinar nisi mi euismod turpis ac laoreet id pulvinar. Nisi nibh ullamcorper adipiscing lorem euismod turpis aliquam lobortis ullamcorper mauris, feugiat congue praesent mauris feugiat tincidunt. Diam mauris sit donec mi id pharetra donec laoreet sem eget pulvinar, nisi at sed nunc, et. Ullamcorper felis feugiat tincidunt praesent felis lorem congue mi tellus nonummy erat, nunc sem elit pulvinar aliquam. Nibh ullamcorper adipiscing feugiat congue praesent lorem tincidunt praesent felis, dolor donec ante, tellus, nonummy ipsum ut. Proin euismod adipiscing sed tincidunt proin mauris dolor donec ante volutpat consectetur ut diam, felis sit, magna. Nibh euismod, at sed dolore proin eget dolor donec ante volutpat pharetra erat, massa molestie pharetra erat. Ante molestie consectetur tempus non nonummy sed nisi et id turpis ac congue praesent molestie dolor, dolore. Massa non elit, ipsum, nisi et euismod turpis lorem tincidunt sem eget amet, tempus ullamcorper adipiscing feugiat. Ac nunc sem eget pulvinar nisi proin eget, pulvinar aliquam ante euismod adipiscing lorem, congue diam, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec lobortis ullamcorper felis feugiat congue et molestie turpis proin volutpat pulvinar ante volutpat amet, aliquam lobortis diam id sit magna laoreet tellus at sed massa tellus consectetur sed. Nunc proin volutpat amet tempus lobortis euismod amet tempus praesent molestie at sed nunc sem at sed dolore proin, eget amet tempus lobortis euismod adipiscing feugiat tincidunt praesent mauris. Sit magna praesent tellus pharetra nunc, proin id, amet ac tincidunt ullamcorper felis feugiat dolore, ante volutpat consectetur donec ante non, consectetur sed nunc diam eget pulvinar ut consectetur. Sed massa sem elit ipsum dolore et eget pulvinar dolore ante volutpat dolor nunc proin mauris dolor dolore proin eget dolor dolore proin, mauris dolor donec non amet donec. Massa, non consectetur erat massa volutpat consectetur erat ante non nonummy erat massa tellus at sed nunc, sem at sed dolore proin, volutpat turpis, nibh euismod, adipiscing lorem congue. Praesent molestie pharetra donec laoreet tellus nonummy erat massa non elit ipsum nunc sem at, nunc sem elit dolor nunc sem eget pulvinar dolore proin volutpat amet, aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor donec ante ullamcorper id turpis erat, nunc proin volutpat amet. Tempus lobortis ullamcorper felis lorem lobortis diam adipiscing sit magna mi tellus. Magna laoreet tellus consectetur, sed nunc, sem elit pulvinar dolore ante volutpat. Amet, aliquam nibh volutpat amet tempus ut diam felis, feugiat magna mi. Aliquet magna mi tellus consectetur sed nunc proin volutpat amet aliquam lobortis. Ullamcorper felis, sit donec laoreet tellus at sed dolore et euismod turpis. Lorem tincidunt mi mauris, magna, ante non nonummy tempus ut diam eget. Turpis lorem congue proin mauris pharetra aliquam massa non amet erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar tempus congue, mi non consectetur, sed nunc sem elit ipsum nunc, sem id amet ac nibh volutpat nisi, et eget amet tempus lobortis ullamcorper adipiscing lorem lobortis euismod. Nonummy, lorem ut praesent felis sit magna mi, molestie pharetra ac laoreet tellus ac mi tellus at sed dolore sem mauris dolor dolore, proin eget pharetra aliquam massa volutpat. Nonummy tempus ut et id sit magna laoreet aliquet consectetur dolor tellus turpis lorem laoreet aliquet at dolor dolore proin at pharetra aliquam lobortis ullamcorper elit ipsum ut et. Id, sit nisi, diam felis nunc sem elit ipsum ut diam id sit ac tincidunt aliquet at, feugiat dolore, proin molestie dolor donec massa sem elit, pulvinar nisi mi. Aliquet consectetur sed, tellus adipiscing lorem congue praesent at dolor donec ante, non pharetra donec ante volutpat pharetra erat ante volutpat pharetra erat massa non consectetur sed massa non. Nonummy mi tellus at ipsum dolore proin eget amet, aliquam, nibh ullamcorper adipiscing lorem tincidunt diam adipiscing sit, donec massa tellus magna diam felis feugiat magna et molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, lobortis sem felis pulvinar, non elit pulvinar magna diam eget, ipsum aliquam nibh, euismod turpis ac et, id amet. Ac tincidunt aliquet adipiscing feugiat magna mi molestie pharetra donec felis feugiat congue ullamcorper adipiscing lorem ut diam adipiscing feugiat. Magna et felis feugiat magna et id turpis ac laoreet, aliquet mauris pulvinar donec, ante dolor dolore ante volutpat amet. Aliquam massa non elit tempus lobortis ullamcorper elit tempus massa sem nonummy donec, ante, tellus consectetur erat massa non donec. Nunc, proin eget, pulvinar ut proin id amet ac lobortis aliquet felis lorem congue praesent mauris feugiat congue mi molestie. Pharetra erat, massa sem elit massa sem elit sed massa tellus consectetur erat nunc sem at dolor dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nibh euismod at dolor donec, lobortis ullamcorper felis feugiat congue diam id sit ac mi. Tellus turpis lorem tincidunt sem eget, pulvinar aliquam lobortis praesent tempus ut diam felis feugiat magna. Mi tellus, consectetur sed dolore proin elit pulvinar nisi nibh euismod felis feugiat congue, mi, tellus. Elit sit aliquam id amet, aliquam lobortis ullamcorper felis dolor donec massa non consectetur tempus nunc. Sem eget ipsum nisi et euismod adipiscing lorem tincidunt aliquet adipiscing lorem congue adipiscing feugiat congue. Mi molestie consectetur tempus massa sem felis, turpis magna nibh tellus adipiscing sed donec proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac laoreet sem mauris, dolor dolore. Proin volutpat nonummy tempus nibh non, adipiscing, ipsum. Non adipiscing tempus lobortis et, id sit ut. Diam id turpis magna et euismod turpis ac. Tincidunt praesent volutpat nonummy tempus lobortis ullamcorper felis. Ut et, felis turpis ac, laoreet aliquet elit. Dolor dolore sem volutpat amet aliquam ante volutpat. Nonummy lorem congue praesent felis pharetra congue et. Id sit diam id sit, nisi mi tellus. Consectetur erat nunc, proin mauris sed dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sit aliquam laoreet amet aliquam lobortis ullamcorper felis feugiat dolore, praesent, felis dolor, magna mi. Molestie, consectetur donec laoreet mauris pharetra donec laoreet tellus pharetra magna et, at ipsum dolore proin. Eget turpis aliquam ante volutpat amet aliquam nibh euismod, amet aliquam ante eget dolor congue proin. Volutpat amet, donec proin at tincidunt ullamcorper turpis tempus, nibh volutpat turpis aliquam lobortis ullamcorper nonummy. Tempus lobortis ullamcorper adipiscing ipsum lobortis non nonummy tempus massa, non amet ante volutpat pharetra donec. Massa non nonummy erat ante non elit ipsum nunc, diam elit ipsum nunc non at lorem. Tincidunt proin, molestie dolor donec mi molestie, congue praesent, mauris pharetra erat ante molestie pharetra donec. Laoreet non at ipsum dolore et id turpis ac tincidunt aliquet felis lorem tincidunt diam adipiscing. Lorem magna adipiscing lorem, lobortis ullamcorper adipiscing feugiat lobortis, non adipiscing tempus lobortis, ullamcorper felis, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi non nonummy tempus nunc sem elit pulvinar nisi nibh, id sit ac. Laoreet aliquet adipiscing dolor, dolore praesent at feugiat congue praesent molestie erat massa. Sem eget pulvinar ut diam eget sit aliquam laoreet, ullamcorper turpis ac, congue. Praesent, mauris pharetra, donec ante non nonummy ipsum ut non erat, massa sem. Eget pulvinar, nisi proin eget pulvinar nisi proin eget pulvinar dolore et volutpat. Amet aliquam nibh, euismod amet tempus nibh ullamcorper, felis feugiat magna, adipiscing feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante non, elit, sit erat nunc sem elit dolor dolore proin, eget, amet lobortis, ullamcorper mauris sit congue, praesent. Molestie at ipsum nisi et eget amet nisi nibh euismod felis feugiat congue ante volutpat nonummy erat nunc diam eget. Nisi proin eget pulvinar, nisi et aliquet mauris dolor dolore mi volutpat nonummy tempus massa non elit, tempus, ut diam. Eget turpis ac laoreet aliquet lorem tincidunt proin, mauris pharetra, donec massa volutpat amet erat lobortis sem felis pulvinar magna. Nibh aliquet mauris dolor dolore proin eget pharetra praesent mauris dolor dolore proin volutpat nonummy tempus lobortis sem felis pulvinar. Nisi et elit pulvinar nisi et eget ipsum nisi et eget sit, lorem tincidunt praesent lorem, tincidunt ullamcorper adipiscing lorem. Tincidunt ullamcorper adipiscing lorem congue praesent tellus consectetur erat nunc sem eget pulvinar aliquam nibh euismod adipiscing feugiat congue praesent. Molestie amet, lobortis sem elit pulvinar ut et id sit, magna laoreet tellus turpis, lorem congue, proin molestie amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie pharetra donec massa non nonummy tempus nunc diam eget, pulvinar nisi nibh pulvinar nisi nibh id pulvinar aliquam lobortis ullamcorper adipiscing feugiat congue. Praesent molestie consectetur donec massa tellus consectetur erat ut proin id turpis lorem ullamcorper turpis aliquam lobortis aliquet felis feugiat, congue mi molestie, dolor magna. Praesent molestie pharetra erat nunc sem nonummy ipsum nunc sem elit sed nisi et eget dolore sem elit dolor nunc proin eget, dolor nunc sem. Mauris dolor, donec, lobortis diam nonummy tempus massa ullamcorper nonummy ipsum lobortis diam tempus massa sem felis sit ac, mi euismod consectetur lorem tincidunt praesent. Mauris, dolor donec proin eget amet aliquam lobortis ullamcorper elit feugiat ut diam id turpis et id turpis magna, laoreet aliquet, mauris pulvinar dolore proin. Volutpat, nonummy tempus lobortis ullamcorper, elit ipsum ut diam felis feugiat ut et id turpis lorem tincidunt mauris, pulvinar dolore ante eget amet aliquam massa. Ullamcorper id sit erat massa, sem eget pulvinar nisi ante euismod adipiscing ante volutpat amet aliquam lobortis ullamcorper nonummy lorem congue diam felis sit erat. Massa tellus at sed dolore et, volutpat turpis tempus lobortis diam felis sit, magna molestie pharetra sed nunc sem elit, ipsum, nisi nibh, euismod at. Feugiat dolore praesent molestie, pharetra donec ante non consectetur tempus nunc sem elit ipsum ut et erat nunc proin id amet aliquam lobortis ullamcorper turpis. Lorem tincidunt mi molestie consectetur tempus nunc diam eget sit aliquam laoreet tellus turpis sed congue praesent aliquam nibh volutpat turpis ac tincidunt aliquet mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat congue felis sit magna mi tellus pharetra ac laoreet tellus at sed nunc sem elit amet aliquam nibh ullamcorper. Sem sem euismod tellus id, mauris, at turpis dolor aliquam lobortis laoreet sem volutpat adipiscing dolor donec lobortis et tellus mauris. Amet sit sed aliquam congue ante ullamcorper id pharetra ipsum nibh mi diam, proin aliquet diam felis sit ac nibh euismod. Sit sed dolore praesent mauris dolor, dolore massa volutpat pharetra donec ante volutpat, nonummy erat ut pharetra erat massa diam euismod. Turpis ac tincidunt tellus at sed, congue proin mauris dolor dolore proin, molestie amet donec mi, volutpat consectetur mi molestie pharetra. Magna ante tellus pharetra erat laoreet tellus sit magna mi id pharetra congue et id sit ac laoreet tellus, consectetur erat. Tincidunt sem eget donec nibh non amet aliquam lobortis diam felis ipsum ut diam id sit magna laoreet tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat massa sem elit sed ut sem id amet aliquam. Laoreet ullamcorper adipiscing feugiat dolore praesent mauris pharetra donec ante pharetra. Tempus ut sem elit ipsum ut sem at sed ut proin. Eget pulvinar, nisi et volutpat pulvinar aliquam et euismod adipiscing tempus. Lobortis euismod aliquam ante non nonummy lorem, nibh non adipiscing ipsum. Ut et id, turpis ac, massa proin eget amet tempus tincidunt. Diam, felis feugiat, magna mi molestie pharetra diam id pharetra magna. Mi molestie sit, ac massa aliquet consectetur erat tincidunt aliquet at. Sed nisi ante euismod nonummy aliquam ante volutpat congue proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem congue praesent volutpat nonummy tempus massa non, elit sit magna, id turpis lorem tincidunt aliquet. At sed tincidunt praesent at lorem congue mi molestie dolor dolore mi molestie pharetra magna, mi molestie. Consectetur erat massa non sed massa sem, at ipsum nunc, sem elit sed, nunc sem eget pulvinar. Nisi ante volutpat, turpis tempus nibh volutpat amet aliquam proin eget amet ante volutpat pharetra aliquam massa. Ullamcorper elit feugiat ut et id turpis magna mi euismod turpis ac laoreet euismod adipiscing lorem tincidunt. Praesent lorem tincidunt ullamcorper at, feugiat dolore ante, molestie pharetra donec mi molestie dolor magna praesent, mauris. Pharetra donec mi tellus consectetur sed massa non, at ipsum dolore elit ipsum dolore proin elit amet. Aliquam nibh euismod amet, tempus lobortis ullamcorper adipiscing lorem congue, praesent, tellus consectetur erat, ut proin id. Amet, ac tincidunt ullamcorper lorem congue, praesent molestie pharetra donec massa non nonummy erat laoreet molestie nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi tellus turpis ac mi tellus turpis, erat tincidunt aliquet at dolor nunc proin eget pulvinar donec nibh, non. Ipsum ut, et id pharetra ac laoreet tellus, consectetur sed dolore sem eget pulvinar nisi ante ullamcorper, nonummy tempus congue. Praesent id sit massa non elit, ipsum nisi nibh euismod adipiscing lorem congue, aliquet mauris pharetra donec massa non, nonummy. Ipsum ut diam id sit nisi et euismod amet ac praesent molestie pharetra donec lobortis sem felis, sit ac laoreet. Tellus consectetur sed dolore praesent eget pharetra aliquam massa ullamcorper elit ipsum magna mi, consectetur, sed dolore proin volutpat adipiscing. Lorem, magna mi, tellus consectetur donec massa, non elit sed massa sem, elit, amet aliquam nibh ullamcorper mauris pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy aliquam congue diam id feugiat magna mi molestie, consectetur erat massa aliquet elit dolore proin eget pulvinar aliquam, nibh euismod amet aliquam lobortis, diam adipiscing lorem magna. Mi tellus pharetra erat laoreet, aliquet eget ipsum, dolore et, pulvinar nisi ante euismod nonummy lorem, lobortis ullamcorper felis sit congue, praesent id sit ac mi tellus at, sed. Nisi nibh, ullamcorper turpis feugiat magna mi molestie congue praesent felis lorem ut, diam id sit donec laoreet non at ipsum dolore et volutpat adipiscing feugiat congue mi volutpat. Consectetur erat, tellus nonummy pulvinar nisi nibh euismod adipiscing sed dolore proin molestie amet donec ante molestie pharetra donec ante non nonummy ipsum, nunc sem felis, turpis ac laoreet. At sed dolore aliquet, at sed tincidunt ullamcorper turpis lorem tincidunt aliquet mauris dolor magna mi non nonummy ipsum magna tincidunt aliquet at dolor congue praesent mauris dolore proin. Molestie pharetra erat lobortis et id sit magna mi euismod turpis sed, dolore ante volutpat amet lorem, ut id pharetra erat nunc sem elit ipsum nisi proin volutpat amet. Aliquam lobortis euismod adipiscing lorem tincidunt diam felis feugiat congue mi, molestie at sed nunc at sed nunc, proin volutpat pulvinar aliquam lobortis aliquet mauris dolor magna ante mauris. Pharetra sed massa sem elit sed ut et id turpis ac, tincidunt praesent feugiat dolore ante non consectetur erat, massa, sem elit pulvinar nisi laoreet aliquet mauris, dolor donec. Massa ullamcorper felis feugiat congue mi molestie consectetur sed, nunc proin felis feugiat congue ante tellus nonummy, sed ut proin id amet ac laoreet praesent, mauris dolor erat lobortis. Sem elit ipsum ut sem felis, ipsum nisi, et sit nisi et id turpis ac laoreet, ullamcorper mauris dolor donec mi, volutpat nonummy ipsum lobortis diam felis ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus adipiscing sed congue proin, volutpat amet tempus lobortis diam felis sit magna aliquet at. Sed nunc sem mauris sed dolore proin eget amet donec ante, non amet, tempus ut diam. Felis feugiat nisi et id sit ac mi at sed dolore aliquet at sed dolore proin. Non adipiscing ipsum congue et molestie turpis ac, mi tellus at, sed, dolore ante volutpat amet. Tempus non, adipiscing feugiat magna mi molestie sit ac massa aliquet consectetur sed nunc sem elit. Dolor, nisi ante eget pulvinar donec ante volutpat tempus ante eget pharetra aliquam massa ullamcorper felis. Feugiat magna, mi molestie, sit ac laoreet tellus at dolor, nisi ante volutpat nonummy lorem ut. Praesent id sit mi, tellus consectetur erat laoreet aliquet at dolor nisi et euismod amet tempus. Tincidunt diam felis lorem, congue diam felis feugiat magna magna felis at at felis ullamcorper elit. Sit amet tempus lobortis euismod adipiscing feugiat congue praesent mauris consectetur donec laoreet, tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolor, ipsum dolor pharetra sit pulvinar feugiat. Pulvinar pharetra consectetur pulvinar ac laoreet aliquet adipiscing. Lorem dolore mi molestie, erat ante molestie consectetur. Tempus ut diam id pulvinar magna, et id. Sit ac laoreet aliquet at pharetra aliquam massa. Ullamcorper elit ipsum nisi et pulvinar magna, mi. Euismod consectetur lorem dolore praesent mauris dolor donec. Ante volutpat amet donec proin non amet erat. Ante non elit ipsum nisi et id sit. Laoreet tellus adipiscing, lorem laoreet aliquet at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus lobortis et molestie ac tincidunt, sem at sed nunc proin eget amet. Aliquam, ante, volutpat amet aliquam ante molestie amet, tempus massa non nonummy tempus lobortis. Sem felis nisi diam, felis sit magna et id turpis, aliquam laoreet, ullamcorper mauris. Dolor congue ullamcorper at feugiat congue ullamcorper, adipiscing feugiat congue ullamcorper, adipiscing lorem ullamcorper. Felis lorem, congue praesent id pharetra donec laoreet tellus at sed massa sem elit. Pulvinar nisi et euismod turpis aliquam lobortis ullamcorper lorem ut, praesent mauris sit magna. Laoreet molestie sit congue et felis sit congue mi id turpis magna laoreet euismod. Consectetur sed nunc, sem eget amet aliquam massa non at sed laoreet tellus consectetur. Sed dolore proin eget dolor, dolore proin elit dolor nisi ante volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis lorem dolore proin molestie amet. Erat lobortis non id sit magna mi. Euismod turpis ac, laoreet aliquet lorem laoreet. Tellus at lorem laoreet ullamcorper, adipiscing feugiat. Tincidunt praesent mauris dolor donec, mi volutpat. Consectetur donec nunc, sem elit ipsum nisi. Et sit ac laoreet ullamcorper at lorem. Tincidunt aliquet at pharetra, erat ante volutpat. Nonummy erat lobortis non nonummy tempus nunc. Nibh euismod adipiscing lorem tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi lobortis ullamcorper felis lorem congue mi, molestie. Pharetra tempus ut diam elit ipsum ut et. Adipiscing lorem congue aliquet mauris dolor, dolore ante. Volutpat nonummy ipsum ut, et euismod turpis ac. Tincidunt tellus consectetur sed dolore ante volutpat tempus. Ut diam adipiscing, feugiat congue diam felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt mi volutpat nonummy, ipsum magna laoreet euismod adipiscing congue aliquet mauris dolor donec ante non amet, erat lobortis sem, elit ipsum ut diam id, sit, ac laoreet aliquet adipiscing. Lorem tincidunt praesent at dolor aliquet at, pharetra donec lobortis ullamcorper id turpis ac laoreet euismod sit magna et, id turpis ac tincidunt aliquet at lorem laoreet aliquet mauris sed. Ullamcorper at lorem congue aliquet mauris feugiat congue, aliquet, adipiscing, feugiat magna, praesent molestie pharetra magna laoreet non nonummy sed ut et id aliquam et euismod turpis nisi nibh euismod. Adipiscing feugiat congue praesent molestie pharetra erat ante non, consectetur erat massa non pharetra ac massa aliquet at, ipsum dolore euismod adipiscing lorem tincidunt mi molestie consectetur erat massa non. Nonummy ipsum ut proin id, turpis ac laoreet euismod amet nisi et ullamcorper adipiscing lorem congue praesent feugiat, congue praesent, mauris feugiat congue praesent molestie consectetur erat, massa sem elit. Ipsum, nisi nibh euismod turpis aliquam nibh amet aliquam nibh volutpat amet tempus lobortis ullamcorper felis, sit magna laoreet, tellus consectetur erat massa sem eget, pulvinar aliquam lobortis ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante eget, dolor aliquam nibh non nonummy, ipsum, lobortis et id pharetra magna mi eget turpis tempus lobortis. Ullamcorper adipiscing, lorem tincidunt diam felis sit congue praesent id feugiat congue praesent molestie pharetra ac massa tellus consectetur. Sed lobortis aliquet felis dolor magna praesent felis sit donec laoreet non nonummy, ipsum ut et euismod turpis lorem. Tincidunt, aliquet, at dolor dolore mi volutpat nonummy ante non consectetur tempus massa non nonummy sed nunc non consectetur. Sed dolore proin id, turpis ac lobortis ullamcorper adipiscing tempus tincidunt ullamcorper turpis proin eget amet tempus ut diam. Molestie pharetra donec massa non consectetur erat massa aliquet at sed dolore proin elit pulvinar nisi proin eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy, sed nunc sem elit ipsum nisi et, euismod adipiscing dolor dolore ante volutpat consectetur ante. Molestie pharetra magna ante tellus pharetra magna, mi tellus at ipsum dolore, proin elit pulvinar dolore et. Volutpat adipiscing lorem lobortis, euismod turpis ante volutpat amet aliquam nibh ullamcorper felis ipsum congue mi id. Sit ac laoreet aliquet at erat nunc sem elit, dolor dolore sem, mauris dolor dolore praesent lorem. Nunc praesent mauris, pharetra donec ante molestie pharetra, dolore ante non nonummy erat massa non elit ipsum. Ut diam elit tempus, nunc nonummy sed, ut et eget pulvinar nisi nibh id turpis ac nibh. Eget dolor, dolore proin volutpat amet aliquam nibh ullamcorper felis feugiat congue, praesent molestie pharetra mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum nisi, mi euismod sit ac laoreet aliquet at pulvinar, aliquam non amet aliquam. Nibh non adipiscing ipsum ut, diam felis, ipsum lobortis ullamcorper, elit, tempus massa non elit. Pulvinar, ut et id pulvinar nisi nibh euismod, nisi et, eget ipsum nisi et id. Pulvinar aliquam nibh volutpat amet aliquam ante mauris dolor dolore proin eget pulvinar aliquam nibh. Ullamcorper, adipiscing ipsum ullamcorper, nonummy tempus massa ullamcorper nonummy tempus, lobortis, diam felis ipsum nisi. Et euismod sit lorem laoreet aliquet sit aliquam laoreet aliquet adipiscing laoreet ullamcorper adipiscing feugiat. Tincidunt praesent mauris feugiat tincidunt aliquet felis feugiat congue praesent mauris feugiat magna mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ut et id pharetra erat massa, proin, volutpat amet nisi, ante, volutpat amet tempus tincidunt ullamcorper felis feugiat magna massa sem, ipsum aliquam nibh id. Turpis ac, lobortis ullamcorper adipiscing feugiat dolore praesent mauris dolor magna massa sem elit pulvinar nisi proin id sit ac, laoreet adipiscing, lorem congue aliquet felis. Feugiat dolore ante volutpat pharetra erat massa non nonummy erat massa diam eget turpis pharetra ipsum ac dolore, lobortis ante ullamcorper id pulvinar feugiat tempus lorem. Feugiat pulvinar lorem aliquam nibh non nonummy tempus massa volutpat amet ipsum ut mi molestie sit, nisi mi euismod amet nisi, ante euismod pulvinar tempus nibh. Non adipiscing tempus ut diam felis feugiat magna mi, molestie feugiat magna laoreet tellus consectetur erat tincidunt aliquet at dolor praesent eget pulvinar donec proin eget. Pharetra donec ante, volutpat, nonummy tempus lobortis ullamcorper felis feugiat nisi sem elit ipsum, nisi diam felis pulvinar nisi et euismod ac tincidunt ullamcorper mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis et euismod at sed nunc sem, volutpat, amet tempus ut praesent, id consectetur erat massa sem elit, pulvinar aliquam nibh ullamcorper adipiscing lorem. Congue molestie, pharetra, donec massa non elit sed ut diam, id turpis ac laoreet aliquet at feugiat dolore ante non nonummy, tempus nisi, mi, euismod. Turpis et euismod consectetur sed dolore praesent volutpat pharetra aliquam lobortis ullamcorper felis sit congue mi molestie, turpis erat laoreet tellus consectetur erat tincidunt, tellus. Mauris dolor ante non nonummy, tempus lobortis ullamcorper adipiscing ipsum, congue diam felis feugiat ut et, molestie consectetur sed nunc proin eget amet aliquam ante. Volutpat aliquam, nibh ullamcorper nonummy ipsum ut, diam id sit, ac massa aliquet at sed nunc sem mauris pulvinar aliquam nibh ullamcorper felis, feugiat, magna. Laoreet non, at massa non, elit pulvinar aliquam lobortis ullamcorper felis feugiat, lobortis aliquet, mauris dolor donec massa non eget ipsum ut proin id pulvinar. Ac laoreet, ullamcorper adipiscing dolore mi molestie pharetra erat lobortis sem elit pulvinar magna nibh tellus adipiscing lorem tincidunt aliquet adipiscing lorem congue praesent volutpat. Amet tempus ut diam, felis turpis tincidunt aliquet mauris pulvinar donec ante volutpat nonummy tempus ut ullamcorper adipiscing tempus, lobortis ullamcorper, felis sit magna mi. Aliquet elit sed dolore, proin euismod turpis tempus, euismod nonummy lorem ut diam, molestie consectetur erat massa, non at sed nunc proin volutpat pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget amet aliquam, nibh ullamcorper felis lorem ut praesent id sit magna laoreet tellus consectetur ipsum dolore sem eget tempus congue diam felis lorem tincidunt diam, adipiscing. Lorem lobortis diam felis sit magna et id pharetra, magna mi molestie turpis ac tincidunt aliquet dolor nisi ante euismod amet, donec ante non nonummy tempus lobortis diam. Id pharetra erat, massa aliquet consectetur, erat tincidunt aliquet at sed, nunc, sem mauris tincidunt tellus adipiscing sed nunc proin volutpat pharetra donec ante volutpat nonummy tempus ut. Diam, felis feugiat nisi diam felis pulvinar nisi et, euismod, lorem laoreet tellus adipiscing sed tincidunt praesent molestie pharetra aliquam massa non, nonummy, ipsum nisi, et id sit. Nisi et euismod consectetur ac laoreet praesent, mauris, pharetra nibh non adipiscing feugiat ut diam felis sit ac mi tellus turpis ac mi euismod turpis magna nibh euismod. Adipiscing ac, laoreet tellus adipiscing lorem congue mauris dolor dolore, mi molestie dolor dolore ante volutpat pharetra donec ante tellus pharetra, erat nunc sem elit ipsum nunc elit. Ipsum dolore sem eget ipsum dolore proin eget dolor, nisi ante eget dolor, dolore proin eget pulvinar dolore proin eget pharetra dolore praesent mauris sed dolore mauris dolor. Donec mi molestie pharetra donec massa sem, elit ipsum ut et id pulvinar aliquam nibh euismod turpis ac tincidunt, aliquet at lorem congue, aliquet at congue mi, molestie. Consectetur erat massa tellus consectetur erat massa tellus nonummy erat massa tellus elit amet aliquam laoreet ullamcorper mauris dolor congue, praesent mauris pharetra donec sem nonummy, ipsum nunc. Sem eget pulvinar nisi et euismod turpis ac laoreet ullamcorper adipiscing lorem, congue, mi non, elit ipsum ut diam felis ipsum magna nibh pulvinar ut diam id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et eget, massa sem at dolor, nisi, nibh, euismod nonummy tempus ut praesent, mauris consectetur, erat massa non at pulvinar aliquam, nibh ullamcorper at feugiat congue. Mauris pharetra donec mi volutpat consectetur, tempus nunc diam eget pulvinar, aliquam, nibh aliquet at sed donec ante volutpat nonummy tempus ut et euismod turpis et id pulvinar. Magna, laoreet aliquet at, sed dolore proin volutpat nonummy ipsum ut diam id feugiat magna mi id sit nisi et id turpis ac nibh pulvinar ut et id. Sit nisi laoreet aliquet, mauris dolor donec massa ullamcorper felis feugiat magna laoreet tellus at, lorem nunc sem mauris dolor ante non adipiscing feugiat, congue mi, tellus consectetur. Sed, massa proin at dolor dolore ante volutpat amet tempus tincidunt diam felis pharetra sed ut sem elit nunc non elit ipsum nunc proin elit sed dolore proin. Volutpat turpis, tempus nibh euismod nonummy tempus lobortis diam felis feugiat congue mi molestie pharetra erat laoreet at sed dolore proin volutpat turpis lorem lobortis praesent, mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis, pharetra, congue massa tellus at sed nunc sem volutpat, amet aliquam nibh euismod amet. Nisi nibh euismod nonummy nibh volutpat nonummy lorem lobortis ullamcorper adipiscing feugiat magna et id sit magna. Et, tellus, consectetur erat nunc sem mauris dolor donec ante euismod nonummy lobortis, praesent, id pharetra ac. Massa aliquet at sed, nunc sem at erat nunc sem, at lorem, nunc aliquet at sed nunc. Proin volutpat pharetra donec ante dolor dolore proin volutpat, pharetra erat ante volutpat consectetur erat massa volutpat. Consectetur erat massa molestie sit magna mi tellus pharetra donec laoreet consectetur erat laoreet tellus at, sed. Nunc sem elit dolor dolore, proin volutpat nonummy aliquam, lobortis non adipiscing lorem congue ullamcorper adipiscing ipsum. Ut diam, id, sit mi tellus turpis erat laoreet, tellus turpis lorem nibh tellus, consectetur ac laoreet. Euismod turpis ac laoreet id, pulvinar ut sem elit ipsum nisi proin elit tincidunt tellus at sed. Nisi ante eget dolor dolore ante ullamcorper adipiscing tempus lobortis ullamcorper adipiscing feugiat lobortis non nonummy, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie pharetra erat ante sem eget pulvinar nisi diam eget sit nibh euismod turpis lorem tincidunt proin molestie amet erat massa. Volutpat consectetur tempus nunc non nonummy tempus massa non nonummy ipsum ut proin id amet, nibh ullamcorper at dolor dolore ante volutpat. Nonummy tempus lobortis, non elit ipsum ut diam euismod sit ac laoreet aliquet mauris, pharetra donec proin volutpat dolore ante volutpat, nonummy. Ipsum nisi et id sit magna nibh tellus turpis magna laoreet aliquet adipiscing lorem congue praesent mauris feugiat dolore mauris dolor, donec. Ante volutpat consectetur erat massa sem felis pulvinar nisi diam elit pulvinar ut proin, eget pulvinar nunc sem elit ipsum, dolore, et. Euismod adipiscing lobortis diam felis dolor, congue diam, adipiscing lorem congue diam felis, sit, magna laoreet molestie pharetra erat massa aliquet consectetur. Erat tincidunt sem elit sed nunc aliquet ac laoreet euismod, adipiscing lorem laoreet, praesent, mauris pharetra donec proin, molestie pharetra donec congue. Et molestie consectetur erat tincidunt turpis lorem laoreet euismod turpis ac laoreet tellus at sed congue, praesent at lorem, congue proin mauris. Pharetra donec ante molestie pharetra, erat, ante volutpat nonummy tempus molestie consectetur donec, laoreet non, consectetur erat massa non, at ipsum dolore. Proin elit pulvinar nisi et eget amet aliquam nibh volutpat amet aliquam nibh non nonummy proin eget pharetra donec ante non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolore ante non magna ante tellus consectetur donec, massa nibh euismod sit, ac nibh ullamcorper. Adipiscing lorem tincidunt aliquet mauris dolor tincidunt aliquet adipiscing feugiat tincidunt diam nisi nibh, euismod adipiscing. Sit congue mi molestie pharetra donec, mi molestie pharetra ac nunc proin eget, pulvinar dolore, proin. Volutpat amet aliquam nibh ullamcorper nunc, proin mauris pharetra dolore ante volutpat amet tempus lobortis ullamcorper. Elit feugiat nisi diam elit ipsum nisi sem consectetur erat massa sem elit nunc diam eget. Pulvinar aliquam et id amet, aliquam nibh, euismod turpis ac lobortis aliquet felis feugiat, congue mi. Volutpat consectetur magna mi tellus pharetra erat tellus pharetra donec laoreet, tellus, pharetra erat laoreet tellus. At sed tincidunt aliquet at, dolor dolore proin eget pulvinar aliquam ante, volutpat amet aliquam nibh. Volutpat amet praesent at dolor congue praesent molestie, pharetra erat massa non nonummy tempus massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, ante non adipiscing feugiat magna, laoreet aliquet at sed nunc, aliquet. Eget amet, tempus lobortis euismod amet tempus lobortis ullamcorper adipiscing, feugiat congue. Praesent, ipsum congue praesent, molestie consectetur sed dolore proin euismod turpis tempus. Tincidunt, praesent molestie consectetur erat nunc sem eget ipsum nisi et eget. Sit aliquam eget pulvinar, nisi nibh ullamcorper adipiscing dolor dolore ante volutpat. Pharetra praesent molestie pharetra ac massa sem at sed, nunc et volutpat. Adipiscing lobortis, ullamcorper felis dolor erat massa sem elit pulvinar nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem euismod turpis lorem tincidunt turpis lorem, tincidunt praesent molestie, consectetur erat massa sem, eget ipsum ut et euismod. Adipiscing sed dolore, proin molestie amet, donec massa, non elit ipsum, volutpat elit ipsum nisi et euismod turpis sed. Tincidunt proin volutpat adipiscing ipsum, ut et, molestie pharetra, magna mi tellus consectetur ac laoreet aliquet at tincidunt, tellus. At sed tincidunt aliquet eget pharetra aliquam massa non nonummy aliquam massa, ullamcorper felis turpis magna mi tellus at. Sed nunc consectetur sed dolore ante eget pharetra aliquam, nibh non amet aliquam massa non amet donec ante, volutpat. Nonummy tempus ut et euismod consectetur lorem, tincidunt aliquet mauris, feugiat congue praesent id pharetra ac mi tellus at. Sed dolore et volutpat turpis lorem tincidunt diam felis feugiat congue mi mauris pharetra erat massa, non at aliquam. Nibh ullamcorper at pharetra donec massa non elit pulvinar magna et, id sit magna tincidunt aliquet, mauris pharetra aliquam. Ante volutpat amet, congue mi, molestie sit magna mi tellus consectetur dolor, nunc aliquet at lorem nunc praesent eget. Dolor dolore proin eget amet aliquam lobortis ullamcorper nonummy tempus, lobortis amet, tempus lobortis non elit ipsum ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit, ipsum nisi et ipsum nunc, sem elit ipsum dolore proin elit pulvinar nisi ante volutpat. Amet aliquam ante, volutpat nonummy tempus, lobortis diam felis ipsum lobortis diam ipsum lobortis ullamcorper nonummy erat. Ante non nonummy tempus ut mi tellus consectetur lorem tincidunt praesent mauris dolor donec ante eget, amet. Tempus lobortis ullamcorper tempus massa ullamcorper elit ipsum lobortis diam felis pulvinar nisi nibh id, sit ac. Laoreet aliquet at sed congue aliquet, mauris dolor dolore praesent, dolor dolore ante volutpat, consectetur, erat massa. Non elit pulvinar nisi et eget ipsum nunc, non elit, pulvinar, nisi proin eget pulvinar dolore sem. Eget pulvinar proin volutpat amet nisi ante volutpat pulvinar aliquam nibh ullamcorper adipiscing feugiat magna mi tellus. Consectetur erat laoreet aliquet elit pulvinar aliquam lobortis euismod turpis tempus lobortis adipiscing, feugiat congue mi molestie. Pharetra erat laoreet non pharetra ac laoreet non consectetur erat massa aliquet at dolor nisi nibh adipiscing. Lorem, tincidunt praesent, mauris feugiat congue mi molestie sit congue diam felis feugiat congue et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante sem felis pulvinar magna, nibh tellus at dolor donec ante non nonummy tempus massa ullamcorper felis feugiat ac laoreet tellus magna laoreet tellus, consectetur. Sed nunc proin eget amet tempus nibh ullamcorper felis feugiat magna mi, molestie pharetra sed nunc sem at erat nunc at dolor dolore proin eget. Pulvinar tempus lobortis, ullamcorper felis feugiat magna mi tellus consectetur ac laoreet aliquet at dolor dolore sem eget pulvinar nisi nibh euismod consectetur ipsum nisi. Et euismod sit aliquam nibh, aliquet, mauris pharetra dolore ante non nonummy tempus massa non nonummy tempus nunc sem elit massa sem elit sed nunc. Sem elit ipsum dolore proin eget pulvinar, nisi nibh euismod adipiscing lorem, tincidunt diam mauris dolor magna ante tellus nonummy ipsum, nisi at, ipsum nisi. Et id turpis lorem, lobortis praesent, mauris pharetra erat lobortis sem elit pulvinar magna et id, turpis ac, laoreet id sit, aliquam laoreet ullamcorper nisi. Et ullamcorper adipiscing feugiat dolore mi mauris dolor magna mi molestie, consectetur ipsum ut et eget pulvinar aliquam tincidunt amet aliquam et id pulvinar nisi. Nibh euismod adipiscing dolor, magna mi volutpat consectetur erat, nunc sem eget ipsum nunc sem eget pulvinar, aliquam nibh, euismod turpis sem eget dolor dolore. Et volutpat turpis tempus lobortis, ullamcorper felis, feugiat congue praesent, mauris pharetra magna mi tellus consectetur erat massa sem eget ipsum nisi eget, dolor nisi. Proin, euismod adipiscing feugiat congue mi tellus consectetur sed nunc sem elit amet aliquam laoreet euismod turpis lorem, lobortis aliquet adipiscing lorem congue, praesent feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh, ullamcorper adipiscing tempus massa ullamcorper nonummy congue et id sit. Ac laoreet euismod turpis ac tincidunt tellus at sed dolore ante volutpat. Amet aliquam ante non amet aliquam, massa ullamcorper elit tempus mauris pharetra. Donec massa volutpat nonummy erat massa non, elit pulvinar nisi et id. Turpis ac nibh ullamcorper turpis lorem, congue ante molestie dolor dolore, mauris. Dolor magna mi volutpat consectetur donec mi mauris pharetra magna laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum lobortis diam erat, lobortis et id turpis ac laoreet tellus turpis lorem laoreet, tellus adipiscing. Dolor dolore ante ullamcorper nonummy ipsum lobortis ullamcorper nonummy ipsum ut et feugiat nisi mi tellus consectetur. Lorem laoreet tellus at lorem tincidunt aliquet, mauris dolor dolore ante volutpat amet tempus lobortis ullamcorper felis. Sit nisi et ipsum nisi diam felis turpis lorem tincidunt proin volutpat amet tempus, lobortis diam, molestie. Pharetra erat massa tellus consectetur sed nunc ante euismod tempus lobortis diam felis feugiat congue praesent molestie. Consectetur, sed ut sem elit sed nunc sem eget pulvinar dolore et volutpat pulvinar tempus lobortis ullamcorper. Adipiscing feugiat, diam molestie pharetra erat ut et euismod adipiscing lorem congue praesent at, dolor dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat aliquam nibh euismod nonummy lorem congue praesent id pharetra sed nunc sem, elit, ipsum nisi lobortis. Aliquet adipiscing feugiat congue aliquet mauris feugiat magna non elit ipsum nisi et, euismod adipiscing lorem tincidunt. Proin volutpat pharetra donec ante molestie amet donec massa sem felis pulvinar nisi diam eget sit laoreet. Tellus adipiscing lorem congue, aliquet molestie pharetra erat ut et id consectetur, sed nunc proin eget amet. Lorem tincidunt praesent felis feugiat magna massa non sed nisi et id amet nisi, nibh ullamcorper adipiscing. Lorem congue praesent mauris dolor magna mi mauris pharetra donec mi tellus consectetur sed ut eget amet. Aliquam lobortis, ullamcorper adipiscing lorem congue praesent, mauris dolor magna nunc, sem, elit ipsum, ut et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore proin, id amet ac tincidunt praesent, mauris, feugiat tincidunt diam nonummy, lorem magna praesent molestie pharetra sed ut et turpis lorem. Tincidunt aliquet at lorem lobortis ullamcorper adipiscing feugiat tincidunt aliquet felis lorem lobortis diam felis feugiat, congue mi, tellus nonummy sed ut proin. Ipsum nisi nibh euismod turpis aliquam nibh euismod turpis aliquam nibh volutpat amet donec nibh diam felis feugiat congue praesent id feugiat congue. Mi molestie consectetur erat sem elit dolor nunc aliquet mauris dolor, dolore ante volutpat pulvinar donec ante non nonummy aliquam massa volutpat amet. Aliquam massa volutpat pharetra praesent molestie pharetra magna ante volutpat consectetur tempus massa, sem elit, sit lorem, tincidunt proin volutpat nonummy tempus lobortis. Diam id, sit, ac tincidunt tellus, consectetur sed, lobortis diam adipiscing feugiat magna mi molestie consectetur erat massa non at ipsum dolore et. Volutpat amet aliquam lobortis aliquet adipiscing dolor magna mi molestie consectetur magna nibh euismod turpis ac laoreet praesent mauris pharetra donec massa non. Nonummy ipsum ut diam id sit ac tincidunt sem eget pulvinar aliquam nibh ullamcorper adipiscing lobortis diam id pharetra ac massa tellus consectetur. Erat nunc sem elit pulvinar nisi nibh euismod nonummy aliquam nibh ullamcorper, adipiscing sit magna laoreet tellus at, ac et euismod turpis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus at dolor dolore sem eget aliquam nibh ullamcorper adipiscing ipsum. Congue et id sit magna laoreet tellus consectetur erat laoreet tellus consectetur. Sed dolore ante eget, pulvinar donec proin volutpat ipsum ut diam id. Pharetra erat nunc sem elit dolor nunc proin volutpat amet nisi ante. Euismod nonummy lorem ut diam adipiscing feugiat congue praesent consectetur sed nunc. Proin elit ipsum dolore proin volutpat amet tempus lobortis, diam mauris sit. Magna mi molestie pharetra magna massa tellus, elit nunc proin eget pulvinar. Aliquam lobortis aliquet felis pharetra erat massa diam id turpis lorem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin sit nisi proin id, turpis ac nibh euismod amet aliquam et volutpat turpis tempus tincidunt diam felis, lorem. Ut diam felis pharetra donec massa eget ipsum nunc et volutpat turpis aliquam lobortis praesent mauris pharetra magna mi. Molestie pharetra congue ante tellus nonummy sed nunc sem eget ipsum nisi ullamcorper at dolor dolore mi volutpat pharetra. Donec ante volutpat consectetur ipsum nunc sem nonummy erat, massa proin eget pulvinar nisi et id pulvinar dolore et. Volutpat nisi nibh euismod felis feugiat magna mi tellus sit donec mi molestie consectetur sed massa non, at sed. Dolore proin eget amet, aliquam ullamcorper turpis tempus lobortis ullamcorper nonummy lorem lobortis ullamcorper adipiscing feugiat congue praesent, felis. Sit erat laoreet tellus pharetra ac laoreet, aliquet at dolor nisi, proin volutpat aliquam ante volutpat amet aliquam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat pharetra aliquam massa diam id sit magna id, sit ac laoreet tellus at dolor nunc proin mauris. Pharetra aliquam ante non felis feugiat ac laoreet tellus elit pulvinar nisi et euismod amet, ante euismod, nonummy lorem. Ut diam, mauris pharetra erat nunc proin eget pulvinar dolore et id amet aliquam et volutpat amet nisi nibh. Diam mauris congue praesent molestie sit magna, laoreet molestie pharetra ac praesent molestie pharetra magna mi, aliquet elit dolor. Nunc sem eget pulvinar, nisi, ante volutpat aliquam nibh non nonummy tempus lobortis non nonummy tempus lobortis, ullamcorper elit. Feugiat magna laoreet, tellus consectetur sed nunc sem mauris pulvinar dolore proin volutpat amet ante volutpat amet ipsum congue. Et molestie consectetur ac laoreet tellus at erat, tincidunt sem at dolor dolore sem at sed nunc aliquet mauris. Pharetra donec proin nonummy tempus ut et id sit nisi et euismod turpis ac mi euismod turpis ac laoreet. Aliquet adipiscing sed dolore ante volutpat amet tempus ut diam, tempus ut diam elit ipsum ut diam elit tempus. Nunc sem elit ipsum nunc non elit ipsum ut sem at nunc sem at sed dolore sem, elit, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet sem mauris pulvinar, donec mauris dolor dolore ante volutpat nonummy aliquam ut, et id turpis ac. Tincidunt aliquet consectetur erat nunc sem, at sed nunc aliquet at sed nibh non nonummy feugiat magna mi. Molestie turpis erat dolore proin, elit amet tempus nibh ullamcorper, nonummy lorem lobortis diam mauris feugiat congue praesent. Id, congue et id consectetur sed massa aliquet elit dolor nisi ante volutpat nonummy tempus, nibh ullamcorper nonummy. Tempus nibh ullamcorper nonummy tempus lobortis, diam consectetur sed nunc, proin eget pulvinar aliquam lobortis ullamcorper adipiscing feugiat. Magna praesent mauris pharetra donec laoreet tellus consectetur erat nunc non at sed nunc aliquet ac laoreet, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam mauris pharetra donec ante tellus consectetur erat massa tellus erat massa aliquet consectetur. Sed nunc sem eget amet aliquam lobortis, ullamcorper adipiscing tempus, lobortis diam, felis feugiat congue mi. Molestie, consectetur erat massa consectetur ac massa aliquet turpis ac laoreet tellus, at sed nunc aliquet. At sed tincidunt aliquet mauris dolor dolore praesent at lorem tincidunt praesent volutpat pharetra erat volutpat. Pharetra dolore massa volutpat consectetur donec mi molestie consectetur erat laoreet tellus pharetra donec laoreet non. At erat laoreet tellus turpis ac felis feugiat nisi mi id turpis, magna laoreet tellus consectetur. Sed nunc aliquet at lorem tincidunt praesent mauris sed congue praesent, at feugiat dolore praesent molestie. Nonummy ante, non elit ipsum nunc sem eget pulvinar aliquam nibh euismod turpis, ac laoreet ullamcorper. At, lorem congue aliquet felis feugiat dolore praesent mauris dolor congue amet aliquam ante ullamcorper, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ipsum congue mi molestie consectetur sed nunc proin sed, nunc proin mauris dolor dolore proin mauris dolor dolore ante volutpat nonummy aliquam massa non nonummy ipsum, lobortis. Diam, felis feugiat magna mi euismod ut et felis turpis ac tincidunt aliquet mauris sed dolore praesent mauris, dolor congue proin molestie pharetra donec ante volutpat, nonummy tempus. Lobortis et, euismod nisi et id sit ac laoreet tellus at dolor dolore, proin molestie amet erat ante volutpat nonummy erat lobortis non nonummy sit magna nibh sit. Nisi nibh id pulvinar nisi et id amet, aliquam nibh id turpis ac lobortis aliquet felis, feugiat magna praesent molestie pharetra magna ante tellus consectetur donec molestie sit. Magna laoreet tellus consectetur sed dolore et volutpat amet nisi proin volutpat, amet aliquam lobortis ullamcorper felis, lorem ut diam mauris sit magna praesent, ipsum, ut et felis. Ipsum ut ullamcorper elit feugiat ut diam elit ipsum nisi et, id pulvinar ut et eget pulvinar ut sem elit ipsum, dolore et elit, turpis ac nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget amet praesent eget pharetra aliquam massa non nonummy tempus. Congue et, molestie consectetur erat nunc proin eget amet, tempus lobortis. Diam molestie consectetur erat massa pharetra, erat massa non consectetur erat. Massa, aliquet at sed dolore proin eget turpis aliquam nibh euismod. Nonummy tempus nibh euismod, nonummy sit magna mi tempus ut ullamcorper. Elit feugiat magna et molestie sit magna mi tellus consectetur ac. Mi tellus, sit magna et eget sit aliquam nibh ullamcorper adipiscing. Ac eget, pulvinar nisi et eget pulvinar nisi ante, eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt aliquet, mauris, laoreet tellus, adipiscing sed dolore proin molestie. Amet erat massa ullamcorper elit tempus, lobortis, sem, elit tempus, massa. Non nonummy, tempus massa non consectetur praesent id pharetra erat massa. Tellus pharetra erat laoreet tellus consectetur dolor aliquam ante volutpat pulvinar. Nisi ante eget pulvinar donec proin eget pharetra aliquam, at sed. Congue praesent mauris pharetra erat ante non consectetur donec ante volutpat. Consectetur erat nunc non elit sed ut proin id pulvinar non. Elit sed nunc sem at sed nunc sem elit dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet at dolor donec at pharetra tempus ut diam id pharetra erat nunc sem eget, dolor dolore sem eget pulvinar dolore ante. Ullamcorper adipiscing feugiat magna mi molestie consectetur mi molestie consectetur sed massa sem elit sed nunc proin elit dolor dolore ante volutpat amet. Donec nibh volutpat nonummy tempus congue praesent id sit mi tellus at dolor nisi nibh ullamcorper felis feugiat tincidunt diam felis feugiat congue. Mi tellus consectetur erat nunc non at sed, nunc et id pulvinar nisi volutpat adipiscing feugiat congue praesent tellus consectetur erat ante tellus. Nonummy erat massa tellus consectetur erat, massa non at, erat nunc proin euismod nisi nibh, euismod turpis tempus tincidunt diam felis sit congue. Praesent molestie feugiat ut praesent id, pharetra ac massa, aliquet at dolor dolore, et euismod turpis, lorem diam felis feugiat magna mi, tellus. Consectetur ipsum nisi nibh aliquet mauris feugiat mauris pharetra magna praesent mauris dolor magna praesent mauris sit magna laoreet tellus sed massa non. Elit, ipsum nisi et volutpat amet nisi lobortis ullamcorper turpis aliquam, nibh euismod nonummy aliquam nibh non, tempus nibh ullamcorper adipiscing ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et molestie sit, magna laoreet aliquet lorem laoreet aliquet, mauris pulvinar donec nibh non nonummy tempus, ut mi tellus consectetur. Ac massa aliquet at sed nunc sem at, sed dolore, proin dolor dolore proin volutpat amet aliquam massa non nonummy tempus. Magna mi molestie turpis ac laoreet sem eget, dolor dolore ante volutpat nonummy feugiat magna molestie pharetra donec laoreet tellus consectetur. Pulvinar dolore proin eget pulvinar dolore proin volutpat turpis feugiat, tincidunt diam adipiscing sit donec massa sem sed nunc proin id. Turpis ac tincidunt aliquet mauris dolor, donec ante non consectetur tempus nunc diam elit pulvinar nisi diam eget ipsum nisi, nibh. Id turpis, dolore praesent molestie pharetra donec massa sem elit pulvinar nisi, mi tellus consectetur sed nunc proin volutpat amet tempus. Congue praesent, felis feugiat magna ullamcorper id turpis tincidunt sem elit dolor nisi ante, euismod, nonummy lorem ut praesent tellus consectetur. Erat laoreet, non consectetur sed dolore proin elit sed, nunc volutpat turpis aliquam lobortis ullamcorper felis feugiat congue praesent molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut ullamcorper tempus congue et id, turpis ac tincidunt tellus at sed nisi ante volutpat amet aliquam lobortis ullamcorper nonummy ipsum, ut diam adipiscing, ipsum ut diam tempus. Ut diam felis feugiat ac tincidunt sem eget amet aliquam nibh non, nonummy tempus nibh non nonummy, ipsum ut diam felis feugiat magna mi feugiat ut mi euismod turpis. Ac nibh euismod turpis ac laoreet tellus, turpis ac tincidunt aliquet adipiscing lorem tincidunt aliquet, mauris pharetra dolore mi volutpat pharetra mi molestie consectetur erat massa sem nonummy sed. Nunc proin euismod sit aliquam et id amet aliquam nibh ullamcorper adipiscing lorem, tincidunt aliquet adipiscing donec ante tellus consectetur donec laoreet molestie pharetra magna praesent felis, feugiat congue. Et id sit ac mi id feugiat ut diam id ipsum ut et, elit ut sem, eget pulvinar nisi nibh id, amet nisi et, id turpis ac tincidunt ullamcorper. Felis feugiat congue praesent, molestie dolor donec mi mauris, pharetra erat sem eget, ipsum ut proin eget ipsum nunc et euismod adipiscing feugiat congue praesent mauris dolor magna praesent. Molestie consectetur massa non elit ipsum nunc sem eget pulvinar dolore et volutpat amet aliquam lobortis euismod turpis tempus lobortis ullamcorper felis feugiat congue praesent mauris sit donec mi. Sit congue diam id sit magna et, molestie sit ac, mi euismod turpis lorem tincidunt aliquet at sed nunc aliquet at sed dolore proin volutpat nonummy aliquam volutpat amet. Erat lobortis, diam felis feugiat nisi et, id, sit lorem tincidunt tellus adipiscing lorem tincidunt praesent eget, pharetra donec ante volutpat, amet erat lobortis non ipsum ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat nunc non elit pulvinar et euismod adipiscing lorem tincidunt aliquet, adipiscing feugiat erat massa sem elit ipsum nunc diam felis sit ac tincidunt praesent mauris dolor. Dolore, praesent mauris congue proin molestie feugiat dolore aliquet felis dolor erat, ante molestie pharetra magna diam mauris pharetra erat massa non nonummy sed nunc proin eget amet. Nibh euismod turpis lorem tincidunt praesent molestie dolor magna, praesent felis sit magna mi molestie pharetra erat laoreet tellus at pulvinar nisi et turpis lorem dolore mi molestie. Pharetra donec ante molestie pharetra magna mi felis feugiat magna praesent molestie sit magna mi tellus sit congue mi tellus, consectetur erat aliquet at sed dolore proin eget. Dolor donec proin, eget pharetra donec proin eget pharetra donec ante, molestie pharetra donec ante non nonummy tempus lobortis, non elit ut diam id turpis ac nibh tellus. At pharetra aliquam massa non elit feugiat, congue mi molestie sit magna mi tellus turpis lorem tincidunt aliquet at dolore praesent, eget dolor donec lobortis, non nonummy tempus. Lobortis diam felis feugiat nisi mi euismod turpis erat tincidunt aliquet adipiscing, feugiat congue diam id sit donec massa sem at sed nunc proin euismod adipiscing lorem tincidunt. Aliquet mauris dolor congue diam adipiscing feugiat, congue praesent mauris congue mi molestie pharetra erat laoreet aliquet, consectetur sed massa aliquet at erat nunc aliquet at sed dolore. Sem at sed nunc proin mauris pharetra donec, massa dolor donec ante non nonummy ipsum nisi et felis ipsum, ut diam id sit magna nibh tellus turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ante volutpat elit, ipsum lobortis diam id sit ac, euismod consectetur lorem laoreet euismod, adipiscing lorem laoreet tellus turpis ac laoreet ullamcorper adipiscing lorem. Dolore ante volutpat nonummy tempus lobortis, sem elit pulvinar magna, euismod consectetur, lorem tincidunt aliquet, adipiscing sed congue proin molestie, dolor dolore praesent mauris dolor. Donec massa non consectetur tempus lobortis sem, elit pulvinar magna id sit aliquam nibh tellus adipiscing lorem laoreet aliquet at feugiat dolore mi non, elit. Feugiat lobortis sem, felis ipsum ut diam id pulvinar laoreet id sit aliquam nibh euismod, at dolor donec ante non nonummy tempus massa volutpat nonummy. Erat nunc sem nonummy ipsum ut diam id turpis lorem ullamcorper adipiscing sed, tincidunt, praesent mauris feugiat congue aliquet mauris feugiat congue mi molestie pharetra. Donec massa non nonummy sed nisi nibh id sit aliquam nibh ullamcorper lorem congue praesent mauris dolor dolore mi molestie pharetra erat massa non consectetur. Sed nisi nibh id turpis, lorem tincidunt, volutpat amet erat massa ullamcorper nonummy erat ante volutpat dolor magna praesent mauris sit magna ante tellus consectetur. Sed ut et euismod amet aliquam nibh ullamcorper at, erat ante volutpat consectetur, erat ut et euismod turpis magna laoreet euismod turpis ac nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi et ullamcorper adipiscing lorem congue praesent molestie nonummy tempus. Ut et euismod turpis lorem tincidunt aliquet mauris pharetra aliquam diam. Id sit, ac mi tellus consectetur, erat, nunc proin eget pulvinar. Aliquam nibh euismod, nonummy feugiat congue mi sem at ipsum dolore. Proin pulvinar nisi proin volutpat amet aliquam lobortis diam, felis feugiat. Congue mi molestie consectetur sed nunc sem at pulvinar aliquam et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac laoreet tellus consectetur sed dolore proin eget pulvinar dolore ante ullamcorper. Adipiscing lorem ut diam, felis feugiat congue mi id, ut ullamcorper elit feugiat. Ut et felis pulvinar magna nibh id turpis lorem tincidunt aliquet mauris sed. Congue proin molestie amet tempus lobortis, diam felis magna, et id ipsum, ut. Diam felis sit, magna nibh euismod sit ac tincidunt aliquet at sed tincidunt. Proin volutpat amet, donec mi molestie dolor dolore mi pharetra donec mi tellus. Consectetur erat laoreet tellus pharetra donec massa tellus consectetur sed massa tellus at. Ipsum nisi et euismod, adipiscing tempus volutpat amet, aliquam nibh volutpat amet tempus. Ut ullamcorper felis sit congue, diam, felis feugiat congue et molestie turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod sit magna tincidunt aliquet mauris dolor dolore proin eget pharetra donec ante non, amet donec massa sem elit ipsum diam felis pulvinar nisi et id pulvinar ut et. Id turpis ac laoreet euismod amet nisi et volutpat amet aliquam et euismod turpis lorem ullamcorper adipiscing, feugiat magna mi non eget ipsum nisi et euismod adipiscing feugiat dolore proin. Non nonummy tempus ut et euismod, sit magna mi id turpis lorem tellus turpis ac laoreet aliquet mauris dolor dolore proin volutpat amet erat lobortis sem nonummy ipsum ut diam. Id sit magna, laoreet aliquet ac tincidunt praesent mauris sed congue proin molestie pharetra donec, massa volutpat pharetra, donec mi molestie consectetur magna mi molestie pharetra erat massa non elit. Pulvinar aliquam id amet, aliquam lobortis ullamcorper adipiscing feugiat congue aliquet felis feugiat congue mi, tellus, pharetra, erat massa diam eget sit ac laoreet euismod turpis ac tincidunt aliquet ac. Tincidunt ullamcorper turpis aliquam lobortis euismod turpis tempus magna mi mauris sit donec mi id, pharetra donec laoreet non sed massa aliquet consectetur erat, laoreet tellus turpis erat tincidunt sem. Eget amet donec, ante, euismod amet donec proin eget dolor donec ante molestie pharetra donec ante feugiat, tincidunt aliquet mauris dolor donec massa tellus consectetur erat massa tellus consectetur erat. Massa non at sed nunc non, at sed massa tellus consectetur, erat tincidunt sit magna mi id sit magna nibh, eget pulvinar ut proin eget sit ac laoreet aliquet at. Feugiat dolore aliquet adipiscing lorem lobortis ullamcorper turpis feugiat tincidunt nonummy lorem lobortis euismod nonummy aliquam lobortis non nonummy aliquam massa, volutpat pharetra, donec ante molestie dolor donec ante volutpat. Pharetra erat ante tellus consectetur erat molestie pharetra donec laoreet molestie pharetra erat massa non, elit ipsum nisi et volutpat amet lorem tincidunt praesent mauris dolor magna mi molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet aliquam lobortis non elit. Tempus ut, et molestie nisi et euismod. Consectetur lorem tincidunt tellus adipiscing sed tincidunt. Proin eget pharetra aliquam massa non nonummy. Ipsum ut et id feugiat nisi et. Tempus, nunc sem elit, pulvinar magna nibh. Euismod sit ac tincidunt, aliquet at sed. Congue praesent molestie pharetra donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh volutpat nonummy tempus ut ullamcorper adipiscing, feugiat congue laoreet, molestie pharetra erat massa proin eget dolor nisi proin erat. Tincidunt tellus mauris dolor donec ante volutpat pulvinar, donec ante, volutpat nonummy tempus, lobortis ullamcorper elit ipsum ut, et id sit. Magna mi euismod nisi et felis ipsum nisi, diam id, sit nisi et euismod amet aliquam nibh ullamcorper turpis ac nibh. Ullamcorper turpis, lorem tincidunt euismod, turpis aliquam nibh euismod lorem ut praesent molestie pharetra erat massa sem elit, ipsum dolore, aliquet. Elit pulvinar, nisi et volutpat, amet tempus lobortis diam felis feugiat praesent mauris feugiat congue diam adipiscing ipsum ut diam elit. Erat massa ullamcorper felis ipsum ut et id, sit ac tincidunt sem mauris sed dolore proin mauris donec proin, molestie pharetra. Donec ante molestie dolor dolore mi mauris, dolor donec, mi volutpat consectetur erat massa sem nonummy ipsum ut proin, id turpis. Aliquam nibh pulvinar nisi, proin volutpat amet nisi et volutpat amet tempus nibh euismod nonummy tempus lobortis ullamcorper nonummy aliquam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat donec massa volutpat elit, ipsum lobortis sem elit ipsum nunc sem, erat ut sem elit ipsum ut et. Id adipiscing feugiat congue proin molestie pharetra donec mi, mauris, dolor magna ante molestie consectetur donec mi tellus nonummy laoreet. Non at, ipsum ut proin eget ipsum nisi nibh euismod adipiscing lorem lobortis aliquet, molestie consectetur donec massa sem elit. Ipsum ut diam, id nisi nibh ullamcorper adipiscing feugiat dolore mi molestie pharetra donec massa sem felis pulvinar magna et. Euismod consectetur lorem tincidunt tellus at dolor massa volutpat nonummy, tempus lobortis ullamcorper, elit feugiat magna mi, tellus consectetur lorem. Nunc sem, mauris sed aliquam ante volutpat nonummy tempus ut diam felis feugiat congue elit tempus ut diam id sit. Ac laoreet tellus consectetur lorem, nunc proin eget amet aliquam, lobortis, ullamcorper adipiscing feugiat congue et molestie turpis, erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec mi molestie pharetra donec ante non nonummy erat laoreet sem eget. Pulvinar et eget pulvinar, aliquam lobortis aliquet mauris dolor magna praesent volutpat nonummy. Tempus ut diam eget sit nisi et euismod turpis ac laoreet aliquet at. Dolor aliquet mauris pharetra erat lobortis non nonummy pulvinar nisi et id turpis. Lorem, laoreet, aliquet mauris dolor donec massa ullamcorper elit tempus, lobortis diam felis. Nisi mi tellus, turpis ac laoreet tellus, consectetur lorem tincidunt praesent mauris, dolor. Donec ante ullamcorper, nonummy, ipsum ut et id consectetur, sed euismod sit ac. Tincidunt sem mauris sed nunc proin mauris, sed congue proin volutpat nonummy tempus. Lobortis, ullamcorper elit tempus ut et id, sit ac laoreet aliquet lorem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod turpis lorem tincidunt praesent, mauris pharetra dolore, mi molestie, amet ullamcorper adipiscing feugiat magna praesent mauris pharetra magna mi tellus consectetur erat. Massa sem elit, pulvinar nisi et id pulvinar ac tincidunt ullamcorper adipiscing, nibh ullamcorper, adipiscing lorem lobortis ullamcorper adipiscing lorem congue, praesent id pharetra. Erat nunc sem, at sed nunc proin eget pulvinar dolore ante volutpat turpis, lorem tincidunt nonummy aliquam nibh ullamcorper nonummy donec proin eget amet. Aliquam lobortis ullamcorper elit ipsum ut ullamcorper elit feugiat ut diam felis ipsum magna tellus at dolor nunc proin volutpat nonummy aliquam massa non. Nonummy, tempus ut ullamcorper elit ipsum ut diam felis ipsum nunc sem elit tempus massa diam eget nunc proin eget ipsum nunc sem elit. Ipsum dolore proin eget pulvinar nisi proin elit, amet aliquam ante euismod nonummy, tempus ut ullamcorper adipiscing sit magna laoreet pharetra magna mi tellus. Turpis ac laoreet sem elit dolor nisi ante eget nonummy aliquam ante eget, amet aliquam lobortis amet aliquam massa non nonummy tempus massa non. Nonummy tempus massa sem felis pulvinar magna et id sit ac laoreet tellus turpis lorem tincidunt aliquet at, dolor ullamcorper adipiscing feugiat tincidunt praesent. Mauris dolor congue mi volutpat, pharetra donec ante tellus consectetur sed nunc sem elit erat laoreet non elit, sed nisi et volutpat dolore proin. Volutpat pulvinar dolore ante eget amet donec nibh non nonummy tempus ut ullamcorper, adipiscing ipsum lobortis ullamcorper felis ipsum ut ullamcorper elit feugiat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec ante non nonummy ipsum, ut, proin eget, nunc, et euismod amet aliquam lobortis euismod turpis lorem congue. Mi volutpat, consectetur erat ante non nonummy ipsum nunc proin eget, pulvinar nisi et eget pulvinar et euismod felis lorem. Lobortis aliquet felis, dolor donec nunc diam tellus volutpat molestie id at adipiscing consectetur ipsum aliquam donec ut et aliquet. Mauris ante ullamcorper tellus nonummy consectetur sed dolore praesent mauris pharetra dolore ante volutpat amet aliquam lobortis mi tellus consectetur. Erat nunc proin volutpat, nisi ante euismod adipiscing lorem ut diam, id pharetra erat massa sem, elit ipsum nisi proin. Eget, pulvinar aliquam et volutpat amet tempus tincidunt praesent molestie, congue mi tellus consectetur erat laoreet tellus at ipsum dolore. Proin volutpat pulvinar, dolore et euismod turpis lorem congue mi tellus consectetur erat ut diam, eget sit nibh id turpis. Ac congue proin mauris pharetra erat, massa sem elit ipsum nisi et euismod turpis magna tincidunt nibh amet, tempus lobortis. Ullamcorper felis sit ac laoreet sem eget dolor nunc et, volutpat pulvinar tempus lobortis diam felis pharetra donec laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi molestie consectetur, erat massa sem elit erat tincidunt sem eget pulvinar donec nibh euismod feugiat lorem congue aliquet at dolor dolore mi molestie pharetra donec ante. Volutpat consectetur erat massa non consectetur donec mi molestie pharetra donec massa, at sed nunc aliquet consectetur sed laoreet, tellus consectetur erat tincidunt aliquet at sed nunc praesent. Mauris dolor dolore proin eget pharetra, donec massa, non nonummy tempus molestie amet erat ante non, nonummy erat massa non consectetur ipsum nunc sem eget sit aliquam nibh. Id, turpis ac, laoreet euismod amet et eget amet aliquam nibh volutpat, amet, aliquam ante volutpat nonummy lorem ut diam felis feugiat donec, mi molestie, pharetra ac massa. Aliquet at dolor dolore proin sed nunc proin eget pulvinar donec nibh volutpat pharetra aliquam nibh non nonummy tempus massa non nonummy ipsum ut ullamcorper felis feugiat magna. Mi euismod, consectetur ac id turpis magna nibh euismod sit ac, nibh id pulvinar ac tincidunt, ullamcorper adipiscing feugiat tincidunt aliquet felis lorem lobortis turpis aliquam nibh volutpat. Amet donec proin eget, pharetra donec massa non amet aliquam massa ullamcorper elit tempus ante volutpat nonummy tempus lobortis sem elit tempus nunc elit pulvinar ut diam eget. Ipsum nunc sem elit ipsum nunc proin elit dolor nisi et volutpat turpis, aliquam ante euismod adipiscing feugiat ut mi molestie congue mi, molestie pharetra magna mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit dolor nisi ante dolor dolore ante volutpat pulvinar donec ante non, amet aliquam ante volutpat. Amet tempus, lobortis et, molestie consectetur ac tincidunt aliquet elit pulvinar, dolore mauris dolor, donec lobortis ullamcorper. Felis sit magna, laoreet, tellus pharetra congue mi molestie consectetur erat massa tellus consectetur sed nunc sem. Eget pulvinar donec euismod amet, tempus lobortis ullamcorper adipiscing tempus ut diam felis sit magna, mi tellus. At sed nunc proin eget pulvinar nisi nibh volutpat donec ante eget pharetra donec massa ullamcorper felis. Ipsum lobortis ullamcorper elit ipsum, ut diam id ipsum lobortis non consectetur erat massa sem nonummy erat. Massa sem magna mi, non consectetur ac nunc aliquet at dolor nunc sem eget sed nunc sem. Mauris sed, nunc praesent eget pulvinar donec nibh ullamcorper nonummy aliquam massa amet, tempus ut et, id. Sit erat nunc sem mauris, dolor nisi lobortis euismod, adipiscing feugiat congue praesent id, pharetra erat laoreet. Tellus consectetur sed proin elit sed nunc aliquet elit dolor dolore proin, eget, amet donec nibh non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet at feugiat dolore, mi mauris dolor congue aliquet mauris feugiat tincidunt praesent mauris pharetra magna massa sem elit ipsum ut. Sem elit massa aliquet at sed dolore et euismod turpis tempus lobortis, ullamcorper felis feugiat magna, mi tellus consectetur, sed massa tellus consectetur. Sed ut et id nisi proin, volutpat amet aliquam lobortis ullamcorper adipiscing feugiat tincidunt praesent felis, feugiat ut diam adipiscing lorem lobortis ullamcorper. Nonummy tempus ut diam felis ipsum nisi aliquet elit dolor dolore nibh volutpat nonummy aliquam nibh euismod nonummy tempus lobortis non nonummy aliquam. Massa ullamcorper felis sit, congue et felis ipsum diam felis ipsum ut sem felis pulvinar, ut et id turpis aliquam laoreet euismod, amet. Aliquam nibh euismod amet aliquam, lobortis euismod adipiscing lorem tincidunt aliquet tempus lobortis diam felis feugiat congue praesent id pharetra donec mi molestie. Consectetur erat massa sem eget pulvinar nisi nibh euismod amet, aliquam nibh eget amet magna mi, molestie sit magna mi id pharetra, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin non amet donec massa elit erat nunc sem elit tempus nunc diam id ipsum. Ut proin eget pulvinar aliquam laoreet ullamcorper adipiscing feugiat congue praesent felis tempus congue praesent. Dolor magna praesent mauris sit magna mi tellus, consectetur donec massa proin elit pulvinar dolore. Sem elit sed nunc aliquet, consectetur erat tincidunt aliquet at, aliquam lobortis, ullamcorper adipiscing lorem. Ut diam felis pharetra ac massa sem elit ipsum dolore, proin volutpat amet aliquam ante. Eget pulvinar donec eget amet tempus lobortis non nonummy, aliquam massa non amet tempus lobortis. Ullamcorper felis feugiat nisi mi, tellus consectetur sed tincidunt sem at lorem nunc proin mauris. Aliquam nibh non nonummy tempus lobortis ullamcorper nonummy tempus ut diam felis feugiat ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sed nunc diam eget sit ac tincidunt, aliquet mauris feugiat dolore proin mauris pharetra dolore mi. Volutpat nonummy ipsum ut et id turpis lorem, proin eget amet aliquam massa non nonummy aliquam, massa. Non nonummy tempus massa non nonummy pulvinar magna mi tellus consectetur lorem tincidunt tellus, adipiscing lorem aliquet. Mauris pharetra dolore proin molestie amet erat lobortis et id turpis, ac laoreet tellus turpis ac laoreet. Aliquet mauris dolor nunc praesent mauris, sed congue at lorem, lobortis aliquet adipiscing lorem tincidunt aliquet felis. Dolor donec ante molestie, pharetra donec mi tellus elit ipsum ut et id pulvinar dolore elit ipsum. Nunc sem eget pulvinar nisi proin, volutpat amet aliquam nibh euismod adipiscing lorem ut non adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis ac lobortis aliquet, felis dolor dolore mi. Molestie, pharetra magna praesent molestie pharetra donec laoreet tellus. Elit ipsum, ut at ipsum nunc sem elit ipsum. Nisi, et euismod turpis tempus nibh euismod amet tempus. Ante, volutpat nonummy feugiat magna, laoreet tellus sit magna. Mi ipsum ut diam id sit magna mi euismod. Turpis ac, laoreet, tellus consectetur lorem tincidunt, aliquet at. Dolor dolore proin mauris sed, tincidunt ullamcorper adipiscing dolor. Massa diam felis feugiat lobortis diam felis tempus ut. Diam id, adipiscing ac tincidunt tellus adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nunc sem elit dolor nunc sem mauris sed nunc aliquet at dolor dolore proin mauris amet donec. Ante volutpat congue proin, molestie, pharetra, dolore mi molestie pharetra tempus nunc sem felis pulvinar, nisi nibh euismod turpis. Ac tincidunt, aliquet mauris pharetra donec proin, dolor congue praesent, mauris, dolor dolore praesent, felis lorem congue praesent, mauris. Sit magna praesent id sit donec mi molestie sit congue, et molestie turpis ac laoreet feugiat ac mi id. Sit lorem laoreet euismod consectetur lorem nunc aliquet at dolor dolore proin molestie amet donec massa non nonummy tempus. Volutpat consectetur erat nunc diam id turpis lorem, tincidunt tellus adipiscing lorem congue praesent eget, pharetra donec, ante, molestie. Amet erat massa non, consectetur tempus lobortis diam donec mi non consectetur magna mi molestie sit congue mi id. Sit magna laoreet tellus at erat laoreet tellus turpis ac, laoreet tellus consectetur sed nunc praesent sed tincidunt aliquet. At dolor donec massa non amet feugiat turpis dolor erat magna nisi congue nunc tincidunt nibh diam sit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent sem euismod mauris amet feugiat erat nisi tincidunt ante felis consectetur pulvinar lorem. Donec aliquam nunc ante massa feugiat, erat, nunc et aliquet volutpat elit sit, dolor. Lorem nisi tincidunt ut nunc tincidunt ante diam at, felis eget adipiscing elit consectetur. Adipiscing dolor tempus nisi nunc lobortis mi, tellus eget adipiscing amet sit pulvinar feugiat. Donec lobortis sem elit ipsum sem nonummy erat, massa tellus consectetur sed nunc, sem. Eget pulvinar ut proin eget pulvinar nisi nibh volutpat amet nisi nibh volutpat turpis. Ante euismod nonummy tempus nibh euismod nonummy, tempus, lobortis diam adipiscing ipsum congue et. Id, pharetra magna laoreet tellus turpis erat nunc sem eget amet aliquam ante pulvinar. Donec ante eget pharetra aliquam proin mauris sed congue, praesent mauris dolor dolore, massa. Laoreet ante mi, lobortis mi proin, aliquet volutpat id at, felis sit dolor tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore lobortis laoreet, lobortis lobortis, massa congue ut dolore donec magna proin, mi, et ante laoreet laoreet. Lobortis massa congue congue dolore donec magna aliquam tempus sed tempus tempus dolor sit sit, amet consectetur. Adipiscing adipiscing, at, dolor feugiat, pulvinar amet consectetur turpis nonummy consectetur nonummy pharetra, sit pulvinar, feugiat pulvinar. Dolor pharetra turpis amet at at elit elit felis elit at aliquam donec magna aliquam erat, lorem. Ipsum pulvinar pharetra feugiat ipsum lorem feugiat dolor dolor pulvinar dolor, feugiat pulvinar pulvinar sit ipsum pharetra. Sed sed feugiat, pulvinar dolor ipsum dolor lorem tempus ac aliquam donec ac donec magna nisi aliquam. Erat lorem aliquam magna dolore, tincidunt, ut nunc, tincidunt lobortis aliquet diam nibh ante massa tincidunt nibh. Massa nibh praesent non id at pulvinar lorem congue, lobortis laoreet ante diam volutpat, nonummy sit sit. Sed ipsum laoreet sem, euismod mauris nonummy feugiat ac dolore, lobortis ante diam sem diam non tellus. Mi, nibh, praesent non amet magna laoreet tellus consectetur ac laoreet aliquet elit dolor nisi ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor aliquam eget, amet aliquam lobortis diam molestie sit magna laoreet molestie consectetur erat laoreet tellus at sed. Nunc sem at dolor, dolore proin mauris dolor praesent mauris sed dolore praesent molestie pharetra donec massa volutpat. Consectetur erat ut diam id turpis lorem nunc proin mauris sed nunc tellus adipiscing, lorem aliquet adipiscing feugiat. Donec ante volutpat pharetra erat lobortis sem elit tempus massa non consectetur donec ante tellus, consectetur erat mi. Molestie, pharetra erat, massa pharetra ac laoreet tellus turpis ac tincidunt aliquet consectetur sed dolore sem eget amet. Aliquam nibh non adipiscing tempus ut, ullamcorper, nonummy ipsum congue diam tempus massa non nonummy ipsum lobortis diam. Felis, sit magna, laoreet aliquet adipiscing lorem tincidunt aliquet, at sed congue praesent mauris feugiat, congue mi non. Amet erat molestie dolor donec mi molestie pharetra donec ante, mauris sit magna mi id pharetra erat massa. Non eget amet nisi nibh, euismod turpis aliquam nibh euismod feugiat congue diam mauris sit magna, mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ipsum ut diam felis feugiat diam felis, feugiat magna mi euismod sit magna nibh, tellus adipiscing lorem nunc praesent eget pharetra, donec massa. Non amet erat massa ullamcorper, felis ipsum volutpat nonummy tempus nunc sem elit pulvinar ut, diam id turpis sed dolore proin molestie pharetra donec. Ante volutpat amet erat massa, volutpat dolor, donec mauris dolor magna mi molestie sit donec, laoreet tellus consectetur, sed massa proin elit, pulvinar nisi. Et, volutpat amet tempus nibh euismod amet ante volutpat amet donec ante volutpat, amet donec ante volutpat amet donec ante volutpat amet donec ante. Volutpat nonummy erat massa volutpat consectetur erat massa, tellus nonummy praesent molestie consectetur erat massa, non at sed nunc, aliquet, at erat laoreet tellus. Turpis ac mi tellus consectetur, sed nunc aliquet at lorem tincidunt tellus adipiscing et id amet aliquam nibh ullamcorper adipiscing lorem lobortis aliquet felis. Dolor magna ante volutpat consectetur tempus ut, et euismod turpis lorem proin eget pharetra, donec ante volutpat amet, tempus lobortis diam elit ipsum ut. Diam felis ipsum nisi nibh tellus turpis ac laoreet tellus adipiscing sed congue aliquet ac, lobortis aliquet, adipiscing dolor congue mi, molestie pharetra donec. Ante molestie pharetra donec ante molestie pharetra magna, laoreet molestie sit congue mi tellus consectetur sed nunc consectetur erat, tincidunt tellus at sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet adipiscing, lorem tellus at sed dolore. Proin volutpat amet tempus massa volutpat amet donec. Massa volutpat pharetra, tempus nunc non nonummy sed. Massa non nonummy erat massa sit ut diam. Felis feugiat magna mi tellus turpis, ac tincidunt. Sem eget dolor dolore proin mauris dolor, nunc. Praesent mauris sed congue praesent, mauris donec ante. Volutpat amet erat, ante volutpat consectetur erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing sit, erat massa non consectetur massa non at. Sed dolore et eget amet aliquam proin eget pulvinar nisi. Nibh euismod adipiscing lorem lobortis ullamcorper nonummy tempus ut diam. Felis feugiat, diam felis sit ac laoreet, molestie consectetur sed. Nunc, sem eget, pulvinar dolore sem mauris dolor dolore ante. Volutpat amet aliquam, massa non nonummy ipsum ullamcorper elit tempus. Massa sem nonummy erat massa non consectetur donec ante molestie. Consectetur donec laoreet tellus nonummy sed ut et id amet. Nibh euismod adipiscing aliquam nibh euismod, turpis tempus nibh diam. Felis sit congue mi mauris sit congue mi tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam felis sit magna mi tellus, consectetur sed donec ante volutpat amet donec, ante volutpat dolor donec ante molestie pharetra ante non elit ipsum, ut diam. Id sit magna mi euismod turpis ac laoreet aliquet mauris dolor donec proin volutpat nonummy feugiat magna mi tellus nisi mi tellus consectetur sed nunc sem mauris. Dolor nunc praesent, mauris sed nunc praesent mauris sed dolore ante molestie pharetra donec massa molestie amet donec ante feugiat congue praesent mauris feugiat magna, mi tellus. Consectetur, ipsum ut sem at sed nunc sem eget pulvinar nisi et euismod turpis, feugiat diam felis feugiat tincidunt ullamcorper adipiscing feugiat congue laoreet tellus consectetur erat. Nunc proin elit ipsum dolore sem elit dolor nisi proin volutpat pulvinar, aliquam lobortis ullamcorper tempus nibh ullamcorper adipiscing lorem ut praesent, felis, feugiat congue et molestie. Sit ac laoreet molestie turpis ac laoreet euismod turpis ac tincidunt aliquet mauris sed tincidunt adipiscing lorem tincidunt ullamcorper adipiscing feugiat donec ante non nonummy ipsum ut. Et euismod turpis magna laoreet tellus turpis magna elit ipsum ut sem elit, erat nunc sem at sed massa tellus consectetur ac tincidunt aliquet at sed dolore. Proin eget dolor dolore proin eget dolor dolore at sed dolore praesent mauris pharetra erat, massa non nonummy ipsum ut et id turpis ac, nibh euismod sit. Magna laoreet tellus, turpis ac tincidunt, aliquet lorem tincidunt aliquet at feugiat congue mi molestie pharetra donec ante non nonummy tempus ut diam elit ipsum ut et. Eget, pulvinar, ut et id amet aliquam volutpat pulvinar, dolore et volutpat amet tempus nibh euismod adipiscing tempus nibh volutpat amet aliquam nibh volutpat amet donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, feugiat donec massa non elit tempus massa non elit ipsum massa non nonummy donec molestie pharetra ac. Massa non at sed nunc proin volutpat turpis tempus lobortis, ullamcorper turpis lorem, tincidunt praesent mauris pharetra magna. Laoreet tellus at nunc sem elit pulvinar nisi et volutpat, turpis lorem tincidunt ullamcorper felis feugiat magna mi. Mauris pharetra donec, massa sem nonummy sed massa sem elit sed massa elit dolor nisi et volutpat amet. Aliquam lobortis euismod adipiscing tempus lobortis volutpat nonummy lorem ut diam felis sit congue et felis sit ullamcorper. Felis molestie aliquet ullamcorper tellus id mauris id elit turpis feugiat tincidunt aliquet felis lorem lobortis ullamcorper turpis. Feugiat, donec massa non nonummy sed, massa sem sit nisi et, id pulvinar nisi et eget pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi et tellus nisi nibh id, pulvinar aliquam nibh euismod turpis ac, tincidunt, ullamcorper at dolor congue praesent molestie consectetur donec ante molestie dolor magna. Ante non nonummy nunc sem eget amet nisi, et id pulvinar nisi, et, volutpat pulvinar nisi proin elit dolor dolore sem eget amet aliquam nibh non nonummy. Feugiat praesent molestie sit magna laoreet tellus consectetur sed dolore sem eget pulvinar aliquam nibh ullamcorper nonummy, lorem congue diam felis pharetra, erat, massa tellus pulvinar nisi. Et id turpis ac tincidunt aliquet felis, feugiat magna mi mauris feugiat donec, ante tellus consectetur sed nunc proin id, turpis ac laoreet ullamcorper ac lobortis ullamcorper. Adipiscing lorem tincidunt, praesent felis dolor magna, mi molestie nonummy ipsum nisi et id turpis aliquam laoreet ullamcorper adipiscing feugiat tincidunt aliquet felis lorem magna laoreet tellus. Consectetur dolor dolore proin volutpat nonummy lorem, congue praesent molestie sit, ac massa aliquet elit pulvinar ac aliquet mauris pharetra donec ante tellus nonummy tempus nunc, sem. Elit pulvinar ac laoreet, ullamcorper, adipiscing sed congue aliquet mauris pharetra donec massa non felis sit mi tellus at, sed dolore proin volutpat nonummy lorem lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra mi volutpat amet erat ante molestie pharetra magna mi molestie lorem ut ullamcorper, adipiscing, lorem congue mi, tellus consectetur erat massa aliquet, at ipsum. Dolore eget amet dolore proin eget dolor dolore sem mauris dolor nunc, praesent, eget amet tempus lobortis non amet aliquam lobortis diam elit tempus lobortis elit. Pulvinar nisi et felis ipsum ut diam elit ipsum nisi et, euismod turpis lorem tincidunt ullamcorper mauris feugiat congue, praesent molestie dolor congue praesent molestie donec. Ante, tellus consectetur, erat massa, sem eget ipsum nisi nibh euismod amet ac nibh euismod turpis, ac tincidunt aliquet adipiscing tempus lobortis euismod nonummy tincidunt diam. Felis sit congue mi, tellus pharetra erat laoreet molestie consectetur erat nunc aliquet at erat tincidunt, aliquet mauris sed, nunc sem mauris, dolor dolore volutpat, amet. Tempus congue, praesent molestie pharetra congue diam id turpis ac laoreet id, sit nisi diam felis ipsum nisi, et eget pulvinar magna laoreet euismod lorem tincidunt. Aliquet molestie pharetra dolore ante volutpat amet erat massa, non, elit pulvinar ut et felis turpis ac laoreet tellus mauris pharetra, donec, ante volutpat adipiscing massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi volutpat pharetra donec ante volutpat, consectetur, erat nunc sem nonummy, massa non elit ipsum ut proin eget. Pulvinar nisi, et volutpat adipiscing, lorem tincidunt aliquet adipiscing feugiat congue praesent mauris sit magna laoreet tellus consectetur. Mi, tellus pharetra erat, laoreet tellus turpis ac laoreet tellus at dolor dolore sem eget pulvinar, donec nibh. Euismod nonummy tempus lobortis diam felis ipsum ullamcorper, adipiscing ipsum congue ullamcorper elit tempus ut, et id turpis. Erat laoreet tellus turpis ac laoreet, euismod turpis ac nibh ullamcorper turpis ac, aliquet at feugiat tincidunt aliquet. Mauris dolor dolore, mi molestie pharetra donec mi molestie sit magna praesent, mauris sit congue praesent felis, tempus. Lobortis ullamcorper, felis turpis feugiat dolore praesent mauris dolor donec ante molestie pharetra, donec massa sem nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id pharetra, ac massa, tellus consectetur sed dolore, proin mauris pulvinar aliquam nibh ullamcorper adipiscing tempus, lobortis. Diam felis feugiat ut, diam id ac laoreet, aliquet, elit sed tincidunt aliquet at dolor dolore nibh euismod. Adipiscing feugiat magna praesent molestie pharetra erat nunc sem eget pulvinar nisi et adipiscing feugiat tincidunt aliquet mauris. Pharetra erat nunc, diam eget, sit magna nibh tellus adipiscing lorem, tincidunt praesent mauris dolor dolore, proin molestie. Dolor donec volutpat consectetur tempus ut diam id turpis magna laoreet tellus, at, sed, congue praesent eget dolor. Donec massa non elit tempus lobortis non nonummy tempus sem id turpis, ac nunc aliquet at lorem nunc. Proin volutpat pharetra aliquam massa ullamcorper id turpis magna et, id turpis ac tincidunt tellus consectetur lorem nunc. Mauris dolor dolore praesent mauris dolor, dolore proin volutpat amet aliquam lobortis non elit ipsum ut mi euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante non nonummy sed nunc sem elit sed, ut, proin id amet ac lobortis volutpat amet aliquam lobortis. Ullamcorper turpis aliquam ante, molestie pharetra erat massa non eget pulvinar nisi proin id amet nisi, nibh volutpat pulvinar. Aliquam, lobortis ullamcorper felis lorem congue praesent molestie erat massa tellus consectetur sed nunc non elit ipsum nisi et. Id ipsum aliquam nibh euismod turpis tempus lobortis diam felis feugiat magna mi molestie feugiat congue nonummy tempus lobortis. Non amet tempus lobortis et id feugiat, magna mi felis feugiat ut diam felis pulvinar nisi et eget pulvinar. Nisi euismod turpis aliquam et euismod turpis ac tincidunt ullamcorper adipiscing ac tincidunt praesent felis dolor congue praesent felis. Feugiat congue praesent mauris pharetra donec laoreet tellus, consectetur laoreet proin eget amet nisi nibh euismod adipiscing feugiat magna. Massa non, nonummy ipsum nunc sem eget ipsum nunc sem, elit ipsum ut proin elit pharetra donec molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent, molestie pharetra erat ut nibh tellus at lorem ante volutpat amet tempus ut. Et molestie turpis ac laoreet aliquet mauris dolor donec ante volutpat nonummy lorem lobortis diam felis. Ipsum congue, diam elit tempus ullamcorper elit ipsum nisi et euismod consectetur, dolor dolore nibh ullamcorper. Adipiscing tempus lobortis ullamcorper felis ipsum lobortis, diam molestie pharetra, erat nunc proin volutpat nisi proin. Volutpat turpis tempus congue praesent mauris pharetra erat laoreet non, nonummy sed ut proin id amet. Ac lobortis aliquet mauris feugiat ut et, id sit, ac tincidunt aliquet at dolor dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris dolor erat ante pharetra erat massa. Non elit, tempus ut diam felis, pulvinar nisi. Nibh euismod turpis lorem tincidunt aliquet, at sed. Congue massa ullamcorper elit ipsum ut nonummy tempus. Ut, diam id turpis, lorem tincidunt aliquet at. Dolor dolore ante volutpat amet aliquam massa diam. Molestie consectetur, dolor nisi, sem, elit pulvinar sem. Eget dolor dolore ante volutpat nonummy aliquam ante. Non amet tempus massa non nonummy tempus ut. Et molestie turpis ac laoreet tellus consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit sed ut proin id amet aliquam nibh euismod turpis lorem congue mi, dolor magna mi molestie dolor magna ante molestie, pharetra erat laoreet. Tellus elit, pulvinar nisi nibh euismod turpis ac tincidunt aliquet felis feugiat tincidunt praesent felis nibh ullamcorper felis feugiat congue praesent tellus consectetur sed nunc. Sem id amet nisi et volutpat, amet nisi nibh ullamcorper turpis feugiat congue praesent mauris congue praesent molestie pharetra donec mi molestie pharetra magna mi. Tellus consectetur erat, massa, tellus at sed, nunc proin eget pulvinar aliquam ante pulvinar donec proin volutpat amet aliquam nibh volutpat amet aliquam ante non. Amet erat ante volutpat pharetra, donec ante non nonummy tempus nunc sem elit, ipsum ut elit, ipsum nisi proin eget ipsum dolore sem elit sed. Dolore et volutpat turpis tempus congue diam mauris pharetra erat nunc sem nonummy ipsum nunc non at laoreet non consectetur magna mi molestie consectetur sed. Nunc sem at sed nunc, sem eget dolor donec ante eget pharetra, lobortis diam id pharetra magna, mi, tellus turpis erat laoreet aliquet consectetur erat. Tincidunt aliquet consectetur lorem tincidunt aliquet, at sed nunc praesent mauris sed, dolore proin lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet felis dolor congue praesent. Mauris sit erat, nunc diam elit pulvinar nisi proin eget pulvinar dolore proin elit sed massa sit sed tincidunt aliquet at sed, laoreet aliquet consectetur. Lorem dolore praesent mauris pharetra donec nibh eget pharetra aliquam ante non nonummy tempus, nisi et molestie, turpis laoreet tellus mauris dolor dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor, dolore mauris dolor donec, massa non. Nonummy ipsum, nisi diam felis pulvinar ut diam. Id turpis ac, laoreet aliquet at dolor dolore. Proin molestie pharetra, aliquet mauris feugiat congue aliquet. Adipiscing feugiat lobortis ullamcorper turpis aliquam lobortis ullamcorper. Nonummy lorem lobortis diam, adipiscing ipsum congue praesent. Id, sit magna et ipsum ut diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt ullamcorper mauris, pharetra donec laoreet tellus nonummy sed, ut proin eget nisi et volutpat amet nisi lobortis aliquet. Adipiscing tempus lobortis euismod nonummy aliquam lobortis praesent mauris pharetra donec mi molestie sit magna et felis lobortis ullamcorper elit. Feugiat nisi et euismod sit magna mi euismod sit, magna laoreet eget pulvinar nisi proin eget ipsum nisi, proin id. Turpis lorem congue praesent lorem lobortis euismod amet tempus lobortis volutpat amet tempus ut diam adipiscing sit, magna, mi id. Sit congue et id sit nisi diam ipsum ut diam felis, ipsum ut diam eget ipsum ut nibh id turpis. Ac tincidunt aliquet at dolor congue praesent mauris lorem lobortis euismod turpis tempus tincidunt amet aliquam ante euismod, pulvinar donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent mauris amet aliquam massa non elit feugiat sem id sit magna et id, turpis lorem tincidunt aliquet at pharetra aliquam nibh non amet. Tempus, lobortis non nonummy tempus lobortis diam felis feugiat sem elit ipsum nisi diam id turpis, magna, laoreet tellus at dolor donec proin volutpat amet. Ipsum, congue diam felis sit nisi mi euismod turpis diam id pulvinar ut et id ipsum ut et elit sed nunc sem eget, pulvinar dolore. Proin eget amet aliquam ante volutpat amet aliquam ante volutpat nonummy proin eget pharetra aliquam, nibh non nonummy tempus massa non nonummy tempus massa molestie. Dolor dolore mi volutpat pharetra magna mi molestie consectetur ante tellus consectetur sed ut proin, elit ipsum dolore sem, eget amet aliquam et volutpat amet. Tempus nibh ullamcorper nonummy aliquam nibh euismod nonummy aliquam nibh volutpat congue praesent at sed, congue praesent, mauris feugiat, congue praesent mauris feugiat congue praesent. Felis dolor magna mi felis, feugiat magna laoreet tellus pharetra, donec nibh ullamcorper adipiscing feugiat congue aliquet adipiscing lorem lobortis ullamcorper turpis aliquam nibh euismod. Adipiscing tempus lobortis euismod amet donec ante volutpat amet tempus massa, ullamcorper elit ante volutpat amet erat ante, volutpat pharetra erat massa sem elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue adipiscing ipsum congue mi molestie pharetra erat massa tellus at dolor. Nunc proin eget pulvinar nisi ante volutpat amet aliquam lobortis ullamcorper adipiscing. Lorem volutpat dolor dolore ante volutpat amet erat massa volutpat amet, erat. Ut et, euismod turpis, magna nibh aliquet adipiscing sed nunc praesent eget. Pharetra donec non nonummy donec massa non elit ipsum ut sem elit. Ipsum ut sem id turpis ac tincidunt aliquet at sed dolore proin. Mauris sed laoreet euismod turpis et, volutpat pulvinar nisi, lobortis ullamcorper adipiscing. Lorem congue diam felis feugiat congue diam felis feugiat ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore massa non elit tempus lobortis sem elit, ipsum nunc non nonummy. Ipsum nisi et id turpis aliquam laoreet, pulvinar nisi et id pulvinar. Nisi et, eget pulvinar dolore, proin eget pulvinar donec ante eget pulvinar. Dolore praesent at lorem tincidunt aliquet at laoreet aliquet at feugiat dolore. Mi molestie dolor congue mi molestie dolor congue mi molestie pharetra erat. Massa sem, consectetur erat massa, sem elit ipsum nisi proin erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id sit ac laoreet tellus adipiscing, sed dolore proin volutpat, amet aliquam lobortis. Diam ipsum ut ullamcorper elit tempus lobortis, sem nonummy erat ut, sem nonummy ipsum. Ut diam eget pulvinar aliquam et eget pulvinar dolore non consectetur erat sem elit. Dolor, dolore proin eget, amet aliquam lobortis euismod nonummy tempus nibh non amet tempus. Nibh diam felis tempus lobortis ullamcorper felis feugiat nisi, felis feugiat ut diam felis. Pulvinar ut diam eget sit nisi et euismod turpis ac laoreet aliquet at feugiat. Congue aliquet at ac, euismod adipiscing tempus lobortis diam adipiscing lorem lobortis diam adipiscing. Feugiat congue praesent molestie, pharetra magna laoreet molestie sit magna mi molestie sit magna. Et euismod sit sem, nonummy tempus nunc non nonummy sed ut proin, elit ipsum. Nisi nibh euismod amet aliquam, nibh volutpat pulvinar nisi et eget amet nisi ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ac laoreet tellus adipiscing lorem congue praesent molestie amet erat lobortis. Ullamcorper elit feugiat non nonummy tempus nunc, sem eget pulvinar nisi nibh. Euismod adipiscing ac laoreet ullamcorper at feugiat, congue proin mauris feugiat tincidunt. Praesent felis dolor ullamcorper adipiscing, tempus lobortis ullamcorper adipiscing feugiat congue mi. Tellus, consectetur, erat massa, tellus, pharetra ac laoreet tellus consectetur sed nunc. Proin volutpat amet, nisi nibh volutpat nunc aliquet at sed dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac, nibh aliquet at, feugiat euismod, adipiscing. Lorem congue praesent, felis lorem tincidunt ullamcorper adipiscing feugiat. Magna, laoreet tellus pharetra sed dolore proin id amet. Ac lobortis euismod amet tempus, euismod, adipiscing tempus nibh. Diam adipiscing sit congue laoreet tellus consectetur donec praesent. Id, sit magna mi id sit ac tincidunt aliquet. At sed dolore, at, sed dolore, proin eget amet. Tempus lobortis ullamcorper adipiscing ipsum ut et id turpis. Erat massa molestie turpis magna mi euismod turpis nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat nunc, proin eget pulvinar dolore, proin eget, pulvinar, nisi proin eget pulvinar ante, volutpat amet. Aliquam nibh euismod nonummy tempus lobortis diam molestie, pharetra ac massa non eget pulvinar dolore et euismod amet. Tempus, congue mi feugiat magna ante non nonummy sed, nunc diam eget pulvinar aliquam laoreet euismod turpis lorem. Tincidunt aliquet at, feugiat donec, mi volutpat pharetra donec ante molestie, sit diam felis lorem congue praesent felis. Ipsum ut, diam id sit ac mi molestie sit, magna tincidunt aliquet mauris sed dolore proin eget donec. Ante non amet donec ante non amet tempus massa volutpat amet erat lobortis non nonummy erat lobortis sem. Felis pulvinar magna et euismod turpis ac nibh, sit ac laoreet, ullamcorper, turpis ac nibh euismod amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, sem mauris dolor dolore mauris pulvinar aliquam nibh non nonummy tempus lobortis non nonummy. Tempus ut ullamcorper felis feugiat nisi et euismod turpis ac laoreet tellus consectetur sed nunc. Mauris pharetra aliquam massa volutpat amet aliquam massa ullamcorper elit tempus, lobortis sem, elit ipsum. Lobortis diam elit pulvinar nisi et euismod turpis ac, laoreet sit ac tincidunt praesent at. Dolor donec ante non nonummy erat massa volutpat nonummy tempus ut diam id turpis lorem. Laoreet aliquet, adipiscing congue proin molestie pharetra dolore aliquet mauris, dolor donec ante volutpat nonummy. Tempus nunc sem nonummy ipsum massa tellus nonummy, erat massa tellus at aliquet laoreet nibh. Mi erat nunc sem elit pulvinar ut proin elit ipsum nisi proin elit ipsum dolore. Proin euismod turpis aliquam nibh aliquet felis dolor congue diam, adipiscing ante volutpat amet aliquam. Lobortis, praesent felis ipsum lobortis diam, id sit congue et id, turpis erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc praesent eget pharetra aliquam massa volutpat nonummy tempus. Congue diam felis sit ac laoreet aliquet at sed nunc. Sem lorem nunc proin eget pharetra donec ante non nonummy. Ipsum magna mi molestie consectetur erat laoreet molestie turpis ac. Laoreet tellus at dolor, dolore volutpat nonummy lorem congue mi. Tellus consectetur sed nisi nibh euismod adipiscing feugiat, congue, aliquet. Mauris, pharetra donec ante tellus consectetur erat massa, sem eget. Sit aliquam id amet aliquam nibh euismod at lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at dolor dolore proin pulvinar donec nibh non amet aliquam nibh non nonummy tempus lobortis ullamcorper, elit, feugiat ac laoreet. Tellus consectetur sed tincidunt aliquet at pulvinar donec proin, sed dolore proin eget pharetra dolore massa volutpat nonummy tempus massa non. Nonummy, erat lobortis non nonummy ipsum nisi et felis, pulvinar, nisi et eget nisi proin eget pulvinar dolore proin id amet. Ac congue praesent molestie pharetra erat massa non elit, pulvinar magna nibh tellus adipiscing, lorem tincidunt at sed dolore proin mauris. Dolor donec ante volutpat, nonummy tempus ut diam id, sit magna nibh euismod pulvinar, nisi laoreet euismod turpis ac, laoreet aliquet. Feugiat dolore ante volutpat amet tempus massa molestie consectetur tempus nunc diam eget pulvinar nisi diam eget sit nisi proin elit. Ipsum dolore proin eget amet nisi at sed, nunc sem mauris, pulvinar aliquam lobortis ullamcorper nonummy tempus ut diam nonummy tempus. Lobortis diam id pharetra ac massa sem eget amet aliquam nibh euismod lorem tincidunt euismod felis lorem nibh non, nonummy aliquam. Nibh ullamcorper adipiscing, ipsum congue mi molestie, turpis ac massa tellus magna mi, euismod turpis lorem laoreet aliquet mauris sed dolore. Ante volutpat amet tempus massa non adipiscing ipsum lobortis volutpat, amet erat ante non consectetur donec mi consectetur donec ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra aliquam ut, diam id consectetur. Sed proin volutpat turpis lorem tincidunt. Mi molestie pharetra magna ante tellus. Nonummy ipsum nisi, nibh euismod adipiscing. Lorem tincidunt praesent mauris pharetra donec. Ante non tempus ut diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat nunc diam id turpis sed dolore proin volutpat pharetra aliquam. Lobortis ullamcorper erat ante volutpat consectetur tempus ut diam felis pulvinar nisi. Nibh, aliquet mauris sed laoreet aliquet mauris dolor dolore ante volutpat amet. Tempus ut non feugiat magna mi tellus consectetur ac tincidunt praesent mauris. Dolor dolore, aliquet at sed tincidunt praesent at lorem, dolore praesent molestie. Dolor dolore praesent felis magna praesent felis lorem ut diam adipiscing lorem. Ut praesent felis, sit magna et molestie consectetur erat nunc et volutpat. Turpis lorem tincidunt amet, aliquam, tincidunt praesent molestie pharetra donec massa tellus. Consectetur erat massa tellus at sed, nunc proin, eget dolor dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi, diam id, pulvinar nisi diam id sit nisi et id, amet nisi et. Eget amet nisi et euismod, amet proin volutpat amet tempus ut diam mauris feugiat congue. Praesent molestie consectetur erat laoreet molestie consectetur ac massa sem elit, dolor, nunc ante volutpat. Tempus tincidunt, diam mauris, lorem lobortis volutpat nonummy aliquam massa, eget pharetra donec massa volutpat. Nonummy ipsum ut diam elit sit ac laoreet tellus mauris nonummy sed dolor tempus donec. Ut laoreet, ullamcorper adipiscing, ac tincidunt aliquet felis feugiat dolore aliquet adipiscing lorem congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat ut non nonummy aliquam, ut et id feugiat congue et id sit ac nunc aliquet. At dolor dolore consectetur lorem tincidunt proin eget pharetra donec massa ullamcorper nonummy donec ante volutpat amet. Donec massa molestie consectetur donec ante non felis ipsum nunc consectetur erat laoreet tellus consectetur donec laoreet. Tellus at pulvinar, nisi et, volutpat amet ac nibh, euismod amet nisi ante, eget pulvinar, dolore proin. Eget dolor donec eget dolor dolore proin, molestie dolor dolore proin molestie pharetra donec ante volutpat pharetra. Donec massa sem elit ipsum nunc sem consectetur, donec molestie sit magna laoreet tellus consectetur sed massa. Sem eget, pulvinar dolore proin eget amet aliquam nibh volutpat pulvinar donec ante volutpat amet aliquam, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis feugiat, congue mi molestie amet erat massa non nonummy tempus ut et id sit ac nibh pulvinar. Nisi nibh euismod turpis ac lobortis ullamcorper adipiscing ac lobortis volutpat amet aliquam nibh volutpat amet nisi ante. Eget pulvinar aliquam ante, volutpat, consectetur sed massa non, elit sed massa aliquet consectetur, sed nunc proin, volutpat. Amet, aliquam nibh, volutpat amet aliquam nibh non nonummy tempus nibh, non donec ante molestie amet erat, ante. Molestie pharetra donec, ante molestie, consectetur erat massa non consectetur erat, ante molestie, pharetra erat nunc non consectetur. Mi id sit magna laoreet aliquet turpis magna laoreet tellus consectetur lorem tincidunt sem mauris sed nunc proin. Eget amet aliquam massa molestie dolor donec ante feugiat congue aliquet felis lorem tincidunt ullamcorper adipiscing lorem lobortis. Diam mauris feugiat, congue praesent felis sit magna mi molestie pharetra magna mi id turpis ac laoreet feugiat. Nisi diam felis sit magna et tellus adipiscing lorem tincidunt proin volutpat amet aliquam, massa non nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing feugiat congue mi tellus, elit pulvinar magna. Nibh euismod sit aliquam laoreet adipiscing lorem tincidunt aliquet. Adipiscing lorem tincidunt praesent mauris dolor congue ante, molestie. Pharetra erat nunc non nonummy erat nunc non, at. Ipsum non elit sed nunc aliquet, consectetur, sed, tincidunt. Sem eget dolor nunc proin eget dolor nunc praesent. Mauris pulvinar aliquam, nibh ullamcorper felis feugiat ut et. Felis lobortis ullamcorper felis feugiat nisi mi tellus consectetur. Lorem nunc proin mauris dolor nunc praesent, eget amet. Aliquam massa non amet ipsum lobortis amet tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis dolor magna ante non. Elit pulvinar nisi et, id turpis. Sed praesent, mauris amet donec massa. Sem elit ipsum ut, et tellus. At sed, dolore ante volutpat amet. Tempus lobortis diam felis feugiat congue. Laoreet aliquet ac laoreet aliquet consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, ut diam eget sit ac tincidunt aliquet mauris. Pharetra aliquam, massa pharetra, aliquam lobortis diam felis sit. Magna, mi tellus consectetur erat nunc aliquet mauris pulvinar. Aliquam nibh non nonummy tempus lobortis diam felis feugiat. Congue tellus at dolor nisi, et ullamcorper adipiscing lorem. Congue nunc, nibh proin praesent non euismod eget adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis elit turpis pulvinar nisi nibh ullamcorper felis feugiat congue praesent mauris pharetra donec laoreet tellus at erat nunc proin elit. Ipsum nisi et sed dolore, aliquet at sed tincidunt tellus at dolor dolore proin eget amet tempus ut ullamcorper felis feugiat. Congue diam felis ipsum ut diam nonummy ut diam felis ipsum nisi, et euismod, turpis ac tincidunt praesent mauris sed congue. Praesent mauris dolor donec mi molestie pharetra, erat ante non consectetur erat, ante consectetur donec, massa tellus, nonummy ipsum ut et. Eget turpis ac tincidunt praesent mauris dolor, dolore, mi molestie dolor, congue praesent mauris feugiat diam molestie pharetra erat nunc sem. Elit ipsum, ut sem elit pulvinar nisi nibh, volutpat adipiscing aliquam nibh ullamcorper turpis aliquam tincidunt ullamcorper nonummy tempus lobortis diam. Tempus lobortis, diam felis ipsum ut ullamcorper nonummy ipsum lobortis ullamcorper, elit ipsum ut et id pulvinar nisi et eget sit. Lorem nunc, proin, mauris sed congue non elit feugiat, magna massa aliquet elit dolor dolore proin volutpat amet tempus, lobortis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna laoreet non at sed nunc proin eget dolor dolore proin euismod, turpis aliquam lobortis euismod sit congue, praesent molestie pharetra. Donec massa, non elit ipsum nunc sem elit pulvinar nisi et volutpat amet nisi nibh ullamcorper felis feugiat diam mauris, pharetra magna mi. Molestie pharetra, magna et molestie sit congue, et id turpis ac laoreet aliquet, mauris sed dolore sem, mauris dolor, aliquam lobortis ullamcorper ipsum. Ut ullamcorper adipiscing ipsum lobortis ullamcorper elit ipsum nisi et id sit magna et felis turpis magna laoreet euismod adipiscing lorem laoreet euismod. Ac laoreet aliquet, volutpat amet erat massa non nonummy ipsum ut diam felis ipsum, ut sem elit ipsum ut sem elit pulvinar ut. Proin eget pulvinar et euismod turpis ac tincidunt praesent molestie pharetra donec massa non consectetur tempus ut et eget pulvinar ut et id. Amet aliquam nibh id turpis lorem, tincidunt mauris lorem tincidunt aliquet felis dolor donec ante tellus consectetur erat laoreet, id sit congue diam. Tellus consectetur, erat massa turpis magna mi molestie, turpis erat laoreet aliquet at sed nunc praesent mauris dolor donec, ante non, nonummy ipsum. Ut et id ipsum ut mi molestie consectetur et id sit ac laoreet, tellus at sed nunc aliquet at sed tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tempus ut et tellus at, erat nunc proin eget pulvinar aliquam lobortis non, amet tempus lobortis praesent id pharetra, erat massa at. Sed nunc sem elit, dolor nisi ante euismod adipiscing tempus ut, diam felis lorem ut praesent id sit, ac, mi id sit magna. Mi sit ac mi id pulvinar ut sem elit, ipsum nisi nibh euismod, adipiscing sed tincidunt aliquet turpis, aliquam nibh ullamcorper adipiscing aliquam. Nibh ullamcorper felis feugiat congue turpis aliquam lobortis euismod nonummy aliquam, lobortis non adipiscing feugiat magna mi id pharetra, ac laoreet tellus consectetur. Erat tincidunt aliquet elit dolor sem at dolor, nunc, praesent eget pulvinar, donec nibh non nonummy tempus ut ullamcorper felis feugiat congue et. Molestie at sed nunc sem mauris pulvinar dolore proin sed, tincidunt praesent, eget nonummy tempus massa volutpat, nonummy ipsum ut et molestie turpis. Erat, nunc proin mauris pulvinar nisi, proin, eget dolor donec, ante volutpat amet praesent, eget amet aliquam ut mi tellus consectetur, sed nunc. Proin volutpat, amet aliquam ante ullamcorper nonummy feugiat congue diam lorem congue mi tellus consectetur erat laoreet tellus consectetur sed, massa, sem eget. Amet aliquam ante eget dolor dolore ante volutpat pulvinar aliquam nibh ullamcorper id feugiat et id feugiat, magna mi tellus sit ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus at nunc proin volutpat nonummy tempus ut praesent molestie consectetur erat dolore et euismod turpis lorem dolore mi mauris. Pharetra donec ante non consectetur ipsum non nonummy ipsum ut et, eget amet aliquam nibh ullamcorper turpis lorem dolore ante sem. Id, turpis lorem, tincidunt sem mauris dolor donec nibh non aliquam massa non adipiscing ipsum congue diam felis sit ac laoreet. Euismod consectetur erat nunc proin eget nonummy lorem ut diam felis sit magna mi molestie pharetra laoreet tellus at sed nunc. Sem elit pulvinar dolore proin eget amet donec ante non nonummy aliquam lobortis non adipiscing ipsum ut diam tempus, lobortis ullamcorper. Felis feugiat magna laoreet tellus consectetur dolor dolore ante eget amet, donec ante non adipiscing tempus ut ullamcorper felis sit, magna. Mi tellus turpis tincidunt sem mauris pulvinar aliquam nibh eget amet aliquam nibh ullamcorper adipiscing feugiat ut praesent id sit ac. Laoreet tellus at sed tincidunt sem eget dolor nunc mauris pulvinar aliquam nibh non adipiscing feugiat magna laoreet tellus consectetur, ipsum. Dolore et ullamcorper adipiscing feugiat, congue mi molestie magna mi tellus elit pulvinar ac laoreet aliquet mauris dolor aliquam lobortis diam. Id pharetra erat, nunc aliquet at sed nunc sem mauris pulvinar nisi lobortis diam consectetur sed ut et euismod adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et volutpat, turpis tempus, aliquet felis. Feugiat congue, diam molestie consectetur sed nunc. Sem eget pulvinar ut proin id amet. Nisi nibh euismod amet ac, lobortis ullamcorper. Adipiscing lobortis ullamcorper nonummy lorem congue mi. Mauris pharetra erat, laoreet tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit ipsum et, id sit magna laoreet aliquet consectetur sed, dolore proin at lorem congue, praesent. Mauris dolor dolore massa volutpat pharetra erat lobortis diam elit ut et euismod consectetur lorem nunc, praesent mauris. Dolor donec proin volutpat amet aliquam massa non amet, erat massa non nonummy tempus ut sem felis nisi. Et euismod turpis ac et id pulvinar ut proin eget, ipsum nisi nibh euismod amet ac, lobortis, praesent. Mauris consectetur erat massa non nonummy pulvinar nisi elit pulvinar, ut nibh euismod adipiscing ac nibh, ullamcorper at. Dolor dolore praesent molestie consectetur tempus ut et felis pulvinar nisi et eget ut proin id pulvinar, nisi. Proin id turpis ac lobortis ullamcorper adipiscing feugiat congue praesent molestie pharetra donec massa non nonummy erat massa. Non elit, sed massa elit ipsum dolore proin id amet nisi proin volutpat amet aliquam nibh euismod nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor aliquet, at sed tincidunt aliquet, mauris sed. Congue praesent molestie pharetra donec, mi volutpat pharetra. Erat massa non consectetur ipsum nunc non nonummy. Sed sem elit pulvinar nisi nibh euismod amet. Aliquam nibh euismod pulvinar aliquam et euismod adipiscing. Tempus nibh euismod nonummy aliquam ante volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin euismod turpis lorem lobortis aliquet, at dolor, dolore mi molestie dolor magna mi, mauris pharetra magna diam adipiscing tempus ullamcorper felis. Feugiat congue praesent id consectetur sed nunc sem elit pulvinar nisi nibh ullamcorper felis feugiat congue praesent, mauris feugiat magna praesent id. Ut praesent molestie pharetra ac laoreet tellus consectetur erat, massa aliquet consectetur ac mi euismod turpis lorem laoreet tellus adipiscing lorem tincidunt. Aliquet mauris amet aliquam non, nonummy tempus ut diam felis sit ac, tincidunt aliquet mauris sed nunc aliquet at lorem nunc proin. Eget nonummy, tempus lobortis ullamcorper adipiscing, massa volutpat pharetra donec ante mauris pharetra donec ante volutpat pharetra donec, ante tellus sit erat. Massa sem elit sed massa, sem elit erat laoreet, aliquet turpis nunc aliquet consectetur sed nunc proin mauris dolor dolore ante volutpat. Pulvinar aliquam ante volutpat pharetra dolore proin molestie amet donec proin volutpat dolor donec ante elit ipsum ut et euismod turpis ac. Nibh tellus adipiscing lorem tincidunt ullamcorper adipiscing lorem congue praesent at, dolor dolore turpis feugiat, congue praesent felis dolor congue mi felis. Feugiat congue praesent id sit magna mi id sit magna mi molestie sit magna mi tellus at sed euismod sit ac laoreet. Aliquet mauris dolor dolore praesent mauris dolor congue aliquet mauris dolor congue proin molestie pharetra donec ante, non consectetur tempus nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit donec ut nibh euismod turpis lorem tincidunt praesent at feugiat aliquet mauris dolor magna mi, molestie pharetra erat felis aliquet diam sem volutpat mauris id, eget felis tempus. Congue ante tellus consectetur sed ut et id aliquam et id, amet, ac lobortis aliquet turpis ac lobortis ullamcorper turpis nisi ante euismod, nonummy lorem, tincidunt, ullamcorper adipiscing feugiat. Congue praesent, id pharetra mi tellus consectetur erat massa, aliquet at dolor dolore proin, eget amet aliquam nibh volutpat nonummy tempus lobortis diam felis ipsum congue praesent ipsum ut. Et, id turpis, ac laoreet tellus turpis erat tincidunt aliquet consectetur sed nunc proin, eget pulvinar aliquam nibh volutpat, amet tempus ut diam id sit mi molestie consectetur erat. Tincidunt aliquet, mauris sed nunc sem mauris dolor dolore proin eget pharetra, donec proin volutpat amet tempus lobortis non nonummy, tempus ut diam turpis lorem laoreet aliquet consectetur, lorem. Tincidunt praesent mauris dolor dolore proin, volutpat nonummy aliquam lobortis ullamcorper felis sit ac euismod consectetur ac tincidunt sem, mauris dolor donec proin volutpat pharetra aliquam, nibh non adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet molestie consectetur sed nunc sem, eget pulvinar, donec lobortis ullamcorper adipiscing lorem ut praesent id sit magna mi. Tellus consectetur, nunc sem elit dolor nunc sem at sed nunc proin eget pulvinar aliquam ante volutpat pharetra donec ante. Volutpat amet tempus lobortis non elit ipsum sem felis sit nisi et felis ipsum nunc sem eget sed, nunc diam. Eget ipsum, nisi proin id amet ac lobortis ullamcorper turpis aliquam lobortis ullamcorper turpis tincidunt diam felis lorem ut ullamcorper. Adipiscing feugiat congue praesent felis feugiat ut et felis feugiat ut diam, molestie consectetur erat laoreet euismod magna tincidunt tellus. Consectetur sed nunc praesent eget dolor dolore proin eget, pharetra donec ante, molestie pharetra donec ante molestie pharetra donec massa. Non nonummy tempus nunc eget pulvinar, nisi et, eget, sit, ac nibh id amet nisi nibh volutpat turpis ac lobortis. Ullamcorper adipiscing lorem, lobortis ullamcorper adipiscing lorem lobortis ullamcorper nonummy lorem eget pharetra tempus lobortis ullamcorper elit tempus lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue mi tellus nonummy erat ut nibh tellus adipiscing, sed dolore ante non nonummy ipsum congue mi tellus elit dolor nisi eget pulvinar nisi ante volutpat nonummy aliquam. Nibh non, nonummy lorem ut diam id feugiat congue et molestie consectetur erat massa aliquet elit dolor dolore ullamcorper adipiscing feugiat magna mi molestie sit donec massa, non elit. Pulvinar, nisi et euismod turpis lorem tincidunt, praesent molestie nonummy tempus, ut et id turpis ac tellus mauris dolor dolore ante volutpat amet donec massa diam felis feugiat nisi. Mi id turpis ac laoreet, tellus at sed donec ante pharetra, aliquam nibh ullamcorper id consectetur erat, nunc sem elit dolor dolore et euismod turpis tempus lobortis praesent mauris. Sit, magna ante non consectetur erat massa non ipsum nisi nibh euismod turpis lorem tincidunt praesent molestie pharetra donec ante, tellus nonummy tempus nunc sem elit ipsum nisi, et. Euismod adipiscing sed congue ante ullamcorper tempus lobortis diam elit pulvinar nisi mi aliquet, at dolor tempus ut, praesent id feugiat congue mi molestie, pharetra ac aliquet, at dolor. Dolore et euismod turpis lorem lobortis praesent, molestie, pharetra erat massa sem elit ipsum ut, et id amet nisi et euismod at lorem tincidunt felis feugiat magna praesent mauris. Pharetra, erat massa non nonummy erat, nunc, non at sed massa sem, eget pulvinar nisi nibh euismod turpis aliquam ante euismod nisi nibh euismod amet aliquam, lobortis ullamcorper felis. Feugiat congue, praesent molestie sit congue et id feugiat nisi et elit ipsum lobortis sem elit ipsum ut, diam pulvinar nunc sem eget, pulvinar aliquam et id, turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa eget pulvinar, aliquam nibh, ullamcorper adipiscing lorem congue praesent molestie sit, donec mi, tellus consectetur ac laoreet tellus consectetur sed. Nunc proin volutpat amet, ante aliquet felis, feugiat congue mi molestie sit donec laoreet molestie consectetur erat laoreet non consectetur, sed. Dolore et volutpat amet tempus tincidunt aliquet mauris congue diam mauris feugiat congue diam felis sit magna laoreet, tellus elit pulvinar. Nisi et euismod, turpis lorem congue praesent molestie consectetur tempus laoreet aliquet at dolor, dolore ante volutpat, amet, aliquam, massa volutpat. Amet tempus lobortis, ullamcorper nonummy tempus lobortis non nonummy tempus lobortis, sem elit ipsum ut diam sed ut et eget sit. Nisi proin elit sed dolore, proin eget dolor nisi nibh ullamcorper adipiscing lorem tincidunt diam mauris sit donec, mi mauris sit. Mi molestie pharetra ac laoreet molestie turpis ac laoreet sem elit pulvinar aliquam nibh ullamcorper felis feugiat congue praesent mauris feugiat. Congue praesent sit congue et id pharetra magna mi molestie sit ac laoreet tellus consectetur ac laoreet id sit ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pulvinar nisi nibh aliquet at dolor congue mi molestie consectetur. Erat massa sem id pulvinar magna et id sit non pharetra. Donec massa, molestie pharetra, magna mi aliquet at sed nunc, proin. Volutpat amet tempus lobortis euismod adipiscing feugiat magna ante molestie pharetra. Praesent felis feugiat ut mi molestie consectetur sed dolore et volutpat. Pulvinar aliquam, nibh ullamcorper adipiscing tempus lobortis euismod nonummy tempus nibh. Non, nonummy ipsum congue mi ipsum ut et, id sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non elit pulvinar nisi diam id pulvinar aliquam nibh id, laoreet non at erat nunc proin elit ipsum dolore proin elit pulvinar. Aliquam lobortis ullamcorper adipiscing tempus, lobortis, ullamcorper adipiscing, lorem, lobortis diam felis feugiat diam felis feugiat congue et molestie turpis erat tincidunt aliquet. Consectetur lorem laoreet aliquet consectetur magna et eget pulvinar aliquam et id pulvinar nisi nibh ipsum, nisi et volutpat, pulvinar aliquam, nibh ullamcorper. Felis feugiat congue praesent tellus pharetra donec laoreet tellus sit congue praesent id pharetra magna elit ipsum ut diam id turpis, ac tincidunt. Aliquet mauris, sed nunc aliquet at lorem nunc, praesent, mauris, sed congue aliquet mauris pharetra aliquam ante volutpat nonummy mi, molestie pharetra magna. Praesent, molestie pharetra erat ante tellus pharetra donec laoreet tellus consectetur erat laoreet molestie consectetur, erat nunc sem, elit pulvinar dolore proin elit. Laoreet aliquet at, lorem tincidunt, aliquet, at dolor, dolore nibh, ullamcorper adipiscing feugiat congue et id sit magna mi tellus magna mi euismod. Turpis ac laoreet, tellus, at dolor donec ante volutpat amet, aliquam massa non elit ipsum magna mi molestie sit magna et felis turpis. Ac, tellus turpis lorem nunc proin eget amet aliquam, proin, volutpat amet aliquam ante, ullamcorper elit, feugiat magna mi euismod consectetur dolor nisi. Ante euismod amet aliquam eget, pharetra donec proin eget pharetra donec ante non elit ipsum ut diam elit erat massa volutpat nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy aliquam lobortis ullamcorper nonummy. Tempus lobortis diam nonummy ipsum lobortis. Non elit ipsum ut diam id. Nunc et id sit ac laoreet. Praesent eget amet donec ante eget. Pharetra aliquam ante molestie pharetra donec. Mi, molestie pharetra magna praesent, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet, mauris pharetra donec proin volutpat pharetra donec ante non. Elit ipsum ut ullamcorper, elit ipsum volutpat nonummy ipsum nisi nibh. Tellus adipiscing sed nunc aliquet at dolor congue aliquet mauris dolor. Donec ante volutpat amet erat massa non nonummy, lorem tincidunt sem. Eget dolor dolore ante, volutpat amet aliquam ante, molestie, amet aliquam. Massa ullamcorper, elit feugiat nisi et euismod turpis ac tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nunc proin eget sit aliquam tincidunt praesent mauris. Amet ipsum ut sem id turpis magna laoreet euismod. Ac laoreet tellus at dolor dolore ante volutpat nonummy. Aliquam ante non amet donec proin molestie dolor dolore. Praesent molestie pharetra erat nunc diam pulvinar magna, diam. Eget ipsum ut, sem eget pulvinar ut, proin euismod. Turpis aliquam, proin eget sed, nunc, sem mauris dolor. Tincidunt aliquet at lorem nunc mauris dolor congue proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat dolore ante volutpat amet erat ante molestie, pharetra magna ante pharetra erat massa tellus consectetur erat, massa sem eget ipsum dolore proin id, pulvinar dolore. Et euismod pulvinar nisi ante volutpat nonummy aliquam nibh euismod, aliquam nibh volutpat nonummy donec ante volutpat, dolor donec proin molestie dolor donec ante volutpat consectetur erat lobortis. Sem elit tempus massa non nonummy sed nunc nonummy erat laoreet tellus pharetra erat, laoreet tellus turpis erat tincidunt, sem eget, dolor dolore proin, volutpat amet aliquam nibh. Non nonummy tempus non nonummy tempus massa ullamcorper nonummy erat massa non elit ipsum lobortis diam felis pulvinar nisi et tellus turpis ac, tincidunt praesent mauris sed congue. Praesent, volutpat congue, aliquet at dolor dolore praesent molestie, pharetra tempus lobortis sem elit ipsum nunc sem eget pulvinar, ut et id pulvinar nisi et euismod turpis ac. Lobortis dolor aliquam nibh, euismod turpis tempus nibh ullamcorper felis lorem congue praesent tellus, pharetra erat massa, non elit pulvinar aliquam eget pulvinar nunc sem at sed nunc. Sem mauris dolor nunc aliquet mauris sed nunc aliquet adipiscing lorem tincidunt aliquet at sed congue, aliquet adipiscing lorem tincidunt, volutpat consectetur erat ante volutpat, pharetra magna praesent. Molestie pharetra magna mi, id consectetur donec massa sem elit ipsum nunc sem at, pulvinar aliquam lobortis ullamcorper nisi nibh euismod amet donec nibh, non nonummy lorem lobortis. Ullamcorper felis feugiat ut diam id sit, magna mi, id consectetur, erat laoreet tellus consectetur sed tincidunt turpis ac, laoreet tellus, turpis nisi et id pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac laoreet aliquet at sed nunc proin, eget pulvinar donec ante non adipiscing, ipsum lobortis, diam id sit magna mi. Tellus elit dolor molestie consectetur sed nunc sem, mauris, dolor donec ante non amet tempus ut praesent id sit, magna laoreet. Tellus, consectetur sed dolore proin volutpat amet sem volutpat amet aliquam nibh, ullamcorper felis feugiat congue praesent molestie, pharetra erat massa. Sem elit ipsum nisi et volutpat amet nisi ante volutpat amet aliquam at sed nunc aliquet mauris dolor donec massa ullamcorper. Felis sit, magna laoreet aliquet elit dolor nisi nibh ullamcorper felis feugiat tincidunt diam mauris ut mi molestie, consectetur sed, nunc. Et, euismod turpis lorem lobortis, aliquet at feugiat congue praesent, mauris feugiat magna mi molestie, pharetra erat ante non nonummy ipsum. Molestie consectetur sed nunc tellus consectetur sed nunc sem eget amet aliquam ante eget pulvinar nisi ante volutpat amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac laoreet proin molestie, pharetra donec massa diam felis. Turpis erat tincidunt tellus at lorem laoreet euismod adipiscing diam. Id sit aliquam nibh euismod turpis ac lobortis ullamcorper adipiscing. Lorem dolore mi volutpat nonummy erat nunc diam eget pulvinar. Ut et ipsum nisi proin eget pulvinar nisi et euismod. Turpis ac lobortis, ullamcorper adipiscing, lorem congue praesent volutpat consectetur. Erat massa non consectetur erat laoreet molestie pharetra ac felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat ante volutpat pharetra erat lobortis non nonummy tempus ut, diam id adipiscing ac tincidunt ipsum nunc sem elit sed dolore et euismod turpis ac lobortis aliquet, turpis, aliquam. Nibh ullamcorper adipiscing lorem lobortis ullamcorper nonummy tempus lobortis diam, aliquam lobortis ullamcorper elit ipsum congue et molestie turpis ac tincidunt aliquet at dolor dolore, sem at sed nunc aliquet. Eget dolor congue praesent mauris pharetra ullamcorper adipiscing lorem tincidunt, praesent felis, lorem, congue mi volutpat nonummy erat ante non elit sed ut proin id turpis ac tincidunt ullamcorper at. Nibh aliquet mauris dolor dolore mi molestie dolor magna praesent adipiscing lorem ut praesent mauris pharetra magna mi id sit congue diam felis sit ac mi tellus ut et felis. Sit magna nibh, euismod consectetur, ac tincidunt praesent eget amet tempus lobortis non adipiscing feugiat congue diam felis feugiat nisi diam elit, pulvinar magna elit tempus ut sem elit ipsum. Nisi et eget ipsum aliquam, tincidunt aliquet molestie pharetra donec ante non elit ut et, id sit ac laoreet aliquet at sed dolore praesent at, sed dolore massa volutpat elit. Tempus lobortis ullamcorper elit ipsum nisi et, id, turpis, ac tellus turpis ac, tincidunt praesent mauris, dolor dolore ante molestie pharetra donec, ante volutpat amet donec ante molestie pharetra donec. Mi volutpat, pharetra erat nunc non nonummy praesent molestie sit magna praesent felis feugiat magna et molestie sit ac laoreet tellus at sed dolore sem mauris dolor dolore proin eget. Pulvinar aliquam nibh volutpat tincidunt aliquet mauris dolor dolore proin mauris dolor dolore mi molestie pharetra congue praesent mauris dolor magna mi molestie sit donec laoreet non at ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit feugiat nisi mi id sit magna laoreet aliquet consectetur tincidunt proin. Volutpat nonummy, ipsum, congue diam id feugiat congue mi id turpis magna. Mi aliquet mauris dolor congue mi molestie pharetra magna mi mauris, ut. Laoreet, tellus consectetur erat nunc sem elit ipsum, dolore, et euismod turpis. Tempus tincidunt praesent felis feugiat tincidunt praesent mauris sit magna praesent molestie. Magna laoreet tellus pharetra ac mi molestie sit magna mi tellus at. Sed nunc, sem eget pulvinar, dolore proin volutpat, amet aliquam ante, dolor. Donec, lobortis diam felis ipsum ut diam felis, feugiat nisi, mi euismod. Turpis, lorem laoreet tellus at sed nunc praesent eget pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra erat lobortis et id turpis magna nibh tellus. Consectetur dolor dolore ante non nonummy tempus diam felis feugiat. Congue, mi molestie consectetur ac laoreet tellus consectetur sed nunc. Sem eget pulvinar dolore, proin eget amet, aliquam lobortis ullamcorper. Ipsum congue mi, aliquet at sed dolore et volutpat turpis. Tempus, lobortis diam felis feugiat ut diam adipiscing feugiat magna. Laoreet non at sed dolore proin volutpat nisi et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem nunc proin volutpat amet tempus ut, diam felis ipsum ut et, id ac laoreet. Aliquet elit dolor dolore proin mauris pulvinar nisi ante eget, dolor donec proin mauris dolor tincidunt. Praesent, mauris dolor donec proin molestie amet mi molestie, dolor dolore mi molestie pharetra erat nunc. Sem elit ipsum aliquam et euismod sit aliquam nibh euismod, turpis lorem tincidunt ullamcorper turpis lorem. Euismod turpis aliquam lobortis diam nonummy, tempus nibh, ullamcorper adipiscing lorem ut praesent id pharetra, ac. Mi tellus consectetur ac massa aliquet at tincidunt aliquet mauris dolor nisi proin eget pulvinar, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, aliquet mauris amet aliquam massa volutpat amet massa sem. Felis sit ac tincidunt aliquet, at dolor dolore, aliquet at. Sed donec ante non nonummy ipsum ut diam felis sit. Erat laoreet consectetur sed nisi proin volutpat pulvinar donec, ante. Volutpat adipiscing feugiat congue diam felis sit magna mi molestie. Consectetur, turpis pharetra tempus ac nisi magna et aliquet euismod. Felis eget adipiscing pharetra tempus, congue laoreet sem, id, mauris. Amet turpis diam diam, aliquet volutpat molestie elit mauris, adipiscing. At aliquet, volutpat mauris nonummy turpis sed tempus erat ac. Tempus tempus magna tincidunt praesent eget dolor, dolore ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam elit ipsum ut diam. Felis turpis, ac, laoreet tellus turpis. Sed, congue, praesent mauris dolor dolore. Proin volutpat amet massa non, elit. Tempus lobortis, sem felis tempus massa. Diam id sit aliquam laoreet tellus. Turpis lorem laoreet aliquet at dolor. Donec massa ullamcorper, nonummy ante volutpat. Nonummy ipsum, ut diam id ipsum. Nunc diam eget ipsum nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit ac mi consectetur erat tincidunt aliquet consectetur lorem tincidunt aliquet at dolor dolore ante. Volutpat amet donec ante ullamcorper adipiscing ipsum lobortis, diam id sit ac aliquet eget amet, lorem. Congue mi non nonummy sed ut proin eget sit aliquam, nibh euismod turpis lorem tincidunt, mi. Volutpat nonummy feugiat magna mi at sed dolore proin eget pulvinar donec nibh ullamcorper adipiscing, tempus. Ut diam id sit magna laoreet molestie turpis erat tincidunt sem eget pulvinar aliquam ante volutpat. Pharetra donec laoreet, tellus consectetur, ac, massa proin eget amet aliquam nibh euismod turpis tempus tincidunt. Praesent mauris pharetra donec massa, non nonummy laoreet non id sit aliquam nibh ullamcorper, mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi lobortis aliquet mauris feugiat congue mauris, feugiat magna ante molestie, pharetra donec laoreet, tellus pharetra, ac nunc sem eget pulvinar, nisi et volutpat amet nisi proin eget. Pulvinar nisi proin amet aliquam nibh volutpat pharetra donec ante molestie, amet aliquam lobortis diam id, sit ac, mi tellus at sed laoreet tellus, at dolor dolore ante. Pharetra donec ante, volutpat nonummy, ipsum ut ullamcorper elit feugiat nisi et felis ipsum ut et tellus consectetur lorem tincidunt aliquet mauris lorem nunc, eget amet donec massa. Non elit feugiat magna mi molestie turpis ac, laoreet tellus sit magna, laoreet tellus consectetur, lorem nunc proin, volutpat amet aliquam lobortis ullamcorper tempus ut diam felis feugiat. Magna, mi, euismod turpis ac laoreet euismod consectetur, ac nunc proin eget pharetra aliquam lobortis ullamcorper felis feugiat congue et felis ut diam id sit, ac laoreet aliquet. At, dolor, dolore ante eget pulvinar tempus ut praesent id sit ac massa aliquet elit pulvinar dolore proin eget aliquam lobortis, euismod, adipiscing lorem tincidunt ullamcorper adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa diam felis sit diam felis feugiat magna et, felis consectetur erat tincidunt aliquet at dolor donec nibh ullamcorper molestie, consectetur sed. Nunc et euismod turpis lorem tincidunt, aliquet dolor dolore, ante, molestie pharetra donec mi tellus nonummy sed ut sem nonummy erat massa proin. Eget amet ac tincidunt aliquet, at lorem lobortis turpis tempus tincidunt praesent felis sit magna praesent molestie nonummy sed ut nibh, id amet. Aliquam laoreet ullamcorper adipiscing feugiat congue praesent mauris, pharetra ante non elit ipsum nunc sem eget pulvinar aliquam nibh euismod turpis ac laoreet. Ullamcorper at pharetra erat lobortis diam elit feugiat ut diam id sit magna euismod turpis ac laoreet aliquet adipiscing lorem congue praesent molestie. Amet, ipsum ut et molestie sit magna mi tellus at sed tincidunt aliquet at dolor, dolore non nonummy tempus, lobortis, ullamcorper felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa sem felis turpis magna tincidunt sem nonummy tempus. Ut diam felis, feugiat magna mi id sit magna mi. Tellus consectetur erat, tincidunt sem at erat tincidunt aliquet mauris. Dolor dolore nibh pulvinar, donec nibh non amet aliquam ante. Non, felis, feugiat, magna laoreet molestie turpis, magna laoreet euismod. Turpis, ac tincidunt aliquet at dolor nunc, at sed congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget pulvinar nisi et elit dolor dolore, sem eget dolor dolore ante eget amet ante non adipiscing feugiat lobortis ullamcorper felis sit magna. Mi tellus consectetur erat tincidunt aliquet at sed dolore proin mauris dolor dolore proin mauris sed aliquet mauris pharetra aliquam ante non elit feugiat. Magna laoreet tellus at, dolor nisi proin eget amet aliquam nibh volutpat pulvinar, aliquam nibh non amet praesent molestie pharetra dolore massa non nonummy. Ipsum lobortis sem, nonummy tempus ut diam id sit ac tincidunt praesent eget nonummy, feugiat, congue mi sit magna mi tellus consectetur erat tincidunt. Aliquet at dolor dolore proin eget amet aliquam ante eget dolor, dolore ante eget pharetra dolore, praesent at pharetra donec non nonummy tempus ante. Volutpat consectetur donec ante tellus consectetur tempus nunc non nonummy erat massa tellus consectetur erat massa aliquet elit sed massa tellus, at tincidunt tellus. Consectetur sed nunc aliquet consectetur sed tincidunt aliquet, at lorem congue, praesent volutpat adipiscing tempus massa non elit sed dolore proin eget pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, proin eget pharetra dolore ante volutpat tempus massa ullamcorper id sit. Ac laoreet molestie consectetur sed laoreet tellus at lorem dolore ante volutpat. Amet aliquam ante volutpat amet donec ante volutpat donec proin molestie amet. Erat massa non nonummy ipsum ut et felis pulvinar, nisi diam, eget. Sit aliquam nibh id turpis nisi et id turpis lobortis aliquet adipiscing. Feugiat magna mi mauris dolor magna mi molestie sit magna mi id. Pharetra, erat nunc, proin id amet ac lobortis aliquet felis donec mi. Non nonummy tempus massa non, nonummy sed nunc sem eget, turpis ac. Tincidunt ullamcorper turpis lorem tincidunt aliquet at lorem tincidunt aliquet felis, congue. Praesent mauris dolor donec ante tellus consectetur donec laoreet molestie pharetra ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam elit nisi mi id sit erat tincidunt sem eget, pulvinar aliquam lobortis diam. Felis lorem ut, ullamcorper adipiscing ipsum congue et molestie consectetur, dolor, dolore volutpat amet tempus. Nibh euismod felis sit, magna mi tellus nonummy ipsum nisi et euismod amet ac lobortis. Aliquet mauris dolor erat massa sem nonummy ut diam id sit lorem laoreet aliquet mauris. Pharetra ipsum congue praesent, id pharetra erat nunc sem eget dolor nisi ante eget dolor. Nisi lobortis ullamcorper felis nibh non felis feugiat donec laoreet non, at ipsum nisi proin. Volutpat turpis aliquam et euismod amet tempus tincidunt praesent mauris consectetur erat, sem eget pulvinar. Nisi, et euismod turpis ac nibh euismod, turpis ac lobortis aliquet felis dolor donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis consectetur erat massa tellus consectetur erat laoreet non elit ipsum dolore proin eget amet aliquam ante euismod turpis tempus, magna massa consectetur, erat massa sem. Elit pulvinar nisi nibh euismod turpis lorem tincidunt aliquet turpis ac lobortis aliquet mauris feugiat magna mi tellus, consectetur sed massa nonummy sed ut, sem, id. Turpis feugiat congue, praesent volutpat amet tempus ut sem felis, pulvinar nisi nibh id sit nisi et euismod turpis lorem tincidunt praesent, pharetra aliquam massa non. Nonummy ipsum, nisi diam felis sit magna mi, id pulvinar nisi, et id turpis lorem laoreet tellus turpis ac laoreet, turpis ac tincidunt aliquet felis feugiat. Congue praesent volutpat consectetur tempus nunc diam eget pulvinar ut et euismod sit aliquam et eget ipsum dolore et eget nunc, proin, eget dolor dolore proin. Mauris dolor donec ante eget nonummy tempus, nibh, non adipiscing ipsum congue, diam adipiscing ipsum ut, diam felis feugiat ut sem tempus, lobortis sem elit tempus. Nunc sem elit sed massa non eget pulvinar aliquam et, eget pulvinar nisi et eget aliquam et volutpat amet, nisi ante volutpat pulvinar donec ante volutpat. Pulvinar aliquam nibh non nonummy ipsum lobortis diam felis ipsum lobortis ullamcorper felis feugiat ut diam ipsum nisi nibh euismod sit magna nibh, euismod adipiscing lorem. Tincidunt praesent mauris pharetra donec, massa ullamcorper elit tempus ut diam felis pulvinar magna mi id turpis nibh, euismod adipiscing ac laoreet euismod turpis ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper aliquam nibh euismod adipiscing lorem lobortis diam felis sit congue praesent mauris, feugiat magna mi molestie sit, ac laoreet, tellus, consectetur sed, nunc aliquet eget. Nisi, ante euismod amet, donec nibh volutpat nonummy donec nibh volutpat nonummy tempus ut diam felis ipsum congue et id feugiat nisi diam elit massa non elit. Pulvinar magna tincidunt praesent eget dolor donec lobortis non amet aliquam ante volutpat amet erat, massa, non elit ipsum lobortis diam felis pulvinar magna euismod, turpis lorem. Dolore proin eget amet tempus lobortis diam id, turpis erat nunc, et ullamcorper felis dolor, magna mi non nonummy tempus ut eget, pulvinar nisi et euismod turpis. Lorem tincidunt praesent, mauris pharetra donec ante volutpat consectetur erat ante, non elit tempus nunc diam id sit ac, laoreet turpis ac tincidunt praesent at, feugiat congue. Aliquet mauris dolor dolore mi molestie, consectetur, tempus ut et tellus, turpis sed tincidunt proin eget amet aliquam massa non tempus ut et id turpis erat tincidunt. Aliquet mauris, dolor dolore ante volutpat nonummy lorem ut praesent, id sit ac, elit, ipsum magna mi tellus consectetur sed, dolore, proin volutpat pulvinar aliquam lobortis euismod. Adipiscing tempus ut praesent id sit ac laoreet, tellus consectetur, sed nisi et sed nisi nibh volutpat turpis lorem tincidunt diam felis feugiat congue praesent molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et elit feugiat magna mi molestie consectetur ac laoreet aliquet mauris pulvinar tempus lobortis diam felis feugiat magna laoreet tellus at laoreet molestie sit ac laoreet, aliquet. Elit dolor nisi ante volutpat amet aliquam, lobortis ullamcorper adipiscing lorem ut diam felis ipsum ut praesent felis sit et id turpis nisi diam elit, ipsum ut diam. Id sit ac laoreet euismod adipiscing, lorem laoreet aliquet adipiscing lorem laoreet ullamcorper turpis ac lobortis aliquet felis congue praesent felis dolor donec massa, non, elit ipsum ut. Diam euismod turpis aliquam tincidunt praesent molestie amet ipsum congue mi tellus, consectetur laoreet euismod turpis ac laoreet aliquet at sed dolore proin eget amet tempus ut praesent. Id feugiat magna mi molestie turpis ac mi id sit nisi et ipsum ut sem elit ipsum ut et id sit aliquam laoreet, aliquet at feugiat congue praesent. Volutpat amet erat massa non nonummy, ipsum ut, et euismod, consectetur laoreet aliquet at sed tincidunt praesent mauris dolor donec ante molestie nonummy ipsum ut non nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tellus consectetur erat massa sem elit sed nunc, sem, elit pulvinar nisi proin, volutpat pulvinar proin eget. Amet aliquam, nibh euismod adipiscing, lorem ut diam, felis, sit magna mi molestie sit magna, et felis ipsum. Ut diam, molestie consectetur, tincidunt sem mauris, pulvinar donec, ante volutpat nonummy, lorem ut praesent, molestie, pharetra ac. Laoreet tellus consectetur erat massa, sem at sed nunc, sem eget dolor dolore consectetur lorem tincidunt praesent eget. Amet aliquam massa non nonummy ipsum ut et id, turpis magna laoreet tellus consectetur ac tincidunt sem at. Tincidunt praesent mauris dolor dolore proin eget amet aliquam massa ullamcorper felis feugiat nisi diam felis sit ac. Laoreet sem mauris pulvinar tempus, lobortis ullamcorper adipiscing, lorem ullamcorper felis, feugiat congue et felis, turpis ac laoreet. Aliquet at sed dolore proin eget pulvinar donec nibh euismod, amet lorem ut diam id sit magna felis. Feugiat congue diam felis ipsum nisi, et euismod turpis erat, tincidunt sem euismod nonummy tempus lobortis ullamcorper felis. Ipsum, diam felis sit ac massa aliquet at, sed, nunc sem elit, amet aliquam tincidunt praesent mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat, amet tempus lobortis ullamcorper nonummy tempus lobortis, diam id turpis erat tincidunt. Sem eget pulvinar dolore ante eget dolor aliquet adipiscing lorem tincidunt, aliquet at dolor. Congue proin molestie amet, erat, massa sem elit ipsum ut, et tellus consectetur lorem. Nunc aliquet at lorem id sit aliquam nibh euismod at feugiat tincidunt praesent, felis. Feugiat congue praesent molestie pharetra donec ante molestie sit magna praesent mauris sit magna. Mi molestie massa ullamcorper nonummy tempus congue diam felis sit nisi mi euismod turpis. Ac laoreet id sit magna et eget, pulvinar, aliquam nibh id turpis proin elit. Ipsum nisi proin, eget pulvinar nisi proin eget dolor dolore sem mauris pulvinar donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum ut et euismod mauris, dolor donec mi volutpat consectetur tempus ut et id sit ac, tincidunt praesent eget pulvinar aliquam, lobortis ullamcorper aliquam lobortis. Diam felis sit congue et id sit magna laoreet sem mauris dolor donec ante, volutpat amet, lorem congue diam id sit congue, et, ipsum congue mi. Molestie, at sed nunc sem mauris pulvinar nisi nibh euismod, amet aliquam ante non nonummy tempus ut diam molestie pharetra ac massa, aliquet elit dolore et. Volutpat turpis tempus nibh ullamcorper felis feugiat congue praesent mauris pharetra donec laoreet, tellus consectetur, sed nisi nibh volutpat, amet, nisi elit, dolor nisi ante ullamcorper. Mauris, sit magna ante, non eget, sit ac laoreet ullamcorper adipiscing, ac tincidunt praesent mauris, pharetra erat lobortis, sem elit tempus ut nonummy ipsum ut diam. Eget turpis sed dolore proin volutpat dolor dolore, proin mauris pharetra dolore mi volutpat, consectetur erat ante sem elit ipsum, ut et euismod ac tincidunt tellus. Adipiscing sed, congue, praesent volutpat, amet tempus, lobortis diam felis turpis magna et euismod consectetur lorem tincidunt turpis ac nibh euismod turpis aliquam nibh ullamcorper adipiscing. Lorem tincidunt praesent mauris, pharetra donec, massa non nonummy erat massa sem felis pulvinar magna laoreet tellus adipiscing tincidunt praesent mauris dolor, dolore ante volutpat amet. Ipsum ut mi euismod turpis ac nunc sem at sed, nunc aliquet at sed nunc praesent eget dolor dolore mauris pharetra donec ante volutpat elit tempus. Lobortis et id sit ac laoreet euismod sit ac laoreet aliquet adipiscing sed congue praesent at feugiat dolore, proin molestie congue praesent molestie pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam mauris sit magna nonummy tempus congue praesent felis feugiat ut diam felis, sit. Magna tincidunt sem elit dolor nisi nibh euismod felis feugiat congue mi molestie feugiat. Diam felis feugiat congue, et molestie, turpis erat massa sem at erat tincidunt aliquet. At dolor dolore proin eget, pulvinar donec praesent at lorem tincidunt, turpis ac nibh. Ullamcorper at feugiat congue praesent mauris feugiat congue praesent mauris, pharetra donec ante molestie. Consectetur erat massa, non at sed ut et eget dolore et volutpat amet aliquam. Lobortis, ullamcorper felis feugiat tincidunt mi diam tellus volutpat adipiscing nonummy, adipiscing pharetra feugiat. Erat lorem dolore ut massa mi sem euismod turpis lorem laoreet tellus turpis ac. Tincidunt aliquet, at sed dolore proin volutpat, amet donec, ante volutpat amet erat ante. Volutpat nonummy tempus, sem felis pulvinar, nisi et elit pulvinar aliquam nibh id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy erat, massa, pharetra tempus ut diam felis pulvinar nisi nibh id turpis ac tincidunt praesent congue, nunc proin diam adipiscing, feugiat congue diam id at ipsum dolore dolor. Aliquam eget pulvinar nisi ante volutpat adipiscing lorem lobortis praesent id feugiat magna, mi tellus, pharetra erat massa aliquet at dolor dolore ante euismod aliquam, ante, euismod nonummy tempus lobortis. Non adipiscing lorem ut diam id sit magna laoreet tellus consectetur erat laoreet aliquet at dolor dolore ante pulvinar donec ante non nonummy tempus, ut praesent id feugiat magna mi. Tellus consectetur sed, massa, sem eget pulvinar nisi nibh, volutpat nonummy lorem tincidunt diam id turpis, ac, congue aliquet mauris dolor congue praesent volutpat pharetra erat lobortis sem felis pulvinar. Nisi mi tellus consectetur lorem tincidunt praesent mauris dolor donec ante nonummy tempus, ut diam felis ipsum nisi et molestie consectetur, erat nisi ante volutpat amet aliquam nibh non nonummy. Aliquam ante volutpat amet donec mi molestie sit ac laoreet aliquet elit sed nunc sem at sed nunc sem eget amet dolore proin eget amet donec massa ullamcorper felis, feugiat. Magna laoreet sit ac tincidunt aliquet mauris dolor nisi, nibh euismod amet aliquam, lobortis diam nonummy feugiat congue ullamcorper, felis feugiat ac, mi tellus at, pulvinar nisi lobortis euismod tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi molestie sit magna, massa sem eget. Amet congue mi mauris pharetra, donec mi molestie pharetra donec. Mi molestie pharetra sed ut et euismod turpis lorem nibh. Id turpis lorem, tincidunt praesent feugiat magna praesent molestie consectetur. Erat massa diam id turpis ac laoreet, euismod adipiscing ac. Tincidunt aliquet mauris dolor donec ante volutpat amet donec mi. Feugiat tincidunt ullamcorper adipiscing, feugiat ut diam felis feugiat congue. Praesent felis pharetra magna laoreet molestie consectetur ac mi molestie. Turpis erat tincidunt at lorem tincidunt sem mauris, dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin id adipiscing, lorem dolore ante ullamcorper felis sit magna tellus turpis. Ac tincidunt sem volutpat nonummy lorem congue diam molestie pharetra erat massa. Tellus at erat nunc sem elit, dolor nisi nibh aliquet felis tincidunt. Praesent molestie pharetra erat nunc diam euismod turpis lorem congue proin molestie. Pharetra donec mi volutpat amet erat, massa non, nonummy tempus nunc diam. Pulvinar nisi laoreet euismod adipiscing lorem congue praesent, molestie pharetra dolore proin. Molestie amet erat massa non elit pulvinar, nisi et elit tempus sem. Eget pulvinar ut et euismod sit aliquam et id pulvinar ac nibh. Ullamcorper adipiscing feugiat congue mi mauris dolor magna mi mauris sit, magna. Laoreet consectetur, erat, massa sem elit ipsum dolore aliquet at, sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus at sed nunc consectetur sed laoreet tellus adipiscing sed tincidunt, aliquet, at feugiat congue. Proin mauris pharetra donec ante, volutpat pharetra erat massa, sem felis ipsum ut, euismod adipiscing sed. Dolore massa volutpat nonummy tempus lobortis diam felis feugiat ut diam felis feugiat nisi et euismod. Sit ac laoreet tellus sit nisi praesent, eget amet aliquam massa ullamcorper id sit magna mi. Molestie at dolor dolore sem consectetur lorem laoreet aliquet at sed nunc aliquet at dolor dolore. Mauris feugiat congue aliquet at feugiat, congue praesent mauris, consectetur tempus, ut diam felis pulvinar ut. Diam eget sit nisi proin eget pulvinar aliquam id, amet nisi proin eget pulvinar nisi ante. Volutpat pulvinar nisi sem, mauris dolor dolore praesent mauris, dolor donec, ante volutpat, amet aliquam massa. Non elit feugiat et id sit magna laoreet tellus turpis ac tincidunt praesent at dolor tincidunt. Aliquet adipiscing ac laoreet ullamcorper adipiscing lorem laoreet ullamcorper adipiscing dolor massa non elit ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam eget pulvinar aliquam laoreet ullamcorper adipiscing ac euismod, amet lorem congue praesent molestie consectetur tempus ut sem elit, ipsum nunc et euismod. Turpis lorem tincidunt aliquet at, lorem congue aliquet at lorem aliquet felis, feugiat congue praesent mauris dolor magna mi molestie consectetur erat ante tellus. Nonummy sed nunc, non at erat massa sem elit ipsum dolore at sed tincidunt sem eget pulvinar aliquam lobortis ullamcorper adipiscing lorem, ut diam. Felis sit ac massa non consectetur erat nunc aliquet elit dolore, ante euismod turpis lorem congue diam adipiscing lorem ut diam adipiscing tempus lobortis. Diam id feugiat congue, laoreet tellus turpis, ac laoreet molestie sit, ac mi consectetur ac nibh euismod turpis magna diam eget pulvinar aliquam et. Id, pulvinar dolore, proin eget amet nisi nibh ullamcorper felis feugiat, tincidunt diam adipiscing tempus tincidunt, adipiscing lorem congue diam felis feugiat congue diam. Felis ipsum, lobortis diam elit feugiat nisi et id pulvinar ut diam turpis ac laoreet aliquet mauris dolor dolore proin non amet tempus lobortis. Mi tellus, consectetur sed nunc sem at sed, nunc sem eget sed dolore praesent mauris donec ante volutpat amet aliquam ante volutpat, nonummy tempus. Ut et molestie turpis erat tincidunt aliquet consectetur ac, tincidunt, proin volutpat amet tempus nibh non nonummy tempus nisi et id amet aliquam nibh. Ullamcorper adipiscing dolor, congue praesent mauris pharetra donec ante non consectetur erat laoreet tellus nonummy sed ut et id pulvinar aliquam volutpat amet nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet mauris dolor donec ante sed nunc, aliquet at sed donec ante volutpat amet. Erat massa non nonummy tempus ut diam id consectetur, sed, nunc proin eget amet tempus. Lobortis, adipiscing sit congue et felis, feugiat ut diam felis feugiat nisi et, tellus at. Sed dolore, ante volutpat amet aliquam nibh ullamcorper felis, ipsum, ut nonummy ipsum ut, ullamcorper. Elit ipsum ut, diam felis feugiat ac, tincidunt aliquet at sed dolore proin volutpat pulvinar. Donec, ante eget pharetra, donec ante molestie dolore proin volutpat amet erat massa, sem, nonummy. Tempus massa sem nonummy tempus ut diam id sit lorem congue aliquet mauris dolor dolore. Ante nonummy tempus lobortis, non elit, ipsum ut et id turpis ac laoreet tellus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit aliquam et amet ac tincidunt aliquet felis dolor donec ante non nonummy tempus, massa tellus pharetra erat mi molestie pharetra donec laoreet tellus consectetur ac laoreet. Turpis sed dolore proin eget pulvinar nisi ante, ullamcorper adipiscing lorem tincidunt praesent molestie pharetra magna, laoreet molestie consectetur sed nunc sem elit ipsum nisi eget pulvinar. Nisi ante ullamcorper adipiscing lorem lobortis, euismod, nonummy tempus lobortis ullamcorper, felis feugiat magna praesent tellus consectetur sed nunc sem elit dolore et euismod turpis tempus nibh. Euismod felis sit erat laoreet non consectetur ipsum ut proin eget pulvinar, ac lobortis ullamcorper adipiscing lorem, congue mi molestie consectetur ante non, elit ipsum ut nibh. Euismod adipiscing dolor donec ante molestie pharetra aliquam lobortis non nonummy tempus lobortis non nonummy ipsum nisi diam elit pulvinar magna id sit nisi nibh euismod turpis. Ac tincidunt aliquet adipiscing feugiat congue praesent molestie pharetra donec massa sem elit pulvinar et euismod at lorem dolore proin eget pharetra aliquam ante non nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec volutpat consectetur ipsum ut et eget sit magna, nibh euismod turpis ac laoreet ullamcorper adipiscing lorem congue praesent mauris dolor, donec ante molestie pharetra praesent mauris dolor magna. Mi tellus nonummy sed ut sem at sed massa tellus consectetur erat massa aliquet elit, dolor dolore proin eget amet aliquam euismod nonummy tempus ut praesent mauris lorem ut. Diam felis feugiat congue et felis sit nisi et id feugiat nisi diam felis ipsum nisi et, id sit diam elit ipsum nunc proin eget pulvinar aliquam nibh euismod. Adipiscing lorem tincidunt ullamcorper mauris dolor congue, praesent mauris dolor congue mi mauris congue praesent felis sit congue mi tellus at ipsum dolore et eget pulvinar, dolore ante volutpat. Pulvinar nisi, proin eget amet dolore proin eget pharetra donec ante pharetra dolore proin volutpat amet erat massa non elit tempus, ut diam, elit pulvinar nisi et id sit. Ac, tincidunt aliquet, mauris sed congue praesent at lorem id, amet nisi et volutpat amet aliquam, ante volutpat amet aliquam nibh euismod nonummy aliquam nibh non nonummy ipsum lobortis. Pharetra donec ante volutpat nonummy tempus, massa sem nonummy ipsum ut diam id turpis ac laoreet euismod turpis, lorem tincidunt aliquet at, sed congue praesent mauris dolor mi volutpat. Pharetra tempus massa volutpat pharetra erat, nunc sem elit pulvinar ut sem nonummy ipsum nunc sem elit ipsum dolore proin eget ipsum dolore sem eget nisi proin eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nunc praesent eget pharetra donec eget. Amet aliquam massa, ullamcorper felis sit magna. Mi tellus at, dolor dolore ante, volutpat. Adipiscing lorem, lobortis, ullamcorper felis lorem congue. Mi, non elit nunc, et euismod amet. Ac lobortis euismod, felis dolor magna massa. Tellus nonummy sed massa, non nonummy pulvinar. Aliquam, laoreet ullamcorper adipiscing feugiat tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc sem mauris dolor dolore proin mauris sed nunc praesent at sed tincidunt aliquet at lorem aliquet, mauris, dolor. Dolore, ante volutpat consectetur donec, ante volutpat consectetur erat nunc sem eget pulvinar aliquam nibh tellus at sed aliquam ac. Nunc praesent sem, tellus eget adipiscing dolor ipsum magna nunc ante, ullamcorper mauris nonummy ipsum aliquam tincidunt proin ullamcorper tellus. Eget at dolor, donec nisi dolore tincidunt nunc aliquet, diam non tellus non tellus eget at nonummy pharetra amet amet. Turpis, adipiscing nonummy mauris, mauris euismod volutpat molestie euismod non tellus turpis adipiscing elit at felis elit adipiscing, pharetra ipsum. Dolor dolor turpis dolor aliquam lobortis ullamcorper, adipiscing lorem magna mi molestie pharetra ac massa tellus consectetur erat id sit. Magna mi tellus consectetur lorem tincidunt tellus at lorem nunc aliquet adipiscing sed congue praesent molestie amet aliquam ante volutpat. Nonummy erat lobortis non nonummy lobortis sem nonummy, tempus massa, sem eget sit aliquam nibh eget pulvinar nisi et, id. Amet ac tincidunt aliquet, dolor dolore aliquet adipiscing feugiat tincidunt ullamcorper nonummy tempus, ut diam mauris pharetra, magna mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin non nonummy tempus lobortis diam felis sit magna et id, sit. Ac laoreet tellus mauris dolor dolore proin, molestie amet aliquam molestie amet. Erat mi molestie pharetra erat mi molestie pharetra ipsum ut diam eget. Sit lorem tincidunt, praesent mauris pharetra dolore proin volutpat id elit, dolor. Ipsum sed, aliquam, magna nisi nibh aliquet eget nonummy, sit sed aliquam. Congue massa mi sem volutpat, at, nonummy turpis, sed nisi lobortis praesent. Tellus pulvinar sed aliquam congue laoreet laoreet proin, massa et praesent non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis adipiscing elit pulvinar, sit sit, amet consectetur turpis nonummy at adipiscing amet turpis amet pharetra, sit pulvinar dolor turpis amet sit pulvinar, dolor lorem sed sed ipsum massa. Lobortis lobortis nunc, nibh ante sem nonummy tempus nunc sem eget sit ac laoreet euismod turpis aliquam et id turpis ac tincidunt aliquet at tincidunt, praesent molestie pharetra magna. Ante non nonummy erat nunc, non eget pulvinar, nisi proin eget pulvinar, nisi et id pulvinar, nisi et volutpat amet nisi et dolor nisi nibh volutpat amet donec nibh. Non nonummy lorem lobortis ullamcorper felis feugiat ac laoreet molestie turpis erat nunc sem elit dolor proin eget pulvinar tempus lobortis diam molestie pharetra erat ut, proin eget ipsum. Dolore proin eget amet nisi nibh euismod amet tempus nibh euismod adipiscing lorem congue amet tempus nibh non nonummy tempus ut diam id pharetra, ac mi id, sit magna. Laoreet euismod consectetur sed tincidunt sem, mauris dolor dolore proin eget amet proin mauris amet donec, massa ullamcorper id sit ac laoreet, tellus consectetur dolor nunc sem mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ante, volutpat adipiscing ipsum magna laoreet molestie consectetur sed massa aliquet. Elit dolor nisi eget, amet tempus lobortis ullamcorper adipiscing lorem ut ullamcorper. Felis feugiat magna laoreet, molestie consectetur sed nunc sem eget dolor dolore. Nibh volutpat turpis proin mauris sed tincidunt aliquet at sed nunc aliquet. Adipiscing sed, congue proin molestie dolor dolore mi, non nonummy erat massa. Non elit ipsum nisi et id nunc sem eget ipsum ut proin. Id amet dolore et elit ipsum dolore et volutpat turpis tempus tincidunt. Diam mauris dolor magna mi lorem lobortis, diam felis sit magna, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit ipsum ut mi tellus, consectetur erat laoreet eget amet aliquam nibh non, adipiscing feugiat magna at. Dolor, donec ante, volutpat amet erat ante, volutpat consectetur, tempus nunc sem elit sit magna et pulvinar aliquam. Nibh euismod amet ac tincidunt aliquet at, feugiat tincidunt aliquet felis lorem congue diam, mauris dolor, magna ante. Tellus elit sed ut proin ipsum ut proin eget turpis aliquam lobortis ullamcorper mauris dolor donec ante volutpat. Pharetra magna massa sem elit ipsum nunc, sem eget pulvinar laoreet ullamcorper adipiscing feugiat congue aliquet felis feugiat. Dolore ante volutpat consectetur erat ante tellus consectetur ipsum ut diam id, sit ac laoreet euismod turpis ac. Lobortis turpis ac et euismod turpis tempus nibh euismod nonummy aliquam nibh ullamcorper nonummy tempus lobortis diam felis. Feugiat magna mi molestie consectetur sed nunc, sem, consectetur, sed tellus turpis ac laoreet tellus turpis ac tincidunt. Aliquet at dolor congue praesent mauris dolor dolore proin molestie pharetra erat mauris dolor congue aliquet mauris pharetra. Donec, massa sem eget ipsum magna et id pulvinar aliquam laoreet aliquet at pharetra donec ante non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper mauris pharetra erat nunc sem eget sit aliquam laoreet ullamcorper at sed aliquet mauris pharetra congue praesent mauris dolor, magna ante volutpat consectetur tempus, massa, non nonummy sed. Nunc proin id turpis aliquam laoreet euismod adipiscing nibh euismod turpis lorem tincidunt aliquet adipiscing feugiat congue praesent molestie pharetra erat, ut diam id sit aliquam nibh, euismod turpis ac. Congue praesent at dolor congue adipiscing feugiat tincidunt diam mauris feugiat congue praesent molestie pharetra, donec massa tellus pharetra erat laoreet tellus pharetra ac massa sem elit dolor nisi at. Sed nunc aliquet mauris sed nunc aliquet adipiscing sed tincidunt aliquet, at sed congue praesent molestie pharetra donec massa, volutpat elit, ipsum nisi et felis nisi laoreet tellus adipiscing sed. Nunc ante volutpat amet donec, ante non amet donec, ante molestie dolor dolore mi molestie, pharetra donec ante tellus consectetur erat massa consectetur erat nunc proin id, pulvinar nisi et. Id pulvinar ac, lobortis euismod, turpis lorem tincidunt praesent felis feugiat congue felis lorem ut ullamcorper felis feugiat congue laoreet molestie consectetur, sed dolore sem elit dolor nisi et eget. Lobortis, praesent molestie pharetra donec ante tellus pharetra donec non consectetur erat ut proin eget pulvinar, nisi nibh euismod amet aliquam, nibh euismod, turpis tempus lobortis, euismod turpis aliquam ante. Volutpat amet donec nibh non, adipiscing magna laoreet, tellus at ipsum nunc proin eget pulvinar nisi et volutpat amet nisi nibh volutpat amet aliquam nibh diam felis feugiat ut, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at, ipsum, aliquam nibh euismod, turpis tempus lobortis diam mauris feugiat mi molestie pharetra erat, nunc proin elit pulvinar nisi proin elit pulvinar. Aliquam nibh euismod turpis tempus lobortis ullamcorper adipiscing feugiat congue mi molestie, pharetra massa non at sed, nunc sem eget ipsum nisi nibh volutpat. Turpis tempus tincidunt aliquet, adipiscing feugiat congue, mi molestie sit magna laoreet non nonummy sed sem elit pulvinar nisi et eget, pulvinar dolore, et. Volutpat, turpis, tempus tincidunt diam felis lorem congue diam felis feugiat magna praesent id congue diam felis feugiat magna laoreet molestie consectetur erat tincidunt. Sem eget amet tempus nibh volutpat, nonummy tempus ut diam felis feugiat congue praesent id pharetra magna molestie consectetur sed nunc proin volutpat pulvinar. Aliquam lobortis, diam molestie consectetur erat massa diam id turpis ac tincidunt aliquet adipiscing dolor donec, ante non, felis feugiat et id turpis ac. Tincidunt aliquet eget pulvinar donec nibh ullamcorper, id sit magna laoreet molestie pharetra erat massa ullamcorper felis pharetra donec, massa volutpat pharetra erat, massa. Sem eget sit lorem laoreet ullamcorper at sed congue proin mauris dolor dolore, mi molestie consectetur erat ut aliquet mauris, dolor aliquam, lobortis diam. Felis pharetra donec massa sem elit, ipsum nisi proin volutpat amet aliquam nibh euismod adipiscing, feugiat magna mi molestie pharetra magna sem elit pulvinar. Nisi et euismod turpis ac congue aliquet molestie pharetra, dolore ante non elit, ipsum nisi et id turpis magna nibh euismod turpis lorem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat nonummy tempus lobortis diam felis ipsum ut sem turpis magna laoreet. Tellus at sed dolore proin, mauris pharetra donec ante molestie pharetra donec ante. Non, nonummy erat lobortis, non, felis pulvinar magna et ipsum ut diam elit. Ipsum ut proin elit, ipsum nisi et id amet aliquam lobortis ullamcorper adipiscing. Tempus lobortis ullamcorper, adipiscing lorem, tincidunt diam adipiscing magna laoreet, tellus at sed. Ut et id amet nisi proin volutpat amet aliquam nibh volutpat dolor nunc. Aliquet at sed nunc aliquet lorem, nunc praesent eget pharetra donec, proin volutpat. Amet tempus lobortis, non nonummy erat massa, non nonummy erat massa non nonummy. Ipsum nisi, et euismod turpis nibh euismod adipiscing ac lobortis ullamcorper adipiscing lorem. Tincidunt praesent felis feugiat magna praesent felis lorem, tincidunt diam felis feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent at lorem congue praesent mauris pharetra donec massa sem nonummy ipsum ut nonummy sed ut sem eget, sit lorem, congue praesent at, ac congue mi. Molestie dolor dolore mi molestie dolor, donec massa non consectetur sed, nunc sem ipsum nunc non at ipsum dolore proin id ipsum dolore proin volutpat pulvinar nisi. Ante ullamcorper adipiscing lorem tincidunt praesent molestie consectetur erat massa non sed nunc sem id pulvinar aliquam nibh volutpat amet, tempus tincidunt praesent felis feugiat congue mi. Molestie consectetur erat massa tellus consectetur ipsum sem elit ipsum dolore sem elit sed massa aliquet at erat laoreet tellus consectetur lorem, nunc praesent eget pulvinar aliquam. Nibh non nonummy ipsum ut diam id lobortis ullamcorper, elit feugiat magna laoreet tellus mauris dolor dolore proin volutpat pulvinar dolore ante volutpat nonummy tempus, lobortis non. Adipiscing ipsum congue diam felis feugiat nisi felis ipsum, ut sem felis, pulvinar magna nibh euismod turpis aliquam nibh id pulvinar aliquam nibh euismod, adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet, tempus tincidunt ullamcorper, felis feugiat congue mi mauris pharetra erat massa sit erat, nunc sem eget pulvinar ac tincidunt mi molestie pharetra donec massa sem. Felis sit ac laoreet praesent mauris pharetra donec ante non nonummy, tempus, ullamcorper id consectetur sed nunc aliquet mauris pulvinar nisi nibh ullamcorper adipiscing lorem congue mi. Molestie consectetur erat massa, tellus consectetur erat massa sem dolor nisi nibh euismod turpis lorem tincidunt mi mauris feugiat ut diam, molestie nonummy sed ut proin eget. Pulvinar nisi et euismod turpis lorem mi tellus at sed, dolore nibh, ullamcorper nonummy aliquam lobortis ullamcorper, felis ipsum lobortis ullamcorper adipiscing ipsum congue, et id sit. Magna laoreet euismod turpis ac tincidunt volutpat nonummy aliquam nibh non adipiscing feugiat congue diam molestie pharetra sed dolore sem elit dolor dolore proin eget dolor nisi. Ante volutpat amet tempus ut non nonummy ipsum nisi et id amet ac tincidunt ullamcorper adipiscing ac tincidunt praesent molestie consectetur, erat massa non eget nunc sem. Eget pulvinar aliquam nibh ullamcorper at feugiat dolore ante volutpat amet tempus lobortis sem felis pulvinar nisi et tellus consectetur ac, laoreet tellus adipiscing sed aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi proin eget dolor dolore proin elit dolor dolore at sed, nunc proin volutpat pulvinar aliquam ante, eget amet donec lobortis. Diam felis sit ac laoreet sem sem felis ipsum ut diam eget turpis laoreet, aliquet at sed, dolore proin molestie pharetra aliquam. Lobortis, diam, id sit erat, nunc sem eget pulvinar aliquam, nibh ullamcorper felis feugiat magna mi sit magna mi tellus at ipsum. Dolore et ullamcorper adipiscing lorem, dolore mi volutpat nonummy tempus nunc, sem eget, pulvinar ac tincidunt tellus ac laoreet aliquet at feugiat. Donec lobortis, diam id, turpis ac laoreet tellus, at lorem nunc, praesent, mauris, dolor dolore proin eget pharetra, dolore proin mauris pharetra. Praesent mauris feugiat dolore, mi volutpat elit ipsum nisi, mi tellus consectetur lorem dolore ante eget amet aliquam lobortis ullamcorper, nonummy ipsum. Congue mi id feugiat mi, euismod turpis erat laoreet, tellus turpis ac tincidunt praesent at sed nunc, praesent, eget amet tempus ut. Et id turpis ac laoreet aliquet at erat aliquet, mauris sed nunc praesent eget pulvinar donec ante eget pharetra donec proin volutpat. Amet ipsum congue et tellus consectetur erat nunc sem eget dolor dolore ante pulvinar aliquam nibh, ullamcorper adipiscing feugiat congue praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat lobortis, et donec mi molestie pharetra donec praesent molestie pharetra donec, laoreet tellus, pharetra donec laoreet non. At, ipsum nisi proin, elit amet nisi nibh ullamcorper lorem tincidunt praesent, mauris sit donec ante mauris sit donec. Laoreet non eget pulvinar nisi, nibh aliquet, at, dolor, donec ante volutpat pharetra erat nunc, pharetra congue diam felis. Feugiat magna mi tellus consectetur erat, massa sem elit sed dolore nibh euismod turpis tempus nibh ullamcorper, turpis tempus. Tincidunt non nonummy erat, nunc, sem id pulvinar nisi et eget amet aliquam, lobortis aliquet adipiscing lorem tincidunt ullamcorper. Adipiscing lorem lobortis diam felis feugiat magna, mi feugiat ut diam felis ipsum congue laoreet tellus pharetra ac massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, elit pulvinar, magna mi ipsum nisi nibh euismod adipiscing sed congue proin volutpat pharetra aliquam. Massa ullamcorper elit, ipsum ut sem felis feugiat magna mi id turpis ac nibh pulvinar nisi. Laoreet praesent mauris pharetra aliquam massa ullamcorper elit ipsum ut ullamcorper elit ipsum ut mi tellus. Consectetur dolor nunc praesent eget dolor tellus turpis aliquam nibh id amet aliquam et id turpis. Aliquam lobortis aliquet felis, lorem tincidunt diam felis lorem congue mi molestie pharetra erat nunc elit. Ipsum nisi proin eget pulvinar, nunc et ullamcorper turpis lorem tincidunt aliquet adipiscing feugiat donec ante. Tellus consectetur donec massa non nonummy sed ut at, ipsum dolore proin eget dolor dolore proin. Eget pulvinar nisi ante volutpat pulvinar, aliquam lobortis ullamcorper felis feugiat ut diam id sit, magna. Laoreet, aliquet elit ac tincidunt aliquet felis dolor congue diam mauris pharetra donec massa non consectetur. Sed nunc non at erat laoreet tellus consectetur erat massa aliquet consectetur aliquam nibh, euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod adipiscing, lorem congue aliquet at sed dolore, mauris dolor erat massa volutpat, nonummy ipsum nisi et id consectetur lorem tincidunt praesent mauris dolor dolore proin volutpat amet. Aliquam lobortis ullamcorper elit ipsum mi molestie sit magna laoreet tellus consectetur sed nunc sem mauris, pulvinar, donec ante volutpat dolor donec proin molestie, amet aliquam lobortis ullamcorper felis feugiat. Sem elit ipsum, nisi, diam id sit magna et eget pulvinar nisi proin elit sed nunc sem, elit ipsum dolore, sem eget dolor aliquet at ac, mi euismod turpis magna. Nibh, aliquet, adipiscing lorem laoreet euismod, turpis nisi proin elit turpis nonummy feugiat erat aliquam, dolore lobortis tincidunt ante diam sit erat ut et tellus eget amet tempus magna nisi. Tincidunt ut nisi dolore magna aliquam donec magna, aliquam tempus sed lorem, ipsum dolor feugiat sit pharetra congue dolore dolore nisi nisi dolore nisi nisi congue ut nunc, congue ut. Nunc magna aliquam aliquam ac, lorem ipsum ipsum, feugiat ipsum nunc nibh mi nibh proin praesent nibh proin ullamcorper adipiscing ipsum, congue mi tellus, consectetur erat laoreet aliquet, consectetur dolor. Dolore nibh ullamcorper adipiscing lorem at sed euismod turpis ac laoreet ullamcorper at sed congue praesent mauris pharetra tempus lobortis non elit, tempus ut diam felis pulvinar magna nibh id. Sit aliquam nibh id nisi et id amet aliquam lobortis ullamcorper at dolor dolore massa, non, nonummy erat ante tellus pharetra magna mi mauris feugiat congue praesent felis sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolore mi volutpat consectetur erat ante volutpat, consectetur tempus, nunc consectetur sed, massa tellus at ipsum ut et id amet, nisi et euismod adipiscing tempus tincidunt. Aliquet adipiscing feugiat tincidunt diam mauris sit magna mi, pharetra, donec nunc sem elit erat massa aliquet elit sed, nunc proin elit pulvinar nisi proin, eget nonummy. Aliquam lobortis, ullamcorper adipiscing feugiat congue mi pharetra sed nunc proin id adipiscing feugiat congue mi volutpat nonummy tempus, ut sem felis pulvinar nisi et eget sit. Ac laoreet ullamcorper at tincidunt aliquet adipiscing feugiat tincidunt, praesent molestie pharetra donec mi molestie pharetra donec massa tellus pharetra erat laoreet, tellus nonummy erat massa tellus. At ipsum dolore at sed massa, proin eget pulvinar dolore sem volutpat pulvinar aliquam nibh eget pulvinar donec ante eget pharetra aliquam ante non nonummy aliquam ante. Volutpat amet erat volutpat pharetra donec ante volutpat consectetur erat mi tellus nonummy sed massa non consectetur ipsum nisi, et euismod adipiscing lorem volutpat, amet aliquam nibh. Euismod adipiscing feugiat tincidunt praesent mauris pharetra erat, nunc, diam id sit nisi et id, turpis lorem congue praesent mauris dolor dolore mi lorem tincidunt, diam adipiscing. Feugiat, magna ante sem elit ipsum nunc sem, eget ipsum nunc sem, eget, pulvinar, aliquam lobortis euismod adipiscing lorem tincidunt praesent felis dolor euismod, adipiscing feugiat ut. Diam id pharetra ac, laoreet non at ipsum dolore et volutpat amet nisi, lobortis aliquet mauris pharetra donec ante sem nonummy sed, massa feugiat magna laoreet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget pulvinar aliquam lobortis dolor nisi ante eget amet aliquam nibh volutpat pulvinar. Donec nibh volutpat amet aliquam lobortis ullamcorper elit ipsum ut diam felis feugiat nisi. Et, euismod, magna mi euismod turpis ac tincidunt aliquet, adipiscing lorem tincidunt ullamcorper at. Sed dolore ante, volutpat nonummy ipsum ut diam felis feugiat nisi mi id, magna. Nibh tellus, adipiscing lorem nunc aliquet at lorem congue proin molestie dolor donec mi. Volutpat amet erat lobortis sem nonummy ipsum nisi sem sed nisi nibh euismod sit. Lorem congue praesent molestie amet donec massa non amet erat lobortis sem elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie pharetra erat massa non at, sed massa tellus consectetur erat, laoreet aliquet consectetur erat nunc sem elit pulvinar dolore, ante, pulvinar donec ante eget. Amet tempus nibh volutpat amet aliquam, lobortis ullamcorper elit, ipsum nisi diam tellus at sed dolore proin eget pulvinar, aliquam nibh dolor dolore ante volutpat, amet. Aliquam ut diam elit feugiat congue et felis feugiat nisi mi euismod consectetur sed nunc sem at sed nunc aliquet at dolor aliquet at, dolor congue. Praesent at dolor dolore praesent felis dolor congue aliquet felis dolor donec mi tellus consectetur sed ut non nonummy laoreet tellus pharetra erat massa aliquet consectetur. Sed nunc sem eget amet tempus tincidunt diam felis feugiat congue diam felis sit magna laoreet tellus consectetur ac laoreet consectetur ac, laoreet aliquet consectetur erat. Tincidunt aliquet at dolor dolore proin mauris dolor nunc aliquet adipiscing ac tincidunt aliquet mauris, dolor, dolore ante volutpat pharetra donec molestie dolor magna mi molestie. Nonummy ipsum ut et eget pulvinar, aliquam tincidunt aliquet adipiscing ac laoreet aliquet at lobortis aliquet felis feugiat lobortis aliquet, mauris, pharetra erat massa non consectetur. Erat nunc sem elit ipsum ut sem eget pulvinar ac lobortis ullamcorper adipiscing lorem tincidunt molestie, pharetra magna mi tellus pharetra magna mi tellus consectetur erat. Nunc sem at sed nunc proin id amet nisi et euismod turpis tempus nibh euismod turpis congue, diam felis sit magna laoreet sem consectetur erat laoreet. Non elit, sed nunc sem elit sed nunc sem eget dolor nisi proin mauris, dolor dolore praesent, nonummy tempus nibh non nonummy tempus lobortis non elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor praesent felis dolor donec ante non nonummy tempus nunc sem nonummy sed nunc proin eget amet aliquam nibh id turpis lorem congue, praesent mauris dolor, ante non nonummy. Erat nunc sem elit pulvinar ac nibh tellus turpis ac tincidunt praesent at dolor dolore ante volutpat nonummy tempus lobortis sem pulvinar nisi nibh tellus adipiscing lorem nunc aliquet. Adipiscing lorem tincidunt praesent molestie pharetra donec massa, non elit tempus lobortis non, nonummy tempus nunc non consectetur donec tellus nonummy ipsum ut proin eget ipsum nisi et id. Pulvinar nisi, proin volutpat amet tempus lobortis diam felis feugiat, tincidunt diam felis feugiat diam felis feugiat congue diam felis ipsum lobortis ullamcorper elit tempus lobortis diam id turpis. Ac, mi euismod turpis ac tincidunt tellus adipiscing lorem laoreet id aliquam nibh, id turpis aliquam nibh euismod amet, ac lobortis ullamcorper mauris feugiat congue mi tellus nonummy erat. Massa tellus, consectetur erat, laoreet non at ipsum nunc elit pulvinar dolore et volutpat pulvinar dolore sem mauris sed tincidunt tellus consectetur lorem tincidunt tellus turpis lorem, tincidunt praesent. Dolor, dolore proin molestie pharetra donec, mi volutpat consectetur erat ante, molestie pharetra erat massa sem elit sed nunc sem elit ipsum ut proin, elit molestie, consectetur, mi aliquet. At dolor donec nibh volutpat amet aliquam nibh non nonummy aliquam ante non nonummy aliquam ante volutpat amet tempus lobortis non nonummy tempus nunc sem pulvinar magna nibh id. Turpis, ac laoreet euismod turpis, aliquam, laoreet ullamcorper adipiscing ac et eget pulvinar dolore sem, at sed tincidunt tellus at lorem laoreet euismod aliquam nibh euismod, adipiscing ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante ullamcorper donec ante non elit pulvinar, nisi laoreet euismod at sed dolore ante. Ullamcorper id pharetra ac massa sem eget pulvinar, aliquam nibh ullamcorper felis, pharetra diam felis. Feugiat congue praesent, mauris pharetra, magna, praesent tellus at sed nunc sem elit ipsum, dolore. Sem at pulvinar dolore ante volutpat turpis tempus euismod adipiscing lorem, congue praesent molestie pharetra. Donec laoreet tellus consectetur sed, nunc proin volutpat amet aliquam nibh euismod adipiscing tempus lobortis. Diam feugiat congue praesent molestie sit magna mi molestie, consectetur ipsum dolore proin id turpis. Lorem lobortis aliquet felis dolor donec massa non, nonummy tempus ut et id aliquam laoreet. Euismod turpis, ac tincidunt aliquet mauris dolor dolore, mi, molestie consectetur, tempus, ut et, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nunc et id sit ac tincidunt praesent mauris dolor congue aliquet mauris feugiat congue aliquet felis feugiat tincidunt diam mauris, pharetra erat. Mauris pharetra donec laoreet tellus pharetra ac mi, molestie pharetra ac mi tellus consectetur erat nunc proin mauris pulvinar dolore ante volutpat, nonummy. Lorem lobortis dolor dolore proin mauris dolor, tincidunt aliquet mauris feugiat congue praesent molestie, pharetra, donec massa non elit ipsum ut sem eget. Ipsum nisi proin, eget pulvinar ut id ipsum dolore proin eget pulvinar dolore et eget pulvinar dolore, proin, eget, pulvinar dolore proin, eget. Pulvinar, donec ante volutpat pharetra donec, volutpat pharetra donec ante, volutpat nonummy tempus lobortis diam felis, pulvinar nisi diam felis turpis lorem tincidunt. Praesent mauris dolor donec ante volutpat amet tempus lobortis non feugiat magna et id turpis erat tincidunt proin volutpat amet tempus, lobortis ullamcorper. Nonummy lorem ut praesent, id sit, magna mi tellus at pulvinar aliquam nibh euismod aliquam ante volutpat amet aliquam ante eget pulvinar dolore. Ante, volutpat amet donec massa ullamcorper elit feugiat ut et ipsum ut diam id sit, magna, nibh euismod sit magna, laoreet tellus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tincidunt proin volutpat nonummy tempus lobortis sem felis pulvinar ut sem elit tempus massa, tellus consectetur sed nunc sem id pulvinar, nisi sem. Eget nunc sem elit, pulvinar, nisi, nibh euismod turpis tempus, tincidunt praesent mauris feugiat magna ante tellus elit ipsum ut et id amet nisi. Nibh ullamcorper lorem tincidunt ullamcorper felis feugiat congue praesent mauris pharetra, erat ante molestie consectetur erat massa tellus at ipsum massa tellus pharetra ac. Massa, aliquet at sed, laoreet consectetur sed dolore proin eget dolor nunc, praesent mauris dolor dolore proin eget amet ipsum, lobortis ullamcorper nonummy ipsum. Ut et felis sit et id consectetur dolor donec proin volutpat amet tempus lobortis ullamcorper felis ipsum congue diam elit feugiat congue, mi molestie. Consectetur erat mi euismod turpis lorem laoreet, turpis lorem tincidunt proin mauris pharetra dolore massa molestie pharetra dolore ante molestie amet erat massa, non. Felis sit nisi diam id turpis ac laoreet, aliquet mauris congue nibh ullamcorper felis ipsum congue, diam, id feugiat nisi mi tellus consectetur sed. Nunc ante, volutpat amet donec eget amet tempus lobortis ullamcorper adipiscing tempus lobortis diam felis, sit magna, mi id turpis, ac tincidunt tellus, turpis. Ac laoreet euismod, turpis magna tincidunt tellus adipiscing tincidunt ullamcorper at lorem tincidunt aliquet mauris feugiat congue praesent mauris pharetra donec ante volutpat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent id pharetra erat nunc proin eget ipsum nisi proin volutpat pulvinar dolore sem eget pulvinar aliquam nibh ullamcorper sit donec laoreet tellus. Pharetra sed nunc sem id amet ac lobortis ullamcorper adipiscing lorem congue praesent volutpat pharetra erat, massa sem elit ipsum ut, tellus at pharetra. Donec massa, volutpat amet aliquam lobortis, ullamcorper id sit magna, mi tellus consectetur sed dolore ante volutpat nonummy aliquam lobortis diam adipiscing ipsum ut. Adipiscing feugiat magna mi, molestie turpis erat tincidunt tellus at sed dolore proin eget amet aliquam nibh ullamcorper adipiscing lorem congue diam felis massa. Diam id turpis erat massa sem eget pulvinar, nisi lobortis ullamcorper, mauris, sit donec ante, non consectetur, sed ut proin eget, amet aliquam laoreet. Ullamcorper at, tincidunt mi molestie pharetra donec mi felis lorem congue diam mauris feugiat, congue praesent, id sit magna laoreet tellus, consectetur sed nunc. Aliquet at dolor nisi volutpat amet tempus tincidunt diam mauris consectetur erat nunc diam eget pulvinar aliquam laoreet aliquet at dolor dolore mi volutpat. Donec lobortis sem elit tempus ut sem nonummy ipsum nisi et id sit nisi nibh eget, turpis ac laoreet aliquet at dolor congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem tincidunt mi molestie consectetur donec. Laoreet non, consectetur erat massa, non at. Pulvinar, nibh euismod turpis, tempus tincidunt praesent. Molestie pharetra donec massa tellus nonummy sed. Nunc non nonummy donec, laoreet non consectetur. Erat nunc sem dolor dolore, proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac laoreet tellus at, lorem tincidunt praesent at lorem congue, proin molestie pharetra massa volutpat elit feugiat lobortis sem felis pulvinar magna. Mi, tellus at sed nunc proin mauris pharetra aliquam lobortis ullamcorper nonummy donec lobortis ullamcorper ipsum ut diam felis sit ut et felis. Sit ac laoreet tellus adipiscing lorem tincidunt praesent mauris dolor aliquam massa volutpat amet tempus, ut diam elit ipsum mi euismod turpis, ac. Tincidunt praesent eget pulvinar donec nibh non nonummy tempus ut diam, id sit magna et molestie consectetur ac mi turpis lorem nunc aliquet. At, sed dolore nibh volutpat nonummy ipsum ut diam felis feugiat ut diam molestie turpis ac tincidunt, aliquet elit pulvinar nisi ante volutpat. Donec ante volutpat amet aliquam ante eget pharetra, donec proin molestie pharetra donec ante volutpat amet, erat massa non felis ipsum, ut nibh. Id sit ac eget ipsum, ut proin elit pulvinar nisi et id turpis aliquam nibh ullamcorper adipiscing tempus nibh ullamcorper nonummy aliquam nibh. Adipiscing lorem congue diam adipiscing ipsum congue mi id, pharetra erat nunc proin elit, sed tincidunt sem elit pulvinar dolore sem mauris sed. Nunc praesent mauris, dolor ante volutpat nonummy aliquam, lobortis, ullamcorper elit tempus lobortis diam elit tempus lobortis diam felis ipsum ut sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, massa tellus consectetur sed dolore proin id amet aliquam et euismod amet aliquam lobortis, euismod, nonummy, tempus lobortis tellus pharetra erat nunc sem elit. Ipsum ut et euismod, turpis ac lobortis, aliquet mauris pharetra erat massa volutpat pharetra donec, massa tellus consectetur massa non nonummy erat mi molestie, pharetra. Ac mi id, sit, magna laoreet molestie turpis erat tincidunt aliquet consectetur sed dolore aliquet at, pulvinar donec nibh ullamcorper aliquam ante volutpat amet erat. Lobortis, et id sit magna laoreet tellus at sed laoreet euismod turpis, nisi et euismod turpis ac laoreet amet aliquam nibh euismod turpis ac tincidunt. Aliquet mauris feugiat congue aliquet volutpat euismod volutpat mauris eget adipiscing, amet feugiat magna massa nibh ante, laoreet nibh mi, id elit sed nunc sem. Mauris molestie sit donec laoreet tellus consectetur sed nunc sem elit pulvinar nisi sem eget pulvinar aliquam nibh ullamcorper adipiscing, feugiat tincidunt, felis lorem congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor dolore proin non nonummy aliquam massa ullamcorper elit, feugiat sem felis ipsum ut diam id. Turpis lorem tincidunt proin eget pharetra dolore nibh volutpat nonummy aliquam lobortis diam id sit ac laoreet. Tellus, consectetur mi tellus consectetur lorem nunc praesent mauris dolor dolore ante ullamcorper adipiscing ipsum congue et. Molestie turpis erat nunc sem eget amet aliquam lobortis diam consectetur tempus ut et id pulvinar aliquam. Nibh aliquet mauris pharetra donec, ante volutpat elit ipsum nisi mi euismod turpis ac laoreet tellus nisi. Nibh, tellus, adipiscing dolor, congue praesent volutpat amet tempus massa non elit feugiat magna mi tellus turpis. Magna, laoreet sem, mauris dolor dolore, praesent eget pulvinar praesent eget, amet aliquam ante ullamcorper elit, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa non nonummy pulvinar nisi et pulvinar magna nibh id turpis aliquam, et euismod turpis ac nibh ullamcorper adipiscing feugiat congue, ullamcorper felis feugiat congue praesent felis dolor tincidunt. Praesent, mauris donec, massa non, consectetur erat massa non elit ipsum massa tellus at, sed nunc proin eget pulvinar nisi ante eget amet aliquam, nibh non adipiscing nibh non amet. Tempus ut diam felis feugiat ut et tellus at erat tincidunt sem at pulvinar dolore proin, eget dolor nunc praesent eget amet proin volutpat amet, tempus lobortis ullamcorper felis ipsum. Ut diam id sit magna, mi euismod turpis ac nibh euismod turpis ac tincidunt aliquet mauris sed euismod, adipiscing feugiat congue, mi volutpat consectetur dolore mi volutpat consectetur donec ante. Non nonummy sed ut et id pulvinar nisi et eget amet aliquam et euismod dolore nibh ullamcorper turpis lorem tincidunt diam felis feugiat tincidunt, diam adipiscing lorem, lobortis non nonummy. Tempus ut et id sit ac mi molestie consectetur tempus donec aliquam donec, ut et ullamcorper at amet sit sed aliquam dolore lobortis laoreet sem volutpat amet lorem congue ante. Sem mauris amet, lorem erat nisi dolore lobortis massa nibh massa mi proin eget pulvinar nisi nibh euismod nonummy feugiat magna praesent molestie pharetra, donec laoreet tellus at nunc aliquet. Elit amet aliquam, lobortis ullamcorper turpis aliquam nibh euismod nonummy tempus lobortis diam felis lorem ut praesent id feugiat congue diam felis feugiat congue nonummy ipsum lobortis sem, nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus lobortis praesent, felis congue mi tellus, consectetur sed. Dolore et volutpat amet nisi et volutpat amet aliquam, nibh. Ullamcorper adipiscing lorem ut diam adipiscing lorem ut praesent molestie. Sed massa aliquet consectetur, erat massa sem at, dolor nunc. Aliquet mauris sed nunc sem mauris dolor donec, proin volutpat. Pharetra aliquam lobortis ullamcorper tempus lobortis ullamcorper felis ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet felis lorem congue diam felis sit magna praesent id feugiat massa. Sem elit ipsum nisi et volutpat turpis ac et euismod turpis tempus. Congue praesent, mauris sit magna praesent felis, sit magna laoreet tellus at. Ipsum et euismod, turpis, ac lobortis ullamcorper mauris feugiat magna praesent molestie. Pharetra erat massa tellus pharetra donec mi id sit magna laoreet non. At, sed, sem elit dolor dolore sem volutpat amet tempus lobortis ullamcorper. Mauris sit donec massa tellus pharetra erat, massa non at erat nunc. Sem sed nunc sem elit dolor nisi ante, volutpat amet aliquam nibh. Ullamcorper adipiscing lorem, ut praesent molestie, consectetur erat nunc sem eget pulvinar. Aliquam, nibh euismod amet proin mauris dolor dolore proin, volutpat amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, proin non adipiscing ipsum congue, et sit ac tincidunt sem elit. Sed dolore proin volutpat nonummy tempus lobortis non nonummy ipsum ut diam. Felis feugiat congue et molestie turpis erat nunc eget pulvinar nisi ante. Eget amet donec nibh volutpat amet aliquam lobortis, ullamcorper adipiscing ipsum massa. Non felis sit magna, mi tellus turpis ac laoreet pulvinar nisi et. Felis sit ac, tincidunt praesent mauris sed congue praesent mauris dolor congue. Aliquet, at lorem, lobortis aliquet mauris dolor congue mauris dolor magna praesent. Mauris sit congue mi tellus nonummy ipsum nisi proin eget amet aliquam. Nibh ullamcorper adipiscing ac nibh euismod turpis aliquam ante volutpat amet ante. Eget amet tempus ante, ullamcorper adipiscing feugiat magna laoreet tellus at ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem sed dolore ante euismod amet aliquam lobortis ullamcorper adipiscing ipsum. Ut ullamcorper adipiscing sit magna et molestie, turpis, erat tincidunt sem at. Erat tincidunt sem dolor dolore proin eget amet tempus lobortis ullamcorper felis. Sit magna et molestie turpis erat laoreet, aliquet elit dolor dolore proin. Euismod amet tempus lobortis adipiscing feugiat congue diam felis ipsum lobortis ullamcorper. Felis feugiat magna mi tellus elit dolor nisi ante euismod amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus mauris pharetra aliquam lobortis ullamcorper, nonummy tempus lobortis diam id, sit, magna mi tellus consectetur. Sed dolore, nibh, ullamcorper felis sit mi molestie pharetra donec mi tellus consectetur sed nisi nibh. Ullamcorper felis feugiat congue mi molestie dolor magna mi tellus consectetur, erat laoreet molestie sit mi. Tellus consectetur erat massa sem eget amet nisi et volutpat amet aliquam nibh euismod amet, aliquam. Lobortis euismod nonummy aliquam lobortis, ullamcorper, felis pharetra ac id, pharetra erat massa aliquet at sed. Dolore proin eget amet tempus nibh ullamcorper nonummy tempus lobortis ullamcorper, felis feugiat congue, mi molestie. Pharetra laoreet tellus, consectetur erat tincidunt tellus consectetur erat tincidunt sem mauris sed nunc praesent eget. Pulvinar, donec nibh non amet donec ante molestie pharetra donec ante nonummy erat massa non consectetur. Donec ante, non consectetur donec ante tellus consectetur erat mi non consectetur ac, massa, sem elit. Ipsum, nisi et volutpat amet tincidunt diam felis feugiat congue, diam mauris sit congue diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed congue aliquet lorem tincidunt aliquet adipiscing dolor donec lobortis sem elit tempus ut diam id. Sit nisi et, eget pulvinar aliquam nibh id turpis ac tincidunt praesent amet, tempus lobortis diam. Felis pulvinar nisi et eget pulvinar nisi diam id turpis lorem tincidunt aliquet adipiscing lorem congue. Aliquet at feugiat congue mauris dolor magna massa molestie consectetur erat ante non consectetur sed ut. Proin, id pulvinar nisi et id amet aliquam nibh euismod adipiscing tempus tincidunt ullamcorper felis congue. Praesent molestie, sit donec mi id, pharetra, donec massa non at ipsum, nunc sem at sed. Nunc sem elit sed dolore ante magna nibh id sit nisi et eget ipsum nisi, et. Euismod, adipiscing feugiat congue praesent, molestie amet donec, pharetra donec mi non, nonummy ipsum ut diam. Elit ipsum nunc sem elit ipsum, ut proin eget amet nisi, et volutpat turpis aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, amet aliquam ut praesent id sit erat massa sem eget amet. Aliquam tincidunt praesent at tincidunt praesent mauris dolor donec mi tellus nonummy. Sed nunc diam nonummy, sed ut proin eget amet aliquam nibh euismod. Turpis ac lobortis euismod turpis tempus ullamcorper adipiscing lorem congue diam felis. Lorem, congue mi felis feugiat ut diam felis, feugiat magna et molestie. Sit ac tincidunt sem elit pulvinar nisi mauris dolor nunc proin, mauris. Sed tincidunt praesent, mauris pharetra donec ante volutpat nonummy tempus lobortis ullamcorper. Elit ipsum ut sem elit ipsum diam lorem tincidunt aliquet mauris feugiat. Dolore proin non amet donec mi volutpat nonummy tempus massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc proin eget, amet nisi nibh euismod turpis ac, lobortis ullamcorper adipiscing feugiat, congue mi mauris dolor. Donec ante non nonummy sed molestie consectetur erat massa non elit sed nunc aliquet elit sed nunc sem. Eget, pulvinar nisi ante, volutpat, pulvinar aliquam nibh euismod nonummy aliquam nibh sed congue proin molestie amet tempus. Massa ullamcorper felis sit magna laoreet tellus at dolor dolore ante volutpat amet donec nibh volutpat, adipiscing feugiat. Magna, praesent id congue et id sit ac tincidunt aliquet elit pulvinar nisi ante eget dolor dolore proin. Volutpat nonummy tempus lobortis non adipiscing tempus lobortis elit ipsum ut diam felis sit, magna mi aliquet consectetur. Pulvinar feugiat ipsum sed aliquam magna, nunc laoreet, aliquet, molestie nonummy feugiat erat nunc nibh aliquet molestie pulvinar. Lorem tempus erat nisi nibh aliquet volutpat adipiscing sit, sed aliquam tincidunt ante ullamcorper molestie at turpis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tempus congue massa nibh aliquet non id eget molestie elit feugiat ac aliquam congue massa diam aliquet. Volutpat felis pharetra nisi, tincidunt ante praesent sem ullamcorper molestie nonummy feugiat ac dolore tincidunt ante diam, euismod. Eget adipiscing elit turpis dolor feugiat erat, aliquam ante ullamcorper non id at, nonummy at turpis pharetra ipsum. Ac, aliquam tincidunt massa et aliquet, volutpat id, elit turpis nonummy sit amet ac tincidunt praesent molestie erat. Massa sem elit pulvinar ut sem, nonummy pulvinar nisi et id pulvinar ut proin eget pulvinar dolore proin. Eget amet ac lobortis ullamcorper aliquam nibh euismod amet aliquam lobortis ullamcorper felis sit donec mi id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem ac laoreet tellus consectetur. Pulvinar aliquam, nibh ullamcorper nonummy lorem ut. Praesent id pharetra donec nunc et id. Turpis ac nibh, euismod adipiscing, feugiat ullamcorper. Felis feugiat congue praesent mauris, pharetra erat. Nunc non consectetur sed nunc proin, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat et euismod adipiscing feugiat, congue mi, molestie. Pharetra, erat, massa non nonummy sed massa non, elit. Pulvinar nisi tincidunt praesent mauris dolor donec ante, dolor. Erat nunc sem elit ipsum nisi et euismod turpis. Ac tincidunt aliquet at sed congue aliquet mauris, dolor. Donec, massa non elit sit magna tellus turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh euismod adipiscing lorem tincidunt aliquet adipiscing lorem dolore praesent mauris pharetra dolore mi elit ipsum nisi, et euismod consectetur ac nibh id adipiscing ac nibh euismod. Turpis ac, congue praesent at dolor congue aliquet mauris pharetra tempus non, nonummy erat massa tellus consectetur erat massa, sem eget pulvinar nisi, et id turpis lorem tincidunt. Ullamcorper adipiscing tempus lobortis ullamcorper turpis tempus tincidunt ullamcorper tempus lobortis ullamcorper adipiscing lorem ut diam felis sit magna mi molestie turpis, magna laoreet tellus turpis erat, tincidunt. Aliquet at sed, tincidunt praesent dolor, nunc ante volutpat amet aliquam massa, non nonummy ipsum congue et molestie feugiat ut diam id turpis lorem tincidunt sem mauris sed. Nunc aliquet at donec massa ullamcorper adipiscing ipsum, ut ullamcorper elit ipsum ut diam felis ipsum lobortis et felis pulvinar nisi diam elit ipsum ut diam elit ipsum. Nunc sem sed dolore et euismod adipiscing feugiat congue praesent mauris, feugiat congue mi molestie pharetra donec ante tellus consectetur erat mi pharetra erat laoreet tellus, pharetra magna. Mi molestie, consectetur erat tincidunt sem at dolor dolore ante volutpat amet aliquam lobortis non nonummy tempus, lobortis diam felis sit diam felis turpis magna et euismod consectetur. Sed nunc proin mauris pulvinar dolore proin volutpat amet aliquam nibh non amet aliquam massa ullamcorper elit ipsum nisi, et feugiat magna, tincidunt aliquet consectetur ac laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, turpis lorem lobortis ullamcorper elit ipsum ut diam id. Turpis sed dolore proin eget amet nisi ante volutpat nonummy. Lorem ut praesent id feugiat magna mi molestie erat massa. Sem volutpat turpis tempus lobortis aliquet mauris pharetra tempus massa. Sem, elit pulvinar aliquam, laoreet praesent mauris sed congue praesent. Mauris dolor aliquet felis dolor dolore mi volutpat consectetur ipsum. Ut, diam euismod, turpis ac laoreet tellus adipiscing dolor donec. Massa ullamcorper, id pharetra ac mi molestie consectetur et euismod. Turpis lorem laoreet aliquet at sed, nunc proin eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et ullamcorper ac lobortis euismod. Adipiscing lorem tincidunt mi volutpat pharetra. Donec ante molestie sit magna mi. Molestie consectetur donec mi molestie pharetra. Ac laoreet tellus sed dolore proin. Euismod adipiscing, lorem congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem congue laoreet tellus elit pulvinar proin elit amet aliquam lobortis euismod amet aliquam lobortis ullamcorper felis pharetra donec, ante non, consectetur ipsum ut, sem. Id amet nisi et eget amet, nibh ullamcorper turpis tempus lobortis euismod amet nisi lobortis ullamcorper, adipiscing lorem congue mi molestie pharetra erat massa tellus at. Ipsum nisi nibh, ullamcorper adipiscing nibh euismod adipiscing tempus lobortis ullamcorper felis feugiat magna mi molestie pharetra erat laoreet tellus consectetur ipsum dolore et eget, pulvinar. Aliquam nibh euismod nisi ante volutpat amet donec ante eget pulvinar aliquam nibh volutpat pharetra dolore proin molestie pharetra donec ante non elit, tempus lobortis sem. Felis pulvinar nisi elit pulvinar, ut sem eget sit ac laoreet aliquet at sed congue aliquet mauris feugiat congue mi mauris dolor donec ante volutpat pharetra. Erat massa sem elit massa non elit ipsum ut proin, eget pulvinar dolore et eget pulvinar nisi proin eget dolor dolore ante volutpat pulvinar pulvinar nisi. Nibh aliquet mauris sed dolore praesent mauris dolor aliquam massa volutpat nonummy feugiat nisi, diam id sit magna, et id pulvinar nisi nibh euismod turpis nibh. Euismod turpis sed dolore praesent at dolor dolore mi volutpat pharetra donec lobortis diam felis ipsum, magna et eget, ipsum nunc et, euismod turpis, ac tincidunt. Molestie, pharetra erat massa ullamcorper nonummy, erat lobortis diam id pulvinar magna nibh tellus turpis magna laoreet aliquet mauris dolor donec ante volutpat amet donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat elit ipsum nisi, et id turpis ac laoreet tellus adipiscing laoreet tellus turpis lorem tincidunt aliquet mauris. Pharetra erat lobortis diam molestie sit magna laoreet aliquet at sed nunc proin volutpat nonummy lorem lobortis non. Tempus lobortis, non elit ipsum ut, ullamcorper, elit feugiat magna mi euismod turpis nisi, nibh euismod at sed. Nunc, proin volutpat, nonummy, tempus lobortis non sit congue et id sit ac, laoreet tellus at dolor dolore. Ante, volutpat nonummy donec ante volutpat amet aliquam congue praesent felis pharetra et id turpis, ac tincidunt aliquet. At pulvinar aliquam ante euismod nonummy tempus lobortis, ullamcorper felis feugiat magna, praesent id feugiat congue et felis. Turpis magna mi volutpat turpis lorem tincidunt diam adipiscing lorem tincidunt praesent mauris, sit erat laoreet molestie consectetur. Sed nunc proin eget amet nisi nibh euismod turpis tempus, nibh volutpat tempus nibh euismod adipiscing lorem lobortis. Diam adipiscing feugiat congue praesent id sit congue, ullamcorper id sit magna laoreet tellus sed dolore proin volutpat. Amet lorem lobortis ullamcorper adipiscing lorem ut, diam felis, ipsum ut diam molestie sit, magna laoreet tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet aliquet at dolor donec nibh non nonummy aliquam ante volutpat nonummy ipsum congue mi at erat nunc. Sem eget dolor dolore ante euismod nonummy tempus lobortis, ullamcorper adipiscing ipsum ut ullamcorper adipiscing tempus lobortis non elit. Ipsum magna felis feugiat ut diam felis ipsum ut diam id, sit aliquam et elit ipsum, nisi nibh id. Turpis ac tincidunt aliquet adipiscing feugiat tincidunt praesent molestie pharetra mi molestie consectetur erat massa non, elit sed, ut. Nibh id amet aliquam laoreet aliquet adipiscing lorem congue mi molestie pharetra donec ante dolor donec, ante molestie pharetra. Donec massa tellus, consectetur erat nunc sem at, erat, nunc aliquet consectetur erat, laoreet euismod feugiat nisi laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa, tellus elit ipsum ut et, euismod adipiscing feugiat congue praesent at lorem congue praesent mauris feugiat praesent molestie pharetra donec ante molestie consectetur erat. Laoreet, molestie elit sed dolore et, eget pulvinar nisi proin, eget pulvinar tempus tincidunt diam felis lobortis ullamcorper felis lorem congue praesent id sit congue praesent. Molestie consectetur sed, dolore proin volutpat pulvinar aliquam ante volutpat turpis lorem tincidunt praesent mauris sit, donec molestie, nonummy sed ut proin id turpis, ac tincidunt. Praesent molestie pharetra donec massa sem elit tempus nunc diam elit pulvinar magna nibh at sed tincidunt, aliquet mauris feugiat, dolore proin mauris dolor dolore ante. Volutpat nonummy erat ante, non consectetur donec mi tellus pharetra, magna mi tellus consectetur erat id sit magna mi molestie sit magna et id sit, magna. Mi euismod sit ac, laoreet aliquet, at sed nunc praesent mauris sed ullamcorper felis, feugiat nisi et id turpis magna et euismod consectetur lorem tincidunt proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pharetra donec massa non elit sit ac laoreet, tellus at dolor nisi ante euismod, adipiscing pharetra, donec ante consectetur. Pulvinar nisi proin eget pulvinar, nisi nibh euismod adipiscing lorem tincidunt ullamcorper felis feugiat congue praesent mauris pharetra donec ante. Tellus nonummy laoreet molestie nonummy sed nunc sem elit sed nunc sem, elit dolor dolore nibh eget pulvinar, nisi ante. Volutpat pulvinar, donec ante volutpat, amet donec ante, non donec massa volutpat nonummy tempus lobortis non felis sit, magna et. Id pulvinar nisi nibh id turpis ac laoreet aliquet at lorem tincidunt adipiscing lorem laoreet ullamcorper adipiscing feugiat congue ullamcorper. Adipiscing feugiat congue, mi molestie dolor erat massa tellus pharetra magna praesent molestie sit magna mi molestie pharetra ac id. Turpis, magna laoreet tellus at dolor dolore sem mauris sed nunc proin eget pulvinar aliquam ante volutpat pharetra donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, dolor donec, massa non elit tempus ut diam. Felis, sit ac laoreet aliquet adipiscing lorem tincidunt praesent. Mauris congue proin mauris pharetra donec ante, non elit. Ipsum lobortis sem elit pulvinar magna et id, turpis. Aliquam nibh tellus adipiscing sed congue praesent feugiat congue. Praesent mauris dolor dolore ante non nonummy pulvinar magna. Nibh euismod turpis magna nibh euismod sit ac laoreet. Ullamcorper adipiscing ac tincidunt ullamcorper at feugiat, ante non. Felis, pulvinar magna laoreet tellus eget pulvinar donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at, sed euismod mauris dolor donec massa sem elit pulvinar magna mi tellus consectetur lorem laoreet tellus at dolor dolore ante eget. Amet aliquam massa non erat lobortis sem elit ipsum ut mi tellus at lorem tincidunt aliquet mauris amet aliquam lobortis praesent id pharetra. Erat nunc, proin eget amet ac volutpat amet aliquam nibh diam mauris sit erat massa non elit sed ut sem id amet lorem. Tincidunt praesent molestie pharetra erat ut diam felis sit, magna felis pulvinar magna, nibh euismod sit aliquam laoreet ullamcorper adipiscing lorem tincidunt, ullamcorper. Adipiscing lorem dolore, mi molestie pharetra erat massa molestie pharetra praesent adipiscing feugiat congue diam felis feugiat congue praesent id, sit magna laoreet. Aliquet at, sed nunc proin, eget pulvinar nisi ante eget amet tempus nibh euismod dolore proin mauris dolor dolore ante volutpat pharetra aliquam. Lobortis et id feugiat nisi et euismod sit magna laoreet tellus turpis ac tincidunt, aliquet at, sed congue adipiscing ac tincidunt aliquet, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam eget amet aliquam, lobortis diam felis feugiat congue mi molestie consectetur erat nunc sem eget. Amet ac lobortis, aliquet mauris dolor dolore mi molestie congue mi, molestie pharetra erat ut diam id. Turpis aliquam et id turpis ac laoreet euismod at feugiat tincidunt ullamcorper, adipiscing, lorem, tincidunt diam turpis. Nibh ullamcorper adipiscing feugiat congue praesent id sit congue praesent id feugiat magna mi molestie at sed. Nisi, nibh ullamcorper adipiscing feugiat magna ante sem elit massa, sem elit ipsum nisi proin elit sed. Nunc et, euismod turpis ac lobortis euismod turpis tempus nibh euismod adipiscing feugiat congue praesent, mauris ut. Praesent molestie consectetur erat laoreet, molestie consectetur sed massa aliquet at sed laoreet euismod sit magna mi. Euismod consectetur, lorem laoreet tellus at lorem congue praesent sed congue praesent mauris, dolor donec ante mauris. Dolor donec mi molestie dolor magna praesent mauris sit magna praesent id sit magna laoreet tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis et, id sit magna laoreet, tellus, mauris dolor donec ante euismod adipiscing nibh non nonummy ipsum lobortis diam felis ipsum ut ullamcorper, elit tempus massa volutpat. Mi molestie nonummy tempus nunc diam eget sit ac tincidunt aliquet mauris tincidunt praesent, molestie pharetra donec ante molestie dolor congue ante volutpat pharetra erat massa sem. Eget sit ac tincidunt aliquet, at dolor dolore proin mauris tincidunt praesent felis feugiat tincidunt aliquet adipiscing feugiat tincidunt praesent felis feugiat magna, mi molestie sit donec. Laoreet tellus at erat laoreet aliquet ac laoreet tellus consectetur, erat nunc sem eget sed dolore, proin euismod, nonummy tempus nibh ullamcorper felis feugiat magna massa tellus. At ipsum aliquam et euismod turpis ante volutpat amet, tempus lobortis diam felis feugiat congue ullamcorper felis tempus ut, diam felis sit magna mi id turpis erat. Massa sem elit sed dolore proin dolor donec, lobortis ullamcorper adipiscing lorem lobortis non felis feugiat ut et id sit ac laoreet molestie consectetur ac mi mauris. Pulvinar aliquam, lobortis diam felis feugiat congue ullamcorper nonummy tempus lobortis ullamcorper adipiscing feugiat magna mi tellus consectetur, sed, nunc proin, volutpat turpis tempus lobortis ullamcorper lorem. Ut praesent id sit donec mi tellus consectetur erat laoreet tellus consectetur sed massa, sem elit pulvinar aliquam ante euismod, felis feugiat congue praesent molestie pharetra praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, molestie sit magna et felis feugiat magna et, ipsum ut sem elit ipsum nisi et id sit ac. Tincidunt, praesent mauris dolor congue proin mauris, feugiat, congue praesent mauris dolor magna ante volutpat consectetur praesent mauris sit. Magna laoreet tellus nonummy erat, nunc sem eget amet nisi et volutpat amet nisi et volutpat amet aliquam, nibh. Diam adipiscing, nibh ullamcorper adipiscing tempus ut praesent felis sit magna mi tellus consectetur erat massa aliquet at dolor. Nunc tellus consectetur ac laoreet aliquet consectetur, nibh tellus at pharetra dolore proin molestie pharetra aliquam ut, et id. Sit, erat laoreet, euismod turpis ac laoreet, tellus turpis magna nibh id turpis aliquam nibh sit aliquam nibh euismod. Amet aliquam proin eget amet, aliquam nibh ullamcorper adipiscing, lorem congue praesent mauris sit magna mi molestie feugiat, magna. Mi, tellus consectetur massa sem elit ipsum ac tincidunt aliquet at dolor tincidunt aliquet at dolor dolore proin molestie. Pharetra ipsum ut ullamcorper felis erat tincidunt tellus consectetur ac laoreet euismod sit nisi nibh euismod, turpis ac laoreet. Tellus turpis ac laoreet ullamcorper turpis ac lobortis aliquet adipiscing feugiat congue aliquet lorem, tincidunt ullamcorper adipiscing, aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam, id consectetur sed dolore at ipsum dolore. Nibh euismod felis feugiat congue diam adipiscing lorem tincidunt. Diam molestie sit donec mi, id sit congue mi. Tellus elit ipsum dolore elit pulvinar, nisi nibh volutpat. Pulvinar nisi ante euismod nonummy tempus lobortis non nonummy. Tempus congue diam id sit magna et felis feugiat. Ut sem dolore mi molestie pharetra erat, massa non. Consectetur sed ut diam id turpis aliquam nibh id. Amet aliquam et, volutpat turpis aliquam et euismod amet. Tempus volutpat amet donec proin eget sed dolore, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod at dolor donec, massa, non congue, aliquet mauris feugiat magna mi molestie, pharetra donec, ante non nonummy sed ut proin eget pulvinar nisi nibh praesent mauris dolor. Erat lobortis sem tempus, nisi et euismod sit magna nibh tellus turpis aliquam, nibh id pulvinar, aliquam laoreet ullamcorper adipiscing lorem tincidunt praesent mauris, dolor donec ante, volutpat. Congue praesent, mauris sit magna mi molestie consectetur erat massa tellus consectetur sed nunc sem elit ipsum dolore sem, elit dolor dolore ante sed nunc sem, mauris, dolor. Donec ante volutpat pharetra donec proin eget amet, aliquam massa non elit feugiat nisi diam, felis, feugiat nisi mi id sit magna elit, sed ut diam eget pulvinar. Nisi nibh id amet ac tincidunt praesent mauris dolor donec ante volutpat consectetur tempus nunc sem eget ipsum nisi diam eget nunc sem elit sed, massa sem eget. Pulvinar aliquam et volutpat amet nisi nibh volutpat pulvinar aliquam lobortis ullamcorper nonummy lorem ut diam felis sit magna felis feugiat ut diam molestie sit ac tincidunt aliquet. Eget amet nisi ante eget amet aliquam nibh non pharetra donec at sed congue proin mauris feugiat, dolore praesent mauris dolor tincidunt praesent molestie dolor magna praesent mauris. Feugiat magna praesent felis sit congue praesent felis aliquam massa dolor dolore proin, molestie dolor congue praesent mauris dolor donec ante, volutpat pharetra magna ante tellus consectetur sed. Ut proin eget pulvinar aliquam, nibh euismod turpis aliquam volutpat pulvinar nisi ante volutpat pulvinar, nisi ante euismod nonummy tempus lobortis ullamcorper adipiscing lorem ut diam id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper id feugiat ut diam felis ipsum nisi et pulvinar, magna et euismod sit aliquam nibh euismod, turpis. Lorem, congue praesent molestie dolor congue, praesent mauris dolor donec nunc sem elit pulvinar magna, laoreet turpis lorem tincidunt. Praesent eget pharetra donec ante molestie dolor dolore mi volutpat pharetra donec ante, volutpat nonummy erat nunc non, nonummy. Ipsum ut proin sed nunc non at erat massa tellus, consectetur sed dolore proin eget, sed nunc proin eget. Amet aliquam ante volutpat amet aliquam nibh amet aliquam lobortis non nonummy aliquam massa ullamcorper elit, ipsum lobortis, diam. Felis ipsum nisi, sem id sit nisi diam elit pulvinar, nisi nibh id amet nisi, at, sed nunc sem. Elit dolor dolore ante, volutpat amet nisi nibh euismod nonummy tempus ut diam id sit magna, mi molestie pharetra. Ac massa sem at nunc proin eget pulvinar nisi nibh volutpat nonummy tempus lobortis diam, felis feugiat congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue praesent molestie, dolor erat massa sem nonummy tempus nunc diam felis pulvinar nisi nibh euismod sit ac laoreet ullamcorper. At dolor dolore mauris dolor dolore mi mauris dolor magna mi mauris, dolor magna ante non nonummy erat nunc sem nonummy. Ipsum ut proin eget amet aliquam nibh amet ac, nibh euismod amet aliquam nibh volutpat, pulvinar donec ante, volutpat amet donec. Ante non nonummy, ipsum ut diam elit feugiat congue mi id sit nisi felis, ipsum, ut diam elit ipsum nunc sem. Elit ipsum ut et id pulvinar aliquam laoreet aliquet at dolor congue mi volutpat consectetur lobortis sem elit ipsum ut diam. Eget pulvinar nisi et id sit aliquam nibh id amet ac nibh, euismod turpis, ac nibh euismod turpis tempus lobortis euismod. Tempus nibh non felis lorem congue mi tellus, at sed nunc sem, elit ipsum dolore proin volutpat amet nisi ante, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut nibh tellus at dolor donec proin mauris pharetra dolore, praesent molestie pharetra dolore mi volutpat nonummy, erat lobortis non, tempus ut sem. Nonummy, sed ut et id sit aliquam et eget, amet aliquam nibh volutpat pulvinar nisi et, eget amet tempus nibh volutpat dolore, praesent. Eget pulvinar donec ante volutpat nonummy donec ante volutpat pharetra, donec massa ullamcorper nonummy ipsum nisi et felis ipsum nisi et felis pulvinar. Magna laoreet volutpat amet, tempus ut ullamcorper adipiscing ipsum, ut et molestie sit nisi, sem elit, pulvinar, nisi mi euismod consectetur, sed nunc. Proin volutpat tincidunt aliquet mauris dolor congue proin molestie pharetra dolore ante volutpat amet donec massa non consectetur erat ante tellus consectetur sed. Ut et tellus adipiscing lorem tincidunt turpis aliquam nibh euismod turpis ac, lobortis aliquet, felis dolor magna mi mauris pharetra congue, mi, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum congue mi tellus at sed massa aliquet at sed tincidunt aliquet at erat nunc sem mauris dolor dolore praesent eget dolor congue mauris dolor congue. Praesent mauris dolor tincidunt praesent mauris pharetra donec ante volutpat, nonummy ipsum ut diam, elit pulvinar aliquam et, euismod sit aliquam id turpis lorem, tincidunt aliquet. Adipiscing dolor dolore mi mauris dolor magna mi molestie pharetra tempus, ut diam eget sit aliquam, et euismod adipiscing lorem tincidunt praesent, pharetra erat massa non. Nonummy tempus ut et felis, turpis, ac laoreet aliquet adipiscing ac laoreet euismod adipiscing lorem tincidunt praesent molestie amet ante non elit erat lobortis diam felis. Pulvinar ac laoreet aliquet adipiscing sed dolore, ante volutpat amet, aliquam lobortis non nonummy, tempus lobortis diam felis, sit ac id pulvinar magna, nibh tellus consectetur. Lorem nunc praesent eget amet tempus ut, diam id pharetra erat, dolore et euismod turpis aliquam nibh euismod adipiscing lorem congue mauris sit magna, laoreet proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit massa aliquet at erat nunc proin volutpat pulvinar nisi lobortis ullamcorper felis sit magna mi molestie pharetra donec, massa non at erat. Nunc aliquet at volutpat elit tempus massa non nonummy erat massa non nonummy erat nunc diam nonummy amet tempus lobortis diam nonummy ipsum ut. Diam id sit nisi et felis sit magna laoreet sem eget dolor dolore praesent at dolor, donec volutpat amet ipsum ut diam felis ipsum. Nisi et id turpis, ac mi aliquet consectetur lorem tincidunt tellus at dolor donec nibh, ullamcorper felis lobortis, diam id sit ac laoreet aliquet. At sed dolore, aliquet at sed tincidunt, aliquet mauris dolor dolore praesent eget, dolor dolore proin molestie pharetra congue proin amet erat massa non. Nonummy, tempus, massa sem nonummy erat nunc, sem nonummy erat nunc non eget pulvinar aliquam nibh ullamcorper turpis aliquam, nibh euismod turpis donec mi. Volutpat, consectetur erat massa non elit sed massa tellus pharetra erat laoreet, molestie pharetra erat mi molestie consectetur erat dolore euismod turpis aliquam lobortis. Euismod adipiscing tempus ut praesent mauris sit, congue, praesent tellus consectetur sed massa proin eget pulvinar ac lobortis euismod adipiscing, lorem congue, diam lorem. Tincidunt mi tellus nonummy, erat laoreet non, elit, pulvinar ut proin id amet aliquam nibh euismod turpis lorem tincidunt praesent mauris pharetra erat massa. Sem nonummy nisi proin id sit aliquam nibh euismod turpis ac lobortis ullamcorper turpis ac lobortis aliquet felis lorem tincidunt diam adipiscing, lorem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy aliquam massa diam, felis feugiat magna laoreet tellus turpis erat dolore proin. Nonummy tempus tincidunt mi molestie nonummy sed ut proin eget ipsum nisi, nibh euismod. Turpis aliquam lobortis aliquet felis dolor magna, mi molestie pharetra massa sem nonummy erat. Massa non elit sed nunc proin eget sed nunc aliquet consectetur sed, nunc aliquet. At dolor nisi proin eget, pulvinar dolore proin eget donec, ante volutpat, amet tempus. Lobortis diam id pharetra erat, laoreet tellus consectetur sed nunc sem at, sed dolore. Proin eget pulvinar dolore adipiscing lorem tincidunt aliquet at dolor dolore praesent mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin mauris pulvinar dolore proin. Dolor aliquam lobortis diam id pharetra. Erat massa non consectetur ac laoreet. Tellus at sed nunc proin eget. Amet nisi ante volutpat amet tempus. Lobortis nonummy tempus nibh ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolore ante non elit tempus nisi et id sit magna nibh euismod ac laoreet euismod turpis ac laoreet euismod amet aliquam. Nibh euismod at feugiat tincidunt aliquet mauris feugiat magna mi molestie, pharetra donec ante tellus consectetur ipsum sem nonummy ipsum ut sem. Eget, amet aliquam nibh ullamcorper adipiscing lorem, lobortis ullamcorper adipiscing lorem tincidunt ullamcorper nonummy tempus nibh ullamcorper nonummy tempus lobortis pharetra aliquam. Lobortis ullamcorper, felis feugiat ut ullamcorper felis feugiat nisi diam elit ipsum nisi et id turpis lorem tincidunt tellus, adipiscing lorem ante. Volutpat nonummy tempus lobortis, diam elit ipsum, nisi sem felis pulvinar ut sem elit ipsum nunc diam elit sed, nunc non consectetur. Donec laoreet tellus pharetra mi molestie sit ac laoreet tellus turpis ac tincidunt sem mauris sed dolore ante volutpat amet, aliquam lobortis. Ullamcorper adipiscing tempus lobortis non felis ipsum ut elit ipsum lobortis, diam id sit, ac nibh id sit ac nibh tellus turpis. Ac tincidunt praesent mauris dolor congue at dolor congue praesent felis lorem tincidunt praesent mauris dolor donec ante tellus consectetur magna mi. Tellus pharetra erat nunc, sem, eget pulvinar nisi, sem elit amet et euismod turpis aliquam nibh ullamcorper nonummy tempus ante volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore at pharetra erat lobortis ullamcorper felis sit ac mi, aliquet, at dolor, dolore proin. Volutpat pulvinar aliquam nibh non nonummy tempus lobortis ullamcorper, adipiscing massa non elit feugiat nisi et. Euismod, sit, ac mi euismod turpis lorem nibh tellus adipiscing lorem laoreet, ullamcorper mauris dolor congue. Praesent mauris dolor praesent molestie pharetra dolore ante volutpat pharetra congue praesent mauris feugiat congue mi. Mauris sit magna praesent, id feugiat, ut diam felis sit magna et feugiat nisi mi tellus. Consectetur lorem tincidunt proin eget pulvinar dolore proin mauris pharetra, dolore proin molestie pharetra donec ante. Non amet donec massa volutpat magna ante molestie dolor magna ante non nonummy sed massa sem. Eget pulvinar nisi laoreet ullamcorper adipiscing dolor dolore ante non nonummy erat massa sem, elit tempus. Molestie consectetur donec, laoreet tellus consectetur erat nunc sem elit sed nunc aliquet at sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod consectetur lorem tincidunt aliquet at lorem, laoreet aliquet, eget pharetra dolore, proin at feugiat congue praesent at lorem tincidunt praesent mauris consectetur massa non nonummy tempus nunc sem elit. Sit ac, tincidunt aliquet mauris dolor aliquam lobortis diam elit ipsum nisi, et, euismod turpis, ac laoreet euismod, nisi et, euismod adipiscing lorem, tincidunt aliquet at dolor congue proin, molestie. Amet erat massa, non elit, ipsum nisi et felis turpis nisi nibh id turpis ac euismod turpis ac tincidunt praesent molestie dolor donec massa volutpat amet donec massa volutpat consectetur. Tempus nunc sem, nonummy ipsum nunc sem elit nunc sem, id pulvinar nisi et id pulvinar aliquam lobortis ullamcorper adipiscing lorem lobortis ullamcorper, turpis tempus lobortis euismod, adipiscing tempus congue. Praesent id sit donec massa consectetur erat nunc proin, eget amet ac nibh ullamcorper felis dolor magna ante molestie pharetra donec ante tellus consectetur sed, nunc proin eget amet aliquam. Et ullamcorper lorem congue praesent mauris dolor donec ante non nonummy tempus nunc diam id turpis ac, laoreet aliquet at sed dolore mauris pharetra dolore mi volutpat consectetur tempus ut. Diam felis sit ac tincidunt praesent volutpat pharetra donec nibh ullamcorper felis feugiat, ut et id feugiat nisi id sit, ac laoreet tellus consectetur lorem nunc proin eget pulvinar tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue volutpat amet ipsum ut ullamcorper felis, feugiat ac tincidunt aliquet, at dolor dolore proin eget, pulvinar aliquam lobortis, ullamcorper felis, feugiat congue. Mi tellus, ac laoreet, tellus consectetur ac laoreet aliquet at sed nunc sem mauris dolor donec ante non adipiscing tempus lobortis diam adipiscing. Ipsum ut diam elit ut diam, felis turpis, sed nunc aliquet consectetur lorem tincidunt tellus adipiscing lorem tincidunt tellus adipiscing ac tincidunt praesent. Molestie pharetra donec, massa ullamcorper erat lobortis sem, elit ipsum, ut et id turpis ac laoreet aliquet mauris pharetra dolore proin molestie pharetra. Donec massa non amet, tempus, lobortis sem elit massa non consectetur, tempus massa sem, elit ipsum nunc non elit sed nunc proin elit. Ipsum dolore, sem volutpat, amet aliquam nibh ullamcorper turpis lorem lobortis diam pharetra donec ante tellus nonummy ipsum nunc proin, at sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus at sed tellus consectetur sed nunc, proin volutpat amet aliquam nibh non amet ipsum lobortis non adipiscing ipsum massa ullamcorper felis ipsum ut et id pulvinar sem. Elit tempus ut sem eget pulvinar nisi proin eget sit ac laoreet euismod amet aliquam lobortis ullamcorper adipiscing ac lobortis ullamcorper adipiscing lorem congue felis sit magna praesent felis. Feugiat donec massa sem at ipsum nisi et eget pulvinar dolore sem volutpat dolor dolore sem mauris dolor dolore ante eget pulvinar proin eget amet aliquam massa non adipiscing. Ipsum magna mi tellus turpis ac, laoreet tellus consectetur, erat tincidunt, aliquet at sed nunc proin sed congue praesent at dolor donec ante molestie, amet, tempus ut diam felis. Feugiat ut diam felis ipsum ut sem elit sed nisi diam elit ipsum nunc, pharetra ac mi molestie turpis ac laoreet molestie turpis magna et euismod turpis, ac tincidunt. Aliquet at lorem tincidunt aliquet at lorem tincidunt aliquet at lorem congue at feugiat congue mi molestie pharetra magna mi non, felis pulvinar ut et eget pulvinar ut, proin. Eget, sit nisi eget amet aliquam nibh euismod turpis, tempus tincidunt aliquet adipiscing tempus lobortis ullamcorper adipiscing, lorem ut diam felis, feugiat magna, laoreet non at sed nunc, tellus. Consectetur mi molestie consectetur erat, laoreet aliquet at dolor dolore sem eget dolor dolore proin at sed dolore praesent, mauris, amet aliquam massa non amet, tempus nisi mi turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut et id sit lorem tincidunt aliquet at tincidunt praesent at dolor dolore mi volutpat consectetur erat lobortis diam elit tempus ut diam, id. Turpis lorem tincidunt aliquet at sed dolore proin, molestie dolor praesent mauris pharetra, donec ante volutpat, nonummy tempus nunc, sem eget pulvinar ac nibh tellus. Adipiscing sed tincidunt ante ullamcorper elit ipsum nisi diam turpis pulvinar dolor sit dolor feugiat sed sed tempus magna massa proin id mauris amet, sit. Amet pharetra turpis, dolor dolore proin, euismod adipiscing congue, praesent mauris sit, magna, praesent tellus consectetur, erat massa aliquet at ipsum, nunc sem elit amet. Tempus tincidunt diam mauris consectetur, donec nunc sem elit pulvinar et, euismod turpis ac laoreet aliquet at feugiat congue praesent mauris dolor magna mi volutpat. Elit pulvinar nisi nibh tellus, adipiscing sed, dolore ante volutpat nonummy massa, volutpat nonummy ipsum ut et id, turpis erat laoreet euismod turpis lorem tincidunt. Praesent eget pharetra aliquam nibh ullamcorper tempus congue et id sit erat massa aliquet consectetur sed dolore proin eget dolor dolore ante euismod adipiscing lorem. Ut praesent molestie sit magna massa aliquet elit dolore proin, volutpat amet aliquam nibh volutpat amet tempus tincidunt diam adipiscing sit donec laoreet tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, amet tempus nisi et id feugiat nisi et id turpis. Magna laoreet tellus at sed nunc, praesent at ac nibh adipiscing. Lorem tincidunt aliquet at feugiat tincidunt praesent felis, dolor congue ullamcorper. Adipiscing feugiat congue mi, tellus nonummy sed nunc, sem elit ipsum. Nisi elit pulvinar dolore et volutpat amet aliquam lobortis ullamcorper felis. Dolor, magna praesent mauris sit magna mi molestie consectetur sed nunc. Et id, turpis ac lobortis felis feugiat magna massa diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna mi molestie consectetur erat nunc tellus at ipsum. Nisi mi molestie amet erat massa non, consectetur erat ante. Tellus consectetur erat ante non consectetur sed nunc sem elit. Ipsum dolore proin elit ipsum dolore elit dolor nisi ante. Volutpat amet aliquam lobortis ullamcorper adipiscing feugiat magna mi non. At sed, massa non consectetur erat nunc, sem eget pulvinar. Aliquam euismod felis dolor, donec, massa, diam id sit ac. Laoreet aliquet mauris dolor donec massa non nonummy tempus ut. Diam id turpis sed tellus sit ac nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et eget pulvinar dolore proin euismod turpis lorem nibh amet dolore proin volutpat nonummy, aliquam, ante. Ullamcorper mauris sit magna mi, id sit, congue, mi molestie at sed nunc sem at erat tincidunt, aliquet. Erat laoreet, tellus, consectetur lorem dolore ante eget amet aliquam nibh volutpat pharetra donec ante molestie pharetra donec. Massa sem felis feugiat magna mi tellus ac tincidunt aliquet adipiscing sed tincidunt, proin volutpat amet tempus massa. Non elit tempus, ut ullamcorper, felis, sit ac mi tellus consectetur lorem aliquet at sed nunc praesent mauris. Dolor dolore ante non nonummy ipsum ut ullamcorper, elit feugiat magna laoreet tellus mauris dolor nisi proin eget. Pulvinar tempus ut nonummy tempus ut praesent, felis, feugiat ac mi id turpis magna mi molestie turpis erat. Tincidunt aliquet turpis lorem tincidunt proin eget pulvinar aliquam nibh ullamcorper adipiscing, congue mi id turpis ac massa. Aliquet at sed nunc sem eget dolor aliquam nibh volutpat, nonummy feugiat congue diam felis magna laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit nisi et euismod, turpis ac laoreet euismod sit, magna eget sit ac tincidunt aliquet adipiscing lorem. Tincidunt proin non felis, feugiat nisi, mi id sit erat tincidunt proin eget pulvinar donec proin mauris sed. Aliquet at, sed dolore praesent at feugiat dolore proin molestie amet donec ante molestie pharetra erat, ante non. Consectetur, magna mi tellus consectetur sed massa sit ac massa non eget amet nisi et volutpat turpis aliquam. Nibh euismod turpis aliquam nibh euismod nonummy, aliquam nibh volutpat adipiscing ipsum volutpat amet aliquam massa volutpat amet. Erat massa diam, felis feugiat ac laoreet euismod consectetur sed nunc praesent mauris dolor dolore nibh diam id. Pharetra ac laoreet, volutpat amet nisi nibh aliquet felis feugiat, congue praesent, mauris pharetra erat massa non nonummy. Ipsum ut et eget pulvinar nisi et id, turpis feugiat dolore molestie pharetra, erat nunc sem felis sit. Magna nibh euismod, at pharetra aliquam nibh ullamcorper nonummy tempus lobortis non elit tempus, ut diam sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, non eget, sit sed nunc praesent mauris pharetra aliquam ante, nonummy ipsum congue et id turpis ac tincidunt, sem mauris dolor donec lobortis diam felis sit donec massa. Tellus consectetur ipsum, nisi et euismod turpis ac volutpat amet tempus lobortis ullamcorper mauris pharetra erat nunc diam euismod turpis lorem tincidunt aliquet mauris sed, dolore proin molestie amet. Tempus lobortis sem, nonummy, massa non, consectetur erat nunc sem elit ipsum aliquam et euismod, turpis lorem tincidunt praesent molestie amet ipsum lobortis ullamcorper felis feugiat nisi id turpis. Ac nunc praesent eget pulvinar aliquam lobortis non nonummy tempus ut diam id consectetur erat massa sem eget, dolor nisi proin volutpat amet tempus congue adipiscing feugiat magna, mi. Tellus consectetur erat laoreet tellus elit ipsum dolore nibh euismod turpis tempus lobortis aliquet adipiscing feugiat, tincidunt praesent, molestie sit donec laoreet non pulvinar aliquam nibh ullamcorper adipiscing, lorem. Congue praesent molestie pharetra tempus nisi et id sit magna nibh tellus turpis lorem proin mauris dolor donec ante non nonummy tempus ut et molestie turpis, erat nunc proin. Euismod nonummy tempus tincidunt, diam mauris pharetra donec massa, non elit ipsum sem elit, ipsum, nisi, proin volutpat amet nisi ante eget dolor nisi nibh ullamcorper nonummy, tempus ut. Diam id sit donec laoreet, tellus consectetur ac massa aliquet ac massa aliquet, at dolor dolore proin volutpat amet tempus lobortis ullamcorper felis lorem congue, diam, felis sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus ut et euismod consectetur sed nunc sem, at, dolor donec nibh ullamcorper adipiscing tempus volutpat amet, aliquam. Lobortis, non nonummy tempus lobortis sem nonummy ipsum nisi, et, euismod consectetur lorem tincidunt praesent, eget pharetra aliquam nibh non. Adipiscing, massa ullamcorper elit feugiat nisi et id turpis erat tincidunt sem mauris dolor dolore proin eget dolor dolore proin. Volutpat pharetra dolore proin volutpat amet tempus massa pharetra erat massa volutpat elit tempus ut diam felis sit ac laoreet. Tellus adipiscing lorem laoreet ullamcorper mauris sed dolore ante, volutpat, pharetra mi mauris pharetra donec mi volutpat pharetra donec, massa. Tellus nonummy sed nunc proin elit sed nunc non consectetur ac laoreet tellus turpis ac laoreet aliquet consectetur laoreet euismod. Turpis ac laoreet euismod adipiscing lorem laoreet tellus at sed, congue praesent mauris feugiat donec massa ullamcorper felis feugiat magna. Et id sit, magna nibh sit magna laoreet, tellus at, lorem tincidunt praesent at sed dolore ante non, nonummy ipsum. Nisi, mi tellus consectetur sed aliquet mauris, pulvinar tempus nibh non adipiscing, tempus ut diam felis sit magna, mi tellus. Consectetur erat laoreet molestie turpis erat tincidunt tellus consectetur, lorem, nunc euismod adipiscing lorem lobortis ullamcorper adipiscing ipsum lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie amet erat molestie dolor congue praesent felis feugiat tincidunt, mi mauris pharetra, donec laoreet. Non at ac massa tellus at ipsum nunc aliquet at dolor dolore ante turpis tempus. Tincidunt praesent molestie consectetur erat laoreet tellus consectetur sed nunc non elit sed dolore proin. Eget pulvinar dolore et volutpat, turpis tempus nibh adipiscing tempus nibh non nonummy tempus, ut. Ullamcorper nonummy, tempus ut, et, id sit ac aliquam donec ut nunc lobortis praesent non. Felis, consectetur dolor donec ut nibh ullamcorper, molestie nonummy sit sed ac donec nisi laoreet. Aliquet euismod felis nonummy ipsum ac aliquam congue massa proin id turpis sed ante diam. Id at amet feugiat donec lobortis, et aliquet eget adipiscing pharetra ipsum nisi, tincidunt proin. Ullamcorper id consectetur pulvinar lorem donec lobortis mi, sem turpis dolor, tempus ac donec congue. Nunc nibh praesent non molestie at amet amet ipsum ac dolore, tincidunt, massa, mi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur adipiscing amet, sit sed ac donec. Ut massa et aliquet non id at. Turpis consectetur turpis sed lorem nunc et. Proin diam sem euismod mauris, amet sit. Pulvinar pharetra sit pulvinar dolor ipsum sed. Lorem tempus lorem lorem ipsum sed ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat feugiat dolor dolor ipsum sed lorem erat ac tempus, sed sed feugiat ipsum dolor sit amet feugiat, donec magna dolore, praesent diam euismod eget. Amet pharetra ipsum ac donec ut nunc congue lobortis et aliquet elit amet pharetra feugiat sed lorem magna ac donec magna dolore proin mauris dolor. Donec magna laoreet tellus at ipsum nunc aliquet at, erat tincidunt sem at dolor nunc, aliquet mauris dolor donec ante non ipsum ut praesent id. Sit, magna, et, molestie turpis erat tincidunt tellus elit pulvinar feugiat congue mi non, nonummy sed, massa sem elit, pulvinar proin eget, amet ac lobortis. Ullamcorper adipiscing, lorem congue praesent molestie pharetra, erat ante, tellus consectetur erat nunc non elit sed nunc sem elit pulvinar nisi et turpis lorem tincidunt. Ullamcorper mauris dolor congue praesent mauris dolor donec, ante non elit ipsum nisi et ullamcorper at dolor donec proin non, amet tempus ut elit feugiat. Ut et euismod, turpis ac nibh euismod, turpis ac laoreet euismod at sed congue praesent mauris pharetra donec mauris dolor donec, massa, volutpat consectetur tempus. Massa diam elit ipsum ut sem eget, sit ac laoreet ullamcorper adipiscing lorem congue praesent molestie pharetra donec ante volutpat donec, massa sem elit tempus. Ut et, euismod turpis lorem tincidunt praesent eget amet aliquam massa ullamcorper nonummy ipsum ut, et euismod turpis, erat, dolore ante volutpat nunc praesent, eget. Adipiscing tempus lobortis diam id sit erat nunc aliquet consectetur sed dolore et volutpat pulvinar nisi proin mauris dolor dolore ante eget, amet tempus eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat donec ante non, elit feugiat ut et euismod nisi et id turpis ac laoreet tellus adipiscing lorem tincidunt aliquet mauris pharetra aliquam. Massa, ullamcorper elit ipsum ut, diam id sit, ac laoreet tellus magna et elit, ipsum ut et elit ipsum nunc proin id turpis. Ac tincidunt aliquet felis pharetra donec ante non nonummy ipsum ut diam euismod ut, et eget pulvinar nisi et, eget ipsum nunc aliquet. At ipsum nunc aliquet eget amet nisi ante volutpat pulvinar, aliquam ante volutpat amet tempus, lobortis ullamcorper aliquam proin volutpat amet tempus lobortis. Diam elit feugiat ut diam id feugiat nisi, et felis pulvinar ut et id sit aliquam nibh sit ac congue praesent at feugiat. Congue praesent mauris feugiat tincidunt ullamcorper felis tempus lobortis diam adipiscing tempus nibh ullamcorper adipiscing tempus lobortis diam id feugiat ut amet erat. Ante volutpat, nonummy tempus lobortis non consectetur erat massa tellus consectetur erat massa sem eget, ipsum, nunc proin, elit ipsum, nunc proin id. Pulvinar, nisi volutpat amet tempus lobortis euismod turpis tempus nibh ullamcorper felis feugiat magna, mi id sit congue diam felis ipsum lobortis elit. Ipsum ut sem, elit tempus lobortis non elit sit magna laoreet euismod turpis, ac nibh tellus at sed dolore, proin non nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie consectetur donec massa tellus consectetur erat massa diam elit ipsum nunc sem ac nunc proin. Eget pulvinar nisi proin elit dolor dolore, ante, volutpat amet aliquam nibh volutpat, amet tempus nibh, volutpat. Amet donec ante eget, pharetra ullamcorper at lorem congue praesent mauris pharetra donec mi volutpat consectetur donec. Massa non nonummy sed ut et, euismod sit, aliquam nibh id amet nisi, eget ipsum nisi et. Euismod adipiscing tempus nibh euismod adipiscing lorem lobortis ullamcorper, adipiscing lorem ut diam id pharetra ac mi. Id sit diam felis sit nisi, et, id sit nisi et id sit nisi nibh euismod adipiscing. Sed tincidunt praesent eget dolor dolore ante molestie pharetra dolore praesent felis lobortis ullamcorper turpis tempus tincidunt. Praesent molestie pharetra donec massa tellus consectetur sed massa non elit pulvinar nisi et eget ipsum dolore. Proin eget pulvinar aliquam nibh adipiscing lorem lobortis diam adipiscing, tempus lobortis ullamcorper nonummy ipsum, ut et. Id, pharetra erat dolore et elit, pulvinar aliquam volutpat amet aliquam lobortis ullamcorper nonummy tempus lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec massa feugiat dolore mi. Volutpat amet erat ut diam felis sit. Ac laoreet praesent eget pulvinar aliquam lobortis. Diam felis sit magna diam felis sit. Magna molestie turpis magna mi id turpis. Sed dolore sem at, sed donec ante. Non nonummy tempus lobortis ullamcorper adipiscing feugiat. Ut et id turpis mi id sit. Ac laoreet tellus consectetur lorem tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum nisi nibh ullamcorper amet, aliquam et dolor dolore proin elit sed dolore, sem mauris dolor donec ante eget pulvinar. Donec, nibh ullamcorper felis feugiat congue diam nonummy, tempus lobortis ullamcorper id, nisi mi euismod turpis magna tincidunt sem at, lorem. Tincidunt praesent mauris, sed dolore, proin molestie pharetra donec massa volutpat pharetra erat ante volutpat pharetra, euismod adipiscing feugiat congue diam. Adipiscing lorem ut diam felis feugiat magna praesent id sit ac massa aliquet elit dolor dolore proin elit nisi ante euismod. Nonummy, aliquam ante non nonummy aliquam ante eget dolor congue proin mauris dolor tincidunt aliquet at feugiat tincidunt praesent felis feugiat. Magna ante tellus erat nunc non, nonummy ipsum nunc sem eget amet aliquam nibh euismod amet nisi nibh volutpat amet aliquam. Lobortis diam felis lorem congue diam felis lorem congue amet aliquam lobortis ullamcorper, adipiscing, tempus lobortis diam felis ipsum nisi diam. Id sit ac tincidunt aliquet mauris pulvinar aliquam volutpat, amet, tempus lobortis ullamcorper, id pharetra ac massa aliquet elit ipsum dolore. Proin elit dolor nunc proin, volutpat, nonummy tempus lobortis euismod amet tempus ut diam tempus massa non amet aliquam massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie nonummy, ipsum ut diam turpis lorem tincidunt proin volutpat amet aliquam ut. Ullamcorper id sit congue et molestie turpis ac laoreet tellus sit nisi, et. Euismod consectetur ac laoreet sit ac tincidunt praesent, mauris pharetra dolore proin volutpat. Elit feugiat nisi diam id, turpis, ac nunc sem mauris sed dolore ante. Euismod nonummy tempus volutpat, amet aliquam lobortis ullamcorper felis feugiat ac, mi, aliquet. Consectetur erat laoreet tellus, consectetur lorem mi id sit magna nibh, euismod turpis. Nibh ullamcorper, adipiscing ac laoreet euismod turpis ac nibh euismod turpis tempus tincidunt. Aliquet adipiscing tempus nibh euismod amet aliquam nibh volutpat pharetra donec ante volutpat. Amet proin molestie pharetra dolore mi mauris pharetra donec mi molestie dolor donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut praesent felis nibh non amet tempus ut, et id sit congue mi molestie consectetur sed dolore, proin eget diam felis sit ac. Massa proin eget pulvinar aliquam eget, amet lorem congue praesent molestie pharetra donec massa non nonummy erat massa, sem elit pulvinar aliquam laoreet. Aliquet at feugiat dolore mi molestie pharetra aliquet felis feugiat congue, praesent mauris pharetra magna ante non nonummy ipsum nunc proin, eget pulvinar. Ac tincidunt praesent mauris pharetra erat ante, non consectetur tempus ut felis ipsum ut diam, eget pulvinar ut proin euismod, turpis ac tincidunt. Praesent molestie pharetra dolore ante volutpat nonummy pulvinar nisi et, id nisi et euismod turpis ac laoreet euismod, adipiscing lorem tincidunt praesent mauris. Dolor donec ante, volutpat amet ipsum ut sem, felis ipsum, ut et id sit lorem, id sit aliquam et euismod turpis aliquam tincidunt. Ullamcorper adipiscing lorem lobortis aliquet felis, dolor donec, ante non elit, pulvinar nisi nibh tellus adipiscing ac laoreet ullamcorper amet aliquam lobortis non. Nonummy tempus lobortis diam euismod at ac laoreet tellus at, lorem tincidunt, praesent volutpat amet congue praesent molestie pharetra erat, massa aliquet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing lorem lobortis nonummy lorem ut ullamcorper adipiscing tempus lobortis non felis. Feugiat congue mi tellus consectetur erat massa sem, elit dolor nunc sem eget. Dolor dolore proin, lorem tincidunt praesent adipiscing sed congue praesent molestie pharetra donec. Proin molestie, pharetra donec massa non, felis sit magna mi aliquet consectetur lorem. Laoreet euismod ut et euismod, sit aliquam laoreet ullamcorper at, ac lobortis ullamcorper. Adipiscing dolor congue praesent, mauris, dolor magna mi non elit ipsum ut nonummy. Sed ut et id turpis, aliquam nibh ullamcorper adipiscing ac nibh euismod turpis. Nisi, nibh volutpat amet, aliquam nibh volutpat amet donec ante volutpat amet dolore. Turpis ac tincidunt aliquet at dolor congue mi molestie pharetra donec ante non. Nonummy, ipsum ut diam eget pulvinar nisi et id sit aliquam, nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non amet erat ut diam felis turpis ac nibh id turpis ac et eget massa non elit amet ac lobortis ullamcorper adipiscing lorem congue, praesent, molestie. Pharetra erat ante tellus consectetur donec mi molestie consectetur erat laoreet tellus pharetra diam, id, pharetra magna laoreet tellus turpis erat laoreet aliquet mauris dolor nisi ante. Ullamcorper felis feugiat congue mi tellus consectetur sed massa tellus consectetur mi molestie sit, magna mi id turpis erat laoreet tellus consectetur sed nunc praesent eget pulvinar. Donec ante volutpat, amet aliquam massa, diam felis, ut ullamcorper felis sit ac laoreet tellus consectetur lorem tincidunt aliquet mauris, dolor donec proin volutpat pharetra donec proin. Molestie, amet ipsum ut mi molestie sit, et felis sit ac tincidunt tellus at dolor dolore ante volutpat pharetra dolore ante eget pharetra dolore ante non elit. Feugiat magna mi, molestie turpis erat tincidunt at lorem tincidunt praesent mauris pulvinar donec lobortis ullamcorper adipiscing ipsum lobortis et id sit erat massa aliquet at sed. Aliquet at sed donec, ante ullamcorper adipiscing lorem lobortis, ullamcorper, adipiscing ipsum lobortis, diam id pharetra ac laoreet tellus consectetur, erat tincidunt sem mauris sed nunc sem. Dolor dolore, proin eget pharetra, aliquam massa ullamcorper adipiscing feugiat ut et molestie turpis ac laoreet sem elit pulvinar nisi ante volutpat amet donec ante volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue proin molestie, amet tempus ut et id sit magna, diam turpis lorem dolore ante volutpat amet. Tempus ut diam felis feugiat congue mi id sit, magna laoreet tellus consectetur erat tincidunt aliquet at. Dolor dolore volutpat adipiscing sit donec massa proin eget sit lorem congue praesent molestie pharetra donec ante. Molestie pharetra dolore mi volutpat consectetur tempus nunc sem eget nisi diam eget sit aliquam nibh euismod. Amet nisi nibh volutpat amet aliquam nibh, euismod turpis lorem lobortis ullamcorper nonummy, tempus nibh euismod aliquam. Nibh, ullamcorper adipiscing tempus lobortis ullamcorper elit, tempus lobortis diam nonummy tempus lobortis sem felis turpis lorem. Laoreet euismod turpis, lorem tincidunt proin mauris pharetra donec eget amet donec ante, non felis ipsum, nisi. Mi euismod sit nisi diam id turpis ac laoreet euismod adipiscing ac laoreet tellus adipiscing lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sed nunc, sem elit dolor nunc proin volutpat nonummy tempus, ut, diam felis sit, praesent, felis, feugiat, congue mi tellus. Consectetur sed nisi et euismod turpis tempus, tincidunt diam felis dolor magna, mi tellus consectetur erat nunc et id turpis donec. Ante volutpat nonummy tempus, massa non nonummy erat ante non elit ipsum nisi nibh euismod adipiscing lorem tincidunt proin eget pharetra. Donec massa non, tempus, lobortis ullamcorper, nonummy tempus lobortis, non consectetur ipsum nunc sem nonummy ipsum ut nibh euismod, turpis ac. Laoreet aliquet adipiscing lorem tincidunt molestie, amet tempus lobortis sem nonummy tempus nunc non nonummy tempus nunc sem elit sed ut. Et euismod turpis lorem, laoreet ullamcorper at lorem, tincidunt aliquet felis donec massa non nonummy ipsum ut et eget pulvinar aliquam. Nibh tellus adipiscing, lorem tincidunt, ullamcorper at dolor donec mi mauris, pharetra erat, massa sem elit tempus non elit sed massa. Non elit sed, nisi, et euismod turpis, nisi et id, pulvinar nisi lobortis ullamcorper adipiscing feugiat volutpat amet, tempus, lobortis ullamcorper. Felis lorem ut diam, adipiscing ipsum ut praesent id, feugiat congue et molestie consectetur magna mi id, sit magna, et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent, eget pharetra donec massa volutpat pharetra donec. Ante non erat massa volutpat consectetur erat ante tellus pharetra. Erat nunc, sem elit ipsum, ut et euismod amet ac. Nibh euismod turpis ac tincidunt praesent mauris dolor praesent mauris. Pharetra erat massa, sem, nonummy sed nunc non consectetur ac. Massa non, consectetur erat massa, sem volutpat pulvinar nisi nibh. Euismod felis dolor ut diam eget ipsum, nunc et id. Turpis ac laoreet aliquet mauris lorem congue praesent mauris amet. Erat ut diam elit ipsum, nunc nonummy ipsum nunc diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit ac laoreet aliquet consectetur sed nunc sem eget, pulvinar nisi volutpat adipiscing lorem. Congue mi molestie pharetra donec laoreet molestie consectetur ac laoreet, non consectetur sed dolore et. Ullamcorper adipiscing lorem congue, mi molestie consectetur ante tellus pharetra donec massa tellus pharetra erat. Massa non at sed dolore proin volutpat turpis aliquam lobortis aliquet felis feugiat congue diam. Mauris consectetur mi molestie pharetra magna mi molestie pharetra erat massa tellus consectetur erat laoreet. Aliquet elit pulvinar dolore proin volutpat pulvinar donec, ante volutpat dolore ante non nonummy feugiat. Congue et molestie, pharetra, erat massa tellus turpis ac mi tellus turpis ac mi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi proin eget pulvinar aliquam nibh id pulvinar, nisi et, euismod turpis lorem tincidunt aliquet, felis lorem tincidunt, diam, mauris congue praesent mauris feugiat, congue diam. Felis, feugiat congue et felis ipsum congue, mi molestie sit magna mi euismod turpis lorem laoreet aliquet mauris pulvinar proin volutpat amet, tempus ut diam id sit. Ac laoreet tellus consectetur erat nunc aliquet at dolor dolore proin, volutpat nonummy tempus lobortis diam felis sit magna molestie sit magna mi id consectetur sed nunc. Sem volutpat adipiscing lorem, tincidunt praesent felis feugiat ut non nonummy tempus nibh non adipiscing congue diam id sit magna et, molestie consectetur, erat tincidunt sem mauris. Dolor nunc sem mauris pulvinar donec ante volutpat nonummy aliquam massa diam adipiscing feugiat ac id turpis ac laoreet tellus at erat, tincidunt aliquet at dolor, dolore. Proin eget pharetra donec proin eget pharetra donec massa, non nonummy tempus ut, diam id nisi et id sit ac nunc praesent mauris sed nunc praesent volutpat. Amet ipsum congue et id, turpis, ac massa consectetur erat tincidunt ante volutpat pulvinar donec ante euismod nonummy tempus nibh ullamcorper id pharetra magna mi tellus consectetur. Sed nunc, sem eget amet aliquam nibh ullamcorper nisi ante euismod adipiscing lorem congue diam id pharetra magna mi tellus consectetur ipsum dolore proin, volutpat, amet, aliquam. Lobortis, ullamcorper, felis feugiat tincidunt ullamcorper felis congue laoreet non elit ipsum nisi nibh euismod at lorem congue praesent molestie pharetra donec, massa non nonummy tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec laoreet sem elit ipsum dolore et id, pulvinar aliquam lobortis ullamcorper adipiscing lorem, congue adipiscing feugiat congue mi molestie pharetra donec mi tellus at sed. Nunc proin elit ipsum dolore et euismod adipiscing lorem tincidunt praesent felis lobortis ullamcorper felis feugiat, congue praesent molestie pharetra congue praesent id sit ac laoreet tellus consectetur. Sed nunc aliquet at erat tincidunt aliquet at sed tincidunt praesent dolor donec ante, eget dolor donec proin mauris pharetra aliquam ante volutpat amet erat ante volutpat pharetra. Donec massa volutpat consectetur erat, massa tellus erat massa sem elit ipsum ut proin at ipsum aliquam et, volutpat amet aliquam ante volutpat pulvinar dolore proin eget pulvinar. Donec nibh non adipiscing tempus volutpat nonummy ipsum ut ullamcorper elit ipsum ut et id sit nisi et id sit nisi et id sit ac nibh, tellus adipiscing. Sed congue proin molestie dolore, ante, non nonummy tempus lobortis non nonummy tempus nunc non consectetur tempus nunc sem nonummy ipsum ut proin eget nunc sem elit sed. Dolore proin eget pulvinar nisi ante euismod adipiscing lorem tincidunt diam felis sit magna mi molestie pharetra congue mi id sit ut diam ipsum ut et molestie turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam elit pulvinar magna nibh turpis ac laoreet aliquet adipiscing. Lorem congue praesent molestie amet donec ante molestie pharetra magna, mi tellus. Consectetur erat massa, tellus pharetra congue mi non turpis ac nibh euismod. Amet aliquam nibh euismod amet aliquam tincidunt aliquet felis feugiat magna mi. Tellus consectetur donec, laoreet tellus, nonummy erat nunc sem, erat nunc proin. Volutpat pulvinar, dolore proin volutpat amet nisi ante euismod nonummy, tempus congue. Diam mauris sit congue praesent id, sit ac, molestie consectetur erat massa. Aliquet consectetur erat nunc aliquet at sed, nunc proin volutpat amet, aliquam. Nibh ullamcorper adipiscing ipsum, ut praesent id pharetra erat massa tellus magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi non elit tempus nunc diam eget pulvinar aliquam et euismod turpis, aliquam, laoreet turpis ac tincidunt aliquet felis lorem tincidunt praesent mauris pharetra, donec. Ante, non, nonummy erat massa, tellus pharetra donec mi id, sit magna mi id sit ullamcorper felis ipsum nisi et, euismod turpis lorem, laoreet tellus. Consectetur ac tincidunt praesent at dolor, donec massa molestie, pharetra donec ante non nonummy ipsum et elit ipsum ut diam elit ipsum nisi diam, elit. Pulvinar nisi et, id, sit nisi et id amet, aliquam nibh volutpat, turpis proin eget amet nisi, ante euismod amet aliquam nibh non nonummy aliquam. Lobortis diam adipiscing tempus massa, non, felis sit congue et, tellus turpis ac tincidunt aliquet, lorem tincidunt sem mauris dolor dolore praesent at dolor donec. Massa non amet aliquam ante mauris lorem congue praesent, mauris feugiat congue praesent felis lorem tincidunt, ullamcorper lorem ut diam felis ipsum congue diam adipiscing. Ipsum congue et, felis ipsum nisi et id, sit magna laoreet tellus sed dolore proin eget dolor dolore ante non, amet aliquam massa, non elit. Ipsum ut et tellus consectetur ac mi tellus turpis magna tincidunt, aliquet turpis magna eget sit aliquam nibh id amet aliquam et elit ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, euismod, nisi et euismod consectetur, lorem, nunc proin eget amet aliquam nibh non, amet tempus lobortis, ullamcorper elit sit, ac mi id, sit magna mi euismod magna nibh id. Turpis, lorem nunc proin eget dolor congue aliquet molestie dolor congue mi molestie amet tempus, nisi et felis pulvinar nisi et euismod nunc sem nonummy sed, nunc non, at sed. Dolore et eget pulvinar aliquam nibh euismod turpis lorem tincidunt praesent mauris pharetra, donec massa non elit sed id, consectetur sed, nunc, proin eget turpis ac tincidunt aliquet felis dolor. Congue praesent felis feugiat, magna ante molestie pharetra donec mi mauris feugiat volutpat, amet donec massa non nonummy erat massa molestie pharetra dolore ante volutpat, consectetur donec mi tellus consectetur. Erat nunc non nonummy sed nunc sem elit ipsum tellus consectetur sed nunc proin volutpat amet tempus nibh, ullamcorper adipiscing lorem tincidunt diam mauris feugiat congue praesent id sit congue. Praesent tellus consectetur erat nunc feugiat nisi, mi, euismod at erat nunc sem, at sed nunc praesent at ac tincidunt tellus adipiscing sed congue praesent lorem tincidunt, ullamcorper adipiscing feugiat. Tincidunt aliquet felis feugiat congue praesent mauris sit congue mi tellus pharetra, magna laoreet molestie pharetra erat massa tellus, at ipsum dolore elit dolor dolore sem mauris pulvinar nisi ante. Euismod adipiscing lorem ut non adipiscing tempus lobortis diam adipiscing tempus lobortis ullamcorper elit feugiat nisi et id sit laoreet aliquet at dolor, donec nibh volutpat amet aliquam lobortis, ullamcorper. Adipiscing, feugiat congue et id turpis ac nunc proin eget pulvinar nisi nibh euismod nonummy lorem ullamcorper adipiscing feugiat ut ullamcorper nonummy tempus lobortis diam elit ipsum ut diam elit. Ipsum ut diam id sit ac laoreet euismod turpis magna laoreet aliquet at nibh ullamcorper turpis ac, laoreet ullamcorper adipiscing lorem tincidunt ullamcorper felis feugiat congue praesent felis lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris amet aliquam lobortis ullamcorper adipiscing ipsum lobortis et felis. Turpis ac laoreet, tellus at dolor, aliquet at lorem tincidunt. Aliquet mauris sed tincidunt aliquet adipiscing lorem tincidunt ullamcorper at. Pharetra donec ante molestie, pharetra tempus, ut et id pulvinar. Sem elit ipsum ut sem nonummy ipsum ut sem elit. Pulvinar nisi et id amet aliquam nibh euismod amet tempus. Lobortis ullamcorper felis tempus lobortis diam felis, ut diam, adipiscing. Lorem, ut, diam id pharetra ac mi molestie consectetur sed. Nunc sem elit dolor nunc tellus at lorem nunc praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi nibh euismod turpis ac tincidunt, aliquet at dolor erat lobortis. Diam elit pulvinar non nonummy tempus ut diam id turpis lorem tincidunt. Praesent molestie nonummy aliquam proin mauris pharetra dolore mi molestie pharetra donec. Ante molestie pharetra, mi tellus, consectetur erat massa tellus nonummy pulvinar ut. Proin id turpis aliquam lobortis ullamcorper, adipiscing, dolor, dolore mi non nonummy. Ipsum, ut, et euismod sit, ac eget pulvinar nisi proin, eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet, tellus elit, sed nisi, ante euismod adipiscing feugiat ullamcorper mauris. Sit magna praesent, id sit congue diam, felis, sit, ac massa tellus. Consectetur erat laoreet tellus consectetur sed tincidunt, sem mauris dolor donec nibh. Pharetra donec nibh non nonummy tempus massa non nonummy erat lobortis sem. Felis sit magna laoreet tellus consectetur ac laoreet tellus adipiscing lorem nunc. Praesent sed dolore proin volutpat pharetra donec ante volutpat, dolor donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy, lorem congue praesent molestie lobortis ullamcorper nonummy tempus, lobortis diam adipiscing, aliquam. Lobortis et nibh, ullamcorper adipiscing feugiat congue praesent mauris sit donec mi tellus, pharetra. Erat nunc sem ac laoreet aliquet consectetur erat dolore proin eget pulvinar nisi ante. Euismod nonummy aliquam nibh ullamcorper nonummy tempus, lobortis ullamcorper nonummy aliquam massa molestie dolor. Aliquet mauris feugiat, dolore mi mauris consectetur erat nunc non nonummy tempus ut et. Tellus at dolor dolore proin molestie amet tempus lobortis dolor congue praesent mauris pharetra. Magna mi molestie pharetra erat ante tellus nonummy sed, ut sem eget, pulvinar aliquam. Tincidunt ullamcorper adipiscing lorem lobortis, euismod adipiscing lorem volutpat pulvinar aliquam nibh volutpat pulvinar. Aliquam ante volutpat pulvinar donec proin volutpat, amet aliquam, lobortis ullamcorper nonummy tempus lobortis. Ullamcorper elit ipsum, ut diam felis massa non nonummy tempus, ut, et eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus consectetur sed dolore proin eget pulvinar dolore proin euismod amet nisi ante volutpat, amet aliquam ut praesent. Id consectetur erat massa, non congue, et id sit, nisi et id turpis magna mi euismod turpis ac laoreet. Aliquet, mauris amet donec ante volutpat nonummy tempus lobortis ullamcorper felis mi volutpat pharetra, donec ante non nonummy tempus. Massa sem elit ipsum, magna, nibh aliquet at dolor, dolore ante non amet aliquam, lobortis ullamcorper elit tempus lobortis. Pharetra erat ante non felis ipsum nisi et euismod adipiscing lorem congue praesent eget pharetra donec ante volutpat pharetra. Erat lobortis sem felis ac, tincidunt aliquet consectetur sed tincidunt aliquet at dolor nunc ante non nonummy tempus congue. Et id, sit erat massa aliquet consectetur, erat nunc sem at sed proin, eget dolor dolore, proin, volutpat nonummy. Tempus ut diam id pharetra magna, mi tellus at sed nunc sem at sed nisi nibh, euismod nonummy lorem. Congue, felis ipsum congue diam id sit magna laoreet tellus, at sed nisi nibh euismod amet aliquam proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, laoreet aliquet mauris pharetra donec massa volutpat. Amet tempus nisi mi molestie sit non felis. Pulvinar nisi et id turpis, ac laoreet aliquet. Adipiscing sed congue proin volutpat amet, tempus lobortis. Diam felis ipsum ut diam felis ipsum nunc. Consectetur, tempus nunc sem elit ipsum ut proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat, congue laoreet, tellus consectetur erat nunc sit, magna mi, id turpis magna nibh tellus mauris, sed donec ante eget, pharetra aliquam lobortis ullamcorper. Felis feugiat ut et id turpis ac laoreet sit lorem tincidunt aliquet at dolor nunc, praesent volutpat pharetra, donec ante volutpat nonummy tempus massa molestie. Pharetra erat ante volutpat, consectetur donec massa volutpat ipsum nisi diam id sit ac laoreet ullamcorper adipiscing ac nibh, euismod, adipiscing, ac nibh, ullamcorper felis. Dolor congue mi volutpat, nonummy erat et euismod adipiscing sed nunc ante, non nonummy aliquam massa, non, nonummy, tempus lobortis diam elit feugiat ac tincidunt. Aliquet at sed donec, ante volutpat, nonummy lorem, ullamcorper adipiscing ipsum lobortis ullamcorper elit tempus massa ullamcorper nonummy tempus lobortis, sem nonummy tempus ut sem. Elit ipsum ut, et euismod adipiscing ac laoreet euismod adipiscing laoreet euismod adipiscing lorem tincidunt aliquet adipiscing dolor donec praesent molestie dolor magna ante mauris. Pharetra donec laoreet tellus, consectetur laoreet non at erat massa sem at erat nunc sem at sed, tincidunt tellus consectetur lorem tincidunt aliquet consectetur lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, id turpis aliquam tincidunt proin molestie amet tempus ut, et. Euismod at dolor nisi ante volutpat amet proin volutpat adipiscing feugiat. Magna laoreet tellus elit ipsum nunc proin, elit dolor nisi ante. Volutpat turpis tempus, tincidunt praesent mauris pharetra sed ut nonummy ipsum. Aliquam laoreet ullamcorper at feugiat congue aliquet felis, dolor donec massa. Sem felis, ipsum nisi nibh tellus adipiscing lorem laoreet aliquet adipiscing. Sed congue mauris, dolor, donec ante, ullamcorper elit ipsum lobortis diam. Id, turpis magna laoreet tellus turpis lorem laoreet, euismod turpis, ac. Dolore proin, volutpat nonummy massa non amet, erat massa non, elit. Ipsum ut et felis sit magna laoreet tellus at sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet nisi et euismod turpis ac tincidunt praesent molestie dolor donec massa non nonummy sed. Nisi nibh euismod turpis ac laoreet mauris pharetra tempus ut et molestie consectetur sed dolore proin. Eget amet aliquam lobortis euismod nonummy lorem ut praesent molestie pharetra ac laoreet, non elit massa. Sem elit, pulvinar nisi nibh, volutpat turpis tempus, lobortis ullamcorper adipiscing feugiat, congue diam felis feugiat. Congue diam felis ipsum ut et id, sit magna, mi turpis ac, laoreet aliquet at sed. Donec ante non adipiscing feugiat congue praesent molestie pharetra ac mi aliquet elit pulvinar nisi et. Euismod, lorem congue mi molestie consectetur erat nunc sem elit ipsum ut proin id amet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa aliquet ac tincidunt proin eget pulvinar dolore sem mauris amet tempus. Lobortis ullamcorper adipiscing tempus lobortis ullamcorper, felis sit ac, laoreet, tellus at. Erat laoreet, volutpat turpis aliquam ante euismod amet, tempus lobortis ullamcorper mauris. Sit donec mi tellus pharetra erat massa sem at ipsum dolore, sem. Volutpat turpis aliquam volutpat pulvinar aliquam ante euismod nonummy tempus ut diam. Id sit magna laoreet molestie consectetur ac massa sem elit dolor dolore. Proin eget, amet aliquam eget, pulvinar aliquam ante non nonummy tempus lobortis. Diam adipiscing feugiat ut et id, turpis erat laoreet molestie consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit ipsum ut nibh euismod at ac tincidunt praesent, molestie amet erat ante volutpat. Amet tempus ante volutpat consectetur mi tellus consectetur, erat nunc non nonummy sed ut proin. Id, amet aliquam, nibh ullamcorper amet nisi et, eget turpis tempus nibh euismod turpis ante. Eget pulvinar, dolore, proin volutpat amet aliquam nibh, non adipiscing tempus massa ullamcorper elit ipsum. Ut mi, molestie sit magna mi id sit nisi nibh euismod ut diam eget sit. Nisi, et euismod turpis ac, lobortis ullamcorper adipiscing lorem tincidunt aliquet felis pharetra, donec ante. Tellus consectetur donec ante feugiat congue praesent id sit ac laoreet tellus at sed massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id turpis erat dolore at sed nunc proin eget amet tempus lobortis non nonummy tempus lobortis diam elit ipsum. Ut et id turpis ac laoreet aliquet at sed, nunc mauris, pharetra aliquam nibh non adipiscing feugiat congue, et molestie. Consectetur sed nunc proin eget pulvinar aliquam lobortis diam adipiscing tempus tincidunt diam adipiscing lorem ullamcorper nonummy ipsum, lobortis diam. Felis feugiat magna mi molestie consectetur sed nunc aliquet at sed nunc sem at dolor, donec proin volutpat amet tempus. Praesent id pharetra ac massa proin eget pulvinar nisi, et eget pulvinar nisi ante euismod nonummy, lorem ut ullamcorper felis. Lorem ut diam felis feugiat ullamcorper amet tempus, lobortis diam felis sit magna mi id turpis ac laoreet tellus consectetur. Lorem nunc praesent mauris dolor dolore proin molestie amet aliquam massa volutpat donec mi molestie consectetur tempus nunc sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue mi molestie sit, congue nonummy tempus ut diam felis turpis erat tincidunt aliquet elit dolor nunc sem mauris, dolor donec ante. Non adipiscing lorem lobortis diam id sit magna aliquet elit dolor aliquam, nibh aliquet, mauris dolor donec ante non, nonummy erat ut et. Id turpis aliquam nibh ullamcorper mauris dolor dolore ante volutpat, donec, massa non elit pulvinar magna laoreet aliquet at lorem tincidunt aliquet eget. Amet tempus lobortis diam adipiscing ipsum ut diam molestie, consectetur erat tellus consectetur, erat tincidunt aliquet turpis ac, nibh tellus at sed nunc. Proin, non nonummy aliquam massa non elit feugiat ut et molestie sit erat laoreet sit magna nibh euismod turpis lorem tincidunt, aliquet adipiscing. Sed dolore, ante molestie amet, aliquam ante ullamcorper felis feugiat nisi et id sit ac laoreet lobortis nunc, euismod eget felis at turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem feugiat sed tempus donec ut, tincidunt ante praesent sem mauris adipiscing consectetur turpis pharetra sit pulvinar lorem erat magna. Dolore congue ut laoreet proin ullamcorper felis sit donec ante tellus nonummy, sed nunc proin amet nisi nibh euismod adipiscing. Feugiat congue aliquet mauris dolor congue mi mauris pharetra donec massa non consectetur sed ut et eget pulvinar aliquam et. Sed dolore et volutpat amet tempus lobortis ullamcorper felis lorem congue praesent mauris sit magna praesent molestie, consectetur erat massa. Sem eget, pulvinar aliquet at dolor nisi et volutpat turpis feugiat magna mi tellus consectetur erat massa sem elit ipsum. Ut et euismod turpis, ac tincidunt aliquet at dolor donec felis dolor donec ante tellus consectetur erat nunc diam euismod. Adipiscing lorem congue, proin, volutpat amet, tempus massa non, nonummy ipsum ut et euismod turpis magna mi sit nisi, diam. Id at sed dolore ante volutpat amet aliquam massa, ullamcorper, elit ipsum nisi mi tellus consectetur, erat tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit pulvinar aliquam, nibh ullamcorper turpis lorem tincidunt praesent molestie erat massa non. Nonummy tempus, nunc sem, felis sit magna, nibh euismod turpis ac laoreet ullamcorper, adipiscing. Lorem tincidunt aliquet mauris pharetra dolore mi mauris pharetra mi volutpat consectetur tempus massa. Non elit ipsum ut proin eget pulvinar ut proin eget ipsum nisi proin eget. Dolor dolore proin volutpat amet tempus volutpat amet, aliquam nibh non amet aliquam lobortis. Ullamcorper felis sit magna et felis feugiat congue, et id turpis ac laoreet tellus. Consectetur donec proin mauris pulvinar donec nibh volutpat pharetra donec ante molestie amet aliquam. Massa ullamcorper elit tempus lobortis sem nonummy ipsum ut diam elit pulvinar nisi, et. Eget nonummy tempus lobortis ullamcorper adipiscing ipsum congue mi, id, sit magna mi tellus. Turpis, ac laoreet tellus consectetur, lorem tincidunt aliquet adipiscing ac laoreet tellus dolor, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod, turpis feugiat congue mi mauris pharetra tempus nunc diam felis magna nibh euismod turpis ac laoreet. Ullamcorper at dolor dolore proin molestie pharetra donec mi volutpat consectetur tempus nunc, sem id sit nisi diam. Eget lorem congue praesent volutpat pharetra aliquam massa non nonummy tempus, lobortis et id, turpis ac tincidunt sem. Eget pulvinar dolore praesent eget, pulvinar dolore, ante dolor congue, aliquet at feugiat congue mi volutpat pharetra erat. Lobortis diam id, sit lorem laoreet euismod consectetur ac tincidunt tellus adipiscing sed tincidunt adipiscing feugiat congue proin. Molestie, pharetra erat lobortis et felis ipsum nisi diam elit pulvinar nisi, et tellus sit nisi nibh ullamcorper. Mauris dolor dolore proin pharetra erat massa, non consectetur tempus, lobortis diam felis, pulvinar nisi et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi consectetur erat massa tellus at sed dolore proin eget amet tempus lobortis euismod nonummy donec nibh euismod. Adipiscing sit magna mi molestie sit ac, tellus at sed, nunc proin eget pulvinar nisi ante, volutpat pulvinar aliquam. Nibh euismod adipiscing feugiat lobortis ullamcorper felis, feugiat magna praesent molestie, sit magna molestie at sed nunc proin eget. Amet tempus lobortis ullamcorper mauris sit magna mi molestie pharetra donec laoreet non at erat massa, sem at sed. Nunc sem dolor dolore ante, volutpat nonummy tempus tincidunt diam felis feugiat, ut, praesent felis sit magna mi molestie. Sit erat massa tellus at sed sem mauris dolor dolore, proin eget pulvinar aliquam nibh ullamcorper adipiscing, feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non elit feugiat, laoreet tellus elit amet aliquam nibh euismod felis feugiat congue praesent. Tellus elit sed nunc proin elit pulvinar nisi et eget pulvinar nisi nibh amet tempus. Lobortis diam, felis feugiat, magna ante non elit ipsum aliquam nibh ullamcorper at dolor congue. Ante, ullamcorper elit feugiat nisi et, euismod, turpis, mi euismod, turpis ac laoreet aliquet, at. Dolor donec ante non nonummy ipsum lobortis ullamcorper elit feugiat ut et euismod sit magna. Tincidunt tellus consectetur lorem praesent volutpat, pharetra aliquam lobortis diam molestie pharetra, erat laoreet tellus. At dolor nisi proin elit, dolor dolore proin euismod nonummy lorem congue mi elit pulvinar. Nisi et, euismod turpis lorem lobortis aliquet at dolor erat, massa sem elit pulvinar nisi. Diam felis pulvinar magna nibh euismod adipiscing sed congue mauris pharetra aliquam ante, non nonummy. Tempus ut diam elit ipsum ut et euismod turpis ac tincidunt aliquet mauris pharetra, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat congue mi volutpat amet, donec mi molestie pharetra, erat ut et eget, sit magna nibh euismod turpis aliquam lobortis diam elit sit. Congue laoreet molestie consectetur sed nunc, aliquet mauris sed dolore sem mauris, dolor dolore ante volutpat amet donec volutpat amet aliquam ante volutpat amet donec. Massa non elit ipsum lobortis, sem felis pulvinar ut diam eget sit aliquam et, id, turpis lorem laoreet ullamcorper, adipiscing tincidunt aliquet, felis feugiat congue. Praesent mauris pharetra donec massa sem elit ipsum ut et euismod sit ac, tincidunt aliquet mauris, dolor dolore praesent dolor dolore praesent molestie consectetur erat. Massa, sem id sit nisi et eget turpis ac tincidunt, aliquet at dolor, donec ante ullamcorper elit ipsum ut diam pulvinar nisi et euismod, sit. Lorem tincidunt aliquet mauris dolor dolore praesent eget, pharetra donec proin molestie nonummy tempus ut diam elit ipsum lobortis diam, id consectetur laoreet, aliquet eget. Dolor, aliquam, nibh volutpat, nonummy feugiat ut diam felis feugiat ut diam felis tempus ut diam id nisi et id turpis, ac tincidunt praesent mauris. Pharetra aliquam lobortis ullamcorper adipiscing feugiat congue et molestie turpis magna mi id, sit magna, mi tellus at sed aliquet mauris pharetra donec proin volutpat. Pharetra aliquam proin molestie, pharetra donec massa non, nonummy ipsum nisi mi euismod turpis lorem, laoreet praesent at dolor dolore, proin dolor dolore praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt mi molestie pharetra massa non nonummy tempus massa sem elit pulvinar nisi et id turpis, ac laoreet ullamcorper adipiscing ac lobortis. Ullamcorper adipiscing dolor magna praesent felis feugiat congue adipiscing lorem lobortis ullamcorper felis sit magna mi molestie pharetra ac laoreet tellus consectetur sed tincidunt. Aliquet, eget dolor nisi proin eget amet tempus praesent molestie consectetur erat nunc sem elit ipsum dolore et volutpat amet nisi proin eget sed. Dolore ante volutpat nonummy lorem tincidunt praesent molestie congue praesent id sit congue et id pharetra magna mi id sit magna et, id sit. Nisi et felis pulvinar magna, nibh, id turpis aliquam laoreet euismod lorem tincidunt aliquet at, feugiat dolore massa molestie pharetra congue aliquet turpis tempus. Tincidunt praesent mauris feugiat ut praesent mauris sit donec nunc sem elit sed sem eget pulvinar aliquam et volutpat amet tempus tincidunt diam felis. Feugiat congue mi tellus sit magna mi, molestie consectetur ac massa non ipsum dolore et volutpat, amet aliquam lobortis diam adipiscing lorem congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris nisi pulvinar dolor turpis turpis, dolor erat nisi tincidunt, ut nisi tincidunt. Nibh diam molestie at, ipsum nisi nibh euismod adipiscing lorem congue ante volutpat. Consectetur nunc sem elit ipsum ut diam eget, sit ac tincidunt aliquet at. Feugiat congue ante molestie amet dolore ante non, consectetur erat nunc sem tempus. Massa, sem elit ipsum ut et eget pulvinar ut, proin euismod amet, aliquam. Lobortis aliquet felis, feugiat tincidunt ullamcorper turpis lorem tincidunt diam, mauris sit congue. Mauris sit, donec massa sem elit pulvinar dolore proin volutpat turpis lorem lobortis. Ullamcorper adipiscing tempus, congue praesent felis feugiat, magna mi molestie magna praesent id. Pharetra ac laoreet non at ipsum aliquam et volutpat amet nisi ante euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, tellus adipiscing sed dolore proin eget pharetra, donec ante ullamcorper nonummy tempus. Lobortis, diam id sit nisi mi, euismod consectetur lorem tincidunt tellus, sed dolore. Proin non nonummy tempus ut, mi id sit, ac mi tellus, at, sed. Nisi nibh, ullamcorper mauris feugiat magna mi, non consectetur donec, non elit pulvinar. Dolore et aliquet at feugiat congue praesent molestie pharetra donec, ante non, nonummy. Pulvinar nisi et, id sit ac laoreet aliquet mauris dolor, dolore at feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem eget pulvinar nisi ante. Volutpat amet tempus lobortis non nonummy. Lorem ut adipiscing ipsum congue et. Id sit, ac laoreet aliquet at. Dolor nisi proin volutpat amet donec. Ante euismod nonummy lorem, lobortis ullamcorper. Adipiscing ipsum congue diam, feugiat, magna. Mi molestie sit magna laoreet tellus. At dolor nunc, sem mauris, sed. Nunc, proin, volutpat pharetra aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac nibh euismod, felis, feugiat tincidunt euismod turpis nisi ante volutpat nonummy tempus ut diam adipiscing lorem lobortis diam feugiat congue diam, id feugiat, magna. Mi tellus elit, erat tincidunt tellus at, sed, tincidunt proin eget pulvinar dolore ante non amet aliquam massa non ipsum ut diam molestie, consectetur erat, tincidunt. Sem consectetur lorem nunc sem mauris dolor dolore proin, volutpat amet tempus lobortis non nonummy tempus lobortis non amet tempus non nonummy tempus ut diam felis. Pulvinar magna nibh euismod turpis ac tincidunt aliquet adipiscing lorem tincidunt aliquet adipiscing lorem lobortis euismod turpis nibh euismod amet aliquam nibh volutpat amet tempus nibh. Volutpat nonummy aliquam nibh non amet aliquam massa volutpat amet, erat massa volutpat pharetra tempus massa non nonummy nunc non nonummy tempus nunc non elit ipsum. Ut proin, elit pulvinar aliquam et id adipiscing lorem tincidunt aliquet adipiscing lorem nibh euismod turpis tempus, lobortis ullamcorper, dolore proin mauris pharetra donec ante volutpat. Adipiscing tempus massa non, nonummy erat massa non elit ipsum ut sem elit massa sem eget, ipsum, ut diam, eget, pulvinar, ut proin id amet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet elit dolor nisi proin volutpat amet aliquam lobortis diam felis feugiat congue praesent id sit magna mi molestie. Sit congue diam felis feugiat ut tellus consectetur sed tincidunt, euismod consectetur ac tincidunt aliquet mauris dolor dolore ante. Non adipiscing tempus massa non elit sit magna, laoreet aliquet at, sed tellus at lorem nunc praesent eget pulvinar. Donec nibh non nonummy ipsum ut et molestie turpis magna et molestie, sit magna et id sit nisi nibh. Pulvinar nisi et id turpis ac tincidunt praesent at dolor congue, praesent volutpat pharetra, erat lobortis non nonummy tempus. Ut diam id turpis lorem aliquet at sed dolore, proin volutpat amet aliquam massa non nonummy donec ante volutpat. Nonummy tempus ut, sem elit ipsum nisi diam id pulvinar magna laoreet adipiscing ac laoreet aliquet adipiscing lorem tincidunt. Praesent mauris feugiat dolore praesent mauris dolor magna mi, molestie, consectetur, erat massa sem elit pulvinar ut et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi tellus at dolor dolore sem eget amet tempus nibh ullamcorper felis feugiat magna felis sit congue mi molestie pharetra magna laoreet aliquet, consectetur erat tincidunt. Sem elit pulvinar nisi ante euismod nonummy tempus ut praesent molestie consectetur ut sem, at pulvinar, nisi nibh volutpat turpis ac nibh euismod adipiscing lorem tincidunt diam. Felis feugiat magna mi molestie pharetra donec, mi, tellus, at ipsum laoreet euismod turpis ac tincidunt ullamcorper adipiscing tempus lobortis ullamcorper mauris pharetra, donec ante, tellus consectetur. Erat nunc, sem eget sit ut sem sed nunc aliquet elit dolor dolore proin eget dolor nisi ante volutpat amet aliquam nibh non amet tempus nibh non. Adipiscing feugiat congue diam id sit congue elit ipsum ut diam elit ipsum nisi diam eget ipsum, ut et id sit aliquam nibh euismod amet nisi nibh. Id amet aliquam, nibh volutpat turpis tempus volutpat amet lorem lobortis, ullamcorper felis feugiat congue praesent molestie sit donec, laoreet, tellus pharetra magna mi, molestie turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, nonummy ipsum ut non eget pulvinar aliquam et id turpis sed aliquet at feugiat tincidunt aliquet at dolor congue aliquet felis feugiat donec. Massa sem elit ipsum nisi nibh euismod turpis ac laoreet ullamcorper adipiscing lorem tincidunt at feugiat, dolore praesent mauris, feugiat magna praesent molestie dolor. Congue praesent molestie, consectetur, sed nisi proin eget pulvinar aliquam nibh ullamcorper at feugiat congue non consectetur, erat massa volutpat nonummy ipsum nisi nibh. Id, adipiscing sed donec nibh ullamcorper felis sit magna, mi, aliquet elit dolor nunc consectetur sed tincidunt sem mauris dolor dolore proin volutpat amet. Lorem ut mi tellus consectetur erat nunc sem elit amet nisi et, euismod mauris feugiat magna ante dolor donec ante tellus consectetur donec mi. Tellus pharetra ac laoreet non at erat massa, aliquet at sed, dolore proin eget dolor nisi proin eget dolor dolore mauris sed, dolore ante. Volutpat nonummy aliquam, lobortis non elit tempus ut ullamcorper, elit ipsum nisi et felis sit magna eget pulvinar magna et id turpis ac laoreet. Aliquet at feugiat congue praesent, molestie, pharetra erat massa, non nonummy tempus nunc diam elit ipsum nunc sem elit laoreet, non at sed ut. Et euismod turpis aliquam nibh, euismod turpis tempus lobortis euismod adipiscing feugiat congue praesent felis sit congue diam felis lorem ut, diam aliquam lobortis. Non nonummy tempus lobortis ullamcorper elit feugiat magna laoreet tellus consectetur lorem laoreet aliquet turpis magna laoreet euismod, turpis lorem tincidunt aliquet at feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquet felis dolor magna massa sem id sit. Magna laoreet turpis ac nibh euismod turpis lorem dolore. Proin volutpat amet donec massa non elit feugiat, nisi. Mi euismod turpis magna et eget sit nisi et. Volutpat nonummy aliquam massa non nonummy erat lobortis sem. Elit ipsum nisi et euismod sit magna et tellus. Adipiscing sed nunc praesent at sed proin molestie pharetra. Donec, ante molestie pharetra erat massa non nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem consectetur sed, nunc elit ipsum nisi et, eget pulvinar nisi proin eget pulvinar nisi ante volutpat amet aliquam nibh volutpat amet aliquam ante volutpat nonummy. Lorem ut praesent ipsum, congue et id sit magna et id feugiat nisi et, felis ipsum ut et euismod turpis lorem nunc praesent mauris dolor donec, massa, non. Sit ac massa aliquet at sed nunc proin eget dolor nunc, sem eget amet tempus, lobortis, diam id pharetra magna mi molestie, pharetra magna mi molestie consectetur nunc. Sem volutpat felis feugiat congue mi tellus nonummy ipsum ut proin eget pulvinar aliquam laoreet ullamcorper at dolor donec ante non nonummy ut et id sit magna nibh. Euismod adipiscing sed dolore ante non nonummy aliquam massa ullamcorper nonummy erat ante non nonummy tempus lobortis sem elit tempus nunc nonummy tempus massa tellus consectetur sed nunc. Sem elit sed ut sem elit ipsum nisi nibh, euismod turpis aliquam nibh euismod turpis tempus tincidunt ullamcorper adipiscing lorem praesent molestie feugiat congue praesent molestie at sed. Nisi et ullamcorper adipiscing lorem lobortis ullamcorper felis lorem lobortis ullamcorper felis congue mi mauris pharetra donec massa non at ipsum massa sem elit ipsum nisi nibh euismod. Adipiscing lorem tincidunt praesent mauris sit magna mi tellus pharetra laoreet tellus consectetur erat laoreet non elit pulvinar dolore sem, volutpat amet aliquam lobortis ullamcorper, felis feugiat, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non adipiscing ipsum congue mi tellus consectetur, sed nunc et euismod adipiscing feugiat congue praesent molestie, nonummy tempus tellus, nonummy sed ut diam id pulvinar, ut. Proin eget ipsum dolore proin volutpat pulvinar nisi proin eget dolor dolore sem, mauris pulvinar dolore proin pulvinar donec nibh non nonummy tempus massa ullamcorper nonummy. Tempus lobortis diam elit tempus ut diam elit pulvinar magna, laoreet tellus at sed nunc praesent mauris dolor nibh non adipiscing sit magna, laoreet tellus turpis. Erat dolore proin, eget, pulvinar aliquam nibh euismod, adipiscing lorem congue praesent mauris sit magna laoreet, consectetur sed nunc sem elit pulvinar nisi, nibh euismod, amet. Tempus tincidunt euismod nonummy tempus tincidunt praesent mauris pharetra erat laoreet sem elit pulvinar nisi nibh amet aliquam lobortis ullamcorper turpis aliquam nibh euismod turpis aliquam. Nibh, euismod nonummy tempus nibh ullamcorper adipiscing ipsum congue, diam felis ipsum ut et id turpis ac euismod turpis ac mi euismod mauris dolor dolore praesent. Eget pharetra, donec ante eget pharetra dolore proin at feugiat tincidunt at dolor dolore mi molestie pharetra erat massa tellus, nonummy tempus ut et euismod, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore nibh euismod adipiscing, feugiat donec ante volutpat consectetur, erat massa non nonummy ipsum ut et id. Sit, aliquam laoreet euismod adipiscing, lorem proin volutpat pharetra tempus massa volutpat nonummy tempus lobortis sem felis. Sit ac, laoreet praesent mauris pharetra donec, proin eget dolor, dolore proin volutpat nonummy lobortis diam id. Sit ac laoreet euismod turpis magna, laoreet euismod, sit ac laoreet euismod adipiscing sed, tincidunt ullamcorper at. Feugiat dolore praesent mauris feugiat tincidunt felis feugiat congue diam mauris feugiat magna mi, molestie consectetur erat. Massa non at sed nunc sem eget turpis ac lobortis, aliquet felis feugiat ullamcorper adipiscing lorem congue. Praesent molestie pharetra donec massa, sem elit ipsum nunc proin eget pulvinar dolore proin volutpat amet ac. Tincidunt aliquet felis feugiat congue adipiscing lorem magna praesent molestie, pharetra donec laoreet, non at pulvinar, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi aliquet at lorem congue, praesent, volutpat consectetur erat massa. Non nonummy erat massa non, consectetur, sed nunc sem elit. Ipsum dolore proin volutpat amet, tempus lobortis felis feugiat congue. Mi molestie, sit magna laoreet tellus consectetur ipsum ut proin. Id amet ac tincidunt praesent felis dolor, dolore, ante, volutpat. Pharetra erat diam, eget pulvinar ut et id turpis aliquam. Nibh euismod turpis nisi et id amet aliquam lobortis ullamcorper. Adipiscing lorem, tincidunt diam felis feugiat magna molestie consectetur, erat. Ut proin id turpis lorem congue praesent molestie pharetra dolore. Aliquet molestie pharetra donec ante volutpat consectetur erat nunc diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna laoreet tellus consectetur ac laoreet tellus, consectetur sed nunc sem elit dolor nisi proin eget dolore proin. Eget nonummy tempus lobortis diam felis feugiat congue laoreet molestie sit ac laoreet tellus consectetur sed nunc sem at. Sed nunc, proin pulvinar donec proin volutpat amet aliquam massa non nonummy aliquam massa volutpat pharetra congue ullamcorper turpis. Tempus nibh ullamcorper adipiscing lorem congue praesent mauris consectetur erat massa pharetra donec laoreet tellus consectetur sed nisi et. Volutpat turpis aliquam nibh euismod turpis tempus nibh euismod nonummy aliquam lobortis ullamcorper nonummy aliquam non amet aliquam massa. Non elit ipsum ut diam elit ipsum lobortis diam felis ipsum nunc sem elit ipsum ut sem nonummy ipsum. Ut proin id, amet et, id amet aliquam et volutpat amet aliquam ante volutpat amet nisi ante volutpat pulvinar. Donec ante eget pharetra donec proin volutpat pharetra aliquam massa non nonummy, ante non nonummy ipsum ut diam elit. Ipsum nisi et eget pulvinar magna laoreet tellus turpis, ac tincidunt aliquet mauris congue ullamcorper mauris, dolor, dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy lorem tincidunt diam felis feugiat nunc sem elit ipsum nisi et eget turpis ac tincidunt ullamcorper, felis feugiat magna mi molestie. Pharetra erat, ante tellus nonummy sed massa sem elit aliquam et id amet aliquam nibh euismod, turpis ac lobortis euismod turpis aliquam nibh. Ullamcorper felis, lorem lobortis diam felis lorem ut diam felis feugiat mi, molestie turpis ac mi tellus at erat tincidunt aliquet at sed. Dolore, ante ullamcorper felis, lorem congue, praesent id sit magna laoreet tellus, sed, nunc sem eget pulvinar nisi ante volutpat turpis tempus congue. Praesent mauris feugiat ut ullamcorper felis ipsum ut, diam id sit magna et, id sit diam felis sit nisi, et id, turpis ac. Laoreet aliquet adipiscing tempus donec mi molestie pharetra ac, massa sem eget sed dolore sem elit sed nunc mauris dolor dolore proin volutpat. Pulvinar aliquam lobortis ullamcorper nonummy tempus lobortis et id sit magna, mi tellus at sed dolore ante volutpat turpis lorem tincidunt diam tempus. Magna mi molestie at ipsum ut proin eget ipsum, nisi et volutpat amet aliquam nibh euismod, adipiscing feugiat, congue mauris sit congue mi. Non elit ipsum, ut proin id, turpis lorem tincidunt mi volutpat pharetra dolore ante, non, nonummy ipsum nisi et id sit magna nibh. Ipsum nisi nibh ullamcorper adipiscing feugiat dolore praesent molestie pharetra dolore massa non elit pulvinar magna mi, id sit ac laoreet euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et euismod turpis, lorem tincidunt praesent mauris dolor erat massa diam id sit. Sem eget pulvinar nisi nibh id sit aliquam nibh aliquet at, feugiat congue mi. Mauris pharetra dolore mi molestie pharetra donec ante tellus, pharetra donec ante pharetra donec. Laoreet tellus consectetur, erat laoreet, molestie consectetur sed massa tellus turpis ac laoreet id. Turpis lorem laoreet tellus at dolor dolore praesent volutpat congue, proin eget pharetra dolore. Ante molestie dolor dolore ante, volutpat nonummy tempus ut diam felis pulvinar nisi et. Id pulvinar nisi et ipsum nisi et id turpis ac lobortis ullamcorper adipiscing ac. Lobortis aliquet felis, lorem lobortis diam adipiscing feugiat congue praesent felis feugiat congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolore proin molestie amet ipsum nisi et euismod consectetur sed dolore, ante ullamcorper, nonummy lorem ut. Diam ipsum congue praesent molestie consectetur erat massa aliquet consectetur ac laoreet euismod turpis ac, laoreet aliquet. Mauris pulvinar aliquam lobortis ullamcorper felis sit ullamcorper adipiscing feugiat congue mi molestie turpis ac massa aliquet. At dolor nisi ante euismod, adipiscing lorem, ut praesent molestie pharetra erat massa non elit ipsum nisi. Elit turpis aliquam nibh ullamcorper mauris consectetur erat, massa sem elit pulvinar magna et euismod turpis, lorem. Tincidunt, aliquet, adipiscing lorem tincidunt ullamcorper lorem tincidunt praesent volutpat dolor congue, praesent mauris erat ut et. Eget sit aliquam laoreet euismod adipiscing ac tincidunt aliquet adipiscing lorem lobortis ullamcorper adipiscing, tempus lobortis nonummy. Tempus nibh euismod nonummy tempus lobortis praesent id sit magna mi molestie, pharetra ac laoreet tellus consectetur. Sed nunc sem mauris dolor dolore volutpat nonummy tempus ut ullamcorper felis ipsum ut diam felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum magna mi sit ac laoreet. Aliquet mauris dolor dolore, nibh non. Felis sit donec mi molestie pharetra. Ac laoreet tellus elit pulvinar nisi. Nibh ullamcorper felis nibh, euismod adipiscing. Feugiat magna, mi non, elit pulvinar. Aliquam nibh id amet aliquam nibh. Id turpis aliquam nibh, euismod adipiscing. Lorem congue praesent felis congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris amet aliquam massa non adipiscing feugiat congue et. Felis, turpis magna mi euismod turpis diam felis pulvinar. Nisi nibh euismod adipiscing sed dolore proin volutpat amet. Aliquam lobortis diam felis sit ac massa tellus at. Dolor dolore, proin mauris nunc proin eget, pulvinar donec. Nibh ullamcorper adipiscing ipsum lobortis ullamcorper felis ipsum congue. Mi molestie turpis ac, laoreet tellus consectetur ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit donec nunc non at sed nunc proin eget amet. Aliquam nibh euismod, turpis lorem tincidunt praesent, felis feugiat diam. Mauris, pharetra erat laoreet non nonummy ipsum ut et id. Turpis, lorem tincidunt euismod adipiscing feugiat congue, praesent, molestie, nonummy. Ipsum nunc sem donec mi molestie pharetra donec laoreet molestie. Consectetur ac, mi molestie turpis ac laoreet aliquet, at sed. Nunc sem at sed nunc sem mauris lorem tincidunt aliquet. Nisi et id amet aliquam laoreet euismod turpis ac lobortis. Aliquet mauris dolor, magna ante volutpat consectetur erat nunc diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ut, diam felis sit ut et, id, sit. Magna laoreet tellus consectetur sed, nunc tellus turpis magna. Nibh ipsum ut diam eget sit aliquam laoreet euismod. Adipiscing, ac nibh id turpis ac lobortis ullamcorper felis. Feugiat magna ante tellus pharetra donec mauris pharetra donec. Mi molestie sit ac nunc proin eget pulvinar dolore. Sem elit dolor nunc sem at sed tincidunt aliquet. Mauris pulvinar aliquam proin non adipiscing ante non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt praesent mauris pharetra erat lobortis, sem nonummy ipsum nisi, diam eget sit sem elit, pulvinar aliquam nibh euismod. Adipiscing ac tincidunt aliquet mauris pharetra erat lobortis sem elit pulvinar magna nibh euismod, turpis magna nibh euismod aliquam, tincidunt. Praesent molestie amet aliquam, lobortis ullamcorper felis sit erat tincidunt sem mauris pulvinar dolore proin volutpat pulvinar donec nibh ullamcorper. Felis feugiat congue, mi pharetra magna mi molestie consectetur ac tincidunt sem eget pulvinar nisi nibh ullamcorper adipiscing lorem congue. Praesent mauris sit magna laoreet tellus consectetur laoreet aliquet at sed dolore proin eget pulvinar nisi ante euismod amet tempus. Tincidunt diam felis sit magna mi molestie, pharetra ac laoreet sem elit ipsum, nisi euismod turpis aliquam, nibh ullamcorper adipiscing. Lorem congue praesent tellus nonummy sed ut proin id adipiscing lorem congue proin, volutpat amet tempus lobortis sem id turpis. Erat, aliquet at sed nunc praesent eget pulvinar aliquam lobortis ullamcorper felis sit ac, laoreet aliquet elit, pulvinar nisi nibh. Ullamcorper dolore nibh volutpat amet tempus tincidunt diam felis feugiat, congue praesent id sit ac laoreet tellus elit pulvinar aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur lorem tincidunt sem mauris pulvinar aliquam nibh ullamcorper adipiscing ipsum ut praesent id pharetra erat laoreet elit pulvinar dolore sem eget pulvinar nisi nibh. Euismod nonummy tempus, ut praesent, mauris sit donec laoreet tellus consectetur, erat massa tellus consectetur, erat aliquet elit dolor dolore sem mauris dolor dolore proin eget. Pulvinar donec lobortis, non adipiscing, ipsum ut diam elit feugiat magna et molestie sit magna et id nunc non nonummy tempus nunc sem elit sed massa. Sem id sit aliquam, nibh eget pulvinar nisi proin eget pulvinar dolore proin eget tincidunt, aliquet mauris, dolor nunc aliquet at sed nunc praesent at dolor. Donec ante non nonummy tempus, massa ullamcorper felis ipsum ut diam felis sit magna tincidunt volutpat amet lorem ut mi, tellus consectetur erat, laoreet molestie sit. Magna mi molestie, turpis erat, tincidunt aliquet consectetur, ac tincidunt aliquet turpis lorem tincidunt tellus adipiscing proin elit sed, nunc proin id turpis lorem lobortis euismod. Mauris consectetur erat lobortis non consectetur magna ante non elit massa sem eget, ipsum ut proin eget pulvinar aliquam nibh euismod amet nisi proin volutpat amet. Tempus lobortis euismod, amet aliquam, ante euismod amet tempus lobortis non donec ante ullamcorper, elit, ipsum congue et felis ipsum, nisi, diam felis pulvinar nisi mi. Tellus turpis lorem nunc praesent mauris dolor congue proin eget nonummy ipsum volutpat nonummy ipsum nisi et id sit magna laoreet euismod turpis, lorem nunc praesent. Mauris, dolor dolore ante non nonummy aliquam lobortis diam felis feugiat ut ullamcorper erat massa non, nonummy tempus massa non pharetra magna ante tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy, ipsum congue et, aliquet consectetur dolor dolore proin eget amet aliquam, lobortis euismod adipiscing feugiat magna, laoreet tellus at mi molestie consectetur sed dolore, et. Euismod adipiscing lorem tincidunt praesent mauris dolor magna mi tellus consectetur donec massa tellus consectetur, sed massa sem elit nunc sem, elit dolor nisi nibh euismod turpis. Lorem tincidunt diam nonummy tempus lobortis ullamcorper adipiscing lorem ut praesent felis feugiat congue et id sit congue mi ipsum nisi mi id sit magna laoreet euismod. Turpis ac laoreet tellus, at lorem tincidunt aliquet at dolor tincidunt aliquet at feugiat, dolore felis dolor magna ante volutpat consectetur tempus nunc non eget pulvinar nisi. Et, id turpis, ac nibh, euismod amet nisi proin eget amet aliquam et, volutpat, pulvinar aliquet at sed nunc, aliquet at sed nunc proin mauris dolor, dolore. Praesent mauris feugiat congue proin molestie, pharetra donec massa non nonummy tempus, nunc non nonummy ac tincidunt aliquet at dolor congue ante volutpat amet tempus lobortis ullamcorper. Elit tempus lobortis diam felis sit magna mi, pulvinar magna laoreet tellus, adipiscing sed dolore proin volutpat dolor congue proin mauris feugiat congue praesent mauris, pharetra erat. Massa non pharetra erat massa non nonummy magna, et euismod turpis aliquam, nibh, euismod turpis aliquam lobortis aliquet at dolor dolore mi molestie, feugiat congue mi molestie. Pharetra tempus ut, diam eget sit aliquam elit pulvinar ut proin eget ipsum dolore sem elit dolor nisi ante eget pulvinar dolore proin, eget, dolor dolore praesent. At dolor donec, ante eget dolor dolore diam, id turpis, ac laoreet sem at sed nunc, sem mauris pulvinar donec ante volutpat pulvinar donec proin eget pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et volutpat amet nisi, et volutpat, turpis, feugiat congue praesent mauris pharetra donec ante tellus ut ullamcorper adipiscing ipsum, congue et molestie pharetra sed, massa sem eget. Pulvinar nisi nibh euismod turpis tempus tincidunt diam felis feugiat magna massa pharetra donec massa tellus consectetur sed massa sem elit sed dolore proin eget pulvinar nisi. Nibh ullamcorper adipiscing lorem lobortis diam felis feugiat congue mi tellus at massa sem elit ipsum nisi nibh volutpat amet tempus, nibh euismod nonummy lorem congue diam. Felis feugiat magna praesent id pharetra, erat nunc eget ipsum dolore sem elit sed tincidunt sem mauris dolor dolore, ante euismod nonummy tempus ut diam, adipiscing feugiat. Congue diam felis sit magna et molestie sit et, id sit magna mi tellus consectetur lorem tincidunt praesent volutpat nonummy, aliquam lobortis ullamcorper felis feugiat magna et. Id sit congue laoreet tellus at sed nunc eget pulvinar donec nibh, euismod nonummy, aliquam ut non nonummy, sit congue et id pharetra ac massa aliquet at. Erat euismod, sit ac laoreet aliquet at ac laoreet tellus adipiscing lorem congue proin eget pharetra donec ante, molestie amet erat massa volutpat pharetra donec ante molestie. Nonummy massa sem eget pulvinar nisi nibh id sit aliquam nibh euismod adipiscing ac tincidunt ullamcorper adipiscing lorem tincidunt aliquet mauris dolor magna praesent mauris pharetra erat. Massa nonummy ipsum, ut et euismod turpis ac laoreet id pulvinar dolore proin eget dolor dolore sem eget amet aliquam nibh, euismod adipiscing feugiat, congue diam, felis. Sit praesent molestie sit erat, nunc aliquet elit sed nunc aliquet at, dolor nunc sem at lorem tincidunt aliquet at dolor nunc praesent mauris sed dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy ipsum nisi et felis pulvinar nisi diam erat massa non nonummy, erat massa tellus pharetra, erat laoreet tellus at ipsum dolore. Sem eget pulvinar nisi proin eget amet, aliquam, ante volutpat nonummy nibh non adipiscing, ipsum ut praesent id, pharetra sed nisi proin volutpat. Pulvinar aliquam nibh euismod amet aliquam nibh euismod adipiscing tempus lobortis diam felis nibh, non, adipiscing, feugiat ut et molestie turpis ac, mi. Aliquet at sed dolore proin eget pulvinar aliquam lobortis ullamcorper felis sit magna, praesent, feugiat, congue mi id sit magna mi id sit. Magna laoreet sem eget amet aliquam nibh euismod nonummy tempus ut diam felis ipsum congue mi, id, ut diam elit tempus massa diam. Felis, sit ac, tincidunt aliquet, mauris dolor donec ante eget pharetra, aliquam ante, volutpat nonummy aliquam lobortis ullamcorper elit ipsum nisi nonummy tempus. Ut et id turpis ac laoreet euismod consectetur lorem tincidunt aliquet mauris pharetra donec ante molestie amet, tempus ut ullamcorper, felis sed nunc. Sem eget nonummy aliquam, ante volutpat adipiscing lorem ut, diam molestie consectetur sed ut proin id turpis ac lobortis aliquet felis dolor donec. Massa non erat massa sem elit pulvinar ut nibh euismod adipiscing sed tincidunt ullamcorper mauris feugiat congue praesent molestie amet erat ut et. Id sit magna laoreet aliquet at dolore proin eget pharetra donec ante volutpat amet erat massa volutpat nonummy ipsum lobortis diam, euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et euismod adipiscing, dolor dolore massa ullamcorper, adipiscing ipsum ut diam felis. Feugiat nisi mi id pulvinar nisi et turpis magna nibh id sit aliquam. Laoreet euismod adipiscing sed tincidunt ullamcorper adipiscing ac nibh aliquet mauris lorem tincidunt. Aliquet felis feugiat tincidunt praesent feugiat, magna ante tellus pharetra, donec laoreet molestie. Consectetur magna et felis sit magna mi, molestie sit magna et, id sit. Magna nibh euismod turpis lorem ante volutpat pharetra donec massa ullamcorper felis ipsum. Lobortis, diam elit feugiat nisi mi, euismod consectetur ac, laoreet tellus at sed. Nunc praesent lorem tincidunt aliquet turpis aliquam nibh euismod turpis ac lobortis euismod. Turpis aliquam nibh euismod amet aliquam, ante volutpat amet tempus ut ullamcorper nonummy. Aliquam ut diam feugiat magna et molestie turpis magna laoreet molestie turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit ipsum ut id pulvinar, nisi nibh euismod amet, lorem tincidunt ullamcorper turpis ac tincidunt aliquet, adipiscing tempus tincidunt aliquet felis feugiat congue praesent molestie pharetra. Donec massa consectetur erat nunc sem eget pulvinar, aliquam lobortis ullamcorper felis lorem tincidunt ullamcorper felis lorem tincidunt diam felis sit magna mi mauris pharetra magna mi sit. Magna mi, molestie consectetur ac laoreet, tellus elit dolor nisi sem mauris sed, dolore proin mauris amet tempus lobortis non nonummy tempus molestie, nonummy tempus lobortis, ullamcorper elit. Feugiat nisi et id sit ac laoreet aliquet mauris, dolor donec lobortis praesent molestie sit donec mi molestie sit magna mi turpis erat, tincidunt tellus, consectetur erat laoreet. Aliquet mauris pulvinar aliquam ante volutpat, amet tempus ut praesent, molestie, consectetur sed nunc aliquet consectetur magna laoreet tellus consectetur sem nonummy ipsum nunc sem elit ipsum ut. Et euismod adipiscing ac laoreet euismod adipiscing lorem congue praesent, molestie pharetra aliquet felis dolor donec ante volutpat nonummy erat nunc diam eget sit ac, laoreet euismod adipiscing. Lorem dolore proin volutpat amet donec ante sem elit tempus ut nonummy ipsum ut nibh id turpis lorem tincidunt praesent at, dolor donec, proin mauris pharetra donec ante. Non elit ipsum nisi, et, euismod consectetur lorem nunc eget pulvinar donec ante non amet aliquam lobortis non adipiscing ipsum ut diam id feugiat nisi et euismod consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet tellus at dolor congue proin eget, amet tempus. Lobortis ullamcorper felis feugiat nisi mi molestie turpis et, id. Consectetur sed nunc praesent eget pharetra donec proin eget pharetra. Tempus massa non nonummy erat, ante molestie pharetra donec massa. Volutpat nonummy ut sem elit pulvinar nisi et eget pulvinar. Aliquam nibh euismod adipiscing feugiat dolore proin volutpat nonummy tempus. Ut et euismod turpis magna mi tellus consectetur nunc aliquet. Mauris dolor dolore, proin eget, pharetra, aliquam ut diam molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat diam felis, pulvinar ac laoreet. Aliquet at sed nunc aliquet at sed. Donec massa non nonummy tempus ut ullamcorper. Id sit nisi diam euismod magna laoreet. Tellus at dolor dolore proin eget pharetra. Dolore proin molestie pharetra donec praesent molestie. Amet tempus, lobortis sem nonummy tempus, nunc. Diam id ut, et id pulvinar nisi. Nibh euismod turpis lorem congue proin molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi nibh ullamcorper adipiscing, lorem ullamcorper mauris sit donec mi molestie pharetra erat, nunc sem elit pulvinar nisi nibh euismod turpis aliquam lobortis ullamcorper adipiscing feugiat congue diam adipiscing. Feugiat, mi tellus consectetur donec laoreet tellus at sed nunc sem elit pulvinar nisi et volutpat amet, dolore proin volutpat amet aliquam nibh volutpat nonummy tempus eget pharetra aliquam ante. Volutpat adipiscing, ipsum lobortis diam, felis ipsum nisi mi euismod turpis ac laoreet aliquet eget pulvinar donec ante non aliquam lobortis ullamcorper felis sit ac mi molestie sit magna mi. Molestie turpis ac mi id, sit magna laoreet aliquet at sed dolore praesent mauris dolor aliquam diam, id sit magna laoreet molestie turpis erat tincidunt aliquet at dolor nunc proin. Eget amet aliquam proin mauris dolor congue proin mauris pharetra dolore proin mauris dolore mi mauris dolor magna, praesent, felis dolor magna mi, mauris sit, congue mi molestie pharetra magna. Laoreet tellus at pulvinar aliquam praesent, molestie amet tempus, lobortis sem nonummy pulvinar ac laoreet tellus turpis magna et id turpis ac nibh id amet aliquam nibh euismod, turpis, ac. Tincidunt aliquet dolore proin eget pulvinar dolore, ante eget amet tempus lobortis non nonummy tempus lobortis diam, felis sit magna mi, tellus turpis ac laoreet tellus consectetur sed nunc sit. Ac laoreet euismod adipiscing ac laoreet euismod sit aliquam, nibh, euismod, amet aliquam et, volutpat amet, aliquam lobortis ullamcorper adipiscing lorem magna mi molestie pharetra erat, mauris sit magna mi. Molestie consectetur sed nunc sem, eget amet aliquam nibh volutpat amet nisi nibh euismod, nonummy tempus nibh, ullamcorper adipiscing tempus ut ullamcorper adipiscing massa non nonummy tempus lobortis ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna adipiscing, feugiat congue ante non, elit ipsum nisi et euismod. Turpis, lorem, tincidunt proin mauris pharetra praesent molestie consectetur erat, nunc sem. Eget sit nibh euismod, turpis ac laoreet euismod turpis, aliquam, nibh ullamcorper. Adipiscing feugiat congue praesent mauris, dolor erat ante tellus consectetur erat ut. Diam elit pulvinar proin eget pulvinar nisi, nibh, euismod, turpis ac tincidunt. Ullamcorper felis tempus nibh euismod turpis tempus lobortis, ullamcorper adipiscing tempus ut. Diam id magna diam id feugiat ut diam id turpis ac, laoreet. Molestie, turpis, magna laoreet aliquet at sed dolore, ante volutpat amet tempus. Nibh diam nonummy tempus non nonummy, ipsum ut diam felis feugiat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet tellus at pulvinar lorem sed nisi ante mi sem euismod at amet. Ipsum, turpis elit at amet nonummy ipsum, ut diam elit ipsum nisi proin, eget. Sit ac laoreet ullamcorper adipiscing, nibh euismod turpis aliquam nibh euismod, amet tempus lobortis. Praesent mauris sit donec, praesent molestie sit magna laoreet, tellus consectetur sed nisi proin. Volutpat turpis proin at sed dolore ante eget pulvinar donec ante volutpat pulvinar donec. Ante, volutpat nonummy aliquam, massa ullamcorper adipiscing feugiat magna mi molestie nisi et euismod. Turpis ac tincidunt tellus consectetur ac tincidunt aliquet at lorem congue aliquet at sed. Congue ante, molestie pharetra tempus ut diam id turpis magna felis sit, ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore nibh non nonummy feugiat ut diam felis feugiat magna laoreet turpis erat tincidunt sem, mauris, dolor dolore. Ante eget, amet donec ante volutpat amet aliquam massa volutpat amet aliquam massa ullamcorper nonummy, feugiat nisi mi. Id magna diam felis turpis ac laoreet tellus turpis ac nibh, id turpis ac nibh id pulvinar aliquam. Lobortis ullamcorper adipiscing lorem congue praesent, molestie pulvinar nisi nibh euismod turpis aliquam laoreet aliquet at dolor donec. Massa non nonummy tempus ut ullamcorper elit tempus, ut diam felis pulvinar nisi praesent mauris dolor nunc tellus. Adipiscing lorem tincidunt aliquet molestie dolor donec massa ullamcorper elit, tempus ut diam felis pulvinar nisi et id. Sit ac laoreet pulvinar aliquam nibh id sit ac nibh euismod turpis, nisi et volutpat pulvinar dolore, proin. Euismod adipiscing feugiat magna mi molestie consectetur sed nunc sem elit, ipsum nibh euismod turpis lorem lobortis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, pulvinar tempus congue mi felis, sit magna mauris pharetra erat nunc sem eget pulvinar nisi nibh euismod adipiscing, ac lobortis praesent mauris dolor donec mi non consectetur tempus nunc. Diam id turpis aliquam eget pulvinar, nisi laoreet, ullamcorper at dolor congue mi volutpat, nonummy tempus, lobortis mi tellus sit ac et euismod turpis ac tincidunt praesent mauris sed praesent. Molestie amet tempus ut diam felis ipsum ut, diam felis sit ac tincidunt aliquet consectetur sed nunc proin eget pharetra aliquam massa nonummy tempus lobortis non elit ipsum, lobortis, sem. Elit, pulvinar nunc diam felis pulvinar ut diam eget pulvinar nisi et eget ipsum nisi proin eget ipsum aliquam at dolor dolore proin eget, pulvinar aliquam nibh ullamcorper felis lorem. Lobortis non nonummy tempus lobortis, ullamcorper adipiscing ipsum lobortis diam felis feugiat ut diam felis feugiat sem elit ipsum ut diam id, sit magna et id sit ac laoreet ullamcorper. Adipiscing feugiat congue aliquet adipiscing lorem tincidunt aliquet felis congue praesent molestie, pharetra donec praesent mauris sit congue ullamcorper felis, sit magna mi tellus, consectetur erat massa aliquet, elit pulvinar. Nisi ante eget pulvinar aliquam ante sed dolore proin eget sed dolore praesent, mauris dolor dolore proin mauris pharetra congue mi mauris pharetra donec, ante volutpat consectetur erat massa tellus. Nonummy erat nunc pharetra donec mi, non, consectetur erat massa aliquet consectetur erat, nunc aliquet at, sed, dolore sem mauris dolor dolore proin, mauris dolor dolore proin at ac laoreet. Adipiscing, lorem tincidunt aliquet adipiscing lorem lobortis ullamcorper adipiscing tempus lobortis aliquet felis lorem congue, praesent, mauris, feugiat magna mi molestie, sit, donec massa non at sed id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit ipsum nisi nibh at sed dolore praesent mauris, dolor aliquam, lobortis diam felis. Feugiat magna mi molestie, at sed nisi ante, euismod nonummy lorem tincidunt praesent mauris sit praesent. Id sit magna praesent molestie pharetra magna mi molestie consectetur sed nunc proin eget pulvinar nisi. Ante volutpat amet tempus lobortis non nonummy lobortis diam felis feugiat congue mi tellus consectetur sed. Massa proin euismod, turpis feugiat congue praesent molestie sit magna ante non elit ipsum ut, et. Turpis ac nibh euismod adipiscing lorem congue praesent mauris feugiat congue praesent, molestie pharetra erat ante. Tellus, nonummy sed ut proin eget ipsum nisi proin ipsum nunc sem elit sed nunc, proin. Eget amet aliquam, nibh euismod adipiscing tempus lobortis praesent id feugiat, ut diam id pharetra magna. Mi tellus turpis erat tellus consectetur erat, tincidunt tellus consectetur ac laoreet aliquet adipiscing sed, nunc. Proin, eget amet donec ante non elit, ipsum ut diam elit feugiat magna mi euismod magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus, nonummy ipsum nisi, proin molestie pharetra donec massa ullamcorper elit tempus lobortis sem, elit ipsum ut non consectetur erat nunc sem nonummy sed. Massa sem elit pulvinar, nisi aliquet adipiscing lorem tincidunt ullamcorper felis feugiat congue praesent molestie, consectetur tempus nunc sem elit sed massa non nonummy erat. Massa non at sed dolore at sed dolore et elit pulvinar nisi, nibh mauris sed nunc proin, eget pulvinar aliquam proin eget dolor donec massa. Volutpat amet aliquam massa ullamcorper tempus ut sem nonummy, tempus lobortis sem elit ipsum ut et id turpis lorem, tincidunt tellus adipiscing, sed dolore, proin. Molestie amet erat massa non, tempus massa non elit pulvinar nisi, diam id, sit nisi nibh id sit aliquam, nibh aliquet, at feugiat congue mi. Molestie pharetra donec ante molestie dolor congue nonummy lorem tincidunt ullamcorper felis lorem lobortis diam felis feugiat congue diam felis feugiat ut et molestie turpis. Ac tincidunt aliquet consectetur sed nunc ante eget pulvinar lobortis diam id pharetra magna mi, molestie pharetra ac laoreet tellus at sed nunc sem eget. Dolor dolore proin eget dolore ante volutpat nonummy, aliquam nibh non nonummy ipsum lobortis ullamcorper elit ipsum lobortis non elit tempus lobortis sem felis, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem eget pulvinar ac laoreet aliquet mauris pharetra donec ante volutpat amet erat. Lobortis diam id ut, et felis, sit lorem dolore, proin non adipiscing, ipsum congue. Praesent felis sit magna mi tellus consectetur sed dolore nibh ullamcorper adipiscing feugiat ullamcorper. Adipiscing lorem ut ullamcorper adipiscing lorem ut diam adipiscing, feugiat congue et molestie consectetur. Sed nunc et euismod turpis tempus tincidunt ullamcorper adipiscing feugiat congue mi consectetur erat. Massa non consectetur ipsum dolore proin id amet aliquam nibh, euismod adipiscing lorem congue. Praesent volutpat consectetur erat massa non, elit massa non elit ipsum nunc proin, eget. Turpis lorem lobortis ullamcorper adipiscing lorem congue mi molestie pharetra donec ante tellus nonummy. Sed ut diam eget, sit aliquam eget pulvinar dolore, et volutpat turpis ac tincidunt. Aliquet mauris, pharetra magna ante molestie pharetra erat nunc diam elit pulvinar nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna mi molestie turpis erat nunc proin, mauris pulvinar nisi lobortis ullamcorper. Adipiscing feugiat ut ullamcorper adipiscing congue, mi non at sed nunc aliquet consectetur. Dolor nisi ante euismod amet aliquam proin, eget amet donec proin eget pharetra. Aliquam nibh sed dolore praesent at dolor dolore praesent mauris dolor, dolore mi. Volutpat nonummy tempus nunc sem elit pulvinar nisi, et id sit nisi nibh. Euismod adipiscing feugiat aliquet at feugiat, congue praesent molestie pharetra donec ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat magna laoreet pharetra erat nunc proin elit ipsum. Dolore proin eget, dolor dolore proin, volutpat amet aliquam lobortis. Ullamcorper adipiscing feugiat congue mi molestie pharetra donec molestie sit. Erat laoreet tellus at sed dolore proin volutpat pulvinar aliquam. Ante eget pulvinar, aliquam lobortis, ullamcorper felis feugiat donec laoreet. Tellus, consectetur erat proin eget amet ac lobortis ullamcorper turpis. Tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing lorem ut. Mi tellus, consectetur sed nunc proin amet ac tincidunt aliquet. Felis, lorem magna mi, volutpat nonummy ipsum nunc diam eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum ut ullamcorper at feugiat congue praesent molestie, amet. Erat lobortis non felis pulvinar magna, nibh, tellus adipiscing lorem. Nunc, proin eget pharetra donec ante volutpat dolore, proin molestie. Amet erat ante volutpat, pharetra donec ante non nonummy ipsum. Ut laoreet tellus adipiscing ac laoreet ullamcorper amet aliquam nibh. Euismod turpis, lobortis ullamcorper felis feugiat, magna ante volutpat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ut diam felis pharetra donec massa tellus pharetra ac tincidunt mi molestie pharetra donec lobortis, sem elit sit nisi et euismod adipiscing lorem tincidunt praesent at dolor. Donec, massa ullamcorper nonummy, erat, massa ullamcorper sit, ac laoreet euismod, turpis ac tincidunt sem mauris pulvinar dolore ante volutpat pharetra donec ante volutpat nonummy tempus lobortis ullamcorper. Felis feugiat nisi tellus consectetur erat tincidunt sem volutpat molestie, eget adipiscing nonummy, sit pulvinar lorem tincidunt ante ullamcorper felis consectetur, pulvinar lorem donec magna, lorem tempus nibh. Tellus mauris dolor, dolore praesent mauris pharetra donec massa non elit ipsum ut, diam felis ipsum ut diam elit tempus ut sem felis sit ac nibh, adipiscing lorem. Congue, praesent molestie pharetra donec ante, non nonummy ipsum massa non elit ipsum nisi mi euismod turpis magna nibh tellus, adipiscing sed tincidunt aliquet at dolore, ante molestie. Amet erat ante volutpat amet donec ante non nonummy tempus ut sem, elit sit ac nunc mauris sed congue proin, at feugiat congue praesent mauris dolor congue aliquet. Mauris dolor magna praesent mauris feugiat tincidunt diam felis lorem ut praesent felis sit ut adipiscing, tempus ut diam elit ipsum ut et, id pulvinar nisi et, felis. Pulvinar, magna nibh euismod sit nisi nibh euismod turpis ac laoreet ullamcorper turpis ac, euismod, amet tempus tincidunt aliquet felis feugiat tincidunt ullamcorper adipiscing tempus lobortis ullamcorper adipiscing. Feugiat, magna laoreet molestie pharetra erat massa aliquet at sed massa tellus consectetur mi tellus consectetur lorem laoreet tellus consectetur, sed dolore proin mauris dolor congue proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit dolor dolore sem mauris dolor nisi ante volutpat, nonummy lorem, ut, ullamcorper adipiscing ipsum congue diam felis sit. Mi aliquet elit sed, dolore sem elit dolor nisi proin eget pulvinar donec, ante non nonummy tempus lobortis diam adipiscing. Ipsum congue mi molestie ac laoreet tellus consectetur erat tincidunt sem mauris pulvinar aliquam ante volutpat nonummy tempus ut diam. Felis feugiat ut et, molestie pharetra ac mi molestie, turpis ac proin, eget amet tempus lobortis ullamcorper, nonummy tempus, lobortis. Non, adipiscing ipsum congue diam felis feugiat ut diam felis ipsum ut diam elit ut, sem felis pulvinar nisi et. Id sit aliquam laoreet tellus adipiscing lorem tincidunt aliquet adipiscing feugiat dolore mi molestie pharetra erat ante, non nonummy tempus. Ut elit ipsum ut diam eget pulvinar nisi proin eget pulvinar nisi proin elit ipsum nunc sem volutpat amet, aliquam. Tincidunt diam mauris pharetra donec mi molestie pharetra diam felis sit magna mi molestie sit congue diam felis feugiat magna. Laoreet aliquet at, dolor dolore sem mauris sed proin mauris dolor dolore proin eget pharetra donec massa non elit ipsum. Ut diam id sit magna laoreet euismod sit nisi nibh euismod, consectetur sed nunc aliquet sed tincidunt aliquet at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin eget turpis lorem tincidunt, praesent consectetur erat ut sem elit pulvinar nisi nibh ullamcorper adipiscing sed congue massa non, nonummy ipsum lobortis diam felis ipsum ut diam id. Sit magna proin mauris sed, dolore ante volutpat amet donec ante volutpat amet ipsum ut diam felis sit magna laoreet tellus consectetur, lorem tincidunt aliquet at lorem aliquet mauris dolor. Donec massa non nonummy tempus lobortis ullamcorper felis ipsum, lobortis sem elit, pulvinar nisi et id pulvinar nisi et eget sit laoreet ullamcorper, at sed dolore proin mauris feugiat tincidunt. Aliquet felis feugiat congue praesent felis, tempus congue mi molestie pharetra magna praesent molestie pharetra donec laoreet pharetra sed dolore sem elit pulvinar, dolore, sem eget amet nisi proin, volutpat. Amet donec proin volutpat amet aliquam nibh volutpat amet aliquam massa volutpat amet aliquam, non felis ipsum, ut, diam elit tempus massa non elit erat ante tellus pharetra, donec, laoreet. Tellus consectetur, erat massa non at erat, et euismod adipiscing lorem lobortis ullamcorper adipiscing lorem tincidunt ullamcorper, adipiscing feugiat congue diam felis feugiat congue praesent felis feugiat, congue diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa volutpat nonummy ipsum ut, et id sit magna, et euismod adipiscing lorem congue aliquet lorem tincidunt praesent mauris dolor dolore. Mi non elit ipsum nunc sem felis ipsum ut et id pulvinar nisi proin eget pulvinar, nisi et euismod amet nibh euismod. Turpis tempus lobortis ullamcorper adipiscing lorem lobortis euismod nonummy tempus ut diam felis feugiat, congue praesent felis feugiat, congue et id sit. Ac molestie consectetur sed tincidunt sem mauris sed dolore ante euismod nonummy tempus ut ullamcorper felis ipsum lobortis diam felis feugiat, congue. Laoreet tellus ac laoreet tellus, consectetur sed nunc sem mauris pulvinar dolore, proin eget pharetra donec ante volutpat amet tempus massa volutpat. Elit, ipsum nisi et id pulvinar nisi euismod turpis ac laoreet aliquet at lorem tincidunt praesent at pharetra congue aliquet mauris pharetra. Erat ut diam elit tempus ut et id, sit magna nibh id magna laoreet tellus turpis lorem tincidunt aliquet, at lorem congue. Praesent molestie pharetra donec, mi molestie consectetur erat nunc sem consectetur ac, laoreet aliquet adipiscing ac congue aliquet mauris pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lorem congue aliquet adipiscing lorem congue, praesent mauris sit magna, mi molestie consectetur erat nunc et id turpis lorem tincidunt aliquet mauris feugiat. Dolore mi pharetra donec ante tellus consectetur sed nisi et, id, adipiscing dolor donec massa non nonummy ipsum lobortis ullamcorper, elit ipsum lobortis diam. Id sit laoreet aliquet, at dolor nunc praesent mauris pharetra aliquam massa ullamcorper adipiscing tempus ut ullamcorper elit ipsum ut sem felis pulvinar magna. Mi, tellus consectetur aliquam lobortis ullamcorper adipiscing tempus, ut praesent tellus consectetur ac nunc sem elit, dolor nunc sem at sed nunc sem mauris. Pulvinar, aliquam nibh ullamcorper, adipiscing lobortis ullamcorper felis feugiat congue diam felis sit magna et molestie turpis ac tincidunt tellus consectetur sed tincidunt aliquet. At sed dolore proin eget pharetra donec proin adipiscing ipsum congue mi molestie turpis erat nunc aliquet mauris dolor dolore sem, mauris dolor dolore. Praesent, mauris dolor donec proin nonummy tempus lobortis diam felis sit magna mi molestie sit, magna mi tellus at ac tincidunt praesent at, dolor. Donec amet erat ante volutpat amet tempus lobortis elit pulvinar magna nibh id sit, nisi nibh, id turpis lorem tincidunt aliquet at, feugiat tincidunt. Aliquet at feugiat tincidunt aliquet felis feugiat congue, praesent molestie pharetra massa tellus consectetur sed nunc non at pulvinar nisi nibh euismod amet ac. Lobortis ullamcorper felis dolor dolore mi, molestie pharetra donec ante molestie consectetur erat, massa consectetur erat, nunc, sem elit ipsum dolore proin elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh ullamcorper felis feugiat congue mi tellus consectetur sed nisi et id turpis ac tincidunt. Aliquet at dolor donec massa, non, elit ipsum ut, felis ipsum ut, et id sit aliquam. Nibh, ullamcorper turpis ac laoreet ullamcorper adipiscing lorem tincidunt ullamcorper felis dolor donec ante non consectetur. Erat massa consectetur sed ut et eget turpis aliquam laoreet ullamcorper turpis lorem tincidunt aliquet mauris. Dolor dolore mi molestie consectetur donec ante tellus pharetra magna mi molestie donec laoreet tellus consectetur. Erat nunc sem eget amet aliquam et euismod turpis, aliquam lobortis ullamcorper felis feugiat congue diam. Felis sit magna mi sit erat massa sem eget pulvinar ac tincidunt praesent molestie pharetra donec. Massa sem, elit ipsum ut et euismod at sed dolore, proin eget pharetra aliquam mi molestie. At dolor dolore proin volutpat amet aliquam nibh euismod adipiscing, lorem congue praesent molestie consectetur, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id pharetra magna, mi molestie consectetur sed nunc sem at dolor aliquam ante volutpat pulvinar aliquam nibh. Non nonummy ipsum ut id sit ac laoreet tellus at dolor aliquam lobortis aliquet felis feugiat tincidunt praesent. Mauris pharetra magna mi molestie consectetur, sed ut proin eget, lorem lobortis, ullamcorper adipiscing feugiat congue aliquet mauris. Pharetra donec massa non consectetur sed ut et, id sit, aliquam laoreet, ullamcorper at feugiat tincidunt praesent molestie. Pharetra ac tincidunt aliquet mauris sed nunc sem at dolor dolore ante volutpat nonummy tempus massa, non nonummy. Tempus massa non amet donec mi dolor donec mi molestie pharetra, erat nunc diam elit ipsum nunc sem. Elit ipsum ut proin, eget pulvinar nisi et volutpat turpis ac tincidunt praesent, mauris feugiat diam, felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante non, amet tempus ut diam felis ipsum congue diam, id, dolor dolore ante volutpat amet, aliquam ante. Eget pulvinar nunc proin mauris sed, congue praesent molestie pharetra donec, proin molestie, dolor dolore praesent mauris feugiat aliquet. Adipiscing feugiat, tincidunt praesent mauris lorem ut praesent, molestie pharetra donec mi, tellus consectetur ac laoreet tellus consectetur erat. Massa aliquet, at sed dolore at sed nunc praesent eget pulvinar donec ante volutpat nonummy aliquam ut ullamcorper, nonummy. Tempus, ut diam id sit, magna laoreet tellus turpis dolore proin eget dolor dolore proin volutpat amet dolore, praesent. At sed congue proin non nonummy tempus, ut et id sit, ac laoreet euismod sit ac laoreet turpis, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet non consectetur ipsum nunc et volutpat dolor, nisi, nibh euismod turpis tempus euismod adipiscing lorem lobortis, diam felis sit, congue. Praesent molestie consectetur, ac massa aliquet at pulvinar, nisi proin eget sed nisi proin eget, pulvinar aliquam volutpat nonummy aliquam ut. Ullamcorper adipiscing feugiat ut diam felis feugiat congue et molestie turpis, erat nunc, sem eget amet aliquam lobortis diam mauris lorem. Non, adipiscing aliquam lobortis non nonummy aliquam, lobortis, ullamcorper felis ipsum ut et felis tempus ut et, id sit magna laoreet. Tellus adipiscing nunc, proin volutpat adipiscing tempus massa non, amet erat, lobortis ullamcorper elit ipsum magna mi, id sit magna laoreet. Aliquet mauris, dolor dolore proin eget pharetra aliquam et id, sit magna diam, elit ipsum ut diam elit tempus lobortis, volutpat. Consectetur erat massa sem elit ipsum, ut proin id sit nisi proin eget pulvinar tellus at sed nunc proin volutpat amet. Tempus congue praesent molestie, pharetra, erat laoreet, mauris sit, donec laoreet tellus pharetra mi id turpis ac massa aliquet at erat. Laoreet tellus turpis ac, laoreet aliquet at lorem tincidunt aliquet adipiscing ac tincidunt aliquet at lorem tincidunt praesent mauris congue praesent. Molestie dolor congue praesent mauris feugiat congue mi, mauris pharetra donec laoreet non at sed nunc proin id amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat, magna mi mauris sit magna laoreet molestie pharetra. Praesent felis ipsum congue et id sit congue et felis feugiat. Magna laoreet euismod consectetur ac nunc aliquet at lorem tincidunt aliquet. At, sed congue, praesent lorem laoreet, aliquet at dolor donec mi. Molestie nonummy tempus nunc et id turpis lorem laoreet aliquet at. Sed congue proin mauris sed congue at pharetra congue praesent felis. Feugiat congue aliquet mauris dolor magna diam felis lorem nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor ullamcorper turpis ac lobortis. Aliquet adipiscing ac, nibh, volutpat turpis. Tempus lobortis ullamcorper adipiscing, lorem, congue. Praesent mauris feugiat ut diam adipiscing. Ipsum ut elit ipsum lobortis non. Nonummy tempus ut et, euismod turpis. Sed, nunc proin eget nonummy, donec. Nibh non adipiscing tempus lobortis non. Amet aliquam, massa, pharetra erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing lorem tincidunt diam, felis feugiat, ut diam felis sit magna mi id ut et molestie turpis erat nunc sem eget pulvinar nisi, ante. Volutpat amet aliquam ante euismod nonummy tempus nibh non nonummy ipsum massa non elit ipsum aliquet elit, pulvinar tempus nibh volutpat amet tempus tincidunt, diam. Mauris pharetra erat massa non, at sed ut proin eget pulvinar nisi proin elit dolor aliquet at dolor dolore proin volutpat amet donec ante non. Nonummy tempus, lobortis ullamcorper adipiscing tempus, lobortis diam molestie, turpis ac mi tellus nisi et euismod sit magna nibh id turpis magna nibh euismod sit. Aliquam et euismod amet lorem, laoreet ullamcorper at feugiat dolore praesent, felis feugiat tincidunt praesent feugiat tincidunt praesent molestie pharetra erat massa sem, elit ipsum. Ut et id amet lorem congue praesent mauris, dolor dolore mi volutpat consectetur donec ante tellus nonummy laoreet tellus pharetra erat massa non at sed. Dolore proin eget pulvinar, nisi et euismod amet tempus nibh ullamcorper mauris tempus, massa diam eget sit ac laoreet, ullamcorper at feugiat tincidunt ullamcorper at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis euismod nonummy tempus lobortis, diam felis feugiat donec massa non at erat massa non elit pulvinar nisi proin eget dolor nunc sem. Eget dolore proin eget pulvinar, donec ante non adipiscing lorem ut praesent id sit, ac laoreet tellus at dolor nisi et, volutpat amet aliquam. Nibh, euismod tempus nibh, euismod amet tempus nibh diam felis ipsum congue diam felis feugiat, ut diam felis feugiat magna et, felis pulvinar nisi. Mi tellus consectetur lorem aliquet mauris dolor dolore praesent mauris pharetra donec ante volutpat amet ipsum, ut diam felis ipsum lobortis non elit tempus. Massa non nonummy sed non nonummy erat nunc sem elit ipsum, nunc proin elit sed nunc proin eget dolor nunc sem at lorem tincidunt. Praesent mauris, dolor, dolore praesent mauris, dolor ante molestie pharetra donec ante volutpat amet donec mi, volutpat consectetur donec mi, molestie pharetra donec ante. Tellus consectetur erat mi tellus consectetur erat massa non, erat massa aliquet at erat, tincidunt tellus elit dolor dolore lobortis euismod amet, donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit aliquam nibh euismod, turpis aliquam lobortis euismod. Felis dolor dolore praesent mauris dolor magna praesent. Felis feugiat praesent mauris pharetra donec massa sem. Eget amet ac nibh ullamcorper adipiscing lorem lobortis. Ullamcorper adipiscing feugiat donec mi molestie consectetur tempus. Massa tellus magna laoreet non at sed ut. Et id amet aliquam et euismod turpis tempus. Nibh volutpat amet aliquam nibh volutpat amet aliquam. Ante volutpat nonummy tempus non nonummy tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi volutpat amet erat, massa sem felis pulvinar nisi et euismod turpis, lorem euismod turpis aliquam et id turpis lorem. Tincidunt ullamcorper adipiscing lorem tincidunt aliquet felis lorem congue mi, mauris feugiat congue diam felis feugiat, magna mi sit magna. Laoreet non at sed massa aliquet at sed nunc proin eget pulvinar nisi nibh euismod pulvinar donec, ante non adipiscing. Tempus ut praesent feugiat ut diam felis sit nisi et id sit, nisi diam id turpis ac laoreet aliquet adipiscing. Sed nunc proin eget pharetra donec ante amet donec ante volutpat pharetra dolore ante non nonummy tempus nunc sem felis. Pulvinar nisi et, id turpis lorem tincidunt aliquet mauris sed donec praesent at tincidunt ullamcorper adipiscing, feugiat, magna mi molestie. Dolor magna mi, molestie consectetur donec massa tellus at sed nunc sem elit, ipsum nisi et ullamcorper turpis lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, amet tempus congue laoreet non eget pulvinar aliquam nibh euismod adipiscing dolor dolore adipiscing lorem lobortis ullamcorper adipiscing feugiat tincidunt diam adipiscing feugiat congue massa non elit sed ut. Et id amet ac nibh euismod turpis aliquam massa diam id sit ac tincidunt sem mauris dolor donec nibh non, pharetra donec nibh, non nonummy ipsum ut ullamcorper felis feugiat. Nisi laoreet tellus consectetur erat aliquet at sed nunc proin mauris dolor dolore praesent volutpat amet donec ante, volutpat, elit ipsum ut diam felis sit ac laoreet tellus lorem, nunc. Sem eget pulvinar aliquam lobortis ullamcorper, adipiscing aliquam lobortis ullamcorper adipiscing feugiat congue et id feugiat ut laoreet tellus consectetur, erat tincidunt aliquet mauris dolor praesent mauris dolor dolore, proin. Eget pharetra donec, ante volutpat nonummy ipsum ut diam id turpis ac tincidunt, aliquet at, sed donec nibh ullamcorper felis, feugiat congue tellus consectetur erat massa tellus consectetur erat massa. Proin eget turpis tempus, ante volutpat amet, lorem tincidunt praesent mauris sit mi tellus consectetur erat massa sem eget pulvinar dolore, proin volutpat, turpis lorem congue praesent, mauris dolor congue. Mi tellus consectetur donec mi molestie at ipsum nisi eget pulvinar aliquam, nibh euismod adipiscing feugiat dolore praesent molestie pharetra donec ante non nonummy sed, ut sem elit ipsum, ut. Et euismod turpis, lorem tincidunt aliquet lorem lobortis ullamcorper felis feugiat tincidunt, diam mauris sit, congue praesent molestie pharetra erat massa sem eget pulvinar aliquam et, id amet nisi et. Volutpat amet aliquam volutpat nonummy tempus lobortis diam, adipiscing feugiat congue praesent id feugiat congue diam id pharetra ac laoreet tellus consectetur sed dolore sem eget pulvinar nisi nibh amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nunc proin volutpat pharetra donec massa volutpat, tempus. Ut mi id sit nisi laoreet euismod turpis lorem. Laoreet, euismod consectetur, sed tincidunt praesent at sed dolore. Praesent mauris feugiat congue praesent mauris tincidunt praesent volutpat. Elit, pulvinar, ut mi euismod turpis lorem nunc aliquet. At sed dolore proin eget amet donec massa, volutpat. Amet, tempus lobortis elit sit, magna mi, euismod, consectetur. Lorem dolore ante, volutpat adipiscing lorem congue praesent felis. Sit ac massa, aliquet at sed massa aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc et euismod turpis ac nunc aliquet mauris dolor congue praesent volutpat nonummy, aliquam ut non donec ante. Volutpat nonummy tempus nunc diam felis pulvinar ut sem eget pulvinar ut sem elit pulvinar ut sem elit. Ipsum aliquam et volutpat amet lobortis euismod turpis lorem lobortis ullamcorper adipiscing lorem congue praesent molestie consectetur sed. Nunc sem elit sed, massa sem at sed nunc, aliquet, at dolor sem eget amet aliquam lobortis euismod. Nonummy tempus nibh non, amet aliquam massa non nonummy ipsum, ut ullamcorper id sit magna mi euismod, consectetur. Nibh euismod turpis ac nibh euismod turpis ac nibh ullamcorper turpis, aliquam tincidunt aliquet adipiscing ac tincidunt, ullamcorper. Felis dolor magna ante non consectetur erat nunc, elit ipsum nisi et id pulvinar ut proin eget turpis. Ac lobortis ullamcorper felis feugiat dolore praesent molestie feugiat congue mi molestie pharetra erat massa non nonummy massa. Tellus, elit sed nunc proin id amet, aliquam lobortis ullamcorper adipiscing, lorem tincidunt praesent mauris dolor magna mi. Molestie congue, ullamcorper felis, sit ac massa non, elit ipsum dolore proin, eget pulvinar nisi ante, volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, praesent volutpat, amet donec nibh ullamcorper adipiscing feugiat ac massa aliquet consectetur sed dolore et volutpat, turpis lorem congue. Mi sit magna ante molestie consectetur erat nunc sem elit ipsum nisi nibh ullamcorper adipiscing lorem lobortis praesent mauris, dolor. Donec massa non nonummy ipsum massa consectetur sed massa sem elit ipsum ut et euismod turpis lorem congue mi, volutpat. Pharetra tempus lobortis sem elit pulvinar magna nibh tellus adipiscing lorem dolore mauris dolor, aliquam ut et id turpis ac. Laoreet aliquet consectetur erat laoreet, aliquet, at dolor dolore ante, eget nonummy tempus ut praesent molestie congue mi tellus consectetur. Erat, laoreet tellus elit, dolor dolore sem mauris amet aliquam lobortis diam mauris sit donec massa non elit pulvinar, aliquam. Laoreet ullamcorper ac lobortis ullamcorper, felis dolor magna mi molestie consectetur erat mi tellus pharetra erat laoreet molestie consectetur sed. Ut, proin eget amet ac, tincidunt euismod adipiscing tempus praesent, molestie elit ipsum ut et id sit nisi et, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem elit amet aliquam lobortis aliquet felis nonummy, sit pulvinar feugiat tempus nisi laoreet praesent volutpat adipiscing sit ipsum laoreet proin non id eget adipiscing. Consectetur sit dolor, aliquam congue nunc nibh, ante massa nibh praesent ullamcorper felis feugiat magna et molestie consectetur sed sem, eget pulvinar aliquam ante, euismod amet donec. Ante non nonummy aliquam ut diam adipiscing, ipsum ut diam felis feugiat congue et, id consectetur erat, tincidunt aliquet ac tincidunt tellus consectetur sed nunc praesent mauris. Pharetra, donec ante volutpat amet tempus, lobortis non nonummy tempus massa non, nonummy ipsum ut elit tempus nunc non elit ipsum ut nibh, euismod at sed dolore. Proin mauris pharetra erat massa non elit tempus lobortis sem elit ipsum, nisi diam id nunc sem eget pulvinar nisi, et id pulvinar nisi proin elit sed. Dolore proin eget, dolor aliquam nibh volutpat amet aliquam nibh euismod nonummy tempus lobortis, volutpat aliquam massa ullamcorper felis feugiat ut et id sit magna laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc et id sit aliquam laoreet ullamcorper, at dolor congue praesent. Volutpat, amet tempus massa non elit tempus lobortis diam tempus nunc. Non nonummy erat nunc, diam eget pulvinar nisi proin eget turpis. Lorem congue, praesent molestie pharetra erat massa sem elit tempus ut. Eget pulvinar nisi et, elit ipsum nunc non at ipsum dolore. Proin eget pulvinar nisi, et, volutpat amet nisi nibh eget pulvinar. Aliquam, nibh euismod adipiscing feugiat praesent id pharetra ac mi molestie. Sit ac mi id sit ac mi id feugiat magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec laoreet tellus consectetur erat massa. Non elit sed dolore proin volutpat pulvinar. Nisi et volutpat pulvinar dolore sem, mauris. Donec massa non, elit ipsum nunc aliquet. At erat, nunc proin, elit pulvinar nisi. Nibh ullamcorper adipiscing feugiat congue praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum congue mi tellus at turpis pharetra sit sed nisi donec. Magna, nunc lobortis diam felis feugiat congue praesent id pharetra laoreet. Non at sed dolore sem eget amet nisi nibh volutpat pulvinar. Aliquam nibh ullamcorper adipiscing, lorem congue praesent mauris pharetra erat massa. Sem, sed, nunc proin, eget amet, ac tincidunt praesent molestie dolor. Magna mi molestie consectetur erat massa, non nonummy sed nunc, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac lobortis aliquet felis feugiat magna mi molestie dolor donec ante sem elit ipsum nisi nibh id sit ac laoreet aliquet lorem congue praesent felis, feugiat. Dolore ante molestie consectetur tempus ut diam euismod turpis lorem, tincidunt aliquet, mauris sed tincidunt aliquet adipiscing lorem tincidunt, adipiscing lorem congue mi volutpat felis, mauris felis, consectetur. Sit dolor tempus magna massa proin, id adipiscing dolor donec massa, diam, id consectetur, sed aliquam tincidunt mi id, consectetur nonummy pharetra erat ut nibh aliquet mauris amet. Sit sed aliquam tincidunt ante sem felis turpis sed nisi tincidunt massa, diam, euismod mauris pharetra sed nisi congue ante diam molestie elit amet dolor erat ac, dolore. Tincidunt massa et sem euismod tellus eget at id elit mauris id pulvinar dolor feugiat sed aliquam tincidunt mi volutpat, elit turpis dolor aliquam donec nunc proin aliquet. Eget, felis, consectetur ipsum aliquam tincidunt massa diam id at dolore, lobortis mi et praesent diam non euismod diam proin praesent ullamcorper tellus eget turpis feugiat donec lobortis. Mi ante sem euismod at, dolor tempus congue, laoreet sem euismod at amet ipsum ac, dolore nibh ante mi aliquet ullamcorper volutpat felis consectetur nonummy sit ipsum ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi erat magna nunc magna nisi laoreet proin non felis elit, adipiscing pharetra volutpat id at turpis amet turpis pulvinar feugiat ipsum ac dolore, nibh. Mi et aliquet non molestie elit amet dolor ipsum ac nisi, congue nisi nibh praesent diam sem diam sem, euismod volutpat, id eget at adipiscing. Elit adipiscing amet feugiat, erat aliquam donec, ac aliquam donec nisi nunc nibh sem tellus ullamcorper tellus eget at elit consectetur pulvinar feugiat tempus erat. Lorem, tempus, ac donec erat ac donec, congue nunc congue lobortis massa aliquet non tellus euismod molestie, id eget felis felis at adipiscing, eget adipiscing. Adipiscing eget mauris adipiscing, elit at elit, at adipiscing elit at, felis, felis nonummy nonummy, adipiscing felis elit eget molestie id molestie felis eget molestie. Id eget molestie felis at felis eget, volutpat tellus, euismod eget adipiscing sit ipsum ac congue massa nibh lobortis nisi tempus erat tempus donec ut. Nunc donec ac tempus, donec lorem feugiat sed ac dolore ut nunc congue ut congue ut tincidunt nibh laoreet, nibh proin mi et aliquet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa nunc tincidunt laoreet nibh nunc, tincidunt congue ut dolore congue dolore congue ut dolore congue ut dolore magna magna. Nisi erat magna dolore ut nunc tincidunt, massa, et proin et, et ante et et mi et nibh, ante et. Proin mi nibh proin, praesent, nibh ut dolore congue massa laoreet tincidunt massa aliquet ullamcorper sem praesent diam non praesent. Praesent et proin et sem ullamcorper volutpat id, elit felis, felis eget mauris felis at, amet feugiat ipsum ac, volutpat. Tellus ullamcorper volutpat molestie ullamcorper volutpat euismod euismod non sem diam diam, praesent diam sem aliquet diam proin proin diam. Et ante elit turpis pulvinar dolor ipsum sed tempus magna nunc tincidunt, ante mi et ante laoreet et ante laoreet. Tincidunt nisi nisi magna magna nisi erat ac donec praesent proin aliquet ullamcorper sem aliquet non tellus euismod volutpat felis. Elit felis nonummy turpis pulvinar feugiat sed aliquam tincidunt praesent non molestie elit pulvinar ac dolore ullamcorper tellus eget adipiscing. Pharetra at felis nonummy turpis amet feugiat, erat aliquam congue massa et sem euismod at sit dolor aliquam erat ac. Dolore ipsum tellus aliquet, non molestie eget mauris, nonummy, sit, sed aliquam, congue, massa mi nibh ante et ante diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy, tempus lobortis et molestie sit nisi et id sit nisi et ipsum nisi, et id sit aliquam nibh. Id amet, aliquam donec congue massa nibh mi et sem euismod tellus id eget molestie nonummy, pulvinar sed congue at dolor. Dolore ante volutpat nonummy tempus ut diam felis sit nisi et euismod turpis magna nibh tellus adipiscing lorem dolore proin eget. Dolor praesent volutpat amet erat massa non elit tempus ut sem felis sit magna et euismod turpis ac laoreet, tellus adipiscing. Dolor congue praesent, mauris ipsum, lobortis ullamcorper elit ipsum lobortis sem elit pulvinar nisi et id sit ac laoreet tellus at. Ac laoreet ullamcorper adipiscing ac laoreet ullamcorper turpis, ac, lobortis, adipiscing tempus nibh euismod, amet tempus nibh euismod amet donec nibh. Diam id sit magna mi molestie sit ac massa aliquet, at dolor nisi nibh ullamcorper lorem tincidunt ullamcorper amet aliquam lobortis. Euismod adipiscing lorem, lobortis ullamcorper adipiscing ipsum congue, mi tellus consectetur sed nunc, sem elit dolor ante volutpat adipiscing lorem lobortis. Ullamcorper mauris feugiat congue praesent molestie sit, ac massa tellus consectetur sed, nunc tellus consectetur ac tincidunt aliquet consectetur sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non nonummy sed nunc non at erat, massa sem eget pulvinar sem eget pulvinar. Nisi nibh ullamcorper felis lorem ut diam mauris sit donec massa tellus consectetur sed, nunc sem. Elit pulvinar aliquam nibh ullamcorper felis pulvinar nisi et, id ipsum nisi nibh tellus at dolor. Congue praesent mauris sed dolore proin mauris feugiat congue praesent mauris dolor donec, praesent molestie ipsum. Nunc sem nonummy, ipsum ut proin elit, sed ut proin elit, ipsum nisi et euismod turpis. Lorem lobortis ullamcorper adipiscing lorem congue ullamcorper aliquam ante volutpat amet aliquam lobortis ullamcorper adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante non, nonummy ipsum nisi et pulvinar nisi diam id sit magna nibh id sit aliquam et euismod turpis ac laoreet ullamcorper at lorem lobortis. Aliquet, mauris pharetra donec ante volutpat tincidunt diam mauris feugiat, donec massa sem elit ipsum nunc proin, elit sed dolore sem at erat laoreet aliquet at. Sed nunc aliquet consectetur sed euismod adipiscing sed tincidunt aliquet mauris dolor dolore ante non elit ipsum lobortis non, nonummy tempus massa non consectetur, tempus, massa. Non nonummy donec mi pharetra magna massa non elit sed nunc, tellus at, erat massa aliquet at sed dolore proin eget amet nisi, lobortis, ullamcorper adipiscing. Lorem congue praesent donec ante eget, pharetra aliquam massa non nonummy ipsum lobortis sem elit tempus lobortis volutpat consectetur erat massa non elit sed ut sem. Elit sed nunc, sem erat massa aliquet at ac laoreet tellus turpis magna et id sit ac laoreet aliquet consectetur sed tincidunt, aliquet mauris dolor dolore. Praesent mauris dolor aliquam massa dolor dolore massa sem elit ipsum ut et felis sit magna, nibh tellus adipiscing sed dolore praesent mauris dolor dolore at. Feugiat donec mi mauris, dolor dolore mi molestie pharetra magna mi molestie consectetur erat laoreet tellus consectetur erat laoreet, tellus consectetur, sed nunc proin elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt congue nunc nibh proin praesent, non euismod at amet ipsum, nisi tempus ipsum. Lorem erat ante volutpat nonummy ipsum ut diam felis pulvinar magna, et euismod turpis. Ac laoreet, aliquet adipiscing, sed, dolore proin molestie congue mi molestie dolor dolore, mi. Molestie consectetur donec massa tellus consectetur donec, laoreet tellus consectetur magna praesent, molestie, sit. Ac mi aliquet elit sed tellus consectetur sed nunc proin, eget dolor nunc praesent. Mauris dolor dolore proin volutpat pharetra tempus ut et id pharetra magna mi, id. Sed dolore proin eget pulvinar nisi ante, volutpat, amet aliquam nibh ullamcorper adipiscing ipsum. Ut diam felis feugiat magna mi molestie turpis ac, laoreet tellus consectetur erat tellus. At dolor, donec nibh non adipiscing lorem, ut diam, nonummy feugiat, congue mi id. Consectetur erat massa aliquet, at dolor dolore sem at lorem, nunc praesent ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa ullamcorper elit ipsum congue diam. Id feugiat nisi diam pulvinar nisi mi. Tellus at sed dolore ante non nonummy. Tempus ut, diam id pharetra ac mi. Tellus consectetur, sed dolore proin eget dolor. Dolore ante pulvinar aliquam, nibh, volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue aliquet at lorem congue praesent, mauris dolor congue praesent consectetur. Tempus nunc sem elit sit magna laoreet tellus adipiscing lorem, congue praesent. Molestie amet ipsum lobortis non, nonummy erat, ante non nonummy tempus nunc. Sem sit magna nibh tellus turpis, aliquam et eget turpis aliquam nibh. Ullamcorper adipiscing dolor dolore praesent, mauris, pharetra erat massa non, nonummy ipsum. Ut, euismod adipiscing ac tincidunt praesent mauris sed congue, praesent molestie amet. Erat massa volutpat pharetra donec ante volutpat nonummy tempus massa non consectetur. Erat, nunc praesent, at dolor congue ullamcorper at lorem lobortis aliquet at. Dolor donec lobortis non, elit ipsum nunc, non felis pulvinar magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum ut et eget amet ac congue, mi. Non elit pulvinar nisi et id sit, magna laoreet. Mauris pharetra donec ante non adipiscing, sit magna mi. Molestie turpis ac laoreet aliquet consectetur ac laoreet aliquet. Mauris pulvinar donec proin eget pulvinar proin volutpat pharetra. Aliquam ante non elit sit magna mi tellus turpis. Magna et euismod turpis ac, laoreet tellus at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit sed, nunc sem elit ipsum, nisi et, eget amet aliquam nibh volutpat, turpis tempus. Tincidunt, ullamcorper felis sit magna molestie consectetur sed nunc sem eget ipsum nisi sem eget pulvinar. Nisi, et euismod turpis lorem tincidunt diam felis sit magna praesent, felis lorem, ut molestie pharetra. Ac massa aliquet at erat laoreet, tellus consectetur erat tincidunt sem at lorem nunc aliquet consectetur. Ac, laoreet tellus turpis lorem tincidunt aliquet adipiscing ac euismod amet ac nibh volutpat amet aliquam. Lobortis euismod turpis nisi proin mauris dolor dolore proin eget amet donec ante volutpat nonummy tempus. Ullamcorper nonummy erat ante volutpat amet erat ante volutpat consectetur donec massa, tellus nonummy donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ipsum, lobortis diam elit ipsum. Ut, et id sit ac laoreet. Aliquet at sed nunc proin eget. Amet lorem ut praesent tellus at. Ipsum et id turpis, lorem congue. Praesent mauris feugiat lobortis ullamcorper turpis. Lorem tincidunt diam mauris sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi non at pulvinar ac lobortis ullamcorper adipiscing. Lorem tincidunt aliquet felis feugiat congue praesent mauris. Sit magna mi molestie sit donec laoreet molestie. Erat massa sem elit ipsum dolore sem at. Erat nunc proin eget pulvinar dolore sem volutpat. Nonummy tempus lobortis ullamcorper felis ipsum, lobortis ullamcorper. Felis ut et felis ipsum nisi mi euismod. Consectetur sed nunc proin eget, dolor donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis ac euismod turpis ac lobortis. Aliquet adipiscing feugiat congue praesent felis, lorem. Tincidunt diam felis lorem ut praesent felis. Feugiat congue diam adipiscing tempus ut felis. Sit ac massa sem at dolor dolore. Ante volutpat nonummy lorem lobortis praesent mauris. Sit ut diam adipiscing ipsum congue, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec ante non nonummy ipsum magna mi tellus at, sed. Dolore nibh ullamcorper, felis feugiat ut mi felis, pharetra mi tellus. At, dolor dolore proin elit pulvinar aliquam nibh volutpat, amet tempus. Nibh ullamcorper adipiscing feugiat congue diam id feugiat magna mi molestie. Magna laoreet molestie, sit ac laoreet tellus at dolor dolore ante. Euismod felis sit, magna praesent felis sit magna laoreet tellus consectetur. Erat nunc proin eget pulvinar, nibh euismod, turpis tempus lobortis, volutpat. Nonummy lorem, lobortis diam adipiscing ipsum congue diam id sit magna. Mi tellus at dolor nunc aliquet magna mi id turpis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh euismod adipiscing sed, tincidunt, aliquet at. Lorem, tincidunt at feugiat congue praesent, molestie pharetra. Erat ante tellus consectetur erat massa non consectetur. Erat nunc proin eget ipsum dolore et eget. Pulvinar, aliquam nibh, aliquet feugiat congue praesent molestie. Nonummy tempus nunc tellus consectetur donec, massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus ut diam ipsum ut mi euismod turpis ac. Tincidunt aliquet mauris, dolor, dolore proin volutpat nonummy, tempus lobortis. Diam felis sit magna, et id sit magna laoreet sit. Ac tincidunt tellus at dolor donec, proin volutpat amet tempus. Lobortis ullamcorper felis ipsum congue mi id sit magna mi. Molestie consectetur dolor tincidunt ullamcorper adipiscing feugiat magna massa sem. Eget pulvinar nisi et eget pulvinar aliquam laoreet ullamcorper at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, ante euismod adipiscing feugiat, magna ante tellus consectetur erat massa sem eget pulvinar, nisi proin id amet dolore et volutpat pulvinar nisi et. Eget pulvinar nibh ullamcorper felis feugiat congue praesent felis, sit magna mi tellus consectetur sed nunc sem at sed nunc aliquet consectetur sed, dolore. Proin eget amet proin volutpat amet lorem ut, praesent molestie pharetra erat massa non at ipsum nunc, sem elit dolor nisi sem, eget amet. Aliquam nibh eget pulvinar nunc praesent dolor donec ante volutpat nonummy aliquam lobortis non elit, sit nisi et id sit ac laoreet aliquet at. Sed dolore ante eget amet magna mi id sit ac massa tellus consectetur sed dolore et volutpat turpis aliquam nibh euismod nonummy lorem tincidunt. Praesent molestie sit, donec, massa sem, elit ipsum non, elit sed dolore et volutpat, pulvinar nisi nibh ullamcorper turpis tempus lobortis diam felis sit. Magna laoreet tellus pharetra erat laoreet tellus pharetra magna mi feugiat nisi mi tellus turpis magna mi, id turpis, magna laoreet praesent, mauris dolor. Pulvinar consectetur sit dolor feugiat ipsum feugiat sed nisi nibh id turpis lorem congue praesent mauris dolor, congue praesent, mauris pharetra donec massa sem. Id turpis ac laoreet praesent eget pharetra aliquam nibh, dolor donec massa non nonummy ipsum ut diam felis feugiat magna mi euismod turpis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed massa proin id amet lorem tincidunt praesent molestie pharetra erat massa non nonummy ipsum nunc diam. Id sit magna laoreet pulvinar nisi et id, amet aliquam nibh ullamcorper adipiscing lorem tincidunt praesent mauris feugiat. Magna ante molestie consectetur tempus nunc sem elit ipsum aliquam nibh pulvinar, aliquam laoreet, ullamcorper turpis, ac nibh. Ullamcorper turpis lorem tincidunt ullamcorper felis feugiat magna mi tellus consectetur ipsum ut et id adipiscing sed congue. Praesent ac tincidunt praesent mauris, dolor dolore praesent felis feugiat tincidunt diam adipiscing, feugiat congue mi molestie nonummy. Ipsum ut et euismod adipiscing lorem tincidunt amet ac lobortis, ullamcorper felis, lorem tincidunt diam felis lorem congue. Diam mauris consectetur, sed ut proin eget ipsum nisi et id amet ac tincidunt mi lorem tincidunt aliquet. Mauris pharetra erat, nunc et eget pulvinar ac, tincidunt aliquet at sed congue proin, mauris dolor congue proin. Volutpat, amet tempus lobortis, sem felis nonummy lorem, congue praesent molestie consectetur, sed nunc sem at sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id consectetur erat, nunc proin volutpat amet tempus lobortis diam mauris sit donec laoreet tellus consectetur sed ut proin id nunc et. Euismod adipiscing feugiat dolore ante volutpat consectetur erat massa sem elit ipsum ut, et id, turpis ac laoreet praesent molestie, dolor donec. Molestie amet, erat ut diam elit pulvinar magna et euismod sit magna nibh tellus adipiscing lorem, tincidunt praesent volutpat amet tempus lobortis. Diam id turpis ac laoreet turpis ac mi euismod sit magna nibh, euismod turpis lorem congue praesent eget dolor dolore ante volutpat. Nonummy erat lobortis sem elit ipsum diam felis, pulvinar nisi diam euismod adipiscing ac tincidunt praesent eget pharetra tempus lobortis, diam felis. Sit congue mi molestie turpis, ac, laoreet sem eget amet aliquam volutpat adipiscing feugiat magna mi molestie sit ac mi non at. Sed dolore proin elit pulvinar aliquam nibh euismod adipiscing lorem tincidunt praesent felis sit magna mi pharetra donec laoreet tellus at sed. Nunc, sem, volutpat turpis, tempus tincidunt praesent molestie pharetra donec mi tellus consectetur erat molestie pharetra, donec massa proin id pulvinar aliquam. Lobortis praesent mauris dolor congue praesent felis, dolor donec ante non consectetur erat massa tellus nonummy ipsum aliquam euismod turpis lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet aliquam nibh, ullamcorper adipiscing feugiat volutpat amet, aliquam ante. Volutpat amet tempus, lobortis non adipiscing, ipsum congue et id sit nisi. Mi euismod sit magna mi, tellus turpis lorem tincidunt adipiscing lorem nunc. Proin eget nonummy aliquam massa non, elit feugiat, nisi et id sit. Ac laoreet tellus consectetur ac laoreet tellus consectetur sed tincidunt at dolor. Donec massa non nonummy ipsum ut et molestie turpis ac laoreet tellus. Turpis lorem, tincidunt sem eget pulvinar dolore nibh volutpat aliquam ante, volutpat. Amet, tempus, ut, diam felis sit magna et id feugiat nisi et. Euismod turpis ac tincidunt tellus adipiscing sed nunc aliquet at sed congue. Mauris feugiat congue praesent mauris dolor dolore ante non consectetur donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nonummy tempus lobortis amet aliquam massa volutpat nonummy tempus lobortis ullamcorper, felis feugiat nisi et euismod, consectetur sed, nunc sem. At dolor dolore praesent mauris dolor donec ac congue praesent molestie pharetra erat ante volutpat consectetur ipsum lobortis sem felis pulvinar. Ut diam eget pulvinar ut et euismod, sit ac tincidunt aliquet lorem congue mi molestie pharetra donec, lobortis non elit, pulvinar. Nisi et id sit ac laoreet, euismod adipiscing lorem tincidunt aliquet adipiscing feugiat aliquet at feugiat congue praesent molestie pharetra donec. Massa sem elit ipsum ut diam nonummy erat massa non at ipsum ut et elit, sed dolore proin, eget dolore proin. Eget turpis tempus nibh volutpat amet, aliquam lobortis non adipiscing lorem ut ullamcorper adipiscing tempus lobortis ullamcorper nonummy ipsum, ut diam. Id sit magna, mi, turpis lorem tincidunt tellus adipiscing sed dolore praesent mauris dolor, dolore praesent molestie pharetra donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt, diam felis feugiat congue praesent mauris sit magna mi id pharetra, ac massa non elit ipsum, nunc proin volutpat adipiscing nibh euismod pulvinar dolore, ante volutpat. Nonummy tempus lobortis non, nonummy tempus ut ullamcorper adipiscing feugiat congue diam felis feugiat ut et felis, sit magna elit ipsum nisi nibh id sit ac laoreet aliquet. Adipiscing dolor donec proin volutpat pharetra erat ante non nonummy tempus lobortis sem felis pulvinar magna laoreet mauris pulvinar donec ante volutpat, nonummy aliquam ante molestie pharetra donec. Massa ullamcorper elit ipsum lobortis sem felis ipsum ut et id sit magna eget pulvinar, aliquam nibh, tellus turpis ac laoreet aliquet adipiscing lorem tincidunt praesent felis feugiat. Congue praesent, mauris pharetra magna mi molestie sit donec ante molestie sit praesent molestie, consectetur ac, massa sem elit ipsum nunc sem elit pulvinar dolore proin mauris dolor. Dolore proin, volutpat amet, tempus lobortis diam felis ipsum congue, nonummy tempus lobortis diam elit tempus, lobortis sem nonummy ipsum ut diam elit ipsum ut, diam, id turpis. Ac tincidunt adipiscing sed dolore ante volutpat pharetra, erat ante volutpat nonummy tempus lobortis sem nonummy tempus nunc sem elit sit magna nibh id pulvinar nisi et id. Amet nibh ullamcorper at feugiat congue praesent molestie dolor magna ante sem nonummy tempus ut sem nonummy erat massa proin eget sed nunc proin eget amet aliquam nibh. Pulvinar nisi nibh euismod adipiscing feugiat congue, praesent molestie pharetra donec massa molestie pharetra donec mi molestie pharetra ac massa tellus at sed dolore et volutpat amet, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus adipiscing dolor nunc, praesent eget pharetra, donec ante elit feugiat magna, mi tellus consectetur erat. Tincidunt, sem, mauris pulvinar donec proin eget pulvinar aliquam lobortis diam adipiscing ipsum lobortis ullamcorper adipiscing. Tempus lobortis elit, tempus ut et id turpis ac tincidunt aliquet at lorem tincidunt tellus adipiscing. Lorem congue proin eget pharetra dolore praesent at, feugiat, congue mi lorem tincidunt praesent molestie dolor. Donec massa non pharetra donec mi molestie pharetra donec massa non consectetur ac laoreet molestie turpis. Ac massa at sed dolore aliquet, at, lorem nunc sem mauris dolor, nunc aliquet at sed. Congue praesent molestie, dolor donec ante volutpat, amet tempus, massa volutpat consectetur tempus volutpat pharetra tempus. Nunc, sem id sit aliquam nibh id, turpis, aliquam tincidunt ullamcorper adipiscing, feugiat congue praesent mauris. Feugiat dolore mi volutpat, pharetra erat ante consectetur erat nunc sem, eget pulvinar nisi nibh id. Turpis lorem tincidunt ullamcorper mauris dolor, dolore praesent mauris dolor magna tellus consectetur erat ante tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat magna mi tellus at ipsum, nisi ullamcorper felis feugiat congue praesent mauris feugiat congue praesent mauris feugiat. Magna laoreet non at pulvinar aliquam et euismod, turpis lorem lobortis aliquet adipiscing feugiat aliquet felis dolor magna mi. Molestie consectetur sed, nunc et id turpis lorem congue aliquet at feugiat dolore ante, molestie pharetra erat massa non. Nonummy ac tincidunt praesent, volutpat nonummy aliquam, lobortis diam felis feugiat congue mi, tellus pharetra ac laoreet tellus at. Dolor nisi ante volutpat amet, ante volutpat nonummy, aliquam nibh non nonummy ipsum lobortis ullamcorper felis ipsum congue et. Felis sit ac tincidunt tellus turpis nisi mi tellus at, sed dolore, ante pharetra aliquam ante volutpat, amet aliquam. Ante non, nonummy tempus, lobortis diam elit ipsum ut et felis tempus nunc non consectetur tempus massa tellus nonummy. Erat massa sit congue et id pharetra erat laoreet molestie sit, ac tincidunt sem mauris pulvinar dolore, proin, eget. Pulvinar aliquam nibh id pharetra, magna massa non elit sed dolore proin elit amet, nisi ante euismod turpis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin non adipiscing sit donec nunc sem, eget pulvinar aliquam lobortis aliquet mauris dolor donec. Ante molestie consectetur tempus ut et eget magna laoreet, euismod adipiscing ac nibh id, pulvinar. Aliquam nibh euismod adipiscing, lorem tincidunt ullamcorper turpis lorem tincidunt diam felis feugiat congue diam. Felis feugiat diam id sit magna mi molestie consectetur sed nunc aliquet elit pulvinar nisi. Nibh aliquet felis feugiat tincidunt diam, adipiscing lorem ut praesent id sit magna diam feugiat. Congue laoreet tellus turpis erat laoreet tellus turpis magna mi euismod, sit nisi, et elit. Sed ut diam id turpis sed congue at feugiat congue praesent molestie pharetra, erat, ante. Non nonummy ipsum nunc diam id pulvinar, ut et id sit aliquam laoreet ullamcorper adipiscing. Lorem tincidunt aliquet mauris congue praesent mauris dolor, magna praesent, molestie pharetra magna praesent molestie. Pharetra erat laoreet molestie pharetra donec massa non at ipsum nunc sem elit dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, tempus nunc, diam id sit magna nibh euismod. Sit ac laoreet ullamcorper at congue praesent at pharetra. Erat ut sem elit sit ac laoreet tellus consectetur. Sed nunc praesent at lorem congue praesent mauris, pharetra. Aliquam lobortis, non ipsum ut diam felis pulvinar nisi. Mi id sit magna laoreet tellus, adipiscing lorem tincidunt. Praesent, eget pharetra aliquam ante non amet erat ante. Non erat massa, non nonummy erat massa non elit. Turpis ac, laoreet, euismod adipiscing, ac laoreet ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa aliquet at, sed, dolore ante volutpat nonummy aliquam, lobortis praesent, mauris sit, congue ullamcorper nonummy. Ipsum lobortis non, adipiscing ipsum lobortis felis sit nisi et euismod turpis ac tincidunt sem volutpat. Nonummy aliquam lobortis ullamcorper felis feugiat congue mi id sit, congue diam, id sit et id. Turpis ac, tincidunt sem eget, dolor dolore ante, volutpat amet aliquam, nibh non amet aliquam massa. Ullamcorper felis feugiat, magna mi molestie turpis ac tincidunt consectetur magna nibh id turpis sed nunc. Praesent mauris dolor, dolore ante molestie amet donec massa ullamcorper felis ipsum lobortis, sem felis ipsum. Diam felis sit ac nibh euismod adipiscing ac nibh id, sit aliquam laoreet euismod adipiscing ac. Lobortis aliquet felis feugiat donec mi molestie feugiat magna mi molestie magna mi tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi aliquet elit pulvinar dolore et volutpat pulvinar nisi eget dolor dolore proin mauris pulvinar dolore, proin eget pharetra aliquam ante non nonummy. Tempus ut mi molestie consectetur ac tincidunt sem mauris, dolor nisi eget nonummy aliquam nibh non adipiscing aliquam nibh non nonummy, tempus ut diam. Id consectetur erat nunc proin volutpat amet aliquam lobortis diam felis feugiat praesent felis sit congue praesent, felis feugiat magna mi tellus at erat. Laoreet molestie turpis ac laoreet, tellus at dolor nunc proin eget lorem lobortis non adipiscing tempus lobortis ullamcorper, felis ipsum ut diam id feugiat. Magna laoreet, tellus at dolor nisi nibh euismod, adipiscing lorem congue mi molestie consectetur mi, molestie pharetra ac mi molestie turpis magna mi euismod. Feugiat magna mi id sit nisi et eget ipsum nunc sem eget ipsum massa sem elit sed, nibh, volutpat turpis aliquam lobortis ullamcorper adipiscing. Lorem congue mi molestie pharetra donec mi molestie sit magna mi molestie consectetur sed nunc, id amet aliquam nibh volutpat turpis lorem tincidunt diam. Felis feugiat tincidunt diam felis lorem ut diam felis feugiat ut praesent tellus consectetur erat massa sem elit dolore, et, volutpat adipiscing feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh diam, felis sit, magna mi id ut diam elit feugiat magna mi tellus at. Dolor nisi ante euismod nonummy tempus turpis adipiscing pharetra pulvinar feugiat ipsum sed aliquam, congue. Massa, magna ut laoreet sem volutpat adipiscing sit, erat ut nibh praesent diam sem, aliquet. Molestie, nonummy sit erat dolore tincidunt, ut nunc magna, ut tincidunt eget amet donec ante. Eget amet tempus massa ullamcorper elit feugiat nisi et id turpis ac tincidunt tellus at. Sed nunc praesent mauris dolor dolore ante non, tempus lobortis ullamcorper felis ipsum congue et. Id turpis erat tincidunt sem mauris dolor nunc proin volutpat nonummy tempus lobortis ullamcorper adipiscing. Ipsum diam felis ipsum, ut et molestie sit magna et id sit magna mi tellus. Consectetur ac laoreet tellus adipiscing sed dolore ante volutpat pharetra donec massa volutpat dolore praesent. Molestie amet ipsum lobortis sem, nonummy tempus massa non, nonummy sed ut diam eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ipsum dolore proin eget pulvinar nisi ante euismod amet aliquam nibh ullamcorper nonummy ipsum ut et, euismod turpis aliquam laoreet pulvinar dolore proin. Eget amet aliquam nibh ullamcorper turpis aliquam nibh euismod adipiscing tempus lobortis non, nonummy sit, donec mi tellus consectetur erat massa aliquet pulvinar dolore nibh. Euismod adipiscing dolor donec ante, non nonummy ipsum ut et id turpis, ac, laoreet, ullamcorper adipiscing feugiat dolore praesent, mauris pharetra erat lobortis non tempus. Nunc, sem elit tempus, massa non nonummy sed ut proin eget pulvinar ut et euismod adipiscing lorem lobortis euismod adipiscing, feugiat congue felis feugiat congue. Praesent, mauris pharetra donec laoreet tellus nonummy sed nunc sem elit ipsum dolore et euismod amet lorem tincidunt mi molestie consectetur donec nunc sem ipsum. Nisi nibh euismod sit ac, nibh id turpis, ac, tincidunt ullamcorper at lorem lobortis aliquet adipiscing feugiat congue mi molestie, dolor erat massa tellus consectetur. Erat, nibh euismod adipiscing, sed dolore praesent at dolor dolore praesent mauris dolor magna mi molestie consectetur donec massa tellus erat massa sem eget, pulvinar. Aliquam, laoreet praesent at feugiat congue praesent felis feugiat dolore ante non, nonummy, ipsum nunc sem elit ipsum ut diam eget pulvinar et, eget amet. Aliquam, nibh ullamcorper adipiscing, ac, tincidunt ullamcorper adipiscing lorem tincidunt praesent felis, feugiat congue mi molestie, consectetur sed nunc sem, elit pulvinar aliquam laoreet tempus. Ut diam felis, sit ac, nunc aliquet at dolor donec ante volutpat pharetra aliquam lobortis non nonummy tempus lobortis ullamcorper elit ipsum lobortis sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, praesent tellus, nonummy ipsum nunc sem elit sed, nunc, elit pulvinar nisi nibh euismod turpis ac. Tincidunt mi molestie consectetur tempus nunc non nonummy tempus nunc diam eget pulvinar aliquam et id pulvinar. Nisi id amet lorem tincidunt praesent, non elit, ipsum magna mi tellus turpis ac laoreet aliquet mauris. Dolor donec ante, volutpat nonummy aliquam massa non elit nisi mi molestie, turpis erat tincidunt sem eget. Pulvinar tempus ut diam felis sit donec massa non elit ipsum nisi nibh ullamcorper at tincidunt, ullamcorper. Nunc erat lorem tempus ac nisi tincidunt massa laoreet nibh praesent volutpat pharetra donec ante non elit. Ipsum nisi nibh euismod adipiscing ac tincidunt praesent felis sit ac mi molestie consectetur ac laoreet tellus. Consectetur pulvinar dolor tempus, ac aliquam congue nunc et tellus at adipiscing sit sed nisi lobortis ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam sem euismod mauris adipiscing nonummy turpis dolor aliquam congue massa, laoreet ante et aliquet, amet dolor, tempus erat nisi, congue massa et aliquet. Volutpat id, id eget adipiscing at amet pharetra ipsum sed nisi congue massa mi, sem diam tellus aliquam tempus erat nisi dolore congue dolore. Nibh ante mi sem, ullamcorper volutpat nonummy sit dolor lorem erat, magna nunc lobortis massa et praesent ullamcorper at turpis pharetra feugiat erat aliquam. Donec nisi dolore lobortis mi sem euismod at nonummy pharetra sed nisi tincidunt proin ullamcorper tellus elit feugiat donec massa mi proin euismod mauris. Elit at nonummy consectetur at amet sit ipsum, feugiat tempus ac aliquam dolore ut mi aliquet eget nonummy, feugiat donec et euismod adipiscing dolor. Donec, ut mi sem euismod at dolor tempus, nisi tincidunt proin eget turpis, feugiat erat ac, aliquam magna nunc dolore, ut laoreet donec nunc. Proin euismod, amet tempus lobortis aliquet felis, feugiat tincidunt praesent mauris sit magna praesent, molestie eget ipsum nisi eget sed nunc sem eget at. Nonummy consectetur, amet, dolor, erat ut et tellus at nonummy sit sed nisi laoreet praesent volutpat id id at amet, feugiat dolore magna, nunc. Laoreet nibh diam tellus id eget adipiscing elit sit pharetra sit sed ac dolore ut nunc, congue nisi nunc congue nunc et, aliquet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis felis dolor feugiat dolor tempus, ipsum ac aliquam congue nunc tellus volutpat molestie eget mauris felis elit mauris id elit, felis dolor congue mi mauris pharetra donec ante non. Nonummy sit pharetra sit ipsum aliquam congue diam aliquet volutpat mauris elit consectetur turpis pharetra pulvinar sed aliquam donec ut laoreet praesent volutpat adipiscing pharetra pulvinar lorem erat nisi massa. Lobortis ante euismod eget mauris elit turpis sed donec lobortis praesent tellus eget at amet feugiat ac, nisi dolore lobortis diam aliquet ullamcorper molestie felis, dolor lorem erat aliquam tincidunt. Ante ut tincidunt ante ullamcorper id consectetur sed aliquam, magna lobortis, laoreet ante praesent diam euismod eget id elit mauris nonummy pharetra ac erat nisi dolore tincidunt massa diam tellus. Volutpat molestie eget, volutpat mauris nonummy sit lorem dolore congue laoreet proin ullamcorper molestie, elit consectetur pulvinar lorem, magna diam sem mi nibh proin, praesent, proin proin diam sem, aliquet. Diam sem ut tempus ipsum, erat nisi magna ut ante, mi nibh ante diam proin aliquet volutpat id elit felis amet, turpis turpis nonummy turpis nonummy sit sed nisi nunc. Ut nisi aliquam congue nunc aliquet ullamcorper sem aliquet sem proin mi diam proin diam, sem tellus diam non ullamcorper volutpat adipiscing elit at elit consectetur amet dolor ipsum erat. Nisi congue tempus pulvinar dolor ipsum erat ac aliquam congue nisi tincidunt aliquet mauris dolor donec massa non felis ipsum ut sem elit pulvinar ut sem eget ipsum ut, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna tincidunt tellus mauris pulvinar dolore sem at sed tellus adipiscing lorem laoreet aliquet, adipiscing, lorem tincidunt aliquet at. Feugiat congue praesent mauris dolor magna mi mauris pharetra donec, massa sem eget ipsum nisi et pulvinar nisi et. Id turpis ac tincidunt praesent mauris, pharetra dolore ante molestie dolor magna mi molestie nonummy sed, ut diam, elit. Ipsum nisi eget pulvinar nisi et volutpat amet aliquam nibh euismod turpis tempus lobortis ullamcorper felis, feugiat congue praesent. Molestie consectetur sed ut et euismod turpis nibh euismod, turpis ac lobortis ullamcorper adipiscing feugiat tincidunt diam felis feugiat. Congue praesent felis feugiat magna laoreet tellus at sed nunc sem elit sed dolore et sed nunc aliquet at. Sed nunc sem mauris dolor, donec ante eget pulvinar donec ante non nonummy tempus lobortis, non nonummy tempus massa. Ullamcorper felis feugiat et elit ipsum nisi diam eget ipsum ut sem eget, ipsum nisi et elit pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet eget amet lorem lobortis praesent mauris dolor magna mi molestie pharetra donec laoreet tellus, consectetur sed nunc sem elit ipsum dolore proin dolor dolore sem elit pulvinar aliquam nibh. Ullamcorper nonummy tempus, nibh, non nonummy tempus lobortis non nonummy tempus massa ullamcorper elit tempus lobortis, ullamcorper elit massa volutpat nonummy tempus nunc et id turpis ac laoreet tellus adipiscing. Lorem, tincidunt aliquet molestie pharetra donec ante volutpat nonummy tempus lobortis non nonummy tempus diam elit ipsum nisi nibh tellus adipiscing sed dolore proin, volutpat nonummy ipsum, ut diam felis. Ipsum lobortis sem elit feugiat, ut et felis nunc diam eget sit aliquam laoreet euismod adipiscing lorem tincidunt aliquet at, feugiat congue mi mauris pharetra, donec ante volutpat pharetra erat. Nunc, sem eget pulvinar nisi elit pulvinar ut et id amet aliquam et id amet nisi et volutpat amet tempus nibh euismod turpis tempus lobortis diam felis feugiat, ut praesent. Id pharetra praesent id sit magna massa sem elit pulvinar dolore, proin volutpat amet tempus tincidunt ullamcorper adipiscing lorem ut non nonummy proin mauris dolor dolore praesent molestie pharetra dolore. Mi, mauris feugiat, congue praesent mauris dolor magna, mi tellus nonummy, tempus nunc sem eget pulvinar ut proin, eget nisi, et id pulvinar dolore sem, elit dolor, dolore sem mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit diam eget sit ac, tincidunt proin volutpat dolor, dolore ante volutpat amet tempus lobortis, sem felis feugiat. Nisi et id consectetur, ac, laoreet tellus ac laoreet aliquet mauris dolor donec ante, volutpat amet tempus lobortis. Diam id consectetur erat dolore proin eget dolor aliquam ante, euismod nonummy lorem ut adipiscing ipsum ut et. Id pharetra magna et felis feugiat nisi diam id sit ac laoreet tellus consectetur lorem tincidunt, praesent, mauris. Pharetra aliquam proin mauris pharetra massa diam elit feugiat nisi mi tellus at sed dolore sem at sed. Dolore, proin, non nonummy tempus lobortis ullamcorper, felis feugiat, congue elit ipsum, lobortis et tellus consectetur ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id turpis lorem nunc praesent volutpat nonummy ante non elit sit ac. Massa sem elit dolor nisi ante eget pulvinar aliquam proin volutpat pulvinar dolore. Proin volutpat pharetra dolore proin volutpat amet ante volutpat amet erat lobortis sem. Id turpis ac laoreet aliquet eget pulvinar, dolore proin volutpat pharetra aliquam nibh. Ullamcorper adipiscing tempus lobortis ullamcorper elit massa non nonummy ipsum nisi sem elit. Ipsum magna, nibh euismod sit ac laoreet euismod adipiscing dolor congue proin volutpat. Amet erat ante, feugiat, congue ante molestie consectetur erat massa non felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam, felis, pharetra ac nunc consectetur. Erat massa aliquet consectetur erat tincidunt sem. Eget pulvinar nisi ante volutpat amet aliquam. Nibh ullamcorper adipiscing, lorem lobortis diam id. Feugiat congue diam, tempus massa volutpat nonummy. Tempus ut diam id sit magna et. Eget sit ac laoreet aliquet turpis ac. Laoreet ullamcorper, at feugiat congue praesent volutpat. Congue mi molestie pharetra erat massa non. Elit tempus nunc sem nonummy, sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis sit ullamcorper felis, feugiat magna mi tellus, at sed dolore ante euismod amet tempus lobortis diam adipiscing, sit magna laoreet molestie pharetra ac nunc sem elit tincidunt aliquet. At dolor nisi ante volutpat amet, tempus ut mi molestie consectetur sed nunc sem at erat massa aliquet, at pulvinar nisi, et elit tincidunt sem, eget pulvinar donec, ante euismod. Felis pharetra donec massa non, elit pulvinar nisi et, euismod turpis aliquam nibh euismod turpis lorem lobortis aliquet adipiscing, tincidunt praesent molestie consectetur sed ut et id adipiscing sed tincidunt. Praesent mauris, pharetra donec ante molestie pharetra erat massa non consectetur erat massa sit, magna, mi molestie nonummy ipsum nisi et eget pulvinar nisi sem at ipsum nisi et, eget. Pulvinar nisi nibh ullamcorper nonummy lorem lobortis diam adipiscing feugiat praesent id pharetra sed nisi et eget amet aliquam nibh ullamcorper adipiscing feugiat congue diam mauris dolor magna mi molestie. Consectetur sed ut, nibh id turpis ac euismod, turpis lorem tincidunt aliquet mauris pharetra donec ante sem felis, sit, ac laoreet aliquet at sed nunc praesent eget tincidunt aliquet mauris. Pharetra tempus lobortis ullamcorper elit feugiat nisi mi euismod turpis ac tincidunt sem eget amet tempus lobortis ullamcorper id, pharetra ac massa proin elit dolore proin volutpat turpis tempus tincidunt. Praesent, mauris dolor donec mi molestie pharetra, donec laoreet non at sed massa, proin, eget ipsum, nunc et euismod turpis tempus elit pulvinar aliquam nibh ullamcorper felis lorem lobortis praesent. Molestie pharetra magna laoreet sem elit pulvinar nisi proin eget pulvinar nisi et volutpat turpis lorem lobortis ullamcorper aliquam lobortis ullamcorper nonummy tempus lobortis ullamcorper adipiscing, ipsum ut et, molestie. Consectetur sed nunc sem eget pulvinar dolore ante euismod adipiscing lorem lobortis ullamcorper adipiscing lobortis ullamcorper adipiscing ipsum magna mi molestie pharetra ac massa sem volutpat amet aliquam nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec nibh, ullamcorper adipiscing feugiat congue diam molestie consectetur magna mi molestie consectetur sed nunc sem at nunc proin mauris pulvinar aliquam. Nibh euismod pulvinar donec ante non nonummy feugiat congue et id pharetra ac laoreet aliquet elit dolor nisi eget pulvinar aliquam ante volutpat. Nonummy tempus lobortis diam adipiscing ipsum ut ullamcorper felis feugiat ac laoreet aliquet at erat nunc, aliquet consectetur sed nunc sem mauris dolore. Nibh non amet aliquam ante volutpat pharetra tempus massa ullamcorper, elit feugiat nisi mi id feugiat magna mi tellus turpis magna laoreet tellus. Dolor, dolore proin mauris, pharetra donec ante molestie pharetra donec massa volutpat elit ipsum ut et id sit magna laoreet euismod turpis magna. Laoreet aliquet adipiscing tincidunt proin volutpat, id eget at nonummy feugiat erat dolore nibh praesent volutpat felis consectetur pulvinar feugiat sed aliquam dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam sem ullamcorper volutpat felis, at turpis dolor tempus ac dolore, ut ante laoreet proin ullamcorper, non id mauris nonummy pharetra nonummy at adipiscing nonummy consectetur. Amet, dolor sit dolor tempus donec nisi dolore ut massa nibh praesent, ullamcorper id elit adipiscing consectetur sit sed lobortis massa et, praesent non id eget. At molestie, id mauris felis eget felis amet sit sed, aliquam, congue massa lorem ut nunc nibh mi tellus amet, dolor, feugiat ipsum lorem ipsum dolor. Tempus tempus lorem dolor turpis pulvinar aliquam magna ut nibh proin ullamcorper id elit at, amet, sit nunc ante, aliquet, non id, at amet feugiat ipsum. Lorem donec congue massa tincidunt ante ullamcorper tellus volutpat adipiscing amet feugiat erat dolore tincidunt massa nibh ante mauris elit adipiscing nonummy pharetra pulvinar feugiat erat. Ac aliquam tincidunt, ante mi, aliquet volutpat mauris, id eget felis consectetur sit pharetra feugiat, ac ac donec et sem aliquet non euismod volutpat adipiscing pharetra. Ipsum dolor pharetra ipsum lorem donec congue massa et aliquet non molestie amet feugiat dolore magna nunc tincidunt massa nibh proin praesent diam, aliquet, non molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mi sem euismod ullamcorper molestie elit, consectetur amet lorem ipsum sed, aliquam erat ac, tempus. Magna nisi lobortis mi et sem ullamcorper volutpat ipsum sed lorem sed aliquam, congue, ut massa. Laoreet ante mi proin aliquet non felis turpis pulvinar dolor ipsum lorem aliquam, congue ut laoreet. Lobortis tellus euismod molestie id eget mauris felis, volutpat mauris felis eget adipiscing, felis mauris nonummy. Pharetra adipiscing amet sit ipsum sed feugiat sed aliquam dolore ut nunc ullamcorper volutpat tellus ullamcorper. Sem aliquet ullamcorper non euismod, eget id euismod volutpat molestie volutpat volutpat id eget molestie, felis. Mauris felis elit ac dolore congue nunc laoreet praesent ullamcorper aliquet volutpat mauris nonummy turpis pulvinar. Feugiat tempus ac donec, congue ut nunc ut ut laoreet proin diam non ullamcorper nonummy consectetur. Adipiscing felis eget felis consectetur turpis dolor sit pulvinar dolor feugiat pulvinar dolor sit, sed lorem. Ipsum amet amet turpis turpis consectetur consectetur elit at mauris elit at felis elit at elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod euismod tellus aliquet volutpat feugiat sed ac donec congue nisi congue lobortis massa lobortis mi. Et proin mi et proin praesent diam praesent diam sem ullamcorper volutpat id elit tincidunt ut. Laoreet lobortis massa mi proin mi et proin, praesent laoreet lobortis massa nibh, proin diam sem. Aliquet et proin, praesent et proin amet consectetur, turpis pulvinar tempus sed sed tempus erat lorem. Tempus erat, ac erat magna nisi tincidunt massa mi proin ullamcorper non id mauris nonummy feugiat. Pulvinar aliquam ac dolore tincidunt massa et sem, ullamcorper non tellus ullamcorper tellus, euismod volutpat molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper aliquet euismod molestie molestie elit turpis pharetra sit dolor aliquam, congue massa nibh proin ullamcorper sem ullamcorper. Diam et ante laoreet nibh mauris, euismod ullamcorper volutpat euismod volutpat, tellus euismod volutpat id elit mauris adipiscing. Consectetur turpis amet sit amet pharetra sit amet pharetra sit pulvinar pharetra nunc tincidunt lobortis massa tincidunt, ante. Mi nibh ante mi, nibh mi mi elit mauris elit consectetur amet lorem erat ac aliquam magna ut. Nunc magna ut mauris proin praesent diam sem aliquet non molestie eget adipiscing elit consectetur adipiscing nonummy consectetur. Nonummy nonummy turpis dolor lorem erat ac aliquam mi nibh ante laoreet lobortis massa et sem ullamcorper non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie aliquet volutpat molestie id, dolor sit amet pharetra ipsum sed aliquam ipsum, sed aliquam donec nisi, congue lobortis nunc nibh proin et aliquet. Aliquet diam sem euismod molestie felis lorem aliquam erat aliquam tincidunt nibh laoreet et massa et proin praesent diam, sem, praesent mi proin mi. Diam praesent, diam sem aliquet ullamcorper tellus, at felis, consectetur turpis pharetra tempus, ac dolore magna nunc laoreet nibh, mi sem, aliquet ullamcorper non. Aliquet praesent et ante massa tincidunt ut proin mi, diam aliquet, diam diam aliquet volutpat nonummy pharetra sit dolor, feugiat sed ac dolore lobortis. Laoreet lobortis ante mi sem ullamcorper tellus euismod volutpat sit sit pharetra sit pulvinar pharetra sit pulvinar pharetra sit pulvinar lorem donec ut nibh. Aliquet volutpat, felis nonummy turpis dolor tempus, erat lorem aliquam ac, nisi praesent diam, euismod elit amet lorem magna nunc et tellus eget felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue pulvinar feugiat erat tempus, ipsum dolor tempus magna, ut nunc ut massa proin. Id molestie nonummy feugiat sed lorem tempus erat nisi tincidunt nunc laoreet ante praesent. Proin mi, sem, ullamcorper non molestie id at nonummy turpis pulvinar pharetra consectetur pulvinar. Pharetra pulvinar sed aliquam donec aliquam, dolore ut ut dolore aliquam erat ac nisi. Tincidunt massa mi ante diam non eget at amet feugiat erat aliquam donec lobortis. Et sem id molestie felis elit, turpis consectetur sit elit at adipiscing consectetur sit. Dolor ipsum sed lorem aliquam ac aliquam, dolore nisi nunc, tincidunt massa mi sem. Diam diam praesent non pharetra ipsum ac aliquam magna, mi molestie turpis magna laoreet. Tellus consectetur erat laoreet, tellus at sed lorem erat magna dolore, congue nunc congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa laoreet aliquet at dolor donec nibh diam mauris pharetra donec laoreet molestie, pharetra erat massa molestie consectetur et molestie sit magna et id pulvinar nisi. Mi euismod sit lorem, laoreet, aliquet at sed dolore proin eget, amet aliquam, massa volutpat nonummy mi molestie pharetra donec ante volutpat consectetur erat massa, tellus. Nonummy ipsum ut sem elit sed ut sem at erat massa aliquet elit pulvinar aliquam lobortis turpis lorem tincidunt praesent mauris sit magna ante molestie pharetra. Donec, massa tellus consectetur sed nunc sem elit, sed, dolore proin at sed, dolore mauris sed dolore proin mauris sed nunc proin eget, pharetra donec nibh. Ullamcorper felis sit, magna mi molestie turpis ac tincidunt aliquet elit pulvinar dolore proin sed nunc aliquet at sed tincidunt aliquet mauris sed dolore ante molestie. Amet tempus lobortis ullamcorper nonummy erat massa non elit tempus ut sem elit ipsum nunc nonummy sed ut proin id amet aliquam nibh euismod turpis ac. Tincidunt aliquet felis feugiat tincidunt praesent, volutpat pharetra erat molestie sit magna laoreet non at ipsum ut proin eget pulvinar nisi, proin eget amet aliquam et. Euismod amet aliquam lobortis ullamcorper felis feugiat magna mi tellus donec laoreet tellus at erat nunc sem at ipsum dolore, et volutpat, turpis tempus, ante euismod. Nonummy lorem congue praesent mauris sit, donec massa sem elit pulvinar non eget pulvinar aliquam, lobortis ullamcorper turpis tempus lobortis ullamcorper adipiscing dolor magna ante tellus. Elit pulvinar nisi et euismod adipiscing lorem tincidunt praesent mauris pharetra erat felis feugiat congue mi molestie consectetur tempus ut et id sit lorem tincidunt praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie amet donec massa volutpat nonummy feugiat nisi et felis pulvinar magna nibh tellus consectetur sed nunc praesent. Mauris pharetra praesent, mauris dolor, donec ante non, nonummy feugiat nisi diam felis pulvinar nisi mi tellus consectetur. Lorem nunc proin mauris pharetra donec proin, volutpat nonummy ut, ullamcorper elit ipsum magna mi aliquet at, sed. Nunc nibh ullamcorper adipiscing feugiat congue, praesent id sit magna mi molestie consectetur, erat massa aliquet eget pulvinar. Proin volutpat turpis tempus tincidunt ullamcorper felis, feugiat magna ante non nonummy sed nunc proin eget ipsum nunc. Sem eget pulvinar, aliquam nibh felis dolor congue mi molestie consectetur erat nunc sem elit ipsum nisi proin. Euismod adipiscing sed congue praesent mauris pharetra donec, massa volutpat nonummy feugiat magna nunc at sed nunc ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis, lorem tincidunt praesent mauris, dolor dolore praesent mauris, tincidunt. Aliquet felis feugiat tincidunt praesent mauris sit donec massa tellus pharetra. Donec massa non at sed nunc proin, elit amet aliquam et. Volutpat amet lorem euismod adipiscing lorem tincidunt diam molestie sit donec. Massa non at erat nunc sem elit sed nunc sem elit. Sed nunc sem at, sed aliquet at sed nunc aliquet mauris. Amet tempus lobortis ullamcorper nonummy tempus lobortis diam felis feugiat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolor magna ante non nonummy sed nunc diam elit sed ut et eget amet aliquam nibh ullamcorper adipiscing lorem tincidunt aliquet felis feugiat magna mi feugiat tincidunt praesent. Mauris sit magna laoreet sem eget pulvinar nisi nibh id amet nisi et eget dolor nisi sem eget amet aliquam nibh, ullamcorper donec nibh ullamcorper felis lorem ut diam. Id pharetra ac laoreet aliquet consectetur erat dolore sem eget amet aliquam lobortis ullamcorper nonummy aliquam lobortis euismod nonummy, tempus volutpat pharetra donec ante volutpat nonummy tempus lobortis non. Nonummy erat massa non consectetur tempus ut sem elit erat massa non consectetur erat tellus at ipsum ut et id pulvinar dolore sem eget pulvinar nisi proin volutpat pulvinar. Aliquam nibh euismod nonummy lorem ut diam adipiscing feugiat congue mi molestie erat laoreet tellus consectetur erat nunc sem at erat tincidunt tellus consectetur dolor dolore ante volutpat pulvinar. Donec nibh non nonummy tempus lobortis diam felis feugiat non nonummy ipsum nisi mi, aliquet consectetur lorem nunc proin eget pulvinar aliquam ante eget pharetra donec ante non adipiscing. Lobortis diam elit ipsum ut diam elit pulvinar nisi mi id sit magna nibh tellus adipiscing lorem tincidunt aliquet at lorem tincidunt ullamcorper at feugiat congue mi nonummy erat. Ante volutpat, consectetur, tempus massa sem elit ipsum, ut et euismod turpis ac tincidunt aliquet at feugiat congue praesent mauris, dolor congue praesent felis lorem euismod nonummy donec ante. Volutpat amet tempus nibh, ullamcorper felis feugiat congue et id feugiat magna, laoreet tellus at dolor nunc sem mauris, pulvinar nisi, ante, euismod aliquam proin eget, dolor dolore ante. Eget dolor dolore praesent molestie, pharetra, donec ante volutpat amet donec massa non nonummy tempus, massa non elit sed nisi diam sit aliquam laoreet, ullamcorper adipiscing, lorem tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tempus tincidunt praesent molestie nonummy erat, ante sem eget pulvinar aliquam proin, at sed nunc non at ipsum dolore proin elit dolor dolore proin. Pulvinar nisi ante, eget pulvinar, dolore proin eget pharetra dolore praesent, mauris pharetra dolore proin mauris dolor congue ullamcorper adipiscing lorem, congue praesent felis, feugiat. Ullamcorper, adipiscing lorem congue praesent mauris feugiat magna laoreet molestie, pharetra, ac laoreet, molestie sit congue, et id sit nisi diam, elit ipsum nunc elit. Tempus nunc sem elit ipsum ut et euismod turpis ac, laoreet ullamcorper mauris dolor donec massa, volutpat nonummy tempus nunc sem elit ipsum nunc non. Donec laoreet non at sed nunc, proin, eget turpis ac tincidunt praesent mauris dolor dolore praesent mauris dolor, congue, praesent, molestie sit donec praesent molestie. Pharetra donec felis pharetra magna mi id turpis erat massa tellus consectetur erat laoreet tellus consectetur sed, nunc aliquet at sed tincidunt praesent at dolor. Donec lobortis sem at sed dolore sem elit dolor dolore aliquet at lorem nunc sem eget amet aliquam ante volutpat nonummy aliquam ante volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ante mauris consectetur erat lobortis diam elit ipsum nunc diam elit pulvinar nisi. Et euismod aliquam laoreet aliquet turpis ac lobortis aliquet, at feugiat congue mi mauris. Pharetra donec massa non nonummy tempus nunc sem elit ipsum ut proin id pulvinar. Nibh euismod turpis ac tincidunt aliquet mauris dolor congue praesent mauris feugiat magna, praesent. Molestie, pharetra erat massa sem elit ipsum nunc sem eget, pulvinar aliquet elit, pulvinar. Aliquam, lobortis aliquet felis lorem, tincidunt praesent tellus consectetur erat massa non consectetur sed. Nunc proin id turpis ac lobortis amet nisi nibh ullamcorper felis dolor congue mi. Mauris pharetra magna mi tellus nonummy pulvinar nisi et, euismod adipiscing feugiat congue, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat nunc diam id turpis ac nibh euismod turpis ac laoreet aliquet adipiscing congue proin molestie dolor dolore massa non, nonummy, ipsum, magna mi, tellus consectetur ac laoreet. Tellus at sed nunc proin mauris dolor dolore, ante molestie congue praesent mauris pharetra, donec massa non consectetur erat ante non nonummy erat nunc non elit erat massa non consectetur. Erat laoreet aliquet consectetur erat massa sit erat tincidunt aliquet mauris, pulvinar, aliquam lobortis ullamcorper mauris consectetur ipsum nisi et euismod amet aliquam laoreet ullamcorper adipiscing feugiat dolore, praesent lorem. Congue mi volutpat nonummy erat nunc, sem elit sed ut proin eget pulvinar aliquam nibh euismod turpis ac lobortis euismod amet aliquam nibh ullamcorper adipiscing lorem euismod nonummy lorem ut. Praesent tellus, nonummy ipsum nunc sem eget pulvinar nunc aliquet, elit pulvinar aliquam lobortis ullamcorper felis dolor magna massa, non elit ipsum nunc nonummy ipsum nunc proin eget pulvinar aliquam. Laoreet, praesent molestie pharetra donec lobortis non felis feugiat ut et tellus consectetur nibh euismod, adipiscing sed nunc proin mauris amet aliquam massa ullamcorper felis feugiat ut mi molestie turpis. Nisi mi id sit magna, laoreet praesent mauris dolor dolore turpis sed congue praesent mauris pharetra, donec ante non nonummy ipsum lobortis et id sit ac laoreet tellus consectetur sed. Dolore proin eget dolor dolore ante ullamcorper tempus lobortis ullamcorper felis feugiat ut diam felis sit magna mi tellus consectetur, sed donec nibh non adipiscing lorem ut diam, id sit. Ac massa aliquet at mi id sit ac laoreet tellus at dolor donec ante volutpat, amet lorem, lobortis praesent molestie consectetur erat laoreet tellus consectetur erat, laoreet aliquet elit dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet mauris pulvinar dolore proin eget pharetra donec adipiscing. Dolor donec proin volutpat pharetra erat ante molestie pharetra donec. Mi molestie dolor magna mi mauris pharetra donec laoreet tellus. Nonummy ipsum nunc sem ac laoreet tellus consectetur erat tincidunt. Aliquet elit dolor nisi proin euismod felis sit magna ante. Non elit sed ut proin elit sed nunc, proin ipsum. Nisi et volutpat, turpis lorem congue praesent, mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper felis feugiat congue et tempus lobortis ullamcorper felis feugiat nisi, et, euismod, consectetur, erat mi. Aliquet eget pulvinar aliquam, nibh non nonummy ipsum lobortis ullamcorper adipiscing feugiat magna laoreet feugiat ut sem. Elit feugiat magna mi euismod, sit, ac tincidunt aliquet at lorem tincidunt aliquet at sed, congue praesent. Mauris dolor dolore, praesent molestie congue praesent felis feugiat congue diam mauris sit magna mi molestie pharetra. Erat massa sem at pulvinar nisi nibh eget pulvinar nisi nibh dolor dolore ante volutpat turpis aliquam. Nibh euismod adipiscing, lorem congue praesent felis feugiat congue praesent id pharetra ac massa tellus, at ac. Laoreet aliquet, elit, dolor sem mauris dolor, aliquam ante non nonummy, aliquam nibh ullamcorper adipiscing feugiat ut. Mi aliquet consectetur erat laoreet tellus consectetur ac laoreet tellus, turpis, ac tincidunt aliquet lorem tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet ac laoreet aliquet at feugiat congue aliquet mauris feugiat euismod adipiscing lorem. Tincidunt diam, mauris sit magna mi molestie pharetra magna praesent molestie pharetra ac laoreet. Tellus, turpis magna, et id sit, magna mi turpis lorem, tincidunt aliquet mauris dolor. Nunc praesent at lorem tincidunt ullamcorper at lorem, tincidunt ullamcorper turpis ac et, euismod. Amet aliquam ante eget pulvinar sem mauris dolor nunc aliquet turpis lorem laoreet ullamcorper. Turpis lorem congue aliquet at dolor erat lobortis diam elit ipsum, ut, et id. Ut et id sit aliquam laoreet ullamcorper turpis ac laoreet ullamcorper at lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, eget pulvinar sem mauris dolor donec, ante, eget pharetra donec ante volutpat, amet ipsum ut diam elit. Feugiat nisi mi molestie consectetur erat, laoreet tellus consectetur et euismod turpis, lorem tincidunt praesent mauris sed dolore. Ante non elit ipsum ut et felis sit nisi mi id sit, nisi mi euismod turpis nibh tellus. Adipiscing ac nibh euismod adipiscing lorem tincidunt aliquet adipiscing feugiat congue aliquet, felis, dolor donec ante, volutpat consectetur. Tempus ut diam elit sed nunc sem sed nunc sem eget ipsum dolore et volutpat amet aliquam nibh. Volutpat amet tempus lobortis diam, mauris feugiat congue praesent mauris sit magna tellus at sed nisi proin eget. Amet aliquam nibh volutpat turpis aliquam lobortis, diam adipiscing lorem tincidunt diam felis sit magna mi molestie sit. Magna mi, molestie, congue mi molestie sit magna, mi euismod turpis ac, laoreet sem at lorem nunc aliquet. Adipiscing lorem tincidunt aliquet mauris dolor dolore proin molestie dolor congue praesent dolor dolore mi molestie consectetur donec. Massa non elit tempus ut diam id sit aliquam nibh euismod amet aliquam nibh molestie amet, erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat, nonummy ipsum nunc diam eget ipsum tellus consectetur ipsum ut proin eget pulvinar nisi nibh euismod turpis tempus. Lobortis aliquet felis feugiat, magna massa non nonummy erat laoreet molestie sit magna felis feugiat congue, mi molestie sit ac. Laoreet tellus consectetur ac laoreet euismod turpis nisi, et euismod sit magna nibh id sit nisi proin eget aliquam, et. Euismod turpis ac lobortis ullamcorper turpis tempus lobortis diam felis dolor magna mi mauris, sit magna praesent id pharetra magna. Mi tellus, ipsum nisi nibh ullamcorper adipiscing feugiat congue praesent molestie, dolor magna, massa tellus consectetur erat nunc et, id. Turpis lorem laoreet aliquet at feugiat dolore mi, dolor donec mi molestie consectetur erat massa tellus, consectetur, erat nunc sem. Eget pulvinar sem, pulvinar dolor ipsum, magna nunc nibh, aliquet volutpat felis, at amet dolor molestie euismod, ullamcorper proin tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet volutpat amet lorem tincidunt mi volutpat, nonummy tempus non eget. Ipsum nisi nibh euismod adipiscing lorem tincidunt praesent mauris dolor dolore. Massa non elit tempus ut sem, elit ipsum nisi nibh id. Turpis nibh tellus at sed congue praesent mauris amet sit pulvinar. Pharetra ipsum dolor lorem, erat ut, diam, euismod consectetur ac nunc. Proin eget pharetra donec eget pharetra donec proin molestie dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi volutpat consectetur erat massa tellus nonummy sed. Ut diam ipsum nisi nibh euismod turpis aliquam nibh. Euismod turpis lorem tincidunt aliquet mauris pharetra donec nunc. Non elit, pulvinar nisi et, id, sit lorem congue. Amet ac tincidunt praesent mauris, dolor, donec ante non. Consectetur ipsum nisi, mi aliquet at sed nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pharetra donec lobortis non elit feugiat ut. Mi aliquet elit dolor nisi ante euismod nonummy. Lorem ut diam felis lorem congue mi feugiat. Magna laoreet tellus consectetur ipsum nunc et volutpat. Dolor nunc sem mauris, dolor dolore proin eget. Pulvinar donec lobortis non, nonummy tempus massa nonummy. Aliquam lobortis diam felis feugiat nisi diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna mi non elit sed nunc non elit, massa non at, ipsum, dolore nibh euismod. Adipiscing lorem tincidunt ullamcorper felis dolor magna, mi tellus consectetur erat laoreet, tellus consectetur donec massa. Non elit nisi et euismod turpis ac tincidunt, praesent molestie dolor erat, ante molestie, pharetra donec. Mi tellus consectetur erat nunc sem elit ipsum nisi et id dolore proin, eget dolor dolore. Aliquet at, dolor dolore proin mauris, dolor dolore proin volutpat nonummy aliquam ante volutpat amet aliquam. Lobortis ullamcorper ipsum ut, sem elit feugiat nisi diam felis ipsum, nisi nibh tellus turpis lorem. Tincidunt proin eget amet, donec ut diam felis feugiat lobortis ullamcorper elit ipsum non consectetur erat. Massa non elit tempus nunc, non elit erat massa sem elit ipsum dolore et id amet. Nisi et euismod pulvinar nisi lobortis, euismod adipiscing lobortis diam adipiscing tempus lobortis diam felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non nonummy tempus ut elit ipsum ut diam id turpis ac laoreet praesent at lorem tincidunt. Aliquet, mauris dolor donec ante molestie pharetra donec, ante volutpat amet tempus massa nonummy tempus nunc non elit. Ipsum nisi et euismod sit aliquam nibh euismod amet aliquam nibh euismod amet aliquam nibh euismod turpis tempus. Tincidunt diam aliquam lobortis praesent mauris sit magna mi molestie sit, congue diam id feugiat congue, et id. Sit nisi mi euismod turpis ac laoreet id, pulvinar nisi diam, ipsum nisi et euismod adipiscing, lorem tincidunt. Aliquet at dolor congue mi molestie dolor dolore ante volutpat consectetur erat ante tellus pharetra magna felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec lobortis ullamcorper, elit ipsum congue diam id feugiat nisi mi tellus turpis et euismod turpis magna nibh id sit aliquam nibh euismod turpis, ac, tincidunt aliquet at. Feugiat erat lobortis diam elit feugiat magna mi, euismod turpis, ac, euismod, adipiscing dolor nunc praesent adipiscing lorem laoreet euismod, amet, aliquam nibh, euismod turpis lorem lobortis aliquet. Felis pharetra donec ante tellus consectetur donec ante pharetra magna mi molestie sit congue diam felis feugiat congue et felis, sit nisi et id sit magna laoreet tellus. Consectetur lorem tincidunt turpis aliquam et euismod turpis ac tincidunt euismod, turpis lorem tincidunt aliquet felis feugiat congue aliquet adipiscing lorem congue mi molestie pharetra magna mi tellus. Nonummy, ipsum, tellus at ipsum nunc proin elit turpis aliquam nibh, ullamcorper adipiscing feugiat, congue diam felis feugiat lobortis diam adipiscing lorem congue mi molestie pharetra magna laoreet. Sem sed nunc et ullamcorper turpis lorem tincidunt diam mauris feugiat, magna massa, sem nonummy sed, nisi proin eget pulvinar aliquam euismod turpis ac lobortis ullamcorper adipiscing feugiat. Congue praesent mauris pharetra congue ante molestie consectetur donec mi molestie consectetur erat nunc sem at ipsum dolore sem eget dolore, proin eget amet nisi nibh euismod amet. Aliquam nibh euismod nonummy, aliquam nibh non amet tempus lobortis non amet aliquam massa non elit tempus ante volutpat donec ante molestie pharetra erat ante tellus consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi feugiat magna laoreet tellus consectetur erat, laoreet euismod turpis magna laoreet euismod consectetur. Magna, laoreet aliquet adipiscing lorem tincidunt aliquet at dolor congue proin dolor donec ante, non. Amet tempus massa non nonummy erat nunc diam eget ipsum nisi et euismod sit nisi. Laoreet euismod amet ac lobortis euismod nisi et volutpat, amet nisi proin eget amet nisi. Lobortis euismod felis, feugiat magna praesent id sit ac laoreet tellus consectetur sed dolore proin. Euismod adipiscing lorem volutpat turpis aliquam nibh euismod amet aliquam, ante volutpat nonummy aliquam, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet ac tincidunt praesent mauris dolor, congue praesent molestie pharetra erat massa tellus nonummy sed nunc non. Consectetur ipsum nunc, non at erat nunc aliquet at laoreet tellus consectetur erat tincidunt aliquet consectetur lorem. Nunc aliquet, at sed nunc aliquet adipiscing sed tincidunt aliquet at id, pulvinar aliquam nibh euismod adipiscing. Ante euismod amet aliquam, lobortis diam felis sit magna laoreet non nonummy sed nisi nibh ullamcorper at. Pharetra, erat ante non amet tempus lobortis diam elit ut et id sit ac laoreet tellus at. Sed dolore ante volutpat, amet, erat lobortis diam id feugiat, ut diam id turpis, lorem, dolore consectetur. Sed dolore aliquet, eget amet donec massa, ullamcorper adipiscing ipsum congue laoreet aliquet at sed, nunc ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc proin eget pharetra. Aliquam lobortis ullamcorper, felis feugiat magna. Mi tellus elit amet nisi nibh. Ullamcorper adipiscing dolor donec felis feugiat. Donec, massa non nonummy ipsum, nisi. Nibh id adipiscing lorem tincidunt, aliquet. Mauris pharetra donec ante non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper felis feugiat magna praesent id, sit magna laoreet molestie consectetur, sed massa aliquet consectetur, sed dolore proin mauris pulvinar sem, eget, amet aliquam nibh non. Nonummy tempus lobortis diam felis ipsum congue et id sit magna et molestie turpis ac, nunc proin eget amet proin eget amet tempus lobortis ullamcorper, nonummy tempus. Lobortis, et molestie turpis magna laoreet id sit ac laoreet tellus consectetur ac nunc sem eget pulvinar donec praesent pharetra, donec massa volutpat amet, aliquam lobortis et. Molestie, turpis erat nunc sem eget dolor dolore ante volutpat nonummy tempus lobortis ullamcorper adipiscing nibh ullamcorper, felis feugiat magna laoreet aliquet at dolor dolore proin volutpat. Amet tempus nibh ullamcorper felis feugiat congue praesent mauris lorem congue praesent adipiscing ipsum lobortis amet erat massa non elit tempus lobortis diam id sit magna nibh. Tellus at dolor nunc aliquet mauris dolor donec praesent at dolor congue praesent molestie pharetra praesent molestie consectetur tempus nunc diam id sit ac laoreet aliquet mauris. Dolor dolore proin mauris dolor dolore massa volutpat congue mi felis feugiat congue aliquet adipiscing tempus lobortis ullamcorper, adipiscing feugiat magna praesent felis sit magna praesent id. Pharetra ac massa aliquet at ipsum dolore consectetur erat laoreet aliquet consectetur lorem nunc proin eget amet donec nibh eget amet aliquam massa ullamcorper id sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod sit nisi laoreet aliquet at sed donec ante volutpat amet aliquam ante. Non amet aliquam diam, felis feugiat lobortis sem id sit ac tincidunt sem eget. Dolor dolore proin at sed nunc praesent eget dolor aliquam massa non nonummy ipsum. Ut elit ipsum ut diam elit ipsum ut diam id sit ac tincidunt aliquet. At dolor donec ante non nonummy ipsum ut diam elit feugiat nisi id consectetur. Ac nunc aliquet eget, dolor nunc proin eget pharetra donec proin eget sed congue. Praesent molestie dolor donec massa sem elit ut et, felis pulvinar magna laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sed ut proin id turpis aliquam lobortis euismod turpis. Nibh aliquet felis lorem, tincidunt ullamcorper adipiscing lorem lobortis diam. Nonummy lorem, congue diam felis ipsum ut, diam id pharetra. Ac laoreet tellus consectetur, ac id turpis ac, laoreet aliquet. At pulvinar dolore ante volutpat pharetra, aliquam ante volutpat pharetra. Aliquam lobortis diam felis, feugiat nisi et euismod consectetur sed. Sem eget amet tempus lobortis ullamcorper nonummy, tempus nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem tincidunt praesent molestie pharetra donec non consectetur erat ut diam eget, pulvinar nisi nibh euismod turpis ac laoreet. Ullamcorper at lorem lobortis, euismod, turpis lorem lobortis aliquet adipiscing, feugiat congue mauris feugiat congue praesent mauris feugiat congue diam. Felis sit magna mi id pharetra ac laoreet, aliquet at sed nunc sem eget amet aliquam nibh nonummy, aliquam nibh. Ullamcorper adipiscing, feugiat ut diam adipiscing ipsum congue mi id turpis ac laoreet, tellus consectetur sed, nisi sem eget pulvinar. Proin eget amet tempus ut praesent molestie sit congue, diam id sit magna et, id turpis ac laoreet tellus consectetur. Dolor dolore proin volutpat, amet lorem congue id, sit magna laoreet non at ipsum massa sem eget amet aliquam lobortis. Ullamcorper adipiscing lorem tincidunt ullamcorper felis sit congue praesent id pharetra congue mi at sed nunc proin volutpat amet ac. Lobortis ullamcorper adipiscing lorem congue praesent mauris pharetra donec ante non nonummy ipsum nisi, nibh adipiscing feugiat tincidunt aliquet mauris. Dolor dolore praesent molestie, pharetra erat ante molestie pharetra magna mi mauris feugiat congue diam felis sit, congue mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa, sem, felis sit magna nunc. Sem eget dolor donec, nibh ullamcorper adipiscing. Magna, laoreet, tellus consectetur erat nunc, proin. Eget pulvinar nisi proin volutpat pulvinar aliquam. Nibh ullamcorper felis, feugiat magna ante tellus. Consectetur sed non elit sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit magna laoreet aliquet consectetur. Lorem nunc tellus at dolor dolore. Ante amet aliquam ante volutpat amet. Tempus lobortis non, amet tempus ut. Diam felis pulvinar ut diam felis. Pulvinar magna, diam id sit aliquam. Laoreet, tellus aliquam nibh euismod turpis. Lorem lobortis euismod adipiscing feugiat congue. Praesent mauris feugiat congue praesent, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet proin ullamcorper felis, sit erat nunc aliquet elit ipsum nisi et volutpat turpis, tempus lobortis. Diam mauris sit donec ante non eget pulvinar aliquam ullamcorper adipiscing sed congue praesent at feugiat. Congue mi molestie pharetra donec massa non nonummy tempus massa non nonummy erat, ut proin eget. Ipsum ut elit pulvinar nisi et euismod amet tempus lobortis aliquet adipiscing aliquam nibh euismod nonummy. Tempus nibh non amet tempus lobortis diam felis sit ac mi molestie consectetur laoreet molestie turpis. Ac, laoreet tellus at sed nunc aliquet at, sed nunc praesent mauris sed dolore proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac congue ante volutpat consectetur tempus massa non, nonummy tempus nunc sem eget ipsum ut proin. Ipsum nisi nibh euismod turpis feugiat dolore mi mauris pharetra donec praesent mauris feugiat congue diam. Felis feugiat congue diam felis feugiat ut diam, felis massa volutpat nonummy erat, massa non elit. Tempus lobortis sem elit pulvinar nisi diam id sit nisi et id, sit ac laoreet euismod. Adipiscing lorem, tincidunt turpis ac lobortis ullamcorper adipiscing feugiat tincidunt ullamcorper adipiscing lorem tincidunt diam mauris. Feugiat congue, mi molestie sit magna mi, molestie consectetur erat molestie sit magna mi euismod turpis. Ac tincidunt, tellus, turpis lorem tincidunt aliquet adipiscing, lorem tincidunt aliquet adipiscing lorem, tincidunt aliquet at. Dolor donec ante non nonummy mi volutpat consectetur erat massa tellus nonummy ipsum nisi nibh, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum nunc proin, erat, massa tellus consectetur sed nunc sem at dolor dolore nibh ullamcorper adipiscing lorem magna mi tellus consectetur magna laoreet. Tellus pharetra erat massa at sed dolore proin eget dolor dolore proin eget pulvinar donec ante eget nonummy tempus lobortis diam felis ipsum congue. Et molestie sit, nisi, et, ipsum nisi mi, aliquet, at sed dolore praesent mauris dolor, donec nibh volutpat amet donec ante volutpat nonummy aliquam. Massa non elit, ipsum lobortis sem felis sit, mi euismod consectetur sed nunc proin mauris dolor dolore aliquet mauris lorem congue praesent at dolor. Donec ante, non nonummy erat massa non nonummy ante non, consectetur sed massa sem, eget, ipsum ut proin eget pulvinar nisi et euismod turpis. Ac lobortis ullamcorper turpis tempus nibh euismod nonummy aliquam lobortis felis feugiat congue diam felis sit congue diam id pharetra ac et molestie turpis. Ac tincidunt aliquet at sed, nisi proin eget dolor, dolore proin eget pharetra proin volutpat amet tempus lobortis et id turpis, ac tincidunt sem. Eget pulvinar aliquam, lobortis, euismod adipiscing tempus congue praesent pharetra magna mi molestie consectetur ac laoreet molestie turpis ac mi molestie turpis erat tincidunt. Sem eget pulvinar dolore praesent at sed tincidunt aliquet adipiscing sed tincidunt at feugiat, congue praesent at lorem congue aliquet, mauris pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat magna praesent tellus consectetur ac mi molestie pharetra, ac massa. Aliquet elit sed nunc sem elit erat nunc sem eget pulvinar dolore. Massa non elit sed massa non elit pulvinar dolore sem at, dolor. Nisi et volutpat amet aliquam nibh euismod amet aliquam lobortis diam adipiscing. Lorem non nonummy tempus lobortis ullamcorper elit ipsum ut diam, elit ipsum. Lobortis diam felis sit magna et id pulvinar ut diam eget pulvinar. Ut et euismod lorem laoreet ullamcorper adipiscing lorem congue mi volutpat consectetur. Erat lobortis diam id sit, ac laoreet tellus adipiscing lorem tincidunt, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem lobortis ullamcorper, mauris dolor congue, mi. Mauris dolor donec massa non nonummy ipsum nunc. Diam elit nunc proin euismod turpis ac lobortis. Aliquet at pharetra donec ante volutpat nonummy tempus. Ut sem id turpis ac tincidunt aliquet, at. Pharetra donec volutpat dolor donec ante volutpat amet. Erat ut diam, felis sit magna laoreet tellus. At dolor dolore nibh ullamcorper felis feugiat magna. Massa sem eget amet et ullamcorper felis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh ullamcorper felis sit magna mi molestie, pharetra congue praesent felis feugiat mi molestie turpis magna mi. Id, consectetur sed tincidunt sem mauris lorem tincidunt, aliquet mauris dolor tincidunt aliquet adipiscing aliquam laoreet id pulvinar. Ut elit sed dolore proin volutpat amet aliquam nibh euismod amet aliquam nibh volutpat pulvinar donec ante mauris. Pharetra donec ante non nonummy feugiat ipsum ac dolore ut aliquet volutpat adipiscing dolor erat nisi tincidunt aliquet. Mauris nonummy pharetra ipsum nisi congue massa mi lobortis massa diam molestie turpis ac laoreet at felis elit. At non aliquet ullamcorper tellus eget dolor nisi nibh, euismod volutpat id mauris felis eget non id at. Pulvinar ac laoreet aliquet at dolor massa sem elit, ipsum ut diam, felis sit magna laoreet tellus adipiscing. Sed donec nibh non nonummy tempus, ut diam elit ipsum ut diam id sit, sem elit ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy erat nunc proin, id turpis sed tincidunt praesent mauris tincidunt aliquet felis dolor donec, ante volutpat consectetur tempus nunc, diam id turpis lorem congue praesent eget dolor. Donec massa ullamcorper elit ipsum lobortis diam tempus ut et id consectetur sed, nunc praesent eget pulvinar donec, nibh non, adipiscing, feugiat magna mi tellus elit amet ac nibh. Ullamcorper adipiscing, feugiat praesent, mauris pharetra magna ante tellus nonummy ipsum ut et eget amet, ac tincidunt aliquet mauris feugiat dolore ante volutpat, consectetur donec massa consectetur ipsum nisi. Diam id sit aliquam nibh, ullamcorper adipiscing sed congue proin molestie pharetra donec mi volutpat pharetra dolore ante non nonummy ipsum nisi et euismod nisi diam euismod sit ac. Tincidunt, aliquet mauris feugiat, dolore ante non, amet erat, massa sem elit sit magna et tellus consectetur lorem laoreet aliquet at, sed ullamcorper adipiscing feugiat congue proin mauris pharetra. Donec ante volutpat pharetra donec massa, sem elit pulvinar ac tincidunt aliquet adipiscing et eget pulvinar ut, proin id turpis ac, tincidunt, praesent mauris pharetra dolore, massa non elit. Tempus ut, et eget pulvinar nisi nibh euismod turpis aliquam nibh amet ac lobortis ullamcorper adipiscing feugiat congue praesent mauris pharetra erat nunc diam eget sit magna nibh, tellus. Mauris dolor dolore praesent mauris feugiat, congue proin mauris dolore mi volutpat nonummy tempus, ut diam id sit magna nibh id turpis lorem laoreet praesent eget pharetra, donec ante. Non amet erat massa sem elit lobortis sem elit ipsum nisi et euismod turpis lorem laoreet, aliquet mauris pharetra, aliquam massa non, elit feugiat magna mi molestie turpis dolor. Nisi, proin eget pulvinar proin mauris dolor dolore ante, volutpat nonummy tempus, ut diam felis feugiat ac massa aliquet consectetur sed tincidunt sem eget pulvinar nisi nibh euismod nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent mauris dolor, dolore ante molestie pharetra donec diam id sit, ac tincidunt sem mauris pulvinar donec nibh non amet donec nibh volutpat amet aliquam massa volutpat amet. Ipsum ut et id sit magna id sit magna nibh, euismod turpis, sed nunc proin volutpat amet, donec massa ullamcorper elit sit, erat massa aliquet at, erat tincidunt aliquet. Mauris, amet, nibh diam felis feugiat congue praesent felis sit ac mi molestie consectetur ac massa sem elit dolor dolore ante eget pulvinar aliquam nibh euismod sit, magna laoreet. Tellus consectetur ipsum nisi et id adipiscing lorem tincidunt aliquet, felis feugiat congue, praesent mauris feugiat magna mi molestie pharetra donec mi molestie sed ut nibh euismod amet ac. Tincidunt aliquet mauris feugiat donec ante, volutpat consectetur tempus, massa diam elit pulvinar magna laoreet tellus adipiscing lorem, congue aliquet mauris congue, praesent mauris dolor, dolore mi volutpat, consectetur. Tempus lobortis sem elit, pulvinar nisi et euismod adipiscing sed, congue ante, pharetra, aliquam massa non elit, tempus lobortis non nonummy tempus, lobortis sem nonummy tempus, nunc sem elit. Sed ut et, id, sit aliquam nibh, euismod adipiscing lorem euismod turpis ac lobortis ullamcorper, turpis lorem congue praesent mauris pharetra donec mi tellus pharetra magna laoreet molestie pharetra. Erat laoreet molestie consectetur, erat nunc sem elit nunc sem elit pulvinar dolore sem at lorem nunc, praesent eget pharetra dolore, ante volutpat, amet donec proin molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris dolor magna, mi molestie pharetra magna mi tellus nonummy sed ut proin eget massa aliquet consectetur erat. Massa sem elit dolor dolore, proin volutpat amet donec ante euismod nonummy aliquam nibh non nonummy ipsum, lobortis, ullamcorper. Adipiscing magna, laoreet tellus turpis ac laoreet tellus consectetur erat laoreet tellus consectetur lorem laoreet tellus adipiscing lorem laoreet. Proin volutpat pharetra dolore praesent mauris dolor dolore ante, pharetra donec ante volutpat consectetur tempus nunc sem elit sed. Nunc sem eget ipsum ut proin eget, ipsum dolore nibh id turpis ac euismod amet aliquam ante volutpat pulvinar. Donec nibh volutpat amet donec ante non amet tempus massa non amet aliquam massa non elit ipsum nisi et. Felis pulvinar sem elit ipsum ut diam id, sit nisi et id, turpis aliquam laoreet euismod turpis feugiat tincidunt. Aliquet molestie pharetra donec massa non nonummy tempus ut diam sed laoreet, non nonummy ipsum ut et euismod adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolore sem eget pulvinar aliquet at dolor dolore sem eget pulvinar donec. Praesent eget pharetra aliquam massa, non, adipiscing, feugiat, magna laoreet aliquet elit, dolor. Dolore ante volutpat, amet ante euismod nonummy, tempus lobortis praesent, felis sit donec. Laoreet tellus at ipsum dolore sem eget pulvinar nisi et euismod adipiscing feugiat. Congue praesent lorem congue praesent felis, feugiat congue praesent felis feugiat magna et. Id sit ac massa aliquet eget dolor, dolore ante volutpat amet aliquam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem congue ante non adipiscing ipsum congue et molestie, sit ac mi tellus consectetur erat euismod turpis ac laoreet aliquet. Mauris, dolor donec nibh non nonummy, tempus ut et molestie turpis ac, mi molestie, turpis ac, mi tellus at sed nunc. Mauris pulvinar aliquam lobortis non adipiscing feugiat ut et molestie consectetur, sed nunc sem eget amet aliquam ante euismod amet aliquam. Tincidunt diam felis feugiat diam id sit ac laoreet, molestie pharetra ac laoreet tellus consectetur sed nunc sem at, sed dolore. Proin eget amet aliquam nibh ullamcorper donec massa diam id sit ac mi molestie consectetur erat nunc proin volutpat amet aliquam. Lobortis diam molestie pharetra erat nunc diam, eget, sit nisi et euismod aliquam, nibh ullamcorper turpis ac lobortis aliquet mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante euismod adipiscing lorem congue. Adipiscing feugiat magna laoreet, tellus at. Ipsum nunc proin eget, pulvinar aliquam. Lobortis ullamcorper felis feugiat congue praesent. Molestie sit, magna mi tellus pharetra. Erat proin eget amet ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem volutpat turpis lorem tincidunt praesent felis, feugiat congue. Laoreet sit magna praesent id, sit, ac laoreet tellus. Consectetur, erat massa sem at, sed nunc sem mauris. Dolor dolore, praesent at lorem laoreet aliquet adipiscing lorem. Euismod amet ac congue proin molestie amet tempus nisi. Et id turpis ac laoreet aliquet mauris pulvinar dolore. Ante non adipiscing ipsum, lobortis ullamcorper felis, lobortis ullamcorper. Elit ipsum nisi et euismod turpis magna, et id. Sit ac nibh id turpis ac, laoreet tellus adipiscing. Dolor congue praesent dolor dolore mi molestie amet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper adipiscing tempus ut diam adipiscing lorem congue, praesent. Ipsum ut et molestie consectetur erat nunc sem elit pulvinar. Nisi nibh volutpat amet aliquam nibh volutpat nonummy tempus lobortis. Ullamcorper adipiscing feugiat congue praesent feugiat magna laoreet aliquet at. Sed nunc sem elit amet tempus tincidunt diam felis pharetra. Donec massa sem, eget, sit ac laoreet ullamcorper adipiscing dolor. Mi molestie pharetra erat massa sem elit ipsum, ut et. Id sit ac laoreet tellus adipiscing sed dolore ante, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam tincidunt aliquet mauris feugiat congue. Praesent, molestie, pharetra erat massa sem. Elit sit nisi nibh euismod turpis. Laoreet aliquet mauris feugiat congue praesent. Mauris dolor congue praesent, mauris feugiat. Tincidunt, diam felis pharetra donec massa. Tellus pharetra donec laoreet tellus pharetra. Sed tellus at erat nunc, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pulvinar, nisi nibh, tellus mauris, dolor donec ante eget pharetra donec at, feugiat dolore. Praesent at pharetra dolore ante volutpat pharetra, donec mi mauris dolor donec massa non nonummy. Erat massa, non at sed ut sem eget dolore proin elit dolor dolore ante euismod. Pulvinar nisi proin eget nonummy donec ante non nonummy aliquam nibh non nonummy tempus lobortis. Diam felis magna mi molestie turpis, erat tincidunt aliquet at dolor nunc praesent mauris pulvinar. Donec proin eget pharetra donec praesent, volutpat amet donec ante molestie erat massa non elit. Ipsum, nisi et euismod turpis ac laoreet tellus adipiscing lorem laoreet ullamcorper adipiscing sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris, dolor erat mi molestie pharetra. Erat massa sem eget sit ac laoreet. Aliquet at dolor congue ante volutpat amet. Massa non amet ipsum lobortis sem felis. Pulvinar nisi et, id turpis, ac, tincidunt. Aliquet at sed tincidunt ullamcorper adipiscing feugiat. Congue proin molestie pharetra, mi molestie pharetra. Donec ante tellus consectetur tempus ut diam. Eget, sit aliquam, nibh ullamcorper adipiscing lorem. Tincidunt euismod turpis ac tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin eget pulvinar dolore ante non, adipiscing tempus lobortis non adipiscing tempus ut et, id consectetur, sed nunc consectetur sed nunc proin mauris pulvinar. Donec nibh non adipiscing tempus lobortis ullamcorper adipiscing, ipsum ut ullamcorper felis turpis ac, massa tellus consectetur sed aliquet, consectetur sed nunc sem consectetur sed. Nunc praesent eget dolor dolore ante molestie amet aliquam ante volutpat pharetra donec, ante volutpat pharetra magna mi, molestie pharetra massa, sem elit ipsum, nisi. Nibh euismod adipiscing sed, congue praesent at feugiat congue praesent felis dolor dolore massa non tellus eget felis, sed magna nunc ante ullamcorper tellus id. Volutpat tellus volutpat amet aliquam nibh euismod adipiscing lorem tincidunt ullamcorper felis, feugiat magna mi tellus consectetur ipsum nisi nibh amet aliquam nibh, euismod turpis. Aliquam lobortis euismod amet tempus nibh euismod amet, aliquam lobortis euismod adipiscing lorem congue, mi molestie, consectetur ipsum ut et euismod amet nibh aliquet felis. Dolor dolore mi volutpat nonummy erat ante non elit sed massa, tellus elit pulvinar ut proin eget aliquam et ullamcorper at feugiat congue mi molestie. Consectetur tempus massa sem nonummy tempus nunc sem elit sed ut proin eget pulvinar dolore proin, id turpis lorem mi, volutpat, consectetur erat ut, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh volutpat adipiscing ipsum, praesent molestie pharetra ac, massa, aliquet at, amet aliquam nibh euismod turpis lorem, magna mi. Non elit ipsum ut diam eget pulvinar nisi proin, elit dolore, sem eget pulvinar nisi et euismod turpis tempus lobortis. Diam felis lorem tincidunt, mi tellus consectetur sed, nunc non elit ipsum dolore, non eget feugiat congue, praesent, mauris dolor. Donec ante non nonummy ipsum ut sem, eget sit aliquam et eget ipsum ut proin euismod turpis lorem congue mi. Volutpat erat lobortis diam elit pulvinar magna nibh id turpis ac laoreet euismod at dolor dolore proin molestie pharetra erat. Massa ullamcorper felis sit magna euismod turpis ac tincidunt praesent eget amet donec nibh non nonummy ipsum lobortis ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ante, non elit ipsum ut sem elit, pulvinar nisi et euismod adipiscing ac nibh, ullamcorper, at dolor. Dolore proin, molestie, pharetra donec ante volutpat donec massa non consectetur erat nunc sem elit sed massa non. Elit sed nunc sem eget pulvinar nisi nibh volutpat, amet aliquam, et volutpat pulvinar lobortis, diam adipiscing lorem. Ut diam felis lorem ut diam felis ipsum congue et id sit congue et id sit, ac tincidunt. Tellus consectetur lorem tincidunt sem lorem tincidunt aliquet adipiscing lorem congue praesent eget dolor dolore praesent molestie pharetra. Donec massa non consectetur donec massa volutpat consectetur erat ante, elit, sit ac laoreet euismod adipiscing sed dolore. Ante ullamcorper elit ipsum ut diam elit tempus lobortis, sem felis pulvinar magna nibh id turpis magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac laoreet aliquet at sed nunc, sem eget amet aliquam, lobortis diam. Mauris dolor praesent mauris feugiat congue mi id sit erat nunc non consectetur. Ac nunc, sem, elit dolor nisi ante, euismod amet, nisi ante eget pulvinar. Aliquam lobortis amet tempus ut diam id, pharetra, magna mi molestie turpis erat. Massa sem eget pulvinar aliquam nibh euismod nonummy tempus ut diam, felis lorem. Lobortis nonummy ipsum ut diam elit feugiat congue et, id, sit magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy erat massa sem elit nunc sem eget pulvinar nisi proin euismod turpis. Ac congue praesent felis dolor congue praesent mauris pharetra donec massa non nonummy sed. Massa non donec mi molestie, pharetra magna et id sit magna mi molestie turpis. Erat dolore proin mauris dolor dolore praesent eget pulvinar donec nibh volutpat amet ante. Volutpat amet donec ante volutpat amet erat massa sem elit tempus ut diam felis. Sit nisi et, id sit aliquam nibh euismod turpis lorem, dolore praesent dolor, dolore. Ante volutpat nonummy pulvinar nisi et, id turpis ac nibh eget pulvinar nisi et. Id sit ac laoreet aliquet adipiscing ac nisi, et felis sit magna laoreet sem. Mauris sed nunc praesent mauris dolor, donec ante eget dolor dolore, proin molestie pharetra. Erat lobortis ullamcorper elit tempus volutpat consectetur tempus ut diam id sit lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at sed nunc sem eget amet nibh ullamcorper adipiscing feugiat congue praesent molestie feugiat congue mi mauris pharetra magna mi tellus pharetra, donec nunc sem. Elit pulvinar aliquam, nibh aliquet lorem, tincidunt ullamcorper felis feugiat donec massa tellus consectetur donec laoreet molestie pharetra erat nunc non consectetur, erat massa tellus at. Sed, dolore proin euismod aliquam ante eget pulvinar donec nibh volutpat nonummy aliquam lobortis non nonummy aliquam, massa non, amet aliquam massa non nonummy ipsum lobortis. Non donec massa volutpat consectetur erat massa non consectetur erat nunc non at sed ut proin eget pulvinar dolore proin eget amet tempus lobortis ullamcorper adipiscing. Lorem tincidunt mauris sit magna laoreet sem elit pulvinar nisi nibh euismod amet, aliquam lobortis ullamcorper turpis lorem, lobortis ullamcorper adipiscing lorem tincidunt, diam mauris, sit. Donec massa non erat laoreet molestie pharetra erat massa tellus pharetra erat mi molestie sit magna et euismod turpis ac laoreet sem at tincidunt praesent, at. Dolor donec ante volutpat pharetra aliquam ante molestie pharetra donec ante volutpat nonummy erat massa volutpat nonummy tempus, nisi nibh, aliquet mauris dolor dolore at dolor. Donec massa non, nonummy tempus ut, diam felis, ipsum nisi diam felis pulvinar magna diam eget pulvinar, nisi et id, sit nisi, proin id amet et. Id amet aliquam nibh ullamcorper adipiscing tempus nibh, ullamcorper adipiscing, tempus nibh euismod amet aliquam ante volutpat amet donec proin eget, pharetra donec massa, non nonummy. Lobortis sem elit ipsum nisi diam felis sit ac tincidunt aliquet adipiscing lorem tincidunt praesent at sed tincidunt, praesent mauris dolor congue mi molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie consectetur, tempus ut diam eget sit nisi. Nibh amet, ac consectetur at turpis pharetra pulvinar sed. Tempus ipsum sed donec, lobortis mi sem ullamcorper molestie. Felis consectetur amet dolor, tempus ac, feugiat ut et. Tellus at lorem, tincidunt praesent mauris sed congue aliquet. Mauris feugiat tincidunt praesent molestie amet erat massa sem. Felis pulvinar magna et euismod ac laoreet aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem id amet aliquam, lobortis aliquet felis, feugiat congue mi volutpat nonummy nunc sem eget sit ac tincidunt aliquet eget pharetra donec ante molestie amet erat lobortis et id. Turpis ac laoreet tellus turpis lorem laoreet tellus sit nibh euismod sit aliquam nibh euismod turpis, lorem, lobortis praesent, mauris feugiat dolore praesent molestie pharetra magna mi molestie, pharetra donec. Massa, sem elit sed molestie pharetra erat massa tellus at sed nunc proin eget pulvinar dolore proin eget pulvinar dolore proin eget pulvinar donec ante volutpat, dolor praesent eget pharetra. Dolore massa non elit feugiat nisi et, euismod, consectetur dolor dolore proin volutpat pulvinar, donec ante non nonummy tempus, ut, diam, id pharetra ac id turpis erat nunc sem eget. Amet aliquam nibh euismod, amet, aliquam lobortis diam mauris pharetra donec, laoreet non elit pulvinar nisi proin eget pulvinar aliquam lobortis adipiscing lorem tincidunt diam mauris dolor donec, mi mauris. Pharetra erat massa non elit sed nunc non elit pulvinar, aliquam volutpat amet, nisi nibh euismod pulvinar tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper felis feugiat congue praesent id, sit. Magna mi tellus turpis magna mi molestie turpis laoreet tellus consectetur lorem tincidunt aliquet consectetur sed dolore praesent, eget pharetra donec ante molestie dolor aliquam massa volutpat nonummy, tempus lobortis. Sem felis pulvinar, ut, diam tempus massa non consectetur, sed ut proin elit pulvinar aliquam nibh euismod turpis ac lobortis ullamcorper adipiscing tempus nibh euismod turpis feugiat congue praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, congue laoreet sem at sed massa aliquet consectetur erat molestie turpis ac, laoreet tellus turpis ac laoreet aliquet adipiscing sed nunc aliquet mauris sed congue praesent molestie dolor. Dolore proin molestie amet erat lobortis diam ipsum nisi nibh euismod consectetur lorem nunc praesent eget pharetra donec ante non, adipiscing ipsum lobortis ullamcorper felis sit magna, mi tellus. At sed nunc mauris dolor aliquam lobortis ullamcorper adipiscing ipsum ut laoreet non at sed nunc proin volutpat amet ac lobortis aliquet, felis lorem tincidunt diam felis congue diam. Mauris sit magna nunc non at amet, ac lobortis aliquet adipiscing, dolor dolore ante molestie pharetra donec massa sem elit ipsum, ut diam eget nisi nibh euismod turpis ac. Laoreet aliquet at feugiat dolore mi molestie consectetur erat massa non nonummy tempus nunc diam id sit aliquam nibh, euismod at sed massa non elit ipsum ut et id. Turpis magna laoreet, tellus consectetur lorem tincidunt aliquet eget nonummy lorem ut diam felis sit congue aliquet consectetur sed, massa tellus at sed nunc aliquet mauris pulvinar donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolor, dolore lobortis, non adipiscing ipsum ut diam. Elit sit magna mi, euismod consectetur ac laoreet aliquet. Mauris sed nunc proin mauris dolor donec diam felis. Sit ac mi molestie, turpis magna mi molestie consectetur. Erat tincidunt tellus, at pulvinar dolore proin eget dolor. Donec ante, volutpat amet tempus molestie dolor dolore proin. Molestie pharetra donec mi molestie consectetur erat massa non. Elit tempus massa sem nonummy sed nunc sem elit. Ipsum dolore proin, id turpis et euismod adipiscing feugiat. Magna ante volutpat consectetur tempus nunc non elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing feugiat, congue et tellus sit, magna mi, id turpis, magna, mi tellus consectetur lorem nunc proin eget pulvinar aliquam ante volutpat pharetra. Donec molestie amet ipsum lobortis non nonummy erat, massa, non elit ipsum nisi et euismod consectetur sed nunc praesent at sed dolore praesent at. Feugiat dolore adipiscing lorem dolore praesent felis lorem tincidunt diam felis feugiat congue diam mauris feugiat donec mi tellus consectetur erat massa tellus at. Sed nunc proin eget dolore proin, volutpat turpis aliquam nibh euismod nonummy lorem lobortis ullamcorper mauris feugiat magna mi molestie pharetra, erat nunc aliquet. At ipsum, nunc proin, amet tempus lobortis euismod nonummy tempus lobortis ullamcorper felis feugiat, congue praesent id sit congue diam id ipsum ut diam. Felis feugiat magna laoreet tellus consectetur sed aliquet at sed nunc proin volutpat amet donec ante eget pharetra donec, proin molestie pharetra erat ante. Molestie pharetra tempus lobortis diam elit pulvinar magna laoreet at dolor nunc, aliquet adipiscing sed tincidunt praesent adipiscing lorem congue aliquet at, feugiat congue. Mi mauris dolor congue diam tempus, nibh euismod nonummy, tempus nibh volutpat amet aliquam massa non nonummy, tempus ut diam id sit erat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tempus ut sem elit pulvinar ut sem elit ipsum ut, proin id turpis ac lobortis. Ullamcorper, adipiscing lorem euismod turpis tempus, nibh, euismod nonummy tempus lobortis diam, adipiscing lorem congue, mi. Molestie at ipsum nunc sem at sed nunc proin, eget amet proin mauris dolor tincidunt praesent. Eget pulvinar dolore ante volutpat amet donec ante non nonummy aliquam massa non, nonummy erat ante. Non nonummy tempus nunc non elit massa, tellus consectetur sed ut et id sit aliquam nibh. Ullamcorper at feugiat congue praesent mauris lorem tincidunt praesent mauris feugiat congue diam tempus lobortis non. Nonummy lorem ut diam felis ipsum lobortis ullamcorper elit, tempus lobortis ullamcorper elit, tempus massa non. Consectetur tempus nunc diam eget pulvinar, nunc sem erat laoreet non, pharetra erat nunc sem at. Erat massa sem at erat nunc proin at sed tincidunt sem mauris sed nunc, aliquet, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh euismod turpis ac, nibh euismod turpis lorem tincidunt aliquet felis feugiat congue diam mauris ut praesent id sit donec laoreet non at sed dolore proin. Eget amet aliquam proin eget, dolor nunc proin eget amet aliquam ante euismod adipiscing, lorem ullamcorper nonummy feugiat lobortis ullamcorper elit tempus lobortis non, amet erat massa. Non felis pulvinar, nisi et id sit, ac nibh tellus adipiscing lorem, tincidunt adipiscing sed, congue praesent mauris feugiat tincidunt aliquet mauris dolor magna massa sem nonummy. Tempus nunc, diam eget ipsum, nisi, et id turpis tincidunt praesent at feugiat congue aliquet felis feugiat congue praesent molestie pharetra donec, ante non elit ipsum massa. Non nonummy sed nunc non at sed, nisi et pulvinar, nisi, nibh euismod turpis aliquam nibh ullamcorper adipiscing tempus lobortis euismod nonummy aliquam nibh non amet donec. Massa non adipiscing tempus lobortis non elit ipsum ut consectetur erat ut diam id sit ac, nibh euismod sit aliquam nibh euismod sit aliquam nibh, ullamcorper at. Feugiat dolore molestie pharetra donec massa volutpat nonummy erat massa non nonummy erat nunc sem elit pulvinar nisi et euismod adipiscing lorem tincidunt praesent at feugiat congue. Praesent molestie magna ante tellus consectetur erat massa non nonummy ipsum nisi et eget pulvinar aliquam laoreet ullamcorper adipiscing ac nibh ullamcorper felis feugiat, congue mi volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis ullamcorper id feugiat magna mi, molestie pharetra ac massa. Aliquet sed tincidunt aliquet at dolor dolore proin volutpat amet donec. Ante, volutpat amet aliquam, nibh non nonummy tempus ut diam elit. Sit congue et id feugiat tincidunt, tellus at dolor donec proin. Eget pulvinar donec ante, eget pharetra dolore, proin mauris pharetra dolore. Ante molestie amet donec ante molestie pharetra, magna volutpat consectetur, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent id pharetra donec massa non at erat mi molestie, turpis ac aliquet elit, sed nunc aliquet. At sed dolore proin eget amet tempus nibh ullamcorper id pharetra magna mi molestie turpis ac massa aliquet. Elit pulvinar nisi eget amet aliquam, ante eget pulvinar dolore praesent mauris dolor congue aliquet at sed congue. Proin mauris pharetra donec, ante non elit pulvinar nisi et consectetur sed tincidunt tellus adipiscing sed congue aliquet. Mauris dolor dolore ante volutpat pharetra erat, massa sem elit ipsum, ut et, felis pulvinar et id adipiscing. Lorem, tincidunt praesent at sed congue aliquet turpis ac lobortis aliquet, mauris feugiat, dolore mi molestie, dolor magna. Ante non elit pulvinar nisi et turpis aliquam nibh id amet aliquam nibh euismod turpis ac tincidunt praesent. Molestie consectetur donec, ante non nonummy ipsum nunc non nonummy, ipsum, nunc sem elit ipsum tellus consectetur ac. Laoreet aliquet elit sed, dolore sem eget amet, aliquam lobortis ullamcorper felis feugiat magna laoreet non nonummy, massa. Sem eget ipsum aliquam nibh euismod adipiscing lorem tincidunt, aliquet, adipiscing feugiat congue praesent molestie consectetur erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra ac massa non at sed nunc sem elit sed tincidunt, sem at dolor dolore ante, eget pulvinar, ante, non amet. Tempus lobortis non nonummy tempus massa non, nonummy ipsum ut, sem elit feugiat nisi et id sit ac, nibh euismod turpis nisi. Et sit, ac laoreet ullamcorper at, lorem tincidunt aliquet mauris feugiat congue aliquet adipiscing lorem lobortis ullamcorper adipiscing feugiat congue mi, molestie. Sit magna, praesent molestie ipsum dolore proin eget ipsum nunc proin eget pulvinar aliquam ante volutpat amet nisi ante eget nonummy feugiat. Ut praesent felis feugiat congue felis sit magna mi tellus consectetur erat nunc sem consectetur erat tincidunt aliquet at dolor nunc praesent. Eget amet aliquam lobortis, ullamcorper adipiscing, ipsum ut et molestie magna mi tellus turpis ac tincidunt aliquet at sed tincidunt aliquet at. Dolor dolore ante, volutpat, pharetra aliquam, massa ullamcorper elit ipsum ut et felis feugiat nisi felis pulvinar nisi et, felis turpis magna. Laoreet aliquet at dolor donec, massa ullamcorper felis ipsum ut ullamcorper nonummy erat non elit feugiat nisi diam felis, sit magna nibh. Tellus, turpis lorem nunc aliquet at, dolor tincidunt ullamcorper turpis aliquam nibh euismod amet aliquam lobortis ullamcorper adipiscing tincidunt ullamcorper felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut mi molestie pharetra erat massa pharetra ac massa aliquet elit dolor nunc tellus turpis ac laoreet euismod turpis lorem tincidunt praesent mauris dolor, tincidunt, aliquet at sed. Tincidunt aliquet, at feugiat mi molestie dolor donec ante, volutpat nonummy tempus, nunc non elit pulvinar ut et id sit aliquam nibh euismod turpis aliquam nibh euismod adipiscing lorem. Euismod adipiscing lorem congue diam, felis sit donec ante mauris sit donec laoreet, tellus at sed nunc aliquet at ipsum nunc sem at erat sem eget pulvinar nisi proin. Eget amet aliquam ante non, amet tempus massa non adipiscing, tempus, lobortis ullamcorper elit ipsum lobortis, diam elit tempus lobortis non magna mi mauris, sit magna mi molestie pharetra. Donec mi molestie pharetra magna mi tellus turpis erat nunc aliquet at sed nunc ante volutpat amet donec ante dolor, nunc praesent eget dolor dolore, aliquet adipiscing lorem tincidunt. Aliquet mauris feugiat, congue aliquet mauris dolor magna mi molestie pharetra donec ante non consectetur nunc sem, at ipsum nunc et id amet aliquam nibh euismod turpis, tempus tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nonummy, aliquam lobortis ullamcorper felis lorem lobortis ullamcorper adipiscing ipsum. Ut, diam felis feugiat ut, diam id turpis erat laoreet aliquet. At sed ante eget pulvinar, dolore proin eget pharetra donec ante. Volutpat nonummy erat ante molestie dolor donec ante molestie pharetra magna. Mi tellus pharetra erat massa sit, erat nunc non at sed. Ut proin eget ipsum nisi nibh euismod amet tempus lobortis euismod. Amet tempus lobortis euismod amet aliquam nibh non nonummy tempus, volutpat. Nonummy ipsum ut, diam id turpis erat tincidunt aliquet elit, sed. Nisi nibh euismod nonummy tempus lobortis ullamcorper nonummy, lorem ut diam. Feugiat, congue et felis feugiat congue et id sit magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id sit magna laoreet pulvinar aliquam, et euismod turpis ac laoreet ullamcorper at dolor dolore mi non consectetur erat massa sem. Elit, ipsum ut et id sit aliquam et sit aliquam laoreet aliquet adipiscing lorem, congue aliquet mauris pharetra donec ante sem felis. Pulvinar magna et euismod adipiscing lorem nunc proin eget pharetra donec mi, tellus turpis erat, nunc sem eget pulvinar aliquam nibh volutpat. Amet tempus lobortis ullamcorper felis feugiat congue mi molestie at ipsum, dolore, proin id amet aliquam volutpat turpis tempus congue diam mauris. Pharetra erat, massa sem nonummy, erat ut proin, eget pulvinar nisi proin eget pulvinar, nisi et ullamcorper tempus, tincidunt aliquet felis feugiat. Congue praesent tellus consectetur, sed ut et, euismod turpis, ac nibh euismod amet nisi et, volutpat, amet ac tincidunt, praesent mauris dolor. Praesent mauris sit, magna mi tellus elit sed nunc sem id amet ac laoreet ullamcorper at dolor donec mi mauris dolor magna. Mi molestie consectetur erat molestie, pharetra ipsum nunc proin eget sit aliquam nibh euismod turpis lorem nisi mi molestie sit magna laoreet. Tellus at dolore nibh, ullamcorper adipiscing, lorem ut ullamcorper adipiscing ipsum ut et molestie, turpis magna mi tellus consectetur, erat nunc sem. Volutpat nonummy lorem tincidunt, diam molestie nonummy nunc proin elit, ipsum dolore proin eget pulvinar, nisi nibh euismod adipiscing feugiat lobortis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy lorem ut diam felis, ipsum. Congue mi molestie sit ac laoreet. Aliquet elit sed tincidunt aliquet, elit. Pulvinar nisi ante amet, tempus lobortis. Ullamcorper felis feugiat ut ullamcorper felis. Pharetra ac massa aliquet at ipsum. Nunc proin elit dolor nisi proin. Volutpat nonummy, tempus ullamcorper adipiscing lorem. Congue diam adipiscing ipsum ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra dolore ante molestie consectetur, ipsum ut diam ipsum. Magna nibh, tellus at sed congue proin, eget sed tincidunt. Praesent mauris feugiat dolore mi mauris feugiat dolore praesent, felis. Feugiat, magna mi molestie donec laoreet molestie pharetra donec, massa. Tellus pharetra erat massa aliquet at sed, nunc aliquet at. Dolor nunc sem at lorem tincidunt aliquet mauris, dolor, praesent. Eget dolor, dolore proin molestie pharetra aliquam massa ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue mi volutpat nonummy ipsum tellus elit sed nunc sem eget pulvinar ut proin eget, pulvinar nisi nibh ullamcorper adipiscing dolor congue, ante non nonummy. Ipsum nisi et euismod turpis laoreet tellus, adipiscing lorem tincidunt praesent mauris feugiat donec ante molestie pharetra donec massa molestie pharetra donec, ante non nonummy tempus. Nunc sem eget pulvinar et id turpis aliquam et id, turpis ac tincidunt aliquet felis feugiat congue, praesent molestie, pharetra donec massa non nonummy sed, ut. Proin pulvinar nisi nibh ullamcorper, turpis ac tincidunt, aliquet, adipiscing feugiat congue mi molestie dolor donec ante non nonummy erat, ut proin eget, pulvinar nisi et. Euismod adipiscing tincidunt aliquet felis feugiat congue praesent felis dolor magna ante non consectetur erat massa non nonummy ipsum ut, proin eget ipsum dolore proin, eget. Amet, ac lobortis, adipiscing feugiat magna, ante tellus consectetur, erat massa non, elit proin, diam et praesent, non, aliquet praesent non euismod consectetur feugiat ut praesent. Id elit pulvinar nisi proin eget pulvinar nisi proin volutpat amet aliquam nibh volutpat amet aliquam ante volutpat nonummy lorem ut diam felis feugiat mi tellus. Pharetra magna laoreet aliquet, consectetur ac laoreet aliquet, consectetur ac, laoreet tellus consectetur lorem tincidunt, aliquet consectetur ac tincidunt, aliquet adipiscing dolor congue proin mauris donec. Ante non nonummy erat massa non nonummy tempus lobortis sem nonummy ipsum massa non nonummy erat nunc non consectetur sed nunc sem elit ipsum nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et felis pulvinar nisi diam elit ipsum nisi et erat laoreet non elit pulvinar nisi et id. Amet aliquam lobortis ullamcorper adipiscing feugiat magna praesent felis lorem tincidunt diam, adipiscing lorem nibh volutpat nonummy proin. Molestie pharetra donec ante volutpat amet, erat massa non nonummy, tempus lobortis non elit erat nunc sem nonummy. Sed nunc sem elit, pulvinar ut at sed dolore proin elit erat laoreet molestie consectetur erat tincidunt aliquet. At dolor nunc praesent mauris sed nunc praesent, eget, amet, aliquam volutpat pharetra dolore ante volutpat nonummy tempus. Lobortis sem elit tempus nunc sem elit erat massa non elit sed nunc sem elit ipsum ut et. Euismod amet nibh ullamcorper adipiscing lorem, tincidunt ullamcorper adipiscing lorem tincidunt diam adipiscing lorem lobortis ullamcorper adipiscing feugiat. Magna praesent id sit, magna mi molestie turpis erat laoreet tellus sed nunc sem volutpat pulvinar aliquam, nibh. Non amet tempus lobortis ullamcorper adipiscing ipsum ut et felis sit congue massa consectetur, erat laoreet aliquet at. Sed nunc aliquet at dolor dolore proin eget pharetra, donec ante volutpat pharetra donec ante volutpat pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis feugiat, magna praesent molestie, pharetra. Donec mi tellus consectetur erat massa sem. Elit nisi nibh ullamcorper adipiscing lorem, tincidunt. Ullamcorper adipiscing tempus tincidunt diam felis sit. Donec massa, non nonummy ipsum nunc, sem. Eget pulvinar dolore proin erat massa tellus. At dolor dolore proin mauris dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id sit, ac, nibh euismod, at lorem id. Turpis lorem tincidunt praesent felis feugiat magna ante molestie. Pharetra erat, ante, tellus, nonummy ipsum ut proin, eget. Pulvinar aliquam nibh euismod turpis aliquam elit pulvinar aliquam. Et volutpat adipiscing feugiat congue mi, tellus nonummy sed. Ut diam eget pulvinar nisi proin elit sed nunc. Sem, elit ipsum aliquet at erat nunc ante ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar donec, lobortis diam id, sit ac massa non. At erat molestie turpis, magna laoreet euismod turpis nisi mi. Euismod turpis ac nibh id sit aliquam laoreet ullamcorper turpis. Lorem, tincidunt aliquet adipiscing lorem tincidunt, praesent tempus lobortis praesent. Molestie nonummy tempus ut diam eget pulvinar ut diam elit. Ipsum ut non elit ipsum nisi et volutpat amet nisi. Et euismod aliquam lobortis ullamcorper nonummy lorem tincidunt praesent mauris. Pharetra erat laoreet tellus pharetra, ac laoreet tellus consectetur ac. Mi molestie consectetur erat, laoreet consectetur ac, laoreet euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, massa tellus at sed nunc tellus at ipsum nisi et turpis lorem tincidunt aliquet. Felis feugiat magna mi molestie feugiat ut mi tellus consectetur erat massa, non at erat. Nunc sem elit pulvinar, aliquam et pulvinar nisi ante euismod, amet, lorem congue, praesent molestie. Sit donec mi molestie pharetra magna laoreet tellus consectetur erat massa aliquet at sed dolore. Ante adipiscing lorem tincidunt ullamcorper adipiscing tempus lobortis ullamcorper felis feugiat ut diam felis feugiat. Congue et felis feugiat ac tincidunt aliquet at dolor aliquet at sed dolore proin volutpat. Amet tempus lobortis, ullamcorper felis feugiat congue et id sit nisi et felis, feugiat nisi. Mi, euismod turpis, ac tincidunt aliquet ac laoreet euismod adipiscing lorem tincidunt aliquet at feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac lobortis, euismod turpis tempus tincidunt, amet aliquam nibh volutpat nonummy lorem nibh volutpat nonummy tempus ut diam. Id pharetra erat, laoreet tellus consectetur sed tincidunt sem elit, dolor nisi nibh amet tempus lobortis ullamcorper adipiscing. Lorem ut praesent felis ipsum ut diam felis feugiat nisi diam id, sit, ut et, tellus at, lorem. Tincidunt proin lorem, nunc praesent mauris dolor dolore ante, volutpat pharetra donec ante volutpat amet, erat massa non. Nonummy ipsum ut et felis, ipsum, nisi nibh pulvinar aliquam nibh euismod amet ac laoreet ullamcorper at dolor. Dolore ante volutpat consectetur, erat massa sem elit tempus ante molestie pharetra donec massa, non nonummy mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat, massa ullamcorper elit ipsum ut et id sit magna nibh euismod ut diam id, sit aliquam nibh, id amet ac lobortis ullamcorper at feugiat congue praesent molestie consectetur. Erat nunc sem elit tempus nisi, diam id pulvinar et id amet aliquam nibh euismod adipiscing lorem tincidunt aliquet felis feugiat tincidunt aliquet adipiscing lorem tincidunt diam felis lorem ut. Ullamcorper felis lorem ut adipiscing, feugiat ut diam felis feugiat ut et id sit magna laoreet tellus turpis ac laoreet aliquet adipiscing sed nunc, ante volutpat pharetra ullamcorper adipiscing lorem. Lobortis aliquet at feugiat dolore ante molestie pharetra donec ante molestie dolor, erat nunc non nonummy sed ut proin elit ipsum nunc sem elit massa aliquet at dolor dolore proin. Volutpat amet aliquam nibh euismod, nonummy tempus lobortis, non, nonummy tempus lobortis non nonummy aliquam ante volutpat amet erat lobortis non feugiat nisi diam id sit nisi et eget sit. Magna nibh euismod turpis aliquam laoreet, euismod adipiscing feugiat donec ante pharetra donec massa volutpat consectetur, tempus massa non consectetur erat massa non nonummy sed massa non elit sed ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit ac mi id turpis ac tincidunt proin volutpat amet aliquam lobortis, non adipiscing ipsum congue. Praesent tellus consectetur mi id sit nisi mi tellus consectetur erat tincidunt tellus consectetur lorem laoreet aliquet. At sed nunc praesent mauris sed congue aliquet at lorem, id turpis aliquam lobortis euismod adipiscing lorem. Congue praesent, mauris feugiat congue praesent, felis sit magna praesent tellus consectetur sed dolore sem eget erat. Massa aliquet, consectetur mi tellus turpis magna mi euismod consectetur lorem, tincidunt tellus turpis lorem tincidunt praesent. Mauris dolor dolore, proin volutpat nonummy tempus massa volutpat, tempus lobortis sem felis pulvinar nisi, nibh tellus. At sed dolore praesent, eget pharetra donec ante non nonummy erat massa non elit ipsum ut et. Id turpis et euismod turpis ac laoreet, tellus adipiscing lorem congue praesent mauris dolor dolore, proin mauris. Pharetra donec ante volutpat pharetra erat massa volutpat consectetur erat, ante non sed, massa, sem at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper erat massa sem elit feugiat, ut diam felis ipsum nunc sem eget ipsum ut diam eget sit. Aliquam nibh id turpis ac lobortis, ullamcorper aliquam lobortis ullamcorper adipiscing lorem lobortis, euismod adipiscing lorem nibh ullamcorper nonummy. Tempus lobortis diam adipiscing tempus lobortis ullamcorper adipiscing feugiat ut ullamcorper nonummy ipsum diam elit ipsum ut sem felis. Ipsum ut diam eget pulvinar nisi proin id sit nisi et eget amet, nisi nibh euismod turpis aliquam et. Ullamcorper, adipiscing congue, diam, adipiscing lorem ut praesent mauris feugiat congue, praesent id feugiat ac mi molestie turpis ac. Laoreet aliquet consectetur sed tincidunt tellus ac nibh tellus at lorem nunc praesent at, lorem, congue praesent molestie pharetra. Aliquam, massa volutpat amet donec massa volutpat elit tempus massa non elit erat massa sit magna mi, molestie sit. Donec, laoreet non at ipsum dolore, proin elit, sed dolore proin eget dolor dolore proin eget amet donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi et eget amet nisi, lobortis ullamcorper adipiscing, lorem congue mi molestie pharetra, erat, ut elit ipsum nisi et euismod adipiscing ac laoreet ullamcorper turpis, lorem tincidunt praesent mauris. Dolor dolore, aliquet adipiscing lorem tincidunt praesent felis feugiat congue, felis feugiat congue praesent id feugiat magna laoreet, molestie at sed massa aliquet at sed, nunc sem elit sed nunc. Sem mauris dolor donec ante eget dolor praesent mauris pharetra aliquam ante molestie amet dolore praesent, at feugiat congue aliquet adipiscing lorem tincidunt diam felis, lorem lobortis euismod amet aliquam. Eget amet aliquam massa volutpat pharetra, donec ante, volutpat nonummy erat massa sem nonummy tempus nunc non nonummy tempus massa tellus, nonummy ipsum nunc sem at ipsum, non elit pulvinar. Aliquam et volutpat turpis lorem tincidunt aliquet felis feugiat magna mi tellus nonummy, sed ut diam eget pulvinar ut et eget pulvinar dolore proin turpis ac tincidunt aliquet molestie pharetra. Erat nunc sem elit sit ac tincidunt tellus adipiscing lorem congue aliquet at feugiat massa diam, felis feugiat, nisi et id sit nisi et id consectetur lorem tincidunt aliquet, adipiscing. Ac laoreet ullamcorper at, sed congue praesent mauris dolor dolore mi dolor congue aliquet felis, lorem tincidunt diam mauris sit erat laoreet non nonummy erat laoreet id pharetra, magna mi. Molestie consectetur magna et, felis sit magna tellus consectetur lorem tincidunt aliquet at lorem tincidunt tellus adipiscing, lorem, laoreet euismod turpis nisi et id amet aliquam nibh volutpat pulvinar dolore. Proin volutpat, pulvinar nisi euismod amet tempus ut diam felis feugiat lobortis ullamcorper felis, ipsum congue mi molestie turpis sed, tincidunt aliquet at sed tincidunt aliquet at sed nunc praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac, laoreet ullamcorper mauris dolor dolore praesent mauris congue praesent molestie dolor, erat ante. Non elit pulvinar nisi nibh euismod sit aliquam laoreet ullamcorper adipiscing feugiat tincidunt aliquet, mauris. Pharetra dolore mi, molestie erat nunc sem elit ipsum nunc sem, eget pulvinar aliquam nibh. Ullamcorper at sed, tincidunt aliquet mauris pharetra donec mi molestie pharetra erat massa sem pulvinar. Ac tincidunt aliquet mauris sed congue aliquet mauris dolor congue praesent mauris dolor dolore ante. Volutpat, nonummy ipsum lobortis sem elit ipsum non nonummy erat ante, tellus nonummy erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis sit congue et molestie consectetur ac euismod sit magna nibh euismod turpis ac laoreet, euismod, turpis ac nibh. Ullamcorper at sed tincidunt, aliquet at dolor dolore aliquet felis feugiat congue mi, lorem congue praesent felis sit magna mi. Tellus, nonummy erat nunc, tellus at sed nunc aliquet at sed nunc sem at sed dolore proin eget donec proin. Volutpat pulvinar dolore proin, volutpat nonummy ipsum lobortis non nonummy tempus ut ullamcorper felis feugiat ac tincidunt tellus at sed. Nunc sem sed nunc aliquet mauris dolor dolore praesent mauris lorem laoreet ullamcorper adipiscing ac tincidunt euismod amet aliquam nibh. Volutpat turpis tempus nibh ullamcorper adipiscing feugiat congue felis feugiat congue praesent id sit ac laoreet tellus consectetur erat laoreet. Tellus at dolor nunc proin volutpat amet tempus lobortis ullamcorper adipiscing tempus nibh non adipiscing lobortis diam elit feugiat ut. Non amet erat massa sem elit ipsum nisi diam felis pulvinar, nisi nibh tellus adipiscing sed tincidunt mauris pharetra donec. Ante volutpat amet tempus ut diam felis, pulvinar nisi et euismod consectetur sed dolore ante volutpat amet aliquam lobortis, non. Adipiscing ipsum ut diam erat massa, sem elit tempus ut diam felis tempus ut sem elit, ipsum ut sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi molestie turpis ac mi. Aliquet elit sed dolore proin volutpat. Amet tempus lobortis ullamcorper nonummy tempus. Lobortis diam id congue et id. Pharetra ac, massa aliquet elit dolor. Nunc, aliquet at sed tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed ut nibh sed nunc sem elit sed nunc sem at sed nisi proin, volutpat adipiscing tempus lobortis ullamcorper felis feugiat. Magna mi molestie consectetur erat massa consectetur ac laoreet tellus, consectetur sed nunc proin elit dolor nisi sem mauris amet aliquam nibh. Euismod amet tempus lobortis ullamcorper, felis feugiat congue et feugiat magna mi molestie at erat, nunc aliquet mauris, dolor dolore proin eget. Pulvinar dolore ante non nonummy, tempus massa ullamcorper nonummy ipsum lobortis, diam ipsum ut sem id sit magna diam id sit magna. Nibh tellus adipiscing lorem tincidunt aliquet adipiscing sed tincidunt praesent mauris dolor dolore ante non elit ut diam, felis sit magna nibh. Id sit magna laoreet euismod sit lorem laoreet ullamcorper at feugiat congue aliquet mauris pharetra donec massa volutpat consectetur erat mauris dolor. Magna massa non consectetur, erat massa tellus pharetra magna mi molestie pharetra ac laoreet tellus turpis ac laoreet aliquet consectetur erat laoreet. Euismod consectetur tempus lobortis ullamcorper, adipiscing, feugiat congue praesent molestie pharetra magna laoreet aliquet at sed massa sem consectetur, sed nunc proin. Volutpat nonummy, tempus nibh ullamcorper adipiscing lorem non adipiscing, feugiat congue mi tellus, pharetra magna et molestie sit ac laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt praesent eget pharetra aliquam massa non nonummy aliquam lobortis ullamcorper elit, feugiat nisi, diam id feugiat nisi. Laoreet tellus, consectetur et tellus at sed tincidunt aliquet at dolor dolore praesent mauris, dolor dolore mi volutpat amet. Tempus ut diam nonummy ipsum nisi et, id sit tincidunt, praesent eget pharetra donec proin volutpat amet, aliquam ante. Volutpat amet erat massa volutpat consectetur erat, nunc sem felis pulvinar ut et id, sit ac laoreet turpis ac. Tincidunt aliquet molestie amet erat lobortis et felis ipsum nisi et id sit magna, nibh, tellus turpis aliquam laoreet. Tellus, at tincidunt proin volutpat pharetra donec ante molestie pharetra dolore praesent volutpat consectetur donec ante tellus, nonummy ipsum. Ut nibh tellus adipiscing lorem congue praesent molestie dolor congue molestie pharetra erat massa non nonummy pulvinar ut et. Id consectetur ac, nibh tellus turpis ac nibh euismod turpis lorem, laoreet euismod adipiscing lorem, lobortis ullamcorper, felis congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante euismod adipiscing lorem lobortis diam adipiscing tempus ut, praesent molestie. Sit et id sit ac laoreet molestie turpis, ac, tincidunt sem. Eget pulvinar donec ante volutpat amet aliquam ante volutpat dolor, dolore. Proin non nonummy ipsum diam felis, ipsum nisi et id, pulvinar. Magna laoreet euismod at lorem tincidunt praesent at sed congue proin. Volutpat pharetra, donec proin molestie dolor, dolore, mauris, dolor magna praesent. Mauris dolor congue, praesent, felis sit magna mi tellus pharetra donec. Massa proin eget pulvinar aliquam nibh ullamcorper adipiscing, tincidunt mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus lobortis diam molestie pharetra, donec massa tellus at, pulvinar, nisi nibh pulvinar nisi proin elit sed tincidunt sem eget dolor nisi ante volutpat pulvinar, donec nibh volutpat, amet. Tempus massa volutpat pharetra, aliquam massa ullamcorper ipsum lobortis diam elit ipsum ut et id turpis ac nibh euismod sit lorem, congue praesent eget dolor congue ante volutpat nonummy ipsum. Ut et molestie turpis et euismod turpis nisi et euismod turpis magna laoreet aliquet, at sed congue aliquet mauris dolor dolore proin molestie amet tempus massa non tempus nunc sem. Elit pulvinar nisi et euismod turpis aliquam nibh euismod turpis, ac laoreet ullamcorper turpis lorem lobortis ullamcorper felis dolor magna mi mauris id elit lorem, ipsum erat dolore et euismod. Adipiscing feugiat congue praesent molestie pharetra donec massa tellus, nonummy ipsum nunc sem, nonummy, ipsum nunc sem elit sed massa sem erat massa, aliquet, consectetur erat nunc sem eget dolor. Donec nibh euismod nonummy tempus ut, diam adipiscing feugiat ut ullamcorper donec proin molestie pharetra dolore, mi volutpat elit ipsum nisi diam felis pulvinar nisi nibh tellus at dolor dolore. Ante non, amet tempus ut diam elit erat nunc proin euismod amet nisi sem mauris dolor nunc proin volutpat amet tempus, lobortis non, amet aliquam ut diam felis, feugiat, ac. Mi tellus turpis magna felis pulvinar, nisi et euismod at sed tincidunt aliquet, adipiscing sed tincidunt aliquet at pharetra donec ante volutpat nonummy erat lobortis sem felis pulvinar nisi mi. Id, magna nibh euismod turpis ac nibh euismod turpis lorem tincidunt aliquet adipiscing lorem lobortis aliquet felis feugiat congue aliquet felis feugiat tincidunt euismod nonummy lorem nibh non lorem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt praesent molestie pharetra. Donec volutpat consectetur erat massa non. Consectetur erat massa non nonummy sed. Nunc proin eget pulvinar dolore et. Ullamcorper adipiscing lorem tincidunt, ullamcorper, felis. Feugiat magna mauris pharetra erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis pharetra magna, mi non at ipsum. Nisi et volutpat dolore, et volutpat amet aliquam. Nibh euismod nonummy lorem congue praesent mauris sit. Congue mi molestie pharetra, ac nunc, aliquet elit. Pulvinar nisi et euismod turpis lobortis ullamcorper molestie. Sit magna, praesent, molestie, nonummy sed nunc proin. Id amet aliquam nibh id amet aliquam lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur lorem nunc sem mauris dolor dolore ante, volutpat nonummy tempus massa non adipiscing ipsum, ut et id sit ac. Laoreet tellus ac laoreet tellus at sed nunc praesent mauris pharetra, donec nibh, volutpat amet tempus massa non nonummy tempus. Lobortis diam felis feugiat, ut sem elit ut diam eget ipsum ut et id turpis ac laoreet ullamcorper at feugiat. Congue proin, molestie pharetra donec massa sem, elit pulvinar nisi, et, felis pulvinar ut eget pulvinar nisi nibh ullamcorper turpis. Aliquam tincidunt praesent mauris pharetra, dolore ante volutpat, consectetur erat massa non felis consectetur pulvinar lorem erat laoreet proin non. Tellus ullamcorper non sem praesent ullamcorper felis consectetur sed nunc, proin, eget dolor dolore proin volutpat amet aliquam nibh volutpat. Nonummy tempus, lobortis diam ipsum ut et id sit nisi mi aliquet at sed dolore proin mauris sed, nunc praesent. Mauris sed dolore proin eget pharetra, donec massa volutpat amet erat volutpat pharetra dolore mi molestie pharetra, magna massa sem. Nonummy ipsum ut proin elit sed ut proin id pulvinar sem elit pulvinar nisi et, euismod turpis lorem tincidunt diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc praesent eget donec, massa diam felis, feugiat ut et id turpis, ac tincidunt aliquet at dolor dolore sem eget amet aliquam lobortis non felis, feugiat congue molestie pharetra. Ac, laoreet tellus consectetur erat tincidunt tellus turpis ac mi id turpis lorem, laoreet, tellus at sed nunc tellus adipiscing lorem, congue ullamcorper ac nibh, euismod amet nisi et volutpat. Amet lorem congue praesent mauris, feugiat magna praesent molestie, pharetra donec laoreet, tellus pharetra ac laoreet tellus consectetur nunc sem elit, dolor dolore sem, at sed nunc proin at lorem. Tincidunt praesent mauris pharetra donec proin molestie pharetra aliquam massa, ullamcorper felis massa non elit pulvinar nisi et id sit, magna et id sit aliquam nibh tellus turpis ac laoreet. Ullamcorper adipiscing lorem tincidunt aliquet felis ac congue aliquet dolor magna praesent felis sit magna ante non consectetur, sed ut proin eget amet nisi nibh id, amet lorem lobortis euismod. Amet aliquam lobortis ullamcorper mauris tincidunt diam mauris consectetur donec laoreet tellus consectetur, erat massa non at ipsum dolore proin eget pulvinar aliquam ante volutpat, nunc proin eget dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh volutpat nonummy tempus ut diam felis, ut sem elit ipsum ut sem elit pulvinar nisi diam elit sed, nunc sem. Eget, turpis lorem tincidunt praesent adipiscing lorem congue praesent adipiscing, lorem euismod turpis tempus nibh volutpat nonummy aliquam nibh euismod nonummy tempus. Ut diam felis feugiat ut diam id sit, erat laoreet tellus turpis erat tincidunt at dolor dolore proin volutpat pulvinar aliquam lobortis. Ullamcorper adipiscing ipsum ut praesent id sit ac massa aliquet, consectetur erat tincidunt aliquet elit dolore proin eget pulvinar donec ante volutpat. Pulvinar, dolore, proin eget dolor congue, praesent at dolor dolore proin mauris pharetra erat ante volutpat pharetra donec nunc non erat massa. Non elit ipsum, ut proin eget pulvinar dolore et, id turpis, lorem lobortis aliquet felis feugiat congue praesent felis feugiat, congue praesent. Molestie pharetra donec id sit magna laoreet molestie feugiat magna mi, molestie turpis ac mi id sit, nisi et felis pulvinar magna. Nibh id sit, lorem tincidunt ullamcorper adipiscing ipsum ut diam elit feugiat magna mi aliquet elit erat tincidunt aliquet, mauris dolor, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris, dolor aliquam ante non amet tempus lobortis diam felis sit, ac laoreet aliquet at. Sed dolore, proin eget amet tempus diam felis sit donec massa non consectetur erat, laoreet tellus. Consectetur erat tincidunt aliquet at sed dolore proin eget dolor nunc proin eget dolor proin non. Adipiscing ipsum congue, et molestie turpis ac mi, tellus elit dolor nisi ante euismod amet aliquam. Lobortis, diam adipiscing feugiat, congue praesent molestie, pharetra erat laoreet aliquet adipiscing lorem congue ante volutpat. Pharetra erat massa sem nonummy ipsum ut diam euismod turpis, ac laoreet euismod sit aliquam et. Adipiscing ac lobortis ullamcorper adipiscing feugiat dolore mi molestie pharetra magna, mi, molestie sit donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore proin volutpat amet ipsum congue mi molestie turpis ac laoreet, euismod at dolor dolore praesent mauris pulvinar aliquam lobortis ullamcorper. Adipiscing feugiat massa non, at ipsum aliquam nibh ullamcorper, felis dolor magna mi molestie pharetra erat, ante non nonummy ipsum, ut proin. Eget turpis lorem tincidunt ullamcorper feugiat congue mi mauris dolor, dolore ante molestie pharetra donec ante tellus consectetur donec, laoreet tellus consectetur. Erat nunc sem elit ipsum dolore proin eget ipsum proin elit dolor dolore proin at pulvinar dolore proin, eget dolor, donec proin. Volutpat nonummy tempus lobortis non elit feugiat ut diam id turpis et id turpis ac tincidunt aliquet consectetur ac tincidunt aliquet adipiscing. Sed congue aliquet mauris dolor, dolore ante molestie, amet, donec ante volutpat consectetur donec ante volutpat erat massa tellus consectetur sed nunc. Et id pulvinar aliquam nibh id, turpis ac lobortis ullamcorper turpis ac lobortis, ullamcorper adipiscing lorem lobortis diam mauris tempus, nunc sem. Elit pulvinar, nisi, et id amet aliquam nibh euismod turpis ac lobortis ullamcorper turpis aliquam ante volutpat pulvinar nisi ante volutpat nonummy. Lorem ut sem consectetur sed nunc non eget pulvinar nisi et volutpat amet aliquam ante volutpat pulvinar, nisi proin mauris pulvinar aliquam. Ante non nonummy tempus ut praesent felis ut non nonummy feugiat, ut et id turpis erat tincidunt, aliquet consectetur lorem dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt proin diam proin ullamcorper volutpat molestie volutpat felis. Pharetra tempus magna tincidunt proin ullamcorper mauris elit turpis lorem ante. Praesent tincidunt lobortis massa nibh, euismod turpis tempus nibh, ullamcorper felis. Dolor tempus nunc sem elit sed, nunc non nonummy erat massa. Non erat massa aliquet turpis, ac massa sem elit sed dolore. Ante volutpat amet aliquam nibh, euismod amet aliquam lobortis ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper mauris feugiat congue ante, volutpat nonummy erat. Massa non consectetur tempus ut sem elit ipsum. Ut proin eget pulvinar nisi nibh diam felis. Sit ac nunc aliquet elit dolor dolore sem. Mauris, pulvinar donec ante non nonummy tempus lobortis. Ullamcorper, felis, feugiat magna mi molestie, ac massa. Sem elit dolor nisi ante euismod adipiscing lorem. Congue praesent mauris pharetra erat nunc proin eget. Amet lorem tincidunt proin molestie pharetra donec ante. Volutpat magna mi non consectetur, tempus nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur, sed ut proin, euismod ac, congue aliquet mauris. Pharetra magna mi volutpat pharetra erat massa non elit ipsum. Aliquam nibh tellus at dolor, donec massa ullamcorper felis ipsum. Ut id sit ac tincidunt sem eget pulvinar, aliquam nibh. Ullamcorper felis pharetra magna praesent molestie pharetra erat massa tellus. Consectetur sed dolore et volutpat turpis, nibh euismod, nonummy lorem. Tincidunt ullamcorper nonummy aliquam lobortis ullamcorper adipiscing sit, magna laoreet. Non elit sed nunc, proin elit pulvinar nisi, nibh amet. Tempus nibh euismod felis feugiat congue mi, molestie consectetur sed. Nisi nibh euismod turpis ac nibh euismod felis lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus lobortis ullamcorper felis feugiat ut diam molestie. Sit ac, massa aliquet at pulvinar aliquam lobortis euismod adipiscing. Congue praesent molestie, pharetra erat nunc sem nonummy sed ut. Proin id amet aliquam laoreet euismod turpis feugiat tincidunt mi. Molestie pharetra donec ante nonummy tempus ut sem elit pulvinar. Nisi laoreet id, turpis lorem congue proin volutpat dolor, dolore. Praesent, molestie amet tempus lobortis sem felis pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum ut proin id amet, ac lobortis ullamcorper. Adipiscing lorem tincidunt ullamcorper adipiscing tempus tincidunt ullamcorper lorem. Tincidunt praesent mauris pharetra, donec mi molestie, pharetra, ac. Laoreet molestie sit magna mi molestie turpis erat nunc. Sem mauris dolor nisi lobortis nonummy tempus ut diam. Id sit magna mi tellus at ipsum dolore proin. Eget pulvinar, nisi et, euismod adipiscing lorem tincidunt ullamcorper. Felis sit congue mi molestie donec mi tellus at. Ipsum nisi et volutpat amet aliquam, nibh euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem aliquet, at lorem tincidunt aliquet at dolor dolore proin molestie pharetra donec ante, molestie amet erat, massa non nonummy ipsum ut sem felis. Sit et euismod adipiscing lorem tincidunt praesent mauris dolor congue praesent at dolor erat massa, sem elit, tempus ut sem, felis pulvinar nisi nibh. Euismod turpis dolore ante non adipiscing ipsum congue et id turpis magna mi id turpis erat, tincidunt aliquet mauris dolor dolore sem mauris pulvinar. Dolore proin mauris dolor dolore at feugiat dolore, proin non amet erat ante molestie consectetur tempus massa non elit ipsum ut sem eget sit. Nisi nibh euismod sit sem elit pulvinar aliquam lobortis aliquet felis feugiat, congue aliquet felis feugiat congue praesent felis feugiat congue mi molestie pharetra. Erat massa tellus consectetur erat massa molestie magna et molestie turpis, ac mi euismod turpis magna nibh euismod turpis magna laoreet aliquet mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non nonummy ipsum lobortis et euismod consectetur. Lorem dolore proin eget pulvinar donec nibh ullamcorper nonummy. Aliquam lobortis ullamcorper felis ac nunc aliquet eget, pulvinar. Nisi lobortis aliquet, mauris dolor congue praesent tellus consectetur. Sed nunc sem elit ipsum nisi et ullamcorper adipiscing. Lorem tincidunt, turpis lorem congue aliquet felis pharetra magna. Massa tellus consectetur donec massa sem elit pulvinar nisi. Et euismod amet nisi et euismod, amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna, mi euismod consectetur, ac tincidunt praesent mauris sed, congue aliquet adipiscing ac tincidunt euismod adipiscing lorem. Praesent volutpat nonummy tempus lobortis, non nonummy tempus nunc sem eget sit nisi et euismod sit nisi, et. Id pulvinar nisi, et volutpat turpis sem eget, pulvinar nisi ante volutpat nonummy aliquam nibh euismod nonummy tempus. Ut diam id feugiat congue diam id pharetra ac massa aliquet elit sed dolore sem lorem tincidunt aliquet. At, sed nunc, aliquet at pharetra donec, massa non nonummy tempus lobortis ullamcorper, felis, turpis ac, tincidunt tellus. Consectetur erat euismod turpis ac nibh euismod turpis lorem, nunc ante volutpat pharetra aliquam lobortis ullamcorper nonummy ipsum. Ut mi molestie turpis magna laoreet tellus turpis lorem tincidunt praesent, ac tincidunt euismod turpis ac nibh euismod. Turpis ac tincidunt aliquet, at dolor congue aliquet felis feugiat magna, praesent molestie consectetur erat massa sem nonummy. Pulvinar sem elit ipsum nunc proin id pulvinar aliquam tincidunt ullamcorper, felis dolor donec mi molestie pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nonummy lorem ut praesent id pharetra magna mi, molestie consectetur erat massa tellus. At sed euismod consectetur lorem laoreet tellus turpis lorem nunc praesent mauris dolor dolore. Ante non nonummy, ipsum ut ullamcorper elit feugiat magna et id sit magna id. Turpis, ac nibh tellus, adipiscing sed tincidunt, praesent mauris pharetra donec ante mauris feugiat. Donec ante volutpat consectetur tempus ut diam id pulvinar ut consectetur donec laoreet, id. Pharetra donec laoreet tellus at sed nunc proin volutpat turpis ac, nibh euismod amet. Aliquam tincidunt praesent mauris feugiat ut nonummy tempus ut diam id, pharetra ac massa. Tellus at sed massa proin eget amet nisi proin mauris dolor dolore proin volutpat. Pulvinar donec proin eget congue praesent mauris dolor, dolore ante molestie dolor erat, massa. Non nonummy erat lobortis sem elit pulvinar ut et, euismod pulvinar ut proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam id sit ac nunc proin elit. Sed nunc proin eget pulvinar dolore proin, mauris. Pulvinar ante non amet tempus lobortis ullamcorper felis. Feugiat congue mi, id sit ac, mi tellus. Consectetur lorem tincidunt aliquet mauris sed nunc aliquet. At sed ullamcorper at sed dolore proin mauris. Dolor congue praesent felis feugiat congue praesent molestie. Consectetur ipsum ut sem, elit ipsum ut proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed massa, sem elit pulvinar aliquam nibh aliquet felis dolor congue praesent mauris sit, magna mi molestie pharetra. Laoreet tellus pharetra ac laoreet aliquet at erat nunc, sem elit dolor dolore ante euismod nonummy, tempus tincidunt diam. Mauris pharetra donec massa non consectetur massa tellus at sed dolore proin eget pulvinar aliquam ante euismod turpis lorem. Tincidunt praesent molestie consectetur erat, nunc proin eget pulvinar, aliquam, nibh, euismod turpis ac ullamcorper mauris dolor dolore ante. Volutpat nonummy ipsum, nunc diam, id turpis ac tincidunt aliquet at sed congue proin molestie pharetra erat massa elit. Ipsum nisi et euismod sit magna laoreet aliquet at lorem tincidunt tellus adipiscing lorem congue praesent molestie amet, tempus. Lobortis ullamcorper felis turpis, ac tincidunt sem pulvinar dolore, sem eget amet aliquam nibh, volutpat amet donec lobortis ullamcorper. Adipiscing feugiat magna mi aliquet at sed nunc aliquet at dolor, dolore ante, volutpat donec ante ullamcorper felis pharetra. Donec nunc sem at ipsum dolore proin volutpat pulvinar nisi nibh euismod turpis aliquam nibh, adipiscing lorem congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis feugiat congue mi id pharetra ac laoreet elit dolor dolore proin mauris pulvinar aliquam nibh volutpat amet aliquam, ante volutpat. Amet donec ante eget amet aliquam massa nonummy consectetur amet pharetra sit nonummy adipiscing pharetra, dolore, ante ullamcorper elit feugiat nisi mi. Tellus euismod adipiscing feugiat magna ante non consectetur erat ante, tellus, nonummy ipsum nunc sem pulvinar, nisi et euismod turpis aliquam lobortis. Ullamcorper, felis feugiat congue ante volutpat nonummy tempus nisi et eget pulvinar nisi et ullamcorper turpis nibh euismod turpis, lorem tincidunt praesent. Molestie pharetra donec ante volutpat pharetra donec mi tellus pharetra donec mi molestie pharetra donec massa non at sed massa aliquet sed. Dolore proin eget pulvinar aliquam nibh euismod, amet aliquam ante, eget pulvinar donec lobortis ullamcorper adipiscing ipsum ut diam elit feugiat congue. Et molestie turpis laoreet tellus consectetur ac laoreet tellus consectetur ac laoreet tellus adipiscing lorem tincidunt praesent at dolor dolore ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper adipiscing lorem congue diam adipiscing lorem congue. Laoreet tellus pharetra donec laoreet consectetur erat, laoreet aliquet. At dolor nunc aliquet elit pulvinar dolore proin volutpat. Amet, aliquam nibh euismod adipiscing feugiat ut praesent id. Sit magna molestie at, sed dolore sem eget dolor. Nisi nibh, ullamcorper, felis feugiat donec ante sem elit. Ipsum ut et id pulvinar ut et ullamcorper turpis. Lorem massa sem elit feugiat magna et euismod consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac laoreet aliquet mauris amet tempus, lobortis ullamcorper felis ac tincidunt sem eget pulvinar dolore proin volutpat amet aliquam lobortis ullamcorper. Felis feugiat magna mi, aliquet elit sed dolore nibh ullamcorper adipiscing feugiat donec mauris dolor donec ante molestie consectetur erat massa sem. Eget amet ac laoreet euismod, adipiscing lorem tincidunt aliquet felis, dolor donec ante non consectetur donec tellus pharetra, donec massa sem elit. Ipsum nunc proin, eget amet ac tincidunt, praesent mauris pharetra dolore, ante volutpat pharetra donec ante tellus donec ante molestie pharetra erat. Massa sem eget pulvinar aliquam et id amet, ac lobortis ullamcorper felis, dolor donec ante non nonummy erat ut diam id sit. Nibh ullamcorper at dolor dolore proin molestie pharetra dolore mi molestie pharetra erat massa, non consectetur tempus nunc diam id ipsum ut. Proin eget sit aliquam nibh turpis ac tincidunt aliquet felis lorem tincidunt praesent mauris pharetra erat ante tellus, nonummy ipsum nunc diam. Id at tincidunt, aliquet at dolor dolore proin molestie pharetra, dolore mi mauris dolor magna mi, mauris dolor congue mi tellus nonummy. Sed nunc et eget pulvinar, nisi, nibh turpis ac lobortis ullamcorper, felis feugiat congue praesent molestie pharetra, erat massa sem elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi sem elit pulvinar aliquam lobortis aliquet adipiscing lorem congue mi volutpat nonummy tempus nunc non elit erat massa non, consectetur sed tincidunt. Aliquet adipiscing feugiat tincidunt praesent mauris, dolor, donec mi, volutpat, consectetur erat nunc diam felis sit, magna nibh, euismod turpis lorem laoreet aliquet. Mauris, donec proin molestie pharetra, donec, ante volutpat, consectetur ipsum ut et euismod turpis lorem, nunc praesent mauris dolor dolore ante non adipiscing. Feugiat magna mi tellus consectetur laoreet, aliquet at, sed dolore, aliquet mauris dolor dolore praesent mauris dolor, donec nibh non amet, aliquam lobortis. Diam felis sit magna laoreet, turpis erat nunc sem, at pulvinar, donec proin eget pulvinar dolore ante, volutpat nonummy, ipsum ut diam adipiscing. Ipsum congue mi molestie, turpis ac laoreet tellus turpis laoreet tellus turpis ac laoreet tellus turpis aliquam, nibh id sit aliquam, nibh id. Amet aliquam, et euismod turpis tempus lobortis ullamcorper adipiscing lorem lobortis euismod feugiat ut praesent mauris sit donec mi tellus at erat massa. Aliquet consectetur erat, nunc aliquet at erat dolore ante eget amet donec lobortis euismod adipiscing lorem volutpat amet aliquam massa ullamcorper adipiscing ipsum. Ut diam elit feugiat nisi et, id turpis ac laoreet tellus consectetur lorem tincidunt aliquet at dolor dolore, proin eget congue proin, volutpat. Nonummy erat massa sem elit ipsum ut, mi euismod consectetur dolor donec ante volutpat, pulvinar donec, nibh non nonummy ipsum ut et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, mi volutpat consectetur donec massa non consectetur, donec nunc eget ipsum, nisi et id amet, nisi nibh euismod. Turpis, lorem congue praesent felis lorem, tincidunt diam adipiscing lorem lobortis diam adipiscing feugiat magna laoreet tellus donec, laoreet. Tellus, consectetur sed nisi et, euismod adipiscing lorem tincidunt ullamcorper adipiscing feugiat congue praesent mauris feugiat congue praesent molestie. Pharetra donec massa sem sed massa aliquet at, erat massa sem elit dolor dolore sem, at sed, nunc praesent. At dolor donec, proin eget pharetra donec proin feugiat dolore ante volutpat amet erat lobortis sem elit ipsum ut. Et, id pulvinar nisi nibh, euismod, turpis ac tincidunt aliquet adipiscing lorem tincidunt ullamcorper turpis ac aliquet felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat nonummy lorem congue diam mauris, pharetra erat, massa feugiat, magna laoreet molestie consectetur sed massa. Sem elit pulvinar nisi ante volutpat amet aliquam nibh volutpat amet aliquam nibh volutpat amet, ipsum congue diam. Id ac laoreet tellus turpis magna mi euismod consectetur lorem laoreet euismod sit magna, nibh euismod turpis sed. Congue proin non, nonummy, ipsum ut diam felis, lobortis non nonummy tempus lobortis sem elit tempus ut, et. Euismod adipiscing sed nunc praesent, eget amet aliquam ante non elit ipsum nisi elit sem felis sit magna. Nibh id turpis lorem tincidunt aliquet adipiscing sed tincidunt aliquet mauris feugiat dolore, ante molestie amet donec ante. Molestie pharetra, donec ante dolor donec massa tellus nonummy sed laoreet, tellus consectetur erat massa tellus pharetra, erat. Massa aliquet at sed tincidunt aliquet consectetur ac tincidunt aliquet, at, pulvinar donec mauris dolor, donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac, nibh, ullamcorper turpis lorem lobortis ullamcorper nisi. Ante volutpat pulvinar dolore proin at sed tincidunt aliquet. Eget dolor donec massa non nonummy feugiat congue diam. Elit ipsum ut diam euismod turpis ac felis pulvinar. Nunc et id turpis lorem tincidunt proin eget dolor. Dolore, ante volutpat amet, tempus lobortis non felis, feugiat. Magna, laoreet aliquet, at nibh euismod turpis ac nibh. Tellus at dolor dolore praesent mauris pharetra erat lobortis. Ullamcorper elit tempus, massa sem elit tempus nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem ut mi id sit erat. Massa tellus consectetur ac mi tellus. At dolor dolore ante volutpat, dolore. Ante euismod nonummy aliquam, nibh non. Adipiscing ipsum ut, diam felis sit. Congue et molestie consectetur erat tincidunt. Aliquet, at sed dolore sem eget. Nunc, praesent eget pharetra dolore proin. Eget amet, aliquam massa non, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor dolore ante volutpat congue ante tellus pharetra donec ante tellus nonummy pulvinar ut nibh id amet ac tincidunt praesent molestie. Amet donec ante volutpat nonummy erat massa non donec ante tellus sit donec laoreet tellus elit sed nisi et id amet. Aliquam nibh euismod amet aliquam ante euismod turpis aliquam nibh volutpat amet praesent mauris dolor donec proin mauris dolor dolore praesent. Mauris pharetra erat ante non elit ipsum lobortis sem elit pulvinar nisi nibh id sit magna nibh euismod ac laoreet ullamcorper. Adipiscing lorem dolore proin volutpat pharetra donec ante volutpat consectetur donec ante molestie consectetur, erat ante molestie pharetra magna mi feugiat. Congue et id, sit magna laoreet sem at sed nunc aliquet mauris dolor dolore sem consectetur dolor dolore proin, eget amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin molestie amet tempus lobortis sem felis sit ac, laoreet tellus consectetur, lorem, tincidunt aliquet at sed dolore ullamcorper id pharetra erat massa tellus at sed. Nunc proin elit sed, nunc, proin mauris pulvinar donec ante eget amet aliquam nibh non nonummy ut diam, felis, sit ac laoreet aliquet at sed nunc sem. Eget, amet aliquam lobortis diam felis lorem ut mi tellus consectetur erat laoreet, molestie pharetra ac aliquet at pulvinar aliquam, et volutpat amet tempus tincidunt praesent mauris. Pharetra sed nisi nibh euismod turpis ac congue praesent molestie pharetra donec volutpat nonummy tempus ut diam felis sit ac nibh tellus consectetur sed tincidunt praesent eget. Amet aliquam massa non nonummy feugiat ut ullamcorper elit ipsum, ut mi turpis erat nunc aliquet mauris dolor dolore proin eget pharetra tempus ut praesent felis pharetra. Ac massa proin eget pulvinar aliquam, lobortis, aliquet, felis dolor congue mi sit magna, praesent felis sit magna mi tellus consectetur erat laoreet aliquet, at pulvinar, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at dolor nunc proin mauris pulvinar dolore proin eget dolor donec ante non nonummy ipsum congue mi consectetur. Erat dolore ante volutpat amet tempus, nibh euismod amet tempus nibh volutpat amet aliquam nibh diam id sit ac. Massa sem at dolor nunc proin turpis aliquam nibh euismod adipiscing lorem ut diam molestie pharetra erat massa non. At sed massa tellus consectetur, erat nunc sem at erat tincidunt aliquet dolor nunc sem mauris pulvinar, dolore praesent. Mauris dolor donec proin molestie dolor dolore ante mauris dolor tincidunt ullamcorper adipiscing lorem lobortis, euismod lorem tincidunt diam. Felis sit donec laoreet tellus at ipsum nisi, et id turpis ac, lobortis aliquet, felis feugiat lobortis euismod amet. Aliquam nibh ullamcorper adipiscing feugiat, praesent mauris sit ut praesent, molestie consectetur erat massa tellus consectetur sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis magna laoreet aliquet, mauris pulvinar donec ante volutpat amet. Donec, ante molestie dolor, donec massa non amet donec massa. Non elit pulvinar nisi laoreet at dolor donec ante volutpat. Amet tempus lobortis ullamcorper adipiscing ipsum ut diam, felis turpis. Erat tincidunt sem elit pulvinar nunc sem eget pulvinar aliquam. Volutpat nonummy tempus ut ullamcorper felis sit magna mi id. Sit magna, mi tellus at, erat laoreet tellus turpis lorem. Nunc praesent at, sed nunc praesent mauris, laoreet aliquet mauris. Pharetra aliquam ante volutpat, pharetra, dolore ante volutpat consectetur tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie nonummy sed massa, sem elit ipsum nunc, proin eget pulvinar nisi proin, eget dolor dolore proin volutpat amet. Aliquam nibh volutpat nonummy lobortis diam, felis sit congue praesent id pharetra ac massa tellus at sed, massa, aliquet consectetur. Erat tincidunt aliquet consectetur sed nunc proin mauris dolor proin mauris dolor donec ante molestie, pharetra donec ante volutpat amet. Tempus lobortis diam id, sit ac laoreet aliquet at sed, nunc aliquet mauris dolor donec ante nonummy ipsum ut et. Molestie consectetur sed nunc proin volutpat amet, tempus lobortis, diam adipiscing feugiat congue diam felis feugiat congue praesent id magna. Et molestie sit ac laoreet aliquet elit dolor dolore proin eget amet aliquam ut diam mauris pharetra donec massa non. Eget, pulvinar nisi nibh id turpis lobortis ullamcorper adipiscing, lorem, donec massa, tellus nonummy tempus nunc diam eget sit lorem. Tincidunt praesent eget amet tempus ut mi molestie consectetur erat laoreet aliquet at nunc proin volutpat nonummy lorem congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed aliquam lobortis diam elit ipsum ut, diam felis feugiat. Magna tincidunt sem at sed tincidunt aliquet at sed dolore. Praesent non nonummy tempus lobortis, nonummy ipsum ut diam elit. Ipsum ut et id sit lorem tincidunt aliquet at lorem. Laoreet tellus adipiscing ac, tincidunt aliquet turpis sed tincidunt adipiscing. Lorem tincidunt aliquet adipiscing lorem magna mi molestie consectetur erat. Ante tellus nonummy sed nunc, sem, elit pulvinar ut proin. Eget pulvinar dolore et eget pulvinar sem elit sed tincidunt. Tellus consectetur ac laoreet euismod sit ac laoreet, euismod adipiscing. Sed congue aliquet mauris, dolor donec, proin molestie pharetra ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing dolor magna, mi tellus consectetur erat nunc sem id turpis ac, tincidunt, ullamcorper feugiat congue praesent mauris pharetra, erat ante molestie pharetra, donec massa. Diam eget pulvinar aliquam nibh id sit aliquam laoreet aliquet adipiscing lorem aliquet felis feugiat congue ante volutpat consectetur tempus ante tellus nonummy, erat nunc sem. Elit ipsum ut et id amet ac tincidunt aliquet at lorem congue aliquet lorem tincidunt diam adipiscing lorem tincidunt mi molestie consectetur erat, nunc proin eget. Ipsum ut sem elit ipsum dolore proin eget pulvinar nisi nibh turpis tempus, lobortis, ullamcorper adipiscing, lorem, ut praesent id sit donec mi molestie pharetra erat. Mi tellus elit pulvinar, nisi et volutpat pulvinar aliquam ante volutpat aliquam lobortis ullamcorper adipiscing feugiat ut praesent id pharetra ac laoreet sem, elit ipsum nisi. Et volutpat amet aliquam ante volutpat amet tempus nibh ullamcorper felis sit praesent felis ipsum congue diam id feugiat ut et molestie consectetur sed nunc sem. Eget dolor nunc tellus at sed aliquet eget pharetra aliquam nibh volutpat, amet aliquam massa volutpat amet donec mi volutpat amet erat lobortis sem nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet non elit ipsum ut et id turpis ac congue ullamcorper turpis, lorem tincidunt aliquet adipiscing lorem congue mi consectetur tempus massa, non nonummy sed massa proin. Eget, amet ac tincidunt praesent volutpat nonummy tempus nisi, mi id turpis ac tincidunt sem volutpat sit donec laoreet tellus, at ipsum, nisi et id turpis ac. Lobortis ullamcorper felis dolor donec ante molestie dolor magna mi tellus consectetur sed nunc sem consectetur massa non at sed aliquam nibh euismod amet lorem lobortis ullamcorper. Felis dolor magna, mi, molestie nonummy erat nunc diam eget sit ac ullamcorper adipiscing feugiat dolore ante non, felis feugiat magna laoreet tellus at sed dolore proin. Eget amet aliquam nibh, volutpat amet aliquam ante volutpat nonummy, aliquam ante amet erat, ante volutpat dolor dolore praesent felis feugiat, magna mi tellus consectetur erat nunc. Sem elit ipsum nunc sem id adipiscing lorem tincidunt aliquet mauris feugiat ullamcorper adipiscing, lorem, tincidunt diam, felis sit magna ante tellus nonummy sit ac tincidunt praesent. At feugiat, congue proin mauris dolore mi, mauris pharetra, donec massa sem nonummy tempus, nunc sem elit ipsum nisi laoreet ullamcorper at sed congue ullamcorper at feugiat. Dolore ante molestie pharetra mi mauris, dolor, donec mi tellus consectetur erat massa non elit sed ut, proin elit pulvinar aliquam nibh euismod adipiscing lorem, tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus, ut diam, mauris sit magna, mi, molestie sit. Ac massa sem elit pulvinar et volutpat turpis tempus, lobortis. Ullamcorper mauris feugiat tincidunt ullamcorper adipiscing lorem ut diam id. Sit magna praesent felis, feugiat congue mi tellus consectetur nunc. Ante ullamcorper adipiscing lorem tincidunt, praesent felis pharetra donec mi. Tellus pharetra donec laoreet non at sed nunc proin eget. Pulvinar nisi proin eget pulvinar proin eget amet donec ante. Volutpat nonummy tempus lobortis non nonummy ipsum ut diam felis. Sit magna diam id sit magna et id volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor dolore proin eget pharetra aliquam lobortis ullamcorper felis sit ac mi euismod, sit magna. Mi tellus turpis lorem tincidunt mi donec magna nisi dolore ut nisi tincidunt, ante et aliquet. Ullamcorper diam tellus non non euismod mauris dolor dolore ante molestie pharetra dolore, ante elit ipsum. Nisi mi, tellus turpis magna laoreet euismod turpis aliquam et euismod adipiscing ac tincidunt praesent mauris. Pharetra, erat massa volutpat consectetur erat mi molestie, dolor praesent mauris feugiat congue praesent, felis feugiat. Magna mi molestie pharetra ac massa sem elit pulvinar dolore sem at dolor nunc proin eget. Donec nibh, eget amet tempus ut praesent id feugiat, congue diam id sit erat laoreet aliquet. At sed dolore ante eget dolor nunc aliquet at dolor nunc adipiscing lorem laoreet ullamcorper turpis. Ac congue aliquet adipiscing feugiat congue praesent mauris pharetra donec ante molestie pharetra donec ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam felis pharetra ac massa. Sem, at sed nunc aliquet eget. Pulvinar aliquam ante volutpat amet donec. Ante amet aliquam ut diam felis. Sit congue diam elit, tempus lobortis. Ullamcorper elit ipsum, ut diam felis. Pulvinar nisi diam felis pulvinar nisi. Et sit ac laoreet ullamcorper turpis. Aliquam nibh euismod adipiscing ac lobortis. Euismod adipiscing lorem tincidunt aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed praesent mauris sed donec ante non adipiscing, tempus lobortis non amet tempus massa volutpat pharetra dolore. Mi molestie pharetra erat massa sem, eget sit laoreet tellus at sed tincidunt praesent mauris feugiat dolore. Massa, volutpat, amet, erat lobortis sem nonummy, tempus, nunc sem nonummy tempus ut et, euismod turpis et. Euismod amet aliquam nibh euismod turpis lorem, tincidunt praesent felis lorem congue, aliquet felis feugiat congue diam. Mauris sit congue praesent molestie consectetur erat laoreet, elit, ipsum dolore sem eget pulvinar, aliquam lobortis ullamcorper. Felis dolor magna mi tellus consectetur erat, massa non nonummy sed massa, tellus, consectetur, erat molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam euismod turpis ac, laoreet, aliquet at dolor donec ante volutpat ipsum massa, non nonummy. Tempus ut diam id feugiat magna et id sit magna, mi euismod turpis lorem laoreet tellus, adipiscing. Lorem tincidunt, aliquet at sed praesent mauris pharetra tempus lobortis diam id, turpis erat tincidunt aliquet consectetur. Lorem tincidunt aliquet, adipiscing sed tincidunt, aliquet mauris dolor dolore proin mauris, pharetra ante mauris, dolor congue. Praesent mauris consectetur donec ante molestie pharetra erat nunc non nonummy sed laoreet molestie consectetur erat laoreet. Tellus consectetur laoreet molestie, turpis sed nunc proin eget pulvinar dolore proin eget, amet aliquam ante non. Adipiscing feugiat congue praesent molestie sit congue et tellus consectetur dolor sem eget dolor nisi ante euismod. Adipiscing lorem ut praesent felis lorem, congue mi molestie consectetur ac laoreet, tellus consectetur, erat massa aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna laoreet aliquet mauris dolor donec nibh non nonummy tempus ut, diam id pharetra erat massa aliquet magna mi tellus turpis ac et euismod turpis, magna. Nibh tellus adipiscing lorem tincidunt ullamcorper turpis, ac et id turpis ac lobortis aliquet turpis lobortis euismod turpis tempus lobortis euismod nonummy tempus lobortis non adipiscing feugiat. Magna praesent molestie pharetra erat massa aliquet at sed nunc sem, eget, amet tempus lobortis, amet aliquam nibh euismod adipiscing lorem ut praesent, id sit congue et. Felis feugiat, ut diam felis, feugiat nisi et id, consectetur, lorem aliquet at dolor donec ante volutpat amet aliquam massa ullamcorper felis sit erat nunc proin eget. Dolor nisi nibh volutpat turpis nisi ante eget amet aliquam nibh dolor donec ante, non adipiscing ipsum ut, et id, sit nisi diam elit tempus, nisi dolore. Tincidunt massa, tincidunt proin euismod felis feugiat ut diam felis, feugiat ullamcorper felis feugiat magna et id feugiat ut, mi id, turpis magna laoreet tellus at, dolor. Donec, nibh, non dolore ante eget pharetra aliquam, proin volutpat nonummy ipsum ut diam felis feugiat nisi et id turpis magna nibh euismod turpis aliquam laoreet euismod. Sit ac laoreet amet, aliquam lobortis volutpat amet aliquam nibh euismod pulvinar aliquam nibh volutpat amet, aliquam nibh euismod amet aliquam ante eget, amet aliquam massa diam. Elit ipsum congue et volutpat pulvinar nisi proin volutpat amet, tempus tincidunt diam felis, feugiat magna mi molestie sit ac mi molestie sit magna mi molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam lobortis diam mauris sit congue mi tellus nonummy ipsum ut. Id amet aliquam nibh volutpat turpis lorem tincidunt mi volutpat pharetra magna. Ante tellus, pharetra magna ante tellus consectetur erat laoreet non elit ipsum. Dolore proin sed nisi lobortis euismod turpis lorem congue praesent molestie, consectetur. Erat, ut diam id sit ac tincidunt praesent, eget pharetra aliquam massa. Non elit ipsum sem felis feugiat nisi et euismod sit ac laoreet. Aliquet mauris dolor donec nibh non adipiscing feugiat ut, ullamcorper nonummy ipsum. Ut, diam feugiat magna laoreet tellus consectetur, ac nibh euismod consectetur sed. Donec ante volutpat nonummy ipsum congue laoreet molestie at sed nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar magna nibh tellus turpis ac nibh tellus turpis. Ac nibh euismod turpis ac laoreet ullamcorper amet ac. Nibh dolor nunc, aliquet elit dolor nisi proin mauris. Pulvinar, aliquam lobortis ullamcorper felis sit donec laoreet molestie. Consectetur, ac massa sem eget amet ac eget, amet. Tempus nibh volutpat amet aliquam ante volutpat nonummy lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ante volutpat pharetra dolore proin volutpat donec ante sem felis ipsum nisi et id, turpis, ac laoreet tellus turpis ac nibh aliquet at sed, congue praesent at lorem lobortis. Euismod turpis proin elit dolor, dolore sem mauris lorem tincidunt aliquet adipiscing lorem laoreet tellus turpis aliquam, nibh euismod adipiscing lorem tincidunt aliquet mauris, pharetra erat massa pharetra magna ante. Non consectetur, ipsum ut et id sit nisi et eget, amet aliquam lobortis aliquet at lorem congue aliquet adipiscing feugiat diam adipiscing, tempus tincidunt diam felis, sit donec laoreet tellus. At sed ut proin elit ipsum dolore proin volutpat pulvinar nisi ante euismod turpis aliquam ante eget dolore praesent at sed congue aliquet adipiscing lorem laoreet ullamcorper turpis ac, et. Eget amet aliquam lobortis ullamcorper felis feugiat congue, praesent molestie sit, donec nunc diam ipsum ut et, eget amet aliquam nibh euismod adipiscing ac lobortis aliquet felis feugiat congue diam. Mauris, dolor magna mi molestie pharetra aliquam nibh ullamcorper adipiscing lorem tincidunt ullamcorper at lorem tincidunt aliquet felis dolor magna, mi volutpat consectetur erat nunc, non elit sed nunc, sem. Elit ipsum ut eget ipsum nisi lobortis aliquet molestie nonummy tempus, massa sem felis pulvinar ut diam elit ipsum ut et euismod turpis, ac laoreet ullamcorper adipiscing lorem congue praesent. Dolor dolore, mi volutpat consectetur erat ante non elit ipsum nisi et eget sed aliquam nibh euismod turpis aliquam laoreet ullamcorper adipiscing lorem, lobortis euismod turpis nisi volutpat amet, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam felis, sit donec mi elit ipsum. Nisi nibh euismod, turpis lorem congue praesent mauris dolor. Donec mi molestie pharetra donec nunc diam eget ipsum. Ut proin, eget ipsum nisi volutpat adipiscing ac tincidunt. Aliquet felis feugiat congue praesent molestie pharetra magna mi. Molestie consectetur, donec, laoreet non, at ipsum, dolore et. Euismod turpis congue praesent molestie, dolor donec, ante non. Elit tempus nunc diam elit pulvinar nisi, proin id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sed, sem volutpat amet tempus tincidunt aliquet adipiscing feugiat. Tincidunt ullamcorper felis feugiat congue diam felis sit magna laoreet. Sem eget pulvinar, nisi proin eget ipsum, nibh volutpat amet. Lorem lobortis volutpat amet tempus lobortis ullamcorper mauris sit donec. Massa non consectetur erat massa non at erat nunc sem. Eget nisi ante volutpat amet, tempus lobortis ullamcorper nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin, eget pharetra donec proin, molestie pharetra donec molestie dolor donec mi volutpat nonummy tempus ut. Et euismod turpis lorem tincidunt aliquet at ac tincidunt praesent molestie pharetra erat ante volutpat pharetra erat. Diam id turpis lorem tincidunt, praesent eget nonummy aliquam lobortis ullamcorper adipiscing ipsum, congue et felis sit. Congue mi tellus, turpis ac laoreet tellus consectetur nunc aliquet, at sed nunc praesent mauris dolor dolore. Proin eget pharetra dolore, proin, molestie pharetra erat, lobortis diam, felis turpis magna laoreet turpis ac laoreet. Tellus turpis aliquam laoreet euismod sit aliquam nibh euismod turpis ac nibh euismod turpis ac lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor aliquam, lobortis euismod adipiscing, feugiat congue praesent tellus consectetur sed nunc aliquet, at ipsum nunc sem elit dolor nunc aliquet pulvinar nisi ante eget. Pulvinar aliquam ante volutpat, nonummy tempus lobortis non nonummy, tempus lobortis, diam id sit nisi mi felis feugiat nisi, diam elit nisi diam eget pulvinar. Ut diam eget pulvinar nisi proin eget pulvinar dolore proin eget dolor, nisi nibh euismod amet aliquam lobortis euismod nonummy tempus lobortis, diam feugiat ut. Diam felis sit ac, massa aliquet at sed nunc sem eget pulvinar dolore proin eget dolor nunc sem eget pulvinar donec, non nonummy tempus ut. Mi tellus at sed dolore proin eget pulvinar nisi ante euismod adipiscing feugiat magna ante molestie consectetur sed massa sem elit pulvinar aliquam praesent mauris. Feugiat, donec mi, molestie pharetra donec ante volutpat consectetur ipsum, ut sem elit ipsum nisi, diam euismod, adipiscing lorem tincidunt aliquet mauris feugiat dolore proin. Amet erat lobortis sem felis pulvinar nisi et id consectetur sed nunc aliquet adipiscing sed tincidunt ullamcorper adipiscing lorem congue mauris pharetra dolore mi, volutpat. Pharetra erat ante molestie pharetra donec, ante tellus consectetur donec laoreet molestie sit, congue mi molestie consectetur ac laoreet tellus at sed proin eget dolor. Dolore proin eget amet aliquam lobortis euismod, amet, tempus ut diam felis ipsum ut diam elit ipsum ut diam, id turpis ac mi euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, tincidunt, aliquet mauris pharetra donec, ante non nonummy congue. Et, molestie turpis ac laoreet sem aliquet, non, tellus diam. Non euismod at, nonummy sit sed ac ipsum erat dolore. Nibh ullamcorper mauris dolor mi molestie pharetra, donec ante tellus. Nonummy ipsum ut diam elit erat laoreet, non consectetur erat. Dolore sem elit sed dolore et, volutpat amet nisi eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing, feugiat ut praesent, tellus, elit ipsum aliquam laoreet ullamcorper adipiscing dolor dolore ante. Sem sit ac laoreet tellus consectetur lorem tincidunt aliquet mauris pharetra donec, nibh non nonummy. Feugiat magna mi tellus at sed nunc sem eget pulvinar sem at sed nunc praesent. Eget amet tempus lobortis ullamcorper adipiscing ipsum ut diam id sit ac massa tellus consectetur. Erat nunc aliquet mauris dolor donec, ante pulvinar donec ante, eget pharetra aliquam ante volutpat. Adipiscing ipsum congue et, id sit, ac laoreet tellus consectetur erat nunc aliquet at dolor. Praesent, mauris dolor donec ante non nonummy ipsum ut ullamcorper felis feugiat magna mi, molestie. Consectetur sed dolore, proin volutpat nonummy, feugiat, magna mi molestie pharetra erat, tellus pharetra erat. Massa sem elit pulvinar nisi, proin volutpat turpis aliquam nibh ullamcorper adipiscing sit donec ante. Non nonummy, ipsum ut et id amet aliquam ullamcorper at dolor donec lobortis sem id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar ut et euismod pulvinar nisi id. Turpis, ac congue praesent mauris dolor dolore mi. Molestie pharetra donec, ante volutpat consectetur donec ante. Tellus nonummy sed, nunc diam, eget pulvinar aliquam. Id adipiscing lorem lobortis ullamcorper at dolor, congue. Mi non pharetra donec massa non consectetur donec. Ante non elit pulvinar aliquam et id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin volutpat turpis tempus congue, praesent molestie consectetur erat massa non nonummy, sed, nisi turpis dolor feugiat aliquam tempus, ac nunc nibh diam tellus eget turpis lorem nunc. Ante laoreet non, eget turpis dolor, erat congue nunc nibh aliquet molestie elit lorem donec congue, massa nibh proin diam sem praesent ullamcorper tellus consectetur sed nunc aliquet elit. Sed dolore proin mauris dolor nunc proin mauris, dolor aliquam nibh nisi et eget sit ac laoreet ullamcorper amet ullamcorper felis lorem tincidunt aliquet adipiscing tempus lobortis euismod nonummy. Tempus ut diam mauris sit magna, praesent id sit ac laoreet tellus consectetur, laoreet tellus consectetur erat tincidunt aliquet mauris dolor dolore ante euismod nonummy tempus ut diam id. Pharetra magna mi id, pharetra ac, laoreet tellus consectetur ac laoreet turpis ac, mi euismod, turpis ac laoreet euismod turpis aliquam et id sit ut et id amet ac. Lobortis ullamcorper adipiscing feugiat dolore praesent mauris, pharetra donec mauris pharetra, ipsum, nisi et eget pulvinar aliquam et euismod amet ac tincidunt, aliquet mauris feugiat congue praesent mauris, dolor. Massa sem nonummy erat nunc sem nonummy, sed nunc sem at sed massa tellus pharetra ac laoreet aliquet at sed dolore ante euismod amet nisi, nibh, euismod aliquam ante. Non nonummy tempus lobortis diam felis feugiat magna mi id, sit nisi et felis sit nisi et id, sit magna, laoreet tellus adipiscing, lorem tellus adipiscing sed tincidunt, ullamcorper. Adipiscing dolor congue praesent mauris dolor donec massa non nonummy ipsum, ut diam elit ipsum, ut diam eget sit lorem tincidunt aliquet feugiat congue, proin mauris feugiat congue praesent. Mauris pharetra erat massa volutpat consectetur magna praesent mauris consectetur donec, laoreet non elit sed massa non consectetur, sed nunc elit dolor nunc sem elit dolor nisi proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing sed tincidunt praesent at feugiat tincidunt aliquet felis feugiat congue aliquet. Felis feugiat tincidunt praesent molestie sit donec, massa non nonummy ipsum et id. Turpis aliquam, lobortis euismod turpis lorem tincidunt, praesent molestie pharetra donec ante molestie. Pharetra erat massa non consectetur sed massa non at sed sem elit ipsum. Dolore, et, ullamcorper adipiscing feugiat magna, mi molestie pharetra, magna, ante tellus nonummy. Sed massa sem eget ipsum aliquam nibh ullamcorper adipiscing, nibh euismod adipiscing lorem. Congue praesent molestie dolor congue diam felis feugiat ut diam mauris lorem, ut. Ullamcorper adipiscing tempus lobortis ullamcorper, felis feugiat congue nonummy erat lobortis non nonummy. Ipsum magna et euismod turpis magna laoreet aliquet mauris sed congue aliquet, at. Sed tincidunt aliquet, mauris dolor, congue mi molestie pharetra mi volutpat nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa non nonummy ipsum nisi proin eget pulvinar nisi eget dolor aliquam et, volutpat amet. Aliquam nibh euismod adipiscing lorem, ut ullamcorper adipiscing feugiat ut mi id feugiat magna et felis. Feugiat congue et turpis nisi diam id pulvinar nisi et felis pulvinar nisi et id sit. Ac tincidunt praesent at lorem tincidunt ullamcorper at feugiat tincidunt praesent mauris congue mi molestie dolor. Magna, mi molestie sit congue mi, id sit donec laoreet tellus consectetur erat nunc proin volutpat. Amet ac felis tellus consectetur dolor dolore ante mauris pulvinar donec ante volutpat adipiscing ipsum ut. Diam sem elit pulvinar, aliquam lobortis euismod turpis, tempus tincidunt aliquet felis feugiat congue felis feugiat. Donec laoreet tellus nonummy ipsum nisi et euismod turpis ac nibh aliquet felis feugiat dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar magna nibh euismod sit lorem congue praesent at lorem congue aliquet at. Lorem congue praesent molestie pharetra donec massa non donec, ante tellus nonummy donec laoreet. Tellus at ac massa, tellus at sed nunc sem eget pulvinar nunc sem mauris. Pulvinar dolore ante volutpat amet nibh volutpat nonummy ipsum ut diam, felis sit, congue. Mi tellus consectetur sed dolore proin elit pulvinar dolore proin volutpat pulvinar donec nibh. Volutpat amet aliquam volutpat amet tempus lobortis ullamcorper, felis feugiat congue et molestie turpis. Erat, laoreet tellus consectetur lorem tincidunt aliquet at sed, nunc proin, at lorem ullamcorper. At feugiat donec ante volutpat amet erat massa sem elit pulvinar magna mi, tellus. At dolor donec, nibh diam id sit magna praesent, id pharetra dolore nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit dolor dolore ante euismod adipiscing lorem ut ullamcorper felis lorem volutpat amet donec. Massa non nonummy ipsum ut ullamcorper felis ipsum ut diam felis ipsum ut diam. Id sit ac laoreet, tellus at sed dolore proin felis at turpis dolor feugiat. Sed lorem, tempus nisi tincidunt ante praesent non elit, sit sed aliquam ut, praesent. Non eget amet lorem dolore massa molestie at amet feugiat erat nisi donec magna. Ac, lorem pulvinar sed donec lobortis ullamcorper elit, ipsum ut, et id sit ac. Mi tellus turpis dolore proin, eget amet donec nibh volutpat amet donec massa volutpat. Amet aliquam ante non nonummy tempus ut diam felis ipsum nisi diam felis ipsum. Sem eget sit ut et id turpis aliquam laoreet aliquet adipiscing lorem tincidunt mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra praesent tellus consectetur sed nunc diam eget sit ac tincidunt aliquet at. Pharetra tempus nisi diam felis feugiat ac laoreet aliquet mauris, pulvinar aliquam volutpat amet. Aliquam, lobortis ullamcorper adipiscing ipsum, ut mi molestie pharetra ac laoreet tellus consectetur, sed. Dolore proin eget pulvinar, aliquam lobortis ullamcorper felis feugiat non nonummy tempus lobortis, ullamcorper. Felis feugiat congue mi id turpis erat tincidunt sem eget pulvinar nisi nibh euismod. Nonummy lorem congue mi nonummy, ipsum, nisi nibh euismod adipiscing feugiat dolore praesent mauris. Pharetra erat, massa, sem elit pulvinar magna et id, turpis lorem nunc praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam massa ullamcorper elit feugiat nisi mi euismod at sed nunc proin eget pulvinar, aliquam lobortis ullamcorper, aliquam, ut. Mi tellus pharetra sed dolore nibh ullamcorper felis dolor donec ante non elit ipsum nisi et, euismod adipiscing sed nunc. Proin eget donec ante volutpat nonummy ipsum magna laoreet, tellus at sed nunc sem eget amet aliquam nibh ullamcorper adipiscing. Lorem magna mi id pharetra ac laoreet tellus consectetur mi, molestie at sed dolore ante volutpat amet lorem, tincidunt praesent. Molestie consectetur erat, laoreet non elit, ipsum ut et id amet aliquam euismod, adipiscing feugiat magna mi volutpat, pharetra erat. Massa non nonummy erat nunc sem elit pulvinar nisi et, ullamcorper adipiscing feugiat congue aliquet felis lorem tincidunt aliquet feugiat. Congue mi molestie sit donec ante tellus elit pulvinar nisi nibh euismod turpis lorem tincidunt aliquet at dolor dolore ante. Non felis ipsum ut et euismod mauris pharetra erat laoreet tellus, pharetra erat laoreet molestie consectetur ipsum nisi nibh ullamcorper. Felis dolor donec massa sem tempus, nunc sem eget sit, aliquam nibh tellus adipiscing sed congue praesent mauris dolor donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit, ipsum nisi et id turpis lorem nunc praesent eget pharetra dolore ante non, nonummy tempus lobortis. Ullamcorper felis feugiat nisi tellus consectetur sed tincidunt aliquet eget sed nunc ante non nonummy, tempus, congue mi, tellus. Consectetur, ipsum aliquam lobortis aliquet mauris pharetra erat massa sem, tempus nisi et euismod pulvinar aliquam laoreet tellus at. Sed congue aliquet adipiscing feugiat congue mi volutpat elit ipsum nisi mi euismod turpis ac tincidunt, aliquet, mauris dolore. Proin non id eget at amet turpis pulvinar feugiat, donec lobortis et, aliquet eget nonummy feugiat donec massa diam. Euismod at dolor ut laoreet proin euismod mauris amet ipsum, nisi tincidunt proin aliquet volutpat elit sit lorem dolore. Congue ut congue congue ut donec ut laoreet molestie turpis ac proin elit pulvinar aliquam, lobortis ullamcorper adipiscing feugiat. Congue mi molestie, pharetra, magna mi molestie sit congue et id turpis ac massa tellus at sed tincidunt sem. Nonummy lorem, congue mi mauris feugiat donec massa non at, ipsum dolore sem at erat, nunc aliquet elit dolor. Nisi euismod amet tempus, lobortis, euismod adipiscing tempus lobortis diam id sit magna diam id, sit ac mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet at dolor aliquam ut diam felis. Lorem lobortis ullamcorper adipiscing ipsum ut diam felis feugiat. Congue diam consectetur ac, laoreet aliquet consectetur lorem tincidunt. Aliquet at lorem tincidunt praesent mauris dolor dolore proin. Volutpat nonummy aliquam ut non nonummy, tempus, ut id. Sit ac laoreet tellus consectetur sed nunc aliquet mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed dolore ante non felis sit magna molestie consectetur dolor, nisi, ante euismod nonummy tempus lobortis. Diam adipiscing lorem ut praesent molestie at ipsum nisi nibh volutpat amet nisi nibh aliquet mauris donec. Massa, sem elit sit, ac laoreet tellus at sed congue proin volutpat nonummy tempus congue et felis. Feugiat nisi mi, id turpis ac sem, mauris dolor donec ante non adipiscing feugiat congue praesent molestie. Id mauris felis, consectetur amet feugiat donec ut laoreet sem euismod mauris pharetra ac dolore congue massa. Tincidunt congue nisi massa mi sem, eget pulvinar dolore ante volutpat adipiscing feugiat tincidunt diam felis feugiat. Donec nunc sem elit, pulvinar tincidunt proin mauris nonummy consectetur turpis consectetur turpis dolor lorem tempus lorem. Lorem sed ac laoreet ullamcorper adipiscing dolor dolore ante mauris dolor donec mi molestie consectetur ante non. Elit pulvinar, nisi et, eget pulvinar aliquam nibh euismod, sit ac laoreet ullamcorper at, feugiat dolore mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem erat magna donec magna nisi dolore magna massa nibh. Praesent diam non aliquet diam et aliquet non elit ipsum. Nisi, euismod, consectetur sed nunc praesent at sed tincidunt aliquet. Mauris dolor donec massa ullamcorper felis feugiat ac laoreet aliquet. Elit dolor nisi ante volutpat aliquam lobortis, massa et nibh. Mi nibh proin mi nibh lobortis laoreet proin ullamcorper mauris. Nonummy tempus nunc sem elit, pulvinar ac tincidunt aliquet at. Sed praesent, volutpat amet aliquam ante volutpat nonummy ipsum nisi. Laoreet aliquet mauris dolor dolore proin volutpat amet tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, donec congue dolore tincidunt ut, tincidunt lobortis massa laoreet, tincidunt nunc nibh praesent eget amet aliquam, nibh ullamcorper feugiat. Ac massa tellus at, dolor dolore et euismod turpis lorem congue praesent mauris feugiat congue, mi mauris sit magna laoreet. Tellus pharetra magna mi consectetur erat dolore proin elit adipiscing nonummy consectetur nonummy consectetur, sit pulvinar, sit turpis amet pharetra. Ipsum ac tincidunt praesent at lorem lobortis euismod amet aliquam nibh amet tempus nibh euismod adipiscing lorem lobortis non, nonummy. Lorem ut praesent id feugiat congue laoreet tellus consectetur sed dolore proin volutpat amet nibh, euismod molestie eget at nonummy. Nonummy adipiscing nonummy at at, molestie eget turpis ac lobortis, aliquet adipiscing lorem tincidunt praesent felis feugiat nibh, pharetra erat. Massa non at sed nunc sem elit ipsum dolore sem eget amet tempus lobortis aliquet adipiscing feugiat congue mi, tellus. Consectetur, sed ut proin pulvinar ac dolore congue, nunc nibh mi laoreet nibh ante et ante praesent tellus nonummy erat. Nunc diam eget pulvinar, et id amet ac tincidunt aliquet at dolor donec ante molestie, dolor magna ante tellus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi non elit, ipsum aliquam, nibh ullamcorper at. Pharetra tempus, massa sem elit, ipsum ut, diam. Felis pulvinar ut diam elit pulvinar, laoreet ante. Mi nibh praesent non tellus volutpat, molestie id. Ullamcorper molestie nonummy turpis, ac laoreet aliquet at. Dolor donec ante volutpat amet tempus ullamcorper elit. Feugiat ac laoreet tellus consectetur sed nunc sem. Eget amet donec nibh ullamcorper nonummy aliquam nibh. Non nonummy tempus lobortis diam adipiscing feugiat, congue. Et eget felis elit at, adipiscing nonummy, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac congue proin eget amet tempus massa amet erat massa volutpat, amet erat, ut et felis ipsum nunc diam eget ipsum ut diam elit ipsum ut proin eget amet. Aliquam nibh turpis aliquam et volutpat turpis feugiat donec nisi nunc lobortis ante nibh ante laoreet proin ullamcorper molestie nonummy, feugiat magna laoreet tellus turpis erat tincidunt mauris pulvinar. Nisi ante euismod nonummy tempus ut ullamcorper adipiscing feugiat congue mi id feugiat congue diam elit ipsum ut diam id sit nisi mi euismod, sit diam id mauris felis. Elit at, adipiscing elit molestie, nonummy feugiat congue et id sit magna mi, euismod consectetur lorem tincidunt sem, mauris pulvinar ante, volutpat amet, aliquam ante non nonummy tempus massa. Volutpat elit erat ante volutpat, consectetur erat ante molestie pharetra magna praesent molestie feugiat ut diam id congue nisi tincidunt massa mi, proin ullamcorper sem molestie eget amet aliquam. Lobortis diam mauris feugiat ut diam mauris, sit, congue mi molestie consectetur erat massa tellus ac laoreet tellus at sed nunc, sem eget pulvinar donec nibh volutpat, pulvinar donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc sem eget pulvinar lorem tempus magna dolore tincidunt massa laoreet lobortis ante diam elit pulvinar. Ut laoreet, mauris dolor donec ante volutpat pharetra dolore, praesent, molestie pharetra donec, praesent mauris pharetra, magna. Massa, tellus consectetur sed, nunc sem elit ipsum sem, eget pulvinar nisi et eget pulvinar nisi proin. Elit pulvinar dolore proin volutpat mauris nonummy turpis dolor lorem sed lorem feugiat erat dolore proin eget. Pulvinar nibh euismod turpis lorem tincidunt diam adipiscing dolor congue mi molestie sit magna mi tellus pharetra. Donec, massa proin id amet ac nibh amet aliquam lobortis aliquet mauris dolor congue praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit adipiscing elit, molestie felis consectetur. Nunc et elit dolor, dolore sem. Mauris sed dolore praesent mauris pulvinar. Donec nibh non adipiscing ipsum lobortis. Ullamcorper felis feugiat ut mi molestie. Turpis tincidunt sem mauris dolor dolore. Ante volutpat pulvinar donec proin, volutpat. Nonummy at, turpis amet sit ipsum. Feugiat sit sed nisi tincidunt praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus nonummy ipsum nisi et euismod turpis sed congue ante, volutpat elit feugiat nisi et molestie consectetur erat tincidunt at sed nunc praesent, eget, dolor. Dolore ante eget pharetra aliquam massa non elit feugiat ac nisi congue ut laoreet proin praesent mi aliquet, mauris sit congue mi tellus consectetur erat. Massa non at pulvinar dolore et eget amet aliquam lobortis aliquet, adipiscing tempus lobortis euismod nonummy aliquam lobortis, non adipiscing lobortis praesent id sit magna. Mi id consectetur ac laoreet aliquet euismod volutpat id eget felis eget eget nonummy pharetra erat nunc sem at dolor dolore proin, molestie amet erat. Lobortis diam felis pulvinar nisi mi euismod sit lorem tincidunt, aliquet at, sed congue ante volutpat amet aliquam massa non erat ante volutpat consectetur donec. Ante non felis sit amet sit ipsum ac donec congue, nisi, congue lobortis, non nonummy tempus lobortis ullamcorper, felis feugiat nisi et ipsum nisi et. Id turpis, magna, nibh tellus turpis ac nibh euismod turpis ac tincidunt praesent, molestie pharetra erat lobortis consectetur erat massa diam felis sit, magna nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum congue praesent id sit diam id feugiat nisi mi id sit magna tincidunt aliquet consectetur sed dolore proin, mauris sed nunc aliquet mauris dolor dolore proin mauris. Dolor donec volutpat nonummy tempus lobortis sem elit ipsum nunc diam eget pulvinar magna nibh tellus adipiscing sed laoreet aliquet, adipiscing lorem lobortis ullamcorper dolore ante volutpat tempus. Nunc sem elit, pulvinar nisi diam, elit ipsum nisi nibh ullamcorper adipiscing sed congue aliquet mauris dolor dolore mi non nonummy tempus lobortis, elit ipsum nisi nibh aliquet. At dolor donec proin non nonummy ipsum ut et id turpis ac laoreet aliquet elit pulvinar nisi nibh ullamcorper felis lorem ullamcorper nonummy tempus ut diam id pharetra. Ac, massa sem eget amet pharetra, sit turpis pharetra ipsum ac dolore magna massa nibh proin non id at, ipsum, et aliquet volutpat felis consectetur turpis pharetra ipsum. Sed consectetur pulvinar dolor lorem, erat ac aliquam, magna ut laoreet, proin non id eget adipiscing amet turpis pulvinar congue ut magna ut, dolore ut massa et proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis amet dolor tempus ac dolore tincidunt ante et aliquet ullamcorper, id, elit adipiscing nonummy pharetra sed nisi lobortis, mi et sem adipiscing elit consectetur sed aliquam magna nunc. Et praesent non molestie eget at nonummy ipsum magna laoreet, nibh praesent sem aliquet ullamcorper, tellus euismod mauris tempus donec ut laoreet, proin diam tellus elit turpis nonummy sit. Pulvinar lorem donec ut laoreet, proin praesent tellus euismod, eget adipiscing consectetur amet ac congue massa id eget molestie elit consectetur turpis congue massa nibh praesent non id eget. Turpis pharetra ipsum magna tincidunt sem volutpat mauris elit consectetur tempus donec, magna aliquam ut praesent tellus elit turpis dolor erat ut, nunc nibh aliquet molestie felis consectetur pulvinar. Tempus donec, nisi tincidunt ante diam molestie elit, nisi tincidunt massa mi et ante laoreet tincidunt ut, mi proin diam molestie nonummy sit, dolor tempus congue laoreet, sem euismod. Adipiscing dolor, tempus, nisi dolore tincidunt volutpat felis eget, lorem consectetur pulvinar lorem donec ut nunc lobortis praesent tellus elit sit lorem aliquam ut massa proin, aliquam congue ante. Et, ipsum, erat tempus donec nunc tincidunt, ante praesent non, euismod mauris amet, pharetra pulvinar dolor sit pulvinar lorem feugiat erat lorem tempus, ut felis sit magna et id. Turpis dolor nunc praesent mauris dolor dolore proin molestie pharetra dolore mi molestie amet erat lobortis sem elit ipsum, ut diam, elit ut et euismod adipiscing sed congue proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat consectetur, pulvinar nisi id turpis ac. Tincidunt praesent, at, dolor, dolore proin volutpat. Amet tempus massa ullamcorper nonummy erat massa. Non elit feugiat, magna, nunc lobortis praesent. Euismod volutpat felis pharetra pulvinar dolor, tempus. Ac nisi tincidunt ante et sem, ullamcorper. Volutpat euismod volutpat molestie elit turpis pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing elit consectetur, turpis, pharetra tempus erat tempus donec nisi dolore, congue massa et proin, laoreet proin ullamcorper volutpat. Amet erat massa, aliquet at sed nunc proin volutpat turpis tempus tincidunt diam felis feugiat congue, diam adipiscing lorem. Donec, aliquam tincidunt ut, laoreet et praesent elit consectetur adipiscing, pharetra sit sed tempus donec magna dolore lobortis, laoreet. Tincidunt massa mi molestie consectetur sed nunc sem elit, dolor dolore ante, euismod adipiscing feugiat, ullamcorper felis sit donec. Massa proin eget pulvinar nisi et, id amet ac lobortis ullamcorper felis feugiat, congue ante sem elit ipsum, ut. Nibh ullamcorper felis feugiat ut praesent id pharetra ac massa aliquet at pulvinar, nisi nibh euismod amet tempus, nibh. Ullamcorper adipiscing feugiat ut diam mauris sit praesent molestie pharetra ac, nunc aliquet consectetur erat massa, aliquet at, sed. Dolore sem mauris dolor nisi ante volutpat amet aliquam lobortis ullamcorper felis ipsum ut praesent sit magna massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed dolore eget amet aliquam nibh non nonummy tempus, ut praesent, id. Sit congue, et molestie sit magna mi molestie turpis erat, tincidunt, aliquet mauris. Sed nunc mauris dolor aliquam lobortis diam adipiscing ipsum ut diam felis feugiat. Ut diam felis ipsum ut mi tellus mauris sed tincidunt aliquet mauris dolor. Dolore eget, pharetra aliquam massa non nonummy tempus massa ullamcorper elit ipsum nisi. Diam felis ipsum ut diam elit, pulvinar ut et eget sit nisi nibh. Tellus ac, laoreet ullamcorper at dolor donec mi mauris pharetra donec, ante volutpat. Nonummy pulvinar magna laoreet tellus turpis ac, tincidunt aliquet at sed congue at. Feugiat congue praesent, mauris pharetra, donec massa non nonummy erat massa non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue felis sit magna laoreet molestie pharetra erat massa aliquet at dolor dolore. Ante euismod felis feugiat congue praesent felis feugiat congue diam id sit mi id. Pharetra erat, laoreet tellus, consectetur erat, tincidunt aliquet elit dolor dolore proin volutpat amet. Aliquam nibh ullamcorper felis feugiat congue praesent, id sit mi molestie sit ac massa. Aliquet eget pulvinar, nisi nibh ullamcorper felis pharetra tempus ut et id turpis ac. Tincidunt proin mauris sed tincidunt praesent adipiscing tincidunt, ullamcorper adipiscing lorem congue, praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed donec nibh non adipiscing, ipsum ut. Adipiscing feugiat congue laoreet molestie consectetur erat. Tincidunt sem elit dolor nunc, proin volutpat. Nonummy lorem ut diam felis feugiat congue. Diam felis feugiat diam felis ipsum congue. Et tellus turpis ac, tincidunt aliquet, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam elit ipsum ut elit ipsum nunc non consectetur, erat nunc sem elit pulvinar aliquam proin eget dolor nisi sem. Mauris, pulvinar, donec nibh, non amet aliquam ante volutpat aliquam lobortis non elit ipsum, ut et felis feugiat nisi et id sit. Lorem nunc, aliquet mauris, pulvinar, donec ante volutpat amet dolore proin molestie eget, ipsum dolore proin volutpat pulvinar nisi lobortis euismod adipiscing. Feugiat tincidunt ullamcorper adipiscing feugiat ut diam id sit magna mi molestie pharetra erat massa at dolor nunc sem eget pulvinar nunc. Sem at sed laoreet tellus adipiscing lorem laoreet ullamcorper turpis lorem tincidunt aliquet, adipiscing, lorem tincidunt ullamcorper felis dolore ante volutpat consectetur. Erat nunc non elit ipsum nunc sem eget pulvinar nisi et eget pulvinar aliquam et euismod amet nisi nibh volutpat pulvinar, dolore. Ante amet lorem lobortis diam adipiscing lorem lobortis ullamcorper felis feugiat magna massa tellus at erat nunc proin elit dolor dolore proin. Eget pulvinar dolore, ullamcorper, adipiscing tempus, nibh non nonummy, aliquam, lobortis non nonummy ipsum ut et, id, turpis ac tincidunt tellus consectetur. Erat tincidunt sem mauris sed dolore praesent eget nunc praesent mauris dolor congue proin volutpat pharetra donec ante molestie dolor, donec, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pharetra magna mi tellus pharetra erat laoreet tellus pharetra ac laoreet, tellus elit ipsum nisi proin. Eget amet aliquam nibh ullamcorper mauris congue, diam mauris feugiat congue praesent, id sit donec laoreet non. Elit ipsum nisi proin eget pulvinar dolore, et volutpat pulvinar, nisi ante volutpat amet, nibh ullamcorper nonummy. Tempus ut ullamcorper adipiscing ipsum congue et molestie turpis ac laoreet tellus consectetur erat tincidunt aliquet consectetur. Sed dolore, aliquet mauris dolor dolore proin sed laoreet praesent mauris feugiat dolore ante molestie amet tempus. Massa volutpat consectetur ipsum nisi et id, turpis ac nibh euismod adipiscing dolor praesent eget pharetra donec. Ante volutpat pharetra dolore praesent mauris dolor dolore ante volutpat consectetur erat massa non nonummy sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy feugiat congue mi molestie, at dolor dolore proin. Eget dolor dolore proin mauris dolor dolore praesent mauris. Dolor donec mauris dolor dolore praesent at, feugiat congue. Proin molestie amet erat, ante molestie pharetra magna, mi. Molestie, pharetra erat massa diam elit ipsum nisi at. Sed nunc sem elit ipsum dolore proin eget sed. Dolore proin elit dolor aliquam ante volutpat amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar nisi nibh euismod amet ac tincidunt aliquet turpis ac nibh. Ullamcorper felis lorem tincidunt diam mauris, feugiat donec, ante tellus consectetur laoreet. Tellus consectetur ac massa aliquet at ipsum dolore proin eget pulvinar nisi. Ante eget pulvinar, nisi nibh euismod nonummy tempus congue mi tellus consectetur. Massa sem elit sed dolore et volutpat amet nisi ante eget dolor. Dolore proin at lorem tincidunt praesent at, sed nunc praesent eget pharetra. Aliquam lobortis, non donec massa non amet, erat, massa non elit ipsum. Ut diam, eget sed ut et, id pulvinar nisi nibh id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie consectetur sed nisi ante euismod, amet aliquam lobortis ullamcorper adipiscing feugiat congue diam felis. Sit ac id sit magna mi id sit, magna laoreet tellus consectetur sed, tincidunt aliquet eget. Pulvinar aliquam nibh ullamcorper adipiscing feugiat donec laoreet molestie, consectetur massa tellus consectetur ac laoreet tellus. Consectetur erat tincidunt tellus at dolor nunc praesent, mauris sed tincidunt aliquet at, pharetra dolore proin. Molestie amet donec proin feugiat congue, praesent mauris, dolor donec ante molestie pharetra erat ante non. Elit ipsum ut proin eget pulvinar nisi et id amet, nisi et amet aliquam lobortis ullamcorper. Felis feugiat congue mi molestie pharetra donec laoreet tellus, nonummy erat laoreet non consectetur sed dolore. Proin elit dolor dolore proin eget nunc, sem, mauris sed dolore proin mauris, pulvinar donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar dolore et eget nunc proin. Eget amet aliquam nibh, euismod, adipiscing feugiat. Congue mi, molestie pharetra donec mi tellus. Consectetur, sed ut et euismod adipiscing lorem. Tincidunt praesent tempus tincidunt aliquet mauris dolor. Congue praesent molestie, pharetra erat massa non. Pharetra donec massa sem elit, sed nunc. Proin eget amet aliquam nibh dolor dolore. Ante euismod adipiscing sit congue mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy feugiat ut mi id sit magna et id massa non elit pulvinar, magna laoreet tellus at sed tincidunt praesent mauris dolor dolore ante. Ullamcorper adipiscing ipsum lobortis diam id, feugiat magna mi tellus ac tincidunt aliquet consectetur sed dolore, proin volutpat, amet tempus ut praesent id sit. Ac massa proin volutpat amet aliquam lobortis, ullamcorper, adipiscing dolor donec mauris pharetra donec laoreet non nonummy ipsum nunc non at, sed dolore et. Volutpat turpis lorem congue praesent, molestie, consectetur tempus nunc sem pulvinar nisi et euismod turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet at feugiat. Congue mi non, consectetur erat ante non nonummy ipsum, nunc, diam eget pulvinar, sem elit ipsum, nunc sem elit ipsum dolore proin volutpat pulvinar. Nisi nibh volutpat turpis lorem tincidunt, ullamcorper nonummy aliquam lobortis ullamcorper, felis, lorem lobortis non amet, praesent molestie dolor donec mi molestie dolor congue. Praesent molestie, pharetra donec massa non elit sit magna nibh tellus turpis laoreet id, turpis lorem tincidunt aliquet at feugiat congue, praesent, molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, volutpat felis feugiat congue mi tellus. Pharetra, erat laoreet non at sed nunc. Aliquet at dolor nisi et euismod turpis. Lorem lobortis diam felis lobortis praesent felis. Sit erat laoreet tellus pharetra ac mi. Molestie turpis magna et id sit magna. Mi id turpis lorem nunc sem mauris. Pulvinar praesent, eget pharetra donec ante, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem tincidunt mi mauris dolor donec mi molestie, pharetra donec mauris feugiat congue praesent id feugiat ut praesent molestie, consectetur erat nunc sem elit, dolor dolore proin. Eget pulvinar nisi ante volutpat amet tempus ut diam tempus, lobortis, diam id pharetra magna et, id, turpis erat laoreet molestie turpis erat tincidunt tellus mauris dolor dolore. Proin eget pulvinar donec, ante non donec ante volutpat amet tempus massa non felis ipsum magna mi felis pulvinar nisi et id pulvinar nisi et id turpis ac. Nibh ipsum nunc sem elit sed dolore et eget amet nisi nibh ullamcorper turpis lorem lobortis ullamcorper adipiscing, feugiat, congue praesent molestie pharetra, erat, massa non at erat. Molestie turpis ac laoreet tellus elit dolor dolore proin eget dolor dolore proin eget amet aliquam nibh non adipiscing feugiat congue et molestie, consectetur sed nunc sem ac. Tincidunt aliquet at sed nunc proin mauris dolor dolore praesent at sed tincidunt praesent mauris lorem tincidunt aliquet adipiscing dolore mi molestie pharetra donec ante molestie dolor donec. Ante non consectetur ipsum nunc sem eget pulvinar, aliquam laoreet aliquet at, feugiat dolore praesent, mauris pharetra donec, mauris dolor magna mi molestie sit magna mi molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat congue et tempus massa non, elit feugiat nisi et. Euismod turpis lorem laoreet tellus turpis ac tincidunt aliquet mauris. Pharetra dolore proin volutpat adipiscing ipsum lobortis amet, erat, lobortis. Diam euismod turpis, erat tincidunt aliquet at sed nunc ante. Volutpat nonummy lorem ut, diam felis feugiat magna massa sem. Eget dolor, molestie turpis ac laoreet euismod consectetur sed, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit ipsum ut, nibh ullamcorper adipiscing lorem tincidunt aliquet ac lobortis aliquet felis dolor congue mi molestie pharetra donec massa tellus, consectetur sed nunc sem eget pulvinar nisi et. Euismod turpis aliquam nibh euismod tincidunt sem at sed nunc sem mauris, dolor nunc praesent mauris sed congue proin eget amet aliquam massa volutpat amet erat massa sem elit ipsum. Volutpat nonummy tempus ante non nonummy sed nunc non elit sed ut sem eget ipsum dolore et id turpis aliquam tincidunt aliquet felis lobortis euismod adipiscing lorem, tincidunt praesent mauris. Feugiat donec, praesent molestie pharetra magna laoreet tellus consectetur erat nunc aliquet consectetur erat tincidunt aliquet consectetur erat laoreet tellus nisi nibh aliquet at dolor dolore proin, eget amet aliquam. Lobortis ullamcorper elit ipsum ut diam elit feugiat ut diam felis pulvinar ut diam elit ipsum nisi elit erat, laoreet, sem eget pulvinar dolore proin eget turpis ac, nibh euismod. Turpis aliquam ante euismod adipiscing aliquam nibh felis sit donec mi molestie pharetra magna mi tellus consectetur erat nunc proin volutpat turpis tempus lobortis ullamcorper adipiscing lorem tincidunt, mi tellus. Consectetur sed ut proin pulvinar nisi et id turpis ac tincidunt, ullamcorper felis dolor dolore massa sem elit pulvinar nisi et tellus adipiscing sed, nunc proin eget pharetra aliquam massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis feugiat tincidunt aliquet mauris pharetra erat ante molestie, pharetra erat massa pharetra donec laoreet molestie consectetur ipsum ut proin id ipsum nisi, nibh euismod adipiscing feugiat congue praesent molestie. Pharetra erat massa non consectetur sed sem eget sit aliquam nibh ullamcorper at feugiat, dolore mi molestie amet erat massa sem elit ipsum ut et id turpis magna laoreet, euismod. Turpis lorem ullamcorper turpis, ac tincidunt praesent at dolor congue praesent molestie, pharetra erat massa sem id turpis ac laoreet aliquet mauris pharetra, donec praesent mauris dolore proin molestie pharetra. Erat lobortis sem nonummy tempus lobortis sem elit, ipsum ut et id turpis ac laoreet, euismod adipiscing ac tincidunt aliquet adipiscing feugiat tincidunt diam felis sit magna et felis, sit. Magna nibh euismod turpis magna nibh euismod turpis aliquam et id pulvinar ac nibh, euismod adipiscing feugiat congue praesent tempus nibh volutpat, amet tempus nibh euismod nonummy lorem ut ullamcorper. Nonummy ipsum ut mi molestie, sit magna laoreet tellus erat nunc, sem eget amet nisi nibh euismod amet aliquam nibh volutpat amet aliquam nibh, non amet aliquam ante volutpat amet. Donec, massa volutpat consectetur donec mi, lorem tincidunt ullamcorper adipiscing lorem lobortis ullamcorper adipiscing lorem ut diam id feugiat magna, et id sit, magna mi tellus turpis, ac, laoreet, aliquet. At dolor nunc turpis ac nibh tellus adipiscing lorem congue aliquet mauris lorem congue praesent at dolor donec mi mauris pharetra donec massa sem elit pulvinar nisi nibh euismod turpis. Nibh ullamcorper adipiscing sed dolore, ante, non nonummy erat massa, sem felis feugiat magna et id, sit nisi nibh euismod sit nisi diam eget sit aliquam nibh amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit dolor dolore ante euismod tempus lobortis ullamcorper adipiscing feugiat magna praesent, id pharetra ac laoreet tellus pharetra ac laoreet molestie turpis, erat nunc, sem, eget. Pulvinar aliquam nibh euismod, aliquam nibh, ullamcorper felis ipsum, congue praesent molestie sit erat nunc aliquet at, erat, tincidunt aliquet consectetur sed dolore proin eget amet donec. Proin, volutpat donec nibh non adipiscing, tempus lobortis, non elit ipsum ut et molestie sit magna laoreet aliquet mauris sed nunc proin volutpat amet tempus diam, id. Sit ac laoreet tellus consectetur sed, dolore proin volutpat pulvinar nisi ante eget pulvinar nisi proin volutpat amet tempus ut praesent id sit magna praesent feugiat ut. Diam, felis, feugiat nisi diam felis feugiat nisi et euismod sit magna nibh euismod sit ac tincidunt aliquet mauris sed donec massa non elit non volutpat molestie. Eget ullamcorper non euismod adipiscing feugiat congue proin mauris, dolor dolore praesent felis dolor magna massa non consectetur erat nunc non sit nisi proin id adipiscing lorem. Congue proin molestie pharetra donec mi volutpat consectetur tempus, lobortis sem felis pulvinar nisi, diam euismod sit aliquam laoreet euismod adipiscing tincidunt praesent mauris feugiat congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus nibh ullamcorper, adipiscing feugiat sed tincidunt aliquet, mauris dolor congue praesent molestie pharetra aliquam massa ullamcorper elit tempus lobortis, diam felis pulvinar nisi et id sit magna et. Id ut et id turpis aliquam, laoreet ullamcorper at dolor dolore ante volutpat consectetur tempus ut et id sit magna et id sit aliquam laoreet, tellus sed tincidunt ullamcorper adipiscing. Lorem tincidunt aliquet adipiscing ac nibh euismod amet tempus ante eget amet aliquam, lobortis ullamcorper adipiscing feugiat congue diam feugiat congue et, id sit magna mi molestie turpis ac laoreet. Aliquet at sed, dolore aliquet mauris pulvinar dolore proin volutpat adipiscing ipsum ut diam, adipiscing, tempus non nonummy tempus massa non elit pulvinar nisi et felis sit ac laoreet euismod. Sit aliquam nibh tellus, turpis lorem tincidunt praesent mauris, dolor donec mi molestie tincidunt, aliquet, felis feugiat, congue mi, molestie pharetra donec ante tellus pharetra erat nunc non, at erat. Massa aliquet at sed dolore, euismod turpis lorem congue praesent mauris dolor magna mi molestie consectetur erat nunc proin elit ipsum nisi et id pulvinar, aliquam nibh, ullamcorper felis, lorem. Magna ante, consectetur erat nunc diam id sit ac tincidunt tellus at sed congue praesent at feugiat congue aliquet mauris pharetra dolore ante non consectetur erat nunc non, nonummy, ut. Et tellus adipiscing, lorem congue, praesent molestie pharetra erat massa non nonummy ipsum, ut et, id turpis lorem nunc proin eget amet, aliquam lobortis diam adipiscing magna laoreet tellus at. Sed, dolore proin volutpat amet, nisi ante eget pulvinar nisi ante volutpat amet tempus lobortis, ullamcorper, adipiscing feugiat congue, diam adipiscing sit ac, id sit magna laoreet aliquet at, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec at dolor dolore, proin volutpat nonummy donec massa, non elit tempus lobortis ullamcorper felis feugiat magna, et id turpis ac tincidunt, euismod. Consectetur lorem tincidunt turpis, ac laoreet ullamcorper at sed dolore proin molestie pharetra donec ante molestie consectetur tempus ut diam elit ipsum, ut et. Id adipiscing, lorem tincidunt adipiscing ac laoreet, aliquet, molestie dolor dolore aliquet mauris dolor dolore praesent molestie dolor magna ante molestie sit magna, praesent. Molestie pharetra sed tellus at, erat, dolore et volutpat amet nisi et elit, dolor aliquam lobortis euismod felis feugiat magna ante non nonummy sed. Ac tempus ac aliquam dolore ut molestie elit amet dolor tempus sed tempus donec massa sem nonummy donec laoreet tellus at, erat nunc sem. Eget turpis, ac lobortis ullamcorper felis lorem lobortis ullamcorper nisi proin volutpat amet tempus lobortis ullamcorper, adipiscing feugiat congue praesent id pharetra, ac massa. Aliquet, at erat massa sem elit dolor dolore proin eget lorem tincidunt, ullamcorper felis feugiat congue praesent id pharetra erat massa tellus, pharetra erat. Nunc proin volutpat, amet nisi ante volutpat turpis lorem, tincidunt diam mauris sit praesent, id pharetra, erat nunc sem elit ipsum nunc aliquet at. Sed nunc sem eget amet aliquam lobortis ullamcorper felis sit, donec laoreet molestie pharetra donec massa pharetra sed nunc sem elit ipsum dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi tellus consectetur massa non nonummy, sed nunc proin, id turpis aliquam nibh id, pulvinar nisi et volutpat. Amet lorem tincidunt, mi volutpat consectetur donec, mi non sed, massa tellus consectetur, erat nunc sem, elit amet nisi. Et volutpat turpis tempus tincidunt ullamcorper adipiscing lorem lobortis diam, felis feugiat ut praesent, mauris donec, laoreet tellus at. Sed massa sem elit ipsum dolore sem eget, pulvinar nisi nibh euismod nonummy aliquam lobortis ullamcorper felis lorem congue. Mi molestie magna mi molestie pharetra magna laoreet aliquet at sed nunc proin eget amet aliquam nibh euismod adipiscing. Feugiat magna mi molestie pharetra magna laoreet id lobortis non nonummy tempus ut sem felis feugiat nisi et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sit aliquam et euismod nisi. Nibh, ullamcorper adipiscing ac lobortis, aliquet. Molestie dolor dolore praesent mauris, dolor. Tempus massa non nonummy, erat massa. Sem eget pulvinar nisi nibh pulvinar. Aliquam laoreet ullamcorper at, feugiat congue. Praesent molestie pharetra erat ante volutpat. Consectetur erat, massa sem elit pulvinar. Nisi nibh ullamcorper adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, dolor dolore proin eget pulvinar nisi nibh, ullamcorper adipiscing lorem ut diam, felis lorem ut praesent feugiat magna mi molestie consectetur, sed nunc aliquet. Eget, turpis lorem tincidunt ullamcorper felis feugiat congue mi mauris sit magna laoreet tellus consectetur ac et id turpis lorem tincidunt, aliquet felis, dolor magna. Mi molestie pharetra erat nunc, non elit pulvinar ut et euismod adipiscing lorem laoreet ullamcorper at lorem, congue molestie pharetra magna mi molestie nonummy tempus. Ut, diam eget pulvinar aliquam laoreet euismod sit ac tincidunt aliquet at dolor dolore ante molestie dolore mi non nonummy erat nunc diam id sit. Ac, tincidunt, proin volutpat amet aliquam lobortis non elit feugiat magna mi molestie turpis ac tincidunt sem mauris, tincidunt sem, eget amet aliquam lobortis ullamcorper. Adipiscing sit congue mi molestie pharetra ac massa aliquet elit dolor dolore, sem volutpat, dolor nisi nibh euismod nonummy tempus volutpat nonummy, aliquam nibh ullamcorper. Felis, sit magna laoreet aliquet turpis erat massa proin eget dolor dolore proin eget pulvinar aliquet, at sed nunc praesent mauris pharetra aliquam lobortis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra erat molestie dolor, donec massa non nonummy tempus ut diam eget pulvinar aliquam nibh euismod adipiscing lorem tincidunt aliquet molestie pharetra erat massa. Sem felis pulvinar et tellus consectetur, lorem, tincidunt praesent mauris, sed congue ante volutpat adipiscing ipsum lobortis ullamcorper felis sit, ut diam felis feugiat magna. Mi euismod sit laoreet aliquet at dolor dolore praesent mauris sed dolore ante, molestie pharetra donec ante non elit erat massa non nonummy ipsum ut. Et id sit nibh tellus at lorem tincidunt aliquet, mauris dolor dolore ante molestie pharetra donec massa sem, elit ipsum ut, et, felis ipsum nunc. Non nonummy, sed sem eget ipsum ut proin, elit ipsum nisi nibh euismod turpis ac lobortis euismod turpis tempus lobortis ullamcorper adipiscing lorem ut, diam. Mauris sit donec mi molestie, magna, mi molestie sit, magna laoreet tellus turpis erat nunc aliquet consectetur sed dolore sem at dolor donec proin volutpat. Amet aliquam massa non amet tempus volutpat dolor dolore mi molestie dolor congue mi volutpat consectetur erat, ante tellus consectetur erat massa, tellus at erat. Nunc elit amet aliquam et volutpat amet aliquam nibh euismod amet, aliquam nibh volutpat amet aliquam nibh non nonummy tempus lobortis non amet tempus ut. Ullamcorper felis ipsum ullamcorper elit tempus lobortis non consectetur, erat nunc sem nonummy erat, ante non, nonummy sed ut sem elit ipsum dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore sem eget pulvinar nisi nibh volutpat pulvinar. Aliquam ut diam, adipiscing ipsum ut, nonummy ipsum ut. Diam id sit ac laoreet, aliquet consectetur erat, tincidunt. Aliquet at dolor dolore proin eget pulvinar dolore ante. Volutpat nonummy ipsum ut molestie turpis ac laoreet tellus. At sed, nunc aliquet at sed nunc sem eget. Amet tempus lobortis diam felis feugiat congue, mi tellus. Consectetur, erat molestie consectetur erat nunc proin eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet, mauris sed congue praesent mauris dolor dolore mauris feugiat tincidunt mi, mauris dolor dolore. Mi, volutpat nonummy tempus nunc, sem eget pulvinar aliquam et eget sit ac laoreet, ullamcorper turpis ac. Tincidunt ullamcorper lorem tincidunt aliquet adipiscing lorem tincidunt diam, mauris sit, magna, mi molestie pharetra congue mi. Id, sit ac laoreet non consectetur sed nunc sem elit, tincidunt sem eget pulvinar nisi, ante euismod. Amet tempus ut praesent felis feugiat congue mi molestie consectetur magna et id sit magna mi feugiat. Magna laoreet aliquet at sed nunc praesent at, dolor donec ante ullamcorper nonummy ipsum lobortis ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum magna mi euismod at sed nunc ante volutpat pulvinar donec ante volutpat. Amet aliquam ante, volutpat amet ipsum, massa ullamcorper felis sit, laoreet euismod turpis. Ac laoreet aliquet at sed nunc praesent mauris dolor donec ante, eget, dolor. Dolore ante volutpat amet tempus ut et euismod turpis mi tellus, turpis, lorem. Nunc proin non adipiscing lorem nibh non adipiscing, feugiat congue et, felis sit. Magna massa tellus at sed dolore proin eget pulvinar tempus, mi tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, lobortis et id sit ac massa sem eget turpis lorem tincidunt praesent feugiat congue praesent molestie. Pharetra, erat, massa sem elit ipsum ut proin id amet aliquam nibh euismod felis lorem tincidunt aliquet. Felis feugiat donec ante molestie donec, laoreet non nonummy ipsum nisi, proin eget pulvinar nisi nibh euismod. Turpis aliquam tincidunt praesent felis dolor donec nunc sem nonummy, tempus nunc, non ipsum ut proin eget. Turpis lorem, tincidunt aliquet mauris, feugiat dolore ante volutpat nonummy, tempus ut diam felis, sit magna, nibh. Tellus adipiscing nibh ullamcorper, at dolor dolore ante volutpat amet tempus massa sem felis feugiat magna, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem erat nunc sem eget pulvinar nisi, nibh ullamcorper adipiscing lorem tincidunt. Praesent molestie pharetra dolore ante non, consectetur tempus nunc sem, elit ipsum. Ut, et, ipsum, ut proin elit ipsum dolore proin eget ipsum nisi. Et euismod turpis tempus lobortis diam felis feugiat magna mi tellus consectetur. Sed nunc non magna praesent molestie pharetra ac massa, sem elit dolor. Dolore ante volutpat amet nisi ante eget, amet tempus lobortis ullamcorper adipiscing. Lorem ut praesent, felis sit mi molestie consectetur erat laoreet tellus, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut diam eget sit magna, nibh. Sit ac laoreet euismod turpis ac tincidunt. Praesent mauris dolor dolore ante, molestie consectetur. Tempus nunc sem, felis sit nisi et. Eget sit ac aliquet at dolor dolore. Ante non nonummy ipsum ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, magna ante non nonummy ipsum ut sem erat massa non at. Erat nunc proin eget, amet lorem tincidunt aliquet felis dolor, congue mi. Mauris sit donec ante, non consectetur sed ut proin pulvinar nisi et. Euismod adipiscing feugiat dolore ante volutpat nonummy, ipsum nisi nibh, tellus consectetur. Lorem tincidunt praesent mauris dolor dolore proin volutpat amet aliquam non felis. Feugiat magna mi euismod consectetur erat nunc proin eget pulvinar, donec proin. Eget amet aliquam, nibh volutpat amet aliquam ante volutpat donec ante volutpat. Pharetra erat massa non nonummy tempus massa non nonummy erat nunc diam. Eget, sit nisi, nibh, ullamcorper adipiscing lorem tincidunt aliquet at dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nonummy tempus tincidunt diam, molestie pharetra erat massa tellus, consectetur, sed ut, proin id dolore proin eget amet lorem, tincidunt diam, mauris pharetra, erat ante tellus pharetra. Erat massa sem elit pulvinar nisi nibh id turpis ac, tincidunt ullamcorper lorem tincidunt aliquet felis feugiat, tincidunt diam felis, feugiat magna mi molestie consectetur ipsum ut et. Eget amet aliquam nibh euismod at dolor dolore, mi pharetra erat massa non nonummy tempus nunc diam nonummy sed nunc non at, sed dolore proin eget amet ac. Lobortis ullamcorper turpis lorem congue volutpat consectetur erat nunc diam elit sed ut et euismod adipiscing sed congue praesent mauris pharetra donec ante volutpat amet tempus ut sem. Felis pulvinar magna eget pulvinar magna laoreet aliquet at pharetra donec ante volutpat pharetra tempus lobortis ullamcorper felis sit magna laoreet aliquet mauris pulvinar donec ante volutpat nonummy. Feugiat, magna non at pulvinar dolore et euismod adipiscing lorem congue praesent molestie consectetur ipsum ut et tellus consectetur sed nunc praesent pharetra aliquam, nibh non amet aliquam. Ante ullamcorper elit tempus, massa sem elit feugiat nisi mi euismod turpis ac laoreet tellus, mauris dolor dolore proin volutpat amet congue mi molestie consectetur erat laoreet tellus. Consectetur sed nunc tellus consectetur sed nunc sem mauris dolor donec proin eget pharetra, donec, proin, volutpat amet tempus, massa elit ipsum nisi diam id sit ac tincidunt. Aliquet at dolor donec nibh, non adipiscing, ipsum ut diam adipiscing ipsum ut et id sit, ac laoreet turpis, erat nunc sem mauris lorem, tincidunt aliquet at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing massa non elit tempus ut, et molestie turpis ac laoreet aliquet at sed, nunc, praesent eget amet donec ante eget amet tempus ut et, feugiat, magna laoreet aliquet elit. Dolor nisi nibh euismod turpis tempus lobortis euismod nonummy tempus ut mi tellus at sed, nunc sem eget pulvinar nisi, volutpat turpis lorem tincidunt, praesent felis dolor magna praesent, tellus. Nonummy erat, massa diam eget ipsum ut et ullamcorper adipiscing feugiat congue ante non nonummy ipsum ut, nonummy pulvinar magna laoreet praesent mauris pulvinar donec ante, volutpat amet aliquam massa. Non amet aliquam massa volutpat elit tempus massa volutpat nonummy mi volutpat pharetra erat massa non elit pulvinar nisi et euismod turpis lorem tincidunt aliquet at dolor, dolore massa, sem. Felis sit magna tincidunt, sem at dolor tellus at pharetra donec nibh, non nonummy aliquam ut et id turpis, magna et id sit ac nunc sem eget amet aliquam lobortis. Diam mauris sit ut, pharetra donec lobortis diam felis tempus ut et id sit, nisi mi euismod mauris dolor nunc sem at lorem tincidunt, sit ac nibh euismod amet aliquam. Laoreet ullamcorper mauris, dolor erat massa, sem felis sit ac laoreet tellus consectetur sed dolore proin eget pharetra, donec, nibh, ullamcorper tempus massa ullamcorper elit ipsum magna mi molestie at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac laoreet turpis, magna laoreet aliquet at dolor donec proin volutpat pharetra donec massa ullamcorper felis sit magna et, euismod, turpis lorem tincidunt aliquet at sed nunc turpis. Lorem tincidunt, praesent eget dolor, donec ante, non elit ipsum, nisi mi euismod turpis magna mi id pulvinar nisi et euismod turpis ac laoreet, eget pharetra dolore proin, molestie. Amet tempus, ut et id sit ac tincidunt aliquet at dolor nunc aliquet adipiscing lorem nunc praesent mauris sed, congue praesent mauris, tincidunt aliquet at feugiat congue praesent mauris. Feugiat magna mi mauris pharetra magna, mi, molestie pharetra donec laoreet tellus pharetra ac laoreet tellus, erat nunc proin eget pulvinar dolore proin eget pulvinar, aliquam lobortis ullamcorper adipiscing. Lorem ut, diam felis lorem, ut diam adipiscing feugiat magna mi, molestie turpis ac aliquet elit dolor dolore proin mauris, dolor donec ante volutpat amet amet consectetur turpis nonummy. Turpis amet consectetur ipsum ut diam felis pulvinar nisi sem elit lorem dolore proin molestie dolor dolore massa ullamcorper elit ipsum lobortis, sem felis sit magna mi, aliquet mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id sit nisi, et id turpis ac tincidunt ullamcorper felis feugiat congue. Aliquet molestie tincidunt diam mauris pharetra donec ante non, elit ipsum nisi proin. Eget ipsum dolore proin id adipiscing lorem lobortis aliquet felis lorem lobortis euismod. Adipiscing lobortis diam adipiscing feugiat congue praesent id pharetra magna laoreet molestie pharetra. Magna et molestie turpis magna mi tellus sit magna, laoreet tellus mauris dolor. Aliquet eget pharetra aliquam ante volutpat nonummy aliquam, massa ullamcorper felis sit ac. Laoreet tellus consectetur erat laoreet, tellus consectetur, sed nunc, proin sed nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, volutpat, amet ipsum, ut, ullamcorper felis feugiat ut sem elit. Sit magna nonummy, tempus nisi et eget pulvinar nisi et euismod. Turpis ac tincidunt praesent molestie pharetra dolore mi volutpat nonummy, tempus. Ut et euismod turpis ac euismod turpis sed congue proin mauris. Dolor, dolore proin molestie pharetra dolore mi mauris amet donec, mi. Non consectetur erat mi mauris pharetra donec laoreet sit magna mi. Tellus consectetur sed nunc sem at sed nunc aliquet consectetur dolor. Dolore proin volutpat pulvinar aliquam lobortis euismod nonummy tempus non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt praesent molestie pharetra donec massa volutpat consectetur erat massa sem id turpis nibh tellus adipiscing ac tincidunt praesent eget pharetra donec, ante volutpat. Amet tempus ut et id sit ac tincidunt aliquet consectetur lorem, nunc praesent lorem tincidunt aliquet mauris dolor dolore ante non nonummy erat lobortis ullamcorper. Nonummy tempus lobortis sem felis ipsum ut diam elit ipsum ut sem elit sed, nunc at ipsum dolore proin eget ipsum nisi et euismod, adipiscing. Lorem tincidunt mi molestie, nonummy ipsum nunc sem eget pulvinar nisi, proin eget ut proin id turpis ac nibh ullamcorper adipiscing lorem tincidunt aliquet felis. Feugiat, congue praesent molestie, consectetur erat massa tellus consectetur erat laoreet molestie consectetur erat laoreet turpis ac laoreet sem elit, dolor dolore sem mauris dolor. Dolore lobortis ullamcorper adipiscing tempus lobortis non nonummy donec ante volutpat, pharetra aliquam massa volutpat nonummy tempus molestie pharetra donec ante volutpat consectetur ipsum ut. Sem eget ipsum ut proin eget, pulvinar aliquam et ullamcorper adipiscing ac volutpat, turpis aliquam nibh volutpat amet aliquam nibh euismod nonummy lorem ut ullamcorper. Adipiscing lorem lobortis ullamcorper adipiscing ipsum ut diam elit feugiat magna et id consectetur mi id turpis magna laoreet tellus consectetur ac laoreet tellus, turpis. Aliquam laoreet aliquet at dolor congue proin molestie dolor dolore mi molestie, consectetur tempus massa volutpat donec massa non elit ipsum ut et id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore elit, dolor nisi ante. Euismod turpis aliquam ante volutpat amet. Tempus congue, praesent id, pharetra donec. Laoreet tellus consectetur, erat nunc aliquet. Elit dolor sem eget dolor nunc. Proin mauris sed nunc aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut proin id turpis ac tincidunt. Aliquet feugiat tincidunt, praesent molestie dolor magna. Mi volutpat consectetur magna mi non, eget. Pulvinar nisi et id turpis ac laoreet. Euismod at lorem tincidunt praesent aliquam tincidunt. Ullamcorper felis dolor donec ante molestie pharetra. Erat nunc sem elit pulvinar nisi et. Euismod adipiscing lorem congue praesent mauris dolor. Donec massa consectetur tempus nunc non elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue laoreet non consectetur sed nunc proin eget amet ac lobortis, amet aliquam nibh euismod adipiscing lorem congue praesent mauris sit erat massa sem consectetur erat massa. Proin eget sed nunc sem, elit sed nisi ante amet tempus tincidunt praesent tellus nonummy sed nunc, et id, sit, nisi, et euismod, turpis feugiat congue mi volutpat. Elit ipsum ut et felis pulvinar et id pulvinar lorem laoreet aliquet at lorem, tincidunt ullamcorper mauris pharetra donec, massa, ullamcorper felis, sit magna mi tellus consectetur, ac. Tincidunt, consectetur dolor donec proin eget amet, tempus, lobortis diam felis feugiat magna mi molestie turpis magna mi id, sit magna mi tellus at sed nunc praesent at. Congue proin eget pharetra donec, massa non, nonummy ipsum nisi mi tellus turpis erat tincidunt, sem eget adipiscing tempus ut ullamcorper mauris sit magna mi tellus consectetur, mi. Tellus consectetur erat massa proin volutpat, turpis tempus lobortis ullamcorper adipiscing lorem congue praesent molestie consectetur donec nunc sem at sed, dolore proin molestie pharetra donec ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur tempus nunc pharetra erat nunc proin eget ipsum. Nisi et eget amet aliquam nibh volutpat pulvinar nisi, nibh. Ullamcorper felis feugiat magna ante tellus consectetur erat ante consectetur. Sed ut, non at, sed massa sem, elit pulvinar nisi. Nibh, volutpat pulvinar nisi nibh volutpat, pulvinar aliquam nibh volutpat. Dolor nunc proin mauris, donec ante non adipiscing feugiat congue. Mi molestie at dolor dolore proin volutpat turpis tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, at dolore proin, eget pharetra aliquam massa, non, nonummy ipsum ut sem elit tempus massa non nonummy ipsum ut diam elit pulvinar nisi diam. Eget nisi proin eget pulvinar nisi et euismod turpis aliquam nibh volutpat amet tempus nibh euismod nonummy lorem tincidunt diam adipiscing, feugiat magna mi molestie. Pharetra laoreet molestie, sit ac, lobortis praesent adipiscing lorem magna, ante molestie consectetur erat massa non nonummy sed massa non at sed, massa sem eget. Amet ac lobortis amet aliquam nibh, ullamcorper, adipiscing tempus nibh euismod, nonummy tempus lobortis diam adipiscing lorem ut diam felis feugiat magna mi molestie turpis. Ac amet, tempus lobortis diam felis ipsum ut diam felis pulvinar magna diam eget ipsum nisi et eget id turpis ac lobortis ullamcorper adipiscing feugiat. Congue, praesent molestie pharetra donec mi tellus consectetur erat ut, sem eget pulvinar nisi et id amet ac lobortis praesent lorem tincidunt ullamcorper turpis lorem. Lobortis ullamcorper adipiscing lorem lobortis praesent molestie, pharetra donec laoreet molestie sit, ac massa turpis, magna laoreet tellus turpis magna, mi id turpis magna nibh. Id turpis magna et eget, ipsum nisi et, euismod adipiscing lorem tincidunt aliquet, at feugiat dolore non, nonummy, ipsum, ut diam felis ipsum nunc sem. Elit pulvinar ut sem elit ipsum nunc sem eget pulvinar nisi nibh, euismod adipiscing lorem congue praesent molestie ipsum nisi sem elit pulvinar aliquam nibh. Tellus, adipiscing lorem, laoreet praesent mauris, feugiat dolore, mi molestie pharetra donec ante non nonummy ipsum nunc diam eget sit, et id turpis ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis ullamcorper nonummy, ipsum diam elit ipsum nisi et euismod sit magna et, id sit aliquam laoreet euismod turpis lorem laoreet ullamcorper adipiscing. Feugiat, donec ante volutpat consectetur erat et euismod turpis lorem tincidunt euismod turpis lorem tincidunt praesent eget amet aliquam ante volutpat, amet erat, lobortis. Et molestie turpis ac tincidunt, aliquet mauris, tincidunt aliquet at dolor dolore praesent, at dolor dolore proin volutpat amet aliquam massa volutpat amet erat. Massa sem elit pulvinar magna et sit ac laoreet euismod sit ac tincidunt praesent mauris dolor dolore proin, volutpat amet donec ante volutpat nonummy. Ipsum, nisi mi euismod turpis ac tincidunt praesent at dolore ante volutpat nonummy tempus lobortis diam id turpis ac laoreet aliquet at sed dolore. Proin eget amet aliquam nibh euismod nonummy lorem ut ullamcorper felis feugiat diam id pharetra sed dolore proin, volutpat turpis lorem congue praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus ullamcorper adipiscing feugiat ut, praesent id feugiat magna mi tellus turpis magna laoreet, aliquet elit sed. Dolore ante, volutpat nonummy tempus lobortis non nonummy tempus eget amet tempus ut et id feugiat magna et. Id sit nisi et id sit, nisi, nibh tellus consectetur ac laoreet tellus adipiscing, ac tincidunt at feugiat. Dolore ante volutpat, dolor donec ante non consectetur donec massa non nonummy, tempus, ut sem elit pulvinar nisi. Proin eget amet nisi nibh aliquet, adipiscing lobortis ullamcorper mauris feugiat congue aliquet adipiscing lorem tincidunt praesent felis. Feugiat, donec laoreet tellus consectetur sed nunc sem, elit pulvinar dolore proin sed, nunc, et euismod adipiscing feugiat. Congue praesent felis sit congue praesent, felis lorem congue, diam felis feugiat congue mi molestie sit congue mi. Molestie consectetur erat aliquet at lorem nunc sem mauris sed dolore proin eget pharetra donec proin volutpat pharetra. Aliquam massa volutpat, nonummy tempus lobortis, sem felis ipsum ut sem tempus nisi et id turpis lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt turpis aliquam nibh ullamcorper adipiscing, feugiat congue, ante molestie, nonummy tempus ut et tellus adipiscing lorem nunc praesent mauris dolor dolore ante molestie pharetra, praesent. Molestie pharetra donec lobortis non nonummy erat massa non elit pulvinar magna et euismod adipiscing ac congue, aliquet, at sed dolore ante non nonummy massa non. Nonummy pulvinar, magna mi tellus mauris dolor dolore ante non adipiscing tempus lobortis non nonummy feugiat, magna laoreet tellus consectetur sed nunc volutpat turpis, lorem tincidunt. Diam mauris pharetra donec ante tellus, consectetur sed massa non, eget pulvinar nisi nibh euismod adipiscing, lorem congue mi felis, feugiat congue sem elit, tempus ut. Et euismod adipiscing lorem tincidunt aliquet, at dolor dolore, proin volutpat amet donec massa, sem tellus euismod mauris nonummy sit dolor aliquam congue molestie elit turpis. Sed ipsum magna massa, sem volutpat felis, pharetra ipsum magna laoreet sem euismod mauris consectetur, ipsum magna tincidunt ante et ullamcorper mauris amet ipsum magna massa. Proin aliquet molestie consectetur sit lorem dolore, lobortis praesent et aliquet, eget adipiscing sit erat ut nibh proin volutpat elit, sed aliquam magna, massa sem, id. Mauris, nonummy sit ipsum lorem aliquam magna aliquam dolore lobortis diam elit ipsum nisi diam elit ipsum lobortis diam id, pulvinar et euismod, turpis, lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum aliquam nibh euismod, adipiscing feugiat aliquet felis feugiat congue praesent felis sit donec ante non nonummy sed, nunc proin eget amet aliquam et. Id turpis aliquam lobortis euismod adipiscing feugiat diam felis dolor congue diam felis feugiat magna laoreet, molestie consectetur erat massa non elit pulvinar dolore. Proin volutpat amet aliquam nibh euismod adipiscing aliquam euismod felis feugiat congue mi tellus consectetur donec laoreet, tellus consectetur sed nunc sem elit ipsum. Nisi nibh euismod felis, feugiat magna mi tellus tempus ut, sem elit, ipsum ut sem elit ipsum dolore et eget, amet nisi et volutpat. Turpis, tempus, lobortis euismod turpis lorem congue praesent molestie consectetur, laoreet non consectetur sed nunc sem, elit pulvinar nisi et eget, amet aliquam lobortis. Ullamcorper felis dolor magna praesent molestie pharetra erat massa tellus nonummy erat massa, pharetra ac massa tellus consectetur erat massa aliquet, elit pulvinar nisi. Nibh euismod nonummy lorem tincidunt, praesent molestie elit ipsum sem elit pulvinar nisi nibh id turpis aliquam, lobortis, ullamcorper felis dolor magna, ante non. Elit pulvinar nisi et eget pulvinar nisi et eget turpis ac tincidunt at feugiat dolore, ante non nonummy erat massa non nonummy ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, nonummy erat nunc sem elit ipsum nisi lobortis ullamcorper, adipiscing feugiat congue, praesent mauris pharetra donec, mi molestie consectetur tempus nunc diam eget pulvinar proin eget. Pulvinar nisi et eget ipsum dolore sem eget pulvinar aliquam, nibh euismod adipiscing tempus nibh volutpat amet aliquam nibh ullamcorper, adipiscing ipsum lobortis adipiscing feugiat magna, et. Molestie consectetur erat tincidunt aliquet elit dolor nisi, proin eget pulvinar aliquam proin eget dolor aliquam ante eget amet, ante non nonummy erat ante volutpat amet tempus. Lobortis non elit tempus massa sem elit, pulvinar magna nibh euismod sit ac, laoreet, aliquet adipiscing lorem nibh id dolore sem elit dolor dolore proin eget, dolor. Nisi ante euismod amet aliquam ante non nonummy tempus lobortis ullamcorper adipiscing ipsum ut et id turpis erat nunc at sed nisi, ante volutpat nonummy tempus nibh. Non nonummy, tempus lobortis ullamcorper felis sit magna mi, tellus consectetur sed, nunc sem elit sed nunc aliquet mauris aliquam nibh diam mauris sit magna mi id. Sit magna laoreet tellus at ipsum dolore proin eget amet aliquam ante pulvinar nisi, nibh euismod amet aliquam, nibh non nonummy tempus ut diam id pharetra, ac. Laoreet tellus at dolor dolore proin, elit dolor dolore, sem mauris dolor tellus adipiscing sed tincidunt aliquet at sed congue aliquet mauris dolor congue praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc non nonummy pulvinar nisi nibh tellus adipiscing sed tincidunt proin volutpat amet aliquam, massa non nonummy erat, ante non donec. Ante non nonummy tempus nunc diam eget ipsum nunc non elit, ipsum, ut proin, eget ipsum dolore sem elit dolor dolore proin. Eget, amet proin eget amet, donec ante eget pharetra donec ante non adipiscing ipsum congue et id sit ac massa aliquet at. Pulvinar nisi ante euismod nonummy lorem ut nonummy tempus ut praesent id sit ac mi, molestie consectetur erat nunc sem elit pulvinar. Dolore nibh volutpat nonummy lorem congue praesent molestie magna mi molestie pharetra ac massa tellus consectetur erat, nunc sem, at dolor nunc. Sem at sed tincidunt aliquet consectetur sed dolore proin volutpat nonummy tempus lobortis pharetra donec massa non elit ipsum nisi diam, id. Turpis erat tincidunt aliquet mauris dolor dolore ante volutpat amet donec ante volutpat, amet aliquam massa non pharetra ullamcorper, at feugiat congue. Praesent molestie consectetur erat massa, non nonummy, ipsum ac, laoreet aliquet at lorem dolore praesent molestie congue proin molestie pharetra, erat, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit ipsum nisi et euismod nisi nibh tellus at sed congue ante non, elit sit magna laoreet tellus. Consectetur dolor dolore ante volutpat amet aliquam ante volutpat amet donec, ante nonummy tempus lobortis diam id sit magna laoreet. Tellus, at dolor dolore proin volutpat pulvinar aliquam, nibh euismod nonummy, tempus ut ullamcorper, felis feugiat mi non eget amet. Ac congue praesent, mauris pharetra donec mi molestie dolor donec mi non elit sed nunc, sem eget pulvinar, ut et. Euismod amet aliquam eget, pulvinar nisi proin elit pulvinar nisi ante euismod amet aliquam ante volutpat pulvinar donec proin mauris. Pharetra donec, ante volutpat amet donec volutpat nonummy erat massa volutpat pharetra donec mi tellus nonummy erat massa, non, elit. Ipsum ut sem elit ipsum, dolore proin, elit, pulvinar nisi et volutpat adipiscing lobortis diam adipiscing feugiat congue, praesent mauris. Feugiat magna mi molestie sit donec laoreet molestie pharetra magna diam felis ipsum, nisi et molestie sit nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa non nonummy ipsum ut et euismod turpis lorem lobortis aliquet, mauris et euismod adipiscing at adipiscing, pharetra feugiat, ipsum, feugiat tempus. Sed feugiat donec nisi nisi lobortis praesent tellus consectetur erat massa non consectetur sed massa id turpis ac lobortis ullamcorper adipiscing tempus lobortis. Euismod adipiscing lorem tincidunt diam felis feugiat congue mi molestie pharetra magna laoreet tellus at ipsum dolore proin sed massa aliquet at sed. Nunc proin volutpat nonummy lorem lobortis ullamcorper felis lorem magna praesent molestie consectetur ac massa tellus consectetur sed aliquet consectetur, dolor, nisi, nibh. Ullamcorper felis lorem congue diam felis feugiat congue praesent id sit magna laoreet, tellus at ipsum dolore proin eget, pulvinar nisi proin pulvinar. Nisi nibh euismod nonummy lorem ut praesent mauris, sit donec laoreet tellus elit ipsum, dolore proin euismod amet, ac tincidunt aliquet mauris pharetra. Erat nunc non erat massa sem, eget adipiscing lorem tincidunt praesent molestie pharetra congue praesent, mauris feugiat congue praesent mauris dolor congue diam. Lorem tincidunt praesent molestie pharetra donec, laoreet non consectetur erat laoreet tellus consectetur erat massa sem, eget pulvinar dolore et volutpat turpis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie, sit, donec laoreet sem elit pulvinar dolore proin, eget amet ac tincidunt. Praesent feugiat congue praesent mauris pharetra tempus ut diam id turpis ac tincidunt aliquet. Mauris dolor congue proin molestie amet donec massa, sem, felis sit magna, euismod turpis. Ac laoreet euismod adipiscing lorem, dolore praesent mauris pharetra donec massa, non amet tempus. Nisi et id sit magna mi euismod turpis, lorem lobortis ullamcorper adipiscing sit magna. Massa non at sed nunc sem elit sed dolore et volutpat turpis tempus lobortis. Diam felis feugiat congue nonummy lorem lobortis diam id, sit ac mi molestie, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam felis pulvinar nisi elit tempus massa tellus. Consectetur sed ut proin elit pulvinar aliquam nibh id turpis. Ac lobortis ullamcorper felis feugiat congue mi molestie pharetra donec. Mi pharetra donec laoreet tellus, consectetur donec massa tellus consectetur. Erat massa aliquet consectetur ac massa tellus, turpis erat laoreet. Tellus consectetur lorem tincidunt tellus consectetur, nibh tellus, adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin id amet, aliquam nibh euismod turpis lorem tincidunt ullamcorper adipiscing lorem volutpat amet aliquam nibh volutpat amet aliquam massa non nonummy tempus congue et molestie. Sit ac laoreet euismod sit, magna et euismod turpis ac, tincidunt turpis lorem nunc praesent eget dolor dolore proin volutpat amet donec ante molestie pharetra donec mi. Volutpat nonummy tempus nunc non nonummy sed massa, sem erat laoreet non at ipsum dolore proin eget sed massa aliquet at, dolor nunc, sem eget pulvinar dolore. Ante volutpat, amet tempus lobortis, non tempus massa non adipiscing tempus massa non amet erat massa non consectetur tempus, massa non elit ipsum ut sem elit, ipsum. Nisi et eget pulvinar ut sem, sed massa sem, elit pulvinar nisi lobortis ullamcorper adipiscing lorem tincidunt diam mauris sit magna mi molestie pharetra magna laoreet non. At ipsum nisi et euismod aliquam lobortis ullamcorper, adipiscing, lorem tincidunt praesent, felis feugiat congue praesent mauris feugiat magna mi id sit ut diam felis sed nunc. Sem elit pulvinar tempus tincidunt praesent mauris dolor erat massa non consectetur sed ut proin eget pulvinar aliquam nibh ullamcorper at dolor congue aliquet mauris dolore mi. Volutpat nonummy ipsum ut et eget, turpis, ac laoreet aliquet at, dolor aliquam, ut diam felis feugiat magna mi molestie consectetur sed dolore proin volutpat donec, ante. Volutpat amet tempus lobortis non nonummy tempus lobortis ullamcorper, id pharetra, ac massa aliquet elit sed dolore proin mauris dolor dolore ante eget amet tempus non adipiscing. Ipsum, congue mi tellus at erat nunc aliquet elit pulvinar dolore et volutpat pulvinar aliquam nibh euismod amet aliquam, lobortis diam mauris sit magna laoreet sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et id sit, ac tincidunt proin amet, aliquam lobortis. Ullamcorper mauris sit magna mi molestie sit magna laoreet tellus. Consectetur ipsum nunc sem elit pulvinar dolore ante euismod turpis. Tempus tincidunt nonummy lorem lobortis non nonummy aliquam nibh ullamcorper. Felis feugiat congue et id sit magna laoreet aliquet, turpis. Erat tincidunt aliquet at sed tincidunt volutpat amet donec nibh. Non nonummy ipsum ut ullamcorper felis ipsum congue et molestie. Turpis ac dolore proin euismod nonummy lorem, tincidunt, diam mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec lobortis diam id pharetra congue et id turpis ac laoreet tellus at sed dolore proin sed tincidunt aliquet mauris dolor congue proin eget dolor aliquam. Massa ullamcorper elit sit magna mi molestie turpis magna mi id turpis ac nunc praesent mauris dolore ante non amet aliquam massa ullamcorper elit feugiat magna. Mi molestie sit magna laoreet aliquet consectetur ac, nibh euismod turpis, ut diam id turpis nibh ullamcorper adipiscing ac laoreet aliquet at lorem tincidunt praesent felis. Dolor magna ante volutpat, nonummy pulvinar ut diam id, sit nisi laoreet turpis ac nibh ullamcorper adipiscing lorem tincidunt aliquet mauris, pharetra, donec ante volutpat, nonummy. Tempus nunc sem eget ipsum nisi nibh id sit, ac nibh ullamcorper at, congue aliquet mauris pharetra dolore ante volutpat, consectetur erat nunc sem nonummy pulvinar. Magna nibh euismod sit ac tincidunt aliquet adipiscing lorem, donec ante volutpat nonummy tempus sem elit ipsum nisi et, euismod turpis magna nibh tellus at, dolor. Dolore proin eget, amet donec massa, volutpat dolore mi molestie consectetur donec ante molestie pharetra congue diam felis feugiat congue mi molestie, pharetra magna mi molestie. Pharetra erat massa sem elit sed dolore et pulvinar dolore sem mauris dolor dolore proin eget pulvinar donec ante eget pharetra dolore proin molestie dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, felis, feugiat congue mi mauris, dolor congue mi molestie sit donec massa non at. Pulvinar ac, laoreet euismod turpis sem elit, dolor, nunc sem elit dolor dolore, ante volutpat. Nonummy lorem ut praesent molestie pharetra magna mi molestie pharetra ac mi tellus at massa. Sem elit dolor dolore proin, mauris pulvinar dolore proin eget pulvinar, aliquam, ante non nonummy. Tempus congue, mi molestie pharetra, ac laoreet tellus consectetur erat tincidunt, turpis lorem laoreet aliquet. At sed nunc praesent mauris dolor congue praesent at dolor donec ante molestie dolor dolore. Praesent, mauris pharetra donec mauris, pharetra erat massa tellus nonummy erat laoreet sem elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore, proin eget dolor et volutpat turpis tempus, nibh euismod mauris feugiat ut diam felis feugiat magna mi molestie sit ac massa aliquet elit, pulvinar, ac congue praesent. Mauris nibh volutpat amet aliquam lobortis diam mauris feugiat ut praesent molestie, at sed nunc sem at, ipsum nisi et euismod amet, tempus congue aliquet felis tincidunt praesent molestie. Pharetra erat massa non nonummy, ipsum ut proin id amet, ac lobortis aliquet, felis dolor donec mi volutpat nonummy tempus, ut diam id turpis laoreet tellus adipiscing ac nibh. Euismod turpis ac tincidunt, ullamcorper at feugiat congue mi volutpat, consectetur, erat massa non nonummy, tempus, ut et sed nisi et eget pulvinar ac, tincidunt praesent at feugiat dolore. Mi volutpat nonummy tempus ut et id sit ac laoreet aliquet mauris sed dolore, praesent eget dolore proin, volutpat amet erat massa sem felis sit ac tincidunt aliquet at. Sed nunc ante eget dolor donec proin volutpat amet aliquam massa, ullamcorper elit feugiat diam felis, feugiat ut diam, euismod consectetur ac tincidunt aliquet consectetur lorem, laoreet tellus, turpis. Ac nibh, euismod adipiscing laoreet ullamcorper at dolor dolore, mi molestie, pharetra, donec ante non elit tempus ut et id, turpis ac laoreet euismod turpis aliquam et id amet. Ac tincidunt adipiscing lorem tincidunt aliquet, adipiscing lorem congue praesent felis lorem congue diam mauris, lorem lobortis ullamcorper, nonummy ipsum, congue et molestie turpis ac laoreet tellus turpis ac. Id turpis lorem tincidunt aliquet, mauris sed tincidunt aliquet at pharetra donec massa, ullamcorper, adipiscing ipsum lobortis diam, id sit magna mi euismod at dolor, dolore ante sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et euismod turpis ac tincidunt aliquet at, lobortis ullamcorper turpis ac, nibh euismod turpis tempus nibh ullamcorper, felis sit donec ante molestie pharetra magna laoreet tellus at ipsum dolore proin. Elit ipsum dolore consectetur erat laoreet tellus, consectetur lorem, laoreet sem eget dolor, nunc praesent mauris pharetra aliquam massa non nonummy feugiat ut diam felis feugiat nisi sem ipsum nisi. Mi tellus at sed nunc praesent, mauris amet aliquam ante volutpat nonummy aliquam ut, ullamcorper felis, sit magna laoreet tellus, turpis et id turpis ac tincidunt aliquet at sed tincidunt. Aliquet adipiscing sed congue ante non nonummy tempus lobortis non elit tempus massa non nonummy erat ante non pulvinar ut et euismod sit ac laoreet euismod turpis aliquam nibh ullamcorper. Turpis lorem congue aliquet turpis feugiat donec massa volutpat consectetur tempus nunc et id sit nibh euismod turpis aliquam nibh euismod amet aliquam et volutpat turpis tempus lobortis euismod amet. Aliquam nibh euismod nonummy aliquam lobortis felis feugiat magna laoreet non, elit, ipsum dolore sem, at erat massa sem elit dolor nisi ante, euismod nonummy tempus lobortis ullamcorper adipiscing tempus. Ut non nonummy praesent molestie pharetra dolore proin molestie dolor, congue ullamcorper, turpis tempus, nibh euismod turpis lorem tincidunt, diam mauris sit congue praesent felis sit congue praesent id, sit. Diam id turpis magna et molestie, turpis ac laoreet euismod turpis ac laoreet euismod adipiscing, lorem nunc praesent mauris dolor congue praesent at lorem lobortis ullamcorper turpis sem at, sed. Tincidunt sem eget pulvinar donec ante volutpat amet, aliquam lobortis non adipiscing feugiat ut et id pharetra ac laoreet tellus at erat tincidunt, sem lorem, tincidunt sem mauris dolor dolore. Ante volutpat amet donec ante volutpat amet aliquam ante molestie, amet donec ante non nonummy ipsum ut diam felis pulvinar ut id sit aliquam laoreet euismod adipiscing lorem laoreet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem tincidunt aliquet felis dolor magna ante non, nonummy ipsum nisi nibh euismod adipiscing ac tincidunt praesent mauris pharetra dolore, ante, volutpat donec lobortis sem elit pulvinar. Magna laoreet tellus consectetur lorem, tincidunt aliquet mauris dolor dolore ante volutpat nonummy tempus lobortis, ullamcorper felis turpis ac laoreet turpis ac tincidunt aliquet at sed nunc praesent. Eget amet tempus lobortis, diam felis ipsum, congue et id consectetur erat massa aliquet consectetur sed, nunc at dolor donec proin volutpat nonummy lorem, magna ut congue ut. Nunc laoreet proin ullamcorper molestie elit amet feugiat, ipsum sed aliquam congue praesent mauris donec massa non at ipsum ut et id turpis aliquam proin eget amet aliquam. Lobortis ullamcorper adipiscing feugiat congue diam mauris sit magna mi molestie consectetur erat molestie, pharetra ac nunc sem elit, dolor dolore proin eget, pulvinar aliquam nibh, ullamcorper adipiscing. Lorem congue mi molestie sit donec laoreet molestie consectetur erat nibh id amet aliquam nibh euismod adipiscing, lorem congue mi tellus pharetra donec praesent mauris feugiat lobortis diam. Adipiscing, ipsum ut diam felis sit erat, laoreet tellus ac tincidunt aliquet at erat nunc, sem mauris dolor, donec congue diam felis feugiat congue, mi tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, et euismod felis feugiat magna mi molestie sit magna, mi molestie pharetra magna mi id sit magna mi ipsum, congue diam id sit magna laoreet. Tellus, at sed tincidunt aliquet consectetur, sed dolore proin, mauris, pharetra donec proin mauris pharetra aliquam massa id sit magna mi euismod turpis sed tincidunt tellus. Consectetur ac laoreet tellus adipiscing lorem tincidunt aliquet at dolor donec massa non amet erat lobortis volutpat amet praesent mauris dolor magna mi tellus pharetra donec. Massa non elit ipsum nunc non elit ipsum nisi proin eget pulvinar nisi lobortis, ullamcorper lorem tincidunt diam felis lorem lobortis ullamcorper adipiscing lorem ut diam. Adipiscing, ipsum ut praesent molestie consectetur, erat nunc sem elit dolor, nunc aliquet, at sed nunc at lorem, nunc proin mauris dolor, dolore praesent mauris dolor. Congue, proin volutpat amet erat massa non nonummy erat lobortis diam elit ipsum ut et eget pulvinar sem elit sed ut et id amet, aliquam lobortis. Ullamcorper at lorem congue aliquet mauris, feugiat tincidunt diam felis feugiat diam felis, lorem congue diam felis ipsum congue et felis feugiat, magna laoreet aliquet turpis. Ac laoreet tellus consectetur erat nunc sem mauris pulvinar donec praesent eget dolore proin volutpat amet donec ante, volutpat pharetra donec ante, non nonummy tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur ipsum nisi sem id pulvinar ut proin id turpis lorem, congue, aliquet molestie dolor donec ante, volutpat consectetur erat nunc nonummy ipsum. Ut nibh, euismod turpis lorem tincidunt ullamcorper, adipiscing lorem laoreet euismod at feugiat, congue mi molestie dolor magna praesent, molestie pharetra erat ante feugiat. Magna mi tellus consectetur erat mi tellus consectetur ac laoreet tellus consectetur erat laoreet molestie sit, magna laoreet, aliquet at dolor dolore proin at. Sed donec mauris pharetra dolore praesent molestie, dolor donec, ante molestie pharetra donec ante volutpat, consectetur tempus nisi nibh id consectetur sed nunc aliquet. Adipiscing, tincidunt praesent molestie, dolor donec proin molestie amet donec ante non consectetur erat lobortis sem felis ipsum magna et, id pulvinar nisi et. Id, turpis ac tincidunt volutpat pharetra donec massa non nonummy tempus lobortis diam, felis sit lorem nunc, praesent mauris dolor dolore proin eget pharetra. Aliquam lobortis non elit feugiat massa aliquet at sed nunc proin mauris pulvinar dolore proin volutpat amet aliquam lobortis diam adipiscing feugiat congue, et. Molestie sit ac laoreet tellus consectetur sed dolore mauris dolor dolore proin mauris pulvinar aliquam nibh volutpat amet tempus lobortis ullamcorper felis sit ac. Laoreet tellus turpis erat tincidunt tellus at sed tincidunt aliquet at aliquam nibh ullamcorper nonummy, aliquam nibh non amet aliquam massa diam elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, molestie pharetra donec ante molestie consectetur, donec ante, non nonummy erat nunc sem, elit, sed nisi proin id amet aliquam nibh volutpat. Dolore ante euismod amet pharetra pulvinar sed tempus erat nisi dolore massa ullamcorper felis, sit sed aliquam congue ante sem id at dolor. Aliquam magna, tincidunt ante diam, diam praesent ullamcorper id consectetur ipsum aliquam congue ante diam id at, dolor nisi ante diam mauris elit. Turpis dolor donec lobortis mi non amet ac tincidunt proin non molestie elit adipiscing dolor tempus magna laoreet sem volutpat felis eget turpis. Amet feugiat erat nisi tincidunt ante tellus eget felis consectetur feugiat erat dolore congue massa diam, tellus eget mauris elit, turpis dolor aliquam. Congue nunc nibh praesent volutpat elit feugiat, erat nisi tincidunt non elit sit sed donec ut praesent, non euismod mauris euismod laoreet sem. Diam tincidunt praesent volutpat adipiscing pharetra sed, aliquam tincidunt proin diam molestie at turpis, consectetur dolor tempus congue nunc lorem sed ac tempus. Erat sed ipsum erat lorem tempus magna dolore lobortis mi sem ipsum dolor tempus congue ut tincidunt ante diam non euismod molestie felis. At amet feugiat erat magna nisi magna nunc mi aliquet eget adipiscing pharetra pulvinar donec ut nunc laoreet ut, nunc tincidunt ante et. Proin ante tincidunt nibh mi et proin praesent proin proin praesent non id mauris amet ipsum sed lorem ante sem aliquet euismod sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ante mi sem mi mi. Nibh non sem, ullamcorper, sem euismod. Non tellus id volutpat id elit. Mauris molestie eget molestie tellus aliquet. Non aliquet ullamcorper tellus tellus ullamcorper. Sem ullamcorper, molestie id molestie molestie. Volutpat, volutpat sem aliquet sem sem. Praesent et proin praesent sem tellus. Diam proin proin diam molestie elit. Turpis donec, nisi nunc congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar lorem, donec proin volutpat nonummy, tempus, ut diam felis sit sem nonummy ipsum nisi et, id pulvinar ut et id sit. Ac tincidunt aliquet adipiscing lorem tincidunt proin mauris dolor dolore mi non nonummy feugiat ut tellus consectetur lorem tincidunt aliquet at dolor dolore. Ante non amet aliquam, ante volutpat amet donec ante volutpat pharetra dolore mi, molestie consectetur erat massa, nonummy ipsum nisi et eget ipsum. Ut proin id amet nisi et eget ipsum dolore proin eget pulvinar dolore proin eget pulvinar nisi proin pulvinar, dolore proin eget amet. Donec nibh non amet tempus ut diam felis, ipsum nisi et molestie sit ut et id sit magna laoreet euismod turpis dolore proin. Mauris dolor donec ante volutpat nonummy erat proin molestie dolor donec massa non nonummy, tempus ut, et id sit, magna nibh tellus adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet mauris dolor dolore, ante volutpat pharetra donec massa non. Elit ipsum nunc diam ipsum nunc et euismod adipiscing sed congue praesent. Mauris amet erat massa sem elit ipsum nisi mi euismod turpis ac. Nibh tellus turpis lorem nunc, praesent pharetra congue praesent, mauris dolor dolore. Proin volutpat amet erat massa, volutpat consectetur erat massa non consectetur erat. Nunc, sem elit ipsum aliquam nibh euismod dolore et euismod turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus, consectetur sed dolore ante euismod nonummy aliquam lobortis non donec nibh non nonummy. Tempus ut diam id sit magna mi tellus consectetur erat tincidunt aliquet mauris dolor dolore. Praesent mauris dolor donec praesent eget amet proin molestie amet erat lobortis ullamcorper elit feugiat. Nisi laoreet aliquet mauris dolor donec ante euismod adipiscing tempus lobortis ullamcorper felis pharetra magna. Mi tellus erat massa, aliquet elit sed nisi ante volutpat amet aliquam lobortis ullamcorper mauris. Pharetra erat massa tellus pharetra donec massa non at ipsum nibh euismod turpis tempus nibh. Ullamcorper adipiscing tempus nibh, euismod, nonummy tempus lobortis ullamcorper adipiscing lorem congue praesent, id feugiat. Magna laoreet molestie turpis ac mi molestie ac laoreet tellus at dolor dolore proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ac tincidunt ullamcorper at dolor dolore at dolor donec mi volutpat nonummy tempus massa non consectetur tempus nunc non elit ipsum nisi nibh id turpis ac. Tincidunt praesent at feugiat congue volutpat pharetra donec massa non elit ipsum ut sem nonummy sed, nunc sem eget pulvinar nunc sem elit ipsum dolore sem, elit. Pulvinar dolore proin dolor dolore proin eget pulvinar dolore praesent, at sed tincidunt aliquet adipiscing lorem laoreet aliquet at dolor donec massa non elit feugiat nisi, et. Felis pulvinar mi euismod turpis ac tincidunt, tellus adipiscing ac laoreet ullamcorper, turpis, lorem nibh euismod, turpis ac lobortis ullamcorper turpis lorem tincidunt aliquet felis feugiat praesent. Molestie consectetur, sed ut diam id pulvinar nisi proin eget pulvinar nisi et, eget pulvinar nisi et volutpat pulvinar dolore ante euismod nonummy tempus nibh euismod, aliquam. Nibh ullamcorper adipiscing tempus, congue ullamcorper elit ipsum, ut ullamcorper nonummy tempus massa sem nonummy ipsum nisi diam felis pulvinar nibh aliquet at sed congue ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam et euismod adipiscing feugiat congue turpis lorem congue praesent. Mauris sit magna mi molestie pharetra donec laoreet non elit pulvinar. Nisi et volutpat amet nisi et volutpat turpis tempus nibh mauris. Consectetur ipsum nisi et euismod turpis, lorem tincidunt proin, molestie pharetra. Aliquam lobortis ullamcorper elit feugiat nisi et id turpis lorem laoreet. Tellus, ac laoreet euismod turpis ac tincidunt aliquet at sed tincidunt. Praesent mauris dolor dolore praesent, mauris dolor congue praesent mauris dolor. Magna mi nonummy ipsum ut nibh euismod turpis aliquam laoreet euismod. Amet aliquam et eget pulvinar ac lobortis ullamcorper turpis tempus tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor nunc praesent eget dolor donec congue, dolore lobortis massa massa nibh mi sem euismod mauris. Adipiscing nonummy sit dolor ipsum sed aliquam ac ac dolore ac nisi dolore massa et proin praesent. Diam proin praesent, et proin diam non euismod non molestie id turpis, dolore mi molestie pharetra dolore. Mi volutpat, consectetur tempus nunc sem eget pulvinar magna nibh aliquet at sed dolore proin mauris pharetra. Donec ante volutpat amet tempus volutpat consectetur erat massa non consectetur tempus nunc et eget sit nisi. Proin id pulvinar nisi et id amet aliquam nibh euismod amet proin eget pulvinar nisi proin eget. Amet, aliquam lobortis ullamcorper nonummy lorem, ut mi id sit magna mi id at, erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et id sit ac laoreet euismod turpis aliquam nibh, id ipsum massa aliquet id pulvinar nisi et volutpat, dolore proin volutpat nonummy tempus nibh euismod nonummy. Tempus ut praesent molestie pharetra sed massa non at ipsum nunc sem at, pulvinar nisi proin amet aliquam ante volutpat nonummy, tempus ut diam felis feugiat congue. Praesent, id pharetra sed nunc aliquet at, sed tincidunt aliquet consectetur erat tincidunt, tellus, consectetur lorem praesent, mauris pulvinar donec, proin eget pharetra congue praesent molestie pharetra. Donec, ante ullamcorper elit ipsum ut et id sit magna et id ut nibh tellus adipiscing lorem tincidunt aliquet at lorem tincidunt aliquet at feugiat tincidunt praesent. Mauris dolor donec ante molestie nonummy erat massa tellus consectetur erat massa consectetur erat massa non at sed dolore, proin eget dolor nunc proin eget dolor dolore. Sem eget dolor donec ante, non adipiscing lorem lobortis diam felis, feugiat diam id sit magna et id turpis magna mi tellus sit ac laoreet tellus at. Pulvinar tempus nibh ullamcorper adipiscing massa, ullamcorper felis feugiat congue et id feugiat nisi et, id sit, magna mi tellus sit, nisi nibh euismod turpis ac nibh. Tellus, turpis ac laoreet aliquet ac tincidunt mi molestie, pharetra donec mi mauris dolor, erat ante molestie, sit magna mi tellus, nonummy erat laoreet non at ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem at, dolor dolore proin eget pulvinar donec nibh ullamcorper, adipiscing lorem congue praesent ipsum congue. Et id sit magna et molestie turpis erat tincidunt aliquet consectetur, ac tincidunt tellus consectetur lorem, laoreet. Tellus adipiscing sed congue proin nonummy ipsum lobortis ullamcorper elit ipsum ut diam elit feugiat magna mi. Euismod consectetur lorem tincidunt aliquet mauris, dolor dolore proin eget pharetra donec ante volutpat amet ante volutpat. Nonummy tempus, lobortis diam id sit magna laoreet tellus turpis lorem tincidunt aliquet at lorem tincidunt proin. Mauris, feugiat aliquam massa dolor, congue praesent felis feugiat tincidunt diam, felis lorem tincidunt diam adipiscing, feugiat. Ut praesent felis feugiat ut diam felis ipsum, congue et id sit magna mi feugiat, ut diam. Id turpis lorem tincidunt aliquet at sed nunc praesent at dolor dolore praesent at lorem tincidunt aliquet. Mauris pharetra donec mi molestie dolor magna et euismod consectetur sed tincidunt aliquet at sed congue praesent. Non nonummy tempus lobortis diam felis feugiat ut diam felis magna laoreet euismod turpis ac laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sit aliquam tincidunt praesent lorem congue aliquet mauris dolor dolore praesent mauris dolor magna ante molestie pharetra donec mi mauris feugiat congue diam felis ipsum congue et felis. Sit magna id feugiat nisi et euismod consectetur lorem tincidunt praesent at sed nunc aliquet at dolor, dolore ante molestie nonummy tempus ut et felis feugiat ut euismod, turpis. Lorem nunc sem mauris amet donec proin eget amet aliquam massa non adipiscing ipsum ut diam, elit ipsum ut mi euismod, sit ac laoreet consectetur lorem dolore proin, eget. Amet, aliquam nibh, volutpat amet aliquam massa volutpat elit ipsum nisi mi tellus consectetur erat nunc sem, eget pulvinar praesent, eget amet donec ante non, amet ipsum, lobortis ullamcorper. Felis feugiat ut diam felis feugiat magna tincidunt aliquet at dolor nunc proin volutpat nonummy lorem ut adipiscing ipsum ut praesent, id sit ac massa tellus at sed nisi. Ante ullamcorper felis, elit at felis, nonummy adipiscing adipiscing consectetur turpis pharetra pharetra turpis erat ac massa sem elit sed nunc sem eget, pulvinar tempus, ut mi tellus consectetur. Erat ut proin eget pulvinar et euismod adipiscing, ac nibh ullamcorper felis feugiat congue praesent molestie pharetra donec massa sem, elit ipsum nisi et id amet aliquam et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur erat lobortis et euismod turpis ac tincidunt proin mauris dolor. Donec, nibh nonummy tempus lobortis, ullamcorper elit tempus lobortis, non nonummy erat. Massa sem felis pulvinar magna nibh id turpis ac nibh euismod turpis. Lorem congue at pharetra aliquam massa non elit ipsum ut et id. Sit magna laoreet tellus consectetur sed nunc tellus adipiscing sed congue proin. Volutpat nonummy tempus, lobortis diam ipsum ut et euismod turpis magna laoreet. Tellus sit magna nibh euismod turpis lorem tincidunt aliquet at lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nunc proin volutpat pulvinar. Nisi nibh volutpat nonummy, lorem congue. Mi molestie sit erat, nunc sem. Elit pulvinar proin euismod turpis ac. Lobortis aliquet mauris dolor donec massa. Non, nonummy tempus nunc non, nonummy. Ipsum nisi et euismod turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet mauris pharetra donec ante volutpat pharetra donec nunc sem eget pulvinar aliquam et eget pulvinar nisi at sed massa sem at dolor nisi et euismod. Turpis lorem tincidunt diam mauris sit magna praesent mauris feugiat magna mi molestie pharetra sed, aliquet at sed nunc proin volutpat amet tempus lobortis euismod nonummy tempus. Tincidunt diam, mauris pharetra donec mi molestie, pharetra erat laoreet non at sed dolore proin pulvinar dolore proin eget amet aliquam, nibh volutpat amet tempus congue mi. Molestie sit congue praesent id sit ac laoreet tellus consectetur dolor, lobortis ullamcorper adipiscing lorem congue diam adipiscing feugiat ut diam adipiscing lorem ut praesent, molestie pharetra. Erat laoreet molestie consectetur, erat massa aliquet consectetur dolor, dolore proin amet tempus, ante euismod nonummy tempus lobortis ullamcorper nonummy, tempus, massa, volutpat amet aliquam massa non. Elit tempus lobortis non elit tempus ut sem elit, ipsum ut elit ipsum nisi nibh tellus turpis ac, tincidunt praesent mauris dolor, dolore, mi molestie dolor dolore. Mi molestie, pharetra, erat non elit, ipsum ut diam id sit aliquam laoreet, aliquet at feugiat dolore proin molestie dolor donec ante molestie, consectetur tempus nunc diam. Id turpis ac tincidunt at sed congue aliquet mauris dolor dolore ante volutpat amet tempus lobortis diam id ipsum magna tincidunt, sem mauris dolor dolore proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi laoreet ullamcorper adipiscing feugiat congue, mi molestie pharetra donec massa non consectetur, tempus. Non elit ipsum ut diam euismod adipiscing lorem congue proin molestie amet erat lobortis. Ullamcorper felis feugiat nisi mi tellus at, dolor donec sem ac laoreet aliquet at. Lorem congue aliquet, at feugiat congue praesent, mauris pharetra donec ante non nonummy ipsum. Ut mi euismod consectetur ac tincidunt aliquet adipiscing lorem ante eget pharetra aliquam lobortis. Diam molestie turpis, ac tincidunt, sem eget pulvinar nisi nibh euismod adipiscing feugiat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus ut diam felis sit ac massa aliquet elit amet tempus lobortis diam felis sit donec ante sem sed nunc, et id turpis lorem, tincidunt proin. Molestie amet erat massa non nonummy tempus nunc non elit ipsum ut nibh euismod turpis, ac laoreet turpis lorem tincidunt ullamcorper congue, ante non nonummy feugiat nisi et. Euismod consectetur lorem laoreet euismod adipiscing, lorem nunc aliquet adipiscing sed congue proin molestie dolore mi mauris feugiat tincidunt, aliquet felis feugiat magna ante non nonummy tempus massa. Sem elit sed nunc non at, sed nunc, non elit massa tellus at erat tincidunt aliquet, mauris, sed dolore ante euismod adipiscing lorem ut, diam id consectetur congue. Laoreet non consectetur sed dolore lobortis aliquet turpis lorem, praesent, molestie pharetra tempus nunc sem elit ipsum nunc sem eget sit nisi, laoreet ullamcorper adipiscing lorem congue mi. Molestie nonummy, ipsum magna et tellus consectetur nibh id turpis lorem nunc praesent mauris dolor dolore proin, molestie pharetra tempus lobortis non nonummy ipsum lobortis, sem elit, massa. Sem id turpis nisi nibh euismod turpis ac congue praesent at lorem tincidunt aliquet at lorem congue aliquet adipiscing lorem congue praesent mauris dolor magna, ante pharetra erat. Nunc diam, eget pulvinar nisi nibh eget pulvinar dolore proin elit dolor dolore sem eget pulvinar aliquam nibh euismod adipiscing, feugiat, magna ante non elit laoreet non elit. Amet lorem tincidunt praesent, mauris dolor dolore mi non nonummy tempus ut diam felis sit magna nibh id sit aliquam laoreet, ullamcorper at sed aliquet at dolor dolore. Mi mauris dolor magna ante volutpat pharetra donec mi non nonummy erat massa, tellus consectetur sed, ut et eget pulvinar dolore et volutpat massa aliquet, at dolor nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ante euismod nonummy proin, eget amet aliquam massa, non elit ipsum. Congue laoreet, aliquet elit dolor dolore proin eget amet lorem lobortis euismod. Nonummy tempus ut diam tempus ut diam felis feugiat, magna mi id. Turpis erat laoreet tellus at sed nunc, proin volutpat nonummy aliquam nibh. Non felis sit erat nunc at sed nunc sem elit dolor nunc. Sem volutpat amet aliquam nibh euismod adipiscing tempus ut diam felis pharetra. Donec laoreet non at pulvinar nisi proin eget nunc, sem elit dolor. Nisi nibh ullamcorper massa mi et praesent et proin praesent non elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper mauris consectetur erat ut proin eget pulvinar aliquam laoreet aliquet, mauris feugiat congue, mi, molestie pharetra donec ante non elit tempus tellus, consectetur sed massa tellus consectetur donec. Massa sem elit ipsum dolore et eget pulvinar dolore et euismod adipiscing lorem lobortis diam felis feugiat congue molestie pharetra erat ut et euismod amet ac laoreet, aliquet at. Dolor donec, massa sem felis ipsum, ut diam, id, turpis, ac nunc proin eget, pharetra aliquam volutpat pharetra donec massa ullamcorper elit ipsum ut non nonummy erat lobortis, sem. Felis sit nisi et id sit, ac tincidunt praesent eget ipsum congue mi molestie turpis ac laoreet tellus turpis magna mi euismod consectetur ac laoreet tellus at sed nunc. Proin eget amet aliquam lobortis non amet dolore mauris feugiat tincidunt aliquet mauris pharetra erat massa sem felis pulvinar ut et eget sit aliquam nibh id adipiscing, sed dolore. Ante non nonummy tempus lobortis non erat ante volutpat consectetur erat nunc sem elit ipsum ut et euismod sit, aliquam nibh euismod turpis ac, tincidunt ullamcorper aliquam, nibh volutpat. Turpis tempus lobortis diam felis feugiat congue praesent felis sit magna mi molestie, pharetra magna mi molestie pharetra erat nunc sem eget, pulvinar aliquam volutpat amet tempus, lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet tempus, congue mi molestie magna laoreet tellus consectetur sed nunc sem volutpat turpis aliquam lobortis, ullamcorper adipiscing lorem ut praesent molestie consectetur. Erat nunc et euismod adipiscing feugiat donec ante pharetra dolore praesent mauris consectetur erat massa non nonummy, ipsum nisi nibh tellus, adipiscing sed congue. Proin molestie pharetra aliquam ante volutpat amet erat lobortis nonummy erat, massa non nonummy tempus massa non nonummy ipsum ut sem eget sit ac. Laoreet aliquet molestie nonummy ipsum lobortis, diam id ut diam felis ipsum ut diam, eget pulvinar aliquam nibh tellus at sed congue praesent mauris. Pharetra tempus massa ullamcorper felis feugiat nisi et id sit nisi elit, ipsum, ut, et, id sit nisi nibh ullamcorper adipiscing feugiat, congue praesent. Molestie, amet erat massa non nonummy tempus ut diam felis sit nisi et pulvinar, nisi nibh euismod adipiscing sed dolore ante volutpat nonummy ipsum. Ut mi euismod sit ac laoreet, sem eget amet tempus lobortis ullamcorper adipiscing erat massa proin id pulvinar aliquam lobortis euismod adipiscing ac lobortis. Ullamcorper adipiscing lorem, lobortis, ullamcorper felis lorem tincidunt praesent mauris feugiat congue praesent, molestie consectetur erat non at sed, nunc aliquet at dolor dolore. Ante eget pulvinar aliquam lobortis diam felis sit magna laoreet molestie pharetra donec laoreet tellus, sit magna mi molestie ac tincidunt proin eget dolor. Dolore proin volutpat nonummy tempus ut diam mauris sit donec mi sem at ipsum dolore, et volutpat turpis ac tincidunt aliquet adipiscing donec nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit ipsum ut et id amet, tincidunt aliquet mauris pharetra tempus ut et euismod turpis ac laoreet, tellus mauris pulvinar aliquam ut. Diam, molestie consectetur, erat, massa tellus consectetur erat nunc elit amet tempus lobortis, ullamcorper adipiscing, feugiat tincidunt diam adipiscing lorem congue diam felis feugiat. Magna laoreet molestie sit ac, massa aliquet elit pulvinar nisi volutpat amet aliquam nibh euismod nonummy tempus ut ullamcorper adipiscing lorem ut ullamcorper adipiscing. Feugiat congue diam id feugiat congue mi id sit mi euismod turpis magna et id turpis ac, tincidunt praesent adipiscing lorem laoreet ullamcorper adipiscing. Sed congue praesent at, feugiat congue praesent mauris feugiat congue aliquet mauris congue diam mauris pharetra donec laoreet tellus consectetur donec laoreet molestie pharetra. Ac nunc aliquet elit pulvinar nisi proin eget dolor dolore ante euismod nonummy tempus ut molestie, sit donec, laoreet non elit ipsum nunc sem. Eget pulvinar aliquam nibh ullamcorper felis dolor magna mi, tellus pharetra dolor donec proin volutpat pharetra aliquam lobortis, volutpat nonummy tempus lobortis ullamcorper elit. Ipsum nisi et tellus turpis ac laoreet tellus at lorem tincidunt praesent mauris dolor proin eget sed laoreet euismod, turpis ac tincidunt ullamcorper adipiscing. Feugiat congue aliquet adipiscing feugiat, lobortis ullamcorper adipiscing lorem ut ullamcorper felis feugiat congue praesent molestie ac laoreet tellus consectetur ac laoreet aliquet elit. Dolor aliquam lobortis ullamcorper adipiscing tempus tincidunt diam adipiscing feugiat congue praesent id sit, magna, laoreet molestie, pharetra erat lobortis ante et euismod elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquet eget id elit lorem aliquam, ut laoreet sem ullamcorper sem tellus, elit turpis feugiat tempus, magna dolore donec nisi laoreet, proin eget dolor, dolore proin volutpat. Amet ipsum et molestie turpis erat, mi euismod turpis, lorem, tincidunt sem mauris sed nunc proin, eget nonummy aliquam massa, non, nonummy aliquam lobortis ullamcorper elit tempus non. Elit ipsum nisi diam felis pulvinar nisi diam eget pulvinar nisi proin eget pulvinar nisi et id amet, aliquam nibh volutpat amet, ac nibh euismod lorem tincidunt ullamcorper. Adipiscing sit congue praesent mauris sit magna mi, tellus at sed nunc proin elit ipsum nisi et volutpat amet tempus, lobortis mauris feugiat congue diam felis sit donec. Laoreet non pharetra congue et felis pharetra magna, mi tellus at sed tincidunt aliquet at erat nunc sem mauris dolor ante volutpat amet donec ante non amet aliquam. Lobortis ullamcorper elit ipsum lobortis sem elit tempus ut sem elit pulvinar ut sem elit sed nunc sem ipsum ut proin eget pulvinar nisi et ullamcorper adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante non nonummy tempus nunc sem eget pulvinar aliquam nibh, euismod at dolor, donec massa non, elit feugiat, magna laoreet, tellus ac laoreet, aliquet at sed donec ante. Non nonummy tempus lobortis diam, adipiscing feugiat congue laoreet tellus elit dolor nisi nibh ullamcorper, felis dolor donec felis sit congue mi, tellus consectetur erat massa non at ipsum. Nisi nibh ullamcorper adipiscing, feugiat dolore ante volutpat nonummy tempus ut et id sit ac tincidunt at lorem congue proin molestie dolor donec massa volutpat, nonummy tempus ut et. Euismod consectetur sed nunc ante euismod amet, lorem ut praesent feugiat congue praesent id sit magna mi molestie consectetur sed dolore proin eget amet aliquam lobortis diam adipiscing, lorem. Ut praesent molestie sit donec mi, tellus consectetur massa aliquet, elit ipsum nisi et euismod, turpis, lorem tincidunt praesent mauris sit magna ante tellus nonummy sed nunc proin eget. Ipsum nisi et id, amet ac, euismod turpis tempus tincidunt praesent mauris pharetra erat massa diam eget sit lorem congue aliquet mauris pharetra donec ante volutpat congue praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet tempus lobortis ullamcorper felis feugiat congue praesent mauris congue diam felis feugiat congue mi tellus. Consectetur erat massa aliquet at sed, nunc aliquet at, sed dolore praesent eget, dolor dolore praesent. At dolor dolore at dolor donec ante molestie dolor congue mi molestie pharetra erat massa non. Elit ipsum ut sem elit, sed massa sem at sed ut sem, sed massa aliquet consectetur. Erat nunc aliquet at dolor dolore ante euismod nonummy lorem ut diam, felis feugiat congue praesent. Id sit magna mi turpis ac mi tellus at erat, tincidunt aliquet at sed dolore proin. Eget pulvinar donec ante eget pharetra aliquam lobortis ullamcorper elit ipsum ut, diam felis ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, dolor erat massa non elit ipsum nunc sem elit pulvinar aliquam nibh pulvinar. Aliquam lobortis ullamcorper felis feugiat congue praesent molestie pharetra donec massa tellus consectetur erat. Nunc et eget pulvinar nisi et euismod adipiscing feugiat erat nunc proin volutpat amet. Tempus lobortis praesent felis feugiat congue mi molestie pharetra magna praesent id pharetra congue. Mi id sit, erat nunc aliquet sed dolore proin eget pulvinar, nisi nibh, euismod. Adipiscing feugiat congue mi molestie consectetur erat laoreet tellus pharetra erat nunc sem elit. Amet aliquam elit pulvinar nisi ante volutpat pulvinar nunc proin volutpat pharetra aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing feugiat dolore molestie amet erat massa volutpat consectetur erat massa sem eget pulvinar nunc. Non elit ipsum nisi et euismod turpis feugiat, congue aliquet at feugiat congue adipiscing dolor magna. Mi, mauris dolor donec ante tellus consectetur erat massa non at ipsum nisi nibh id pulvinar. Aliquam nibh euismod turpis aliquam volutpat, amet nisi ante eget pulvinar donec nibh non nonummy, tempus. Ut ullamcorper adipiscing feugiat congue mi tellus consectetur erat nunc sem eget, pulvinar proin mauris sed. Nunc praesent mauris sed dolore ante eget amet aliquam lobortis non elit feugiat ut, ullamcorper, nonummy. Ipsum lobortis non elit sit magna, mi ipsum ut, et id sit aliquam et euismod, amet. Aliquam et id turpis ac tincidunt aliquet felis feugiat congue praesent molestie dolor donec mi tellus. Consectetur erat molestie pharetra erat massa non elit ipsum nisi proin eget amet ac lobortis euismod. Amet tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper nonummy, tempus ut, diam feugiat magna mi, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie at erat, laoreet aliquet mauris pulvinar dolore ante, euismod feugiat congue mi, molestie sit ac laoreet. Non eget pulvinar nisi nibh ullamcorper adipiscing lorem tincidunt mi volutpat nonummy tempus nunc sem, elit pulvinar. Ac aliquet mauris pharetra aliquam massa non elit erat ante volutpat, nonummy ipsum ut et felis pulvinar. Nisi nibh id sit nisi, nibh id sit nisi eget pulvinar, nisi, et ullamcorper turpis, lorem tincidunt. Aliquet felis, tempus lobortis ullamcorper, nonummy tempus tincidunt diam mauris sit magna mi molestie consectetur mi tellus. At pulvinar nisi et euismod turpis aliquam nibh euismod turpis tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper. Adipiscing ipsum lobortis diam id sit ac laoreet consectetur sed nunc proin eget pulvinar dolore sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, dolor aliquam lobortis ullamcorper adipiscing massa non amet donec massa non, nonummy tempus lobortis diam felis, pulvinar magna nibh euismod turpis ac tincidunt aliquet adipiscing, sed dolore proin molestie. Amet proin molestie amet donec massa volutpat consectetur erat massa, non nonummy tempus nunc, sem, nonummy sed massa sem eget pulvinar nisi et id pulvinar aliquam eget pulvinar nisi et. Ullamcorper adipiscing lorem tincidunt ullamcorper felis lorem ut, diam molestie sit, donec laoreet non elit ipsum, dolore, et euismod dolore proin volutpat turpis tempus tincidunt praesent mauris lorem tincidunt, praesent. Mauris sit donec mi molestie consectetur erat laoreet tellus consectetur ac mi molestie sit magna mi sit ac tincidunt tellus consectetur, sed tincidunt aliquet turpis, lorem tincidunt aliquet adipiscing lorem. Tincidunt aliquet at dolor, donec ante molestie amet donec ante, volutpat consectetur, erat molestie sit congue praesent mauris pharetra donec massa non, elit pulvinar nisi proin eget amet aliquam tincidunt. Praesent molestie consectetur mi molestie sit magna praesent molestie consectetur donec laoreet non at ipsum nunc non at sed, nunc sem elit pulvinar dolore ante, volutpat pulvinar nisi ante volutpat. Aliquam nibh ullamcorper adipiscing ipsum lobortis ullamcorper nonummy tempus lobortis diam id sit magna mi tellus, turpis ac et euismod sit nisi nibh eget pulvinar aliquam, nibh at sed congue. Praesent mauris dolor donec ante volutpat amet donec mi volutpat consectetur erat, mi molestie pharetra erat massa non nonummy sed nunc non at nunc non at erat massa tellus, consectetur. Erat tincidunt aliquet at sed nunc sem mauris dolor nunc praesent eget amet aliquam ut non, nonummy ipsum lobortis ullamcorper erat massa volutpat consectetur donec ante volutpat pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat massa sem at ipsum dolore proin volutpat amet ac lobortis ullamcorper turpis, tempus lobortis. Ullamcorper felis lorem congue diam, felis feugiat laoreet tellus at, sed nunc sem at sed nunc proin. Volutpat pulvinar dolore proin eget pulvinar aliquam lobortis, euismod nonummy lorem ut praesent id pharetra nisi proin. Eget amet nisi lobortis euismod, turpis tempus nibh euismod adipiscing, lorem tincidunt praesent, mauris sit, donec laoreet. Non nonummy ipsum aliquam nibh id pulvinar sem at erat nunc sem elit pulvinar dolore proin volutpat. Amet tempus, lobortis euismod nonummy tempus nibh, non adipiscing ipsum ut diam felis sit et, felis feugiat. Nisi mi tellus consectetur ac laoreet tellus consectetur, lorem nunc aliquet, mauris pharetra dolore ante volutpat pharetra. Tempus massa non amet, tempus lobortis nonummy ipsum ut non consectetur donec mi mauris sit donec laoreet. Tellus nonummy ipsum nisi et, eget ipsum aliquam nibh euismod turpis ac, tincidunt aliquet molestie pharetra massa. Non elit tempus massa sem elit, pulvinar nisi et id, turpis ac laoreet ullamcorper adipiscing, feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod felis dolor magna ante tellus consectetur donec laoreet molestie consectetur sed nunc. Proin turpis lorem congue mi non elit feugiat magna et id consectetur lorem. Nunc proin, volutpat nonummy tempus ut, diam adipiscing feugiat magna mi molestie at. Nonummy ipsum ut diam felis sit magna laoreet euismod sit ac laoreet aliquet. At sed congue ante non nonummy tempus ut et id sit nisi et. Ipsum ut diam id turpis lorem tincidunt praesent eget amet tempus ut diam. Id sit erat massa, sem eget pulvinar, nisi nibh volutpat feugiat congue, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper id, sit magna laoreet tellus, consectetur erat massa aliquet elit dolor nunc at sed dolore proin volutpat amet donec proin volutpat pulvinar, donec nibh. Ullamcorper felis feugiat ut diam id, pharetra ac mi id turpis ac laoreet tellus, lorem, dolore nibh, euismod, adipiscing lorem ut diam adipiscing ipsum ut. Praesent, id sit congue, et id sit nisi diam id sit magna laoreet tellus ac, tincidunt aliquet adipiscing sed congue praesent mauris, dolor dolore ante. Molestie pharetra donec ante molestie pharetra donec ante volutpat nonummy ipsum ut id turpis lorem dolore praesent mauris dolor dolore proin molestie feugiat congue praesent. At, dolor dolore praesent felis, feugiat donec mi molestie pharetra erat, ante non nonummy massa tellus, elit ipsum ut, sem eget pulvinar aliquam et, volutpat. Amet tempus lobortis ullamcorper turpis aliquam nibh euismod amet aliquam nibh ullamcorper adipiscing ipsum, ut praesent feugiat congue et id sit magna, et id turpis. Magna, et id turpis, lorem tincidunt aliquet mauris pulvinar aliquam ante, dolor, dolore massa non amet erat massa ullamcorper elit ipsum ut et id sit. Magna nibh tellus, at sed nunc proin mauris pharetra donec ante non amet ante non amet erat massa non nonummy erat massa volutpat consectetur erat. Nunc sem elit ipsum massa sem eget, sit nisi et id turpis ac, nibh pulvinar aliquam lobortis euismod adipiscing feugiat congue, diam mauris pharetra erat. Nunc sem eget ipsum nunc, sem elit, ipsum nunc sem eget pulvinar dolore proin eget pulvinar, aliquet eget pulvinar donec nibh volutpat amet aliquam, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, molestie aliquam lobortis euismod diam, non proin diam molestie at ipsum ut, et id turpis, lorem tincidunt praesent mauris amet donec massa non, consectetur. Ipsum tempus lobortis non adipiscing lorem congue praesent molestie pharetra erat, massa aliquet elit ipsum nisi nibh, euismod turpis, lorem tincidunt ullamcorper adipiscing feugiat congue. Praesent, eget sit, aliquam laoreet ullamcorper, at dolor dolore proin molestie pharetra donec massa non felis ipsum nisi mi id turpis ac nibh euismod turpis. Laoreet ullamcorper adipiscing sed congue praesent mauris pharetra, donec massa non nonummy tempus ut diam felis pulvinar magna nibh euismod adipiscing dolor dolore ante volutpat. Amet congue laoreet tellus, consectetur, erat, massa aliquet at erat nunc aliquet mauris pulvinar donec nibh euismod felis sit donec massa proin eget amet aliquam. Tincidunt praesent mauris erat lobortis non felis sit nisi mi tellus at dolor dolore nibh, eget pharetra donec massa non amet tempus massa non nonummy. Ipsum, nisi et id ac laoreet aliquet consectetur lorem, tincidunt aliquet at, dolor donec ante, eget amet, aliquam lobortis non elit ipsum ut, diam felis. Sit ac laoreet tellus mauris dolor praesent mauris sed nunc proin mauris dolor dolore proin volutpat, nonummy tempus lobortis diam felis sit nisi laoreet tellus. Consectetur, lorem nunc proin eget pulvinar donec nibh nonummy ipsum ut ullamcorper adipiscing ipsum magna mi tellus at dolor dolore proin volutpat pulvinar nisi proin. Volutpat nonummy lorem, congue mi, molestie pharetra erat massa sem sed nunc sem elit, pulvinar nisi nibh euismod amet tempus lobortis euismod nonummy tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem eget amet aliquam laoreet euismod adipiscing dolor dolore praesent, felis lorem congue praesent molestie consectetur donec nunc sem, erat ut proin eget. Sit aliquam nibh id, turpis aliquam nibh, euismod adipiscing tempus lobortis ullamcorper adipiscing lorem tincidunt praesent molestie pharetra donec laoreet molestie sed massa non. At sed dolore proin volutpat amet ac nibh euismod amet aliquam ante volutpat, nonummy feugiat, ipsum lorem, aliquam magna massa, et praesent, volutpat sit. Ipsum aliquam congue nisi laoreet proin diam non id mauris felis consectetur sit sed donec, massa praesent non, eget at nonummy, consectetur dolor erat. Magna dolore lobortis mi sem tellus eget felis nonummy turpis sed tempus, magna nunc nibh aliquet non felis consectetur pulvinar feugiat donec nunc laoreet. Praesent mauris nonummy, sit dolor tempus congue nunc nibh praesent non id at adipiscing, dolor erat magna dolore congue nunc nunc lobortis massa tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum dolor feugiat feugiat dolor pharetra sit pulvinar. Pharetra at id id eget id id mauris. Felis sed feugiat feugiat dolor pharetra turpis pulvinar. Sit turpis dolor aliquam ut diam felis feugiat. Magna mi molestie consectetur ac nunc sem elit. Pulvinar aliquam volutpat amet lorem tincidunt diam adipiscing. Feugiat congue praesent felis ipsum ut diam id. Sit congue mi felis feugiat magna et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, lorem tincidunt aliquet, at dolor dolore praesent eget dolor aliquam ante volutpat nonummy tempus massa sem elit ipsum ut consectetur tempus ut nunc lobortis massa nibh praesent. Non molestie tempus ac aliquam erat nisi laoreet sem volutpat nonummy aliquam, tincidunt ullamcorper felis sit, congue adipiscing ipsum ut diam felis sit ac laoreet aliquet consectetur, erat. Nunc proin mauris dolor dolore proin mauris pulvinar aliquam nibh non nonummy tempus ut praesent molestie magna mi molestie consectetur sed nisi nibh volutpat adipiscing lorem magna ante. Non nonummy pulvinar magna nibh tellus mauris dolor donec massa ullamcorper erat lobortis diam elit ipsum nisi diam nonummy tempus, ut diam felis, pulvinar ac tincidunt aliquet at. Dolor donec lobortis diam adipiscing sit congue et, id feugiat sem elit tempus lobortis sem elit pulvinar nisi nibh tellus at, dolor aliquam ut diam id, sit congue. Mi id feugiat nisi mi tellus turpis magna mi turpis ac tincidunt aliquet mauris, pulvinar donec nibh ullamcorper id sit, ac laoreet tellus consectetur sed massa, proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing feugiat donec ante tellus consectetur erat nunc non elit, sed, nunc non congue mi molestie turpis ac et id consectetur. Sed nunc sem mauris dolor dolore proin eget pharetra dolore proin volutpat pharetra aliquam massa non nonummy, tempus, sem elit tempus. Lobortis non elit tempus, nunc diam id sit nisi nibh id pulvinar aliquam, nibh euismod amet ac nibh ullamcorper turpis, ac. Tincidunt felis, lorem congue diam molestie pharetra magna mi tellus consectetur, erat laoreet tellus, pharetra ac mi tellus consectetur ac laoreet. Aliquet eget amet tempus nunc, non, elit tempus nunc tellus nonummy sed nunc non consectetur erat mi id, pharetra ac, mi. Molestie turpis erat tincidunt sem at dolor nunc sem, sed tincidunt tellus adipiscing lorem laoreet tellus sit ac tincidunt aliquet mauris. Dolor congue, mi mauris pharetra dolore praesent mauris dolor magna, massa, tellus consectetur, erat mauris, consectetur erat massa, non at ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi nibh aliquet mauris dolor erat, massa dolor magna mi molestie nonummy sed massa tellus consectetur sed nunc proin eget ipsum nisi nibh, euismod turpis tempus, lobortis. Praesent molestie pharetra donec nunc pharetra donec massa non nonummy ipsum nunc et euismod adipiscing lorem, tincidunt ante volutpat amet tempus massa non nonummy ipsum, nisi et id. Sit, ac id sit lorem congue proin molestie pharetra aliquam massa volutpat nonummy ipsum nisi mi euismod consectetur lorem tincidunt aliquet, mauris pulvinar aliquam nibh, dolor dolore ante. Non nonummy tempus massa volutpat nonummy tempus ut mi tellus consectetur erat, laoreet tellus consectetur lorem nunc praesent eget dolor dolore proin volutpat amet ante molestie amet tempus. Lobortis et elit, feugiat nisi, mi euismod turpis lorem nunc praesent volutpat amet tempus congue, diam id sit ut et tellus at, sed, tellus consectetur sed nunc sem. Mauris sed tincidunt aliquet consectetur sed tincidunt tellus adipiscing ac laoreet euismod adipiscing ac laoreet ullamcorper nonummy ipsum ut et felis ipsum magna, et felis sit magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget nisi et id pulvinar nisi nibh. Euismod, adipiscing feugiat congue praesent molestie pharetra erat. Massa non nonummy tempus ut diam, id turpis. Aliquam laoreet, amet lorem tincidunt aliquet mauris dolor. Congue praesent mauris dolor magna mi mauris feugiat. Magna praesent mauris sit magna massa sem consectetur. Ac massa tellus ipsum dolore et eget, pulvinar. Nisi nibh volutpat amet tempus nibh diam adipiscing. Feugiat magna, praesent id sit magna laoreet molestie. Consectetur sed nunc sem eget pulvinar, proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sed tincidunt praesent eget amet donec, nibh ullamcorper adipiscing ac. Massa sem, elit ipsum dolore et, volutpat amet aliquam lobortis praesent. Molestie pharetra donec massa non nonummy erat, mi molestie, consectetur, ac. Massa sem elit, nunc aliquet eget amet, tempus lobortis ullamcorper adipiscing. Lorem tincidunt mi tellus pharetra donec laoreet tellus nonummy sed nunc. Proin elit ipsum nunc proin eget dolore et euismod adipiscing lorem. Tincidunt mi tellus consectetur erat ut et, id turpis ac laoreet. Proin, volutpat nonummy ipsum magna nunc nibh mi proin euismod mauris. Nonummy sit dolor aliquam congue massa et ullamcorper volutpat felis, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar donec, nisi, dolore nibh praesent molestie nonummy pulvinar lorem congue nibh. Praesent non ullamcorper at, elit turpis sed ac congue lobortis, nunc lobortis. Nunc dolore mi et praesent diam non aliquet volutpat tellus euismod molestie. Id volutpat non aliquet ullamcorper non euismod eget felis nonummy turpis amet. Pharetra turpis aliquam ac ac tempus erat aliquam erat ac aliquam magna. Nunc nibh id turpis ac tincidunt aliquet mauris dolor donec praesent at. Dolor donec ante, molestie, pharetra, lobortis et id sit magna nibh id. Sit ac laoreet tellus mauris dolor donec ante molestie dolor donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sem eget nonummy tempus congue diam mauris consectetur, sed ut proin eget pulvinar aliquam nibh euismod, amet aliquam lobortis turpis, lorem congue praesent mauris pharetra donec. Ante sem elit pulvinar nisi et id turpis, ac, congue, praesent, molestie amet erat ut diam elit nisi et id pulvinar magna, nibh euismod turpis magna laoreet. Tellus adipiscing lorem laoreet praesent molestie dolor donec ante volutpat amet donec ante molestie pharetra donec ante sit tincidunt praesent mauris feugiat magna praesent molestie sit magna. Laoreet non at sed dolore proin eget pulvinar nisi ante volutpat turpis tempus ullamcorper adipiscing tempus nibh non adipiscing feugiat ut diam, felis feugiat, congue mi molestie. Turpis ac tincidunt sem elit pulvinar, nisi ante eget pulvinar donec, ante non tempus lobortis ullamcorper adipiscing ipsum ut diam felis, sit magna, laoreet tellus turpis ac. Tincidunt aliquet consectetur lorem tincidunt proin eget pulvinar dolore proin, eget pharetra donec molestie pharetra tempus, lobortis et molestie consectetur, sed, tincidunt sem, volutpat amet aliquam ante. Volutpat nonummy tempus nibh ullamcorper felis magna mi molestie pharetra ac, laoreet aliquet, at dolor nunc sem volutpat turpis tempus lobortis euismod adipiscing lorem congue praesent mauris. Sit magna, mi, molestie pharetra erat aliquet elit ipsum dolore et volutpat turpis lorem lobortis diam felis lorem congue, praesent mauris, sit magna laoreet non at sed. Dolore proin eget ipsum dolore, volutpat amet aliquam nibh volutpat amet nisi lobortis ullamcorper adipiscing lorem congue, praesent felis feugiat congue, diam id, sit ac, massa molestie. Consectetur ac tincidunt aliquet at dolore proin volutpat pulvinar aliquam lobortis, non felis lorem congue, praesent, tellus consectetur sed nunc aliquet at sed nunc sem elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus at dolor, donec ante volutpat nonummy, ipsum lobortis et tellus consectetur mi. Molestie sit ac laoreet euismod turpis ac tincidunt proin eget pulvinar donec proin eget. Pharetra, tempus congue praesent id sit magna mi id, turpis, laoreet aliquet at sed. Dolore nibh euismod amet donec nibh volutpat, nonummy, aliquam nibh non nonummy donec massa. Ullamcorper felis ipsum ut et id turpis nunc aliquet mauris pulvinar, dolore proin eget. Pulvinar dolore proin eget pharetra donec ante non, amet donec proin volutpat, nonummy tempus. Lobortis sem ipsum nisi et euismod turpis ac laoreet tellus at lorem congue aliquet. At dolor dolore ante, volutpat amet donec ante volutpat pharetra donec ante volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, praesent id feugiat magna mi tellus, consectetur erat nunc sem elit pulvinar dolore. Proin volutpat aliquam nibh ullamcorper felis sit, magna mi tellus nonummy ipsum ut et. Ullamcorper adipiscing, lorem tincidunt praesent molestie, pharetra erat lobortis et tellus, consectetur, tincidunt aliquet. At dolor dolore praesent eget pharetra donec ante ullamcorper adipiscing ipsum ut diam, felis. Feugiat ac tincidunt aliquet at pulvinar nisi ante volutpat, amet, aliquam volutpat amet aliquam. Lobortis ullamcorper, adipiscing feugiat congue et id consectetur ac, massa aliquet at dolor, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit ac tincidunt proin eget amet tempus ut et, id pharetra erat nunc sem volutpat turpis tempus nibh euismod. Nonummy lorem, praesent molestie sit magna, laoreet, tellus pharetra, ac laoreet non elit pulvinar dolore proin elit pulvinar nisi nibh. Euismod turpis tempus lobortis diam, feugiat congue mi tellus nonummy sed ut sem eget amet ac nibh euismod turpis ac. Congue aliquet felis dolor congue mi mauris pharetra magna mi tellus nonummy massa non elit ipsum, nunc sem, elit ipsum. Nisi et volutpat amet aliquam nibh euismod nonummy, tempus congue mi non nonummy erat massa, tellus magna laoreet tellus consectetur. Ac massa tellus consectetur magna laoreet sem, at pulvinar nisi nibh volutpat nonummy tempus lobortis ullamcorper adipiscing, lorem congue diam. Felis feugiat ullamcorper elit ipsum ut diam id turpis, magna laoreet aliquet at sed tincidunt praesent mauris pulvinar dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, pharetra donec ante non amet ipsum ut mi euismod consectetur sed dolore proin mauris pulvinar donec lobortis diam id sit magna id sit magna et tellus, consectetur. Dolor dolore ante volutpat amet aliquam tincidunt praesent molestie sit donec mi tellus elit pulvinar ut et euismod amet et elit pulvinar dolore et eget dolor nisi proin. Volutpat amet aliquam nibh volutpat amet tempus ut mi molestie consectetur ac laoreet tellus, consectetur erat massa aliquet ac tincidunt proin, mauris pulvinar donec proin euismod adipiscing feugiat. Ut diam id, feugiat magna mi id pharetra ac laoreet aliquet elit dolor aliquet mauris dolor nunc aliquet mauris dolor donec ante volutpat amet aliquam ante non, amet. Tempus massa non nonummy erat lobortis sem felis, ipsum ut et euismod ut et euismod turpis lorem laoreet euismod sit ac laoreet euismod turpis ac lobortis ullamcorper adipiscing. Lorem tincidunt ullamcorper adipiscing tempus congue praesent mauris, dolor, magna ante sit, magna laoreet molestie, sit magna laoreet non eget pulvinar nisi et euismod turpis tempus lobortis praesent. Molestie consectetur tempus tellus pharetra donec massa sem eget ipsum ut sem, elit pulvinar aliquam lobortis euismod turpis tempus tincidunt ullamcorper adipiscing dolor donec ante molestie consectetur erat. Massa sem sit aliquam tincidunt praesent mauris pharetra dolore proin mauris dolor, donec ante non consectetur tempus nunc sem elit ipsum ut, diam id sit ac nibh ullamcorper. Ac laoreet aliquet at feugiat dolore praesent, volutpat consectetur erat lobortis non consectetur donec mi molestie pharetra erat laoreet tellus at ipsum nunc proin eget ipsum nisi volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, amet aliquam lobortis ullamcorper adipiscing feugiat congue, molestie consectetur erat, massa non consectetur erat. Dolore sem eget amet aliquam nibh euismod, adipiscing feugiat congue mi molestie consectetur erat ut. Et id turpis lorem aliquet mauris, pharetra aliquam ut mi tellus turpis magna mi euismod. Turpis ac tincidunt aliquet at sed dolore ante non, amet aliquam nibh ullamcorper felis ut. Mi molestie turpis ac tincidunt, sem elit amet aliquam lobortis ullamcorper adipiscing feugiat ut ullamcorper. Mauris pharetra, donec massa non elit, ipsum sem elit ipsum dolore et volutpat amet aliquam. Lobortis ullamcorper adipiscing tempus lobortis diam felis feugiat magna mi tellus consectetur sed nisi nibh. Ullamcorper adipiscing dolor dolore et id turpis ac tincidunt sem mauris amet donec ante volutpat. Amet aliquam massa ullamcorper felis, feugiat congue et, molestie turpis erat laoreet tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquet, adipiscing sed nunc aliquet mauris pharetra dolore massa, diam id sit ac proin eget dolor dolore sem eget pulvinar aliquam. Lobortis diam mauris pharetra magna mi tellus pharetra erat massa, non at, sed nisi et eget pulvinar aliquam, mauris pulvinar aliquam nibh. Euismod, pulvinar lorem ut praesent, mauris sit magna mi molestie consectetur erat massa, sem elit, dolor dolore sem eget, pulvinar tempus praesent. Tellus, elit ipsum ut diam elit pulvinar nisi, et id amet aliquam proin, euismod amet nisi, lobortis ullamcorper mauris pharetra donec, massa. Elit tempus nunc tellus pharetra magna praesent id pharetra erat, mi molestie consectetur ac laoreet tellus consectetur, erat tincidunt aliquet consectetur erat. Laoreet aliquet at dolor donec, eget nonummy tempus ut diam felis feugiat congue et id turpis ac laoreet tellus consectetur erat tincidunt. Tellus consectetur lorem tincidunt aliquet at lorem tincidunt aliquet eget congue aliquet at feugiat, tincidunt, aliquet mauris feugiat congue praesent mauris consectetur. Tempus nunc diam felis sit magna nibh euismod aliquam laoreet ullamcorper at, lorem congue praesent at feugiat dolore mi mauris pharetra magna. Ante non consectetur donec massa, non elit sed laoreet non consectetur sed non at sed, nunc sem elit pulvinar nisi proin, volutpat. Turpis tempus nibh, euismod nonummy lorem lobortis ullamcorper adipiscing lorem ut praesent id sit magna mi aliquet ipsum nisi lobortis aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat adipiscing sit magna laoreet feugiat congue praesent molestie consectetur erat dolore proin volutpat amet nisi nibh. Euismod adipiscing lorem tincidunt ullamcorper felis, sit magna mi molestie consectetur erat, massa feugiat, ut ullamcorper elit feugiat. Nisi et id sit ac mi euismod consectetur lorem, nunc proin eget pulvinar donec ante eget dolor, dolore. Ante volutpat donec massa non nonummy erat massa non, consectetur erat massa tellus pharetra erat ante sem elit. Ipsum ut et id amet ac laoreet amet, ac tincidunt aliquet mauris dolor, magna mi volutpat consectetur tempus. Ut, et euismod mauris nonummy pharetra ipsum aliquam tincidunt ante et, aliquet eget non, felis turpis, nisi magna. Nunc nunc lobortis ut tincidunt ut diam id, feugiat congue et felis feugiat, magna mi molestie turpis magna. Mi aliquet at sed dolore ante volutpat elit pulvinar nisi proin id amet aliquam tincidunt aliquet mauris dolor. Dolore mi molestie pharetra donec ante volutpat pharetra erat nunc sem elit ipsum ut proin eget ac tincidunt. Ullamcorper adipiscing lorem congue praesent, molestie pharetra erat massa non consectetur tempus massa non pharetra erat ante pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet nisi et ullamcorper adipiscing feugiat congue praesent mauris pharetra massa non, elit ipsum nisi, nibh tellus adipiscing dolor, donec massa volutpat amet aliquam ante volutpat pharetra donec massa. Non nonummy tempus lobortis diam felis, pulvinar diam eget pulvinar ut et tellus turpis lorem laoreet ullamcorper adipiscing ac tincidunt praesent mauris pharetra donec mi molestie pharetra donec ante, non. Nonummy ipsum sem elit, ipsum, nisi et id amet aliquam nibh, euismod at dolor dolore ante non nonummy tempus, ut diam id turpis lorem, laoreet at sed dolore, ante, non. Felis sit magna laoreet tellus consectetur erat tincidunt sem at dolor nunc sem at sed nunc praesent, mauris dolor dolore proin volutpat aliquam massa non nonummy erat massa volutpat amet. Donec lobortis sem elit pulvinar nisi et id turpis ac tincidunt praesent mauris pharetra donec ante volutpat amet erat massa sem at sed nunc proin volutpat pulvinar donec proin eget. Amet aliquam nibh non adipiscing tempus ut ullamcorper adipiscing ipsum laoreet tellus turpis magna laoreet aliquet mauris pulvinar nisi nibh euismod nonummy lorem ut diam felis ipsum, lobortis diam felis. Ipsum congue diam felis turpis magna laoreet sit magna mi tellus consectetur sed nunc aliquet at sed tincidunt praesent eget, sed tincidunt, aliquet adipiscing feugiat tincidunt aliquet mauris feugiat, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam mauris sit magna, nunc diam, eget sit ac laoreet ullamcorper at dolor donec praesent, lorem tincidunt praesent mauris pharetra erat massa sem felis ipsum, ut, diam eget pulvinar. Nisi laoreet ullamcorper at sed congue proin molestie pharetra donec, ante consectetur tempus lobortis sem, nonummy ipsum, ut diam eget pulvinar ut diam id sit nisi proin elit ipsum. Dolore proin eget, pulvinar nisi lobortis ullamcorper turpis lobortis euismod amet aliquam ante, volutpat nonummy tempus lobortis non nonummy aliquam lobortis, non nonummy tempus massa non nonummy tempus massa. Non felis massa sem nonummy erat massa tellus, consectetur, erat massa, non, at ipsum ut proin eget amet ac lobortis ullamcorper felis tempus lobortis, ullamcorper felis feugiat congue praesent. Tellus mauris amet aliquam nibh, volutpat amet tempus, massa, et, id sit magna et, molestie consectetur erat tincidunt sem mauris dolor dolore ante volutpat amet tempus nibh amet donec. Ante molestie pharetra dolore proin, molestie, amet erat ante volutpat nonummy erat massa sem nonummy tempus nunc sem, ipsum massa non elit sed massa tellus at erat laoreet tellus. Consectetur erat, laoreet aliquet at sed nunc sem mauris sed nunc praesent at sed nunc adipiscing lorem tincidunt, aliquet at feugiat congue mi volutpat, nonummy tempus ut diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed dolore proin eget pharetra dolore praesent. Molestie nonummy ipsum lobortis non nonummy erat massa. Sem felis pulvinar magna, mi id, sit, nibh. Tellus at dolor dolore massa ullamcorper felis feugiat. Congue et id, sit ac laoreet, tellus turpis. Erat tincidunt, sem mauris pulvinar donec ante, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh ullamcorper, tellus consectetur ac massa sem at, sed dolore. Ante ullamcorper felis sit, donec mi feugiat magna laoreet tellus consectetur. Erat nunc sem eget ipsum, nunc proin eget turpis lorem congue. Mi tellus elit tempus ut, sem, id sit ac tincidunt at. Dolor donec ante volutpat amet erat ut diam elit sit magna. Diam elit erat nunc non nonummy ipsum ut et eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sem elit, dolor, nisi et euismod adipiscing lorem tincidunt mi tellus nonummy ipsum magna, nibh euismod turpis lorem ullamcorper turpis lorem, tincidunt aliquet mauris feugiat dolore ante volutpat consectetur. Erat massa diam id pulvinar ut et euismod adipiscing ac tincidunt praesent mauris, donec lobortis, diam felis feugiat nisi et euismod consectetur sed tincidunt tellus at dolor dolore ante volutpat. Amet lorem lobortis ullamcorper, adipiscing feugiat, congue et id sit mi tellus consectetur, ac laoreet aliquet at, sed nunc praesent at dolor, dolore praesent eget pharetra dolore, proin, volutpat nonummy. Tempus ut et feugiat nisi mi tellus consectetur, lorem tincidunt proin volutpat pulvinar aliquam ut praesent id sit ac mi molestie pharetra ac laoreet tellus at erat tincidunt aliquet at. Aliquam lobortis diam, molestie consectetur erat laoreet tellus consectetur sed nunc sem eget ipsum dolore proin elit dolor, dolore proin volutpat turpis tempus nibh ullamcorper felis, sit ante tellus nonummy. Sed ut et euismod turpis lorem tincidunt aliquet at dolor dolore mi volutpat consectetur ipsum ut sem sit ac tincidunt aliquet at pharetra donec ante non adipiscing tempus lobortis diam. Id sit ac tincidunt proin eget amet aliquam ante, euismod adipiscing lorem ut id consectetur, sed ut proin id amet nisi nibh volutpat amet nisi et volutpat amet aliquam lobortis. Ullamcorper adipiscing sit donec massa sem eget pulvinar, ac tincidunt adipiscing lorem tincidunt aliquet mauris dolor, dolore mi molestie pharetra donec massa sem elit ipsum nisi nibh id turpis lorem. Laoreet aliquet mauris sed congue praesent mauris congue, praesent mauris pharetra magna ante volutpat consectetur tempus ut et, id sit aliquam nibh euismod sit ac laoreet aliquet at feugiat, congue. Mi volutpat amet tempus et euismod turpis ac laoreet euismod turpis, lorem nunc, proin eget amet tempus ut, laoreet et ullamcorper non molestie elit amet feugiat magna massa nibh proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pharetra sed lorem aliquam magna nunc. Lobortis sem tellus euismod volutpat nonummy pulvinar. Ac tincidunt proin non id consectetur ipsum. Ac dolore lobortis, diam molestie at pulvinar. Tempus donec ut tincidunt sem felis nonummy. Sit dolor donec, ut massa et aliquet. Ullamcorper tellus, volutpat, adipiscing amet feugiat dolor. Tempus, magna ut, nunc nibh praesent tellus. Eget turpis tempus erat nisi congue massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi congue, nunc laoreet proin diam, molestie nonummy. Sit sed donec ut, proin ullamcorper mauris, amet. Ipsum ac nunc nibh aliquet sem aliquet ullamcorper. Non tellus eget felis, feugiat magna praesent molestie. Consectetur ac, massa tellus at nunc et euismod. Felis, dolor, congue mi molestie sit magna mi. Non, nonummy, sed nunc proin elit pulvinar aliquam. Et, id adipiscing pharetra donec ante consectetur erat. Massa volutpat pharetra donec, massa non elit ipsum. Ut proin eget ipsum ut proin id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat lobortis diam felis sit nisi, et. Id turpis ac laoreet tellus at dolor dolore. Proin molestie pharetra donec ante molestie pharetra dolore. Mauris, dolor erat ante tellus consectetur tempus nunc. Sem nonummy sed massa, non elit ipsum dolore. Proin eget amet nisi proin eget amet nisi. Ante dolor dolore proin eget pulvinar tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit sed aliquam ut, aliquam dolore massa sem, nonummy ipsum mi id, turpis ac tincidunt aliquet at sed nunc. Proin eget pharetra donec massa ullamcorper nonummy ipsum ut et felis feugiat magna mi tellus turpis, ac id sit. Ac nunc proin eget amet donec ante molestie pharetra, tempus ut diam id turpis, ac tincidunt aliquet eget pulvinar. Nisi proin eget tincidunt proin eget pharetra, donec ante non amet, aliquam massa non nonummy tempus massa non consectetur. Ipsum, nisi et euismod turpis ac laoreet aliquet adipiscing laoreet tellus at, sed congue aliquet at, dolor dolore mi. Molestie, pharetra erat ante, volutpat consectetur tempus massa non consectetur erat, massa non eget pulvinar aliquam id turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet mauris dolor magna ante non nonummy tempus nunc sem donec. Laoreet non eget amet ac nibh ullamcorper adipiscing lorem tincidunt ullamcorper felis dolor. Magna ante molestie pharetra donec massa non elit ipsum ut sem sed ut. Proin euismod adipiscing dolor dolore mi volutpat, amet erat, massa, volutpat nonummy tempus. Nunc diam eget ipsum nisi et euismod, sit lorem, laoreet amet ac lobortis. Praesent mauris pharetra donec massa non nonummy ipsum ut diam felis pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa proin pulvinar aliquam nibh euismod turpis aliquam et volutpat pulvinar tempus. Tincidunt aliquet mauris, pharetra donec massa, sem elit sed massa tellus consectetur. Sed nunc euismod turpis lorem congue mi volutpat nonummy ipsum nisi laoreet. Aliquet eget dolor donec ante euismod nonummy, lorem congue mi tellus, at. Sed nunc proin ipsum massa tellus consectetur ac tincidunt sem mauris dolor. Nisi nibh diam felis sit magna laoreet molestie pharetra magna laoreet non. At ipsum nisi et euismod, adipiscing tincidunt praesent volutpat consectetur erat ut. Nunc lobortis laoreet et praesent non felis pharetra pulvinar ac tincidunt, ante. Sem tellus eget felis nonummy dolor pharetra turpis nonummy consectetur adipiscing pharetra. Pharetra adipiscing pharetra feugiat sed feugiat tempus erat nisi congue nisi aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis pharetra magna laoreet tellus pharetra erat, massa aliquet consectetur, ac nunc aliquet mauris dolor nunc, sem eget pulvinar tempus nibh molestie nonummy turpis amet. Consectetur turpis pharetra tempus lobortis sem, id turpis erat, tincidunt sem eget pulvinar tempus nibh non nonummy tempus lobortis diam felis erat massa molestie turpis. Magna massa tellus consectetur dolor, dolore ante euismod, adipiscing lorem tincidunt praesent mauris sit, congue praesent molestie pharetra magna mi tellus at erat nibh euismod. Turpis lorem congue mi molestie pharetra, donec ante tellus consectetur sed ut proin id turpis lorem tincidunt aliquet at feugiat, congue mauris pharetra, dolore mi. Volutpat consectetur tempus nunc sem eget sit magna nibh, id sit lorem laoreet, ullamcorper, turpis ac et euismod adipiscing lorem tincidunt aliquet mauris tincidunt diam. Felis feugiat magna praesent molestie pharetra, donec laoreet tellus pharetra erat massa molestie pharetra magna mi molestie feugiat magna et euismod turpis erat tincidunt volutpat. Amet tempus nibh non adipiscing ipsum congue, ullamcorper felis sit ac massa tellus consectetur sed dolore proin volutpat pulvinar nisi nibh euismod nonummy lorem, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id sit ac laoreet tellus consectetur erat nunc proin eget, pulvinar nisi at, lorem tincidunt tellus mauris dolor dolore. Nibh non adipiscing sit, ac laoreet tellus consectetur sed nunc sem elit, dolor dolore ante euismod mauris feugiat congue molestie. Pharetra erat massa tellus at sed, massa sem, eget ipsum nunc aliquet at, sed nunc sem elit dolor nunc sem. Mauris dolor dolore proin sed dolore nibh volutpat amet aliquam, ante volutpat amet erat, massa diam elit, tempus lobortis sem. Elit ipsum, nunc, sem eget sit nisi euismod at nonummy pharetra turpis amet sit pulvinar ac congue ante, sem euismod. Mauris turpis dolor erat nisi, tincidunt lobortis mi et praesent diam sem ullamcorper ullamcorper eget molestie, euismod euismod non aliquet. Ullamcorper non tellus ullamcorper, non tellus non tellus ullamcorper non molestie euismod non tellus volutpat volutpat euismod volutpat mauris elit. Sed, sit sit pharetra, pharetra, turpis elit eget at pharetra tempus magna nisi congue nisi tincidunt nibh ullamcorper molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem tincidunt praesent mauris pharetra dolore mi, molestie pharetra erat lobortis sem tempus nunc diam id sit aliquam nibh euismod adipiscing. Sed dolore ante volutpat amet, erat lobortis diam elit tempus lobortis, sem, elit pulvinar nisi diam eget ut et eget, pulvinar ac. Congue proin volutpat amet aliquam lobortis ullamcorper elit feugiat magna mi id turpis, ac tincidunt aliquet, mauris dolor donec, ante pharetra aliquam. Lobortis non nonummy ipsum, ut ullamcorper felis feugiat magna mi euismod turpis sed dolore proin eget pulvinar aliquam lobortis ullamcorper adipiscing sit. Ac tincidunt praesent at dolor donec ante ullamcorper felis feugiat magna mi tellus consectetur dolor dolore nibh volutpat nonummy tempus lobortis diam. Id sit magna laoreet at erat massa proin volutpat amet tempus lobortis ullamcorper adipiscing lorem lobortis, diam mauris sit donec mi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar pharetra sit pulvinar feugiat sit, sed dolore lobortis praesent, non elit sit lorem nunc, ante. Ullamcorper molestie at amet dolor magna nisi tincidunt mi volutpat elit ipsum ut diam elit ipsum. Nisi et eget pulvinar ut proin elit sed nunc aliquet at sed dolore et pulvinar, aliquam. Nibh euismod adipiscing feugiat congue praesent, mauris pharetra donec mi id sit congue praesent molestie tempus. Tempus lorem aliquam magna ut nibh proin ullamcorper molestie ullamcorper, id feugiat magna mi molestie turpis. Sed nunc proin, volutpat amet aliquam nibh euismod nonummy tempus nibh, non nonummy ipsum lobortis ullamcorper. Erat massa volutpat nonummy erat lobortis non nonummy erat nunc sem felis sit ac nibh tellus. At sed congue proin molestie pharetra donec proin molestie pharetra donec mauris feugiat tincidunt aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar aliquam laoreet tellus at lorem tincidunt, aliquet mauris donec ante volutpat pharetra donec ante non nonummy erat ante tellus. Nonummy sed nunc sem eget pulvinar nisi et euismod turpis ac lobortis euismod, amet, proin eget dolor nunc sem at dolor. Aliquam tincidunt praesent mauris sit magna mi, tellus at sed ut et id amet aliquam, et ullamcorper felis nibh volutpat amet. Tempus tincidunt, diam felis feugiat congue praesent id pharetra donec laoreet non at erat nunc, sem elit dolor nunc aliquet elit. Tincidunt sem mauris pulvinar donec ante non adipiscing feugiat, congue praesent molestie sit magna laoreet tellus at sed nunc proin eget. Pulvinar aliquam ante euismod nonummy nibh euismod felis lorem congue praesent tellus consectetur erat nunc non elit pulvinar nisi proin eget. Pulvinar nisi proin mauris dolor dolore proin eget lorem tincidunt aliquet ac tincidunt praesent mauris dolor dolore proin molestie pharetra donec. Ante volutpat amet erat massa volutpat pharetra erat nunc diam elit ipsum nisi praesent mauris dolor dolore, ante molestie pharetra donec. Ante mauris pharetra dolore mi molestie consectetur erat nunc sem elit ipsum nunc sem elit pulvinar ut, nibh euismod sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi molestie consectetur erat, lobortis diam id sit lorem tincidunt mauris pharetra donec ante volutpat amet aliquam massa ullamcorper felis ipsum ut diam elit ipsum. Ut sem felis pulvinar nisi et euismod sit ac laoreet sit aliquam nibh, euismod turpis lorem, dolore ante non amet, donec ante, volutpat nonummy, tempus, massa. Non eget ipsum ut nibh id sit aliquam tincidunt turpis ac laoreet aliquet turpis aliquam, et, volutpat amet aliquam ante euismod amet nisi proin eget dolor. Aliquam ante non nonummy tempus lobortis adipiscing ipsum ut et id feugiat magna et id sit magna laoreet tellus, consectetur lorem nunc aliquet at dolor nunc. Proin volutpat amet tempus ut diam felis magna mi molestie sit magna laoreet tellus consectetur dolor, dolore ante, mauris dolor dolore proin mauris dolor donec, ante. Volutpat amet tempus lobortis diam felis feugiat ut id sit magna mi euismod, at dolor dolore praesent mauris, sed, congue praesent mauris dolor dolore praesent molestie. Pharetra donec mi mauris feugiat tincidunt volutpat consectetur erat massa tellus consectetur sed ut diam eget pulvinar aliquam nibh id amet ac lobortis euismod adipiscing lorem. Congue aliquet adipiscing lorem congue praesent mauris congue praesent felis feugiat congue diam id sit magna et molestie pharetra erat laoreet aliquet at sed, nisi nibh. Ullamcorper felis lorem tincidunt praesent mauris sit congue id pharetra erat laoreet tellus at sed, massa sem elit dolor nisi, et volutpat, amet, nisi ante euismod. Nonummy lorem magna praesent mauris sit donec laoreet tellus ac mi tellus turpis ac massa tellus at pulvinar aliquam ante eget dolor donec ante euismod nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis ullamcorper felis sit, magna mi molestie. Consectetur sed tincidunt sem, at dolor aliquam nibh. Ullamcorper adipiscing congue praesent id sit magna mi. Molestie pharetra erat massa aliquet, elit dolor dolore. Ante eget amet aliquam lobortis diam adipiscing feugiat. Congue diam nonummy sed massa sem elit ipsum. Aliquam nibh ullamcorper at feugiat donec ante sem. Felis sit lorem tincidunt aliquet mauris dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed, dolore et euismod adipiscing feugiat, congue praesent molestie nonummy tempus nisi diam felis pulvinar. Nisi et id adipiscing tincidunt aliquet at dolor dolore, ante volutpat amet tempus ut et euismod. Turpis erat nunc aliquet at dolor, nunc proin mauris, dolor, nunc ante volutpat aliquam massa ullamcorper. Felis feugiat magna laoreet molestie turpis erat tincidunt aliquet mauris sed tincidunt praesent, mauris amet aliquam. Lobortis praesent felis sit, ac, laoreet aliquet at dolore proin eget pulvinar aliquam, lobortis ullamcorper adipiscing. Lorem congue diam mauris sit congue praesent, id consectetur, sed, massa non at sed massa eget. Pulvinar tempus lobortis ullamcorper turpis tempus tincidunt praesent, molestie nonummy erat massa non nonummy ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at sed massa proin elit pulvinar aliquam nibh euismod nonummy lorem congue diam mauris sit magna mi tellus consectetur erat nunc proin, eget. Nisi nibh euismod turpis tempus tincidunt praesent mauris pharetra erat ante tellus consectetur erat massa non elit ipsum nunc proin eget ipsum dolore aliquet. At nunc sem elit, dolor dolore ante volutpat amet tempus lobortis non nonummy lorem ut diam felis feugiat congue, mi molestie sit nisi mi. Molestie consectetur erat, tellus turpis magna nibh euismod sit magna nibh euismod sit ac laoreet ullamcorper adipiscing lorem tincidunt proin molestie dolor congue aliquet. Felis, dolor magna mauris pharetra donec ante, tellus consectetur sed massa molestie sit congue praesent, id pharetra ac laoreet tellus turpis erat laoreet aliquet. At erat tincidunt aliquet at, sed tellus adipiscing sed congue aliquet mauris sed congue praesent, mauris dolor congue aliquet, adipiscing feugiat, congue, mi mauris. Pharetra, donec ante tellus consectetur donec massa sem sed massa non at ipsum nisi et id amet aliquam nibh volutpat amet aliquam nibh euismod. Nonummy tempus tincidunt diam pharetra donec laoreet tellus pharetra ac mi molestie sit congue et felis feugiat nisi et id sit nisi et id. Sit nisi nibh euismod turpis aliquam nibh turpis ac nibh euismod adipiscing lorem tincidunt aliquet, felis lorem lobortis ullamcorper, turpis lorem, tincidunt euismod nonummy. Tempus lobortis non nonummy tempus ut, ullamcorper adipiscing feugiat, ut elit tempus massa volutpat nonummy tempus lobortis sem felis ipsum ut et id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut proin elit sed dolore proin. Eget amet aliquam nibh euismod amet. Lorem magna mi mauris dolor magna. Ante tellus consectetur sed sem at. Sed nunc proin eget pulvinar nisi. Nibh euismod adipiscing lorem tincidunt aliquet. Mauris, dolor magna mi mauris pharetra. Donec laoreet tellus, consectetur ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, feugiat ac laoreet tellus, consectetur erat tincidunt sem at dolor dolore proin at sed proin eget pharetra, aliquam massa. Ullamcorper adipiscing tempus, congue et, molestie turpis ac laoreet euismod consectetur erat, tincidunt, aliquet consectetur lorem tincidunt aliquet at donec. Proin eget amet, aliquam lobortis et molestie turpis erat nunc sem at dolor dolore, aliquet at dolor donec, proin volutpat. Amet tempus ut diam adipiscing feugiat diam felis feugiat magna mi, tellus at sed dolore ante ullamcorper felis feugiat magna. Mi molestie pharetra donec nunc non elit ipsum dolore eget amet aliquam lobortis euismod adipiscing lorem tincidunt, diam, felis dolor. Magna ante tellus, consectetur erat massa non at ipsum nunc sem at, ipsum dolore et volutpat aliquam lobortis aliquet mauris. Pharetra donec massa non consectetur erat ut sem eget sit ac nibh euismod turpis ac nibh euismod turpis ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet aliquam tincidunt diam mauris pharetra donec laoreet tellus. At sed nunc non at, sed tincidunt lobortis mi proin. Diam non euismod eget, felis pharetra sed aliquam nibh aliquet. Volutpat adipiscing sit sed aliquam lobortis lobortis, et aliquet eget. Euismod euismod mauris nonummy turpis ac laoreet tellus turpis ac. Laoreet ullamcorper, turpis ac nibh volutpat turpis ac lobortis volutpat. Amet tempus lobortis ullamcorper amet tempus, congue et praesent ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ipsum ac, congue mi volutpat consectetur tempus nunc sem felis, pulvinar magna id. Turpis ac tincidunt praesent at lorem tincidunt aliquet at dolor dolore praesent molestie pharetra. Donec ante volutpat consectetur erat ante tellus consectetur, erat massa pharetra congue mi molestie. Sit ac mi tellus turpis magna laoreet, tellus at sed nunc sem mauris dolor. Nunc praesent mauris pulvinar donec ante volutpat pharetra ullamcorper at lorem tincidunt ullamcorper at. Feugiat dolore, aliquet felis dolor congue praesent felis feugiat tincidunt diam felis feugiat congue. Mi tellus consectetur mi molestie pharetra ac massa aliquet at, erat tincidunt, aliquet elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor dolore proin volutpat nunc proin eget amet feugiat ut ullamcorper, felis ipsum ut ullamcorper felis feugiat ut diam, elit pulvinar nisi et euismod consectetur ac, tincidunt aliquet. Mauris congue praesent at feugiat congue, aliquet mauris dolor donec lobortis diam felis ipsum nisi mi euismod sit magna nibh tellus at lorem tincidunt praesent at dolore proin mauris. Pharetra dolore praesent mauris feugiat congue aliquet felis, dolor magna praesent molestie sit congue praesent id consectetur donec laoreet sem sed nunc aliquet consectetur erat massa aliquet consectetur ac. Tincidunt sem at sed tincidunt tellus at sed nunc aliquet at dolor dolore ante volutpat nonummy ipsum ut felis feugiat ac laoreet aliquet at, sed nunc, sem mauris pulvinar. Donec, nibh non, nonummy tempus lobortis non amet aliquam lobortis ullamcorper elit tempus lobortis sem felis lobortis non consectetur erat massa sem nonummy erat nunc sem consectetur erat laoreet. Tellus, consectetur ac laoreet tellus consectetur ac laoreet molestie ac laoreet aliquet mauris sed, tincidunt praesent eget pulvinar donec ante volutpat pharetra aliquam lobortis, non elit ipsum congue diam. Felis feugiat nisi, et, id turpis magna id, pulvinar magna laoreet euismod turpis aliquam tincidunt, aliquet at sed dolore proin molestie pharetra dolore praesent, felis lorem lobortis ullamcorper adipiscing. Tempus tincidunt diam felis tempus eget pharetra donec praesent eget pharetra congue, praesent mauris dolor, dolore ante, molestie pharetra donec, mi molestie pharetra, erat massa sem eget ipsum ut. Sem elit sed molestie pharetra, sed, dolore proin eget amet aliquam proin volutpat amet aliquam lobortis ullamcorper nonummy tempus tincidunt ullamcorper adipiscing lorem ut, praesent, molestie pharetra sed, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit magna mi tellus turpis erat, dolore sem mauris nunc aliquet eget pharetra donec proin mauris pharetra donec. Proin volutpat amet, tempus ut diam elit ipsum ut diam felis ipsum ut sem elit ipsum, sem elit sed. Ut proin id amet aliquam et id turpis ac lobortis ullamcorper turpis tempus tincidunt ullamcorper nonummy tempus lobortis ullamcorper. Adipiscing tempus lobortis nonummy, aliquam lobortis ullamcorper, felis ipsum ut et id turpis, ac laoreet tellus consectetur erat laoreet. Tellus consectetur sed dolore proin eget pharetra ante volutpat amet dolore proin molestie pharetra donec ante volutpat amet erat. Lobortis diam id sit ac laoreet, aliquet at dolor dolore proin volutpat pharetra donec proin dolor donec ante non. Elit, ipsum lobortis, diam id sit ac tincidunt tellus turpis lorem tincidunt aliquet adipiscing sed congue aliquet at dolor. Donec lobortis diam ipsum, nisi et, id sit erat laoreet tellus at lorem tincidunt tellus turpis, ac tincidunt praesent. Eget pharetra donec, massa non, nonummy tempus nisi lobortis massa mi sem diam non euismod adipiscing pulvinar sit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac dolore molestie, amet erat lobortis sem felis pulvinar nisi nibh euismod sit magna laoreet, tellus at sed dolore praesent. Mauris dolor dolore proin volutpat, amet tempus, sem nonummy pulvinar ut mi euismod consectetur lorem nunc praesent, eget, nonummy tempus. Lobortis, diam felis feugiat magna mi molestie consectetur erat laoreet aliquet at nunc sem eget, pulvinar donec nibh non adipiscing. Lorem, congue praesent felis sit ac massa, tellus at sed nunc proin, eget, dolor nunc proin at sed proin, volutpat. Adipiscing sit congue mi molestie pharetra ac laoreet tellus consectetur sed nunc sem eget pulvinar nisi ante volutpat, turpis tempus. Nibh euismod feugiat congue diam felis sit, magna mi molestie pharetra erat nunc aliquet consectetur erat nunc sem volutpat amet. Tempus lobortis diam felis lorem ut praesent molestie magna praesent id sit magna mi tellus consectetur ipsum nunc sem elit. Pulvinar aliquam, nibh diam mauris sit, donec ante tellus nonummy sed nunc proin id turpis, et ullamcorper at dolor, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ante volutpat pulvinar ut, diam eget sit ac nibh euismod sit ac tincidunt ullamcorper adipiscing. Feugiat congue praesent mauris pharetra donec massa volutpat consectetur erat massa elit pulvinar ut diam eget. Sit aliquam, nibh ullamcorper turpis ac lobortis aliquet at feugiat congue praesent adipiscing, lorem tincidunt diam. Adipiscing lorem ut diam lorem ut, diam nonummy tempus lobortis diam id sit ac laoreet tellus. Consectetur sed nunc sem mauris pulvinar aliquam nibh volutpat pulvinar donec ante, volutpat tempus lobortis non. Adipiscing ipsum congue et id sit magna, mi tellus turpis erat tincidunt tellus at dolor, dolore. Ante volutpat amet donec nibh, ullamcorper sit magna mi molestie turpis erat nunc aliquet at dolor. Dolore proin mauris amet aliquam ut praesent, molestie pharetra, erat massa sem eget pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi euismod at, pulvinar tempus lobortis diam felis, sit donec, laoreet tellus. Consectetur, nunc sem eget, pulvinar nisi nibh euismod turpis, tempus, lobortis ullamcorper turpis tempus. Tincidunt diam felis feugiat ut diam adipiscing lorem lobortis non tempus massa volutpat pharetra. Erat lobortis ullamcorper nonummy, tempus ut diam felis ipsum ut diam nonummy sed massa. Sem id, turpis ac et id amet, nisi et amet aliquam proin eget dolor. Dolore proin mauris, dolor nisi, nibh, volutpat dolor nunc proin eget dolor, dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, aliquam lobortis ullamcorper felis lorem lobortis euismod turpis tempus lobortis euismod felis, feugiat. Congue mi id pharetra erat tellus at erat laoreet tellus consectetur erat laoreet tellus. Turpis ac laoreet tellus consectetur lorem nunc proin volutpat amet, aliquam lobortis ullamcorper nonummy. Tempus lobortis felis sit magna laoreet tellus turpis erat tincidunt aliquet mauris sed dolore. Ante eget amet donec, ante, volutpat amet aliquam massa ullamcorper adipiscing feugiat congue mi. Molestie, erat tincidunt aliquet, at sed tincidunt sem eget amet dolore proin mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac praesent adipiscing feugiat dolore mi molestie amet erat massa non consectetur tempus massa tellus pharetra donec mi molestie consectetur sed nunc sem elit. Pulvinar proin id pulvinar nisi nibh ullamcorper adipiscing, feugiat tincidunt praesent molestie pharetra donec massa sem, nonummy ipsum nunc sem at sed ut proin. Eget ipsum proin, elit pulvinar, aliquam nibh ullamcorper adipiscing tempus lobortis euismod adipiscing lorem congue praesent id feugiat congue praesent felis pharetra ac laoreet. Tellus consectetur tincidunt sem eget pulvinar dolore proin mauris dolor nunc praesent, eget pulvinar aliquam nibh ullamcorper adipiscing ipsum congue et id sit congue. Mi molestie turpis ac tellus at lorem tincidunt, sem at sed laoreet tellus adipiscing lorem congue aliquet adipiscing lorem et eget pulvinar aliquam, lobortis. Ullamcorper mauris dolor donec ante volutpat consectetur nunc diam ipsum erat nisi congue lobortis laoreet nibh massa tincidunt proin ullamcorper mauris sit magna, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ipsum dolore nibh ullamcorper, at feugiat congue aliquet felis dolor donec mi tellus consectetur tempus ut diam eget. Pulvinar, aliquam nibh, adipiscing ac laoreet ullamcorper turpis ac tincidunt aliquet, adipiscing tempus nibh euismod adipiscing, lorem tincidunt diam. Adipiscing feugiat, congue, mi tellus pharetra magna laoreet, non sed massa tellus turpis ac mi tellus at erat nunc. Tellus at dolor nunc aliquet mauris sed nunc proin volutpat amet tempus massa non, pharetra donec diam felis turpis. Ac tincidunt sem mauris, pulvinar dolore sem mauris pulvinar nunc proin eget amet aliquam lobortis non nonummy tempus massa. Non elit lobortis sem elit tempus, nunc sem felis ipsum ut diam eget, ipsum ut nibh euismod turpis ac. Laoreet euismod adipiscing lorem, tincidunt aliquet mauris pharetra donec molestie, pharetra donec ante tellus consectetur sed massa tellus, pharetra. Donec massa tellus consectetur erat nunc et, eget pulvinar nisi nibh volutpat pulvinar aliquam nibh ullamcorper nonummy nibh euismod. Felis lorem, congue praesent felis feugiat congue et felis pharetra erat massa, tellus at sed nunc aliquet at nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, aliquet at sed congue praesent mauris sed congue praesent mauris congue ullamcorper adipiscing lorem tincidunt praesent felis feugiat congue, praesent felis sit donec laoreet. Tellus nonummy erat massa non at ipsum nunc sem eget, pulvinar dolore, elit dolor nisi nibh ullamcorper nonummy feugiat congue praesent felis feugiat, congue mi. Molestie consectetur sed massa non elit sed nunc sem eget dolor dolore volutpat amet nisi ante eget, amet aliquam ante volutpat amet aliquam massa volutpat. Amet aliquam massa, non amet donec massa molestie pharetra dolore, volutpat consectetur tempus ante tellus consectetur donec laoreet tellus consectetur sed ut proin elit pulvinar. Nisi et, euismod turpis aliquam nibh ullamcorper turpis lorem congue praesent felis at sed nunc praesent eget pharetra donec ante non amet aliquam massa ullamcorper. Felis feugiat nisi et id sit magna mi euismod consectetur sed dolore proin volutpat aliquam, massa non, nonummy, tempus lobortis ullamcorper felis, ipsum ut et. Felis sit nisi et euismod turpis magna et id massa sem elit ipsum nunc non at, sed dolore et euismod turpis lorem tincidunt aliquet felis. Feugiat magna praesent mauris sit donec ante tellus nonummy, sed, nunc sit magna mi molestie pharetra erat, massa aliquet at sed nunc aliquet at sed. Nunc proin, euismod amet aliquam nibh volutpat nonummy ipsum lobortis, diam, felis feugiat ullamcorper elit ipsum ut diam elit erat lobortis sem elit pulvinar, nisi. Et euismod turpis lorem tincidunt tellus adipiscing, sed congue ullamcorper adipiscing ac lobortis ullamcorper adipiscing et volutpat amet aliquam, nibh euismod, nonummy lorem ut praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam ante diam felis pharetra erat massa tellus. Consectetur dolor dolore ante, volutpat amet aliquam lobortis ullamcorper. Felis pharetra donec massa non, consectetur, massa sem eget. Pulvinar nisi nibh euismod amet tempus lobortis ullamcorper adipiscing. Feugiat congue, mi tellus consectetur erat laoreet non nonummy. Sed ut proin elit dolore proin volutpat amet aliquam. Et euismod turpis, lorem magna mi tellus, consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue laoreet tellus at, laoreet, tellus at sed nunc, proin elit pulvinar nisi. Ante ullamcorper felis feugiat magna mi molestie pharetra congue praesent id pharetra erat. Massa proin ipsum dolore proin eget pulvinar nisi, nibh eget pulvinar dolore proin. Volutpat amet donec proin eget pharetra, dolore proin volutpat pharetra donec lobortis ullamcorper. Elit ut sem nonummy, tempus lobortis sem nonummy tempus ante tellus pharetra congue. Praesent mauris feugiat, ut diam felis feugiat, magna mi, tellus consectetur massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante sem felis sit magna et eget, sit ac, nibh euismod adipiscing et euismod, turpis lorem lobortis euismod turpis aliquam. Nibh euismod turpis lorem tincidunt diam mauris, sit magna mi tellus, consectetur erat laoreet non, at sed dolore volutpat amet aliquam nibh. Euismod adipiscing lorem lobortis ullamcorper felis lorem lobortis non felis feugiat lobortis diam felis feugiat ac laoreet tellus, consectetur erat massa at. Sed nunc ante, volutpat pulvinar aliquam nibh eget amet, aliquam nibh non, amet aliquam, massa volutpat amet aliquam lobortis, non, nonummy tempus. Sem, elit ipsum ut diam id pulvinar nisi et id pulvinar aliquam et eget pulvinar aliquam nibh id, turpis aliquam nibh volutpat. Turpis lorem congue mi volutpat ipsum ut, diam id sit magna nibh, id sit aliquam laoreet ullamcorper at dolor dolore praesent adipiscing. Feugiat, dolore praesent mauris dolor magna mi mauris sit congue mauris sit magna mi molestie consectetur sed, massa sem elit ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, aliquet at nisi, ante euismod nonummy tempus lobortis ullamcorper, felis feugiat ut, diam id sit magna massa tellus at sed nunc sem elit, dolor nisi nibh. Amet aliquam nibh non adipiscing tempus ut diam id sit ac massa aliquet at sed, nunc sem elit, dolor nisi ante volutpat amet aliquam lobortis amet tempus. Ut diam adipiscing, tempus, ut diam felis sit, congue mi molestie turpis ac tincidunt aliquet at sed nunc, sem mauris sed dolore ante eget amet ut praesent. Id consectetur erat laoreet aliquet at dolor dolore sem eget dolor nisi nibh euismod nonummy feugiat magna massa sem eget sit laoreet euismod turpis, lorem lobortis ullamcorper. At lorem tincidunt aliquet adipiscing feugiat congue praesent mauris sit donec massa tellus consectetur erat massa tellus, at ipsum dolore, et at dolor donec ante, molestie nonummy. Ipsum nisi et id sit nisi et eget pulvinar nisi et euismod at sed dolore, ante volutpat nonummy ipsum, lobortis sem tempus lobortis diam id sit ac. Nibh euismod turpis lorem tincidunt aliquet volutpat amet aliquam lobortis non elit, tempus diam felis feugiat nisi mi id consectetur lorem nunc praesent, mauris dolor, nunc proin. Non adipiscing feugiat magna mi, molestie, sit ac laoreet tellus at dolor nunc volutpat amet aliquam nibh ullamcorper adipiscing, feugiat ut, diam felis sit donec mi molestie. Consectetur, erat, massa aliquet elit sed tincidunt sem eget amet tempus tincidunt diam lorem ut diam adipiscing lorem magna mi molestie sit, magna, mi aliquet at sed. Nunc proin elit sed, tincidunt proin mauris sed dolore, proin eget, pulvinar tempus volutpat nonummy tempus lobortis non elit tempus, ut et molestie turpis ac laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie consectetur sed ut sem elit ipsum ut proin id, amet aliquam, lobortis, ullamcorper. Mauris feugiat congue aliquet mauris magna, ante tellus consectetur sed ut nibh tellus adipiscing lorem. Tincidunt praesent mauris pharetra, erat lobortis non elit ipsum ut et euismod, turpis lorem tincidunt. Turpis, lorem tincidunt tellus, at sed, dolore praesent mauris pharetra aliquam ut et molestie consectetur. Sed, dolore, nibh, ullamcorper adipiscing feugiat congue praesent mauris feugiat, magna laoreet feugiat magna mi. Molestie consectetur erat nunc et euismod turpis tempus nibh euismod amet nisi ante euismod, adipiscing. Lorem congue praesent molestie pharetra laoreet tellus consectetur erat, massa aliquet at sed dolore et. Volutpat adipiscing tempus tincidunt diam mauris sit magna mi molestie consectetur sed ut proin id. Amet, nisi at pulvinar nisi et, ullamcorper adipiscing lorem tincidunt praesent molestie pharetra erat massa. Sem nonummy sed nisi et euismod amet ac nibh euismod adipiscing lorem tincidunt sem felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum ut nibh aliquet at sed nunc proin non nonummy, ipsum, mi molestie consectetur, erat massa aliquet elit pulvinar nisi. Lobortis euismod nonummy tempus lobortis diam, felis lorem congue praesent id sit ac laoreet, tellus consectetur massa aliquet elit dolor dolore. Proin eget pulvinar dolore proin volutpat amet tempus ut diam felis feugiat congue diam, felis sit congue et felis, feugiat aliquam. Ante eget amet aliquam lobortis ullamcorper adipiscing tempus nibh volutpat nonummy tempus lobortis ullamcorper adipiscing feugiat ut, ullamcorper felis sit magna. Mi turpis ac laoreet tellus consectetur lorem tincidunt aliquet at lorem tincidunt tellus at sed, congue aliquet at lorem congue aliquet. At pharetra donec ante volutpat pharetra erat tellus nonummy, erat massa non nonummy ipsum nisi nibh aliquet at lorem donec ante. Non amet donec massa non consectetur tempus, lobortis diam felis pulvinar nisi et sit ac laoreet euismod adipiscing lorem laoreet euismod. At dolor erat massa sem amet, tempus, ut et euismod turpis ac euismod adipiscing, sed dolore proin volutpat amet ipsum lobortis. Diam felis ipsum ut diam felis sit magna, laoreet tellus consectetur lorem, tincidunt sem mauris dolor nunc at sed congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin non nonummy, feugiat ac, laoreet aliquet at, sed sem eget sed dolore proin volutpat nonummy donec nibh non nonummy tempus lobortis, non nonummy tempus massa non. Felis tempus lobortis sem felis sit nisi elit ipsum nunc diam id, turpis ac nibh ullamcorper at dolor erat lobortis ullamcorper felis sit magna laoreet tellus consectetur. Sed nunc, proin eget pulvinar proin eget pharetra donec massa non nonummy ipsum ut diam elit feugiat nisi mi euismod turpis ac laoreet tellus at dolor dolore. Praesent at pharetra ante, volutpat, adipiscing ipsum lobortis ullamcorper nonummy ipsum nisi et molestie turpis erat mi tellus consectetur lorem tincidunt praesent mauris pulvinar donec nibh non. Nonummy ut diam id turpis magna et id sit ac tincidunt, sem eget pulvinar donec proin volutpat amet tempus nibh ullamcorper adipiscing ipsum congue, laoreet non elit. Ipsum sem eget turpis tempus tincidunt diam mauris dolor, magna praesent molestie consectetur donec laoreet tellus at ipsum ut proin id turpis, ac, lobortis aliquet feugiat congue. Praesent molestie pharetra donec mi mauris sit, donec laoreet, tellus consectetur erat nunc sem eget amet ac lobortis aliquet at feugiat dolore mi volutpat pharetra praesent mauris. Consectetur erat nunc diam nonummy sed ut proin id amet aliquam nibh euismod adipiscing lorem congue praesent molestie consectetur tempus nunc diam id, sit ac id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut sem eget pulvinar nisi proin volutpat amet sem eget pulvinar aliquam nibh euismod nonummy tempus ut diam felis feugiat congue, mi molestie consectetur, ac laoreet, aliquet. Elit amet aliquam nibh euismod, adipiscing, nibh euismod nonummy lorem lobortis euismod felis feugiat congue mi, id feugiat ut diam elit feugiat congue diam, felis ipsum lobortis non. Consectetur tempus nunc consectetur tempus nunc sem elit, ipsum ut proin elit pulvinar nisi nibh euismod, turpis ac tincidunt, aliquet mauris pharetra, erat ut diam id turpis laoreet. Praesent eget dolor dolore praesent mauris sed dolore ante volutpat amet tempus lobortis ullamcorper nonummy erat massa non, nonummy tempus massa, non nonummy tempus nunc elit ipsum ut. Sem at erat nunc proin elit ipsum nunc aliquet elit dolor dolore ante eget amet dolore proin volutpat pulvinar donec proin eget dolor dolore at dolor dolore praesent. Mauris dolor dolore ante molestie pharetra erat massa non nonummy erat nunc sem eget ipsum nisi et eget sit, aliquam laoreet adipiscing feugiat congue mi mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi tellus consectetur erat ante, non. Donec laoreet tellus consectetur erat laoreet aliquet. Elit ipsum dolore, sem elit dolor dolore. Proin volutpat amet nisi proin, volutpat amet. Aliquam lobortis non tempus, lobortis diam felis. Feugiat congue laoreet, aliquet at dolor dolore. Ante eget dolor dolore proin volutpat, amet. Donec, ante non, amet donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent mauris feugiat congue praesent molestie pharetra, erat massa non consectetur donec. Ante tellus, pharetra, diam id feugiat magna mi aliquet consectetur erat massa aliquet consectetur. Sed nunc sem mauris dolor nunc proin, eget dolor dolore ante volutpat nonummy massa. Non adipiscing ipsum congue et id sit nisi et id turpis, magna mi euismod. Turpis lorem tincidunt, aliquet mauris, dolor, donec nibh non nonummy tempus, lobortis nonummy tempus. Ut et id consectetur dolor tincidunt aliquet eget pulvinar dolore proin volutpat amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper elit feugiat congue et id, sit magna mi euismod at sed nunc sem, mauris. Dolor dolore praesent at sed, congue praesent sed dolore praesent mauris feugiat congue, praesent felis feugiat. Magna praesent mauris feugiat magna mi molestie consectetur sed nunc proin id sit aliquam et pulvinar. Aliquam, lobortis aliquet felis ac, nibh ullamcorper felis feugiat congue, praesent molestie, sit magna praesent mauris. Sit donec, mi molestie consectetur, ac laoreet tellus, at erat lobortis ullamcorper felis feugiat, congue mi. Tellus nonummy, tempus nisi et tellus adipiscing ac, laoreet ullamcorper adipiscing ac tincidunt praesent at pharetra. Donec non, consectetur tempus massa, non nonummy tempus massa non consectetur donec laoreet, tellus nonummy sed. Nunc proin eget pulvinar nisi proin eget pulvinar dolore proin, eget pulvinar, proin volutpat amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id sit ac nibh aliquet at at ipsum dolore eget turpis tempus, tincidunt praesent molestie pharetra donec massa non elit sed nunc proin eget, pulvinar nisi. Et euismod turpis lorem tincidunt aliquet mauris feugiat mi molestie dolor magna mi mauris pharetra, donec massa proin id turpis ac tincidunt aliquet mauris dolor dolore mi. Molestie pharetra donec ante volutpat nonummy massa non nonummy, donec mi tellus pharetra, erat laoreet non consectetur, erat massa aliquet at pulvinar nisi nibh, euismod turpis tempus. Tincidunt, praesent felis, tincidunt diam mauris feugiat magna praesent, tellus consectetur ac massa non at sed dolore proin volutpat amet nisi proin eget dolor dolore ante volutpat. Pulvinar donec mauris dolor dolore, praesent eget dolor, donec massa ullamcorper felis sit, magna mi molestie sit ac laoreet, tellus turpis magna et id pulvinar ac nibh. Id adipiscing laoreet id amet nisi, proin volutpat ipsum, dolore proin eget dolor dolore ante volutpat nonummy aliquam nibh ullamcorper adipiscing lorem laoreet non at, ipsum aliquam. Nibh ullamcorper adipiscing feugiat tincidunt, praesent mauris, feugiat tincidunt diam felis, lorem lobortis diam felis sit congue praesent id sit magna praesent ipsum ut, ullamcorper felis feugiat. Nisi mi id sit, magna mi euismod turpis lorem tincidunt tellus adipiscing sed nunc proin eget amet, aliquam, massa non nonummy tempus volutpat nonummy, donec massa non. Consectetur erat ante molestie consectetur erat massa non nonummy sed ut, non consectetur sed massa sem at erat laoreet molestie turpis magna, elit sit, nisi diam elit. Pulvinar nisi diam eget, ipsum ut sem elit sed nunc non consectetur, erat laoreet, id sit ac tincidunt tellus turpis erat tincidunt sit magna laoreet, tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem eget ipsum sem eget pulvinar aliquam lobortis ullamcorper adipiscing, lorem tincidunt ullamcorper felis sit magna. Mi tellus consectetur erat laoreet, tellus consectetur erat laoreet tellus at ipsum sem elit erat nunc aliquet. Consectetur, sed dolore sem mauris dolor dolore praesent eget pharetra donec massa non nonummy tempus lobortis ullamcorper. Elit feugiat nisi, nonummy volutpat non tellus non tellus, eget turpis feugiat dolore mi volutpat amet erat. Lobortis nunc proin mauris dolor, dolore, ante euismod amet donec, massa non elit sed nunc, sem eget. Pulvinar nisi et, volutpat amet aliquam, ante volutpat amet tempus lobortis euismod adipiscing sit, magna praesent id. Pharetra diam, adipiscing sit congue et id turpis ac tincidunt sem volutpat amet tempus lobortis ullamcorper nonummy. Lorem, lobortis diam felis, tempus lobortis ullamcorper adipiscing ipsum ut et ipsum nisi ullamcorper elit feugiat nisi. Et id sit magna laoreet aliquet mauris dolor donec ante volutpat nonummy aliquam, lobortis ullamcorper tempus massa. Ullamcorper nonummy ipsum lobortis sem elit ipsum ut diam nonummy, tempus ut sem nonummy, pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat dolore, proin euismod turpis lorem, tincidunt. Mi mauris dolor magna ante tellus pharetra. Erat, massa non nonummy ipsum ut consectetur. Erat nunc sem, eget amet aliquam nibh. Euismod turpis, tempus nibh, volutpat nonummy tempus. Lobortis diam molestie consectetur erat massa sem. Elit ipsum aliquet at sed nunc, sem. Eget pulvinar nisi nibh euismod nonummy aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh volutpat, adipiscing ipsum ullamcorper adipiscing ipsum ut diam felis sit. Magna laoreet tellus consectetur sed nunc, aliquet at dolor tincidunt aliquet mauris. Sed dolore proin eget pharetra donec ullamcorper elit feugiat magna mi id. Sit ac tincidunt sem eget pulvinar donec proin mauris dolor, donec ante. Volutpat amet aliquam massa non nonummy ipsum non felis, ipsum ut diam. Elit ipsum nisi mi euismod pulvinar ut et id turpis ac laoreet. Aliquet adipiscing sed tincidunt, aliquet mauris lorem tincidunt adipiscing feugiat congue aliquet. Felis, feugiat donec ante molestie, pharetra erat laoreet non nonummy sed ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit magna mi molestie consectetur erat tincidunt aliquet consectetur lorem tincidunt tellus at, sed nunc praesent mauris pharetra donec proin molestie pharetra dolore adipiscing. Lorem congue praesent mauris dolor donec massa non elit pulvinar nisi diam elit ipsum nunc sem consectetur, erat massa tellus consectetur ac mi molestie sed. Nunc sem elit pulvinar, nisi ante, euismod nonummy aliquam nibh, ullamcorper adipiscing lorem ut praesent id, pharetra erat massa tellus turpis ac laoreet aliquet at. Nunc proin mauris dolor donec ante volutpat pulvinar aliquam, nibh ullamcorper adipiscing, feugiat congue diam felis sit magna mi molestie, sit magna et id magna. Diam felis pulvinar nisi diam, id sit ut et, id turpis aliquam proin eget pulvinar nisi et volutpat amet tempus lobortis ullamcorper turpis tempus tincidunt. Diam tempus, ut ullamcorper felis feugiat magna diam id pharetra magna laoreet tellus consectetur sed tincidunt aliquet at dolor nunc aliquet mauris pulvinar dolore proin. Eget, amet proin eget pharetra tempus lobortis, ullamcorper, felis, feugiat congue diam felis ipsum nisi diam id sit magna et, id turpis nunc praesent adipiscing. Ac laoreet, ullamcorper, adipiscing lorem tincidunt praesent mauris pharetra donec ante volutpat pharetra donec ante volutpat, consectetur tempus nunc sem nonummy sed nunc sem sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis et, molestie consectetur, sed dolore sem elit dolor nisi, euismod amet, tempus ut diam felis feugiat. Congue praesent felis sit congue diam felis feugiat congue et elit ipsum ut non nonummy tempus nunc. Tellus consectetur mi mauris pharetra, erat nunc sem at sed massa non elit ipsum nunc proin elit. Pulvinar aliquam ante eget amet nisi ante volutpat pulvinar dolore mauris dolor dolore proin eget pharetra donec. Ante molestie pharetra tempus ut diam id sit ut, diam, id sit, magna et id sit ac. Tincidunt mauris dolor tincidunt aliquet at feugiat congue praesent mauris feugiat congue praesent felis, feugiat tincidunt, diam. Felis feugiat congue praesent mauris sit magna mi molestie, magna laoreet non at sed dolore et euismod. Turpis tempus tincidunt ullamcorper adipiscing lorem tincidunt praesent mauris lorem congue, mi tellus, pharetra erat laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, massa sem elit tempus massa non nonummy. Tempus ut diam eget turpis aliquam laoreet mauris. Dolor dolore proin volutpat amet erat massa ullamcorper. Felis ipsum nisi mi euismod sit, magna laoreet. Tellus consectetur lorem nunc praesent at dolor tincidunt. At feugiat congue praesent mauris pharetra donec massa. Non nonummy, tempus, nunc diam id sit ac. Tincidunt praesent mauris, sed congue proin volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt mi molestie consectetur tempus lobortis diam felis sit nisi et id turpis ac nibh tellus adipiscing sed. Dolore et id sit ac, massa tellus, consectetur, dolor nisi proin volutpat amet donec nibh euismod nonummy lorem. Congue mi, molestie consectetur sed dolore at ipsum nisi et volutpat turpis tempus lobortis diam molestie, consectetur, ipsum. Ut diam, eget sit aliquam nibh ullamcorper at sed, congue proin molestie amet tempus lobortis consectetur erat lobortis. Diam id turpis sed, nunc praesent, mauris pharetra donec nibh volutpat nonummy tempus lobortis diam felis feugiat magna. Et id magna laoreet tellus at dolor dolore proin volutpat nonummy tempus congue, mi, molestie consectetur sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc at sed dolore proin eget pulvinar nisi. Ante euismod, nonummy tempus lobortis non nonummy tempus. Ut ullamcorper adipiscing tempus ut diam elit tempus. Massa consectetur tempus lobortis diam felis sit nisi. Et id sit ac laoreet euismod sit ac. Laoreet ullamcorper adipiscing feugiat tincidunt praesent at dolor. Dolore mi dolor congue mi tellus pharetra donec. Massa non nonummy erat massa proin eget pulvinar. Nisi, nibh euismod adipiscing feugiat tincidunt praesent mauris. Dolor donec, ante volutpat, erat massa non elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, ut, praesent tellus consectetur, sed massa aliquet consectetur tincidunt aliquet elit dolor dolore sem eget amet. Aliquam, lobortis ullamcorper nonummy, tempus ut mi tellus consectetur erat massa aliquet at, sed massa aliquet at. Sed aliquet at dolor donec nibh ullamcorper adipiscing, lorem congue praesent molestie pharetra ac massa tellus at. Sed massa tellus turpis erat mi tellus at sed lobortis praesent, mauris feugiat congue diam adipiscing feugiat. Congue praesent molestie sit magna mi molestie turpis erat laoreet aliquet elit sed nunc sem sed dolore. Praesent mauris sed nunc proin eget amet donec massa non elit ipsum ut ullamcorper elit tempus, massa. Non elit ipsum massa non elit ipsum, nisi eget, pulvinar nisi proin eget pulvinar nisi proin, elit. Amet aliquam lobortis massa et sem volutpat mauris elit consectetur amet lorem sed dolor, aliquam congue, nunc. Et ullamcorper id turpis dolor aliquam congue nisi nunc nibh, ante sem euismod mauris nonummy pharetra sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, lobortis sem felis sit, ac laoreet tellus consectetur lorem tincidunt praesent volutpat nonummy lorem. Congue praesent id, pharetra sed nunc aliquet erat nunc sem elit sed dolore proin volutpat. Amet aliquam nibh euismod, amet aliquam nibh ullamcorper adipiscing ipsum congue praesent felis ipsum magna. Laoreet, tellus sed nisi proin volutpat amet nisi ante eget pulvinar aliquam ante non amet. Aliquam proin volutpat amet aliquam massa ullamcorper felis ipsum lobortis diam felis ipsum nisi felis. Sit nisi nibh euismod pulvinar, magna et euismod adipiscing ac nibh, id, amet nisi et. Eget amet nisi proin eget dolor, dolore eget pulvinar donec, ante mauris pulvinar nunc, aliquet. At sed congue aliquet at lorem laoreet ullamcorper adipiscing feugiat congue ullamcorper mauris dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing feugiat, congue praesent id pharetra magna laoreet. Tellus consectetur erat nunc sem at, sed tincidunt aliquet. Amet tempus lobortis ullamcorper adipiscing lorem ut diam felis. Consectetur sed nunc et id turpis aliquam lobortis euismod. Adipiscing feugiat congue praesent felis lorem diam felis feugiat. Magna ante tellus consectetur donec mi tellus adipiscing pharetra. Feugiat dolor feugiat erat, lobortis mi, sem euismod felis. Pharetra pulvinar lorem, dolore ante, ullamcorper at amet dolor. Turpis dolor tempus dolore massa mi aliquet euismod tellus. Aliquet non molestie elit pulvinar lorem donec ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam id sit ac nibh euismod turpis ac nibh aliquet at sed, donec proin molestie aliquam massa non nonummy tempus. Ut diam euismod turpis magna mi tellus turpis lorem tincidunt aliquet at dolor congue praesent mauris sed dolore, ante volutpat nonummy ante. Sem nonummy ipsum nisi mi tellus, consectetur dolor nunc praesent mauris dolor dolore praesent mauris dolor congue ullamcorper adipiscing aliquam nibh euismod. Turpis aliquam eget pulvinar nisi ante volutpat amet aliquam, ante volutpat pulvinar donec ante eget, sed dolore ante, mauris dolor dolore proin. Molestie pharetra, dolore mauris pharetra magna mi volutpat nonummy tempus nunc diam eget pulvinar nisi sem elit, ipsum nisi et id pulvinar. Aliquam lobortis, ullamcorper adipiscing lorem congue praesent mauris magna mi mauris sit, donec laoreet tellus consectetur erat nunc sem elit sed nunc. Sem eget amet, nisi et eget amet lorem magna praesent felis feugiat tincidunt nonummy tempus, ut ullamcorper felis ipsum ut ullamcorper nonummy. Ipsum ut et felis sit magna, mi euismod consectetur, lorem nunc, turpis magna nibh id sit aliquam, laoreet ullamcorper turpis aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at, tincidunt sem elit dolor nisi proin mauris sed nunc aliquet at sed tincidunt aliquet mauris dolor dolore proin molestie pharetra, dolore mi molestie pharetra dolore non nonummy ipsum. Nunc diam nonummy, tempus nunc, sem eget, pulvinar ut et id adipiscing feugiat dolore ante non amet erat lobortis sem elit tempus sem elit ipsum ut diam elit ipsum nunc. Sem eget, pulvinar nisi et euismod adipiscing lorem tincidunt ullamcorper adipiscing tempus lobortis euismod turpis tempus nibh volutpat adipiscing lobortis ullamcorper nonummy tempus lobortis ullamcorper nonummy, ipsum magna laoreet tellus. At erat laoreet molestie consectetur ac laoreet tellus, at dolor dolore proin pulvinar dolore proin eget, pharetra, aliquam massa non nonummy tempus, lobortis, ullamcorper nonummy erat ante non nonummy erat. Massa volutpat consectetur erat massa non consectetur donec laoreet sit magna diam felis ipsum magna mi id turpis ac laoreet tellus at dolor nunc sem at sed donec nibh ullamcorper. Felis sit congue praesent molestie sed nunc sem elit, pulvinar dolore et volutpat amet, aliquam nibh ullamcorper nonummy pharetra erat massa non consectetur sed nunc proin eget pulvinar nisi nibh. Euismod adipiscing proin eget, dolor nisi ante, eget pulvinar nunc sem mauris pulvinar donec nibh non nonummy tempus, ut diam adipiscing feugiat ut et molestie, sit magna, mi, euismod magna. Mi id, sit magna et euismod turpis ac laoreet aliquet at lorem tincidunt aliquet, adipiscing feugiat tincidunt ullamcorper turpis aliquam et volutpat amet nisi nibh ullamcorper lorem lobortis diam felis. Feugiat, ut praesent id, sit magna et id feugiat magna mi molestie turpis ac et euismod consectetur lorem tincidunt sem eget pulvinar donec eget amet donec proin, molestie pharetra, donec. Massa non elit feugiat nisi et id sit ut sem id sit magna laoreet aliquet mauris dolor dolore ante non ipsum ut et id turpis ac laoreet tellus at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, tellus adipiscing lorem tincidunt aliquet mauris dolor congue praesent, molestie amet erat ante volutpat pharetra donec mi molestie, dolor magna ante. Non tempus massa sem nonummy erat nunc sem eget pulvinar nisi et, id, turpis ac lobortis, ullamcorper felis dolor magna ante, volutpat. Elit, ipsum nunc sem ipsum ut proin eget sit, aliquam nibh euismod turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet mauris dolor. Donec, massa non elit ipsum ut diam elit nisi et euismod adipiscing lorem congue aliquet, at dolor dolore, mi volutpat nonummy tempus. Ut et elit ipsum nisi sem elit sed nunc sem turpis aliquam laoreet euismod, amet, aliquam nibh euismod amet aliquam nibh volutpat. Turpis tempus ante eget dolor dolore proin, eget dolor donec ante non amet aliquam volutpat pharetra dolore praesent molestie dolor donec ante. Molestie, pharetra tempus ut sem eget ipsum, nunc diam eget sit aliquam nibh ullamcorper adipiscing dolor, dolore proin molestie dolore mi volutpat. Consectetur tempus ut diam id turpis magna et id, pulvinar nisi proin eget pulvinar dolore et id dolore et euismod, adipiscing lorem. Congue praesent felis dolor congue ante non elit ipsum nunc sem eget sit, aliquam laoreet aliquet molestie amet erat massa sem elit. Ut diam felis pulvinar nisi nibh tellus adipiscing sed dolore proin, volutpat amet aliquam ante, volutpat nonummy, tempus ut diam id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna laoreet aliquet mauris pulvinar dolore proin eget pharetra. Tempus lobortis, diam felis feugiat congue elit feugiat nisi. Mi tellus consectetur erat tincidunt sem mauris sed dolore. Ante volutpat amet aliquam nibh diam felis feugiat magna. Mi tellus turpis dolore proin eget amet nisi ante. Volutpat amet aliquam nibh non felis feugiat magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet donec at dolor congue massa volutpat pharetra erat nunc diam. Id pulvinar nisi nibh euismod, turpis, lorem tincidunt praesent at dolor, dolore. Ante volutpat pharetra donec non consectetur erat massa non nonummy ipsum nunc. Diam id turpis aliquam laoreet id turpis aliquam et id amet ac. Lobortis volutpat turpis tempus lobortis amet aliquam lobortis diam felis feugiat ut. Diam mauris feugiat magna mi tellus at ipsum nunc sem elit pulvinar. Nisi et volutpat amet nisi nibh euismod tempus tincidunt praesent mauris sit. Donec laoreet tellus consectetur erat massa proin, eget pulvinar nisi nibh euismod. Turpis lorem tincidunt ullamcorper adipiscing, lorem congue adipiscing feugiat ut diam nonummy. Ipsum congue praesent id ipsum ut, diam felis feugiat nisi et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut sem eget turpis lorem, tincidunt aliquet at sed dolore praesent volutpat feugiat tincidunt aliquet, at lorem tincidunt praesent mauris feugiat congue adipiscing feugiat. Congue mi mauris sit congue, praesent molestie consectetur, erat massa sem elit, pulvinar, aliquam nibh volutpat turpis tempus nibh ullamcorper adipiscing lorem tincidunt nonummy, tempus. Lobortis diam felis, sit magna mi tellus consectetur erat massa tellus turpis magna laoreet, sem eget pulvinar aliquam lobortis euismod nonummy tempus mi molestie pharetra. Donec massa tellus at sed massa tellus consectetur ac laoreet tellus, at sed nunc aliquet at sed nunc proin eget pulvinar proin mauris pharetra donec. Ante, non nonummy aliquam massa non elit tempus, nisi et id turpis magna, et tellus, consectetur ac laoreet, euismod adipiscing ac laoreet ullamcorper ac congue. Praesent molestie pharetra erat lobortis diam felis ipsum ut, diam felis pulvinar ut diam elit ipsum nisi et id turpis ac laoreet euismod adipiscing lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit dolor dolore ante eget pulvinar aliquam lobortis, ullamcorper felis feugiat ut, nonummy tempus congue et molestie pharetra erat laoreet tellus. Turpis, erat tincidunt aliquet eget amet tempus tincidunt diam mauris sit donec massa non at ipsum tellus elit pulvinar nisi proin, euismod. Turpis tempus tincidunt, praesent, mauris, pharetra, tempus nunc sem elit pulvinar nisi nibh, euismod adipiscing sed lorem tempus ac congue massa tincidunt. Lobortis aliquam laoreet, ullamcorper at, dolor, donec massa non elit sit nisi et felis ipsum ut sem felis pulvinar nisi, et ipsum. Ut proin at, sed, nisi et euismod turpis lorem, tincidunt praesent mauris dolor donec mi molestie consectetur tempus, nunc, sem elit ipsum. Nunc, non elit laoreet non at, sed dolore proin eget turpis lorem congue praesent molestie pharetra, magna ante, sem elit ipsum nunc. Diam id pulvinar nisi nibh euismod turpis ac euismod adipiscing ac tincidunt praesent molestie consectetur erat massa, non nonummy tempus ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ullamcorper felis feugiat congue et molestie sit ac tincidunt proin eget pulvinar nisi ante volutpat, amet donec nibh ullamcorper adipiscing feugiat congue praesent id, congue et tellus turpis. Sed dolore proin elit pulvinar aliquam lobortis praesent molestie consectetur donec, massa non elit ipsum ut proin id turpis ac lobortis turpis ac tincidunt aliquet mauris dolor congue mi. Molestie consectetur erat massa non elit ipsum, nunc sem eget turpis ac congue praesent mauris pharetra erat massa volutpat magna ante volutpat pharetra donec ante molestie pharetra donec massa. Non eget, ipsum ut et id amet, aliquam lobortis euismod turpis ac nibh turpis tempus lobortis ullamcorper, felis feugiat congue praesent molestie pharetra sed nunc proin id turpis ac. Lobortis aliquet adipiscing lorem congue mi, molestie consectetur tempus ut diam tempus massa non elit erat massa tellus consectetur sed nunc non at sed dolore et volutpat amet aliquam. Lobortis ullamcorper adipiscing feugiat tincidunt, diam mauris sit magna sem eget sit aliquam laoreet ullamcorper adipiscing lorem tincidunt ullamcorper turpis aliquam et eget turpis tempus tincidunt ullamcorper adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, non adipiscing feugiat, magna, mi aliquet consectetur sed nunc sem elit nunc. Proin eget amet tempus lobortis ullamcorper felis feugiat, congue mi tellus consectetur ac. Massa sem elit ipsum dolore proin eget amet tempus nibh ullamcorper adipiscing ante. Ullamcorper adipiscing, feugiat, donec massa non at ipsum ut et id amet ac. Tincidunt, praesent molestie dolor dolore mi volutpat consectetur erat ante pharetra, donec massa. Non consectetur sed nunc non, consectetur sed nunc sem eget pulvinar nisi et. Euismod turpis lorem congue, praesent, molestie consectetur nunc diam elit ipsum ut proin. Id turpis nisi et id turpis ac lobortis ullamcorper felis feugiat congue praesent. Adipiscing feugiat, tincidunt praesent molestie pharetra donec laoreet sit congue mi id pharetra. Ac laoreet tellus turpis, magna laoreet tellus consectetur sed nunc, proin eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget, ipsum, ut proin id amet ac tincidunt aliquet adipiscing feugiat donec mi molestie dolor donec praesent mauris sit congue, ante feugiat, congue praesent id. Sit ac massa tellus consectetur erat laoreet tellus elit pulvinar nisi ante volutpat pulvinar tempus lobortis euismod nonummy lorem, lobortis ullamcorper congue aliquet at, lorem tincidunt. Praesent volutpat amet tempus lobortis sem elit, tempus massa sem elit tempus nunc et euismod pulvinar ut diam, eget pulvinar nisi et pulvinar nunc sem elit. Pulvinar dolore proin volutpat pulvinar nisi, proin volutpat nonummy tempus lobortis ullamcorper adipiscing lorem lobortis non nonummy tempus lobortis felis feugiat magna mi id feugiat ut. Diam felis sit ac mi tellus, at dolor nunc aliquet adipiscing, sed, congue, praesent volutpat pharetra donec ante non nonummy massa non nonummy ipsum massa non. Felis sit magna laoreet tellus at lorem tincidunt aliquet, adipiscing sed congue praesent mauris dolor, donec massa non nonummy tempus lobortis, pharetra donec ante sem eget. Ipsum ut sem elit sed nunc proin elit sed, nunc, sem at, sed nunc sem sed nunc sem, at sed, nunc proin mauris dolor donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing congue aliquet at feugiat. Congue, mi molestie elit consectetur pulvinar. Dolor ipsum ac nunc ante diam. Tellus id mauris molestie euismod molestie. Elit consectetur dolore sem, eget pulvinar. Nisi ante volutpat amet donec, ante. Volutpat nonummy tempus lobortis diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus ac laoreet tellus at erat, nunc sem mauris dolor nunc sem mauris dolor dolore, proin eget dolor donec ante, volutpat adipiscing tempus ut, ullamcorper elit lobortis non, elit ipsum. Lobortis non elit, pulvinar nisi et id pulvinar nisi et id pulvinar nisi et id amet, nisi et volutpat pulvinar dolore at sed tincidunt aliquet consectetur sed tincidunt aliquet at. Sed nunc praesent mauris dolor congue aliquet at dolor dolore ante non elit ipsum ut diam id ut sem felis pulvinar, nisi nibh id, ipsum nisi et id turpis nisi. Proin id amet nisi et euismod turpis lorem tincidunt ullamcorper adipiscing nibh euismod adipiscing feugiat congue mi tellus consectetur sed massa non elit sed nisi, et volutpat amet aliquam nibh. Volutpat turpis lorem lobortis, diam felis feugiat diam felis pharetra donec massa non at sed laoreet, tellus at sed nunc proin eget sed nunc sem eget pulvinar dolore proin eget. Pulvinar donec ante non aliquam, massa non nonummy tempus lobortis ullamcorper elit ipsum nisi sem felis, pulvinar magna laoreet aliquet at lorem nunc praesent, dolor congue proin eget sed tincidunt. Praesent molestie amet erat massa non amet tempus lobortis diam id turpis ac tincidunt, aliquet at, dolor dolore ante eget amet aliquet at feugiat, congue aliquet at feugiat dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris dolor mi, tellus consectetur erat mi tellus at ipsum ut et id turpis lorem tincidunt praesent molestie pharetra erat, ante volutpat nonummy. Tempus ut nibh id, ut et euismod adipiscing sed congue praesent, molestie dolor donec massa sem nonummy tempus ut diam, id sit lorem tincidunt. Aliquet eget pulvinar, dolore ante pharetra aliquam massa non elit ipsum ut diam molestie sit magna, laoreet aliquet mauris dolor nunc, proin eget, nonummy. Aliquam lobortis ullamcorper adipiscing tempus lobortis nonummy tempus ut et id turpis erat tincidunt sem mauris sed, nunc, aliquet mauris sed nunc, praesent mauris. Dolor, donec nibh non nonummy tempus ut nonummy donec mi, volutpat amet erat massa volutpat nonummy ipsum nisi diam eget pulvinar nisi, et eget. Turpis, lorem tincidunt praesent molestie pharetra donec massa ullamcorper felis massa sem elit ipsum nisi, et, id pulvinar ut diam eget pulvinar ut et. Id amet lorem tincidunt praesent at lorem congue mi molestie pharetra donec massa pharetra magna ante non elit sit aliquam laoreet tellus at sed. Tincidunt proin molestie pharetra dolore praesent, mauris dolor congue felis feugiat, congue diam felis sit magna praesent, felis sit magna mi id feugiat magna. Mi tellus turpis magna mi tellus turpis ac laoreet tellus turpis ac felis pulvinar ac laoreet tellus turpis ac laoreet, ullamcorper, mauris dolor, congue. Praesent mauris pharetra donec massa non consectetur erat massa volutpat nonummy, erat massa non nonummy laoreet molestie consectetur erat, nunc et eget pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc consectetur erat, tincidunt sem eget dolor dolore proin eget, amet donec proin eget pharetra donec ante volutpat nonummy. Tempus ut diam felis ipsum, ut diam erat massa non nonummy tempus nunc sem elit ipsum ut, proin eget. Pulvinar dolore proin eget, ipsum nisi et euismod, pulvinar tempus nibh euismod amet proin eget pulvinar dolore proin mauris. Dolor aliquam, nibh ullamcorper adipiscing ipsum ut et id sit magna et id sit erat laoreet tellus, consectetur lorem. Tincidunt turpis ac nibh id sit, aliquam tincidunt, praesent molestie dolor donec lobortis ullamcorper felis feugiat magna mi, euismod. At lorem nunc tellus at dolor proin eget pharetra dolore proin mauris dolor dolore proin mauris dolor, dolore mi. Molestie dolor donec ante volutpat nonummy erat massa tellus consectetur erat laoreet tellus consectetur mi tellus pharetra erat laoreet. Aliquet at dolor nunc et volutpat amet nisi nibh eget amet aliquam nibh non nonummy aliquam nibh volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent molestie amet donec massa non nonummy ipsum nisi nibh aliquet at, dolor donec ante felis ipsum ut, et id sit ac laoreet aliquet, at. Sed nunc proin volutpat, pulvinar nisi lobortis diam adipiscing lorem ut diam id feugiat magna diam aliquam lobortis et molestie turpis erat tincidunt aliquet at sed. Dolore nibh euismod amet, aliquam ante volutpat amet donec proin eget pharetra donec ante dolor dolore, mi molestie pharetra donec ante, volutpat consectetur donec ante tellus. Consectetur erat ante molestie pharetra erat nunc, proin id amet aliquam nibh pulvinar ac lobortis ullamcorper turpis tempus tincidunt ullamcorper felis lorem congue praesent felis sit. Congue mi molestie pharetra, ac laoreet, non at, sed nunc aliquet at sed tellus consectetur dolor dolore sem mauris dolor dolore proin at lorem laoreet tellus. At lorem tincidunt proin molestie, pharetra donec mi molestie feugiat congue mi volutpat tempus nunc, sem elit ipsum nisi nibh tellus mauris sed, donec, ante volutpat. Amet tempus massa ullamcorper elit ipsum lobortis elit pulvinar ut et euismod turpis lorem tincidunt aliquet at sed laoreet ullamcorper adipiscing lorem, tincidunt aliquet, at feugiat. Congue mi mauris dolor congue praesent mauris congue diam, mauris feugiat congue diam felis feugiat magna mi molestie sit magna laoreet, molestie, consectetur sed nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar magna tincidunt praesent eget pulvinar nunc ante volutpat nonummy ipsum ut et. Id pharetra ac nunc, sem at tincidunt aliquet eget nonummy tempus lobortis ullamcorper. Felis sit magna praesent id sit magna massa, non elit pulvinar dolore proin. Eget amet aliquam nibh turpis lorem tincidunt diam felis sit congue praesent id. Pharetra erat nunc sem elit ipsum nunc sem eget amet aliquam lobortis ullamcorper. Mauris consectetur donec massa, tellus donec ante, tellus nonummy ipsum aliquam et id. Amet ac lobortis aliquet adipiscing, feugiat dolore ante non nonummy ipsum magna nibh. Euismod turpis nibh tellus adipiscing lorem tincidunt aliquet mauris, dolor dolore praesent at. Pharetra donec ante sem nonummy, tempus lobortis diam elit ipsum nunc sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa non elit pulvinar aliquam lobortis, euismod adipiscing feugiat congue. Aliquet felis feugiat donec massa non donec massa tellus consectetur sed. Ut et id, turpis ac lobortis ullamcorper mauris pharetra dolore mi. Mauris pharetra, erat ante non nonummy tempus nunc nonummy sed ut. Et euismod adipiscing lorem tincidunt aliquet at feugiat congue praesent felis. Dolor, magna praesent, mauris feugiat tincidunt diam felis lorem lobortis diam. Felis ut diam felis, tempus, lobortis ullamcorper, elit feugiat ut, diam. Id sit magna mi euismod sit magna et euismod sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ullamcorper mauris, feugiat dolore, proin, volutpat nonummy ipsum, ut et euismod sit magna nibh euismod. Sit ac nibh sit, ac tincidunt praesent molestie, pharetra aliquam massa volutpat amet tempus massa non. Nonummy ipsum ut, diam, euismod consectetur lorem nunc aliquet at congue proin, eget amet aliquam massa. Non elit turpis magna et id sit magna, laoreet tellus sit magna laoreet tellus adipiscing sed. Nunc praesent mauris, sed dolore adipiscing feugiat tincidunt praesent mauris pharetra donec massa sem elit pulvinar. Nisi diam elit pulvinar nisi nibh id sit nisi nibh id amet dolore proin molestie pharetra. Dolore mi volutpat pharetra erat, ante volutpat nonummy tempus, massa non consectetur erat massa non elit. Sed nunc sem elit ipsum dolore turpis ac mi molestie, consectetur ac tincidunt aliquet, at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non nonummy sed nunc proin ac massa aliquet elit. Ipsum nisi, et eget amet aliquam nibh, euismod adipiscing tempus. Lobortis ullamcorper felis feugiat magna mi molestie pharetra erat laoreet. Pharetra ac laoreet aliquet elit sed nunc sem mauris sed. Dolore, ante volutpat amet aliquam ante eget, amet donec proin. Eget amet tempus massa volutpat tincidunt aliquet mauris dolor donec. Ante non consectetur, erat nunc non nonummy sed nunc, diam. Elit pulvinar ut proin id amet, aliquam lobortis, aliquet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin mauris pulvinar donec, nibh ullamcorper adipiscing lorem ut ullamcorper nonummy aliquam massa non tempus massa ullamcorper id feugiat ut mi. Euismod consectetur lorem laoreet euismod turpis ac tincidunt, aliquet mauris, dolor dolore praesent mauris dolor dolore at pharetra donec ante volutpat consectetur. Donec mi volutpat consectetur tempus nunc diam eget ipsum ut sem nonummy sed ut proin at sed nunc sem, eget pulvinar tellus. At, sed nunc sem at dolor nunc proin volutpat pulvinar, donec ante eget pharetra dolore proin volutpat nonummy feugiat lobortis non nonummy. Tempus sem nonummy tempus nunc sem, felis pulvinar nisi nibh id sit aliquam nibh id pulvinar nisi proin eget, turpis lorem lobortis. Aliquet adipiscing lorem dolore praesent lorem congue, praesent, mauris sit, congue praesent, id sit magna mi molestie pharetra erat massa sem elit. Sed nunc aliquet at, sed tincidunt aliquet turpis ac laoreet sit magna tincidunt, aliquet, mauris sed tincidunt praesent mauris feugiat dolore praesent. Mauris pharetra donec ante sem elit tempus nunc consectetur, tempus massa sem elit pulvinar nisi et euismod adipiscing lorem tincidunt proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore nibh euismod felis feugiat congue praesent felis, pharetra magna laoreet tellus consectetur erat massa tellus at erat, laoreet aliquet consectetur, sed nunc sem erat nunc sem eget dolor. Aliquam lobortis diam adipiscing feugiat congue diam felis ipsum ut diam felis feugiat congue et id feugiat ut diam felis massa non nonummy ipsum ut sem elit ipsum massa. Non elit ipsum nisi nibh ullamcorper adipiscing, lorem tincidunt aliquet mauris dolor congue aliquet felis, dolor donec ante eget ipsum nisi et id sit aliquam et euismod amet, ac. Tincidunt aliquet felis lorem, congue mi mauris dolor magna mi, molestie pharetra diam felis feugiat lobortis ullamcorper nonummy tempus lobortis ullamcorper nonummy aliquam lobortis ullamcorper id sit ac, laoreet. Tellus at dolor dolore proin volutpat, amet aliquam nibh non dolore proin eget pharetra dolore proin molestie feugiat tincidunt aliquet adipiscing feugiat congue aliquet adipiscing, lorem lobortis, euismod nonummy. Tempus lobortis ullamcorper felis sit donec laoreet at ipsum nunc proin eget dolor dolore nibh volutpat amet aliquam nibh euismod amet donec nibh volutpat amet, tempus lobortis ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa ullamcorper felis feugiat magna et euismod consectetur sed dolore proin volutpat amet aliquam lobortis diam aliquam massa ullamcorper adipiscing feugiat congue mi tellus consectetur erat nunc sem elit. Pulvinar aliquam nibh volutpat nonummy, tempus ut diam felis sit congue adipiscing feugiat, congue mi, tellus, at sed nunc proin elit dolor nisi proin eget amet aliquam, nibh ullamcorper adipiscing. Feugiat congue diam, id feugiat magna et id ut diam elit erat lobortis non, nonummy tempus ut sem elit pulvinar ut et euismod, adipiscing sed congue aliquet mauris sed dolore. Ante amet erat lobortis diam felis ipsum lobortis non elit tempus nunc sem elit ipsum nunc proin eget, pulvinar aliquam nibh euismod turpis ac, lobortis, ullamcorper adipiscing, feugiat mi molestie. Consectetur erat massa sem elit donec ac dolore congue mi molestie pharetra donec ante mauris feugiat tincidunt mi tellus consectetur sed massa non, consectetur sed nibh id pulvinar nisi et. Volutpat mauris feugiat magna mi molestie consectetur ipsum ut diam eget sit aliquam laoreet tellus lorem tincidunt euismod turpis lorem lobortis aliquet, adipiscing feugiat congue mi volutpat pharetra erat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ante non nonummy ipsum ut et, id turpis ac, laoreet sem at. Dolor nunc proin eget, pulvinar donec nibh euismod nonummy lorem non adipiscing, tempus. Ut et molestie, sit magna laoreet molestie consectetur erat laoreet tellus at erat. Dolore nibh ullamcorper felis sit, magna laoreet molestie congue mi molestie pharetra ac. Massa sem elit dolor nisi et volutpat pulvinar nisi proin eget pulvinar nunc. Praesent eget pulvinar donec, ante, volutpat amet, aliquam massa nonummy tempus ut ullamcorper. Felis feugiat magna mi id sit magna, laoreet euismod turpis, ac laoreet tellus. Adipiscing sed dolore, proin volutpat amet massa, ullamcorper elit, ipsum ut diam felis. Pulvinar magna et euismod sit magna nibh euismod, turpis aliquam laoreet ullamcorper adipiscing. Ac laoreet, ullamcorper adipiscing feugiat congue praesent lorem congue mi molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nunc diam eget, turpis ac tincidunt, praesent molestie. Tempus ut et molestie sit magna mi aliquet at. Dolor, donec proin, euismod felis sit donec laoreet tellus. At sed nunc tellus pharetra magna mi feugiat, magna. Mi tellus at sed dolore proin eget pulvinar, tempus. Lobortis ullamcorper adipiscing, ipsum ut praesent id feugiat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur tempus ut diam, felis sit magna laoreet euismod adipiscing sed nunc praesent at. Sed dolore ante, molestie, nonummy ipsum diam felis, feugiat magna mi euismod turpis ac laoreet. Aliquet mauris dolor aliquam, nibh non nonummy ipsum lobortis ullamcorper nonummy ipsum ut diam felis. Sit et, euismod turpis, ac tincidunt, sem mauris, dolor dolore praesent eget pharetra donec ante. Non nonummy, tempus lobortis ullamcorper, elit ipsum ut diam felis feugiat nisi felis pulvinar ut. Diam eget sit nisi laoreet, tellus adipiscing sed congue praesent mauris dolor donec mi molestie. Amet tempus, massa sem felis sit nibh euismod sit magna nibh, id turpis ac, tincidunt. Proin volutpat pharetra dolore proin mauris dolor dolore ante volutpat nonummy tempus felis sit donec. Massa proin volutpat amet tempus, lobortis ullamcorper felis feugiat, nisi mi felis feugiat magna, tincidunt. Sem eget pulvinar aliquam nibh diam id sit magna laoreet tellus, at, ipsum dolore consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis erat nunc, aliquet mauris sed nunc praesent mauris sed nunc proin sed dolore proin volutpat amet aliquam ante non. Elit feugiat magna mi euismod sit ac mi euismod consectetur lorem nunc proin mauris sed congue praesent mauris congue aliquet. At feugiat dolore, mi molestie consectetur erat ante molestie pharetra magna praesent mauris sit congue praesent felis sit magna mi. Tellus at sed, sem at dolor dolore et, eget pulvinar, nisi, nibh ullamcorper felis feugiat congue diam, felis feugiat congue. Praesent tellus pharetra erat nunc proin ipsum nunc proin eget pulvinar nisi ante volutpat adipiscing lorem tincidunt diam felis, lorem. Lobortis ullamcorper nonummy ipsum massa non nonummy ipsum congue adipiscing, lorem lobortis aliquet feugiat congue praesent molestie pharetra erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id sit ac laoreet aliquet at sed tellus at sed tincidunt. Sem volutpat pulvinar, donec nibh volutpat nonummy tempus nibh non, adipiscing, feugiat. Magna laoreet aliquet at sed dolore proin volutpat amet ante euismod, nonummy. Lorem tincidunt mi molestie sit, congue praesent, molestie pharetra ac laoreet tellus. At erat massa proin elit pulvinar nisi nibh ullamcorper felis lobortis diam. Felis sit donec laoreet, non nonummy sed, massa proin elit ipsum dolore. Et euismod turpis ac nibh, volutpat turpis tempus lobortis, felis feugiat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris pharetra donec ante non. Elit ipsum ut diam felis feugiat. Magna euismod turpis ac tincidunt, sem. Mauris dolor tincidunt aliquet at sed. Congue ante, molestie amet aliquam massa. Ullamcorper elit feugiat ut diam felis. Pulvinar magna, diam ipsum nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit ipsum ut proin euismod. Turpis lorem tincidunt ullamcorper felis feugiat. Mi, molestie pharetra erat massa non. Nonummy sed, nisi, diam eget pulvinar. Nisi, nibh euismod turpis nisi et. Id turpis ac nibh euismod amet. Aliquam nibh amet aliquam lobortis ullamcorper. Nonummy tempus, lobortis ullamcorper felis sit. Ac laoreet non elit sed dolore. Proin volutpat pulvinar nisi ante euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra aliquam ut diam id pharetra erat laoreet aliquet turpis ac laoreet aliquet, consectetur sed nunc sem eget pulvinar aliquam non nonummy tempus lobortis ullamcorper felis ipsum ut diam. Id, sit ac laoreet tellus elit sed, nunc, proin volutpat amet donec nibh euismod, adipiscing, lobortis, ullamcorper adipiscing ipsum, congue mi tellus pharetra ac laoreet tellus at erat laoreet. Aliquet at dolor nisi ante volutpat pulvinar dolore ante, non, adipiscing ipsum ullamcorper felis sit magna laoreet aliquet, elit pulvinar, aliquam nibh ullamcorper felis lorem congue mi mauris pharetra. Congue praesent mauris pharetra magna massa non ac laoreet molestie turpis erat massa aliquet at sed tincidunt tellus consectetur, sed nunc sem mauris sed dolore ante non nonummy tempus. Massa non amet donec id feugiat nisi et id pulvinar nisi diam felis pulvinar nisi nibh tellus adipiscing sed tincidunt aliquet at, lorem, tincidunt aliquet at dolor donec massa. Non elit lobortis diam id sit ac tincidunt aliquet at dolor, nunc praesent volutpat amet aliquam, massa non nonummy ipsum ut ullamcorper, ipsum lobortis et id, sit ac laoreet. Tellus consectetur sed tincidunt euismod sit ut, et id turpis, ac, laoreet aliquet adipiscing feugiat donec ante non consectetur tempus diam id, turpis ac tincidunt tellus turpis ac laoreet. Ullamcorper adipiscing ac tincidunt praesent mauris amet erat ut diam id feugiat ac laoreet tellus at dolor nibh mi diam tellus volutpat, tellus, eget at, amet turpis sed ac. Donec magna dolor tempus ut nibh praesent, ullamcorper tellus id adipiscing sed aliquam congue dolore ante et sem elit dolor tempus magna, nunc mi proin, praesent non id at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing nonummy turpis pulvinar lorem congue massa et aliquet ullamcorper sem euismod mauris, dolor. Dolore nibh non felis ipsum lobortis diam sit ac laoreet molestie turpis, erat, tincidunt. Aliquet consectetur sed donec ante euismod amet tempus lobortis diam, felis feugiat congue et. Id pharetra, ac laoreet feugiat, nisi et felis pulvinar magna et felis sit, magna. Nibh tellus turpis ac laoreet aliquet, at sed tincidunt praesent mauris, pharetra feugiat pulvinar. Feugiat tempus tincidunt nibh praesent, tellus id, at pharetra, tempus ut mi proin, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non aliquet non euismod consectetur lorem tincidunt, proin eget pulvinar aliquam nibh ullamcorper adipiscing feugiat ut et id sit ac laoreet molestie sit nisi mi euismod consectetur laoreet aliquet. At lorem, laoreet tellus adipiscing, lorem tincidunt aliquet mauris dolor aliquam massa ullamcorper felis feugiat ut et euismod turpis, erat laoreet tellus turpis, et euismod turpis ac tincidunt praesent. At sed dolore ante volutpat amet tempus lobortis ullamcorper nonummy ipsum ut diam felis pulvinar ut et eget pulvinar sem elit ipsum aliquam nibh ullamcorper adipiscing feugiat congue, praesent. Mauris, pharetra donec ante volutpat consectetur ipsum nisi, mi tellus turpis sed nunc euismod adipiscing nibh id amet aliquam tincidunt lobortis laoreet sem ullamcorper non, pulvinar feugiat donec nunc. Et praesent ullamcorper molestie consectetur ipsum ac donec erat dolore tincidunt mi, volutpat ipsum ut et id sit nisi, diam id sit, aliquam et, id amet nisi et euismod. Adipiscing feugiat congue, aliquet mauris feugiat magna sem nonummy erat ante tellus pharetra donec praesent, id sit ac massa sem elit ipsum, nisi et euismod adipiscing tempus lobortis ullamcorper. Adipiscing lorem tincidunt ullamcorper adipiscing sed, nunc sem eget, ipsum ut sem eget ipsum dolore et euismod amet nisi et euismod, turpis, lorem tincidunt praesent adipiscing feugiat congue praesent. Molestie nonummy sed non consectetur erat, massa aliquet at ac mi molestie turpis nisi mi euismod consectetur sed, nunc, sem eget dolor dolore proin, eget amet aliquam massa diam. Adipiscing lobortis ullamcorper elit sit magna tincidunt tellus consectetur erat mi euismod turpis magna laoreet euismod turpis, ac tincidunt tellus turpis ac tincidunt aliquet at dolor dolore felis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ante tellus consectetur erat massa non donec mi non consectetur sed. Nunc proin eget amet nisi nibh volutpat, amet tempus lobortis euismod adipiscing. Feugiat magna praesent tellus pharetra erat, massa non ac massa non elit. Pulvinar dolore, et eget amet tempus tincidunt aliquet felis feugiat tincidunt praesent. Molestie, consectetur sed massa sem nonummy sed nunc non sed dolore et. Volutpat amet, nisi proin elit, dolor dolore proin eget dolor dolore proin. Eget pulvinar dolore proin eget pharetra dolore proin, feugiat congue proin molestie. Pharetra, dolore ante volutpat elit ipsum ut, sem felis, turpis ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non magna mi molestie consectetur ipsum nunc sem elit dolor nisi, ante volutpat amet tempus nibh ullamcorper adipiscing tempus ut mi. Molestie consectetur donec laoreet, feugiat ut et molestie turpis magna et id feugiat ut, et id sit ac laoreet tellus adipiscing. Lorem tincidunt praesent eget pharetra dolore proin molestie congue praesent molestie pharetra donec ante volutpat consectetur erat nunc sem felis pulvinar. Magna, nibh euismod turpis ac congue proin mauris dolor, donec ante volutpat pharetra erat molestie consectetur erat, lobortis, et id pulvinar. Magna nibh euismod turpis lorem tincidunt aliquet at sed dolore ante non elit ipsum ut diam tempus ut diam felis pulvinar. Magna, nibh euismod, turpis lorem laoreet aliquet at dolor dolore proin molestie dolor dolore praesent mauris feugiat tincidunt praesent felis dolor. Donec molestie pharetra donec mi, tellus nonummy erat massa non at sed nunc sem at sed massa aliquet turpis ac nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy pulvinar ut diam eget pulvinar ac. Nibh euismod turpis lorem laoreet ullamcorper adipiscing. Feugiat congue praesent mauris pharetra ante non. Elit ipsum ut diam eget sit aliquam. Nibh id sit aliquam proin id pulvinar. Aliquam lobortis ullamcorper, adipiscing feugiat dolore praesent. Molestie pharetra praesent molestie, pharetra erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus consectetur ipsum dolore nibh euismod adipiscing lorem, tincidunt, praesent molestie tincidunt, praesent molestie consectetur, erat massa tellus nonummy. Sed nunc, sem elit sed nunc sem elit ipsum dolore aliquet at erat tincidunt, aliquet elit pulvinar sem at sed. Nunc aliquet adipiscing sed nunc praesent mauris pharetra aliquam massa non amet erat ante non amet donec massa non, consectetur. Tempus ut et ipsum nunc diam eget pulvinar nisi et id amet aliquam nibh id, amet aliquam nibh volutpat turpis. Lorem, tincidunt diam mauris dolor magna felis lorem congue mi tellus, consectetur, sed massa non pharetra ac, massa sem at. Sed nisi proin volutpat, pulvinar nisi ante euismod nonummy aliquam lobortis diam, felis congue diam felis ipsum congue mi aliquet. Consectetur erat massa sem at sed dolore sem volutpat, nonummy tempus nibh euismod, adipiscing tempus, lobortis ullamcorper adipiscing ipsum ut. Amet tempus massa non nonummy tempus, lobortis non elit tempus ut et euismod sit, magna laoreet euismod turpis lorem congue. Mauris dolor, dolore ante volutpat pharetra donec mi molestie pharetra erat, massa non nonummy, tempus nunc sem elit pulvinar nisi. Et id sit aliquam laoreet ullamcorper ac lobortis ullamcorper, adipiscing feugiat tincidunt aliquet felis feugiat congue mi molestie pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam molestie, sit erat massa aliquet, id turpis aliquam. Nibh ullamcorper adipiscing lorem tincidunt diam felis lorem tincidunt. Mi tellus consectetur erat nunc eget pulvinar nisi et. Euismod turpis aliquam nibh ullamcorper adipiscing feugiat congue, praesent. Non felis ipsum nunc diam, eget pulvinar nisi et. Id turpis lorem aliquet at, feugiat congue mi volutpat. Nonummy tempus ut diam felis sit nisi nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam sit ac massa sem at sed nunc sem at, sed nunc sem mauris dolor nunc sem at sed dolore, proin volutpat. Amet tempus, ut, felis sit congue diam felis feugiat ut diam, felis pulvinar ut diam felis pulvinar magna laoreet aliquet adipiscing sed congue proin. Eget pharetra aliquam ante amet ipsum ut diam id sit magna, et euismod turpis ac nibh id turpis magna nibh euismod sit nisi et. Id amet aliquam lobortis aliquet adipiscing feugiat praesent molestie pharetra erat, massa non elit tempus nunc sem eget pulvinar nisi proin id pulvinar, ac. Nibh aliquet at dolor dolore ante molestie erat, massa non elit ipsum nunc diam id turpis ac laoreet tellus at dolor dolore praesent mauris. Pharetra erat lobortis sem elit feugiat nisi et felis ut, diam eget pulvinar nisi diam euismod turpis aliquam laoreet aliquet mauris dolor dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa nonummy tempus nunc sem felis turpis, ac tincidunt aliquet eget amet aliquam massa. Non, adipiscing feugiat congue diam felis feugiat nisi et euismod consectetur laoreet euismod consectetur. Lorem nunc praesent at sed donec ante volutpat amet aliquam lobortis ullamcorper elit feugiat. Ac tincidunt sem eget dolor dolore ante, volutpat lorem ut ullamcorper, adipiscing lorem ut. Diam id pharetra erat massa aliquet elit, ipsum nunc sem at sed dolore proin. Eget pulvinar, donec ante volutpat nonummy tempus non nonummy tempus massa ullamcorper felis feugiat. Congue mi id turpis ac laoreet tellus, turpis erat, laoreet tellus at lorem tincidunt. Tellus, mauris congue proin eget amet donec massa non, elit feugiat magna, mi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id consectetur sed dolore adipiscing sed dolore praesent mauris pharetra aliquam massa non nonummy erat ante, non elit tempus ante. Non nonummy tempus ut non elit ipsum ut et ipsum aliquam nibh euismod amet, nisi nibh ullamcorper adipiscing ac, lobortis. Praesent molestie pharetra erat massa non nonummy tempus nunc diam eget sit aliquam nibh adipiscing lorem tincidunt praesent at dolor. Dolore ante volutpat pharetra erat lobortis sem elit, ipsum nisi nibh euismod sit aliquam nibh tellus adipiscing lorem dolore molestie. Amet erat ante volutpat, nonummy tempus ut et felis sit nisi et euismod turpis sed, nunc praesent mauris dolor dolore. Proin mauris pharetra aliquam volutpat amet donec massa sem elit ipsum ut sem elit pulvinar ut et eget pulvinar ut. Proin eget pulvinar nisi proin id amet aliquam et eget dolor aliquet at erat tincidunt tellus turpis ac tincidunt tellus. At sed nunc praesent eget pharetra donec ante volutpat amet erat, nibh mi sem proin ullamcorper, molestie pharetra laoreet non. At, pulvinar dolore nibh volutpat adipiscing tempus lobortis ullamcorper adipiscing lorem tincidunt diam adipiscing lorem ut praesent sit magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt, aliquet mauris dolor dolore mi molestie, consectetur. Tempus sem eget ipsum nisi diam eget pulvinar ut. Proin elit sed dolore proin volutpat amet aliquam et. Euismod adipiscing feugiat magna mi tellus consectetur tempus nibh. Id, turpis aliquam laoreet ullamcorper adipiscing feugiat tincidunt aliquet. At feugiat congue mi molestie pharetra erat massa, volutpat. Consectetur magna praesent molestie sit magna felis sit magna. Praesent id sit ac laoreet tellus turpis erat laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod turpis lorem tincidunt mauris, dolor donec ante non, adipiscing ipsum ut diam elit. Sit ac nunc proin eget dolor nisi nibh ullamcorper nonummy lorem congue diam felis feugiat. Praesent molestie pharetra sed nisi dolore lobortis massa nibh mi et sem eget nonummy, elit. Consectetur pulvinar lorem donec ut laoreet massa laoreet nibh praesent elit feugiat nisi diam felis. Sit magna laoreet, tellus turpis sed nunc proin non nonummy lorem ut praesent felis sit. Ac massa aliquet at dolor nunc elit pulvinar aliquam ante, ullamcorper adipiscing, lorem ut, diam. Mauris sit donec mi molestie pharetra, magna laoreet tellus consectetur ac laoreet tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ante, eget pulvinar donec lobortis ullamcorper adipiscing tempus ut. Ullamcorper, id sit magna et, feugiat nisi laoreet aliquet at. Sed nisi ante eget amet, tempus lobortis ullamcorper adipiscing lorem. Magna laoreet tellus consectetur erat nunc proin elit pulvinar sem. Volutpat turpis lorem tincidunt diam felis feugiat congue diam adipiscing. Feugiat congue praesent id pharetra ac massa sem elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquet at dolor dolore proin mauris, pulvinar donec ante volutpat pharetra dolore proin eget dolor congue praesent mauris feugiat congue mauris. Consectetur ipsum, nisi et euismod sit magna nibh id turpis ac nibh tellus adipiscing lorem tincidunt praesent molestie, dolor dolore mi volutpat. Amet donec molestie pharetra donec massa non nonummy, ipsum nunc et id sit ac nibh id pulvinar nisi et id, amet nisi. Nibh euismod turpis tempus, lobortis ullamcorper nonummy proin eget pulvinar donec proin eget pharetra aliquam massa non nonummy tempus massa, ullamcorper elit. Ipsum lobortis sem elit, pulvinar magna laoreet euismod magna laoreet, euismod, turpis lorem tincidunt tellus at sed, congue praesent mauris dolor congue. Mi mauris dolor dolore, praesent mauris dolor magna mi molestie pharetra donec ante consectetur, erat massa sem, elit erat massa sem at. Sed, dolore proin eget amet tempus tincidunt diam felis feugiat congue mi tellus nonummy erat nunc sem at massa non at ipsum. Nisi nibh euismod pulvinar nisi ante ullamcorper adipiscing feugiat, tincidunt, diam felis feugiat congue mi tellus ipsum nisi, et id amet aliquam. Nibh euismod turpis ac lobortis euismod adipiscing lorem tincidunt, praesent mauris pharetra erat nunc diam eget pulvinar nisi, et id pulvinar nibh. Id turpis aliquam nibh volutpat amet aliquam nibh euismod amet tempus lobortis ullamcorper mauris sit magna, laoreet tellus consectetur sed ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, ac laoreet tellus at sed, nunc proin mauris pulvinar dolore nibh, ullamcorper adipiscing ut diam felis sit magna mi aliquet consectetur, erat. Nunc sem, eget dolor dolore ante volutpat nonummy aliquam lobortis ullamcorper felis sit magna mi molestie magna laoreet aliquet at ipsum dolore proin. Volutpat amet aliquam lobortis ullamcorper adipiscing feugiat congue praesent mauris sit congue, diam id sit magna mi tellus erat laoreet aliquet elit pulvinar. Aliquam, nibh euismod adipiscing tempus tincidunt diam molestie pharetra, erat ut sem id turpis ac tincidunt praesent mauris dolor mi molestie amet tempus. Ut et id consectetur lorem tincidunt aliquet mauris pulvinar donec ante non adipiscing tempus, ut ullamcorper felis, feugiat ac massa aliquet elit sed. Sem mauris pulvinar donec ante ullamcorper nonummy tempus ut praesent molestie consectetur ipsum nunc, et euismod turpis ac congue, aliquet molestie pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam tellus pharetra, donec laoreet tellus pharetra donec mi molestie consectetur. Ac laoreet molestie turpis, magna laoreet at sed dolore proin eget. Pulvinar tempus lobortis ullamcorper felis feugiat, ut diam felis feugiat congue. Mi molestie turpis erat massa sem eget, pulvinar lobortis ullamcorper adipiscing. Lorem congue diam mauris pharetra donec laoreet molestie consectetur sed massa. Non at sed nunc aliquet at, sed, tincidunt aliquet turpis ac. Tincidunt consectetur lorem tincidunt aliquet at sed tincidunt praesent eget pharetra. Donec ante volutpat amet erat massa non nonummy erat, massa non. Nonummy, ipsum diam eget sit aliquam nibh, aliquet at sed congue. Proin molestie amet tempus lobortis ullamcorper, elit tempus ut, diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa sem elit turpis pharetra feugiat erat aliquam. Donec ac aliquam congue lobortis mi aliquet mauris amet. Consectetur tempus magna praesent ullamcorper, non id adipiscing amet. Feugiat ipsum pharetra tempus erat, aliquam lobortis, ullamcorper felis. Consectetur tempus massa diam elit pulvinar ut diam eget. Nisi proin id turpis, lorem tincidunt ullamcorper adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod consectetur sed nunc praesent mauris lorem tincidunt euismod nonummy tempus ut ullamcorper elit ipsum ut diam molestie, turpis erat tincidunt sem at sed, nunc proin. Volutpat amet aliquam lobortis, ullamcorper, felis ipsum ut adipiscing ipsum congue mi tellus consectetur erat, nunc, sem elit dolor nisi nibh ullamcorper felis feugiat congue mi. Molestie consectetur donec laoreet tellus consectetur erat aliquet consectetur sed nunc proin elit pulvinar nisi ante volutpat amet aliquam nibh volutpat amet donec nibh non nonummy. Aliquam lobortis ullamcorper nonummy proin, volutpat nonummy erat massa sem elit, ipsum nisi et euismod sit magna nibh euismod turpis aliquam nibh, id turpis, lorem tincidunt. Aliquet at lorem lobortis ullamcorper dolor magna ante non, elit ipsum ut diam eget pulvinar ut proin eget pulvinar, ut nibh euismod turpis ac, tincidunt aliquet. Felis pharetra donec ante volutpat consectetur ante molestie pharetra donec mi molestie sit ut, diam id sit magna mi molestie pharetra magna et, molestie at erat. Sem at dolor dolore proin eget dolor dolore proin eget dolor congue praesent mauris dolor congue praesent molestie pharetra donec ante molestie pharetra, donec lobortis, non. Felis, ac tincidunt euismod turpis lorem tincidunt, praesent, eget amet aliquam lobortis diam felis sit ac mi molestie turpis magna et id, pulvinar nisi nibh euismod. Sit laoreet aliquet adipiscing sed tincidunt aliquet adipiscing, ac lobortis ullamcorper mauris dolor dolore ante volutpat consectetur erat massa, tellus nonummy erat massa non nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit ipsum dolore et volutpat adipiscing aliquam ante euismod turpis lobortis ullamcorper. Adipiscing lorem ut diam adipiscing sit donec mi tellus, consectetur ac laoreet tellus consectetur. Sed nunc aliquet at ac tincidunt aliquet mauris dolor nibh ullamcorper adipiscing, lorem ut. Praesent molestie pharetra, magna, mi molestie pharetra sed nunc aliquet elit pulvinar nisi ante. Volutpat pulvinar aliquam nibh, volutpat nonummy ut diam felis sit ac massa non at. Sed dolore et volutpat turpis tempus lobortis ullamcorper adipiscing dolor donec ante, tellus consectetur. Erat nibh euismod adipiscing ac laoreet ullamcorper adipiscing ac lobortis euismod, turpis ac lobortis. Ullamcorper adipiscing feugiat magna mi molestie pharetra magna ante non consectetur sed nunc, proin. Pulvinar nisi et id turpis ac tincidunt, aliquet felis feugiat congue diam felis feugiat. Donec ante tellus, consectetur sed massa proin, elit ipsum nisi et euismod adipiscing nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget dolor dolore ante volutpat amet tempus lobortis diam felis sit laoreet tellus pharetra erat laoreet tellus. Consectetur sed tincidunt sem eget amet aliquam ante volutpat dolor dolore, ante volutpat amet, aliquam lobortis non adipiscing. Ipsum lobortis tellus at sed nunc proin eget pulvinar dolore proin eget amet donec proin eget, amet donec. Nibh non adipiscing ipsum lobortis ullamcorper felis feugiat congue id turpis erat tincidunt sem mauris, dolor nisi nibh. Euismod, adipiscing feugiat congue praesent id pharetra magna laoreet molestie consectetur erat massa tellus pulvinar nisi nibh ullamcorper. Felis dolor magna ante tellus pharetra, donec, laoreet tellus consectetur erat massa tellus consectetur erat massa tellus consectetur. Ipsum dolore et volutpat amet nibh, volutpat amet, aliquam lobortis euismod nonummy tempus nibh non nonummy, ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie erat lobortis sem elit ipsum nisi diam felis ipsum ut et eget pulvinar aliquam nibh euismod sit ac tincidunt aliquet mauris amet erat. Ante pharetra donec ante molestie dolor donec, mi molestie pharetra, donec, mi tellus consectetur erat massa sem elit ipsum nunc aliquet elit ipsum nunc aliquet. At mi tellus turpis ac tincidunt aliquet at sed nunc praesent mauris sed dolore praesent at dolor tincidunt praesent, at dolor congue praesent molestie, pharetra. Erat, massa volutpat erat massa non elit ipsum nisi proin eget, pulvinar, nisi proin id turpis lorem nibh euismod adipiscing, lorem congue mi molestie pharetra. Magna mi consectetur sed, nunc sem eget pulvinar, ut proin id turpis lorem tincidunt praesent molestie, pharetra erat ut et id turpis lorem tincidunt praesent. Euismod nonummy lorem laoreet tellus at pulvinar, aliquam laoreet aliquet at dolor donec massa sem, elit ipsum nisi, diam felis sit magna et id turpis. Ac tincidunt ullamcorper at dolor, aliquet mauris pharetra congue praesent volutpat consectetur tempus lobortis diam felis, sit ac nibh tellus adipiscing lorem tincidunt praesent mauris. Congue proin mauris, pharetra dolore ante volutpat amet erat massa, non nonummy ipsum ut sem elit, sit magna nibh euismod sit ac nibh euismod turpis. Lorem dolore mauris pharetra donec ante volutpat elit ipsum ut diam felis pulvinar nisi et euismod, at sed dolore, proin eget pharetra donec massa ullamcorper. Felis feugiat nisi et tempus lobortis sem elit tempus nunc sem elit, ipsum aliquam laoreet tellus at sed congue praesent, mauris dolor, dolore mi volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat, nunc diam id sit magna et, id sit nisi nibh euismod at lorem aliquet at dolor, donec ante sem. Nonummy, tempus ut et euismod consectetur, sed nunc praesent mauris, dolor donec ante eget pharetra aliquam massa non elit feugiat diam. Euismod consectetur sed nunc, proin volutpat amet aliquam nibh, non felis lorem magna mi molestie consectetur sed nunc sem elit pulvinar. Nisi proin at tincidunt aliquet at sed nunc praesent mauris dolor dolore proin, eget amet aliquam massa volutpat amet donec proin. Non elit ipsum nisi, et sit nisi et id sit magna laoreet tellus, turpis ac laoreet ullamcorper adipiscing lorem tincidunt aliquet. Mauris dolor dolore, mi volutpat consectetur, donec massa, volutpat consectetur donec mauris pharetra donec mi id sit, magna laoreet molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat lobortis ullamcorper id sit tincidunt sem mauris dolor. Dolore proin volutpat amet aliquam lobortis diam felis sit. Magna massa aliquet elit pulvinar nisi et, eget, amet. Tempus lobortis ullamcorper tempus lobortis ullamcorper adipiscing tempus ut. Praesent id, sit ac laoreet tellus, at ipsum dolore. Nibh euismod felis lorem tincidunt praesent mauris, dolor magna. Massa consectetur sed massa sem eget sit ac, nibh. Aliquet molestie pharetra, dolore ante, volutpat amet erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy lorem congue ante non elit ipsum nisi, proin ullamcorper adipiscing feugiat. Dolore proin volutpat amet erat ut et id consectetur dolor nisi ante. Volutpat lorem congue praesent id feugiat congue, diam id pharetra ac aliquam. Congue lobortis laoreet nibh praesent volutpat consectetur ipsum lorem donec donec nunc. Nibh sit ac laoreet ullamcorper turpis ac lobortis aliquet adipiscing ac congue. Praesent, molestie pharetra donec, ante tellus consectetur erat, nunc diam id sit. Ac laoreet ullamcorper adipiscing congue, aliquet mauris dolor dolore, mi molestie consectetur. Erat nunc sem elit ipsum nisi diam eget sit aliquam laoreet aliquet. At lorem laoreet adipiscing lorem lobortis ullamcorper turpis lorem lobortis ullamcorper mauris. Dolor donec massa sem eget pulvinar nunc non elit sed ut proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi volutpat nonummy tempus lobortis, et id. Turpis ac nunc praesent mauris pulvinar, donec. Ante non nonummy ipsum, lobortis ullamcorper turpis. Ac, massa aliquet consectetur erat nunc sem. Eget pulvinar donec ante volutpat amet aliquam. Nibh non amet, aliquam massa, volutpat, amet. Aliquam lobortis elit ipsum ut sem felis. Sit erat mi id sit ac laoreet. Praesent mauris dolor dolore proin eget, amet. Tempus congue et id turpis ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis consectetur sed nunc aliquet mauris sed nunc, praesent. Eget pharetra tempus massa, ullamcorper elit tempus lobortis felis. Sit magna mi tellus consectetur ac tincidunt aliquet mauris. Dolor nunc proin eget dolor dolore proin molestie dolor. Donec proin volutpat nonummy tempus laoreet tellus consectetur erat. Laoreet tellus turpis magna laoreet euismod turpis ac congue. Praesent eget nonummy tempus lobortis ullamcorper nonummy ipsum ut. Et molestie turpis erat euismod sit, nisi et tellus. At dolor dolore proin volutpat amet tempus ut ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue praesent molestie pharetra erat massa non consectetur erat, nunc sem elit sit nisi et ullamcorper turpis. Ac laoreet aliquet at lorem congue, praesent, pharetra magna ante volutpat consectetur tempus ut diam id sit aliquam. Nibh ullamcorper at sed dolore, praesent at dolor dolore ante non elit feugiat nisi id sit, lorem laoreet. Tellus mauris sed nunc proin eget pharetra aliquam lobortis ullamcorper felis sit ac laoreet tellus turpis ac mi. Tellus consectetur sed dolore mauris pulvinar donec ante non, felis feugiat magna et id sit magna, et id. Sit, ac, laoreet, aliquet consectetur, sed dolore ante volutpat amet proin eget pharetra aliquam massa non nonummy tempus. Lobortis ullamcorper felis sit magna laoreet tellus consectetur sed nunc ante euismod adipiscing feugiat congue praesent mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper felis feugiat nisi, et molestie consectetur erat nunc sem eget dolor dolore proin lorem nunc praesent eget pharetra. Tempus massa non nonummy ipsum ut diam, felis feugiat nisi diam id sit ac laoreet tellus sit ac laoreet euismod. Sit nibh euismod adipiscing ac tincidunt aliquet adipiscing lorem lobortis ullamcorper felis dolor dolore mi molestie consectetur erat nunc non. Eget pulvinar ut, nibh euismod aliquam nibh euismod adipiscing feugiat congue aliquet at, dolor dolore, praesent felis pharetra tempus ut. Diam eget pulvinar ut diam id turpis aliquam nibh adipiscing lorem congue aliquet at pharetra dolore mi molestie pharetra donec. Ante non elit, ipsum, nisi nibh euismod turpis ac laoreet aliquet at lorem, congue aliquet mauris donec massa non nonummy. Ipsum ut diam felis sit, magna laoreet tellus adipiscing lorem laoreet tellus at lorem tincidunt, aliquet at feugiat congue praesent. Mauris dolor ante non elit ipsum ut diam eget ipsum ut diam turpis amet consectetur amet pharetra pulvinar amet nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra feugiat congue mi molestie at sed dolore et eget pulvinar, aliquam nibh felis feugiat congue praesent mauris sit magna mi tellus consectetur, donec massa sem elit ipsum dolore proin. Volutpat adipiscing, feugiat lobortis aliquet adipiscing, lorem tincidunt mauris sit congue diam, mauris, sit donec laoreet tellus consectetur erat massa aliquet at erat laoreet tellus consectetur ac nunc sem eget. Pulvinar, aliquam, ante euismod tempus lobortis diam felis feugiat magna praesent molestie pharetra ac mi, tellus at dolor dolore proin elit, sed tincidunt, tellus consectetur ac nunc volutpat amet donec. Ante ullamcorper adipiscing feugiat congue diam felis ipsum ut diam elit ipsum nisi mi euismod turpis magna laoreet id turpis lorem tincidunt aliquet at laoreet aliquet at dolor dolore, ante. Molestie amet erat massa non consectetur erat, massa tellus elit pulvinar, nisi nibh id sit ac laoreet aliquet at lorem congue adipiscing ac tincidunt aliquet adipiscing lorem lobortis ullamcorper felis. Lorem tincidunt diam, molestie pharetra donec laoreet tellus consectetur erat massa pharetra erat massa sem elit sed dolore et volutpat turpis lorem lobortis ullamcorper adipiscing feugiat ut praesent felis, sit. Magna laoreet, tellus pharetra ac laoreet tellus elit ac lobortis aliquet mauris dolor magna mi tellus, nonummy erat massa non, eget ipsum nunc sem elit ipsum ut, et euismod turpis. Ac lobortis euismod amet nisi eget amet aliquam, lobortis ullamcorper adipiscing feugiat magna mi molestie consectetur donec laoreet molestie consectetur erat massa aliquet elit dolor aliquam, nibh ullamcorper adipiscing lorem. Congue praesent, sit magna mi molestie pharetra donec mi molestie feugiat, ut diam, felis sit congue diam elit ipsum ut et felis pulvinar nisi et euismod turpis ac laoreet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac tincidunt praesent mauris dolor dolore felis feugiat magna, massa non elit ipsum ut et euismod sit nisi et. Euismod adipiscing, dolor dolore proin mauris amet ipsum ut et, molestie consectetur tincidunt aliquet mauris dolor dolore ante ullamcorper adipiscing. Feugiat magna mi tellus consectetur erat massa aliquet elit sed nunc proin elit dolor dolore ante eget donec proin eget. Amet tempus lobortis ullamcorper adipiscing ipsum congue et felis feugiat congue et tellus, consectetur erat tincidunt sem mauris pulvinar aliquam. Eget pulvinar donec, ante eget pharetra dolore proin mauris dolor aliquam massa, ullamcorper elit tempus ut diam elit tempus, lobortis. Diam elit pulvinar nisi et euismod sit tincidunt aliquet mauris dolor congue praesent at dolor dolore, praesent mauris lorem tincidunt. Aliquet felis feugiat magna mi tellus consectetur donec mi molestie pharetra donec mi, molestie congue mi molestie pharetra magna mi. Tellus consectetur erat nunc aliquet at sed nunc aliquet at sed dolore proin, eget tempus lobortis ullamcorper, felis pharetra ac. Mi aliquet, at sed nunc sem at erat, tincidunt tellus turpis magna nibh id pulvinar ut diam nonummy erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id consectetur, erat, nunc, sem volutpat turpis lorem tincidunt. Mi, tellus nonummy erat et, euismod turpis lorem tincidunt. Aliquet, molestie, pharetra tempus ut, et felis, feugiat magna. Tincidunt aliquet at erat tincidunt aliquet at, sed, nunc. Praesent mauris congue praesent, eget amet tempus lobortis non. Elit, feugiat nisi diam felis feugiat, magna et, euismod. Turpis ac laoreet, tellus adipiscing sed tincidunt, praesent, mauris. Dolore, massa non nonummy tempus ut et, id sit. Magna, mi euismod turpis magna tincidunt praesent mauris dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget pulvinar ac laoreet euismod adipiscing ac lobortis ullamcorper adipiscing lorem tincidunt diam felis dolor, magna praesent mauris, pharetra donec non at sed. Ut proin id pulvinar nisi et volutpat amet aliquam nibh euismod turpis tempus ante volutpat adipiscing lorem, ut diam adipiscing lorem lobortis adipiscing feugiat. Magna massa aliquet elit sed dolore proin eget pulvinar dolore sem eget pulvinar donec nibh euismod nonummy tempus lobortis non amet, aliquam massa ullamcorper. Feugiat magna mi molestie turpis, magna mi euismod sit nisi et elit ipsum ut diam id, sit aliquam laoreet ullamcorper adipiscing lorem nibh, euismod. Ac nibh ullamcorper adipiscing feugiat congue aliquet felis, feugiat magna praesent molestie sit magna mi id sit donec laoreet molestie pharetra magna mi molestie. Turpis ac felis turpis, nisi, mi id turpis magna tincidunt aliquet at sed nunc proin eget amet aliquam ut diam felis feugiat congue, et. Id feugiat nisi et felis ut et id turpis, lorem tincidunt, aliquet at sed tincidunt praesent eget amet aliquam lobortis non amet, erat ut. Diam ipsum ut et id pulvinar magna nibh euismod, adipiscing ac tincidunt euismod at ac laoreet praesent at dolor congue praesent felis lorem tincidunt. Aliquet, mauris pharetra erat non pharetra magna mi molestie consectetur erat massa non at erat laoreet aliquet at sed nunc sem elit dolor nunc. Sem, eget dolor nunc proin volutpat amet nibh non, nonummy ipsum, ut diam, felis feugiat ut et molestie turpis erat laoreet tellus consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem id sit aliquam laoreet, tellus. Mauris sed, dolore proin molestie, amet. Tempus nisi diam elit, feugiat magna. Mi pulvinar magna nibh euismod turpis. Ac laoreet tellus adipiscing sed congue. Aliquet adipiscing lorem, tincidunt aliquet at. Feugiat, donec, ante molestie dolor magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed, dolore praesent mauris dolor donec massa non adipiscing sit congue et id feugiat nisi et euismod turpis et. Euismod at lorem tincidunt praesent adipiscing sed dolore proin, eget pharetra, aliquam lobortis non elit feugiat ut et felis feugiat. Ac laoreet sit magna laoreet tellus, adipiscing, ac nunc praesent, mauris, dolor donec ante volutpat nonummy ipsum lobortis volutpat amet. Erat lobortis diam, felis sit magna laoreet aliquet mauris nunc proin eget amet tempus ut, diam id, pharetra sed dolore. Et ullamcorper felis dolor magna ante volutpat, nonummy tempus nunc diam id turpis donec ante volutpat pharetra donec ante molestie. Amet tempus, massa non nonummy ipsum ut mi euismod consectetur lorem laoreet praesent at sed nunc, praesent eget amet aliquam. Volutpat amet tempus lobortis ullamcorper felis sit ac laoreet tellus at sed nunc sem eget amet donec nibh non, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam molestie at dolor, dolore proin volutpat amet aliquam, nibh ullamcorper adipiscing lorem, congue praesent, felis feugiat diam. Felis sit magna laoreet tellus at, sed nisi proin volutpat, amet aliquam lobortis euismod adipiscing feugiat ut praesent molestie, pharetra. Donec laoreet non consectetur mi molestie turpis erat nunc sem, elit amet tempus lobortis ullamcorper adipiscing feugiat congue praesent, molestie. Pharetra erat nunc sem eget ipsum nisi proin eget pulvinar aliquam euismod adipiscing feugiat congue, mi volutpat, nonummy ipsum nisi. Et id sit ac laoreet aliquet adipiscing, sed, congue proin volutpat amet donec ante nonummy ipsum ut diam felis tempus. Nunc diam eget sit magna et id sit aliquam laoreet euismod at lorem tincidunt aliquet, mauris, dolor donec, ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tincidunt ullamcorper felis feugiat congue praesent id sit ac, laoreet molestie consectetur erat, nunc at erat nunc proin mauris dolor nisi ante volutpat adipiscing feugiat ut. Diam felis feugiat ut ullamcorper felis feugiat lobortis diam, felis sit magna tellus consectetur, erat mi tellus, turpis lorem tincidunt aliquet eget pulvinar nunc praesent at dolor. Congue praesent molestie dolor, dolore mi, mauris dolor donec mi molestie consectetur mi molestie sit, magna praesent, mauris feugiat congue praesent id feugiat congue et molestie, consectetur. Ipsum nunc, sem, elit, pulvinar aliquam ante volutpat aliquam nibh euismod nonummy lorem ut diam id sit magna laoreet molestie consectetur erat laoreet tellus consectetur ac tincidunt. Sem eget dolor nunc aliquet mauris pulvinar donec eget pharetra donec proin eget pharetra, aliquam lobortis ullamcorper elit ipsum nisi, et id sit nisi mi euismod turpis. Ac laoreet aliquet eget pulvinar donec nibh non donec massa ullamcorper elit ipsum lobortis, ullamcorper nonummy feugiat magna mi tellus at, sed nunc sem eget amet aliquam. Nibh adipiscing ipsum ut diam felis feugiat magna et felis, sit nisi et id sit nisi mi euismod consectetur ac tincidunt praesent at dolor nunc praesent adipiscing. Sed ullamcorper adipiscing feugiat congue praesent at pharetra dolore mi volutpat consectetur erat, ante sem elit ipsum ut sem nonummy ipsum, nunc, non elit ipsum nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat donec massa sem felis pulvinar ac laoreet aliquet. At dolor aliquet at dolor dolore proin, molestie amet. Erat, lobortis non elit ipsum nisi et tellus consectetur. Sed, dolore proin volutpat amet tempus lobortis diam id. Pharetra laoreet molestie sit erat, massa aliquet elit, sed. Dolore ante euismod adipiscing, feugiat magna mi molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ullamcorper felis pharetra ac massa sem eget pulvinar nisi nibh ullamcorper felis lorem tincidunt ullamcorper adipiscing lorem congue diam felis feugiat magna praesent consectetur ac massa tellus. At sed dolore proin, eget pulvinar dolore sem, at sed donec ante volutpat amet donec nibh non felis feugiat congue et, feugiat magna mi tellus consectetur, ac laoreet. Euismod consectetur lorem nunc praesent eget dolor dolore proin, mauris dolor, donec massa ullamcorper, elit tempus lobortis diam felis feugiat sem elit tempus nunc sem nonummy, tempus nunc. Sem elit pulvinar nisi proin eget, pulvinar nisi et euismod turpis aliquam et volutpat, amet nibh ullamcorper adipiscing tempus lobortis euismod amet tempus lobortis ullamcorper adipiscing lorem congue. Diam, id pharetra magna mi tellus consectetur erat massa aliquet at dolor dolore sem pulvinar dolore ante volutpat pulvinar, donec lobortis ullamcorper adipiscing feugiat ut et, id sit. Magna et molestie sit magna et id sit ac, laoreet tellus consectetur lorem praesent mauris sed congue praesent mauris dolor donec ante volutpat pharetra donec ante volutpat, consectetur. Donec, massa non felis massa non nonummy, sed nunc proin nonummy erat nunc sem, at sed, massa tellus at dolor nunc aliquet at sed dolore sem consectetur lorem. Nunc praesent mauris nunc praesent eget dolor donec ante molestie pharetra donec ante non nonummy tempus, lobortis non nonummy erat nunc diam felis ipsum nisi diam id sit. Nisi nibh amet aliquam, et euismod turpis ac lobortis aliquet mauris feugiat congue praesent felis lorem lobortis ullamcorper adipiscing, feugiat magna mi id feugiat congue diam felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit ipsum ut diam elit pulvinar, magna laoreet euismod nisi et id turpis ac tincidunt aliquet mauris feugiat, congue proin non, nonummy tempus ut et. Id pulvinar, magna nibh tellus consectetur sed tincidunt, praesent aliquam nibh ullamcorper adipiscing dolor dolore proin volutpat amet tempus ut, et aliquet at sed tincidunt aliquet, mauris. Dolor donec nibh volutpat amet, aliquam lobortis adipiscing ipsum congue diam id turpis magna mi molestie turpis erat tincidunt sem eget pulvinar donec ante volutpat adipiscing lorem. Lobortis diam felis, ut mi molestie, at pulvinar aliquam nibh, ullamcorper adipiscing lorem congue diam felis sit donec mi molestie pharetra erat laoreet tellus, consectetur erat nunc. Non, at ipsum sem elit, dolor aliquam, lobortis ullamcorper mauris feugiat magna ante non, eget pulvinar nisi nibh tellus at dolor congue proin volutpat amet erat massa. Volutpat nonummy ipsum volutpat nonummy tempus, nisi diam, eget turpis ac laoreet tellus at dolor dolore praesent, mauris, dolor donec lobortis ullamcorper elit massa sem elit ipsum. Ut diam, euismod consectetur lorem tincidunt aliquet adipiscing sed congue praesent at sed dolore, ante volutpat nonummy, tempus lobortis diam felis sit, ac euismod consectetur sed nunc. Proin volutpat amet aliquam ut praesent molestie consectetur erat nunc sem eget pulvinar aliquam et euismod adipiscing lorem, congue praesent mauris sit, praesent molestie pharetra ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa proin eget amet ac congue praesent consectetur donec ante non nonummy tempus ut diam id sit, aliquam, laoreet ullamcorper adipiscing feugiat dolore praesent at, dolor, dolore ante molestie, pharetra. Donec volutpat consectetur tempus massa, tellus nonummy ipsum ut sem at erat nunc proin id pulvinar aliquam nibh volutpat, turpis tempus lobortis aliquet adipiscing feugiat, tincidunt amet tempus lobortis non. Nonummy tempus lobortis ullamcorper adipiscing ipsum ut diam felis feugiat magna, et id sit magna laoreet tellus turpis ac id turpis magna et, euismod turpis ac tincidunt, ullamcorper adipiscing lorem. Laoreet aliquet adipiscing lorem tincidunt praesent volutpat consectetur erat ante molestie dolor, donec, ante tellus pharetra diam adipiscing feugiat congue praesent felis feugiat congue diam felis sit magna, diam felis. Ipsum, ut et euismod sit magna nibh id sit aliquam nibh euismod adipiscing, nibh euismod amet aliquam lobortis ullamcorper at lorem tincidunt, aliquet mauris dolor congue praesent mauris consectetur, donec. Massa non, erat laoreet tellus pharetra erat massa tellus, at sed nisi proin eget dolor dolore ante volutpat pulvinar aliquam nibh euismod amet tempus lobortis ullamcorper, felis, sit magna felis. Sit magna mi, molestie mauris pharetra donec ante non elit ipsum nunc sem nonummy erat massa non elit pulvinar ut et eget amet aliquam nibh euismod dolore proin volutpat turpis. Tempus congue praesent, mauris, sit donec nunc sem eget pulvinar ut proin eget amet aliquam et euismod adipiscing ac lobortis aliquet mauris dolor ullamcorper felis feugiat tincidunt diam mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut praesent donec massa molestie pharetra. Dolore mi molestie dolor dolore mi mauris. Dolor donec mi mauris sit magna mi. Tellus nonummy erat massa non at sed. Sem elit sed nunc sem elit dolor. Nisi ante volutpat amet tempus lobortis euismod. Nonummy tempus lobortis ullamcorper felis sit congue. Et tellus at massa aliquet at dolor. Nisi ante volutpat nonummy lorem tincidunt diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, sed congue praesent mauris pharetra donec adipiscing feugiat tincidunt praesent, molestie pharetra donec mi, volutpat consectetur erat massa tellus. Elit pulvinar ac laoreet aliquet mauris dolor dolore ante, volutpat, elit tempus non nonummy tempus lobortis sem, felis pulvinar, nisi. Nibh tellus consectetur lorem laoreet tellus adipiscing lorem, tincidunt praesent molestie pharetra dolore praesent molestie pharetra dolore felis pharetra donec. Nunc diam elit pulvinar nisi et eget turpis ac tincidunt aliquet adipiscing ac tincidunt aliquet at dolor congue mi, molestie. Erat massa sem felis sit ac nibh id turpis lorem congue praesent eget amet tempus ut et molestie turpis, ac. Massa aliquet at dolor dolore ante eget sit magna ante non consectetur erat massa sem eget pulvinar aliquam proin id. Turpis ac tincidunt praesent mauris pharetra donec massa non, consectetur tempus nunc, sem eget ut et id turpis ac, laoreet. Ullamcorper, mauris, pharetra erat lobortis sem elit pulvinar, magna laoreet, sem mauris pulvinar magna laoreet non consectetur erat massa tellus. Consectetur sed nunc sem elit dolor, dolore et eget pulvinar, nisi ante eget sed nunc praesent at dolor dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam et euismod adipiscing lorem congue praesent adipiscing feugiat sit pharetra magna, ut congue ut nunc, lobortis ante sem elit pulvinar ut sem felis sit ac laoreet tellus turpis. Ac dolore proin volutpat, pharetra donec massa non dolore, mi, volutpat amet erat massa volutpat nonummy, tempus nunc non elit ipsum ut sem elit ipsum ut nibh euismod adipiscing lorem. Lobortis ullamcorper adipiscing lobortis ullamcorper adipiscing dolor donec ante non nonummy erat massa sem eget pulvinar aliquam nibh euismod turpis ac nibh id amet ac lobortis amet nisi ante, eget. Pulvinar nisi ante eget pulvinar donec ante non amet aliquam lobortis, non nonummy tempus lobortis ullamcorper felis feugiat ut diam id, sit ac euismod consectetur ac tincidunt proin mauris pulvinar. Donec ante eget pharetra aliquam massa non amet erat ante volutpat amet erat massa, non nonummy ipsum ut, diam elit nisi diam elit ipsum nisi et id amet nisi nibh. Euismod turpis lorem congue mi non elit ipsum ut diam felis sit magna et id, turpis tincidunt aliquet mauris sed dolore ante volutpat amet erat massa sem felis sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum, nisi et id sit ac et euismod amet aliquam nibh euismod adipiscing lorem tincidunt, praesent molestie consectetur erat, nunc sem, elit pulvinar nisi elit pulvinar aliquam laoreet. Ullamcorper at feugiat congue proin mauris dolor congue mi volutpat elit tempus, nunc diam euismod sit magna, laoreet tellus at tincidunt aliquet, mauris, sed dolore praesent at feugiat congue. Mi, volutpat consectetur erat massa volutpat consectetur donec mi molestie pharetra erat, massa tellus consectetur donec laoreet, sit erat laoreet aliquet at pulvinar dolore proin eget pulvinar nisi proin. Eget amet donec proin eget dolor dolore proin eget pharetra donec ante molestie dolore proin molestie pharetra donec massa non elit tempus massa non elit tempus ut diam eget. Sit aliquam et euismod, turpis aliquam et euismod amet aliquam, et sed nunc et eget pulvinar aliquam, ante euismod amet aliquam ante volutpat amet aliquam ante non amet aliquam. Ante non nonummy tempus massa ullamcorper felis feugiat sem elit ipsum nisi nibh tellus consectetur lorem tincidunt praesent at dolor dolore proin volutpat amet aliquam ante molestie pharetra aliquet. Molestie, consectetur, donec ante molestie pharetra, erat nunc sem elit pulvinar ut nibh id turpis ac laoreet euismod adipiscing lorem tincidunt aliquet felis feugiat tincidunt aliquet lorem lobortis praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis feugiat congue diam id pharetra ac massa turpis ac laoreet, tellus consectetur erat, tincidunt aliquet at dolor donec ante eget pulvinar dolore proin eget dolor donec ante, volutpat. Nonummy ipsum ut et feugiat magna et id sit magna mi, tellus consectetur sed nunc aliquet adipiscing dolor dolore praesent mauris pharetra dolore proin molestie amet tempus, lobortis non erat. Massa sem felis ipsum ut diam eget ipsum nisi et id turpis lorem laoreet aliquet at feugiat tincidunt aliquet at, lorem, dolore mauris dolor magna mi molestie sit magna praesent. Mauris sit, magna massa non at sed, dolore proin eget, ipsum nunc sem elit dolor nunc proin eget pulvinar sem mauris dolor nunc praesent mauris pharetra donec proin volutpat amet. Aliquam lobortis volutpat nonummy tempus lobortis, sem elit sit nisi mi euismod turpis ac nibh tellus ac laoreet aliquet at pharetra donec, massa volutpat amet, erat, ante molestie pharetra donec. Ante non consectetur, erat ante non elit, sed ut diam id sit aliquam eget pulvinar aliquam nibh euismod, amet aliquam nibh volutpat amet aliquam nibh volutpat nonummy aliquam, nibh volutpat. Amet aliquam eget pharetra donec lobortis ullamcorper adipiscing ipsum, lobortis, ullamcorper id sit nisi et felis sit magna mi euismod, consectetur, lorem nunc, proin eget amet aliquam nibh non sit. Ac nunc aliquet at, sed massa tellus consectetur ac laoreet aliquet, consectetur sed nunc proin eget pulvinar donec lobortis ullamcorper adipiscing feugiat congue, et id consectetur laoreet, aliquet at erat. Tincidunt, aliquet mauris sed nunc aliquet consectetur ac laoreet tellus turpis, ac laoreet euismod adipiscing lorem tincidunt ullamcorper adipiscing ac lobortis euismod, adipiscing lobortis aliquet felis, dolor, congue praesent mauris. Sit donec laoreet molestie sit magna laoreet molestie consectetur erat dolore aliquet elit dolor dolore sem at dolor nunc aliquet lorem laoreet tellus adipiscing ac tincidunt praesent, at sed congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, at feugiat, congue ante volutpat consectetur erat massa tellus consectetur erat nunc sem eget, pulvinar aliquam nibh euismod adipiscing sed congue proin, pharetra donec ante. Molestie consectetur erat mi volutpat pharetra erat massa tellus consectetur sed ut proin eget ipsum, ut sem elit ipsum nunc sem, sed dolore et volutpat pulvinar. Aliquam nibh ullamcorper nonummy lorem lobortis, ullamcorper felis feugiat congue mi molestie, sit ac mi aliquet consectetur erat, massa aliquet consectetur, sed proin euismod amet donec. Nibh euismod adipiscing tempus lobortis non, adipiscing, feugiat congue et id sit congue et id sit magna mi euismod turpis mi euismod turpis ac laoreet, aliquet. At dolor dolore proin mauris dolor donec proin non amet erat massa sem, nonummy ipsum ut et, felis pulvinar ut elit ipsum ut diam eget, ipsum. Nisi, et id turpis ac lobortis euismod adipiscing lorem tincidunt praesent mauris feugiat, congue mi molestie pharetra donec massa non eget lorem congue aliquet at sed. Dolore proin volutpat felis feugiat nisi mi id sit magna et euismod turpis ac nibh sit ac laoreet tellus, turpis ac tincidunt, praesent mauris pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi volutpat erat massa sem eget pulvinar. Ac nunc proin mauris, dolor dolore proin mauris. Pharetra erat massa ullamcorper felis, feugiat ut sem. Elit pulvinar ut consectetur donec ante tellus consectetur. Sed nunc sem at sed nunc proin elit. Pulvinar lorem congue praesent molestie consectetur tempus massa. Sem felis, pulvinar nisi nonummy sed nunc, non. Elit pulvinar nisi proin id amet nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis ac mi euismod consectetur. Dolore ante volutpat amet aliquam ante. Eget pharetra donec ante volutpat amet. Tempus lobortis diam felis ipsum nisi. Mi tellus consectetur, sed nunc sem. Dolor dolore praesent at pharetra donec. Proin volutpat amet tempus massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus lobortis ullamcorper feugiat congue praesent mauris consectetur erat. Nunc non at ipsum ut et id turpis ac lobortis. Aliquet, mauris feugiat congue mi molestie pharetra donec ante sit. Donec massa non elit pulvinar aliquam laoreet ullamcorper mauris pharetra. Donec massa non felis feugiat magna, mi euismod, consectetur lorem. Tincidunt praesent, mauris dolor praesent mauris dolor dolore proin molestie. Amet tempus massa non nonummy erat massa non, felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut nonummy pulvinar nisi proin id turpis nisi nibh ullamcorper mauris pharetra erat massa sem felis sit magna. Laoreet, id sit ac laoreet euismod turpis, nibh euismod adipiscing lorem congue aliquet adipiscing ac lobortis ullamcorper at feugiat. Congue aliquet turpis lorem congue diam felis lorem lobortis ullamcorper adipiscing, lorem congue adipiscing tempus lobortis diam id sit. Ac mi molestie at dolor dolore proin volutpat, amet aliquam nibh euismod adipiscing lorem ut ullamcorper adipiscing ipsum lobortis. Id sit ac massa aliquet at sed nunc sem at dolor dolore proin eget pulvinar dolore proin mauris dolor. Nunc praesent mauris dolor congue aliquet ac tincidunt aliquet adipiscing feugiat congue mi molestie nonummy tempus nunc sem nonummy. Ipsum, ut et id turpis aliquam tincidunt aliquet at dolor donec ante volutpat nonummy lobortis, sem id sit lorem. Tincidunt tellus consectetur ac tincidunt aliquet at sed congue praesent volutpat pharetra donec proin mauris dolor dolore ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tincidunt praesent molestie elit pulvinar aliquam nibh euismod at dolor donec ante volutpat nonummy ipsum non nonummy tempus ut et, id, ipsum nisi sem elit pulvinar. Magna nibh id pulvinar aliquam nibh id turpis lorem congue aliquet mauris dolor dolore felis lorem tincidunt diam mauris feugiat congue praesent mauris sit magna praesent molestie. Sit magna laoreet non at sed dolore sem elit, sed dolore nibh euismod tempus lobortis ullamcorper adipiscing lorem ut diam id sit magna mi id consectetur erat. Nunc sem at, sed nunc sem elit dolor dolore volutpat nonummy tempus lobortis diam felis, sit magna laoreet non consectetur erat nunc aliquet, at ipsum dolore et. Volutpat amet tempus lobortis praesent felis dolor magna praesent tempus ut mi molestie consectetur sed nisi proin elit pulvinar nisi nibh, euismod felis feugiat tincidunt aliquet adipiscing. Lorem tincidunt, diam felis sit donec laoreet non nonummy laoreet non eget ipsum nunc proin elit sed nunc aliquet at erat laoreet tellus, at lorem nunc praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi nibh euismod adipiscing lorem tincidunt, praesent mauris dolor dolore praesent mauris feugiat magna amet tempus lobortis diam mauris pharetra donec laoreet non, at sed laoreet tellus pharetra erat. Nunc nibh euismod adipiscing lorem congue aliquet felis, dolor mi tellus consectetur erat nunc, proin euismod turpis lorem tincidunt, aliquet molestie pharetra erat massa sem, nonummy ipsum ut, diam felis. Sit ac tincidunt, praesent mauris tincidunt aliquet at sed dolore proin molestie dolor donec massa ullamcorper elit feugiat nisi diam elit pulvinar nisi, nibh euismod consectetur ac tincidunt, aliquet nisi. Nibh euismod turpis lorem congue aliquet at lorem lobortis, aliquet felis dolor donec lobortis sem felis, ipsum ut et id sit aliquam et id sit lorem eget pulvinar nisi proin. Volutpat, turpis lorem, congue praesent mauris pharetra erat massa non nonummy sed nunc sem elit, ipsum ut proin id pulvinar aliquam nibh ullamcorper nisi nibh ullamcorper turpis tempus lobortis diam. Felis lorem congue praesent felis pharetra congue praesent molestie pharetra magna massa sit magna mi tellus turpis ac et euismod turpis magna mi id, turpis ac tincidunt, aliquet mauris sed. Dolore proin mauris dolor congue praesent mauris lorem, lobortis pulvinar dolore proin elit, erat tincidunt euismod consectetur, sed, dolore proin mauris sed nunc ante volutpat pharetra dolore proin, molestie amet. Erat massa, volutpat nonummy tempus massa pharetra erat ante tellus consectetur tempus, nunc sem elit, pulvinar, aliquam nibh euismod turpis lorem tincidunt proin mauris amet donec mi molestie consectetur tempus. Ut sem elit mi mauris pharetra donec laoreet tellus consectetur sed massa tellus elit, pulvinar nisi et volutpat pulvinar nisi lobortis, ullamcorper adipiscing lorem lobortis diam felis feugiat congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tempus massa ullamcorper elit tempus ut diam dolore mi molestie pharetra donec ante tellus nonummy erat massa sem. Nonummy sed nunc sem, eget pulvinar nisi et eget pulvinar nunc sem elit sed nunc at sed dolore sem. Mauris dolor dolore proin volutpat pharetra aliquam lobortis diam adipiscing ipsum lobortis diam felis, ipsum ut et id feugiat. Nisi felis pulvinar ut diam eget sit lorem, tincidunt, aliquet at lorem tincidunt, praesent molestie pharetra donec massa ullamcorper. Elit ipsum lobortis sem nonummy ipsum non elit pulvinar, nisi diam, eget sit aliquam nibh id amet aliquam nibh. Aliquet adipiscing, feugiat dolore mi mauris feugiat congue mi molestie dolor congue, mi sit donec massa tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, ullamcorper id sit erat tincidunt. Sem eget pulvinar dolore ullamcorper adipiscing. Feugiat congue diam felis, lorem congue. Praesent molestie pharetra magna mi id. Sit magna mi id sit, magna. Laoreet euismod sit ac laoreet diam. Felis sit donec laoreet tellus at. Sed dolore proin elit pulvinar aliquam. Nibh euismod turpis lorem congue praesent. Molestie consectetur magna massa non donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, diam id feugiat magna laoreet aliquet consectetur, sed nunc proin eget pulvinar aliquam. Ante euismod dolore proin volutpat nonummy lorem lobortis non amet aliquam massa non elit. Feugiat magna, mi molestie turpis ac tincidunt sem, mauris dolor tincidunt praesent lorem tincidunt. Tellus at sed dolore praesent mauris, dolor congue praesent mauris dolor dolore mi, molestie. Pharetra erat, massa non, nonummy tempus ut diam eget pulvinar nisi at sed, ut. Nibh, ullamcorper turpis aliquam lobortis ullamcorper felis lorem tincidunt aliquet adipiscing lorem tincidunt praesent. Adipiscing lorem, ut diam id feugiat praesent tellus pharetra erat massa tellus turpis ac. Mi tellus consectetur erat laoreet tellus consectetur ac laoreet tellus turpis ac laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum aliquam nibh, aliquet mauris dolor donec. Massa sem nonummy pulvinar magna mi euismod. Turpis lorem dolore proin volutpat dolore, ante. Volutpat adipiscing ipsum ut diam felis, feugiat. Nisi, mi tellus, turpis ac mi tellus. At pulvinar dolore proin non nonummy feugiat. Donec molestie pharetra ac mi, molestie turpis. Erat massa aliquet, eget turpis tempus, lobortis. Diam mauris pharetra donec, ante tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue laoreet aliquet at ipsum dolore proin eget dolor. Dolore sem eget dolor dolore ante, eget, dolor dolore. Aliquet adipiscing lorem laoreet amet aliquam laoreet ullamcorper at. Dolor dolore mi mauris dolor congue ante, volutpat consectetur. Erat massa molestie consectetur donec massa non nonummy sed. Ut proin pulvinar aliquam, nibh euismod felis lorem tincidunt. Aliquet felis feugiat lobortis diam felis, feugiat congue praesent. Felis sit donec laoreet molestie pharetra ac mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ut sem id sit, magna nibh tellus consectetur sed nunc aliquet mauris dolor dolore, praesent mauris dolor, ullamcorper adipiscing feugiat tincidunt mi molestie pharetra magna praesent. Mauris feugiat congue diam felis, feugiat magna laoreet molestie pharetra erat laoreet tellus pharetra ac molestie turpis nisi diam elit, feugiat ut sem felis ipsum nunc sem. Nonummy sed nunc sem elit pulvinar nisi proin elit ipsum nisi et eget ipsum dolore eget amet tempus lobortis ullamcorper nonummy lorem congue praesent molestie pharetra, donec. Massa non at ipsum aliquam nibh id amet, aliquam, nibh volutpat nisi proin mauris pulvinar nisi nibh volutpat adipiscing, lorem congue diam felis sit magna mi felis. Ipsum congue diam elit ipsum, ut diam elit, ipsum ut, et sit magna et id pulvinar nisi nibh, id sit ac tincidunt ullamcorper at, feugiat congue praesent. Molestie pharetra dolore mi molestie dolor donec massa non nonummy tempus tellus consectetur sed massa sem elit pulvinar dolore et id amet ac, lobortis ullamcorper mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper nonummy, tempus ut praesent, id pharetra magna mi molestie sit congue mi aliquet at sed aliquet at ac tincidunt. Aliquet at lorem laoreet aliquet at lorem laoreet euismod adipiscing, lorem tincidunt aliquet at feugiat dolore, proin, molestie nonummy, tempus sem. Felis sit magna laoreet euismod turpis nisi, et euismod sit aliquam nibh id pulvinar nisi proin elit pulvinar nisi proin elit. Dolor nisi ante volutpat lorem lobortis ullamcorper nonummy aliquam nibh non adipiscing ipsum lobortis ullamcorper felis feugiat ut diam felis ipsum. Lobortis diam felis ipsum ut diam, felis nunc sem elit ipsum nisi diam id sit aliquam, et euismod amet dolore, sem. Elit, ipsum dolore, proin eget pulvinar nisi ante volutpat nonummy tempus tincidunt nonummy lorem ut praesent adipiscing ipsum ut ullamcorper adipiscing. Ipsum lobortis ullamcorper felis dolor magna ante non nonummy erat, massa sem at sed nunc non consectetur sed molestie turpis ac. Laoreet tellus turpis ac mi euismod sit magna et euismod turpis, lorem dolore proin eget amet donec molestie amet donec ante. Non elit ipsum nisi, et, id sit ac laoreet aliquet mauris sed dolore praesent mauris dolor dolore praesent at feugiat congue. Praesent mauris dolore mi molestie dolor magna mi volutpat consectetur, tempus nunc sem elit pulvinar nisi et eget pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat amet aliquam tincidunt, aliquet felis feugiat, congue praesent mauris sit magna mi. Tellus consectetur erat, nunc proin elit, dolore et euismod turpis ac tincidunt aliquet. Felis feugiat magna mi non consectetur tempus nunc non elit ipsum nunc non. Elit ipsum nisi, id amet aliquam nibh euismod adipiscing dolor magna praesent molestie. Pharetra donec ante, tellus consectetur erat laoreet non elit ipsum ut proin elit. Ipsum dolore proin eget, aliquam, nibh euismod amet tempus nibh ullamcorper adipiscing lorem. Ut praesent felis feugiat congue praesent id, pharetra ac massa aliquet at erat. Nunc euismod turpis aliquam nibh volutpat nonummy tempus lobortis ullamcorper felis feugiat congue. Praesent, id pharetra ac, laoreet, tellus consectetur erat massa tellus, consectetur sed nunc. Sem eget, aliquam ante eget pulvinar, dolore proin, mauris dolor congue praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi et volutpat aliquam, lobortis, aliquet felis feugiat, congue diam adipiscing tempus lobortis ullamcorper felis feugiat, congue praesent molestie pharetra magna laoreet molestie turpis magna et felis. Feugiat et euismod turpis, ac tincidunt aliquet eget, amet tempus, lobortis ullamcorper nonummy tempus lobortis non amet donec ante molestie pharetra donec, ante volutpat, pharetra erat felis feugiat. Congue praesent mauris sit magna mi molestie sit erat massa non elit, sed massa aliquet consectetur erat, laoreet euismod turpis ac felis pulvinar nisi diam eget sit aliquam. Laoreet tellus adipiscing lorem tincidunt ullamcorper adipiscing feugiat congue praesent mauris dolor dolore mi volutpat pharetra donec massa non elit massa sem elit pulvinar nisi et euismod adipiscing. Lorem, lobortis aliquet adipiscing, feugiat congue praesent felis, feugiat congue, praesent mauris feugiat tincidunt ullamcorper adipiscing lorem ut praesent, feugiat congue praesent id pharetra, ac mi molestie sit. Ac laoreet tellus eget, pulvinar nisi nibh euismod nonummy lorem congue id sit magna mi molestie, sit ac, massa tellus, at sed nisi nibh euismod adipiscing tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed nunc proin eget pharetra dolore, ante volutpat, nonummy ipsum ut et id feugiat ut. Diam id pulvinar nisi diam sit ut et euismod adipiscing, dolor dolore proin volutpat pharetra dolore. Praesent molestie pharetra, dolore mi, molestie pharetra magna ante volutpat nonummy tempus, nunc consectetur, sed nunc. Proin eget ipsum nisi et id turpis aliquam lobortis ullamcorper adipiscing lorem, tincidunt aliquet mauris dolor. Congue praesent molestie nonummy sed nunc diam eget laoreet tellus consectetur ac massa sem, eget amet. Aliquam lobortis ullamcorper adipiscing lorem tincidunt diam adipiscing lorem congue, mi mauris sit magna mi feugiat. Ut mi molestie consectetur ac massa aliquet consectetur erat nunc proin, volutpat turpis tempus nibh volutpat. Amet donec ante non nonummy aliquam ante eget, amet aliquam molestie pharetra donec ante molestie, amet. Donec mi molestie, pharetra, erat massa non nonummy erat ante non nonummy ipsum ut et euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi molestie turpis magna mi, id turpis lorem tincidunt sem mauris sed. Dolore, proin eget pharetra donec non amet, donec ante non nonummy tempus lobortis. Et tellus mauris dolor nisi nibh euismod, nonummy tempus ut diam felis sit. Erat massa non elit dolore et euismod turpis tempus tincidunt praesent mauris pharetra. Tempus nunc sem elit pulvinar ut diam, eget, sit nisi et eget pulvinar. Ac nibh ullamcorper ac lobortis euismod amet aliquam, lobortis ullamcorper adipiscing lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet aliquam massa ullamcorper adipiscing ac massa sem elit dolor nisi proin volutpat turpis lorem tincidunt diam felis feugiat congue mi. Tellus elit pulvinar, aliquam laoreet ullamcorper adipiscing lorem lobortis amet nisi et volutpat amet nisi proin eget pulvinar dolore, ante volutpat nonummy lorem. Ut praesent molestie pharetra ac massa aliquet elit pulvinar nisi nibh amet aliquam nibh euismod nonummy tempus congue praesent mauris sit, congue mi. Tellus consectetur sed, dolore, proin id mauris elit, at amet pharetra pulvinar dolore tincidunt massa nibh nibh diam non elit pulvinar ut et. Id turpis ac lobortis aliquet felis dolor, dolore ante volutpat, elit tempus nunc diam nonummy ipsum nunc ante volutpat pharetra aliquam massa, non. Nonummy erat massa non nonummy erat massa sem, felis pulvinar nisi et eget pulvinar nisi diam id sit aliquam id amet aliquam nibh. Euismod turpis, ac tincidunt ullamcorper adipiscing tempus nibh volutpat turpis tempus nibh euismod nonummy tempus ut praesent id sit, massa non elit pulvinar. Aliquam proin euismod amet nisi proin eget pulvinar nisi ante volutpat amet aliquam nibh non nonummy, aliquam lobortis diam adipiscing tempus ut et. Feugiat nisi et id sit ac mi euismod consectetur lorem, laoreet tellus, at sed nunc aliquet mauris dolor dolore proin, molestie amet donec. Massa volutpat amet, erat volutpat consectetur erat massa non nonummy ipsum ut et id ipsum nisi et eget, pulvinar, nunc sem elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolore ante non consectetur donec ante molestie. Pharetra erat massa non nonummy sed ut et. Euismod adipiscing congue, aliquet at, dolor, donec, massa. Diam id turpis, ac laoreet, aliquet consectetur sed. Dolore ante eget amet aliquam lobortis non, elit. Ipsum ullamcorper elit feugiat, magna mi tellus turpis. Lorem, nunc proin volutpat amet aliquam nibh volutpat. Amet aliquam massa non adipiscing tempus lobortis non. Elit tempus massa sem consectetur sed, nunc, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing sed nunc aliquet adipiscing sed congue praesent molestie pharetra donec volutpat nonummy. Tempus ut et euismod turpis magna, nibh tellus consectetur lorem tincidunt proin volutpat pharetra. Dolore, ante non amet tempus lobortis non, amet tempus non consectetur donec ante molestie. Pharetra donec ante, molestie consectetur erat nunc sem elit ipsum ut et euismod adipiscing. Feugiat tincidunt aliquet adipiscing lorem tincidunt ullamcorper nisi ante eget sed tincidunt praesent adipiscing. Lorem nunc praesent mauris dolor congue aliquet mauris pharetra dolore, praesent felis dolor dolore. Mi volutpat magna mi molestie, pharetra donec ante tellus consectetur sed nunc non at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi molestie ut diam euismod sit ac laoreet tellus at lorem tincidunt tellus at sed. Congue praesent, mauris, pharetra aliquam ante volutpat nonummy tempus massa, volutpat nonummy massa, volutpat consectetur erat massa. Tellus consectetur erat massa tellus consectetur sed nunc sem eget, amet nisi proin eget pulvinar nisi et. Volutpat amet nisi mauris pulvinar donec ante volutpat pulvinar donec nibh, volutpat amet aliquam lobortis diam elit. Feugiat congue diam elit tempus ut diam id sit nisi, diam tempus ut diam id sit ac. Laoreet ullamcorper adipiscing aliquam nibh id, pulvinar nisi nibh volutpat turpis tempus lobortis ullamcorper adipiscing lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem laoreet praesent mauris, dolor congue proin molestie amet erat massa, non elit tempus, ut diam pulvinar nisi et elit pulvinar nisi et euismod, adipiscing ac. Tincidunt praesent molestie dolor tincidunt aliquet mauris dolor dolore, mi molestie dolor donec ante pharetra donec ante, molestie pharetra donec mi molestie pharetra erat massa tellus consectetur. Erat massa, aliquet, elit sed dolore ante volutpat turpis tempus tincidunt diam, felis feugiat ullamcorper nonummy tempus, lobortis ullamcorper nonummy ipsum ut ullamcorper elit ipsum ut sem. Elit tempus lobortis sem nonummy ipsum nunc diam eget turpis nibh tellus turpis ac laoreet euismod turpis ac tincidunt aliquet, at dolor congue, praesent molestie pharetra donec. Ante sem elit, tempus, ut et tellus turpis lorem tincidunt amet nisi nibh id, turpis lorem lobortis ullamcorper adipiscing feugiat magna mi molestie pharetra magna mi mauris. Pharetra donec laoreet, tellus consectetur erat laoreet molestie, pharetra ac molestie turpis ac, laoreet tellus elit pulvinar dolore, proin, volutpat amet donec proin mauris dolor donec proin. Eget pharetra congue et felis, sit, congue et felis feugiat, nisi diam felis ipsum, massa non consectetur donec ante molestie, sit magna praesent id sit magna laoreet. Molestie sit mi, id turpis ac tincidunt aliquet consectetur ac tincidunt tellus consectetur lorem nunc praesent mauris, dolor congue aliquet adipiscing ac, nibh ullamcorper adipiscing feugiat tincidunt. Aliquet felis congue aliquet mauris pharetra magna mi molestie sit donec massa non nonummy ipsum ut proin id amet aliquam, nibh volutpat pulvinar nisi, et volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante volutpat amet aliquam ante volutpat amet, aliquam massa non, aliquam massa. Diam, id feugiat nisi sem felis pulvinar nisi et euismod turpis lorem laoreet. Tellus at sed dolore proin, mauris pharetra dolore ante non nonummy massa non. Consectetur sit, magna et id turpis magna et id, sit aliquam laoreet tellus. Adipiscing sed dolore ante volutpat amet donec, ante volutpat erat massa diam felis. Pulvinar magna nibh, id sit magna laoreet tellus adipiscing sed congue proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tincidunt praesent felis lorem tincidunt ullamcorper, felis feugiat donec ante tellus nonummy sed nunc sem elit, sed, ut proin eget pulvinar nisi et eget pulvinar, proin eget, pulvinar. Nisi nibh ullamcorper felis feugiat, ut diam felis feugiat ut diam adipiscing tempus ut et felis turpis erat laoreet molestie at dolor sem eget dolor donec nibh volutpat nonummy. Tempus ut diam felis ipsum congue, et felis feugiat congue diam elit ipsum ut et euismod consectetur lorem laoreet sit magna nibh tellus turpis ac tincidunt aliquet at sed. Congue proin molestie feugiat congue praesent felis lorem tincidunt, aliquet mauris pharetra tempus massa nonummy, ipsum nisi et euismod adipiscing ac laoreet ullamcorper mauris lorem tincidunt praesent at dolor. Congue mi mauris pharetra erat massa diam elit pulvinar magna laoreet euismod aliquam laoreet aliquet, at dolor, congue praesent mauris amet ipsum ut diam id sit ac, laoreet aliquet. Mauris amet donec ante volutpat nonummy ipsum, congue diam ipsum congue diam felis consectetur sed, dolore, nibh volutpat amet aliquam ante volutpat amet, aliquam ut, ullamcorper adipiscing lorem erat. Congue congue dolore, lobortis ante ullamcorper id at turpis feugiat erat nunc et tellus mauris nonummy feugiat donec nunc et praesent non tellus euismod mauris nonummy feugiat mi tellus. At sed nunc sem mauris dolor donec lobortis ullamcorper nonummy aliquam massa non amet aliquam massa non elit tempus lobortis sem felis feugiat, nisi mi sit ac laoreet euismod. Sit aliquam, et eget sit aliquam nibh ullamcorper amet, nisi et volutpat pulvinar dolore sem elit pulvinar nisi ante eget amet aliquam lobortis adipiscing lorem, lobortis praesent id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie amet tempus diam id turpis, lorem tincidunt aliquet mauris pulvinar donec ante volutpat nonummy tempus, massa, volutpat amet aliquam massa. Non elit ipsum lobortis non nonummy magna mi id sit magna laoreet tellus adipiscing sed tincidunt, aliquet mauris, dolor dolore ante molestie. Pharetra donec lobortis non elit ipsum ut, diam id, magna laoreet euismod turpis ac nunc proin eget pharetra aliquam massa non nonummy. Ipsum congue et id sit ac laoreet tellus consectetur, lorem, laoreet aliquet lorem laoreet tellus, adipiscing lorem tincidunt aliquet at sed congue. Praesent, mauris dolor congue mi molestie dolor magna ante molestie pharetra donec ante non elit aliquam nibh tellus adipiscing lorem tincidunt ullamcorper. Adipiscing lorem tincidunt ullamcorper adipiscing lorem lobortis aliquet felis dolor donec ante mauris sit donec ante non nonummy sed, nunc, at ipsum. Dolore proin eget pulvinar dolore proin eget dolor, dolore proin, eget pulvinar nisi nibh, volutpat amet, aliquam nibh non adipiscing magna praesent. Adipiscing ipsum ut diam, felis ipsum ut sem elit ipsum nisi et id turpis magna nibh euismod adipiscing ac laoreet tellus turpis. Aliquam et id aliquam, nibh euismod turpis, ac tincidunt aliquet felis dolor magna, praesent mauris pharetra magna mi molestie consectetur erat massa. Non elit sed nunc aliquet at ipsum, nisi eget pulvinar dolore proin volutpat amet aliquam ante volutpat amet aliquam nibh, non adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent, at feugiat dolore mi molestie pharetra donec massa non, nonummy ipsum nunc sem nonummy sed massa non elit sed nunc, at ipsum dolore proin eget pulvinar nisi et. Volutpat amet aliquam lobortis euismod nonummy, aliquam, nibh non nonummy aliquam nibh ullamcorper nonummy tempus lobortis non donec massa non amet donec massa non nonummy erat nunc diam elit ipsum. Ut diam eget ipsum aliquam et id pulvinar nisi et id amet aliquam et dolor aliquam, ante eget amet tempus, nibh euismod amet tempus lobortis, diam felis feugiat magna mi. Tellus consectetur erat massa aliquet elit, erat aliquet at erat nunc aliquet, consectetur ac tincidunt aliquet adipiscing sed nunc aliquet at sed congue proin molestie dolor donec massa volutpat nonummy. Ipsum magna mi, euismod magna, nibh tellus consectetur lorem tincidunt aliquet adipiscing ac tincidunt aliquet adipiscing lorem, laoreet aliquet at pharetra donec mi felis feugiat tincidunt praesent mauris pharetra magna. Mi sit magna, praesent molestie pharetra erat massa proin eget ipsum aliquam et volutpat amet aliquam nibh euismod turpis tempus lobortis nonummy tempus ut diam adipiscing tempus lobortis ullamcorper, adipiscing. Feugiat congue et elit ipsum congue, et felis feugiat magna laoreet aliquet consectetur lorem tincidunt aliquet, consectetur lorem aliquet, at, lorem tincidunt aliquet mauris dolor dolore, proin molestie pharetra donec. Massa non nonummy erat ante non consectetur donec ante non elit ipsum nunc sem pulvinar ut et, id amet, aliquam lobortis ullamcorper felis dolor donec ante non nonummy ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, nonummy sed nunc sem elit sed nunc sem eget pulvinar nisi et euismod amet aliquam nibh ullamcorper felis feugiat magna. Molestie consectetur donec laoreet molestie consectetur erat massa non elit sed nunc sem elit dolor dolore ante volutpat amet nisi nibh. Euismod nonummy lobortis diam felis feugiat congue, praesent id sit magna mi id sit ac laoreet aliquet elit sed dolore ante. Volutpat, nonummy lorem congue praesent felis feugiat congue non at erat massa sem elit ipsum nunc proin volutpat adipiscing, feugiat congue. Ante tellus, consectetur erat ante, tellus nonummy sed nunc sem ipsum aliquam laoreet aliquet at feugiat dolore mi, volutpat consectetur ipsum. Ut et felis pulvinar magna nibh euismod adipiscing lorem tincidunt praesent mauris, dolor dolore ante volutpat, tempus nisi et euismod sit. Ac laoreet sem mauris pulvinar donec ante non amet tempus ut praesent id sit magna mi molestie consectetur erat laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, magna tincidunt aliquet mauris dolor nunc praesent mauris sed congue. Praesent molestie pharetra donec molestie pharetra erat massa non nonummy tempus. Nunc diam id sit ac laoreet, aliquet nonummy pharetra ac laoreet. Tellus, consectetur dolor nunc sem sed nunc aliquet turpis ac, laoreet. Aliquet at dolor, dolore nibh eget dolor dolore proin non amet. Erat lobortis non nonummy tempus lobortis sem felis pulvinar ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar aliquam nibh ullamcorper adipiscing dolor congue praesent molestie pharetra tempus, lobortis sem felis pulvinar mi tellus turpis ac laoreet tellus turpis lorem tincidunt praesent. Volutpat adipiscing feugiat congue et id feugiat ac mi tellus at dolor, dolore ante pulvinar, donec lobortis ullamcorper adipiscing lorem ut praesent id pharetra magna laoreet. Tellus turpis erat laoreet aliquet elit, dolor dolore proin volutpat pulvinar dolore proin mauris nunc praesent mauris pharetra aliquam massa ullamcorper elit ipsum congue et id. Sit ac laoreet aliquet at lorem mi euismod sit nisi, diam euismod nisi proin eget pulvinar nisi et id ipsum dolore proin eget pulvinar nisi, proin. Elit dolor dolore proin eget amet aliquam ante volutpat amet donec proin, volutpat donec massa volutpat amet erat lobortis diam, id sit, ac mi euismod, turpis. Lorem, nunc praesent mauris sed nunc proin volutpat pharetra donec ante volutpat, amet proin molestie pharetra dolore mi mauris pharetra donec mi tellus pharetra magna massa. Non elit sed nunc proin eget pulvinar sem eget, pulvinar nisi et euismod amet, aliquam nibh volutpat amet dolore ante eget pulvinar aliquam lobortis diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, massa non amet tempus lobortis, et id sit magna. Laoreet tellus, at lorem, nunc, proin ullamcorper adipiscing feugiat magna. Id pharetra magna mi molestie consectetur ac laoreet, tellus at. Dolor, nunc, sem eget dolor donec proin mauris dolor, dolore. Ante non adipiscing, ipsum, laoreet molestie sit magna et id. Turpis erat laoreet euismod turpis magna mi euismod turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa proin, ipsum nunc proin eget pulvinar dolore sem eget. Dolor dolore proin eget pulvinar nisi ante volutpat pulvinar, donec. Nibh, ullamcorper nonummy tempus lobortis non aliquam massa non nonummy. Ipsum congue et, felis sit nisi et id, turpis ac. Laoreet tellus consectetur ac nibh euismod turpis ac nibh ullamcorper. Turpis nibh euismod mauris, dolor dolore praesent molestie pharetra erat. Massa sem elit tempus nunc sem elit ipsum ut et. Id turpis aliquam et id amet aliquam nibh adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id, pulvinar nisi laoreet tellus adipiscing sed nunc, aliquet at, dolor dolore proin amet erat lobortis non elit ipsum ut diam euismod sit ac. Laoreet, sem eget pulvinar donec ante volutpat adipiscing ipsum lobortis ullamcorper adipiscing ipsum ut et erat ut, diam id pulvinar ac, laoreet euismod sit ac. Laoreet praesent at sed, congue aliquet mauris sed dolore praesent mauris feugiat congue mi volutpat erat ante non nonummy ipsum, nunc, sem nonummy ipsum nunc. Sem eget, pulvinar, nisi et eget amet aliquam tincidunt praesent at feugiat tincidunt adipiscing lorem lobortis diam felis feugiat tincidunt diam adipiscing feugiat ut diam. Id consectetur erat laoreet molestie consectetur erat massa aliquet at dolor dolore ante eget pulvinar aliquet at dolor nunc proin volutpat nonummy ipsum lobortis ullamcorper. Adipiscing feugiat ut mi proin praesent diam aliquet ullamcorper molestie nonummy ipsum ac, tincidunt proin non felis sed ac, dolore ut et tellus eget at. Felis elit turpis pharetra erat massa tellus, nonummy sit ac laoreet tellus pharetra donec massa, non adipiscing feugiat magna mi id sit magna mi euismod. Consectetur sed nunc aliquet mauris pulvinar dolore ante volutpat, nonummy tempus lobortis diam feugiat congue et felis sit nisi et id feugiat magna mi euismod. Consectetur lorem tincidunt aliquet, at, sed dolore ante volutpat amet tempus lobortis, ullamcorper elit, feugiat massa sem, elit sed dolore, proin, mauris dolor nunc aliquet. Eget molestie elit, at adipiscing, sit sed ac donec congue laoreet et ullamcorper molestie nonummy sit lorem lobortis mi diam aliquet mi et proin praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, nonummy consectetur nisi magna, magna aliquam donec aliquam tempus donec ac tempus ac ac erat, magna nisi, congue lobortis laoreet tincidunt. Nunc, nibh proin diam non at amet feugiat sed nisi et euismod adipiscing ac nibh ullamcorper mauris dolor donec ante molestie, pharetra. Donec nunc sem nonummy ipsum nisi et euismod nisi et euismod turpis ac lobortis aliquet felis feugiat dolore ante non, consectetur erat. Ante tellus pharetra erat laoreet tellus consectetur, erat ut, sem eget pulvinar nisi volutpat turpis aliquam nibh euismod turpis lorem tincidunt diam. Adipiscing lorem ut diam adipiscing lorem lobortis, ullamcorper adipiscing ipsum, ut et id consectetur laoreet tellus consectetur, erat tincidunt aliquet at lorem. Tincidunt aliquet, consectetur lorem tincidunt tellus adipiscing sed congue praesent mauris sed congue praesent at feugiat congue mi molestie donec, ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod turpis aliquam et euismod adipiscing sed dolore praesent volutpat donec massa non elit feugiat nisi mi. Euismod sit magna laoreet aliquet, at sed nunc praesent eget, pharetra dolore proin molestie amet aliquam massa molestie. Dolore mi volutpat nonummy tempus ut diam felis pulvinar nisi nibh euismod turpis ac tincidunt praesent adipiscing lorem. Laoreet praesent at dolor donec mi mauris donec ante non, elit ipsum nunc diam eget pulvinar ut et. Elit pulvinar ut proin id turpis nisi et volutpat pulvinar, ac nibh felis pulvinar magna nibh euismod turpis. Magna et id sit ac laoreet aliquet adipiscing aliquam nibh euismod adipiscing, feugiat congue, aliquet, adipiscing lorem tincidunt. Praesent molestie pharetra praesent felis, sit donec praesent id feugiat congue diam adipiscing tempus massa volutpat, amet erat. Massa non nonummy erat ante volutpat consectetur erat massa tellus nonummy ipsum non nonummy sed ut, proin, eget. Pulvinar nisi nibh ullamcorper adipiscing ac, tincidunt aliquet adipiscing tempus congue praesent tellus consectetur ante tellus, elit ipsum. Ut et id amet, aliquam lobortis aliquet adipiscing, lorem tincidunt, euismod turpis tempus lobortis diam adipiscing tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy aliquam lobortis ullamcorper felis sit magna mi tellus, consectetur sed nunc aliquet at sed tellus consectetur ac laoreet euismod sit aliquam nibh euismod turpis ac. Laoreet aliquet adipiscing lorem lobortis euismod, turpis ac, nibh ullamcorper adipiscing tempus nibh amet aliquam, lobortis, non nonummy aliquam lobortis ullamcorper felis ipsum, congue et felis tempus. Massa, non nonummy tempus, lobortis sem, elit erat nunc, non elit ipsum ut euismod sit aliquam laoreet aliquet, at sed congue proin, mauris dolor congue praesent mauris. Dolor donec ante mauris dolor magna mi tellus consectetur mi id sit donec massa non consectetur ac massa aliquet at sed tincidunt aliquet at, erat laoreet aliquet. At sed dolore proin eget amet dolore ante volutpat ipsum congue laoreet tellus at ipsum dolore sem eget dolor dolore sem mauris dolor donec ante volutpat, amet. Aliquam lobortis non adipiscing ipsum magna mi tellus consectetur nunc sem eget pulvinar aliquam proin volutpat pulvinar nisi ante eget pulvinar aliquam nibh non nonummy tempus ut. Ullamcorper felis, ut diam elit ipsum nisi diam, felis sit nisi mi euismod, consectetur lorem tincidunt aliquet, at sed tincidunt aliquet at sed dolore proin molestie pharetra. Donec proin amet erat, ante, volutpat consectetur tempus massa sem elit tempus massa non elit pulvinar nisi proin elit sed massa sem at erat massa aliquet turpis. Magna laoreet sit magna et, felis tempus massa non nonummy, erat nunc proin elit sed nunc sem at erat massa tellus turpis magna mi molestie turpis magna. Mi euismod lorem laoreet, tellus at sed dolore proin, volutpat amet, tempus ut ullamcorper nonummy tempus lobortis diam felis feugiat nisi et elit ipsum nisi diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et id amet ac nibh euismod amet nisi proin sed dolore proin eget pulvinar nisi nibh ullamcorper felis feugiat. Donec massa sem elit sed nunc non consectetur sed massa, aliquet elit dolor dolore proin amet aliquam nibh euismod amet tempus. Ut praesent mauris pharetra donec laoreet tellus at sed dolore et volutpat turpis aliquam lobortis ullamcorper adipiscing feugiat congue adipiscing, sit. Donec ante non pharetra donec laoreet tellus pharetra ac massa tellus, consectetur ac laoreet aliquet, elit sed, nunc sem, eget amet. Lobortis ullamcorper felis feugiat donec massa tellus pharetra donec massa tellus elit ipsum dolore sem elit pulvinar, nisi nibh, euismod turpis. Tempus tincidunt mi tellus pharetra donec molestie, sit magna mi tellus consectetur erat laoreet tellus at erat massa aliquet at sed. Nunc sem eget pulvinar, aliquam nibh euismod amet tempus nibh non amet ante non elit, tempus lobortis ullamcorper, felis, feugiat nisi. Et felis sit nisi diam felis, pulvinar ut diam nonummy, sed ut nibh ullamcorper lorem congue praesent mauris pharetra donec, ante. Non consectetur erat massa non, consectetur erat nunc sem elit ipsum nisi diam eget pulvinar aliquam laoreet euismod adipiscing, lorem volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At sed dolore sem volutpat, amet, tempus lobortis ullamcorper felis, lorem, praesent id pharetra ac. Massa aliquet at ipsum dolore proin eget dolor aliquam nibh euismod nonummy tempus nibh ullamcorper. Adipiscing tempus nibh volutpat pharetra dolore praesent lorem congue aliquet mauris dolor, donec ante volutpat. Nonummy ipsum ut et id turpis ac nibh tellus adipiscing sed nunc praesent at sed. Congue turpis ac nibh volutpat turpis ac lobortis ullamcorper, adipiscing feugiat congue praesent tellus nonummy. Erat, ut et id sit nisi proin id turpis aliquam eget amet aliquam, nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac laoreet tellus at sed tincidunt praesent eget pharetra aliquam volutpat amet donec, ante volutpat pharetra donec. Massa diam felis sit nisi diam id sit magna nibh tellus adipiscing, sed dolore proin eget pharetra aliquam. Non, felis feugiat nisi et id consectetur ac tincidunt, tellus consectetur lorem tincidunt aliquet at sed nunc aliquet. At lorem tincidunt ullamcorper turpis ac, lobortis adipiscing, lorem tincidunt aliquet adipiscing lorem magna diam mauris dolor magna. Ante, tellus nonummy sed laoreet tellus pharetra, ac massa non consectetur erat, tellus, consectetur erat laoreet tellus at. Sed dolore ante, euismod nonummy aliquam nibh non felis, feugiat congue diam id sit ac laoreet molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis et id sit ac laoreet euismod sit ac laoreet id sit nisi et id amet nisi, et, pulvinar aliquam et eget pulvinar. Dolore ante, eget pulvinar, dolore ante euismod adipiscing feugiat congue praesent felis feugiat ut praesent, id, sit ac laoreet tellus consectetur tincidunt aliquet. Eget pulvinar dolore ante volutpat amet donec proin volutpat amet aliquam nibh non adipiscing sit ac mi molestie, sit magna mi, id sit. Diam id sit ac nunc praesent mauris sed nunc praesent mauris, amet aliquam massa volutpat nonummy donec massa volutpat amet donec, massa volutpat. Tempus, ut diam elit tempus, nunc, sem eget pulvinar nisi nibh euismod turpis ac laoreet ullamcorper adipiscing feugiat congue praesent, molestie pharetra magna. Ante molestie pharetra donec molestie sit magna praesent felis feugiat magna laoreet non at erat massa aliquet consectetur sed, dolore sem volutpat, amet. Aliquam lobortis diam felis feugiat congue diam molestie magna mi, tellus at sed nunc sem eget ipsum dolore proin elit dolor nunc proin. Euismod adipiscing feugiat, magna mi sit magna laoreet tellus pharetra erat massa tellus consectetur ac, laoreet molestie consectetur sed tincidunt tellus consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, elit, pulvinar aliquam laoreet aliquet at sed tincidunt aliquet at feugiat. Dolore, mi mauris, dolor, congue aliquet adipiscing tincidunt praesent mauris pharetra donec. Laoreet molestie nonummy sed ut proin id pulvinar aliquam et volutpat amet. Aliquam lobortis ullamcorper adipiscing lorem, lobortis diam felis, lobortis, diam mauris sit. Congue mi tellus elit sed dolore proin eget, amet ac lobortis aliquet. Mauris, dolor donec ante volutpat pharetra donec ante tellus consectetur erat id. Sit magna praesent molestie consectetur ac massa aliquet, consectetur sed nunc proin. Eget pulvinar nisi, nibh, euismod amet aliquam lobortis volutpat mauris dolor donec. Ante, non nonummy, tempus ut ullamcorper id turpis ac tincidunt sem mauris. Dolor dolore, proin eget amet tempus lobortis ullamcorper adipiscing feugiat congue, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat massa sem nonummy ipsum magna mi euismod consectetur dolor dolore proin eget aliquam lobortis ullamcorper, adipiscing sit. Ac, mi, tellus turpis ac, tincidunt sem elit sed dolore proin eget dolor dolore proin non nonummy tempus nibh. Diam sit magna mi aliquet consectetur erat massa tellus turpis ac, mi tellus, turpis ac tincidunt tellus consectetur lorem. Nunc praesent mauris dolor dolore massa non donec, massa volutpat amet erat ante mauris feugiat congue diam adipiscing lorem. Congue, diam mauris, consectetur donec mi tellus consectetur donec mi id pharetra mi molestie sit magna et id feugiat. Nisi et euismod turpis magna nibh tellus turpis aliquam et id sit aliquam nibh ullamcorper adipiscing feugiat donec ante. Dolor dolore praesent mauris dolor magna massa sem elit ipsum nunc sem eget sit aliquam nibh ullamcorper at feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin euismod, amet lorem tincidunt mi volutpat nonummy erat. Nunc sem id sit, lorem dolore praesent at sed. Dolore massa non nonummy massa sem elit ipsum nisi. Mi aliquet at lorem tincidunt praesent eget dolor donec. Ante ullamcorper felis feugiat congue mi tellus consectetur dolor. Nisi eget amet aliquam nibh euismod, adipiscing, feugiat congue. Praesent mauris pharetra donec laoreet non consectetur sed nunc. Et eget, ipsum nisi nibh euismod turpis lorem tincidunt. Diam tempus lobortis ullamcorper, felis sit magna praesent id. Sit congue praesent adipiscing, feugiat ut diam felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut et euismod sit magna nibh tellus at sed nunc aliquet at, dolor dolore proin, mauris pharetra dolore. Mi molestie pharetra ante volutpat consectetur donec ante molestie pharetra donec mi tellus pharetra donec laoreet molestie pharetra. Ac laoreet aliquet at sed dolore proin elit dolor proin mauris dolor dolore proin mauris dolor donec ante. Non nonummy ipsum lobortis ullamcorper adipiscing, ipsum ut et id feugiat, magna laoreet tellus consectetur erat tincidunt aliquet. Magna nibh tellus adipiscing lorem tincidunt aliquet mauris dolor dolore ante ullamcorper nonummy erat massa volutpat nonummy tempus. Lobortis sem elit ipsum, nunc consectetur donec mi mauris sit magna massa proin id amet nisi nibh, ullamcorper. Turpis lorem tincidunt aliquet felis feugiat congue praesent felis lorem tincidunt praesent molestie pharetra praesent id feugiat congue. Praesent tellus pharetra ac mi id sit, nisi et felis ipsum nisi, diam felis pulvinar nisi et id. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R62fb1ee0b0a3419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R87778d1d3ac54d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re87c777482794063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f8ae2ab17e34d55" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9c30a0119a349f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ab248d54b644893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82460aa791a94d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9a87be56b11a4208" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>