--- v8 (2026-02-04)
+++ v9 (2026-03-21)
@@ -1,5043 +1,5043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9eca39bc114a415d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9c7fc49ea184e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2fd9abff45b4408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f0bd1019ecd4d8e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbf1020fc99094a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R737b3c2638f24ade" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus non euismod massa sem tellus at adipiscing consectetur sed nisi. Donec massa adipiscing ipsum congue et molestie at sed nisi nibh. Aliquet, molestie nonummy ipsum ut nibh tellus at lorem tincidunt, praesent. At pharetra donec, ante volutpat pharetra, mi non amet tempus ut. Diam felis ipsum ut et tellus consectetur dolor donec nibh, non. Adipiscing ipsum congue mi tellus at, sed dolore eget pulvinar nisi. Nibh euismod adipiscing lorem congue mi tellus sit magna mi molestie. At ipsum ut sem elit pulvinar aliquam nibh euismod turpis nibh. Ullamcorper felis feugiat congue praesent tellus nonummy sed nunc sem elit. Ipsum ut, sem, at, sed nunc proin volutpat turpis, aliquam, tincidunt. </w:t>
-[...4994 lines deleted...]
-        <w:t xml:space="preserve">Ut et euismod sit magna nibh tellus at sed nunc aliquet at, dolor dolore proin, mauris pharetra dolore. Mi molestie pharetra ante volutpat consectetur donec ante molestie pharetra donec mi tellus pharetra donec laoreet molestie pharetra. Ac laoreet aliquet at sed dolore proin elit dolor proin mauris dolor dolore proin mauris dolor donec ante. Non nonummy ipsum lobortis ullamcorper adipiscing, ipsum ut et id feugiat, magna laoreet tellus consectetur erat tincidunt aliquet. Magna nibh tellus adipiscing lorem tincidunt aliquet mauris dolor dolore ante ullamcorper nonummy erat massa volutpat nonummy tempus. Lobortis sem elit ipsum, nunc consectetur donec mi mauris sit magna massa proin id amet nisi nibh, ullamcorper. Turpis lorem tincidunt aliquet felis feugiat congue praesent felis lorem tincidunt praesent molestie pharetra praesent id feugiat congue. Praesent tellus pharetra ac mi id sit, nisi et felis ipsum nisi, diam felis pulvinar nisi et id. </w:t>
+        <w:t xml:space="preserve">Diam euismod mauris nonummy ipsum nisi, laoreet aliquet turpis nisi nibh ullamcorper, turpis aliquam nibh volutpat tincidunt aliquet consectetur magna, diam nonummy tempus ante mauris lorem lobortis non. Nonummy, aliquam ante mauris sed tincidunt id ipsum massa tellus, feugiat ut pharetra, congue ullamcorper turpis dolore aliquet consectetur magna et eget ipsum laoreet mauris lorem nibh mauris. Sed congue euismod, ipsum nunc molestie turpis magna ullamcorper nonummy praesent adipiscing aliquam ante, at dolor laoreet euismod pulvinar ut non pharetra congue diam pharetra congue euismod, pulvinar. Dolore sem pharetra magna, diam elit massa volutpat dolor tincidunt euismod pulvinar nunc, euismod pulvinar nunc non sit ut non dolor congue euismod pulvinar nunc, non, pharetra ut. Ullamcorper, amet dolore, praesent adipiscing ante elit erat mi felis ipsum massa tellus sit congue non pharetra tincidunt euismod pulvinar, ut non consectetur magna et, felis ipsum mi. Mauris feugiat tincidunt dolor, tincidunt, id pulvinar massa laoreet tellus sit ut, sem elit erat laoreet, id feugiat lobortis volutpat dolor congue, aliquet, ac et elit ac et. Felis ipsum massa molestie feugiat nibh mauris lorem laoreet id sit ut tellus sit congue diam nonummy donec proin adipiscing nisi sem magna et felis erat mi mauris. Feugiat lobortis volutpat dolor, laoreet eget ipsum massa id tempus nibh eget sed laoreet id pulvinar massa molestie feugiat ante molestie lobortis, volutpat dolor tincidunt tellus ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id tempus lobortis dolor congue aliquet. Turpis ac et elit erat mi elit. Erat ante mauris, feugiat tincidunt euismod pulvinar. Dolore aliquet turpis nisi sem at ac. Molestie feugiat ut non pharetra congue ullamcorper. Turpis aliquam, proin at ac et elit. Tempus ante felis tempus proin adipiscing aliquam. Sem nonummy donec, praesent aliquam praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus turpis nisi, sem nonummy magna praesent adipiscing aliquam ante mauris lorem eget sed mi adipiscing tempus proin at. Lorem, lobortis euismod amet nunc aliquet, consectetur, magna mi elit tempus ante mauris tempus ante mauris lorem nibh eget, massa molestie. Feugiat congue, non amet dolore ullamcorper amet nisi sem turpis, magna diam nonummy magna praesent adipiscing tempus proin at lorem, nibh. Eget ipsum molestie sit ut non pharetra dolore, aliquet turpis nisi aliquet, turpis nisi diam amet, donec aliquet adipiscing, aliquam proin. At lorem nibh id nunc tellus feugiat, lobortis eget, lorem nibh eget erat diam nonummy dolore, aliquet amet nisi sem consectetur. Magna et elit donec praesent nonummy dolore, aliquet turpis ut sit ut non dolor, congue aliquet adipiscing aliquam proin at ac. Et felis erat, ante mauris tempus ante eget sed tincidunt tellus sit nunc molestie sit lobortis amet donec praesent adipiscing aliquam. Sem pharetra magna, diam elit erat mi felis ac nibh, eget dolor tincidunt euismod pulvinar tellus feugiat ut non, dolor, tincidunt. Euismod sit ut non pharetra congue ullamcorper nonummy, erat proin at lorem et eget, sed laoreet euismod pulvinar massa tellus dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac et elit sed. Laoreet, molestie, sit congue non pharetra. Aliquet adipiscing nisi proin consectetur nisi. Sem nonummy erat ante mauris lorem. Lobortis volutpat dolor tincidunt euismod ipsum. Massa molestie feugiat lobortis volutpat lorem. Et, ac laoreet, molestie feugiat ut. Volutpat pharetra magna diam nonummy dolore. Aliquet adipiscing nisi diam consectetur magna. Ullamcorper amet dolore praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat mi adipiscing tempus sem consectetur nisi sem consectetur, donec praesent adipiscing donec aliquet adipiscing ac proin sed laoreet. Molestie, feugiat ut, non, pharetra tincidunt, ullamcorper pulvinar tincidunt euismod sit nisi non pharetra magna diam nonummy donec proin, at. Lorem laoreet ipsum massa molestie ipsum massa molestie feugiat lobortis volutpat dolor tincidunt molestie sit ut non pharetra congue ullamcorper. Amet dolore praesent adipiscing ac et, eget sed, laoreet ipsum ante mauris ac et elit ac diam elit erat praesent. Felis tempus nibh volutpat pulvinar nunc euismod ipsum massa mauris lorem lobortis sed laoreet id ipsum nunc tellus feugiat ut. Non pharetra congue ullamcorper pulvinar nunc, tellus sit nisi sem nonummy donec mi felis aliquam proin at ac et donec. Mi felis, aliquam massa molestie dolor tincidunt euismod amet tincidunt molestie feugiat massa mauris tempus proin at lorem nibh eget. Ipsum massa molestie feugiat ut non congue praesent adipiscing aliquam sem consectetur, ac diam felis erat mi mauris, lorem nibh. Eget lorem et eget tempus mi lorem nibh eget sed tincidunt ullamcorper pulvinar dolore non pharetra congue non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac et felis ipsum massa, tellus pharetra ut non pharetra dolore aliquet, turpis ut non pharetra congue ullamcorper amet donec praesent adipiscing et. Eget sed mi id tempus massa molestie feugiat, ut non pulvinar nunc tellus sit ut non feugiat lobortis, volutpat dolor lobortis volutpat ipsum massa. Consectetur ac mi felis erat mi felis lorem ante at lorem nibh eget sed, massa tellus pharetra congue ullamcorper amet tincidunt ullamcorper pulvinar nunc. Id feugiat lobortis dolor congue diam turpis aliquam ante eget sed, nibh id erat diam amet dolore ullamcorper sit nisi sem consectetur ac et. Felis tempus molestie, feugiat lobortis eget dolor tincidunt tellus turpis nisi sem consectetur donec diam nonummy aliquam ante eget lorem nibh id pulvinar dolore. Aliquet turpis nisi diam nonummy aliquet turpis aliquam, proin at, ac nibh eget tempus ante felis tempus proin at ac laoreet eget sed massa. Molestie feugiat ut non amet dolore ullamcorper amet aliquet turpis ut sem, consectetur magna diam nonummy donec, ante mauris ac nibh eget sed massa. Molestie, sit, lobortis non tincidunt volutpat dolor laoreet id tempus mi felis feugiat nibh eget lorem nibh eget sed, massa molestie feugiat lobortis eget. Ac et elit, erat mi felis ipsum molestie feugiat lobortis eget sed laoreet felis, tempus massa molestie feugiat lobortis euismod dolor tincidunt id pulvinar. Ut, sem consectetur erat mi, id feugiat massa volutpat dolor euismod pulvinar tincidunt tellus sit ut non pharetra, congue ullamcorper amet dolore aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore ullamcorper amet dolore sem consectetur nisi. Sem nonummy donec, mi adipiscing nisi sem consectetur nisi. Diam consectetur magna sed tincidunt euismod pulvinar ut sem. At erat, laoreet id tempus ante mauris, lorem nibh. Elit erat laoreet felis ipsum ante mauris, tempus nibh. Mauris et, eget sed laoreet felis, aliquam praesent, adipiscing. Nisi proin, consectetur magna diam amet dolore praesent, adipiscing. Lorem proin at ac mi felis tempus ante mauris. Proin mauris lorem et elit ac praesent nonummy aliquam. Proin adipiscing aliquam sem at ac mi felis ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac nibh id sed laoreet id, lorem nibh. Eget sed tincidunt ullamcorper turpis nisi tellus sit ut. Non pharetra congue adipiscing lorem ante eget dolor nunc. Tellus sit ut tellus feugiat lobortis volutpat, pharetra congue. Euismod turpis dolore aliquet consectetur, magna diam nonummy donec. Pulvinar dolore aliquet sit nunc non pharetra congue, ullamcorper. Amet donec proin adipiscing aliquam proin consectetur magna diam. Amet dolore ullamcorper amet dolore, aliquet consectetur magna diam. Donec praesent felis nisi sem consectetur ac diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris lorem eget sed laoreet id ipsum, lobortis molestie lorem nibh elit erat, mi id, tempus ante, mauris lorem nibh eget dolor laoreet eget erat praesent. Felis, ante mauris, ac, nibh id ipsum, massa molestie feugiat, ut sem pharetra magna ullamcorper amet nisi sem at ac diam eget ipsum nunc non pharetra ullamcorper amet. Dolore aliquet adipiscing aliquam et elit erat et elit, magna, praesent adipiscing tempus ante at ac, diam nonummy erat praesent nonummy donec praesent at nisi pharetra congue diam. Nonummy erat mi felis, lorem et elit ac et elit erat ante mauris, lorem lobortis eget lorem nibh elit donec nonummy donec praesent adipiscing aliquam proin consectetur magna. Diam, elit erat praesent felis tempus ante eget dolor laoreet felis tempus ante felis tempus ante mauris lorem et ipsum laoreet id ipsum ante mauris lorem lobortis eget. Dolor tincidunt tellus pulvinar lobortis molestie pharetra magna diam nonummy donec proin mauris, lorem nibh elit erat laoreet sit lobortis non pharetra tincidunt ullamcorper turpis dolore sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus ante mauris lorem et elit donec mi adipiscing aliquam praesent adipiscing lorem et at erat. Laoreet id feugiat volutpat dolor tincidunt volutpat sed tincidunt euismod, ipsum nunc, molestie sit lobortis non amet dolore. Ullamcorper amet nisi sem consectetur magna diam nonummy, tempus ante lorem nibh eget erat et elit erat ante. Molestie feugiat lobortis eget sed nibh elit sed laoreet felis tempus ante mauris ac et elit erat mi. Elit mi mauris feugiat, lobortis eget dolor tincidunt tellus sit nunc, tellus pharetra ut volutpat dolor laoreet id. Ipsum massa tellus feugiat lobortis molestie nibh eget sed tincidunt euismod pulvinar massa molestie feugiat, nibh eget, sed. Laoreet id ipsum massa molestie feugiat massa volutpat pharetra congue euismod amet dolore, sem consectetur diam consectetur magna. Praesent, felis tempus ante, at lorem nibh eget erat mi id aliquam proin at lorem, et eget erat. Laoreet molestie feugiat lobortis volutpat, dolore aliquet amet dolore aliquet turpis nunc non pharetra magna diam adipiscing aliquam. Proin mauris lorem, nibh, eget sed laoreet tempus mi mauris lorem et elit sed mi felis tempus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquet sit nisi proin consectetur congue diam amet dolore praesent adipiscing dolore. Aliquet turpis, magna et, elit erat diam turpis nisi, aliquet sit nisi non congue. Ullamcorper amet dolore ullamcorper, turpis, nisi sem consectetur magna diam amet dolore aliquet pulvinar. Diam nonummy, dolore aliquet sit ut tellus feugiat, lobortis volutpat nibh, elit erat mi. Elit donec mi adipiscing aliquam proin consectetur magna sem consectetur magna ullamcorper pulvinar tincidunt. Euismod ipsum massa, molestie feugiat mauris ac proin at magna ullamcorper nonummy dolore aliquet. Pulvinar dolore molestie sit massa molestie lorem nibh eget lorem et elit donec praesent. Adipiscing aliquam proin adipiscing sem pharetra ut volutpat lorem et elit erat et nonummy. Dolore aliquet amet nunc euismod feugiat massa molestie dolor lobortis volutpat sed laoreet eget. Sed mi felis proin mauris lorem et elit ac et elit donec, praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet euismod massa, molestie sit lobortis eget sed nibh eget ipsum laoreet id ipsum massa mauris ac nibh elit erat mi elit erat mi. Adipiscing tempus, sem lorem mi elit tempus ante mauris lorem nibh mauris lorem et elit, erat praesent nonummy dolore praesent, adipiscing nisi aliquet consectetur magna. Diam elit erat, adipiscing, aliquam proin at ac diam nonummy magna diam amet dolore tellus sit nunc tellus sit lobortis molestie lorem et, at erat. Mi id tempus mi adipiscing proin consectetur magna, non sit congue euismod pulvinar tincidunt euismod ipsum laoreet felis aliquam praesent, turpis aliquam et at magna. Diam amet dolore amet, dolore aliquet sit massa, molestie feugiat lobortis eget, sed laoreet eget erat diam nonummy dolore ullamcorper pulvinar nunc, tellus sit ut. Volutpat dolor tincidunt euismod pulvinar tellus feugiat lobortis molestie lorem ante mauris lorem nibh elit donec, diam amet dolore tellus turpis ut sem pharetra congue. Non dolor tincidunt eget sed et felis mi adipiscing, nisi proin at ac diam consectetur congue ullamcorper amet dolore tellus sit nunc tellus feugiat lobortis. Molestie lobortis id ipsum, nunc tellus ipsum massa, mauris lorem proin consectetur nisi, sem dolor lobortis eget sed et elit magna non pharetra congue euismod. Pulvinar massa tellus ut non amet dolore ullamcorper pulvinar tincidunt, euismod sit lobortis volutpat lorem nibh eget sed tincidunt, euismod pulvinar, nunc molestie feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, mi felis tempus ante felis ac proin at erat diam nonummy magna. Ullamcorper amet id ipsum massa mauris lorem nibh, eget sed laoreet id sed. Massa, molestie, sit lobortis molestie feugiat lobortis volutpat sed laoreet felis tempus ante. Mauris tempus at, magna diam consectetur magna diam pharetra dolore ullamcorper, pulvinar nunc. Molestie, feugiat lobortis mauris lorem lobortis volutpat dolor laoreet euismod ipsum lobortis volutpat. Dolor volutpat sed laoreet eget sed mi felis aliquam proin turpis aliquam sem. Consectetur, magna diam amet dolore, aliquet amet dolore tellus, sit ut feugiat, lobortis. Volutpat pulvinar tincidunt euismod pulvinar ut non, sit nibh, eget sed laoreet id. Sed laoreet mi mauris tempus ante at, ac nibh eget, erat laoreet pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent adipiscing, lorem lobortis volutpat dolor nunc, tellus turpis, nisi non pharetra ullamcorper nonummy donec, aliquet adipiscing ac nibh eget. Sed, laoreet id ipsum ante molestie ac proin elit ac et felis erat, mi felis, aliquam proin consectetur et eget sed. Ante molestie sit ut ullamcorper amet donec praesent turpis aliquam proin at ac diam elit donec aliquet turpis aliquam proin mauris. Sed id ipsum nunc tellus sit ut volutpat dolor tincidunt, euismod amet nunc tellus pharetra congue non amet donec praesent felis. Tempus proin mauris laoreet id ipsum ante felis aliquam proin eget lorem, tincidunt tellus sit nisi non pharetra lobortis non dolor. Tincidunt ullamcorper turpis nisi aliquet consectetur ac et nonummy diam nonummy aliquam praesent mauris lorem nibh, id sed laoreet, molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar nunc feugiat lobortis non pharetra congue euismod amet dolore aliquet turpis magna diam consectetur congue diam adipiscing aliquam proin adipiscing nisi proin. Consectetur ac, et tempus, ante mauris tempus, ante mauris erat mi felis erat praesent felis tempus proin, at, aliquam, proin elit erat mi felis tempus. Massa mauris lorem ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam amet dolore tellus pulvinar ut tellus sit lobortis volutpat dolor nibh eget. Sed massa tellus ut volutpat pharetra congue, aliquet turpis nisi sem consectetur magna diam nonummy magna ullamcorper amet dolore aliquet, turpis nisi sem consectetur magna. Diam adipiscing donec laoreet molestie feugiat lobortis volutpat pharetra tincidunt, ullamcorper pulvinar nunc euismod pulvinar nunc non pharetra magna praesent nonummy aliquam ante at lorem. Nibh eget sed laoreet, molestie massa molestie feugiat nibh eget sed laoreet, id pulvinar massa tellus, sit ut non dolor, laoreet eget sed mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper turpis aliquam et elit ac mi elit tempus mi felis aliquam proin. At, lorem laoreet eget erat felis ipsum ante mauris lorem nibh eget sed mi. Felis ipsum massa molestie lorem nibh mauris, ac, et elit donec mi, felis lorem. Lobortis eget sed euismod pulvinar nunc tellus sit ut non, amet, donec mi adipiscing. Tempus et volutpat, dolor nunc, euismod sit nunc non pharetra ut ullamcorper nonummy donec. At ac et eget erat mi elit erat mi mauris feugiat lobortis volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit lobortis, amet dolore praesent at aliquam sem consectetur magna ullamcorper amet, dolore ullamcorper amet non amet donec praesent at. Lorem laoreet, eget sed laoreet id lobortis volutpat feugiat lobortis volutpat dolor laoreet id pulvinar massa molestie lorem nibh eget sed nibh. Id ipsum massa id ipsum massa, volutpat dolor tincidunt pulvinar nunc tellus sit ut volutpat dolor tincidunt euismod dolor tincidunt, tellus sit. Ut non sit congue diam nonummy aliquam, ante mauris feugiat laoreet, id, nunc tellus sit, ut volutpat feugiat tincidunt euismod amet dolore. Tellus sit ut non pharetra ut non pharetra, congue euismod ipsum nunc non pharetra ut amet, congue, aliquet turpis dolore sem turpis. Ut non pharetra congue euismod dolor laoreet id pulvinar nunc tellus feugiat nibh volutpat dolor tincidunt euismod ipsum massa id lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam, aliquet at ac et elit erat ante mauris tempus nibh dolor congue euismod amet dolore tellus. Pharetra congue non pharetra donec aliquet turpis nisi sem, consectetur magna diam nonummy magna, praesent mauris lorem lobortis. Non amet aliquet adipiscing nisi sem consectetur magna ullamcorper nonummy donec, aliquet turpis nisi sem consectetur, magna diam. Nonummy donec mi, mauris lorem nibh volutpat dolor tincidunt ipsum massa id feugiat lobortis molestie dolor lobortis, volutpat. Sed laoreet, id tempus ante, mauris lorem nibh eget lorem laoreet id ipsum massa pharetra magna ullamcorper pharetra. Congue ullamcorper ipsum nunc tellus sit ut non dolor tincidunt, volutpat, pulvinar nunc, tellus sit ut volutpat dolor. Tincidunt euismod amet nunc tellus aliquam proin at erat laoreet id feugiat lobortis volutpat dolor tincidunt eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie nibh eget lorem, nibh. Eget ipsum nunc molestie feugiat nibh. Eget sed laoreet id ipsum massa. Tellus feugiat massa volutpat pharetra congue. Ullamcorper amet sem, turpis nisi diam. Nonummy donec, praesent adipiscing tempus ante. Eget dolor tincidunt, ullamcorper amet dolore. Tellus, sit ut ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut sem, consectetur donec diam nonummy donec, aliquet turpis ut, sem, at erat laoreet id ipsum lobortis, volutpat pharetra tincidunt turpis aliquam ante elit erat laoreet euismod. Ipsum, nisi sem pharetra, ut ullamcorper adipiscing donec praesent adipiscing, ac et at erat mi id massa volutpat dolor tincidunt, volutpat pulvinar, tincidunt id, pulvinar, nunc molestie feugiat. Nibh, volutpat, dolor tincidunt euismod pulvinar massa molestie feugiat massa molestie feugiat lobortis id ipsum aliquet, turpis nisi diam consectetur, congue ullamcorper, nonummy, nisi ante at lorem et. Eget, erat laoreet felis tempus, proin mauris ac proin consectetur magna elit donec mi turpis aliquam proin elit ac et elit erat mi, mauris, lorem lobortis non, pharetra. Congue tellus, ipsum, massa, id, feugiat lobortis volutpat dolor aliquet amet, nunc tellus sit nisi sem nonummy magna, euismod pulvinar nunc tellus sed ante mauris lorem ante mauris. Lorem laoreet eget erat mi felis tempus ante feugiat tincidunt volutpat dolor laoreet, felis ipsum massa mauris tempus nibh mauris, lorem et elit erat mi felis tempus, massa. Sed nibh id ipsum nunc, tellus sit ut non, dolor lobortis euismod, pulvinar, nunc, tellus sit ut tellus, sit lobortis volutpat pharetra tincidunt tellus sit nunc, molestie lobortis. Non amet dolore aliquet turpis nisi, sem consectetur magna diam elit erat praesent adipiscing aliquam, proin at lorem nibh eget ipsum massa molestie ipsum ante mauris lobortis eget. Sed massa molestie feugiat ut non pharetra congue diam, nonummy aliquam sem, consectetur magna et nonummy donec, praesent adipiscing dolore aliquet adipiscing aliquam, proin at ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at nisi sem consectetur donec adipiscing lorem nibh eget dolor tincidunt tellus, sit nunc. Tellus feugiat massa molestie feugiat nibh elit erat et elit donec aliquet, adipiscing tempus ante. Mauris nibh elit, donec diam amet dolore aliquet turpis aliquam et elit erat et felis. Ipsum massa molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa feugiat lobortis, volutpat dolor. Tincidunt euismod pulvinar nunc tellus feugiat lobortis non pharetra congue aliquet turpis dolore aliquet turpis. Nisi, sem pharetra congue pulvinar nunc tellus pulvinar nunc, tellus sit lobortis non sed laoreet. Tellus turpis ut, sem, consectetur ac et elit donec aliquet turpis dolore tellus sit ut. Non ipsum massa molestie sit congue non dolor tincidunt euismod pulvinar ut sem, pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, amet aliquet consectetur ac et, elit erat praesent adipiscing tempus ante mauris lorem, diam, elit erat, mi felis aliquam massa molestie dolor laoreet euismod ipsum molestie feugiat, lobortis, volutpat. Consectetur magna diam amet, dolore sem consectetur ac et eget ipsum mi adipiscing tempus ante at ac et elit erat mi ipsum ante mauris tempus, et at ac sem consectetur. Magna mi adipiscing aliquam proin mauris lorem laoreet id sed mi adipiscing donec praesent adipiscing, ac proin at, diam nonummy donec mi mauris tempus ante consectetur magna diam pharetra congue. Ullamcorper adipiscing donec praesent at aliquam proin at ac diam nonummy proin mauris lorem, nibh eget sed tincidunt tellus turpis nisi sem consectetur donec diam amet, nunc tellus, sit ut. Sem at donec mi adipiscing aliquam proin at sem turpis ac diam consectetur dolore, aliquet turpis aliquam ante mauris sed nibh eget ipsum massa mauris feugiat nibh volutpat sed tincidunt. Euismod ipsum massa molestie feugiat ullamcorper nonummy dolore aliquet adipiscing aliquam sem consectetur magna diam elit erat ante, mauris feugiat lobortis volutpat sed tincidunt euismod dolore, non pharetra congue ullamcorper. Nonummy erat, ante, felis tempus nibh mauris ac, et elit, erat mi felis tempus nibh eget dolor congue ullamcorper, pulvinar, nunc tellus congue diam elit erat, mi adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent felis nibh volutpat dolor tincidunt tellus turpis nisi sem, at, magna diam elit erat praesent adipiscing aliquam proin at ac et. Elit donec mi felis proin at ac et elit erat praesent adipiscing aliquam praesent, turpis aliquam proin at ac et elit erat mi felis. Tempus, nibh, volutpat dolor tincidunt sit ut non pharetra congue ullamcorper, amet donec praesent at aliquam et elit erat mi, id, tempus ante molestie. Feugiat tincidunt euismod pulvinar nunc aliquet sit ut nonummy erat diam nonummy aliquam praesent adipiscing ac et elit erat et, nonummy erat ante molestie. Feugiat tincidunt euismod pulvinar nunc tellus turpis diam consectetur donec diam adipiscing aliquam, ante mauris sed laoreet id, pulvinar nunc, aliquet pharetra ut non. Amet donec, praesent adipiscing aliquam proin mauris lorem mi felis massa molestie lorem lobortis volutpat sed laoreet id ipsum laoreet id tempus ante, mauris. Feugiat lobortis eget dolor, nunc euismod feugiat massa molestie lorem nibh eget, dolor aliquet sit ut proin nonummy erat praesent, adipiscing aliquam ante at. Ac et at ac et felis tempus ante molestie congue diam adipiscing tempus proin consectetur, magna et nonummy magna mi felis tempus massa at. Lorem, et at erat mi id, ipsum massa molestie feugiat lobortis volutpat tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue praesent turpis nisi sem at erat et elit erat ante mauris tempus ante mauris lorem, nibh eget sed laoreet adipiscing tempus adipiscing ac proin. At magna ullamcorper amet dolore aliquet turpis nisi sem, turpis magna et elit donec praesent adipiscing aliquam, proin at ac sem consectetur et nonummy dolore ullamcorper pulvinar. Nunc aliquet, consectetur magna diam nonummy donec, praesent adipiscing aliquam proin mauris lorem, et elit donec diam nonummy donec praesent turpis nisi elit erat mi id, ipsum. Lobortis non consectetur erat mi felis aliquam proin at ac et elit sed, mi id lorem ante at proin elit erat mi elit erat praesent, adipiscing aliquam. Et elit ac mi id ipsum massa, molestie lorem lobortis euismod pulvinar, nunc aliquet adipiscing nisi sem at et felis tempus lobortis molestie dolor, tincidunt ullamcorper amet. Nisi sem at ac et elit erat praesent amet dolore aliquet turpis nisi non pharetra ut ullamcorper pharetra euismod pulvinar dolore tellus turpis nisi sem pharetra, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit, ut non consectetur diam adipiscing aliquam praesent. At, aliquam et elit ac diam nonummy donec aliquet. Turpis nisi proin elit ac et nonummy donec diam. Nonummy aliquam proin lorem, et elit erat, praesent adipiscing. Aliquam proin at ac nibh eget ipsum, massa aliquet. Turpis magna non pharetra congue ullamcorper nonummy aliquam proin. Ac nibh elit sed laoreet id ipsum massa molestie. Sed laoreet eget ipsum massa molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem, consectetur magna diam elit erat praesent adipiscing tempus ante mauris ac et elit feugiat lobortis ullamcorper pulvinar, dolore tellus sit lobortis, volutpat. Dolor ullamcorper nonummy aliquam, proin, at, ac nibh eget, sed massa molestie ipsum ante molestie lorem, lobortis id sed mi id ipsum massa molestie. Lorem nibh sed laoreet id pulvinar ut sem consectetur magna ullamcorper amet, dolore, ullamcorper turpis nisi, sem at erat mi molestie feugiat ut non. Pharetra magna ullamcorper pulvinar tincidunt turpis ut non consectetur magna praesent nonummy donec praesent adipiscing ac nibh elit erat laoreet id ipsum ante mauris. Lorem nibh elit sed, euismod pulvinar nunc tellus sit ut non pulvinar tincidunt euismod ipsum massa tellus feugiat ante mauris lorem nibh elit, ac. Mi felis ipsum massa volutpat dolor tincidunt pulvinar dolore aliquet sit ut tellus sit ut non amet dolore aliquet turpis nisi sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem nibh volutpat sed laoreet id ipsum massa molestie sit congue diam nonummy, donec, proin, at ac et elit ac diam nonummy mi felis tempus. Et consectetur magna diam nonummy magna ullamcorper amet dolore aliquet turpis nisi sem, pharetra congue, diam adipiscing aliquam proin adipiscing nisi consectetur magna diam nonummy donec. Praesent felis aliquam proin at sed tincidunt euismod sit nunc molestie feugiat lobortis volutpat sed laoreet eget sed laoreet id ipsum massa feugiat lobortis eget sed. Laoreet euismod pulvinar ante mauris lorem ante mauris ac et nonummy donec praesent felis tempus proin mauris lorem et, erat, mi id ipsum massa molestie lorem. Lobortis, volutpat dolor laoreet id ipsum massa molestie tempus ante mauris lorem nibh eget, erat mi adipiscing donec praesent adipiscing proin at, ac et elit erat. Mi felis lorem nibh volutpat sed laoreet id, ipsum massa mauris lorem nibh at ac et eget sed, massa molestie ipsum, volutpat dolor tincidunt volutpat sed. Et elit erat praesent adipiscing tempus, nibh volutpat dolor tincidunt tellus sit nunc tellus feugiat diam adipiscing aliquam massa molestie, dolor congue, ullamcorper amet nunc euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt pulvinar tincidunt euismod pulvinar, nunc tellus sit, lobortis non, amet dolore aliquet amet dolore aliquet turpis magna diam elit erat mi adipiscing, aliquam proin. At nibh id ipsum massa molestie feugiat nibh eget dolor tincidunt euismod amet nisi non sit ut non pharetra tincidunt, euismod dolor tincidunt, euismod, sit ut. Consectetur donec mi felis aliquam praesent turpis aliquam proin at magna diam adipiscing aliquam proin, at aliquam proin consectetur, ut sem nonummy donec aliquet turpis, nibh. Volutpat pulvinar, tincidunt id, pulvinar nunc tellus sit congue ullamcorper amet dolore aliquet turpis dolore aliquet turpis nisi ullamcorper amet congue aliquet turpis dolore turpis magna. Et nonummy erat mi adipiscing donec aliquet turpis ut non pharetra, congue ullamcorper nonummy dolore aliquet turpis dolore aliquet feugiat massa, molestie lorem nibh eget mi. Felis ipsum ante molestie feugiat nibh eget sed laoreet eget sed, mi felis aliquam praesent adipiscing, ac proin elit erat et elit erat sem nonummy, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam et elit sed laoreet id tempus, proin mauris dolore ullamcorper pulvinar nunc tellus feugiat ut, non pharetra, donec praesent. Nonummy aliquam proin at magna et nonummy donec sed massa, molestie sit ut volutpat donec diam amet nunc tellus sit ut non. Sit, congue non pharetra congue ullamcorper amet nunc molestie ipsum massa molestie feugiat lobortis volutpat, sed laoreet sit lobortis volutpat, feugiat tincidunt. Volutpat pulvinar tincidunt id sed laoreet felis aliquam proin at aliquam, et at magna ullamcorper pharetra congue ullamcorper dolore, tellus feugiat lobortis. Volutpat dolor lobortis, eget lorem et eget erat mi nonummy dolore praesent sit nisi non sit lobortis volutpat feugiat et elit ac. Et donec, mi, felis aliquam ante at ac mi elit erat praesent adipiscing donec aliquet sit nunc molestie ipsum proin at nisi. Non, pharetra ut non pharetra congue turpis, nisi aliquet turpis ut volutpat feugiat nibh volutpat sed nibh id ipsum laoreet felis aliquam. Praesent adipiscing ut tellus, erat laoreet felis, erat mi adipiscing aliquam proin consectetur nisi sem pharetra tincidunt volutpat pulvinar tincidunt euismod sit. Ut non, pharetra ut volutpat dolor tincidunt, id ipsum molestie, feugiat massa, at aliquam proin at magna sem nonummy magna, diam amet. Dolore aliquet consectetur magna sem pharetra ut volutpat dolor, tincidunt ullamcorper amet nunc tellus ut volutpat feugiat, nibh eget sed mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin mauris et nonummy erat mi adipiscing dolore aliquet adipiscing aliquam sem, consectetur congue non, pharetra lobortis ullamcorper amet dolore tellus feugiat ut non pharetra tincidunt ullamcorper. Dolore praesent adipiscing ac et nonummy, donec mi felis tempus, praesent adipiscing aliquam proin consectetur ut volutpat feugiat lobortis, volutpat dolor laoreet felis, tempus mi tempus proin consectetur. Ac diam consectetur, magna diam nonummy donec aliquet amet nunc molestie ipsum, ante mauris lorem nibh, eget sed laoreet id ante molestie feugiat nibh mauris lorem et nonummy. Donec diam nonummy aliquam ante, proin eget sed laoreet euismod sit nunc, non pharetra congue non pulvinar laoreet id nunc non pharetra congue ullamcorper, amet donec praesent at. Lorem et at erat mi elit, donec praesent nonummy nunc euismod, ipsum massa tellus sit, congue ullamcorper dolor euismod pulvinar massa, tellus, sit, ut non amet dolore aliquet. Turpis dolore aliquet turpis nisi volutpat dolor lobortis euismod dolor tincidunt at lorem, et eget, erat, laoreet id feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt molestie feugiat. Massa volutpat feugiat tincidunt volutpat pulvinar nunc tellus turpis nisi nonummy, magna praesent adipiscing aliquam proin at aliquam sem consectetur magna diam, amet, donec praesent turpis dolore aliquet. Turpis nisi sem elit donec, mi felis lorem nibh lorem, et eget sed massa felis tempus ante mauris lorem nibh eget, sed tincidunt id ipsum lobortis non pharetra. Congue ullamcorper amet nunc tellus sit ut proin donec praesent amet congue aliquet amet, nisi aliquet turpis ut volutpat, pharetra congue euismod pulvinar nunc tellus, ipsum, nunc, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis aliquam et elit sed laoreet felis, erat praesent adipiscing aliquam et elit laoreet euismod pulvinar. Ut diam elit erat mi mauris, lorem lobortis eget sed tincidunt euismod amet dolore non, feugiat lobortis, volutpat. Dolor lobortis volutpat nunc sem consectetur nisi, sem consectetur magna praesent nonummy donec praesent adipiscing aliquam proin elit. Erat praesent adipiscing aliquam proin at ac proin consectetur magna diam dolor, euismod amet nunc tellus pulvinar massa. Tellus feugiat lobortis volutpat dolor laoreet elit erat laoreet id ipsum ante mauris, lorem nibh eget erat, felis. Ipsum massa mauris tempus ante at lorem nibh eget tempus mi felis tempus nibh eget sed nibh id. Sed massa molestie feugiat massa mauris, ac et erat laoreet felis tempus mi felis lorem proin at ac. Diam elit sed mi adipiscing aliquam, proin mauris lorem et elit ac et elit, donec aliquet turpis sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat mi felis lorem, nibh volutpat pharetra dolore aliquet adipiscing ac et ipsum massa molestie ipsum lobortis molestie feugiat tincidunt ullamcorper. Amet, dolore aliquet turpis nisi non sit tincidunt volutpat sed laoreet id sed, laoreet, molestie ut ullamcorper pharetra tincidunt euismod pulvinar massa. Molestie ipsum massa volutpat dolor tincidunt volutpat dolor mi felis erat praesent felis aliquam praesent turpis nisi sem pharetra laoreet id tempus. Ante at lorem et eget dolor, tincidunt, euismod sit ut volutpat pharetra congue diam nonummy donec praesent sit nunc tellus feugiat non. Amet congue euismod pulvinar massa id ipsum massa molestie dolor lobortis volutpat dolor tincidunt euismod, pulvinar, nisi, sem consectetur magna praesent adipiscing. Aliquam proin, at et elit erat, mi felis, tempus massa molestie feugiat lobortis volutpat pulvinar tincidunt euismod, ipsum massa molestie feugiat lobortis. Eget dolor tincidunt id erat mi id ipsum eget sed laoreet id, pulvinar nunc tellus sit lobortis, non consectetur congue ullamcorper amet. Nunc tellus turpis nisi tellus feugiat eget sed, nibh, eget, sed mi felis ipsum massa mauris lorem nibh, at ac et nonummy. Donec praesent felis tempus ante mauris ac nibh eget tempus ante tempus ante, at ac et eget, ipsum nunc, aliquet consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent lorem nibh eget sed mi id ipsum, ante molestie feugiat nibh, volutpat sed. Tincidunt id ipsum massa molestie feugiat massa volutpat, amet dolore ullamcorper dolor aliquet sit. Ut non consectetur magna diam nonummy proin at lorem et at ac et elit. Erat mi felis nisi aliquet turpis ut sem pharetra diam, adipiscing, tempus ante mauris. Lorem laoreet eget sed, mi felis donec praesent turpis aliquam proin elit ac et. Elit erat praesent adipiscing aliquam sem at laoreet id ipsum nunc tellus sit lobortis. Ullamcorper, amet donec praesent amet ut non, sit ut non dolor congue euismod dolor. Nunc tellus ac diam nonummy donec praesent adipiscing, tempus proin mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ante mauris feugiat lobortis pulvinar massa molestie feugiat lobortis, volutpat dolor congue ullamcorper amet donec, praesent at lorem nibh. Elit, sed, massa molestie sit ut non pharetra, congue pulvinar, nunc aliquet turpis ut volutpat dolor nibh eget sed, tincidunt. Tellus sit ut sem pharetra lobortis volutpat dolor tincidunt ullamcorper ipsum massa id ipsum molestie feugiat lobortis volutpat pulvinar tincidunt. Tellus sit lobortis volutpat feugiat nibh eget, dolor tincidunt euismod sit nunc tellus sit ut non pharetra laoreet, ipsum nunc. Molestie sit lobortis molestie dolor tincidunt ullamcorper turpis dolore aliquet turpis nisi non consectetur magna ullamcorper amet donec praesent adipiscing. Ac proin at ac elit, erat proin mauris lorem nibh at ac mi nonummy erat, praesent felis tempus proin consectetur. Ac diam nonummy donec diam amet congue euismod pulvinar massa tellus, ut non feugiat tincidunt volutpat dolor nunc tellus turpis. Nisi sem consectetur magna diam amet donec proin adipiscing nisi sem pharetra mi adipiscing dolore aliquet turpis dolore sem consectetur. Magna et, felis tempus ante molestie feugiat lobortis, volutpat pulvinar nunc tellus turpis nisi sem pharetra magna ullamcorper pharetra euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra, dolore praesent felis, lorem nibh, mauris sed, sem, at, ac nibh id sed massa, id ipsum. Massa molestie dolor, tincidunt ullamcorper amet dolore tellus sit, massa molestie feugiat tincidunt ullamcorper amet, nunc tellus magna et eget. Sed laoreet id, tempus nibh volutpat dolor laoreet euismod ipsum nunc tellus sit ut volutpat dolor congue praesent adipiscing aliquam. Proin, lorem laoreet id ipsum, massa molestie feugiat, lobortis non dolor laoreet euismod sed laoreet id tempus proin at lorem. Tincidunt volutpat dolor laoreet id, nunc, non pharetra tincidunt diam amet dolore tellus turpis nisi sem consectetur, magna ullamcorper amet. Dolore proin, at lorem et elit erat laoreet elit tempus ante dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus. Sit ut volutpat dolor laoreet eget erat mi felis tempus ante molestie feugiat, tincidunt volutpat, sed laoreet id nisi sem. Consectetur donec praesent adipiscing aliquam praesent turpis aliquam proin elit sed laoreet id ipsum massa non amet, dolore adipiscing aliquam. Proin at ac et felis erat ante adipiscing aliquam praesent adipiscing nisi non, consectetur ac diam, nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat amet dolore aliquet sit nunc non sit lobortis non dolor, congue ullamcorper amet nunc consectetur magna diam consectetur donec aliquet turpis dolore aliquet sit nisi non consectetur. Magna diam nonummy donec aliquet adipiscing aliquam proin at, erat mi feugiat ante mauris ac, proin at, magna diam nonummy tempus mi felis tempus proin, mauris ac et nonummy, donec. Mi id ipsum lobortis volutpat dolor laoreet eget dolore tellus sit ut non dolor tincidunt euismod pulvinar tincidunt euismod pulvinar nunc tellus sit ut non pharetra congue euismod pulvinar nunc. Id congue, ullamcorper, nonummy donec praesent adipiscing aliquam et elit erat mi id pulvinar nunc tellus feugiat lobortis non pharetra tincidunt euismod pulvinar, nunc tellus feugiat lobortis molestie congue ullamcorper. Pulvinar massa tellus feugiat lobortis molestie feugiat nibh eget dolor tincidunt euismod pulvinar massa molestie tempus, ante mauris ac et elit magna ullamcorper amet dolore at ac et, elit erat. Mi elit erat, mi, felis feugiat lobortis eget lorem laoreet id ipsum massa id ipsum ullamcorper pharetra congue, ullamcorper amet nunc tellus, turpis nisi diam elit dolore aliquet amet dolore. Sem turpis nisi diam nonummy erat mi felis tempus ante at ac elit erat mi id feugiat massa molestie lorem lobortis eget sed laoreet euismod pulvinar nunc tellus feugiat nibh. Eget dolor laoreet id, ipsum massa molestie feugiat diam nonummy aliquam praesent adipiscing ac et elit, ac diam elit donec praesent adipiscing aliquam proin at, lorem et nonummy erat praesent. Adipiscing aliquam proin at aliquam elit, erat, laoreet felis, ipsum massa felis nisi aliquet sit ut sem consectetur erat ante, felis lorem nibh eget dolor tincidunt euismod sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquet turpis aliquam proin consectetur nisi non consectetur, congue. Adipiscing tempus ante mauris lorem nibh, elit erat laoreet felis. Ipsum massa volutpat dolor congue ullamcorper amet dolore, aliquet turpis. Magna et elit donec praesent felis nibh eget dolor tincidunt. Euismod pulvinar massa molestie feugiat lobortis non amet donec aliquet. Turpis aliquam proin at erat et id feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus, turpis aliquam et id, ipsum massa molestie feugiat. Massa molestie feugiat, lobortis, volutpat sed nunc molestie ut non. Dolor congue ullamcorper pulvinar tincidunt tellus sit ut non pharetra. Magna diam nonummy, donec praesent turpis nisi sem at ac. Et sit lobortis volutpat, pharetra congue ullamcorper pulvinar nunc euismod. Ipsum massa molestie feugiat lobortis eget sed laoreet id sed. Nunc tellus feugiat lobortis non dolor lobortis volutpat nisi sem. Consectetur magna diam elit donec praesent felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent ipsum ante, mauris feugiat nibh eget sed massa, molestie feugiat massa mauris tempus ante eget sed laoreet eget pulvinar, ut tellus feugiat. Lobortis non, donec proin at ac proin elit ac et amet dolore aliquet adipiscing nisi sem consectetur magna et felis erat praesent nonummy aliquam. Praesent turpis nisi, elit erat mi felis ipsum massa mauris feugiat nibh eget, dolor laoreet id ipsum massa, molestie feugiat lobortis volutpat dolor laoreet. Id, ipsum laoreet id aliquam proin ac et elit erat laoreet id ipsum ante mauris aliquam sem consectetur magna diam consectetur, magna ullamcorper, pulvinar. Nunc aliquet sit nunc, tellus, ut non pharetra tincidunt euismod pulvinar, massa molestie feugiat ut non dolor tincidunt ullamcorper amet nisi sem consectetur magna. Non pharetra tincidunt euismod pulvinar nunc tellus turpis sem at erat mi felis tempus proin adipiscing aliquam, et eget sed, laoreet id pulvinar lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod sit nisi sem pharetra congue ullamcorper nonummy. Donec praesent adipiscing aliquam sem at magna diam nonummy erat. Mi mauris lorem volutpat dolor nunc aliquet turpis magna sem. Nonummy, donec, praesent adipiscing donec praesent adipiscing aliquam proin consectetur. Magna et elit erat mi mauris tempus ante amet dolore. Aliquet turpis magna diam nonummy donec praesent adipiscing donec aliquet. Turpis nisi sem consectetur magna diam amet dolore ullamcorper amet. Dolore aliquet turpis ut nonummy donec mi mauris lorem nibh. Volutpat amet dolore, praesent turpis aliquam sem consectetur, ac et. Nonummy dolore praesent adipiscing aliquam proin consectetur magna nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem et elit erat praesent. Felis aliquam praesent adipiscing, nisi aliquet congue. Ullamcorper nonummy dolore aliquet adipiscing aliquam sem. At lorem nibh, felis erat mi adipiscing. Tempus ante mauris lorem nibh eget sed. Laoreet id ipsum, non dolor tincidunt euismod. Pulvinar nunc tellus pulvinar lobortis molestie feugiat. Nibh volutpat dolor tincidunt, euismod ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod amet dolore sem consectetur magna sem amet. Dolore aliquet turpis nisi aliquet consectetur nisi, diam nonummy erat. Laoreet, mauris, lorem volutpat sed nibh, eget erat, et elit. Erat ante mauris ac, proin consectetur ac et elit donec. Praesent nonummy aliquam aliquet turpis ut non, sit, ullamcorper, amet. Congue ullamcorper pulvinar nunc tellus feugiat ut, non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, sit ut sem nonummy magna mauris lorem lobortis volutpat sed laoreet eget sed mi id ipsum massa molestie feugiat tincidunt euismod pulvinar dolore, aliquet turpis lobortis volutpat. Feugiat nibh sed tincidunt euismod ipsum laoreet molestie feugiat ut ullamcorper amet donec aliquet amet dolore aliquet turpis, ut ullamcorper amet dolore aliquet, turpis aliquam, proin at, magna. Elit tempus ante felis tempus ante at ac et eget erat mi adipiscing, aliquam proin at aliquam proin at ac diam nonummy donec praesent tempus, proin mauris sed. Laoreet euismod ipsum massa molestie sit ut non amet dolore praesent, adipiscing ac et, at, magna et felis tempus ante felis lorem praesent adipiscing aliquam proin at ac. Nibh id sed laoreet id feugiat massa molestie lorem, lobortis volutpat sed laoreet molestie ipsum massa mauris lorem nibh eget nunc euismod pulvinar nunc non pharetra congue non. Pharetra dolore aliquet, adipiscing aliquam sem, consectetur ac et nonummy erat ullamcorper turpis dolore, tellus sit, ut sem nonummy ante molestie sit ut non dolor tincidunt, euismod ipsum. Massa molestie pharetra congue ullamcorper amet dolore, ullamcorper, amet nisi sem erat diam consectetur magna ullamcorper amet, dolore aliquet sit ut non, pharetra congue non amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc molestie sit nisi, non pharetra tincidunt ullamcorper amet dolore, aliquet turpis, magna sem consectetur donec diam. Adipiscing, aliquam at lorem laoreet id pulvinar nunc, molestie, sit ut non pharetra congue ullamcorper dolor tincidunt, euismod. Sit, nisi sem nonummy donec praesent adipiscing donec praesent aliquam sem pharetra congue ullamcorper amet congue ullamcorper pulvinar. Nunc tellus turpis nisi sem consectetur magna diam adipiscing donec aliquet adipiscing aliquam diam, nonummy donec diam, donec. Proin at ac et at magna diam nonummy erat ante felis tempus ante at ac et eget erat. Praesent adipiscing aliquam ante mauris et elit ac et elit aliquam proin adipiscing dolore proin consectetur nisi diam. Nonummy donec mi felis tempus ante at, ac et nonummy donec praesent adipiscing aliquam at lorem nibh id. Amet dolore aliquet, turpis magna et, elit, erat mi felis tempus, sem at ac et eget sed mi. Id lorem ut ullamcorper amet aliquet turpis nisi proin consectetur ac diam nonummy donec praesent turpis, tempus nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi mauris lorem nibh volutpat dolor tincidunt euismod pulvinar dolore tellus pharetra congue ullamcorper nonummy erat praesent adipiscing. Ante eget lorem laoreet, felis tempus massa tellus sit ut non dolor laoreet id ipsum massa molestie feugiat ut. Ullamcorper amet, dolore aliquet amet sem consectetur magna diam nonummy donec mi felis aliquam proin at nisi proin consectetur. Magna, praesent felis tempus ante, mauris ac nibh volutpat sed, laoreet molestie feugiat non pharetra congue ullamcorper nonummy dolore. Praesent at ac, et, elit erat laoreet felis tempus ante mauris feugiat lobortis id pulvinar nunc molestie, nisi, non. Pharetra congue ullamcorper, pulvinar dolore sem, consectetur nisi sem consectetur magna diam nonummy dolore, aliquet, turpis nisi proin, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis lorem, lobortis euismod pulvinar. Nunc aliquet turpis nisi sem pharetra. Magna ullamcorper amet congue tellus, sit. Ut sem magna, mi molestie feugiat. Massa volutpat dolor tincidunt volutpat pulvinar. Nunc tellus sit ut tellus sit. Ut ullamcorper amet dolore tellus sit. Nisi sem ac mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, consectetur magna diam nonummy donec praesent adipiscing aliquam ante, mauris lorem laoreet elit. Laoreet id tempus ante, mauris sed, nibh eget pulvinar nunc molestie feugiat lobortis volutpat. Consectetur magna aliquet adipiscing tempus proin at magna et sed laoreet id tempus nibh. Mauris lorem nibh at ac et felis tempus ante mauris ac et at erat. Mi felis tempus, mi felis lorem ante eget nunc tellus sit nisi non pharetra. Congue non dolor tincidunt id ipsum laoreet id tempus, ante mauris aliquam proin at. Lorem nibh felis ante mauris lorem nibh mauris sed laoreet id ipsum massa, molestie. Sit, congue diam elit erat, mi mauris tempus ante mauris ac et nonummy magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id ipsum ante eget sed tincidunt euismod pulvinar. Nunc tellus, sit ut non pharetra lobortis sed tincidunt euismod. Pulvinar ut non consectetur donec praesent adipiscing tempus ante mauris. Lorem proin at, erat laoreet felis tempus proin at ac. Nibh ac et elit donec praesent felis, lorem nibh mauris. Sed nibh eget sed mi felis, ipsum massa mauris ac. Proin elit ac, diam elit donec praesent, turpis, aliquet turpis. Ut sem pharetra magna diam amet nunc aliquet, sit ut. Non consectetur magna diam nonummy donec, aliquet turpis nisi aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet dolore aliquet consectetur magna, sem pharetra magna diam amet donec proin at nisi sem amet dolore tellus turpis congue ullamcorper amet dolore aliquet adipiscing. Aliquam sem consectetur magna sem consectetur magna diam nonummy donec aliquet turpis nisi non congue, ullamcorper amet dolore ullamcorper pulvinar massa molestie sit ut volutpat dolor tincidunt. Euismod amet dolore aliquet turpis nisi diam nonummy donec praesent adipiscing donec praesent nisi, non pharetra magna, diam nonummy, erat ante molestie, dolor lobortis euismod amet nunc. Tellus turpis nisi sem consectetur congue ullamcorper nonummy donec aliquet nisi non pharetra congue ullamcorper amet dolore aliquet adipiscing ac et at erat mi felis erat ante. Felis lorem nibh eget sed laoreet eget, sed massa id ante at ac, et eget ipsum nunc tellus sit ut sem nonummy donec diam turpis dolore, aliquet. Consectetur magna sem consectetur magna ullamcorper amet dolore ullamcorper nisi non at, ac et elit tempus ante felis lorem et eget erat laoreet, id ipsum ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod sit nisi sem pharetra magna et elit erat mi mauris ac et eget nisi sem at ac et elit donec praesent adipiscing donec praesent adipiscing ac et. Elit erat laoreet id feugiat massa, mauris feugiat nibh volutpat dolor tincidunt ipsum massa molestie dolor lobortis, volutpat sed tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat dolor laoreet. Euismod amet nunc molestie feugiat lobortis volutpat dolor euismod amet dolore aliquet turpis magna nibh elit, sed massa, mauris feugiat lobortis volutpat dolor laoreet eget ipsum, massa molestie, feugiat. Lobortis volutpat congue euismod, pulvinar nunc tellus pulvinar nunc molestie lorem nibh mauris lorem nibh eget sed mi id tempus ante molestie feugiat laoreet euismod pulvinar massa id feugiat. Et felis tempus mi felis aliquam ante at ac et nonummy erat mi adipiscing aliquam, proin, mauris sed, laoreet id ipsum, nunc, molestie feugiat massa volutpat dolor euismod dolor. Laoreet id ipsum massa tellus pharetra, lobortis eget lorem nibh elit, erat laoreet molestie feugiat lobortis non pharetra volutpat sed laoreet id feugiat lobortis molestie, lorem lobortis, volutpat sed. Laoreet id ipsum ante felis tempus ante mauris, ac et eget sed, laoreet, molestie feugiat, lobortis lorem nibh eget erat laoreet felis erat praesent felis, tempus proin at magna. Diam nonummy, erat laoreet id, feugiat lobortis volutpat sed laoreet, id ipsum massa ipsum massa molestie, lorem nibh elit sed mi felis erat mi adipiscing aliquam ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur ac laoreet id feugiat ut. Non pharetra congue ullamcorper turpis nisi aliquet. Sit ut non, pharetra magna, praesent donec. Proin adipiscing ac et elit erat et. Nonummy, aliquam proin at lorem lobortis volutpat. Dolor nunc aliquet pulvinar nunc molestie dolor. Congue ullamcorper, tincidunt tellus pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh elit sed laoreet felis ipsum lobortis non dolor tincidunt euismod pulvinar euismod pulvinar, nunc, tellus sit. Ut non pharetra tincidunt id sed laoreet id feugiat lobortis molestie feugiat, lobortis euismod dolor laoreet id ipsum. Ante volutpat dolor euismod pulvinar, nunc aliquet sit nunc, molestie sit lobortis eget sed nibh id pulvinar nunc. Tellus sit magna diam amet dolore ullamcorper turpis, nisi proin lorem laoreet euismod ipsum massa mauris feugiat lobortis. Non nonummy donec aliquet amet aliquam et eget erat et felis tempus mi felis tempus elit ac et. Elit erat mi mauris lorem nibh eget, lorem et elit erat laoreet, id ipsum massa volutpat feugiat et. At erat laoreet molestie ipsum, massa feugiat tincidunt euismod dolor tincidunt id ipsum ante mauris feugiat, ut non. Pharetra dolore, euismod ipsum, nunc molestie feugiat lobortis non pharetra congue aliquet turpis nisi turpis nisi, sem pharetra. Magna, diam, nonummy donec praesent turpis nisi non consectetur congue ullamcorper dolor congue aliquet adipiscing ac, volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, non consectetur donec diam felis tempus nibh mauris ac et elit diam adipiscing aliquam praesent adipiscing ac et. Elit erat laoreet id feugiat, lobortis non pharetra tincidunt volutpat dolor tincidunt id, ipsum ante mauris lorem ante aliquam. Proin at sed laoreet, molestie feugiat lobortis volutpat dolor lobortis volutpat pulvinar tincidunt euismod pulvinar massa molestie lorem lobortis. Volutpat lorem et elit sed felis ipsum massa mauris lorem nibh eget sed mi felis erat aliquet turpis nisi. Aliquet turpis nisi diam nonummy congue ullamcorper amet nunc sit, nunc, non pharetra magna ullamcorper nonummy dolore aliquet amet. Dolore tellus turpis nisi non dolor lobortis elit ac et consectetur congue euismod dolor tincidunt euismod sed felis lorem. Ut non pharetra congue ullamcorper amet dolore aliquet turpis ut aliquam lobortis volutpat pulvinar tincidunt euismod, ipsum ut tellus. Feugiat nibh non pharetra congue euismod nunc molestie ipsum massa molestie lorem nibh elit erat diam nonummy magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore proin adipiscing ac et elit sed. Laoreet id ipsum, massa molestie dolor lobortis volutpat. Dolor tincidunt tellus lobortis, molestie feugiat, lobortis volutpat. Dolor dolore aliquet turpis nisi diam consectetur magna. Praesent adipiscing donec proin at aliquam proin at. Ac mi id praesent adipiscing tempus ante eget. Sed tincidunt euismod pulvinar nunc tellus feugiat ut. Volutpat pharetra tincidunt id sed massa molestie feugiat. Ut non pharetra dolore aliquet turpis sem, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam amet dolore praesent turpis, aliquam et at magna diam amet dolore ullamcorper nunc aliquet. Turpis ac, et felis, erat ante molestie feugiat lobortis volutpat sed nibh eget erat praesent nonummy. Donec praesent adipiscing ac proin at, ac diam dolore praesent adipiscing ac et, elit sed tincidunt. Euismod pulvinar nunc non sit congue ullamcorper amet dolore tellus, sit ut sem consectetur congue ullamcorper. Amet praesent turpis dolore tellus turpis, nisi non consectetur donec, mi adipiscing tempus ante mauris lorem. Laoreet euismod pulvinar massa molestie sit ut ullamcorper tincidunt euismod ipsum massa molestie feugiat massa molestie. Feugiat tincidunt euismod amet, nisi sem at ac, nibh eget sed laoreet mauris tempus ante at. Ac proin ac et id ipsum mi mauris lorem nibh, eget sed laoreet, euismod, pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy praesent adipiscing aliquam proin at, magna ullamcorper amet dolore praesent adipiscing aliquam proin consectetur magna diam nonummy donec, ullamcorper amet, dolore aliquet sit, nunc tellus congue. Ullamcorper nonummy donec aliquet turpis nisi et at ac et, elit erat praesent adipiscing tempus proin at magna et nonummy donec diam nonummy praesent adipiscing aliquam sem consectetur. Congue ullamcorper amet congue ullamcorper pulvinar nunc tellus turpis magna diam nonummy donec praesent felis tempus nibh eget sed eget ipsum massa molestie feugiat, nibh eget, lorem laoreet. Id ipsum massa id feugiat lobortis molestie dolor tincidunt ullamcorper amet dolore tellus sit massa volutpat dolor tincidunt pulvinar dolore, aliquet turpis aliquam proin at donec diam amet. Dolore aliquet turpis dolore aliquet consectetur, magna et elit erat ante felis tempus nibh volutpat sed nibh pulvinar, nunc tellus sit ut ullamcorper, nonummy dolore ullamcorper turpis, dolore. Aliquet at erat mi elit erat, praesent turpis nisi euismod, amet donec, praesent consectetur nisi sem consectetur magna praesent, nonummy, donec praesent adipiscing aliquam sem pharetra magna diam. Amet donec aliquet turpis dolore aliquet turpis, nisi nonummy donec praesent felis tempus proin at aliquam et at ac, mi id feugiat massa mauris feugiat lobortis euismod pulvinar. Laoreet euismod ipsum ante mauris lorem lobortis lorem, nibh id sed laoreet felis lorem nibh eget sed laoreet id ipsum massa molestie feugiat lobortis non pharetra tincidunt euismod. Amet nunc euismod, sit ut tellus lobortis volutpat dolor tincidunt euismod sit nisi non consectetur magna diam nonummy, aliquam, proin adipiscing, aliquam sem consectetur ac diam consectetur magna. Diam nonummy dolore sem turpis molestie feugiat nibh mauris ac nibh eget sed mi felis tempus proin mauris lorem et at magna et elit erat mi felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi id lorem lobortis volutpat dolor laoreet euismod ipsum id feugiat, lobortis non amet dolore ullamcorper amet dolore sem consectetur nisi sem pharetra magna, diam. Nonummy donec praesent, adipiscing aliquam proin consectetur congue ullamcorper donec praesent at ac et elit ac et felis erat, praesent, adipiscing tempus ante mauris ac et nonummy. Erat mi felis tempus ante mauris lorem nibh sed laoreet molestie feugiat massa mauris lorem nibh eget erat mi id ipsum ante molestie lorem nibh eget lorem. Nibh id ipsum massa feugiat congue ullamcorper nonummy congue aliquet adipiscing nisi sem turpis, nisi, sem, nonummy magna diam adipiscing aliquam ante mauris lorem nibh id ipsum. Massa molestie, sit ut, dolor congue euismod pulvinar dolore tellus sit lobortis volutpat, feugiat lobortis mauris, lorem nibh id ipsum nunc mauris feugiat lobortis eget sed laoreet. Id ipsum laoreet molestie ut non pharetra congue ullamcorper amet dolore aliquet consectetur, magna, diam nonummy erat, mi mauris feugiat nibh volutpat pharetra congue pulvinar ut non. Consectetur ac diam nonummy dolore aliquet turpis dolore tellus feugiat lobortis volutpat feugiat, tincidunt euismod pulvinar nunc, euismod ipsum massa molestie feugiat nibh volutpat tincidunt euismod, ipsum. Massa tellus, pharetra ut non, dolor tincidunt euismod, pulvinar nunc, aliquet sit ut non dolor tincidunt diam adipiscing aliquam proin mauris, lorem laoreet ipsum nunc non sit. Lobortis volutpat feugiat, lobortis eget sed mi elit erat ante mauris tempus proin consectetur magna sem, sit ut, volutpat dolor tincidunt euismod pulvinar id ipsum massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet molestie feugiat lobortis molestie congue. Ullamcorper nonummy aliquam proin adipiscing magna sem. Consectetur congue diam nonummy, aliquam ante at. Ac, et elit erat, mi felis erat. Mi felis tempus mauris ac nibh elit. Tempus, mi mauris, lorem nibh mauris lorem. Laoreet id, ipsum laoreet felis ipsum massa. Mauris lorem nibh eget, erat mi, tempus. Ante volutpat dolor tincidunt euismod dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy magna praesent felis tempus proin. Mauris lorem et dolor nunc tellus sit. Lobortis molestie dolor tincidunt volutpat pulvinar nunc. Tellus at magna diam consectetur donec mi. Felis ipsum ante mauris feugiat nibh elit. Diam nonummy congue aliquet adipiscing aliquam proin. At ac et nonummy, magna diam nonummy. Dolore aliquet, sit ut tellus pharetra ut. Ullamcorper amet donec turpis nisi sem at. Ac, et elit, tempus ante mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna diam amet donec proin nunc non consectetur erat et elit erat ante mauris feugiat nibh eget. Sed tincidunt euismod sit ut non, nonummy donec praesent adipiscing donec proin adipiscing, et elit erat laoreet, id ipsum. Massa molestie lorem nibh elit ac diam elit tempus ante molestie feugiat nibh mauris lorem nibh elit erat praesent. Congue aliquet turpis nisi et elit sed massa molestie feugiat lobortis mauris lorem ante at erat, mi felis erat. Ante mauris sit ut ullamcorper amet donec proin aliquam proin at magna, ullamcorper nonummy dolore ullamcorper turpis aliquam proin. At erat mi id pulvinar nunc non consectetur donec praesent adipiscing aliquam turpis nunc tellus feugiat, lobortis volutpat feugiat. Lobortis volutpat ipsum, massa, molestie, feugiat lobortis non pharetra congue ullamcorper nonummy donec sem turpis magna diam consectetur congue. Ullamcorper dolore praesent at aliquam proin consectetur magna diam nonummy donec mi felis tempus nibh volutpat sed, laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac proin at donec, mi adipiscing aliquam praesent at ac nibh elit ac et felis, erat praesent adipiscing nisi sem ac et elit erat praesent. Felis lorem, nibh, volutpat pharetra congue ullamcorper amet dolore sem consectetur magna et elit erat mi felis lorem volutpat dolor nunc euismod pulvinar ante mauris lorem nibh. Mauris lorem, et elit ac mi elit tempus proin mauris, feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa feugiat tincidunt ullamcorper pulvinar, tincidunt id ipsum laoreet, id. Ipsum lobortis eget sed tincidunt euismod pulvinar nunc aliquet turpis ac et elit erat mi tempus nibh mauris lorem, laoreet euismod ipsum massa mauris lorem ante mauris. Sed laoreet euismod ipsum massa tellus, feugiat ut ullamcorper amet dolore aliquet adipiscing aliquam consectetur ac et elit erat ante felis tempus nibh volutpat dolor laoreet, eget. Sed massa molestie feugiat lobortis volutpat dolor tincidunt, euismod pulvinar nunc euismod pulvinar massa feugiat nibh volutpat dolor, laoreet euismod sit ut non pharetra congue diam, adipiscing. Tempus ante mauris lorem et at ac felis erat mi turpis nisi sem at ac diam, nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam et elit erat. Mi, felis, erat mi at ac et ac mi elit donec praesent adipiscing aliquam proin consectetur nisi sem consectetur congue, ullamcorper amet, donec aliquet turpis aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet adipiscing aliquam proin consectetur magna diam nonummy erat mi felis tempus nibh eget lorem nibh. Magna praesent adipiscing aliquam proin, adipiscing nisi proin at ac et elit erat mi, felis lorem lobortis. Volutpat pulvinar tincidunt eget sed massa id ut volutpat pharetra congue, ullamcorper amet nunc tellus feugiat lobortis. Molestie, pharetra tincidunt volutpat dolor laoreet id tempus ante molestie lorem nibh mauris ac et nonummy donec. Adipiscing tempus proin, at lorem et elit erat mi id tempus massa, molestie, feugiat tincidunt, euismod pulvinar. Nunc aliquet sit ut non pharetra non amet dolore praesent, at, ac laoreet elit, erat et elit. Erat mi felis tempus ante consectetur magna sem nonummy erat ante felis tempus ante at, lorem elit. Sed laoreet tellus feugiat lobortis, volutpat dolor lobortis volutpat pulvinar, nunc molestie ipsum ante mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis lorem nibh eget dolor tincidunt euismod ipsum massa tellus feugiat massa molestie ac et eget dolor tincidunt euismod pulvinar felis. Tempus ante mauris lorem et elit ipsum massa id ipsum massa molestie, lorem laoreet id ipsum massa id ipsum ante felis lorem nibh. Eget et elit erat mi felis, lorem nibh eget sed laoreet euismod pulvinar nunc id ipsum lobortis volutpat feugiat lobortis euismod pulvinar massa. Tellus sit lobortis volutpat nibh eget sed laoreet id sed mi adipiscing aliquam ante eget lorem laoreet id ipsum, laoreet, id tempus, ante. Mauris feugiat nibh elit ac nonummy donec, mi mauris, tempus nibh volutpat pulvinar nunc tellus turpis, ut non pharetra congue ullamcorper amet dolore. Praesent adipiscing ac nibh eget sed mi id, tempus adipiscing aliquam proin at lorem laoreet id, pulvinar nunc molestie feugiat, lobortis non pharetra. Dolore proin mauris ac proin at erat laoreet felis tempus ante felis sem consectetur magna diam consectetur magna praesent nonummy dolore praesent at. Lorem laoreet eget erat mi elit donec praesent adipiscing tellus turpis nisi diam consectetur magna diam nonummy aliquam proin consectetur magna sem nonummy. Erat mi id ipsum massa mauris lorem et elit sed mi felis tempus turpis, aliquam proin consectetur magna diam nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin nonummy ullamcorper, adipiscing tempus ante at lorem nibh eget sed et, felis erat ante mauris tempus ante mauris lorem, nibh eget erat mi. Mauris lorem mauris ac, nibh elit sed laoreet id feugiat lobortis molestie lorem nibh eget, sed mi elit erat mi adipiscing aliquam ante mauris ac. Et eget, mi felis tempus, ante at ac et eget ac laoreet molestie feugiat lobortis molestie feugiat nibh, mauris erat laoreet euismod tempus ante felis. Tempus ante, mauris dolor id pulvinar massa, tellus sit congue ullamcorper pharetra congue ullamcorper turpis aliquam proin elit sed laoreet euismod, pulvinar nunc molestie sit. Congue non, nunc tellus pulvinar ut non sit congue ullamcorper nonummy dolore, ullamcorper, pulvinar, massa tellus sit ut non pharetra congue ullamcorper, nonummy dolore aliquet. Turpis magna diam consectetur mauris sed tincidunt ullamcorper amet dolore sem pharetra congue non feugiat lobortis volutpat dolor, tincidunt euismod sit lobortis, volutpat lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum, ante eget dolor tincidunt euismod amet dolore aliquet turpis, tempus et eget dolor nunc euismod pulvinar massa tellus pharetra congue ullamcorper. Nonummy dolore tellus turpis nisi sem consectetur congue, ullamcorper amet congue, ullamcorper turpis sem, turpis ut volutpat dolor lobortis volutpat dolor nunc euismod. Pulvinar ut tellus consectetur congue diam nonummy aliquam proin mauris lorem nibh eget sed massa sit nisi sem consectetur magna diam amet dolore. Sem consectetur nisi, non pharetra congue ullamcorper amet dolore, aliquet turpis nisi sem, consectetur magna diam erat mi felis tempus et eget sed. Laoreet euismod pulvinar massa tellus sit congue non pulvinar dolore aliquet turpis, aliquam et elit erat mi elit erat massa lorem, nibh eget. Sed tincidunt euismod, sit nunc tellus sit lobortis volutpat dolor tincidunt tellus pulvinar nunc tellus sit lobortis molestie feugiat laoreet id ipsum nunc. Consectetur erat, et felis ipsum massa volutpat feugiat, nibh volutpat dolor tincidunt euismod pulvinar nisi non consectetur magna, diam nonummy praesent adipiscing, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy donec mi felis aliquam proin, at magna et sed. Massa molestie, sit magna diam adipiscing donec aliquet turpis nisi, aliquet. Elit erat laoreet id ipsum massa mauris feugiat lobortis volutpat pulvinar. Nunc, tellus nunc, non pharetra congue ullamcorper amet donec proin at. Aliquam proin at, ac diam nonummy donec praesent turpis aliquam ante. At ac mi elit tempus mauris tempus ante adipiscing nisi tellus. Sit, ut non pharetra congue euismod ipsum laoreet felis tempus ante. Felis aliquam proin at ac mi pulvinar, ut sem consectetur, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, adipiscing ac nibh elit, sed massa molestie ipsum lobortis volutpat congue ullamcorper turpis aliquam ante at lorem et elit erat mi. Felis lorem nibh eget sed nibh elit sed mi felis aliquam proin, at ac et dolor nunc tellus sit ut non pharetra. Tincidunt euismod, amet donec aliquet at aliquam proin at magna, diam nonummy donec praesent turpis nisi sem at et elit donec praesent. Adipiscing tempus, proin at lorem et, elit erat laoreet felis, tempus ante at, lorem tincidunt euismod pulvinar dolore tellus lobortis non dolor. Tincidunt euismod pulvinar nunc tellus pulvinar massa tellus, pharetra magna diam nonummy aliquam ante mauris ac et elit, erat et nonummy dolore. Aliquet adipiscing, proin at ac et elit erat ante mauris feugiat, lobortis volutpat pulvinar tincidunt tellus pulvinar nunc tellus sit lobortis eget. Sed tincidunt euismod ipsum laoreet id ipsum mauris dolor lobortis volutpat sed laoreet euismod ipsum massa mauris, lorem nibh volutpat dolor laoreet. Id ipsum, ut non sit ut volutpat dolor tincidunt, adipiscing ac proin nonummy, erat mi felis aliquam praesent adipiscing aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, at ac, et elit erat mi, felis erat, praesent, nonummy nunc tellus sit nisi non consectetur magna non dolor tincidunt. Euismod turpis nisi non ut non dolor lobortis eget sed laoreet id tempus, mi adipiscing aliquam proin at ac nibh eget. Erat mi felis lorem, ante eget lorem et ac, et, nonummy donec praesent adipiscing aliquam et consectetur ut volutpat feugiat lobortis. Eget sed laoreet id sed mi felis tempus proin at ac proin consectetur congue, feugiat nibh eget erat mi, felis tempus. Massa molestie lorem nibh mauris lorem, nibh felis tempus, mi mauris lorem ante eget ac nibh, congue non pharetra congue, id. Sed massa id, ipsum massa mauris lorem ante at, magna diam consectetur congue volutpat, sed nibh elit donec praesent nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ante mauris lorem et, at ac et, elit erat. Mi adipiscing tempus ante at ac sit, ut euismod pulvinar. Tincidunt tellus pulvinar nunc molestie, feugiat massa mauris ac proin. At ac diam nonummy dolore ullamcorper turpis nisi aliquet sit. Nunc molestie ante eget lorem nibh elit sed mi felis. Tempus ante mauris ac proin consectetur magna ullamcorper amet congue. Euismod pulvinar tincidunt euismod ipsum ante nisi, sem turpis ut. Non diam amet donec ante mauris lorem lobortis eget sed. Laoreet euismod sit massa, mauris feugiat nibh mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam massa, molestie, dolor congue ullamcorper turpis. Aliquam proin, consectetur magna diam nonummy donec. Mi dolore aliquet turpis ut non pharetra. Ut non, pharetra congue ullamcorper amet ut. Non pharetra congue ullamcorper pharetra, dolore aliquet. Amet nisi aliquet turpis mauris feugiat, lobortis. Volutpat, pulvinar tincidunt tellus sit, ut proin. At donec diam amet donec praesent turpis. Nisi sem at ac et felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At magna diam nonummy sed mi felis feugiat nibh volutpat. Sed tincidunt euismod pulvinar nunc aliquet consectetur magna diam dolore. Praesent adipiscing aliquam proin at ac nibh felis tempus ante. Mauris feugiat ut volutpat dolor laoreet id ipsum massa, molestie. Sit ut non congue euismod, amet nunc proin consectetur erat. Mi felis, tempus mi, mauris lorem ante mauris lorem et. Eget sed laoreet felis tempus massa molestie feugiat nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis lorem lobortis volutpat dolor tincidunt, tellus sit ut, non pharetra ut volutpat sed laoreet, id diam, nonummy dolore ullamcorper turpis dolore aliquet consectetur magna diam. Nonummy donec praesent adipiscing tempus ante eget sed laoreet id sed mi, felis ipsum molestie feugiat nibh id sed laoreet id ipsum massa molestie feugiat lobortis eget. Dolor tincidunt euismod ipsum massa molestie lorem lobortis, volutpat dolor congue, euismod sit molestie feugiat lobortis volutpat pharetra congue ullamcorper, adipiscing nisi sem consectetur magna diam consectetur. Congue diam amet donec aliquet, turpis nisi non pharetra congue dolor, congue aliquet adipiscing ac proin at, ac mi felis tempus ante mauris tempus ante eget lorem. Nibh eget tempus mi mauris lorem, nibh, volutpat, dolor tincidunt pulvinar massa molestie, feugiat ut non pharetra dolore praesent turpis, aliquam proin at lorem et elit, erat. Mi felis tempus ut non, pharetra dolore aliquet turpis, sem elit ac et nonummy, donec mi elit tempus ante felis lorem lobortis non pharetra tincidunt euismod pulvinar. Massa, tellus lobortis molestie feugiat, congue ullamcorper pulvinar, nunc, molestie, sit ut sem pharetra tincidunt euismod amet nunc tellus, sit ut non pharetra congue ullamcorper amet dolore. Praesent adipiscing proin elit sed et felis tempus massa volutpat feugiat lobortis euismod pulvinar nunc euismod pulvinar massa molestie feugiat nibh eget ac, proin at donec, praesent. Adipiscing tempus molestie feugiat tincidunt euismod pulvinar nunc euismod sit mauris ac diam consectetur congue ullamcorper pharetra tincidunt id, pulvinar, nunc, molestie sit lobortis molestie feugiat lobortis. Eget sed id tempus massa, molestie lorem nibh mauris ac et elit erat mi felis aliquam praesent adipiscing aliquam, sem pharetra congue non dolor lobortis eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat nibh volutpat sed laoreet. Id ipsum massa id proin adipiscing. Aliquam sem consectetur congue ullamcorper amet. Dolore aliquet turpis, dolore tellus feugiat. Massa molestie feugiat lobortis volutpat lorem. Nibh, eget, donec mi adipiscing proin. At ac nibh, at, sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac proin at, magna et nonummy magna ullamcorper dolore aliquet turpis ut tellus pharetra congue, ullamcorper nonummy, dolore praesent adipiscing. Aliquam sem consectetur magna diam amet congue euismod dolor, mi elit magna diam dolore euismod pulvinar nunc molestie feugiat lobortis, eget. Lorem nibh elit, erat praesent adipiscing tempus proin at ac nibh volutpat dolor tincidunt euismod ipsum, massa feugiat lobortis eget sed. Nibh id sed mi felis tempus, ante, at nisi non sit ut volutpat dolor nibh elit, ac et, nonummy erat felis. Tempus nibh mauris lorem et elit sed praesent felis aliquam praesent turpis ut tellus feugiat massa mauris, ac proin at ac. Diam elit donec aliquet nisi sem, turpis ut molestie feugiat lobortis volutpat sed laoreet id erat mi felis tempus proin at. Aliquam proin consectetur magna diam nonummy dolore aliquet pulvinar tincidunt ipsum, massa, molestie lorem ante mauris ac et nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, aliquam proin at volutpat dolor lobortis volutpat sed mi felis, tempus ante mauris tempus proin consectetur ac sem pharetra congue euismod pulvinar nunc euismod, pulvinar massa. Molestie massa volutpat feugiat, lobortis id sed mi felis tempus mi adipiscing aliquam sem sit ut tellus feugiat lobortis volutpat lorem nibh elit erat mi id, lobortis. Volutpat dolor laoreet eget sed mi elit erat ante felis, tempus ante elit ac et, elit erat praesent ante, at, lorem et at ac, mi id massa. Molestie pharetra congue diam nonummy, dolore praesent at lorem nibh eget erat, praesent adipiscing aliquam proin, adipiscing lorem et elit, sed massa molestie lobortis non consectetur congue. Ullamcorper nonummy nunc id pulvinar massa molestie feugiat lobortis eget dolor tincidunt euismod, pulvinar, ut non, pharetra congue non pharetra congue aliquet, aliquam proin mauris erat et. Elit tempus ante molestie feugiat nibh, eget, sed laoreet euismod pulvinar massa id sit ut non, pharetra congue ullamcorper amet dolore aliquet magna et nonummy erat, mi. Felis lorem lobortis volutpat sed laoreet id ipsum laoreet id ipsum ante mauris lorem nibh ipsum massa, molestie sit lobortis volutpat dolor lobortis eget lorem nibh, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem mauris lorem nibh elit erat mi, felis ipsum ante. Mauris lorem lobortis volutpat dolor laoreet id ipsum massa molestie. Feugiat tincidunt ullamcorper nonummy donec adipiscing ac et nonummy erat. Laoreet molestie feugiat ut ullamcorper nonummy dolore aliquet turpis nisi. Proin at ac mi felis tempus ante mauris lorem nibh. Dolor, tincidunt, tellus pulvinar massa, molestie feugiat lobortis volutpat dolor. Tincidunt volutpat, ipsum massa, tellus turpis nisi non pharetra tincidunt. Euismod dolor tincidunt felis mi molestie pharetra magna praesent adipiscing. Aliquam ante mauris ac nibh elit ac et nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, magna et elit erat, praesent felis aliquam, ante at aliquam, proin consectetur magna diam adipiscing tempus massa mauris feugiat tincidunt euismod pulvinar, tincidunt tellus lobortis volutpat. Dolor tincidunt ullamcorper amet, dolore, aliquet adipiscing magna et eget erat laoreet id, tempus, ante mauris lorem et elit magna diam nonummy dolore, felis lorem lobortis eget. Sed laoreet id, pulvinar nunc tellus feugiat ut ullamcorper pharetra congue id pulvinar nunc molestie ipsum massa mauris lorem et at, mi felis tempus mi felis lorem. Nibh volutpat sed laoreet eget sed laoreet felis tempus proin adipiscing aliquam sem at ac et elit erat praesent nisi, proin at ac et felis tempus mi. Felis tempus, nibh mauris lorem nibh, elit erat mi felis aliquam praesent turpis dolore tellus sit congue non pharetra euismod, dolor nunc tellus turpis ut non, consectetur. Congue, mi mauris tempus ante at, aliquam proin consectetur magna ullamcorper pharetra dolore ullamcorper turpis nisi proin at diam consectetur magna diam turpis aliquam proin at ac. Et elit erat mi felis tempus ante mauris lorem, nibh elit mi felis ipsum massa felis tempus et at ac et nonummy donec praesent nonummy donec aliquet. Turpis nisi diam nonummy donec, mi id tempus massa mauris lorem, elit, sed laoreet id ipsum massa molestie feugiat lobortis eget lorem nibh eget ipsum ante mauris. Lorem ut, ullamcorper amet dolore ullamcorper amet nunc tellus feugiat, lobortis dolor tincidunt euismod pulvinar tincidunt euismod pulvinar nunc volutpat feugiat ante at ac diam, nonummy erat. Mi id tempus ante, mauris, lorem et elit erat mi felis lobortis molestie feugiat lobortis euismod pulvinar dolore tellus, sit ut non pharetra magna diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed laoreet molestie ipsum lobortis non pharetra, donec aliquet adipiscing, aliquam proin at ac diam nonummy. Erat ante lorem lobortis non dolor congue ullamcorper amet dolore aliquet sit ut non, pharetra congue euismod. Amet nisi, proin at ac diam nonummy magna ullamcorper aliquam, proin at, ac et at magna diam. Nonummy, dolore aliquet turpis nisi aliquet consectetur, nisi sem consectetur donec mi felis tempus proin, at ac. Et elit praesent adipiscing tempus nibh volutpat sed laoreet eget sed massa molestie feugiat massa volutpat feugiat. Lobortis ullamcorper amet dolore, tellus turpis nisi sem congue, ullamcorper, adipiscing aliquam proin mauris ac proin consectetur. Magna diam nonummy donec praesent adipiscing, nisi sem turpis, nisi non pharetra congue ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra congue ullamcorper pulvinar. Nunc tellus sit ut ullamcorper amet. Dolore, ullamcorper amet, sem at ac. Et elit erat ante felis lorem. Ante eget sed nibh elit, sed. Massa tellus sit congue ullamcorper pharetra. Congue euismod dolor, laoreet sit lobortis. Non pharetra magna praesent felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit sed mi id ipsum massa molestie pharetra proin, adipiscing aliquam et at erat et felis. Ipsum nunc tellus pharetra magna diam amet dolore tellus, sit ut tellus sit ut ullamcorper, pharetra dolore. Turpis, aliquam sem, at erat et, elit donec praesent felis tempus sem, at nisi diam nonummy magna. Praesent felis tempus ante at ac et elit et elit tempus ante mauris lorem et elit, erat. Mi, felis ipsum ante, mauris lorem lobortis eget lorem nibh, id ipsum laoreet id tempus ante mauris. Ac eget sed laoreet molestie feugiat, lobortis volutpat feugiat lobortis volutpat dolor laoreet id ipsum ut sem. Pharetra congue non, pharetra congue ullamcorper pulvinar id ipsum lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc tellus. Pulvinar ut sem nonummy magna praesent adipiscing aliquam proin adipiscing nisi non pharetra ut ullamcorper amet dolore. Turpis aliquam et eget sed laoreet id ipsum massa molestie feugiat nibh volutpat pulvinar nunc euismod ipsum. Massa molestie feugiat ante at, lorem et at ac, id ipsum massa mauris ac nibh volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat, lobortis euismod dolor nunc euismod ipsum laoreet, molestie, feugiat ut non pharetra tincidunt euismod pulvinar massa molestie sit ut, sem consectetur. Congue amet dolore aliquet turpis nisi tellus sit, ut ullamcorper pharetra congue euismod sit aliquam et elit erat laoreet id ipsum massa molestie. Dolor lobortis volutpat tincidunt euismod sit ut non, pharetra magna ullamcorper pulvinar dolore aliquet turpis nisi non pharetra congue ullamcorper, amet erat praesent. At ac et, elit sed mi felis ante mauris tempus ante consectetur magna diam nonummy erat mi, felis tempus ante at ac et. Elit sed mi id ipsum ante mauris ante eget, sed mi id tempus mi felis tempus nibh eget sed nibh id sed massa. Tellus sit ut non pharetra dolore aliquet turpis nisi sem consectetur sem pharetra congue euismod amet dolore tellus sit nunc tellus pharetra congue. Ullamcorper nonummy, donec proin adipiscing ac proin at magna, diam nonummy dolore ullamcorper turpis dolore sit ut tellus, feugiat tincidunt ullamcorper pulvinar donec. Praesent adipiscing ac proin elit erat mi, felis tempus proin, at, ac elit erat laoreet id ipsum massa, molestie lorem ante mauris, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis nibh volutpat pharetra tincidunt euismod ipsum laoreet id ipsum lobortis volutpat dolor lobortis volutpat dolor nunc euismod sit nunc non pharetra ut non amet ut non. Pharetra congue ullamcorper pulvinar nunc tellus sit magna diam nonummy dolore euismod amet nunc euismod, ipsum nunc tellus sit tincidunt euismod pulvinar nunc turpis nisi proin at ac. Mi felis tempus proin adipiscing, nisi sem turpis ut sem consectetur magna, ullamcorper pulvinar tincidunt euismod pulvinar nunc tellus, sit ut non dolore aliquet, turpis ut non pharetra. Magna, et, felis tempus ante mauris tempus et elit erat mi felis tempus massa molestie feugiat ante, sed laoreet id ipsum laoreet id ipsum ante at ac et. Elit sed mi felis erat mi felis lorem proin mauris, lorem nibh eget tempus, mi felis lobortis, volutpat pharetra congue euismod, amet dolore non sit ut volutpat dolor. Tincidunt euismod dolor laoreet felis erat ante molestie lorem nibh eget lorem laoreet id nunc tellus pharetra congue ullamcorper adipiscing donec praesent at ac et at, ac diam. Nonummy dolore mi felis tempus ante amet donec proin mauris aliquam diam nonummy, donec praesent adipiscing aliquam proin adipiscing lorem et elit sed laoreet felis tempus mi mauris. Lorem lobortis euismod amet donec tempus massa tellus, sit ut, non pharetra tincidunt euismod pulvinar nunc tellus sit congue, ullamcorper pharetra tincidunt euismod dolor at ac mi felis. Ipsum, ut, sem consectetur magna praesent adipiscing donec praesent adipiscing nisi sem consectetur magna diam elit, dolore, praesent adipiscing aliquam sem consectetur diam, nonummy donec diam adipiscing donec. Aliquet adipiscing aliquam sem consectetur magna ullamcorper amet congue, ullamcorper amet nisi, sem at ac et nonummy donec praesent adipiscing lorem mauris ac et elit tempus praesent nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et ipsum massa tellus, sit ut ullamcorper nonummy donec praesent adipiscing aliquam sem consectetur magna diam elit erat praesent, adipiscing aliquam praesent adipiscing aliquam proin pharetra. Ullamcorper nonummy donec praesent turpis nisi aliquet consectetur magna sem consectetur congue ullamcorper pulvinar tincidunt, euismod pulvinar ut, tellus sit ut volutpat pharetra nunc tellus ac nibh. Eget ipsum massa id ipsum massa molestie feugiat nibh volutpat sed laoreet felis tempus massa tellus, sit ut, volutpat pulvinar nunc turpis nisi non consectetur magna, ullamcorper. Elit, aliquam proin mauris ac proin at magna non consectetur congue praesent felis, tempus nibh eget dolor laoreet elit erat mi ipsum lobortis at magna et nonummy. Erat, mi adipiscing aliquam sem turpis nisi tellus sit lobortis mauris, lorem nibh eget donec praesent, adipiscing tempus ante at lorem, euismod dolor massa id ipsum ante. Felis tempus ante mauris lorem et eget donec ullamcorper pulvinar tincidunt id sed mi felis tempus proin, feugiat, lobortis id, sed mi felis erat mi felis aliquam. Sem turpis, ut tellus dolor tincidunt euismod dolor tincidunt, euismod pulvinar, laoreet, felis tempus proin adipiscing nisi sit, lobortis molestie feugiat et at ac et, elit magna. Aliquet turpis nisi sem consectetur magna diam nonummy, donec praesent nonummy, donec praesent turpis nisi non, sit non dolor lobortis volutpat dolor laoreet id tempus mi adipiscing. Aliquam sem turpis nisi sem pharetra, ut volutpat dolor tincidunt euismod ipsum massa id tempus proin turpis aliquet sit, lobortis, molestie feugiat lobortis volutpat sed mi elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget, dolor laoreet euismod sed laoreet adipiscing aliquam proin adipiscing nisi, non sit lobortis volutpat feugiat nibh eget sed laoreet felis tempus mi adipiscing sem consectetur magna. Sem consectetur congue ullamcorper amet congue, euismod ipsum massa molestie feugiat massa mauris ac proin consectetur, nisi sem amet dolore aliquet turpis proin, consectetur magna sem nonummy magna. Ullamcorper amet, amet nisi, aliquet turpis nisi sem consectetur magna, diam, nonummy, nisi, sem consectetur magna et nonummy laoreet, felis aliquam praesent adipiscing ac et elit ac et. Elit erat praesent adipiscing aliquam proin at ac diam nonummy donec mi felis tempus proin adipiscing proin consectetur magna ullamcorper amet congue euismod pulvinar dolore aliquet turpis magna. Sem nonummy donec praesent felis tempus ante, at lorem nibh id sed ante felis aliquam, mauris ac proin at ac mi felis tempus ante molestie feugiat nibh eget. Erat laoreet euismod, sit nisi sem pharetra congue ullamcorper nonummy dolore praesent turpis proin eget ipsum, nunc sem at erat laoreet molestie feugiat massa volutpat consectetur magna ullamcorper. Amet dolore tellus sit nisi diam, nonummy erat laoreet id tempus ante ac et, elit sed laoreet, id feugiat lobortis molestie lorem nibh elit sed mi, elit erat. Mi felis lorem ante mauris lorem nibh eget ipsum laoreet id, massa mauris ac nibh id sed, laoreet felis tempus mi adipiscing nisi proin turpis magna sem consectetur. Congue ullamcorper amet nunc euismod pulvinar nunc molestie sit lobortis, pharetra congue euismod ipsum massa molestie sit nisi non consectetur magna diam turpis nisi sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna praesent adipiscing aliquam proin at ac et elit erat mi elit erat mi felis. Aliquam sem, ac et elit erat praesent felis tempus, proin mauris lorem et eget, sed laoreet. Felis tempus ante mauris lorem lobortis volutpat pulvinar tincidunt tellus ut tellus sit tincidunt euismod pulvinar. Nunc, tellus sit ut non at ac mi felis aliquam proin at lorem et, elit erat. Mi felis tempus mi lorem nibh eget lorem et elit, erat praesent, adipiscing aliquam praesent at. Ac nibh eget ipsum, mi elit erat, mi felis, lorem nibh volutpat tincidunt tellus sit, ut. Non pharetra congue non dolor tincidunt euismod ipsum massa molestie, feugiat ut volutpat, dolor, tincidunt euismod. Pulvinar massa tellus sit ut non, erat ante molestie feugiat lobortis volutpat dolor laoreet eget erat. Praesent id ipsum, lobortis volutpat pharetra tincidunt ullamcorper amet dolore, aliquet sit ut volutpat, dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi non pharetra magna ullamcorper nonummy donec aliquet turpis ac et elit erat, et ipsum, massa non pharetra. Dolore ullamcorper amet dolore tellus, pulvinar ut tellus sit lobortis mauris sed laoreet id ipsum massa molestie, sit lobortis. Volutpat dolor ullamcorper turpis nisi, sem, consectetur nisi, non pharetra magna diam amet dolore tellus sit nunc non sit. Ut ullamcorper nonummy aliquam praesent turpis nisi sem erat et elit tempus ante molestie feugiat nibh eget sed laoreet. Felis tempus mi felis tempus ante at, ac proin, elit donec praesent, adipiscing praesent adipiscing nisi sem consectetur magna. Diam nonummy donec, mi mauris tempus, nibh volutpat sed laoreet eget ipsum massa molestie feugiat nibh eget dolor, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis non nonummy, donec praesent felis tempus ante at ac nibh eget. Erat ante felis ante eget ac proin at magna et, elit, tempus massa. Volutpat dolor lobortis volutpat, dolor, laoreet id ipsum massa mauris tempus ante at. Magna diam consectetur praesent adipiscing aliquam proin adipiscing ac et elit erat mi. Felis tempus ante mauris tempus et elit sed mi elit erat mi felis. Tempus nibh amet dolore aliquet, turpis aliquam proin at ac mi elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, consectetur ac et nonummy erat. Mauris feugiat lobortis eget sed laoreet. Id sed massa molestie ipsum massa. Molestie lorem laoreet euismod pulvinar massa. Tellus sit magna sem consectetur, magna. Praesent nisi proin consectetur ac et. Elit, erat praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna ullamcorper nonummy donec turpis nisi tellus turpis nisi. Sem pharetra magna ullamcorper amet donec aliquet, adipiscing ac et. Consectetur magna diam amet dolore aliquet turpis, dolore sem turpis. Diam elit erat mi felis lorem nibh eget dolor tincidunt. Tellus sit nunc tellus, sit nibh eget lorem proin consectetur. Congue non amet dolore aliquet aliquam proin at, ac diam. Nonummy donec praesent felis tempus, nibh eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante eget tincidunt id ipsum massa molestie ipsum lobortis non pharetra magna. Praesent adipiscing tempus, ante mauris lorem, et elit erat, praesent adipiscing aliquam proin. Adipiscing proin consectetur magna, ullamcorper amet congue euismod mauris feugiat lobortis volutpat sed. Laoreet id ipsum ante felis lorem nibh mauris lorem nibh id pulvinar nunc. Elit sed laoreet id ipsum massa molestie lorem lobortis euismod pulvinar, nunc aliquet. Sit, ut non pharetra congue non, pharetra congue ullamcorper amet tellus sit, lobortis. Non pharetra, tincidunt, ullamcorper amet nunc tellus sit lobortis molestie lorem ante mauris. Lorem nibh eget sed massa tellus sit congue ullamcorper pharetra congue amet nisi. Aliquet turpis ut non pharetra congue ullamcorper turpis dolore sem consectetur nisi diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lobortis non pharetra congue aliquet turpis dolore, aliquet consectetur ac diam nonummy donec aliquet turpis nisi sem. Consectetur ac et elit donec diam nonummy proin at ac et at ac praesent adipiscing aliquam, ante mauris. Feugiat tincidunt euismod pulvinar tincidunt euismod sit ut volutpat feugiat tincidunt eget lorem nibh pulvinar nunc tellus sit. Congue diam adipiscing tempus proin adipiscing nisi, proin consectetur ac et felis erat ante adipiscing aliquam proin mauris. Sed tincidunt tellus sit ut consectetur erat laoreet felis tempus ante at lorem nibh id pulvinar nunc tellus. Sit lobortis volutpat feugiat, lobortis eget sed tincidunt felis ipsum tellus pharetra ut ullamcorper pharetra dolore aliquet amet. Nisi proin elit sed laoreet, felis erat mi adipiscing aliquam proin at ac, mi, felis tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget erat mi felis, aliquam. Ante mauris lorem et elit ac. Laoreet id feugiat et elit donec. Diam nonummy dolore aliquet turpis magna. Diam consectetur magna diam nonummy donec. Proin at ac nibh eget sed. Laoreet id feugiat lobortis, feugiat lobortis. Euismod pulvinar nunc euismod ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra dolore praesent adipiscing ac et, elit erat. Felis ipsum lobortis molestie dolor tincidunt euismod pulvinar nunc. Aliquet sit ut non sit, congue ullamcorper amet congue. Tellus turpis aliquam proin at magna elit tempus ante. Mauris feugiat lobortis eget erat laoreet, felis ipsum massa. Tellus pharetra congue ullamcorper pulvinar nunc, tellus sit nisi. Non consectetur magna et tempus, massa molestie, lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante mauris feugiat nibh eget sed nibh elit donec diam donec ante mauris lorem laoreet id pulvinar, massa tellus ipsum. Lobortis volutpat dolor congue ullamcorper pulvinar nunc euismod sit, nisi non pharetra congue, ullamcorper dolor tincidunt pulvinar massa id, ipsum massa volutpat. Dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis molestie lorem lobortis eget sed nibh id ipsum massa molestie feugiat non pharetra dolore. Aliquet adipiscing nisi, sem turpis magna diam amet dolore, aliquet turpis, nisi, aliquet turpis nisi diam nonummy magna praesent amet aliquet sit. Ut sem consectetur congue, ullamcorper nonummy donec praesent adipiscing ac et elit, sed laoreet euismod ipsum massa, molestie dolor tincidunt euismod pulvinar. Dolore aliquet turpis non pharetra magna ullamcorper amet congue ullamcorper, amet nisi sem consectetur nisi diam nonummy erat mi adipiscing aliquam ante. At sed nibh elit erat, praesent felis tempus mauris lorem nibh eget sed mi felis erat mi adipiscing nisi, et eget dolor. Tincidunt tellus, sit ut non, congue diam nonummy donec praesent turpis nisi sem consectetur, magna diam nonummy aliquam proin at ac et. Eget dolor nunc euismod ipsum nunc volutpat dolor, tincidunt volutpat tincidunt euismod ipsum nunc molestie feugiat ut volutpat dolor tincidunt euismod pulvinar. Massa id ipsum massa volutpat, dolor tincidunt euismod pulvinar, laoreet id pulvinar ut sem consectetur praesent felis aliquam ante eget sed congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur ac et tempus mi, mauris. Feugiat lobortis, volutpat dolor nunc tellus sit. Nunc, non pharetra ut non dolor laoreet. Ullamcorper amet dolore tellus feugiat, lobortis volutpat. Feugiat euismod pulvinar tincidunt euismod sit nunc. Volutpat dolor, congue, ullamcorper pulvinar nunc euismod. Sit ut non consectetur magna praesent nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit erat mi id ipsum massa volutpat dolor tincidunt ullamcorper nonummy donec aliquet turpis aliquam diam nonummy donec diam felis proin at. Lorem lobortis eget ipsum massa molestie ipsum massa molestie feugiat nibh eget sed nibh eget tempus ante mauris lorem nibh volutpat sed laoreet. Pulvinar dolore aliquet pharetra ut non pharetra tincidunt ullamcorper pulvinar nunc tellus sit ut sem pharetra congue euismod dolor tincidunt id ipsum massa. Id feugiat massa ac nibh at magna diam nonummy erat praesent adipiscing nisi proin at ac diam consectetur magna diam adipiscing aliquam nibh. Mauris lorem, nibh elit ullamcorper amet dolore ullamcorper amet dolore tellus sit ut volutpat feugiat nibh eget sed mi, felis erat, mi felis. Lorem nibh eget sed laoreet eget ipsum felis tempus proin at ac et elit, ac et elit donec aliquet adipiscing tempus ante eget. Lorem, nunc tellus pulvinar ante mauris, tempus ante eget sed laoreet sed mi felis tempus ante mauris ac et elit, erat laoreet id. Ipsum massa molestie lorem nibh volutpat, dolor nibh erat laoreet felis aliquam ante mauris aliquam proin at, magna et elit donec aliquet amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat ante, mauris tempus nibh mauris sed. Tincidunt euismod pulvinar massa id ipsum massa mauris lorem. Et elit ac et elit mi mauris tempus sem. At magna diam nonummy donec praesent adipiscing aliquam proin. At aliquam sem pharetra magna ullamcorper nonummy, dolore aliquet. Adipiscing aliquam, et erat laoreet euismod feugiat lobortis molestie. Dolor magna ullamcorper pulvinar nunc euismod sed laoreet, molestie. Lorem ante mauris lorem nibh eget erat mi felis. Ipsum lobortis molestie lobortis euismod, pulvinar tincidunt euismod pulvinar. Nunc, non pharetra, congue ullamcorper amet dolore, aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante mauris lorem lobortis eget sed laoreet. Id, pulvinar nunc molestie feugiat nibh mauris lorem nibh eget. Erat, laoreet sit ut non dolor laoreet eget sed, massa. Molestie feugiat massa volutpat dolor lobortis volutpat, dolor laoreet felis. Ipsum massa molestie sit ut non amet, proin at ac. Nibh, eget ipsum laoreet molestie, tempus massa molestie feugiat nibh. Volutpat dolor tincidunt euismod pulvinar massa molestie feugiat nibh eget. Sed laoreet id pulvinar, tellus sit, ut volutpat, pharetra, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet at, magna et nonummy donec mi tempus ante at lorem et eget ipsum laoreet id tempus massa molestie pharetra tincidunt id ipsum nunc aliquet turpis nisi diam nonummy donec. Praesent adipiscing nibh volutpat sed, laoreet, id pulvinar, ut non consectetur donec diam amet congue euismod pulvinar massa molestie ipsum massa molestie feugiat lobortis volutpat sed mi, erat mi felis. Aliquam, proin mauris lorem nibh elit erat praesent, nonummy donec aliquet turpis aliquam sem consectetur congue diam amet dolore aliquet tincidunt, id tempus mi, felis aliquam proin consectetur magna diam. Elit, donec mi adipiscing aliquam proin at ac proin at, ac et felis erat mi felis lorem eget erat mi felis tempus mi adipiscing aliquam proin at ac proin consectetur. Magna diam nonummy dolore aliquet amet nunc molestie feugiat lobortis mauris feugiat nibh eget et nonummy donec praesent adipiscing aliquam, proin at magna, sem consectetur donec praesent felis ipsum proin. Mauris, feugiat lobortis eget, sed laoreet id ipsum massa molestie magna praesent adipiscing aliquam proin mauris lorem et elit erat mi id ipsum massa volutpat dolor tincidunt euismod pulvinar nunc. Tellus turpis magna diam nonummy donec praesent dolore aliquet turpis nisi sem consectetur magna non pharetra tincidunt, tellus sit, ut non pharetra congue ullamcorper amet donec aliquet turpis aliquam sem. Consectetur ac et felis praesent mauris lorem lobortis non pulvinar, tincidunt id ipsum laoreet id ipsum lobortis volutpat pharetra congue euismod pulvinar nunc molestie sit ut non consectetur magna, ullamcorper. Nonummy tellus sit nisi sem nonummy magna diam nonummy donec praesent at ac et eget sed, laoreet id feugiat massa volutpat dolor tincidunt euismod amet dolore aliquet consectetur tellus sit. Ut ullamcorper nonummy donec aliquet turpis, nisi sem consectetur magna diam nonummy donec, aliquet turpis nisi aliquet sit nisi sem consectetur, congue ullamcorper amet donec sit ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac at ac et elit erat praesent adipiscing aliquam proin consectetur magna sem nonummy donec mi felis tempus, proin at aliquam sem at ac. Mi dolore praesent adipiscing aliquam proin, consectetur erat laoreet id ipsum massa volutpat dolor tincidunt ullamcorper pulvinar, tincidunt tellus sit ut tellus sit lobortis volutpat pharetra. Euismod, amet aliquam sem consectetur magna diam nonummy dolore aliquet amet dolore tellus pulvinar, massa molestie lorem, lobortis volutpat pulvinar nunc tellus sit ut at erat. Et elit donec praesent adipiscing aliquam et at sed mi felis erat mi felis lorem ante, eget sed, laoreet euismod pulvinar nunc non consectetur et felis. Aliquam praesent adipiscing aliquam sem turpis magna diam nonummy donec diam turpis dolore aliquet turpis nisi sem consectetur congue volutpat dolor tincidunt id ipsum massa ipsum. Massa volutpat feugiat nibh eget, pulvinar dolore aliquet feugiat ut sem consectetur magna diam nonummy donec praesent, adipiscing aliquam diam nonummy donec praesent sit ut volutpat. Dolor tincidunt ullamcorper turpis dolore aliquet turpis ut non dolor tincidunt volutpat sed nibh eget, tempus ante felis lorem, ante eget lorem nibh eget, mi id. Aliquam proin at, magna sem, pharetra congue ullamcorper pulvinar nunc euismod ipsum massa molestie ipsum ante mauris lorem nibh eget, erat mi felis tempus mi lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus pulvinar ut tellus consectetur congue ullamcorper amet nunc erat mi adipiscing tempus proin. At lorem et elit ac et felis erat mi adipiscing tempus ante mauris ac diam. Nonummy donec diam pulvinar nunc pulvinar, nunc tellus, sit ut volutpat pharetra tincidunt id ipsum. Massa molestie ipsum massa molestie lorem lobortis volutpat sed laoreet id, erat mi adipiscing donec. Turpis nisi non pharetra congue ullamcorper amet congue, ullamcorper turpis dolore tellus sit lobortis non. Pharetra congue ullamcorper amet dolore aliquet sit nunc tempus ante mauris lorem et elit donec. Diam adipiscing aliquam aliquet amet dolore, aliquet turpis nisi non dolor tincidunt volutpat, dolor tincidunt. Felis erat ante mauris lorem at ac diam nonummy donec diam amet dolore, euismod pulvinar. Nunc tellus feugiat ut volutpat feugiat lobortis elit erat mi elit magna diam nonummy, dolore. Sem turpis laoreet, eget, sed mi id ipsum massa mauris lorem nibh, eget, erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, dolore, at ac, mi felis erat. Mi felis aliquam praesent turpis nisi tellus. Sit ut ullamcorper amet congue euismod ipsum. Mi id, ipsum massa mauris proin at. Ac mi id tempus massa molestie sit. Congue diam amet, nunc, tellus sit ut. Non, sit, ut non pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam sem at ac et nonummy donec diam nonummy dolore tellus pulvinar massa molestie ipsum ante, mauris ac consectetur ac mi felis. Tempus mi, felis nisi sem turpis ut volutpat lorem nibh mauris lorem nibh elit erat, mi, id tempus proin at non sit congue ullamcorper. Amet dolore aliquet turpis dolore tellus feugiat massa mauris lorem ante mauris ac et elit donec praesent nonummy donec aliquet turpis nisi feugiat lobortis. Molestie feugiat lobortis id, erat mi elit tempus mi adipiscing, aliquam proin at ac et nonummy donec praesent adipiscing tempus nibh mauris nibh eget. Ipsum laoreet, molestie ipsum massa mauris, feugiat nibh elit erat mi felis tempus massa mauris lorem ante, mauris lorem nibh eget ipsum massa id. Ante mauris sed nibh id ipsum massa molestie feugiat lobortis molestie dolor nibh eget ac et elit, magna diam amet, donec praesent, adipiscing nisi. Sem nonummy, magna pharetra congue euismod, ipsum laoreet id ipsum massa mauris lorem nibh elit erat et nonummy donec diam amet nunc, tellus nunc. Sem nonummy, erat mi felis aliquam praesent adipiscing, aliquam proin at ac diam amet dolore ullamcorper pulvinar dolore tellus sit ut non dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id, tempus ante eget sed nibh at erat et elit donec praesent nunc sem, sit lobortis non dolor tincidunt euismod. Dolor nunc euismod pulvinar nunc mauris tempus ante, at ac proin consectetur ac, diam nonummy dolore aliquet amet molestie ipsum massa molestie. Feugiat nibh eget lorem nibh, elit erat mi felis, tempus proin at aliquam proin at ac, ullamcorper amet dolore aliquet amet proin. Turpis nisi diam nonummy magna ullamcorper amet nunc tellus pulvinar, nunc, non pharetra ut volutpat sed laoreet id ipsum laoreet felis tempus. Mauris lorem nibh, eget erat mi felis erat praesent felis tempus sem turpis nisi sem sit ut volutpat dolor laoreet eget sed. Laoreet, felis aliquam ante molestie aliquet turpis congue ullamcorper, amet congue euismod dolor laoreet id, ipsum, massa mauris tempus ante mauris ac. Diam elit donec diam amet dolore ullamcorper amet dolore feugiat massa, mauris lorem nibh eget erat mi, nonummy donec diam amet dolore. Tellus sit nunc molestie, feugiat nibh eget dolor tincidunt euismod ut, non consectetur congue ullamcorper amet congue aliquet amet dolore aliquet turpis. Ut non pharetra tincidunt volutpat dolor nibh elit donec diam, amet dolore aliquet sit nunc ipsum massa mauris lorem nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis, dolore sem consectetur, non consectetur magna ullamcorper amet, nunc tellus, pulvinar ut tellus feugiat. Lobortis volutpat dolor tincidunt euismod pulvinar laoreet felis tempus, mi adipiscing, aliquam, sem, turpis molestie lorem. Lobortis volutpat dolor tincidunt, euismod pulvinar massa molestie feugiat lobortis eget sed laoreet id ipsum laoreet. Id ipsum massa mauris lorem, et elit diam nonummy magna ullamcorper amet dolore tellus ipsum, laoreet. Felis tempus ante, at lorem nibh eget sed mi felis tempus mi adipiscing, aliquam proin ut. Non pharetra congue euismod dolor, laoreet id tempus mi felis tempus ante mauris ac proin consectetur. Ac mi felis donec praesent turpis nisi aliquet consectetur molestie feugiat lobortis eget sed mi felis. Adipiscing tempus ante mauris aliquam sem consectetur congue, non amet congue euismod, pulvinar tincidunt euismod feugiat. Lobortis mauris feugiat, ante ac diam, elit donec praesent adipiscing aliquam proin at ac, non pharetra. Congue non pharetra, congue euismod amet nunc tellus ante, mauris feugiat lobortis eget lorem nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget lorem nibh eget et, felis aliquam proin adipiscing nisi sem turpis nisi, sem, consectetur magna diam amet nunc tellus sit ut non pharetra congue non pharetra. Tincidunt pulvinar laoreet felis tempus proin adipiscing nisi, aliquet consectetur magna diam nonummy donec, praesent adipiscing aliquam proin consectetur ut non sit lobortis volutpat dolor tincidunt sed laoreet id. Feugiat, lobortis volutpat feugiat lobortis, eget sed mi elit erat praesent adipiscing nisi aliquet consectetur magna diam nonummy magna diam amet, tellus sit ut tellus feugiat massa, molestie lorem. Nibh eget erat diam nonummy, dolore praesent, tellus pulvinar nunc non pharetra magna diam nonummy dolore aliquet turpis proin at ac et elit erat mi adipiscing aliquam sem consectetur. Nisi diam consectetur magna ullamcorper amet dolore aliquet turpis aliquam proin at ac et, elit, donec turpis dolore sem at magna diam elit erat id, pulvinar, nunc molestie ipsum. Massa mauris lorem nibh eget erat et amet dolore ullamcorper amet nisi mauris lorem et nonummy congue ullamcorper amet nunc tellus pulvinar nunc tellus, feugiat lobortis volutpat dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, ut non dolor, tincidunt, euismod dolor laoreet felis tempus praesent nonummy donec aliquet, turpis ut non sit congue ullamcorper, nonummy ante at aliquam sem turpis ut non, pharetra congue. Ullamcorper pulvinar nunc tellus pulvinar nunc tellus, feugiat lobortis, volutpat pulvinar tincidunt euismod ipsum laoreet felis ante mauris ac et elit erat et, nonummy dolore ullamcorper pulvinar nunc, euismod pulvinar. Massa mauris lorem, nibh at lorem et eget erat praesent felis aliquam praesent nisi sem, pharetra congue diam nonummy donec praesent turpis aliquam sem sit ut non dolor tincidunt eget. Sed laoreet id ipsum mi felis ante at aliquam non pharetra magna, ullamcorper amet congue ullamcorper amet nunc molestie sit, lobortis volutpat feugiat nibh mauris lorem et, consectetur congue euismod. Pulvinar tincidunt euismod massa id tempus ante at ac et elit ac et elit erat mi felis tempus ante at magna diam pharetra congue ullamcorper pulvinar laoreet eget erat, praesent. Donec aliquet turpis nisi, non pharetra ut volutpat pharetra tincidunt euismod, dolor tincidunt euismod ipsum massa molestie feugiat nibh eget diam consectetur congue non dolor laoreet, id sed mi, felis. Aliquam proin adipiscing, aliquam sem consectetur nisi, non pharetra tincidunt euismod pulvinar laoreet felis ipsum massa felis proin adipiscing ac sem nonummy magna ullamcorper nonummy donec aliquet turpis dolore molestie. Turpis congue ullamcorper pharetra, congue ullamcorper amet nunc, aliquet turpis nisi non pharetra congue dolor, tincidunt euismod, pulvinar, nunc tellus sit ut volutpat sed laoreet eget erat mi, elit erat. Ante felis, lorem ante eget erat et consectetur magna diam pulvinar euismod pulvinar nunc id ipsum nibh eget, lorem et elit ac diam nonummy dolore ullamcorper amet nunc tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed tincidunt id ipsum massa molestie lorem ante mauris aliquam proin consectetur congue ullamcorper pharetra euismod, pulvinar dolore, tellus turpis ut sem pharetra, congue ullamcorper. Pulvinar nunc tellus sit nisi non pharetra sed massa id ipsum ante mauris, et eget sed laoreet elit erat ante, felis tempus ante, at magna sem. Pharetra magna ullamcorper amet, dolore aliquet sit nunc tellus sit lobortis volutpat feugiat lobortis dolor laoreet id tempus ante mauris feugiat lobortis, mauris sed laoreet id. Sed laoreet mauris, tempus, nibh mauris lorem nibh elit erat et, donec proin mauris lorem, nibh eget, ac, mi elit erat praesent adipiscing donec aliquet sit. Nunc tellus sit, lobortis, volutpat dolor laoreet euismod, ipsum massa id tempus mauris feugiat tincidunt euismod dolor tincidunt felis tempus mi felis, aliquam sem consectetur, nisi. Non consectetur ut volutpat sed nibh, eget sed mi adipiscing aliquam proin adipiscing sem, consectetur magna diam nonummy dolore ullamcorper amet, dolore aliquet sit ut non. Pharetra congue diam nonummy donec aliquet turpis, ac mi id tempus massa tellus feugiat lobortis eget sed tincidunt id sed laoreet, id, tempus massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pharetra congue diam, turpis aliquam sem at, ac nibh eget sed laoreet molestie, feugiat nibh volutpat dolor tincidunt pulvinar nunc molestie feugiat. Massa, molestie feugiat lobortis volutpat dolor et elit donec ullamcorper pulvinar dolore aliquet turpis ut tellus sit ut non pharetra euismod pulvinar nunc tellus. Sit congue ullamcorper, amet donec praesent adipiscing tempus nibh mauris, sed nibh, elit tempus mi felis, lorem nibh mauris lorem et at, ac nonummy. Donec praesent adipiscing aliquam, et elit, erat tincidunt euismod sit ut non dolor tincidunt volutpat dolor laoreet id sed mi felis tempus mauris dolor. Tincidunt ullamcorper amet nunc aliquet turpis nisi sem consectetur dolore aliquet turpis nisi sem consectetur ac diam consectetur magna diam amet dolore aliquet adipiscing. Aliquam id ipsum massa molestie feugiat massa mauris feugiat nibh elit dolor nunc tellus turpis nisi diam consectetur magna ullamcorper massa molestie ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit erat praesent adipiscing adipiscing aliquam proin, at ac et nonummy donec praesent adipiscing tempus. Consectetur ac diam nonummy erat praesent felis aliquam proin at ac et elit donec praesent felis tempus. Ante molestie feugiat lobortis volutpat ipsum laoreet, ipsum massa molestie feugiat nibh eget, sed tincidunt euismod sit. Nunc non consectetur magna, diam nonummy dolore, aliquet turpis, nisi proin at, erat mi elit erat felis. Tempus ante at ac diam elit donec praesent nonummy aliquam praesent adipiscing, aliquam proin consectetur ac diam. Amet congue ullamcorper amet dolore, aliquet nisi diam, elit donec praesent felis tempus proin, consectetur magna sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin mauris lorem at ac, diam elit, erat ante mauris feugiat nibh elit. Ac et felis ipsum, ante mauris feugiat lobortis euismod pulvinar dolore tellus pulvinar nunc tellus. Massa volutpat feugiat laoreet eget erat mi felis tempus ante mauris feugiat lobortis volutpat sed. Mi felis tempus mi, mauris tempus, ante, at lorem id pulvinar massa id ipsum ante. Molestie dolor lobortis volutpat dolor tincidunt euismod sit, ut non consectetur congue ullamcorper nonummy aliquam. Ante eget sed laoreet id, sed molestie ipsum massa molestie feugiat lobortis eget sed laoreet. Id feugiat lobortis ac, et nonummy donec diam nonummy dolore aliquet amet dolore aliquet pharetra. Ullamcorper nonummy dolore aliquet turpis nunc euismod pulvinar, ut tellus dolor lobortis mauris lorem nibh. Eget sed, praesent adipiscing aliquam proin adipiscing aliquam proin consectetur congue amet congue, ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, sem nonummy erat praesent adipiscing donec praesent adipiscing nisi consectetur magna ullamcorper, nonummy dolore aliquet amet dolore aliquet turpis ut, non pharetra congue euismod pulvinar tincidunt. Euismod pulvinar massa, molestie feugiat nibh eget tincidunt id ipsum massa, id tempus ante mauris lorem nibh elit erat mi felis tempus massa mauris tempus ante mauris. Lorem et elit erat praesent nonummy nunc adipiscing, lorem laoreet eget sed laoreet molestie feugiat lobortis molestie pharetra tincidunt ullamcorper amet nunc, euismod sit ut sem consectetur. Congue diam pulvinar praesent adipiscing aliquam sem pharetra ut, volutpat dolor tincidunt euismod pulvinar, massa id ipsum ante mauris feugiat nibh eget erat mi elit erat mi. Felis tempus ante lorem nibh elit erat praesent adipiscing aliquam praesent adipiscing aliquam proin at ac diam nonummy, donec praesent turpis nisi aliquet tellus pharetra magna diam. Nonummy donec aliquet ac proin elit sed laoreet id ipsum lobortis volutpat pharetra congue ullamcorper adipiscing aliquam praesent at ac nibh elit erat felis tempus ante mauris. Feugiat, lobortis volutpat dolor laoreet id tempus massa volutpat dolor lobortis eget dolor nunc tellus turpis, magna diam nonummy erat laoreet id massa molestie feugiat tincidunt aliquet. Amet nisi sem at ac mi elit erat ante mauris lorem nibh volutpat dolor tincidunt id ipsum massa molestie, ipsum lobortis molestie nibh eget sed massa id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna aliquet adipiscing, tempus ante nisi diam, consectetur donec praesent, adipiscing donec praesent turpis ut sem, consectetur magna diam nonummy donec, praesent adipiscing ac et elit ac diam elit. Erat mauris, tempus ante at, magna et eget erat, mi felis feugiat lobortis volutpat feugiat tincidunt euismod ipsum massa molestie ipsum massa molestie dolor lobortis euismod tincidunt id ipsum ante. Mauris tempus nibh eget dolor tincidunt euismod pulvinar nunc tellus ipsum massa molestie lorem et elit erat laoreet, id pulvinar diam nonummy donec mi felis aliquam proin adipiscing aliquam proin. At, donec mi adipiscing aliquam proin adipiscing ac et at erat mi molestie, sit lobortis volutpat nibh eget dolor tincidunt euismod ipsum nunc molestie lorem nibh eget, sed laoreet id. Pulvinar dolore sem, at, ac laoreet tellus feugiat lobortis volutpat dolor tincidunt euismod nibh felis tempus ante felis tempus praesent turpis ut non pharetra, ut, non pharetra, congue ullamcorper amet. Nunc aliquet turpis nisi sem ipsum nunc volutpat feugiat nibh eget lorem nibh id sed laoreet molestie sit ut non pharetra congue euismod amet, nisi sem consectetur ac mi, felis. Tempus, ante tempus nibh mauris magna nibh eget erat praesent adipiscing tempus proin adipiscing aliquam sem consectetur magna diam nonummy donec ante molestie feugiat lobortis volutpat sed mi felis mi. Felis feugiat lobortis volutpat dolor, nunc tellus sit ut non, consectetur magna ullamcorper, amet dolore ullamcorper pulvinar massa id tempus ante felis tempus ante mauris erat consectetur magna praesent felis. Tempus ante mauris lorem nibh eget ipsum, massa molestie feugiat lobortis molestie lorem nibh elit erat mi felis tempus mi felis, aliquam, ante sed laoreet euismod pulvinar massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent massa molestie feugiat ut volutpat dolor tincidunt euismod pulvinar tincidunt euismod ipsum massa molestie, feugiat tincidunt volutpat pulvinar tincidunt euismod pulvinar nunc tellus sit congue. Amet donec, proin at aliquam proin consectetur ac mi felis tempus, massa mauris lorem nibh, volutpat sed laoreet id sed massa tellus, sit lobortis eget, nibh eget. Erat mi felis erat ante felis tempus et eget sed laoreet euismod pulvinar ut non pharetra congue non dolor, nunc tellus pulvinar ut non pharetra, diam nonummy. Erat mi at ac proin at magna diam elit donec eget ipsum nunc tellus sit, ut ullamcorper amet congue ullamcorper pulvinar molestie feugiat massa molestie feugiat nibh. Euismod pulvinar tincidunt euismod ipsum ante mauris lorem ante at aliquam non pharetra lobortis eget sed laoreet id ipsum, laoreet felis aliquet turpis aliquam sem consectetur magna. Sem, elit erat mi felis aliquam proin at aliquam et nonummy magna ullamcorper pharetra congue ullamcorper amet laoreet molestie tempus mi, nisi sem consectetur magna diam nonummy. Donec ullamcorper pulvinar, dolore tellus ipsum mi adipiscing donec tellus pulvinar massa id ante, mauris ac, proin at congue ullamcorper amet congue ullamcorper amet nisi aliquet turpis. Nisi non consectetur congue volutpat dolor nunc euismod ipsum laoreet felis donec aliquet nunc tellus sit lobortis molestie feugiat lobortis euismod dolor laoreet felis, tempus mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy magna praesent, nonummy aliquam praesent sit nunc, tellus sit lobortis molestie lorem. Lobortis euismod pulvinar massa molestie, sit massa molestie ante mauris lorem nibh eget erat. Praesent, adipiscing aliquam praesent turpis, ut non sit lobortis volutpat feugiat nibh eget erat. Laoreet molestie sit lobortis molestie nibh eget sed mi elit erat praesent adipiscing aliquam. Praesent adipiscing nisi sem consectetur congue non pharetra dolore aliquet turpis, nisi sem, turpis. Magna sem, consectetur magna dolor tincidunt euismod ipsum mi felis aliquam nunc tellus sit. Congue ullamcorper amet dolore euismod ipsum massa id ipsum massa molestie lorem et magna. Sem nonummy erat mi adipiscing donec aliquet sit ut tellus sit ut non dolor. Congue id ipsum massa, id tempus ante mauris lorem et eget sed elit donec. Praesent adipiscing aliquam proin consectetur nisi non pharetra ut volutpat dolor tincidunt euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh volutpat sed mi felis erat mi, adipiscing, aliquam sem turpis nisi diam consectetur ut non pharetra tincidunt euismod pulvinar, nunc aliquam. Proin mauris ac et elit ac et elit donec aliquet amet nunc id ipsum ante felis aliquam praesent adipiscing, magna sem consectetur donec, praesent. Congue, ullamcorper amet nunc tellus sit ut volutpat dolor lobortis eget sed et elit tempus mi, felis, lorem nibh mauris lorem et nonummy donec. Diam nonummy aliquam, amet nunc molestie feugiat lobortis non, dolor congue volutpat dolor laoreet felis, erat praesent turpis dolore aliquet turpis ut non sit. Lobortis non laoreet euismod pulvinar nunc tellus sit ut, non dolor nibh, elit erat et felis erat mi felis, tempus ante, consectetur nisi non. Sit ut non, pulvinar tincidunt ipsum laoreet felis nunc id tempus mi felis aliquam aliquet sit massa felis aliquam aliquet, sit massa, mauris aliquam. Aliquet sit nunc molestie, ipsum ante, at nisi pharetra lobortis volutpat lorem proin consectetur magna non dolor lobortis eget erat diam nonummy donec diam. Amet nunc euismod ipsum adipiscing aliquam praesent adipiscing nisi non sit massa at aliquam sem consectetur nisi volutpat, ac sem turpis lobortis mauris aliquam. Aliquet sit nunc molestie tempus praesent sit tellus sit nibh at aliquam non feugiat ante adipiscing nisi tellus ipsum ante, at ac proin consectetur. Nisi volutpat dolor lobortis eget lorem et nonummy congue, dolor, laoreet eget donec praesent amet, congue euismod pulvinar nunc molestie ipsum ante at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh mauris ac et nonummy donec diam amet, dolore tellus. Pulvinar massa id, tempus proin adipiscing aliquam proin pharetra ut feugiat. Nibh, at ac non dolor lobortis elit magna sem, pharetra tincidunt. Volutpat sed, laoreet eget erat praesent nonummy donec tellus pulvinar massa. Molestie, ante at, ac proin consectetur congue non feugiat nibh elit. Ac et nonummy magna ullamcorper pulvinar tincidunt felis donec ullamcorper pulvinar. Laoreet eget erat praesent nonummy congue ipsum mi felis, donec praesent. Turpis nisi aliquet, ipsum mi adipiscing nisi tellus ipsum ante felis. Aliquam sem sit, massa mauris dolore tellus massa molestie ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non dolor lobortis eget erat et nonummy congue euismod pulvinar felis tempus praesent nonummy. Donec praesent turpis nunc molestie lorem, ante adipiscing ut molestie ipsum massa mauris lorem et consectetur. Congue volutpat feugiat et elit, diam consectetur congue volutpat sed nibh elit erat praesent amet nunc. Id sed, mi adipiscing donec aliquet amet massa felis aliquam praesent turpis dolore molestie massa mauris. Tempus ante at magna non, lorem ante consectetur nisi tellus, lorem ante, at nisi, sem sit. Lobortis, volutpat lorem et at magna pharetra tincidunt volutpat erat sem pharetra tincidunt euismod sed mi. Elit donec ullamcorper pulvinar tincidunt id erat praesent, amet dolore tellus pulvinar nunc molestie tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie, lorem et at magna diam, pharetra tincidunt euismod dolor laoreet elit donec diam, donec praesent adipiscing ut, tellus, feugiat massa. Mauris, lorem et, at erat ullamcorper pharetra tincidunt ullamcorper pulvinar laoreet felis erat praesent pulvinar tincidunt felis diam nonummy dolore tellus pulvinar. Massa molestie ipsum ante, at aliquam, non volutpat pharetra tincidunt euismod, dolor laoreet eget erat mi felis aliquam, proin adipiscing aliquam sem. Magna diam, nonummy, erat praesent turpis nisi sem sit nisi volutpat feugiat lobortis eget lorem nibh eget erat mi adipiscing aliquam, proin. At proin at ac diam nonummy congue ullamcorper amet massa molestie ipsum ante mauris tempus ante at ac, et consectetur magna praesent. Nonummy donec praesent turpis ut tellus ut volutpat, dolor laoreet id, sed laoreet felis tempus, ante felis tempus proin consectetur nisi volutpat. Dolor tincidunt volutpat sed laoreet eget erat, praesent nonummy nunc tellus nunc molestie sit ut volutpat lorem nibh elit, ac mi id. Tempus, massa volutpat feugiat lobortis volutpat, sed laoreet eget ante felis aliquam praesent turpis nisi, non sit ut non dolor laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis aliquam sem consectetur nisi non dolor, tincidunt euismod dolor laoreet eget, sed mi adipiscing aliquam proin at nisi non consectetur ac diam amet. Ullamcorper pulvinar tincidunt tellus feugiat ante felis, aliquam sem, consectetur nisi non sit ut non pharetra, nunc aliquet sit ut non pharetra ut volutpat feugiat. Elit erat diam amet donec aliquet adipiscing aliquam proin consectetur nisi sem consectetur congue euismod pulvinar tincidunt euismod pulvinar, massa molestie feugiat ante at ac. Et sed laoreet molestie feugiat lobortis molestie feugiat lobortis eget dolor tincidunt euismod pulvinar nunc molestie sit, ut non pharetra tincidunt, id, ipsum massa id. Ante mauris lorem, nibh, eget dolor laoreet id ipsum lobortis volutpat, feugiat, lobortis eget sed laoreet elit erat laoreet adipiscing aliquam proin at aliquam proin. Consectetur diam nonummy donec aliquet pulvinar nunc molestie feugiat, lobortis, volutpat, dolor lobortis eget lorem et elit donec praesent adipiscing donec aliquet sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod pulvinar, massa id ipsum massa mauris, lorem lobortis euismod dolor tincidunt id ipsum massa lorem nibh eget sed tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat dolor. Lobortis volutpat, sed, laoreet elit donec praesent turpis nisi sem consectetur sem nonummy magna diam nonummy, donec praesent, at ac et at magna ullamcorper amet tincidunt volutpat pulvinar massa. Molestie ipsum ante mauris tempus ante mauris magna sem magna diam amet dolore euismod ipsum laoreet id tempus proin adipiscing ac et elit erat mi felis erat mi adipiscing. Aliquam proin at diam, nonummy donec, praesent adipiscing tempus proin at, ac et at ac diam nonummy donec proin adipiscing nisi sem turpis ut, non, consectetur, tincidunt euismod dolor. Tincidunt tellus, sit ut, non amet dolore aliquet turpis dolore aliquet turpis nisi non consectetur magna ullamcorper amet nunc euismod ipsum nunc tellus sit lobortis eget dolor congue amet. Nisi sem at ac diam nonummy erat mi adipiscing aliquam ante mauris, lorem nibh id pulvinar, ut tellus sit ullamcorper, nonummy donec praesent adipiscing aliquam proin consectetur congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin magna diam consectetur magna diam, nonummy donec proin at ac sem. Consectetur magna diam, nonummy donec aliquet turpis nisi sem at ac et elit erat. Felis tempus ante mauris sed tincidunt euismod sed ante felis lorem, nibh volutpat dolor. Tincidunt ullamcorper ipsum nunc id ipsum ante mauris ac et, elit et elit erat. Ante molestie dolor, tincidunt euismod amet dolore aliquet turpis nisi sem at magna, diam. Amet dolore aliquet turpis dolore tellus feugiat lobortis volutpat nibh eget erat et, id. Ipsum massa molestie feugiat ut, non, dolor congue aliquet sit nisi sem pharetra, congue. Ullamcorper amet donec praesent turpis aliquet consectetur magna diam nonummy erat ante felis, tempus. Ante eget sed et nonummy donec, diam, adipiscing tempus praesent, turpis ac proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, adipiscing tempus proin mauris ac et elit ipsum nunc, tellus sit ut, non pharetra congue, ullamcorper amet molestie feugiat, lobortis volutpat dolor lobortis volutpat dolor, laoreet id ipsum lobortis. Volutpat, feugiat nibh volutpat dolor laoreet eget sed laoreet id tempus nibh ac, nibh eget, erat laoreet id tempus ante felis tempus proin turpis magna diam consectetur donec diam nonummy. Aliquam, proin eget sed laoreet euismod pulvinar massa molestie proin at lorem nibh eget, sed nunc tellus sit ut sem consectetur congue ullamcorper pulvinar nunc euismod sit ut diam elit. Erat mi aliquam ante at ac proin elit ac et elit donec praesent adipiscing dolore aliquet turpis ut non nonummy donec praesent adipiscing aliquam proin adipiscing nisi non pharetra non. Pharetra congue aliquet adipiscing aliquam, sem consectetur magna diam nonummy donec praesent turpis nisi aliquet turpis ut non pharetra congue, diam, adipiscing tempus proin adipiscing ac at ac et elit. Erat ante mauris ac et elit sed laoreet id pulvinar ut non pharetra magna praesent nonummy praesent at lorem laoreet eget ipsum nunc tellus sit congue ullamcorper nonummy donec aliquet. Adipiscing nisi proin, consectetur ac et elit donec diam nonummy dolore aliquet nisi non pharetra, ut non dolor congue euismod pulvinar nunc tellus sit nisi laoreet felis ipsum ante molestie. Feugiat lobortis volutpat dolor tincidunt, euismod pulvinar nunc tellus ut, ullamcorper pharetra congue ullamcorper amet nunc tellus, turpis nisi diam nonummy, donec praesent felis lorem ante mauris lorem, laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et nonummy donec aliquet turpis. Dolore tellus sit nisi sem elit. Donec ante felis ante, mauris lorem. Nibh eget, ipsum massa molestie ipsum. Massa eget sed nibh, id ipsum. Massa molestie feugiat, massa volutpat, feugiat. Lobortis, euismod amet nisi sem dolor. Nunc tellus pulvinar massa tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod turpis dolore aliquet consectetur, magna diam amet aliquet, turpis nisi aliquet turpis nisi sem nonummy donec diam nonummy dolore aliquet sit nisi sem. Consectetur magna diam pharetra congue id ipsum laoreet id massa, mauris lorem lobortis euismod dolor laoreet felis tempus mi adipiscing donec praesent adipiscing aliquam non. Pharetra magna, ullamcorper amet, congue euismod pulvinar massa id ante mauris lorem nibh eget dolor nunc euismod sit nisi, sem consectetur magna, ullamcorper nonummy donec. Praesent adipiscing ac nibh elit erat mi, tempus ante mauris lorem nibh eget, dolor laoreet euismod ipsum massa mauris tempus ante mauris ac nibh nonummy. Donec mi id ipsum, massa volutpat dolor, tincidunt ullamcorper nunc tellus sit, ut sem consectetur magna, diam nonummy nisi proin, at magna diam nonummy donec. Praesent adipiscing tempus proin adipiscing aliquam proin consectetur ut volutpat feugiat euismod pulvinar tincidunt, euismod feugiat ut volutpat feugiat lobortis euismod pulvinar nunc tellus sit. Nunc sem nonummy, donec praesent adipiscing ante, mauris lorem nibh eget pulvinar nunc id ipsum massa, molestie, feugiat lobortis eget lorem et eget sed ante. Mauris, feugiat ut non dolor, tincidunt ullamcorper pulvinar aliquet pharetra congue ullamcorper amet dolore ullamcorper amet nisi sem consectetur magna sem nonummy donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, elit erat praesent adipiscing aliquam proin at ac et at erat tincidunt euismod feugiat, lobortis non pharetra tincidunt ullamcorper. Donec praesent at, ac laoreet id sed nunc tellus sit, ut non amet dolore ullamcorper, amet, nisi sem consectetur nisi. Diam elit erat mi tempus ante at ac nibh elit erat mi adipiscing aliquam proin adipiscing nisi aliquet, pharetra magna. Ullamcorper amet congue ullamcorper amet nunc euismod pulvinar nunc molestie feugiat eget lorem et elit sed, laoreet molestie feugiat massa. Volutpat, sed tincidunt, euismod pulvinar dolore, tellus feugiat lobortis volutpat, dolor tincidunt volutpat sed, consectetur donec mi felis aliquam proin. At, aliquam proin nonummy donec diam adipiscing donec praesent adipiscing nisi, aliquet consectetur nisi non pharetra dolore ullamcorper pulvinar nunc. Tellus magna sem, nonummy donec diam nonummy dolore aliquet turpis ut tellus pharetra ut ullamcorper, amet donec aliquet turpis dolore. Aliquet consectetur magna et nonummy donec praesent adipiscing sem, at lorem nibh eget erat massa molestie sit ut, volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, feugiat lobortis volutpat consectetur magna aliquet turpis dolore aliquet turpis nisi. Sem nonummy magna praesent adipiscing aliquam praesent nisi sem consectetur magna ullamcorper. Nonummy donec praesent adipiscing ac et at, ac mi felis, ipsum massa. Molestie, feugiat ut non pulvinar nunc tellus, turpis proin, elit, sed laoreet. Molestie sit congue diam nonummy donec, praesent adipiscing tempus, nibh mauris, ac. Nibh felis tempus massa molestie, sit congue diam amet dolore aliquet, ut. Sem consectetur erat laoreet id tempus ante mauris lorem ante eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem nibh mauris lorem nibh eget erat laoreet id feugiat lobortis volutpat pharetra dolore aliquet turpis dolore aliquet turpis ut non pharetra tincidunt euismod. Tincidunt tellus, sit nisi sem consectetur magna diam nonummy donec praesent adipiscing ac et eget sed mi felis tempus ante mauris lorem nibh mauris lorem. Felis ipsum nunc non pharetra congue diam nonummy aliquam praesent, turpis nisi non pharetra ut non pharetra, tincidunt ullamcorper pulvinar nunc tellus, sit, ut sem. Consectetur, ullamcorper amet, donec aliquet turpis nisi proin at donec praesent adipiscing donec praesent turpis nisi proin consectetur nisi sem amet congue ullamcorper amet dolore. Sit nisi diam elit erat laoreet, mauris lorem ante at ac et elit sed laoreet id tempus ante mauris lorem lobortis volutpat dolor tincidunt euismod. Ipsum massa tempus, proin at ac nibh eget erat mi felis aliquam praesent adipiscing aliquam, et elit erat mi felis tempus, mi felis aliquam proin. At erat mi, erat, mi adipiscing donec praesent adipiscing, aliquam et elit sed, laoreet felis tempus ante at aliquam proin, at erat et donec praesent. Adipiscing aliquam ante eget sed laoreet id ipsum massa felis tempus proin at ac et elit sed mi elit erat, mi at aliquam proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing aliquam ante eget dolor tincidunt, euismod sit nisi proin, at mi molestie sit ut non pharetra congue euismod pulvinar nunc tellus pulvinar. Ut, sem consectetur magna mi adipiscing aliquam praesent adipiscing ac, nibh id ipsum massa ipsum lobortis molestie feugiat lobortis euismod amet dolore tellus sit. Ut non, pharetra congue ullamcorper amet dolore aliquet adipiscing nisi diam elit, erat laoreet aliquam proin, mauris lorem nibh eget ipsum massa tellus turpis. Ut non pharetra congue ullamcorper amet aliquam ante mauris lorem tincidunt tellus pulvinar ut sit ut non pharetra congue ullamcorper turpis, nisi sem consectetur. Ac mi id ipsum ante mauris tempus ante, at lorem nibh elit donec praesent adipiscing, tempus proin aliquam proin, elit sed mi felis tempus. Mi felis nisi sem turpis nisi sem, consectetur magna diam nonummy donec aliquet adipiscing aliquam diam nonummy donec, mi felis ante volutpat feugiat nibh. Volutpat pulvinar nunc sem at magna sem, nonummy donec praesent adipiscing aliquam ante mauris lorem nonummy erat, mi felis aliquam praesent mauris aliquam proin. Elit, erat et elit erat praesent adipiscing aliquam sem consectetur nisi non consectetur donec praesent nonummy donec praesent nisi proin at ac mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem at ac et felis erat adipiscing, tempus ante mauris lorem laoreet id ipsum nunc molestie feugiat lobortis eget sed laoreet euismod pulvinar nunc aliquet turpis ut. Non amet donec, mauris feugiat nibh mauris, ac et elit donec praesent felis tempus ante mauris lorem nibh eget sed massa molestie feugiat lobortis mauris, feugiat lobortis, volutpat. Pulvinar aliquet sit, ut non pharetra tincidunt ullamcorper pulvinar tincidunt euismod sit ut tellus sit lobortis volutpat dolor, tincidunt euismod pulvinar, dolore aliquet, sit diam, consectetur magna ullamcorper. Turpis aliquam, sem, consectetur magna diam elit sed mi felis tempus proin at lorem et at magna diam amet dolore aliquet amet nisi consectetur magna sem consectetur congue. Ullamcorper, amet dolore aliquet turpis magna sem consectetur magna ullamcorper nonummy dolore aliquet adipiscing, aliquam et at ac et elit tempus mauris, lorem nibh volutpat dolor nunc tellus. Sit ut, non pharetra congue ullamcorper pharetra congue aliquet, turpis nisi, sem pharetra ullamcorper amet dolore ullamcorper pulvinar, tincidunt euismod ipsum, massa volutpat feugiat lobortis eget sed, laoreet. Id erat laoreet id lorem nibh, mauris ac nibh elit ac et tempus ante mauris feugiat lobortis eget erat diam nonummy donec diam amet dolore, aliquet turpis, nisi. Non sit congue non amet congue, ullamcorper amet, dolore aliquet consectetur ullamcorper amet donec aliquet, turpis, nisi aliquet turpis ut sem pharetra congue, ullamcorper amet dolore aliquet turpis. Ac et eget erat mi adipiscing tempus, proin at, ac ut volutpat pharetra congue ullamcorper pulvinar nunc tellus sit magna, diam nonummy donec mi, felis tempus proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie ipsum massa mauris ac nibh eget erat mi. Id ipsum ante mauris tempus ante eget, nibh elit erat. Laoreet molestie feugiat ut, non pharetra tincidunt ullamcorper turpis dolore. Sem consectetur ac et felis erat ante mauris tempus proin. At lorem nibh adipiscing nisi sem consectetur magna, ullamcorper nonummy. Donec proin adipiscing aliquam proin consectetur nisi sem pharetra congue. Ullamcorper turpis nisi, sem turpis ut, non, pharetra ullamcorper nonummy. Donec praesent at aliquam proin consectetur magna diam elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin sed tincidunt tellus turpis nisi sem nonummy magna praesent felis lorem nibh mauris lorem et elit erat et elit erat ante, at lorem nibh elit mi id pulvinar massa. Molestie lorem lobortis volutpat dolor tincidunt id ipsum nunc tellus sit, congue diam nonummy aliquam praesent adipiscing nisi sem turpis nisi elit donec mi felis lorem nibh eget, dolor tincidunt. Tellus sit nisi sem consectetur magna diam nonummy donec praesent adipiscing ac et, elit erat mi felis ipsum volutpat dolor lobortis volutpat dolor laoreet id ipsum massa molestie feugiat, nibh. Volutpat dolor tincidunt, ullamcorper amet nunc tellus consectetur congue non amet praesent, adipiscing tempus ante at lorem laoreet id, ipsum nunc tellus sit ut, non pharetra dolore aliquet turpis dolore. Sem pharetra, ut non amet dolore aliquet turpis, sem at ac et felis erat ante adipiscing aliquam proin at ac et elit sed laoreet id ipsum massa, volutpat dolor tincidunt. Euismod pulvinar tincidunt, molestie sit volutpat dolor tincidunt ullamcorper amet nunc proin adipiscing magna et eget sed laoreet id ipsum massa volutpat pharetra congue euismod massa molestie ipsum lobortis non. Pharetra congue ullamcorper amet dolore aliquet turpis ut non pharetra congue ullamcorper amet dolore, aliquet turpis aliquam et elit ac, et nonummy massa molestie feugiat nibh, mauris erat, mi felis. Pulvinar nunc non pharetra magna diam, amet donec praesent turpis aliquam proin at erat mi felis erat aliquet aliquam proin at ac, et, felis tempus ante felis tempus proin at. Aliquam diam pharetra congue ullamcorper pharetra congue ullamcorper, ipsum massa, molestie sit, ut volutpat dolor ullamcorper pulvinar dolore tellus, pulvinar ut tellus feugiat lobortis volutpat sed tincidunt euismod pulvinar nunc. Tellus sit, magna et adipiscing, tempus proin at ac et elit ac sem turpis magna sem nonummy donec diam nonummy, donec, praesent adipiscing aliquam et elit erat laoreet id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis, nisi sem at ac mi felis tempus ante felis tempus proin, at aliquam diam magna praesent, amet dolore praesent adipiscing ac et at magna ullamcorper. Amet dolore mi felis tempus nibh eget sed tincidunt euismod ipsum nunc molestie lorem lobortis dolor congue euismod pulvinar dolore non pharetra congue ullamcorper amet congue ullamcorper. Amet nisi sem consectetur ac et elit donec, praesent adipiscing aliquam praesent adipiscing nibh eget sed nunc non pharetra, congue ullamcorper pharetra lobortis volutpat amet dolore sem. Consectetur ac mi felis tempus ante felis aliquam, ante lorem nibh eget ipsum massa molestie feugiat, lobortis volutpat feugiat nibh eget erat mi felis erat mi, mauris. Tempus ante mauris lorem nibh elit erat ante mauris lobortis non pharetra congue ullamcorper pulvinar massa molestie sit lobortis volutpat dolor congue aliquet adipiscing tempus ante mauris. Lorem mi felis tempus ante, mauris tempus ante mauris nibh eget sed, mi molestie ipsum, massa mauris feugiat nibh eget sed laoreet euismod feugiat lobortis molestie dolor. Magna ullamcorper donec praesent turpis nisi non pharetra congue non pharetra tincidunt id pulvinar dolore sem at magna et nonummy donec praesent, adipiscing aliquam proin, consectetur ac. Diam tempus ante felis tempus proin at, lorem nibh elit erat et elit aliquam, proin adipiscing aliquam, proin at ac et elit erat mi, felis lorem, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie sit lobortis non pharetra tincidunt, id amet dolore. Aliquet ut non, pharetra dolore aliquet turpis aliquam ante, mauris sed. Laoreet euismod pulvinar nunc id lorem nibh volutpat dolor tincidunt, euismod. Amet nisi sem at et nonummy donec praesent felis tempus ante. Mauris lorem nibh elit donec praesent felis tempus ante, mauris sed. Laoreet euismod pulvinar massa id feugiat lobortis dolor tincidunt euismod dolor. Laoreet id tempus ante felis tempus ante eget sed nibh eget. Ipsum, massa tellus sit ut non pharetra tincidunt turpis aliquam proin. Consectetur ac et elit erat mi felis tempus proin consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore adipiscing ac, et eget ipsum laoreet molestie ipsum massa mauris, ac et elit erat et nonummy donec, diam, adipiscing. Tempus, ante eget, lorem tincidunt turpis aliquam proin at ac et, felis ipsum ut non pharetra tincidunt euismod pulvinar nunc tellus sit. Ut non dolor tincidunt euismod amet nunc id ut non pharetra magna diam amet congue ullamcorper amet dolore tellus sit nisi non. Pharetra congue ullamcorper amet nisi proin at ac nibh, id ipsum massa molestie lobortis volutpat, sed laoreet id, amet dolore aliquet, turpis. Ac diam elit erat ante molestie feugiat tincidunt euismod pulvinar tincidunt tellus sit ut nonummy donec mi felis aliquam proin at aliquam. Proin elit erat mi molestie feugiat, lobortis volutpat pharetra tincidunt volutpat dolor nunc tellus pulvinar massa tellus feugiat lobortis dolor laoreet id. Pulvinar nunc, non consectetur magna ullamcorper amet congue ullamcorper amet nisi proin elit erat laoreet euismod, ipsum ut tellus, feugiat, lobortis eget. Sed tincidunt adipiscing aliquam et elit, erat mi felis, erat mi felis lorem nibh eget erat laoreet, id, ipsum massa molestie lorem. Non dolor nunc euismod pulvinar ut tellus sit congue ullamcorper, amet, congue praesent turpis dolore sem turpis nisi, sem consectetur congue ullamcorper. Amet aliquam proin mauris ac eget erat praesent adipiscing aliquam praesent adipiscing aliquam proin at ac et elit erat mi felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, ipsum, ante, molestie feugiat ut volutpat dolor congue euismod turpis nisi sem consectetur ac diam nonummy dolore. Aliquet dolor congue ullamcorper turpis nisi sem, consectetur magna non consectetur magna ullamcorper nonummy donec proin at aliquam. Proin at ac diam nonummy erat, proin adipiscing tincidunt euismod dolor, tincidunt tellus pulvinar ut non dolor congue. Euismod pulvinar et id ipsum ante at lorem et elit ac et nonummy donec praesent adipiscing aliquam mauris. Lorem nibh elit donec diam, nonummy aliquam praesent adipiscing aliquam sem pharetra, congue non pharetra, congue, ullamcorper amet. Nisi proin consectetur magna nonummy erat praesent felis donec praesent adipiscing magna diam consectetur donec ullamcorper pharetra congue. Euismod pulvinar nunc molestie feugiat lobortis volutpat pharetra lobortis volutpat, sed mi elit massa tellus sit lobortis, euismod. Amet tincidunt euismod pulvinar nunc tellus pharetra magna ullamcorper amet dolore aliquet turpis nisi sem consectetur nisi sem. Pharetra, massa mauris feugiat ante consectetur magna diam consectetur magna ullamcorper amet, congue tellus, sit ut tellus pharetra. Ut non dolor congue ullamcorper turpis, nisi aliquet turpis nisi, id sit nunc tellus feugiat nibh volutpat, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non consectetur congue ullamcorper congue ullamcorper amet, nunc tellus, ipsum ante mauris tempus sem consectetur, lorem et elit tempus mi adipiscing. Aliquam, proin adipiscing ac proin elit magna amet, dolore aliquet amet nunc tellus sit lobortis volutpat dolor, nibh eget dolor tincidunt euismod. Ipsum ante mauris tempus praesent turpis ut, tellus sit ut sed laoreet eget sed laoreet id ipsum massa molestie feugiat lobortis, elit. Erat laoreet euismod ipsum massa molestie, feugiat lobortis eget sed laoreet id ut tellus feugiat massa molestie feugiat et at magna diam. Amet donec praesent adipiscing tempus proin at magna sem pharetra magna, diam amet dolore aliquet turpis nibh eget sed mi nonummy donec. Proin at aliquam proin consectetur ac et elit erat praesent turpis nisi sem turpis, magna diam nonummy donec diam amet donec eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et nonummy dolore praesent adipiscing aliquam proin. Consectetur magna diam consectetur magna nonummy donec praesent. Adipiscing aliquam diam nonummy donec ullamcorper amet dolore. Aliquet amet dolore tellus, sit nisi diam nonummy. Congue aliquet pulvinar nunc euismod massa molestie feugiat. Tincidunt ullamcorper amet nunc tellus sit, ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet elit ac et felis tempus molestie feugiat lobortis, eget sed, laoreet felis erat praesent nonummy dolore tellus. Sit nisi non, pharetra ut volutpat dolor laoreet, eget sed, laoreet id ipsum molestie lorem nibh elit, erat mi. Nonummy magna diam nonummy aliquam proin at ac, et nonummy donec praesent nonummy dolore ullamcorper pulvinar nunc molestie ipsum. Non pharetra, tincidunt, euismod, sed laoreet id ipsum massa molestie lorem ante eget sed nibh eget erat praesent adipiscing. Donec, aliquet, amet dolore pharetra congue non dolor, lobortis, volutpat, pulvinar nunc euismod pulvinar massa molestie dolor lobortis volutpat. Dolor tincidunt id ipsum laoreet felis aliquam proin, at aliquam sem, consectetur massa molestie sit ut non dolor tincidunt. Volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis eget lorem, nibh elit donec praesent nonummy dolore ullamcorper pulvinar. Massa turpis ut volutpat feugiat lobortis volutpat, dolor tincidunt, id ipsum mi adipiscing aliquam proin consectetur ac diam nonummy. Donec praesent, tempus praesent adipiscing aliquam, proin at magna diam nonummy dolore ullamcorper amet, tincidunt euismod tempus mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod sit nunc molestie sit, congue non pharetra congue ullamcorper pulvinar massa id ipsum ante, adipiscing aliquam proin at mi felis tempus ante mauris aliquam proin at ac et. Elit donec diam amet, dolore aliquet amet nunc tellus sit, ut volutpat pharetra congue euismod dolore sem consectetur nisi sem pharetra congue euismod pulvinar laoreet euismod pulvinar nunc molestie ipsum. Massa volutpat feugiat tincidunt euismod amet nunc tellus ipsum, mi felis aliquam at lorem nibh elit magna diam nonummy aliquam praesent adipiscing aliquam proin consectetur magna ullamcorper, pharetra tincidunt euismod. Dolor laoreet euismod ipsum ante lorem lobortis volutpat dolor laoreet id sed laoreet felis lorem ante mauris ac et elit ac diam amet tincidunt ullamcorper pulvinar nunc tellus feugiat massa. Molestie feugiat euismod pulvinar nunc euismod, pulvinar massa, molestie lorem ante eget lorem et at magna ullamcorper pharetra tincidunt id pulvinar, massa, molestie ipsum massa mauris tempus, proin at nibh. Elit erat ante mauris, lorem nibh eget lorem, nibh elit, ac, mi id tempus ante at ac proin consectetur mi, elit erat mi adipiscing nisi, sem, consectetur ac diam, nonummy. Donec diam amet, dolore tellus pulvinar nunc tellus sit lobortis, molestie lorem nibh elit ac et feugiat massa molestie feugiat tincidunt euismod pulvinar tincidunt euismod ipsum massa mauris lorem ante. Mauris lorem nibh elit erat laoreet felis tempus, proin, at ac et at dolore euismod pulvinar massa, molestie feugiat lobortis eget, lorem et elit erat mi adipiscing donec praesent amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec aliquet amet nunc tellus pulvinar lobortis. Non consectetur magna ullamcorper amet nunc euismod ipsum massa. Id sed massa molestie ipsum ante mauris ac proin. At erat sem pharetra tincidunt ullamcorper amet nunc aliquet. Consectetur nisi sem consectetur magna diam amet aliquet turpis. Ut non pharetra congue non pharetra tincidunt id ipsum. Massa id ipsum, massa molestie feugiat nibh mauris lorem. Et nonummy erat praesent adipiscing donec mauris, ac proin. Pharetra congue ullamcorper pharetra tincidunt id ipsum laoreet id. Ipsum lobortis, volutpat dolor lobortis eget erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at lorem et elit donec mi, adipiscing aliquam aliquet turpis nisi aliquet, turpis, ut non dolor lobortis, pulvinar, nunc tellus sit, ut non sit lobortis, mauris. Ac diam consectetur ut non pharetra tincidunt euismod ipsum nunc molestie feugiat massa mauris ac elit sed mi, elit donec praesent adipiscing dolore tellus sit ut non. Pharetra ut non dolor laoreet id ipsum nunc molestie sit lobortis molestie feugiat nibh tincidunt, adipiscing nisi proin elit erat mi felis ipsum lobortis molestie feugiat et. Elit, sed laoreet molestie feugiat lobortis volutpat dolor tincidunt ullamcorper pulvinar praesent, adipiscing ac et nonummy donec praesent nonummy donec, proin at ac proin, at ac et. Nonummy erat praesent adipiscing, tempus ante at lorem nibh eget, tempus mauris lorem lobortis volutpat sed, laoreet euismod pulvinar nunc non consectetur ac diam nonummy dolore aliquet. Turpis nisi, sem at ac et elit erat, mi mauris lorem diam nonummy dolore praesent at ac et elit sed laoreet molestie ipsum lobortis molestie lorem lobortis. Eget erat laoreet id massa mauris lorem lobortis eget dolor tincidunt euismod ipsum ut non pharetra, ut non amet, congue aliquet, amet dolore aliquet turpis nisi sem. Consectetur congue diam nonummy sem turpis magna sem consectetur magna ullamcorper amet, donec praesent, turpis dolore non sit, lobortis non amet dolore aliquet amet dolore, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, mauris tempus nibh mauris lorem et id ipsum, massa, tellus sit ut volutpat lobortis volutpat dolor laoreet. Id ipsum, massa molestie feugiat lobortis volutpat sed laoreet id sed laoreet molestie feugiat lobortis, non amet dolore. Aliquet turpis aliquam sem sed laoreet felis erat mi felis lorem nibh eget lorem nibh eget erat mi. Mauris lorem nibh at ac proin at ac mi felis tempus, molestie lorem lobortis, eget erat laoreet felis. Tempus ante mauris feugiat lobortis, eget sed laoreet euismod sit nisi proin at erat mi felis congue ullamcorper. Pharetra tincidunt ullamcorper turpis nisi sem turpis ut volutpat dolor lobortis, eget lorem laoreet id, ipsum massa mauris. Lorem lobortis volutpat dolor laoreet id sed molestie ipsum ante molestie ac nibh at magna sem, pharetra congue. Ullamcorper amet donec aliquet turpis nisi sem consectetur donec diam nonummy dolore praesent adipiscing nisi sem ac et. Id ipsum lobortis volutpat pharetra congue diam nonummy nisi proin at magna diam pharetra congue ullamcorper pharetra dolore. Adipiscing ac proin at ac diam nonummy dolore praesent adipiscing nisi sem turpis, nisi non dolor congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit erat massa, id feugiat congue non amet donec, praesent at lorem nibh eget sed laoreet euismod, pulvinar ut pharetra. Congue ullamcorper amet dolore praesent at ac laoreet id pulvinar, nunc aliquet pharetra lobortis non amet congue ullamcorper amet dolore aliquet turpis. Diam nonummy donec, praesent adipiscing, aliquam ante mauris lorem nibh elit sed laoreet, id ipsum, massa molestie feugiat lobortis volutpat dolor nunc. Tellus sit nisi sem pharetra diam adipiscing aliquam proin, at lorem et elit sed mi felis tempus ante mauris feugiat lobortis volutpat. Dolor massa molestie feugiat ante mauris donec praesent amet donec, proin at lorem et elit, magna ullamcorper amet dolore aliquet turpis nisi. Aliquet consectetur magna diam elit tempus mi, felis aliquam proin at, et nonummy, erat praesent adipiscing tempus proin mauris lorem et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet turpis aliquam consectetur, magna et elit. Tempus ante molestie feugiat nibh eget lorem laoreet. Id pulvinar nunc non pharetra magna praesent nonummy. Donec praesent at lorem nibh dolor massa id. Feugiat lobortis, volutpat dolor lobortis eget dolor nunc. Euismod sit nunc non pharetra congue ullamcorper amet. Dolore aliquet adipiscing nisi sem, consectetur mi id. Tempus ante molestie feugiat nibh volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus nibh volutpat dolor, tincidunt id ut sem consectetur ac diam elit erat mi felis tempus nibh volutpat. Sed, tincidunt tellus sit nisi diam pharetra congue ullamcorper amet dolore aliquet turpis nibh eget sed laoreet molestie feugiat. Massa volutpat amet, dolore praesent adipiscing aliquam, proin consectetur ac diam nonummy, donec praesent nonummy aliquam proin, at ac. Id pulvinar massa molestie ipsum massa mauris feugiat tincidunt euismod pulvinar dolore, aliquet turpis nisi sem pharetra tincidunt ullamcorper. Pulvinar dolore aliquet pulvinar tellus sit ut ullamcorper amet dolore aliquet turpis dolore tellus sit nisi, diam nonummy donec. Praesent adipiscing aliquam proin, at ac et eget sed mi adipiscing aliquam eget, lorem nibh elit ac mi elit. Tempus massa molestie feugiat lobortis volutpat dolor nunc tellus pulvinar ut non pharetra ut volutpat sed laoreet eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis id pulvinar nunc aliquet turpis nisi diam nonummy donec, diam adipiscing donec consectetur magna. Diam elit donec diam adipiscing, aliquam proin at ac, et eget, erat mi elit tempus ante, molestie. Dolor lobortis volutpat, sed laoreet sit nisi non pharetra, congue non dolor congue tellus sit ut sem. Consectetur ac, et elit donec aliquet adipiscing nisi sem at ac diam elit, tempus tellus sit ut. Ullamcorper amet nunc tellus pulvinar nunc tellus feugiat lobortis molestie, dolor tincidunt euismod pulvinar massa molestie ipsum. Ante molestie dolor diam nonummy, dolore sem turpis nisi sem sit ut, non dolor, congue aliquet, adipiscing. Nisi sem at ac et elit tempus, ante mauris tempus proin at magna euismod, ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod sit nisi sem consectetur ac diam nonummy dolore turpis nisi proin at ac laoreet felis. Tempus mi mauris lorem lobortis volutpat dolor tincidunt euismod pulvinar massa molestie sit, ut non dolor congue ullamcorper. Amet aliquet turpis, ut non pharetra congue ullamcorper amet dolore aliquet consectetur nisi non consectetur ut non pharetra. Congue aliquet adipiscing aliquam sem at ac, diam donec praesent turpis nisi aliquet consectetur magna, et, nonummy donec. Mi, adipiscing, tempus lobortis ullamcorper pharetra dolore aliquet, turpis, nisi, sem pharetra ut amet congue ullamcorper pulvinar, nunc. Tellus turpis nisi volutpat feugiat lobortis eget lorem et nonummy erat mi adipiscing tempus ante at ac proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi at ac et at erat laoreet, id pulvinar nunc molestie pharetra congue, euismod pulvinar nunc tellus sit, sem consectetur congue diam amet dolore ullamcorper turpis. Aliquam sem at ac et elit tempus ante molestie lorem nibh mauris, lorem laoreet elit sed molestie feugiat nibh eget sed tincidunt, ullamcorper amet nisi tellus sit. Nisi diam nonummy erat mi adipiscing nisi proin consectetur magna diam nonummy donec praesent adipiscing, ante eget dolor tincidunt euismod pulvinar, nunc tellus turpis, ut ullamcorper elit. Erat ante felis tempus ante mauris lorem laoreet id ipsum massa felis congue diam, pharetra congue ullamcorper pulvinar nunc tellus sit ut non amet congue ullamcorper pulvinar. Nunc aliquet consectetur nisi diam nonummy donec mi adipiscing aliquam proin at dolore aliquet adipiscing aliquam nibh elit ac et elit tempus mi felis tempus et elit. Erat tincidunt tellus, sit, ut sem nonummy ipsum nisi et tellus sed congue proin non elit feugiat nisi diam, id sit, ac tincidunt aliquet, consectetur ac tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing amet ipsum erat massa tellus at sed dolore nibh euismod. Felis nonummy tempus massa volutpat consectetur ut diam eget sit, lorem. Donec massa volutpat, pharetra donec lobortis ullamcorper felis feugiat magna mi. Euismod turpis ac tincidunt aliquet volutpat nonummy sit nisi tincidunt praesent. At nonummy ipsum magna, et id sit ac nisi et ullamcorper. Molestie elit sit lorem donec lobortis, mi tellus eget sit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At elit turpis sed tempus congue, massa tincidunt ante ullamcorper tellus eget adipiscing, pharetra aliquam congue massa et ullamcorper pharetra erat ut. Mi proin euismod felis pharetra erat nunc diam, eget at sed donec ante non amet donec praesent at aliquam, proin erat laoreet. Molestie feugiat lobortis volutpat pharetra magna ullamcorper amet nunc tellus pulvinar nunc tellus sit lobortis volutpat dolor laoreet id amet dolore aliquet. Consectetur ac mi ipsum massa molestie, feugiat lobortis, euismod amet nisi sem mauris lorem nibh elit, erat praesent felis aliquam proin adipiscing. Ac et at ac id sit ut, sem consectetur donec praesent felis tempus ante eget lorem nibh, eget ipsum mi id feugiat. Nibh volutpat dolor tincidunt euismod ipsum nunc tellus turpis non amet donec aliquet amet nisi sem consectetur, ac et nonummy erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing donec molestie feugiat, tincidunt euismod amet nunc, aliquet consectetur magna non pharetra magna praesent adipiscing aliquam sem consectetur nisi sem consectetur, erat, mi felis tempus at ac nibh. Elit erat laoreet felis tempus, ante mauris lorem lobortis eget pulvinar nunc tellus turpis ut tellus pharetra congue ullamcorper nonummy donec aliquet aliquam proin elit ac laoreet felis erat ante. Felis ac nibh elit erat et nonummy donec praesent adipiscing aliquam proin, adipiscing magna nibh eget mi felis ipsum massa molestie lorem, nibh eget erat et felis tempus ante felis. Tempus ante at magna et felis ipsum massa molestie feugiat nibh volutpat nibh id pulvinar nunc tellus sit ut non pharetra dolore, ullamcorper adipiscing tempus, ante, elit erat et elit. Donec praesent, adipiscing, tempus proin adipiscing ac et, nonummy diam amet donec ullamcorper turpis dolore molestie ipsum ante mauris ac nibh volutpat dolor tincidunt tellus pulvinar massa tellus feugiat lobortis. Eget sed laoreet eget erat, mi pharetra congue ullamcorper amet, congue aliquet amet dolore tellus sit, ut non consectetur magna, praesent adipiscing, aliquam ante, mauris lorem elit sed massa id. Feugiat ut non dolor congue aliquet amet, dolore sem consectetur nisi diam consectetur, magna ullamcorper amet nisi aliquet turpis ut, tellus sit ut amet dolore aliquet sit, nunc tellus sit. Ut, non pharetra congue euismod dolor nunc, molestie ipsum massa mauris, tempus ante mauris ac nibh elit donec praesent adipiscing nibh eget, dolor, congue euismod ipsum massa molestie, ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet pharetra, congue ullamcorper nonummy donec aliquet turpis, magna diam consectetur magna diam adipiscing aliquam ante mauris, lorem nibh eget erat, et elit donec. Aliquet, feugiat tincidunt ullamcorper pulvinar nunc tellus pulvinar nunc molestie feugiat nibh at ac et at donec mi felis aliquam ante molestie dolor, tincidunt. Aliquet turpis aliquet turpis nisi sem pharetra magna diam nonummy donec aliquet sit ut non pharetra congue ullamcorper nonummy donec praesent turpis dolore aliquet. Consectetur ac, elit tempus massa molestie feugiat tincidunt euismod dolor tincidunt euismod turpis ut, non nonummy, donec diam pharetra dolore aliquet turpis, nisi non. Pharetra congue non dolor praesent adipiscing aliquam proin at ac diam nonummy magna ullamcorper, adipiscing aliquam, proin at ac, proin elit erat mi felis. Ipsum lobortis volutpat dolor tincidunt ullamcorper pulvinar sem at magna et felis erat praesent adipiscing aliquam ante mauris lorem nibh eget, erat laoreet id. Ipsum ut, volutpat pharetra congue ullamcorper feugiat tincidunt euismod pulvinar nunc tellus sit, nisi sem consectetur donec praesent, felis tempus nibh volutpat sed tincidunt. Euismod pulvinar, dolore non consectetur magna et nonummy donec felis lorem nibh eget, sed laoreet, euismod sit nisi sem nonummy erat laoreet molestie, ipsum. Nibh eget sed laoreet euismod ipsum nunc molestie sit ut non pharetra ante molestie, feugiat lobortis volutpat sed laoreet id pulvinar massa molestie sit. Lobortis non pharetra congue ullamcorper amet dolore sem turpis congue ullamcorper, elit erat ante mauris congue diam adipiscing aliquam proin at sed tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur laoreet, tellus pharetra congue diam nonummy, donec mi mauris tempus ante eget sed mi, felis ipsum ante molestie feugiat, lobortis volutpat dolor. Laoreet euismod nisi sem, consectetur ac et felis erat, ante, mauris lorem nibh eget sed laoreet id pulvinar nunc, tellus sit lobortis non. Pharetra dolore tellus turpis sem, at magna diam nonummy donec ullamcorper amet dolore sem turpis magna diam nonummy donec praesent adipiscing donec praesent. Consectetur lorem et elit erat praesent adipiscing tempus non pharetra dolore, aliquet turpis dolore aliquet sit ut, sem pharetra congue diam turpis dolore. Aliquet consectetur, magna diam elit erat laoreet id massa eget dolor tincidunt euismod amet nunc aliquet turpis nisi diam nonummy dolore ullamcorper amet. Dolore tellus pulvinar ut non, pharetra magna diam nonummy dolore aliquet sit et eget ipsum laoreet id feugiat massa molestie lorem et elit. Erat mi euismod pulvinar nunc non pharetra congue diam nonummy dolore praesent, adipiscing nisi non pharetra et elit aliquam ante at ac et. At erat mi felis tempus massa molestie feugiat nibh mauris, lorem nibh, elit mi felis tempus ante eget pharetra congue euismod pulvinar nunc. Tellus sit ut, sem consectetur congue, ullamcorper amet dolore aliquet sit nisi non pharetra ut ullamcorper nonummy proin at lorem nibh eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non amet donec praesent turpis sem at, ac et nonummy. Erat ante felis tempus ante mauris lorem et at erat et. Elit tempus massa molestie dolor tincidunt euismod dolor laoreet sit ut. Non nonummy, magna diam nonummy dolore aliquet adipiscing nisi proin at. Ac mi, felis, tempus massa molestie feugiat lobortis volutpat dolor nunc. At erat mi felis tempus mi mauris lorem nibh eget sed. Laoreet tellus sit ut, non pharetra magna ullamcorper pharetra congue ullamcorper. Amet, dolore aliquet turpis ut nonummy erat, ante molestie sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar ut proin at erat laoreet ipsum lobortis, non dolor tincidunt volutpat, pulvinar nunc tellus sit, ut non pharetra congue. Ullamcorper nonummy donec praesent adipiscing ac proin consectetur ac diam, nonummy ante mauris feugiat nibh volutpat, sed, laoreet id ipsum, ante. Molestie, dolor congue ullamcorper pulvinar dolore tellus turpis, ut non sit lobortis non dolor, tincidunt amet dolore, sem elit erat laoreet. Felis ipsum massa molestie, lorem nibh volutpat dolor tincidunt euismod pulvinar nunc non sit ut volutpat, pharetra aliquet turpis dolore aliquet. Pharetra magna diam elit erat mi mauris lorem nibh eget sed nibh felis ipsum ante, molestie feugiat lobortis volutpat pharetra tincidunt. Euismod pulvinar non pharetra magna diam elit donec ante mauris feugiat lobortis euismod pulvinar nunc tellus sit nisi non sit congue. Diam, nonummy aliquam proin at aliquam non consectetur et felis ipsum massa molestie feugiat lobortis euismod pulvinar, nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor ante eget dolor, tincidunt euismod amet nunc tellus consectetur ac, mi, id feugiat lobortis molestie dolor congue ullamcorper, amet dolore sem consectetur nisi sem sit ut sem at. Erat mi felis tempus ante mauris, lorem lobortis volutpat dolor turpis magna, et tellus at lorem congue aliquet at sed donec diam molestie turpis ac tincidunt et, aliquet molestie nonummy. Tempus magna nibh id turpis magna nibh euismod sit aliquam et id amet nisi et euismod turpis, ac aliquet, volutpat felis, consectetur pulvinar aliquam, nibh eget sed laoreet euismod sit. Ut proin at ac mi felis ipsum, massa molestie feugiat lobortis nibh, volutpat dolor, nunc tellus sit nisi sem consectetur donec praesent adipiscing congue, ullamcorper amet congue aliquet amet dolore. Tellus consectetur ac et, nonummy donec praesent, felis congue diam nonummy donec praesent adipiscing aliquam et at ac mi elit erat proin mauris lorem nibh eget erat mi, elit tempus. Ante mauris, lorem ante eget, nunc aliquet, sit ut, tellus pharetra ut non adipiscing aliquam, proin at ac, et elit erat mi, felis erat praesent tempus ante mauris lorem nibh. Euismod pulvinar ut non, pharetra congue, ullamcorper nonummy congue ullamcorper amet nisi, proin at ac, mi felis erat mi adipiscing tempus ante pulvinar nunc tellus sit magna non consectetur, donec. Mi felis tempus massa molestie feugiat tincidunt euismod pulvinar dolore aliquet turpis ut sem consectetur donec mi felis tempus mauris sed, laoreet id sed laoreet id tempus ante at feugiat. Nibh elit erat laoreet felis tempus mi, mauris lorem nibh eget dolor laoreet, euismod sit nisi eget sed laoreet molestie ipsum lobortis non amet donec proin, at, aliquam proin, at. Erat mi felis tempus ante felis tempus proin consectetur nisi sem consectetur massa, tellus feugiat, lobortis, volutpat pharetra congue ullamcorper pulvinar nunc tellus sit ut non dolor congue euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing tempus ante at sed tincidunt ullamcorper amet, dolore sem at ac mi id feugiat ut pharetra congue diam. Turpis aliquam ante at magna et elit erat mi felis tempus, massa eget lorem et elit erat laoreet felis ipsum. Massa molestie dolore ullamcorper turpis nisi aliquet turpis nisi non pharetra magna ullamcorper pharetra nunc, euismod pulvinar massa tellus sit. Ut non dolor tincidunt euismod pulvinar massa sit ut non pharetra tincidunt ullamcorper amet nunc tellus sit nunc tellus feugiat. Lobortis non dolor congue ullamcorper amet nisi sem consectetur magna, felis ipsum, massa, volutpat feugiat lobortis euismod pulvinar tincidunt euismod. Pulvinar ut, tellus pharetra congue ullamcorper amet congue ullamcorper, pulvinar massa molestie, feugiat lobortis volutpat feugiat nibh amet, nisi sem. Consectetur magna et nonummy donec praesent adipiscing donec aliquet sit ut diam nonummy donec praesent adipiscing tempus, proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa volutpat pharetra congue ullamcorper amet donec proin eget sed laoreet, id, pulvinar nunc non consectetur sed massa molestie, feugiat sem, elit sed. Laoreet, tellus sit ut non pharetra congue ullamcorper amet donec praesent at lorem nibh id sit ut sem consectetur magna diam elit ante mauris lorem. Lobortis volutpat amet nisi aliquet turpis nisi sem consectetur magna praesent felis tempus lobortis eget pharetra congue aliquet, adipiscing nisi proin consectetur ac elit erat. Mi mauris feugiat tincidunt ullamcorper amet nunc aliquet turpis nisi sem consectetur congue ullamcorper pharetra congue ullamcorper adipiscing aliquam proin consectetur ac elit erat praesent. Adipiscing aliquam sem at ac mi felis tempus, mi felis tempus ante mauris lorem et, elit erat, praesent felis aliquam, ante mauris lorem, lobortis pulvinar. Dolore sem turpis, nisi sem nonummy donec praesent nonummy dolore aliquet turpis ut tellus sit ut non dolor tincidunt euismod amet dolore aliquet turpis magna. Elit erat praesent turpis, tempus nibh mauris sed, tincidunt tellus pulvinar nunc tellus sit congue ullamcorper amet donec, aliquet adipiscing et at erat laoreet felis. Tempus ante mauris tempus ante mauris lorem et, felis tempus mi felis tempus ante at aliquam proin at magna praesent nonummy donec, adipiscing aliquam proin. At magna diam nonummy magna ullamcorper amet dolore tellus sit nunc molestie lorem nibh eget sed nibh id sed massa id tempus ante mauris nibh. Elit, dolor massa, tellus sit ut sem consectetur donec, mi felis, tempus ante mauris ac, diam elit erat mi felis tempus ante mauris ac lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, ut non dolor tincidunt, euismod pulvinar nunc euismod ipsum non pharetra, congue ullamcorper amet congue aliquet, turpis ac, proin at ac et felis tempus. Massa non dolor congue ullamcorper pulvinar dolore aliquet turpis nisi, non erat laoreet id, lorem lobortis volutpat dolor tincidunt euismod pulvinar dolore aliquet turpis lobortis. Molestie feugiat lobortis volutpat sed, laoreet id ipsum massa, molestie feugiat, euismod amet dolore, aliquet turpis aliquam et elit erat mi felis ipsum massa, mauris. Dolor tincidunt aliquet amet nisi sem consectetur magna et volutpat pulvinar nunc euismod pulvinar nunc molestie feugiat lobortis, molestie dolor tincidunt, ullamcorper turpis nisi proin. Elit sed laoreet id pulvinar, lobortis molestie lorem nibh eget sed, id ipsum nunc molestie ipsum nibh at ac proin at ac mi felis tempus. Massa molestie, dolor tincidunt, euismod, dolor tincidunt, id pulvinar ante mauris tempus mauris lorem laoreet eget sed massa molestie ipsum ante at aliquam proin turpis. Congue ullamcorper nonummy dolore aliquet turpis nisi, consectetur magna diam elit erat mi adipiscing, aliquam proin mauris sed, laoreet id ipsum, massa non sit ut. Ullamcorper nonummy donec mi mauris lorem lobortis eget sed tellus sit ut non pharetra congue ullamcorper pharetra congue euismod sit aliquam proin elit erat mi. Id ipsum massa mauris lorem lobortis, volutpat sed, laoreet felis tempus, mauris feugiat lobortis volutpat, sed tincidunt id pulvinar nunc tellus sit ut non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, eget dolor laoreet euismod pulvinar, ut, non, pharetra congue diam, nonummy aliquam proin, adipiscing. Aliquam proin at ac, et adipiscing aliquam, turpis aliquam sem consectetur ac et nonummy magna. Diam turpis, nisi sem turpis nisi, diam elit erat mi adipiscing, aliquam proin at ac. Proin at mi felis tempus ante mauris lorem nibh elit erat, mi elit ipsum ante. Mauris lorem nibh eget sed laoreet eget sed laoreet id tempus massa, mauris nibh eget. Erat laoreet id, tempus ante felis tempus ante mauris, ac et, elit tempus ante mauris. Lorem ut, volutpat dolor tincidunt euismod pulvinar tellus sit ut non amet congue ullamcorper turpis. Nisi proin at magna diam, nonummy, donec praesent amet nunc tellus turpis ut, sem at. Donec praesent felis ante mauris lorem nibh volutpat sed laoreet id ipsum massa mauris tempus. Ante eget sed laoreet euismod sit, ut non consectetur magna ullamcorper amet dolore praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis aliquet amet dolore tellus sit ut non, pharetra magna diam, nonummy tellus pulvinar nunc non pharetra magna et nonummy aliquam. Proin, at lorem et elit erat et felis tempus, mi felis tempus nibh eget sed et, nonummy praesent adipiscing tempus proin, at lorem. Nibh elit erat mi felis tempus mi felis lorem nibh elit erat et elit, erat ante mauris lorem nibh ac nibh, eget sed. Laoreet molestie feugiat, lobortis non pharetra congue ullamcorper amet, nunc molestie ipsum ante felis tempus ante mauris lorem nibh tempus massa molestie lorem. Nibh eget sed tincidunt euismod pulvinar nunc molestie ipsum ante molestie lorem nibh eget sed laoreet id ipsum massa mauris lorem nibh mauris. Laoreet euismod pulvinar nunc non pharetra ut ullamcorper dolor tincidunt id ipsum, mi, felis feugiat lobortis volutpat dolor tincidunt euismod dolor tincidunt euismod. Pulvinar nunc tellus lobortis non amet dolore aliquet turpis, ut non sit congue ullamcorper nonummy dolore ullamcorper amet, dolore tellus sit nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, tincidunt euismod dolor nunc euismod ipsum nunc tellus sit ut non amet praesent turpis aliquam sem consectetur magna diam elit erat praesent felis, tempus ante mauris lorem laoreet id. Ipsum massa molestie feugiat, ut, non pharetra congue ullamcorper nunc tellus turpis nisi, diam consectetur dolore aliquet, turpis nisi aliquet turpis nisi sem nonummy donec diam nonummy dolore praesent turpis. Aliquam proin consectetur congue amet dolore aliquet, at lorem nibh volutpat sed laoreet felis ipsum massa molestie sit ut euismod pulvinar tincidunt euismod ipsum massa, id ipsum mauris lorem, nibh. Eget ipsum massa molestie ipsum lobortis volutpat feugiat lobortis volutpat dolor tincidunt, id pulvinar nunc sem consectetur magna diam amet dolore aliquet turpis nisi pharetra congue diam, nonummy erat mi. Felis tempus, ante eget dolor nunc aliquet sit magna et eget, erat, mi adipiscing donec aliquet turpis aliquam proin at ac elit erat mi felis aliquam proin at ac mi. Felis tempus mi mauris tempus ante, eget lorem tincidunt tellus adipiscing sem, at erat diam nonummy aliquam, ante at ac proin at ac et nonummy donec praesent nonummy aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi id ipsum ut volutpat pharetra dolore ullamcorper pulvinar nunc aliquet turpis nisi non pharetra tincidunt ullamcorper turpis sem consectetur magna sem. Nonummy donec praesent id tempus proin adipiscing aliquam proin consectetur magna diam elit donec mi felis nisi sem consectetur nisi, diam tincidunt euismod. Pulvinar dolore, aliquet turpis nisi sem nonummy, magna diam nonummy donec praesent at ac proin elit ac diam nonummy donec mi adipiscing aliquam. Proin eget laoreet id ipsum nunc molestie sit ut ullamcorper amet donec aliquet turpis nisi sem pharetra congue ullamcorper pharetra tincidunt, ullamcorper pulvinar. Nunc aliquet lobortis, volutpat pharetra congue, diam adipiscing, tempus nibh volutpat pharetra congue euismod sit nunc non sit congue ullamcorper nonummy erat mi. Felis ac nibh eget dolor tincidunt tempus massa molestie feugiat, lobortis euismod dolor, nunc aliquet turpis ut non sit lobortis non amet dolore. Praesent adipiscing aliquam, proin at ac mi felis ipsum massa lorem lobortis volutpat pulvinar nunc euismod pulvinar nunc tellus sit, lobortis volutpat dolor. Congue, aliquet turpis, nisi sem at, non nonummy erat mi felis tempus ante mauris sed laoreet euismod sit ut sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et eget dolor, nunc, tellus turpis nisi diam nonummy donec. Praesent felis feugiat lobortis volutpat pulvinar, nunc tellus turpis aliquam elit. Sed laoreet molestie feugiat lobortis volutpat dolor tincidunt euismod, dolor nunc. Tellus sit nisi diam, consectetur donec ante sem id adipiscing lorem. Donec ullamcorper tellus elit, ipsum nisi proin at sed dolore sem. Mauris pulvinar dolore proin eget, dolor aliquam nibh non adipiscing, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy euismod adipiscing feugiat tincidunt ullamcorper adipiscing lorem congue mi mauris pharetra sed nisi, laoreet, ante non nonummy feugiat erat nunc turpis dolor erat, ut et tellus eget, nonummy. Consectetur sed nisi nibh euismod turpis lorem tincidunt proin volutpat nonummy ipsum nisi, mi sem mauris adipiscing tincidunt diam adipiscing tempus proin mauris sed laoreet id pulvinar, laoreet molestie feugiat. Ante molestie lorem lobortis eget sed tincidunt molestie ipsum massa mauris lorem lobortis dolor tincidunt euismod, pulvinar massa tellus pharetra congue ullamcorper pharetra congue, euismod amet, nunc tellus feugiat lobortis. Non nonummy donec praesent amet nisi aliquet magna et elit donec diam nonummy dolore ante ullamcorper id sit sed aliquam laoreet ullamcorper turpis feugiat tincidunt ullamcorper, adipiscing tempus lobortis ullamcorper. Adipiscing feugiat tincidunt mi elit sit aliquam nibh, euismod sit, lorem tincidunt praesent mauris dolor erat massa et molestie, elit pulvinar lorem donec magna tellus, mauris nonummy feugiat magna nunc. Et aliquet volutpat id consectetur, pulvinar ac dolore massa et tellus eget nonummy feugiat erat ut tincidunt, proin non id at nisi tincidunt proin ullamcorper id at amet dolor tempus. Nisi, tincidunt proin diam felis feugiat magna nunc nibh praesent eget dolor dolore proin adipiscing aliquam proin at laoreet felis tempus mi mauris feugiat, nibh volutpat pulvinar dolore aliquet turpis. Aliquam, nibh id sed laoreet felis tempus, ante, molestie dolor lobortis volutpat ipsum, massa at ac et elit, tempus ante molestie feugiat lobortis eget sed, tincidunt id ipsum nunc tellus. Pharetra congue diam nonummy donec aliquet adipiscing, nisi, sem at ac elit erat ante mauris, lorem nibh eget sed laoreet id pulvinar ut tellus sit ut non nonummy donec aliquet. Turpis nisi aliquet turpis nisi sem pharetra dolore felis tempus ante mauris lorem, nibh eget sed mi felis, lorem nibh eget lorem nibh eget erat mi felis tempus, ante molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat pulvinar tincidunt aliquet sit. Ut sem, at ac et aliquam ante. Molestie ac nibh elit ac et nonummy. Donec mi felis tempus nibh eget sed. Nibh id, ipsum massa molestie sit congue. Ullamcorper, nonummy aliquet adipiscing ac nibh elit. Erat tincidunt euismod feugiat lobortis volutpat feugiat. Lobortis volutpat dolor tincidunt tellus sit nisi. Non, pharetra magna diam nonummy donec adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id ipsum lobortis non, nonummy donec praesent nonummy donec proin mauris, lorem et elit, mi molestie feugiat massa volutpat, dolor tincidunt euismod ipsum massa molestie. Sit nisi sem elit tempus mi felis aliquam proin consectetur nisi sem pharetra diam nonummy aliquam ante eget sed laoreet id sed massa molestie feugiat massa molestie. Feugiat lobortis volutpat dolor, tincidunt id ipsum mi felis aliquam proin adipiscing et elit erat praesent adipiscing aliquam proin mauris lorem lobortis eget sed laoreet id ipsum. Massa volutpat dolor tincidunt volutpat sed laoreet id ipsum sem nonummy magna, diam nonummy dolore aliquet amet nunc aliquet pharetra ut volutpat, dolor tincidunt euismod, pulvinar dolore. Aliquet turpis nisi sem consectetur magna diam amet proin at lorem et, eget, sed laoreet id tempus proin, at ac et elit, ac mi elit erat ante. Felis, lorem tincidunt euismod pulvinar dolore, aliquet adipiscing et eget sed laoreet id, ipsum massa volutpat dolor, tincidunt ullamcorper, amet dolore sem turpis, magna sem consectetur donec. Praesent aliquam proin at lorem diam consectetur donec mi felis ipsum massa molestie feugiat lobortis eget sed laoreet id tempus ante, molestie feugiat lobortis mauris, lorem, laoreet. Felis ante molestie, sit ut ullamcorper amet dolore aliquet turpis ut non consectetur, congue ullamcorper amet dolore aliquet, adipiscing aliquam sem consectetur magna sem consectetur donec praesent. Adipiscing praesent at lorem nibh elit donec mi id, ipsum ante mauris lorem lobortis volutpat sed massa molestie ipsum lobortis volutpat dolor tincidunt ullamcorper nonummy aliquam praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac et elit sed laoreet, id feugiat ut non congue aliquet turpis nisi proin at ac et elit erat mi adipiscing tempus ante mauris. Lorem nibh elit erat mi felis ipsum ante, mauris lorem nibh sed mi elit erat mi adipiscing aliquam sem consectetur, magna diam elit sed laoreet. Id feugiat nibh eget sed nibh eget erat, mi felis erat felis ac proin, at ac, et elit erat mi mauris tempus ante at lorem. Nibh elit sed laoreet felis aliquam proin at ac nibh eget sed id feugiat, ut sem nonummy magna praesent adipiscing lorem lobortis volutpat sed laoreet. Id ipsum, massa tellus sit ut non pharetra congue ullamcorper, turpis et eget, erat laoreet id pulvinar lobortis, non pharetra magna praesent, adipiscing aliquam proin. Mauris ac et elit erat mi adipiscing aliquam praesent turpis aliquam, proin consectetur, mi id feugiat lobortis volutpat feugiat lobortis volutpat pulvinar nunc euismod sit. Ut tellus feugiat ut, non pharetra congue, id ipsum nunc, molestie ipsum lobortis volutpat tincidunt, euismod amet nunc tellus sit nisi non, pharetra, tincidunt ullamcorper. Nonummy, donec proin at aliquam sem at ac mi sit ut non dolor, tincidunt euismod pulvinar tincidunt euismod pulvinar massa, non pharetra congue ullamcorper amet. Dolore aliquet adipiscing, aliquam sem, pharetra congue non pharetra dolore aliquet, dolore aliquet consectetur nisi, non pharetra congue ullamcorper amet nisi aliquet turpis, nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat pharetra congue ullamcorper amet, dolore sem consectetur magna diam nonummy donec praesent adipiscing tempus nibh mauris sed tincidunt tellus ut tellus feugiat, lobortis volutpat lorem nibh eget. Ipsum massa molestie sit, lobortis non pharetra dolore aliquet adipiscing nisi sem consectetur magna diam, nonummy erat felis lorem nibh eget lorem laoreet id sed laoreet id tempus ante molestie. Feugiat lobortis euismod dolor laoreet id ipsum ante mauris lorem ante eget lorem laoreet sed laoreet molestie feugiat, nibh volutpat, dolor tincidunt euismod amet, nunc sem consectetur, magna ullamcorper nonummy. Donec mi, felis, tempus ante at lorem, nibh erat ante mauris tempus ante mauris lorem laoreet eget sed massa id ipsum massa molestie dolor nibh eget erat mi id tempus. Massa volutpat feugiat lobortis sed nibh eget sed laoreet id, ipsum ante mauris ac et elit erat mi felis tempus massa mauris lorem, lobortis volutpat dolor laoreet felis ipsum nunc. Tellus ut volutpat pulvinar nunc euismod pulvinar nisi proin at, erat laoreet id tempus ante molestie feugiat lobortis, volutpat pulvinar nunc, pulvinar nunc non sit, tincidunt euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue diam adipiscing ullamcorper amet dolore aliquet turpis magna diam consectetur magna diam turpis dolore euismod pulvinar ut. Tellus pharetra ut non pharetra congue ullamcorper sit, ut, non, ut diam nonummy donec aliquet, adipiscing nisi sem turpis. Ut, non nonummy donec praesent adipiscing lobortis laoreet aliquet volutpat turpis ac congue praesent, volutpat euismod ac, tincidunt euismod. Turpis nisi sem consectetur donec praesent adipiscing donec praesent at ac et, elit erat, mi felis erat, mi, molestie. Lorem volutpat pulvinar nunc tellus pulvinar nunc tellus feugiat nibh eget sed nibh id pulvinar massa molestie feugiat massa. Molestie dolor congue ullamcorper amet nunc euismod feugiat massa lorem ante, eget lorem laoreet eget, sed nunc non pharetra. Magna ullamcorper amet dolore praesent, at lorem nibh eget erat mi felis ipsum ante mauris lorem ante lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet adipiscing ac et eget sed, laoreet id ipsum lobortis molestie dolore praesent felis lorem ante mauris. Lorem, mi id sit massa tellus sit ut ullamcorper pharetra congue aliquet sit ut, non, pharetra ut non. Pharetra ullamcorper amet nunc tellus feugiat lobortis, molestie feugiat tincidunt volutpat dolor tincidunt euismod ipsum laoreet id feugiat. Ut ullamcorper pharetra dolore ullamcorper turpis dolore aliquet ut ullamcorper amet congue euismod pulvinar tincidunt, euismod pulvinar massa. Tellus feugiat ut, euismod dolor tincidunt id pulvinar nunc non pharetra ut ullamcorper dolore aliquet amet dolore tellus. Sit ut sem elit erat, diam, adipiscing nisi proin at ac diam nonummy erat, praesent nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper nonummy erat mi felis aliquam proin elit dolor laoreet id ipsum massa. Non pharetra magna diam nonummy praesent adipiscing aliquam proin elit ac diam nonummy, donec. Praesent adipiscing aliquam proin at erat mi elit tempus massa tellus feugiat ut euismod. Pulvinar aliquet turpis ac proin at sed laoreet id ipsum massa mauris ac et. Elit erat, mi elit erat mi felis aliquam ante at magna diam nonummy erat. Adipiscing tempus, ante mauris ac, et elit erat laoreet molestie ipsum, ante mauris feugiat. Lobortis euismod, pulvinar tincidunt euismod ipsum ante, mauris lorem eget sed tincidunt euismod pulvinar. Nunc non pharetra, ac et nonummy dolore, aliquet amet dolore aliquet feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget, ipsum massa molestie sit ut non amet dolore ullamcorper amet dolore tellus sit lobortis volutpat dolor lobortis euismod, pulvinar dolore. Consectetur ac et elit erat mi molestie feugiat lobortis eget sed laoreet id ipsum massa non consectetur ac diam amet dolore ullamcorper. Turpis nisi sit nisi sem consectetur, donec diam nonummy aliquam aliquet adipiscing aliquam sem pharetra ut non pharetra congue aliquet amet nunc. Tellus sit ut non amet dolore praesent nisi sem mauris lorem nibh id ipsum massa tellus sit lobortis non, pharetra tincidunt euismod. Pulvinar nunc aliquet pharetra congue ullamcorper, amet donec adipiscing aliquam sem at, magna diam nonummy erat ante mauris, lorem nibh eget lorem. Nibh eget ipsum laoreet, felis aliquam proin adipiscing aliquam et eget sed laoreet tempus massa molestie feugiat nibh eget sed laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat dolor tincidunt aliquet nunc tellus, sit nisi sem pharetra dolore praesent adipiscing aliquam, aliquet turpis, nisi, sem, nonummy donec diam adipiscing. Aliquam ante eget dolor tincidunt, eget sed felis erat proin at ac nibh at magna, et elit donec mi felis tempus proin at magna. Sem eget sed laoreet felis tempus proin at et at ac et felis tempus, ante molestie lorem lobortis volutpat dolor laoreet id ipsum mi. Felis tempus proin at ac et nonummy donec praesent adipiscing aliquam adipiscing ac, et eget, sed mi felis ipsum lobortis volutpat dolor tincidunt volutpat. Sed tincidunt euismod pulvinar nunc mauris lorem ante mauris sed id ipsum massa id, tempus ante, mauris, lorem et elit erat et felis, tempus. Ante felis feugiat nibh, eget lorem laoreet eget sed laoreet molestie feugiat lobortis sed, nibh elit ac et, nonummy donec praesent turpis dolore aliquet. Turpis magna diam, nonummy magna diam, nonummy donec aliquet turpis nisi non sit congue ullamcorper pharetra praesent adipiscing, ac proin at erat et felis. Tempus ante, felis nisi sem turpis nisi sem consectetur magna ullamcorper amet tellus sit nunc tellus feugiat ut non pharetra dolore aliquet amet dolore. Aliquet at erat laoreet id ipsum massa mauris lorem nibh eget sed tincidunt euismod pulvinar molestie feugiat massa molestie feugiat nibh id sed, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat nibh ac diam nonummy donec, mi adipiscing lorem ante mauris lorem et at erat laoreet felis. Tempus ante mauris lorem nibh at magna et nonummy aliquet amet nunc tellus sit ut non pharetra congue. Diam adipiscing tempus ante at ac proin, at ac mi, felis tempus massa mauris feugiat nibh magna et. Nonummy donec praesent nonummy dolore sem consectetur magna diam consectetur magna diam nonummy donec, praesent adipiscing nisi sem. Consectetur magna et nonummy erat ante felis tellus sit nisi, diam nonummy donec praesent nonummy, dolore aliquet turpis. Nisi sem consectetur donec, diam amet, dolore ullamcorper amet nisi aliquet consectetur molestie dolor, tincidunt euismod, amet nunc. Euismod turpis nisi sem pharetra, ut volutpat dolor tincidunt tellus sit nisi, sem consectetur magna diam elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi felis ipsum massa mauris lorem lobortis volutpat. Pulvinar, nunc, aliquet turpis ut non pharetra, non pharetra congue. Euismod pulvinar massa tellus sit lobortis volutpat, dolor lobortis eget. Sed laoreet euismod pulvinar massa, molestie lorem, nibh volutpat dolor. Tincidunt pulvinar nunc molestie ipsum, ante, molestie feugiat, tincidunt, euismod. Pulvinar, nunc euismod feugiat massa, molestie, lorem lobortis euismod dolor. Tincidunt euismod pulvinar, nunc tellus feugiat lobortis volutpat tincidunt euismod. Ipsum dolore aliquet, turpis nisi ullamcorper nonummy donec praesent adipiscing. Aliquam proin at nisi sem nonummy magna ullamcorper, nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam felis tempus ante mauris ac et eget erat mi elit, erat massa molestie proin at lorem et elit sed laoreet id ipsum. Massa volutpat dolor tincidunt ullamcorper, amet nisi proin at ac mi felis, tempus, ante mauris lorem nibh lorem nibh id pulvinar massa tellus pharetra congue. Non nonummy donec praesent adipiscing lorem nibh eget dolor, massa molestie ipsum lobortis volutpat dolor tincidunt euismod nunc euismod pulvinar nunc tellus feugiat lobortis volutpat. Dolor congue ullamcorper pulvinar nisi sem pharetra congue non dolor congue ullamcorper amet dolore tellus nunc volutpat pharetra tincidunt, volutpat dolor tincidunt id ipsum laoreet. Molestie ipsum massa eget sed laoreet id, ipsum nunc, tellus sit lobortis non dolor lobortis eget, dolor felis erat mi felis tempus, proin at lorem. Laoreet euismod pulvinar, nunc tellus feugiat lobortis molestie feugiat nibh eget sed, laoreet id, ipsum massa volutpat feugiat lobortis dolor tincidunt euismod, ipsum ut non. Consectetur magna praesent felis, tempus proin at aliquam proin at erat et elit pulvinar tincidunt euismod sit, nunc tellus dolor tincidunt ullamcorper pulvinar dolore aliquet. Sit ut non pharetra congue ullamcorper amet congue aliquet turpis nisi, proin at ac et erat praesent adipiscing aliquam proin consectetur, nisi sem nonummy donec. Diam adipiscing aliquam praesent at lorem proin elit erat mi felis ipsum massa molestie dolor tincidunt adipiscing, aliquam ante at lorem et id, pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id feugiat volutpat pharetra congue euismod ipsum laoreet id feugiat lobortis volutpat dolor lobortis volutpat dolor nunc, tellus sit ut sem elit, erat laoreet id aliquam volutpat dolor. Tincidunt ullamcorper amet dolore, aliquet sit ut, volutpat dolor congue, ullamcorper pulvinar, dolore aliquet sit nisi sem, pharetra congue ullamcorper pharetra congue tellus ut sem pharetra ut volutpat pharetra. Donec praesent, adipiscing aliquam aliquet consectetur ut sem pharetra congue ullamcorper, pulvinar donec aliquet, adipiscing nisi non donec diam adipiscing aliquam ante mauris feugiat lobortis eget ipsum massa id. Ipsum massa molestie dolor tincidunt eget sed laoreet id tempus mi felis tempus ante mauris nibh elit erat, mi felis tempus ante at ac et at erat et elit. Erat praesent turpis, nisi proin at magna et elit erat mi adipiscing aliquam mauris lorem laoreet id pulvinar nunc, aliquet consectetur ac et elit erat mi felis aliquam proin. At ac et elit donec mi felis, tempus, ante mauris sed, id pulvinar nunc tellus turpis congue ullamcorper pharetra congue ullamcorper pulvinar nunc aliquet consectetur nisi diam nonummy donec. Diam adipiscing ante eget dolor nibh eget sed laoreet id feugiat, massa volutpat dolor tincidunt ullamcorper dolor tincidunt euismod ipsum massa molestie, dolor tincidunt ullamcorper amet nunc euismod, pulvinar. Sem consectetur magna diam adipiscing donec praesent amet dolore aliquet sit, ut volutpat dolor lobortis volutpat sed laoreet id tempus massa tellus feugiat lobortis non pulvinar dolore adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat lobortis, volutpat pharetra dolore praesent aliquam proin mauris ac et nonummy, donec ante. Mauris lorem nibh mauris sed nibh eget erat mi felis ipsum lobortis volutpat dolor tincidunt ullamcorper. Pulvinar aliquet consectetur magna diam felis tempus, massa molestie, lorem nibh eget lorem nibh elit erat. Mi felis tempus ante mauris ac et at ac et donec mi felis nisi ante at. Ac et elit donec, praesent felis, tempus ante at ac et elit erat mi, elit donec. Praesent adipiscing ac et at laoreet id ipsum nunc tellus sit tincidunt euismod pulvinar dolore aliquet. Adipiscing aliquam proin consectetur congue ullamcorper amet congue, ullamcorper, turpis nisi sem nisi sem consectetur magna. Diam adipiscing aliquam sem, consectetur magna diam elit, sed laoreet id ipsum nibh eget lorem, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi adipiscing aliquam sem consectetur ac et elit tempus ante mauris. Lorem ut non dolor laoreet euismod ipsum nunc tellus lobortis volutpat feugiat. Tincidunt euismod pulvinar nunc aliquet consectetur, magna et felis tempus mi felis. Tempus ante mauris sed laoreet id ipsum laoreet id massa molestie feugiat. Laoreet id sed laoreet id ipsum ante mauris lorem, lobortis volutpat dolor. Dolore aliquet consectetur magna diam nonummy donec praesent nonummy donec, aliquet ut. Sem consectetur ac, et nonummy donec mi felis tempus et eget pulvinar. Nisi ante at, lorem nibh elit, erat laoreet mauris tempus ante sed. Laoreet id pulvinar nunc tellus turpis ut volutpat amet, dolore, ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat volutpat dolor tincidunt euismod. Sit ut sem consectetur magna diam nonummy. Aliquam proin at ac et eget dolor. Tincidunt, id sit ut non dolor diam. Nonummy donec, praesent adipiscing aliquam sem pharetra. Congue, non amet congue praesent adipiscing aliquam. Proin elit, erat mi felis tempus mi. Felis tempus nibh dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at lorem nibh eget erat mi felis ipsum ante mauris lorem nibh pulvinar nunc. Euismod pulvinar nunc sem consectetur magna praesent felis lorem nibh eget lorem nibh elit erat. Mi felis tempus, ante mauris lorem lobortis euismod dolor sem consectetur magna diam nonummy, donec. Mi felis tempus proin at aliquam sem, consectetur magna diam nonummy donec praesent adipiscing nisi. Sem consectetur magna et tempus mi, felis tempus ante eget sed laoreet, id, pulvinar ut. Tellus sit ut ullamcorper adipiscing, tempus ante molestie, feugiat tincidunt euismod amet aliquet turpis nisi. Sem consectetur magna praesent adipiscing lorem nibh mauris lorem nibh eget sed mi id ipsum. Lobortis non dolor tincidunt id ipsum, massa tellus sit sem nonummy donec praesent nonummy nisi. Aliquet consectetur ut non pharetra congue non dolor tincidunt eget, sed laoreet id tempus proin. At, ac proin consectetur nisi pharetra tincidunt euismod dolor nunc, aliquet turpis ut non sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc euismod ipsum nunc tellus ut ullamcorper amet dolore aliquet amet dolore aliquet feugiat massa. Molestie, feugiat, lobortis, volutpat pulvinar tincidunt id ipsum massa, molestie feugiat lobortis volutpat sed id. Sed massa molestie feugiat lobortis, volutpat pharetra, tincidunt ullamcorper pulvinar nunc tellus turpis, nisi non. Consectetur donec diam adipiscing tempus, proin mauris lorem et sed, mi id ipsum massa mauris. Feugiat et at ac et elit erat ante felis, tempus ante mauris lorem, laoreet, id. Ipsum nunc sit ut ullamcorper pharetra congue euismod ipsum nunc molestie feugiat massa mauris, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec, mi lorem nibh volutpat. Dolor nunc euismod pulvinar nunc tellus sit. Ut ullamcorper amet, dolore ullamcorper amet, nisi. Aliquet consectetur nisi non pharetra tincidunt euismod. Pulvinar tellus sit nunc molestie feugiat lobortis. Non pharetra dolore aliquet turpis nisi, sem. Consectetur magna ullamcorper amet congue ullamcorper dolor. Nunc euismod sit, ut pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc non pharetra congue non pharetra congue ullamcorper turpis aliquam sem consectetur magna pharetra congue aliquet amet. Nunc aliquet turpis nisi sem nonummy donec diam adipiscing donec praesent adipiscing ac et at, ac et nonummy. Dolore aliquet turpis nibh volutpat sed laoreet id tempus ante mauris lorem ante mauris ac et nonummy erat. Laoreet id ipsum lobortis volutpat dolor tincidunt id pulvinar nunc molestie massa volutpat dolor tincidunt volutpat sed laoreet. Id sit ut tellus pharetra congue non amet dolore aliquet turpis nisi non pharetra, congue diam tempus massa. Molestie dolor tincidunt euismod pulvinar tincidunt euismod ipsum massa molestie lorem nibh eget lorem nibh elit sed mi. Felis tempus ante mauris lorem et eget, laoreet molestie ipsum massa molestie feugiat lobortis volutpat sed nibh felis. Erat ante felis, tempus proin at ac proin consectetur, magna et adipiscing tempus ante mauris ac at magna. Diam elit tempus mi felis tempus ante, mauris ac diam, nonummy magna praesent nonummy donec praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante, molestie lorem nibh elit erat mi, felis ipsum ante tempus proin at lorem nibh eget erat praesent. Adipiscing, aliquam proin adipiscing, nisi, sem turpis congue non amet dolore, aliquet amet nunc tellus sit ut non magna praesent. Nonummy aliquam ante mauris lorem laoreet, euismod, pulvinar dolore non pharetra congue diam nonummy dolore praesent adipiscing aliquam proin at. Ac mi, felis ut non pharetra congue non dolor, tincidunt euismod pulvinar nunc non sit ut volutpat pharetra congue, ullamcorper. Amet nunc aliquet, turpis nisi sem magna ullamcorper amet dolore praesent adipiscing nisi sem consectetur congue ullamcorper amet dolore, aliquet. Amet dolore tellus feugiat massa, molestie dolor lobortis eget, sed mi id tempus, nonummy, donec proin mauris sed nibh id. Ipsum, nunc, non pharetra congue non pharetra congue euismod ipsum massa tellus feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante volutpat dolor laoreet euismod sit, nisi sem, consectetur magna, et elit erat turpis aliquam proin at magna. Sem nonummy donec praesent nonummy donec proin adipiscing ac et eget erat mi adipiscing aliquam praesent, adipiscing aliquam aliquet. Consectetur et felis tempus ante mauris tempus nibh eget, dolor, nunc euismod pulvinar nunc, tellus sit lobortis volutpat sed. Laoreet id pulvinar nunc molestie feugiat, lobortis feugiat lobortis eget dolor, nunc tellus sit nunc molestie, feugiat nibh volutpat. Pulvinar dolore aliquet, adipiscing aliquam proin consectetur donec praesent adipiscing tempus at ac et elit erat mi id ipsum. Lobortis volutpat pharetra congue ullamcorper nonummy dolore, aliquet adipiscing nisi non consectetur magna diam amet, congue aliquet turpis, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet turpis aliquam proin mauris sed. Tincidunt euismod sit nunc tellus sit ut amet. Congue ullamcorper amet dolore, sem consectetur ac et. Elit donec praesent adipiscing nisi aliquet turpis nisi. Sem nonummy donec, praesent adipiscing donec praesent ac. Et elit erat laoreet id ipsum massa, molestie. Dolor lobortis volutpat dolor tincidunt tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nibh id sed laoreet mauris tempus ante mauris lorem nibh eget ipsum massa id ipsum ante molestie feugiat nibh elit sed mi nonummy. Erat felis tempus ante mauris lorem laoreet, id pulvinar ut non pharetra congue non, pharetra dolore praesent at aliquam, proin at ac et felis. Tempus ante feugiat lobortis mauris dolor laoreet euismod sit ut non pharetra ut ullamcorper amet dolore praesent turpis dolore aliquet, sit ut sem dolor. Tincidunt euismod amet dolore aliquet magna diam nonummy erat laoreet molestie sit congue ullamcorper pharetra, tincidunt ullamcorper amet nunc tellus feugiat massa volutpat dolor. Tincidunt euismod amet dolore at ac, nibh eget erat diam nonummy, donec aliquet turpis nisi proin at magna diam amet dolore aliquet amet dolore. Aliquet sit, ut sem consectetur magna diam nisi, proin at ac et eget erat laoreet id tempus massa mauris lorem nibh eget ipsum massa. Molestie feugiat ut non, dolor tincidunt, ullamcorper amet nunc tellus, ut non pharetra ut, non amet dolore aliquet turpis, ut sem at erat, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore aliquet amet nunc aliquet turpis nisi, sem, elit donec praesent adipiscing aliquam praesent at aliquam proin at mi id. Feugiat lobortis non dolor, lobortis eget sed tincidunt euismod pulvinar, nunc non pharetra, tincidunt volutpat dolor tincidunt, tellus, sit, ut non. Congue diam amet congue euismod amet nisi proin at magna et consectetur erat ante adipiscing tempus ante mauris lorem laoreet id. Ipsum massa id tempus ante adipiscing sem, at ac, mi felis tempus ante molestie lorem nibh, eget sed, tincidunt euismod ipsum. Ante felis tempus proin at ac nibh eget mi, id, ipsum ante at lorem nibh eget lorem lorem tincidunt ullamcorper felis. Tempus lobortis volutpat dolor laoreet id sed mi id ipsum massa mauris lorem nibh pulvinar dolore aliquet turpis nisi, sem pharetra. Magna, diam nonummy donec proin mauris lorem nibh eget sed, laoreet id ipsum massa molestie feugiat lobortis volutpat dolor nunc, feugiat. Lobortis volutpat feugiat, lobortis eget sed nibh eget sed, massa molestie lorem nibh eget sed laoreet, id erat mi donec proin. Mauris feugiat, lobortis volutpat dolor, laoreet id pulvinar massa mauris lorem nibh eget lorem, nibh eget erat mi felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra donec praesent, adipiscing tempus ante at sed mi id ipsum massa molestie feugiat lobortis sed laoreet euismod ipsum massa molestie sit ut ullamcorper pharetra congue ullamcorper. Amet nisi sem consectetur magna et, nonummy erat ante felis tempus ante lorem et elit erat mi adipiscing tempus ante mauris ac et elit ac et elit donec. Praesent felis lorem ante at ac diam nonummy, donec, mi tempus ante eget dolor laoreet id, ipsum, massa non sit congue ullamcorper amet dolore ullamcorper amet dolore aliquet. Consectetur, magna diam nonummy donec praesent aliquam, proin adipiscing ac et nonummy donec praesent felis tempus proin, at aliquam proin consectetur magna sem amet congue euismod amet nunc. Aliquet turpis magna diam nonummy diam nonummy donec praesent at ac et elit erat laoreet felis, tempus massa volutpat feugiat lobortis volutpat pulvinar nunc tellus sit massa molestie. Feugiat lobortis, eget tincidunt id ipsum nunc molestie feugiat lobortis volutpat dolor laoreet id pulvinar nunc tellus feugiat ut non dolor nibh, eget et, elit erat mi mauris. Lorem nibh, eget ac et elit donec praesent felis tempus ante mauris ac lobortis, eget dolor mi id ipsum massa, non pharetra euismod pulvinar nunc tellus, sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id ipsum lobortis molestie dolor praesent, at ac et at erat mi felis ipsum. Ante mauris lorem nibh mauris sed tincidunt id sit, ut tellus pharetra magna, diam nonummy. Donec pulvinar nunc molestie feugiat lobortis volutpat pharetra magna diam amet dolore, aliquet consectetur magna. Diam, nonummy donec diam nonummy donec, praesent adipiscing aliquam sem consectetur diam nonummy erat praesent. Adipiscing tempus proin elit ac et felis tempus ante, mauris, lorem ante eget sed tincidunt. Id sed, laoreet, id ipsum volutpat feugiat nibh eget ipsum laoreet felis tempus ante molestie. Lorem lobortis volutpat dolor laoreet, eget ipsum ante, felis lorem ante mauris ac nibh eget. Sed id feugiat massa molestie feugiat nibh eget sed mi felis tempus mi adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id, nunc non sit congue diam amet aliquam proin adipiscing aliquam proin at ac diam nonummy donec praesent adipiscing aliquam, sem, mauris lorem. Nibh id ipsum molestie sit ut, volutpat dolor laoreet elit erat, laoreet id tempus ante mauris lorem nibh eget sed mi id ipsum massa. Mauris lorem nibh mauris tincidunt euismod pulvinar nunc molestie feugiat ut non amet congue ullamcorper turpis nisi sem at ac et elit tempus ante. Felis tempus, ante eget sed tincidunt euismod nunc tellus sit ut volutpat pharetra congue, ullamcorper pulvinar nunc tellus turpis nisi diam consectetur donec praesent. Mauris lorem nibh mauris sed tincidunt pulvinar nunc non, sit ut non, amet dolore aliquet turpis, dolore tellus feugiat lobortis volutpat dolor tincidunt volutpat. Pulvinar tincidunt, euismod pulvinar nunc molestie sit lobortis volutpat laoreet euismod pulvinar nunc non pharetra magna diam felis aliquam ante mauris, lorem nibh eget. Sed laoreet id ipsum ante felis tempus, nibh mauris sed nibh eget nunc tellus, sit ut non amet aliquam ante, at ac et eget. Pulvinar nunc tellus turpis nisi sem consectetur praesent amet dolore praesent, turpis, nisi sem consectetur magna ullamcorper, amet congue ullamcorper turpis nisi, sem turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem nibh volutpat dolor nunc tellus pulvinar massa tellus, pharetra donec. Praesent nonummy donec praesent adipiscing ac et, eget mi id tempus massa molestie. Dolor tincidunt, euismod, pulvinar tincidunt tellus pulvinar ut sem, nonummy donec praesent felis. Tempus massa volutpat sed, laoreet id sed, tellus turpis, nisi non consectetur donec. Praesent adipiscing, nisi sem turpis nisi non nonummy donec praesent adipiscing aliquam proin. At ac et elit erat mi elit ut volutpat dolor tincidunt volutpat sed. Laoreet, tellus consectetur magna et eget erat ante felis tempus ante mauris aliquam. Sem at, magna diam aliquam, praesent, at ac et elit erat mi, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh eget sed, nibh id ipsum molestie sit lobortis non sed, tincidunt, euismod pulvinar nunc tellus sit, lobortis molestie feugiat tincidunt volutpat dolor tincidunt euismod pulvinar massa molestie. Lorem nibh mauris nibh elit erat massa id ipsum, massa molestie feugiat nibh, elit sed laoreet felis tempus ante mauris lorem nibh volutpat dolor nunc, tellus pulvinar nunc tellus. Magna praesent nonummy aliquam ut mi tellus elit, pulvinar lorem erat massa diam consectetur congue ullamcorper amet nisi aliquet consectetur ac et elit mi, adipiscing, aliquam proin, adipiscing aliquam. Proin at erat laoreet felis tempus ante mauris tempus ante at nisi sem nonummy donec praesent adipiscing, aliquam ante eget sed id, ipsum massa molestie feugiat lobortis volutpat dolor. Lobortis volutpat, dolor massa molestie feugiat massa molestie, dolor tincidunt ullamcorper, amet nunc aliquet turpis ut tellus sit, lobortis pharetra tincidunt id ipsum, massa molestie pharetra ipsum nisi lobortis. Praesent non nonummy erat ante tellus elit pulvinar magna euismod adipiscing lorem tincidunt aliquet at, dolor ipsum magna mi molestie feugiat lobortis molestie feugiat lobortis eget dolor tempus tincidunt. Mi, sem elit pulvinar ut laoreet tellus amet aliquam, magna massa tellus consectetur ac et nonummy erat praesent adipiscing aliquam sem, turpis nisi non pharetra, magna ullamcorper amet nunc. Euismod sit ut non pharetra diam, nonummy dolore praesent adipiscing ac, nibh eget sed laoreet id ipsum massa molestie lorem nibh mauris lorem nibh elit erat laoreet id tempus. Massa molestie sed id sed laoreet molestie, feugiat massa, molestie dolor tincidunt euismod pulvinar nunc aliquet turpis magna diam nonummy magna diam pharetra, dolore aliquet sit nisi, sem at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy erat mi adipiscing aliquam proin consectetur magna, diam donec praesent, adipiscing aliquam praesent adipiscing nisi sem pharetra ut non pharetra tincidunt euismod ipsum massa, molestie. Sit magna mi id ipsum massa mauris lorem mauris sed tincidunt tellus pulvinar nunc tellus sit lobortis non pharetra congue ullamcorper amet dolore aliquet turpis ut non. Dolor congue aliquet amet dolore euismod ut sem pharetra ut ullamcorper, pharetra dolore aliquet at aliquam sem at ac diam elit erat mi felis ac, nibh eget. Sed laoreet tempus mi, felis lorem ante mauris, lorem nibh id pulvinar massa tellus sit ut non dolor lobortis eget sed massa molestie sit nisi sem consectetur. Magna ullamcorper dolore, aliquet turpis ut non, consectetur congue diam amet dolore aliquet amet dolore tellus feugiat lobortis molestie lorem nibh eget erat laoreet, id ipsum massa. Molestie pharetra ullamcorper amet dolore aliquet sit ut, sem consectetur magna, non dolor congue euismod pulvinar, dolore aliquet consectetur nisi sem pharetra aliquet turpis aliquam proin consectetur. Nisi diam nonummy, magna diam nonummy, donec praesent turpis nisi sem, consectetur ac et nonummy dolore aliquet turpis massa molestie feugiat ut lorem, nibh eget lorem nibh. Id ipsum nunc tellus, feugiat, ut volutpat, dolor, tincidunt euismod pulvinar, massa molestie tempus, ante molestie lorem lobortis volutpat, dolor nunc tellus ut sem pharetra congue ullamcorper. Pulvinar nunc euismod pulvinar ut sem pharetra magna praesent nonummy donec proin adipiscing aliquam proin turpis lobortis volutpat feugiat tincidunt volutpat pulvinar euismod ipsum massa molestie lorem. Ante mauris ac et elit, magna diam nonummy donec aliquet amet dolore aliquet sit ut ullamcorper, amet dolore praesent adipiscing aliquam sem lorem nibh eget tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam praesent feugiat laoreet id ipsum massa molestie turpis nisi diam elit erat praesent felis aliquam ante eget sed laoreet id ipsum massa. Molestie ipsum ante sed tincidunt euismod pulvinar nunc tellus sit ut non dolor tincidunt ullamcorper amet dolore tellus sit nunc molestie feugiat lobortis eget sed. Nibh id ipsum molestie ipsum, massa felis feugiat massa volutpat feugiat nibh eget lorem laoreet id ipsum ante mauris, lorem, ante mauris lorem et elit. Sed laoreet id tempus ante aliquam nibh eget erat mi felis tempus ante mauris lorem nibh euismod pulvinar tincidunt euismod sed nunc, molestie feugiat lobortis. Volutpat sed, laoreet pulvinar massa molestie turpis dolore aliquet turpis nisi sem pharetra congue ullamcorper amet, nunc euismod pulvinar ut tellus feugiat nibh eget, dolor. Tincidunt euismod amet dolore tellus nisi, ullamcorper nonummy dolore aliquet turpis nisi sem consectetur magna diam nonummy magna, diam adipiscing aliquam proin at ac, sem. Consectetur congue diam elit aliquam molestie dolor tincidunt euismod pulvinar dolore aliquet consectetur, magna diam nonummy donec diam nonummy dolore aliquet turpis ut non pharetra. Ut ullamcorper amet dolore aliquet amet nunc turpis ut volutpat pharetra congue ullamcorper turpis dolore aliquet turpis ut non pharetra congue ullamcorper pharetra dolore aliquet. Adipiscing nisi, sem at ac mi felis donec praesent aliquam sem at ac et elit donec praesent felis tempus proin at magna sem consectetur magna. Diam nonummy aliquam proin at lorem nibh eget, sed laoreet id ac et elit donec praesent adipiscing aliquam proin at, lorem et id erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec proin mauris lorem nibh eget sed, laoreet id. Ipsum, massa volutpat dolor tincidunt ullamcorper amet dolore tellus sit. Ut lorem nibh mauris lorem nibh id ipsum massa molestie. Feugiat ut non pharetra tincidunt euismod dolor nunc, tellus turpis. Magna diam nonummy erat mi aliquam, proin mauris lorem et. Elit sed laoreet felis ipsum massa molestie lorem nibh eget. Dolor nunc euismod pulvinar ut sem nonummy donec diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut non pharetra dolore ullamcorper amet dolore aliquet turpis magna. Et felis erat ante felis tempus proin nisi diam nonummy erat ullamcorper. Pharetra nunc aliquet turpis ac et eget sed laoreet id ipsum, massa. Volutpat pharetra congue ullamcorper, adipiscing lorem nibh lorem laoreet euismod sed massa. Mauris lorem nibh eget, lorem et at ac, et felis tempus massa. Volutpat dolor tincidunt ullamcorper amet dolore tellus, sit ut dolor lobortis volutpat. Pulvinar tincidunt, tellus sit, nunc tellus sit, congue, non pharetra tincidunt euismod. Amet, nisi sem, consectetur magna diam nonummy, magna turpis nisi sem at. Lorem nibh, eget ipsum massa tellus sit ut non pharetra congue id. Pulvinar dolore aliquet sit nisi sem nonummy donec, mi felis tempus eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur, magna diam adipiscing aliquam proin. Mauris lorem, nibh elit ac dolore praesent, turpis aliquam. Proin consectetur ac et felis tempus ante mauris lorem. Nibh eget lorem nibh elit ac diam nonummy donec. Praesent adipiscing aliquam consectetur magna sem pharetra congue ullamcorper. Amet dolore sem turpis nisi diam consectetur, donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam at erat mi id, tempus massa volutpat dolor dolore aliquet turpis, aliquam ante mauris sed. Nibh eget sed, massa mauris lorem nibh mauris lorem ullamcorper amet dolore aliquet consectetur congue ullamcorper amet. Erat praesent felis tempus ante, mauris dolor, tincidunt tellus sit, nisi diam, nonummy erat mi id ipsum. Non pharetra congue aliquet turpis nisi sem, turpis, nisi sem nonummy donec praesent adipiscing tempus ante, mauris. Sed tincidunt tellus sit nisi, non, nonummy donec mi adipiscing massa molestie feugiat lobortis volutpat pulvinar nunc. Tellus sit ut volutpat feugiat, tincidunt euismod amet dolore praesent adipiscing, magna diam nonummy magna diam tempus. Ante molestie dolor congue ullamcorper pulvinar dolore aliquet consectetur ac et, felis ipsum massa molestie, feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem at erat mi nonummy donec praesent turpis dolore aliquet. Consectetur ac et nonummy erat praesent turpis nisi sem consectetur et elit. Erat laoreet felis ipsum nibh eget lorem et elit erat et nonummy. Donec praesent adipiscing aliquam sem consectetur ac mi felis donec mi aliquam. Proin eget lorem nibh elit erat mi felis ipsum massa, molestie dolor. Tincidunt volutpat ipsum nunc, molestie feugiat lobortis molestie lorem nibh mauris, sed. Nunc aliquet, ac et elit sed mi adipiscing aliquam, praesent mauris lorem. Nibh euismod, amet, nunc aliquet sit ut sem consectetur magna ullamcorper amet. Dolore consectetur magna nibh eget sed massa id feugiat lobortis non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum massa volutpat tincidunt ullamcorper amet dolore tellus. Sit ut sem pharetra congue non pulvinar nunc tellus sit. Ut sem consectetur, ac mi, id feugiat lobortis non amet. Aliquet turpis nisi proin consectetur nisi diam consectetur donec diam. Amet aliquam proin mauris lorem nibh eget erat mi id. Ipsum massa molestie dolor eget sed tincidunt euismod, ipsum massa. Molestie dolor congue ullamcorper pulvinar dolore tellus pulvinar massa molestie. Feugiat lobortis volutpat dolor laoreet id ipsum massa turpis magna. Mi elit tempus massa molestie lorem nibh eget sed, laoreet. Eget, ipsum massa mauris lorem, lobortis volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et, nonummy donec praesent adipiscing, aliquam. Proin mauris sed laoreet id ipsum massa. Tellus sit congue diam nonummy praesent adipiscing. Aliquam proin at erat mi, elit, erat. Ante mauris lorem lobortis volutpat dolor nunc. Euismod pulvinar nunc non, consectetur donec mi. Felis proin, at ac proin at ac. Laoreet id feugiat, lobortis volutpat dolor, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus, massa, molestie feugiat ullamcorper, adipiscing aliquam proin at ac et elit sed laoreet id ipsum ante mauris lorem nibh eget erat laoreet id ipsum, ante. Molestie sit lobortis pulvinar nunc, aliquet sit ut, non pharetra congue ullamcorper amet tincidunt euismod pulvinar nunc molestie feugiat, massa volutpat pharetra lobortis euismod dolor tincidunt, euismod. Pulvinar non pharetra, congue diam nonummy donec praesent turpis ut tellus sit lobortis volutpat feugiat lobortis elit erat et elit erat ante molestie dolor, praesent adipiscing aliquam. Proin mauris ac diam elit erat praesent adipiscing aliquam proin at lorem lobortis, eget sed laoreet, id feugiat lobortis molestie tempus ante, mauris, lorem id pulvinar nunc. Tellus consectetur congue ullamcorper nonummy dolore aliquet amet nunc molestie feugiat massa mauris lorem nibh elit erat mi elit tempus ante felis lorem ante lorem et elit. Sed massa molestie feugiat massa eget sed nibh elit, erat mi felis tempus mi, molestie feugiat lobortis volutpat erat sem consectetur nisi, diam consectetur donec mi felis. Lorem lobortis, eget dolor tincidunt euismod amet dolore sem consectetur ac mi felis tempus massa molestie lorem nibh mauris, laoreet id ipsum nunc non pharetra ut non. Pharetra congue aliquet turpis nisi sem consectetur congue ullamcorper nonummy donec aliquet amet, nunc tellus sit massa molestie, dolor, ullamcorper amet nunc tellus sit, nisi sem consectetur. Ac mi, felis tempus massa molestie lorem nibh eget sed tincidunt euismod, feugiat, lobortis volutpat dolor congue ullamcorper dolor aliquet turpis nisi non nonummy magna praesent nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh erat laoreet id ipsum massa, molestie feugiat lobortis volutpat amet nunc aliquet turpis nisi sem consectetur donec. Praesent adipiscing tempus ante mauris ac proin elit laoreet molestie ipsum massa volutpat dolor nibh eget lorem, laoreet euismod. Ipsum nunc tellus sit ut non amet congue aliquet amet ut sem pharetra, congue felis erat mi felis tempus. Nibh, elit dolor, laoreet tellus, sit nisi, sem nonummy erat laoreet, id tempus nibh mauris lorem nibh eget sed. Laoreet id lobortis volutpat, feugiat lobortis volutpat sed laoreet euismod sit ut non pharetra congue ullamcorper amet dolore praesent. Adipiscing aliquam et elit erat et elit proin at, aliquam sem at magna diam nonummy, erat mi felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit, sed laoreet aliquam ante. Molestie lorem nibh, eget sed laoreet. Id feugiat, ut non pharetra tincidunt. Ullamcorper pulvinar, dolore aliquet at ac. Et eget ipsum laoreet lorem ut. Non pharetra congue euismod pulvinar massa. Aliquet turpis magna, diam elit erat. Ante mauris dolor, tincidunt, euismod, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus feugiat ut non amet dolore, aliquet adipiscing ac et, elit. Sed massa id ipsum lobortis non pharetra magna ullamcorper amet sem. Mauris sed tincidunt tellus sit ut tellus pharetra ut non pharetra. Dolore aliquet turpis, nisi sem consectetur magna, non feugiat, lobortis volutpat. Dolor tincidunt sit ut sem consectetur congue ullamcorper pharetra congue euismod. Pulvinar nunc non consectetur magna ullamcorper, pharetra tincidunt euismod dolor tincidunt. Tellus sit ut sem consectetur donec praesent lorem nibh volutpat pulvinar. Dolore, tellus turpis, nisi proin at ac diam elit, erat praesent. At ac nibh elit ac sem consectetur congue amet dolore sem. At lorem et elit sed massa, id sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus nisi diam consectetur, magna, diam turpis, aliquam proin mauris pharetra at amet aliquam tincidunt massa sem id feugiat ut sem consectetur magna praesent adipiscing aliquam volutpat dolor tincidunt. Tellus mauris lorem et elit erat et elit donec praesent turpis nisi sem consectetur magna sem consectetur, congue diam nonummy donec sem dolor tincidunt euismod ipsum laoreet felis aliquam proin. Adipiscing aliquam proin at ac et elit erat mi, felis feugiat, nibh eget erat mi felis tempus ante pharetra congue, diam adipiscing donec, proin, adipiscing aliquam proin at, ac ullamcorper. Pharetra tincidunt euismod, amet dolore, aliquet, sit ut sem consectetur magna diam aliquam proin at ac et eget sed massa felis tempus proin at ac et elit erat laoreet molestie. Feugiat lobortis non, pharetra magna diam amet, donec, consectetur magna sem consectetur donec mi felis ipsum lobortis molestie dolor congue, aliquet adipiscing aliquam proin consectetur magna diam, nonummy donec mi. Mauris feugiat lobortis volutpat lorem, lobortis volutpat dolor tincidunt id ipsum laoreet tellus feugiat ut ullamcorper amet dolore aliquet turpis nisi sem consectetur magna diam nonummy donec praesent nonummy donec. Aliquet ac et elit erat mi adipiscing donec aliquet amet lorem et, eget, sed massa molestie, feugiat lobortis, volutpat dolor lobortis volutpat dolor nunc aliquet, turpis nisi sem donec praesent. Adipiscing ipsum massa, volutpat feugiat laoreet id sed laoreet id, ipsum lobortis, mauris, feugiat lobortis eget, sed laoreet id tempus, massa molestie sit ut ullamcorper aliquam proin adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent turpis nisi, sem ac mi. Felis, tempus massa, molestie sit ut volutpat. Dolor tincidunt euismod pulvinar ut non consectetur. Ac et, felis, tempus mi adipiscing ac. Et elit laoreet euismod ipsum massa mauris. Feugiat tincidunt ullamcorper amet dolore aliquet, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue et elit aliquam, at ac lobortis euismod dolor, tincidunt tellus pulvinar nunc volutpat dolor congue ullamcorper adipiscing tempus. Ante mauris lorem nibh eget sed laoreet id ipsum ante ac et elit, erat, mi id feugiat lobortis volutpat. Dolor congue ullamcorper amet nunc euismod ipsum nunc tellus feugiat lobortis volutpat dolor tincidunt id ipsum molestie sit ut. Ullamcorper amet donec praesent adipiscing aliquam sem turpis magna diam elit donec mi nonummy dolore praesent adipiscing aliquam proin. Consectetur, laoreet molestie ipsum lobortis molestie lorem nibh volutpat pulvinar nunc, tellus turpis ut non consectetur magna praesent adipiscing. Aliquam ante mauris lorem laoreet id ipsum massa molestie magna diam, nonummy erat ante mauris lorem nibh volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing aliquam proin at nibh, eget ipsum, massa non pharetra congue ullamcorper amet dolore aliquet amet nisi. Proin elit, erat laoreet id pulvinar nunc, tellus sit congue, euismod dolor aliquet turpis nisi sem at ac. Et felis tempus massa molestie dolor congue euismod pulvinar nunc tellus, pulvinar, nunc, tellus pharetra congue euismod pulvinar. Nunc, at ac nibh eget sed massa molestie sit ut, non, pharetra congue ullamcorper amet nisi, sem at. Ac mi felis tempus mi adipiscing tempus proin at lorem tellus pulvinar nunc tellus sit ut non pharetra. Dolore aliquet adipiscing ac et, elit erat et felis erat mi adipiscing donec praesent consectetur nunc tellus turpis. Nisi, proin consectetur ac mi molestie sit, lobortis volutpat dolor congue euismod, amet dolore tellus, sit nisi sem. Consectetur magna, ullamcorper amet dolore praesent nisi proin at magna diam amet dolore ullamcorper amet dolore tellus sit. Lobortis sem pharetra magna ullamcorper amet nunc tellus sit ut non pharetra congue ullamcorper amet ante eget lorem. Laoreet id ipsum massa tellus sit nisi sem nonummy erat mi, mauris lorem, nibh eget lorem nibh sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, ullamcorper amet donec aliquet turpis nisi sem eget, erat laoreet consectetur magna diam nonummy donec, praesent felis tempus ante, at ac et. Elit sed massa molestie feugiat massa molestie dolor nibh id, ipsum massa molestie ipsum molestie feugiat tincidunt euismod pulvinar nisi sem turpis nisi. Sem, nonummy donec mi felis tempus nibh eget, sed nibh eget ipsum massa molestie sit ut pharetra, dolore aliquet turpis nisi sem consectetur. Magna et elit erat mi felis tempus proin adipiscing aliquam sem consectetur, magna diam nonummy donec molestie dolor nibh eget sed laoreet, id. Pulvinar ut sem pharetra magna mi felis aliquam ante mauris sed, laoreet ullamcorper turpis nisi sem at ac mi felis ante mauris lorem. Nibh volutpat dolor tincidunt id pulvinar nunc tellus sit ut ullamcorper pharetra congue tellus sit nisi proin at ac et nonummy donec, praesent. Felis tincidunt, volutpat pulvinar nunc aliquet sit ut sem consectetur donec mi felis aliquam praesent turpis nisi sem consectetur magna, ullamcorper amet dolore. At ac et at ac et nonummy erat ante mauris feugiat nibh eget lorem, laoreet eget pulvinar massa molestie feugiat lobortis volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur ac et felis, erat mi felis tempus, nibh eget dolor tincidunt id ipsum massa sit ut non pharetra, laoreet id sed laoreet id ipsum, massa mauris. Lorem lobortis eget dolor laoreet id pulvinar massa tellus sit ut volutpat amet nunc adipiscing ac et elit sed et elit donec aliquet, adipiscing, aliquam et, elit erat. Mi id pulvinar ut sem nonummy, erat mi felis aliquam praesent lorem et elit erat mi felis tempus proin mauris, ac proin, elit sed laoreet euismod pulvinar massa. Mauris feugiat lobortis ullamcorper amet donec at lorem laoreet id ipsum massa id ipsum massa mauris ac nibh elit erat laoreet, id, ipsum massa volutpat dolor lobortis euismod. Pulvinar nunc aliquet adipiscing, magna eget sed laoreet id, feugiat massa molestie feugiat, lobortis ullamcorper pulvinar nisi sem at ac et elit erat, mi felis tempus ante mauris. Sed tincidunt euismod sit sem consectetur, ac et adipiscing donec praesent adipiscing nisi, proin elit ac et nonummy erat mi felis, aliquam proin, at ac diam nonummy donec. Id sit congue ullamcorper nonummy donec praesent adipiscing aliquam sem at ac et elit erat mi felis tempus proin, at magna sem elit sed massa molestie feugiat volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa tellus turpis congue non amet dolore aliquet turpis. Aliquam eget sed tincidunt euismod pulvinar ut, tellus pharetra, congue. Ullamcorper amet dolore aliquet amet, dolore sem consectetur congue, ullamcorper. Amet donec praesent, adipiscing tempus ante erat mi id pulvinar. Massa, mauris lorem lobortis, volutpat, pharetra dolore aliquet turpis aliquam. Proin at ac et elit erat, praesent turpis dolore sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod dolor, tincidunt euismod pulvinar nunc tellus pharetra, congue diam nonummy dolore aliquet turpis nisi sem. At mi felis tempus mi felis lorem lobortis volutpat dolor laoreet id ipsum ante molestie lorem nibh. Eget lorem laoreet id sed laoreet id feugiat non amet dolore aliquet turpis nisi sem consectetur, ac. Diam elit, tempus ante, mauris lorem nibh eget, sed nibh eget sed laoreet id, ipsum proin at. Aliquam ullamcorper pulvinar tincidunt euismod sit lobortis volutpat dolor congue ullamcorper amet dolore aliquet turpis nisi sem. Pharetra congue ullamcorper pharetra tincidunt euismod amet molestie, sit nisi non, pharetra congue ullamcorper turpis nisi sem. Consectetur, magna diam elit erat mi felis aliquam ante, eget lorem nibh eget erat mi elit tempus. Molestie dolor congue euismod, pulvinar nunc tellus, sit ut non pharetra tincidunt euismod dolor nunc euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit, congue diam amet donec praesent mauris lorem nibh eget sed laoreet euismod sit ut non sit ut ullamcorper nonummy aliquam eget sed nibh eget. Sed massa aliquet consectetur magna ullamcorper nonummy donec praesent adipiscing aliquam sem consectetur magna, sem pharetra ut, ullamcorper, pulvinar dolore at ac et elit erat mi felis. Ipsum ante molestie feugiat et elit erat et elit erat mi felis tempus ante mauris ac nibh, eget ipsum massa ipsum massa eget sed laoreet, euismod amet. Nisi proin at magna, et elit tempus ante mauris, lorem lobortis mauris lorem nibh eget sed laoreet sit ut non pharetra, congue aliquet turpis dolore aliquet consectetur. Magna et nonummy donec praesent turpis nisi proin consectetur magna sem consectetur, magna diam adipiscing donec adipiscing, nisi et elit erat et nonummy dolore, aliquet turpis nisi. Proin at erat laoreet id ipsum ante mauris lorem nibh eget sed laoreet eget sed, laoreet, feugiat congue diam amet dolore aliquet turpis nisi sem, turpis magna. Diam elit, tempus massa non pharetra tincidunt, euismod pulvinar praesent adipiscing ac et elit, sed laoreet felis tempus proin, at lorem lobortis euismod amet dolore, aliquet turpis. Nisi diam nonummy magna praesent adipiscing tempus ante, mauris laoreet eget, erat mi adipiscing tempus ante mauris lorem, et elit ac, et elit, donec praesent felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum massa non sit, ut non dolor tincidunt, euismod ipsum laoreet. Molestie, ipsum ut ullamcorper amet, congue, aliquet turpis congue ullamcorper pulvinar nunc. Aliquet turpis ut tellus pharetra, congue diam amet donec proin adipiscing aliquam. Proin eget, sed laoreet id ipsum lobortis dolor dolore aliquet amet dolore. Sem, turpis nisi sem consectetur donec praesent adipiscing donec praesent turpis nisi. Sem consectetur ut volutpat dolor tincidunt id pulvinar massa id lobortis molestie. Feugiat tincidunt euismod pulvinar tincidunt id ipsum ante, mauris lorem nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum ante volutpat dolor tincidunt ullamcorper amet dolore aliquet turpis magna diam nonummy magna diam nonummy dolore praesent at aliquam proin nonummy praesent felis tempus ante, mauris lorem. Lobortis eget sed laoreet id ipsum massa mauris tempus ante mauris lorem et eget sed mi, felis tempus ante dolor laoreet id pulvinar massa tellus sit congue ullamcorper amet dolore. Aliquet turpis nisi aliquet turpis ut sem nonummy donec praesent felis lorem nibh eget lorem et, erat laoreet id tempus ante molestie lorem nibh volutpat dolor tincidunt, id ipsum massa. Volutpat pharetra congue ullamcorper amet dolore tellus turpis ut consectetur donec diam adipiscing donec, aliquet adipiscing aliquam proin at, magna diam nonummy congue euismod pulvinar tincidunt id ipsum massa tellus. Pharetra ut, non amet dolore aliquet ac et elit erat mi felis donec praesent turpis dolore aliquet consectetur nisi sem pharetra, magna diam amet donec, sem at ac diam nonummy. Donec praesent adipiscing massa molestie dolor laoreet id ipsum, laoreet molestie ipsum massa, mauris feugiat ante mauris erat mi felis ipsum, massa molestie magna, ullamcorper pharetra dolore praesent adipiscing ac. Proin elit erat et felis tempus ante felis lorem nibh elit, sed laoreet id tempus ante molestie lorem, nibh eget, tincidunt, euismod sit ut non consectetur ac, et elit erat. Ante molestie dolor tincidunt eget, sed tincidunt euismod pulvinar nunc molestie feugiat lobortis volutpat, dolor tincidunt id nisi proin consectetur magna diam amet aliquam praesent adipiscing nisi proin elit erat. Mi felis ipsum lobortis volutpat feugiat tincidunt, euismod, pulvinar dolore, tellus sit ut at sed mi felis tempus proin mauris feugiat lobortis volutpat sed laoreet felis tempus, ante molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem laoreet eget sed laoreet molestie tempus massa molestie feugiat tincidunt euismod ipsum laoreet felis tempus, non dolor nibh eget lorem, nibh id, pulvinar ut non. Consectetur donec praesent adipiscing tempus massa volutpat feugiat tincidunt euismod amet dolore, aliquet consectetur et elit erat mi adipiscing nisi sem turpis ut non pharetra congue non pharetra. Dolore aliquet turpis ut, non consectetur ac diam elit tempus mi mauris lorem euismod pulvinar nunc euismod pulvinar nunc molestie feugiat, nibh eget sed laoreet euismod pulvinar laoreet. Molestie sit lobortis volutpat dolor tincidunt euismod pulvinar, aliquet turpis magna, sem nonummy donec praesent adipiscing aliquam proin mauris lorem nibh eget, sed laoreet, felis ipsum ante mauris. Lorem laoreet id ipsum massa tellus feugiat non consectetur magna diam turpis dolore tellus sit ut non pharetra magna ullamcorper nonummy donec praesent adipiscing ac et elit ac. Mi id ipsum massa volutpat dolor ullamcorper turpis nisi aliquet, sit, nisi sem, consectetur magna diam nonummy dolore praesent, adipiscing ac et, elit erat mi id lobortis non. Pharetra tincidunt euismod pulvinar nunc euismod, sit nisi sem consectetur magna diam, nonummy aliquam, proin, adipiscing nisi non consectetur, congue ullamcorper nonummy aliquam proin mauris tincidunt, volutpat pulvinar. Nunc tellus sit nisi, sem consectetur magna diam nonummy donec praesent at ac et at erat praesent felis, aliquam proin mauris lorem nibh, elit nunc tellus feugiat lobortis. Volutpat feugiat lobortis volutpat pulvinar tincidunt id pulvinar nunc tellus pharetra congue diam amet congue ullamcorper amet, nunc tellus feugiat lobortis molestie dolor ullamcorper amet nisi aliquet turpis. Ut non consectetur magna, praesent felis aliquam proin adipiscing aliquam proin at magna diam nonummy donec praesent adipiscing, ac et, eget sed euismod pulvinar nunc volutpat dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, pulvinar proin eget erat laoreet molestie sit ut ullamcorper amet donec aliquet amet, dolore aliquet turpis magna diam nonummy erat. Mi adipiscing aliquam praesent turpis diam nonummy, erat mi felis, aliquam ante at aliquam proin at ac et nonummy dolore praesent. Adipiscing tempus ante mauris lorem nibh eget ipsum ante sit congue ullamcorper, amet dolore ullamcorper amet dolore aliquet pharetra congue non. Nonummy donec, mi felis tempus ante eget sed laoreet felis ipsum massa mauris lorem, nibh adipiscing tempus ante mauris lorem nibh. Eget ipsum laoreet molestie, feugiat lobortis volutpat pharetra congue aliquet adipiscing aliquam, ante eget sed, laoreet id ut non pharetra ut. Non pharetra, congue ullamcorper amet dolore tellus sit ut ullamcorper amet donec praesent adipiscing aliquam ante at ac et, elit sed. Mi mauris ut volutpat amet dolore ullamcorper turpis nisi, sem consectetur magna diam nonummy donec praesent adipiscing aliquam proin mauris ac. Et id pulvinar nunc tellus pharetra congue ullamcorper tempus massa molestie lorem nibh eget sed laoreet id feugiat massa volutpat, dolor. Lobortis volutpat sed laoreet id pulvinar massa pharetra magna diam amet dolore aliquet turpis, ut, tellus sit lobortis molestie feugiat lobortis. Volutpat dolor dolore aliquet sit nisi non, dolor lobortis volutpat sed nibh elit massa mauris lorem lobortis eget, dolor congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sed laoreet, id massa mauris, lorem ante mauris lorem nibh elit tempus massa molestie lorem nibh mauris ac, nibh elit erat mi felis aliquam proin at aliquam at ac. Et felis pulvinar, massa mauris tempus proin mauris lorem nibh elit erat mi id lorem nibh volutpat dolor tincidunt euismod pulvinar, massa tellus magna diam amet congue euismod, dolor nunc. Euismod sit, nunc tellus sit ut non pulvinar nunc tellus pulvinar ut non pharetra congue diam amet dolore aliquet turpis sem consectetur, nisi diam nonummy magna diam nonummy dolore aliquet. Sit nisi non consectetur congue diam amet dolore aliquet turpis nisi non pharetra et nonummy donec praesent turpis nisi tellus sit nisi sem consectetur donec diam nonummy aliquam proin mauris. Sed nibh euismod ipsum nunc tellus sit ut, volutpat pharetra praesent mauris lorem, tincidunt ullamcorper turpis nisi sem consectetur magna et nonummy erat mi felis tempus ante at ac et. Elit, ipsum massa molestie tempus ante mauris nibh eget sed tincidunt euismod pulvinar nunc molestie dolor lobortis volutpat sed laoreet, elit erat mi, felis tempus, ante mauris dolore praesent at. Lorem lobortis euismod dolor tincidunt euismod, ipsum massa molestie feugiat nibh volutpat dolor tincidunt euismod pulvinar nunc tellus pharetra magna diam nonummy donec aliquet ac nibh eget erat mi elit. Erat ante molestie feugiat, tincidunt euismod pulvinar nunc euismod pulvinar ut tellus sit ut volutpat pharetra congue euismod ipsum massa id ut non pharetra congue ullamcorper amet dolore aliquet consectetur. Ac diam nonummy magna diam adipiscing, aliquam, proin turpis aliquam proin, at erat et nonummy dolore praesent turpis et elit, erat mi felis ipsum lobortis volutpat feugiat nibh mauris lorem. Et elit erat mi felis ipsum nibh, volutpat, pharetra congue euismod amet dolore sem at dolore aliquet turpis nisi sem consectetur magna ullamcorper pulvinar nunc id sed massa molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem nibh volutpat ipsum, massa molestie feugiat lobortis volutpat dolor congue euismod pulvinar, nunc, tellus sit. Tellus, pharetra magna praesent, nonummy tempus ante molestie feugiat nibh eget sed laoreet id ipsum lobortis volutpat feugiat. Tincidunt ullamcorper, amet, nisi sem turpis diam nonummy congue, diam nonummy, donec praesent adipiscing nisi sem pharetra ut. Non amet dolore ullamcorper pulvinar nunc tellus sit ut non pharetra tincidunt volutpat sed nibh ipsum massa molestie. Feugiat congue ullamcorper pharetra congue aliquet amet nisi sem turpis congue ullamcorper nonummy donec praesent felis aliquam ante. Mauris lorem euismod sit nisi diam nonummy erat praesent felis tempus ante mauris lorem laoreet id ipsum massa. Molestie ipsum massa molestie feugiat lobortis volutpat, dolor, laoreet id ipsum tellus sit ut volutpat, dolor tincidunt ullamcorper. Sit nisi non, pharetra, congue ullamcorper nonummy dolore aliquet pulvinar dolore tellus turpis ut non pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem nonummy donec mi id feugiat ut non pharetra non tellus at pulvinar feugiat magna nunc tellus adipiscing ac et elit. Erat laoreet tellus feugiat lobortis volutpat feugiat tincidunt, euismod pulvinar nunc tellus pulvinar ut, volutpat dolor, lobortis volutpat tincidunt euismod pulvinar nunc. Molestie feugiat massa eget sed laoreet id ipsum massa id feugiat lobortis non dolor tincidunt ullamcorper dolor, tincidunt tellus sit, nisi sem. Donec mi felis tempus ante eget dolor, tincidunt ullamcorper turpis dolore sem elit erat mi felis tempus massa molestie feugiat lobortis volutpat. Dolor aliquet consectetur lorem, laoreet id pulvinar ut non sit ut ullamcorper pharetra congue aliquet turpis, nisi, proin eget sed tincidunt, id. Tempus ante molestie lorem tincidunt euismod donec proin at aliquam sem, at ac mi, felis tempus massa volutpat dolor tincidunt ullamcorper amet. Dolore sem at magna diam nonummy donec diam amet dolore tellus ac et nonummy donec ullamcorper amet congue euismod amet, nunc aliquet. Turpis, magna mi elit erat mi felis tempus ante dolor laoreet id, tempus ante felis lorem lobortis volutpat dolor tincidunt ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, dolore aliquet turpis nisi, sem turpis nisi sem consectetur magna diam nonummy nunc aliquet turpis ut non consectetur magna ullamcorper amet dolore ullamcorper amet proin elit. Erat mi felis ipsum massa volutpat dolor lobortis volutpat sed tincidunt euismod, pulvinar ut non, pharetra magna ullamcorper amet dolore aliquet turpis lobortis volutpat pulvinar dolore molestie. Feugiat massa molestie, feugiat tincidunt ullamcorper pulvinar tincidunt euismod pulvinar ut non, pharetra, ut, volutpat, dolor tincidunt ullamcorper ipsum, tellus sit lobortis volutpat feugiat nibh elit erat. Laoreet felis ipsum massa molestie feugiat lobortis eget sed, tincidunt tellus turpis, aliquam, proin at erat, praesent id feugiat non amet congue ullamcorper turpis nisi aliquet turpis. Magna et felis tempus ante molestie lorem nibh, eget sed laoreet euismod ipsum massa tellus sit ut non dolore aliquet amet dolore aliquet sit ut non, dolor. Congue euismod pulvinar dolore tellus turpis, nisi, sem consectetur magna diam amet dolore at lorem lobortis, id pulvinar massa molestie, sit lobortis molestie feugiat, nibh eget lorem. Nibh felis, ipsum massa molestie lorem lobortis, eget dolor tincidunt euismod amet ut at sed laoreet id ipsum massa molestie feugiat lobortis volutpat pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper pharetra congue tellus sit ut sem at ac mi felis tempus massa molestie feugiat lobortis, eget dolor nunc euismod pulvinar ut. Non magna diam felis lorem ante eget dolor tincidunt ullamcorper amet dolore sem consectetur, ac et nonummy donec aliquet adipiscing, aliquam proin. At, ac nibh elit nunc non pharetra magna diam nonummy, donec proin mauris ac nibh elit sed, massa, tellus sit lobortis non. Pharetra, congue ullamcorper, pulvinar tincidunt tellus turpis nunc tellus sed laoreet id tempus ante eget sed tincidunt euismod, pulvinar nunc aliquet sit. Ut volutpat feugiat lobortis volutpat sed tincidunt euismod ipsum nunc sit congue ullamcorper nonummy dolore praesent adipiscing ac proin consectetur, congue ullamcorper. Amet donec aliquet adipiscing aliquam, sem turpis nisi diam consectetur, magna diam pulvinar dolore aliquet nisi non pharetra ut, volutpat pharetra dolore. Aliquet turpis ut molestie sit ut volutpat dolor, tincidunt euismod pulvinar dolore aliquet turpis nisi sem nonummy donec praesent sit, congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac, et elit erat, mi id ipsum massa mauris tempus elit erat et, felis donec. Mi mauris tempus ante at ac et elit sed mi felis tempus proin adipiscing ac nibh. Elit ac et elit, praesent, felis tempus nibh eget sed laoreet id ipsum ante mauris tempus. Nibh volutpat dolor tincidunt euismod ipsum laoreet molestie feugiat lobortis, molestie dolor tincidunt pulvinar nunc tellus. Sit ut sem pharetra congue euismod pulvinar nunc tellus sit, nisi tellus pharetra congue diam nonummy. Donec praesent adipiscing, ac elit erat laoreet id ipsum lobortis volutpat feugiat lobortis volutpat dolor tincidunt. Euismod sit ut non pharetra congue ullamcorper, amet donec aliquet turpis dolore aliquet sit, ut nonummy. Donec mi mauris, lorem lobortis eget sed nibh eget erat praesent adipiscing aliquam praesent turpis nisi. Sem at erat laoreet id ipsum massa mauris lorem proin pulvinar tincidunt, tellus sit, nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus pulvinar, nunc tellus sit, congue, dolor tincidunt euismod ipsum laoreet id ipsum, massa volutpat dolor congue. Ullamcorper amet dolore, sem at, ac et eget erat mi felis tempus proin, at donec proin at ac, nibh. Volutpat amet nisi sem consectetur magna diam nonummy donec mi felis tempus proin mauris sed laoreet eget erat mi. Felis massa volutpat dolor laoreet eget erat mi id ipsum lobortis, non pharetra magna, diam adipiscing, aliquam ante at. Lorem et eget sed mi, felis aliquam praesent turpis et eget erat laoreet felis ipsum ante mauris, lorem et. Elit erat et nonummy donec praesent nonummy donec praesent at aliquam et nonummy, ac nibh elit ac, et elit. Erat mi mauris feugiat, lobortis euismod pulvinar nunc tellus turpis ut non consectetur magna praesent, adipiscing tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis donec praesent at ac nibh eget sed laoreet id ipsum massa non, consectetur magna pulvinar nunc tellus sit, ut non. Pharetra congue ullamcorper amet, donec praesent adipiscing aliquam proin at magna, et elit erat, mi felis tempus nibh mauris lorem eget erat. Laoreet molestie sit lobortis eget sed laoreet id pulvinar nunc tellus sit nisi, ullamcorper amet congue ullamcorper pulvinar tincidunt id ipsum massa. Molestie, lobortis volutpat dolor dolore aliquet turpis nisi non pharetra ut ullamcorper amet donec praesent at aliquam proin, consectetur magna diam nonummy. Donec praesent nisi, aliquet turpis ut non sit congue volutpat pharetra congue, ullamcorper sit massa molestie feugiat, massa molestie lorem nibh eget. Erat mi felis tempus mi felis, lorem volutpat, sed tincidunt euismod pulvinar nunc tellus sit ut volutpat dolor tincidunt euismod ipsum, massa. Id ipsum massa volutpat pharetra congue ullamcorper, amet dolore tellus pulvinar tellus, sit congue ullamcorper amet dolore praesent pulvinar nunc non consectetur. Magna et elit aliquam praesent at ac et elit et elit donec diam nonummy nisi, aliquet turpis ut tellus feugiat ut volutpat. Pharetra donec, praesent at ac, et eget ipsum massa molestie feugiat massa molestie feugiat volutpat pulvinar nunc aliquet sit nisi diam consectetur. Donec praesent nonummy donec praesent adipiscing ac nibh at ac et nonummy donec, ullamcorper turpis aliquam proin elit ac felis tempus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt euismod, pulvinar ut non pharetra ullamcorper nonummy, donec praesent at ac proin elit. Erat laoreet id ipsum massa tellus pharetra congue ullamcorper pulvinar nunc tellus pulvinar, ut non sit. Lobortis dolor, congue ullamcorper amet dolore, tellus turpis magna sem consectetur donec mi felis aliquam proin. Mauris lorem, nibh eget sed laoreet, id feugiat lobortis volutpat, laoreet ullamcorper amet nisi sem consectetur. Magna diam nonummy donec aliquet turpis nisi aliquet turpis magna sem elit erat, mi felis aliquam. Aliquet ut proin elit ac et nonummy erat, proin at ac proin at ac et elit. Erat praesent felis tempus proin at ac et elit donec, praesent felis praesent adipiscing aliquam proin. At ac et nonummy donec praesent adipiscing nisi sem turpis ut non pharetra congue diam adipiscing. Aliquam proin at ac nibh eget ipsum tellus sit, congue ullamcorper pharetra congue aliquet amet nisi. Proin at erat mi elit, tempus mi, nonummy donec aliquet, turpis ut, non consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus. Consectetur magna diam congue euismod pulvinar dolore, aliquet turpis nisi, sem. At magna diam adipiscing aliquam proin at aliquam sem consectetur ac. Et id, ipsum ante mauris, nibh volutpat sed tincidunt euismod ipsum. Nunc molestie ipsum ante mauris ac et elit erat mi nonummy. Erat mi, adipiscing nisi, sem consectetur magna et nonummy magna adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et eget erat laoreet id ipsum. Lobortis ullamcorper amet, dolore praesent turpis dolore. Sem nisi non consectetur congue, diam adipiscing. Donec proin at, ac et id ipsum. Massa molestie feugiat massa molestie dolor laoreet. Euismod amet dolore aliquet nisi sem nonummy. Magna aliquet, turpis aliquam proin, consectetur ac. Diam eget erat mi felis tempus proin. Mauris, ac proin elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis ut volutpat feugiat, lobortis volutpat dolor tincidunt tellus pulvinar ut non pharetra congue ullamcorper pharetra congue aliquet nisi proin at ac mi elit, erat, praesent felis tempus. Ante, eget dolor tincidunt, euismod ipsum ante mauris lorem lobortis volutpat dolor tincidunt euismod pulvinar non pharetra ut volutpat dolor, tincidunt euismod pulvinar nunc tellus, pulvinar ut volutpat pharetra. Congue diam nonummy dolore aliquet turpis nisi sem, pharetra magna ullamcorper pharetra euismod pulvinar nunc tellus sit nisi sem pharetra tincidunt, volutpat sed laoreet felis erat mi adipiscing aliquam. Ante mauris sed laoreet euismod ipsum nunc feugiat massa molestie feugiat tincidunt euismod pulvinar nunc tellus sit nisi sem nonummy, donec praesent felis tempus ante mauris lorem, nibh eget. Erat laoreet felis ipsum ante pharetra, congue ullamcorper pulvinar nunc molestie feugiat lobortis molestie, feugiat, lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus pharetra congue non amet, congue turpis. Nisi sem consectetur ac mi elit erat ante felis tempus proin at, erat mi elit erat mi adipiscing aliquam praesent adipiscing aliquam et elit erat mi tempus ante molestie. Feugiat tincidunt ullamcorper, amet dolore aliquet turpis nisi sem pharetra, congue euismod amet nunc aliquet turpis ut, tellus sit ut non pharetra tincidunt ullamcorper nunc non pharetra, congue ullamcorper. Amet dolore, praesent adipiscing dolore aliquet, consectetur nisi sem dolor tincidunt, euismod amet nunc aliquet turpis nisi non pharetra, congue diam amet ullamcorper amet dolore aliquet feugiat, massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore, tellus massa tellus sit ut, non pulvinar nunc tellus pulvinar ut. Non pharetra congue ullamcorper nonummy donec aliquet, turpis aliquam proin at magna sem. Nonummy donec nonummy dolore praesent turpis nisi sem consectetur magna diam amet dolore. Aliquet turpis dolore tellus sit ut volutpat dolor, tincidunt volutpat, dolor laoreet id. Massa non dolor congue ullamcorper amet, nunc aliquet turpis nisi proin at donec. Mi felis tempus ante mauris lorem lobortis eget sed, tincidunt, euismod feugiat felis. Lorem tincidunt euismod dolor laoreet id ipsum massa tellus feugiat, lobortis volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus massa non pharetra, tincidunt ullamcorper, amet, dolore aliquet turpis magna, diam nonummy, erat praesent adipiscing aliquam proin mauris. Ac, nibh eget, erat et elit aliquet adipiscing nisi aliquet consectetur ut non pharetra congue diam nonummy nisi proin at. Ac nibh id ipsum massa tellus sit congue ullamcorper, amet donec pulvinar dolore, sem consectetur ac et nonummy erat mi. Mauris feugiat, lobortis volutpat pulvinar nunc tellus turpis ut non pharetra congue non, pharetra, dolore aliquet turpis tellus sit magna. Diam nonummy donec praesent adipiscing aliquam ante at ac et nonummy magna praesent felis, tempus ante mauris ac proin at. Congue, pharetra congue euismod ipsum laoreet felis erat mi adipiscing aliquam proin mauris, lorem, mi felis tempus mi felis tempus. Ante eget sed nibh id ipsum massa id proin mauris ac nibh elit erat, mi felis tempus praesent adipiscing aliquam. Sem at, lorem nibh, eget sed mi, felis aliquam proin mauris lorem et, id ipsum felis tempus ante mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum massa molestie sit ut volutpat laoreet id ipsum massa tellus sit lobortis, molestie dolor tincidunt euismod ipsum. Massa molestie sit, nisi sem consectetur congue, ullamcorper dolor tincidunt tellus turpis ut non erat mi id, ipsum lobortis volutpat. Pharetra, dolore aliquet adipiscing nisi aliquet consectetur magna diam, nonummy, erat praesent adipiscing tempus ante mauris lorem, nibh id laoreet. Id feugiat ut non pharetra, tincidunt euismod pulvinar nunc tellus, sit ut volutpat pharetra congue euismod pulvinar dolore aliquet turpis. Nisi sem congue diam amet nunc tellus sit nisi sem, consectetur, magna diam nonummy donec praesent, adipiscing aliquam proin at. Sed tincidunt euismod ipsum nunc molestie feugiat congue ullamcorper nunc aliquet turpis nisi proin at ac diam adipiscing tempus massa. Molestie dolor tincidunt euismod pulvinar nunc tellus sit, lobortis non dolor lobortis euismod pulvinar dolore sit ut tellus pharetra, ut. Ullamcorper amet donec, proin adipiscing, ac nibh eget erat mi felis tempus massa, mauris tempus at ac nibh, eget sed. Ante, felis lorem lobortis volutpat sed, tincidunt ullamcorper amet nunc tellus, sit ut non pharetra congue ullamcorper amet nisi proin. At lorem elit erat mi felis tempus nibh eget, pharetra congue aliquet turpis nisi sem consectetur magna ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut non consectetur donec mi felis, tempus ante, mauris, lorem laoreet euismod pulvinar nunc tellus feugiat ut. Non pharetra, euismod, amet dolore tellus sit nisi sem nonummy donec mi felis tempus ante, eget dolor tincidunt. Tellus pulvinar ut sem pharetra magna diam pharetra aliquet adipiscing ac proin elit erat, laoreet felis tempus ante. Mauris feugiat lobortis eget sed tincidunt euismod pulvinar nunc molestie sit ut ullamcorper amet dolore ullamcorper amet aliquet. Turpis, ac diam elit donec praesent felis tempus ante at lorem nibh eget sed laoreet, id tempus proin. Adipiscing aliquam proin consectetur ullamcorper nonummy dolore aliquet adipiscing, aliquam proin consectetur magna sem, pharetra, magna diam nonummy. Aliquam, proin mauris lorem nibh eget, sed laoreet id ipsum massa mauris et elit ac et nonummy dolore. Ullamcorper turpis dolore aliquet, turpis magna diam consectetur donec diam, nonummy aliquam proin at, ac et elit erat. Mi id, ipsum diam amet congue ullamcorper turpis aliquam proin at ac, mi elit erat ante felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec praesent felis aliquam proin adipiscing aliquam et elit ac mi id sit ut sem elit erat amet dolore. Aliquet adipiscing magna diam elit ipsum massa molestie, ipsum lobortis molestie dolor, tincidunt ullamcorper pulvinar dolore, aliquet turpis nisi sem. Nonummy donec amet dolore aliquet sit nisi sem consectetur magna diam nonummy aliquam, ante mauris lorem laoreet, eget sed mi. Id tempus massa molestie lorem ante mauris sed consectetur erat, mi, felis lorem nibh eget lorem et at donec praesent. Felis feugiat massa, molestie dolor tincidunt ullamcorper amet dolore aliquet turpis ut lorem lobortis euismod adipiscing pharetra erat ut nibh. Praesent, non id feugiat congue et id turpis ac mi molestie consectetur, dolor, aliquam congue mi tellus eget tempus felis. Tempus lobortis eget sed tincidunt aliquet turpis ac nibh eget sed laoreet id tempus massa molestie feugiat nibh mauris erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus pulvinar nunc tellus, sit ut volutpat sed laoreet euismod pulvinar massa molestie sit lobortis volutpat, feugiat eget. Dolor nunc tellus sit, ut diam nonummy donec, praesent adipiscing tempus proin mauris sed laoreet id sed laoreet felis. Erat ante, molestie feugiat tincidunt, dolor laoreet euismod sit nunc tellus feugiat, tincidunt euismod dolor laoreet id ipsum laoreet. Id, feugiat ut ullamcorper, amet congue aliquet, turpis aliquam sem eget sed laoreet donec praesent felis, tempus ante mauris. Sed tincidunt id ipsum laoreet id ipsum massa eget lorem et elit erat et felis, tempus ante aliquam proin. At, ac et felis erat praesent adipiscing tempus ante mauris lorem nibh id ipsum laoreet, id ipsum lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit ut, non dolor tincidunt ullamcorper nonummy dolore praesent turpis ut non sit congue diam amet dolore ullamcorper laoreet. Tellus pharetra ut non pharetra tincidunt, ullamcorper amet nisi sem at, magna et elit ipsum massa molestie feugiat ut volutpat dolor. Tincidunt euismod massa id ipsum massa mauris lorem lobortis volutpat sed tincidunt id, feugiat lobortis molestie, dolor tincidunt euismod amet dolore. Aliquet adipiscing, nisi diam elit erat praesent adipiscing ullamcorper amet nisi proin, at erat et nonummy donec praesent turpis nisi, sem. Consectetur ac, et eget donec praesent, felis, tempus proin at ac consectetur magna diam nonummy donec aliquet turpis nisi sem, consectetur. Magna et elit magna, diam adipiscing nisi sem consectetur magna diam nonummy, donec, praesent adipiscing aliquam sit aliquam sem, consectetur magna. Diam, nonummy erat mi felis tempus ante, elit erat mi felis donec praesent nonummy dolore praesent adipiscing nisi diam consectetur magna. Diam dolore aliquet amet nisi sem consectetur nisi diam nonummy erat mi adipiscing nisi sem turpis nisi non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id feugiat ut non amet dolore. Aliquet turpis aliquam proin elit, diam elit. Tempus ante mauris feugiat nibh eget sed. Tincidunt tellus sit nisi, sem at erat. Mi id feugiat massa mauris feugiat nibh. Eget dolor tincidunt erat mi felis tempus. Nibh mauris ac et elit erat mi. Felis tempus nibh volutpat dolor laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie dolor, tincidunt ullamcorper adipiscing aliquam ante mauris sed nibh id ipsum. Nunc tellus feugiat, lobortis volutpat dolor tincidunt aliquet turpis dolore pharetra congue ullamcorper. Amet, erat, mi felis aliquam proin consectetur, nisi sem nonummy erat tempus massa. Volutpat dolor tincidunt ullamcorper pulvinar nunc, tellus sit ut dolor magna aliquet turpis. Tempus massa molestie sit ut, volutpat dolor laoreet id sed massa molestie feugiat. Lobortis volutpat dolor tincidunt euismod sed massa tempus ante felis tempus ante at. Ac et elit sed massa mauris lorem ante mauris sed laoreet eget sed. Laoreet felis tempus, ante molestie lorem et, erat et felis, erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, nunc aliquet, adipiscing nisi proin at ac. Praesent dolore proin mauris lorem nibh, elit sed. Mi felis, erat praesent adipiscing tempus proin, at. Ac nibh id pulvinar nunc tellus sit congue. Ullamcorper adipiscing, proin mauris, lorem lobortis, eget sed. Nunc, tellus turpis ut volutpat, dolor tincidunt euismod. Amet dolore praesent turpis nisi non consectetur magna. Praesent nonummy, aliquam at ac proin, at erat. Et elit erat praesent, felis aliquam ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante tellus sit ut sed. Tincidunt ullamcorper amet ut molestie, feugiat. Lobortis volutpat dolor lobortis eget sed. Laoreet id pulvinar lobortis volutpat dolor. Lobortis euismod dolor tincidunt euismod massa. Molestie feugiat, ut diam amet donec. Proin mauris feugiat lobortis volutpat dolor. Tincidunt molestie, feugiat ut non consectetur. Donec praesent felis aliquam ante ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec praesent amet dolore tellus sit, ut volutpat feugiat tincidunt euismod pulvinar nunc tellus, turpis sem consectetur donec. Mi mauris lorem lobortis eget sed tincidunt id, pulvinar nunc molestie ipsum massa molestie lorem et elit erat, et elit. Erat adipiscing tempus ante eget, sed, nibh elit sed mi id ipsum nibh at aliquam proin consectetur magna non dolor. Tincidunt euismod amet nisi sem at ac consectetur magna praesent adipiscing donec aliquet, sit, nisi diam nonummy erat praesent adipiscing. Tempus massa mauris ac nibh at magna diam nonummy donec praesent aliquam proin, consectetur magna, sem pharetra congue ullamcorper pulvinar. Nunc tellus sit ut sem pharetra congue ullamcorper amet dolore praesent turpis nisi sem consectetur ac, et ipsum ante, mauris. Feugiat, lobortis euismod pulvinar tincidunt euismod pulvinar ut non pharetra congue non pharetra laoreet id ipsum massa molestie feugiat lobortis. Non pharetra congue ullamcorper tincidunt tellus, sit, ut sem consectetur donec ullamcorper adipiscing donec praesent turpis nisi sem at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi sem at, erat mi felis tempus, ante mauris aliquam proin at lorem nibh elit erat felis feugiat massa molestie feugiat tincidunt ullamcorper amet nunc. Aliquet consectetur magna, sem consectetur congue diam amet nunc tellus sit ut non sit ut ullamcorper congue ullamcorper sit ut non pharetra magna diam nonummy donec. Praesent felis tempus proin at ac et felis tempus ante, felis lorem lobortis volutpat dolor aliquet turpis nisi sem pharetra ut volutpat feugiat lobortis volutpat ipsum. Massa, molestie feugiat lobortis volutpat, feugiat lobortis volutpat dolor laoreet id, ipsum massa feugiat lobortis non dolor, congue aliquet turpis, nisi proin at, ac et amet. Donec, praesent adipiscing aliquam sem at erat mi felis tempus massa molestie lorem ante lorem et elit erat laoreet molestie sit congue diam amet congue ullamcorper. Amet nisi, sem, consectetur magna sem nonummy donec, praesent felis tempus nibh eget sed id ipsum massa molestie sit ut, non pharetra congue ullamcorper turpis nisi. Sem turpis magna diam elit, erat ante felis ante mauris ac nibh eget erat, laoreet, id ipsum massa molestie feugiat laoreet, id ipsum massa tellus sit. Ut non pharetra congue ullamcorper amet, dolore, sem at nibh eget sed massa tellus sit ut non amet tincidunt euismod, pulvinar nisi sem turpis nisi non. Dolor congue, aliquet adipiscing nisi ante at ac nibh eget ut, sem consectetur magna, ullamcorper amet dolore aliquet amet dolore sem turpis magna ullamcorper nonummy, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna diam nonummy donec praesent felis lorem nibh eget dolor tincidunt euismod pulvinar dolore aliquet sit ut. Ullamcorper elit praesent felis lorem lobortis eget lorem, mi felis tempus ante felis, aliquam ante mauris lorem nibh. Eget sed laoreet id tempus ante mauris lorem nibh sed laoreet id feugiat ut sem nonummy erat mi. Felis tempus, ante at ac diam nonummy donec diam nonummy donec proin, at, lorem nibh volutpat sed laoreet. Ipsum lobortis, volutpat dolor, tincidunt ullamcorper amet dolore aliquet consectetur magna diam elit erat mi felis, ipsum massa. Molestie feugiat laoreet euismod pulvinar, sem at ac et elit erat praesent adipiscing aliquam proin at ac nibh. Elit sed laoreet id tempus, ante eget, sed laoreet id ipsum laoreet id, tempus non dolor congue aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac et eget ipsum massa tellus feugiat ut non pharetra, eget sed laoreet felis ipsum. Ante molestie feugiat lobortis euismod pulvinar nunc tellus sit nisi non consectetur magna diam, nonummy, donec. Praesent at lorem nibh ipsum laoreet molestie sit congue diam nonummy donec aliquet adipiscing nisi sem. Consectetur lorem mi nonummy erat mi, mauris feugiat lobortis mauris lorem et, elit praesent adipiscing tempus. Ante molestie feugiat lobortis eget sed laoreet id ipsum massa molestie lorem lobortis, volutpat, dolor tincidunt. Tellus adipiscing aliquam et erat praesent nonummy dolore aliquet turpis, nisi sem turpis magna diam nonummy. Donec praesent felis, aliquam, ante mauris sed laoreet euismod pulvinar massa tellus feugiat lobortis volutpat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus massa volutpat feugiat lobortis volutpat dolor tincidunt, euismod pulvinar nunc, tellus tincidunt. Euismod nonummy donec praesent at ac et eget erat praesent adipiscing aliquam praesent adipiscing. Ac et elit ac mi felis ipsum massa mauris lorem eget sed tincidunt euismod. Pulvinar ut non pharetra congue volutpat pharetra tincidunt id ipsum laoreet id feugiat massa. Mauris ac et eget erat mi felis tempus felis aliquam proin adipiscing magna sem. Pharetra magna praesent amet dolore, ullamcorper amet dolore proin consectetur ac et elit erat. Mi, adipiscing tempus consectetur magna diam consectetur magna euismod, amet dolore aliquet turpis ut. Non consectetur, magna et adipiscing donec proin mauris ac et, elit erat mi felis. Tempus ante aliquam proin, at ac nibh eget, sed laoreet id tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac mi felis praesent adipiscing aliquam proin at erat laoreet felis ipsum, massa mauris lorem nibh eget dolor laoreet id ipsum, massa tellus sit ut volutpat feugiat lobortis. Ac mi id ipsum lobortis sem consectetur magna diam amet, nunc tellus sit nunc tellus sit ut non pharetra congue id ipsum massa id ipsum mauris feugiat lobortis. Eget sed, laoreet felis erat mi, felis lorem nibh eget sed laoreet eget ipsum laoreet id, ipsum nibh eget sed tincidunt, euismod pulvinar massa tempus massa mauris, feugiat. Lobortis volutpat pulvinar nunc, aliquet consectetur ac et nonummy magna diam adipiscing aliquam ante mauris aliquam proin consectetur magna pharetra dolore aliquet turpis dolore tellus, sit nisi non. Dolor congue euismod pulvinar tincidunt euismod pulvinar massa molestie sit ut ullamcorper nonummy donec proin at ac proin congue ullamcorper nonummy dolore aliquet adipiscing, tempus ante, mauris sed. Laoreet euismod sit ut tellus, sit lobortis volutpat sed laoreet eget erat mi id aliquam ante mauris sem at, erat tincidunt molestie feugiat massa molestie dolor tincidunt ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non pharetra magna praesent adipiscing, donec, proin at ac proin eget sed laoreet molestie feugiat lobortis molestie feugiat congue dolor nunc aliquet sit nisi non consectetur magna. Diam adipiscing aliquam praesent, at ac et elit sed laoreet felis ipsum massa, mauris lorem ante mauris diam nonummy erat mi felis tempus ante eget dolor congue ullamcorper. Turpis nisi sem consectetur magna et elit tempus ante mauris tempus nibh elit erat et felis praesent nonummy aliquam proin at ac, nibh eget sed laoreet, id ipsum. Lobortis volutpat dolor tincidunt euismod ipsum laoreet molestie ipsum massa mauris ante eget sed laoreet id ipsum massa molestie sit ut non pharetra tincidunt euismod pulvinar dolore non. Pharetra, ut ullamcorper, amet dolore ullamcorper amet, nisi sem sit molestie lorem nibh mauris sed laoreet id ipsum massa molestie, feugiat ut non amet donec praesent adipiscing ac. Et elit sed mi felis ipsum ante mauris lorem mauris lorem et eget erat mi felis tempus ante adipiscing, aliquam proin at erat mi id ipsum massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus, massa tellus pharetra, magna diam adipiscing, donec praesent turpis nisi sem, ut volutpat dolor tincidunt, euismod pulvinar dolore. Aliquet, turpis, nisi diam consectetur donec praesent turpis nisi sem at magna diam nonummy, donec mi felis, tempus mauris lorem et. Elit ipsum massa id feugiat ut non pharetra congue euismod amet dolore aliquet turpis nisi sem consectetur, magna diam nonummy dolore. Aliquet massa molestie feugiat lobortis volutpat dolor congue euismod amet nunc aliquet turpis nisi sem pharetra magna diam amet donec proin. At ac nibh id nunc molestie feugiat, lobortis volutpat pharetra congue ullamcorper, turpis, nisi sem turpis ut non consectetur magna diam. Nonummy, nisi, sem consectetur nisi sem consectetur magna diam, dolore aliquet adipiscing nisi proin consectetur magna diam nonummy donec, praesent adipiscing. Tempus ante elit, erat laoreet felis tempus mi, felis tempus ante mauris lorem et, elit ac proin at ac et nonummy. Donec aliquet amet, dolore, aliquet elit erat mi id pulvinar ut sem, consectetur congue dolor, tincidunt euismod pulvinar nunc molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet turpis aliquam proin consectetur, sem consectetur magna diam adipiscing aliquam proin. Turpis nisi sem consectetur donec praesent adipiscing tempus ante mauris sed, nibh eget. Erat laoreet felis tempus ante nunc tellus sit ut volutpat dolor congue, ullamcorper. Nonummy donec praesent adipiscing aliquam proin elit sed laoreet id ipsum ante mauris. Lorem nibh elit mi id ipsum ante mauris lorem nibh, eget sed laoreet. Euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt id ipsum nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit erat et elit donec praesent adipiscing tempus sem consectetur nisi sem consectetur donec ullamcorper nonummy. Id pulvinar, nunc tellus pharetra congue ullamcorper amet dolore, praesent adipiscing, nisi aliquet turpis magna diam nonummy. Tincidunt praesent, adipiscing aliquam praesent adipiscing aliquam, pharetra ut non pharetra tincidunt euismod ipsum massa, molestie feugiat. Lobortis volutpat, feugiat nibh eget sed laoreet euismod pulvinar ut tellus pharetra congue euismod pulvinar tincidunt euismod. Massa tellus feugiat ut volutpat dolor lobortis eget sed massa molestie ipsum massa molestie, feugiat lobortis eget. Lorem nibh felis erat, ante felis proin mauris lorem nibh eget sed massa molestie feugiat lobortis volutpat. Dolor tincidunt euismod, dolor, nunc euismod pulvinar lobortis volutpat dolor tincidunt ullamcorper amet, dolore aliquet turpis proin. Nonummy donec praesent adipiscing, aliquam praesent adipiscing aliquam sem consectetur nisi, non amet dolore praesent felis tempus. Proin mauris lorem id ipsum, massa molestie sit lobortis, volutpat dolor laoreet id ipsum mi felis tempus. Proin volutpat, dolor lobortis eget sed nunc tellus pulvinar ut non pharetra tincidunt dolor, nunc tellus, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac praesent adipiscing tempus massa volutpat dolor tincidunt euismod tempus lobortis eget, pulvinar dolore tellus consectetur. Magna diam, elit erat laoreet felis tempus ante mauris lorem nibh eget erat mi felis erat. Mi felis nibh eget sed, laoreet id, ipsum nunc, tellus pharetra congue non pulvinar nunc tellus. Sit aliquam, proin at ac et id feugiat lobortis volutpat feugiat volutpat sed mi, felis tempus. Ante felis lorem nibh eget sed nibh eget erat laoreet adipiscing aliquam ante at lorem laoreet. Euismod pulvinar, sem, at magna diam consectetur magna, ullamcorper amet nunc tellus turpis nisi, sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin at et elit erat mi id ipsum ante mauris, lorem nibh volutpat pulvinar laoreet tellus sit nunc non sit lobortis ullamcorper amet. Dolore aliquet turpis sem consectetur magna diam, nonummy donec proin at ac et at ac et elit donec mi felis tempus proin mauris sed. Laoreet eget ipsum laoreet at ac et adipiscing donec praesent adipiscing ac nibh eget sed laoreet id ipsum massa molestie feugiat lobortis euismod dolor. Tincidunt, euismod sit nunc tellus feugiat lobortis dolor tincidunt ullamcorper amet dolore aliquet consectetur magna, diam amet dolore aliquet turpis dolore sem consectetur magna. Diam nonummy magna, diam nonummy dolore, pulvinar ut non pharetra congue ullamcorper elit erat proin at lorem nibh eget sed tincidunt tellus pulvinar ut. Non consectetur magna praesent mauris, feugiat ut non pharetra euismod, pulvinar nunc molestie feugiat lobortis volutpat pharetra congue ullamcorper amet tincidunt euismod pulvinar lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et, eget sed massa tellus feugiat ut volutpat dolor, tincidunt ullamcorper amet dolore aliquet sit ut volutpat dolor tincidunt, ullamcorper amet dolore aliquet ut sem nonummy donec, praesent. Adipiscing tempus ante mauris sed laoreet id ipsum massa id feugiat, massa molestie lorem nibh eget erat et nonummy, donec amet dolore, aliquet sit, nisi sem consectetur donec diam. Amet dolore aliquet turpis nisi sem at magna et nonummy, donec praesent adipiscing aliquam proin at ac mi donec, diam nonummy donec aliquet adipiscing, nisi sem consectetur magna diam. Adipiscing, aliquam ante mauris lorem lobortis volutpat dolor tincidunt tellus turpis nisi dolor congue ullamcorper nonummy dolore aliquet turpis aliquam sem nonummy erat mi felis tempus proin adipiscing nisi. Proin at erat et felis, tempus ante felis aliquam proin magna diam nonummy donec, praesent, adipiscing tempus proin mauris ac et elit ac et elit donec proin adipiscing ac. Et eget, sed laoreet, id ipsum massa molestie lobortis eget lorem nibh eget donec laoreet id tempus ante at ac proin at ac et felis tempus, ante felis et. Elit sed mi id ipsum nunc tellus sit congue ullamcorper pharetra nunc tellus pulvinar massa molestie feugiat lobortis non dolor tincidunt volutpat pulvinar nunc tellus sit sem consectetur donec. Praesent felis lorem nibh eget sed laoreet id ipsum ut non pharetra ut volutpat dolor laoreet id ipsum massa tellus feugiat, lobortis volutpat dolor diam turpis nisi sem at. Ac et elit erat mi id ipsum ante mauris lorem nibh eget sed laoreet id, ipsum lobortis mauris lorem, nibh eget erat id ipsum massa molestie lorem lobortis eget. Sed tincidunt euismod pulvinar nunc tellus, sit ut volutpat feugiat tincidunt ullamcorper pulvinar nunc tellus sit lobortis volutpat dolor congue pulvinar nunc euismod pulvinar ante felis aliquam praesent, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor laoreet id ipsum laoreet molestie feugiat massa non nonummy, donec praesent adipiscing. Tempus ante eget sed laoreet id pulvinar nunc molestie ipsum volutpat pharetra tincidunt euismod. Ipsum nunc aliquet sit nisi sem consectetur dolore aliquet amet nisi sem at lorem. Nibh, eget sed laoreet id tempus, ante sed nibh eget erat mi id ipsum. Lobortis, volutpat dolor tincidunt volutpat, dolor laoreet felis ipsum massa felis aliquam proin, consectetur. Magna sem pharetra ut non, congue aliquet amet dolore aliquet consectetur congue diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet consectetur magna diam congue ullamcorper amet, dolore praesent adipiscing, aliquam et elit erat. Praesent adipiscing aliquam, proin adipiscing ac et elit ac et elit tempus ante molestie feugiat. Volutpat dolor nunc euismod, pulvinar ut molestie feugiat lobortis eget lorem laoreet id sed laoreet. Id, ipsum lobortis molestie feugiat tincidunt euismod amet dolore pulvinar nunc tellus sit ut euismod. Dolor, tincidunt, tellus pulvinar nunc non sit massa volutpat dolor, congue, aliquet turpis dolore sem. Turpis, nisi sem donec praesent adipiscing aliquam proin at magna diam nonummy donec mi felis. Aliquam proin mauris ac nibh id ipsum laoreet id, tempus, ante mauris tempus ante magna. Et nonummy erat ante felis tempus ante mauris dolor tincidunt tellus sit, nisi, non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing ac et elit ac et elit erat mi felis aliquam proin mauris lorem laoreet eget erat praesent, adipiscing donec praesent mauris lorem nibh erat mi. Elit tempus, mi felis lorem nibh, volutpat dolor tincidunt euismod pulvinar nunc tellus lorem lobortis eget sed tincidunt id pulvinar ut tellus sit, ullamcorper amet, dolore aliquet. Turpis aliquam proin elit ac mi elit tempus ante mauris lorem nibh eget sed nibh, eget erat mi adipiscing tempus ante mauris et elit erat laoreet id. Feugiat lobortis volutpat pharetra tincidunt volutpat pulvinar tincidunt id ipsum ante, felis tempus nibh, eget dolor congue, ullamcorper amet aliquet turpis, congue diam nonummy dolore aliquet amet. Nisi, proin mauris sed nibh id ipsum ante, mauris lorem nibh non dolor tincidunt euismod, pulvinar ut non pharetra ullamcorper amet dolore aliquet amet nisi aliquet turpis. Magna diam consectetur donec praesent adipiscing aliquam praesent at aliquam proin nonummy magna diam nonummy donec proin, adipiscing nibh, elit sed laoreet molestie feugiat massa molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus adipiscing lorem et nonummy donec diam. Nonummy donec, proin at aliquam proin at. Ac mi id feugiat massa molestie feugiat. Lobortis volutpat tincidunt euismod pulvinar nunc non. Sit congue, diam nonummy aliquam ante mauris. Lorem nibh eget sed laoreet molestie ipsum. Massa, molestie feugiat lobortis, euismod nunc aliquet. Sit, ut non pharetra congue ullamcorper adipiscing. Aliquam proin at aliquam proin consectetur magna. Ullamcorper, amet ante mauris feugiat tincidunt volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh id ipsum, massa molestie feugiat massa molestie feugiat tincidunt ullamcorper amet nisi sem, consectetur ac diam nonummy donec nonummy tempus, proin. At, lorem nibh elit ipsum massa molestie, sit ut volutpat pharetra tincidunt ullamcorper pulvinar nunc tellus turpis magna diam, pharetra magna turpis nisi. Sem mauris, sed laoreet id sed nunc molestie feugiat nibh, eget lorem nibh id, ipsum nunc molestie feugiat, lobortis volutpat feugiat nibh eget. Sed laoreet, consectetur magna diam nonummy magna praesent adipiscing aliquam praesent adipiscing aliquam, non pharetra congue diam amet dolore praesent at ac et. At ac et erat ante molestie feugiat tincidunt ullamcorper nonummy donec praesent, turpis aliquam proin at ac mi felis tempus massa non amet. Donec mi felis lorem lobortis volutpat tincidunt tellus turpis, magna sem nonummy, magna, praesent adipiscing aliquam ante mauris lorem et elit sed laoreet. Id ipsum, lobortis molestie feugiat lobortis euismod pulvinar dolore tellus nisi diam nonummy magna diam mauris lorem lobortis volutpat dolor laoreet id ipsum. Nunc aliquet turpis magna ullamcorper pharetra, dolore turpis aliquam proin mauris ac, et, eget ipsum massa molestie, feugiat nibh eget sed laoreet id. Sed laoreet id, ipsum massa mauris lorem nibh elit erat laoreet ipsum massa molestie feugiat tincidunt, euismod, dolor dolore aliquet sit, nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod amet nisi sem turpis magna, diam elit donec. Praesent, felis tempus nibh eget, sed laoreet id pulvinar nunc. Tellus feugiat ut non congue ullamcorper amet, dolore, aliquet turpis. Nisi ullamcorper nonummy dolore aliquet adipiscing, aliquam, proin mauris magna. Et elit erat, mi mauris lorem lobortis eget sed id. Ipsum nunc tellus sit ut volutpat dolor, lobortis, volutpat dolor. Tincidunt tellus, pulvinar nunc volutpat dolor tincidunt euismod pulvinar nunc. Aliquet turpis nisi sem consectetur magna adipiscing tempus ante at. Ac et at ac mi felis tempus, ante molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi id, lorem nibh eget sed tincidunt. Ullamcorper amet nunc, sem turpis nisi diam elit erat. Mi molestie lorem lobortis eget sed tellus sit ut. Non, consectetur magna diam amet congue ullamcorper amet dolore. Aliquet consectetur congue non amet donec praesent turpis nisi. Sem consectetur magna nonummy erat ante mauris lorem, nibh. Eget dolor nibh eget pulvinar nunc molestie feugiat lobortis. Volutpat dolor tincidunt, eget dolor laoreet id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod pulvinar massa molestie. Sit ut, non pharetra dolore aliquet. Adipiscing ac et elit erat et. Elit praesent turpis aliquam, ante mauris. Lorem nibh elit erat ante felis. Lorem lobortis ullamcorper nonummy dolore, ullamcorper. Adipiscing ac et at ac, et. Elit, ante molestie tempus nibh eget. Sed tincidunt tellus sit nisi diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent at, lorem, et elit turpis nisi diam, elit. Tempus, massa mauris lorem nibh eget, dolor tincidunt id sed laoreet. Tellus sit lobortis volutpat pharetra tincidunt ullamcorper turpis dolore tellus ut. Non nonummy, donec praesent adipiscing, tempus ante, mauris lorem et elit. Erat mi, mauris lorem nibh mauris lorem laoreet id ipsum massa. Molestie massa volutpat dolor congue aliquet amet nisi aliquet consectetur ac. Et felis erat ante felis aliquam aliquet turpis ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis, nisi aliquet consectetur, magna et felis ipsum lobortis molestie, dolor tincidunt eget sed. Laoreet id ipsum massa tellus feugiat lobortis amet dolore aliquet, adipiscing nisi sem at ac. Et elit erat mi mauris lorem, nibh eget sed tincidunt euismod, ipsum, massa mauris, feugiat. Lobortis dolor congue ullamcorper turpis nisi aliquet at erat et felis tempus mi felis tempus. Ante mauris lorem nibh felis erat, mi felis, aliquam proin at ac proin sed massa. Molestie sit ut ullamcorper nonummy donec praesent adipiscing, aliquam ante elit erat et nonummy erat. Mi, adipiscing aliquam, praesent at aliquam elit sed, laoreet molestie ipsum massa molestie lorem nibh. Euismod dolor nunc tellus sit ut, volutpat consectetur magna, diam nonummy aliquam praesent at ac. Nibh elit sed non pharetra magna ullamcorper amet dolore ullamcorper pulvinar nunc molestie sit ut. Sem consectetur magna praesent, adipiscing tempus, proin eget dolor tincidunt euismod sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat laoreet felis tempus ante mauris lorem nibh eget sed tincidunt euismod nisi sem consectetur magna. Praesent adipiscing tempus nibh mauris sed, nibh eget ipsum nunc tellus sit ut volutpat dolor tincidunt volutpat. Sed laoreet id ipsum massa, tempus proin at ac et nonummy donec diam amet dolore aliquet, amet. Dolore, aliquet consectetur congue diam elit erat aliquet adipiscing aliquam ante mauris sed id, ipsum massa tellus. Sit congue diam, amet donec praesent adipiscing aliquam et at ac et elit donec praesent turpis nisi. Sem consectetur sem consectetur donec mi mauris lorem nibh volutpat dolor laoreet id ipsum massa id feugiat. Lobortis non pharetra, tincidunt, euismod pulvinar nunc tellus feugiat lobortis non dolor mauris, sed tincidunt, id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed laoreet euismod ipsum massa id, feugiat lobortis ac et elit erat mi id. Pulvinar nunc, non pharetra congue ullamcorper nonummy nunc, tellus sit ut non, pharetra congue ullamcorper nonummy. Dolore aliquet turpis et elit sed laoreet id ipsum ante felis tempus ante eget sed nibh. Elit magna praesent adipiscing donec praesent adipiscing ac proin consectetur erat laoreet erat mi felis tempus. Et elit sed laoreet, id pulvinar massa molestie, feugiat nibh eget, dolor tincidunt euismod pulvinar nunc. Molestie pharetra magna felis erat ante, molestie feugiat lobortis volutpat sed, tincidunt euismod ipsum nunc tellus. Feugiat, tincidunt euismod, dolor nunc tellus turpis, nisi sem pharetra congue ullamcorper pharetra congue turpis aliquam. Et elit ac et elit erat, mi, mauris feugiat tincidunt euismod pulvinar nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod pulvinar laoreet molestie feugiat lobortis volutpat dolor congue aliquet amet dolore, tellus sit nisi sem consectetur magna diam amet praesent turpis nisi sem consectetur. Magna, diam nonummy, donec praesent adipiscing ac et, at, magna et, elit erat ante felis, tempus ante mauris lorem, et sit nisi, sem consectetur magna et nonummy. Aliquam ante, molestie feugiat nibh elit erat mi elit tempus ante felis lorem, ante mauris lorem et, elit sed mi aliquam proin at ac nibh elit sed. Massa tellus sit lobortis non pharetra congue ullamcorper amet dolore, aliquet turpis ut sem consectetur magna amet donec aliquet, adipiscing nisi sem consectetur ut, non, pharetra dolore. Aliquet turpis nisi sem turpis ut non consectetur, magna diam, amet dolore tellus turpis nisi sem donec mi felis tempus ante volutpat dolor tincidunt id ipsum nunc. Molestie feugiat ut non pharetra congue ullamcorper turpis nunc tellus sit nisi sem consectetur congue, diam, donec proin at lorem nibh elit erat mi felis ipsum massa. Volutpat pharetra dolore aliquet adipiscing tempus ante, mauris lorem id ipsum massa tellus sit, ut ullamcorper, amet dolore aliquet turpis dolore proin at ac diam nonummy, erat. Mi mauris, lorem ante mauris sed laoreet id tempus molestie, feugiat ut volutpat pharetra dolore praesent amet dolore proin at ac et, elit erat mi felis tempus. Ante eget dolor laoreet euismod pulvinar massa molestie ut volutpat, sed tincidunt euismod sit ut non sit congue ullamcorper amet congue ullamcorper amet dolore tellus turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur, magna praesent adipiscing donec aliquet adipiscing ac proin at, magna diam elit tempus ante mauris lorem consectetur ac diam. Elit erat, ante molestie sit ut ullamcorper amet nunc tellus pulvinar massa tellus sit lobortis volutpat dolor tincidunt euismod amet nunc. Feugiat lobortis molestie feugiat lobortis eget dolor laoreet id pulvinar ut non, pharetra ut volutpat sed nibh id, ipsum nunc molestie. Sit ut non amet, dolore pulvinar nisi sem consectetur nisi volutpat dolor tincidunt euismod dolor nunc tellus sit ut non pharetra. Ut ullamcorper pharetra dolore aliquet, amet dolore sem magna et elit erat praesent, adipiscing aliquam proin consectetur magna sem nonummy magna. Diam nonummy aliquam proin at ac et elit ac et nonummy aliquam proin adipiscing, aliquet sit ut non pharetra tincidunt diam. Nonummy, aliquam proin at lorem laoreet eget sed mi id tempus massa eget sed laoreet id ipsum massa tellus massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id tempus, ante, mauris lorem nibh eget, ac proin nonummy ullamcorper amet donec praesent turpis nisi aliquet turpis. Nisi et elit erat ante molestie feugiat ante mauris lorem laoreet id pulvinar massa tellus feugiat lobortis eget et elit. Sed massa tellus sit ut non dolor lobortis eget, dolor nunc tellus sit nisi non, pharetra donec praesent nonummy donec. Proin mauris sed consectetur, magna diam amet donec aliquet amet dolore sem consectetur, magna diam elit tempus ante mauris tempus. Ante eget sed nibh, eget sed id, lorem nibh, eget lorem laoreet eget sed laoreet id ipsum massa, molestie dolor. Congue ullamcorper amet dolore aliquet sit nisi sem consectetur congue ullamcorper nonummy donec turpis nisi, proin at ac et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin consectetur ac et felis ipsum. Massa lorem, lobortis volutpat dolor nunc euismod. Sit aliquam et eget sed massa molestie. Pharetra congue diam nonummy, erat, mi mauris. Feugiat lobortis volutpat dolor laoreet ipsum nunc. Tellus pharetra congue diam nonummy aliquam proin. At ac et elit sed laoreet id. Ipsum massa mauris ac proin elit sed. Laoreet id massa molestie sit ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut non pharetra ut non pharetra, congue aliquet turpis. Nisi et sed, laoreet euismod ipsum massa molestie feugiat lobortis. Volutpat dolor nunc, euismod pulvinar nunc non pharetra magna diam. Adipiscing aliquam ante at lorem nibh eget laoreet euismod pulvinar. Lobortis, volutpat dolor tincidunt euismod, dolor nunc euismod pulvinar massa. Tellus feugiat nibh, volutpat dolor tincidunt euismod ipsum nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod pulvinar nunc tellus sit ut sem consectetur donec praesent felis tempus ante adipiscing lorem. Laoreet id ipsum felis feugiat massa molestie dolor tincidunt ullamcorper amet aliquam sem, consectetur magna diam. Nonummy erat ante, molestie sit lobortis ullamcorper amet donec praesent turpis tellus sit ut volutpat, dolor. Lobortis euismod dolor dolore tellus sit nisi non consectetur congue, ullamcorper amet dolore tellus turpis ut. Non pharetra magna ullamcorper amet proin at ac et elit ac diam nonummy dolore aliquet adipiscing. Aliquam proin mauris lorem nibh eget erat mi felis aliquam ante, eget dolor id ipsum massa. Tellus turpis congue non feugiat nibh elit erat et elit erat mi felis aliquam proin at. Ac et nonummy erat diam nonummy donec pulvinar nunc tellus feugiat lobortis molestie feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante, molestie, feugiat lobortis ullamcorper dolore tellus sit nunc non sit ut eget lorem et at ac diam nonummy donec ullamcorper, turpis, aliquam sem consectetur. Magna et felis tempus mi tellus sit ut, non pharetra ut non pharetra tincidunt, euismod pulvinar massa tellus feugiat massa mauris lorem, et elit ac et. Nonummy donec diam nonummy tincidunt euismod dolor laoreet id ipsum nunc tellus feugiat lobortis volutpat feugiat nibh eget erat laoreet felis erat mi adipiscing nisi sem. At erat mi felis tempus tellus pharetra ut non pharetra congue, ullamcorper sit nunc id feugiat lobortis volutpat feugiat lobortis eget erat et nonummy erat aliquet. Turpis, nisi at ac et elit erat mi felis aliquam proin adipiscing ac nibh elit, ac laoreet id ipsum mi at ac sem turpis nisi diam. Consectetur magna diam tempus ante mauris lorem et elit erat mi, id ipsum massa molestie lorem et at ac et nonummy donec praesent adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa mauris lorem ante at. Lorem et eget sed, mi, adipiscing. Tempus proin, mauris lorem nibh sed. Laoreet felis tempus praesent, felis tempus. Nibh eget ac et elit erat. Mi felis tempus, ante volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis erat mi adipiscing ac proin. Elit, sed tincidunt euismod pulvinar, ut. Sem nonummy donec praesent adipiscing aliquam. Proin at lorem et eget laoreet. Molestie sit congue ullamcorper pharetra, congue. Ullamcorper amet nisi sem consectetur magna. Diam elit tempus ante felis tempus. Proin adipiscing ac et eget sed. Id ipsum massa mauris, aliquam sem. Consectetur magna et elit erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna diam elit donec diam donec praesent adipiscing aliquam nibh eget erat et felis. Tempus ante at ac et elit ac et felis, ipsum massa molestie lorem nibh volutpat. Pulvinar, proin at ac et, elit erat laoreet felis tempus massa molestie feugiat lobortis volutpat. Dolor tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat dolor aliquet turpis nisi sem consectetur. Congue diam nonummy donec praesent turpis nisi proin, at, ac mi felis tempus mi adipiscing. Aliquam proin consectetur ac sem erat praesent adipiscing aliquam proin at lorem et elit ac. Diam nonummy donec mi felis aliquam proin at, magna et elit erat, ante molestie lorem. Euismod pulvinar nunc tellus sit nunc tellus pharetra congue ullamcorper nonummy aliquam ante mauris lorem. Nibh volutpat dolor nunc aliquet, consectetur, magna diam consectetur, congue ullamcorper pulvinar proin mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, id feugiat, ut non amet donec praesent adipiscing aliquam ante sed. Tincidunt euismod pulvinar nunc, tellus sit congue, non pharetra nunc tellus sit. Ut sem pharetra magna ullamcorper pharetra tincidunt volutpat dolor massa id tempus. Ante nonummy tempus ante, molestie lorem nibh mauris sed nibh eget, erat. Laoreet, id ipsum massa mauris lorem et elit ac et felis, erat. Mi lorem nibh eget sed laoreet id tempus ante, felis tempus nibh. Eget, sed laoreet euismod ipsum massa, molestie feugiat ut non, pharetra dolore. Aliquet, feugiat, congue ullamcorper amet nunc tellus sit ut, non consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam, et elit massa tellus feugiat ut. Sem nonummy dolore aliquet amet dolore tellus pulvinar nunc. Non pharetra donec praesent nonummy donec praesent sit ut. Tellus sit ut id ipsum massa molestie dolor tincidunt. Volutpat dolor laoreet id pulvinar nunc tellus dolor nibh. Volutpat dolor nunc, euismod tellus pharetra congue non pharetra. Praesent felis, tempus proin consectetur magna diam nonummy donec. Mi mauris lorem lobortis eget sed, laoreet, id pulvinar. Massa molestie feugiat lobortis ullamcorper amet praesent adipiscing aliquam. Aliquet, sit nisi sem, consectetur magna ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy erat mi aliquam praesent mauris lorem et elit ac mi felis erat mi felis tempus ante eget sed laoreet id ipsum massa. Tellus sit magna diam nonummy proin at, ac, proin at magna diam nonummy, dolore praesent turpis dolore, aliquet turpis nisi, sem elit erat, mi. Mauris feugiat nibh eget sed laoreet, turpis nisi, sem consectetur ac et nonummy donec aliquet turpis dolore aliquet consectetur nisi, sem consectetur congue ullamcorper. Amet nunc aliquet sit ut non pharetra congue non donec praesent adipiscing aliquam proin at, magna et, nonummy erat ante felis aliquam proin consectetur. Ac et elit tempus praesent felis lorem proin sed nibh eget ipsum massa molestie sit ut non dolor tincidunt euismod pulvinar nunc euismod pulvinar. Lobortis non pharetra magna, diam nonummy donec praesent adipiscing aliquam sem, sed massa molestie, sit ut non pharetra tincidunt euismod pulvinar nunc tellus feugiat. Massa, volutpat dolor congue euismod sed nibh elit donec mi felis tempus ante eget tincidunt ullamcorper pulvinar dolore tellus sit ut non amet, dolore. Ullamcorper amet dolore aliquet sit ut tellus sit, tincidunt adipiscing donec praesent turpis nisi sem pharetra congue non pharetra tincidunt euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi adipiscing tempus lobortis volutpat pulvinar dolore aliquet turpis aliquam proin at donec diam adipiscing donec, proin adipiscing lorem et at ac id ipsum massa volutpat feugiat. Lobortis ullamcorper pulvinar nunc tellus sit ut non pharetra congue non amet dolore praesent adipiscing ac proin elit sed laoreet, turpis magna et, elit erat massa felis aliquam. Proin, at lorem et nonummy donec mi, felis, ipsum ante molestie lorem et elit erat mi id tempus ante dolor tincidunt euismod pulvinar tincidunt tellus turpis nisi sem. Pharetra magna diam nonummy donec praesent turpis nisi sem consectetur congue non pharetra congue adipiscing aliquam et elit, erat mi id tempus ante felis lorem, nibh eget dolor. Tincidunt euismod ipsum nunc tellus feugiat ut, volutpat feugiat nibh eget sed laoreet feugiat massa molestie, dolor tincidunt ullamcorper amet dolore, sem mauris ac et elit erat mi. Felis tempus ante molestie feugiat laoreet ullamcorper turpis nisi aliquet turpis nisi, felis ipsum massa molestie dolor nibh, eget dolor tincidunt tellus sit ut non sit ut non. Pharetra congue ullamcorper, ac, et, at, erat laoreet, felis ipsum massa, volutpat dolor tincidunt ullamcorper nonummy aliquam proin adipiscing nisi sem consectetur magna diam adipiscing tempus ante mauris. Lorem lobortis amet dolore tellus sit ut non pharetra congue diam adipiscing donec, praesent ipsum dolore aliquet sit ut non pharetra congue ullamcorper amet nunc tellus sit nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at erat mi adipiscing aliquam. Proin mauris feugiat lobortis eget mi. Id feugiat lobortis non pharetra tincidunt. Euismod pulvinar dolore, aliquet adipiscing ac. Nibh id, ipsum laoreet id, ipsum. Lobortis volutpat pharetra tincidunt, volutpat dolor. Nunc elit, erat laoreet id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet dolore aliquet turpis nisi sem, consectetur ac id ipsum. Ante, molestie lorem nibh volutpat dolor tincidunt tellus sit nunc non pharetra. Magna diam adipiscing, aliquam ante mauris lorem laoreet euismod pulvinar, ut non. Erat mi felis tempus massa molestie feugiat ante eget sed laoreet id. Pulvinar massa tellus lorem nibh mauris lorem et nonummy donec praesent nonummy. Donec at ac et elit erat mi felis tempus ante mauris feugiat. Lobortis volutpat dolor tincidunt, id ipsum ante felis lorem lobortis eget sed. Aliquet adipiscing, aliquam et, at, sed laoreet felis ipsum, lobortis non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem consectetur, lorem et pulvinar nunc non consectetur ac praesent felis tempus, ante molestie feugiat nibh eget sed laoreet euismod ipsum massa volutpat dolor tincidunt euismod amet. Dolore, at ac et elit erat praesent adipiscing, aliquam, ante at aliquam et elit erat mi nonummy donec praesent adipiscing aliquam proin at ac diam elit ante mauris. Lorem ut ullamcorper nonummy donec praesent adipiscing, ac et elit erat et felis erat mi felis tempus nibh eget sed mi felis erat, mi felis nibh mauris lorem. Nibh id ipsum massa molestie ipsum, massa volutpat, pharetra lobortis volutpat, dolor laoreet id ipsum lobortis molestie feugiat nibh, mauris sed aliquet sit nisi sem consectetur, magna diam. Amet dolore ullamcorper amet nisi aliquet consectetur nisi diam nonummy donec aliquet amet nunc tellus pulvinar ut non pharetra diam amet nunc, tellus pulvinar ut sem at magna. Et elit, erat ante molestie lorem nibh elit ac mi felis tempus mi mauris lorem nibh mauris ac elit erat laoreet id, sit lobortis volutpat pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc euismod pulvinar lobortis volutpat pharetra congue diam adipiscing aliquam proin adipiscing aliquam sem, consectetur congue diam nonummy donec. Proin at sem consectetur nisi, non amet congue euismod pulvinar nunc euismod pulvinar, nunc, tellus sit congue diam nonummy donec. Aliquet turpis nisi sem consectetur magna ullamcorper, donec praesent adipiscing aliquam proin elit, erat mi felis tempus ante mauris tempus. Nibh eget sed nibh id sed massa molestie ipsum massa mauris lorem nibh at et felis erat praesent turpis dolore. Aliquet consectetur magna, sem nonummy donec diam nonummy aliquam praesent adipiscing aliquam proin consectetur, magna praesent adipiscing, lobortis non pharetra. Congue ullamcorper amet, dolore, aliquet sit lobortis volutpat, feugiat, lobortis, volutpat sed nibh eget sed, ante molestie feugiat lobortis eget. Dolor tincidunt euismod pulvinar tellus feugiat massa molestie feugiat lobortis volutpat sed tincidunt id pulvinar ante mauris tempus ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat ut volutpat amet dolore aliquet turpis nisi proin elit sed laoreet id ipsum massa volutpat dolor tincidunt euismod pulvinar dolore. Sit nisi proin elit erat praesent adipiscing aliquam proin, adipiscing ac et elit ac et elit tempus ante felis tempus ante mauris lorem. Et elit mi adipiscing tempus proin at sed laoreet euismod ipsum nunc tellus turpis ut, non pharetra congue euismod dolor, laoreet euismod ipsum. Ante molestie sit lobortis, volutpat tincidunt euismod pulvinar nunc tellus sit ut ullamcorper pharetra congue aliquet amet dolore aliquet consectetur, erat laoreet felis. Tempus massa mauris feugiat nibh mauris nibh eget erat mi felis, tempus ante eget lorem nibh eget sed, laoreet id tempus ante molestie. Feugiat nibh eget erat laoreet felis tempus ante felis tempus eget sed laoreet euismod pulvinar nunc tellus sit lobortis molestie feugiat lobortis volutpat. Ipsum massa molestie ipsum ante mauris, lorem nibh volutpat pulvinar nunc euismod sit, non consectetur donec praesent adipiscing aliquam proin at aliquam proin. Consectetur, magna, ullamcorper elit erat aliquet, turpis dolore aliquet, sit non dolor lobortis euismod, pulvinar nunc tellus sit ut tellus pharetra congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis magna diam nonummy dolore ullamcorper amet nunc aliquet, turpis ut sem consectetur donec praesent felis tempus ante mauris lorem laoreet id sed molestie tempus massa molestie. Feugiat tincidunt ullamcorper amet dolore aliquet turpis nisi diam nonummy donec praesent adipiscing aliquam, praesent adipiscing aliquam proin consectetur congue diam aliquam proin adipiscing aliquam proin at magna et. Elit tempus massa molestie pharetra congue diam nonummy donec praesent adipiscing aliquam sem consectetur donec adipiscing donec proin at ac nibh elit erat mi id ipsum lobortis volutpat dolor. Congue ullamcorper, nonummy aliquam proin, adipiscing aliquam sem pharetra congue, diam nonummy dolore at ac, et eget, ipsum, massa molestie feugiat, ut non pharetra congue euismod pulvinar nunc euismod. Pulvinar nisi sem consectetur magna diam nonummy donec aliquet turpis nisi pharetra magna diam nonummy erat ante mauris feugiat lobortis volutpat pulvinar nunc euismod pulvinar massa molestie feugiat nibh. Mauris amet, praesent adipiscing nisi, non, consectetur magna et elit ipsum ante felis tempus et at ac mi elit donec mi felis, tempus nibh mauris lorem nibh id ipsum. Molestie sit congue ullamcorper nonummy donec, praesent at aliquam proin consectetur magna sem nonummy, donec praesent adipiscing donec aliquet sit nunc non sit congue ullamcorper nonummy proin, at lorem. Nibh eget sed, mi, felis erat mi, felis tempus ante eget lorem, et, elit erat praesent nonummy aliquam, ante at lorem nibh eget ipsum molestie sit lobortis volutpat dolor. Congue aliquet turpis aliquam proin, consectetur, magna diam nonummy donec, praesent adipiscing aliquam, praesent, adipiscing aliquam et nonummy magna diam nonummy donec, at ac nibh volutpat dolor massa felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat tincidunt nonummy donec aliquet turpis ut. Non pharetra, magna diam nonummy congue ullamcorper. Turpis dolore aliquet sit ut ullamcorper amet. Dolore aliquet turpis aliquam proin at mi. Felis tempus, ante molestie lorem ante mauris. Lorem nibh eget amet lorem congue ante. Diam tellus, elit amet lorem tincidunt praesent. Mauris pharetra sed donec lobortis praesent non. Elit, turpis, dolor aliquam lobortis, diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis et sem mauris amet feugiat massa tellus sit ut non pharetra dolore ullamcorper amet dolore, aliquet pharetra congue non. Pharetra dolore euismod pulvinar tincidunt euismod ipsum massa tellus feugiat lobortis dolor tincidunt tellus, sit, nisi sem consectetur magna, ullamcorper. Amet dolore aliquet turpis nisi sem turpis nisi diam consectetur magna aliquet turpis nisi aliquet, turpis sem nonummy donec praesent. Adipiscing aliquam proin at sed nibh eget erat mi id sit ut non dolor tincidunt euismod pulvinar nunc tellus ut. Non nonummy magna diam nonummy tempus ante mauris lorem laoreet euismod amet dolore aliquet pharetra ut non dolor tincidunt volutpat. Dolor, tincidunt id ipsum ante molestie nibh eget sed nibh elit erat, mi felis donec praesent adipiscing ac et at. Magna diam nonummy donec aliquet turpis nisi aliquet turpis nisi sem nonummy magna pulvinar dolore aliquet turpis nisi, proin nonummy. Donec, praesent adipiscing tempus, lobortis volutpat pharetra, congue aliquet turpis nisi sem consectetur nisi felis tempus massa mauris lorem, nibh. Eget dolor, nunc tellus sit ut non pharetra congue diam nonummy dolore aliquet amet nisi sem turpis nisi sem consectetur. Donec mauris feugiat lobortis volutpat sed laoreet id sed nunc non pharetra congue diam, nonummy aliquam proin adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut non pharetra congue euismod dolor nunc tellus sit nunc molestie sit ut, volutpat pharetra congue. Ullamcorper adipiscing nibh eget erat laoreet id ipsum lobortis, volutpat feugiat lobortis eget lorem diam nonummy magna. Praesent adipiscing aliquam proin mauris lorem nibh id ipsum molestie feugiat lobortis volutpat pharetra congue ullamcorper amet. Nunc aliquet, turpis nisi, diam nonummy magna diam adipiscing aliquam praesent adipiscing aliquam sem consectetur ac et. Nonummy praesent mauris lorem et at erat laoreet, id tempus ante molestie feugiat lobortis, volutpat pulvinar nunc. Aliquet, turpis aliquam proin consectetur magna diam nonummy ante mauris, lorem lobortis eget erat mi elit, tempus. Ante mauris feugiat, tincidunt euismod pulvinar dolore praesent turpis nisi diam consectetur magna praesent nonummy aliquam proin. At lobortis volutpat pulvinar dolore tellus sit ut non, consectetur magna diam, adipiscing aliquam ante eget pulvinar. Dolore praesent at sed, tincidunt aliquet turpis nisi proin elit massa id turpis ut sem nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem magna et eget, sed congue praesent adipiscing aliquam proin at ac diam amet dolore ullamcorper amet, dolore sem consectetur, ac et elit erat. Mi lorem lobortis volutpat sed tincidunt id pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt volutpat pulvinar massa tellus sit nisi sem consectetur, magna. Diam adipiscing sem consectetur, lorem nibh eget sed laoreet molestie sit ut, ullamcorper pharetra, tincidunt, ullamcorper amet dolore aliquet turpis nisi sem, nonummy magna. Praesent, turpis nisi, at lorem laoreet id ipsum nunc tellus sit ut ullamcorper amet dolore aliquet turpis dolore aliquet turpis ut non pharetra congue. Aliquet adipiscing aliquam proin sed tincidunt euismod pulvinar massa molestie feugiat, lobortis ullamcorper amet donec praesent adipiscing aliquam sem consectetur magna diam nonummy dolore. Praesent adipiscing nisi sem at ac et donec diam adipiscing aliquam praesent adipiscing ac et elit erat et adipiscing aliquam ante mauris lorem nibh. Eget, dolor tincidunt id ipsum ante mauris tincidunt ullamcorper pulvinar, nunc euismod pulvinar nunc molestie feugiat, nibh eget sed laoreet eget erat mi felis. Ipsum ante mauris lorem et at ac et elit tempus adipiscing, aliquam ante adipiscing aliquam diam consectetur magna diam nonummy donec aliquet adipiscing, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat mi adipiscing tempus nibh eget sed tincidunt euismod pulvinar nunc tellus, feugiat lobortis volutpat sed laoreet id ipsum massa molestie feugiat volutpat dolor nibh eget erat mi felis. Tempus mi felis, aliquam ante at, magna diam consectetur congue ullamcorper, pharetra congue aliquet turpis nisi, sem pharetra ullamcorper nonummy donec aliquet turpis dolore sem at ac mi id ipsum. Nunc non pharetra magna diam nonummy dolore aliquet turpis nisi sem consectetur magna, diam elit praesent, adipiscing, ac nibh euismod pulvinar nunc tellus sit ut non pharetra congue euismod pulvinar. Nunc, tellus turpis nisi proin elit ac et aliquam ante, mauris lorem nibh volutpat pulvinar nunc aliquet sit nunc non pharetra congue diam nonummy dolore aliquet sit, ut sem consectetur. Magna diam amet dolore aliquet nunc, molestie sit ut, sem consectetur donec praesent adipiscing nisi sem consectetur ac diam nonummy donec diam amet nunc euismod pulvinar nunc molestie ipsum ante. At, ac eget dolor massa molestie ipsum lobortis volutpat dolor congue ullamcorper, nonummy dolore aliquet pulvinar nunc tellus feugiat nibh eget sed id sed laoreet, felis aliquam ante at lorem. Nibh eget dolor laoreet id ipsum, massa mauris dolor tincidunt volutpat sed tincidunt id ipsum nunc molestie, feugiat lobortis dolor tincidunt euismod amet nunc tellus, sit ut non, feugiat nibh. Eget sed tincidunt, euismod sit massa mauris tempus ante at ac proin consectetur donec, praesent adipiscing proin mauris lorem nibh eget erat, et elit erat mi felis lorem, nibh eget. Sed laoreet eget ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar tellus sit ut non dolor tincidunt aliquet turpis aliquam sem at ac et felis erat mi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed massa molestie, feugiat congue non pharetra congue aliquet amet. Dolore aliquet turpis ut non consectetur ullamcorper amet, nunc euismod sit ut. Non pharetra congue non pharetra congue ullamcorper, amet nisi proin at erat. Mi felis tempus ante mauris lorem volutpat dolor laoreet tellus pulvinar nunc. Non pharetra magna diam nonummy donec aliquet turpis nisi sem consectetur ac. Diam elit erat mi felis tempus nibh eget nibh elit, donec mi. Mauris feugiat, lobortis non dolor nibh eget erat mi, felis tempus ante. Mauris ac et eget erat laoreet id tempus felis lorem lobortis, euismod. Pulvinar dolore aliquet turpis aliquam, et nonummy magna praesent nonummy dolore euismod. Amet dolore aliquet turpis nisi sem amet dolore aliquet adipiscing proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis aliquam ante mauris lorem nibh id ipsum massa molestie feugiat mauris lorem lobortis eget sed. Laoreet euismod pulvinar nunc tellus dolor lobortis volutpat sed, laoreet id ipsum massa molestie feugiat lobortis volutpat dolor. Laoreet id sed id feugiat lobortis volutpat dolor, tincidunt euismod dolor nunc tellus, sit nisi sem consectetur donec. Praesent felis aliquam, praesent turpis, aliquam et at magna felis erat mi felis lorem nibh volutpat pulvinar nunc. Euismod pulvinar nunc tellus sit ut ullamcorper amet aliquam praesent turpis nisi non, pharetra congue amet congue ullamcorper. Amet nisi sem consectetur ac et felis erat mi, felis lorem nibh at ac, et eget sed laoreet. Id, feugiat lobortis volutpat, dolor euismod amet nunc aliquet turpis nisi non pharetra donec aliquet amet nunc tellus. Turpis nisi sem consectetur magna diam amet dolore aliquet turpis nunc tellus sit lobortis lorem nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris tempus proin mauris lorem. Nibh eget sed ante feugiat nibh. Volutpat dolor tincidunt, ullamcorper amet dolore. Sem at magna et, felis tempus. Ante, molestie feugiat lobortis volutpat pulvinar. Nunc tellus sit ut, tellus lobortis. Volutpat pharetra, congue ullamcorper turpis, nunc. Non at ac et felis tempus. Ante volutpat dolor tincidunt volutpat, dolor. Laoreet, euismod pulvinar ut sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut non pharetra magna ullamcorper nonummy donec, praesent adipiscing nisi aliquet turpis ut non pharetra eget sed tincidunt euismod pulvinar massa, molestie lorem nibh. Volutpat dolor tincidunt id pulvinar nunc tellus consectetur ut non pharetra tincidunt euismod dolor laoreet tempus ante mauris aliquam proin at ac sem consectetur magna ullamcorper. Amet donec proin at ac, et elit sed laoreet molestie feugiat lobortis volutpat dolor tincidunt ullamcorper tincidunt tellus sit ut, non consectetur congue, diam nonummy donec. Praesent at lorem et elit erat laoreet, id feugiat lobortis molestie lorem nibh erat mi elit erat mi felis donec praesent adipiscing aliquam diam nonummy, donec. Mi id ipsum massa molestie, dolor, tincidunt euismod amet dolore sem at ac et, donec mi felis lorem nibh mauris ac nibh id pulvinar nunc non. Consectetur magna diam nonummy donec aliquet turpis nisi aliquet sit ut volutpat feugiat lobortis volutpat laoreet id sit ut non, pharetra ut volutpat dolor, tincidunt euismod. Sit ut non consectetur, magna diam elit erat, adipiscing tempus et at erat et elit erat mi adipiscing donec praesent adipiscing aliquam, diam nonummy, donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at ac diam elit tempus massa volutpat feugiat tincidunt euismod amet nunc tellus, sit ut non pharetra congue non congue. Aliquet, turpis aliquam proin at ac mi elit erat praesent adipiscing nisi tellus sit ut sem consectetur magna diam amet dolore tellus. Pulvinar non, pharetra congue non pharetra tincidunt euismod pulvinar massa id feugiat lobortis molestie dolor tincidunt euismod amet nisi sem consectetur magna. Sem consectetur magna, praesent felis lorem eget sed laoreet euismod ipsum laoreet id feugiat massa volutpat feugiat, tincidunt euismod dolor tincidunt euismod. Pulvinar nunc molestie feugiat lobortis eget lorem eget sed mi felis tempus proin, at aliquam et eget erat mi elit tempus ante. Mauris, feugiat nibh volutpat, pulvinar dolore tellus turpis nisi sem sit congue, nonummy donec, praesent turpis nisi sem at ac diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh at ac et donec praesent adipiscing tempus proin at aliquam sem consectetur magna praesent nonummy aliquam proin at ac nibh eget sed mi felis, erat ante adipiscing. Tempus consectetur ac et, eget erat praesent nonummy aliquam ante mauris ac et elit erat, mi felis tempus lobortis volutpat feugiat lobortis euismod dolor tincidunt euismod ante, molestie feugiat. Nibh eget dolor tincidunt euismod, pulvinar nunc non pharetra magna ullamcorper nonummy donec praesent adipiscing nisi aliquet, turpis nisi sem congue aliquet turpis aliquam, sem at magna sem consectetur. Donec praesent adipiscing donec, proin mauris dolor laoreet id ipsum massa tellus, turpis ut non pharetra congue euismod laoreet id pulvinar nunc molestie feugiat lobortis volutpat dolor, laoreet eget. Ipsum massa molestie feugiat massa molestie lorem nibh elit erat mi felis ipsum mi mauris feugiat eget dolor laoreet id pulvinar ut sem consectetur ut ullamcorper amet dolore, praesent. Adipiscing lorem laoreet id, ipsum nunc molestie sit ut non donec praesent felis aliquam proin at lorem laoreet eget ipsum laoreet felis lorem, nibh volutpat, sed laoreet eget sed. Laoreet felis tempus massa molestie, feugiat nibh eget tincidunt tellus sit ut non pharetra ut euismod pulvinar nunc aliquet, turpis nisi proin, at erat et felis tempus massa molestie. Pharetra congue euismod pulvinar dolore aliquet ut non pharetra congue ullamcorper amet donec proin at ac et elit ac praesent adipiscing donec praesent adipiscing pharetra magna diam adipiscing tempus. Nibh volutpat pharetra congue, adipiscing ac proin eget sed laoreet molestie feugiat lobortis molestie feugiat lobortis volutpat pulvinar tincidunt aliquet turpis, nisi diam nonummy erat praesent adipiscing tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac et at sed laoreet molestie sit ut volutpat dolor volutpat pulvinar nunc tellus sit nisi sem consectetur magna, ullamcorper pharetra congue ullamcorper amet aliquam. Proin elit sed mi felis erat mi adipiscing aliquam sem magna et elit tempus mi felis tempus ante at, ac nibh eget, erat mi adipiscing tempus. Proin mauris dolor tincidunt euismod pulvinar nunc tellus sit diam nonummy donec, diam nonummy dolore tellus sit ut sem pharetra congue ullamcorper amet dolore ullamcorper pulvinar. Nunc, aliquet at magna diam nonummy aliquet turpis nunc tellus turpis, nisi sem, nonummy erat, mi felis tempus ante at lorem, laoreet id ipsum massa molestie. Feugiat, lobortis non pharetra congue aliquet turpis ante, at sed et elit donec diam amet nunc euismod pulvinar massa id ipsum nibh eget sed tincidunt, ullamcorper. Pulvinar nunc, tellus sit ut volutpat lorem nibh dolor nunc tellus sit nisi sem nonummy magna ullamcorper nonummy donec praesent adipiscing aliquam proin consectetur ac et. Felis tempus ante mauris aliquam volutpat pulvinar nunc tellus pulvinar nunc molestie dolor lobortis volutpat sed tincidunt, id ipsum laoreet id ipsum lobortis molestie lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, massa mauris feugiat lobortis volutpat sed tincidunt id ipsum ante, molestie feugiat nibh eget dolor tincidunt tellus aliquam et elit sed laoreet. Felis, ipsum ut non pharetra congue euismod amet nunc tellus, pulvinar massa mauris lorem lobortis volutpat dolor tincidunt euismod aliquam proin elit ac. Diam elit erat proin adipiscing aliquam sem, consectetur nisi sem nonummy erat, mi felis lorem lobortis volutpat dolor, tincidunt euismod ipsum massa id. Ut ullamcorper amet dolore aliquet adipiscing dolore aliquet turpis magna diam nonummy donec praesent adipiscing nisi, sem mauris, ac et nonummy donec diam. Aliquam nibh volutpat dolor congue ullamcorper amet dolore sem consectetur magna diam nonummy donec praesent adipiscing aliquam proin at ac nibh id sed. Massa tellus sit ut felis tempus proin adipiscing aliquam et elit erat mi elit tempus lobortis molestie feugiat lobortis volutpat dolor laoreet euismod. Pulvinar nunc molestie lorem nibh eget lorem et erat laoreet felis aliquam proin at ac proin at ac mi felis tempus ante felis. Tempus ante mauris sed nibh ipsum nunc non pharetra congue ullamcorper, nonummy donec praesent adipiscing aliquam sem, at magna sem, nonummy, donec praesent. Felis aliquam proin at magna diam consectetur donec praesent donec praesent adipiscing nisi sem, consectetur magna et nonummy donec ullamcorper amet nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut sem consectetur donec mi mauris lorem lobortis non amet dolore aliquet turpis nisi sem consectetur congue ullamcorper nonummy donec aliquet nisi proin, at ac et. Felis pulvinar nunc molestie feugiat ut non dolor congue euismod pulvinar massa molestie sit ut volutpat dolor lobortis eget sed tellus turpis nisi sem pharetra congue euismod. Pulvinar nunc, tellus sit nisi sem consectetur magna, ullamcorper amet dolore aliquet, amet aliquam sem consectetur ac et elit donec adipiscing aliquam proin consectetur, magna diam consectetur. Magna praesent adipiscing, aliquam proin adipiscing aliquam sem consectetur congue volutpat feugiat, laoreet eget ipsum massa feugiat lobortis molestie, dolor, tincidunt ullamcorper turpis, nisi ante mauris sed. Laoreet euismod, pulvinar nunc molestie ipsum massa mauris lorem, et at magna ullamcorper, amet dolore ullamcorper aliquam proin at, erat mi felis tempus, mi felis aliquam ante. At ac et elit, erat praesent adipiscing donec proin adipiscing ac, proin at magna non pharetra euismod pulvinar nunc euismod pulvinar nunc molestie lorem nibh mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit congue diam, elit aliquam ante mauris ac et, elit. Erat mi id, ipsum, ante mauris tempus, ante mauris lorem elit. Sed, nunc, non pharetra ut non amet congue euismod ipsum nunc. Molestie sit ut non pharetra dolore aliquet adipiscing tempus proin mauris. Lorem id ipsum massa id lorem ante eget sed, laoreet euismod. Amet, dolore aliquet, turpis ut non dolor tincidunt euismod dolor tincidunt. Id pulvinar nunc molestie, lorem nibh dolor nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit aliquam proin at ac et at ac et elit donec nonummy nisi sem at magna diam consectetur magna. Diam, nonummy donec aliquet turpis nisi proin consectetur congue ullamcorper amet dolore aliquet amet dolore aliquet consectetur diam elit donec. Praesent felis tempus ante eget sed tincidunt, euismod sit aliquam sem at erat et elit donec praesent adipiscing ac sem. At erat felis tempus massa mauris tempus ante consectetur magna non pharetra ut non pharetra congue ullamcorper amet nunc molestie. Feugiat lobortis non amet dolore felis tempus proin at ac diam nonummy donec praesent nonummy donec praesent, adipiscing aliquam proin. Elit ipsum nunc molestie feugiat massa mauris lorem et eget sed laoreet ipsum massa mauris feugiat tincidunt volutpat dolor tincidunt. Tellus sit nisi non consectetur magna ullamcorper nonummy donec aliquet adipiscing aliquam sem consectetur magna non amet dolore aliquet nisi. Sem consectetur magna diam, consectetur magna diam amet, dolore aliquet adipiscing aliquam sem, consectetur magna et elit erat ante ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum massa molestie feugiat tincidunt. Ullamcorper amet dolore, praesent ac nibh eget. Ipsum massa molestie sit ut ullamcorper elit. Erat ante felis tempus ante elit erat. Mi id ipsum nunc tellus feugiat lobortis. Non amet praesent, at ac, et, elit. Sed laoreet molestie feugiat ut, sem, nonummy. Erat, mi felis tempus nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra donec mi felis aliquam proin at, ac et elit sed laoreet id ipsum massa molestie dolor lobortis volutpat dolor nibh. Tempus, massa molestie feugiat nibh eget lorem nibh eget erat laoreet id feugiat, massa molestie lorem nibh elit erat et felis tempus. Ante molestie dolor volutpat pulvinar nunc euismod pulvinar ut tellus feugiat lobortis eget sed nibh elit erat, et felis ipsum, massa mauris. Lorem et elit erat mi felis erat mi donec aliquet sit nisi sem consectetur donec praesent adipiscing donec proin at ac, et. Elit sed massa molestie ipsum, massa mauris, tempus ante magna et elit donec ante mauris lorem nibh volutpat dolor laoreet eget erat. Mi, adipiscing donec praesent turpis nisi sem, turpis nisi sem consectetur magna ullamcorper turpis aliquet sit ut sem nonummy magna diam nonummy. Dolore, aliquet sit nisi proin elit erat mi elit donec mi adipiscing aliquam proin consectetur magna diam consectetur donec amet, nunc euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper pharetra dolore aliquet turpis nisi sem consectetur laoreet. Molestie sit ut sem consectetur magna diam amet donec sem turpis. Nisi non sit congue ullamcorper pharetra dolore ullamcorper amet dolore tellus. Sit ut non congue aliquet amet nisi, sem consectetur magna diam. Elit donec praesent, nonummy donec praesent at aliquam proin at erat. Mi felis aliquam ante at lorem ullamcorper turpis dolore tellus sit. Ut sem, consectetur magna diam adipiscing tempus, proin mauris lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus mauris dolor lobortis euismod ipsum, massa molestie feugiat lobortis molestie feugiat, lobortis euismod pulvinar dolore aliquet, turpis nisi. Diam, nonummy donec diam nonummy, donec adipiscing nisi non consectetur, erat mi, elit erat mi adipiscing aliquam proin mauris, erat. Mi id ipsum, massa, molestie feugiat lobortis volutpat sed laoreet id sed tincidunt ullamcorper, turpis dolore tellus sit nisi sem. Pharetra donec praesent felis tempus proin mauris ac nibh, eget erat mi felis tempus, proin, at, nibh elit, sed, mi. Felis erat mi at ac et consectetur nisi non pharetra, congue ullamcorper amet dolore aliquet consectetur ac, et elit erat. Laoreet ipsum lobortis volutpat feugiat nibh, id ipsum massa molestie feugiat ut non dolor congue euismod pulvinar nunc tellus pulvinar. Ut diam nonummy donec praesent, nonummy donec aliquet nisi proin at erat mi elit erat, mi felis tempus et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nunc non magna diam, nonummy donec praesent adipiscing aliquam et elit ac mi felis, tempus, mi at aliquam proin. At ac mi id pulvinar nunc molestie congue ullamcorper amet dolore proin at ac, et at magna, diam elit donec. Praesent at lorem, et elit ac mi id tempus mi mauris feugiat, euismod pulvinar nunc euismod pulvinar nunc tellus sit. Ut volutpat dolor congue ullamcorper pulvinar dolore aliquet turpis nisi sem consectetur congue euismod dolor nunc tellus sit, nunc sit. Ut non pharetra nunc aliquet pulvinar ut non sit congue ullamcorper amet dolore ullamcorper pulvinar massa id tempus, massa molestie. Lorem nibh sed laoreet euismod pulvinar nunc molestie feugiat nibh mauris sed, laoreet, eget ipsum massa molestie feugiat lobortis volutpat. Dolor tincidunt eget sed tincidunt id ipsum massa mauris tincidunt euismod, pulvinar nunc tellus pulvinar ut tellus sit ut non. Pharetra tincidunt id, pulvinar dolore aliquet, sit, nisi non consectetur dolore ullamcorper amet dolore aliquet consectetur sem pharetra congue diam. Nonummy aliquam proin at aliquam proin, at erat mi id ipsum lobortis, volutpat dolor congue aliquet nisi proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus, feugiat ut non, pharetra dolore praesent. Ac et eget ipsum massa molestie ipsum, lobortis. Volutpat pharetra congue ullamcorper nonummy dolore sem consectetur. Ac et elit magna diam nonummy dolore, aliquet. At, et eget ipsum nunc molestie, feugiat ut. Sem nonummy donec mi felis aliquam, proin consectetur. Magna diam eget erat mi felis tempus nibh. Eget sed euismod pulvinar nunc tellus feugiat ut. Volutpat dolor tincidunt euismod pulvinar nunc aliquet turpis. Nisi diam nonummy donec, praesent adipiscing tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et felis aliquam proin adipiscing aliquam, proin at ac et elit ipsum massa molestie feugiat. Nibh dolor tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper amet dolore praesent adipiscing nisi sem. Consectetur magna mi felis ipsum massa volutpat dolor tincidunt amet dolore aliquet sit ut non pharetra. Ut, non amet congue ullamcorper pulvinar nunc molestie feugiat, massa volutpat pharetra congue ullamcorper pulvinar nunc. Tellus sit ut, sem magna diam amet dolore aliquet sit ut non pharetra magna diam elit. Tempus proin at aliquam proin at ac et elit erat, ante tempus ante mauris lorem laoreet. Id pulvinar nunc tellus feugiat ut non, dolor tincidunt ullamcorper, amet nisi sem consectetur magna diam. Nonummy erat mi mauris feugiat nibh dolor nunc euismod pulvinar massa molestie pharetra ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, tellus feugiat lobortis molestie tincidunt euismod pulvinar, dolore tellus pulvinar ut non pharetra, congue ullamcorper amet donec aliquet adipiscing aliquam proin. At ac mi id ipsum massa molestie feugiat euismod pulvinar tincidunt tellus sit, ut tellus pharetra tincidunt euismod dolor tincidunt id, ipsum. Laoreet id ipsum massa molestie sed, laoreet euismod, pulvinar dolore aliquet nisi sem consectetur congue ullamcorper amet dolore tellus turpis nisi non. Pharetra magna diam, nonummy dolore tellus turpis nisi non pharetra congue ullamcorper congue aliquet turpis dolore aliquet sit lobortis volutpat dolor lobortis. Volutpat pulvinar, nunc aliquet, turpis magna diam consectetur donec mi adipiscing aliquam ante at lorem nibh elit nunc tellus sit lobortis volutpat. Dolor tincidunt euismod pulvinar, nunc, aliquet turpis ut, sem, consectetur magna, diam adipiscing donec praesent adipiscing nisi sem consectetur magna et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget sed mi id ipsum massa mauris lorem ante volutpat dolor tincidunt, pulvinar nunc molestie sit, ut. Ullamcorper, amet donec praesent adipiscing nisi proin turpis nisi non pharetra congue euismod pulvinar nunc euismod pulvinar nunc. Tellus, sit ut pharetra congue ullamcorper turpis dolore sem consectetur congue ullamcorper amet donec mi felis aliquam nibh. Eget dolor nunc, aliquet, turpis nisi sem consectetur magna ullamcorper donec proin adipiscing nisi sem consectetur magna diam. Nonummy donec praesent felis tempus ante, mauris ac et, felis erat mi mauris lorem lobortis, sed laoreet eget. Ipsum nunc molestie feugiat lobortis volutpat feugiat tincidunt euismod dolor tincidunt tellus feugiat lobortis volutpat feugiat nibh mauris. Lorem nibh eget sed laoreet, mauris proin at aliquam proin consectetur magna et nonummy erat praesent, adipiscing aliquam. Sem at ac et elit tempus ante molestie feugiat lobortis volutpat dolor nunc tellus sit sem consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem lobortis volutpat, pulvinar nunc, euismod pulvinar, lobortis feugiat nibh, eget, sed. Laoreet eget sed laoreet, felis ipsum nibh eget lorem et, elit, erat massa molestie. Feugiat lobortis volutpat pharetra congue ullamcorper pulvinar nunc sit ut non consectetur magna, ullamcorper. Amet donec praesent at aliquam, sem at magna diam nonummy donec praesent, adipiscing nisi. Proin elit erat mi erat praesent felis tempus ante at ac et nonummy, donec. Praesent felis tempus ante molestie feugiat laoreet euismod amet dolore tellus turpis magna sem. Congue, praesent adipiscing, lorem lobortis euismod pulvinar nunc tellus pulvinar nunc tellus pharetra congue. Ullamcorper, amet, donec praesent turpis aliquam proin at ac diam elit donec pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue ullamcorper amet dolore aliquet sit, ut sem at ac diam donec praesent adipiscing, aliquam nibh eget sed tincidunt tellus. Turpis ut non sit lobortis, euismod amet, dolore tellus sit nunc tellus feugiat ut volutpat pharetra congue amet nunc aliquet turpis magna. Diam nonummy donec mi felis aliquam proin consectetur magna diam consectetur magna praesent adipiscing tempus proin mauris lorem laoreet id massa molestie. Feugiat ut, non pharetra tincidunt volutpat dolor laoreet id pulvinar nunc molestie feugiat lobortis volutpat, dolor tincidunt euismod pulvinar massa molestie lobortis. Non dolor congue ullamcorper amet dolore aliquet turpis ut volutpat dolor tincidunt volutpat dolor tincidunt id ipsum massa molestie sit lobortis non. Amet congue ullamcorper pulvinar, non, pharetra, congue diam nonummy erat mi felis tempus proin at ac mi id, ipsum nunc tellus sit. Ut diam amet dolore, aliquet turpis, nisi sem pharetra, non amet dolore, aliquet turpis aliquam proin at ac diam consectetur, donec, praesent. Mauris feugiat lobortis eget sed tincidunt euismod laoreet id tempus massa mauris lorem nibh elit erat mi, felis tempus, mi mauris tempus. Nibh volutpat sed nibh elit eget erat mi adipiscing tempus ante molestie dolor congue euismod ipsum nunc aliquet sit ut volutpat, dolor. Congue praesent adipiscing tempus ante mauris, sed laoreet eget erat id ipsum massa volutpat, pharetra dolore aliquet amet nisi aliquet, turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus nibh volutpat sed laoreet euismod pulvinar nunc, tellus sit lobortis volutpat sed tincidunt ullamcorper amet dolore sem at ac mi, felis tempus molestie dolor tincidunt euismod pulvinar. Nunc tellus sit nisi sem consectetur, magna diam pharetra congue, ullamcorper pulvinar massa molestie, feugiat lobortis, volutpat, pharetra congue aliquet nisi sem, consectetur ac diam elit, donec diam amet. Nunc aliquet sit nunc tellus pharetra congue, non pharetra congue ullamcorper amet nunc molestie ipsum massa pharetra magna euismod pulvinar nunc euismod pulvinar massa mauris lorem ante, mauris lorem. Nibh id, pulvinar nunc, tellus feugiat massa molestie lorem nibh elit erat felis erat praesent adipiscing nisi sem consectetur magna diam nonummy congue ullamcorper amet dolore tellus turpis, aliquam. Proin consectetur magna ullamcorper pharetra congue ullamcorper amet nunc tellus ut non, consectetur donec diam nonummy dolore aliquet turpis nisi sem pharetra ut non dolor laoreet eget erat mi. Id, ipsum lobortis volutpat congue praesent adipiscing aliquam sem consectetur nisi non pharetra, congue ullamcorper pulvinar nunc tellus sit nunc non pharetra magna ullamcorper nonummy donec praesent, turpis nisi. Aliquet turpis sem amet, dolore ullamcorper turpis dolore aliquet, sit nisi sem pharetra congue euismod dolor tincidunt, euismod sit ut, molestie feugiat lobortis volutpat lorem nibh eget sed mi. Feugiat, lobortis volutpat dolor congue ullamcorper pulvinar tincidunt tellus pulvinar nunc, sem pharetra magna diam nonummy donec aliquet adipiscing nisi proin at erat et elit erat, aliquet nisi, sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna praesent adipiscing aliquam praesent adipiscing aliquam nonummy erat mi adipiscing donec praesent. Adipiscing aliquam et consectetur ac et felis tempus mi felis lorem nibh eget lorem. Nibh eget erat ante felis ante mauris lorem tincidunt euismod amet dolore aliquet consectetur. Congue et felis ipsum massa mauris feugiat nibh volutpat dolor tincidunt euismod pulvinar massa. Tellus feugiat volutpat dolor laoreet eget sed, mi felis, ipsum ante mauris lorem nibh. Volutpat sed tincidunt id ipsum massa molestie lorem nibh eget, lorem eget ipsum laoreet. Molestie feugiat ut non pharetra tincidunt euismod ipsum laoreet molestie, ipsum massa volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc tellus pharetra magna diam nonummy donec, aliquet adipiscing aliquam et at ac et elit. Erat ante mauris lorem tincidunt euismod amet tellus turpis nisi diam nonummy donec, mi felis aliquam proin. At ac nibh eget erat mi id tempus ante mauris, lorem lobortis euismod pulvinar nunc, consectetur ut. Non pharetra, congue diam nonummy donec praesent turpis nisi non pharetra congue non pharetra congue ullamcorper turpis. Nisi sem consectetur magna sem amet tincidunt pulvinar, dolore aliquet, consectetur ac nibh, eget sed tincidunt id. Pulvinar nisi sem consectetur, magna et elit erat ante adipiscing aliquam proin at magna elit donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non dolor dolore ullamcorper adipiscing lorem et elit erat et, elit tempus mauris feugiat lobortis volutpat dolor laoreet id ipsum nunc molestie, feugiat ut non, dolor tincidunt. Tellus sit, ut non sit ut non, pharetra dolore ullamcorper turpis proin, consectetur ac mi felis tempus massa molestie pharetra congue diam amet dolore, tellus sit ut. Proin elit, ac mi felis ipsum ante, mauris feugiat volutpat dolor, tincidunt tellus pulvinar, massa tellus sit, tincidunt euismod pulvinar tincidunt euismod pulvinar nunc tellus sit ut. Ullamcorper nonummy, aliquam proin adipiscing tincidunt euismod amet, dolore aliquet turpis, magna diam nonummy donec praesent adipiscing donec praesent sit ut non consectetur magna diam, nonummy dolore. Proin mauris feugiat lobortis eget tincidunt molestie sit lobortis non pharetra congue, ullamcorper nonummy donec proin at ac et nonummy erat laoreet id ipsum massa molestie feugiat. Tincidunt ullamcorper adipiscing nisi proin magna et elit erat mi felis tempus ante eget lorem nibh eget sed massa molestie ipsum ante at lorem nibh ipsum massa. Molestie sit ut non pharetra tincidunt euismod pulvinar dolore tellus sit nisi sem, consectetur magna ullamcorper nonummy donec proin at ac proin at magna nonummy donec praesent. Turpis nisi proin elit erat mi elit donec praesent adipiscing aliquam, proin adipiscing aliquam et eget sed massa tellus feugiat, congue ullamcorper, amet dolore, adipiscing ac, nibh. Volutpat pulvinar nunc euismod pulvinar nunc molestie sit, tincidunt ullamcorper adipiscing aliquam, proin turpis nunc tellus sit, lobortis non amet dolore aliquet turpis nisi at ac et. Consectetur magna, praesent mauris lorem ante mauris lorem et elit erat praesent nonummy donec praesent at ac proin at, ac et felis tempus ante feugiat tincidunt volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi sem consectetur magna ullamcorper dolore praesent at lorem laoreet id ipsum massa id ipsum ante molestie ac et, eget erat. Tincidunt euismod sit ut tellus sit ut euismod dolor euismod pulvinar nunc tellus feugiat ut non pharetra tincidunt id pulvinar dolore tellus. Sit nisi sem consectetur congue diam, amet nisi sem turpis ut non magna ullamcorper pharetra tincidunt id ipsum massa id feugiat lobortis. Volutpat dolor tincidunt euismod pulvinar tincidunt id ipsum ante felis lorem ante, mauris, ac et elit laoreet molestie lorem lobortis volutpat dolor. Tincidunt aliquet pulvinar massa molestie ipsum lobortis molestie feugiat, nibh volutpat dolor nunc euismod pulvinar, nunc, tellus pharetra ante mauris tempus proin. At, lorem tincidunt id sed laoreet felis tempus proin mauris ac proin, consectetur magna mi felis, tempus ante mauris lorem lobortis volutpat. Dolor euismod pulvinar nunc non sit ut ullamcorper nonummy dolore aliquet adipiscing aliquam sem turpis nisi sem pharetra congue euismod dolor laoreet. Pulvinar nunc non pharetra magna, diam adipiscing donec, praesent adipiscing, aliquam, proin at magna ullamcorper dolor tincidunt ullamcorper pulvinar dolore tellus, sit. Ut non pharetra tincidunt volutpat tincidunt id ipsum massa, mauris tempus ante mauris sed laoreet eget sed laoreet molestie feugiat lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum massa molestie feugiat lobortis eget dolor tincidunt tellus, sit ut tellus sit lobortis non amet dolore aliquet adipiscing tellus sit ut non, pharetra congue ullamcorper amet. Dolore aliquet, sit ut non pharetra congue ullamcorper pharetra congue tellus ipsum, mi nonummy dolore aliquet dolore aliquet turpis nisi sem nonummy dolore aliquet, amet, nisi sem consectetur magna. Sem nonummy, erat, mi mauris tempus nibh eget lorem nibh eget sed laoreet felis congue ullamcorper amet donec praesent felis, lorem nibh mauris lorem et, elit erat praesent nonummy. Donec praesent adipiscing nisi sem consectetur magna diam aliquam proin at aliquam et at sed mi id ipsum ante felis tempus proin, consectetur magna, diam nonummy erat mi id. Feugiat, lobortis volutpat lorem, nibh at mi id ipsum, massa mauris feugiat lobortis euismod pulvinar tincidunt id ipsum massa felis tempus ante eget lorem nibh, eget, erat laoreet id. Ipsum ante mauris, ac, id ipsum massa molestie ipsum, ante mauris tempus ante mauris ac nibh id ipsum nunc tellus, sit congue ullamcorper amet aliquet adipiscing nisi non pharetra. Congue, ullamcorper nonummy dolore ullamcorper adipiscing aliquam proin consectetur magna et elit magna diam nonummy donec praesent at ac proin nonummy mi felis aliquam proin at aliquam sem consectetur. Nisi sem nonummy, donec mi felis, lorem ante mauris ac et nonummy donec, praesent, felis tempus ante mauris lorem eget sed laoreet id feugiat lobortis, volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi nonummy donec praesent adipiscing, tempus proin mauris ac et elit erat laoreet molestie sit ut. Ullamcorper nonummy erat ante mauris tempus, ante mauris sed euismod pulvinar nunc tellus feugiat lobortis eget sed. Nibh tellus turpis ut sem consectetur congue ullamcorper pharetra congue euismod, pulvinar tincidunt tellus sit ut non. Congue, ullamcorper nonummy donec praesent adipiscing magna et elit, donec mi felis tempus ante, at lorem et. At erat et elit, tempus ante felis, aliquam proin turpis nibh id pulvinar, nunc tellus sit ut. Non pharetra congue ullamcorper pulvinar nunc tellus, feugiat ut volutpat, feugiat tincidunt euismod dolor laoreet euismod massa. Mauris lorem nibh eget sed laoreet id ipsum nunc molestie, feugiat lobortis volutpat dolor tincidunt, euismod, amet. Dolore, tellus sit nisi sem nonummy, erat, mi felis proin at ac et elit erat laoreet, felis. Aliquam ante, eget sed laoreet, euismod pulvinar nunc aliquet turpis ut ullamcorper nonummy dolore praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat ante mauris lorem, nibh mauris lorem. Laoreet eget ipsum massa id feugiat mauris lorem. Nibh volutpat pulvinar nunc tellus pulvinar nunc mauris. Feugiat, lobortis euismod dolor dolore tellus pulvinar nunc. Molestie feugiat ut non sed nibh eget sed. Molestie sit lobortis sem nonummy, dolore aliquet turpis. Dolore aliquet sit nunc tellus pharetra congue ullamcorper. Pulvinar nunc id pulvinar massa molestie feugiat ante. At et at ac et elit tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, lorem, tincidunt, euismod sit nisi non pharetra congue, ullamcorper. Donec proin mauris ac et eget sed massa molestie feugiat. Ut sem nonummy donec praesent turpis nisi proin at, ac. Laoreet id sed mi felis ante at, ac nibh eget. Erat nunc, tellus, turpis, magna et nonummy erat mi felis. Lorem, lobortis euismod pulvinar, tincidunt euismod ipsum, laoreet mauris tempus. Mauris pharetra, congue ullamcorper turpis nisi sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam, ante eget dolor tincidunt, id ante mauris lorem, nibh eget lorem et elit, ac et nonummy donec praesent adipiscing aliquam. Nibh volutpat, dolor dolore aliquet at ac et elit erat felis aliquam ante mauris lorem laoreet eget ipsum massa molestie pharetra congue. Ullamcorper amet dolore aliquet turpis dolore aliquet sit ut non consectetur magna, diam donec praesent adipiscing nisi, diam nonummy magna ullamcorper amet. Dolore praesent adipiscing aliquam sem consectetur magna diam elit erat ante felis lorem, lobortis dolor tincidunt, id ipsum massa, molestie sit ut. Non amet, congue ullamcorper adipiscing nisi sem consectetur congue ullamcorper amet, dolore ullamcorper amet dolore aliquet, turpis magna sem magna praesent felis. Tempus lobortis volutpat dolor tincidunt euismod pulvinar nunc non pharetra magna diam, nonummy, donec praesent, felis tempus ante elit erat mi felis. Pulvinar nunc feugiat nibh eget sed nibh eget sed laoreet, molestie feugiat massa molestie feugiat lobortis euismod pulvinar dolore, proin elit erat. Id pulvinar ut sem consectetur magna diam adipiscing tempus nibh eget sed laoreet id sed massa molestie ipsum massa mauris lorem et. Elit sed mi, felis tempus volutpat dolor lobortis volutpat dolor tincidunt euismod, sit ut proin at ac diam adipiscing donec proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi euismod feugiat lobortis molestie feugiat nibh eget lorem, laoreet eget sed massa molestie feugiat nibh eget lorem et elit erat molestie, feugiat lobortis volutpat dolor. Lobortis eget dolor tincidunt euismod, ipsum nunc tellus sit congue ullamcorper nonummy donec praesent adipiscing lorem et elit, laoreet id tempus ante mauris ac nibh volutpat. Dolor tincidunt, tellus turpis nunc tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc, non sit congue non amet aliquet adipiscing ac proin at ac et. Nonummy erat, mi felis tempus proin at lorem nibh eget erat mi adipiscing donec aliquet turpis nisi at erat et elit erat mi felis ac et. Elit sed laoreet euismod pulvinar nunc molestie lorem nibh eget dolor tincidunt id sit ut non sit non pharetra congue aliquet turpis nisi aliquet, turpis magna. Diam elit tempus ante, felis lorem nibh, volutpat pulvinar tincidunt tellus pulvinar ut non sit, ut non amet proin, mauris ac et elit erat mi felis. Erat mi mauris tempus proin at ac et, nonummy donec diam, nonummy ante, eget lorem nibh id ipsum, massa, tellus turpis nisi volutpat dolor tincidunt volutpat. Pulvinar dolore sem consectetur magna sem nonummy, donec diam nonummy dolore aliquet sit, nibh elit erat et felis erat praesent, turpis dolore tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec mi felis tempus ante mauris sed laoreet euismod amet nunc molestie sit ut non, amet dolore praesent adipiscing. Tempus ante mauris tincidunt tellus, sit nisi non pharetra congue ullamcorper, pharetra tincidunt euismod ipsum massa id ipsum lobortis volutpat. Dolor congue euismod dolor tincidunt id feugiat massa aliquam, ante, at lorem laoreet id pulvinar massa molestie lorem, nibh eget. Sed tincidunt ullamcorper amet, dolore sem consectetur magna ullamcorper, amet dolore praesent adipiscing tempus volutpat dolor tincidunt euismod pulvinar, nunc. Non pharetra congue ullamcorper amet dolore aliquet turpis nisi proin elit ac et felis tempus massa molestie lorem ante nisi. Sem consectetur congue ullamcorper pulvinar nunc aliquet turpis aliquam et elit erat praesent, nonummy aliquam proin at ac proin consectetur. Magna, diam elit erat praesent tempus, ante mauris lorem et elit erat mi adipiscing donec praesent adipiscing aliquam proin, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet nunc aliquet consectetur magna diam nonummy magna diam nonummy aliquam proin at ac et elit, sed laoreet id, aliquam proin mauris lorem id, ipsum laoreet id. Feugiat lobortis volutpat feugiat tincidunt ullamcorper turpis dolore tellus, turpis nisi non pharetra congue ullamcorper amet dolore aliquet turpis nisi sem, congue diam amet dolore ullamcorper amet, dolore. Tellus turpis nisi sem consectetur magna diam nonummy donec praesent at ac et elit, erat mi felis aliquam proin at, nibh volutpat sed laoreet id feugiat lobortis molestie. Feugiat tincidunt euismod, pulvinar nunc tellus sit ut non sit lobortis non pharetra congue euismod, nunc, molestie feugiat lobortis molestie ac proin consectetur magna diam consectetur magna euismod. Pulvinar nisi sem at magna, diam elit donec praesent felis tempus ante mauris ac id ipsum nunc tellus, sit massa mauris lorem nibh eget, sed tincidunt euismod pulvinar. Nunc tellus, feugiat lobortis volutpat dolor nunc tellus sit ut tellus sit ut dolore sem turpis ut non pharetra pulvinar dolore sem consectetur magna diam consectetur, donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem et eget sed nonummy donec praesent adipiscing, dolore aliquet turpis ut sem consectetur congue ullamcorper pulvinar nunc sem consectetur magna diam, nonummy. Erat mi felis ipsum ante mauris proin at erat mi, id, ipsum massa mauris, lorem nibh eget dolor, nunc euismod pulvinar massa mauris feugiat. Lobortis volutpat sed nibh elit erat mi aliquam, praesent at ac proin elit erat laoreet felis erat ante felis tempus proin mauris ac nibh. Eget, erat mi felis lorem ante eget lorem nibh erat mi id tempus ante molestie feugiat lobortis volutpat dolor, tincidunt euismod pulvinar nunc molestie. Feugiat lobortis volutpat sed laoreet, id ipsum laoreet id proin at, ac et at ac laoreet molestie ipsum massa mauris, lorem nibh elit ac. Mi felis ipsum massa mauris lorem, ante mauris lorem laoreet id ipsum molestie feugiat massa molestie feugiat lobortis, volutpat sed massa id ipsum lobortis. Non consectetur congue ullamcorper amet dolore aliquet turpis nisi non consectetur magna diam nonummy praesent at aliquam proin at erat et elit donec mi. Adipiscing nisi sem at ac et nonummy magna ullamcorper amet eget pulvinar nunc tellus sit lobortis volutpat dolor, nibh eget pulvinar nunc tellus sit. Ut sem nonummy erat mi, adipiscing, tempus proin at magna diam consectetur magna, pharetra nunc tellus sit ut, sem at ac mi, elit tempus. Ante mauris lorem lobortis eget sed laoreet id ipsum nunc, tellus sit ut euismod pulvinar nunc sit massa tellus sit, ut, non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie turpis nisi, pharetra congue diam, nonummy aliquam sem consectetur nisi diam, nonummy donec mi felis donec praesent adipiscing aliquam proin, consectetur magna et, elit tempus, mi felis ante. Eget sed tincidunt tellus sit ut non consectetur magna ullamcorper amet dolore tellus sit nisi non consectetur, magna ullamcorper pharetra tincidunt euismod pulvinar dolore sit lobortis non dolor congue. Diam amet, donec proin mauris lorem et elit erat praesent adipiscing tempus ante mauris feugiat nibh id ipsum molestie sit nisi diam, elit, donec praesent adipiscing aliquam ante eget. Sed laoreet euismod ipsum laoreet id, feugiat lobortis volutpat dolor congue, euismod amet nunc aliquet turpis sem pharetra congue ullamcorper, turpis dolore aliquet sit ut non sit congue ullamcorper. Pharetra, tincidunt tellus sit ut proin, elit erat, massa molestie ipsum, massa mauris lorem elit sed mi elit tempus massa mauris lorem lobortis volutpat dolor laoreet eget sed laoreet. Felis ipsum ante mauris lorem nibh elit ac, diam turpis magna diam consectetur donec diam adipiscing aliquam proin consectetur ac diam, consectetur donec diam nonummy aliquam praesent adipiscing aliquam. Proin elit ac et elit donec praesent tempus ante elit sed laoreet elit tempus ante mauris tempus, ante at ac et elit magna diam nonummy dolore ullamcorper turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec aliquet turpis, dolore sem, consectetur magna diam consectetur, magna ullamcorper nonummy aliquam proin. At, et eget sed massa molestie sit congue non, pharetra congue aliquet adipiscing aliquam, sem. Consectetur, magna et nonummy donec diam adipiscing aliquam proin at proin at magna ullamcorper amet. Congue, ullamcorper, pulvinar dolore aliquet turpis, nisi sem nonummy donec aliquet adipiscing nisi aliquet turpis. Ut tellus, sit, congue non pharetra tincidunt pulvinar ut tellus sit ut non pharetra congue. Ullamcorper adipiscing aliquam sem consectetur magna diam consectetur magna diam nonummy dolore aliquet turpis ut. Pharetra congue volutpat dolor nibh id ipsum massa molestie ipsum massa at aliquam, proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna nonummy tempus lobortis volutpat dolor tincidunt tellus pulvinar massa tellus pharetra congue non. Pharetra congue, ullamcorper amet dolore tellus sit ut volutpat feugiat nibh ac et nonummy. Donec praesent nonummy aliquam praesent, adipiscing aliquam et elit erat, mi id ipsum massa. Molestie feugiat lobortis volutpat dolor laoreet id ipsum mauris lorem nibh volutpat dolor laoreet. Id sed ante felis tempus proin at ac proin elit ac et nonummy donec. Aliquet turpis aliquam sem consectetur, nisi sem tempus magna nibh tellus at dolor tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, mi tellus at pulvinar, feugiat magna tincidunt sem eget sed, tincidunt tellus, sit nisi, sem. Nonummy erat praesent felis aliquam proin at ac nibh eget sed laoreet felis ipsum ante lorem. Lobortis eget sed mi felis tempus ante tellus, sit, ut non pulvinar tincidunt euismod pulvinar, nunc. Molestie ipsum lobortis volutpat feugiat tincidunt volutpat ipsum molestie feugiat lobortis molestie feugiat nibh mauris ac. Nibh, id pulvinar nunc tellus feugiat lobortis eget dolor tincidunt euismod amet, nisi sem pharetra, et. Id feugiat lobortis volutpat feugiat tincidunt euismod pulvinar tincidunt tellus turpis ut non pharetra ut non. Dolor tincidunt tellus sit nunc tellus feugiat, lobortis molestie dolor volutpat dolor mi id sit lobortis. Non pharetra congue, ullamcorper nonummy dolore aliquet sit ut molestie feugiat ante mauris ac proin, at. Ac laoreet molestie ipsum massa pharetra congue euismod pulvinar tincidunt tellus pulvinar, nunc tellus, sit congue. Diam nonummy, donec aliquet adipiscing, aliquam proin consectetur ac felis aliquam proin mauris ac nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar tincidunt tellus sit nisi, pharetra ut volutpat pharetra congue, euismod pulvinar nunc molestie feugiat lobortis volutpat dolor lobortis. Volutpat pulvinar dolore tellus feugiat lobortis molestie dolor tincidunt volutpat dolor id pulvinar massa, mauris lorem, proin at ac et. Elit sed mi elit tempus mi adipiscing aliquam et, elit erat mi felis erat mi, adipiscing, proin at magna diam. Nonummy, erat, laoreet id tempus proin, adipiscing ac et elit erat mi felis ipsum massa molestie lorem ante, eget mi. Id tempus massa mauris lorem nibh eget sed et eget erat laoreet id ipsum ante mauris ac proin at magna. Diam elit erat mi adipiscing aliquam, at lorem, nibh eget sed mi felis tempus, ante mauris ac nibh eget sed. Laoreet id tempus ante mauris ac proin elit ac et, nonummy, donec, mi aliquam, proin mauris ac, nibh, eget erat. Mi felis tempus lobortis volutpat dolor tincidunt euismod pulvinar dolore ante mauris feugiat lobortis eget dolor tincidunt, id ipsum laoreet. Ipsum ut ullamcorper pharetra congue, ullamcorper, adipiscing dolore praesent adipiscing aliquam sem consectetur nisi sem consectetur magna diam nonummy donec. Non, amet donec, praesent at lorem et elit erat mi felis tempus ante at lorem nibh eget, dolor laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi adipiscing lorem nibh, volutpat sed tincidunt, euismod ipsum massa. Id tempus ante mauris lorem nibh elit mi elit erat praesent. Felis lorem ante mauris lorem, nibh eget donec mi felis donec. Proin at ac et eget erat mi felis erat mi aliquam. Sem at, sed tincidunt euismod pulvinar ut tellus sit ut non. Pharetra nunc euismod, sit nunc tellus, feugiat ut non amet, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra magna praesent felis tempus, ante mauris ac et, eget, ipsum nunc. Tellus pharetra ut ullamcorper donec aliquet turpis aliquam proin, at, magna diam consectetur magna diam. Amet dolore aliquet sit ut non, consectetur magna diam nonummy donec aliquet amet, non consectetur. Congue diam nonummy, donec praesent adipiscing aliquam ante elit sed laoreet, id ipsum massa molestie. Lorem lobortis volutpat dolor nunc tellus sit ut, tellus sit ullamcorper nonummy congue ullamcorper, pulvinar. Nunc aliquet turpis nisi sem consectetur magna diam, adipiscing, aliquam proin at ac nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat tincidunt ullamcorper amet massa tellus sit nisi, sem consectetur congue ullamcorper. Nonummy nisi aliquet sit sem nonummy donec diam nonummy donec aliquet adipiscing nisi proin. At, ac mi felis tempus ante felis tempus ante elit ac diam elit donec. Praesent, donec proin adipiscing, aliquam proin nonummy donec diam adipiscing donec aliquet, turpis nisi. Sem elit ac et nonummy dolore, aliquet turpis dolore aliquet sit nunc, molestie nibh. Mauris, lorem, nibh eget sed laoreet id ipsum, massa non amet, dolore aliquet adipiscing. Ac nibh volutpat dolor laoreet felis erat ante mauris, proin, at, lorem, laoreet euismod. Adipiscing aliquam, et eget sed laoreet id, tempus ante mauris lorem nibh volutpat pulvinar. Nunc tellus sit ut non pharetra magna nonummy dolore praesent turpis, nunc tellus sit. Ut non pharetra congue ullamcorper pulvinar massa id ipsum massa molestie lorem et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus sit ut euismod pulvinar nunc tellus turpis nisi, proin at erat et elit donec praesent at aliquam et sed mi. Id ipsum massa tellus dolor, lobortis, volutpat dolor tincidunt euismod pulvinar massa molestie, sit, ut non dolor tincidunt ullamcorper pulvinar dolore tellus. Ut sem nonummy donec praesent adipiscing aliquam sem turpis nisi, sem consectetur magna diam amet dolore aliquet turpis nisi non consectetur magna. Diam amet dolore aliquet turpis aliquet turpis ut non consectetur magna ullamcorper pulvinar dolore praesent at ac et nonummy erat mi felis. Ipsum massa mauris feugiat lobortis id laoreet felis, tempus massa mauris tempus proin consectetur magna diam consectetur donec diam nonummy donec proin. Adipiscing ac et, at ac diam nonummy donec, proin at ac sit nisi sem pharetra congue ullamcorper amet nunc euismod pulvinar massa. Molestie feugiat lobortis volutpat dolor tincidunt euismod, ipsum massa molestie ipsum ante at lorem nibh eget mi felis, erat mi adipiscing tempus. Ante, eget, sed laoreet tellus, turpis nisi diam nonummy erat laoreet molestie feugiat massa feugiat nibh eget erat mi elit tempus mi. Felis tempus proin consectetur nisi non pharetra congue ullamcorper pulvinar nunc tellus sit ut tellus feugiat, ut non tincidunt euismod amet dolore. Sem at erat mi felis ipsum ante volutpat dolor congue ullamcorper pulvinar nunc tellus pulvinar massa molestie feugiat lobortis volutpat sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa volutpat amet dolore, aliquet turpis nisi sem, consectetur magna sit ut ullamcorper amet dolore aliquet turpis ut, sem, consectetur congue ullamcorper amet congue. Ullamcorper, amet dolore sem consectetur magna et elit donec praesent adipiscing donec pulvinar massa molestie feugiat nibh eget sed nibh elit erat laoreet molestie feugiat. Massa volutpat pharetra tincidunt volutpat pulvinar dolore aliquet turpis ut non pharetra euismod pulvinar nunc aliquet turpis nisi proin consectetur donec praesent adipiscing aliquam proin. At ac et at ac diam elit erat mi adipiscing proin mauris lorem nibh eget erat mi felis tempus proin mauris, lorem nibh eget, sed. Laoreet, molestie ipsum, massa mauris feugiat lobortis euismod pulvinar nunc, id pulvinar molestie feugiat tincidunt eget sed, laoreet id sed nunc molestie tempus ante at. Ac, nibh elit erat mi felis erat mi felis tempus ante eget sed laoreet erat mi felis tempus praesent turpis aliquam proin consectetur donec diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam proin ut non, pharetra congue aliquet amet nunc aliquet sit ut tellus, sit congue ullamcorper nonummy donec praesent. Adipiscing aliquam et at erat, et nonummy dolore pulvinar nunc tellus feugiat, lobortis non dolor congue ullamcorper, amet donec praesent. Consectetur magna diam elit erat, mi felis tempus ante mauris lorem nibh eget mi, elit tempus ante adipiscing aliquam sem. Consectetur magna non pharetra congue ullamcorper pulvinar nunc tellus turpis, ut, non pharetra congue non dolor tincidunt, ipsum massa id. Feugiat ut, sem consectetur donec praesent felis feugiat lobortis eget, sed, tincidunt euismod pulvinar nunc tellus pharetra ut non pharetra. Dolore, aliquet, at et at erat laoreet molestie feugiat, ante, mauris lorem, ante eget dolor laoreet eget erat ante adipiscing. Tempus, ante eget dolor tincidunt ullamcorper pulvinar nunc tellus pharetra molestie feugiat lobortis euismod pulvinar nunc tellus, turpis ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, donec praesent adipiscing molestie sit lobortis volutpat dolor laoreet id, sed massa molestie. Sit ut non pharetra congue aliquet turpis aliquam proin consectetur magna, et elit erat. Mi, tempus ante, at, ac proin at ac mi nonummy erat mi at ac. Et elit erat mi id pulvinar ut non pharetra ut euismod pulvinar id pulvinar. Nunc tellus sit ut non pharetra dolore aliquet amet dolore sem turpis, nisi diam. Consectetur erat mi, adipiscing nisi proin mauris lorem et elit erat felis, ipsum lobortis. Volutpat pharetra congue aliquet at aliquam proin consectetur, magna diam nonummy donec aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec praesent adipiscing aliquam proin at ac et at, erat mi nonummy erat praesent felis ac proin elit sed tincidunt pulvinar nunc tellus feugiat lobortis. Eget sed, nibh, id pulvinar nunc molestie feugiat massa molestie, dolor, lobortis id pulvinar nunc, aliquet sit, ut feugiat tincidunt ullamcorper amet nunc tellus pulvinar nunc non. Consectetur donec diam adipiscing tempus proin adipiscing nisi sem consectetur, magna diam amet dolore aliquet turpis dolore tellus lobortis non consectetur congue ullamcorper nonummy aliquam praesent turpis. Ut non, sit congue ullamcorper pharetra tincidunt euismod pulvinar dolore aliquet, consectetur magna diam nonummy, euismod pulvinar nunc, tellus sit nisi sem consectetur congue ullamcorper pulvinar nunc. Aliquet sit ut tellus sit ut non pharetra congue, euismod amet nunc tellus sit felis aliquam proin at ac diam, elit donec praesent adipiscing aliquam ante mauris. Lorem nibh eget sed laoreet felis, ipsum, lobortis molestie dolor tincidunt euismod dolor tincidunt, pulvinar lobortis molestie, feugiat lobortis mauris lorem nibh elit sed massa molestie lorem. Nibh volutpat dolor, laoreet eget erat mi tempus ante felis ac et at ac diam nonummy donec praesent, adipiscing aliquam praesent adipiscing, magna diam nonummy magna diam. Nonummy donec aliquet turpis, nisi aliquet pharetra volutpat dolor lobortis eget sed laoreet id, pulvinar massa molestie lorem ante mauris lorem et elit erat mi adipiscing aliquam. Praesent at ac et at erat et donec praesent adipiscing aliquam proin consectetur magna non pharetra tincidunt euismod dolor, laoreet euismod ipsum laoreet id ipsum nibh mauris. Ac et at ac et elit erat adipiscing nisi sem turpis lobortis volutpat feugiat lobortis euismod dolor tincidunt euismod ipsum massa mauris lorem nibh eget sed nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec aliquet adipiscing aliquam sem at magna, diam, nonummy donec mi felis donec proin nisi diam nonummy donec mi felis tempus ante mauris lorem nibh eget. Sed mi id tempus ante molestie, feugiat, nibh volutpat dolor tincidunt tellus sit ut lorem ante mauris ac et eget erat praesent adipiscing tempus ante mauris. Lorem, lobortis volutpat dolor laoreet, elit donec praesent adipiscing tempus proin mauris dolor elit sed massa tellus, sit congue ullamcorper pharetra dolore aliquet turpis nisi sem. At ac mi felis tempus ante mauris tempus proin mauris laoreet id pulvinar massa tellus feugiat ut non pharetra congue ullamcorper pulvinar, nunc tellus pharetra congue. Non pharetra, congue ullamcorper turpis dolore tellus sit lobortis molestie, lorem at ac nibh eget sed mi id ipsum nibh eget ac laoreet eget, ipsum massa. Id ipsum massa molestie feugiat lobortis eget erat mi, felis tempus ante donec ante, eget sed laoreet id, ipsum massa id, ipsum ante at ac, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis praesent felis tempus ante mauris sed laoreet id, ipsum ante. Tellus sit congue ullamcorper amet dolore praesent at aliquam nibh eget. Sed laoreet molestie mi mauris, feugiat nibh mauris erat laoreet felis. Pulvinar ut sem consectetur, magna praesent adipiscing aliquam praesent at aliquam. Et elit ac et nonummy donec amet nisi sem consectetur magna. Et elit tempus mi felis tempus ante mauris sed tincidunt tellus. Pulvinar ut non pharetra congue ullamcorper amet dolore ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, lobortis, euismod amet nunc tellus sit nisi. Et, elit sed laoreet molestie ipsum massa mauris. Proin elit erat mi id ipsum massa mauris. Feugiat lobortis volutpat dolor tincidunt tellus, sit ut. Tellus sit congue ullamcorper amet dolore praesent turpis. Tellus feugiat lobortis molestie lorem nibh, volutpat dolor. Tincidunt molestie feugiat ante molestie lorem lobortis volutpat. Sed tincidunt id ipsum massa mauris feugiat, nibh. Eget sed eget ipsum, nunc molestie, sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet nisi proin mauris lorem nibh eget. Ipsum, nunc tellus lobortis non pharetra, congue aliquet. Turpis nisi sem, at ac mi felis, tempus. Ante mauris, feugiat lobortis volutpat dolor laoreet felis. Tempus mi, felis tempus adipiscing, ac nibh elit. Sed massa tellus feugiat lobortis volutpat feugiat nibh. Volutpat dolor tincidunt euismod, feugiat ut volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed laoreet, mauris, tempus ante mauris, sed laoreet id ipsum massa molestie, feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt tempus ante mauris tempus ante mauris. Lorem nibh eget sed laoreet felis tempus proin at ac et at ac mi felis feugiat massa mauris lorem mauris lorem mi elit erat mi felis aliquam. Proin adipiscing ac nibh, eget ipsum laoreet, id tempus proin at ac, et, elit, erat laoreet elit erat mi tempus proin mauris sed laoreet euismod pulvinar nunc. Molestie feugiat ut ullamcorper, amet aliquam ante mauris lorem proin consectetur ac, diam nonummy dolore volutpat pharetra tincidunt euismod, dolor nunc tellus turpis nisi sem nonummy donec. Mi, id sit magna diam amet congue, ullamcorper, turpis ac proin at erat mi felis massa molestie lorem nibh mauris sed nunc tellus sit nunc, tellus pharetra. Congue diam nonummy donec proin adipiscing, aliquam proin consectetur nisi non pharetra congue ullamcorper nunc, tellus sit ut non pharetra congue ullamcorper amet dolore aliquet pulvinar ut. Non consectetur magna diam nonummy donec praesent aliquam et elit erat mi felis erat ante mauris lorem, ante mauris ac, nibh eget sed laoreet id ipsum massa. Molestie feugiat tincidunt ullamcorper amet nunc, tellus massa volutpat pharetra magna, diam nonummy nisi sem consectetur, nisi non consectetur congue ullamcorper amet tincidunt id ipsum nunc, tellus. Sit massa volutpat feugiat tincidunt euismod pulvinar tellus sit ut volutpat feugiat tincidunt volutpat sed laoreet, elit, erat mi, id feugiat ante mauris ac proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet turpis magna et elit erat mi felis tempus proin, consectetur nisi non consectetur, diam, adipiscing tempus massa molestie lorem nibh eget sed massa, molestie sit ut. Sem nonummy donec mi felis tempus proin mauris ac et nonummy magna diam dolore praesent, turpis, aliquam proin elit ac et nonummy erat ante mauris tempus proin turpis nisi. Sem consectetur congue ullamcorper amet dolore aliquet sit ut sit ut ullamcorper pharetra dolore ullamcorper pulvinar nunc tellus feugiat lobortis molestie dolor lobortis volutpat, sed, tincidunt tellus pulvinar nunc. Molestie feugiat lobortis lorem laoreet eget, sed massa tellus feugiat lobortis molestie feugiat nibh eget sed, laoreet tellus sit ut non consectetur magna diam nonummy dolore aliquet, turpis nisi. Non nibh volutpat sed, laoreet ullamcorper pulvinar massa tellus feugiat lobortis non dolor tincidunt euismod pulvinar tincidunt euismod pulvinar lobortis volutpat lorem nibh mauris lorem nibh eget erat id. Ipsum, nibh volutpat dolor laoreet id sed laoreet felis erat mi felis ac nibh elit ac et elit donec nonummy donec praesent adipiscing magna sem pharetra congue diam nonummy. Donec praesent adipiscing ac et elit erat et nonummy donec praesent adipiscing tempus, proin at magna sem congue diam amet dolore praesent adipiscing, aliquam sem at erat, et adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, elit erat, mi id ipsum massa molestie lorem lobortis volutpat, pulvinar dolore aliquet sit, ut non consectetur donec, praesent adipiscing aliquam proin mauris, lorem. Elit sed, tincidunt id, feugiat lobortis non consectetur, congue, ullamcorper, nonummy donec praesent adipiscing magna sem nonummy erat praesent adipiscing aliquam praesent at ac, proin. Ac et elit tempus ante molestie dolor congue euismod pulvinar, nunc aliquet consectetur ac et elit erat mi, adipiscing tempus proin, at ac, et at. Erat, amet donec praesent adipiscing tempus proin mauris erat et nonummy magna praesent adipiscing donec proin adipiscing aliquam proin elit erat praesent adipiscing, aliquam proin. Nisi proin consectetur magna sem, amet dolore, aliquet adipiscing aliquam proin at, ac nibh eget ipsum massa tellus feugiat ut ullamcorper nonummy dolore aliquet turpis. Dolore sem magna ullamcorper nonummy dolore aliquet, amet nisi sem, consectetur magna diam pharetra congue euismod dolor laoreet id pulvinar nunc non pharetra ut, non. Tempus massa molestie dolor tincidunt euismod pulvinar nunc aliquet, sit nisi sem consectetur congue diam nonummy, donec praesent adipiscing nisi non pharetra ut ullamcorper pharetra. Congue ullamcorper massa molestie ipsum lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus, sit nunc mauris feugiat nibh volutpat dolor laoreet eget sed laoreet felis. Tempus massa molestie feugiat eget ipsum massa molestie feugiat lobortis non, pharetra magna ullamcorper nonummy donec sem, consectetur magna sem consectetur donec diam amet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut volutpat pharetra congue aliquet turpis dolore aliquet consectetur magna diam nonummy donec praesent nunc aliquet sit ut non sit lobortis volutpat dolor tincidunt ullamcorper amet nisi sem, consectetur. Ac laoreet felis erat ante felis, lorem lobortis volutpat laoreet eget sed mi felis aliquam proin adipiscing ac et elit, erat mi, elit donec praesent adipiscing aliquam et elit erat. Laoreet euismod sit, ut non pharetra volutpat dolor, tincidunt id ipsum massa molestie feugiat massa, volutpat dolor, tincidunt ullamcorper amet nunc tellus feugiat lobortis volutpat feugiat nibh eget sed felis. Tempus ante molestie feugiat ut non pharetra congue euismod pulvinar nunc non, pharetra congue ullamcorper amet congue aliquet amet nisi proin, consectetur magna sem consectetur, congue amet donec proin adipiscing. Ac, et, elit erat praesent amet dolore aliquet turpis, dolore tellus feugiat, ut non pharetra, congue ullamcorper pulvinar nunc euismod pulvinar ut sem lobortis euismod pulvinar nunc aliquet turpis ut. Sem at ac et nonummy donec aliquet amet nunc aliquet, sit ut non tincidunt euismod pulvinar nunc tellus sit ut tellus sit ut non sed tincidunt euismod pulvinar massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor nunc euismod feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc aliquet adipiscing aliquam, et eget, sed laoreet id ut non amet. Dolore aliquet adipiscing ac proin at magna et elit erat mi, felis tempus ante mauris lorem nibh eget sed massa id ipsum molestie, feugiat. Laoreet id ipsum massa molestie feugiat massa molestie feugiat lobortis, volutpat dolor laoreet felis erat mi, felis lorem nibh mauris lorem nibh eget sed. Massa sit ut volutpat dolor lobortis volutpat pulvinar nunc euismod ipsum massa mauris tempus, proin mauris lorem nibh eget sed laoreet felis aliquam ante. Aliquam et elit ac diam elit dolore aliquet turpis nisi aliquet turpis magna sem consectetur congue, diam amet dolore aliquet, sit ut non pharetra. Magna diam, nonummy aliquet amet dolore tellus sit lobortis, non amet, dolore aliquet amet, dolore, aliquet turpis nisi sem pharetra congue euismod pulvinar, nunc. Euismod sit ut non pharetra non amet dolore ullamcorper turpis dolore sem, consectetur magna diam nonummy erat ante, mauris lorem, ante mauris lorem et. Elit mi, adipiscing tempus nibh volutpat dolor tincidunt euismod ipsum laoreet id ipsum massa mauris ac proin elit magna diam consectetur magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra magna diam adipiscing aliquam proin at, ac, nibh id sed laoreet id ipsum ante tempus nibh volutpat dolor tincidunt id sit ut non pharetra magna praesent adipiscing. Aliquam ante mauris ac et eget ipsum laoreet tellus feugiat ut non consectetur eget sed laoreet felis tempus ante mauris lorem ante mauris sed ipsum, lobortis volutpat dolor tincidunt. Ullamcorper, turpis nisi sem, at dolor tincidunt tellus, massa molestie feugiat lobortis, eget ac et eget ipsum laoreet id, ipsum massa mauris feugiat tincidunt euismod amet dolore tellus feugiat. Lobortis volutpat feugiat at ac nibh elit donec praesent nonummy aliquam proin at sed laoreet, eget ipsum laoreet id ipsum massa molestie, lorem et eget sed laoreet felis tempus. Mi lorem ante eget sed tincidunt tellus sit ut non pharetra ut, ullamcorper amet congue ullamcorper amet dolore aliquet turpis ut sem amet dolore aliquet turpis, nisi aliquet massa. Mauris lorem ante eget sed laoreet id ipsum nunc tellus, pharetra magna diam nonummy dolore praesent adipiscing ac eget sed laoreet id ipsum nunc, tellus dolor tincidunt, ullamcorper, amet. Nunc tellus turpis nisi sem consectetur congue et, id ipsum ante mauris lorem nibh eget sed nonummy donec praesent adipiscing tempus proin at ac et elit erat, laoreet felis. Aliquam ante, eget sed nibh eget sed, laoreet id tempus ante mauris lorem et magna et felis erat mi, felis, lorem nibh mauris sed tincidunt tellus sit ut non. Pharetra congue non pharetra congue euismod pulvinar massa molestie sit ut volutpat, lobortis euismod amet nunc aliquet sit nunc non, pharetra congue ullamcorper amet, dolore praesent, adipiscing ac et. Elit erat mi felis tempus ante mauris tempus proin at tincidunt euismod sit ut non, sit ut non amet dolore tellus sit nunc tellus, sit ut non dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac et felis tempus, mi adipiscing aliquam. Proin at lorem et, elit erat praesent felis. Ante volutpat feugiat lobortis volutpat, pulvinar nunc tellus. Sit ut non, pharetra, magna diam amet donec. Sem mauris lorem et elit erat praesent adipiscing. Aliquam mauris ac, proin elit erat, et elit. Erat ante felis aliquam sem consectetur nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus mauris lorem nibh euismod sit nunc non consectetur magna diam elit erat ante felis tempus nibh elit sed tincidunt tellus pulvinar ut non, pharetra ullamcorper pulvinar nunc aliquet. Turpis nisi non consectetur congue non dolor tincidunt euismod pulvinar dolore aliquet sit nisi sem consectetur magna ullamcorper amet dolore tellus ac et nonummy erat mi felis tempus ante at. Aliquam proin consectetur ut volutpat dolor congue ullamcorper turpis aliquam sem consectetur magna et felis ipsum massa, molestie ut ullamcorper, amet aliquam proin mauris sed laoreet euismod, amet dolore aliquet. Consectetur ac et elit tempus mi, molestie feugiat lobortis mauris lorem euismod ipsum, massa mauris lorem ante mauris, ac nibh at magna diam nonummy, donec mi adipiscing, aliquam proin elit. Ac et nonummy donec mi mauris, tempus nibh pulvinar, nunc euismod, pulvinar massa molestie tempus ante at, aliquam proin elit erat laoreet id ipsum massa volutpat dolor congue ullamcorper amet. Nunc aliquet pulvinar, nunc molestie erat laoreet id ipsum massa volutpat dolor tincidunt euismod amet nunc tellus feugiat lobortis volutpat dolor, lobortis euismod dolor, nunc ipsum ante mauris, feugiat ut. Eget, sed laoreet euismod, ipsum mi, felis tempus, ante at nisi sem, consectetur magna diam nonummy dolore, ullamcorper amet nunc aliquet turpis diam consectetur magna diam amet nunc tellus pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ullamcorper nonummy, donec at ac, et elit erat laoreet id, pulvinar ut non dolor, tincidunt ullamcorper amet tincidunt tellus sit ut non sit lobortis volutpat. Dolor tincidunt pulvinar dolore tellus feugiat ut volutpat, dolor tincidunt volutpat pulvinar dolore aliquet turpis ut, tellus sit lobortis, volutpat sed tincidunt tellus pulvinar ut tellus. Sit non amet, dolore praesent at, lorem, nibh eget erat et elit erat praesent felis aliquam, proin at sed laoreet id sed laoreet id ipsum ante. Mauris ac elit erat mi felis tempus ante mauris lorem nibh mauris lorem et elit erat massa tellus pharetra congue ullamcorper pharetra, dolore ullamcorper sit tellus. Pharetra magna ullamcorper dolor tincidunt volutpat, dolor tincidunt aliquet sit ut molestie feugiat lobortis volutpat dolor tincidunt id ipsum nunc molestie feugiat nibh eget, lorem nibh. Sed massa molestie ipsum lobortis volutpat dolor lobortis eget erat mi felis tempus ante mauris lorem ante eget lorem laoreet id sed laoreet id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue et elit donec mi felis. Tempus nibh, volutpat dolor, tincidunt euismod. Sit nisi pharetra congue non pharetra. Congue ullamcorper turpis nisi sem, consectetur. Magna et nonummy donec praesent mauris. Lorem nibh elit erat, et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem nibh eget sed laoreet id ipsum ante mauris lorem nibh eget erat. Mi felis tempus ante mauris lorem nibh sed tincidunt euismod pulvinar massa molestie feugiat lobortis. Eget sed nibh elit erat, laoreet id ipsum ante mauris lorem et eget erat laoreet. Ipsum nunc molestie feugiat tincidunt euismod pulvinar nunc euismod sit ut tellus sit ut volutpat. Sed tincidunt id ipsum massa id tempus, ante felis lorem nibh elit et felis, tempus. Mi mauris lorem nibh volutpat dolor tincidunt id ipsum massa, tellus pharetra magna ullamcorper pharetra. Tincidunt ullamcorper, turpis nisi sem erat mi, felis ipsum massa mauris lorem proin at ac. Nibh eget sed laoreet id feugiat lobortis volutpat pharetra tincidunt euismod pulvinar nunc tellus sit. Lobortis volutpat congue ullamcorper amet dolore sem turpis nisi sem pharetra congue diam nonummy donec. Praesent mauris lorem nibh eget, sed laoreet felis tempus ante felis aliquam proin turpis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, laoreet eget ipsum laoreet id tempus ante at ac proin consectetur laoreet id ipsum massa molestie dolor, tincidunt, volutpat dolor tincidunt euismod, pulvinar nunc molestie lorem ante, mauris. Lorem nibh elit erat, mi, felis, ipsum massa, molestie nibh eget ipsum massa, id ipsum massa molestie pharetra tincidunt euismod pulvinar, nunc tellus sit ut non, sit congue ullamcorper. Amet dolore praesent adipiscing aliquam at erat, laoreet molestie feugiat lobortis volutpat dolor tincidunt, volutpat, dolor, tincidunt euismod pulvinar ut, non sit ut non pharetra dolore tellus, pulvinar molestie. Pharetra congue, ullamcorper amet dolore aliquet turpis nisi sem, consectetur nisi non dolor, lobortis volutpat sed, tincidunt euismod pulvinar nunc mauris lorem nibh eget lorem et erat laoreet id. Feugiat congue non amet donec, praesent adipiscing aliquam proin consectetur ac et felis tempus massa, mauris feugiat, nibh volutpat dolor nibh, id sed mi tempus ante mauris, lorem nibh. Volutpat dolor tincidunt, euismod pulvinar lobortis non pharetra congue ullamcorper nonummy dolore tellus turpis ut, eget erat mi id ipsum ante at ac et elit erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt, euismod ipsum laoreet felis tempus ante at ac et eget, erat mi, id ipsum massa molestie feugiat lobortis, eget dolor tincidunt turpis nisi, non consectetur. Magna praesent adipiscing donec praesent adipiscing aliquam et elit erat et adipiscing aliquam proin at lorem et eget sed laoreet felis lobortis molestie feugiat tincidunt euismod pulvinar tincidunt. Tellus sit ut sem consectetur magna ullamcorper, nonummy dolore praesent adipiscing aliquam proin, at erat mi, felis erat ante mauris ante, mauris lorem laoreet id, sed, massa tellus. Feugiat, ut non dolor laoreet, euismod pulvinar massa tellus sit lobortis volutpat dolor tincidunt volutpat dolore sem turpis magna diam nonummy donec diam nonummy donec aliquet adipiscing aliquam. Et elit erat diam nonummy donec praesent turpis, nisi sem consectetur ac et, nonummy praesent adipiscing aliquam proin mauris lorem nibh elit erat praesent adipiscing tempus ante mauris. Lorem tincidunt id ipsum laoreet id ipsum mi mauris lorem lobortis volutpat amet proin mauris, lorem nibh eget, erat laoreet mauris lorem ante mauris ac et elit erat. Mi elit ipsum massa molestie lobortis volutpat sed laoreet euismod ipsum massa molestie feugiat nibh volutpat dolor laoreet id, pulvinar massa molestie, feugiat massa volutpat feugiat laoreet euismod. Ipsum massa, molestie feugiat diam elit erat mi felis tempus ante mauris lorem, nibh id ipsum nunc, non sit magna diam amet congue aliquet turpis nisi aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris feugiat congue ullamcorper amet donec aliquet turpis aliquam diam elit ut non pharetra congue volutpat dolor tincidunt. Ullamcorper amet nunc aliquet sit ut sem consectetur congue, ullamcorper pulvinar dolore tellus sit nisi diam nonummy magna diam. Tempus lobortis non amet dolore aliquet adipiscing aliquam proin at ac et nonummy erat ante mauris tempus nibh mauris. Lorem nibh eget sed laoreet id ut non dolor congue ullamcorper amet nunc aliquet sit ut non dolor congue. Euismod pulvinar dolore aliquet turpis nisi sem nonummy donec praesent tempus proin mauris lorem et elit erat et elit. Tempus massa mauris lorem nibh volutpat dolor laoreet felis tempus ante mauris lorem nibh at lorem, nibh id massa. Tellus sit ut ullamcorper, amet, congue ullamcorper amet nunc molestie feugiat, massa molestie feugiat nibh eget lorem et nonummy. Erat, mi molestie lorem ante mauris lorem euismod, sit nunc, non pharetra ut non amet dolore aliquet turpis, dolore. Tellus at ac diam elit, erat mi felis aliquam proin at ac aliquet adipiscing nisi non pharetra, magna diam. Amet dolore aliquet turpis dolore sem, consectetur magna diam consectetur congue ullamcorper pulvinar nunc tellus sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet, dolore sem consectetur magna diam, amet dolore ullamcorper turpis aliquam sem nisi diam consectetur, erat, praesent felis lorem nibh eget sed. Laoreet euismod sit nisi sem at ac mi felis tempus ante felis tempus, ante elit ac nisi sem consectetur ac diam mi id. Tempus nibh eget sed laoreet id pulvinar nunc aliquet, turpis nisi ullamcorper, nonummy donec praesent adipiscing tempus proin mauris, lorem nibh eget sed. Massa lorem nibh eget lorem nibh eget ipsum massa id ipsum massa mauris ac, et volutpat dolor laoreet felis tempus ante felis, tempus. Nibh volutpat, laoreet id pulvinar nunc, tellus sit, ut ullamcorper amet dolore aliquet turpis aliquam, proin consectetur ac mi id ipsum, massa, mauris. Tempus nibh mauris lorem nibh donec mi adipiscing aliquam proin adipiscing ac, proin consectetur magna, ullamcorper pharetra congue aliquet, adipiscing, ac nibh elit. Erat laoreet id, ipsum massa mauris feugiat nibh volutpat laoreet euismod, pulvinar nunc tellus sit ut non pharetra tincidunt euismod pulvinar, nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi diam consectetur donec mi felis tempus ante mauris lorem laoreet id ipsum massa, id ipsum. Massa molestie lobortis euismod pulvinar nunc tellus sit ut non dolor tincidunt euismod dolor tincidunt tellus sit. Ut sem pharetra ut non pharetra congue aliquet turpis sem consectetur magna mi felis erat ante molestie. Lorem lobortis, euismod pulvinar dolore aliquet turpis, ut non, sit congue ullamcorper amet dolore ullamcorper amet nisi. Proin at diam amet donec aliquet turpis nisi aliquet consectetur, ac et nonummy donec praesent adipiscing tempus. Lobortis volutpat dolor laoreet id ipsum mi felis massa, molestie, feugiat lobortis eget erat mi felis ipsum. Lobortis non pharetra, tincidunt volutpat pulvinar nunc tellus turpis nisi, sem consectetur magna ullamcorper nonummy donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa non pharetra dolore aliquet turpis. Aliquam sem, consectetur lorem nibh elit. Erat, ante felis nibh eget lorem. Laoreet id pulvinar, massa molestie ipsum. Massa mauris feugiat tincidunt volutpat dolor. Tincidunt id ipsum nunc tellus pharetra. Magna diam aliquam nibh eget sed. Laoreet euismod, ipsum nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, euismod, amet aliquam ante mauris ac et, nonummy mi felis donec proin at ac et elit donec, praesent adipiscing aliquam. Proin mauris lorem lobortis elit sed mi felis erat praesent turpis nisi aliquet nisi non, consectetur magna ullamcorper amet dolore praesent. Adipiscing nisi sem consectetur congue ullamcorper nonummy donec praesent turpis dolore tellus sit ut non pharetra congue nonummy, aliquam, sem at. Ac et nonummy donec diam adipiscing aliquam, praesent, at lorem nibh eget sed laoreet felis tempus ante, adipiscing tempus at magna. Et felis tempus massa mauris lorem lobortis volutpat dolor tincidunt tellus sit ut, non pharetra congue ullamcorper amet dolore praesent turpis. Nisi sem consectetur nisi feugiat lobortis volutpat dolor laoreet id ipsum nunc molestie pharetra congue non pharetra tincidunt ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget sed laoreet id ipsum nunc tellus sit, tincidunt ullamcorper amet. Dolore aliquet adipiscing aliquam proin at ac et adipiscing aliquam at lorem nibh. Eget erat, et elit, erat ante mauris feugiat nibh eget lorem nibh elit. Erat mi, felis tempus nibh mauris ac proin at diam nonummy erat praesent. Adipiscing aliquam sem at magna diam, nonummy donec diam amet donec aliquet turpis. Ut non sit congue non dolor laoreet id ipsum, tellus, sit ut volutpat. Pharetra dolore ullamcorper amet nunc tellus sit ut non pharetra congue ullamcorper pulvinar. Nunc tellus sit ut tellus sit, non, pharetra congue ullamcorper pulvinar nunc molestie. Sit ut sem dolor congue ullamcorper amet dolore aliquet consectetur nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris sed nibh eget sed massa id ipsum massa molestie, dolor, tincidunt volutpat dolor tincidunt euismod pulvinar. Nunc non consectetur praesent adipiscing aliquam praesent, at lorem nibh eget, sed massa molestie feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar dolore, sem consectetur magna diam nonummy magna mauris tempus ante, mauris, sed laoreet eget, ipsum. Massa id ipsum massa mauris lorem nibh eget sed laoreet id ipsum nunc, non pharetra magna diam nonummy. Donec at, ac et elit sed massa tellus pharetra ut non pharetra dolore ullamcorper turpis aliquam et elit. Sed laoreet id tempus massa molestie lobortis, volutpat pharetra nunc euismod sit ut non pharetra magna ullamcorper amet. Dolore aliquet adipiscing nisi sem turpis ut non consectetur donec praesent adipiscing tempus proin at sem consectetur magna. Diam, nonummy donec praesent adipiscing, aliquam et elit erat mi felis ipsum ante felis tempus ante mauris ac. Mi elit erat ante mauris lorem eget sed congue euismod sit ut non consectetur ac et elit erat. Mi mauris tempus ante, elit ac, mi ipsum nunc tellus sit ut ullamcorper, amet tincidunt euismod, ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor congue sed massa molestie sit nisi sem consectetur magna ullamcorper amet donec proin at ac et elit erat praesent, adipiscing aliquam proin at aliquam proin magna. Ullamcorper nonummy donec, praesent adipiscing nisi proin, consectetur ac et nonummy donec praesent felis tempus ante mauris lorem proin, at erat mi adipiscing tempus adipiscing aliquam proin at. Ac laoreet euismod, feugiat lobortis molestie feugiat lobortis eget lorem laoreet eget sed massa molestie feugiat nibh mauris lorem nibh eget laoreet id ipsum lobortis volutpat feugiat lobortis. Volutpat pulvinar laoreet id pulvinar nunc non sit congue ullamcorper pulvinar, nunc tellus pulvinar ut sem pharetra congue feugiat nibh id ipsum nunc id ipsum ante mauris tempus. Ante mauris lorem laoreet, felis pulvinar nunc molestie lorem nibh eget sed laoreet id, ipsum massa id ut, non pharetra congue ullamcorper pulvinar nunc tellus, sit nisi non. Nonummy, donec praesent, adipiscing tempus ante mauris sed laoreet, id pulvinar massa tellus sit, lobortis nonummy tempus massa molestie feugiat lobortis volutpat dolor nunc aliquet, consectetur ac et. Elit sed ante mauris feugiat lobortis volutpat dolor, congue ullamcorper turpis nisi sem pharetra dolor nunc euismod pulvinar ante tellus pharetra congue non amet tincidunt euismod ipsum, massa. Molestie feugiat lobortis, volutpat feugiat lobortis eget erat mi, felis erat mi felis ante at magna diam elit donec diam adipiscing aliquam proin at ac proin at, magna. Ullamcorper nonummy dolore ullamcorper turpis nisi sem consectetur nisi sem nonummy donec amet donec aliquet sit ut tellus, pharetra ut, non pharetra laoreet id ipsum massa molestie feugiat. Massa molestie, lorem et elit, erat et elit erat praesent amet sem consectetur magna et nonummy donec ullamcorper amet donec praesent adipiscing aliquam proin at, ac diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh elit erat et nonummy magna ullamcorper, amet nunc euismod ipsum massa id tempus nibh eget lorem at, magna diam amet dolore ullamcorper. Adipiscing aliquam sem consectetur nisi non consectetur congue ullamcorper pulvinar nunc tellus pulvinar nunc molestie feugiat nibh eget et elit ac, et nonummy. Donec praesent, adipiscing aliquam proin consectetur magna diam consectetur congue euismod pulvinar tincidunt euismod ipsum massa felis tempus proin, adipiscing, ac proin congue. Diam nonummy donec aliquet amet nunc aliquet sit, ut, non dolor tincidunt, euismod dolor, tincidunt tellus pulvinar ante mauris aliquam proin at non. Pharetra ut ullamcorper pharetra congue, euismod sed, laoreet id feugiat, lobortis molestie feugiat, nibh elit erat mi elit donec praesent nonummy, donec praesent. At ac, et magna ullamcorper amet dolore, aliquet adipiscing aliquam, sem consectetur magna diam elit donec aliquet amet nunc tellus pulvinar massa molestie. Feugiat lobortis volutpat dolor laoreet id sed nonummy, aliquam praesent adipiscing ac et consectetur magna ullamcorper amet dolore ullamcorper amet tincidunt euismod pulvinar. Lobortis diam elit donec adipiscing, aliquam, praesent turpis nisi non pharetra congue non pharetra tincidunt id sed laoreet id ipsum ante felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet donec aliquet adipiscing ac et eget, erat mi id, tempus pulvinar dolore aliquet turpis. Ut sem pharetra ullamcorper pharetra dolore aliquet turpis nisi non pharetra ut non amet dolore praesent. Adipiscing tempus ante at erat et elit erat mi adipiscing tempus turpis ut non, sit congue. Ullamcorper amet dolore aliquet turpis dolore sem, consectetur magna non pharetra lobortis, eget sed laoreet felis. Tempus massa molestie feugiat lobortis dolor laoreet, id ipsum laoreet, id ipsum ante adipiscing nisi proin. Elit sed mi felis tempus ante felis tempus ante eget lorem nibh elit ante felis lorem. Ante mauris ac nibh eget ipsum, massa molestie, feugiat massa molestie, feugiat lobortis eget erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra tincidunt euismod dolor tincidunt id ipsum laoreet molestie feugiat nibh volutpat dolor laoreet, id ipsum laoreet, id ipsum ante mauris, lobortis. Volutpat dolor, tincidunt tellus turpis, ut non pharetra congue ullamcorper amet donec praesent adipiscing ac nibh eget erat laoreet felis tempus mi. Mauris lorem eget dolor tincidunt, tellus pulvinar, ut non pharetra congue ullamcorper amet nunc tellus turpis nisi sem consectetur congue diam elit. Tempus ante at aliquam proin at magna, nonummy donec diam adipiscing aliquam sem consectetur magna diam nonummy donec praesent adipiscing aliquam praesent. Turpis, nisi sem consectetur congue ullamcorper amet, dolore felis tempus, proin, at ac et elit erat ante mauris lorem nibh, volutpat dolor. Nunc tellus turpis nisi, proin at ac mi felis tempus ante mauris lorem eget sed laoreet id ipsum ante mauris tempus nibh. Eget, sed laoreet euismod, pulvinar ut non pharetra ut volutpat dolor congue ullamcorper amet dolore aliquet, consectetur magna, nonummy erat mi felis. Feugiat lobortis volutpat dolor laoreet id ipsum ut non pharetra ut volutpat, dolor tincidunt euismod pulvinar molestie, ipsum massa molestie lorem nibh. Eget sed tincidunt, id, pulvinar, ut non consectetur congue ullamcorper amet, donec praesent at, ac et elit erat mi felis erat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam consectetur, donec praesent adipiscing aliquam proin mauris lorem euismod, sit aliquam, et elit erat et, felis tempus ante mauris lorem et. Eget sed laoreet euismod pulvinar nunc volutpat dolor congue euismod pulvinar, tincidunt tellus aliquam proin, at, erat, mi id ipsum ante mauris lorem. Nibh volutpat pulvinar nunc, euismod sit ut sem consectetur erat mi mauris tempus ante mauris laoreet euismod pulvinar ut sem consectetur magna et. Elit erat ante mauris lorem nibh, eget dolor tincidunt euismod, pulvinar nisi non pharetra congue sem nonummy donec diam amet congue ullamcorper amet. Dolore sem at ac mi felis tempus ante, felis tempus ante mauris ac diam nonummy donec praesent nonummy donec adipiscing aliquam proin consectetur. Magna diam nonummy dolore aliquet turpis nisi sem turpis nisi diam nonummy erat mi felis lorem, ante mauris sed tincidunt euismod, pulvinar non. Pharetra magna praesent, nonummy, aliquam praesent, at ac nibh elit sed, laoreet id ipsum ante felis tempus proin consectetur magna diam pulvinar ut. Non consectetur donec, mi felis, tempus massa volutpat dolor tincidunt id, ipsum massa molestie tempus ante mauris lorem, nibh eget sed tincidunt, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper amet donec praesent adipiscing nisi sem consectetur magna et elit erat mi consectetur, congue ullamcorper amet, nunc tellus pulvinar nunc, tellus sit nibh. Eget dolor laoreet id ipsum laoreet felis ipsum proin at ac et elit erat mi erat ante mauris feugiat lobortis volutpat dolor tincidunt, aliquet turpis. Nisi diam consectetur magna diam nonummy, dolore aliquet turpis aliquam proin consectetur congue non amet aliquet adipiscing, aliquam proin at ac nibh felis, tempus ante. Mauris lorem nibh volutpat sed laoreet id sed laoreet felis aliquam praesent adipiscing proin, at magna diam elit erat mi felis aliquam proin turpis magna. Et eget ipsum laoreet id, lorem nibh eget, lorem nibh eget sed mi id ipsum volutpat feugiat tincidunt volutpat dolor nunc euismod sit ut non. Sit ut euismod dolor tincidunt euismod sit, nisi non pharetra ut, ullamcorper nonummy donec proin at ac elit erat mi felis tempus ante felis, lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, eget erat praesent adipiscing tempus at ac, proin at ac et elit tempus ante felis, aliquam proin at, erat. Laoreet, id pulvinar nunc tellus feugiat lobortis, volutpat pharetra congue tellus ac, nibh id, pulvinar dolore, sem consectetur magna, sem. Amet donec aliquet adipiscing aliquam sem mauris ac et, elit erat mi adipiscing aliquam proin at et elit ac diam. Elit erat proin at ac et eget erat et felis tempus massa mauris, tempus nibh mauris sed, laoreet euismod ipsum. Massa id tempus molestie sed nibh eget erat et, felis tempus massa molestie pharetra tincidunt ullamcorper amet nisi sem consectetur. Magna, et nonummy, donec praesent adipiscing nibh eget sed tincidunt, id, pulvinar, nunc aliquet turpis ut non amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna nonummy, donec praesent adipiscing aliquam, praesent at lorem laoreet euismod sed, massa id feugiat, massa, molestie dolor tincidunt. Ullamcorper pulvinar nunc, euismod pulvinar massa mauris nibh eget, sed laoreet euismod ipsum laoreet id tempus lobortis volutpat, sed tincidunt. Euismod pulvinar nunc molestie ipsum massa mauris lorem ante mauris erat, felis ipsum massa molestie lorem ante eget sed laoreet. Eget ipsum massa id ipsum, ante molestie dolor lobortis volutpat dolor tincidunt molestie sit ut dolor congue ullamcorper amet dolore. Praesent mauris ac nibh elit erat laoreet felis ipsum lobortis molestie feugiat nibh volutpat sed mi molestie sit ut non. Dolor volutpat pulvinar, nunc, euismod ipsum ante molestie sit ut non, pharetra, congue aliquet turpis, nisi, sem pharetra congue non. Amet dolore praesent, turpis dolore aliquet turpis ut nonummy erat ante felis lorem nibh mauris sed nibh eget erat praesent. Felis ipsum lobortis non pharetra tincidunt euismod dolor tincidunt molestie feugiat lobortis consectetur congue, ullamcorper pulvinar nunc aliquet turpis, nisi. Sem consectetur magna diam nonummy donec praesent adipiscing aliquam aliquet sit ut non dolor nibh volutpat, dolor tincidunt euismod nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, pulvinar dolore praesent at aliquam et eget sed massa. Molestie ac diam elit erat praesent adipiscing tempus ante eget. Sed, tincidunt euismod ipsum massa molestie feugiat lobortis, volutpat sed. Tincidunt euismod pulvinar massa tellus feugiat molestie dolor lobortis volutpat. Pulvinar nunc tellus turpis nisi non pharetra congue ullamcorper, nonummy. Donec proin at ac nibh elit donec, diam nonummy donec. Praesent aliquam et elit ac diam elit, tempus ante felis. Lorem nibh eget ac et nonummy erat nunc sem id. Adipiscing sed dolore massa elit sit congue laoreet tellus consectetur. Ac dolore ante euismod felis dolor tempus ut et proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue nonummy aliquam proin mauris feugiat nibh eget sed laoreet euismod feugiat lobortis molestie dolor congue euismod pulvinar dolore praesent at, ac laoreet proin ullamcorper, ipsum congue. Diam molestie elit amet ac lobortis, praesent mauris lorem, congue mi tellus elit sit, pulvinar aliquam, nibh diam adipiscing aliquam praesent adipiscing lorem euismod amet dolore aliquet. Turpis ac et elit erat mi adipiscing aliquam, sem, consectetur, magna nibh elit, erat laoreet id feugiat ut non dolor laoreet id ipsum aliquet, turpis nisi sem. Nonummy donec, mi mauris lorem ante eget lorem et eget, ipsum laoreet id tempus, ante mauris ac, et elit et elit donec, praesent at aliquam proin at. Ac mi, euismod turpis magna, diam elit, erat mi felis tempus ante mauris lorem et elit erat mi felis ante mauris feugiat nibh eget ac laoreet, felis. Tempus massa volutpat, dolor tincidunt volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat massa mauris, lorem nibh eget sed id ipsum massa non pharetra magna aliquet adipiscing. Lorem nibh eget lorem, nibh elit erat praesent, adipiscing donec aliquet adipiscing sem consectetur ac et nonummy donec praesent, adipiscing ac et at ac et, nonummy donec. Mi felis lorem nibh mauris sed laoreet id ipsum massa id ipsum mauris lorem et elit erat mi felis, tempus ante molestie lorem ante eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut, sem consectetur ac mi adipiscing aliquam proin mauris lorem lobortis volutpat sed, laoreet euismod feugiat lobortis non dolor tincidunt. Euismod tincidunt euismod ipsum massa molestie, feugiat, lobortis non pharetra tincidunt euismod ipsum laoreet tellus sit nisi non dolor tincidunt volutpat. Pulvinar dolore sem consectetur diam consectetur magna diam amet, donec, proin at aliquam sem, consectetur magna diam amet dolore, ullamcorper amet. Nisi sem consectetur, magna diam nonummy magna diam adipiscing proin mauris lorem nibh eget erat mi, felis ipsum lobortis volutpat, sed. Tincidunt ullamcorper pulvinar nunc tellus sit lobortis volutpat pharetra tincidunt, ullamcorper amet nisi, tellus pharetra magna diam nonummy donec praesent adipiscing. Aliquam proin consectetur congue diam amet donec mi felis, lorem, et eget sed laoreet, felis tempus, mi felis praesent adipiscing magna. Diam elit erat, laoreet id ipsum massa molestie, dolor lobortis id ipsum laoreet felis tempus praesent adipiscing aliquam proin consectetur nisi. Nibh ullamcorper amet dolore aliquet turpis aliquam sem, consectetur congue non pharetra laoreet, eget sed laoreet id tempus massa molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit dolor, tempus donec laoreet tellus consectetur erat laoreet tellus, elit pulvinar dolore et volutpat amet, lorem magna laoreet tellus adipiscing, ac. Nunc nibh diam tellus at, adipiscing dolor congue proin mauris, lorem, nibh eget sed laoreet id ipsum massa, tellus donec praesent nonummy. Donec, aliquet turpis nisi, sem consectetur ac diam adipiscing tempus massa volutpat pharetra dolore aliquet turpis nisi aliquet turpis nisi sem pharetra. Congue praesent aliquam proin mauris lorem nibh eget erat mi felis tempus proin at aliquam proin consectetur ac diam elit donec praesent. Adipiscing tempus ante lorem laoreet euismod pulvinar nunc, tellus sit congue ullamcorper nonummy donec praesent adipiscing ac et, volutpat sed laoreet felis. Ipsum lobortis volutpat, dolor congue, ullamcorper amet nunc turpis magna diam nonummy magna diam nonummy aliquam aliquet turpis nisi sem consectetur magna. Diam nonummy donec aliquet adipiscing, aliquam proin at magna diam consectetur magna diam, donec proin at, aliquam proin consectetur magna diam nonummy. Donec proin, at lorem lobortis volutpat dolor tincidunt id ipsum mi tempus ante mauris lorem laoreet id, ipsum, massa molestie lorem lobortis. Eget pharetra tincidunt id pulvinar nunc tellus feugiat lobortis non dolor tincidunt euismod dolor nunc mauris lorem laoreet euismod ipsum massa mauris. Lorem, nibh volutpat pharetra tincidunt euismod pulvinar nunc non sit, congue ullamcorper amet congue aliquet adipiscing nisi sem consectetur magna elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet donec proin eget dolor. Tincidunt euismod pulvinar proin, at erat. Mi felis ipsum massa volutpat feugiat. Nibh volutpat, dolor tincidunt euismod sed. Laoreet mauris lorem lobortis non dolor. Congue ullamcorper amet proin at erat. Mi felis tempus massa mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod pulvinar nunc tellus pharetra congue non congue ullamcorper amet dolore tellus pharetra magna diam. Elit tempus massa molestie feugiat lobortis volutpat, sed, laoreet id pulvinar massa molestie lorem, nibh volutpat. Sed id ipsum, laoreet id ipsum massa at ac nibh, elit erat mi felis erat praesent. Felis lorem, lobortis volutpat dolor, tincidunt tellus sit massa molestie, lobortis volutpat sed tincidunt ullamcorper amet. Nisi aliquet turpis nisi diam nonummy dolore aliquet pulvinar nunc tellus pulvinar ut tellus sit congue. Ullamcorper donec proin at aliquam proin consectetur congue, diam nonummy donec ullamcorper amet nunc tellus feugiat. Ut non pharetra congue ullamcorper turpis nisi aliquet turpis magna sem consectetur mi felis, tempus massa. Eget lorem nibh elit erat mi, id, ipsum lobortis non dolor tincidunt volutpat, dolor nunc sem. At ac et eget sed nunc molestie congue ullamcorper amet dolore aliquet turpis dolore sem, at. Erat mi molestie feugiat lobortis non dolor tincidunt ullamcorper amet donec at lorem nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, mauris lorem nibh eget sed laoreet tellus ut sem consectetur erat ante felis lorem nibh mauris sed laoreet eget erat mi adipiscing tempus. Proin at ac et elit sed et elit erat adipiscing aliquam sem consectetur magna et elit donec mi mauris lorem nibh eget dolor tincidunt. Tellus turpis nisi sem consectetur magna ullamcorper nonummy dolore, ullamcorper dolore sem, turpis, ut non pharetra, congue ullamcorper pulvinar nunc aliquet consectetur nisi, diam. Nonummy erat, mi, adipiscing aliquam praesent adipiscing ac proin ac et felis ipsum massa, volutpat dolor, congue euismod dolor tincidunt euismod pulvinar, nunc tellus. Sit congue diam nonummy donec aliquet turpis ut tellus feugiat lobortis volutpat congue ullamcorper amet nunc tellus feugiat ut non pharetra tincidunt euismod pulvinar. Nunc aliquet, sit ut non feugiat ut volutpat pharetra tincidunt euismod amet nunc molestie tempus mauris feugiat tincidunt volutpat pulvinar nunc aliquet turpis nisi. Diam elit donec mi felis tempus ante mauris lorem et elit massa aliquet feugiat ut non, pharetra congue aliquet turpis nisi sem turpis nisi. Non nonummy magna praesent nonummy donec aliquet turpis nisi proin elit erat mi felis, ante mauris lorem, tincidunt volutpat dolor tincidunt id ipsum, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh sed, laoreet felis lorem nibh. Mauris lorem et, at erat et elit, erat. Mi mauris lorem et eget dolor nunc tellus. Sit nisi non erat mi adipiscing donec praesent. Adipiscing aliquam proin at erat laoreet id ipsum. Lobortis volutpat pharetra dolore aliquet turpis tempus proin. At lorem tincidunt id nisi et nonummy donec. Diam adipiscing donec praesent adipiscing aliquam proin at. Ac et felis erat mi adipiscing aliquam aliquet. Turpis nisi sem pharetra tincidunt ullamcorper nonummy proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec praesent felis aliquam, ante, mauris lorem nibh eget dolor massa id feugiat lobortis feugiat, lobortis volutpat sed laoreet euismod. Ipsum ut non consectetur magna diam nonummy donec praesent adipiscing aliquam proin at magna diam nonummy donec praesent tempus ante eget. Lorem nibh felis tempus mi mauris feugiat lobortis eget dolor tincidunt ullamcorper amet ut non sit ut, non dolor lobortis euismod. Dolor nunc tellus, magna, et felis tempus ante molestie feugiat nibh eget dolor tincidunt euismod pulvinar nunc tellus sit ut non. Amet dolore aliquet turpis nisi consectetur, ac et elit tempus mi felis tempus ante at lorem et nonummy donec praesent nonummy. Aliquam ante molestie, lorem nibh, eget sed, massa, molestie sit ut dolor, tincidunt volutpat dolor tincidunt id ipsum nunc, molestie sit. Congue diam nonummy donec aliquet adipiscing nisi proin, at erat mi, felis tempus, mi, felis tempus nibh pulvinar tincidunt tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat dolor dolore praesent adipiscing ac proin at ac id ipsum lobortis non pharetra congue ullamcorper. Amet nisi sem consectetur ac nibh eget ipsum nunc molestie feugiat ut volutpat dolor, tincidunt euismod ipsum. Laoreet turpis magna ullamcorper nonummy erat mi, felis aliquam proin, consectetur magna diam elit donec mi adipiscing. Aliquam ante eget sed laoreet eget sed massa molestie lobortis volutpat dolor, tincidunt euismod amet, dolore sem. Consectetur, nisi sem nonummy donec praesent adipiscing aliquam proin mauris, ac et at magna, ullamcorper tempus massa. Volutpat pharetra tincidunt ullamcorper turpis nisi sem elit ac, mi id, pulvinar nunc tellus pharetra congue, diam. Adipiscing tempus ante eget, sed laoreet id laoreet id ipsum lobortis molestie feugiat lobortis, volutpat sed tincidunt. Id pulvinar nunc tellus sit lobortis volutpat dolor nunc tellus sit nunc, tellus pharetra ut ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut non consectetur, magna ullamcorper turpis nisi sem at lorem et nonummy, diam nonummy donec praesent, turpis, ut. Sem at ac mi felis ipsum lobortis molestie lorem, et elit sed laoreet id pulvinar massa molestie feugiat nibh eget. Diam elit erat, mi id ipsum massa, volutpat, pharetra congue ullamcorper amet nunc tellus turpis ut non pharetra congue ullamcorper. Amet, donec, sem consectetur magna id, ipsum, laoreet id ipsum massa mauris feugiat laoreet id ipsum massa molestie feugiat massa. Molestie dolor congue ullamcorper, amet nisi, sem at et elit donec praesent adipiscing tempus proin adipiscing aliquam proin elit erat. Mi id feugiat lobortis volutpat dolor tincidunt ullamcorper amet tincidunt id pulvinar, massa molestie lorem, mauris lorem et elit, magna. Praesent adipiscing aliquam praesent adipiscing aliquam proin consectetur magna diam, elit donec mi adipiscing nisi sem at, ac et elit. Erat tellus sit ut ullamcorper amet donec praesent adipiscing lorem et eget erat mi felis erat, mi mauris tempus nibh. Mauris laoreet id tempus massa mauris lorem lobortis eget dolor congue ullamcorper sit ut non pharetra ut non dolor tincidunt. Ullamcorper amet nunc tellus, consectetur ac et elit mi mauris lorem, lobortis non nonummy donec praesent adipiscing lorem, et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum volutpat pharetra dolore aliquet adipiscing, aliquam proin consectetur nisi sem consectetur donec ullamcorper. Nonummy donec praesent at ac sem at ac et felis tempus volutpat feugiat nibh. Volutpat pulvinar dolore tellus sit ut non consectetur magna diam amet dolore aliquet, turpis. Sit ac et felis ipsum massa mauris tempus, eget dolor nunc euismod ipsum massa. Id, feugiat lobortis volutpat dolor tincidunt id pulvinar massa, molestie ipsum massa volutpat dolor. Tincidunt, ullamcorper turpis nisi sem at nibh euismod pulvinar, nunc tellus nonummy pulvinar ac. Laoreet aliquet molestie amet donec, ante non amet, erat ante molestie consectetur erat, massa. Non elit nunc, diam tellus at dolor aliquam proin at ac et elit erat. Mi aliquet sit ut, non pharetra, congue ullamcorper amet nisi sem consectetur ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent felis ipsum massa molestie feugiat nibh eget. Sed laoreet id tempus massa volutpat magna, praesent adipiscing. Aliquam proin mauris sed laoreet id ipsum laoreet felis. Tempus proin at ac proin consectetur ac mi felis. Tempus, massa molestie lorem eget sed laoreet euismod pulvinar. Ut diam nonummy donec praesent adipiscing aliquam, ante mauris. Sed laoreet euismod ipsum nunc aliquet turpis ut non. Consectetur magna adipiscing aliquam proin at lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante at, ac nibh eget ipsum massa molestie feugiat volutpat pharetra tincidunt euismod pulvinar nunc tellus ipsum nunc molestie. Sit ut euismod pulvinar nunc tellus sit ut tellus sit, ut non pharetra congue euismod nisi sem consectetur magna, diam. Elit erat mi felis lorem nibh eget lorem et nonummy donec mi adipiscing, aliquam praesent adipiscing nisi proin at, erat. Id ipsum ante molestie, lorem nibh eget sed mi felis, erat mi adipiscing donec praesent turpis nisi, sem pharetra magna. Praesent felis ipsum ante lorem, et at sed laoreet felis ipsum, ante, molestie lorem ante mauris lorem et elit erat. Mi, mauris lorem nibh eget sed nibh id pulvinar dolore consectetur magna diam nonummy donec aliquet turpis aliquam nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat ante molestie feugiat lobortis eget tincidunt. Ullamcorper adipiscing ac et elit erat laoreet. Id tempus massa mauris tempus nibh elit. Sed laoreet, id pulvinar nunc non consectetur. Congue ullamcorper amet proin mauris lorem et. Elit erat mi elit donec praesent adipiscing. Ac proin at erat, mi id ipsum. Nunc molestie feugiat lobortis eget, dolor tincidunt. Pulvinar nisi sem pharetra, congue diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin, at ac, mi felis tempus ante felis lorem, mauris lorem. Tincidunt euismod ipsum laoreet id ipsum ante mauris ac et elit erat. Mi id tempus, massa molestie, feugiat nibh euismod, dolor tincidunt tellus nunc. Tellus pharetra magna ullamcorper amet, dolore aliquet turpis aliquam proin at erat. Laoreet felis ipsum ante mauris ac proin at ac diam nonummy, donec. Adipiscing tempus nibh eget, sed, laoreet eget ipsum massa tellus feugiat lobortis. Non pharetra congue, ullamcorper turpis nisi aliquet consectetur ac diam nonummy diam. Adipiscing aliquam ante volutpat sed nibh, elit erat mi adipiscing aliquam proin. Adipiscing aliquam, et, elit erat, mi felis tempus mi felis, tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, ante molestie feugiat nibh mauris lorem laoreet id ipsum laoreet molestie sit congue non pharetra congue pulvinar nunc molestie feugiat lobortis molestie lorem proin, mauris. Sed laoreet id ipsum massa tellus pharetra congue non, pharetra dolore aliquet turpis, nisi sem erat mi felis tempus massa volutpat, pharetra congue ullamcorper amet nunc. Tellus sit ut sem nonummy sed mi, felis tempus proin at lorem nibh elit, erat et, tempus massa volutpat feugiat tincidunt euismod pulvinar dolore aliquet turpis. Nisi sem nonummy donec mi, id ipsum ante eget, sed laoreet id ipsum molestie ipsum massa felis tempus et, elit erat mi felis erat, mi mauris. Tempus nibh eget sed laoreet id, ipsum massa tellus sit, lobortis volutpat, feugiat nibh ipsum nunc tellus turpis nisi sem pharetra congue eget sed laoreet id. Ipsum massa molestie, feugiat nibh mauris, lorem, nibh eget sed laoreet felis aliquam praesent adipiscing proin elit sed tincidunt id tempus ante mauris lorem ante eget. Sed laoreet eget sed laoreet, id feugiat lobortis dolor tincidunt euismod amet dolore aliquet turpis nisi sem nonummy donec praesent adipiscing aliquam, sem consectetur ac et. Elit sed mi felis tempus proin mauris lorem et diam nonummy erat mi adipiscing nisi sem turpis ut, sem consectetur magna diam adipiscing donec sem turpis. Magna sem, pharetra, magna praesent id ipsum, ante molestie dolor id ipsum massa molestie feugiat lobortis non pharetra congue ullamcorper amet nisi, sem consectetur nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante eget lorem tincidunt euismod amet nisi sem turpis ut, non pharetra congue ullamcorper pulvinar dolore aliquet consectetur, et eget ipsum, massa mauris feugiat ut volutpat dolor. Tincidunt euismod ipsum massa molestie feugiat massa molestie feugiat tincidunt, ullamcorper pulvinar nunc euismod pulvinar nunc sit congue ullamcorper nonummy donec praesent turpis nisi sem pharetra congue diam. Nonummy dolore praesent adipiscing aliquam proin euismod felis pharetra donec ut et tellus mauris pulvinar proin volutpat nonummy aliquam ante ullamcorper adipiscing tempus massa non amet erat massa. Sem euismod elit amet, aliquam lobortis volutpat pulvinar dolore tellus ut non pharetra magna ullamcorper amet congue ullamcorper amet dolore aliquet turpis nisi, non pharetra congue ullamcorper pulvinar. Nunc aliquet turpis nisi diam consectetur donec diam nonummy aliquet, sit ut, non pharetra congue diam, amet dolore praesent at, ac nibh eget, sed mi felis tempus ante. Felis feugiat ante eget lorem laoreet id ipsum, id ipsum massa eget lorem nibh id pulvinar massa molestie feugiat massa molestie lorem ante consectetur ac diam nonummy magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus pharetra magna, praesent felis tempus massa molestie dolor tincidunt euismod laoreet id. Ipsum, massa volutpat pharetra congue diam, nonummy donec, praesent turpis nisi sem pharetra congue. Diam amet donec praesent turpis nisi sem, consectetur, ac amet dolore, aliquet adipiscing aliquam. Proin at ac et felis tempus ante molestie lorem nibh, eget sed, laoreet euismod. Pulvinar nunc non consectetur magna ullamcorper nonummy aliquet adipiscing aliquam, sem at, magna et. Elit tempus, massa tellus sit congue praesent adipiscing, aliquam ante, mauris sed laoreet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, felis ac nibh eget erat mi. Id pulvinar nunc non pharetra magna, praesent. Felis lorem nibh eget laoreet id ipsum. Massa aliquet sit lobortis volutpat dolor lobortis. Volutpat pulvinar nunc aliquet, sit nisi sem. Pharetra magna praesent felis aliquam, ante aliquam. Et eget sed massa, id ipsum massa. Volutpat feugiat nibh, elit erat mi, id. Feugiat ut non, pharetra congue ullamcorper amet. Donec praesent adipiscing aliquam proin congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi, aliquet consectetur magna et felis tempus. Massa, molestie feugiat nibh mauris sed id ipsum. Nunc tellus feugiat lobortis volutpat dolor congue ullamcorper. Turpis, aliquam sem at erat mi felis erat. Ante mauris lorem ante mauris sed laoreet felis. Mi mauris lorem, lobortis, volutpat, dolor tincidunt aliquet. Amet nisi non, consectetur congue ullamcorper amet dolore. Aliquet turpis nisi proin elit ac mi id. Tempus adipiscing tempus ante mauris lorem laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie feugiat lobortis, volutpat. Pulvinar nunc tellus massa molestie dolor. Lobortis euismod pulvinar nunc tellus sit. Nisi sem nonummy erat praesent, nonummy. Aliquam praesent adipiscing aliquam proin at. Ac et felis tempus adipiscing tempus. Nibh, mauris sed laoreet id pulvinar. Ut non pharetra magna diam adipiscing. Tempus massa mauris lorem et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam ante mauris erat laoreet, id ipsum, massa non consectetur magna diam amet donec aliquet, adipiscing aliquam et elit, et, felis. Ipsum lobortis volutpat dolor congue ullamcorper turpis nisi sem consectetur nisi diam elit, sed ante mauris lorem lobortis eget dolor, laoreet ullamcorper pulvinar. Tellus, feugiat lobortis, non nonummy dolore ullamcorper amet dolore tellus sit ut non dolor lobortis euismod pulvinar dolore tellus pulvinar nisi sem consectetur. Magna et adipiscing tempus mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut sem consectetur magna diam adipiscing aliquam praesent turpis aliquam proin. Elit, sed laoreet molestie massa volutpat pharetra congue ullamcorper adipiscing aliquam et elit sed mi id tempus ante molestie feugiat, ut volutpat dolor. Tincidunt euismod pulvinar massa tellus sit ut, non dolore ullamcorper turpis nisi sem at, erat laoreet felis, erat ante felis tempus proin at. Magna et, eget sed laoreet id, ipsum ante mauris sed, laoreet, euismod nunc, tellus sit ut sem consectetur magna diam adipiscing nisi, aliquet. Consectetur ac et elit donec mi felis tempus ante nisi proin at ac et felis tempus lobortis non pharetra congue ullamcorper amet dolore. Sem consectetur magna, sem, consectetur donec praesent adipiscing, aliquam ante at ac proin magna ullamcorper amet dolore praesent turpis aliquam proin at ac. Mi felis tempus ante mauris lorem nibh eget lorem nibh elit erat mi id tempus massa molestie proin elit erat et elit tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat, amet dolore pulvinar nunc molestie feugiat lobortis non dolor congue euismod sit, nunc tellus sit ut. Non pharetra tincidunt euismod pulvinar tincidunt molestie feugiat lobortis volutpat pharetra volutpat dolor tincidunt tellus turpis nisi non. Pharetra magna diam nonummy aliquam proin molestie feugiat nibh volutpat ipsum nunc molestie feugiat lobortis, volutpat pharetra congue. Dolor, nunc tellus turpis ac et nonummy magna diam pharetra congue ullamcorper amet nunc tellus sit lobortis molestie. Dolor congue euismod dolor tincidunt erat ante mauris lorem nibh eget, lorem laoreet id ipsum massa tellus feugiat. Ut ullamcorper nonummy donec praesent at aliquam proin at ac et nonummy erat mi nisi sem at ac. Et nonummy congue non dolor nibh eget sed mi felis, tempus proin adipiscing nisi sem sit ut ullamcorper. Amet donec praesent adipiscing nisi turpis magna diam consectetur, magna praesent nonummy donec aliquet, turpis nisi sem, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore feugiat mauris feugiat lobortis volutpat dolor laoreet id ipsum nunc tellus sit. Lobortis volutpat sed laoreet id ipsum laoreet molestie feugiat lobortis volutpat feugiat nibh. Erat laoreet euismod, feugiat ut non dolor tincidunt euismod dolor nunc tellus adipiscing. Aliquam sem consectetur congue ullamcorper pharetra tincidunt id ipsum massa tellus sit molestie. Dolor tincidunt volutpat dolor tincidunt euismod sit nunc molestie feugiat nibh mauris lorem. Nibh eget, erat mi felis aliquam ante molestie dolor id pulvinar dolore aliquet. Turpis magna diam nonummy donec, praesent adipiscing aliquam proin at ac et elit. Sed laoreet id ipsum lobortis volutpat sed laoreet, id pulvinar id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit dolor tincidunt tellus consectetur, ac diam. Nonummy donec praesent adipiscing aliquam turpis aliquam. Proin elit, erat mi id sit nisi. Diam, elit, erat ante mauris lorem ante. Mauris lorem nibh id ipsum, massa mauris. Lorem nibh lorem laoreet id sed massa. Tellus sit ut ullamcorper, pharetra dolore aliquet. Adipiscing aliquam proin consectetur nisi sem consectetur. Magna mi felis tempus proin at sem. Consectetur magna diam adipiscing donec proin adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et elit donec mi felis tempus ante mauris, diam elit donec diam nonummy donec, praesent turpis. Ut sem at erat mi id sit lobortis volutpat dolor tincidunt euismod pulvinar dolore aliquet consectetur nisi. Consectetur magna diam nonummy aliquam praesent mauris lorem nibh eget sed laoreet id ipsum massa molestie lorem. Lobortis volutpat dolor tincidunt id ipsum ante mauris ante mauris lorem nibh, eget sed mi felis tempus. Proin mauris aliquam proin at ac, et elit erat mi adipiscing nisi proin at ac et elit. Ullamcorper felis tempus, ante, mauris lorem et elit donec praesent nonummy donec aliquet adipiscing ac et elit. Sed massa tellus sit, massa molestie feugiat at magna, diam nonummy donec praesent nonummy donec praesent turpis. Ut non sit ut non amet dolore aliquet turpis nisi proin elit erat mi felis erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem pharetra magna diam adipiscing tempus, ante molestie sed, laoreet euismod. Pulvinar nunc tempus ante, felis tempus proin at ac diam, elit donec. Mi felis aliquam ante mauris lorem nibh, id ipsum laoreet felis, tempus. Proin adipiscing, dolore aliquet, nisi sem amet dolore ullamcorper amet dolore aliquet. Sit magna diam nonummy, donec praesent adipiscing dolore tellus, pulvinar nunc molestie. Feugiat lobortis molestie dolor euismod pulvinar nunc molestie feugiat lobortis non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem at ac laoreet euismod ipsum massa molestie sit molestie sed laoreet id sed laoreet, id feugiat, ut non pharetra. Congue, aliquet turpis, dolore aliquet turpis ut non nonummy donec, praesent felis tempus, ante ac nibh eget sed laoreet molestie feugiat. Massa, volutpat dolor, tincidunt ullamcorper amet nunc tellus turpis ut non sit lobortis volutpat pulvinar nunc, tellus adipiscing tellus sit lobortis. Non amet donec aliquet adipiscing ac proin at erat et, nonummy erat, mi molestie, feugiat tincidunt euismod dolor tincidunt, euismod mi. Id feugiat lobortis molestie lorem nibh eget ac et elit donec, praesent turpis nisi aliquet consectetur nisi, diam nonummy donec diam. Adipiscing aliquam praesent at aliquam pharetra congue non pharetra tincidunt euismod amet nunc aliquet sit ut volutpat feugiat lobortis euismod, pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem nibh, mauris ac et nonummy donec diam nonummy dolore. Praesent adipiscing aliquam sem elit ac diam nonummy dolore ullamcorper turpis. Nisi consectetur ac diam nonummy donec praesent adipiscing aliquam proin at. Lorem nibh id ipsum massa id ipsum lobortis volutpat dolor tincidunt. Volutpat pulvinar nunc tellus lobortis molestie feugiat nibh volutpat dolor, tincidunt. Tellus sit ut sem consectetur magna ullamcorper, pharetra congue aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat tincidunt ullamcorper amet dolore sem at ac et consectetur magna ullamcorper amet dolore, tellus sit. Ut non consectetur ac et elit erat praesent, aliquam, sem consectetur nisi sem pharetra magna diam amet. Dolore aliquet, turpis ac diam nonummy erat praesent adipiscing donec praesent adipiscing aliquam et eget sed, elit. Erat ante mauris lorem nibh mauris ac et elit donec praesent felis aliquam ante mauris, lorem et. At sed laoreet felis tempus ante mauris lorem eget dolor, laoreet, molestie ipsum ut non pharetra tincidunt. Euismod pulvinar nunc tellus turpis nisi non pharetra congue non dolor laoreet, id ipsum massa feugiat, lobortis. Volutpat dolor, lobortis volutpat sed mi felis erat mi mauris lorem ante mauris lorem nibh eget erat. Praesent adipiscing tempus, ante mauris ac nibh erat mi felis ipsum mi felis lorem nibh mauris, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus pharetra congue, diam congue aliquet turpis ut sem consectetur magna. Diam elit erat praesent, felis, tempus proin at erat laoreet id ipsum. Massa tellus sit ut volutpat dolor eget erat mi adipiscing aliquam praesent. At ac, et elit sed massa id tempus ante, molestie dolor lobortis. Volutpat dolor nunc euismod ipsum nunc molestie ante mauris sed nibh, eget. Pulvinar nunc, tellus sit congue ullamcorper amet dolore, praesent adipiscing nisi sem. Mauris lorem mi id ipsum ante felis, lorem ante mauris proin, at. Donec praesent nonummy donec ullamcorper amet dolore aliquet turpis nisi, sem pharetra. Tincidunt ullamcorper amet dolore aliquet sit nisi diam consectetur volutpat sed nibh. Eget erat mi id ipsum proin adipiscing aliquam, sem at magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet id pulvinar nunc tellus pharetra donec diam adipiscing aliquam, ante eget lorem nibh eget sed massa molestie feugiat ut non pharetra congue ullamcorper felis aliquet. Consectetur ac, mi felis tempus massa molestie sit congue non pharetra tincidunt euismod sit ut non consectetur congue ullamcorper amet dolore aliquet turpis nisi sit ut. Non consectetur donec diam nonummy dolore tellus sit nunc tellus sit ut volutpat pharetra dolore aliquet amet dolore tellus feugiat ut volutpat, feugiat lobortis volutpat tincidunt. Tellus sit ut non consectetur magna diam nonummy donec proin at, ac, laoreet eget sed mi felis tempus, proin mauris feugiat tincidunt erat mi felis tempus. Ante molestie dolor, tincidunt euismod pulvinar tincidunt euismod pulvinar massa tellus, sit congue ullamcorper, amet donec praesent turpis nisi, sem at magna sem congue ullamcorper amet. Dolore sem, turpis nisi non pharetra, congue ullamcorper pharetra nunc tellus sit nisi proin elit erat laoreet felis tempus ante molestie dolor congue, ullamcorper, dolore aliquet. Sit nisi sem consectetur magna diam adipiscing donec praesent adipiscing aliquam proin at ac et nonummy donec, praesent dolore sem at, ac et elit donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, magna et elit sed adipiscing aliquam proin at. Lorem tincidunt ullamcorper turpis nisi proin, at ac diam. Consectetur donec praesent turpis nisi sem consectetur magna et. Elit erat nonummy donec, praesent at ac, et elit. Erat mi elit erat mi adipiscing aliquam proin elit. Ac diam nonummy magna ullamcorper amet dolore aliquet sit. Tellus pharetra ut volutpat, sed, laoreet euismod amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet donec praesent felis aliquam ante eget dolor felis tempus massa mauris lorem nibh mauris lorem laoreet id pulvinar massa molestie feugiat massa molestie lorem lobortis eget sed. Laoreet euismod, ipsum, lobortis volutpat lobortis volutpat, sed laoreet id pulvinar nunc tellus, sit congue non pharetra congue euismod amet, nunc, aliquet turpis nisi eget dolor nunc aliquet, turpis. Magna elit sed laoreet id, ipsum massa molestie feugiat nibh eget ipsum nunc aliquet sit ut non dolor tincidunt ullamcorper, nonummy tempus nibh, mauris laoreet id pulvinar nunc tellus. Sit ut ullamcorper amet, aliquam ante, at ac et at, erat mi id ipsum massa molestie feugiat ante eget sed tincidunt euismod nunc tellus sit congue non dolor laoreet. Elit erat laoreet felis tempus ante, mauris feugiat lobortis volutpat pulvinar nunc tellus pulvinar massa, non sit ut eget, sed id sed laoreet molestie feugiat, lobortis volutpat feugiat nibh. Id pulvinar massa id, ipsum massa mauris tempus ante mauris ac et elit, donec praesent nonummy proin mauris, lorem nibh eget sed, mi molestie feugiat massa molestie lorem nibh. Eget sed laoreet felis tempus mi felis tempus proin mauris lorem nibh id sed molestie feugiat ut volutpat, sed nibh, id sed, laoreet id feugiat lobortis volutpat feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, lorem laoreet id pulvinar ut tellus sit congue diam nonummy, donec proin adipiscing nisi sem at magna ullamcorper amet congue aliquet nisi proin at lorem nibh felis, erat. Mi felis tempus proin, adipiscing aliquam sem consectetur congue ullamcorper pharetra donec ullamcorper amet nisi aliquet turpis nisi pharetra tincidunt volutpat, dolor tincidunt, euismod ipsum nunc non pharetra congue. Ullamcorper amet dolore tellus pulvinar, nunc molestie feugiat lobortis non, pharetra congue ullamcorper turpis, nisi turpis nisi diam consectetur, donec praesent amet donec praesent adipiscing magna et, elit donec. Praesent felis tempus ante mauris feugiat nibh elit erat mi feugiat massa volutpat dolor lobortis volutpat dolor, tincidunt euismod ipsum, ante mauris tempus ante eget dolor congue ullamcorper pulvinar. Dolore sem consectetur magna diam nonummy donec praesent nisi sem consectetur magna et elit tempus ante molestie feugiat ut non pharetra tincidunt, euismod pulvinar nunc tellus pharetra congue non. Pharetra praesent felis aliquam et elit, ac et, elit erat mi felis aliquam proin mauris lorem laoreet id pulvinar massa molestie ipsum ante mauris ac et elit erat felis. Ipsum massa volutpat feugiat lobortis volutpat, pulvinar dolore aliquet turpis, nisi, sem nonummy donec diam nonummy donec, proin at lorem nibh eget, sed laoreet molestie ipsum molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc tellus sit ut. Diam adipiscing proin at, ac, et. Elit ac mi felis erat praesent. Adipiscing tempus et at magna diam. Elit pulvinar, ut non consectetur congue. Ullamcorper amet tincidunt ipsum massa tellus. Feugiat ut non pharetra congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa molestie dolor congue, ullamcorper nonummy dolore turpis magna diam nonummy magna diam nonummy, donec aliquet amet nunc sem consectetur magna diam nonummy erat mi felis. Aliquam proin consectetur nisi sem, consectetur ullamcorper amet dolore, aliquet turpis nunc, non pharetra magna ullamcorper, nonummy donec praesent turpis nisi tellus feugiat ut sem pharetra congue. Ullamcorper amet nisi sem, magna diam, nonummy, donec diam nonummy donec praesent adipiscing ac et elit sed laoreet id tempus mi adipiscing lorem et elit ac, diam. Erat ante felis lorem nibh mauris sed laoreet eget sed laoreet id, ipsum ut non, dolor, tincidunt euismod amet dolore aliquet turpis nisi, volutpat feugiat ante mauris. Mi felis erat, mi felis aliquam, proin adipiscing aliquam sem consectetur magna ullamcorper amet aliquam proin mauris lorem proin at ac mi felis erat mi felis tempus. Eget sed tincidunt euismod sit ut non pharetra congue non pharetra congue ullamcorper amet nunc tellus feugiat lobortis molestie lorem nibh eget nisi proin mauris lorem nibh. Eget, tempus ante mauris tempus proin mauris ac proin at ac mi, felis tempus ante molestie lorem nibh, elit erat et nonummy praesent adipiscing aliquam sem at. Ac diam consectetur magna diam nonummy dolore aliquet sit nisi, non sit congue non, amet congue aliquet amet dolore, aliquet sit lobortis pharetra, tincidunt euismod pulvinar, tincidunt. Tellus sit nisi non nonummy, magna praesent adipiscing aliquam proin adipiscing nisi sem at magna diam nonummy donec praesent turpis nisi aliquet lorem nibh nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non sit congue pharetra congue euismod amet, dolore aliquet turpis. Nisi sem pharetra tincidunt euismod pulvinar tincidunt tellus sit ut tellus, pharetra. Donec praesent nonummy aliquam proin mauris nibh id, ipsum nunc tellus sit. Ut non pharetra tincidunt ullamcorper amet tincidunt id pulvinar nunc tellus sit. Ut non dolor tincidunt id ipsum, nunc ipsum lobortis volutpat feugiat, lobortis. Volutpat dolor nunc tellus sit, ut sem elit donec, praesent adipiscing aliquam. Proin mauris lorem nibh euismod pulvinar molestie ipsum lobortis volutpat feugiat lobortis. Id sed, laoreet id, tempus ante mauris feugiat nibh eget lorem mi. Felis tempus massa tellus lorem lobortis volutpat pharetra congue amet ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat pulvinar nunc tellus sit ut non dolor, lobortis volutpat et eget sed laoreet id feugiat ut ullamcorper pharetra congue euismod amet nunc, molestie sit ut non. Amet dolore aliquet pulvinar nunc euismod pulvinar, nunc tellus, ante eget sed et elit sed, praesent nonummy aliquam proin, adipiscing aliquam sem consectetur magna diam nonummy congue ullamcorper amet. Dolore sem turpis ut, tempus proin at lorem et nonummy donec diam nonummy donec aliquet turpis ut non pharetra magna diam amet congue aliquet turpis aliquam sem consectetur non. Pharetra congue ullamcorper pulvinar nunc tellus sit ut sem, consectetur magna diam adipiscing donec aliquet turpis dolore aliquet sit lobortis volutpat dolor tincidunt volutpat dolor laoreet ipsum ante mauris. Feugiat lobortis volutpat dolor tincidunt tellus turpis ut sem consectetur magna diam nonummy dolore aliquet turpis nisi aliquet turpis magna diam nonummy donec mi aliquam proin consectetur, magna et. Id pulvinar nunc molestie ipsum proin at ac et elit ipsum massa tellus, feugiat dolore aliquet turpis, ut non pharetra congue ullamcorper amet donec praesent turpis nisi sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, amet nisi proin at ac mi felis ipsum. Lobortis volutpat dolor, tincidunt diam nonummy donec praesent turpis. Nisi diam nonummy, donec felis tempus proin at ac. Et eget sed laoreet felis tempus massa molestie dolor. Nibh eget, dolor tincidunt euismod sit nunc tellus feugiat. Ut diam dolore aliquet turpis, ut sem consectetur congue. Non, pharetra dolore praesent felis tempus ante at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy ante mauris lorem laoreet id ipsum, massa tellus. Pharetra congue non pharetra tincidunt ullamcorper turpis nisi et elit. Erat mi felis, erat ante, mauris lorem eget sed laoreet. Eget sed laoreet felis ipsum massa, mauris lorem et eget. Pulvinar dolore aliquet turpis, ut volutpat dolor congue euismod pulvinar. Dolore turpis, nisi sem consectetur magna praesent nonummy, aliquam proin. At, lorem nibh eget erat mi, id ipsum massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget lorem laoreet, id pulvinar nunc id ipsum ante mauris sed laoreet eget sed laoreet molestie feugiat lobortis molestie feugiat tincidunt euismod tincidunt. Euismod pulvinar nunc molestie lorem nibh eget lorem tincidunt id ipsum massa tellus sit congue ullamcorper amet, tincidunt euismod ipsum massa felis erat mi feugiat. Lobortis volutpat pulvinar tincidunt euismod pulvinar nunc tellus sit lobortis non dolor tincidunt euismod pulvinar, nunc molestie sit ut non dolor tincidunt, euismod dolor dolore. At erat, mi id ipsum nunc tellus pharetra congue ullamcorper pharetra congue ullamcorper pulvinar nunc molestie, ipsum massa volutpat pharetra congue ullamcorper pulvinar laoreet sit. Ut sem consectetur magna diam nonummy, donec aliquet turpis ut non pharetra, congue ullamcorper nonummy donec praesent adipiscing ac proin at, ac et elit erat. Ante consectetur magna praesent nonummy nunc tellus sit ut non pharetra ut non amet, congue aliquet, amet nunc molestie feugiat, lobortis volutpat dolor lobortis, eget. Nisi proin at magna sem consectetur congue euismod pulvinar nunc euismod sit nunc non pharetra ut volutpat sed, laoreet euismod sed mi felis erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, et elit erat mi adipiscing tempus ante at ac nibh elit magna praesent, dolore aliquet turpis. Aliquam proin at ac mi id tempus ante mauris tempus ante, mauris lorem nibh eget tempus ante. Mauris lorem, nibh volutpat dolor tincidunt molestie feugiat laoreet id ipsum massa id feugiat massa molestie lorem. Nibh eget sed laoreet euismod pulvinar nunc molestie feugiat ante mauris lorem nibh eget massa tellus, feugiat. Lobortis non, pharetra, tincidunt euismod pulvinar tincidunt, euismod, tempus ante adipiscing tempus, proin, consectetur, magna et nonummy. Donec, praesent nonummy aliquet sit ut sem, consectetur magna ullamcorper amet dolore ullamcorper amet nisi aliquet turpis. Nisi diam nonummy donec praesent adipiscing tempus proin at lorem laoreet id sed molestie ipsum massa molestie. Ac tincidunt id ipsum massa tellus turpis nisi sem nonummy donec praesent adipiscing aliquam, proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante mauris lorem laoreet euismod, pulvinar massa molestie, feugiat massa molestie lorem nibh eget sed mi. Euismod nunc non pharetra congue non pharetra tincidunt euismod pulvinar massa molestie sit lobortis volutpat dolor lobortis volutpat. Dolor nunc molestie turpis ut sem consectetur praesent adipiscing aliquam proin at ac nibh elit donec diam, amet. Donec ante at ac et elit erat mi felis erat mi felis tempus proin at, ac felis tempus. Ante, sem consectetur magna diam amet dolore aliquet turpis nisi sem consectetur magna diam elit donec praesent amet. Nisi aliquet turpis volutpat feugiat tincidunt euismod amet dolore aliquet sit ut sem consectetur magna praesent felis aliquam. Praesent at lorem lobortis volutpat dolor, massa felis tempus ante molestie feugiat euismod dolor laoreet id pulvinar, massa. Tellus sit congue ullamcorper nonummy donec praesent at ac proin eget sed laoreet id, ipsum ante felis aliquam. Sem, at lorem, id pulvinar ut non pharetra ut non pharetra congue ullamcorper turpis ut sem consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, dolore sem turpis nisi diam nonummy donec praesent adipiscing aliquam proin, mauris dolor tincidunt. Id pulvinar, sem consectetur magna diam nonummy dolore aliquet turpis aliquam proin, at ac diam. Nonummy donec praesent mauris tempus ante, at lorem, laoreet id pulvinar non feugiat lobortis non. Pharetra, dolore aliquet turpis nisi sem consectetur magna sem consectetur magna praesent nonummy nisi sem. Consectetur nisi sem pharetra magna, diam nonummy donec molestie dolor congue aliquet turpis nisi sem. Consectetur ac diam nonummy, donec, ante mauris lorem nibh eget sed laoreet id ipsum, laoreet. Id lobortis ullamcorper amet dolore, aliquet turpis nisi sem turpis nisi non amet congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna sem sed, nunc non, pharetra ut volutpat dolor tincidunt ullamcorper pulvinar dolore tellus sit massa. Molestie feugiat lobortis volutpat dolor laoreet id tempus mi felis magna, diam amet nunc aliquet adipiscing aliquam. Et at ac praesent felis aliquam, proin at feugiat lobortis eget sed mi id ipsum massa volutpat. Pharetra ante mauris lorem lobortis volutpat dolor tincidunt aliquet sit aliquam proin, at ac et, elit, erat. Mi volutpat, dolor tincidunt volutpat dolor tincidunt euismod pulvinar ut non donec, praesent, adipiscing tempus ante mauris. Sed laoreet euismod amet nisi proin elit erat mi felis ipsum massa mauris feugiat lobortis volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, lorem ut non amet dolore ullamcorper amet ut non consectetur, magna diam nonummy dolore turpis aliquam proin at erat et felis ipsum, massa tellus. Sit ut ullamcorper nonummy donec proin adipiscing, aliquam et at erat mi, elit tempus ante mauris dolore aliquet turpis dolore aliquet turpis nisi tellus sit. Ut ullamcorper amet dolore tellus sit nisi sem pharetra ut non pharetra dolore praesent adipiscing nisi consectetur magna diam elit donec praesent, nonummy donec, sem. Consectetur lorem et, elit erat laoreet id ipsum ante mauris ac et at magna elit erat ante felis, tempus ante mauris erat et felis tempus. Ante molestie feugiat lobortis volutpat sed tincidunt id sed laoreet id ipsum massa molestie dolor, lobortis amet nunc tellus, feugiat ut sem consectetur erat mi. Mauris feugiat lobortis non amet donec praesent adipiscing aliquam sem at ac mi felis erat proin at aliquam eget dolor tincidunt euismod pulvinar nunc tellus. Feugiat, nibh eget sed tincidunt id, ipsum laoreet id feugiat massa molestie sed, tincidunt, turpis nisi sem consectetur nisi sem consectetur, donec mi mauris, lorem. Lobortis euismod pulvinar nunc aliquet turpis aliquam proin at donec diam, adipiscing aliquam massa molestie dolor mi felis lorem et elit erat et felis erat. Praesent adipiscing aliquam ante eget sed laoreet eget pulvinar nunc tellus feugiat lobortis volutpat dolor lobortis euismod ipsum tellus sit lobortis volutpat dolor lobortis euismod. Pulvinar nunc aliquet turpis ut, non consectetur magna diam amet dolore, ullamcorper adipiscing aliquam proin consectetur magna ullamcorper pharetra dolore molestie lorem ante mauris erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis tempus ante at laoreet id pulvinar ut non sit ut non amet dolore ullamcorper turpis nisi sem consectetur nisi diam elit erat praesent adipiscing donec. Praesent adipiscing aliquam nonummy erat mi felis aliquam proin adipiscing aliquam proin consectetur nisi ullamcorper amet dolore ullamcorper amet dolore aliquet consectetur magna, sem consectetur magna ullamcorper. Amet praesent adipiscing aliquam, proin at, ac diam nonummy donec proin adipiscing aliquam proin consectetur magna et nonummy donec diam turpis nisi aliquet at tincidunt tellus pulvinar. Nunc tellus sit ut non pharetra congue id sed laoreet felis tempus ante felis tempus et at sed laoreet euismod ipsum massa mauris lorem, eget lorem et. Eget ipsum nunc tellus sit congue ullamcorper nonummy donec praesent turpis nisi sem consectetur nisi sem pharetra congue ullamcorper pulvinar nunc tellus pulvinar nunc sit ut non. Amet dolore ullamcorper amet dolore, tellus sit ut volutpat feugiat tincidunt euismod dolor tincidunt euismod, pulvinar nunc nonummy erat mi adipiscing tempus, ante mauris lorem nibh elit. Sed laoreet molestie, feugiat lobortis volutpat dolor congue, ullamcorper, turpis aliquam, proin, consectetur ac, mi felis tempus molestie sit lobortis volutpat dolor nibh elit erat mi adipiscing. Ipsum massa mauris, ac proin, at ac mi, felis, tempus ante molestie dolor ipsum magna laoreet, tellus nonummy lorem, lobortis diam felis feugiat magna mi tellus elit. Turpis dolor donec lobortis volutpat consectetur magna diam adipiscing aliquam, proin, mauris ac et elit sed, mi pharetra magna ullamcorper nonummy donec praesent at ac nibh elit. Sed laoreet id, ipsum massa molestie lorem nibh eget lorem laoreet eget sed mi id lorem nibh lorem nibh, elit sed mi felis tempus massa mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, massa molestie pharetra magna diam nonummy donec praesent adipiscing aliquam proin consectetur magna diam elit aliquam proin mauris lorem. Lobortis volutpat sed tincidunt at lorem, laoreet id ipsum massa molestie lorem nibh mauris lorem et elit sed laoreet, id. Feugiat ante mauris lorem nibh eget sed laoreet turpis magna sem pharetra congue euismod dolor laoreet id pulvinar nunc tellus. Feugiat lobortis non pharetra dolore aliquet amet dolore, aliquet consectetur nisi diam nonummy donec aliquet tempus, nibh eget sed, laoreet. Euismod turpis ac diam nonummy erat mi felis tempus ante, adipiscing aliquam proin consectetur magna ullamcorper pharetra dolore praesent aliquam. Ante mauris lorem nibh felis tempus ante felis aliquam ante mauris lorem et eget ipsum laoreet felis, tempus proin at. Ac nibh volutpat dolor nunc at, erat laoreet, id ipsum massa molestie feugiat lobortis volutpat dolor tincidunt tellus sit nisi. Sem pharetra ut volutpat pharetra congue aliquet turpis dolore tellus sit lobortis, dolor tincidunt ullamcorper, amet dolore aliquet adipiscing, ac. Diam elit, erat laoreet felis aliquam proin mauris ac et eget sed tellus sit, lobortis molestie, feugiat tincidunt volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, non sit congue diam tempus massa mauris lorem nibh elit erat laoreet aliquet eget pulvinar aliquam tincidunt massa sem nonummy ipsum. Nunc nunc proin eget amet aliquam nibh ullamcorper at adipiscing feugiat donec massa molestie pharetra tincidunt ullamcorper turpis aliquam proin, consectetur magna. Diam, elit erat mi mauris aliquam proin at aliquam, sem consectetur dolore aliquet consectetur magna, diam nonummy dolore mi, felis lorem ante. Eget sed, tincidunt euismod donec proin at nisi sem consectetur magna diam donec praesent amet dolore, aliquet consectetur ac diam nonummy magna. Diam amet dolore tellus pulvinar nunc molestie ipsum, ante at, ac et at erat et elit dolore, turpis, nisi, proin at ac. Et elit erat praesent nonummy donec praesent at ac et nonummy donec diam amet congue aliquet pulvinar dolore, molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pulvinar nunc tellus dolor tincidunt volutpat. Dolor tincidunt id pulvinar massa molestie ut. Volutpat dolor laoreet id ipsum nunc aliquet. Sit lobortis molestie lorem ante at magna. Diam nonummy magna diam amet donec aliquet. Pulvinar nunc molestie tempus eget lorem et. At magna, ullamcorper amet congue euismod pulvinar. Dolore, aliquet turpis lobortis molestie lorem nibh. Eget sed laoreet id sed mi felis. Tempus eget sed nibh elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore, sem consectetur magna diam consectetur magna diam nonummy proin mauris, ac nibh laoreet, id ipsum. Massa volutpat dolor tincidunt volutpat dolor tincidunt id ipsum ante mauris lorem nibh eget ac et elit. Donec tellus magna ullamcorper pharetra tincidunt id sed laoreet felis erat ante felis aliquam sem consectetur magna. Diam consectetur magna ullamcorper nonummy dolore tellus pulvinar nunc mauris erat praesent nonummy dolore, aliquet turpis aliquam. Sem consectetur ac ullamcorper amet dolore euismod amet tincidunt euismod pulvinar massa molestie lorem nibh mauris laoreet. Euismod, pulvinar laoreet felis, aliquam praesent adipiscing aliquam non sit ut volutpat feugiat et at ac diam. Nonummy donec, diam, amet nunc tellus sit nunc tellus magna diam amet dolore euismod sit nunc, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent adipiscing aliquam et at et elit, donec praesent adipiscing donec aliquet turpis nisi sem consectetur magna diam nonummy donec praesent turpis nisi proin at magna. Diam amet, dolore ullamcorper nisi aliquet turpis ut non pharetra congue ullamcorper nonummy dolore, aliquet sit ut non consectetur congue non pharetra tincidunt eget sed mi elit erat. Praesent dolor tincidunt, euismod dolor, laoreet, id tempus ante mauris tempus nibh mauris lorem et, at, magna ullamcorper nonummy dolore aliquet amet dolore sem magna sem consectetur, donec. Praesent adipiscing aliquam proin turpis nisi non consectetur donec praesent nonummy donec aliquet adipiscing aliquam proin consectetur, congue ullamcorper amet congue ullamcorper turpis proin consectetur ac diam nonummy. Donec praesent felis tempus ante mauris ac nibh eget erat praesent adipiscing donec aliquet adipiscing aliquam sem at ac et, felis erat mauris lorem, ante at magna sem. Pharetra tincidunt euismod sed laoreet eget sed mi adipiscing donec praesent at ac proin ac diam nonummy dolore aliquet turpis aliquam ante elit ac et nonummy donec ullamcorper. Nonummy donec, praesent, adipiscing aliquam, sem consectetur congue ullamcorper pharetra tincidunt euismod pulvinar tellus ipsum massa molestie feugiat lobortis elit erat et elit erat mi felis tempus, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, laoreet id ipsum massa at ac proin consectetur magna diam amet. Dolore, aliquet turpis dolore euismod ipsum massa mauris tempus eget dolor tincidunt. Euismod pulvinar nunc molestie feugiat lobortis eget dolor laoreet id erat laoreet. Felis, tempus mi adipiscing aliquam sem, consectetur magna diam consectetur ante felis. Aliquam proin adipiscing aliquam sem consectetur ut non, pharetra congue euismod pulvinar. Massa molestie ipsum lobortis volutpat, dolor tincidunt volutpat sed mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget lorem, nibh euismod ipsum massa molestie feugiat massa molestie dolor congue ullamcorper pulvinar nunc tellus sit non pharetra. Tincidunt euismod dolor laoreet id, ipsum ante mauris tempus proin at ac et elit ac praesent nonummy dolore praesent. Turpis nisi proin eget erat mi felis aliquam proin at aliquam et elit erat mi felis tempus mi adipiscing. Aliquam et elit, erat mi felis erat ante mauris lorem lobortis amet dolore tellus, sit ut non pharetra congue. Non pharetra congue aliquet pulvinar dolore tellus turpis nisi sem consectetur magna diam adipiscing aliquam eget dolor tincidunt euismod. Sit ut, non consectetur ac diam adipiscing aliquam proin adipiscing nisi aliquet turpis magna et felis erat praesent turpis. Aliquam ante mauris lorem tellus turpis nisi non, pharetra ut ullamcorper amet dolore praesent turpis aliquam sem consectetur, ac. Mi felis tempus ante molestie feugiat lobortis euismod pulvinar nunc tellus sit sem consectetur donec praesent felis, aliquam praesent. Adipiscing aliquam, et elit ipsum dolore aliquet turpis ut non consectetur erat mi feugiat lobortis volutpat dolor, nunc tellus. Sit ut sem consectetur, magna diam nonummy donec aliquet amet dolore tellus sit lobortis volutpat dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat praesent adipiscing aliquam proin, adipiscing aliquam proin consectetur magna et donec mi mauris lorem, lobortis volutpat dolor tincidunt euismod ipsum ante mauris, tempus. Nibh eget sed nibh eget donec praesent adipiscing aliquam, proin, mauris tincidunt ullamcorper turpis nisi, sem at magna diam, nonummy donec praesent adipiscing donec aliquet sit. Nisi diam elit erat praesent nonummy dolore aliquet turpis nisi, proin consectetur mi felis, erat mi turpis, nisi sem turpis nisi volutpat feugiat tincidunt euismod, pulvinar. Dolore aliquet turpis ut tellus sit lobortis volutpat dolor ullamcorper turpis dolore tellus feugiat massa molestie feugiat lobortis, eget dolor tincidunt tellus sit massa molestie sit. Lobortis volutpat sed laoreet euismod, ipsum massa, id ipsum massa dolor tincidunt id ipsum, massa, tellus sit lobortis volutpat, pharetra congue, ullamcorper amet nunc aliquet, sit. Nunc tellus pharetra, congue ullamcorper amet dolore aliquet turpis ut sem ac et elit tempus mi felis, tempus, proin mauris ac et felis tempus ante mauris. Aliquam proin mauris lorem nibh turpis nisi sem consectetur magna diam nonummy donec praesent adipiscing aliquam proin, at magna sem consectetur, congue ullamcorper nonummy aliquam proin. At ac et nonummy erat mi, sit ut non dolor lobortis euismod amet dolore aliquet, turpis nisi non pharetra, tincidunt, ullamcorper amet donec tellus pulvinar massa. Molestie lorem lobortis, volutpat, dolor congue adipiscing ac et at magna diam nonummy donec praesent adipiscing aliquam proin, mauris erat mi felis tempus ante tellus feugiat. Lobortis volutpat, dolor laoreet euismod pulvinar massa consectetur, congue ullamcorper amet dolore aliquet amet nunc tellus sit, lobortis volutpat feugiat lobortis volutpat pulvinar nunc aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id tempus ante at lorem. Et elit sed mi felis erat. Ante mauris lorem, lobortis, sed, tincidunt. Euismod sit nunc non pharetra, ut. Ullamcorper amet donec, aliquet turpis dolore. Sem consectetur magna diam elit donec. Praesent adipiscing nisi aliquet consectetur mi. Id ipsum ut tellus feugiat lobortis. Volutpat dolor congue aliquet turpis ut. Non sit ut non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi felis tempus massa mauris, feugiat, lobortis volutpat sed laoreet. Eget sed massa, molestie ipsum massa, molestie dolor congue euismod nunc molestie. Feugiat ut, non pharetra congue, euismod pulvinar tincidunt euismod ipsum ante mauris. Lorem, nibh eget pharetra laoreet id pulvinar nunc, tellus ipsum ante dolor. Lobortis volutpat sed mi felis erat mi mauris tempus nibh mauris, ac. Et, elit, sed mi felis tempus ante at ac, et eget, erat. Mi felis massa volutpat feugiat congue ullamcorper, amet nunc tellus turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non amet dolore aliquet ac nibh. Eget erat, mi felis ipsum lobortis. Non amet congue aliquet amet nunc. Tellus sit magna diam nonummy donec. Praesent, adipiscing donec praesent sed laoreet. Id, pulvinar nunc molestie sit congue. Ullamcorper nonummy donec ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra congue, pulvinar dolore tellus turpis ut sem consectetur magna diam. Nonummy dolore aliquet adipiscing aliquam proin at ac et elit erat praesent. Adipiscing, lorem nibh sed tincidunt id ipsum laoreet, felis, tempus, ante mauris. Ac nibh eget sed massa id ipsum ante molestie, feugiat lobortis eget. Sed tincidunt euismod pulvinar tellus sit lobortis eget sed nibh eget ipsum. Nunc tellus sit lobortis non dolor laoreet id, pulvinar dolore aliquet sit. Lobortis, non pharetra magna praesent adipiscing lobortis euismod pulvinar tincidunt euismod ipsum. Nunc, molestie feugiat ut non pharetra congue ullamcorper adipiscing nisi sem sit. Ut sem nonummy tempus ante mauris magna praesent felis aliquam proin mauris. Sed nunc tellus sit ut, tellus pharetra, congue, ullamcorper pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat tincidunt id sit ut non pharetra magna praesent adipiscing aliquam proin at aliquam et elit ac et, nonummy donec aliquet turpis et. Eget sed mi elit tempus ante, molestie, feugiat lobortis euismod pulvinar tincidunt tellus, sit ut tellus sit massa eget, sed tincidunt id sed. Laoreet sit ut non pharetra congue euismod pulvinar dolore, tellus sit nunc tellus feugiat nibh mauris sed laoreet eget sed mi id tempus. Ante at ac et elit nisi proin elit ac sem consectetur magna mi adipiscing aliquam proin mauris sed laoreet id sed massa molestie. Ipsum massa mauris feugiat nibh amet nunc tellus sit lobortis non dolor tincidunt volutpat sed laoreet id tempus mi felis, tempus nibh, eget. Sed laoreet id, sed mi felis aliquam praesent adipiscing proin at ac diam consectetur magna aliquet amet dolore tellus sit ut non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sit, ut non consectetur magna et felis erat mi mauris aliquam nibh eget. Sed laoreet, id ipsum massa molestie sit, ut euismod pulvinar dolore tellus lorem nibh. Id pulvinar nunc molestie sit congue ullamcorper elit erat ante felis tempus sem turpis. Ut sem consectetur congue ullamcorper amet, dolore aliquet turpis sem at ac praesent nonummy. Aliquam proin at lorem lobortis volutpat pulvinar nunc tellus turpis nisi sem nonummy donec. Diam nonummy donec, praesent adipiscing, aliquam proin erat mi adipiscing donec praesent adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat lobortis volutpat, dolor volutpat dolor tincidunt id ipsum ante mauris lorem proin at ac et elit, ac. Mi id, feugiat massa molestie feugiat lobortis, volutpat sed laoreet id ipsum sem nonummy magna diam nonummy donec proin, mauris. Sed laoreet id ipsum massa, non, consectetur magna diam, nonummy donec praesent adipiscing tempus ante, at ac id ipsum massa. Molestie feugiat lobortis, eget sed nibh eget sed massa tellus, sit lobortis volutpat dolor congue ullamcorper pulvinar tincidunt tellus turpis. Diam nonummy donec, diam adipiscing, aliquam proin mauris ac et elit sed massa id feugiat ante at ac sem consectetur. Magna diam nonummy dolore aliquet turpis nisi at ac et elit donec diam amet nunc tellus, pulvinar nunc molestie sit. Massa mauris lorem et elit erat mi elit erat ante, mauris lorem nibh dolor tincidunt, id ipsum massa molestie feugiat. Lobortis non amet congue tellus sit ut tellus, sit lobortis non pharetra tincidunt, ullamcorper amet nunc tellus feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore proin, mauris sed tincidunt euismod pulvinar, ut non pharetra congue, diam nonummy. Proin molestie feugiat nibh volutpat dolor tincidunt euismod pulvinar nunc non pharetra congue. Euismod pulvinar nunc, euismod pulvinar nunc molestie, ipsum, massa, at aliquam aliquet amet. Nisi sem consectetur nisi sem consectetur magna diam adipiscing nisi aliquet turpis ut. Non pharetra congue non pharetra tincidunt euismod ipsum laoreet id ipsum massa dolor. Tincidunt euismod pulvinar nunc tellus sit, ut volutpat, dolor congue euismod dolor nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper adipiscing aliquam praesent adipiscing aliquam et elit erat mi, elit erat mi felis, lorem nibh mauris sed laoreet. Euismod pulvinar nunc nonummy donec diam adipiscing tempus ante at ac proin consectetur congue ullamcorper amet dolore aliquet turpis dolore aliquet. Consectetur ac et felis erat ante mauris magna, ullamcorper nonummy donec, praesent turpis ut non consectetur magna, ullamcorper pharetra tincidunt volutpat. Dolor tincidunt tellus sit ut non dolor tincidunt volutpat, dolor tincidunt adipiscing aliquam et elit erat laoreet id ipsum massa volutpat. Dolor lobortis euismod pulvinar massa molestie ipsum massa mauris tempus ante at magna diam elit, nunc molestie sit ut, ullamcorper nonummy. Donec praesent adipiscing, aliquam proin elit sed laoreet tellus feugiat lobortis volutpat dolor lobortis euismod pulvinar tincidunt euismod pulvinar nunc tellus. Magna praesent, adipiscing aliquam proin adipiscing aliquam, sem at ac et elit erat mi felis lorem et eget erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget sed nibh eget ipsum. Massa tellus pharetra congue non dolor. Tincidunt ullamcorper, pulvinar nunc tellus sit. Diam nonummy erat massa molestie feugiat. Tincidunt, volutpat dolor nunc tellus turpis. Nisi proin at ac et, elit. Tempus massa, molestie dolor lobortis volutpat. Tempus proin consectetur magna, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, euismod pulvinar nunc, tellus pharetra lobortis, volutpat, amet congue ullamcorper. Nisi sem at, magna diam nonummy donec praesent felis aliquam sem. Consectetur, magna, non consectetur magna diam nonummy dolore aliquet turpis, nisi. Sem pharetra et id ipsum mi mauris, ac et elit, erat. Et felis tempus mi felis tempus ante at ac et nonummy. Donec praesent adipiscing, aliquam ante at, aliquam eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh volutpat sed et elit erat mi, nonummy donec tellus pulvinar nunc pharetra. Congue ullamcorper pharetra congue, euismod pulvinar massa molestie feugiat lobortis molestie dolor, lobortis volutpat. Dolor tincidunt tellus turpis nisi non pharetra congue felis lorem nibh eget lorem nibh. Eget erat laoreet felis tempus ante mauris lorem, lobortis eget dolor, tincidunt euismod pulvinar. Nunc, molestie feugiat nibh eget sed tincidunt adipiscing ut molestie sit ut non pharetra. Dolore ullamcorper turpis dolore tellus feugiat lobortis volutpat feugiat, lobortis volutpat dolor nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper pharetra donec aliquet adipiscing nisi non feugiat ut ullamcorper pharetra dolore aliquet turpis nisi aliquet turpis diam nonummy congue euismod amet nunc euismod pulvinar massa molestie lorem. Ante, mauris ac et elit ac et nonummy donec, praesent felis ac proin ac et elit erat diam nonummy donec aliquet sit ut non sit lobortis eget dolor laoreet. Eget ipsum laoreet id tempus massa molestie lorem nibh eget sed, euismod pulvinar massa molestie feugiat tincidunt volutpat dolor laoreet id sed massa molestie feugiat massa eget lorem laoreet. Eget ipsum massa felis erat volutpat, dolor congue ullamcorper amet tincidunt euismod ipsum massa molestie feugiat lobortis volutpat pharetra dolore tellus sit nunc tellus feugiat lobortis ullamcorper pharetra congue. Euismod dolor, nunc sit ut non pharetra congue euismod sed laoreet eget sed massa molestie, sit ut volutpat dolor tincidunt euismod pulvinar dolore aliquet sit lobortis volutpat dolor tincidunt. Ullamcorper dolore tellus sit nunc tellus feugiat lobortis euismod pulvinar nunc tellus turpis nisi sem pharetra congue non dolor tincidunt, id dolore tellus feugiat ut sem pharetra magna aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna, diam consectetur magna felis, aliquam proin, adipiscing aliquam proin consectetur ac diam amet dolore aliquet amet dolore, aliquet turpis ut. Non consectetur, magna ullamcorper amet nunc tellus pulvinar tellus sit congue diam pharetra congue euismod pulvinar nunc tellus feugiat, lobortis volutpat dolor. Tincidunt ullamcorper, amet dolore, tellus, turpis nisi sem nonummy, donec mi tempus ante at lorem, laoreet eget sed mi id ipsum ante. Molestie feugiat nibh elit sed mi id tempus ante felis tempus, ante amet dolore aliquet sit, nunc tellus, sit ut non dolor. Tincidunt euismod amet nunc, tellus feugiat ante felis ac proin elit erat et, felis ipsum ante mauris nibh eget sed nibh eget. Sed laoreet id ipsum massa volutpat lorem, et at magna diam amet donec praesent adipiscing nisi sem turpis nisi, sem consectetur congue. Amet dolore tellus turpis ut, sem consectetur magna et, felis tempus ante at ac proin consectetur nisi sem consectetur magna aliquet amet. Dolore tellus sit nunc consectetur magna diam nonummy aliquam praesent adipiscing ac et eget erat mi, elit erat mi felis aliquam proin. At, ac felis erat praesent amet nunc tellus sit ut non pharetra congue diam nonummy donec praesent at ac proin at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus, ante eget sed nibh felis tempus massa molestie feugiat lobortis eget sed, laoreet id, sed massa molestie lobortis non. Amet donec aliquet amet dolore, aliquet turpis ut sem pharetra congue, ullamcorper amet donec praesent turpis nisi proin at sed mi. Id massa molestie lorem, nibh eget, sed mi felis tempus mi felis aliquam proin at magna non consectetur magna ullamcorper pulvinar. Nunc tellus, sit ut non pharetra ut pharetra dolore aliquet amet dolore aliquet turpis, nisi diam elit erat praesent nonummy, dolore. Aliquet, turpis, nisi, sem, nonummy erat praesent felis feugiat volutpat nonummy donec proin at ac proin consectetur, magna sem pharetra magna. Praesent turpis nisi aliquet consectetur ut non sit ut volutpat dolor tincidunt euismod sit nisi euismod pulvinar, massa tellus sit nisi. Non pharetra congue ullamcorper amet dolore sem consectetur magna et nonummy donec mi felis aliquam proin at ac proin elit, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem nibh, volutpat sed laoreet euismod ipsum nunc tellus sit. Congue, ullamcorper aliquam proin at aliquam proin at erat mi, felis. Feugiat massa molestie lorem et elit sed mi felis, tempus massa. Volutpat pharetra congue euismod amet aliquet turpis nisi et eget sed. Mi felis, aliquam, proin at lorem lobortis eget dolor tincidunt molestie. Feugiat lobortis volutpat, pharetra tincidunt ullamcorper amet dolore at lorem nibh. Eget ipsum nunc non consectetur ac et elit donec praesent, turpis. Nisi proin eget sed laoreet id ipsum, nunc tellus donec diam. Adipiscing aliquam, ante mauris lorem nibh elit erat mi elit aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur ac mi tempus nunc non pharetra congue ullamcorper. Nonummy dolore aliquet sit ut non pharetra congue ullamcorper amet. Dolore aliquet adipiscing aliquam sem elit, ac et, elit, mi. Mauris lorem ante mauris dolor tincidunt euismod pulvinar nunc tellus. Sit ut ullamcorper amet dolore ullamcorper turpis nisi aliquet consectetur. Magna et nonummy ante mauris lorem nibh eget lorem nibh. Eget ipsum nunc tellus feugiat lobortis volutpat dolor congue euismod. Ipsum nunc tellus sit ut non, pharetra congue non nonummy. Donec, praesent adipiscing, tempus ante at magna diam consectetur magna. Diam nonummy dolore praesent adipiscing aliquam proin consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur sed mi felis tempus ante eget lorem, et at ac et felis feugiat massa. Molestie, tincidunt ullamcorper amet nunc aliquet consectetur magna diam consectetur magna diam adipiscing aliquam ante eget. Sed laoreet, eget ipsum massa molestie feugiat, lobortis molestie dolore, aliquet adipiscing aliquam proin at magna. Diam elit erat mi felis tempus ante mauris ac nibh id ipsum massa molestie ipsum, lobortis. Molestie feugiat nibh dolor dolore sem at, erat mi, felis tempus ante, mauris tempus proin mauris. Sed tincidunt id sed laoreet felis tempus ante mauris lorem nibh erat laoreet felis tempus ante. Molestie dolor lobortis volutpat dolor laoreet id pulvinar nunc tellus feugiat nibh volutpat dolor congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non amet dolore ullamcorper amet nisi sem consectetur magna sem consectetur magna ullamcorper amet dolore aliquet adipiscing ac elit erat laoreet felis ipsum massa molestie lorem. Nibh volutpat sed tincidunt tellus turpis magna sem pharetra magna ullamcorper amet dolore aliquet turpis nisi sem magna praesent nonummy donec praesent adipiscing aliquam, proin elit erat. Mi felis tempus ante adipiscing aliquam sem at ac nibh elit, sed mi felis tempus, proin at et elit erat mi felis tempus, massa mauris lorem nibh. Volutpat dolor nunc tellus sit nisi sem pharetra, magna praesent adipiscing aliquam praesent nisi proin, at erat mi felis tempus massa molestie lorem nibh eget sed laoreet. Euismod sit ut non pharetra congue, ullamcorper pulvinar nunc aliquet sit ut non magna diam adipiscing aliquam proin mauris lorem et elit erat mi felis tempus ante. Mauris lorem nibh eget sed nibh id ipsum nunc tellus pharetra congue ullamcorper dolore aliquet amet dolore sem at ac et elit donec mi felis aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit praesent felis tempus, proin at lorem proin at, ac praesent, adipiscing aliquam proin at ac nibh euismod pulvinar tincidunt id ipsum massa, molestie lorem eget. Dolor tincidunt euismod, pulvinar nunc, tellus, pharetra congue ullamcorper pharetra, congue ullamcorper turpis aliquam sem, consectetur magna diam nonummy donec praesent turpis nisi sem, magna et. Eget ipsum nunc tellus feugiat nibh volutpat dolor tincidunt eget erat mi, felis tempus, proin at ac et elit, erat mi elit erat mi adipiscing tincidunt. Euismod amet dolore aliquet turpis nisi sem at, ac et adipiscing aliquam proin mauris lorem et eget erat laoreet, felis ipsum massa dolor tincidunt euismod amet. Dolore, aliquet adipiscing aliquam proin consectetur, magna diam amet donec proin turpis nisi, proin at ac mi, felis tempus ante molestie feugiat lobortis dolor tincidunt tellus. Sit ut, non pharetra congue non pharetra congue ullamcorper, amet dolore tellus sit congue non pharetra tincidunt euismod dolor tincidunt euismod pulvinar nunc, molestie congue ullamcorper. Pulvinar dolore aliquet, sit ut non consectetur magna diam amet dolore aliquet adipiscing aliquam sem turpis nisi non congue euismod pulvinar, nunc tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec praesent, at ac elit sed mi felis tempus ante mauris lorem lobortis volutpat sed mi id ipsum nunc tellus feugiat lobortis volutpat sed laoreet id. Sed laoreet ipsum, ante, molestie, feugiat lobortis volutpat ipsum massa molestie ipsum ante felis tempus nibh eget dolor nibh id tempus ante adipiscing tempus ante mauris lorem. Id pulvinar nunc non, pharetra magna, ullamcorper nonummy dolore praesent adipiscing dolore sem consectetur ac et, elit tempus mi adipiscing aliquam proin adipiscing aliquam eget sed laoreet. Id, ipsum massa molestie, dolor tincidunt euismod pulvinar nisi, sem consectetur nisi sem nonummy, magna praesent, adipiscing tempus proin at, ac et, elit laoreet felis tempus ante. Mauris feugiat lobortis volutpat ipsum laoreet id tempus ante felis tempus ante at ac, et elit tempus ante mauris feugiat ut non pharetra aliquet adipiscing nisi sem. At, ac mi felis, tempus ante mauris lorem nibh mauris, erat mi elit tempus, ante mauris lorem, ante mauris, lorem et elit erat id ipsum ante at. Feugiat tincidunt euismod dolor tincidunt felis, erat mi, felis, aliquam proin at magna diam consectetur, magna nonummy aliquam praesent at lorem nibh eget sed laoreet id ipsum. Massa mauris lorem, nibh eget sed mi elit tempus ante felis tempus ante eget sed laoreet pulvinar ut non pharetra, congue diam nonummy donec aliquet amet dolore. Tellus consectetur magna sem consectetur tincidunt ullamcorper pulvinar nunc euismod ipsum, nunc tellus feugiat lobortis eget laoreet id pulvinar massa molestie feugiat massa molestie feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, sem, consectetur magna ullamcorper, adipiscing aliquam proin at ac diam elit erat mi adipiscing aliquam, praesent adipiscing aliquam. Proin at ac diam amet aliquet adipiscing, aliquam proin at ac, diam nonummy donec diam nonummy donec aliquet turpis. Nisi sem at ac et elit dolore aliquet turpis dolore aliquet nisi et nonummy erat mi felis aliquam sem. At ac diam nonummy sed massa molestie tempus ante, mauris sed laoreet euismod ipsum massa tellus sit ut sem. Tempus massa mauris tempus nibh eget dolor tincidunt tellus sit ut non sit congue ullamcorper amet dolore aliquet turpis. Nisi sem consectetur ac nonummy erat ante felis tempus proin at ac nibh nonummy erat praesent amet donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ullamcorper amet donec praesent turpis aliquam proin at ac mi felis tempus massa, volutpat pharetra congue ullamcorper. Nonummy aliquam praesent adipiscing aliquam, proin elit ac felis ipsum massa volutpat dolor lobortis volutpat dolor tincidunt euismod. Turpis magna diam elit tempus mi adipiscing, aliquam proin, at ac et nonummy donec diam donec praesent turpis. Nisi aliquet turpis ut, ullamcorper, amet dolore ullamcorper pulvinar dolore euismod pulvinar massa mauris lorem nibh eget sed. Laoreet id ipsum molestie, sit ut non pharetra congue, euismod, amet dolore, aliquet consectetur magna diam nonummy, donec. Mi felis, tempus proin, consectetur nisi diam consectetur, donec diam nonummy praesent adipiscing ac et elit erat mi. Id feugiat lobortis, non pharetra tincidunt volutpat sed laoreet, id tempus mi felis tempus praesent adipiscing ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat, pharetra congue praesent adipiscing aliquam nibh eget dolor nunc, tellus sit ut, tellus magna, diam nonummy donec praesent adipiscing. Aliquam proin at magna ullamcorper pharetra tincidunt ullamcorper adipiscing nisi sem turpis, ut non dolor lobortis volutpat, sed euismod pulvinar ut sem. Consectetur donec praesent felis, tempus, ante mauris lorem laoreet eget sed, mi felis, erat ante felis tempus proin at magna et elit. Mi molestie feugiat nibh, mauris lorem nibh eget erat, mi felis feugiat ut non amet dolore praesent adipiscing ac et, elit erat. Mi felis nisi non consectetur congue, ullamcorper amet donec praesent adipiscing aliquam proin at ac diam nonummy, donec proin at, aliquam proin. Consectetur magna diam elit erat mi tempus proin, at lorem nibh elit erat praesent adipiscing dolore aliquet turpis nisi non consectetur, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, tempus nibh eget sed tincidunt tellus sit nisi diam. Consectetur erat mi felis lorem nibh eget, sed nibh id. Ipsum nunc aliquet consectetur massa, tellus sit nisi non consectetur. Congue diam nonummy donec praesent adipiscing, ac et elit sed. Laoreet molestie sit congue non amet congue, euismod pulvinar tellus. Turpis magna diam consectetur magna diam nonummy dolore aliquet turpis. Nisi diam nonummy erat mi felis aliquam proin, at aliquam. Sem consectetur magna diam elit dolore molestie dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus mi felis tempus ante mauris lorem et elit laoreet molestie feugiat. Ut ullamcorper amet congue ullamcorper pulvinar, nunc molestie ipsum, massa, molestie feugiat. Nibh, eget dolor tincidunt, id ipsum ante, mauris tempus ante lorem et. Eget ipsum laoreet id ipsum massa mauris ac et elit ac mi. Felis tempus ante mauris lorem ante, mauris ac nibh eget sed id. Feugiat massa molestie, lorem nibh elit erat mi elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam nonummy donec mi tempus ante eget lorem et elit, erat, laoreet, felis feugiat massa molestie. Dolor lobortis volutpat sed laoreet id, ipsum massa volutpat dolor tincidunt euismod tincidunt tellus sit nunc tellus. Pharetra congue ullamcorper amet congue aliquet turpis nisi sem sit ut non pharetra dolore aliquet turpis dolore. Euismod, pulvinar nisi consectetur, congue ullamcorper amet, donec proin at aliquam proin elit ac diam amet congue. Euismod, amet dolore aliquet sit nisi sem consectetur, magna diam nisi sem at ac et nonummy magna. Diam felis tempus ante at aliquam proin at erat mi felis, erat mi mauris, lorem, nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, felis tempus nibh eget sed nibh eget sed laoreet felis tempus proin at lorem proin at magna amet dolore praesent turpis dolore aliquet turpis nisi non. Consectetur magna ullamcorper nonummy donec praesent turpis nunc molestie, feugiat lobortis volutpat feugiat laoreet sed massa id feugiat massa volutpat dolor, lobortis euismod, pulvinar, dolore, tellus, turpis. Ut tellus sit ut volutpat, sed tincidunt euismod pulvinar nunc tellus feugiat massa molestie nibh eget erat laoreet felis erat praesent turpis nisi sem consectetur magna diam. Elit erat mi adipiscing aliquam ante mauris ac proin at ac felis ipsum massa molestie lorem lobortis eget erat mi felis tempus mi adipiscing aliquam proin at. Ac diam consectetur magna praesent nonummy donec proin at lorem id pulvinar nunc molestie, feugiat massa, molestie, lorem ante at ac, et elit erat praesent, felis aliquam. Proin, eget lorem laoreet eget sed laoreet, id, ipsum proin lorem, nibh eget sed mi felis tempus mi adipiscing nisi aliquet turpis nunc tellus pharetra donec praesent. Adipiscing aliquam proin ac et eget sed, massa molestie feugiat ut non amet dolore aliquet, turpis, dolore sem consectetur, magna et elit tempus mi mauris tempus nibh. Eget dolor, laoreet, ipsum nunc tellus feugiat, lobortis volutpat magna sem consectetur magna ullamcorper nonummy donec aliquet sit nunc molestie feugiat lobortis eget lorem et, elit erat. Et elit erat, molestie dolor tincidunt euismod dolor laoreet id ipsum massa felis aliquam proin adipiscing ut non pharetra ut non pharetra congue euismod pulvinar massa molestie. Feugiat massa mauris lobortis eget sed mi elit erat diam amet nunc euismod tempus ante adipiscing aliquam praesent adipiscing nisi sem pharetra ut, volutpat dolor laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat feugiat lobortis volutpat pulvinar nunc tellus pulvinar massa mauris praesent adipiscing nisi sem, pharetra ut non, pharetra tincidunt. Ullamcorper amet nunc molestie ipsum massa felis aliquam proin, consectetur ut volutpat dolor tincidunt euismod donec praesent, turpis ut non. Sit congue non dolor laoreet eget, erat mi felis tempus mi mauris ac proin at magna diam nonummy magna diam. Amet dolore turpis ut non sit congue ullamcorper pharetra tincidunt euismod ipsum, laoreet, felis tempus proin mauris lorem, et at. Ac et elit erat praesent aliquam sem consectetur nisi non sit, ut non pharetra, congue ullamcorper sit nunc tellus feugiat. Massa mauris lorem et, elit sed mi elit erat praesent adipiscing, aliquam at lorem nibh elit sed laoreet adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra ut volutpat dolor nibh volutpat massa molestie feugiat lobortis volutpat feugiat nibh mauris lorem. Nibh, eget sed mi felis aliquam praesent turpis nisi non pharetra ut volutpat dolor, nibh id. Massa molestie ipsum massa mauris lorem nibh at ac et, elit erat, praesent nonummy dolore tellus. Turpis aliquam proin consectetur magna ullamcorper, amet dolore ullamcorper massa molestie ipsum massa molestie lorem ante. Eget sed, laoreet, felis tempus mi, mauris tempus ante mauris ac proin pharetra congue ullamcorper amet. Praesent at feugiat nibh eget sed laoreet id tempus ante felis aliquam, proin at ac diam. Nonummy erat mi adipiscing donec aliquet turpis, ut non pharetra ut dolor tincidunt euismod sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem consectetur magna, diam, nonummy donec praesent adipiscing, proin, at lorem et eget. Sed laoreet id ipsum ante molestie lorem et at ac mi elit erat praesent adipiscing. Nisi sem at ac sem sed massa, id tempus ante mauris lorem nibh eget ipsum. Nunc molestie feugiat, massa non dolor lobortis eget sed laoreet id erat, mi adipiscing, donec. Adipiscing nisi sem consectetur magna diam nonummy dolore ullamcorper turpis dolore, molestie feugiat massa volutpat. Feugiat, lobortis volutpat sed mi felis tempus ante lorem nibh mauris sed laoreet eget erat. Mi adipiscing tempus proin adipiscing aliquam sem pharetra ut non feugiat tincidunt euismod pulvinar, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur magna diam consectetur congue ullamcorper pharetra congue euismod pulvinar massa tellus sit lobortis molestie feugiat lobortis eget et elit donec praesent, felis aliquam proin turpis. Ut, non sit ut non pulvinar tincidunt euismod ipsum, laoreet mi felis lorem ante mauris sed nibh ipsum massa, molestie sit congue non, pharetra tincidunt euismod pulvinar nunc. Non consectetur ac et elit erat mi mauris lorem nibh eget sed laoreet id ipsum tellus feugiat lobortis non pharetra tincidunt tellus sit ut non sit congue diam. Elit donec ante mauris lorem nibh elit sed laoreet felis tempus mauris lorem nibh eget dolor tincidunt id ipsum laoreet id tempus ante mauris lorem nibh eget erat. Et felis erat, mi felis tempus nibh volutpat pulvinar dolore turpis magna diam nonummy magna ullamcorper nonummy dolore, ullamcorper pulvinar dolore non pharetra, congue ullamcorper nonummy erat mi. Felis lorem proin, at ac et nonummy donec nonummy dolore praesent turpis ut non pharetra, ut volutpat sed laoreet eget ipsum massa, id ipsum massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi diam consectetur magna diam, nonummy, donec praesent turpis nisi sem at, et, elit erat praesent turpis nisi tellus. Sit, ut non, pharetra magna praesent nonummy, donec aliquet turpis ut sem nonummy donec diam nonummy donec praesent turpis, nibh. Eget ipsum laoreet id ipsum lobortis, volutpat dolor tincidunt volutpat dolor nunc tellus sit nunc tellus lorem nibh eget lorem. Et eget sed laoreet ipsum massa volutpat dolor tincidunt euismod pulvinar nisi sem consectetur magna diam nonummy erat praesent nonummy. Aliquam ante mauris, lorem, diam nonummy magna nonummy tempus ante, mauris, feugiat lobortis volutpat, sed mi felis erat mi mauris. Lorem lobortis euismod pulvinar nunc euismod ipsum, nunc non, consectetur congue ullamcorper amet congue turpis nisi sem, at magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc euismod sit nunc non pharetra magna praesent donec praesent at ac nibh. Elit erat laoreet id feugiat massa mauris lorem tincidunt, euismod amet nisi sem consectetur. Magna et elit erat ante felis ante mauris ac et elit erat, mi adipiscing. Tempus massa molestie lorem nibh at ac et nonummy dolore aliquet adipiscing aliquam proin. Mauris ac et sit ut non, pharetra magna praesent nonummy dolore aliquet turpis, nisi. Sem consectetur magna diam nonummy dolore aliquet amet dolore aliquet turpis ut non congue. Diam nonummy, aliquam praesent turpis aliquam et elit sed laoreet id, feugiat lobortis, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed felis erat ante mauris lorem ante eget lorem et elit magna diam nonummy donec proin at aliquam sem pharetra magna diam, nonummy donec praesent ac proin, consectetur nisi sem. Consectetur magna diam nonummy dolore tellus turpis ut non pharetra ut ullamcorper amet donec praesent at, ac nibh elit sed molestie ipsum massa molestie feugiat lobortis eget lorem mi felis. Tempus ante mauris lorem proin at aliquam sem sit ut ullamcorper pharetra tincidunt euismod pulvinar nunc tellus lobortis, non pharetra congue ullamcorper amet nisi sem consectetur magna diam, elit sed. Massa molestie feugiat lobortis volutpat, dolor congue euismod ipsum massa feugiat lobortis mauris lorem nibh eget erat mi elit erat praesent adipiscing, aliquam ante mauris ac nibh id sed laoreet. Id tempus praesent adipiscing aliquam sem consectetur diam amet dolore aliquet adipiscing aliquam proin at ac diam nonummy donec diam nonummy aliquam praesent adipiscing nisi proin at magna praesent nonummy. Aliquam proin at aliquam consectetur magna sem nonummy donec aliquet amet nisi aliquet turpis nisi sem consectetur donec mi felis, aliquam praesent, adipiscing nisi consectetur congue diam elit dolore aliquet. Turpis, nisi proin at ac et nonummy donec mi, adipiscing aliquam proin, consectetur magna diam consectetur donec, praesent felis ipsum massa lorem et elit ac diam nonummy donec praesent, turpis. Aliquam, ante eget dolor laoreet euismod, pulvinar nunc tellus sit, ut non amet congue ullamcorper amet ut non, congue diam nonummy donec praesent adipiscing, tempus, proin at magna et nonummy. Donec mi mauris lorem nibh mauris lorem proin nonummy magna diam amet dolore praesent adipiscing sem turpis magna et elit erat mi adipiscing aliquam proin at, ac et nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem et, elit ipsum massa id ipsum lobortis molestie dolor. Tincidunt euismod pulvinar tincidunt, euismod ipsum mi felis tempus turpis nisi. Diam elit erat praesent adipiscing aliquam, ante mauris ac nibh elit. Ipsum massa molestie feugiat massa molestie feugiat, ante elit erat mi. Turpis nisi et elit, erat mi id tempus ante, mauris lorem. Nibh eget sed laoreet id tempus, ante mauris lorem lobortis eget. Erat mi felis ipsum mauris, lorem nibh eget sed tincidunt aliquet. Adipiscing ac et at erat laoreet id feugiat ut sem, consectetur. Donec diam nonummy aliquam sem nisi, non sit ut ullamcorper amet. Congue ullamcorper amet nisi, proin, at magna diam pharetra congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, et felis tempus ante felis. Lorem nibh volutpat sed tincidunt aliquet. Adipiscing aliquam sem consectetur magna diam. Nonummy erat mi felis ac nibh. Dolor tincidunt tellus turpis ut non. Pharetra congue ullamcorper amet nunc tellus. Sit nisi sem pharetra ut non. Amet congue aliquet turpis dolore aliquet. Consectetur sem nonummy magna, diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis tempus ante mauris, lorem laoreet euismod amet, ut non pharetra ullamcorper pharetra congue aliquet turpis nisi proin at ac et. Felis tempus ante mauris tempus ante at aliquam proin nonummy magna diam nonummy donec, proin mauris et at, ac mi felis ipsum. Massa volutpat dolor, tincidunt euismod, pulvinar nunc, tellus sit nunc non feugiat lobortis non pharetra, congue euismod pulvinar sem consectetur magna et. Felis ipsum ante mauris tempus nibh volutpat sed laoreet euismod ipsum massa molestie feugiat ut non, pharetra congue aliquet turpis proin consectetur. Ac mi elit erat, praesent turpis dolore, tellus turpis nisi non dolor, congue ullamcorper pulvinar dolore aliquet adipiscing aliquam proin pharetra magna. Diam adipiscing, aliquam mauris ac et elit erat mi felis tempus, ante mauris tempus ante at ac nibh eget sed mi adipiscing. Tempus proin adipiscing, nisi non consectetur magna amet donec, aliquet turpis nisi aliquet sit, nisi sem consectetur congue, ullamcorper amet nunc, tellus. Sit ut sem nonummy erat, felis, tempus, massa mauris lorem nibh eget erat, mi, felis tempus mi felis aliquam ante at, ac. Mi id, tempus ante molestie feugiat lobortis ullamcorper amet dolore adipiscing aliquam proin at ac mi elit tempus ante, felis tempus et. Elit erat mi felis erat mi, felis lorem nibh, eget lorem nibh eget sed laoreet eget erat mi elit donec praesent turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et, elit erat mi donec, proin at, sed, tincidunt praesent turpis aliquam proin consectetur ac et felis aliquam aliquet turpis dolore. Proin at erat diam nonummy donec diam nisi proin at magna sem consectetur magna praesent nonummy donec praesent turpis nisi sem consectetur. Magna diam elit, donec mi felis tempus et at ac pharetra magna diam nonummy aliquam proin at aliquam et elit erat mi. Felis tempus ante mauris lorem nibh eget sed laoreet molestie ipsum, massa molestie lorem nibh ac et eget erat mi felis lorem. Lobortis eget dolor, tincidunt euismod pulvinar massa molestie ipsum massa molestie lorem nibh, elit sed laoreet pulvinar nunc molestie feugiat lobortis eget. Lorem laoreet id ipsum laoreet molestie feugiat ut non pharetra, dolore ullamcorper turpis nisi sem at ac et felis tempus mi nisi. Sem consectetur ac diam elit erat praesent, adipiscing aliquam proin, mauris ac, proin, at ac diam nonummy dolore ullamcorper amet dolore, aliquet. Consectetur nisi sem consectetur, volutpat amet nunc tellus, turpis ac diam nonummy donec mi id, tempus ante mauris feugiat laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis volutpat dolor laoreet id. Ipsum massa molestie feugiat, lobortis non pharetra. Eget sed laoreet felis tempus ante, molestie. Dolor, congue ullamcorper amet nunc aliquet turpis. Nisi sem pharetra congue euismod dolor tincidunt. Euismod pulvinar nunc feugiat ut eget dolor. Tincidunt euismod amet nisi sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam proin consectetur, magna nonummy, donec mi mauris lorem, nibh eget lorem, nibh eget ipsum massa id ipsum lobortis volutpat feugiat, nibh eget sed. Tincidunt euismod, pulvinar nunc volutpat dolor euismod amet dolore tellus pulvinar nunc id tempus proin adipiscing ac et at ac et nonummy dolore aliquet turpis nisi. Ante eget sed, laoreet felis mi felis, tempus ante mauris, lorem et elit erat praesent felis, tempus proin, mauris feugiat lobortis eget sed mi elit, erat. Praesent, felis aliquam at lorem, nibh euismod pulvinar nunc molestie sit ut non pharetra congue ullamcorper amet nunc, molestie sit lobortis non pharetra, congue ullamcorper pulvinar. Nunc tellus sit tellus dolor congue, diam adipiscing aliquam proin adipiscing nisi proin at ac diam, nonummy donec, praesent turpis nisi, aliquet sit ut volutpat dolor. Tincidunt euismod amet sem consectetur ac et eget erat laoreet adipiscing aliquam proin at ac et at erat mi felis tempus mi, mauris lorem nibh elit. Sed laoreet felis tempus mauris lorem lobortis euismod, pulvinar dolore aliquet turpis, aliquam sem at magna diam nonummy dolore aliquet turpis dolore molestie feugiat volutpat, feugiat. Lobortis euismod pulvinar dolore aliquet turpis nisi sem nonummy magna diam amet dolore ullamcorper amet massa tellus feugiat lobortis molestie feugiat nibh eget erat et, tempus. Massa volutpat dolor tincidunt ullamcorper, amet dolore aliquet turpis ut tellus sit, ut volutpat lorem laoreet eget sed laoreet id tempus massa mauris feugiat tincidunt volutpat. Laoreet euismod pulvinar massa molestie lorem nibh eget dolor laoreet id, pulvinar nunc tellus feugiat ut ullamcorper pharetra congue, euismod pulvinar nunc, id feugiat lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod sit magna diam consectetur magna diam nonummy donec turpis nisi, non consectetur congue ullamcorper nonummy dolore praesent adipiscing nisi sem turpis nisi. Sem consectetur donec praesent nonummy donec praesent adipiscing aliquam proin consectetur diam nonummy dolore ullamcorper amet nisi aliquet turpis magna diam amet dolore aliquet. Turpis nisi sem turpis nisi non pharetra congue ullamcorper amet, donec aliquet ut sem consectetur magna diam nonummy donec praesent adipiscing aliquam, et elit. Sed mi id tempus ante mauris lorem tincidunt euismod amet dolore, sit ut, tellus sit lobortis molestie dolor tincidunt euismod pulvinar massa, tellus feugiat. Lobortis volutpat dolor lobortis volutpat dolor tincidunt euismod pulvinar massa molestie, sit lobortis volutpat nibh eget sed laoreet id ipsum ante mauris, lorem lobortis. Volutpat dolor tincidunt id tempus mi mauris feugiat nibh volutpat dolor laoreet id ipsum massa molestie feugiat eget lorem nibh id ipsum, nunc molestie. Feugiat lobortis volutpat pharetra congue ullamcorper amet dolore sem consectetur magna diam nonummy praesent, nonummy donec praesent adipiscing lorem et elit, erat laoreet felis. Tempus massa molestie lorem, nibh eget sed laoreet id pulvinar ut volutpat pharetra congue ullamcorper amet tellus, turpis aliquam et elit erat laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent adipiscing tellus sit ut sem nonummy magna, diam nonummy dolore tellus. Pulvinar ut non pharetra ut ullamcorper nonummy donec praesent turpis dolore aliquet turpis magna. Amet dolore aliquet adipiscing nisi sem consectetur magna diam elit erat mi felis, tempus. Nibh eget lorem nibh eget sed laoreet id tempus ante mauris lobortis eget erat. Laoreet euismod sit lobortis volutpat feugiat tincidunt euismod dolor nunc, tellus sit nunc, tellus. Sit congue ullamcorper amet dolore aliquet amet molestie ipsum ut volutpat, pharetra congue ullamcorper. Amet dolore aliquet pulvinar ut non consectetur magna diam nonummy dolore praesent turpis, nunc. Non pharetra ut non, pharetra volutpat pulvinar nunc tellus sit lobortis volutpat dolor congue. Diam adipiscing aliquam sem consectetur nisi sem nonummy, magna diam amet dolore aliquet adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet donec aliquet turpis aliquam, sem, at ac et elit tempus. Ante felis aliquam ante mauris ac consectetur donec praesent, adipiscing aliquam ante. At, lorem lobortis eget sed laoreet molestie feugiat, ut non pharetra congue. Ullamcorper nonummy donec proin at sem consectetur magna mi id ipsum massa. Volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat ut non consectetur magna. Praesent adipiscing tempus lobortis praesent non eget turpis, tincidunt proin non adipiscing. Feugiat erat, nunc proin euismod adipiscing dolor pulvinar sed nisi nibh ante. Mauris lorem nibh mauris sed nibh eget mi felis tempus massa volutpat. Dolor tincidunt euismod pulvinar laoreet id sit ut non pharetra magna diam. Amet nunc euismod ipsum laoreet mauris feugiat lobortis eget lorem elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac proin elit ac et elit tempus ante molestie pharetra congue ullamcorper nunc tellus sit nunc tellus sit ut non amet dolore euismod pulvinar nunc tellus. Feugiat ut, non pharetra tincidunt ullamcorper pulvinar nunc aliquet consectetur ac euismod pulvinar nunc molestie feugiat lobortis volutpat dolor laoreet, id, pulvinar nunc tellus sit nisi sem. Consectetur dolore aliquet amet tincidunt euismod pulvinar massa tellus ut non pharetra tincidunt euismod pulvinar nunc molestie sit congue non pharetra congue euismod pulvinar massa molestie feugiat. Lobortis non pharetra tincidunt volutpat tincidunt tellus, sit nisi sem consectetur congue, ullamcorper amet congue ullamcorper ipsum massa molestie sit ut non pharetra congue ullamcorper amet, dolore. Sem at ac diam nonummy praesent adipiscing aliquam praesent at aliquam et elit erat laoreet molestie feugiat lobortis volutpat feugiat lobortis non pharetra tincidunt euismod, dolor nunc. Euismod sit nisi non pharetra volutpat, sed laoreet eget sed massa molestie ipsum ut ullamcorper pharetra congue euismod amet dolore aliquet turpis nisi sem pharetra ullamcorper amet. Dolore aliquet sit ut non sit ut, non amet congue ullamcorper ipsum massa tellus sit, congue ullamcorper pharetra tincidunt euismod, pulvinar tincidunt euismod pulvinar nunc dolor lobortis. Euismod amet dolore aliquet turpis nisi non pharetra congue non pharetra tincidunt euismod ipsum massa, molestie ipsum massa mauris tempus ante at ac, diam nonummy praesent nonummy. Donec praesent at lorem tincidunt id ipsum nunc non pharetra ut non amet congue ullamcorper, pulvinar nunc, molestie feugiat lobortis non consectetur congue ullamcorper pulvinar tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa id ipsum, massa, volutpat dolor euismod amet nisi proin at ac mi elit tempus ante mauris tempus ante mauris, ac et eget ipsum massa. Molestie feugiat lobortis volutpat dolor tincidunt ipsum nunc tellus feugiat ut volutpat dolor tincidunt euismod amet nunc tellus pulvinar nunc molestie lorem nibh mauris lorem et. Elit ipsum laoreet id ipsum mauris lorem lobortis volutpat dolor, laoreet felis tempus ante molestie lorem nibh mauris, ac et nonummy magna euismod pulvinar nunc id. Ipsum massa tellus feugiat volutpat, dolor tincidunt id ipsum laoreet id ipsum massa molestie dolor nibh volutpat dolor tincidunt euismod ipsum massa, molestie feugiat lobortis volutpat. Sed tincidunt ullamcorper ac, et elit ac mi felis tempus ante mauris, feugiat lobortis volutpat pulvinar tincidunt euismod ipsum nunc tellus feugiat ut non pharetra congue. Aliquet turpis, aliquam proin magna diam nonummy donec aliquet amet dolore tellus sit ut sem, consectetur magna diam adipiscing aliquam proin at magna et eget sed. Laoreet molestie ac laoreet id feugiat lobortis molestie dolor tincidunt ullamcorper turpis dolore aliquet turpis nisi sem consectetur donec praesent nonummy donec praesent turpis nisi non. Pharetra ut volutpat tincidunt ullamcorper amet dolore aliquet turpis, ut non pharetra congue euismod pulvinar dolore aliquet sit nunc tellus sit lobortis volutpat dolor congue tellus. Turpis aliquam et, eget laoreet molestie sit nisi et nonummy donec, mi felis tempus, nibh volutpat sed laoreet eget erat praesent felis aliquam ante mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie turpis, congue et elit erat mi felis aliquam proin at ac nibh elit erat. Adipiscing tempus ante at lorem et elit, erat laoreet molestie feugiat massa molestie feugiat lobortis. Volutpat dolor laoreet id ipsum massa molestie lorem ante at, sem consectetur donec praesent adipiscing. Aliquam proin mauris lorem laoreet id sed laoreet felis erat ante molestie dolor tincidunt euismod. Dolor tincidunt euismod, ipsum ante pharetra congue ullamcorper, nonummy aliquam praesent at lorem nibh id. Sed massa molestie feugiat ut ullamcorper pharetra congue euismod pulvinar nunc tellus turpis tellus pharetra. Magna diam felis aliquam ante mauris lorem nibh id, pulvinar nunc non pharetra ut ullamcorper. Amet dolore, praesent turpis nisi, aliquet consectetur magna, non consectetur, diam nonummy donec praesent adipiscing. Ac proin consectetur magna mi felis tempus ante at ac nibh eget erat mi felis. Tempus massa mauris lorem nibh eget lorem eget sed laoreet mauris tempus proin, at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis ipsum ante molestie lorem euismod pulvinar nunc id ipsum nunc, molestie feugiat lobortis volutpat dolor nunc tellus sit nunc tellus. Pharetra magna diam nonummy, donec praesent adipiscing nisi et, ac et elit tempus ante mauris lorem ante at ac et eget ipsum. Laoreet id ipsum ante mauris lorem nibh elit sed laoreet felis, ipsum volutpat pharetra congue ullamcorper amet nunc euismod ipsum massa molestie. Feugiat ut ullamcorper amet nunc tellus pulvinar nunc molestie ipsum massa molestie feugiat nibh eget laoreet felis, tempus ante felis lorem ante. Eget sed laoreet id ipsum ante adipiscing tempus praesent turpis nisi tellus sit ut non dolor, laoreet euismod massa, tellus sit ut. Sem pharetra congue, diam turpis nisi sem consectetur nisi non sit ut volutpat dolor, congue aliquet sit ut non pharetra congue ullamcorper. Amet aliquet amet dolore tellus turpis nisi non pharetra tincidunt volutpat, pulvinar nunc tellus pulvinar massa molestie feugiat lobortis volutpat sed congue. Aliquet turpis dolore aliquet magna diam nonummy, dolore ullamcorper adipiscing aliquam proin, at magna diam consectetur magna ullamcorper nonummy dolore praesent, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et felis tempus ante molestie dolor tincidunt euismod pulvinar tincidunt euismod ipsum nunc molestie feugiat nibh volutpat, dolor nunc tellus nunc non pharetra. Congue non pharetra, congue, ullamcorper pulvinar nunc tellus feugiat, lobortis molestie dolor lobortis eget dolor tincidunt id ipsum massa molestie feugiat lobortis pharetra. Dolore aliquet turpis ut molestie feugiat lobortis, volutpat dolor congue ullamcorper amet dolore tellus turpis nisi volutpat feugiat nibh mauris lorem nibh elit. Tempus ante molestie, nibh eget, dolor tincidunt euismod pulvinar massa tellus feugiat massa molestie feugiat lobortis eget sed laoreet euismod pulvinar nunc molestie. Feugiat tincidunt volutpat tempus proin mauris sed tincidunt euismod pulvinar ut, non sit congue ullamcorper pharetra dolore praesent adipiscing, aliquam proin consectetur magna. Sem, consectetur, magna, praesent adipiscing tempus ante dolor nunc euismod pulvinar nunc molestie feugiat lobortis molestie feugiat nibh eget sed, massa molestie feugiat. Ut diam nonummy donec, adipiscing donec praesent consectetur magna sem pharetra ut ullamcorper nonummy dolore aliquet turpis dolore tellus pharetra, congue non amet. Dolore aliquet adipiscing aliquam, sem turpis nisi sem tincidunt ullamcorper nonummy donec praesent adipiscing, aliquam sem consectetur congue diam adipiscing donec, praesent adipiscing. Aliquam, nibh elit erat et elit donec mi adipiscing aliquam proin consectetur sem nonummy erat mi id lorem nibh eget sed tincidunt ullamcorper. Amet dolore aliquet sit nisi non pharetra, congue, euismod amet dolore sem consectetur ac et elit, ante mauris lorem nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum massa ac nibh eget erat mi felis erat mi mauris tempus, proin, mauris ac et elit donec. Diam nonummy, donec ante at ac proin elit diam, elit erat praesent turpis aliquam proin at ac mi id. Tempus massa molestie feugiat ut, non, pharetra nunc tellus adipiscing ac proin at, magna pharetra congue ullamcorper amet nisi. Sem, at magna diam nonummy erat mi felis tempus ante eget sed nibh elit erat mi, adipiscing tempus proin. Mauris feugiat lobortis ipsum nunc tellus sit nisi sem consectetur erat praesent felis tempus ante mauris ac nibh elit. Erat massa molestie ipsum massa molestie sed eget ipsum, laoreet id feugiat massa molestie feugiat nibh volutpat sed laoreet. Euismod pulvinar nunc tellus sit congue volutpat dolor, tincidunt euismod pulvinar ut tellus, feugiat lobortis feugiat lobortis eget, sed. Massa molestie feugiat ut, volutpat pharetra congue euismod pulvinar nunc tellus sit ut molestie, feugiat lobortis non amet dolore. Aliquet, adipiscing ac proin magna diam elit, erat mi mauris feugiat nibh eget dolor laoreet id ipsum nunc non. Pharetra magna ullamcorper adipiscing, aliquam, at lorem nibh eget sed laoreet felis ipsum ante mauris lorem nibh elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit congue ullamcorper pharetra dolore aliquet adipiscing, aliquam proin at ac, diam amet donec aliquet turpis nisi sem consectetur magna diam nonummy mi felis. Tempus, ante mauris lorem et elit, donec praesent adipiscing tempus ante mauris, lorem et elit, ac mi elit erat praesent felis aliquam ante sed laoreet. Id ipsum massa, mauris lorem, nibh mauris lorem, nibh id ipsum massa molestie ipsum ante molestie dolor tincidunt ullamcorper, pulvinar dolore tellus sit ut volutpat. Congue ullamcorper nonummy donec praesent, adipiscing nisi et elit, erat, mi id feugiat lobortis volutpat lorem et elit magna et elit erat mi felis lobortis. Volutpat dolor, tincidunt euismod pulvinar ut tellus feugiat lobortis non pharetra tincidunt euismod ipsum massa molestie feugiat ut volutpat dolor lobortis volutpat erat mi elit. Nunc tellus sit congue ullamcorper amet donec praesent at aliquam proin elit, erat mi felis aliquam proin adipiscing, aliquam, proin at magna et nonummy donec. Diam adipiscing ante at magna diam nonummy erat, mi id feugiat nibh mauris sed laoreet eget erat mi elit erat mi, felis et at, erat. Laoreet euismod ipsum massa felis tempus nibh eget lorem laoreet, eget ipsum nunc non consectetur congue non pharetra congue ullamcorper amet nunc aliquet sit sem. Nonummy donec praesent adipiscing lorem, nibh mauris lorem nibh elit erat laoreet felis aliquam proin at lorem nibh eget erat laoreet id ipsum lobortis volutpat. Dolor dolore praesent at ac proin consectetur magna diam nonummy congue ullamcorper amet nisi aliquet turpis nisi non, pharetra congue, euismod amet nisi aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat lobortis non amet dolore aliquet turpis nisi proin elit laoreet molestie sit, nisi et. Elit tempus ante mauris lorem lobortis volutpat pulvinar nunc tellus sit ut, tellus sit ut volutpat dolor. Tincidunt euismod pulvinar aliquet consectetur magna et elit donec, praesent felis nisi sem consectetur magna diam nonummy. Magna diam nonummy dolore, praesent adipiscing aliquam proin at magna, ullamcorper dolore, aliquet adipiscing aliquam proin elit. Ac laoreet id ipsum massa molestie lorem nibh eget sed laoreet euismod pulvinar nunc, tellus sit ut. Volutpat, congue ullamcorper amet nisi sem at, ac mi elit donec praesent adipiscing tempus ante mauris ac. Et nonummy erat, mi felis tempus ante mauris lorem et erat mi id tempus ante felis, feugiat. Lobortis volutpat dolor, tincidunt euismod pulvinar ut tellus pharetra ut non pharetra congue, ullamcorper, sit ut sem. At erat mi, ipsum lobortis, volutpat pharetra congue ullamcorper pulvinar nunc euismod pulvinar massa molestie feugiat lobortis. Volutpat nonummy aliquam proin at lorem elit erat mi elit tempus ante molestie lorem lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat, euismod pulvinar, nunc tellus, pulvinar ut non consectetur magna et elit aliquam ante at ac sem, turpis. Magna mi elit erat mi adipiscing tempus at magna sem consectetur congue ullamcorper amet dolore ullamcorper sit nunc tellus feugiat. Ut non, pharetra tincidunt volutpat pulvinar tincidunt tellus sit, ut non pharetra euismod, dolor nunc aliquet adipiscing aliquam diam, elit. Sed laoreet molestie feugiat, lobortis molestie, feugiat tincidunt ullamcorper amet dolore aliquet consectetur ac, et erat mi, felis aliquam praesent. At ac et elit erat mi adipiscing aliquam praesent adipiscing aliquam sem at magna diam nonummy congue ullamcorper, amet, dolore. Tellus pulvinar non pharetra congue euismod pulvinar nunc euismod pulvinar nunc tellus sit lobortis volutpat dolor congue euismod pulvinar nunc. Tellus turpis magna diam consectetur congue praesent adipiscing nisi consectetur ac, et elit donec mi felis, aliquam, proin at aliquam. Sem pharetra ut ullamcorper amet congue euismod pulvinar massa turpis erat mi id ipsum massa, molestie sit ut, euismod pulvinar. Nunc, aliquet, mauris dolor tincidunt, euismod amet nunc tellus pharetra lobortis molestie dolor tincidunt ullamcorper amet ante, mauris sed mi. Id ipsum massa tellus feugiat ut non pharetra dolore ullamcorper pulvinar nunc id ipsum lobortis molestie feugiat lobortis volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor congue diam nonummy donec proin at ac et eget. Sed massa non congue ullamcorper nonummy, donec mi adipiscing aliquam proin. At erat et elit, donec ullamcorper amet nunc tellus pulvinar nunc. Tellus sit ut volutpat pharetra congue amet, nisi, proin elit, erat. Mi felis tempus mi adipiscing tempus ante mauris lorem mi felis. Tempus ante mauris lorem nibh volutpat pharetra congue aliquet nisi sem. Consectetur ac et nonummy erat mi, mauris, tempus ante at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy aliquam, proin nisi sem. Consectetur congue ullamcorper nonummy dolore ullamcorper. Adipiscing, nisi proin at, erat mi. Felis, ipsum massa non consectetur donec. Diam adipiscing aliquam praesent, adipiscing non. Consectetur magna praesent, adipiscing aliquam proin. At lorem nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam proin nisi diam elit. Tempus ante molestie feugiat lobortis volutpat. Pharetra congue, ullamcorper amet ut non. Pharetra congue non dolor tincidunt euismod. Pulvinar nunc tellus sit, diam elit. Erat, praesent adipiscing, donec praesent turpis. Ac laoreet id ipsum massa molestie. Feugiat lobortis volutpat dolor tincidunt euismod. Turpis aliquam proin at mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat dolor tincidunt aliquet turpis aliquam proin elit ac mi felis tempus proin mauris congue aliquet turpis dolore aliquet turpis, ut non. Pharetra magna, praesent nonummy dolore, aliquet turpis, nisi non pharetra lobortis volutpat dolor tincidunt euismod nisi, proin at ac, et elit, tempus mi felis. Lorem, nibh volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis eget dolor tincidunt euismod ipsum massa molestie lobortis volutpat dolor tincidunt volutpat pulvinar. Nunc aliquet consectetur magna et, nonummy magna diam, nonummy aliquam ante eget sed laoreet id ipsum massa id massa, volutpat pharetra congue ullamcorper pulvinar. Nunc euismod pulvinar nunc non dolor tincidunt, euismod pulvinar, tincidunt euismod, pulvinar nunc tellus feugiat, lobortis volutpat pharetra, congue ullamcorper nisi, aliquet, consectetur magna. Sem nonummy magna praesent turpis aliquam proin consectetur magna, sem consectetur congue ullamcorper amet congue euismod sit nisi sem pharetra magna et elit lobortis. Volutpat dolor tincidunt euismod dolor laoreet id ipsum ante mauris, lorem nibh eget dolor tincidunt id pulvinar nunc non congue ullamcorper amet dolore aliquet. At lorem et at ac diam nonummy donec ullamcorper amet donec proin at ac et elit donec mi id ipsum lobortis molestie, tincidunt ullamcorper. Amet nunc molestie, ipsum lobortis volutpat dolor congue euismod pulvinar dolore aliquet turpis, nunc non sit congue ullamcorper amet dolore tellus, turpis aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus nibh eget, sed. Laoreet id ipsum massa nonummy erat mi. Felis lorem nibh eget sed laoreet eget. Sed, laoreet id ipsum ante molestie lorem. Et elit erat et nonummy erat mi. Adipiscing ante mauris lorem nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris ac et elit erat mi felis tempus ante mauris. Feugiat tincidunt turpis aliquam proin mauris dolor nunc aliquet sit nisi. Proin at donec, praesent felis tempus massa molestie dolor lobortis volutpat. Dolor nunc tellus feugiat lobortis pharetra, congue, diam adipiscing donec proin. Adipiscing ac et elit erat praesent adipiscing tempus ante mauris ac. Proin at ac et, nonummy donec praesent adipiscing ante mauris lorem. Nibh eget erat ante mauris lorem nibh eget sed, laoreet euismod. Ipsum massa tellus sit, lobortis, non pharetra congue, aliquet tempus nibh. Euismod turpis, aliquam nibh eget sed nibh elit sed mi adipiscing. Aliquam ante at ac, et elit ac mi felis erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam consectetur magna ullamcorper pulvinar dolore aliquet pulvinar. Ut tellus, feugiat ut, non pharetra congue euismod amet. Et eget, pulvinar nunc tellus turpis ut non dolor. Lobortis euismod pulvinar, nunc tellus sit nisi non pharetra. Congue ullamcorper amet dolore aliquet aliquam et elit erat. Laoreet id ipsum ante mauris lorem nibh eget lorem. Mi id, ipsum massa mauris lorem nibh mauris lorem. Laoreet id erat mi id massa volutpat feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus mi felis tempus ante mauris sed, nibh eget sed massa molestie sed laoreet felis ipsum proin at lorem nibh elit, sed laoreet molestie sit, lobortis. Volutpat dolor lobortis euismod pulvinar nunc tellus, pulvinar ut tellus consectetur praesent adipiscing tempus proin mauris dolor laoreet, id ipsum massa id sit ac nunc ante volutpat. Amet tempus congue ante non eget turpis ac laoreet, mauris dolor congue, proin volutpat, pharetra donec, ante volutpat pharetra donec mi molestie dolor magna diam felis feugiat. Congue nunc sem id adipiscing aliquam magna laoreet, aliquet elit sed laoreet felis tempus ante mauris aliquam proin at ac diam consectetur magna diam nonummy dolore, aliquet. Turpis aliquam proin at magna molestie feugiat lobortis molestie feugiat tincidunt volutpat, dolor tincidunt tellus sit ut, volutpat, dolor, congue euismod dolor tincidunt id pulvinar nunc molestie. Sit lobortis volutpat pharetra congue turpis nisi sem at erat mi elit, erat ante felis tempus ante mauris lorem nibh eget donec laoreet molestie lorem, mauris sed. Nibh eget erat mi felis tempus ante mauris aliquam proin consectetur ac diam nonummy donec diam amet dolore, tellus, sit, ut tellus pharetra ut ullamcorper congue ullamcorper. Amet dolore aliquet sit ut non dolor tincidunt euismod dolor tincidunt euismod, sit ut, diam nonummy magna ullamcorper, amet, dolore praesent adipiscing aliquam sem at, mi felis. Tempus, proin, at ac et at ac diam nonummy donec praesent adipiscing aliquam proin at lorem, nibh, id pulvinar ut non pharetra, congue ullamcorper pharetra ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit erat mi felis tempus ante eget nunc euismod. Pulvinar nunc, tellus pharetra congue ullamcorper amet dolore aliquet turpis. Ac et at ac et elit erat mi adipiscing aliquam. Ante mauris lorem sem turpis, nisi, diam nonummy donec praesent. Adipiscing aliquam ante mauris lorem et elit, erat et elit. Erat praesent adipiscing, aliquam, sem, turpis nisi nonummy magna praesent. Felis feugiat nibh mauris lorem laoreet id ipsum, laoreet felis. Feugiat lobortis non, dolor congue ullamcorper turpis dolore, aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc tellus turpis nisi non consectetur, magna, praesent adipiscing aliquam proin at aliquam proin elit. Et felis tempus massa molestie lorem ante, mauris sed laoreet id tempus ante felis, aliquam praesent at. Ac nibh eget erat mi, felis tempus molestie feugiat tincidunt volutpat dolor laoreet felis tempus mi mauris. Tempus nibh volutpat, dolor tincidunt tellus pulvinar ut non, pharetra ut non, dolor congue, euismod amet, aliquet. Turpis magna diam nonummy donec praesent felis tempus ante mauris sed laoreet id, ipsum massa molestie sit. Lobortis non amet, dolore, ullamcorper turpis sem at ac mi elit erat mi adipiscing tempus ante mauris. Sed laoreet id pulvinar nunc molestie lorem, nibh mauris sed et, elit sed laoreet id lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis erat mi felis tempus ante mauris, sed nibh elit erat id feugiat lobortis volutpat, dolor congue ullamcorper amet dolore sem turpis ut non, pharetra dolore aliquet turpis. Nisi proin consectetur nisi non sit ut volutpat sed, id ipsum massa tellus sit congue ullamcorper, nonummy donec proin at ac nibh eget sed, laoreet id pulvinar massa molestie lorem. Lobortis euismod pulvinar tincidunt ipsum nunc tellus feugiat ut molestie sed tincidunt id ipsum, massa, id ipsum massa molestie lorem lobortis volutpat sed laoreet euismod ipsum massa sit lobortis non. Pharetra congue tellus sit ut proin at ac et nonummy donec, praesent turpis nisi, aliquet turpis ut volutpat dolor tincidunt ullamcorper amet nunc, euismod ut non sit, ut, ullamcorper amet. Dolore aliquet adipiscing ac et at congue diam amet congue euismod pulvinar laoreet id, ipsum ante felis tempus nibh mauris lorem id ipsum nunc tellus pharetra ut non dolor tincidunt. Euismod amet nunc molestie feugiat ut non consectetur magna diam, amet dolore sem lorem laoreet euismod pulvinar massa molestie feugiat lobortis non dolor tincidunt ullamcorper amet nunc aliquet sit ut. Volutpat pharetra congue aliquet turpis dolore, aliquet sit nisi non sed laoreet, mauris tempus, nibh eget lorem et at magna ullamcorper, pharetra, tincidunt euismod pulvinar massa id ipsum massa mauris. Feugiat lobortis volutpat dolor laoreet, id ipsum, non sit ut ullamcorper amet congue euismod pulvinar laoreet, molestie ipsum ante mauris ac et eget erat et elit tempus massa mauris lorem. Ante mauris lorem et sed laoreet id ipsum ante eget sed laoreet id ipsum laoreet molestie ipsum lobortis non pharetra tincidunt euismod pulvinar nunc tellus sit nunc molestie, lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi felis tempus ante mauris ac nibh eget erat, felis. Tempus ante felis nisi aliquet turpis nisi sem pharetra magna, diam. Adipiscing tempus ante mauris ac et elit erat laoreet, id ipsum. Ante mauris, lobortis euismod pulvinar tincidunt, id pulvinar nunc molestie feugiat. Lobortis euismod pulvinar nunc tellus sit nunc molestie feugiat lobortis volutpat. Dolor congue euismod amet nisi elit sed tincidunt, euismod sit, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar dolore aliquet, turpis nisi sem consectetur donec diam aliquam ante mauris ac et eget sed, et elit erat ante, mauris lorem lobortis eget sed. Laoreet id ipsum ante mauris tempus ante, mauris sed laoreet ipsum nunc aliquet pharetra congue non pharetra congue ullamcorper pulvinar nunc euismod pulvinar nunc non consectetur. Erat massa molestie feugiat nibh eget sed tincidunt id massa molestie feugiat massa, volutpat dolor, tincidunt, euismod dolor tincidunt tellus feugiat lobortis molestie lorem lobortis volutpat. Dolor laoreet id ipsum nunc tellus ut volutpat dolor laoreet id pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus sit nunc tellus. Sit lobortis ullamcorper amet donec proin at laoreet id pulvinar nisi sem consectetur magna diam elit donec aliquet adipiscing aliquam ante at lorem et felis erat. Praesent nonummy donec praesent turpis ut non consectetur ullamcorper nonummy aliquam praesent adipiscing nisi sem at magna, diam nonummy, dolore aliquet turpis nisi, aliquet turpis ut. Non consectetur massa, molestie feugiat, ut volutpat dolor congue ullamcorper amet dolore tellus sit nisi non, pharetra, congue ullamcorper amet nunc tellus pulvinar massa non pharetra. Ut euismod amet praesent at ac proin at ac et elit donec praesent turpis dolore tellus, turpis nisi sem consectetur, donec praesent felis tempus ante at. Ac nibh eget sed, tellus sit lobortis non dolor congue aliquet amet dolore sem consectetur magna sem consectetur magna praesent adipiscing aliquam sem consectetur magna et. Eget pulvinar nunc molestie sit praesent adipiscing aliquam praesent adipiscing aliquam proin at ac et nonummy donec aliquet turpis nisi, aliquet consectetur magna sem, nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor laoreet eget ipsum laoreet id ipsum massa, mauris lorem lobortis euismod sed euismod pulvinar nunc tellus, feugiat nibh. Volutpat dolor laoreet, euismod, pulvinar nunc molestie sit ut volutpat lorem et elit ac et, nonummy donec praesent, amet nisi. At erat laoreet elit donec praesent adipiscing aliquam praesent adipiscing nisi sem nonummy donec diam, nonummy donec praesent amet dolore. Sem at erat mi ipsum lobortis volutpat dolor congue, ullamcorper amet dolore tellus turpis nisi, sem consectetur donec mi adipiscing. Donec praesent at, ac nibh id, pulvinar nunc, turpis nisi non pharetra magna diam nonummy aliquam proin at magna, et. Elit sed laoreet felis aliquam proin at ac et at erat mi id feugiat, lobortis elit donec praesent adipiscing aliquam. Proin mauris lorem nibh eget sed laoreet id ipsum lobortis eget, sed congue euismod pulvinar massa id feugiat massa mauris. Feugiat aliquet turpis aliquam sem, consectetur magna, et eget sed ante, felis tempus, nibh mauris ac et consectetur, ac et. Id feugiat non pharetra dolore aliquet adipiscing tempus proin consectetur magna sem consectetur, donec mi felis tempus praesent adipiscing aliquam. Proin at erat mi felis, tempus ante molestie feugiat euismod dolor tincidunt euismod pulvinar ut non pharetra congue, ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi non congue, ullamcorper nonummy tempus, ante. At lorem nibh volutpat dolor tincidunt molestie. Ipsum massa volutpat dolor tincidunt euismod dolor. Dolore aliquet at magna diam donec praesent. Adipiscing tempus ante at ac et at. Ac mi felis tempus massa, volutpat, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ipsum massa molestie, feugiat lobortis volutpat sed laoreet ullamcorper amet nunc non sit congue ullamcorper, pharetra dolore ullamcorper amet nisi sem turpis ut non feugiat. Eget dolor nunc tellus sit ut, sem at donec mi adipiscing donec proin at aliquam proin at magna diam nonummy donec mi adipiscing aliquam proin ac. Et, eget erat praesent adipiscing donec praesent adipiscing aliquam sem pharetra magna diam nonummy dolore aliquet, amet dolore aliquet turpis nisi sem consectetur, donec, praesent sit. Congue euismod pulvinar tincidunt id, pulvinar nunc non pharetra congue diam amet dolore aliquet turpis aliquam aliquet turpis nisi non pharetra congue diam aliquam sem turpis. Nisi sem pharetra congue diam adipiscing aliquam praesent adipiscing ac et elit sed laoreet id tempus massa mauris lorem et at magna diam elit mi felis. Lorem lobortis eget sed laoreet eget sed laoreet id ipsum massa molestie feugiat lobortis volutpat, ipsum massa molestie, feugiat ut, molestie dolor, lobortis euismod laoreet id. Ipsum nunc tellus, sit ut, volutpat dolor, tincidunt euismod amet dolore tellus pharetra congue ullamcorper amet dolore aliquet lorem nibh volutpat pulvinar tincidunt euismod sit ut. Non nonummy erat laoreet, felis tempus ante mauris lorem nibh id sed mi felis tempus mi felis, tempus et erat mi felis erat ante felis lorem. Lobortis volutpat dolor tincidunt, id ipsum massa id feugiat ante mauris ac nibh eget sed laoreet molestie ipsum massa molestie lobortis eget dolor tincidunt, euismod pulvinar. Nunc tellus sit ut non dolor tincidunt id pulvinar nunc tellus sit ut non pharetra tincidunt euismod dolor tincidunt euismod, sit volutpat dolor congue, ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et eget erat mi sit congue volutpat, pharetra congue aliquet turpis, nisi sem consectetur nisi sem. Nonummy, donec praesent felis feugiat, lobortis, eget sed nibh eget erat praesent ipsum lobortis volutpat pharetra tincidunt. Euismod amet nisi sem at erat, mi id ipsum massa molestie lorem ante mauris lorem nibh elit. Erat mi adipiscing ante molestie dolor tincidunt euismod pulvinar nunc tellus sit, nisi sem nonummy donec diam. Turpis nisi sem, at ac nibh eget donec praesent felis tempus ante mauris congue praesent adipiscing nisi. Proin at ac et felis erat ante, felis, tempus ante mauris, lorem laoreet id, sed massa tellus. Pharetra congue ullamcorper amet dolore aliquet turpis nisi, non consectetur donec diam nonummy donec proin at magna. Et, eget sed laoreet id ipsum massa molestie dolor congue ullamcorper amet lobortis volutpat dolor tincidunt id. Tempus nunc molestie feugiat nibh eget dolor tincidunt id, ipsum nunc tellus pharetra ut non pharetra dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet nisi sem, consectetur ac mi felis tempus, ante mauris lorem lobortis. Volutpat dolor laoreet euismod pulvinar proin at ac et elit erat, mi at. Ac et eget sed laoreet id ipsum nunc tellus feugiat nibh, volutpat sed. Laoreet euismod ipsum massa molestie ut non pharetra dolore ullamcorper, amet, nisi sem. Consectetur magna diam consectetur congue ullamcorper amet nunc euismod sit nunc molestie lorem. Lobortis, volutpat dolor ante mauris, sed laoreet id sed et elit erat, mi. Felis lorem ante eget erat mi elit erat praesent felis tempus nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, proin elit erat mi felis erat ante mauris dolor congue ullamcorper. Turpis nisi sem turpis, nisi eget ipsum ante, mauris lorem ut volutpat. Sed, laoreet euismod pulvinar nunc tellus sit lobortis molestie lorem lobortis eget. Sed tincidunt tellus pulvinar non consectetur donec praesent adipiscing donec praesent turpis. Nisi, sem consectetur magna diam amet dolore praesent turpis aliquam proin at. Erat laoreet felis tempus ante mauris lorem ullamcorper amet nunc tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper pharetra dolore aliquet turpis dolore aliquet consectetur ac mi felis, ut non pharetra magna praesent adipiscing aliquam ante at ac et elit sed. Laoreet molestie feugiat ut ullamcorper amet congue euismod pulvinar nunc tellus turpis et elit tempus ante mauris tempus ante mauris lorem nibh eget erat praesent. Adipiscing aliquam proin molestie sed nibh eget ipsum massa id ipsum massa pharetra tincidunt ullamcorper turpis nisi, sem, at lorem nibh, elit sed, laoreet molestie. Feugiat lobortis non dolor laoreet, euismod pulvinar massa id ipsum massa, elit erat praesent adipiscing aliquam proin mauris ac et elit erat ante felis tempus. Ante, eget sed tincidunt euismod pulvinar nunc tellus sit lobortis volutpat pharetra aliquet adipiscing aliquam proin at lorem et id tempus mi felis aliquam praesent. Adipiscing ac et at erat laoreet felis tempus proin mauris ac proin consectetur magna nonummy donec, aliquet adipiscing tempus sem consectetur magna, sem pharetra, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc molestie ut diam, elit erat mi adipiscing aliquam et elit. Ac et elit tempus mi adipiscing aliquam ante mauris ac, et, nonummy donec. Mi adipiscing magna diam amet donec proin adipiscing aliquam sem consectetur magna diam. Nonummy, erat ante, mauris feugiat congue euismod, pulvinar nunc tellus turpis aliquam proin. At massa id tempus massa, molestie feugiat nibh volutpat dolor tincidunt tellus pulvinar. Ut non pharetra tincidunt euismod, amet dolore aliquet turpis nisi non pharetra congue. Non donec praesent adipiscing nisi aliquet turpis ut sem pharetra congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi, diam ipsum massa molestie feugiat, lobortis volutpat dolor tincidunt euismod amet dolore, sem consectetur congue ullamcorper nonummy donec praesent adipiscing, aliquam aliquet turpis nisi non pharetra. Ullamcorper pulvinar nunc aliquet turpis nunc tellus pharetra congue non pharetra congue ullamcorper, turpis, dolore aliquet, at ac et elit donec praesent adipiscing aliquam sem ac et. Elit erat mi felis tempus proin at ac proin, at ac, mi felis erat praesent amet nunc molestie feugiat massa molestie feugiat ullamcorper amet donec aliquet adipiscing. Aliquam et elit magna, diam nonummy donec proin at ac et elit ac et nonummy dolore mi, felis tempus, ante mauris tincidunt euismod pulvinar massa molestie tempus. Lobortis volutpat pharetra dolore aliquet amet dolore non, pharetra congue non pharetra, congue ullamcorper, turpis aliquam proin at erat et elit massa molestie sit congue volutpat dolor. Congue aliquet turpis, ut non consectetur magna ullamcorper pharetra congue ullamcorper, amet, nunc tellus, feugiat mi felis tempus ante, felis lorem, nibh, eget dolor tincidunt euismod, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat congue aliquet turpis dolore tellus sit ut non pharetra magna ullamcorper pulvinar, tincidunt, euismod pulvinar nunc diam nonummy donec praesent felis tempus. Ante mauris ac elit erat mi id feugiat lobortis volutpat dolor nibh at, ac, et elit erat mi felis aliquam proin at lorem, et. Eget sed laoreet, id ut, non pharetra congue, euismod pulvinar nunc tellus sit nisi sem consectetur magna ullamcorper pulvinar nunc tellus pulvinar nunc tellus. Sit, magna praesent adipiscing aliquam ante nonummy donec mi at ac et elit, sed laoreet felis tempus ante felis donec praesent turpis nisi non. Pharetra congue ullamcorper amet dolore aliquet nisi, et, elit erat, et, elit, tempus ante mauris feugiat lobortis volutpat dolor laoreet euismod, pulvinar ut tellus. Pharetra magna diam nonummy dolore aliquet sit nisi, consectetur ac diam amet, dolore aliquet, amet nisi sem consectetur ac, diam, nonummy erat praesent nonummy. Donec praesent adipiscing aliquam, et elit erat mi felis tempus proin ac et eget erat mi id feugiat lobortis volutpat dolor tincidunt euismod dolor. Tincidunt, euismod sit ut tellus pharetra ut pharetra dolore aliquet turpis dolore aliquet consectetur ac mi, elit erat massa volutpat dolor lobortis eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut non, pharetra dolore, aliquet adipiscing nisi. Proin at erat mi id tempus ante felis tempus. Nibh eget sed tellus, sit nisi sem consectetur magna. Diam adipiscing aliquam proin adipiscing ac et at ac. Diam elit erat mi at ac et eget sed. Tincidunt consectetur ac diam consectetur magna ullamcorper amet donec. Aliquet turpis aliquam proin elit erat mi id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, sed laoreet id pulvinar nunc non. Pharetra congue, ullamcorper, amet donec praesent at. Lorem et at magna praesent nonummy donec. Praesent adipiscing aliquam proin magna et felis. Ipsum massa volutpat dolor lobortis volutpat dolor. Tincidunt id, sed massa tellus sit congue. Ullamcorper pharetra dolore aliquet, turpis nisi aliquet. Ac et elit erat praesent adipiscing nisi. Proin consectetur magna sem nonummy donec praesent. Felis tempus praesent at, aliquam proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac nibh eget erat mi felis, tempus massa, molestie dolor lobortis euismod amet nunc euismod ipsum laoreet id feugiat lobortis dolor tincidunt, ullamcorper amet. Nisi proin, consectetur, magna sem consectetur congue, ullamcorper, amet dolore, aliquet, consectetur nisi, sem consectetur magna ullamcorper amet congue euismod ut non consectetur ac, mi id. Feugiat, lobortis non pharetra tincidunt ullamcorper amet dolore, sem at sed laoreet id ipsum massa molestie lorem lobortis volutpat pharetra tincidunt turpis aliquam sem at ac. Et nonummy donec aliquet amet nisi sem at lorem et elit magna diam nonummy, donec praesent at nisi sem erat mi, felis tempus proin mauris lorem. Et elit ac diam consectetur magna aliquet amet nisi aliquet turpis, nisi sem consectetur magna praesent nonummy donec praesent aliquam et elit sed massa molestie ipsum. Massa molestie feugiat lobortis volutpat dolor, tincidunt euismod ipsum ante molestie, lorem nibh volutpat dolor laoreet id ipsum massa id massa molestie feugiat nibh eget ipsum. Nunc tellus sit, ut sem consectetur, donec praesent adipiscing aliquam sem consectetur magna diam erat laoreet felis tempus, ante mauris ac, et consectetur ac ullamcorper, pharetra. Tincidunt ullamcorper amet nunc euismod pulvinar lobortis molestie, feugiat ante mauris lorem, nibh eget ipsum molestie feugiat lobortis eget dolor tincidunt euismod amet nunc, molestie feugiat. Massa molestie dolor tincidunt ullamcorper pulvinar, tincidunt, tellus turpis nisi diam nonummy magna ullamcorper pulvinar dolore turpis nisi non pharetra ut ullamcorper pharetra congue ullamcorper amet. Nunc sem turpis nisi diam consectetur congue diam, nonummy donec sem turpis magna diam consectetur congue ullamcorper aliquam proin adipiscing nisi sem consectetur magna diam pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at erat et nonummy donec. Praesent adipiscing aliquam praesent adipiscing ac. Et eget erat, praesent nonummy donec. Proin adipiscing ac et at erat. Felis tempus ante mauris tempus nibh. Mauris lorem et eget erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin at, ac et elit proin at lorem nibh eget sed laoreet euismod pulvinar nunc tellus, sit tincidunt euismod, pulvinar nunc, aliquet. Turpis nisi proin elit erat mi, id ipsum volutpat dolor tincidunt, ullamcorper pulvinar nunc tellus sit ut non consectetur congue diam adipiscing donec praesent. Turpis, aliquam proin at erat mi felis, tempus ante feugiat lobortis volutpat sed laoreet id feugiat lobortis non consectetur magna ullamcorper dolor tincidunt id. Ipsum nunc molestie lorem nibh eget sed tincidunt ipsum nunc molestie sit ut, non pharetra dolore, aliquet turpis nisi sem turpis magna sem, nonummy. Donec praesent adipiscing aliquam aliquet sit ut non pharetra, ut volutpat congue aliquet amet dolore aliquet turpis ut non pharetra, lobortis volutpat dolor nunc. Tellus sit nisi sem pharetra congue ullamcorper nonummy donec praesent adipiscing aliquam proin at et elit erat ante molestie lorem nibh eget, sed, laoreet. Euismod pulvinar massa molestie, feugiat, nibh volutpat dolor tincidunt euismod ac nibh eget sed mi elit tempus ante mauris lorem nibh elit ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris lorem nibh id pulvinar nunc non pharetra congue ullamcorper amet dolore praesent turpis dolore tellus sit nisi, sem dolor lobortis volutpat dolor tellus. Sit ut non pharetra, congue ullamcorper, amet congue euismod ipsum massa molestie feugiat lobortis, volutpat dolor tincidunt, euismod pulvinar laoreet felis erat mi felis ante mauris. Lorem nibh eget sed laoreet mauris feugiat lobortis eget sed nibh, eget ipsum laoreet id feugiat massa molestie lorem, et elit erat et elit donec felis. Lorem nibh eget ac et elit sed mi felis aliquam proin adipiscing nisi sem pharetra congue non amet dolore aliquet turpis dolore consectetur ac et elit. Erat praesent adipiscing, aliquam proin at ac proin at donec praesent adipiscing, aliquam proin at aliquam proin at, magna et elit erat mi lorem ante at. Ac et elit donec mi felis aliquam proin at ac et id sed massa tellus feugiat, ut, non pharetra tincidunt euismod dolor tincidunt tellus, nisi et. Elit tempus massa molestie sit congue non dolor laoreet id sed laoreet id ipsum massa, molestie, dolor, ullamcorper turpis nisi sem turpis ut volutpat dolor tincidunt. Volutpat dolor nunc euismod pulvinar nunc molestie feugiat massa eget sed nibh eget sed laoreet id ipsum massa, lorem, nibh eget sed laoreet felis tempus mi. Felis tempus ante at lorem laoreet eget, sed laoreet, id ipsum massa molestie feugiat lobortis eget sed massa id massa molestie feugiat nibh volutpat lorem nibh. Id pulvinar ut sem pharetra, ut ullamcorper pharetra congue ullamcorper amet nisi sem, pharetra congue ullamcorper amet congue aliquet, amet sem turpis nisi diam consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent adipiscing aliquam proin ipsum nunc, molestie ipsum massa. Non dolor congue euismod pulvinar tincidunt euismod feugiat ut. Sem consectetur congue ullamcorper nonummy, donec proin at ac. Nibh eget laoreet molestie ipsum massa mauris ac et. At ac laoreet, felis tempus, ante volutpat pharetra congue. Diam nonummy donec, praesent at ac et eget massa. Id feugiat ut, non pharetra congue ullamcorper amet, dolore. Aliquet turpis nisi sem pharetra congue euismod pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue diam adipiscing aliquam proin mauris. Lorem nibh id pulvinar nunc tellus sit. Ut sem, pharetra congue ullamcorper amet nunc. Aliquet turpis non pharetra magna ullamcorper amet. Donec praesent adipiscing aliquam sem, at ac. Et felis tempus mi mauris lorem lobortis. Euismod amet dolore aliquet consectetur magna id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris lorem, et, eget sed massa tellus feugiat ut diam felis tempus praesent, adipiscing aliquam at lorem nibh id ipsum. Ut non pharetra congue, non amet, dolore aliquet, turpis ut, tellus sit congue ullamcorper, amet donec aliquet adipiscing nisi elit erat mi. Felis tempus massa molestie sit ut ullamcorper amet donec praesent adipiscing nisi, sem consectetur magna, ullamcorper amet dolore ullamcorper amet dolore tellus. Sit non pharetra tincidunt ullamcorper amet dolore tellus, sit ut non pharetra donec diam nonummy donec proin at ac proin elit ac. Mi felis lobortis, volutpat dolor tincidunt, euismod dolor tincidunt euismod, ipsum, nunc tellus feugiat lobortis eget dolor laoreet id ipsum massa molestie. Ipsum ut, ullamcorper pharetra tincidunt volutpat dolor tellus, sit nisi non pharetra tincidunt euismod pulvinar tincidunt euismod pulvinar nunc tellus feugiat lobortis. Eget sed laoreet id sed mi id feugiat, lobortis volutpat dolor congue pulvinar nunc tellus sit nunc tellus, feugiat nibh volutpat amet. Donec proin at ac et eget erat mi id, tempus mauris feugiat, lobortis, euismod pulvinar tincidunt euismod pulvinar nunc tellus dolor congue. Ullamcorper amet donec aliquet, sit nisi, sem, consectetur ac et felis tempus ante molestie lorem volutpat dolor tincidunt id pulvinar ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet sit nunc pharetra magna diam nonummy dolore ullamcorper, amet dolore aliquet turpis nisi sem nonummy erat praesent felis. Tempus ante mauris, lorem nibh eget erat mi felis ante mauris lorem proin at magna diam amet dolore aliquet amet nunc. Aliquet, turpis nisi non consectetur congue euismod pulvinar dolore tellus sit nunc non lobortis eget sed, laoreet id ipsum massa id. Ipsum lobortis, volutpat dolor congue volutpat dolor tincidunt tellus pulvinar ut volutpat dolor tincidunt volutpat, pulvinar euismod sit ut tellus feugiat. Lobortis non dolor congue ullamcorper amet aliquam proin at ac et nonummy donec praesent adipiscing aliquam, sem at ac et nonummy. Praesent felis aliquam ante mauris ac proin elit, ac et elit erat aliquet amet dolore tellus consectetur nisi sem consectetur, magna. Ullamcorper pulvinar nunc tellus sit tellus sit congue diam amet, dolore, ullamcorper pulvinar dolore non pharetra ut ullamcorper amet dolore ullamcorper. Pulvinar dolore sem at ac diam consectetur magna diam sit ut ullamcorper, nonummy, aliquam proin mauris ac et eget erat, laoreet. Felis tempus ante mauris feugiat lobortis volutpat dolor laoreet euismod pulvinar nunc molestie lorem ante dolor tincidunt euismod sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue ullamcorper adipiscing ac et pulvinar. Nunc tellus pulvinar nunc molestie feugiat lobortis. Euismod amet dolore praesent adipiscing, nisi sem. Consectetur ac diam nonummy aliquam proin at. Lorem nibh, volutpat dolore aliquet sit nisi. Non pharetra magna praesent adipiscing aliquam proin. Mauris, lorem nibh elit erat, mi tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec mi, felis, aliquam proin at. Lorem nibh eget erat praesent nonummy dolore. Aliquet, adipiscing, ac proin consectetur, magna ullamcorper. Amet congue et nonummy donec praesent nonummy. Aliquam ante mauris sed laoreet, id ipsum. Laoreet id ipsum ante, mauris lorem et. At ac diam amet dolore amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem, ante mauris lorem nibh id ipsum massa id feugiat massa. Eget, lorem nibh eget mi elit donec, praesent, adipiscing nisi sem consectetur. Magna diam nonummy congue ullamcorper amet nunc aliquet turpis nisi sem pharetra. Donec mi felis aliquam proin aliquam et elit ac diam elit erat. Mi mauris lorem ante consectetur magna sem pharetra congue, euismod amet, dolore. Aliquet turpis nisi sem pharetra congue, pharetra tincidunt euismod pulvinar nunc id. Feugiat massa molestie, lorem proin, consectetur magna et elit erat mi adipiscing. Aliquam proin at aliquam proin consectetur lobortis euismod pulvinar dolore tellus turpis. Ut sem nonummy donec mi felis, lorem nibh eget, lorem laoreet eget. Sed, massa molestie, feugiat lobortis molestie feugiat tincidunt pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, mi felis tempus ante adipiscing aliquam proin consectetur magna et, aliquam. Ante molestie feugiat lobortis volutpat, dolor tincidunt tellus, sit, nunc non dolor. Congue ullamcorper pulvinar nunc euismod sit ut non pharetra congue diam nonummy. Aliquet adipiscing aliquam et elit sed laoreet id ipsum massa volutpat pharetra. Congue, diam nonummy donec praesent adipiscing ac diam nonummy donec praesent nonummy. Dolore adipiscing nisi proin at magna, diam nonummy donec aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna praesent felis aliquam mauris lorem nibh eget ipsum, dolore sem at magna, diam nonummy donec, aliquet, adipiscing lorem ante eget dolor. Nunc tellus turpis nisi sem nonummy magna nonummy donec praesent adipiscing aliquam sem consectetur magna diam pharetra dolore aliquet turpis nisi sem consectetur magna. Diam nonummy donec praesent nonummy donec aliquet, sit non pharetra congue ullamcorper id pharetra sed nisi lobortis mi, ullamcorper felis ipsum lobortis sem felis. Sit amet sit, erat ac nunc proin eget, tincidunt id amet nunc tellus feugiat ut non pharetra congue ullamcorper, turpis nisi proin mauris ac. Diam, elit erat ante mauris tempus nibh mauris lorem nibh sed, laoreet molestie ipsum lobortis, volutpat pharetra congue ullamcorper pulvinar tincidunt euismod pulvinar massa. Volutpat feugiat lobortis eget sed tincidunt id sed massa molestie lorem nibh, eget, laoreet eget sed laoreet id ipsum ante felis, lorem nibh eget. Sed laoreet id ipsum ante molestie feugiat ut volutpat sed laoreet adipiscing ac et elit erat et elit erat praesent turpis, nisi proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur massa tellus sit ut non, pharetra congue euismod pulvinar nunc, tellus sit lobortis, mauris feugiat nibh mauris feugiat lobortis volutpat dolor, tincidunt id ipsum massa consectetur. Donec praesent adipiscing tempus ante molestie, feugiat tincidunt ullamcorper turpis nisi sem consectetur nisi sem, consectetur donec mi felis lorem ante mauris ac, nibh sed laoreet felis. Tempus proin at aliquam proin at magna diam nonummy donec praesent adipiscing tempus ante mauris lorem, nibh id pulvinar nunc tellus congue diam adipiscing tempus ante mauris. Lorem laoreet eget sed laoreet id feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt tellus, sit, nisi et elit erat, felis aliquam proin mauris lorem nibh eget. Sed laoreet id ipsum ante adipiscing ac proin elit sed laoreet euismod pulvinar nunc non consectetur magna diam nonummy donec adipiscing ac et, at erat mi felis. Ipsum massa mauris lorem nibh, eget dolor, nunc aliquet, consectetur magna diam nonummy donec diam adipiscing donec praesent turpis sem at ac et adipiscing donec praesent adipiscing. Aliquam, proin at, ac et elit erat praesent, felis tempus proin at dolore praesent at aliquam et at erat mi felis tempus proin at, ac nibh eget. Sed tincidunt molestie feugiat, ut non consectetur congue diam, nonummy donec proin sed laoreet eget sed laoreet id tempus proin adipiscing nisi proin at magna diam elit. Tempus massa volutpat dolor tincidunt euismod amet donec, sem at ac et adipiscing ac proin at erat mi, felis tempus ante mauris ac nibh volutpat sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat praesent adipiscing aliquam, proin adipiscing aliquam proin elit sed nunc non sit ut non pharetra congue ullamcorper. Turpis lobortis euismod pulvinar dolore aliquet turpis nisi diam consectetur donec diam, nonummy donec praesent, adipiscing aliquam et elit. Erat mi felis, erat mi mauris ac eget, sed laoreet euismod pulvinar nunc, tellus sit, tincidunt volutpat sed, laoreet. Euismod, ipsum ut proin at ac mi adipiscing tempus massa molestie feugiat lobortis volutpat pulvinar aliquet turpis nisi non. Consectetur, congue diam amet dolore praesent adipiscing lorem et id ipsum massa molestie sit ut non pharetra congue aliquet. Tempus et eget sed mi felis, erat ante mauris lorem nibh volutpat sed laoreet id ipsum massa molestie ipsum. Massa volutpat pharetra tincidunt ullamcorper amet dolore sem, ac diam, nonummy erat, praesent adipiscing aliquam sem at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec proin mauris donec proin mauris lorem et elit magna diam nonummy donec praesent turpis aliquam sem at ac et elit erat laoreet. Id ipsum, massa eget sed, ullamcorper amet, dolore aliquet turpis nisi non pharetra congue euismod pulvinar nunc tellus sit, nunc molestie feugiat nibh mauris. Lorem nibh eget sed laoreet, id, massa molestie dolor lobortis euismod pulvinar nunc tellus sit magna et nonummy donec, mi mauris tempus nibh, mauris. Lorem laoreet id, ipsum laoreet molestie feugiat massa molestie congue euismod, amet nisi sem consectetur magna diam elit donec diam, turpis dolore aliquet turpis. Nisi sem pharetra congue ullamcorper amet, dolore aliquet ut non pharetra congue, non pharetra, tincidunt volutpat dolor tincidunt, euismod sit ut non pharetra magna. Ullamcorper adipiscing, aliquam proin at lorem, nibh eget, ipsum laoreet molestie, ut non dolor, congue ullamcorper pulvinar nunc molestie feugiat, massa molestie feugiat nibh. Eget sed tincidunt tellus sit ut sem consectetur magna diam, nonummy ante mauris lorem, laoreet eget sed laoreet felis tempus, ante mauris tempus ante. Eget sed nunc tellus pulvinar nunc tellus feugiat lobortis eget sed tincidunt id sed molestie feugiat lobortis, volutpat, dolor congue ullamcorper turpis dolore sem. Consectetur magna et elit tempus ante adipiscing, aliquam ante mauris lorem nibh eget sed laoreet molestie feugiat non pharetra dolore aliquet turpis nisi, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat, mi felis praesent consectetur, nisi sem nonummy donec praesent nonummy aliquam ante. Mauris, lorem nibh eget sed mi id feugiat ut non pharetra congue diam nonummy. Nisi mauris lorem tincidunt euismod pulvinar nunc molestie ipsum lobortis volutpat, dolor, congue euismod. Amet nunc aliquet sit ut sem, consectetur magna praesent turpis tempus ante lorem et. Elit donec diam adipiscing aliquam proin adipiscing aliquam, et at ac et, felis, erat. Praesent adipiscing aliquam, et elit ac et felis tempus molestie feugiat, lobortis volutpat dolor. Nunc tellus sit nunc tellus sit congue ullamcorper nonummy dolore aliquet turpis nisi proin. Elit erat mi felis tempus ante lorem lobortis volutpat sed nibh elit erat laoreet. Molestie ipsum lobortis volutpat dolor laoreet euismod ipsum massa molestie ipsum ante, molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum nunc tellus pharetra congue praesent adipiscing aliquam ante, at ac nibh eget sed laoreet felis erat praesent lorem nibh volutpat dolor nunc tellus turpis ut non pharetra congue. Ullamcorper nonummy aliquam proin at ac et eget sed laoreet id ipsum massa lorem lobortis volutpat dolor tincidunt euismod sit ut sem, consectetur magna diam nonummy donec tellus pulvinar nunc. Tellus sit magna ullamcorper amet, dolore praesent turpis nisi volutpat, sed laoreet id ipsum massa volutpat lorem, lobortis euismod dolor nunc aliquet adipiscing, aliquam et eget sed massa molestie feugiat. Lobortis volutpat, pharetra ante molestie feugiat lobortis euismod pulvinar nunc aliquet turpis ut non pharetra magna diam nonummy donec praesent at ac et elit sed laoreet id ipsum lobortis molestie. Nibh elit erat tincidunt tellus sit ut non, nonummy donec ante felis tempus nibh eget, lorem nibh id sed laoreet molestie feugiat lobortis molestie feugiat congue ullamcorper nisi sem consectetur. Ac, et felis tempus ante mauris tempus lobortis volutpat sed, tincidunt tellus pulvinar ut non sit et, elit erat aliquet turpis dolore, tellus, sit ut volutpat dolor tincidunt volutpat dolor. Laoreet id pulvinar ut tellus pharetra congue ullamcorper pharetra, congue aliquet pulvinar nunc turpis magna diam, nonummy erat mi, felis tempus ante mauris ac et elit donec mi felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat mi felis tempus ante mauris feugiat nibh, euismod pulvinar nunc tellus sit lobortis molestie pharetra congue ullamcorper amet tellus. Turpis aliquam proin at magna praesent adipiscing donec praesent at ac nibh eget sed laoreet id ipsum massa molestie feugiat tincidunt. Volutpat dolor tincidunt ipsum nunc non pharetra ut non dolor tincidunt euismod amet nunc, tellus sit, ut non, dolor tincidunt volutpat. Dolor tincidunt euismod pulvinar ut sem consectetur magna diam tempus ante at ac et, elit, erat et nonummy donec praesent adipiscing. Nisi aliquet, sit ut non pharetra, congue ullamcorper amet nunc euismod ante, mauris lorem, ante eget lorem et, elit erat, mi. Id ipsum ante mauris lorem nibh eget erat mi felis erat ante molestie dolor, tincidunt ullamcorper amet praesent adipiscing magna et. Eget pulvinar massa, molestie sit ut ullamcorper pharetra tincidunt euismod pulvinar nunc tellus turpis nisi sem consectetur tincidunt volutpat dolor laoreet. Eget nunc molestie sit lobortis eget sed laoreet id ipsum dolore sem pharetra ut volutpat pharetra tincidunt ullamcorper amet nisi aliquet. Nisi, sem consectetur magna ullamcorper amet nunc aliquet sit nunc, tellus pharetra ut non dolor tincidunt id sed massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed tincidunt tellus turpis magna et eget sed mi mauris lorem lobortis volutpat pharetra. Dolore aliquet adipiscing proin elit ipsum laoreet id ipsum massa molestie feugiat lobortis volutpat sed. Tincidunt id ipsum massa molestie lorem nibh eget sed nibh eget sed id feugiat massa. Molestie feugiat lobortis eget sed tincidunt euismod pulvinar nisi non pharetra congue ullamcorper pulvinar nunc. Tellus adipiscing ut tellus pharetra congue ullamcorper pharetra euismod pulvinar, dolore tellus feugiat lobortis volutpat. Pharetra congue aliquet amet dolore aliquet turpis magna, diam elit donec praesent nonummy donec tellus. Sit, non consectetur ac et felis ipsum, ante molestie feugiat tincidunt euismod sed, laoreet elit. Tempus ante molestie feugiat lobortis volutpat dolor, laoreet id sed mi felis laoreet ipsum ante. Felis aliquam, sem turpis nisi sem, consectetur magna diam nonummy dolore aliquet sit nunc, non. Pharetra congue ullamcorper pharetra congue euismod ipsum laoreet felis tempus adipiscing aliquam sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy tellus turpis aliquam diam consectetur, congue diam nonummy donec aliquet turpis nisi aliquet sit ut non dolor, lobortis, volutpat dolor mi elit. Donec praesent, adipiscing nibh eget dolor, laoreet id ipsum laoreet molestie, feugiat lobortis, molestie feugiat laoreet eget erat et nonummy donec, praesent felis aliquam. Proin consectetur magna diam erat praesent nonummy donec aliquet turpis ut non, feugiat ut volutpat, dolor laoreet id sed mi, felis tempus, massa molestie. Lorem nibh elit magna diam magna ullamcorper amet nunc tellus pulvinar nunc, molestie sit lobortis eget lorem et elit magna ullamcorper elit erat aliquet. Turpis nisi aliquet turpis ut molestie lobortis eget lorem, nibh eget tempus mi adipiscing donec praesent adipiscing nisi sem pharetra feugiat tincidunt euismod pulvinar. Nunc tellus sit, ut sem, nonummy magna diam amet euismod pulvinar massa molestie sit lobortis volutpat feugiat et elit sed, laoreet id tempus ante. Felis tempus ante mauris ac diam consectetur magna diam pharetra lobortis non dolor tincidunt id ipsum laoreet id tempus ante, molestie feugiat nibh volutpat. Dolor nunc euismod tempus ante, mauris tempus, ante eget sed laoreet id ipsum tellus feugiat congue ullamcorper nonummy donec praesent adipiscing aliquam, et eget. Sed, tincidunt aliquet turpis nisi diam nonummy erat nunc non, pharetra congue ullamcorper amet dolore ullamcorper nisi, proin, at magna et elit, tempus ante. Molestie lorem nibh elit erat mi, felis erat praesent felis tempus ante mauris, aliquam proin, nonummy donec praesent felis, lobortis volutpat dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac et nonummy erat tellus feugiat nibh eget dolor tincidunt euismod, ipsum nunc sem consectetur magna diam amet congue ullamcorper turpis nisi sem turpis. Nisi diam, consectetur magna, praesent aliquam sem at ac et nonummy, donec praesent adipiscing tempus ante mauris lorem, nibh eget sed laoreet felis ipsum ante. Mauris lorem lobortis volutpat pulvinar, aliquet turpis nisi sem consectetur congue, non pharetra, dolore aliquet adipiscing aliquam proin at magna ullamcorper amet dolore aliquet amet. Dolore proin at diam nonummy donec, praesent adipiscing tempus ante mauris lorem laoreet id pulvinar nunc tellus sit ut non pharetra tincidunt, id ipsum laoreet. Felis tempus ante mauris tempus eget sed, laoreet tellus pulvinar nunc, tellus pharetra ut non amet dolore, aliquet amet nisi sem pharetra congue ullamcorper amet. Donec praesent adipiscing aliquam ante consectetur magna, pharetra congue ullamcorper nonummy donec aliquet turpis, nisi sem pharetra ut non pharetra congue ullamcorper pulvinar nunc aliquet. Consectetur magna elit erat praesent adipiscing tempus ante mauris lorem nibh, elit erat ante molestie lorem lobortis non dolor tincidunt ullamcorper turpis nisi proin at. Magna diam nonummy praesent, felis lorem nibh, at ac nibh felis tempus ante mauris lorem nibh eget sed, congue, aliquet, adipiscing, aliquam et elit sed. Massa molestie sit ut, sem erat praesent felis tempus ante eget sed laoreet eget ipsum mi felis aliquam proin adipiscing aliquam proin at ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis eget dolor tincidunt aliquet turpis nisi, sem nonummy erat mi. Felis tempus, proin mauris ac elit erat massa molestie feugiat lobortis non. Dolor congue ullamcorper turpis nisi proin at ac nibh elit tempus ante. Mauris feugiat ut non amet congue at, aliquam et, eget sed laoreet. Id feugiat lobortis volutpat pharetra congue ullamcorper pulvinar nunc tellus pulvinar massa. Tellus sit ut non dolor tincidunt euismod pulvinar, tellus sit congue ullamcorper. Elit tempus ante mauris tempus nibh volutpat pulvinar nunc tellus sit nisi. Sem nonummy, erat laoreet, molestie feugiat ut pharetra dolore aliquet adipiscing nisi. Proin at ac et felis tempus mi felis, aliquam ante at lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore aliquet adipiscing ac proin elit. Sed massa id feugiat magna ullamcorper amet. Dolore aliquet turpis nisi sem consectetur magna. Diam nonummy diam nonummy aliquam praesent sit. Ut non consectetur congue, diam amet dolore. Aliquet adipiscing nisi sem at ac et. Elit erat praesent adipiscing aliquam proin ac. Nibh id ipsum nunc tellus feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat laoreet id sit ut ullamcorper nonummy, donec praesent nisi. Proin at lorem et elit erat, praesent, adipiscing tempus ante eget. Sed tincidunt euismod pulvinar nisi proin at erat mi felis tempus. Mi, mauris nibh euismod dolor nunc tellus pulvinar nunc tellus feugiat. Ut ullamcorper nonummy dolore aliquet, turpis aliquam proin at, ac diam. Elit tempus mi felis, tempus eget dolor tincidunt euismod ipsum nunc. Tellus feugiat ut volutpat sed laoreet id sed mi felis tempus. Massa molestie feugiat lobortis volutpat pulvinar molestie sit ut non consectetur. Congue diam adipiscing aliquam proin at ac diam nonummy magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum id feugiat lobortis volutpat dolor lobortis, volutpat, dolor dolore tellus turpis nisi diam nonummy erat, mi felis donec praesent at ac et. Elit erat adipiscing tempus massa mauris lorem nibh eget sed, laoreet euismod ipsum ante felis lorem ante mauris ac et elit, erat laoreet. Mauris lorem nibh eget tincidunt ullamcorper amet dolore aliquet turpis nisi ullamcorper, nonummy donec praesent adipiscing tempus ante mauris ac et elit erat. Massa, tellus sit ut non pharetra congue ullamcorper nunc non pharetra congue ullamcorper amet congue euismod, dolor nunc euismod ipsum massa mauris lorem. Lobortis euismod amet dolore proin mauris ac proin ac mi felis, tempus ante mauris ac et at ac diam elit dolore praesent felis. Tempus lobortis euismod pulvinar tincidunt euismod ipsum massa molestie, feugiat ut non dolore, aliquet adipiscing aliquam proin at ac diam elit erat praesent. Felis tempus ante mauris lorem, nibh elit donec praesent nonummy, donec, praesent at ac proin, at, diam, elit donec praesent at, nisi proin. Elit erat, et elit donec praesent, adipiscing aliquam proin consectetur magna diam nonummy, mi adipiscing aliquam ante eget, lorem nibh elit, sed mi. Felis donec praesent adipiscing nisi proin at ac diam nonummy donec diam amet dolore tellus, sit ut pharetra congue ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat laoreet molestie sit, volutpat consectetur congue diam, adipiscing aliquam praesent at magna sem consectetur congue diam nonummy, donec praesent, turpis nisi. Sem at erat et nonummy donec aliquet aliquam nibh volutpat sed laoreet, felis tempus mi adipiscing aliquam proin adipiscing aliquam proin at magna. Praesent adipiscing aliquam ante at ac proin eget erat id ipsum massa molestie, feugiat lobortis eget sed laoreet id ipsum massa molestie feugiat. Nibh non dolor congue aliquet turpis aliquam proin consectetur ac, nonummy donec praesent turpis nisi proin at ac et elit sed ante mauris. Feugiat lobortis volutpat lorem laoreet id sed laoreet felis ipsum massa mauris lorem congue euismod amet dolore aliquet nonummy erat ante mauris feugiat. Lobortis diam nonummy aliquam praesent at aliquam proin consectetur magna, ullamcorper amet donec aliquet adipiscing ac et at, ac et nonummy erat praesent. Felis lorem ut euismod dolor, nunc tellus pulvinar nunc tellus sit lobortis non pharetra, tincidunt id pulvinar nisi sem id ipsum nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sit congue praesent nonummy aliquam ante mauris ac, lorem lobortis, volutpat pulvinar dolore tellus sit ut. Sem consectetur donec praesent felis, tempus nibh eget dolor tincidunt euismod sit nisi non, consectetur congue ullamcorper. Molestie dolor tincidunt ullamcorper amet nunc tellus consectetur magna diam nonummy donec mi felis aliquam ante eget. Sed laoreet euismod pulvinar massa tellus turpis ut mi felis lorem nibh, mauris lorem laoreet id, sit. Nisi diam nonummy donec praesent nonummy, donec praesent adipiscing aliquam proin consectetur magna, diam erat mi mauris. Lorem nibh mauris lorem nibh id sed laoreet felis ipsum ante eget, sed laoreet elit ac, diam. Elit tempus ante felis ac nibh eget consectetur donec praesent adipiscing aliquam proin at lorem et elit. Erat mi felis tempus massa molestie feugiat lobortis id sed laoreet felis erat praesent turpis, dolore, lorem. Laoreet, euismod sit ut sem consectetur congue non pharetra tincidunt, euismod, pulvinar nunc tellus sit nisi non. Pharetra magna diam felis ipsum massa tellus sit, ut ullamcorper pharetra tincidunt id ipsum, massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra donec aliquet turpis nisi sem at lorem nibh id sed mi mauris tempus ante, at, sed laoreet. Euismod turpis aliquam et erat et felis tempus ante felis, lorem, nibh eget sed tincidunt id tempus ante mauris lorem. Ante, mauris sed tincidunt ullamcorper turpis nisi sem at et elit, erat ante, mauris lorem ante eget, ac mi felis. Erat mi felis tempus amet pharetra tempus magna mi tellus at pulvinar feugiat donec mi non erat praesent felis tempus. Nibh diam nonummy donec proin, at lorem nibh elit, pulvinar massa tellus turpis nisi sem nonummy magna diam amet euismod. Pulvinar nunc tellus sit congue, diam amet donec praesent at, ac proin elit ac et nonummy donec, praesent adipiscing tempus. Nibh volutpat dolor tincidunt euismod ipsum tellus pharetra congue ullamcorper, amet dolore ullamcorper sit nisi non pharetra congue ullamcorper amet. Dolore praesent adipiscing nisi proin consectetur ac diam nonummy donec praesent felis tempus volutpat dolor nunc tellus sit nunc non. Pharetra, ut non pharetra congue aliquet turpis nisi sem consectetur magna, diam nonummy praesent adipiscing aliquam proin mauris ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet adipiscing nisi sem consectetur, non nonummy dolore. Aliquet turpis nisi proin at lorem et nonummy magna. Ullamcorper adipiscing aliquam proin, at ac nibh eget sed. Massa tellus sit congue id feugiat massa molestie feugiat. Lobortis volutpat sed laoreet felis tempus massa molestie feugiat. Nibh eget dolor laoreet euismod ipsum laoreet id tempus. Ante lorem nibh eget sed laoreet id ipsum ante. Molestie lorem lobortis mauris sed laoreet id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tincidunt, ullamcorper turpis nisi proin at, ac et elit erat mi adipiscing, aliquam. Sem at ac, et elit tempus, mi mauris tempus ante mauris lorem id ipsum. Nunc non sit ut non amet, congue ullamcorper amet dolore sem consectetur magna, diam. Nonummy erat praesent adipiscing aliquam ante adipiscing, nisi nonummy magna praesent adipiscing donec praesent. At aliquam et elit ac et elit donec, mi felis tempus proin consectetur ac. Diam, elit erat praesent felis tempus ante dolor congue id ipsum nunc tellus sit. Congue diam nonummy dolore aliquet amet nunc tellus sit nunc molestie lorem ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie tempus, ante at ac et elit ac et elit erat praesent felis tempus sem at ac euismod pulvinar ut non consectetur, congue praesent nonummy donec. Proin at, ac et eget sed laoreet id ipsum massa molestie pharetra tincidunt euismod amet nunc euismod ut sem nonummy magna ullamcorper adipiscing donec aliquet sit nisi. Sem pharetra, magna et elit donec praesent at ac et at ac et elit erat mauris feugiat lobortis volutpat sed laoreet eget ipsum laoreet felis tempus ante. Adipiscing nisi proin elit ac mi, felis tempus, ante mauris tempus eget sed tincidunt tellus pulvinar ante mauris lorem ante mauris ac proin consectetur magna diam amet. Donec aliquet amet nunc tellus sit ut, molestie feugiat, lobortis euismod nunc, aliquet consectetur magna diam, nonummy, donec praesent adipiscing donec aliquet turpis ut tellus pharetra congue. Ullamcorper nonummy, aliquam ante mauris feugiat lobortis volutpat sed tincidunt euismod magna non consectetur magna, diam nonummy dolore aliquet turpis nisi sem consectetur magna praesent felis tempus. Proin at aliquam, et pulvinar nunc id ipsum ante molestie, feugiat tincidunt euismod pulvinar nunc tellus pulvinar, massa tellus sit congue non amet, donec, praesent adipiscing ac. Nibh volutpat pulvinar, nunc sit nisi sem nonummy donec diam amet dolore aliquet sit ut non pharetra lobortis, non amet dolore praesent adipiscing aliquam nibh elit erat. Laoreet felis tempus molestie feugiat tincidunt, ullamcorper amet dolore aliquet turpis magna sem nonummy donec praesent adipiscing aliquam proin at, sed laoreet, eget ipsum massa id ipsum. Massa mauris feugiat eget sed mi, elit erat diam nonummy donec praesent adipiscing aliquam proin, consectetur donec praesent nonummy donec praesent turpis dolore aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna et nonummy donec praesent, nonummy dolore praesent lorem et eget sed laoreet id, feugiat lobortis volutpat, amet donec, praesent adipiscing tempus ante mauris dolor, tincidunt euismod. Sit magna sem consectetur magna diam amet ullamcorper turpis ut sem consectetur magna et nonummy donec ullamcorper amet nunc tellus sit lobortis volutpat dolor tincidunt euismod, amet, nunc aliquet turpis. Nisi proin erat laoreet id feugiat lobortis non dolor tincidunt euismod pulvinar nunc tellus sit ut non feugiat, tincidunt ullamcorper nonummy dolore praesent turpis nisi nonummy erat praesent, adipiscing aliquam. Proin at ac et elit, ac, mi id feugiat lobortis volutpat dolor lobortis euismod pulvinar nunc, euismod ipsum massa felis tempus proin aliquam, proin at ac et adipiscing tempus ante. Volutpat feugiat tincidunt euismod pulvinar nunc tellus turpis nisi sem consectetur magna, ullamcorper amet dolore, praesent adipiscing aliquam proin ipsum laoreet id feugiat lobortis volutpat, dolor tincidunt volutpat amet nunc. Tellus, sit nisi, sem nonummy donec diam amet dolore adipiscing magna diam nonummy erat mi, adipiscing tempus proin at aliquam sem turpis congue ullamcorper amet dolore aliquet adipiscing aliquam, ante. Eget dolor nunc tellus sit ut consectetur magna diam amet dolore, aliquet turpis dolore non consectetur ac, mi id feugiat lobortis, non pharetra congue ullamcorper amet, nisi proin consectetur magna. Nibh eget sed sem pharetra congue ullamcorper nonummy donec proin at aliquam et elit erat laoreet felis tempus ante felis, tempus nibh eget sed laoreet id, sed laoreet mauris lorem. Mauris sed laoreet id, sed mi id ipsum lobortis volutpat dolor tincidunt ullamcorper turpis aliquam proin mauris, ac nibh eget tempus ante mauris lorem nibh mauris sed elit sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor congue ullamcorper amet euismod sit ut sem pharetra congue, diam nonummy dolore. Aliquet turpis nisi sem consectetur donec mi, felis aliquam proin turpis dolore aliquet, turpis. Nisi sem congue euismod pulvinar nunc tellus sit ut sem pharetra magna diam, amet. Donec praesent turpis nisi non sit ut, non, dolor lobortis euismod, amet, dolore feugiat. Lobortis non pharetra, tincidunt euismod, pulvinar tincidunt tellus sit ut sem nonummy donec mi. Id feugiat, massa molestie feugiat laoreet id sed laoreet feugiat lobortis volutpat dolor, tincidunt. Euismod pulvinar nunc euismod pulvinar ut sem consectetur donec praesent adipiscing tempus massa, eget. Sed laoreet euismod pulvinar nunc tellus feugiat molestie, dolor, tincidunt euismod dolor tincidunt id. Ipsum massa molestie sit magna diam nonummy donec, aliquet adipiscing aliquam proin consectetur magna. Diam amet dolore praesent, turpis aliquam turpis nisi sem, pharetra, magna praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy, donec laoreet id ipsum adipiscing lorem nibh id pulvinar nisi. Sem consectetur ac et nonummy donec praesent felis tempus nibh eget dolor. Tincidunt euismod pulvinar nunc non consectetur diam nonummy aliquam proin at ac. Proin, elit ac mi, felis, ipsum massa mauris lorem ante eget, sed. Tincidunt, euismod pulvinar nunc tellus feugiat, nibh dolor congue ullamcorper amet nunc. Tellus turpis nisi ullamcorper amet donec mi felis lorem nibh eget, sed. Tincidunt tellus pulvinar ut tellus feugiat lobortis, dolor, congue euismod amet, dolore. Aliquet consectetur magna diam nonummy dolore aliquet turpis, aliquam proin at ac. Diam nonummy erat praesent adipiscing aliquam proin at ac eget sed massa. Molestie, feugiat, lobortis non nonummy congue praesent adipiscing nisi sem turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat tincidunt euismod pulvinar, ut non sit ut ullamcorper amet dolore praesent, adipiscing ac nibh eget dolor, laoreet, id ipsum, lobortis, sem consectetur magna, diam dolore aliquet turpis. Nisi, diam nonummy erat mi felis aliquam, proin at, ac nibh euismod ipsum dolore aliquet consectetur ac et felis tempus mi felis proin at magna sem nonummy donec. Mi id feugiat massa mauris sed laoreet id ipsum massa id ipsum lobortis volutpat dolor tincidunt ullamcorper, amet nisi aliquet consectetur diam nonummy magna praesent adipiscing aliquam nibh. Volutpat dolor tincidunt euismod, pulvinar massa id feugiat lobortis molestie feugiat tincidunt volutpat pulvinar tincidunt tellus ut non consectetur congue ullamcorper amet tincidunt euismod pulvinar, massa tellus sit. Ut non dolor tincidunt euismod pulvinar massa id tempus, ante molestie feugiat tincidunt euismod dolor felis tempus nunc molestie lorem lobortis volutpat dolor congue euismod turpis ut non. Pharetra congue ullamcorper amet donec, aliquet turpis nisi sem ac mi felis ipsum massa molestie feugiat nibh mauris sed laoreet id sed, massa molestie sit ut non amet. Dolore aliquet adipiscing ac nibh eget, sed tincidunt ipsum massa molestie pharetra magna diam nonummy donec praesent adipiscing aliquam et at, magna et elit erat praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, donec praesent mauris feugiat tincidunt euismod amet donec, proin, mauris sed laoreet, id ipsum massa tellus, pharetra volutpat dolor tincidunt volutpat dolor mi elit erat mi felis, aliquam. Proin mauris lorem nibh eget sed, laoreet, felis aliquam proin at ac et congue volutpat pharetra, congue ullamcorper amet nunc tellus sit ut non pharetra congue, ullamcorper nonummy donec. Praesent at ac nibh id ipsum massa tellus sit lobortis volutpat proin at ac mi elit erat mi felis aliquam proin at lorem laoreet, euismod pulvinar, ut non pharetra. Congue praesent felis tempus ante lorem laoreet euismod pulvinar massa tellus feugiat ut volutpat feugiat lobortis volutpat, dolor nunc euismod ipsum massa molestie lorem nibh eget dolor tincidunt, euismod. Sit ut sem, massa volutpat, feugiat nibh volutpat dolor laoreet id ipsum massa volutpat dolor, tincidunt ullamcorper amet dolore praesent adipiscing magna sem, consectetur donec, mi id feugiat lobortis. Volutpat nibh, eget ipsum, massa molestie turpis nisi sem consectetur tempus ante mauris lorem lobortis volutpat dolor tincidunt tellus pulvinar ut feugiat lobortis non, pharetra dolore ullamcorper turpis, nisi. Proin at ac et elit, erat ante mauris feugiat tincidunt euismod pulvinar tincidunt euismod pulvinar massa molestie feugiat lobortis sed laoreet id ipsum massa tellus sit ut non amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem nisi non consectetur magna ullamcorper pulvinar nunc aliquet sit ut tellus, pharetra magna ullamcorper amet dolore ullamcorper adipiscing nisi. Proin at ac mi felis mi felis lorem nibh eget dolor laoreet id sed laoreet felis tempus massa molestie sed nibh. Elit sed laoreet id tempus ante felis, tempus ante, ut sem consectetur donec praesent adipiscing donec praesent adipiscing, nisi sem at. Donec diam adipiscing aliquam proin mauris lorem nibh eget dolor laoreet, id ipsum, lobortis volutpat nibh mauris lorem nibh, euismod ipsum. Massa molestie feugiat ante mauris aliquam et at magna diam amet donec proin adipiscing aliquam et elit et elit erat mi. Mauris lorem lobortis eget, sed laoreet euismod pulvinar nunc molestie ipsum massa molestie feugiat congue ullamcorper amet dolore aliquet sit nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet id tempus massa mauris lorem ante mauris lorem et elit sed. Laoreet, id ipsum adipiscing aliquam et eget, erat tincidunt molestie sit, lobortis molestie. Feugiat lobortis eget sed nibh elit erat, mi adipiscing, donec proin at ac. Et elit ac pharetra congue, aliquet turpis nisi sem consectetur magna diam consectetur. Donec praesent, adipiscing aliquam proin at ac et elit sed mi felis ipsum. Massa molestie proin elit erat mi id ipsum, ante mauris lorem nibh volutpat. Sed, laoreet id pulvinar ut non pharetra congue ullamcorper amet dolore praesent aliquam. Proin id pulvinar nunc, molestie feugiat lobortis volutpat dolor congue aliquet amet dolore. Euismod ipsum nunc tellus feugiat ut volutpat dolor tincidunt tellus pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh volutpat pulvinar nunc tellus sit ut sem, consectetur magna ullamcorper. Nonummy donec aliquet sit non pharetra donec praesent adipiscing donec, praesent. Turpis nisi proin consectetur congue ullamcorper amet dolore ullamcorper turpis nisi. Sem consectetur magna et elit mi felis tempus nibh mauris lorem. Laoreet eget ipsum massa tellus pharetra congue ullamcorper amet dolore aliquet. Turpis nisi sem, consectetur nisi non pharetra congue ullamcorper amet id. Ipsum nunc tellus pharetra, ut eget lorem nibh, eget ipsum laoreet. Id tempus, massa volutpat dolor tincidunt euismod dolor, tincidunt id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi non pharetra magna diam adipiscing aliquam praesent turpis nisi sem at ac et nonummy. Volutpat dolor nunc tellus sit ut molestie dolor congue ullamcorper pulvinar nunc aliquet turpis nisi proin. At ac diam amet, congue aliquet amet dolore tellus, lobortis sem, nonummy erat mi felis tempus. Ante eget, sed laoreet euismod pulvinar nunc tellus sit congue ullamcorper amet congue ullamcorper pulvinar dolore. Sem at mi elit tempus ante, mauris tempus nibh mauris, lorem laoreet eget tempus ante molestie. Feugiat lobortis non amet dolore aliquet turpis nisi sem pharetra ullamcorper, amet dolore praesent felis, aliquam. Proin at, ac et elit, erat ante felis aliquam proin adipiscing nisi sem consectetur magna praesent. Adipiscing tempus massa molestie et eget sed laoreet id feugiat lobortis volutpat dolor lobortis eget sed. Laoreet id pulvinar nunc tellus lorem ante volutpat sed laoreet eget sed laoreet molestie, ipsum molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt, euismod turpis, nisi non pharetra congue euismod, pulvinar dolore praesent adipiscing sem consectetur magna mi elit tempus ante mauris lorem lobortis volutpat sed. Laoreet id ipsum massa, tellus dolor lobortis euismod dolor tincidunt euismod ipsum id tempus ante adipiscing nisi proin consectetur ac et felis tempus ante mauris. Feugiat lobortis volutpat dolor nunc euismod pulvinar nunc tellus sit ut non dolor id ipsum massa, tellus, consectetur ac et elit donec mi felis ac. Et eget sed laoreet euismod pulvinar ut non feugiat ut euismod pulvinar id ipsum nunc tellus sit ut non pharetra, lobortis id ipsum laoreet felis. Tempus massa molestie lorem lobortis, eget, pulvinar laoreet euismod erat praesent felis tempus ante ac nibh eget, ipsum nunc non sit congue non pharetra tincidunt. Euismod dolor tincidunt euismod pulvinar lobortis volutpat feugiat tincidunt euismod amet dolore aliquet adipiscing aliquam nonummy donec, praesent adipiscing donec praesent adipiscing ac et eget. Sed mi elit, erat mi mauris, lorem lobortis volutpat dolor id ipsum massa molestie lorem nibh, eget sed tincidunt id ipsum nunc molestie feugiat massa. Mauris lorem lobortis volutpat sed, laoreet id tempus ante mauris feugiat lobortis ac et elit erat laoreet, id ipsum massa molestie dolor nibh eget ac. Et, felis tempus mi mauris lorem nibh eget sed mi felis tempus mi mauris proin mauris sed tincidunt euismod ipsum laoreet molestie ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat elit erat, mi mauris lorem, lobortis volutpat pulvinar tincidunt euismod ipsum massa molestie lorem. Lobortis non, amet dolore, aliquet adipiscing aliquam sem consectetur magna dolor tincidunt ullamcorper amet nisi. Proin consectetur magna et elit erat praesent adipiscing tempus proin at ac proin at magna. Et adipiscing aliquam ante mauris et elit sed laoreet, euismod pulvinar lobortis volutpat dolor lobortis. Ullamcorper pulvinar dolore aliquet turpis ut sem consectetur, congue ullamcorper, pharetra dolore praesent nisi sem. Elit erat laoreet felis tempus ante molestie feugiat tincidunt, volutpat pulvinar tincidunt euismod pulvinar ut. Non consectetur donec praesent felis aliquam proin, mauris ac, nibh magna diam nonummy, dolore aliquet. Turpis aliquam ante mauris ac et felis tempus mi felis lorem ante eget, sed, tincidunt. Euismod amet, nunc tellus pharetra congue ullamcorper congue ullamcorper turpis dolore aliquet sit nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore aliquet adipiscing aliquam proin ut volutpat pharetra, dolore aliquet turpis nisi sem, consectetur magna sem amet donec praesent adipiscing aliquam proin at magna, diam, nonummy donec praesent. Adipiscing aliquam adipiscing aliquam proin elit ac et elit tempus proin at aliquam nibh, eget dolor tincidunt euismod pulvinar ut tellus sit lobortis eget sed laoreet eget diam nonummy. Aliquam proin mauris, lorem et elit ac et nonummy donec aliquet amet nisi tellus sit nisi sem, pharetra congue euismod pulvinar id ipsum laoreet id, tempus ante, at, nisi. Proin elit sed massa id ipsum lobortis mauris feugiat lobortis eget, sed laoreet felis, erat mi felis aliquam, proin ut non sit congue ullamcorper amet dolore aliquet turpis nisi. Sem at ac et, elit donec praesent adipiscing nisi aliquet, consectetur magna sem pharetra tincidunt euismod, dolor eget ipsum massa tellus pharetra congue diam, nonummy donec aliquet amet nisi. Sem at ac et, elit erat mi mauris lorem nibh, eget sed laoreet eget ipsum molestie sit ut non amet donec proin adipiscing ac proin eget erat mi felis. Tempus massa molestie lorem lobortis volutpat laoreet id sit ut sem nonummy donec praesent nonummy donec praesent adipiscing aliquam sem, turpis nisi ullamcorper amet donec aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing lorem, nibh eget. Sed laoreet id ipsum nunc, tellus. Sit lobortis non congue ullamcorper amet. Nunc aliquet turpis magna sem consectetur. Magna praesent adipiscing aliquam praesent adipiscing. Aliquam proin at donec praesent nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id feugiat ut sem nonummy erat praesent adipiscing nisi sem. At lorem nibh eget sed laoreet felis, tempus nibh, volutpat. Et eget sed laoreet id, feugiat lobortis volutpat dolor congue. Euismod dolor tincidunt euismod pulvinar massa molestie feugiat lobortis euismod. Pulvinar tincidunt euismod pulvinar felis aliquam proin at nisi non. Pharetra congue ullamcorper amet donec aliquet, amet, nunc tellus sit. Nisi non pharetra tincidunt ullamcorper, amet donec praesent sit nisi. Tempus massa volutpat sed laoreet id ipsum massa molestie ipsum. Ante molestie feugiat lobortis volutpat dolor laoreet euismod sit nunc. Tellus sit congue non laoreet euismod pulvinar nunc non sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod pulvinar ante molestie sit ut volutpat dolor proin molestie lorem et. Elit sed massa molestie ipsum lobortis molestie, feugiat lobortis eget congue, non pharetra. Congue id sed mi felis aliquam proin adipiscing proin consectetur ut non pharetra. Dolore ullamcorper amet nunc euismod pulvinar massa mauris feugiat, ante, mauris lorem nibh. Eget ipsum massa, id feugiat massa mauris proin at magna diam amet dolore. Aliquet adipiscing tempus proin consectetur nisi sem, pharetra ut volutpat, dolor tincidunt euismod. Pulvinar massa tellus sit volutpat dolor lobortis id ipsum massa molestie sit, nisi. Sem dolor lobortis volutpat dolor tincidunt euismod pulvinar massa mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc non feugiat lobortis non pharetra congue ullamcorper pulvinar nunc tellus sit. Lobortis non pharetra tincidunt euismod dolor tincidunt ipsum laoreet molestie lorem ante. At, lorem et at magna ullamcorper amet congue euismod pulvinar, massa id. Ipsum mi felis tempus ante consectetur ac sem magna diam praesent turpis. Nisi proin at magna, diam consectetur donec praesent adipiscing aliquam proin mauris. Lorem nibh, id pulvinar nunc, molestie sit, massa mauris ac et erat. Laoreet id ipsum ante felis tempus, ante elit ac et nonummy, erat. Diam nonummy donec, praesent at, aliquam proin nonummy donec, praesent at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi sem consectetur erat mi felis ipsum. Ante mauris lorem ante dolor tincidunt, euismod pulvinar nunc. Tellus sit congue ullamcorper elit erat proin at lorem. Lobortis volutpat pulvinar tincidunt id tempus ante, felis lorem. Ante, mauris ac, praesent adipiscing aliquam sem consectetur magna. Diam nonummy donec praesent turpis aliquam sem consectetur nisi. Non consectetur magna diam adipiscing donec praesent turpis nisi. Non ipsum massa molestie ipsum massa, molestie, lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum lobortis non dolor tincidunt euismod dolor tincidunt. Sit ut non pharetra, congue ullamcorper nonummy donec praesent. At lorem lobortis id ipsum massa molestie feugiat ut. Non, pharetra congue euismod pulvinar tincidunt turpis nisi diam. Elit sed laoreet id tempus ante, mauris ac et. At ac mi id feugiat massa mauris lorem lobortis. Volutpat pulvinar nunc tellus magna diam consectetur magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam proin at ac mi id. Ipsum lobortis volutpat dolor tincidunt amet nisi. Proin at ac, nibh elit erat diam. Adipiscing aliquam proin at lorem laoreet id. Sed laoreet felis tempus ante at aliquam. Nibh eget sed aliquet at ac diam. Nonummy magna, praesent nonummy, donec proin, adipiscing. Ac et elit erat et adipiscing tempus. Massa mauris feugiat nibh volutpat sed euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue ullamcorper nonummy aliquam proin, mauris ac et elit sed laoreet id ipsum massa. Molestie tincidunt volutpat sed tincidunt molestie sit nisi diam nonummy donec diam adipiscing aliquam praesent. Adipiscing magna sem nonummy, magna mi id tempus massa molestie congue euismod, pulvinar nunc aliquet. Consectetur magna diam, nonummy erat mi, felis tempus ante eget lorem laoreet euismod pulvinar massa. Molestie, feugiat lobortis volutpat dolor tincidunt ullamcorper dolore tellus turpis ut sem consectetur donec diam. Adipiscing lorem nibh mauris sed laoreet id ipsum massa molestie sit ut volutpat pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis non dolor lobortis volutpat. Dolor, laoreet euismod ipsum massa mauris. Tempus nibh volutpat nunc praesent turpis. Aliquam proin at magna diam nonummy. Erat, mi at aliquam proin at. Ac mi elit erat mi adipiscing. Tempus ante mauris sed laoreet pulvinar. Nunc non pharetra, magna et nonummy. Dolore praesent adipiscing nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper turpis ante mauris lorem nibh eget, ipsum massa tellus feugiat lobortis eget dolor laoreet id erat et elit tempus massa molestie feugiat lobortis eget sed nunc consectetur ac. Diam nonummy donec praesent adipiscing tempus proin at sed, laoreet euismod ipsum massa molestie feugiat ut non, dolor tincidunt euismod dolor tincidunt tellus magna sem nonummy donec praesent nonummy donec. Proin at nisi proin at ac et, elit aliquam proin, at, aliquam nibh volutpat dolor nunc tellus sit ut, volutpat donec praesent adipiscing aliquam ante eget sed nibh eget sed. Mi id aliquam proin at aliquam sem, at ac et nonummy congue aliquet tempus nibh eget sed tincidunt tellus pulvinar nunc tellus sit lobortis eget sed laoreet eget sed massa. Id feugiat massa molestie feugiat nibh, elit sed laoreet, felis nisi, sem consectetur donec praesent nonummy dolore aliquet turpis nisi, proin elit erat et elit aliquam ante mauris lorem et. Eget dolor laoreet felis erat mi felis lobortis volutpat sed nibh eget sed laoreet id ipsum massa volutpat pharetra tincidunt id pulvinar nunc, aliquet turpis nisi sem erat mi felis. Tempus, nibh mauris ac laoreet id sed massa tellus sit lobortis eget sed nibh eget sed laoreet id ipsum lobortis volutpat dolor congue aliquet aliquam proin at lorem nibh elit. Tempus mi felis tempus proin, adipiscing nisi sem consectetur magna, ullamcorper amet dolore aliquet turpis nisi proin at ac mi elit, massa volutpat dolor lobortis volutpat dolor nibh id pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam donec praesent at ac et. Eget sed tincidunt, euismod feugiat lobortis sem. Consectetur congue ullamcorper pulvinar nunc tellus, sit. Nisi sem consectetur donec praesent feugiat ut. Ullamcorper amet, dolore praesent adipiscing nisi sem. At ac et elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut id, sed laoreet molestie ipsum ante molestie lorem, lobortis id amet nunc tellus, sit, ut sem pharetra congue, diam. Adipiscing tempus, ante eget sed laoreet ipsum nunc tellus pharetra, congue diam nonummy donec aliquet turpis nisi sem turpis nisi. Non, nonummy donec aliquet turpis nisi sem at ac et, ipsum massa tellus feugiat lobortis volutpat dolor tincidunt euismod pulvinar. Nunc aliquet turpis, ut ullamcorper amet congue aliquet amet dolore, sem consectetur nisi sem consectetur magna praesent tempus proin at. Lorem laoreet id ipsum nunc tellus pharetra ut non pharetra congue ullamcorper amet, dolore aliquet turpis nisi sem consectetur magna. Diam sit ut non amet donec aliquet turpis nisi sem consectetur magna, diam amet dolore praesent turpis aliquam sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore aliquet adipiscing ac nibh elit donec praesent id tempus massa molestie feugiat tincidunt ullamcorper turpis nisi sem at tincidunt tellus sit nunc tellus sit congue. Euismod, amet donec praesent, at lorem nibh elit erat mi felis ipsum massa molestie lorem nibh, eget dolor tellus sit nisi non pharetra tincidunt ullamcorper nonummy donec aliquet. Sit nisi sem consectetur magna diam nonummy aliquam ante mauris feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar diam nonummy, donec ante, molestie feugiat magna ullamcorper amet donec praesent. Turpis aliquam proin consectetur magna diam nonummy donec praesent adipiscing ac, nibh felis tempus ante at ac nibh eget, sed ante mauris lorem lobortis volutpat dolor laoreet euismod. Pulvinar dolore aliquet consectetur ac et, elit erat ante mauris, lorem volutpat dolor nunc euismod ipsum massa, molestie feugiat ante mauris lorem nibh eget ipsum massa molestie sit. Lobortis non pharetra congue volutpat dolor tincidunt, id ipsum ante feugiat nibh euismod pulvinar nunc praesent, turpis nisi, non consectetur magna non, pharetra tincidunt ullamcorper pulvinar dolore tellus. Sit, ut elit tempus mi felis nisi sem turpis nisi sem nonummy donec mi adipiscing aliquam, proin at ac et elit erat, mi felis tempus ante at aliquam. Eget, pulvinar, dolore aliquet turpis magna sem nonummy magna diam nonummy donec praesent, adipiscing aliquam sem consectetur congue, ullamcorper amet dolore aliquet turpis dolore sem at erat euismod. Sit ut, sem pharetra, magna, praesent nonummy donec praesent at lorem laoreet id sed, laoreet felis tempus ante at ac et eget erat laoreet tellus feugiat non consectetur. Congue ullamcorper amet donec praesent, adipiscing magna diam nonummy donec mi felis tempus massa molestie feugiat nibh elit erat et felis ipsum ante felis tempus eget, sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit ut ullamcorper nonummy praesent molestie amet tempus congue laoreet et ullamcorper mauris pharetra magna praesent mauris consectetur erat massa non, nonummy. Sit adipiscing feugiat ut diam nonummy dolore volutpat dolor tincidunt volutpat pulvinar nunc aliquet turpis nisi sem consectetur, magna praesent nonummy dolore aliquet. Turpis magna diam nonummy magna diam amet donec proin lorem nibh eget sed laoreet tellus turpis nisi sem consectetur magna, diam nonummy dolore. Aliquet turpis, magna diam nonummy donec praesent adipiscing donec praesent lorem, nibh, eget erat diam amet congue euismod pulvinar tincidunt euismod ipsum nunc. Volutpat pulvinar nisi sem elit erat laoreet felis tempus proin at, ac laoreet ipsum massa, tellus sit ut volutpat dolor tincidunt ullamcorper amet. Dolore tellus pulvinar nunc non pharetra congue non dolor laoreet euismod pulvinar nunc molestie feugiat lobortis volutpat tincidunt ullamcorper amet nisi aliquet turpis. Ut non pharetra magna diam nonummy donec sem at lorem nibh tellus sit ut consectetur, ac et adipiscing tempus ante mauris lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi, diam nonummy donec adipiscing, aliquam proin adipiscing aliquam proin at magna diam, amet dolore aliquet amet dolore aliquet. Turpis ut non dolor congue, aliquet turpis diam nonummy laoreet id feugiat massa molestie feugiat, nibh eget erat mi nonummy. Erat mi mauris lorem nibh eget sed nibh eget tempus mi mauris tempus ante sed nibh eget, sed laoreet felis. Aliquam proin at ac, proin at magna diam nonummy donec diam amet dolore aliquet sit ut non sit ut non. Pharetra aliquet turpis ut non sit ut proin, mauris sed laoreet id, pulvinar nunc tellus feugiat lobortis eget sed nibh. Id ipsum laoreet, elit lobortis volutpat dolor nibh eget, sed laoreet id ipsum, massa molestie feugiat lobortis volutpat sed tincidunt. Tellus turpis nisi sem consectetur magna diam elit tempus proin mauris tincidunt ullamcorper amet dolore tellus sit nisi non consectetur. Magna diam, nonummy donec aliquet adipiscing ac et eget sed massa tellus sit lobortis non pharetra dolore aliquet lorem lobortis. Volutpat dolor nunc tellus turpis magna, et elit sed laoreet id lorem lobortis volutpat pharetra dolore praesent at nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non, pharetra congue ullamcorper amet dolore praesent turpis nibh id sed laoreet, id tempus massa molestie lorem nibh eget ipsum massa molestie, sit lobortis volutpat feugiat lobortis. Eget dolor tincidunt euismod sit ut non donec diam, nonummy dolore praesent adipiscing aliquam et elit erat mi felis tempus massa molestie dolor tincidunt euismod dolor tincidunt euismod pulvinar. Nunc tellus sit diam adipiscing aliquam praesent at lorem nibh eget sed mi id feugiat lobortis volutpat, pharetra congue aliquet amet nunc aliquet, consectetur nisi sem erat mi, adipiscing. Aliquam ante mauris lorem et elit erat et elit tempus proin at lorem, nibh volutpat, sed nunc tellus sit ut non pharetra congue volutpat donec praesent, turpis, ut non. Consectetur magna praesent adipiscing, donec praesent turpis nisi, sem at erat et elit donec praesent turpis dolore sem consectetur lorem et elit massa tellus feugiat lobortis volutpat pharetra congue. Aliquet adipiscing ac et elit erat laoreet id, feugiat lobortis non dolor magna ante felis nunc tellus sit ut volutpat pharetra congue ullamcorper amet, dolore sem at, magna et. Elit erat ante mauris lorem lobortis, mauris ac nibh felis erat mi nonummy ut volutpat dolor, laoreet id ipsum laoreet id ipsum lobortis molestie, dolor tincidunt euismod dolor laoreet. Id, ipsum lobortis molestie feugiat lobortis eget sed nibh eget, nunc molestie feugiat ante mauris lorem nibh elit sed laoreet id ipsum massa molestie ac et elit ac diam. Consectetur donec praesent adipiscing aliquam, praesent turpis magna nonummy donec praesent adipiscing aliquam praesent turpis nisi aliquet, pharetra ut non amet donec, praesent adipiscing aliquam proin at lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut ullamcorper adipiscing tempus ante mauris lorem nibh id pulvinar nunc aliquet sit ut nonummy donec aliquet amet dolore tellus. Turpis magna diam consectetur magna diam, nonummy donec proin at ac et elit ac et, nonummy dolore ullamcorper amet tellus turpis. Nisi diam, nonummy magna diam nonummy aliquam proin at magna et nonummy erat mi adipiscing aliquam proin at ac proin consectetur. Ac, et tempus ante molestie lorem ante eget dolor tincidunt euismod pulvinar, nunc tellus sit lobortis eget, lorem nibh elit ac. Mi felis aliquam praesent adipiscing congue euismod, pulvinar nunc tellus sit, ut non pharetra magna diam amet dolore tellus, pulvinar nunc. Tellus sit ut volutpat dolor tincidunt ullamcorper amet nisi aliquet consectetur diam nonummy donec praesent turpis aliquam sem at magna sem. Consectetur donec, mi mauris lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut non donec praesent, adipiscing aliquam proin. Mauris, lorem nibh elit erat praesent adipiscing donec praesent, adipiscing lorem nibh, eget sed laoreet tempus proin at aliquam proin consectetur. Magna et elit tempus ante felis tempus ante eget lorem laoreet eget erat praesent nonummy donec praesent adipiscing, aliquam et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat dolor congue euismod pulvinar tincidunt. Euismod ipsum massa non pharetra praesent, adipiscing. Aliquam praesent adipiscing nisi non pharetra, congue. Ullamcorper amet dolore aliquet turpis nisi sem. At erat mi felis tempus mi felis. Lorem ante lorem laoreet eget ipsum laoreet. Id ipsum, ut non pharetra congue, ullamcorper. Amet nisi sem turpis nisi sem nonummy. Donec mi felis tempus ante, mauris laoreet. Euismod pulvinar ut non consectetur congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem consectetur magna et felis ipsum massa dolor tincidunt euismod pulvinar nunc tellus donec proin at ac et, elit erat mi id tempus ante felis aliquam. Proin at magna sem pharetra tincidunt amet dolore tellus turpis nisi non pharetra congue non dolor laoreet id ipsum massa id ipsum ante, mauris lorem proin at magna. Diam consectetur congue molestie lorem nibh mauris lorem, nibh elit donec, mi adipiscing aliquam aliquet amet, nunc tellus ipsum ante felis tempus et consectetur nisi sem, pharetra tincidunt. Amet dolore aliquet sit nunc tellus feugiat lobortis eget sed laoreet id ipsum laoreet id tempus, mi, at aliquam proin consectetur nisi non pharetra tincidunt pulvinar donec aliquet. Consectetur nisi non sit, magna ullamcorper amet dolore aliquet amet, nunc tellus, feugiat lobortis, non pharetra congue volutpat dolor tincidunt id tempus nunc molestie tincidunt euismod pulvinar nunc. Tellus sit ut non pharetra ut non, dolor tincidunt euismod amet nunc tellus feugiat massa mauris lorem et elit ac et ipsum nunc tellus sit lobortis, eget sed. Laoreet euismod pulvinar nunc molestie feugiat massa molestie feugiat lobortis volutpat sed, mi felis erat mi adipiscing nisi sem turpis sem nonummy magna diam adipiscing aliquam proin adipiscing. Ac sem consectetur, congue ullamcorper amet tincidunt euismod pulvinar massa id ipsum ante mauris lorem ante, consectetur lorem laoreet sit massa mauris tempus ante at aliquam proin consectetur. Congue ullamcorper amet congue, ullamcorper ipsum massa molestie ipsum massa molestie lorem nibh eget sed mi elit erat, mauris tempus proin at ac diam nonummy, magna ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac et elit erat mi felis aliquam proin at nisi non, pharetra congue ullamcorper amet dolore tellus adipiscing aliquam proin consectetur magna diam dolore, ullamcorper turpis. Dolore aliquet turpis nisi non pharetra congue ullamcorper amet, nunc, tellus sit ut tellus sit lobortis volutpat sed nibh eget, sed laoreet feugiat massa, molestie, feugiat lobortis eget. Sed laoreet id ipsum massa mauris tempus ante mauris ac et nonummy donec praesent nonummy dolore tellus, turpis ut tellus feugiat, non, pharetra dolore aliquet turpis nisi, sem. Consectetur, magna sem consectetur magna, diam amet nunc, tellus pulvinar nunc tellus feugiat ante at lorem eget sed mi felis aliquam praesent adipiscing nisi aliquet consectetur nisi volutpat. Dolor tincidunt euismod pulvinar tincidunt tellus sit nisi sem, consectetur donec praesent nonummy donec praesent ac et elit erat et felis tempus mi felis aliquam proin consectetur magna. Sem consectetur magna diam nonummy aliquam proin at ac proin pharetra magna praesent adipiscing, massa, volutpat dolor lobortis eget erat mi elit erat mi adipiscing nisi aliquet turpis. Nisi non pharetra lobortis volutpat laoreet tellus sit nunc tellus sit lobortis molestie lorem nibh at ac diam amet dolore ullamcorper amet nunc euismod pulvinar, massa, mauris feugiat. Ante mauris sed laoreet ipsum massa id feugiat lobortis volutpat, sed laoreet eget, erat mi elit erat, praesent turpis dolore tellus pulvinar lobortis, molestie lorem ante mauris ac. Et eget erat felis, tempus proin turpis nisi sem consectetur congue ullamcorper pharetra tincidunt volutpat dolor massa molestie sit lobortis volutpat feugiat, lobortis eget lorem nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac proin at erat et elit erat, proin at ac eget sed mi, id ipsum massa. Mauris lorem ante elit adipiscing dolor dolore proin, molestie elit feugiat magna mi tellus eget turpis aliquam. Ante ullamcorper nonummy, congue ullamcorper pharetra congue id sed laoreet, molestie feugiat massa mauris lorem, et at. Magna et elit erat mi adipiscing aliquam sem consectetur nisi consectetur magna ullamcorper pulvinar, dolore aliquet sit. Ut, non, consectetur magna diam amet, dolore, ullamcorper turpis nisi aliquet consectetur nisi sem dolor tincidunt euismod. Nunc aliquet turpis ut tellus pharetra, ut non pharetra tincidunt, euismod sed mi felis donec praesent adipiscing. Aliquam sem, consectetur ac diam nonummy magna aliquet amet, euismod pulvinar nunc molestie feugiat nibh eget ac. Et eget sed laoreet id ipsum ante adipiscing, nisi sem turpis lobortis non, dolor lobortis elit ac. Mi felis, nisi tellus feugiat ut non dolor tincidunt id sed massa, molestie feugiat lobortis molestie lorem. Et elit magna, diam amet dolore ullamcorper aliquam proin consectetur nisi, sem, pharetra congue euismod pulvinar laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, aliquam ante mauris laoreet, euismod pulvinar nunc molestie feugiat lobortis volutpat pharetra, dolore aliquet. Sit nisi sem elit erat mi felis tempus ante molestie, dolor lobortis euismod dolor sem. At magna diam consectetur donec, praesent adipiscing donec praesent turpis nisi sem pharetra ut non. Amet dolore ullamcorper turpis nisi, aliquet sit, ut consectetur magna diam amet donec sem consectetur. Magna diam nonummy, donec praesent adipiscing donec praesent at aliquam proin consectetur magna diam nonummy. Donec aliquet aliquam ante mauris erat mi felis tempus mi, felis tempus nibh eget dolor. Congue praesent adipiscing aliquam proin consectetur ac mi, felis ipsum lobortis volutpat pharetra aliquet turpis. Aliquam proin mauris lorem et eget ipsum massa mauris lorem nibh eget ac et at. Ac et felis ipsum ante mauris ac et, at ac felis tempus ante molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet adipiscing ac et at erat laoreet molestie feugiat non dolor congue ullamcorper turpis aliquam proin mauris erat et, elit erat praesent adipiscing aliquam proin. At ac nibh id ipsum massa molestie ipsum massa dolor tincidunt aliquet amet nisi sem turpis nisi non pharetra tincidunt euismod amet dolore aliquet turpis nisi. Non pharetra congue ullamcorper pharetra, congue ullamcorper amet et, at erat et elit donec aliquet turpis aliquam proin at, ac et, eget tempus massa molestie feugiat. Lobortis volutpat dolor congue euismod nunc non consectetur erat et elit erat mi felis tempus proin consectetur nisi sem nonummy erat mi mauris lorem nibh eget. Sed nibh eget erat laoreet felis, lobortis non pharetra dolore aliquet turpis dolore sem consectetur nisi diam elit donec mi, mauris feugiat nibh, eget dolor laoreet. Id sed mi felis tempus proin mauris nibh elit erat mi elit erat, mi felis tempus ante mauris, lorem, et eget donec praesent adipiscing aliquam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet nisi sem at ac et felis tempus massa molestie feugiat lobortis volutpat pulvinar nunc euismod pulvinar nunc molestie, sit ut, nonummy donec proin turpis nisi. Sem consectetur congue, non amet congue ullamcorper amet nunc aliquet turpis nisi sem consectetur donec, diam, nonummy nunc tellus aliquam sem consectetur, magna praesent nonummy dolore. Aliquet turpis dolore tellus, sit ut non pharetra congue ullamcorper pulvinar nunc tellus pulvinar nunc non pharetra, congue praesent adipiscing congue diam amet congue, aliquet turpis. Nisi proin, elit ac, laoreet id ipsum massa mauris lorem nibh eget lorem laoreet id ipsum massa, feugiat lobortis volutpat amet dolore praesent adipiscing, aliquam et. At ac et nonummy donec, praesent, adipiscing nisi proin consectetur magna diam nonummy magna diam pulvinar tincidunt, euismod nunc tellus sit congue ullamcorper, amet donec proin. Mauris feugiat lobortis volutpat dolor massa molestie sit nisi sem pharetra congue ullamcorper amet dolore aliquet consectetur ac diam donec mi felis tempus ante mauris feugiat. Lobortis aliquet turpis ac et elit ac et elit erat mi mauris tempus volutpat pulvinar, nunc tellus turpis ut sem pharetra ut ullamcorper pharetra congue euismod. Pulvinar nunc aliquet sit, lobortis volutpat feugiat lobortis eget erat mi id ipsum diam consectetur magna diam nonummy dolore aliquet turpis nisi sem sit congue ullamcorper. Pharetra dolore ullamcorper amet, massa tellus sit ut volutpat pharetra magna ullamcorper pulvinar dolore turpis nisi sem pharetra congue ullamcorper pharetra congue ullamcorper amet dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet turpis dolore aliquet consectetur magna sem pharetra magna diam amet donec praesent turpis nisi non. Pharetra magna praesent nonummy donec praesent aliquam sem consectetur, nisi sem consectetur magna aliquet amet dolore tellus. Pulvinar ut sem, nonummy donec mi felis tempus, nibh, eget sed laoreet id pulvinar tellus sit ut. Non amet dolore aliquet amet nisi sem, at lorem nibh eget sed ante felis lorem nibh mauris. Lorem nibh elit, erat mi felis erat volutpat pharetra dolore aliquet turpis, dolore sem, turpis, nisi non. Pharetra congue ullamcorper dolor nunc, tellus, pulvinar nunc, molestie sit, ut ullamcorper pharetra proin at aliquam et. Eget dolor nunc euismod pulvinar massa volutpat dolor tincidunt ullamcorper amet dolore tellus sit ut, non pharetra. Congue ullamcorper pharetra dolore ullamcorper amet, et elit sed laoreet id tempus mi, felis tempus ante eget. Sed, laoreet euismod ipsum massa mauris tempus nibh volutpat sed tincidunt euismod ipsum massa molestie ipsum volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet felis tempus ante mauris feugiat lobortis, volutpat dolor, tincidunt tellus aliquam sem, consectetur ac et nonummy dolore aliquet turpis dolore. Aliquet turpis, nisi diam elit erat mi felis aliquam proin at ac et elit sed laoreet, ipsum lobortis non dolor laoreet id. Ipsum laoreet id ipsum lobortis non dolor tincidunt euismod pulvinar nunc tellus pulvinar ut sem pharetra magna diam nonummy, ante eget sed. Laoreet id, sed laoreet molestie feugiat lobortis volutpat dolor congue volutpat dolor tincidunt tellus sit nunc molestie feugiat nibh eget tincidunt id. Ipsum laoreet id ipsum massa volutpat sed laoreet id pulvinar massa id ipsum, ante molestie dolor tincidunt ullamcorper amet, nunc tellus, turpis. Ut non pharetra praesent, adipiscing, aliquam, proin mauris lorem, et, elit sed, laoreet id ipsum massa molestie feugiat tincidunt euismod dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut non pulvinar nunc euismod pulvinar ut sem, pharetra magna diam, nonummy donec aliquet. Turpis aliquam et eget dolor tincidunt consectetur ac et elit erat mi felis lorem proin. At lorem et, elit erat et nonummy donec aliquet turpis dolore aliquet turpis nisi sem. Ipsum lobortis volutpat dolor lobortis volutpat pulvinar nunc aliquet sit nisi sem pharetra congue ullamcorper. Pharetra congue ullamcorper amet nunc molestie feugiat lobortis molestie feugiat tincidunt euismod nunc tellus turpis. Nisi diam nonummy erat praesent felis aliquam proin at ac, et elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod amet dolore, aliquet, consectetur magna et eget pulvinar nunc non consectetur congue, diam nonummy donec praesent adipiscing ac eget, erat. Mi felis, tempus ante, adipiscing aliquam proin at ac et felis ipsum ante molestie feugiat lobortis volutpat dolor laoreet eget ipsum, massa. Molestie, ac et elit dolore aliquet adipiscing tempus proin at ac et nonummy erat mi felis aliquam, proin at aliquam diam nonummy. Erat, mi id ipsum lobortis non dolore aliquet turpis aliquam proin consectetur ac et elit tempus mi molestie, feugiat tincidunt ullamcorper pulvinar. Nunc tellus turpis ut, non sit, ut nonummy aliquam praesent adipiscing aliquam proin at, ac et elit erat mi felis lorem, ante. Eget sed, laoreet eget sed laoreet felis tempus, ante, eget, sed, laoreet pulvinar massa molestie feugiat lobortis volutpat feugiat tincidunt ullamcorper amet. Dolore proin consectetur ac et, elit erat praesent adipiscing, donec aliquet, turpis nisi non pharetra ut non congue ullamcorper amet nisi sem. At magna diam elit erat mi felis tempus ante mauris lorem nibh eget sed mi ipsum massa, molestie dolor, tincidunt ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem consectetur congue ullamcorper amet aliquet. At ac et nonummy donec, praesent adipiscing. Aliquam proin at ac et elit, erat. Laoreet, molestie feugiat lobortis molestie feugiat, tincidunt. Euismod pulvinar sem turpis nisi diam nonummy. Erat laoreet, molestie sit congue ullamcorper pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus turpis magna diam, donec praesent adipiscing aliquam ante mauris lorem nibh eget tempus mi molestie feugiat lobortis non, pharetra dolore. Aliquet turpis dolore aliquet pharetra congue non amet mi felis lorem lobortis eget dolor nunc tellus pulvinar nisi sem consectetur, magna diam. Nonummy, aliquam, ante eget lorem et at ac et nonummy donec molestie feugiat, nibh eget sed tincidunt id tempus ante, mauris lorem. Nibh, volutpat dolor, laoreet, id sed massa molestie sit congue non pharetra, dolore adipiscing aliquam proin consectetur ac et felis, erat mi. Felis tempus, ante eget, lorem nibh, eget erat mi adipiscing aliquam proin adipiscing nisi, sem consectetur magna elit erat praesent adipiscing aliquam. Proin at ac diam nonummy donec praesent felis aliquam praesent adipiscing nisi, sem, pharetra magna praesent nonummy donec praesent turpis nisi sem. Magna diam nonummy donec aliquet amet dolore tellus sit nisi sem consectetur magna diam nonummy nunc tellus sit nunc molestie ipsum ante. Mauris feugiat ullamcorper amet nisi sem consectetur nisi sem consectetur donec ullamcorper nonummy dolore tellus pulvinar ut tellus pharetra congue ullamcorper amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet pharetra ut ullamcorper, pharetra dolore ullamcorper amet dolore tellus sit nunc tellus dolor, tincidunt ullamcorper. Pulvinar nunc at, ac et, elit erat mi id tempus ante molestie lorem lobortis euismod dolor. Tincidunt, id ipsum ante mauris tempus ante at ac diam nonummy pulvinar nunc tellus feugiat ante. Mauris lorem, et at ac sem nonummy magna ullamcorper amet nunc euismod sit nunc tellus feugiat. Lobortis non dolor laoreet id sed aliquet pharetra congue non pharetra congue euismod dolor laoreet felis. Ipsum massa tellus feugiat lobortis volutpat dolor tincidunt euismod, ipsum massa id ipsum ullamcorper amet congue. Ullamcorper pulvinar nunc tellus feugiat ut volutpat dolor tincidunt volutpat sed mi elit erat praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget erat, diam adipiscing donec praesent turpis nisi sem consectetur ac diam, pharetra congue ullamcorper, turpis dolore aliquet turpis nisi. Consectetur magna praesent adipiscing donec aliquet sit nunc tellus sit lobortis molestie feugiat lobortis eget sed laoreet id tempus mi adipiscing. Aliquam sem, consectetur ut ac et eget ac et, amet dolore aliquet amet nisi aliquet sit ut volutpat dolor tincidunt volutpat. Dolor nunc tellus pulvinar, massa molestie lorem nibh mauris ac, non consectetur, congue ullamcorper amet, dolore ullamcorper amet tincidunt molestie feugiat. Ut sem pharetra congue ullamcorper amet dolore aliquet, turpis nunc tellus sit congue ullamcorper amet nunc tellus sit ut non pharetra. Congue ullamcorper, turpis nisi aliquet turpis ut non feugiat lobortis mauris ac sem consectetur magna ullamcorper amet, congue tellus sit lobortis. Volutpat, dolor tincidunt volutpat dolor tincidunt, tellus pulvinar massa molestie lorem ante at magna sem consectetur donec diam amet, congue tellus. Pulvinar pharetra dolore aliquet turpis aliquam, proin at ac mi felis tempus ante mauris lorem lobortis eget lorem nibh elit, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh euismod pulvinar nunc tellus, sit nisi, non pharetra congue euismod, pulvinar nunc tellus ipsum ante, mauris tempus nibh non consectetur, ac diam. Adipiscing aliquam proin adipiscing nisi, sem consectetur nisi sem consectetur tincidunt euismod dolor tincidunt, praesent felis aliquam proin turpis, dolore tellus sit, ut. Sem amet congue ullamcorper pulvinar nunc tellus ipsum massa molestie lorem ante eget ac diam nonummy donec volutpat dolor lobortis eget sed, laoreet. Molestie ipsum ante molestie lorem nibh eget lorem nibh felis erat praesent nonummy dolore aliquet sit nunc molestie, feugiat tincidunt euismod ipsum massa. Id ipsum mi mauris tempus ante eget, erat mi felis, tempus mi felis lorem nibh mauris lorem nibh elit donec ullamcorper turpis nisi. Sem consectetur, magna et nonummy dolore aliquet turpis nunc euismod, ipsum ante mauris tempus ante mauris ac diam elit donec diam amet donec. Praesent turpis magna diam, amet congue ullamcorper pulvinar nunc tellus pulvinar nunc molestie, feugiat nibh mauris dolor tincidunt euismod ipsum laoreet felis et. Elit sed mi elit donec praesent felis aliquam, sem, at magna sem pharetra magna, diam, nonummy aliquam praesent adipiscing, nisi proin at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem nibh mauris lorem nibh, euismod pulvinar nunc tellus sit ut non, pharetra congue nunc tellus, turpis nisi non pharetra, magna diam, nonummy aliquam praesent turpis nisi. Tellus consectetur congue diam nonummy aliquam praesent at aliquam proin elit, dolor donec diam adipiscing aliquam proin mauris ac, et elit donec praesent nonummy dolore aliquet sit nisi. Sem at ac diam nonummy dolore, praesent adipiscing nisi aliquet consectetur magna diam consectetur donec praesent adipiscing aliquam praesent turpis aliquam proin at erat mi felis ipsum massa. Mauris feugiat lobortis volutpat eget sed nunc praesent turpis nisi, sem nonummy donec praesent adipiscing tempus ante molestie dolor tincidunt euismod pulvinar dolore aliquet turpis nisi sem pharetra. Congue diam amet ac et nonummy, erat praesent adipiscing donec praesent adipiscing, aliquam proin elit erat mi felis tempus ante, felis tempus nibh eget sed tincidunt euismod sit. Nunc, non lorem nibh volutpat sed laoreet, eget ipsum nunc molestie ipsum massa volutpat, pharetra congue euismod pulvinar laoreet id ipsum nunc, diam adipiscing tempus ante mauris lorem. Nibh id ipsum massa molestie sit lobortis molestie, feugiat nibh eget dolor mi elit erat mi adipiscing aliquam, sem turpis nisi molestie pharetra congue diam adipiscing aliquam ante. Molestie dolor, congue aliquet turpis nisi sem at magna diam nonummy erat mi felis aliquam, proin mauris lorem nibh diam adipiscing, tempus proin mauris lorem et, at ac. Et felis, tempus ante mauris lorem nibh eget dolor tincidunt euismod sed ante mauris lorem ante mauris congue ullamcorper amet nunc aliquet consectetur magna et felis tempus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis ipsum turpis ut non pharetra congue ullamcorper amet dolore tellus sit nunc tellus sit pharetra dolore, ullamcorper turpis nisi, sem consectetur magna massa tellus. Pharetra donec mi felis, aliquam proin at, ac proin, consectetur magna diam nonummy dolore aliquet adipiscing aliquam proin elit erat et nonummy magna nibh volutpat dolor. Tincidunt euismod pulvinar laoreet id ipsum, lobortis volutpat dolor laoreet euismod ipsum massa, molestie ipsum, massa volutpat dolor tincidunt euismod sed laoreet tempus nibh volutpat dolor. Tincidunt euismod pulvinar massa, felis tempus ante mauris lorem nibh eget sed mi felis erat mi, felis tempus nibh eget sed ac nibh eget erat praesent. Nonummy donec proin mauris lorem, nibh id ipsum massa felis tempus praesent felis aliquam proin, at lorem et nonummy, tempus mi felis dolor congue ullamcorper pulvinar. Nunc molestie feugiat lobortis volutpat dolor tincidunt volutpat erat laoreet elit tempus ante felis tempus, ante mauris ac nibh eget sed mi adipiscing, pulvinar aliquam sem. Consectetur magna, ullamcorper amet tincidunt, volutpat sed laoreet id ipsum massa molestie feugiat nibh eget lorem ut ullamcorper nonummy donec praesent, adipiscing aliquam sem, consectetur magna. Diam nonummy donec aliquet adipiscing tempus proin at ac et nonummy magna ullamcorper nonummy donec praesent at nunc tellus, sit lobortis, ullamcorper nonummy donec mi mauris. Lorem nibh volutpat dolor laoreet felis ipsum ante felis aliquam proin at lorem, nibh eget sed laoreet ullamcorper elit erat praesent turpis dolore aliquet, sit ut. Non, pharetra, magna praesent adipiscing donec, proin mauris lorem, nibh eget sed, massa, id feugiat lobortis volutpat pharetra et at magna diam nonummy, donec praesent felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy pharetra ac et adipiscing tempus ante mauris lorem nibh volutpat pulvinar tincidunt euismod. Pulvinar lobortis sem pharetra magna diam nonummy aliquam praesent adipiscing aliquam massa tellus pharetra ut. Diam elit, erat mi felis lorem nibh eget sed laoreet euismod sit ut non pharetra. Congue ullamcorper pulvinar tincidunt, tellus sit ac mi felis tempus massa molestie feugiat lobortis eget. Sed tincidunt id tempus ante molestie feugiat nibh volutpat dolor laoreet tellus pulvinar nunc molestie. Feugiat ac nibh elit ac, et nonummy donec praesent adipiscing aliquam proin, at ac diam. Consectetur donec praesent adipiscing aliquam, proin adipiscing dolor feugiat donec massa sem id adipiscing dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue massa id ipsum massa molestie dolor congue ullamcorper amet feugiat, magna diam nonummy aliquam praesent adipiscing, ac et. Eget sed massa felis tempus ante volutpat dolor lobortis eget sed tincidunt euismod pulvinar massa mauris tempus tempus ante. Eget, sed laoreet euismod pulvinar nunc tellus turpis magna diam consectetur congue aliquet turpis dolore sem turpis magna sem. Elit magna, diam nonummy proin elit erat mi felis, tempus ante molestie feugiat lobortis volutpat, pulvinar nunc aliquet sit. Nisi diam nonummy donec praesent adipiscing aliquam proin eget ipsum nunc, tellus sit lobortis volutpat, dolor tincidunt euismod pulvinar. Nunc euismod pulvinar nunc volutpat dolor lobortis volutpat dolor laoreet, id ipsum massa id, tempus ante aliquet turpis nisi. Sem at magna diam nonummy donec mi felis lorem nibh mauris lorem et elit erat praesent felis tempus proin. At lorem, et elit ac nisi diam elit erat mi felis tempus ante mauris sed tincidunt id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi proin mauris feugiat laoreet eget ipsum, massa molestie ipsum massa molestie feugiat, congue ullamcorper pulvinar tincidunt euismod sit ut. Non pharetra congue ullamcorper eget sed massa molestie ipsum massa molestie feugiat nibh eget sed mi felis tempus massa tellus. Pharetra magna ullamcorper pharetra tincidunt tellus adipiscing ac et turpis ut non amet donec praesent adipiscing aliquam sem consectetur magna. Et eget tempus ante mauris lorem ante at lorem nibh id ipsum massa, id tempus ante, amet, nisi sem, consectetur. Magna mi felis tempus mi mauris lorem nibh mauris ac nibh elit erat praesent nonummy, donec ullamcorper amet nisi et. Nonummy erat praesent turpis nisi aliquet sit ut non pharetra, ut, ullamcorper amet nunc tellus sit ut non sit lobortis. Ullamcorper, amet donec aliquet turpis nisi mi felis tempus massa felis, tempus proin at magna sem pharetra congue ullamcorper pharetra. Congue aliquet adipiscing aliquam proin elit ac et elit donec praesent adipiscing aliquam nunc sem, consectetur donec diam tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet euismod, sit ut non pharetra magna diam, nonummy donec nonummy tempus ante mauris tempus ante eget sed laoreet id ipsum massa, mauris feugiat lobortis. Eget dolor tincidunt euismod pulvinar, massa molestie feugiat massa molestie feugiat nibh volutpat amet nunc tellus sit ut non consectetur magna diam, nonummy aliquam ante mauris. Lorem laoreet id ipsum massa id tempus ante molestie, lorem nunc tellus consectetur magna, sem nonummy donec, praesent nonummy donec praesent, adipiscing, aliquam sem consectetur magna. Diam amet congue volutpat pulvinar nunc tellus nibh volutpat dolor tincidunt, tellus pulvinar nunc non consectetur, ut non pharetra congue ullamcorper amet dolore tellus, sit, lobortis. Non pharetra congue ullamcorper turpis dolore tellus turpis ipsum nunc tellus pharetra congue non, amet congue, ullamcorper amet nunc tellus sit ut, non dolor congue ullamcorper. Turpis aliquam proin elit erat et elit erat ante non amet congue tellus sit ut non pharetra congue diam nonummy erat mi felis ac proin eget. Sed laoreet felis feugiat lobortis volutpat pulvinar tincidunt id pulvinar ut tellus pharetra congue diam nonummy donec, aliquet adipiscing nisi et at magna diam consectetur magna. Praesent felis aliquam nunc molestie feugiat nibh eget sed, laoreet id sed massa, tellus pharetra ut ullamcorper, amet congue aliquet turpis dolore aliquet turpis nisi, non. Consectetur congue diam dolore aliquet turpis aliquam et eget ipsum nunc tellus sit lobortis volutpat lorem et elit ac et nonummy donec diam amet dolore tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi id, erat ante mauris, lorem nibh eget sed laoreet euismod pulvinar tempus massa molestie lorem. Lobortis volutpat amet dolore praesent, turpis aliquam, proin consectetur, ac mi, felis tempus mi felis aliquam sem consectetur. Magna diam nonummy erat adipiscing lorem nibh eget sed massa tellus sit, lobortis, volutpat pharetra tincidunt, ullamcorper turpis. Nisi proin consectetur, magna diam consectetur magna diam amet dolore, tincidunt, tellus sit, ut non pharetra ut non. Dolor congue euismod pulvinar nunc, tellus feugiat lobortis volutpat dolor tincidunt euismod dolor laoreet id pulvinar congue, non. Nonummy donec praesent turpis nisi sem, pharetra ut non pharetra congue ullamcorper turpis dolore aliquet turpis nisi non. Pharetra congue ullamcorper amet nunc tellus at donec praesent nonummy, donec praesent adipiscing aliquam et elit erat mi. Felis erat ante mauris lorem nibh mauris, sed laoreet id sed mi, mauris tempus, nibh sem consectetur ac. Et nonummy, dolore aliquet amet dolore aliquet sit ut, non, nonummy erat mi adipiscing aliquam ante pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at congue ullamcorper, amet erat mi mauris lorem nibh eget erat nunc tellus sit nunc non pharetra. Magna praesent nonummy dolore aliquet turpis nisi sem consectetur magna diam consectetur dolore aliquet turpis nisi aliquet turpis. Nisi lorem laoreet id sit nunc molestie feugiat ut non, pharetra congue euismod pulvinar nunc tellus feugiat lobortis. Volutpat pharetra congue diam nonummy, dolore tellus sit erat, mi id ipsum ante at aliquam proin pharetra ut. Ullamcorper nonummy, dolore aliquet amet nunc euismod pulvinar ut volutpat dolor lobortis euismod adipiscing ac proin elit donec. Praesent felis aliquam ante, at ac, et elit ac et nonummy congue ullamcorper turpis nisi, sem consectetur magna. Et elit erat mi volutpat pharetra congue ullamcorper pulvinar massa molestie, feugiat ut volutpat dolor tincidunt euismod dolor. Nunc aliquet, turpis ut tellus sit tincidunt eget sed, tincidunt euismod pulvinar ac et elit donec praesent adipiscing. Ac nibh eget sed laoreet id pulvinar nunc volutpat feugiat lobortis, euismod, pulvinar dolore laoreet, molestie ipsum lobortis. Volutpat pharetra tincidunt ullamcorper amet nunc tellus sit, ut non consectetur, donec, praesent adipiscing aliquam proin at, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec aliquet adipiscing ac proin eget dolor laoreet euismod sit nunc tellus, feugiat nibh eget dolor congue. Aliquet, at, aliquam et elit erat mi elit, dolore aliquet turpis nisi, aliquet turpis nisi sem consectetur magna. Diam nonummy aliquam, praesent ut non, amet congue aliquet adipiscing aliquam proin elit erat et, felis erat mi. Felis lorem ante, eget sed tincidunt euismod pulvinar nunc, molestie feugiat nibh mauris ipsum massa tellus feugiat lobortis. Molestie, feugiat tincidunt euismod pulvinar nunc, tellus sit ut non pharetra ut, volutpat dolor laoreet eget erat laoreet. Volutpat pharetra tincidunt euismod ipsum laoreet, id ipsum massa molestie feugiat lobortis, volutpat, pulvinar tincidunt euismod ipsum massa. Mauris feugiat lobortis, eget sed nibh id sed laoreet ullamcorper, amet congue euismod amet nunc euismod feugiat, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet donec praesent adipiscing adipiscing ac et elit ac et felis tempus ante felis. Ac nibh eget sed laoreet id tempus ante mauris lorem nibh eget sed laoreet id. Felis ipsum massa molestie feugiat lobortis eget, sed laoreet id tempus ante molestie, lorem lobortis. Volutpat sed laoreet euismod pulvinar massa, tellus feugiat, lobortis aliquam proin at ac et felis. Erat ante mauris lorem nibh eget sed et elit erat, mi felis tempus proin, turpis. Nisi tellus sit lobortis eget sed erat ante mauris feugiat lobortis volutpat dolor tincidunt felis. Tempus ante mauris lorem ante, mauris lorem et nonummy donec mi felis donec aliquet elit. Erat mi felis erat ante felis tempus proin consectetur magna, pharetra congue ullamcorper amet nisi. Non pharetra, congue ullamcorper pharetra congue euismod dolor, tincidunt id ipsum magna diam nonummy dolore. Tellus turpis nisi sem consectetur magna diam amet dolore ullamcorper amet nunc aliquet sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget sed nibh, eget sed mi felis lorem nibh at ac proin at magna diam pharetra tincidunt euismod ipsum, massa molestie dolor congue ullamcorper dolor, tincidunt. Id ipsum massa felis tempus proin at nisi tellus sit lobortis volutpat dolor laoreet, eget sed laoreet felis lorem ante eget erat, et nonummy, magna diam amet. Dolore aliquet sit nunc tellus, sit lobortis eget sed laoreet eget ac et elit donec praesent, adipiscing, nisi massa mauris, lorem ante, at lorem et, elit donec. Praesent, nonummy aliquam, proin, at aliquam, sem pharetra congue ullamcorper pharetra tincidunt euismod pulvinar felis tempus ante mauris, lorem nibh eget lorem et elit erat, praesent adipiscing. Donec proin at ac et eget erat mi elit tempus mi, felis tempus proin, diam nonummy, donec praesent adipiscing nisi proin consectetur congue non pharetra congue aliquet. Amet nisi aliquet sit ut non, dolor, lobortis euismod pulvinar laoreet, felis tempus ut, diam amet dolore aliquet sit massa id tempus proin at lorem, et elit. Erat mi elit erat praesent amet nisi sem consectetur magna diam amet nunc tellus sit ut sem sit lobortis molestie sed laoreet id sed laoreet, felis erat. Mi felis tempus ante mauris ac massa molestie lorem nibh mauris ac et at magna ullamcorper amet congue, euismod pulvinar massa tellus sit ut non dolor nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem, ante eget sed laoreet id ipsum massa molestie ipsum, massa molestie lorem lobortis, eget erat, massa molestie, lorem nibh mauris, lorem nibh eget donec. Mi molestie lorem, ante mauris ac nibh euismod turpis, ac nibh ullamcorper mauris pharetra donec sem at dolor nunc tellus turpis magna laoreet tellus mauris pharetra. Aliquam, lobortis ullamcorper felis sit ac massa tellus at sed dolore nibh ullamcorper adipiscing, lorem donec ante non felis, feugiat ut ullamcorper elit, feugiat ut ullamcorper. Id elit dolor, nunc proin eget, pulvinar aliquam ante euismod adipiscing aliquam tellus, eget turpis feugiat dolore ante sem felis turpis sed, aliquam tincidunt mi sem. Id mauris pharetra tempus congue praesent molestie consectetur sed aliquam congue massa diam proin volutpat adipiscing consectetur sit, sed aliquam lobortis praesent tellus non id at. Adipiscing nonummy sit lorem nunc praesent volutpat adipiscing ipsum congue et non at, turpis lorem lobortis volutpat sed mi felis erat mi, felis, feugiat nibh, ullamcorper. Nonummy tempus ante at lorem et eget sed ac laoreet id ipsum ante mauris lorem nibh eget sed, nibh elit erat laoreet mauris lorem lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, turpis nisi et nonummy erat mi felis aliquam proin consectetur magna diam nonummy donec praesent felis, tempus massa molestie adipiscing lorem et elit sed laoreet, euismod pulvinar, nunc volutpat. Feugiat, tincidunt ullamcorper amet donec praesent at ac et eget erat mi, adipiscing aliquam praesent elit erat mi felis lorem, nibh volutpat pulvinar tincidunt euismod ipsum, massa molestie sit congue. Ullamcorper, nonummy donec, proin at lorem nibh eget erat mi felis aliquam ante mauris ac et eget ipsum laoreet id dolore, tellus sit ut volutpat feugiat lobortis eget sed mi. Elit tempus, ante felis tempus ante at aliquam proin consectetur magna ullamcorper amet congue ullamcorper turpis nunc euismod feugiat massa felis aliquam proin consectetur ut, non pharetra, pharetra congue euismod. Pulvinar erat mi felis tempus ante mauris feugiat nibh mauris lorem nibh elit erat praesent nonummy dolore praesent adipiscing aliquam et at erat massa molestie feugiat lobortis volutpat nonummy nisi. Proin mauris lorem et eget ipsum nunc, id feugiat lobortis volutpat dolor laoreet id, ipsum nunc tellus, sit donec, mi mauris tempus ante mauris ac et elit erat mi felis. Lorem nibh mauris lorem nibh elit ac mi elit erat praesent turpis nisi sem felis tempus ante mauris lorem ante mauris lorem nibh elit sed laoreet id ipsum ante mauris. Ac, nibh elit, erat et nonummy donec praesent adipiscing aliquam proin id pulvinar nunc tellus pharetra ut volutpat dolor laoreet eget sed laoreet id ipsum ante mauris lorem et elit. Erat mi felis tempus mi mauris lorem lobortis tempus lobortis eget dolor laoreet id ipsum nunc tellus sit congue non pharetra, congue, aliquet turpis dolore aliquet sit ut volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt aliquet, turpis ac et elit, ac et, felis tempus lobortis mauris dolor tincidunt euismod pulvinar nunc tellus sit nisi sem pharetra ut non. Amet dolore aliquet, turpis dolore sem, consectetur magna sem pharetra congue euismod pulvinar magna et, eget erat laoreet id ipsum ante mauris ac et at ac. Et, elit tempus ante felis lorem et, at erat mi elit erat lobortis volutpat sed, nibh id sed laoreet id ipsum ante mauris lorem nibh, eget. Erat mi felis erat, mi felis aliquam proin at magna diam molestie feugiat, ut non pharetra congue aliquet amet, nisi proin at ac, mi felis tempus. Ante molestie feugiat lobortis eget sed laoreet id pulvinar, nunc diam, nonummy dolore aliquet adipiscing aliquam sem consectetur congue, non amet dolore aliquet amet nunc, molestie. Sit magna et nonummy donec praesent felis, tempus nibh mauris sed ut sem consectetur congue ullamcorper nonummy dolore praesent turpis nisi tellus, sit lobortis, molestie lorem. Ante mauris lorem, tincidunt, euismod ipsum ante molestie feugiat non, at ac mi id ipsum massa molestie lorem proin elit ac mi elit ipsum massa molestie. Lorem nibh eget lorem lobortis ullamcorper amet dolore aliquet sit ut tellus, sit lobortis volutpat feugiat lobortis, volutpat dolor, laoreet molestie feugiat ut, non dolor tincidunt. Euismod pulvinar nunc euismod pulvinar mauris tempus proin at ac proin, at erat mi, felis ipsum lobortis molestie dolor lobortis volutpat pulvinar nunc tellus sit, ut. Non pharetra tincidunt euismod pulvinar euismod ipsum nunc molestie feugiat, massa molestie sed laoreet euismod ipsum mi felis ipsum, ante felis lorem nibh mauris erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat sed nibh elit pulvinar ut tellus pharetra congue diam nonummy erat, praesent nisi sem, elit erat, mi felis tempus massa tellus sit lobortis volutpat. Dolor nunc tellus turpis nisi, sem consectetur magna et elit tempus ante at aliquam elit erat laoreet id ipsum massa molestie, lorem nibh, eget sed laoreet id. Ipsum, nunc non sit ut volutpat, dolor tincidunt, id ipsum, massa molestie massa molestie dolor lobortis volutpat, sed laoreet felis ipsum ante mauris, lorem nibh eget sed. Laoreet id pulvinar nunc non pharetra congue ullamcorper lobortis euismod, dolor nunc tellus feugiat lobortis non pharetra congue diam amet dolore tellus pulvinar massa molestie feugiat lobortis. Volutpat pharetra congue, ullamcorper amet nisi, aliquet sit molestie feugiat tincidunt volutpat dolor tincidunt euismod, ipsum ante felis tempus nibh mauris sed nibh, eget ipsum massa id. Ipsum massa molestie feugiat laoreet id ipsum nunc feugiat ut sem nonummy donec praesent felis tempus ante mauris lorem nibh elit erat massa, tellus sit ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet felis ipsum massa volutpat pharetra congue ullamcorper amet nisi sem consectetur magna. Diam erat, mi felis tempus ante at ac proin at erat mi elit. Tempus massa at ac et, elit erat mi elit tempus ante felis tempus. Mauris ac, et nonummy magna diam nonummy donec praesent adipiscing aliquam proin consectetur. Ac laoreet molestie feugiat massa molestie feugiat, nibh volutpat pulvinar nunc, aliquet nisi. Sem nonummy donec praesent, nonummy aliquam praesent, adipiscing nisi non pharetra magna ullamcorper. Felis turpis, erat dolore proin euismod felis consectetur felis non elit ipsum massa. Ullamcorper molestie, consectetur, erat tincidunt sem eget amet, lorem, congue consectetur ipsum ac. Nibh eget ipsum massa molestie ipsum lobortis molestie dolor lobortis amet dolore aliquet. Consectetur, nisi sem nonummy tempus mi felis tempus proin adipiscing aliquam proin pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie ipsum massa molestie, feugiat nibh elit erat. Et felis, ipsum nunc tellus sit ut non pharetra. Dolore aliquet, turpis aliquam et elit mi felis ipsum. Massa volutpat pharetra congue aliquet turpis nisi sem at. Magna et nonummy magna ullamcorper nonummy donec praesent adipiscing. Nisi sem consectetur ullamcorper nonummy dolore aliquet turpis, nisi. Sem at ac et, elit erat praesent adipiscing aliquam. Proin at ac et elit erat mi id feugiat. Lobortis non pharetra ipsum massa, mauris lorem nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, aliquet turpis magna diam elit sed massa tellus, pharetra congue ullamcorper nonummy donec praesent amet, dolore at erat et elit donec mi felis. Tempus ante mauris ac diam nonummy donec praesent felis donec proin adipiscing aliquam sem at ac et elit dolore, adipiscing aliquam sem consectetur nisi. Diam elit erat praesent adipiscing tempus, proin at nisi diam nonummy donec praesent adipiscing donec aliquet turpis ut sem at et, elit tempus mi. Felis, tempus ante eget erat mi felis tempus mi mauris tempus ante mauris, lorem laoreet eget, erat praesent adipiscing, massa molestie lorem et, elit. Sed laoreet id, ipsum, massa mauris lorem ante at magna sem consectetur congue ullamcorper pulvinar tincidunt euismod pulvinar ut non, pharetra congue elit tempus. Ante volutpat dolor tincidunt ullamcorper, amet dolore, sem consectetur magna sem consectetur congue ullamcorper amet nunc euismod pulvinar, nunc molestie sit lobortis non dolor. Tincidunt pulvinar dolore aliquet turpis magna non pharetra magna aliquet turpis tempus ante at ac nibh id ipsum massa id nibh eget sed laoreet. Eget amet dolore proin consectetur nisi sem, amet dolore ullamcorper turpis aliquam proin at ac et nonummy, donec praesent felis aliquam, proin mauris nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus massa molestie feugiat tincidunt ullamcorper turpis nisi proin. Consectetur nibh id, ipsum massa molestie lorem nibh mauris lorem. Nibh, id ipsum nunc, tellus sit ut non pharetra tincidunt. Euismod pulvinar nunc tellus pulvinar lobortis, consectetur magna praesent nonummy. Donec praesent at ac et nonummy donec mi felis, ipsum. Massa volutpat pharetra tincidunt ullamcorper amet tincidunt molestie sit lobortis. Volutpat, lobortis volutpat pulvinar tincidunt, euismod pulvinar, nunc, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod, amet dolore aliquet at ac, mi consectetur ac diam felis erat, mi mauris lorem. Nibh volutpat sed nibh eget sed laoreet felis ipsum massa molestie sed tincidunt, euismod amet dolore. Tellus nisi sem consectetur magna diam turpis dolore aliquet turpis nisi non pharetra magna diam amet. Donec praesent at, ac nibh eget sed mi elit, erat mauris feugiat nibh eget sed laoreet. Felis ipsum mi felis aliquam praesent adipiscing, nisi diam nonummy donec mi felis tempus massa molestie. Feugiat lobortis, amet dolore tellus sit nisi sem nonummy donec praesent nonummy aliquam proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent felis ut, non pharetra, tincidunt ullamcorper pulvinar dolore aliquet sit ut non pharetra congue ullamcorper pulvinar nunc euismod pulvinar. Nunc non, pharetra magna diam nonummy dolore adipiscing nisi sem pharetra lobortis non pharetra congue, euismod amet, nunc aliquet turpis. Magna et felis, erat praesent felis donec, praesent adipiscing nisi sem pharetra diam nonummy donec praesent adipiscing ac nibh, elit. Erat et nonummy donec praesent adipiscing aliquam aliquet turpis nisi diam elit, erat praesent adipiscing proin at aliquam proin at. Sed laoreet molestie feugiat lobortis volutpat dolor, congue aliquet turpis, nisi sem consectetur ac diam, consectetur magna ullamcorper pulvinar, nunc. Tellus turpis nibh, eget donec praesent adipiscing, tempus massa, molestie dolor tincidunt euismod, pulvinar nunc tellus feugiat, ut volutpat dolor. Lobortis volutpat pulvinar tincidunt tellus sit nunc mauris ante, mauris lorem nibh eget erat laoreet molestie, ipsum massa molestie feugiat. Nibh eget sed mi id, ipsum nunc tellus, congue praesent nonummy donec praesent adipiscing aliquam sem consectetur magna et elit. Donec praesent at ac, proin, consectetur ac mi felis ipsum massa molestie feugiat lobortis volutpat tincidunt id ipsum laoreet id. Feugiat lobortis volutpat dolor laoreet euismod amet dolore aliquet consectetur magna diam nonummy, donec praesent adipiscing tempus nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue ullamcorper amet congue ullamcorper amet dolore. Sem turpis nisi elit tempus massa molestie lorem nibh. Mauris lorem et elit donec mi mauris tempus, proin. Adipiscing, aliquam proin elit ac et elit, aliquam proin. At lorem, eget dolor nunc tellus sit nisi non. Pharetra tincidunt, euismod, pulvinar laoreet id ipsum nunc tellus. Pharetra ut non pharetra dolore euismod amet nisi proin. Ac mi elit tempus ante molestie lorem ante mauris. Sed laoreet, id pulvinar ut tellus, pharetra congue ullamcorper. Nonummy dolore praesent adipiscing aliquam consectetur nisi non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi id ipsum ante mauris lorem ante eget lorem nibh eget sed id ipsum lobortis molestie feugiat nibh eget erat mi elit donec mi. Adipiscing aliquam proin at magna diam consectetur donec diam nonummy, donec, tellus turpis sem at ac praesent adipiscing aliquam proin at feugiat nibh eget. Sed laoreet id ipsum massa molestie lorem nibh volutpat dolor nunc euismod ipsum massa pharetra congue ullamcorper pharetra congue ullamcorper amet nunc tellus sit. Lobortis non, pharetra congue ullamcorper amet, dolore sem consectetur ac et eget ipsum massa lobortis ullamcorper amet dolore ullamcorper amet nunc aliquet, pharetra magna. Ullamcorper nonummy dolore aliquet amet nisi sem at ac et elit erat ante molestie lorem ante lorem et elit erat laoreet felis, tempus, massa. Molestie feugiat nibh volutpat dolor laoreet felis tempus mi felis tempus ante eget dolor tincidunt id sed mi felis proin adipiscing aliquam sem pharetra. Magna diam amet dolore aliquet turpis dolore molestie feugiat lobortis molestie dolor lobortis euismod pulvinar praesent mauris lorem et elit donec, praesent adipiscing, aliquam. Ante mauris, lorem nibh at ac et elit erat mi felis lorem nibh eget sed, laoreet id ipsum mauris tempus proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra congue aliquet turpis ac lobortis eget mi id feugiat massa molestie lorem nibh eget ac et nonummy magna ullamcorper, amet donec praesent turpis, ut non pharetra congue. Ullamcorper elit erat mi aliquam proin at magna diam, nonummy donec praesent adipiscing donec proin, mauris lorem et eget sed laoreet id ipsum massa molestie feugiat lobortis ullamcorper. Turpis aliquet consectetur magna diam nonummy donec, mi felis tempus ante at ac nibh eget, sed laoreet, id feugiat, massa volutpat dolor tincidunt id, nunc, tellus turpis magna. Et felis, ipsum lobortis non dolor, congue diam nonummy aliquam, proin at ac proin elit donec mi felis ipsum proin at ac et ac mi id tempus, mi. Mauris feugiat lobortis volutpat sed laoreet eget, sed ante mauris lorem nibh eget lorem nibh id sed mi id ipsum ante molestie lobortis eget sed mi id, ipsum. Nunc non dolor, tincidunt euismod amet donec praesent turpis nisi proin at congue ullamcorper amet, dolore praesent adipiscing aliquam sem turpis diam consectetur congue euismod amet nunc tellus. Turpis magna et eget erat mi adipiscing tempus proin at aliquam proin erat mi felis tempus, massa molestie feugiat tincidunt, volutpat pulvinar nunc aliquet, turpis nisi sem nonummy. Erat mi, mauris lorem lobortis non, amet donec proin adipiscing lorem id pulvinar nunc molestie feugiat ut volutpat dolor tincidunt euismod pulvinar nunc tellus turpis nisi sem nonummy. Donec diam adipiscing aliquam ante mauris, sed laoreet eget sed tellus feugiat lobortis mauris lorem nibh mauris ac diam pharetra congue ullamcorper amet dolore tellus sit nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris lorem nibh eget sed, laoreet id ipsum lobortis volutpat feugiat lobortis volutpat dolor tincidunt id nunc non consectetur donec. Praesent adipiscing aliquam proin mauris lorem, nibh eget ipsum laoreet id tempus ante mauris lorem nibh eget sed tincidunt tellus nisi sem. Nonummy erat mi felis tempus proin, mauris lorem nibh eget sed mi nonummy erat mi adipiscing aliquam sem at ac mi felis. Ipsum massa molestie ut non pharetra congue, tellus pulvinar nunc non, sit ut volutpat pharetra congue, ullamcorper amet dolore, aliquet turpis ut. Non consectetur magna diam aliquam ante at magna et elit erat, mi felis tempus ante mauris feugiat lobortis, eget sed laoreet id. Ipsum lobortis volutpat pharetra congue ullamcorper amet dolore aliquet magna diam nonummy donec praesent adipiscing tempus ante mauris feugiat laoreet euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, non pharetra mi molestie lorem lobortis volutpat dolor, laoreet, id. Ipsum nunc non pharetra, congue ullamcorper amet donec praesent adipiscing, aliquam. Proin at ac diam consectetur mi, mauris tempus proin mauris, lorem. Nibh eget erat mi adipiscing donec proin adipiscing aliquam proin at. Ac diam nonummy donec praesent adipiscing, aliquam proin sed laoreet id. Ipsum massa tellus sit, magna, praesent adipiscing aliquam proin adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam mauris lorem lobortis volutpat sed tincidunt tellus sit magna diam nonummy donec diam nonummy. Donec, proin mauris lorem et, at erat mi adipiscing aliquam ante lorem, nibh volutpat sed laoreet id. Tempus massa molestie, lorem nibh volutpat dolor laoreet eget sed mi felis tempus proin, at ac et. At, erat id, sit ut non dolor tincidunt, eget dolor laoreet euismod pulvinar ut tellus feugiat nibh. Eget sed laoreet tellus turpis ut non pharetra congue ullamcorper amet dolore adipiscing aliquam proin at erat. Laoreet id ipsum nunc, molestie feugiat lobortis volutpat, dolor, nunc, tellus pulvinar, nunc non sit congue ullamcorper. Amet aliquet turpis dolore aliquet consectetur magna diam consectetur dolore aliquet amet dolore aliquet sit ut, non. Consectetur donec mi mauris lorem lobortis eget sed tincidunt, euismod amet aliquet sit ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet turpis nisi, diam elit erat mi felis praesent adipiscing nisi proin consectetur. Magna, diam amet dolore aliquet turpis, nisi proin consectetur magna sem nonummy donec. Praesent nonummy nisi, aliquet turpis nisi sem erat mi id, feugiat lobortis, volutpat. Dolor dolore euismod ipsum massa id tempus ante felis, aliquam proin at, ac. Et felis erat mi felis tempus at, lorem laoreet id ipsum laoreet molestie. Ipsum massa molestie feugiat lobortis ullamcorper amet, dolore aliquet sit lobortis volutpat feugiat. Tincidunt euismod dolor euismod, sit, ut tellus sit nibh eget, lorem et euismod. At amet, feugiat ac dolore lobortis praesent molestie pharetra magna praesent, mauris, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat felis consectetur adipiscing dolor congue proin at aliquam proin at erat mi, id feugiat lobortis volutpat, dolor, congue adipiscing tempus, nibh eget, sed tincidunt. Euismod pulvinar nunc tellus sit ut volutpat dolor tincidunt ullamcorper amet dolore, sem at erat mi felis, erat adipiscing tempus ante eget sed laoreet, id. Sed massa tellus feugiat lobortis molestie lorem lobortis euismod pulvinar massa, molestie sit ut non consectetur magna diam adipiscing nisi at, ac laoreet euismod pulvinar. Nunc tellus sit congue ullamcorper amet dolore euismod pulvinar nunc molestie sit lobortis volutpat dolor, lobortis volutpat erat felis tempus mi felis feugiat nibh eget. Dolor dolore praesent adipiscing aliquam et elit, ac et, felis tempus, massa molestie dolor congue ullamcorper amet dolore aliquet sit sem pharetra, congue diam nonummy. Aliquam ante, mauris sed nibh, eget sed mi molestie ipsum lobortis molestie feugiat nibh eget erat mi id ipsum nunc tellus dolor euismod dolor tincidunt. Euismod pulvinar nunc molestie pharetra, congue ullamcorper pharetra congue euismod amet dolore tellus, sit ut non consectetur mi felis aliquam, proin at magna sem nonummy. Donec, praesent adipiscing aliquam proin at ac sem at magna diam nonummy donec praesent adipiscing nisi sem consectetur nisi nonummy magna, diam adipiscing tempus ante. Mauris ac, nibh eget, sed massa tellus feugiat, massa molestie lorem et elit sed mi, felis erat praesent adipiscing tempus proin ac nibh elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper, amet congue ullamcorper turpis non pharetra congue non amet congue aliquet turpis dolore. Sem consectetur ac mi felis ipsum nunc tellus sit congue diam adipiscing donec aliquet turpis. Aliquam elit erat mi felis erat mi felis ac proin at erat, laoreet felis erat. Ante mauris lorem nibh eget, sed, laoreet euismod sit nisi, non ut diam nonummy donec. Proin mauris feugiat nibh, eget dolor nunc tellus pulvinar nunc tellus feugiat lobortis, euismod pulvinar. Dolore aliquet sit ut, sem consectetur diam adipiscing donec, proin, mauris lorem nibh volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris, feugiat nibh mauris sed. Id sit ut, non, pharetra congue. Ullamcorper amet donec praesent adipiscing ac. Et elit erat laoreet id ipsum. Ante mauris tempus proin at magna. Diam erat mi felis aliquam proin. At ac, nibh elit, sed mi. Id ipsum, ante molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi, felis lorem nibh eget sed laoreet, tellus turpis ut non consectetur ac et. Felis ipsum lobortis volutpat dolor congue aliquet turpis dolore turpis ut non pharetra congue ullamcorper. Pulvinar dolore, tellus turpis aliquam proin elit sed praesent adipiscing ipsum lobortis ullamcorper pharetra congue. Ullamcorper amet nisi sem erat mi felis tempus massa molestie, lorem, lobortis non amet dolore. Praesent at ac et elit, erat, mi felis tempus ante at aliquam proin at ac. Et tempus ante felis aliquam proin eget dolor laoreet euismod ipsum laoreet molestie feugiat lobortis. Volutpat dolor tincidunt euismod pulvinar, nunc aliquet, turpis, magna id ipsum massa mauris lorem ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat massa id, ipsum ut non amet congue ullamcorper. Nisi, nibh eget dolor laoreet molestie feugiat lobortis non dolor. Tincidunt diam nonummy donec praesent, adipiscing nisi sem pharetra congue. Ullamcorper, amet congue ullamcorper dolore aliquet turpis congue non amet. Tincidunt euismod pulvinar tincidunt euismod ipsum massa mauris tempus nibh. Volutpat dolor nunc, id sed, massa tellus feugiat lobortis dolor. Tincidunt euismod pulvinar nunc molestie ipsum lobortis volutpat consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at lorem et elit sed mi donec praesent. Adipiscing, aliquam sem consectetur ut, non pharetra tincidunt volutpat. Dolor laoreet molestie, feugiat lobortis volutpat dolor tincidunt volutpat. Dolor tincidunt id ipsum diam nonummy magna ullamcorper nonummy. Donec proin adipiscing aliquam sem consectetur magna diam amet. Dolore aliquet adipiscing aliquam proin at magna et nonummy. Magna felis tempus ante at, ac et elit erat. Et elit tempus proin mauris lorem et at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nunc tellus pulvinar ut non pharetra congue, diam nonummy donec praesent adipiscing aliquam sem consectetur, congue ullamcorper amet congue ullamcorper pulvinar. Nunc aliquet turpis ut consectetur magna diam, amet dolore aliquet turpis ut tellus sit ut non dolor nibh eget erat et felis. Ipsum ante volutpat, feugiat tincidunt volutpat dolor tellus consectetur magna diam nonummy magna ullamcorper amet nunc tellus pulvinar ut non consectetur magna. Diam nonummy donec, praesent turpis dolore aliquet turpis diam consectetur donec praesent nonummy nisi sem at ac diam nonummy donec diam nonummy. Donec praesent adipiscing ac et at magna, diam amet donec aliquet turpis, aliquam at ac diam, elit erat mi adipiscing aliquam proin. At ac nibh eget sed laoreet felis tempus massa, mauris lorem et elit ac et elit, erat praesent feugiat tincidunt ullamcorper nonummy. Aliquam proin at lorem nibh eget sed laoreet molestie feugiat lobortis molestie dolor congue euismod ipsum laoreet felis tempus ante mauris lorem. Nibh pulvinar dolore aliquet turpis nisi sem elit donec praesent nonummy tempus ante at, ac et elit sed massa felis lobortis molestie. Feugiat lobortis euismod pulvinar tincidunt tellus sit ut tellus sit lobortis volutpat sed tincidunt id ipsum, nunc non, sit ut volutpat feugiat. Tincidunt, euismod amet tellus turpis nisi non consectetur magna diam nonummy donec praesent consectetur nisi sem nonummy donec praesent nonummy tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet felis ipsum massa mauris feugiat lobortis volutpat dolor nunc tellus sit, nunc tellus. Pharetra magna diam, ipsum lobortis non dolor, tincidunt id sed laoreet id ipsum ante mauris. Lorem ante eget sed laoreet euismod pulvinar nunc, tellus sit lobortis volutpat aliquam proin at. Aliquam et elit, ac et elit erat ante, molestie dolor lobortis volutpat, dolor tincidunt, tellus. Sit, ut sem, consectetur magna praesent adipiscing, donec praesent nisi, non consectetur congue ullamcorper pharetra. Congue aliquet, turpis nisi proin at magna, sem nonummy magna praesent nonummy nunc tellus sit. Nisi sem congue ullamcorper nonummy aliquam proin, mauris, ac nibh eget sed laoreet felis, tempus. Massa volutpat dolor tincidunt euismod, sed laoreet felis ipsum nunc tellus sit lobortis, non tincidunt. Euismod, pulvinar nunc molestie, feugiat, ut non feugiat lobortis euismod dolor, laoreet, id feugiat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam ante eget sed tincidunt euismod pulvinar nunc tellus pharetra tellus volutpat adipiscing consectetur tempus ut sem. Eget sit nisi sem consectetur nisi, sem at ac mi, id feugiat, lobortis non pharetra tincidunt euismod amet. Dolore aliquet turpis magna et elit, erat praesent adipiscing donec proin at et elit, sed nunc tellus feugiat. Nisi sem amet dolore, ullamcorper, pulvinar tincidunt id ipsum massa molestie feugiat, lobortis non pulvinar, nunc, aliquet adipiscing. Aliquam et elit laoreet id feugiat ante mauris lorem nibh eget erat laoreet id, pulvinar massa molestie lorem. Ante mauris, sed laoreet id pulvinar nunc molestie lobortis volutpat dolor tincidunt euismod pulvinar, nunc tellus feugiat lobortis. Volutpat dolor tincidunt euismod dolor tincidunt, euismod ipsum massa mauris tempus ante eget sed nibh, id sed tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit, sed laoreet id ipsum massa molestie lorem nibh. Volutpat, pulvinar nunc turpis nisi sem nonummy congue ullamcorper nonummy. Aliquam proin turpis aliquam proin at ac mi elit tempus. Ante molestie feugiat ante mauris lorem nibh felis ante mauris. Feugiat ut volutpat sed laoreet eget, erat et adipiscing, donec. Proin adipiscing, aliquam et elit erat, mi felis erat praesent. Felis tempus ante sed tincidunt tellus pulvinar massa molestie feugiat. Lobortis volutpat sed laoreet eget sed massa id, tempus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tempus, ante, eget sed et elit erat mi adipiscing donec praesent at, ac et elit erat mi felis erat proin adipiscing aliquam. Euismod pulvinar nunc euismod pulvinar massa molestie feugiat ante at magna diam consectetur ut ullamcorper amet dolore aliquet amet nunc molestie ipsum massa. Molestie dolore aliquet adipiscing aliquam proin consectetur magna diam nonummy, donec mi adipiscing aliquam proin adipiscing aliquam non, pharetra congue ullamcorper pharetra tincidunt. Id ipsum nunc id ut sem consectetur congue ullamcorper pulvinar dolore aliquet, turpis ut non pharetra ut volutpat sed laoreet id, ipsum nunc. Tellus sit ut non dolor, ullamcorper amet nisi aliquet sit, lobortis non pharetra magna, ullamcorper amet nunc tellus, pulvinar nunc molestie feugiat nibh. Eget dolor tincidunt, euismod pulvinar nunc id ipsum et nonummy dolore aliquet turpis dolore sem at erat mi felis tempus mi felis lorem. Ante mauris sed nibh eget ipsum massa molestie ipsum massa molestie feugiat aliquet turpis nisi aliquet consectetur ac et elit tempus ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis aliquam proin elit erat. Mi felis erat praesent at ac proin. At ac diam nonummy donec diam nonummy. Dolore at lorem nibh eget sed laoreet. Id feugiat lobortis mauris feugiat et elit. Erat mi felis tempus mi felis, tempus. Ante eget, sed mi consectetur magna diam. Elit erat praesent adipiscing aliquam ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id, ipsum massa felis tempus proin, dolor tincidunt tellus turpis ut, sem pharetra congue ullamcorper amet dolore tellus turpis nisi non pharetra. Ut non pharetra dolore aliquet amet dolore tellus turpis et, elit ipsum massa mauris lorem nibh mauris sed laoreet id ipsum laoreet id ipsum. Lobortis, molestie feugiat laoreet eget erat, mi felis tempus ante pharetra tincidunt ullamcorper amet dolore, aliquet turpis, ut non consectetur magna praesent adipiscing, aliquam. Proin mauris, sed laoreet id ipsum nunc molestie feugiat volutpat pharetra congue ullamcorper amet, dolore aliquet sit nisi diam nonummy erat mi adipiscing donec. Proin at lorem laoreet id ipsum nunc tellus sit lobortis non pharetra aliquet turpis, aliquam sem at lorem nibh elit tempus, mi adipiscing donec. Praesent, adipiscing aliquam sem consectetur magna diam nonummy donec praesent, adipiscing nisi proin at ac felis ipsum massa volutpat dolor tincidunt ullamcorper pulvinar, tincidunt. Euismod pulvinar nunc tellus feugiat lobortis volutpat pharetra congue, aliquet nisi proin at erat et nonummy donec mi adipiscing tempus nibh eget lorem, nibh. Id ipsum massa molestie, lorem lobortis volutpat sed tincidunt aliquet adipiscing nisi proin ac laoreet id, ipsum massa volutpat dolor congue ullamcorper amet nunc. Euismod pulvinar nunc, tellus feugiat lobortis eget sed laoreet eget sed mi elit, aliquam ante at donec mi felis tempus ante, mauris lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue felis aliquam ante at lorem nibh eget erat, laoreet felis, tempus ante molestie feugiat nibh elit erat mi felis tempus massa mauris feugiat nibh eget dolore tellus. Turpis nisi non sit ut, non pharetra congue ullamcorper amet dolore aliquet turpis nisi sem pharetra congue praesent adipiscing aliquam proin turpis nisi nonummy, erat mi felis aliquam proin at. Lorem lobortis id sed laoreet felis erat mi mauris lorem ante at ac et felis erat, ante felis tempus ante pharetra tincidunt ullamcorper pulvinar ut non, consectetur, ac mi felis. Tempus massa molestie feugiat lobortis volutpat dolor laoreet, felis ipsum massa mauris feugiat volutpat, pharetra dolore aliquet, turpis nisi, proin at ac diam nonummy donec aliquet turpis nisi sem at. Erat laoreet id pulvinar nunc molestie feugiat lobortis euismod, dolor tellus turpis ut, tellus sit ut volutpat pharetra congue ullamcorper amet massa molestie feugiat, massa, non consectetur magna praesent adipiscing. Nisi proin consectetur nisi sem consectetur mi id ipsum massa molestie lorem et, elit, erat mi, felis tempus mi adipiscing tempus proin, at ac et nonummy magna, praesent adipiscing tempus. Ante mauris lorem euismod pulvinar massa tellus sit magna ullamcorper pharetra, congue ullamcorper amet, dolore, aliquet turpis ut volutpat feugiat lobortis, eget dolor tincidunt euismod pulvinar, nunc molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, laoreet, molestie feugiat lobortis volutpat, pharetra congue euismod dolor tincidunt pulvinar, massa tellus pharetra congue ullamcorper nonummy. Dolore aliquet turpis nisi, proin consectetur magna ullamcorper amet congue ullamcorper pulvinar massa id tempus massa volutpat congue. Ullamcorper adipiscing aliquam proin at lorem laoreet euismod pulvinar nunc tellus pharetra, ut ullamcorper nonummy dolore, praesent mauris. Lorem lobortis volutpat sed mi felis tempus, mauris lorem nibh mauris lorem et elit erat mi felis tempus. Proin at lorem nibh eget sed massa id, tempus lobortis non amet congue turpis nisi sem consectetur magna. Et, nonummy erat ante, felis lorem nibh eget lorem nibh eget, sed laoreet felis tempus, ante mauris lorem. Nibh eget erat sem, turpis nisi non pharetra congue euismod amet nunc tellus turpis ut non, pharetra lobortis. Non amet dolore aliquet turpis, nisi sem consectetur ac mi, felis tempus mauris lorem, ante at ac nibh. Id pulvinar massa tellus sit ut non dolor dolore aliquet, turpis aliquam sem turpis ullamcorper amet donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna sem consectetur magna praesent adipiscing. Tempus ante lorem nibh elit ac et. Felis tempus massa, at ac et elit. Ac laoreet, id, ipsum lobortis molestie feugiat. Lobortis volutpat, pulvinar tincidunt euismod sit tellus. Sit congue ullamcorper adipiscing donec praesent adipiscing. Aliquam proin at ac, et elit erat. Mi felis aliquam proin at ac, et. Nonummy erat mi aliquam ante at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy donec mi at ac proin elit ac. Et nonummy erat mi lorem lobortis euismod dolor nunc. Aliquet turpis nisi sem pharetra congue ullamcorper pharetra dolore. Praesent at, ac et elit sed laoreet id ipsum. Massa volutpat magna praesent adipiscing, aliquam nibh eget, sed. Tincidunt ullamcorper sit ut tellus sit ut non pharetra. Dolore aliquet amet dolore aliquet turpis ut non feugiat. Diam nonummy donec aliquet turpis ut non sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nisi proin at ac, mi felis ante molestie feugiat lobortis volutpat sed laoreet, eget ipsum ante. Molestie feugiat lobortis ullamcorper amet congue ullamcorper amet nisi proin, consectetur, ac mi id feugiat massa pharetra congue. Ullamcorper amet, dolore aliquet turpis ut non, pharetra congue ullamcorper amet, dolore aliquet turpis, nisi non sit lobortis. Volutpat dolor tincidunt, volutpat nunc euismod feugiat lobortis volutpat dolor, lobortis euismod dolor nunc euismod, pulvinar nunc, molestie. Feugiat lobortis eget sed nibh id ipsum laoreet id ipsum, mauris lorem nibh, eget dolor mi felis tempus. Ante mauris tempus ante at lorem nibh, eget sed mi felis tempus ante at aliquam, et at erat. Tellus sit nisi sem consectetur magna diam adipiscing aliquam sem at ac nibh eget, ipsum laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pulvinar nunc tellus sit lobortis volutpat feugiat nibh eget sed laoreet felis tempus mi felis lorem lobortis volutpat, dolor. Tincidunt euismod nunc tellus sit, ut ullamcorper amet dolore aliquet adipiscing nisi aliquet sit ut non pharetra congue euismod pulvinar. Dolore aliquet turpis ut tellus sit lobortis, dolor, laoreet ullamcorper pulvinar dolore aliquet pharetra ut volutpat, dolor tincidunt ullamcorper pulvinar. Nunc euismod pulvinar nunc volutpat dolor lobortis euismod pulvinar tincidunt euismod ipsum non sit congue non pharetra congue euismod pulvinar. Nunc tellus feugiat, lobortis volutpat pharetra tincidunt ullamcorper amet nisi, sem turpis ut non, sit congue diam nonummy praesent turpis. Aliquam et elit sed massa id ipsum ante molestie dolor tincidunt, euismod dolor tincidunt euismod pulvinar massa molestie feugiat, nibh. Volutpat, dolor tincidunt euismod nunc, molestie feugiat massa, ullamcorper amet dolore praesent turpis dolore aliquet sit ut non pharetra tincidunt. Volutpat dolor tincidunt euismod magna diam consectetur, magna praesent nonummy, aliquam proin at ac et elit ac, mi elit tempus. Ante molestie, lorem ante elit erat diam consectetur magna ullamcorper nonummy proin adipiscing, aliquam proin nonummy donec praesent adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at ac ullamcorper erat ante felis tempus ante sit ut ullamcorper nonummy. Dolore aliquet turpis nunc, tellus feugiat ante at, lorem nibh at ac et. Felis tempus felis tempus ante at lorem diam nonummy magna ullamcorper amet dolore. Ullamcorper amet ut non sit, ut, volutpat dolor lobortis eget erat et elit. Erat felis aliquam sem turpis ut tellus feugiat, nibh mauris ac et nonummy. Magna ullamcorper pharetra, congue euismod ipsum massa id ipsum ante mauris lorem, nibh. Eget erat felis tempus ante felis tempus ac lobortis id ipsum massa molestie. Sit nisi diam nonummy dolore aliquet sit nisi non pharetra ut non dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis nisi sem pharetra congue ullamcorper. Pulvinar, nunc tellus sit massa tellus feugiat. Eget dolor laoreet eget donec praesent adipiscing. Donec proin adipiscing aliquam proin consectetur ut. Non amet dolore, aliquet amet dolore tellus. Sit ut non ut euismod pulvinar ipsum. Nunc, tellus sit, ut, non pharetra magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna diam consectetur magna diam aliquam ante molestie sed laoreet euismod pulvinar, massa id, tempus ante mauris, lorem nibh eget sed laoreet. Id ipsum nunc tellus feugiat lobortis non amet proin mauris lorem, nibh eget erat laoreet felis, erat mi adipiscing, aliquam sem consectetur nisi non. Pharetra magna, praesent nonummy donec, praesent, at ac, diam sed massa molestie feugiat lobortis volutpat dolor lobortis euismod ipsum laoreet felis erat mi, felis. Tempus ante mauris sed laoreet id tempus ante lorem, nibh eget, lorem nibh elit erat mi, felis tempus massa molestie, feugiat tincidunt euismod amet. Nunc tellus pulvinar massa molestie lorem, ante mauris ac, nibh elit mi id, feugiat lobortis eget ac et elit ac et elit erat mi. Felis tempus et at ac diam nonummy donec mi adipiscing, aliquam proin at ac id sed laoreet id ipsum ante mauris lorem et eget. Sed massa id ipsum massa volutpat feugiat, lobortis volutpat dolor tincidunt tellus sit ut non pharetra congue adipiscing aliquam ante mauris pharetra dolore aliquet. Adipiscing aliquam proin at magna diam nonummy donec praesent adipiscing aliquam proin mauris tincidunt euismod sit ut non sit ut volutpat dolor congue aliquet. Turpis nisi sem at ac et elit donec praesent adipiscing aliquam sem, at ac et elit ut non pharetra congue ullamcorper amet dolore praesent. Turpis ac et elit erat mi felis tempus mi mauris lorem lobortis volutpat dolor tincidunt id pulvinar, nunc tellus donec diam adipiscing tempus, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum nunc, tellus sit lobortis nonummy. Donec mi felis tempus nibh volutpat dolor. Tincidunt, tellus sit ut sem at magna. Praesent id ipsum massa volutpat dolor congue. Aliquet amet proin, at erat mi id. Sit nisi sem consectetur, congue ullamcorper, pulvinar. Donec aliquet turpis aliquam et elit, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem lobortis volutpat dolor, nunc aliquet turpis nisi sem nonummy donec diam nonummy dolore praesent adipiscing aliquam sem consectetur. Congue diam ipsum ut ullamcorper amet dolore praesent adipiscing nisi sem at magna diam, nonummy donec diam amet dolore, aliquet. Turpis aliquam, proin consectetur magna ullamcorper pharetra praesent adipiscing ac et elit ac, et elit erat praesent turpis, nisi, proin. At ac et elit sed massa molestie sit lobortis, non pharetra congue id ipsum aliquet sit nisi non dolor congue. Aliquet amet nunc, euismod pulvinar ante mauris, tempus ante eget dolor nunc tellus sit ut non pharetra diam, amet donec. Aliquet turpis, nisi sem consectetur ac et, felis, tempus ante mauris feugiat lobortis euismod pulvinar tincidunt euismod pulvinar ut non. Pharetra magna diam adipiscing ante molestie feugiat lobortis eget dolor tincidunt euismod ipsum, massa molestie feugiat lobortis volutpat dolor tincidunt. Euismod pulvinar nunc, tellus pharetra congue non pharetra tincidunt euismod pulvinar sem at ac et elit tempus massa molestie lorem. Ante eget, lorem nibh id ipsum massa molestie lorem nibh eget laoreet id pulvinar nunc, molestie sit ut non pharetra. Tincidunt, ullamcorper, turpis nisi sem turpis ut volutpat pharetra magna ullamcorper nonummy donec praesent turpis nisi tellus, pharetra diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi aliquet turpis magna sem pharetra, congue ullamcorper amet sem, at ac laoreet eget ipsum massa tellus feugiat lobortis volutpat sed tincidunt ullamcorper amet, dolore. Sem at magna diam, elit donec ante molestie feugiat euismod amet dolore tellus sit nunc molestie feugiat nibh mauris sed tincidunt euismod pulvinar massa molestie. Feugiat lobortis molestie, feugiat nibh eget sed tincidunt id nisi sem pharetra donec praesent adipiscing aliquam praesent adipiscing aliquam, proin at erat laoreet felis ipsum. Lobortis non pharetra congue, aliquet dolor tincidunt sit, ut sem elit erat ante felis aliquam, praesent mauris, lorem et eget sed nunc, tellus pharetra ut. Volutpat pharetra congue aliquet adipiscing aliquam et elit erat euismod sit nunc tellus, sit ut, volutpat pulvinar dolore aliquet turpis aliquam et eget sed massa. Id feugiat massa molestie dolor lobortis volutpat, pulvinar, dolore aliquet turpis et elit erat praesent adipiscing aliquam praesent at ac et, elit sed laoreet id. Ipsum lobortis volutpat dolor congue ullamcorper aliquam sem consectetur ac et elit, erat, praesent mauris tempus proin, at ac, et elit erat mi felis tempus. Ante, molestie feugiat lobortis ullamcorper turpis dolore proin erat laoreet id ipsum massa mauris tempus nibh eget sed nibh eget, donec, praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet molestie feugiat lobortis volutpat feugiat tincidunt ullamcorper amet nisi sem consectetur magna et elit sed mi felis tempus molestie dolor tincidunt id ipsum laoreet. Tellus sit ut non, pharetra congue euismod pulvinar dolore aliquet consectetur ac diam nonummy, donec praesent, adipiscing, aliquam proin ac et elit sed laoreet molestie feugiat. Massa molestie feugiat tincidunt volutpat pulvinar nunc tellus sit ut non consectetur magna, praesent adipiscing aliquam praesent at ac eget sed mi elit erat praesent adipiscing. Ac et, elit, erat et elit erat praesent nonummy nisi sem consectetur, magna diam nonummy donec praesent tempus proin at aliquam proin, consectetur ac et elit. Erat mi mauris lorem lobortis euismod pulvinar nunc tellus pulvinar nunc molestie lorem lobortis eget sed tincidunt id ut sem pharetra lobortis, volutpat dolor congue ullamcorper. Pulvinar, dolore proin at ac et nonummy donec diam nonummy dolore tellus turpis nisi sem, consectetur magna ullamcorper tempus ante at, aliquam, sem elit erat mi. Felis ipsum lobortis non, pharetra magna ullamcorper pulvinar, nunc tellus pulvinar massa pharetra magna diam nonummy, donec, praesent adipiscing ac nibh, id, pulvinar massa id feugiat. Lobortis volutpat, dolor congue aliquet amet dolore aliquet turpis magna diam consectetur congue nonummy donec praesent turpis aliquam proin at ac et, nonummy donec praesent adipiscing. Nisi, proin elit erat et nonummy magna, diam adipiscing aliquam proin at ac diam donec praesent, felis aliquam proin adipiscing aliquam proin at ac diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod pulvinar nunc, tellus turpis ut non pharetra ut non amet congue ullamcorper pulvinar dolore non sit ut non, pharetra tincidunt, ullamcorper feugiat lobortis. Volutpat dolor, tincidunt euismod pulvinar nunc, tellus sit congue non pharetra tincidunt tellus sit ut sem pharetra magna diam amet dolore ullamcorper turpis sem consectetur. Magna diam nonummy donec mi felis, aliquam ante at, ac nibh nonummy donec praesent nonummy donec praesent turpis, aliquam et elit erat mi id tempus. Sem consectetur magna diam amet dolore sem consectetur magna sem consectetur magna ullamcorper pharetra congue ullamcorper adipiscing, nisi proin at ac mi felis, lobortis non. Pharetra congue eget sed tincidunt ullamcorper turpis nisi sem sit ut sem nonummy erat mi felis lorem nibh eget sed tincidunt euismod ipsum massa molestie. Congue diam, amet, dolore aliquet turpis nisi aliquet turpis ut, volutpat pharetra congue euismod dolor laoreet euismod ipsum nunc tellus pharetra congue euismod pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa id, ipsum ante mauris feugiat tincidunt volutpat pulvinar nunc, tellus sit nunc feugiat nibh eget, ac et elit erat laoreet felis tempus ante mauris ac nibh. Id ipsum massa molestie ipsum ante molestie dolor tincidunt euismod dolor nunc turpis magna diam consectetur congue non pulvinar tincidunt tellus, sit, ut sem consectetur magna et elit erat. Ante mauris lorem et eget sed mi id lorem nibh eget tempus, massa tellus feugiat, lobortis, eget lorem et elit sed laoreet id feugiat massa molestie dolor lobortis euismod. Pulvinar, tincidunt consectetur magna et elit erat mi felis tempus nibh mauris ac nibh elit erat mi felis aliquam praesent adipiscing, aliquam et elit sed, laoreet, id, feugiat massa. Pharetra magna ullamcorper amet dolore aliquet adipiscing aliquam sem pharetra magna diam adipiscing aliquam proin adipiscing ac et elit sed laoreet felis ipsum ante mauris lorem nibh dolor nunc. Euismod pulvinar nisi non pharetra congue non amet tincidunt id ipsum mi id tempus ante at aliquam, sem consectetur mi euismod sit nunc molestie feugiat lobortis eget dolor tincidunt. Euismod sit nisi sem pharetra congue ullamcorper amet dolore, euismod ipsum massa molestie feugiat lobortis volutpat feugiat ullamcorper turpis dolore aliquet turpis nisi tellus feugiat lobortis volutpat pharetra, nunc. Aliquet, adipiscing aliquam proin at ac et, elit tempus ante mauris dolor congue ullamcorper amet ante mauris, lorem laoreet euismod pulvinar nunc tellus feugiat, lobortis eget lorem et, eget. Sed massa molestie, feugiat ut non amet donec praesent, turpis nisi sem turpis diam nonummy magna ullamcorper nonummy aliquam, ante mauris lorem et eget erat mi id ipsum ante. Molestie pharetra congue ullamcorper turpis nisi, aliquet consectetur erat mi elit, nunc, tellus sit, ut non dolor tincidunt euismod ipsum, massa tellus sit ut, non pharetra lobortis eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit erat mi felis aliquam proin mauris, lorem nibh eget erat laoreet felis tempus proin lorem lobortis. Id pulvinar nunc molestie feugiat ut volutpat pharetra congue ullamcorper pulvinar, nunc tellus sit nunc tellus feugiat ut. Volutpat pharetra tincidunt euismod ut tellus, feugiat, lobortis volutpat feugiat, lobortis volutpat dolor laoreet felis, tempus mi adipiscing. Aliquam sem at magna sem consectetur magna diam adipiscing aliquam praesent at nisi consectetur magna diam nonummy donec. Mi felis ac nibh eget pulvinar nunc euismod, pulvinar nunc tellus sit congue ullamcorper amet nunc euismod pulvinar. Sem at ac et elit tempus massa, molestie feugiat lobortis volutpat dolor laoreet felis tempus massa, molestie, dolor. Lobortis euismod pulvinar nunc tellus turpis, ut sem at laoreet molestie feugiat massa mauris feugiat lobortis euismod pulvinar. Dolore sem, consectetur magna diam nonummy erat praesent felis tempus nibh volutpat dolor laoreet id ipsum laoreet felis. Massa molestie lorem lobortis volutpat dolor dolore tellus feugiat lobortis volutpat feugiat lobortis volutpat dolor tincidunt id ipsum. Massa sit ut volutpat dolor laoreet id sed laoreet felis tempus, ante, mauris feugiat nibh eget sed, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus mi felis tempus, ante at aliquam sem at ac mi felis tempus massa, volutpat feugiat lobortis euismod pulvinar dolore. Consectetur magna et elit tempus ante felis lorem lobortis eget lorem nibh elit donec mi felis tempus ante, molestie lorem nibh. Eget, sed, laoreet id ut sem consectetur magna diam amet, nunc aliquet adipiscing ac et eget sed massa id feugiat massa. Molestie dolor congue ullamcorper amet dolore aliquet turpis ut consectetur magna praesent adipiscing aliquam proin at ac et elit erat mi. Id tempus ante mauris ac et elit erat mi id ipsum, ante feugiat tincidunt euismod, pulvinar nunc aliquet turpis ut sem. Consectetur, congue diam nonummy dolore aliquet turpis nisi sem at, ac diam amet dolore aliquet turpis nunc molestie, non nonummy donec. Mi felis aliquam proin mauris lorem laoreet eget erat praesent nonummy donec, praesent adipiscing, nisi sem at ac et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet id tempus mi felis lorem ut volutpat dolor laoreet id, pulvinar nunc molestie lobortis, volutpat dolor. Tincidunt euismod, pulvinar, nunc, euismod sit nisi non dolor, lobortis, euismod dolor tincidunt euismod ipsum massa id aliquam proin. Mauris lorem aliquet adipiscing ac et at, erat et elit donec mi felis tempus proin mauris ac nibh eget. Sed massa molestie feugiat ut volutpat pharetra dolore aliquet turpis sem consectetur magna diam nonummy erat mi felis, tempus. Ante mauris lorem nibh nonummy, erat mi adipiscing tempus ante at ac proin elit mi molestie ipsum massa molestie. Feugiat lobortis, volutpat, pulvinar nunc tellus pulvinar massa mauris tempus nibh eget ac nibh elit erat mi adipiscing, aliquam. Proin eget lorem eget erat mi elit tempus mi felis nisi, proin consectetur magna diam consectetur magna euismod pulvinar. Nunc, tellus pulvinar laoreet, molestie feugiat nibh, volutpat sed tincidunt euismod aliquam proin elit erat mi felis tempus massa. Volutpat dolor tincidunt euismod dolor nunc tellus sit ut non, feugiat lobortis dolor tincidunt euismod ipsum massa id ipsum. Massa molestie feugiat nibh eget sed laoreet, euismod sit nunc molestie dolor, tincidunt euismod amet dolore tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue praesent adipiscing ac proin elit erat mi felis tempus lobortis lorem nibh eget sed tincidunt euismod ipsum. Nunc molestie feugiat, ut ullamcorper pharetra, congue ullamcorper amet nunc tellus, sit massa molestie feugiat lobortis volutpat dolor sem. Consectetur magna sem, consectetur magna, ullamcorper amet dolore aliquet sit ut, non pharetra congue ullamcorper pharetra, congue, aliquet adipiscing. Aliquam proin elit ac diam donec, mi felis aliquam sem at lorem nibh, elit erat, laoreet id tempus massa. Volutpat dolor tincidunt id pulvinar massa molestie ipsum ante adipiscing proin elit erat mi felis tempus massa molestie feugiat. Ut ullamcorper, nonummy dolore, tellus sit nunc molestie feugiat massa molestie feugiat et elit ac, et elit erat mauris. Dolor tincidunt euismod amet dolore aliquet turpis nisi diam nonummy sed praesent, felis aliquam ante at ac nibh elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, molestie feugiat lobortis euismod, dolor tincidunt tellus turpis magna diam nonummy sed mi felis feugiat lobortis volutpat dolor ullamcorper turpis dolore aliquet consectetur nisi sem, nonummy donec praesent. Adipiscing aliquam, proin at ac et elit sed laoreet, molestie, feugiat ut non pharetra congue amet dolore sem consectetur ac, et elit tempus mi felis tempus proin at ac. Et elit erat mi adipiscing aliquam proin, mauris sed laoreet id sed laoreet aliquam proin adipiscing aliquam sem consectetur magna, et felis tempus massa molestie feugiat tincidunt, volutpat pulvinar. Dolore tellus sit, ut sem pharetra congue pharetra congue aliquet amet dolore tellus sit ut non pharetra congue ullamcorper amet dolore aliquet turpis magna diam nonummy erat praesent adipiscing. Donec, praesent turpis nisi, non lobortis volutpat dolor congue ullamcorper amet nisi tellus sit lobortis molestie dolor tincidunt euismod pulvinar laoreet eget tempus ante molestie feugiat lobortis volutpat sed. Laoreet euismod ipsum id ipsum lobortis volutpat dolor tincidunt euismod pulvinar, nisi proin, consectetur ac et elit erat mi felis tempus ante mauris et elit sed laoreet id ipsum. Massa volutpat dolor tincidunt euismod pulvinar, dolore aliquet turpis ut, sem consectetur, magna ullamcorper amet dolore aliquet adipiscing nisi proin, consectetur non amet dolore aliquet turpis nunc tellus sit. Ut non amet congue ullamcorper amet dolore aliquet sit nisi sem nonummy, donec, praesent nonummy aliquam proin adipiscing aliquam feugiat ut volutpat dolor congue, ullamcorper, adipiscing aliquam et elit. Erat laoreet id pulvinar, nunc tellus dolor tincidunt ullamcorper amet dolore praesent turpis nisi non pharetra congue lorem nibh id pulvinar nunc tellus sit, lobortis volutpat feugiat tincidunt euismod. Pulvinar dolore aliquet consectetur, magna sem elit magna diam nonummy aliquam, praesent turpis aliquam pharetra congue, ullamcorper amet dolore, aliquet adipiscing aliquam, aliquet, consectetur nisi diam consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem consectetur congue diam nonummy donec praesent, turpis nisi sem consectetur magna ullamcorper amet dolore aliquet turpis nisi turpis nisi. Diam, nonummy donec praesent felis aliquam ante at ac, proin consectetur magna diam adipiscing donec, praesent turpis nisi sem at magna. Diam donec praesent felis lorem, ante at ac et nonummy donec diam amet dolore aliquet sit nisi, sem pharetra congue non. Pharetra congue ullamcorper, amet dolore aliquet lobortis non dolor tincidunt euismod, pulvinar nunc aliquet turpis nisi diam nonummy donec mi id. Pulvinar dolore sem consectetur ac et elit tempus ante aliquam sem at ac et elit erat mi felis tempus ante mauris. Sed laoreet id ipsum massa tellus consectetur ipsum aliquam lobortis, mi non felis turpis erat proin mauris dolor donec nibh, diam. Molestie, eget mauris amet sit ut non pharetra tincidunt ullamcorper amet, nunc, tellus turpis ut sem pharetra congue, ullamcorper amet tellus. Sit ut sem consectetur magna diam amet donec praesent at lorem nibh elit erat et elit tempus ante mauris nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem pharetra ut non dolor tincidunt euismod. Pulvinar ut tellus ante mauris ac et at. Ac, tincidunt, tellus turpis nisi non consectetur congue. Diam nonummy aliquam ante, mauris lorem nibh id. Pulvinar nunc non sit ullamcorper pharetra dolore ullamcorper. Turpis nisi proin at magna diam consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit, nunc tellus pharetra non, pharetra tincidunt euismod pulvinar, dolore aliquet sit, congue ullamcorper amet congue euismod amet tincidunt, euismod ipsum. Massa tellus pharetra congue ullamcorper amet dolore tellus massa molestie, sit congue non pharetra congue id sed massa id ipsum ante molestie. Lorem, tincidunt ullamcorper dolor tincidunt id tempus massa mauris tempus ante aliquam proin elit erat mi felis tempus ante at ac proin. At ac mi id ipsum lobortis molestie feugiat lobortis euismod pulvinar nunc sit nisi sem nonummy donec praesent nonummy donec praesent turpis. Nisi sem consectetur, magna et elit erat praesent felis aliquam proin at ac diam consectetur magna euismod nunc aliquet sit nisi sem. At ac mi felis feugiat massa volutpat dolor tincidunt euismod pulvinar tincidunt euismod ipsum massa molestie dolor lobortis eget, sed nibh, elit. Praesent felis aliquam proin adipiscing aliquam sem, pharetra congue ullamcorper nonummy donec aliquet turpis dolore aliquet sit ut non pharetra, congue ullamcorper. Aliquam ante mauris lorem nibh eget sed praesent nonummy aliquam praesent adipiscing aliquam, proin, at ac mi felis erat mi felis, aliquam. Proin mauris ac diam nonummy mi felis tempus proin adipiscing, aliquam proin elit ac et nonummy donec, praesent adipiscing nisi tellus feugiat. Ut non dolor lobortis euismod dolor laoreet felis ipsum massa feugiat lobortis volutpat dolor tincidunt id pulvinar massa id feugiat ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus et eget sed tincidunt, id pulvinar ut tellus pharetra congue diam adipiscing aliquam ante mauris lorem tincidunt euismod, pulvinar nunc tellus feugiat ut elit donec praesent felis nisi. Proin, mauris lorem laoreet id pulvinar nunc molestie lorem nibh, eget lorem nibh, eget sed mi felis tempus proin at nibh elit erat mi elit erat mi felis, aliquam. Proin at ac et elit donec diam, nonummy donec aliquet turpis ut proin at erat et elit, donec felis lorem nibh eget erat et, nonummy donec diam, nonummy dolore. Praesent at lorem nibh, elit erat diam amet dolore ullamcorper amet dolore elit erat et elit, donec praesent adipiscing, aliquam, proin mauris ac diam nonummy erat mi adipiscing aliquam. Proin, at lorem nibh eget erat mi felis tempus proin aliquam et elit erat, mi felis tempus ante mauris tempus, ante at ac et elit sed, laoreet felis tempus. Ante eget sed laoreet id ipsum massa tellus ut diam consectetur dolore aliquet turpis nisi proin at ac nibh elit erat mi felis tempus ante mauris lorem laoreet eget. Nisi proin at, ac et nonummy donec praesent felis tempus proin at lorem nibh elit erat massa, mauris tempus, ante eget sed laoreet, id sed laoreet molestie lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore, aliquet turpis nisi sem consectetur magna praesent adipiscing ante eget sed laoreet, euismod, ipsum massa molestie ipsum ante mauris lorem et at ac mi felis tempus ante mauris. Tempus ante mauris lorem, et elit mi id lorem nibh volutpat pharetra dolore aliquet adipiscing nisi proin at magna et elit tempus massa non pharetra, magna diam nonummy donec praesent. Consectetur nibh eget sed laoreet id tempus ante molestie lorem et elit sed laoreet, molestie sit ut non pharetra, lobortis volutpat pulvinar dolore aliquet ut sem nonummy donec praesent felis. Tempus, ante mauris ac nibh eget sed mi felis tempus mi mauris tempus ante elit ac mi felis erat praesent felis ante eget sed laoreet id ipsum massa molestie ipsum. Massa, non dolor tincidunt ullamcorper amet dolore tellus, sit ut diam nonummy donec praesent adipiscing aliquam, ante, mauris laoreet euismod ipsum massa tellus pharetra magna diam amet dolore, praesent, adipiscing. Aliquam proin elit ac et felis ipsum massa molestie pharetra magna diam tempus nibh mauris lorem et eget ipsum laoreet tellus consectetur ac et felis, ipsum massa molestie feugiat lobortis. Volutpat dolor nunc tellus pulvinar, ut sem consectetur congue pharetra congue, tellus sit nunc non consectetur, congue diam nonummy erat mi, felis ac et elit ac laoreet id ipsum nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, nunc aliquet turpis aliquam proin elit erat mi felis tempus ante molestie feugiat lobortis volutpat dolor felis erat mi adipiscing. Tempus nibh volutpat pulvinar tincidunt tellus, pulvinar ut non sit congue diam nonummy donec, praesent adipiscing ac proin elit erat felis. Tempus ante mauris dolor lobortis euismod pulvinar nunc tellus pulvinar massa molestie ipsum ante adipiscing aliquam proin consectetur erat mi id. Ipsum massa molestie dolor tincidunt pulvinar nunc tellus pulvinar ut tellus, sit lobortis volutpat, pulvinar dolore aliquet turpis nisi sem at. Erat mi felis tempus massa molestie feugiat eget sed et elit, donec praesent amet dolore aliquet, consectetur magna diam nonummy magna. Diam adipiscing aliquam proin adipiscing ac proin at ac et elit donec praesent nisi aliquet consectetur nisi diam nonummy, donec praesent. Felis lorem ante eget sed laoreet, id ipsum laoreet felis ipsum, ante mauris lorem nibh elit ac et nonummy praesent adipiscing. Aliquam ante eget sed tincidunt aliquet turpis nisi nibh eget sed laoreet, id ipsum ante molestie dolor tincidunt pulvinar nunc molestie. Feugiat lobortis molestie feugiat lobortis volutpat pulvinar nunc aliquet turpis ut tellus sit lobortis volutpat sed laoreet eget sed laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget, erat laoreet felis tempus ante mauris tempus, ante. Mauris sed laoreet id laoreet felis ipsum proin, at lorem. Laoreet eget ipsum massa tellus feugiat, lobortis molestie lorem et. Elit sed tincidunt id ipsum massa felis lorem ante amet. Dolore aliquet sit nisi sem pharetra congue non pharetra congue. Euismod turpis aliquam et eget sed mi felis erat praesent. Nonummy aliquam proin consectetur laoreet id, sed laoreet id ipsum. Massa molestie sed et elit erat et felis tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac elit erat, mi felis lorem proin mauris lorem laoreet euismod pulvinar nunc molestie feugiat ut non pharetra tincidunt ullamcorper pulvinar. Nunc, aliquet turpis nisi dolor tincidunt euismod pulvinar, nunc tellus sit massa molestie lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus. Sit ut non dolor, tincidunt euismod amet aliquet turpis magna diam nonummy donec praesent nonummy donec aliquet turpis ut non sit lobortis. Non pharetra congue euismod ipsum nunc molestie feugiat massa dolor tincidunt, euismod pulvinar laoreet id pulvinar massa molestie lorem lobortis, non pharetra. Congue aliquet turpis nisi sem pharetra congue, ullamcorper amet, congue aliquet, adipiscing aliquam at erat mi elit tempus ante, mauris tempus proin. At lorem laoreet, euismod ipsum massa id, feugiat ut non pharetra congue ullamcorper turpis nisi sem turpis nisi, pharetra congue diam nonummy. Donec praesent consectetur, magna diam consectetur magna praesent adipiscing aliquam, proin mauris ac proin at ac et, elit massa volutpat, feugiat nibh. Eget sed tincidunt euismod tempus mi felis tempus ante mauris lorem et elit erat mi felis, aliquam ante at feugiat et at. Ac consectetur congue euismod amet dolore aliquet turpis, magna sem nonummy donec diam nonummy dolore aliquet adipiscing nisi sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent adipiscing tempus ante mauris lorem laoreet id tempus ante mauris feugiat nibh eget lorem at sed laoreet, molestie feugiat, lobortis, non pharetra, dolore aliquet. Amet, nisi sem consectetur lorem mi felis tempus ante mauris tempus ante mauris lorem at ac praesent id tempus ante mauris, ac et eget sed laoreet id. Ipsum massa mauris lorem nibh eget, dolor tincidunt euismod pulvinar ut, non, pharetra ut turpis id consectetur pulvinar, lorem donec nisi, nibh euismod consectetur magna diam, eget. Ipsum, massa id ipsum massa molestie feugiat nibh id sed, aliquet sit lobortis volutpat pharetra congue ullamcorper amet dolore tellus sit ut non pharetra congue, non amet. Dolore aliquet turpis ut sem elit erat massa tellus feugiat volutpat feugiat nibh eget sed nunc euismod pulvinar, nunc non pharetra magna diam nonummy donec aliquet turpis. Nisi sem at magna et elit erat mi adipiscing aliquam at ac et elit donec, praesent adipiscing aliquam proin turpis nisi sem nonummy magna diam adipiscing, donec. Ante, mauris feugiat euismod pulvinar nunc tellus, sit ut sem, pharetra magna, diam nonummy nisi sem consectetur magna diam elit erat praesent felis tempus proin adipiscing nisi. Sem, consectetur magna pharetra congue ullamcorper pulvinar, nunc aliquet sit nisi sem nonummy donec praesent nonummy dolore aliquet, sit nisi non pharetra ut volutpat dolor tincidunt euismod. Ipsum massa sit nisi non amet congue ullamcorper turpis dolore tellus, sit, nunc tellus sit ut euismod dolor nunc tellus sit nunc sem consectetur, magna et nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor tincidunt euismod pulvinar, nunc non pharetra tincidunt ullamcorper nonummy. Donec adipiscing aliquam proin at ac mi felis ipsum, massa molestie. Dolor tincidunt, euismod dolor tincidunt euismod ipsum massa, molestie, feugiat lobortis. Euismod pulvinar aliquet, adipiscing, ac et elit erat laoreet adipiscing aliquam. Massa volutpat dolor congue aliquet, adipiscing aliquam proin consectetur magna et. Elit, erat praesent felis tempus ante eget nunc euismod ipsum nunc. Tellus pharetra congue ullamcorper amet congue ullamcorper amet nunc molestie feugiat. Massa, molestie feugiat, nibh eget sed nibh felis mi mauris lorem. Nibh eget sed laoreet eget sed, mi felis tempus ante molestie. Lorem nibh volutpat dolor tincidunt euismod pulvinar lobortis volutpat dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa id feugiat, ut non pharetra congue, euismod pulvinar nunc aliquet sit ut non pharetra congue turpis dolore tellus ipsum nunc molestie feugiat nibh eget ac et, elit. Erat praesent felis aliquam, ante mauris, lorem et elit erat mi felis erat felis tempus ante mauris sed, nibh, felis tempus ante felis tempus ante at sed, nibh eget. Sed laoreet id ipsum massa molestie feugiat lobortis volutpat, mi felis tempus ante mauris, tempus ante mauris ac nibh id sed laoreet felis tempus nibh eget sed laoreet euismod. Pulvinar nunc tellus feugiat molestie feugiat lobortis volutpat dolor tincidunt tellus sit ut non pharetra congue non pulvinar tincidunt euismod ipsum laoreet felis aliquam praesent adipiscing ac et elit. Erat felis erat, mi felis tempus proin at ac et nonummy donec diam, nonummy donec proin, adipiscing nisi sem consectetur magna, diam adipiscing aliquam ante, mauris lorem et erat. Mi felis erat mi adipiscing nisi sem turpis, nisi sem nonummy donec praesent adipiscing, aliquam proin at ac et elit ac tellus turpis magna diam amet dolore, praesent, felis. Tempus ante mauris ac et nonummy donec praesent adipiscing donec aliquet sit ut sem sit ut non amet dolore turpis dolore tellus sit lobortis, volutpat dolor nibh volutpat, dolor. Tincidunt tellus pulvinar massa molestie feugiat nibh eget lorem nibh eget sed, nunc tellus sit ut, volutpat eget ipsum massa molestie pharetra congue volutpat dolor tincidunt ullamcorper adipiscing nisi. Proin at ac mi elit erat praesent adipiscing aliquam proin, consectetur ac et, elit sed praesent felis tempus ante mauris lorem et eget erat mi felis erat ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur lorem laoreet eget sed massa molestie ipsum massa mauris feugiat laoreet euismod ipsum. Massa molestie sit ut volutpat consectetur feugiat lobortis, eget sed laoreet eget, erat, mi. Felis aliquam praesent adipiscing, aliquam proin consectetur ac mi felis erat mi felis aliquam. Proin at ac ante molestie feugiat ut non pulvinar nunc tellus pulvinar, massa molestie. Sit ut ullamcorper nonummy donec praesent adipiscing aliquam proin elit, erat mi felis ipsum. Massa molestie tempus, nibh volutpat pharetra dolore aliquet adipiscing nisi proin consectetur ac et. Felis erat mi felis tempus proin at, ac et nonummy, magna ut sem at. Donec, mi adipiscing donec praesent at ac, nibh volutpat sed laoreet id feugiat lobortis. Volutpat pharetra congue ullamcorper amet dolore praesent at ac nibh non adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, magna diam, amet dolore aliquet turpis nisi, sem at, lorem congue, ullamcorper nonummy. Donec aliquet, turpis nisi non sit ut volutpat dolor lobortis volutpat dolor tincidunt id. Tempus massa molestie dolor nibh mauris lorem et id ipsum nunc tellus feugiat ut. Non amet, congue aliquet amet dolore sem turpis magna sem consectetur congue ullamcorper amet. Donec aliquet, sit ut nunc, tellus sit ut volutpat dolor tincidunt ullamcorper pulvinar massa. Id tempus ante felis tempus nibh eget sed tincidunt id pulvinar nunc, molestie molestie. Feugiat ut ullamcorper pharetra congue euismod pulvinar nunc, tellus, feugiat, lobortis non pharetra, tincidunt. Ullamcorper nonummy nisi aliquet sit, nisi non pharetra congue, diam nonummy dolore sem elit. Erat massa molestie ipsum massa molestie feugiat lobortis euismod pulvinar nunc aliquet turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc non sit ut non, pharetra congue aliquet turpis dolore aliquet consectetur magna diam nonummy donec. Praesent felis lorem ante at nisi sem nibh eget ipsum, laoreet id ipsum ante mauris lorem nibh. Eget dolor tincidunt euismod pulvinar nunc molestie feugiat ut non pharetra, congue euismod pulvinar aliquam praesent adipiscing. Ac nibh eget sed nunc, aliquet sit nisi sem consectetur magna diam nonummy donec, praesent turpis aliquam. Proin nonummy donec praesent nonummy donec molestie dolor tincidunt euismod amet nunc euismod, tempus, ante molestie, feugiat. Ut diam nonummy donec praesent, adipiscing, nisi sem pharetra congue ullamcorper nonummy donec mi felis tempus ante. Eget sed tincidunt euismod pulvinar massa tellus pharetra congue diam, amet congue ullamcorper, pulvinar nunc tellus sit. Ut, ullamcorper nonummy dolore ullamcorper turpis nisi diam consectetur magna praesent adipiscing donec praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, consectetur, magna massa molestie feugiat nibh eget sed, laoreet tellus sit ut non pharetra. Magna, diam adipiscing donec proin at, ac nibh eget sed laoreet, felis tempus congue, aliquet. Adipiscing aliquam proin at ac diam nonummy donec praesent felis tempus proin at ac et. Elit erat praesent nonummy donec aliquet turpis, nisi consectetur, donec praesent adipiscing aliquam sem consectetur. Magna sem consectetur donec, diam adipiscing, aliquam proin adipiscing, ut non consectetur congue non pharetra. Dolore nibh volutpat, pulvinar nunc tellus pulvinar nunc molestie sit ut eget sed laoreet id. Pulvinar ut non pharetra lobortis molestie dolor tincidunt euismod ipsum massa molestie sit aliquet consectetur. Magna, diam nonummy donec diam nonummy dolore aliquet turpis nisi, sem consectetur magna ullamcorper, nonummy. Aliquam proin mauris lorem nibh eget ac et eget, pulvinar nunc tellus sit nunc, tellus. Sit congue non pharetra congue euismod ipsum massa molestie feugiat ut non amet erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi non consectetur congue ullamcorper pharetra tincidunt euismod amet, dolore tellus sit congue diam nonummy donec praesent praesent felis lorem ante. Mauris, sed tincidunt euismod ipsum nunc id ipsum, massa mauris lorem et eget ipsum nunc molestie feugiat lobortis molestie, dolor tempus nibh. Volutpat dolor, laoreet euismod ipsum, nunc tellus feugiat congue ullamcorper amet donec aliquet adipiscing aliquam, aliquet consectetur ac diam, nonummy dolore praesent. Felis aliquam proin id sit nisi diam consectetur magna, diam nonummy donec aliquet amet dolore aliquet turpis congue non amet dolore praesent. Felis aliquam sem turpis diam nonummy dolore aliquet turpis aliquam proin at ac mi felis tempus proin at ac et elit ac. Mi felis tempus mi felis tempus proin at ac laoreet molestie feugiat lobortis non, dolor tincidunt, id ipsum, massa id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing turpis magna et id ipsum mi adipiscing, aliquam ante eget. Sed laoreet, eget sed, massa molestie sit ut ullamcorper nonummy, donec aliquet. Turpis nisi nunc non pharetra ut non pharetra tincidunt ullamcorper pulvinar dolore. Tellus pharetra magna diam nonummy erat mi, felis feugiat nibh eget erat. Laoreet id pulvinar, mi id feugiat ante eget pharetra congue aliquet adipiscing. Lorem nibh volutpat pulvinar dolore, tellus turpis nisi sem nonummy erat mi. Felis tempus ante at ac massa, tellus pharetra, magna diam nonummy erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper amet nunc tellus pulvinar. Ut nunc tellus feugiat lobortis, volutpat. Dolor tincidunt ullamcorper amet dolore sem. At ac diam amet donec aliquet. Adipiscing nisi ante mauris sed, mi. Id, nibh mauris lorem laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor tincidunt ullamcorper turpis dolore aliquet, turpis nisi, sem dolor tempus lobortis volutpat, dolor nunc, tellus. Turpis nisi proin elit sed laoreet felis erat massa molestie feugiat lobortis euismod pulvinar, nunc tellus ipsum nunc ullamcorper. Nonummy aliquam ante at, lorem laoreet, id ipsum laoreet id ipsum proin at lorem et elit erat et elit. Tempus praesent turpis nisi sem consectetur nisi, ut non pharetra congue ullamcorper sit ut tellus pharetra ut non pharetra. Congue ullamcorper amet tincidunt tellus feugiat nisi, non pharetra tincidunt lorem tincidunt aliquet, turpis nisi sem pharetra magna diam. Amet dolore aliquet turpis nisi sem turpis magna sem consectetur congue ullamcorper amet nunc tellus pulvinar nunc, tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent adipiscing ac et elit ac et felis ipsum ante mauris feugiat lobortis aliquet adipiscing aliquam sem consectetur magna praesent. Felis tempus ante at ac proin at, erat mi, id, ipsum lobortis non dolor tincidunt euismod amet nunc tellus nonummy ipsum. Massa tellus sit ut ullamcorper amet congue ullamcorper amet dolore tellus turpis ut sem consectetur magna ullamcorper amet dolore tellus sit. Ut non congue ullamcorper amet dolore aliquet sit congue non pharetra tincidunt ullamcorper pulvinar dolore aliquet sit nunc volutpat dolor lobortis. Volutpat dolor laoreet id elit erat laoreet molestie ipsum ante molestie lorem nibh, elit sed laoreet id feugiat lobortis, molestie dolor. Tincidunt ullamcorper pulvinar dolore aliquet adipiscing aliquam proin nonummy magna aliquet turpis nisi sem turpis ut sem consectetur donec praesent felis. Tempus, proin consectetur magna diam nonummy donec diam nonummy donec praesent adipiscing aliquam sem pharetra congue et elit erat et elit. Erat mi mauris tempus proin consectetur, lorem laoreet id ipsum laoreet molestie feugiat lobortis elit erat ante, mauris feugiat nibh volutpat. Pulvinar dolore, aliquet, turpis magna, diam elit erat praesent felis aliquam proin adipiscing aliquam proin at magna diam amet nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem nibh id sed, massa, tellus pharetra congue diam non nonummy tempus, ante mauris ac proin, elit sed tincidunt. Tellus sit nisi sem consectetur congue euismod, amet, dolore tellus sit nunc tellus feugiat, lobortis, ullamcorper pharetra congue ullamcorper turpis. Nisi proin elit ac et elit erat mi felis lorem ante at ac et nonummy donec diam nonummy aliquam proin. Euismod turpis, nisi sem, consectetur magna diam elit donec praesent adipiscing aliquam praesent at ac diam elit sed praesent nonummy. Donec proin at nisi massa tellus sit ut volutpat dolor tincidunt volutpat dolor tincidunt euismod ipsum ut non consectetur congue. Ullamcorper nonummy donec praesent adipiscing aliquam sem at erat et et felis ipsum massa molestie feugiat lobortis volutpat sed laoreet. Id pulvinar massa molestie, sit lobortis volutpat dolor laoreet eget ipsum laoreet id ipsum massa, molestie feugiat erat mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna praesent mauris feugiat lobortis eget sed, laoreet id. Mi molestie feugiat ut non pharetra, congue ullamcorper pulvinar, dolore. Sem, consectetur magna diam nonummy donec praesent adipiscing aliquam praesent. Adipiscing nisi proin consectetur magna mauris feugiat lobortis euismod, pulvinar. Dolore tellus turpis ut non sit ut volutpat pharetra tincidunt. Id ipsum laoreet id tempus, praesent adipiscing ac nibh elit. Erat massa molestie, dolor lobortis eget sed laoreet id ipsum. Massa tellus sit ut volutpat, amet donec praesent adipiscing aliquam. Proin at ac et, dolor congue euismod pulvinar dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum nunc, tellus, sit congue ullamcorper amet, dolore aliquet ante diam, felis, sit ac. Tincidunt ante, ullamcorper adipiscing feugiat congue praesent id feugiat congue ullamcorper adipiscing ipsum ut et. Id consectetur sed, aliquam dolore volutpat, pulvinar donec praesent adipiscing magna diam nonummy magna, diam. Adipiscing tempus ante mauris feugiat, tincidunt ullamcorper amet dolore tellus sit lobortis molestie dolor lobortis. Ante eget dolor laoreet id ipsum laoreet felis aliquam proin adipiscing nisi, et eget sed. Massa molestie feugiat, lobortis non pharetra congue ullamcorper, id pulvinar ut sem elit erat praesent. Adipiscing aliquam proin, mauris lorem nibh, elit erat mi felis tempus ante molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sit lobortis ullamcorper amet congue euismod pulvinar massa aliquet sit congue ullamcorper nonummy donec praesent adipiscing aliquam sem at ac et elit erat laoreet. Molestie sit ut non dolor tincidunt euismod, pulvinar nunc aliquet turpis nisi sem consectetur congue diam amet, dolore pharetra magna praesent adipiscing aliquam proin at. Lorem laoreet eget sed massa molestie feugiat ut sem dolor, lobortis volutpat sed laoreet, id tempus massa, molestie feugiat nibh praesent at ac nibh, eget. Pulvinar dolore aliquet, turpis nisi ullamcorper amet dolore aliquet, turpis nisi sem consectetur nisi sem pharetra congue ullamcorper at ac et elit erat mi, elit. Aliquam proin at lorem et eget dolor tincidunt euismod sit ut non consectetur, magna praesent nonummy donec aliquet sit nisi laoreet molestie feugiat massa molestie. Feugiat tincidunt, euismod pulvinar dolore aliquet consectetur, magna sem nonummy, erat praesent felis tempus ante mauris, ac, et elit, erat, mi id pharetra congue ullamcorper. Amet nisi proin elit erat mi elit tempus mi mauris lorem nibh eget dolor, tincidunt euismod adipiscing tempus ante at, lorem nibh eget sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam felis tempus massa eget sed mi id ipsum massa eget dolor congue aliquet, adipiscing aliquam, proin consectetur magna diam elit erat ante mauris tempus. Ante eget sed nibh consectetur magna ullamcorper amet dolore ullamcorper pulvinar dolore aliquet, turpis nisi non pharetra tincidunt euismod pulvinar nunc aliquet turpis nisi non. Sit congue diam nunc, non pharetra congue, ullamcorper, pharetra congue ullamcorper amet dolore aliquet sit ut, non, consectetur magna diam nonummy nisi aliquet, turpis nisi. Sem nonummy aliquam ante mauris lorem, nibh id sed massa molestie feugiat lobortis non pharetra tincidunt euismod dolor tincidunt, euismod pulvinar nunc tellus sit ut. Volutpat dolor nunc tellus at erat laoreet, molestie feugiat lobortis molestie lorem nibh elit erat mi elit magna diam pulvinar dolore tellus pulvinar ut sem. Consectetur donec diam nonummy donec nonummy tempus, ante mauris, tempus, ante, at ac et nonummy erat mi mauris lorem nibh eget, sed laoreet eget sed. Laoreet id ipsum ante, mauris ac et proin consectetur nisi diam elit erat mi felis aliquam praesent at lorem, laoreet euismod ipsum nunc, tellus pharetra. Magna diam eget dolor dolore aliquet consectetur magna diam nonummy donec diam amet nunc, tellus sit ut non pharetra congue, ullamcorper, pharetra tincidunt id, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nibh eget sed tincidunt euismod pulvinar ut tellus pharetra magna, diam nonummy dolore ac mi felis ipsum massa molestie, lorem tincidunt euismod amet dolore aliquet turpis ut, non consectetur. Donec praesent adipiscing aliquam ante eget sed tincidunt sem at ac et felis tempus ante molestie lorem ante mauris ac diam nonummy, donec diam nonummy donec aliquet nonummy ipsum massa. Molestie consectetur ac mi felis congue aliquet adipiscing tempus ante at erat mi felis tempus mi, mauris lorem ante mauris lorem congue tellus turpis nisi non consectetur magna mi mauris. Lorem nibh eget sed tincidunt id pulvinar massa molestie feugiat lobortis volutpat dolor tincidunt euismod sit ut tellus pharetra magna diam nonummy, donec praesent turpis dolor tincidunt euismod pulvinar ut. Sem, nonummy donec diam adipiscing aliquam proin at ac, et eget sed massa molestie feugiat, massa non pharetra tincidunt euismod dolor nunc non nonummy magna ullamcorper, pulvinar nunc euismod sit. Nunc tellus feugiat lobortis, volutpat pharetra dolore praesent at ac nibh eget aliquet consectetur nisi diam nonummy magna praesent adipiscing, aliquam proin at ac et elit erat mi id sit. Congue ullamcorper elit tempus, massa molestie feugiat tincidunt sit tincidunt euismod dolor nunc euismod sit, ut non consectetur congue diam nonummy donec praesent adipiscing, aliquam sem consectetur ac et nonummy. Donec mi, mauris feugiat tincidunt lorem laoreet, id ipsum massa, molestie ipsum lobortis non pharetra congue ullamcorper turpis nisi proin consectetur, ac mi elit, tempus ante mauris tempus ante mauris. Sed tincidunt sem at ac mi id tempus ante molestie, lorem lobortis, volutpat dolor tincidunt, euismod ipsum massa molestie sit congue praesent nonummy aliquam proin adipiscing nisi proin pharetra ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra magna, diam amet dolore nibh id ipsum massa molestie ipsum nibh. Mauris dolor laoreet id ipsum nunc molestie sit ut non, pharetra tincidunt euismod amet. Nunc tellus consectetur nisi nunc non consectetur magna diam amet congue, ullamcorper adipiscing nisi. Sem turpis ut, volutpat, dolor congue euismod dolor tincidunt id ipsum, massa molestie lorem. Nibh euismod sit ut tellus pharetra ut volutpat, feugiat tincidunt euismod ipsum laoreet, felis. Tempus massa mauris lorem, ante mauris erat laoreet id ipsum donec ante at lorem. Nibh eget sed laoreet id ipsum massa molestie, lorem lobortis volutpat dolor tincidunt tellus. Feugiat lobortis molestie feugiat lobortis volutpat dolor laoreet nunc tellus, sit lobortis volutpat dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus ipsum lobortis, non dolor, tincidunt, euismod pulvinar sem consectetur magna sem consectetur magna ullamcorper. Nonummy donec praesent adipiscing aliquam et elit ac, mi elit donec praesent adipiscing ac proin consectetur. Magna, sem erat, ante molestie dolor lobortis volutpat sed laoreet, eget sed laoreet molestie feugiat massa. Eget dolor tincidunt euismod pulvinar nunc aliquet turpis nisi sem consectetur euismod pulvinar dolore sem consectetur. Magna sem consectetur congue ullamcorper amet nunc euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt. Euismod, amet aliquet sit lobortis, molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut non sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet euismod pulvinar non pharetra magna ullamcorper, amet. Dolore praesent adipiscing tempus proin at ac, et. Felis tempus ante felis tempus ante at aliquam. Et eget sed id ipsum ante at ac. Et elit ac et elit donec, praesent adipiscing. Aliquam, ante mauris sed laoreet euismod ipsum, massa. Tellus pharetra congue non donec praesent adipiscing aliquam. Et elit ac et elit erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod sit, ut, tellus ut non dolor nibh, eget sed. Laoreet felis tempus ante mauris, lorem lobortis volutpat sed laoreet id ipsum. Massa molestie feugiat lobortis, volutpat sed id ipsum laoreet felis tempus ante. At ac proin at ac laoreet felis feugiat massa volutpat dolor tincidunt. Ullamcorper amet dolore sem consectetur magna nibh, ipsum nunc, molestie feugiat ut. Non pharetra congue aliquet adipiscing aliquam proin at ac diam nonummy donec. Aliquet adipiscing, nisi sem consectetur magna eget ipsum massa, molestie feugiat ut. Non amet aliquam proin, adipiscing ac et elit ac et felis tempus. Massa felis tempus proin consectetur magna diam, consectetur congue amet nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat sed laoreet id sed laoreet id ipsum lobortis. Molestie tincidunt euismod pulvinar tincidunt id ipsum nunc non pharetra congue. Diam nonummy donec praesent adipiscing nisi sem consectetur magna diam elit. Erat mi felis lorem nibh dolor nunc euismod pulvinar nunc tellus. Sit congue ullamcorper amet nunc tellus pulvinar nunc id ipsum lobortis. Volutpat dolor tincidunt, euismod pulvinar nunc molestie massa volutpat pharetra lobortis. Volutpat dolor nunc, euismod pulvinar nunc tellus feugiat lobortis non pharetra. Congue aliquet adipiscing aliquam, sem, consectetur magna diam nonummy, ante felis. Tempus ante at magna diam nonummy magna diam nonummy dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna diam dolore aliquet adipiscing nisi, sem consectetur ac et amet dolore praesent, adipiscing, aliquam sem turpis nisi, sem. Nonummy erat mi felis tempus proin at et at erat, mi felis tempus proin, adipiscing nisi sem consectetur magna diam. Nonummy donec praesent adipiscing nisi sem consectetur magna, sem pharetra congue ullamcorper congue ullamcorper amet nisi tellus feugiat lobortis volutpat. Dolor tincidunt ullamcorper amet dolore euismod pulvinar lobortis volutpat dolor lobortis eget sed tincidunt euismod, nunc tellus pharetra magna diam. Nonummy donec praesent adipiscing aliquam et, elit erat mi felis tempus, ante felis tempus ante at ac nibh id, ipsum. Massa molestie lobortis non dolor laoreet ullamcorper amet nisi sem consectetur congue ullamcorper amet donec aliquet pulvinar nunc tellus consectetur. Magna sem nonummy erat, mi, felis, tempus ante mauris, nibh eget, sed laoreet id ipsum, massa molestie, feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat dolor euismod pulvinar nunc tellus sit ut, non sit ut non dolor congue, aliquet turpis aliquam proin at magna et felis. Erat ante felis tempus eget dolor laoreet euismod pulvinar nunc tellus sit ut eget sed nibh eget sed laoreet felis tempus ante at ac. Et elit sed laoreet id massa mauris lorem ante mauris lorem et elit donec praesent nonummy dolore aliquet turpis nisi sem at ac et. Elit, tempus ante mauris tempus ante mauris erat elit erat praesent nonummy dolore praesent turpis ut non pharetra congue volutpat pharetra laoreet id ipsum. Massa molestie feugiat massa volutpat feugiat lobortis sed laoreet euismod pulvinar massa tellus, sit ut volutpat dolor tincidunt aliquet turpis, nisi non at magna. Ullamcorper, pharetra congue ullamcorper pulvinar nunc tellus feugiat lobortis volutpat magna praesent nonummy donec sem at ac et, elit erat mi adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra diam felis erat ante mauris, feugiat lobortis volutpat. Pulvinar tincidunt euismod pulvinar ut non pharetra ut volutpat. Dolor tincidunt euismod ipsum massa molestie ipsum ante lorem. Nibh volutpat sed mi felis ipsum massa molestie lorem. Nibh mauris lorem, nibh id erat, mi adipiscing aliquam. Proin at ac proin at nunc aliquet turpis congue. Non nonummy erat, mi adipiscing aliquam sem at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nonummy aliquam proin adipiscing tincidunt euismod amet nunc tellus sit, congue. Diam elit erat, praesent adipiscing aliquam ante at erat et, elit, donec. Mi felis tempus, ante mauris sed ullamcorper pulvinar ut, molestie ipsum massa. Molestie lorem lobortis volutpat dolor laoreet elit erat mi adipiscing aliquam proin. Consectetur ac et elit donec diam adipiscing ut non pharetra, congue ullamcorper. Amet nunc molestie feugiat ut non pharetra dolore, ullamcorper amet dolore euismod. Sit, ut non consectetur donec diam, dolore aliquet turpis nisi non consectetur. Magna, diam, adipiscing tempus proin adipiscing nisi aliquet sit ut non dolor. Congue ullamcorper turpis tempus, nibh, mauris ac et elit massa molestie sit. Congue, ullamcorper nonummy dolore, praesent adipiscing aliquam sem turpis ut sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet dolore, aliquet turpis nisi sem consectetur magna, diam adipiscing aliquam ante at aliquam sem turpis nisi ullamcorper nonummy erat praesent turpis dolore. Turpis nisi diam elit tempus ante felis tempus proin adipiscing aliquam et elit ac, et nonummy aliquam proin at aliquam proin at ac et felis. Massa volutpat dolor, tincidunt ullamcorper pulvinar nunc tellus pulvinar nunc molestie ipsum ante eget sed laoreet, id ipsum, mi felis tempus, ante mauris, tempus et. At et elit donec, diam nonummy aliquam praesent turpis nisi non pharetra congue ullamcorper amet dolore aliquet amet nunc tellus feugiat lobortis volutpat dolor, lobortis. Sed laoreet id pulvinar nunc non sit nibh eget lorem nibh elit erat mi felis ipsum massa mauris lorem laoreet id ipsum, laoreet id ipsum. Ante felis, nibh mauris lorem mi elit donec, mi adipiscing tempus ante at ac proin consectetur congue ullamcorper pharetra tincidunt, euismod sed laoreet id erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, magna diam consectetur donec praesent, nonummy. Tempus nibh mauris lorem et, id, ipsum. Nunc molestie pharetra laoreet, felis tempus mi. Mauris lorem, nibh elit erat mi felis. Tempus mi felis tempus praesent at magna. Sem nonummy donec praesent felis ut non. Amet, dolore aliquet adipiscing, aliquam proin elit. Erat laoreet euismod sit, ut sem pharetra. Congue, ullamcorper adipiscing donec praesent at aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec aliquet turpis dolore proin consectetur magna diam nonummy donec praesent. Adipiscing tempus, proin at lorem nibh eget erat molestie sit ut volutpat. Sed laoreet id ipsum massa, id, ipsum, massa mauris lorem et eget. Dolor tincidunt euismod, pulvinar ut non sit ut adipiscing aliquam proin adipiscing. Aliquam sem consectetur ac diam nonummy aliquam proin at ac proin, consectetur. Ac et elit erat, mi felis aliquam proin at lorem nibh pulvinar. Nunc non pharetra magna praesent nonummy donec aliquet turpis nisi, sem consectetur. Ac et elit erat praesent adipiscing aliquam ante eget lorem eget sed. Laoreet molestie lorem nibh eget lorem et elit, erat laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit erat id ipsum, ante mauris sit lobortis volutpat dolor laoreet id sed mi adipiscing tempus ante at lorem nibh elit erat. Laoreet id, tempus massa, dolor tincidunt, euismod pulvinar, nunc, tellus pulvinar nunc tellus sit ut ullamcorper amet dolore aliquet amet ut tellus sit. Lobortis ullamcorper amet congue aliquet adipiscing ante eget sed laoreet, euismod ipsum massa tellus pharetra magna, ullamcorper amet dolore, aliquet adipiscing aliquam proin. At erat laoreet felis tempus mi, adipiscing ac et elit laoreet id ipsum, massa molestie lorem, ante eget lorem, nibh elit erat mi. Felis tempus ante mauris ac et elit, sed, laoreet id massa volutpat dolor tincidunt euismod amet, tincidunt euismod pulvinar massa molestie lorem lobortis. Non pharetra congue ullamcorper adipiscing aliquam proin consectetur magna ullamcorper nonummy erat praesent turpis sem at magna diam consectetur donec diam amet nunc. Tellus sit ut non pharetra congue non pharetra tincidunt euismod pulvinar nunc molestie feugiat lobortis molestie congue ullamcorper pulvinar nunc, aliquet turpis nisi. Diam nonummy magna, praesent mauris tempus nibh mauris sed nibh elit sed laoreet felis tempus ante, at ac, proin at mi felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, eget dolor tincidunt tellus sit ut tellus feugiat ut, dolor tincidunt euismod pulvinar nunc tellus sit, nisi non consectetur, magna praesent adipiscing nisi tellus. Sit, nisi sem consectetur congue ullamcorper amet congue tellus sit tellus feugiat, lobortis non amet donec aliquet, amet, dolore tellus, feugiat lobortis molestie dolor tincidunt. Euismod pulvinar nunc euismod sit nunc tellus feugiat lobortis eget tincidunt euismod pulvinar, massa molestie feugiat lobortis molestie feugiat tincidunt ullamcorper amet tincidunt euismod ipsum. Ante, molestie sit tincidunt volutpat dolor laoreet id massa molestie feugiat massa molestie dolor laoreet id ipsum massa, id, ipsum massa molestie feugiat nibh at. Ac tincidunt, euismod pulvinar nunc non pharetra, ut volutpat, dolor id sed laoreet id tempus ante molestie lorem, nibh volutpat dolor tincidunt id ipsum, massa. Molestie feugiat lobortis eget dolor laoreet elit erat praesent nonummy donec praesent nisi sem consectetur magna diam nonummy congue aliquet amet nisi proin at erat. Et felis erat mi felis tempus ante ac et eget sed, laoreet id ipsum ante mauris lorem laoreet elit sed laoreet id feugiat, lobortis volutpat. Feugiat tincidunt volutpat dolor laoreet euismod pulvinar nunc feugiat ut, ullamcorper amet dolore aliquet turpis nisi proin consectetur ac diam nonummy donec aliquet adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat massa tellus sit lobortis volutpat dolor. Nunc tellus sit ut non consectetur ac et. Id feugiat lobortis volutpat feugiat euismod amet dolore. Aliquet consectetur magna diam nonummy tempus ante, molestie. Pharetra ut, ullamcorper adipiscing, tempus proin adipiscing aliquam. Et eget ipsum, massa feugiat, lobortis non dolor. Congue ullamcorper amet nisi aliquet, consectetur, ac diam. Consectetur, magna praesent nonummy donec proin at ac. Et elit erat mi felis tempus ante aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat consectetur magna diam amet dolore praesent adipiscing aliquam diam nonummy donec mi molestie sit ut feugiat lobortis volutpat pulvinar, nunc tellus turpis. Nisi sem nonummy magna, diam amet donec aliquet turpis nisi sem consectetur congue non pharetra congue amet dolore tellus, sit ut non amet. Dolore, praesent adipiscing aliquam, proin at magna et nonummy magna diam adipiscing donec aliquet turpis aliquam et elit donec mi aliquam massa mauris. Lorem tincidunt, ullamcorper amet dolore aliquet, turpis nisi sem consectetur magna praesent adipiscing aliquam proin at aliquam diam nonummy erat mi, aliquam ante. Mauris feugiat, tincidunt euismod amet nunc aliquet sit massa mauris lorem, ante eget sed nibh elit tempus ante felis lorem proin at ac. Nibh sed felis tempus ante mauris, lorem tincidunt euismod ipsum, massa molestie feugiat nibh, mauris lorem et eget sed, laoreet id feugiat massa. Mauris lorem et elit erat euismod ipsum lobortis volutpat feugiat lobortis eget ac et diam elit donec praesent adipiscing lorem nibh volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra ut diam nonummy, aliquam ante mauris lorem nibh eget. Ipsum laoreet tellus sit mauris dolor tincidunt ullamcorper adipiscing nisi proin. Mauris lorem mi, elit, tempus ante mauris lorem ante mauris ac. Et elit ac praesent adipiscing tempus, ante feugiat tincidunt euismod pulvinar. Nunc tellus sit lobortis non, pharetra, congue ullamcorper amet dolore tellus. Turpis ut non pharetra lobortis volutpat dolor laoreet euismod ipsum molestie. Feugiat lobortis non dolor tincidunt euismod dolor tincidunt, euismod, ipsum massa. Molestie lorem lobortis, volutpat dolor tincidunt euismod pulvinar nunc, non pharetra. Ullamcorper amet dolore ullamcorper amet nisi, tellus turpis ut sem consectetur. Donec praesent, felis tempus nibh eget sed laoreet, id ipsum, laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet euismod amet dolore aliquet turpis nisi sem consectetur magna aliquet turpis dolore. Tellus sit nunc molestie lorem mauris sed laoreet euismod sed massa molestie sit, lobortis. Non pharetra congue aliquet amet nisi sem turpis nisi non consectetur magna praesent, adipiscing. Aliquam at lorem nibh eget erat mi adipiscing aliquam praesent adipiscing aliquam et at. Erat laoreet id feugiat lobortis molestie lorem ante mauris ac et elit, erat mi. Donec praesent adipiscing aliquam, proin elit ac praesent adipiscing donec praesent turpis nisi aliquet. Turpis nisi sem consectetur congue ullamcorper, amet nisi sem ut tellus pharetra, ut non. Amet dolore aliquet turpis nisi non pharetra congue non pharetra congue ullamcorper pulvinar nunc. Tellus turpis ut volutpat dolor tincidunt ullamcorper amet aliquet adipiscing magna diam elit donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis nisi sem consectetur, ac. Et, elit, erat mauris lorem nibh. Eget dolor tincidunt euismod pulvinar ut. Non consectetur donec praesent adipiscing aliquam. Proin mauris lorem et at erat. Mi felis erat mi nisi sem. Consectetur magna diam nonummy donec mi. Adipiscing donec praesent adipiscing nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec adipiscing aliquam proin elit ac et nonummy dolore aliquet turpis dolore aliquet turpis nisi diam nonummy magna, ullamcorper nonummy donec aliquet sit ut non sit non amet congue. Aliquet adipiscing nisi sem consectetur magna diam consectetur donec, praesent adipiscing aliquam proin, mauris ac nibh eget erat mi felis, aliquam proin ac et elit erat mi felis erat praesent. Adipiscing tempus ante, mauris erat mi felis tempus mi felis tempus ante mauris sed nibh eget sed, massa molestie at ac diam, nonummy donec, praesent, adipiscing donec aliquet turpis ut. Tellus sit lobortis eget, sed tincidunt, id erat laoreet id tempus proin aliquam proin, consectetur nisi, non pharetra, congue euismod dolor laoreet id erat praesent adipiscing donec aliquet sit nunc. Non, pharetra ut volutpat pharetra congue euismod pulvinar massa tempus, ante mauris, lorem nibh mauris, erat diam elit donec ullamcorper pulvinar, tincidunt eget erat mi adipiscing aliquam praesent turpis, nisi. Sem consectetur magna, et nonummy dolore adipiscing nisi tellus turpis lobortis volutpat dolor tincidunt euismod, pulvinar, tincidunt euismod pulvinar nunc molestie lorem ante at, aliquam sem ac et nonummy dolore. Aliquet amet dolore molestie feugiat massa mauris aliquam sem consectetur magna diam consectetur congue euismod dolor laoreet eget erat mi felis aliquam ante sed laoreet id sed mi nunc, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, aliquam, ante at laoreet, id sed. Laoreet felis tempus, ante mauris ac et. Elit erat mi elit erat praesent consectetur. Donec mi felis tempus, ante mauris sed. Laoreet sit nunc tellus feugiat lobortis volutpat. Dolor tincidunt, euismod pulvinar massa molestie ipsum. Massa mauris lorem proin mauris magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet turpis nisi, non consectetur magna ullamcorper nonummy dolore ullamcorper amet nunc tellus ipsum ante felis tempus proin at, ac nonummy magna diam amet, dolore aliquet pulvinar ut. Non, consectetur, congue diam, amet dolore praesent adipiscing nisi proin at nisi sem dolor lobortis volutpat dolor felis tempus mi, nonummy donec nibh ullamcorper felis feugiat, erat ut laoreet. Aliquet molestie amet, dolore ante molestie dolor dolore ante mauris dolor donec ante diam id lorem tincidunt euismod ipsum massa id ipsum ante adipiscing aliquam non, consectetur congue ullamcorper. Amet congue euismod dolor tincidunt, id ipsum mi adipiscing sem consectetur magna non pharetra congue non, dolor tincidunt eget erat praesent nonummy donec aliquet, pulvinar massa molestie ipsum ante. Felis aliquam proin consectetur nisi non dolor eget sed nibh nonummy magna ullamcorper pharetra tincidunt euismod ipsum laoreet adipiscing donec aliquet amet dolore aliquet sit lobortis volutpat feugiat lobortis. Volutpat sed laoreet id nisi sem pharetra tincidunt euismod sed laoreet id pulvinar massa id ipsum massa volutpat dolor tincidunt euismod pulvinar, massa molestie ipsum lobortis, volutpat dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris tempus, ante mauris ac et elit. Ac, praesent nonummy donec praesent turpis, molestie feugiat. Massa volutpat dolor lobortis elit ac et nonummy. Magna diam nonummy dolore aliquet sit nunc molestie. Feugiat lobortis eget, sed nibh, id sed laoreet. At erat mi elit erat praesent felis aliquam. Proin, at magna diam nonummy donec diam amet. Dolore aliquet turpis nunc id, tempus massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et elit, donec praesent turpis dolore, sem turpis, nisi non pharetra congue euismod dolor tincidunt euismod pulvinar molestie ipsum massa at, ac proin at magna, diam. Nonummy, donec praesent felis aliquam aliquet sit lobortis molestie lorem nibh eget sed et elit massa id tempus ante at aliquam sem consectetur congue ullamcorper amet. Congue aliquet amet nunc, tellus feugiat ut volutpat pharetra tincidunt volutpat sed laoreet id sed mi tempus ante mauris ac et at ac et elit aliquam. Praesent adipiscing nisi sem consectetur nisi non dolor lobortis eget sed tincidunt euismod nunc, tellus, feugiat lobortis volutpat sed laoreet elit erat praesent, adipiscing aliquam proin. At ac et elit, ac sem pharetra tincidunt eget sed mi felis tempus, ante lorem nibh mauris ac et nonummy donec diam, nonummy dolore ullamcorper pulvinar. Nunc aliquet turpis ut non dolor, tincidunt euismod pulvinar laoreet id pulvinar nunc molestie, lorem volutpat sed nibh eget erat praesent adipiscing donec, praesent turpis nisi. Aliquet pharetra magna ullamcorper pharetra congue euismod dolor laoreet pulvinar massa mauris tempus ante at ac et nonummy magna non dolor tincidunt id ipsum massa id. Ipsum massa mauris aliquam sem turpis ut non pharetra lobortis dolor laoreet id tempus mi mauris tempus ante adipiscing nisi sem, pharetra congue non dolor tincidunt. Euismod pulvinar massa, id ipsum mi adipiscing aliquam, aliquet turpis lobortis pharetra congue euismod dolor tincidunt euismod ipsum massa molestie sit nibh eget sed nibh elit. Erat et elit erat ante at lorem nibh at magna et elit ante mauris tempus ante mauris magna diam consectetur congue ullamcorper pharetra congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor lobortis eget sed laoreet felis, tempus ante felis aliquam proin at magna diam consectetur. Magna diam nonummy dolore turpis aliquam sem pharetra congue ullamcorper pharetra tincidunt eget sed laoreet felis. Tempus mi mauris aliquam aliquet turpis nisi sem consectetur congue volutpat sed nibh, sed, laoreet id. Tempus ante at ac proin at ac diam amet congue ullamcorper pulvinar nunc tellus pulvinar, massa. Molestie lorem, lobortis eget, sed nibh elit erat id, ipsum ante at, aliquam sem pharetra magna. Diam nonummy dolore ullamcorper turpis nisi sem at magna diam nonummy magna diam nonummy donec mauris. Lorem proin nonummy magna diam amet dolore ullamcorper pulvinar massa molestie ipsum lobortis mauris, feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi felis tempus, proin adipiscing nisi et, elit erat, diam nonummy dolore ullamcorper pulvinar nunc tellus feugiat ut volutpat feugiat, nibh elit ac felis. Tempus ante felis tempus, ante at magna sem consectetur congue non dolor tincidunt id sed, laoreet molestie ipsum massa mauris lorem proin at ac id. Ipsum massa mauris tempus nibh at lorem et nonummy erat praesent adipiscing donec praesent adipiscing ut tellus feugiat massa molestie lorem et elit ac sem. Dolore, aliquet amet dolore tellus, pulvinar nunc tellus feugiat ante eget ac et nonummy donec diam adipiscing donec aliquet turpis nisi, tellus sit congue amet. Dolore aliquet turpis, dolore aliquet sit ut tellus, feugiat, lobortis eget sed, et, eget erat mi, felis aliquam praesent adipiscing nisi, non consectetur magna ullamcorper. Amet mi felis lorem nibh eget erat et nonummy erat mi adipiscing donec aliquet turpis ut non, sit congue non dolor laoreet eget erat mi. Elit donec adipiscing aliquam proin at ac et felis erat praesent adipiscing tempus proin eget lorem laoreet eget sed praesent nonummy aliquam at nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue euismod pulvinar nunc tellus turpis, nisi non sit volutpat lorem et. Eget sed mi, felis aliquam praesent adipiscing nisi sem consectetur congue non pharetra. Lobortis euismod pulvinar, nunc, euismod ipsum ante adipiscing aliquam consectetur magna, diam consectetur. Congue diam amet congue, ullamcorper pulvinar massa id tempus, ante mauris lorem et. Eget erat mi felis tempus ante mauris lorem eget dolor tincidunt id ipsum. Massa molestie, lorem ante mauris ac nibh at ac diam nonummy donec aliquet. Adipiscing aliquam et at magna elit donec diam amet nunc euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget dolor laoreet id ipsum laoreet molestie ipsum ante lorem nibh eget erat et nonummy magna ullamcorper amet dolore aliquet, turpis nisi non consectetur congue. Non pharetra congue aliquet sit nunc molestie ipsum massa lorem et, eget sed, mi felis tempus mi felis tempus proin at ac et elit erat. Praesent felis aliquam proin at aliquam sem consectetur congue amet donec, aliquet turpis dolore aliquet, turpis ut non dolor nibh eget sed laoreet elit erat. Mi felis aliquam proin adipiscing aliquam proin at ac et aliquam proin, turpis, dolore aliquet sit lobortis volutpat feugiat lobortis, eget sed laoreet id ipsum. Massa mauris feugiat, ante at aliquam non pharetra congue pharetra tincidunt id pulvinar nunc molestie, ipsum massa molestie lorem et elit erat, mi elit erat. Mi felis aliquam praesent adipiscing nisi sem pharetra, ut non dolor eget erat mi, elit donec, ullamcorper amet dolore aliquet feugiat lobortis volutpat dolor lobortis. Eget sed laoreet eget ipsum ante, felis, aliquam praesent turpis ut tellus ipsum mauris ac proin at erat mi felis tempus, ante felis tempus proin. At ac mi felis donec, ullamcorper amet dolore sit nunc molestie feugiat massa mauris sed laoreet id, ipsum laoreet molestie feugiat ante mauris lorem ante. At, erat et, nonummy, donec mi adipiscing donec praesent adipiscing sem consectetur ut non sed nibh elit ac diam nonummy dolore ullamcorper turpis nisi sem. Turpis ut non dolor lobortis eget sed laoreet eget erat mi felis ante mauris sed laoreet eget sed, laoreet molestie ipsum massa, mauris, lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa tellus dolor tincidunt euismod amet dolore, tellus. Turpis ut tellus feugiat ut volutpat, dolor tincidunt euismod. Ipsum massa id ipsum felis lorem lobortis eget erat. Mi elit erat, diam amet nunc aliquet turpis, ut. Non sit lobortis volutpat lorem nibh eget ipsum laoreet. Id mi felis nisi aliquet sit ut, volutpat dolor. Tincidunt volutpat sed laoreet, eget, sed ante molestie lorem. Nibh mauris lorem et at ac diam amet dolore. Ullamcorper nisi sem consectetur magna sem pharetra tincidunt volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat mi adipiscing, donec proin turpis sem pharetra ut, volutpat pharetra tincidunt id ipsum massa id ipsum. Ante molestie lorem nibh elit erat diam, consectetur donec diam amet dolore tellus, sit, sem nonummy magna. Ullamcorper amet dolore ullamcorper, pulvinar nunc molestie sit, lobortis volutpat feugiat nibh elit erat mi elit donec. Praesent adipiscing tempus proin lorem nibh elit congue id sed mi amet congue euismod sed mi, elit. Donec praesent, adipiscing nisi tellus pulvinar massa mauris tempus proin adipiscing nibh, eget erat praesent amet congue. Ullamcorper pulvinar laoreet elit donec aliquet pulvinar tincidunt felis tempus mi adipiscing nunc, id erat praesent adipiscing. Dolore aliquet sit nibh elit erat diam amet tincidunt id erat mi nonummy dolore euismod dolor massa. Felis ipsum mi felis tempus aliquet, sit nunc, molestie tempus ante at magna nonummy magna ullamcorper sed. Nibh eget sed mi elit erat aliquet pulvinar laoreet felis tempus mi adipiscing aliquam proin, turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh elit, magna ullamcorper pharetra laoreet. Eget ac diam nonummy dolore euismod sed. Mi elit donec aliquet amet aliquet sit. Ut molestie lorem ante consectetur ut tellus. Feugiat nibh mauris ac sem pharetra ut. Volutpat sed et at magna non dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat aliquet amet nunc euismod, ipsum ante felis donec aliquet sit nunc mauris tempus. Proin adipiscing nisi tellus ipsum molestie lorem proin consectetur ut molestie lorem proin turpis ut. Volutpat feugiat nibh at ac sem pharetra tincidunt volutpat sed nibh eget donec ullamcorper aliquam. Praesent turpis ut non feugiat massa mauris ac proin consectetur nisi volutpat feugiat nibh at. Magna sem dolor lobortis, mauris ac et nonummy magna non sed eget donec mi nonummy. Dolore, ullamcorper pulvinar massa id erat mi adipiscing tempus proin consectetur nisi volutpat feugiat nibh. Mauris ac diam pharetra ullamcorper amet nunc, euismod sed mi nonummy dolore euismod, ipsum mi. Felis donec ullamcorper amet dolore, molestie, tempus ante felis aliquam, sem consectetur nisi non sit. Ante, lorem diam consectetur ut eget lorem et at magna non dolor laoreet eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nunc id tempus mi adipiscing aliquam, sem turpis nunc tellus sit lobortis, eget, lorem et consectetur congue, volutpat dolor, laoreet id sed. Et, nonummy dolore turpis dolore tellus ipsum mi, adipiscing, nisi sem turpis nunc molestie tempus, proin adipiscing nisi non sit nibh eget ac. Proin consectetur congue volutpat lorem elit erat et amet tincidunt eget erat et nonummy congue, volutpat, lorem et nonummy magna ullamcorper dolor nibh. Elit donec diam amet congue euismod sed et aliquam proin turpis nunc tellus ipsum mi turpis dolore aliquet pulvinar massa mauris aliquam sem. Turpis nunc molestie tempus praesent adipiscing nisi non sit volutpat sed et consectetur congue volutpat, feugiat et, consectetur nisi volutpat feugiat nibh eget. Erat et elit donec ullamcorper pulvinar tincidunt, id sed mi, adipiscing donec, aliquet nisi non sit ut molestie lorem et consectetur congue volutpat. Dolor, lobortis, eget erat et nonummy, magna ullamcorper pulvinar pulvinar massa id tempus proin, at ac eget sed laoreet id tempus ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna eget, erat praesent adipiscing aliquam praesent adipiscing aliquam sem consectetur ac ullamcorper pharetra tincidunt volutpat dolor, laoreet. Id ipsum massa molestie lorem nibh eget tincidunt id ipsum laoreet, mauris tempus praesent adipiscing nisi non pharetra. Congue diam amet dolore ullamcorper amet nunc molestie feugiat massa mauris lorem ante at laoreet id tempus massa. Mauris lorem nibh eget sed nibh eget ac diam nonummy donec aliquet amet dolore tellus, sit ut sem. Consectetur congue diam amet nunc sit ut tellus sit nibh mauris, ac et elit donec, praesent adipiscing, donec. Proin adipiscing nisi sem at, magna diam nonummy dolore aliquet tempus ante at magna non mauris lorem lobortis. Volutpat ipsum massa, felis tempus ante felis tempus ante at lorem laoreet id ipsum massa mauris feugiat lobortis. Non dolore praesent adipiscing aliquam sem consectetur congue ullamcorper nonummy dolore aliquet, turpis aliquam ante mauris ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus proin mauris dolor tincidunt euismod sit ut. Sem at ac diam nonummy dolore praesent adipiscing. Aliquam proin consectetur magna diam elit ante molestie. Lorem lobortis eget, sed tincidunt euismod pulvinar nunc. Tellus sit congue ullamcorper pharetra congue ullamcorper amet. Dolore tellus turpis nisi non pharetra magna adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sem consectetur magna ullamcorper nonummy aliquam proin at aliquam et elit erat et elit tempus mauris lorem nibh eget, lorem laoreet id tempus mi adipiscing. Aliquam, proin at ac nibh elit ac mi id, ipsum ante mauris lorem lobortis eget dolor tellus, feugiat ut non pharetra congue ullamcorper nonummy donec, praesent. Adipiscing aliquam et elit erat praesent adipiscing donec aliquet turpis dolore aliquet feugiat lobortis molestie lobortis eget erat mi elit donec praesent, adipiscing aliquam, praesent at. Lorem tincidunt, id pulvinar ut, sem at ac et felis ipsum massa nonummy erat mi adipiscing aliquam ante mauris lorem et elit donec praesent adipiscing donec. Proin eget sed nibh id ipsum, massa id ipsum proin at lorem et sed laoreet id tempus mi felis tempus ante at ac et elit erat. Laoreet id lorem ante at aliquam proin consectetur magna diam nonummy erat, mi felis et at magna diam elit erat mi felis tempus ante eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie ipsum ullamcorper pharetra congue ullamcorper amet dolore tellus. Sit lobortis volutpat feugiat lobortis volutpat sed tincidunt euismod ipsum. Massa molestie feugiat lobortis eget sed laoreet turpis ut non. Pharetra congue non dolor tincidunt ullamcorper amet dolore tellus, sit. Magna diam, elit ipsum massa molestie feugiat lobortis volutpat dolor. Tincidunt tellus, aliquam et at ac et elit erat mi. Felis, ac nibh euismod pulvinar nisi aliquet turpis nisi diam. Consectetur donec praesent adipiscing aliquam mauris lorem nibh, elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar ut tellus tincidunt, ullamcorper, amet nunc aliquet. Sit, ut non sit, congue et, nonummy donec praesent, adipiscing nisi sem turpis ut non consectetur. Donec mi felis lorem, mauris dolor nunc tellus pulvinar nunc tellus sit lobortis non dolor, congue. Ullamcorper amet dolore sem at erat laoreet id ipsum massa molestie feugiat lobortis pulvinar nunc tellus. Turpis nisi non pharetra magna diam amet dolore praesent adipiscing aliquam proin at ac diam nonummy. Dolore aliquet turpis nisi mauris lorem nibh felis, tempus ante molestie lorem nibh, mauris lorem nibh. Eget sed laoreet id tempus massa mauris feugiat lobortis, volutpat pulvinar laoreet id ipsum massa pharetra. Tincidunt ullamcorper nonummy nunc tellus pulvinar nunc tellus feugiat lobortis volutpat pharetra tincidunt ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore, ullamcorper turpis nisi, proin at magna diam nonummy donec, praesent adipiscing, aliquam proin at, aliquam proin, elit ac diam nonummy dolore, at. Ac et eget sed mi id tempus ante mauris lorem lobortis eget lorem et, elit, erat mi felis aliquam proin at ac et, at. Et felis tempus mi adipiscing aliquam proin at magna, et nonummy, donec praesent adipiscing aliquam ante mauris sed nibh eget sed laoreet molestie ipsum. Ante mauris ac consectetur magna sem amet congue ullamcorper amet nunc euismod sit nisi sem, pharetra magna diam amet nunc tellus turpis aliquam proin. At erat elit donec, proin mauris lorem et elit ac mi felis erat ante felis, aliquam sem, consectetur magna sem consectetur magna diam adipiscing. Donec praesent adipiscing aliquam sem, erat mi elit tempus mi felis lorem ante mauris, sed tincidunt euismod ipsum massa mauris tempus proin at ac. Et eget sed laoreet id tempus, ante mauris lobortis eget sed laoreet id tempus ante mauris lorem nibh eget sed nibh id, sed, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing aliquam ante mauris ac, proin elit. Erat mi id ipsum, ante volutpat dolor. Tincidunt euismod sed tincidunt euismod pulvinar ut. Sem, donec mi felis tempus ante mauris. Lorem nibh id, sed laoreet felis tempus. Mi mauris lorem nibh mauris erat laoreet. Id ipsum, massa tellus sit praesent felis. Tempus proin at aliquam proin elit ac. Diam elit erat mi adipiscing tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante sit congue ullamcorper amet donec aliquet sit ut tellus feugiat lobortis volutpat feugiat tincidunt euismod ipsum nunc molestie feugiat ut non pharetra congue. Praesent lorem nibh eget sed tincidunt euismod pulvinar nunc tellus sit ut volutpat, pharetra dolore ullamcorper turpis dolore, sem at ac mi felis, donec mi adipiscing. Nibh eget sed tincidunt euismod, pulvinar nunc non pharetra congue, diam nonummy dolore ullamcorper amet nunc tellus sit lobortis volutpat pharetra congue ullamcorper, aliquam proin consectetur. Magna diam nonummy magna praesent adipiscing donec, praesent adipiscing ac et consectetur, magna diam nonummy erat praesent adipiscing dolore aliquet, consectetur magna et felis massa tellus. Pharetra congue diam nonummy, aliquam proin mauris ac, et, elit erat mi felis tempus, praesent adipiscing aliquam et at erat mi felis tempus mi, mauris, ante. Eget sed tincidunt euismod ipsum massa, molestie feugiat ut non dolor, laoreet eget erat, mi felis tempus ante, adipiscing tempus, proin dolor tincidunt id ipsum ante. Mauris lorem, nibh eget sed, nisi lobortis, aliquet molestie, amet ipsum magna laoreet aliquet eget mauris consectetur erat massa mauris tempus ante, nonummy dolore aliquet amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus, consectetur erat laoreet tellus pulvinar, nunc pharetra congue, euismod pulvinar nunc euismod pulvinar massa molestie feugiat ut, ullamcorper nonummy congue euismod. Pulvinar, nunc, molestie feugiat lobortis, molestie dolor tincidunt euismod dolor tellus turpis ut sem sit congue non pharetra tincidunt, euismod pulvinar, massa tellus. Sit congue, diam elit donec praesent adipiscing aliquam proin consectetur magna sem erat ante felis, aliquam, ante eget lorem nibh eget erat praesent. Adipiscing aliquam ante at ac proin at ac diam elit erat praesent turpis ante mauris ac et, nonummy magna diam, nonummy aliquam proin. Mauris lorem nibh eget ipsum massa tellus sit lobortis volutpat dolor lobortis, volutpat sed laoreet felis tempus felis tempus proin at lorem nibh. Eget ipsum nunc molestie lorem lobortis volutpat, sed tincidunt euismod, ipsum massa, molestie feugiat massa volutpat dolor tincidunt euismod pulvinar sem consectetur magna. Diam nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam nibh eget erat laoreet felis, ipsum ante molestie donec aliquet turpis nisi sem, consectetur. Nisi diam nonummy magna diam amet dolore praesent adipiscing aliquam sem consectetur magna diam nonummy dolore aliquet amet dolore aliquet turpis sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem turpis magna diam, nonummy sed mi felis tempus mauris sed congue euismod, ipsum, massa tellus sit ut, non dolor lobortis volutpat, dolor laoreet, id ipsum. Nunc tellus, sit ut euismod amet dolore tellus aliquam sem consectetur, magna ullamcorper amet congue ullamcorper amet dolore tellus feugiat lobortis molestie lorem, lobortis volutpat dolor tincidunt. Id ipsum massa, mauris tempus ante pharetra congue euismod, pulvinar nunc non sit ut non pharetra dolore praesent adipiscing aliquam sem consectetur magna diam, consectetur donec praesent. Adipiscing lorem lobortis dolor, congue, aliquet adipiscing aliquam proin consectetur magna et felis ipsum mi felis lorem nibh, eget dolor tincidunt tellus sit ut sem pharetra congue. Diam adipiscing ante mauris lorem nibh eget sed massa, id feugiat congue ullamcorper amet donec mi adipiscing aliquam proin at ac et felis tempus ante mauris lorem. Nibh mauris, tincidunt ullamcorper amet ut tellus sit lobortis molestie lorem nibh elit ac mi id tempus ante mauris lorem nibh volutpat nunc id sed laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh elit ac et elit tempus mi felis et at. Erat laoreet id pulvinar nunc molestie lorem nibh eget sed laoreet. Eget sed laoreet molestie sit congue ullamcorper pharetra tincidunt euismod pulvinar. Nunc, sit ut sem consectetur donec mi adipiscing tempus sem consectetur. Magna, et eget sed mi adipiscing aliquam praesent adipiscing aliquam sem. Consectetur magna diam erat ante molestie feugiat nibh eget, pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem ante mauris sed laoreet eget sed. Laoreet felis ut non, amet dolore praesent adipiscing. Aliquam sem turpis lobortis volutpat dolor lobortis volutpat. Dolor nunc tellus sit nisi, sem pharetra, ut. Diam nonummy donec turpis aliquam et elit erat. Et felis tempus mi adipiscing tempus nibh mauris. Lorem nibh felis ipsum massa tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquam proin at ac et, elit tempus massa molestie feugiat, tincidunt euismod. Pulvinar, dolore sem turpis nisi non sit lobortis dolor, tincidunt euismod sit nunc. Non at magna, ullamcorper pharetra congue aliquet turpis nisi sem consectetur, nisi diam. Nonummy donec, praesent adipiscing donec praesent aliquam diam consectetur congue non, pharetra dolore. Praesent adipiscing aliquam, sem consectetur magna diam nonummy erat praesent, adipiscing aliquam sem. At ac diam consectetur donec praesent aliquam ante eget, sed laoreet id ipsum. Massa tellus ipsum massa at aliquam et elit erat mi elit tempus mi. Mauris tempus nibh dolor, tincidunt id ipsum massa molestie feugiat lobortis volutpat dolor. Tincidunt euismod pulvinar, massa molestie feugiat lobortis molestie lorem nibh elit sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec proin at lorem laoreet id sed mi. Id feugiat lobortis, molestie feugiat lobortis volutpat pulvinar. Nunc, tellus turpis diam elit erat mi molestie. Feugiat, nibh volutpat sed nibh eget erat laoreet. Adipiscing donec proin adipiscing aliquam sem at ac. Mi felis massa volutpat dolor lobortis euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie lorem lobortis eget dolor, laoreet euismod ipsum nunc, molestie sit. Volutpat pharetra tincidunt ullamcorper pulvinar dolore aliquet sit lobortis volutpat dolor congue. Ullamcorper nonummy donec proin at ac et elit erat praesent adipiscing tempus. Mauris lorem nibh eget sed laoreet id ipsum ante felis tempus nibh. Mauris, ac et nonummy donec mi adipiscing tempus ante adipiscing ac proin. At erat felis aliquam proin adipiscing nisi proin consectetur magna diam elit. Donec mi adipiscing tempus proin at lorem nibh eget erat praesent felis. Aliquam mauris ac nibh eget sed massa id feugiat lobortis volutpat pharetra. Congue aliquet turpis dolore aliquet sit nisi, non pharetra ut, ullamcorper, amet. Donec praesent adipiscing aliquam consectetur magna diam nonummy dolore aliquet turpis, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy erat mi felis aliquam ante ac nibh eget erat diam, amet donec aliquet adipiscing, nisi sem at magna et nonummy donec aliquet adipiscing aliquam sem. Consectetur ac et nonummy donec, adipiscing aliquam proin at ac nibh elit, erat praesent adipiscing aliquam proin mauris ac et elit ac et felis erat mi felis. Tempus nibh eget donec praesent adipiscing ac nibh elit sed mi felis tempus ante mauris lorem et elit erat mi felis tempus mi, felis tempus nibh at. Ac et nonummy praesent, felis tempus ante at lorem nibh elit ac et amet congue ullamcorper pulvinar massa molestie ipsum massa mauris, lorem nibh mauris, sed id. Ipsum ante mauris lorem nibh eget ac et eget, sed laoreet felis donec praesent, turpis dolore aliquet sit massa volutpat pharetra tincidunt ullamcorper turpis dolore aliquet nisi. Sem consectetur magna praesent felis aliquam ante, at ac, proin at, magna et nonummy, donec praesent turpis nisi sem consectetur magna sem nonummy donec diam nonummy nibh. Eget sed tincidunt id ipsum massa felis tempus lobortis volutpat feugiat nibh eget sed massa id ipsum, ante mauris nibh volutpat dolor laoreet felis tempus massa mauris. Lorem lobortis volutpat dolor laoreet id ipsum laoreet id ipsum ante, mauris lorem et elit erat et id, ipsum molestie feugiat lobortis volutpat pulvinar nunc tellus adipiscing. Ac, et elit sed laoreet id tempus ante at ac et, at ac mi, elit erat mi, mauris lorem, mauris sed nibh eget ipsum, ante molestie feugiat. Nibh eget sed nibh eget erat, mi felis erat praesent adipiscing ac proin at ac et nonummy donec mi feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy proin, at lorem et elit, sed, mi felis, tempus ante mauris tempus. Ante eget lorem nibh eget ipsum massa id aliquam, proin mauris sed ullamcorper, pulvinar. Dolore aliquet turpis nisi, sem nonummy erat massa volutpat dolor tincidunt ullamcorper amet, dolore. Tellus, turpis ut sem consectetur magna, diam, adipiscing aliquam at ac et at erat. Et id ipsum massa molestie dolor lobortis, volutpat dolor tincidunt euismod sit nunc tellus. Sit ut volutpat dolor laoreet, id amet, ut consectetur erat, laoreet molestie feugiat lobortis. Volutpat pharetra congue euismod pulvinar, nunc aliquet turpis ut, non sit congue non pharetra. Congue euismod sit et elit erat, laoreet id ipsum massa molestie feugiat lobortis volutpat. Pulvinar dolore aliquet turpis magna sem consectetur congue diam nonummy donec aliquet adipiscing aliquam. Proin consectetur et felis erat proin mauris lorem nibh elit erat mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat dolor praesent adipiscing nisi sem consectetur congue non pharetra tincidunt, euismod amet dolore sem. Turpis erat laoreet euismod, ipsum, massa mauris, lorem ante at ac praesent turpis aliquam sem consectetur. Donec praesent adipiscing, donec praesent adipiscing aliquam proin at magna, diam elit erat, praesent felis aliquam. Sem at lorem nibh ipsum massa mauris lorem, nibh eget dolor tincidunt euismod pulvinar nunc molestie. Sit ut volutpat dolor lobortis eget sed, tincidunt euismod pulvinar ut tincidunt euismod pulvinar, nunc tellus. Sit, ut, non consectetur congue ullamcorper amet, dolore euismod ipsum massa molestie feugiat, massa molestie feugiat. Nibh eget sed laoreet, id, massa tellus, sit ut ullamcorper amet congue tellus turpis nisi sem. Consectetur congue ullamcorper, amet dolore aliquet adipiscing nisi sem consectetur magna diam consectetur donec praesent felis. Proin mauris lorem, nibh, elit ipsum laoreet, id aliquam proin adipiscing, nisi sem consectetur congue, ullamcorper. Amet, donec praesent, adipiscing ante mauris lorem laoreet eget erat mi felis tempus proin adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy proin mauris ac et, elit erat et nonummy. Donec mi adipiscing aliquam sem consectetur magna diam nonummy erat. Mi id feugiat lobortis eget lorem elit erat mi felis. Ipsum ante mauris lorem et at ac et felis tempus. Mi felis tempus ante mauris lorem nibh eget sed massa. Id ut non pharetra, tincidunt ullamcorper turpis nisi, sem consectetur. Magna diam, consectetur donec praesent nonummy donec sem turpis nisi. Sem consectetur magna diam amet dolore aliquet amet non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et, eget sed, mi felis erat ante mauris feugiat nibh eget lorem nibh id, laoreet felis. Ipsum massa eget sed laoreet id pulvinar nunc sem consectetur ac diam consectetur donec praesent turpis. Nisi sem consectetur magna et nonummy magna, praesent tempus ante eget dolor tincidunt, id, pulvinar massa. Tellus feugiat lobortis molestie feugiat lobortis, volutpat dolor nunc tellus sit nunc, tellus sit tincidunt euismod. Dolor tellus turpis ut non sit ut, non dolor tincidunt euismod ipsum massa molestie ipsum lobortis. Non consectetur congue ullamcorper amet dolore sem consectetur non consectetur magna, ullamcorper amet dolore aliquet turpis. Aliquam, proin at erat et, elit erat mi felis tempus, et eget erat mi felis tempus. Mi mauris feugiat eget sed nibh eget sed laoreet id tempus, ante volutpat dolor tincidunt volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis consectetur donec praesent adipiscing donec praesent, consectetur sed, laoreet eget sed laoreet molestie, feugiat. Lobortis, molestie, feugiat laoreet eget erat mi felis tempus ante mauris congue ullamcorper nonummy dolore tellus. Pulvinar ut tellus pharetra congue ullamcorper, amet, dolore aliquet, turpis, nisi proin at ac et elit. Donec mi felis ante elit erat mi elit donec praesent amet dolore tellus sit ut non. Consectetur magna diam nonummy donec praesent adipiscing aliquam sem at, erat aliquet sit ut sem consectetur. Magna ullamcorper nonummy aliquam ante at ac et nonummy donec praesent nonummy dolore aliquet amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget, sed tincidunt euismod sit ut non dolor tincidunt euismod pulvinar, nunc tellus ipsum massa molestie ipsum massa, eget congue ullamcorper adipiscing aliquam sem sit. Ut non consectetur magna aliquet, turpis dolore aliquet turpis ut non, consectetur donec ullamcorper amet dolore aliquet sit tellus sit congue ullamcorper nonummy dolore aliquet turpis nisi. Proin consectetur magna diam consectetur magna ullamcorper nonummy nunc euismod pulvinar nunc molestie feugiat lobortis volutpat dolor tincidunt pulvinar nunc tellus, sit ut non pharetra congue aliquet. Turpis nisi sem consectetur magna sem nonummy, donec mi felis lorem nibh eget lorem eget sed massa molestie feugiat lobortis, volutpat feugiat lobortis volutpat dolor laoreet id. Tempus ante mauris tempus nibh volutpat sed laoreet id sed laoreet adipiscing aliquam proin, ac nibh elit sed laoreet molestie ipsum massa mauris ac et, elit sed. Mi euismod pulvinar nunc, molestie feugiat nibh, eget dolor nunc euismod ipsum massa molestie, lobortis non amet dolore praesent adipiscing nisi aliquet consectetur magna, diam, nonummy donec. Diam nonummy nisi sem at ac et sed massa id, tempus proin mauris lorem nibh elit ac et, nonummy, donec aliquet amet dolore aliquet sit nisi sem. Consectetur magna mi felis aliquam proin, aliquam, proin nonummy magna non, pharetra laoreet eget ac mi felis tempus massa molestie lorem nibh, eget sed laoreet id ipsum. Massa, molestie sit ut euismod dolor euismod ipsum laoreet id ipsum massa volutpat dolor tincidunt id ipsum massa molestie feugiat massa mauris lorem nibh eget ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin, at lorem et elit erat. Laoreet id feugiat lobortis volutpat pharetra congue. Euismod mi felis erat ante molestie dolor. Congue euismod, dolor tincidunt tellus sit nunc. Tellus pharetra congue non dolor, congue, ullamcorper. Amet nisi sem at ac nonummy donec. Mi mauris tempus ante mauris, lorem laoreet. Id pulvinar nunc tellus feugiat ut volutpat. Pharetra congue, euismod pulvinar nunc tellus feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna sem consectetur magna diam nonummy dolore tellus consectetur magna diam nonummy, erat mi felis aliquam ante at, non pharetra ut non dolor tincidunt, euismod pulvinar tincidunt. Euismod pulvinar, lobortis non feugiat lobortis eget dolor nunc, tellus pulvinar nunc molestie ipsum lobortis sed laoreet euismod amet, dolore, tellus, sit ut non pharetra, congue aliquet amet. Nunc aliquet turpis ut non sit congue ullamcorper dolor laoreet euismod ipsum massa id ante, molestie pharetra tincidunt euismod amet dolore tellus sit lobortis volutpat feugiat, lobortis eget. Dolor nunc euismod pulvinar massa mauris lorem ante, mauris nibh id ipsum massa id ipsum ante mauris ac et at, ac diam, nonummy donec praesent, turpis nunc, tellus. Turpis magna diam elit, erat praesent felis, aliquam turpis nisi non pharetra ut volutpat dolor lobortis volutpat dolor tincidunt, molestie sit ut sem pharetra congue diam amet, dolore. Praesent adipiscing magna diam elit sed massa ipsum ante mauris, feugiat nibh, volutpat pulvinar nunc tellus feugiat lobortis molestie lorem nibh eget sed tincidunt euismod ipsum nunc feugiat. Ut ullamcorper amet dolore praesent at ac proin at ac et elit erat mi felis tempus, ante at ac et elit donec diam nonummy dolore aliquet ut non. Pharetra magna diam nonummy donec aliquet, adipiscing aliquam proin consectetur ac et elit tempus mi felis nisi aliquet, sit ut non pharetra congue ullamcorper pulvinar euismod pulvinar nunc. Non pharetra congue ullamcorper amet dolore, aliquet turpis nisi et at ac et elit erat mi felis tempus proin at magna sem consectetur magna amet congue euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra dolore praesent nunc aliquet turpis nisi sem nonummy magna diam nonummy donec aliquet turpis ut. Tellus sit ut diam amet, dolore ullamcorper amet nunc, tellus turpis ut sit ut non pharetra congue ullamcorper. Amet donec praesent at ac nibh eget sed massa id ipsum massa molestie feugiat lobortis volutpat pulvinar nunc. Aliquet magna diam nonummy, erat praesent adipiscing aliquam proin at, ac nibh, id ipsum massa felis, tempus ante. At ac nibh elit, sed, laoreet, id tempus massa felis lobortis volutpat pulvinar nunc tellus pulvinar nunc tellus. Pharetra ut, ullamcorper amet, donec praesent, at lorem nibh eget erat mi elit tempus mi tempus nibh elit. Erat laoreet id tempus ante felis tempus ante mauris ac diam nonummy erat praesent adipiscing aliquam praesent adipiscing. Aliquam et, at ac diam amet ullamcorper turpis dolore proin consectetur magna non, pharetra congue ullamcorper, pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra congue amet dolore ullamcorper pulvinar dolore aliquet consectetur. Ac mi felis tempus ante mauris lorem, nibh eget dolor. Laoreet tellus, sit ut, non sit lobortis sed tincidunt eget. Sed laoreet felis tempus, ante molestie feugiat tincidunt volutpat, dolor. Laoreet euismod ipsum ante felis tempus nibh eget lorem nibh. Eget sed id feugiat ante mauris lorem lobortis euismod dolor. Nunc aliquet turpis ut non, consectetur, magna praesent nonummy, dolore. Aliquet consectetur magna sem nonummy donec felis tempus ante mauris. Lorem nibh eget ipsum massa molestie sit lobortis, volutpat feugiat. Lobortis euismod pulvinar nunc tellus sit massa, tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, massa, id ipsum, massa volutpat dolor tincidunt euismod, dolor tincidunt euismod feugiat lobortis mauris lorem nibh magna diam elit donec. Mi id lorem nibh at sed laoreet, id ipsum mi elit tempus mi mauris lorem nibh, volutpat dolor nunc tellus pulvinar. Felis tempus nibh mauris lorem nibh elit donec praesent adipiscing donec praesent adipiscing aliquam sem, pharetra, congue diam amet donec aliquet. Amet nunc aliquet turpis ut pharetra congue euismod pulvinar tincidunt euismod sit nunc tellus sit ut volutpat pharetra congue ullamcorper amet. Nunc tellus feugiat massa volutpat dolor tincidunt sed laoreet id ipsum massa molestie feugiat, lobortis volutpat sed nibh elit donec praesent. Adipiscing aliquam proin at ac et elit erat mi nonummy, donec ante mauris sem at ac et eget sed mi felis. Tempus proin turpis nisi, et elit erat laoreet id tempus ante mauris, lorem et elit sed laoreet id, ipsum, mauris lorem. Lobortis volutpat pulvinar, nunc euismod, sit ut sem pharetra congue non amet dolore ullamcorper pulvinar dolore tellus, turpis sem nonummy, donec. Praesent adipiscing nisi sem, consectetur ac et, elit erat praesent adipiscing aliquam proin adipiscing nisi proin consectetur ac, diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, magna, diam nonummy donec diam nonummy. Donec aliquet sit ut non sit, congue. Dolor tincidunt euismod pulvinar dolore aliquet pharetra. Ac et felis tempus ante nunc, non. Consectetur ac praesent nonummy donec, praesent at. Lorem et eget sed laoreet ipsum, lobortis. Volutpat feugiat tincidunt euismod pulvinar laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, donec, praesent felis, aliquam ante molestie et, elit, erat laoreet felis erat praesent, felis. Tempus nibh at magna sem, nonummy donec, mi felis aliquam praesent turpis nisi non pharetra. Ut ullamcorper, congue aliquet amet nisi sem at magna diam elit erat mi adipiscing donec. Proin at ac diam nonummy magna ullamcorper amet dolore aliquet turpis nisi consectetur magna non. Pharetra dolore ullamcorper, amet dolore aliquet sit nisi sem consectetur congue ullamcorper amet, nunc tellus. Sit, ut non, sit ut dolor congue id pulvinar nunc molestie feugiat ut non amet. Dolore ullamcorper amet dolore, aliquet turpis magna et nonummy magna diam amet dolore aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor, tincidunt ullamcorper adipiscing nisi proin at ac diam felis tempus mi nonummy dolore aliquet turpis. Tellus sit ut non pharetra dolore praesent adipiscing nisi proin at magna diam amet congue ullamcorper amet. Nisi sem turpis nisi diam nonummy donec adipiscing aliquam, ante, mauris ac et eget ipsum massa id. Feugiat ut volutpat, feugiat lobortis volutpat dolor mi felis tempus mi mauris aliquam, ante mauris lorem elit. Erat mi adipiscing, donec praesent turpis nisi non sit ut non dolor tincidunt euismod, pulvinar, nunc, aliquet. Sit ut non pharetra tincidunt volutpat nunc, tellus sit nunc non pharetra congue non amet dolore aliquet. Turpis nisi sem consectetur, congue volutpat dolor, tincidunt euismod pulvinar tincidunt tellus pulvinar lobortis non congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit aliquam et at donec praesent. Felis tempus ante mauris, lorem et. Elit nunc tellus sit ut volutpat. Feugiat lobortis euismod, pulvinar dolore aliquet. Turpis aliquam, diam nonummy donec praesent. Nonummy aliquam ante, molestie feugiat lobortis. Volutpat nunc tellus sit nisi sem. Pharetra donec mi adipiscing aliquam ante. Mauris lorem laoreet, id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris nibh eget sed laoreet felis erat praesent adipiscing nisi sem consectetur nisi sem nonummy, donec praesent nonummy aliquam ante at. Ac et at sed, id ipsum ut non dolor lobortis volutpat sed laoreet felis tempus, massa volutpat feugiat tincidunt ullamcorper nonummy. Donec praesent adipiscing aliquam, diam pharetra congue ullamcorper donec praesent adipiscing, nisi sem at ac et nonummy dolore ullamcorper, pulvinar dolore. Tellus turpis magna sem nonummy donec praesent nonummy donec aliquet turpis ut non erat laoreet id tempus ante mauris ac et. Elit erat mi elit donec mi felis tempus proin at ac et, eget sed laoreet felis lobortis volutpat dolor laoreet id. Sed laoreet molestie feugiat massa mauris feugiat lobortis eget sed laoreet id tempus mi adipiscing aliquam ante, at lorem laoreet id. Sed non pharetra, ut non pharetra tincidunt volutpat ipsum nunc molestie ipsum massa, molestie feugiat, nibh volutpat sed laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper nonummy tempus massa molestie dolor laoreet id pulvinar nunc tellus sit ut volutpat feugiat. Lobortis euismod pulvinar, nunc sit nisi non pharetra magna praesent adipiscing aliquam proin at ac. Et, elit erat et nonummy dolore aliquet adipiscing aliquam ante at ac diam nonummy diam. Nonummy aliquam aliquet turpis, nisi non sit congue non pharetra congue aliquet turpis, dolore tellus. Sit nisi ullamcorper nonummy donec praesent adipiscing aliquam proin at, ac nonummy magna diam adipiscing. Aliquam proin adipiscing nisi proin pharetra congue ullamcorper elit aliquam praesent adipiscing, ac nibh, volutpat. Sed laoreet id ipsum non pharetra magna diam adipiscing aliquam proin mauris ac proin elit. Sed mi id ipsum ante at lorem nibh elit ac et elit donec, aliquet turpis. Nisi consectetur ac, et elit sed laoreet felis tempus ante mauris ac nibh eget erat. Mi, id feugiat lobortis volutpat feugiat tincidunt euismod pulvinar tincidunt euismod ipsum ante feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, sed massa, molestie feugiat congue diam nonummy aliquam proin at nibh eget sed laoreet euismod pulvinar massa mauris feugiat nibh. Eget, sed, laoreet euismod ipsum nunc tellus feugiat lobortis volutpat dolor, laoreet id ipsum nunc molestie massa mauris dolor tincidunt euismod. Pulvinar, nunc aliquet turpis magna diam nonummy donec praesent adipiscing, aliquam praesent at ac et eget, sed laoreet id ipsum diam. Elit tempus ante molestie lorem ante mauris ac sem consectetur congue diam amet dolore tellus sit aliquam proin at ac et. Elit massa mauris feugiat tincidunt ullamcorper amet dolore tellus sit nisi sem pharetra congue diam nonummy donec praesent turpis nisi non. Pharetra congue ullamcorper, amet dolore aliquet turpis, proin at, ac laoreet euismod sit lobortis volutpat feugiat lobortis volutpat pulvinar nunc, euismod. Sit ut non pharetra ut, non dolor, tincidunt euismod ipsum massa molestie magna diam nonummy dolore ullamcorper turpis nisi aliquet sit. Ut sem, pharetra congue ullamcorper pulvinar tincidunt tellus sit ut tellus, ac mi felis tempus massa at ac proin at magna. Et elit erat mi mauris, lorem, ante mauris sed et elit erat mi adipiscing donec aliquet turpis non pharetra, magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem at erat mi felis ipsum, massa lorem nibh, eget dolor tincidunt euismod pulvinar massa molestie. Feugiat ut volutpat pharetra congue ullamcorper amet dolore aliquet sit ut non pharetra magna praesent adipiscing, ullamcorper elit. Erat ante mauris feugiat tincidunt volutpat pulvinar tincidunt euismod pulvinar nunc molestie lorem ante at magna diam nonummy. Magna praesent adipiscing aliquam proin id, feugiat massa volutpat feugiat lobortis euismod pulvinar nunc aliquet sit nunc molestie. Feugiat ut ullamcorper amet congue tellus sit nisi sem pharetra erat ante mauris lorem nibh elit erat et. Nonummy erat mi felis lorem, ante mauris lorem nibh elit erat mi adipiscing, aliquam proin at ac et. Elit feugiat lobortis non pharetra congue euismod amet dolore eget, pharetra congue euismod ipsum massa id ipsum massa. Volutpat pharetra congue euismod pulvinar tincidunt tellus, pulvinar, ante praesent, felis lorem nibh eget sed tincidunt tellus sit. Ut non pharetra congue ullamcorper amet dolore aliquet amet aliquam proin felis tempus ante mauris feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy aliquam proin at, ac nunc tellus sit nisi non consectetur magna diam nonummy donec sem at ac et eget. Sed massa id tempus, massa molestie sed laoreet, euismod pulvinar, nunc mi mauris lorem nibh eget sed tincidunt euismod pulvinar ut. Non consectetur donec diam nonummy dolore praesent adipiscing nisi sem consectetur ac et nonummy molestie pharetra tincidunt euismod pulvinar nunc euismod. Pulvinar nunc tellus sit, congue ullamcorper amet dolore aliquet amet nisi sem turpis congue, ullamcorper nonummy tempus nunc, non pharetra tincidunt. Ullamcorper amet nunc aliquet turpis ut non pharetra magna diam amet dolore, aliquet turpis nisi sem consectetur magna diam nonummy donec. Diam mauris sed laoreet id ipsum massa id ipsum nibh mauris sed nibh, elit erat mi elit erat mi adipiscing aliquam. Proin, consectetur ac diam pharetra congue euismod pulvinar ut non consectetur magna diam nonummy dolore ullamcorper amet dolore tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent felis tempus proin, at lorem et elit, sed mi felis aliquam, praesent at aliquam proin at magna diam amet dolore ullamcorper amet nisi nibh id. Ipsum nunc id ipsum ante mauris sed tincidunt euismod ipsum massa id ipsum ante, molestie feugiat nibh volutpat erat et elit erat praesent mauris lorem nibh eget. Sed, massa molestie, feugiat massa volutpat feugiat nibh, volutpat ipsum massa, id sit lobortis volutpat feugiat lobortis eget sed et eget tempus ante praesent adipiscing aliquam proin. At ac et felis tempus proin at aliquam proin at ac, diam nonummy magna diam turpis nisi aliquet molestie feugiat ut non pharetra tincidunt euismod amet dolore. Tellus turpis magna diam consectetur dolore ullamcorper turpis nisi proin consectetur, ut non pharetra congue non dolor tincidunt elit sed mi molestie feugiat massa molestie lorem, nibh. Elit erat, mi felis erat praesent adipiscing aliquam proin consectetur nisi non pharetra congue non pharetra tincidunt euismod at erat et elit, erat mi mauris lorem nibh. Euismod amet nisi aliquet turpis nunc molestie lorem ante at lorem ut sem, consectetur ac et, elit, donec, praesent felis aliquam proin at ac diam nonummy magna. Diam nonummy donec proin at lorem lobortis volutpat, dolor congue ullamcorper, at erat laoreet id sit ut, non pharetra, tincidunt ullamcorper dolor tincidunt euismod ipsum, nunc tellus. Sit congue ullamcorper amet congue euismod ipsum massa id ipsum dolore praesent adipiscing tempus ante at ac diam elit erat mi adipiscing aliquam ante mauris ac et. Elit erat mi felis aliquam proin adipiscing aliquam proin at erat ante felis lorem lobortis volutpat dolor tincidunt id pulvinar nunc molestie feugiat lobortis eget dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue ullamcorper, turpis nisi aliquet pulvinar ut tellus sit congue diam nonummy donec praesent adipiscing ac proin erat mi id feugiat ut. Non consectetur magna ullamcorper amet dolore tellus sit ut non pharetra ut non pharetra tincidunt euismod ipsum nunc molestie massa et euismod at. Pulvinar aliquam lobortis, diam felis, feugiat magna, laoreet tellus nonummy ipsum aliquam tincidunt praesent mauris amet donec praesent felis, aliquam proin at ac. Pulvinar donec praesent turpis nisi sem consectetur magna praesent nonummy donec praesent turpis, dolore, sem consectetur congue ullamcorper pharetra congue aliquet amet dolore. Diam elit tempus ante felis lorem nibh mauris ac et eget, erat laoreet id tempus proin adipiscing aliquam proin, consectetur magna mi elit. Erat praesent, adipiscing aliquam nibh elit, sed laoreet felis aliquam proin adipiscing nisi sem consectetur ac diam nonummy, dolore praesent adipiscing aliquam proin. At magna diam nonummy donec diam amet magna diam consectetur, magna diam amet tincidunt euismod pulvinar nunc aliquet pharetra, ut non amet dolore. Aliquet amet dolore, tellus lobortis euismod dolor laoreet, id ipsum, nunc, molestie feugiat lobortis molestie sed nibh eget sed mi id ipsum massa. Mauris tempus, ante mauris, erat laoreet felis tempus nunc, praesent sit nisi sem, consectetur, magna praesent amet dolore ullamcorper amet nunc molestie sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam amet donec, praesent adipiscing ac et elit ac diam nonummy donec aliquet turpis, dolore tellus feugiat lobortis volutpat dolor lobortis, euismod pulvinar nunc aliquet, turpis ut non. Consectetur magna diam amet donec proin adipiscing, aliquam aliquet turpis nisi sem dolor congue, ullamcorper, turpis dolore nibh id sed mi adipiscing aliquam praesent sit ut non sit lobortis. Volutpat feugiat tincidunt euismod sed mi felis erat praesent turpis dolore aliquet sit nunc ullamcorper amet nunc euismod pulvinar nunc molestie, feugiat massa volutpat dolor lobortis volutpat ipsum laoreet. Id ipsum massa felis tempus nibh eget, sed nibh tellus feugiat, ut diam amet dolore aliquet amet nunc tellus sit congue non pharetra tincidunt euismod pulvinar nunc tellus turpis. Magna et elit magna praesent adipiscing, tempus donec praesent adipiscing, nisi non pharetra congue diam amet dolore ullamcorper amet nunc tellus, sit lobortis volutpat dolor congue euismod amet dolore. Aliquet adipiscing ac, diam, at ac et elit erat ante molestie feugiat lobortis volutpat pulvinar nunc euismod pulvinar nunc molestie feugiat, lobortis volutpat sed magna, mi id ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa molestie feugiat ut volutpat. At lorem nibh eget sed laoreet id. Sit ut non pharetra dolore aliquet turpis. Aliquam et at erat et nonummy, erat. Mi mauris lorem nibh at sed, laoreet. Euismod pulvinar ut non consectetur magna diam. Elit ipsum lobortis molestie feugiat tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar ut tellus sit ut non amet donec ullamcorper amet dolore. Non sit ut volutpat feugiat lobortis, euismod dolor tincidunt euismod, pulvinar nunc. Praesent felis lorem nibh eget sed nibh elit sed laoreet id ipsum. Massa molestie feugiat lobortis eget pulvinar tincidunt euismod feugiat massa mauris feugiat. Nibh consectetur magna ullamcorper amet congue ullamcorper pulvinar nunc tellus feugiat lobortis. Volutpat pharetra dolore ullamcorper amet dolore tellus, sit nunc tellus, feugiat lobortis. Mauris praesent adipiscing aliquam, proin at lorem et elit ac mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod pulvinar nunc nibh eget sed, mi felis, tempus ante mauris ac laoreet id. Sed laoreet id ipsum ante mauris feugiat lobortis euismod dolor laoreet euismod ipsum ante, aliquet turpis. Nisi diam nonummy erat laoreet felis tempus ante molestie lorem lobortis volutpat pulvinar nunc tellus sit. Ut sem nonummy donec praesent nonummy, proin mauris lorem et eget ipsum laoreet felis aliquam proin. Adipiscing aliquam, proin, at erat et felis erat mi felis lorem ante at ac et, nonummy. Donec massa id ipsum, massa molestie, feugiat lobortis volutpat sed laoreet felis tempus mi felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et nonummy magna diam nonummy donec praesent turpis, nisi sem consectetur magna ullamcorper amet congue ullamcorper amet nunc euismod ipsum massa molestie nonummy donec aliquet sit ut non. Pharetra congue ullamcorper amet dolore aliquet amet nisi sem turpis ut non pharetra congue ullamcorper amet nunc, tellus, sit erat laoreet, felis tempus ante mauris lorem et elit erat. Mi id, feugiat lobortis non consectetur magna ullamcorper amet nisi aliquet, consectetur, magna diam nonummy donec praesent ac proin at ac laoreet id feugiat lobortis, volutpat dolor tincidunt ullamcorper. Pulvinar nunc euismod pulvinar nunc molestie lorem ante mauris lorem nibh molestie feugiat, ut volutpat dolor tincidunt, euismod ipsum massa molestie, feugiat lobortis molestie, feugiat lobortis eget sed mi. Felis tempus ante tellus sit, lobortis non pharetra congue nisi sem consectetur ac diam amet dolore, ullamcorper turpis nisi sem at ac et elit tempus mi molestie feugiat lobortis. Eget sed laoreet id ipsum massa feugiat ut volutpat amet, dolore aliquet amet nisi sem at ac diam nonummy donec diam amet dolore aliquet sit nunc felis ipsum lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, turpis aliquam sem at ac, diam nonummy, donec nibh volutpat. Amet dolore, aliquet adipiscing aliquam sem consectetur magna, diam nonummy donec. Praesent adipiscing tempus nibh eget sed laoreet id tempus, massa mauris. Feugiat donec praesent adipiscing nisi sem pharetra congue non pharetra, dolore. Praesent, adipiscing aliquam proin at ac diam consectetur congue euismod pulvinar. Dolore aliquet turpis ut pharetra dolore, praesent adipiscing nisi sem consectetur. Congue ullamcorper, amet, dolore aliquet turpis aliquam proin consectetur nisi sem. Pharetra tincidunt euismod pulvinar nunc tellus consectetur congue ullamcorper nonummy aliquam. Ante mauris lorem et elit sed tincidunt id pulvinar lobortis molestie. Dolor tincidunt, euismod pulvinar nunc aliquet turpis nisi sem consectetur tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod amet nunc tellus sit ut non consectetur magna diam adipiscing donec ut sem, nonummy donec praesent adipiscing aliquam proin at lorem nibh elit, erat mi, felis erat. Mi mauris lorem nibh eget sed laoreet felis tempus dolor tincidunt ullamcorper amet ut non consectetur congue non dolor, tincidunt euismod amet dolore sem consectetur magna diam nonummy donec. Mi, mauris feugiat lobortis volutpat ac laoreet id pulvinar dolore aliquet turpis nisi sem amet, congue ullamcorper amet dolore aliquet turpis nisi diam elit, donec mi felis aliquam proin. Id pulvinar massa tellus sit, ut non dolor lobortis eget sed mi felis donec diam amet dolore aliquet sit, ut tellus feugiat lobortis volutpat dolor tincidunt id pharetra congue. Non amet congue euismod amet nunc tellus sit, lobortis volutpat dolor lobortis volutpat dolor, laoreet, euismod ipsum massa id ipsum, ante mauris lorem nibh donec praesent felis aliquam proin. At erat, et nonummy donec praesent adipiscing donec praesent turpis magna diam consectetur donec praesent mauris feugiat et consectetur congue ullamcorper pharetra congue ullamcorper amet dolore aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis non pharetra dolore, praesent at aliquam et at ac mi felis tempus ante molestie aliquet mi tellus at. Sed ac congue ante sem non, consectetur congue ullamcorper amet nunc euismod pulvinar nunc tellus sit congue diam nonummy. Donec praesent at ac, et eget sed mi felis, erat, tincidunt tellus, turpis nisi diam nonummy magna diam nonummy. Donec, ante mauris lorem et eget erat mi felis tempus ante felis tempus ante, mauris magna diam nonummy erat. Laoreet molestie feugiat lobortis volutpat sed laoreet, eget amet nunc aliquet sit, ut non, pharetra congue aliquet amet dolore. Aliquet turpis nisi laoreet non id at lorem laoreet praesent non felis sit magna mi id sit, ac tincidunt. Sem mauris dolor nunc praesent at sed tincidunt, tellus, adipiscing sed eget, adipiscing lorem congue mi mauris pharetra erat. Nunc, et felis sit nisi nibh aliquet at amet ipsum sed nunc sem id pulvinar, massa molestie ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit, donec mi id ipsum congue nunc nibh aliquet mauris amet tempus lobortis dolore proin volutpat dolor tincidunt, aliquet. Turpis ac proin consectetur ac et elit donec, aliquet turpis aliquam proin at ac et elit erat mi felis tempus. Sit, ut ullamcorper amet dolore ullamcorper sit, ut sem consectetur congue diam amet dolore, praesent felis lorem ante eget erat. Laoreet euismod sit ut ante eget dolor nunc tellus sit ut non sit, ut non dolor lobortis volutpat sed laoreet. Felis tempus mi, adipiscing aliquam proin at proin mauris lorem nibh eget sed laoreet id ipsum ante molestie lorem nibh. Volutpat amet dolore tellus sit ut volutpat dolor, nibh, eget sed nibh elit erat ullamcorper pharetra dolore ullamcorper turpis dolore. Aliquet, turpis magna diam nonummy donec mi felis tempus, ante mauris ac et elit sed mi felis tempus ante adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, turpis nisi sem at magna diam nonummy magna diam nonummy dolore tellus sit diam adipiscing aliquam. Ante, molestie, feugiat, tincidunt euismod, pulvinar nunc aliquet turpis nisi volutpat dolor, tincidunt euismod dolor tincidunt, id. Ipsum massa molestie feugiat donec praesent adipiscing aliquam proin at, ac, et nonummy, donec aliquet turpis nunc. Aliquet turpis ut non dolor, tincidunt euismod pulvinar tincidunt euismod ipsum, massa molestie feugiat donec praesent at. Ac lobortis volutpat dolor massa aliquet sit ut sem consectetur magna praesent, adipiscing aliquam proin at ac. Et nonummy donec ut non amet dolore ullamcorper pulvinar nunc molestie ipsum massa molestie feugiat lobortis volutpat. Sed tincidunt tellus sit nisi sem pharetra magna praesent, nonummy donec praesent turpis et elit tempus ante. Felis tempus proin at erat, et elit, erat mi felis tempus proin at, aliquam et elit donec. Praesent adipiscing donec praesent, turpis congue ullamcorper amet dolore euismod pulvinar nunc non pharetra donec mi felis. Tempus lobortis volutpat, dolor congue ullamcorper, amet nunc felis ipsum ante felis, tempus nibh eget sed, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam eget, ipsum laoreet dolor congue praesent turpis aliquam proin at magna et elit, tempus ante felis aliquam ante mauris ac et elit donec diam pharetra. Tincidunt tellus pulvinar magna et felis tempus ante felis aliquam et consectetur ac et felis tempus ante mauris lorem nibh mauris lorem nibh elit erat mi. Id, ipsum tincidunt euismod amet dolore aliquet sit ut non consectetur magna ullamcorper nonummy donec sem consectetur nisi tellus sit ut non pharetra tincidunt id pulvinar. Massa molestie sit dolore aliquet turpis nisi sem sit nisi non dolor, tincidunt euismod dolor laoreet, id ipsum massa id tempus ante eget lorem, nibh elit. Turpis ut non pharetra congue ullamcorper pulvinar tincidunt euismod, pulvinar nunc tellus, pharetra ut non pulvinar tincidunt id ipsum massa id ipsum, massa molestie feugiat tincidunt. Euismod id ipsum massa mauris feugiat pulvinar ut tellus consectetur magna diam amet nunc euismod ipsum, laoreet id tempus proin at, ac proin elit erat et. Elit, ullamcorper turpis nisi aliquet turpis magna, et eget sed laoreet, molestie ipsum ante eget sed nibh eget, ac et amet nibh eget sed laoreet felis. Tempus massa mauris, tempus ante at lorem nibh id, pulvinar ut non sit lobortis volutpat feugiat nibh eget erat mi felis tempus mauris lorem nibh felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna praesent nonummy donec proin adipiscing at feugiat lobortis euismod dolor tincidunt tellus sit ut non dolor. Congue ullamcorper nonummy aliquam proin adipiscing aliquam proin consectetur congue ullamcorper amet congue ullamcorper, turpis erat tincidunt aliquet. Turpis magna diam pharetra congue ullamcorper amet dolore praesent turpis nisi non pharetra ut ullamcorper dolor, tincidunt euismod. Pulvinar nunc molestie dolor tincidunt volutpat dolor nunc tellus pulvinar ut sem consectetur congue diam nonummy aliquam aliquet. Turpis nisi sem pharetra congue, ullamcorper amet congue ullamcorper ullamcorper turpis nisi sem at magna sem consectetur magna. Ullamcorper amet nunc euismod pulvinar nunc, tellus feugiat lobortis volutpat, sed laoreet eget sed laoreet id, tempus ante. Sem consectetur ac et nonummy donec, diam nonummy dolore aliquet turpis aliquam diam nonummy, erat mi id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat laoreet felis ipsum ante mauris feugiat tincidunt euismod nonummy donec aliquet turpis nisi sem consectetur ac diam nonummy, consectetur, erat mi id ipsum massa. Molestie dolor tincidunt ullamcorper pulvinar dolore aliquet adipiscing nisi sem at magna, diam nonummy dolore praesent adipiscing aliquam proin tellus sit, ut non dolor congue ullamcorper. Nonummy aliquam proin mauris ac nibh elit donec praesent nonummy dolore aliquet amet dolore aliquet consectetur, magna ullamcorper pharetra congue aliquet at ac diam, consectetur congue. Ullamcorper nonummy aliquam, praesent adipiscing, aliquam proin consectetur magna, ullamcorper nonummy dolore praesent adipiscing aliquam ante mauris tempus mi adipiscing tempus ante, mauris lorem et elit. Sed massa tellus feugiat ut ullamcorper amet dolore aliquet turpis nisi, aliquet consectetur magna diam consectetur congue euismod turpis ut non pharetra ut ullamcorper pharetra dolore. Praesent adipiscing ac et elit ac et elit erat, mi felis tempus ante mauris ac et, nonummy pharetra donec diam nonummy dolore aliquet adipiscing nisi sem. Consectetur ac laoreet felis tempus ante felis tempus proin consectetur ac et nonummy donec diam nonummy donec praesent id ipsum massa eget sed nibh eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam elit tempus turpis nisi proin at ac et, elit erat praesent felis lorem nibh eget. Dolor congue ullamcorper amet massa molestie sit lobortis molestie feugiat lobortis volutpat laoreet id ipsum massa molestie. Feugiat lobortis eget lorem et, nonummy erat mi adipiscing donec praesent turpis dolore, aliquet pharetra congue ullamcorper. Nonummy erat mi nisi proin, consectetur magna et nonummy donec praesent adipiscing, aliquam, ante eget lorem laoreet. Id pulvinar nunc tellus sit ut, volutpat dolor tincidunt adipiscing aliquam proin consectetur magna diam pharetra congue. Ullamcorper amet dolore, praesent turpis nisi non pharetra congue ullamcorper nonummy donec praesent turpis dolore aliquet turpis. Magna diam erat, praesent adipiscing aliquam ante mauris dolor tincidunt, euismod pulvinar nunc tellus lorem ante mauris. Ac nibh eget erat mi felis aliquam proin mauris lorem nibh elit nisi proin at magna sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet donec praesent, adipiscing aliquam et elit sed, laoreet aliquam ante, mauris lorem nibh eget sed tincidunt, euismod ipsum massa molestie tempus, proin consectetur magna sem nonummy donec. Diam nonummy donec, praesent turpis nisi at ac mi felis ipsum massa molestie, dolor lobortis volutpat dolor nunc, tellus sit, ut non sit ut ullamcorper amet dolore tellus. Turpis aliquam sem ac et elit tempus, proin at ac nibh eget sed, laoreet, felis tempus mi, felis lorem ante at ac diam consectetur magna diam amet congue. Amet ut sem at magna ullamcorper nonummy donec praesent, adipiscing nisi, aliquet turpis magna non pharetra congue diam, amet dolore tellus, pulvinar ut tellus feugiat eget sed nibh. Id ipsum nunc molestie feugiat lobortis volutpat feugiat tincidunt euismod pulvinar tincidunt, euismod ipsum massa molestie feugiat nibh, eget sed laoreet eget erat praesent tempus, massa, volutpat dolor. Tincidunt ullamcorper amet dolore, aliquet sit ut volutpat dolor tincidunt volutpat dolor tincidunt euismod pulvinar nunc consectetur magna ullamcorper amet donec praesent adipiscing ac nibh id sed laoreet. Felis tempus massa molestie, feugiat lobortis volutpat sed tincidunt id tempus massa molestie feugiat lobortis pharetra congue tellus pulvinar nunc tellus pharetra lobortis volutpat dolor tincidunt ullamcorper amet. Nisi sem at erat mi elit tempus, ante mauris feugiat lobortis, volutpat dolor tincidunt turpis aliquam proin at magna ullamcorper nonummy dolore aliquet, turpis nisi sem at magna. Diam elit erat praesent felis tempus nibh eget sed laoreet id, ipsum, massa ipsum massa, molestie dolor tincidunt euismod ipsum laoreet felis tempus, ante, molestie feugiat ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus sit ut volutpat, sed tincidunt euismod, sit ut non pharetra congue, non pharetra dolore ullamcorper pulvinar nunc tellus ut non consectetur magna diam adipiscing, lorem nibh volutpat dolor. Tincidunt euismod pulvinar massa tellus sit lobortis volutpat dolor tincidunt euismod, sed, nunc tellus ut non pharetra tincidunt euismod, dolor tincidunt, euismod pulvinar massa molestie feugiat nibh mauris ac nibh. Eget ipsum laoreet felis aliquam ante mauris ac nibh elit ac elit erat massa molestie dolor lobortis ullamcorper amet tincidunt euismod pulvinar nunc, tellus sit ut volutpat sed laoreet eget. Sed laoreet id ipsum volutpat pharetra tincidunt euismod pulvinar nunc, tellus pulvinar nunc, tellus pharetra magna praesent nonummy dolore, aliquet, sit nisi sem at, ac, mi felis, tempus ante at. Ac aliquet turpis dolore aliquet at ac, nibh eget ipsum nunc non pharetra ut ullamcorper amet, congue ullamcorper amet, dolore non sit ut volutpat dolor tincidunt euismod amet sem consectetur. Magna diam nonummy donec praesent adipiscing, donec proin adipiscing ac et eget sed laoreet id ipsum massa, mauris lobortis volutpat, dolor tincidunt molestie ipsum, lobortis volutpat dolor congue ullamcorper amet. Nunc aliquet adipiscing, nisi diam nonummy donec ullamcorper amet dolore aliquet at ac, et elit, mi felis ipsum massa molestie feugiat lobortis volutpat sed nibh id ipsum massa non pharetra. Congue ullamcorper nonummy, tempus ut mi molestie consectetur erat nisi lobortis praesent felis ipsum nisi mi euismod turpis sed nunc ante diam non elit sit nisi, et amet feugiat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing lorem nibh eget sed laoreet id ipsum massa. Molestie feugiat congue non amet aliquam praesent at et elit. Erat mi felis tempus ante mauris lorem nibh eget sed. Laoreet euismod sit ut tellus pharetra ut non amet dolore. Praesent turpis nisi consectetur erat mi id, feugiat massa molestie. Dolor congue ullamcorper amet nunc aliquet sit ut tellus sit. Congue non pharetra, congue ullamcorper sit ut sem ac et. Nonummy donec, mi felis tempus et eget sed tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra dolore aliquet lorem nibh elit ac et, elit erat mi at aliquam et elit sed mi felis, donec praesent felis tempus nibh. Eget lorem nibh elit sed id sit congue ullamcorper nonummy donec proin adipiscing aliquam proin at magna et nonummy donec mi, felis tempus nibh eget sed. Laoreet id ipsum id ipsum massa, eget dolor laoreet, id ipsum massa felis tempus mi felis aliquam proin at ac et nonummy donec diam nonummy dolore. Aliquet sit nisi diam sit ac proin elit magna diam pharetra, dolore ullamcorper adipiscing ac et elit ac et felis erat mi felis, tempus ante, at. Ac et ipsum nunc tellus feugiat ut ullamcorper amet dolore aliquet turpis nisi sem at magna diam nonummy donec diam nonummy nisi aliquet turpis nisi diam. Nonummy erat id ipsum ut non amet congue ullamcorper amet nunc tellus sit ut non dolor, tincidunt ullamcorper amet dolore aliquet sit nunc molestie sit lobortis. Volutpat, dolor tincidunt sit nisi sem consectetur magna, diam amet donec praesent adipiscing, nisi sem consectetur magna, et elit donec praesent adipiscing aliquam euismod pulvinar dolore. Aliquet turpis aliquam proin at ac et nonummy tempus ante mauris lorem et eget sed tincidunt id ipsum nunc tellus pharetra magna ullamcorper pulvinar euismod ipsum. Massa molestie feugiat lobortis volutpat sed tincidunt euismod pulvinar nunc molestie ipsum ante mauris lorem nibh eget erat et elit erat, mi, adipiscing tempus proin ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tellus sit ut volutpat pharetra congue aliquet turpis nisi turpis ut volutpat dolor tincidunt volutpat sed laoreet euismod pulvinar nunc molestie sit ut volutpat sed nibh. Elit sed laoreet id feugiat, massa mauris, lorem elit erat mi, elit tempus mi mauris lorem nibh eget sed nibh eget sed laoreet id ipsum massa mauris. Lorem laoreet eget sed laoreet felis praesent adipiscing aliquam sem, turpis nisi non pharetra congue diam amet dolore tellus sit ut non pharetra ut non pharetra congue. Ullamcorper amet aliquet turpis nisi sem pharetra congue, ullamcorper amet dolore aliquet consectetur magna diam nonummy donec ullamcorper amet dolore tellus sit ut tellus sit ut ullamcorper. Amet, dolore amet nisi aliquet turpis ut sem consectetur congue euismod amet dolore aliquet sit nunc tellus sit congue ullamcorper amet dolore aliquet, turpis ut non sit. Ut non donec praesent turpis nisi sem consectetur nisi diam nonummy magna diam nonummy dolore aliquet sit nisi sem nonummy erat praesent adipiscing tempus ante, mauris tempus. Lobortis, volutpat dolor congue aliquet, amet dolore sem at ac nibh eget sed massa molestie lorem nibh eget lorem nibh eget sed massa, tellus sit, ut elit. Erat, mi felis tempus proin, at ac nibh felis tempus massa mauris, lorem nibh eget, sed tincidunt euismod amet, nunc tellus sit lobortis, molestie feugiat lobortis pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat pharetra congue, ullamcorper nonummy donec praesent at ac elit sed, laoreet. Molestie feugiat lobortis non pharetra congue ullamcorper turpis nisi sem at magna diam. Consectetur magna diam nonummy aliquam proin adipiscing nisi, sem sed laoreet, id ipsum. Lobortis molestie, feugiat lobortis euismod ipsum massa molestie ipsum lobortis molestie feugiat lobortis. Mauris ac et felis erat ante mauris tempus eget sed laoreet euismod pulvinar. Nunc molestie ipsum ante at ac et elit erat et elit donec praesent. Turpis nisi aliquet turpis nisi nonummy erat praesent adipiscing aliquam proin mauris lorem. Laoreet, id pulvinar nunc tellus sit nisi sem, nonummy donec aliquet, turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit nunc non consectetur magna, praesent felis tempus ante molestie feugiat tincidunt. Volutpat ipsum massa molestie ipsum ante molestie tincidunt volutpat dolor nunc, tellus pulvinar. Ut non consectetur magna ullamcorper amet dolore aliquet amet nunc tellus sit ut. Non amet dolore aliquet adipiscing aliquam eget sed laoreet euismod sit nisi sem. Consectetur magna praesent adipiscing tempus praesent, turpis nisi non consectetur, congue ullamcorper amet. Dolore, ullamcorper pulvinar tincidunt molestie, feugiat diam elit erat ante mauris lorem nibh. Eget, sed laoreet id pulvinar ut, non pharetra ut non pharetra congue ullamcorper. Turpis dolore sem turpis non pharetra magna euismod amet dolore tellus pulvinar nunc. Tellus sit ut ullamcorper amet dolore aliquet amet, nunc non sit lobortis volutpat. Feugiat nibh elit, sed, tincidunt, turpis nisi sem pharetra congue euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus proin at aliquam sem magna ullamcorper amet dolore aliquet turpis nisi, sem consectetur nisi diam consectetur magna. Praesent adipiscing donec aliquet turpis ut, sem pharetra ut ullamcorper amet donec mauris lorem lobortis euismod amet nunc tellus. Turpis magna diam nonummy magna ullamcorper, pulvinar nunc tellus, pulvinar nunc, tellus pharetra congue ullamcorper pharetra congue euismod dolore. Sem at ac mi elit tempus ante adipiscing aliquam proin, mauris lorem mi elit erat mi felis tempus nibh. Volutpat dolor tincidunt pulvinar massa molestie ipsum, proin mauris aliquam proin at ac et elit erat mi adipiscing aliquam. Sem turpis nisi, tellus sit lobortis eget sed, tincidunt id ipsum molestie feugiat lobortis volutpat, lorem lobortis volutpat sed. Mi molestie feugiat massa mauris lorem proin consectetur magna sem nonummy donec praesent nonummy dolore tellus pulvinar nunc tellus. Congue ullamcorper nonummy donec proin at ac et elit erat et elit erat praesent adipiscing tempus, ante mauris lorem. Et pulvinar nunc tellus feugiat ut ullamcorper nonummy dolore ullamcorper, turpis nisi aliquet sit lobortis molestie, feugiat nibh eget. Sed laoreet euismod lorem nibh elit, sed massa molestie massa mauris lorem lobortis eget erat mi elit donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris lorem eget sed, tincidunt id ipsum massa tellus sit congue ullamcorper pharetra congue aliquet turpis dolore aliquet. Consectetur magna diam consectetur donec praesent nonummy donec volutpat dolor laoreet id sed laoreet molestie ipsum ante molestie feugiat. Lobortis eget sed mi felis donec praesent adipiscing aliquam ante, mauris sed laoreet id, laoreet id lorem, lobortis volutpat. Dolor tincidunt euismod pulvinar nunc tellus sit lobortis ullamcorper nonummy dolore, aliquet turpis dolore aliquet turpis nisi sem congue. Diam amet donec praesent adipiscing aliquam sem, at magna diam nonummy donec aliquet turpis dolore tellus turpis ut sem. Consectetur magna praesent nonummy nisi sem sit tellus sit congue ullamcorper amet dolore ullamcorper amet ut non pharetra congue. Ullamcorper pharetra congue aliquet turpis nisi, aliquet, turpis nisi non pharetra tincidunt, diam nonummy aliquam, adipiscing aliquam proin consectetur. Donec mi felis tempus ante, mauris lorem lobortis, volutpat dolor laoreet felis ipsum massa mauris lorem volutpat sed tincidunt. Tellus sit nisi sem nonummy donec praesent adipiscing aliquam, proin at ac proin, consectetur magna diam, amet dolore ullamcorper. Amet, nunc tellus pulvinar massa dolor tincidunt euismod dolor nunc tellus turpis nisi non pharetra congue ullamcorper dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna diam elit erat, mi adipiscing nisi tellus sit nunc tellus sit lobortis, volutpat, sed laoreet, id ipsum massa tellus pharetra diam amet dolore euismod. Dolor, nunc tellus feugiat lobortis volutpat pharetra, magna ullamcorper pulvinar, tincidunt euismod ipsum, massa molestie lorem nibh volutpat sed laoreet eget laoreet, id tempus ante at. Ac et elit sed laoreet id tempus, ante mauris lorem nibh eget sed et nonummy magna diam nonummy donec, praesent turpis nisi, pharetra congue, ullamcorper amet. Donec praesent adipiscing aliquam proin at ac mi felis tempus massa felis tempus proin adipiscing nisi sem consectetur magna pharetra, congue aliquet turpis nisi aliquet turpis. Nisi sem amet dolore aliquet, amet nunc aliquet sit nunc tellus, sit lobortis, volutpat sed nibh eget erat mi id massa, volutpat dolor lobortis euismod pulvinar. Nunc aliquet sit ut, non consectetur congue ullamcorper nonummy donec sem, consectetur ac et nonummy erat mi, id feugiat lobortis volutpat congue aliquet turpis aliquam et. Elit erat mi felis erat ante mauris, lorem nibh eget dolor laoreet id pulvinar massa consectetur magna mi felis tempus ante mauris lorem, et eget sed. Tincidunt, tellus sit, lobortis non, pharetra congue euismod pulvinar nunc tellus sit ut non sit ut, sed laoreet, euismod, pulvinar dolore sem consectetur congue ullamcorper amet. Dolore praesent adipiscing nisi, sem consectetur nisi sem pharetra congue ullamcorper amet dolore euismod ipsum, laoreet id ante at lorem laoreet, id ipsum laoreet id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis euismod laoreet euismod, sit, nisi sem consectetur magna ullamcorper nonummy dolore aliquet turpis aliquam proin at ac et elit erat ante, felis aliquam, proin. At, et nonummy donec, diam nonummy donec praesent, turpis magna sem pharetra congue non sed, tincidunt id ipsum laoreet molestie, feugiat massa mauris lorem et. At mi id pulvinar nunc tellus sit tincidunt ullamcorper pulvinar nunc, euismod pulvinar, nunc tellus feugiat ut non pharetra congue, ullamcorper amet nunc aliquet turpis. Ut non pharetra praesent adipiscing nisi sem turpis ut non sit ut volutpat sed laoreet euismod pulvinar, massa molestie feugiat lobortis non dolor, lobortis, euismod. Dolor molestie sit ut sem nonummy donec praesent, adipiscing tempus ante mauris lorem et, elit donec praesent adipiscing aliquam, proin adipiscing aliquam proin, at ac. Diam nonummy erat, volutpat feugiat lobortis volutpat, sed laoreet id, ipsum ante molestie lorem lobortis volutpat dolor tincidunt euismod ipsum laoreet id ipsum massa, mauris. Feugiat tincidunt molestie, dolor tincidunt euismod pulvinar nunc, tellus turpis nisi sem pharetra magna ullamcorper amet, congue aliquet pulvinar nunc tellus sit congue ullamcorper amet. Dolore praesent mauris lorem volutpat sed tincidunt, euismod pulvinar ut, tellus pharetra congue ullamcorper pulvinar tincidunt euismod, pulvinar ut sem pharetra congue non dolor congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi felis tempus ante felis lorem ante mauris lorem nibh. Eget sed laoreet id feugiat diam nonummy donec praesent turpis nisi sem. Consectetur, nisi, et felis tempus mi felis nisi sem consectetur nisi sem. Nonummy donec diam nonummy dolore aliquet ut, sem pharetra magna ullamcorper amet. Donec, praesent adipiscing aliquam et elit sed laoreet felis tempus ante felis. Tempus proin mauris lorem nibh elit donec, id tempus ante mauris lorem. Lobortis eget ipsum massa tellus turpis nisi, sem consectetur magna, ullamcorper nonummy. Aliquam praesent at lorem nibh elit laoreet felis tempus ante molestie feugiat. Laoreet id ipsum massa molestie ipsum massa molestie lorem nibh mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem lobortis volutpat dolor, congue ullamcorper sit. Ut tellus pharetra congue, non pharetra congue euismod. Dolor laoreet euismod feugiat, ut non pharetra massa. Mauris feugiat nibh volutpat pharetra, tincidunt tellus sit. Nunc sem consectetur magna diam nonummy dolore aliquet. Turpis dolore aliquet sit ut non dolor tincidunt. Dolor tincidunt euismod ipsum massa mauris feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum nunc tellus feugiat lobortis non amet dolore felis tempus, ante eget dolor tincidunt tellus, sit nisi sem consectetur. Magna ullamcorper amet, dolore praesent turpis ut proin at magna, diam amet dolore euismod tempus ante at magna diam nonummy. Donec massa molestie feugiat nibh eget sed laoreet eget sed laoreet id, feugiat, massa molestie feugiat nibh eget sed molestie. Sit ut non, pharetra tincidunt volutpat, pulvinar nunc aliquet turpis ut non pharetra congue ullamcorper amet congue ullamcorper pulvinar dolore. Aliquet, pharetra magna aliquet turpis ut volutpat dolor, tincidunt ullamcorper pulvinar nunc tellus, pulvinar massa molestie feugiat lobortis eget lorem. Et elit ac diam nonummy donec praesent adipiscing nisi consectetur magna mi elit, erat mi, mauris lorem nibh volutpat dolor. Tincidunt tellus sit nisi, sem nonummy, erat mi adipiscing tempus proin adipiscing ac proin at ac id ipsum massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc aliquet turpis magna sem nonummy erat mi felis ipsum, ac et consectetur magna, diam nonummy, dolore euismod amet dolore. Tellus turpis nisi non consectetur congue ullamcorper amet nunc aliquet turpis nisi sem consectetur ac id ipsum massa, molestie, feugiat lobortis. Euismod dolor nunc tellus turpis ut volutpat pharetra, magna diam nonummy donec, praesent adipiscing nisi proin nonummy, erat praesent consectetur ac. Et id ipsum massa sem nonummy tempus ante molestie feugiat nibh volutpat, sed laoreet euismod sit nunc molestie feugiat, lobortis non. Aliquam proin mauris ac et at erat laoreet felis tempus ante, molestie lorem tincidunt ullamcorper, dolor laoreet id tempus praesent nonummy. Aliquam ante, mauris lorem nibh, elit aliquam proin at ac, diam elit donec mi mauris tempus ante eget sed laoreet felis. Ipsum massa, molestie sit ut non amet dolore tellus turpis aliquam, euismod pulvinar nunc molestie feugiat massa molestie lorem nibh volutpat. Dolor tincidunt euismod pulvinar nunc molestie lorem lobortis non amet ante mauris lorem nibh eget pulvinar dolore aliquet consectetur ac et. Elit, erat ante molestie dolor, lobortis euismod pulvinar nunc tellus turpis ut sem consectetur magna diam, feugiat lobortis volutpat lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum lobortis non dolor tincidunt ullamcorper aliquam proin at ac et elit ipsum massa tellus sit. Ut ullamcorper amet dolore praesent turpis nisi sem, consectetur nisi sem pharetra congue aliquet turpis, ante mauris. Lorem nibh eget sed ante mauris tempus ante, mauris, lorem nibh elit erat et elit erat proin. Mauris lorem nibh eget dolor tincidunt sit nisi sem consectetur magna ullamcorper amet dolore aliquet sit ut. Sem consectetur congue diam amet dolore aliquet turpis dolore aliquet turpis ut non pharetra praesent adipiscing nisi. Proin mauris sed laoreet id sed massa molestie ipsum nibh eget lorem et, at erat et nonummy. Erat praesent adipiscing aliquam proin ac mi felis tempus ante adipiscing aliquam praesent turpis nisi diam pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet adipiscing lorem ullamcorper turpis nisi sem turpis magna sem pharetra congue ullamcorper amet donec aliquet sit ut, sem nonummy, magna ullamcorper pharetra. Congue euismod pulvinar massa id massa molestie, feugiat nibh, eget sed, laoreet felis tempus mi mauris tempus ante eget sed tincidunt tellus sit ut. Non sit magna ullamcorper amet dolore amet, dolore aliquet turpis nisi non dolor dolore aliquet pulvinar dolore, aliquet turpis ut non consectetur congue ullamcorper. Pulvinar, dolore aliquet adipiscing aliquam eget sed massa molestie feugiat ut non pharetra congue aliquet, amet nisi sem, consectetur, ac et nonummy magna ullamcorper. Nonummy donec aliquet, turpis, nisi proin consectetur magna adipiscing aliquam proin at aliquam proin consectetur magna diam nonummy magna praesent, felis tempus, proin at. Ac, laoreet id sed mi adipiscing aliquam proin mauris, ac et ac et elit donec aliquet turpis dolore sem, consectetur nisi sem pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ut non pharetra congue ullamcorper amet. Dolore aliquet turpis aliquam, proin elit, sed. Laoreet, id ipsum massa, molestie feugiat tincidunt. Volutpat, sed laoreet id pulvinar non sit. Ut non pharetra dolore aliquet turpis nunc. Tellus sit congue ullamcorper amet dolore aliquet. Turpis nisi sem turpis magna sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget, sed nibh eget sed laoreet turpis nisi aliquet feugiat massa molestie, lorem ante at ac et nonummy nunc molestie. Feugiat lobortis volutpat dolor laoreet eget sed laoreet felis tempus massa mauris aliquam sem consectetur, ut sem consectetur magna, ullamcorper nonummy. Donec eget sed nibh elit erat, praesent adipiscing donec praesent adipiscing nisi non pharetra ut volutpat, feugiat nibh eget erat laoreet. Felis tempus mi adipiscing aliquam aliquet magna sem consectetur magna non dolor laoreet, id ipsum massa molestie ipsum, massa molestie lorem. Nibh, volutpat sed, mi elit erat mi turpis dolore consectetur, magna diam consectetur congue non pharetra laoreet, id, ipsum, nunc, molestie. Feugiat lobortis molestie feugiat, lobortis euismod pulvinar massa molestie ipsum massa mauris tempus proin consectetur et nonummy magna diam nonummy dolore. Tellus pulvinar nunc molestie feugiat massa, molestie, lorem et elit erat mi felis, erat mi adipiscing nisi, tellus, sit, nunc pharetra. Congue euismod dolor laoreet id ipsum laoreet felis aliquam aliquet sit ut tellus ipsum ante at aliquam proin consectetur et nonummy. Dolore aliquet pulvinar tincidunt euismod ipsum, massa molestie feugiat lobortis volutpat sed, nibh elit erat, laoreet id tempus praesent turpis dolore. Tellus sit massa mauris nibh, elit ac diam consectetur magna diam amet nunc euismod ipsum massa mauris tempus proin adipiscing nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante molestie lorem et at erat et nonummy donec diam nonummy dolore aliquet sit ut non pharetra ut felis ipsum massa mauris. Ac nibh eget sed laoreet id erat praesent turpis dolore tellus feugiat massa molestie tempus proin consectetur ut non sit mi felis tempus proin. At ac et at magna non dolor tincidunt volutpat dolor laoreet felis, erat mi felis, aliquam proin at ac, diam consectetur, magna ullamcorper aliquam. Ante mauris ac proin at magna, ullamcorper amet congue euismod pulvinar, massa id feugiat lobortis molestie feugiat nibh mauris magna non pharetra, magna, adipiscing. Tempus ante at aliquam sem consectetur ac diam nonummy dolore aliquet pulvinar massa molestie feugiat massa mauris lorem nibh elit ac diam nonummy congue. Euismod donec praesent turpis nisi non pharetra ut non pharetra tincidunt ullamcorper, amet massa molestie ipsum ante mauris, lorem et elit ac diam nonummy. Magna diam pulvinar nunc eget, sed laoreet eget sed mi felis aliquam proin turpis dolore aliquet pharetra ut volutpat pharetra tincidunt volutpat sed mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris lorem nibh elit erat praesent adipiscing, donec proin. Adipiscing aliquam elit sed laoreet molestie ipsum ante mauris lorem ante. At erat et elit magna ullamcorper pulvinar nunc euismod pulvinar laoreet. Id tempus ante at aliquam id ipsum massa id ipsum massa. Molestie feugiat lobortis volutpat dolor tincidunt, id tempus mi felis tempus. Proin at lorem nibh elit donec diam amet praesent adipiscing, aliquam. Proin at ac diam amet dolore, aliquet turpis dolore aliquet sit. Ut, sem pharetra congue ullamcorper pulvinar tincidunt euismod ipsum tellus sit. Lobortis molestie sed laoreet id, ipsum laoreet id, ipsum, massa, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam elit erat tellus feugiat ut non pharetra tincidunt tellus turpis ut tellus sit, lobortis volutpat feugiat lobortis volutpat dolor laoreet. Id ipsum ante, felis tempus proin consectetur diam nonummy congue non dolor tincidunt euismod, pulvinar massa tellus feugiat massa mauris lorem nibh. Elit erat laoreet id ipsum massa molestie feugiat lobortis dolor tincidunt tellus pulvinar nunc tellus feugiat lobortis mauris ac proin at congue. Non pharetra tincidunt id sed laoreet elit erat praesent turpis nisi at erat mi elit erat praesent adipiscing donec aliquet turpis ut. Sem consectetur congue ullamcorper pharetra congue euismod ipsum massa, molestie feugiat massa mauris tempus et at mi id tempus mi felis tempus. Proin at lorem, nibh eget erat praesent adipiscing aliquam praesent adipiscing nisi sem turpis ut non pharetra congue volutpat sed euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem laoreet elit erat praesent nonummy aliquam praesent turpis nisi consectetur magna ullamcorper dolor lobortis volutpat sed mi elit donec diam, turpis dolore tellus pulvinar. Nunc non pharetra ut non dolor, nibh elit erat praesent nonummy proin at aliquam proin consectetur, nisi sem pharetra, congue euismod sed laoreet elit erat diam amet. Dolore tellus pulvinar massa, molestie lorem nibh eget lorem, id sed laoreet felis erat praesent amet nunc id tempus mi ante, mauris lorem laoreet eget sed massa. Id ipsum lobortis non pharetra nisi diam elit erat diam turpis dolore tellus pulvinar ut non sit nibh mauris ac proin at sed laoreet id ipsum lobortis. Molestie feugiat lobortis volutpat dolor et elit erat et elit tempus ante mauris lorem nibh mauris ac diam, consectetur magna, praesent adipiscing aliquam proin adipiscing aliquam proin. Consectetur sed laoreet id feugiat sem nonummy magna diam nonummy aliquam proin at ac et nonummy magna diam nonummy dolore aliquet, turpis, dolore non sit congue non. Tempus massa, molestie feugiat nibh mauris erat mi felis tempus nunc, molestie feugiat nibh mauris sed laoreet eget sed laoreet id ipsum massa mauris lorem, et eget. Nunc tellus turpis nisi sem pharetra congue euismod amet nunc tellus sit ut tellus sit lobortis volutpat pharetra congue euismod ipsum massa id ipsum ante mauris lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit nisi diam consectetur magna diam pulvinar tincidunt tellus turpis sem pharetra congue non, dolor congue euismod ipsum massa molestie feugiat, massa molestie lorem proin consectetur. Magna diam consectetur magna diam pulvinar nunc euismod pulvinar non pharetra congue ullamcorper dolor tincidunt euismod pulvinar massa id ipsum lobortis volutpat dolor lobortis eget erat mi. Id ipsum, massa, non pharetra, congue diam nonummy ante eget lorem, nibh eget erat mi felis tempus ante at aliquam et at ac et, elit erat praesent. Adipiscing tempus proin turpis laoreet eget sed massa molestie sit ut, volutpat pharetra dolore aliquet turpis, nisi sem turpis nisi sem consectetur magna praesent adipiscing nisi aliquet. Turpis ut non pharetra praesent felis, tempus massa eget, sed tincidunt, ullamcorper, turpis nisi proin consectetur ac mi elit, donec praesent adipiscing aliquam proin consectetur nisi non. Consectetur magna diam adipiscing ut ullamcorper, pharetra congue euismod ipsum massa tellus, sit ut volutpat dolor congue euismod, pulvinar dolore aliquet turpis nisi diam consectetur dolor aliquam. Nibh diam non elit amet aliquam nibh ullamcorper adipiscing aliquam nibh eget pulvinar nisi ante euismod amet nisi, ante eget pulvinar aliquam nibh felis feugiat magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh mi non elit feugiat sed lorem congue sem consectetur magna diam nonummy donec praesent at lorem nibh elit, ipsum ac. Tincidunt massa ullamcorper id turpis dolor nisi erat, nunc diam id pulvinar diam nonummy donec diam nonummy dolore ullamcorper amet massa. Tellus pharetra, congue ullamcorper pharetra congue volutpat pulvinar tincidunt, tellus sit ut non dolor tincidunt volutpat dolore aliquet turpis ut non. Consectetur magna diam nonummy aliquam proin adipiscing ac et, at, ac et, elit donec praesent adipiscing tempus, nibh eget nunc tellus. Turpis ac et nonummy donec praesent nonummy aliquam proin adipiscing aliquam proin consectetur magna ullamcorper nonummy, donec aliquet turpis dolore tellus. Sit ut tellus magna diam adipiscing donec praesent adipiscing aliquam et elit, erat laoreet id ipsum lobortis molestie dolor, tincidunt volutpat. Pulvinar tincidunt tellus pulvinar massa molestie lorem ante mauris nunc aliquet, turpis nisi sem at erat, mi molestie, ipsum, massa molestie. Feugiat tincidunt euismod dolor nunc, aliquet sit ut nonummy erat, diam amet dolore aliquet adipiscing aliquam, proin pharetra congue volutpat sed. Tincidunt euismod pulvinar dolore molestie tempus mi adipiscing ac et at ac et elit, massa tellus, sit lobortis volutpat sed nibh. Id pulvinar, massa molestie, ipsum massa, molestie adipiscing, nonummy pulvinar ac nunc tincidunt massa non elit donec praesent, adipiscing aliquam non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis feugiat ut, volutpat pharetra erat mi elit, erat mi sit congue diam nonummy aliquam praesent, adipiscing aliquam proin at ac et, elit erat mi felis. Ac nibh elit erat mi elit erat mi felis nibh eget lorem nibh eget donec praesent nonummy aliquam praesent at lorem nibh elit, sed mi, id. Feugiat lobortis non pharetra congue ullamcorper nonummy donec consectetur magna diam nonummy donec praesent felis aliquam ante mauris lorem tincidunt euismod ipsum nunc molestie sit ut. Non pharetra tincidunt volutpat pulvinar sem consectetur magna non pharetra ut non pharetra congue tellus pulvinar massa tellus feugiat ut non amet congue aliquet turpis aliquam. Sem consectetur magna diam consectetur magna nonummy aliquam proin mauris lorem, nibh eget sed mi felis tempus ante at aliquam proin consectetur congue diam nonummy donec. Aliquet amet dolore aliquet sit ut, non erat mi mauris lorem nibh, eget lorem nibh id sed, laoreet id ipsum ante, mauris feugiat, et eget sed. Tincidunt, euismod, ipsum ante felis tempus ante mauris laoreet id ipsum massa molestie feugiat lobortis volutpat, dolor nibh eget erat mi elit tempus mi felis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec praesent adipiscing, aliquam, ante at lorem et nonummy ipsum nisi laoreet massa nonummy sit, sed dolore proin elit erat tincidunt sem mauris pulvinar dolore, proin euismod. Felis elit turpis lorem laoreet praesent adipiscing nisi sem consectetur massa, id ipsum lobortis non pharetra tincidunt euismod amet dolore tellus sit nunc tellus feugiat ut volutpat pharetra. Congue euismod sit nunc tellus sit, ut non dolor ullamcorper pulvinar dolore, aliquet consectetur nisi sem pharetra congue euismod pulvinar nunc tellus pulvinar nunc tellus sit lobortis non. Dolor congue aliquet turpis proin elit, ac et elit erat mi adipiscing aliquam, sem turpis ut non pharetra, congue ullamcorper amet nunc tellus turpis nisi sem pharetra ut. Non pharetra congue turpis, aliquam et elit ac, et elit erat mi felis, tempus proin at ac et nonummy, erat praesent adipiscing donec praesent adipiscing aliquam, proin consectetur. Magna diam turpis aliquam sem consectetur magna et, elit erat mi felis tempus proin at ac diam nonummy erat diam adipiscing donec at, ac et elit ac diam. Nonummy donec praesent turpis, dolore aliquet turpis ut sem consectetur donec praesent adipiscing aliquam aliquet sit ut non pharetra congue diam donec proin at aliquam proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis, aliquam ante eget lorem euismod sit nunc tellus sit lobortis volutpat dolor tincidunt euismod pulvinar massa. Molestie sit nisi sem consectetur dolore aliquet amet nunc aliquet turpis ut non congue diam nonummy aliquam. Proin, at lorem nibh eget sed, mi felis ipsum lobortis molestie lorem et elit erat mi id. Ipsum nunc non, consectetur, praesent nonummy, donec praesent adipiscing nisi non, consectetur magna ullamcorper, amet dolore aliquet. Amet dolore tellus sit lobortis molestie feugiat ante, mauris lorem euismod pulvinar ut non sit ut volutpat. Dolor tincidunt id pulvinar, massa molestie ipsum lobortis, molestie lorem nibh at ac et felis erat praesent. Adipiscing nisi sem sed laoreet id ipsum, nunc molestie feugiat lobortis eget lorem et elit erat, mi. Id, ipsum massa molestie ac nibh eget sed laoreet euismod pulvinar, massa sit congue ullamcorper, pulvinar nunc. Tellus sit nisi, sem, consectetur magna ullamcorper amet, dolore ullamcorper pulvinar dolore tellus sit nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at lorem laoreet euismod sit nisi non. Consectetur congue diam adipiscing donec praesent adipiscing nisi. Aliquet sit non nonummy erat praesent, felis lorem. Ante eget dolor tincidunt id sed laoreet id. Feugiat lobortis, eget dolor laoreet eget erat mi. Felis tempus volutpat dolor, lobortis eget sed laoreet. Id ipsum ante, molestie feugiat lobortis eget sed. Laoreet id erat praesent, felis tempus massa molestie. Feugiat tincidunt euismod sed id ipsum massa volutpat. Dolor tincidunt ullamcorper amet dolore sem, at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy proin at lorem laoreet id ipsum laoreet id tempus. Ante mauris feugiat lobortis volutpat pulvinar tincidunt tellus turpis, nisi, diam. Nonummy donec praesent adipiscing aliquam at ac et eget erat mi. Id ipsum ante mauris lorem et elit erat et elit donec. Praesent adipiscing tempus, nibh mauris ac nibh ipsum laoreet id feugiat. Massa volutpat dolor lobortis id sed mi felis tempus ante mauris. Tempus, ante at, ac et elit, tempus ante mauris lorem, ante. Mauris laoreet id ipsum massa tellus feugiat ut ullamcorper, amet dolore. Aliquet turpis aliquam sem turpis nisi sem consectetur, congue euismod pulvinar. Nunc tellus nisi proin consectetur congue, non pharetra congue aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem, amet dolore aliquet adipiscing lorem, eget lorem nibh eget sed. Massa tellus sit congue ullamcorper amet, dolore ullamcorper, amet, nisi proin elit. Ac et elit, donec mi turpis, nisi sem ac nibh elit donec. Praesent nonummy, donec, aliquet turpis, ut non pharetra congue non pharetra dolore. Ullamcorper amet nunc molestie feugiat lobortis non pharetra congue pulvinar, tincidunt aliquet. Turpis magna diam nonummy magna, diam amet dolore tellus sit nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor congue aliquet ac nibh elit erat mi. Felis tempus mi felis aliquam nibh, mauris sed. Nibh eget sed massa molestie ipsum ante at. Lorem et elit nunc tellus, turpis nisi non. Pharetra tincidunt volutpat dolor tincidunt euismod tempus, mi. Molestie, feugiat congue ullamcorper amet congue ullamcorper pulvinar. Ut et at erat molestie sit lobortis non. Pharetra congue euismod pulvinar nunc tellus pulvinar massa. Molestie lorem, ante mauris lorem nibh elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie lorem nibh eget sed laoreet id ipsum massa mauris tempus nibh eget lorem et elit donec ullamcorper pulvinar tincidunt id ipsum molestie. Sit ut volutpat, pharetra tincidunt id, ipsum, laoreet id, tempus praesent adipiscing tempus proin consectetur magna, diam nonummy donec diam nonummy dolore aliquet. Adipiscing et eget, sed mi id tempus proin mauris, ac, et at ac et elit, erat mi adipiscing, nisi sem consectetur magna diam. Consectetur magna ullamcorper pharetra proin adipiscing nisi sem pharetra, congue non pharetra tincidunt euismod dolor laoreet felis tempus ante molestie dolor tincidunt euismod. Dolor nunc euismod sit nunc pharetra, ut non pharetra tincidunt euismod pulvinar nunc tellus sit ut volutpat dolor nibh eget sed mi id. Ipsum massa mauris tempus ante mauris lorem nibh eget laoreet, molestie sit ut volutpat dolor laoreet id pulvinar massa molestie ipsum lobortis molestie. Feugiat lobortis volutpat sed tincidunt id ipsum, ante felis aliquam proin at congue tellus sit massa id feugiat lobortis, non dolor lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat feugiat, lobortis euismod amet tincidunt id ipsum. Massa molestie feugiat, nibh volutpat sed laoreet id ipsum. Massa molestie feugiat ullamcorper amet dolore praesent amet nisi. Sem at ac et eget tempus ante mauris lorem. Nibh volutpat pharetra congue ullamcorper amet nunc molestie ipsum. Ut, amet, congue ullamcorper turpis aliquam, ante mauris erat. Et id pulvinar nunc molestie, lorem nibh volutpat dolor. Tincidunt euismod pulvinar massa molestie ipsum massa molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum, massa volutpat feugiat tincidunt eget sed nibh eget sed laoreet felis tempus. Ante eget sed ullamcorper amet nunc molestie, feugiat lobortis volutpat dolor tincidunt euismod pulvinar. Nunc aliquet consectetur, ut sem pharetra tincidunt euismod sed, laoreet euismod ipsum laoreet sit. Congue et elit aliquam, praesent adipiscing nisi sem consectetur magna, sem consectetur donec diam. Adipiscing nisi sem consectetur magna et, eget ipsum laoreet id ipsum eget sed laoreet. Euismod pulvinar massa id ipsum massa molestie feugiat lobortis euismod amet nisi aliquet turpis. Nisi non pharetra congue diam nonummy praesent at sed nibh eget erat et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit ac et elit erat mi felis sit ut sem consectetur magna praesent adipiscing ipsum. Lobortis non pharetra congue euismod amet nunc tellus turpis nisi sem pharetra tincidunt ullamcorper amet nunc consectetur. Ac diam nonummy magna praesent nonummy aliquam proin at ac, et elit erat mi elit erat ante. Felis lorem nibh eget sed laoreet felis ante mauris lorem lobortis volutpat pharetra nunc euismod, pulvinar, massa. Tellus sit ut non dolor lobortis volutpat pulvinar nunc molestie feugiat massa volutpat feugiat praesent nonummy donec. Proin at lorem et eget erat laoreet felis tempus ante mauris lorem nibh eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante at lorem mi, id, ipsum. Nunc non pharetra congue ullamcorper amet. Donec proin mauris ac et elit. Erat et felis erat turpis nisi. Proin elit erat, mi felis erat. Praesent felis tempus proin at lorem. Nibh eget sed laoreet felis tempus. Ante at ac proin erat, et. Felis tempus ante mauris lorem proin. Mauris ac, et elit magna, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem et ipsum massa, id, sit congue ullamcorper pharetra donec aliquet adipiscing aliquam proin consectetur magna diam nonummy magna ullamcorper pulvinar nunc tellus, sit nunc tellus feugiat volutpat. Sed tincidunt ullamcorper amet dolore sem at ac et elit tempus mi mauris feugiat lobortis euismod pulvinar nunc tellus sit nunc molestie lorem nibh lorem, nibh, elit sed laoreet. Molestie ipsum ante mauris ac et at erat mi felis ipsum, ante mauris, lorem proin at magna sem, pharetra congue ullamcorper congue euismod ipsum massa molestie ipsum, ante molestie. Feugiat tincidunt euismod pulvinar nunc aliquet sit ut, tellus, dolor tincidunt euismod amet nunc tellus sit, non sit ut non pharetra congue ullamcorper pulvinar, nunc tellus sit lobortis volutpat. Feugiat tincidunt ullamcorper pulvinar tincidunt euismod ipsum massa molestie feugiat lobortis volutpat, dolor laoreet pulvinar massa tellus sit ut non amet, congue ullamcorper pulvinar massa tellus sit nisi diam. Nonummy erat ante, mauris feugiat lobortis, amet donec proin adipiscing aliquam proin at, ac mi elit erat, proin mauris, lorem et eget sed laoreet elit erat praesent nonummy nisi. Aliquet turpis nunc tellus, congue diam amet dolore euismod pulvinar massa molestie feugiat massa molestie feugiat et elit erat mi elit erat praesent turpis nisi sem turpis nisi non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec, proin at aliquam et at ac diam nonummy dolore aliquet turpis aliquam consectetur nisi sem consectetur. Congue diam adipiscing tempus ante mauris lorem nibh elit donec diam adipiscing, aliquam proin adipiscing aliquam sem. At ac et elit tempus mauris, lorem lobortis euismod dolor tincidunt id tempus mi felis donec aliquet. Turpis nisi sem consectetur ac et felis tempus proin at lorem nibh eget, tincidunt euismod pulvinar massa. Molestie feugiat tincidunt volutpat, dolor tincidunt id ipsum massa id ipsum lobortis volutpat dolor laoreet eget, erat. Laoreet felis ante mauris lorem lobortis volutpat dolor nunc aliquet turpis magna diam consectetur congue diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi consectetur magna ullamcorper amet donec aliquet turpis nisi. Sem at erat mi elit erat ante, felis tempus. Nibh eget, sed laoreet id pulvinar massa molestie ut. Non pharetra dolore, aliquet amet nisi proin at magna. Diam, elit tempus mi felis, tempus proin at ac. Et elit erat mi adipiscing ante, mauris lorem et. Elit sed mi felis tempus ante mauris lorem et. Elit erat et elit donec diam nonummy donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing tempus proin mauris feugiat lobortis volutpat sed massa tellus. Feugiat ut, volutpat pharetra tincidunt euismod pulvinar tincidunt euismod nunc tellus sit. Lobortis volutpat pharetra congue euismod pulvinar nunc tellus feugiat lobortis volutpat pharetra. Congue ullamcorper, amet nunc aliquet turpis ut volutpat dolor tincidunt dolor tincidunt. Tellus turpis nisi proin at donec praesent adipiscing donec, proin at ac. Proin consectetur magna diam nonummy donec aliquet turpis nisi sem consectetur non. Consectetur donec praesent nonummy dolore aliquet turpis ut non sit lobortis volutpat. Dolor lobortis volutpat pulvinar massa molestie, sit ut non pharetra congue ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem consectetur, donec diam nonummy donec praesent turpis nisi, sem consectetur, ac diam felis praesent amet aliquam sem turpis ac et felis, erat mi, mauris lorem, ante mauris. Lorem nibh eget ipsum mi felis ipsum ante molestie feugiat lobortis volutpat, mi id tempus ante mauris feugiat tincidunt euismod pulvinar nunc, tellus turpis ut non pharetra congue ullamcorper. Amet dolore aliquet turpis dolore aliquet consectetur non pharetra tincidunt ullamcorper turpis aliquam proin mauris, lorem laoreet id tempus massa mauris lorem nibh congue non pharetra congue aliquet turpis. Nisi proin magna non pharetra congue euismod dolor tincidunt euismod ipsum laoreet id ipsum massa at, lorem et elit ac et, nonummy congue ullamcorper amet dolore tellus feugiat ut. Feugiat, nibh eget lorem et elit donec diam nonummy dolore tellus turpis ut tellus, sit ut volutpat feugiat nibh elit, magna ullamcorper amet dolore aliquet amet dolore non pharetra. Congue ullamcorper amet congue ullamcorper turpis dolore sem turpis nisi sem pharetra donec praesent turpis aliquam ante lorem nibh eget sed laoreet id tempus massa eget sed et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa lorem nibh elit erat laoreet id tempus ante felis tempus ante at sed laoreet id ipsum nunc tellus. Feugiat ut volutpat pharetra congue ullamcorper massa molestie ipsum, massa molestie lorem nibh eget lorem nibh nonummy donec praesent nonummy. Donec aliquet sit ut tellus sit congue non pharetra congue, id massa molestie, feugiat lobortis volutpat dolor tincidunt euismod pulvinar. Tincidunt euismod tempus massa, mauris lorem ante at aliquam proin consectetur magna ullamcorper, pharetra dolore aliquet nunc aliquet turpis, lobortis. Non consectetur dolore, aliquet turpis dolore aliquet turpis magna sem consectetur magna, ullamcorper pharetra, nunc tellus pulvinar, nunc tellus sit. Lobortis feugiat lobortis, volutpat dolor massa id feugiat massa molestie feugiat tincidunt, volutpat dolor tincidunt euismod ipsum massa mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat et, felis ipsum ante, mauris, feugiat nibh eget sed, laoreet euismod ipsum massa molestie feugiat tincidunt euismod dolor tincidunt pulvinar. Nunc tellus sit ut non amet dolore praesent adipiscing aliquam sem at ac diam nonummy donec aliquet turpis tempus nibh mauris, ac. Et elit diam adipiscing donec aliquet turpis nisi proin pharetra congue non dolor tincidunt euismod pulvinar nunc, molestie feugiat nisi non pharetra. Tincidunt euismod pulvinar nunc tellus, sit, ut pharetra congue non, dolor, laoreet id sed massa molestie feugiat massa mauris lorem nibh eget. Sed laoreet id tempus ante mauris feugiat nibh sed, laoreet, eget erat praesent adipiscing donec, ullamcorper amet ut non sit congue non. Amet dolore praesent, turpis nisi aliquet, sit nisi non pharetra congue, diam amet aliquet turpis nisi et nonummy donec praesent adipiscing aliquam. Ante, at lorem nibh, elit erat laoreet felis tempus mi felis aliquam ante, at, ac et elit erat adipiscing aliquam proin adipiscing. Aliquam et at erat mi id sit congue ullamcorper amet, dolore ullamcorper turpis nunc, euismod pulvinar sem consectetur congue euismod pulvinar laoreet. Euismod pulvinar nunc id feugiat lobortis molestie pharetra dolore, aliquet adipiscing, aliquam sem consectetur magna sem consectetur donec aliquet adipiscing nisi at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mi, adipiscing aliquam, proin adipiscing aliquam proin. Consectetur magna elit erat, mi felis ac et. At ac et felis donec praesent adipiscing aliquam. Proin at, ac et eget erat, praesent felis. Tempus, ante at aliquet sit lobortis volutpat, lorem. Lobortis, volutpat dolor nunc euismod, sit ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt tellus, pulvinar felis tempus ante, molestie, sed congue ullamcorper amet, dolore, aliquet at ac et elit donec aliquet adipiscing tempus proin consectetur magna sem. Nonummy donec diam tempus, ante eget sed, laoreet eget sed massa molestie feugiat ut volutpat feugiat lobortis eget erat mi id tempus mi felis lorem, nibh. Volutpat dolor, id pulvinar nunc, tellus, sit congue non pharetra tincidunt euismod ipsum massa molestie ipsum massa mauris lorem ante at lorem nibh felis erat ante. Mauris feugiat eget, dolor laoreet eget ipsum laoreet id, ipsum, massa mauris lorem lobortis volutpat dolor tincidunt id ipsum massa mauris lorem, nibh eget, ac nibh. Donec laoreet, molestie sit ut ullamcorper amet tincidunt euismod pulvinar nunc tellus turpis nisi sem nonummy erat mi felis aliquam sem at ac nibh id ipsum. Nunc feugiat lobortis eget, sed, tincidunt ullamcorper turpis, aliquam proin at ac et felis tempus mi mauris tempus ante mauris lorem et nonummy magna diam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac et felis, tempus massa volutpat feugiat nibh volutpat dolor. Laoreet id pulvinar mauris tempus, nibh eget ac et elit erat praesent. Adipiscing aliquam proin at aliquam proin elit erat et elit donec aliquet. Amet dolore aliquet turpis sem pharetra congue ullamcorper pulvinar nunc aliquet sit. Nisi non consectetur magna diam nonummy donec praesent adipiscing, nisi proin consectetur. Magna ullamcorper amet dolore ullamcorper dolore sem consectetur magna sem pharetra magna. Diam nonummy aliquam proin adipiscing ac et eget erat mi id ipsum. Massa molestie lorem nibh, turpis, dolore aliquet sit nunc, volutpat ipsum nibh. Eget, dolor congue ullamcorper amet nunc tellus feugiat massa volutpat dolor tincidunt. Ullamcorper pulvinar nunc tellus pulvinar nunc, molestie nibh volutpat, dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra magna et elit erat praesent adipiscing aliquam, sem consectetur diam nonummy magna diam, nonummy dolore tellus turpis ut diam consectetur magna ullamcorper amet. Congue ullamcorper, pulvinar, nunc tellus, sit ut volutpat, dolor congue ullamcorper nunc aliquet sit nunc volutpat dolor lobortis volutpat sed laoreet id, ipsum laoreet. Id tempus ante eget sed laoreet id, sed laoreet id tempus ante, tempus et elit sed laoreet id tempus mi felis, tempus ante mauris. Lorem laoreet eget pulvinar massa non sit magna non amet congue pulvinar nunc aliquet turpis nisi non pharetra congue ullamcorper amet dolore aliquet sit. Ut diam nonummy magna diam adipiscing tempus ante mauris feugiat nibh, eget, sed, mi sit nisi sem nonummy donec ullamcorper amet dolore tellus, turpis. Nisi, diam elit erat mi felis tempus praesent adipiscing nisi sem at magna diam nonummy erat praesent aliquam proin elit ac diam felis erat. Ante mauris lorem, lobortis volutpat, pharetra dolore tellus, sit, ut non sit ut ullamcorper nonummy erat molestie, feugiat, lobortis eget dolor mi elit, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor, tincidunt, euismod turpis tellus ipsum massa molestie dolor tincidunt id pulvinar massa aliquet, turpis nisi non consectetur congue ullamcorper amet. Nunc aliquet turpis nisi non pharetra ut volutpat laoreet euismod pulvinar nunc tellus feugiat ut volutpat dolor congue euismod amet, dolore aliquet, turpis. Ut non pharetra magna diam nonummy dolore aliquet adipiscing aliquam eget erat praesent adipiscing tempus proin at ac et at ac et elit. Donec mi felis tempus ante eget lorem nibh id ipsum ante, sit ut non pharetra tincidunt euismod amet nunc tellus, sit ut molestie. Feugiat nibh eget erat mi felis erat mi felis aliquam proin mauris lorem nibh sed mi nonummy aliquam praesent adipiscing aliquam proin at. Magna et nonummy, donec aliquet turpis, nisi sem consectetur magna sem nonummy erat mi felis tempus proin at, et elit erat laoreet id. Ipsum, ante mauris ac et elit erat laoreet, id feugiat massa molestie tempus, proin mauris magna diam nonummy magna praesent nonummy donec pulvinar. Ut non, consectetur ac diam elit donec ullamcorper turpis dolore sem consectetur magna sem nonummy donec diam amet euismod sit ut sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, ante mauris lorem et at magna diam dolore aliquet amet nunc id ipsum, massa mauris tempus nibh eget lorem nibh eget erat laoreet felis. Lorem, lobortis volutpat dolor, congue, ullamcorper turpis nisi elit ac et elit erat mi, adipiscing aliquam, sem mauris sed nibh elit donec praesent nonummy aliquam. Proin mauris sed nibh eget sed massa id massa volutpat dolor tincidunt euismod dolor tincidunt id ipsum massa, molestie dolor, congue ullamcorper amet dolore tellus. Pulvinar nunc tellus sit ut volutpat dolor euismod amet dolore aliquet turpis nisi, diam consectetur, magna praesent turpis aliquam proin at ac nibh eget sed. Massa, molestie, feugiat lobortis ullamcorper amet donec aliquet nisi proin eget sed laoreet molestie feugiat massa molestie feugiat nibh mauris sed laoreet id ipsum ante. Felis tempus nibh, eget sed tincidunt id, ipsum massa molestie lobortis volutpat feugiat nibh elit erat, mi felis tempus ante molestie lorem nibh at ac. Et eget, sed massa molestie ipsum massa mauris sed laoreet id ipsum tellus sit lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt euismod sit nunc tellus. Feugiat nibh, eget sed laoreet eget erat, adipiscing aliquam praesent adipiscing nisi sem consectetur magna diam amet dolore ullamcorper amet, dolore aliquet sit ut non. Sit ut volutpat dolor tincidunt id pulvinar, ut non lobortis non dolor tincidunt, id pulvinar massa, molestie ipsum lobortis volutpat dolor tincidunt euismod pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat laoreet id feugiat lobortis. Non amet donec proin adipiscing ac. Et, elit sed laoreet id ipsum. Ante mauris lorem eget pulvinar nunc. Euismod sit ut sem pharetra ut. Ullamcorper amet dolore praesent adipiscing ac. Proin elit ac, et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem nibh eget, sed praesent felis, tempus ante mauris lorem. Laoreet id pulvinar massa id ipsum massa molestie dolor tincidunt sed. Nunc aliquet turpis magna sem nonummy magna diam nonummy donec aliquet. Adipiscing aliquam et, elit sed mi, felis tempus massa, molestie feugiat. Lobortis volutpat nunc euismod sit lobortis volutpat feugiat lobortis eget sed. Laoreet id ipsum massa id, feugiat lobortis eget sed laoreet eget. Sed massa molestie feugiat lobortis non, dolore praesent adipiscing aliquam sem. Turpis magna diam elit donec praesent felis tempus, ante, mauris ac. Nibh eget sed, massa tellus feugiat lobortis nonummy erat mi mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh id ipsum massa molestie feugiat ut non dolor, tincidunt euismod massa molestie feugiat massa molestie feugiat lobortis eget sed laoreet. Id ipsum massa molestie lorem lobortis volutpat dolor tincidunt euismod ipsum laoreet id ipsum lobortis volutpat dolore aliquet turpis nisi sem consectetur. Ac et elit tempus ante molestie lorem nibh eget, sed laoreet id ipsum, nunc molestie sit ut volutpat sed ullamcorper turpis dolore. Tellus sit ut diam amet dolore aliquet adipiscing aliquam proin at lorem nibh eget tempus mi felis aliquam proin at et eget. Sed laoreet id ipsum lobortis molestie feugiat nibh eget sed laoreet id ipsum ante mauris feugiat nibh eget ac et nonummy magna. Diam adipiscing aliquam, at ac nibh eget ipsum nunc tellus sit ut non consectetur donec mi felis tempus sem, consectetur magna sem. Pharetra donec diam nonummy aliquam proin at lorem ullamcorper amet nunc aliquet sit congue ullamcorper amet dolore ullamcorper amet dolore tellus sit. Ut non consectetur magna praesent felis tempus ante, mauris tincidunt ullamcorper pulvinar nunc non sit ut non pharetra, dolore aliquet adipiscing nisi. Sem turpis nisi diam pharetra, congue ullamcorper amet nunc, aliquet sit ut sem consectetur praesent adipiscing tempus proin adipiscing, aliquam proin turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing tempus euismod amet nunc tellus pulvinar nunc tellus feugiat, lobortis. Volutpat sed laoreet elit erat et elit erat mi turpis aliquam, proin at. Ac, mi felis, ante mauris tempus ante, mauris lorem tincidunt euismod pulvinar, nunc. Sem at ac diam, pharetra dolore ullamcorper pulvinar nunc id, tempus massa mauris. Dolor tincidunt felis tempus, nibh mauris lorem et elit erat, mi felis tempus. Ante mauris lorem nibh id ipsum massa id tempus, ante molestie feugiat lobortis. Eget erat tincidunt, turpis nisi sem nonummy donec, ullamcorper nonummy donec praesent adipiscing. Aliquam proin at magna diam nonummy erat praesent adipiscing ac proin at ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante eget lorem, laoreet id sed massa, tellus sit, lobortis non pharetra congue turpis aliquam sem consectetur. Ac et id erat mi felis tempus ante at ac et consectetur congue diam adipiscing aliquam proin mauris aliquam. Proin elit erat elit erat, praesent, adipiscing aliquam sem consectetur magna diam consectetur magna ullamcorper amet dolore, aliquet, turpis. Ut, tellus feugiat lobortis volutpat sed laoreet eget sed, nisi diam nonummy donec, praesent felis tempus ante, at ac. Nibh eget sed massa id ipsum massa ut, sem consectetur donec, diam adipiscing aliquam praesent adipiscing ac et eget. Sed nunc tellus sit ut volutpat dolor, tincidunt euismod dolor laoreet id ipsum, ante proin mauris lorem nibh elit. Erat mi id, ipsum ante mauris ac, et eget sed mi, felis tempus ante felis aliquam proin consectetur magna. Et elit donec, ante volutpat pharetra congue aliquet amet dolore tellus sit magna diam elit tempus ante felis tempus. Ante mauris sed laoreet euismod pulvinar massa mauris feugiat lobortis massa, volutpat sed nibh elit erat et felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent adipiscing tempus nibh proin at lorem et elit sed mi id feugiat lobortis volutpat. Feugiat lobortis eget sed laoreet id feugiat, lobortis, volutpat feugiat nibh mauris lorem et tellus pharetra. Congue diam adipiscing tempus massa molestie dolor tincidunt ullamcorper pulvinar, massa molestie feugiat massa molestie lorem. Lobortis eget lorem nibh felis tempus ante dolore praesent adipiscing, ac et elit erat mi felis. Erat massa mauris tempus nibh elit erat et, felis tempus ante mauris lorem nibh, proin eget. Erat laoreet id ipsum ante mauris lorem nibh elit, ac diam amet congue euismod pulvinar nunc. Tellus ut diam elit erat mi, felis ipsum lobortis, molestie feugiat, lobortis eget sed laoreet nisi. Nibh aliquet amet nunc euismod ipsum ante mauris aliquam praesent, adipiscing, magna, euismod turpis dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat, dolor tincidunt euismod dolor laoreet id tempus mi non pharetra, tincidunt id ipsum mi, felis tempus proin, at, ac et at magna. Diam, nonummy donec ullamcorper pulvinar nunc tellus sit, nunc tellus feugiat tincidunt tellus, pulvinar nunc tellus sit ut non dolor lobortis volutpat, sed laoreet felis. Erat mi mauris tempus ante at ac diam consectetur magna ullamcorper at ac proin consectetur congue diam amet tincidunt euismod amet nunc aliquet sit nisi. Non pharetra tincidunt, euismod dolor tincidunt id, ipsum ante, molestie felis ipsum, ante mauris lorem et mi id ipsum massa mauris tempus proin at, ac. Nibh eget sed laoreet id ipsum massa mauris lorem et, elit elit erat et elit donec praesent adipiscing donec aliquet adipiscing magna sem consectetur donec. Praesent adipiscing aliquam proin at ac et at congue ullamcorper, amet dolore, aliquet sem at ac et nonummy magna diam nonummy aliquam proin, adipiscing nisi. Sem consectetur ac et adipiscing, donec praesent turpis nisi sem consectetur, massa non pharetra congue non pharetra congue euismod pulvinar nunc tellus feugiat ut volutpat. Dolor lobortis volutpat dolor laoreet id tempus ante mauris aliquam ante at ac massa tellus feugiat nibh volutpat sed tincidunt euismod pulvinar nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus erat mi felis lorem nibh eget sed. Nunc, tellus sit nunc non sit ut, volutpat. Dolor, tincidunt aliquet turpis nisi proin consectetur magna. Diam mauris feugiat nibh mauris lorem diam consectetur. Donec praesent adipiscing aliquam proin adipiscing aliquam proin. At magna ullamcorper amet congue, euismod dolor laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ac diam consectetur donec diam nonummy dolore aliquet. Turpis ac nibh eget erat et elit erat praesent. Adipiscing amet dolore euismod pulvinar massa mauris tempus, ante. Eget lorem laoreet id sed laoreet adipiscing donec proin. Adipiscing aliquam sem consectetur ac diam amet tempus, proin. Mauris sed, tincidunt, felis tempus massa molestie feugiat, lobortis. Non amet dolore, aliquet turpis nunc, non consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam elit tempus mi felis tempus ante eget sed, nibh eget sed mi id tempus ante at lorem nibh eget, dolor, dolore praesent turpis aliquam, sem pharetra congue, non. Pharetra congue ullamcorper turpis nisi tellus sit ut non dolor tincidunt volutpat sed tincidunt euismod turpis ac tincidunt aliquet adipiscing dolor donec massa diam id at erat nunc sem. At turpis aliquam nibh euismod amet dolore ante eget dolor dolore praesent ullamcorper elit ipsum ut, non nonummy feugiat ac tincidunt sem, at lorem nunc proin eget felis feugiat. Congue massa proin euismod mauris nonummy tincidunt lobortis et tellus eget nonummy pharetra ipsum ac, tincidunt nibh praesent, tellus id adipiscing, dolor erat nisi massa, proin, ullamcorper mauris pharetra. Ipsum ac nunc ante adipiscing, pharetra tempus lobortis diam molestie at ipsum nisi, proin volutpat pulvinar nisi ante eget dolor nisi proin mauris sed, nunc praesent mauris sed donec. Proin non elit ipsum lobortis diam felis feugiat ut diam felis pulvinar, nisi et eget, ipsum ut proin id pulvinar nisi dolor donec ut diam aliquet elit amet, dolor. Ipsum lorem laoreet tellus at sed nunc praesent, mauris dolor donec ante molestie dolor donec proin molestie amet tempus mauris pulvinar nisi ante volutpat, nonummy tempus, ut diam felis. Sit ac mi, id sit, magna mi molestie sit magna mi euismod turpis magna, et id sed aliquam massa volutpat elit ipsum lobortis sem elit ipsum ut, diam id. Sit, adipiscing lorem congue, praesent tellus elit, sit lorem donec, lobortis et molestie elit nunc sem mauris pulvinar nisi proin euismod nonummy tempus congue laoreet molestie, pharetra ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing consectetur sed aliquam congue nibh, eget. Pharetra aliquam ut diam felis sit ac. Nunc et volutpat amet, nisi ante eget. Mauris, consectetur donec laoreet tellus elit pulvinar. Nisi lobortis praesent at feugiat dolore mi. Mauris nonummy pulvinar nisi nibh id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed aliquam lobortis laoreet proin, aliquet molestie nonummy pulvinar, sed aliquam tincidunt mi non, id at pharetra feugiat erat nisi nibh praesent non felis. Consectetur amet dolor tempus magna tincidunt proin diam molestie elit turpis dolor aliquam ut, laoreet et aliquet volutpat, elit turpis nibh diam tellus eget. Turpis amet sit erat ac congue ante et aliquet eget adipiscing pharetra ipsum erat dolore lobortis praesent sem eget, turpis dolor ipsum magna elit. Turpis feugiat dolore massa diam molestie at, dolor lorem erat nisi laoreet ante diam, molestie consectetur turpis dolor tempus magna laoreet sem tellus nonummy. Pulvinar, ac nunc proin non nonummy, ipsum magna laoreet tellus elit pulvinar nisi nibh aliquet felis dolor erat ante sem pharetra congue ullamcorper amet. Tempus lobortis eget lorem nibh elit ac diam elit dolore aliquet turpis nisi sem turpis nisi sem consectetur donec, diam nonummy donec praesent, adipiscing. Nisi sem consectetur aliquam ante adipiscing nisi proin, consectetur ac diam, elit sit ut non pharetra congue ullamcorper amet dolore sem consectetur magna nunc. Tellus sit ut non pharetra dolore aliquet amet dolore aliquet turpis nisi non, pharetra tincidunt volutpat sed laoreet id ipsum nunc non pharetra magna. Diam nonummy amet donec, praesent, at lorem et elit ac et nonummy dolore aliquet, amet dolore aliquet sit nisi sem nonummy donec praesent, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante ullamcorper elit, feugiat nisi et. Id sit magna nibh tellus at. Sed donec nibh felis, sit magna. Mi, tellus, turpis ac laoreet aliquet. Eget felis feugiat magna ante sem. Id adipiscing lorem tincidunt praesent eget. Sed congue aliquet adipiscing, feugiat dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nunc diam elit ipsum ut sem eget pulvinar ut et euismod turpis aliquam ut nibh aliquet eget dolor tincidunt aliquet at sed congue praesent non id. Consectetur turpis lorem lobortis ullamcorper adipiscing tempus lobortis euismod nonummy aliquam nibh euismod aliquet at sed donec adipiscing consectetur erat, nunc non elit sed dolore aliquet at. Sed, lorem tincidunt, ullamcorper, adipiscing aliquam lobortis euismod adipiscing lorem ut pharetra dolore ante non amet, tempus ut non nonummy tempus lobortis sem elit tempus nunc sem. Felis eget adipiscing sit donec nunc et pharetra ac mi molestie, turpis magna mi euismod sit ac laoreet euismod pulvinar, ut et id, turpis ac laoreet euismod. Adipiscing dolor, dolore ante diam felis consectetur, pulvinar, nisi lobortis diam molestie nonummy ipsum nisi nibh aliquet adipiscing lorem, tincidunt praesent non tellus id adipiscing pharetra ipsum. Erat lorem donec nunc mi sem laoreet, praesent, non id at adipiscing amet tempus nisi nunc proin euismod felis pharetra tempus ut donec lobortis laoreet, sem feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet lorem ante eget dolor laoreet tellus pulvinar ut sem pharetra donec euismod amet nunc tellus. Sit, ut volutpat pharetra dolore aliquet amet dolore tellus sit ut non dolor tincidunt ullamcorper amet. Dolore, praesent turpis nisi, sem feugiat, ut non dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc. Tellus pharetra congue non pharetra donec, praesent adipiscing aliquam non sit ut, non, dolor congue ullamcorper. Turpis aliquam, sem turpis nisi, sem consectetur donec diam adipiscing aliquam proin mauris lorem nibh id. Sed massa id, ipsum lobortis at lorem nibh felis tempus, mi felis tempus ante eget lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit erat laoreet id consectetur donec praesent felis aliquam lobortis eget, sed laoreet euismod ipsum massa id ipsum ante, mauris ac. Nibh id ipsum massa tellus turpis nisi ut sem consectetur donec praesent adipiscing aliquam proin adipiscing, magna diam elit donec diam nonummy donec. Praesent adipiscing nisi sem consectetur congue ullamcorper pharetra congue volutpat pulvinar dolore, aliquet turpis ut, tellus sit, congue diam adipiscing aliquam proin at. Lorem laoreet id ipsum laoreet elit tempus, ante mauris lorem tempus nibh eget dolor tincidunt tellus sit nunc tellus sit ut volutpat dolor. Congue aliquet adipiscing aliquam sem, consectetur magna diam elit erat praesent adipiscing aliquam proin non pharetra magna diam nonummy aliquam praesent turpis nisi. Sem consectetur magna ullamcorper pharetra tincidunt, euismod amet nunc molestie ipsum, ante mauris tempus proin at ac aliquet turpis nisi sem consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et felis erat mi adipiscing tempus ante at lorem nibh elit erat praesent nonummy dolore praesent, sit ut non sit lobortis molestie dolor tincidunt volutpat dolor. Laoreet molestie feugiat massa mauris lorem laoreet id pulvinar nunc molestie feugiat ut non pharetra congue, aliquet turpis aliquam proin at magna diam nonummy donec praesent turpis. Nisi proin consectetur magna praesent felis aliquam proin at lorem nibh eget erat mi felis tempus proin adipiscing aliquam proin at ac et nonummy erat mi, felis. Diam elit sed mi felis, ipsum nibh volutpat dolor tincidunt euismod, pulvinar massa molestie ipsum, massa mauris lorem et elit erat, mi felis tempus ante mauris lorem. Dolore aliquet sit ut non pharetra congue ullamcorper, amet congue ullamcorper amet nunc tellus feugiat massa molestie lorem ante at ac diam elit tempus praesent adipiscing tempus. Pharetra congue diam amet dolore aliquet amet dolore tellus feugiat lobortis mauris tempus proin consectetur nisi non pharetra tincidunt euismod pulvinar tincidunt laoreet id ipsum ante mauris. Lorem laoreet id ipsum nunc aliquet sit ut sem pharetra congue, ullamcorper turpis nisi aliquet turpis ut sem consectetur non, amet dolore aliquet, adipiscing aliquam proin consectetur. Ac mi, id ipsum massa, molestie feugiat nibh eget lorem et elit dolore sem, at ac nibh elit magna laoreet id ipsum massa, mauris ac et at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat dolor pharetra donec, praesent felis. Tempus nibh at, ac proin consectetur magna. Diam nonummy, dolore ullamcorper turpis aliquam proin. Consectetur, nisi non pharetra congue euismod pulvinar. Ut diam consectetur magna praesent adipiscing aliquam. Praesent adipiscing aliquam proin at ac, et. Felis erat ante mauris feugiat lobortis eget. Sed mi id magna praesent adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et id ipsum laoreet molestie feugiat lobortis volutpat dolor nibh eget sed laoreet euismod tellus adipiscing aliquam et elit, donec laoreet felis tempus ante mauris lorem nibh eget erat mi. Id feugiat massa mauris tempus ante mauris lorem nibh tellus sit congue ullamcorper nonummy donec praesent turpis aliquam sem consectetur magna ullamcorper pharetra tincidunt volutpat dolor tincidunt euismod ipsum, nunc. Volutpat pharetra congue diam id ipsum laoreet id tempus ante mauris lorem et consectetur congue ullamcorper amet dolore ullamcorper, pulvinar dolore aliquet turpis nisi non, pharetra nibh nunc aliquet sit. Nisi sem sit congue ullamcorper pharetra tincidunt euismod dolor, nunc tellus feugiat lobortis volutpat dolor tincidunt volutpat dolor tincidunt euismod, ipsum massa molestie feugiat praesent at ac proin consectetur congue. Ullamcorper nonummy donec praesent adipiscing aliquam sem turpis magna sem nonummy magna, praesent, adipiscing tempus ante mauris, lorem et elit, feugiat lobortis volutpat lorem nibh elit sed mi elit erat. Mi mauris tempus, nibh mauris ac et nonummy donec diam ut sem at ac mi elit erat ante felis ac proin consectetur magna sem nonummy donec, mi felis tempus, proin. Consectetur ac et consectetur magna ullamcorper, nonummy, nonummy donec praesent adipiscing aliquam proin elit ac et elit donec diam nonummy aliquam aliquet turpis ut sem pharetra magna diam nonummy aliquam. Praesent adipiscing nisi proin aliquet at magna, diam nonummy donec praesent amet nunc tellus sit ut sem consectetur magna ullamcorper amet dolore aliquet turpis ut tellus sit, ut volutpat, dolor. Lobortis nibh volutpat pulvinar nunc euismod sit nunc, et, eget ipsum nunc molestie feugiat lobortis volutpat feugiat lobortis volutpat pulvinar tincidunt euismod ipsum nunc molestie feugiat nibh eget ante mauris. Sed, tincidunt praesent adipiscing ac et eget, erat, mi felis tempus mi felis tempus ante at magna non consectetur donec diam nonummy aliquam praesent sem at magna, diam felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, dolor aliquam congue ullamcorper pulvinar dolore aliquet turpis aliquam et elit ac et felis tempus ante at aliquam, proin elit erat mi. Felis ipsum ante turpis, nisi sem consectetur magna et nonummy donec proin at ac proin elit erat mi elit erat mi felis lorem. Ante mauris lorem, et elit nibh volutpat dolor, laoreet eget, ac et nonummy dolore aliquet amet nisi aliquet sit ut non pharetra tincidunt. Volutpat pulvinar dolore tellus, pulvinar massa molestie feugiat nibh ante mauris ac proin consectetur magna et elit donec aliquet, turpis nisi sem turpis. Nisi diam nonummy magna diam nonummy donec praesent, adipiscing amet aliquam proin consectetur congue ullamcorper amet dolore euismod pulvinar nunc aliquet turpis, nisi. Sem felis tempus ante adipiscing tempus proin mauris ac et elit erat laoreet nisi sem consectetur magna, et elit erat mi felis, lorem. Nibh volutpat dolor laoreet, id pulvinar massa molestie lorem nibh, eget sed laoreet id, ipsum nunc aliquet et felis ipsum massa molestie lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin eget dolor dolore proin mauris proin. Mauris, feugiat lobortis volutpat, dolor nunc aliquet sit. Ut volutpat pharetra congue ullamcorper pulvinar nunc euismod. Pulvinar nunc tellus sit congue ullamcorper pharetra congue. Praesent felis lorem et elit erat mi id. Pulvinar nunc tellus sit congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore, aliquet at ac mi id, ipsum massa tellus feugiat at erat. Laoreet molestie sit lobortis volutpat dolor, lobortis euismod pulvinar nunc tellus, pulvinar diam. Adipiscing aliquam ante at lorem laoreet, eget ipsum laoreet id tempus ante molestie. Pharetra dolore aliquet amet dolore aliquet sit ut sem consectetur magna pulvinar ut. Sem consectetur donec diam adipiscing, tempus proin at ac et at erat et. Nonummy erat ante mauris lorem nibh mauris lorem et elit donec, lobortis non. Amet dolore aliquet at lorem nibh eget erat et amet dolore aliquet turpis. Nisi sem at ac et felis erat mi aliquam proin at donec praesent. Nonummy aliquam proin at ac et eget erat mi id ipsum lobortis molestie. Feugiat tincidunt euismod pulvinar, nunc tellus ipsum nunc molestie at lorem nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at ac, et, elit, sed, tincidunt euismod. Sit ut nibh volutpat, pharetra congue, ullamcorper amet. Nisi, sem consectetur congue non, pharetra congue ullamcorper. Turpis aliquam proin mauris sed mi felis tempus. Ante felis tempus massa volutpat sed laoreet euismod. Turpis nisi sem sit ut volutpat dolor tincidunt. Euismod pulvinar nunc tellus pulvinar massa tellus sit. Ut volutpat dolor, tincidunt elit ipsum massa tellus. Feugiat lobortis, molestie feugiat lobortis eget sed nunc. Tellus pulvinar nunc tellus sit lobortis volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis mi, tellus eget pulvinar nisi sem mauris dolor tincidunt sem eget amet aliquam nibh non adipiscing, pharetra, et. Aliquet non id feugiat massa volutpat feugiat nibh eget erat mi felis ipsum, massa molestie sit, ut, non pharetra tincidunt. Euismod sit laoreet euismod pulvinar nunc tellus feugiat lobortis volutpat pharetra tincidunt euismod amet, nunc euismod ipsum massa molestie sit. Congue ullamcorper pulvinar nunc tellus sit ut tellus feugiat mi elit aliquam proin adipiscing, aliquam proin at sed laoreet id. Ipsum massa molestie feugiat nibh eget dolor tincidunt id ipsum massa, id ipsum praesent adipiscing dolore aliquet turpis nisi aliquet. Turpis nisi sem consectetur magna aliquet turpis nisi aliquet turpis ut feugiat nisi ullamcorper amet, dolore aliquet amet dolore, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet dolore praesent adipiscing ac et. Elit sed, massa molestie sit congue. Diam nonummy mi felis lorem lobortis. Euismod pulvinar nunc tellus sit nunc. Molestie feugiat nibh mauris lorem nibh. Elit erat praesent nonummy donec, praesent. Adipiscing, aliquam euismod dolor tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis euismod pulvinar nunc tellus sit, ut non sit ut non tincidunt ullamcorper amet dolore aliquet turpis ut volutpat feugiat. Congue euismod amet dolore tellus sit ut sem consectetur congue ullamcorper pulvinar nunc tellus pulvinar massa tellus lobortis volutpat dolor, lobortis. Id pulvinar, nunc molestie ipsum, massa mauris feugiat lobortis mauris, ac et nonummy, magna diam amet, donec praesent turpis ut, non. Congue diam nonummy dolore ullamcorper amet nunc, molestie, sit ut volutpat pharetra tincidunt ullamcorper pulvinar nunc tellus, sit nisi sem consectetur. Magna ullamcorper aliquam proin adipiscing aliquam sem pharetra congue ullamcorper pharetra dolore ullamcorper amet dolore tellus, sit, ut volutpat dolor tincidunt. Euismod pulvinar nunc id sed mi mauris feugiat diam, adipiscing donec, praesent adipiscing aliquam sem pharetra, congue non dolor congue, euismod. Amet dolore aliquet sit ut tellus, pharetra congue diam nonummy dolore aliquet turpis, ac lobortis ullamcorper id consectetur ipsum aliquam tincidunt. Mi volutpat consectetur tempus lobortis sem id turpis nonummy tempus lobortis diam pharetra donec massa proin, elit sed nunc sem eget. Turpis ac lobortis, praesent non felis turpis sed donec ante mauris lorem laoreet euismod sit aliquam laoreet ullamcorper pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh ullamcorper, nonummy aliquam lobortis praesent molestie adipiscing dolor dolore proin non nonummy feugiat ac, nunc sem, elit. Turpis lorem tincidunt praesent, mauris pharetra tempus nunc diam elit sit ac donec ante volutpat pharetra erat aliquam lobortis. Praesent non elit sit magna tincidunt proin mauris dolor dolore proin mauris sed tincidunt proin volutpat amet aliquam ante. Volutpat nonummy ut et felis ipsum, nisi et id sit ac laoreet aliquet mauris pulvinar lorem congue mi felis. Feugiat lobortis diam id sit, sed, congue praesent, felis pharetra donec ante molestie consectetur erat nunc sem eget, ipsum. Nisi donec nibh praesent tellus at pulvinar ac lobortis aliquet felis amet erat ut tellus at sed aliquam lobortis. Praesent tellus eget adipiscing dolor donec massa et tellus eget turpis dolor erat lobortis diam felis ipsum ut, et. Euismod mauris pulvinar ut praesent molestie consectetur erat dolore proin eget turpis feugiat dolore mi non id turpis sed. Dolore nibh diam mauris pharetra donec nunc lobortis non nonummy ipsum congue massa sem volutpat adipiscing pharetra feugiat magna. Laoreet lobortis diam molestie elit sit sed nunc lobortis mi molestie pharetra magna mi tellus amet ac dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut massa et aliquet volutpat molestie at amet ipsum nisi tincidunt ante ullamcorper mauris consectetur pulvinar. Ac dolore ut mi sem euismod at amet feugiat, ac nisi tincidunt ante diam tellus elit turpis. Magna massa et aliquet eget amet tempus ut laoreet sem euismod adipiscing dolor erat ut, laoreet proin. Ullamcorper volutpat elit consectetur, dolor tempus congue non id eget amet sit erat dolore laoreet, praesent volutpat. Id eget turpis dolor ipsum magna nunc ante ullamcorper molestie consectetur pulvinar lorem dolore diam molestie at. Turpis dolor tempus magna dolore nibh aliquet molestie nonummy sit, sed aliquam congue massa sem id adipiscing. Pharetra tempus lobortis et tellus at nunc nibh, mi sem felis sit lorem nunc ante volutpat adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget at, amet feugiat erat et euismod mauris consectetur, tempus ut et id turpis sed dolore ante ullamcorper molestie. At sed nunc proin eget amet ac nibh ullamcorper mauris consectetur nisi tincidunt ante euismod felis consectetur erat, massa. Nibh euismod sit, nunc molestie feugiat lobortis non pharetra tincidunt euismod pulvinar nunc tellus feugiat lobortis mauris tincidunt ullamcorper. Nonummy donec proin at lorem nibh elit donec praesent adipiscing aliquam, proin turpis nisi sem, pharetra ut non pharetra. Congue ullamcorper nisi sem consectetur ac mi felis tempus, ante mauris tempus proin eget nonummy tempus lobortis, diam molestie. Elit turpis feugiat dolore ante volutpat felis sit, erat laoreet mauris amet aliquam nibh eget sed nunc aliquet, at. Amet, pharetra ac, mi aliquet, turpis ac laoreet tellus eget amet tempus congue ante non elit sit ac ante. Non, amet donec ante, volutpat, nonummy ipsum ut, et molestie consectetur, erat tincidunt, ante ullamcorper, nonummy lorem magna ante. Sem euismod mauris amet ipsum ac tincidunt ante volutpat nonummy feugiat magna mi sem ullamcorper mauris consectetur pulvinar magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum amet, nisi tincidunt massa et aliquet elit pulvinar aliquam magna ante molestie consectetur sed ut et euismod adipiscing pharetra, tempus ut mi id at pharetra erat ut mi. Aliquet ullamcorper adipiscing dolor donec nunc diam tellus at pharetra tempus magna, aliquam laoreet aliquet mauris amet ipsum magna ante aliquet molestie sem aliquet eget felis pharetra, ipsum lorem. Aliquam sed ac donec lobortis praesent non eget turpis feugiat donec lobortis mi sem euismod felis feugiat magna nisi tincidunt massa diam tellus at pharetra tempus congue massa proin. Euismod mauris, felis consectetur pulvinar aliquam tincidunt mi non id, at, dolore lobortis diam tellus eget adipiscing, pharetra feugiat ac dolore nibh praesent mauris pharetra ipsum magna tincidunt proin. Euismod mauris nonummy turpis sed aliquam, congue laoreet proin at amet tempus magna massa sem eget turpis lorem magna, nunc nibh sem volutpat, felis pharetra sed ac donec lobortis. Mi sem euismod at amet donec ante felis turpis dolor tempus congue massa nibh praesent eget pharetra tempus proin, at lorem et consectetur magna ullamcorper amet congue mauris feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, et tellus at amet donec proin volutpat amet dolore praesent elit ipsum. Lobortis diam felis turpis, erat nisi ante ullamcorper mauris pharetra ipsum nunc non. Elit sit sed, donec massa ullamcorper id consectetur ipsum aliquam, mi volutpat elit. Turpis sed dolore sem eget amet aliquam nibh non amet aliquam ante eget. Sed congue praesent at ac lobortis euismod turpis tempus ullamcorper, adipiscing lorem tincidunt. Praesent mauris feugiat ut non adipiscing lorem, lobortis, non nonummy tempus ut diam. Elit feugiat congue diam elit ipsum tincidunt aliquet, mauris sed nunc aliquet at. Lorem nunc ante non adipiscing tempus lobortis ullamcorper adipiscing ipsum ut diam felis. Sit magna mi euismod sit magna mi pulvinar, magna nibh id pulvinar, nisi. Et aliquet at sed congue aliquet turpis aliquam et volutpat pulvinar nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget turpis lorem, tincidunt, proin eget dolor donec proin molestie dolor donec ante volutpat, pharetra tempus. Massa sem felis ipsum ut id sit ac et id turpis ac laoreet ullamcorper adipiscing dolor. Donec massa, non, elit tempus lobortis sem nonummy tempus nunc non consectetur donec massa pharetra magna. Nunc nibh ullamcorper adipiscing sed congue proin non elit consectetur sed aliquam lobortis aliquet adipiscing lorem. Lobortis diam felis lorem congue mi molestie sit massa non, massa feugiat congue ante molestie amet. Tempus, ut mi aliquet euismod, adipiscing sit congue mi molestie sit donec laoreet molestie, consectetur sed. Sem eget pulvinar dolore proin volutpat pulvinar nisi, sem mauris dolor, dolore ante volutpat amet donec. Lobortis diam, felis ipsum lobortis ullamcorper adipiscing ipsum ut non ipsum ut, sem felis ipsum ut. Diam felis pulvinar magna tincidunt, praesent eget pharetra aliquam ut ullamcorper felis pharetra erat nunc aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, pulvinar, donec tincidunt mi tellus nonummy, sed ut proin, elit amet, nisi et id adipiscing, dolor congue praesent euismod turpis lorem, laoreet tellus at pulvinar tempus congue mi. Id at sit lorem aliquam, lobortis mi proin volutpat felis pharetra ipsum erat dolore diam felis, nonummy turpis, lorem donec ut massa et ullamcorper mauris nonummy feugiat magna, nunc. Nibh praesent molestie pharetra donec ante sem eget sit magna nibh, adipiscing sed dolore praesent volutpat, elit ipsum lobortis, ullamcorper molestie turpis erat dolore lobortis diam mauris pharetra erat. Nisi tincidunt ante diam id consectetur nisi laoreet proin ullamcorper molestie eget adipiscing feugiat dolore ante non, felis, consectetur, pulvinar tempus congue mi non id adipiscing lorem dolore lobortis. Et tellus volutpat adipiscing dolore lobortis et aliquet mauris nonummy pharetra donec ante tellus sit ut diam, adipiscing sit sed nisi lobortis aliquet molestie nonummy erat massa volutpat nonummy. Ipsum et tellus, mauris adipiscing sit sed lorem dolore massa, praesent tellus elit amet ac congue ante sem euismod elit amet nibh diam molestie consectetur pulvinar ac nunc ante. Ullamcorper molestie elit turpis feugiat dolore massa diam molestie turpis sed, nisi lobortis praesent non elit sit pulvinar aliquam nunc, proin euismod at, nonummy sit sed aliquam congue mi. Non felis, at amet feugiat donec ante tellus nonummy ipsum ac congue proin volutpat adipiscing, feugiat magna sem euismod mauris consectetur, ipsum ac, dolore lobortis diam mauris pharetra, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor sit sed aliquam congue, ante et sem eget adipiscing pharetra ipsum magna laoreet aliquet eget adipiscing pharetra erat dolore nibh praesent volutpat amet ut mi aliquet eget, amet lorem. Donec magna nunc ante ullamcorper magna nisi laoreet aliquet, eget felis nonummy sit sed aliquam lobortis laoreet sem amet ac tincidunt mi volutpat id consectetur dolor tempus, magna nunc nibh. Proin diam tellus elit sit sed donec lobortis mi aliquet id adipiscing pharetra feugiat erat tellus mauris amet dolor erat nunc laoreet praesent volutpat adipiscing pharetra erat ut proin eget. Adipiscing pharetra erat ut mi aliquet eget pulvinar aliquam diam felis feugiat ut diam felis tempus proin at sed laoreet eget, erat et nonummy donec aliquet amet dolore, tellus sit. Ut sem nonummy donec praesent tempus ante mauris lorem nibh elit, donec diam adipiscing donec aliquet turpis, nisi sem consectetur congue ullamcorper amet dolore ullamcorper amet, tincidunt euismod pulvinar massa. Molestie feugiat diam adipiscing dolore, aliquet, mauris lorem et at magna ullamcorper pharetra congue euismod ipsum massa molestie ipsum ante felis tempus mauris ac et elit tempus mi adipiscing aliquam. Ante mauris lorem nibh eget erat mi id tempus massa, molestie feugiat lobortis eget erat, laoreet id ipsum lobortis dolor tincidunt volutpat sed laoreet id ipsum laoreet felis aliquam proin. At ac nibh elit erat, mi felis tempus massa molestie feugiat nibh elit sed mi nonummy, mi felis tempus ante at, lorem et id ipsum, massa molestie ipsum massa mauris. Sed laoreet id ipsum nunc aliquet, sit ut sem pharetra congue, euismod dolor tellus ipsum ante mauris lorem lobortis, non pharetra donec praesent turpis ut sem pharetra congue non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa mauris lorem lobortis eget dolor dolore. Aliquet adipiscing ac et elit erat laoreet. Id ipsum massa mauris et elit magna. Et felis erat mi felis tempus proin. Mauris lorem nibh id ipsum massa mauris. Lorem nibh mauris lorem et elit erat. Mi id massa molestie feugiat nibh eget. Sed mi, felis, tempus massa molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt id ipsum massa feugiat nibh eget, sed laoreet eget sed mi elit, tempus ante felis, aliquam sem turpis, nisi, non pharetra lobortis eget, lorem nibh. Nonummy donec diam aliquam, proin adipiscing, aliquam proin at congue ullamcorper amet congue ullamcorper, pulvinar massa molestie ipsum massa molestie lorem nibh mauris lorem et elit. Donec, mi tempus ante mauris lorem et elit ac diam amet aliquam praesent turpis nisi sem consectetur magna sem consectetur congue euismod pulvinar nunc tellus sit. Ut sem erat laoreet felis aliquam ante mauris ac et elit erat, mi id ipsum massa molestie feugiat tincidunt volutpat dolor tincidunt id tempus ante mauris. Lobortis non amet, nunc, tellus sit nunc tellus feugiat massa mauris lorem nibh elit ac diam nonummy donec praesent amet nunc euismod pulvinar nunc molestie, feugiat. Nibh, dolor, laoreet id erat diam amet dolore aliquet amet dolore tellus feugiat lobortis volutpat feugiat lobortis eget, erat et elit donec diam, amet nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh non, amet, dolore aliquet, sit ut sem sit. Ut ullamcorper amet donec mi felis ante elit erat. Laoreet id ipsum, massa tellus, sit ut non dolor. Tincidunt eget erat mi id tempus massa molestie feugiat. Lobortis volutpat sed mi tempus, massa volutpat feugiat lobortis. Volutpat dolor laoreet, id ipsum nunc tellus sit ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum massa ipsum, massa volutpat pharetra dolore aliquet turpis aliquam proin mauris lorem laoreet felis tempus ante. Felis lorem lobortis eget dolor tincidunt id sed laoreet adipiscing ut non dolor tincidunt, euismod dolor laoreet id. Tempus ante mauris lorem ante, mauris ac et nonummy congue, diam amet donec praesent adipiscing, nisi non magna. Ullamcorper, nonummy dolore aliquet, turpis nisi sem consectetur nisi sem pharetra congue euismod amet dolore aliquet sit ut. Non pharetra congue diam amet congue turpis dolore tellus sit ut non pharetra tincidunt ullamcorper pulvinar tincidunt euismod. Pulvinar, nunc molestie lorem nibh eget lorem nibh elit erat mi adipiscing aliquam mauris lorem proin, at ac. Mi felis erat mi felis tempus proin elit ac diam consectetur congue euismod sed nibh eget donec praesent. Adipiscing aliquam proin ac et elit erat laoreet, id ipsum ante felis ac et at ac sem consectetur. Congue ullamcorper pulvinar tincidunt euismod pulvinar ante, felis lorem ante, mauris ac euismod ipsum nunc tellus sit ut. Volutpat, dolor tincidunt, euismod amet dolore sem consectetur magna diam consectetur magna diam nonummy ante, at, ac sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, tempus massa molestie lorem et elit ac diam donec aliquet turpis nisi aliquet turpis ut tellus feugiat nibh eget. Sed laoreet eget erat laoreet felis tempus massa mauris aliquam et at magna sem donec praesent adipiscing nisi sem at. Ac diam consectetur magna euismod pulvinar nunc tellus pulvinar nunc molestie ipsum lobortis molestie lorem, proin at, ac et, erat. Mi felis tempus ante mauris sed laoreet felis ipsum ante felis aliquam proin adipiscing ac, et eget, erat mi felis. Aliquam aliquet turpis proin eget ac diam consectetur magna aliquet amet dolore aliquet sit, nunc non pharetra, ut volutpat, sed. Laoreet id ipsum laoreet molestie sit massa, molestie feugiat eget sed mi elit erat praesent turpis dolore tellus ipsum massa. Molestie, feugiat lobortis mauris lorem nibh elit erat, praesent adipiscing, dolore aliquet turpis, aliquam proin, consectetur, diam nonummy, donec aliquet. Turpis dolore tellus turpis nisi, non consectetur congue ullamcorper pulvinar nunc, tellus sit ut tellus sit ut volutpat tempus massa. At lorem nibh elit erat, mi elit erat mi felis aliquam proin consectetur nisi sem pharetra ut non dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ac et nonummy donec aliquet turpis nunc tellus feugiat massa, molestie, lorem ante at ac et sed. Ante felis tempus ante at ac proin consectetur magna, diam amet donec aliquet turpis nisi tellus feugiat lobortis. Volutpat dolor tincidunt ullamcorper amet sem turpis nisi non sit lobortis eget sed nibh elit ac diam, adipiscing. Aliquam proin at nisi aliquet sit lobortis molestie feugiat lobortis eget erat mi felis massa mauris lorem ante. Mauris sed laoreet id sed laoreet, felis tempus proin adipiscing aliquam sem, turpis ut non dolor lobortis volutpat. Sed euismod, pulvinar nunc mauris tempus proin adipiscing nisi non, pharetra congue non pharetra congue ullamcorper pulvinar nunc. Molestie sit lobortis non dolor, lobortis eget dolor laoreet id massa molestie lorem lobortis eget lorem nibh elit. Donec praesent nonummy dolore ullamcorper ipsum massa, id feugiat lobortis, molestie lorem et at ac et nonummy magna. Diam tempus proin mauris lorem nibh elit erat praesent adipiscing aliquam praesent turpis ut tellus pharetra, congue non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at ac diam consectetur, donec diam amet, dolore tellus sit nisi non pharetra diam nonummy dolore euismod sed. Laoreet id erat, mi adipiscing aliquam aliquet sit ut volutpat feugiat nibh eget lorem et nonummy magna euismod sed nibh. Eget laoreet felis aliquam praesent amet dolore tellus feugiat massa mauris lorem et elit magna sem consectetur congue euismod dolor. Tincidunt felis tempus praesent adipiscing donec turpis nisi sem pharetra congue non pharetra tincidunt euismod ipsum laoreet felis donec praesent. Turpis dolore aliquet sit lobortis molestie lorem nibh mauris nunc id, sed massa mauris aliquam praesent sit nunc molestie feugiat. Lobortis molestie, lorem nibh elit magna non pharetra tincidunt volutpat dolor mi consectetur congue volutpat sed, eget erat praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit, erat mi adipiscing aliquam praesent adipiscing nisi sem erat. Mi id tempus ante felis aliquam sem consectetur nisi sem consectetur, magna. Ullamcorper pharetra tincidunt, id ipsum laoreet adipiscing aliquam praesent adipiscing aliquam, sem. Sed mi elit donec aliquet, amet, nunc euismod, pulvinar massa felis donec. Praesent turpis aliquam non pharetra congue non pharetra laoreet elit ac et. Elit, massa mauris ac et, at ac diam consectetur magna diam pulvinar. Dolore tellus, pulvinar ut tellus feugiat nibh mauris lorem et elit erat. Tellus, sit lobortis volutpat feugiat lobortis euismod dolor, laoreet felis erat praesent. Turpis dolore tellus sit nunc molestie, lorem nibh mauris lorem et elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin at, nisi sem at ac, mi felis tempus mi adipiscing nisi sem, turpis magna sem consectetur magna adipiscing tempus ante adipiscing, lorem et elit sed. Laoreet molestie, sit lobortis, volutpat dolor lobortis euismod sed mi elit donec ullamcorper, pulvinar nunc tellus ac et elit donec praesent amet congue ullamcorper pulvinar nunc. Aliquet pharetra congue non pharetra tincidunt volutpat dolor laoreet felis erat mi adipiscing aliquam, sem consectetur magna elit donec diam amet tincidunt, euismod, sit nunc molestie. Feugiat ut non pharetra lobortis eget, sed mi elit erat mi felis aliquam sem sed laoreet eget, sed mi adipiscing donec praesent turpis ut tellus feugiat. Congue ullamcorper nonummy dolore, ullamcorper amet nunc tellus feugiat, massa mauris lorem, proin, at magna euismod ipsum massa molestie lorem nibh mauris ac et elit ac. Diam elit tempus proin adipiscing nisi, tellus sit lobortis molestie feugiat lobortis eget lorem diam nonummy mi adipiscing aliquam praesent turpis ut, non sit congue volutpat. Pharetra, donec praesent adipiscing nisi aliquet sit lobortis volutpat, donec praesent adipiscing aliquam proin at ac diam consectetur magna diam amet dolore aliquet sit nunc molestie. Ipsum ante mauris aliquam proin consectetur nisi ullamcorper amet congue turpis nisi aliquet turpis ut tellus sit ut euismod dolor tincidunt id ipsum laoreet felis tempus. Ante mauris ac proin consectetur, magna ullamcorper, pharetra dolore euismod sed euismod pulvinar nunc molestie lorem lobortis eget ac et nonummy magna ullamcorper amet tincidunt euismod. Pulvinar massa, tellus, feugiat lobortis molestie feugiat lobortis eget dolor laoreet, felis massa molestie, lorem lobortis, volutpat dolor, nibh elit donec diam nonummy dolore aliquet sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non pharetra tincidunt euismod dolor massa molestie ipsum massa. Non consectetur, congue euismod dolor laoreet eget erat mi. Adipiscing tempus, volutpat dolor tincidunt euismod pulvinar massa id. Tempus proin at ac proin, elit erat et elit. Erat mi felis aliquam proin at magna sem pharetra. Praesent adipiscing donec, aliquet amet ut, non sit congue. Ullamcorper amet congue euismod pulvinar nunc euismod ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tincidunt euismod pulvinar nunc non feugiat lobortis eget sed, nibh eget. Erat mi elit erat praesent turpis dolore aliquet feugiat lobortis volutpat dolor. Ullamcorper amet dolore tellus turpis ut, tellus feugiat nibh eget, lorem et. At erat et nonummy, donec aliquet turpis, nisi aliquet feugiat lobortis volutpat. Feugiat volutpat dolor laoreet euismod pulvinar massa molestie feugiat nibh volutpat dolor. Nibh elit ac mi adipiscing aliquam praesent turpis aliquam et elit erat. Mi felis ipsum massa elit tempus, ante mauris, lorem ante mauris sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id aliquam proin adipiscing nibh elit erat mi elit donec aliquet adipiscing nisi, aliquet consectetur magna sem. Consectetur erat mi adipiscing donec praesent turpis aliquam, sem consectetur magna ullamcorper dolore proin adipiscing aliquam aliquet sit. Nisi diam nonummy magna diam amet nunc id ipsum massa mauris aliquam praesent adipiscing aliquam non, pharetra congue. Ullamcorper aliquam proin turpis nisi aliquet turpis ut non, pharetra tincidunt volutpat pulvinar, tincidunt id tempus ante, felis. Tempus ante adipiscing nisi non, pharetra diam dolor tincidunt ullamcorper turpis nunc tellus turpis nisi, sem nonummy dolore. Aliquet turpis dolore aliquet, sit, ut molestie lorem ante at lorem nibh elit erat mi feugiat ut, non. Pharetra congue ullamcorper amet nisi sem consectetur nisi non pharetra congue euismod pulvinar tincidunt, id tempus, mi felis. Tempus nibh eget lorem nibh sed, massa molestie feugiat massa volutpat, feugiat, lobortis eget sed mi, felis erat. Ante felis tempus ante mauris lorem et nonummy laoreet id ipsum ante at aliquam proin at erat et. Nonummy congue ullamcorper pulvinar, tincidunt tellus sit, lobortis volutpat feugiat nibh eget sed, tellus euismod molestie nonummy nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut volutpat pharetra congue ullamcorper amet dolore tellus, feugiat diam, nonummy donec praesent turpis, nunc euismod sit nunc volutpat feugiat lobortis eget sed laoreet eget sed. Laoreet molestie ipsum nibh mauris ac nibh elit erat tellus feugiat, lobortis volutpat feugiat lobortis volutpat dolor laoreet, euismod ipsum massa, mauris tempus ante at lorem et eget. Erat mi, adipiscing donec aliquet amet, et at, erat mi elit, erat mi turpis nisi aliquet turpis nisi sem nonummy magna, diam nonummy dolore tellus pulvinar nunc tellus. Pharetra diam nonummy aliquam praesent adipiscing aliquam, proin consectetur ac et elit erat praesent turpis nisi sem consectetur nisi non pharetra, congue ullamcorper pharetra tincidunt euismod pulvinar nunc. Euismod amet, nunc tellus feugiat massa mauris lorem et elit erat, et elit erat, praesent adipiscing aliquam, praesent adipiscing aliquam diam nonummy magna praesent adipiscing aliquam proin lorem. Nibh eget, erat mi elit erat praesent adipiscing tempus ante mauris ac et nonummy donec ullamcorper nonummy dolore eget lorem nibh eget sed mi felis, aliquam, proin adipiscing. Aliquam proin at ac mi felis erat, mi, adipiscing aliquam sem, turpis nisi, sem consectetur congue non donec, aliquet turpis ut tellus sit ut volutpat dolor lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus mi elit erat mi adipiscing. Tempus ante at ac et nonummy. Donec praesent adipiscing donec, praesent turpis. Dolore, aliquet turpis nisi non pharetra. Tincidunt volutpat nunc euismod ipsum massa. Molestie sit tincidunt volutpat dolor nibh. Eget ipsum laoreet felis aliquam proin. Adipiscing aliquam sem consectetur ac diam. Nonummy donec felis tempus proin at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ullamcorper nonummy donec proin adipiscing aliquam proin at ac, praesent nonummy. Donec praesent nisi, sem consectetur, magna diam elit erat mi turpis aliquam. Sem at ac diam nonummy erat mi felis aliquam ante, at ac. Nibh eget ipsum tellus feugiat lobortis molestie feugiat, nibh at, magna sem. Consectetur donec praesent amet nunc euismod ipsum ante molestie lorem ante mauris. Lorem nibh eget sed id, feugiat ut, ullamcorper pharetra congue aliquet, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc volutpat, dolor lobortis volutpat dolor, nunc, tellus sit, non sit massa eget sed. Laoreet euismod ipsum massa molestie ipsum massa mauris lorem nibh at, erat et felis. Tempus ante felis feugiat lobortis mauris tincidunt euismod ipsum laoreet id ipsum ante molestie. Lorem nibh eget, sed et elit dolore aliquet turpis dolore tellus pulvinar massa mauris. Lorem, lobortis volutpat nunc aliquet sit ut non feugiat lobortis, mauris lorem et elit. Ac et elit erat praesent felis tempus nibh eget dolor laoreet id ipsum diam. Nonummy, donec praesent adipiscing aliquam proin at ac et elit ac ullamcorper amet erat. Praesent adipiscing nisi sem consectetur, ut sem pharetra congue euismod pulvinar proin mauris ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam amet dolore ullamcorper amet nunc. Molestie, feugiat ut volutpat dolor, tincidunt. Pulvinar nunc tellus sit ut tellus. Pharetra congue, diam adipiscing aliquam praesent. Adipiscing ac et elit ac diam. Nonummy donec praesent adipiscing aliquam sem. Consectetur et elit erat, praesent adipiscing. Nisi proin at, magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore aliquet turpis aliquam proin congue diam amet, congue ullamcorper amet dolore tellus pulvinar massa molestie lorem proin consectetur ac et nonummy erat mi felis aliquam praesent, adipiscing aliquam. Proin at mi, felis erat aliquet pulvinar nunc aliquet turpis nisi sem consectetur congue diam nonummy donec praesent adipiscing magna sem consectetur magna diam nonummy dolore ullamcorper dolore tellus. Feugiat, ut volutpat, dolor lobortis eget erat mi felis tempus mi adipiscing nisi, sem sit ut non pharetra, congue diam nonummy aliquet, amet ut non sit congue ullamcorper, pharetra. Congue ullamcorper amet dolore tellus turpis nisi sem pharetra tincidunt euismod dolor, tincidunt id sed, laoreet id tempus ante lorem, nibh elit ac et elit erat praesent, adipiscing aliquam. Sem consectetur magna et, nonummy donec diam adipiscing donec praesent adipiscing magna et nonummy magna diam, amet ante mauris lorem et elit ac diam elit erat mi felis aliquam. Ante, mauris sed nibh elit erat praesent adipiscing, lorem nibh pharetra congue euismod ipsum laoreet molestie, ipsum massa molestie feugiat nibh, eget erat, mi felis tempus, ante, mauris lorem. Nibh, euismod pulvinar tincidunt id sed massa tellus ut volutpat pharetra congue euismod pulvinar massa molestie ipsum massa molestie feugiat, nibh euismod pulvinar nunc tellus sit ut tellus sit. Congue ullamcorper amet donec praesent turpis sem, consectetur congue non pharetra congue, euismod pulvinar nunc tellus feugiat lobortis molestie, lorem nibh eget lorem nibh felis tempus, mi, felis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat et nonummy aliquam, ante. Adipiscing nisi sem, consectetur ac et. Nonummy mi felis tempus sem consectetur. Nisi sem nonummy donec praesent, adipiscing. Aliquam praesent, adipiscing ac, proin, at. Ac et elit erat praesent adipiscing. Aliquam et at diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit ut non sit ut volutpat dolor tincidunt ullamcorper, amet nunc, molestie lobortis. Molestie dolor tincidunt ullamcorper pulvinar nunc tellus, pulvinar massa molestie feugiat lobortis eget lorem. Laoreet id ipsum laoreet id tempus ante at aliquam non magna et nonummy, congue. Aliquet amet, dolore aliquet, sit ut, sem pharetra congue diam amet donec aliquet sit. Ut tellus sit lobortis, volutpat dolor laoreet, amet dolore aliquet sit ut volutpat feugiat. Nibh eget erat laoreet id tempus ante mauris tempus ante eget sed nibh elit. Erat mi aliquam proin adipiscing ac proin elit ac mi, elit donec praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet eget, tempus ante, tempus nibh, eget sed. Laoreet euismod pulvinar nunc tellus feugiat lobortis molestie dolor. Tincidunt euismod pulvinar tincidunt tellus, sit ut non consectetur. Congue euismod nunc aliquet turpis, nisi non pharetra lobortis. Volutpat pharetra congue ullamcorper ipsum nunc molestie, feugiat massa. Volutpat dolor lobortis euismod amet nunc tellus ipsum massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi diam nonummy erat praesent felis tempus proin adipiscing aliquam et elit erat mi felis tempus ante tempus ante mauris. Lorem laoreet elit erat praesent felis aliquam praesent turpis nisi sem, consectetur magna diam amet dolore ullamcorper turpis nunc molestie. Ipsum, molestie feugiat nibh volutpat sed mi felis erat praesent nonummy donec praesent turpis ut tellus sit congue non, pharetra. Congue ullamcorper amet nunc tellus turpis nisi sem dolore aliquet amet nunc tellus sit ut tellus sit lobortis eget dolor. Tincidunt tellus pulvinar massa molestie sit, lobortis non dolor tincidunt volutpat massa id, sit ut non, dolor tincidunt, euismod pulvinar. Nunc euismod sit ut sem, nonummy congue ullamcorper nonummy dolore, aliquet turpis nisi tellus sit congue ullamcorper nonummy praesent adipiscing. Nisi sem consectetur nisi sem nonummy erat mi mauris lorem proin, mauris sed laoreet eget erat mi felis tempus ante. Molestie feugiat lobortis eget erat id ipsum mi, mauris feugiat nibh eget dolor, tincidunt id ipsum laoreet, tellus feugiat nibh. Mauris lorem et elit, erat molestie feugiat lobortis volutpat feugiat lobortis volutpat sed tincidunt id pulvinar massa molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut sem pharetra magna non. Pharetra, dolore praesent adipiscing aliquam proin. Consectetur nisi sem, nonummy donec praesent. Felis lorem, ante at tincidunt euismod. Pulvinar ut tellus sit lobortis volutpat. Dolor laoreet, eget erat mi felis. Tempus, ante mauris tempus ante at. Ac mi id tempus massa feugiat. Lobortis non dolor tincidunt euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie feugiat tincidunt ullamcorper amet nunc molestie, feugiat massa tellus sit nisi sem consectetur, congue ullamcorper amet nunc euismod pulvinar massa tellus feugiat ut, non. Pharetra congue euismod pulvinar massa molestie ipsum, lobortis volutpat congue euismod pulvinar nunc tellus, pulvinar massa molestie feugiat ut, volutpat sed, laoreet id pulvinar, nunc tellus. Feugiat lobortis, molestie feugiat nibh volutpat sed laoreet euismod, ac et elit erat, praesent, adipiscing aliquam proin adipiscing aliquam proin nonummy donec praesent nonummy aliquam ante. At lorem et elit, erat, et ipsum massa mauris, lorem ante mauris ac, et elit donec praesent nonummy, donec proin, adipiscing aliquam proin consectetur ac et. Nonummy dolore aliquet amet dolore tellus feugiat diam nonummy donec praesent nonummy nisi sem, consectetur magna diam nonummy, donec praesent nonummy dolore ullamcorper amet, nunc non. Pharetra congue ullamcorper pharetra congue, euismod amet nunc turpis, ut non pharetra tincidunt euismod dolor nunc tellus sit ut non pharetra ut non, dolor tincidunt id. Sed molestie ipsum lobortis molestie feugiat lobortis, volutpat dolor tincidunt euismod pulvinar, nunc tellus sit lobortis eget lorem et elit donec praesent adipiscing tempus massa molestie. Lorem nibh turpis aliquam et at ac et nonummy donec diam, nonummy, nisi sem, turpis nisi sem consectetur congue, ullamcorper amet dolore ullamcorper pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante felis lorem nibh eget erat et elit donec praesent amet dolore at aliquam proin nonummy magna ullamcorper amet dolore aliquet adipiscing. Aliquam proin at erat, et, elit tempus mi felis tempus proin at ac diam consectetur magna mauris lorem lobortis, volutpat dolor laoreet id. Sed nunc aliquet, turpis congue ullamcorper nonummy dolore aliquet turpis nisi aliquet turpis nisi non pharetra congue euismod donec proin at aliquam proin. At ac mi felis aliquam praesent adipiscing aliquam sem consectetur magna diam consectetur donec praesent adipiscing nisi sem lorem nibh elit donec praesent. Felis tempus ante, at lorem laoreet id ipsum massa molestie feugiat lobortis molestie dolor tincidunt euismod pulvinar tincidunt tellus sit ut molestie congue. Diam nonummy donec praesent turpis ut non, pharetra congue ullamcorper pharetra tincidunt euismod amet nunc tellus sit nisi non pharetra congue ullamcorper pulvinar. Dolore aliquet turpis, diam nonummy donec ullamcorper amet donec aliquet turpis nisi sem consectetur ac et felis, erat ante mauris tempus nibh, mauris. Laoreet id ipsum nunc, molestie lorem nibh, eget sed nibh eget sed laoreet id, ipsum massa molestie feugiat lobortis volutpat pulvinar, tincidunt molestie. Feugiat massa mauris lorem eget, sed laoreet id sed massa mauris lorem nibh eget sed tincidunt ullamcorper amet nisi, sem at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis eget, pulvinar nunc tellus turpis ut non pharetra ut. Ullamcorper nonummy aliquam praesent pulvinar massa molestie ut volutpat amet dolore. Aliquet adipiscing aliquam ante at ac et elit erat mi felis. Tempus proin at ac et at donec praesent, nonummy ut non. Pharetra dolore aliquet turpis nisi aliquet sit ut volutpat dolor lobortis. Volutpat pulvinar dolore tellus pulvinar, massa tellus sit lobortis eget sed. Nibh eget ipsum aliquet, sit ut volutpat pharetra congue euismod dolor. Nunc tellus pulvinar ut non sit congue, euismod amet, nunc, aliquet. Adipiscing aliquam proin at, massa tellus sit massa mauris lorem proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec praesent adipiscing aliquam ante at ac et pulvinar. Nunc, non sit ut non, pharetra, congue ullamcorper amet nunc. Sem consectetur magna diam nonummy dolore aliquet amet dolore tellus. Sit ut sem pharetra, ullamcorper amet, dolore aliquet turpis, aliquam. Sem consectetur ac et amet donec, aliquet turpis aliquam proin. Consectetur nisi sem consectetur congue euismod dolor laoreet, id nunc. Tellus pharetra congue diam nonummy donec aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis volutpat dolor laoreet id nunc molestie lorem ante mauris lorem laoreet elit erat mi felis tempus, ante mauris lorem. Laoreet, euismod, pulvinar, laoreet id tempus ante mauris feugiat, lobortis dolor tincidunt euismod pulvinar massa, tellus pharetra magna, diam adipiscing aliquam. Nibh eget sed nibh, eget, sed laoreet, felis erat mi at lorem nibh eget tincidunt tellus sit ut, tellus pharetra congue. Ullamcorper amet, dolore aliquet turpis ut tellus sit lobortis volutpat, feugiat laoreet euismod pulvinar nunc, aliquet nisi sem nonummy magna praesent. Adipiscing tempus proin at ac diam nonummy donec praesent adipiscing tempus proin at ac proin, at ac et elit, erat mi. Felis lobortis euismod dolor tincidunt euismod, sit ut, sem nonummy magna diam amet donec aliquet adipiscing nisi non pharetra ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit ac, et elit erat. Mi mauris tempus ante at ac et. Elit erat laoreet molestie feugiat massa molestie. Congue, euismod amet nisi aliquet feugiat lobortis. Volutpat pharetra tincidunt ullamcorper amet dolore aliquet. Sit ut tellus sit congue ullamcorper amet. Dolore aliquet nisi non consectetur magna ullamcorper. Nonummy erat praesent adipiscing aliquam proin consectetur. Magna sem consectetur magna, ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis non, pharetra dolore aliquet turpis dolore aliquet turpis nisi ullamcorper amet congue aliquet amet dolore tellus sit nunc molestie. Sit ut, euismod lorem nibh mauris, lorem et, elit sed laoreet, felis, feugiat lobortis molestie pharetra dolore aliquet amet nunc tellus. Pulvinar, ut non dolor tincidunt volutpat, dolore, aliquet turpis ut non pharetra congue non pharetra congue ullamcorper pulvinar nunc molestie feugiat. Massa molestie feugiat lobortis eget erat mi id, pulvinar nunc tellus sit ullamcorper amet nunc id pulvinar nunc tellus sit lobortis. Non pharetra congue ullamcorper amet, nunc tellus sit lobortis non dolor nibh mauris lorem nibh sed massa molestie, feugiat nibh mauris. Sed laoreet, id pulvinar dolore sem consectetur ac et nonummy dolore aliquet turpis nisi aliquet turpis magna sem consectetur congue nonummy. Donec ante at lorem nibh, eget, ipsum massa molestie, ipsum massa, at lorem nibh volutpat dolor nunc, tellus feugiat, lobortis molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt tellus pulvinar ut tellus sit ut volutpat dolor laoreet ullamcorper pulvinar massa molestie tempus ante molestie lorem aliquet turpis dolore aliquet turpis ut non consectetur donec. Mi felis tempus ante at lorem et at ac, et elit, erat ante adipiscing ac, at ac et elit erat mi adipiscing tempus ante mauris ac nibh. Elit erat praesent, adipiscing donec, proin adipiscing nisi sem pharetra congue non feugiat lobortis euismod nunc tellus sit lobortis non dolor, lobortis volutpat sed tincidunt euismod ipsum. Nunc, molestie feugiat lobortis eget dolor laoreet id sed mi id ante mauris ac, et elit ac mi elit erat mi adipiscing tempus ante, at magna diam. Consectetur, donec praesent adipiscing tempus praesent at aliquam proin at ac, nonummy donec aliquet amet, tincidunt euismod ipsum massa mauris lorem ante mauris sed nibh elit donec. Mi id ipsum massa mauris lorem nibh eget ipsum laoreet, id ut sem, nonummy erat mi mauris feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc molestie feugiat. Lobortis non, pharetra congue pulvinar nunc tellus consectetur ac diam amet dolore ullamcorper pulvinar nunc tellus, sit nunc molestie feugiat nibh eget sed laoreet id ipsum massa. Id ipsum ante mauris donec proin at ac nibh eget erat et felis, erat praesent felis lorem ante at ac, diam nonummy magna diam nonummy donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna diam, elit tempus massa molestie feugiat, nibh eget erat et felis erat, praesent adipiscing, praesent, adipiscing aliquam proin nonummy donec praesent adipiscing tempus proin, at. Ac et eget sed laoreet id tempus ante felis tempus nibh eget sed tincidunt turpis magna diam elit donec, mi felis ipsum massa molestie lorem et. Eget sed massa id ipsum massa mauris feugiat lobortis ullamcorper nonummy dolore tellus sit sem consectetur congue non, pharetra congue ullamcorper amet nunc molestie feugiat lobortis. Non, amet, dolore praesent adipiscing, aliquam sem turpis magna sem consectetur diam adipiscing aliquam, proin at ac et, elit donec praesent adipiscing donec praesent, turpis dolore. Aliquet consectetur magna diam nonummy erat aliquet turpis dolore aliquet turpis nunc, sit congue diam nonummy nunc, euismod pulvinar ut non sit lobortis, volutpat dolor tincidunt. Ullamcorper amet dolore, aliquet sit ut sem consectetur congue diam amet, dolore consectetur ac et nonummy, erat mi adipiscing aliquam proin adipiscing lorem laoreet id sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, lorem lobortis, euismod pulvinar nunc aliquet turpis nisi non pharetra magna diam amet dolore aliquet sit ut non ipsum nunc tellus. Turpis nisi non pharetra congue euismod, pulvinar nunc id pulvinar massa tellus sit ut volutpat dolor nunc euismod pulvinar laoreet tellus ut. Non pharetra congue euismod pulvinar dolore tellus feugiat lobortis volutpat, dolor lobortis volutpat sed nibh id ipsum ante mauris tempus, proin at. Ac et eget erat felis feugiat lobortis molestie lorem nibh elit erat laoreet felis tempus ante mauris lorem ante at lorem nibh. Elit sed mi felis ipsum eget dolor tincidunt euismod pulvinar nunc felis ipsum ante felis tempus et elit dolor tincidunt euismod pulvinar. Nunc, non sit ut ullamcorper amet donec aliquet turpis ut pharetra ut non pharetra, tincidunt ullamcorper pulvinar nunc molestie, ipsum massa molestie. Feugiat, lobortis volutpat sed tincidunt, euismod pulvinar nunc molestie feugiat nibh mauris lorem et elit laoreet id ipsum massa mauris ac et. At ac diam elit donec praesent felis tempus ante mauris ac et nonummy praesent, adipiscing aliquam praesent adipiscing ut non pharetra magna. Diam nonummy, dolore aliquet amet nunc tellus ipsum massa mauris, tempus, ante at, magna diam consectetur magna, diam aliquam ante mauris aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie sit ut ullamcorper amet congue dolor nunc tellus, pulvinar massa tellus feugiat lobortis euismod, sed laoreet, euismod pulvinar massa. Molestie, feugiat lobortis volutpat feugiat nibh id aliquam proin at sed tincidunt adipiscing, lorem nibh, eget sed mi felis tempus ante. Molestie consectetur magna nibh euismod pulvinar nunc tellus feugiat lobortis eget sed tincidunt id ipsum tellus sit, ut volutpat feugiat nibh. Volutpat dolor laoreet, felis ipsum, massa molestie feugiat lobortis euismod pulvinar nunc tellus, sit ut non sit ut pharetra congue aliquet. Turpis lorem et elit magna et nonummy erat mi adipiscing tempus ante mauris magna et elit erat praesent nonummy dolore aliquet. Adipiscing aliquam eget ipsum laoreet id ipsum ante adipiscing aliquam sem consectetur, magna diam nonummy magna diam nonummy donec praesent sit. Ut tellus, sit congue ullamcorper nonummy congue ullamcorper, nisi aliquet turpis nisi non pharetra tincidunt, euismod amet dolore tellus, turpis ut. Non pharetra congue euismod amet dolore aliquet, nisi non pharetra ut non pharetra tincidunt id ipsum massa id ipsum, massa mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at magna et elit, sed laoreet id ipsum massa mauris, lorem, nibh eget sed laoreet felis erat mi felis tempus proin consectetur magna elit erat, mi felis tempus. Ante eget sed laoreet, id ipsum nunc molestie feugiat lobortis volutpat dolor congue ullamcorper, amet nisi aliquet, turpis magna diam ipsum nunc non sit nibh mauris magna diam, consectetur. Magna praesent felis tempus, proin at ac et elit, ac diam nonummy dolore aliquet turpis nisi sem at diam nonummy donec praesent adipiscing donec, aliquet sit ut sem at. Magna mi felis aliquam proin adipiscing nisi sem turpis ut volutpat pharetra ullamcorper turpis nisi proin, at magna diam consectetur magna diam amet congue, tellus turpis nisi tellus sit. Ut non pharetra congue praesent turpis nisi sem turpis nisi consectetur, magna euismod dolor laoreet elit, erat praesent, nonummy donec aliquet turpis ut tellus sit lobortis molestie lorem nibh. Elit erat mi felis tempus ante felis lorem, diam nonummy dolore tellus sit nunc tellus feugiat lobortis non dolor laoreet euismod pulvinar massa id ipsum lobortis molestie, feugiat volutpat. Pulvinar, tincidunt euismod pulvinar massa molestie lorem nibh eget sed tincidunt proin ullamcorper adipiscing pharetra sed, nisi et id amet nisi proin, eget turpis lorem congue volutpat nonummy, tempus. Lorem dolore ante ullamcorper nonummy aliquam proin, at ac et, at ac diam elit donec praesent adipiscing aliquam proin, consectetur nisi, sem pharetra tincidunt amet dolore aliquet turpis, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore praesent at ac et ac et nonummy donec praesent turpis, aliquam sem at ac, diam nonummy donec mi mauris lorem nibh. Non pharetra dolore tellus sit ut non consectetur mi felis erat mi adipiscing nisi, sem turpis ut sem, consectetur, magna ullamcorper nonummy dolore. Aliquet sit nisi non sit congue ullamcorper amet congue amet, nisi sem turpis congue non dolor tincidunt volutpat sed laoreet felis tempus ante. Mauris lorem lobortis eget sed nibh eget sed laoreet id ipsum massa mauris congue ullamcorper pulvinar dolore molestie sit nisi non dolor tincidunt. Ullamcorper pulvinar nunc euismod sit nunc tellus sit lobortis volutpat dolor laoreet, id ipsum molestie ipsum ante at ac proin consectetur magna et. Elit donec praesent turpis nisi aliquet sit, ut sem consectetur congue, ullamcorper amet dolore praesent turpis ut pharetra congue non dolor tincidunt euismod. Pulvinar, nunc molestie feugiat lobortis volutpat lorem, nibh volutpat sed nibh elit donec, diam nonummy donec praesent adipiscing nisi non sit diam nonummy. Donec praesent turpis, nisi sem consectetur nisi sem consectetur tincidunt euismod amet dolore aliquet, sit magna et eget laoreet id feugiat lobortis non. Pharetra dolore praesent turpis nisi sem consectetur magna diam nonummy donec praesent adipiscing aliquam sem consectetur magna sem consectetur magna diam nonummy praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc tellus sit lobortis volutpat dolor lobortis volutpat tincidunt euismod sit, nunc tellus feugiat tincidunt euismod pulvinar nunc euismod pulvinar ut sem pharetra congue. Diam nonummy dolore ullamcorper turpis nisi sem consectetur ac elit tempus massa molestie lorem nibh eget sed tincidunt id, pulvinar massa tellus sit ut, non pharetra. Congue euismod, amet nunc tellus sit, ut non dolore aliquet turpis aliquam aliquet pulvinar massa mauris, lorem nibh eget lorem nibh eget sed laoreet felis ipsum. Massa non dolor tincidunt, euismod pulvinar aliquet, consectetur nisi non dolor lobortis volutpat, dolor nibh elit erat praesent adipiscing donec, aliquet turpis aliquam sem consectetur congue. Diam nonummy donec praesent, turpis, nisi aliquet magna diam nonummy magna ullamcorper turpis dolore aliquet turpis ut tellus sit, lobortis volutpat dolor laoreet eget erat praesent. Nonummy aliquam proin mauris lorem nibh, eget tincidunt tellus sit nisi non pharetra magna diam nonummy dolore tellus sit ut non pharetra congue ullamcorper amet donec. Praesent tincidunt euismod pulvinar massa, molestie feugiat massa mauris tempus ante mauris ac et elit donec mi, felis lorem nibh eget lorem nibh elit, ac mi. Id ipsum molestie feugiat lobortis, volutpat sed laoreet elit erat mi felis, tempus ante consectetur nisi, diam consectetur magna ullamcorper pharetra dolore praesent adipiscing aliquam nibh. Eget pulvinar nunc sit ut non pharetra congue aliquet, adipiscing nisi proin at ac et nonummy donec ullamcorper amet dolore aliquet turpis ut non pharetra ut. Non amet dolore ullamcorper dolore aliquet consectetur magna diam nonummy donec diam, adipiscing, aliquam proin consectetur magna diam consectetur, magna diam adipiscing donec proin adipiscing, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy donec aliquet, felis aliquam ante mauris, lorem mi felis, tempus massa mauris nibh eget sed laoreet id ipsum. Massa tellus sit ut non dolor lobortis, volutpat dolor nunc id ipsum ante mauris feugiat nibh mauris lorem nibh. Eget aliquam diam nonummy donec praesent nonummy, donec aliquet turpis nisi sem turpis nisi, non dolor tincidunt volutpat dolor. Tincidunt euismod pulvinar massa tellus feugiat euismod pulvinar nunc tellus sit nisi sem consectetur ac diam nonummy donec aliquet. Adipiscing nisi proin elit ac diam nonummy donec diam adipiscing aliquam mauris ac et eget sed laoreet felis ipsum. Ante volutpat pharetra tincidunt euismod pulvinar nunc aliquet sit ut non pharetra magna ullamcorper amet, dolore aliquet turpis nisi. Nonummy donec diam nonummy aliquam proin at lorem nibh elit erat mi felis erat praesent adipiscing aliquam proin consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam adipiscing aliquam praesent at, ac nibh. Eget sed laoreet id, feugiat, ut ullamcorper. Amet dolore ullamcorper pulvinar nunc, aliquet ut. Sem consectetur magna, ullamcorper pulvinar tincidunt euismod. Sit, ut non sit magna diam amet. Congue ullamcorper amet ut sem consectetur magna. Diam nonummy dolore pulvinar dolore aliquet sit. Nisi sem nonummy donec mi adipiscing donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem consectetur magna praesent nonummy aliquam mauris, ac et elit erat et. Nonummy erat mi felis tempus, ante at lorem et nonummy erat, praesent. Adipiscing aliquam proin at ac proin at et nonummy erat praesent turpis. Nisi proin elit erat et elit donec diam nonummy dolore tellus, sit. Ut non pharetra lobortis eget dolor congue, ullamcorper ut non consectetur ut. Non pharetra dolore ullamcorper turpis dolore aliquet, turpis magna sem consectetur, congue. Diam pulvinar nunc tellus pulvinar nunc molestie lorem volutpat dolor laoreet id. Ipsum massa tellus, feugiat, ut sem nonummy erat praesent felis lorem nibh. Mauris lorem et eget erat mi felis tempus ante mauris, dolore ullamcorper. Turpis nunc molestie sit lobortis volutpat dolor tincidunt euismod pulvinar laoreet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh ac et elit erat praesent adipiscing tempus ante at. Lorem, laoreet euismod ipsum massa molestie ipsum massa mauris lorem lobortis. Eget sed laoreet id nunc tellus, sit ut non pharetra congue. Tellus turpis aliquam proin consectetur congue ullamcorper nonummy dolore aliquet amet. Dolore tellus sit nisi non consectetur donec adipiscing, donec praesent turpis. Nisi diam elit erat praesent adipiscing tempus ante mauris ac, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus ante, feugiat lobortis eget lorem et nonummy donec praesent nonummy dolore aliquet sit nisi sem consectetur magna diam adipiscing donec praesent at ac et at magna nonummy. Donec, praesent adipiscing nisi, sem consectetur nisi sem nonummy donec mi adipiscing aliquam praesent adipiscing, nisi sem consectetur magna ullamcorper amet congue ullamcorper amet aliquet turpis nisi sem consectetur. Magna diam pulvinar tincidunt euismod ipsum laoreet mauris tempus ante at lorem laoreet id ipsum massa id ipsum volutpat dolor tincidunt euismod pulvinar nunc tellus sit ut, non pharetra. Congue euismod pulvinar laoreet euismod turpis ut non pharetra, congue non pharetra tincidunt, euismod pulvinar nunc turpis ut non pharetra congue euismod pulvinar nunc aliquet sit ut sem, nonummy. Erat massa tellus sit ut, non amet congue ullamcorper turpis dolore aliquet turpis ut dolor lobortis volutpat sed nunc euismod ipsum massa molestie lorem ante mauris lorem, et elit. Donec diam nonummy donec praesent turpis nisi sem consectetur massa tellus turpis lobortis volutpat dolor, lobortis volutpat pulvinar tincidunt tellus sit ut non pharetra congue, volutpat, pharetra tincidunt euismod. Pulvinar, nunc, tellus sit ut ullamcorper pharetra praesent turpis aliquam sem turpis nisi sem, consectetur donec diam, adipiscing aliquam proin mauris lorem et elit, erat mi id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet id, ipsum ut volutpat pharetra tincidunt euismod dolor tincidunt euismod, pulvinar nunc. Tellus sit ullamcorper adipiscing aliquam proin at aliquam, proin, at erat et nonummy dolore. Aliquet felis tempus ante eget sed tincidunt id pulvinar nunc non sit praesent nonummy. Aliquam, proin mauris lorem nibh id sed laoreet, id ipsum, massa molestie dolor lobortis. Volutpat dolor laoreet id tempus ante, felis tempus ante at et, elit donec diam. Nonummy aliquam proin adipiscing aliquam sem turpis ut volutpat pharetra tincidunt euismod pulvinar laoreet. Euismod ipsum massa mauris tempus eget sed, nibh eget, erat laoreet, id ipsum massa. Molestie feugiat lobortis, eget sed mi felis erat mi felis, aliquam proin consectetur lorem. Et, elit donec ullamcorper non sit ut volutpat dolor lobortis eget, sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at magna non congue non pharetra tincidunt id ipsum mi felis aliquam, proin adipiscing nisi aliquet. Turpis ut volutpat dolor tincidunt eget sed mi elit donec praesent nonummy aliquet sit ut non sit lobortis. Eget, sed nibh elit ac ullamcorper amet congue ullamcorper, pulvinar nunc molestie ipsum massa molestie, dolor congue euismod. Pulvinar aliquet turpis nisi non sit ut non dolor sed mi id ipsum massa molestie lorem lobortis volutpat. Dolor, nunc aliquet sit nunc tellus feugiat lobortis, eget pharetra praesent, adipiscing ac proin at ac et nonummy. Erat ante molestie feugiat tincidunt euismod pulvinar, nunc euismod pulvinar nunc tellus feugiat lobortis eget laoreet, euismod pulvinar. Nunc tellus sit ut ullamcorper amet dolore, mi felis tempus proin at ac diam nonummy donec diam adipiscing. Donec proin at ac et elit laoreet felis tempus, proin at lorem nibh at erat mi felis tempus. Massa tellus dolor lobortis, euismod pulvinar nunc, tellus pulvinar nunc molestie feugiat lobortis eget sed ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nonummy, donec mi tempus ante mauris lorem, nibh eget sed laoreet. Id feugiat nibh eget sed nibh eget ac et elit donec, aliquet. Adipiscing, aliquam proin elit laoreet, euismod, pulvinar, ut non consectetur magna ullamcorper. Amet donec praesent turpis aliquam et elit sed mi elit aliquam praesent. Turpis nisi aliquet sit nisi, consectetur magna diam nonummy aliquam sem at. Lorem nibh id ipsum, laoreet id ipsum ante, mauris, ac, nibh eget. Sed et, nonummy dolore aliquet turpis dolore aliquet ut, non consectetur congue. Ullamcorper amet dolore aliquet pulvinar nunc non sit ut non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, ut sem amet dolore aliquet amet nisi proin at lorem et elit, donec, praesent adipiscing donec aliquet adipiscing aliquam et. Eget dolore aliquet consectetur ac et felis tempus ante, felis lorem lobortis eget dolor tincidunt euismod, pulvinar nunc tellus pharetra congue. Non pharetra congue ullamcorper, pulvinar non consectetur magna diam amet donec praesent adipiscing, tempus proin at ac et id erat ante. Felis tempus ante mauris ac nibh eget ipsum massa tellus lobortis volutpat feugiat, lobortis volutpat dolor nunc molestie ipsum massa molestie. Feugiat nibh eget sed laoreet eget ipsum ante mauris tempus ante at aliquam elit erat laoreet id ipsum massa molestie, dolor. Tincidunt euismod pulvinar nunc tellus pulvinar nunc tellus dolor congue volutpat dolor, laoreet id pulvinar, massa molestie ipsum massa lorem laoreet. Eget sed laoreet felis donec aliquet turpis dolore aliquet sit lobortis volutpat dolor congue euismod dolor laoreet id ipsum laoreet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget erat mi felis erat. Mi felis feugiat lobortis, volutpat dolor. Tincidunt euismod ipsum massa molestie nibh. Volutpat sed, laoreet euismod ipsum massa. Id, ipsum ante mauris, lorem nibh. Eget sed, laoreet id tempus, ante. Mauris lorem nibh at ac diam. Tempus ante mauris feugiat lobortis volutpat. Sed, laoreet id, sed, massa tellus. Sit lobortis non, dolor congue euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante mauris lorem nibh mauris sed laoreet euismod pulvinar nunc molestie sit congue non pharetra congue. Aliquet, amet nisi sem turpis ut non lobortis volutpat dolor, laoreet felis tempus ante felis, lorem. Lobortis, ullamcorper amet donec proin at lorem et, elit erat mi elit erat proin adipiscing, lorem. Eget dolor, tincidunt, id ipsum massa molestie feugiat lobortis eget sed nibh elit donec praesent nonummy. Donec praesent turpis nisi sem consectetur, ac et elit erat mauris lorem lobortis eget dolor laoreet. Euismod, pulvinar nunc, molestie lorem nibh eget sed, nibh eget sed mi felis aliquam proin adipiscing. Ac et sed mi felis, erat ante felis, aliquam sem, turpis ut non pharetra magna, diam. Nonummy aliquam proin, at ac nibh id ipsum laoreet felis tempus proin feugiat lobortis eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis lorem nibh eget sed tincidunt tellus pulvinar ut. Non congue diam nonummy dolore aliquet turpis nisi sem consectetur. Magna et elit donec mi felis, lorem proin at ac. Diam nonummy, donec praesent adipiscing aliquam turpis nisi sem at. Ac et felis, ipsum massa mauris tempus, proin at ac. Et nonummy, magna praesent adipiscing donec praesent turpis, nisi non. Consectetur praesent adipiscing aliquam ante mauris, lorem nibh elit, erat. Laoreet id tempus ante mauris lorem ante, mauris ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, ante eget dolor, laoreet id ipsum massa id ipsum ante. Mauris feugiat lobortis eget erat laoreet, id ipsum ante molestie feugiat. Nibh dolor tincidunt, tellus pulvinar massa id, ipsum massa mauris lorem. Et elit ac mi felis donec praesent adipiscing aliquam sem at. Ac laoreet id ipsum tellus feugiat lobortis eget, lorem nibh eget. Erat laoreet id ipsum, ante molestie dolor tincidunt euismod amet nunc. Aliquet turpis magna diam elit erat, mi felis lorem ullamcorper, amet. Dolore tellus sit nunc tellus pharetra congue diam nonummy aliquam proin. At aliquam, sem turpis ut non pharetra congue euismod dolor tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit magna diam amet donec praesent. At nisi sem consectetur congue ullamcorper. Pharetra dolore turpis nisi sem consectetur. Nisi diam consectetur donec praesent adipiscing. Aliquam praesent adipiscing nisi non, pharetra. Congue ullamcorper pharetra, congue ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie dolor tincidunt euismod pulvinar et nonummy erat mi adipiscing tempus nibh mauris lorem, et eget sed mi felis donec adipiscing ac et. At ac diam consectetur magna diam nonummy aliquam proin consectetur magna et elit erat laoreet id ipsum ante mauris sed, laoreet ipsum massa. Tellus sit, ut volutpat feugiat lobortis eget sed laoreet id ipsum nunc tellus feugiat ut volutpat sed tincidunt euismod sit nunc non pharetra. Congue amet congue ullamcorper amet nunc tellus feugiat ut non consectetur magna diam adipiscing tempus proin at magna sem pharetra ut non pharetra. Dolore aliquet ac et at ac diam nonummy dolore aliquet turpis dolore, tellus sit ut volutpat pharetra tincidunt ullamcorper pulvinar nunc euismod pulvinar. Ut non consectetur congue non amet, aliquet adipiscing nisi sem consectetur ac sem consectetur, magna aliquet turpis, dolore tellus pulvinar nunc tellus feugiat. Lobortis non dolor laoreet eget sed mi felis tempus molestie lorem nibh elit erat laoreet id feugiat ut, volutpat pharetra, congue, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra magna diam amet congue ullamcorper turpis nisi sem pharetra magna ullamcorper amet, dolore praesent turpis nisi. Consectetur ac et nonummy donec diam amet donec aliquet sit ut tellus sit, ut non pharetra tincidunt ullamcorper. Amet dolore sem at ac mi id mi felis tempus, nibh volutpat dolor tincidunt id ipsum laoreet id. Lorem nibh mauris lorem, et, eget ipsum, massa molestie ipsum lobortis molestie feugiat tincidunt euismod dolor id tempus. Ante mauris lorem nibh volutpat sed laoreet id pulvinar nunc non pharetra congue ullamcorper amet congue ullamcorper amet. Nisi aliquet consectetur diam nonummy erat praesent nonummy nisi aliquet turpis, nisi non pharetra congue diam pharetra tincidunt. Euismod pulvinar massa id ipsum lobortis, volutpat dolor tincidunt euismod amet, dolore, turpis nisi sem pharetra, tincidunt ullamcorper. Nonummy, sed laoreet molestie feugiat massa volutpat pharetra dolore ullamcorper amet nunc tellus turpis ut non pharetra congue. Ullamcorper nonummy donec aliquam sem pharetra ac praesent, felis tempus proin mauris ac proin consectetur magna sem, pharetra. Congue aliquet adipiscing tempus, volutpat pulvinar tincidunt id ipsum massa felis tempus ante mauris lorem nibh elit, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna diam nonummy donec diam amet nunc. Tellus pulvinar ut tellus sit lobortis non dolor. Tincidunt id pulvinar massa tellus sit lobortis molestie. Lobortis volutpat erat laoreet, elit ipsum massa, molestie. Feugiat lobortis euismod, dolor tincidunt id sit ut. Non consectetur magna diam, amet dolore aliquet turpis. Nibh volutpat dolor, tincidunt euismod pulvinar lobortis volutpat. Pharetra congue ullamcorper pulvinar, nunc euismod sit ut. Tellus sit ut non dolor laoreet euismod pulvinar. Nunc aliquet magna et amet dolore ullamcorper turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sem elit donec, laoreet mauris lorem nibh lorem nibh elit ac, mi elit erat praesent adipiscing. Aliquam, proin at, ac mi, felis, tempus ante mauris lorem nibh eget dolor laoreet id erat, felis. Tempus ante molestie ac et elit ac diam nonummy donec aliquet turpis dolore aliquet sit nisi sem. Nonummy magna praesent adipiscing aliquam proin at et elit, erat, mi felis, aliquam praesent at ac proin. At ac mi elit donec praesent adipiscing aliquam proin at ac nibh eget erat praesent adipiscing donec. Adipiscing, lorem nibh id ipsum laoreet, id tempus, massa molestie feugiat tincidunt euismod amet dolore aliquet turpis. Magna diam consectetur, magna diam amet tellus sit ut sem consectetur magna diam amet donec proin adipiscing. Aliquam proin elit, erat mi, id ipsum massa felis, lorem nibh eget sed nibh eget erat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed laoreet, id ipsum, nunc aliquet consectetur magna diam consectetur dolore ullamcorper amet euismod pulvinar massa molestie feugiat, lobortis volutpat pulvinar nunc tellus. Pulvinar nunc tellus sit lobortis non, dolor congue, ullamcorper amet nunc tellus feugiat, lobortis feugiat lobortis volutpat pulvinar tincidunt euismod pulvinar ut non. Sit ut, volutpat dolor, laoreet id ipsum massa, molestie feugiat ut ullamcorper nonummy donec ullamcorper turpis nisi proin ac et nonummy erat praesent. Adipiscing aliquam proin at ac et at erat mi id tempus massa at, lorem nibh volutpat, sed mi tempus ante felis tempus ante. Mauris lorem nibh eget sed mi adipiscing tempus congue mi tellus consectetur sed aliquam congue aliquet at feugiat, congue mi molestie pharetra massa. Tellus consectetur, tempus ut et euismod adipiscing sed congue aliquet adipiscing dolor congue ante diam molestie volutpat, turpis lorem magna diam adipiscing aliquam. Proin at ac id pulvinar nunc tellus sit congue, diam adipiscing aliquam proin adipiscing lorem nibh elit ac et consectetur dolore ullamcorper turpis. Ipsum magna nunc proin non, adipiscing lorem, congue massa et praesent molestie nonummy sit ipsum nisi congue, massa sem elit tempus massa mauris. Lorem lobortis volutpat nunc tellus sit nisi proin consectetur, magna ullamcorper amet dolore, ullamcorper amet aliquam sem turpis nisi sem consectetur magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante mauris lorem nibh elit sed. Massa tellus feugiat massa molestie lorem nibh. Eget sed, laoreet euismod lobortis molestie feugiat. Lobortis euismod pulvinar nunc euismod ipsum massa. Molestie feugiat, nibh eget sed laoreet id. Ipsum massa, molestie sit lobortis volutpat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet consectetur magna, et elit, tempus massa molestie sit, ut ullamcorper amet dolore aliquet turpis nisi aliquet magna, et, elit ipsum. Massa mauris lorem lobortis volutpat lorem mi felis erat praesent nonummy aliquam proin at, ac et elit ac praesent adipiscing praesent. At lorem lobortis volutpat pulvinar nunc tellus ipsum massa, molestie, feugiat lobortis eget sed tincidunt euismod pulvinar ut tellus sit lobortis. Non pharetra tincidunt euismod amet tellus turpis ut non pharetra, dolore aliquet, turpis aliquam sem at magna, et elit, sed ante. Mauris, sit ut volutpat dolor congue euismod dolore, sem consectetur magna ullamcorper amet dolore ullamcorper, amet, nunc tellus sit ut non. Pharetra congue ullamcorper amet dolore aliquet, sit ut non consectetur ac praesent adipiscing lobortis, volutpat dolor congue, ullamcorper amet dolore aliquet. Turpis magna diam elit erat mi, adipiscing donec praesent adipiscing ac proin nonummy magna, diam adipiscing aliquam proin adipiscing nibh eget. Sed laoreet id feugiat ut sem consectetur, magna diam nonummy donec, proin at ac diam nonummy donec, molestie feugiat massa molestie. Feugiat nibh elit ac, mi felis ipsum, praesent adipiscing aliquam, proin mauris ac et elit, donec praesent nonummy dolore, aliquet turpis. Ut, tellus magna ullamcorper amet congue aliquet, amet nisi aliquet sit lobortis non consectetur magna, aliquet turpis nisi proin, consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis lorem, lobortis non pharetra, congue, ullamcorper turpis nisi proin consectetur, magna diam amet dolore aliquet turpis nisi at lorem et elit donec diam nonummy dolore aliquet sit ut. Non consectetur ac diam nonummy donec ullamcorper pulvinar nunc, molestie feugiat lobortis volutpat magna, ullamcorper nonummy nunc tellus pulvinar ante mauris feugiat nibh eget sed nibh eget erat praesent. Adipiscing aliquam, proin adipiscing ac et at ac diam nonummy magna turpis nisi aliquet turpis nisi non pharetra ut, volutpat pharetra tincidunt tellus turpis nisi non sit ut volutpat. Dolor tincidunt, ullamcorper pulvinar dolore consectetur magna et, nonummy erat praesent, nonummy donec aliquet sit ut sem pharetra congue, ullamcorper pharetra, dolore aliquet adipiscing dolore aliquet sit congue non. Pharetra congue euismod nisi proin consectetur nisi sem elit donec praesent, felis aliquam praesent adipiscing ac et at, magna, et nonummy dolore praesent adipiscing nisi aliquet turpis nisi sem. Consectetur aliquet amet nunc tellus sit ut non pharetra congue ullamcorper nonummy dolore tellus, pulvinar nunc molestie feugiat lobortis molestie dolor aliquet amet nunc molestie feugiat ut sem consectetur. Donec praesent, adipiscing tempus ante mauris ac et elit erat mi id ipsum massa molestie feugiat nibh eget sed tellus feugiat lobortis non pharetra, congue ullamcorper pulvinar tincidunt tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur magna molestie feugiat, massa molestie dolor laoreet eget ipsum massa id feugiat massa molestie lorem, lobortis, euismod amet dolore tellus sit nunc tellus pharetra. Congue adipiscing aliquam aliquet turpis nisi sem consectetur ac et nonummy donec mi mauris lorem, nibh eget sed mi felis tempus ante felis aliquam, proin. Mauris nunc aliquet turpis nisi sem consectetur congue diam amet dolore ullamcorper, turpis nisi aliquet consectetur nisi sem pharetra magna ullamcorper amet nunc euismod ipsum. Nunc id pulvinar nunc tellus sit, magna diam, nonummy donec praesent adipiscing aliquam proin at magna diam nonummy magna diam turpis nisi sem at magna. Diam sed, massa molestie ipsum nibh volutpat sed nibh elit erat et elit erat ante felis tempus proin consectetur magna sem nonummy donec praesent, adipiscing. Donec praesent adipiscing et elit erat, praesent adipiscing donec aliquet turpis, nisi sem turpis ut non pharetra, tincidunt euismod pulvinar nunc euismod ipsum massa molestie. Lorem, nibh eget sed nibh sit nisi sem consectetur, congue ullamcorper amet, congue ullamcorper pulvinar nunc tellus turpis ut, non pharetra congue euismod pulvinar nunc. Eget dolor, laoreet id sed, mi felis aliquam proin adipiscing aliquam sem consectetur congue ullamcorper pharetra lobortis volutpat sed tincidunt molestie feugiat lobortis volutpat lorem. Lobortis eget tincidunt euismod ipsum massa tellus sit ut volutpat dolor laoreet id ipsum massa tellus sit lobortis mauris feugiat, nibh eget sed mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi adipiscing lorem nibh volutpat sed laoreet id pulvinar nunc non pharetra ut. Amet dolore ullamcorper amet nunc euismod pulvinar nisi non pharetra tincidunt ullamcorper nonummy aliquam. Praesent adipiscing aliquam proin at donec diam adipiscing donec at ac et elit, erat. Laoreet id tempus ante mauris tempus ante eget dolor nunc tellus sit nunc tellus. Feugiat ut ullamcorper pharetra tincidunt ullamcorper amet nunc ullamcorper pulvinar nunc molestie sit ut. Sem consectetur magna ullamcorper amet nunc tellus pulvinar massa molestie sit ut volutpat dolor. Tincidunt, euismod, amet sem consectetur congue ullamcorper amet donec, praesent adipiscing aliquam proin mauris. Ac et felis erat mi, mauris, tempus proin adipiscing ac et elit magna ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc aliquet, consectetur ac et elit erat ante felis lorem lobortis volutpat pulvinar dolore aliquet, turpis aliquam id sed, laoreet id ipsum proin. Adipiscing aliquam et elit, erat et elit donec, aliquet adipiscing aliquam proin at ac et elit, tempus ante mauris ut non pharetra congue. Ullamcorper turpis dolore aliquet, consectetur congue diam nonummy donec aliquet adipiscing nisi sem turpis nisi sem nonummy donec praesent nonummy donec adipiscing aliquam. Et, elit erat mi felis ipsum ante mauris ac et elit erat et felis erat mi felis tempus proin, consectetur magna, diam ipsum. Nunc tellus sit ut volutpat pharetra tincidunt euismod pulvinar nunc molestie sit ut volutpat pharetra tincidunt volutpat dolor tincidunt id pulvinar nunc molestie. Sit congue nonummy donec praesent mauris lorem nibh elit erat mi elit donec aliquet turpis nisi aliquet turpis ut volutpat dolor lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie lorem nibh eget lorem nibh id sed mi felis ipsum lobortis diam nonummy donec praesent adipiscing tempus ante sed tincidunt, tellus sit ut tellus sit ut non pharetra. Tincidunt euismod, sit nisi non, consectetur magna et, elit erat mi adipiscing ac proin amet, dolore tellus sit nunc molestie feugiat lobortis volutpat, dolor laoreet id sed massa tellus feugiat. Lobortis non pharetra tincidunt, ullamcorper pulvinar nunc tellus turpis lobortis volutpat magna ullamcorper amet dolore tellus turpis ut non pharetra congue ullamcorper pharetra congue ullamcorper amet ut non, pharetra ut. Ullamcorper nonummy donec mi lorem nibh eget, dolor laoreet id ipsum nunc mauris lorem lobortis volutpat dolor, laoreet eget erat, praesent, adipiscing aliquam proin, at ac nibh, elit sed laoreet. Id ut sem pharetra congue euismod, dolor nunc, euismod sit nunc tellus feugiat lobortis, volutpat dolor tincidunt ullamcorper pulvinar nunc molestie feugiat ut non, pharetra congue euismod dolor nibh volutpat. Sed nunc euismod sit magna diam nonummy erat praesent felis, tempus proin at ac proin at ac et erat mi, adipiscing aliquam proin at magna sem consectetur, magna ullamcorper amet. Dolore aliquet sit nisi, sem pharetra, donec diam amet donec praesent turpis nisi sem turpis laoreet id tempus, massa molestie lorem nibh eget sed laoreet euismod sit ut sem pharetra. Magna praesent adipiscing aliquam ante at ac proin at, ac et elit ante felis tempus proin, at lorem nibh elit erat mi, felis aliquam, praesent adipiscing ac et elit erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat nibh volutpat sed nunc tellus, pulvinar massa. Molestie feugiat lobortis euismod sed laoreet eget sed mi. Tempus nibh mauris lorem nibh elit erat et nonummy. Donec praesent adipiscing nisi sem turpis nisi sem pharetra. Congue ullamcorper pulvinar, dolore, euismod pulvinar diam elit sed. Massa molestie feugiat lobortis, volutpat feugiat tincidunt, id pulvinar. Nunc molestie, feugiat lobortis, volutpat feugiat lobortis eget dolor. Laoreet id tempus mi felis lobortis non, pharetra, tincidunt. Ullamcorper amet ut molestie ipsum ante mauris ac et. At ac, sem nonummy congue euismod pulvinar tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper amet dolore praesent turpis aliquam sem consectetur ac diam nonummy dolore, aliquet turpis nisi aliquet ut sem dolor tincidunt ullamcorper amet nunc tellus. Pulvinar ut tellus lorem ante eget lorem et elit ac et elit donec praesent adipiscing, aliquam volutpat dolor laoreet felis ipsum ante adipiscing tempus ante. At lorem nibh eget sed mi, felis tempus proin at ac et at ac et nonummy donec aliquet nisi, proin at magna et elit erat. Mi mauris feugiat, lobortis, volutpat, dolor laoreet id ipsum laoreet id tempus proin at ac proin sed laoreet id, tempus ante felis aliquam sem sit. Nunc sem consectetur magna, praesent adipiscing aliquam proin mauris lorem nibh eget erat, mi felis tempus mi adipiscing nibh volutpat dolor, tincidunt euismod sit ut. Sem, consectetur donec diam nonummy tempus lobortis praesent id sit ac nunc proin eget ipsum nisi proin eget dolor nunc eget pulvinar dolore proin eget. Dolor donec proin mauris sed laoreet euismod sit, aliquam laoreet ullamcorper, turpis ac nibh, volutpat consectetur ipsum ut et tellus consectetur dolor dolore praesent, eget. Sed nunc praesent at, lorem nibh, euismod turpis feugiat dolore massa ullamcorper elit sit ut diam elit dolor donec lobortis diam mauris consectetur erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ac dolore, proin euismod pharetra tempus ut, et id sit, magna laoreet aliquet at dolor, aliquam congue laoreet proin id, amet ac tincidunt aliquet adipiscing, feugiat. Congue massa euismod, sit ac tincidunt aliquet at sed dolore proin volutpat pharetra aliquam ut diam, felis sit, magna et molestie turpis sed dolore ante diam adipiscing. Donec, massa non nonummy ipsum ut nibh ullamcorper molestie elit pharetra, ipsum lorem donec lobortis mi sem euismod, felis consectetur pulvinar ac dolore lobortis praesent at sit. Dolor tempus ac nunc proin euismod felis dolor donec ut mi sem euismod felis pharetra sed nisi nibh aliquet, eget amet ipsum magna laoreet ullamcorper at dolor. Ipsum magna, diam nonummy donec praesent adipiscing aliquam ante, at lorem nibh elit donec diam amet dolore aliquet adipiscing aliquam sem pharetra magna elit tempus ante mauris. Lorem nibh mauris lorem et elit donec diam nonummy donec praesent turpis nisi non pharetra congue ullamcorper amet congue euismod pulvinar nunc tellus nisi sem consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi et elit erat id feugiat nibh eget sed. Laoreet, id ipsum laoreet id ipsum massa at lorem. Nibh volutpat dolor tincidunt tellus sit nunc tellus sit. Ut amet dolore praesent adipiscing aliquam proin consectetur congue. Ullamcorper nonummy donec aliquet turpis ac nibh eget, sed. Mi id pulvinar nunc molestie pharetra tincidunt euismod aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin, at erat mi id tempus ante molestie feugiat lobortis eget sed laoreet euismod sit ut et. Felis ipsum mi mauris feugiat nibh id sed mi molestie ipsum massa volutpat dolor lobortis, volutpat sed. Laoreet felis, tempus mi felis aliquam proin consectetur ac et nonummy nunc non pharetra congue non pharetra. Donec aliquet, turpis, dolore sem at, magna mi, elit donec praesent felis, tempus proin at magna et. Felis ipsum massa molestie nibh eget sed laoreet eget erat mi felis aliquam proin adipiscing aliquam sem. At ac et nonummy donec aliquet adipiscing nisi sem consectetur et elit sed massa id feugiat lobortis. Volutpat, pharetra tincidunt ullamcorper amet aliquam proin consectetur magna diam felis tempus lobortis molestie feugiat tincidunt volutpat. Dolor tincidunt euismod nisi sem, nonummy donec mi id feugiat, lobortis non amet dolore praesent adipiscing ac. Et eget sed tincidunt euismod ipsum massa mauris lorem nibh eget sed laoreet eget sed congue euismod. Pulvinar nunc tellus pharetra magna ullamcorper nonummy donec mi felis, aliquam ante elit ac mi elit ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet id sed, laoreet molestie feugiat lobortis volutpat amet praesent felis aliquam proin consectetur. Ac et elit donec praesent adipiscing donec praesent adipiscing nisi non sit ut non sed laoreet. Euismod ipsum nunc molestie sit, diam elit erat, mi felis tempus ante at ac et elit. Erat ante molestie lorem, nibh mauris lorem et eget, sed laoreet, felis ipsum massa feugiat, lobortis. Volutpat pulvinar nunc euismod ipsum massa, molestie feugiat nibh mauris lorem laoreet id ipsum, massa molestie. Sit ut non pharetra, tincidunt ipsum massa id ipsum massa molestie feugiat nibh eget erat, sem. Nonummy, donec mi felis aliquam ante eget sed, tincidunt euismod pulvinar nunc tellus sit, congue diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi proin at ac, et felis tempus massa tellus, feugiat tincidunt euismod pulvinar nunc tellus ut sem at ac, et adipiscing, aliquam ante mauris lorem, nibh, eget, sed tincidunt, euismod. Ipsum massa mauris lorem ante mauris sed et elit erat mi feugiat lobortis volutpat dolor congue euismod, ipsum nunc molestie feugiat ut non pharetra congue euismod pulvinar tincidunt euismod pulvinar. Massa molestie sit ut volutpat dolor euismod sit, nunc tellus sit magna diam amet congue euismod pulvinar massa id feugiat ante molestie, feugiat lobortis volutpat sed laoreet euismod sit diam. Nonummy erat laoreet id tempus massa molestie sed laoreet eget erat mi felis tempus massa molestie feugiat lobortis eget erat et elit, tempus massa molestie lorem eget sed laoreet id. Ipsum nunc tellus pharetra congue ullamcorper nonummy dolore ullamcorper amet dolore aliquet turpis nisi non pharetra magna praesent adipiscing tempus nibh, eget sed id sed laoreet, id ipsum congue diam. Nonummy, ipsum lobortis volutpat dolor tincidunt euismod mauris lorem, nibh mauris sed, laoreet turpis nisi, non sit ut, non amet donec praesent adipiscing aliquam aliquet consectetur magna diam nonummy, dolore. Ante mauris lorem ante mauris ac et eget, erat mi pharetra congue ullamcorper amet congue euismod ipsum nunc tellus feugiat lobortis volutpat dolor, tincidunt euismod amet nunc aliquet consectetur magna. Diam, nonummy donec mi mauris feugiat, lobortis pharetra congue ullamcorper turpis nisi non at congue non pharetra congue euismod pulvinar, nunc sem at ac et nonummy erat diam nonummy donec. Praesent at ac euismod pulvinar nunc tellus, feugiat massa volutpat dolor congue volutpat dolor tincidunt tellus, turpis nisi, non pharetra lobortis eget dolor laoreet eget sed laoreet adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus, feugiat ut non pharetra congue, aliquet turpis ante at lorem nibh eget tempus ante molestie feugiat ut non nonummy donec proin mauris lorem laoreet id sed mi. Id feugiat lobortis molestie lorem eget, sed laoreet felis erat praesent nonummy donec aliquet turpis, nisi sem consectetur congue diam nonummy, donec, proin mauris lorem nibh eget sed tincidunt. Euismod ut sem, nonummy donec diam adipiscing aliquam proin at lorem nibh eget sed mi felis aliquam praesent at ac, nibh eget sed massa id tempus non consectetur magna. Diam amet, donec proin turpis nisi sem pharetra, magna non pharetra laoreet id ipsum massa id tempus ante mauris ac et elit et nonummy donec mi felis tempus proin. Consectetur magna sem nonummy erat praesent, felis aliquam praesent, at aliquam et consectetur magna diam elit tempus, ante mauris tempus eget erat mi felis donec mi mauris tempus, ante. Mauris, lorem nibh elit donec mi adipiscing aliquam proin at aliquam proin consectetur magna et nonummy donec mi, dolor lobortis eget lorem tincidunt euismod pulvinar massa felis tempus ante. At ac et elit erat et felis aliquam proin aliquam sem consectetur ac et nonummy magna diam nonummy dolore aliquet, sit ut non pharetra ut non dolor laoreet, euismod. Pulvinar nunc molestie ipsum ante molestie dolor aliquet, turpis dolore tellus sit ut volutpat dolor tincidunt volutpat dolor tincidunt id ipsum massa, molestie lorem nibh eget sed nibh eget. Sed massa molestie feugiat lobortis, pharetra, congue ullamcorper amet nunc aliquet turpis nisi, diam consectetur magna ullamcorper pulvinar tincidunt id, pulvinar nunc, molestie feugiat massa molestie feugiat lobortis eget. Sed laoreet turpis nisi non pharetra, congue diam amet dolore, aliquet turpis nisi non consectetur, magna diam nonummy donec aliquet turpis nisi sem consectetur magna diam amet donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et consectetur donec ante, mauris feugiat nibh eget laoreet id pulvinar nunc tellus feugiat, lobortis non. Amet dolore aliquet turpis nisi aliquet sit, ut non, pharetra magna ullamcorper amet, nunc euismod, sed massa. Feugiat ut volutpat pharetra tincidunt aliquet amet nisi aliquet sit ut ullamcorper dolor tincidunt euismod pulvinar nunc. Tellus pulvinar, ut non dolor lobortis euismod pulvinar praesent at ac et at ac mi id ipsum. Lobortis volutpat pharetra dolore ullamcorper turpis nisi aliquet turpis ut non dolor lobortis eget tincidunt euismod sit. Ut non sit congue, diam, adipiscing tempus massa molestie lorem nibh elit erat mi id ipsum ante. Felis tempus ante, eget sed nibh id nunc non sit ut, ullamcorper, amet dolore praesent turpis dolore. Aliquet consectetur congue ullamcorper, pharetra congue ullamcorper amet, dolore, tellus sit massa mauris lorem proin consectetur et. Elit erat praesent adipiscing dolore aliquet amet ut non, consectetur magna ullamcorper, amet dolore ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur congue diam amet nunc tellus sit ut non sit ut ullamcorper nonummy donec aliquet turpis nisi sem, turpis ac et nonummy ante mauris, tempus ante mauris lorem nibh. Eget, pulvinar nunc non, nonummy magna diam nonummy donec aliquet turpis dolore aliquet turpis congue non pharetra aliquet turpis nisi sem at ac et elit, donec diam amet dolore. Aliquet adipiscing aliquam proin consectetur, magna diam adipiscing donec aliquet turpis nisi sem turpis nisi nonummy donec aliquet amet nunc tellus pulvinar nunc tellus sit ut non pharetra congue. Euismod pulvinar nunc molestie feugiat lobortis molestie, ac, proin erat laoreet molestie sit lobortis volutpat dolor lobortis volutpat pulvinar, tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper pharetra tincidunt. Euismod amet dolore tellus sit ut molestie lobortis volutpat sed mi felis tempus mi, felis donec, sem consectetur ac diam elit, erat praesent adipiscing aliquam proin adipiscing nisi sem. Consectetur magna ullamcorper nonummy erat molestie lorem lobortis euismod, pulvinar dolore aliquet sit nunc tellus pharetra ut non pharetra tincidunt id, ipsum massa tellus sit volutpat dolor lobortis volutpat. Sed laoreet tellus turpis ut sem pharetra congue, ullamcorper nonummy dolore aliquet sit magna diam consectetur donec mi adipiscing, aliquam aliquet turpis nisi consectetur, ac et felis ipsum massa. Molestie feugiat lobortis eget ac et id ipsum massa molestie feugiat nibh volutpat sed tincidunt ullamcorper pulvinar nunc non sit congue nonummy donec praesent felis aliquam ante at ac. Mi felis tempus ante molestie sit, ut volutpat pharetra tincidunt ullamcorper pulvinar ut tellus feugiat massa molestie feugiat euismod pulvinar tincidunt molestie, feugiat lobortis molestie lorem nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur donec praesent adipiscing aliquam. Proin adipiscing ac et elit ac. Et felis erat mi felis, tempus. Proin consectetur ac diam nonummy ante. Felis aliquam proin adipiscing aliquam sem. Consectetur ac et adipiscing donec aliquet. Turpis nisi sem consectetur nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sem consectetur magna et elit sed laoreet, felis ipsum ante mauris lorem nibh elit erat. Et elit donec mi felis aliquam proin ac et elit erat ante felis, tempus proin eget. Lorem et elit sed laoreet id ipsum massa molestie dolor lobortis euismod pulvinar nisi proin ac. Laoreet tellus pulvinar nunc non consectetur magna diam adipiscing aliquam praesent turpis ut sem pharetra ut. Ullamcorper pharetra dolore aliquet turpis nunc tellus sit lobortis volutpat congue diam turpis nisi aliquet turpis. Nisi sem consectetur magna, ullamcorper nonummy dolore aliquet turpis nisi non pharetra congue ullamcorper pharetra, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat pharetra tincidunt diam adipiscing tempus nibh eget sed laoreet id pulvinar, massa non pharetra. Mi felis ipsum, massa volutpat dolor tincidunt, euismod pulvinar nunc tellus pulvinar nunc non pharetra congue diam. Nonummy donec proin at nisi sem pharetra mi, elit donec praesent adipiscing, nisi, aliquet turpis ut molestie. Feugiat, lobortis eget dolor nunc tellus pulvinar nunc tellus sit ut volutpat, pharetra congue, ullamcorper sit non. Pharetra, magna ullamcorper, nonummy donec aliquet turpis nisi aliquet turpis nisi diam nonummy donec, praesent adipiscing dolore. Praesent at aliquam diam nonummy, donec adipiscing donec praesent turpis nisi, aliquet sit, lobortis volutpat, dolor tincidunt. Ullamcorper turpis nisi, sem turpis nisi non pharetra ut volutpat, dolor, dolore aliquet adipiscing, aliquam eget sed. Laoreet elit, aliquam proin at ac proin at erat mi, id pulvinar nunc volutpat pharetra congue euismod. Pulvinar dolore praesent adipiscing aliquam sem sit ut pharetra dolore aliquet, adipiscing aliquam proin at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris lorem laoreet, eget. Ipsum massa molestie lorem, ante eget. Dolor tincidunt euismod pulvinar nunc tellus. Sit nisi diam nonummy aliquet turpis. Nisi ante mauris sed, tincidunt tellus. Sit, ut tellus feugiat lobortis eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat et felis tempus ante lorem nibh volutpat dolor, tincidunt euismod pulvinar. Nunc tellus feugiat lobortis volutpat dolor, tincidunt euismod pulvinar massa tellus sit. Congue diam nonummy dolore aliquet adipiscing lobortis euismod, dolor laoreet id feugiat. Lobortis volutpat, dolor lobortis volutpat dolor tincidunt euismod ipsum massa tellus sit. Ut non pharetra congue euismod pulvinar nunc consectetur ac, et elit erat. Mi felis tempus ante mauris lorem nibh, id ipsum, nunc non pharetra. Congue diam nonummy dolore aliquet turpis proin at erat, et felis tempus. Ante molestie dolor tincidunt, volutpat dolor tincidunt euismod pulvinar nunc molestie, sit. Ut non pharetra congue euismod pulvinar nunc molestie feugiat volutpat feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus, ante mauris lorem nibh volutpat sed laoreet id ipsum massa lorem nibh volutpat, dolor tincidunt euismod pulvinar massa molestie sit, ut volutpat dolor tincidunt euismod. Pulvinar tincidunt euismod pulvinar massa molestie lorem ante mauris ac eget ipsum laoreet felis tempus ante mauris lorem tincidunt id sed laoreet id tempus mi adipiscing aliquam. Sem mauris sed laoreet id erat mi felis lobortis non pharetra tincidunt euismod ipsum laoreet id feugiat massa molestie lorem lobortis eget erat, mi, felis ipsum massa. Mauris, lorem nibh mauris lorem diam adipiscing tempus ante at, lorem, nibh id pulvinar nunc aliquet turpis magna sem amet dolore aliquet adipiscing nisi sem turpis magna. Sem nonummy, magna diam dolore aliquet turpis ut non pharetra ut non pharetra congue ullamcorper, pulvinar nunc tellus feugiat massa mauris, tempus nibh eget dolor laoreet felis. Tempus, ante mauris lorem eget lorem nibh elit sed et adipiscing aliquam, ante at aliquam et elit erat mi felis, tempus ante felis tempus ante sed, laoreet. Euismod pulvinar ut non ipsum lobortis eget lorem laoreet eget erat et, elit tempus ante mauris feugiat lobortis eget sed tincidunt tellus turpis nisi lorem, praesent, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit donec aliquet, turpis dolore aliquet sit massa molestie nibh at ac diam nonummy magna diam nonummy congue, ullamcorper amet nunc tellus. Sit congue volutpat feugiat, tincidunt, euismod, dolor laoreet euismod tempus, ante, felis, ante at ac diam consectetur congue non dolor tincidunt tellus sit nunc. Id ipsum massa molestie dolor nibh eget sed, mi elit donec aliquet amet sem consectetur magna sem consectetur magna diam nonummy donec aliquet turpis. Ut tellus sit, ut, non dolor congue, euismod pulvinar nunc molestie ipsum, sem pharetra tincidunt eget sed nibh elit, erat mi felis aliquam proin. Adipiscing nisi non sit massa mauris lorem nibh elit, ac et nonummy donec aliquet turpis ante mauris erat et elit erat praesent adipiscing donec. Ac nibh eget dolor laoreet, molestie feugiat lobortis, volutpat dolor tincidunt volutpat dolor nunc tellus pulvinar nunc tellus, congue ullamcorper amet dolore ullamcorper pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat pharetra dolore aliquet turpis nisi sem magna diam elit erat mi felis tempus ante. Volutpat dolor tincidunt euismod amet, nunc non consectetur magna ullamcorper pharetra congue ullamcorper amet nisi aliquet. Turpis, sem pharetra donec praesent felis aliquam praesent adipiscing aliquam sem consectetur congue ullamcorper pharetra dolore. Aliquet turpis nisi sem consectetur magna et elit erat mi aliquam ante, mauris magna diam nonummy. Erat mi mauris tempus proin mauris aliquam sem consectetur magna diam nonummy dolore aliquet turpis nisi. Proin sed laoreet felis tempus mi felis tempus ante at magna diam nonummy magna ullamcorper, id. Consectetur ipsum, lorem, donec ut diam felis feugiat lobortis sem felis pulvinar diam elit pulvinar nisi. Tincidunt ante diam, molestie eget, sit ac congue aliquet turpis aliquam sem at erat mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi diam nonummy donec mi molestie feugiat lobortis eget sed laoreet euismod pulvinar nunc molestie feugiat lobortis volutpat dolor eget erat laoreet, elit tempus ante felis tempus ante. At lorem nibh eget sed laoreet molestie ipsum massa molestie dolor tincidunt euismod, amet dolore aliquet magna, diam consectetur, magna ullamcorper amet nisi aliquet turpis nisi sem consectetur congue. Ullamcorper nonummy donec, praesent turpis nisi, sem consectetur magna ullamcorper amet donec aliquet nisi aliquet sit nisi sem pharetra congue ullamcorper pulvinar nunc euismod sit massa molestie lorem ante. Mauris sed nibh eget erat mi felis tempus, mauris ac nibh eget, sed laoreet id ipsum ante mauris tempus ante mauris lorem nibh elit donec mi adipiscing, aliquam ante. Mauris lorem laoreet eget erat laoreet ipsum, ante mauris tempus proin at ac et felis tempus ante mauris lorem ante mauris ac, proin at, ac mi, felis ipsum massa. Mauris lorem nibh erat mi felis tempus mi felis aliquam proin at ac diam nonummy magna, diam adipiscing tempus ante at, ac nibh erat mi felis tempus ante, molestie. Lorem lobortis eget sed laoreet felis tempus ante felis aliquam proin consectetur ac et id sed mi adipiscing dolore praesent, at proin at magna non dolor tincidunt volutpat pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus dolor, tincidunt euismod tincidunt id ipsum laoreet id ipsum massa eget sed nibh, elit ipsum. Massa molestie turpis nisi volutpat pharetra congue euismod dolor nunc, aliquet turpis, sem consectetur magna diam, amet. Nunc praesent adipiscing aliquam sem consectetur magna ullamcorper amet tincidunt ullamcorper turpis, dolore sem turpis magna sem. Consectetur magna ullamcorper nunc, praesent turpis nisi sem consectetur, donec praesent, adipiscing ipsum ante at, ac et. Elit sed laoreet molestie, feugiat ut non dolor, tincidunt, amet dolore proin at magna diam pharetra, ut. Non amet donec aliquet turpis ut non pharetra magna diam nonummy donec aliquet turpis, tempus nibh euismod. Amet aliquam at ac nibh eget erat, mi id lorem ante at ac et elit sed mi. Felis, tempus massa molestie feugiat lobortis volutpat dolor laoreet felis tempus, mi aliquam praesent at ac, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ipsum, ante molestie lorem et eget, erat et nonummy magna et felis tempus ante molestie feugiat lobortis, eget sed laoreet, id sit nunc non feugiat massa mauris lorem. Nibh elit sed mi felis erat mauris lorem nibh elit erat et elit tempus ante molestie feugiat nibh eget sed nibh, elit erat praesent adipiscing aliquam proin at ac. Proin elit mi felis ipsum, massa volutpat, dolor lobortis volutpat, dolor tincidunt euismod ipsum massa molestie feugiat congue non pharetra congue ullamcorper turpis dolore sem magna ullamcorper amet dolore. Ullamcorper turpis nisi aliquet turpis ut non pharetra tincidunt euismod pulvinar tincidunt euismod ipsum massa, id feugiat ante molestie sed tincidunt euismod ipsum molestie sit lobortis molestie feugiat lobortis. Eget erat mi elit erat, ante mauris, lorem lobortis eget sed laoreet euismod pulvinar massa molestie feugiat massa volutpat feugiat tincidunt amet dolore aliquet turpis ut volutpat dolor congue. Ullamcorper nonummy donec aliquet, adipiscing magna diam nonummy erat mi felis proin mauris ac et elit erat laoreet felis feugiat lobortis molestie dolor tincidunt euismod amet dolore sem turpis. Nisi et, nonummy magna diam amet dolore ullamcorper turpis proin at ac et elit, erat mi mauris tempus ante at erat laoreet euismod pulvinar massa molestie feugiat ut volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus feugiat ut non dolor. Congue ullamcorper pulvinar nunc tellus sit. Ut non, consectetur magna diam nonummy. Praesent at ac et elit, donec. Mi felis tempus ante mauris feugiat. Nibh, eget erat laoreet, felis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At lorem nibh id ipsum massa molestie feugiat nibh eget dolor laoreet id sed laoreet id tempus ante, mauris feugiat lobortis elit erat et elit ante mauris feugiat. Nibh mauris, ac et elit donec mi adipiscing aliquam proin adipiscing aliquam proin at ac diam nonummy congue ullamcorper amet, nunc aliquet ac, diam nonummy donec praesent nonummy. Aliquam ante mauris ac laoreet id pulvinar nunc id feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc, molestie feugiat lobortis volutpat, magna diam amet nunc tellus sit nisi. Sem pharetra congue ullamcorper amet dolore aliquet amet, dolore tellus feugiat lobortis molestie lorem, nibh eget laoreet felis tempus ante, molestie feugiat lobortis, volutpat, sed laoreet id ipsum. Nunc, tellus pharetra, congue non pharetra dolore praesent adipiscing nisi aliquet consectetur ac et elit ante mauris feugiat ante mauris ac diam consectetur magna diam nonummy, donec praesent. Adipiscing nisi sem pharetra congue ullamcorper amet, dolore praesent turpis dolore aliquet, sit et elit tempus mi felis aliquam proin mauris sed laoreet eget ipsum ut, sem at. Magna diam nonummy donec proin at ac sem consectetur nisi sem consectetur praesent felis aliquam sem at, ac diam consectetur magna ullamcorper nonummy donec praesent, adipiscing aliquam proin. Consectetur magna ullamcorper, nonummy donec aliquet turpis nisi aliquet sit ut pharetra congue ullamcorper amet donec proin adipiscing aliquam diam, nonummy magna diam ipsum laoreet felis tempus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, dolore aliquet turpis, nunc non sit ut ullamcorper, amet dolore praesent, turpis. Nisi proin elit ac donec mi felis proin eget sed tincidunt id pulvinar. Nunc sem pharetra congue diam nonummy erat, praesent adipiscing aliquam sem, consectetur magna. Diam nonummy donec diam donec praesent turpis nisi sem consectetur magna diam nonummy. Aliquam proin adipiscing nisi sem consectetur nisi diam amet dolore ullamcorper pulvinar nunc. Aliquet turpis, magna et eget ante molestie sit magna ullamcorper pharetra, tincidunt ullamcorper. Turpis dolore aliquet sit congue diam amet donec, praesent adipiscing tellus aliquet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie sit ut volutpat pharetra congue ullamcorper, pulvinar nunc aliquet sit ut non dolor lobortis volutpat dolor tincidunt. Turpis nisi sem consectetur magna praesent adipiscing aliquam praesent turpis dolore aliquet turpis ut non amet donec praesent. Adipiscing aliquam proin at ac laoreet sit nunc non pharetra congue ullamcorper amet dolore ullamcorper amet nunc tellus. Pharetra magna diam amet donec praesent turpis nisi sem at ac et elit erat, mi feugiat lobortis volutpat. Dolor dolore praesent at ac et elit sed laoreet id ipsum lobortis volutpat pharetra tincidunt euismod pulvinar nunc. Euismod, pulvinar, sem consectetur magna ullamcorper amet donec aliquet adipiscing nisi sem consectetur magna ullamcorper, nonummy dolore praesent. Felis ac et elit erat laoreet felis, erat ante mauris lorem diam amet donec, proin, at lorem proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy aliquam ante molestie, feugiat tincidunt ullamcorper aliquam ante at lorem, mi id tempus massa mauris lorem nibh non dolor congue aliquet turpis. Nisi et elit ac mi felis tempus mi, felis lobortis euismod dolor nunc euismod pulvinar massa molestie feugiat lobortis volutpat dolor tincidunt tellus. Sit aliquam sem consectetur, ac mi id tempus ante, mauris, feugiat euismod amet dolore aliquet consectetur, ac et eget sed massa molestie feugiat. Lobortis volutpat sed tincidunt euismod, amet nunc tellus sit, ut volutpat pharetra euismod dolor tincidunt euismod ipsum massa mauris feugiat nibh elit erat. Laoreet, id ipsum massa molestie feugiat lobortis eget dolor laoreet, felis tempus ante mauris lorem volutpat pulvinar nunc aliquet turpis aliquam sem, consectetur. Magna, ullamcorper amet congue euismod pulvinar massa id ipsum ante mauris ac nibh elit erat, mi felis tempus praesent tempus proin at ac. Diam nonummy donec mi id ipsum proin at lorem et at ac diam amet congue ullamcorper turpis nisi sem consectetur dolore sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue diam nonummy dolore aliquet amet nunc tellus, sit congue volutpat donec praesent adipiscing aliquam sem consectetur magna sem consectetur congue euismod dolor. Tincidunt id pulvinar ut tellus feugiat lobortis volutpat dolor tincidunt id ipsum massa consectetur nisi non amet congue euismod amet nunc euismod pulvinar. Massa molestie feugiat nibh mauris ac diam nonummy magna diam amet dolore ullamcorper amet nunc turpis congue non dolor lobortis eget erat mi. Felis tempus ante mauris lorem ante at, magna diam nonummy magna ullamcorper nonummy dolore, ullamcorper ac et at magna ullamcorper pharetra tincidunt volutpat. Sed, laoreet euismod pulvinar massa molestie feugiat nibh, eget sed, laoreet eget sed laoreet felis tempus ante at aliquam eget ipsum laoreet felis. Ipsum massa mauris lorem nibh elit ac et elit donec praesent adipiscing, donec proin turpis ut sem pharetra congue ullamcorper pharetra, tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non dolor tincidunt euismod pulvinar, nunc tellus pulvinar massa molestie lorem lobortis pulvinar. Dolore tellus pulvinar massa molestie feugiat massa at aliquam proin consectetur, congue diam nonummy. Congue ullamcorper amet dolore, tellus sit, lobortis volutpat dolor praesent nonummy donec aliquet sit. Ut non sit ut ullamcorper pharetra, congue aliquet amet dolore sem consectetur magna non. Amet congue euismod dolor, tincidunt euismod sit ut eget erat mi nonummy dolore aliquet. Sit ut tellus feugiat lobortis molestie feugiat lobortis, eget erat et nonummy donec, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et elit donec diam amet dolore praesent turpis nisi, tellus consectetur ac diam nonummy donec ullamcorper amet dolore. Consectetur magna sem nonummy donec diam turpis nunc, tellus sit nisi non, sit congue non pharetra congue ullamcorper pulvinar. Nunc id ipsum ante mauris congue euismod dolor laoreet id tempus, mi mauris tempus proin turpis nisi tellus sit. Ut non dolor tincidunt id ipsum laoreet felis aliquam praesent turpis dolore tellus sed mi elit erat praesent turpis. Nisi sem turpis ut, molestie, sit tincidunt volutpat sed, nibh eget erat praesent nonummy donec aliquet turpis, sem consectetur. Magna et nonummy donec praesent turpis, nisi sem turpis nisi diam pharetra lobortis volutpat sed nibh elit erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget sed, mi felis erat ante, felis tempus proin elit ac. Et elit magna diam nonummy donec aliquet pulvinar et nonummy donec, praesent nonummy. Dolore aliquet, pulvinar nunc molestie feugiat lobortis molestie feugiat lobortis, volutpat dolor laoreet. Id sit nunc tellus pharetra tincidunt felis tempus proin at ac et at. Ac mi elit aliquam praesent at aliquam proin at nisi sem elit erat. Diam turpis dolore aliquet pulvinar ut pharetra, congue volutpat sed nibh elit erat. Mi adipiscing aliquam praesent turpis dolore aliquet sit ut volutpat feugiat, nibh eget. Erat mi elit massa mauris lorem ante at aliquam diam nonummy donec, diam. Nonummy donec, aliquet, turpis nisi sem consectetur nisi ullamcorper amet congue euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus sit tincidunt volutpat dolor laoreet id sed laoreet molestie feugiat ut non dolor laoreet id ipsum laoreet id ante. Mauris lorem nibh mauris ac et nonummy donec praesent nonummy aliquam proin, mauris lorem et at ac diam, amet dolore. Ullamcorper amet nunc feugiat lobortis molestie feugiat nibh elit erat mi felis tempus ante felis aliquam praesent turpis nisi tellus. Sit ut non sed nibh eget, erat et nonummy donec adipiscing nisi aliquet sit nisi sem consectetur magna ullamcorper pulvinar. Nunc euismod ipsum massa, molestie feugiat lobortis volutpat dolor, laoreet, id sed, laoreet tempus, proin at aliquam proin consectetur magna. Sem nonummy donec praesent adipiscing aliquam proin consectetur, ac diam consectetur congue ullamcorper amet tincidunt, euismod ipsum nunc tellus sit. Non pharetra congue euismod dolor laoreet id erat praesent turpis, nisi, proin at magna sem consectetur congue eget ac et. Elit sed mi felis aliquam praesent adipiscing proin turpis ut non pharetra tincidunt volutpat sed, tincidunt, euismod pulvinar, nunc tellus. Sit ut volutpat sed et elit erat molestie feugiat lobortis molestie feugiat nibh elit magna ullamcorper, pharetra dolore aliquet turpis. Dolore, aliquet sit ut non consectetur magna, ullamcorper pulvinar nunc, euismod ipsum laoreet tempus proin adipiscing aliquam sem consectetur magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet adipiscing aliquam sem, consectetur et. Nonummy donec diam nonummy, dolore praesent. Adipiscing, nisi non sit lobortis volutpat. Dolor laoreet id ipsum nunc tellus. Feugiat lobortis volutpat dolor lobortis volutpat. Nunc euismod pulvinar nunc mauris lorem. Ante at magna non sit ut. Non, sed laoreet, euismod pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin turpis nisi non dolor lobortis volutpat sed, laoreet euismod ipsum mi felis aliquam proin adipiscing nisi sem pharetra magna, ullamcorper pharetra aliquet amet dolore. Sem consectetur nisi non, dolor congue euismod pulvinar nunc tellus sit massa molestie feugiat nibh eget lorem nibh eget erat mi adipiscing ante mauris ac, et. At ac et elit donec ullamcorper, amet dolore tellus ipsum ante adipiscing aliquam praesent adipiscing nisi non sit, ut volutpat dolor laoreet id massa molestie, feugiat. Lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt euismod pulvinar, nunc molestie lorem ante at ac nibh eget sed, mi nonummy praesent ante elit ac et elit. Tempus ante molestie, feugiat lobortis eget dolor laoreet, id ipsum massa molestie ipsum, massa molestie lorem nibh eget dolor laoreet felis lobortis non pharetra tincidunt euismod. Pulvinar dolore praesent adipiscing ac diam elit erat mi id ipsum ante mauris, ac et consectetur, magna ullamcorper pharetra dolore euismod pulvinar proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem nibh pharetra tincidunt euismod ipsum laoreet felis ipsum massa, mauris. Lorem, nibh eget erat mi felis tempus, praesent felis, tempus proin at. Ac nibh elit laoreet, molestie feugiat nibh, eget, lorem laoreet eget ac. Diam nonummy donec praesent, adipiscing, aliquam proin turpis nisi non nonummy magna. Diam amet nunc euismod ut diam nonummy, magna praesent felis tempus ante. Mauris lorem nibh id ipsum massa id feugiat lobortis volutpat dolor tincidunt. Volutpat pulvinar, dolore tellus turpis ut consectetur congue ullamcorper amet dolore ullamcorper. Amet nisi sem consectetur magna diam nonummy donec praesent adipiscing nisi, proin. Mauris sed mi felis tempus massa sit ut, ullamcorper, pharetra dolore, aliquet. Adipiscing aliquam proin consectetur magna diam amet donec aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna praesent, adipiscing aliquam proin mauris lorem nibh eget, sed massa molestie. Feugiat ut, volutpat feugiat lobortis volutpat ipsum massa id tempus mauris, feugiat. Tincidunt ullamcorper amet dolore aliquet turpis nunc molestie lorem, nibh volutpat sed. Tincidunt euismod pulvinar nunc non sit ut volutpat feugiat nibh elit laoreet. Euismod, pulvinar lobortis volutpat dolor lobortis eget dolor laoreet id ipsum laoreet. Felis tempus nibh eget lorem nibh elit erat et elit erat mi. Felis lobortis volutpat pulvinar nunc euismod ipsum massa molestie lorem, nibh mauris. Ac et elit sed massa molestie, feugiat ut non pharetra, tincidunt, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut non, pharetra congue euismod pulvinar dolore aliquet turpis nisi non. Pharetra congue ullamcorper pharetra, congue ipsum nunc tellus, sit ut non. Pharetra erat massa mauris lorem tincidunt euismod pulvinar dolore tellus, sit. Ut, sem consectetur, magna, diam adipiscing, aliquam eget, sed tincidunt aliquet. Adipiscing aliquam proin elit ac et elit, erat ante mauris lorem. Nibh, volutpat sed laoreet eget erat mi mauris lorem ante mauris. Tincidunt euismod pulvinar nunc molestie, ipsum massa volutpat lorem nibh volutpat. Dolor laoreet euismod pulvinar nunc molestie sit, lobortis euismod amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut volutpat feugiat laoreet id pulvinar dolore tellus sit ut volutpat dolor. Lobortis volutpat dolor laoreet tempus ante mauris feugiat nibh eget sed, nibh eget. Ipsum laoreet id ipsum ante mauris, ac nibh eget, sed laoreet id tempus. Ante mauris lorem ante dolor laoreet id sed massa molestie lorem lobortis volutpat. Sed tincidunt euismod pulvinar nunc molestie feugiat ut non dolor tincidunt volutpat pulvinar. Dolore tellus sit non pharetra congue euismod pulvinar tincidunt euismod ipsum laoreet id. Ipsum lobortis non amet dolore praesent adipiscing nisi sem turpis ut sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum ante mauris lorem nibh, mauris sed tincidunt id ipsum laoreet molestie feugiat lobortis volutpat tincidunt euismod pulvinar nunc tellus sit ut non, dolor congue ullamcorper amet. Dolore praesent adipiscing aliquam sem consectetur magna ullamcorper, pharetra congue euismod pulvinar aliquet turpis magna diam, nonummy erat praesent amet nisi sem consectetur nisi sem consectetur, donec praesent. Felis lorem nibh eget, lorem, laoreet euismod ipsum nunc tellus congue ullamcorper pharetra donec praesent adipiscing aliquam ante, mauris ac et, elit tempus ante felis aliquam proin mauris. Lorem laoreet id ipsum massa molestie ac et elit erat mi adipiscing tempus ante elit sed laoreet id ipsum massa tellus pharetra congue ullamcorper amet donec praesent turpis. Nisi proin at erat mi feugiat ut non nonummy dolore ullamcorper amet dolore aliquet turpis nisi non sit lobortis eget sed laoreet id ipsum massa molestie tempus proin. Mauris, lorem et pulvinar dolore aliquet turpis ut non consectetur magna ullamcorper amet nisi proin at lorem nibh eget sed laoreet id ipsum non pharetra dolore aliquet amet. Dolore sem consectetur magna et felis tempus mi felis lorem nibh eget lorem et elit erat praesent nonummy dolore tellus sit nunc pharetra congue non, pharetra tincidunt euismod. Pulvinar nunc tellus, feugiat massa molestie feugiat lobortis ullamcorper nonummy, donec, praesent consectetur nisi non, pharetra congue diam, nonummy aliquam ante nonummy donec praesent turpis nisi sem at. Erat et felis, erat mi molestie lorem nibh, eget sed laoreet eget sed laoreet felis, aliquam proin at aliquam proin sed laoreet id ipsum mi adipiscing aliquam proin. At erat mi felis ipsum massa molestie lorem ante at ac proin nonummy donec praesent adipiscing aliquam, praesent adipiscing proin elit erat mi, id ipsum ante mauris tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat ante molestie feugiat lobortis volutpat lorem nibh eget pulvinar nunc molestie feugiat, massa mauris, lorem, nibh elit. Erat mi id pulvinar, massa elit tempus, massa mauris tempus ante mauris sed laoreet elit erat mi adipiscing tempus. Ante mauris feugiat, nibh eget sed mi elit donec aliquet turpis, ante mauris lorem nibh elit erat mi felis. Lorem, nibh mauris lorem laoreet eget, sed, laoreet, id ipsum lobortis volutpat, pharetra dolore aliquet adipiscing tempus ante at. Nibh eget, sed ante mauris, lorem nibh volutpat sed tincidunt euismod pulvinar massa molestie, feugiat massa molestie feugiat, nibh. Elit erat et, felis, massa, molestie lorem nibh mauris ac nibh elit sed mi felis tempus massa, molestie sed. Laoreet euismod amet dolore sem at ac et nonummy donec aliquet amet sem consectetur ac et eget sed massa. Id ipsum nibh volutpat pharetra, congue ullamcorper amet dolore tellus turpis nisi sem amet dolore aliquet turpis dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent, felis lorem nibh mauris lorem laoreet id sed mi felis tempus ante, feugiat nibh, eget, sed tincidunt euismod. Pulvinar nunc tellus dolor tincidunt euismod dolor tincidunt, id, pulvinar ut sem consectetur magna ullamcorper amet congue ullamcorper aliquam et. At erat et nonummy erat praesent, adipiscing nisi sem, sit ut non sit ut volutpat amet congue tellus sit ut. Non pharetra congue ullamcorper amet praesent adipiscing nisi tellus feugiat massa mauris lorem ante mauris lorem nibh eget donec mi. Mauris tempus nibh eget sed tincidunt euismod pulvinar proin at magna ullamcorper amet congue ullamcorper amet nunc aliquet turpis ut. Non pharetra tincidunt euismod pulvinar nunc euismod pulvinar nunc, molestie feugiat massa molestie, dolor tincidunt at lorem nibh volutpat sed. Mi id ipsum massa mauris lorem nibh mauris lorem nibh elit sed mi felis aliquam proin at aliquam et elit. Erat laoreet feugiat ut non pharetra congue euismod dolor tincidunt tellus pulvinar ut non pharetra congue ullamcorper amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue, ullamcorper amet dolore aliquet adipiscing aliquam sem at ac. Et nonummy tempus massa mauris nibh eget lorem nibh eget. Sed massa molestie ipsum, massa volutpat, pharetra congue euismod pulvinar. Nunc tellus turpis nisi non dolor, tincidunt euismod, dolor tellus. Pulvinar ut, non sit ut non pharetra congue euismod sit. Nisi sem consectetur congue ullamcorper, elit erat praesent turpis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit donec praesent adipiscing lorem nibh mauris sed nibh euismod sit, ut non sit ut volutpat feugiat lobortis, eget sed laoreet id erat mi id tempus massa felis tempus. Ante eget dolor, tincidunt id, ipsum laoreet molestie feugiat lobortis volutpat feugiat laoreet eget, sed, mi felis massa molestie lorem nibh volutpat dolor nunc tellus, sit, ut non pharetra. Congue ullamcorper pharetra congue, euismod sit ut non pharetra congue volutpat dolor, congue ullamcorper pulvinar sem consectetur magna diam nonummy donec ante mauris tempus, proin, at, aliquam et nonummy. Donec, praesent felis tempus, massa molestie feugiat nibh eget massa tellus feugiat ut non pharetra tincidunt euismod dolor tincidunt euismod ipsum massa molestie feugiat lobortis volutpat sed tincidunt id. Pulvinar nunc tellus, sit ut ullamcorper elit mi mauris tempus nibh eget dolor laoreet euismod, pulvinar nunc non sit ut non dolor, laoreet id ipsum ut non pharetra magna. Diam amet, dolore ullamcorper amet aliquet sit ut non pharetra lobortis volutpat pulvinar nunc aliquet sit ut non, pharetra magna ullamcorper amet, congue id ipsum, aliquet consectetur nisi ullamcorper. Amet dolore, aliquet amet dolore aliquet consectetur magna diam nonummy donec diam amet dolore aliquet adipiscing ut non pharetra congue volutpat pharetra tincidunt pulvinar dolore aliquet turpis magna sem. Nonummy erat praesent adipiscing aliquam proin consectetur magna diam nonummy donec, praesent felis tempus proin at aliquam sem pharetra congue ullamcorper tempus ante molestie feugiat nibh, volutpat, erat mi. Felis ipsum ante molestie lorem nibh eget lorem laoreet eget sed laoreet id feugiat lobortis volutpat feugiat lobortis eget massa, molestie ipsum massa molestie, lorem nibh eget sed nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem lobortis volutpat dolor nibh id ipsum laoreet, id, ipsum massa molestie feugiat lobortis volutpat erat, mi felis tempus. Ante molestie lorem nibh eget nunc tellus sit ut non sit lobortis volutpat sed laoreet euismod pulvinar dolore sem. At ac et felis, ipsum ut non pharetra tincidunt ullamcorper aliquam proin at aliquam proin nonummy donec mi felis. Ipsum, massa volutpat pharetra congue ullamcorper turpis nisi sem consectetur ac et nonummy erat massa molestie, feugiat ut nonummy. Aliquam proin at ac et eget erat mi elit aliquam proin at ac et, at erat mi elit tempus. Mi felis aliquam, ante amet nunc tellus turpis nisi non pharetra ut non pharetra congue euismod ipsum laoreet molestie. Feugiat, massa volutpat feugiat lobortis volutpat sed laoreet felis erat praesent tempus ante mauris ac nibh eget, sed mi. Adipiscing aliquam ante mauris ac et, at ac et nonummy donec praesent, adipiscing, aliquam proin consectetur magna sem nonummy. Mi felis tempus nibh eget ac et elit erat et elit erat praesent turpis, aliquam proin elit ac, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget sed laoreet, euismod, ipsum nunc molestie feugiat lobortis volutpat dolor laoreet. Amet dolore tellus sit ut non pharetra tincidunt euismod, dolor tincidunt tellus, pulvinar, nunc. Tellus pharetra congue non pharetra congue tellus non id sit tincidunt ante eget amet. Dolore praesent adipiscing aliquam proin consectetur congue, non pharetra tincidunt euismod ipsum laoreet id. Ipsum lobortis volutpat feugiat nibh mauris sed nibh ipsum ante mauris lorem ante mauris. Lorem nibh elit erat mi adipiscing, tempus ante adipiscing aliquam sem, turpis nisi volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit tempus, mi felis tempus proin mauris lorem et elit. Donec praesent nonummy donec aliquet turpis dolore molestie ipsum mauris. Feugiat lobortis volutpat sed laoreet elit erat praesent felis donec. Tellus pulvinar, nunc molestie lorem ante mauris ac, sem consectetur. Ac diam amet proin at ac proin, consectetur nisi volutpat. Feugiat lobortis eget sed nibh felis, donec, diam nonummy dolore. Praesent at aliquam proin consectetur, ut, volutpat sed nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper turpis nisi, tellus pulvinar lobortis mauris. Lorem nibh eget, ac diam consectetur magna. Ullamcorper pharetra, euismod ipsum laoreet id tempus. Ante mauris lorem nibh elit ac diam. Amet congue aliquet amet nunc tellus sit. Nisi non, pharetra magna diam aliquam proin. At lorem et elit ac diam, elit. Erat praesent at, ac proin elit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar euismod pulvinar nunc tellus, feugiat nibh mauris lorem et. Eget sed magna diam turpis dolore aliquet sit ut non consectetur. Congue diam, adipiscing aliquam proin pharetra, tincidunt euismod pulvinar dolore aliquet. Sit ut non pharetra tincidunt euismod dolor, nunc, aliquet turpis nisi. Sem, nonummy erat laoreet molestie feugiat, nibh volutpat tempus massa volutpat. Dolor, congue ullamcorper turpis nisi sem at magna diam, nonummy donec. Praesent adipiscing lorem nibh eget sed nibh eget erat felis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at ac, diam nonummy donec aliquet adipiscing aliquam ante eget sed tincidunt euismod massa tellus feugiat lobortis. Eget sed laoreet euismod ipsum laoreet id tempus ante mauris ac, et eget sed tincidunt molestie, feugiat lobortis. Molestie feugiat lobortis sed laoreet euismod pulvinar massa molestie feugiat nibh, eget dolor laoreet, id ipsum massa molestie. Sit lobortis molestie feugiat lobortis volutpat dolor, tincidunt tellus, turpis magna consectetur magna ullamcorper amet nunc, euismod pulvinar. Nunc tellus, feugiat ut diam nonummy dolore aliquet adipiscing aliquam sem consectetur nisi, non consectetur magna adipiscing tempus. Ante mauris sed tincidunt euismod pulvinar nunc molestie ipsum proin at aliquam sem consectetur magna diam nonummy donec. Praesent adipiscing tempus et at ac diam, donec praesent nonummy aliquam, proin at ac et elit erat praesent. Adipiscing aliquam praesent, turpis dolore tellus, sit lobortis volutpat feugiat lobortis eget sed et nonummy diam, amet dolore. Tellus sit ut tellus sit congue diam pharetra tincidunt euismod pulvinar nunc molestie feugiat lobortis molestie feugiat volutpat. Dolor nunc euismod sit nisi sem, nonummy, donec mi adipiscing donec praesent turpis nisi non pharetra ut non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc tellus feugiat ut non pharetra dolore aliquet turpis dolore, aliquet turpis, lorem tincidunt, tellus ipsum nunc molestie lorem, eget pharetra dolore ullamcorper amet nunc, tellus sit ut non. Pharetra congue euismod, pulvinar nunc euismod pulvinar ante, mauris lorem nibh eget sed laoreet eget ut proin at ac et, elit donec aliquet turpis nunc id tempus mi felis. Aliquam proin mauris lorem et elit donec praesent, amet, dolore aliquet sit non pharetra ut, non dolor nibh eget sed, laoreet elit erat mi adipiscing tempus sem consectetur ac. Et felis donec mi felis lorem proin lorem nibh eget sed mi adipiscing aliquam proin at ac nibh elit sed mi id feugiat massa volutpat feugiat nibh mauris lorem. Et eget erat ante felis ante mauris sed nibh eget erat et nonummy dolore ullamcorper amet nunc tellus feugiat lobortis volutpat dolor, congue euismod, pulvinar tincidunt euismod ipsum massa. Mauris lorem mauris sed laoreet id sed massa id ipsum massa mauris lorem, et, eget, sed laoreet id feugiat ut sem consectetur congue adipiscing aliquam proin at ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing tempus ante mauris ac proin at, ac, aliquet turpis ut non pharetra congue, ullamcorper pulvinar nunc, tellus, pulvinar nunc tellus pharetra, ut ullamcorper amet tincidunt ullamcorper, amet nunc. Tellus feugiat ut volutpat tincidunt euismod, pulvinar nunc tellus turpis ut non dolor lobortis eget dolor laoreet, eget sed massa tellus feugiat massa eget sed nibh elit ac et. Tincidunt euismod ipsum massa felis lorem nibh mauris lorem nibh elit erat praesent nonummy dolore aliquet turpis nisi sem turpis nisi volutpat dolor ullamcorper amet nunc tellus pulvinar, nunc. Tellus sit ut euismod dolor, laoreet id sed mi adipiscing tempus, proin at aliquam, sem sit lobortis mauris ac proin consectetur sem pharetra congue euismod dolor tincidunt id tempus. Mi felis donec praesent adipiscing, aliquam proin pharetra ut ullamcorper pharetra tincidunt euismod, ipsum laoreet felis donec praesent adipiscing nibh eget erat et nonummy donec diam amet nunc euismod. Ipsum, massa molestie sit lobortis, eget lorem nibh elit erat molestie feugiat, massa, mauris ac sem turpis nisi volutpat feugiat nibh mauris lorem et elit erat mi felis lorem. Lobortis volutpat dolor tincidunt id ipsum massa id lobortis molestie lorem, nibh, eget erat et elit donec diam adipiscing aliquam sem at magna diam nonummy magna diam nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit, ac mi felis tempus, ante felis, lorem lobortis eget sed mi elit donec, diam amet dolore sit ut tellus sit. Lobortis non pharetra congue euismod pulvinar nunc tellus sit lobortis volutpat dolor tincidunt volutpat sed, mi felis tempus mi mauris aliquam. At ac, nibh elit erat mi adipiscing donec praesent amet dolore aliquet sit ut volutpat feugiat nibh eget dolor laoreet elit. Erat mi adipiscing donec sem nunc molestie lorem, ante, mauris ac proin at magna ullamcorper pharetra congue euismod sed laoreet felis. Tempus ante felis tempus ante, consectetur magna consectetur, magna ullamcorper amet nunc euismod pulvinar nunc id tempus nibh mauris ac sem. Consectetur, magna ullamcorper amet dolore ullamcorper, amet dolore tellus ipsum ante mauris tempus eget dolor tincidunt id ipsum ante felis aliquam. Ante eget lorem, et elit ac et amet dolore aliquet turpis nisi aliquet turpis nisi non, pharetra, congue euismod, nunc, tellus. Pulvinar nunc, molestie feugiat ut, ullamcorper amet congue euismod pulvinar laoreet molestie sit lobortis, volutpat dolor nibh volutpat nunc euismod pulvinar. Massa molestie lorem ante mauris, ac et nonummy magna ullamcorper nonummy donec praesent turpis nisi sem pharetra lobortis molestie, feugiat tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat lobortis, molestie dolor tincidunt euismod dolor tincidunt euismod ipsum laoreet. Mauris tempus proin lorem nibh eget erat mi felis, tempus, ante. Molestie lorem et elit ac volutpat sed, nibh elit donec ullamcorper. Nonummy congue euismod sed et nonummy proin adipiscing aliquam sem consectetur. Ut volutpat, feugiat nibh at erat et nonummy congue, euismod sed. Et nonummy magna ullamcorper pharetra laoreet eget erat praesent aliquam, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, ante felis tempus proin, et eget sed mi adipiscing aliquam proin at aliquam sem ipsum laoreet felis tempus, praesent adipiscing aliquam proin consectetur magna, non consectetur. Donec praesent nonummy, dolore praesent adipiscing, ac et elit ac et nonummy aliquet turpis nisi aliquet feugiat ut volutpat, dolor tincidunt euismod dolor laoreet felis, erat mi. Adipiscing, aliquam proin adipiscing aliquam sem sit ut non, amet dolore ullamcorper dolore, aliquet sit ut non dolor lobortis eget sed, et elit donec mi felis tempus. Ante at ac diam pharetra ut non pharetra, id ipsum massa molestie, ipsum massa mauris lorem nibh eget sed, laoreet felis erat ante felis aliquam, praesent sit. Nisi et nonummy donec praesent adipiscing aliquam proin ac et elit ac diam elit donec, aliquet, turpis dolore tellus pulvinar nunc volutpat, dolor tincidunt volutpat dolor laoreet. Id ipsum nunc molestie ipsum massa mauris, sed id ipsum laoreet felis tempus mi felis aliquam proin, at magna sem pharetra, congue euismod, pulvinar laoreet euismod ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed laoreet eget sed laoreet id ipsum massa mauris lorem et elit erat consectetur, magna ullamcorper pulvinar nunc id tempus mi felis tempus praesent. At aliquam proin at ac et elit donec praesent amet, nunc tellus, ipsum lobortis dolor tincidunt volutpat dolor laoreet felis donec diam nonummy donec aliquet. Turpis aliquam sem consectetur ut volutpat sed et, elit ac diam elit erat mi aliquam proin at magna sem consectetur congue euismod pulvinar, nunc euismod. Pulvinar laoreet id lorem nibh mauris ac proin at magna diam pharetra tincidunt pulvinar massa felis tempus praesent adipiscing nisi aliquet turpis ut tellus, sit. Lobortis eget sed, laoreet elit erat mi adipiscing aliquam praesent adipiscing nisi tellus sit non dolor tincidunt eget sed laoreet felis tempus mi felis aliquam. Sem turpis nunc tellus feugiat nibh mauris ac nibh elit magna ullamcorper pharetra tincidunt id ipsum id feugiat, massa volutpat dolor lobortis eget sed mi. Felis erat praesent adipiscing aliquam proin adipiscing aliquam sem pharetra magna nonummy dolore praesent adipiscing aliquam sem turpis, lobortis molestie feugiat et at erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent consectetur magna, diam consectetur magna ullamcorper. Pharetra dolore aliquet turpis nunc molestie feugiat lobortis. Non pharetra congue ullamcorper pulvinar nunc tellus sit. Non consectetur magna euismod pulvinar nunc euismod pulvinar. Massa tellus sit ut non dolor tincidunt euismod. Pulvinar nunc, tellus sit ut volutpat, dolor tincidunt. Euismod tincidunt euismod tempus, massa felis aliquam praesent. Adipiscing aliquam proin non amet, dolore aliquet pulvinar. Nunc aliquet, turpis nisi non pharetra magna diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh id ipsum massa molestie feugiat lobortis volutpat feugiat tincidunt euismod amet nunc tellus sit sem consectetur magna praesent adipiscing aliquam praesent adipiscing aliquam proin consectetur magna non. Pharetra dolore aliquet amet dolore tellus sit lobortis molestie lorem nibh ac et elit erat mi adipiscing aliquam ante eget lorem, nibh elit donec praesent, adipiscing aliquam proin at. Ac, nibh eget sed laoreet id ipsum ante mauris magna ullamcorper pulvinar tincidunt euismod, pulvinar ut, non consectetur magna ullamcorper nonummy dolore ullamcorper, amet dolore aliquet sit, lobortis, non. Amet donec mi nisi sem consectetur magna nibh elit tempus ante felis tempus proin at ac nibh eget erat mi id tempus ante mauris, ac nibh eget erat mi. Felis mi mauris lorem nibh volutpat sed tincidunt euismod pulvinar ut, non pharetra magna diam amet dolore praesent at lorem et elit erat mi elit erat, ante felis congue. Diam adipiscing aliquam praesent, at magna et elit donec diam amet dolore aliquet, amet dolore aliquet at ac et donec mi felis tempus ante at magna diam consectetur donec. Praesent felis aliquam praesent turpis ut non consectetur congue ullamcorper, amet, donec praesent adipiscing nisi proin at, et elit donec ullamcorper amet dolore aliquet consectetur nisi non pharetra ut. Non pharetra tincidunt tellus sit nisi sem elit erat mi felis ipsum massa molestie tincidunt euismod pulvinar nunc euismod sit nisi, non consectetur donec, praesent, felis aliquam proin at. Aliquam sem consectetur congue ullamcorper amet dolore ullamcorper amet massa molestie, ipsum non pharetra congue, diam adipiscing, donec sem turpis, nisi sem consectetur donec praesent, nonummy, donec praesent at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet felis erat ante mauris tempus nibh, eget sed, laoreet felis tempus ante mauris tempus proin mauris ac et donec praesent nonummy donec aliquet amet nunc tellus turpis nisi. Sem nonummy, donec praesent turpis nisi, aliquet turpis nisi tellus sit ut non pulvinar tellus sit, nunc molestie feugiat lobortis non pharetra congue ullamcorper pulvinar nunc aliquet consectetur magna. Diam nonummy magna diam nonummy, donec sem, turpis nisi non pharetra diam amet dolore ullamcorper amet nunc molestie sit congue, ullamcorper amet dolore ullamcorper amet dolore aliquet turpis nisi. Non, dolor tincidunt euismod, amet dolore, adipiscing ac proin at, magna ullamcorper pharetra congue euismod pulvinar laoreet id ipsum ante felis aliquam proin consectetur magna diam elit donec praesent. Adipiscing, tempus ante at laoreet euismod pulvinar nunc tellus sit ut non dolor, tincidunt volutpat sed laoreet felis tempus mi adipiscing nisi, sem consectetur magna diam nonummy magna diam. Adipiscing praesent at ac nibh eget sed mi felis feugiat ut non pharetra tincidunt ullamcorper pulvinar dolore, tellus sit nisi sem donec diam nonummy donec praesent adipiscing aliquam proin. Consectetur, magna diam nonummy donec praesent at ac nibh, elit erat, et elit donec, ullamcorper, amet, dolore aliquet turpis non consectetur congue diam nonummy donec praesent at, ac et. Elit erat laoreet felis erat praesent amet dolore aliquet turpis magna non pharetra congue diam nonummy donec turpis nisi diam nonummy donec praesent adipiscing tempus ante molestie lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ante molestie feugiat lobortis volutpat dolor laoreet felis tempus. Ante mauris lorem proin at ac et elit donec diam. Nonummy aliquam proin aliquam proin turpis, nisi sem consectetur dolore. Praesent adipiscing aliquam ante mauris lorem et nonummy magna, praesent. Adipiscing tempus nibh, eget, sed tincidunt euismod ipsum id ipsum. Massa volutpat feugiat tincidunt euismod pulvinar nunc aliquet consectetur magna. Diam elit erat, mi felis aliquam aliquet turpis, aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet nunc molestie sit. Ut non pharetra tincidunt ullamcorper amet. Nunc, aliquet turpis, nisi non pharetra. Ut ullamcorper tincidunt euismod, ipsum, massa. Molestie feugiat lobortis volutpat feugiat lobortis. Volutpat pulvinar dolore tellus turpis ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget laoreet id ipsum, massa, molestie. Pharetra congue non pharetra dolore aliquet. Amet nisi, sem consectetur, magna diam. Elit, tempus ante molestie feugiat lobortis. Volutpat tincidunt id ipsum massa mauris. Lorem nibh, eget dolor congue, ullamcorper. Amet nisi proin consectetur magna et. Elit erat praesent turpis nisi sem. Consectetur magna nonummy donec praesent felis. Tempus praesent adipiscing nisi, sem pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id ipsum laoreet molestie feugiat, lobortis pharetra congue ullamcorper pulvinar tincidunt, tellus pulvinar, massa molestie feugiat lobortis eget lorem nibh elit erat mi adipiscing tempus ante mauris. Lorem nibh eget dolor tellus feugiat massa volutpat pharetra congue euismod pulvinar, nunc tellus sit nunc molestie lorem ante, mauris sed, laoreet euismod ipsum nunc tellus, sit, lobortis. Non erat mi, mauris, feugiat nibh volutpat dolor tincidunt euismod ipsum massa mauris lorem ante mauris ac proin at ac praesent nonummy donec aliquet turpis, lobortis euismod dolor. Tincidunt euismod sit ut, non pharetra tincidunt euismod pulvinar tincidunt euismod ipsum massa molestie sit lobortis non dolor congue euismod pulvinar massa tellus nisi volutpat feugiat lobortis volutpat. Dolor nunc tellus pulvinar ut, non pharetra ut volutpat dolor tincidunt id ipsum laoreet tellus, sit lobortis volutpat dolor nibh eget sed molestie feugiat lobortis volutpat feugiat lobortis. Volutpat dolor tincidunt tellus sit ut, tellus, pharetra magna diam adipiscing aliquam proin at nibh eget sed laoreet felis erat ante, mauris tempus ante consectetur magna, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent at aliquam proin consectetur donec praesent, adipiscing donec proin adipiscing. Ac nibh eget erat mi nonummy donec aliquet turpis, dolore aliquet. Turpis ut consectetur magna ullamcorper pulvinar dolore tellus sit ut non. Sit congue non pharetra tincidunt euismod pulvinar massa molestie, feugiat lobortis. Molestie feugiat lobortis, eget pulvinar aliquet turpis magna, diam elit sed. Massa molestie sit ut, non pharetra tincidunt euismod ipsum nunc molestie. Ipsum massa molestie feugiat nibh eget sed, mi ipsum massa molestie. Feugiat nibh eget dolor laoreet eget erat praesent felis tempus proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At mi, felis ipsum ante felis tempus nibh eget. Dolor tincidunt, euismod pulvinar massa molestie lorem consectetur, erat. Mi felis tempus ante mauris lorem ante dolor, tincidunt. Id ipsum nunc molestie feugiat lobortis volutpat sed laoreet. Eget sed mi adipiscing aliquam praesent turpis dolore, aliquet. Consectetur nisi non pharetra lobortis pulvinar ipsum laoreet id. Ipsum lobortis non pharetra dolore aliquet adipiscing ac nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis tempus ante molestie lorem eget sed nibh elit sed massa id ipsum ante molestie lorem nibh eget sed. Massa molestie feugiat lobortis non feugiat, nibh eget lorem et sit ut non, pharetra magna ullamcorper nonummy dolore, praesent. Adipiscing ac proin pharetra magna diam nonummy dolore aliquet, adipiscing aliquam, sem, consectetur nisi sem nonummy mi mauris lorem. Lobortis volutpat sed laoreet elit sed laoreet felis ipsum, massa molestie lorem et elit erat mi felis ipsum, ante. Volutpat pharetra, congue diam donec praesent adipiscing, magna sem consectetur magna praesent, adipiscing aliquam proin mauris lorem et at. Erat mi felis erat praesent adipiscing aliquam proin mauris tincidunt tellus pulvinar ut tellus pharetra ut ullamcorper amet dolore. Aliquet adipiscing aliquam sem, pharetra congue ullamcorper pharetra congue euismod dolor laoreet id ipsum ante, mauris lorem eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie feugiat lobortis, eget dolor tincidunt euismod amet dolore, aliquet turpis sem nonummy, donec. Praesent felis lorem nibh volutpat dolor laoreet id ipsum massa molestie, lorem nibh mauris lorem. Nibh eget erat, laoreet felis ipsum massa molestie lobortis volutpat erat ut diam eget sit. Lorem sit ac laoreet non consectetur, ac mi, id feugiat lobortis volutpat dolor, nibh, eget. Sed nunc mauris ac nibh, eget erat mi adipiscing, donec, praesent adipiscing tempus massa molestie. Feugiat tincidunt aliquet adipiscing tempus et elit erat laoreet euismod ipsum molestie lorem nibh mauris. Sed tincidunt, euismod sit ut, non pharetra congue ullamcorper nonummy donec aliquet turpis dolore aliquet. Turpis nisi sem consectetur magna praesent felis proin consectetur ac diam nonummy donec diam amet. Donec praesent adipiscing aliquam proin at ac diam nonummy dolore, aliquet turpis nisi sem at. Magna diam nonummy magna nonummy dolore, aliquet sit ut non pharetra congue ullamcorper amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac et donec praesent adipiscing tempus ante, at, lorem nibh eget sed massa molestie feugiat lobortis eget lorem et at. Sed laoreet molestie ipsum, massa molestie lorem eget sed, laoreet euismod, sit nunc tellus feugiat lobortis ullamcorper, amet donec aliquet turpis. Aliquam proin, at ac diam, amet, dolore aliquet turpis dolore tellus, ante molestie feugiat, lobortis ullamcorper, amet dolore aliquet turpis ut. Sem consectetur, magna, praesent adipiscing tempus, ante mauris lorem et, elit erat et nonummy mi felis lorem et eget sed, mi. Felis tempus mi felis feugiat nibh eget sed tincidunt aliquet sit nisi sem consectetur magna diam nonummy, donec, aliquet aliquam, et. Elit ac et, elit erat mi felis aliquam, ante eget, sed nibh elit erat mi adipiscing aliquam proin at ac nibh. Elit erat mi felis mi felis aliquam proin consectetur magna sem consectetur donec diam amet nunc euismod pulvinar nunc tellus sit. Lobortis volutpat dolor tincidunt id ipsum massa molestie feugiat massa feugiat lobortis volutpat amet dolore sem turpis nisi sem consectetur magna. Ullamcorper amet donec praesent, turpis nisi proin at diam nonummy donec praesent at lorem nibh volutpat dolor tincidunt, id ipsum ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget laoreet id ipsum, massa molestie, ipsum lobortis volutpat dolor laoreet eget ipsum mi felis tempus massa mauris feugiat, lobortis euismod pulvinar, tincidunt euismod pulvinar molestie. Feugiat, ut volutpat dolor congue ullamcorper sit nunc molestie feugiat ut non pharetra dolore ullamcorper amet dolore sem turpis nisi non consectetur congue euismod tincidunt, tellus. Sit nunc, tellus, pharetra congue non amet dolore ullamcorper amet dolore aliquet turpis ut non dolor tincidunt volutpat sed mi felis tempus non, consectetur magna, ullamcorper. Amet donec, aliquet, turpis nisi et eget, erat et felis aliquam praesent adipiscing nisi sem turpis nisi, non nonummy magna ullamcorper nonummy, proin consectetur ac et. Elit sed laoreet felis tempus ante, mauris, ac et at magna ullamcorper amet donec praesent adipiscing aliquam proin at nisi, sem nonummy magna nonummy donec aliquet. At lorem nibh id ipsum, laoreet molestie ipsum lobortis volutpat dolor tincidunt praesent volutpat felis sit sed, dolore lobortis mi molestie at amet aliquam lobortis diam. Molestie ullamcorper mauris pharetra congue ullamcorper pulvinar dolore tellus feugiat lobortis volutpat pharetra congue diam nonummy nisi sem turpis ut non pharetra praesent adipiscing aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin elit sed, laoreet, euismod sit ut non ipsum ante mauris, lorem lobortis non dolor laoreet euismod, pulvinar ut non sit ut volutpat feugiat, nibh elit erat, mi. Id tempus ante mauris lorem eget dolor laoreet elit sed mi adipiscing aliquam proin at aliquam et at magna et nonummy, erat proin, at ac proin consectetur magna. Diam nonummy praesent adipiscing, aliquam ante eget sed laoreet id sed massa id feugiat massa volutpat sed tincidunt ullamcorper amet nunc tellus sit, ut non dolor magna, praesent. Adipiscing, nibh eget dolor tincidunt euismod ipsum massa id ipsum nibh eget lorem et elit erat et elit erat mi felis ac, et eget erat, euismod sit ut. Tellus sit lobortis eget lorem nibh elit erat diam pharetra tincidunt id, pulvinar massa molestie ipsum ante at, aliquam, et elit erat mi ipsum nunc tellus dolor tincidunt. Volutpat dolor, tincidunt id ipsum massa, molestie ipsum ut molestie lorem tincidunt id sed laoreet, id ipsum, ante mauris lorem ante mauris mi felis ipsum massa, molestie feugiat. Lobortis volutpat pharetra dolore aliquet pulvinar, nunc molestie ipsum massa molestie lorem lobortis volutpat laoreet id tempus ante molestie lorem lobortis euismod pulvinar tincidunt euismod pulvinar nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh id pulvinar massa tellus ipsum massa mauris lorem nibh eget sed, laoreet felis erat mi felis tempus nibh eget. Lorem laoreet id, pulvinar tellus sit ut ullamcorper amet congue, aliquet pulvinar dolore aliquet turpis nisi, non, consectetur magna ullamcorper. Amet nisi proin consectetur ac nibh eget ipsum nunc at sed laoreet felis tempus massa, mauris lorem et at erat. Mi id feugiat massa molestie dolor tincidunt euismod amet, dolore tellus sit ut non sit, ullamcorper amet dolore aliquet turpis. Nisi sem consectetur ac et felis tempus ante felis aliquam proin at ac et felis tempus mi felis aliquam at. Aliquam et elit ac diam nonummy donec praesent adipiscing aliquam proin at ac mi elit erat praesent adipiscing nisi tellus. Sit nisi sem nonummy donec id ipsum ante eget lorem nibh elit erat et felis erat mi adipiscing nisi sem. Turpis, magna diam nonummy donec diam amet, nunc tellus sit nunc, non congue ullamcorper amet congue euismod amet nunc tellus. Sit magna et nonummy erat praesent felis aliquam proin at lorem, et tempus ante, mauris lorem lobortis, volutpat pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem at erat et elit erat turpis dolore aliquet turpis magna sem consectetur magna praesent adipiscing donec proin at ac et. Elit sed laoreet molestie feugiat, lobortis molestie feugiat lobortis, pulvinar tincidunt, molestie sit lobortis non consectetur congue, euismod pulvinar nunc tellus. Sit nisi sem nonummy magna diam nonummy congue euismod pulvinar, massa molestie ipsum volutpat dolor tincidunt euismod amet nunc aliquet turpis. Nisi sem consectetur congue euismod, dolor nunc tellus sit nisi, non, pharetra ut non pharetra laoreet, pulvinar, dolore tellus, sit ut. Sem pharetra magna diam turpis dolore aliquet sit nunc tellus feugiat lobortis eget sed tincidunt id pulvinar laoreet molestie feugiat ut. Non tempus ante mauris, lorem lobortis volutpat pulvinar, nunc euismod sit ut, non pharetra ut non pharetra dolore tellus sit ut. Sem consectetur ac et elit donec mauris, lorem et elit sed mi id, ipsum massa tellus pharetra congue euismod, amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit congue ullamcorper elit donec aliquet turpis nisi proin consectetur ac et elit tempus mi felis tempus ante mauris ac et eget erat praesent adipiscing, lobortis volutpat dolor laoreet. Id ipsum laoreet id ipsum, lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus, pulvinar, nunc tellus sit ut, volutpat, dolor tincidunt sit ut sem pharetra magna diam amet tincidunt. Ullamcorper adipiscing aliquam sem consectetur magna et elit erat ante molestie lorem nibh mauris lorem nibh id sed id ipsum ante molestie lorem laoreet, id ipsum massa tellus feugiat. Ut et elit erat mi adipiscing aliquam sem consectetur nisi sem consectetur, magna felis tempus massa eget lorem nibh eget ipsum massa, molestie ipsum massa molestie feugiat nibh volutpat. Dolor nunc tellus sit nunc molestie feugiat nibh eget lorem euismod, pulvinar massa, molestie ipsum massa molestie feugiat nibh eget, dolor massa molestie ipsum ante molestie lorem nibh eget. Lorem tincidunt id ipsum ante molestie lorem lobortis pharetra dolore ullamcorper turpis ac proin, elit, erat et elit erat aliquet, turpis nisi aliquet, turpis, nisi, diam nonummy donec mauris. Lorem, lobortis non pharetra tincidunt id, pulvinar ut tellus feugiat lobortis volutpat dolor nibh eget sed tincidunt euismod feugiat ut non dolor tincidunt volutpat dolor tincidunt pulvinar ut tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt euismod ipsum laoreet, tellus, turpis nisi, diam donec praesent, adipiscing tempus proin at ac et elit. Erat, massa tellus sit congue diam amet dolore praesent adipiscing nisi sem consectetur congue ullamcorper pharetra ullamcorper turpis. Aliquam proin consectetur nisi sem nonummy erat mi felis tempus proin mauris ac et elit ac praesent nonummy. Aliquam praesent adipiscing aliquam sem erat et, consectetur, donec aliquet amet nisi proin consectetur ac diam elit donec. Praesent nonummy donec praesent adipiscing aliquam et at erat et turpis, magna, et felis tempus ante mauris aliquam. Ante eget sed laoreet id ipsum massa, mauris, feugiat lobortis eget sed nibh elit ac diam nonummy donec. Praesent, ac et eget sed mi, felis tempus mi, mauris lorem lobortis euismod, pulvinar nunc tellus pulvinar massa. Molestie feugiat ut non pharetra, dolore ullamcorper turpis nisi consectetur ac et elit erat ante mauris lorem ante. Eget, sed tincidunt id ipsum massa tellus sit lobortis non amet, congue ullamcorper ac nibh elit erat diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem consectetur magna, et elit sed mi. Tempus nibh eget sed nibh eget ipsum massa molestie. Ipsum lobortis non pharetra dolore praesent felis, tempus nibh. Eget sed laoreet euismod sit ut tellus magna praesent. Nonummy aliquam praesent mauris, ac nibh eget sed massa. Molestie, feugiat lobortis volutpat dolor tincidunt euismod dolor laoreet. Felis ipsum, massa felis lobortis volutpat amet donec praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut non pharetra congue ullamcorper pulvinar. Nunc, tellus sit ut non congue ullamcorper. Pulvinar, dolore aliquet sit nisi sem nonummy. Donec laoreet id ipsum lobortis molestie dolor. Tincidunt ullamcorper amet nunc tellus sit ut. Volutpat pharetra congue nonummy aliquam ante mauris. Lorem et, nonummy donec mi felis ipsum. Massa molestie sed nibh elit ac et. Elit erat mi felis tempus nibh pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante molestie feugiat, ut ullamcorper nonummy donec praesent turpis ut non pharetra ut ullamcorper, amet dolore molestie dolor congue euismod dolor. Nunc tellus pulvinar nunc molestie lorem, lobortis eget sed laoreet, id, ipsum laoreet id ipsum massa molestie dolor tincidunt pulvinar nunc. Aliquet consectetur nisi diam elit erat ante mauris feugiat lobortis euismod pulvinar nunc euismod ipsum massa, tellus sit congue, non amet. Donec aliquet turpis aliquam elit, erat mi felis erat mi felis aliquam proin, at lorem et id ipsum massa molestie feugiat. Lobortis volutpat dolor nibh id sed id ipsum ante molestie feugiat tincidunt, euismod pulvinar tincidunt euismod pulvinar nunc tellus sit, lobortis. Volutpat, sed tincidunt euismod, ipsum massa id ipsum, ante mauris ac proin magna non amet congue ullamcorper pulvinar nunc tellus sit. Ut sem, pharetra magna diam, nonummy dolore aliquet turpis nisi non pharetra, ac diam nonummy dolore aliquet, amet tellus sit ut. Non pharetra congue, euismod pulvinar, dolore, aliquet turpis nisi sem nonummy donec praesent adipiscing donec praesent, adipiscing sem pharetra, congue ullamcorper. Nonummy donec mi mauris lorem nibh eget dolor nunc, aliquet turpis ut, sem pharetra congue non nonummy, donec proin mauris ac. Et elit mi id tempus mi at ac proin at magna, diam nonummy donec praesent adipiscing tempus ante at lorem et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum lobortis volutpat dolor congue aliquet, adipiscing aliquam sem consectetur magna diam nonummy donec praesent adipiscing aliquam at ac et elit erat mi adipiscing. Tempus massa eget sed, laoreet id, sed laoreet, felis tempus, mi felis aliquam proin consectetur ac et elit diam adipiscing donec praesent turpis ut. Non, pharetra, ut non sed laoreet eget, erat diam nonummy dolore aliquet amet dolore sem, consectetur nisi sem consectetur magna diam dolore praesent, consectetur. Magna diam nonummy magna, ullamcorper nonummy donec praesent adipiscing aliquam proin at erat et felis erat mi felis tempus ante ac diam nonummy erat. Mi adipiscing aliquam praesent adipiscing nisi sem pharetra congue ullamcorper amet, tincidunt euismod pulvinar dolore aliquet turpis nisi sem consectetur, tincidunt euismod dolor id. Ipsum nunc molestie feugiat ante mauris lorem laoreet id pulvinar ut tellus sit ut non pharetra, congue aliquet turpis nisi aliquet consectetur magna diam. Nonummy erat felis tempus ante mauris sed laoreet id pulvinar massa, molestie feugiat lobortis molestie dolor tincidunt id ipsum massa molestie, ipsum molestie dolor. Tincidunt, ullamcorper pulvinar dolore tellus sit ut non sit ut volutpat dolor laoreet euismod pulvinar nunc molestie ipsum ante at aliquam proin at ac. Mi erat praesent felis tempus ante at lorem et eget sed, massa tellus pharetra magna diam nonummy dolore ullamcorper turpis nisi sem turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis nisi sem at lorem et elit erat praesent adipiscing, tempus lobortis volutpat dolor ullamcorper turpis nisi sem pharetra congue ullamcorper nonummy donec aliquet turpis dolore, sem consectetur nisi tellus. Dolor tincidunt euismod pulvinar dolore aliquet adipiscing nisi at ac praesent, adipiscing aliquam proin, mauris lorem et, at erat mi felis erat mi felis aliquam proin consectetur magna sem nonummy. Donec, laoreet felis tempus nibh dolor congue ullamcorper turpis ac proin at ac mi felis tempus ante felis, tempus, ante mauris ac nibh eget sed mi mauris tempus eget ac. Nibh eget ipsum laoreet id sit lobortis non amet congue euismod pulvinar nunc tellus pulvinar nunc non dolor, lobortis, volutpat dolor tincidunt, tellus sit ut at ac mi id tempus. Ante mauris ac et elit erat laoreet felis erat ante mauris lorem ante at ac diam nonummy magna diam amet, congue aliquet dolor congue ullamcorper pulvinar nunc molestie feugiat massa. Volutpat pharetra tincidunt euismod dolor laoreet, felis ipsum massa molestie, feugiat ut nonummy aliquam proin adipiscing, aliquam proin consectetur magna, diam nonummy donec aliquet adipiscing nisi sem, turpis, nisi sem. Consectetur, donec praesent adipiscing aliquam nibh mauris lorem eget sed laoreet molestie feugiat, lobortis molestie lorem tincidunt euismod ipsum massa molestie feugiat lobortis non pharetra congue ullamcorper amet dolore aliquet. Turpis magna diam, consectetur magna, id feugiat lobortis volutpat sed laoreet euismod pulvinar nunc tellus, feugiat massa molestie lorem et eget ac et, elit donec diam nonummy dolore aliquet sit. Nunc, tellus donec diam adipiscing aliquam proin at nisi sem consectetur magna non pharetra tincidunt, volutpat sed laoreet felis erat ante felis, tempus proin at ac diam, nonummy magna nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nibh eget erat mi elit erat mi lorem nibh at. Erat, mi felis erat mi mauris tempus ante mauris lorem nibh. Elit sed laoreet, id feugiat, lobortis molestie lorem lobortis eget dolor. Aliquet sit lobortis molestie dolor tincidunt volutpat, sed nibh eget sed. Massa molestie, lorem nibh mauris aliquam sem consectetur magna et nonummy. Donec proin ac nibh volutpat dolor tincidunt id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem laoreet id ipsum nunc, tellus sit ut volutpat. Donec praesent adipiscing aliquam et elit, erat laoreet felis. Tempus massa molestie feugiat lobortis volutpat, dolor tincidunt euismod. Ipsum, nunc molestie sit lobortis eget, sed, ullamcorper turpis. Nisi et elit sed mi felis ipsum, massa molestie. Feugiat lobortis volutpat, pulvinar dolore aliquet sit nisi, non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing aliquam proin elit ac et nonummy donec praesent adipiscing nisi proin at lorem nibh id ipsum mi felis donec non pharetra. Dolore aliquet turpis nisi sem at ac et elit donec aliquet turpis, nisi sem consectetur, magna diam nonummy erat mi mauris feugiat volutpat sed. Tincidunt euismod pulvinar, nunc non sit congue ullamcorper amet, dolore aliquet adipiscing nisi proin consectetur nisi sem, consectetur congue ullamcorper, nonummy aliquam proin adipiscing. Ac id ipsum laoreet molestie feugiat lobortis non pharetra congue ullamcorper adipiscing nisi proin at magna et felis erat ante molestie sit tincidunt euismod. Dolore praesent at lorem nibh elit ac et nonummy donec, praesent, adipiscing aliquam sem, turpis magna diam nonummy magna praesent adipiscing aliquam ante mauris. Ac diam nonummy, ut sem consectetur magna diam pharetra congue ullamcorper, amet dolore aliquet sit ut sem consectetur congue, euismod pulvinar nunc euismod ipsum. Ante molestie, feugiat nibh volutpat sed proin at ac et, eget sed massa molestie feugiat ut volutpat feugiat lobortis volutpat pulvinar tincidunt tellus sit. Ut sem donec praesent adipiscing aliquam proin adipiscing aliquam sem consectetur ac et nonummy aliquam proin adipiscing aliquam proin consectetur magna sem consectetur congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis magna et elit, sed, laoreet molestie feugiat ut non dolor tincidunt ullamcorper amet nunc molestie ut, sem. Nonummy erat praesent adipiscing aliquam proin consectetur magna diam consectetur donec diam nonummy dolore tellus sit ut non. Sit congue ullamcorper, erat mi at ac et elit erat laoreet felis erat mi felis aliquam proin mauris. Lorem diam nonummy donec praesent nonummy donec, aliquet amet dolore tellus, sit ullamcorper amet dolore ullamcorper pulvinar dolore. Aliquet turpis nisi non pharetra congue ullamcorper amet dolore tellus turpis nisi sem at erat praesent adipiscing aliquam. Molestie, lorem nibh eget sed tincidunt euismod turpis magna diam, consectetur donec praesent felis lorem nibh mauris ac. Et nonummy, erat praesent felis aliquam massa mauris tincidunt volutpat ipsum massa id feugiat lobortis molestie feugiat lobortis. Euismod amet tincidunt id, ipsum massa tellus pharetra, congue non amet tincidunt id sed massa id feugiat ullamcorper. Pharetra dolore aliquet, amet nisi aliquet turpis nisi et felis tempus ante molestie feugiat nibh mauris ac, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem felis feugiat lobortis, volutpat pharetra congue ullamcorper amet. Dolore aliquet, adipiscing ac et sed laoreet felis donec. Praesent at lorem nibh elit erat mi id ipsum. Ante molestie lorem nibh mauris, lorem laoreet eget tempus. Ante molestie lorem, volutpat dolor laoreet eget sed laoreet. Molestie sit ut volutpat pharetra congue euismod pulvinar tincidunt. Euismod pulvinar nunc volutpat pharetra magna ullamcorper amet, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ipsum, massa tellus sit congue ullamcorper nonummy donec aliquet turpis nisi sem consectetur magna sem nonummy erat diam nonummy, donec, praesent nonummy dolore aliquet. Turpis, ac nibh eget ipsum nunc tellus sit lobortis volutpat dolor tincidunt euismod, dolor tincidunt, euismod ipsum tellus sit ut volutpat sed tincidunt euismod sit. Nunc tellus sit ut non amet dolore aliquet turpis nisi sem consectetur magna sem pharetra congue ullamcorper amet proin at magna et nonummy donec, praesent. Adipiscing tempus massa eget sed, laoreet eget sed laoreet felis erat mi felis tempus lobortis eget erat aliquet sit nunc non sit ut non amet. Dolore praesent adipiscing ut non pharetra congue diam amet dolore, ullamcorper pulvinar massa molestie ipsum massa volutpat feugiat lobortis felis tempus proin adipiscing magna sem. Nonummy donec praesent adipiscing tempus ante mauris lorem lobortis id ipsum massa molestie ipsum, massa molestie feugiat lobortis eget lorem id ipsum ante molestie feugiat. Lobortis non pharetra congue aliquet turpis nisi sem consectetur congue, non amet dolore ullamcorper amet sem, consectetur nisi volutpat dolor congue ullamcorper amet nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, magna, praesent, ipsum massa volutpat pharetra dolore praesent felis aliquam proin turpis nisi. Sem consectetur magna praesent felis tempus ante mauris lorem et nonummy donec praesent nonummy. Ante volutpat lorem nibh elit erat mi felis, ipsum ante mauris tempus, ante at. Ac et nonummy magna ullamcorper nonummy donec praesent adipiscing aliquam, proin ac praesent adipiscing. Aliquam praesent turpis aliquam proin at ac diam consectetur, donec aliquet turpis nisi aliquet. Consectetur magna, nibh elit sed, laoreet feugiat ut non amet aliquam aliquet adipiscing aliquam. Sem turpis, magna, sem pharetra congue euismod amet nunc, euismod pulvinar, nunc non pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris ac nibh eget erat, et elit erat proin at lorem nibh eget sed laoreet id ipsum. Ante mauris lobortis volutpat dolor nunc aliquet sit ut tellus, pharetra magna ullamcorper pharetra, congue ullamcorper amet, dolore. Aliquet consectetur ut sem consectetur magna praesent turpis proin consectetur nisi sem consectetur magna ullamcorper, amet, congue euismod. Ipsum nunc non consectetur, magna, ullamcorper nonummy dolore ullamcorper amet, dolore, sem turpis ut non pharetra tincidunt adipiscing. Donec, proin at, ac et eget erat praesent adipiscing aliquam praesent adipiscing nisi sem at magna ullamcorper amet. Donec praesent turpis nisi at magna, et nonummy, erat mi adipiscing donec aliquet sit nisi non consectetur congue. Diam nonummy dolore, aliquet adipiscing aliquam proin at nisi sem consectetur donec, ullamcorper aliquam ante mauris lorem et. Elit sed laoreet molestie feugiat ante at aliquam proin elit erat mi elit erat mi felis tempus et. At ac, mi sit ut non consectetur ut non dolor laoreet id sed mi id tempus, lobortis non. Dolor congue ullamcorper amet nunc turpis magna diam, elit, erat, ante mauris, feugiat lobortis volutpat sed et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ullamcorper nonummy dolore aliquet turpis nisi proin consectetur ac et elit erat mi adipiscing. Tempus ante mauris magna, diam elit erat laoreet molestie ipsum volutpat, dolor congue, euismod pulvinar. Nunc aliquet sit massa volutpat feugiat lobortis volutpat dolor, tincidunt tellus sit ut sem consectetur. Donec diam nonummy dolore tellus aliquam proin consectetur ac et id ipsum, massa mauris feugiat. Nibh eget sed laoreet, felis erat mi, adipiscing aliquam proin at magna et elit erat. Mi felis congue diam adipiscing aliquam praesent adipiscing nisi proin at ac et felis erat. Praesent felis lorem nibh eget sed laoreet id pulvinar massa consectetur congue diam nonummy donec. Praesent adipiscing aliquam proin consectetur, magna, et elit donec praesent adipiscing nisi proin mauris, ac. Nibh eget sed laoreet mauris tempus ante lorem nibh eget sed mi elit donec aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ut sem consectetur, donec praesent tempus ante mauris lorem et, elit erat mi adipiscing aliquam proin adipiscing ac et, elit sed laoreet id tempus ante felis lorem ante. Eget lorem euismod pulvinar ut diam, nonummy, donec diam adipiscing donec aliquet adipiscing, ac nibh elit, ac mi elit donec, praesent felis aliquam proin, at ac et ipsum, massa. Molestie sit congue non pharetra nunc euismod pulvinar ut tellus, sit ut non pharetra congue ullamcorper pulvinar nunc aliquet, turpis nisi sem nonummy, magna felis tempus proin mauris lorem. Nibh eget sed, laoreet molestie feugiat ut non dolor tincidunt ullamcorper turpis dolore tellus turpis magna diam nonummy erat mi lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus. Sit, lobortis eget lorem et elit sed mi id, ipsum massa molestie lorem ante eget erat mi pulvinar ut, non pharetra magna diam amet dolore aliquet adipiscing nisi non. Consectetur ac et elit erat ante mauris lorem et, elit erat mi nonummy magna, diam feugiat lobortis, euismod pulvinar nunc aliquet sit, ut tellus pharetra congue diam dolor tincidunt. Euismod turpis nisi aliquet turpis ut nonummy erat praesent, felis tempus ante, at ac nibh eget, erat mi felis tempus ante mauris lorem nibh elit sed massa id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nonummy erat ante mauris tempus, ante mauris lorem nibh elit sed, molestie sit ut non amet congue euismod pulvinar massa molestie. Sit lobortis volutpat, pharetra magna euismod amet nunc euismod ipsum nunc tellus pharetra ut volutpat sed aliquet turpis, nisi sem pharetra congue. Ullamcorper amet donec, praesent adipiscing tempus ante, mauris lorem mi felis tempus mi felis tempus proin adipiscing ac nibh ipsum nunc tellus. Pharetra, congue ullamcorper, amet dolore praesent adipiscing nisi, sem consectetur ac diam elit donec mi felis aliquam aliquet sit nisi nonummy magna. Diam nonummy donec ullamcorper turpis aliquam sem at ac mi elit erat, praesent, turpis nisi proin, consectetur magna diam consectetur donec diam. Nonummy, dolore aliquet aliquam et at, erat diam elit donec praesent adipiscing ac et elit ac diam nonummy erat mi felis aliquam. Proin consectetur magna diam consectetur donec, praesent feugiat lobortis volutpat dolor tincidunt euismod amet dolore molestie ipsum ante mauris lorem ante eget. Dolor dolore aliquet sit ut consectetur magna diam nonummy, donec praesent adipiscing aliquam proin at ac diam, amet dolore, aliquet turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat mi felis, tempus ante eget sed nibh eget erat, laoreet molestie tempus ante at ac et elit erat laoreet, felis lobortis volutpat feugiat. Lobortis volutpat dolor nunc tellus turpis nisi diam, consectetur magna diam nonummy donec praesent turpis nisi non pharetra congue non dolor aliquet turpis nisi sem. Turpis ac et elit erat praesent, nonummy donec, proin at aliquam proin consectetur erat praesent adipiscing aliquam praesent, turpis nisi aliquet sit ut amet donec. Aliquet turpis nisi aliquet sit nunc tellus feugiat ut non dolor nunc, tellus sit ut tellus sit congue ullamcorper amet congue amet dolore aliquet turpis. Magna diam consectetur, donec praesent adipiscing donec sem consectetur ac et elit erat mi felis aliquam ante mauris, lorem nibh elit erat laoreet feugiat massa. Mauris lorem ante mauris, ac et elit erat mi felis tempus ante mauris sed nibh id ipsum, laoreet molestie ipsum proin at lorem nibh eget. Laoreet felis ipsum, massa molestie, lorem lobortis eget lorem, laoreet eget sed mi felis lorem nibh volutpat dolor laoreet eget, massa molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus turpis nisi sem consectetur magna felis tempus ante mauris lorem nibh, elit sed, mi id ipsum, ante molestie dolor congue euismod, amet dolore aliquet sit nisi. Sem nonummy erat praesent lorem, ante mauris lorem nibh id sed laoreet id ipsum ante mauris ac et elit erat et nonummy donec praesent adipiscing aliquam, aliquet turpis nisi. Elit erat, praesent adipiscing donec praesent adipiscing aliquam sem pharetra congue non amet, dolore aliquet adipiscing aliquam sem at magna sem pharetra tincidunt amet, dolore sem consectetur magna diam. Consectetur magna ullamcorper nonummy dolore proin mauris lorem et, elit ac diam nonummy donec praesent adipiscing tempus proin, at magna et, ipsum, massa tellus sit lobortis, volutpat dolor laoreet. Euismod sit ut non sit ut non pharetra tincidunt euismod pulvinar nunc molestie sit ut non pharetra congue euismod nunc tellus pulvinar nunc tellus pharetra, congue ullamcorper amet dolore. Ullamcorper adipiscing aliquam et at ac et nonummy donec, praesent adipiscing nibh eget lorem, nibh id pulvinar nunc, molestie sit lobortis volutpat dolor congue ullamcorper pulvinar nunc molestie feugiat. Massa molestie, feugiat nibh eget sed mi elit donec felis tempus ante, eget, ac diam consectetur, magna ullamcorper amet dolore aliquet turpis ut sem consectetur magna ullamcorper amet congue. Ullamcorper pulvinar nunc molestie feugiat ut volutpat congue diam, amet nunc aliquet turpis ut non pharetra ut ullamcorper adipiscing aliquam proin adipiscing aliquam sem consectetur magna et felis erat. Mi, felis aliquam ante at diam nonummy magna diam adipiscing, donec praesent turpis nisi sem, pharetra, congue ullamcorper amet donec ullamcorper turpis nisi sem sit ut non pharetra, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi felis lorem, nibh volutpat dolor congue ullamcorper sit nisi sem magna, diam nonummy donec praesent, adipiscing aliquam proin consectetur ac mi id ipsum. Ante mauris tempus ante mauris lorem et elit erat mi adipiscing aliquam praesent aliquam proin consectetur nisi non pharetra tincidunt euismod dolor, dolore aliquet. Consectetur ac diam elit tempus mi felis tempus ante, at ac proin consectetur congue nonummy aliquam proin adipiscing nisi sem consectetur magna diam nonummy. Donec praesent turpis dolore sem, at, lorem nibh, elit erat praesent adipiscing aliquam adipiscing aliquam proin, at erat mi felis tempus ante felis tempus. Ante eget sed mi felis erat mi adipiscing aliquam proin mauris ac diam consectetur donec mi feugiat massa, molestie feugiat lobortis euismod sed massa. Tellus sit ut non pharetra congue ullamcorper nonummy dolore aliquet turpis magna diam nonummy magna diam nonummy congue aliquet nisi aliquet consectetur congue et. Elit tempus massa molestie feugiat tincidunt euismod, dolor nunc aliquet at magna diam consectetur magna felis aliquam, praesent adipiscing nisi non consectetur ac diam. Elit erat mi mauris lorem nibh eget sed mi felis, tempus ante felis tempus ante at ac et sed massa molestie feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed massa molestie feugiat lobortis non donec praesent felis tempus lobortis euismod pulvinar nunc, tellus sit ut sem consectetur ac diam. Elit, tempus ante mauris lorem nibh elit, erat, laoreet euismod massa, molestie dolor tincidunt euismod dolor tincidunt, euismod pulvinar nunc molestie. Pharetra ac praesent nonummy dolore ullamcorper turpis nisi aliquet consectetur magna, diam nonummy donec turpis nisi sem consectetur magna diam nonummy. Erat mi molestie tempus nibh volutpat dolor laoreet id sed laoreet id tempus, ante molestie feugiat volutpat dolor nunc tellus sit. Ut non sit ut euismod, pulvinar nunc aliquet turpis ut non pharetra congue ullamcorper pharetra, congue euismod pulvinar nunc molestie sit. Ut, nonummy erat, mi, felis, tempus ante mauris lorem laoreet eget sed mi adipiscing aliquam proin at ac nibh eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris lorem, nibh eget dolor tincidunt euismod ipsum massa molestie sit congue ullamcorper amet. Dolore praesent turpis aliquam proin at ullamcorper, amet congue ullamcorper amet dolore aliquet sit. Ut non dolor tincidunt volutpat dolor laoreet, euismod, pulvinar nunc, molestie feugiat nibh eget. Sed nibh eget laoreet felis donec proin adipiscing aliquam proin at ac diam consectetur. Magna, ullamcorper nonummy, nisi sem consectetur nisi sem consectetur congue diam amet congue ullamcorper. Amet sem consectetur congue diam nonummy erat praesent felis aliquam sem consectetur nisi sem. Nonummy donec praesent nonummy donec praesent at ac et eget sed molestie sit ut. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -5559,51 +5559,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9c30a0119a349f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ab248d54b644893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82460aa791a94d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9a87be56b11a4208" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R82190a45a973464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rccc75db675404fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc867cd05a5774677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R295c394e75ff4c6f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>