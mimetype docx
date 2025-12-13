--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10166df479de45d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R73e40e152c68430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8a9187605cdb440e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7fe669094e514860" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R408548ef2f854b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1175b0d5c3f4611" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd72d8805d9584482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc8a94398ef8b44fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra9a00d3cadd1499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R0ac40a1f12514173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re6401230113d4925" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69a7f5c6df79401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2a4a608322fb42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raaee9a30027b443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Ra4b119d4f31b4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe7cb55abe604eec" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R0e7075815aaf4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R9d514349afb44ae4" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Ra22a959723724412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R2d04c19eca8d4a26" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{965478AE-9544-4B76-AC87-EC886B455DF3}"/>
+        <w:guid w:val="{A1632621-DAA8-464D-8FBE-FE88E3DC66F0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{479B7806-FDA5-42F8-9FEB-5D7BC6CC5F5F}"/>
+        <w:guid w:val="{7C0EA0D6-C603-4541-B3F1-40F7820F5830}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>