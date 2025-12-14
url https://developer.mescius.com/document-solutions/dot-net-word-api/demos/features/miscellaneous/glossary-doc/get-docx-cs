--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7fe669094e514860" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R408548ef2f854b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1175b0d5c3f4611" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5600d15d6033472b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe76736af0124ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfec22e9deb5844be" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69a7f5c6df79401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2a4a608322fb42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raaee9a30027b443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Ra4b119d4f31b4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe7cb55abe604eec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R863d9df799774a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R108bb42cd2fd4bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0520f0cf911a4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc22ffc65cdb041b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57aaf2c2689d4311" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Ra22a959723724412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R2d04c19eca8d4a26" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcc531261f09f44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R53658bd8c09f4a45" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A1632621-DAA8-464D-8FBE-FE88E3DC66F0}"/>
+        <w:guid w:val="{CE8E8258-982D-44DD-A80D-8D2B0F7E274A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7C0EA0D6-C603-4541-B3F1-40F7820F5830}"/>
+        <w:guid w:val="{FFDE2F71-DF2A-4D91-9D34-D1A175DB0286}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>