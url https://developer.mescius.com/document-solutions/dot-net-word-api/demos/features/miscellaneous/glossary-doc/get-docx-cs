--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5600d15d6033472b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe76736af0124ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfec22e9deb5844be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2fe87c2377684871" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6428db176f4841cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R349ab05396f841aa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R863d9df799774a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R108bb42cd2fd4bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0520f0cf911a4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc22ffc65cdb041b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57aaf2c2689d4311" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4695cc2b1f704528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6e59cb60634e42e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R97608c4f7a8e44a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rae59ef74b8bc4358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1e2438bebfc74a81" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcc531261f09f44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R53658bd8c09f4a45" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R5f46053f8d83406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rfe32d6f9f3c54c12" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CE8E8258-982D-44DD-A80D-8D2B0F7E274A}"/>
+        <w:guid w:val="{B59BF7C8-50E7-4357-85AF-A9AD75C0D555}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FFDE2F71-DF2A-4D91-9D34-D1A175DB0286}"/>
+        <w:guid w:val="{EC37DB38-6CD9-4F71-9422-2707762C42E0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>