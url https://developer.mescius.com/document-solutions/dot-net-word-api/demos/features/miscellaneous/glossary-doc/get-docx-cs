--- v3 (2025-12-16)
+++ v4 (2025-12-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2fe87c2377684871" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6428db176f4841cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R349ab05396f841aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb19f42c7a2f9438f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R500b26b4e52d4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdebf43ee45684775" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4695cc2b1f704528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6e59cb60634e42e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R97608c4f7a8e44a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rae59ef74b8bc4358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1e2438bebfc74a81" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R88c65b540f7d4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R02bb4cdfe7e34cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc41dd6080c754c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R6726cd09d6804406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9e72bf9b78d9454a" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R5f46053f8d83406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rfe32d6f9f3c54c12" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R19754c9462c540a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R3458c6e03bab4825" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B59BF7C8-50E7-4357-85AF-A9AD75C0D555}"/>
+        <w:guid w:val="{F6823D0E-5052-487C-BCA6-CB813ABD3EB6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EC37DB38-6CD9-4F71-9422-2707762C42E0}"/>
+        <w:guid w:val="{2819AD6B-94A4-48B3-924E-83183981B220}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>