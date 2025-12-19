--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb19f42c7a2f9438f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R500b26b4e52d4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdebf43ee45684775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re2e101d2c5244dfa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R29a01c9b2e0246a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0d5bae5e2e94d0d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R88c65b540f7d4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R02bb4cdfe7e34cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc41dd6080c754c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R6726cd09d6804406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9e72bf9b78d9454a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6dfd56c174a94167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc39e52292e4c449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra00679da0ded441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R7aa96e307a3647b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc9cee23c4c354a8e" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R19754c9462c540a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R3458c6e03bab4825" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R70e0d3344d99424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb8fcba3de1794d71" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F6823D0E-5052-487C-BCA6-CB813ABD3EB6}"/>
+        <w:guid w:val="{D2E6196C-8B75-4FA3-8234-3D5CA5FE021C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2819AD6B-94A4-48B3-924E-83183981B220}"/>
+        <w:guid w:val="{F3533D00-F1FF-4C13-B5D0-AE9BA06DE946}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>