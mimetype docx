--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re2e101d2c5244dfa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R29a01c9b2e0246a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0d5bae5e2e94d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30018f70416447e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5feabf8b45aa4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6b1c3566a2d64686" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6dfd56c174a94167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc39e52292e4c449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra00679da0ded441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R7aa96e307a3647b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc9cee23c4c354a8e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7179df849f56432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R35b10716197e4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4cd27af450b1477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R15a83b3d95504045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra6bba4881bcf491d" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R70e0d3344d99424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb8fcba3de1794d71" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R50ac1cdb1bef44ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R3060be6f7e7b4e3f" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D2E6196C-8B75-4FA3-8234-3D5CA5FE021C}"/>
+        <w:guid w:val="{25A5F732-BDC0-4156-845D-0F6400DE89A8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F3533D00-F1FF-4C13-B5D0-AE9BA06DE946}"/>
+        <w:guid w:val="{A6F7EA47-831E-4717-AE67-39D57EFFF73C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>