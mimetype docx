--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30018f70416447e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5feabf8b45aa4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6b1c3566a2d64686" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc6041595e9044d6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c46b222e1bc42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R73db6e1732754887" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7179df849f56432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R35b10716197e4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4cd27af450b1477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R15a83b3d95504045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra6bba4881bcf491d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R98bf0d62620047e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebb12ab35d18468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R67562735831b453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rf62003aa81db47bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b5c174f867b47a7" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R50ac1cdb1bef44ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R3060be6f7e7b4e3f" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rfff5c727a7c94ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rc60c9f42b4ca47c2" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{25A5F732-BDC0-4156-845D-0F6400DE89A8}"/>
+        <w:guid w:val="{3930265B-C7FE-4C29-921E-01DC30D31D73}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A6F7EA47-831E-4717-AE67-39D57EFFF73C}"/>
+        <w:guid w:val="{1685B62B-935A-40CE-A1BF-BA634A163637}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>