--- v7 (2026-02-02)
+++ v8 (2026-03-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc6041595e9044d6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c46b222e1bc42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R73db6e1732754887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R17a97ea7c3254cd0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3532be427eaf4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34cbe89bb39b4b1a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R98bf0d62620047e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebb12ab35d18468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R67562735831b453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rf62003aa81db47bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b5c174f867b47a7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R85903a4be4c94cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd58c08ff7115431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1855c215daf41dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R2b08d01931574fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R04e757cfd09d40eb" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rfff5c727a7c94ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rc60c9f42b4ca47c2" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R7d1c01b52c024290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R6406b71a08964c03" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3930265B-C7FE-4C29-921E-01DC30D31D73}"/>
+        <w:guid w:val="{DDE328AA-72F3-4E28-914D-F197F7735FBC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1685B62B-935A-40CE-A1BF-BA634A163637}"/>
+        <w:guid w:val="{55C0D527-4942-4465-97EE-FCD4739881CE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>