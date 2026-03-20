--- v8 (2026-03-20)
+++ v9 (2026-03-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R17a97ea7c3254cd0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3532be427eaf4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34cbe89bb39b4b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2a3526313d3e4ad7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra8aa1750d845492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdf16f8ea718f490c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>This sample demonstrates adding building blocks (custom headers and footers in this case) to the document's glossary. They do not show in the generated document. To use the building blocks, open the document in MS Word and explore the document's glossary.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -567,90 +567,90 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R85903a4be4c94cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd58c08ff7115431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1855c215daf41dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R2b08d01931574fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R04e757cfd09d40eb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reab8046280e54fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2dae31ee6aca466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra67769c5d99c44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R33387e0abaa14908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re69bd4aa3f4543ca" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R7d1c01b52c024290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R6406b71a08964c03" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R09f74d72189b49a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R6904a6afd9dd41a5" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool header"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custHdrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DDE328AA-72F3-4E28-914D-F197F7735FBC}"/>
+        <w:guid w:val="{6B0ABEE4-AAF2-4DEE-8E53-96848418CE18}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block neader</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="New cool footer"/>
         <w:category>
           <w:name w:val="2019 collection"/>
           <w:gallery w:val="custFtrs"/>
         </w:category>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{55C0D527-4942-4465-97EE-FCD4739881CE}"/>
+        <w:guid w:val="{FAB2416C-45B9-4374-8F12-D45D561BB4C8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:t>New cool building block footer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>