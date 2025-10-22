--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R720035af37f4431d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra55c0f7669d04406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R835261d905524d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1447bb771654b74" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re93124b4557e4245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R23b5bfe0652c47c2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-296913397"/>
+          <w:id w:val="-610744601"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="-161603548"/>
+          <w:id w:val="813372530"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="103559545"/>
+          <w:id w:val="-388308717"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-81422474"/>
+          <w:id w:val="-995097916"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rc951d8d5eb8e47f4"/>
-      <w:footerReference w:type="default" r:id="Rbae4016b96c54d28"/>
+      <w:headerReference w:type="default" r:id="R5d9b28b2547340eb"/>
+      <w:footerReference w:type="default" r:id="R1fa7b0977e4046d8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-246932508"/>
+        <w:id w:val="-345084705"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-846815819"/>
+        <w:id w:val="-920052614"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rc1f999c1de294ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25081dccd3db4d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a803e5ea69a47ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R98fd12ce7a0e4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Recc132414e7d4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rc951d8d5eb8e47f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rbae4016b96c54d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R286259da32ce4134" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rc91c9b9ba5144fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R129f07694331472e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Ra3509a4930194d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ac08d040aad4981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R37a3cd60c476447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R73e50a0d8791449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc9cb0e2a503340a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5d9b28b2547340eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R1fa7b0977e4046d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R96d705913d314d5e" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R412b7cd80f904bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R62d673b81df74c2c" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B1EDF8BB-3657-41AC-AAD0-3AB966BA0713}"/>
+        <w:guid w:val="{C369CC50-B470-4FEB-B363-02BEC558278E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EC1071C0-6A93-4170-B99B-714E708356C0}"/>
+        <w:guid w:val="{BA3471A0-FA0A-4048-9622-0A67D5BDF30F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R253c7688dadc4fde" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R9d5c5f06bd724c0a" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="13fca346-9f32-479a-ba9e-ba9d4c88e0b0">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="edeb59bb-ee33-4173-9e97-b5b07d0ebc8c">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>