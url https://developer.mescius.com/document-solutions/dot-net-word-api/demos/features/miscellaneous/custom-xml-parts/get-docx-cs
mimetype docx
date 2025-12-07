--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1447bb771654b74" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re93124b4557e4245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R23b5bfe0652c47c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rad731f7a6b3e4f79" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re1070771a3604e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R655f597b31d1473d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-610744601"/>
+          <w:id w:val="-850447685"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="813372530"/>
+          <w:id w:val="-240629639"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-388308717"/>
+          <w:id w:val="-578219984"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-995097916"/>
+          <w:id w:val="-597352911"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R5d9b28b2547340eb"/>
-      <w:footerReference w:type="default" r:id="R1fa7b0977e4046d8"/>
+      <w:headerReference w:type="default" r:id="Rfa002f43c8bc45da"/>
+      <w:footerReference w:type="default" r:id="Rabe6a230d6814b8d"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-345084705"/>
+        <w:id w:val="-371090711"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-920052614"/>
+        <w:id w:val="-996469543"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Ra3509a4930194d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ac08d040aad4981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R37a3cd60c476447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R73e50a0d8791449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc9cb0e2a503340a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5d9b28b2547340eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R1fa7b0977e4046d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R96d705913d314d5e" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R412b7cd80f904bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R62d673b81df74c2c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rd228fb34ff154ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f75e06ff3f44030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R078494033aa44569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82221137e1e44431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R907b38852bd24280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rfa002f43c8bc45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rabe6a230d6814b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R04fa4d12025c4396" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re0efd61776bb4e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re0972f1e6ed94227" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C369CC50-B470-4FEB-B363-02BEC558278E}"/>
+        <w:guid w:val="{1A931492-09EE-4D23-93EA-078290971C37}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BA3471A0-FA0A-4048-9622-0A67D5BDF30F}"/>
+        <w:guid w:val="{79146365-B7C6-4879-B7E4-95CDBBC8DBE5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R9d5c5f06bd724c0a" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R01b6d37e1abc4a4f" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="edeb59bb-ee33-4173-9e97-b5b07d0ebc8c">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="f7d5ac72-e7c3-4959-8978-f447ea2579d8">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>