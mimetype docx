--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rad731f7a6b3e4f79" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re1070771a3604e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R655f597b31d1473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1e35b195fb494220" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7618cb736e154ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf13cc3a4bf54d15" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-850447685"/>
+          <w:id w:val="-797604855"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="-240629639"/>
+          <w:id w:val="38865520"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-578219984"/>
+          <w:id w:val="-355181554"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-597352911"/>
+          <w:id w:val="480591460"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rfa002f43c8bc45da"/>
-      <w:footerReference w:type="default" r:id="Rabe6a230d6814b8d"/>
+      <w:headerReference w:type="default" r:id="Rf4aa3ef92c404a3f"/>
+      <w:footerReference w:type="default" r:id="R818112b78ab241d2"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-371090711"/>
+        <w:id w:val="752738659"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-996469543"/>
+        <w:id w:val="-907691059"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rd228fb34ff154ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f75e06ff3f44030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R078494033aa44569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82221137e1e44431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R907b38852bd24280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rfa002f43c8bc45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rabe6a230d6814b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R04fa4d12025c4396" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re0efd61776bb4e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re0972f1e6ed94227" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R644db111d360477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R35820c1ed9214948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb4ed5dd82a00460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R511d003a8d234894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc3fae70fd7af4ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rf4aa3ef92c404a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R818112b78ab241d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R045c811f57574741" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rc956c79798fe45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rce82adc7ac5e4381" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1A931492-09EE-4D23-93EA-078290971C37}"/>
+        <w:guid w:val="{3FCF4C28-6CFD-4BB8-B7BB-5C4433D80588}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{79146365-B7C6-4879-B7E4-95CDBBC8DBE5}"/>
+        <w:guid w:val="{E310984E-D520-402C-9067-C7DAA1308CDA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R01b6d37e1abc4a4f" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R1dd76608d2ca4b00" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="f7d5ac72-e7c3-4959-8978-f447ea2579d8">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="bd770d8f-d384-4e5c-9d9a-04427bb4c4d8">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>