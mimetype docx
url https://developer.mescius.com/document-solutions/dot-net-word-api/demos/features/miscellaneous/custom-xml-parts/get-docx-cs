--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1e35b195fb494220" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7618cb736e154ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf13cc3a4bf54d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcc02911463264fec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ab6ad269b804d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R69bb83dc2bbd424d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-797604855"/>
+          <w:id w:val="-780970173"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="38865520"/>
+          <w:id w:val="178286069"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-355181554"/>
+          <w:id w:val="-743845463"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="480591460"/>
+          <w:id w:val="624647411"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rf4aa3ef92c404a3f"/>
-      <w:footerReference w:type="default" r:id="R818112b78ab241d2"/>
+      <w:headerReference w:type="default" r:id="R7ce70b0a526447ad"/>
+      <w:footerReference w:type="default" r:id="Rd6e64f19de57410f"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="752738659"/>
+        <w:id w:val="55417677"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-907691059"/>
+        <w:id w:val="853376600"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R644db111d360477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R35820c1ed9214948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb4ed5dd82a00460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R511d003a8d234894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc3fae70fd7af4ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rf4aa3ef92c404a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R818112b78ab241d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R045c811f57574741" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rc956c79798fe45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rce82adc7ac5e4381" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Re5e3ec5992b0407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19e43130e0234ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf9e4cc7c92114e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c456ce342874451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R695b4a46da0b4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R7ce70b0a526447ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rd6e64f19de57410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R52e222b8ab88485d" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rf86e908aed7c488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R59033773774a43c8" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3FCF4C28-6CFD-4BB8-B7BB-5C4433D80588}"/>
+        <w:guid w:val="{1A2B7F69-6B51-4B5F-9AE1-DD66EA30E2B5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E310984E-D520-402C-9067-C7DAA1308CDA}"/>
+        <w:guid w:val="{6E121094-8ADC-4490-B698-A99D33863670}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R1dd76608d2ca4b00" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="Re548d879f4c044d0" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="bd770d8f-d384-4e5c-9d9a-04427bb4c4d8">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="6c1f6d58-e39b-42e9-86ad-72452695d82a">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>