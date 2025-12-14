--- v4 (2025-12-13)
+++ v5 (2025-12-14)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcc02911463264fec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ab6ad269b804d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R69bb83dc2bbd424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6af695dfbeaf46f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09cedcf4777e423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdb0e1f6938554f32" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-780970173"/>
+          <w:id w:val="-808350130"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="178286069"/>
+          <w:id w:val="-675799630"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-743845463"/>
+          <w:id w:val="743438902"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="624647411"/>
+          <w:id w:val="-986153474"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R7ce70b0a526447ad"/>
-      <w:footerReference w:type="default" r:id="Rd6e64f19de57410f"/>
+      <w:headerReference w:type="default" r:id="R54f333e5a91d4f73"/>
+      <w:footerReference w:type="default" r:id="Rdddb053b12ad4483"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="55417677"/>
+        <w:id w:val="-504886020"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="853376600"/>
+        <w:id w:val="-55007195"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Re5e3ec5992b0407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19e43130e0234ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf9e4cc7c92114e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c456ce342874451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R695b4a46da0b4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R7ce70b0a526447ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rd6e64f19de57410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R52e222b8ab88485d" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rf86e908aed7c488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R59033773774a43c8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R17946bd76d614eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R745fd418c4294bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7508802ab6df47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R538e2cc05e78475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R36effd6074ac4d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R54f333e5a91d4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rdddb053b12ad4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39058c4b446a4486" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcaa129d847d34821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rbd94838fa3324d66" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1A2B7F69-6B51-4B5F-9AE1-DD66EA30E2B5}"/>
+        <w:guid w:val="{876C0A04-7A5E-4EB3-9E25-D08A163598C9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6E121094-8ADC-4490-B698-A99D33863670}"/>
+        <w:guid w:val="{43592DAF-8886-4660-BC1D-E9F87FD7B52A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="Re548d879f4c044d0" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R66fb59132510475b" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="6c1f6d58-e39b-42e9-86ad-72452695d82a">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="d998dc3d-8945-4d31-ab4f-6a2b3e1d303f">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>