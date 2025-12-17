--- v5 (2025-12-14)
+++ v6 (2025-12-17)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6af695dfbeaf46f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09cedcf4777e423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdb0e1f6938554f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf003189d62a4756" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07dbaa13ab354008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4b3027ac659d44c9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-808350130"/>
+          <w:id w:val="820505954"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="-675799630"/>
+          <w:id w:val="722197910"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="743438902"/>
+          <w:id w:val="-892965855"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-986153474"/>
+          <w:id w:val="715473267"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R54f333e5a91d4f73"/>
-      <w:footerReference w:type="default" r:id="Rdddb053b12ad4483"/>
+      <w:headerReference w:type="default" r:id="R9178bf7067894eb6"/>
+      <w:footerReference w:type="default" r:id="R477d2ebe70464f7b"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-504886020"/>
+        <w:id w:val="971389005"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-55007195"/>
+        <w:id w:val="818021079"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R17946bd76d614eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R745fd418c4294bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7508802ab6df47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R538e2cc05e78475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R36effd6074ac4d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R54f333e5a91d4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rdddb053b12ad4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39058c4b446a4486" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcaa129d847d34821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rbd94838fa3324d66" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R18005153748a424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0285d8d465174730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2371979aef6c4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R536c278c6d994704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdcad231a5e84446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R9178bf7067894eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R477d2ebe70464f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R057c58788adc45fe" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R2598b9cb71174372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R60dd227af4f94bef" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{876C0A04-7A5E-4EB3-9E25-D08A163598C9}"/>
+        <w:guid w:val="{5EFAD987-046C-42F6-9806-3076201E2021}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{43592DAF-8886-4660-BC1D-E9F87FD7B52A}"/>
+        <w:guid w:val="{CF8B08C2-C5FF-4FEB-A500-16320BD17EFA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R66fb59132510475b" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R3389c930b867499c" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="d998dc3d-8945-4d31-ab4f-6a2b3e1d303f">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="1306ed02-ff4c-4abe-9564-659ace5a3e3d">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>