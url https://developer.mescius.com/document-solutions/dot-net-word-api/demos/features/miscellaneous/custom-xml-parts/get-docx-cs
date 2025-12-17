--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf003189d62a4756" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07dbaa13ab354008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4b3027ac659d44c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ba6a21438c24e50" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc422817698c46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R69ea8300f36740f7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="820505954"/>
+          <w:id w:val="56851082"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="722197910"/>
+          <w:id w:val="-95112495"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-892965855"/>
+          <w:id w:val="-514307137"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="715473267"/>
+          <w:id w:val="251913980"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R9178bf7067894eb6"/>
-      <w:footerReference w:type="default" r:id="R477d2ebe70464f7b"/>
+      <w:headerReference w:type="default" r:id="R6a5972108cda4f72"/>
+      <w:footerReference w:type="default" r:id="R2730651cd3bb433e"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="971389005"/>
+        <w:id w:val="249410437"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="818021079"/>
+        <w:id w:val="-188689979"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R18005153748a424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0285d8d465174730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2371979aef6c4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R536c278c6d994704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdcad231a5e84446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R9178bf7067894eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R477d2ebe70464f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R057c58788adc45fe" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R2598b9cb71174372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R60dd227af4f94bef" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Re625c1ebd47d48d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R764c553917f84bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R86bff392b8e848dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b2eff7074ed4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R36b471a2cb484ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6a5972108cda4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R2730651cd3bb433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86cad56c62a14eab" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Ra90eef2eab2543c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R5f72938a22a94c0c" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5EFAD987-046C-42F6-9806-3076201E2021}"/>
+        <w:guid w:val="{9A9B7CD5-E81E-4B71-92FB-718F422EEC16}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CF8B08C2-C5FF-4FEB-A500-16320BD17EFA}"/>
+        <w:guid w:val="{D1E3DFC8-FCFB-4092-AEE9-FCF4889F59F7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R3389c930b867499c" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="Ra390a3db3ca1473c" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="1306ed02-ff4c-4abe-9564-659ace5a3e3d">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="d0be859a-834a-4596-9530-67f59bc8de44">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>