--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3ba6a21438c24e50" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc422817698c46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R69ea8300f36740f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b44e4d7ebe24f03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rac0dec3aacf94e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87b85cdedd6e48a3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="56851082"/>
+          <w:id w:val="615597050"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="-95112495"/>
+          <w:id w:val="-668341574"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-514307137"/>
+          <w:id w:val="561617449"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="251913980"/>
+          <w:id w:val="667704826"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R6a5972108cda4f72"/>
-      <w:footerReference w:type="default" r:id="R2730651cd3bb433e"/>
+      <w:headerReference w:type="default" r:id="Rfe8b64b5c0ce4d9b"/>
+      <w:footerReference w:type="default" r:id="R297977c68c2445dd"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="249410437"/>
+        <w:id w:val="-125235089"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-188689979"/>
+        <w:id w:val="-79985933"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Re625c1ebd47d48d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R764c553917f84bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R86bff392b8e848dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b2eff7074ed4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R36b471a2cb484ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6a5972108cda4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R2730651cd3bb433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86cad56c62a14eab" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Ra90eef2eab2543c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R5f72938a22a94c0c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R6b87151210324e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4eed3d292a9c456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c8240792bc2461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R40fe4c4f2818478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdaa017a74d984b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rfe8b64b5c0ce4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R297977c68c2445dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b4258b3ffb94678" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rdab65356c77041e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rd762066835354cdd" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9A9B7CD5-E81E-4B71-92FB-718F422EEC16}"/>
+        <w:guid w:val="{360F482B-25AB-472D-B185-DA3A3566B78D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D1E3DFC8-FCFB-4092-AEE9-FCF4889F59F7}"/>
+        <w:guid w:val="{BFA28188-400F-45A4-9878-F26990A47A54}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="Ra390a3db3ca1473c" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R9bc9962664b247d5" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="d0be859a-834a-4596-9530-67f59bc8de44">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="2272afd6-d9a7-451a-b19b-bb0e57057980">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>