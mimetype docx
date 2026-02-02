--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b44e4d7ebe24f03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rac0dec3aacf94e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87b85cdedd6e48a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R899cd731bf024611" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re795f3a9ddd0429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19b72f6d88d641b0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="615597050"/>
+          <w:id w:val="-816460600"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="-668341574"/>
+          <w:id w:val="636777161"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="561617449"/>
+          <w:id w:val="192645966"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="667704826"/>
+          <w:id w:val="447289239"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rfe8b64b5c0ce4d9b"/>
-      <w:footerReference w:type="default" r:id="R297977c68c2445dd"/>
+      <w:headerReference w:type="default" r:id="Ra638d1272f704c31"/>
+      <w:footerReference w:type="default" r:id="Rbfb75f6149454ed9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-125235089"/>
+        <w:id w:val="598952275"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-79985933"/>
+        <w:id w:val="-581135940"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R6b87151210324e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4eed3d292a9c456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c8240792bc2461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R40fe4c4f2818478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdaa017a74d984b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rfe8b64b5c0ce4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R297977c68c2445dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b4258b3ffb94678" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rdab65356c77041e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rd762066835354cdd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rbcad0146d2be4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08ca87045a5d40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9832e878ccc14d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f857a18d38140a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R51a6b4ddcc9442a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra638d1272f704c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rbfb75f6149454ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R497998aec80c4aea" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rddf6b1e5858b4ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra0aad6b0dbf245be" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{360F482B-25AB-472D-B185-DA3A3566B78D}"/>
+        <w:guid w:val="{251098BC-49D3-4435-942F-D26108F025F1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BFA28188-400F-45A4-9878-F26990A47A54}"/>
+        <w:guid w:val="{5EFAF2B2-B944-4E7C-A29B-E7DA3122F816}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R9bc9962664b247d5" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R0bdb0e8b64304bd2" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="2272afd6-d9a7-451a-b19b-bb0e57057980">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="f93ce187-3334-4858-880d-4e18fd51db73">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>