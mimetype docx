--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,154 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/item.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R899cd731bf024611" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re795f3a9ddd0429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19b72f6d88d641b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra6034b886cd14c18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9a4d2f064a7d470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R120a731c24cf40bf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:id w:val="-816460600"/>
+          <w:id w:val="-796430"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:To"/>
           <w:text/>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The first shipment of equipment from AMA Ltd has arrived. We are delighted with every piece. Therefore, we decided to make our initial purchase larger than anticipated. I am attaching our purchase order No. 8393 for additional goods. Since you already have a copy of our Procurement Guidelines, I shall not attach them to this order. Current Shipping date is </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:id w:val="636777161"/>
+          <w:id w:val="988507433"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p>
       <w:r>
         <w:t>If you want to change it, select checkbox below and change Date, then send this letter back to me</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="192645966"/>
+          <w:id w:val="-517194019"/>
           <w:dataBinding w:xpath="//*[local-name()='Delivery']"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
             <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
           </w14:checkbox>
         </w:sdtPr>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">Delivery should be done before </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="447289239"/>
+          <w:id w:val="-598835108"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:mescius='http://developer.mescius.com'" w:xpath="//mescius:Delivery/@DeliveryDate"/>
           <w:date>
             <w:dateFormat w:val="dd.MM.yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:t/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Ra638d1272f704c31"/>
-      <w:footerReference w:type="default" r:id="Rbfb75f6149454ed9"/>
+      <w:headerReference w:type="default" r:id="Re4e18b98ae6a4477"/>
+      <w:footerReference w:type="default" r:id="Rb8015d9d6306428e"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -190,68 +190,68 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Sincerely yours, </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="598952275"/>
+        <w:id w:val="-29137496"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:creator[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-581135940"/>
+        <w:id w:val="678183612"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://developer.mescius.com' " w:xpath="/ns0:Order[1]/ns0:Department[1]"/>
         <w:text/>
       </w:sdtPr>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -704,99 +704,99 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="Rbcad0146d2be4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08ca87045a5d40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9832e878ccc14d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f857a18d38140a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R51a6b4ddcc9442a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra638d1272f704c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rbfb75f6149454ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R497998aec80c4aea" /></Relationships>
-[...2 lines deleted...]
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rddf6b1e5858b4ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra0aad6b0dbf245be" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item.xml" Id="R55c525d32f094dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf467cbc1147d4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c49bcaf90e7453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4d0fbbc01cd4242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R0a3a30a46ae943ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Re4e18b98ae6a4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rb8015d9d6306428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53e6fead3366476b" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R76b95c297b60444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra0f1001fa79a4618" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{251098BC-49D3-4435-942F-D26108F025F1}"/>
+        <w:guid w:val="{CFB78E17-C416-4E2C-8488-4480006FA73F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5EFAF2B2-B944-4E7C-A29B-E7DA3122F816}"/>
+        <w:guid w:val="{BFB112E0-D114-41FF-880D-931E530D34F6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -1562,53 +1562,53 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R0bdb0e8b64304bd2" /></Relationships>
+<file path=customXml/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="R977ef74b1fa1492d" /></Relationships>
 </file>
 
 <file path=customXml/item.xml><?xml version="1.0" encoding="utf-8"?>
 <Order xmlns="http://developer.mescius.com">
   <To>Mark Donahue</To>
   <Department>Shipping department</Department>
   <Delivery DeliveryDate="12.04.2019">true</Delivery>
 </Order>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="f93ce187-3334-4858-880d-4e18fd51db73">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="ba81ab91-8cb7-4832-9aab-03a0b0eb976b">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="'http://developer.mescius.com'"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nancy Davolio</dc:creator>
 </cp:coreProperties>
 </file>